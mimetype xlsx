--- v0 (2025-10-22)
+++ v1 (2025-12-09)
@@ -106,224 +106,224 @@
   <si>
     <t>Luarlon</t>
   </si>
   <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>Thang</t>
   </si>
   <si>
     <t>Hoàng Hữu</t>
   </si>
   <si>
     <t>Sanya</t>
   </si>
   <si>
     <t>Khancai</t>
   </si>
   <si>
     <t>Tru Dinh</t>
   </si>
   <si>
     <t>Cong</t>
   </si>
   <si>
+    <t>Yuya</t>
+  </si>
+  <si>
+    <t>Kawasaki</t>
+  </si>
+  <si>
     <t>Robert</t>
   </si>
   <si>
     <t>Butcher</t>
   </si>
   <si>
     <t>Great Britain</t>
   </si>
   <si>
+    <t>Somkiat</t>
+  </si>
+  <si>
+    <t>Roddeeying</t>
+  </si>
+  <si>
     <t>Tran</t>
   </si>
   <si>
     <t>Duy Quang</t>
   </si>
   <si>
-    <t>Yuya</t>
-[...10 lines deleted...]
-  <si>
     <t>Sittisak</t>
   </si>
   <si>
     <t>Suwannee</t>
   </si>
   <si>
+    <t>Hung</t>
+  </si>
+  <si>
+    <t>Hai</t>
+  </si>
+  <si>
+    <t>Arnie</t>
+  </si>
+  <si>
+    <t>Macaneras</t>
+  </si>
+  <si>
+    <t>Philippines</t>
+  </si>
+  <si>
+    <t>Jeff</t>
+  </si>
+  <si>
+    <t>Campbell</t>
+  </si>
+  <si>
+    <t>Canada</t>
+  </si>
+  <si>
+    <t>Michael</t>
+  </si>
+  <si>
+    <t>Wardian</t>
+  </si>
+  <si>
+    <t>United States</t>
+  </si>
+  <si>
+    <t>Hirokazu</t>
+  </si>
+  <si>
+    <t>Nishimura</t>
+  </si>
+  <si>
     <t>Teerawat</t>
   </si>
   <si>
     <t>Kanjanasuttiyakorn</t>
   </si>
   <si>
-    <t>Jeff</t>
-[...13 lines deleted...]
-  <si>
     <t xml:space="preserve">Nuttapol </t>
   </si>
   <si>
     <t>Pattamapongsa</t>
   </si>
   <si>
+    <t>Paul</t>
+  </si>
+  <si>
+    <t>Dunn</t>
+  </si>
+  <si>
     <t>Amorn</t>
   </si>
   <si>
     <t>Kimnguan</t>
   </si>
   <si>
-    <t>Hung</t>
-[...19 lines deleted...]
-  <si>
     <t>Romain</t>
   </si>
   <si>
     <t>Berion</t>
   </si>
   <si>
-    <t>Michael</t>
-[...7 lines deleted...]
-  <si>
     <t>Canh</t>
   </si>
   <si>
     <t>Nguyen Thanh</t>
   </si>
   <si>
+    <t>Graeme</t>
+  </si>
+  <si>
+    <t>Fancett</t>
+  </si>
+  <si>
+    <t>Satoru</t>
+  </si>
+  <si>
+    <t>SUGA</t>
+  </si>
+  <si>
     <t>Watcharapon</t>
   </si>
   <si>
     <t>Khanthong</t>
   </si>
   <si>
-    <t>Satoru</t>
-[...10 lines deleted...]
-  <si>
     <t>Nawamin</t>
   </si>
   <si>
     <t>Kamsanguan</t>
   </si>
   <si>
     <t>Worawooth</t>
   </si>
   <si>
     <t>Luamlum</t>
   </si>
   <si>
     <t>Nhon</t>
   </si>
   <si>
     <t>Đỗ Trọng</t>
   </si>
   <si>
+    <t>Alessandro</t>
+  </si>
+  <si>
+    <t>Sherpa</t>
+  </si>
+  <si>
+    <t>Italy</t>
+  </si>
+  <si>
+    <t>Tatsuya</t>
+  </si>
+  <si>
+    <t>Yabe</t>
+  </si>
+  <si>
     <t>Songpon</t>
   </si>
   <si>
     <t>Soontaros</t>
   </si>
   <si>
-    <t>Tatsuya</t>
-[...4 lines deleted...]
-  <si>
     <t>Pierre</t>
   </si>
   <si>
     <t>Breuer</t>
   </si>
   <si>
     <t>Belgium</t>
   </si>
   <si>
-    <t>Alessandro</t>
-[...7 lines deleted...]
-  <si>
     <t>Kitsada</t>
   </si>
   <si>
     <t>Aumcharoen</t>
   </si>
   <si>
     <t>Kwangho</t>
   </si>
   <si>
     <t>Lee</t>
   </si>
   <si>
     <t>South Korea</t>
   </si>
   <si>
     <t>Soonseng</t>
   </si>
   <si>
     <t>Ong</t>
   </si>
   <si>
     <t>Malaysia</t>
   </si>
   <si>
     <t>Oleksandr</t>
@@ -337,956 +337,956 @@
   <si>
     <t>Pongpicha</t>
   </si>
   <si>
     <t>Boontun</t>
   </si>
   <si>
     <t>Tomonori</t>
   </si>
   <si>
     <t>Onitsuka</t>
   </si>
   <si>
     <t xml:space="preserve">Santichai </t>
   </si>
   <si>
     <t>Salad</t>
   </si>
   <si>
     <t>Hussadee</t>
   </si>
   <si>
     <t>Samaloek</t>
   </si>
   <si>
+    <t>Valentin</t>
+  </si>
+  <si>
+    <t>Orange</t>
+  </si>
+  <si>
+    <t>Suvatana</t>
+  </si>
+  <si>
+    <t>Nartchaiyapum</t>
+  </si>
+  <si>
+    <t>Markus</t>
+  </si>
+  <si>
+    <t>Gnirck</t>
+  </si>
+  <si>
+    <t>Germany</t>
+  </si>
+  <si>
+    <t>Mohamad</t>
+  </si>
+  <si>
+    <t>Affindi Bin Nudin</t>
+  </si>
+  <si>
     <t>Pablo</t>
   </si>
   <si>
     <t>Diago Gonzalez</t>
   </si>
   <si>
     <t>Spain</t>
   </si>
   <si>
     <t>Ponpayon</t>
   </si>
   <si>
     <t>Thongtawee</t>
   </si>
   <si>
-    <t>Markus</t>
-[...7 lines deleted...]
-  <si>
     <t>Alaqra</t>
   </si>
   <si>
     <t>Salameh</t>
   </si>
   <si>
     <t>Jordan</t>
   </si>
   <si>
     <t>Yutaro</t>
   </si>
   <si>
     <t>Yokouchi</t>
   </si>
   <si>
-    <t>Suvatana</t>
-[...16 lines deleted...]
-  <si>
     <t>Pongnares</t>
   </si>
   <si>
     <t>Potiyotin</t>
   </si>
   <si>
     <t>Yunosuke</t>
   </si>
   <si>
     <t>Handa</t>
   </si>
   <si>
     <t>Ittipon</t>
   </si>
   <si>
     <t>Uppapong</t>
   </si>
   <si>
+    <t>Tawatcharin</t>
+  </si>
+  <si>
+    <t>Supakit</t>
+  </si>
+  <si>
+    <t>Chu</t>
+  </si>
+  <si>
+    <t>Văn Hảo</t>
+  </si>
+  <si>
+    <t>Miki</t>
+  </si>
+  <si>
+    <t>Ushida</t>
+  </si>
+  <si>
     <t>Supatchai</t>
   </si>
   <si>
     <t>Matib</t>
   </si>
   <si>
-    <t>Tawatcharin</t>
-[...14 lines deleted...]
-    <t>Ushida</t>
+    <t>Akihide</t>
+  </si>
+  <si>
+    <t>Ando</t>
   </si>
   <si>
     <t>To Phong</t>
   </si>
   <si>
     <t>Quach</t>
   </si>
   <si>
     <t>Narongwit</t>
   </si>
   <si>
     <t>Piroonpaisarn</t>
   </si>
   <si>
-    <t>Akihide</t>
-[...2 lines deleted...]
-    <t>Ando</t>
+    <t>Ryan</t>
+  </si>
+  <si>
+    <t>Whelan</t>
+  </si>
+  <si>
+    <t>Timothy</t>
+  </si>
+  <si>
+    <t>Lombard</t>
+  </si>
+  <si>
+    <t>South Africa</t>
+  </si>
+  <si>
+    <t>Naruchit</t>
+  </si>
+  <si>
+    <t>Jaruratchakul</t>
   </si>
   <si>
     <t>Supachai</t>
   </si>
   <si>
     <t>Kanjarean</t>
   </si>
   <si>
     <t>Dung</t>
   </si>
   <si>
     <t>Vũ Tiến Việt</t>
   </si>
   <si>
     <t>Tan</t>
   </si>
   <si>
     <t>Hi Lê</t>
   </si>
   <si>
     <t>Yoshinori</t>
   </si>
   <si>
     <t>Oda</t>
   </si>
   <si>
-    <t>Timothy</t>
-[...19 lines deleted...]
-  <si>
     <t>Chinnapan</t>
   </si>
   <si>
     <t>Somtour</t>
   </si>
   <si>
+    <t>Manabu</t>
+  </si>
+  <si>
+    <t>Fujioka</t>
+  </si>
+  <si>
+    <t>Surayos</t>
+  </si>
+  <si>
+    <t>Chuephanich</t>
+  </si>
+  <si>
     <t>Rioux</t>
   </si>
   <si>
-    <t>Manabu</t>
-[...8 lines deleted...]
-    <t>Chuephanich</t>
+    <t>Văn Hồng</t>
+  </si>
+  <si>
+    <t>Piyasak</t>
+  </si>
+  <si>
+    <t>Artbunjong</t>
+  </si>
+  <si>
+    <t>Pasquier</t>
+  </si>
+  <si>
+    <t>Jacques</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
+  </si>
+  <si>
+    <t>Tuan Nguyen</t>
+  </si>
+  <si>
+    <t>Minh</t>
+  </si>
+  <si>
+    <t>Jirad</t>
+  </si>
+  <si>
+    <t>Phethung</t>
+  </si>
+  <si>
+    <t>Goshi</t>
+  </si>
+  <si>
+    <t>Osada</t>
   </si>
   <si>
     <t>Chi</t>
   </si>
   <si>
     <t>Công Vương</t>
   </si>
   <si>
     <t xml:space="preserve">Kittipong </t>
   </si>
   <si>
     <t>Yhooyued</t>
   </si>
   <si>
-    <t>Văn Hồng</t>
-[...34 lines deleted...]
-  <si>
     <t>Lorenzo</t>
   </si>
   <si>
     <t>Revelant</t>
   </si>
   <si>
+    <t>Bojka</t>
+  </si>
+  <si>
+    <t>Piotr</t>
+  </si>
+  <si>
+    <t>Poland</t>
+  </si>
+  <si>
+    <t>Thuc</t>
+  </si>
+  <si>
+    <t>Lê Lệnh</t>
+  </si>
+  <si>
+    <t>Deuanepheng</t>
+  </si>
+  <si>
+    <t>Chindavong</t>
+  </si>
+  <si>
+    <t>Laos</t>
+  </si>
+  <si>
+    <t>Patanapol</t>
+  </si>
+  <si>
+    <t>Ratanasophak</t>
+  </si>
+  <si>
+    <t>Taofik</t>
+  </si>
+  <si>
+    <t>Hidayat</t>
+  </si>
+  <si>
+    <t>Indonesia</t>
+  </si>
+  <si>
+    <t>Tuong</t>
+  </si>
+  <si>
     <t>Sakon</t>
   </si>
   <si>
     <t>Sonsakon</t>
   </si>
   <si>
-    <t>Taofik</t>
-[...7 lines deleted...]
-  <si>
     <t>Hayato</t>
   </si>
   <si>
     <t>Kimura</t>
   </si>
   <si>
-    <t>Bojka</t>
-[...29 lines deleted...]
-    <t>Tuong</t>
+    <t>Suthee</t>
+  </si>
+  <si>
+    <t>Choomuenwai</t>
+  </si>
+  <si>
+    <t>Takuya</t>
+  </si>
+  <si>
+    <t>YAMADA</t>
+  </si>
+  <si>
+    <t>Panyavat</t>
+  </si>
+  <si>
+    <t>Oumson</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Cao Ngoc </t>
+  </si>
+  <si>
+    <t>Ha</t>
+  </si>
+  <si>
+    <t>Taratorn</t>
+  </si>
+  <si>
+    <t>Kovitvanisha</t>
   </si>
   <si>
     <t>Duc</t>
   </si>
   <si>
     <t>Hoàng Vũ</t>
   </si>
   <si>
+    <t>Imam</t>
+  </si>
+  <si>
+    <t>Bangun</t>
+  </si>
+  <si>
+    <t>Loue</t>
+  </si>
+  <si>
+    <t>Thibault</t>
+  </si>
+  <si>
     <t>Hieu</t>
   </si>
   <si>
-    <t>Suthee</t>
-[...38 lines deleted...]
-    <t>Kovitvanisha</t>
+    <t>Abdul</t>
+  </si>
+  <si>
+    <t>Salam</t>
+  </si>
+  <si>
+    <t>Pharait</t>
+  </si>
+  <si>
+    <t>Varesin</t>
+  </si>
+  <si>
+    <t>Theerathas</t>
+  </si>
+  <si>
+    <t>Chonsakhon</t>
+  </si>
+  <si>
+    <t>Adrien</t>
+  </si>
+  <si>
+    <t>Clocheret</t>
+  </si>
+  <si>
+    <t>Tomohiro</t>
+  </si>
+  <si>
+    <t>Machida</t>
   </si>
   <si>
     <t>DeLoe</t>
   </si>
   <si>
     <t>Dean</t>
   </si>
   <si>
     <t xml:space="preserve">Bullung </t>
   </si>
   <si>
     <t>Siriphiphat</t>
   </si>
   <si>
     <t>Thiem</t>
   </si>
   <si>
     <t>Trần Văn</t>
   </si>
   <si>
-    <t>Adrien</t>
-[...4 lines deleted...]
-  <si>
     <t>Prayoon</t>
   </si>
   <si>
     <t>Roonma</t>
   </si>
   <si>
-    <t>Pharait</t>
-[...20 lines deleted...]
-    <t>Machida</t>
+    <t>Minh Hùng</t>
+  </si>
+  <si>
+    <t>Panuwat</t>
+  </si>
+  <si>
+    <t>Ketmanee</t>
+  </si>
+  <si>
+    <t>Marc</t>
+  </si>
+  <si>
+    <t>Choisy</t>
+  </si>
+  <si>
+    <t>Hoàng Trần</t>
+  </si>
+  <si>
+    <t>Suttisak</t>
+  </si>
+  <si>
+    <t>Wongchai</t>
+  </si>
+  <si>
+    <t>Sobari</t>
+  </si>
+  <si>
+    <t>Herdiana</t>
   </si>
   <si>
     <t>Pramual</t>
   </si>
   <si>
     <t>Hadraksakul</t>
   </si>
   <si>
-    <t>Sobari</t>
-[...4 lines deleted...]
-  <si>
     <t>Nezar</t>
   </si>
   <si>
     <t>Al-Tuwaijri</t>
   </si>
   <si>
     <t>Saudi Arabia</t>
   </si>
   <si>
     <t>Masanori</t>
   </si>
   <si>
     <t>MAKINO</t>
   </si>
   <si>
-    <t>Minh Hùng</t>
-[...22 lines deleted...]
-  <si>
     <t>Thananooluk</t>
   </si>
   <si>
     <t>Sreepanak</t>
   </si>
   <si>
+    <t>Almuayqil</t>
+  </si>
+  <si>
+    <t>Abdulmajeed</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Simon </t>
+  </si>
+  <si>
+    <t>Sanguin</t>
+  </si>
+  <si>
+    <t>Yuta</t>
+  </si>
+  <si>
+    <t>Matsuyama</t>
+  </si>
+  <si>
+    <t>Son</t>
+  </si>
+  <si>
+    <t>Pham</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Adichao </t>
+  </si>
+  <si>
+    <t>Laochai</t>
+  </si>
+  <si>
     <t>Rudi</t>
   </si>
   <si>
     <t>Iskandar</t>
   </si>
   <si>
-    <t>Almuayqil</t>
-[...10 lines deleted...]
-  <si>
     <t>Bittner</t>
   </si>
   <si>
-    <t>Son</t>
-[...16 lines deleted...]
-  <si>
     <t xml:space="preserve">Apichat </t>
   </si>
   <si>
     <t>Kaidat</t>
   </si>
   <si>
     <t>Nawin</t>
   </si>
   <si>
     <t>Klinrod</t>
   </si>
   <si>
     <t>Sakhorn</t>
   </si>
   <si>
     <t>Choosrisuk</t>
   </si>
   <si>
     <t>Chalermchai</t>
   </si>
   <si>
     <t>Kheecharernsuk</t>
   </si>
   <si>
+    <t>Somsak</t>
+  </si>
+  <si>
+    <t>Saejong</t>
+  </si>
+  <si>
+    <t>Duc Tuan</t>
+  </si>
+  <si>
+    <t>Anh Nguyễn</t>
+  </si>
+  <si>
     <t>Bonfield</t>
   </si>
   <si>
-    <t>Somsak</t>
-[...10 lines deleted...]
-  <si>
     <t>Chakorn</t>
   </si>
   <si>
     <t>Wichakool</t>
   </si>
   <si>
     <t>Maiduang</t>
   </si>
   <si>
     <t>Pichet</t>
   </si>
   <si>
     <t>Boonlao</t>
   </si>
   <si>
     <t>Samarn</t>
   </si>
   <si>
     <t>Khongdee</t>
   </si>
   <si>
+    <t>Lukas</t>
+  </si>
+  <si>
+    <t>Tanusanjaya</t>
+  </si>
+  <si>
+    <t>Delbecq</t>
+  </si>
+  <si>
+    <t>Pongsak</t>
+  </si>
+  <si>
+    <t>Takang</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nguyễn Văn </t>
+  </si>
+  <si>
+    <t>Hồng</t>
+  </si>
+  <si>
+    <t>Kazufumi</t>
+  </si>
+  <si>
+    <t>Ose</t>
+  </si>
+  <si>
+    <t>Đà Bùi</t>
+  </si>
+  <si>
+    <t>Van</t>
+  </si>
+  <si>
     <t>Narin</t>
   </si>
   <si>
     <t>Kongsiri</t>
   </si>
   <si>
     <t>Ganit</t>
   </si>
   <si>
     <t>Seesuwan</t>
   </si>
   <si>
-    <t>Pongsak</t>
-[...31 lines deleted...]
-  <si>
     <t>Pichaphob</t>
   </si>
   <si>
     <t>Panphae</t>
   </si>
   <si>
+    <t>Van Nguyen</t>
+  </si>
+  <si>
+    <t>Ngo</t>
+  </si>
+  <si>
+    <t>Suraphong</t>
+  </si>
+  <si>
+    <t>Suphason</t>
+  </si>
+  <si>
+    <t>Alan</t>
+  </si>
+  <si>
+    <t>Maulana</t>
+  </si>
+  <si>
     <t>Chetthaphon</t>
   </si>
   <si>
     <t>Chanthadanai</t>
   </si>
   <si>
-    <t>Alan</t>
-[...4 lines deleted...]
-  <si>
     <t>Hiroyasu</t>
   </si>
   <si>
     <t>ISHIGAMI</t>
   </si>
   <si>
     <t>Vuong Xuan</t>
   </si>
   <si>
     <t>Hoa</t>
   </si>
   <si>
-    <t>Van Nguyen</t>
-[...8 lines deleted...]
-    <t>Suphason</t>
+    <t>Suthiporn</t>
+  </si>
+  <si>
+    <t>Tepchinda</t>
+  </si>
+  <si>
+    <t>Grant</t>
+  </si>
+  <si>
+    <t>Bowdery</t>
+  </si>
+  <si>
+    <t>Satoshi</t>
+  </si>
+  <si>
+    <t>SUGIMOTO</t>
+  </si>
+  <si>
+    <t>Stephen Brian</t>
+  </si>
+  <si>
+    <t>Dundon</t>
+  </si>
+  <si>
+    <t>Australia</t>
+  </si>
+  <si>
+    <t>Thomas</t>
+  </si>
+  <si>
+    <t>Fournel</t>
   </si>
   <si>
     <t>Thongchai</t>
   </si>
   <si>
     <t>Wongsaard</t>
   </si>
   <si>
-    <t>Stephen Brian</t>
-[...7 lines deleted...]
-  <si>
     <t>Thanh</t>
   </si>
   <si>
     <t>Trung Trương</t>
   </si>
   <si>
-    <t>Thomas</t>
-[...22 lines deleted...]
-  <si>
     <t>Joachim</t>
   </si>
   <si>
     <t>Poirier</t>
   </si>
   <si>
+    <t xml:space="preserve">Xuân Bình </t>
+  </si>
+  <si>
+    <t>Vũ</t>
+  </si>
+  <si>
+    <t>Huy Đặng</t>
+  </si>
+  <si>
+    <t>Quang</t>
+  </si>
+  <si>
+    <t>Taweesak</t>
+  </si>
+  <si>
+    <t>Singmukda</t>
+  </si>
+  <si>
+    <t>Piyapong</t>
+  </si>
+  <si>
+    <t>Thijin</t>
+  </si>
+  <si>
+    <t>Ryo</t>
+  </si>
+  <si>
+    <t>MURATA</t>
+  </si>
+  <si>
     <t>Danh Cao</t>
   </si>
   <si>
+    <t>Christovik Hamonangan</t>
+  </si>
+  <si>
+    <t>Simatupang</t>
+  </si>
+  <si>
     <t>Cesar</t>
   </si>
   <si>
     <t>Quezada</t>
   </si>
   <si>
     <t>Mexico</t>
   </si>
   <si>
-    <t>Christovik Hamonangan</t>
-[...34 lines deleted...]
-  <si>
     <t>David</t>
   </si>
   <si>
     <t>Loncke</t>
   </si>
   <si>
+    <t>Arief</t>
+  </si>
+  <si>
+    <t>Wismoyono</t>
+  </si>
+  <si>
+    <t>Phi</t>
+  </si>
+  <si>
+    <t>Hong</t>
+  </si>
+  <si>
+    <t>Quang Tống</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Khương </t>
+  </si>
+  <si>
+    <t>Trần</t>
+  </si>
+  <si>
     <t>Roongrote</t>
   </si>
   <si>
     <t>Bhornsawat</t>
   </si>
   <si>
     <t xml:space="preserve">Phương Anh </t>
   </si>
   <si>
     <t>Bùi</t>
   </si>
   <si>
-    <t>Arief</t>
-[...19 lines deleted...]
-  <si>
     <t>Stephan</t>
   </si>
   <si>
     <t>Ulrich</t>
   </si>
   <si>
     <t>Thibaut</t>
   </si>
   <si>
     <t>Vitre</t>
   </si>
   <si>
     <t>Vu</t>
   </si>
   <si>
+    <t>Pariyakorn</t>
+  </si>
+  <si>
+    <t>Winaiwattanawong</t>
+  </si>
+  <si>
+    <t>Hùng Lưu</t>
+  </si>
+  <si>
     <t>Muhammad Yusuf</t>
   </si>
   <si>
     <t>Aprian</t>
   </si>
   <si>
     <t xml:space="preserve">TRIBUN  </t>
   </si>
   <si>
-    <t>Pariyakorn</t>
-[...5 lines deleted...]
-    <t>Hùng Lưu</t>
+    <t>Ling Huang</t>
+  </si>
+  <si>
+    <t>Wei</t>
+  </si>
+  <si>
+    <t>Kritsanachai</t>
+  </si>
+  <si>
+    <t>Noinam</t>
   </si>
   <si>
     <t>Yohann</t>
   </si>
   <si>
     <t>Mas Bul</t>
   </si>
   <si>
-    <t>Ling Huang</t>
-[...8 lines deleted...]
-    <t>Noinam</t>
+    <t>Soubrier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Khoa Nguyễn </t>
+  </si>
+  <si>
+    <t>Văn</t>
   </si>
   <si>
     <t>Anusorn</t>
   </si>
   <si>
     <t>Sinarak</t>
   </si>
   <si>
-    <t>Soubrier</t>
-[...1 lines deleted...]
-  <si>
     <t>Aris Sopiandi</t>
   </si>
   <si>
     <t>Muklis</t>
   </si>
   <si>
-    <t xml:space="preserve">Khoa Nguyễn </t>
-[...4 lines deleted...]
-  <si>
     <t>Eri</t>
   </si>
   <si>
     <t xml:space="preserve"> Cahyono</t>
   </si>
   <si>
     <t>Jyh Hann</t>
   </si>
   <si>
     <t>Lim</t>
   </si>
   <si>
+    <t>Chamethin</t>
+  </si>
+  <si>
+    <t>Thitiwongsanun</t>
+  </si>
+  <si>
     <t>Azizul</t>
   </si>
   <si>
     <t>Hakim</t>
   </si>
   <si>
-    <t>Chamethin</t>
-[...4 lines deleted...]
-  <si>
     <t>Kenichi</t>
   </si>
   <si>
     <t>Ito</t>
   </si>
   <si>
     <t>Daniel</t>
   </si>
   <si>
     <t>Jensen</t>
   </si>
   <si>
     <t>Denmark</t>
   </si>
   <si>
     <t>Firdian</t>
   </si>
   <si>
     <t>Rusdi</t>
   </si>
   <si>
+    <t>Stephen</t>
+  </si>
+  <si>
+    <t>Dow</t>
+  </si>
+  <si>
     <t xml:space="preserve">RIO MULYA </t>
   </si>
   <si>
     <t>Aghniawan</t>
   </si>
   <si>
-    <t>Stephen</t>
-[...4 lines deleted...]
-  <si>
     <t>Bugi</t>
   </si>
   <si>
     <t>Permana</t>
   </si>
   <si>
     <t>Hilman</t>
   </si>
   <si>
     <t>Frimadi</t>
   </si>
   <si>
     <t>I Made</t>
   </si>
   <si>
     <t>Arna</t>
   </si>
   <si>
     <t>M. Hudha</t>
   </si>
   <si>
     <t>Ekojati</t>
   </si>
   <si>
     <t>Yudha Capri</t>
@@ -1669,2217 +1669,2217 @@
   <si>
     <t xml:space="preserve">RISTANTO HANDRI </t>
   </si>
   <si>
     <t>Wibowo</t>
   </si>
   <si>
     <t>Agung</t>
   </si>
   <si>
     <t>Setiawan</t>
   </si>
   <si>
     <t xml:space="preserve">DONI  </t>
   </si>
   <si>
     <t>Candra</t>
   </si>
   <si>
     <t xml:space="preserve">Ahmad  </t>
   </si>
   <si>
     <t>Husni</t>
   </si>
   <si>
+    <t>Zainul</t>
+  </si>
+  <si>
+    <t>Azis</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MUHAMAD BINTANG </t>
+  </si>
+  <si>
+    <t xml:space="preserve">HIROMICHI  </t>
+  </si>
+  <si>
+    <t>Kano</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mahardhika Farchan </t>
+  </si>
+  <si>
+    <t>Monoarfa</t>
+  </si>
+  <si>
+    <t xml:space="preserve">YOYO  </t>
+  </si>
+  <si>
+    <t>Taryo</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HERU SETYO </t>
+  </si>
+  <si>
+    <t>Prabowo</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ASEP  </t>
+  </si>
+  <si>
+    <t xml:space="preserve">SAMUEL  </t>
+  </si>
+  <si>
+    <t>Arthurious</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HARIS F. </t>
+  </si>
+  <si>
+    <t>Afrianto</t>
+  </si>
+  <si>
+    <t xml:space="preserve">WERFAN  </t>
+  </si>
+  <si>
+    <t>Sinaga</t>
+  </si>
+  <si>
+    <t>Andi</t>
+  </si>
+  <si>
+    <t>Cakravastia</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ZAENUDIN  </t>
+  </si>
+  <si>
+    <t>Juhari</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SUGENG  </t>
+  </si>
+  <si>
+    <t>Noviansyah</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ASEP Deni </t>
+  </si>
+  <si>
+    <t xml:space="preserve">RONALD  </t>
+  </si>
+  <si>
+    <t>Jermias</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AKBAR  </t>
+  </si>
+  <si>
+    <t>Rafsanzani</t>
+  </si>
+  <si>
+    <t xml:space="preserve">RUSTAM  </t>
+  </si>
+  <si>
+    <t>Effendi</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FAQIH NURHUDA </t>
+  </si>
+  <si>
+    <t>ARIFIANA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">YAHYA  </t>
+  </si>
+  <si>
+    <t>Zakiya</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ACHMAD  </t>
+  </si>
+  <si>
+    <t>Rifki</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SUDRAJAT Adi </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ALIT  </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ROMLI  </t>
+  </si>
+  <si>
+    <t>Said</t>
+  </si>
+  <si>
+    <t>Rynto</t>
+  </si>
+  <si>
+    <t>Mulyono</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NEAL  </t>
+  </si>
+  <si>
+    <t>Murphy</t>
+  </si>
+  <si>
+    <t xml:space="preserve">IMAN  </t>
+  </si>
+  <si>
+    <t>Todi</t>
+  </si>
+  <si>
+    <t>Pandapotan</t>
+  </si>
+  <si>
+    <t>Aris</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ARIANTO  </t>
+  </si>
+  <si>
+    <t>Waluyo</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EMMANUEL  </t>
+  </si>
+  <si>
+    <t>Telaumbanua</t>
+  </si>
+  <si>
+    <t xml:space="preserve">APRIANTO  </t>
+  </si>
+  <si>
+    <t>Amir</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BAMBANG PUJO </t>
+  </si>
+  <si>
+    <t>Semedi</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GILANG  </t>
+  </si>
+  <si>
+    <t>Bagas</t>
+  </si>
+  <si>
+    <t>Sofyan</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HALIM  </t>
+  </si>
+  <si>
+    <t>Widjaja</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CHRISTIAN CAHYADI </t>
+  </si>
+  <si>
+    <t>Santoso</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GENTUR Fani </t>
+  </si>
+  <si>
+    <t xml:space="preserve">PATAR MARLON </t>
+  </si>
+  <si>
+    <t>Siregar</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Andriandra </t>
+  </si>
+  <si>
+    <t>Hendrawan</t>
+  </si>
+  <si>
+    <t xml:space="preserve">THEODORUS  </t>
+  </si>
+  <si>
+    <t>Widiatmoko</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HALOMOAN  </t>
+  </si>
+  <si>
+    <t>Gultom</t>
+  </si>
+  <si>
+    <t>MUH. ADY SUCIPTO</t>
+  </si>
+  <si>
+    <t>Rachmat</t>
+  </si>
+  <si>
+    <t>Kabul</t>
+  </si>
+  <si>
+    <t>Ginanjar</t>
+  </si>
+  <si>
+    <t>MOCHAMAD YOESEP Ali</t>
+  </si>
+  <si>
+    <t>rachman</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HENDRA  </t>
+  </si>
+  <si>
+    <t>Yoswandi</t>
+  </si>
+  <si>
+    <t xml:space="preserve">INDRA  </t>
+  </si>
+  <si>
+    <t>CAHYONO</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ANDRY  </t>
+  </si>
+  <si>
+    <t>Rawung</t>
+  </si>
+  <si>
+    <t>Asep</t>
+  </si>
+  <si>
+    <t>Muhamad Deni</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MUHAMMAD FACHRIZA </t>
+  </si>
+  <si>
+    <t>Eipril</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MUCHAMAD HENDRA </t>
+  </si>
+  <si>
+    <t>Herviawan</t>
+  </si>
+  <si>
+    <t xml:space="preserve">KUBA  </t>
+  </si>
+  <si>
+    <t>Kuswono</t>
+  </si>
+  <si>
+    <t>Achmadi</t>
+  </si>
+  <si>
+    <t xml:space="preserve">YON  </t>
+  </si>
+  <si>
+    <t>Aidil</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CHOLIKUL  </t>
+  </si>
+  <si>
+    <t>Muhim</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MARTIN  </t>
+  </si>
+  <si>
+    <t>Drenth</t>
+  </si>
+  <si>
+    <t>Netherlands</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HILMAN  </t>
+  </si>
+  <si>
+    <t xml:space="preserve">AHMAD  </t>
+  </si>
+  <si>
+    <t>Muhazirin</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEDY  </t>
+  </si>
+  <si>
+    <t>Yusti</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EEND  </t>
+  </si>
+  <si>
+    <t>Hermawan</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ALLIH  </t>
+  </si>
+  <si>
+    <t>Gagah</t>
+  </si>
+  <si>
+    <t xml:space="preserve">WILLIAM  </t>
+  </si>
+  <si>
+    <t>Sidharta</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ANDRIAN  </t>
+  </si>
+  <si>
+    <t>Tjahjadi</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JULIANTO  </t>
+  </si>
+  <si>
+    <t>Fu</t>
+  </si>
+  <si>
+    <t xml:space="preserve">REZA BANI </t>
+  </si>
+  <si>
+    <t>Sadr</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BAYUNG  </t>
+  </si>
+  <si>
+    <t>Aroffa</t>
+  </si>
+  <si>
+    <t>MOHD SHAHRUL FIRDAUS</t>
+  </si>
+  <si>
+    <t>A RAZAK</t>
+  </si>
+  <si>
+    <t>Sukmana</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BIYAN  </t>
+  </si>
+  <si>
+    <t>Dicky</t>
+  </si>
+  <si>
+    <t>Lesmana</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BENYAMIN  </t>
+  </si>
+  <si>
+    <t>Sapiie</t>
+  </si>
+  <si>
+    <t>Apip</t>
+  </si>
+  <si>
+    <t>Supratman</t>
+  </si>
+  <si>
+    <t>Gilles</t>
+  </si>
+  <si>
+    <t>Pivon</t>
+  </si>
+  <si>
+    <t xml:space="preserve">VERRY Edi </t>
+  </si>
+  <si>
+    <t xml:space="preserve">FRIATMA  </t>
+  </si>
+  <si>
+    <t>Mahmud</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GERRY MUHAMMAD </t>
+  </si>
+  <si>
+    <t>Akbar</t>
+  </si>
+  <si>
+    <t>INSAN PRAJA SETYA</t>
+  </si>
+  <si>
+    <t>WIBAWA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HENKI  </t>
+  </si>
+  <si>
+    <t>Dwiananta</t>
+  </si>
+  <si>
+    <t>Wahyu</t>
+  </si>
+  <si>
+    <t xml:space="preserve">RACHMAD  </t>
+  </si>
+  <si>
+    <t>Pramono</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FAKHRI  </t>
+  </si>
+  <si>
+    <t>FADLURRAHMAN</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BAHRUL  </t>
+  </si>
+  <si>
+    <t>Ulum</t>
+  </si>
+  <si>
+    <t>Hendrikus</t>
+  </si>
+  <si>
+    <t>Efendi</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MOHAMMAD  </t>
+  </si>
+  <si>
+    <t>Adiwirabrata</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ADI SURYA </t>
+  </si>
+  <si>
+    <t>Wicaksana</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ABDIL HALIMIS </t>
+  </si>
+  <si>
+    <t>Stani</t>
+  </si>
+  <si>
+    <t>Farid</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Yunior </t>
+  </si>
+  <si>
+    <t>Hermawanto</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SATRIA  </t>
+  </si>
+  <si>
+    <t>Ramadhan</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JENIAGUSLIONO SUGI </t>
+  </si>
+  <si>
+    <t>Selamet</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NAUFAR  </t>
+  </si>
+  <si>
+    <t>Fauzi</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ISNAWAN GHOZIE </t>
+  </si>
+  <si>
+    <t>Uwaidha</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HIZBAR  </t>
+  </si>
+  <si>
+    <t>Arsjad</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HIDEO  </t>
+  </si>
+  <si>
+    <t>Minowa</t>
+  </si>
+  <si>
+    <t>MUHAMMAD SATRIA AKBAR</t>
+  </si>
+  <si>
+    <t>Abbas</t>
+  </si>
+  <si>
+    <t>Alamsyah</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MARY  </t>
+  </si>
+  <si>
+    <t>Anto</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EDO  </t>
+  </si>
+  <si>
+    <t>Karensa</t>
+  </si>
+  <si>
+    <t>Ian</t>
+  </si>
+  <si>
+    <t>Davey</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HUBERTUS SATRIO </t>
+  </si>
+  <si>
+    <t>yudanto</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HAROLD  </t>
+  </si>
+  <si>
+    <t>KuMaleit</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SAMAT  </t>
+  </si>
+  <si>
+    <t>Samat</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GUNTUR  </t>
+  </si>
+  <si>
+    <t>Durahman</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DUKUT  </t>
+  </si>
+  <si>
+    <t>BUDIYONO</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ADITYA AJI </t>
+  </si>
+  <si>
+    <t xml:space="preserve">DARMANTO  </t>
+  </si>
+  <si>
+    <t>Darmanto</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HARRI  </t>
+  </si>
+  <si>
+    <t>Nugraha</t>
+  </si>
+  <si>
+    <t>Nurahman</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HARRIS  </t>
+  </si>
+  <si>
+    <t>Wongso</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MASTER  </t>
+  </si>
+  <si>
+    <t>Hitler</t>
+  </si>
+  <si>
+    <t>Sansan</t>
+  </si>
+  <si>
+    <t>Sanjaya</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DANI Achmad </t>
+  </si>
+  <si>
+    <t>Kristian</t>
+  </si>
+  <si>
+    <t>Nugroho</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ACHMAD S </t>
+  </si>
+  <si>
+    <t>Almuminin</t>
+  </si>
+  <si>
+    <t>Ridho Nur</t>
+  </si>
+  <si>
+    <t>Imansyah</t>
+  </si>
+  <si>
+    <t xml:space="preserve">RIDWAN  </t>
+  </si>
+  <si>
+    <t>Syabani</t>
+  </si>
+  <si>
     <t>Santosa</t>
   </si>
   <si>
-    <t xml:space="preserve">HIDEO  </t>
-[...20 lines deleted...]
-    <t>Fauzi</t>
+    <t xml:space="preserve">TINTO Riza </t>
+  </si>
+  <si>
+    <t>Pahlevi</t>
+  </si>
+  <si>
+    <t>Iwan</t>
+  </si>
+  <si>
+    <t>Wonglie</t>
+  </si>
+  <si>
+    <t>Adi Nova</t>
+  </si>
+  <si>
+    <t>Fernando</t>
+  </si>
+  <si>
+    <t>Sudarsono</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ANDI  </t>
+  </si>
+  <si>
+    <t>HERMAWAN</t>
   </si>
   <si>
     <t xml:space="preserve">MADE  </t>
   </si>
   <si>
     <t>Asnaya</t>
   </si>
   <si>
-    <t>Ian</t>
-[...32 lines deleted...]
-    <t>Anto</t>
+    <t>Maga</t>
+  </si>
+  <si>
+    <t>Sambuaga</t>
+  </si>
+  <si>
+    <t>Minto</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SUWESTA  </t>
+  </si>
+  <si>
+    <t>Wignyakuta</t>
+  </si>
+  <si>
+    <t>HARIONO FRIDIAN EKO</t>
   </si>
   <si>
     <t xml:space="preserve">OVASA senja </t>
   </si>
   <si>
     <t>wicaksono</t>
   </si>
   <si>
-    <t>Minto</t>
-[...14 lines deleted...]
-    <t>BUDIYONO</t>
+    <t>Taryono</t>
+  </si>
+  <si>
+    <t>Darusman</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BUDIJANTO  </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A'AN MI'DAD </t>
+  </si>
+  <si>
+    <t>Arrizza</t>
   </si>
   <si>
     <t xml:space="preserve">ERRIC  </t>
   </si>
   <si>
     <t>Sukmawan</t>
   </si>
   <si>
-    <t>Sansan</t>
-[...26 lines deleted...]
-    <t xml:space="preserve">FAKHRI  </t>
+    <t>Sri</t>
+  </si>
+  <si>
+    <t>Setyatama</t>
   </si>
   <si>
     <t>Dzulfiqar</t>
   </si>
   <si>
     <t xml:space="preserve">MUHAMMAD  </t>
   </si>
   <si>
     <t>Jaini</t>
   </si>
   <si>
-    <t xml:space="preserve">TINTO Riza </t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">NELI  </t>
   </si>
   <si>
-    <t>Sudarsono</t>
+    <t>Vinsensius</t>
   </si>
   <si>
     <t xml:space="preserve">NUGROHO  </t>
   </si>
   <si>
     <t>Dhimas</t>
   </si>
   <si>
+    <t xml:space="preserve">ARIES TANU </t>
+  </si>
+  <si>
+    <t xml:space="preserve">SYALI  </t>
+  </si>
+  <si>
+    <t>Gestanon</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AKBAR ARYO </t>
+  </si>
+  <si>
+    <t>Dewantono</t>
+  </si>
+  <si>
+    <t>Sukmayadi</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PEPPI  </t>
+  </si>
+  <si>
+    <t>gumilar</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AGUS  </t>
+  </si>
+  <si>
+    <t>SETIAWAN</t>
+  </si>
+  <si>
+    <t xml:space="preserve">YUDO  </t>
+  </si>
+  <si>
+    <t>Hastomo</t>
+  </si>
+  <si>
+    <t xml:space="preserve">RADEN DANNI </t>
+  </si>
+  <si>
+    <t>Munadjat</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HANDY  </t>
+  </si>
+  <si>
+    <t xml:space="preserve">JOKO  </t>
+  </si>
+  <si>
+    <t>Kristanto</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ANDREW  </t>
+  </si>
+  <si>
+    <t>Clydesdale</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MOHAMAD HAFIZ </t>
+  </si>
+  <si>
+    <t>Syane</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AGUNG  </t>
+  </si>
+  <si>
+    <t>Darojat</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MUHAMAD  </t>
+  </si>
+  <si>
+    <t>ZAINUDIN</t>
+  </si>
+  <si>
+    <t xml:space="preserve">KIEANDY  </t>
+  </si>
+  <si>
+    <t>Susanto</t>
+  </si>
+  <si>
+    <t>Randi</t>
+  </si>
+  <si>
+    <t>Mahera</t>
+  </si>
+  <si>
+    <t>Roman</t>
+  </si>
+  <si>
+    <t>Dubinkin</t>
+  </si>
+  <si>
+    <t>Russia</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DENDY  </t>
+  </si>
+  <si>
+    <t>Saelan</t>
+  </si>
+  <si>
+    <t>Yosafat</t>
+  </si>
+  <si>
+    <t>Hutagalung</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MULIADY  </t>
+  </si>
+  <si>
+    <t>Tandean</t>
+  </si>
+  <si>
+    <t xml:space="preserve">IGNASIUS  </t>
+  </si>
+  <si>
+    <t>Ferdie</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JAKUB  </t>
+  </si>
+  <si>
+    <t>GRUDZINSKI</t>
+  </si>
+  <si>
+    <t xml:space="preserve">IRIN  </t>
+  </si>
+  <si>
+    <t>Rukmana</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEDI  </t>
+  </si>
+  <si>
+    <t>Ismawan</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ATEP  </t>
+  </si>
+  <si>
+    <t>Nurjaman</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ERFIN  </t>
+  </si>
+  <si>
+    <t>hamidjaja</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MARCEL  </t>
+  </si>
+  <si>
+    <t>NEUTEL</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MUKHAMMAD  </t>
+  </si>
+  <si>
+    <t>muslich</t>
+  </si>
+  <si>
+    <t>Alanandra</t>
+  </si>
+  <si>
+    <t>Suriyato</t>
+  </si>
+  <si>
+    <t xml:space="preserve">KELLY  </t>
+  </si>
+  <si>
+    <t>Kadarisman</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SAKTI  </t>
+  </si>
+  <si>
+    <t>Nurrahman</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ARYA ADHI </t>
+  </si>
+  <si>
+    <t xml:space="preserve">M FADHIL </t>
+  </si>
+  <si>
+    <t>Abdullah</t>
+  </si>
+  <si>
+    <t>Suvar</t>
+  </si>
+  <si>
+    <t>Niode</t>
+  </si>
+  <si>
+    <t>Irwanto</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MOHD NAJIB </t>
+  </si>
+  <si>
+    <t xml:space="preserve">BAYU  </t>
+  </si>
+  <si>
+    <t>Nanda</t>
+  </si>
+  <si>
+    <t xml:space="preserve">RIZKY  </t>
+  </si>
+  <si>
+    <t>Udipta</t>
+  </si>
+  <si>
+    <t xml:space="preserve">IRHAM  </t>
+  </si>
+  <si>
+    <t>Lazuardi</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JASON  </t>
+  </si>
+  <si>
+    <t>Whitehurst</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FERRA PRIMERA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">BENOTMANE SLIMAN </t>
+  </si>
+  <si>
+    <t>REZA</t>
+  </si>
+  <si>
+    <t>Muhammad Fajar</t>
+  </si>
+  <si>
+    <t>Febrian</t>
+  </si>
+  <si>
+    <t>Saepul</t>
+  </si>
+  <si>
+    <t>Ajhar</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AGUSTIAN  </t>
+  </si>
+  <si>
+    <t>Syach</t>
+  </si>
+  <si>
+    <t>Joko</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BERLI  </t>
+  </si>
+  <si>
+    <t>Harverianto</t>
+  </si>
+  <si>
+    <t xml:space="preserve">OLIVIER  </t>
+  </si>
+  <si>
+    <t>bechet</t>
+  </si>
+  <si>
+    <t>Haryanto</t>
+  </si>
+  <si>
+    <t>Nehemia</t>
+  </si>
+  <si>
+    <t xml:space="preserve">RAYMOND  </t>
+  </si>
+  <si>
+    <t>tombokan</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HIMAWAN TRIADIGUNO </t>
+  </si>
+  <si>
+    <t>SUPARYO</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HENDI  </t>
+  </si>
+  <si>
+    <t>Pangestu</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ILHAM  </t>
+  </si>
+  <si>
+    <t>Purnama</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GANDRIE  </t>
+  </si>
+  <si>
+    <t>IEVAN Dianda Ahmad</t>
+  </si>
+  <si>
+    <t>Dinuri</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TAUFAN  </t>
+  </si>
+  <si>
+    <t>Darussalam</t>
+  </si>
+  <si>
+    <t>Jeffry</t>
+  </si>
+  <si>
+    <t>Hasibuan</t>
+  </si>
+  <si>
+    <t>Cahya</t>
+  </si>
+  <si>
+    <t>Daulay</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FAJAR  </t>
+  </si>
+  <si>
+    <t>Ariadi</t>
+  </si>
+  <si>
+    <t xml:space="preserve">IVAN  </t>
+  </si>
+  <si>
+    <t>Surya</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ARDIKA  </t>
+  </si>
+  <si>
+    <t>CANDRA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DAVID  </t>
+  </si>
+  <si>
+    <t>Sitompul</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HARYANTO  </t>
+  </si>
+  <si>
+    <t>Damanik</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HASYIM  </t>
+  </si>
+  <si>
+    <t>Yusuf</t>
+  </si>
+  <si>
+    <t>Hadiantoro</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GITARJA  </t>
+  </si>
+  <si>
+    <t>Sandi</t>
+  </si>
+  <si>
+    <t>I GUSTI AGUNG  Agus</t>
+  </si>
+  <si>
+    <t>Suryawan</t>
+  </si>
+  <si>
+    <t>Samsul</t>
+  </si>
+  <si>
+    <t>Qomar</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SUKHERI  </t>
+  </si>
+  <si>
+    <t>DIAN</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HENDRA BENYAMIN </t>
+  </si>
+  <si>
+    <t>S</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PANJI  </t>
+  </si>
+  <si>
+    <t>Laksmana</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NUR CATUR </t>
+  </si>
+  <si>
+    <t>Purbaya</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BARRI  </t>
+  </si>
+  <si>
+    <t>F</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NURUL  </t>
+  </si>
+  <si>
+    <t>firmansyah</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ACHMAD ROBBY </t>
+  </si>
+  <si>
+    <t>Kurniawan</t>
+  </si>
+  <si>
+    <t>Haryo</t>
+  </si>
+  <si>
+    <t>Doddy</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ANDY NURMAN </t>
+  </si>
+  <si>
+    <t>Hermanto</t>
+  </si>
+  <si>
+    <t>Masesar</t>
+  </si>
+  <si>
+    <t>Ramdhany</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AKHMAD  </t>
+  </si>
+  <si>
+    <t>Safari</t>
+  </si>
+  <si>
+    <t>Siddiq</t>
+  </si>
+  <si>
+    <t xml:space="preserve">REZA IRSHADY </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ICAL  </t>
+  </si>
+  <si>
+    <t>Makkasau</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BUDI IRAWAN </t>
+  </si>
+  <si>
+    <t>Priohutomo</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HILDAN PRAMA </t>
+  </si>
+  <si>
+    <t>Setya</t>
+  </si>
+  <si>
+    <t>Sauki</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DWI  </t>
+  </si>
+  <si>
+    <t>Antono</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ERNALD  </t>
+  </si>
+  <si>
+    <t>Kamil</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Arief Maulana </t>
+  </si>
+  <si>
+    <t>Hasan</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Budi </t>
+  </si>
+  <si>
+    <t xml:space="preserve">EKO  </t>
+  </si>
+  <si>
+    <t>Marsudiono</t>
+  </si>
+  <si>
+    <t>Az Zumar</t>
+  </si>
+  <si>
+    <t>Nurwahid Zain</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sony </t>
+  </si>
+  <si>
+    <t>Priyanto</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TIRTA  </t>
+  </si>
+  <si>
+    <t>Jaya</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DRS BUDI </t>
+  </si>
+  <si>
+    <t>Rahayu</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HERWIN  </t>
+  </si>
+  <si>
+    <t>Mutaqin</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TJE  </t>
+  </si>
+  <si>
+    <t>Tjiang</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SUGIHARTO  </t>
+  </si>
+  <si>
+    <t>Sugiharto</t>
+  </si>
+  <si>
+    <t xml:space="preserve">RISMAN HARIF </t>
+  </si>
+  <si>
+    <t>Abidin</t>
+  </si>
+  <si>
+    <t>sofyan</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ANDRI  </t>
+  </si>
+  <si>
+    <t>Kusuma</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FREDDY  </t>
+  </si>
+  <si>
+    <t xml:space="preserve">SAHAT  </t>
+  </si>
+  <si>
+    <t>Aritonang</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BAMBANG Sapto </t>
+  </si>
+  <si>
+    <t>Prasetyo</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BUDI KHELSON </t>
+  </si>
+  <si>
+    <t>said</t>
+  </si>
+  <si>
+    <t>Suwesta</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SANY RIZAL </t>
+  </si>
+  <si>
+    <t>Keliobas</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SUMITRO  </t>
+  </si>
+  <si>
     <t xml:space="preserve">TREVOR  </t>
   </si>
   <si>
     <t>Abell</t>
   </si>
   <si>
-    <t xml:space="preserve">ARIES TANU </t>
-[...125 lines deleted...]
-    <t>Hastomo</t>
+    <t>APEP M K</t>
+  </si>
+  <si>
+    <t>Noormansyah</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BRAINERD Daniel </t>
+  </si>
+  <si>
+    <t>T.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ENTOL  </t>
+  </si>
+  <si>
+    <t>Rizqi</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DWIBANGGA  </t>
+  </si>
+  <si>
+    <t>GUSKARNA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HERU TEGUH </t>
+  </si>
+  <si>
+    <t>Sumarko</t>
+  </si>
+  <si>
+    <t>Cahyadi</t>
+  </si>
+  <si>
+    <t>Jusuf</t>
+  </si>
+  <si>
+    <t>Ade</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEMAZ  </t>
+  </si>
+  <si>
+    <t xml:space="preserve">STEVEN  </t>
+  </si>
+  <si>
+    <t>Jayalaras</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DENY EXTYASTORO </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Jajang </t>
+  </si>
+  <si>
+    <t>Rizal</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MICO  </t>
+  </si>
+  <si>
+    <t>Yohanes</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SAIFUL  </t>
+  </si>
+  <si>
+    <t>Jati</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NINDYA  </t>
+  </si>
+  <si>
+    <t>Utama</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HANS  </t>
+  </si>
+  <si>
+    <t>Adrian</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TOMMY Stevanus </t>
+  </si>
+  <si>
+    <t>Simadibrata</t>
   </si>
   <si>
     <t xml:space="preserve">ADAM  </t>
   </si>
   <si>
     <t>PIATEK</t>
   </si>
   <si>
-    <t xml:space="preserve">ERFIN  </t>
-[...2 lines deleted...]
-    <t>hamidjaja</t>
+    <t>MUHAMAD FAISAL Akbar</t>
   </si>
   <si>
     <t>Tedjawirja</t>
   </si>
   <si>
     <t>Sunadinatha</t>
   </si>
   <si>
-    <t xml:space="preserve">ARYA ADHI </t>
-[...20 lines deleted...]
-    <t>Darojat</t>
+    <t>Eedru</t>
+  </si>
+  <si>
+    <t>Yutaka</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ERFAN  </t>
+  </si>
+  <si>
+    <t>Firmansyah</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JACK  </t>
+  </si>
+  <si>
+    <t>Junaidy</t>
   </si>
   <si>
     <t xml:space="preserve">PATRICK  </t>
   </si>
   <si>
     <t>Beintema</t>
   </si>
   <si>
-    <t>Netherlands</t>
-[...44 lines deleted...]
-    <t>Rukmana</t>
+    <t>Budiman</t>
+  </si>
+  <si>
+    <t>Setiono</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ALDI RIZKY </t>
+  </si>
+  <si>
+    <t>Setiyawan</t>
+  </si>
+  <si>
+    <t xml:space="preserve">VIANT Adi </t>
+  </si>
+  <si>
+    <t>Atmaja</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TONNY  </t>
+  </si>
+  <si>
+    <t>ardianto</t>
+  </si>
+  <si>
+    <t>Dendi</t>
+  </si>
+  <si>
+    <t>Dwitiandi</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MUHAMMAD Zaeni </t>
+  </si>
+  <si>
+    <t>Rohman</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ALIF AKBAR </t>
+  </si>
+  <si>
+    <t>Nuansa</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SONY  </t>
+  </si>
+  <si>
+    <t>Arisandi</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PATRICIUS  </t>
+  </si>
+  <si>
+    <t>Cahanar</t>
   </si>
   <si>
     <t>AZMER FARIS Ahmad</t>
   </si>
   <si>
     <t>Feisal</t>
   </si>
   <si>
-    <t xml:space="preserve">FERRA PRIMERA </t>
-[...17 lines deleted...]
-    <t>muslich</t>
+    <t>Yosep</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SUHANTO  </t>
+  </si>
+  <si>
+    <t>Suhanto</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LUKMAN MUHAMMAD </t>
+  </si>
+  <si>
+    <t>Barokah</t>
+  </si>
+  <si>
+    <t>Pratama</t>
+  </si>
+  <si>
+    <t>Marulitua</t>
   </si>
   <si>
     <t>Wong Fook</t>
   </si>
   <si>
     <t>Seong</t>
   </si>
   <si>
-    <t xml:space="preserve">BERLI  </t>
-[...560 lines deleted...]
-    <t>Cahanar</t>
+    <t>Noor</t>
+  </si>
+  <si>
+    <t>Hendratno</t>
   </si>
   <si>
     <t xml:space="preserve">STEVEN Andreas </t>
   </si>
   <si>
     <t>Gunawan</t>
   </si>
   <si>
-    <t xml:space="preserve">LUKMAN MUHAMMAD </t>
-[...8 lines deleted...]
-    <t>Marulitua</t>
+    <t>ADHITYA RAMADHAN Dwi</t>
+  </si>
+  <si>
+    <t>Berlin</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ANGKY  </t>
+  </si>
+  <si>
+    <t>Fitra</t>
+  </si>
+  <si>
+    <t>Valery</t>
+  </si>
+  <si>
+    <t>Muyard</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SALMOND  </t>
+  </si>
+  <si>
+    <t>pilima</t>
   </si>
   <si>
     <t>Bagus</t>
   </si>
   <si>
     <t>Sugiarto</t>
   </si>
   <si>
-    <t>ADHITYA RAMADHAN Dwi</t>
-[...17 lines deleted...]
-    <t>Fitra</t>
+    <t>Wahab</t>
+  </si>
+  <si>
+    <t>Adam</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MUHAMAD Tri </t>
+  </si>
+  <si>
+    <t>wahyudi</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LUKY  </t>
+  </si>
+  <si>
+    <t>Prionika</t>
   </si>
   <si>
     <t xml:space="preserve">HASAN  </t>
   </si>
   <si>
-    <t>Wongso</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">ALEX  </t>
   </si>
   <si>
     <t>Ginting</t>
   </si>
   <si>
-    <t>Dendi</t>
-[...8 lines deleted...]
-    <t>wahyudi</t>
+    <t xml:space="preserve">LUKAS EVAN </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ARIEF  </t>
+  </si>
+  <si>
+    <t>Tarmizi</t>
   </si>
   <si>
     <t xml:space="preserve">AULIA IBRAHIM </t>
   </si>
   <si>
     <t>Yeru</t>
   </si>
   <si>
-    <t xml:space="preserve">SONY  </t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">TEGUH  </t>
   </si>
   <si>
     <t>Firman</t>
   </si>
   <si>
-    <t>Yosep</t>
-[...5 lines deleted...]
-    <t>Tarmizi</t>
+    <t xml:space="preserve">BUSYAIRI  </t>
+  </si>
+  <si>
+    <t>Samad</t>
+  </si>
+  <si>
+    <t xml:space="preserve">YUDHI ISKANDAR </t>
+  </si>
+  <si>
+    <t>Permadhi</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TOTOK  </t>
+  </si>
+  <si>
+    <t>Purwanto</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GERALDIE LUKMAN </t>
   </si>
   <si>
     <t xml:space="preserve">ADE  </t>
   </si>
   <si>
-    <t>Hermawan</t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">WAHYU SETYAJI </t>
   </si>
   <si>
     <t>Ismaryanto</t>
   </si>
   <si>
-    <t>Noor</t>
-[...14 lines deleted...]
-    <t>Purwanto</t>
+    <t xml:space="preserve">SONDY  </t>
+  </si>
+  <si>
+    <t>Yoshua</t>
+  </si>
+  <si>
+    <t>Alfasan</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LUCKY  </t>
+  </si>
+  <si>
+    <t>Angga</t>
+  </si>
+  <si>
+    <t>Rizwan</t>
+  </si>
+  <si>
+    <t>Nedi</t>
   </si>
   <si>
     <t xml:space="preserve">YAN  </t>
   </si>
   <si>
     <t>Marchell</t>
   </si>
   <si>
-    <t>Berlin</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">LANO Hapia </t>
   </si>
   <si>
     <t>Penta</t>
   </si>
   <si>
-    <t>Valery</t>
-[...23 lines deleted...]
-    <t xml:space="preserve">ACHMAD  </t>
+    <t>Wendi</t>
+  </si>
+  <si>
+    <t>Harry</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DIMAS Nurcahyo </t>
+  </si>
+  <si>
+    <t>Wicaksono</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GINANJAR IMAMIL </t>
   </si>
   <si>
     <t>Awaludin</t>
   </si>
   <si>
-    <t>Wahab</t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">ALI  </t>
   </si>
   <si>
     <t>Rakhmatullah</t>
   </si>
   <si>
-    <t xml:space="preserve">LUKY  </t>
-[...14 lines deleted...]
-    <t xml:space="preserve">LUKAS EVAN </t>
+    <t>KOMANG DONY ARIYASA</t>
+  </si>
+  <si>
+    <t>Wirayudha</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HANDI  </t>
+  </si>
+  <si>
+    <t>Limidjaja</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AKSAN  </t>
+  </si>
+  <si>
+    <t>Kawanda</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NATHANIEL  </t>
+  </si>
+  <si>
+    <t xml:space="preserve">BETA  </t>
+  </si>
+  <si>
+    <t>Setia</t>
   </si>
   <si>
     <t xml:space="preserve">AGAN ROHMAT </t>
   </si>
   <si>
-    <t xml:space="preserve">HANDI  </t>
-[...565 lines deleted...]
-  <si>
     <t>Kardy</t>
   </si>
   <si>
     <t>Thi Duong</t>
   </si>
   <si>
     <t>Kanlaya</t>
   </si>
   <si>
     <t>THONGFACHAILAI</t>
   </si>
   <si>
+    <t>Patcharee</t>
+  </si>
+  <si>
+    <t>Chuaythaisong</t>
+  </si>
+  <si>
     <t>Honoka</t>
   </si>
   <si>
     <t>AKIYAMA</t>
   </si>
   <si>
     <t>Benjamas</t>
   </si>
   <si>
     <t>Chotemateepirom</t>
   </si>
   <si>
-    <t>Patcharee</t>
-[...4 lines deleted...]
-  <si>
     <t>Thanawal</t>
   </si>
   <si>
     <t>NAWACHARTKHOSIT</t>
   </si>
   <si>
+    <t>Nathalie</t>
+  </si>
+  <si>
+    <t>Cochet</t>
+  </si>
+  <si>
+    <t>Fredelyn</t>
+  </si>
+  <si>
+    <t>Alberto</t>
+  </si>
+  <si>
     <t>Charlotte</t>
   </si>
   <si>
     <t>Taquet</t>
   </si>
   <si>
     <t>Nguyen Thuy</t>
   </si>
   <si>
     <t>Amy</t>
   </si>
   <si>
     <t>Sproston</t>
   </si>
   <si>
     <t>Nutcha</t>
   </si>
   <si>
     <t>Phalee</t>
   </si>
   <si>
     <t>Issaree</t>
   </si>
   <si>
     <t>Kengnok</t>
   </si>
   <si>
     <t>Suphakorn</t>
   </si>
   <si>
     <t>Dokkhem</t>
   </si>
   <si>
     <t>Yuri</t>
   </si>
   <si>
     <t>YOSHIZUMI</t>
   </si>
   <si>
-    <t>Nathalie</t>
-[...8 lines deleted...]
-    <t>Alberto</t>
+    <t>Chihiro</t>
+  </si>
+  <si>
+    <t>AIBARA</t>
   </si>
   <si>
     <t xml:space="preserve">Natha </t>
   </si>
   <si>
     <t>Raveephusita</t>
   </si>
   <si>
     <t>Nalinee</t>
   </si>
   <si>
     <t>Tienngoen</t>
   </si>
   <si>
     <t xml:space="preserve">Trà My Cung </t>
   </si>
   <si>
     <t>Thị</t>
   </si>
   <si>
-    <t>Chihiro</t>
-[...2 lines deleted...]
-    <t>AIBARA</t>
+    <t>Celinda</t>
+  </si>
+  <si>
+    <t>Nitistaporn</t>
+  </si>
+  <si>
+    <t>Montha</t>
+  </si>
+  <si>
+    <t>Sontornwit</t>
   </si>
   <si>
     <t>Trang</t>
   </si>
   <si>
     <t>Do</t>
   </si>
   <si>
     <t>Thi Nguyet</t>
   </si>
   <si>
     <t>Mikiko</t>
   </si>
   <si>
     <t>Ota</t>
   </si>
   <si>
     <t>Seriphab</t>
   </si>
   <si>
     <t>Kuendee</t>
   </si>
   <si>
     <t>Ruth</t>
   </si>
   <si>
     <t>Theresia</t>
   </si>
   <si>
     <t xml:space="preserve">Endang Suryani </t>
   </si>
   <si>
     <t>Sipayung</t>
   </si>
   <si>
-    <t>Celinda</t>
-[...8 lines deleted...]
-    <t>Sontornwit</t>
+    <t>Mila</t>
+  </si>
+  <si>
+    <t>Marlina</t>
   </si>
   <si>
     <t>Kwanjira</t>
   </si>
   <si>
     <t>Phetnil</t>
   </si>
   <si>
     <t xml:space="preserve">Thi Thuy My </t>
   </si>
   <si>
     <t xml:space="preserve">Thủy Phạm Thị </t>
   </si>
   <si>
     <t>Rachel</t>
   </si>
   <si>
     <t>Bessette</t>
   </si>
   <si>
     <t>Loretta</t>
   </si>
   <si>
     <t>Henderson</t>
   </si>
   <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>Kimino</t>
   </si>
   <si>
     <t>MIYAZAKI</t>
   </si>
   <si>
     <t xml:space="preserve">Hien </t>
   </si>
   <si>
     <t>Czech Republic</t>
   </si>
   <si>
-    <t>Mila</t>
-[...2 lines deleted...]
-    <t>Marlina</t>
+    <t xml:space="preserve">Quỳnh Thoa Đào </t>
+  </si>
+  <si>
+    <t>Law Lay</t>
+  </si>
+  <si>
+    <t>Eng</t>
+  </si>
+  <si>
+    <t>Asuka</t>
+  </si>
+  <si>
+    <t>Nakajima</t>
   </si>
   <si>
     <t>Lieselotte</t>
   </si>
   <si>
     <t>Heederik</t>
   </si>
   <si>
     <t>Thu Trang Trần</t>
   </si>
   <si>
     <t>Thi</t>
   </si>
   <si>
     <t>Ketsarin</t>
   </si>
   <si>
     <t>Channgam</t>
   </si>
   <si>
     <t>Rebeca</t>
   </si>
   <si>
     <t>Ehrnrooth</t>
   </si>
   <si>
     <t>Sweden</t>
   </si>
   <si>
     <t>Thuy</t>
   </si>
   <si>
     <t>Nguyen Nguyen</t>
   </si>
   <si>
-    <t xml:space="preserve">Quỳnh Thoa Đào </t>
-[...11 lines deleted...]
-    <t>Nakajima</t>
+    <t>Sansanee</t>
+  </si>
+  <si>
+    <t>Niramis</t>
+  </si>
+  <si>
+    <t>Huong</t>
+  </si>
+  <si>
+    <t>OK Nguyễn</t>
   </si>
   <si>
     <t>Yumiko</t>
   </si>
   <si>
     <t>Oishi</t>
   </si>
   <si>
-    <t>Sansanee</t>
-[...10 lines deleted...]
-  <si>
     <t>Jutiporn</t>
   </si>
   <si>
     <t>Plangsuk</t>
   </si>
   <si>
     <t>Lan</t>
   </si>
   <si>
     <t>Chiyomi</t>
   </si>
   <si>
     <t>ISHIDA</t>
   </si>
   <si>
+    <t>Mariko</t>
+  </si>
+  <si>
+    <t>Murata</t>
+  </si>
+  <si>
     <t>Praweethip</t>
   </si>
   <si>
     <t>Watcharaseangthai</t>
   </si>
   <si>
     <t>Hạnh Nguyễn</t>
   </si>
   <si>
     <t>Huyen</t>
   </si>
   <si>
-    <t>Mariko</t>
-[...2 lines deleted...]
-    <t>Murata</t>
+    <t>Kaori</t>
+  </si>
+  <si>
+    <t>Asahara</t>
   </si>
   <si>
     <t>Elviemma</t>
   </si>
   <si>
     <t>Catabay</t>
   </si>
   <si>
     <t>Constance</t>
   </si>
   <si>
     <t>Louasse</t>
   </si>
   <si>
     <t xml:space="preserve">Sawitree </t>
   </si>
   <si>
     <t>Mothaisong</t>
   </si>
   <si>
     <t>Tam</t>
   </si>
   <si>
     <t>Lê Thị Thanh</t>
   </si>
   <si>
-    <t>Kaori</t>
-[...2 lines deleted...]
-    <t>Asahara</t>
+    <t>Linh</t>
+  </si>
+  <si>
+    <t>Đặng</t>
   </si>
   <si>
     <t>Yukari</t>
   </si>
   <si>
     <t>Watanabe</t>
   </si>
   <si>
-    <t>Linh</t>
-[...4 lines deleted...]
-  <si>
     <t>Mathilde</t>
   </si>
   <si>
     <t>Bouilland</t>
   </si>
   <si>
     <t>Desi</t>
   </si>
   <si>
     <t>Agustina</t>
   </si>
   <si>
     <t>Hương Vũ</t>
   </si>
   <si>
     <t>Carly</t>
   </si>
   <si>
     <t>Balmforth</t>
   </si>
   <si>
     <t>santika</t>
   </si>
   <si>
+    <t>Kassidy</t>
+  </si>
+  <si>
+    <t>Bennett</t>
+  </si>
+  <si>
     <t>Thuy Bang Tuyen Ngo</t>
   </si>
   <si>
     <t>Diem</t>
   </si>
   <si>
-    <t>Kassidy</t>
-[...4 lines deleted...]
-  <si>
     <t>Laksamee</t>
   </si>
   <si>
     <t>Duangjai</t>
   </si>
   <si>
     <t>Jessica</t>
   </si>
   <si>
     <t>Hemmings</t>
   </si>
   <si>
     <t>Yến Nguyễn</t>
   </si>
   <si>
     <t>Claire</t>
   </si>
   <si>
     <t>Orget</t>
   </si>
   <si>
     <t>Sulastri</t>
   </si>
   <si>
+    <t>Supaporn</t>
+  </si>
+  <si>
+    <t>Nakkawat</t>
+  </si>
+  <si>
     <t>Phuong</t>
-  </si>
-[...4 lines deleted...]
-    <t>Nakkawat</t>
   </si>
   <si>
     <t xml:space="preserve">ANNE-FRANCE  </t>
   </si>
   <si>
     <t>MUYARD</t>
   </si>
   <si>
     <t xml:space="preserve">DEVI  </t>
   </si>
   <si>
     <t>Lubis</t>
   </si>
   <si>
     <t>Rachelle</t>
   </si>
   <si>
     <t>Komarnisky</t>
   </si>
   <si>
     <t xml:space="preserve">DIAH  </t>
   </si>
   <si>
     <t>Palupi</t>
   </si>
@@ -4831,420 +4831,420 @@
       </c>
       <c r="B11" s="2">
         <v>600</v>
       </c>
       <c r="C11" s="2">
         <v>118420</v>
       </c>
       <c r="D11" s="2" t="s">
         <v>28</v>
       </c>
       <c r="E11" s="2" t="s">
         <v>29</v>
       </c>
       <c r="F11" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" s="2">
         <v>11</v>
       </c>
       <c r="B12" s="2">
         <v>550</v>
       </c>
       <c r="C12" s="2">
-        <v>105547</v>
+        <v>106706</v>
       </c>
       <c r="D12" s="2" t="s">
         <v>30</v>
       </c>
       <c r="E12" s="2" t="s">
         <v>31</v>
       </c>
       <c r="F12" s="2" t="s">
-        <v>32</v>
+        <v>14</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" s="2">
         <v>11</v>
       </c>
       <c r="B13" s="2">
         <v>550</v>
       </c>
       <c r="C13" s="2">
-        <v>101693</v>
+        <v>105547</v>
       </c>
       <c r="D13" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="E13" s="2" t="s">
         <v>33</v>
       </c>
-      <c r="E13" s="2" t="s">
+      <c r="F13" s="2" t="s">
         <v>34</v>
-      </c>
-[...1 lines deleted...]
-        <v>17</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" s="2">
         <v>11</v>
       </c>
       <c r="B14" s="2">
         <v>550</v>
       </c>
       <c r="C14" s="2">
-        <v>106706</v>
+        <v>105665</v>
       </c>
       <c r="D14" s="2" t="s">
         <v>35</v>
       </c>
       <c r="E14" s="2" t="s">
         <v>36</v>
       </c>
       <c r="F14" s="2" t="s">
-        <v>14</v>
+        <v>23</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" s="2">
         <v>11</v>
       </c>
       <c r="B15" s="2">
         <v>550</v>
       </c>
       <c r="C15" s="2">
-        <v>105665</v>
+        <v>101693</v>
       </c>
       <c r="D15" s="2" t="s">
         <v>37</v>
       </c>
       <c r="E15" s="2" t="s">
         <v>38</v>
       </c>
       <c r="F15" s="2" t="s">
-        <v>23</v>
+        <v>17</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" s="2">
         <v>15</v>
       </c>
       <c r="B16" s="2">
         <v>525</v>
       </c>
       <c r="C16" s="2">
         <v>114445</v>
       </c>
       <c r="D16" s="2" t="s">
         <v>39</v>
       </c>
       <c r="E16" s="2" t="s">
         <v>40</v>
       </c>
       <c r="F16" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" s="2">
         <v>16</v>
       </c>
       <c r="B17" s="2">
         <v>500</v>
       </c>
       <c r="C17" s="2">
-        <v>107459</v>
+        <v>111749</v>
       </c>
       <c r="D17" s="2" t="s">
         <v>41</v>
       </c>
       <c r="E17" s="2" t="s">
         <v>42</v>
       </c>
       <c r="F17" s="2" t="s">
-        <v>23</v>
+        <v>17</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" s="2">
         <v>16</v>
       </c>
       <c r="B18" s="2">
         <v>500</v>
       </c>
       <c r="C18" s="2">
-        <v>106944</v>
+        <v>112241</v>
       </c>
       <c r="D18" s="2" t="s">
         <v>43</v>
       </c>
       <c r="E18" s="2" t="s">
         <v>44</v>
       </c>
       <c r="F18" s="2" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" s="2">
         <v>16</v>
       </c>
       <c r="B19" s="2">
         <v>500</v>
       </c>
       <c r="C19" s="2">
-        <v>116886</v>
+        <v>106944</v>
       </c>
       <c r="D19" s="2" t="s">
         <v>46</v>
       </c>
       <c r="E19" s="2" t="s">
         <v>47</v>
       </c>
       <c r="F19" s="2" t="s">
-        <v>14</v>
+        <v>48</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" s="2">
         <v>16</v>
       </c>
       <c r="B20" s="2">
         <v>500</v>
       </c>
       <c r="C20" s="2">
-        <v>114453</v>
+        <v>118350</v>
       </c>
       <c r="D20" s="2" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="E20" s="2" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="F20" s="2" t="s">
-        <v>23</v>
+        <v>51</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" s="2">
         <v>16</v>
       </c>
       <c r="B21" s="2">
         <v>500</v>
       </c>
       <c r="C21" s="2">
-        <v>114327</v>
+        <v>116886</v>
       </c>
       <c r="D21" s="2" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="E21" s="2" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="F21" s="2" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" s="2">
         <v>16</v>
       </c>
       <c r="B22" s="2">
         <v>500</v>
       </c>
       <c r="C22" s="2">
-        <v>111749</v>
+        <v>107459</v>
       </c>
       <c r="D22" s="2" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="E22" s="2" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="F22" s="2" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23" s="2">
         <v>16</v>
       </c>
       <c r="B23" s="2">
         <v>500</v>
       </c>
       <c r="C23" s="2">
-        <v>107442</v>
+        <v>114453</v>
       </c>
       <c r="D23" s="2" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="E23" s="2" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="F23" s="2" t="s">
-        <v>32</v>
+        <v>23</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" s="2">
         <v>16</v>
       </c>
       <c r="B24" s="2">
         <v>500</v>
       </c>
       <c r="C24" s="2">
-        <v>112241</v>
+        <v>107442</v>
       </c>
       <c r="D24" s="2" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="E24" s="2" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="F24" s="2" t="s">
-        <v>58</v>
+        <v>34</v>
       </c>
     </row>
     <row r="25" spans="1:6">
       <c r="A25" s="2">
         <v>16</v>
       </c>
       <c r="B25" s="2">
         <v>500</v>
       </c>
       <c r="C25" s="2">
-        <v>118415</v>
+        <v>114327</v>
       </c>
       <c r="D25" s="2" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="E25" s="2" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="F25" s="2" t="s">
-        <v>11</v>
+        <v>23</v>
       </c>
     </row>
     <row r="26" spans="1:6">
       <c r="A26" s="2">
         <v>16</v>
       </c>
       <c r="B26" s="2">
         <v>500</v>
       </c>
       <c r="C26" s="2">
-        <v>118350</v>
+        <v>118415</v>
       </c>
       <c r="D26" s="2" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="E26" s="2" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="F26" s="2" t="s">
-        <v>63</v>
+        <v>11</v>
       </c>
     </row>
     <row r="27" spans="1:6">
       <c r="A27" s="2">
         <v>26</v>
       </c>
       <c r="B27" s="2">
         <v>480</v>
       </c>
       <c r="C27" s="2">
         <v>115642</v>
       </c>
       <c r="D27" s="2" t="s">
         <v>64</v>
       </c>
       <c r="E27" s="2" t="s">
         <v>65</v>
       </c>
       <c r="F27" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="28" spans="1:6">
       <c r="A28" s="2">
         <v>27</v>
       </c>
       <c r="B28" s="2">
         <v>475</v>
       </c>
       <c r="C28" s="2">
-        <v>118433</v>
+        <v>106210</v>
       </c>
       <c r="D28" s="2" t="s">
         <v>66</v>
       </c>
       <c r="E28" s="2" t="s">
         <v>67</v>
       </c>
       <c r="F28" s="2" t="s">
-        <v>23</v>
+        <v>34</v>
       </c>
     </row>
     <row r="29" spans="1:6">
       <c r="A29" s="2">
         <v>27</v>
       </c>
       <c r="B29" s="2">
         <v>475</v>
       </c>
       <c r="C29" s="2">
         <v>114469</v>
       </c>
       <c r="D29" s="2" t="s">
         <v>68</v>
       </c>
       <c r="E29" s="2" t="s">
         <v>69</v>
       </c>
       <c r="F29" s="2" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="30" spans="1:6">
       <c r="A30" s="2">
         <v>27</v>
       </c>
       <c r="B30" s="2">
         <v>475</v>
       </c>
       <c r="C30" s="2">
-        <v>106210</v>
+        <v>118433</v>
       </c>
       <c r="D30" s="2" t="s">
         <v>70</v>
       </c>
       <c r="E30" s="2" t="s">
         <v>71</v>
       </c>
       <c r="F30" s="2" t="s">
-        <v>32</v>
+        <v>23</v>
       </c>
     </row>
     <row r="31" spans="1:6">
       <c r="A31" s="2">
         <v>30</v>
       </c>
       <c r="B31" s="2">
         <v>450</v>
       </c>
       <c r="C31" s="2">
         <v>114446</v>
       </c>
       <c r="D31" s="2" t="s">
         <v>72</v>
       </c>
       <c r="E31" s="2" t="s">
         <v>73</v>
       </c>
       <c r="F31" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="32" spans="1:6">
       <c r="A32" s="2">
         <v>30</v>
@@ -5271,111 +5271,111 @@
       </c>
       <c r="B33" s="2">
         <v>450</v>
       </c>
       <c r="C33" s="2">
         <v>115607</v>
       </c>
       <c r="D33" s="2" t="s">
         <v>76</v>
       </c>
       <c r="E33" s="2" t="s">
         <v>77</v>
       </c>
       <c r="F33" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="34" spans="1:6">
       <c r="A34" s="2">
         <v>30</v>
       </c>
       <c r="B34" s="2">
         <v>450</v>
       </c>
       <c r="C34" s="2">
-        <v>106233</v>
+        <v>106207</v>
       </c>
       <c r="D34" s="2" t="s">
         <v>78</v>
       </c>
       <c r="E34" s="2" t="s">
         <v>79</v>
       </c>
       <c r="F34" s="2" t="s">
-        <v>23</v>
+        <v>80</v>
       </c>
     </row>
     <row r="35" spans="1:6">
       <c r="A35" s="2">
         <v>30</v>
       </c>
       <c r="B35" s="2">
         <v>450</v>
       </c>
       <c r="C35" s="2">
         <v>106720</v>
       </c>
       <c r="D35" s="2" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="E35" s="2" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="F35" s="2" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="36" spans="1:6">
       <c r="A36" s="2">
         <v>30</v>
       </c>
       <c r="B36" s="2">
         <v>450</v>
       </c>
       <c r="C36" s="2">
-        <v>118365</v>
+        <v>106233</v>
       </c>
       <c r="D36" s="2" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="E36" s="2" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="F36" s="2" t="s">
-        <v>84</v>
+        <v>23</v>
       </c>
     </row>
     <row r="37" spans="1:6">
       <c r="A37" s="2">
         <v>30</v>
       </c>
       <c r="B37" s="2">
         <v>450</v>
       </c>
       <c r="C37" s="2">
-        <v>106207</v>
+        <v>118365</v>
       </c>
       <c r="D37" s="2" t="s">
         <v>85</v>
       </c>
       <c r="E37" s="2" t="s">
         <v>86</v>
       </c>
       <c r="F37" s="2" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="38" spans="1:6">
       <c r="A38" s="2">
         <v>37</v>
       </c>
       <c r="B38" s="2">
         <v>440</v>
       </c>
       <c r="C38" s="2">
         <v>118434</v>
       </c>
       <c r="D38" s="2" t="s">
         <v>88</v>
       </c>
       <c r="E38" s="2" t="s">
@@ -5511,200 +5511,200 @@
       </c>
       <c r="B45" s="2">
         <v>410</v>
       </c>
       <c r="C45" s="2">
         <v>115173</v>
       </c>
       <c r="D45" s="2" t="s">
         <v>105</v>
       </c>
       <c r="E45" s="2" t="s">
         <v>106</v>
       </c>
       <c r="F45" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="46" spans="1:6">
       <c r="A46" s="2">
         <v>45</v>
       </c>
       <c r="B46" s="2">
         <v>400</v>
       </c>
       <c r="C46" s="2">
-        <v>102409</v>
+        <v>114337</v>
       </c>
       <c r="D46" s="2" t="s">
         <v>107</v>
       </c>
       <c r="E46" s="2" t="s">
         <v>108</v>
       </c>
       <c r="F46" s="2" t="s">
-        <v>109</v>
+        <v>11</v>
       </c>
     </row>
     <row r="47" spans="1:6">
       <c r="A47" s="2">
         <v>45</v>
       </c>
       <c r="B47" s="2">
         <v>400</v>
       </c>
       <c r="C47" s="2">
-        <v>102635</v>
+        <v>114375</v>
       </c>
       <c r="D47" s="2" t="s">
+        <v>109</v>
+      </c>
+      <c r="E47" s="2" t="s">
         <v>110</v>
-      </c>
-[...1 lines deleted...]
-        <v>111</v>
       </c>
       <c r="F47" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="48" spans="1:6">
       <c r="A48" s="2">
         <v>45</v>
       </c>
       <c r="B48" s="2">
         <v>400</v>
       </c>
       <c r="C48" s="2">
         <v>118416</v>
       </c>
       <c r="D48" s="2" t="s">
+        <v>111</v>
+      </c>
+      <c r="E48" s="2" t="s">
         <v>112</v>
       </c>
-      <c r="E48" s="2" t="s">
+      <c r="F48" s="2" t="s">
         <v>113</v>
-      </c>
-[...1 lines deleted...]
-        <v>114</v>
       </c>
     </row>
     <row r="49" spans="1:6">
       <c r="A49" s="2">
         <v>45</v>
       </c>
       <c r="B49" s="2">
         <v>400</v>
       </c>
       <c r="C49" s="2">
-        <v>118352</v>
+        <v>105187</v>
       </c>
       <c r="D49" s="2" t="s">
+        <v>114</v>
+      </c>
+      <c r="E49" s="2" t="s">
         <v>115</v>
       </c>
-      <c r="E49" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F49" s="2" t="s">
-        <v>117</v>
+        <v>95</v>
       </c>
     </row>
     <row r="50" spans="1:6">
       <c r="A50" s="2">
         <v>45</v>
       </c>
       <c r="B50" s="2">
         <v>400</v>
       </c>
       <c r="C50" s="2">
-        <v>116887</v>
+        <v>102409</v>
       </c>
       <c r="D50" s="2" t="s">
+        <v>116</v>
+      </c>
+      <c r="E50" s="2" t="s">
+        <v>117</v>
+      </c>
+      <c r="F50" s="2" t="s">
         <v>118</v>
-      </c>
-[...4 lines deleted...]
-        <v>14</v>
       </c>
     </row>
     <row r="51" spans="1:6">
       <c r="A51" s="2">
         <v>45</v>
       </c>
       <c r="B51" s="2">
         <v>400</v>
       </c>
       <c r="C51" s="2">
-        <v>114375</v>
+        <v>102635</v>
       </c>
       <c r="D51" s="2" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="E51" s="2" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="F51" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="52" spans="1:6">
       <c r="A52" s="2">
         <v>45</v>
       </c>
       <c r="B52" s="2">
         <v>400</v>
       </c>
       <c r="C52" s="2">
-        <v>105187</v>
+        <v>118352</v>
       </c>
       <c r="D52" s="2" t="s">
+        <v>121</v>
+      </c>
+      <c r="E52" s="2" t="s">
         <v>122</v>
       </c>
-      <c r="E52" s="2" t="s">
+      <c r="F52" s="2" t="s">
         <v>123</v>
-      </c>
-[...1 lines deleted...]
-        <v>95</v>
       </c>
     </row>
     <row r="53" spans="1:6">
       <c r="A53" s="2">
         <v>45</v>
       </c>
       <c r="B53" s="2">
         <v>400</v>
       </c>
       <c r="C53" s="2">
-        <v>114337</v>
+        <v>116887</v>
       </c>
       <c r="D53" s="2" t="s">
         <v>124</v>
       </c>
       <c r="E53" s="2" t="s">
         <v>125</v>
       </c>
       <c r="F53" s="2" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
     </row>
     <row r="54" spans="1:6">
       <c r="A54" s="2">
         <v>53</v>
       </c>
       <c r="B54" s="2">
         <v>390</v>
       </c>
       <c r="C54" s="2">
         <v>118448</v>
       </c>
       <c r="D54" s="2" t="s">
         <v>126</v>
       </c>
       <c r="E54" s="2" t="s">
         <v>127</v>
       </c>
       <c r="F54" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="55" spans="1:6">
       <c r="A55" s="2">
         <v>53</v>
@@ -5731,1440 +5731,1440 @@
       </c>
       <c r="B56" s="2">
         <v>390</v>
       </c>
       <c r="C56" s="2">
         <v>118435</v>
       </c>
       <c r="D56" s="2" t="s">
         <v>130</v>
       </c>
       <c r="E56" s="2" t="s">
         <v>131</v>
       </c>
       <c r="F56" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="57" spans="1:6">
       <c r="A57" s="2">
         <v>56</v>
       </c>
       <c r="B57" s="2">
         <v>380</v>
       </c>
       <c r="C57" s="2">
-        <v>118436</v>
+        <v>118449</v>
       </c>
       <c r="D57" s="2" t="s">
         <v>132</v>
       </c>
       <c r="E57" s="2" t="s">
         <v>133</v>
       </c>
       <c r="F57" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="58" spans="1:6">
       <c r="A58" s="2">
         <v>56</v>
       </c>
       <c r="B58" s="2">
         <v>380</v>
       </c>
       <c r="C58" s="2">
-        <v>118449</v>
+        <v>118495</v>
       </c>
       <c r="D58" s="2" t="s">
         <v>134</v>
       </c>
       <c r="E58" s="2" t="s">
         <v>135</v>
       </c>
       <c r="F58" s="2" t="s">
-        <v>23</v>
+        <v>17</v>
       </c>
     </row>
     <row r="59" spans="1:6">
       <c r="A59" s="2">
         <v>56</v>
       </c>
       <c r="B59" s="2">
         <v>380</v>
       </c>
       <c r="C59" s="2">
-        <v>118495</v>
+        <v>110521</v>
       </c>
       <c r="D59" s="2" t="s">
         <v>136</v>
       </c>
       <c r="E59" s="2" t="s">
         <v>137</v>
       </c>
       <c r="F59" s="2" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
     </row>
     <row r="60" spans="1:6">
       <c r="A60" s="2">
         <v>56</v>
       </c>
       <c r="B60" s="2">
         <v>380</v>
       </c>
       <c r="C60" s="2">
-        <v>110521</v>
+        <v>118436</v>
       </c>
       <c r="D60" s="2" t="s">
         <v>138</v>
       </c>
       <c r="E60" s="2" t="s">
         <v>139</v>
       </c>
       <c r="F60" s="2" t="s">
-        <v>14</v>
+        <v>23</v>
       </c>
     </row>
     <row r="61" spans="1:6">
       <c r="A61" s="2">
         <v>60</v>
       </c>
       <c r="B61" s="2">
         <v>375</v>
       </c>
       <c r="C61" s="2">
-        <v>118398</v>
+        <v>102699</v>
       </c>
       <c r="D61" s="2" t="s">
         <v>140</v>
       </c>
       <c r="E61" s="2" t="s">
         <v>141</v>
       </c>
       <c r="F61" s="2" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
     </row>
     <row r="62" spans="1:6">
       <c r="A62" s="2">
         <v>60</v>
       </c>
       <c r="B62" s="2">
         <v>375</v>
       </c>
       <c r="C62" s="2">
-        <v>117427</v>
+        <v>118398</v>
       </c>
       <c r="D62" s="2" t="s">
         <v>142</v>
       </c>
       <c r="E62" s="2" t="s">
         <v>143</v>
       </c>
       <c r="F62" s="2" t="s">
-        <v>23</v>
+        <v>17</v>
       </c>
     </row>
     <row r="63" spans="1:6">
       <c r="A63" s="2">
         <v>60</v>
       </c>
       <c r="B63" s="2">
         <v>375</v>
       </c>
       <c r="C63" s="2">
-        <v>102699</v>
+        <v>117427</v>
       </c>
       <c r="D63" s="2" t="s">
         <v>144</v>
       </c>
       <c r="E63" s="2" t="s">
         <v>145</v>
       </c>
       <c r="F63" s="2" t="s">
-        <v>14</v>
+        <v>23</v>
       </c>
     </row>
     <row r="64" spans="1:6">
       <c r="A64" s="2">
         <v>63</v>
       </c>
       <c r="B64" s="2">
         <v>370</v>
       </c>
       <c r="C64" s="2">
-        <v>118450</v>
+        <v>118392</v>
       </c>
       <c r="D64" s="2" t="s">
         <v>146</v>
       </c>
       <c r="E64" s="2" t="s">
         <v>147</v>
       </c>
       <c r="F64" s="2" t="s">
-        <v>23</v>
+        <v>34</v>
       </c>
     </row>
     <row r="65" spans="1:6">
       <c r="A65" s="2">
         <v>63</v>
       </c>
       <c r="B65" s="2">
         <v>370</v>
       </c>
       <c r="C65" s="2">
-        <v>118483</v>
+        <v>108724</v>
       </c>
       <c r="D65" s="2" t="s">
         <v>148</v>
       </c>
       <c r="E65" s="2" t="s">
         <v>149</v>
       </c>
       <c r="F65" s="2" t="s">
-        <v>17</v>
+        <v>150</v>
       </c>
     </row>
     <row r="66" spans="1:6">
       <c r="A66" s="2">
         <v>63</v>
       </c>
       <c r="B66" s="2">
         <v>370</v>
       </c>
       <c r="C66" s="2">
-        <v>118411</v>
+        <v>118437</v>
       </c>
       <c r="D66" s="2" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="E66" s="2" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="F66" s="2" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
     </row>
     <row r="67" spans="1:6">
       <c r="A67" s="2">
         <v>63</v>
       </c>
       <c r="B67" s="2">
         <v>370</v>
       </c>
       <c r="C67" s="2">
-        <v>116895</v>
+        <v>118450</v>
       </c>
       <c r="D67" s="2" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="E67" s="2" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="F67" s="2" t="s">
-        <v>14</v>
+        <v>23</v>
       </c>
     </row>
     <row r="68" spans="1:6">
       <c r="A68" s="2">
         <v>63</v>
       </c>
       <c r="B68" s="2">
         <v>370</v>
       </c>
       <c r="C68" s="2">
-        <v>108724</v>
+        <v>118483</v>
       </c>
       <c r="D68" s="2" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="E68" s="2" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="F68" s="2" t="s">
-        <v>156</v>
+        <v>17</v>
       </c>
     </row>
     <row r="69" spans="1:6">
       <c r="A69" s="2">
         <v>63</v>
       </c>
       <c r="B69" s="2">
         <v>370</v>
       </c>
       <c r="C69" s="2">
-        <v>118437</v>
+        <v>118411</v>
       </c>
       <c r="D69" s="2" t="s">
         <v>157</v>
       </c>
       <c r="E69" s="2" t="s">
         <v>158</v>
       </c>
       <c r="F69" s="2" t="s">
-        <v>23</v>
+        <v>17</v>
       </c>
     </row>
     <row r="70" spans="1:6">
       <c r="A70" s="2">
         <v>63</v>
       </c>
       <c r="B70" s="2">
         <v>370</v>
       </c>
       <c r="C70" s="2">
-        <v>118392</v>
+        <v>116895</v>
       </c>
       <c r="D70" s="2" t="s">
         <v>159</v>
       </c>
       <c r="E70" s="2" t="s">
         <v>160</v>
       </c>
       <c r="F70" s="2" t="s">
-        <v>32</v>
+        <v>14</v>
       </c>
     </row>
     <row r="71" spans="1:6">
       <c r="A71" s="2">
         <v>70</v>
       </c>
       <c r="B71" s="2">
         <v>360</v>
       </c>
       <c r="C71" s="2">
         <v>118452</v>
       </c>
       <c r="D71" s="2" t="s">
         <v>161</v>
       </c>
       <c r="E71" s="2" t="s">
         <v>162</v>
       </c>
       <c r="F71" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="72" spans="1:6">
       <c r="A72" s="2">
         <v>70</v>
       </c>
       <c r="B72" s="2">
         <v>360</v>
       </c>
       <c r="C72" s="2">
-        <v>118496</v>
+        <v>106763</v>
       </c>
       <c r="D72" s="2" t="s">
-        <v>54</v>
+        <v>163</v>
       </c>
       <c r="E72" s="2" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="F72" s="2" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
     </row>
     <row r="73" spans="1:6">
       <c r="A73" s="2">
         <v>70</v>
       </c>
       <c r="B73" s="2">
         <v>360</v>
       </c>
       <c r="C73" s="2">
-        <v>106763</v>
+        <v>118438</v>
       </c>
       <c r="D73" s="2" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="E73" s="2" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="F73" s="2" t="s">
-        <v>14</v>
+        <v>23</v>
       </c>
     </row>
     <row r="74" spans="1:6">
       <c r="A74" s="2">
         <v>70</v>
       </c>
       <c r="B74" s="2">
         <v>360</v>
       </c>
       <c r="C74" s="2">
-        <v>118438</v>
+        <v>118496</v>
       </c>
       <c r="D74" s="2" t="s">
-        <v>166</v>
+        <v>58</v>
       </c>
       <c r="E74" s="2" t="s">
         <v>167</v>
       </c>
       <c r="F74" s="2" t="s">
-        <v>23</v>
+        <v>11</v>
       </c>
     </row>
     <row r="75" spans="1:6">
       <c r="A75" s="2">
         <v>74</v>
       </c>
       <c r="B75" s="2">
         <v>350</v>
       </c>
       <c r="C75" s="2">
-        <v>118497</v>
+        <v>118399</v>
       </c>
       <c r="D75" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="E75" s="2" t="s">
         <v>168</v>
-      </c>
-[...1 lines deleted...]
-        <v>169</v>
       </c>
       <c r="F75" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="76" spans="1:6">
       <c r="A76" s="2">
         <v>74</v>
       </c>
       <c r="B76" s="2">
         <v>350</v>
       </c>
       <c r="C76" s="2">
-        <v>112148</v>
+        <v>118378</v>
       </c>
       <c r="D76" s="2" t="s">
+        <v>169</v>
+      </c>
+      <c r="E76" s="2" t="s">
         <v>170</v>
-      </c>
-[...1 lines deleted...]
-        <v>171</v>
       </c>
       <c r="F76" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="77" spans="1:6">
       <c r="A77" s="2">
         <v>74</v>
       </c>
       <c r="B77" s="2">
         <v>350</v>
       </c>
       <c r="C77" s="2">
-        <v>118399</v>
+        <v>118354</v>
       </c>
       <c r="D77" s="2" t="s">
-        <v>7</v>
+        <v>171</v>
       </c>
       <c r="E77" s="2" t="s">
         <v>172</v>
       </c>
       <c r="F77" s="2" t="s">
-        <v>17</v>
+        <v>173</v>
       </c>
     </row>
     <row r="78" spans="1:6">
       <c r="A78" s="2">
         <v>74</v>
       </c>
       <c r="B78" s="2">
         <v>350</v>
       </c>
       <c r="C78" s="2">
-        <v>118378</v>
+        <v>118417</v>
       </c>
       <c r="D78" s="2" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="E78" s="2" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="F78" s="2" t="s">
-        <v>23</v>
+        <v>17</v>
       </c>
     </row>
     <row r="79" spans="1:6">
       <c r="A79" s="2">
         <v>74</v>
       </c>
       <c r="B79" s="2">
         <v>350</v>
       </c>
       <c r="C79" s="2">
-        <v>118354</v>
+        <v>118453</v>
       </c>
       <c r="D79" s="2" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="E79" s="2" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="F79" s="2" t="s">
-        <v>177</v>
+        <v>23</v>
       </c>
     </row>
     <row r="80" spans="1:6">
       <c r="A80" s="2">
         <v>74</v>
       </c>
       <c r="B80" s="2">
         <v>350</v>
       </c>
       <c r="C80" s="2">
-        <v>118417</v>
+        <v>106900</v>
       </c>
       <c r="D80" s="2" t="s">
         <v>178</v>
       </c>
       <c r="E80" s="2" t="s">
         <v>179</v>
       </c>
       <c r="F80" s="2" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
     </row>
     <row r="81" spans="1:6">
       <c r="A81" s="2">
         <v>74</v>
       </c>
       <c r="B81" s="2">
         <v>350</v>
       </c>
       <c r="C81" s="2">
-        <v>118453</v>
+        <v>118497</v>
       </c>
       <c r="D81" s="2" t="s">
         <v>180</v>
       </c>
       <c r="E81" s="2" t="s">
         <v>181</v>
       </c>
       <c r="F81" s="2" t="s">
-        <v>23</v>
+        <v>17</v>
       </c>
     </row>
     <row r="82" spans="1:6">
       <c r="A82" s="2">
         <v>74</v>
       </c>
       <c r="B82" s="2">
         <v>350</v>
       </c>
       <c r="C82" s="2">
-        <v>106900</v>
+        <v>112148</v>
       </c>
       <c r="D82" s="2" t="s">
         <v>182</v>
       </c>
       <c r="E82" s="2" t="s">
         <v>183</v>
       </c>
       <c r="F82" s="2" t="s">
-        <v>14</v>
+        <v>23</v>
       </c>
     </row>
     <row r="83" spans="1:6">
       <c r="A83" s="2">
         <v>82</v>
       </c>
       <c r="B83" s="2">
         <v>345</v>
       </c>
       <c r="C83" s="2">
         <v>118484</v>
       </c>
       <c r="D83" s="2" t="s">
         <v>184</v>
       </c>
       <c r="E83" s="2" t="s">
         <v>185</v>
       </c>
       <c r="F83" s="2" t="s">
-        <v>87</v>
+        <v>80</v>
       </c>
     </row>
     <row r="84" spans="1:6">
       <c r="A84" s="2">
         <v>83</v>
       </c>
       <c r="B84" s="2">
         <v>340</v>
       </c>
       <c r="C84" s="2">
-        <v>107492</v>
+        <v>118355</v>
       </c>
       <c r="D84" s="2" t="s">
         <v>186</v>
       </c>
       <c r="E84" s="2" t="s">
         <v>187</v>
       </c>
       <c r="F84" s="2" t="s">
-        <v>23</v>
+        <v>188</v>
       </c>
     </row>
     <row r="85" spans="1:6">
       <c r="A85" s="2">
         <v>83</v>
       </c>
       <c r="B85" s="2">
         <v>340</v>
       </c>
       <c r="C85" s="2">
-        <v>107634</v>
+        <v>115512</v>
       </c>
       <c r="D85" s="2" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="E85" s="2" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="F85" s="2" t="s">
-        <v>190</v>
+        <v>17</v>
       </c>
     </row>
     <row r="86" spans="1:6">
       <c r="A86" s="2">
         <v>83</v>
       </c>
       <c r="B86" s="2">
         <v>340</v>
       </c>
       <c r="C86" s="2">
-        <v>104907</v>
+        <v>116026</v>
       </c>
       <c r="D86" s="2" t="s">
         <v>191</v>
       </c>
       <c r="E86" s="2" t="s">
         <v>192</v>
       </c>
       <c r="F86" s="2" t="s">
-        <v>14</v>
+        <v>193</v>
       </c>
     </row>
     <row r="87" spans="1:6">
       <c r="A87" s="2">
         <v>83</v>
       </c>
       <c r="B87" s="2">
         <v>340</v>
       </c>
       <c r="C87" s="2">
-        <v>118355</v>
+        <v>118440</v>
       </c>
       <c r="D87" s="2" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="E87" s="2" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="F87" s="2" t="s">
-        <v>195</v>
+        <v>23</v>
       </c>
     </row>
     <row r="88" spans="1:6">
       <c r="A88" s="2">
         <v>83</v>
       </c>
       <c r="B88" s="2">
         <v>340</v>
       </c>
       <c r="C88" s="2">
-        <v>115512</v>
+        <v>107634</v>
       </c>
       <c r="D88" s="2" t="s">
         <v>196</v>
       </c>
       <c r="E88" s="2" t="s">
         <v>197</v>
       </c>
       <c r="F88" s="2" t="s">
-        <v>17</v>
+        <v>198</v>
       </c>
     </row>
     <row r="89" spans="1:6">
       <c r="A89" s="2">
         <v>83</v>
       </c>
       <c r="B89" s="2">
         <v>340</v>
       </c>
       <c r="C89" s="2">
-        <v>116026</v>
+        <v>118418</v>
       </c>
       <c r="D89" s="2" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="E89" s="2" t="s">
-        <v>199</v>
+        <v>19</v>
       </c>
       <c r="F89" s="2" t="s">
-        <v>200</v>
+        <v>17</v>
       </c>
     </row>
     <row r="90" spans="1:6">
       <c r="A90" s="2">
         <v>83</v>
       </c>
       <c r="B90" s="2">
         <v>340</v>
       </c>
       <c r="C90" s="2">
-        <v>118440</v>
+        <v>107492</v>
       </c>
       <c r="D90" s="2" t="s">
+        <v>200</v>
+      </c>
+      <c r="E90" s="2" t="s">
         <v>201</v>
-      </c>
-[...1 lines deleted...]
-        <v>202</v>
       </c>
       <c r="F90" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="91" spans="1:6">
       <c r="A91" s="2">
         <v>83</v>
       </c>
       <c r="B91" s="2">
         <v>340</v>
       </c>
       <c r="C91" s="2">
-        <v>118418</v>
+        <v>104907</v>
       </c>
       <c r="D91" s="2" t="s">
+        <v>202</v>
+      </c>
+      <c r="E91" s="2" t="s">
         <v>203</v>
       </c>
-      <c r="E91" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F91" s="2" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
     </row>
     <row r="92" spans="1:6">
       <c r="A92" s="2">
         <v>91</v>
       </c>
       <c r="B92" s="2">
         <v>330</v>
       </c>
       <c r="C92" s="2">
-        <v>118401</v>
+        <v>118456</v>
       </c>
       <c r="D92" s="2" t="s">
         <v>204</v>
       </c>
       <c r="E92" s="2" t="s">
         <v>205</v>
       </c>
       <c r="F92" s="2" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
     </row>
     <row r="93" spans="1:6">
       <c r="A93" s="2">
         <v>91</v>
       </c>
       <c r="B93" s="2">
         <v>330</v>
       </c>
       <c r="C93" s="2">
-        <v>111782</v>
+        <v>118511</v>
       </c>
       <c r="D93" s="2" t="s">
-        <v>7</v>
+        <v>206</v>
       </c>
       <c r="E93" s="2" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="F93" s="2" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
     </row>
     <row r="94" spans="1:6">
       <c r="A94" s="2">
         <v>91</v>
       </c>
       <c r="B94" s="2">
         <v>330</v>
       </c>
       <c r="C94" s="2">
-        <v>118456</v>
+        <v>103129</v>
       </c>
       <c r="D94" s="2" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="E94" s="2" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="F94" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="95" spans="1:6">
       <c r="A95" s="2">
         <v>91</v>
       </c>
       <c r="B95" s="2">
         <v>330</v>
       </c>
       <c r="C95" s="2">
-        <v>117854</v>
+        <v>101691</v>
       </c>
       <c r="D95" s="2" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="E95" s="2" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="F95" s="2" t="s">
-        <v>190</v>
+        <v>17</v>
       </c>
     </row>
     <row r="96" spans="1:6">
       <c r="A96" s="2">
         <v>91</v>
       </c>
       <c r="B96" s="2">
         <v>330</v>
       </c>
       <c r="C96" s="2">
-        <v>118356</v>
+        <v>118441</v>
       </c>
       <c r="D96" s="2" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="E96" s="2" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="F96" s="2" t="s">
-        <v>11</v>
+        <v>23</v>
       </c>
     </row>
     <row r="97" spans="1:6">
       <c r="A97" s="2">
         <v>91</v>
       </c>
       <c r="B97" s="2">
         <v>330</v>
       </c>
       <c r="C97" s="2">
-        <v>118511</v>
+        <v>118401</v>
       </c>
       <c r="D97" s="2" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="E97" s="2" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="F97" s="2" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
     </row>
     <row r="98" spans="1:6">
       <c r="A98" s="2">
         <v>91</v>
       </c>
       <c r="B98" s="2">
         <v>330</v>
       </c>
       <c r="C98" s="2">
-        <v>103129</v>
+        <v>117854</v>
       </c>
       <c r="D98" s="2" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="E98" s="2" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="F98" s="2" t="s">
-        <v>23</v>
+        <v>198</v>
       </c>
     </row>
     <row r="99" spans="1:6">
       <c r="A99" s="2">
         <v>91</v>
       </c>
       <c r="B99" s="2">
         <v>330</v>
       </c>
       <c r="C99" s="2">
-        <v>101691</v>
+        <v>118356</v>
       </c>
       <c r="D99" s="2" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="E99" s="2" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="F99" s="2" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
     </row>
     <row r="100" spans="1:6">
       <c r="A100" s="2">
         <v>91</v>
       </c>
       <c r="B100" s="2">
         <v>330</v>
       </c>
       <c r="C100" s="2">
-        <v>118441</v>
+        <v>111782</v>
       </c>
       <c r="D100" s="2" t="s">
-        <v>219</v>
+        <v>7</v>
       </c>
       <c r="E100" s="2" t="s">
         <v>220</v>
       </c>
       <c r="F100" s="2" t="s">
-        <v>23</v>
+        <v>17</v>
       </c>
     </row>
     <row r="101" spans="1:6">
       <c r="A101" s="2">
         <v>100</v>
       </c>
       <c r="B101" s="2">
         <v>320</v>
       </c>
       <c r="C101" s="2">
-        <v>118358</v>
+        <v>105953</v>
       </c>
       <c r="D101" s="2" t="s">
         <v>221</v>
       </c>
       <c r="E101" s="2" t="s">
         <v>222</v>
       </c>
       <c r="F101" s="2" t="s">
-        <v>63</v>
+        <v>198</v>
       </c>
     </row>
     <row r="102" spans="1:6">
       <c r="A102" s="2">
         <v>100</v>
       </c>
       <c r="B102" s="2">
         <v>320</v>
       </c>
       <c r="C102" s="2">
-        <v>112121</v>
+        <v>118393</v>
       </c>
       <c r="D102" s="2" t="s">
         <v>223</v>
       </c>
       <c r="E102" s="2" t="s">
         <v>224</v>
       </c>
       <c r="F102" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="103" spans="1:6">
       <c r="A103" s="2">
         <v>100</v>
       </c>
       <c r="B103" s="2">
         <v>320</v>
       </c>
       <c r="C103" s="2">
-        <v>118498</v>
+        <v>118457</v>
       </c>
       <c r="D103" s="2" t="s">
         <v>225</v>
       </c>
       <c r="E103" s="2" t="s">
         <v>226</v>
       </c>
       <c r="F103" s="2" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
     </row>
     <row r="104" spans="1:6">
       <c r="A104" s="2">
         <v>100</v>
       </c>
       <c r="B104" s="2">
         <v>320</v>
       </c>
       <c r="C104" s="2">
         <v>118402</v>
       </c>
       <c r="D104" s="2" t="s">
         <v>227</v>
       </c>
       <c r="E104" s="2" t="s">
         <v>228</v>
       </c>
       <c r="F104" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="105" spans="1:6">
       <c r="A105" s="2">
         <v>100</v>
       </c>
       <c r="B105" s="2">
         <v>320</v>
       </c>
       <c r="C105" s="2">
-        <v>114392</v>
+        <v>112590</v>
       </c>
       <c r="D105" s="2" t="s">
         <v>229</v>
       </c>
       <c r="E105" s="2" t="s">
         <v>230</v>
       </c>
       <c r="F105" s="2" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
     </row>
     <row r="106" spans="1:6">
       <c r="A106" s="2">
         <v>100</v>
       </c>
       <c r="B106" s="2">
         <v>320</v>
       </c>
       <c r="C106" s="2">
-        <v>118393</v>
+        <v>118358</v>
       </c>
       <c r="D106" s="2" t="s">
         <v>231</v>
       </c>
       <c r="E106" s="2" t="s">
         <v>232</v>
       </c>
       <c r="F106" s="2" t="s">
-        <v>23</v>
+        <v>51</v>
       </c>
     </row>
     <row r="107" spans="1:6">
       <c r="A107" s="2">
         <v>100</v>
       </c>
       <c r="B107" s="2">
         <v>320</v>
       </c>
       <c r="C107" s="2">
-        <v>118457</v>
+        <v>112121</v>
       </c>
       <c r="D107" s="2" t="s">
         <v>233</v>
       </c>
       <c r="E107" s="2" t="s">
         <v>234</v>
       </c>
       <c r="F107" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="108" spans="1:6">
       <c r="A108" s="2">
         <v>100</v>
       </c>
       <c r="B108" s="2">
         <v>320</v>
       </c>
       <c r="C108" s="2">
-        <v>105953</v>
+        <v>118498</v>
       </c>
       <c r="D108" s="2" t="s">
         <v>235</v>
       </c>
       <c r="E108" s="2" t="s">
         <v>236</v>
       </c>
       <c r="F108" s="2" t="s">
-        <v>190</v>
+        <v>17</v>
       </c>
     </row>
     <row r="109" spans="1:6">
       <c r="A109" s="2">
         <v>100</v>
       </c>
       <c r="B109" s="2">
         <v>320</v>
       </c>
       <c r="C109" s="2">
-        <v>112590</v>
+        <v>114392</v>
       </c>
       <c r="D109" s="2" t="s">
         <v>237</v>
       </c>
       <c r="E109" s="2" t="s">
         <v>238</v>
       </c>
       <c r="F109" s="2" t="s">
-        <v>14</v>
+        <v>23</v>
       </c>
     </row>
     <row r="110" spans="1:6">
       <c r="A110" s="2">
         <v>109</v>
       </c>
       <c r="B110" s="2">
         <v>310</v>
       </c>
       <c r="C110" s="2">
-        <v>118458</v>
+        <v>118403</v>
       </c>
       <c r="D110" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="E110" s="2" t="s">
         <v>239</v>
       </c>
-      <c r="E110" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F110" s="2" t="s">
-        <v>23</v>
+        <v>17</v>
       </c>
     </row>
     <row r="111" spans="1:6">
       <c r="A111" s="2">
         <v>109</v>
       </c>
       <c r="B111" s="2">
         <v>310</v>
       </c>
       <c r="C111" s="2">
-        <v>106952</v>
+        <v>118381</v>
       </c>
       <c r="D111" s="2" t="s">
+        <v>240</v>
+      </c>
+      <c r="E111" s="2" t="s">
         <v>241</v>
       </c>
-      <c r="E111" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F111" s="2" t="s">
-        <v>190</v>
+        <v>23</v>
       </c>
     </row>
     <row r="112" spans="1:6">
       <c r="A112" s="2">
         <v>109</v>
       </c>
       <c r="B112" s="2">
         <v>310</v>
       </c>
       <c r="C112" s="2">
-        <v>118374</v>
+        <v>115622</v>
       </c>
       <c r="D112" s="2" t="s">
+        <v>242</v>
+      </c>
+      <c r="E112" s="2" t="s">
         <v>243</v>
       </c>
-      <c r="E112" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F112" s="2" t="s">
-        <v>245</v>
+        <v>11</v>
       </c>
     </row>
     <row r="113" spans="1:6">
       <c r="A113" s="2">
         <v>109</v>
       </c>
       <c r="B113" s="2">
         <v>310</v>
       </c>
       <c r="C113" s="2">
-        <v>118512</v>
+        <v>118499</v>
       </c>
       <c r="D113" s="2" t="s">
-        <v>246</v>
+        <v>175</v>
       </c>
       <c r="E113" s="2" t="s">
-        <v>247</v>
+        <v>244</v>
       </c>
       <c r="F113" s="2" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
     </row>
     <row r="114" spans="1:6">
       <c r="A114" s="2">
         <v>109</v>
       </c>
       <c r="B114" s="2">
         <v>310</v>
       </c>
       <c r="C114" s="2">
-        <v>118403</v>
+        <v>118442</v>
       </c>
       <c r="D114" s="2" t="s">
-        <v>7</v>
+        <v>245</v>
       </c>
       <c r="E114" s="2" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
       <c r="F114" s="2" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
     </row>
     <row r="115" spans="1:6">
       <c r="A115" s="2">
         <v>109</v>
       </c>
       <c r="B115" s="2">
         <v>310</v>
       </c>
       <c r="C115" s="2">
-        <v>118381</v>
+        <v>106952</v>
       </c>
       <c r="D115" s="2" t="s">
-        <v>249</v>
+        <v>247</v>
       </c>
       <c r="E115" s="2" t="s">
-        <v>250</v>
+        <v>248</v>
       </c>
       <c r="F115" s="2" t="s">
-        <v>23</v>
+        <v>198</v>
       </c>
     </row>
     <row r="116" spans="1:6">
       <c r="A116" s="2">
         <v>109</v>
       </c>
       <c r="B116" s="2">
         <v>310</v>
       </c>
       <c r="C116" s="2">
-        <v>118499</v>
+        <v>118458</v>
       </c>
       <c r="D116" s="2" t="s">
-        <v>179</v>
+        <v>249</v>
       </c>
       <c r="E116" s="2" t="s">
-        <v>251</v>
+        <v>250</v>
       </c>
       <c r="F116" s="2" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
     </row>
     <row r="117" spans="1:6">
       <c r="A117" s="2">
         <v>109</v>
       </c>
       <c r="B117" s="2">
         <v>310</v>
       </c>
       <c r="C117" s="2">
-        <v>118442</v>
+        <v>118374</v>
       </c>
       <c r="D117" s="2" t="s">
+        <v>251</v>
+      </c>
+      <c r="E117" s="2" t="s">
         <v>252</v>
       </c>
-      <c r="E117" s="2" t="s">
+      <c r="F117" s="2" t="s">
         <v>253</v>
-      </c>
-[...1 lines deleted...]
-        <v>23</v>
       </c>
     </row>
     <row r="118" spans="1:6">
       <c r="A118" s="2">
         <v>109</v>
       </c>
       <c r="B118" s="2">
         <v>310</v>
       </c>
       <c r="C118" s="2">
-        <v>115622</v>
+        <v>118512</v>
       </c>
       <c r="D118" s="2" t="s">
         <v>254</v>
       </c>
       <c r="E118" s="2" t="s">
         <v>255</v>
       </c>
       <c r="F118" s="2" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
     </row>
     <row r="119" spans="1:6">
       <c r="A119" s="2">
         <v>118</v>
       </c>
       <c r="B119" s="2">
         <v>300</v>
       </c>
       <c r="C119" s="2">
         <v>118461</v>
       </c>
       <c r="D119" s="2" t="s">
         <v>256</v>
       </c>
       <c r="E119" s="2" t="s">
         <v>257</v>
       </c>
       <c r="F119" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="120" spans="1:6">
       <c r="A120" s="2">
         <v>118</v>
       </c>
       <c r="B120" s="2">
         <v>300</v>
       </c>
       <c r="C120" s="2">
-        <v>107628</v>
+        <v>118361</v>
       </c>
       <c r="D120" s="2" t="s">
         <v>258</v>
       </c>
       <c r="E120" s="2" t="s">
         <v>259</v>
       </c>
       <c r="F120" s="2" t="s">
-        <v>190</v>
+        <v>253</v>
       </c>
     </row>
     <row r="121" spans="1:6">
       <c r="A121" s="2">
         <v>118</v>
       </c>
       <c r="B121" s="2">
         <v>300</v>
       </c>
       <c r="C121" s="2">
-        <v>118361</v>
+        <v>111896</v>
       </c>
       <c r="D121" s="2" t="s">
         <v>260</v>
       </c>
       <c r="E121" s="2" t="s">
         <v>261</v>
       </c>
       <c r="F121" s="2" t="s">
-        <v>245</v>
+        <v>11</v>
       </c>
     </row>
     <row r="122" spans="1:6">
       <c r="A122" s="2">
         <v>118</v>
       </c>
       <c r="B122" s="2">
         <v>300</v>
       </c>
       <c r="C122" s="2">
         <v>101827</v>
       </c>
       <c r="D122" s="2" t="s">
         <v>262</v>
       </c>
       <c r="E122" s="2" t="s">
         <v>263</v>
       </c>
       <c r="F122" s="2" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="123" spans="1:6">
       <c r="A123" s="2">
         <v>118</v>
       </c>
       <c r="B123" s="2">
         <v>300</v>
       </c>
       <c r="C123" s="2">
-        <v>118422</v>
+        <v>118404</v>
       </c>
       <c r="D123" s="2" t="s">
-        <v>254</v>
+        <v>264</v>
       </c>
       <c r="E123" s="2" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="F123" s="2" t="s">
-        <v>45</v>
+        <v>17</v>
       </c>
     </row>
     <row r="124" spans="1:6">
       <c r="A124" s="2">
         <v>118</v>
       </c>
       <c r="B124" s="2">
         <v>300</v>
       </c>
       <c r="C124" s="2">
-        <v>118404</v>
+        <v>115931</v>
       </c>
       <c r="D124" s="2" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="E124" s="2" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="F124" s="2" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
     </row>
     <row r="125" spans="1:6">
       <c r="A125" s="2">
         <v>118</v>
       </c>
       <c r="B125" s="2">
         <v>300</v>
       </c>
       <c r="C125" s="2">
-        <v>111896</v>
+        <v>107628</v>
       </c>
       <c r="D125" s="2" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="E125" s="2" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="F125" s="2" t="s">
-        <v>11</v>
+        <v>198</v>
       </c>
     </row>
     <row r="126" spans="1:6">
       <c r="A126" s="2">
         <v>118</v>
       </c>
       <c r="B126" s="2">
         <v>300</v>
       </c>
       <c r="C126" s="2">
-        <v>115931</v>
+        <v>118422</v>
       </c>
       <c r="D126" s="2" t="s">
-        <v>269</v>
+        <v>242</v>
       </c>
       <c r="E126" s="2" t="s">
         <v>270</v>
       </c>
       <c r="F126" s="2" t="s">
-        <v>23</v>
+        <v>48</v>
       </c>
     </row>
     <row r="127" spans="1:6">
       <c r="A127" s="2">
         <v>126</v>
       </c>
       <c r="B127" s="2">
         <v>299</v>
       </c>
       <c r="C127" s="2">
         <v>114426</v>
       </c>
       <c r="D127" s="2" t="s">
         <v>271</v>
       </c>
       <c r="E127" s="2" t="s">
         <v>272</v>
       </c>
       <c r="F127" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="128" spans="1:6">
       <c r="A128" s="2">
         <v>127</v>
@@ -7211,100 +7211,100 @@
       </c>
       <c r="B130" s="2">
         <v>296</v>
       </c>
       <c r="C130" s="2">
         <v>112305</v>
       </c>
       <c r="D130" s="2" t="s">
         <v>277</v>
       </c>
       <c r="E130" s="2" t="s">
         <v>278</v>
       </c>
       <c r="F130" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="131" spans="1:6">
       <c r="A131" s="2">
         <v>130</v>
       </c>
       <c r="B131" s="2">
         <v>295</v>
       </c>
       <c r="C131" s="2">
-        <v>118394</v>
+        <v>106286</v>
       </c>
       <c r="D131" s="2" t="s">
-        <v>159</v>
+        <v>279</v>
       </c>
       <c r="E131" s="2" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="F131" s="2" t="s">
-        <v>45</v>
+        <v>23</v>
       </c>
     </row>
     <row r="132" spans="1:6">
       <c r="A132" s="2">
         <v>130</v>
       </c>
       <c r="B132" s="2">
         <v>295</v>
       </c>
       <c r="C132" s="2">
-        <v>106286</v>
+        <v>118485</v>
       </c>
       <c r="D132" s="2" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="E132" s="2" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="F132" s="2" t="s">
-        <v>23</v>
+        <v>17</v>
       </c>
     </row>
     <row r="133" spans="1:6">
       <c r="A133" s="2">
         <v>130</v>
       </c>
       <c r="B133" s="2">
         <v>295</v>
       </c>
       <c r="C133" s="2">
-        <v>118485</v>
+        <v>118394</v>
       </c>
       <c r="D133" s="2" t="s">
-        <v>282</v>
+        <v>146</v>
       </c>
       <c r="E133" s="2" t="s">
         <v>283</v>
       </c>
       <c r="F133" s="2" t="s">
-        <v>17</v>
+        <v>48</v>
       </c>
     </row>
     <row r="134" spans="1:6">
       <c r="A134" s="2">
         <v>133</v>
       </c>
       <c r="B134" s="2">
         <v>294</v>
       </c>
       <c r="C134" s="2">
         <v>103154</v>
       </c>
       <c r="D134" s="2" t="s">
         <v>284</v>
       </c>
       <c r="E134" s="2" t="s">
         <v>285</v>
       </c>
       <c r="F134" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="135" spans="1:6">
       <c r="A135" s="2">
         <v>134</v>
@@ -7351,1218 +7351,1218 @@
       </c>
       <c r="B137" s="2">
         <v>291</v>
       </c>
       <c r="C137" s="2">
         <v>103148</v>
       </c>
       <c r="D137" s="2" t="s">
         <v>289</v>
       </c>
       <c r="E137" s="2" t="s">
         <v>290</v>
       </c>
       <c r="F137" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="138" spans="1:6">
       <c r="A138" s="2">
         <v>137</v>
       </c>
       <c r="B138" s="2">
         <v>290</v>
       </c>
       <c r="C138" s="2">
-        <v>118405</v>
+        <v>117857</v>
       </c>
       <c r="D138" s="2" t="s">
-        <v>168</v>
+        <v>291</v>
       </c>
       <c r="E138" s="2" t="s">
-        <v>169</v>
+        <v>292</v>
       </c>
       <c r="F138" s="2" t="s">
-        <v>17</v>
+        <v>198</v>
       </c>
     </row>
     <row r="139" spans="1:6">
       <c r="A139" s="2">
         <v>137</v>
       </c>
       <c r="B139" s="2">
         <v>290</v>
       </c>
       <c r="C139" s="2">
-        <v>102654</v>
+        <v>118362</v>
       </c>
       <c r="D139" s="2" t="s">
-        <v>291</v>
+        <v>293</v>
       </c>
       <c r="E139" s="2" t="s">
-        <v>292</v>
+        <v>85</v>
       </c>
       <c r="F139" s="2" t="s">
-        <v>23</v>
+        <v>11</v>
       </c>
     </row>
     <row r="140" spans="1:6">
       <c r="A140" s="2">
         <v>137</v>
       </c>
       <c r="B140" s="2">
         <v>290</v>
       </c>
       <c r="C140" s="2">
-        <v>118446</v>
+        <v>118462</v>
       </c>
       <c r="D140" s="2" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="E140" s="2" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="F140" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="141" spans="1:6">
       <c r="A141" s="2">
         <v>137</v>
       </c>
       <c r="B141" s="2">
         <v>290</v>
       </c>
       <c r="C141" s="2">
-        <v>118462</v>
+        <v>113939</v>
       </c>
       <c r="D141" s="2" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="E141" s="2" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="F141" s="2" t="s">
-        <v>23</v>
+        <v>17</v>
       </c>
     </row>
     <row r="142" spans="1:6">
       <c r="A142" s="2">
         <v>137</v>
       </c>
       <c r="B142" s="2">
         <v>290</v>
       </c>
       <c r="C142" s="2">
-        <v>117857</v>
+        <v>106711</v>
       </c>
       <c r="D142" s="2" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="E142" s="2" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="F142" s="2" t="s">
-        <v>190</v>
+        <v>14</v>
       </c>
     </row>
     <row r="143" spans="1:6">
       <c r="A143" s="2">
         <v>137</v>
       </c>
       <c r="B143" s="2">
         <v>290</v>
       </c>
       <c r="C143" s="2">
-        <v>113939</v>
+        <v>118423</v>
       </c>
       <c r="D143" s="2" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="E143" s="2" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="F143" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="144" spans="1:6">
       <c r="A144" s="2">
         <v>137</v>
       </c>
       <c r="B144" s="2">
         <v>290</v>
       </c>
       <c r="C144" s="2">
-        <v>118362</v>
+        <v>118405</v>
       </c>
       <c r="D144" s="2" t="s">
-        <v>301</v>
+        <v>180</v>
       </c>
       <c r="E144" s="2" t="s">
-        <v>82</v>
+        <v>181</v>
       </c>
       <c r="F144" s="2" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
     </row>
     <row r="145" spans="1:6">
       <c r="A145" s="2">
         <v>137</v>
       </c>
       <c r="B145" s="2">
         <v>290</v>
       </c>
       <c r="C145" s="2">
-        <v>106711</v>
+        <v>102654</v>
       </c>
       <c r="D145" s="2" t="s">
         <v>302</v>
       </c>
       <c r="E145" s="2" t="s">
         <v>303</v>
       </c>
       <c r="F145" s="2" t="s">
-        <v>14</v>
+        <v>23</v>
       </c>
     </row>
     <row r="146" spans="1:6">
       <c r="A146" s="2">
         <v>137</v>
       </c>
       <c r="B146" s="2">
         <v>290</v>
       </c>
       <c r="C146" s="2">
-        <v>118423</v>
+        <v>118446</v>
       </c>
       <c r="D146" s="2" t="s">
         <v>304</v>
       </c>
       <c r="E146" s="2" t="s">
         <v>305</v>
       </c>
       <c r="F146" s="2" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
     </row>
     <row r="147" spans="1:6">
       <c r="A147" s="2">
         <v>146</v>
       </c>
       <c r="B147" s="2">
         <v>289</v>
       </c>
       <c r="C147" s="2">
         <v>102641</v>
       </c>
       <c r="D147" s="2" t="s">
         <v>306</v>
       </c>
       <c r="E147" s="2" t="s">
         <v>307</v>
       </c>
       <c r="F147" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="148" spans="1:6">
       <c r="A148" s="2">
         <v>147</v>
       </c>
       <c r="B148" s="2">
         <v>280</v>
       </c>
       <c r="C148" s="2">
-        <v>118463</v>
+        <v>118406</v>
       </c>
       <c r="D148" s="2" t="s">
         <v>308</v>
       </c>
       <c r="E148" s="2" t="s">
         <v>309</v>
       </c>
       <c r="F148" s="2" t="s">
-        <v>23</v>
+        <v>17</v>
       </c>
     </row>
     <row r="149" spans="1:6">
       <c r="A149" s="2">
         <v>147</v>
       </c>
       <c r="B149" s="2">
         <v>280</v>
       </c>
       <c r="C149" s="2">
-        <v>102694</v>
+        <v>115191</v>
       </c>
       <c r="D149" s="2" t="s">
         <v>310</v>
       </c>
       <c r="E149" s="2" t="s">
         <v>311</v>
       </c>
       <c r="F149" s="2" t="s">
-        <v>190</v>
+        <v>23</v>
       </c>
     </row>
     <row r="150" spans="1:6">
       <c r="A150" s="2">
         <v>147</v>
       </c>
       <c r="B150" s="2">
         <v>280</v>
       </c>
       <c r="C150" s="2">
-        <v>118513</v>
+        <v>102694</v>
       </c>
       <c r="D150" s="2" t="s">
         <v>312</v>
       </c>
       <c r="E150" s="2" t="s">
         <v>313</v>
       </c>
       <c r="F150" s="2" t="s">
-        <v>14</v>
+        <v>198</v>
       </c>
     </row>
     <row r="151" spans="1:6">
       <c r="A151" s="2">
         <v>147</v>
       </c>
       <c r="B151" s="2">
         <v>280</v>
       </c>
       <c r="C151" s="2">
-        <v>118424</v>
+        <v>118463</v>
       </c>
       <c r="D151" s="2" t="s">
         <v>314</v>
       </c>
       <c r="E151" s="2" t="s">
         <v>315</v>
       </c>
       <c r="F151" s="2" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
     </row>
     <row r="152" spans="1:6">
       <c r="A152" s="2">
         <v>147</v>
       </c>
       <c r="B152" s="2">
         <v>280</v>
       </c>
       <c r="C152" s="2">
-        <v>118406</v>
+        <v>118513</v>
       </c>
       <c r="D152" s="2" t="s">
         <v>316</v>
       </c>
       <c r="E152" s="2" t="s">
         <v>317</v>
       </c>
       <c r="F152" s="2" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
     </row>
     <row r="153" spans="1:6">
       <c r="A153" s="2">
         <v>147</v>
       </c>
       <c r="B153" s="2">
         <v>280</v>
       </c>
       <c r="C153" s="2">
-        <v>115191</v>
+        <v>118424</v>
       </c>
       <c r="D153" s="2" t="s">
         <v>318</v>
       </c>
       <c r="E153" s="2" t="s">
         <v>319</v>
       </c>
       <c r="F153" s="2" t="s">
-        <v>23</v>
+        <v>17</v>
       </c>
     </row>
     <row r="154" spans="1:6">
       <c r="A154" s="2">
         <v>153</v>
       </c>
       <c r="B154" s="2">
         <v>270</v>
       </c>
       <c r="C154" s="2">
-        <v>112073</v>
+        <v>118464</v>
       </c>
       <c r="D154" s="2" t="s">
         <v>320</v>
       </c>
       <c r="E154" s="2" t="s">
         <v>321</v>
       </c>
       <c r="F154" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="155" spans="1:6">
       <c r="A155" s="2">
         <v>153</v>
       </c>
       <c r="B155" s="2">
         <v>270</v>
       </c>
       <c r="C155" s="2">
-        <v>104485</v>
+        <v>113883</v>
       </c>
       <c r="D155" s="2" t="s">
         <v>322</v>
       </c>
       <c r="E155" s="2" t="s">
         <v>323</v>
       </c>
       <c r="F155" s="2" t="s">
-        <v>324</v>
+        <v>34</v>
       </c>
     </row>
     <row r="156" spans="1:6">
       <c r="A156" s="2">
         <v>153</v>
       </c>
       <c r="B156" s="2">
         <v>270</v>
       </c>
       <c r="C156" s="2">
-        <v>118500</v>
+        <v>109546</v>
       </c>
       <c r="D156" s="2" t="s">
+        <v>324</v>
+      </c>
+      <c r="E156" s="2" t="s">
         <v>325</v>
       </c>
-      <c r="E156" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F156" s="2" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
     </row>
     <row r="157" spans="1:6">
       <c r="A157" s="2">
         <v>153</v>
       </c>
       <c r="B157" s="2">
         <v>270</v>
       </c>
       <c r="C157" s="2">
-        <v>115611</v>
+        <v>104485</v>
       </c>
       <c r="D157" s="2" t="s">
+        <v>326</v>
+      </c>
+      <c r="E157" s="2" t="s">
         <v>327</v>
       </c>
-      <c r="E157" s="2" t="s">
+      <c r="F157" s="2" t="s">
         <v>328</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
     </row>
     <row r="158" spans="1:6">
       <c r="A158" s="2">
         <v>153</v>
       </c>
       <c r="B158" s="2">
         <v>270</v>
       </c>
       <c r="C158" s="2">
-        <v>118464</v>
+        <v>115611</v>
       </c>
       <c r="D158" s="2" t="s">
         <v>329</v>
       </c>
       <c r="E158" s="2" t="s">
         <v>330</v>
       </c>
       <c r="F158" s="2" t="s">
-        <v>23</v>
+        <v>11</v>
       </c>
     </row>
     <row r="159" spans="1:6">
       <c r="A159" s="2">
         <v>153</v>
       </c>
       <c r="B159" s="2">
         <v>270</v>
       </c>
       <c r="C159" s="2">
-        <v>109546</v>
+        <v>112073</v>
       </c>
       <c r="D159" s="2" t="s">
         <v>331</v>
       </c>
       <c r="E159" s="2" t="s">
         <v>332</v>
       </c>
       <c r="F159" s="2" t="s">
-        <v>14</v>
+        <v>23</v>
       </c>
     </row>
     <row r="160" spans="1:6">
       <c r="A160" s="2">
         <v>153</v>
       </c>
       <c r="B160" s="2">
         <v>270</v>
       </c>
       <c r="C160" s="2">
-        <v>113883</v>
+        <v>118500</v>
       </c>
       <c r="D160" s="2" t="s">
         <v>333</v>
       </c>
       <c r="E160" s="2" t="s">
         <v>334</v>
       </c>
       <c r="F160" s="2" t="s">
-        <v>32</v>
+        <v>17</v>
       </c>
     </row>
     <row r="161" spans="1:6">
       <c r="A161" s="2">
         <v>160</v>
       </c>
       <c r="B161" s="2">
         <v>265</v>
       </c>
       <c r="C161" s="2">
         <v>118486</v>
       </c>
       <c r="D161" s="2" t="s">
         <v>335</v>
       </c>
       <c r="E161" s="2" t="s">
         <v>336</v>
       </c>
       <c r="F161" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="162" spans="1:6">
       <c r="A162" s="2">
         <v>161</v>
       </c>
       <c r="B162" s="2">
         <v>260</v>
       </c>
       <c r="C162" s="2">
-        <v>118408</v>
+        <v>115626</v>
       </c>
       <c r="D162" s="2" t="s">
-        <v>325</v>
+        <v>337</v>
       </c>
       <c r="E162" s="2" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="F162" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="163" spans="1:6">
       <c r="A163" s="2">
         <v>161</v>
       </c>
       <c r="B163" s="2">
         <v>260</v>
       </c>
       <c r="C163" s="2">
-        <v>115629</v>
+        <v>118425</v>
       </c>
       <c r="D163" s="2" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="E163" s="2" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="F163" s="2" t="s">
-        <v>340</v>
+        <v>17</v>
       </c>
     </row>
     <row r="164" spans="1:6">
       <c r="A164" s="2">
         <v>161</v>
       </c>
       <c r="B164" s="2">
         <v>260</v>
       </c>
       <c r="C164" s="2">
-        <v>101118</v>
+        <v>114385</v>
       </c>
       <c r="D164" s="2" t="s">
         <v>341</v>
       </c>
       <c r="E164" s="2" t="s">
         <v>342</v>
       </c>
       <c r="F164" s="2" t="s">
-        <v>190</v>
+        <v>23</v>
       </c>
     </row>
     <row r="165" spans="1:6">
       <c r="A165" s="2">
         <v>161</v>
       </c>
       <c r="B165" s="2">
         <v>260</v>
       </c>
       <c r="C165" s="2">
-        <v>115626</v>
+        <v>118465</v>
       </c>
       <c r="D165" s="2" t="s">
         <v>343</v>
       </c>
       <c r="E165" s="2" t="s">
         <v>344</v>
       </c>
       <c r="F165" s="2" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
     </row>
     <row r="166" spans="1:6">
       <c r="A166" s="2">
         <v>161</v>
       </c>
       <c r="B166" s="2">
         <v>260</v>
       </c>
       <c r="C166" s="2">
-        <v>118425</v>
+        <v>118515</v>
       </c>
       <c r="D166" s="2" t="s">
         <v>345</v>
       </c>
       <c r="E166" s="2" t="s">
         <v>346</v>
       </c>
       <c r="F166" s="2" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
     </row>
     <row r="167" spans="1:6">
       <c r="A167" s="2">
         <v>161</v>
       </c>
       <c r="B167" s="2">
         <v>260</v>
       </c>
       <c r="C167" s="2">
-        <v>114385</v>
+        <v>118408</v>
       </c>
       <c r="D167" s="2" t="s">
+        <v>333</v>
+      </c>
+      <c r="E167" s="2" t="s">
         <v>347</v>
       </c>
-      <c r="E167" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F167" s="2" t="s">
-        <v>23</v>
+        <v>17</v>
       </c>
     </row>
     <row r="168" spans="1:6">
       <c r="A168" s="2">
         <v>161</v>
       </c>
       <c r="B168" s="2">
         <v>260</v>
       </c>
       <c r="C168" s="2">
-        <v>118465</v>
+        <v>101118</v>
       </c>
       <c r="D168" s="2" t="s">
+        <v>348</v>
+      </c>
+      <c r="E168" s="2" t="s">
         <v>349</v>
       </c>
-      <c r="E168" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F168" s="2" t="s">
-        <v>23</v>
+        <v>198</v>
       </c>
     </row>
     <row r="169" spans="1:6">
       <c r="A169" s="2">
         <v>161</v>
       </c>
       <c r="B169" s="2">
         <v>260</v>
       </c>
       <c r="C169" s="2">
-        <v>118515</v>
+        <v>115629</v>
       </c>
       <c r="D169" s="2" t="s">
+        <v>350</v>
+      </c>
+      <c r="E169" s="2" t="s">
         <v>351</v>
       </c>
-      <c r="E169" s="2" t="s">
+      <c r="F169" s="2" t="s">
         <v>352</v>
-      </c>
-[...1 lines deleted...]
-        <v>14</v>
       </c>
     </row>
     <row r="170" spans="1:6">
       <c r="A170" s="2">
         <v>169</v>
       </c>
       <c r="B170" s="2">
         <v>255</v>
       </c>
       <c r="C170" s="2">
         <v>118487</v>
       </c>
       <c r="D170" s="2" t="s">
         <v>353</v>
       </c>
       <c r="E170" s="2" t="s">
         <v>354</v>
       </c>
       <c r="F170" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="171" spans="1:6">
       <c r="A171" s="2">
         <v>170</v>
       </c>
       <c r="B171" s="2">
         <v>250</v>
       </c>
       <c r="C171" s="2">
-        <v>107447</v>
+        <v>100973</v>
       </c>
       <c r="D171" s="2" t="s">
         <v>355</v>
       </c>
       <c r="E171" s="2" t="s">
         <v>356</v>
       </c>
       <c r="F171" s="2" t="s">
-        <v>23</v>
+        <v>198</v>
       </c>
     </row>
     <row r="172" spans="1:6">
       <c r="A172" s="2">
         <v>170</v>
       </c>
       <c r="B172" s="2">
         <v>250</v>
       </c>
       <c r="C172" s="2">
-        <v>115539</v>
+        <v>118501</v>
       </c>
       <c r="D172" s="2" t="s">
         <v>357</v>
       </c>
       <c r="E172" s="2" t="s">
-        <v>358</v>
+        <v>7</v>
       </c>
       <c r="F172" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="173" spans="1:6">
       <c r="A173" s="2">
         <v>170</v>
       </c>
       <c r="B173" s="2">
         <v>250</v>
       </c>
       <c r="C173" s="2">
-        <v>100973</v>
+        <v>118488</v>
       </c>
       <c r="D173" s="2" t="s">
+        <v>358</v>
+      </c>
+      <c r="E173" s="2" t="s">
         <v>359</v>
       </c>
-      <c r="E173" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F173" s="2" t="s">
-        <v>190</v>
+        <v>17</v>
       </c>
     </row>
     <row r="174" spans="1:6">
       <c r="A174" s="2">
         <v>170</v>
       </c>
       <c r="B174" s="2">
         <v>250</v>
       </c>
       <c r="C174" s="2">
-        <v>118501</v>
+        <v>115681</v>
       </c>
       <c r="D174" s="2" t="s">
+        <v>360</v>
+      </c>
+      <c r="E174" s="2" t="s">
         <v>361</v>
-      </c>
-[...1 lines deleted...]
-        <v>7</v>
       </c>
       <c r="F174" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="175" spans="1:6">
       <c r="A175" s="2">
         <v>170</v>
       </c>
       <c r="B175" s="2">
         <v>250</v>
       </c>
       <c r="C175" s="2">
-        <v>118488</v>
+        <v>107447</v>
       </c>
       <c r="D175" s="2" t="s">
         <v>362</v>
       </c>
       <c r="E175" s="2" t="s">
         <v>363</v>
       </c>
       <c r="F175" s="2" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
     </row>
     <row r="176" spans="1:6">
       <c r="A176" s="2">
         <v>170</v>
       </c>
       <c r="B176" s="2">
         <v>250</v>
       </c>
       <c r="C176" s="2">
-        <v>115681</v>
+        <v>115539</v>
       </c>
       <c r="D176" s="2" t="s">
         <v>364</v>
       </c>
       <c r="E176" s="2" t="s">
         <v>365</v>
       </c>
       <c r="F176" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="177" spans="1:6">
       <c r="A177" s="2">
         <v>176</v>
       </c>
       <c r="B177" s="2">
         <v>249</v>
       </c>
       <c r="C177" s="2">
         <v>118502</v>
       </c>
       <c r="D177" s="2" t="s">
         <v>366</v>
       </c>
       <c r="E177" s="2" t="s">
         <v>367</v>
       </c>
       <c r="F177" s="2" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
     </row>
     <row r="178" spans="1:6">
       <c r="A178" s="2">
         <v>177</v>
       </c>
       <c r="B178" s="2">
         <v>245</v>
       </c>
       <c r="C178" s="2">
         <v>118490</v>
       </c>
       <c r="D178" s="2" t="s">
         <v>368</v>
       </c>
       <c r="E178" s="2" t="s">
         <v>369</v>
       </c>
       <c r="F178" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="179" spans="1:6">
       <c r="A179" s="2">
         <v>177</v>
       </c>
       <c r="B179" s="2">
         <v>245</v>
       </c>
       <c r="C179" s="2">
         <v>118467</v>
       </c>
       <c r="D179" s="2" t="s">
         <v>370</v>
       </c>
       <c r="E179" s="2" t="s">
-        <v>365</v>
+        <v>361</v>
       </c>
       <c r="F179" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="180" spans="1:6">
       <c r="A180" s="2">
         <v>179</v>
       </c>
       <c r="B180" s="2">
         <v>240</v>
       </c>
       <c r="C180" s="2">
-        <v>107629</v>
+        <v>118387</v>
       </c>
       <c r="D180" s="2" t="s">
         <v>371</v>
       </c>
       <c r="E180" s="2" t="s">
         <v>372</v>
       </c>
       <c r="F180" s="2" t="s">
-        <v>190</v>
+        <v>23</v>
       </c>
     </row>
     <row r="181" spans="1:6">
       <c r="A181" s="2">
         <v>179</v>
       </c>
       <c r="B181" s="2">
         <v>240</v>
       </c>
       <c r="C181" s="2">
-        <v>117994</v>
+        <v>118409</v>
       </c>
       <c r="D181" s="2" t="s">
+        <v>180</v>
+      </c>
+      <c r="E181" s="2" t="s">
         <v>373</v>
       </c>
-      <c r="E181" s="2"/>
       <c r="F181" s="2" t="s">
-        <v>190</v>
+        <v>17</v>
       </c>
     </row>
     <row r="182" spans="1:6">
       <c r="A182" s="2">
         <v>179</v>
       </c>
       <c r="B182" s="2">
         <v>240</v>
       </c>
       <c r="C182" s="2">
-        <v>118426</v>
+        <v>107629</v>
       </c>
       <c r="D182" s="2" t="s">
-        <v>7</v>
+        <v>374</v>
       </c>
       <c r="E182" s="2" t="s">
-        <v>218</v>
+        <v>375</v>
       </c>
       <c r="F182" s="2" t="s">
-        <v>17</v>
+        <v>198</v>
       </c>
     </row>
     <row r="183" spans="1:6">
       <c r="A183" s="2">
         <v>179</v>
       </c>
       <c r="B183" s="2">
         <v>240</v>
       </c>
       <c r="C183" s="2">
-        <v>118387</v>
+        <v>117994</v>
       </c>
       <c r="D183" s="2" t="s">
-        <v>374</v>
-[...3 lines deleted...]
-      </c>
+        <v>376</v>
+      </c>
+      <c r="E183" s="2"/>
       <c r="F183" s="2" t="s">
-        <v>23</v>
+        <v>198</v>
       </c>
     </row>
     <row r="184" spans="1:6">
       <c r="A184" s="2">
         <v>179</v>
       </c>
       <c r="B184" s="2">
         <v>240</v>
       </c>
       <c r="C184" s="2">
-        <v>118409</v>
+        <v>118426</v>
       </c>
       <c r="D184" s="2" t="s">
-        <v>168</v>
+        <v>7</v>
       </c>
       <c r="E184" s="2" t="s">
-        <v>376</v>
+        <v>211</v>
       </c>
       <c r="F184" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="185" spans="1:6">
       <c r="A185" s="2">
         <v>184</v>
       </c>
       <c r="B185" s="2">
         <v>230</v>
       </c>
       <c r="C185" s="2">
-        <v>113254</v>
+        <v>118427</v>
       </c>
       <c r="D185" s="2" t="s">
         <v>377</v>
       </c>
       <c r="E185" s="2" t="s">
         <v>378</v>
       </c>
       <c r="F185" s="2" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
     </row>
     <row r="186" spans="1:6">
       <c r="A186" s="2">
         <v>184</v>
       </c>
       <c r="B186" s="2">
         <v>230</v>
       </c>
       <c r="C186" s="2">
-        <v>118427</v>
+        <v>114386</v>
       </c>
       <c r="D186" s="2" t="s">
         <v>379</v>
       </c>
       <c r="E186" s="2" t="s">
         <v>380</v>
       </c>
       <c r="F186" s="2" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
     </row>
     <row r="187" spans="1:6">
       <c r="A187" s="2">
         <v>184</v>
       </c>
       <c r="B187" s="2">
         <v>230</v>
       </c>
       <c r="C187" s="2">
-        <v>114386</v>
+        <v>113254</v>
       </c>
       <c r="D187" s="2" t="s">
         <v>381</v>
       </c>
       <c r="E187" s="2" t="s">
         <v>382</v>
       </c>
       <c r="F187" s="2" t="s">
-        <v>23</v>
+        <v>11</v>
       </c>
     </row>
     <row r="188" spans="1:6">
       <c r="A188" s="2">
         <v>184</v>
       </c>
       <c r="B188" s="2">
         <v>230</v>
       </c>
       <c r="C188" s="2">
         <v>118410</v>
       </c>
       <c r="D188" s="2" t="s">
-        <v>218</v>
+        <v>211</v>
       </c>
       <c r="E188" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F188" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="189" spans="1:6">
       <c r="A189" s="2">
         <v>188</v>
       </c>
       <c r="B189" s="2">
         <v>220</v>
       </c>
       <c r="C189" s="2">
-        <v>118389</v>
+        <v>118413</v>
       </c>
       <c r="D189" s="2" t="s">
+        <v>85</v>
+      </c>
+      <c r="E189" s="2" t="s">
         <v>383</v>
       </c>
-      <c r="E189" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F189" s="2" t="s">
-        <v>23</v>
+        <v>11</v>
       </c>
     </row>
     <row r="190" spans="1:6">
       <c r="A190" s="2">
         <v>188</v>
       </c>
       <c r="B190" s="2">
         <v>220</v>
       </c>
       <c r="C190" s="2">
-        <v>118413</v>
+        <v>115646</v>
       </c>
       <c r="D190" s="2" t="s">
-        <v>82</v>
+        <v>384</v>
       </c>
       <c r="E190" s="2" t="s">
         <v>385</v>
       </c>
       <c r="F190" s="2" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
     </row>
     <row r="191" spans="1:6">
       <c r="A191" s="2">
         <v>188</v>
       </c>
       <c r="B191" s="2">
         <v>220</v>
       </c>
       <c r="C191" s="2">
-        <v>102696</v>
+        <v>118389</v>
       </c>
       <c r="D191" s="2" t="s">
         <v>386</v>
       </c>
       <c r="E191" s="2" t="s">
         <v>387</v>
       </c>
       <c r="F191" s="2" t="s">
-        <v>190</v>
+        <v>23</v>
       </c>
     </row>
     <row r="192" spans="1:6">
       <c r="A192" s="2">
         <v>188</v>
       </c>
       <c r="B192" s="2">
         <v>220</v>
       </c>
       <c r="C192" s="2">
-        <v>115646</v>
+        <v>102696</v>
       </c>
       <c r="D192" s="2" t="s">
         <v>388</v>
       </c>
       <c r="E192" s="2" t="s">
         <v>389</v>
       </c>
       <c r="F192" s="2" t="s">
-        <v>17</v>
+        <v>198</v>
       </c>
     </row>
     <row r="193" spans="1:6">
       <c r="A193" s="2">
         <v>192</v>
       </c>
       <c r="B193" s="2">
         <v>210</v>
       </c>
       <c r="C193" s="2">
         <v>114704</v>
       </c>
       <c r="D193" s="2" t="s">
         <v>390</v>
       </c>
       <c r="E193" s="2" t="s">
         <v>391</v>
       </c>
       <c r="F193" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="194" spans="1:6">
       <c r="A194" s="2">
         <v>192</v>
       </c>
       <c r="B194" s="2">
         <v>210</v>
       </c>
       <c r="C194" s="2">
         <v>103603</v>
       </c>
       <c r="D194" s="2" t="s">
         <v>392</v>
       </c>
       <c r="E194" s="2" t="s">
         <v>393</v>
       </c>
       <c r="F194" s="2" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="195" spans="1:6">
       <c r="A195" s="2">
         <v>194</v>
       </c>
       <c r="B195" s="2">
         <v>200</v>
       </c>
       <c r="C195" s="2">
-        <v>113122</v>
+        <v>105787</v>
       </c>
       <c r="D195" s="2" t="s">
         <v>394</v>
       </c>
       <c r="E195" s="2" t="s">
         <v>395</v>
       </c>
       <c r="F195" s="2" t="s">
-        <v>190</v>
+        <v>23</v>
       </c>
     </row>
     <row r="196" spans="1:6">
       <c r="A196" s="2">
         <v>194</v>
       </c>
       <c r="B196" s="2">
         <v>200</v>
       </c>
       <c r="C196" s="2">
-        <v>105787</v>
+        <v>113122</v>
       </c>
       <c r="D196" s="2" t="s">
         <v>396</v>
       </c>
       <c r="E196" s="2" t="s">
         <v>397</v>
       </c>
       <c r="F196" s="2" t="s">
-        <v>23</v>
+        <v>198</v>
       </c>
     </row>
     <row r="197" spans="1:6">
       <c r="A197" s="2">
         <v>196</v>
       </c>
       <c r="B197" s="2">
         <v>199</v>
       </c>
       <c r="C197" s="2">
         <v>113071</v>
       </c>
       <c r="D197" s="2" t="s">
         <v>398</v>
       </c>
       <c r="E197" s="2" t="s">
         <v>399</v>
       </c>
       <c r="F197" s="2" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="198" spans="1:6">
       <c r="A198" s="2">
         <v>197</v>
@@ -8578,371 +8578,371 @@
       </c>
       <c r="E198" s="2" t="s">
         <v>401</v>
       </c>
       <c r="F198" s="2" t="s">
         <v>402</v>
       </c>
     </row>
     <row r="199" spans="1:6">
       <c r="A199" s="2">
         <v>198</v>
       </c>
       <c r="B199" s="2">
         <v>197</v>
       </c>
       <c r="C199" s="2">
         <v>117864</v>
       </c>
       <c r="D199" s="2" t="s">
         <v>403</v>
       </c>
       <c r="E199" s="2" t="s">
         <v>404</v>
       </c>
       <c r="F199" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="200" spans="1:6">
       <c r="A200" s="2">
         <v>199</v>
       </c>
       <c r="B200" s="2">
         <v>196</v>
       </c>
       <c r="C200" s="2">
-        <v>118081</v>
+        <v>106960</v>
       </c>
       <c r="D200" s="2" t="s">
         <v>405</v>
       </c>
       <c r="E200" s="2" t="s">
         <v>406</v>
       </c>
       <c r="F200" s="2" t="s">
-        <v>190</v>
+        <v>34</v>
       </c>
     </row>
     <row r="201" spans="1:6">
       <c r="A201" s="2">
         <v>199</v>
       </c>
       <c r="B201" s="2">
         <v>196</v>
       </c>
       <c r="C201" s="2">
-        <v>106960</v>
+        <v>118081</v>
       </c>
       <c r="D201" s="2" t="s">
         <v>407</v>
       </c>
       <c r="E201" s="2" t="s">
         <v>408</v>
       </c>
       <c r="F201" s="2" t="s">
-        <v>32</v>
+        <v>198</v>
       </c>
     </row>
     <row r="202" spans="1:6">
       <c r="A202" s="2">
         <v>201</v>
       </c>
       <c r="B202" s="2">
         <v>195</v>
       </c>
       <c r="C202" s="2">
         <v>111638</v>
       </c>
       <c r="D202" s="2" t="s">
         <v>409</v>
       </c>
       <c r="E202" s="2" t="s">
         <v>410</v>
       </c>
       <c r="F202" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="203" spans="1:6">
       <c r="A203" s="2">
         <v>202</v>
       </c>
       <c r="B203" s="2">
         <v>194</v>
       </c>
       <c r="C203" s="2">
         <v>102950</v>
       </c>
       <c r="D203" s="2" t="s">
         <v>411</v>
       </c>
       <c r="E203" s="2" t="s">
         <v>412</v>
       </c>
       <c r="F203" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="204" spans="1:6">
       <c r="A204" s="2">
         <v>203</v>
       </c>
       <c r="B204" s="2">
         <v>193</v>
       </c>
       <c r="C204" s="2">
         <v>117868</v>
       </c>
       <c r="D204" s="2" t="s">
         <v>413</v>
       </c>
       <c r="E204" s="2" t="s">
         <v>414</v>
       </c>
       <c r="F204" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="205" spans="1:6">
       <c r="A205" s="2">
         <v>204</v>
       </c>
       <c r="B205" s="2">
         <v>192</v>
       </c>
       <c r="C205" s="2">
         <v>117869</v>
       </c>
       <c r="D205" s="2" t="s">
         <v>415</v>
       </c>
       <c r="E205" s="2" t="s">
         <v>416</v>
       </c>
       <c r="F205" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="206" spans="1:6">
       <c r="A206" s="2">
         <v>205</v>
       </c>
       <c r="B206" s="2">
         <v>191</v>
       </c>
       <c r="C206" s="2">
         <v>117870</v>
       </c>
       <c r="D206" s="2" t="s">
         <v>417</v>
       </c>
       <c r="E206" s="2" t="s">
         <v>418</v>
       </c>
       <c r="F206" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="207" spans="1:6">
       <c r="A207" s="2">
         <v>206</v>
       </c>
       <c r="B207" s="2">
         <v>190</v>
       </c>
       <c r="C207" s="2">
         <v>117871</v>
       </c>
       <c r="D207" s="2" t="s">
         <v>419</v>
       </c>
       <c r="E207" s="2" t="s">
         <v>420</v>
       </c>
       <c r="F207" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="208" spans="1:6">
       <c r="A208" s="2">
         <v>207</v>
       </c>
       <c r="B208" s="2">
         <v>189</v>
       </c>
       <c r="C208" s="2">
         <v>113079</v>
       </c>
       <c r="D208" s="2" t="s">
         <v>421</v>
       </c>
       <c r="E208" s="2" t="s">
         <v>422</v>
       </c>
       <c r="F208" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="209" spans="1:6">
       <c r="A209" s="2">
         <v>208</v>
       </c>
       <c r="B209" s="2">
         <v>188</v>
       </c>
       <c r="C209" s="2">
         <v>117873</v>
       </c>
       <c r="D209" s="2" t="s">
         <v>423</v>
       </c>
       <c r="E209" s="2" t="s">
         <v>424</v>
       </c>
       <c r="F209" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="210" spans="1:6">
       <c r="A210" s="2">
         <v>209</v>
       </c>
       <c r="B210" s="2">
         <v>187</v>
       </c>
       <c r="C210" s="2">
         <v>117874</v>
       </c>
       <c r="D210" s="2" t="s">
         <v>425</v>
       </c>
       <c r="E210" s="2" t="s">
         <v>426</v>
       </c>
       <c r="F210" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="211" spans="1:6">
       <c r="A211" s="2">
         <v>210</v>
       </c>
       <c r="B211" s="2">
         <v>186</v>
       </c>
       <c r="C211" s="2">
         <v>102759</v>
       </c>
       <c r="D211" s="2" t="s">
         <v>427</v>
       </c>
       <c r="E211" s="2" t="s">
         <v>428</v>
       </c>
       <c r="F211" s="2" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="212" spans="1:6">
       <c r="A212" s="2">
         <v>211</v>
       </c>
       <c r="B212" s="2">
         <v>185</v>
       </c>
       <c r="C212" s="2">
         <v>117876</v>
       </c>
       <c r="D212" s="2" t="s">
         <v>429</v>
       </c>
       <c r="E212" s="2" t="s">
         <v>430</v>
       </c>
       <c r="F212" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="213" spans="1:6">
       <c r="A213" s="2">
         <v>212</v>
       </c>
       <c r="B213" s="2">
         <v>184</v>
       </c>
       <c r="C213" s="2">
         <v>117877</v>
       </c>
       <c r="D213" s="2" t="s">
         <v>431</v>
       </c>
       <c r="E213" s="2" t="s">
         <v>432</v>
       </c>
       <c r="F213" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="214" spans="1:6">
       <c r="A214" s="2">
         <v>213</v>
       </c>
       <c r="B214" s="2">
         <v>183</v>
       </c>
       <c r="C214" s="2">
         <v>117878</v>
       </c>
       <c r="D214" s="2" t="s">
         <v>433</v>
       </c>
       <c r="E214" s="2" t="s">
         <v>434</v>
       </c>
       <c r="F214" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="215" spans="1:6">
       <c r="A215" s="2">
         <v>214</v>
       </c>
       <c r="B215" s="2">
         <v>182</v>
       </c>
       <c r="C215" s="2">
         <v>117879</v>
       </c>
       <c r="D215" s="2" t="s">
         <v>435</v>
       </c>
       <c r="E215" s="2" t="s">
         <v>436</v>
       </c>
       <c r="F215" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="216" spans="1:6">
       <c r="A216" s="2">
         <v>215</v>
       </c>
       <c r="B216" s="2">
         <v>181</v>
       </c>
       <c r="C216" s="2">
         <v>114869</v>
       </c>
       <c r="D216" s="2" t="s">
         <v>437</v>
       </c>
       <c r="E216" s="2" t="s">
         <v>438</v>
       </c>
       <c r="F216" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="217" spans="1:6">
       <c r="A217" s="2">
         <v>216</v>
@@ -8956,171 +8956,171 @@
       <c r="D217" s="2" t="s">
         <v>439</v>
       </c>
       <c r="E217" s="2" t="s">
         <v>440</v>
       </c>
       <c r="F217" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="218" spans="1:6">
       <c r="A218" s="2">
         <v>217</v>
       </c>
       <c r="B218" s="2">
         <v>179</v>
       </c>
       <c r="C218" s="2">
         <v>117882</v>
       </c>
       <c r="D218" s="2" t="s">
         <v>441</v>
       </c>
       <c r="E218" s="2"/>
       <c r="F218" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="219" spans="1:6">
       <c r="A219" s="2">
         <v>218</v>
       </c>
       <c r="B219" s="2">
         <v>178</v>
       </c>
       <c r="C219" s="2">
         <v>101972</v>
       </c>
       <c r="D219" s="2" t="s">
         <v>442</v>
       </c>
       <c r="E219" s="2" t="s">
         <v>443</v>
       </c>
       <c r="F219" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="220" spans="1:6">
       <c r="A220" s="2">
         <v>219</v>
       </c>
       <c r="B220" s="2">
         <v>177</v>
       </c>
       <c r="C220" s="2">
         <v>117884</v>
       </c>
       <c r="D220" s="2" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="E220" s="2" t="s">
         <v>444</v>
       </c>
       <c r="F220" s="2" t="s">
-        <v>324</v>
+        <v>328</v>
       </c>
     </row>
     <row r="221" spans="1:6">
       <c r="A221" s="2">
         <v>220</v>
       </c>
       <c r="B221" s="2">
         <v>176</v>
       </c>
       <c r="C221" s="2">
         <v>117885</v>
       </c>
       <c r="D221" s="2" t="s">
         <v>445</v>
       </c>
       <c r="E221" s="2" t="s">
         <v>446</v>
       </c>
       <c r="F221" s="2" t="s">
-        <v>324</v>
+        <v>328</v>
       </c>
     </row>
     <row r="222" spans="1:6">
       <c r="A222" s="2">
         <v>221</v>
       </c>
       <c r="B222" s="2">
         <v>175</v>
       </c>
       <c r="C222" s="2">
         <v>117886</v>
       </c>
       <c r="D222" s="2" t="s">
         <v>447</v>
       </c>
       <c r="E222" s="2" t="s">
-        <v>242</v>
+        <v>248</v>
       </c>
       <c r="F222" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="223" spans="1:6">
       <c r="A223" s="2">
         <v>222</v>
       </c>
       <c r="B223" s="2">
         <v>174</v>
       </c>
       <c r="C223" s="2">
         <v>102442</v>
       </c>
       <c r="D223" s="2" t="s">
         <v>448</v>
       </c>
       <c r="E223" s="2" t="s">
         <v>448</v>
       </c>
       <c r="F223" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="224" spans="1:6">
       <c r="A224" s="2">
         <v>223</v>
       </c>
       <c r="B224" s="2">
         <v>173</v>
       </c>
       <c r="C224" s="2">
         <v>117888</v>
       </c>
       <c r="D224" s="2" t="s">
         <v>449</v>
       </c>
       <c r="E224" s="2" t="s">
         <v>450</v>
       </c>
       <c r="F224" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="225" spans="1:6">
       <c r="A225" s="2">
         <v>224</v>
       </c>
       <c r="B225" s="2">
         <v>172</v>
       </c>
       <c r="C225" s="2">
         <v>117889</v>
       </c>
       <c r="D225" s="2" t="s">
         <v>437</v>
       </c>
       <c r="E225" s="2" t="s">
         <v>451</v>
       </c>
       <c r="F225" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="226" spans="1:6">
       <c r="A226" s="2">
         <v>225</v>
@@ -9136,7653 +9136,7653 @@
       </c>
       <c r="E226" s="2" t="s">
         <v>453</v>
       </c>
       <c r="F226" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="227" spans="1:6">
       <c r="A227" s="2">
         <v>226</v>
       </c>
       <c r="B227" s="2">
         <v>170</v>
       </c>
       <c r="C227" s="2">
         <v>102405</v>
       </c>
       <c r="D227" s="2" t="s">
         <v>454</v>
       </c>
       <c r="E227" s="2" t="s">
         <v>455</v>
       </c>
       <c r="F227" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="228" spans="1:6">
       <c r="A228" s="2">
         <v>227</v>
       </c>
       <c r="B228" s="2">
         <v>169</v>
       </c>
       <c r="C228" s="2">
         <v>102830</v>
       </c>
       <c r="D228" s="2" t="s">
         <v>456</v>
       </c>
       <c r="E228" s="2" t="s">
         <v>457</v>
       </c>
       <c r="F228" s="2" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="229" spans="1:6">
       <c r="A229" s="2">
         <v>228</v>
       </c>
       <c r="B229" s="2">
         <v>168</v>
       </c>
       <c r="C229" s="2">
         <v>117893</v>
       </c>
       <c r="D229" s="2" t="s">
         <v>458</v>
       </c>
       <c r="E229" s="2" t="s">
         <v>459</v>
       </c>
       <c r="F229" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="230" spans="1:6">
       <c r="A230" s="2">
         <v>229</v>
       </c>
       <c r="B230" s="2">
         <v>167</v>
       </c>
       <c r="C230" s="2">
         <v>117894</v>
       </c>
       <c r="D230" s="2" t="s">
         <v>460</v>
       </c>
       <c r="E230" s="2" t="s">
-        <v>311</v>
+        <v>313</v>
       </c>
       <c r="F230" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="231" spans="1:6">
       <c r="A231" s="2">
         <v>230</v>
       </c>
       <c r="B231" s="2">
         <v>166</v>
       </c>
       <c r="C231" s="2">
         <v>117895</v>
       </c>
       <c r="D231" s="2" t="s">
         <v>461</v>
       </c>
       <c r="E231" s="2" t="s">
         <v>462</v>
       </c>
       <c r="F231" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="232" spans="1:6">
       <c r="A232" s="2">
         <v>231</v>
       </c>
       <c r="B232" s="2">
         <v>165</v>
       </c>
       <c r="C232" s="2">
         <v>102074</v>
       </c>
       <c r="D232" s="2" t="s">
         <v>463</v>
       </c>
       <c r="E232" s="2" t="s">
         <v>464</v>
       </c>
       <c r="F232" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="233" spans="1:6">
       <c r="A233" s="2">
         <v>232</v>
       </c>
       <c r="B233" s="2">
         <v>164</v>
       </c>
       <c r="C233" s="2">
         <v>113091</v>
       </c>
       <c r="D233" s="2" t="s">
         <v>465</v>
       </c>
       <c r="E233" s="2" t="s">
         <v>466</v>
       </c>
       <c r="F233" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="234" spans="1:6">
       <c r="A234" s="2">
         <v>233</v>
       </c>
       <c r="B234" s="2">
         <v>163</v>
       </c>
       <c r="C234" s="2">
         <v>113115</v>
       </c>
       <c r="D234" s="2" t="s">
-        <v>258</v>
+        <v>268</v>
       </c>
       <c r="E234" s="2" t="s">
         <v>467</v>
       </c>
       <c r="F234" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="235" spans="1:6">
       <c r="A235" s="2">
         <v>234</v>
       </c>
       <c r="B235" s="2">
         <v>162</v>
       </c>
       <c r="C235" s="2">
         <v>117899</v>
       </c>
       <c r="D235" s="2" t="s">
         <v>468</v>
       </c>
       <c r="E235" s="2" t="s">
         <v>469</v>
       </c>
       <c r="F235" s="2" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="236" spans="1:6">
       <c r="A236" s="2">
         <v>235</v>
       </c>
       <c r="B236" s="2">
         <v>161</v>
       </c>
       <c r="C236" s="2">
         <v>106994</v>
       </c>
       <c r="D236" s="2" t="s">
         <v>470</v>
       </c>
       <c r="E236" s="2" t="s">
         <v>471</v>
       </c>
       <c r="F236" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="237" spans="1:6">
       <c r="A237" s="2">
         <v>236</v>
       </c>
       <c r="B237" s="2">
         <v>160</v>
       </c>
       <c r="C237" s="2">
         <v>117902</v>
       </c>
       <c r="D237" s="2" t="s">
         <v>472</v>
       </c>
       <c r="E237" s="2" t="s">
         <v>473</v>
       </c>
       <c r="F237" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="238" spans="1:6">
       <c r="A238" s="2">
         <v>237</v>
       </c>
       <c r="B238" s="2">
         <v>159</v>
       </c>
       <c r="C238" s="2">
         <v>117903</v>
       </c>
       <c r="D238" s="2" t="s">
         <v>474</v>
       </c>
       <c r="E238" s="2" t="s">
         <v>475</v>
       </c>
       <c r="F238" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="239" spans="1:6">
       <c r="A239" s="2">
         <v>238</v>
       </c>
       <c r="B239" s="2">
         <v>158</v>
       </c>
       <c r="C239" s="2">
         <v>117904</v>
       </c>
       <c r="D239" s="2" t="s">
         <v>476</v>
       </c>
       <c r="E239" s="2" t="s">
         <v>477</v>
       </c>
       <c r="F239" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="240" spans="1:6">
       <c r="A240" s="2">
         <v>239</v>
       </c>
       <c r="B240" s="2">
         <v>157</v>
       </c>
       <c r="C240" s="2">
         <v>117905</v>
       </c>
       <c r="D240" s="2" t="s">
         <v>478</v>
       </c>
       <c r="E240" s="2" t="s">
         <v>479</v>
       </c>
       <c r="F240" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="241" spans="1:6">
       <c r="A241" s="2">
         <v>240</v>
       </c>
       <c r="B241" s="2">
         <v>156</v>
       </c>
       <c r="C241" s="2">
         <v>117906</v>
       </c>
       <c r="D241" s="2" t="s">
         <v>480</v>
       </c>
       <c r="E241" s="2" t="s">
         <v>481</v>
       </c>
       <c r="F241" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="242" spans="1:6">
       <c r="A242" s="2">
         <v>241</v>
       </c>
       <c r="B242" s="2">
         <v>155</v>
       </c>
       <c r="C242" s="2">
         <v>113172</v>
       </c>
       <c r="D242" s="2" t="s">
         <v>482</v>
       </c>
       <c r="E242" s="2" t="s">
         <v>483</v>
       </c>
       <c r="F242" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="243" spans="1:6">
       <c r="A243" s="2">
         <v>242</v>
       </c>
       <c r="B243" s="2">
         <v>154</v>
       </c>
       <c r="C243" s="2">
         <v>102012</v>
       </c>
       <c r="D243" s="2" t="s">
         <v>484</v>
       </c>
       <c r="E243" s="2" t="s">
         <v>485</v>
       </c>
       <c r="F243" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="244" spans="1:6">
       <c r="A244" s="2">
         <v>243</v>
       </c>
       <c r="B244" s="2">
         <v>153</v>
       </c>
       <c r="C244" s="2">
         <v>117909</v>
       </c>
       <c r="D244" s="2" t="s">
         <v>486</v>
       </c>
       <c r="E244" s="2" t="s">
         <v>487</v>
       </c>
       <c r="F244" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="245" spans="1:6">
       <c r="A245" s="2">
         <v>244</v>
       </c>
       <c r="B245" s="2">
         <v>152</v>
       </c>
       <c r="C245" s="2">
         <v>117910</v>
       </c>
       <c r="D245" s="2" t="s">
         <v>488</v>
       </c>
       <c r="E245" s="2" t="s">
         <v>489</v>
       </c>
       <c r="F245" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="246" spans="1:6">
       <c r="A246" s="2">
         <v>245</v>
       </c>
       <c r="B246" s="2">
         <v>151</v>
       </c>
       <c r="C246" s="2">
         <v>107003</v>
       </c>
       <c r="D246" s="2" t="s">
         <v>490</v>
       </c>
       <c r="E246" s="2" t="s">
         <v>491</v>
       </c>
       <c r="F246" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="247" spans="1:6">
       <c r="A247" s="2">
         <v>246</v>
       </c>
       <c r="B247" s="2">
         <v>150</v>
       </c>
       <c r="C247" s="2">
         <v>102729</v>
       </c>
       <c r="D247" s="2" t="s">
         <v>492</v>
       </c>
       <c r="E247" s="2" t="s">
         <v>493</v>
       </c>
       <c r="F247" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="248" spans="1:6">
       <c r="A248" s="2">
         <v>247</v>
       </c>
       <c r="B248" s="2">
         <v>149</v>
       </c>
       <c r="C248" s="2">
         <v>117913</v>
       </c>
       <c r="D248" s="2" t="s">
         <v>494</v>
       </c>
       <c r="E248" s="2" t="s">
         <v>495</v>
       </c>
       <c r="F248" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="249" spans="1:6">
       <c r="A249" s="2">
         <v>248</v>
       </c>
       <c r="B249" s="2">
         <v>148</v>
       </c>
       <c r="C249" s="2">
         <v>117914</v>
       </c>
       <c r="D249" s="2" t="s">
         <v>496</v>
       </c>
       <c r="E249" s="2" t="s">
         <v>497</v>
       </c>
       <c r="F249" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="250" spans="1:6">
       <c r="A250" s="2">
         <v>249</v>
       </c>
       <c r="B250" s="2">
         <v>147</v>
       </c>
       <c r="C250" s="2">
         <v>107005</v>
       </c>
       <c r="D250" s="2" t="s">
         <v>498</v>
       </c>
       <c r="E250" s="2" t="s">
         <v>499</v>
       </c>
       <c r="F250" s="2" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="251" spans="1:6">
       <c r="A251" s="2">
         <v>250</v>
       </c>
       <c r="B251" s="2">
         <v>146</v>
       </c>
       <c r="C251" s="2">
         <v>117916</v>
       </c>
       <c r="D251" s="2" t="s">
         <v>500</v>
       </c>
       <c r="E251" s="2" t="s">
         <v>501</v>
       </c>
       <c r="F251" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="252" spans="1:6">
       <c r="A252" s="2">
         <v>251</v>
       </c>
       <c r="B252" s="2">
         <v>145</v>
       </c>
       <c r="C252" s="2">
         <v>117917</v>
       </c>
       <c r="D252" s="2" t="s">
         <v>502</v>
       </c>
       <c r="E252" s="2" t="s">
         <v>503</v>
       </c>
       <c r="F252" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="253" spans="1:6">
       <c r="A253" s="2">
         <v>252</v>
       </c>
       <c r="B253" s="2">
         <v>144</v>
       </c>
       <c r="C253" s="2">
         <v>102711</v>
       </c>
       <c r="D253" s="2" t="s">
         <v>504</v>
       </c>
       <c r="E253" s="2" t="s">
         <v>505</v>
       </c>
       <c r="F253" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="254" spans="1:6">
       <c r="A254" s="2">
         <v>253</v>
       </c>
       <c r="B254" s="2">
         <v>143</v>
       </c>
       <c r="C254" s="2">
         <v>117920</v>
       </c>
       <c r="D254" s="2" t="s">
         <v>506</v>
       </c>
       <c r="E254" s="2" t="s">
         <v>507</v>
       </c>
       <c r="F254" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="255" spans="1:6">
       <c r="A255" s="2">
         <v>254</v>
       </c>
       <c r="B255" s="2">
         <v>142</v>
       </c>
       <c r="C255" s="2">
         <v>117922</v>
       </c>
       <c r="D255" s="2" t="s">
         <v>508</v>
       </c>
       <c r="E255" s="2" t="s">
         <v>509</v>
       </c>
       <c r="F255" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="256" spans="1:6">
       <c r="A256" s="2">
         <v>255</v>
       </c>
       <c r="B256" s="2">
         <v>141</v>
       </c>
       <c r="C256" s="2">
         <v>117923</v>
       </c>
       <c r="D256" s="2" t="s">
         <v>510</v>
       </c>
       <c r="E256" s="2" t="s">
         <v>511</v>
       </c>
       <c r="F256" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="257" spans="1:6">
       <c r="A257" s="2">
         <v>256</v>
       </c>
       <c r="B257" s="2">
         <v>140</v>
       </c>
       <c r="C257" s="2">
         <v>117924</v>
       </c>
       <c r="D257" s="2" t="s">
         <v>512</v>
       </c>
       <c r="E257" s="2" t="s">
         <v>513</v>
       </c>
       <c r="F257" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="258" spans="1:6">
       <c r="A258" s="2">
         <v>257</v>
       </c>
       <c r="B258" s="2">
         <v>139</v>
       </c>
       <c r="C258" s="2">
         <v>117925</v>
       </c>
       <c r="D258" s="2" t="s">
         <v>514</v>
       </c>
       <c r="E258" s="2" t="s">
         <v>515</v>
       </c>
       <c r="F258" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="259" spans="1:6">
       <c r="A259" s="2">
         <v>258</v>
       </c>
       <c r="B259" s="2">
         <v>138</v>
       </c>
       <c r="C259" s="2">
         <v>113126</v>
       </c>
       <c r="D259" s="2" t="s">
         <v>516</v>
       </c>
       <c r="E259" s="2" t="s">
         <v>517</v>
       </c>
       <c r="F259" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="260" spans="1:6">
       <c r="A260" s="2">
         <v>259</v>
       </c>
       <c r="B260" s="2">
         <v>137</v>
       </c>
       <c r="C260" s="2">
         <v>117929</v>
       </c>
       <c r="D260" s="2" t="s">
         <v>518</v>
       </c>
       <c r="E260" s="2" t="s">
         <v>519</v>
       </c>
       <c r="F260" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="261" spans="1:6">
       <c r="A261" s="2">
         <v>260</v>
       </c>
       <c r="B261" s="2">
         <v>136</v>
       </c>
       <c r="C261" s="2">
         <v>117930</v>
       </c>
       <c r="D261" s="2" t="s">
         <v>520</v>
       </c>
       <c r="E261" s="2" t="s">
         <v>521</v>
       </c>
       <c r="F261" s="2" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="262" spans="1:6">
       <c r="A262" s="2">
         <v>261</v>
       </c>
       <c r="B262" s="2">
         <v>135</v>
       </c>
       <c r="C262" s="2">
         <v>117931</v>
       </c>
       <c r="D262" s="2" t="s">
         <v>522</v>
       </c>
       <c r="E262" s="2" t="s">
         <v>523</v>
       </c>
       <c r="F262" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="263" spans="1:6">
       <c r="A263" s="2">
         <v>262</v>
       </c>
       <c r="B263" s="2">
         <v>134</v>
       </c>
       <c r="C263" s="2">
         <v>117932</v>
       </c>
       <c r="D263" s="2" t="s">
         <v>524</v>
       </c>
       <c r="E263" s="2" t="s">
         <v>525</v>
       </c>
       <c r="F263" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="264" spans="1:6">
       <c r="A264" s="2">
         <v>263</v>
       </c>
       <c r="B264" s="2">
         <v>133</v>
       </c>
       <c r="C264" s="2">
         <v>113148</v>
       </c>
       <c r="D264" s="2" t="s">
         <v>526</v>
       </c>
       <c r="E264" s="2" t="s">
         <v>527</v>
       </c>
       <c r="F264" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="265" spans="1:6">
       <c r="A265" s="2">
         <v>264</v>
       </c>
       <c r="B265" s="2">
         <v>132</v>
       </c>
       <c r="C265" s="2">
         <v>107038</v>
       </c>
       <c r="D265" s="2" t="s">
         <v>528</v>
       </c>
       <c r="E265" s="2" t="s">
         <v>529</v>
       </c>
       <c r="F265" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="266" spans="1:6">
       <c r="A266" s="2">
         <v>265</v>
       </c>
       <c r="B266" s="2">
         <v>131</v>
       </c>
       <c r="C266" s="2">
         <v>102432</v>
       </c>
       <c r="D266" s="2" t="s">
-        <v>311</v>
+        <v>313</v>
       </c>
       <c r="E266" s="2" t="s">
         <v>530</v>
       </c>
       <c r="F266" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="267" spans="1:6">
       <c r="A267" s="2">
         <v>266</v>
       </c>
       <c r="B267" s="2">
         <v>130</v>
       </c>
       <c r="C267" s="2">
         <v>117936</v>
       </c>
       <c r="D267" s="2" t="s">
         <v>531</v>
       </c>
       <c r="E267" s="2" t="s">
         <v>532</v>
       </c>
       <c r="F267" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="268" spans="1:6">
       <c r="A268" s="2">
         <v>267</v>
       </c>
       <c r="B268" s="2">
         <v>129</v>
       </c>
       <c r="C268" s="2">
         <v>102737</v>
       </c>
       <c r="D268" s="2" t="s">
         <v>533</v>
       </c>
       <c r="E268" s="2" t="s">
         <v>534</v>
       </c>
       <c r="F268" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="269" spans="1:6">
       <c r="A269" s="2">
         <v>268</v>
       </c>
       <c r="B269" s="2">
         <v>128</v>
       </c>
       <c r="C269" s="2">
         <v>117939</v>
       </c>
       <c r="D269" s="2" t="s">
         <v>535</v>
       </c>
       <c r="E269" s="2" t="s">
         <v>536</v>
       </c>
       <c r="F269" s="2" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
     </row>
     <row r="270" spans="1:6">
       <c r="A270" s="2">
         <v>269</v>
       </c>
       <c r="B270" s="2">
         <v>127</v>
       </c>
       <c r="C270" s="2">
         <v>117940</v>
       </c>
       <c r="D270" s="2" t="s">
         <v>537</v>
       </c>
       <c r="E270" s="2" t="s">
         <v>538</v>
       </c>
       <c r="F270" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="271" spans="1:6">
       <c r="A271" s="2">
         <v>270</v>
       </c>
       <c r="B271" s="2">
         <v>126</v>
       </c>
       <c r="C271" s="2">
         <v>117942</v>
       </c>
       <c r="D271" s="2" t="s">
         <v>539</v>
       </c>
       <c r="E271" s="2" t="s">
         <v>540</v>
       </c>
       <c r="F271" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="272" spans="1:6">
       <c r="A272" s="2">
         <v>271</v>
       </c>
       <c r="B272" s="2">
         <v>125</v>
       </c>
       <c r="C272" s="2">
         <v>117943</v>
       </c>
       <c r="D272" s="2" t="s">
         <v>541</v>
       </c>
       <c r="E272" s="2" t="s">
         <v>542</v>
       </c>
       <c r="F272" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="273" spans="1:6">
       <c r="A273" s="2">
         <v>272</v>
       </c>
       <c r="B273" s="2">
         <v>124</v>
       </c>
       <c r="C273" s="2">
         <v>117944</v>
       </c>
       <c r="D273" s="2" t="s">
         <v>543</v>
       </c>
       <c r="E273" s="2" t="s">
         <v>544</v>
       </c>
       <c r="F273" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="274" spans="1:6">
       <c r="A274" s="2">
         <v>273</v>
       </c>
       <c r="B274" s="2">
         <v>123</v>
       </c>
       <c r="C274" s="2">
         <v>107032</v>
       </c>
       <c r="D274" s="2" t="s">
         <v>545</v>
       </c>
       <c r="E274" s="2" t="s">
         <v>546</v>
       </c>
       <c r="F274" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="275" spans="1:6">
       <c r="A275" s="2">
         <v>274</v>
       </c>
       <c r="B275" s="2">
         <v>122</v>
       </c>
       <c r="C275" s="2">
         <v>117946</v>
       </c>
       <c r="D275" s="2" t="s">
         <v>547</v>
       </c>
       <c r="E275" s="2" t="s">
         <v>548</v>
       </c>
       <c r="F275" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="276" spans="1:6">
       <c r="A276" s="2">
         <v>275</v>
       </c>
       <c r="B276" s="2">
         <v>121</v>
       </c>
       <c r="C276" s="2">
         <v>117947</v>
       </c>
       <c r="D276" s="2" t="s">
         <v>549</v>
       </c>
       <c r="E276" s="2" t="s">
         <v>550</v>
       </c>
       <c r="F276" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="277" spans="1:6">
       <c r="A277" s="2">
         <v>276</v>
       </c>
       <c r="B277" s="2">
         <v>120</v>
       </c>
       <c r="C277" s="2">
-        <v>102772</v>
+        <v>118037</v>
       </c>
       <c r="D277" s="2" t="s">
-        <v>442</v>
+        <v>551</v>
       </c>
       <c r="E277" s="2" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
       <c r="F277" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="278" spans="1:6">
       <c r="A278" s="2">
         <v>276</v>
       </c>
       <c r="B278" s="2">
         <v>120</v>
       </c>
       <c r="C278" s="2">
-        <v>117970</v>
+        <v>118170</v>
       </c>
       <c r="D278" s="2" t="s">
-        <v>552</v>
+        <v>553</v>
       </c>
       <c r="E278" s="2" t="s">
-        <v>553</v>
+        <v>479</v>
       </c>
       <c r="F278" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="279" spans="1:6">
       <c r="A279" s="2">
         <v>276</v>
       </c>
       <c r="B279" s="2">
         <v>120</v>
       </c>
       <c r="C279" s="2">
-        <v>118166</v>
+        <v>117972</v>
       </c>
       <c r="D279" s="2" t="s">
         <v>554</v>
       </c>
       <c r="E279" s="2" t="s">
         <v>555</v>
       </c>
       <c r="F279" s="2" t="s">
-        <v>190</v>
+        <v>14</v>
       </c>
     </row>
     <row r="280" spans="1:6">
       <c r="A280" s="2">
         <v>276</v>
       </c>
       <c r="B280" s="2">
         <v>120</v>
       </c>
       <c r="C280" s="2">
-        <v>107211</v>
+        <v>113136</v>
       </c>
       <c r="D280" s="2" t="s">
         <v>556</v>
       </c>
       <c r="E280" s="2" t="s">
         <v>557</v>
       </c>
       <c r="F280" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="281" spans="1:6">
       <c r="A281" s="2">
         <v>276</v>
       </c>
       <c r="B281" s="2">
         <v>120</v>
       </c>
       <c r="C281" s="2">
-        <v>118048</v>
+        <v>117954</v>
       </c>
       <c r="D281" s="2" t="s">
         <v>558</v>
       </c>
       <c r="E281" s="2" t="s">
         <v>559</v>
       </c>
       <c r="F281" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="282" spans="1:6">
       <c r="A282" s="2">
         <v>276</v>
       </c>
       <c r="B282" s="2">
         <v>120</v>
       </c>
       <c r="C282" s="2">
-        <v>118245</v>
+        <v>118084</v>
       </c>
       <c r="D282" s="2" t="s">
         <v>560</v>
       </c>
       <c r="E282" s="2" t="s">
         <v>561</v>
       </c>
       <c r="F282" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="283" spans="1:6">
       <c r="A283" s="2">
         <v>276</v>
       </c>
       <c r="B283" s="2">
         <v>120</v>
       </c>
       <c r="C283" s="2">
-        <v>107077</v>
+        <v>118253</v>
       </c>
       <c r="D283" s="2" t="s">
         <v>562</v>
       </c>
       <c r="E283" s="2" t="s">
-        <v>563</v>
+        <v>467</v>
       </c>
       <c r="F283" s="2" t="s">
-        <v>324</v>
+        <v>198</v>
       </c>
     </row>
     <row r="284" spans="1:6">
       <c r="A284" s="2">
         <v>276</v>
       </c>
       <c r="B284" s="2">
         <v>120</v>
       </c>
       <c r="C284" s="2">
-        <v>117965</v>
+        <v>118165</v>
       </c>
       <c r="D284" s="2" t="s">
+        <v>563</v>
+      </c>
+      <c r="E284" s="2" t="s">
         <v>564</v>
       </c>
-      <c r="E284" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F284" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="285" spans="1:6">
       <c r="A285" s="2">
         <v>276</v>
       </c>
       <c r="B285" s="2">
         <v>120</v>
       </c>
       <c r="C285" s="2">
-        <v>111680</v>
+        <v>118326</v>
       </c>
       <c r="D285" s="2" t="s">
+        <v>565</v>
+      </c>
+      <c r="E285" s="2" t="s">
         <v>566</v>
       </c>
-      <c r="E285" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F285" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="286" spans="1:6">
       <c r="A286" s="2">
         <v>276</v>
       </c>
       <c r="B286" s="2">
         <v>120</v>
       </c>
       <c r="C286" s="2">
-        <v>118324</v>
+        <v>117950</v>
       </c>
       <c r="D286" s="2" t="s">
+        <v>567</v>
+      </c>
+      <c r="E286" s="2" t="s">
         <v>568</v>
       </c>
-      <c r="E286" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F286" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="287" spans="1:6">
       <c r="A287" s="2">
         <v>276</v>
       </c>
       <c r="B287" s="2">
         <v>120</v>
       </c>
       <c r="C287" s="2">
-        <v>118076</v>
+        <v>107192</v>
       </c>
       <c r="D287" s="2" t="s">
+        <v>569</v>
+      </c>
+      <c r="E287" s="2" t="s">
         <v>570</v>
       </c>
-      <c r="E287" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F287" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="288" spans="1:6">
       <c r="A288" s="2">
         <v>276</v>
       </c>
       <c r="B288" s="2">
         <v>120</v>
       </c>
       <c r="C288" s="2">
-        <v>118045</v>
+        <v>118248</v>
       </c>
       <c r="D288" s="2" t="s">
+        <v>571</v>
+      </c>
+      <c r="E288" s="2" t="s">
         <v>572</v>
       </c>
-      <c r="E288" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F288" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="289" spans="1:6">
       <c r="A289" s="2">
         <v>276</v>
       </c>
       <c r="B289" s="2">
         <v>120</v>
       </c>
       <c r="C289" s="2">
-        <v>118242</v>
+        <v>118034</v>
       </c>
       <c r="D289" s="2" t="s">
+        <v>573</v>
+      </c>
+      <c r="E289" s="2" t="s">
         <v>574</v>
       </c>
-      <c r="E289" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F289" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="290" spans="1:6">
       <c r="A290" s="2">
         <v>276</v>
       </c>
       <c r="B290" s="2">
         <v>120</v>
       </c>
       <c r="C290" s="2">
-        <v>106985</v>
+        <v>118161</v>
       </c>
       <c r="D290" s="2" t="s">
-        <v>154</v>
+        <v>575</v>
       </c>
       <c r="E290" s="2" t="s">
-        <v>184</v>
+        <v>269</v>
       </c>
       <c r="F290" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="291" spans="1:6">
       <c r="A291" s="2">
         <v>276</v>
       </c>
       <c r="B291" s="2">
         <v>120</v>
       </c>
       <c r="C291" s="2">
-        <v>118158</v>
+        <v>118323</v>
       </c>
       <c r="D291" s="2" t="s">
         <v>576</v>
       </c>
-      <c r="E291" s="2"/>
+      <c r="E291" s="2" t="s">
+        <v>577</v>
+      </c>
       <c r="F291" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="292" spans="1:6">
       <c r="A292" s="2">
         <v>276</v>
       </c>
       <c r="B292" s="2">
         <v>120</v>
       </c>
       <c r="C292" s="2">
-        <v>118321</v>
+        <v>118075</v>
       </c>
       <c r="D292" s="2" t="s">
-        <v>577</v>
+        <v>578</v>
       </c>
       <c r="E292" s="2" t="s">
-        <v>578</v>
+        <v>579</v>
       </c>
       <c r="F292" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="293" spans="1:6">
       <c r="A293" s="2">
         <v>276</v>
       </c>
       <c r="B293" s="2">
         <v>120</v>
       </c>
       <c r="C293" s="2">
-        <v>118073</v>
+        <v>118244</v>
       </c>
       <c r="D293" s="2" t="s">
-        <v>579</v>
+        <v>580</v>
       </c>
       <c r="E293" s="2" t="s">
-        <v>546</v>
+        <v>581</v>
       </c>
       <c r="F293" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="294" spans="1:6">
       <c r="A294" s="2">
         <v>276</v>
       </c>
       <c r="B294" s="2">
         <v>120</v>
       </c>
       <c r="C294" s="2">
-        <v>118042</v>
+        <v>118029</v>
       </c>
       <c r="D294" s="2" t="s">
-        <v>580</v>
+        <v>582</v>
       </c>
       <c r="E294" s="2" t="s">
-        <v>581</v>
+        <v>583</v>
       </c>
       <c r="F294" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="295" spans="1:6">
       <c r="A295" s="2">
         <v>276</v>
       </c>
       <c r="B295" s="2">
         <v>120</v>
       </c>
       <c r="C295" s="2">
-        <v>118239</v>
+        <v>118157</v>
       </c>
       <c r="D295" s="2" t="s">
-        <v>582</v>
+        <v>584</v>
       </c>
       <c r="E295" s="2" t="s">
-        <v>583</v>
+        <v>585</v>
       </c>
       <c r="F295" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="296" spans="1:6">
       <c r="A296" s="2">
         <v>276</v>
       </c>
       <c r="B296" s="2">
         <v>120</v>
       </c>
       <c r="C296" s="2">
-        <v>102698</v>
+        <v>118320</v>
       </c>
       <c r="D296" s="2" t="s">
-        <v>584</v>
+        <v>586</v>
       </c>
       <c r="E296" s="2" t="s">
-        <v>585</v>
+        <v>587</v>
       </c>
       <c r="F296" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="297" spans="1:6">
       <c r="A297" s="2">
         <v>276</v>
       </c>
       <c r="B297" s="2">
         <v>120</v>
       </c>
       <c r="C297" s="2">
-        <v>118153</v>
+        <v>118241</v>
       </c>
       <c r="D297" s="2" t="s">
-        <v>586</v>
+        <v>588</v>
       </c>
       <c r="E297" s="2" t="s">
-        <v>587</v>
+        <v>435</v>
       </c>
       <c r="F297" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="298" spans="1:6">
       <c r="A298" s="2">
         <v>276</v>
       </c>
       <c r="B298" s="2">
         <v>120</v>
       </c>
       <c r="C298" s="2">
-        <v>118318</v>
+        <v>118025</v>
       </c>
       <c r="D298" s="2" t="s">
-        <v>588</v>
-[...1 lines deleted...]
-      <c r="E298" s="2" t="s">
         <v>589</v>
       </c>
+      <c r="E298" s="2"/>
       <c r="F298" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="299" spans="1:6">
       <c r="A299" s="2">
         <v>276</v>
       </c>
       <c r="B299" s="2">
         <v>120</v>
       </c>
       <c r="C299" s="2">
-        <v>107179</v>
+        <v>118152</v>
       </c>
       <c r="D299" s="2" t="s">
         <v>590</v>
       </c>
       <c r="E299" s="2" t="s">
-        <v>590</v>
+        <v>591</v>
       </c>
       <c r="F299" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="300" spans="1:6">
       <c r="A300" s="2">
         <v>276</v>
       </c>
       <c r="B300" s="2">
         <v>120</v>
       </c>
       <c r="C300" s="2">
-        <v>117951</v>
+        <v>118317</v>
       </c>
       <c r="D300" s="2" t="s">
-        <v>591</v>
+        <v>592</v>
       </c>
       <c r="E300" s="2" t="s">
-        <v>592</v>
+        <v>593</v>
       </c>
       <c r="F300" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="301" spans="1:6">
       <c r="A301" s="2">
         <v>276</v>
       </c>
       <c r="B301" s="2">
         <v>120</v>
       </c>
       <c r="C301" s="2">
-        <v>118150</v>
+        <v>118126</v>
       </c>
       <c r="D301" s="2" t="s">
-        <v>593</v>
+        <v>594</v>
       </c>
       <c r="E301" s="2" t="s">
-        <v>594</v>
+        <v>595</v>
       </c>
       <c r="F301" s="2" t="s">
-        <v>190</v>
+        <v>51</v>
       </c>
     </row>
     <row r="302" spans="1:6">
       <c r="A302" s="2">
         <v>276</v>
       </c>
       <c r="B302" s="2">
         <v>120</v>
       </c>
       <c r="C302" s="2">
-        <v>118314</v>
+        <v>118238</v>
       </c>
       <c r="D302" s="2" t="s">
-        <v>595</v>
+        <v>596</v>
       </c>
       <c r="E302" s="2" t="s">
-        <v>596</v>
+        <v>525</v>
       </c>
       <c r="F302" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="303" spans="1:6">
       <c r="A303" s="2">
         <v>276</v>
       </c>
       <c r="B303" s="2">
         <v>120</v>
       </c>
       <c r="C303" s="2">
-        <v>118035</v>
+        <v>102800</v>
       </c>
       <c r="D303" s="2" t="s">
         <v>597</v>
       </c>
       <c r="E303" s="2" t="s">
         <v>598</v>
       </c>
       <c r="F303" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="304" spans="1:6">
       <c r="A304" s="2">
         <v>276</v>
       </c>
       <c r="B304" s="2">
         <v>120</v>
       </c>
       <c r="C304" s="2">
-        <v>118236</v>
+        <v>102852</v>
       </c>
       <c r="D304" s="2" t="s">
         <v>599</v>
       </c>
       <c r="E304" s="2" t="s">
-        <v>479</v>
+        <v>546</v>
       </c>
       <c r="F304" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="305" spans="1:6">
       <c r="A305" s="2">
         <v>276</v>
       </c>
       <c r="B305" s="2">
         <v>120</v>
       </c>
       <c r="C305" s="2">
-        <v>117948</v>
+        <v>118313</v>
       </c>
       <c r="D305" s="2" t="s">
         <v>600</v>
       </c>
-      <c r="E305" s="2"/>
+      <c r="E305" s="2" t="s">
+        <v>601</v>
+      </c>
       <c r="F305" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="306" spans="1:6">
       <c r="A306" s="2">
         <v>276</v>
       </c>
       <c r="B306" s="2">
         <v>120</v>
       </c>
       <c r="C306" s="2">
-        <v>118146</v>
+        <v>118235</v>
       </c>
       <c r="D306" s="2" t="s">
-        <v>601</v>
+        <v>602</v>
       </c>
       <c r="E306" s="2" t="s">
-        <v>602</v>
+        <v>603</v>
       </c>
       <c r="F306" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="307" spans="1:6">
       <c r="A307" s="2">
         <v>276</v>
       </c>
       <c r="B307" s="2">
         <v>120</v>
       </c>
       <c r="C307" s="2">
-        <v>118115</v>
+        <v>118018</v>
       </c>
       <c r="D307" s="2" t="s">
-        <v>603</v>
+        <v>604</v>
       </c>
       <c r="E307" s="2" t="s">
-        <v>604</v>
+        <v>605</v>
       </c>
       <c r="F307" s="2" t="s">
-        <v>63</v>
+        <v>198</v>
       </c>
     </row>
     <row r="308" spans="1:6">
       <c r="A308" s="2">
         <v>276</v>
       </c>
       <c r="B308" s="2">
         <v>120</v>
       </c>
       <c r="C308" s="2">
-        <v>118311</v>
+        <v>118145</v>
       </c>
       <c r="D308" s="2" t="s">
-        <v>605</v>
+        <v>606</v>
       </c>
       <c r="E308" s="2" t="s">
-        <v>606</v>
+        <v>607</v>
       </c>
       <c r="F308" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="309" spans="1:6">
       <c r="A309" s="2">
         <v>276</v>
       </c>
       <c r="B309" s="2">
         <v>120</v>
       </c>
       <c r="C309" s="2">
-        <v>107078</v>
+        <v>118310</v>
       </c>
       <c r="D309" s="2" t="s">
-        <v>607</v>
+        <v>608</v>
       </c>
       <c r="E309" s="2" t="s">
-        <v>608</v>
+        <v>609</v>
       </c>
       <c r="F309" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="310" spans="1:6">
       <c r="A310" s="2">
         <v>276</v>
       </c>
       <c r="B310" s="2">
         <v>120</v>
       </c>
       <c r="C310" s="2">
-        <v>118232</v>
+        <v>118230</v>
       </c>
       <c r="D310" s="2" t="s">
-        <v>609</v>
+        <v>586</v>
       </c>
       <c r="E310" s="2" t="s">
         <v>610</v>
       </c>
       <c r="F310" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="311" spans="1:6">
       <c r="A311" s="2">
         <v>276</v>
       </c>
       <c r="B311" s="2">
         <v>120</v>
       </c>
       <c r="C311" s="2">
-        <v>118142</v>
+        <v>118013</v>
       </c>
       <c r="D311" s="2" t="s">
         <v>611</v>
       </c>
       <c r="E311" s="2" t="s">
         <v>612</v>
       </c>
       <c r="F311" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="312" spans="1:6">
       <c r="A312" s="2">
         <v>276</v>
       </c>
       <c r="B312" s="2">
         <v>120</v>
       </c>
       <c r="C312" s="2">
-        <v>118307</v>
+        <v>118141</v>
       </c>
       <c r="D312" s="2" t="s">
         <v>613</v>
       </c>
       <c r="E312" s="2" t="s">
         <v>614</v>
       </c>
       <c r="F312" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="313" spans="1:6">
       <c r="A313" s="2">
         <v>276</v>
       </c>
       <c r="B313" s="2">
         <v>120</v>
       </c>
       <c r="C313" s="2">
-        <v>102840</v>
+        <v>118305</v>
       </c>
       <c r="D313" s="2" t="s">
         <v>615</v>
       </c>
       <c r="E313" s="2" t="s">
-        <v>616</v>
+        <v>479</v>
       </c>
       <c r="F313" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="314" spans="1:6">
       <c r="A314" s="2">
         <v>276</v>
       </c>
       <c r="B314" s="2">
         <v>120</v>
       </c>
       <c r="C314" s="2">
-        <v>118228</v>
+        <v>118227</v>
       </c>
       <c r="D314" s="2" t="s">
+        <v>616</v>
+      </c>
+      <c r="E314" s="2" t="s">
         <v>617</v>
       </c>
-      <c r="E314" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F314" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="315" spans="1:6">
       <c r="A315" s="2">
         <v>276</v>
       </c>
       <c r="B315" s="2">
         <v>120</v>
       </c>
       <c r="C315" s="2">
-        <v>118137</v>
+        <v>113159</v>
       </c>
       <c r="D315" s="2" t="s">
+        <v>618</v>
+      </c>
+      <c r="E315" s="2" t="s">
         <v>619</v>
       </c>
-      <c r="E315" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F315" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="316" spans="1:6">
       <c r="A316" s="2">
         <v>276</v>
       </c>
       <c r="B316" s="2">
         <v>120</v>
       </c>
       <c r="C316" s="2">
-        <v>118303</v>
+        <v>118135</v>
       </c>
       <c r="D316" s="2" t="s">
+        <v>620</v>
+      </c>
+      <c r="E316" s="2" t="s">
         <v>621</v>
       </c>
-      <c r="E316" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F316" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="317" spans="1:6">
       <c r="A317" s="2">
         <v>276</v>
       </c>
       <c r="B317" s="2">
         <v>120</v>
       </c>
       <c r="C317" s="2">
-        <v>118023</v>
+        <v>118302</v>
       </c>
       <c r="D317" s="2" t="s">
         <v>622</v>
       </c>
       <c r="E317" s="2" t="s">
         <v>623</v>
       </c>
       <c r="F317" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="318" spans="1:6">
       <c r="A318" s="2">
         <v>276</v>
       </c>
       <c r="B318" s="2">
         <v>120</v>
       </c>
       <c r="C318" s="2">
-        <v>118224</v>
+        <v>118223</v>
       </c>
       <c r="D318" s="2" t="s">
         <v>624</v>
       </c>
       <c r="E318" s="2" t="s">
         <v>625</v>
       </c>
       <c r="F318" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="319" spans="1:6">
       <c r="A319" s="2">
         <v>276</v>
       </c>
       <c r="B319" s="2">
         <v>120</v>
       </c>
       <c r="C319" s="2">
-        <v>118133</v>
+        <v>113123</v>
       </c>
       <c r="D319" s="2" t="s">
         <v>626</v>
       </c>
       <c r="E319" s="2" t="s">
         <v>627</v>
       </c>
       <c r="F319" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="320" spans="1:6">
       <c r="A320" s="2">
         <v>276</v>
       </c>
       <c r="B320" s="2">
         <v>120</v>
       </c>
       <c r="C320" s="2">
-        <v>118299</v>
+        <v>118132</v>
       </c>
       <c r="D320" s="2" t="s">
         <v>628</v>
       </c>
       <c r="E320" s="2" t="s">
         <v>629</v>
       </c>
       <c r="F320" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="321" spans="1:6">
       <c r="A321" s="2">
         <v>276</v>
       </c>
       <c r="B321" s="2">
         <v>120</v>
       </c>
       <c r="C321" s="2">
-        <v>118019</v>
+        <v>118298</v>
       </c>
       <c r="D321" s="2" t="s">
         <v>630</v>
       </c>
       <c r="E321" s="2" t="s">
         <v>631</v>
       </c>
       <c r="F321" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="322" spans="1:6">
       <c r="A322" s="2">
         <v>276</v>
       </c>
       <c r="B322" s="2">
         <v>120</v>
       </c>
       <c r="C322" s="2">
-        <v>118217</v>
+        <v>118216</v>
       </c>
       <c r="D322" s="2" t="s">
         <v>632</v>
       </c>
       <c r="E322" s="2" t="s">
         <v>633</v>
       </c>
       <c r="F322" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="323" spans="1:6">
       <c r="A323" s="2">
         <v>276</v>
       </c>
       <c r="B323" s="2">
         <v>120</v>
       </c>
       <c r="C323" s="2">
-        <v>118129</v>
+        <v>118004</v>
       </c>
       <c r="D323" s="2" t="s">
         <v>634</v>
       </c>
       <c r="E323" s="2" t="s">
         <v>635</v>
       </c>
       <c r="F323" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="324" spans="1:6">
       <c r="A324" s="2">
         <v>276</v>
       </c>
       <c r="B324" s="2">
         <v>120</v>
       </c>
       <c r="C324" s="2">
-        <v>118295</v>
+        <v>107180</v>
       </c>
       <c r="D324" s="2" t="s">
         <v>636</v>
       </c>
       <c r="E324" s="2" t="s">
         <v>637</v>
       </c>
-      <c r="F324" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F324" s="2"/>
     </row>
     <row r="325" spans="1:6">
       <c r="A325" s="2">
         <v>276</v>
       </c>
       <c r="B325" s="2">
         <v>120</v>
       </c>
       <c r="C325" s="2">
-        <v>118016</v>
+        <v>118294</v>
       </c>
       <c r="D325" s="2" t="s">
         <v>638</v>
       </c>
       <c r="E325" s="2" t="s">
         <v>639</v>
       </c>
       <c r="F325" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="326" spans="1:6">
       <c r="A326" s="2">
         <v>276</v>
       </c>
       <c r="B326" s="2">
         <v>120</v>
       </c>
       <c r="C326" s="2">
-        <v>118212</v>
+        <v>118211</v>
       </c>
       <c r="D326" s="2" t="s">
         <v>640</v>
       </c>
       <c r="E326" s="2" t="s">
         <v>641</v>
       </c>
       <c r="F326" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="327" spans="1:6">
       <c r="A327" s="2">
         <v>276</v>
       </c>
       <c r="B327" s="2">
         <v>120</v>
       </c>
       <c r="C327" s="2">
-        <v>118125</v>
+        <v>118001</v>
       </c>
       <c r="D327" s="2" t="s">
         <v>642</v>
       </c>
       <c r="E327" s="2" t="s">
         <v>643</v>
       </c>
       <c r="F327" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="328" spans="1:6">
       <c r="A328" s="2">
         <v>276</v>
       </c>
       <c r="B328" s="2">
         <v>120</v>
       </c>
       <c r="C328" s="2">
-        <v>118291</v>
+        <v>107110</v>
       </c>
       <c r="D328" s="2" t="s">
         <v>644</v>
       </c>
       <c r="E328" s="2" t="s">
-        <v>645</v>
+        <v>644</v>
       </c>
       <c r="F328" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="329" spans="1:6">
       <c r="A329" s="2">
         <v>276</v>
       </c>
       <c r="B329" s="2">
         <v>120</v>
       </c>
       <c r="C329" s="2">
-        <v>118011</v>
+        <v>118290</v>
       </c>
       <c r="D329" s="2" t="s">
+        <v>645</v>
+      </c>
+      <c r="E329" s="2" t="s">
         <v>646</v>
       </c>
-      <c r="E329" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F329" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="330" spans="1:6">
       <c r="A330" s="2">
         <v>276</v>
       </c>
       <c r="B330" s="2">
         <v>120</v>
       </c>
       <c r="C330" s="2">
-        <v>118056</v>
+        <v>118208</v>
       </c>
       <c r="D330" s="2" t="s">
+        <v>647</v>
+      </c>
+      <c r="E330" s="2" t="s">
         <v>648</v>
       </c>
-      <c r="E330" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F330" s="2" t="s">
-        <v>195</v>
+        <v>198</v>
       </c>
     </row>
     <row r="331" spans="1:6">
       <c r="A331" s="2">
         <v>276</v>
       </c>
       <c r="B331" s="2">
         <v>120</v>
       </c>
       <c r="C331" s="2">
-        <v>118209</v>
+        <v>118015</v>
       </c>
       <c r="D331" s="2" t="s">
+        <v>649</v>
+      </c>
+      <c r="E331" s="2" t="s">
         <v>650</v>
       </c>
-      <c r="E331" s="2" t="s">
+      <c r="F331" s="2" t="s">
         <v>651</v>
-      </c>
-[...1 lines deleted...]
-        <v>190</v>
       </c>
     </row>
     <row r="332" spans="1:6">
       <c r="A332" s="2">
         <v>276</v>
       </c>
       <c r="B332" s="2">
         <v>120</v>
       </c>
       <c r="C332" s="2">
-        <v>107164</v>
+        <v>117997</v>
       </c>
       <c r="D332" s="2" t="s">
         <v>652</v>
       </c>
       <c r="E332" s="2" t="s">
-        <v>653</v>
-[...1 lines deleted...]
-      <c r="F332" s="2"/>
+        <v>313</v>
+      </c>
+      <c r="F332" s="2" t="s">
+        <v>198</v>
+      </c>
     </row>
     <row r="333" spans="1:6">
       <c r="A333" s="2">
         <v>276</v>
       </c>
       <c r="B333" s="2">
         <v>120</v>
       </c>
       <c r="C333" s="2">
-        <v>118122</v>
+        <v>118124</v>
       </c>
       <c r="D333" s="2" t="s">
+        <v>653</v>
+      </c>
+      <c r="E333" s="2" t="s">
         <v>654</v>
       </c>
-      <c r="E333" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F333" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="334" spans="1:6">
       <c r="A334" s="2">
         <v>276</v>
       </c>
       <c r="B334" s="2">
         <v>120</v>
       </c>
       <c r="C334" s="2">
-        <v>118287</v>
+        <v>118286</v>
       </c>
       <c r="D334" s="2" t="s">
+        <v>655</v>
+      </c>
+      <c r="E334" s="2" t="s">
         <v>656</v>
       </c>
-      <c r="E334" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F334" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="335" spans="1:6">
       <c r="A335" s="2">
         <v>276</v>
       </c>
       <c r="B335" s="2">
         <v>120</v>
       </c>
       <c r="C335" s="2">
-        <v>118088</v>
+        <v>118072</v>
       </c>
       <c r="D335" s="2" t="s">
+        <v>657</v>
+      </c>
+      <c r="E335" s="2" t="s">
         <v>658</v>
       </c>
-      <c r="E335" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F335" s="2" t="s">
-        <v>32</v>
+        <v>198</v>
       </c>
     </row>
     <row r="336" spans="1:6">
       <c r="A336" s="2">
         <v>276</v>
       </c>
       <c r="B336" s="2">
         <v>120</v>
       </c>
       <c r="C336" s="2">
-        <v>118008</v>
+        <v>118205</v>
       </c>
       <c r="D336" s="2" t="s">
+        <v>659</v>
+      </c>
+      <c r="E336" s="2" t="s">
         <v>660</v>
       </c>
-      <c r="E336" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F336" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="337" spans="1:6">
       <c r="A337" s="2">
         <v>276</v>
       </c>
       <c r="B337" s="2">
         <v>120</v>
       </c>
       <c r="C337" s="2">
-        <v>118061</v>
+        <v>117993</v>
       </c>
       <c r="D337" s="2" t="s">
+        <v>661</v>
+      </c>
+      <c r="E337" s="2" t="s">
         <v>662</v>
       </c>
-      <c r="E337" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F337" s="2" t="s">
-        <v>664</v>
+        <v>198</v>
       </c>
     </row>
     <row r="338" spans="1:6">
       <c r="A338" s="2">
         <v>276</v>
       </c>
       <c r="B338" s="2">
         <v>120</v>
       </c>
       <c r="C338" s="2">
-        <v>118206</v>
+        <v>118121</v>
       </c>
       <c r="D338" s="2" t="s">
-        <v>665</v>
+        <v>663</v>
       </c>
       <c r="E338" s="2" t="s">
-        <v>666</v>
+        <v>664</v>
       </c>
       <c r="F338" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="339" spans="1:6">
       <c r="A339" s="2">
         <v>276</v>
       </c>
       <c r="B339" s="2">
         <v>120</v>
       </c>
       <c r="C339" s="2">
-        <v>118119</v>
+        <v>118283</v>
       </c>
       <c r="D339" s="2" t="s">
-        <v>667</v>
+        <v>665</v>
       </c>
       <c r="E339" s="2" t="s">
-        <v>668</v>
+        <v>666</v>
       </c>
       <c r="F339" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="340" spans="1:6">
       <c r="A340" s="2">
         <v>276</v>
       </c>
       <c r="B340" s="2">
         <v>120</v>
       </c>
       <c r="C340" s="2">
-        <v>118284</v>
+        <v>118069</v>
       </c>
       <c r="D340" s="2" t="s">
-        <v>669</v>
+        <v>667</v>
       </c>
       <c r="E340" s="2" t="s">
-        <v>670</v>
+        <v>668</v>
       </c>
       <c r="F340" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="341" spans="1:6">
       <c r="A341" s="2">
         <v>276</v>
       </c>
       <c r="B341" s="2">
         <v>120</v>
       </c>
       <c r="C341" s="2">
-        <v>118005</v>
+        <v>118202</v>
       </c>
       <c r="D341" s="2" t="s">
-        <v>671</v>
+        <v>669</v>
       </c>
       <c r="E341" s="2" t="s">
-        <v>672</v>
+        <v>670</v>
       </c>
       <c r="F341" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="342" spans="1:6">
       <c r="A342" s="2">
         <v>276</v>
       </c>
       <c r="B342" s="2">
         <v>120</v>
       </c>
       <c r="C342" s="2">
-        <v>102855</v>
+        <v>118139</v>
       </c>
       <c r="D342" s="2" t="s">
-        <v>673</v>
+        <v>671</v>
       </c>
       <c r="E342" s="2" t="s">
-        <v>259</v>
+        <v>672</v>
       </c>
       <c r="F342" s="2" t="s">
-        <v>190</v>
+        <v>95</v>
       </c>
     </row>
     <row r="343" spans="1:6">
       <c r="A343" s="2">
         <v>276</v>
       </c>
       <c r="B343" s="2">
         <v>120</v>
       </c>
       <c r="C343" s="2">
-        <v>102724</v>
+        <v>117990</v>
       </c>
       <c r="D343" s="2" t="s">
-        <v>674</v>
+        <v>562</v>
       </c>
       <c r="E343" s="2" t="s">
-        <v>675</v>
+        <v>673</v>
       </c>
       <c r="F343" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="344" spans="1:6">
       <c r="A344" s="2">
         <v>276</v>
       </c>
       <c r="B344" s="2">
         <v>120</v>
       </c>
       <c r="C344" s="2">
-        <v>118280</v>
+        <v>118118</v>
       </c>
       <c r="D344" s="2" t="s">
-        <v>676</v>
+        <v>674</v>
       </c>
       <c r="E344" s="2" t="s">
-        <v>677</v>
+        <v>658</v>
       </c>
       <c r="F344" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="345" spans="1:6">
       <c r="A345" s="2">
         <v>276</v>
       </c>
       <c r="B345" s="2">
         <v>120</v>
       </c>
       <c r="C345" s="2">
-        <v>118002</v>
+        <v>102941</v>
       </c>
       <c r="D345" s="2" t="s">
-        <v>678</v>
+        <v>675</v>
       </c>
       <c r="E345" s="2" t="s">
-        <v>679</v>
+        <v>676</v>
       </c>
       <c r="F345" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="346" spans="1:6">
       <c r="A346" s="2">
         <v>276</v>
       </c>
       <c r="B346" s="2">
         <v>120</v>
       </c>
       <c r="C346" s="2">
-        <v>118339</v>
+        <v>118064</v>
       </c>
       <c r="D346" s="2" t="s">
-        <v>680</v>
+        <v>677</v>
       </c>
       <c r="E346" s="2" t="s">
-        <v>681</v>
+        <v>678</v>
       </c>
       <c r="F346" s="2" t="s">
-        <v>95</v>
+        <v>198</v>
       </c>
     </row>
     <row r="347" spans="1:6">
       <c r="A347" s="2">
         <v>276</v>
       </c>
       <c r="B347" s="2">
         <v>120</v>
       </c>
       <c r="C347" s="2">
-        <v>118200</v>
+        <v>102826</v>
       </c>
       <c r="D347" s="2" t="s">
-        <v>682</v>
+        <v>679</v>
       </c>
       <c r="E347" s="2" t="s">
-        <v>435</v>
+        <v>680</v>
       </c>
       <c r="F347" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="348" spans="1:6">
       <c r="A348" s="2">
         <v>276</v>
       </c>
       <c r="B348" s="2">
         <v>120</v>
       </c>
       <c r="C348" s="2">
-        <v>118112</v>
+        <v>102066</v>
       </c>
       <c r="D348" s="2" t="s">
-        <v>683</v>
+        <v>681</v>
       </c>
       <c r="E348" s="2" t="s">
-        <v>684</v>
+        <v>682</v>
       </c>
       <c r="F348" s="2" t="s">
-        <v>190</v>
+        <v>11</v>
       </c>
     </row>
     <row r="349" spans="1:6">
       <c r="A349" s="2">
         <v>276</v>
       </c>
       <c r="B349" s="2">
         <v>120</v>
       </c>
       <c r="C349" s="2">
-        <v>118277</v>
+        <v>117986</v>
       </c>
       <c r="D349" s="2" t="s">
-        <v>685</v>
+        <v>683</v>
       </c>
       <c r="E349" s="2" t="s">
-        <v>686</v>
+        <v>546</v>
       </c>
       <c r="F349" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="350" spans="1:6">
       <c r="A350" s="2">
         <v>276</v>
       </c>
       <c r="B350" s="2">
         <v>120</v>
       </c>
       <c r="C350" s="2">
-        <v>117999</v>
+        <v>118114</v>
       </c>
       <c r="D350" s="2" t="s">
-        <v>687</v>
+        <v>684</v>
       </c>
       <c r="E350" s="2" t="s">
-        <v>688</v>
+        <v>685</v>
       </c>
       <c r="F350" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="351" spans="1:6">
       <c r="A351" s="2">
         <v>276</v>
       </c>
       <c r="B351" s="2">
         <v>120</v>
       </c>
       <c r="C351" s="2">
-        <v>103021</v>
+        <v>118276</v>
       </c>
       <c r="D351" s="2" t="s">
-        <v>689</v>
+        <v>686</v>
       </c>
       <c r="E351" s="2" t="s">
-        <v>690</v>
+        <v>687</v>
       </c>
       <c r="F351" s="2" t="s">
-        <v>95</v>
+        <v>198</v>
       </c>
     </row>
     <row r="352" spans="1:6">
       <c r="A352" s="2">
         <v>276</v>
       </c>
       <c r="B352" s="2">
         <v>120</v>
       </c>
       <c r="C352" s="2">
-        <v>118193</v>
+        <v>118060</v>
       </c>
       <c r="D352" s="2" t="s">
-        <v>691</v>
+        <v>688</v>
       </c>
       <c r="E352" s="2" t="s">
-        <v>692</v>
+        <v>689</v>
       </c>
       <c r="F352" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="353" spans="1:6">
       <c r="A353" s="2">
         <v>276</v>
       </c>
       <c r="B353" s="2">
         <v>120</v>
       </c>
       <c r="C353" s="2">
-        <v>118109</v>
+        <v>118192</v>
       </c>
       <c r="D353" s="2" t="s">
-        <v>693</v>
+        <v>690</v>
       </c>
       <c r="E353" s="2" t="s">
-        <v>694</v>
+        <v>435</v>
       </c>
       <c r="F353" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="354" spans="1:6">
       <c r="A354" s="2">
         <v>276</v>
       </c>
       <c r="B354" s="2">
         <v>120</v>
       </c>
       <c r="C354" s="2">
-        <v>118273</v>
+        <v>101037</v>
       </c>
       <c r="D354" s="2" t="s">
-        <v>695</v>
+        <v>691</v>
       </c>
       <c r="E354" s="2" t="s">
-        <v>696</v>
+        <v>692</v>
       </c>
       <c r="F354" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="355" spans="1:6">
       <c r="A355" s="2">
         <v>276</v>
       </c>
       <c r="B355" s="2">
         <v>120</v>
       </c>
       <c r="C355" s="2">
-        <v>118190</v>
+        <v>118111</v>
       </c>
       <c r="D355" s="2" t="s">
-        <v>697</v>
+        <v>693</v>
       </c>
       <c r="E355" s="2" t="s">
-        <v>698</v>
+        <v>694</v>
       </c>
       <c r="F355" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="356" spans="1:6">
       <c r="A356" s="2">
         <v>276</v>
       </c>
       <c r="B356" s="2">
         <v>120</v>
       </c>
       <c r="C356" s="2">
-        <v>118103</v>
+        <v>118055</v>
       </c>
       <c r="D356" s="2" t="s">
-        <v>699</v>
+        <v>695</v>
       </c>
       <c r="E356" s="2" t="s">
-        <v>700</v>
+        <v>696</v>
       </c>
       <c r="F356" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="357" spans="1:6">
       <c r="A357" s="2">
         <v>276</v>
       </c>
       <c r="B357" s="2">
         <v>120</v>
       </c>
       <c r="C357" s="2">
-        <v>107899</v>
+        <v>118189</v>
       </c>
       <c r="D357" s="2" t="s">
-        <v>701</v>
+        <v>697</v>
       </c>
       <c r="E357" s="2" t="s">
-        <v>702</v>
+        <v>698</v>
       </c>
       <c r="F357" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="358" spans="1:6">
       <c r="A358" s="2">
         <v>276</v>
       </c>
       <c r="B358" s="2">
         <v>120</v>
       </c>
       <c r="C358" s="2">
-        <v>118270</v>
+        <v>106955</v>
       </c>
       <c r="D358" s="2" t="s">
-        <v>703</v>
+        <v>699</v>
       </c>
       <c r="E358" s="2" t="s">
-        <v>704</v>
+        <v>700</v>
       </c>
       <c r="F358" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="359" spans="1:6">
       <c r="A359" s="2">
         <v>276</v>
       </c>
       <c r="B359" s="2">
         <v>120</v>
       </c>
       <c r="C359" s="2">
-        <v>117991</v>
+        <v>118105</v>
       </c>
       <c r="D359" s="2" t="s">
-        <v>705</v>
+        <v>701</v>
       </c>
       <c r="E359" s="2" t="s">
-        <v>706</v>
+        <v>702</v>
       </c>
       <c r="F359" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="360" spans="1:6">
       <c r="A360" s="2">
         <v>276</v>
       </c>
       <c r="B360" s="2">
         <v>120</v>
       </c>
       <c r="C360" s="2">
-        <v>107167</v>
+        <v>118272</v>
       </c>
       <c r="D360" s="2" t="s">
-        <v>707</v>
+        <v>703</v>
       </c>
       <c r="E360" s="2" t="s">
-        <v>708</v>
+        <v>704</v>
       </c>
       <c r="F360" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="361" spans="1:6">
       <c r="A361" s="2">
         <v>276</v>
       </c>
       <c r="B361" s="2">
         <v>120</v>
       </c>
       <c r="C361" s="2">
-        <v>101001</v>
+        <v>118051</v>
       </c>
       <c r="D361" s="2" t="s">
-        <v>566</v>
+        <v>705</v>
       </c>
       <c r="E361" s="2" t="s">
-        <v>709</v>
+        <v>706</v>
       </c>
       <c r="F361" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="362" spans="1:6">
       <c r="A362" s="2">
         <v>276</v>
       </c>
       <c r="B362" s="2">
         <v>120</v>
       </c>
       <c r="C362" s="2">
-        <v>118066</v>
+        <v>118185</v>
       </c>
       <c r="D362" s="2" t="s">
-        <v>710</v>
+        <v>586</v>
       </c>
       <c r="E362" s="2" t="s">
-        <v>711</v>
+        <v>707</v>
       </c>
       <c r="F362" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="363" spans="1:6">
       <c r="A363" s="2">
         <v>276</v>
       </c>
       <c r="B363" s="2">
         <v>120</v>
       </c>
       <c r="C363" s="2">
-        <v>118266</v>
+        <v>113164</v>
       </c>
       <c r="D363" s="2" t="s">
-        <v>712</v>
+        <v>708</v>
       </c>
       <c r="E363" s="2" t="s">
-        <v>713</v>
+        <v>709</v>
       </c>
       <c r="F363" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="364" spans="1:6">
       <c r="A364" s="2">
         <v>276</v>
       </c>
       <c r="B364" s="2">
         <v>120</v>
       </c>
       <c r="C364" s="2">
-        <v>117995</v>
+        <v>118102</v>
       </c>
       <c r="D364" s="2" t="s">
-        <v>714</v>
+        <v>710</v>
       </c>
       <c r="E364" s="2" t="s">
-        <v>715</v>
+        <v>711</v>
       </c>
       <c r="F364" s="2" t="s">
-        <v>11</v>
+        <v>198</v>
       </c>
     </row>
     <row r="365" spans="1:6">
       <c r="A365" s="2">
         <v>276</v>
       </c>
       <c r="B365" s="2">
         <v>120</v>
       </c>
       <c r="C365" s="2">
-        <v>113139</v>
+        <v>118269</v>
       </c>
       <c r="D365" s="2" t="s">
-        <v>716</v>
+        <v>712</v>
       </c>
       <c r="E365" s="2" t="s">
-        <v>717</v>
+        <v>713</v>
       </c>
       <c r="F365" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="366" spans="1:6">
       <c r="A366" s="2">
         <v>276</v>
       </c>
       <c r="B366" s="2">
         <v>120</v>
       </c>
       <c r="C366" s="2">
-        <v>118183</v>
+        <v>118048</v>
       </c>
       <c r="D366" s="2" t="s">
-        <v>718</v>
+        <v>714</v>
       </c>
       <c r="E366" s="2" t="s">
-        <v>719</v>
+        <v>715</v>
       </c>
       <c r="F366" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="367" spans="1:6">
       <c r="A367" s="2">
         <v>276</v>
       </c>
       <c r="B367" s="2">
         <v>120</v>
       </c>
       <c r="C367" s="2">
-        <v>118347</v>
+        <v>118182</v>
       </c>
       <c r="D367" s="2" t="s">
-        <v>720</v>
+        <v>716</v>
       </c>
       <c r="E367" s="2" t="s">
-        <v>721</v>
+        <v>717</v>
       </c>
       <c r="F367" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="368" spans="1:6">
       <c r="A368" s="2">
         <v>276</v>
       </c>
       <c r="B368" s="2">
         <v>120</v>
       </c>
       <c r="C368" s="2">
-        <v>118096</v>
+        <v>118346</v>
       </c>
       <c r="D368" s="2" t="s">
-        <v>722</v>
+        <v>718</v>
       </c>
       <c r="E368" s="2" t="s">
-        <v>723</v>
+        <v>719</v>
       </c>
       <c r="F368" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="369" spans="1:6">
       <c r="A369" s="2">
         <v>276</v>
       </c>
       <c r="B369" s="2">
         <v>120</v>
       </c>
       <c r="C369" s="2">
-        <v>102782</v>
+        <v>117970</v>
       </c>
       <c r="D369" s="2" t="s">
-        <v>724</v>
+        <v>720</v>
       </c>
       <c r="E369" s="2" t="s">
-        <v>725</v>
+        <v>721</v>
       </c>
       <c r="F369" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="370" spans="1:6">
       <c r="A370" s="2">
         <v>276</v>
       </c>
       <c r="B370" s="2">
         <v>120</v>
       </c>
       <c r="C370" s="2">
-        <v>118263</v>
+        <v>118098</v>
       </c>
       <c r="D370" s="2" t="s">
-        <v>726</v>
+        <v>722</v>
       </c>
       <c r="E370" s="2" t="s">
-        <v>727</v>
+        <v>723</v>
       </c>
       <c r="F370" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="371" spans="1:6">
       <c r="A371" s="2">
         <v>276</v>
       </c>
       <c r="B371" s="2">
         <v>120</v>
       </c>
       <c r="C371" s="2">
-        <v>117952</v>
+        <v>118265</v>
       </c>
       <c r="D371" s="2" t="s">
-        <v>728</v>
+        <v>634</v>
       </c>
       <c r="E371" s="2" t="s">
-        <v>729</v>
+        <v>724</v>
       </c>
       <c r="F371" s="2" t="s">
-        <v>11</v>
+        <v>198</v>
       </c>
     </row>
     <row r="372" spans="1:6">
       <c r="A372" s="2">
         <v>276</v>
       </c>
       <c r="B372" s="2">
         <v>120</v>
       </c>
       <c r="C372" s="2">
-        <v>102789</v>
+        <v>118045</v>
       </c>
       <c r="D372" s="2" t="s">
-        <v>730</v>
+        <v>725</v>
       </c>
       <c r="E372" s="2" t="s">
-        <v>731</v>
+        <v>726</v>
       </c>
       <c r="F372" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="373" spans="1:6">
       <c r="A373" s="2">
         <v>276</v>
       </c>
       <c r="B373" s="2">
         <v>120</v>
       </c>
       <c r="C373" s="2">
-        <v>118180</v>
+        <v>118179</v>
       </c>
       <c r="D373" s="2" t="s">
-        <v>732</v>
+        <v>727</v>
       </c>
       <c r="E373" s="2" t="s">
-        <v>733</v>
+        <v>728</v>
       </c>
       <c r="F373" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="374" spans="1:6">
       <c r="A374" s="2">
         <v>276</v>
       </c>
       <c r="B374" s="2">
         <v>120</v>
       </c>
       <c r="C374" s="2">
-        <v>118343</v>
+        <v>107077</v>
       </c>
       <c r="D374" s="2" t="s">
-        <v>734</v>
+        <v>729</v>
       </c>
       <c r="E374" s="2" t="s">
-        <v>735</v>
+        <v>730</v>
       </c>
       <c r="F374" s="2" t="s">
-        <v>190</v>
+        <v>328</v>
       </c>
     </row>
     <row r="375" spans="1:6">
       <c r="A375" s="2">
         <v>276</v>
       </c>
       <c r="B375" s="2">
         <v>120</v>
       </c>
       <c r="C375" s="2">
-        <v>118092</v>
+        <v>118342</v>
       </c>
       <c r="D375" s="2" t="s">
-        <v>736</v>
+        <v>731</v>
       </c>
       <c r="E375" s="2" t="s">
-        <v>737</v>
+        <v>732</v>
       </c>
       <c r="F375" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="376" spans="1:6">
       <c r="A376" s="2">
         <v>276</v>
       </c>
       <c r="B376" s="2">
         <v>120</v>
       </c>
       <c r="C376" s="2">
-        <v>118058</v>
+        <v>117965</v>
       </c>
       <c r="D376" s="2" t="s">
-        <v>738</v>
+        <v>733</v>
       </c>
       <c r="E376" s="2" t="s">
-        <v>739</v>
+        <v>734</v>
       </c>
       <c r="F376" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="377" spans="1:6">
       <c r="A377" s="2">
         <v>276</v>
       </c>
       <c r="B377" s="2">
         <v>120</v>
       </c>
       <c r="C377" s="2">
-        <v>107945</v>
+        <v>118094</v>
       </c>
       <c r="D377" s="2" t="s">
-        <v>740</v>
+        <v>735</v>
       </c>
       <c r="E377" s="2" t="s">
-        <v>741</v>
+        <v>736</v>
       </c>
       <c r="F377" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="378" spans="1:6">
       <c r="A378" s="2">
         <v>276</v>
       </c>
       <c r="B378" s="2">
         <v>120</v>
       </c>
       <c r="C378" s="2">
-        <v>117980</v>
+        <v>118262</v>
       </c>
       <c r="D378" s="2" t="s">
-        <v>742</v>
+        <v>737</v>
       </c>
       <c r="E378" s="2" t="s">
-        <v>743</v>
+        <v>738</v>
       </c>
       <c r="F378" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="379" spans="1:6">
       <c r="A379" s="2">
         <v>276</v>
       </c>
       <c r="B379" s="2">
         <v>120</v>
       </c>
       <c r="C379" s="2">
-        <v>118177</v>
+        <v>118042</v>
       </c>
       <c r="D379" s="2" t="s">
-        <v>744</v>
+        <v>739</v>
       </c>
       <c r="E379" s="2" t="s">
-        <v>745</v>
+        <v>740</v>
       </c>
       <c r="F379" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="380" spans="1:6">
       <c r="A380" s="2">
         <v>276</v>
       </c>
       <c r="B380" s="2">
         <v>120</v>
       </c>
       <c r="C380" s="2">
-        <v>118336</v>
+        <v>118176</v>
       </c>
       <c r="D380" s="2" t="s">
-        <v>746</v>
+        <v>741</v>
       </c>
       <c r="E380" s="2" t="s">
-        <v>747</v>
+        <v>544</v>
       </c>
       <c r="F380" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="381" spans="1:6">
       <c r="A381" s="2">
         <v>276</v>
       </c>
       <c r="B381" s="2">
         <v>120</v>
       </c>
       <c r="C381" s="2">
-        <v>118053</v>
+        <v>106985</v>
       </c>
       <c r="D381" s="2" t="s">
-        <v>748</v>
+        <v>148</v>
       </c>
       <c r="E381" s="2" t="s">
-        <v>749</v>
+        <v>184</v>
       </c>
       <c r="F381" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="382" spans="1:6">
       <c r="A382" s="2">
         <v>276</v>
       </c>
       <c r="B382" s="2">
         <v>120</v>
       </c>
       <c r="C382" s="2">
-        <v>118255</v>
+        <v>118091</v>
       </c>
       <c r="D382" s="2" t="s">
-        <v>750</v>
+        <v>742</v>
       </c>
       <c r="E382" s="2" t="s">
-        <v>751</v>
+        <v>743</v>
       </c>
       <c r="F382" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="383" spans="1:6">
       <c r="A383" s="2">
         <v>276</v>
       </c>
       <c r="B383" s="2">
         <v>120</v>
       </c>
       <c r="C383" s="2">
-        <v>102836</v>
+        <v>118259</v>
       </c>
       <c r="D383" s="2" t="s">
-        <v>752</v>
+        <v>744</v>
       </c>
       <c r="E383" s="2" t="s">
-        <v>753</v>
+        <v>745</v>
       </c>
       <c r="F383" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="384" spans="1:6">
       <c r="A384" s="2">
         <v>276</v>
       </c>
       <c r="B384" s="2">
         <v>120</v>
       </c>
       <c r="C384" s="2">
-        <v>118173</v>
+        <v>107179</v>
       </c>
       <c r="D384" s="2" t="s">
-        <v>754</v>
+        <v>746</v>
       </c>
       <c r="E384" s="2" t="s">
-        <v>755</v>
+        <v>746</v>
       </c>
       <c r="F384" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="385" spans="1:6">
       <c r="A385" s="2">
         <v>276</v>
       </c>
       <c r="B385" s="2">
         <v>120</v>
       </c>
       <c r="C385" s="2">
-        <v>118332</v>
+        <v>118171</v>
       </c>
       <c r="D385" s="2" t="s">
-        <v>756</v>
+        <v>747</v>
       </c>
       <c r="E385" s="2" t="s">
-        <v>757</v>
+        <v>748</v>
       </c>
       <c r="F385" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="386" spans="1:6">
       <c r="A386" s="2">
         <v>276</v>
       </c>
       <c r="B386" s="2">
         <v>120</v>
       </c>
       <c r="C386" s="2">
-        <v>118086</v>
+        <v>118331</v>
       </c>
       <c r="D386" s="2" t="s">
-        <v>758</v>
+        <v>749</v>
       </c>
       <c r="E386" s="2" t="s">
-        <v>759</v>
+        <v>750</v>
       </c>
       <c r="F386" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="387" spans="1:6">
       <c r="A387" s="2">
         <v>276</v>
       </c>
       <c r="B387" s="2">
         <v>120</v>
       </c>
       <c r="C387" s="2">
-        <v>118252</v>
+        <v>102698</v>
       </c>
       <c r="D387" s="2" t="s">
-        <v>760</v>
+        <v>751</v>
       </c>
       <c r="E387" s="2" t="s">
-        <v>761</v>
+        <v>752</v>
       </c>
       <c r="F387" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="388" spans="1:6">
       <c r="A388" s="2">
         <v>276</v>
       </c>
       <c r="B388" s="2">
         <v>120</v>
       </c>
       <c r="C388" s="2">
-        <v>117971</v>
+        <v>118085</v>
       </c>
       <c r="D388" s="2" t="s">
-        <v>762</v>
+        <v>753</v>
       </c>
       <c r="E388" s="2" t="s">
-        <v>763</v>
+        <v>715</v>
       </c>
       <c r="F388" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="389" spans="1:6">
       <c r="A389" s="2">
         <v>276</v>
       </c>
       <c r="B389" s="2">
         <v>120</v>
       </c>
       <c r="C389" s="2">
-        <v>118167</v>
+        <v>107245</v>
       </c>
       <c r="D389" s="2" t="s">
-        <v>764</v>
+        <v>754</v>
       </c>
       <c r="E389" s="2" t="s">
-        <v>765</v>
+        <v>755</v>
       </c>
       <c r="F389" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="390" spans="1:6">
       <c r="A390" s="2">
         <v>276</v>
       </c>
       <c r="B390" s="2">
         <v>120</v>
       </c>
       <c r="C390" s="2">
-        <v>118329</v>
+        <v>118166</v>
       </c>
       <c r="D390" s="2" t="s">
-        <v>766</v>
+        <v>756</v>
       </c>
       <c r="E390" s="2" t="s">
-        <v>767</v>
+        <v>757</v>
       </c>
       <c r="F390" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="391" spans="1:6">
       <c r="A391" s="2">
         <v>276</v>
       </c>
       <c r="B391" s="2">
         <v>120</v>
       </c>
       <c r="C391" s="2">
-        <v>105973</v>
+        <v>107211</v>
       </c>
       <c r="D391" s="2" t="s">
-        <v>768</v>
+        <v>758</v>
       </c>
       <c r="E391" s="2" t="s">
-        <v>725</v>
+        <v>759</v>
       </c>
       <c r="F391" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="392" spans="1:6">
       <c r="A392" s="2">
         <v>276</v>
       </c>
       <c r="B392" s="2">
         <v>120</v>
       </c>
       <c r="C392" s="2">
-        <v>118049</v>
+        <v>117951</v>
       </c>
       <c r="D392" s="2" t="s">
-        <v>769</v>
+        <v>760</v>
       </c>
       <c r="E392" s="2" t="s">
-        <v>770</v>
+        <v>761</v>
       </c>
       <c r="F392" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="393" spans="1:6">
       <c r="A393" s="2">
         <v>276</v>
       </c>
       <c r="B393" s="2">
         <v>120</v>
       </c>
       <c r="C393" s="2">
-        <v>118246</v>
+        <v>102772</v>
       </c>
       <c r="D393" s="2" t="s">
-        <v>771</v>
+        <v>442</v>
       </c>
       <c r="E393" s="2" t="s">
-        <v>772</v>
+        <v>762</v>
       </c>
       <c r="F393" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="394" spans="1:6">
       <c r="A394" s="2">
         <v>276</v>
       </c>
       <c r="B394" s="2">
         <v>120</v>
       </c>
       <c r="C394" s="2">
-        <v>117966</v>
+        <v>118035</v>
       </c>
       <c r="D394" s="2" t="s">
-        <v>773</v>
+        <v>763</v>
       </c>
       <c r="E394" s="2" t="s">
-        <v>774</v>
+        <v>764</v>
       </c>
       <c r="F394" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="395" spans="1:6">
       <c r="A395" s="2">
         <v>276</v>
       </c>
       <c r="B395" s="2">
         <v>120</v>
       </c>
       <c r="C395" s="2">
-        <v>117972</v>
+        <v>111680</v>
       </c>
       <c r="D395" s="2" t="s">
-        <v>775</v>
+        <v>765</v>
       </c>
       <c r="E395" s="2" t="s">
-        <v>776</v>
+        <v>766</v>
       </c>
       <c r="F395" s="2" t="s">
-        <v>14</v>
+        <v>198</v>
       </c>
     </row>
     <row r="396" spans="1:6">
       <c r="A396" s="2">
         <v>276</v>
       </c>
       <c r="B396" s="2">
         <v>120</v>
       </c>
       <c r="C396" s="2">
-        <v>113090</v>
+        <v>118324</v>
       </c>
       <c r="D396" s="2" t="s">
-        <v>777</v>
+        <v>767</v>
       </c>
       <c r="E396" s="2" t="s">
-        <v>778</v>
+        <v>768</v>
       </c>
       <c r="F396" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="397" spans="1:6">
       <c r="A397" s="2">
         <v>276</v>
       </c>
       <c r="B397" s="2">
         <v>120</v>
       </c>
       <c r="C397" s="2">
-        <v>113181</v>
+        <v>117948</v>
       </c>
       <c r="D397" s="2" t="s">
-        <v>779</v>
-[...3 lines deleted...]
-      </c>
+        <v>769</v>
+      </c>
+      <c r="E397" s="2"/>
       <c r="F397" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="398" spans="1:6">
       <c r="A398" s="2">
         <v>276</v>
       </c>
       <c r="B398" s="2">
         <v>120</v>
       </c>
       <c r="C398" s="2">
-        <v>118077</v>
+        <v>118076</v>
       </c>
       <c r="D398" s="2" t="s">
-        <v>781</v>
+        <v>770</v>
       </c>
       <c r="E398" s="2" t="s">
-        <v>782</v>
+        <v>771</v>
       </c>
       <c r="F398" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="399" spans="1:6">
       <c r="A399" s="2">
         <v>276</v>
       </c>
       <c r="B399" s="2">
         <v>120</v>
       </c>
       <c r="C399" s="2">
-        <v>118046</v>
+        <v>118245</v>
       </c>
       <c r="D399" s="2" t="s">
-        <v>783</v>
+        <v>772</v>
       </c>
       <c r="E399" s="2" t="s">
-        <v>784</v>
+        <v>773</v>
       </c>
       <c r="F399" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="400" spans="1:6">
       <c r="A400" s="2">
         <v>276</v>
       </c>
       <c r="B400" s="2">
         <v>120</v>
       </c>
       <c r="C400" s="2">
-        <v>118243</v>
+        <v>107078</v>
       </c>
       <c r="D400" s="2" t="s">
-        <v>785</v>
+        <v>774</v>
       </c>
       <c r="E400" s="2" t="s">
-        <v>786</v>
+        <v>775</v>
       </c>
       <c r="F400" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="401" spans="1:6">
       <c r="A401" s="2">
         <v>276</v>
       </c>
       <c r="B401" s="2">
         <v>120</v>
       </c>
       <c r="C401" s="2">
-        <v>117961</v>
+        <v>118158</v>
       </c>
       <c r="D401" s="2" t="s">
-        <v>787</v>
-[...3 lines deleted...]
-      </c>
+        <v>776</v>
+      </c>
+      <c r="E401" s="2"/>
       <c r="F401" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="402" spans="1:6">
       <c r="A402" s="2">
         <v>276</v>
       </c>
       <c r="B402" s="2">
         <v>120</v>
       </c>
       <c r="C402" s="2">
-        <v>118159</v>
+        <v>118321</v>
       </c>
       <c r="D402" s="2" t="s">
-        <v>789</v>
+        <v>777</v>
       </c>
       <c r="E402" s="2" t="s">
-        <v>790</v>
+        <v>778</v>
       </c>
       <c r="F402" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="403" spans="1:6">
       <c r="A403" s="2">
         <v>276</v>
       </c>
       <c r="B403" s="2">
         <v>120</v>
       </c>
       <c r="C403" s="2">
-        <v>118322</v>
+        <v>118073</v>
       </c>
       <c r="D403" s="2" t="s">
-        <v>791</v>
+        <v>779</v>
       </c>
       <c r="E403" s="2" t="s">
-        <v>792</v>
+        <v>546</v>
       </c>
       <c r="F403" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="404" spans="1:6">
       <c r="A404" s="2">
         <v>276</v>
       </c>
       <c r="B404" s="2">
         <v>120</v>
       </c>
       <c r="C404" s="2">
-        <v>118074</v>
+        <v>118242</v>
       </c>
       <c r="D404" s="2" t="s">
-        <v>754</v>
+        <v>780</v>
       </c>
       <c r="E404" s="2" t="s">
-        <v>793</v>
+        <v>781</v>
       </c>
       <c r="F404" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="405" spans="1:6">
       <c r="A405" s="2">
         <v>276</v>
       </c>
       <c r="B405" s="2">
         <v>120</v>
       </c>
       <c r="C405" s="2">
-        <v>118043</v>
+        <v>102840</v>
       </c>
       <c r="D405" s="2" t="s">
-        <v>794</v>
+        <v>782</v>
       </c>
       <c r="E405" s="2" t="s">
-        <v>795</v>
+        <v>783</v>
       </c>
       <c r="F405" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="406" spans="1:6">
       <c r="A406" s="2">
         <v>276</v>
       </c>
       <c r="B406" s="2">
         <v>120</v>
       </c>
       <c r="C406" s="2">
-        <v>118240</v>
+        <v>118153</v>
       </c>
       <c r="D406" s="2" t="s">
-        <v>796</v>
+        <v>784</v>
       </c>
       <c r="E406" s="2" t="s">
-        <v>797</v>
+        <v>591</v>
       </c>
       <c r="F406" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="407" spans="1:6">
       <c r="A407" s="2">
         <v>276</v>
       </c>
       <c r="B407" s="2">
         <v>120</v>
       </c>
       <c r="C407" s="2">
-        <v>117956</v>
+        <v>118318</v>
       </c>
       <c r="D407" s="2" t="s">
-        <v>798</v>
+        <v>785</v>
       </c>
       <c r="E407" s="2" t="s">
-        <v>799</v>
+        <v>786</v>
       </c>
       <c r="F407" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="408" spans="1:6">
       <c r="A408" s="2">
         <v>276</v>
       </c>
       <c r="B408" s="2">
         <v>120</v>
       </c>
       <c r="C408" s="2">
-        <v>118155</v>
+        <v>118239</v>
       </c>
       <c r="D408" s="2" t="s">
-        <v>800</v>
+        <v>787</v>
       </c>
       <c r="E408" s="2" t="s">
-        <v>801</v>
+        <v>788</v>
       </c>
       <c r="F408" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="409" spans="1:6">
       <c r="A409" s="2">
         <v>276</v>
       </c>
       <c r="B409" s="2">
         <v>120</v>
       </c>
       <c r="C409" s="2">
-        <v>118319</v>
+        <v>118023</v>
       </c>
       <c r="D409" s="2" t="s">
-        <v>802</v>
+        <v>789</v>
       </c>
       <c r="E409" s="2" t="s">
-        <v>803</v>
+        <v>790</v>
       </c>
       <c r="F409" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="410" spans="1:6">
       <c r="A410" s="2">
         <v>276</v>
       </c>
       <c r="B410" s="2">
         <v>120</v>
       </c>
       <c r="C410" s="2">
-        <v>118040</v>
+        <v>118150</v>
       </c>
       <c r="D410" s="2" t="s">
-        <v>804</v>
+        <v>695</v>
       </c>
       <c r="E410" s="2" t="s">
-        <v>805</v>
+        <v>791</v>
       </c>
       <c r="F410" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="411" spans="1:6">
       <c r="A411" s="2">
         <v>276</v>
       </c>
       <c r="B411" s="2">
         <v>120</v>
       </c>
       <c r="C411" s="2">
-        <v>118237</v>
+        <v>118314</v>
       </c>
       <c r="D411" s="2" t="s">
-        <v>806</v>
+        <v>792</v>
       </c>
       <c r="E411" s="2" t="s">
-        <v>807</v>
+        <v>793</v>
       </c>
       <c r="F411" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="412" spans="1:6">
       <c r="A412" s="2">
         <v>276</v>
       </c>
       <c r="B412" s="2">
         <v>120</v>
       </c>
       <c r="C412" s="2">
-        <v>113121</v>
+        <v>118236</v>
       </c>
       <c r="D412" s="2" t="s">
-        <v>808</v>
+        <v>794</v>
       </c>
       <c r="E412" s="2" t="s">
-        <v>809</v>
+        <v>479</v>
       </c>
       <c r="F412" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="413" spans="1:6">
       <c r="A413" s="2">
         <v>276</v>
       </c>
       <c r="B413" s="2">
         <v>120</v>
       </c>
       <c r="C413" s="2">
-        <v>118151</v>
+        <v>118019</v>
       </c>
       <c r="D413" s="2" t="s">
-        <v>810</v>
+        <v>661</v>
       </c>
       <c r="E413" s="2" t="s">
-        <v>811</v>
+        <v>795</v>
       </c>
       <c r="F413" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="414" spans="1:6">
       <c r="A414" s="2">
         <v>276</v>
       </c>
       <c r="B414" s="2">
         <v>120</v>
       </c>
       <c r="C414" s="2">
-        <v>118316</v>
+        <v>118146</v>
       </c>
       <c r="D414" s="2" t="s">
-        <v>812</v>
+        <v>796</v>
       </c>
       <c r="E414" s="2" t="s">
-        <v>813</v>
+        <v>797</v>
       </c>
       <c r="F414" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="415" spans="1:6">
       <c r="A415" s="2">
         <v>276</v>
       </c>
       <c r="B415" s="2">
         <v>120</v>
       </c>
       <c r="C415" s="2">
-        <v>118036</v>
+        <v>118311</v>
       </c>
       <c r="D415" s="2" t="s">
-        <v>814</v>
+        <v>798</v>
       </c>
       <c r="E415" s="2" t="s">
-        <v>815</v>
+        <v>755</v>
       </c>
       <c r="F415" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="416" spans="1:6">
       <c r="A416" s="2">
         <v>276</v>
       </c>
       <c r="B416" s="2">
         <v>120</v>
       </c>
       <c r="C416" s="2">
-        <v>117949</v>
+        <v>118232</v>
       </c>
       <c r="D416" s="2" t="s">
-        <v>816</v>
+        <v>799</v>
       </c>
       <c r="E416" s="2" t="s">
-        <v>817</v>
+        <v>800</v>
       </c>
       <c r="F416" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="417" spans="1:6">
       <c r="A417" s="2">
         <v>276</v>
       </c>
       <c r="B417" s="2">
         <v>120</v>
       </c>
       <c r="C417" s="2">
-        <v>118147</v>
+        <v>118016</v>
       </c>
       <c r="D417" s="2" t="s">
-        <v>818</v>
+        <v>801</v>
       </c>
       <c r="E417" s="2" t="s">
-        <v>819</v>
+        <v>802</v>
       </c>
       <c r="F417" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="418" spans="1:6">
       <c r="A418" s="2">
         <v>276</v>
       </c>
       <c r="B418" s="2">
         <v>120</v>
       </c>
       <c r="C418" s="2">
-        <v>118126</v>
+        <v>118142</v>
       </c>
       <c r="D418" s="2" t="s">
-        <v>820</v>
+        <v>710</v>
       </c>
       <c r="E418" s="2" t="s">
-        <v>821</v>
+        <v>803</v>
       </c>
       <c r="F418" s="2" t="s">
-        <v>63</v>
+        <v>198</v>
       </c>
     </row>
     <row r="419" spans="1:6">
       <c r="A419" s="2">
         <v>276</v>
       </c>
       <c r="B419" s="2">
         <v>120</v>
       </c>
       <c r="C419" s="2">
-        <v>118312</v>
+        <v>118307</v>
       </c>
       <c r="D419" s="2" t="s">
-        <v>822</v>
+        <v>804</v>
       </c>
       <c r="E419" s="2" t="s">
-        <v>823</v>
+        <v>805</v>
       </c>
       <c r="F419" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="420" spans="1:6">
       <c r="A420" s="2">
         <v>276</v>
       </c>
       <c r="B420" s="2">
         <v>120</v>
       </c>
       <c r="C420" s="2">
-        <v>118033</v>
+        <v>118228</v>
       </c>
       <c r="D420" s="2" t="s">
-        <v>824</v>
+        <v>806</v>
       </c>
       <c r="E420" s="2" t="s">
-        <v>825</v>
+        <v>807</v>
       </c>
       <c r="F420" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="421" spans="1:6">
       <c r="A421" s="2">
         <v>276</v>
       </c>
       <c r="B421" s="2">
         <v>120</v>
       </c>
       <c r="C421" s="2">
-        <v>118234</v>
+        <v>118011</v>
       </c>
       <c r="D421" s="2" t="s">
-        <v>826</v>
+        <v>808</v>
       </c>
       <c r="E421" s="2" t="s">
-        <v>827</v>
+        <v>809</v>
       </c>
       <c r="F421" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="422" spans="1:6">
       <c r="A422" s="2">
         <v>276</v>
       </c>
       <c r="B422" s="2">
         <v>120</v>
       </c>
       <c r="C422" s="2">
-        <v>102917</v>
+        <v>118137</v>
       </c>
       <c r="D422" s="2" t="s">
-        <v>828</v>
+        <v>810</v>
       </c>
       <c r="E422" s="2" t="s">
-        <v>829</v>
+        <v>811</v>
       </c>
       <c r="F422" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="423" spans="1:6">
       <c r="A423" s="2">
         <v>276</v>
       </c>
       <c r="B423" s="2">
         <v>120</v>
       </c>
       <c r="C423" s="2">
-        <v>118308</v>
+        <v>118303</v>
       </c>
       <c r="D423" s="2" t="s">
-        <v>830</v>
+        <v>812</v>
       </c>
       <c r="E423" s="2" t="s">
-        <v>724</v>
+        <v>546</v>
       </c>
       <c r="F423" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="424" spans="1:6">
       <c r="A424" s="2">
         <v>276</v>
       </c>
       <c r="B424" s="2">
         <v>120</v>
       </c>
       <c r="C424" s="2">
-        <v>118028</v>
+        <v>118224</v>
       </c>
       <c r="D424" s="2" t="s">
-        <v>831</v>
+        <v>813</v>
       </c>
       <c r="E424" s="2" t="s">
-        <v>832</v>
+        <v>814</v>
       </c>
       <c r="F424" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="425" spans="1:6">
       <c r="A425" s="2">
         <v>276</v>
       </c>
       <c r="B425" s="2">
         <v>120</v>
       </c>
       <c r="C425" s="2">
-        <v>118229</v>
+        <v>118088</v>
       </c>
       <c r="D425" s="2" t="s">
-        <v>699</v>
+        <v>815</v>
       </c>
       <c r="E425" s="2" t="s">
-        <v>747</v>
+        <v>816</v>
       </c>
       <c r="F425" s="2" t="s">
-        <v>190</v>
+        <v>34</v>
       </c>
     </row>
     <row r="426" spans="1:6">
       <c r="A426" s="2">
         <v>276</v>
       </c>
       <c r="B426" s="2">
         <v>120</v>
       </c>
       <c r="C426" s="2">
-        <v>118138</v>
+        <v>118186</v>
       </c>
       <c r="D426" s="2" t="s">
-        <v>833</v>
+        <v>817</v>
       </c>
       <c r="E426" s="2" t="s">
-        <v>834</v>
+        <v>818</v>
       </c>
       <c r="F426" s="2" t="s">
-        <v>190</v>
+        <v>8</v>
       </c>
     </row>
     <row r="427" spans="1:6">
       <c r="A427" s="2">
         <v>276</v>
       </c>
       <c r="B427" s="2">
         <v>120</v>
       </c>
       <c r="C427" s="2">
-        <v>118304</v>
+        <v>118008</v>
       </c>
       <c r="D427" s="2" t="s">
-        <v>496</v>
+        <v>819</v>
       </c>
       <c r="E427" s="2" t="s">
-        <v>835</v>
+        <v>820</v>
       </c>
       <c r="F427" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="428" spans="1:6">
       <c r="A428" s="2">
         <v>276</v>
       </c>
       <c r="B428" s="2">
         <v>120</v>
       </c>
       <c r="C428" s="2">
-        <v>118024</v>
+        <v>118133</v>
       </c>
       <c r="D428" s="2" t="s">
-        <v>836</v>
-[...1 lines deleted...]
-      <c r="E428" s="2"/>
+        <v>821</v>
+      </c>
+      <c r="E428" s="2" t="s">
+        <v>822</v>
+      </c>
       <c r="F428" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="429" spans="1:6">
       <c r="A429" s="2">
         <v>276</v>
       </c>
       <c r="B429" s="2">
         <v>120</v>
       </c>
       <c r="C429" s="2">
-        <v>118225</v>
+        <v>118299</v>
       </c>
       <c r="D429" s="2" t="s">
-        <v>837</v>
+        <v>823</v>
       </c>
       <c r="E429" s="2" t="s">
-        <v>647</v>
+        <v>824</v>
       </c>
       <c r="F429" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="430" spans="1:6">
       <c r="A430" s="2">
         <v>276</v>
       </c>
       <c r="B430" s="2">
         <v>120</v>
       </c>
       <c r="C430" s="2">
-        <v>118134</v>
+        <v>118217</v>
       </c>
       <c r="D430" s="2" t="s">
-        <v>595</v>
+        <v>825</v>
       </c>
       <c r="E430" s="2" t="s">
-        <v>838</v>
+        <v>826</v>
       </c>
       <c r="F430" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="431" spans="1:6">
       <c r="A431" s="2">
         <v>276</v>
       </c>
       <c r="B431" s="2">
         <v>120</v>
       </c>
       <c r="C431" s="2">
-        <v>118300</v>
+        <v>118148</v>
       </c>
       <c r="D431" s="2" t="s">
-        <v>839</v>
+        <v>827</v>
       </c>
       <c r="E431" s="2" t="s">
-        <v>840</v>
+        <v>828</v>
       </c>
       <c r="F431" s="2" t="s">
-        <v>190</v>
+        <v>829</v>
       </c>
     </row>
     <row r="432" spans="1:6">
       <c r="A432" s="2">
         <v>276</v>
       </c>
       <c r="B432" s="2">
         <v>120</v>
       </c>
       <c r="C432" s="2">
-        <v>118020</v>
+        <v>118005</v>
       </c>
       <c r="D432" s="2" t="s">
-        <v>841</v>
+        <v>830</v>
       </c>
       <c r="E432" s="2" t="s">
-        <v>842</v>
+        <v>831</v>
       </c>
       <c r="F432" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="433" spans="1:6">
       <c r="A433" s="2">
         <v>276</v>
       </c>
       <c r="B433" s="2">
         <v>120</v>
       </c>
       <c r="C433" s="2">
-        <v>118218</v>
+        <v>107097</v>
       </c>
       <c r="D433" s="2" t="s">
-        <v>843</v>
+        <v>832</v>
       </c>
       <c r="E433" s="2" t="s">
-        <v>844</v>
-[...3 lines deleted...]
-      </c>
+        <v>833</v>
+      </c>
+      <c r="F433" s="2"/>
     </row>
     <row r="434" spans="1:6">
       <c r="A434" s="2">
         <v>276</v>
       </c>
       <c r="B434" s="2">
         <v>120</v>
       </c>
       <c r="C434" s="2">
-        <v>118130</v>
+        <v>118295</v>
       </c>
       <c r="D434" s="2" t="s">
-        <v>845</v>
+        <v>834</v>
       </c>
       <c r="E434" s="2" t="s">
-        <v>846</v>
+        <v>835</v>
       </c>
       <c r="F434" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="435" spans="1:6">
       <c r="A435" s="2">
         <v>276</v>
       </c>
       <c r="B435" s="2">
         <v>120</v>
       </c>
       <c r="C435" s="2">
-        <v>118297</v>
+        <v>118212</v>
       </c>
       <c r="D435" s="2" t="s">
-        <v>847</v>
+        <v>836</v>
       </c>
       <c r="E435" s="2" t="s">
-        <v>848</v>
+        <v>837</v>
       </c>
       <c r="F435" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="436" spans="1:6">
       <c r="A436" s="2">
         <v>276</v>
       </c>
       <c r="B436" s="2">
         <v>120</v>
       </c>
       <c r="C436" s="2">
-        <v>118017</v>
+        <v>117988</v>
       </c>
       <c r="D436" s="2" t="s">
-        <v>849</v>
+        <v>838</v>
       </c>
       <c r="E436" s="2" t="s">
-        <v>850</v>
+        <v>839</v>
       </c>
       <c r="F436" s="2" t="s">
-        <v>190</v>
+        <v>188</v>
       </c>
     </row>
     <row r="437" spans="1:6">
       <c r="A437" s="2">
         <v>276</v>
       </c>
       <c r="B437" s="2">
         <v>120</v>
       </c>
       <c r="C437" s="2">
-        <v>118214</v>
+        <v>118002</v>
       </c>
       <c r="D437" s="2" t="s">
-        <v>851</v>
+        <v>840</v>
       </c>
       <c r="E437" s="2" t="s">
-        <v>852</v>
+        <v>841</v>
       </c>
       <c r="F437" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="438" spans="1:6">
       <c r="A438" s="2">
         <v>276</v>
       </c>
       <c r="B438" s="2">
         <v>120</v>
       </c>
       <c r="C438" s="2">
-        <v>118127</v>
+        <v>118129</v>
       </c>
       <c r="D438" s="2" t="s">
-        <v>853</v>
+        <v>842</v>
       </c>
       <c r="E438" s="2" t="s">
-        <v>854</v>
+        <v>843</v>
       </c>
       <c r="F438" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="439" spans="1:6">
       <c r="A439" s="2">
         <v>276</v>
       </c>
       <c r="B439" s="2">
         <v>120</v>
       </c>
       <c r="C439" s="2">
-        <v>118292</v>
+        <v>118291</v>
       </c>
       <c r="D439" s="2" t="s">
-        <v>855</v>
+        <v>844</v>
       </c>
       <c r="E439" s="2" t="s">
-        <v>856</v>
+        <v>845</v>
       </c>
       <c r="F439" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="440" spans="1:6">
       <c r="A440" s="2">
         <v>276</v>
       </c>
       <c r="B440" s="2">
         <v>120</v>
       </c>
       <c r="C440" s="2">
-        <v>118012</v>
+        <v>118209</v>
       </c>
       <c r="D440" s="2" t="s">
-        <v>591</v>
+        <v>846</v>
       </c>
       <c r="E440" s="2" t="s">
-        <v>645</v>
+        <v>847</v>
       </c>
       <c r="F440" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="441" spans="1:6">
       <c r="A441" s="2">
         <v>276</v>
       </c>
       <c r="B441" s="2">
         <v>120</v>
       </c>
       <c r="C441" s="2">
-        <v>118210</v>
+        <v>118057</v>
       </c>
       <c r="D441" s="2" t="s">
-        <v>857</v>
+        <v>848</v>
       </c>
       <c r="E441" s="2" t="s">
-        <v>858</v>
+        <v>849</v>
       </c>
       <c r="F441" s="2" t="s">
-        <v>190</v>
+        <v>651</v>
       </c>
     </row>
     <row r="442" spans="1:6">
       <c r="A442" s="2">
         <v>276</v>
       </c>
       <c r="B442" s="2">
         <v>120</v>
       </c>
       <c r="C442" s="2">
-        <v>107180</v>
+        <v>117999</v>
       </c>
       <c r="D442" s="2" t="s">
-        <v>859</v>
+        <v>850</v>
       </c>
       <c r="E442" s="2" t="s">
-        <v>860</v>
-[...1 lines deleted...]
-      <c r="F442" s="2"/>
+        <v>851</v>
+      </c>
+      <c r="F442" s="2" t="s">
+        <v>198</v>
+      </c>
     </row>
     <row r="443" spans="1:6">
       <c r="A443" s="2">
         <v>276</v>
       </c>
       <c r="B443" s="2">
         <v>120</v>
       </c>
       <c r="C443" s="2">
-        <v>118123</v>
+        <v>118125</v>
       </c>
       <c r="D443" s="2" t="s">
-        <v>861</v>
+        <v>852</v>
       </c>
       <c r="E443" s="2" t="s">
-        <v>862</v>
+        <v>853</v>
       </c>
       <c r="F443" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="444" spans="1:6">
       <c r="A444" s="2">
         <v>276</v>
       </c>
       <c r="B444" s="2">
         <v>120</v>
       </c>
       <c r="C444" s="2">
-        <v>118289</v>
+        <v>118287</v>
       </c>
       <c r="D444" s="2" t="s">
-        <v>863</v>
+        <v>854</v>
       </c>
       <c r="E444" s="2" t="s">
-        <v>864</v>
+        <v>855</v>
       </c>
       <c r="F444" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="445" spans="1:6">
       <c r="A445" s="2">
         <v>276</v>
       </c>
       <c r="B445" s="2">
         <v>120</v>
       </c>
       <c r="C445" s="2">
-        <v>113141</v>
+        <v>118206</v>
       </c>
       <c r="D445" s="2" t="s">
-        <v>865</v>
+        <v>856</v>
       </c>
       <c r="E445" s="2" t="s">
-        <v>866</v>
+        <v>857</v>
       </c>
       <c r="F445" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="446" spans="1:6">
       <c r="A446" s="2">
         <v>276</v>
       </c>
       <c r="B446" s="2">
         <v>120</v>
       </c>
       <c r="C446" s="2">
-        <v>118207</v>
+        <v>118122</v>
       </c>
       <c r="D446" s="2" t="s">
-        <v>867</v>
+        <v>858</v>
       </c>
       <c r="E446" s="2" t="s">
-        <v>868</v>
+        <v>745</v>
       </c>
       <c r="F446" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="447" spans="1:6">
       <c r="A447" s="2">
         <v>276</v>
       </c>
       <c r="B447" s="2">
         <v>120</v>
       </c>
       <c r="C447" s="2">
-        <v>118120</v>
+        <v>118284</v>
       </c>
       <c r="D447" s="2" t="s">
-        <v>869</v>
+        <v>859</v>
       </c>
       <c r="E447" s="2" t="s">
-        <v>870</v>
+        <v>860</v>
       </c>
       <c r="F447" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="448" spans="1:6">
       <c r="A448" s="2">
         <v>276</v>
       </c>
       <c r="B448" s="2">
         <v>120</v>
       </c>
       <c r="C448" s="2">
-        <v>118285</v>
+        <v>107899</v>
       </c>
       <c r="D448" s="2" t="s">
-        <v>871</v>
+        <v>861</v>
       </c>
       <c r="E448" s="2" t="s">
-        <v>872</v>
+        <v>862</v>
       </c>
       <c r="F448" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="449" spans="1:6">
       <c r="A449" s="2">
         <v>276</v>
       </c>
       <c r="B449" s="2">
         <v>120</v>
       </c>
       <c r="C449" s="2">
-        <v>118006</v>
+        <v>102855</v>
       </c>
       <c r="D449" s="2" t="s">
-        <v>873</v>
+        <v>863</v>
       </c>
       <c r="E449" s="2" t="s">
-        <v>874</v>
+        <v>269</v>
       </c>
       <c r="F449" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="450" spans="1:6">
       <c r="A450" s="2">
         <v>276</v>
       </c>
       <c r="B450" s="2">
         <v>120</v>
       </c>
       <c r="C450" s="2">
-        <v>118015</v>
+        <v>118306</v>
       </c>
       <c r="D450" s="2" t="s">
-        <v>875</v>
+        <v>864</v>
       </c>
       <c r="E450" s="2" t="s">
-        <v>876</v>
+        <v>433</v>
       </c>
       <c r="F450" s="2" t="s">
-        <v>664</v>
+        <v>95</v>
       </c>
     </row>
     <row r="451" spans="1:6">
       <c r="A451" s="2">
         <v>276</v>
       </c>
       <c r="B451" s="2">
         <v>120</v>
       </c>
       <c r="C451" s="2">
-        <v>118204</v>
+        <v>117991</v>
       </c>
       <c r="D451" s="2" t="s">
-        <v>877</v>
+        <v>865</v>
       </c>
       <c r="E451" s="2" t="s">
-        <v>878</v>
+        <v>866</v>
       </c>
       <c r="F451" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="452" spans="1:6">
       <c r="A452" s="2">
         <v>276</v>
       </c>
       <c r="B452" s="2">
         <v>120</v>
       </c>
       <c r="C452" s="2">
-        <v>118117</v>
+        <v>118119</v>
       </c>
       <c r="D452" s="2" t="s">
-        <v>879</v>
+        <v>867</v>
       </c>
       <c r="E452" s="2" t="s">
-        <v>880</v>
+        <v>868</v>
       </c>
       <c r="F452" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="453" spans="1:6">
       <c r="A453" s="2">
         <v>276</v>
       </c>
       <c r="B453" s="2">
         <v>120</v>
       </c>
       <c r="C453" s="2">
-        <v>118282</v>
+        <v>118280</v>
       </c>
       <c r="D453" s="2" t="s">
-        <v>881</v>
+        <v>869</v>
       </c>
       <c r="E453" s="2" t="s">
-        <v>882</v>
+        <v>870</v>
       </c>
       <c r="F453" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="454" spans="1:6">
       <c r="A454" s="2">
         <v>276</v>
       </c>
       <c r="B454" s="2">
         <v>120</v>
       </c>
       <c r="C454" s="2">
-        <v>118003</v>
+        <v>118066</v>
       </c>
       <c r="D454" s="2" t="s">
-        <v>883</v>
+        <v>871</v>
       </c>
       <c r="E454" s="2" t="s">
-        <v>497</v>
+        <v>872</v>
       </c>
       <c r="F454" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="455" spans="1:6">
       <c r="A455" s="2">
         <v>276</v>
       </c>
       <c r="B455" s="2">
         <v>120</v>
       </c>
       <c r="C455" s="2">
-        <v>102935</v>
+        <v>118200</v>
       </c>
       <c r="D455" s="2" t="s">
-        <v>866</v>
+        <v>873</v>
       </c>
       <c r="E455" s="2" t="s">
-        <v>884</v>
+        <v>435</v>
       </c>
       <c r="F455" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="456" spans="1:6">
       <c r="A456" s="2">
         <v>276</v>
       </c>
       <c r="B456" s="2">
         <v>120</v>
       </c>
       <c r="C456" s="2">
-        <v>107046</v>
+        <v>117995</v>
       </c>
       <c r="D456" s="2" t="s">
-        <v>885</v>
+        <v>874</v>
       </c>
       <c r="E456" s="2" t="s">
-        <v>886</v>
+        <v>875</v>
       </c>
       <c r="F456" s="2" t="s">
-        <v>190</v>
+        <v>11</v>
       </c>
     </row>
     <row r="457" spans="1:6">
       <c r="A457" s="2">
         <v>276</v>
       </c>
       <c r="B457" s="2">
         <v>120</v>
       </c>
       <c r="C457" s="2">
-        <v>118278</v>
+        <v>113139</v>
       </c>
       <c r="D457" s="2" t="s">
-        <v>887</v>
+        <v>876</v>
       </c>
       <c r="E457" s="2" t="s">
-        <v>435</v>
+        <v>877</v>
       </c>
       <c r="F457" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="458" spans="1:6">
       <c r="A458" s="2">
         <v>276</v>
       </c>
       <c r="B458" s="2">
         <v>120</v>
       </c>
       <c r="C458" s="2">
-        <v>102722</v>
+        <v>102724</v>
       </c>
       <c r="D458" s="2" t="s">
-        <v>888</v>
+        <v>878</v>
       </c>
       <c r="E458" s="2" t="s">
-        <v>889</v>
+        <v>879</v>
       </c>
       <c r="F458" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="459" spans="1:6">
       <c r="A459" s="2">
         <v>276</v>
       </c>
       <c r="B459" s="2">
         <v>120</v>
       </c>
       <c r="C459" s="2">
-        <v>118139</v>
+        <v>118277</v>
       </c>
       <c r="D459" s="2" t="s">
-        <v>890</v>
+        <v>880</v>
       </c>
       <c r="E459" s="2" t="s">
-        <v>891</v>
+        <v>881</v>
       </c>
       <c r="F459" s="2" t="s">
-        <v>95</v>
+        <v>198</v>
       </c>
     </row>
     <row r="460" spans="1:6">
       <c r="A460" s="2">
         <v>276</v>
       </c>
       <c r="B460" s="2">
         <v>120</v>
       </c>
       <c r="C460" s="2">
-        <v>118197</v>
+        <v>102782</v>
       </c>
       <c r="D460" s="2" t="s">
-        <v>892</v>
+        <v>882</v>
       </c>
       <c r="E460" s="2" t="s">
-        <v>893</v>
+        <v>614</v>
       </c>
       <c r="F460" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="461" spans="1:6">
       <c r="A461" s="2">
         <v>276</v>
       </c>
       <c r="B461" s="2">
         <v>120</v>
       </c>
       <c r="C461" s="2">
-        <v>118110</v>
+        <v>118193</v>
       </c>
       <c r="D461" s="2" t="s">
-        <v>894</v>
+        <v>883</v>
       </c>
       <c r="E461" s="2" t="s">
-        <v>895</v>
+        <v>884</v>
       </c>
       <c r="F461" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="462" spans="1:6">
       <c r="A462" s="2">
         <v>276</v>
       </c>
       <c r="B462" s="2">
         <v>120</v>
       </c>
       <c r="C462" s="2">
-        <v>118274</v>
+        <v>117952</v>
       </c>
       <c r="D462" s="2" t="s">
-        <v>896</v>
+        <v>885</v>
       </c>
       <c r="E462" s="2" t="s">
-        <v>897</v>
+        <v>886</v>
       </c>
       <c r="F462" s="2" t="s">
-        <v>190</v>
+        <v>11</v>
       </c>
     </row>
     <row r="463" spans="1:6">
       <c r="A463" s="2">
         <v>276</v>
       </c>
       <c r="B463" s="2">
         <v>120</v>
       </c>
       <c r="C463" s="2">
-        <v>108406</v>
+        <v>102789</v>
       </c>
       <c r="D463" s="2" t="s">
-        <v>898</v>
+        <v>887</v>
       </c>
       <c r="E463" s="2" t="s">
-        <v>899</v>
+        <v>888</v>
       </c>
       <c r="F463" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="464" spans="1:6">
       <c r="A464" s="2">
         <v>276</v>
       </c>
       <c r="B464" s="2">
         <v>120</v>
       </c>
       <c r="C464" s="2">
-        <v>118191</v>
+        <v>118112</v>
       </c>
       <c r="D464" s="2" t="s">
-        <v>900</v>
+        <v>889</v>
       </c>
       <c r="E464" s="2" t="s">
-        <v>901</v>
+        <v>890</v>
       </c>
       <c r="F464" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="465" spans="1:6">
       <c r="A465" s="2">
         <v>276</v>
       </c>
       <c r="B465" s="2">
         <v>120</v>
       </c>
       <c r="C465" s="2">
-        <v>118104</v>
+        <v>118058</v>
       </c>
       <c r="D465" s="2" t="s">
-        <v>902</v>
+        <v>891</v>
       </c>
       <c r="E465" s="2" t="s">
-        <v>903</v>
+        <v>892</v>
       </c>
       <c r="F465" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="466" spans="1:6">
       <c r="A466" s="2">
         <v>276</v>
       </c>
       <c r="B466" s="2">
         <v>120</v>
       </c>
       <c r="C466" s="2">
-        <v>118071</v>
+        <v>118190</v>
       </c>
       <c r="D466" s="2" t="s">
-        <v>904</v>
+        <v>893</v>
       </c>
       <c r="E466" s="2" t="s">
-        <v>905</v>
+        <v>894</v>
       </c>
       <c r="F466" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="467" spans="1:6">
       <c r="A467" s="2">
         <v>276</v>
       </c>
       <c r="B467" s="2">
         <v>120</v>
       </c>
       <c r="C467" s="2">
-        <v>118271</v>
+        <v>117980</v>
       </c>
       <c r="D467" s="2" t="s">
-        <v>906</v>
+        <v>895</v>
       </c>
       <c r="E467" s="2" t="s">
-        <v>907</v>
+        <v>896</v>
       </c>
       <c r="F467" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="468" spans="1:6">
       <c r="A468" s="2">
         <v>276</v>
       </c>
       <c r="B468" s="2">
         <v>120</v>
       </c>
       <c r="C468" s="2">
-        <v>107112</v>
+        <v>118109</v>
       </c>
       <c r="D468" s="2" t="s">
-        <v>908</v>
+        <v>897</v>
       </c>
       <c r="E468" s="2" t="s">
-        <v>546</v>
+        <v>711</v>
       </c>
       <c r="F468" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="469" spans="1:6">
       <c r="A469" s="2">
         <v>276</v>
       </c>
       <c r="B469" s="2">
         <v>120</v>
       </c>
       <c r="C469" s="2">
-        <v>118188</v>
+        <v>118273</v>
       </c>
       <c r="D469" s="2" t="s">
-        <v>909</v>
+        <v>898</v>
       </c>
       <c r="E469" s="2" t="s">
-        <v>910</v>
+        <v>899</v>
       </c>
       <c r="F469" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="470" spans="1:6">
       <c r="A470" s="2">
         <v>276</v>
       </c>
       <c r="B470" s="2">
         <v>120</v>
       </c>
       <c r="C470" s="2">
-        <v>118100</v>
+        <v>118053</v>
       </c>
       <c r="D470" s="2" t="s">
-        <v>911</v>
+        <v>900</v>
       </c>
       <c r="E470" s="2" t="s">
-        <v>912</v>
+        <v>901</v>
       </c>
       <c r="F470" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="471" spans="1:6">
       <c r="A471" s="2">
         <v>276</v>
       </c>
       <c r="B471" s="2">
         <v>120</v>
       </c>
       <c r="C471" s="2">
-        <v>101975</v>
+        <v>107167</v>
       </c>
       <c r="D471" s="2" t="s">
-        <v>530</v>
+        <v>902</v>
       </c>
       <c r="E471" s="2" t="s">
-        <v>913</v>
+        <v>903</v>
       </c>
       <c r="F471" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="472" spans="1:6">
       <c r="A472" s="2">
         <v>276</v>
       </c>
       <c r="B472" s="2">
         <v>120</v>
       </c>
       <c r="C472" s="2">
-        <v>118267</v>
+        <v>102836</v>
       </c>
       <c r="D472" s="2" t="s">
-        <v>914</v>
+        <v>904</v>
       </c>
       <c r="E472" s="2" t="s">
-        <v>915</v>
+        <v>905</v>
       </c>
       <c r="F472" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="473" spans="1:6">
       <c r="A473" s="2">
         <v>276</v>
       </c>
       <c r="B473" s="2">
         <v>120</v>
       </c>
       <c r="C473" s="2">
-        <v>105464</v>
+        <v>118103</v>
       </c>
       <c r="D473" s="2" t="s">
-        <v>916</v>
+        <v>906</v>
       </c>
       <c r="E473" s="2" t="s">
-        <v>917</v>
+        <v>907</v>
       </c>
       <c r="F473" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="474" spans="1:6">
       <c r="A474" s="2">
         <v>276</v>
       </c>
       <c r="B474" s="2">
         <v>120</v>
       </c>
       <c r="C474" s="2">
-        <v>118184</v>
+        <v>118270</v>
       </c>
       <c r="D474" s="2" t="s">
-        <v>918</v>
+        <v>908</v>
       </c>
       <c r="E474" s="2" t="s">
-        <v>919</v>
+        <v>909</v>
       </c>
       <c r="F474" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="475" spans="1:6">
       <c r="A475" s="2">
         <v>276</v>
       </c>
       <c r="B475" s="2">
         <v>120</v>
       </c>
       <c r="C475" s="2">
-        <v>118348</v>
+        <v>118049</v>
       </c>
       <c r="D475" s="2" t="s">
-        <v>920</v>
+        <v>910</v>
       </c>
       <c r="E475" s="2" t="s">
-        <v>921</v>
+        <v>911</v>
       </c>
       <c r="F475" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="476" spans="1:6">
       <c r="A476" s="2">
         <v>276</v>
       </c>
       <c r="B476" s="2">
         <v>120</v>
       </c>
       <c r="C476" s="2">
-        <v>118097</v>
+        <v>118183</v>
       </c>
       <c r="D476" s="2" t="s">
-        <v>922</v>
+        <v>912</v>
       </c>
       <c r="E476" s="2" t="s">
-        <v>923</v>
+        <v>913</v>
       </c>
       <c r="F476" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="477" spans="1:6">
       <c r="A477" s="2">
         <v>276</v>
       </c>
       <c r="B477" s="2">
         <v>120</v>
       </c>
       <c r="C477" s="2">
-        <v>118063</v>
+        <v>118347</v>
       </c>
       <c r="D477" s="2" t="s">
-        <v>924</v>
-[...1 lines deleted...]
-      <c r="E477" s="2"/>
+        <v>914</v>
+      </c>
+      <c r="E477" s="2" t="s">
+        <v>915</v>
+      </c>
       <c r="F477" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="478" spans="1:6">
       <c r="A478" s="2">
         <v>276</v>
       </c>
       <c r="B478" s="2">
         <v>120</v>
       </c>
       <c r="C478" s="2">
-        <v>118264</v>
+        <v>117971</v>
       </c>
       <c r="D478" s="2" t="s">
-        <v>925</v>
+        <v>916</v>
       </c>
       <c r="E478" s="2" t="s">
-        <v>926</v>
+        <v>917</v>
       </c>
       <c r="F478" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="479" spans="1:6">
       <c r="A479" s="2">
         <v>276</v>
       </c>
       <c r="B479" s="2">
         <v>120</v>
       </c>
       <c r="C479" s="2">
-        <v>113114</v>
+        <v>101001</v>
       </c>
       <c r="D479" s="2" t="s">
-        <v>927</v>
+        <v>765</v>
       </c>
       <c r="E479" s="2" t="s">
-        <v>928</v>
+        <v>918</v>
       </c>
       <c r="F479" s="2" t="s">
-        <v>11</v>
+        <v>198</v>
       </c>
     </row>
     <row r="480" spans="1:6">
       <c r="A480" s="2">
         <v>276</v>
       </c>
       <c r="B480" s="2">
         <v>120</v>
       </c>
       <c r="C480" s="2">
-        <v>117985</v>
+        <v>118266</v>
       </c>
       <c r="D480" s="2" t="s">
-        <v>929</v>
+        <v>919</v>
       </c>
       <c r="E480" s="2" t="s">
-        <v>930</v>
+        <v>920</v>
       </c>
       <c r="F480" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="481" spans="1:6">
       <c r="A481" s="2">
         <v>276</v>
       </c>
       <c r="B481" s="2">
         <v>120</v>
       </c>
       <c r="C481" s="2">
-        <v>118181</v>
+        <v>118046</v>
       </c>
       <c r="D481" s="2" t="s">
-        <v>931</v>
+        <v>921</v>
       </c>
       <c r="E481" s="2" t="s">
-        <v>932</v>
+        <v>922</v>
       </c>
       <c r="F481" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="482" spans="1:6">
       <c r="A482" s="2">
         <v>276</v>
       </c>
       <c r="B482" s="2">
         <v>120</v>
       </c>
       <c r="C482" s="2">
-        <v>118344</v>
+        <v>118180</v>
       </c>
       <c r="D482" s="2" t="s">
-        <v>933</v>
+        <v>923</v>
       </c>
       <c r="E482" s="2" t="s">
-        <v>934</v>
+        <v>924</v>
       </c>
       <c r="F482" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="483" spans="1:6">
       <c r="A483" s="2">
         <v>276</v>
       </c>
       <c r="B483" s="2">
         <v>120</v>
       </c>
       <c r="C483" s="2">
-        <v>118093</v>
+        <v>118343</v>
       </c>
       <c r="D483" s="2" t="s">
-        <v>935</v>
+        <v>925</v>
       </c>
       <c r="E483" s="2" t="s">
-        <v>936</v>
+        <v>926</v>
       </c>
       <c r="F483" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="484" spans="1:6">
       <c r="A484" s="2">
         <v>276</v>
       </c>
       <c r="B484" s="2">
         <v>120</v>
       </c>
       <c r="C484" s="2">
-        <v>102769</v>
+        <v>117966</v>
       </c>
       <c r="D484" s="2" t="s">
-        <v>937</v>
+        <v>927</v>
       </c>
       <c r="E484" s="2" t="s">
-        <v>938</v>
+        <v>928</v>
       </c>
       <c r="F484" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="485" spans="1:6">
       <c r="A485" s="2">
         <v>276</v>
       </c>
       <c r="B485" s="2">
         <v>120</v>
       </c>
       <c r="C485" s="2">
-        <v>118261</v>
+        <v>118096</v>
       </c>
       <c r="D485" s="2" t="s">
-        <v>939</v>
+        <v>929</v>
       </c>
       <c r="E485" s="2" t="s">
-        <v>940</v>
+        <v>930</v>
       </c>
       <c r="F485" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="486" spans="1:6">
       <c r="A486" s="2">
         <v>276</v>
       </c>
       <c r="B486" s="2">
         <v>120</v>
       </c>
       <c r="C486" s="2">
-        <v>117982</v>
+        <v>118263</v>
       </c>
       <c r="D486" s="2" t="s">
-        <v>941</v>
+        <v>931</v>
       </c>
       <c r="E486" s="2" t="s">
-        <v>942</v>
+        <v>932</v>
       </c>
       <c r="F486" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="487" spans="1:6">
       <c r="A487" s="2">
         <v>276</v>
       </c>
       <c r="B487" s="2">
         <v>120</v>
       </c>
       <c r="C487" s="2">
-        <v>118178</v>
+        <v>118043</v>
       </c>
       <c r="D487" s="2" t="s">
-        <v>658</v>
+        <v>933</v>
       </c>
       <c r="E487" s="2" t="s">
-        <v>943</v>
+        <v>934</v>
       </c>
       <c r="F487" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="488" spans="1:6">
       <c r="A488" s="2">
         <v>276</v>
       </c>
       <c r="B488" s="2">
         <v>120</v>
       </c>
       <c r="C488" s="2">
-        <v>118341</v>
+        <v>118177</v>
       </c>
       <c r="D488" s="2" t="s">
-        <v>944</v>
+        <v>935</v>
       </c>
       <c r="E488" s="2" t="s">
-        <v>945</v>
+        <v>936</v>
       </c>
       <c r="F488" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="489" spans="1:6">
       <c r="A489" s="2">
         <v>276</v>
       </c>
       <c r="B489" s="2">
         <v>120</v>
       </c>
       <c r="C489" s="2">
-        <v>118054</v>
+        <v>118336</v>
       </c>
       <c r="D489" s="2" t="s">
-        <v>946</v>
+        <v>937</v>
       </c>
       <c r="E489" s="2" t="s">
-        <v>747</v>
+        <v>938</v>
       </c>
       <c r="F489" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="490" spans="1:6">
       <c r="A490" s="2">
         <v>276</v>
       </c>
       <c r="B490" s="2">
         <v>120</v>
       </c>
       <c r="C490" s="2">
-        <v>118257</v>
+        <v>117961</v>
       </c>
       <c r="D490" s="2" t="s">
-        <v>947</v>
+        <v>939</v>
       </c>
       <c r="E490" s="2" t="s">
-        <v>189</v>
+        <v>940</v>
       </c>
       <c r="F490" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="491" spans="1:6">
       <c r="A491" s="2">
         <v>276</v>
       </c>
       <c r="B491" s="2">
         <v>120</v>
       </c>
       <c r="C491" s="2">
-        <v>117978</v>
+        <v>118092</v>
       </c>
       <c r="D491" s="2" t="s">
-        <v>722</v>
+        <v>941</v>
       </c>
       <c r="E491" s="2" t="s">
-        <v>546</v>
+        <v>942</v>
       </c>
       <c r="F491" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="492" spans="1:6">
       <c r="A492" s="2">
         <v>276</v>
       </c>
       <c r="B492" s="2">
         <v>120</v>
       </c>
       <c r="C492" s="2">
-        <v>118174</v>
+        <v>107945</v>
       </c>
       <c r="D492" s="2" t="s">
-        <v>948</v>
+        <v>943</v>
       </c>
       <c r="E492" s="2" t="s">
-        <v>949</v>
+        <v>944</v>
       </c>
       <c r="F492" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="493" spans="1:6">
       <c r="A493" s="2">
         <v>276</v>
       </c>
       <c r="B493" s="2">
         <v>120</v>
       </c>
       <c r="C493" s="2">
-        <v>118334</v>
+        <v>118040</v>
       </c>
       <c r="D493" s="2" t="s">
-        <v>950</v>
+        <v>945</v>
       </c>
       <c r="E493" s="2" t="s">
-        <v>951</v>
+        <v>946</v>
       </c>
       <c r="F493" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="494" spans="1:6">
       <c r="A494" s="2">
         <v>276</v>
       </c>
       <c r="B494" s="2">
         <v>120</v>
       </c>
       <c r="C494" s="2">
-        <v>118089</v>
+        <v>118173</v>
       </c>
       <c r="D494" s="2" t="s">
-        <v>952</v>
+        <v>562</v>
       </c>
       <c r="E494" s="2" t="s">
-        <v>953</v>
+        <v>947</v>
       </c>
       <c r="F494" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="495" spans="1:6">
       <c r="A495" s="2">
         <v>276</v>
       </c>
       <c r="B495" s="2">
         <v>120</v>
       </c>
       <c r="C495" s="2">
-        <v>118050</v>
+        <v>118332</v>
       </c>
       <c r="D495" s="2" t="s">
-        <v>954</v>
+        <v>948</v>
       </c>
       <c r="E495" s="2" t="s">
-        <v>955</v>
+        <v>687</v>
       </c>
       <c r="F495" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="496" spans="1:6">
       <c r="A496" s="2">
         <v>276</v>
       </c>
       <c r="B496" s="2">
         <v>120</v>
       </c>
       <c r="C496" s="2">
-        <v>118253</v>
+        <v>117956</v>
       </c>
       <c r="D496" s="2" t="s">
-        <v>754</v>
+        <v>949</v>
       </c>
       <c r="E496" s="2" t="s">
-        <v>467</v>
+        <v>950</v>
       </c>
       <c r="F496" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="497" spans="1:6">
       <c r="A497" s="2">
         <v>276</v>
       </c>
       <c r="B497" s="2">
         <v>120</v>
       </c>
       <c r="C497" s="2">
-        <v>117975</v>
+        <v>118086</v>
       </c>
       <c r="D497" s="2" t="s">
-        <v>956</v>
+        <v>951</v>
       </c>
       <c r="E497" s="2" t="s">
-        <v>424</v>
+        <v>952</v>
       </c>
       <c r="F497" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="498" spans="1:6">
       <c r="A498" s="2">
         <v>276</v>
       </c>
       <c r="B498" s="2">
         <v>120</v>
       </c>
       <c r="C498" s="2">
-        <v>118170</v>
+        <v>118255</v>
       </c>
       <c r="D498" s="2" t="s">
-        <v>957</v>
+        <v>953</v>
       </c>
       <c r="E498" s="2" t="s">
-        <v>479</v>
+        <v>954</v>
       </c>
       <c r="F498" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="499" spans="1:6">
       <c r="A499" s="2">
         <v>276</v>
       </c>
       <c r="B499" s="2">
         <v>120</v>
       </c>
       <c r="C499" s="2">
-        <v>113136</v>
+        <v>118036</v>
       </c>
       <c r="D499" s="2" t="s">
-        <v>958</v>
+        <v>653</v>
       </c>
       <c r="E499" s="2" t="s">
-        <v>959</v>
+        <v>955</v>
       </c>
       <c r="F499" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="500" spans="1:6">
       <c r="A500" s="2">
         <v>276</v>
       </c>
       <c r="B500" s="2">
         <v>120</v>
       </c>
       <c r="C500" s="2">
-        <v>118084</v>
+        <v>118167</v>
       </c>
       <c r="D500" s="2" t="s">
-        <v>960</v>
+        <v>956</v>
       </c>
       <c r="E500" s="2" t="s">
-        <v>961</v>
+        <v>957</v>
       </c>
       <c r="F500" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="501" spans="1:6">
       <c r="A501" s="2">
         <v>276</v>
       </c>
       <c r="B501" s="2">
         <v>120</v>
       </c>
       <c r="C501" s="2">
-        <v>118248</v>
+        <v>118329</v>
       </c>
       <c r="D501" s="2" t="s">
-        <v>962</v>
+        <v>958</v>
       </c>
       <c r="E501" s="2" t="s">
-        <v>963</v>
+        <v>959</v>
       </c>
       <c r="F501" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="502" spans="1:6">
       <c r="A502" s="2">
         <v>276</v>
       </c>
       <c r="B502" s="2">
         <v>120</v>
       </c>
       <c r="C502" s="2">
-        <v>117969</v>
+        <v>113121</v>
       </c>
       <c r="D502" s="2" t="s">
-        <v>964</v>
+        <v>960</v>
       </c>
       <c r="E502" s="2" t="s">
-        <v>965</v>
+        <v>961</v>
       </c>
       <c r="F502" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="503" spans="1:6">
       <c r="A503" s="2">
         <v>276</v>
       </c>
       <c r="B503" s="2">
         <v>120</v>
       </c>
       <c r="C503" s="2">
-        <v>118165</v>
+        <v>105973</v>
       </c>
       <c r="D503" s="2" t="s">
-        <v>966</v>
+        <v>962</v>
       </c>
       <c r="E503" s="2" t="s">
-        <v>967</v>
+        <v>614</v>
       </c>
       <c r="F503" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="504" spans="1:6">
       <c r="A504" s="2">
         <v>276</v>
       </c>
       <c r="B504" s="2">
         <v>120</v>
       </c>
       <c r="C504" s="2">
-        <v>118326</v>
+        <v>118252</v>
       </c>
       <c r="D504" s="2" t="s">
-        <v>968</v>
+        <v>963</v>
       </c>
       <c r="E504" s="2" t="s">
-        <v>969</v>
+        <v>964</v>
       </c>
       <c r="F504" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="505" spans="1:6">
       <c r="A505" s="2">
         <v>276</v>
       </c>
       <c r="B505" s="2">
         <v>120</v>
       </c>
       <c r="C505" s="2">
-        <v>107192</v>
+        <v>113090</v>
       </c>
       <c r="D505" s="2" t="s">
-        <v>970</v>
+        <v>965</v>
       </c>
       <c r="E505" s="2" t="s">
-        <v>971</v>
+        <v>966</v>
       </c>
       <c r="F505" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="506" spans="1:6">
       <c r="A506" s="2">
         <v>276</v>
       </c>
       <c r="B506" s="2">
         <v>120</v>
       </c>
       <c r="C506" s="2">
-        <v>118047</v>
+        <v>113181</v>
       </c>
       <c r="D506" s="2" t="s">
-        <v>972</v>
+        <v>967</v>
       </c>
       <c r="E506" s="2" t="s">
-        <v>655</v>
+        <v>968</v>
       </c>
       <c r="F506" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="507" spans="1:6">
       <c r="A507" s="2">
         <v>276</v>
       </c>
       <c r="B507" s="2">
         <v>120</v>
       </c>
       <c r="C507" s="2">
-        <v>118244</v>
+        <v>117949</v>
       </c>
       <c r="D507" s="2" t="s">
-        <v>973</v>
+        <v>969</v>
       </c>
       <c r="E507" s="2" t="s">
-        <v>974</v>
+        <v>970</v>
       </c>
       <c r="F507" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="508" spans="1:6">
       <c r="A508" s="2">
         <v>276</v>
       </c>
       <c r="B508" s="2">
         <v>120</v>
       </c>
       <c r="C508" s="2">
-        <v>117963</v>
+        <v>118077</v>
       </c>
       <c r="D508" s="2" t="s">
-        <v>975</v>
+        <v>971</v>
       </c>
       <c r="E508" s="2" t="s">
-        <v>559</v>
+        <v>972</v>
       </c>
       <c r="F508" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="509" spans="1:6">
       <c r="A509" s="2">
         <v>276</v>
       </c>
       <c r="B509" s="2">
         <v>120</v>
       </c>
       <c r="C509" s="2">
-        <v>118161</v>
+        <v>118246</v>
       </c>
       <c r="D509" s="2" t="s">
-        <v>976</v>
+        <v>973</v>
       </c>
       <c r="E509" s="2" t="s">
-        <v>259</v>
+        <v>974</v>
       </c>
       <c r="F509" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="510" spans="1:6">
       <c r="A510" s="2">
         <v>276</v>
       </c>
       <c r="B510" s="2">
         <v>120</v>
       </c>
       <c r="C510" s="2">
-        <v>118323</v>
+        <v>118033</v>
       </c>
       <c r="D510" s="2" t="s">
-        <v>977</v>
+        <v>975</v>
       </c>
       <c r="E510" s="2" t="s">
-        <v>978</v>
+        <v>976</v>
       </c>
       <c r="F510" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="511" spans="1:6">
       <c r="A511" s="2">
         <v>276</v>
       </c>
       <c r="B511" s="2">
         <v>120</v>
       </c>
       <c r="C511" s="2">
-        <v>118075</v>
+        <v>118159</v>
       </c>
       <c r="D511" s="2" t="s">
-        <v>979</v>
+        <v>977</v>
       </c>
       <c r="E511" s="2" t="s">
-        <v>980</v>
+        <v>978</v>
       </c>
       <c r="F511" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="512" spans="1:6">
       <c r="A512" s="2">
         <v>276</v>
       </c>
       <c r="B512" s="2">
         <v>120</v>
       </c>
       <c r="C512" s="2">
-        <v>118044</v>
+        <v>118322</v>
       </c>
       <c r="D512" s="2" t="s">
-        <v>981</v>
+        <v>979</v>
       </c>
       <c r="E512" s="2" t="s">
-        <v>546</v>
+        <v>980</v>
       </c>
       <c r="F512" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="513" spans="1:6">
       <c r="A513" s="2">
         <v>276</v>
       </c>
       <c r="B513" s="2">
         <v>120</v>
       </c>
       <c r="C513" s="2">
-        <v>118241</v>
+        <v>118074</v>
       </c>
       <c r="D513" s="2" t="s">
-        <v>982</v>
+        <v>562</v>
       </c>
       <c r="E513" s="2" t="s">
-        <v>435</v>
+        <v>981</v>
       </c>
       <c r="F513" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="514" spans="1:6">
       <c r="A514" s="2">
         <v>276</v>
       </c>
       <c r="B514" s="2">
         <v>120</v>
       </c>
       <c r="C514" s="2">
-        <v>117957</v>
+        <v>118243</v>
       </c>
       <c r="D514" s="2" t="s">
+        <v>982</v>
+      </c>
+      <c r="E514" s="2" t="s">
         <v>983</v>
       </c>
-      <c r="E514" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F514" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="515" spans="1:6">
       <c r="A515" s="2">
         <v>276</v>
       </c>
       <c r="B515" s="2">
         <v>120</v>
       </c>
       <c r="C515" s="2">
-        <v>118157</v>
+        <v>118028</v>
       </c>
       <c r="D515" s="2" t="s">
         <v>984</v>
       </c>
       <c r="E515" s="2" t="s">
-        <v>985</v>
+        <v>619</v>
       </c>
       <c r="F515" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="516" spans="1:6">
       <c r="A516" s="2">
         <v>276</v>
       </c>
       <c r="B516" s="2">
         <v>120</v>
       </c>
       <c r="C516" s="2">
-        <v>118320</v>
+        <v>118155</v>
       </c>
       <c r="D516" s="2" t="s">
-        <v>935</v>
+        <v>985</v>
       </c>
       <c r="E516" s="2" t="s">
         <v>986</v>
       </c>
       <c r="F516" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="517" spans="1:6">
       <c r="A517" s="2">
         <v>276</v>
       </c>
       <c r="B517" s="2">
         <v>120</v>
       </c>
       <c r="C517" s="2">
-        <v>118041</v>
+        <v>118319</v>
       </c>
       <c r="D517" s="2" t="s">
         <v>987</v>
       </c>
       <c r="E517" s="2" t="s">
         <v>988</v>
       </c>
       <c r="F517" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="518" spans="1:6">
       <c r="A518" s="2">
         <v>276</v>
       </c>
       <c r="B518" s="2">
         <v>120</v>
       </c>
       <c r="C518" s="2">
-        <v>118238</v>
+        <v>118240</v>
       </c>
       <c r="D518" s="2" t="s">
-        <v>849</v>
+        <v>989</v>
       </c>
       <c r="E518" s="2" t="s">
-        <v>525</v>
+        <v>990</v>
       </c>
       <c r="F518" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="519" spans="1:6">
       <c r="A519" s="2">
         <v>276</v>
       </c>
       <c r="B519" s="2">
         <v>120</v>
       </c>
       <c r="C519" s="2">
-        <v>117954</v>
+        <v>118024</v>
       </c>
       <c r="D519" s="2" t="s">
-        <v>989</v>
-[...3 lines deleted...]
-      </c>
+        <v>991</v>
+      </c>
+      <c r="E519" s="2"/>
       <c r="F519" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="520" spans="1:6">
       <c r="A520" s="2">
         <v>276</v>
       </c>
       <c r="B520" s="2">
         <v>120</v>
       </c>
       <c r="C520" s="2">
-        <v>118152</v>
+        <v>118151</v>
       </c>
       <c r="D520" s="2" t="s">
-        <v>991</v>
+        <v>992</v>
       </c>
       <c r="E520" s="2" t="s">
-        <v>587</v>
+        <v>993</v>
       </c>
       <c r="F520" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="521" spans="1:6">
       <c r="A521" s="2">
         <v>276</v>
       </c>
       <c r="B521" s="2">
         <v>120</v>
       </c>
       <c r="C521" s="2">
-        <v>118317</v>
+        <v>118316</v>
       </c>
       <c r="D521" s="2" t="s">
-        <v>992</v>
+        <v>994</v>
       </c>
       <c r="E521" s="2" t="s">
-        <v>993</v>
+        <v>598</v>
       </c>
       <c r="F521" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="522" spans="1:6">
       <c r="A522" s="2">
         <v>276</v>
       </c>
       <c r="B522" s="2">
         <v>120</v>
       </c>
       <c r="C522" s="2">
-        <v>118037</v>
+        <v>118115</v>
       </c>
       <c r="D522" s="2" t="s">
-        <v>994</v>
+        <v>995</v>
       </c>
       <c r="E522" s="2" t="s">
-        <v>995</v>
+        <v>996</v>
       </c>
       <c r="F522" s="2" t="s">
-        <v>190</v>
+        <v>51</v>
       </c>
     </row>
     <row r="523" spans="1:6">
       <c r="A523" s="2">
         <v>276</v>
       </c>
       <c r="B523" s="2">
         <v>120</v>
       </c>
       <c r="C523" s="2">
-        <v>117950</v>
+        <v>118237</v>
       </c>
       <c r="D523" s="2" t="s">
-        <v>996</v>
+        <v>997</v>
       </c>
       <c r="E523" s="2" t="s">
-        <v>997</v>
+        <v>998</v>
       </c>
       <c r="F523" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="524" spans="1:6">
       <c r="A524" s="2">
         <v>276</v>
       </c>
       <c r="B524" s="2">
         <v>120</v>
       </c>
       <c r="C524" s="2">
-        <v>102852</v>
+        <v>118020</v>
       </c>
       <c r="D524" s="2" t="s">
-        <v>998</v>
+        <v>999</v>
       </c>
       <c r="E524" s="2" t="s">
-        <v>546</v>
+        <v>1000</v>
       </c>
       <c r="F524" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="525" spans="1:6">
       <c r="A525" s="2">
         <v>276</v>
       </c>
       <c r="B525" s="2">
         <v>120</v>
       </c>
       <c r="C525" s="2">
-        <v>118313</v>
+        <v>118147</v>
       </c>
       <c r="D525" s="2" t="s">
-        <v>999</v>
+        <v>1001</v>
       </c>
       <c r="E525" s="2" t="s">
-        <v>1000</v>
+        <v>1002</v>
       </c>
       <c r="F525" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="526" spans="1:6">
       <c r="A526" s="2">
         <v>276</v>
       </c>
       <c r="B526" s="2">
         <v>120</v>
       </c>
       <c r="C526" s="2">
-        <v>118034</v>
+        <v>118312</v>
       </c>
       <c r="D526" s="2" t="s">
-        <v>1001</v>
+        <v>1003</v>
       </c>
       <c r="E526" s="2" t="s">
-        <v>1002</v>
+        <v>1004</v>
       </c>
       <c r="F526" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="527" spans="1:6">
       <c r="A527" s="2">
         <v>276</v>
       </c>
       <c r="B527" s="2">
         <v>120</v>
       </c>
       <c r="C527" s="2">
-        <v>118235</v>
+        <v>118234</v>
       </c>
       <c r="D527" s="2" t="s">
-        <v>1003</v>
+        <v>1005</v>
       </c>
       <c r="E527" s="2" t="s">
-        <v>1004</v>
+        <v>1006</v>
       </c>
       <c r="F527" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="528" spans="1:6">
       <c r="A528" s="2">
         <v>276</v>
       </c>
       <c r="B528" s="2">
         <v>120</v>
       </c>
       <c r="C528" s="2">
-        <v>118145</v>
+        <v>118017</v>
       </c>
       <c r="D528" s="2" t="s">
-        <v>1005</v>
+        <v>596</v>
       </c>
       <c r="E528" s="2" t="s">
-        <v>1006</v>
+        <v>1007</v>
       </c>
       <c r="F528" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="529" spans="1:6">
       <c r="A529" s="2">
         <v>276</v>
       </c>
       <c r="B529" s="2">
         <v>120</v>
       </c>
       <c r="C529" s="2">
-        <v>118310</v>
+        <v>102917</v>
       </c>
       <c r="D529" s="2" t="s">
-        <v>1007</v>
+        <v>1008</v>
       </c>
       <c r="E529" s="2" t="s">
-        <v>1008</v>
+        <v>1009</v>
       </c>
       <c r="F529" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="530" spans="1:6">
       <c r="A530" s="2">
         <v>276</v>
       </c>
       <c r="B530" s="2">
         <v>120</v>
       </c>
       <c r="C530" s="2">
-        <v>118029</v>
+        <v>118308</v>
       </c>
       <c r="D530" s="2" t="s">
-        <v>1009</v>
+        <v>1010</v>
       </c>
       <c r="E530" s="2" t="s">
-        <v>1010</v>
+        <v>882</v>
       </c>
       <c r="F530" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="531" spans="1:6">
       <c r="A531" s="2">
         <v>276</v>
       </c>
       <c r="B531" s="2">
         <v>120</v>
       </c>
       <c r="C531" s="2">
-        <v>118230</v>
+        <v>118229</v>
       </c>
       <c r="D531" s="2" t="s">
-        <v>935</v>
+        <v>906</v>
       </c>
       <c r="E531" s="2" t="s">
-        <v>1011</v>
+        <v>938</v>
       </c>
       <c r="F531" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="532" spans="1:6">
       <c r="A532" s="2">
         <v>276</v>
       </c>
       <c r="B532" s="2">
         <v>120</v>
       </c>
       <c r="C532" s="2">
-        <v>118141</v>
+        <v>118012</v>
       </c>
       <c r="D532" s="2" t="s">
-        <v>1012</v>
+        <v>760</v>
       </c>
       <c r="E532" s="2" t="s">
-        <v>725</v>
+        <v>845</v>
       </c>
       <c r="F532" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="533" spans="1:6">
       <c r="A533" s="2">
         <v>276</v>
       </c>
       <c r="B533" s="2">
         <v>120</v>
       </c>
       <c r="C533" s="2">
-        <v>118305</v>
+        <v>118138</v>
       </c>
       <c r="D533" s="2" t="s">
-        <v>1013</v>
+        <v>1011</v>
       </c>
       <c r="E533" s="2" t="s">
-        <v>479</v>
+        <v>612</v>
       </c>
       <c r="F533" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="534" spans="1:6">
       <c r="A534" s="2">
         <v>276</v>
       </c>
       <c r="B534" s="2">
         <v>120</v>
       </c>
       <c r="C534" s="2">
-        <v>118025</v>
+        <v>118304</v>
       </c>
       <c r="D534" s="2" t="s">
-        <v>1014</v>
-[...1 lines deleted...]
-      <c r="E534" s="2"/>
+        <v>496</v>
+      </c>
+      <c r="E534" s="2" t="s">
+        <v>1012</v>
+      </c>
       <c r="F534" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="535" spans="1:6">
       <c r="A535" s="2">
         <v>276</v>
       </c>
       <c r="B535" s="2">
         <v>120</v>
       </c>
       <c r="C535" s="2">
-        <v>118227</v>
+        <v>118225</v>
       </c>
       <c r="D535" s="2" t="s">
-        <v>1015</v>
+        <v>1013</v>
       </c>
       <c r="E535" s="2" t="s">
-        <v>1016</v>
+        <v>809</v>
       </c>
       <c r="F535" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="536" spans="1:6">
       <c r="A536" s="2">
         <v>276</v>
       </c>
       <c r="B536" s="2">
         <v>120</v>
       </c>
       <c r="C536" s="2">
-        <v>118135</v>
+        <v>113141</v>
       </c>
       <c r="D536" s="2" t="s">
-        <v>1017</v>
+        <v>1014</v>
       </c>
       <c r="E536" s="2" t="s">
-        <v>1018</v>
+        <v>625</v>
       </c>
       <c r="F536" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="537" spans="1:6">
       <c r="A537" s="2">
         <v>276</v>
       </c>
       <c r="B537" s="2">
         <v>120</v>
       </c>
       <c r="C537" s="2">
-        <v>118302</v>
+        <v>118134</v>
       </c>
       <c r="D537" s="2" t="s">
-        <v>1019</v>
+        <v>792</v>
       </c>
       <c r="E537" s="2" t="s">
-        <v>1020</v>
+        <v>1015</v>
       </c>
       <c r="F537" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="538" spans="1:6">
       <c r="A538" s="2">
         <v>276</v>
       </c>
       <c r="B538" s="2">
         <v>120</v>
       </c>
       <c r="C538" s="2">
-        <v>102800</v>
+        <v>118300</v>
       </c>
       <c r="D538" s="2" t="s">
-        <v>1021</v>
+        <v>1016</v>
       </c>
       <c r="E538" s="2" t="s">
-        <v>813</v>
+        <v>1017</v>
       </c>
       <c r="F538" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="539" spans="1:6">
       <c r="A539" s="2">
         <v>276</v>
       </c>
       <c r="B539" s="2">
         <v>120</v>
       </c>
       <c r="C539" s="2">
-        <v>118223</v>
+        <v>118218</v>
       </c>
       <c r="D539" s="2" t="s">
-        <v>1022</v>
+        <v>1018</v>
       </c>
       <c r="E539" s="2" t="s">
-        <v>866</v>
+        <v>1019</v>
       </c>
       <c r="F539" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="540" spans="1:6">
       <c r="A540" s="2">
         <v>276</v>
       </c>
       <c r="B540" s="2">
         <v>120</v>
       </c>
       <c r="C540" s="2">
-        <v>118132</v>
+        <v>118006</v>
       </c>
       <c r="D540" s="2" t="s">
-        <v>1023</v>
+        <v>1020</v>
       </c>
       <c r="E540" s="2" t="s">
-        <v>1024</v>
+        <v>1021</v>
       </c>
       <c r="F540" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="541" spans="1:6">
       <c r="A541" s="2">
         <v>276</v>
       </c>
       <c r="B541" s="2">
         <v>120</v>
       </c>
       <c r="C541" s="2">
-        <v>118298</v>
+        <v>118297</v>
       </c>
       <c r="D541" s="2" t="s">
-        <v>1025</v>
+        <v>1022</v>
       </c>
       <c r="E541" s="2" t="s">
-        <v>1026</v>
+        <v>1023</v>
       </c>
       <c r="F541" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="542" spans="1:6">
       <c r="A542" s="2">
         <v>276</v>
       </c>
       <c r="B542" s="2">
         <v>120</v>
       </c>
       <c r="C542" s="2">
-        <v>118018</v>
+        <v>118214</v>
       </c>
       <c r="D542" s="2" t="s">
-        <v>1027</v>
+        <v>1024</v>
       </c>
       <c r="E542" s="2" t="s">
-        <v>1028</v>
+        <v>1025</v>
       </c>
       <c r="F542" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="543" spans="1:6">
       <c r="A543" s="2">
         <v>276</v>
       </c>
       <c r="B543" s="2">
         <v>120</v>
       </c>
       <c r="C543" s="2">
-        <v>118186</v>
+        <v>118056</v>
       </c>
       <c r="D543" s="2" t="s">
-        <v>1029</v>
+        <v>1026</v>
       </c>
       <c r="E543" s="2" t="s">
-        <v>1030</v>
+        <v>1027</v>
       </c>
       <c r="F543" s="2" t="s">
-        <v>8</v>
+        <v>188</v>
       </c>
     </row>
     <row r="544" spans="1:6">
       <c r="A544" s="2">
         <v>276</v>
       </c>
       <c r="B544" s="2">
         <v>120</v>
       </c>
       <c r="C544" s="2">
-        <v>118216</v>
+        <v>118003</v>
       </c>
       <c r="D544" s="2" t="s">
-        <v>1031</v>
+        <v>1028</v>
       </c>
       <c r="E544" s="2" t="s">
-        <v>1032</v>
+        <v>497</v>
       </c>
       <c r="F544" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="545" spans="1:6">
       <c r="A545" s="2">
         <v>276</v>
       </c>
       <c r="B545" s="2">
         <v>120</v>
       </c>
       <c r="C545" s="2">
-        <v>107110</v>
+        <v>107164</v>
       </c>
       <c r="D545" s="2" t="s">
-        <v>1033</v>
+        <v>1029</v>
       </c>
       <c r="E545" s="2" t="s">
-        <v>1033</v>
-[...3 lines deleted...]
-      </c>
+        <v>1030</v>
+      </c>
+      <c r="F545" s="2"/>
     </row>
     <row r="546" spans="1:6">
       <c r="A546" s="2">
         <v>276</v>
       </c>
       <c r="B546" s="2">
         <v>120</v>
       </c>
       <c r="C546" s="2">
-        <v>118294</v>
+        <v>118130</v>
       </c>
       <c r="D546" s="2" t="s">
-        <v>1034</v>
+        <v>1031</v>
       </c>
       <c r="E546" s="2" t="s">
-        <v>1035</v>
+        <v>1032</v>
       </c>
       <c r="F546" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="547" spans="1:6">
       <c r="A547" s="2">
         <v>276</v>
       </c>
       <c r="B547" s="2">
         <v>120</v>
       </c>
       <c r="C547" s="2">
-        <v>118013</v>
+        <v>118292</v>
       </c>
       <c r="D547" s="2" t="s">
-        <v>1036</v>
+        <v>1033</v>
       </c>
       <c r="E547" s="2" t="s">
-        <v>834</v>
+        <v>1034</v>
       </c>
       <c r="F547" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="548" spans="1:6">
       <c r="A548" s="2">
         <v>276</v>
       </c>
       <c r="B548" s="2">
         <v>120</v>
       </c>
       <c r="C548" s="2">
-        <v>118148</v>
+        <v>118210</v>
       </c>
       <c r="D548" s="2" t="s">
-        <v>1037</v>
+        <v>1035</v>
       </c>
       <c r="E548" s="2" t="s">
-        <v>1038</v>
+        <v>1036</v>
       </c>
       <c r="F548" s="2" t="s">
-        <v>1039</v>
+        <v>198</v>
       </c>
     </row>
     <row r="549" spans="1:6">
       <c r="A549" s="2">
         <v>276</v>
       </c>
       <c r="B549" s="2">
         <v>120</v>
       </c>
       <c r="C549" s="2">
-        <v>118211</v>
+        <v>118061</v>
       </c>
       <c r="D549" s="2" t="s">
-        <v>1040</v>
+        <v>1037</v>
       </c>
       <c r="E549" s="2" t="s">
-        <v>1041</v>
+        <v>1038</v>
       </c>
       <c r="F549" s="2" t="s">
-        <v>190</v>
+        <v>651</v>
       </c>
     </row>
     <row r="550" spans="1:6">
       <c r="A550" s="2">
         <v>276</v>
       </c>
       <c r="B550" s="2">
         <v>120</v>
       </c>
       <c r="C550" s="2">
-        <v>107097</v>
+        <v>102722</v>
       </c>
       <c r="D550" s="2" t="s">
-        <v>1042</v>
+        <v>1039</v>
       </c>
       <c r="E550" s="2" t="s">
-        <v>1043</v>
-[...1 lines deleted...]
-      <c r="F550" s="2"/>
+        <v>1040</v>
+      </c>
+      <c r="F550" s="2" t="s">
+        <v>198</v>
+      </c>
     </row>
     <row r="551" spans="1:6">
       <c r="A551" s="2">
         <v>276</v>
       </c>
       <c r="B551" s="2">
         <v>120</v>
       </c>
       <c r="C551" s="2">
-        <v>118124</v>
+        <v>118127</v>
       </c>
       <c r="D551" s="2" t="s">
-        <v>814</v>
+        <v>1041</v>
       </c>
       <c r="E551" s="2" t="s">
-        <v>1044</v>
+        <v>1042</v>
       </c>
       <c r="F551" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="552" spans="1:6">
       <c r="A552" s="2">
         <v>276</v>
       </c>
       <c r="B552" s="2">
         <v>120</v>
       </c>
       <c r="C552" s="2">
-        <v>118290</v>
+        <v>118289</v>
       </c>
       <c r="D552" s="2" t="s">
-        <v>1045</v>
+        <v>1043</v>
       </c>
       <c r="E552" s="2" t="s">
-        <v>1046</v>
+        <v>1044</v>
       </c>
       <c r="F552" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="553" spans="1:6">
       <c r="A553" s="2">
         <v>276</v>
       </c>
       <c r="B553" s="2">
         <v>120</v>
       </c>
       <c r="C553" s="2">
-        <v>113159</v>
+        <v>118207</v>
       </c>
       <c r="D553" s="2" t="s">
-        <v>1047</v>
+        <v>1045</v>
       </c>
       <c r="E553" s="2" t="s">
-        <v>832</v>
+        <v>1046</v>
       </c>
       <c r="F553" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="554" spans="1:6">
       <c r="A554" s="2">
         <v>276</v>
       </c>
       <c r="B554" s="2">
         <v>120</v>
       </c>
       <c r="C554" s="2">
-        <v>117988</v>
+        <v>108406</v>
       </c>
       <c r="D554" s="2" t="s">
+        <v>1047</v>
+      </c>
+      <c r="E554" s="2" t="s">
         <v>1048</v>
       </c>
-      <c r="E554" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F554" s="2" t="s">
-        <v>195</v>
+        <v>198</v>
       </c>
     </row>
     <row r="555" spans="1:6">
       <c r="A555" s="2">
         <v>276</v>
       </c>
       <c r="B555" s="2">
         <v>120</v>
       </c>
       <c r="C555" s="2">
-        <v>118208</v>
+        <v>118123</v>
       </c>
       <c r="D555" s="2" t="s">
+        <v>1049</v>
+      </c>
+      <c r="E555" s="2" t="s">
         <v>1050</v>
       </c>
-      <c r="E555" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F555" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="556" spans="1:6">
       <c r="A556" s="2">
         <v>276</v>
       </c>
       <c r="B556" s="2">
         <v>120</v>
       </c>
       <c r="C556" s="2">
-        <v>118121</v>
+        <v>118285</v>
       </c>
       <c r="D556" s="2" t="s">
+        <v>1051</v>
+      </c>
+      <c r="E556" s="2" t="s">
         <v>1052</v>
       </c>
-      <c r="E556" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F556" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="557" spans="1:6">
       <c r="A557" s="2">
         <v>276</v>
       </c>
       <c r="B557" s="2">
         <v>120</v>
       </c>
       <c r="C557" s="2">
-        <v>118286</v>
+        <v>118071</v>
       </c>
       <c r="D557" s="2" t="s">
+        <v>1053</v>
+      </c>
+      <c r="E557" s="2" t="s">
         <v>1054</v>
       </c>
-      <c r="E557" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F557" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="558" spans="1:6">
       <c r="A558" s="2">
         <v>276</v>
       </c>
       <c r="B558" s="2">
         <v>120</v>
       </c>
       <c r="C558" s="2">
-        <v>113123</v>
+        <v>118204</v>
       </c>
       <c r="D558" s="2" t="s">
+        <v>1055</v>
+      </c>
+      <c r="E558" s="2" t="s">
         <v>1056</v>
       </c>
-      <c r="E558" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F558" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="559" spans="1:6">
       <c r="A559" s="2">
         <v>276</v>
       </c>
       <c r="B559" s="2">
         <v>120</v>
       </c>
       <c r="C559" s="2">
-        <v>118057</v>
+        <v>118339</v>
       </c>
       <c r="D559" s="2" t="s">
+        <v>1057</v>
+      </c>
+      <c r="E559" s="2" t="s">
         <v>1058</v>
       </c>
-      <c r="E559" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F559" s="2" t="s">
-        <v>664</v>
+        <v>95</v>
       </c>
     </row>
     <row r="560" spans="1:6">
       <c r="A560" s="2">
         <v>276</v>
       </c>
       <c r="B560" s="2">
         <v>120</v>
       </c>
       <c r="C560" s="2">
-        <v>118205</v>
+        <v>107112</v>
       </c>
       <c r="D560" s="2" t="s">
-        <v>1060</v>
+        <v>1059</v>
       </c>
       <c r="E560" s="2" t="s">
-        <v>1061</v>
+        <v>546</v>
       </c>
       <c r="F560" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="561" spans="1:6">
       <c r="A561" s="2">
         <v>276</v>
       </c>
       <c r="B561" s="2">
         <v>120</v>
       </c>
       <c r="C561" s="2">
-        <v>118118</v>
+        <v>118120</v>
       </c>
       <c r="D561" s="2" t="s">
-        <v>1062</v>
+        <v>1060</v>
       </c>
       <c r="E561" s="2" t="s">
-        <v>912</v>
+        <v>1061</v>
       </c>
       <c r="F561" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="562" spans="1:6">
       <c r="A562" s="2">
         <v>276</v>
       </c>
       <c r="B562" s="2">
         <v>120</v>
       </c>
       <c r="C562" s="2">
-        <v>118283</v>
+        <v>118282</v>
       </c>
       <c r="D562" s="2" t="s">
+        <v>1062</v>
+      </c>
+      <c r="E562" s="2" t="s">
         <v>1063</v>
       </c>
-      <c r="E562" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F562" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="563" spans="1:6">
       <c r="A563" s="2">
         <v>276</v>
       </c>
       <c r="B563" s="2">
         <v>120</v>
       </c>
       <c r="C563" s="2">
-        <v>118004</v>
+        <v>101975</v>
       </c>
       <c r="D563" s="2" t="s">
-        <v>1065</v>
+        <v>530</v>
       </c>
       <c r="E563" s="2" t="s">
-        <v>1066</v>
+        <v>1064</v>
       </c>
       <c r="F563" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="564" spans="1:6">
       <c r="A564" s="2">
         <v>276</v>
       </c>
       <c r="B564" s="2">
         <v>120</v>
       </c>
       <c r="C564" s="2">
-        <v>118202</v>
+        <v>102935</v>
       </c>
       <c r="D564" s="2" t="s">
-        <v>1067</v>
+        <v>625</v>
       </c>
       <c r="E564" s="2" t="s">
-        <v>1068</v>
+        <v>1065</v>
       </c>
       <c r="F564" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="565" spans="1:6">
       <c r="A565" s="2">
         <v>276</v>
       </c>
       <c r="B565" s="2">
         <v>120</v>
       </c>
       <c r="C565" s="2">
-        <v>118114</v>
+        <v>103021</v>
       </c>
       <c r="D565" s="2" t="s">
-        <v>1069</v>
+        <v>1066</v>
       </c>
       <c r="E565" s="2" t="s">
-        <v>1070</v>
+        <v>1067</v>
       </c>
       <c r="F565" s="2" t="s">
-        <v>190</v>
+        <v>95</v>
       </c>
     </row>
     <row r="566" spans="1:6">
       <c r="A566" s="2">
         <v>276</v>
       </c>
       <c r="B566" s="2">
         <v>120</v>
       </c>
       <c r="C566" s="2">
-        <v>102941</v>
+        <v>105464</v>
       </c>
       <c r="D566" s="2" t="s">
-        <v>1071</v>
+        <v>1068</v>
       </c>
       <c r="E566" s="2" t="s">
-        <v>1072</v>
+        <v>1069</v>
       </c>
       <c r="F566" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="567" spans="1:6">
       <c r="A567" s="2">
         <v>276</v>
       </c>
       <c r="B567" s="2">
         <v>120</v>
       </c>
       <c r="C567" s="2">
-        <v>118001</v>
+        <v>118117</v>
       </c>
       <c r="D567" s="2" t="s">
-        <v>1073</v>
+        <v>1070</v>
       </c>
       <c r="E567" s="2" t="s">
-        <v>1074</v>
+        <v>1071</v>
       </c>
       <c r="F567" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="568" spans="1:6">
       <c r="A568" s="2">
         <v>276</v>
       </c>
       <c r="B568" s="2">
         <v>120</v>
       </c>
       <c r="C568" s="2">
-        <v>118306</v>
+        <v>118278</v>
       </c>
       <c r="D568" s="2" t="s">
-        <v>1075</v>
+        <v>1072</v>
       </c>
       <c r="E568" s="2" t="s">
-        <v>433</v>
+        <v>435</v>
       </c>
       <c r="F568" s="2" t="s">
-        <v>95</v>
+        <v>198</v>
       </c>
     </row>
     <row r="569" spans="1:6">
       <c r="A569" s="2">
         <v>276</v>
       </c>
       <c r="B569" s="2">
         <v>120</v>
       </c>
       <c r="C569" s="2">
-        <v>102826</v>
+        <v>118063</v>
       </c>
       <c r="D569" s="2" t="s">
-        <v>1076</v>
-[...3 lines deleted...]
-      </c>
+        <v>1073</v>
+      </c>
+      <c r="E569" s="2"/>
       <c r="F569" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="570" spans="1:6">
       <c r="A570" s="2">
         <v>276</v>
       </c>
       <c r="B570" s="2">
         <v>120</v>
       </c>
       <c r="C570" s="2">
-        <v>118111</v>
+        <v>118197</v>
       </c>
       <c r="D570" s="2" t="s">
-        <v>1078</v>
+        <v>1074</v>
       </c>
       <c r="E570" s="2" t="s">
-        <v>1079</v>
+        <v>1075</v>
       </c>
       <c r="F570" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="571" spans="1:6">
       <c r="A571" s="2">
         <v>276</v>
       </c>
       <c r="B571" s="2">
         <v>120</v>
       </c>
       <c r="C571" s="2">
-        <v>118276</v>
+        <v>113114</v>
       </c>
       <c r="D571" s="2" t="s">
-        <v>1080</v>
+        <v>1076</v>
       </c>
       <c r="E571" s="2" t="s">
-        <v>757</v>
+        <v>1077</v>
       </c>
       <c r="F571" s="2" t="s">
-        <v>190</v>
+        <v>11</v>
       </c>
     </row>
     <row r="572" spans="1:6">
       <c r="A572" s="2">
         <v>276</v>
       </c>
       <c r="B572" s="2">
         <v>120</v>
       </c>
       <c r="C572" s="2">
-        <v>117997</v>
+        <v>117985</v>
       </c>
       <c r="D572" s="2" t="s">
-        <v>1081</v>
+        <v>1078</v>
       </c>
       <c r="E572" s="2" t="s">
-        <v>311</v>
+        <v>1079</v>
       </c>
       <c r="F572" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="573" spans="1:6">
       <c r="A573" s="2">
         <v>276</v>
       </c>
       <c r="B573" s="2">
         <v>120</v>
       </c>
       <c r="C573" s="2">
-        <v>118192</v>
+        <v>107046</v>
       </c>
       <c r="D573" s="2" t="s">
-        <v>1082</v>
+        <v>1080</v>
       </c>
       <c r="E573" s="2" t="s">
-        <v>435</v>
+        <v>1081</v>
       </c>
       <c r="F573" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="574" spans="1:6">
       <c r="A574" s="2">
         <v>276</v>
       </c>
       <c r="B574" s="2">
         <v>120</v>
       </c>
       <c r="C574" s="2">
-        <v>118105</v>
+        <v>102769</v>
       </c>
       <c r="D574" s="2" t="s">
+        <v>1082</v>
+      </c>
+      <c r="E574" s="2" t="s">
         <v>1083</v>
       </c>
-      <c r="E574" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F574" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="575" spans="1:6">
       <c r="A575" s="2">
         <v>276</v>
       </c>
       <c r="B575" s="2">
         <v>120</v>
       </c>
       <c r="C575" s="2">
-        <v>118072</v>
+        <v>118191</v>
       </c>
       <c r="D575" s="2" t="s">
+        <v>1084</v>
+      </c>
+      <c r="E575" s="2" t="s">
         <v>1085</v>
       </c>
-      <c r="E575" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F575" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="576" spans="1:6">
       <c r="A576" s="2">
         <v>276</v>
       </c>
       <c r="B576" s="2">
         <v>120</v>
       </c>
       <c r="C576" s="2">
-        <v>118272</v>
+        <v>117982</v>
       </c>
       <c r="D576" s="2" t="s">
         <v>1086</v>
       </c>
       <c r="E576" s="2" t="s">
         <v>1087</v>
       </c>
       <c r="F576" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="577" spans="1:6">
       <c r="A577" s="2">
         <v>276</v>
       </c>
       <c r="B577" s="2">
         <v>120</v>
       </c>
       <c r="C577" s="2">
-        <v>117993</v>
+        <v>118110</v>
       </c>
       <c r="D577" s="2" t="s">
-        <v>630</v>
+        <v>1088</v>
       </c>
       <c r="E577" s="2" t="s">
-        <v>1088</v>
+        <v>748</v>
       </c>
       <c r="F577" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="578" spans="1:6">
       <c r="A578" s="2">
         <v>276</v>
       </c>
       <c r="B578" s="2">
         <v>120</v>
       </c>
       <c r="C578" s="2">
-        <v>118189</v>
+        <v>118274</v>
       </c>
       <c r="D578" s="2" t="s">
         <v>1089</v>
       </c>
       <c r="E578" s="2" t="s">
         <v>1090</v>
       </c>
       <c r="F578" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="579" spans="1:6">
       <c r="A579" s="2">
         <v>276</v>
       </c>
       <c r="B579" s="2">
         <v>120</v>
       </c>
       <c r="C579" s="2">
-        <v>118102</v>
+        <v>118054</v>
       </c>
       <c r="D579" s="2" t="s">
-        <v>611</v>
+        <v>1091</v>
       </c>
       <c r="E579" s="2" t="s">
-        <v>694</v>
+        <v>938</v>
       </c>
       <c r="F579" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="580" spans="1:6">
       <c r="A580" s="2">
         <v>276</v>
       </c>
       <c r="B580" s="2">
         <v>120</v>
       </c>
       <c r="C580" s="2">
-        <v>118069</v>
+        <v>118188</v>
       </c>
       <c r="D580" s="2" t="s">
-        <v>1091</v>
+        <v>1092</v>
       </c>
       <c r="E580" s="2" t="s">
-        <v>1092</v>
+        <v>1093</v>
       </c>
       <c r="F580" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="581" spans="1:6">
       <c r="A581" s="2">
         <v>276</v>
       </c>
       <c r="B581" s="2">
         <v>120</v>
       </c>
       <c r="C581" s="2">
-        <v>118269</v>
+        <v>117978</v>
       </c>
       <c r="D581" s="2" t="s">
-        <v>1093</v>
+        <v>929</v>
       </c>
       <c r="E581" s="2" t="s">
-        <v>1094</v>
+        <v>546</v>
       </c>
       <c r="F581" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="582" spans="1:6">
       <c r="A582" s="2">
         <v>276</v>
       </c>
       <c r="B582" s="2">
         <v>120</v>
       </c>
       <c r="C582" s="2">
-        <v>117990</v>
+        <v>118104</v>
       </c>
       <c r="D582" s="2" t="s">
-        <v>754</v>
+        <v>1094</v>
       </c>
       <c r="E582" s="2" t="s">
         <v>1095</v>
       </c>
       <c r="F582" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="583" spans="1:6">
       <c r="A583" s="2">
         <v>276</v>
       </c>
       <c r="B583" s="2">
         <v>120</v>
       </c>
       <c r="C583" s="2">
-        <v>118185</v>
+        <v>118271</v>
       </c>
       <c r="D583" s="2" t="s">
-        <v>935</v>
+        <v>1096</v>
       </c>
       <c r="E583" s="2" t="s">
-        <v>1096</v>
+        <v>1097</v>
       </c>
       <c r="F583" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="584" spans="1:6">
       <c r="A584" s="2">
         <v>276</v>
       </c>
       <c r="B584" s="2">
         <v>120</v>
       </c>
       <c r="C584" s="2">
-        <v>118098</v>
+        <v>118050</v>
       </c>
       <c r="D584" s="2" t="s">
-        <v>1097</v>
+        <v>1098</v>
       </c>
       <c r="E584" s="2" t="s">
-        <v>1098</v>
+        <v>1099</v>
       </c>
       <c r="F584" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="585" spans="1:6">
       <c r="A585" s="2">
         <v>276</v>
       </c>
       <c r="B585" s="2">
         <v>120</v>
       </c>
       <c r="C585" s="2">
-        <v>118064</v>
+        <v>118184</v>
       </c>
       <c r="D585" s="2" t="s">
-        <v>1099</v>
+        <v>1100</v>
       </c>
       <c r="E585" s="2" t="s">
-        <v>1100</v>
+        <v>1101</v>
       </c>
       <c r="F585" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="586" spans="1:6">
       <c r="A586" s="2">
         <v>276</v>
       </c>
       <c r="B586" s="2">
         <v>120</v>
       </c>
       <c r="C586" s="2">
-        <v>118265</v>
+        <v>118348</v>
       </c>
       <c r="D586" s="2" t="s">
-        <v>1065</v>
+        <v>1102</v>
       </c>
       <c r="E586" s="2" t="s">
-        <v>1101</v>
+        <v>1103</v>
       </c>
       <c r="F586" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="587" spans="1:6">
       <c r="A587" s="2">
         <v>276</v>
       </c>
       <c r="B587" s="2">
         <v>120</v>
       </c>
       <c r="C587" s="2">
-        <v>102066</v>
+        <v>117975</v>
       </c>
       <c r="D587" s="2" t="s">
-        <v>1102</v>
+        <v>1104</v>
       </c>
       <c r="E587" s="2" t="s">
-        <v>1103</v>
+        <v>424</v>
       </c>
       <c r="F587" s="2" t="s">
-        <v>11</v>
+        <v>198</v>
       </c>
     </row>
     <row r="588" spans="1:6">
       <c r="A588" s="2">
         <v>276</v>
       </c>
       <c r="B588" s="2">
         <v>120</v>
       </c>
       <c r="C588" s="2">
-        <v>117986</v>
+        <v>118100</v>
       </c>
       <c r="D588" s="2" t="s">
-        <v>1104</v>
+        <v>1105</v>
       </c>
       <c r="E588" s="2" t="s">
-        <v>546</v>
+        <v>658</v>
       </c>
       <c r="F588" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="589" spans="1:6">
       <c r="A589" s="2">
         <v>276</v>
       </c>
       <c r="B589" s="2">
         <v>120</v>
       </c>
       <c r="C589" s="2">
-        <v>118182</v>
+        <v>118267</v>
       </c>
       <c r="D589" s="2" t="s">
-        <v>1105</v>
+        <v>1106</v>
       </c>
       <c r="E589" s="2" t="s">
-        <v>1106</v>
+        <v>1107</v>
       </c>
       <c r="F589" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="590" spans="1:6">
       <c r="A590" s="2">
         <v>276</v>
       </c>
       <c r="B590" s="2">
         <v>120</v>
       </c>
       <c r="C590" s="2">
-        <v>118346</v>
+        <v>118047</v>
       </c>
       <c r="D590" s="2" t="s">
-        <v>1107</v>
+        <v>1108</v>
       </c>
       <c r="E590" s="2" t="s">
-        <v>1108</v>
+        <v>745</v>
       </c>
       <c r="F590" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="591" spans="1:6">
       <c r="A591" s="2">
         <v>276</v>
       </c>
       <c r="B591" s="2">
         <v>120</v>
       </c>
       <c r="C591" s="2">
-        <v>118094</v>
+        <v>118181</v>
       </c>
       <c r="D591" s="2" t="s">
         <v>1109</v>
       </c>
       <c r="E591" s="2" t="s">
         <v>1110</v>
       </c>
       <c r="F591" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="592" spans="1:6">
       <c r="A592" s="2">
         <v>276</v>
       </c>
       <c r="B592" s="2">
         <v>120</v>
       </c>
       <c r="C592" s="2">
-        <v>118060</v>
+        <v>118344</v>
       </c>
       <c r="D592" s="2" t="s">
         <v>1111</v>
       </c>
       <c r="E592" s="2" t="s">
         <v>1112</v>
       </c>
       <c r="F592" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="593" spans="1:6">
       <c r="A593" s="2">
         <v>276</v>
       </c>
       <c r="B593" s="2">
         <v>120</v>
       </c>
       <c r="C593" s="2">
-        <v>118262</v>
+        <v>117969</v>
       </c>
       <c r="D593" s="2" t="s">
         <v>1113</v>
       </c>
       <c r="E593" s="2" t="s">
         <v>1114</v>
       </c>
       <c r="F593" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="594" spans="1:6">
       <c r="A594" s="2">
         <v>276</v>
       </c>
       <c r="B594" s="2">
         <v>120</v>
       </c>
       <c r="C594" s="2">
-        <v>101037</v>
+        <v>118097</v>
       </c>
       <c r="D594" s="2" t="s">
         <v>1115</v>
       </c>
       <c r="E594" s="2" t="s">
         <v>1116</v>
       </c>
       <c r="F594" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="595" spans="1:6">
       <c r="A595" s="2">
         <v>276</v>
       </c>
       <c r="B595" s="2">
         <v>120</v>
       </c>
       <c r="C595" s="2">
-        <v>118179</v>
+        <v>118264</v>
       </c>
       <c r="D595" s="2" t="s">
         <v>1117</v>
       </c>
       <c r="E595" s="2" t="s">
         <v>1118</v>
       </c>
       <c r="F595" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="596" spans="1:6">
       <c r="A596" s="2">
         <v>276</v>
       </c>
       <c r="B596" s="2">
         <v>120</v>
       </c>
       <c r="C596" s="2">
-        <v>118342</v>
+        <v>118044</v>
       </c>
       <c r="D596" s="2" t="s">
         <v>1119</v>
       </c>
       <c r="E596" s="2" t="s">
-        <v>1120</v>
+        <v>546</v>
       </c>
       <c r="F596" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="597" spans="1:6">
       <c r="A597" s="2">
         <v>276</v>
       </c>
       <c r="B597" s="2">
         <v>120</v>
       </c>
       <c r="C597" s="2">
-        <v>118055</v>
+        <v>118178</v>
       </c>
       <c r="D597" s="2" t="s">
-        <v>593</v>
+        <v>815</v>
       </c>
       <c r="E597" s="2" t="s">
-        <v>1121</v>
+        <v>1120</v>
       </c>
       <c r="F597" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="598" spans="1:6">
       <c r="A598" s="2">
         <v>276</v>
       </c>
       <c r="B598" s="2">
         <v>120</v>
       </c>
       <c r="C598" s="2">
-        <v>118259</v>
+        <v>118341</v>
       </c>
       <c r="D598" s="2" t="s">
+        <v>1121</v>
+      </c>
+      <c r="E598" s="2" t="s">
         <v>1122</v>
       </c>
-      <c r="E598" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F598" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="599" spans="1:6">
       <c r="A599" s="2">
         <v>276</v>
       </c>
       <c r="B599" s="2">
         <v>120</v>
       </c>
       <c r="C599" s="2">
-        <v>106955</v>
+        <v>117963</v>
       </c>
       <c r="D599" s="2" t="s">
         <v>1123</v>
       </c>
       <c r="E599" s="2" t="s">
-        <v>1124</v>
+        <v>715</v>
       </c>
       <c r="F599" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="600" spans="1:6">
       <c r="A600" s="2">
         <v>276</v>
       </c>
       <c r="B600" s="2">
         <v>120</v>
       </c>
       <c r="C600" s="2">
-        <v>118176</v>
+        <v>118093</v>
       </c>
       <c r="D600" s="2" t="s">
-        <v>1125</v>
+        <v>586</v>
       </c>
       <c r="E600" s="2" t="s">
-        <v>544</v>
+        <v>1124</v>
       </c>
       <c r="F600" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="601" spans="1:6">
       <c r="A601" s="2">
         <v>276</v>
       </c>
       <c r="B601" s="2">
         <v>120</v>
       </c>
       <c r="C601" s="2">
-        <v>118091</v>
+        <v>118261</v>
       </c>
       <c r="D601" s="2" t="s">
+        <v>1125</v>
+      </c>
+      <c r="E601" s="2" t="s">
         <v>1126</v>
       </c>
-      <c r="E601" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F601" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="602" spans="1:6">
       <c r="A602" s="2">
         <v>276</v>
       </c>
       <c r="B602" s="2">
         <v>120</v>
       </c>
       <c r="C602" s="2">
-        <v>118051</v>
+        <v>118041</v>
       </c>
       <c r="D602" s="2" t="s">
+        <v>1127</v>
+      </c>
+      <c r="E602" s="2" t="s">
         <v>1128</v>
       </c>
-      <c r="E602" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F602" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="603" spans="1:6">
       <c r="A603" s="2">
         <v>276</v>
       </c>
       <c r="B603" s="2">
         <v>120</v>
       </c>
       <c r="C603" s="2">
-        <v>107245</v>
+        <v>118174</v>
       </c>
       <c r="D603" s="2" t="s">
+        <v>1129</v>
+      </c>
+      <c r="E603" s="2" t="s">
         <v>1130</v>
       </c>
-      <c r="E603" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F603" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="604" spans="1:6">
       <c r="A604" s="2">
         <v>276</v>
       </c>
       <c r="B604" s="2">
         <v>120</v>
       </c>
       <c r="C604" s="2">
-        <v>113164</v>
+        <v>118334</v>
       </c>
       <c r="D604" s="2" t="s">
         <v>1131</v>
       </c>
       <c r="E604" s="2" t="s">
         <v>1132</v>
       </c>
       <c r="F604" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="605" spans="1:6">
       <c r="A605" s="2">
         <v>276</v>
       </c>
       <c r="B605" s="2">
         <v>120</v>
       </c>
       <c r="C605" s="2">
-        <v>118171</v>
+        <v>117957</v>
       </c>
       <c r="D605" s="2" t="s">
         <v>1133</v>
       </c>
       <c r="E605" s="2" t="s">
-        <v>895</v>
+        <v>530</v>
       </c>
       <c r="F605" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="606" spans="1:6">
       <c r="A606" s="2">
         <v>276</v>
       </c>
       <c r="B606" s="2">
         <v>120</v>
       </c>
       <c r="C606" s="2">
-        <v>118331</v>
+        <v>118089</v>
       </c>
       <c r="D606" s="2" t="s">
         <v>1134</v>
       </c>
       <c r="E606" s="2" t="s">
         <v>1135</v>
       </c>
       <c r="F606" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="607" spans="1:6">
       <c r="A607" s="2">
         <v>276</v>
       </c>
       <c r="B607" s="2">
         <v>120</v>
       </c>
       <c r="C607" s="2">
-        <v>118085</v>
+        <v>118257</v>
       </c>
       <c r="D607" s="2" t="s">
         <v>1136</v>
       </c>
       <c r="E607" s="2" t="s">
-        <v>559</v>
+        <v>197</v>
       </c>
       <c r="F607" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="608" spans="1:6">
       <c r="A608" s="2">
         <v>0</v>
       </c>
       <c r="B608" s="2">
         <v>0</v>
       </c>
       <c r="C608" s="2">
         <v>118335</v>
       </c>
       <c r="D608" s="2" t="s">
         <v>1137</v>
       </c>
       <c r="E608" s="2"/>
       <c r="F608" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F142"/>
   <sheetViews>
@@ -16846,2820 +16846,2820 @@
       </c>
       <c r="B3" s="2">
         <v>600</v>
       </c>
       <c r="C3" s="2">
         <v>112325</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>1139</v>
       </c>
       <c r="E3" s="2" t="s">
         <v>1140</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="2">
         <v>3</v>
       </c>
       <c r="B4" s="2">
         <v>550</v>
       </c>
       <c r="C4" s="2">
-        <v>118514</v>
+        <v>107456</v>
       </c>
       <c r="D4" s="2" t="s">
         <v>1141</v>
       </c>
       <c r="E4" s="2" t="s">
         <v>1142</v>
       </c>
       <c r="F4" s="2" t="s">
-        <v>14</v>
+        <v>23</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" s="2">
         <v>3</v>
       </c>
       <c r="B5" s="2">
         <v>550</v>
       </c>
       <c r="C5" s="2">
-        <v>118439</v>
+        <v>118514</v>
       </c>
       <c r="D5" s="2" t="s">
         <v>1143</v>
       </c>
       <c r="E5" s="2" t="s">
         <v>1144</v>
       </c>
       <c r="F5" s="2" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="2">
         <v>3</v>
       </c>
       <c r="B6" s="2">
         <v>550</v>
       </c>
       <c r="C6" s="2">
-        <v>107456</v>
+        <v>118439</v>
       </c>
       <c r="D6" s="2" t="s">
         <v>1145</v>
       </c>
       <c r="E6" s="2" t="s">
         <v>1146</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="2">
         <v>6</v>
       </c>
       <c r="B7" s="2">
         <v>525</v>
       </c>
       <c r="C7" s="2">
         <v>112313</v>
       </c>
       <c r="D7" s="2" t="s">
         <v>1147</v>
       </c>
       <c r="E7" s="2" t="s">
         <v>1148</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="2">
         <v>7</v>
       </c>
       <c r="B8" s="2">
         <v>500</v>
       </c>
       <c r="C8" s="2">
-        <v>117860</v>
+        <v>101694</v>
       </c>
       <c r="D8" s="2" t="s">
         <v>1149</v>
       </c>
       <c r="E8" s="2" t="s">
         <v>1150</v>
       </c>
       <c r="F8" s="2" t="s">
-        <v>11</v>
+        <v>23</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="2">
         <v>7</v>
       </c>
       <c r="B9" s="2">
         <v>500</v>
       </c>
       <c r="C9" s="2">
-        <v>118421</v>
+        <v>113450</v>
       </c>
       <c r="D9" s="2" t="s">
         <v>1151</v>
       </c>
       <c r="E9" s="2" t="s">
-        <v>148</v>
+        <v>1152</v>
       </c>
       <c r="F9" s="2" t="s">
-        <v>17</v>
+        <v>45</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" s="2">
         <v>7</v>
       </c>
       <c r="B10" s="2">
         <v>500</v>
       </c>
       <c r="C10" s="2">
-        <v>118353</v>
+        <v>117860</v>
       </c>
       <c r="D10" s="2" t="s">
-        <v>1152</v>
+        <v>1153</v>
       </c>
       <c r="E10" s="2" t="s">
-        <v>1153</v>
+        <v>1154</v>
       </c>
       <c r="F10" s="2" t="s">
-        <v>63</v>
+        <v>11</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" s="2">
         <v>7</v>
       </c>
       <c r="B11" s="2">
         <v>500</v>
       </c>
       <c r="C11" s="2">
-        <v>118510</v>
+        <v>118421</v>
       </c>
       <c r="D11" s="2" t="s">
-        <v>1154</v>
+        <v>1155</v>
       </c>
       <c r="E11" s="2" t="s">
-        <v>1155</v>
+        <v>155</v>
       </c>
       <c r="F11" s="2" t="s">
-        <v>23</v>
+        <v>17</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" s="2">
         <v>7</v>
       </c>
       <c r="B12" s="2">
         <v>500</v>
       </c>
       <c r="C12" s="2">
-        <v>102644</v>
+        <v>118353</v>
       </c>
       <c r="D12" s="2" t="s">
         <v>1156</v>
       </c>
       <c r="E12" s="2" t="s">
         <v>1157</v>
       </c>
       <c r="F12" s="2" t="s">
-        <v>23</v>
+        <v>51</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" s="2">
         <v>7</v>
       </c>
       <c r="B13" s="2">
         <v>500</v>
       </c>
       <c r="C13" s="2">
-        <v>112328</v>
+        <v>118510</v>
       </c>
       <c r="D13" s="2" t="s">
         <v>1158</v>
       </c>
       <c r="E13" s="2" t="s">
         <v>1159</v>
       </c>
       <c r="F13" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" s="2">
         <v>7</v>
       </c>
       <c r="B14" s="2">
         <v>500</v>
       </c>
       <c r="C14" s="2">
-        <v>118516</v>
+        <v>102644</v>
       </c>
       <c r="D14" s="2" t="s">
         <v>1160</v>
       </c>
       <c r="E14" s="2" t="s">
         <v>1161</v>
       </c>
       <c r="F14" s="2" t="s">
-        <v>14</v>
+        <v>23</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" s="2">
         <v>7</v>
       </c>
       <c r="B15" s="2">
         <v>500</v>
       </c>
       <c r="C15" s="2">
-        <v>101694</v>
+        <v>112328</v>
       </c>
       <c r="D15" s="2" t="s">
         <v>1162</v>
       </c>
       <c r="E15" s="2" t="s">
         <v>1163</v>
       </c>
       <c r="F15" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" s="2">
         <v>7</v>
       </c>
       <c r="B16" s="2">
         <v>500</v>
       </c>
       <c r="C16" s="2">
-        <v>113450</v>
+        <v>118516</v>
       </c>
       <c r="D16" s="2" t="s">
         <v>1164</v>
       </c>
       <c r="E16" s="2" t="s">
         <v>1165</v>
       </c>
       <c r="F16" s="2" t="s">
-        <v>58</v>
+        <v>14</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" s="2">
         <v>16</v>
       </c>
       <c r="B17" s="2">
         <v>475</v>
       </c>
       <c r="C17" s="2">
-        <v>115975</v>
+        <v>118517</v>
       </c>
       <c r="D17" s="2" t="s">
         <v>1166</v>
       </c>
       <c r="E17" s="2" t="s">
         <v>1167</v>
       </c>
       <c r="F17" s="2" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" s="2">
         <v>16</v>
       </c>
       <c r="B18" s="2">
         <v>475</v>
       </c>
       <c r="C18" s="2">
-        <v>106230</v>
+        <v>115975</v>
       </c>
       <c r="D18" s="2" t="s">
         <v>1168</v>
       </c>
       <c r="E18" s="2" t="s">
         <v>1169</v>
       </c>
       <c r="F18" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" s="2">
         <v>16</v>
       </c>
       <c r="B19" s="2">
         <v>475</v>
       </c>
       <c r="C19" s="2">
-        <v>117852</v>
+        <v>106230</v>
       </c>
       <c r="D19" s="2" t="s">
         <v>1170</v>
       </c>
       <c r="E19" s="2" t="s">
         <v>1171</v>
       </c>
       <c r="F19" s="2" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" s="2">
         <v>16</v>
       </c>
       <c r="B20" s="2">
         <v>475</v>
       </c>
       <c r="C20" s="2">
-        <v>118517</v>
+        <v>117852</v>
       </c>
       <c r="D20" s="2" t="s">
         <v>1172</v>
       </c>
       <c r="E20" s="2" t="s">
         <v>1173</v>
       </c>
       <c r="F20" s="2" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" s="2">
         <v>20</v>
       </c>
       <c r="B21" s="2">
         <v>450</v>
       </c>
       <c r="C21" s="2">
-        <v>118503</v>
+        <v>118451</v>
       </c>
       <c r="D21" s="2" t="s">
         <v>1174</v>
       </c>
       <c r="E21" s="2" t="s">
-        <v>33</v>
+        <v>1175</v>
       </c>
       <c r="F21" s="2" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" s="2">
         <v>20</v>
       </c>
       <c r="B22" s="2">
         <v>450</v>
       </c>
       <c r="C22" s="2">
-        <v>105552</v>
+        <v>103120</v>
       </c>
       <c r="D22" s="2" t="s">
-        <v>1175</v>
+        <v>1176</v>
       </c>
       <c r="E22" s="2" t="s">
-        <v>1176</v>
+        <v>1177</v>
       </c>
       <c r="F22" s="2" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23" s="2">
         <v>20</v>
       </c>
       <c r="B23" s="2">
         <v>450</v>
       </c>
       <c r="C23" s="2">
-        <v>106749</v>
+        <v>118503</v>
       </c>
       <c r="D23" s="2" t="s">
-        <v>1177</v>
+        <v>1178</v>
       </c>
       <c r="E23" s="2" t="s">
-        <v>1178</v>
+        <v>37</v>
       </c>
       <c r="F23" s="2" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" s="2">
         <v>20</v>
       </c>
       <c r="B24" s="2">
         <v>450</v>
       </c>
       <c r="C24" s="2">
-        <v>107523</v>
+        <v>105552</v>
       </c>
       <c r="D24" s="2" t="s">
         <v>1179</v>
       </c>
       <c r="E24" s="2" t="s">
         <v>1180</v>
       </c>
       <c r="F24" s="2" t="s">
-        <v>23</v>
+        <v>17</v>
       </c>
     </row>
     <row r="25" spans="1:6">
       <c r="A25" s="2">
         <v>20</v>
       </c>
       <c r="B25" s="2">
         <v>450</v>
       </c>
       <c r="C25" s="2">
-        <v>101970</v>
+        <v>106749</v>
       </c>
       <c r="D25" s="2" t="s">
         <v>1181</v>
       </c>
       <c r="E25" s="2" t="s">
         <v>1182</v>
       </c>
       <c r="F25" s="2" t="s">
-        <v>190</v>
+        <v>14</v>
       </c>
     </row>
     <row r="26" spans="1:6">
       <c r="A26" s="2">
         <v>20</v>
       </c>
       <c r="B26" s="2">
         <v>450</v>
       </c>
       <c r="C26" s="2">
-        <v>117900</v>
+        <v>107523</v>
       </c>
       <c r="D26" s="2" t="s">
         <v>1183</v>
       </c>
       <c r="E26" s="2" t="s">
         <v>1184</v>
       </c>
       <c r="F26" s="2" t="s">
-        <v>190</v>
+        <v>23</v>
       </c>
     </row>
     <row r="27" spans="1:6">
       <c r="A27" s="2">
         <v>20</v>
       </c>
       <c r="B27" s="2">
         <v>450</v>
       </c>
       <c r="C27" s="2">
-        <v>118451</v>
+        <v>101970</v>
       </c>
       <c r="D27" s="2" t="s">
         <v>1185</v>
       </c>
       <c r="E27" s="2" t="s">
         <v>1186</v>
       </c>
       <c r="F27" s="2" t="s">
-        <v>23</v>
+        <v>198</v>
       </c>
     </row>
     <row r="28" spans="1:6">
       <c r="A28" s="2">
         <v>20</v>
       </c>
       <c r="B28" s="2">
         <v>450</v>
       </c>
       <c r="C28" s="2">
-        <v>103120</v>
+        <v>117900</v>
       </c>
       <c r="D28" s="2" t="s">
         <v>1187</v>
       </c>
       <c r="E28" s="2" t="s">
         <v>1188</v>
       </c>
       <c r="F28" s="2" t="s">
-        <v>23</v>
+        <v>198</v>
       </c>
     </row>
     <row r="29" spans="1:6">
       <c r="A29" s="2">
         <v>28</v>
       </c>
       <c r="B29" s="2">
         <v>425</v>
       </c>
       <c r="C29" s="2">
-        <v>118454</v>
+        <v>100262</v>
       </c>
       <c r="D29" s="2" t="s">
         <v>1189</v>
       </c>
       <c r="E29" s="2" t="s">
         <v>1190</v>
       </c>
       <c r="F29" s="2" t="s">
-        <v>23</v>
+        <v>198</v>
       </c>
     </row>
     <row r="30" spans="1:6">
       <c r="A30" s="2">
         <v>28</v>
       </c>
       <c r="B30" s="2">
         <v>425</v>
       </c>
       <c r="C30" s="2">
-        <v>115828</v>
+        <v>118454</v>
       </c>
       <c r="D30" s="2" t="s">
         <v>1191</v>
       </c>
       <c r="E30" s="2" t="s">
-        <v>7</v>
+        <v>1192</v>
       </c>
       <c r="F30" s="2" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
     </row>
     <row r="31" spans="1:6">
       <c r="A31" s="2">
         <v>28</v>
       </c>
       <c r="B31" s="2">
         <v>425</v>
       </c>
       <c r="C31" s="2">
-        <v>117832</v>
+        <v>115828</v>
       </c>
       <c r="D31" s="2" t="s">
-        <v>1192</v>
+        <v>1193</v>
       </c>
       <c r="E31" s="2" t="s">
-        <v>300</v>
+        <v>7</v>
       </c>
       <c r="F31" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="32" spans="1:6">
       <c r="A32" s="2">
         <v>28</v>
       </c>
       <c r="B32" s="2">
         <v>425</v>
       </c>
       <c r="C32" s="2">
-        <v>118371</v>
+        <v>117832</v>
       </c>
       <c r="D32" s="2" t="s">
-        <v>1193</v>
+        <v>1194</v>
       </c>
       <c r="E32" s="2" t="s">
-        <v>1194</v>
+        <v>297</v>
       </c>
       <c r="F32" s="2" t="s">
-        <v>63</v>
+        <v>17</v>
       </c>
     </row>
     <row r="33" spans="1:6">
       <c r="A33" s="2">
         <v>28</v>
       </c>
       <c r="B33" s="2">
         <v>425</v>
       </c>
       <c r="C33" s="2">
-        <v>118384</v>
+        <v>118371</v>
       </c>
       <c r="D33" s="2" t="s">
         <v>1195</v>
       </c>
       <c r="E33" s="2" t="s">
         <v>1196</v>
       </c>
       <c r="F33" s="2" t="s">
-        <v>1197</v>
+        <v>51</v>
       </c>
     </row>
     <row r="34" spans="1:6">
       <c r="A34" s="2">
         <v>28</v>
       </c>
       <c r="B34" s="2">
         <v>425</v>
       </c>
       <c r="C34" s="2">
-        <v>118518</v>
+        <v>118384</v>
       </c>
       <c r="D34" s="2" t="s">
+        <v>1197</v>
+      </c>
+      <c r="E34" s="2" t="s">
         <v>1198</v>
       </c>
-      <c r="E34" s="2" t="s">
+      <c r="F34" s="2" t="s">
         <v>1199</v>
-      </c>
-[...1 lines deleted...]
-        <v>14</v>
       </c>
     </row>
     <row r="35" spans="1:6">
       <c r="A35" s="2">
         <v>28</v>
       </c>
       <c r="B35" s="2">
         <v>425</v>
       </c>
       <c r="C35" s="2">
-        <v>115529</v>
+        <v>118518</v>
       </c>
       <c r="D35" s="2" t="s">
         <v>1200</v>
       </c>
       <c r="E35" s="2" t="s">
-        <v>33</v>
+        <v>1201</v>
       </c>
       <c r="F35" s="2" t="s">
-        <v>1201</v>
+        <v>14</v>
       </c>
     </row>
     <row r="36" spans="1:6">
       <c r="A36" s="2">
         <v>28</v>
       </c>
       <c r="B36" s="2">
         <v>425</v>
       </c>
       <c r="C36" s="2">
-        <v>100262</v>
+        <v>115529</v>
       </c>
       <c r="D36" s="2" t="s">
         <v>1202</v>
       </c>
       <c r="E36" s="2" t="s">
+        <v>37</v>
+      </c>
+      <c r="F36" s="2" t="s">
         <v>1203</v>
-      </c>
-[...1 lines deleted...]
-        <v>190</v>
       </c>
     </row>
     <row r="37" spans="1:6">
       <c r="A37" s="2">
         <v>36</v>
       </c>
       <c r="B37" s="2">
         <v>400</v>
       </c>
       <c r="C37" s="2">
-        <v>117918</v>
+        <v>115738</v>
       </c>
       <c r="D37" s="2" t="s">
         <v>1204</v>
       </c>
       <c r="E37" s="2" t="s">
-        <v>1205</v>
+        <v>1173</v>
       </c>
       <c r="F37" s="2" t="s">
-        <v>664</v>
+        <v>17</v>
       </c>
     </row>
     <row r="38" spans="1:6">
       <c r="A38" s="2">
         <v>36</v>
       </c>
       <c r="B38" s="2">
         <v>400</v>
       </c>
       <c r="C38" s="2">
-        <v>118429</v>
+        <v>101425</v>
       </c>
       <c r="D38" s="2" t="s">
+        <v>1205</v>
+      </c>
+      <c r="E38" s="2" t="s">
         <v>1206</v>
       </c>
-      <c r="E38" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F38" s="2" t="s">
-        <v>17</v>
+        <v>95</v>
       </c>
     </row>
     <row r="39" spans="1:6">
       <c r="A39" s="2">
         <v>36</v>
       </c>
       <c r="B39" s="2">
         <v>400</v>
       </c>
       <c r="C39" s="2">
-        <v>118455</v>
+        <v>113076</v>
       </c>
       <c r="D39" s="2" t="s">
+        <v>1207</v>
+      </c>
+      <c r="E39" s="2" t="s">
         <v>1208</v>
       </c>
-      <c r="E39" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F39" s="2" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
     </row>
     <row r="40" spans="1:6">
       <c r="A40" s="2">
         <v>36</v>
       </c>
       <c r="B40" s="2">
         <v>400</v>
       </c>
       <c r="C40" s="2">
-        <v>118359</v>
+        <v>117918</v>
       </c>
       <c r="D40" s="2" t="s">
+        <v>1209</v>
+      </c>
+      <c r="E40" s="2" t="s">
         <v>1210</v>
       </c>
-      <c r="E40" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F40" s="2" t="s">
-        <v>1212</v>
+        <v>651</v>
       </c>
     </row>
     <row r="41" spans="1:6">
       <c r="A41" s="2">
         <v>36</v>
       </c>
       <c r="B41" s="2">
         <v>400</v>
       </c>
       <c r="C41" s="2">
-        <v>118504</v>
+        <v>118429</v>
       </c>
       <c r="D41" s="2" t="s">
-        <v>1213</v>
+        <v>1211</v>
       </c>
       <c r="E41" s="2" t="s">
-        <v>1214</v>
+        <v>1212</v>
       </c>
       <c r="F41" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="42" spans="1:6">
       <c r="A42" s="2">
         <v>36</v>
       </c>
       <c r="B42" s="2">
         <v>400</v>
       </c>
       <c r="C42" s="2">
-        <v>115738</v>
+        <v>118455</v>
       </c>
       <c r="D42" s="2" t="s">
-        <v>1215</v>
+        <v>1213</v>
       </c>
       <c r="E42" s="2" t="s">
-        <v>1171</v>
+        <v>1214</v>
       </c>
       <c r="F42" s="2" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
     </row>
     <row r="43" spans="1:6">
       <c r="A43" s="2">
         <v>36</v>
       </c>
       <c r="B43" s="2">
         <v>400</v>
       </c>
       <c r="C43" s="2">
-        <v>101425</v>
+        <v>118359</v>
       </c>
       <c r="D43" s="2" t="s">
+        <v>1215</v>
+      </c>
+      <c r="E43" s="2" t="s">
         <v>1216</v>
       </c>
-      <c r="E43" s="2" t="s">
+      <c r="F43" s="2" t="s">
         <v>1217</v>
-      </c>
-[...1 lines deleted...]
-        <v>95</v>
       </c>
     </row>
     <row r="44" spans="1:6">
       <c r="A44" s="2">
         <v>36</v>
       </c>
       <c r="B44" s="2">
         <v>400</v>
       </c>
       <c r="C44" s="2">
-        <v>113076</v>
+        <v>118504</v>
       </c>
       <c r="D44" s="2" t="s">
         <v>1218</v>
       </c>
       <c r="E44" s="2" t="s">
         <v>1219</v>
       </c>
       <c r="F44" s="2" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
     </row>
     <row r="45" spans="1:6">
       <c r="A45" s="2">
         <v>44</v>
       </c>
       <c r="B45" s="2">
         <v>390</v>
       </c>
       <c r="C45" s="2">
-        <v>101235</v>
+        <v>118459</v>
       </c>
       <c r="D45" s="2" t="s">
         <v>1220</v>
       </c>
       <c r="E45" s="2" t="s">
         <v>1221</v>
       </c>
       <c r="F45" s="2" t="s">
-        <v>14</v>
+        <v>23</v>
       </c>
     </row>
     <row r="46" spans="1:6">
       <c r="A46" s="2">
         <v>44</v>
       </c>
       <c r="B46" s="2">
         <v>390</v>
       </c>
       <c r="C46" s="2">
-        <v>118459</v>
+        <v>118505</v>
       </c>
       <c r="D46" s="2" t="s">
         <v>1222</v>
       </c>
       <c r="E46" s="2" t="s">
         <v>1223</v>
       </c>
       <c r="F46" s="2" t="s">
-        <v>23</v>
+        <v>17</v>
       </c>
     </row>
     <row r="47" spans="1:6">
       <c r="A47" s="2">
         <v>44</v>
       </c>
       <c r="B47" s="2">
         <v>390</v>
       </c>
       <c r="C47" s="2">
-        <v>118505</v>
+        <v>101235</v>
       </c>
       <c r="D47" s="2" t="s">
         <v>1224</v>
       </c>
       <c r="E47" s="2" t="s">
         <v>1225</v>
       </c>
       <c r="F47" s="2" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
     </row>
     <row r="48" spans="1:6">
       <c r="A48" s="2">
         <v>47</v>
       </c>
       <c r="B48" s="2">
         <v>380</v>
       </c>
       <c r="C48" s="2">
         <v>118460</v>
       </c>
       <c r="D48" s="2" t="s">
         <v>1226</v>
       </c>
       <c r="E48" s="2" t="s">
         <v>1227</v>
       </c>
       <c r="F48" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="49" spans="1:6">
       <c r="A49" s="2">
         <v>47</v>
       </c>
       <c r="B49" s="2">
         <v>380</v>
       </c>
       <c r="C49" s="2">
         <v>118506</v>
       </c>
       <c r="D49" s="2" t="s">
         <v>1228</v>
       </c>
       <c r="E49" s="2" t="s">
-        <v>283</v>
+        <v>282</v>
       </c>
       <c r="F49" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="50" spans="1:6">
       <c r="A50" s="2">
         <v>47</v>
       </c>
       <c r="B50" s="2">
         <v>380</v>
       </c>
       <c r="C50" s="2">
         <v>118519</v>
       </c>
       <c r="D50" s="2" t="s">
         <v>1229</v>
       </c>
       <c r="E50" s="2" t="s">
         <v>1230</v>
       </c>
       <c r="F50" s="2" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="51" spans="1:6">
       <c r="A51" s="2">
         <v>50</v>
       </c>
       <c r="B51" s="2">
         <v>375</v>
       </c>
       <c r="C51" s="2">
-        <v>118391</v>
+        <v>113357</v>
       </c>
       <c r="D51" s="2" t="s">
         <v>1231</v>
       </c>
       <c r="E51" s="2" t="s">
         <v>1232</v>
       </c>
       <c r="F51" s="2" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
     </row>
     <row r="52" spans="1:6">
       <c r="A52" s="2">
         <v>50</v>
       </c>
       <c r="B52" s="2">
         <v>375</v>
       </c>
       <c r="C52" s="2">
-        <v>118430</v>
+        <v>118391</v>
       </c>
       <c r="D52" s="2" t="s">
         <v>1233</v>
       </c>
       <c r="E52" s="2" t="s">
         <v>1234</v>
       </c>
       <c r="F52" s="2" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
     </row>
     <row r="53" spans="1:6">
       <c r="A53" s="2">
         <v>50</v>
       </c>
       <c r="B53" s="2">
         <v>375</v>
       </c>
       <c r="C53" s="2">
-        <v>113357</v>
+        <v>118430</v>
       </c>
       <c r="D53" s="2" t="s">
         <v>1235</v>
       </c>
       <c r="E53" s="2" t="s">
         <v>1236</v>
       </c>
       <c r="F53" s="2" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
     </row>
     <row r="54" spans="1:6">
       <c r="A54" s="2">
         <v>53</v>
       </c>
       <c r="B54" s="2">
         <v>370</v>
       </c>
       <c r="C54" s="2">
-        <v>111845</v>
+        <v>106734</v>
       </c>
       <c r="D54" s="2" t="s">
         <v>1237</v>
       </c>
       <c r="E54" s="2" t="s">
         <v>1238</v>
       </c>
       <c r="F54" s="2" t="s">
-        <v>58</v>
+        <v>14</v>
       </c>
     </row>
     <row r="55" spans="1:6">
       <c r="A55" s="2">
         <v>53</v>
       </c>
       <c r="B55" s="2">
         <v>370</v>
       </c>
       <c r="C55" s="2">
-        <v>115627</v>
+        <v>111845</v>
       </c>
       <c r="D55" s="2" t="s">
         <v>1239</v>
       </c>
       <c r="E55" s="2" t="s">
         <v>1240</v>
       </c>
       <c r="F55" s="2" t="s">
-        <v>11</v>
+        <v>45</v>
       </c>
     </row>
     <row r="56" spans="1:6">
       <c r="A56" s="2">
         <v>53</v>
       </c>
       <c r="B56" s="2">
         <v>370</v>
       </c>
       <c r="C56" s="2">
-        <v>115974</v>
+        <v>115627</v>
       </c>
       <c r="D56" s="2" t="s">
         <v>1241</v>
       </c>
       <c r="E56" s="2" t="s">
         <v>1242</v>
       </c>
       <c r="F56" s="2" t="s">
-        <v>23</v>
+        <v>11</v>
       </c>
     </row>
     <row r="57" spans="1:6">
       <c r="A57" s="2">
         <v>53</v>
       </c>
       <c r="B57" s="2">
         <v>370</v>
       </c>
       <c r="C57" s="2">
-        <v>118507</v>
+        <v>115974</v>
       </c>
       <c r="D57" s="2" t="s">
         <v>1243</v>
       </c>
       <c r="E57" s="2" t="s">
         <v>1244</v>
       </c>
       <c r="F57" s="2" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
     </row>
     <row r="58" spans="1:6">
       <c r="A58" s="2">
         <v>53</v>
       </c>
       <c r="B58" s="2">
         <v>370</v>
       </c>
       <c r="C58" s="2">
-        <v>106734</v>
+        <v>118507</v>
       </c>
       <c r="D58" s="2" t="s">
         <v>1245</v>
       </c>
       <c r="E58" s="2" t="s">
         <v>1246</v>
       </c>
       <c r="F58" s="2" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
     </row>
     <row r="59" spans="1:6">
       <c r="A59" s="2">
         <v>58</v>
       </c>
       <c r="B59" s="2">
         <v>360</v>
       </c>
       <c r="C59" s="2">
-        <v>116946</v>
+        <v>118508</v>
       </c>
       <c r="D59" s="2" t="s">
         <v>1247</v>
       </c>
       <c r="E59" s="2" t="s">
         <v>1248</v>
       </c>
       <c r="F59" s="2" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
     </row>
     <row r="60" spans="1:6">
       <c r="A60" s="2">
         <v>58</v>
       </c>
       <c r="B60" s="2">
         <v>360</v>
       </c>
       <c r="C60" s="2">
-        <v>118508</v>
+        <v>116946</v>
       </c>
       <c r="D60" s="2" t="s">
         <v>1249</v>
       </c>
       <c r="E60" s="2" t="s">
         <v>1250</v>
       </c>
       <c r="F60" s="2" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
     </row>
     <row r="61" spans="1:6">
       <c r="A61" s="2">
         <v>60</v>
       </c>
       <c r="B61" s="2">
         <v>350</v>
       </c>
       <c r="C61" s="2">
         <v>118431</v>
       </c>
       <c r="D61" s="2" t="s">
         <v>1251</v>
       </c>
       <c r="E61" s="2" t="s">
         <v>1252</v>
       </c>
       <c r="F61" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="62" spans="1:6">
       <c r="A62" s="2">
         <v>60</v>
       </c>
       <c r="B62" s="2">
         <v>350</v>
       </c>
       <c r="C62" s="2">
         <v>117921</v>
       </c>
       <c r="D62" s="2" t="s">
         <v>1253</v>
       </c>
       <c r="E62" s="2" t="s">
         <v>1254</v>
       </c>
       <c r="F62" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="63" spans="1:6">
       <c r="A63" s="2">
         <v>62</v>
       </c>
       <c r="B63" s="2">
         <v>345</v>
       </c>
       <c r="C63" s="2">
         <v>118489</v>
       </c>
       <c r="D63" s="2" t="s">
         <v>1228</v>
       </c>
       <c r="E63" s="2" t="s">
         <v>1255</v>
       </c>
       <c r="F63" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="64" spans="1:6">
       <c r="A64" s="2">
         <v>63</v>
       </c>
       <c r="B64" s="2">
         <v>340</v>
       </c>
       <c r="C64" s="2">
         <v>112318</v>
       </c>
       <c r="D64" s="2" t="s">
         <v>1256</v>
       </c>
       <c r="E64" s="2" t="s">
         <v>1257</v>
       </c>
       <c r="F64" s="2" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
     </row>
     <row r="65" spans="1:6">
       <c r="A65" s="2">
         <v>63</v>
       </c>
       <c r="B65" s="2">
         <v>340</v>
       </c>
       <c r="C65" s="2">
         <v>117926</v>
       </c>
       <c r="D65" s="2" t="s">
         <v>1253</v>
       </c>
       <c r="E65" s="2" t="s">
         <v>1258</v>
       </c>
       <c r="F65" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="66" spans="1:6">
       <c r="A66" s="2">
         <v>65</v>
       </c>
       <c r="B66" s="2">
         <v>330</v>
       </c>
       <c r="C66" s="2">
-        <v>118432</v>
+        <v>117927</v>
       </c>
       <c r="D66" s="2" t="s">
         <v>1259</v>
       </c>
       <c r="E66" s="2" t="s">
         <v>1260</v>
       </c>
       <c r="F66" s="2" t="s">
-        <v>17</v>
+        <v>51</v>
       </c>
     </row>
     <row r="67" spans="1:6">
       <c r="A67" s="2">
         <v>65</v>
       </c>
       <c r="B67" s="2">
         <v>330</v>
       </c>
       <c r="C67" s="2">
-        <v>117927</v>
+        <v>118432</v>
       </c>
       <c r="D67" s="2" t="s">
         <v>1261</v>
       </c>
       <c r="E67" s="2" t="s">
         <v>1262</v>
       </c>
       <c r="F67" s="2" t="s">
-        <v>63</v>
+        <v>17</v>
       </c>
     </row>
     <row r="68" spans="1:6">
       <c r="A68" s="2">
         <v>67</v>
       </c>
       <c r="B68" s="2">
         <v>320</v>
       </c>
       <c r="C68" s="2">
         <v>118395</v>
       </c>
       <c r="D68" s="2" t="s">
         <v>1263</v>
       </c>
       <c r="E68" s="2" t="s">
         <v>1264</v>
       </c>
       <c r="F68" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="69" spans="1:6">
       <c r="A69" s="2">
         <v>67</v>
       </c>
       <c r="B69" s="2">
         <v>320</v>
       </c>
       <c r="C69" s="2">
         <v>117937</v>
       </c>
       <c r="D69" s="2" t="s">
         <v>1265</v>
       </c>
       <c r="E69" s="2" t="s">
         <v>1266</v>
       </c>
       <c r="F69" s="2" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
     </row>
     <row r="70" spans="1:6">
       <c r="A70" s="2">
         <v>67</v>
       </c>
       <c r="B70" s="2">
         <v>320</v>
       </c>
       <c r="C70" s="2">
         <v>118491</v>
       </c>
       <c r="D70" s="2" t="s">
-        <v>53</v>
+        <v>42</v>
       </c>
       <c r="E70" s="2" t="s">
         <v>1267</v>
       </c>
       <c r="F70" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="71" spans="1:6">
       <c r="A71" s="2">
         <v>70</v>
       </c>
       <c r="B71" s="2">
         <v>310</v>
       </c>
       <c r="C71" s="2">
         <v>117941</v>
       </c>
       <c r="D71" s="2" t="s">
         <v>1268</v>
       </c>
       <c r="E71" s="2" t="s">
         <v>1269</v>
       </c>
       <c r="F71" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="72" spans="1:6">
       <c r="A72" s="2">
         <v>71</v>
       </c>
       <c r="B72" s="2">
         <v>300</v>
       </c>
       <c r="C72" s="2">
         <v>117958</v>
       </c>
       <c r="D72" s="2" t="s">
         <v>1270</v>
       </c>
       <c r="E72" s="2" t="s">
         <v>1270</v>
       </c>
       <c r="F72" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="73" spans="1:6">
       <c r="A73" s="2">
         <v>72</v>
       </c>
       <c r="B73" s="2">
         <v>295</v>
       </c>
       <c r="C73" s="2">
-        <v>118492</v>
+        <v>118396</v>
       </c>
       <c r="D73" s="2" t="s">
         <v>1271</v>
       </c>
       <c r="E73" s="2" t="s">
-        <v>7</v>
+        <v>1272</v>
       </c>
       <c r="F73" s="2" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
     </row>
     <row r="74" spans="1:6">
       <c r="A74" s="2">
         <v>72</v>
       </c>
       <c r="B74" s="2">
         <v>295</v>
       </c>
       <c r="C74" s="2">
-        <v>118396</v>
+        <v>118492</v>
       </c>
       <c r="D74" s="2" t="s">
-        <v>1272</v>
+        <v>1273</v>
       </c>
       <c r="E74" s="2" t="s">
-        <v>1273</v>
+        <v>7</v>
       </c>
       <c r="F74" s="2" t="s">
-        <v>23</v>
+        <v>17</v>
       </c>
     </row>
     <row r="75" spans="1:6">
       <c r="A75" s="2">
         <v>74</v>
       </c>
       <c r="B75" s="2">
         <v>290</v>
       </c>
       <c r="C75" s="2">
         <v>117960</v>
       </c>
       <c r="D75" s="2" t="s">
         <v>1274</v>
       </c>
       <c r="E75" s="2" t="s">
         <v>1275</v>
       </c>
       <c r="F75" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="76" spans="1:6">
       <c r="A76" s="2">
         <v>75</v>
       </c>
       <c r="B76" s="2">
         <v>280</v>
       </c>
       <c r="C76" s="2">
         <v>117962</v>
       </c>
       <c r="D76" s="2" t="s">
         <v>1276</v>
       </c>
       <c r="E76" s="2" t="s">
         <v>1277</v>
       </c>
       <c r="F76" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="77" spans="1:6">
       <c r="A77" s="2">
         <v>76</v>
       </c>
       <c r="B77" s="2">
         <v>270</v>
       </c>
       <c r="C77" s="2">
         <v>118493</v>
       </c>
       <c r="D77" s="2" t="s">
         <v>1278</v>
       </c>
       <c r="E77" s="2" t="s">
         <v>1279</v>
       </c>
       <c r="F77" s="2" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
     </row>
     <row r="78" spans="1:6">
       <c r="A78" s="2">
         <v>76</v>
       </c>
       <c r="B78" s="2">
         <v>270</v>
       </c>
       <c r="C78" s="2">
         <v>117964</v>
       </c>
       <c r="D78" s="2" t="s">
         <v>1280</v>
       </c>
       <c r="E78" s="2" t="s">
         <v>1281</v>
       </c>
       <c r="F78" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="79" spans="1:6">
       <c r="A79" s="2">
         <v>78</v>
       </c>
       <c r="B79" s="2">
         <v>265</v>
       </c>
       <c r="C79" s="2">
         <v>118494</v>
       </c>
       <c r="D79" s="2" t="s">
-        <v>1224</v>
+        <v>1222</v>
       </c>
       <c r="E79" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F79" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="80" spans="1:6">
       <c r="A80" s="2">
         <v>79</v>
       </c>
       <c r="B80" s="2">
         <v>250</v>
       </c>
       <c r="C80" s="2">
         <v>117968</v>
       </c>
       <c r="D80" s="2" t="s">
         <v>1282</v>
       </c>
       <c r="E80" s="2" t="s">
         <v>1283</v>
       </c>
       <c r="F80" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="81" spans="1:6">
       <c r="A81" s="2">
         <v>80</v>
       </c>
       <c r="B81" s="2">
         <v>240</v>
       </c>
       <c r="C81" s="2">
         <v>102980</v>
       </c>
       <c r="D81" s="2" t="s">
         <v>1284</v>
       </c>
       <c r="E81" s="2" t="s">
         <v>1285</v>
       </c>
       <c r="F81" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="82" spans="1:6">
       <c r="A82" s="2">
         <v>81</v>
       </c>
       <c r="B82" s="2">
         <v>230</v>
       </c>
       <c r="C82" s="2">
         <v>117998</v>
       </c>
       <c r="D82" s="2" t="s">
         <v>1286</v>
       </c>
       <c r="E82" s="2" t="s">
         <v>1287</v>
       </c>
       <c r="F82" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="83" spans="1:6">
       <c r="A83" s="2">
         <v>82</v>
       </c>
       <c r="B83" s="2">
         <v>220</v>
       </c>
       <c r="C83" s="2">
         <v>118014</v>
       </c>
       <c r="D83" s="2" t="s">
-        <v>744</v>
+        <v>935</v>
       </c>
       <c r="E83" s="2" t="s">
         <v>1288</v>
       </c>
       <c r="F83" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="84" spans="1:6">
       <c r="A84" s="2">
         <v>83</v>
       </c>
       <c r="B84" s="2">
         <v>210</v>
       </c>
       <c r="C84" s="2">
         <v>118026</v>
       </c>
       <c r="D84" s="2" t="s">
         <v>1289</v>
       </c>
       <c r="E84" s="2" t="s">
         <v>1290</v>
       </c>
       <c r="F84" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="85" spans="1:6">
       <c r="A85" s="2">
         <v>84</v>
       </c>
       <c r="B85" s="2">
         <v>200</v>
       </c>
       <c r="C85" s="2">
         <v>118032</v>
       </c>
       <c r="D85" s="2" t="s">
         <v>1291</v>
       </c>
       <c r="E85" s="2" t="s">
         <v>1292</v>
       </c>
       <c r="F85" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="86" spans="1:6">
       <c r="A86" s="2">
         <v>85</v>
       </c>
       <c r="B86" s="2">
         <v>199</v>
       </c>
       <c r="C86" s="2">
         <v>118052</v>
       </c>
       <c r="D86" s="2" t="s">
         <v>1293</v>
       </c>
       <c r="E86" s="2" t="s">
         <v>1294</v>
       </c>
       <c r="F86" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="87" spans="1:6">
       <c r="A87" s="2">
         <v>86</v>
       </c>
       <c r="B87" s="2">
         <v>198</v>
       </c>
       <c r="C87" s="2">
         <v>118065</v>
       </c>
       <c r="D87" s="2" t="s">
         <v>1295</v>
       </c>
       <c r="E87" s="2" t="s">
         <v>1296</v>
       </c>
       <c r="F87" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="88" spans="1:6">
       <c r="A88" s="2">
         <v>87</v>
       </c>
       <c r="B88" s="2">
         <v>197</v>
       </c>
       <c r="C88" s="2">
         <v>118080</v>
       </c>
       <c r="D88" s="2" t="s">
         <v>1297</v>
       </c>
       <c r="E88" s="2" t="s">
         <v>1298</v>
       </c>
       <c r="F88" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="89" spans="1:6">
       <c r="A89" s="2">
         <v>88</v>
       </c>
       <c r="B89" s="2">
         <v>195</v>
       </c>
       <c r="C89" s="2">
         <v>118083</v>
       </c>
       <c r="D89" s="2" t="s">
         <v>1299</v>
       </c>
       <c r="E89" s="2" t="s">
         <v>1300</v>
       </c>
       <c r="F89" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="90" spans="1:6">
       <c r="A90" s="2">
         <v>89</v>
       </c>
       <c r="B90" s="2">
         <v>194</v>
       </c>
       <c r="C90" s="2">
         <v>118087</v>
       </c>
       <c r="D90" s="2" t="s">
         <v>1301</v>
       </c>
       <c r="E90" s="2" t="s">
-        <v>659</v>
+        <v>816</v>
       </c>
       <c r="F90" s="2" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
     </row>
     <row r="91" spans="1:6">
       <c r="A91" s="2">
         <v>90</v>
       </c>
       <c r="B91" s="2">
         <v>193</v>
       </c>
       <c r="C91" s="2">
         <v>102034</v>
       </c>
       <c r="D91" s="2" t="s">
         <v>1302</v>
       </c>
       <c r="E91" s="2" t="s">
         <v>1303</v>
       </c>
       <c r="F91" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="92" spans="1:6">
       <c r="A92" s="2">
         <v>91</v>
       </c>
       <c r="B92" s="2">
         <v>192</v>
       </c>
       <c r="C92" s="2">
         <v>118095</v>
       </c>
       <c r="D92" s="2" t="s">
         <v>1304</v>
       </c>
       <c r="E92" s="2" t="s">
         <v>1305</v>
       </c>
       <c r="F92" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="93" spans="1:6">
       <c r="A93" s="2">
         <v>92</v>
       </c>
       <c r="B93" s="2">
         <v>191</v>
       </c>
       <c r="C93" s="2">
         <v>118106</v>
       </c>
       <c r="D93" s="2" t="s">
         <v>1306</v>
       </c>
       <c r="E93" s="2" t="s">
         <v>1307</v>
       </c>
       <c r="F93" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="94" spans="1:6">
       <c r="A94" s="2">
         <v>93</v>
       </c>
       <c r="B94" s="2">
         <v>190</v>
       </c>
       <c r="C94" s="2">
         <v>102926</v>
       </c>
       <c r="D94" s="2" t="s">
         <v>1308</v>
       </c>
       <c r="E94" s="2" t="s">
         <v>1309</v>
       </c>
       <c r="F94" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="95" spans="1:6">
       <c r="A95" s="2">
         <v>94</v>
       </c>
       <c r="B95" s="2">
         <v>189</v>
       </c>
       <c r="C95" s="2">
         <v>118108</v>
       </c>
       <c r="D95" s="2" t="s">
         <v>1310</v>
       </c>
       <c r="E95" s="2" t="s">
         <v>1311</v>
       </c>
       <c r="F95" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="96" spans="1:6">
       <c r="A96" s="2">
         <v>95</v>
       </c>
       <c r="B96" s="2">
         <v>188</v>
       </c>
       <c r="C96" s="2">
         <v>102035</v>
       </c>
       <c r="D96" s="2" t="s">
         <v>1312</v>
       </c>
       <c r="E96" s="2" t="s">
         <v>1313</v>
       </c>
       <c r="F96" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="97" spans="1:6">
       <c r="A97" s="2">
         <v>96</v>
       </c>
       <c r="B97" s="2">
         <v>187</v>
       </c>
       <c r="C97" s="2">
         <v>118136</v>
       </c>
       <c r="D97" s="2" t="s">
         <v>1314</v>
       </c>
       <c r="E97" s="2" t="s">
         <v>1315</v>
       </c>
       <c r="F97" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="98" spans="1:6">
       <c r="A98" s="2">
         <v>97</v>
       </c>
       <c r="B98" s="2">
         <v>186</v>
       </c>
       <c r="C98" s="2">
         <v>118140</v>
       </c>
       <c r="D98" s="2" t="s">
         <v>1316</v>
       </c>
       <c r="E98" s="2" t="s">
         <v>1317</v>
       </c>
       <c r="F98" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="99" spans="1:6">
       <c r="A99" s="2">
         <v>98</v>
       </c>
       <c r="B99" s="2">
         <v>185</v>
       </c>
       <c r="C99" s="2">
         <v>118144</v>
       </c>
       <c r="D99" s="2" t="s">
         <v>1318</v>
       </c>
       <c r="E99" s="2" t="s">
         <v>1319</v>
       </c>
       <c r="F99" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="100" spans="1:6">
       <c r="A100" s="2">
         <v>99</v>
       </c>
       <c r="B100" s="2">
         <v>184</v>
       </c>
       <c r="C100" s="2">
         <v>118154</v>
       </c>
       <c r="D100" s="2" t="s">
         <v>1320</v>
       </c>
       <c r="E100" s="2" t="s">
         <v>548</v>
       </c>
       <c r="F100" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="101" spans="1:6">
       <c r="A101" s="2">
         <v>100</v>
       </c>
       <c r="B101" s="2">
         <v>183</v>
       </c>
       <c r="C101" s="2">
         <v>118156</v>
       </c>
       <c r="D101" s="2" t="s">
         <v>1321</v>
       </c>
       <c r="E101" s="2" t="s">
         <v>1322</v>
       </c>
       <c r="F101" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="102" spans="1:6">
       <c r="A102" s="2">
         <v>101</v>
       </c>
       <c r="B102" s="2">
         <v>182</v>
       </c>
       <c r="C102" s="2">
         <v>118160</v>
       </c>
       <c r="D102" s="2" t="s">
         <v>1323</v>
       </c>
       <c r="E102" s="2" t="s">
         <v>1324</v>
       </c>
       <c r="F102" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="103" spans="1:6">
       <c r="A103" s="2">
         <v>102</v>
       </c>
       <c r="B103" s="2">
         <v>181</v>
       </c>
       <c r="C103" s="2">
         <v>118162</v>
       </c>
       <c r="D103" s="2" t="s">
         <v>1325</v>
       </c>
       <c r="E103" s="2" t="s">
         <v>1326</v>
       </c>
       <c r="F103" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="104" spans="1:6">
       <c r="A104" s="2">
         <v>103</v>
       </c>
       <c r="B104" s="2">
         <v>180</v>
       </c>
       <c r="C104" s="2">
         <v>118168</v>
       </c>
       <c r="D104" s="2" t="s">
         <v>1327</v>
       </c>
       <c r="E104" s="2" t="s">
         <v>1328</v>
       </c>
       <c r="F104" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="105" spans="1:6">
       <c r="A105" s="2">
         <v>104</v>
       </c>
       <c r="B105" s="2">
         <v>179</v>
       </c>
       <c r="C105" s="2">
         <v>118169</v>
       </c>
       <c r="D105" s="2" t="s">
         <v>1329</v>
       </c>
       <c r="E105" s="2" t="s">
-        <v>150</v>
+        <v>157</v>
       </c>
       <c r="F105" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="106" spans="1:6">
       <c r="A106" s="2">
         <v>105</v>
       </c>
       <c r="B106" s="2">
         <v>178</v>
       </c>
       <c r="C106" s="2">
         <v>118175</v>
       </c>
       <c r="D106" s="2" t="s">
         <v>1330</v>
       </c>
       <c r="E106" s="2" t="s">
-        <v>880</v>
+        <v>1071</v>
       </c>
       <c r="F106" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="107" spans="1:6">
       <c r="A107" s="2">
         <v>106</v>
       </c>
       <c r="B107" s="2">
         <v>177</v>
       </c>
       <c r="C107" s="2">
         <v>118194</v>
       </c>
       <c r="D107" s="2" t="s">
         <v>1331</v>
       </c>
       <c r="E107" s="2" t="s">
         <v>1332</v>
       </c>
       <c r="F107" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="108" spans="1:6">
       <c r="A108" s="2">
         <v>107</v>
       </c>
       <c r="B108" s="2">
         <v>176</v>
       </c>
       <c r="C108" s="2">
         <v>118195</v>
       </c>
       <c r="D108" s="2" t="s">
         <v>1333</v>
       </c>
       <c r="E108" s="2" t="s">
         <v>1334</v>
       </c>
       <c r="F108" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="109" spans="1:6">
       <c r="A109" s="2">
         <v>108</v>
       </c>
       <c r="B109" s="2">
         <v>175</v>
       </c>
       <c r="C109" s="2">
         <v>118196</v>
       </c>
       <c r="D109" s="2" t="s">
         <v>1335</v>
       </c>
       <c r="E109" s="2" t="s">
         <v>1336</v>
       </c>
       <c r="F109" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="110" spans="1:6">
       <c r="A110" s="2">
         <v>109</v>
       </c>
       <c r="B110" s="2">
         <v>174</v>
       </c>
       <c r="C110" s="2">
         <v>118198</v>
       </c>
       <c r="D110" s="2" t="s">
         <v>1337</v>
       </c>
       <c r="E110" s="2" t="s">
         <v>1338</v>
       </c>
       <c r="F110" s="2" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="111" spans="1:6">
       <c r="A111" s="2">
         <v>110</v>
       </c>
       <c r="B111" s="2">
         <v>173</v>
       </c>
       <c r="C111" s="2">
         <v>118213</v>
       </c>
       <c r="D111" s="2" t="s">
         <v>1339</v>
       </c>
       <c r="E111" s="2" t="s">
         <v>1340</v>
       </c>
       <c r="F111" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="112" spans="1:6">
       <c r="A112" s="2">
         <v>111</v>
       </c>
       <c r="B112" s="2">
         <v>172</v>
       </c>
       <c r="C112" s="2">
         <v>118215</v>
       </c>
       <c r="D112" s="2" t="s">
         <v>1286</v>
       </c>
       <c r="E112" s="2" t="s">
         <v>1341</v>
       </c>
       <c r="F112" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="113" spans="1:6">
       <c r="A113" s="2">
         <v>112</v>
       </c>
       <c r="B113" s="2">
         <v>171</v>
       </c>
       <c r="C113" s="2">
         <v>118219</v>
       </c>
       <c r="D113" s="2" t="s">
         <v>1342</v>
       </c>
       <c r="E113" s="2" t="s">
         <v>1343</v>
       </c>
       <c r="F113" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="114" spans="1:6">
       <c r="A114" s="2">
         <v>113</v>
       </c>
       <c r="B114" s="2">
         <v>170</v>
       </c>
       <c r="C114" s="2">
         <v>118220</v>
       </c>
       <c r="D114" s="2" t="s">
         <v>1344</v>
       </c>
       <c r="E114" s="2" t="s">
         <v>1345</v>
       </c>
       <c r="F114" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="115" spans="1:6">
       <c r="A115" s="2">
         <v>114</v>
       </c>
       <c r="B115" s="2">
         <v>169</v>
       </c>
       <c r="C115" s="2">
         <v>118221</v>
       </c>
       <c r="D115" s="2" t="s">
         <v>1346</v>
       </c>
       <c r="E115" s="2" t="s">
         <v>1347</v>
       </c>
       <c r="F115" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="116" spans="1:6">
       <c r="A116" s="2">
         <v>115</v>
       </c>
       <c r="B116" s="2">
         <v>168</v>
       </c>
       <c r="C116" s="2">
         <v>102032</v>
       </c>
       <c r="D116" s="2" t="s">
         <v>1348</v>
       </c>
       <c r="E116" s="2" t="s">
         <v>1349</v>
       </c>
       <c r="F116" s="2" t="s">
-        <v>324</v>
+        <v>328</v>
       </c>
     </row>
     <row r="117" spans="1:6">
       <c r="A117" s="2">
         <v>116</v>
       </c>
       <c r="B117" s="2">
         <v>167</v>
       </c>
       <c r="C117" s="2">
         <v>118226</v>
       </c>
       <c r="D117" s="2" t="s">
         <v>1350</v>
       </c>
       <c r="E117" s="2" t="s">
         <v>1351</v>
       </c>
       <c r="F117" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="118" spans="1:6">
       <c r="A118" s="2">
         <v>117</v>
       </c>
       <c r="B118" s="2">
         <v>166</v>
       </c>
       <c r="C118" s="2">
         <v>118231</v>
       </c>
       <c r="D118" s="2" t="s">
         <v>1352</v>
       </c>
       <c r="E118" s="2" t="s">
         <v>1353</v>
       </c>
       <c r="F118" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="119" spans="1:6">
       <c r="A119" s="2">
         <v>118</v>
       </c>
       <c r="B119" s="2">
         <v>165</v>
       </c>
       <c r="C119" s="2">
         <v>118233</v>
       </c>
       <c r="D119" s="2" t="s">
         <v>1282</v>
       </c>
       <c r="E119" s="2" t="s">
         <v>1354</v>
       </c>
       <c r="F119" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="120" spans="1:6">
       <c r="A120" s="2">
         <v>119</v>
       </c>
       <c r="B120" s="2">
         <v>164</v>
       </c>
       <c r="C120" s="2">
         <v>102981</v>
       </c>
       <c r="D120" s="2" t="s">
         <v>1355</v>
       </c>
       <c r="E120" s="2" t="s">
         <v>1356</v>
       </c>
       <c r="F120" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="121" spans="1:6">
       <c r="A121" s="2">
         <v>120</v>
       </c>
       <c r="B121" s="2">
         <v>163</v>
       </c>
       <c r="C121" s="2">
         <v>118249</v>
       </c>
       <c r="D121" s="2" t="s">
         <v>1357</v>
       </c>
       <c r="E121" s="2" t="s">
         <v>1358</v>
       </c>
       <c r="F121" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="122" spans="1:6">
       <c r="A122" s="2">
         <v>121</v>
       </c>
       <c r="B122" s="2">
         <v>162</v>
       </c>
       <c r="C122" s="2">
         <v>101504</v>
       </c>
       <c r="D122" s="2" t="s">
         <v>1359</v>
       </c>
       <c r="E122" s="2" t="s">
         <v>1360</v>
       </c>
       <c r="F122" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="123" spans="1:6">
       <c r="A123" s="2">
         <v>122</v>
       </c>
       <c r="B123" s="2">
         <v>161</v>
       </c>
       <c r="C123" s="2">
         <v>101042</v>
       </c>
       <c r="D123" s="2" t="s">
         <v>1361</v>
       </c>
       <c r="E123" s="2" t="s">
         <v>1362</v>
       </c>
       <c r="F123" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="124" spans="1:6">
       <c r="A124" s="2">
         <v>123</v>
       </c>
       <c r="B124" s="2">
         <v>160</v>
       </c>
       <c r="C124" s="2">
         <v>118258</v>
       </c>
       <c r="D124" s="2" t="s">
         <v>1363</v>
       </c>
       <c r="E124" s="2" t="s">
         <v>1364</v>
       </c>
       <c r="F124" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="125" spans="1:6">
       <c r="A125" s="2">
         <v>124</v>
       </c>
       <c r="B125" s="2">
         <v>159</v>
       </c>
       <c r="C125" s="2">
         <v>118268</v>
       </c>
       <c r="D125" s="2" t="s">
         <v>1365</v>
       </c>
       <c r="E125" s="2" t="s">
         <v>1288</v>
       </c>
       <c r="F125" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="126" spans="1:6">
       <c r="A126" s="2">
         <v>125</v>
       </c>
       <c r="B126" s="2">
         <v>158</v>
       </c>
       <c r="C126" s="2">
         <v>118275</v>
       </c>
       <c r="D126" s="2" t="s">
         <v>1366</v>
       </c>
       <c r="E126" s="2" t="s">
         <v>1367</v>
       </c>
       <c r="F126" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="127" spans="1:6">
       <c r="A127" s="2">
         <v>126</v>
       </c>
       <c r="B127" s="2">
         <v>157</v>
       </c>
       <c r="C127" s="2">
         <v>118281</v>
       </c>
       <c r="D127" s="2" t="s">
         <v>1368</v>
       </c>
       <c r="E127" s="2" t="s">
         <v>1369</v>
       </c>
       <c r="F127" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="128" spans="1:6">
       <c r="A128" s="2">
         <v>127</v>
       </c>
       <c r="B128" s="2">
         <v>156</v>
       </c>
       <c r="C128" s="2">
         <v>118288</v>
       </c>
       <c r="D128" s="2" t="s">
         <v>1370</v>
       </c>
       <c r="E128" s="2" t="s">
         <v>1371</v>
       </c>
       <c r="F128" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="129" spans="1:6">
       <c r="A129" s="2">
         <v>128</v>
       </c>
       <c r="B129" s="2">
         <v>155</v>
       </c>
       <c r="C129" s="2">
         <v>118293</v>
       </c>
       <c r="D129" s="2" t="s">
         <v>1282</v>
       </c>
       <c r="E129" s="2" t="s">
         <v>1372</v>
       </c>
       <c r="F129" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="130" spans="1:6">
       <c r="A130" s="2">
         <v>129</v>
       </c>
       <c r="B130" s="2">
         <v>154</v>
       </c>
       <c r="C130" s="2">
         <v>118296</v>
       </c>
       <c r="D130" s="2" t="s">
         <v>1373</v>
       </c>
       <c r="E130" s="2" t="s">
         <v>1374</v>
       </c>
       <c r="F130" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="131" spans="1:6">
       <c r="A131" s="2">
         <v>130</v>
       </c>
       <c r="B131" s="2">
         <v>153</v>
       </c>
       <c r="C131" s="2">
         <v>118301</v>
       </c>
       <c r="D131" s="2" t="s">
         <v>1375</v>
       </c>
       <c r="E131" s="2" t="s">
         <v>1376</v>
       </c>
       <c r="F131" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="132" spans="1:6">
       <c r="A132" s="2">
         <v>131</v>
       </c>
       <c r="B132" s="2">
         <v>152</v>
       </c>
       <c r="C132" s="2">
         <v>118309</v>
       </c>
       <c r="D132" s="2" t="s">
         <v>1377</v>
       </c>
       <c r="E132" s="2" t="s">
         <v>1378</v>
       </c>
       <c r="F132" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="133" spans="1:6">
       <c r="A133" s="2">
         <v>132</v>
       </c>
       <c r="B133" s="2">
         <v>151</v>
       </c>
       <c r="C133" s="2">
         <v>106997</v>
       </c>
       <c r="D133" s="2" t="s">
         <v>1379</v>
       </c>
       <c r="E133" s="2" t="s">
         <v>1380</v>
       </c>
       <c r="F133" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="134" spans="1:6">
       <c r="A134" s="2">
         <v>133</v>
       </c>
       <c r="B134" s="2">
         <v>150</v>
       </c>
       <c r="C134" s="2">
         <v>107220</v>
       </c>
       <c r="D134" s="2" t="s">
         <v>1381</v>
       </c>
       <c r="E134" s="2" t="s">
         <v>1382</v>
       </c>
       <c r="F134" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="135" spans="1:6">
       <c r="A135" s="2">
         <v>134</v>
       </c>
       <c r="B135" s="2">
         <v>149</v>
       </c>
       <c r="C135" s="2">
         <v>118333</v>
       </c>
       <c r="D135" s="2" t="s">
         <v>1383</v>
       </c>
       <c r="E135" s="2" t="s">
         <v>1384</v>
       </c>
       <c r="F135" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="136" spans="1:6">
       <c r="A136" s="2">
         <v>135</v>
       </c>
       <c r="B136" s="2">
         <v>148</v>
       </c>
       <c r="C136" s="2">
         <v>118337</v>
       </c>
       <c r="D136" s="2" t="s">
         <v>1385</v>
       </c>
       <c r="E136" s="2" t="s">
         <v>1386</v>
       </c>
       <c r="F136" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="137" spans="1:6">
       <c r="A137" s="2">
         <v>136</v>
       </c>
       <c r="B137" s="2">
         <v>147</v>
       </c>
       <c r="C137" s="2">
         <v>118338</v>
       </c>
       <c r="D137" s="2" t="s">
         <v>1387</v>
       </c>
       <c r="E137" s="2" t="s">
         <v>1388</v>
       </c>
       <c r="F137" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="138" spans="1:6">
       <c r="A138" s="2">
         <v>137</v>
       </c>
       <c r="B138" s="2">
         <v>146</v>
       </c>
       <c r="C138" s="2">
         <v>118340</v>
       </c>
       <c r="D138" s="2" t="s">
         <v>1389</v>
       </c>
       <c r="E138" s="2" t="s">
         <v>1390</v>
       </c>
       <c r="F138" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="139" spans="1:6">
       <c r="A139" s="2">
         <v>138</v>
       </c>
       <c r="B139" s="2">
         <v>145</v>
       </c>
       <c r="C139" s="2">
         <v>118345</v>
       </c>
       <c r="D139" s="2" t="s">
         <v>1391</v>
       </c>
       <c r="E139" s="2" t="s">
         <v>1392</v>
       </c>
       <c r="F139" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="140" spans="1:6">
       <c r="A140" s="2">
         <v>139</v>
       </c>
       <c r="B140" s="2">
         <v>144</v>
       </c>
       <c r="C140" s="2">
         <v>118349</v>
       </c>
       <c r="D140" s="2" t="s">
         <v>1393</v>
       </c>
       <c r="E140" s="2" t="s">
         <v>1394</v>
       </c>
       <c r="F140" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="141" spans="1:6">
       <c r="A141" s="2">
         <v>141</v>
       </c>
       <c r="B141" s="2">
         <v>120</v>
       </c>
       <c r="C141" s="2">
         <v>118079</v>
       </c>
       <c r="D141" s="2" t="s">
         <v>1395</v>
       </c>
       <c r="E141" s="2" t="s">
         <v>1396</v>
       </c>
       <c r="F141" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="142" spans="1:6">
       <c r="A142" s="2">
         <v>0</v>
       </c>
       <c r="B142" s="2">
         <v>0</v>
       </c>
       <c r="C142" s="2">
         <v>117967</v>
       </c>
       <c r="D142" s="2" t="s">
         <v>1276</v>
       </c>
       <c r="E142" s="2" t="s">
         <v>1397</v>
       </c>
       <c r="F142" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">