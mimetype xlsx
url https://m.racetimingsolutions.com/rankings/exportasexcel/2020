--- v1 (2025-12-09)
+++ v2 (2026-02-02)
@@ -106,215 +106,215 @@
   <si>
     <t>Luarlon</t>
   </si>
   <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>Thang</t>
   </si>
   <si>
     <t>Hoàng Hữu</t>
   </si>
   <si>
     <t>Sanya</t>
   </si>
   <si>
     <t>Khancai</t>
   </si>
   <si>
     <t>Tru Dinh</t>
   </si>
   <si>
     <t>Cong</t>
   </si>
   <si>
+    <t>Robert</t>
+  </si>
+  <si>
+    <t>Butcher</t>
+  </si>
+  <si>
+    <t>Great Britain</t>
+  </si>
+  <si>
     <t>Yuya</t>
   </si>
   <si>
     <t>Kawasaki</t>
   </si>
   <si>
-    <t>Robert</t>
-[...7 lines deleted...]
-  <si>
     <t>Somkiat</t>
   </si>
   <si>
     <t>Roddeeying</t>
   </si>
   <si>
     <t>Tran</t>
   </si>
   <si>
     <t>Duy Quang</t>
   </si>
   <si>
     <t>Sittisak</t>
   </si>
   <si>
     <t>Suwannee</t>
   </si>
   <si>
+    <t>Jeff</t>
+  </si>
+  <si>
+    <t>Campbell</t>
+  </si>
+  <si>
+    <t>Canada</t>
+  </si>
+  <si>
     <t>Hung</t>
   </si>
   <si>
     <t>Hai</t>
   </si>
   <si>
     <t>Arnie</t>
   </si>
   <si>
     <t>Macaneras</t>
   </si>
   <si>
     <t>Philippines</t>
   </si>
   <si>
-    <t>Jeff</t>
-[...7 lines deleted...]
-  <si>
     <t>Michael</t>
   </si>
   <si>
     <t>Wardian</t>
   </si>
   <si>
     <t>United States</t>
   </si>
   <si>
+    <t>Paul</t>
+  </si>
+  <si>
+    <t>Dunn</t>
+  </si>
+  <si>
+    <t>Romain</t>
+  </si>
+  <si>
+    <t>Berion</t>
+  </si>
+  <si>
+    <t>Teerawat</t>
+  </si>
+  <si>
+    <t>Kanjanasuttiyakorn</t>
+  </si>
+  <si>
     <t>Hirokazu</t>
   </si>
   <si>
     <t>Nishimura</t>
   </si>
   <si>
-    <t>Teerawat</t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">Nuttapol </t>
   </si>
   <si>
     <t>Pattamapongsa</t>
   </si>
   <si>
-    <t>Paul</t>
-[...4 lines deleted...]
-  <si>
     <t>Amorn</t>
   </si>
   <si>
     <t>Kimnguan</t>
   </si>
   <si>
-    <t>Romain</t>
-[...4 lines deleted...]
-  <si>
     <t>Canh</t>
   </si>
   <si>
     <t>Nguyen Thanh</t>
   </si>
   <si>
     <t>Graeme</t>
   </si>
   <si>
     <t>Fancett</t>
   </si>
   <si>
+    <t>Watcharapon</t>
+  </si>
+  <si>
+    <t>Khanthong</t>
+  </si>
+  <si>
     <t>Satoru</t>
   </si>
   <si>
     <t>SUGA</t>
   </si>
   <si>
-    <t>Watcharapon</t>
-[...4 lines deleted...]
-  <si>
     <t>Nawamin</t>
   </si>
   <si>
     <t>Kamsanguan</t>
   </si>
   <si>
     <t>Worawooth</t>
   </si>
   <si>
     <t>Luamlum</t>
   </si>
   <si>
     <t>Nhon</t>
   </si>
   <si>
     <t>Đỗ Trọng</t>
   </si>
   <si>
     <t>Alessandro</t>
   </si>
   <si>
     <t>Sherpa</t>
   </si>
   <si>
     <t>Italy</t>
   </si>
   <si>
+    <t>Songpon</t>
+  </si>
+  <si>
+    <t>Soontaros</t>
+  </si>
+  <si>
     <t>Tatsuya</t>
   </si>
   <si>
     <t>Yabe</t>
   </si>
   <si>
-    <t>Songpon</t>
-[...4 lines deleted...]
-  <si>
     <t>Pierre</t>
   </si>
   <si>
     <t>Breuer</t>
   </si>
   <si>
     <t>Belgium</t>
   </si>
   <si>
     <t>Kitsada</t>
   </si>
   <si>
     <t>Aumcharoen</t>
   </si>
   <si>
     <t>Kwangho</t>
   </si>
   <si>
     <t>Lee</t>
   </si>
   <si>
     <t>South Korea</t>
   </si>
   <si>
     <t>Soonseng</t>
@@ -337,101 +337,101 @@
   <si>
     <t>Pongpicha</t>
   </si>
   <si>
     <t>Boontun</t>
   </si>
   <si>
     <t>Tomonori</t>
   </si>
   <si>
     <t>Onitsuka</t>
   </si>
   <si>
     <t xml:space="preserve">Santichai </t>
   </si>
   <si>
     <t>Salad</t>
   </si>
   <si>
     <t>Hussadee</t>
   </si>
   <si>
     <t>Samaloek</t>
   </si>
   <si>
+    <t>Markus</t>
+  </si>
+  <si>
+    <t>Gnirck</t>
+  </si>
+  <si>
+    <t>Germany</t>
+  </si>
+  <si>
+    <t>Suvatana</t>
+  </si>
+  <si>
+    <t>Nartchaiyapum</t>
+  </si>
+  <si>
+    <t>Mohamad</t>
+  </si>
+  <si>
+    <t>Affindi Bin Nudin</t>
+  </si>
+  <si>
+    <t>Pablo</t>
+  </si>
+  <si>
+    <t>Diago Gonzalez</t>
+  </si>
+  <si>
+    <t>Spain</t>
+  </si>
+  <si>
+    <t>Ponpayon</t>
+  </si>
+  <si>
+    <t>Thongtawee</t>
+  </si>
+  <si>
+    <t>Alaqra</t>
+  </si>
+  <si>
+    <t>Salameh</t>
+  </si>
+  <si>
+    <t>Jordan</t>
+  </si>
+  <si>
     <t>Valentin</t>
   </si>
   <si>
     <t>Orange</t>
   </si>
   <si>
-    <t>Suvatana</t>
-[...43 lines deleted...]
-  <si>
     <t>Yutaro</t>
   </si>
   <si>
     <t>Yokouchi</t>
   </si>
   <si>
     <t>Pongnares</t>
   </si>
   <si>
     <t>Potiyotin</t>
   </si>
   <si>
     <t>Yunosuke</t>
   </si>
   <si>
     <t>Handa</t>
   </si>
   <si>
     <t>Ittipon</t>
   </si>
   <si>
     <t>Uppapong</t>
   </si>
   <si>
     <t>Tawatcharin</t>
@@ -454,116 +454,116 @@
   <si>
     <t>Supatchai</t>
   </si>
   <si>
     <t>Matib</t>
   </si>
   <si>
     <t>Akihide</t>
   </si>
   <si>
     <t>Ando</t>
   </si>
   <si>
     <t>To Phong</t>
   </si>
   <si>
     <t>Quach</t>
   </si>
   <si>
     <t>Narongwit</t>
   </si>
   <si>
     <t>Piroonpaisarn</t>
   </si>
   <si>
+    <t>Timothy</t>
+  </si>
+  <si>
+    <t>Lombard</t>
+  </si>
+  <si>
+    <t>South Africa</t>
+  </si>
+  <si>
+    <t>Naruchit</t>
+  </si>
+  <si>
+    <t>Jaruratchakul</t>
+  </si>
+  <si>
+    <t>Supachai</t>
+  </si>
+  <si>
+    <t>Kanjarean</t>
+  </si>
+  <si>
     <t>Ryan</t>
   </si>
   <si>
     <t>Whelan</t>
   </si>
   <si>
-    <t>Timothy</t>
-[...19 lines deleted...]
-  <si>
     <t>Dung</t>
   </si>
   <si>
     <t>Vũ Tiến Việt</t>
   </si>
   <si>
     <t>Tan</t>
   </si>
   <si>
     <t>Hi Lê</t>
   </si>
   <si>
     <t>Yoshinori</t>
   </si>
   <si>
     <t>Oda</t>
   </si>
   <si>
     <t>Chinnapan</t>
   </si>
   <si>
     <t>Somtour</t>
   </si>
   <si>
     <t>Manabu</t>
   </si>
   <si>
     <t>Fujioka</t>
   </si>
   <si>
+    <t>Rioux</t>
+  </si>
+  <si>
     <t>Surayos</t>
   </si>
   <si>
     <t>Chuephanich</t>
   </si>
   <si>
-    <t>Rioux</t>
-[...1 lines deleted...]
-  <si>
     <t>Văn Hồng</t>
   </si>
   <si>
     <t>Piyasak</t>
   </si>
   <si>
     <t>Artbunjong</t>
   </si>
   <si>
     <t>Pasquier</t>
   </si>
   <si>
     <t>Jacques</t>
   </si>
   <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Tuan Nguyen</t>
   </si>
   <si>
     <t>Minh</t>
   </si>
   <si>
     <t>Jirad</t>
@@ -574,305 +574,305 @@
   <si>
     <t>Goshi</t>
   </si>
   <si>
     <t>Osada</t>
   </si>
   <si>
     <t>Chi</t>
   </si>
   <si>
     <t>Công Vương</t>
   </si>
   <si>
     <t xml:space="preserve">Kittipong </t>
   </si>
   <si>
     <t>Yhooyued</t>
   </si>
   <si>
     <t>Lorenzo</t>
   </si>
   <si>
     <t>Revelant</t>
   </si>
   <si>
+    <t>Taofik</t>
+  </si>
+  <si>
+    <t>Hidayat</t>
+  </si>
+  <si>
+    <t>Indonesia</t>
+  </si>
+  <si>
     <t>Bojka</t>
   </si>
   <si>
     <t>Piotr</t>
   </si>
   <si>
     <t>Poland</t>
   </si>
   <si>
     <t>Thuc</t>
   </si>
   <si>
     <t>Lê Lệnh</t>
   </si>
   <si>
     <t>Deuanepheng</t>
   </si>
   <si>
     <t>Chindavong</t>
   </si>
   <si>
     <t>Laos</t>
   </si>
   <si>
     <t>Patanapol</t>
   </si>
   <si>
     <t>Ratanasophak</t>
   </si>
   <si>
-    <t>Taofik</t>
-[...7 lines deleted...]
-  <si>
     <t>Tuong</t>
   </si>
   <si>
     <t>Sakon</t>
   </si>
   <si>
     <t>Sonsakon</t>
   </si>
   <si>
     <t>Hayato</t>
   </si>
   <si>
     <t>Kimura</t>
   </si>
   <si>
     <t>Suthee</t>
   </si>
   <si>
     <t>Choomuenwai</t>
   </si>
   <si>
     <t>Takuya</t>
   </si>
   <si>
     <t>YAMADA</t>
   </si>
   <si>
     <t>Panyavat</t>
   </si>
   <si>
     <t>Oumson</t>
   </si>
   <si>
+    <t>Imam</t>
+  </si>
+  <si>
+    <t>Bangun</t>
+  </si>
+  <si>
     <t xml:space="preserve">Cao Ngoc </t>
   </si>
   <si>
     <t>Ha</t>
   </si>
   <si>
     <t>Taratorn</t>
   </si>
   <si>
     <t>Kovitvanisha</t>
   </si>
   <si>
+    <t>Loue</t>
+  </si>
+  <si>
+    <t>Thibault</t>
+  </si>
+  <si>
     <t>Duc</t>
   </si>
   <si>
     <t>Hoàng Vũ</t>
   </si>
   <si>
-    <t>Imam</t>
-[...10 lines deleted...]
-  <si>
     <t>Hieu</t>
   </si>
   <si>
+    <t>Adrien</t>
+  </si>
+  <si>
+    <t>Clocheret</t>
+  </si>
+  <si>
+    <t>Pharait</t>
+  </si>
+  <si>
+    <t>Varesin</t>
+  </si>
+  <si>
+    <t>Theerathas</t>
+  </si>
+  <si>
+    <t>Chonsakhon</t>
+  </si>
+  <si>
+    <t>Tomohiro</t>
+  </si>
+  <si>
+    <t>Machida</t>
+  </si>
+  <si>
+    <t>DeLoe</t>
+  </si>
+  <si>
+    <t>Dean</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Bullung </t>
+  </si>
+  <si>
+    <t>Siriphiphat</t>
+  </si>
+  <si>
     <t>Abdul</t>
   </si>
   <si>
     <t>Salam</t>
   </si>
   <si>
-    <t>Pharait</t>
-[...34 lines deleted...]
-  <si>
     <t>Thiem</t>
   </si>
   <si>
     <t>Trần Văn</t>
   </si>
   <si>
     <t>Prayoon</t>
   </si>
   <si>
     <t>Roonma</t>
   </si>
   <si>
     <t>Minh Hùng</t>
   </si>
   <si>
     <t>Panuwat</t>
   </si>
   <si>
     <t>Ketmanee</t>
   </si>
   <si>
+    <t>Sobari</t>
+  </si>
+  <si>
+    <t>Herdiana</t>
+  </si>
+  <si>
+    <t>Hoàng Trần</t>
+  </si>
+  <si>
+    <t>Suttisak</t>
+  </si>
+  <si>
+    <t>Wongchai</t>
+  </si>
+  <si>
+    <t>Pramual</t>
+  </si>
+  <si>
+    <t>Hadraksakul</t>
+  </si>
+  <si>
+    <t>Nezar</t>
+  </si>
+  <si>
+    <t>Al-Tuwaijri</t>
+  </si>
+  <si>
+    <t>Saudi Arabia</t>
+  </si>
+  <si>
     <t>Marc</t>
   </si>
   <si>
     <t>Choisy</t>
   </si>
   <si>
-    <t>Hoàng Trần</t>
-[...28 lines deleted...]
-  <si>
     <t>Masanori</t>
   </si>
   <si>
     <t>MAKINO</t>
   </si>
   <si>
     <t>Thananooluk</t>
   </si>
   <si>
     <t>Sreepanak</t>
   </si>
   <si>
     <t>Almuayqil</t>
   </si>
   <si>
     <t>Abdulmajeed</t>
   </si>
   <si>
+    <t>Yuta</t>
+  </si>
+  <si>
+    <t>Matsuyama</t>
+  </si>
+  <si>
+    <t>Son</t>
+  </si>
+  <si>
+    <t>Pham</t>
+  </si>
+  <si>
+    <t>Rudi</t>
+  </si>
+  <si>
+    <t>Iskandar</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Adichao </t>
+  </si>
+  <si>
+    <t>Laochai</t>
+  </si>
+  <si>
+    <t>Bittner</t>
+  </si>
+  <si>
     <t xml:space="preserve">Simon </t>
   </si>
   <si>
     <t>Sanguin</t>
   </si>
   <si>
-    <t>Yuta</t>
-[...25 lines deleted...]
-  <si>
     <t xml:space="preserve">Apichat </t>
   </si>
   <si>
     <t>Kaidat</t>
   </si>
   <si>
     <t>Nawin</t>
   </si>
   <si>
     <t>Klinrod</t>
   </si>
   <si>
     <t>Sakhorn</t>
   </si>
   <si>
     <t>Choosrisuk</t>
   </si>
   <si>
     <t>Chalermchai</t>
   </si>
   <si>
     <t>Kheecharernsuk</t>
   </si>
   <si>
     <t>Somsak</t>
@@ -889,404 +889,404 @@
   <si>
     <t>Bonfield</t>
   </si>
   <si>
     <t>Chakorn</t>
   </si>
   <si>
     <t>Wichakool</t>
   </si>
   <si>
     <t>Maiduang</t>
   </si>
   <si>
     <t>Pichet</t>
   </si>
   <si>
     <t>Boonlao</t>
   </si>
   <si>
     <t>Samarn</t>
   </si>
   <si>
     <t>Khongdee</t>
   </si>
   <si>
+    <t>Pongsak</t>
+  </si>
+  <si>
+    <t>Takang</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nguyễn Văn </t>
+  </si>
+  <si>
+    <t>Hồng</t>
+  </si>
+  <si>
+    <t>Kazufumi</t>
+  </si>
+  <si>
+    <t>Ose</t>
+  </si>
+  <si>
+    <t>Đà Bùi</t>
+  </si>
+  <si>
+    <t>Van</t>
+  </si>
+  <si>
+    <t>Narin</t>
+  </si>
+  <si>
+    <t>Kongsiri</t>
+  </si>
+  <si>
     <t>Lukas</t>
   </si>
   <si>
     <t>Tanusanjaya</t>
   </si>
   <si>
+    <t>Ganit</t>
+  </si>
+  <si>
+    <t>Seesuwan</t>
+  </si>
+  <si>
     <t>Delbecq</t>
   </si>
   <si>
-    <t>Pongsak</t>
-[...34 lines deleted...]
-  <si>
     <t>Pichaphob</t>
   </si>
   <si>
     <t>Panphae</t>
   </si>
   <si>
     <t>Van Nguyen</t>
   </si>
   <si>
     <t>Ngo</t>
   </si>
   <si>
     <t>Suraphong</t>
   </si>
   <si>
     <t>Suphason</t>
   </si>
   <si>
     <t>Alan</t>
   </si>
   <si>
     <t>Maulana</t>
   </si>
   <si>
     <t>Chetthaphon</t>
   </si>
   <si>
     <t>Chanthadanai</t>
   </si>
   <si>
     <t>Hiroyasu</t>
   </si>
   <si>
     <t>ISHIGAMI</t>
   </si>
   <si>
     <t>Vuong Xuan</t>
   </si>
   <si>
     <t>Hoa</t>
   </si>
   <si>
+    <t>Stephen Brian</t>
+  </si>
+  <si>
+    <t>Dundon</t>
+  </si>
+  <si>
+    <t>Australia</t>
+  </si>
+  <si>
     <t>Suthiporn</t>
   </si>
   <si>
     <t>Tepchinda</t>
   </si>
   <si>
+    <t>Satoshi</t>
+  </si>
+  <si>
+    <t>SUGIMOTO</t>
+  </si>
+  <si>
+    <t>Thomas</t>
+  </si>
+  <si>
+    <t>Fournel</t>
+  </si>
+  <si>
+    <t>Thongchai</t>
+  </si>
+  <si>
+    <t>Wongsaard</t>
+  </si>
+  <si>
     <t>Grant</t>
   </si>
   <si>
     <t>Bowdery</t>
   </si>
   <si>
-    <t>Satoshi</t>
-[...25 lines deleted...]
-  <si>
     <t>Thanh</t>
   </si>
   <si>
     <t>Trung Trương</t>
   </si>
   <si>
     <t>Joachim</t>
   </si>
   <si>
     <t>Poirier</t>
   </si>
   <si>
     <t xml:space="preserve">Xuân Bình </t>
   </si>
   <si>
     <t>Vũ</t>
   </si>
   <si>
     <t>Huy Đặng</t>
   </si>
   <si>
     <t>Quang</t>
   </si>
   <si>
     <t>Taweesak</t>
   </si>
   <si>
     <t>Singmukda</t>
   </si>
   <si>
     <t>Piyapong</t>
   </si>
   <si>
     <t>Thijin</t>
   </si>
   <si>
+    <t>Christovik Hamonangan</t>
+  </si>
+  <si>
+    <t>Simatupang</t>
+  </si>
+  <si>
     <t>Ryo</t>
   </si>
   <si>
     <t>MURATA</t>
   </si>
   <si>
     <t>Danh Cao</t>
   </si>
   <si>
-    <t>Christovik Hamonangan</t>
-[...4 lines deleted...]
-  <si>
     <t>Cesar</t>
   </si>
   <si>
     <t>Quezada</t>
   </si>
   <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>David</t>
   </si>
   <si>
     <t>Loncke</t>
   </si>
   <si>
+    <t>Phi</t>
+  </si>
+  <si>
+    <t>Hong</t>
+  </si>
+  <si>
+    <t>Quang Tống</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Khương </t>
+  </si>
+  <si>
+    <t>Trần</t>
+  </si>
+  <si>
+    <t>Roongrote</t>
+  </si>
+  <si>
+    <t>Bhornsawat</t>
+  </si>
+  <si>
     <t>Arief</t>
   </si>
   <si>
     <t>Wismoyono</t>
   </si>
   <si>
-    <t>Phi</t>
-[...19 lines deleted...]
-  <si>
     <t xml:space="preserve">Phương Anh </t>
   </si>
   <si>
     <t>Bùi</t>
   </si>
   <si>
     <t>Stephan</t>
   </si>
   <si>
     <t>Ulrich</t>
   </si>
   <si>
     <t>Thibaut</t>
   </si>
   <si>
     <t>Vitre</t>
   </si>
   <si>
     <t>Vu</t>
   </si>
   <si>
     <t>Pariyakorn</t>
   </si>
   <si>
     <t>Winaiwattanawong</t>
   </si>
   <si>
+    <t>Muhammad Yusuf</t>
+  </si>
+  <si>
+    <t>Aprian</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TRIBUN  </t>
+  </si>
+  <si>
     <t>Hùng Lưu</t>
   </si>
   <si>
-    <t>Muhammad Yusuf</t>
-[...7 lines deleted...]
-  <si>
     <t>Ling Huang</t>
   </si>
   <si>
     <t>Wei</t>
   </si>
   <si>
+    <t>Yohann</t>
+  </si>
+  <si>
+    <t>Mas Bul</t>
+  </si>
+  <si>
     <t>Kritsanachai</t>
   </si>
   <si>
     <t>Noinam</t>
   </si>
   <si>
-    <t>Yohann</t>
-[...4 lines deleted...]
-  <si>
     <t>Soubrier</t>
   </si>
   <si>
+    <t>Aris Sopiandi</t>
+  </si>
+  <si>
+    <t>Muklis</t>
+  </si>
+  <si>
     <t xml:space="preserve">Khoa Nguyễn </t>
   </si>
   <si>
     <t>Văn</t>
   </si>
   <si>
     <t>Anusorn</t>
   </si>
   <si>
     <t>Sinarak</t>
   </si>
   <si>
-    <t>Aris Sopiandi</t>
-[...2 lines deleted...]
-    <t>Muklis</t>
+    <t>Jyh Hann</t>
+  </si>
+  <si>
+    <t>Lim</t>
   </si>
   <si>
     <t>Eri</t>
   </si>
   <si>
     <t xml:space="preserve"> Cahyono</t>
   </si>
   <si>
-    <t>Jyh Hann</t>
-[...4 lines deleted...]
-  <si>
     <t>Chamethin</t>
   </si>
   <si>
     <t>Thitiwongsanun</t>
   </si>
   <si>
     <t>Azizul</t>
   </si>
   <si>
     <t>Hakim</t>
   </si>
   <si>
     <t>Kenichi</t>
   </si>
   <si>
     <t>Ito</t>
   </si>
   <si>
     <t>Daniel</t>
   </si>
   <si>
     <t>Jensen</t>
   </si>
   <si>
     <t>Denmark</t>
   </si>
   <si>
     <t>Firdian</t>
   </si>
   <si>
     <t>Rusdi</t>
   </si>
   <si>
+    <t xml:space="preserve">RIO MULYA </t>
+  </si>
+  <si>
+    <t>Aghniawan</t>
+  </si>
+  <si>
     <t>Stephen</t>
   </si>
   <si>
     <t>Dow</t>
   </si>
   <si>
-    <t xml:space="preserve">RIO MULYA </t>
-[...4 lines deleted...]
-  <si>
     <t>Bugi</t>
   </si>
   <si>
     <t>Permana</t>
   </si>
   <si>
     <t>Hilman</t>
   </si>
   <si>
     <t>Frimadi</t>
   </si>
   <si>
     <t>I Made</t>
   </si>
   <si>
     <t>Arna</t>
   </si>
   <si>
     <t>M. Hudha</t>
   </si>
   <si>
     <t>Ekojati</t>
   </si>
   <si>
     <t>Yudha Capri</t>
@@ -1669,1808 +1669,1808 @@
   <si>
     <t xml:space="preserve">RISTANTO HANDRI </t>
   </si>
   <si>
     <t>Wibowo</t>
   </si>
   <si>
     <t>Agung</t>
   </si>
   <si>
     <t>Setiawan</t>
   </si>
   <si>
     <t xml:space="preserve">DONI  </t>
   </si>
   <si>
     <t>Candra</t>
   </si>
   <si>
     <t xml:space="preserve">Ahmad  </t>
   </si>
   <si>
     <t>Husni</t>
   </si>
   <si>
+    <t xml:space="preserve">ASEP Deni </t>
+  </si>
+  <si>
+    <t xml:space="preserve">RONALD  </t>
+  </si>
+  <si>
+    <t>Jermias</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HIDEO  </t>
+  </si>
+  <si>
+    <t>Minowa</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HIROMICHI  </t>
+  </si>
+  <si>
+    <t>Kano</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AKBAR  </t>
+  </si>
+  <si>
+    <t>Rafsanzani</t>
+  </si>
+  <si>
+    <t xml:space="preserve">RUSTAM  </t>
+  </si>
+  <si>
+    <t>Effendi</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NAUFAR  </t>
+  </si>
+  <si>
+    <t>Fauzi</t>
+  </si>
+  <si>
+    <t xml:space="preserve">YAHYA  </t>
+  </si>
+  <si>
+    <t>Zakiya</t>
+  </si>
+  <si>
+    <t>Ian</t>
+  </si>
+  <si>
+    <t>Davey</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ACHMAD  </t>
+  </si>
+  <si>
+    <t>Rifki</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HAROLD  </t>
+  </si>
+  <si>
+    <t>KuMaleit</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SUDRAJAT Adi </t>
+  </si>
+  <si>
+    <t xml:space="preserve">MARY  </t>
+  </si>
+  <si>
+    <t>Anto</t>
+  </si>
+  <si>
+    <t>Rynto</t>
+  </si>
+  <si>
+    <t>Mulyono</t>
+  </si>
+  <si>
+    <t xml:space="preserve">IMAN  </t>
+  </si>
+  <si>
+    <t xml:space="preserve">DUKUT  </t>
+  </si>
+  <si>
+    <t>BUDIYONO</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ROMLI  </t>
+  </si>
+  <si>
+    <t>Said</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ARIANTO  </t>
+  </si>
+  <si>
+    <t>Waluyo</t>
+  </si>
+  <si>
+    <t>Sansan</t>
+  </si>
+  <si>
+    <t>Sanjaya</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EMMANUEL  </t>
+  </si>
+  <si>
+    <t>Telaumbanua</t>
+  </si>
+  <si>
+    <t>Nurahman</t>
+  </si>
+  <si>
+    <t>Aris</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GILANG  </t>
+  </si>
+  <si>
+    <t>Bagas</t>
+  </si>
+  <si>
+    <t xml:space="preserve">RIDWAN  </t>
+  </si>
+  <si>
+    <t>Syabani</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NEAL  </t>
+  </si>
+  <si>
+    <t>Murphy</t>
+  </si>
+  <si>
+    <t>Sofyan</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TINTO Riza </t>
+  </si>
+  <si>
+    <t>Pahlevi</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BAMBANG PUJO </t>
+  </si>
+  <si>
+    <t>Semedi</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GENTUR Fani </t>
+  </si>
+  <si>
+    <t>Sudarsono</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PATAR MARLON </t>
+  </si>
+  <si>
+    <t>Siregar</t>
+  </si>
+  <si>
+    <t>Maga</t>
+  </si>
+  <si>
+    <t>Sambuaga</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CHRISTIAN CAHYADI </t>
+  </si>
+  <si>
+    <t>Santoso</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HALOMOAN  </t>
+  </si>
+  <si>
+    <t>Gultom</t>
+  </si>
+  <si>
+    <t>MUH. ADY SUCIPTO</t>
+  </si>
+  <si>
+    <t>Rachmat</t>
+  </si>
+  <si>
+    <t>Taryono</t>
+  </si>
+  <si>
+    <t>Darusman</t>
+  </si>
+  <si>
+    <t xml:space="preserve">THEODORUS  </t>
+  </si>
+  <si>
+    <t>Widiatmoko</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HENDRA  </t>
+  </si>
+  <si>
+    <t>Yoswandi</t>
+  </si>
+  <si>
+    <t xml:space="preserve">INDRA  </t>
+  </si>
+  <si>
+    <t>CAHYONO</t>
+  </si>
+  <si>
+    <t>Sri</t>
+  </si>
+  <si>
+    <t>Setyatama</t>
+  </si>
+  <si>
+    <t>MOCHAMAD YOESEP Ali</t>
+  </si>
+  <si>
+    <t>rachman</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MUCHAMAD HENDRA </t>
+  </si>
+  <si>
+    <t>Herviawan</t>
+  </si>
+  <si>
+    <t xml:space="preserve">WILLIAM  </t>
+  </si>
+  <si>
+    <t>Vinsensius</t>
+  </si>
+  <si>
+    <t>Achmadi</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MUHAMMAD FACHRIZA </t>
+  </si>
+  <si>
+    <t>Eipril</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CHOLIKUL  </t>
+  </si>
+  <si>
+    <t>Muhim</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AKBAR ARYO </t>
+  </si>
+  <si>
+    <t>Dewantono</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AHMAD  </t>
+  </si>
+  <si>
+    <t>Muhazirin</t>
+  </si>
+  <si>
+    <t>Asep</t>
+  </si>
+  <si>
+    <t>Muhamad Deni</t>
+  </si>
+  <si>
+    <t xml:space="preserve">YON  </t>
+  </si>
+  <si>
+    <t>Aidil</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ALLIH  </t>
+  </si>
+  <si>
+    <t>Gagah</t>
+  </si>
+  <si>
+    <t xml:space="preserve">YUDO  </t>
+  </si>
+  <si>
+    <t>Hastomo</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ANDRIAN  </t>
+  </si>
+  <si>
+    <t>Tjahjadi</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEDY  </t>
+  </si>
+  <si>
+    <t>Yusti</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BAYUNG  </t>
+  </si>
+  <si>
+    <t>Aroffa</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ANDREW  </t>
+  </si>
+  <si>
+    <t>Clydesdale</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AGUNG  </t>
+  </si>
+  <si>
+    <t>Darojat</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MARTIN  </t>
+  </si>
+  <si>
+    <t>Drenth</t>
+  </si>
+  <si>
+    <t>Netherlands</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BIYAN  </t>
+  </si>
+  <si>
+    <t>Hermawan</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JULIANTO  </t>
+  </si>
+  <si>
+    <t>Fu</t>
+  </si>
+  <si>
+    <t>Apip</t>
+  </si>
+  <si>
+    <t>Supratman</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DENDY  </t>
+  </si>
+  <si>
+    <t>Saelan</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FRIATMA  </t>
+  </si>
+  <si>
+    <t>Mahmud</t>
+  </si>
+  <si>
+    <t>Dicky</t>
+  </si>
+  <si>
+    <t>Lesmana</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HENKI  </t>
+  </si>
+  <si>
+    <t xml:space="preserve">IRIN  </t>
+  </si>
+  <si>
+    <t>Rukmana</t>
+  </si>
+  <si>
+    <t>MOHD SHAHRUL FIRDAUS</t>
+  </si>
+  <si>
+    <t>A RAZAK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">RACHMAD  </t>
+  </si>
+  <si>
+    <t>Pramono</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GERRY MUHAMMAD </t>
+  </si>
+  <si>
+    <t>Akbar</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BAHRUL  </t>
+  </si>
+  <si>
+    <t>Ulum</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MUKHAMMAD  </t>
+  </si>
+  <si>
+    <t>muslich</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MOHAMMAD  </t>
+  </si>
+  <si>
+    <t>Adiwirabrata</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ADI SURYA </t>
+  </si>
+  <si>
+    <t>Wicaksana</t>
+  </si>
+  <si>
+    <t>Farid</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SATRIA  </t>
+  </si>
+  <si>
+    <t>Ramadhan</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JENIAGUSLIONO SUGI </t>
+  </si>
+  <si>
+    <t>Selamet</t>
+  </si>
+  <si>
+    <t>Suvar</t>
+  </si>
+  <si>
+    <t>Niode</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ISNAWAN GHOZIE </t>
+  </si>
+  <si>
+    <t>Uwaidha</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HIZBAR  </t>
+  </si>
+  <si>
+    <t>Arsjad</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BAYU  </t>
+  </si>
+  <si>
+    <t>Nanda</t>
+  </si>
+  <si>
+    <t>MUHAMMAD SATRIA AKBAR</t>
+  </si>
+  <si>
+    <t>Abbas</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ANDRY  </t>
+  </si>
+  <si>
+    <t>Alamsyah</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JASON  </t>
+  </si>
+  <si>
+    <t>Whitehurst</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EDO  </t>
+  </si>
+  <si>
+    <t>Karensa</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BENOTMANE SLIMAN </t>
+  </si>
+  <si>
+    <t>REZA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HUBERTUS SATRIO </t>
+  </si>
+  <si>
+    <t>yudanto</t>
+  </si>
+  <si>
+    <t>Muhammad Fajar</t>
+  </si>
+  <si>
+    <t>Febrian</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SAMAT  </t>
+  </si>
+  <si>
+    <t>Samat</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GUNTUR  </t>
+  </si>
+  <si>
+    <t>Durahman</t>
+  </si>
+  <si>
+    <t>Joko</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ADITYA AJI </t>
+  </si>
+  <si>
+    <t xml:space="preserve">OLIVIER  </t>
+  </si>
+  <si>
+    <t>bechet</t>
+  </si>
+  <si>
+    <t>Haryanto</t>
+  </si>
+  <si>
+    <t>Nehemia</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DARMANTO  </t>
+  </si>
+  <si>
+    <t>Darmanto</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HARRI  </t>
+  </si>
+  <si>
+    <t>Nugraha</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HARRIS  </t>
+  </si>
+  <si>
+    <t>Wongso</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MASTER  </t>
+  </si>
+  <si>
+    <t>Hitler</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ILHAM  </t>
+  </si>
+  <si>
+    <t>Purnama</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DANI Achmad </t>
+  </si>
+  <si>
+    <t>Kristian</t>
+  </si>
+  <si>
+    <t>Nugroho</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HIMAWAN TRIADIGUNO </t>
+  </si>
+  <si>
+    <t>SUPARYO</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ACHMAD S </t>
+  </si>
+  <si>
+    <t>Almuminin</t>
+  </si>
+  <si>
+    <t>Ridho Nur</t>
+  </si>
+  <si>
+    <t>Imansyah</t>
+  </si>
+  <si>
+    <t>Cahya</t>
+  </si>
+  <si>
+    <t>Daulay</t>
+  </si>
+  <si>
+    <t>Santosa</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TAUFAN  </t>
+  </si>
+  <si>
+    <t>Darussalam</t>
+  </si>
+  <si>
+    <t>Iwan</t>
+  </si>
+  <si>
+    <t>Wonglie</t>
+  </si>
+  <si>
+    <t>Adi Nova</t>
+  </si>
+  <si>
+    <t>Fernando</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HASYIM  </t>
+  </si>
+  <si>
+    <t>Yusuf</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ANDI  </t>
+  </si>
+  <si>
+    <t>HERMAWAN</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MADE  </t>
+  </si>
+  <si>
+    <t>Asnaya</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ARDIKA  </t>
+  </si>
+  <si>
+    <t>CANDRA</t>
+  </si>
+  <si>
+    <t>Minto</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SUWESTA  </t>
+  </si>
+  <si>
+    <t>Wignyakuta</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HENDRA BENYAMIN </t>
+  </si>
+  <si>
+    <t>S</t>
+  </si>
+  <si>
+    <t>HARIONO FRIDIAN EKO</t>
+  </si>
+  <si>
+    <t xml:space="preserve">OVASA senja </t>
+  </si>
+  <si>
+    <t>wicaksono</t>
+  </si>
+  <si>
+    <t>I GUSTI AGUNG  Agus</t>
+  </si>
+  <si>
+    <t>Suryawan</t>
+  </si>
+  <si>
+    <t xml:space="preserve">A'AN MI'DAD </t>
+  </si>
+  <si>
+    <t>Arrizza</t>
+  </si>
+  <si>
+    <t>Haryo</t>
+  </si>
+  <si>
+    <t>Doddy</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ERRIC  </t>
+  </si>
+  <si>
+    <t>Sukmawan</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BARRI  </t>
+  </si>
+  <si>
+    <t>F</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BUDIJANTO  </t>
+  </si>
+  <si>
+    <t xml:space="preserve">MUHAMMAD  </t>
+  </si>
+  <si>
+    <t>Jaini</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ICAL  </t>
+  </si>
+  <si>
+    <t>Makkasau</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NELI  </t>
+  </si>
+  <si>
+    <t xml:space="preserve">AKHMAD  </t>
+  </si>
+  <si>
+    <t>Safari</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FAKHRI  </t>
+  </si>
+  <si>
+    <t>Dzulfiqar</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ARIES TANU </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Arief Maulana </t>
+  </si>
+  <si>
+    <t>Hasan</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SYALI  </t>
+  </si>
+  <si>
+    <t>Gestanon</t>
+  </si>
+  <si>
+    <t>Sauki</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NUGROHO  </t>
+  </si>
+  <si>
+    <t>Dhimas</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PEPPI  </t>
+  </si>
+  <si>
+    <t>gumilar</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TIRTA  </t>
+  </si>
+  <si>
+    <t>Jaya</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AGUS  </t>
+  </si>
+  <si>
+    <t>SETIAWAN</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TJE  </t>
+  </si>
+  <si>
+    <t>Tjiang</t>
+  </si>
+  <si>
+    <t>Sukmayadi</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HANDY  </t>
+  </si>
+  <si>
+    <t xml:space="preserve">JOKO  </t>
+  </si>
+  <si>
+    <t>Kristanto</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FREDDY  </t>
+  </si>
+  <si>
+    <t>Hendrawan</t>
+  </si>
+  <si>
+    <t xml:space="preserve">RADEN DANNI </t>
+  </si>
+  <si>
+    <t>Munadjat</t>
+  </si>
+  <si>
+    <t xml:space="preserve">KIEANDY  </t>
+  </si>
+  <si>
+    <t>Susanto</t>
+  </si>
+  <si>
+    <t>Randi</t>
+  </si>
+  <si>
+    <t>Mahera</t>
+  </si>
+  <si>
+    <t>Suwesta</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MUHAMAD  </t>
+  </si>
+  <si>
+    <t>ZAINUDIN</t>
+  </si>
+  <si>
+    <t xml:space="preserve">IGNASIUS  </t>
+  </si>
+  <si>
+    <t>Ferdie</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BRAINERD Daniel </t>
+  </si>
+  <si>
+    <t>T.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MOHAMAD HAFIZ </t>
+  </si>
+  <si>
+    <t>Syane</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEDI  </t>
+  </si>
+  <si>
+    <t>Ismawan</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MULIADY  </t>
+  </si>
+  <si>
+    <t>Tandean</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ERFIN  </t>
+  </si>
+  <si>
+    <t>hamidjaja</t>
+  </si>
+  <si>
+    <t>Cahyadi</t>
+  </si>
+  <si>
+    <t>Roman</t>
+  </si>
+  <si>
+    <t>Dubinkin</t>
+  </si>
+  <si>
+    <t>Russia</t>
+  </si>
+  <si>
+    <t>Alanandra</t>
+  </si>
+  <si>
+    <t>Suriyato</t>
+  </si>
+  <si>
+    <t>Yosafat</t>
+  </si>
+  <si>
+    <t>Hutagalung</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ATEP  </t>
+  </si>
+  <si>
+    <t>Nurjaman</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SAKTI  </t>
+  </si>
+  <si>
+    <t>Nurrahman</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JAKUB  </t>
+  </si>
+  <si>
+    <t>GRUDZINSKI</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ARYA ADHI </t>
+  </si>
+  <si>
+    <t xml:space="preserve">KELLY  </t>
+  </si>
+  <si>
+    <t>Kadarisman</t>
+  </si>
+  <si>
+    <t>Irwanto</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Jajang </t>
+  </si>
+  <si>
+    <t xml:space="preserve">MARCEL  </t>
+  </si>
+  <si>
+    <t>NEUTEL</t>
+  </si>
+  <si>
+    <t xml:space="preserve">RIZKY  </t>
+  </si>
+  <si>
+    <t>Udipta</t>
+  </si>
+  <si>
+    <t xml:space="preserve">M FADHIL </t>
+  </si>
+  <si>
+    <t>Abdullah</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FERRA PRIMERA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">NINDYA  </t>
+  </si>
+  <si>
+    <t>Utama</t>
+  </si>
+  <si>
+    <t>Saepul</t>
+  </si>
+  <si>
+    <t>Ajhar</t>
+  </si>
+  <si>
+    <t xml:space="preserve">IRHAM  </t>
+  </si>
+  <si>
+    <t>Lazuardi</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BERLI  </t>
+  </si>
+  <si>
+    <t>Harverianto</t>
+  </si>
+  <si>
+    <t>MUHAMAD FAISAL Akbar</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MOHD NAJIB </t>
+  </si>
+  <si>
+    <t xml:space="preserve">RAYMOND  </t>
+  </si>
+  <si>
+    <t>tombokan</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AGUSTIAN  </t>
+  </si>
+  <si>
+    <t>Syach</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HENDI  </t>
+  </si>
+  <si>
+    <t>Pangestu</t>
+  </si>
+  <si>
+    <t>Budiman</t>
+  </si>
+  <si>
+    <t>Setiono</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GANDRIE  </t>
+  </si>
+  <si>
+    <t>IEVAN Dianda Ahmad</t>
+  </si>
+  <si>
+    <t>Dinuri</t>
+  </si>
+  <si>
+    <t>Jeffry</t>
+  </si>
+  <si>
+    <t>Hasibuan</t>
+  </si>
+  <si>
+    <t>Dendi</t>
+  </si>
+  <si>
+    <t>Dwitiandi</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FAJAR  </t>
+  </si>
+  <si>
+    <t>Ariadi</t>
+  </si>
+  <si>
+    <t xml:space="preserve">IVAN  </t>
+  </si>
+  <si>
+    <t>Surya</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SONY  </t>
+  </si>
+  <si>
+    <t>Arisandi</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DAVID  </t>
+  </si>
+  <si>
+    <t>Sitompul</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HARYANTO  </t>
+  </si>
+  <si>
+    <t>Damanik</t>
+  </si>
+  <si>
+    <t>Yosep</t>
+  </si>
+  <si>
+    <t>Hadiantoro</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GITARJA  </t>
+  </si>
+  <si>
+    <t>Sandi</t>
+  </si>
+  <si>
+    <t>Pratama</t>
+  </si>
+  <si>
+    <t>Samsul</t>
+  </si>
+  <si>
+    <t>Qomar</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SUKHERI  </t>
+  </si>
+  <si>
+    <t>DIAN</t>
+  </si>
+  <si>
+    <t>Noor</t>
+  </si>
+  <si>
+    <t>Hendratno</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PANJI  </t>
+  </si>
+  <si>
+    <t>Laksmana</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NUR CATUR </t>
+  </si>
+  <si>
+    <t>Purbaya</t>
+  </si>
+  <si>
+    <t>Berlin</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NURUL  </t>
+  </si>
+  <si>
+    <t>firmansyah</t>
+  </si>
+  <si>
+    <t>Valery</t>
+  </si>
+  <si>
+    <t>Muyard</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ACHMAD ROBBY </t>
+  </si>
+  <si>
+    <t>Kurniawan</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SALMOND  </t>
+  </si>
+  <si>
+    <t>pilima</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ANDY NURMAN </t>
+  </si>
+  <si>
+    <t>Hermanto</t>
+  </si>
+  <si>
+    <t>Masesar</t>
+  </si>
+  <si>
+    <t>Ramdhany</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ASEP  </t>
+  </si>
+  <si>
+    <t>Siddiq</t>
+  </si>
+  <si>
+    <t xml:space="preserve">REZA IRSHADY </t>
+  </si>
+  <si>
+    <t xml:space="preserve">LUKY  </t>
+  </si>
+  <si>
+    <t>Prionika</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BUDI IRAWAN </t>
+  </si>
+  <si>
+    <t>Priohutomo</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HILDAN PRAMA </t>
+  </si>
+  <si>
+    <t>Setya</t>
+  </si>
+  <si>
+    <t>Wahab</t>
+  </si>
+  <si>
+    <t>Adam</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DWI  </t>
+  </si>
+  <si>
+    <t>Antono</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ERNALD  </t>
+  </si>
+  <si>
+    <t>Kamil</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Budi </t>
+  </si>
+  <si>
+    <t xml:space="preserve">EKO  </t>
+  </si>
+  <si>
+    <t>Marsudiono</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LUKAS EVAN </t>
+  </si>
+  <si>
+    <t>Az Zumar</t>
+  </si>
+  <si>
+    <t>Nurwahid Zain</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sony </t>
+  </si>
+  <si>
+    <t>Priyanto</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GERALDIE LUKMAN </t>
+  </si>
+  <si>
+    <t xml:space="preserve">DRS BUDI </t>
+  </si>
+  <si>
+    <t>Rahayu</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HERWIN  </t>
+  </si>
+  <si>
+    <t>Mutaqin</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BUSYAIRI  </t>
+  </si>
+  <si>
+    <t>Samad</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SUGIHARTO  </t>
+  </si>
+  <si>
+    <t>Sugiharto</t>
+  </si>
+  <si>
+    <t xml:space="preserve">RISMAN HARIF </t>
+  </si>
+  <si>
+    <t>Abidin</t>
+  </si>
+  <si>
+    <t>Rizwan</t>
+  </si>
+  <si>
+    <t>Nedi</t>
+  </si>
+  <si>
+    <t>sofyan</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ANDRI  </t>
+  </si>
+  <si>
+    <t>Kusuma</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SONDY  </t>
+  </si>
+  <si>
+    <t xml:space="preserve">SAHAT  </t>
+  </si>
+  <si>
+    <t>Aritonang</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BAMBANG Sapto </t>
+  </si>
+  <si>
+    <t>Prasetyo</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GINANJAR IMAMIL </t>
+  </si>
+  <si>
+    <t xml:space="preserve">BUDI KHELSON </t>
+  </si>
+  <si>
+    <t>said</t>
+  </si>
+  <si>
+    <t>Wendi</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SUMITRO  </t>
+  </si>
+  <si>
+    <t>Pandapotan</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NATHANIEL  </t>
+  </si>
+  <si>
+    <t>APEP M K</t>
+  </si>
+  <si>
+    <t>Noormansyah</t>
+  </si>
+  <si>
+    <t>KOMANG DONY ARIYASA</t>
+  </si>
+  <si>
+    <t>Wirayudha</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SANY RIZAL </t>
+  </si>
+  <si>
+    <t>Keliobas</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DWIBANGGA  </t>
+  </si>
+  <si>
+    <t>GUSKARNA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">YOYO  </t>
+  </si>
+  <si>
+    <t>Taryo</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HERU TEGUH </t>
+  </si>
+  <si>
+    <t>Sumarko</t>
+  </si>
+  <si>
     <t>Zainul</t>
   </si>
   <si>
     <t>Azis</t>
   </si>
   <si>
+    <t xml:space="preserve">ENTOL  </t>
+  </si>
+  <si>
+    <t>Rizqi</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEMAZ  </t>
+  </si>
+  <si>
+    <t xml:space="preserve">WERFAN  </t>
+  </si>
+  <si>
+    <t>Sinaga</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TREVOR  </t>
+  </si>
+  <si>
+    <t>Abell</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SUGENG  </t>
+  </si>
+  <si>
+    <t>Noviansyah</t>
+  </si>
+  <si>
+    <t>Jusuf</t>
+  </si>
+  <si>
+    <t>Ade</t>
+  </si>
+  <si>
+    <t>Jayalaras</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DENY EXTYASTORO </t>
+  </si>
+  <si>
+    <t xml:space="preserve">FAQIH NURHUDA </t>
+  </si>
+  <si>
+    <t>ARIFIANA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">STEVEN  </t>
+  </si>
+  <si>
+    <t>Widjaja</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MICO  </t>
+  </si>
+  <si>
+    <t>Yohanes</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SAIFUL  </t>
+  </si>
+  <si>
+    <t>Jati</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ALIT  </t>
+  </si>
+  <si>
+    <t>Rizal</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HANS  </t>
+  </si>
+  <si>
+    <t>Adrian</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TOMMY Stevanus </t>
+  </si>
+  <si>
+    <t>Simadibrata</t>
+  </si>
+  <si>
+    <t>Todi</t>
+  </si>
+  <si>
+    <t>Eedru</t>
+  </si>
+  <si>
+    <t>Yutaka</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JACK  </t>
+  </si>
+  <si>
+    <t>Junaidy</t>
+  </si>
+  <si>
+    <t xml:space="preserve">APRIANTO  </t>
+  </si>
+  <si>
+    <t>Amir</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ALDI RIZKY </t>
+  </si>
+  <si>
+    <t>Setiyawan</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ERFAN  </t>
+  </si>
+  <si>
+    <t>Firmansyah</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TONNY  </t>
+  </si>
+  <si>
+    <t>ardianto</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HALIM  </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ADAM  </t>
+  </si>
+  <si>
+    <t>PIATEK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MUHAMMAD Zaeni </t>
+  </si>
+  <si>
+    <t>Rohman</t>
+  </si>
+  <si>
+    <t>Tedjawirja</t>
+  </si>
+  <si>
+    <t>Sunadinatha</t>
+  </si>
+  <si>
+    <t xml:space="preserve">VIANT Adi </t>
+  </si>
+  <si>
+    <t>Atmaja</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PATRICIUS  </t>
+  </si>
+  <si>
+    <t>Cahanar</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Andriandra </t>
+  </si>
+  <si>
+    <t xml:space="preserve">PATRICK  </t>
+  </si>
+  <si>
+    <t>Beintema</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SUHANTO  </t>
+  </si>
+  <si>
+    <t>Suhanto</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ALIF AKBAR </t>
+  </si>
+  <si>
+    <t>Nuansa</t>
+  </si>
+  <si>
+    <t>Marulitua</t>
+  </si>
+  <si>
+    <t>Kabul</t>
+  </si>
+  <si>
+    <t>Ginanjar</t>
+  </si>
+  <si>
+    <t xml:space="preserve">STEVEN Andreas </t>
+  </si>
+  <si>
+    <t>Gunawan</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LUKMAN MUHAMMAD </t>
+  </si>
+  <si>
+    <t>Barokah</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ANGKY  </t>
+  </si>
+  <si>
+    <t>Fitra</t>
+  </si>
+  <si>
+    <t>Rawung</t>
+  </si>
+  <si>
+    <t>AZMER FARIS Ahmad</t>
+  </si>
+  <si>
+    <t>Feisal</t>
+  </si>
+  <si>
+    <t>Bagus</t>
+  </si>
+  <si>
+    <t>Sugiarto</t>
+  </si>
+  <si>
+    <t>ADHITYA RAMADHAN Dwi</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MUHAMAD Tri </t>
+  </si>
+  <si>
+    <t>wahyudi</t>
+  </si>
+  <si>
+    <t xml:space="preserve">KUBA  </t>
+  </si>
+  <si>
+    <t>Kuswono</t>
+  </si>
+  <si>
+    <t>Wong Fook</t>
+  </si>
+  <si>
+    <t>Seong</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HASAN  </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ALEX  </t>
+  </si>
+  <si>
+    <t>Ginting</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ARIEF  </t>
+  </si>
+  <si>
+    <t>Tarmizi</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HILMAN  </t>
+  </si>
+  <si>
+    <t xml:space="preserve">AULIA IBRAHIM </t>
+  </si>
+  <si>
+    <t>Yeru</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TEGUH  </t>
+  </si>
+  <si>
+    <t>Firman</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EEND  </t>
+  </si>
+  <si>
+    <t xml:space="preserve">YUDHI ISKANDAR </t>
+  </si>
+  <si>
+    <t>Permadhi</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TOTOK  </t>
+  </si>
+  <si>
+    <t>Purwanto</t>
+  </si>
+  <si>
+    <t>Sidharta</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ADE  </t>
+  </si>
+  <si>
+    <t xml:space="preserve">WAHYU SETYAJI </t>
+  </si>
+  <si>
+    <t>Ismaryanto</t>
+  </si>
+  <si>
+    <t xml:space="preserve">REZA BANI </t>
+  </si>
+  <si>
+    <t>Sadr</t>
+  </si>
+  <si>
+    <t>Yoshua</t>
+  </si>
+  <si>
+    <t>Alfasan</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LUCKY  </t>
+  </si>
+  <si>
+    <t>Angga</t>
+  </si>
+  <si>
+    <t>Sukmana</t>
+  </si>
+  <si>
+    <t xml:space="preserve">YAN  </t>
+  </si>
+  <si>
+    <t>Marchell</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LANO Hapia </t>
+  </si>
+  <si>
+    <t>Penta</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BENYAMIN  </t>
+  </si>
+  <si>
+    <t>Sapiie</t>
+  </si>
+  <si>
+    <t>Harry</t>
+  </si>
+  <si>
+    <t>Gilles</t>
+  </si>
+  <si>
+    <t>Pivon</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DIMAS Nurcahyo </t>
+  </si>
+  <si>
+    <t>Wicaksono</t>
+  </si>
+  <si>
+    <t xml:space="preserve">VERRY Edi </t>
+  </si>
+  <si>
+    <t>Awaludin</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ALI  </t>
+  </si>
+  <si>
+    <t>Rakhmatullah</t>
+  </si>
+  <si>
+    <t>INSAN PRAJA SETYA</t>
+  </si>
+  <si>
+    <t>WIBAWA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HANDI  </t>
+  </si>
+  <si>
+    <t>Limidjaja</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AKSAN  </t>
+  </si>
+  <si>
+    <t>Kawanda</t>
+  </si>
+  <si>
+    <t>Dwiananta</t>
+  </si>
+  <si>
+    <t>Wahyu</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BETA  </t>
+  </si>
+  <si>
+    <t>Setia</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AGAN ROHMAT </t>
+  </si>
+  <si>
     <t xml:space="preserve">MUHAMAD BINTANG </t>
   </si>
   <si>
-    <t xml:space="preserve">HIROMICHI  </t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">Mahardhika Farchan </t>
   </si>
   <si>
     <t>Monoarfa</t>
   </si>
   <si>
-    <t xml:space="preserve">YOYO  </t>
-[...2 lines deleted...]
-    <t>Taryo</t>
+    <t>Hendrikus</t>
+  </si>
+  <si>
+    <t>Efendi</t>
   </si>
   <si>
     <t xml:space="preserve">HERU SETYO </t>
   </si>
   <si>
     <t>Prabowo</t>
   </si>
   <si>
-    <t xml:space="preserve">ASEP  </t>
+    <t>FADLURRAHMAN</t>
   </si>
   <si>
     <t xml:space="preserve">SAMUEL  </t>
   </si>
   <si>
     <t>Arthurious</t>
   </si>
   <si>
     <t xml:space="preserve">HARIS F. </t>
   </si>
   <si>
     <t>Afrianto</t>
   </si>
   <si>
-    <t xml:space="preserve">WERFAN  </t>
-[...2 lines deleted...]
-    <t>Sinaga</t>
+    <t xml:space="preserve">Yunior </t>
+  </si>
+  <si>
+    <t>Hermawanto</t>
   </si>
   <si>
     <t>Andi</t>
   </si>
   <si>
     <t>Cakravastia</t>
   </si>
   <si>
     <t xml:space="preserve">ZAENUDIN  </t>
   </si>
   <si>
     <t>Juhari</t>
   </si>
   <si>
-    <t xml:space="preserve">SUGENG  </t>
-[...394 lines deleted...]
-  <si>
     <t xml:space="preserve">ABDIL HALIMIS </t>
   </si>
   <si>
     <t>Stani</t>
   </si>
   <si>
-    <t>Farid</t>
-[...1288 lines deleted...]
-  <si>
     <t>Kardy</t>
   </si>
   <si>
     <t>Thi Duong</t>
   </si>
   <si>
     <t>Kanlaya</t>
   </si>
   <si>
     <t>THONGFACHAILAI</t>
   </si>
   <si>
     <t>Patcharee</t>
   </si>
   <si>
     <t>Chuaythaisong</t>
   </si>
   <si>
     <t>Honoka</t>
   </si>
   <si>
     <t>AKIYAMA</t>
   </si>
   <si>
     <t>Benjamas</t>
@@ -3583,95 +3583,95 @@
   <si>
     <t>Mikiko</t>
   </si>
   <si>
     <t>Ota</t>
   </si>
   <si>
     <t>Seriphab</t>
   </si>
   <si>
     <t>Kuendee</t>
   </si>
   <si>
     <t>Ruth</t>
   </si>
   <si>
     <t>Theresia</t>
   </si>
   <si>
     <t xml:space="preserve">Endang Suryani </t>
   </si>
   <si>
     <t>Sipayung</t>
   </si>
   <si>
+    <t xml:space="preserve">Hien </t>
+  </si>
+  <si>
+    <t>Czech Republic</t>
+  </si>
+  <si>
     <t>Mila</t>
   </si>
   <si>
     <t>Marlina</t>
   </si>
   <si>
     <t>Kwanjira</t>
   </si>
   <si>
     <t>Phetnil</t>
   </si>
   <si>
     <t xml:space="preserve">Thi Thuy My </t>
   </si>
   <si>
     <t xml:space="preserve">Thủy Phạm Thị </t>
   </si>
   <si>
     <t>Rachel</t>
   </si>
   <si>
     <t>Bessette</t>
   </si>
   <si>
     <t>Loretta</t>
   </si>
   <si>
     <t>Henderson</t>
   </si>
   <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>Kimino</t>
   </si>
   <si>
     <t>MIYAZAKI</t>
   </si>
   <si>
-    <t xml:space="preserve">Hien </t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">Quỳnh Thoa Đào </t>
   </si>
   <si>
     <t>Law Lay</t>
   </si>
   <si>
     <t>Eng</t>
   </si>
   <si>
     <t>Asuka</t>
   </si>
   <si>
     <t>Nakajima</t>
   </si>
   <si>
     <t>Lieselotte</t>
   </si>
   <si>
     <t>Heederik</t>
   </si>
   <si>
     <t>Thu Trang Trần</t>
   </si>
   <si>
     <t>Thi</t>
@@ -3709,68 +3709,68 @@
   <si>
     <t>OK Nguyễn</t>
   </si>
   <si>
     <t>Yumiko</t>
   </si>
   <si>
     <t>Oishi</t>
   </si>
   <si>
     <t>Jutiporn</t>
   </si>
   <si>
     <t>Plangsuk</t>
   </si>
   <si>
     <t>Lan</t>
   </si>
   <si>
     <t>Chiyomi</t>
   </si>
   <si>
     <t>ISHIDA</t>
   </si>
   <si>
+    <t>Hạnh Nguyễn</t>
+  </si>
+  <si>
+    <t>Huyen</t>
+  </si>
+  <si>
     <t>Mariko</t>
   </si>
   <si>
     <t>Murata</t>
   </si>
   <si>
     <t>Praweethip</t>
   </si>
   <si>
     <t>Watcharaseangthai</t>
   </si>
   <si>
-    <t>Hạnh Nguyễn</t>
-[...4 lines deleted...]
-  <si>
     <t>Kaori</t>
   </si>
   <si>
     <t>Asahara</t>
   </si>
   <si>
     <t>Elviemma</t>
   </si>
   <si>
     <t>Catabay</t>
   </si>
   <si>
     <t>Constance</t>
   </si>
   <si>
     <t>Louasse</t>
   </si>
   <si>
     <t xml:space="preserve">Sawitree </t>
   </si>
   <si>
     <t>Mothaisong</t>
   </si>
   <si>
     <t>Tam</t>
@@ -3805,63 +3805,63 @@
   <si>
     <t>Hương Vũ</t>
   </si>
   <si>
     <t>Carly</t>
   </si>
   <si>
     <t>Balmforth</t>
   </si>
   <si>
     <t>santika</t>
   </si>
   <si>
     <t>Kassidy</t>
   </si>
   <si>
     <t>Bennett</t>
   </si>
   <si>
     <t>Thuy Bang Tuyen Ngo</t>
   </si>
   <si>
     <t>Diem</t>
   </si>
   <si>
+    <t>Yến Nguyễn</t>
+  </si>
+  <si>
     <t>Laksamee</t>
   </si>
   <si>
     <t>Duangjai</t>
   </si>
   <si>
     <t>Jessica</t>
   </si>
   <si>
     <t>Hemmings</t>
-  </si>
-[...1 lines deleted...]
-    <t>Yến Nguyễn</t>
   </si>
   <si>
     <t>Claire</t>
   </si>
   <si>
     <t>Orget</t>
   </si>
   <si>
     <t>Sulastri</t>
   </si>
   <si>
     <t>Supaporn</t>
   </si>
   <si>
     <t>Nakkawat</t>
   </si>
   <si>
     <t>Phuong</t>
   </si>
   <si>
     <t xml:space="preserve">ANNE-FRANCE  </t>
   </si>
   <si>
     <t>MUYARD</t>
   </si>
@@ -4831,80 +4831,80 @@
       </c>
       <c r="B11" s="2">
         <v>600</v>
       </c>
       <c r="C11" s="2">
         <v>118420</v>
       </c>
       <c r="D11" s="2" t="s">
         <v>28</v>
       </c>
       <c r="E11" s="2" t="s">
         <v>29</v>
       </c>
       <c r="F11" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" s="2">
         <v>11</v>
       </c>
       <c r="B12" s="2">
         <v>550</v>
       </c>
       <c r="C12" s="2">
-        <v>106706</v>
+        <v>105547</v>
       </c>
       <c r="D12" s="2" t="s">
         <v>30</v>
       </c>
       <c r="E12" s="2" t="s">
         <v>31</v>
       </c>
       <c r="F12" s="2" t="s">
-        <v>14</v>
+        <v>32</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" s="2">
         <v>11</v>
       </c>
       <c r="B13" s="2">
         <v>550</v>
       </c>
       <c r="C13" s="2">
-        <v>105547</v>
+        <v>106706</v>
       </c>
       <c r="D13" s="2" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="E13" s="2" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="F13" s="2" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" s="2">
         <v>11</v>
       </c>
       <c r="B14" s="2">
         <v>550</v>
       </c>
       <c r="C14" s="2">
         <v>105665</v>
       </c>
       <c r="D14" s="2" t="s">
         <v>35</v>
       </c>
       <c r="E14" s="2" t="s">
         <v>36</v>
       </c>
       <c r="F14" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" s="2">
         <v>11</v>
@@ -4931,320 +4931,320 @@
       </c>
       <c r="B16" s="2">
         <v>525</v>
       </c>
       <c r="C16" s="2">
         <v>114445</v>
       </c>
       <c r="D16" s="2" t="s">
         <v>39</v>
       </c>
       <c r="E16" s="2" t="s">
         <v>40</v>
       </c>
       <c r="F16" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" s="2">
         <v>16</v>
       </c>
       <c r="B17" s="2">
         <v>500</v>
       </c>
       <c r="C17" s="2">
-        <v>111749</v>
+        <v>106944</v>
       </c>
       <c r="D17" s="2" t="s">
         <v>41</v>
       </c>
       <c r="E17" s="2" t="s">
         <v>42</v>
       </c>
       <c r="F17" s="2" t="s">
-        <v>17</v>
+        <v>43</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" s="2">
         <v>16</v>
       </c>
       <c r="B18" s="2">
         <v>500</v>
       </c>
       <c r="C18" s="2">
-        <v>112241</v>
+        <v>111749</v>
       </c>
       <c r="D18" s="2" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="E18" s="2" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="F18" s="2" t="s">
-        <v>45</v>
+        <v>17</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" s="2">
         <v>16</v>
       </c>
       <c r="B19" s="2">
         <v>500</v>
       </c>
       <c r="C19" s="2">
-        <v>106944</v>
+        <v>112241</v>
       </c>
       <c r="D19" s="2" t="s">
         <v>46</v>
       </c>
       <c r="E19" s="2" t="s">
         <v>47</v>
       </c>
       <c r="F19" s="2" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" s="2">
         <v>16</v>
       </c>
       <c r="B20" s="2">
         <v>500</v>
       </c>
       <c r="C20" s="2">
         <v>118350</v>
       </c>
       <c r="D20" s="2" t="s">
         <v>49</v>
       </c>
       <c r="E20" s="2" t="s">
         <v>50</v>
       </c>
       <c r="F20" s="2" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" s="2">
         <v>16</v>
       </c>
       <c r="B21" s="2">
         <v>500</v>
       </c>
       <c r="C21" s="2">
-        <v>116886</v>
+        <v>107442</v>
       </c>
       <c r="D21" s="2" t="s">
         <v>52</v>
       </c>
       <c r="E21" s="2" t="s">
         <v>53</v>
       </c>
       <c r="F21" s="2" t="s">
-        <v>14</v>
+        <v>32</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" s="2">
         <v>16</v>
       </c>
       <c r="B22" s="2">
         <v>500</v>
       </c>
       <c r="C22" s="2">
-        <v>107459</v>
+        <v>118415</v>
       </c>
       <c r="D22" s="2" t="s">
         <v>54</v>
       </c>
       <c r="E22" s="2" t="s">
         <v>55</v>
       </c>
       <c r="F22" s="2" t="s">
-        <v>23</v>
+        <v>11</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23" s="2">
         <v>16</v>
       </c>
       <c r="B23" s="2">
         <v>500</v>
       </c>
       <c r="C23" s="2">
-        <v>114453</v>
+        <v>107459</v>
       </c>
       <c r="D23" s="2" t="s">
         <v>56</v>
       </c>
       <c r="E23" s="2" t="s">
         <v>57</v>
       </c>
       <c r="F23" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" s="2">
         <v>16</v>
       </c>
       <c r="B24" s="2">
         <v>500</v>
       </c>
       <c r="C24" s="2">
-        <v>107442</v>
+        <v>116886</v>
       </c>
       <c r="D24" s="2" t="s">
         <v>58</v>
       </c>
       <c r="E24" s="2" t="s">
         <v>59</v>
       </c>
       <c r="F24" s="2" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
     </row>
     <row r="25" spans="1:6">
       <c r="A25" s="2">
         <v>16</v>
       </c>
       <c r="B25" s="2">
         <v>500</v>
       </c>
       <c r="C25" s="2">
-        <v>114327</v>
+        <v>114453</v>
       </c>
       <c r="D25" s="2" t="s">
         <v>60</v>
       </c>
       <c r="E25" s="2" t="s">
         <v>61</v>
       </c>
       <c r="F25" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="26" spans="1:6">
       <c r="A26" s="2">
         <v>16</v>
       </c>
       <c r="B26" s="2">
         <v>500</v>
       </c>
       <c r="C26" s="2">
-        <v>118415</v>
+        <v>114327</v>
       </c>
       <c r="D26" s="2" t="s">
         <v>62</v>
       </c>
       <c r="E26" s="2" t="s">
         <v>63</v>
       </c>
       <c r="F26" s="2" t="s">
-        <v>11</v>
+        <v>23</v>
       </c>
     </row>
     <row r="27" spans="1:6">
       <c r="A27" s="2">
         <v>26</v>
       </c>
       <c r="B27" s="2">
         <v>480</v>
       </c>
       <c r="C27" s="2">
         <v>115642</v>
       </c>
       <c r="D27" s="2" t="s">
         <v>64</v>
       </c>
       <c r="E27" s="2" t="s">
         <v>65</v>
       </c>
       <c r="F27" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="28" spans="1:6">
       <c r="A28" s="2">
         <v>27</v>
       </c>
       <c r="B28" s="2">
         <v>475</v>
       </c>
       <c r="C28" s="2">
         <v>106210</v>
       </c>
       <c r="D28" s="2" t="s">
         <v>66</v>
       </c>
       <c r="E28" s="2" t="s">
         <v>67</v>
       </c>
       <c r="F28" s="2" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
     </row>
     <row r="29" spans="1:6">
       <c r="A29" s="2">
         <v>27</v>
       </c>
       <c r="B29" s="2">
         <v>475</v>
       </c>
       <c r="C29" s="2">
-        <v>114469</v>
+        <v>118433</v>
       </c>
       <c r="D29" s="2" t="s">
         <v>68</v>
       </c>
       <c r="E29" s="2" t="s">
         <v>69</v>
       </c>
       <c r="F29" s="2" t="s">
-        <v>14</v>
+        <v>23</v>
       </c>
     </row>
     <row r="30" spans="1:6">
       <c r="A30" s="2">
         <v>27</v>
       </c>
       <c r="B30" s="2">
         <v>475</v>
       </c>
       <c r="C30" s="2">
-        <v>118433</v>
+        <v>114469</v>
       </c>
       <c r="D30" s="2" t="s">
         <v>70</v>
       </c>
       <c r="E30" s="2" t="s">
         <v>71</v>
       </c>
       <c r="F30" s="2" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
     </row>
     <row r="31" spans="1:6">
       <c r="A31" s="2">
         <v>30</v>
       </c>
       <c r="B31" s="2">
         <v>450</v>
       </c>
       <c r="C31" s="2">
         <v>114446</v>
       </c>
       <c r="D31" s="2" t="s">
         <v>72</v>
       </c>
       <c r="E31" s="2" t="s">
         <v>73</v>
       </c>
       <c r="F31" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="32" spans="1:6">
       <c r="A32" s="2">
         <v>30</v>
@@ -5291,80 +5291,80 @@
       </c>
       <c r="B34" s="2">
         <v>450</v>
       </c>
       <c r="C34" s="2">
         <v>106207</v>
       </c>
       <c r="D34" s="2" t="s">
         <v>78</v>
       </c>
       <c r="E34" s="2" t="s">
         <v>79</v>
       </c>
       <c r="F34" s="2" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="35" spans="1:6">
       <c r="A35" s="2">
         <v>30</v>
       </c>
       <c r="B35" s="2">
         <v>450</v>
       </c>
       <c r="C35" s="2">
-        <v>106720</v>
+        <v>106233</v>
       </c>
       <c r="D35" s="2" t="s">
         <v>81</v>
       </c>
       <c r="E35" s="2" t="s">
         <v>82</v>
       </c>
       <c r="F35" s="2" t="s">
-        <v>14</v>
+        <v>23</v>
       </c>
     </row>
     <row r="36" spans="1:6">
       <c r="A36" s="2">
         <v>30</v>
       </c>
       <c r="B36" s="2">
         <v>450</v>
       </c>
       <c r="C36" s="2">
-        <v>106233</v>
+        <v>106720</v>
       </c>
       <c r="D36" s="2" t="s">
         <v>83</v>
       </c>
       <c r="E36" s="2" t="s">
         <v>84</v>
       </c>
       <c r="F36" s="2" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
     </row>
     <row r="37" spans="1:6">
       <c r="A37" s="2">
         <v>30</v>
       </c>
       <c r="B37" s="2">
         <v>450</v>
       </c>
       <c r="C37" s="2">
         <v>118365</v>
       </c>
       <c r="D37" s="2" t="s">
         <v>85</v>
       </c>
       <c r="E37" s="2" t="s">
         <v>86</v>
       </c>
       <c r="F37" s="2" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="38" spans="1:6">
       <c r="A38" s="2">
         <v>37</v>
@@ -5511,180 +5511,180 @@
       </c>
       <c r="B45" s="2">
         <v>410</v>
       </c>
       <c r="C45" s="2">
         <v>115173</v>
       </c>
       <c r="D45" s="2" t="s">
         <v>105</v>
       </c>
       <c r="E45" s="2" t="s">
         <v>106</v>
       </c>
       <c r="F45" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="46" spans="1:6">
       <c r="A46" s="2">
         <v>45</v>
       </c>
       <c r="B46" s="2">
         <v>400</v>
       </c>
       <c r="C46" s="2">
-        <v>114337</v>
+        <v>118416</v>
       </c>
       <c r="D46" s="2" t="s">
         <v>107</v>
       </c>
       <c r="E46" s="2" t="s">
         <v>108</v>
       </c>
       <c r="F46" s="2" t="s">
-        <v>11</v>
+        <v>109</v>
       </c>
     </row>
     <row r="47" spans="1:6">
       <c r="A47" s="2">
         <v>45</v>
       </c>
       <c r="B47" s="2">
         <v>400</v>
       </c>
       <c r="C47" s="2">
         <v>114375</v>
       </c>
       <c r="D47" s="2" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="E47" s="2" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="F47" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="48" spans="1:6">
       <c r="A48" s="2">
         <v>45</v>
       </c>
       <c r="B48" s="2">
         <v>400</v>
       </c>
       <c r="C48" s="2">
-        <v>118416</v>
+        <v>105187</v>
       </c>
       <c r="D48" s="2" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="E48" s="2" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="F48" s="2" t="s">
-        <v>113</v>
+        <v>95</v>
       </c>
     </row>
     <row r="49" spans="1:6">
       <c r="A49" s="2">
         <v>45</v>
       </c>
       <c r="B49" s="2">
         <v>400</v>
       </c>
       <c r="C49" s="2">
-        <v>105187</v>
+        <v>102409</v>
       </c>
       <c r="D49" s="2" t="s">
         <v>114</v>
       </c>
       <c r="E49" s="2" t="s">
         <v>115</v>
       </c>
       <c r="F49" s="2" t="s">
-        <v>95</v>
+        <v>116</v>
       </c>
     </row>
     <row r="50" spans="1:6">
       <c r="A50" s="2">
         <v>45</v>
       </c>
       <c r="B50" s="2">
         <v>400</v>
       </c>
       <c r="C50" s="2">
-        <v>102409</v>
+        <v>102635</v>
       </c>
       <c r="D50" s="2" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="E50" s="2" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="F50" s="2" t="s">
-        <v>118</v>
+        <v>23</v>
       </c>
     </row>
     <row r="51" spans="1:6">
       <c r="A51" s="2">
         <v>45</v>
       </c>
       <c r="B51" s="2">
         <v>400</v>
       </c>
       <c r="C51" s="2">
-        <v>102635</v>
+        <v>118352</v>
       </c>
       <c r="D51" s="2" t="s">
         <v>119</v>
       </c>
       <c r="E51" s="2" t="s">
         <v>120</v>
       </c>
       <c r="F51" s="2" t="s">
-        <v>23</v>
+        <v>121</v>
       </c>
     </row>
     <row r="52" spans="1:6">
       <c r="A52" s="2">
         <v>45</v>
       </c>
       <c r="B52" s="2">
         <v>400</v>
       </c>
       <c r="C52" s="2">
-        <v>118352</v>
+        <v>114337</v>
       </c>
       <c r="D52" s="2" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="E52" s="2" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="F52" s="2" t="s">
-        <v>123</v>
+        <v>11</v>
       </c>
     </row>
     <row r="53" spans="1:6">
       <c r="A53" s="2">
         <v>45</v>
       </c>
       <c r="B53" s="2">
         <v>400</v>
       </c>
       <c r="C53" s="2">
         <v>116887</v>
       </c>
       <c r="D53" s="2" t="s">
         <v>124</v>
       </c>
       <c r="E53" s="2" t="s">
         <v>125</v>
       </c>
       <c r="F53" s="2" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="54" spans="1:6">
       <c r="A54" s="2">
         <v>53</v>
@@ -5871,120 +5871,120 @@
       </c>
       <c r="B63" s="2">
         <v>375</v>
       </c>
       <c r="C63" s="2">
         <v>117427</v>
       </c>
       <c r="D63" s="2" t="s">
         <v>144</v>
       </c>
       <c r="E63" s="2" t="s">
         <v>145</v>
       </c>
       <c r="F63" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="64" spans="1:6">
       <c r="A64" s="2">
         <v>63</v>
       </c>
       <c r="B64" s="2">
         <v>370</v>
       </c>
       <c r="C64" s="2">
-        <v>118392</v>
+        <v>108724</v>
       </c>
       <c r="D64" s="2" t="s">
         <v>146</v>
       </c>
       <c r="E64" s="2" t="s">
         <v>147</v>
       </c>
       <c r="F64" s="2" t="s">
-        <v>34</v>
+        <v>148</v>
       </c>
     </row>
     <row r="65" spans="1:6">
       <c r="A65" s="2">
         <v>63</v>
       </c>
       <c r="B65" s="2">
         <v>370</v>
       </c>
       <c r="C65" s="2">
-        <v>108724</v>
+        <v>118437</v>
       </c>
       <c r="D65" s="2" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="E65" s="2" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="F65" s="2" t="s">
-        <v>150</v>
+        <v>23</v>
       </c>
     </row>
     <row r="66" spans="1:6">
       <c r="A66" s="2">
         <v>63</v>
       </c>
       <c r="B66" s="2">
         <v>370</v>
       </c>
       <c r="C66" s="2">
-        <v>118437</v>
+        <v>118450</v>
       </c>
       <c r="D66" s="2" t="s">
         <v>151</v>
       </c>
       <c r="E66" s="2" t="s">
         <v>152</v>
       </c>
       <c r="F66" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="67" spans="1:6">
       <c r="A67" s="2">
         <v>63</v>
       </c>
       <c r="B67" s="2">
         <v>370</v>
       </c>
       <c r="C67" s="2">
-        <v>118450</v>
+        <v>118392</v>
       </c>
       <c r="D67" s="2" t="s">
         <v>153</v>
       </c>
       <c r="E67" s="2" t="s">
         <v>154</v>
       </c>
       <c r="F67" s="2" t="s">
-        <v>23</v>
+        <v>32</v>
       </c>
     </row>
     <row r="68" spans="1:6">
       <c r="A68" s="2">
         <v>63</v>
       </c>
       <c r="B68" s="2">
         <v>370</v>
       </c>
       <c r="C68" s="2">
         <v>118483</v>
       </c>
       <c r="D68" s="2" t="s">
         <v>155</v>
       </c>
       <c r="E68" s="2" t="s">
         <v>156</v>
       </c>
       <c r="F68" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="69" spans="1:6">
       <c r="A69" s="2">
         <v>63</v>
@@ -6051,80 +6051,80 @@
       </c>
       <c r="B72" s="2">
         <v>360</v>
       </c>
       <c r="C72" s="2">
         <v>106763</v>
       </c>
       <c r="D72" s="2" t="s">
         <v>163</v>
       </c>
       <c r="E72" s="2" t="s">
         <v>164</v>
       </c>
       <c r="F72" s="2" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="73" spans="1:6">
       <c r="A73" s="2">
         <v>70</v>
       </c>
       <c r="B73" s="2">
         <v>360</v>
       </c>
       <c r="C73" s="2">
-        <v>118438</v>
+        <v>118496</v>
       </c>
       <c r="D73" s="2" t="s">
+        <v>52</v>
+      </c>
+      <c r="E73" s="2" t="s">
         <v>165</v>
       </c>
-      <c r="E73" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F73" s="2" t="s">
-        <v>23</v>
+        <v>11</v>
       </c>
     </row>
     <row r="74" spans="1:6">
       <c r="A74" s="2">
         <v>70</v>
       </c>
       <c r="B74" s="2">
         <v>360</v>
       </c>
       <c r="C74" s="2">
-        <v>118496</v>
+        <v>118438</v>
       </c>
       <c r="D74" s="2" t="s">
-        <v>58</v>
+        <v>166</v>
       </c>
       <c r="E74" s="2" t="s">
         <v>167</v>
       </c>
       <c r="F74" s="2" t="s">
-        <v>11</v>
+        <v>23</v>
       </c>
     </row>
     <row r="75" spans="1:6">
       <c r="A75" s="2">
         <v>74</v>
       </c>
       <c r="B75" s="2">
         <v>350</v>
       </c>
       <c r="C75" s="2">
         <v>118399</v>
       </c>
       <c r="D75" s="2" t="s">
         <v>7</v>
       </c>
       <c r="E75" s="2" t="s">
         <v>168</v>
       </c>
       <c r="F75" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="76" spans="1:6">
       <c r="A76" s="2">
         <v>74</v>
@@ -6271,140 +6271,140 @@
       </c>
       <c r="B83" s="2">
         <v>345</v>
       </c>
       <c r="C83" s="2">
         <v>118484</v>
       </c>
       <c r="D83" s="2" t="s">
         <v>184</v>
       </c>
       <c r="E83" s="2" t="s">
         <v>185</v>
       </c>
       <c r="F83" s="2" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="84" spans="1:6">
       <c r="A84" s="2">
         <v>83</v>
       </c>
       <c r="B84" s="2">
         <v>340</v>
       </c>
       <c r="C84" s="2">
-        <v>118355</v>
+        <v>107634</v>
       </c>
       <c r="D84" s="2" t="s">
         <v>186</v>
       </c>
       <c r="E84" s="2" t="s">
         <v>187</v>
       </c>
       <c r="F84" s="2" t="s">
         <v>188</v>
       </c>
     </row>
     <row r="85" spans="1:6">
       <c r="A85" s="2">
         <v>83</v>
       </c>
       <c r="B85" s="2">
         <v>340</v>
       </c>
       <c r="C85" s="2">
-        <v>115512</v>
+        <v>118355</v>
       </c>
       <c r="D85" s="2" t="s">
         <v>189</v>
       </c>
       <c r="E85" s="2" t="s">
         <v>190</v>
       </c>
       <c r="F85" s="2" t="s">
-        <v>17</v>
+        <v>191</v>
       </c>
     </row>
     <row r="86" spans="1:6">
       <c r="A86" s="2">
         <v>83</v>
       </c>
       <c r="B86" s="2">
         <v>340</v>
       </c>
       <c r="C86" s="2">
-        <v>116026</v>
+        <v>115512</v>
       </c>
       <c r="D86" s="2" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="E86" s="2" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="F86" s="2" t="s">
-        <v>193</v>
+        <v>17</v>
       </c>
     </row>
     <row r="87" spans="1:6">
       <c r="A87" s="2">
         <v>83</v>
       </c>
       <c r="B87" s="2">
         <v>340</v>
       </c>
       <c r="C87" s="2">
-        <v>118440</v>
+        <v>116026</v>
       </c>
       <c r="D87" s="2" t="s">
         <v>194</v>
       </c>
       <c r="E87" s="2" t="s">
         <v>195</v>
       </c>
       <c r="F87" s="2" t="s">
-        <v>23</v>
+        <v>196</v>
       </c>
     </row>
     <row r="88" spans="1:6">
       <c r="A88" s="2">
         <v>83</v>
       </c>
       <c r="B88" s="2">
         <v>340</v>
       </c>
       <c r="C88" s="2">
-        <v>107634</v>
+        <v>118440</v>
       </c>
       <c r="D88" s="2" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="E88" s="2" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="F88" s="2" t="s">
-        <v>198</v>
+        <v>23</v>
       </c>
     </row>
     <row r="89" spans="1:6">
       <c r="A89" s="2">
         <v>83</v>
       </c>
       <c r="B89" s="2">
         <v>340</v>
       </c>
       <c r="C89" s="2">
         <v>118418</v>
       </c>
       <c r="D89" s="2" t="s">
         <v>199</v>
       </c>
       <c r="E89" s="2" t="s">
         <v>19</v>
       </c>
       <c r="F89" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="90" spans="1:6">
       <c r="A90" s="2">
         <v>83</v>
@@ -6491,300 +6491,300 @@
       </c>
       <c r="B94" s="2">
         <v>330</v>
       </c>
       <c r="C94" s="2">
         <v>103129</v>
       </c>
       <c r="D94" s="2" t="s">
         <v>208</v>
       </c>
       <c r="E94" s="2" t="s">
         <v>209</v>
       </c>
       <c r="F94" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="95" spans="1:6">
       <c r="A95" s="2">
         <v>91</v>
       </c>
       <c r="B95" s="2">
         <v>330</v>
       </c>
       <c r="C95" s="2">
-        <v>101691</v>
+        <v>117854</v>
       </c>
       <c r="D95" s="2" t="s">
         <v>210</v>
       </c>
       <c r="E95" s="2" t="s">
         <v>211</v>
       </c>
       <c r="F95" s="2" t="s">
-        <v>17</v>
+        <v>188</v>
       </c>
     </row>
     <row r="96" spans="1:6">
       <c r="A96" s="2">
         <v>91</v>
       </c>
       <c r="B96" s="2">
         <v>330</v>
       </c>
       <c r="C96" s="2">
-        <v>118441</v>
+        <v>101691</v>
       </c>
       <c r="D96" s="2" t="s">
         <v>212</v>
       </c>
       <c r="E96" s="2" t="s">
         <v>213</v>
       </c>
       <c r="F96" s="2" t="s">
-        <v>23</v>
+        <v>17</v>
       </c>
     </row>
     <row r="97" spans="1:6">
       <c r="A97" s="2">
         <v>91</v>
       </c>
       <c r="B97" s="2">
         <v>330</v>
       </c>
       <c r="C97" s="2">
-        <v>118401</v>
+        <v>118441</v>
       </c>
       <c r="D97" s="2" t="s">
         <v>214</v>
       </c>
       <c r="E97" s="2" t="s">
         <v>215</v>
       </c>
       <c r="F97" s="2" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
     </row>
     <row r="98" spans="1:6">
       <c r="A98" s="2">
         <v>91</v>
       </c>
       <c r="B98" s="2">
         <v>330</v>
       </c>
       <c r="C98" s="2">
-        <v>117854</v>
+        <v>118356</v>
       </c>
       <c r="D98" s="2" t="s">
         <v>216</v>
       </c>
       <c r="E98" s="2" t="s">
         <v>217</v>
       </c>
       <c r="F98" s="2" t="s">
-        <v>198</v>
+        <v>11</v>
       </c>
     </row>
     <row r="99" spans="1:6">
       <c r="A99" s="2">
         <v>91</v>
       </c>
       <c r="B99" s="2">
         <v>330</v>
       </c>
       <c r="C99" s="2">
-        <v>118356</v>
+        <v>118401</v>
       </c>
       <c r="D99" s="2" t="s">
         <v>218</v>
       </c>
       <c r="E99" s="2" t="s">
         <v>219</v>
       </c>
       <c r="F99" s="2" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
     </row>
     <row r="100" spans="1:6">
       <c r="A100" s="2">
         <v>91</v>
       </c>
       <c r="B100" s="2">
         <v>330</v>
       </c>
       <c r="C100" s="2">
         <v>111782</v>
       </c>
       <c r="D100" s="2" t="s">
         <v>7</v>
       </c>
       <c r="E100" s="2" t="s">
         <v>220</v>
       </c>
       <c r="F100" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="101" spans="1:6">
       <c r="A101" s="2">
         <v>100</v>
       </c>
       <c r="B101" s="2">
         <v>320</v>
       </c>
       <c r="C101" s="2">
-        <v>105953</v>
+        <v>118402</v>
       </c>
       <c r="D101" s="2" t="s">
         <v>221</v>
       </c>
       <c r="E101" s="2" t="s">
         <v>222</v>
       </c>
       <c r="F101" s="2" t="s">
-        <v>198</v>
+        <v>11</v>
       </c>
     </row>
     <row r="102" spans="1:6">
       <c r="A102" s="2">
         <v>100</v>
       </c>
       <c r="B102" s="2">
         <v>320</v>
       </c>
       <c r="C102" s="2">
         <v>118393</v>
       </c>
       <c r="D102" s="2" t="s">
         <v>223</v>
       </c>
       <c r="E102" s="2" t="s">
         <v>224</v>
       </c>
       <c r="F102" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="103" spans="1:6">
       <c r="A103" s="2">
         <v>100</v>
       </c>
       <c r="B103" s="2">
         <v>320</v>
       </c>
       <c r="C103" s="2">
         <v>118457</v>
       </c>
       <c r="D103" s="2" t="s">
         <v>225</v>
       </c>
       <c r="E103" s="2" t="s">
         <v>226</v>
       </c>
       <c r="F103" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="104" spans="1:6">
       <c r="A104" s="2">
         <v>100</v>
       </c>
       <c r="B104" s="2">
         <v>320</v>
       </c>
       <c r="C104" s="2">
-        <v>118402</v>
+        <v>112590</v>
       </c>
       <c r="D104" s="2" t="s">
         <v>227</v>
       </c>
       <c r="E104" s="2" t="s">
         <v>228</v>
       </c>
       <c r="F104" s="2" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
     </row>
     <row r="105" spans="1:6">
       <c r="A105" s="2">
         <v>100</v>
       </c>
       <c r="B105" s="2">
         <v>320</v>
       </c>
       <c r="C105" s="2">
-        <v>112590</v>
+        <v>118358</v>
       </c>
       <c r="D105" s="2" t="s">
         <v>229</v>
       </c>
       <c r="E105" s="2" t="s">
         <v>230</v>
       </c>
       <c r="F105" s="2" t="s">
-        <v>14</v>
+        <v>51</v>
       </c>
     </row>
     <row r="106" spans="1:6">
       <c r="A106" s="2">
         <v>100</v>
       </c>
       <c r="B106" s="2">
         <v>320</v>
       </c>
       <c r="C106" s="2">
-        <v>118358</v>
+        <v>112121</v>
       </c>
       <c r="D106" s="2" t="s">
         <v>231</v>
       </c>
       <c r="E106" s="2" t="s">
         <v>232</v>
       </c>
       <c r="F106" s="2" t="s">
-        <v>51</v>
+        <v>23</v>
       </c>
     </row>
     <row r="107" spans="1:6">
       <c r="A107" s="2">
         <v>100</v>
       </c>
       <c r="B107" s="2">
         <v>320</v>
       </c>
       <c r="C107" s="2">
-        <v>112121</v>
+        <v>105953</v>
       </c>
       <c r="D107" s="2" t="s">
         <v>233</v>
       </c>
       <c r="E107" s="2" t="s">
         <v>234</v>
       </c>
       <c r="F107" s="2" t="s">
-        <v>23</v>
+        <v>188</v>
       </c>
     </row>
     <row r="108" spans="1:6">
       <c r="A108" s="2">
         <v>100</v>
       </c>
       <c r="B108" s="2">
         <v>320</v>
       </c>
       <c r="C108" s="2">
         <v>118498</v>
       </c>
       <c r="D108" s="2" t="s">
         <v>235</v>
       </c>
       <c r="E108" s="2" t="s">
         <v>236</v>
       </c>
       <c r="F108" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="109" spans="1:6">
       <c r="A109" s="2">
         <v>100</v>
@@ -6831,160 +6831,160 @@
       </c>
       <c r="B111" s="2">
         <v>310</v>
       </c>
       <c r="C111" s="2">
         <v>118381</v>
       </c>
       <c r="D111" s="2" t="s">
         <v>240</v>
       </c>
       <c r="E111" s="2" t="s">
         <v>241</v>
       </c>
       <c r="F111" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="112" spans="1:6">
       <c r="A112" s="2">
         <v>109</v>
       </c>
       <c r="B112" s="2">
         <v>310</v>
       </c>
       <c r="C112" s="2">
-        <v>115622</v>
+        <v>106952</v>
       </c>
       <c r="D112" s="2" t="s">
         <v>242</v>
       </c>
       <c r="E112" s="2" t="s">
         <v>243</v>
       </c>
       <c r="F112" s="2" t="s">
-        <v>11</v>
+        <v>188</v>
       </c>
     </row>
     <row r="113" spans="1:6">
       <c r="A113" s="2">
         <v>109</v>
       </c>
       <c r="B113" s="2">
         <v>310</v>
       </c>
       <c r="C113" s="2">
         <v>118499</v>
       </c>
       <c r="D113" s="2" t="s">
         <v>175</v>
       </c>
       <c r="E113" s="2" t="s">
         <v>244</v>
       </c>
       <c r="F113" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="114" spans="1:6">
       <c r="A114" s="2">
         <v>109</v>
       </c>
       <c r="B114" s="2">
         <v>310</v>
       </c>
       <c r="C114" s="2">
         <v>118442</v>
       </c>
       <c r="D114" s="2" t="s">
         <v>245</v>
       </c>
       <c r="E114" s="2" t="s">
         <v>246</v>
       </c>
       <c r="F114" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="115" spans="1:6">
       <c r="A115" s="2">
         <v>109</v>
       </c>
       <c r="B115" s="2">
         <v>310</v>
       </c>
       <c r="C115" s="2">
-        <v>106952</v>
+        <v>118458</v>
       </c>
       <c r="D115" s="2" t="s">
         <v>247</v>
       </c>
       <c r="E115" s="2" t="s">
         <v>248</v>
       </c>
       <c r="F115" s="2" t="s">
-        <v>198</v>
+        <v>23</v>
       </c>
     </row>
     <row r="116" spans="1:6">
       <c r="A116" s="2">
         <v>109</v>
       </c>
       <c r="B116" s="2">
         <v>310</v>
       </c>
       <c r="C116" s="2">
-        <v>118458</v>
+        <v>118374</v>
       </c>
       <c r="D116" s="2" t="s">
         <v>249</v>
       </c>
       <c r="E116" s="2" t="s">
         <v>250</v>
       </c>
       <c r="F116" s="2" t="s">
-        <v>23</v>
+        <v>251</v>
       </c>
     </row>
     <row r="117" spans="1:6">
       <c r="A117" s="2">
         <v>109</v>
       </c>
       <c r="B117" s="2">
         <v>310</v>
       </c>
       <c r="C117" s="2">
-        <v>118374</v>
+        <v>115622</v>
       </c>
       <c r="D117" s="2" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="E117" s="2" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="F117" s="2" t="s">
-        <v>253</v>
+        <v>11</v>
       </c>
     </row>
     <row r="118" spans="1:6">
       <c r="A118" s="2">
         <v>109</v>
       </c>
       <c r="B118" s="2">
         <v>310</v>
       </c>
       <c r="C118" s="2">
         <v>118512</v>
       </c>
       <c r="D118" s="2" t="s">
         <v>254</v>
       </c>
       <c r="E118" s="2" t="s">
         <v>255</v>
       </c>
       <c r="F118" s="2" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="119" spans="1:6">
       <c r="A119" s="2">
         <v>118</v>
@@ -7000,171 +7000,171 @@
       </c>
       <c r="E119" s="2" t="s">
         <v>257</v>
       </c>
       <c r="F119" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="120" spans="1:6">
       <c r="A120" s="2">
         <v>118</v>
       </c>
       <c r="B120" s="2">
         <v>300</v>
       </c>
       <c r="C120" s="2">
         <v>118361</v>
       </c>
       <c r="D120" s="2" t="s">
         <v>258</v>
       </c>
       <c r="E120" s="2" t="s">
         <v>259</v>
       </c>
       <c r="F120" s="2" t="s">
-        <v>253</v>
+        <v>251</v>
       </c>
     </row>
     <row r="121" spans="1:6">
       <c r="A121" s="2">
         <v>118</v>
       </c>
       <c r="B121" s="2">
         <v>300</v>
       </c>
       <c r="C121" s="2">
-        <v>111896</v>
+        <v>101827</v>
       </c>
       <c r="D121" s="2" t="s">
         <v>260</v>
       </c>
       <c r="E121" s="2" t="s">
         <v>261</v>
       </c>
       <c r="F121" s="2" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
     </row>
     <row r="122" spans="1:6">
       <c r="A122" s="2">
         <v>118</v>
       </c>
       <c r="B122" s="2">
         <v>300</v>
       </c>
       <c r="C122" s="2">
-        <v>101827</v>
+        <v>118404</v>
       </c>
       <c r="D122" s="2" t="s">
         <v>262</v>
       </c>
       <c r="E122" s="2" t="s">
         <v>263</v>
       </c>
       <c r="F122" s="2" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
     </row>
     <row r="123" spans="1:6">
       <c r="A123" s="2">
         <v>118</v>
       </c>
       <c r="B123" s="2">
         <v>300</v>
       </c>
       <c r="C123" s="2">
-        <v>118404</v>
+        <v>107628</v>
       </c>
       <c r="D123" s="2" t="s">
         <v>264</v>
       </c>
       <c r="E123" s="2" t="s">
         <v>265</v>
       </c>
       <c r="F123" s="2" t="s">
-        <v>17</v>
+        <v>188</v>
       </c>
     </row>
     <row r="124" spans="1:6">
       <c r="A124" s="2">
         <v>118</v>
       </c>
       <c r="B124" s="2">
         <v>300</v>
       </c>
       <c r="C124" s="2">
         <v>115931</v>
       </c>
       <c r="D124" s="2" t="s">
         <v>266</v>
       </c>
       <c r="E124" s="2" t="s">
         <v>267</v>
       </c>
       <c r="F124" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="125" spans="1:6">
       <c r="A125" s="2">
         <v>118</v>
       </c>
       <c r="B125" s="2">
         <v>300</v>
       </c>
       <c r="C125" s="2">
-        <v>107628</v>
+        <v>118422</v>
       </c>
       <c r="D125" s="2" t="s">
+        <v>252</v>
+      </c>
+      <c r="E125" s="2" t="s">
         <v>268</v>
       </c>
-      <c r="E125" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F125" s="2" t="s">
-        <v>198</v>
+        <v>43</v>
       </c>
     </row>
     <row r="126" spans="1:6">
       <c r="A126" s="2">
         <v>118</v>
       </c>
       <c r="B126" s="2">
         <v>300</v>
       </c>
       <c r="C126" s="2">
-        <v>118422</v>
+        <v>111896</v>
       </c>
       <c r="D126" s="2" t="s">
-        <v>242</v>
+        <v>269</v>
       </c>
       <c r="E126" s="2" t="s">
         <v>270</v>
       </c>
       <c r="F126" s="2" t="s">
-        <v>48</v>
+        <v>11</v>
       </c>
     </row>
     <row r="127" spans="1:6">
       <c r="A127" s="2">
         <v>126</v>
       </c>
       <c r="B127" s="2">
         <v>299</v>
       </c>
       <c r="C127" s="2">
         <v>114426</v>
       </c>
       <c r="D127" s="2" t="s">
         <v>271</v>
       </c>
       <c r="E127" s="2" t="s">
         <v>272</v>
       </c>
       <c r="F127" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="128" spans="1:6">
       <c r="A128" s="2">
         <v>127</v>
@@ -7254,57 +7254,57 @@
       </c>
       <c r="C132" s="2">
         <v>118485</v>
       </c>
       <c r="D132" s="2" t="s">
         <v>281</v>
       </c>
       <c r="E132" s="2" t="s">
         <v>282</v>
       </c>
       <c r="F132" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="133" spans="1:6">
       <c r="A133" s="2">
         <v>130</v>
       </c>
       <c r="B133" s="2">
         <v>295</v>
       </c>
       <c r="C133" s="2">
         <v>118394</v>
       </c>
       <c r="D133" s="2" t="s">
-        <v>146</v>
+        <v>153</v>
       </c>
       <c r="E133" s="2" t="s">
         <v>283</v>
       </c>
       <c r="F133" s="2" t="s">
-        <v>48</v>
+        <v>43</v>
       </c>
     </row>
     <row r="134" spans="1:6">
       <c r="A134" s="2">
         <v>133</v>
       </c>
       <c r="B134" s="2">
         <v>294</v>
       </c>
       <c r="C134" s="2">
         <v>103154</v>
       </c>
       <c r="D134" s="2" t="s">
         <v>284</v>
       </c>
       <c r="E134" s="2" t="s">
         <v>285</v>
       </c>
       <c r="F134" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="135" spans="1:6">
       <c r="A135" s="2">
         <v>134</v>
@@ -7351,220 +7351,220 @@
       </c>
       <c r="B137" s="2">
         <v>291</v>
       </c>
       <c r="C137" s="2">
         <v>103148</v>
       </c>
       <c r="D137" s="2" t="s">
         <v>289</v>
       </c>
       <c r="E137" s="2" t="s">
         <v>290</v>
       </c>
       <c r="F137" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="138" spans="1:6">
       <c r="A138" s="2">
         <v>137</v>
       </c>
       <c r="B138" s="2">
         <v>290</v>
       </c>
       <c r="C138" s="2">
-        <v>117857</v>
+        <v>118462</v>
       </c>
       <c r="D138" s="2" t="s">
         <v>291</v>
       </c>
       <c r="E138" s="2" t="s">
         <v>292</v>
       </c>
       <c r="F138" s="2" t="s">
-        <v>198</v>
+        <v>23</v>
       </c>
     </row>
     <row r="139" spans="1:6">
       <c r="A139" s="2">
         <v>137</v>
       </c>
       <c r="B139" s="2">
         <v>290</v>
       </c>
       <c r="C139" s="2">
-        <v>118362</v>
+        <v>113939</v>
       </c>
       <c r="D139" s="2" t="s">
         <v>293</v>
       </c>
       <c r="E139" s="2" t="s">
-        <v>85</v>
+        <v>294</v>
       </c>
       <c r="F139" s="2" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
     </row>
     <row r="140" spans="1:6">
       <c r="A140" s="2">
         <v>137</v>
       </c>
       <c r="B140" s="2">
         <v>290</v>
       </c>
       <c r="C140" s="2">
-        <v>118462</v>
+        <v>106711</v>
       </c>
       <c r="D140" s="2" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="E140" s="2" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="F140" s="2" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
     </row>
     <row r="141" spans="1:6">
       <c r="A141" s="2">
         <v>137</v>
       </c>
       <c r="B141" s="2">
         <v>290</v>
       </c>
       <c r="C141" s="2">
-        <v>113939</v>
+        <v>118423</v>
       </c>
       <c r="D141" s="2" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="E141" s="2" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="F141" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="142" spans="1:6">
       <c r="A142" s="2">
         <v>137</v>
       </c>
       <c r="B142" s="2">
         <v>290</v>
       </c>
       <c r="C142" s="2">
-        <v>106711</v>
+        <v>118405</v>
       </c>
       <c r="D142" s="2" t="s">
-        <v>298</v>
+        <v>180</v>
       </c>
       <c r="E142" s="2" t="s">
-        <v>299</v>
+        <v>181</v>
       </c>
       <c r="F142" s="2" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
     </row>
     <row r="143" spans="1:6">
       <c r="A143" s="2">
         <v>137</v>
       </c>
       <c r="B143" s="2">
         <v>290</v>
       </c>
       <c r="C143" s="2">
-        <v>118423</v>
+        <v>102654</v>
       </c>
       <c r="D143" s="2" t="s">
+        <v>299</v>
+      </c>
+      <c r="E143" s="2" t="s">
         <v>300</v>
       </c>
-      <c r="E143" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F143" s="2" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
     </row>
     <row r="144" spans="1:6">
       <c r="A144" s="2">
         <v>137</v>
       </c>
       <c r="B144" s="2">
         <v>290</v>
       </c>
       <c r="C144" s="2">
-        <v>118405</v>
+        <v>117857</v>
       </c>
       <c r="D144" s="2" t="s">
-        <v>180</v>
+        <v>301</v>
       </c>
       <c r="E144" s="2" t="s">
-        <v>181</v>
+        <v>302</v>
       </c>
       <c r="F144" s="2" t="s">
-        <v>17</v>
+        <v>188</v>
       </c>
     </row>
     <row r="145" spans="1:6">
       <c r="A145" s="2">
         <v>137</v>
       </c>
       <c r="B145" s="2">
         <v>290</v>
       </c>
       <c r="C145" s="2">
-        <v>102654</v>
+        <v>118446</v>
       </c>
       <c r="D145" s="2" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="E145" s="2" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="F145" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="146" spans="1:6">
       <c r="A146" s="2">
         <v>137</v>
       </c>
       <c r="B146" s="2">
         <v>290</v>
       </c>
       <c r="C146" s="2">
-        <v>118446</v>
+        <v>118362</v>
       </c>
       <c r="D146" s="2" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="E146" s="2" t="s">
-        <v>305</v>
+        <v>85</v>
       </c>
       <c r="F146" s="2" t="s">
-        <v>23</v>
+        <v>11</v>
       </c>
     </row>
     <row r="147" spans="1:6">
       <c r="A147" s="2">
         <v>146</v>
       </c>
       <c r="B147" s="2">
         <v>289</v>
       </c>
       <c r="C147" s="2">
         <v>102641</v>
       </c>
       <c r="D147" s="2" t="s">
         <v>306</v>
       </c>
       <c r="E147" s="2" t="s">
         <v>307</v>
       </c>
       <c r="F147" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="148" spans="1:6">
       <c r="A148" s="2">
         <v>147</v>
@@ -7600,51 +7600,51 @@
       </c>
       <c r="E149" s="2" t="s">
         <v>311</v>
       </c>
       <c r="F149" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="150" spans="1:6">
       <c r="A150" s="2">
         <v>147</v>
       </c>
       <c r="B150" s="2">
         <v>280</v>
       </c>
       <c r="C150" s="2">
         <v>102694</v>
       </c>
       <c r="D150" s="2" t="s">
         <v>312</v>
       </c>
       <c r="E150" s="2" t="s">
         <v>313</v>
       </c>
       <c r="F150" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="151" spans="1:6">
       <c r="A151" s="2">
         <v>147</v>
       </c>
       <c r="B151" s="2">
         <v>280</v>
       </c>
       <c r="C151" s="2">
         <v>118463</v>
       </c>
       <c r="D151" s="2" t="s">
         <v>314</v>
       </c>
       <c r="E151" s="2" t="s">
         <v>315</v>
       </c>
       <c r="F151" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="152" spans="1:6">
       <c r="A152" s="2">
         <v>147</v>
@@ -7671,160 +7671,160 @@
       </c>
       <c r="B153" s="2">
         <v>280</v>
       </c>
       <c r="C153" s="2">
         <v>118424</v>
       </c>
       <c r="D153" s="2" t="s">
         <v>318</v>
       </c>
       <c r="E153" s="2" t="s">
         <v>319</v>
       </c>
       <c r="F153" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="154" spans="1:6">
       <c r="A154" s="2">
         <v>153</v>
       </c>
       <c r="B154" s="2">
         <v>270</v>
       </c>
       <c r="C154" s="2">
-        <v>118464</v>
+        <v>104485</v>
       </c>
       <c r="D154" s="2" t="s">
         <v>320</v>
       </c>
       <c r="E154" s="2" t="s">
         <v>321</v>
       </c>
       <c r="F154" s="2" t="s">
-        <v>23</v>
+        <v>322</v>
       </c>
     </row>
     <row r="155" spans="1:6">
       <c r="A155" s="2">
         <v>153</v>
       </c>
       <c r="B155" s="2">
         <v>270</v>
       </c>
       <c r="C155" s="2">
-        <v>113883</v>
+        <v>118464</v>
       </c>
       <c r="D155" s="2" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="E155" s="2" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="F155" s="2" t="s">
-        <v>34</v>
+        <v>23</v>
       </c>
     </row>
     <row r="156" spans="1:6">
       <c r="A156" s="2">
         <v>153</v>
       </c>
       <c r="B156" s="2">
         <v>270</v>
       </c>
       <c r="C156" s="2">
         <v>109546</v>
       </c>
       <c r="D156" s="2" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="E156" s="2" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="F156" s="2" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="157" spans="1:6">
       <c r="A157" s="2">
         <v>153</v>
       </c>
       <c r="B157" s="2">
         <v>270</v>
       </c>
       <c r="C157" s="2">
-        <v>104485</v>
+        <v>115611</v>
       </c>
       <c r="D157" s="2" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="E157" s="2" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="F157" s="2" t="s">
-        <v>328</v>
+        <v>11</v>
       </c>
     </row>
     <row r="158" spans="1:6">
       <c r="A158" s="2">
         <v>153</v>
       </c>
       <c r="B158" s="2">
         <v>270</v>
       </c>
       <c r="C158" s="2">
-        <v>115611</v>
+        <v>112073</v>
       </c>
       <c r="D158" s="2" t="s">
         <v>329</v>
       </c>
       <c r="E158" s="2" t="s">
         <v>330</v>
       </c>
       <c r="F158" s="2" t="s">
-        <v>11</v>
+        <v>23</v>
       </c>
     </row>
     <row r="159" spans="1:6">
       <c r="A159" s="2">
         <v>153</v>
       </c>
       <c r="B159" s="2">
         <v>270</v>
       </c>
       <c r="C159" s="2">
-        <v>112073</v>
+        <v>113883</v>
       </c>
       <c r="D159" s="2" t="s">
         <v>331</v>
       </c>
       <c r="E159" s="2" t="s">
         <v>332</v>
       </c>
       <c r="F159" s="2" t="s">
-        <v>23</v>
+        <v>32</v>
       </c>
     </row>
     <row r="160" spans="1:6">
       <c r="A160" s="2">
         <v>153</v>
       </c>
       <c r="B160" s="2">
         <v>270</v>
       </c>
       <c r="C160" s="2">
         <v>118500</v>
       </c>
       <c r="D160" s="2" t="s">
         <v>333</v>
       </c>
       <c r="E160" s="2" t="s">
         <v>334</v>
       </c>
       <c r="F160" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="161" spans="1:6">
       <c r="A161" s="2">
         <v>160</v>
@@ -7911,658 +7911,658 @@
       </c>
       <c r="B165" s="2">
         <v>260</v>
       </c>
       <c r="C165" s="2">
         <v>118465</v>
       </c>
       <c r="D165" s="2" t="s">
         <v>343</v>
       </c>
       <c r="E165" s="2" t="s">
         <v>344</v>
       </c>
       <c r="F165" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="166" spans="1:6">
       <c r="A166" s="2">
         <v>161</v>
       </c>
       <c r="B166" s="2">
         <v>260</v>
       </c>
       <c r="C166" s="2">
-        <v>118515</v>
+        <v>101118</v>
       </c>
       <c r="D166" s="2" t="s">
         <v>345</v>
       </c>
       <c r="E166" s="2" t="s">
         <v>346</v>
       </c>
       <c r="F166" s="2" t="s">
-        <v>14</v>
+        <v>188</v>
       </c>
     </row>
     <row r="167" spans="1:6">
       <c r="A167" s="2">
         <v>161</v>
       </c>
       <c r="B167" s="2">
         <v>260</v>
       </c>
       <c r="C167" s="2">
-        <v>118408</v>
+        <v>118515</v>
       </c>
       <c r="D167" s="2" t="s">
-        <v>333</v>
+        <v>347</v>
       </c>
       <c r="E167" s="2" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="F167" s="2" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
     </row>
     <row r="168" spans="1:6">
       <c r="A168" s="2">
         <v>161</v>
       </c>
       <c r="B168" s="2">
         <v>260</v>
       </c>
       <c r="C168" s="2">
-        <v>101118</v>
+        <v>118408</v>
       </c>
       <c r="D168" s="2" t="s">
-        <v>348</v>
+        <v>333</v>
       </c>
       <c r="E168" s="2" t="s">
         <v>349</v>
       </c>
       <c r="F168" s="2" t="s">
-        <v>198</v>
+        <v>17</v>
       </c>
     </row>
     <row r="169" spans="1:6">
       <c r="A169" s="2">
         <v>161</v>
       </c>
       <c r="B169" s="2">
         <v>260</v>
       </c>
       <c r="C169" s="2">
         <v>115629</v>
       </c>
       <c r="D169" s="2" t="s">
         <v>350</v>
       </c>
       <c r="E169" s="2" t="s">
         <v>351</v>
       </c>
       <c r="F169" s="2" t="s">
         <v>352</v>
       </c>
     </row>
     <row r="170" spans="1:6">
       <c r="A170" s="2">
         <v>169</v>
       </c>
       <c r="B170" s="2">
         <v>255</v>
       </c>
       <c r="C170" s="2">
         <v>118487</v>
       </c>
       <c r="D170" s="2" t="s">
         <v>353</v>
       </c>
       <c r="E170" s="2" t="s">
         <v>354</v>
       </c>
       <c r="F170" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="171" spans="1:6">
       <c r="A171" s="2">
         <v>170</v>
       </c>
       <c r="B171" s="2">
         <v>250</v>
       </c>
       <c r="C171" s="2">
-        <v>100973</v>
+        <v>118501</v>
       </c>
       <c r="D171" s="2" t="s">
         <v>355</v>
       </c>
       <c r="E171" s="2" t="s">
-        <v>356</v>
+        <v>7</v>
       </c>
       <c r="F171" s="2" t="s">
-        <v>198</v>
+        <v>17</v>
       </c>
     </row>
     <row r="172" spans="1:6">
       <c r="A172" s="2">
         <v>170</v>
       </c>
       <c r="B172" s="2">
         <v>250</v>
       </c>
       <c r="C172" s="2">
-        <v>118501</v>
+        <v>118488</v>
       </c>
       <c r="D172" s="2" t="s">
+        <v>356</v>
+      </c>
+      <c r="E172" s="2" t="s">
         <v>357</v>
-      </c>
-[...1 lines deleted...]
-        <v>7</v>
       </c>
       <c r="F172" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="173" spans="1:6">
       <c r="A173" s="2">
         <v>170</v>
       </c>
       <c r="B173" s="2">
         <v>250</v>
       </c>
       <c r="C173" s="2">
-        <v>118488</v>
+        <v>115681</v>
       </c>
       <c r="D173" s="2" t="s">
         <v>358</v>
       </c>
       <c r="E173" s="2" t="s">
         <v>359</v>
       </c>
       <c r="F173" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="174" spans="1:6">
       <c r="A174" s="2">
         <v>170</v>
       </c>
       <c r="B174" s="2">
         <v>250</v>
       </c>
       <c r="C174" s="2">
-        <v>115681</v>
+        <v>107447</v>
       </c>
       <c r="D174" s="2" t="s">
         <v>360</v>
       </c>
       <c r="E174" s="2" t="s">
         <v>361</v>
       </c>
       <c r="F174" s="2" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
     </row>
     <row r="175" spans="1:6">
       <c r="A175" s="2">
         <v>170</v>
       </c>
       <c r="B175" s="2">
         <v>250</v>
       </c>
       <c r="C175" s="2">
-        <v>107447</v>
+        <v>100973</v>
       </c>
       <c r="D175" s="2" t="s">
         <v>362</v>
       </c>
       <c r="E175" s="2" t="s">
         <v>363</v>
       </c>
       <c r="F175" s="2" t="s">
-        <v>23</v>
+        <v>188</v>
       </c>
     </row>
     <row r="176" spans="1:6">
       <c r="A176" s="2">
         <v>170</v>
       </c>
       <c r="B176" s="2">
         <v>250</v>
       </c>
       <c r="C176" s="2">
         <v>115539</v>
       </c>
       <c r="D176" s="2" t="s">
         <v>364</v>
       </c>
       <c r="E176" s="2" t="s">
         <v>365</v>
       </c>
       <c r="F176" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="177" spans="1:6">
       <c r="A177" s="2">
         <v>176</v>
       </c>
       <c r="B177" s="2">
         <v>249</v>
       </c>
       <c r="C177" s="2">
         <v>118502</v>
       </c>
       <c r="D177" s="2" t="s">
         <v>366</v>
       </c>
       <c r="E177" s="2" t="s">
         <v>367</v>
       </c>
       <c r="F177" s="2" t="s">
-        <v>113</v>
+        <v>109</v>
       </c>
     </row>
     <row r="178" spans="1:6">
       <c r="A178" s="2">
         <v>177</v>
       </c>
       <c r="B178" s="2">
         <v>245</v>
       </c>
       <c r="C178" s="2">
         <v>118490</v>
       </c>
       <c r="D178" s="2" t="s">
         <v>368</v>
       </c>
       <c r="E178" s="2" t="s">
         <v>369</v>
       </c>
       <c r="F178" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="179" spans="1:6">
       <c r="A179" s="2">
         <v>177</v>
       </c>
       <c r="B179" s="2">
         <v>245</v>
       </c>
       <c r="C179" s="2">
         <v>118467</v>
       </c>
       <c r="D179" s="2" t="s">
         <v>370</v>
       </c>
       <c r="E179" s="2" t="s">
-        <v>361</v>
+        <v>359</v>
       </c>
       <c r="F179" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="180" spans="1:6">
       <c r="A180" s="2">
         <v>179</v>
       </c>
       <c r="B180" s="2">
         <v>240</v>
       </c>
       <c r="C180" s="2">
         <v>118387</v>
       </c>
       <c r="D180" s="2" t="s">
         <v>371</v>
       </c>
       <c r="E180" s="2" t="s">
         <v>372</v>
       </c>
       <c r="F180" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="181" spans="1:6">
       <c r="A181" s="2">
         <v>179</v>
       </c>
       <c r="B181" s="2">
         <v>240</v>
       </c>
       <c r="C181" s="2">
-        <v>118409</v>
+        <v>107629</v>
       </c>
       <c r="D181" s="2" t="s">
-        <v>180</v>
+        <v>373</v>
       </c>
       <c r="E181" s="2" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="F181" s="2" t="s">
-        <v>17</v>
+        <v>188</v>
       </c>
     </row>
     <row r="182" spans="1:6">
       <c r="A182" s="2">
         <v>179</v>
       </c>
       <c r="B182" s="2">
         <v>240</v>
       </c>
       <c r="C182" s="2">
-        <v>107629</v>
+        <v>117994</v>
       </c>
       <c r="D182" s="2" t="s">
-        <v>374</v>
-[...1 lines deleted...]
-      <c r="E182" s="2" t="s">
         <v>375</v>
       </c>
+      <c r="E182" s="2"/>
       <c r="F182" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="183" spans="1:6">
       <c r="A183" s="2">
         <v>179</v>
       </c>
       <c r="B183" s="2">
         <v>240</v>
       </c>
       <c r="C183" s="2">
-        <v>117994</v>
+        <v>118409</v>
       </c>
       <c r="D183" s="2" t="s">
+        <v>180</v>
+      </c>
+      <c r="E183" s="2" t="s">
         <v>376</v>
       </c>
-      <c r="E183" s="2"/>
       <c r="F183" s="2" t="s">
-        <v>198</v>
+        <v>17</v>
       </c>
     </row>
     <row r="184" spans="1:6">
       <c r="A184" s="2">
         <v>179</v>
       </c>
       <c r="B184" s="2">
         <v>240</v>
       </c>
       <c r="C184" s="2">
         <v>118426</v>
       </c>
       <c r="D184" s="2" t="s">
         <v>7</v>
       </c>
       <c r="E184" s="2" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="F184" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="185" spans="1:6">
       <c r="A185" s="2">
         <v>184</v>
       </c>
       <c r="B185" s="2">
         <v>230</v>
       </c>
       <c r="C185" s="2">
         <v>118427</v>
       </c>
       <c r="D185" s="2" t="s">
         <v>377</v>
       </c>
       <c r="E185" s="2" t="s">
         <v>378</v>
       </c>
       <c r="F185" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="186" spans="1:6">
       <c r="A186" s="2">
         <v>184</v>
       </c>
       <c r="B186" s="2">
         <v>230</v>
       </c>
       <c r="C186" s="2">
-        <v>114386</v>
+        <v>113254</v>
       </c>
       <c r="D186" s="2" t="s">
         <v>379</v>
       </c>
       <c r="E186" s="2" t="s">
         <v>380</v>
       </c>
       <c r="F186" s="2" t="s">
-        <v>23</v>
+        <v>11</v>
       </c>
     </row>
     <row r="187" spans="1:6">
       <c r="A187" s="2">
         <v>184</v>
       </c>
       <c r="B187" s="2">
         <v>230</v>
       </c>
       <c r="C187" s="2">
-        <v>113254</v>
+        <v>114386</v>
       </c>
       <c r="D187" s="2" t="s">
         <v>381</v>
       </c>
       <c r="E187" s="2" t="s">
         <v>382</v>
       </c>
       <c r="F187" s="2" t="s">
-        <v>11</v>
+        <v>23</v>
       </c>
     </row>
     <row r="188" spans="1:6">
       <c r="A188" s="2">
         <v>184</v>
       </c>
       <c r="B188" s="2">
         <v>230</v>
       </c>
       <c r="C188" s="2">
         <v>118410</v>
       </c>
       <c r="D188" s="2" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="E188" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F188" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="189" spans="1:6">
       <c r="A189" s="2">
         <v>188</v>
       </c>
       <c r="B189" s="2">
         <v>220</v>
       </c>
       <c r="C189" s="2">
         <v>118413</v>
       </c>
       <c r="D189" s="2" t="s">
         <v>85</v>
       </c>
       <c r="E189" s="2" t="s">
         <v>383</v>
       </c>
       <c r="F189" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="190" spans="1:6">
       <c r="A190" s="2">
         <v>188</v>
       </c>
       <c r="B190" s="2">
         <v>220</v>
       </c>
       <c r="C190" s="2">
-        <v>115646</v>
+        <v>102696</v>
       </c>
       <c r="D190" s="2" t="s">
         <v>384</v>
       </c>
       <c r="E190" s="2" t="s">
         <v>385</v>
       </c>
       <c r="F190" s="2" t="s">
-        <v>17</v>
+        <v>188</v>
       </c>
     </row>
     <row r="191" spans="1:6">
       <c r="A191" s="2">
         <v>188</v>
       </c>
       <c r="B191" s="2">
         <v>220</v>
       </c>
       <c r="C191" s="2">
-        <v>118389</v>
+        <v>115646</v>
       </c>
       <c r="D191" s="2" t="s">
         <v>386</v>
       </c>
       <c r="E191" s="2" t="s">
         <v>387</v>
       </c>
       <c r="F191" s="2" t="s">
-        <v>23</v>
+        <v>17</v>
       </c>
     </row>
     <row r="192" spans="1:6">
       <c r="A192" s="2">
         <v>188</v>
       </c>
       <c r="B192" s="2">
         <v>220</v>
       </c>
       <c r="C192" s="2">
-        <v>102696</v>
+        <v>118389</v>
       </c>
       <c r="D192" s="2" t="s">
         <v>388</v>
       </c>
       <c r="E192" s="2" t="s">
         <v>389</v>
       </c>
       <c r="F192" s="2" t="s">
-        <v>198</v>
+        <v>23</v>
       </c>
     </row>
     <row r="193" spans="1:6">
       <c r="A193" s="2">
         <v>192</v>
       </c>
       <c r="B193" s="2">
         <v>210</v>
       </c>
       <c r="C193" s="2">
-        <v>114704</v>
+        <v>103603</v>
       </c>
       <c r="D193" s="2" t="s">
         <v>390</v>
       </c>
       <c r="E193" s="2" t="s">
         <v>391</v>
       </c>
       <c r="F193" s="2" t="s">
-        <v>198</v>
+        <v>95</v>
       </c>
     </row>
     <row r="194" spans="1:6">
       <c r="A194" s="2">
         <v>192</v>
       </c>
       <c r="B194" s="2">
         <v>210</v>
       </c>
       <c r="C194" s="2">
-        <v>103603</v>
+        <v>114704</v>
       </c>
       <c r="D194" s="2" t="s">
         <v>392</v>
       </c>
       <c r="E194" s="2" t="s">
         <v>393</v>
       </c>
       <c r="F194" s="2" t="s">
-        <v>95</v>
+        <v>188</v>
       </c>
     </row>
     <row r="195" spans="1:6">
       <c r="A195" s="2">
         <v>194</v>
       </c>
       <c r="B195" s="2">
         <v>200</v>
       </c>
       <c r="C195" s="2">
         <v>105787</v>
       </c>
       <c r="D195" s="2" t="s">
         <v>394</v>
       </c>
       <c r="E195" s="2" t="s">
         <v>395</v>
       </c>
       <c r="F195" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="196" spans="1:6">
       <c r="A196" s="2">
         <v>194</v>
       </c>
       <c r="B196" s="2">
         <v>200</v>
       </c>
       <c r="C196" s="2">
         <v>113122</v>
       </c>
       <c r="D196" s="2" t="s">
         <v>396</v>
       </c>
       <c r="E196" s="2" t="s">
         <v>397</v>
       </c>
       <c r="F196" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="197" spans="1:6">
       <c r="A197" s="2">
         <v>196</v>
       </c>
       <c r="B197" s="2">
         <v>199</v>
       </c>
       <c r="C197" s="2">
         <v>113071</v>
       </c>
       <c r="D197" s="2" t="s">
         <v>398</v>
       </c>
       <c r="E197" s="2" t="s">
         <v>399</v>
       </c>
       <c r="F197" s="2" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="198" spans="1:6">
       <c r="A198" s="2">
         <v>197</v>
@@ -8578,371 +8578,371 @@
       </c>
       <c r="E198" s="2" t="s">
         <v>401</v>
       </c>
       <c r="F198" s="2" t="s">
         <v>402</v>
       </c>
     </row>
     <row r="199" spans="1:6">
       <c r="A199" s="2">
         <v>198</v>
       </c>
       <c r="B199" s="2">
         <v>197</v>
       </c>
       <c r="C199" s="2">
         <v>117864</v>
       </c>
       <c r="D199" s="2" t="s">
         <v>403</v>
       </c>
       <c r="E199" s="2" t="s">
         <v>404</v>
       </c>
       <c r="F199" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="200" spans="1:6">
       <c r="A200" s="2">
         <v>199</v>
       </c>
       <c r="B200" s="2">
         <v>196</v>
       </c>
       <c r="C200" s="2">
-        <v>106960</v>
+        <v>118081</v>
       </c>
       <c r="D200" s="2" t="s">
         <v>405</v>
       </c>
       <c r="E200" s="2" t="s">
         <v>406</v>
       </c>
       <c r="F200" s="2" t="s">
-        <v>34</v>
+        <v>188</v>
       </c>
     </row>
     <row r="201" spans="1:6">
       <c r="A201" s="2">
         <v>199</v>
       </c>
       <c r="B201" s="2">
         <v>196</v>
       </c>
       <c r="C201" s="2">
-        <v>118081</v>
+        <v>106960</v>
       </c>
       <c r="D201" s="2" t="s">
         <v>407</v>
       </c>
       <c r="E201" s="2" t="s">
         <v>408</v>
       </c>
       <c r="F201" s="2" t="s">
-        <v>198</v>
+        <v>32</v>
       </c>
     </row>
     <row r="202" spans="1:6">
       <c r="A202" s="2">
         <v>201</v>
       </c>
       <c r="B202" s="2">
         <v>195</v>
       </c>
       <c r="C202" s="2">
         <v>111638</v>
       </c>
       <c r="D202" s="2" t="s">
         <v>409</v>
       </c>
       <c r="E202" s="2" t="s">
         <v>410</v>
       </c>
       <c r="F202" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="203" spans="1:6">
       <c r="A203" s="2">
         <v>202</v>
       </c>
       <c r="B203" s="2">
         <v>194</v>
       </c>
       <c r="C203" s="2">
         <v>102950</v>
       </c>
       <c r="D203" s="2" t="s">
         <v>411</v>
       </c>
       <c r="E203" s="2" t="s">
         <v>412</v>
       </c>
       <c r="F203" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="204" spans="1:6">
       <c r="A204" s="2">
         <v>203</v>
       </c>
       <c r="B204" s="2">
         <v>193</v>
       </c>
       <c r="C204" s="2">
         <v>117868</v>
       </c>
       <c r="D204" s="2" t="s">
         <v>413</v>
       </c>
       <c r="E204" s="2" t="s">
         <v>414</v>
       </c>
       <c r="F204" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="205" spans="1:6">
       <c r="A205" s="2">
         <v>204</v>
       </c>
       <c r="B205" s="2">
         <v>192</v>
       </c>
       <c r="C205" s="2">
         <v>117869</v>
       </c>
       <c r="D205" s="2" t="s">
         <v>415</v>
       </c>
       <c r="E205" s="2" t="s">
         <v>416</v>
       </c>
       <c r="F205" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="206" spans="1:6">
       <c r="A206" s="2">
         <v>205</v>
       </c>
       <c r="B206" s="2">
         <v>191</v>
       </c>
       <c r="C206" s="2">
         <v>117870</v>
       </c>
       <c r="D206" s="2" t="s">
         <v>417</v>
       </c>
       <c r="E206" s="2" t="s">
         <v>418</v>
       </c>
       <c r="F206" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="207" spans="1:6">
       <c r="A207" s="2">
         <v>206</v>
       </c>
       <c r="B207" s="2">
         <v>190</v>
       </c>
       <c r="C207" s="2">
         <v>117871</v>
       </c>
       <c r="D207" s="2" t="s">
         <v>419</v>
       </c>
       <c r="E207" s="2" t="s">
         <v>420</v>
       </c>
       <c r="F207" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="208" spans="1:6">
       <c r="A208" s="2">
         <v>207</v>
       </c>
       <c r="B208" s="2">
         <v>189</v>
       </c>
       <c r="C208" s="2">
         <v>113079</v>
       </c>
       <c r="D208" s="2" t="s">
         <v>421</v>
       </c>
       <c r="E208" s="2" t="s">
         <v>422</v>
       </c>
       <c r="F208" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="209" spans="1:6">
       <c r="A209" s="2">
         <v>208</v>
       </c>
       <c r="B209" s="2">
         <v>188</v>
       </c>
       <c r="C209" s="2">
         <v>117873</v>
       </c>
       <c r="D209" s="2" t="s">
         <v>423</v>
       </c>
       <c r="E209" s="2" t="s">
         <v>424</v>
       </c>
       <c r="F209" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="210" spans="1:6">
       <c r="A210" s="2">
         <v>209</v>
       </c>
       <c r="B210" s="2">
         <v>187</v>
       </c>
       <c r="C210" s="2">
         <v>117874</v>
       </c>
       <c r="D210" s="2" t="s">
         <v>425</v>
       </c>
       <c r="E210" s="2" t="s">
         <v>426</v>
       </c>
       <c r="F210" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="211" spans="1:6">
       <c r="A211" s="2">
         <v>210</v>
       </c>
       <c r="B211" s="2">
         <v>186</v>
       </c>
       <c r="C211" s="2">
         <v>102759</v>
       </c>
       <c r="D211" s="2" t="s">
         <v>427</v>
       </c>
       <c r="E211" s="2" t="s">
         <v>428</v>
       </c>
       <c r="F211" s="2" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="212" spans="1:6">
       <c r="A212" s="2">
         <v>211</v>
       </c>
       <c r="B212" s="2">
         <v>185</v>
       </c>
       <c r="C212" s="2">
         <v>117876</v>
       </c>
       <c r="D212" s="2" t="s">
         <v>429</v>
       </c>
       <c r="E212" s="2" t="s">
         <v>430</v>
       </c>
       <c r="F212" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="213" spans="1:6">
       <c r="A213" s="2">
         <v>212</v>
       </c>
       <c r="B213" s="2">
         <v>184</v>
       </c>
       <c r="C213" s="2">
         <v>117877</v>
       </c>
       <c r="D213" s="2" t="s">
         <v>431</v>
       </c>
       <c r="E213" s="2" t="s">
         <v>432</v>
       </c>
       <c r="F213" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="214" spans="1:6">
       <c r="A214" s="2">
         <v>213</v>
       </c>
       <c r="B214" s="2">
         <v>183</v>
       </c>
       <c r="C214" s="2">
         <v>117878</v>
       </c>
       <c r="D214" s="2" t="s">
         <v>433</v>
       </c>
       <c r="E214" s="2" t="s">
         <v>434</v>
       </c>
       <c r="F214" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="215" spans="1:6">
       <c r="A215" s="2">
         <v>214</v>
       </c>
       <c r="B215" s="2">
         <v>182</v>
       </c>
       <c r="C215" s="2">
         <v>117879</v>
       </c>
       <c r="D215" s="2" t="s">
         <v>435</v>
       </c>
       <c r="E215" s="2" t="s">
         <v>436</v>
       </c>
       <c r="F215" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="216" spans="1:6">
       <c r="A216" s="2">
         <v>215</v>
       </c>
       <c r="B216" s="2">
         <v>181</v>
       </c>
       <c r="C216" s="2">
         <v>114869</v>
       </c>
       <c r="D216" s="2" t="s">
         <v>437</v>
       </c>
       <c r="E216" s="2" t="s">
         <v>438</v>
       </c>
       <c r="F216" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="217" spans="1:6">
       <c r="A217" s="2">
         <v>216</v>
@@ -8956,171 +8956,171 @@
       <c r="D217" s="2" t="s">
         <v>439</v>
       </c>
       <c r="E217" s="2" t="s">
         <v>440</v>
       </c>
       <c r="F217" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="218" spans="1:6">
       <c r="A218" s="2">
         <v>217</v>
       </c>
       <c r="B218" s="2">
         <v>179</v>
       </c>
       <c r="C218" s="2">
         <v>117882</v>
       </c>
       <c r="D218" s="2" t="s">
         <v>441</v>
       </c>
       <c r="E218" s="2"/>
       <c r="F218" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="219" spans="1:6">
       <c r="A219" s="2">
         <v>218</v>
       </c>
       <c r="B219" s="2">
         <v>178</v>
       </c>
       <c r="C219" s="2">
         <v>101972</v>
       </c>
       <c r="D219" s="2" t="s">
         <v>442</v>
       </c>
       <c r="E219" s="2" t="s">
         <v>443</v>
       </c>
       <c r="F219" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="220" spans="1:6">
       <c r="A220" s="2">
         <v>219</v>
       </c>
       <c r="B220" s="2">
         <v>177</v>
       </c>
       <c r="C220" s="2">
         <v>117884</v>
       </c>
       <c r="D220" s="2" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="E220" s="2" t="s">
         <v>444</v>
       </c>
       <c r="F220" s="2" t="s">
-        <v>328</v>
+        <v>322</v>
       </c>
     </row>
     <row r="221" spans="1:6">
       <c r="A221" s="2">
         <v>220</v>
       </c>
       <c r="B221" s="2">
         <v>176</v>
       </c>
       <c r="C221" s="2">
         <v>117885</v>
       </c>
       <c r="D221" s="2" t="s">
         <v>445</v>
       </c>
       <c r="E221" s="2" t="s">
         <v>446</v>
       </c>
       <c r="F221" s="2" t="s">
-        <v>328</v>
+        <v>322</v>
       </c>
     </row>
     <row r="222" spans="1:6">
       <c r="A222" s="2">
         <v>221</v>
       </c>
       <c r="B222" s="2">
         <v>175</v>
       </c>
       <c r="C222" s="2">
         <v>117886</v>
       </c>
       <c r="D222" s="2" t="s">
         <v>447</v>
       </c>
       <c r="E222" s="2" t="s">
-        <v>248</v>
+        <v>243</v>
       </c>
       <c r="F222" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="223" spans="1:6">
       <c r="A223" s="2">
         <v>222</v>
       </c>
       <c r="B223" s="2">
         <v>174</v>
       </c>
       <c r="C223" s="2">
         <v>102442</v>
       </c>
       <c r="D223" s="2" t="s">
         <v>448</v>
       </c>
       <c r="E223" s="2" t="s">
         <v>448</v>
       </c>
       <c r="F223" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="224" spans="1:6">
       <c r="A224" s="2">
         <v>223</v>
       </c>
       <c r="B224" s="2">
         <v>173</v>
       </c>
       <c r="C224" s="2">
         <v>117888</v>
       </c>
       <c r="D224" s="2" t="s">
         <v>449</v>
       </c>
       <c r="E224" s="2" t="s">
         <v>450</v>
       </c>
       <c r="F224" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="225" spans="1:6">
       <c r="A225" s="2">
         <v>224</v>
       </c>
       <c r="B225" s="2">
         <v>172</v>
       </c>
       <c r="C225" s="2">
         <v>117889</v>
       </c>
       <c r="D225" s="2" t="s">
         <v>437</v>
       </c>
       <c r="E225" s="2" t="s">
         <v>451</v>
       </c>
       <c r="F225" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="226" spans="1:6">
       <c r="A226" s="2">
         <v>225</v>
@@ -9136,7653 +9136,7653 @@
       </c>
       <c r="E226" s="2" t="s">
         <v>453</v>
       </c>
       <c r="F226" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="227" spans="1:6">
       <c r="A227" s="2">
         <v>226</v>
       </c>
       <c r="B227" s="2">
         <v>170</v>
       </c>
       <c r="C227" s="2">
         <v>102405</v>
       </c>
       <c r="D227" s="2" t="s">
         <v>454</v>
       </c>
       <c r="E227" s="2" t="s">
         <v>455</v>
       </c>
       <c r="F227" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="228" spans="1:6">
       <c r="A228" s="2">
         <v>227</v>
       </c>
       <c r="B228" s="2">
         <v>169</v>
       </c>
       <c r="C228" s="2">
         <v>102830</v>
       </c>
       <c r="D228" s="2" t="s">
         <v>456</v>
       </c>
       <c r="E228" s="2" t="s">
         <v>457</v>
       </c>
       <c r="F228" s="2" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="229" spans="1:6">
       <c r="A229" s="2">
         <v>228</v>
       </c>
       <c r="B229" s="2">
         <v>168</v>
       </c>
       <c r="C229" s="2">
         <v>117893</v>
       </c>
       <c r="D229" s="2" t="s">
         <v>458</v>
       </c>
       <c r="E229" s="2" t="s">
         <v>459</v>
       </c>
       <c r="F229" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="230" spans="1:6">
       <c r="A230" s="2">
         <v>229</v>
       </c>
       <c r="B230" s="2">
         <v>167</v>
       </c>
       <c r="C230" s="2">
         <v>117894</v>
       </c>
       <c r="D230" s="2" t="s">
         <v>460</v>
       </c>
       <c r="E230" s="2" t="s">
         <v>313</v>
       </c>
       <c r="F230" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="231" spans="1:6">
       <c r="A231" s="2">
         <v>230</v>
       </c>
       <c r="B231" s="2">
         <v>166</v>
       </c>
       <c r="C231" s="2">
         <v>117895</v>
       </c>
       <c r="D231" s="2" t="s">
         <v>461</v>
       </c>
       <c r="E231" s="2" t="s">
         <v>462</v>
       </c>
       <c r="F231" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="232" spans="1:6">
       <c r="A232" s="2">
         <v>231</v>
       </c>
       <c r="B232" s="2">
         <v>165</v>
       </c>
       <c r="C232" s="2">
         <v>102074</v>
       </c>
       <c r="D232" s="2" t="s">
         <v>463</v>
       </c>
       <c r="E232" s="2" t="s">
         <v>464</v>
       </c>
       <c r="F232" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="233" spans="1:6">
       <c r="A233" s="2">
         <v>232</v>
       </c>
       <c r="B233" s="2">
         <v>164</v>
       </c>
       <c r="C233" s="2">
         <v>113091</v>
       </c>
       <c r="D233" s="2" t="s">
         <v>465</v>
       </c>
       <c r="E233" s="2" t="s">
         <v>466</v>
       </c>
       <c r="F233" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="234" spans="1:6">
       <c r="A234" s="2">
         <v>233</v>
       </c>
       <c r="B234" s="2">
         <v>163</v>
       </c>
       <c r="C234" s="2">
         <v>113115</v>
       </c>
       <c r="D234" s="2" t="s">
-        <v>268</v>
+        <v>264</v>
       </c>
       <c r="E234" s="2" t="s">
         <v>467</v>
       </c>
       <c r="F234" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="235" spans="1:6">
       <c r="A235" s="2">
         <v>234</v>
       </c>
       <c r="B235" s="2">
         <v>162</v>
       </c>
       <c r="C235" s="2">
         <v>117899</v>
       </c>
       <c r="D235" s="2" t="s">
         <v>468</v>
       </c>
       <c r="E235" s="2" t="s">
         <v>469</v>
       </c>
       <c r="F235" s="2" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="236" spans="1:6">
       <c r="A236" s="2">
         <v>235</v>
       </c>
       <c r="B236" s="2">
         <v>161</v>
       </c>
       <c r="C236" s="2">
         <v>106994</v>
       </c>
       <c r="D236" s="2" t="s">
         <v>470</v>
       </c>
       <c r="E236" s="2" t="s">
         <v>471</v>
       </c>
       <c r="F236" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="237" spans="1:6">
       <c r="A237" s="2">
         <v>236</v>
       </c>
       <c r="B237" s="2">
         <v>160</v>
       </c>
       <c r="C237" s="2">
         <v>117902</v>
       </c>
       <c r="D237" s="2" t="s">
         <v>472</v>
       </c>
       <c r="E237" s="2" t="s">
         <v>473</v>
       </c>
       <c r="F237" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="238" spans="1:6">
       <c r="A238" s="2">
         <v>237</v>
       </c>
       <c r="B238" s="2">
         <v>159</v>
       </c>
       <c r="C238" s="2">
         <v>117903</v>
       </c>
       <c r="D238" s="2" t="s">
         <v>474</v>
       </c>
       <c r="E238" s="2" t="s">
         <v>475</v>
       </c>
       <c r="F238" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="239" spans="1:6">
       <c r="A239" s="2">
         <v>238</v>
       </c>
       <c r="B239" s="2">
         <v>158</v>
       </c>
       <c r="C239" s="2">
         <v>117904</v>
       </c>
       <c r="D239" s="2" t="s">
         <v>476</v>
       </c>
       <c r="E239" s="2" t="s">
         <v>477</v>
       </c>
       <c r="F239" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="240" spans="1:6">
       <c r="A240" s="2">
         <v>239</v>
       </c>
       <c r="B240" s="2">
         <v>157</v>
       </c>
       <c r="C240" s="2">
         <v>117905</v>
       </c>
       <c r="D240" s="2" t="s">
         <v>478</v>
       </c>
       <c r="E240" s="2" t="s">
         <v>479</v>
       </c>
       <c r="F240" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="241" spans="1:6">
       <c r="A241" s="2">
         <v>240</v>
       </c>
       <c r="B241" s="2">
         <v>156</v>
       </c>
       <c r="C241" s="2">
         <v>117906</v>
       </c>
       <c r="D241" s="2" t="s">
         <v>480</v>
       </c>
       <c r="E241" s="2" t="s">
         <v>481</v>
       </c>
       <c r="F241" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="242" spans="1:6">
       <c r="A242" s="2">
         <v>241</v>
       </c>
       <c r="B242" s="2">
         <v>155</v>
       </c>
       <c r="C242" s="2">
         <v>113172</v>
       </c>
       <c r="D242" s="2" t="s">
         <v>482</v>
       </c>
       <c r="E242" s="2" t="s">
         <v>483</v>
       </c>
       <c r="F242" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="243" spans="1:6">
       <c r="A243" s="2">
         <v>242</v>
       </c>
       <c r="B243" s="2">
         <v>154</v>
       </c>
       <c r="C243" s="2">
         <v>102012</v>
       </c>
       <c r="D243" s="2" t="s">
         <v>484</v>
       </c>
       <c r="E243" s="2" t="s">
         <v>485</v>
       </c>
       <c r="F243" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="244" spans="1:6">
       <c r="A244" s="2">
         <v>243</v>
       </c>
       <c r="B244" s="2">
         <v>153</v>
       </c>
       <c r="C244" s="2">
         <v>117909</v>
       </c>
       <c r="D244" s="2" t="s">
         <v>486</v>
       </c>
       <c r="E244" s="2" t="s">
         <v>487</v>
       </c>
       <c r="F244" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="245" spans="1:6">
       <c r="A245" s="2">
         <v>244</v>
       </c>
       <c r="B245" s="2">
         <v>152</v>
       </c>
       <c r="C245" s="2">
         <v>117910</v>
       </c>
       <c r="D245" s="2" t="s">
         <v>488</v>
       </c>
       <c r="E245" s="2" t="s">
         <v>489</v>
       </c>
       <c r="F245" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="246" spans="1:6">
       <c r="A246" s="2">
         <v>245</v>
       </c>
       <c r="B246" s="2">
         <v>151</v>
       </c>
       <c r="C246" s="2">
         <v>107003</v>
       </c>
       <c r="D246" s="2" t="s">
         <v>490</v>
       </c>
       <c r="E246" s="2" t="s">
         <v>491</v>
       </c>
       <c r="F246" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="247" spans="1:6">
       <c r="A247" s="2">
         <v>246</v>
       </c>
       <c r="B247" s="2">
         <v>150</v>
       </c>
       <c r="C247" s="2">
         <v>102729</v>
       </c>
       <c r="D247" s="2" t="s">
         <v>492</v>
       </c>
       <c r="E247" s="2" t="s">
         <v>493</v>
       </c>
       <c r="F247" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="248" spans="1:6">
       <c r="A248" s="2">
         <v>247</v>
       </c>
       <c r="B248" s="2">
         <v>149</v>
       </c>
       <c r="C248" s="2">
         <v>117913</v>
       </c>
       <c r="D248" s="2" t="s">
         <v>494</v>
       </c>
       <c r="E248" s="2" t="s">
         <v>495</v>
       </c>
       <c r="F248" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="249" spans="1:6">
       <c r="A249" s="2">
         <v>248</v>
       </c>
       <c r="B249" s="2">
         <v>148</v>
       </c>
       <c r="C249" s="2">
         <v>117914</v>
       </c>
       <c r="D249" s="2" t="s">
         <v>496</v>
       </c>
       <c r="E249" s="2" t="s">
         <v>497</v>
       </c>
       <c r="F249" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="250" spans="1:6">
       <c r="A250" s="2">
         <v>249</v>
       </c>
       <c r="B250" s="2">
         <v>147</v>
       </c>
       <c r="C250" s="2">
         <v>107005</v>
       </c>
       <c r="D250" s="2" t="s">
         <v>498</v>
       </c>
       <c r="E250" s="2" t="s">
         <v>499</v>
       </c>
       <c r="F250" s="2" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="251" spans="1:6">
       <c r="A251" s="2">
         <v>250</v>
       </c>
       <c r="B251" s="2">
         <v>146</v>
       </c>
       <c r="C251" s="2">
         <v>117916</v>
       </c>
       <c r="D251" s="2" t="s">
         <v>500</v>
       </c>
       <c r="E251" s="2" t="s">
         <v>501</v>
       </c>
       <c r="F251" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="252" spans="1:6">
       <c r="A252" s="2">
         <v>251</v>
       </c>
       <c r="B252" s="2">
         <v>145</v>
       </c>
       <c r="C252" s="2">
         <v>117917</v>
       </c>
       <c r="D252" s="2" t="s">
         <v>502</v>
       </c>
       <c r="E252" s="2" t="s">
         <v>503</v>
       </c>
       <c r="F252" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="253" spans="1:6">
       <c r="A253" s="2">
         <v>252</v>
       </c>
       <c r="B253" s="2">
         <v>144</v>
       </c>
       <c r="C253" s="2">
         <v>102711</v>
       </c>
       <c r="D253" s="2" t="s">
         <v>504</v>
       </c>
       <c r="E253" s="2" t="s">
         <v>505</v>
       </c>
       <c r="F253" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="254" spans="1:6">
       <c r="A254" s="2">
         <v>253</v>
       </c>
       <c r="B254" s="2">
         <v>143</v>
       </c>
       <c r="C254" s="2">
         <v>117920</v>
       </c>
       <c r="D254" s="2" t="s">
         <v>506</v>
       </c>
       <c r="E254" s="2" t="s">
         <v>507</v>
       </c>
       <c r="F254" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="255" spans="1:6">
       <c r="A255" s="2">
         <v>254</v>
       </c>
       <c r="B255" s="2">
         <v>142</v>
       </c>
       <c r="C255" s="2">
         <v>117922</v>
       </c>
       <c r="D255" s="2" t="s">
         <v>508</v>
       </c>
       <c r="E255" s="2" t="s">
         <v>509</v>
       </c>
       <c r="F255" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="256" spans="1:6">
       <c r="A256" s="2">
         <v>255</v>
       </c>
       <c r="B256" s="2">
         <v>141</v>
       </c>
       <c r="C256" s="2">
         <v>117923</v>
       </c>
       <c r="D256" s="2" t="s">
         <v>510</v>
       </c>
       <c r="E256" s="2" t="s">
         <v>511</v>
       </c>
       <c r="F256" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="257" spans="1:6">
       <c r="A257" s="2">
         <v>256</v>
       </c>
       <c r="B257" s="2">
         <v>140</v>
       </c>
       <c r="C257" s="2">
         <v>117924</v>
       </c>
       <c r="D257" s="2" t="s">
         <v>512</v>
       </c>
       <c r="E257" s="2" t="s">
         <v>513</v>
       </c>
       <c r="F257" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="258" spans="1:6">
       <c r="A258" s="2">
         <v>257</v>
       </c>
       <c r="B258" s="2">
         <v>139</v>
       </c>
       <c r="C258" s="2">
         <v>117925</v>
       </c>
       <c r="D258" s="2" t="s">
         <v>514</v>
       </c>
       <c r="E258" s="2" t="s">
         <v>515</v>
       </c>
       <c r="F258" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="259" spans="1:6">
       <c r="A259" s="2">
         <v>258</v>
       </c>
       <c r="B259" s="2">
         <v>138</v>
       </c>
       <c r="C259" s="2">
         <v>113126</v>
       </c>
       <c r="D259" s="2" t="s">
         <v>516</v>
       </c>
       <c r="E259" s="2" t="s">
         <v>517</v>
       </c>
       <c r="F259" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="260" spans="1:6">
       <c r="A260" s="2">
         <v>259</v>
       </c>
       <c r="B260" s="2">
         <v>137</v>
       </c>
       <c r="C260" s="2">
         <v>117929</v>
       </c>
       <c r="D260" s="2" t="s">
         <v>518</v>
       </c>
       <c r="E260" s="2" t="s">
         <v>519</v>
       </c>
       <c r="F260" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="261" spans="1:6">
       <c r="A261" s="2">
         <v>260</v>
       </c>
       <c r="B261" s="2">
         <v>136</v>
       </c>
       <c r="C261" s="2">
         <v>117930</v>
       </c>
       <c r="D261" s="2" t="s">
         <v>520</v>
       </c>
       <c r="E261" s="2" t="s">
         <v>521</v>
       </c>
       <c r="F261" s="2" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="262" spans="1:6">
       <c r="A262" s="2">
         <v>261</v>
       </c>
       <c r="B262" s="2">
         <v>135</v>
       </c>
       <c r="C262" s="2">
         <v>117931</v>
       </c>
       <c r="D262" s="2" t="s">
         <v>522</v>
       </c>
       <c r="E262" s="2" t="s">
         <v>523</v>
       </c>
       <c r="F262" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="263" spans="1:6">
       <c r="A263" s="2">
         <v>262</v>
       </c>
       <c r="B263" s="2">
         <v>134</v>
       </c>
       <c r="C263" s="2">
         <v>117932</v>
       </c>
       <c r="D263" s="2" t="s">
         <v>524</v>
       </c>
       <c r="E263" s="2" t="s">
         <v>525</v>
       </c>
       <c r="F263" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="264" spans="1:6">
       <c r="A264" s="2">
         <v>263</v>
       </c>
       <c r="B264" s="2">
         <v>133</v>
       </c>
       <c r="C264" s="2">
         <v>113148</v>
       </c>
       <c r="D264" s="2" t="s">
         <v>526</v>
       </c>
       <c r="E264" s="2" t="s">
         <v>527</v>
       </c>
       <c r="F264" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="265" spans="1:6">
       <c r="A265" s="2">
         <v>264</v>
       </c>
       <c r="B265" s="2">
         <v>132</v>
       </c>
       <c r="C265" s="2">
         <v>107038</v>
       </c>
       <c r="D265" s="2" t="s">
         <v>528</v>
       </c>
       <c r="E265" s="2" t="s">
         <v>529</v>
       </c>
       <c r="F265" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="266" spans="1:6">
       <c r="A266" s="2">
         <v>265</v>
       </c>
       <c r="B266" s="2">
         <v>131</v>
       </c>
       <c r="C266" s="2">
         <v>102432</v>
       </c>
       <c r="D266" s="2" t="s">
         <v>313</v>
       </c>
       <c r="E266" s="2" t="s">
         <v>530</v>
       </c>
       <c r="F266" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="267" spans="1:6">
       <c r="A267" s="2">
         <v>266</v>
       </c>
       <c r="B267" s="2">
         <v>130</v>
       </c>
       <c r="C267" s="2">
         <v>117936</v>
       </c>
       <c r="D267" s="2" t="s">
         <v>531</v>
       </c>
       <c r="E267" s="2" t="s">
         <v>532</v>
       </c>
       <c r="F267" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="268" spans="1:6">
       <c r="A268" s="2">
         <v>267</v>
       </c>
       <c r="B268" s="2">
         <v>129</v>
       </c>
       <c r="C268" s="2">
         <v>102737</v>
       </c>
       <c r="D268" s="2" t="s">
         <v>533</v>
       </c>
       <c r="E268" s="2" t="s">
         <v>534</v>
       </c>
       <c r="F268" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="269" spans="1:6">
       <c r="A269" s="2">
         <v>268</v>
       </c>
       <c r="B269" s="2">
         <v>128</v>
       </c>
       <c r="C269" s="2">
         <v>117939</v>
       </c>
       <c r="D269" s="2" t="s">
         <v>535</v>
       </c>
       <c r="E269" s="2" t="s">
         <v>536</v>
       </c>
       <c r="F269" s="2" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="270" spans="1:6">
       <c r="A270" s="2">
         <v>269</v>
       </c>
       <c r="B270" s="2">
         <v>127</v>
       </c>
       <c r="C270" s="2">
         <v>117940</v>
       </c>
       <c r="D270" s="2" t="s">
         <v>537</v>
       </c>
       <c r="E270" s="2" t="s">
         <v>538</v>
       </c>
       <c r="F270" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="271" spans="1:6">
       <c r="A271" s="2">
         <v>270</v>
       </c>
       <c r="B271" s="2">
         <v>126</v>
       </c>
       <c r="C271" s="2">
         <v>117942</v>
       </c>
       <c r="D271" s="2" t="s">
         <v>539</v>
       </c>
       <c r="E271" s="2" t="s">
         <v>540</v>
       </c>
       <c r="F271" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="272" spans="1:6">
       <c r="A272" s="2">
         <v>271</v>
       </c>
       <c r="B272" s="2">
         <v>125</v>
       </c>
       <c r="C272" s="2">
         <v>117943</v>
       </c>
       <c r="D272" s="2" t="s">
         <v>541</v>
       </c>
       <c r="E272" s="2" t="s">
         <v>542</v>
       </c>
       <c r="F272" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="273" spans="1:6">
       <c r="A273" s="2">
         <v>272</v>
       </c>
       <c r="B273" s="2">
         <v>124</v>
       </c>
       <c r="C273" s="2">
         <v>117944</v>
       </c>
       <c r="D273" s="2" t="s">
         <v>543</v>
       </c>
       <c r="E273" s="2" t="s">
         <v>544</v>
       </c>
       <c r="F273" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="274" spans="1:6">
       <c r="A274" s="2">
         <v>273</v>
       </c>
       <c r="B274" s="2">
         <v>123</v>
       </c>
       <c r="C274" s="2">
         <v>107032</v>
       </c>
       <c r="D274" s="2" t="s">
         <v>545</v>
       </c>
       <c r="E274" s="2" t="s">
         <v>546</v>
       </c>
       <c r="F274" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="275" spans="1:6">
       <c r="A275" s="2">
         <v>274</v>
       </c>
       <c r="B275" s="2">
         <v>122</v>
       </c>
       <c r="C275" s="2">
         <v>117946</v>
       </c>
       <c r="D275" s="2" t="s">
         <v>547</v>
       </c>
       <c r="E275" s="2" t="s">
         <v>548</v>
       </c>
       <c r="F275" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="276" spans="1:6">
       <c r="A276" s="2">
         <v>275</v>
       </c>
       <c r="B276" s="2">
         <v>121</v>
       </c>
       <c r="C276" s="2">
         <v>117947</v>
       </c>
       <c r="D276" s="2" t="s">
         <v>549</v>
       </c>
       <c r="E276" s="2" t="s">
         <v>550</v>
       </c>
       <c r="F276" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="277" spans="1:6">
       <c r="A277" s="2">
         <v>276</v>
       </c>
       <c r="B277" s="2">
         <v>120</v>
       </c>
       <c r="C277" s="2">
-        <v>118037</v>
+        <v>118161</v>
       </c>
       <c r="D277" s="2" t="s">
         <v>551</v>
       </c>
       <c r="E277" s="2" t="s">
-        <v>552</v>
+        <v>265</v>
       </c>
       <c r="F277" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="278" spans="1:6">
       <c r="A278" s="2">
         <v>276</v>
       </c>
       <c r="B278" s="2">
         <v>120</v>
       </c>
       <c r="C278" s="2">
-        <v>118170</v>
+        <v>118323</v>
       </c>
       <c r="D278" s="2" t="s">
+        <v>552</v>
+      </c>
+      <c r="E278" s="2" t="s">
         <v>553</v>
       </c>
-      <c r="E278" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F278" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="279" spans="1:6">
       <c r="A279" s="2">
         <v>276</v>
       </c>
       <c r="B279" s="2">
         <v>120</v>
       </c>
       <c r="C279" s="2">
-        <v>117972</v>
+        <v>117970</v>
       </c>
       <c r="D279" s="2" t="s">
         <v>554</v>
       </c>
       <c r="E279" s="2" t="s">
         <v>555</v>
       </c>
       <c r="F279" s="2" t="s">
-        <v>14</v>
+        <v>188</v>
       </c>
     </row>
     <row r="280" spans="1:6">
       <c r="A280" s="2">
         <v>276</v>
       </c>
       <c r="B280" s="2">
         <v>120</v>
       </c>
       <c r="C280" s="2">
-        <v>113136</v>
+        <v>117972</v>
       </c>
       <c r="D280" s="2" t="s">
         <v>556</v>
       </c>
       <c r="E280" s="2" t="s">
         <v>557</v>
       </c>
       <c r="F280" s="2" t="s">
-        <v>198</v>
+        <v>14</v>
       </c>
     </row>
     <row r="281" spans="1:6">
       <c r="A281" s="2">
         <v>276</v>
       </c>
       <c r="B281" s="2">
         <v>120</v>
       </c>
       <c r="C281" s="2">
-        <v>117954</v>
+        <v>118075</v>
       </c>
       <c r="D281" s="2" t="s">
         <v>558</v>
       </c>
       <c r="E281" s="2" t="s">
         <v>559</v>
       </c>
       <c r="F281" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="282" spans="1:6">
       <c r="A282" s="2">
         <v>276</v>
       </c>
       <c r="B282" s="2">
         <v>120</v>
       </c>
       <c r="C282" s="2">
-        <v>118084</v>
+        <v>118244</v>
       </c>
       <c r="D282" s="2" t="s">
         <v>560</v>
       </c>
       <c r="E282" s="2" t="s">
         <v>561</v>
       </c>
       <c r="F282" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="283" spans="1:6">
       <c r="A283" s="2">
         <v>276</v>
       </c>
       <c r="B283" s="2">
         <v>120</v>
       </c>
       <c r="C283" s="2">
-        <v>118253</v>
+        <v>118048</v>
       </c>
       <c r="D283" s="2" t="s">
         <v>562</v>
       </c>
       <c r="E283" s="2" t="s">
-        <v>467</v>
+        <v>563</v>
       </c>
       <c r="F283" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="284" spans="1:6">
       <c r="A284" s="2">
         <v>276</v>
       </c>
       <c r="B284" s="2">
         <v>120</v>
       </c>
       <c r="C284" s="2">
-        <v>118165</v>
+        <v>118157</v>
       </c>
       <c r="D284" s="2" t="s">
-        <v>563</v>
+        <v>564</v>
       </c>
       <c r="E284" s="2" t="s">
-        <v>564</v>
+        <v>565</v>
       </c>
       <c r="F284" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="285" spans="1:6">
       <c r="A285" s="2">
         <v>276</v>
       </c>
       <c r="B285" s="2">
         <v>120</v>
       </c>
       <c r="C285" s="2">
-        <v>118326</v>
+        <v>107077</v>
       </c>
       <c r="D285" s="2" t="s">
-        <v>565</v>
+        <v>566</v>
       </c>
       <c r="E285" s="2" t="s">
-        <v>566</v>
+        <v>567</v>
       </c>
       <c r="F285" s="2" t="s">
-        <v>198</v>
+        <v>322</v>
       </c>
     </row>
     <row r="286" spans="1:6">
       <c r="A286" s="2">
         <v>276</v>
       </c>
       <c r="B286" s="2">
         <v>120</v>
       </c>
       <c r="C286" s="2">
-        <v>117950</v>
+        <v>118320</v>
       </c>
       <c r="D286" s="2" t="s">
-        <v>567</v>
+        <v>568</v>
       </c>
       <c r="E286" s="2" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
       <c r="F286" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="287" spans="1:6">
       <c r="A287" s="2">
         <v>276</v>
       </c>
       <c r="B287" s="2">
         <v>120</v>
       </c>
       <c r="C287" s="2">
-        <v>107192</v>
+        <v>117965</v>
       </c>
       <c r="D287" s="2" t="s">
-        <v>569</v>
+        <v>570</v>
       </c>
       <c r="E287" s="2" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
       <c r="F287" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="288" spans="1:6">
       <c r="A288" s="2">
         <v>276</v>
       </c>
       <c r="B288" s="2">
         <v>120</v>
       </c>
       <c r="C288" s="2">
-        <v>118248</v>
+        <v>118241</v>
       </c>
       <c r="D288" s="2" t="s">
-        <v>571</v>
+        <v>572</v>
       </c>
       <c r="E288" s="2" t="s">
-        <v>572</v>
+        <v>435</v>
       </c>
       <c r="F288" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="289" spans="1:6">
       <c r="A289" s="2">
         <v>276</v>
       </c>
       <c r="B289" s="2">
         <v>120</v>
       </c>
       <c r="C289" s="2">
-        <v>118034</v>
+        <v>118045</v>
       </c>
       <c r="D289" s="2" t="s">
         <v>573</v>
       </c>
       <c r="E289" s="2" t="s">
         <v>574</v>
       </c>
       <c r="F289" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="290" spans="1:6">
       <c r="A290" s="2">
         <v>276</v>
       </c>
       <c r="B290" s="2">
         <v>120</v>
       </c>
       <c r="C290" s="2">
-        <v>118161</v>
+        <v>118317</v>
       </c>
       <c r="D290" s="2" t="s">
         <v>575</v>
       </c>
       <c r="E290" s="2" t="s">
-        <v>269</v>
+        <v>576</v>
       </c>
       <c r="F290" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="291" spans="1:6">
       <c r="A291" s="2">
         <v>276</v>
       </c>
       <c r="B291" s="2">
         <v>120</v>
       </c>
       <c r="C291" s="2">
-        <v>118323</v>
+        <v>106985</v>
       </c>
       <c r="D291" s="2" t="s">
-        <v>576</v>
+        <v>146</v>
       </c>
       <c r="E291" s="2" t="s">
-        <v>577</v>
+        <v>184</v>
       </c>
       <c r="F291" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="292" spans="1:6">
       <c r="A292" s="2">
         <v>276</v>
       </c>
       <c r="B292" s="2">
         <v>120</v>
       </c>
       <c r="C292" s="2">
-        <v>118075</v>
+        <v>118238</v>
       </c>
       <c r="D292" s="2" t="s">
-        <v>578</v>
+        <v>577</v>
       </c>
       <c r="E292" s="2" t="s">
-        <v>579</v>
+        <v>525</v>
       </c>
       <c r="F292" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="293" spans="1:6">
       <c r="A293" s="2">
         <v>276</v>
       </c>
       <c r="B293" s="2">
         <v>120</v>
       </c>
       <c r="C293" s="2">
-        <v>118244</v>
+        <v>118042</v>
       </c>
       <c r="D293" s="2" t="s">
-        <v>580</v>
+        <v>578</v>
       </c>
       <c r="E293" s="2" t="s">
-        <v>581</v>
+        <v>579</v>
       </c>
       <c r="F293" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="294" spans="1:6">
       <c r="A294" s="2">
         <v>276</v>
       </c>
       <c r="B294" s="2">
         <v>120</v>
       </c>
       <c r="C294" s="2">
-        <v>118029</v>
+        <v>118152</v>
       </c>
       <c r="D294" s="2" t="s">
-        <v>582</v>
+        <v>580</v>
       </c>
       <c r="E294" s="2" t="s">
-        <v>583</v>
+        <v>581</v>
       </c>
       <c r="F294" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="295" spans="1:6">
       <c r="A295" s="2">
         <v>276</v>
       </c>
       <c r="B295" s="2">
         <v>120</v>
       </c>
       <c r="C295" s="2">
-        <v>118157</v>
+        <v>118313</v>
       </c>
       <c r="D295" s="2" t="s">
-        <v>584</v>
+        <v>582</v>
       </c>
       <c r="E295" s="2" t="s">
-        <v>585</v>
+        <v>583</v>
       </c>
       <c r="F295" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="296" spans="1:6">
       <c r="A296" s="2">
         <v>276</v>
       </c>
       <c r="B296" s="2">
         <v>120</v>
       </c>
       <c r="C296" s="2">
-        <v>118320</v>
+        <v>102698</v>
       </c>
       <c r="D296" s="2" t="s">
-        <v>586</v>
+        <v>584</v>
       </c>
       <c r="E296" s="2" t="s">
-        <v>587</v>
+        <v>585</v>
       </c>
       <c r="F296" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="297" spans="1:6">
       <c r="A297" s="2">
         <v>276</v>
       </c>
       <c r="B297" s="2">
         <v>120</v>
       </c>
       <c r="C297" s="2">
-        <v>118241</v>
+        <v>118235</v>
       </c>
       <c r="D297" s="2" t="s">
-        <v>588</v>
+        <v>586</v>
       </c>
       <c r="E297" s="2" t="s">
-        <v>435</v>
+        <v>587</v>
       </c>
       <c r="F297" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="298" spans="1:6">
       <c r="A298" s="2">
         <v>276</v>
       </c>
       <c r="B298" s="2">
         <v>120</v>
       </c>
       <c r="C298" s="2">
-        <v>118025</v>
+        <v>107179</v>
       </c>
       <c r="D298" s="2" t="s">
-        <v>589</v>
-[...1 lines deleted...]
-      <c r="E298" s="2"/>
+        <v>588</v>
+      </c>
+      <c r="E298" s="2" t="s">
+        <v>588</v>
+      </c>
       <c r="F298" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="299" spans="1:6">
       <c r="A299" s="2">
         <v>276</v>
       </c>
       <c r="B299" s="2">
         <v>120</v>
       </c>
       <c r="C299" s="2">
-        <v>118152</v>
+        <v>102852</v>
       </c>
       <c r="D299" s="2" t="s">
-        <v>590</v>
+        <v>589</v>
       </c>
       <c r="E299" s="2" t="s">
-        <v>591</v>
+        <v>546</v>
       </c>
       <c r="F299" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="300" spans="1:6">
       <c r="A300" s="2">
         <v>276</v>
       </c>
       <c r="B300" s="2">
         <v>120</v>
       </c>
       <c r="C300" s="2">
-        <v>118317</v>
+        <v>118310</v>
       </c>
       <c r="D300" s="2" t="s">
-        <v>592</v>
+        <v>590</v>
       </c>
       <c r="E300" s="2" t="s">
-        <v>593</v>
+        <v>591</v>
       </c>
       <c r="F300" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="301" spans="1:6">
       <c r="A301" s="2">
         <v>276</v>
       </c>
       <c r="B301" s="2">
         <v>120</v>
       </c>
       <c r="C301" s="2">
-        <v>118126</v>
+        <v>117951</v>
       </c>
       <c r="D301" s="2" t="s">
-        <v>594</v>
+        <v>592</v>
       </c>
       <c r="E301" s="2" t="s">
-        <v>595</v>
+        <v>593</v>
       </c>
       <c r="F301" s="2" t="s">
-        <v>51</v>
+        <v>188</v>
       </c>
     </row>
     <row r="302" spans="1:6">
       <c r="A302" s="2">
         <v>276</v>
       </c>
       <c r="B302" s="2">
         <v>120</v>
       </c>
       <c r="C302" s="2">
-        <v>118238</v>
+        <v>118126</v>
       </c>
       <c r="D302" s="2" t="s">
-        <v>596</v>
+        <v>594</v>
       </c>
       <c r="E302" s="2" t="s">
-        <v>525</v>
+        <v>595</v>
       </c>
       <c r="F302" s="2" t="s">
-        <v>198</v>
+        <v>51</v>
       </c>
     </row>
     <row r="303" spans="1:6">
       <c r="A303" s="2">
         <v>276</v>
       </c>
       <c r="B303" s="2">
         <v>120</v>
       </c>
       <c r="C303" s="2">
-        <v>102800</v>
+        <v>118230</v>
       </c>
       <c r="D303" s="2" t="s">
-        <v>597</v>
+        <v>568</v>
       </c>
       <c r="E303" s="2" t="s">
-        <v>598</v>
+        <v>596</v>
       </c>
       <c r="F303" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="304" spans="1:6">
       <c r="A304" s="2">
         <v>276</v>
       </c>
       <c r="B304" s="2">
         <v>120</v>
       </c>
       <c r="C304" s="2">
-        <v>102852</v>
+        <v>118035</v>
       </c>
       <c r="D304" s="2" t="s">
-        <v>599</v>
+        <v>597</v>
       </c>
       <c r="E304" s="2" t="s">
-        <v>546</v>
+        <v>598</v>
       </c>
       <c r="F304" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="305" spans="1:6">
       <c r="A305" s="2">
         <v>276</v>
       </c>
       <c r="B305" s="2">
         <v>120</v>
       </c>
       <c r="C305" s="2">
-        <v>118313</v>
+        <v>118145</v>
       </c>
       <c r="D305" s="2" t="s">
+        <v>599</v>
+      </c>
+      <c r="E305" s="2" t="s">
         <v>600</v>
       </c>
-      <c r="E305" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F305" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="306" spans="1:6">
       <c r="A306" s="2">
         <v>276</v>
       </c>
       <c r="B306" s="2">
         <v>120</v>
       </c>
       <c r="C306" s="2">
-        <v>118235</v>
+        <v>118305</v>
       </c>
       <c r="D306" s="2" t="s">
-        <v>602</v>
+        <v>601</v>
       </c>
       <c r="E306" s="2" t="s">
-        <v>603</v>
+        <v>479</v>
       </c>
       <c r="F306" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="307" spans="1:6">
       <c r="A307" s="2">
         <v>276</v>
       </c>
       <c r="B307" s="2">
         <v>120</v>
       </c>
       <c r="C307" s="2">
-        <v>118018</v>
+        <v>117948</v>
       </c>
       <c r="D307" s="2" t="s">
-        <v>604</v>
-[...3 lines deleted...]
-      </c>
+        <v>602</v>
+      </c>
+      <c r="E307" s="2"/>
       <c r="F307" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="308" spans="1:6">
       <c r="A308" s="2">
         <v>276</v>
       </c>
       <c r="B308" s="2">
         <v>120</v>
       </c>
       <c r="C308" s="2">
-        <v>118145</v>
+        <v>118227</v>
       </c>
       <c r="D308" s="2" t="s">
-        <v>606</v>
+        <v>603</v>
       </c>
       <c r="E308" s="2" t="s">
-        <v>607</v>
+        <v>604</v>
       </c>
       <c r="F308" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="309" spans="1:6">
       <c r="A309" s="2">
         <v>276</v>
       </c>
       <c r="B309" s="2">
         <v>120</v>
       </c>
       <c r="C309" s="2">
-        <v>118310</v>
+        <v>107078</v>
       </c>
       <c r="D309" s="2" t="s">
-        <v>608</v>
+        <v>605</v>
       </c>
       <c r="E309" s="2" t="s">
-        <v>609</v>
+        <v>606</v>
       </c>
       <c r="F309" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="310" spans="1:6">
       <c r="A310" s="2">
         <v>276</v>
       </c>
       <c r="B310" s="2">
         <v>120</v>
       </c>
       <c r="C310" s="2">
-        <v>118230</v>
+        <v>118141</v>
       </c>
       <c r="D310" s="2" t="s">
-        <v>586</v>
+        <v>607</v>
       </c>
       <c r="E310" s="2" t="s">
-        <v>610</v>
+        <v>608</v>
       </c>
       <c r="F310" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="311" spans="1:6">
       <c r="A311" s="2">
         <v>276</v>
       </c>
       <c r="B311" s="2">
         <v>120</v>
       </c>
       <c r="C311" s="2">
-        <v>118013</v>
+        <v>118302</v>
       </c>
       <c r="D311" s="2" t="s">
-        <v>611</v>
+        <v>609</v>
       </c>
       <c r="E311" s="2" t="s">
-        <v>612</v>
+        <v>610</v>
       </c>
       <c r="F311" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="312" spans="1:6">
       <c r="A312" s="2">
         <v>276</v>
       </c>
       <c r="B312" s="2">
         <v>120</v>
       </c>
       <c r="C312" s="2">
-        <v>118141</v>
+        <v>118223</v>
       </c>
       <c r="D312" s="2" t="s">
-        <v>613</v>
+        <v>611</v>
       </c>
       <c r="E312" s="2" t="s">
-        <v>614</v>
+        <v>612</v>
       </c>
       <c r="F312" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="313" spans="1:6">
       <c r="A313" s="2">
         <v>276</v>
       </c>
       <c r="B313" s="2">
         <v>120</v>
       </c>
       <c r="C313" s="2">
-        <v>118305</v>
+        <v>102840</v>
       </c>
       <c r="D313" s="2" t="s">
-        <v>615</v>
+        <v>613</v>
       </c>
       <c r="E313" s="2" t="s">
-        <v>479</v>
+        <v>614</v>
       </c>
       <c r="F313" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="314" spans="1:6">
       <c r="A314" s="2">
         <v>276</v>
       </c>
       <c r="B314" s="2">
         <v>120</v>
       </c>
       <c r="C314" s="2">
-        <v>118227</v>
+        <v>118135</v>
       </c>
       <c r="D314" s="2" t="s">
+        <v>615</v>
+      </c>
+      <c r="E314" s="2" t="s">
         <v>616</v>
       </c>
-      <c r="E314" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F314" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="315" spans="1:6">
       <c r="A315" s="2">
         <v>276</v>
       </c>
       <c r="B315" s="2">
         <v>120</v>
       </c>
       <c r="C315" s="2">
-        <v>113159</v>
+        <v>118298</v>
       </c>
       <c r="D315" s="2" t="s">
+        <v>617</v>
+      </c>
+      <c r="E315" s="2" t="s">
         <v>618</v>
       </c>
-      <c r="E315" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F315" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="316" spans="1:6">
       <c r="A316" s="2">
         <v>276</v>
       </c>
       <c r="B316" s="2">
         <v>120</v>
       </c>
       <c r="C316" s="2">
-        <v>118135</v>
+        <v>118216</v>
       </c>
       <c r="D316" s="2" t="s">
+        <v>619</v>
+      </c>
+      <c r="E316" s="2" t="s">
         <v>620</v>
       </c>
-      <c r="E316" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F316" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="317" spans="1:6">
       <c r="A317" s="2">
         <v>276</v>
       </c>
       <c r="B317" s="2">
         <v>120</v>
       </c>
       <c r="C317" s="2">
-        <v>118302</v>
+        <v>118023</v>
       </c>
       <c r="D317" s="2" t="s">
+        <v>621</v>
+      </c>
+      <c r="E317" s="2" t="s">
         <v>622</v>
       </c>
-      <c r="E317" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F317" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="318" spans="1:6">
       <c r="A318" s="2">
         <v>276</v>
       </c>
       <c r="B318" s="2">
         <v>120</v>
       </c>
       <c r="C318" s="2">
-        <v>118223</v>
+        <v>118132</v>
       </c>
       <c r="D318" s="2" t="s">
+        <v>623</v>
+      </c>
+      <c r="E318" s="2" t="s">
         <v>624</v>
       </c>
-      <c r="E318" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F318" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="319" spans="1:6">
       <c r="A319" s="2">
         <v>276</v>
       </c>
       <c r="B319" s="2">
         <v>120</v>
       </c>
       <c r="C319" s="2">
-        <v>113123</v>
+        <v>118211</v>
       </c>
       <c r="D319" s="2" t="s">
+        <v>625</v>
+      </c>
+      <c r="E319" s="2" t="s">
         <v>626</v>
       </c>
-      <c r="E319" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F319" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="320" spans="1:6">
       <c r="A320" s="2">
         <v>276</v>
       </c>
       <c r="B320" s="2">
         <v>120</v>
       </c>
       <c r="C320" s="2">
-        <v>118132</v>
+        <v>118019</v>
       </c>
       <c r="D320" s="2" t="s">
+        <v>627</v>
+      </c>
+      <c r="E320" s="2" t="s">
         <v>628</v>
       </c>
-      <c r="E320" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F320" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="321" spans="1:6">
       <c r="A321" s="2">
         <v>276</v>
       </c>
       <c r="B321" s="2">
         <v>120</v>
       </c>
       <c r="C321" s="2">
-        <v>118298</v>
+        <v>107110</v>
       </c>
       <c r="D321" s="2" t="s">
-        <v>630</v>
+        <v>629</v>
       </c>
       <c r="E321" s="2" t="s">
-        <v>631</v>
+        <v>629</v>
       </c>
       <c r="F321" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="322" spans="1:6">
       <c r="A322" s="2">
         <v>276</v>
       </c>
       <c r="B322" s="2">
         <v>120</v>
       </c>
       <c r="C322" s="2">
-        <v>118216</v>
+        <v>118294</v>
       </c>
       <c r="D322" s="2" t="s">
-        <v>632</v>
+        <v>630</v>
       </c>
       <c r="E322" s="2" t="s">
-        <v>633</v>
+        <v>631</v>
       </c>
       <c r="F322" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="323" spans="1:6">
       <c r="A323" s="2">
         <v>276</v>
       </c>
       <c r="B323" s="2">
         <v>120</v>
       </c>
       <c r="C323" s="2">
-        <v>118004</v>
+        <v>118208</v>
       </c>
       <c r="D323" s="2" t="s">
-        <v>634</v>
+        <v>632</v>
       </c>
       <c r="E323" s="2" t="s">
-        <v>635</v>
+        <v>633</v>
       </c>
       <c r="F323" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="324" spans="1:6">
       <c r="A324" s="2">
         <v>276</v>
       </c>
       <c r="B324" s="2">
         <v>120</v>
       </c>
       <c r="C324" s="2">
-        <v>107180</v>
+        <v>118016</v>
       </c>
       <c r="D324" s="2" t="s">
-        <v>636</v>
+        <v>634</v>
       </c>
       <c r="E324" s="2" t="s">
-        <v>637</v>
-[...1 lines deleted...]
-      <c r="F324" s="2"/>
+        <v>635</v>
+      </c>
+      <c r="F324" s="2" t="s">
+        <v>188</v>
+      </c>
     </row>
     <row r="325" spans="1:6">
       <c r="A325" s="2">
         <v>276</v>
       </c>
       <c r="B325" s="2">
         <v>120</v>
       </c>
       <c r="C325" s="2">
-        <v>118294</v>
+        <v>118124</v>
       </c>
       <c r="D325" s="2" t="s">
-        <v>638</v>
+        <v>636</v>
       </c>
       <c r="E325" s="2" t="s">
-        <v>639</v>
+        <v>637</v>
       </c>
       <c r="F325" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="326" spans="1:6">
       <c r="A326" s="2">
         <v>276</v>
       </c>
       <c r="B326" s="2">
         <v>120</v>
       </c>
       <c r="C326" s="2">
-        <v>118211</v>
+        <v>107180</v>
       </c>
       <c r="D326" s="2" t="s">
-        <v>640</v>
+        <v>638</v>
       </c>
       <c r="E326" s="2" t="s">
-        <v>641</v>
-[...3 lines deleted...]
-      </c>
+        <v>639</v>
+      </c>
+      <c r="F326" s="2"/>
     </row>
     <row r="327" spans="1:6">
       <c r="A327" s="2">
         <v>276</v>
       </c>
       <c r="B327" s="2">
         <v>120</v>
       </c>
       <c r="C327" s="2">
-        <v>118001</v>
+        <v>118290</v>
       </c>
       <c r="D327" s="2" t="s">
-        <v>642</v>
+        <v>640</v>
       </c>
       <c r="E327" s="2" t="s">
-        <v>643</v>
+        <v>641</v>
       </c>
       <c r="F327" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="328" spans="1:6">
       <c r="A328" s="2">
         <v>276</v>
       </c>
       <c r="B328" s="2">
         <v>120</v>
       </c>
       <c r="C328" s="2">
-        <v>107110</v>
+        <v>118205</v>
       </c>
       <c r="D328" s="2" t="s">
-        <v>644</v>
+        <v>642</v>
       </c>
       <c r="E328" s="2" t="s">
-        <v>644</v>
+        <v>643</v>
       </c>
       <c r="F328" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="329" spans="1:6">
       <c r="A329" s="2">
         <v>276</v>
       </c>
       <c r="B329" s="2">
         <v>120</v>
       </c>
       <c r="C329" s="2">
-        <v>118290</v>
+        <v>118011</v>
       </c>
       <c r="D329" s="2" t="s">
+        <v>644</v>
+      </c>
+      <c r="E329" s="2" t="s">
         <v>645</v>
       </c>
-      <c r="E329" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F329" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="330" spans="1:6">
       <c r="A330" s="2">
         <v>276</v>
       </c>
       <c r="B330" s="2">
         <v>120</v>
       </c>
       <c r="C330" s="2">
-        <v>118208</v>
+        <v>118121</v>
       </c>
       <c r="D330" s="2" t="s">
+        <v>646</v>
+      </c>
+      <c r="E330" s="2" t="s">
         <v>647</v>
       </c>
-      <c r="E330" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F330" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="331" spans="1:6">
       <c r="A331" s="2">
         <v>276</v>
       </c>
       <c r="B331" s="2">
         <v>120</v>
       </c>
       <c r="C331" s="2">
-        <v>118015</v>
+        <v>118286</v>
       </c>
       <c r="D331" s="2" t="s">
+        <v>648</v>
+      </c>
+      <c r="E331" s="2" t="s">
         <v>649</v>
       </c>
-      <c r="E331" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F331" s="2" t="s">
-        <v>651</v>
+        <v>188</v>
       </c>
     </row>
     <row r="332" spans="1:6">
       <c r="A332" s="2">
         <v>276</v>
       </c>
       <c r="B332" s="2">
         <v>120</v>
       </c>
       <c r="C332" s="2">
-        <v>117997</v>
+        <v>118202</v>
       </c>
       <c r="D332" s="2" t="s">
-        <v>652</v>
+        <v>650</v>
       </c>
       <c r="E332" s="2" t="s">
-        <v>313</v>
+        <v>651</v>
       </c>
       <c r="F332" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="333" spans="1:6">
       <c r="A333" s="2">
         <v>276</v>
       </c>
       <c r="B333" s="2">
         <v>120</v>
       </c>
       <c r="C333" s="2">
-        <v>118124</v>
+        <v>118088</v>
       </c>
       <c r="D333" s="2" t="s">
+        <v>652</v>
+      </c>
+      <c r="E333" s="2" t="s">
         <v>653</v>
       </c>
-      <c r="E333" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F333" s="2" t="s">
-        <v>198</v>
+        <v>32</v>
       </c>
     </row>
     <row r="334" spans="1:6">
       <c r="A334" s="2">
         <v>276</v>
       </c>
       <c r="B334" s="2">
         <v>120</v>
       </c>
       <c r="C334" s="2">
-        <v>118286</v>
+        <v>118008</v>
       </c>
       <c r="D334" s="2" t="s">
+        <v>654</v>
+      </c>
+      <c r="E334" s="2" t="s">
         <v>655</v>
       </c>
-      <c r="E334" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F334" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="335" spans="1:6">
       <c r="A335" s="2">
         <v>276</v>
       </c>
       <c r="B335" s="2">
         <v>120</v>
       </c>
       <c r="C335" s="2">
-        <v>118072</v>
+        <v>118015</v>
       </c>
       <c r="D335" s="2" t="s">
+        <v>656</v>
+      </c>
+      <c r="E335" s="2" t="s">
         <v>657</v>
       </c>
-      <c r="E335" s="2" t="s">
+      <c r="F335" s="2" t="s">
         <v>658</v>
-      </c>
-[...1 lines deleted...]
-        <v>198</v>
       </c>
     </row>
     <row r="336" spans="1:6">
       <c r="A336" s="2">
         <v>276</v>
       </c>
       <c r="B336" s="2">
         <v>120</v>
       </c>
       <c r="C336" s="2">
-        <v>118205</v>
+        <v>118118</v>
       </c>
       <c r="D336" s="2" t="s">
         <v>659</v>
       </c>
       <c r="E336" s="2" t="s">
         <v>660</v>
       </c>
       <c r="F336" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="337" spans="1:6">
       <c r="A337" s="2">
         <v>276</v>
       </c>
       <c r="B337" s="2">
         <v>120</v>
       </c>
       <c r="C337" s="2">
-        <v>117993</v>
+        <v>118283</v>
       </c>
       <c r="D337" s="2" t="s">
         <v>661</v>
       </c>
       <c r="E337" s="2" t="s">
         <v>662</v>
       </c>
       <c r="F337" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="338" spans="1:6">
       <c r="A338" s="2">
         <v>276</v>
       </c>
       <c r="B338" s="2">
         <v>120</v>
       </c>
       <c r="C338" s="2">
-        <v>118121</v>
+        <v>102826</v>
       </c>
       <c r="D338" s="2" t="s">
         <v>663</v>
       </c>
       <c r="E338" s="2" t="s">
         <v>664</v>
       </c>
       <c r="F338" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="339" spans="1:6">
       <c r="A339" s="2">
         <v>276</v>
       </c>
       <c r="B339" s="2">
         <v>120</v>
       </c>
       <c r="C339" s="2">
-        <v>118283</v>
+        <v>118005</v>
       </c>
       <c r="D339" s="2" t="s">
         <v>665</v>
       </c>
       <c r="E339" s="2" t="s">
         <v>666</v>
       </c>
       <c r="F339" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="340" spans="1:6">
       <c r="A340" s="2">
         <v>276</v>
       </c>
       <c r="B340" s="2">
         <v>120</v>
       </c>
       <c r="C340" s="2">
-        <v>118069</v>
+        <v>118114</v>
       </c>
       <c r="D340" s="2" t="s">
         <v>667</v>
       </c>
       <c r="E340" s="2" t="s">
         <v>668</v>
       </c>
       <c r="F340" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="341" spans="1:6">
       <c r="A341" s="2">
         <v>276</v>
       </c>
       <c r="B341" s="2">
         <v>120</v>
       </c>
       <c r="C341" s="2">
-        <v>118202</v>
+        <v>102941</v>
       </c>
       <c r="D341" s="2" t="s">
         <v>669</v>
       </c>
       <c r="E341" s="2" t="s">
         <v>670</v>
       </c>
       <c r="F341" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="342" spans="1:6">
       <c r="A342" s="2">
         <v>276</v>
       </c>
       <c r="B342" s="2">
         <v>120</v>
       </c>
       <c r="C342" s="2">
-        <v>118139</v>
+        <v>118192</v>
       </c>
       <c r="D342" s="2" t="s">
         <v>671</v>
       </c>
       <c r="E342" s="2" t="s">
-        <v>672</v>
+        <v>435</v>
       </c>
       <c r="F342" s="2" t="s">
-        <v>95</v>
+        <v>188</v>
       </c>
     </row>
     <row r="343" spans="1:6">
       <c r="A343" s="2">
         <v>276</v>
       </c>
       <c r="B343" s="2">
         <v>120</v>
       </c>
       <c r="C343" s="2">
-        <v>117990</v>
+        <v>118002</v>
       </c>
       <c r="D343" s="2" t="s">
-        <v>562</v>
+        <v>672</v>
       </c>
       <c r="E343" s="2" t="s">
         <v>673</v>
       </c>
       <c r="F343" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="344" spans="1:6">
       <c r="A344" s="2">
         <v>276</v>
       </c>
       <c r="B344" s="2">
         <v>120</v>
       </c>
       <c r="C344" s="2">
-        <v>118118</v>
+        <v>118139</v>
       </c>
       <c r="D344" s="2" t="s">
         <v>674</v>
       </c>
       <c r="E344" s="2" t="s">
-        <v>658</v>
+        <v>675</v>
       </c>
       <c r="F344" s="2" t="s">
-        <v>198</v>
+        <v>95</v>
       </c>
     </row>
     <row r="345" spans="1:6">
       <c r="A345" s="2">
         <v>276</v>
       </c>
       <c r="B345" s="2">
         <v>120</v>
       </c>
       <c r="C345" s="2">
-        <v>102941</v>
+        <v>118111</v>
       </c>
       <c r="D345" s="2" t="s">
-        <v>675</v>
+        <v>676</v>
       </c>
       <c r="E345" s="2" t="s">
-        <v>676</v>
+        <v>677</v>
       </c>
       <c r="F345" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="346" spans="1:6">
       <c r="A346" s="2">
         <v>276</v>
       </c>
       <c r="B346" s="2">
         <v>120</v>
       </c>
       <c r="C346" s="2">
-        <v>118064</v>
+        <v>118276</v>
       </c>
       <c r="D346" s="2" t="s">
-        <v>677</v>
+        <v>678</v>
       </c>
       <c r="E346" s="2" t="s">
-        <v>678</v>
+        <v>679</v>
       </c>
       <c r="F346" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="347" spans="1:6">
       <c r="A347" s="2">
         <v>276</v>
       </c>
       <c r="B347" s="2">
         <v>120</v>
       </c>
       <c r="C347" s="2">
-        <v>102826</v>
+        <v>118189</v>
       </c>
       <c r="D347" s="2" t="s">
-        <v>679</v>
+        <v>680</v>
       </c>
       <c r="E347" s="2" t="s">
-        <v>680</v>
+        <v>681</v>
       </c>
       <c r="F347" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="348" spans="1:6">
       <c r="A348" s="2">
         <v>276</v>
       </c>
       <c r="B348" s="2">
         <v>120</v>
       </c>
       <c r="C348" s="2">
-        <v>102066</v>
+        <v>117999</v>
       </c>
       <c r="D348" s="2" t="s">
-        <v>681</v>
+        <v>682</v>
       </c>
       <c r="E348" s="2" t="s">
-        <v>682</v>
+        <v>683</v>
       </c>
       <c r="F348" s="2" t="s">
-        <v>11</v>
+        <v>188</v>
       </c>
     </row>
     <row r="349" spans="1:6">
       <c r="A349" s="2">
         <v>276</v>
       </c>
       <c r="B349" s="2">
         <v>120</v>
       </c>
       <c r="C349" s="2">
-        <v>117986</v>
+        <v>118105</v>
       </c>
       <c r="D349" s="2" t="s">
-        <v>683</v>
+        <v>684</v>
       </c>
       <c r="E349" s="2" t="s">
-        <v>546</v>
+        <v>685</v>
       </c>
       <c r="F349" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="350" spans="1:6">
       <c r="A350" s="2">
         <v>276</v>
       </c>
       <c r="B350" s="2">
         <v>120</v>
       </c>
       <c r="C350" s="2">
-        <v>118114</v>
+        <v>118272</v>
       </c>
       <c r="D350" s="2" t="s">
-        <v>684</v>
+        <v>686</v>
       </c>
       <c r="E350" s="2" t="s">
-        <v>685</v>
+        <v>687</v>
       </c>
       <c r="F350" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="351" spans="1:6">
       <c r="A351" s="2">
         <v>276</v>
       </c>
       <c r="B351" s="2">
         <v>120</v>
       </c>
       <c r="C351" s="2">
-        <v>118276</v>
+        <v>118185</v>
       </c>
       <c r="D351" s="2" t="s">
-        <v>686</v>
+        <v>568</v>
       </c>
       <c r="E351" s="2" t="s">
-        <v>687</v>
+        <v>688</v>
       </c>
       <c r="F351" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="352" spans="1:6">
       <c r="A352" s="2">
         <v>276</v>
       </c>
       <c r="B352" s="2">
         <v>120</v>
       </c>
       <c r="C352" s="2">
-        <v>118060</v>
+        <v>118102</v>
       </c>
       <c r="D352" s="2" t="s">
-        <v>688</v>
+        <v>689</v>
       </c>
       <c r="E352" s="2" t="s">
-        <v>689</v>
+        <v>690</v>
       </c>
       <c r="F352" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="353" spans="1:6">
       <c r="A353" s="2">
         <v>276</v>
       </c>
       <c r="B353" s="2">
         <v>120</v>
       </c>
       <c r="C353" s="2">
-        <v>118192</v>
+        <v>118269</v>
       </c>
       <c r="D353" s="2" t="s">
-        <v>690</v>
+        <v>691</v>
       </c>
       <c r="E353" s="2" t="s">
-        <v>435</v>
+        <v>692</v>
       </c>
       <c r="F353" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="354" spans="1:6">
       <c r="A354" s="2">
         <v>276</v>
       </c>
       <c r="B354" s="2">
         <v>120</v>
       </c>
       <c r="C354" s="2">
-        <v>101037</v>
+        <v>107899</v>
       </c>
       <c r="D354" s="2" t="s">
-        <v>691</v>
+        <v>693</v>
       </c>
       <c r="E354" s="2" t="s">
-        <v>692</v>
+        <v>694</v>
       </c>
       <c r="F354" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="355" spans="1:6">
       <c r="A355" s="2">
         <v>276</v>
       </c>
       <c r="B355" s="2">
         <v>120</v>
       </c>
       <c r="C355" s="2">
-        <v>118111</v>
+        <v>118182</v>
       </c>
       <c r="D355" s="2" t="s">
-        <v>693</v>
+        <v>695</v>
       </c>
       <c r="E355" s="2" t="s">
-        <v>694</v>
+        <v>696</v>
       </c>
       <c r="F355" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="356" spans="1:6">
       <c r="A356" s="2">
         <v>276</v>
       </c>
       <c r="B356" s="2">
         <v>120</v>
       </c>
       <c r="C356" s="2">
-        <v>118055</v>
+        <v>118346</v>
       </c>
       <c r="D356" s="2" t="s">
-        <v>695</v>
+        <v>697</v>
       </c>
       <c r="E356" s="2" t="s">
-        <v>696</v>
+        <v>698</v>
       </c>
       <c r="F356" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="357" spans="1:6">
       <c r="A357" s="2">
         <v>276</v>
       </c>
       <c r="B357" s="2">
         <v>120</v>
       </c>
       <c r="C357" s="2">
-        <v>118189</v>
+        <v>117991</v>
       </c>
       <c r="D357" s="2" t="s">
-        <v>697</v>
+        <v>699</v>
       </c>
       <c r="E357" s="2" t="s">
-        <v>698</v>
+        <v>700</v>
       </c>
       <c r="F357" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="358" spans="1:6">
       <c r="A358" s="2">
         <v>276</v>
       </c>
       <c r="B358" s="2">
         <v>120</v>
       </c>
       <c r="C358" s="2">
-        <v>106955</v>
+        <v>118098</v>
       </c>
       <c r="D358" s="2" t="s">
-        <v>699</v>
+        <v>701</v>
       </c>
       <c r="E358" s="2" t="s">
-        <v>700</v>
+        <v>702</v>
       </c>
       <c r="F358" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="359" spans="1:6">
       <c r="A359" s="2">
         <v>276</v>
       </c>
       <c r="B359" s="2">
         <v>120</v>
       </c>
       <c r="C359" s="2">
-        <v>118105</v>
+        <v>118265</v>
       </c>
       <c r="D359" s="2" t="s">
-        <v>701</v>
+        <v>703</v>
       </c>
       <c r="E359" s="2" t="s">
-        <v>702</v>
+        <v>704</v>
       </c>
       <c r="F359" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="360" spans="1:6">
       <c r="A360" s="2">
         <v>276</v>
       </c>
       <c r="B360" s="2">
         <v>120</v>
       </c>
       <c r="C360" s="2">
-        <v>118272</v>
+        <v>118066</v>
       </c>
       <c r="D360" s="2" t="s">
-        <v>703</v>
+        <v>705</v>
       </c>
       <c r="E360" s="2" t="s">
-        <v>704</v>
+        <v>706</v>
       </c>
       <c r="F360" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="361" spans="1:6">
       <c r="A361" s="2">
         <v>276</v>
       </c>
       <c r="B361" s="2">
         <v>120</v>
       </c>
       <c r="C361" s="2">
-        <v>118051</v>
+        <v>118179</v>
       </c>
       <c r="D361" s="2" t="s">
-        <v>705</v>
+        <v>707</v>
       </c>
       <c r="E361" s="2" t="s">
-        <v>706</v>
+        <v>708</v>
       </c>
       <c r="F361" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="362" spans="1:6">
       <c r="A362" s="2">
         <v>276</v>
       </c>
       <c r="B362" s="2">
         <v>120</v>
       </c>
       <c r="C362" s="2">
-        <v>118185</v>
+        <v>117995</v>
       </c>
       <c r="D362" s="2" t="s">
-        <v>586</v>
+        <v>709</v>
       </c>
       <c r="E362" s="2" t="s">
-        <v>707</v>
+        <v>710</v>
       </c>
       <c r="F362" s="2" t="s">
-        <v>198</v>
+        <v>11</v>
       </c>
     </row>
     <row r="363" spans="1:6">
       <c r="A363" s="2">
         <v>276</v>
       </c>
       <c r="B363" s="2">
         <v>120</v>
       </c>
       <c r="C363" s="2">
-        <v>113164</v>
+        <v>118342</v>
       </c>
       <c r="D363" s="2" t="s">
-        <v>708</v>
+        <v>711</v>
       </c>
       <c r="E363" s="2" t="s">
-        <v>709</v>
+        <v>712</v>
       </c>
       <c r="F363" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="364" spans="1:6">
       <c r="A364" s="2">
         <v>276</v>
       </c>
       <c r="B364" s="2">
         <v>120</v>
       </c>
       <c r="C364" s="2">
-        <v>118102</v>
+        <v>113139</v>
       </c>
       <c r="D364" s="2" t="s">
-        <v>710</v>
+        <v>713</v>
       </c>
       <c r="E364" s="2" t="s">
-        <v>711</v>
+        <v>714</v>
       </c>
       <c r="F364" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="365" spans="1:6">
       <c r="A365" s="2">
         <v>276</v>
       </c>
       <c r="B365" s="2">
         <v>120</v>
       </c>
       <c r="C365" s="2">
-        <v>118269</v>
+        <v>118094</v>
       </c>
       <c r="D365" s="2" t="s">
-        <v>712</v>
+        <v>715</v>
       </c>
       <c r="E365" s="2" t="s">
-        <v>713</v>
+        <v>716</v>
       </c>
       <c r="F365" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="366" spans="1:6">
       <c r="A366" s="2">
         <v>276</v>
       </c>
       <c r="B366" s="2">
         <v>120</v>
       </c>
       <c r="C366" s="2">
-        <v>118048</v>
+        <v>118262</v>
       </c>
       <c r="D366" s="2" t="s">
-        <v>714</v>
+        <v>717</v>
       </c>
       <c r="E366" s="2" t="s">
-        <v>715</v>
+        <v>718</v>
       </c>
       <c r="F366" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="367" spans="1:6">
       <c r="A367" s="2">
         <v>276</v>
       </c>
       <c r="B367" s="2">
         <v>120</v>
       </c>
       <c r="C367" s="2">
-        <v>118182</v>
+        <v>102782</v>
       </c>
       <c r="D367" s="2" t="s">
-        <v>716</v>
+        <v>719</v>
       </c>
       <c r="E367" s="2" t="s">
-        <v>717</v>
+        <v>608</v>
       </c>
       <c r="F367" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="368" spans="1:6">
       <c r="A368" s="2">
         <v>276</v>
       </c>
       <c r="B368" s="2">
         <v>120</v>
       </c>
       <c r="C368" s="2">
-        <v>118346</v>
+        <v>118176</v>
       </c>
       <c r="D368" s="2" t="s">
-        <v>718</v>
+        <v>720</v>
       </c>
       <c r="E368" s="2" t="s">
-        <v>719</v>
+        <v>544</v>
       </c>
       <c r="F368" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="369" spans="1:6">
       <c r="A369" s="2">
         <v>276</v>
       </c>
       <c r="B369" s="2">
         <v>120</v>
       </c>
       <c r="C369" s="2">
-        <v>117970</v>
+        <v>117952</v>
       </c>
       <c r="D369" s="2" t="s">
-        <v>720</v>
+        <v>721</v>
       </c>
       <c r="E369" s="2" t="s">
-        <v>721</v>
+        <v>722</v>
       </c>
       <c r="F369" s="2" t="s">
-        <v>198</v>
+        <v>11</v>
       </c>
     </row>
     <row r="370" spans="1:6">
       <c r="A370" s="2">
         <v>276</v>
       </c>
       <c r="B370" s="2">
         <v>120</v>
       </c>
       <c r="C370" s="2">
-        <v>118098</v>
+        <v>102789</v>
       </c>
       <c r="D370" s="2" t="s">
-        <v>722</v>
+        <v>723</v>
       </c>
       <c r="E370" s="2" t="s">
-        <v>723</v>
+        <v>724</v>
       </c>
       <c r="F370" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="371" spans="1:6">
       <c r="A371" s="2">
         <v>276</v>
       </c>
       <c r="B371" s="2">
         <v>120</v>
       </c>
       <c r="C371" s="2">
-        <v>118265</v>
+        <v>118091</v>
       </c>
       <c r="D371" s="2" t="s">
-        <v>634</v>
+        <v>725</v>
       </c>
       <c r="E371" s="2" t="s">
-        <v>724</v>
+        <v>726</v>
       </c>
       <c r="F371" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="372" spans="1:6">
       <c r="A372" s="2">
         <v>276</v>
       </c>
       <c r="B372" s="2">
         <v>120</v>
       </c>
       <c r="C372" s="2">
-        <v>118045</v>
+        <v>118259</v>
       </c>
       <c r="D372" s="2" t="s">
-        <v>725</v>
+        <v>727</v>
       </c>
       <c r="E372" s="2" t="s">
-        <v>726</v>
+        <v>728</v>
       </c>
       <c r="F372" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="373" spans="1:6">
       <c r="A373" s="2">
         <v>276</v>
       </c>
       <c r="B373" s="2">
         <v>120</v>
       </c>
       <c r="C373" s="2">
-        <v>118179</v>
+        <v>118171</v>
       </c>
       <c r="D373" s="2" t="s">
-        <v>727</v>
+        <v>729</v>
       </c>
       <c r="E373" s="2" t="s">
-        <v>728</v>
+        <v>730</v>
       </c>
       <c r="F373" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="374" spans="1:6">
       <c r="A374" s="2">
         <v>276</v>
       </c>
       <c r="B374" s="2">
         <v>120</v>
       </c>
       <c r="C374" s="2">
-        <v>107077</v>
+        <v>118331</v>
       </c>
       <c r="D374" s="2" t="s">
-        <v>729</v>
+        <v>731</v>
       </c>
       <c r="E374" s="2" t="s">
-        <v>730</v>
+        <v>732</v>
       </c>
       <c r="F374" s="2" t="s">
-        <v>328</v>
+        <v>188</v>
       </c>
     </row>
     <row r="375" spans="1:6">
       <c r="A375" s="2">
         <v>276</v>
       </c>
       <c r="B375" s="2">
         <v>120</v>
       </c>
       <c r="C375" s="2">
-        <v>118342</v>
+        <v>117980</v>
       </c>
       <c r="D375" s="2" t="s">
-        <v>731</v>
+        <v>733</v>
       </c>
       <c r="E375" s="2" t="s">
-        <v>732</v>
+        <v>734</v>
       </c>
       <c r="F375" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="376" spans="1:6">
       <c r="A376" s="2">
         <v>276</v>
       </c>
       <c r="B376" s="2">
         <v>120</v>
       </c>
       <c r="C376" s="2">
-        <v>117965</v>
+        <v>118085</v>
       </c>
       <c r="D376" s="2" t="s">
-        <v>733</v>
+        <v>735</v>
       </c>
       <c r="E376" s="2" t="s">
-        <v>734</v>
+        <v>563</v>
       </c>
       <c r="F376" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="377" spans="1:6">
       <c r="A377" s="2">
         <v>276</v>
       </c>
       <c r="B377" s="2">
         <v>120</v>
       </c>
       <c r="C377" s="2">
-        <v>118094</v>
+        <v>107245</v>
       </c>
       <c r="D377" s="2" t="s">
-        <v>735</v>
+        <v>736</v>
       </c>
       <c r="E377" s="2" t="s">
-        <v>736</v>
+        <v>737</v>
       </c>
       <c r="F377" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="378" spans="1:6">
       <c r="A378" s="2">
         <v>276</v>
       </c>
       <c r="B378" s="2">
         <v>120</v>
       </c>
       <c r="C378" s="2">
-        <v>118262</v>
+        <v>118058</v>
       </c>
       <c r="D378" s="2" t="s">
-        <v>737</v>
+        <v>738</v>
       </c>
       <c r="E378" s="2" t="s">
-        <v>738</v>
+        <v>739</v>
       </c>
       <c r="F378" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="379" spans="1:6">
       <c r="A379" s="2">
         <v>276</v>
       </c>
       <c r="B379" s="2">
         <v>120</v>
       </c>
       <c r="C379" s="2">
-        <v>118042</v>
+        <v>118166</v>
       </c>
       <c r="D379" s="2" t="s">
-        <v>739</v>
+        <v>740</v>
       </c>
       <c r="E379" s="2" t="s">
-        <v>740</v>
+        <v>741</v>
       </c>
       <c r="F379" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="380" spans="1:6">
       <c r="A380" s="2">
         <v>276</v>
       </c>
       <c r="B380" s="2">
         <v>120</v>
       </c>
       <c r="C380" s="2">
-        <v>118176</v>
+        <v>107211</v>
       </c>
       <c r="D380" s="2" t="s">
-        <v>741</v>
+        <v>742</v>
       </c>
       <c r="E380" s="2" t="s">
-        <v>544</v>
+        <v>743</v>
       </c>
       <c r="F380" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="381" spans="1:6">
       <c r="A381" s="2">
         <v>276</v>
       </c>
       <c r="B381" s="2">
         <v>120</v>
       </c>
       <c r="C381" s="2">
-        <v>106985</v>
+        <v>102836</v>
       </c>
       <c r="D381" s="2" t="s">
-        <v>148</v>
+        <v>744</v>
       </c>
       <c r="E381" s="2" t="s">
-        <v>184</v>
+        <v>745</v>
       </c>
       <c r="F381" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="382" spans="1:6">
       <c r="A382" s="2">
         <v>276</v>
       </c>
       <c r="B382" s="2">
         <v>120</v>
       </c>
       <c r="C382" s="2">
-        <v>118091</v>
+        <v>102772</v>
       </c>
       <c r="D382" s="2" t="s">
-        <v>742</v>
+        <v>442</v>
       </c>
       <c r="E382" s="2" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
       <c r="F382" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="383" spans="1:6">
       <c r="A383" s="2">
         <v>276</v>
       </c>
       <c r="B383" s="2">
         <v>120</v>
       </c>
       <c r="C383" s="2">
-        <v>118259</v>
+        <v>118053</v>
       </c>
       <c r="D383" s="2" t="s">
-        <v>744</v>
+        <v>747</v>
       </c>
       <c r="E383" s="2" t="s">
-        <v>745</v>
+        <v>748</v>
       </c>
       <c r="F383" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="384" spans="1:6">
       <c r="A384" s="2">
         <v>276</v>
       </c>
       <c r="B384" s="2">
         <v>120</v>
       </c>
       <c r="C384" s="2">
-        <v>107179</v>
+        <v>111680</v>
       </c>
       <c r="D384" s="2" t="s">
-        <v>746</v>
+        <v>749</v>
       </c>
       <c r="E384" s="2" t="s">
-        <v>746</v>
+        <v>750</v>
       </c>
       <c r="F384" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="385" spans="1:6">
       <c r="A385" s="2">
         <v>276</v>
       </c>
       <c r="B385" s="2">
         <v>120</v>
       </c>
       <c r="C385" s="2">
-        <v>118171</v>
+        <v>118324</v>
       </c>
       <c r="D385" s="2" t="s">
-        <v>747</v>
+        <v>751</v>
       </c>
       <c r="E385" s="2" t="s">
-        <v>748</v>
+        <v>752</v>
       </c>
       <c r="F385" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="386" spans="1:6">
       <c r="A386" s="2">
         <v>276</v>
       </c>
       <c r="B386" s="2">
         <v>120</v>
       </c>
       <c r="C386" s="2">
-        <v>118331</v>
+        <v>117971</v>
       </c>
       <c r="D386" s="2" t="s">
-        <v>749</v>
+        <v>753</v>
       </c>
       <c r="E386" s="2" t="s">
-        <v>750</v>
+        <v>754</v>
       </c>
       <c r="F386" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="387" spans="1:6">
       <c r="A387" s="2">
         <v>276</v>
       </c>
       <c r="B387" s="2">
         <v>120</v>
       </c>
       <c r="C387" s="2">
-        <v>102698</v>
+        <v>118076</v>
       </c>
       <c r="D387" s="2" t="s">
-        <v>751</v>
+        <v>755</v>
       </c>
       <c r="E387" s="2" t="s">
-        <v>752</v>
+        <v>756</v>
       </c>
       <c r="F387" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="388" spans="1:6">
       <c r="A388" s="2">
         <v>276</v>
       </c>
       <c r="B388" s="2">
         <v>120</v>
       </c>
       <c r="C388" s="2">
-        <v>118085</v>
+        <v>118245</v>
       </c>
       <c r="D388" s="2" t="s">
-        <v>753</v>
+        <v>757</v>
       </c>
       <c r="E388" s="2" t="s">
-        <v>715</v>
+        <v>758</v>
       </c>
       <c r="F388" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="389" spans="1:6">
       <c r="A389" s="2">
         <v>276</v>
       </c>
       <c r="B389" s="2">
         <v>120</v>
       </c>
       <c r="C389" s="2">
-        <v>107245</v>
+        <v>118049</v>
       </c>
       <c r="D389" s="2" t="s">
-        <v>754</v>
+        <v>759</v>
       </c>
       <c r="E389" s="2" t="s">
-        <v>755</v>
+        <v>760</v>
       </c>
       <c r="F389" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="390" spans="1:6">
       <c r="A390" s="2">
         <v>276</v>
       </c>
       <c r="B390" s="2">
         <v>120</v>
       </c>
       <c r="C390" s="2">
-        <v>118166</v>
+        <v>118158</v>
       </c>
       <c r="D390" s="2" t="s">
-        <v>756</v>
-[...3 lines deleted...]
-      </c>
+        <v>761</v>
+      </c>
+      <c r="E390" s="2"/>
       <c r="F390" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="391" spans="1:6">
       <c r="A391" s="2">
         <v>276</v>
       </c>
       <c r="B391" s="2">
         <v>120</v>
       </c>
       <c r="C391" s="2">
-        <v>107211</v>
+        <v>118321</v>
       </c>
       <c r="D391" s="2" t="s">
-        <v>758</v>
+        <v>762</v>
       </c>
       <c r="E391" s="2" t="s">
-        <v>759</v>
+        <v>763</v>
       </c>
       <c r="F391" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="392" spans="1:6">
       <c r="A392" s="2">
         <v>276</v>
       </c>
       <c r="B392" s="2">
         <v>120</v>
       </c>
       <c r="C392" s="2">
-        <v>117951</v>
+        <v>117966</v>
       </c>
       <c r="D392" s="2" t="s">
-        <v>760</v>
+        <v>764</v>
       </c>
       <c r="E392" s="2" t="s">
-        <v>761</v>
+        <v>765</v>
       </c>
       <c r="F392" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="393" spans="1:6">
       <c r="A393" s="2">
         <v>276</v>
       </c>
       <c r="B393" s="2">
         <v>120</v>
       </c>
       <c r="C393" s="2">
-        <v>102772</v>
+        <v>118073</v>
       </c>
       <c r="D393" s="2" t="s">
-        <v>442</v>
+        <v>766</v>
       </c>
       <c r="E393" s="2" t="s">
-        <v>762</v>
+        <v>546</v>
       </c>
       <c r="F393" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="394" spans="1:6">
       <c r="A394" s="2">
         <v>276</v>
       </c>
       <c r="B394" s="2">
         <v>120</v>
       </c>
       <c r="C394" s="2">
-        <v>118035</v>
+        <v>118242</v>
       </c>
       <c r="D394" s="2" t="s">
-        <v>763</v>
+        <v>767</v>
       </c>
       <c r="E394" s="2" t="s">
-        <v>764</v>
+        <v>768</v>
       </c>
       <c r="F394" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="395" spans="1:6">
       <c r="A395" s="2">
         <v>276</v>
       </c>
       <c r="B395" s="2">
         <v>120</v>
       </c>
       <c r="C395" s="2">
-        <v>111680</v>
+        <v>118046</v>
       </c>
       <c r="D395" s="2" t="s">
-        <v>765</v>
+        <v>769</v>
       </c>
       <c r="E395" s="2" t="s">
-        <v>766</v>
+        <v>770</v>
       </c>
       <c r="F395" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="396" spans="1:6">
       <c r="A396" s="2">
         <v>276</v>
       </c>
       <c r="B396" s="2">
         <v>120</v>
       </c>
       <c r="C396" s="2">
-        <v>118324</v>
+        <v>118318</v>
       </c>
       <c r="D396" s="2" t="s">
-        <v>767</v>
+        <v>771</v>
       </c>
       <c r="E396" s="2" t="s">
-        <v>768</v>
+        <v>772</v>
       </c>
       <c r="F396" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="397" spans="1:6">
       <c r="A397" s="2">
         <v>276</v>
       </c>
       <c r="B397" s="2">
         <v>120</v>
       </c>
       <c r="C397" s="2">
-        <v>117948</v>
+        <v>117961</v>
       </c>
       <c r="D397" s="2" t="s">
-        <v>769</v>
-[...1 lines deleted...]
-      <c r="E397" s="2"/>
+        <v>773</v>
+      </c>
+      <c r="E397" s="2" t="s">
+        <v>774</v>
+      </c>
       <c r="F397" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="398" spans="1:6">
       <c r="A398" s="2">
         <v>276</v>
       </c>
       <c r="B398" s="2">
         <v>120</v>
       </c>
       <c r="C398" s="2">
-        <v>118076</v>
+        <v>118239</v>
       </c>
       <c r="D398" s="2" t="s">
-        <v>770</v>
+        <v>775</v>
       </c>
       <c r="E398" s="2" t="s">
-        <v>771</v>
+        <v>776</v>
       </c>
       <c r="F398" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="399" spans="1:6">
       <c r="A399" s="2">
         <v>276</v>
       </c>
       <c r="B399" s="2">
         <v>120</v>
       </c>
       <c r="C399" s="2">
-        <v>118245</v>
+        <v>118043</v>
       </c>
       <c r="D399" s="2" t="s">
-        <v>772</v>
+        <v>777</v>
       </c>
       <c r="E399" s="2" t="s">
-        <v>773</v>
+        <v>778</v>
       </c>
       <c r="F399" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="400" spans="1:6">
       <c r="A400" s="2">
         <v>276</v>
       </c>
       <c r="B400" s="2">
         <v>120</v>
       </c>
       <c r="C400" s="2">
-        <v>107078</v>
+        <v>118153</v>
       </c>
       <c r="D400" s="2" t="s">
-        <v>774</v>
+        <v>779</v>
       </c>
       <c r="E400" s="2" t="s">
-        <v>775</v>
+        <v>581</v>
       </c>
       <c r="F400" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="401" spans="1:6">
       <c r="A401" s="2">
         <v>276</v>
       </c>
       <c r="B401" s="2">
         <v>120</v>
       </c>
       <c r="C401" s="2">
-        <v>118158</v>
+        <v>118314</v>
       </c>
       <c r="D401" s="2" t="s">
-        <v>776</v>
-[...1 lines deleted...]
-      <c r="E401" s="2"/>
+        <v>780</v>
+      </c>
+      <c r="E401" s="2" t="s">
+        <v>781</v>
+      </c>
       <c r="F401" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="402" spans="1:6">
       <c r="A402" s="2">
         <v>276</v>
       </c>
       <c r="B402" s="2">
         <v>120</v>
       </c>
       <c r="C402" s="2">
-        <v>118321</v>
+        <v>117956</v>
       </c>
       <c r="D402" s="2" t="s">
-        <v>777</v>
+        <v>782</v>
       </c>
       <c r="E402" s="2" t="s">
-        <v>778</v>
+        <v>783</v>
       </c>
       <c r="F402" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="403" spans="1:6">
       <c r="A403" s="2">
         <v>276</v>
       </c>
       <c r="B403" s="2">
         <v>120</v>
       </c>
       <c r="C403" s="2">
-        <v>118073</v>
+        <v>118236</v>
       </c>
       <c r="D403" s="2" t="s">
-        <v>779</v>
+        <v>784</v>
       </c>
       <c r="E403" s="2" t="s">
-        <v>546</v>
+        <v>479</v>
       </c>
       <c r="F403" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="404" spans="1:6">
       <c r="A404" s="2">
         <v>276</v>
       </c>
       <c r="B404" s="2">
         <v>120</v>
       </c>
       <c r="C404" s="2">
-        <v>118242</v>
+        <v>118040</v>
       </c>
       <c r="D404" s="2" t="s">
-        <v>780</v>
+        <v>785</v>
       </c>
       <c r="E404" s="2" t="s">
-        <v>781</v>
+        <v>786</v>
       </c>
       <c r="F404" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="405" spans="1:6">
       <c r="A405" s="2">
         <v>276</v>
       </c>
       <c r="B405" s="2">
         <v>120</v>
       </c>
       <c r="C405" s="2">
-        <v>102840</v>
+        <v>118150</v>
       </c>
       <c r="D405" s="2" t="s">
-        <v>782</v>
+        <v>787</v>
       </c>
       <c r="E405" s="2" t="s">
-        <v>783</v>
+        <v>788</v>
       </c>
       <c r="F405" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="406" spans="1:6">
       <c r="A406" s="2">
         <v>276</v>
       </c>
       <c r="B406" s="2">
         <v>120</v>
       </c>
       <c r="C406" s="2">
-        <v>118153</v>
+        <v>118311</v>
       </c>
       <c r="D406" s="2" t="s">
-        <v>784</v>
+        <v>789</v>
       </c>
       <c r="E406" s="2" t="s">
-        <v>591</v>
+        <v>737</v>
       </c>
       <c r="F406" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="407" spans="1:6">
       <c r="A407" s="2">
         <v>276</v>
       </c>
       <c r="B407" s="2">
         <v>120</v>
       </c>
       <c r="C407" s="2">
-        <v>118318</v>
+        <v>113121</v>
       </c>
       <c r="D407" s="2" t="s">
-        <v>785</v>
+        <v>790</v>
       </c>
       <c r="E407" s="2" t="s">
-        <v>786</v>
+        <v>791</v>
       </c>
       <c r="F407" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="408" spans="1:6">
       <c r="A408" s="2">
         <v>276</v>
       </c>
       <c r="B408" s="2">
         <v>120</v>
       </c>
       <c r="C408" s="2">
-        <v>118239</v>
+        <v>118232</v>
       </c>
       <c r="D408" s="2" t="s">
-        <v>787</v>
+        <v>792</v>
       </c>
       <c r="E408" s="2" t="s">
-        <v>788</v>
+        <v>793</v>
       </c>
       <c r="F408" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="409" spans="1:6">
       <c r="A409" s="2">
         <v>276</v>
       </c>
       <c r="B409" s="2">
         <v>120</v>
       </c>
       <c r="C409" s="2">
-        <v>118023</v>
+        <v>118036</v>
       </c>
       <c r="D409" s="2" t="s">
-        <v>789</v>
+        <v>636</v>
       </c>
       <c r="E409" s="2" t="s">
-        <v>790</v>
+        <v>794</v>
       </c>
       <c r="F409" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="410" spans="1:6">
       <c r="A410" s="2">
         <v>276</v>
       </c>
       <c r="B410" s="2">
         <v>120</v>
       </c>
       <c r="C410" s="2">
-        <v>118150</v>
+        <v>118146</v>
       </c>
       <c r="D410" s="2" t="s">
-        <v>695</v>
+        <v>795</v>
       </c>
       <c r="E410" s="2" t="s">
-        <v>791</v>
+        <v>796</v>
       </c>
       <c r="F410" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="411" spans="1:6">
       <c r="A411" s="2">
         <v>276</v>
       </c>
       <c r="B411" s="2">
         <v>120</v>
       </c>
       <c r="C411" s="2">
-        <v>118314</v>
+        <v>118307</v>
       </c>
       <c r="D411" s="2" t="s">
-        <v>792</v>
+        <v>797</v>
       </c>
       <c r="E411" s="2" t="s">
-        <v>793</v>
+        <v>798</v>
       </c>
       <c r="F411" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="412" spans="1:6">
       <c r="A412" s="2">
         <v>276</v>
       </c>
       <c r="B412" s="2">
         <v>120</v>
       </c>
       <c r="C412" s="2">
-        <v>118236</v>
+        <v>117949</v>
       </c>
       <c r="D412" s="2" t="s">
-        <v>794</v>
+        <v>799</v>
       </c>
       <c r="E412" s="2" t="s">
-        <v>479</v>
+        <v>800</v>
       </c>
       <c r="F412" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="413" spans="1:6">
       <c r="A413" s="2">
         <v>276</v>
       </c>
       <c r="B413" s="2">
         <v>120</v>
       </c>
       <c r="C413" s="2">
-        <v>118019</v>
+        <v>118228</v>
       </c>
       <c r="D413" s="2" t="s">
-        <v>661</v>
+        <v>801</v>
       </c>
       <c r="E413" s="2" t="s">
-        <v>795</v>
+        <v>802</v>
       </c>
       <c r="F413" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="414" spans="1:6">
       <c r="A414" s="2">
         <v>276</v>
       </c>
       <c r="B414" s="2">
         <v>120</v>
       </c>
       <c r="C414" s="2">
-        <v>118146</v>
+        <v>118033</v>
       </c>
       <c r="D414" s="2" t="s">
-        <v>796</v>
+        <v>803</v>
       </c>
       <c r="E414" s="2" t="s">
-        <v>797</v>
+        <v>804</v>
       </c>
       <c r="F414" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="415" spans="1:6">
       <c r="A415" s="2">
         <v>276</v>
       </c>
       <c r="B415" s="2">
         <v>120</v>
       </c>
       <c r="C415" s="2">
-        <v>118311</v>
+        <v>118142</v>
       </c>
       <c r="D415" s="2" t="s">
-        <v>798</v>
+        <v>689</v>
       </c>
       <c r="E415" s="2" t="s">
-        <v>755</v>
+        <v>805</v>
       </c>
       <c r="F415" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="416" spans="1:6">
       <c r="A416" s="2">
         <v>276</v>
       </c>
       <c r="B416" s="2">
         <v>120</v>
       </c>
       <c r="C416" s="2">
-        <v>118232</v>
+        <v>118303</v>
       </c>
       <c r="D416" s="2" t="s">
-        <v>799</v>
+        <v>806</v>
       </c>
       <c r="E416" s="2" t="s">
-        <v>800</v>
+        <v>546</v>
       </c>
       <c r="F416" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="417" spans="1:6">
       <c r="A417" s="2">
         <v>276</v>
       </c>
       <c r="B417" s="2">
         <v>120</v>
       </c>
       <c r="C417" s="2">
-        <v>118016</v>
+        <v>118224</v>
       </c>
       <c r="D417" s="2" t="s">
-        <v>801</v>
+        <v>807</v>
       </c>
       <c r="E417" s="2" t="s">
-        <v>802</v>
+        <v>808</v>
       </c>
       <c r="F417" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="418" spans="1:6">
       <c r="A418" s="2">
         <v>276</v>
       </c>
       <c r="B418" s="2">
         <v>120</v>
       </c>
       <c r="C418" s="2">
-        <v>118142</v>
+        <v>118028</v>
       </c>
       <c r="D418" s="2" t="s">
-        <v>710</v>
+        <v>809</v>
       </c>
       <c r="E418" s="2" t="s">
-        <v>803</v>
+        <v>810</v>
       </c>
       <c r="F418" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="419" spans="1:6">
       <c r="A419" s="2">
         <v>276</v>
       </c>
       <c r="B419" s="2">
         <v>120</v>
       </c>
       <c r="C419" s="2">
-        <v>118307</v>
+        <v>118137</v>
       </c>
       <c r="D419" s="2" t="s">
-        <v>804</v>
+        <v>811</v>
       </c>
       <c r="E419" s="2" t="s">
-        <v>805</v>
+        <v>812</v>
       </c>
       <c r="F419" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="420" spans="1:6">
       <c r="A420" s="2">
         <v>276</v>
       </c>
       <c r="B420" s="2">
         <v>120</v>
       </c>
       <c r="C420" s="2">
-        <v>118228</v>
+        <v>118299</v>
       </c>
       <c r="D420" s="2" t="s">
-        <v>806</v>
+        <v>813</v>
       </c>
       <c r="E420" s="2" t="s">
-        <v>807</v>
+        <v>814</v>
       </c>
       <c r="F420" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="421" spans="1:6">
       <c r="A421" s="2">
         <v>276</v>
       </c>
       <c r="B421" s="2">
         <v>120</v>
       </c>
       <c r="C421" s="2">
-        <v>118011</v>
+        <v>118217</v>
       </c>
       <c r="D421" s="2" t="s">
-        <v>808</v>
+        <v>815</v>
       </c>
       <c r="E421" s="2" t="s">
-        <v>809</v>
+        <v>816</v>
       </c>
       <c r="F421" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="422" spans="1:6">
       <c r="A422" s="2">
         <v>276</v>
       </c>
       <c r="B422" s="2">
         <v>120</v>
       </c>
       <c r="C422" s="2">
-        <v>118137</v>
+        <v>118024</v>
       </c>
       <c r="D422" s="2" t="s">
-        <v>810</v>
-[...3 lines deleted...]
-      </c>
+        <v>817</v>
+      </c>
+      <c r="E422" s="2"/>
       <c r="F422" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="423" spans="1:6">
       <c r="A423" s="2">
         <v>276</v>
       </c>
       <c r="B423" s="2">
         <v>120</v>
       </c>
       <c r="C423" s="2">
-        <v>118303</v>
+        <v>118133</v>
       </c>
       <c r="D423" s="2" t="s">
-        <v>812</v>
+        <v>818</v>
       </c>
       <c r="E423" s="2" t="s">
-        <v>546</v>
+        <v>819</v>
       </c>
       <c r="F423" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="424" spans="1:6">
       <c r="A424" s="2">
         <v>276</v>
       </c>
       <c r="B424" s="2">
         <v>120</v>
       </c>
       <c r="C424" s="2">
-        <v>118224</v>
+        <v>118212</v>
       </c>
       <c r="D424" s="2" t="s">
-        <v>813</v>
+        <v>820</v>
       </c>
       <c r="E424" s="2" t="s">
-        <v>814</v>
+        <v>821</v>
       </c>
       <c r="F424" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="425" spans="1:6">
       <c r="A425" s="2">
         <v>276</v>
       </c>
       <c r="B425" s="2">
         <v>120</v>
       </c>
       <c r="C425" s="2">
-        <v>118088</v>
+        <v>118020</v>
       </c>
       <c r="D425" s="2" t="s">
-        <v>815</v>
+        <v>822</v>
       </c>
       <c r="E425" s="2" t="s">
-        <v>816</v>
+        <v>823</v>
       </c>
       <c r="F425" s="2" t="s">
-        <v>34</v>
+        <v>188</v>
       </c>
     </row>
     <row r="426" spans="1:6">
       <c r="A426" s="2">
         <v>276</v>
       </c>
       <c r="B426" s="2">
         <v>120</v>
       </c>
       <c r="C426" s="2">
         <v>118186</v>
       </c>
       <c r="D426" s="2" t="s">
-        <v>817</v>
+        <v>824</v>
       </c>
       <c r="E426" s="2" t="s">
-        <v>818</v>
+        <v>825</v>
       </c>
       <c r="F426" s="2" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="427" spans="1:6">
       <c r="A427" s="2">
         <v>276</v>
       </c>
       <c r="B427" s="2">
         <v>120</v>
       </c>
       <c r="C427" s="2">
-        <v>118008</v>
+        <v>118129</v>
       </c>
       <c r="D427" s="2" t="s">
-        <v>819</v>
+        <v>826</v>
       </c>
       <c r="E427" s="2" t="s">
-        <v>820</v>
+        <v>827</v>
       </c>
       <c r="F427" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="428" spans="1:6">
       <c r="A428" s="2">
         <v>276</v>
       </c>
       <c r="B428" s="2">
         <v>120</v>
       </c>
       <c r="C428" s="2">
-        <v>118133</v>
+        <v>118295</v>
       </c>
       <c r="D428" s="2" t="s">
-        <v>821</v>
+        <v>828</v>
       </c>
       <c r="E428" s="2" t="s">
-        <v>822</v>
+        <v>829</v>
       </c>
       <c r="F428" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="429" spans="1:6">
       <c r="A429" s="2">
         <v>276</v>
       </c>
       <c r="B429" s="2">
         <v>120</v>
       </c>
       <c r="C429" s="2">
-        <v>118299</v>
+        <v>118209</v>
       </c>
       <c r="D429" s="2" t="s">
-        <v>823</v>
+        <v>830</v>
       </c>
       <c r="E429" s="2" t="s">
-        <v>824</v>
+        <v>831</v>
       </c>
       <c r="F429" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="430" spans="1:6">
       <c r="A430" s="2">
         <v>276</v>
       </c>
       <c r="B430" s="2">
         <v>120</v>
       </c>
       <c r="C430" s="2">
-        <v>118217</v>
+        <v>118017</v>
       </c>
       <c r="D430" s="2" t="s">
-        <v>825</v>
+        <v>577</v>
       </c>
       <c r="E430" s="2" t="s">
-        <v>826</v>
+        <v>832</v>
       </c>
       <c r="F430" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="431" spans="1:6">
       <c r="A431" s="2">
         <v>276</v>
       </c>
       <c r="B431" s="2">
         <v>120</v>
       </c>
       <c r="C431" s="2">
         <v>118148</v>
       </c>
       <c r="D431" s="2" t="s">
-        <v>827</v>
+        <v>833</v>
       </c>
       <c r="E431" s="2" t="s">
-        <v>828</v>
+        <v>834</v>
       </c>
       <c r="F431" s="2" t="s">
-        <v>829</v>
+        <v>835</v>
       </c>
     </row>
     <row r="432" spans="1:6">
       <c r="A432" s="2">
         <v>276</v>
       </c>
       <c r="B432" s="2">
         <v>120</v>
       </c>
       <c r="C432" s="2">
-        <v>118005</v>
+        <v>118125</v>
       </c>
       <c r="D432" s="2" t="s">
-        <v>830</v>
+        <v>836</v>
       </c>
       <c r="E432" s="2" t="s">
-        <v>831</v>
+        <v>837</v>
       </c>
       <c r="F432" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="433" spans="1:6">
       <c r="A433" s="2">
         <v>276</v>
       </c>
       <c r="B433" s="2">
         <v>120</v>
       </c>
       <c r="C433" s="2">
         <v>107097</v>
       </c>
       <c r="D433" s="2" t="s">
-        <v>832</v>
+        <v>838</v>
       </c>
       <c r="E433" s="2" t="s">
-        <v>833</v>
+        <v>839</v>
       </c>
       <c r="F433" s="2"/>
     </row>
     <row r="434" spans="1:6">
       <c r="A434" s="2">
         <v>276</v>
       </c>
       <c r="B434" s="2">
         <v>120</v>
       </c>
       <c r="C434" s="2">
-        <v>118295</v>
+        <v>118291</v>
       </c>
       <c r="D434" s="2" t="s">
-        <v>834</v>
+        <v>840</v>
       </c>
       <c r="E434" s="2" t="s">
-        <v>835</v>
+        <v>841</v>
       </c>
       <c r="F434" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="435" spans="1:6">
       <c r="A435" s="2">
         <v>276</v>
       </c>
       <c r="B435" s="2">
         <v>120</v>
       </c>
       <c r="C435" s="2">
-        <v>118212</v>
+        <v>118206</v>
       </c>
       <c r="D435" s="2" t="s">
-        <v>836</v>
+        <v>842</v>
       </c>
       <c r="E435" s="2" t="s">
-        <v>837</v>
+        <v>843</v>
       </c>
       <c r="F435" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="436" spans="1:6">
       <c r="A436" s="2">
         <v>276</v>
       </c>
       <c r="B436" s="2">
         <v>120</v>
       </c>
       <c r="C436" s="2">
-        <v>117988</v>
+        <v>118012</v>
       </c>
       <c r="D436" s="2" t="s">
-        <v>838</v>
+        <v>592</v>
       </c>
       <c r="E436" s="2" t="s">
-        <v>839</v>
+        <v>841</v>
       </c>
       <c r="F436" s="2" t="s">
         <v>188</v>
       </c>
     </row>
     <row r="437" spans="1:6">
       <c r="A437" s="2">
         <v>276</v>
       </c>
       <c r="B437" s="2">
         <v>120</v>
       </c>
       <c r="C437" s="2">
-        <v>118002</v>
+        <v>117988</v>
       </c>
       <c r="D437" s="2" t="s">
-        <v>840</v>
+        <v>844</v>
       </c>
       <c r="E437" s="2" t="s">
-        <v>841</v>
+        <v>845</v>
       </c>
       <c r="F437" s="2" t="s">
-        <v>198</v>
+        <v>191</v>
       </c>
     </row>
     <row r="438" spans="1:6">
       <c r="A438" s="2">
         <v>276</v>
       </c>
       <c r="B438" s="2">
         <v>120</v>
       </c>
       <c r="C438" s="2">
-        <v>118129</v>
+        <v>118122</v>
       </c>
       <c r="D438" s="2" t="s">
-        <v>842</v>
+        <v>846</v>
       </c>
       <c r="E438" s="2" t="s">
-        <v>843</v>
+        <v>728</v>
       </c>
       <c r="F438" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="439" spans="1:6">
       <c r="A439" s="2">
         <v>276</v>
       </c>
       <c r="B439" s="2">
         <v>120</v>
       </c>
       <c r="C439" s="2">
-        <v>118291</v>
+        <v>118287</v>
       </c>
       <c r="D439" s="2" t="s">
-        <v>844</v>
+        <v>847</v>
       </c>
       <c r="E439" s="2" t="s">
-        <v>845</v>
+        <v>848</v>
       </c>
       <c r="F439" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="440" spans="1:6">
       <c r="A440" s="2">
         <v>276</v>
       </c>
       <c r="B440" s="2">
         <v>120</v>
       </c>
       <c r="C440" s="2">
-        <v>118209</v>
+        <v>102855</v>
       </c>
       <c r="D440" s="2" t="s">
-        <v>846</v>
+        <v>849</v>
       </c>
       <c r="E440" s="2" t="s">
-        <v>847</v>
+        <v>265</v>
       </c>
       <c r="F440" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="441" spans="1:6">
       <c r="A441" s="2">
         <v>276</v>
       </c>
       <c r="B441" s="2">
         <v>120</v>
       </c>
       <c r="C441" s="2">
-        <v>118057</v>
+        <v>113141</v>
       </c>
       <c r="D441" s="2" t="s">
-        <v>848</v>
+        <v>850</v>
       </c>
       <c r="E441" s="2" t="s">
-        <v>849</v>
+        <v>612</v>
       </c>
       <c r="F441" s="2" t="s">
-        <v>651</v>
+        <v>188</v>
       </c>
     </row>
     <row r="442" spans="1:6">
       <c r="A442" s="2">
         <v>276</v>
       </c>
       <c r="B442" s="2">
         <v>120</v>
       </c>
       <c r="C442" s="2">
-        <v>117999</v>
+        <v>118057</v>
       </c>
       <c r="D442" s="2" t="s">
-        <v>850</v>
+        <v>851</v>
       </c>
       <c r="E442" s="2" t="s">
-        <v>851</v>
+        <v>852</v>
       </c>
       <c r="F442" s="2" t="s">
-        <v>198</v>
+        <v>658</v>
       </c>
     </row>
     <row r="443" spans="1:6">
       <c r="A443" s="2">
         <v>276</v>
       </c>
       <c r="B443" s="2">
         <v>120</v>
       </c>
       <c r="C443" s="2">
-        <v>118125</v>
+        <v>118119</v>
       </c>
       <c r="D443" s="2" t="s">
-        <v>852</v>
+        <v>853</v>
       </c>
       <c r="E443" s="2" t="s">
-        <v>853</v>
+        <v>854</v>
       </c>
       <c r="F443" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="444" spans="1:6">
       <c r="A444" s="2">
         <v>276</v>
       </c>
       <c r="B444" s="2">
         <v>120</v>
       </c>
       <c r="C444" s="2">
-        <v>118287</v>
+        <v>118284</v>
       </c>
       <c r="D444" s="2" t="s">
-        <v>854</v>
+        <v>855</v>
       </c>
       <c r="E444" s="2" t="s">
-        <v>855</v>
+        <v>856</v>
       </c>
       <c r="F444" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="445" spans="1:6">
       <c r="A445" s="2">
         <v>276</v>
       </c>
       <c r="B445" s="2">
         <v>120</v>
       </c>
       <c r="C445" s="2">
-        <v>118206</v>
+        <v>118200</v>
       </c>
       <c r="D445" s="2" t="s">
-        <v>856</v>
+        <v>857</v>
       </c>
       <c r="E445" s="2" t="s">
-        <v>857</v>
+        <v>435</v>
       </c>
       <c r="F445" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="446" spans="1:6">
       <c r="A446" s="2">
         <v>276</v>
       </c>
       <c r="B446" s="2">
         <v>120</v>
       </c>
       <c r="C446" s="2">
-        <v>118122</v>
+        <v>118006</v>
       </c>
       <c r="D446" s="2" t="s">
         <v>858</v>
       </c>
       <c r="E446" s="2" t="s">
-        <v>745</v>
+        <v>859</v>
       </c>
       <c r="F446" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="447" spans="1:6">
       <c r="A447" s="2">
         <v>276</v>
       </c>
       <c r="B447" s="2">
         <v>120</v>
       </c>
       <c r="C447" s="2">
-        <v>118284</v>
+        <v>102724</v>
       </c>
       <c r="D447" s="2" t="s">
-        <v>859</v>
+        <v>860</v>
       </c>
       <c r="E447" s="2" t="s">
-        <v>860</v>
+        <v>861</v>
       </c>
       <c r="F447" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="448" spans="1:6">
       <c r="A448" s="2">
         <v>276</v>
       </c>
       <c r="B448" s="2">
         <v>120</v>
       </c>
       <c r="C448" s="2">
-        <v>107899</v>
+        <v>118280</v>
       </c>
       <c r="D448" s="2" t="s">
-        <v>861</v>
+        <v>862</v>
       </c>
       <c r="E448" s="2" t="s">
-        <v>862</v>
+        <v>863</v>
       </c>
       <c r="F448" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="449" spans="1:6">
       <c r="A449" s="2">
         <v>276</v>
       </c>
       <c r="B449" s="2">
         <v>120</v>
       </c>
       <c r="C449" s="2">
-        <v>102855</v>
+        <v>118193</v>
       </c>
       <c r="D449" s="2" t="s">
-        <v>863</v>
+        <v>864</v>
       </c>
       <c r="E449" s="2" t="s">
-        <v>269</v>
+        <v>865</v>
       </c>
       <c r="F449" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="450" spans="1:6">
       <c r="A450" s="2">
         <v>276</v>
       </c>
       <c r="B450" s="2">
         <v>120</v>
       </c>
       <c r="C450" s="2">
-        <v>118306</v>
+        <v>118003</v>
       </c>
       <c r="D450" s="2" t="s">
-        <v>864</v>
+        <v>866</v>
       </c>
       <c r="E450" s="2" t="s">
-        <v>433</v>
+        <v>497</v>
       </c>
       <c r="F450" s="2" t="s">
-        <v>95</v>
+        <v>188</v>
       </c>
     </row>
     <row r="451" spans="1:6">
       <c r="A451" s="2">
         <v>276</v>
       </c>
       <c r="B451" s="2">
         <v>120</v>
       </c>
       <c r="C451" s="2">
-        <v>117991</v>
+        <v>118306</v>
       </c>
       <c r="D451" s="2" t="s">
-        <v>865</v>
+        <v>867</v>
       </c>
       <c r="E451" s="2" t="s">
-        <v>866</v>
+        <v>433</v>
       </c>
       <c r="F451" s="2" t="s">
-        <v>198</v>
+        <v>95</v>
       </c>
     </row>
     <row r="452" spans="1:6">
       <c r="A452" s="2">
         <v>276</v>
       </c>
       <c r="B452" s="2">
         <v>120</v>
       </c>
       <c r="C452" s="2">
-        <v>118119</v>
+        <v>118112</v>
       </c>
       <c r="D452" s="2" t="s">
-        <v>867</v>
+        <v>868</v>
       </c>
       <c r="E452" s="2" t="s">
-        <v>868</v>
+        <v>869</v>
       </c>
       <c r="F452" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="453" spans="1:6">
       <c r="A453" s="2">
         <v>276</v>
       </c>
       <c r="B453" s="2">
         <v>120</v>
       </c>
       <c r="C453" s="2">
-        <v>118280</v>
+        <v>118277</v>
       </c>
       <c r="D453" s="2" t="s">
-        <v>869</v>
+        <v>870</v>
       </c>
       <c r="E453" s="2" t="s">
-        <v>870</v>
+        <v>871</v>
       </c>
       <c r="F453" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="454" spans="1:6">
       <c r="A454" s="2">
         <v>276</v>
       </c>
       <c r="B454" s="2">
         <v>120</v>
       </c>
       <c r="C454" s="2">
-        <v>118066</v>
+        <v>118190</v>
       </c>
       <c r="D454" s="2" t="s">
-        <v>871</v>
+        <v>872</v>
       </c>
       <c r="E454" s="2" t="s">
-        <v>872</v>
+        <v>873</v>
       </c>
       <c r="F454" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="455" spans="1:6">
       <c r="A455" s="2">
         <v>276</v>
       </c>
       <c r="B455" s="2">
         <v>120</v>
       </c>
       <c r="C455" s="2">
-        <v>118200</v>
+        <v>102722</v>
       </c>
       <c r="D455" s="2" t="s">
-        <v>873</v>
+        <v>874</v>
       </c>
       <c r="E455" s="2" t="s">
-        <v>435</v>
+        <v>875</v>
       </c>
       <c r="F455" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="456" spans="1:6">
       <c r="A456" s="2">
         <v>276</v>
       </c>
       <c r="B456" s="2">
         <v>120</v>
       </c>
       <c r="C456" s="2">
-        <v>117995</v>
+        <v>118109</v>
       </c>
       <c r="D456" s="2" t="s">
-        <v>874</v>
+        <v>876</v>
       </c>
       <c r="E456" s="2" t="s">
-        <v>875</v>
+        <v>690</v>
       </c>
       <c r="F456" s="2" t="s">
-        <v>11</v>
+        <v>188</v>
       </c>
     </row>
     <row r="457" spans="1:6">
       <c r="A457" s="2">
         <v>276</v>
       </c>
       <c r="B457" s="2">
         <v>120</v>
       </c>
       <c r="C457" s="2">
-        <v>113139</v>
+        <v>118273</v>
       </c>
       <c r="D457" s="2" t="s">
-        <v>876</v>
+        <v>877</v>
       </c>
       <c r="E457" s="2" t="s">
-        <v>877</v>
+        <v>878</v>
       </c>
       <c r="F457" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="458" spans="1:6">
       <c r="A458" s="2">
         <v>276</v>
       </c>
       <c r="B458" s="2">
         <v>120</v>
       </c>
       <c r="C458" s="2">
-        <v>102724</v>
+        <v>107167</v>
       </c>
       <c r="D458" s="2" t="s">
-        <v>878</v>
+        <v>879</v>
       </c>
       <c r="E458" s="2" t="s">
-        <v>879</v>
+        <v>880</v>
       </c>
       <c r="F458" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="459" spans="1:6">
       <c r="A459" s="2">
         <v>276</v>
       </c>
       <c r="B459" s="2">
         <v>120</v>
       </c>
       <c r="C459" s="2">
-        <v>118277</v>
+        <v>108406</v>
       </c>
       <c r="D459" s="2" t="s">
-        <v>880</v>
+        <v>881</v>
       </c>
       <c r="E459" s="2" t="s">
-        <v>881</v>
+        <v>882</v>
       </c>
       <c r="F459" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="460" spans="1:6">
       <c r="A460" s="2">
         <v>276</v>
       </c>
       <c r="B460" s="2">
         <v>120</v>
       </c>
       <c r="C460" s="2">
-        <v>102782</v>
+        <v>118103</v>
       </c>
       <c r="D460" s="2" t="s">
-        <v>882</v>
+        <v>883</v>
       </c>
       <c r="E460" s="2" t="s">
-        <v>614</v>
+        <v>884</v>
       </c>
       <c r="F460" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="461" spans="1:6">
       <c r="A461" s="2">
         <v>276</v>
       </c>
       <c r="B461" s="2">
         <v>120</v>
       </c>
       <c r="C461" s="2">
-        <v>118193</v>
+        <v>118270</v>
       </c>
       <c r="D461" s="2" t="s">
-        <v>883</v>
+        <v>885</v>
       </c>
       <c r="E461" s="2" t="s">
-        <v>884</v>
+        <v>886</v>
       </c>
       <c r="F461" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="462" spans="1:6">
       <c r="A462" s="2">
         <v>276</v>
       </c>
       <c r="B462" s="2">
         <v>120</v>
       </c>
       <c r="C462" s="2">
-        <v>117952</v>
+        <v>118071</v>
       </c>
       <c r="D462" s="2" t="s">
-        <v>885</v>
+        <v>887</v>
       </c>
       <c r="E462" s="2" t="s">
-        <v>886</v>
+        <v>888</v>
       </c>
       <c r="F462" s="2" t="s">
-        <v>11</v>
+        <v>188</v>
       </c>
     </row>
     <row r="463" spans="1:6">
       <c r="A463" s="2">
         <v>276</v>
       </c>
       <c r="B463" s="2">
         <v>120</v>
       </c>
       <c r="C463" s="2">
-        <v>102789</v>
+        <v>118183</v>
       </c>
       <c r="D463" s="2" t="s">
-        <v>887</v>
+        <v>889</v>
       </c>
       <c r="E463" s="2" t="s">
-        <v>888</v>
+        <v>890</v>
       </c>
       <c r="F463" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="464" spans="1:6">
       <c r="A464" s="2">
         <v>276</v>
       </c>
       <c r="B464" s="2">
         <v>120</v>
       </c>
       <c r="C464" s="2">
-        <v>118112</v>
+        <v>118347</v>
       </c>
       <c r="D464" s="2" t="s">
-        <v>889</v>
+        <v>891</v>
       </c>
       <c r="E464" s="2" t="s">
-        <v>890</v>
+        <v>892</v>
       </c>
       <c r="F464" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="465" spans="1:6">
       <c r="A465" s="2">
         <v>276</v>
       </c>
       <c r="B465" s="2">
         <v>120</v>
       </c>
       <c r="C465" s="2">
-        <v>118058</v>
+        <v>107112</v>
       </c>
       <c r="D465" s="2" t="s">
-        <v>891</v>
+        <v>893</v>
       </c>
       <c r="E465" s="2" t="s">
-        <v>892</v>
+        <v>546</v>
       </c>
       <c r="F465" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="466" spans="1:6">
       <c r="A466" s="2">
         <v>276</v>
       </c>
       <c r="B466" s="2">
         <v>120</v>
       </c>
       <c r="C466" s="2">
-        <v>118190</v>
+        <v>101001</v>
       </c>
       <c r="D466" s="2" t="s">
-        <v>893</v>
+        <v>749</v>
       </c>
       <c r="E466" s="2" t="s">
         <v>894</v>
       </c>
       <c r="F466" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="467" spans="1:6">
       <c r="A467" s="2">
         <v>276</v>
       </c>
       <c r="B467" s="2">
         <v>120</v>
       </c>
       <c r="C467" s="2">
-        <v>117980</v>
+        <v>118266</v>
       </c>
       <c r="D467" s="2" t="s">
         <v>895</v>
       </c>
       <c r="E467" s="2" t="s">
         <v>896</v>
       </c>
       <c r="F467" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="468" spans="1:6">
       <c r="A468" s="2">
         <v>276</v>
       </c>
       <c r="B468" s="2">
         <v>120</v>
       </c>
       <c r="C468" s="2">
-        <v>118109</v>
+        <v>101975</v>
       </c>
       <c r="D468" s="2" t="s">
+        <v>530</v>
+      </c>
+      <c r="E468" s="2" t="s">
         <v>897</v>
       </c>
-      <c r="E468" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F468" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="469" spans="1:6">
       <c r="A469" s="2">
         <v>276</v>
       </c>
       <c r="B469" s="2">
         <v>120</v>
       </c>
       <c r="C469" s="2">
-        <v>118273</v>
+        <v>118180</v>
       </c>
       <c r="D469" s="2" t="s">
         <v>898</v>
       </c>
       <c r="E469" s="2" t="s">
         <v>899</v>
       </c>
       <c r="F469" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="470" spans="1:6">
       <c r="A470" s="2">
         <v>276</v>
       </c>
       <c r="B470" s="2">
         <v>120</v>
       </c>
       <c r="C470" s="2">
-        <v>118053</v>
+        <v>118343</v>
       </c>
       <c r="D470" s="2" t="s">
         <v>900</v>
       </c>
       <c r="E470" s="2" t="s">
         <v>901</v>
       </c>
       <c r="F470" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="471" spans="1:6">
       <c r="A471" s="2">
         <v>276</v>
       </c>
       <c r="B471" s="2">
         <v>120</v>
       </c>
       <c r="C471" s="2">
-        <v>107167</v>
+        <v>105464</v>
       </c>
       <c r="D471" s="2" t="s">
         <v>902</v>
       </c>
       <c r="E471" s="2" t="s">
         <v>903</v>
       </c>
       <c r="F471" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="472" spans="1:6">
       <c r="A472" s="2">
         <v>276</v>
       </c>
       <c r="B472" s="2">
         <v>120</v>
       </c>
       <c r="C472" s="2">
-        <v>102836</v>
+        <v>118096</v>
       </c>
       <c r="D472" s="2" t="s">
         <v>904</v>
       </c>
       <c r="E472" s="2" t="s">
         <v>905</v>
       </c>
       <c r="F472" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="473" spans="1:6">
       <c r="A473" s="2">
         <v>276</v>
       </c>
       <c r="B473" s="2">
         <v>120</v>
       </c>
       <c r="C473" s="2">
-        <v>118103</v>
+        <v>118263</v>
       </c>
       <c r="D473" s="2" t="s">
         <v>906</v>
       </c>
       <c r="E473" s="2" t="s">
         <v>907</v>
       </c>
       <c r="F473" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="474" spans="1:6">
       <c r="A474" s="2">
         <v>276</v>
       </c>
       <c r="B474" s="2">
         <v>120</v>
       </c>
       <c r="C474" s="2">
-        <v>118270</v>
+        <v>118063</v>
       </c>
       <c r="D474" s="2" t="s">
         <v>908</v>
       </c>
-      <c r="E474" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E474" s="2"/>
       <c r="F474" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="475" spans="1:6">
       <c r="A475" s="2">
         <v>276</v>
       </c>
       <c r="B475" s="2">
         <v>120</v>
       </c>
       <c r="C475" s="2">
-        <v>118049</v>
+        <v>118177</v>
       </c>
       <c r="D475" s="2" t="s">
+        <v>909</v>
+      </c>
+      <c r="E475" s="2" t="s">
         <v>910</v>
       </c>
-      <c r="E475" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F475" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="476" spans="1:6">
       <c r="A476" s="2">
         <v>276</v>
       </c>
       <c r="B476" s="2">
         <v>120</v>
       </c>
       <c r="C476" s="2">
-        <v>118183</v>
+        <v>113114</v>
       </c>
       <c r="D476" s="2" t="s">
+        <v>911</v>
+      </c>
+      <c r="E476" s="2" t="s">
         <v>912</v>
       </c>
-      <c r="E476" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F476" s="2" t="s">
-        <v>198</v>
+        <v>11</v>
       </c>
     </row>
     <row r="477" spans="1:6">
       <c r="A477" s="2">
         <v>276</v>
       </c>
       <c r="B477" s="2">
         <v>120</v>
       </c>
       <c r="C477" s="2">
-        <v>118347</v>
+        <v>118336</v>
       </c>
       <c r="D477" s="2" t="s">
+        <v>913</v>
+      </c>
+      <c r="E477" s="2" t="s">
         <v>914</v>
       </c>
-      <c r="E477" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F477" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="478" spans="1:6">
       <c r="A478" s="2">
         <v>276</v>
       </c>
       <c r="B478" s="2">
         <v>120</v>
       </c>
       <c r="C478" s="2">
-        <v>117971</v>
+        <v>117985</v>
       </c>
       <c r="D478" s="2" t="s">
+        <v>915</v>
+      </c>
+      <c r="E478" s="2" t="s">
         <v>916</v>
       </c>
-      <c r="E478" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F478" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="479" spans="1:6">
       <c r="A479" s="2">
         <v>276</v>
       </c>
       <c r="B479" s="2">
         <v>120</v>
       </c>
       <c r="C479" s="2">
-        <v>101001</v>
+        <v>118092</v>
       </c>
       <c r="D479" s="2" t="s">
-        <v>765</v>
+        <v>917</v>
       </c>
       <c r="E479" s="2" t="s">
         <v>918</v>
       </c>
       <c r="F479" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="480" spans="1:6">
       <c r="A480" s="2">
         <v>276</v>
       </c>
       <c r="B480" s="2">
         <v>120</v>
       </c>
       <c r="C480" s="2">
-        <v>118266</v>
+        <v>107945</v>
       </c>
       <c r="D480" s="2" t="s">
         <v>919</v>
       </c>
       <c r="E480" s="2" t="s">
         <v>920</v>
       </c>
       <c r="F480" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="481" spans="1:6">
       <c r="A481" s="2">
         <v>276</v>
       </c>
       <c r="B481" s="2">
         <v>120</v>
       </c>
       <c r="C481" s="2">
-        <v>118046</v>
+        <v>118173</v>
       </c>
       <c r="D481" s="2" t="s">
         <v>921</v>
       </c>
       <c r="E481" s="2" t="s">
         <v>922</v>
       </c>
       <c r="F481" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="482" spans="1:6">
       <c r="A482" s="2">
         <v>276</v>
       </c>
       <c r="B482" s="2">
         <v>120</v>
       </c>
       <c r="C482" s="2">
-        <v>118180</v>
+        <v>118332</v>
       </c>
       <c r="D482" s="2" t="s">
         <v>923</v>
       </c>
       <c r="E482" s="2" t="s">
-        <v>924</v>
+        <v>679</v>
       </c>
       <c r="F482" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="483" spans="1:6">
       <c r="A483" s="2">
         <v>276</v>
       </c>
       <c r="B483" s="2">
         <v>120</v>
       </c>
       <c r="C483" s="2">
-        <v>118343</v>
+        <v>117982</v>
       </c>
       <c r="D483" s="2" t="s">
+        <v>924</v>
+      </c>
+      <c r="E483" s="2" t="s">
         <v>925</v>
       </c>
-      <c r="E483" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F483" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="484" spans="1:6">
       <c r="A484" s="2">
         <v>276</v>
       </c>
       <c r="B484" s="2">
         <v>120</v>
       </c>
       <c r="C484" s="2">
-        <v>117966</v>
+        <v>118086</v>
       </c>
       <c r="D484" s="2" t="s">
+        <v>926</v>
+      </c>
+      <c r="E484" s="2" t="s">
         <v>927</v>
       </c>
-      <c r="E484" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F484" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="485" spans="1:6">
       <c r="A485" s="2">
         <v>276</v>
       </c>
       <c r="B485" s="2">
         <v>120</v>
       </c>
       <c r="C485" s="2">
-        <v>118096</v>
+        <v>118255</v>
       </c>
       <c r="D485" s="2" t="s">
+        <v>928</v>
+      </c>
+      <c r="E485" s="2" t="s">
         <v>929</v>
       </c>
-      <c r="E485" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F485" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="486" spans="1:6">
       <c r="A486" s="2">
         <v>276</v>
       </c>
       <c r="B486" s="2">
         <v>120</v>
       </c>
       <c r="C486" s="2">
-        <v>118263</v>
+        <v>102769</v>
       </c>
       <c r="D486" s="2" t="s">
+        <v>930</v>
+      </c>
+      <c r="E486" s="2" t="s">
         <v>931</v>
       </c>
-      <c r="E486" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F486" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="487" spans="1:6">
       <c r="A487" s="2">
         <v>276</v>
       </c>
       <c r="B487" s="2">
         <v>120</v>
       </c>
       <c r="C487" s="2">
-        <v>118043</v>
+        <v>118167</v>
       </c>
       <c r="D487" s="2" t="s">
+        <v>932</v>
+      </c>
+      <c r="E487" s="2" t="s">
         <v>933</v>
       </c>
-      <c r="E487" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F487" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="488" spans="1:6">
       <c r="A488" s="2">
         <v>276</v>
       </c>
       <c r="B488" s="2">
         <v>120</v>
       </c>
       <c r="C488" s="2">
-        <v>118177</v>
+        <v>118329</v>
       </c>
       <c r="D488" s="2" t="s">
+        <v>934</v>
+      </c>
+      <c r="E488" s="2" t="s">
         <v>935</v>
       </c>
-      <c r="E488" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F488" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="489" spans="1:6">
       <c r="A489" s="2">
         <v>276</v>
       </c>
       <c r="B489" s="2">
         <v>120</v>
       </c>
       <c r="C489" s="2">
-        <v>118336</v>
+        <v>117978</v>
       </c>
       <c r="D489" s="2" t="s">
-        <v>937</v>
+        <v>904</v>
       </c>
       <c r="E489" s="2" t="s">
-        <v>938</v>
+        <v>546</v>
       </c>
       <c r="F489" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="490" spans="1:6">
       <c r="A490" s="2">
         <v>276</v>
       </c>
       <c r="B490" s="2">
         <v>120</v>
       </c>
       <c r="C490" s="2">
-        <v>117961</v>
+        <v>105973</v>
       </c>
       <c r="D490" s="2" t="s">
-        <v>939</v>
+        <v>936</v>
       </c>
       <c r="E490" s="2" t="s">
-        <v>940</v>
+        <v>608</v>
       </c>
       <c r="F490" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="491" spans="1:6">
       <c r="A491" s="2">
         <v>276</v>
       </c>
       <c r="B491" s="2">
         <v>120</v>
       </c>
       <c r="C491" s="2">
-        <v>118092</v>
+        <v>118252</v>
       </c>
       <c r="D491" s="2" t="s">
-        <v>941</v>
+        <v>937</v>
       </c>
       <c r="E491" s="2" t="s">
-        <v>942</v>
+        <v>938</v>
       </c>
       <c r="F491" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="492" spans="1:6">
       <c r="A492" s="2">
         <v>276</v>
       </c>
       <c r="B492" s="2">
         <v>120</v>
       </c>
       <c r="C492" s="2">
-        <v>107945</v>
+        <v>118054</v>
       </c>
       <c r="D492" s="2" t="s">
-        <v>943</v>
+        <v>939</v>
       </c>
       <c r="E492" s="2" t="s">
-        <v>944</v>
+        <v>914</v>
       </c>
       <c r="F492" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="493" spans="1:6">
       <c r="A493" s="2">
         <v>276</v>
       </c>
       <c r="B493" s="2">
         <v>120</v>
       </c>
       <c r="C493" s="2">
-        <v>118040</v>
+        <v>113090</v>
       </c>
       <c r="D493" s="2" t="s">
-        <v>945</v>
+        <v>940</v>
       </c>
       <c r="E493" s="2" t="s">
-        <v>946</v>
+        <v>941</v>
       </c>
       <c r="F493" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="494" spans="1:6">
       <c r="A494" s="2">
         <v>276</v>
       </c>
       <c r="B494" s="2">
         <v>120</v>
       </c>
       <c r="C494" s="2">
-        <v>118173</v>
+        <v>113181</v>
       </c>
       <c r="D494" s="2" t="s">
-        <v>562</v>
+        <v>942</v>
       </c>
       <c r="E494" s="2" t="s">
-        <v>947</v>
+        <v>943</v>
       </c>
       <c r="F494" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="495" spans="1:6">
       <c r="A495" s="2">
         <v>276</v>
       </c>
       <c r="B495" s="2">
         <v>120</v>
       </c>
       <c r="C495" s="2">
-        <v>118332</v>
+        <v>117975</v>
       </c>
       <c r="D495" s="2" t="s">
-        <v>948</v>
+        <v>944</v>
       </c>
       <c r="E495" s="2" t="s">
-        <v>687</v>
+        <v>424</v>
       </c>
       <c r="F495" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="496" spans="1:6">
       <c r="A496" s="2">
         <v>276</v>
       </c>
       <c r="B496" s="2">
         <v>120</v>
       </c>
       <c r="C496" s="2">
-        <v>117956</v>
+        <v>118077</v>
       </c>
       <c r="D496" s="2" t="s">
-        <v>949</v>
+        <v>945</v>
       </c>
       <c r="E496" s="2" t="s">
-        <v>950</v>
+        <v>946</v>
       </c>
       <c r="F496" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="497" spans="1:6">
       <c r="A497" s="2">
         <v>276</v>
       </c>
       <c r="B497" s="2">
         <v>120</v>
       </c>
       <c r="C497" s="2">
-        <v>118086</v>
+        <v>118246</v>
       </c>
       <c r="D497" s="2" t="s">
-        <v>951</v>
+        <v>947</v>
       </c>
       <c r="E497" s="2" t="s">
-        <v>952</v>
+        <v>948</v>
       </c>
       <c r="F497" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="498" spans="1:6">
       <c r="A498" s="2">
         <v>276</v>
       </c>
       <c r="B498" s="2">
         <v>120</v>
       </c>
       <c r="C498" s="2">
-        <v>118255</v>
+        <v>118050</v>
       </c>
       <c r="D498" s="2" t="s">
-        <v>953</v>
+        <v>949</v>
       </c>
       <c r="E498" s="2" t="s">
-        <v>954</v>
+        <v>950</v>
       </c>
       <c r="F498" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="499" spans="1:6">
       <c r="A499" s="2">
         <v>276</v>
       </c>
       <c r="B499" s="2">
         <v>120</v>
       </c>
       <c r="C499" s="2">
-        <v>118036</v>
+        <v>118159</v>
       </c>
       <c r="D499" s="2" t="s">
-        <v>653</v>
+        <v>951</v>
       </c>
       <c r="E499" s="2" t="s">
-        <v>955</v>
+        <v>952</v>
       </c>
       <c r="F499" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="500" spans="1:6">
       <c r="A500" s="2">
         <v>276</v>
       </c>
       <c r="B500" s="2">
         <v>120</v>
       </c>
       <c r="C500" s="2">
-        <v>118167</v>
+        <v>118322</v>
       </c>
       <c r="D500" s="2" t="s">
-        <v>956</v>
+        <v>953</v>
       </c>
       <c r="E500" s="2" t="s">
-        <v>957</v>
+        <v>954</v>
       </c>
       <c r="F500" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="501" spans="1:6">
       <c r="A501" s="2">
         <v>276</v>
       </c>
       <c r="B501" s="2">
         <v>120</v>
       </c>
       <c r="C501" s="2">
-        <v>118329</v>
+        <v>117969</v>
       </c>
       <c r="D501" s="2" t="s">
-        <v>958</v>
+        <v>955</v>
       </c>
       <c r="E501" s="2" t="s">
-        <v>959</v>
+        <v>956</v>
       </c>
       <c r="F501" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="502" spans="1:6">
       <c r="A502" s="2">
         <v>276</v>
       </c>
       <c r="B502" s="2">
         <v>120</v>
       </c>
       <c r="C502" s="2">
-        <v>113121</v>
+        <v>118074</v>
       </c>
       <c r="D502" s="2" t="s">
-        <v>960</v>
+        <v>921</v>
       </c>
       <c r="E502" s="2" t="s">
-        <v>961</v>
+        <v>957</v>
       </c>
       <c r="F502" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="503" spans="1:6">
       <c r="A503" s="2">
         <v>276</v>
       </c>
       <c r="B503" s="2">
         <v>120</v>
       </c>
       <c r="C503" s="2">
-        <v>105973</v>
+        <v>118243</v>
       </c>
       <c r="D503" s="2" t="s">
-        <v>962</v>
+        <v>958</v>
       </c>
       <c r="E503" s="2" t="s">
-        <v>614</v>
+        <v>959</v>
       </c>
       <c r="F503" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="504" spans="1:6">
       <c r="A504" s="2">
         <v>276</v>
       </c>
       <c r="B504" s="2">
         <v>120</v>
       </c>
       <c r="C504" s="2">
-        <v>118252</v>
+        <v>118047</v>
       </c>
       <c r="D504" s="2" t="s">
-        <v>963</v>
+        <v>960</v>
       </c>
       <c r="E504" s="2" t="s">
-        <v>964</v>
+        <v>728</v>
       </c>
       <c r="F504" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="505" spans="1:6">
       <c r="A505" s="2">
         <v>276</v>
       </c>
       <c r="B505" s="2">
         <v>120</v>
       </c>
       <c r="C505" s="2">
-        <v>113090</v>
+        <v>118155</v>
       </c>
       <c r="D505" s="2" t="s">
-        <v>965</v>
+        <v>961</v>
       </c>
       <c r="E505" s="2" t="s">
-        <v>966</v>
+        <v>962</v>
       </c>
       <c r="F505" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="506" spans="1:6">
       <c r="A506" s="2">
         <v>276</v>
       </c>
       <c r="B506" s="2">
         <v>120</v>
       </c>
       <c r="C506" s="2">
-        <v>113181</v>
+        <v>118319</v>
       </c>
       <c r="D506" s="2" t="s">
-        <v>967</v>
+        <v>963</v>
       </c>
       <c r="E506" s="2" t="s">
-        <v>968</v>
+        <v>964</v>
       </c>
       <c r="F506" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="507" spans="1:6">
       <c r="A507" s="2">
         <v>276</v>
       </c>
       <c r="B507" s="2">
         <v>120</v>
       </c>
       <c r="C507" s="2">
-        <v>117949</v>
+        <v>117963</v>
       </c>
       <c r="D507" s="2" t="s">
-        <v>969</v>
+        <v>965</v>
       </c>
       <c r="E507" s="2" t="s">
-        <v>970</v>
+        <v>563</v>
       </c>
       <c r="F507" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="508" spans="1:6">
       <c r="A508" s="2">
         <v>276</v>
       </c>
       <c r="B508" s="2">
         <v>120</v>
       </c>
       <c r="C508" s="2">
-        <v>118077</v>
+        <v>118240</v>
       </c>
       <c r="D508" s="2" t="s">
-        <v>971</v>
+        <v>966</v>
       </c>
       <c r="E508" s="2" t="s">
-        <v>972</v>
+        <v>967</v>
       </c>
       <c r="F508" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="509" spans="1:6">
       <c r="A509" s="2">
         <v>276</v>
       </c>
       <c r="B509" s="2">
         <v>120</v>
       </c>
       <c r="C509" s="2">
-        <v>118246</v>
+        <v>118044</v>
       </c>
       <c r="D509" s="2" t="s">
-        <v>973</v>
+        <v>968</v>
       </c>
       <c r="E509" s="2" t="s">
-        <v>974</v>
+        <v>546</v>
       </c>
       <c r="F509" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="510" spans="1:6">
       <c r="A510" s="2">
         <v>276</v>
       </c>
       <c r="B510" s="2">
         <v>120</v>
       </c>
       <c r="C510" s="2">
-        <v>118033</v>
+        <v>118316</v>
       </c>
       <c r="D510" s="2" t="s">
-        <v>975</v>
+        <v>969</v>
       </c>
       <c r="E510" s="2" t="s">
-        <v>976</v>
+        <v>970</v>
       </c>
       <c r="F510" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="511" spans="1:6">
       <c r="A511" s="2">
         <v>276</v>
       </c>
       <c r="B511" s="2">
         <v>120</v>
       </c>
       <c r="C511" s="2">
-        <v>118159</v>
+        <v>117957</v>
       </c>
       <c r="D511" s="2" t="s">
-        <v>977</v>
+        <v>971</v>
       </c>
       <c r="E511" s="2" t="s">
-        <v>978</v>
+        <v>530</v>
       </c>
       <c r="F511" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="512" spans="1:6">
       <c r="A512" s="2">
         <v>276</v>
       </c>
       <c r="B512" s="2">
         <v>120</v>
       </c>
       <c r="C512" s="2">
-        <v>118322</v>
+        <v>118237</v>
       </c>
       <c r="D512" s="2" t="s">
-        <v>979</v>
+        <v>972</v>
       </c>
       <c r="E512" s="2" t="s">
-        <v>980</v>
+        <v>973</v>
       </c>
       <c r="F512" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="513" spans="1:6">
       <c r="A513" s="2">
         <v>276</v>
       </c>
       <c r="B513" s="2">
         <v>120</v>
       </c>
       <c r="C513" s="2">
-        <v>118074</v>
+        <v>118041</v>
       </c>
       <c r="D513" s="2" t="s">
-        <v>562</v>
+        <v>974</v>
       </c>
       <c r="E513" s="2" t="s">
-        <v>981</v>
+        <v>975</v>
       </c>
       <c r="F513" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="514" spans="1:6">
       <c r="A514" s="2">
         <v>276</v>
       </c>
       <c r="B514" s="2">
         <v>120</v>
       </c>
       <c r="C514" s="2">
-        <v>118243</v>
+        <v>118151</v>
       </c>
       <c r="D514" s="2" t="s">
-        <v>982</v>
+        <v>976</v>
       </c>
       <c r="E514" s="2" t="s">
-        <v>983</v>
+        <v>977</v>
       </c>
       <c r="F514" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="515" spans="1:6">
       <c r="A515" s="2">
         <v>276</v>
       </c>
       <c r="B515" s="2">
         <v>120</v>
       </c>
       <c r="C515" s="2">
-        <v>118028</v>
+        <v>118312</v>
       </c>
       <c r="D515" s="2" t="s">
-        <v>984</v>
+        <v>978</v>
       </c>
       <c r="E515" s="2" t="s">
-        <v>619</v>
+        <v>979</v>
       </c>
       <c r="F515" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="516" spans="1:6">
       <c r="A516" s="2">
         <v>276</v>
       </c>
       <c r="B516" s="2">
         <v>120</v>
       </c>
       <c r="C516" s="2">
-        <v>118155</v>
+        <v>117954</v>
       </c>
       <c r="D516" s="2" t="s">
-        <v>985</v>
+        <v>980</v>
       </c>
       <c r="E516" s="2" t="s">
-        <v>986</v>
+        <v>981</v>
       </c>
       <c r="F516" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="517" spans="1:6">
       <c r="A517" s="2">
         <v>276</v>
       </c>
       <c r="B517" s="2">
         <v>120</v>
       </c>
       <c r="C517" s="2">
-        <v>118319</v>
+        <v>118234</v>
       </c>
       <c r="D517" s="2" t="s">
-        <v>987</v>
+        <v>982</v>
       </c>
       <c r="E517" s="2" t="s">
-        <v>988</v>
+        <v>983</v>
       </c>
       <c r="F517" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="518" spans="1:6">
       <c r="A518" s="2">
         <v>276</v>
       </c>
       <c r="B518" s="2">
         <v>120</v>
       </c>
       <c r="C518" s="2">
-        <v>118240</v>
+        <v>118037</v>
       </c>
       <c r="D518" s="2" t="s">
-        <v>989</v>
+        <v>984</v>
       </c>
       <c r="E518" s="2" t="s">
-        <v>990</v>
+        <v>985</v>
       </c>
       <c r="F518" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="519" spans="1:6">
       <c r="A519" s="2">
         <v>276</v>
       </c>
       <c r="B519" s="2">
         <v>120</v>
       </c>
       <c r="C519" s="2">
-        <v>118024</v>
+        <v>118147</v>
       </c>
       <c r="D519" s="2" t="s">
-        <v>991</v>
-[...1 lines deleted...]
-      <c r="E519" s="2"/>
+        <v>986</v>
+      </c>
+      <c r="E519" s="2" t="s">
+        <v>987</v>
+      </c>
       <c r="F519" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="520" spans="1:6">
       <c r="A520" s="2">
         <v>276</v>
       </c>
       <c r="B520" s="2">
         <v>120</v>
       </c>
       <c r="C520" s="2">
-        <v>118151</v>
+        <v>118308</v>
       </c>
       <c r="D520" s="2" t="s">
-        <v>992</v>
+        <v>988</v>
       </c>
       <c r="E520" s="2" t="s">
-        <v>993</v>
+        <v>719</v>
       </c>
       <c r="F520" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="521" spans="1:6">
       <c r="A521" s="2">
         <v>276</v>
       </c>
       <c r="B521" s="2">
         <v>120</v>
       </c>
       <c r="C521" s="2">
-        <v>118316</v>
+        <v>117950</v>
       </c>
       <c r="D521" s="2" t="s">
-        <v>994</v>
+        <v>989</v>
       </c>
       <c r="E521" s="2" t="s">
-        <v>598</v>
+        <v>990</v>
       </c>
       <c r="F521" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="522" spans="1:6">
       <c r="A522" s="2">
         <v>276</v>
       </c>
       <c r="B522" s="2">
         <v>120</v>
       </c>
       <c r="C522" s="2">
         <v>118115</v>
       </c>
       <c r="D522" s="2" t="s">
-        <v>995</v>
+        <v>991</v>
       </c>
       <c r="E522" s="2" t="s">
-        <v>996</v>
+        <v>992</v>
       </c>
       <c r="F522" s="2" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="523" spans="1:6">
       <c r="A523" s="2">
         <v>276</v>
       </c>
       <c r="B523" s="2">
         <v>120</v>
       </c>
       <c r="C523" s="2">
-        <v>118237</v>
+        <v>118229</v>
       </c>
       <c r="D523" s="2" t="s">
-        <v>997</v>
+        <v>883</v>
       </c>
       <c r="E523" s="2" t="s">
-        <v>998</v>
+        <v>914</v>
       </c>
       <c r="F523" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="524" spans="1:6">
       <c r="A524" s="2">
         <v>276</v>
       </c>
       <c r="B524" s="2">
         <v>120</v>
       </c>
       <c r="C524" s="2">
-        <v>118020</v>
+        <v>118034</v>
       </c>
       <c r="D524" s="2" t="s">
-        <v>999</v>
+        <v>993</v>
       </c>
       <c r="E524" s="2" t="s">
-        <v>1000</v>
+        <v>994</v>
       </c>
       <c r="F524" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="525" spans="1:6">
       <c r="A525" s="2">
         <v>276</v>
       </c>
       <c r="B525" s="2">
         <v>120</v>
       </c>
       <c r="C525" s="2">
-        <v>118147</v>
+        <v>102917</v>
       </c>
       <c r="D525" s="2" t="s">
-        <v>1001</v>
+        <v>995</v>
       </c>
       <c r="E525" s="2" t="s">
-        <v>1002</v>
+        <v>996</v>
       </c>
       <c r="F525" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="526" spans="1:6">
       <c r="A526" s="2">
         <v>276</v>
       </c>
       <c r="B526" s="2">
         <v>120</v>
       </c>
       <c r="C526" s="2">
-        <v>118312</v>
+        <v>118304</v>
       </c>
       <c r="D526" s="2" t="s">
-        <v>1003</v>
+        <v>496</v>
       </c>
       <c r="E526" s="2" t="s">
-        <v>1004</v>
+        <v>997</v>
       </c>
       <c r="F526" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="527" spans="1:6">
       <c r="A527" s="2">
         <v>276</v>
       </c>
       <c r="B527" s="2">
         <v>120</v>
       </c>
       <c r="C527" s="2">
-        <v>118234</v>
+        <v>118225</v>
       </c>
       <c r="D527" s="2" t="s">
-        <v>1005</v>
+        <v>998</v>
       </c>
       <c r="E527" s="2" t="s">
-        <v>1006</v>
+        <v>645</v>
       </c>
       <c r="F527" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="528" spans="1:6">
       <c r="A528" s="2">
         <v>276</v>
       </c>
       <c r="B528" s="2">
         <v>120</v>
       </c>
       <c r="C528" s="2">
-        <v>118017</v>
+        <v>118029</v>
       </c>
       <c r="D528" s="2" t="s">
-        <v>596</v>
+        <v>999</v>
       </c>
       <c r="E528" s="2" t="s">
-        <v>1007</v>
+        <v>1000</v>
       </c>
       <c r="F528" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="529" spans="1:6">
       <c r="A529" s="2">
         <v>276</v>
       </c>
       <c r="B529" s="2">
         <v>120</v>
       </c>
       <c r="C529" s="2">
-        <v>102917</v>
+        <v>118138</v>
       </c>
       <c r="D529" s="2" t="s">
-        <v>1008</v>
+        <v>1001</v>
       </c>
       <c r="E529" s="2" t="s">
-        <v>1009</v>
+        <v>1002</v>
       </c>
       <c r="F529" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="530" spans="1:6">
       <c r="A530" s="2">
         <v>276</v>
       </c>
       <c r="B530" s="2">
         <v>120</v>
       </c>
       <c r="C530" s="2">
-        <v>118308</v>
+        <v>118300</v>
       </c>
       <c r="D530" s="2" t="s">
-        <v>1010</v>
+        <v>1003</v>
       </c>
       <c r="E530" s="2" t="s">
-        <v>882</v>
+        <v>1004</v>
       </c>
       <c r="F530" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="531" spans="1:6">
       <c r="A531" s="2">
         <v>276</v>
       </c>
       <c r="B531" s="2">
         <v>120</v>
       </c>
       <c r="C531" s="2">
-        <v>118229</v>
+        <v>118218</v>
       </c>
       <c r="D531" s="2" t="s">
-        <v>906</v>
+        <v>1005</v>
       </c>
       <c r="E531" s="2" t="s">
-        <v>938</v>
+        <v>1006</v>
       </c>
       <c r="F531" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="532" spans="1:6">
       <c r="A532" s="2">
         <v>276</v>
       </c>
       <c r="B532" s="2">
         <v>120</v>
       </c>
       <c r="C532" s="2">
-        <v>118012</v>
+        <v>118025</v>
       </c>
       <c r="D532" s="2" t="s">
-        <v>760</v>
-[...3 lines deleted...]
-      </c>
+        <v>1007</v>
+      </c>
+      <c r="E532" s="2"/>
       <c r="F532" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="533" spans="1:6">
       <c r="A533" s="2">
         <v>276</v>
       </c>
       <c r="B533" s="2">
         <v>120</v>
       </c>
       <c r="C533" s="2">
-        <v>118138</v>
+        <v>118134</v>
       </c>
       <c r="D533" s="2" t="s">
-        <v>1011</v>
+        <v>780</v>
       </c>
       <c r="E533" s="2" t="s">
-        <v>612</v>
+        <v>1008</v>
       </c>
       <c r="F533" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="534" spans="1:6">
       <c r="A534" s="2">
         <v>276</v>
       </c>
       <c r="B534" s="2">
         <v>120</v>
       </c>
       <c r="C534" s="2">
-        <v>118304</v>
+        <v>118297</v>
       </c>
       <c r="D534" s="2" t="s">
-        <v>496</v>
+        <v>1009</v>
       </c>
       <c r="E534" s="2" t="s">
-        <v>1012</v>
+        <v>1010</v>
       </c>
       <c r="F534" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="535" spans="1:6">
       <c r="A535" s="2">
         <v>276</v>
       </c>
       <c r="B535" s="2">
         <v>120</v>
       </c>
       <c r="C535" s="2">
-        <v>118225</v>
+        <v>118214</v>
       </c>
       <c r="D535" s="2" t="s">
-        <v>1013</v>
+        <v>1011</v>
       </c>
       <c r="E535" s="2" t="s">
-        <v>809</v>
+        <v>1012</v>
       </c>
       <c r="F535" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="536" spans="1:6">
       <c r="A536" s="2">
         <v>276</v>
       </c>
       <c r="B536" s="2">
         <v>120</v>
       </c>
       <c r="C536" s="2">
-        <v>113141</v>
+        <v>102800</v>
       </c>
       <c r="D536" s="2" t="s">
-        <v>1014</v>
+        <v>1013</v>
       </c>
       <c r="E536" s="2" t="s">
-        <v>625</v>
+        <v>970</v>
       </c>
       <c r="F536" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="537" spans="1:6">
       <c r="A537" s="2">
         <v>276</v>
       </c>
       <c r="B537" s="2">
         <v>120</v>
       </c>
       <c r="C537" s="2">
-        <v>118134</v>
+        <v>118130</v>
       </c>
       <c r="D537" s="2" t="s">
-        <v>792</v>
+        <v>1014</v>
       </c>
       <c r="E537" s="2" t="s">
         <v>1015</v>
       </c>
       <c r="F537" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="538" spans="1:6">
       <c r="A538" s="2">
         <v>276</v>
       </c>
       <c r="B538" s="2">
         <v>120</v>
       </c>
       <c r="C538" s="2">
-        <v>118300</v>
+        <v>118210</v>
       </c>
       <c r="D538" s="2" t="s">
         <v>1016</v>
       </c>
       <c r="E538" s="2" t="s">
         <v>1017</v>
       </c>
       <c r="F538" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="539" spans="1:6">
       <c r="A539" s="2">
         <v>276</v>
       </c>
       <c r="B539" s="2">
         <v>120</v>
       </c>
       <c r="C539" s="2">
-        <v>118218</v>
+        <v>118018</v>
       </c>
       <c r="D539" s="2" t="s">
         <v>1018</v>
       </c>
       <c r="E539" s="2" t="s">
         <v>1019</v>
       </c>
       <c r="F539" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="540" spans="1:6">
       <c r="A540" s="2">
         <v>276</v>
       </c>
       <c r="B540" s="2">
         <v>120</v>
       </c>
       <c r="C540" s="2">
-        <v>118006</v>
+        <v>118127</v>
       </c>
       <c r="D540" s="2" t="s">
         <v>1020</v>
       </c>
       <c r="E540" s="2" t="s">
         <v>1021</v>
       </c>
       <c r="F540" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="541" spans="1:6">
       <c r="A541" s="2">
         <v>276</v>
       </c>
       <c r="B541" s="2">
         <v>120</v>
       </c>
       <c r="C541" s="2">
-        <v>118297</v>
+        <v>118292</v>
       </c>
       <c r="D541" s="2" t="s">
         <v>1022</v>
       </c>
       <c r="E541" s="2" t="s">
         <v>1023</v>
       </c>
       <c r="F541" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="542" spans="1:6">
       <c r="A542" s="2">
         <v>276</v>
       </c>
       <c r="B542" s="2">
         <v>120</v>
       </c>
       <c r="C542" s="2">
-        <v>118214</v>
+        <v>118207</v>
       </c>
       <c r="D542" s="2" t="s">
         <v>1024</v>
       </c>
       <c r="E542" s="2" t="s">
         <v>1025</v>
       </c>
       <c r="F542" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="543" spans="1:6">
       <c r="A543" s="2">
         <v>276</v>
       </c>
       <c r="B543" s="2">
         <v>120</v>
       </c>
       <c r="C543" s="2">
-        <v>118056</v>
+        <v>118013</v>
       </c>
       <c r="D543" s="2" t="s">
         <v>1026</v>
       </c>
       <c r="E543" s="2" t="s">
-        <v>1027</v>
+        <v>1002</v>
       </c>
       <c r="F543" s="2" t="s">
         <v>188</v>
       </c>
     </row>
     <row r="544" spans="1:6">
       <c r="A544" s="2">
         <v>276</v>
       </c>
       <c r="B544" s="2">
         <v>120</v>
       </c>
       <c r="C544" s="2">
-        <v>118003</v>
+        <v>118056</v>
       </c>
       <c r="D544" s="2" t="s">
+        <v>1027</v>
+      </c>
+      <c r="E544" s="2" t="s">
         <v>1028</v>
       </c>
-      <c r="E544" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F544" s="2" t="s">
-        <v>198</v>
+        <v>191</v>
       </c>
     </row>
     <row r="545" spans="1:6">
       <c r="A545" s="2">
         <v>276</v>
       </c>
       <c r="B545" s="2">
         <v>120</v>
       </c>
       <c r="C545" s="2">
-        <v>107164</v>
+        <v>118123</v>
       </c>
       <c r="D545" s="2" t="s">
         <v>1029</v>
       </c>
       <c r="E545" s="2" t="s">
         <v>1030</v>
       </c>
-      <c r="F545" s="2"/>
+      <c r="F545" s="2" t="s">
+        <v>188</v>
+      </c>
     </row>
     <row r="546" spans="1:6">
       <c r="A546" s="2">
         <v>276</v>
       </c>
       <c r="B546" s="2">
         <v>120</v>
       </c>
       <c r="C546" s="2">
-        <v>118130</v>
+        <v>107164</v>
       </c>
       <c r="D546" s="2" t="s">
         <v>1031</v>
       </c>
       <c r="E546" s="2" t="s">
         <v>1032</v>
       </c>
-      <c r="F546" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F546" s="2"/>
     </row>
     <row r="547" spans="1:6">
       <c r="A547" s="2">
         <v>276</v>
       </c>
       <c r="B547" s="2">
         <v>120</v>
       </c>
       <c r="C547" s="2">
-        <v>118292</v>
+        <v>118289</v>
       </c>
       <c r="D547" s="2" t="s">
         <v>1033</v>
       </c>
       <c r="E547" s="2" t="s">
         <v>1034</v>
       </c>
       <c r="F547" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="548" spans="1:6">
       <c r="A548" s="2">
         <v>276</v>
       </c>
       <c r="B548" s="2">
         <v>120</v>
       </c>
       <c r="C548" s="2">
-        <v>118210</v>
+        <v>118204</v>
       </c>
       <c r="D548" s="2" t="s">
         <v>1035</v>
       </c>
       <c r="E548" s="2" t="s">
         <v>1036</v>
       </c>
       <c r="F548" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="549" spans="1:6">
       <c r="A549" s="2">
         <v>276</v>
       </c>
       <c r="B549" s="2">
         <v>120</v>
       </c>
       <c r="C549" s="2">
-        <v>118061</v>
+        <v>113159</v>
       </c>
       <c r="D549" s="2" t="s">
         <v>1037</v>
       </c>
       <c r="E549" s="2" t="s">
-        <v>1038</v>
+        <v>810</v>
       </c>
       <c r="F549" s="2" t="s">
-        <v>651</v>
+        <v>188</v>
       </c>
     </row>
     <row r="550" spans="1:6">
       <c r="A550" s="2">
         <v>276</v>
       </c>
       <c r="B550" s="2">
         <v>120</v>
       </c>
       <c r="C550" s="2">
-        <v>102722</v>
+        <v>118061</v>
       </c>
       <c r="D550" s="2" t="s">
+        <v>1038</v>
+      </c>
+      <c r="E550" s="2" t="s">
         <v>1039</v>
       </c>
-      <c r="E550" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F550" s="2" t="s">
-        <v>198</v>
+        <v>658</v>
       </c>
     </row>
     <row r="551" spans="1:6">
       <c r="A551" s="2">
         <v>276</v>
       </c>
       <c r="B551" s="2">
         <v>120</v>
       </c>
       <c r="C551" s="2">
-        <v>118127</v>
+        <v>118120</v>
       </c>
       <c r="D551" s="2" t="s">
+        <v>1040</v>
+      </c>
+      <c r="E551" s="2" t="s">
         <v>1041</v>
       </c>
-      <c r="E551" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F551" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="552" spans="1:6">
       <c r="A552" s="2">
         <v>276</v>
       </c>
       <c r="B552" s="2">
         <v>120</v>
       </c>
       <c r="C552" s="2">
-        <v>118289</v>
+        <v>118285</v>
       </c>
       <c r="D552" s="2" t="s">
+        <v>1042</v>
+      </c>
+      <c r="E552" s="2" t="s">
         <v>1043</v>
       </c>
-      <c r="E552" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F552" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="553" spans="1:6">
       <c r="A553" s="2">
         <v>276</v>
       </c>
       <c r="B553" s="2">
         <v>120</v>
       </c>
       <c r="C553" s="2">
-        <v>118207</v>
+        <v>102935</v>
       </c>
       <c r="D553" s="2" t="s">
-        <v>1045</v>
+        <v>612</v>
       </c>
       <c r="E553" s="2" t="s">
-        <v>1046</v>
+        <v>1044</v>
       </c>
       <c r="F553" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="554" spans="1:6">
       <c r="A554" s="2">
         <v>276</v>
       </c>
       <c r="B554" s="2">
         <v>120</v>
       </c>
       <c r="C554" s="2">
-        <v>108406</v>
+        <v>113123</v>
       </c>
       <c r="D554" s="2" t="s">
-        <v>1047</v>
+        <v>1045</v>
       </c>
       <c r="E554" s="2" t="s">
-        <v>1048</v>
+        <v>1046</v>
       </c>
       <c r="F554" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="555" spans="1:6">
       <c r="A555" s="2">
         <v>276</v>
       </c>
       <c r="B555" s="2">
         <v>120</v>
       </c>
       <c r="C555" s="2">
-        <v>118123</v>
+        <v>118117</v>
       </c>
       <c r="D555" s="2" t="s">
-        <v>1049</v>
+        <v>1047</v>
       </c>
       <c r="E555" s="2" t="s">
-        <v>1050</v>
+        <v>1048</v>
       </c>
       <c r="F555" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="556" spans="1:6">
       <c r="A556" s="2">
         <v>276</v>
       </c>
       <c r="B556" s="2">
         <v>120</v>
       </c>
       <c r="C556" s="2">
-        <v>118285</v>
+        <v>118282</v>
       </c>
       <c r="D556" s="2" t="s">
-        <v>1051</v>
+        <v>1049</v>
       </c>
       <c r="E556" s="2" t="s">
-        <v>1052</v>
+        <v>1050</v>
       </c>
       <c r="F556" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="557" spans="1:6">
       <c r="A557" s="2">
         <v>276</v>
       </c>
       <c r="B557" s="2">
         <v>120</v>
       </c>
       <c r="C557" s="2">
-        <v>118071</v>
+        <v>118197</v>
       </c>
       <c r="D557" s="2" t="s">
-        <v>1053</v>
+        <v>1051</v>
       </c>
       <c r="E557" s="2" t="s">
-        <v>1054</v>
+        <v>1052</v>
       </c>
       <c r="F557" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="558" spans="1:6">
       <c r="A558" s="2">
         <v>276</v>
       </c>
       <c r="B558" s="2">
         <v>120</v>
       </c>
       <c r="C558" s="2">
-        <v>118204</v>
+        <v>118004</v>
       </c>
       <c r="D558" s="2" t="s">
-        <v>1055</v>
+        <v>703</v>
       </c>
       <c r="E558" s="2" t="s">
-        <v>1056</v>
+        <v>1053</v>
       </c>
       <c r="F558" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="559" spans="1:6">
       <c r="A559" s="2">
         <v>276</v>
       </c>
       <c r="B559" s="2">
         <v>120</v>
       </c>
       <c r="C559" s="2">
         <v>118339</v>
       </c>
       <c r="D559" s="2" t="s">
-        <v>1057</v>
+        <v>1054</v>
       </c>
       <c r="E559" s="2" t="s">
-        <v>1058</v>
+        <v>1055</v>
       </c>
       <c r="F559" s="2" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="560" spans="1:6">
       <c r="A560" s="2">
         <v>276</v>
       </c>
       <c r="B560" s="2">
         <v>120</v>
       </c>
       <c r="C560" s="2">
-        <v>107112</v>
+        <v>107046</v>
       </c>
       <c r="D560" s="2" t="s">
-        <v>1059</v>
+        <v>1056</v>
       </c>
       <c r="E560" s="2" t="s">
-        <v>546</v>
+        <v>1057</v>
       </c>
       <c r="F560" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="561" spans="1:6">
       <c r="A561" s="2">
         <v>276</v>
       </c>
       <c r="B561" s="2">
         <v>120</v>
       </c>
       <c r="C561" s="2">
-        <v>118120</v>
+        <v>118278</v>
       </c>
       <c r="D561" s="2" t="s">
-        <v>1060</v>
+        <v>1058</v>
       </c>
       <c r="E561" s="2" t="s">
-        <v>1061</v>
+        <v>435</v>
       </c>
       <c r="F561" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="562" spans="1:6">
       <c r="A562" s="2">
         <v>276</v>
       </c>
       <c r="B562" s="2">
         <v>120</v>
       </c>
       <c r="C562" s="2">
-        <v>118282</v>
+        <v>118191</v>
       </c>
       <c r="D562" s="2" t="s">
-        <v>1062</v>
+        <v>1059</v>
       </c>
       <c r="E562" s="2" t="s">
-        <v>1063</v>
+        <v>1060</v>
       </c>
       <c r="F562" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="563" spans="1:6">
       <c r="A563" s="2">
         <v>276</v>
       </c>
       <c r="B563" s="2">
         <v>120</v>
       </c>
       <c r="C563" s="2">
-        <v>101975</v>
+        <v>118001</v>
       </c>
       <c r="D563" s="2" t="s">
-        <v>530</v>
+        <v>1061</v>
       </c>
       <c r="E563" s="2" t="s">
-        <v>1064</v>
+        <v>1062</v>
       </c>
       <c r="F563" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="564" spans="1:6">
       <c r="A564" s="2">
         <v>276</v>
       </c>
       <c r="B564" s="2">
         <v>120</v>
       </c>
       <c r="C564" s="2">
-        <v>102935</v>
+        <v>103021</v>
       </c>
       <c r="D564" s="2" t="s">
-        <v>625</v>
+        <v>1063</v>
       </c>
       <c r="E564" s="2" t="s">
-        <v>1065</v>
+        <v>1064</v>
       </c>
       <c r="F564" s="2" t="s">
-        <v>198</v>
+        <v>95</v>
       </c>
     </row>
     <row r="565" spans="1:6">
       <c r="A565" s="2">
         <v>276</v>
       </c>
       <c r="B565" s="2">
         <v>120</v>
       </c>
       <c r="C565" s="2">
-        <v>103021</v>
+        <v>118110</v>
       </c>
       <c r="D565" s="2" t="s">
-        <v>1066</v>
+        <v>1065</v>
       </c>
       <c r="E565" s="2" t="s">
-        <v>1067</v>
+        <v>730</v>
       </c>
       <c r="F565" s="2" t="s">
-        <v>95</v>
+        <v>188</v>
       </c>
     </row>
     <row r="566" spans="1:6">
       <c r="A566" s="2">
         <v>276</v>
       </c>
       <c r="B566" s="2">
         <v>120</v>
       </c>
       <c r="C566" s="2">
-        <v>105464</v>
+        <v>118274</v>
       </c>
       <c r="D566" s="2" t="s">
-        <v>1068</v>
+        <v>1066</v>
       </c>
       <c r="E566" s="2" t="s">
-        <v>1069</v>
+        <v>1067</v>
       </c>
       <c r="F566" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="567" spans="1:6">
       <c r="A567" s="2">
         <v>276</v>
       </c>
       <c r="B567" s="2">
         <v>120</v>
       </c>
       <c r="C567" s="2">
-        <v>118117</v>
+        <v>118188</v>
       </c>
       <c r="D567" s="2" t="s">
-        <v>1070</v>
+        <v>1068</v>
       </c>
       <c r="E567" s="2" t="s">
-        <v>1071</v>
+        <v>1069</v>
       </c>
       <c r="F567" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="568" spans="1:6">
       <c r="A568" s="2">
         <v>276</v>
       </c>
       <c r="B568" s="2">
         <v>120</v>
       </c>
       <c r="C568" s="2">
-        <v>118278</v>
+        <v>117997</v>
       </c>
       <c r="D568" s="2" t="s">
-        <v>1072</v>
+        <v>1070</v>
       </c>
       <c r="E568" s="2" t="s">
-        <v>435</v>
+        <v>313</v>
       </c>
       <c r="F568" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="569" spans="1:6">
       <c r="A569" s="2">
         <v>276</v>
       </c>
       <c r="B569" s="2">
         <v>120</v>
       </c>
       <c r="C569" s="2">
-        <v>118063</v>
+        <v>118104</v>
       </c>
       <c r="D569" s="2" t="s">
-        <v>1073</v>
-[...1 lines deleted...]
-      <c r="E569" s="2"/>
+        <v>1071</v>
+      </c>
+      <c r="E569" s="2" t="s">
+        <v>1072</v>
+      </c>
       <c r="F569" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="570" spans="1:6">
       <c r="A570" s="2">
         <v>276</v>
       </c>
       <c r="B570" s="2">
         <v>120</v>
       </c>
       <c r="C570" s="2">
-        <v>118197</v>
+        <v>118271</v>
       </c>
       <c r="D570" s="2" t="s">
+        <v>1073</v>
+      </c>
+      <c r="E570" s="2" t="s">
         <v>1074</v>
       </c>
-      <c r="E570" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F570" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="571" spans="1:6">
       <c r="A571" s="2">
         <v>276</v>
       </c>
       <c r="B571" s="2">
         <v>120</v>
       </c>
       <c r="C571" s="2">
-        <v>113114</v>
+        <v>118072</v>
       </c>
       <c r="D571" s="2" t="s">
-        <v>1076</v>
+        <v>1075</v>
       </c>
       <c r="E571" s="2" t="s">
-        <v>1077</v>
+        <v>660</v>
       </c>
       <c r="F571" s="2" t="s">
-        <v>11</v>
+        <v>188</v>
       </c>
     </row>
     <row r="572" spans="1:6">
       <c r="A572" s="2">
         <v>276</v>
       </c>
       <c r="B572" s="2">
         <v>120</v>
       </c>
       <c r="C572" s="2">
-        <v>117985</v>
+        <v>118184</v>
       </c>
       <c r="D572" s="2" t="s">
-        <v>1078</v>
+        <v>1076</v>
       </c>
       <c r="E572" s="2" t="s">
-        <v>1079</v>
+        <v>1077</v>
       </c>
       <c r="F572" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="573" spans="1:6">
       <c r="A573" s="2">
         <v>276</v>
       </c>
       <c r="B573" s="2">
         <v>120</v>
       </c>
       <c r="C573" s="2">
-        <v>107046</v>
+        <v>118348</v>
       </c>
       <c r="D573" s="2" t="s">
-        <v>1080</v>
+        <v>1078</v>
       </c>
       <c r="E573" s="2" t="s">
-        <v>1081</v>
+        <v>1079</v>
       </c>
       <c r="F573" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="574" spans="1:6">
       <c r="A574" s="2">
         <v>276</v>
       </c>
       <c r="B574" s="2">
         <v>120</v>
       </c>
       <c r="C574" s="2">
-        <v>102769</v>
+        <v>117993</v>
       </c>
       <c r="D574" s="2" t="s">
-        <v>1082</v>
+        <v>627</v>
       </c>
       <c r="E574" s="2" t="s">
-        <v>1083</v>
+        <v>1080</v>
       </c>
       <c r="F574" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="575" spans="1:6">
       <c r="A575" s="2">
         <v>276</v>
       </c>
       <c r="B575" s="2">
         <v>120</v>
       </c>
       <c r="C575" s="2">
-        <v>118191</v>
+        <v>118100</v>
       </c>
       <c r="D575" s="2" t="s">
-        <v>1084</v>
+        <v>1081</v>
       </c>
       <c r="E575" s="2" t="s">
-        <v>1085</v>
+        <v>660</v>
       </c>
       <c r="F575" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="576" spans="1:6">
       <c r="A576" s="2">
         <v>276</v>
       </c>
       <c r="B576" s="2">
         <v>120</v>
       </c>
       <c r="C576" s="2">
-        <v>117982</v>
+        <v>118267</v>
       </c>
       <c r="D576" s="2" t="s">
-        <v>1086</v>
+        <v>1082</v>
       </c>
       <c r="E576" s="2" t="s">
-        <v>1087</v>
+        <v>1083</v>
       </c>
       <c r="F576" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="577" spans="1:6">
       <c r="A577" s="2">
         <v>276</v>
       </c>
       <c r="B577" s="2">
         <v>120</v>
       </c>
       <c r="C577" s="2">
-        <v>118110</v>
+        <v>118069</v>
       </c>
       <c r="D577" s="2" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="E577" s="2" t="s">
-        <v>748</v>
+        <v>1085</v>
       </c>
       <c r="F577" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="578" spans="1:6">
       <c r="A578" s="2">
         <v>276</v>
       </c>
       <c r="B578" s="2">
         <v>120</v>
       </c>
       <c r="C578" s="2">
-        <v>118274</v>
+        <v>118181</v>
       </c>
       <c r="D578" s="2" t="s">
-        <v>1089</v>
+        <v>1086</v>
       </c>
       <c r="E578" s="2" t="s">
-        <v>1090</v>
+        <v>1087</v>
       </c>
       <c r="F578" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="579" spans="1:6">
       <c r="A579" s="2">
         <v>276</v>
       </c>
       <c r="B579" s="2">
         <v>120</v>
       </c>
       <c r="C579" s="2">
-        <v>118054</v>
+        <v>118344</v>
       </c>
       <c r="D579" s="2" t="s">
-        <v>1091</v>
+        <v>1088</v>
       </c>
       <c r="E579" s="2" t="s">
-        <v>938</v>
+        <v>1089</v>
       </c>
       <c r="F579" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="580" spans="1:6">
       <c r="A580" s="2">
         <v>276</v>
       </c>
       <c r="B580" s="2">
         <v>120</v>
       </c>
       <c r="C580" s="2">
-        <v>118188</v>
+        <v>117990</v>
       </c>
       <c r="D580" s="2" t="s">
-        <v>1092</v>
+        <v>921</v>
       </c>
       <c r="E580" s="2" t="s">
-        <v>1093</v>
+        <v>1090</v>
       </c>
       <c r="F580" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="581" spans="1:6">
       <c r="A581" s="2">
         <v>276</v>
       </c>
       <c r="B581" s="2">
         <v>120</v>
       </c>
       <c r="C581" s="2">
-        <v>117978</v>
+        <v>118097</v>
       </c>
       <c r="D581" s="2" t="s">
-        <v>929</v>
+        <v>1091</v>
       </c>
       <c r="E581" s="2" t="s">
-        <v>546</v>
+        <v>1092</v>
       </c>
       <c r="F581" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="582" spans="1:6">
       <c r="A582" s="2">
         <v>276</v>
       </c>
       <c r="B582" s="2">
         <v>120</v>
       </c>
       <c r="C582" s="2">
-        <v>118104</v>
+        <v>118264</v>
       </c>
       <c r="D582" s="2" t="s">
+        <v>1093</v>
+      </c>
+      <c r="E582" s="2" t="s">
         <v>1094</v>
       </c>
-      <c r="E582" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F582" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="583" spans="1:6">
       <c r="A583" s="2">
         <v>276</v>
       </c>
       <c r="B583" s="2">
         <v>120</v>
       </c>
       <c r="C583" s="2">
-        <v>118271</v>
+        <v>118064</v>
       </c>
       <c r="D583" s="2" t="s">
+        <v>1095</v>
+      </c>
+      <c r="E583" s="2" t="s">
         <v>1096</v>
       </c>
-      <c r="E583" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F583" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="584" spans="1:6">
       <c r="A584" s="2">
         <v>276</v>
       </c>
       <c r="B584" s="2">
         <v>120</v>
       </c>
       <c r="C584" s="2">
-        <v>118050</v>
+        <v>118178</v>
       </c>
       <c r="D584" s="2" t="s">
-        <v>1098</v>
+        <v>652</v>
       </c>
       <c r="E584" s="2" t="s">
-        <v>1099</v>
+        <v>1097</v>
       </c>
       <c r="F584" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="585" spans="1:6">
       <c r="A585" s="2">
         <v>276</v>
       </c>
       <c r="B585" s="2">
         <v>120</v>
       </c>
       <c r="C585" s="2">
-        <v>118184</v>
+        <v>102066</v>
       </c>
       <c r="D585" s="2" t="s">
-        <v>1100</v>
+        <v>1098</v>
       </c>
       <c r="E585" s="2" t="s">
-        <v>1101</v>
+        <v>1099</v>
       </c>
       <c r="F585" s="2" t="s">
-        <v>198</v>
+        <v>11</v>
       </c>
     </row>
     <row r="586" spans="1:6">
       <c r="A586" s="2">
         <v>276</v>
       </c>
       <c r="B586" s="2">
         <v>120</v>
       </c>
       <c r="C586" s="2">
-        <v>118348</v>
+        <v>118341</v>
       </c>
       <c r="D586" s="2" t="s">
-        <v>1102</v>
+        <v>1100</v>
       </c>
       <c r="E586" s="2" t="s">
-        <v>1103</v>
+        <v>1101</v>
       </c>
       <c r="F586" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="587" spans="1:6">
       <c r="A587" s="2">
         <v>276</v>
       </c>
       <c r="B587" s="2">
         <v>120</v>
       </c>
       <c r="C587" s="2">
-        <v>117975</v>
+        <v>117986</v>
       </c>
       <c r="D587" s="2" t="s">
-        <v>1104</v>
+        <v>1102</v>
       </c>
       <c r="E587" s="2" t="s">
-        <v>424</v>
+        <v>546</v>
       </c>
       <c r="F587" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="588" spans="1:6">
       <c r="A588" s="2">
         <v>276</v>
       </c>
       <c r="B588" s="2">
         <v>120</v>
       </c>
       <c r="C588" s="2">
-        <v>118100</v>
+        <v>118093</v>
       </c>
       <c r="D588" s="2" t="s">
-        <v>1105</v>
+        <v>568</v>
       </c>
       <c r="E588" s="2" t="s">
-        <v>658</v>
+        <v>1103</v>
       </c>
       <c r="F588" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="589" spans="1:6">
       <c r="A589" s="2">
         <v>276</v>
       </c>
       <c r="B589" s="2">
         <v>120</v>
       </c>
       <c r="C589" s="2">
-        <v>118267</v>
+        <v>118261</v>
       </c>
       <c r="D589" s="2" t="s">
-        <v>1106</v>
+        <v>1104</v>
       </c>
       <c r="E589" s="2" t="s">
-        <v>1107</v>
+        <v>1105</v>
       </c>
       <c r="F589" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="590" spans="1:6">
       <c r="A590" s="2">
         <v>276</v>
       </c>
       <c r="B590" s="2">
         <v>120</v>
       </c>
       <c r="C590" s="2">
-        <v>118047</v>
+        <v>118060</v>
       </c>
       <c r="D590" s="2" t="s">
-        <v>1108</v>
+        <v>1106</v>
       </c>
       <c r="E590" s="2" t="s">
-        <v>745</v>
+        <v>1107</v>
       </c>
       <c r="F590" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="591" spans="1:6">
       <c r="A591" s="2">
         <v>276</v>
       </c>
       <c r="B591" s="2">
         <v>120</v>
       </c>
       <c r="C591" s="2">
-        <v>118181</v>
+        <v>118174</v>
       </c>
       <c r="D591" s="2" t="s">
+        <v>1108</v>
+      </c>
+      <c r="E591" s="2" t="s">
         <v>1109</v>
       </c>
-      <c r="E591" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F591" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="592" spans="1:6">
       <c r="A592" s="2">
         <v>276</v>
       </c>
       <c r="B592" s="2">
         <v>120</v>
       </c>
       <c r="C592" s="2">
-        <v>118344</v>
+        <v>118334</v>
       </c>
       <c r="D592" s="2" t="s">
+        <v>1110</v>
+      </c>
+      <c r="E592" s="2" t="s">
         <v>1111</v>
       </c>
-      <c r="E592" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F592" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="593" spans="1:6">
       <c r="A593" s="2">
         <v>276</v>
       </c>
       <c r="B593" s="2">
         <v>120</v>
       </c>
       <c r="C593" s="2">
-        <v>117969</v>
+        <v>101037</v>
       </c>
       <c r="D593" s="2" t="s">
+        <v>1112</v>
+      </c>
+      <c r="E593" s="2" t="s">
         <v>1113</v>
       </c>
-      <c r="E593" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F593" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="594" spans="1:6">
       <c r="A594" s="2">
         <v>276</v>
       </c>
       <c r="B594" s="2">
         <v>120</v>
       </c>
       <c r="C594" s="2">
-        <v>118097</v>
+        <v>118089</v>
       </c>
       <c r="D594" s="2" t="s">
+        <v>1114</v>
+      </c>
+      <c r="E594" s="2" t="s">
         <v>1115</v>
       </c>
-      <c r="E594" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F594" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="595" spans="1:6">
       <c r="A595" s="2">
         <v>276</v>
       </c>
       <c r="B595" s="2">
         <v>120</v>
       </c>
       <c r="C595" s="2">
-        <v>118264</v>
+        <v>118257</v>
       </c>
       <c r="D595" s="2" t="s">
-        <v>1117</v>
+        <v>1116</v>
       </c>
       <c r="E595" s="2" t="s">
-        <v>1118</v>
+        <v>187</v>
       </c>
       <c r="F595" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="596" spans="1:6">
       <c r="A596" s="2">
         <v>276</v>
       </c>
       <c r="B596" s="2">
         <v>120</v>
       </c>
       <c r="C596" s="2">
-        <v>118044</v>
+        <v>118170</v>
       </c>
       <c r="D596" s="2" t="s">
-        <v>1119</v>
+        <v>1117</v>
       </c>
       <c r="E596" s="2" t="s">
-        <v>546</v>
+        <v>479</v>
       </c>
       <c r="F596" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="597" spans="1:6">
       <c r="A597" s="2">
         <v>276</v>
       </c>
       <c r="B597" s="2">
         <v>120</v>
       </c>
       <c r="C597" s="2">
-        <v>118178</v>
+        <v>113136</v>
       </c>
       <c r="D597" s="2" t="s">
-        <v>815</v>
+        <v>1118</v>
       </c>
       <c r="E597" s="2" t="s">
-        <v>1120</v>
+        <v>1119</v>
       </c>
       <c r="F597" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="598" spans="1:6">
       <c r="A598" s="2">
         <v>276</v>
       </c>
       <c r="B598" s="2">
         <v>120</v>
       </c>
       <c r="C598" s="2">
-        <v>118341</v>
+        <v>106955</v>
       </c>
       <c r="D598" s="2" t="s">
+        <v>1120</v>
+      </c>
+      <c r="E598" s="2" t="s">
         <v>1121</v>
       </c>
-      <c r="E598" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F598" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="599" spans="1:6">
       <c r="A599" s="2">
         <v>276</v>
       </c>
       <c r="B599" s="2">
         <v>120</v>
       </c>
       <c r="C599" s="2">
-        <v>117963</v>
+        <v>118084</v>
       </c>
       <c r="D599" s="2" t="s">
+        <v>1122</v>
+      </c>
+      <c r="E599" s="2" t="s">
         <v>1123</v>
       </c>
-      <c r="E599" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F599" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="600" spans="1:6">
       <c r="A600" s="2">
         <v>276</v>
       </c>
       <c r="B600" s="2">
         <v>120</v>
       </c>
       <c r="C600" s="2">
-        <v>118093</v>
+        <v>118253</v>
       </c>
       <c r="D600" s="2" t="s">
-        <v>586</v>
+        <v>921</v>
       </c>
       <c r="E600" s="2" t="s">
-        <v>1124</v>
+        <v>467</v>
       </c>
       <c r="F600" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="601" spans="1:6">
       <c r="A601" s="2">
         <v>276</v>
       </c>
       <c r="B601" s="2">
         <v>120</v>
       </c>
       <c r="C601" s="2">
-        <v>118261</v>
+        <v>118055</v>
       </c>
       <c r="D601" s="2" t="s">
-        <v>1125</v>
+        <v>787</v>
       </c>
       <c r="E601" s="2" t="s">
-        <v>1126</v>
+        <v>1124</v>
       </c>
       <c r="F601" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="602" spans="1:6">
       <c r="A602" s="2">
         <v>276</v>
       </c>
       <c r="B602" s="2">
         <v>120</v>
       </c>
       <c r="C602" s="2">
-        <v>118041</v>
+        <v>118165</v>
       </c>
       <c r="D602" s="2" t="s">
-        <v>1127</v>
+        <v>1125</v>
       </c>
       <c r="E602" s="2" t="s">
-        <v>1128</v>
+        <v>1126</v>
       </c>
       <c r="F602" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="603" spans="1:6">
       <c r="A603" s="2">
         <v>276</v>
       </c>
       <c r="B603" s="2">
         <v>120</v>
       </c>
       <c r="C603" s="2">
-        <v>118174</v>
+        <v>118326</v>
       </c>
       <c r="D603" s="2" t="s">
-        <v>1129</v>
+        <v>1127</v>
       </c>
       <c r="E603" s="2" t="s">
-        <v>1130</v>
+        <v>1128</v>
       </c>
       <c r="F603" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="604" spans="1:6">
       <c r="A604" s="2">
         <v>276</v>
       </c>
       <c r="B604" s="2">
         <v>120</v>
       </c>
       <c r="C604" s="2">
-        <v>118334</v>
+        <v>113164</v>
       </c>
       <c r="D604" s="2" t="s">
-        <v>1131</v>
+        <v>1129</v>
       </c>
       <c r="E604" s="2" t="s">
-        <v>1132</v>
+        <v>1130</v>
       </c>
       <c r="F604" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="605" spans="1:6">
       <c r="A605" s="2">
         <v>276</v>
       </c>
       <c r="B605" s="2">
         <v>120</v>
       </c>
       <c r="C605" s="2">
-        <v>117957</v>
+        <v>107192</v>
       </c>
       <c r="D605" s="2" t="s">
-        <v>1133</v>
+        <v>1131</v>
       </c>
       <c r="E605" s="2" t="s">
-        <v>530</v>
+        <v>1132</v>
       </c>
       <c r="F605" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="606" spans="1:6">
       <c r="A606" s="2">
         <v>276</v>
       </c>
       <c r="B606" s="2">
         <v>120</v>
       </c>
       <c r="C606" s="2">
-        <v>118089</v>
+        <v>118248</v>
       </c>
       <c r="D606" s="2" t="s">
+        <v>1133</v>
+      </c>
+      <c r="E606" s="2" t="s">
         <v>1134</v>
       </c>
-      <c r="E606" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F606" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="607" spans="1:6">
       <c r="A607" s="2">
         <v>276</v>
       </c>
       <c r="B607" s="2">
         <v>120</v>
       </c>
       <c r="C607" s="2">
-        <v>118257</v>
+        <v>118051</v>
       </c>
       <c r="D607" s="2" t="s">
+        <v>1135</v>
+      </c>
+      <c r="E607" s="2" t="s">
         <v>1136</v>
       </c>
-      <c r="E607" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F607" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="608" spans="1:6">
       <c r="A608" s="2">
         <v>0</v>
       </c>
       <c r="B608" s="2">
         <v>0</v>
       </c>
       <c r="C608" s="2">
         <v>118335</v>
       </c>
       <c r="D608" s="2" t="s">
         <v>1137</v>
       </c>
       <c r="E608" s="2"/>
       <c r="F608" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F142"/>
   <sheetViews>
@@ -16955,51 +16955,51 @@
       </c>
       <c r="E8" s="2" t="s">
         <v>1150</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="2">
         <v>7</v>
       </c>
       <c r="B9" s="2">
         <v>500</v>
       </c>
       <c r="C9" s="2">
         <v>113450</v>
       </c>
       <c r="D9" s="2" t="s">
         <v>1151</v>
       </c>
       <c r="E9" s="2" t="s">
         <v>1152</v>
       </c>
       <c r="F9" s="2" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" s="2">
         <v>7</v>
       </c>
       <c r="B10" s="2">
         <v>500</v>
       </c>
       <c r="C10" s="2">
         <v>117860</v>
       </c>
       <c r="D10" s="2" t="s">
         <v>1153</v>
       </c>
       <c r="E10" s="2" t="s">
         <v>1154</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" s="2">
         <v>7</v>
@@ -17315,231 +17315,231 @@
       </c>
       <c r="E26" s="2" t="s">
         <v>1184</v>
       </c>
       <c r="F26" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="27" spans="1:6">
       <c r="A27" s="2">
         <v>20</v>
       </c>
       <c r="B27" s="2">
         <v>450</v>
       </c>
       <c r="C27" s="2">
         <v>101970</v>
       </c>
       <c r="D27" s="2" t="s">
         <v>1185</v>
       </c>
       <c r="E27" s="2" t="s">
         <v>1186</v>
       </c>
       <c r="F27" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="28" spans="1:6">
       <c r="A28" s="2">
         <v>20</v>
       </c>
       <c r="B28" s="2">
         <v>450</v>
       </c>
       <c r="C28" s="2">
         <v>117900</v>
       </c>
       <c r="D28" s="2" t="s">
         <v>1187</v>
       </c>
       <c r="E28" s="2" t="s">
         <v>1188</v>
       </c>
       <c r="F28" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="29" spans="1:6">
       <c r="A29" s="2">
         <v>28</v>
       </c>
       <c r="B29" s="2">
         <v>425</v>
       </c>
       <c r="C29" s="2">
-        <v>100262</v>
+        <v>115529</v>
       </c>
       <c r="D29" s="2" t="s">
         <v>1189</v>
       </c>
       <c r="E29" s="2" t="s">
+        <v>37</v>
+      </c>
+      <c r="F29" s="2" t="s">
         <v>1190</v>
-      </c>
-[...1 lines deleted...]
-        <v>198</v>
       </c>
     </row>
     <row r="30" spans="1:6">
       <c r="A30" s="2">
         <v>28</v>
       </c>
       <c r="B30" s="2">
         <v>425</v>
       </c>
       <c r="C30" s="2">
-        <v>118454</v>
+        <v>100262</v>
       </c>
       <c r="D30" s="2" t="s">
         <v>1191</v>
       </c>
       <c r="E30" s="2" t="s">
         <v>1192</v>
       </c>
       <c r="F30" s="2" t="s">
-        <v>23</v>
+        <v>188</v>
       </c>
     </row>
     <row r="31" spans="1:6">
       <c r="A31" s="2">
         <v>28</v>
       </c>
       <c r="B31" s="2">
         <v>425</v>
       </c>
       <c r="C31" s="2">
-        <v>115828</v>
+        <v>118454</v>
       </c>
       <c r="D31" s="2" t="s">
         <v>1193</v>
       </c>
       <c r="E31" s="2" t="s">
-        <v>7</v>
+        <v>1194</v>
       </c>
       <c r="F31" s="2" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
     </row>
     <row r="32" spans="1:6">
       <c r="A32" s="2">
         <v>28</v>
       </c>
       <c r="B32" s="2">
         <v>425</v>
       </c>
       <c r="C32" s="2">
-        <v>117832</v>
+        <v>115828</v>
       </c>
       <c r="D32" s="2" t="s">
-        <v>1194</v>
+        <v>1195</v>
       </c>
       <c r="E32" s="2" t="s">
-        <v>297</v>
+        <v>7</v>
       </c>
       <c r="F32" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="33" spans="1:6">
       <c r="A33" s="2">
         <v>28</v>
       </c>
       <c r="B33" s="2">
         <v>425</v>
       </c>
       <c r="C33" s="2">
-        <v>118371</v>
+        <v>117832</v>
       </c>
       <c r="D33" s="2" t="s">
-        <v>1195</v>
+        <v>1196</v>
       </c>
       <c r="E33" s="2" t="s">
-        <v>1196</v>
+        <v>294</v>
       </c>
       <c r="F33" s="2" t="s">
-        <v>51</v>
+        <v>17</v>
       </c>
     </row>
     <row r="34" spans="1:6">
       <c r="A34" s="2">
         <v>28</v>
       </c>
       <c r="B34" s="2">
         <v>425</v>
       </c>
       <c r="C34" s="2">
-        <v>118384</v>
+        <v>118371</v>
       </c>
       <c r="D34" s="2" t="s">
         <v>1197</v>
       </c>
       <c r="E34" s="2" t="s">
         <v>1198</v>
       </c>
       <c r="F34" s="2" t="s">
-        <v>1199</v>
+        <v>51</v>
       </c>
     </row>
     <row r="35" spans="1:6">
       <c r="A35" s="2">
         <v>28</v>
       </c>
       <c r="B35" s="2">
         <v>425</v>
       </c>
       <c r="C35" s="2">
-        <v>118518</v>
+        <v>118384</v>
       </c>
       <c r="D35" s="2" t="s">
+        <v>1199</v>
+      </c>
+      <c r="E35" s="2" t="s">
         <v>1200</v>
       </c>
-      <c r="E35" s="2" t="s">
+      <c r="F35" s="2" t="s">
         <v>1201</v>
-      </c>
-[...1 lines deleted...]
-        <v>14</v>
       </c>
     </row>
     <row r="36" spans="1:6">
       <c r="A36" s="2">
         <v>28</v>
       </c>
       <c r="B36" s="2">
         <v>425</v>
       </c>
       <c r="C36" s="2">
-        <v>115529</v>
+        <v>118518</v>
       </c>
       <c r="D36" s="2" t="s">
         <v>1202</v>
       </c>
       <c r="E36" s="2" t="s">
-        <v>37</v>
+        <v>1203</v>
       </c>
       <c r="F36" s="2" t="s">
-        <v>1203</v>
+        <v>14</v>
       </c>
     </row>
     <row r="37" spans="1:6">
       <c r="A37" s="2">
         <v>36</v>
       </c>
       <c r="B37" s="2">
         <v>400</v>
       </c>
       <c r="C37" s="2">
         <v>115738</v>
       </c>
       <c r="D37" s="2" t="s">
         <v>1204</v>
       </c>
       <c r="E37" s="2" t="s">
         <v>1173</v>
       </c>
       <c r="F37" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="38" spans="1:6">
       <c r="A38" s="2">
         <v>36</v>
@@ -17575,51 +17575,51 @@
       </c>
       <c r="E39" s="2" t="s">
         <v>1208</v>
       </c>
       <c r="F39" s="2" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="40" spans="1:6">
       <c r="A40" s="2">
         <v>36</v>
       </c>
       <c r="B40" s="2">
         <v>400</v>
       </c>
       <c r="C40" s="2">
         <v>117918</v>
       </c>
       <c r="D40" s="2" t="s">
         <v>1209</v>
       </c>
       <c r="E40" s="2" t="s">
         <v>1210</v>
       </c>
       <c r="F40" s="2" t="s">
-        <v>651</v>
+        <v>658</v>
       </c>
     </row>
     <row r="41" spans="1:6">
       <c r="A41" s="2">
         <v>36</v>
       </c>
       <c r="B41" s="2">
         <v>400</v>
       </c>
       <c r="C41" s="2">
         <v>118429</v>
       </c>
       <c r="D41" s="2" t="s">
         <v>1211</v>
       </c>
       <c r="E41" s="2" t="s">
         <v>1212</v>
       </c>
       <c r="F41" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="42" spans="1:6">
       <c r="A42" s="2">
         <v>36</v>
@@ -17786,140 +17786,140 @@
       </c>
       <c r="B50" s="2">
         <v>380</v>
       </c>
       <c r="C50" s="2">
         <v>118519</v>
       </c>
       <c r="D50" s="2" t="s">
         <v>1229</v>
       </c>
       <c r="E50" s="2" t="s">
         <v>1230</v>
       </c>
       <c r="F50" s="2" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="51" spans="1:6">
       <c r="A51" s="2">
         <v>50</v>
       </c>
       <c r="B51" s="2">
         <v>375</v>
       </c>
       <c r="C51" s="2">
-        <v>113357</v>
+        <v>118430</v>
       </c>
       <c r="D51" s="2" t="s">
         <v>1231</v>
       </c>
       <c r="E51" s="2" t="s">
         <v>1232</v>
       </c>
       <c r="F51" s="2" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
     </row>
     <row r="52" spans="1:6">
       <c r="A52" s="2">
         <v>50</v>
       </c>
       <c r="B52" s="2">
         <v>375</v>
       </c>
       <c r="C52" s="2">
-        <v>118391</v>
+        <v>113357</v>
       </c>
       <c r="D52" s="2" t="s">
         <v>1233</v>
       </c>
       <c r="E52" s="2" t="s">
         <v>1234</v>
       </c>
       <c r="F52" s="2" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
     </row>
     <row r="53" spans="1:6">
       <c r="A53" s="2">
         <v>50</v>
       </c>
       <c r="B53" s="2">
         <v>375</v>
       </c>
       <c r="C53" s="2">
-        <v>118430</v>
+        <v>118391</v>
       </c>
       <c r="D53" s="2" t="s">
         <v>1235</v>
       </c>
       <c r="E53" s="2" t="s">
         <v>1236</v>
       </c>
       <c r="F53" s="2" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
     </row>
     <row r="54" spans="1:6">
       <c r="A54" s="2">
         <v>53</v>
       </c>
       <c r="B54" s="2">
         <v>370</v>
       </c>
       <c r="C54" s="2">
         <v>106734</v>
       </c>
       <c r="D54" s="2" t="s">
         <v>1237</v>
       </c>
       <c r="E54" s="2" t="s">
         <v>1238</v>
       </c>
       <c r="F54" s="2" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="55" spans="1:6">
       <c r="A55" s="2">
         <v>53</v>
       </c>
       <c r="B55" s="2">
         <v>370</v>
       </c>
       <c r="C55" s="2">
         <v>111845</v>
       </c>
       <c r="D55" s="2" t="s">
         <v>1239</v>
       </c>
       <c r="E55" s="2" t="s">
         <v>1240</v>
       </c>
       <c r="F55" s="2" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
     </row>
     <row r="56" spans="1:6">
       <c r="A56" s="2">
         <v>53</v>
       </c>
       <c r="B56" s="2">
         <v>370</v>
       </c>
       <c r="C56" s="2">
         <v>115627</v>
       </c>
       <c r="D56" s="2" t="s">
         <v>1241</v>
       </c>
       <c r="E56" s="2" t="s">
         <v>1242</v>
       </c>
       <c r="F56" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="57" spans="1:6">
       <c r="A57" s="2">
         <v>53</v>
@@ -18015,251 +18015,251 @@
       </c>
       <c r="E61" s="2" t="s">
         <v>1252</v>
       </c>
       <c r="F61" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="62" spans="1:6">
       <c r="A62" s="2">
         <v>60</v>
       </c>
       <c r="B62" s="2">
         <v>350</v>
       </c>
       <c r="C62" s="2">
         <v>117921</v>
       </c>
       <c r="D62" s="2" t="s">
         <v>1253</v>
       </c>
       <c r="E62" s="2" t="s">
         <v>1254</v>
       </c>
       <c r="F62" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="63" spans="1:6">
       <c r="A63" s="2">
         <v>62</v>
       </c>
       <c r="B63" s="2">
         <v>345</v>
       </c>
       <c r="C63" s="2">
         <v>118489</v>
       </c>
       <c r="D63" s="2" t="s">
         <v>1228</v>
       </c>
       <c r="E63" s="2" t="s">
         <v>1255</v>
       </c>
       <c r="F63" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="64" spans="1:6">
       <c r="A64" s="2">
         <v>63</v>
       </c>
       <c r="B64" s="2">
         <v>340</v>
       </c>
       <c r="C64" s="2">
         <v>112318</v>
       </c>
       <c r="D64" s="2" t="s">
         <v>1256</v>
       </c>
       <c r="E64" s="2" t="s">
         <v>1257</v>
       </c>
       <c r="F64" s="2" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
     </row>
     <row r="65" spans="1:6">
       <c r="A65" s="2">
         <v>63</v>
       </c>
       <c r="B65" s="2">
         <v>340</v>
       </c>
       <c r="C65" s="2">
         <v>117926</v>
       </c>
       <c r="D65" s="2" t="s">
         <v>1253</v>
       </c>
       <c r="E65" s="2" t="s">
         <v>1258</v>
       </c>
       <c r="F65" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="66" spans="1:6">
       <c r="A66" s="2">
         <v>65</v>
       </c>
       <c r="B66" s="2">
         <v>330</v>
       </c>
       <c r="C66" s="2">
         <v>117927</v>
       </c>
       <c r="D66" s="2" t="s">
         <v>1259</v>
       </c>
       <c r="E66" s="2" t="s">
         <v>1260</v>
       </c>
       <c r="F66" s="2" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="67" spans="1:6">
       <c r="A67" s="2">
         <v>65</v>
       </c>
       <c r="B67" s="2">
         <v>330</v>
       </c>
       <c r="C67" s="2">
         <v>118432</v>
       </c>
       <c r="D67" s="2" t="s">
         <v>1261</v>
       </c>
       <c r="E67" s="2" t="s">
         <v>1262</v>
       </c>
       <c r="F67" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="68" spans="1:6">
       <c r="A68" s="2">
         <v>67</v>
       </c>
       <c r="B68" s="2">
         <v>320</v>
       </c>
       <c r="C68" s="2">
-        <v>118395</v>
+        <v>118491</v>
       </c>
       <c r="D68" s="2" t="s">
+        <v>45</v>
+      </c>
+      <c r="E68" s="2" t="s">
         <v>1263</v>
       </c>
-      <c r="E68" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F68" s="2" t="s">
-        <v>23</v>
+        <v>17</v>
       </c>
     </row>
     <row r="69" spans="1:6">
       <c r="A69" s="2">
         <v>67</v>
       </c>
       <c r="B69" s="2">
         <v>320</v>
       </c>
       <c r="C69" s="2">
-        <v>117937</v>
+        <v>118395</v>
       </c>
       <c r="D69" s="2" t="s">
+        <v>1264</v>
+      </c>
+      <c r="E69" s="2" t="s">
         <v>1265</v>
       </c>
-      <c r="E69" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F69" s="2" t="s">
-        <v>34</v>
+        <v>23</v>
       </c>
     </row>
     <row r="70" spans="1:6">
       <c r="A70" s="2">
         <v>67</v>
       </c>
       <c r="B70" s="2">
         <v>320</v>
       </c>
       <c r="C70" s="2">
-        <v>118491</v>
+        <v>117937</v>
       </c>
       <c r="D70" s="2" t="s">
-        <v>42</v>
+        <v>1266</v>
       </c>
       <c r="E70" s="2" t="s">
         <v>1267</v>
       </c>
       <c r="F70" s="2" t="s">
-        <v>17</v>
+        <v>32</v>
       </c>
     </row>
     <row r="71" spans="1:6">
       <c r="A71" s="2">
         <v>70</v>
       </c>
       <c r="B71" s="2">
         <v>310</v>
       </c>
       <c r="C71" s="2">
         <v>117941</v>
       </c>
       <c r="D71" s="2" t="s">
         <v>1268</v>
       </c>
       <c r="E71" s="2" t="s">
         <v>1269</v>
       </c>
       <c r="F71" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="72" spans="1:6">
       <c r="A72" s="2">
         <v>71</v>
       </c>
       <c r="B72" s="2">
         <v>300</v>
       </c>
       <c r="C72" s="2">
         <v>117958</v>
       </c>
       <c r="D72" s="2" t="s">
         <v>1270</v>
       </c>
       <c r="E72" s="2" t="s">
         <v>1270</v>
       </c>
       <c r="F72" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="73" spans="1:6">
       <c r="A73" s="2">
         <v>72</v>
       </c>
       <c r="B73" s="2">
         <v>295</v>
       </c>
       <c r="C73" s="2">
         <v>118396</v>
       </c>
       <c r="D73" s="2" t="s">
         <v>1271</v>
       </c>
       <c r="E73" s="2" t="s">
         <v>1272</v>
       </c>
       <c r="F73" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="74" spans="1:6">
       <c r="A74" s="2">
         <v>72</v>
@@ -18295,1371 +18295,1371 @@
       </c>
       <c r="E75" s="2" t="s">
         <v>1275</v>
       </c>
       <c r="F75" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="76" spans="1:6">
       <c r="A76" s="2">
         <v>75</v>
       </c>
       <c r="B76" s="2">
         <v>280</v>
       </c>
       <c r="C76" s="2">
         <v>117962</v>
       </c>
       <c r="D76" s="2" t="s">
         <v>1276</v>
       </c>
       <c r="E76" s="2" t="s">
         <v>1277</v>
       </c>
       <c r="F76" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="77" spans="1:6">
       <c r="A77" s="2">
         <v>76</v>
       </c>
       <c r="B77" s="2">
         <v>270</v>
       </c>
       <c r="C77" s="2">
         <v>118493</v>
       </c>
       <c r="D77" s="2" t="s">
         <v>1278</v>
       </c>
       <c r="E77" s="2" t="s">
         <v>1279</v>
       </c>
       <c r="F77" s="2" t="s">
-        <v>48</v>
+        <v>43</v>
       </c>
     </row>
     <row r="78" spans="1:6">
       <c r="A78" s="2">
         <v>76</v>
       </c>
       <c r="B78" s="2">
         <v>270</v>
       </c>
       <c r="C78" s="2">
         <v>117964</v>
       </c>
       <c r="D78" s="2" t="s">
         <v>1280</v>
       </c>
       <c r="E78" s="2" t="s">
         <v>1281</v>
       </c>
       <c r="F78" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="79" spans="1:6">
       <c r="A79" s="2">
         <v>78</v>
       </c>
       <c r="B79" s="2">
         <v>265</v>
       </c>
       <c r="C79" s="2">
         <v>118494</v>
       </c>
       <c r="D79" s="2" t="s">
         <v>1222</v>
       </c>
       <c r="E79" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F79" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="80" spans="1:6">
       <c r="A80" s="2">
         <v>79</v>
       </c>
       <c r="B80" s="2">
         <v>250</v>
       </c>
       <c r="C80" s="2">
         <v>117968</v>
       </c>
       <c r="D80" s="2" t="s">
         <v>1282</v>
       </c>
       <c r="E80" s="2" t="s">
         <v>1283</v>
       </c>
       <c r="F80" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="81" spans="1:6">
       <c r="A81" s="2">
         <v>80</v>
       </c>
       <c r="B81" s="2">
         <v>240</v>
       </c>
       <c r="C81" s="2">
         <v>102980</v>
       </c>
       <c r="D81" s="2" t="s">
         <v>1284</v>
       </c>
       <c r="E81" s="2" t="s">
         <v>1285</v>
       </c>
       <c r="F81" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="82" spans="1:6">
       <c r="A82" s="2">
         <v>81</v>
       </c>
       <c r="B82" s="2">
         <v>230</v>
       </c>
       <c r="C82" s="2">
         <v>117998</v>
       </c>
       <c r="D82" s="2" t="s">
         <v>1286</v>
       </c>
       <c r="E82" s="2" t="s">
         <v>1287</v>
       </c>
       <c r="F82" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="83" spans="1:6">
       <c r="A83" s="2">
         <v>82</v>
       </c>
       <c r="B83" s="2">
         <v>220</v>
       </c>
       <c r="C83" s="2">
         <v>118014</v>
       </c>
       <c r="D83" s="2" t="s">
-        <v>935</v>
+        <v>909</v>
       </c>
       <c r="E83" s="2" t="s">
         <v>1288</v>
       </c>
       <c r="F83" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="84" spans="1:6">
       <c r="A84" s="2">
         <v>83</v>
       </c>
       <c r="B84" s="2">
         <v>210</v>
       </c>
       <c r="C84" s="2">
         <v>118026</v>
       </c>
       <c r="D84" s="2" t="s">
         <v>1289</v>
       </c>
       <c r="E84" s="2" t="s">
         <v>1290</v>
       </c>
       <c r="F84" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="85" spans="1:6">
       <c r="A85" s="2">
         <v>84</v>
       </c>
       <c r="B85" s="2">
         <v>200</v>
       </c>
       <c r="C85" s="2">
         <v>118032</v>
       </c>
       <c r="D85" s="2" t="s">
         <v>1291</v>
       </c>
       <c r="E85" s="2" t="s">
         <v>1292</v>
       </c>
       <c r="F85" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="86" spans="1:6">
       <c r="A86" s="2">
         <v>85</v>
       </c>
       <c r="B86" s="2">
         <v>199</v>
       </c>
       <c r="C86" s="2">
         <v>118052</v>
       </c>
       <c r="D86" s="2" t="s">
         <v>1293</v>
       </c>
       <c r="E86" s="2" t="s">
         <v>1294</v>
       </c>
       <c r="F86" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="87" spans="1:6">
       <c r="A87" s="2">
         <v>86</v>
       </c>
       <c r="B87" s="2">
         <v>198</v>
       </c>
       <c r="C87" s="2">
         <v>118065</v>
       </c>
       <c r="D87" s="2" t="s">
         <v>1295</v>
       </c>
       <c r="E87" s="2" t="s">
         <v>1296</v>
       </c>
       <c r="F87" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="88" spans="1:6">
       <c r="A88" s="2">
         <v>87</v>
       </c>
       <c r="B88" s="2">
         <v>197</v>
       </c>
       <c r="C88" s="2">
         <v>118080</v>
       </c>
       <c r="D88" s="2" t="s">
         <v>1297</v>
       </c>
       <c r="E88" s="2" t="s">
         <v>1298</v>
       </c>
       <c r="F88" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="89" spans="1:6">
       <c r="A89" s="2">
         <v>88</v>
       </c>
       <c r="B89" s="2">
         <v>195</v>
       </c>
       <c r="C89" s="2">
         <v>118083</v>
       </c>
       <c r="D89" s="2" t="s">
         <v>1299</v>
       </c>
       <c r="E89" s="2" t="s">
         <v>1300</v>
       </c>
       <c r="F89" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="90" spans="1:6">
       <c r="A90" s="2">
         <v>89</v>
       </c>
       <c r="B90" s="2">
         <v>194</v>
       </c>
       <c r="C90" s="2">
         <v>118087</v>
       </c>
       <c r="D90" s="2" t="s">
         <v>1301</v>
       </c>
       <c r="E90" s="2" t="s">
-        <v>816</v>
+        <v>653</v>
       </c>
       <c r="F90" s="2" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
     </row>
     <row r="91" spans="1:6">
       <c r="A91" s="2">
         <v>90</v>
       </c>
       <c r="B91" s="2">
         <v>193</v>
       </c>
       <c r="C91" s="2">
         <v>102034</v>
       </c>
       <c r="D91" s="2" t="s">
         <v>1302</v>
       </c>
       <c r="E91" s="2" t="s">
         <v>1303</v>
       </c>
       <c r="F91" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="92" spans="1:6">
       <c r="A92" s="2">
         <v>91</v>
       </c>
       <c r="B92" s="2">
         <v>192</v>
       </c>
       <c r="C92" s="2">
         <v>118095</v>
       </c>
       <c r="D92" s="2" t="s">
         <v>1304</v>
       </c>
       <c r="E92" s="2" t="s">
         <v>1305</v>
       </c>
       <c r="F92" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="93" spans="1:6">
       <c r="A93" s="2">
         <v>92</v>
       </c>
       <c r="B93" s="2">
         <v>191</v>
       </c>
       <c r="C93" s="2">
         <v>118106</v>
       </c>
       <c r="D93" s="2" t="s">
         <v>1306</v>
       </c>
       <c r="E93" s="2" t="s">
         <v>1307</v>
       </c>
       <c r="F93" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="94" spans="1:6">
       <c r="A94" s="2">
         <v>93</v>
       </c>
       <c r="B94" s="2">
         <v>190</v>
       </c>
       <c r="C94" s="2">
         <v>102926</v>
       </c>
       <c r="D94" s="2" t="s">
         <v>1308</v>
       </c>
       <c r="E94" s="2" t="s">
         <v>1309</v>
       </c>
       <c r="F94" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="95" spans="1:6">
       <c r="A95" s="2">
         <v>94</v>
       </c>
       <c r="B95" s="2">
         <v>189</v>
       </c>
       <c r="C95" s="2">
         <v>118108</v>
       </c>
       <c r="D95" s="2" t="s">
         <v>1310</v>
       </c>
       <c r="E95" s="2" t="s">
         <v>1311</v>
       </c>
       <c r="F95" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="96" spans="1:6">
       <c r="A96" s="2">
         <v>95</v>
       </c>
       <c r="B96" s="2">
         <v>188</v>
       </c>
       <c r="C96" s="2">
         <v>102035</v>
       </c>
       <c r="D96" s="2" t="s">
         <v>1312</v>
       </c>
       <c r="E96" s="2" t="s">
         <v>1313</v>
       </c>
       <c r="F96" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="97" spans="1:6">
       <c r="A97" s="2">
         <v>96</v>
       </c>
       <c r="B97" s="2">
         <v>187</v>
       </c>
       <c r="C97" s="2">
         <v>118136</v>
       </c>
       <c r="D97" s="2" t="s">
         <v>1314</v>
       </c>
       <c r="E97" s="2" t="s">
         <v>1315</v>
       </c>
       <c r="F97" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="98" spans="1:6">
       <c r="A98" s="2">
         <v>97</v>
       </c>
       <c r="B98" s="2">
         <v>186</v>
       </c>
       <c r="C98" s="2">
         <v>118140</v>
       </c>
       <c r="D98" s="2" t="s">
         <v>1316</v>
       </c>
       <c r="E98" s="2" t="s">
         <v>1317</v>
       </c>
       <c r="F98" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="99" spans="1:6">
       <c r="A99" s="2">
         <v>98</v>
       </c>
       <c r="B99" s="2">
         <v>185</v>
       </c>
       <c r="C99" s="2">
         <v>118144</v>
       </c>
       <c r="D99" s="2" t="s">
         <v>1318</v>
       </c>
       <c r="E99" s="2" t="s">
         <v>1319</v>
       </c>
       <c r="F99" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="100" spans="1:6">
       <c r="A100" s="2">
         <v>99</v>
       </c>
       <c r="B100" s="2">
         <v>184</v>
       </c>
       <c r="C100" s="2">
         <v>118154</v>
       </c>
       <c r="D100" s="2" t="s">
         <v>1320</v>
       </c>
       <c r="E100" s="2" t="s">
         <v>548</v>
       </c>
       <c r="F100" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="101" spans="1:6">
       <c r="A101" s="2">
         <v>100</v>
       </c>
       <c r="B101" s="2">
         <v>183</v>
       </c>
       <c r="C101" s="2">
         <v>118156</v>
       </c>
       <c r="D101" s="2" t="s">
         <v>1321</v>
       </c>
       <c r="E101" s="2" t="s">
         <v>1322</v>
       </c>
       <c r="F101" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="102" spans="1:6">
       <c r="A102" s="2">
         <v>101</v>
       </c>
       <c r="B102" s="2">
         <v>182</v>
       </c>
       <c r="C102" s="2">
         <v>118160</v>
       </c>
       <c r="D102" s="2" t="s">
         <v>1323</v>
       </c>
       <c r="E102" s="2" t="s">
         <v>1324</v>
       </c>
       <c r="F102" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="103" spans="1:6">
       <c r="A103" s="2">
         <v>102</v>
       </c>
       <c r="B103" s="2">
         <v>181</v>
       </c>
       <c r="C103" s="2">
         <v>118162</v>
       </c>
       <c r="D103" s="2" t="s">
         <v>1325</v>
       </c>
       <c r="E103" s="2" t="s">
         <v>1326</v>
       </c>
       <c r="F103" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="104" spans="1:6">
       <c r="A104" s="2">
         <v>103</v>
       </c>
       <c r="B104" s="2">
         <v>180</v>
       </c>
       <c r="C104" s="2">
         <v>118168</v>
       </c>
       <c r="D104" s="2" t="s">
         <v>1327</v>
       </c>
       <c r="E104" s="2" t="s">
         <v>1328</v>
       </c>
       <c r="F104" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="105" spans="1:6">
       <c r="A105" s="2">
         <v>104</v>
       </c>
       <c r="B105" s="2">
         <v>179</v>
       </c>
       <c r="C105" s="2">
         <v>118169</v>
       </c>
       <c r="D105" s="2" t="s">
         <v>1329</v>
       </c>
       <c r="E105" s="2" t="s">
         <v>157</v>
       </c>
       <c r="F105" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="106" spans="1:6">
       <c r="A106" s="2">
         <v>105</v>
       </c>
       <c r="B106" s="2">
         <v>178</v>
       </c>
       <c r="C106" s="2">
         <v>118175</v>
       </c>
       <c r="D106" s="2" t="s">
         <v>1330</v>
       </c>
       <c r="E106" s="2" t="s">
-        <v>1071</v>
+        <v>1048</v>
       </c>
       <c r="F106" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="107" spans="1:6">
       <c r="A107" s="2">
         <v>106</v>
       </c>
       <c r="B107" s="2">
         <v>177</v>
       </c>
       <c r="C107" s="2">
         <v>118194</v>
       </c>
       <c r="D107" s="2" t="s">
         <v>1331</v>
       </c>
       <c r="E107" s="2" t="s">
         <v>1332</v>
       </c>
       <c r="F107" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="108" spans="1:6">
       <c r="A108" s="2">
         <v>107</v>
       </c>
       <c r="B108" s="2">
         <v>176</v>
       </c>
       <c r="C108" s="2">
         <v>118195</v>
       </c>
       <c r="D108" s="2" t="s">
         <v>1333</v>
       </c>
       <c r="E108" s="2" t="s">
         <v>1334</v>
       </c>
       <c r="F108" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="109" spans="1:6">
       <c r="A109" s="2">
         <v>108</v>
       </c>
       <c r="B109" s="2">
         <v>175</v>
       </c>
       <c r="C109" s="2">
         <v>118196</v>
       </c>
       <c r="D109" s="2" t="s">
         <v>1335</v>
       </c>
       <c r="E109" s="2" t="s">
         <v>1336</v>
       </c>
       <c r="F109" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="110" spans="1:6">
       <c r="A110" s="2">
         <v>109</v>
       </c>
       <c r="B110" s="2">
         <v>174</v>
       </c>
       <c r="C110" s="2">
         <v>118198</v>
       </c>
       <c r="D110" s="2" t="s">
         <v>1337</v>
       </c>
       <c r="E110" s="2" t="s">
         <v>1338</v>
       </c>
       <c r="F110" s="2" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="111" spans="1:6">
       <c r="A111" s="2">
         <v>110</v>
       </c>
       <c r="B111" s="2">
         <v>173</v>
       </c>
       <c r="C111" s="2">
         <v>118213</v>
       </c>
       <c r="D111" s="2" t="s">
         <v>1339</v>
       </c>
       <c r="E111" s="2" t="s">
         <v>1340</v>
       </c>
       <c r="F111" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="112" spans="1:6">
       <c r="A112" s="2">
         <v>111</v>
       </c>
       <c r="B112" s="2">
         <v>172</v>
       </c>
       <c r="C112" s="2">
         <v>118215</v>
       </c>
       <c r="D112" s="2" t="s">
         <v>1286</v>
       </c>
       <c r="E112" s="2" t="s">
         <v>1341</v>
       </c>
       <c r="F112" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="113" spans="1:6">
       <c r="A113" s="2">
         <v>112</v>
       </c>
       <c r="B113" s="2">
         <v>171</v>
       </c>
       <c r="C113" s="2">
         <v>118219</v>
       </c>
       <c r="D113" s="2" t="s">
         <v>1342</v>
       </c>
       <c r="E113" s="2" t="s">
         <v>1343</v>
       </c>
       <c r="F113" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="114" spans="1:6">
       <c r="A114" s="2">
         <v>113</v>
       </c>
       <c r="B114" s="2">
         <v>170</v>
       </c>
       <c r="C114" s="2">
         <v>118220</v>
       </c>
       <c r="D114" s="2" t="s">
         <v>1344</v>
       </c>
       <c r="E114" s="2" t="s">
         <v>1345</v>
       </c>
       <c r="F114" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="115" spans="1:6">
       <c r="A115" s="2">
         <v>114</v>
       </c>
       <c r="B115" s="2">
         <v>169</v>
       </c>
       <c r="C115" s="2">
         <v>118221</v>
       </c>
       <c r="D115" s="2" t="s">
         <v>1346</v>
       </c>
       <c r="E115" s="2" t="s">
         <v>1347</v>
       </c>
       <c r="F115" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="116" spans="1:6">
       <c r="A116" s="2">
         <v>115</v>
       </c>
       <c r="B116" s="2">
         <v>168</v>
       </c>
       <c r="C116" s="2">
         <v>102032</v>
       </c>
       <c r="D116" s="2" t="s">
         <v>1348</v>
       </c>
       <c r="E116" s="2" t="s">
         <v>1349</v>
       </c>
       <c r="F116" s="2" t="s">
-        <v>328</v>
+        <v>322</v>
       </c>
     </row>
     <row r="117" spans="1:6">
       <c r="A117" s="2">
         <v>116</v>
       </c>
       <c r="B117" s="2">
         <v>167</v>
       </c>
       <c r="C117" s="2">
         <v>118226</v>
       </c>
       <c r="D117" s="2" t="s">
         <v>1350</v>
       </c>
       <c r="E117" s="2" t="s">
         <v>1351</v>
       </c>
       <c r="F117" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="118" spans="1:6">
       <c r="A118" s="2">
         <v>117</v>
       </c>
       <c r="B118" s="2">
         <v>166</v>
       </c>
       <c r="C118" s="2">
         <v>118231</v>
       </c>
       <c r="D118" s="2" t="s">
         <v>1352</v>
       </c>
       <c r="E118" s="2" t="s">
         <v>1353</v>
       </c>
       <c r="F118" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="119" spans="1:6">
       <c r="A119" s="2">
         <v>118</v>
       </c>
       <c r="B119" s="2">
         <v>165</v>
       </c>
       <c r="C119" s="2">
         <v>118233</v>
       </c>
       <c r="D119" s="2" t="s">
         <v>1282</v>
       </c>
       <c r="E119" s="2" t="s">
         <v>1354</v>
       </c>
       <c r="F119" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="120" spans="1:6">
       <c r="A120" s="2">
         <v>119</v>
       </c>
       <c r="B120" s="2">
         <v>164</v>
       </c>
       <c r="C120" s="2">
         <v>102981</v>
       </c>
       <c r="D120" s="2" t="s">
         <v>1355</v>
       </c>
       <c r="E120" s="2" t="s">
         <v>1356</v>
       </c>
       <c r="F120" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="121" spans="1:6">
       <c r="A121" s="2">
         <v>120</v>
       </c>
       <c r="B121" s="2">
         <v>163</v>
       </c>
       <c r="C121" s="2">
         <v>118249</v>
       </c>
       <c r="D121" s="2" t="s">
         <v>1357</v>
       </c>
       <c r="E121" s="2" t="s">
         <v>1358</v>
       </c>
       <c r="F121" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="122" spans="1:6">
       <c r="A122" s="2">
         <v>121</v>
       </c>
       <c r="B122" s="2">
         <v>162</v>
       </c>
       <c r="C122" s="2">
         <v>101504</v>
       </c>
       <c r="D122" s="2" t="s">
         <v>1359</v>
       </c>
       <c r="E122" s="2" t="s">
         <v>1360</v>
       </c>
       <c r="F122" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="123" spans="1:6">
       <c r="A123" s="2">
         <v>122</v>
       </c>
       <c r="B123" s="2">
         <v>161</v>
       </c>
       <c r="C123" s="2">
         <v>101042</v>
       </c>
       <c r="D123" s="2" t="s">
         <v>1361</v>
       </c>
       <c r="E123" s="2" t="s">
         <v>1362</v>
       </c>
       <c r="F123" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="124" spans="1:6">
       <c r="A124" s="2">
         <v>123</v>
       </c>
       <c r="B124" s="2">
         <v>160</v>
       </c>
       <c r="C124" s="2">
         <v>118258</v>
       </c>
       <c r="D124" s="2" t="s">
         <v>1363</v>
       </c>
       <c r="E124" s="2" t="s">
         <v>1364</v>
       </c>
       <c r="F124" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="125" spans="1:6">
       <c r="A125" s="2">
         <v>124</v>
       </c>
       <c r="B125" s="2">
         <v>159</v>
       </c>
       <c r="C125" s="2">
         <v>118268</v>
       </c>
       <c r="D125" s="2" t="s">
         <v>1365</v>
       </c>
       <c r="E125" s="2" t="s">
         <v>1288</v>
       </c>
       <c r="F125" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="126" spans="1:6">
       <c r="A126" s="2">
         <v>125</v>
       </c>
       <c r="B126" s="2">
         <v>158</v>
       </c>
       <c r="C126" s="2">
         <v>118275</v>
       </c>
       <c r="D126" s="2" t="s">
         <v>1366</v>
       </c>
       <c r="E126" s="2" t="s">
         <v>1367</v>
       </c>
       <c r="F126" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="127" spans="1:6">
       <c r="A127" s="2">
         <v>126</v>
       </c>
       <c r="B127" s="2">
         <v>157</v>
       </c>
       <c r="C127" s="2">
         <v>118281</v>
       </c>
       <c r="D127" s="2" t="s">
         <v>1368</v>
       </c>
       <c r="E127" s="2" t="s">
         <v>1369</v>
       </c>
       <c r="F127" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="128" spans="1:6">
       <c r="A128" s="2">
         <v>127</v>
       </c>
       <c r="B128" s="2">
         <v>156</v>
       </c>
       <c r="C128" s="2">
         <v>118288</v>
       </c>
       <c r="D128" s="2" t="s">
         <v>1370</v>
       </c>
       <c r="E128" s="2" t="s">
         <v>1371</v>
       </c>
       <c r="F128" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="129" spans="1:6">
       <c r="A129" s="2">
         <v>128</v>
       </c>
       <c r="B129" s="2">
         <v>155</v>
       </c>
       <c r="C129" s="2">
         <v>118293</v>
       </c>
       <c r="D129" s="2" t="s">
         <v>1282</v>
       </c>
       <c r="E129" s="2" t="s">
         <v>1372</v>
       </c>
       <c r="F129" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="130" spans="1:6">
       <c r="A130" s="2">
         <v>129</v>
       </c>
       <c r="B130" s="2">
         <v>154</v>
       </c>
       <c r="C130" s="2">
         <v>118296</v>
       </c>
       <c r="D130" s="2" t="s">
         <v>1373</v>
       </c>
       <c r="E130" s="2" t="s">
         <v>1374</v>
       </c>
       <c r="F130" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="131" spans="1:6">
       <c r="A131" s="2">
         <v>130</v>
       </c>
       <c r="B131" s="2">
         <v>153</v>
       </c>
       <c r="C131" s="2">
         <v>118301</v>
       </c>
       <c r="D131" s="2" t="s">
         <v>1375</v>
       </c>
       <c r="E131" s="2" t="s">
         <v>1376</v>
       </c>
       <c r="F131" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="132" spans="1:6">
       <c r="A132" s="2">
         <v>131</v>
       </c>
       <c r="B132" s="2">
         <v>152</v>
       </c>
       <c r="C132" s="2">
         <v>118309</v>
       </c>
       <c r="D132" s="2" t="s">
         <v>1377</v>
       </c>
       <c r="E132" s="2" t="s">
         <v>1378</v>
       </c>
       <c r="F132" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="133" spans="1:6">
       <c r="A133" s="2">
         <v>132</v>
       </c>
       <c r="B133" s="2">
         <v>151</v>
       </c>
       <c r="C133" s="2">
         <v>106997</v>
       </c>
       <c r="D133" s="2" t="s">
         <v>1379</v>
       </c>
       <c r="E133" s="2" t="s">
         <v>1380</v>
       </c>
       <c r="F133" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="134" spans="1:6">
       <c r="A134" s="2">
         <v>133</v>
       </c>
       <c r="B134" s="2">
         <v>150</v>
       </c>
       <c r="C134" s="2">
         <v>107220</v>
       </c>
       <c r="D134" s="2" t="s">
         <v>1381</v>
       </c>
       <c r="E134" s="2" t="s">
         <v>1382</v>
       </c>
       <c r="F134" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="135" spans="1:6">
       <c r="A135" s="2">
         <v>134</v>
       </c>
       <c r="B135" s="2">
         <v>149</v>
       </c>
       <c r="C135" s="2">
         <v>118333</v>
       </c>
       <c r="D135" s="2" t="s">
         <v>1383</v>
       </c>
       <c r="E135" s="2" t="s">
         <v>1384</v>
       </c>
       <c r="F135" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="136" spans="1:6">
       <c r="A136" s="2">
         <v>135</v>
       </c>
       <c r="B136" s="2">
         <v>148</v>
       </c>
       <c r="C136" s="2">
         <v>118337</v>
       </c>
       <c r="D136" s="2" t="s">
         <v>1385</v>
       </c>
       <c r="E136" s="2" t="s">
         <v>1386</v>
       </c>
       <c r="F136" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="137" spans="1:6">
       <c r="A137" s="2">
         <v>136</v>
       </c>
       <c r="B137" s="2">
         <v>147</v>
       </c>
       <c r="C137" s="2">
         <v>118338</v>
       </c>
       <c r="D137" s="2" t="s">
         <v>1387</v>
       </c>
       <c r="E137" s="2" t="s">
         <v>1388</v>
       </c>
       <c r="F137" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="138" spans="1:6">
       <c r="A138" s="2">
         <v>137</v>
       </c>
       <c r="B138" s="2">
         <v>146</v>
       </c>
       <c r="C138" s="2">
         <v>118340</v>
       </c>
       <c r="D138" s="2" t="s">
         <v>1389</v>
       </c>
       <c r="E138" s="2" t="s">
         <v>1390</v>
       </c>
       <c r="F138" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="139" spans="1:6">
       <c r="A139" s="2">
         <v>138</v>
       </c>
       <c r="B139" s="2">
         <v>145</v>
       </c>
       <c r="C139" s="2">
         <v>118345</v>
       </c>
       <c r="D139" s="2" t="s">
         <v>1391</v>
       </c>
       <c r="E139" s="2" t="s">
         <v>1392</v>
       </c>
       <c r="F139" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="140" spans="1:6">
       <c r="A140" s="2">
         <v>139</v>
       </c>
       <c r="B140" s="2">
         <v>144</v>
       </c>
       <c r="C140" s="2">
         <v>118349</v>
       </c>
       <c r="D140" s="2" t="s">
         <v>1393</v>
       </c>
       <c r="E140" s="2" t="s">
         <v>1394</v>
       </c>
       <c r="F140" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="141" spans="1:6">
       <c r="A141" s="2">
         <v>141</v>
       </c>
       <c r="B141" s="2">
         <v>120</v>
       </c>
       <c r="C141" s="2">
         <v>118079</v>
       </c>
       <c r="D141" s="2" t="s">
         <v>1395</v>
       </c>
       <c r="E141" s="2" t="s">
         <v>1396</v>
       </c>
       <c r="F141" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="142" spans="1:6">
       <c r="A142" s="2">
         <v>0</v>
       </c>
       <c r="B142" s="2">
         <v>0</v>
       </c>
       <c r="C142" s="2">
         <v>117967</v>
       </c>
       <c r="D142" s="2" t="s">
         <v>1276</v>
       </c>
       <c r="E142" s="2" t="s">
         <v>1397</v>
       </c>
       <c r="F142" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">