--- v0 (2025-10-10)
+++ v1 (2026-02-08)
@@ -403,68 +403,68 @@
   <si>
     <t>Grey</t>
   </si>
   <si>
     <t>Youngmin</t>
   </si>
   <si>
     <t>Yoon  윤영민</t>
   </si>
   <si>
     <t>Malachy</t>
   </si>
   <si>
     <t>Kirwan</t>
   </si>
   <si>
     <t>Ireland</t>
   </si>
   <si>
     <t>Yoyong</t>
   </si>
   <si>
     <t>Sacayle</t>
   </si>
   <si>
+    <t>Hung</t>
+  </si>
+  <si>
+    <t>Hai</t>
+  </si>
+  <si>
+    <t>Herve</t>
+  </si>
+  <si>
+    <t>Huguenot</t>
+  </si>
+  <si>
     <t>Moo</t>
   </si>
   <si>
     <t>Sat</t>
   </si>
   <si>
-    <t>Hung</t>
-[...10 lines deleted...]
-  <si>
     <t>Nghia</t>
   </si>
   <si>
     <t>Lê Trọng</t>
   </si>
   <si>
     <t>Sapirin</t>
   </si>
   <si>
     <t>Abdul Rahman</t>
   </si>
   <si>
     <t>Muhammad Ishak</t>
   </si>
   <si>
     <t>Marius</t>
   </si>
   <si>
     <t>Mousin</t>
   </si>
   <si>
     <t>Kenneth Mun Keat</t>
   </si>
   <si>
     <t>Yow</t>
@@ -493,5615 +493,5615 @@
   <si>
     <t>Samuel</t>
   </si>
   <si>
     <t>Hong Kong</t>
   </si>
   <si>
     <t>Nuttapong</t>
   </si>
   <si>
     <t>Sreedach</t>
   </si>
   <si>
     <t>Gustin</t>
   </si>
   <si>
     <t>Tiam</t>
   </si>
   <si>
     <t>Arnaud</t>
   </si>
   <si>
     <t>Courtin</t>
   </si>
   <si>
+    <t>Sai Hee</t>
+  </si>
+  <si>
+    <t>Ahmad</t>
+  </si>
+  <si>
+    <t>Bin Tanjong</t>
+  </si>
+  <si>
+    <t>Wont</t>
+  </si>
+  <si>
+    <t>Monsorobuwon</t>
+  </si>
+  <si>
     <t>Hadi</t>
   </si>
   <si>
     <t>Mustofa</t>
   </si>
   <si>
-    <t>Sai Hee</t>
-[...13 lines deleted...]
-  <si>
     <t>Loncke</t>
   </si>
   <si>
     <t>hoecheol kim 김회철</t>
   </si>
   <si>
     <t>Amorn</t>
   </si>
   <si>
     <t>Kimnguan</t>
   </si>
   <si>
     <t>Steve</t>
   </si>
   <si>
     <t>Chia</t>
   </si>
   <si>
+    <t>Christopher</t>
+  </si>
+  <si>
+    <t>Norris</t>
+  </si>
+  <si>
     <t>Abdul Rasyid</t>
   </si>
   <si>
     <t>Mohd Salehuddin</t>
   </si>
   <si>
-    <t>Christopher</t>
-[...4 lines deleted...]
-  <si>
     <t>Noppadon</t>
   </si>
   <si>
     <t>Boonyuen</t>
   </si>
   <si>
     <t xml:space="preserve">Simon </t>
   </si>
   <si>
     <t>Sanguin</t>
   </si>
   <si>
     <t>Cao</t>
   </si>
   <si>
     <t>Wei</t>
   </si>
   <si>
     <t>Oswald</t>
   </si>
   <si>
     <t>Joseph</t>
   </si>
   <si>
     <t>sung jin jang - 장성진</t>
   </si>
   <si>
+    <t>Mickael</t>
+  </si>
+  <si>
+    <t>Gasc</t>
+  </si>
+  <si>
+    <t>Sannat</t>
+  </si>
+  <si>
+    <t>Sachdev</t>
+  </si>
+  <si>
+    <t>Rama Astra</t>
+  </si>
+  <si>
+    <t>Bramastana</t>
+  </si>
+  <si>
+    <t>Ryunosuke</t>
+  </si>
+  <si>
+    <t>Omi</t>
+  </si>
+  <si>
+    <t>Danon</t>
+  </si>
+  <si>
+    <t>Rattanatumrong</t>
+  </si>
+  <si>
+    <t>John Ray</t>
+  </si>
+  <si>
+    <t>Onifa</t>
+  </si>
+  <si>
+    <t>Pierre-Victor</t>
+  </si>
+  <si>
+    <t>Morales</t>
+  </si>
+  <si>
+    <t>Dedy</t>
+  </si>
+  <si>
+    <t>Yusuf</t>
+  </si>
+  <si>
     <t>Gediminas</t>
   </si>
   <si>
     <t>Grinius</t>
   </si>
   <si>
     <t>Lithuania</t>
   </si>
   <si>
     <t>George</t>
   </si>
   <si>
     <t>Burkin</t>
   </si>
   <si>
-    <t>Rama Astra</t>
-[...46 lines deleted...]
-  <si>
     <t>Blanka Chin Ee</t>
   </si>
   <si>
     <t>Wong</t>
   </si>
   <si>
     <t>Danaikrit</t>
   </si>
   <si>
     <t>Nanthapraphakorn</t>
   </si>
   <si>
     <t>Jake</t>
   </si>
   <si>
     <t>Conte</t>
   </si>
   <si>
     <t>Hideto</t>
   </si>
   <si>
     <t>Kumasaka</t>
   </si>
   <si>
     <t>Dzul-Izwan</t>
   </si>
   <si>
     <t>Bin Siri-Ee</t>
   </si>
   <si>
+    <t>Miklos</t>
+  </si>
+  <si>
+    <t>Viczena</t>
+  </si>
+  <si>
+    <t>Hungary</t>
+  </si>
+  <si>
     <t>Narin</t>
   </si>
   <si>
     <t>Kongsiri</t>
   </si>
   <si>
-    <t>Miklos</t>
-[...7 lines deleted...]
-  <si>
     <t>Akhmad</t>
   </si>
   <si>
     <t>Nizar</t>
   </si>
   <si>
+    <t>Phanlop</t>
+  </si>
+  <si>
+    <t>DEECHOB</t>
+  </si>
+  <si>
     <t>SENG LIP</t>
   </si>
   <si>
     <t>KU</t>
   </si>
   <si>
-    <t>Phanlop</t>
-[...4 lines deleted...]
-  <si>
     <t>Timothy</t>
   </si>
   <si>
     <t>Lombard</t>
   </si>
   <si>
     <t>South Africa</t>
   </si>
   <si>
+    <t>Opendro</t>
+  </si>
+  <si>
+    <t>Singh Thoudam</t>
+  </si>
+  <si>
     <t>Kiyotaka</t>
   </si>
   <si>
     <t>Imai</t>
   </si>
   <si>
-    <t>Opendro</t>
-[...4 lines deleted...]
-  <si>
     <t>Chaisak</t>
   </si>
   <si>
     <t>WANGSNAM</t>
   </si>
   <si>
     <t>Jisu 김지수</t>
   </si>
   <si>
     <t>Darren</t>
   </si>
   <si>
     <t>Southcott</t>
   </si>
   <si>
     <t>Gareth</t>
   </si>
   <si>
     <t>Gallagher</t>
   </si>
   <si>
+    <t>Ashis</t>
+  </si>
+  <si>
+    <t>Subba</t>
+  </si>
+  <si>
     <t>Koken</t>
   </si>
   <si>
     <t>Ogasawara</t>
   </si>
   <si>
-    <t>Ashis</t>
-[...4 lines deleted...]
-  <si>
     <t>Minchul</t>
   </si>
   <si>
     <t>Ko - 고민철</t>
   </si>
   <si>
+    <t>Heeseong</t>
+  </si>
+  <si>
+    <t>Noh 노희성</t>
+  </si>
+  <si>
     <t>Taofik</t>
   </si>
   <si>
     <t>Hidayat</t>
   </si>
   <si>
-    <t>Heeseong</t>
-[...4 lines deleted...]
-  <si>
     <t>Vladimir</t>
   </si>
   <si>
     <t>Emmer</t>
   </si>
   <si>
+    <t>Florence</t>
+  </si>
+  <si>
+    <t>Alave</t>
+  </si>
+  <si>
     <t>Eduardo</t>
   </si>
   <si>
     <t>Jr. Fuentes</t>
   </si>
   <si>
-    <t>Florence</t>
-[...2 lines deleted...]
-    <t>Alave</t>
+    <t>Olaf</t>
+  </si>
+  <si>
+    <t>Stuermer</t>
   </si>
   <si>
     <t>Muhammad Yusuf</t>
   </si>
   <si>
     <t>Aprian</t>
   </si>
   <si>
+    <t>Raman</t>
+  </si>
+  <si>
+    <t>Kumar</t>
+  </si>
+  <si>
+    <t>Mana</t>
+  </si>
+  <si>
+    <t>Yuthakan</t>
+  </si>
+  <si>
+    <t>Tatsuya</t>
+  </si>
+  <si>
+    <t>Itagaki</t>
+  </si>
+  <si>
+    <t>Jong Youl</t>
+  </si>
+  <si>
+    <t>KIM - 김종열</t>
+  </si>
+  <si>
+    <t>Seung-Jae</t>
+  </si>
+  <si>
+    <t>Min  민승재</t>
+  </si>
+  <si>
+    <t>Lanh</t>
+  </si>
+  <si>
+    <t>Lê</t>
+  </si>
+  <si>
+    <t>Yakov</t>
+  </si>
+  <si>
+    <t>Kozlov</t>
+  </si>
+  <si>
+    <t>Russia</t>
+  </si>
+  <si>
+    <t>Freddie</t>
+  </si>
+  <si>
+    <t>Blanco</t>
+  </si>
+  <si>
+    <t>Jude</t>
+  </si>
+  <si>
+    <t>Maikol</t>
+  </si>
+  <si>
+    <t>Godwin</t>
+  </si>
+  <si>
+    <t>Mirar</t>
+  </si>
+  <si>
+    <t>Somsak</t>
+  </si>
+  <si>
+    <t>Saejong</t>
+  </si>
+  <si>
+    <t>Abhinav</t>
+  </si>
+  <si>
+    <t>Jha</t>
+  </si>
+  <si>
+    <t>Somjai</t>
+  </si>
+  <si>
+    <t>Pesri</t>
+  </si>
+  <si>
     <t>Marcus</t>
   </si>
   <si>
     <t>Smith</t>
   </si>
   <si>
-    <t>Tatsuya</t>
-[...83 lines deleted...]
-    <t>Pesri</t>
+    <t>Ganesh</t>
+  </si>
+  <si>
+    <t>Ivan</t>
+  </si>
+  <si>
+    <t>Grigorev</t>
+  </si>
+  <si>
+    <t>Kouhei</t>
+  </si>
+  <si>
+    <t>Takedomi</t>
+  </si>
+  <si>
+    <t>Oleksandr</t>
+  </si>
+  <si>
+    <t>Novikov</t>
+  </si>
+  <si>
+    <t>Ukraine</t>
+  </si>
+  <si>
+    <t>Bin Bullah</t>
+  </si>
+  <si>
+    <t>Hammam</t>
+  </si>
+  <si>
+    <t>Aulia</t>
+  </si>
+  <si>
+    <t>Robert</t>
+  </si>
+  <si>
+    <t>Jones</t>
+  </si>
+  <si>
+    <t>Rachmat</t>
+  </si>
+  <si>
+    <t>Septiyanto</t>
+  </si>
+  <si>
+    <t>Piyush</t>
+  </si>
+  <si>
+    <t>Nuttawut</t>
+  </si>
+  <si>
+    <t>Supanurat</t>
+  </si>
+  <si>
+    <t>Kento</t>
+  </si>
+  <si>
+    <t>Tamura</t>
+  </si>
+  <si>
+    <t>Bogdan</t>
+  </si>
+  <si>
+    <t>Onyschenko</t>
+  </si>
+  <si>
+    <t>Sangmin</t>
+  </si>
+  <si>
+    <t>Chung 정상민</t>
+  </si>
+  <si>
+    <t>Adrian</t>
+  </si>
+  <si>
+    <t>Ilahi Tuankotta</t>
+  </si>
+  <si>
+    <t>Panyavat</t>
+  </si>
+  <si>
+    <t>Oumson</t>
+  </si>
+  <si>
+    <t>Ryan</t>
+  </si>
+  <si>
+    <t>Estrera</t>
+  </si>
+  <si>
+    <t>Lorenzo</t>
+  </si>
+  <si>
+    <t>Revelant</t>
+  </si>
+  <si>
+    <t>Marc</t>
+  </si>
+  <si>
+    <t>Bittner</t>
+  </si>
+  <si>
+    <t>Dennis</t>
+  </si>
+  <si>
+    <t>Theodosis</t>
+  </si>
+  <si>
+    <t>Trịnh Nam</t>
   </si>
   <si>
     <t>Tawatchai</t>
   </si>
   <si>
     <t>LATHIANG</t>
   </si>
   <si>
-    <t>Dennis</t>
-[...109 lines deleted...]
-  <si>
     <t>SWEE TIN</t>
   </si>
   <si>
     <t>POH</t>
   </si>
   <si>
     <t>Arthit</t>
   </si>
   <si>
     <t>Boonchirdchai</t>
   </si>
   <si>
+    <t>Napat</t>
+  </si>
+  <si>
+    <t>Prompataya</t>
+  </si>
+  <si>
+    <t>Pattana</t>
+  </si>
+  <si>
+    <t>St.</t>
+  </si>
+  <si>
+    <t>Mark</t>
+  </si>
+  <si>
+    <t>Steacy</t>
+  </si>
+  <si>
+    <t>Hong</t>
+  </si>
+  <si>
+    <t>Quang Tống</t>
+  </si>
+  <si>
+    <t>Anucha</t>
+  </si>
+  <si>
+    <t>KAEWYON</t>
+  </si>
+  <si>
+    <t>Jeffrey</t>
+  </si>
+  <si>
+    <t>Zonio</t>
+  </si>
+  <si>
+    <t>Arun</t>
+  </si>
+  <si>
+    <t>Tomar</t>
+  </si>
+  <si>
+    <t>Sungik</t>
+  </si>
+  <si>
+    <t>Kim - 김성익</t>
+  </si>
+  <si>
+    <t>Yuuki</t>
+  </si>
+  <si>
+    <t>Ootsuki</t>
+  </si>
+  <si>
+    <t>Jeong.yong</t>
+  </si>
+  <si>
+    <t>Go</t>
+  </si>
+  <si>
+    <t>Achmad</t>
+  </si>
+  <si>
+    <t>Fajari</t>
+  </si>
+  <si>
+    <t>Roy Tong</t>
+  </si>
+  <si>
+    <t>Chun Wa</t>
+  </si>
+  <si>
+    <t>Fikri</t>
+  </si>
+  <si>
+    <t>Audi Yazid</t>
+  </si>
+  <si>
+    <t>Rahul</t>
+  </si>
+  <si>
+    <t>Turan</t>
+  </si>
+  <si>
+    <t>Dung</t>
+  </si>
+  <si>
+    <t>Vũ Tiến Việt</t>
+  </si>
+  <si>
+    <t>Kongpiphop</t>
+  </si>
+  <si>
+    <t>Bungwai</t>
+  </si>
+  <si>
+    <t>Kazufumi</t>
+  </si>
+  <si>
+    <t>Ose</t>
+  </si>
+  <si>
+    <t>Kazuyuki</t>
+  </si>
+  <si>
+    <t>Takahashi</t>
+  </si>
+  <si>
+    <t>Hwan Deok</t>
+  </si>
+  <si>
+    <t>Park</t>
+  </si>
+  <si>
     <t>Pierre</t>
   </si>
   <si>
     <t>Breuer</t>
   </si>
   <si>
     <t>Belgium</t>
   </si>
   <si>
-    <t>Napat</t>
-[...112 lines deleted...]
-  <si>
     <t>Lim Chin</t>
   </si>
   <si>
     <t>Tat</t>
   </si>
   <si>
     <t>Scott</t>
   </si>
   <si>
     <t>Pugh</t>
   </si>
   <si>
+    <t xml:space="preserve">Antonius Adi </t>
+  </si>
+  <si>
+    <t>Winarko</t>
+  </si>
+  <si>
+    <t>Ravi</t>
+  </si>
+  <si>
+    <t>Gupta</t>
+  </si>
+  <si>
+    <t>Tomonori</t>
+  </si>
+  <si>
+    <t>Onitsuka</t>
+  </si>
+  <si>
+    <t>Ibrahem</t>
+  </si>
+  <si>
+    <t>Al-harami ابراهيم</t>
+  </si>
+  <si>
+    <t>Qatar</t>
+  </si>
+  <si>
+    <t>Yasbie</t>
+  </si>
+  <si>
+    <t>Ismail</t>
+  </si>
+  <si>
+    <t>Jimmy</t>
+  </si>
+  <si>
+    <t>Phillips</t>
+  </si>
+  <si>
+    <t>Phunkorn</t>
+  </si>
+  <si>
+    <t>Ruangrak</t>
+  </si>
+  <si>
+    <t>Ken Li</t>
+  </si>
+  <si>
+    <t>Nhan</t>
+  </si>
+  <si>
+    <t>Trần Văn</t>
+  </si>
+  <si>
+    <t>Thanet</t>
+  </si>
+  <si>
+    <t>Kaewlek</t>
+  </si>
+  <si>
+    <t>Rexel</t>
+  </si>
+  <si>
+    <t>Aguirre</t>
+  </si>
+  <si>
+    <t>Le</t>
+  </si>
+  <si>
+    <t>Văn Quyền</t>
+  </si>
+  <si>
+    <t>Wissanudech</t>
+  </si>
+  <si>
+    <t>TAWANGKAN</t>
+  </si>
+  <si>
+    <t>Andreas</t>
+  </si>
+  <si>
+    <t>Wenger</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
+  </si>
+  <si>
+    <t>Vinay</t>
+  </si>
+  <si>
+    <t>K</t>
+  </si>
+  <si>
+    <t>Hyungkeun</t>
+  </si>
+  <si>
+    <t>Park - 박형근</t>
+  </si>
+  <si>
+    <t>Arata</t>
+  </si>
+  <si>
+    <t>Ishii</t>
+  </si>
+  <si>
+    <t>Yangbeom</t>
+  </si>
+  <si>
+    <t>Choi - 최양범</t>
+  </si>
+  <si>
+    <t>Levin</t>
+  </si>
+  <si>
+    <t>Sim</t>
+  </si>
+  <si>
+    <t>Amar</t>
+  </si>
+  <si>
+    <t>Hayati</t>
+  </si>
+  <si>
+    <t>Fauzi</t>
+  </si>
+  <si>
+    <t>Imdadur</t>
+  </si>
+  <si>
+    <t>Winai</t>
+  </si>
+  <si>
+    <t>THAOLOI</t>
+  </si>
+  <si>
+    <t>I Dewa</t>
+  </si>
+  <si>
+    <t>Gede Astawa</t>
+  </si>
+  <si>
+    <t>Jasni</t>
+  </si>
+  <si>
+    <t>Bin Gandi</t>
+  </si>
+  <si>
     <t>Thitiwat</t>
   </si>
   <si>
     <t>SROYSUWAN</t>
   </si>
   <si>
-    <t xml:space="preserve">Antonius Adi </t>
-[...127 lines deleted...]
-  <si>
     <t>Alan</t>
   </si>
   <si>
     <t>Maulana</t>
   </si>
   <si>
-    <t>Winai</t>
-[...16 lines deleted...]
-  <si>
     <t>Duc Luan</t>
   </si>
   <si>
     <t>Phạm</t>
   </si>
   <si>
     <t>Suparman</t>
   </si>
   <si>
     <t>Samsuddin</t>
   </si>
   <si>
+    <t>Romain</t>
+  </si>
+  <si>
+    <t>Chapron</t>
+  </si>
+  <si>
+    <t>Vivek</t>
+  </si>
+  <si>
+    <t>Malhotra</t>
+  </si>
+  <si>
     <t>Hiroyuki</t>
   </si>
   <si>
     <t>Matsuda</t>
   </si>
   <si>
+    <t>Tharnawat</t>
+  </si>
+  <si>
+    <t>CHUAPHANNGAM</t>
+  </si>
+  <si>
+    <t>Hyeon Keun</t>
+  </si>
+  <si>
+    <t>lee - 이현근</t>
+  </si>
+  <si>
     <t>Yoshinori</t>
   </si>
   <si>
-    <t>Tharnawat</t>
-[...20 lines deleted...]
-    <t>lee - 이현근</t>
+    <t>TECHOSAKOLDEE</t>
   </si>
   <si>
     <t>Rizal</t>
   </si>
   <si>
     <t>Jamaludin Akbar</t>
   </si>
   <si>
-    <t>TECHOSAKOLDEE</t>
+    <t>Jinesh</t>
+  </si>
+  <si>
+    <t>Pillai</t>
+  </si>
+  <si>
+    <t>Renton</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Yap</t>
   </si>
   <si>
     <t>Oda</t>
   </si>
   <si>
-    <t>Renton</t>
-[...10 lines deleted...]
-  <si>
     <t>Abdulaziz</t>
   </si>
   <si>
     <t>Altamimi عبدالعزيز التميمي</t>
   </si>
   <si>
+    <t>juho choi - 최주호</t>
+  </si>
+  <si>
     <t>Jose Luis</t>
   </si>
   <si>
     <t>Alvelais</t>
   </si>
   <si>
     <t>Mexico</t>
   </si>
   <si>
-    <t>juho choi - 최주호</t>
-[...1 lines deleted...]
-  <si>
     <t>Zhong</t>
   </si>
   <si>
     <t xml:space="preserve">Liu </t>
   </si>
   <si>
     <t>Pariyakorn</t>
   </si>
   <si>
     <t>Winaiwattanawong</t>
   </si>
   <si>
     <t>Frankie Yuen</t>
   </si>
   <si>
     <t>Trinnawat</t>
   </si>
   <si>
     <t>Rattanajaratpon</t>
   </si>
   <si>
     <t>Phattarakrit</t>
   </si>
   <si>
     <t>CHUEACHETTON</t>
   </si>
   <si>
     <t>Jeward</t>
   </si>
   <si>
     <t>Delgado</t>
   </si>
   <si>
+    <t>Yves</t>
+  </si>
+  <si>
+    <t>Pascal</t>
+  </si>
+  <si>
+    <t>Suriya</t>
+  </si>
+  <si>
+    <t>Kongthong</t>
+  </si>
+  <si>
+    <t>Arthur Chan</t>
+  </si>
+  <si>
+    <t>Hongkyu</t>
+  </si>
+  <si>
+    <t>Lee - 이홍규</t>
+  </si>
+  <si>
+    <t>Moh Wisnu</t>
+  </si>
+  <si>
+    <t>Huzaifi</t>
+  </si>
+  <si>
+    <t>Rhodel</t>
+  </si>
+  <si>
+    <t>Sarande</t>
+  </si>
+  <si>
+    <t>Chetthaphon</t>
+  </si>
+  <si>
+    <t>CHAICHANACHIMPLEE</t>
+  </si>
+  <si>
+    <t>Saputra</t>
+  </si>
+  <si>
+    <t>Lubis</t>
+  </si>
+  <si>
+    <t>Phạm Tuấn Anh</t>
+  </si>
+  <si>
+    <t>Rey</t>
+  </si>
+  <si>
+    <t>Sajulga</t>
+  </si>
+  <si>
+    <t>Guntawee</t>
+  </si>
+  <si>
+    <t>Tiwapong</t>
+  </si>
+  <si>
+    <t>Rudi</t>
+  </si>
+  <si>
+    <t>Gumilar</t>
+  </si>
+  <si>
+    <t>Santhosh</t>
+  </si>
+  <si>
+    <t>Babu Sadhasivam</t>
+  </si>
+  <si>
+    <t>Angelo</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Encornal </t>
+  </si>
+  <si>
+    <t>Saguchi</t>
+  </si>
+  <si>
+    <t>Dok Jong</t>
+  </si>
+  <si>
+    <t>jong park - 박덕종</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Pongarmon </t>
+  </si>
+  <si>
+    <t>Jirasuteeruk</t>
+  </si>
+  <si>
+    <t>Ranggaradika</t>
+  </si>
+  <si>
+    <t>Prihandana</t>
+  </si>
+  <si>
+    <t>Jean Dheamlier</t>
+  </si>
+  <si>
+    <t>Almoda</t>
+  </si>
+  <si>
+    <t>Deepak</t>
+  </si>
+  <si>
+    <t>Mhasavade</t>
+  </si>
+  <si>
+    <t>Yosuke</t>
+  </si>
+  <si>
+    <t>Kawauchi</t>
+  </si>
+  <si>
+    <t>Mohammad</t>
+  </si>
+  <si>
+    <t>Alswaiti محمد السويطي</t>
+  </si>
+  <si>
+    <t>SEUNG HYUN KWAK - 곽승현</t>
+  </si>
+  <si>
+    <t>Edmund</t>
+  </si>
+  <si>
+    <t>Villaraza</t>
+  </si>
+  <si>
+    <t>Po</t>
+  </si>
+  <si>
+    <t>Wah Chu</t>
+  </si>
+  <si>
     <t>Kang</t>
   </si>
   <si>
     <t>Mingoo 강민구</t>
   </si>
   <si>
-    <t>Po</t>
-[...136 lines deleted...]
-  <si>
     <t>Khoa</t>
   </si>
   <si>
     <t>Phung Huu</t>
   </si>
   <si>
     <t xml:space="preserve"> KHOO DAVID CHONG BENG</t>
   </si>
   <si>
     <t>Lasius</t>
   </si>
   <si>
     <t>U</t>
   </si>
   <si>
+    <t>Yutaro</t>
+  </si>
+  <si>
+    <t>Yokouchi</t>
+  </si>
+  <si>
+    <t>Melvyn</t>
+  </si>
+  <si>
+    <t>Chanon</t>
+  </si>
+  <si>
+    <t>Kanjanavasoontara</t>
+  </si>
+  <si>
+    <t>minho JIN - 지민호</t>
+  </si>
+  <si>
+    <t>Yip</t>
+  </si>
+  <si>
+    <t>Hung Lam</t>
+  </si>
+  <si>
+    <t>Deuk</t>
+  </si>
+  <si>
+    <t>GYU CHOI  최덕규</t>
+  </si>
+  <si>
+    <t>Romi Romantis</t>
+  </si>
+  <si>
+    <t>Robi</t>
+  </si>
+  <si>
+    <t>Goodwin</t>
+  </si>
+  <si>
+    <t>Kamon</t>
+  </si>
+  <si>
+    <t>In-Khamchua</t>
+  </si>
+  <si>
+    <t>Kwok Hang Luk</t>
+  </si>
+  <si>
+    <t>Gyo Jeong</t>
+  </si>
+  <si>
+    <t>GU - 구교정</t>
+  </si>
+  <si>
+    <t>Chi</t>
+  </si>
+  <si>
+    <t>Công Vương</t>
+  </si>
+  <si>
+    <t>Matt</t>
+  </si>
+  <si>
+    <t>Phillips Long</t>
+  </si>
+  <si>
+    <t>Wayne</t>
+  </si>
+  <si>
+    <t>Abarquez</t>
+  </si>
+  <si>
+    <t>Juergen</t>
+  </si>
+  <si>
+    <t>Loeschenkohl</t>
+  </si>
+  <si>
+    <t>Austria</t>
+  </si>
+  <si>
+    <t>Krisdianto</t>
+  </si>
+  <si>
+    <t>Anh</t>
+  </si>
+  <si>
+    <t>Tạ Đức</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Wahyu S</t>
+  </si>
+  <si>
+    <t>Pratheep</t>
+  </si>
+  <si>
+    <t>Jagannathan</t>
+  </si>
+  <si>
+    <t>Jevie</t>
+  </si>
+  <si>
+    <t>Cagatin</t>
+  </si>
+  <si>
+    <t>Makoto</t>
+  </si>
+  <si>
+    <t>Yoshida</t>
+  </si>
+  <si>
+    <t>Youngchoon</t>
+  </si>
+  <si>
+    <t>Lee - 이영춘</t>
+  </si>
+  <si>
+    <t>Ittipon</t>
+  </si>
+  <si>
+    <t>Uppapong</t>
+  </si>
+  <si>
+    <t>Nur Andi</t>
+  </si>
+  <si>
+    <t>Setiabudi</t>
+  </si>
+  <si>
     <t>Peter</t>
   </si>
   <si>
     <t>Casio</t>
   </si>
   <si>
-    <t>Yutaro</t>
-[...4 lines deleted...]
-  <si>
     <t>Th Khuo</t>
   </si>
   <si>
     <t>Albert</t>
   </si>
   <si>
-    <t>Chanon</t>
-[...119 lines deleted...]
-    <t>Uppapong</t>
+    <t>Sanchit</t>
   </si>
   <si>
     <t>Toshiki</t>
   </si>
   <si>
     <t>Yamaga</t>
   </si>
   <si>
+    <t>Jaseok</t>
+  </si>
+  <si>
+    <t>Ku - 구자덕</t>
+  </si>
+  <si>
+    <t>Cristian</t>
+  </si>
+  <si>
+    <t>Vargas</t>
+  </si>
+  <si>
+    <t>Chile</t>
+  </si>
+  <si>
+    <t>Jean-Marc</t>
+  </si>
+  <si>
+    <t>Provost</t>
+  </si>
+  <si>
+    <t>Asari</t>
+  </si>
+  <si>
+    <t>Kluitenberg</t>
+  </si>
+  <si>
+    <t>Julius</t>
+  </si>
+  <si>
+    <t>Iglesias</t>
+  </si>
+  <si>
+    <t>Songtham</t>
+  </si>
+  <si>
+    <t>SAENGTHONG</t>
+  </si>
+  <si>
+    <t>Akash</t>
+  </si>
+  <si>
+    <t>Sunar</t>
+  </si>
+  <si>
+    <t>Julien</t>
+  </si>
+  <si>
+    <t>Bonnard</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Takumi </t>
+  </si>
+  <si>
+    <t>SAWAYANAGI</t>
+  </si>
+  <si>
+    <t>Michael</t>
+  </si>
+  <si>
+    <t>Billups</t>
+  </si>
+  <si>
+    <t>Prajak</t>
+  </si>
+  <si>
+    <t>Into</t>
+  </si>
+  <si>
+    <t>Thierry Olive</t>
+  </si>
+  <si>
+    <t>Seung</t>
+  </si>
+  <si>
+    <t>YONG SONG  송승용</t>
+  </si>
+  <si>
+    <t>Anant</t>
+  </si>
+  <si>
+    <t>Iamchootiwong</t>
+  </si>
+  <si>
+    <t>Son</t>
+  </si>
+  <si>
+    <t>Ngô Anh</t>
+  </si>
+  <si>
+    <t>Delmar</t>
+  </si>
+  <si>
+    <t>Lacbain</t>
+  </si>
+  <si>
+    <t>Rudy</t>
+  </si>
+  <si>
+    <t>Joelijanto</t>
+  </si>
+  <si>
+    <t>Hải</t>
+  </si>
+  <si>
+    <t>Lê Xuân</t>
+  </si>
+  <si>
     <t>Donald</t>
   </si>
   <si>
     <t>Rodgers</t>
   </si>
   <si>
-    <t>Sanchit</t>
-[...109 lines deleted...]
-  <si>
     <t>Nguyễn Thanh Phong</t>
   </si>
   <si>
+    <t>Watchrin</t>
+  </si>
+  <si>
+    <t>Luarlon</t>
+  </si>
+  <si>
+    <t>Sebastien</t>
+  </si>
+  <si>
+    <t>Le Bleis</t>
+  </si>
+  <si>
+    <t>Vuong Xuan</t>
+  </si>
+  <si>
+    <t>Hoa</t>
+  </si>
+  <si>
+    <t>Somporn</t>
+  </si>
+  <si>
+    <t>SUTHAM</t>
+  </si>
+  <si>
+    <t>Laseno</t>
+  </si>
+  <si>
+    <t>Mạnh Hà</t>
+  </si>
+  <si>
+    <t>Manoj</t>
+  </si>
+  <si>
+    <t>Elango</t>
+  </si>
+  <si>
+    <t>Romando</t>
+  </si>
+  <si>
+    <t>Cumahling</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hideki </t>
+  </si>
+  <si>
+    <t>Enpuku</t>
+  </si>
+  <si>
+    <t>KANGBOK LEE - 이강복</t>
+  </si>
+  <si>
+    <t>Yanuar</t>
+  </si>
+  <si>
+    <t>Gunawan</t>
+  </si>
+  <si>
+    <t>MIra</t>
+  </si>
+  <si>
+    <t>Freddy</t>
+  </si>
+  <si>
+    <t>Wai</t>
+  </si>
+  <si>
+    <t>Kin Yu</t>
+  </si>
+  <si>
+    <t>Edu</t>
+  </si>
+  <si>
+    <t>Losnong</t>
+  </si>
+  <si>
+    <t>Thitipong</t>
+  </si>
+  <si>
+    <t>YINGTHAWEESITTIKUL</t>
+  </si>
+  <si>
+    <t>Alexander</t>
+  </si>
+  <si>
+    <t>Tilley</t>
+  </si>
+  <si>
+    <t>Shubham</t>
+  </si>
+  <si>
+    <t>Manabu</t>
+  </si>
+  <si>
+    <t>Fujioka</t>
+  </si>
+  <si>
+    <t>Ooi Lun</t>
+  </si>
+  <si>
+    <t>Ang</t>
+  </si>
+  <si>
+    <t>Ramed</t>
+  </si>
+  <si>
+    <t>Promsena</t>
+  </si>
+  <si>
     <t>HUN YOUNG CHIN 진헌용</t>
   </si>
   <si>
-    <t>Watchrin</t>
-[...106 lines deleted...]
-  <si>
     <t xml:space="preserve">Xuân Bình </t>
   </si>
   <si>
     <t>Vũ</t>
   </si>
   <si>
     <t>Tivel</t>
   </si>
   <si>
+    <t>Hajime</t>
+  </si>
+  <si>
+    <t>Kasagi</t>
+  </si>
+  <si>
+    <t>Jimes</t>
+  </si>
+  <si>
+    <t>Sulaiman</t>
+  </si>
+  <si>
+    <t>Hamdan</t>
+  </si>
+  <si>
+    <t>Bin Mohd Noor</t>
+  </si>
+  <si>
+    <t>Pruttipong</t>
+  </si>
+  <si>
+    <t>Jiamvirojwong</t>
+  </si>
+  <si>
+    <t>Tsuyoshi</t>
+  </si>
+  <si>
+    <t>KABURAKI</t>
+  </si>
+  <si>
+    <t>Tuong</t>
+  </si>
+  <si>
+    <t>Rasul</t>
+  </si>
+  <si>
+    <t>Ii Buisan</t>
+  </si>
+  <si>
+    <t>Tony</t>
+  </si>
+  <si>
+    <t>Luke</t>
+  </si>
+  <si>
+    <t>Nolan</t>
+  </si>
+  <si>
+    <t>Puttipong</t>
+  </si>
+  <si>
+    <t>Bunon</t>
+  </si>
+  <si>
+    <t>Gregory</t>
+  </si>
+  <si>
+    <t>CHOW</t>
+  </si>
+  <si>
+    <t>Minh</t>
+  </si>
+  <si>
+    <t>Lê Hoàng</t>
+  </si>
+  <si>
+    <t>Reymar</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Taleon </t>
+  </si>
+  <si>
+    <t>LUARLON</t>
+  </si>
+  <si>
+    <t>Fahri</t>
+  </si>
+  <si>
+    <t>Ngô Văn Vinh</t>
+  </si>
+  <si>
+    <t>Mahesh</t>
+  </si>
+  <si>
+    <t>M</t>
+  </si>
+  <si>
+    <t>Ronie</t>
+  </si>
+  <si>
+    <t>Torlao</t>
+  </si>
+  <si>
+    <t>Ryan Chan</t>
+  </si>
+  <si>
+    <t>Yumeiji</t>
+  </si>
+  <si>
+    <t>Sasaki</t>
+  </si>
+  <si>
+    <t>Remedy</t>
+  </si>
+  <si>
+    <t>Waloni</t>
+  </si>
+  <si>
+    <t>Kyungho CHO - 조경호</t>
+  </si>
+  <si>
+    <t>Musthafa</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kamal Hasany </t>
+  </si>
+  <si>
     <t>Sarawut</t>
   </si>
   <si>
     <t>CHAMMUANG</t>
   </si>
   <si>
-    <t>Hajime</t>
-[...8 lines deleted...]
-    <t>Bin Mohd Noor</t>
+    <t>Alexter</t>
+  </si>
+  <si>
+    <t>Japrin</t>
   </si>
   <si>
     <t>Manjunath</t>
   </si>
   <si>
     <t>Krishna Reddy</t>
   </si>
   <si>
-    <t>Tsuyoshi</t>
-[...109 lines deleted...]
-  <si>
     <t>Nguyễn Quang Phi</t>
   </si>
   <si>
+    <t>Rohanraj</t>
+  </si>
+  <si>
+    <t>Reddy</t>
+  </si>
+  <si>
+    <t>Junior</t>
+  </si>
+  <si>
+    <t>Hover Luis</t>
+  </si>
+  <si>
+    <t>Ryo</t>
+  </si>
+  <si>
+    <t>Hikichi</t>
+  </si>
+  <si>
+    <t>Sung kyun Cho - 조성균</t>
+  </si>
+  <si>
+    <t>Ta</t>
+  </si>
+  <si>
+    <t>Đức Vinh</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mohd Amierul Amin </t>
+  </si>
+  <si>
+    <t>Bin Shamsul Kamal</t>
+  </si>
+  <si>
+    <t>Kittiphong</t>
+  </si>
+  <si>
+    <t>Prasert</t>
+  </si>
+  <si>
+    <t>Tze Hou</t>
+  </si>
+  <si>
+    <t>Badri</t>
+  </si>
+  <si>
+    <t>Narayana</t>
+  </si>
+  <si>
+    <t>Christian</t>
+  </si>
+  <si>
+    <t>Schumy</t>
+  </si>
+  <si>
+    <t>Philip Nari</t>
+  </si>
+  <si>
+    <t>Ganot</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ko </t>
+  </si>
+  <si>
+    <t>Ito</t>
+  </si>
+  <si>
+    <t>Clarence</t>
+  </si>
+  <si>
+    <t>Chan</t>
+  </si>
+  <si>
+    <t>Soubrier</t>
+  </si>
+  <si>
+    <t>Phan</t>
+  </si>
+  <si>
+    <t>Đức Hiếu</t>
+  </si>
+  <si>
+    <t>Samsudin</t>
+  </si>
+  <si>
+    <t>T</t>
+  </si>
+  <si>
+    <t>Lars</t>
+  </si>
+  <si>
+    <t>Versnel</t>
+  </si>
+  <si>
+    <t>Wichit</t>
+  </si>
+  <si>
+    <t>Khamklom</t>
+  </si>
+  <si>
+    <t>Decha</t>
+  </si>
+  <si>
+    <t>KUMCHUN</t>
+  </si>
+  <si>
     <t>Romi</t>
   </si>
   <si>
     <t>Romantis Robi</t>
   </si>
   <si>
     <t>Tim O'Connell</t>
   </si>
   <si>
+    <t>I Wayan</t>
+  </si>
+  <si>
+    <t>Sutawan</t>
+  </si>
+  <si>
+    <t>Khúc Hoàng Phương</t>
+  </si>
+  <si>
+    <t>Yevhenii</t>
+  </si>
+  <si>
+    <t>Bespoiasko</t>
+  </si>
+  <si>
+    <t>Tsz</t>
+  </si>
+  <si>
+    <t>KEI NG</t>
+  </si>
+  <si>
+    <t>Alex Too</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SIEW YIK </t>
+  </si>
+  <si>
     <t>RIGNERLY</t>
   </si>
   <si>
     <t>Dumlao</t>
   </si>
   <si>
-    <t>Junior</t>
-[...128 lines deleted...]
-    <t xml:space="preserve">SIEW YIK </t>
+    <t xml:space="preserve">Franklin </t>
+  </si>
+  <si>
+    <t>Lobino</t>
+  </si>
+  <si>
+    <t>Ngô Bá Vương</t>
+  </si>
+  <si>
+    <t>Jarkasi</t>
+  </si>
+  <si>
+    <t>Jack</t>
+  </si>
+  <si>
+    <t>Ahearn</t>
+  </si>
+  <si>
+    <t>Ka Cheong Ng</t>
+  </si>
+  <si>
+    <t>SUI LOONG FONG</t>
+  </si>
+  <si>
+    <t>Varghese</t>
+  </si>
+  <si>
+    <t>Dela Pena</t>
+  </si>
+  <si>
+    <t>Kouji</t>
+  </si>
+  <si>
+    <t>Yamada</t>
+  </si>
+  <si>
+    <t>Wirun</t>
+  </si>
+  <si>
+    <t>Saae</t>
+  </si>
+  <si>
+    <t>Daeseong Kang - 강대성</t>
+  </si>
+  <si>
+    <t>Phi</t>
+  </si>
+  <si>
+    <t>Shamsuleffandy</t>
+  </si>
+  <si>
+    <t>Haji Sulaiman</t>
+  </si>
+  <si>
+    <t>Brunei</t>
+  </si>
+  <si>
+    <t>DONG HWAN CHO - 조동환</t>
+  </si>
+  <si>
+    <t>Parn</t>
+  </si>
+  <si>
+    <t>TAENGON</t>
+  </si>
+  <si>
+    <t>Nithin</t>
+  </si>
+  <si>
+    <t>Devarajan</t>
+  </si>
+  <si>
+    <t>Zulhilmi</t>
+  </si>
+  <si>
+    <t>Mohd Sidek</t>
+  </si>
+  <si>
+    <t>Mamba</t>
+  </si>
+  <si>
+    <t>Mohammad Zulfadly Abdul Rahim Shah | Wipi</t>
+  </si>
+  <si>
+    <t>Nguyễn Thanh</t>
+  </si>
+  <si>
+    <t>Lei</t>
+  </si>
+  <si>
+    <t>Xu</t>
+  </si>
+  <si>
+    <t>China</t>
+  </si>
+  <si>
+    <t>Bùi</t>
+  </si>
+  <si>
+    <t>Bùi Thành</t>
   </si>
   <si>
     <t>Iwan Budi</t>
   </si>
   <si>
     <t>Santoso</t>
   </si>
   <si>
-    <t>Bùi</t>
-[...2 lines deleted...]
-    <t>Bùi Thành</t>
+    <t>Alex</t>
+  </si>
+  <si>
+    <t>Nixon</t>
   </si>
   <si>
     <t>Thanathorn</t>
   </si>
   <si>
     <t>Juangroongruangkit</t>
   </si>
   <si>
-    <t xml:space="preserve">Franklin </t>
-[...100 lines deleted...]
-  <si>
     <t>KHAIRUL AZMI</t>
   </si>
   <si>
     <t>YUSOFF</t>
   </si>
   <si>
     <t>Toft</t>
   </si>
   <si>
     <t>Jayden</t>
   </si>
   <si>
     <t>Tian</t>
   </si>
   <si>
+    <t>Tomofumi</t>
+  </si>
+  <si>
+    <t>Miyagawa</t>
+  </si>
+  <si>
+    <t>Bungsu</t>
+  </si>
+  <si>
+    <t>Omar</t>
+  </si>
+  <si>
+    <t>Lam</t>
+  </si>
+  <si>
+    <t>Pande Putu</t>
+  </si>
+  <si>
+    <t>Yuda raditya gunasta putra</t>
+  </si>
+  <si>
+    <t>Hồng Sáng</t>
+  </si>
+  <si>
+    <t>Riezel Real</t>
+  </si>
+  <si>
+    <t>Cabanig</t>
+  </si>
+  <si>
+    <t>Saad</t>
+  </si>
+  <si>
+    <t>Altamimi سعد</t>
+  </si>
+  <si>
+    <t>Supat</t>
+  </si>
+  <si>
+    <t>Bunjuar</t>
+  </si>
+  <si>
+    <t>Pattarapong</t>
+  </si>
+  <si>
+    <t>PISAKMASH</t>
+  </si>
+  <si>
+    <t>Yong Hooi</t>
+  </si>
+  <si>
+    <t>Cheng</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Elron Joyce </t>
+  </si>
+  <si>
+    <t>Josue</t>
+  </si>
+  <si>
+    <t>Zhizhong</t>
+  </si>
+  <si>
+    <t>Zhou</t>
+  </si>
+  <si>
+    <t>Trần Thanh Tùng</t>
+  </si>
+  <si>
+    <t>Dedik</t>
+  </si>
+  <si>
+    <t>Kurniawan</t>
+  </si>
+  <si>
+    <t>SUA YIH HUAN</t>
+  </si>
+  <si>
+    <t>YUEN LOONG</t>
+  </si>
+  <si>
+    <t>HO</t>
+  </si>
+  <si>
+    <t>Athul</t>
+  </si>
+  <si>
+    <t>Sebastian</t>
+  </si>
+  <si>
+    <t>Arnel</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Andilab </t>
+  </si>
+  <si>
+    <t>Dai</t>
+  </si>
+  <si>
+    <t>Kimura</t>
+  </si>
+  <si>
+    <t>HYUNGWOO LEE - 이형우</t>
+  </si>
+  <si>
+    <t>Vo</t>
+  </si>
+  <si>
+    <t>Công Hưng</t>
+  </si>
+  <si>
     <t>Dongmin Kim 김동민</t>
   </si>
   <si>
     <t>Wetchayan</t>
   </si>
   <si>
     <t>PANROOPTAO</t>
   </si>
   <si>
-    <t>Tomofumi</t>
-[...2 lines deleted...]
-    <t>Miyagawa</t>
+    <t>Gordon Hansel</t>
+  </si>
+  <si>
+    <t>Abi</t>
   </si>
   <si>
     <t>Sunil</t>
   </si>
   <si>
     <t>Handa</t>
   </si>
   <si>
-    <t>Lam</t>
-[...109 lines deleted...]
-  <si>
     <t xml:space="preserve">Hoàng Thao </t>
   </si>
   <si>
+    <t>Nagaraj</t>
+  </si>
+  <si>
+    <t>B</t>
+  </si>
+  <si>
     <t>Aleksis</t>
   </si>
   <si>
     <t>Capili</t>
   </si>
   <si>
     <t>SATOSHI</t>
   </si>
   <si>
     <t>WATANABE</t>
   </si>
   <si>
+    <t>Apinan</t>
+  </si>
+  <si>
+    <t>Thawornpuminan</t>
+  </si>
+  <si>
+    <t>Mendelsohn</t>
+  </si>
+  <si>
+    <t>DUHWAN SONG - 송두환</t>
+  </si>
+  <si>
+    <t>Vu</t>
+  </si>
+  <si>
+    <t>Tiến Việt Dũng</t>
+  </si>
+  <si>
+    <t>Hamzah</t>
+  </si>
+  <si>
+    <t>Minggu</t>
+  </si>
+  <si>
+    <t>Sandeep</t>
+  </si>
+  <si>
+    <t>Voggu</t>
+  </si>
+  <si>
+    <t>Konrad</t>
+  </si>
+  <si>
+    <t>Smolinski</t>
+  </si>
+  <si>
+    <t>Eiron</t>
+  </si>
+  <si>
+    <t>Sulai</t>
+  </si>
+  <si>
+    <t>Ryuta</t>
+  </si>
+  <si>
+    <t>Iwai</t>
+  </si>
+  <si>
+    <t>Wang Hai Feng | 王海峰</t>
+  </si>
+  <si>
+    <t>Ngak Jui</t>
+  </si>
+  <si>
+    <t>Quek</t>
+  </si>
+  <si>
+    <t>Wendi</t>
+  </si>
+  <si>
+    <t>Setiawan</t>
+  </si>
+  <si>
+    <t>Tajime</t>
+  </si>
+  <si>
+    <t>NOBUYASU</t>
+  </si>
+  <si>
+    <t>Evan Erl</t>
+  </si>
+  <si>
+    <t>Diego</t>
+  </si>
+  <si>
+    <t>Mora</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mohd Syafiq </t>
+  </si>
+  <si>
+    <t>Khairul Salleh</t>
+  </si>
+  <si>
+    <t>Jerson</t>
+  </si>
+  <si>
+    <t>Defensor</t>
+  </si>
+  <si>
     <t>Wing</t>
   </si>
   <si>
     <t>Hang Hui</t>
   </si>
   <si>
-    <t>Nagaraj</t>
-[...94 lines deleted...]
-  <si>
     <t>Hafizan</t>
   </si>
   <si>
     <t>Lamin</t>
   </si>
   <si>
     <t xml:space="preserve">Chí Công </t>
   </si>
   <si>
     <t>Vương</t>
   </si>
   <si>
+    <t>Sol Augustus</t>
+  </si>
+  <si>
+    <t>Lorejo</t>
+  </si>
+  <si>
+    <t>Wai Hung Gary Lee</t>
+  </si>
+  <si>
+    <t>Bryan</t>
+  </si>
+  <si>
+    <t>YEOH ZHI YONG</t>
+  </si>
+  <si>
+    <t>Somyod</t>
+  </si>
+  <si>
+    <t>KHAIWMEN</t>
+  </si>
+  <si>
+    <t>Thanh Lam</t>
+  </si>
+  <si>
+    <t>Praveenraj</t>
+  </si>
+  <si>
+    <t>Gunasekaran</t>
+  </si>
+  <si>
+    <t>Max Cabreras</t>
+  </si>
+  <si>
+    <t>cabreros</t>
+  </si>
+  <si>
+    <t>YUUKI</t>
+  </si>
+  <si>
+    <t>WAKAMATSU</t>
+  </si>
+  <si>
+    <t>Itthikarn</t>
+  </si>
+  <si>
+    <t>Soonprom</t>
+  </si>
+  <si>
+    <t>Nguyễn Thế Anh</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Trung Hieu </t>
+  </si>
+  <si>
+    <t>Dang</t>
+  </si>
+  <si>
+    <t>Georg</t>
+  </si>
+  <si>
+    <t>Tanner</t>
+  </si>
+  <si>
+    <t>Samvit</t>
+  </si>
+  <si>
+    <t>Sharma</t>
+  </si>
+  <si>
+    <t>Suchart</t>
+  </si>
+  <si>
+    <t>Ruangthong</t>
+  </si>
+  <si>
+    <t>Moidon</t>
+  </si>
+  <si>
+    <t>Timus</t>
+  </si>
+  <si>
+    <t>Genki</t>
+  </si>
+  <si>
+    <t>Ohnishi</t>
+  </si>
+  <si>
+    <t>Soo Wenn Ru</t>
+  </si>
+  <si>
+    <t>Phong</t>
+  </si>
+  <si>
+    <t>Pham The</t>
+  </si>
+  <si>
+    <t>Muhammad Fadhlan</t>
+  </si>
+  <si>
+    <t>BIN SULAIMAN</t>
+  </si>
+  <si>
+    <t>VASUPHAT SOMKRUE</t>
+  </si>
+  <si>
+    <t>Hashimoto</t>
+  </si>
+  <si>
+    <t>TAKESHI</t>
+  </si>
+  <si>
+    <t>Tran Thanh Lam</t>
+  </si>
+  <si>
     <t>Rodel</t>
   </si>
   <si>
     <t>Doren</t>
   </si>
   <si>
-    <t>Sol Augustus</t>
-[...4 lines deleted...]
-  <si>
     <t>Harry</t>
   </si>
   <si>
     <t>Taylor</t>
   </si>
   <si>
-    <t>Bryan</t>
-[...106 lines deleted...]
-  <si>
     <t>Tuan Anh</t>
   </si>
   <si>
+    <t>Etienne</t>
+  </si>
+  <si>
+    <t>Sapin</t>
+  </si>
+  <si>
+    <t>Van</t>
+  </si>
+  <si>
+    <t>Tử Thanh</t>
+  </si>
+  <si>
+    <t>JITTIPONG NOPUAN</t>
+  </si>
+  <si>
+    <t>DAVID CHUA TECK CHENG</t>
+  </si>
+  <si>
+    <t>Paul Anthony</t>
+  </si>
+  <si>
+    <t>Senados</t>
+  </si>
+  <si>
+    <t>Queen</t>
+  </si>
+  <si>
+    <t>CHOON FOONG YAP</t>
+  </si>
+  <si>
+    <t>WARINTHARACHON NATCHAYACHIRAART</t>
+  </si>
+  <si>
+    <t>van Tung</t>
+  </si>
+  <si>
+    <t>Pranav</t>
+  </si>
+  <si>
+    <t>Prakash</t>
+  </si>
+  <si>
+    <t>Joeffery</t>
+  </si>
+  <si>
+    <t>Camara</t>
+  </si>
+  <si>
+    <t>TOSHIAKI</t>
+  </si>
+  <si>
+    <t>MAEDA</t>
+  </si>
+  <si>
+    <t>Santi</t>
+  </si>
+  <si>
+    <t>Phongsraphang</t>
+  </si>
+  <si>
+    <t>Willy</t>
+  </si>
+  <si>
+    <t>Natanael Yonas</t>
+  </si>
+  <si>
     <t>Trần Đức Thuận</t>
   </si>
   <si>
+    <t>Ramanathan</t>
+  </si>
+  <si>
+    <t>Kasiviswanathan</t>
+  </si>
+  <si>
+    <t>Corry</t>
+  </si>
+  <si>
+    <t>Songpon</t>
+  </si>
+  <si>
+    <t>Soontaros</t>
+  </si>
+  <si>
     <t>Muhtarruddin</t>
   </si>
   <si>
     <t>Mustari</t>
   </si>
   <si>
-    <t>Songpon</t>
-[...79 lines deleted...]
-  <si>
     <t>Vũ Văn Vương</t>
   </si>
   <si>
     <t>Japhet</t>
   </si>
   <si>
     <t>Fernandez</t>
   </si>
   <si>
     <t>YUUICHIROU</t>
   </si>
   <si>
     <t>OOHASHI</t>
   </si>
   <si>
     <t>Shuhei</t>
   </si>
   <si>
     <t>Takemura</t>
   </si>
   <si>
     <t>Chin Tat</t>
   </si>
   <si>
     <t>LIM</t>
   </si>
   <si>
+    <t>Damrong</t>
+  </si>
+  <si>
+    <t>Taksanont</t>
+  </si>
+  <si>
+    <t>Ngakan</t>
+  </si>
+  <si>
+    <t>Made Yogaswara Janti</t>
+  </si>
+  <si>
+    <t>Trịnh Nam Phong</t>
+  </si>
+  <si>
+    <t>Welson Kutoro | Gaman Wk</t>
+  </si>
+  <si>
+    <t>Vũ Văn Tiến</t>
+  </si>
+  <si>
+    <t>In Seok Joo 주인석</t>
+  </si>
+  <si>
+    <t>Ronnie Francis</t>
+  </si>
+  <si>
+    <t>Yapong</t>
+  </si>
+  <si>
+    <t>Pavan</t>
+  </si>
+  <si>
+    <t>Kumar Ramarapu</t>
+  </si>
+  <si>
+    <t>Muhammad</t>
+  </si>
+  <si>
+    <t>Ilham</t>
+  </si>
+  <si>
+    <t>Aminor</t>
+  </si>
+  <si>
+    <t>Junaidi</t>
+  </si>
+  <si>
+    <t>Michel</t>
+  </si>
+  <si>
+    <t>Stephen</t>
+  </si>
+  <si>
+    <t>Duy Dương</t>
+  </si>
+  <si>
+    <t>WISIT KONGCHAROENSOMBAT</t>
+  </si>
+  <si>
+    <t>CHIN HAN KEONG</t>
+  </si>
+  <si>
+    <t>Ho So</t>
+  </si>
+  <si>
+    <t>Ian</t>
+  </si>
+  <si>
+    <t>Clarito</t>
+  </si>
+  <si>
+    <t>Remi</t>
+  </si>
+  <si>
+    <t>Matrau</t>
+  </si>
+  <si>
+    <t>Reiner</t>
+  </si>
+  <si>
+    <t>Dela Cerna</t>
+  </si>
+  <si>
+    <t>KIAN VOON CHONG</t>
+  </si>
+  <si>
     <t>Anup</t>
   </si>
   <si>
     <t>Mohanta</t>
   </si>
   <si>
-    <t>Damrong</t>
-[...85 lines deleted...]
-  <si>
     <t>Mạc Vững</t>
   </si>
   <si>
+    <t>Daniel</t>
+  </si>
+  <si>
+    <t>Jensen</t>
+  </si>
+  <si>
+    <t>Murakami</t>
+  </si>
+  <si>
+    <t>Kosuke</t>
+  </si>
+  <si>
+    <t>JOHARI MOHD ALI</t>
+  </si>
+  <si>
+    <t>PRACAK SUWANARUT</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Eng Tong </t>
+  </si>
+  <si>
+    <t>Monnappa</t>
+  </si>
+  <si>
+    <t>Bayavanda</t>
+  </si>
+  <si>
+    <t>Ramie</t>
+  </si>
+  <si>
+    <t>Amigleo</t>
+  </si>
+  <si>
+    <t>YASUJI</t>
+  </si>
+  <si>
+    <t>MATSUURA</t>
+  </si>
+  <si>
+    <t>Akito</t>
+  </si>
+  <si>
+    <t>Nagao</t>
+  </si>
+  <si>
+    <t>TUAN HAFANDI TUAN ISMAIL</t>
+  </si>
+  <si>
+    <t>Nikon</t>
+  </si>
+  <si>
+    <t>Konteing</t>
+  </si>
+  <si>
+    <t>CHEE WEE NEW</t>
+  </si>
+  <si>
+    <t>Young Ha</t>
+  </si>
+  <si>
+    <t>F Eri</t>
+  </si>
+  <si>
+    <t>Wibowo</t>
+  </si>
+  <si>
+    <t>Somkiat</t>
+  </si>
+  <si>
+    <t>Ittisanronnachai</t>
+  </si>
+  <si>
+    <t>Lastbirds</t>
+  </si>
+  <si>
+    <t>Luilis</t>
+  </si>
+  <si>
+    <t>Mohd Nazlan Sapri | Lan</t>
+  </si>
+  <si>
+    <t>Hoang</t>
+  </si>
+  <si>
+    <t>Đoàn Ngọc</t>
+  </si>
+  <si>
+    <t>Ken</t>
+  </si>
+  <si>
+    <t>Li</t>
+  </si>
+  <si>
     <t>Ong</t>
   </si>
   <si>
     <t>Andrew antonio</t>
   </si>
   <si>
-    <t>Ken</t>
-[...4 lines deleted...]
-  <si>
     <t>Piere</t>
   </si>
   <si>
     <t>Delbecq</t>
   </si>
   <si>
-    <t>Murakami</t>
-[...85 lines deleted...]
-  <si>
     <t>Nguyễn Văn Chung</t>
   </si>
   <si>
+    <t>Jayden Tian</t>
+  </si>
+  <si>
+    <t>Keyte</t>
+  </si>
+  <si>
+    <t>YU SANG TANG</t>
+  </si>
+  <si>
+    <t>JUANITO</t>
+  </si>
+  <si>
+    <t>CENTINO</t>
+  </si>
+  <si>
+    <t>Olivier</t>
+  </si>
+  <si>
+    <t>Marchand</t>
+  </si>
+  <si>
+    <t>Phạm Tấn Lập</t>
+  </si>
+  <si>
+    <t>Nguyễn Vương Thanh Vũ</t>
+  </si>
+  <si>
+    <t>MOHD HARITH ZAHARI</t>
+  </si>
+  <si>
+    <t>PAKPOOM PUENGTONG</t>
+  </si>
+  <si>
+    <t>Jirod</t>
+  </si>
+  <si>
+    <t>Jb</t>
+  </si>
+  <si>
+    <t>Santosh</t>
+  </si>
+  <si>
+    <t>Jasper</t>
+  </si>
+  <si>
+    <t>Mesias Simeon</t>
+  </si>
+  <si>
+    <t>Robbert Klein</t>
+  </si>
+  <si>
+    <t>Langenhorst</t>
+  </si>
+  <si>
+    <t>SHIGEYUKI</t>
+  </si>
+  <si>
+    <t>MATSUI</t>
+  </si>
+  <si>
+    <t>SAI HEE LIM</t>
+  </si>
+  <si>
+    <t>WASAWAT TUNTIPRAPHA</t>
+  </si>
+  <si>
+    <t>Daryl</t>
+  </si>
+  <si>
+    <t>Thomas</t>
+  </si>
+  <si>
+    <t>Khairee</t>
+  </si>
+  <si>
+    <t>Hj Kamsol</t>
+  </si>
+  <si>
+    <t>CHANG GEUN Lee - 이창근</t>
+  </si>
+  <si>
+    <t>Akshay Be</t>
+  </si>
+  <si>
+    <t>Machmud</t>
+  </si>
+  <si>
+    <t>Pasaphak</t>
+  </si>
+  <si>
+    <t>Mayuenyong</t>
+  </si>
+  <si>
     <t>Watts</t>
   </si>
   <si>
-    <t>CHANG GEUN Lee - 이창근</t>
-[...91 lines deleted...]
-  <si>
     <t>Nguyễn Duy Hoàn</t>
   </si>
   <si>
+    <t>Nam</t>
+  </si>
+  <si>
+    <t>Nguyễn Hoài</t>
+  </si>
+  <si>
+    <t>ASANA KOOAROONYASOONTORN</t>
+  </si>
+  <si>
+    <t>young hun kwak - 곽영훈</t>
+  </si>
+  <si>
+    <t>Ramachandran Narayanan</t>
+  </si>
+  <si>
+    <t>Koseno</t>
+  </si>
+  <si>
+    <t>Lauw</t>
+  </si>
+  <si>
+    <t>Somchai</t>
+  </si>
+  <si>
+    <t>Chaosakorn</t>
+  </si>
+  <si>
+    <t>Tom</t>
+  </si>
+  <si>
+    <t>Priestley</t>
+  </si>
+  <si>
+    <t>Mohd Radzi Mohd Mokhtar | Raudy</t>
+  </si>
+  <si>
+    <t>Andry</t>
+  </si>
+  <si>
+    <t>Haryanto</t>
+  </si>
+  <si>
+    <t>Amir Saipol Bahri</t>
+  </si>
+  <si>
+    <t>Louis</t>
+  </si>
+  <si>
+    <t>Pui Yu Sung</t>
+  </si>
+  <si>
+    <t>James Arvin</t>
+  </si>
+  <si>
+    <t>Silvania</t>
+  </si>
+  <si>
+    <t>MASRI</t>
+  </si>
+  <si>
+    <t>AKOB</t>
+  </si>
+  <si>
+    <t>Stephane</t>
+  </si>
+  <si>
+    <t>Mousset</t>
+  </si>
+  <si>
+    <t>Toshikazu</t>
+  </si>
+  <si>
+    <t>Kagawa</t>
+  </si>
+  <si>
+    <t>Trin</t>
+  </si>
+  <si>
+    <t>Prasertlap</t>
+  </si>
+  <si>
+    <t>KANG CHENG CHAI</t>
+  </si>
+  <si>
+    <t>Lê Anh Tâm</t>
+  </si>
+  <si>
+    <t>Nguyễn Hữu Phát</t>
+  </si>
+  <si>
+    <t>KOK LAM YONG</t>
+  </si>
+  <si>
+    <t>APHISIT SIRAPSI</t>
+  </si>
+  <si>
+    <t>Wan Mohd Sobri</t>
+  </si>
+  <si>
+    <t>Mohamed Samsa</t>
+  </si>
+  <si>
+    <t>Trần Quốc Phúc</t>
+  </si>
+  <si>
+    <t>Lalith Sen</t>
+  </si>
+  <si>
     <t>Alfredo Jr</t>
   </si>
   <si>
     <t>Reyes</t>
   </si>
   <si>
     <t>MAKOTO</t>
   </si>
   <si>
     <t>KURASHINA</t>
   </si>
   <si>
-    <t>APHISIT SIRAPSI</t>
-[...106 lines deleted...]
-  <si>
     <t>Trọng Toản Trần</t>
   </si>
   <si>
+    <t xml:space="preserve">Jun </t>
+  </si>
+  <si>
+    <t>Arakawa</t>
+  </si>
+  <si>
+    <t>Muhammad Hijazi Rija</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Bin Mat Juri </t>
+  </si>
+  <si>
+    <t>Meepoorn</t>
+  </si>
+  <si>
+    <t>Mongkolsuksri</t>
+  </si>
+  <si>
+    <t>Augustine Chin</t>
+  </si>
+  <si>
+    <t>Fook Peng</t>
+  </si>
+  <si>
+    <t>Huỳnh Đình Tiến</t>
+  </si>
+  <si>
+    <t>Chu Văn Vinh</t>
+  </si>
+  <si>
+    <t>SIM JUN CHIET</t>
+  </si>
+  <si>
+    <t>JIRADET MIKJAIDEE</t>
+  </si>
+  <si>
+    <t>Nguyễn Thành An</t>
+  </si>
+  <si>
+    <t>Rajan S</t>
+  </si>
+  <si>
+    <t>Quan</t>
+  </si>
+  <si>
+    <t>JUN</t>
+  </si>
+  <si>
+    <t>AOYAGI</t>
+  </si>
+  <si>
+    <t>Khiem</t>
+  </si>
+  <si>
+    <t>Vũ Xuân</t>
+  </si>
+  <si>
+    <t>KRITTAPAS THIENWIWATNUKUL</t>
+  </si>
+  <si>
+    <t>Beomsoon Hwang - 황범순</t>
+  </si>
+  <si>
+    <t>Jomy Jacob</t>
+  </si>
+  <si>
+    <t>Narongwit</t>
+  </si>
+  <si>
+    <t>Piroonpaisarn</t>
+  </si>
+  <si>
+    <t>Wai Teck Victor</t>
+  </si>
+  <si>
+    <t>Wei Chong Chin</t>
+  </si>
+  <si>
+    <t>Abdul Rauf Bin Ibrahim | Pencinta Pink</t>
+  </si>
+  <si>
     <t>Kwok Wai Chan</t>
   </si>
   <si>
-    <t xml:space="preserve">Jun </t>
-[...8 lines deleted...]
-    <t xml:space="preserve">Bin Mat Juri </t>
+    <t>TENGKU</t>
+  </si>
+  <si>
+    <t>KAMARRUL NIZAM</t>
   </si>
   <si>
     <t>Ciaran</t>
   </si>
   <si>
     <t>Collins</t>
   </si>
   <si>
-    <t>Augustine Chin</t>
-[...73 lines deleted...]
-  <si>
     <t>Nguyễn Văn Hồng</t>
   </si>
   <si>
     <t>Nguyễn Mạnh Hà</t>
   </si>
   <si>
     <t>Nguyễn Cao Giang</t>
   </si>
   <si>
+    <t>Eng Song Ang</t>
+  </si>
+  <si>
+    <t>Tuan Hafandi Tuan Ismail | Solo Selow</t>
+  </si>
+  <si>
+    <t>Siu Tung Hui</t>
+  </si>
+  <si>
+    <t>buizon</t>
+  </si>
+  <si>
+    <t>Hironori</t>
+  </si>
+  <si>
+    <t>Kanazawa</t>
+  </si>
+  <si>
+    <t>CHAT SAN CHU</t>
+  </si>
+  <si>
+    <t>Prawit</t>
+  </si>
+  <si>
+    <t>Kamchaiya</t>
+  </si>
+  <si>
+    <t>Nguyễn Văn Đức</t>
+  </si>
+  <si>
+    <t>Tạ Lê Huy</t>
+  </si>
+  <si>
+    <t>RAJA MUHAMMAD ARIFFIN RAJA HISAAM</t>
+  </si>
+  <si>
+    <t>BOONLUE CHOMKAE</t>
+  </si>
+  <si>
+    <t>Audri Moritz</t>
+  </si>
+  <si>
+    <t>Sipin</t>
+  </si>
+  <si>
+    <t>Bùi Duy Phúc</t>
+  </si>
+  <si>
+    <t>Jamaludin</t>
+  </si>
+  <si>
+    <t>Harun Bakar</t>
+  </si>
+  <si>
+    <t>Amar Ranu</t>
+  </si>
+  <si>
+    <t>TAKAHIRO</t>
+  </si>
+  <si>
+    <t>FUKAHORI</t>
+  </si>
+  <si>
+    <t>Ban</t>
+  </si>
+  <si>
+    <t>Trần</t>
+  </si>
+  <si>
+    <t>RAHUDH DEEKASEM</t>
+  </si>
+  <si>
+    <t>Bambang</t>
+  </si>
+  <si>
+    <t>Margono</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> LEE Eng Tong</t>
+  </si>
+  <si>
+    <t>Sungin Cho - 조성인</t>
+  </si>
+  <si>
     <t>Ariel</t>
   </si>
   <si>
     <t>Aquino</t>
   </si>
   <si>
-    <t>Sungin Cho - 조성인</t>
-[...2 lines deleted...]
-    <t xml:space="preserve"> LEE Eng Tong</t>
+    <t>S V N Sekhar</t>
+  </si>
+  <si>
+    <t>Alhnaidi</t>
   </si>
   <si>
     <t>Kitsada</t>
   </si>
   <si>
     <t>Aumcharoen</t>
   </si>
   <si>
-    <t>S V N Sekhar</t>
-[...82 lines deleted...]
-  <si>
     <t>Vu Xuan Chinh</t>
   </si>
   <si>
     <t>Hoàng Văn Điệp</t>
   </si>
   <si>
     <t>Vũ Văn Hiếu</t>
   </si>
   <si>
     <t>Võ Tiến Thịnh</t>
   </si>
   <si>
+    <t>Tien</t>
+  </si>
+  <si>
+    <t>Đoàn Mạnh</t>
+  </si>
+  <si>
+    <t>THASANAI PUMRIT</t>
+  </si>
+  <si>
+    <t>Johari</t>
+  </si>
+  <si>
+    <t>Bin Mohd Ali</t>
+  </si>
+  <si>
+    <t>Woei Yih</t>
+  </si>
+  <si>
+    <t>Tan</t>
+  </si>
+  <si>
+    <t>Sang yoon Lee - 이상윤</t>
+  </si>
+  <si>
+    <t>V S Pradeep Kumar</t>
+  </si>
+  <si>
+    <t>Sukthat</t>
+  </si>
+  <si>
+    <t>Chaloemkittikum</t>
+  </si>
+  <si>
+    <t>Rawandi</t>
+  </si>
+  <si>
+    <t>Sidin</t>
+  </si>
+  <si>
+    <t>Chun Keung Wong</t>
+  </si>
+  <si>
+    <t>KOK LAM</t>
+  </si>
+  <si>
+    <t>YONG</t>
+  </si>
+  <si>
+    <t>Dave</t>
+  </si>
+  <si>
+    <t>montemayor</t>
+  </si>
+  <si>
+    <t>Kazuhiro</t>
+  </si>
+  <si>
+    <t>Takagi</t>
+  </si>
+  <si>
+    <t>Kittinan</t>
+  </si>
+  <si>
+    <t>Chaona</t>
+  </si>
+  <si>
+    <t>Anas</t>
+  </si>
+  <si>
+    <t>Albabtain أنس عبدالعزيز البابطين</t>
+  </si>
+  <si>
+    <t>Saudi Arabia</t>
+  </si>
+  <si>
+    <t>Nguyễn Hải Tất</t>
+  </si>
+  <si>
+    <t>Nguyễn Mạnh Cần</t>
+  </si>
+  <si>
+    <t>MUHAMMAD FARIS BIN AZHARI</t>
+  </si>
+  <si>
     <t>KRIDDICHARD PHISETSATHON</t>
   </si>
   <si>
+    <t>Abdul Gapal</t>
+  </si>
+  <si>
+    <t>Jubail</t>
+  </si>
+  <si>
+    <t>Lưu Trung Thắng</t>
+  </si>
+  <si>
+    <t>Mohd Shaffian</t>
+  </si>
+  <si>
+    <t>Awang Ahmadni</t>
+  </si>
+  <si>
     <t>Jagadish B</t>
   </si>
   <si>
-    <t>Lưu Trung Thắng</t>
-[...97 lines deleted...]
-  <si>
     <t>Nguyễn Quang Hải</t>
   </si>
   <si>
     <t>Hoang van Duy</t>
   </si>
   <si>
     <t>Nguyen van Ngo</t>
   </si>
   <si>
     <t>Lê Tùng</t>
   </si>
   <si>
+    <t>Pracak</t>
+  </si>
+  <si>
+    <t>Suwanarut</t>
+  </si>
+  <si>
+    <t>Nasser</t>
+  </si>
+  <si>
+    <t>Hakami ناصر حكمي</t>
+  </si>
+  <si>
+    <t>Võ Quốc Thắng</t>
+  </si>
+  <si>
+    <t>Nguyen Khai</t>
+  </si>
+  <si>
+    <t>Soonseng</t>
+  </si>
+  <si>
+    <t>ADAN MOHD ALI</t>
+  </si>
+  <si>
+    <t>YUTTANA SOOKSRIWAN</t>
+  </si>
+  <si>
+    <t>Alan Sen Kiong</t>
+  </si>
+  <si>
+    <t>Tai</t>
+  </si>
+  <si>
+    <t>Nur</t>
+  </si>
+  <si>
+    <t>Cholis</t>
+  </si>
+  <si>
+    <t>Kok Peng</t>
+  </si>
+  <si>
+    <t>Raghav Upasani</t>
+  </si>
+  <si>
+    <t>HIROAKI</t>
+  </si>
+  <si>
+    <t>UCHIYAMA</t>
+  </si>
+  <si>
+    <t>John Linus | Onjo</t>
+  </si>
+  <si>
+    <t>Hà Đỗ</t>
+  </si>
+  <si>
+    <t>ANAWIN THIPBOONRAJ</t>
+  </si>
+  <si>
+    <t>ZULHILMI BIN MOHD SIDEK</t>
+  </si>
+  <si>
+    <t>JAY AR</t>
+  </si>
+  <si>
+    <t>DEL ROSARIO</t>
+  </si>
+  <si>
+    <t>Arvind Vishnoi</t>
+  </si>
+  <si>
+    <t>Chattapong</t>
+  </si>
+  <si>
+    <t>Kluymaina Ayuttaya</t>
+  </si>
+  <si>
+    <t>Yoann</t>
+  </si>
+  <si>
+    <t>Perrault</t>
+  </si>
+  <si>
     <t>Jason</t>
   </si>
   <si>
-    <t>Pracak</t>
-[...82 lines deleted...]
-  <si>
     <t>Phạm Khang Lịch</t>
   </si>
   <si>
+    <t>Kai Lung Liu</t>
+  </si>
+  <si>
+    <t>Vi Tuấn Hiệp</t>
+  </si>
+  <si>
+    <t>Đỗ Hữu Đoán</t>
+  </si>
+  <si>
+    <t>TAN</t>
+  </si>
+  <si>
+    <t>PUI WENG LAI</t>
+  </si>
+  <si>
+    <t>Erwan</t>
+  </si>
+  <si>
+    <t>Vanesse</t>
+  </si>
+  <si>
+    <t>Mohd</t>
+  </si>
+  <si>
+    <t>Saharin</t>
+  </si>
+  <si>
+    <t>Aravindh Ekambaram</t>
+  </si>
+  <si>
+    <t>KEITA</t>
+  </si>
+  <si>
+    <t>ARARAGI</t>
+  </si>
+  <si>
+    <t>Mohamad Azri Dzulkefli | Azri Kefli</t>
+  </si>
+  <si>
+    <t>NUTTAPOL MUTCHA</t>
+  </si>
+  <si>
+    <t>TEEN SENG CHONG</t>
+  </si>
+  <si>
+    <t>WEE JOON HOCK</t>
+  </si>
+  <si>
+    <t>Jonel</t>
+  </si>
+  <si>
+    <t>Bedano</t>
+  </si>
+  <si>
+    <t>Bharath Krishnan R</t>
+  </si>
+  <si>
+    <t>Suravath</t>
+  </si>
+  <si>
+    <t>Pinsuwanbutr</t>
+  </si>
+  <si>
     <t>Alison</t>
   </si>
   <si>
     <t>Tellias</t>
   </si>
   <si>
-    <t>Bharath Krishnan R</t>
-[...61 lines deleted...]
-  <si>
     <t>Thanh Lam Nguyen</t>
   </si>
   <si>
+    <t>Hieu</t>
+  </si>
+  <si>
+    <t>Trần Trung</t>
+  </si>
+  <si>
     <t>KUET BUI CHAI</t>
   </si>
   <si>
+    <t>MOHD FAIZAL BIN RAZI</t>
+  </si>
+  <si>
+    <t>John Rey</t>
+  </si>
+  <si>
+    <t>Callado</t>
+  </si>
+  <si>
+    <t>Munintaran</t>
+  </si>
+  <si>
+    <t>Sundram</t>
+  </si>
+  <si>
+    <t>Kamala Kannan</t>
+  </si>
+  <si>
+    <t>Trần Sang</t>
+  </si>
+  <si>
+    <t>Chiraroj</t>
+  </si>
+  <si>
+    <t>Wongtrakulchai</t>
+  </si>
+  <si>
+    <t>Gerald</t>
+  </si>
+  <si>
+    <t>Santo</t>
+  </si>
+  <si>
+    <t>Denis David</t>
+  </si>
+  <si>
+    <t>Kwok Kwan Cheung</t>
+  </si>
+  <si>
+    <t>PATIPHAN BOONKUM</t>
+  </si>
+  <si>
+    <t>Supot</t>
+  </si>
+  <si>
+    <t>Nongyai</t>
+  </si>
+  <si>
+    <t>Tanguy</t>
+  </si>
+  <si>
+    <t>MESGOUEZ</t>
+  </si>
+  <si>
+    <t>Trần Văn Bắc</t>
+  </si>
+  <si>
+    <t>Ta Manh Hung</t>
+  </si>
+  <si>
+    <t>KAR KEONG ONG</t>
+  </si>
+  <si>
+    <t>Izzuddin Poo</t>
+  </si>
+  <si>
     <t>Andre</t>
   </si>
   <si>
     <t>Portilha</t>
   </si>
   <si>
-    <t>MOHD FAIZAL BIN RAZI</t>
+    <t>Bobby</t>
+  </si>
+  <si>
+    <t>Ambrose</t>
   </si>
   <si>
     <t>Ganesh Katara</t>
   </si>
   <si>
-    <t>Hieu</t>
-[...2 lines deleted...]
-    <t>Trần Trung</t>
+    <t>SHUNJI</t>
+  </si>
+  <si>
+    <t>NAGASHIMA</t>
   </si>
   <si>
     <t>Moses Along</t>
   </si>
   <si>
-    <t>Munintaran</t>
-[...73 lines deleted...]
-  <si>
     <t>Trần Nhân</t>
   </si>
   <si>
     <t>ITTHIPHON PINKAEW</t>
   </si>
   <si>
     <t xml:space="preserve">Chatchai </t>
   </si>
   <si>
     <t>Khomching</t>
   </si>
   <si>
+    <t>Phùng Thành</t>
+  </si>
+  <si>
+    <t>Nguyễn Thế Đạt</t>
+  </si>
+  <si>
     <t>HADDAFI HAMIDUN</t>
   </si>
   <si>
     <t>Zamani</t>
   </si>
   <si>
     <t>Mohd Zain</t>
   </si>
   <si>
-    <t>Nguyễn Thế Đạt</t>
-[...4 lines deleted...]
-  <si>
     <t>Mizan</t>
   </si>
   <si>
+    <t>Rahul Kocher</t>
+  </si>
+  <si>
     <t>YUUICHI</t>
   </si>
   <si>
     <t>AIKO</t>
   </si>
   <si>
+    <t>Hwa Liang Lee | Ray Lee</t>
+  </si>
+  <si>
+    <t>Thientai</t>
+  </si>
+  <si>
+    <t>Andres</t>
+  </si>
+  <si>
     <t>FADZIL HAFIZ ABDUL MANAP</t>
   </si>
   <si>
     <t>ZAINAL BIN MOHAMMAD</t>
   </si>
   <si>
-    <t>Rahul Kocher</t>
-[...10 lines deleted...]
-  <si>
     <t>Arwin</t>
   </si>
   <si>
     <t>Sta. Clara</t>
   </si>
   <si>
+    <t>Vivek Anand Amarnath</t>
+  </si>
+  <si>
+    <t>Nguyễn Đức Anh</t>
+  </si>
+  <si>
+    <t>Ameen</t>
+  </si>
+  <si>
+    <t>Srichat</t>
+  </si>
+  <si>
     <t>Geoffrey</t>
   </si>
   <si>
     <t>Opiso</t>
   </si>
   <si>
-    <t>Vivek Anand Amarnath</t>
-[...10 lines deleted...]
-  <si>
     <t xml:space="preserve">JOUBERT  </t>
   </si>
   <si>
     <t>Philippe</t>
   </si>
   <si>
     <t>Ku Seng Lip</t>
   </si>
   <si>
     <t>Kenny</t>
   </si>
   <si>
     <t>Tsang</t>
   </si>
   <si>
     <t>SUCHON SARUTHTASHINNAWORN</t>
   </si>
   <si>
     <t>Nguyễn Thanh Tuấn</t>
   </si>
   <si>
+    <t>Kok Cheu</t>
+  </si>
+  <si>
+    <t>Lee Weisoon</t>
+  </si>
+  <si>
+    <t>Pak Kei Yip</t>
+  </si>
+  <si>
+    <t>KANYA PANUTHAI</t>
+  </si>
+  <si>
+    <t>Mika</t>
+  </si>
+  <si>
+    <t>Artaut</t>
+  </si>
+  <si>
+    <t>THANIT CHAIMAROENG</t>
+  </si>
+  <si>
+    <t>Kittisak</t>
+  </si>
+  <si>
+    <t>Petburee</t>
+  </si>
+  <si>
+    <t>Nguyễn Huy Bình</t>
+  </si>
+  <si>
+    <t>MUHAMMAD SAIFUL ADLI AZMI</t>
+  </si>
+  <si>
+    <t>Alexsander</t>
+  </si>
+  <si>
+    <t>Balanga</t>
+  </si>
+  <si>
+    <t>Steve Lian</t>
+  </si>
+  <si>
+    <t>Kuling</t>
+  </si>
+  <si>
+    <t>Suresh Kumar Dathu</t>
+  </si>
+  <si>
+    <t>MITSUO</t>
+  </si>
+  <si>
+    <t>OOBUCHI</t>
+  </si>
+  <si>
+    <t>Philippe Bachmann</t>
+  </si>
+  <si>
+    <t>Huỳnh Đình</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hafandi </t>
+  </si>
+  <si>
+    <t>Bin Tuan Ismail</t>
+  </si>
+  <si>
+    <t>Richard</t>
+  </si>
+  <si>
+    <t>Kinnud</t>
+  </si>
+  <si>
+    <t>Dinesh Bali</t>
+  </si>
+  <si>
     <t xml:space="preserve">Mont </t>
   </si>
   <si>
     <t>Watanasiriroch</t>
   </si>
   <si>
-    <t>Dinesh Bali</t>
+    <t>Võ Trọng Bình</t>
   </si>
   <si>
     <t>Samarn</t>
   </si>
   <si>
     <t>Khongdee</t>
   </si>
   <si>
-    <t>Võ Trọng Bình</t>
-[...73 lines deleted...]
-  <si>
     <t xml:space="preserve">Martvin </t>
   </si>
   <si>
     <t>Plaza</t>
   </si>
   <si>
     <t>Bùi Chí Dũng</t>
   </si>
   <si>
     <t>CHEN YON ON</t>
   </si>
   <si>
+    <t>Jose Antonio</t>
+  </si>
+  <si>
+    <t>Federizon</t>
+  </si>
+  <si>
+    <t>Ananth Sankar</t>
+  </si>
+  <si>
+    <t>Đỗ Quang Lương</t>
+  </si>
+  <si>
+    <t>Noopataya</t>
+  </si>
+  <si>
+    <t>Meljohn</t>
+  </si>
+  <si>
+    <t>Tezon</t>
+  </si>
+  <si>
+    <t>Iron</t>
+  </si>
+  <si>
+    <t>ANUSON SUVADIT</t>
+  </si>
+  <si>
+    <t>Rod</t>
+  </si>
+  <si>
+    <t>Castillo</t>
+  </si>
+  <si>
+    <t>Aleksei</t>
+  </si>
+  <si>
+    <t>Neapolitanskiy</t>
+  </si>
+  <si>
+    <t>NIKOM CHAIDHERAPHANKUL</t>
+  </si>
+  <si>
+    <t>Pongkarn</t>
+  </si>
+  <si>
+    <t>Bodsri</t>
+  </si>
+  <si>
+    <t>Nguyễn Tá Tiến</t>
+  </si>
+  <si>
+    <t>van Nguyen Ngo</t>
+  </si>
+  <si>
+    <t>MOHAMAD EFFANDY MAT SAAT</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Bin Sandungan </t>
+  </si>
+  <si>
+    <t>HUP BOH</t>
+  </si>
+  <si>
+    <t>ENG</t>
+  </si>
+  <si>
+    <t>Chu Ee</t>
+  </si>
+  <si>
+    <t>Seow</t>
+  </si>
+  <si>
     <t>Sampath Jayaram</t>
   </si>
   <si>
+    <t>SUSUMU</t>
+  </si>
+  <si>
+    <t>MURAYAMA</t>
+  </si>
+  <si>
+    <t>Mahmud Badar</t>
+  </si>
+  <si>
     <t>Võ Minh</t>
   </si>
   <si>
-    <t>Mahmud Badar</t>
-[...79 lines deleted...]
-  <si>
     <t>Vũ Hoàng Lê</t>
   </si>
   <si>
+    <t>Hồ Phước Nên</t>
+  </si>
+  <si>
+    <t>AZWADI IZWAN MD NOR</t>
+  </si>
+  <si>
+    <t>Aidir</t>
+  </si>
+  <si>
+    <t>Kadir</t>
+  </si>
+  <si>
+    <t>Yumail</t>
+  </si>
+  <si>
+    <t>Bhaskar Dutta</t>
+  </si>
+  <si>
+    <t>TAKAMORI</t>
+  </si>
+  <si>
+    <t>Jaipak Gj | Kiau Nuluh Kota Belud</t>
+  </si>
+  <si>
+    <t>Thinh</t>
+  </si>
+  <si>
+    <t>Trương Công</t>
+  </si>
+  <si>
+    <t>LIEW WENG TONG</t>
+  </si>
+  <si>
+    <t>Hiroki</t>
+  </si>
+  <si>
+    <t>Okada</t>
+  </si>
+  <si>
+    <t>Nonato Alfredo</t>
+  </si>
+  <si>
+    <t>Peralta Jr</t>
+  </si>
+  <si>
+    <t>Aaron Pamei</t>
+  </si>
+  <si>
+    <t>Nguyễn Hùng</t>
+  </si>
+  <si>
+    <t>Theerapol</t>
+  </si>
+  <si>
+    <t>Thepsri</t>
+  </si>
+  <si>
+    <t>Don Antonio</t>
+  </si>
+  <si>
+    <t>Marcelo Santillan</t>
+  </si>
+  <si>
+    <t>Liew Che Shiong</t>
+  </si>
+  <si>
+    <t>Kent</t>
+  </si>
+  <si>
+    <t>Stander</t>
+  </si>
+  <si>
+    <t>United States</t>
+  </si>
+  <si>
+    <t>PHONTHEP PATTHARAWIKASIT</t>
+  </si>
+  <si>
     <t>Samir</t>
   </si>
   <si>
     <t>MOULHERAT</t>
   </si>
   <si>
     <t>KRITTANAN PENSIRISOMBOON</t>
   </si>
   <si>
-    <t>AZWADI IZWAN MD NOR</t>
-[...76 lines deleted...]
-  <si>
     <t>Alfie</t>
   </si>
   <si>
     <t>Mendoza</t>
   </si>
   <si>
+    <t>Mahapong</t>
+  </si>
+  <si>
+    <t>Mè Vinh</t>
+  </si>
+  <si>
+    <t>Ibni</t>
+  </si>
+  <si>
+    <t>Nudin</t>
+  </si>
+  <si>
+    <t>NUNCHAKORN RAKSHKHETBHAKDI</t>
+  </si>
+  <si>
+    <t>Fabrice</t>
+  </si>
+  <si>
+    <t>Perrocheau</t>
+  </si>
+  <si>
+    <t>PUNNAPHONG BUNPRASERT</t>
+  </si>
+  <si>
+    <t>YOON TECK WONG</t>
+  </si>
+  <si>
+    <t>Nguyen van Chung</t>
+  </si>
+  <si>
+    <t>CHU KENG SEOW</t>
+  </si>
+  <si>
+    <t>Jariman</t>
+  </si>
+  <si>
+    <t>A Mahadi</t>
+  </si>
+  <si>
+    <t>Hj Adul</t>
+  </si>
+  <si>
+    <t>Prashanth Machaiah</t>
+  </si>
+  <si>
+    <t>OKAMOTO</t>
+  </si>
+  <si>
+    <t>Jeremy Sim</t>
+  </si>
+  <si>
+    <t>Nguyen Hong</t>
+  </si>
+  <si>
+    <t>Gary</t>
+  </si>
+  <si>
+    <t>Tiu</t>
+  </si>
+  <si>
+    <t>Allan</t>
+  </si>
+  <si>
+    <t>Macaraig</t>
+  </si>
+  <si>
     <t>Likhith Shivaprasad</t>
   </si>
   <si>
+    <t>Đinh Văn Hành</t>
+  </si>
+  <si>
     <t>Naruchit</t>
   </si>
   <si>
     <t>Jaruratchakul</t>
   </si>
   <si>
-    <t>Đinh Văn Hành</t>
-[...67 lines deleted...]
-  <si>
     <t>Trần Xuân Văn</t>
   </si>
   <si>
+    <t>Mohd Azri Muhamad Chung | Azri</t>
+  </si>
+  <si>
+    <t>Tian Chen Zhang</t>
+  </si>
+  <si>
+    <t>Mitesh Vijayvargiy</t>
+  </si>
+  <si>
+    <t>YUN HAU</t>
+  </si>
+  <si>
+    <t>YAU</t>
+  </si>
+  <si>
+    <t>Pham Quang Thao</t>
+  </si>
+  <si>
+    <t>Anuwat</t>
+  </si>
+  <si>
+    <t>Suaklay</t>
+  </si>
+  <si>
+    <t>Andy</t>
+  </si>
+  <si>
+    <t>Forsythe</t>
+  </si>
+  <si>
+    <t>Sihasak</t>
+  </si>
+  <si>
+    <t>Prachum</t>
+  </si>
+  <si>
+    <t>Trần Minh Tuân</t>
+  </si>
+  <si>
+    <t>Imade</t>
+  </si>
+  <si>
+    <t>Wirayasa</t>
+  </si>
+  <si>
+    <t>JIRAPHON BUACHAM</t>
+  </si>
+  <si>
+    <t>KITTISAK PETBUREE</t>
+  </si>
+  <si>
+    <t>JIANG WEI SOO</t>
+  </si>
+  <si>
+    <t>LIM KEE MING</t>
+  </si>
+  <si>
+    <t>Phạm Đình Quyết</t>
+  </si>
+  <si>
+    <t>ZAIDY YAHAYA</t>
+  </si>
+  <si>
+    <t>Frankie</t>
+  </si>
+  <si>
+    <t>Hew</t>
+  </si>
+  <si>
+    <t>Franchis</t>
+  </si>
+  <si>
+    <t>Madimbun</t>
+  </si>
+  <si>
     <t xml:space="preserve">Sardeep </t>
   </si>
   <si>
+    <t>TATSUYA</t>
+  </si>
+  <si>
+    <t>NAKAJIMA</t>
+  </si>
+  <si>
+    <t>Liew Hui</t>
+  </si>
+  <si>
     <t>Cuong</t>
   </si>
   <si>
     <t>Nguyễn Mạnh</t>
   </si>
   <si>
-    <t>Liew Hui</t>
-[...82 lines deleted...]
-  <si>
     <t>Douglas</t>
   </si>
   <si>
     <t>Newton</t>
   </si>
   <si>
+    <t>KOH HONG TAI</t>
+  </si>
+  <si>
+    <t>Christopher-James</t>
+  </si>
+  <si>
+    <t>Tchao</t>
+  </si>
+  <si>
+    <t>Hồ Sỹ Hoàng</t>
+  </si>
+  <si>
+    <t>WU CHUAN FOO</t>
+  </si>
+  <si>
+    <t>Mohd Azmee</t>
+  </si>
+  <si>
+    <t>Dullah</t>
+  </si>
+  <si>
+    <t>Deepak Thapa</t>
+  </si>
+  <si>
+    <t>DAICHI</t>
+  </si>
+  <si>
+    <t>ARAI</t>
+  </si>
+  <si>
+    <t>Cerna</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Dela </t>
+  </si>
+  <si>
+    <t>Christophe Desilles</t>
+  </si>
+  <si>
+    <t>Thuan</t>
+  </si>
+  <si>
+    <t>Trần Đức</t>
+  </si>
+  <si>
+    <t>Jerry</t>
+  </si>
+  <si>
+    <t>Liew</t>
+  </si>
+  <si>
+    <t>Saar</t>
+  </si>
+  <si>
+    <t>Herman</t>
+  </si>
+  <si>
+    <t>Israel</t>
+  </si>
+  <si>
+    <t>Chi Ming Tung</t>
+  </si>
+  <si>
+    <t>Kiran Phayade</t>
+  </si>
+  <si>
+    <t>Kee Ming</t>
+  </si>
+  <si>
+    <t>Duncan</t>
+  </si>
+  <si>
+    <t>Hastie</t>
+  </si>
+  <si>
+    <t>Sakulchai</t>
+  </si>
+  <si>
+    <t>Chankrud</t>
+  </si>
+  <si>
+    <t>Puisungnoen</t>
+  </si>
+  <si>
+    <t>Nguyễn Huy Hoàng</t>
+  </si>
+  <si>
+    <t>KRIANGKRAI SUWANNACHAI</t>
+  </si>
+  <si>
+    <t>PHATTANAN ASSAWARANGKUL</t>
+  </si>
+  <si>
     <t>NELSON MUN QUEN WOO</t>
   </si>
   <si>
-    <t>KOH HONG TAI</t>
-[...91 lines deleted...]
-  <si>
     <t>Lưu Chí Hùng</t>
   </si>
   <si>
+    <t>HATSANAI KURAJINDA</t>
+  </si>
+  <si>
+    <t>Gerard Francis</t>
+  </si>
+  <si>
+    <t>Buenaflor</t>
+  </si>
+  <si>
+    <t>UDIT JANTIMA</t>
+  </si>
+  <si>
+    <t>Sugeng</t>
+  </si>
+  <si>
+    <t>Asianto Bin Muryono</t>
+  </si>
+  <si>
+    <t>JEFRI JAAFAR</t>
+  </si>
+  <si>
+    <t>Phạm Hoàng Tùng</t>
+  </si>
+  <si>
+    <t>Eiron Sulai</t>
+  </si>
+  <si>
+    <t>BENJAMIN MUNTIOL</t>
+  </si>
+  <si>
+    <t>Sabri</t>
+  </si>
+  <si>
+    <t>Salim</t>
+  </si>
+  <si>
+    <t>Shailender Chauhan</t>
+  </si>
+  <si>
+    <t>YASUNARI</t>
+  </si>
+  <si>
+    <t>KATAGIRI</t>
+  </si>
+  <si>
+    <t>Tim</t>
+  </si>
+  <si>
+    <t>Palma</t>
+  </si>
+  <si>
+    <t>Kuling Steve Lian | Lian</t>
+  </si>
+  <si>
+    <t>Viet</t>
+  </si>
+  <si>
+    <t>Phạm Quang</t>
+  </si>
+  <si>
+    <t>Harith</t>
+  </si>
+  <si>
+    <t>Khalid</t>
+  </si>
+  <si>
+    <t>I Gusti</t>
+  </si>
+  <si>
+    <t>Ngurah Agung Suyantra Diputra</t>
+  </si>
+  <si>
+    <t>Pan Tsang</t>
+  </si>
+  <si>
+    <t>Damien</t>
+  </si>
+  <si>
+    <t>Kopp</t>
+  </si>
+  <si>
     <t>Venkatesh Vallakati</t>
   </si>
   <si>
+    <t>CHIN</t>
+  </si>
+  <si>
+    <t>HAN KEONG</t>
+  </si>
+  <si>
     <t>Pairoj</t>
   </si>
   <si>
     <t>Wangkasemsuk</t>
   </si>
   <si>
     <t>Phawat</t>
   </si>
   <si>
     <t>Traiyotee</t>
   </si>
   <si>
-    <t>Gerard Francis</t>
-[...85 lines deleted...]
-  <si>
     <t>Nguyễn Hoàng Khánh</t>
   </si>
   <si>
+    <t>Mai Trần Nguyễn Vinh</t>
+  </si>
+  <si>
+    <t>Martin</t>
+  </si>
+  <si>
+    <t>Rieding</t>
+  </si>
+  <si>
+    <t>Tsz Wing Leung</t>
+  </si>
+  <si>
+    <t>Venkatesh Naidu</t>
+  </si>
+  <si>
+    <t>Rushapol</t>
+  </si>
+  <si>
+    <t>Kitprajak</t>
+  </si>
+  <si>
+    <t>TAECHAPON UPARIN</t>
+  </si>
+  <si>
+    <t>Lope</t>
+  </si>
+  <si>
+    <t>Noay</t>
+  </si>
+  <si>
+    <t>MUHAMMAD AZMI MOHAMAD HARIS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kok Fai </t>
+  </si>
+  <si>
+    <t>Man</t>
+  </si>
+  <si>
+    <t>Nguyễn Trung Phương</t>
+  </si>
+  <si>
+    <t>KHOR CHOON HOE</t>
+  </si>
+  <si>
+    <t>Sudirman</t>
+  </si>
+  <si>
+    <t>Nanang</t>
+  </si>
+  <si>
     <t>Mike</t>
   </si>
   <si>
     <t>Akerman</t>
   </si>
   <si>
     <t>Guruprasad S</t>
   </si>
   <si>
+    <t>SHOUJI</t>
+  </si>
+  <si>
+    <t>HARADA</t>
+  </si>
+  <si>
+    <t>Suhail Salleh | Suhel</t>
+  </si>
+  <si>
     <t>Du</t>
   </si>
   <si>
     <t>Nguyễn Anh</t>
   </si>
   <si>
-    <t>Suhail Salleh | Suhel</t>
-[...58 lines deleted...]
-  <si>
     <t>Ngoc Chuong Tran</t>
   </si>
   <si>
+    <t>HAMIRUL FAIZ SAPAI</t>
+  </si>
+  <si>
+    <t>Ridwan</t>
+  </si>
+  <si>
+    <t>Pallawagau</t>
+  </si>
+  <si>
+    <t>Oliver</t>
+  </si>
+  <si>
+    <t>Gehlen</t>
+  </si>
+  <si>
+    <t>Phùng Kim Anh</t>
+  </si>
+  <si>
+    <t>Vikas Sangwan</t>
+  </si>
+  <si>
+    <t>KOUICHI</t>
+  </si>
+  <si>
+    <t>KINEFUCHI</t>
+  </si>
+  <si>
+    <t>Aliwanag</t>
+  </si>
+  <si>
+    <t>Chee Yong Lee</t>
+  </si>
+  <si>
+    <t>Linh</t>
+  </si>
+  <si>
+    <t>Võ Hồng</t>
+  </si>
+  <si>
+    <t>Du Man</t>
+  </si>
+  <si>
+    <t>Đặng Trung Hiếu</t>
+  </si>
+  <si>
+    <t>PIERRE-EMMANUEL</t>
+  </si>
+  <si>
+    <t>LORIGUET</t>
+  </si>
+  <si>
+    <t>Chun Keung Chan</t>
+  </si>
+  <si>
+    <t>Takeaki</t>
+  </si>
+  <si>
+    <t>Naito</t>
+  </si>
+  <si>
+    <t>Jagadeesh Dm</t>
+  </si>
+  <si>
+    <t>Utayan</t>
+  </si>
+  <si>
+    <t>Supasook</t>
+  </si>
+  <si>
+    <t>KITI PRACHAPARADISAI</t>
+  </si>
+  <si>
+    <t>Apirat</t>
+  </si>
+  <si>
+    <t>Chaukul</t>
+  </si>
+  <si>
+    <t>Ian Tan</t>
+  </si>
+  <si>
+    <t>Natthawat Saetang</t>
+  </si>
+  <si>
+    <t>Walde</t>
+  </si>
+  <si>
+    <t>Henry</t>
+  </si>
+  <si>
+    <t>Yang</t>
+  </si>
+  <si>
     <t>THYE YUK KEONG</t>
   </si>
   <si>
-    <t>Henry</t>
-[...89 lines deleted...]
-    <t>Natthawat Saetang</t>
+    <t>Liau Chin Lee</t>
+  </si>
+  <si>
+    <t>TREDSAK KATENGAM</t>
+  </si>
+  <si>
+    <t>Devereux Khyle Heinrich</t>
+  </si>
+  <si>
+    <t>Oliano</t>
+  </si>
+  <si>
+    <t>WONG FOH TIAN</t>
+  </si>
+  <si>
+    <t>MOHAMAD FAIZ IZMANISAH</t>
+  </si>
+  <si>
+    <t>Raymond</t>
+  </si>
+  <si>
+    <t>Nikko</t>
+  </si>
+  <si>
+    <t>Võ Minh Vũ</t>
+  </si>
+  <si>
+    <t>ANH PHUNG</t>
+  </si>
+  <si>
+    <t>Gokul Krishna</t>
+  </si>
+  <si>
+    <t>KEIICHI</t>
+  </si>
+  <si>
+    <t>TADA</t>
+  </si>
+  <si>
+    <t>Benzon</t>
+  </si>
+  <si>
+    <t>Solaran</t>
+  </si>
+  <si>
+    <t>Ng Chee Eng</t>
+  </si>
+  <si>
+    <t>Huy</t>
+  </si>
+  <si>
+    <t>Đặng Quang</t>
+  </si>
+  <si>
+    <t>Mohd Fairuz</t>
+  </si>
+  <si>
+    <t>Mansur</t>
+  </si>
+  <si>
+    <t>Ngô Minh Hải</t>
+  </si>
+  <si>
+    <t>Chi Hang Frederick Tai</t>
+  </si>
+  <si>
+    <t>Rajesh Manjunath</t>
+  </si>
+  <si>
+    <t>Hussadee</t>
+  </si>
+  <si>
+    <t>Samaloek</t>
   </si>
   <si>
     <t>Paramin</t>
   </si>
   <si>
     <t>Aneksan</t>
   </si>
   <si>
-    <t>Devereux Khyle Heinrich</t>
-[...71 lines deleted...]
-    <t>Samaloek</t>
+    <t>Trần Tuấn Vũ</t>
+  </si>
+  <si>
+    <t>Jason Chow</t>
+  </si>
+  <si>
+    <t>Mahantesh Dhamannavar</t>
+  </si>
+  <si>
+    <t>LEONG HWEE</t>
+  </si>
+  <si>
+    <t>GOH</t>
+  </si>
+  <si>
+    <t>Teerayoot</t>
+  </si>
+  <si>
+    <t>Boon-Auy</t>
+  </si>
+  <si>
+    <t>Akiyuki</t>
+  </si>
+  <si>
+    <t>Kaneko</t>
+  </si>
+  <si>
+    <t>Anche Joan | Jojn</t>
+  </si>
+  <si>
+    <t>SUPAWAT KIRDPHON</t>
+  </si>
+  <si>
+    <t>MARK JOSEPH</t>
+  </si>
+  <si>
+    <t>PABILONIA</t>
+  </si>
+  <si>
+    <t>SHAROL NIZAM IMRAM</t>
+  </si>
+  <si>
+    <t>Marcel Dane</t>
+  </si>
+  <si>
+    <t>Bin Jipius</t>
+  </si>
+  <si>
+    <t>Francois</t>
+  </si>
+  <si>
+    <t>Robin</t>
+  </si>
+  <si>
+    <t>Nguyễn Trung</t>
+  </si>
+  <si>
+    <t>Mohit Yadav</t>
+  </si>
+  <si>
+    <t>HISAYUKI</t>
+  </si>
+  <si>
+    <t>ISHIYAMA</t>
+  </si>
+  <si>
+    <t>Rumel</t>
+  </si>
+  <si>
+    <t>MIRA</t>
+  </si>
+  <si>
+    <t>Chee Fei Ng</t>
+  </si>
+  <si>
+    <t>Lap</t>
+  </si>
+  <si>
+    <t>PHI DANG DOAN</t>
   </si>
   <si>
     <t>Shamsul Kamarul Adzrin</t>
   </si>
   <si>
-    <t>Francois</t>
-[...79 lines deleted...]
-  <si>
     <t>MOHD HAKIME ROSLE</t>
   </si>
   <si>
     <t>Arron</t>
   </si>
   <si>
     <t>Amit</t>
   </si>
   <si>
+    <t>LASENO</t>
+  </si>
+  <si>
+    <t>Phí Đăng Đoàn</t>
+  </si>
+  <si>
+    <t>Gopalakrishnan Kalianna</t>
+  </si>
+  <si>
     <t>YUUSHI</t>
   </si>
   <si>
     <t>GAMOU</t>
   </si>
   <si>
     <t>Solivio</t>
   </si>
   <si>
     <t>Van Rickrein</t>
   </si>
   <si>
-    <t>LASENO</t>
-[...5 lines deleted...]
-    <t>Phí Đăng Đoàn</t>
+    <t>Yumail Ng | Mael</t>
   </si>
   <si>
     <t>Diep</t>
   </si>
   <si>
     <t>JIRAPONG POSANGDA</t>
   </si>
   <si>
-    <t>Yumail Ng | Mael</t>
+    <t>Ka Ho Yiu</t>
+  </si>
+  <si>
+    <t>Basanta Sahu</t>
   </si>
   <si>
     <t>WEI</t>
   </si>
   <si>
     <t>LIU</t>
   </si>
   <si>
-    <t>Ka Ho Yiu</t>
-[...4 lines deleted...]
-  <si>
     <t>Warut</t>
   </si>
   <si>
     <t>Kumpapan</t>
   </si>
   <si>
+    <t>Thanawat</t>
+  </si>
+  <si>
+    <t>Kangkajit</t>
+  </si>
+  <si>
     <t>HEW CHEE KOON</t>
   </si>
   <si>
-    <t>Thanawat</t>
-[...2 lines deleted...]
-    <t>Kangkajit</t>
+    <t>Audri Moritz Sipin</t>
   </si>
   <si>
     <t>Ake</t>
   </si>
   <si>
     <t>Hiroshi</t>
   </si>
   <si>
+    <t>NAVIN SINTHOORUT</t>
+  </si>
+  <si>
     <t>Randy</t>
   </si>
   <si>
     <t>Sequitin</t>
   </si>
   <si>
-    <t>Audri Moritz Sipin</t>
-[...2 lines deleted...]
-    <t>NAVIN SINTHOORUT</t>
+    <t>Andi</t>
+  </si>
+  <si>
+    <t>Eka Karya</t>
+  </si>
+  <si>
+    <t>Winson Chan | Chan Yap Wai</t>
+  </si>
+  <si>
+    <t>TANASANTI NONTAKARN</t>
+  </si>
+  <si>
+    <t>Simon</t>
+  </si>
+  <si>
+    <t>Adriano</t>
+  </si>
+  <si>
+    <t>Thân Xuân Linh</t>
+  </si>
+  <si>
+    <t>MUHAMMAD SYIHABUDDIN SUBLE</t>
+  </si>
+  <si>
+    <t>Jyh Hann</t>
+  </si>
+  <si>
+    <t>Shawn</t>
+  </si>
+  <si>
+    <t>Warren</t>
+  </si>
+  <si>
+    <t>Ajay Rao</t>
+  </si>
+  <si>
+    <t>SHUUJI</t>
+  </si>
+  <si>
+    <t>KAJIYAMA</t>
+  </si>
+  <si>
+    <t>Merson</t>
+  </si>
+  <si>
+    <t>Gasang</t>
+  </si>
+  <si>
+    <t>Wira Tm</t>
+  </si>
+  <si>
+    <t>Ha</t>
+  </si>
+  <si>
+    <t>Hoàng</t>
+  </si>
+  <si>
+    <t>KRITCHAMANONT KAEWKENMA</t>
+  </si>
+  <si>
+    <t>Ahmad Azri</t>
+  </si>
+  <si>
+    <t>Zainal</t>
+  </si>
+  <si>
+    <t>Wai Hung Lo</t>
+  </si>
+  <si>
+    <t>Murali Krishna P</t>
+  </si>
+  <si>
+    <t>Suchat</t>
+  </si>
+  <si>
+    <t>Ruengkuson</t>
+  </si>
+  <si>
+    <t>Worawit</t>
+  </si>
+  <si>
+    <t>Cholmahasawad</t>
   </si>
   <si>
     <t xml:space="preserve">Cho Kai </t>
   </si>
   <si>
     <t>Phua</t>
   </si>
   <si>
     <t>SYAHRIZAN BIN DAUD DAUD BIN HJ HAMZAH</t>
   </si>
   <si>
-    <t>Andi</t>
-[...80 lines deleted...]
-    <t>Ruengkuson</t>
+    <t>Yiu Fung Tse</t>
+  </si>
+  <si>
+    <t>Varun Kumar P</t>
+  </si>
+  <si>
+    <t>Nasingkan</t>
+  </si>
+  <si>
+    <t>CHOI THAN CHOONG</t>
+  </si>
+  <si>
+    <t>Wine Sita | Wen</t>
+  </si>
+  <si>
+    <t>Philip</t>
+  </si>
+  <si>
+    <t>PONTEFRACT</t>
+  </si>
+  <si>
+    <t>PAKORN RUANGKHAM</t>
+  </si>
+  <si>
+    <t>Jayronn</t>
+  </si>
+  <si>
+    <t>Visda</t>
+  </si>
+  <si>
+    <t>Christoph</t>
+  </si>
+  <si>
+    <t>Riedweg</t>
+  </si>
+  <si>
+    <t>Nguyễn Tiến</t>
+  </si>
+  <si>
+    <t>Nguyễn Nhật Thạnh</t>
+  </si>
+  <si>
+    <t>ZAFRAN AL-AIMAN ZAINAL ABIDIN</t>
+  </si>
+  <si>
+    <t>Danny</t>
+  </si>
+  <si>
+    <t>Tiong</t>
+  </si>
+  <si>
+    <t>WINE</t>
+  </si>
+  <si>
+    <t>SITA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ramanand </t>
+  </si>
+  <si>
+    <t>RYUUICHI</t>
+  </si>
+  <si>
+    <t>YAMASHITA</t>
+  </si>
+  <si>
+    <t>bugos</t>
+  </si>
+  <si>
+    <t>Osman Sukri</t>
+  </si>
+  <si>
+    <t>Khuong</t>
+  </si>
+  <si>
+    <t>Nguyen Huu</t>
   </si>
   <si>
     <t>Kok How</t>
   </si>
   <si>
     <t>Koh</t>
   </si>
   <si>
-    <t xml:space="preserve">Ramanand </t>
-[...74 lines deleted...]
-    <t>bugos</t>
+    <t>Phan Ngọc Sơn</t>
+  </si>
+  <si>
+    <t>LIWAUNNASRI MOHAMAD</t>
+  </si>
+  <si>
+    <t>Madjaran</t>
+  </si>
+  <si>
+    <t>Danih</t>
+  </si>
+  <si>
+    <t>YUSRY</t>
+  </si>
+  <si>
+    <t>JUSOH</t>
+  </si>
+  <si>
+    <t>Karthikeyan Sundaram</t>
+  </si>
+  <si>
+    <t>NAKAJOU</t>
+  </si>
+  <si>
+    <t>Abdul Rahman Suardi | Mang</t>
+  </si>
+  <si>
+    <t>Nguyễn Công</t>
+  </si>
+  <si>
+    <t>YUEN LOONG HO</t>
+  </si>
+  <si>
+    <t>Tai Wing Choi</t>
+  </si>
+  <si>
+    <t>Ramanathan Tn</t>
+  </si>
+  <si>
+    <t>Wilpong</t>
+  </si>
+  <si>
+    <t>Promnoy</t>
+  </si>
+  <si>
+    <t>Typat</t>
+  </si>
+  <si>
+    <t>Wiriyanonkasem</t>
+  </si>
+  <si>
+    <t>YEOW JEE LEONG</t>
+  </si>
+  <si>
+    <t>Zhan Wei Khaw | Zhan</t>
+  </si>
+  <si>
+    <t>KITSADA SABAISOOK</t>
+  </si>
+  <si>
+    <t>MARVIN</t>
+  </si>
+  <si>
+    <t>AVILA</t>
   </si>
   <si>
     <t>Manu</t>
   </si>
   <si>
     <t>Gaisser</t>
   </si>
   <si>
     <t>Lê Việt Hùng</t>
   </si>
   <si>
     <t>PONGSAK AUNSAB</t>
   </si>
   <si>
-    <t>LIWAUNNASRI MOHAMAD</t>
-[...62 lines deleted...]
-    <t>KITSADA SABAISOOK</t>
+    <t>JEDSADA LUADTHAINARONG</t>
+  </si>
+  <si>
+    <t>Hilbert</t>
+  </si>
+  <si>
+    <t>Opiada</t>
+  </si>
+  <si>
+    <t>THEERAPONG THUAKKHAMSAO</t>
+  </si>
+  <si>
+    <t>Luthfi Irfani</t>
+  </si>
+  <si>
+    <t>Trần Đức Việt</t>
+  </si>
+  <si>
+    <t>MOHAMAD NORHASANUDDIN MOHMAD YAACOB</t>
+  </si>
+  <si>
+    <t>Ee How</t>
+  </si>
+  <si>
+    <t>Chong</t>
+  </si>
+  <si>
+    <t>AHMAD AZRI</t>
+  </si>
+  <si>
+    <t>ZAINAL</t>
+  </si>
+  <si>
+    <t>Sanjay Rajora</t>
+  </si>
+  <si>
+    <t>HIROSHI</t>
+  </si>
+  <si>
+    <t>KIMORI</t>
+  </si>
+  <si>
+    <t>Jametey Laminggu | Metey</t>
+  </si>
+  <si>
+    <t>Tuong Duy</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tuongduydo Đỗ </t>
+  </si>
+  <si>
+    <t>Mohd Kamarul Hafiz</t>
+  </si>
+  <si>
+    <t>Kamaluddin</t>
+  </si>
+  <si>
+    <t>Chung Lai Chow</t>
+  </si>
+  <si>
+    <t>Nilesh R</t>
+  </si>
+  <si>
+    <t>Kor</t>
+  </si>
+  <si>
+    <t>Thongchantuek</t>
   </si>
   <si>
     <t>Vootipong</t>
   </si>
   <si>
     <t>Limpanitivat</t>
   </si>
   <si>
     <t>Voraphol</t>
   </si>
   <si>
     <t>Chamachote</t>
   </si>
   <si>
-    <t>JEDSADA LUADTHAINARONG</t>
-[...67 lines deleted...]
-  <si>
     <t>DOMINIC BIN SANDUNGAN</t>
   </si>
   <si>
+    <t>Kin On Chang | Brandon</t>
+  </si>
+  <si>
+    <t>Sivakumar Veeramuthu</t>
+  </si>
+  <si>
+    <t>Viktor</t>
+  </si>
+  <si>
+    <t>Bogodi</t>
+  </si>
+  <si>
+    <t>Tim O Connell</t>
+  </si>
+  <si>
+    <t>Chanwut</t>
+  </si>
+  <si>
+    <t>Kokkhruea</t>
+  </si>
+  <si>
+    <t>LEE YI SIANG</t>
+  </si>
+  <si>
+    <t>WARUT SUPASIN</t>
+  </si>
+  <si>
+    <t>Bim</t>
+  </si>
+  <si>
+    <t>Santos</t>
+  </si>
+  <si>
+    <t>CHAWENGSAK BOONKHAN</t>
+  </si>
+  <si>
+    <t>ENG TONG LEE</t>
+  </si>
+  <si>
+    <t>Le Quang Lam Dong</t>
+  </si>
+  <si>
+    <t>SWEE BOON LEE</t>
+  </si>
+  <si>
+    <t>Jastin</t>
+  </si>
+  <si>
+    <t>Kiek</t>
+  </si>
+  <si>
+    <t>SYAHRIZAN</t>
+  </si>
+  <si>
+    <t>DAUD</t>
+  </si>
+  <si>
     <t>Sameer Sarma</t>
   </si>
   <si>
+    <t>MASANARI</t>
+  </si>
+  <si>
+    <t>OOISHI</t>
+  </si>
+  <si>
+    <t>Amizan Yunus | Mizan</t>
+  </si>
+  <si>
     <t>Tri</t>
   </si>
   <si>
-    <t>Amizan Yunus | Mizan</t>
-[...64 lines deleted...]
-  <si>
     <t>Molvin</t>
   </si>
   <si>
     <t>Yap</t>
   </si>
   <si>
+    <t>Daniel Wong</t>
+  </si>
+  <si>
+    <t>PING ONN LIM</t>
+  </si>
+  <si>
+    <t>KING HON</t>
+  </si>
+  <si>
+    <t>CHAN</t>
+  </si>
+  <si>
+    <t>WISELY</t>
+  </si>
+  <si>
+    <t>LOW</t>
+  </si>
+  <si>
+    <t>Yuvaraj Patil</t>
+  </si>
+  <si>
+    <t>SHINOBU</t>
+  </si>
+  <si>
+    <t>SATOU</t>
+  </si>
+  <si>
+    <t>Nguyễn Thành</t>
+  </si>
+  <si>
+    <t>Dulmi</t>
+  </si>
+  <si>
+    <t>Mullar</t>
+  </si>
+  <si>
+    <t>Palasan Pretex Dwight JR</t>
+  </si>
+  <si>
+    <t>Sal Tak Jee</t>
+  </si>
+  <si>
+    <t>Aveek Mohanty</t>
+  </si>
+  <si>
+    <t>Buechi</t>
+  </si>
+  <si>
+    <t>Saroeun</t>
+  </si>
+  <si>
+    <t>Cambodia</t>
+  </si>
+  <si>
+    <t>Natthawat</t>
+  </si>
+  <si>
+    <t>Saetang</t>
+  </si>
+  <si>
+    <t>Thanalop</t>
+  </si>
+  <si>
+    <t>Chavansantati</t>
+  </si>
+  <si>
+    <t>NICHOLAS TAN CHIN HUI</t>
+  </si>
+  <si>
+    <t>SORNNIMIT ASAKIT</t>
+  </si>
+  <si>
+    <t>Nephil</t>
+  </si>
+  <si>
+    <t>Parel</t>
+  </si>
+  <si>
     <t>TANAPART CHAIMONGKOL</t>
   </si>
   <si>
-    <t>PING ONN LIM</t>
-[...76 lines deleted...]
-  <si>
     <t>KOK FAI MAN</t>
   </si>
   <si>
+    <t>Đỗ Việt Dũng</t>
+  </si>
+  <si>
+    <t>SUTEE SRISAI</t>
+  </si>
+  <si>
+    <t>Keith Bryan</t>
+  </si>
+  <si>
+    <t>CabaÃ±ez</t>
+  </si>
+  <si>
+    <t>Mohamad Huzairi Shah Mohd Hussin | Huzairi</t>
+  </si>
+  <si>
+    <t>Kwai Chan</t>
+  </si>
+  <si>
+    <t>MOHAMAD ZULHUSNI AHMAD TARMIZI</t>
+  </si>
+  <si>
+    <t>POH KIAT</t>
+  </si>
+  <si>
+    <t>PHUA</t>
+  </si>
+  <si>
+    <t>Muhammad Raydi Koto</t>
+  </si>
+  <si>
+    <t>Cham</t>
+  </si>
+  <si>
+    <t>Sumit Rungta</t>
+  </si>
+  <si>
+    <t>TAKANORI</t>
+  </si>
+  <si>
+    <t>OZAKI</t>
+  </si>
+  <si>
+    <t>Anh Dung</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nguyễn Bá </t>
+  </si>
+  <si>
+    <t>Loveion</t>
+  </si>
+  <si>
+    <t>Patrick</t>
+  </si>
+  <si>
+    <t>Cuzon Dennis</t>
+  </si>
+  <si>
+    <t>Jordan Wong Foh Tian | 黄佛天</t>
+  </si>
+  <si>
+    <t>Brice</t>
+  </si>
+  <si>
+    <t>BORIN</t>
+  </si>
+  <si>
+    <t>Sudarsan M K</t>
+  </si>
+  <si>
+    <t>Elias</t>
+  </si>
+  <si>
+    <t>Tapisoko</t>
+  </si>
+  <si>
+    <t>Sakon</t>
+  </si>
+  <si>
+    <t>Sonsakon</t>
+  </si>
+  <si>
     <t>Eamjarus</t>
   </si>
   <si>
-    <t>Đỗ Việt Dũng</t>
-[...73 lines deleted...]
-  <si>
     <t>NG TZE SHEN</t>
   </si>
   <si>
-    <t>Elias</t>
-[...4 lines deleted...]
-  <si>
     <t>Avan Vicente Luigi</t>
   </si>
   <si>
     <t>Chew Ming Chia</t>
   </si>
   <si>
     <t>Naveen Kumar Ramasamy</t>
   </si>
   <si>
+    <t>Rahmad</t>
+  </si>
+  <si>
+    <t>DANIARCO</t>
+  </si>
+  <si>
     <t>Surawajn</t>
   </si>
   <si>
     <t>Dechakhamsombat</t>
   </si>
   <si>
+    <t>Thiwa</t>
+  </si>
+  <si>
+    <t>Saengsirikul</t>
+  </si>
+  <si>
+    <t>CHAYAPON INTARASUPA</t>
+  </si>
+  <si>
     <t>KHOR SIANG HOOK</t>
   </si>
   <si>
-    <t>Rahmad</t>
-[...4 lines deleted...]
-  <si>
     <t>BOND CHONG</t>
   </si>
   <si>
-    <t>CHAYAPON INTARASUPA</t>
-[...5 lines deleted...]
-    <t>Saengsirikul</t>
+    <t>Nguyễn Sơn Hải Đông</t>
+  </si>
+  <si>
+    <t>RUTTAPOOM KALAH</t>
+  </si>
+  <si>
+    <t>Elmer</t>
+  </si>
+  <si>
+    <t>Mateo</t>
   </si>
   <si>
     <t>ZHEN ZYN</t>
   </si>
   <si>
     <t>OON</t>
   </si>
   <si>
-    <t>Nguyễn Sơn Hải Đông</t>
-[...10 lines deleted...]
-  <si>
     <t>Satimin Kebed</t>
   </si>
   <si>
+    <t>Tim Wah Kwok</t>
+  </si>
+  <si>
     <t>RAIS ABDUL HAKIM KOH</t>
   </si>
   <si>
     <t>Khairul Ariffin</t>
   </si>
   <si>
     <t>Muhazar</t>
   </si>
   <si>
+    <t>Navin Farswal</t>
+  </si>
+  <si>
     <t>SHINJI</t>
   </si>
   <si>
     <t>TSUKIOKA</t>
   </si>
   <si>
-    <t>Tim Wah Kwok</t>
-[...1 lines deleted...]
-  <si>
     <t>Lai</t>
   </si>
   <si>
     <t>Chokfah</t>
   </si>
   <si>
-    <t>Navin Farswal</t>
+    <t>Ting Kin Leung</t>
+  </si>
+  <si>
+    <t>MOHD NIZAM MAT RASHID</t>
+  </si>
+  <si>
+    <t>Choon Keat</t>
+  </si>
+  <si>
+    <t>Nipun Cherian David</t>
+  </si>
+  <si>
+    <t>MANABU</t>
+  </si>
+  <si>
+    <t>HAYASHI</t>
+  </si>
+  <si>
+    <t>Midi</t>
+  </si>
+  <si>
+    <t>Awong</t>
+  </si>
+  <si>
+    <t>Vidas Gabriel</t>
+  </si>
+  <si>
+    <t>Avijit Das</t>
+  </si>
+  <si>
+    <t>Hirotaka</t>
+  </si>
+  <si>
+    <t>Minami</t>
+  </si>
+  <si>
+    <t>NARES SUKKRIN</t>
+  </si>
+  <si>
+    <t>Aekkamon</t>
+  </si>
+  <si>
+    <t>Ouanphui</t>
+  </si>
+  <si>
+    <t>Ahmad Syahmi</t>
+  </si>
+  <si>
+    <t>Đinh Văn Tùng</t>
+  </si>
+  <si>
+    <t>Eric</t>
+  </si>
+  <si>
+    <t>Aditya Dalimarta</t>
+  </si>
+  <si>
+    <t>NARUCHA SUNGKHACHAT</t>
+  </si>
+  <si>
+    <t>Alvin</t>
+  </si>
+  <si>
+    <t>Dichoso</t>
+  </si>
+  <si>
+    <t>JIAN XING</t>
+  </si>
+  <si>
+    <t>LIN</t>
+  </si>
+  <si>
+    <t>Chiew Liang Lee</t>
   </si>
   <si>
     <t>Ngoh Anh</t>
   </si>
   <si>
     <t xml:space="preserve">Nguyễn Tử </t>
   </si>
   <si>
-    <t>Chiew Liang Lee</t>
-[...71 lines deleted...]
-    <t>Dichoso</t>
+    <t>Ray Neil</t>
+  </si>
+  <si>
+    <t>Caminong</t>
+  </si>
+  <si>
+    <t>Tin Yau Albert</t>
+  </si>
+  <si>
+    <t>Jeyaker Jeyabharathi</t>
+  </si>
+  <si>
+    <t>Yasutaka</t>
+  </si>
+  <si>
+    <t>NAKAMURA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Koki </t>
+  </si>
+  <si>
+    <t>Tsuchiya</t>
+  </si>
+  <si>
+    <t>Nintorn</t>
+  </si>
+  <si>
+    <t>Ali Ajis</t>
+  </si>
+  <si>
+    <t>Rasil</t>
+  </si>
+  <si>
+    <t>Surayos</t>
+  </si>
+  <si>
+    <t>Chuephanich</t>
+  </si>
+  <si>
+    <t>Mohd Fadly</t>
+  </si>
+  <si>
+    <t>Bin Ab Ghani Hisyam</t>
+  </si>
+  <si>
+    <t>Serfino</t>
+  </si>
+  <si>
+    <t>Val</t>
+  </si>
+  <si>
+    <t>CHIN EE WONG</t>
+  </si>
+  <si>
+    <t>MOHD HAIRUDDIN ALMAN</t>
+  </si>
+  <si>
+    <t>MOHD NORUL AZUAN ABDULLAH</t>
+  </si>
+  <si>
+    <t>MOHD AZMEE DULLAH</t>
+  </si>
+  <si>
+    <t>Tang</t>
+  </si>
+  <si>
+    <t>Carbonell Raphael</t>
+  </si>
+  <si>
+    <t>Jailani</t>
+  </si>
+  <si>
+    <t>Juhili</t>
+  </si>
+  <si>
+    <t>Moka` Albin Ysmael</t>
+  </si>
+  <si>
+    <t>Chu</t>
+  </si>
+  <si>
+    <t>Chat Shan</t>
+  </si>
+  <si>
+    <t>Shyam Poovaiah</t>
+  </si>
+  <si>
+    <t>Jacknoiel Mikol</t>
+  </si>
+  <si>
+    <t>KAY KHOO ONG</t>
+  </si>
+  <si>
+    <t>Jaroen</t>
+  </si>
+  <si>
+    <t>Aekviriyavanich</t>
+  </si>
+  <si>
+    <t>POK HENG THONG</t>
+  </si>
+  <si>
+    <t>JEAZ CHONG</t>
+  </si>
+  <si>
+    <t>Sylvester</t>
+  </si>
+  <si>
+    <t>Tzin Liong Hiew</t>
+  </si>
+  <si>
+    <t>NAZARUDDIN ABU BAKAR</t>
+  </si>
+  <si>
+    <t>Emannuel</t>
+  </si>
+  <si>
+    <t>C. Manongsong</t>
+  </si>
+  <si>
+    <t>Bernhard</t>
+  </si>
+  <si>
+    <t>Thinschmidt</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Melvin Mig </t>
+  </si>
+  <si>
+    <t>Clamor</t>
+  </si>
+  <si>
+    <t>Kok Eng</t>
+  </si>
+  <si>
+    <t>Jalaluddin Salahuddin</t>
+  </si>
+  <si>
+    <t>Din</t>
+  </si>
+  <si>
+    <t>Jean-Henri</t>
+  </si>
+  <si>
+    <t>Haniquaut</t>
+  </si>
+  <si>
+    <t>Vikram Raman</t>
+  </si>
+  <si>
+    <t>Hemang Trivedi</t>
+  </si>
+  <si>
+    <t>Tiến Võ</t>
+  </si>
+  <si>
+    <t>FOOK KIAN YEO</t>
+  </si>
+  <si>
+    <t>CHENG CHAI KANG</t>
+  </si>
+  <si>
+    <t>Jhon</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Serfino </t>
+  </si>
+  <si>
+    <t>KOY HAN LIAN</t>
+  </si>
+  <si>
+    <t>Dirk</t>
+  </si>
+  <si>
+    <t>Howard Sagun</t>
+  </si>
+  <si>
+    <t>KOK CHUAN HANG</t>
   </si>
   <si>
     <t>Takamasa</t>
   </si>
   <si>
     <t>NIWANO</t>
   </si>
   <si>
-    <t>Tin Yau Albert</t>
-[...1 lines deleted...]
-  <si>
     <t>Castañeda Jux Monciar</t>
   </si>
   <si>
-    <t>Ray Neil</t>
-[...175 lines deleted...]
-  <si>
     <t>Hau</t>
   </si>
   <si>
     <t>Hà Thị</t>
   </si>
   <si>
     <t>Vanya</t>
   </si>
   <si>
     <t xml:space="preserve">Cnops </t>
   </si>
   <si>
     <t>Sally Ann</t>
   </si>
   <si>
     <t>Yap Yu Ing</t>
   </si>
   <si>
     <t>Cecille</t>
   </si>
   <si>
     <t>Wael</t>
   </si>
   <si>
     <t>Julie Ann</t>
@@ -6199,59 +6199,59 @@
   <si>
     <t>Chonlada</t>
   </si>
   <si>
     <t>Kappiyanond</t>
   </si>
   <si>
     <t>Eszter</t>
   </si>
   <si>
     <t>Csillag</t>
   </si>
   <si>
     <t>Trisha</t>
   </si>
   <si>
     <t>Thow</t>
   </si>
   <si>
     <t>Ngoc</t>
   </si>
   <si>
     <t>Lien Trinh</t>
   </si>
   <si>
+    <t>Aggy</t>
+  </si>
+  <si>
+    <t>Sabanal-Marte</t>
+  </si>
+  <si>
     <t>Phuong</t>
   </si>
   <si>
-    <t>Aggy</t>
-[...4 lines deleted...]
-  <si>
     <t>Janet</t>
   </si>
   <si>
     <t>Halcon</t>
   </si>
   <si>
     <t>Chanchaya</t>
   </si>
   <si>
     <t>Naphawanode</t>
   </si>
   <si>
     <t>Tamae</t>
   </si>
   <si>
     <t>Harada</t>
   </si>
   <si>
     <t>Siriporn</t>
   </si>
   <si>
     <t>Leumathong</t>
   </si>
   <si>
     <t>Sirinapa</t>
@@ -6262,1854 +6262,1854 @@
   <si>
     <t>Wan Azzahziah</t>
   </si>
   <si>
     <t>Binti Wan Ahmad</t>
   </si>
   <si>
     <t>Soingern</t>
   </si>
   <si>
     <t>Teekayu</t>
   </si>
   <si>
     <t>Chin Chin</t>
   </si>
   <si>
     <t xml:space="preserve">Lee </t>
   </si>
   <si>
     <t xml:space="preserve">Siti Hajar </t>
   </si>
   <si>
     <t>Razali</t>
   </si>
   <si>
+    <t>Rachael</t>
+  </si>
+  <si>
+    <t>Eng</t>
+  </si>
+  <si>
     <t>Isabelle</t>
   </si>
   <si>
     <t>Bedard</t>
   </si>
   <si>
-    <t>Rachael</t>
-[...4 lines deleted...]
-  <si>
     <t>Sue Phin</t>
   </si>
   <si>
     <t>Yeam</t>
   </si>
   <si>
     <t>Awina</t>
   </si>
   <si>
     <t>Kamis</t>
   </si>
   <si>
     <t>Christine Ruth</t>
   </si>
   <si>
     <t>Salazar</t>
   </si>
   <si>
     <t>Hyunja</t>
   </si>
   <si>
     <t>Kim - 김현자</t>
   </si>
   <si>
+    <t>NORHAMIZA</t>
+  </si>
+  <si>
+    <t>MOHD RODZI</t>
+  </si>
+  <si>
+    <t>Rachel</t>
+  </si>
+  <si>
+    <t>Siet Fah</t>
+  </si>
+  <si>
+    <t>Anuradha</t>
+  </si>
+  <si>
+    <t>Bhat</t>
+  </si>
+  <si>
+    <t>Ivana</t>
+  </si>
+  <si>
+    <t>Kolaric</t>
+  </si>
+  <si>
+    <t>Serbia</t>
+  </si>
+  <si>
+    <t>Amy</t>
+  </si>
+  <si>
+    <t>Bartlett</t>
+  </si>
+  <si>
+    <t>Siti</t>
+  </si>
+  <si>
+    <t>Nuraini</t>
+  </si>
+  <si>
+    <t>Gyesook</t>
+  </si>
+  <si>
+    <t>Sutinee</t>
+  </si>
+  <si>
+    <t>Rasp</t>
+  </si>
+  <si>
+    <t>Lipi</t>
+  </si>
+  <si>
+    <t>Kalita</t>
+  </si>
+  <si>
+    <t>Jung Soon</t>
+  </si>
+  <si>
+    <t>PARK - 박정순</t>
+  </si>
+  <si>
+    <t>Honoka</t>
+  </si>
+  <si>
+    <t>AKIYAMA</t>
+  </si>
+  <si>
+    <t>Siokhar</t>
+  </si>
+  <si>
     <t>Megan</t>
   </si>
   <si>
     <t>Sterling</t>
   </si>
   <si>
     <t>Asami</t>
   </si>
   <si>
     <t>Komio</t>
   </si>
   <si>
-    <t>NORHAMIZA</t>
-[...65 lines deleted...]
-    <t>Siokhar</t>
+    <t>NOORAZLIZA</t>
+  </si>
+  <si>
+    <t>AB AZIZ</t>
   </si>
   <si>
     <t>SUSIE</t>
   </si>
   <si>
     <t>LAI</t>
   </si>
   <si>
-    <t>NOORAZLIZA</t>
-[...4 lines deleted...]
-  <si>
     <t>Le Phuong</t>
   </si>
   <si>
     <t>Vy</t>
   </si>
   <si>
     <t>Jassica</t>
   </si>
   <si>
     <t>Lintanga</t>
   </si>
   <si>
+    <t>Nandini Gangadhara</t>
+  </si>
+  <si>
+    <t>Nupur</t>
+  </si>
+  <si>
+    <t>Singh</t>
+  </si>
+  <si>
+    <t>Narumi</t>
+  </si>
+  <si>
+    <t>Thi Duong</t>
+  </si>
+  <si>
+    <t>Emma</t>
+  </si>
+  <si>
+    <t>Payne</t>
+  </si>
+  <si>
+    <t>Motoko</t>
+  </si>
+  <si>
+    <t>Ugajin</t>
+  </si>
+  <si>
+    <t>Majo</t>
+  </si>
+  <si>
+    <t>Liao</t>
+  </si>
+  <si>
+    <t>Dolores Sales</t>
+  </si>
+  <si>
+    <t>Narae</t>
+  </si>
+  <si>
+    <t>Park - 박나래</t>
+  </si>
+  <si>
+    <t>Kona</t>
+  </si>
+  <si>
+    <t>Liau</t>
+  </si>
+  <si>
+    <t>Suphalak</t>
+  </si>
+  <si>
+    <t>Kotapae</t>
+  </si>
+  <si>
+    <t>Law Guan</t>
+  </si>
+  <si>
+    <t>Shin</t>
+  </si>
+  <si>
+    <t>Natalie</t>
+  </si>
+  <si>
+    <t>Webster</t>
+  </si>
+  <si>
+    <t>Laslin</t>
+  </si>
+  <si>
+    <t>Sarawi</t>
+  </si>
+  <si>
+    <t>Anitha</t>
+  </si>
+  <si>
+    <t>Mysore Shivanna</t>
+  </si>
+  <si>
+    <t>Deborah</t>
+  </si>
+  <si>
+    <t>Lim Hui Li</t>
+  </si>
+  <si>
+    <t>Tomomi</t>
+  </si>
+  <si>
+    <t>Bitoh</t>
+  </si>
+  <si>
+    <t>Montha</t>
+  </si>
+  <si>
+    <t>Sontornwit</t>
+  </si>
+  <si>
     <t xml:space="preserve">Sianti  </t>
   </si>
   <si>
     <t>Candra</t>
   </si>
   <si>
-    <t>Thi Duong</t>
-[...94 lines deleted...]
-  <si>
     <t>Jiho</t>
   </si>
   <si>
     <t>Hwang</t>
   </si>
   <si>
     <t>Nguyen Thuy</t>
   </si>
   <si>
     <t>Yunmi</t>
   </si>
   <si>
+    <t>Talisangla</t>
+  </si>
+  <si>
+    <t>Jamir</t>
+  </si>
+  <si>
+    <t>Carla</t>
+  </si>
+  <si>
+    <t>Portugal</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kanna </t>
+  </si>
+  <si>
+    <t>Suzuki</t>
+  </si>
+  <si>
+    <t>Elsa</t>
+  </si>
+  <si>
+    <t>Bardin</t>
+  </si>
+  <si>
+    <t>Srida</t>
+  </si>
+  <si>
+    <t>Pheunghua</t>
+  </si>
+  <si>
+    <t>Sawangjit</t>
+  </si>
+  <si>
+    <t>Saengow</t>
+  </si>
+  <si>
+    <t>Novita</t>
+  </si>
+  <si>
+    <t>Wulandari</t>
+  </si>
+  <si>
+    <t>Sun Yeon</t>
+  </si>
+  <si>
+    <t>Lee - 이순연</t>
+  </si>
+  <si>
+    <t>Deepika Prakash</t>
+  </si>
+  <si>
+    <t>Ayaka</t>
+  </si>
+  <si>
+    <t>Ueda</t>
+  </si>
+  <si>
+    <t>Davies</t>
+  </si>
+  <si>
+    <t>Maeno</t>
+  </si>
+  <si>
+    <t>Yuuka</t>
+  </si>
+  <si>
+    <t>Prapaphan</t>
+  </si>
+  <si>
+    <t>THONGSAO</t>
+  </si>
+  <si>
+    <t>Rachelle</t>
+  </si>
+  <si>
+    <t>Komarnisky</t>
+  </si>
+  <si>
+    <t>Mizue</t>
+  </si>
+  <si>
+    <t>Ashida</t>
+  </si>
+  <si>
+    <t>Roan</t>
+  </si>
+  <si>
+    <t>Biguasen</t>
+  </si>
+  <si>
+    <t>Eun Nam</t>
+  </si>
+  <si>
+    <t>Kim - 김은남</t>
+  </si>
+  <si>
+    <t>Xuân Vân Anh</t>
+  </si>
+  <si>
+    <t>Ka Yin Tong</t>
+  </si>
+  <si>
+    <t>Payungjit</t>
+  </si>
+  <si>
+    <t>Kosopa</t>
+  </si>
+  <si>
+    <t>Siat Tjhui Djie</t>
+  </si>
+  <si>
     <t>Indah</t>
   </si>
   <si>
     <t>Wardhani</t>
   </si>
   <si>
-    <t>Srida</t>
-[...107 lines deleted...]
-    <t>Ka Yin Tong</t>
+    <t>Ivy</t>
+  </si>
+  <si>
+    <t>Leung</t>
+  </si>
+  <si>
+    <t>Wanlika</t>
+  </si>
+  <si>
+    <t>Wongworratheva</t>
+  </si>
+  <si>
+    <t>Jean Mangubat</t>
+  </si>
+  <si>
+    <t>Selene</t>
+  </si>
+  <si>
+    <t>Scotton</t>
+  </si>
+  <si>
+    <t>Angela</t>
+  </si>
+  <si>
+    <t>Bak</t>
+  </si>
+  <si>
+    <t>Karin</t>
+  </si>
+  <si>
+    <t>Widmer</t>
+  </si>
+  <si>
+    <t>Phương</t>
+  </si>
+  <si>
+    <t>Nguyễn Thị Hiền</t>
+  </si>
+  <si>
+    <t>Ploy</t>
+  </si>
+  <si>
+    <t>Thipsuwan</t>
+  </si>
+  <si>
+    <t>Yeonhee</t>
+  </si>
+  <si>
+    <t>SO 소연희</t>
+  </si>
+  <si>
+    <t>Nattapamon</t>
+  </si>
+  <si>
+    <t>PRUKPRAKARN</t>
+  </si>
+  <si>
+    <t>Bahar</t>
+  </si>
+  <si>
+    <t>Sinha</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kaya </t>
+  </si>
+  <si>
+    <t>Nakao</t>
+  </si>
+  <si>
+    <t>Try Pahlevi</t>
+  </si>
+  <si>
+    <t>Maulina</t>
+  </si>
+  <si>
+    <t>Jong Sook</t>
+  </si>
+  <si>
+    <t>Gong - 공종숙</t>
+  </si>
+  <si>
+    <t>Sandhya K</t>
+  </si>
+  <si>
+    <t>Syarifah</t>
+  </si>
+  <si>
+    <t>BALQIS SYED HAMZAH</t>
+  </si>
+  <si>
+    <t>Nho Hoai</t>
+  </si>
+  <si>
+    <t>Nguyễn Thị</t>
+  </si>
+  <si>
+    <t>Kassidy</t>
+  </si>
+  <si>
+    <t>Bennett</t>
+  </si>
+  <si>
+    <t>Nanei</t>
+  </si>
+  <si>
+    <t>Hanan</t>
   </si>
   <si>
     <t>Sanna</t>
   </si>
   <si>
     <t>Salmela-eckstein</t>
   </si>
   <si>
     <t>Finland</t>
   </si>
   <si>
+    <t>Rei</t>
+  </si>
+  <si>
+    <t>Murata</t>
+  </si>
+  <si>
     <t>Yeon Hee</t>
   </si>
   <si>
     <t>So - 소연희</t>
   </si>
   <si>
-    <t>Rei</t>
-[...110 lines deleted...]
-    <t>Hanan</t>
+    <t>Janaki Venkat</t>
+  </si>
+  <si>
+    <t>Norasikin</t>
+  </si>
+  <si>
+    <t>AHMAD RAMLI</t>
   </si>
   <si>
     <t>Thanh Ta</t>
   </si>
   <si>
     <t>Lê Thị Thanh Tâm</t>
   </si>
   <si>
-    <t>Janaki Venkat</t>
+    <t>CHAN CHIN CHIN</t>
+  </si>
+  <si>
+    <t>Annie Teo</t>
   </si>
   <si>
     <t>Holly</t>
   </si>
   <si>
     <t>Anderson</t>
   </si>
   <si>
-    <t>Norasikin</t>
-[...8 lines deleted...]
-    <t>Annie Teo</t>
+    <t>Miyuki</t>
+  </si>
+  <si>
+    <t>TAKAHARA</t>
   </si>
   <si>
     <t>Youngsun</t>
   </si>
   <si>
     <t>Kim - 김영선</t>
   </si>
   <si>
-    <t>Miyuki</t>
-[...2 lines deleted...]
-    <t>TAKAHARA</t>
+    <t>Annie</t>
+  </si>
+  <si>
+    <t>Cheung</t>
   </si>
   <si>
     <t>Pornthip</t>
   </si>
   <si>
     <t>Srisitthipaiboon</t>
   </si>
   <si>
     <t>Hilleke van Osch</t>
   </si>
   <si>
-    <t>Annie</t>
-[...2 lines deleted...]
-    <t>Cheung</t>
+    <t>Myra</t>
+  </si>
+  <si>
+    <t>Montiveros</t>
   </si>
   <si>
     <t>Nguyển Đặng Quỳnh Như</t>
   </si>
   <si>
+    <t>Ann Jillian</t>
+  </si>
+  <si>
+    <t>Pulanco</t>
+  </si>
+  <si>
     <t>Eunha</t>
   </si>
   <si>
     <t>Park 박은하</t>
   </si>
   <si>
-    <t>Myra</t>
-[...2 lines deleted...]
-    <t>Montiveros</t>
+    <t>Grace</t>
+  </si>
+  <si>
+    <t>Juliet</t>
   </si>
   <si>
     <t>ISARI ATITANAPIRUL</t>
   </si>
   <si>
-    <t>Ann Jillian</t>
-[...8 lines deleted...]
-    <t>Juliet</t>
+    <t>Chichiro</t>
+  </si>
+  <si>
+    <t>Aibara</t>
   </si>
   <si>
     <t>Kwai Lan Aw Yong</t>
   </si>
   <si>
+    <t>Ema</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Nakajima</t>
+  </si>
+  <si>
     <t>Kunlapat</t>
   </si>
   <si>
     <t>SINGPORNCHAIPANICH</t>
   </si>
   <si>
-    <t>Chichiro</t>
-[...4 lines deleted...]
-  <si>
     <t>Kanlaya</t>
   </si>
   <si>
     <t>THONGFACHAILAI</t>
   </si>
   <si>
-    <t>Ema</t>
-[...4 lines deleted...]
-  <si>
     <t>Ka Hee</t>
   </si>
   <si>
     <t>KIM - 김가희</t>
   </si>
   <si>
     <t>Aueamporn</t>
   </si>
   <si>
+    <t>Minhee</t>
+  </si>
+  <si>
+    <t>Kim 김민희</t>
+  </si>
+  <si>
+    <t>Mayuko</t>
+  </si>
+  <si>
+    <t>Tsuji</t>
+  </si>
+  <si>
+    <t>Chong Yune Leng | Christine</t>
+  </si>
+  <si>
+    <t>Uthaiwan</t>
+  </si>
+  <si>
+    <t>Khunothai</t>
+  </si>
+  <si>
+    <t>Phương Linh Trần</t>
+  </si>
+  <si>
+    <t>Lay Khim</t>
+  </si>
+  <si>
+    <t>Chng</t>
+  </si>
+  <si>
+    <t>Aparajitha Kavanoori</t>
+  </si>
+  <si>
+    <t>Shamiera</t>
+  </si>
+  <si>
+    <t>AUTHER</t>
+  </si>
+  <si>
+    <t>Nga</t>
+  </si>
+  <si>
+    <t>Phạm Thị</t>
+  </si>
+  <si>
+    <t>Saki</t>
+  </si>
+  <si>
+    <t>Tohkairin</t>
+  </si>
+  <si>
+    <t>Youko</t>
+  </si>
+  <si>
+    <t>Mishima</t>
+  </si>
+  <si>
+    <t>Kah Yi Chua | Kah Yi</t>
+  </si>
+  <si>
+    <t>Mariko</t>
+  </si>
+  <si>
+    <t>Kittiya</t>
+  </si>
+  <si>
+    <t>PIYAWAN</t>
+  </si>
+  <si>
+    <t>Đỗ Thị Huệ Chi</t>
+  </si>
+  <si>
+    <t>Bantita</t>
+  </si>
+  <si>
+    <t>Busicha</t>
+  </si>
+  <si>
+    <t>Guijin</t>
+  </si>
+  <si>
+    <t>Zhang</t>
+  </si>
+  <si>
     <t>Ana Marie</t>
   </si>
   <si>
     <t>Larios</t>
   </si>
   <si>
-    <t>Chong Yune Leng | Christine</t>
-[...80 lines deleted...]
-    <t>Zhang</t>
+    <t>Ina</t>
+  </si>
+  <si>
+    <t>Budiyarni</t>
+  </si>
+  <si>
+    <t>Nyuk Yin</t>
+  </si>
+  <si>
+    <t>Yong</t>
+  </si>
+  <si>
+    <t>Patcharee</t>
+  </si>
+  <si>
+    <t>TANGPRASERT</t>
+  </si>
+  <si>
+    <t>minseo Kwak - 곽민서</t>
+  </si>
+  <si>
+    <t>Arika</t>
+  </si>
+  <si>
+    <t>Carrie</t>
+  </si>
+  <si>
+    <t>Supattree</t>
+  </si>
+  <si>
+    <t>Rirkrai</t>
+  </si>
+  <si>
+    <t>Meesoon</t>
+  </si>
+  <si>
+    <t>Ha - 하미순</t>
+  </si>
+  <si>
+    <t>Aldiana</t>
+  </si>
+  <si>
+    <t>Sharvari Kher</t>
+  </si>
+  <si>
+    <t>Soo Min</t>
+  </si>
+  <si>
+    <t>CHING</t>
+  </si>
+  <si>
+    <t>Thao My</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hồ Thị </t>
+  </si>
+  <si>
+    <t>Oi Wah Keung</t>
   </si>
   <si>
     <t>Fumie</t>
   </si>
   <si>
     <t>Sakai</t>
   </si>
   <si>
-    <t>Ina</t>
-[...55 lines deleted...]
-  <si>
     <t>Takong Luke | Bay Luke</t>
   </si>
   <si>
-    <t>Oi Wah Keung</t>
-[...1 lines deleted...]
-  <si>
     <t>Hồ Thị Thảo My</t>
   </si>
   <si>
     <t>MINCHAYA CHAYOSUMRIT</t>
   </si>
   <si>
+    <t>Lê Thẩm Thuý Hằng</t>
+  </si>
+  <si>
+    <t>Madhuri Palli</t>
+  </si>
+  <si>
+    <t>NUR HAAFIDZAH ABDUL AZIZ</t>
+  </si>
+  <si>
+    <t>Nornadia</t>
+  </si>
+  <si>
+    <t>RUSLI</t>
+  </si>
+  <si>
+    <t>Chung</t>
+  </si>
+  <si>
+    <t>Betsy</t>
+  </si>
+  <si>
+    <t>Hang Ting Lo</t>
+  </si>
+  <si>
+    <t>Thidakiat</t>
+  </si>
+  <si>
+    <t>Rungpanitch</t>
+  </si>
+  <si>
+    <t>Kaori</t>
+  </si>
+  <si>
+    <t>Okuda</t>
+  </si>
+  <si>
+    <t>Vo Minh Tu</t>
+  </si>
+  <si>
+    <t>Sharon Rose</t>
+  </si>
+  <si>
+    <t>PARANTORRES</t>
+  </si>
+  <si>
+    <t>KANAPORN PHASUK</t>
+  </si>
+  <si>
+    <t>Aliah</t>
+  </si>
+  <si>
+    <t>Binti Ismail</t>
+  </si>
+  <si>
+    <t>Chee Lai Lim | Tt May</t>
+  </si>
+  <si>
+    <t>CHOW FOON YEE</t>
+  </si>
+  <si>
+    <t>Woraphan</t>
+  </si>
+  <si>
+    <t>WORAPHAN SUVADIT</t>
+  </si>
+  <si>
+    <t>sanhee sung - 성산희</t>
+  </si>
+  <si>
+    <t>Junko</t>
+  </si>
+  <si>
+    <t>Tokumoto</t>
+  </si>
+  <si>
+    <t>Berns</t>
+  </si>
+  <si>
+    <t>Sainamphung</t>
+  </si>
+  <si>
+    <t>Nichanon</t>
+  </si>
+  <si>
     <t>Wool</t>
   </si>
   <si>
     <t>Bang- 방울</t>
   </si>
   <si>
-    <t>Berns</t>
-[...7 lines deleted...]
-  <si>
     <t>Oi Mi</t>
   </si>
   <si>
-    <t>Thidakiat</t>
-[...71 lines deleted...]
-    <t>Nichanon</t>
+    <t>Soyoung Lee - 이소영</t>
   </si>
   <si>
     <t>Anantaya</t>
   </si>
   <si>
     <t>ANANTAYA SANGSUWAN</t>
   </si>
   <si>
-    <t>Soyoung Lee - 이소영</t>
+    <t>Misaki</t>
+  </si>
+  <si>
+    <t>Nonaga</t>
   </si>
   <si>
     <t>Jennifer</t>
   </si>
   <si>
     <t>Buck</t>
   </si>
   <si>
-    <t>Misaki</t>
-[...2 lines deleted...]
-    <t>Nonaga</t>
+    <t>Jinky</t>
+  </si>
+  <si>
+    <t>Bongcayao</t>
   </si>
   <si>
     <t>Patthraporn</t>
   </si>
   <si>
     <t>Puangfu</t>
   </si>
   <si>
     <t>Erin</t>
   </si>
   <si>
     <t>Airince Liam</t>
   </si>
   <si>
     <t>Suhyun</t>
   </si>
   <si>
     <t>Kim - 김수현</t>
   </si>
   <si>
-    <t>Jinky</t>
-[...4 lines deleted...]
-  <si>
     <t>Lê Thị Phương</t>
   </si>
   <si>
+    <t>Jyothi G</t>
+  </si>
+  <si>
+    <t>YEOK HUN BOH</t>
+  </si>
+  <si>
     <t>Hoang Uyen</t>
   </si>
   <si>
     <t xml:space="preserve">Trần Thị </t>
   </si>
   <si>
     <t>Piyarat</t>
   </si>
   <si>
     <t>Loolersvilai</t>
   </si>
   <si>
-    <t>Jyothi G</t>
-[...1 lines deleted...]
-  <si>
     <t>Mira</t>
   </si>
   <si>
     <t>Spaniol</t>
   </si>
   <si>
-    <t>YEOK HUN BOH</t>
+    <t>KEIKO</t>
+  </si>
+  <si>
+    <t>ITAMI</t>
+  </si>
+  <si>
+    <t>Dianne</t>
+  </si>
+  <si>
+    <t>Ditona</t>
   </si>
   <si>
     <t>PRAE CHARKRATPAHU</t>
   </si>
   <si>
-    <t>KEIKO</t>
-[...10 lines deleted...]
-  <si>
     <t>Laurencia</t>
   </si>
   <si>
     <t>Budihardjo</t>
   </si>
   <si>
     <t>Poo Lai Kuen</t>
   </si>
   <si>
     <t>Heliana</t>
   </si>
   <si>
     <t>Binti Haji Mohd Arshad</t>
   </si>
   <si>
+    <t>Judith</t>
+  </si>
+  <si>
+    <t>May - Judith May</t>
+  </si>
+  <si>
+    <t>New Zealand</t>
+  </si>
+  <si>
+    <t>ROSELYN</t>
+  </si>
+  <si>
+    <t>GUBAL</t>
+  </si>
+  <si>
+    <t>Melvi</t>
+  </si>
+  <si>
+    <t>Ehen</t>
+  </si>
+  <si>
+    <t>Wong Wei Wei</t>
+  </si>
+  <si>
+    <t>Fiona</t>
+  </si>
+  <si>
+    <t>Yeow</t>
+  </si>
+  <si>
+    <t>LOH YEE LING</t>
+  </si>
+  <si>
+    <t>Mijin Lim - 임미진</t>
+  </si>
+  <si>
+    <t>THANAPORN PUNYAKATE</t>
+  </si>
+  <si>
+    <t>Sachi</t>
+  </si>
+  <si>
+    <t>Nakano</t>
+  </si>
+  <si>
+    <t>Cora</t>
+  </si>
+  <si>
+    <t>Su Li Ang</t>
+  </si>
+  <si>
+    <t>Daphe Rose</t>
+  </si>
+  <si>
+    <t>Tamayo Codilla</t>
+  </si>
+  <si>
+    <t>Natchayanan</t>
+  </si>
+  <si>
+    <t>Khawthong</t>
+  </si>
+  <si>
+    <t>Nguyễn Phương Anh</t>
+  </si>
+  <si>
+    <t>Hoàng Thị Tuyết</t>
+  </si>
+  <si>
+    <t>Aruna Mishra</t>
+  </si>
+  <si>
+    <t>KRYSTAL KHAW</t>
+  </si>
+  <si>
+    <t>Do</t>
+  </si>
+  <si>
+    <t>Thi Nguyet</t>
+  </si>
+  <si>
+    <t>Lakkana</t>
+  </si>
+  <si>
+    <t>Wiwatwanit</t>
+  </si>
+  <si>
     <t>YUU</t>
   </si>
   <si>
     <t>MATSUSHIMA</t>
   </si>
   <si>
     <t>Yanthi</t>
   </si>
   <si>
     <t>Octavia</t>
   </si>
   <si>
-    <t>Wong Wei Wei</t>
-[...83 lines deleted...]
-    <t>KRYSTAL KHAW</t>
+    <t>NORAINI ABU</t>
+  </si>
+  <si>
+    <t>Hoai Thuong</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nguyễn Thị </t>
+  </si>
+  <si>
+    <t>Siew</t>
+  </si>
+  <si>
+    <t>Moi Hong - Siew Moi Hong</t>
+  </si>
+  <si>
+    <t>CHEN LIAN TAN</t>
+  </si>
+  <si>
+    <t>Jariyaporn</t>
+  </si>
+  <si>
+    <t>Norachan</t>
+  </si>
+  <si>
+    <t>MARIKO</t>
+  </si>
+  <si>
+    <t>INADA</t>
+  </si>
+  <si>
+    <t>Krystal</t>
+  </si>
+  <si>
+    <t>Khaw</t>
+  </si>
+  <si>
+    <t>Ye</t>
+  </si>
+  <si>
+    <t>Yanlin</t>
+  </si>
+  <si>
+    <t>Hanah</t>
+  </si>
+  <si>
+    <t>Fjelddahl</t>
+  </si>
+  <si>
+    <t>Macdelewina</t>
+  </si>
+  <si>
+    <t>Fred Judin</t>
+  </si>
+  <si>
+    <t>Jacqueline Koh Chiao Ning</t>
+  </si>
+  <si>
+    <t>Fazlia Hanim</t>
+  </si>
+  <si>
+    <t>Ab Hamid</t>
+  </si>
+  <si>
+    <t>PORNTHIP OWATWARUNYU</t>
+  </si>
+  <si>
+    <t>Kai Yan Tsang</t>
+  </si>
+  <si>
+    <t>Xiufang</t>
+  </si>
+  <si>
+    <t>Huang</t>
+  </si>
+  <si>
+    <t>Clarisse</t>
+  </si>
+  <si>
+    <t>Yeung</t>
+  </si>
+  <si>
+    <t>Laksamee</t>
+  </si>
+  <si>
+    <t>Duangjai</t>
   </si>
   <si>
     <t>Nguyễn Thị Nhớ Hoài</t>
   </si>
   <si>
-    <t>Clarisse</t>
-[...83 lines deleted...]
-    <t>Huang</t>
+    <t>Ching Man Leung</t>
   </si>
   <si>
     <t>Jeeraporn</t>
   </si>
   <si>
     <t>Sarawan</t>
   </si>
   <si>
-    <t>Ching Man Leung</t>
-[...1 lines deleted...]
-  <si>
     <t>RATCHANEWON PHONWIWAT</t>
   </si>
   <si>
     <t>Trần Bảo Khanh</t>
   </si>
   <si>
+    <t>ALEEYA</t>
+  </si>
+  <si>
     <t>Quynh Nhu</t>
   </si>
   <si>
     <t xml:space="preserve">Nguyễn Đặng </t>
   </si>
   <si>
     <t>Nutnicha</t>
   </si>
   <si>
     <t>Phensresirikin</t>
   </si>
   <si>
-    <t>ALEEYA</t>
+    <t>KOH GEK CHU</t>
   </si>
   <si>
     <t>Leana</t>
   </si>
   <si>
     <t>Savenkova</t>
   </si>
   <si>
+    <t>ASAKO</t>
+  </si>
+  <si>
+    <t>SASAKI</t>
+  </si>
+  <si>
+    <t>LEE</t>
+  </si>
+  <si>
+    <t>KWEE SIANG</t>
+  </si>
+  <si>
     <t>Janet Sieton</t>
   </si>
   <si>
-    <t>KOH GEK CHU</t>
-[...1 lines deleted...]
-  <si>
     <t>Laetitia</t>
   </si>
   <si>
     <t>Delvart</t>
   </si>
   <si>
-    <t>ASAKO</t>
-[...10 lines deleted...]
-  <si>
     <t>Lusia</t>
   </si>
   <si>
     <t>Jail</t>
   </si>
   <si>
     <t>Angie</t>
   </si>
   <si>
     <t>Anthony</t>
   </si>
   <si>
     <t>Haruna</t>
   </si>
   <si>
     <t>Awasaki</t>
   </si>
   <si>
+    <t>Akiko</t>
+  </si>
+  <si>
+    <t>Kamakura</t>
+  </si>
+  <si>
+    <t>Jenniffer</t>
+  </si>
+  <si>
+    <t>Comandante</t>
+  </si>
+  <si>
+    <t>KITIMA CHEERAPAKOR</t>
+  </si>
+  <si>
+    <t>ELLIE HUI YI PANG</t>
+  </si>
+  <si>
+    <t>Hilleke</t>
+  </si>
+  <si>
+    <t>van Osch</t>
+  </si>
+  <si>
+    <t>Supawadee</t>
+  </si>
+  <si>
+    <t>Wanthamanee</t>
+  </si>
+  <si>
+    <t>NUTTHAMON CHOTISUKRAT</t>
+  </si>
+  <si>
+    <t>Phan Mai Quynh Trang</t>
+  </si>
+  <si>
+    <t>Retno</t>
+  </si>
+  <si>
+    <t>Nurwulan</t>
+  </si>
+  <si>
+    <t>Quynh Huong</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nguyen Tho </t>
+  </si>
+  <si>
+    <t>Sunantha</t>
+  </si>
+  <si>
+    <t>Maidee</t>
+  </si>
+  <si>
+    <t>Mariati Kawit | Echen Kavit</t>
+  </si>
+  <si>
     <t>CHIEMI</t>
   </si>
   <si>
     <t>OSHIOKA</t>
   </si>
   <si>
+    <t>Janine Siok Hui How</t>
+  </si>
+  <si>
     <t>Jat Li</t>
   </si>
   <si>
-    <t>Akiko</t>
-[...58 lines deleted...]
-  <si>
     <t>Thu Ha</t>
   </si>
   <si>
     <t xml:space="preserve">Trịnh Thị </t>
   </si>
   <si>
     <t>Nyuk Yin Yong | June</t>
   </si>
   <si>
     <t>Rika</t>
   </si>
   <si>
     <t>Ramli</t>
   </si>
   <si>
     <t>Aimi</t>
   </si>
   <si>
     <t>Kawahara</t>
   </si>
   <si>
     <t>Suet Chi Connie Ho</t>
   </si>
   <si>
     <t xml:space="preserve">Elle </t>
   </si>
   <si>
     <t>Alvarez</t>
   </si>
   <si>
     <t>APINYA MOONJARAT</t>
   </si>
   <si>
+    <t>WAN NOOR SUHAILA</t>
+  </si>
+  <si>
     <t>Suthara</t>
   </si>
   <si>
     <t>Kotbutto</t>
   </si>
   <si>
-    <t>WAN NOOR SUHAILA</t>
-[...1 lines deleted...]
-  <si>
     <t>Floriane</t>
   </si>
   <si>
     <t>JACQUART</t>
   </si>
   <si>
     <t>KANTARAT AUNRUAN</t>
   </si>
   <si>
+    <t>KANCHALEE BUNTHANOM</t>
+  </si>
+  <si>
+    <t>Titiporn</t>
+  </si>
+  <si>
+    <t>Kittijuthamas</t>
+  </si>
+  <si>
+    <t>Khunpugdee</t>
+  </si>
+  <si>
+    <t>Saipan</t>
+  </si>
+  <si>
+    <t>CHEE LAI MAY</t>
+  </si>
+  <si>
+    <t>Tetty Juliana Sujono Tetty Juliana Sujono</t>
+  </si>
+  <si>
+    <t>SAENGRAWEE ONGKAKAD</t>
+  </si>
+  <si>
+    <t>Ooi</t>
+  </si>
+  <si>
+    <t>Bee Lean</t>
+  </si>
+  <si>
+    <t>Pernia</t>
+  </si>
+  <si>
+    <t>Lai Kuen</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Poo </t>
+  </si>
+  <si>
+    <t>SIEW CHEN TAN</t>
+  </si>
+  <si>
     <t>Michella Joyce</t>
   </si>
   <si>
     <t>Aradanas</t>
   </si>
   <si>
-    <t>KANCHALEE BUNTHANOM</t>
-[...38 lines deleted...]
-    <t>SIEW CHEN TAN</t>
+    <t>Adelinah</t>
+  </si>
+  <si>
+    <t>Nur Haafidzah</t>
+  </si>
+  <si>
+    <t>Binti Abdul Aziz</t>
+  </si>
+  <si>
+    <t>Lyka Mae</t>
+  </si>
+  <si>
+    <t>Irang</t>
+  </si>
+  <si>
+    <t>KAMONRAT THATSATHIANWONG</t>
+  </si>
+  <si>
+    <t>Tu Trinh</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nguyễn Dương </t>
+  </si>
+  <si>
+    <t>Kunyarut</t>
+  </si>
+  <si>
+    <t>Tongyern</t>
+  </si>
+  <si>
+    <t>Rachael Eng</t>
+  </si>
+  <si>
+    <t>Primpawee</t>
+  </si>
+  <si>
+    <t>Suwadit</t>
+  </si>
+  <si>
+    <t>WEI WEI</t>
+  </si>
+  <si>
+    <t>WONG</t>
+  </si>
+  <si>
+    <t>PARADEE PHAKPHIROM</t>
+  </si>
+  <si>
+    <t>Liling</t>
+  </si>
+  <si>
+    <t>OH</t>
   </si>
   <si>
     <t>Rina</t>
   </si>
   <si>
     <t>Nadine</t>
   </si>
   <si>
     <t>Listyani</t>
   </si>
   <si>
-    <t>Adelinah</t>
-[...50 lines deleted...]
-    <t>OH</t>
+    <t>Marianta Bt</t>
+  </si>
+  <si>
+    <t>Dorong</t>
+  </si>
+  <si>
+    <t>Ronja</t>
+  </si>
+  <si>
+    <t>Jedro</t>
+  </si>
+  <si>
+    <t>Anne</t>
+  </si>
+  <si>
+    <t>Peralta</t>
+  </si>
+  <si>
+    <t>Wai Men Chia | Chris</t>
+  </si>
+  <si>
+    <t>ONANONG PRAPAWONG</t>
+  </si>
+  <si>
+    <t>Thu Huong</t>
+  </si>
+  <si>
+    <t>Paradee</t>
+  </si>
+  <si>
+    <t>Phakphirom</t>
+  </si>
+  <si>
+    <t>Ong Hwee Peng | Apple</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Panya </t>
+  </si>
+  <si>
+    <t>Sarawas</t>
   </si>
   <si>
     <t>YEOK HUN</t>
   </si>
   <si>
     <t>BOH</t>
   </si>
   <si>
-    <t>Marianta Bt</t>
-[...40 lines deleted...]
-  <si>
     <t>WARANGRAT SAVETSILP</t>
   </si>
   <si>
+    <t>Bich</t>
+  </si>
+  <si>
+    <t>Nguyễn Ngọc</t>
+  </si>
+  <si>
+    <t>Uraiwan</t>
+  </si>
+  <si>
+    <t>Jamduang</t>
+  </si>
+  <si>
+    <t>Rika Ramli</t>
+  </si>
+  <si>
+    <t>Samaporn</t>
+  </si>
+  <si>
+    <t>Malailek</t>
+  </si>
+  <si>
+    <t>SINJAI SINGSEANG</t>
+  </si>
+  <si>
+    <t>LEE KER LIE</t>
+  </si>
+  <si>
+    <t>Tze Mui</t>
+  </si>
+  <si>
+    <t>April Chiam</t>
+  </si>
+  <si>
+    <t>LUSIANA</t>
+  </si>
+  <si>
+    <t>Marjilah Rebid</t>
+  </si>
+  <si>
     <t>EMIKA NGOENBUMRUNG</t>
   </si>
   <si>
-    <t>Bich</t>
-[...35 lines deleted...]
-    <t>Marjilah Rebid</t>
+    <t>Wee Thian Yin</t>
+  </si>
+  <si>
+    <t>WORAWIT DAWUT</t>
+  </si>
+  <si>
+    <t>To Phuong</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Phạm Nguyễn </t>
+  </si>
+  <si>
+    <t>Nutchanart</t>
+  </si>
+  <si>
+    <t>Atichanto</t>
+  </si>
+  <si>
+    <t>Laura Jinius</t>
+  </si>
+  <si>
+    <t>Sirana</t>
+  </si>
+  <si>
+    <t>Angsupruk</t>
+  </si>
+  <si>
+    <t>KANPHITCHA BUNSIRI</t>
   </si>
   <si>
     <t>Jessica</t>
   </si>
   <si>
     <t>Hieras</t>
   </si>
   <si>
     <t>Bee Chiao</t>
   </si>
   <si>
     <t>Law</t>
   </si>
   <si>
     <t>Umi</t>
   </si>
   <si>
     <t>Rinasari</t>
   </si>
   <si>
-    <t>Wee Thian Yin</t>
-[...28 lines deleted...]
-  <si>
     <t>Cheryl</t>
   </si>
   <si>
     <t>Toh</t>
   </si>
   <si>
+    <t>Joy</t>
+  </si>
+  <si>
     <t>Diana Tony | D</t>
   </si>
   <si>
-    <t>Joy</t>
-[...1 lines deleted...]
-  <si>
     <t>Thuy</t>
   </si>
   <si>
     <t>Janya</t>
   </si>
   <si>
     <t>Yamalee</t>
   </si>
   <si>
     <t>Ng Pey Luan | Joanne</t>
   </si>
   <si>
     <t>Montakarn</t>
   </si>
   <si>
     <t>Thaenchan</t>
   </si>
   <si>
     <t>PHIKUL PANNGAEN</t>
   </si>
   <si>
     <t>Tu</t>
   </si>
   <si>
     <t>Yi Jiun Chan</t>
   </si>
   <si>
+    <t>ZEN</t>
+  </si>
+  <si>
+    <t>LEW</t>
+  </si>
+  <si>
     <t>PATPRAPA KHONGHAN</t>
   </si>
   <si>
-    <t>ZEN</t>
-[...4 lines deleted...]
-  <si>
     <t>Holly Anderson</t>
   </si>
   <si>
+    <t>Joo Chin Goh | Jaye Goh</t>
+  </si>
+  <si>
+    <t>Cam Anh</t>
+  </si>
+  <si>
+    <t>Jamie Hui Yi Fu</t>
+  </si>
+  <si>
+    <t>MEE HEE</t>
+  </si>
+  <si>
+    <t>ANGKANA BOONTRONG</t>
+  </si>
+  <si>
     <t>Maslinda</t>
   </si>
   <si>
     <t>Gisil</t>
   </si>
   <si>
-    <t>Joo Chin Goh | Jaye Goh</t>
-[...11 lines deleted...]
-    <t>MEE HEE</t>
+    <t>Chuleeporn</t>
+  </si>
+  <si>
+    <t>Boonkong</t>
+  </si>
+  <si>
+    <t>DONALYN</t>
+  </si>
+  <si>
+    <t>MAUTING</t>
+  </si>
+  <si>
+    <t>Elvina Tria</t>
+  </si>
+  <si>
+    <t>Nilamsari</t>
+  </si>
+  <si>
+    <t>Nur Syahirah Rahmat</t>
+  </si>
+  <si>
+    <t>Hanh</t>
+  </si>
+  <si>
+    <t>Nguyễn Huyền</t>
+  </si>
+  <si>
+    <t>See Chiang Ling</t>
   </si>
   <si>
     <t>BONNIE</t>
   </si>
   <si>
-    <t>Chuleeporn</t>
-[...28 lines deleted...]
-  <si>
     <t>PIMPHUN SANHACHARIYA</t>
   </si>
   <si>
     <t>Macdelewina Fred Judin</t>
   </si>
   <si>
     <t>PATCHARIYA CHAISAVETKANON</t>
   </si>
   <si>
     <t>Norin</t>
   </si>
   <si>
     <t>Binti Binchu</t>
   </si>
   <si>
     <t>Melody Jane</t>
   </si>
   <si>
     <t>Amorin</t>
   </si>
   <si>
     <t>Tie Siaw Foong | 池晓凤</t>
   </si>
   <si>
+    <t>LEE LEE</t>
+  </si>
+  <si>
     <t>Rachel Ting Jingjing | 陈晶晶</t>
   </si>
   <si>
-    <t>LEE LEE</t>
-[...1 lines deleted...]
-  <si>
     <t>Mariana Sofiah Binti Yusop  Yusop</t>
   </si>
   <si>
     <t>NGAMJIT WANNAPRASERT</t>
   </si>
   <si>
     <t>Rozziefah</t>
   </si>
   <si>
     <t>Hisa</t>
   </si>
   <si>
     <t>Dolores</t>
   </si>
   <si>
     <t>Frondozo</t>
   </si>
   <si>
+    <t xml:space="preserve">Xuan Suong </t>
+  </si>
+  <si>
+    <t>Poh Suan</t>
+  </si>
+  <si>
+    <t>Puah</t>
+  </si>
+  <si>
+    <t>Grace Ana</t>
+  </si>
+  <si>
+    <t>Poilis</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ayako </t>
+  </si>
+  <si>
+    <t>Murai</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Rija </t>
+  </si>
+  <si>
+    <t>Gubes</t>
+  </si>
+  <si>
     <t>Angelie</t>
   </si>
   <si>
     <t>Cabalo</t>
-  </si>
-[...25 lines deleted...]
-    <t>Gubes</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -9549,100 +9549,100 @@
       </c>
       <c r="B54" s="2">
         <v>775</v>
       </c>
       <c r="C54" s="2">
         <v>112228</v>
       </c>
       <c r="D54" s="2" t="s">
         <v>127</v>
       </c>
       <c r="E54" s="2" t="s">
         <v>128</v>
       </c>
       <c r="F54" s="2" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="55" spans="1:6">
       <c r="A55" s="2">
         <v>54</v>
       </c>
       <c r="B55" s="2">
         <v>765</v>
       </c>
       <c r="C55" s="2">
-        <v>118757</v>
+        <v>111749</v>
       </c>
       <c r="D55" s="2" t="s">
         <v>129</v>
       </c>
       <c r="E55" s="2" t="s">
         <v>130</v>
       </c>
       <c r="F55" s="2" t="s">
-        <v>11</v>
+        <v>33</v>
       </c>
     </row>
     <row r="56" spans="1:6">
       <c r="A56" s="2">
         <v>54</v>
       </c>
       <c r="B56" s="2">
         <v>765</v>
       </c>
       <c r="C56" s="2">
-        <v>111749</v>
+        <v>108752</v>
       </c>
       <c r="D56" s="2" t="s">
         <v>131</v>
       </c>
       <c r="E56" s="2" t="s">
         <v>132</v>
       </c>
       <c r="F56" s="2" t="s">
-        <v>33</v>
+        <v>30</v>
       </c>
     </row>
     <row r="57" spans="1:6">
       <c r="A57" s="2">
         <v>54</v>
       </c>
       <c r="B57" s="2">
         <v>765</v>
       </c>
       <c r="C57" s="2">
-        <v>108752</v>
+        <v>118757</v>
       </c>
       <c r="D57" s="2" t="s">
         <v>133</v>
       </c>
       <c r="E57" s="2" t="s">
         <v>134</v>
       </c>
       <c r="F57" s="2" t="s">
-        <v>30</v>
+        <v>11</v>
       </c>
     </row>
     <row r="58" spans="1:6">
       <c r="A58" s="2">
         <v>57</v>
       </c>
       <c r="B58" s="2">
         <v>757</v>
       </c>
       <c r="C58" s="2">
         <v>118827</v>
       </c>
       <c r="D58" s="2" t="s">
         <v>135</v>
       </c>
       <c r="E58" s="2" t="s">
         <v>136</v>
       </c>
       <c r="F58" s="2" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="59" spans="1:6">
       <c r="A59" s="2">
         <v>58</v>
@@ -9847,120 +9847,120 @@
       <c r="A69" s="2">
         <v>68</v>
       </c>
       <c r="B69" s="2">
         <v>665</v>
       </c>
       <c r="C69" s="2">
         <v>120757</v>
       </c>
       <c r="D69" s="2" t="s">
         <v>157</v>
       </c>
       <c r="E69" s="2" t="s">
         <v>158</v>
       </c>
       <c r="F69" s="2"/>
     </row>
     <row r="70" spans="1:6">
       <c r="A70" s="2">
         <v>69</v>
       </c>
       <c r="B70" s="2">
         <v>650</v>
       </c>
       <c r="C70" s="2">
-        <v>101051</v>
+        <v>120485</v>
       </c>
       <c r="D70" s="2" t="s">
         <v>159</v>
       </c>
       <c r="E70" s="2" t="s">
-        <v>160</v>
+        <v>119</v>
       </c>
       <c r="F70" s="2" t="s">
-        <v>67</v>
+        <v>11</v>
       </c>
     </row>
     <row r="71" spans="1:6">
       <c r="A71" s="2">
         <v>69</v>
       </c>
       <c r="B71" s="2">
         <v>650</v>
       </c>
       <c r="C71" s="2">
-        <v>120485</v>
+        <v>114588</v>
       </c>
       <c r="D71" s="2" t="s">
+        <v>160</v>
+      </c>
+      <c r="E71" s="2" t="s">
         <v>161</v>
-      </c>
-[...1 lines deleted...]
-        <v>119</v>
       </c>
       <c r="F71" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="72" spans="1:6">
       <c r="A72" s="2">
         <v>69</v>
       </c>
       <c r="B72" s="2">
         <v>650</v>
       </c>
       <c r="C72" s="2">
-        <v>114588</v>
+        <v>118760</v>
       </c>
       <c r="D72" s="2" t="s">
         <v>162</v>
       </c>
       <c r="E72" s="2" t="s">
         <v>163</v>
       </c>
       <c r="F72" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="73" spans="1:6">
       <c r="A73" s="2">
         <v>69</v>
       </c>
       <c r="B73" s="2">
         <v>650</v>
       </c>
       <c r="C73" s="2">
-        <v>118760</v>
+        <v>101051</v>
       </c>
       <c r="D73" s="2" t="s">
         <v>164</v>
       </c>
       <c r="E73" s="2" t="s">
         <v>165</v>
       </c>
       <c r="F73" s="2" t="s">
-        <v>11</v>
+        <v>67</v>
       </c>
     </row>
     <row r="74" spans="1:6">
       <c r="A74" s="2">
         <v>73</v>
       </c>
       <c r="B74" s="2">
         <v>640</v>
       </c>
       <c r="C74" s="2">
         <v>118487</v>
       </c>
       <c r="D74" s="2" t="s">
         <v>55</v>
       </c>
       <c r="E74" s="2" t="s">
         <v>166</v>
       </c>
       <c r="F74" s="2" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="75" spans="1:6">
       <c r="A75" s="2">
         <v>74</v>
@@ -10005,79 +10005,79 @@
       </c>
       <c r="B77" s="2">
         <v>620</v>
       </c>
       <c r="C77" s="2">
         <v>120359</v>
       </c>
       <c r="D77" s="2" t="s">
         <v>170</v>
       </c>
       <c r="E77" s="2" t="s">
         <v>171</v>
       </c>
       <c r="F77" s="2" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="78" spans="1:6">
       <c r="A78" s="2">
         <v>77</v>
       </c>
       <c r="B78" s="2">
         <v>610</v>
       </c>
       <c r="C78" s="2">
-        <v>119110</v>
+        <v>120426</v>
       </c>
       <c r="D78" s="2" t="s">
         <v>172</v>
       </c>
       <c r="E78" s="2" t="s">
         <v>173</v>
       </c>
-      <c r="F78" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F78" s="2"/>
     </row>
     <row r="79" spans="1:6">
       <c r="A79" s="2">
         <v>77</v>
       </c>
       <c r="B79" s="2">
         <v>610</v>
       </c>
       <c r="C79" s="2">
-        <v>120426</v>
+        <v>119110</v>
       </c>
       <c r="D79" s="2" t="s">
         <v>174</v>
       </c>
       <c r="E79" s="2" t="s">
         <v>175</v>
       </c>
-      <c r="F79" s="2"/>
+      <c r="F79" s="2" t="s">
+        <v>11</v>
+      </c>
     </row>
     <row r="80" spans="1:6">
       <c r="A80" s="2">
         <v>79</v>
       </c>
       <c r="B80" s="2">
         <v>595</v>
       </c>
       <c r="C80" s="2">
         <v>120369</v>
       </c>
       <c r="D80" s="2" t="s">
         <v>176</v>
       </c>
       <c r="E80" s="2" t="s">
         <v>177</v>
       </c>
       <c r="F80" s="2" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="81" spans="1:6">
       <c r="A81" s="2">
         <v>80</v>
       </c>
@@ -10141,240 +10141,240 @@
       <c r="A84" s="2">
         <v>83</v>
       </c>
       <c r="B84" s="2">
         <v>520</v>
       </c>
       <c r="C84" s="2">
         <v>121146</v>
       </c>
       <c r="D84" s="2"/>
       <c r="E84" s="2" t="s">
         <v>184</v>
       </c>
       <c r="F84" s="2" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="85" spans="1:6">
       <c r="A85" s="2">
         <v>84</v>
       </c>
       <c r="B85" s="2">
         <v>500</v>
       </c>
       <c r="C85" s="2">
-        <v>121127</v>
+        <v>118882</v>
       </c>
       <c r="D85" s="2" t="s">
         <v>185</v>
       </c>
       <c r="E85" s="2" t="s">
         <v>186</v>
       </c>
       <c r="F85" s="2" t="s">
-        <v>187</v>
+        <v>30</v>
       </c>
     </row>
     <row r="86" spans="1:6">
       <c r="A86" s="2">
         <v>84</v>
       </c>
       <c r="B86" s="2">
         <v>500</v>
       </c>
       <c r="C86" s="2">
-        <v>118520</v>
+        <v>121456</v>
       </c>
       <c r="D86" s="2" t="s">
+        <v>187</v>
+      </c>
+      <c r="E86" s="2" t="s">
         <v>188</v>
       </c>
-      <c r="E86" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F86" s="2" t="s">
-        <v>146</v>
+        <v>100</v>
       </c>
     </row>
     <row r="87" spans="1:6">
       <c r="A87" s="2">
         <v>84</v>
       </c>
       <c r="B87" s="2">
         <v>500</v>
       </c>
       <c r="C87" s="2">
         <v>120416</v>
       </c>
       <c r="D87" s="2" t="s">
+        <v>189</v>
+      </c>
+      <c r="E87" s="2" t="s">
         <v>190</v>
-      </c>
-[...1 lines deleted...]
-        <v>191</v>
       </c>
       <c r="F87" s="2" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="88" spans="1:6">
       <c r="A88" s="2">
         <v>84</v>
       </c>
       <c r="B88" s="2">
         <v>500</v>
       </c>
       <c r="C88" s="2">
-        <v>118882</v>
+        <v>121566</v>
       </c>
       <c r="D88" s="2" t="s">
+        <v>191</v>
+      </c>
+      <c r="E88" s="2" t="s">
         <v>192</v>
       </c>
-      <c r="E88" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F88" s="2" t="s">
-        <v>30</v>
+        <v>8</v>
       </c>
     </row>
     <row r="89" spans="1:6">
       <c r="A89" s="2">
         <v>84</v>
       </c>
       <c r="B89" s="2">
         <v>500</v>
       </c>
       <c r="C89" s="2">
-        <v>121456</v>
+        <v>118585</v>
       </c>
       <c r="D89" s="2" t="s">
+        <v>193</v>
+      </c>
+      <c r="E89" s="2" t="s">
         <v>194</v>
       </c>
-      <c r="E89" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F89" s="2" t="s">
-        <v>100</v>
+        <v>95</v>
       </c>
     </row>
     <row r="90" spans="1:6">
       <c r="A90" s="2">
         <v>84</v>
       </c>
       <c r="B90" s="2">
         <v>500</v>
       </c>
       <c r="C90" s="2">
-        <v>121566</v>
+        <v>105827</v>
       </c>
       <c r="D90" s="2" t="s">
+        <v>195</v>
+      </c>
+      <c r="E90" s="2" t="s">
         <v>196</v>
       </c>
-      <c r="E90" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F90" s="2" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
     </row>
     <row r="91" spans="1:6">
       <c r="A91" s="2">
         <v>84</v>
       </c>
       <c r="B91" s="2">
         <v>500</v>
       </c>
       <c r="C91" s="2">
-        <v>118585</v>
+        <v>120658</v>
       </c>
       <c r="D91" s="2" t="s">
+        <v>197</v>
+      </c>
+      <c r="E91" s="2" t="s">
         <v>198</v>
       </c>
-      <c r="E91" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F91" s="2" t="s">
-        <v>95</v>
+        <v>30</v>
       </c>
     </row>
     <row r="92" spans="1:6">
       <c r="A92" s="2">
         <v>84</v>
       </c>
       <c r="B92" s="2">
         <v>500</v>
       </c>
       <c r="C92" s="2">
-        <v>105827</v>
+        <v>120348</v>
       </c>
       <c r="D92" s="2" t="s">
+        <v>199</v>
+      </c>
+      <c r="E92" s="2" t="s">
         <v>200</v>
       </c>
-      <c r="E92" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F92" s="2" t="s">
-        <v>14</v>
+        <v>67</v>
       </c>
     </row>
     <row r="93" spans="1:6">
       <c r="A93" s="2">
         <v>84</v>
       </c>
       <c r="B93" s="2">
         <v>500</v>
       </c>
       <c r="C93" s="2">
-        <v>120658</v>
+        <v>121127</v>
       </c>
       <c r="D93" s="2" t="s">
+        <v>201</v>
+      </c>
+      <c r="E93" s="2" t="s">
         <v>202</v>
       </c>
-      <c r="E93" s="2" t="s">
+      <c r="F93" s="2" t="s">
         <v>203</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
     </row>
     <row r="94" spans="1:6">
       <c r="A94" s="2">
         <v>84</v>
       </c>
       <c r="B94" s="2">
         <v>500</v>
       </c>
       <c r="C94" s="2">
-        <v>120348</v>
+        <v>118520</v>
       </c>
       <c r="D94" s="2" t="s">
         <v>204</v>
       </c>
       <c r="E94" s="2" t="s">
         <v>205</v>
       </c>
       <c r="F94" s="2" t="s">
-        <v>67</v>
+        <v>146</v>
       </c>
     </row>
     <row r="95" spans="1:6">
       <c r="A95" s="2">
         <v>94</v>
       </c>
       <c r="B95" s="2">
         <v>490</v>
       </c>
       <c r="C95" s="2">
         <v>109955</v>
       </c>
       <c r="D95" s="2" t="s">
         <v>206</v>
       </c>
       <c r="E95" s="2" t="s">
         <v>207</v>
       </c>
       <c r="F95" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="96" spans="1:6">
       <c r="A96" s="2">
         <v>95</v>
@@ -10441,200 +10441,200 @@
       </c>
       <c r="B99" s="2">
         <v>458</v>
       </c>
       <c r="C99" s="2">
         <v>109912</v>
       </c>
       <c r="D99" s="2" t="s">
         <v>214</v>
       </c>
       <c r="E99" s="2" t="s">
         <v>215</v>
       </c>
       <c r="F99" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="100" spans="1:6">
       <c r="A100" s="2">
         <v>99</v>
       </c>
       <c r="B100" s="2">
         <v>450</v>
       </c>
       <c r="C100" s="2">
-        <v>102654</v>
+        <v>120417</v>
       </c>
       <c r="D100" s="2" t="s">
         <v>216</v>
       </c>
       <c r="E100" s="2" t="s">
         <v>217</v>
       </c>
       <c r="F100" s="2" t="s">
-        <v>95</v>
+        <v>218</v>
       </c>
     </row>
     <row r="101" spans="1:6">
       <c r="A101" s="2">
         <v>99</v>
       </c>
       <c r="B101" s="2">
         <v>450</v>
       </c>
       <c r="C101" s="2">
-        <v>120417</v>
+        <v>102654</v>
       </c>
       <c r="D101" s="2" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="E101" s="2" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="F101" s="2" t="s">
-        <v>220</v>
+        <v>95</v>
       </c>
     </row>
     <row r="102" spans="1:6">
       <c r="A102" s="2">
         <v>99</v>
       </c>
       <c r="B102" s="2">
         <v>450</v>
       </c>
       <c r="C102" s="2">
         <v>105949</v>
       </c>
       <c r="D102" s="2" t="s">
         <v>221</v>
       </c>
       <c r="E102" s="2" t="s">
         <v>222</v>
       </c>
       <c r="F102" s="2" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="103" spans="1:6">
       <c r="A103" s="2">
         <v>99</v>
       </c>
       <c r="B103" s="2">
         <v>450</v>
       </c>
       <c r="C103" s="2">
-        <v>117525</v>
+        <v>121252</v>
       </c>
       <c r="D103" s="2" t="s">
         <v>223</v>
       </c>
       <c r="E103" s="2" t="s">
         <v>224</v>
       </c>
       <c r="F103" s="2" t="s">
-        <v>11</v>
+        <v>95</v>
       </c>
     </row>
     <row r="104" spans="1:6">
       <c r="A104" s="2">
         <v>99</v>
       </c>
       <c r="B104" s="2">
         <v>450</v>
       </c>
       <c r="C104" s="2">
-        <v>121252</v>
+        <v>117525</v>
       </c>
       <c r="D104" s="2" t="s">
         <v>225</v>
       </c>
       <c r="E104" s="2" t="s">
         <v>226</v>
       </c>
       <c r="F104" s="2" t="s">
-        <v>95</v>
+        <v>11</v>
       </c>
     </row>
     <row r="105" spans="1:6">
       <c r="A105" s="2">
         <v>99</v>
       </c>
       <c r="B105" s="2">
         <v>450</v>
       </c>
       <c r="C105" s="2">
         <v>108724</v>
       </c>
       <c r="D105" s="2" t="s">
         <v>227</v>
       </c>
       <c r="E105" s="2" t="s">
         <v>228</v>
       </c>
       <c r="F105" s="2" t="s">
         <v>229</v>
       </c>
     </row>
     <row r="106" spans="1:6">
       <c r="A106" s="2">
         <v>99</v>
       </c>
       <c r="B106" s="2">
         <v>450</v>
       </c>
       <c r="C106" s="2">
-        <v>119024</v>
+        <v>121457</v>
       </c>
       <c r="D106" s="2" t="s">
         <v>230</v>
       </c>
       <c r="E106" s="2" t="s">
         <v>231</v>
       </c>
       <c r="F106" s="2" t="s">
-        <v>8</v>
+        <v>100</v>
       </c>
     </row>
     <row r="107" spans="1:6">
       <c r="A107" s="2">
         <v>99</v>
       </c>
       <c r="B107" s="2">
         <v>450</v>
       </c>
       <c r="C107" s="2">
-        <v>121457</v>
+        <v>119024</v>
       </c>
       <c r="D107" s="2" t="s">
         <v>232</v>
       </c>
       <c r="E107" s="2" t="s">
         <v>233</v>
       </c>
       <c r="F107" s="2" t="s">
-        <v>100</v>
+        <v>8</v>
       </c>
     </row>
     <row r="108" spans="1:6">
       <c r="A108" s="2">
         <v>99</v>
       </c>
       <c r="B108" s="2">
         <v>450</v>
       </c>
       <c r="C108" s="2">
         <v>121259</v>
       </c>
       <c r="D108" s="2" t="s">
         <v>234</v>
       </c>
       <c r="E108" s="2" t="s">
         <v>235</v>
       </c>
       <c r="F108" s="2" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="109" spans="1:6">
       <c r="A109" s="2">
         <v>99</v>
@@ -10681,1923 +10681,1923 @@
       </c>
       <c r="B111" s="2">
         <v>450</v>
       </c>
       <c r="C111" s="2">
         <v>118883</v>
       </c>
       <c r="D111" s="2" t="s">
         <v>239</v>
       </c>
       <c r="E111" s="2" t="s">
         <v>240</v>
       </c>
       <c r="F111" s="2" t="s">
         <v>146</v>
       </c>
     </row>
     <row r="112" spans="1:6">
       <c r="A112" s="2">
         <v>99</v>
       </c>
       <c r="B112" s="2">
         <v>450</v>
       </c>
       <c r="C112" s="2">
-        <v>121567</v>
+        <v>121399</v>
       </c>
       <c r="D112" s="2" t="s">
         <v>241</v>
       </c>
       <c r="E112" s="2" t="s">
         <v>242</v>
       </c>
       <c r="F112" s="2" t="s">
-        <v>8</v>
+        <v>100</v>
       </c>
     </row>
     <row r="113" spans="1:6">
       <c r="A113" s="2">
         <v>99</v>
       </c>
       <c r="B113" s="2">
         <v>450</v>
       </c>
       <c r="C113" s="2">
-        <v>121399</v>
+        <v>121567</v>
       </c>
       <c r="D113" s="2" t="s">
         <v>243</v>
       </c>
       <c r="E113" s="2" t="s">
         <v>244</v>
       </c>
       <c r="F113" s="2" t="s">
-        <v>100</v>
+        <v>8</v>
       </c>
     </row>
     <row r="114" spans="1:6">
       <c r="A114" s="2">
         <v>99</v>
       </c>
       <c r="B114" s="2">
         <v>450</v>
       </c>
       <c r="C114" s="2">
         <v>121228</v>
       </c>
       <c r="D114" s="2" t="s">
         <v>245</v>
       </c>
       <c r="E114" s="2" t="s">
         <v>246</v>
       </c>
       <c r="F114" s="2" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="115" spans="1:6">
       <c r="A115" s="2">
         <v>99</v>
       </c>
       <c r="B115" s="2">
         <v>450</v>
       </c>
       <c r="C115" s="2">
-        <v>107634</v>
+        <v>121157</v>
       </c>
       <c r="D115" s="2" t="s">
         <v>247</v>
       </c>
       <c r="E115" s="2" t="s">
         <v>248</v>
       </c>
       <c r="F115" s="2" t="s">
-        <v>67</v>
+        <v>83</v>
       </c>
     </row>
     <row r="116" spans="1:6">
       <c r="A116" s="2">
         <v>99</v>
       </c>
       <c r="B116" s="2">
         <v>450</v>
       </c>
       <c r="C116" s="2">
-        <v>121157</v>
+        <v>107634</v>
       </c>
       <c r="D116" s="2" t="s">
         <v>249</v>
       </c>
       <c r="E116" s="2" t="s">
         <v>250</v>
       </c>
       <c r="F116" s="2" t="s">
-        <v>83</v>
+        <v>67</v>
       </c>
     </row>
     <row r="117" spans="1:6">
       <c r="A117" s="2">
         <v>116</v>
       </c>
       <c r="B117" s="2">
         <v>438</v>
       </c>
       <c r="C117" s="2">
         <v>120780</v>
       </c>
       <c r="D117" s="2" t="s">
         <v>251</v>
       </c>
       <c r="E117" s="2" t="s">
         <v>252</v>
       </c>
       <c r="F117" s="2"/>
     </row>
     <row r="118" spans="1:6">
       <c r="A118" s="2">
         <v>117</v>
       </c>
       <c r="B118" s="2">
         <v>436</v>
       </c>
       <c r="C118" s="2">
-        <v>121011</v>
+        <v>119167</v>
       </c>
       <c r="D118" s="2" t="s">
         <v>253</v>
       </c>
       <c r="E118" s="2" t="s">
         <v>254</v>
       </c>
       <c r="F118" s="2" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="119" spans="1:6">
       <c r="A119" s="2">
         <v>117</v>
       </c>
       <c r="B119" s="2">
         <v>436</v>
       </c>
       <c r="C119" s="2">
-        <v>119167</v>
+        <v>121011</v>
       </c>
       <c r="D119" s="2" t="s">
         <v>255</v>
       </c>
       <c r="E119" s="2" t="s">
         <v>256</v>
       </c>
       <c r="F119" s="2" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="120" spans="1:6">
       <c r="A120" s="2">
         <v>119</v>
       </c>
       <c r="B120" s="2">
         <v>425</v>
       </c>
       <c r="C120" s="2">
-        <v>107629</v>
+        <v>120357</v>
       </c>
       <c r="D120" s="2" t="s">
         <v>257</v>
       </c>
       <c r="E120" s="2" t="s">
         <v>258</v>
       </c>
       <c r="F120" s="2" t="s">
-        <v>67</v>
+        <v>21</v>
       </c>
     </row>
     <row r="121" spans="1:6">
       <c r="A121" s="2">
         <v>119</v>
       </c>
       <c r="B121" s="2">
         <v>425</v>
       </c>
       <c r="C121" s="2">
-        <v>118884</v>
+        <v>107629</v>
       </c>
       <c r="D121" s="2" t="s">
         <v>259</v>
       </c>
       <c r="E121" s="2" t="s">
         <v>260</v>
       </c>
       <c r="F121" s="2" t="s">
-        <v>146</v>
+        <v>67</v>
       </c>
     </row>
     <row r="122" spans="1:6">
       <c r="A122" s="2">
         <v>119</v>
       </c>
       <c r="B122" s="2">
         <v>425</v>
       </c>
       <c r="C122" s="2">
-        <v>121568</v>
+        <v>121400</v>
       </c>
       <c r="D122" s="2" t="s">
         <v>261</v>
       </c>
       <c r="E122" s="2" t="s">
         <v>262</v>
       </c>
       <c r="F122" s="2" t="s">
-        <v>8</v>
+        <v>100</v>
       </c>
     </row>
     <row r="123" spans="1:6">
       <c r="A123" s="2">
         <v>119</v>
       </c>
       <c r="B123" s="2">
         <v>425</v>
       </c>
       <c r="C123" s="2">
-        <v>120357</v>
+        <v>120418</v>
       </c>
       <c r="D123" s="2" t="s">
         <v>263</v>
       </c>
       <c r="E123" s="2" t="s">
         <v>264</v>
       </c>
       <c r="F123" s="2" t="s">
-        <v>21</v>
+        <v>95</v>
       </c>
     </row>
     <row r="124" spans="1:6">
       <c r="A124" s="2">
         <v>119</v>
       </c>
       <c r="B124" s="2">
         <v>425</v>
       </c>
       <c r="C124" s="2">
-        <v>121400</v>
+        <v>121568</v>
       </c>
       <c r="D124" s="2" t="s">
         <v>265</v>
       </c>
       <c r="E124" s="2" t="s">
         <v>266</v>
       </c>
       <c r="F124" s="2" t="s">
-        <v>100</v>
+        <v>8</v>
       </c>
     </row>
     <row r="125" spans="1:6">
       <c r="A125" s="2">
         <v>119</v>
       </c>
       <c r="B125" s="2">
         <v>425</v>
       </c>
       <c r="C125" s="2">
-        <v>120418</v>
+        <v>121229</v>
       </c>
       <c r="D125" s="2" t="s">
         <v>267</v>
       </c>
       <c r="E125" s="2" t="s">
         <v>268</v>
       </c>
       <c r="F125" s="2" t="s">
-        <v>95</v>
+        <v>83</v>
       </c>
     </row>
     <row r="126" spans="1:6">
       <c r="A126" s="2">
         <v>119</v>
       </c>
       <c r="B126" s="2">
         <v>425</v>
       </c>
       <c r="C126" s="2">
-        <v>121229</v>
+        <v>121158</v>
       </c>
       <c r="D126" s="2" t="s">
         <v>269</v>
       </c>
       <c r="E126" s="2" t="s">
         <v>270</v>
       </c>
       <c r="F126" s="2" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="127" spans="1:6">
       <c r="A127" s="2">
         <v>119</v>
       </c>
       <c r="B127" s="2">
         <v>425</v>
       </c>
       <c r="C127" s="2">
-        <v>121158</v>
+        <v>118397</v>
       </c>
       <c r="D127" s="2" t="s">
         <v>271</v>
       </c>
       <c r="E127" s="2" t="s">
         <v>272</v>
       </c>
       <c r="F127" s="2" t="s">
-        <v>83</v>
+        <v>33</v>
       </c>
     </row>
     <row r="128" spans="1:6">
       <c r="A128" s="2">
         <v>119</v>
       </c>
       <c r="B128" s="2">
         <v>425</v>
       </c>
       <c r="C128" s="2">
-        <v>105851</v>
+        <v>100886</v>
       </c>
       <c r="D128" s="2" t="s">
         <v>273</v>
       </c>
       <c r="E128" s="2" t="s">
         <v>274</v>
       </c>
       <c r="F128" s="2" t="s">
-        <v>14</v>
+        <v>275</v>
       </c>
     </row>
     <row r="129" spans="1:6">
       <c r="A129" s="2">
         <v>119</v>
       </c>
       <c r="B129" s="2">
         <v>425</v>
       </c>
       <c r="C129" s="2">
-        <v>120659</v>
+        <v>105851</v>
       </c>
       <c r="D129" s="2" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="E129" s="2" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="F129" s="2" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
     </row>
     <row r="130" spans="1:6">
       <c r="A130" s="2">
         <v>119</v>
       </c>
       <c r="B130" s="2">
         <v>425</v>
       </c>
       <c r="C130" s="2">
-        <v>118397</v>
+        <v>120659</v>
       </c>
       <c r="D130" s="2" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="E130" s="2" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="F130" s="2" t="s">
-        <v>33</v>
+        <v>11</v>
       </c>
     </row>
     <row r="131" spans="1:6">
       <c r="A131" s="2">
         <v>119</v>
       </c>
       <c r="B131" s="2">
         <v>425</v>
       </c>
       <c r="C131" s="2">
-        <v>100886</v>
+        <v>116487</v>
       </c>
       <c r="D131" s="2" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="E131" s="2" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="F131" s="2" t="s">
-        <v>281</v>
+        <v>14</v>
       </c>
     </row>
     <row r="132" spans="1:6">
       <c r="A132" s="2">
         <v>119</v>
       </c>
       <c r="B132" s="2">
         <v>425</v>
       </c>
       <c r="C132" s="2">
-        <v>116487</v>
+        <v>106286</v>
       </c>
       <c r="D132" s="2" t="s">
         <v>282</v>
       </c>
       <c r="E132" s="2" t="s">
         <v>283</v>
       </c>
       <c r="F132" s="2" t="s">
-        <v>14</v>
+        <v>95</v>
       </c>
     </row>
     <row r="133" spans="1:6">
       <c r="A133" s="2">
         <v>119</v>
       </c>
       <c r="B133" s="2">
         <v>425</v>
       </c>
       <c r="C133" s="2">
-        <v>106286</v>
+        <v>121458</v>
       </c>
       <c r="D133" s="2" t="s">
         <v>284</v>
       </c>
       <c r="E133" s="2" t="s">
         <v>285</v>
       </c>
       <c r="F133" s="2" t="s">
-        <v>95</v>
+        <v>100</v>
       </c>
     </row>
     <row r="134" spans="1:6">
       <c r="A134" s="2">
         <v>119</v>
       </c>
       <c r="B134" s="2">
         <v>425</v>
       </c>
       <c r="C134" s="2">
-        <v>121458</v>
+        <v>118587</v>
       </c>
       <c r="D134" s="2" t="s">
         <v>286</v>
       </c>
       <c r="E134" s="2" t="s">
         <v>287</v>
       </c>
       <c r="F134" s="2" t="s">
-        <v>100</v>
+        <v>95</v>
       </c>
     </row>
     <row r="135" spans="1:6">
       <c r="A135" s="2">
         <v>119</v>
       </c>
       <c r="B135" s="2">
         <v>425</v>
       </c>
       <c r="C135" s="2">
-        <v>118587</v>
+        <v>118884</v>
       </c>
       <c r="D135" s="2" t="s">
         <v>288</v>
       </c>
       <c r="E135" s="2" t="s">
         <v>289</v>
       </c>
       <c r="F135" s="2" t="s">
-        <v>95</v>
+        <v>146</v>
       </c>
     </row>
     <row r="136" spans="1:6">
       <c r="A136" s="2">
         <v>135</v>
       </c>
       <c r="B136" s="2">
         <v>400</v>
       </c>
       <c r="C136" s="2">
-        <v>121253</v>
+        <v>121459</v>
       </c>
       <c r="D136" s="2" t="s">
         <v>290</v>
       </c>
       <c r="E136" s="2" t="s">
-        <v>291</v>
+        <v>262</v>
       </c>
       <c r="F136" s="2" t="s">
-        <v>95</v>
+        <v>100</v>
       </c>
     </row>
     <row r="137" spans="1:6">
       <c r="A137" s="2">
         <v>135</v>
       </c>
       <c r="B137" s="2">
         <v>400</v>
       </c>
       <c r="C137" s="2">
-        <v>113380</v>
+        <v>121052</v>
       </c>
       <c r="D137" s="2" t="s">
+        <v>291</v>
+      </c>
+      <c r="E137" s="2" t="s">
         <v>292</v>
       </c>
-      <c r="E137" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F137" s="2" t="s">
-        <v>51</v>
+        <v>275</v>
       </c>
     </row>
     <row r="138" spans="1:6">
       <c r="A138" s="2">
         <v>135</v>
       </c>
       <c r="B138" s="2">
         <v>400</v>
       </c>
       <c r="C138" s="2">
         <v>119025</v>
       </c>
       <c r="D138" s="2" t="s">
+        <v>293</v>
+      </c>
+      <c r="E138" s="2" t="s">
         <v>294</v>
-      </c>
-[...1 lines deleted...]
-        <v>295</v>
       </c>
       <c r="F138" s="2" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="139" spans="1:6">
       <c r="A139" s="2">
         <v>135</v>
       </c>
       <c r="B139" s="2">
         <v>400</v>
       </c>
       <c r="C139" s="2">
-        <v>121052</v>
+        <v>118509</v>
       </c>
       <c r="D139" s="2" t="s">
+        <v>295</v>
+      </c>
+      <c r="E139" s="2" t="s">
         <v>296</v>
       </c>
-      <c r="E139" s="2" t="s">
+      <c r="F139" s="2" t="s">
         <v>297</v>
-      </c>
-[...1 lines deleted...]
-        <v>281</v>
       </c>
     </row>
     <row r="140" spans="1:6">
       <c r="A140" s="2">
         <v>135</v>
       </c>
       <c r="B140" s="2">
         <v>400</v>
       </c>
       <c r="C140" s="2">
-        <v>121459</v>
+        <v>109287</v>
       </c>
       <c r="D140" s="2" t="s">
+        <v>138</v>
+      </c>
+      <c r="E140" s="2" t="s">
         <v>298</v>
       </c>
-      <c r="E140" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F140" s="2" t="s">
-        <v>100</v>
+        <v>11</v>
       </c>
     </row>
     <row r="141" spans="1:6">
       <c r="A141" s="2">
         <v>135</v>
       </c>
       <c r="B141" s="2">
         <v>400</v>
       </c>
       <c r="C141" s="2">
-        <v>109287</v>
+        <v>119097</v>
       </c>
       <c r="D141" s="2" t="s">
-        <v>138</v>
+        <v>299</v>
       </c>
       <c r="E141" s="2" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="F141" s="2" t="s">
-        <v>11</v>
+        <v>67</v>
       </c>
     </row>
     <row r="142" spans="1:6">
       <c r="A142" s="2">
         <v>135</v>
       </c>
       <c r="B142" s="2">
         <v>400</v>
       </c>
       <c r="C142" s="2">
-        <v>118509</v>
+        <v>118885</v>
       </c>
       <c r="D142" s="2" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="E142" s="2" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="F142" s="2" t="s">
-        <v>302</v>
+        <v>146</v>
       </c>
     </row>
     <row r="143" spans="1:6">
       <c r="A143" s="2">
         <v>135</v>
       </c>
       <c r="B143" s="2">
         <v>400</v>
       </c>
       <c r="C143" s="2">
-        <v>119097</v>
+        <v>105620</v>
       </c>
       <c r="D143" s="2" t="s">
         <v>303</v>
       </c>
       <c r="E143" s="2" t="s">
         <v>304</v>
       </c>
       <c r="F143" s="2" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="144" spans="1:6">
       <c r="A144" s="2">
         <v>135</v>
       </c>
       <c r="B144" s="2">
         <v>400</v>
       </c>
       <c r="C144" s="2">
-        <v>105620</v>
+        <v>121401</v>
       </c>
       <c r="D144" s="2" t="s">
         <v>305</v>
       </c>
       <c r="E144" s="2" t="s">
-        <v>306</v>
+        <v>262</v>
       </c>
       <c r="F144" s="2" t="s">
-        <v>67</v>
+        <v>100</v>
       </c>
     </row>
     <row r="145" spans="1:6">
       <c r="A145" s="2">
         <v>135</v>
       </c>
       <c r="B145" s="2">
         <v>400</v>
       </c>
       <c r="C145" s="2">
-        <v>118885</v>
+        <v>120419</v>
       </c>
       <c r="D145" s="2" t="s">
+        <v>306</v>
+      </c>
+      <c r="E145" s="2" t="s">
         <v>307</v>
       </c>
-      <c r="E145" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F145" s="2" t="s">
-        <v>146</v>
+        <v>95</v>
       </c>
     </row>
     <row r="146" spans="1:6">
       <c r="A146" s="2">
         <v>135</v>
       </c>
       <c r="B146" s="2">
         <v>400</v>
       </c>
       <c r="C146" s="2">
         <v>121569</v>
       </c>
       <c r="D146" s="2" t="s">
+        <v>308</v>
+      </c>
+      <c r="E146" s="2" t="s">
         <v>309</v>
-      </c>
-[...1 lines deleted...]
-        <v>310</v>
       </c>
       <c r="F146" s="2" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="147" spans="1:6">
       <c r="A147" s="2">
         <v>135</v>
       </c>
       <c r="B147" s="2">
         <v>400</v>
       </c>
       <c r="C147" s="2">
-        <v>121401</v>
+        <v>102131</v>
       </c>
       <c r="D147" s="2" t="s">
+        <v>310</v>
+      </c>
+      <c r="E147" s="2" t="s">
         <v>311</v>
       </c>
-      <c r="E147" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F147" s="2" t="s">
-        <v>100</v>
+        <v>297</v>
       </c>
     </row>
     <row r="148" spans="1:6">
       <c r="A148" s="2">
         <v>135</v>
       </c>
       <c r="B148" s="2">
         <v>400</v>
       </c>
       <c r="C148" s="2">
-        <v>120419</v>
+        <v>121159</v>
       </c>
       <c r="D148" s="2" t="s">
         <v>312</v>
       </c>
       <c r="E148" s="2" t="s">
         <v>313</v>
       </c>
       <c r="F148" s="2" t="s">
-        <v>95</v>
+        <v>83</v>
       </c>
     </row>
     <row r="149" spans="1:6">
       <c r="A149" s="2">
         <v>135</v>
       </c>
       <c r="B149" s="2">
         <v>400</v>
       </c>
       <c r="C149" s="2">
         <v>120349</v>
       </c>
       <c r="D149" s="2" t="s">
         <v>314</v>
       </c>
       <c r="E149" s="2" t="s">
         <v>315</v>
       </c>
       <c r="F149" s="2" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="150" spans="1:6">
       <c r="A150" s="2">
         <v>135</v>
       </c>
       <c r="B150" s="2">
         <v>400</v>
       </c>
       <c r="C150" s="2">
-        <v>102131</v>
+        <v>103129</v>
       </c>
       <c r="D150" s="2" t="s">
         <v>316</v>
       </c>
       <c r="E150" s="2" t="s">
         <v>317</v>
       </c>
       <c r="F150" s="2" t="s">
-        <v>302</v>
+        <v>95</v>
       </c>
     </row>
     <row r="151" spans="1:6">
       <c r="A151" s="2">
         <v>135</v>
       </c>
       <c r="B151" s="2">
         <v>400</v>
       </c>
       <c r="C151" s="2">
-        <v>121159</v>
+        <v>119150</v>
       </c>
       <c r="D151" s="2" t="s">
         <v>318</v>
       </c>
       <c r="E151" s="2" t="s">
         <v>319</v>
       </c>
       <c r="F151" s="2" t="s">
-        <v>83</v>
+        <v>14</v>
       </c>
     </row>
     <row r="152" spans="1:6">
       <c r="A152" s="2">
         <v>135</v>
       </c>
       <c r="B152" s="2">
         <v>400</v>
       </c>
       <c r="C152" s="2">
-        <v>119150</v>
+        <v>118484</v>
       </c>
       <c r="D152" s="2" t="s">
         <v>320</v>
       </c>
       <c r="E152" s="2" t="s">
         <v>321</v>
       </c>
       <c r="F152" s="2" t="s">
-        <v>14</v>
+        <v>54</v>
       </c>
     </row>
     <row r="153" spans="1:6">
       <c r="A153" s="2">
         <v>135</v>
       </c>
       <c r="B153" s="2">
         <v>400</v>
       </c>
       <c r="C153" s="2">
-        <v>118484</v>
+        <v>118422</v>
       </c>
       <c r="D153" s="2" t="s">
         <v>322</v>
       </c>
       <c r="E153" s="2" t="s">
         <v>323</v>
       </c>
       <c r="F153" s="2" t="s">
-        <v>54</v>
+        <v>80</v>
       </c>
     </row>
     <row r="154" spans="1:6">
       <c r="A154" s="2">
         <v>135</v>
       </c>
       <c r="B154" s="2">
         <v>400</v>
       </c>
       <c r="C154" s="2">
-        <v>103129</v>
+        <v>113380</v>
       </c>
       <c r="D154" s="2" t="s">
         <v>324</v>
       </c>
       <c r="E154" s="2" t="s">
         <v>325</v>
       </c>
       <c r="F154" s="2" t="s">
-        <v>95</v>
+        <v>51</v>
       </c>
     </row>
     <row r="155" spans="1:6">
       <c r="A155" s="2">
         <v>135</v>
       </c>
       <c r="B155" s="2">
         <v>400</v>
       </c>
       <c r="C155" s="2">
-        <v>118422</v>
+        <v>120720</v>
       </c>
       <c r="D155" s="2" t="s">
+        <v>130</v>
+      </c>
+      <c r="E155" s="2" t="s">
         <v>326</v>
       </c>
-      <c r="E155" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F155" s="2" t="s">
-        <v>80</v>
+        <v>33</v>
       </c>
     </row>
     <row r="156" spans="1:6">
       <c r="A156" s="2">
         <v>135</v>
       </c>
       <c r="B156" s="2">
         <v>400</v>
       </c>
       <c r="C156" s="2">
-        <v>120720</v>
+        <v>121253</v>
       </c>
       <c r="D156" s="2" t="s">
-        <v>132</v>
+        <v>327</v>
       </c>
       <c r="E156" s="2" t="s">
         <v>328</v>
       </c>
       <c r="F156" s="2" t="s">
-        <v>33</v>
+        <v>95</v>
       </c>
     </row>
     <row r="157" spans="1:6">
       <c r="A157" s="2">
         <v>157</v>
       </c>
       <c r="B157" s="2">
         <v>398</v>
       </c>
       <c r="C157" s="2">
         <v>115093</v>
       </c>
       <c r="D157" s="2" t="s">
         <v>329</v>
       </c>
       <c r="E157" s="2" t="s">
         <v>330</v>
       </c>
       <c r="F157" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="158" spans="1:6">
       <c r="A158" s="2">
         <v>158</v>
       </c>
       <c r="B158" s="2">
         <v>386</v>
       </c>
       <c r="C158" s="2">
         <v>118633</v>
       </c>
       <c r="D158" s="2" t="s">
         <v>331</v>
       </c>
       <c r="E158" s="2" t="s">
         <v>332</v>
       </c>
       <c r="F158" s="2" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="159" spans="1:6">
       <c r="A159" s="2">
         <v>159</v>
       </c>
       <c r="B159" s="2">
         <v>375</v>
       </c>
       <c r="C159" s="2">
-        <v>118365</v>
+        <v>118523</v>
       </c>
       <c r="D159" s="2" t="s">
         <v>333</v>
       </c>
       <c r="E159" s="2" t="s">
         <v>334</v>
       </c>
       <c r="F159" s="2" t="s">
-        <v>335</v>
+        <v>95</v>
       </c>
     </row>
     <row r="160" spans="1:6">
       <c r="A160" s="2">
         <v>159</v>
       </c>
       <c r="B160" s="2">
         <v>375</v>
       </c>
       <c r="C160" s="2">
-        <v>118523</v>
+        <v>118588</v>
       </c>
       <c r="D160" s="2" t="s">
+        <v>335</v>
+      </c>
+      <c r="E160" s="2" t="s">
         <v>336</v>
-      </c>
-[...1 lines deleted...]
-        <v>337</v>
       </c>
       <c r="F160" s="2" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="161" spans="1:6">
       <c r="A161" s="2">
         <v>159</v>
       </c>
       <c r="B161" s="2">
         <v>375</v>
       </c>
       <c r="C161" s="2">
         <v>121596</v>
       </c>
       <c r="D161" s="2" t="s">
+        <v>337</v>
+      </c>
+      <c r="E161" s="2" t="s">
         <v>338</v>
-      </c>
-[...1 lines deleted...]
-        <v>339</v>
       </c>
       <c r="F161" s="2" t="s">
         <v>126</v>
       </c>
     </row>
     <row r="162" spans="1:6">
       <c r="A162" s="2">
         <v>159</v>
       </c>
       <c r="B162" s="2">
         <v>375</v>
       </c>
       <c r="C162" s="2">
-        <v>118588</v>
+        <v>118488</v>
       </c>
       <c r="D162" s="2" t="s">
+        <v>339</v>
+      </c>
+      <c r="E162" s="2" t="s">
         <v>340</v>
       </c>
-      <c r="E162" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F162" s="2" t="s">
-        <v>95</v>
+        <v>33</v>
       </c>
     </row>
     <row r="163" spans="1:6">
       <c r="A163" s="2">
         <v>159</v>
       </c>
       <c r="B163" s="2">
         <v>375</v>
       </c>
       <c r="C163" s="2">
         <v>121254</v>
       </c>
       <c r="D163" s="2" t="s">
+        <v>341</v>
+      </c>
+      <c r="E163" s="2" t="s">
         <v>342</v>
-      </c>
-[...1 lines deleted...]
-        <v>343</v>
       </c>
       <c r="F163" s="2" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="164" spans="1:6">
       <c r="A164" s="2">
         <v>159</v>
       </c>
       <c r="B164" s="2">
         <v>375</v>
       </c>
       <c r="C164" s="2">
-        <v>118488</v>
+        <v>121516</v>
       </c>
       <c r="D164" s="2" t="s">
+        <v>343</v>
+      </c>
+      <c r="E164" s="2" t="s">
         <v>344</v>
       </c>
-      <c r="E164" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F164" s="2" t="s">
-        <v>33</v>
+        <v>14</v>
       </c>
     </row>
     <row r="165" spans="1:6">
       <c r="A165" s="2">
         <v>159</v>
       </c>
       <c r="B165" s="2">
         <v>375</v>
       </c>
       <c r="C165" s="2">
-        <v>121516</v>
+        <v>121460</v>
       </c>
       <c r="D165" s="2" t="s">
+        <v>345</v>
+      </c>
+      <c r="E165" s="2" t="s">
         <v>346</v>
       </c>
-      <c r="E165" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F165" s="2" t="s">
-        <v>14</v>
+        <v>100</v>
       </c>
     </row>
     <row r="166" spans="1:6">
       <c r="A166" s="2">
         <v>159</v>
       </c>
       <c r="B166" s="2">
         <v>375</v>
       </c>
       <c r="C166" s="2">
-        <v>119026</v>
+        <v>121245</v>
       </c>
       <c r="D166" s="2" t="s">
+        <v>347</v>
+      </c>
+      <c r="E166" s="2" t="s">
         <v>348</v>
       </c>
-      <c r="E166" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F166" s="2" t="s">
-        <v>8</v>
+        <v>83</v>
       </c>
     </row>
     <row r="167" spans="1:6">
       <c r="A167" s="2">
         <v>159</v>
       </c>
       <c r="B167" s="2">
         <v>375</v>
       </c>
       <c r="C167" s="2">
-        <v>121245</v>
+        <v>119026</v>
       </c>
       <c r="D167" s="2" t="s">
+        <v>349</v>
+      </c>
+      <c r="E167" s="2" t="s">
         <v>350</v>
       </c>
-      <c r="E167" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F167" s="2" t="s">
-        <v>83</v>
+        <v>8</v>
       </c>
     </row>
     <row r="168" spans="1:6">
       <c r="A168" s="2">
         <v>159</v>
       </c>
       <c r="B168" s="2">
         <v>375</v>
       </c>
       <c r="C168" s="2">
-        <v>121460</v>
+        <v>103668</v>
       </c>
       <c r="D168" s="2" t="s">
+        <v>351</v>
+      </c>
+      <c r="E168" s="2" t="s">
         <v>352</v>
       </c>
-      <c r="E168" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F168" s="2" t="s">
-        <v>100</v>
+        <v>83</v>
       </c>
     </row>
     <row r="169" spans="1:6">
       <c r="A169" s="2">
         <v>159</v>
       </c>
       <c r="B169" s="2">
         <v>375</v>
       </c>
       <c r="C169" s="2">
-        <v>103668</v>
+        <v>119098</v>
       </c>
       <c r="D169" s="2" t="s">
+        <v>353</v>
+      </c>
+      <c r="E169" s="2" t="s">
         <v>354</v>
       </c>
-      <c r="E169" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F169" s="2" t="s">
-        <v>83</v>
+        <v>67</v>
       </c>
     </row>
     <row r="170" spans="1:6">
       <c r="A170" s="2">
         <v>159</v>
       </c>
       <c r="B170" s="2">
         <v>375</v>
       </c>
       <c r="C170" s="2">
-        <v>119098</v>
+        <v>120752</v>
       </c>
       <c r="D170" s="2" t="s">
+        <v>355</v>
+      </c>
+      <c r="E170" s="2" t="s">
         <v>356</v>
       </c>
-      <c r="E170" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F170" s="2" t="s">
-        <v>67</v>
+        <v>152</v>
       </c>
     </row>
     <row r="171" spans="1:6">
       <c r="A171" s="2">
         <v>159</v>
       </c>
       <c r="B171" s="2">
         <v>375</v>
       </c>
       <c r="C171" s="2">
         <v>111662</v>
       </c>
       <c r="D171" s="2" t="s">
+        <v>357</v>
+      </c>
+      <c r="E171" s="2" t="s">
         <v>358</v>
-      </c>
-[...1 lines deleted...]
-        <v>359</v>
       </c>
       <c r="F171" s="2" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="172" spans="1:6">
       <c r="A172" s="2">
         <v>159</v>
       </c>
       <c r="B172" s="2">
         <v>375</v>
       </c>
       <c r="C172" s="2">
-        <v>120752</v>
+        <v>121402</v>
       </c>
       <c r="D172" s="2" t="s">
+        <v>359</v>
+      </c>
+      <c r="E172" s="2" t="s">
         <v>360</v>
       </c>
-      <c r="E172" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F172" s="2" t="s">
-        <v>152</v>
+        <v>100</v>
       </c>
     </row>
     <row r="173" spans="1:6">
       <c r="A173" s="2">
         <v>159</v>
       </c>
       <c r="B173" s="2">
         <v>375</v>
       </c>
       <c r="C173" s="2">
-        <v>106711</v>
+        <v>118483</v>
       </c>
       <c r="D173" s="2" t="s">
+        <v>361</v>
+      </c>
+      <c r="E173" s="2" t="s">
         <v>362</v>
       </c>
-      <c r="E173" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F173" s="2" t="s">
-        <v>8</v>
+        <v>33</v>
       </c>
     </row>
     <row r="174" spans="1:6">
       <c r="A174" s="2">
         <v>159</v>
       </c>
       <c r="B174" s="2">
         <v>375</v>
       </c>
       <c r="C174" s="2">
-        <v>118483</v>
+        <v>120420</v>
       </c>
       <c r="D174" s="2" t="s">
+        <v>363</v>
+      </c>
+      <c r="E174" s="2" t="s">
         <v>364</v>
       </c>
-      <c r="E174" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F174" s="2" t="s">
-        <v>33</v>
+        <v>95</v>
       </c>
     </row>
     <row r="175" spans="1:6">
       <c r="A175" s="2">
         <v>159</v>
       </c>
       <c r="B175" s="2">
         <v>375</v>
       </c>
       <c r="C175" s="2">
-        <v>121402</v>
+        <v>106711</v>
       </c>
       <c r="D175" s="2" t="s">
+        <v>365</v>
+      </c>
+      <c r="E175" s="2" t="s">
         <v>366</v>
       </c>
-      <c r="E175" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F175" s="2" t="s">
-        <v>100</v>
+        <v>8</v>
       </c>
     </row>
     <row r="176" spans="1:6">
       <c r="A176" s="2">
         <v>159</v>
       </c>
       <c r="B176" s="2">
         <v>375</v>
       </c>
       <c r="C176" s="2">
         <v>104908</v>
       </c>
       <c r="D176" s="2" t="s">
+        <v>367</v>
+      </c>
+      <c r="E176" s="2" t="s">
         <v>368</v>
-      </c>
-[...1 lines deleted...]
-        <v>369</v>
       </c>
       <c r="F176" s="2" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="177" spans="1:6">
       <c r="A177" s="2">
         <v>159</v>
       </c>
       <c r="B177" s="2">
         <v>375</v>
       </c>
       <c r="C177" s="2">
-        <v>120420</v>
+        <v>103732</v>
       </c>
       <c r="D177" s="2" t="s">
+        <v>369</v>
+      </c>
+      <c r="E177" s="2" t="s">
         <v>370</v>
       </c>
-      <c r="E177" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F177" s="2" t="s">
-        <v>95</v>
+        <v>83</v>
       </c>
     </row>
     <row r="178" spans="1:6">
       <c r="A178" s="2">
         <v>159</v>
       </c>
       <c r="B178" s="2">
         <v>375</v>
       </c>
       <c r="C178" s="2">
-        <v>103732</v>
+        <v>118365</v>
       </c>
       <c r="D178" s="2" t="s">
+        <v>371</v>
+      </c>
+      <c r="E178" s="2" t="s">
         <v>372</v>
       </c>
-      <c r="E178" s="2" t="s">
+      <c r="F178" s="2" t="s">
         <v>373</v>
-      </c>
-[...1 lines deleted...]
-        <v>83</v>
       </c>
     </row>
     <row r="179" spans="1:6">
       <c r="A179" s="2">
         <v>179</v>
       </c>
       <c r="B179" s="2">
         <v>362</v>
       </c>
       <c r="C179" s="2">
         <v>100691</v>
       </c>
       <c r="D179" s="2" t="s">
         <v>374</v>
       </c>
       <c r="E179" s="2" t="s">
         <v>375</v>
       </c>
       <c r="F179" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="180" spans="1:6">
       <c r="A180" s="2">
         <v>180</v>
       </c>
       <c r="B180" s="2">
         <v>355</v>
       </c>
       <c r="C180" s="2">
         <v>103414</v>
       </c>
       <c r="D180" s="2" t="s">
         <v>376</v>
       </c>
       <c r="E180" s="2" t="s">
         <v>377</v>
       </c>
       <c r="F180" s="2" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="181" spans="1:6">
       <c r="A181" s="2">
         <v>181</v>
       </c>
       <c r="B181" s="2">
         <v>350</v>
       </c>
       <c r="C181" s="2">
-        <v>120358</v>
+        <v>113079</v>
       </c>
       <c r="D181" s="2" t="s">
         <v>378</v>
       </c>
       <c r="E181" s="2" t="s">
         <v>379</v>
       </c>
       <c r="F181" s="2" t="s">
-        <v>95</v>
+        <v>67</v>
       </c>
     </row>
     <row r="182" spans="1:6">
       <c r="A182" s="2">
         <v>181</v>
       </c>
       <c r="B182" s="2">
         <v>350</v>
       </c>
       <c r="C182" s="2">
-        <v>113079</v>
+        <v>121403</v>
       </c>
       <c r="D182" s="2" t="s">
         <v>380</v>
       </c>
       <c r="E182" s="2" t="s">
         <v>381</v>
       </c>
       <c r="F182" s="2" t="s">
-        <v>67</v>
+        <v>100</v>
       </c>
     </row>
     <row r="183" spans="1:6">
       <c r="A183" s="2">
         <v>181</v>
       </c>
       <c r="B183" s="2">
         <v>350</v>
       </c>
       <c r="C183" s="2">
         <v>103661</v>
       </c>
       <c r="D183" s="2" t="s">
         <v>382</v>
       </c>
       <c r="E183" s="2" t="s">
         <v>383</v>
       </c>
       <c r="F183" s="2" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="184" spans="1:6">
       <c r="A184" s="2">
         <v>181</v>
       </c>
       <c r="B184" s="2">
         <v>350</v>
       </c>
       <c r="C184" s="2">
-        <v>120661</v>
+        <v>118887</v>
       </c>
       <c r="D184" s="2" t="s">
         <v>384</v>
       </c>
       <c r="E184" s="2" t="s">
         <v>385</v>
       </c>
       <c r="F184" s="2" t="s">
-        <v>11</v>
+        <v>386</v>
       </c>
     </row>
     <row r="185" spans="1:6">
       <c r="A185" s="2">
         <v>181</v>
       </c>
       <c r="B185" s="2">
         <v>350</v>
       </c>
       <c r="C185" s="2">
-        <v>121403</v>
+        <v>120661</v>
       </c>
       <c r="D185" s="2" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="E185" s="2" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="F185" s="2" t="s">
-        <v>100</v>
+        <v>11</v>
       </c>
     </row>
     <row r="186" spans="1:6">
       <c r="A186" s="2">
         <v>181</v>
       </c>
       <c r="B186" s="2">
         <v>350</v>
       </c>
       <c r="C186" s="2">
-        <v>118887</v>
+        <v>120753</v>
       </c>
       <c r="D186" s="2" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="E186" s="2" t="s">
-        <v>389</v>
-[...1 lines deleted...]
-      <c r="F186" s="2" t="s">
         <v>390</v>
       </c>
+      <c r="F186" s="2"/>
     </row>
     <row r="187" spans="1:6">
       <c r="A187" s="2">
         <v>181</v>
       </c>
       <c r="B187" s="2">
         <v>350</v>
       </c>
       <c r="C187" s="2">
-        <v>120753</v>
+        <v>118524</v>
       </c>
       <c r="D187" s="2" t="s">
         <v>391</v>
       </c>
       <c r="E187" s="2" t="s">
         <v>392</v>
       </c>
-      <c r="F187" s="2"/>
+      <c r="F187" s="2" t="s">
+        <v>95</v>
+      </c>
     </row>
     <row r="188" spans="1:6">
       <c r="A188" s="2">
         <v>181</v>
       </c>
       <c r="B188" s="2">
         <v>350</v>
       </c>
       <c r="C188" s="2">
-        <v>118524</v>
-[...1 lines deleted...]
-      <c r="D188" s="2" t="s">
+        <v>121173</v>
+      </c>
+      <c r="D188" s="2"/>
+      <c r="E188" s="2" t="s">
         <v>393</v>
       </c>
-      <c r="E188" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F188" s="2" t="s">
-        <v>95</v>
+        <v>152</v>
       </c>
     </row>
     <row r="189" spans="1:6">
       <c r="A189" s="2">
         <v>181</v>
       </c>
       <c r="B189" s="2">
         <v>350</v>
       </c>
       <c r="C189" s="2">
-        <v>104395</v>
+        <v>118825</v>
       </c>
       <c r="D189" s="2" t="s">
+        <v>394</v>
+      </c>
+      <c r="E189" s="2" t="s">
         <v>395</v>
       </c>
-      <c r="E189" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F189" s="2" t="s">
-        <v>14</v>
+        <v>33</v>
       </c>
     </row>
     <row r="190" spans="1:6">
       <c r="A190" s="2">
         <v>181</v>
       </c>
       <c r="B190" s="2">
         <v>350</v>
       </c>
       <c r="C190" s="2">
-        <v>121173</v>
-[...1 lines deleted...]
-      <c r="D190" s="2"/>
+        <v>102632</v>
+      </c>
+      <c r="D190" s="2" t="s">
+        <v>396</v>
+      </c>
       <c r="E190" s="2" t="s">
         <v>397</v>
       </c>
       <c r="F190" s="2" t="s">
-        <v>152</v>
+        <v>95</v>
       </c>
     </row>
     <row r="191" spans="1:6">
       <c r="A191" s="2">
         <v>181</v>
       </c>
       <c r="B191" s="2">
         <v>350</v>
       </c>
       <c r="C191" s="2">
-        <v>118825</v>
+        <v>104395</v>
       </c>
       <c r="D191" s="2" t="s">
         <v>398</v>
       </c>
       <c r="E191" s="2" t="s">
         <v>399</v>
       </c>
       <c r="F191" s="2" t="s">
-        <v>33</v>
+        <v>14</v>
       </c>
     </row>
     <row r="192" spans="1:6">
       <c r="A192" s="2">
         <v>181</v>
       </c>
       <c r="B192" s="2">
         <v>350</v>
       </c>
       <c r="C192" s="2">
-        <v>102632</v>
+        <v>121053</v>
       </c>
       <c r="D192" s="2" t="s">
         <v>400</v>
       </c>
       <c r="E192" s="2" t="s">
         <v>401</v>
       </c>
       <c r="F192" s="2" t="s">
-        <v>95</v>
+        <v>33</v>
       </c>
     </row>
     <row r="193" spans="1:6">
       <c r="A193" s="2">
         <v>181</v>
       </c>
       <c r="B193" s="2">
         <v>350</v>
       </c>
       <c r="C193" s="2">
-        <v>121053</v>
+        <v>121255</v>
       </c>
       <c r="D193" s="2" t="s">
         <v>402</v>
       </c>
       <c r="E193" s="2" t="s">
         <v>403</v>
       </c>
       <c r="F193" s="2" t="s">
-        <v>33</v>
+        <v>95</v>
       </c>
     </row>
     <row r="194" spans="1:6">
       <c r="A194" s="2">
         <v>181</v>
       </c>
       <c r="B194" s="2">
         <v>350</v>
       </c>
       <c r="C194" s="2">
-        <v>121255</v>
+        <v>111752</v>
       </c>
       <c r="D194" s="2" t="s">
         <v>404</v>
       </c>
       <c r="E194" s="2" t="s">
         <v>405</v>
       </c>
       <c r="F194" s="2" t="s">
-        <v>95</v>
+        <v>406</v>
       </c>
     </row>
     <row r="195" spans="1:6">
       <c r="A195" s="2">
         <v>181</v>
       </c>
       <c r="B195" s="2">
         <v>350</v>
       </c>
       <c r="C195" s="2">
-        <v>119027</v>
+        <v>121461</v>
       </c>
       <c r="D195" s="2" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="E195" s="2" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="F195" s="2" t="s">
-        <v>8</v>
+        <v>100</v>
       </c>
     </row>
     <row r="196" spans="1:6">
       <c r="A196" s="2">
         <v>181</v>
       </c>
       <c r="B196" s="2">
         <v>350</v>
       </c>
       <c r="C196" s="2">
-        <v>120809</v>
+        <v>121246</v>
       </c>
       <c r="D196" s="2" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="E196" s="2" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="F196" s="2" t="s">
-        <v>11</v>
+        <v>83</v>
       </c>
     </row>
     <row r="197" spans="1:6">
       <c r="A197" s="2">
         <v>181</v>
       </c>
       <c r="B197" s="2">
         <v>350</v>
       </c>
       <c r="C197" s="2">
-        <v>111752</v>
+        <v>119027</v>
       </c>
       <c r="D197" s="2" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="E197" s="2" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="F197" s="2" t="s">
-        <v>412</v>
+        <v>8</v>
       </c>
     </row>
     <row r="198" spans="1:6">
       <c r="A198" s="2">
         <v>181</v>
       </c>
       <c r="B198" s="2">
         <v>350</v>
       </c>
       <c r="C198" s="2">
-        <v>121246</v>
+        <v>121231</v>
       </c>
       <c r="D198" s="2" t="s">
         <v>413</v>
       </c>
       <c r="E198" s="2" t="s">
         <v>414</v>
       </c>
       <c r="F198" s="2" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="199" spans="1:6">
       <c r="A199" s="2">
         <v>181</v>
       </c>
       <c r="B199" s="2">
         <v>350</v>
       </c>
       <c r="C199" s="2">
-        <v>121461</v>
+        <v>120809</v>
       </c>
       <c r="D199" s="2" t="s">
         <v>415</v>
       </c>
       <c r="E199" s="2" t="s">
         <v>416</v>
       </c>
       <c r="F199" s="2" t="s">
-        <v>100</v>
+        <v>11</v>
       </c>
     </row>
     <row r="200" spans="1:6">
       <c r="A200" s="2">
         <v>181</v>
       </c>
       <c r="B200" s="2">
         <v>350</v>
       </c>
       <c r="C200" s="2">
-        <v>121231</v>
+        <v>120421</v>
       </c>
       <c r="D200" s="2" t="s">
         <v>417</v>
       </c>
       <c r="E200" s="2" t="s">
         <v>418</v>
       </c>
-      <c r="F200" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F200" s="2"/>
     </row>
     <row r="201" spans="1:6">
       <c r="A201" s="2">
         <v>181</v>
       </c>
       <c r="B201" s="2">
         <v>350</v>
       </c>
       <c r="C201" s="2">
-        <v>120350</v>
+        <v>118913</v>
       </c>
       <c r="D201" s="2" t="s">
         <v>419</v>
       </c>
       <c r="E201" s="2" t="s">
         <v>420</v>
       </c>
       <c r="F201" s="2" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="202" spans="1:6">
       <c r="A202" s="2">
         <v>181</v>
       </c>
       <c r="B202" s="2">
         <v>350</v>
       </c>
       <c r="C202" s="2">
-        <v>110132</v>
+        <v>121261</v>
       </c>
       <c r="D202" s="2" t="s">
         <v>421</v>
       </c>
       <c r="E202" s="2" t="s">
         <v>422</v>
       </c>
       <c r="F202" s="2" t="s">
-        <v>11</v>
+        <v>95</v>
       </c>
     </row>
     <row r="203" spans="1:6">
       <c r="A203" s="2">
         <v>181</v>
       </c>
       <c r="B203" s="2">
         <v>350</v>
       </c>
       <c r="C203" s="2">
-        <v>102694</v>
+        <v>120350</v>
       </c>
       <c r="D203" s="2" t="s">
         <v>423</v>
       </c>
       <c r="E203" s="2" t="s">
         <v>424</v>
       </c>
       <c r="F203" s="2" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="204" spans="1:6">
       <c r="A204" s="2">
         <v>181</v>
       </c>
       <c r="B204" s="2">
         <v>350</v>
       </c>
       <c r="C204" s="2">
-        <v>121261</v>
+        <v>110132</v>
       </c>
       <c r="D204" s="2" t="s">
         <v>425</v>
       </c>
       <c r="E204" s="2" t="s">
         <v>426</v>
       </c>
       <c r="F204" s="2" t="s">
-        <v>95</v>
+        <v>11</v>
       </c>
     </row>
     <row r="205" spans="1:6">
       <c r="A205" s="2">
         <v>181</v>
       </c>
       <c r="B205" s="2">
         <v>350</v>
       </c>
       <c r="C205" s="2">
-        <v>120421</v>
+        <v>120358</v>
       </c>
       <c r="D205" s="2" t="s">
         <v>427</v>
       </c>
       <c r="E205" s="2" t="s">
         <v>428</v>
       </c>
-      <c r="F205" s="2"/>
+      <c r="F205" s="2" t="s">
+        <v>95</v>
+      </c>
     </row>
     <row r="206" spans="1:6">
       <c r="A206" s="2">
         <v>181</v>
       </c>
       <c r="B206" s="2">
         <v>350</v>
       </c>
       <c r="C206" s="2">
-        <v>118913</v>
+        <v>102694</v>
       </c>
       <c r="D206" s="2" t="s">
         <v>429</v>
       </c>
       <c r="E206" s="2" t="s">
         <v>430</v>
       </c>
       <c r="F206" s="2" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="207" spans="1:6">
       <c r="A207" s="2">
         <v>207</v>
       </c>
       <c r="B207" s="2">
         <v>345</v>
       </c>
       <c r="C207" s="2">
         <v>115511</v>
       </c>
       <c r="D207" s="2" t="s">
         <v>431</v>
       </c>
       <c r="E207" s="2" t="s">
@@ -12613,318 +12613,318 @@
       </c>
       <c r="B208" s="2">
         <v>342</v>
       </c>
       <c r="C208" s="2">
         <v>108520</v>
       </c>
       <c r="D208" s="2" t="s">
         <v>433</v>
       </c>
       <c r="E208" s="2" t="s">
         <v>434</v>
       </c>
       <c r="F208" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="209" spans="1:6">
       <c r="A209" s="2">
         <v>209</v>
       </c>
       <c r="B209" s="2">
         <v>340</v>
       </c>
       <c r="C209" s="2">
-        <v>118971</v>
+        <v>121054</v>
       </c>
       <c r="D209" s="2" t="s">
         <v>435</v>
       </c>
       <c r="E209" s="2" t="s">
         <v>436</v>
       </c>
       <c r="F209" s="2" t="s">
-        <v>8</v>
+        <v>30</v>
       </c>
     </row>
     <row r="210" spans="1:6">
       <c r="A210" s="2">
         <v>209</v>
       </c>
       <c r="B210" s="2">
         <v>340</v>
       </c>
       <c r="C210" s="2">
-        <v>118914</v>
+        <v>121462</v>
       </c>
       <c r="D210" s="2" t="s">
         <v>437</v>
       </c>
       <c r="E210" s="2" t="s">
-        <v>48</v>
+        <v>438</v>
       </c>
       <c r="F210" s="2" t="s">
-        <v>8</v>
+        <v>100</v>
       </c>
     </row>
     <row r="211" spans="1:6">
       <c r="A211" s="2">
         <v>209</v>
       </c>
       <c r="B211" s="2">
         <v>340</v>
       </c>
       <c r="C211" s="2">
-        <v>120422</v>
+        <v>118971</v>
       </c>
       <c r="D211" s="2" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="E211" s="2" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
       <c r="F211" s="2" t="s">
-        <v>95</v>
+        <v>8</v>
       </c>
     </row>
     <row r="212" spans="1:6">
       <c r="A212" s="2">
         <v>209</v>
       </c>
       <c r="B212" s="2">
         <v>340</v>
       </c>
       <c r="C212" s="2">
-        <v>121054</v>
+        <v>120422</v>
       </c>
       <c r="D212" s="2" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
       <c r="E212" s="2" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="F212" s="2" t="s">
-        <v>30</v>
+        <v>95</v>
       </c>
     </row>
     <row r="213" spans="1:6">
       <c r="A213" s="2">
         <v>209</v>
       </c>
       <c r="B213" s="2">
         <v>340</v>
       </c>
       <c r="C213" s="2">
-        <v>121462</v>
+        <v>121232</v>
       </c>
       <c r="D213" s="2" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="E213" s="2" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="F213" s="2" t="s">
-        <v>100</v>
+        <v>83</v>
       </c>
     </row>
     <row r="214" spans="1:6">
       <c r="A214" s="2">
         <v>209</v>
       </c>
       <c r="B214" s="2">
         <v>340</v>
       </c>
       <c r="C214" s="2">
-        <v>121232</v>
+        <v>118914</v>
       </c>
       <c r="D214" s="2" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
       <c r="E214" s="2" t="s">
-        <v>445</v>
+        <v>48</v>
       </c>
       <c r="F214" s="2" t="s">
-        <v>83</v>
+        <v>8</v>
       </c>
     </row>
     <row r="215" spans="1:6">
       <c r="A215" s="2">
         <v>209</v>
       </c>
       <c r="B215" s="2">
         <v>340</v>
       </c>
       <c r="C215" s="2">
-        <v>119099</v>
+        <v>121262</v>
       </c>
       <c r="D215" s="2" t="s">
+        <v>282</v>
+      </c>
+      <c r="E215" s="2" t="s">
         <v>446</v>
       </c>
-      <c r="E215" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F215" s="2" t="s">
-        <v>67</v>
+        <v>95</v>
       </c>
     </row>
     <row r="216" spans="1:6">
       <c r="A216" s="2">
         <v>209</v>
       </c>
       <c r="B216" s="2">
         <v>340</v>
       </c>
       <c r="C216" s="2">
-        <v>121262</v>
+        <v>119099</v>
       </c>
       <c r="D216" s="2" t="s">
-        <v>284</v>
+        <v>447</v>
       </c>
       <c r="E216" s="2" t="s">
         <v>448</v>
       </c>
       <c r="F216" s="2" t="s">
-        <v>95</v>
+        <v>67</v>
       </c>
     </row>
     <row r="217" spans="1:6">
       <c r="A217" s="2">
         <v>209</v>
       </c>
       <c r="B217" s="2">
         <v>340</v>
       </c>
       <c r="C217" s="2">
-        <v>116895</v>
+        <v>121404</v>
       </c>
       <c r="D217" s="2" t="s">
-        <v>437</v>
+        <v>449</v>
       </c>
       <c r="E217" s="2" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="F217" s="2" t="s">
-        <v>8</v>
+        <v>100</v>
       </c>
     </row>
     <row r="218" spans="1:6">
       <c r="A218" s="2">
         <v>209</v>
       </c>
       <c r="B218" s="2">
         <v>340</v>
       </c>
       <c r="C218" s="2">
         <v>114717</v>
       </c>
       <c r="D218" s="2" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="E218" s="2" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="F218" s="2" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="219" spans="1:6">
       <c r="A219" s="2">
         <v>209</v>
       </c>
       <c r="B219" s="2">
         <v>340</v>
       </c>
       <c r="C219" s="2">
-        <v>121404</v>
+        <v>116895</v>
       </c>
       <c r="D219" s="2" t="s">
-        <v>452</v>
+        <v>445</v>
       </c>
       <c r="E219" s="2" t="s">
         <v>453</v>
       </c>
       <c r="F219" s="2" t="s">
-        <v>100</v>
+        <v>8</v>
       </c>
     </row>
     <row r="220" spans="1:6">
       <c r="A220" s="2">
         <v>209</v>
       </c>
       <c r="B220" s="2">
         <v>340</v>
       </c>
       <c r="C220" s="2">
         <v>118888</v>
       </c>
       <c r="D220" s="2" t="s">
         <v>454</v>
       </c>
       <c r="E220" s="2" t="s">
         <v>455</v>
       </c>
       <c r="F220" s="2" t="s">
-        <v>390</v>
+        <v>386</v>
       </c>
     </row>
     <row r="221" spans="1:6">
       <c r="A221" s="2">
         <v>209</v>
       </c>
       <c r="B221" s="2">
         <v>340</v>
       </c>
       <c r="C221" s="2">
-        <v>112599</v>
-[...1 lines deleted...]
-      <c r="D221" s="2" t="s">
+        <v>121162</v>
+      </c>
+      <c r="D221" s="2"/>
+      <c r="E221" s="2" t="s">
         <v>456</v>
       </c>
-      <c r="E221" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F221" s="2" t="s">
-        <v>458</v>
+        <v>83</v>
       </c>
     </row>
     <row r="222" spans="1:6">
       <c r="A222" s="2">
         <v>209</v>
       </c>
       <c r="B222" s="2">
         <v>340</v>
       </c>
       <c r="C222" s="2">
-        <v>121162</v>
-[...1 lines deleted...]
-      <c r="D222" s="2"/>
+        <v>112599</v>
+      </c>
+      <c r="D222" s="2" t="s">
+        <v>457</v>
+      </c>
       <c r="E222" s="2" t="s">
+        <v>458</v>
+      </c>
+      <c r="F222" s="2" t="s">
         <v>459</v>
-      </c>
-[...1 lines deleted...]
-        <v>83</v>
       </c>
     </row>
     <row r="223" spans="1:6">
       <c r="A223" s="2">
         <v>209</v>
       </c>
       <c r="B223" s="2">
         <v>340</v>
       </c>
       <c r="C223" s="2">
         <v>120851</v>
       </c>
       <c r="D223" s="2" t="s">
         <v>460</v>
       </c>
       <c r="E223" s="2" t="s">
         <v>461</v>
       </c>
       <c r="F223" s="2" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="224" spans="1:6">
       <c r="A224" s="2">
         <v>209</v>
@@ -13009,547 +13009,547 @@
       </c>
       <c r="B228" s="2">
         <v>338</v>
       </c>
       <c r="C228" s="2">
         <v>114251</v>
       </c>
       <c r="D228" s="2" t="s">
         <v>469</v>
       </c>
       <c r="E228" s="2" t="s">
         <v>470</v>
       </c>
       <c r="F228" s="2" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="229" spans="1:6">
       <c r="A229" s="2">
         <v>229</v>
       </c>
       <c r="B229" s="2">
         <v>330</v>
       </c>
       <c r="C229" s="2">
-        <v>121132</v>
+        <v>118591</v>
       </c>
       <c r="D229" s="2" t="s">
         <v>471</v>
       </c>
       <c r="E229" s="2" t="s">
         <v>472</v>
       </c>
-      <c r="F229" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F229" s="2"/>
     </row>
     <row r="230" spans="1:6">
       <c r="A230" s="2">
         <v>229</v>
       </c>
       <c r="B230" s="2">
         <v>330</v>
       </c>
       <c r="C230" s="2">
-        <v>120754</v>
+        <v>118525</v>
       </c>
       <c r="D230" s="2" t="s">
         <v>473</v>
       </c>
       <c r="E230" s="2" t="s">
         <v>474</v>
       </c>
       <c r="F230" s="2" t="s">
-        <v>152</v>
+        <v>95</v>
       </c>
     </row>
     <row r="231" spans="1:6">
       <c r="A231" s="2">
         <v>229</v>
       </c>
       <c r="B231" s="2">
         <v>330</v>
       </c>
       <c r="C231" s="2">
-        <v>118525</v>
-[...1 lines deleted...]
-      <c r="D231" s="2" t="s">
+        <v>121175</v>
+      </c>
+      <c r="D231" s="2"/>
+      <c r="E231" s="2" t="s">
         <v>475</v>
       </c>
-      <c r="E231" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F231" s="2" t="s">
-        <v>95</v>
+        <v>152</v>
       </c>
     </row>
     <row r="232" spans="1:6">
       <c r="A232" s="2">
         <v>229</v>
       </c>
       <c r="B232" s="2">
         <v>330</v>
       </c>
       <c r="C232" s="2">
-        <v>104409</v>
+        <v>121247</v>
       </c>
       <c r="D232" s="2" t="s">
+        <v>476</v>
+      </c>
+      <c r="E232" s="2" t="s">
         <v>477</v>
       </c>
-      <c r="E232" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F232" s="2" t="s">
-        <v>14</v>
+        <v>83</v>
       </c>
     </row>
     <row r="233" spans="1:6">
       <c r="A233" s="2">
         <v>229</v>
       </c>
       <c r="B233" s="2">
         <v>330</v>
       </c>
       <c r="C233" s="2">
-        <v>118591</v>
+        <v>118915</v>
       </c>
       <c r="D233" s="2" t="s">
+        <v>478</v>
+      </c>
+      <c r="E233" s="2" t="s">
         <v>479</v>
       </c>
-      <c r="E233" s="2" t="s">
-[...2 lines deleted...]
-      <c r="F233" s="2"/>
+      <c r="F233" s="2" t="s">
+        <v>67</v>
+      </c>
     </row>
     <row r="234" spans="1:6">
       <c r="A234" s="2">
         <v>229</v>
       </c>
       <c r="B234" s="2">
         <v>330</v>
       </c>
       <c r="C234" s="2">
-        <v>121247</v>
+        <v>104409</v>
       </c>
       <c r="D234" s="2" t="s">
+        <v>480</v>
+      </c>
+      <c r="E234" s="2" t="s">
         <v>481</v>
       </c>
-      <c r="E234" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F234" s="2" t="s">
-        <v>83</v>
+        <v>14</v>
       </c>
     </row>
     <row r="235" spans="1:6">
       <c r="A235" s="2">
         <v>229</v>
       </c>
       <c r="B235" s="2">
         <v>330</v>
       </c>
       <c r="C235" s="2">
-        <v>121175</v>
-[...1 lines deleted...]
-      <c r="D235" s="2"/>
+        <v>121257</v>
+      </c>
+      <c r="D235" s="2" t="s">
+        <v>482</v>
+      </c>
       <c r="E235" s="2" t="s">
         <v>483</v>
       </c>
       <c r="F235" s="2" t="s">
-        <v>152</v>
+        <v>95</v>
       </c>
     </row>
     <row r="236" spans="1:6">
       <c r="A236" s="2">
         <v>229</v>
       </c>
       <c r="B236" s="2">
         <v>330</v>
       </c>
       <c r="C236" s="2">
         <v>120351</v>
       </c>
       <c r="D236" s="2" t="s">
         <v>484</v>
       </c>
       <c r="E236" s="2" t="s">
         <v>485</v>
       </c>
       <c r="F236" s="2" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="237" spans="1:6">
       <c r="A237" s="2">
         <v>229</v>
       </c>
       <c r="B237" s="2">
         <v>330</v>
       </c>
       <c r="C237" s="2">
-        <v>118906</v>
-[...1 lines deleted...]
-      <c r="D237" s="2" t="s">
+        <v>120505</v>
+      </c>
+      <c r="D237" s="2"/>
+      <c r="E237" s="2" t="s">
         <v>486</v>
       </c>
-      <c r="E237" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F237" s="2" t="s">
-        <v>14</v>
+        <v>33</v>
       </c>
     </row>
     <row r="238" spans="1:6">
       <c r="A238" s="2">
         <v>229</v>
       </c>
       <c r="B238" s="2">
         <v>330</v>
       </c>
       <c r="C238" s="2">
-        <v>118915</v>
+        <v>118906</v>
       </c>
       <c r="D238" s="2" t="s">
+        <v>487</v>
+      </c>
+      <c r="E238" s="2" t="s">
         <v>488</v>
       </c>
-      <c r="E238" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F238" s="2" t="s">
-        <v>67</v>
+        <v>14</v>
       </c>
     </row>
     <row r="239" spans="1:6">
       <c r="A239" s="2">
         <v>229</v>
       </c>
       <c r="B239" s="2">
         <v>330</v>
       </c>
       <c r="C239" s="2">
-        <v>120505</v>
-[...1 lines deleted...]
-      <c r="D239" s="2"/>
+        <v>114339</v>
+      </c>
+      <c r="D239" s="2" t="s">
+        <v>489</v>
+      </c>
       <c r="E239" s="2" t="s">
         <v>490</v>
       </c>
       <c r="F239" s="2" t="s">
-        <v>33</v>
+        <v>95</v>
       </c>
     </row>
     <row r="240" spans="1:6">
       <c r="A240" s="2">
         <v>229</v>
       </c>
       <c r="B240" s="2">
         <v>330</v>
       </c>
       <c r="C240" s="2">
-        <v>121257</v>
+        <v>113115</v>
       </c>
       <c r="D240" s="2" t="s">
         <v>491</v>
       </c>
       <c r="E240" s="2" t="s">
         <v>492</v>
       </c>
       <c r="F240" s="2" t="s">
-        <v>95</v>
+        <v>67</v>
       </c>
     </row>
     <row r="241" spans="1:6">
       <c r="A241" s="2">
         <v>229</v>
       </c>
       <c r="B241" s="2">
         <v>330</v>
       </c>
       <c r="C241" s="2">
-        <v>114339</v>
+        <v>121463</v>
       </c>
       <c r="D241" s="2" t="s">
         <v>493</v>
       </c>
       <c r="E241" s="2" t="s">
         <v>494</v>
       </c>
       <c r="F241" s="2" t="s">
-        <v>95</v>
+        <v>100</v>
       </c>
     </row>
     <row r="242" spans="1:6">
       <c r="A242" s="2">
         <v>229</v>
       </c>
       <c r="B242" s="2">
         <v>330</v>
       </c>
       <c r="C242" s="2">
-        <v>113115</v>
+        <v>119154</v>
       </c>
       <c r="D242" s="2" t="s">
         <v>495</v>
       </c>
       <c r="E242" s="2" t="s">
         <v>496</v>
       </c>
       <c r="F242" s="2" t="s">
-        <v>67</v>
+        <v>14</v>
       </c>
     </row>
     <row r="243" spans="1:6">
       <c r="A243" s="2">
         <v>229</v>
       </c>
       <c r="B243" s="2">
         <v>330</v>
       </c>
       <c r="C243" s="2">
-        <v>119154</v>
+        <v>104980</v>
       </c>
       <c r="D243" s="2" t="s">
+        <v>265</v>
+      </c>
+      <c r="E243" s="2" t="s">
         <v>497</v>
       </c>
-      <c r="E243" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F243" s="2" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
     </row>
     <row r="244" spans="1:6">
       <c r="A244" s="2">
         <v>229</v>
       </c>
       <c r="B244" s="2">
         <v>330</v>
       </c>
       <c r="C244" s="2">
-        <v>104980</v>
+        <v>121233</v>
       </c>
       <c r="D244" s="2" t="s">
-        <v>261</v>
+        <v>498</v>
       </c>
       <c r="E244" s="2" t="s">
         <v>499</v>
       </c>
       <c r="F244" s="2" t="s">
-        <v>8</v>
+        <v>83</v>
       </c>
     </row>
     <row r="245" spans="1:6">
       <c r="A245" s="2">
         <v>229</v>
       </c>
       <c r="B245" s="2">
         <v>330</v>
       </c>
       <c r="C245" s="2">
-        <v>121463</v>
+        <v>114449</v>
       </c>
       <c r="D245" s="2" t="s">
         <v>500</v>
       </c>
       <c r="E245" s="2" t="s">
         <v>501</v>
       </c>
       <c r="F245" s="2" t="s">
-        <v>100</v>
+        <v>95</v>
       </c>
     </row>
     <row r="246" spans="1:6">
       <c r="A246" s="2">
         <v>229</v>
       </c>
       <c r="B246" s="2">
         <v>330</v>
       </c>
       <c r="C246" s="2">
-        <v>121233</v>
+        <v>119100</v>
       </c>
       <c r="D246" s="2" t="s">
         <v>502</v>
       </c>
       <c r="E246" s="2" t="s">
         <v>503</v>
       </c>
       <c r="F246" s="2" t="s">
-        <v>83</v>
+        <v>67</v>
       </c>
     </row>
     <row r="247" spans="1:6">
       <c r="A247" s="2">
         <v>229</v>
       </c>
       <c r="B247" s="2">
         <v>330</v>
       </c>
       <c r="C247" s="2">
-        <v>119100</v>
+        <v>121517</v>
       </c>
       <c r="D247" s="2" t="s">
         <v>504</v>
       </c>
       <c r="E247" s="2" t="s">
         <v>505</v>
       </c>
       <c r="F247" s="2" t="s">
-        <v>67</v>
+        <v>14</v>
       </c>
     </row>
     <row r="248" spans="1:6">
       <c r="A248" s="2">
         <v>229</v>
       </c>
       <c r="B248" s="2">
         <v>330</v>
       </c>
       <c r="C248" s="2">
-        <v>114449</v>
+        <v>121405</v>
       </c>
       <c r="D248" s="2" t="s">
         <v>506</v>
       </c>
       <c r="E248" s="2" t="s">
         <v>507</v>
       </c>
       <c r="F248" s="2" t="s">
-        <v>95</v>
+        <v>100</v>
       </c>
     </row>
     <row r="249" spans="1:6">
       <c r="A249" s="2">
         <v>229</v>
       </c>
       <c r="B249" s="2">
         <v>330</v>
       </c>
       <c r="C249" s="2">
-        <v>121517</v>
+        <v>106727</v>
       </c>
       <c r="D249" s="2" t="s">
         <v>508</v>
       </c>
       <c r="E249" s="2" t="s">
         <v>509</v>
       </c>
       <c r="F249" s="2" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
     </row>
     <row r="250" spans="1:6">
       <c r="A250" s="2">
         <v>229</v>
       </c>
       <c r="B250" s="2">
         <v>330</v>
       </c>
       <c r="C250" s="2">
-        <v>106727</v>
+        <v>118890</v>
       </c>
       <c r="D250" s="2" t="s">
         <v>510</v>
       </c>
       <c r="E250" s="2" t="s">
         <v>511</v>
       </c>
       <c r="F250" s="2" t="s">
-        <v>8</v>
+        <v>386</v>
       </c>
     </row>
     <row r="251" spans="1:6">
       <c r="A251" s="2">
         <v>229</v>
       </c>
       <c r="B251" s="2">
         <v>330</v>
       </c>
       <c r="C251" s="2">
-        <v>121405</v>
-[...1 lines deleted...]
-      <c r="D251" s="2" t="s">
+        <v>121163</v>
+      </c>
+      <c r="D251" s="2"/>
+      <c r="E251" s="2" t="s">
         <v>512</v>
       </c>
-      <c r="E251" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F251" s="2" t="s">
-        <v>100</v>
+        <v>83</v>
       </c>
     </row>
     <row r="252" spans="1:6">
       <c r="A252" s="2">
         <v>229</v>
       </c>
       <c r="B252" s="2">
         <v>330</v>
       </c>
       <c r="C252" s="2">
-        <v>118890</v>
+        <v>119109</v>
       </c>
       <c r="D252" s="2" t="s">
+        <v>513</v>
+      </c>
+      <c r="E252" s="2" t="s">
         <v>514</v>
       </c>
-      <c r="E252" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F252" s="2" t="s">
-        <v>390</v>
+        <v>14</v>
       </c>
     </row>
     <row r="253" spans="1:6">
       <c r="A253" s="2">
         <v>229</v>
       </c>
       <c r="B253" s="2">
         <v>330</v>
       </c>
       <c r="C253" s="2">
-        <v>119109</v>
+        <v>120754</v>
       </c>
       <c r="D253" s="2" t="s">
+        <v>515</v>
+      </c>
+      <c r="E253" s="2" t="s">
         <v>516</v>
       </c>
-      <c r="E253" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F253" s="2" t="s">
-        <v>14</v>
+        <v>152</v>
       </c>
     </row>
     <row r="254" spans="1:6">
       <c r="A254" s="2">
         <v>229</v>
       </c>
       <c r="B254" s="2">
         <v>330</v>
       </c>
       <c r="C254" s="2">
-        <v>121163</v>
-[...1 lines deleted...]
-      <c r="D254" s="2"/>
+        <v>121132</v>
+      </c>
+      <c r="D254" s="2" t="s">
+        <v>517</v>
+      </c>
       <c r="E254" s="2" t="s">
         <v>518</v>
       </c>
       <c r="F254" s="2" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="255" spans="1:6">
       <c r="A255" s="2">
         <v>255</v>
       </c>
       <c r="B255" s="2">
         <v>325</v>
       </c>
       <c r="C255" s="2">
         <v>108723</v>
       </c>
       <c r="D255" s="2" t="s">
         <v>519</v>
       </c>
       <c r="E255" s="2" t="s">
         <v>520</v>
       </c>
       <c r="F255" s="2" t="s">
         <v>33</v>
@@ -13577,4896 +13577,4896 @@
       </c>
       <c r="B257" s="2">
         <v>320</v>
       </c>
       <c r="C257" s="2">
         <v>115226</v>
       </c>
       <c r="D257" s="2" t="s">
         <v>522</v>
       </c>
       <c r="E257" s="2" t="s">
         <v>523</v>
       </c>
       <c r="F257" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="258" spans="1:6">
       <c r="A258" s="2">
         <v>257</v>
       </c>
       <c r="B258" s="2">
         <v>320</v>
       </c>
       <c r="C258" s="2">
-        <v>108066</v>
+        <v>116887</v>
       </c>
       <c r="D258" s="2" t="s">
         <v>524</v>
       </c>
       <c r="E258" s="2" t="s">
         <v>525</v>
       </c>
       <c r="F258" s="2" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
     </row>
     <row r="259" spans="1:6">
       <c r="A259" s="2">
         <v>257</v>
       </c>
       <c r="B259" s="2">
         <v>320</v>
       </c>
       <c r="C259" s="2">
-        <v>121597</v>
+        <v>120424</v>
       </c>
       <c r="D259" s="2" t="s">
-        <v>460</v>
+        <v>526</v>
       </c>
       <c r="E259" s="2" t="s">
-        <v>461</v>
-[...3 lines deleted...]
-      </c>
+        <v>85</v>
+      </c>
+      <c r="F259" s="2"/>
     </row>
     <row r="260" spans="1:6">
       <c r="A260" s="2">
         <v>257</v>
       </c>
       <c r="B260" s="2">
         <v>320</v>
       </c>
       <c r="C260" s="2">
-        <v>116887</v>
+        <v>118592</v>
       </c>
       <c r="D260" s="2" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
       <c r="E260" s="2" t="s">
-        <v>527</v>
+        <v>528</v>
       </c>
       <c r="F260" s="2" t="s">
-        <v>8</v>
+        <v>95</v>
       </c>
     </row>
     <row r="261" spans="1:6">
       <c r="A261" s="2">
         <v>257</v>
       </c>
       <c r="B261" s="2">
         <v>320</v>
       </c>
       <c r="C261" s="2">
-        <v>121406</v>
-[...3 lines deleted...]
-      </c>
+        <v>121164</v>
+      </c>
+      <c r="D261" s="2"/>
       <c r="E261" s="2" t="s">
         <v>529</v>
       </c>
       <c r="F261" s="2" t="s">
-        <v>100</v>
+        <v>83</v>
       </c>
     </row>
     <row r="262" spans="1:6">
       <c r="A262" s="2">
         <v>257</v>
       </c>
       <c r="B262" s="2">
         <v>320</v>
       </c>
       <c r="C262" s="2">
-        <v>118592</v>
+        <v>120755</v>
       </c>
       <c r="D262" s="2" t="s">
         <v>530</v>
       </c>
       <c r="E262" s="2" t="s">
         <v>531</v>
       </c>
       <c r="F262" s="2" t="s">
-        <v>95</v>
+        <v>152</v>
       </c>
     </row>
     <row r="263" spans="1:6">
       <c r="A263" s="2">
         <v>257</v>
       </c>
       <c r="B263" s="2">
         <v>320</v>
       </c>
       <c r="C263" s="2">
-        <v>121164</v>
-[...1 lines deleted...]
-      <c r="D263" s="2"/>
+        <v>121133</v>
+      </c>
+      <c r="D263" s="2" t="s">
+        <v>532</v>
+      </c>
       <c r="E263" s="2" t="s">
-        <v>532</v>
+        <v>533</v>
       </c>
       <c r="F263" s="2" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="264" spans="1:6">
       <c r="A264" s="2">
         <v>257</v>
       </c>
       <c r="B264" s="2">
         <v>320</v>
       </c>
       <c r="C264" s="2">
-        <v>120424</v>
+        <v>118655</v>
       </c>
       <c r="D264" s="2" t="s">
-        <v>533</v>
+        <v>534</v>
       </c>
       <c r="E264" s="2" t="s">
-        <v>85</v>
-[...1 lines deleted...]
-      <c r="F264" s="2"/>
+        <v>535</v>
+      </c>
+      <c r="F264" s="2" t="s">
+        <v>11</v>
+      </c>
     </row>
     <row r="265" spans="1:6">
       <c r="A265" s="2">
         <v>257</v>
       </c>
       <c r="B265" s="2">
         <v>320</v>
       </c>
       <c r="C265" s="2">
-        <v>118655</v>
+        <v>110133</v>
       </c>
       <c r="D265" s="2" t="s">
-        <v>534</v>
+        <v>144</v>
       </c>
       <c r="E265" s="2" t="s">
-        <v>535</v>
+        <v>536</v>
       </c>
       <c r="F265" s="2" t="s">
-        <v>11</v>
+        <v>146</v>
       </c>
     </row>
     <row r="266" spans="1:6">
       <c r="A266" s="2">
         <v>257</v>
       </c>
       <c r="B266" s="2">
         <v>320</v>
       </c>
       <c r="C266" s="2">
-        <v>121133</v>
+        <v>118526</v>
       </c>
       <c r="D266" s="2" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
       <c r="E266" s="2" t="s">
-        <v>537</v>
+        <v>538</v>
       </c>
       <c r="F266" s="2" t="s">
-        <v>83</v>
+        <v>95</v>
       </c>
     </row>
     <row r="267" spans="1:6">
       <c r="A267" s="2">
         <v>257</v>
       </c>
       <c r="B267" s="2">
         <v>320</v>
       </c>
       <c r="C267" s="2">
-        <v>120755</v>
-[...3 lines deleted...]
-      </c>
+        <v>121177</v>
+      </c>
+      <c r="D267" s="2"/>
       <c r="E267" s="2" t="s">
         <v>539</v>
       </c>
       <c r="F267" s="2" t="s">
         <v>152</v>
       </c>
     </row>
     <row r="268" spans="1:6">
       <c r="A268" s="2">
         <v>257</v>
       </c>
       <c r="B268" s="2">
         <v>320</v>
       </c>
       <c r="C268" s="2">
-        <v>110133</v>
+        <v>121248</v>
       </c>
       <c r="D268" s="2" t="s">
-        <v>144</v>
+        <v>540</v>
       </c>
       <c r="E268" s="2" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
       <c r="F268" s="2" t="s">
-        <v>146</v>
+        <v>83</v>
       </c>
     </row>
     <row r="269" spans="1:6">
       <c r="A269" s="2">
         <v>257</v>
       </c>
       <c r="B269" s="2">
         <v>320</v>
       </c>
       <c r="C269" s="2">
-        <v>118526</v>
+        <v>118405</v>
       </c>
       <c r="D269" s="2" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
       <c r="E269" s="2" t="s">
-        <v>542</v>
+        <v>543</v>
       </c>
       <c r="F269" s="2" t="s">
-        <v>95</v>
+        <v>33</v>
       </c>
     </row>
     <row r="270" spans="1:6">
       <c r="A270" s="2">
         <v>257</v>
       </c>
       <c r="B270" s="2">
         <v>320</v>
       </c>
       <c r="C270" s="2">
-        <v>113843</v>
+        <v>101016</v>
       </c>
       <c r="D270" s="2" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
       <c r="E270" s="2" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="F270" s="2" t="s">
-        <v>14</v>
+        <v>67</v>
       </c>
     </row>
     <row r="271" spans="1:6">
       <c r="A271" s="2">
         <v>257</v>
       </c>
       <c r="B271" s="2">
         <v>320</v>
       </c>
       <c r="C271" s="2">
-        <v>121248</v>
+        <v>113843</v>
       </c>
       <c r="D271" s="2" t="s">
-        <v>545</v>
+        <v>546</v>
       </c>
       <c r="E271" s="2" t="s">
-        <v>546</v>
+        <v>547</v>
       </c>
       <c r="F271" s="2" t="s">
-        <v>83</v>
+        <v>14</v>
       </c>
     </row>
     <row r="272" spans="1:6">
       <c r="A272" s="2">
         <v>257</v>
       </c>
       <c r="B272" s="2">
         <v>320</v>
       </c>
       <c r="C272" s="2">
-        <v>121177</v>
-[...1 lines deleted...]
-      <c r="D272" s="2"/>
+        <v>118891</v>
+      </c>
+      <c r="D272" s="2" t="s">
+        <v>548</v>
+      </c>
       <c r="E272" s="2" t="s">
-        <v>547</v>
+        <v>549</v>
       </c>
       <c r="F272" s="2" t="s">
-        <v>152</v>
+        <v>550</v>
       </c>
     </row>
     <row r="273" spans="1:6">
       <c r="A273" s="2">
         <v>257</v>
       </c>
       <c r="B273" s="2">
         <v>320</v>
       </c>
       <c r="C273" s="2">
         <v>120352</v>
       </c>
       <c r="D273" s="2" t="s">
-        <v>548</v>
+        <v>551</v>
       </c>
       <c r="E273" s="2" t="s">
-        <v>548</v>
+        <v>551</v>
       </c>
       <c r="F273" s="2" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="274" spans="1:6">
       <c r="A274" s="2">
         <v>257</v>
       </c>
       <c r="B274" s="2">
         <v>320</v>
       </c>
       <c r="C274" s="2">
-        <v>118405</v>
+        <v>120721</v>
       </c>
       <c r="D274" s="2" t="s">
-        <v>549</v>
+        <v>552</v>
       </c>
       <c r="E274" s="2" t="s">
-        <v>550</v>
+        <v>553</v>
       </c>
       <c r="F274" s="2" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="275" spans="1:6">
       <c r="A275" s="2">
         <v>257</v>
       </c>
       <c r="B275" s="2">
         <v>320</v>
       </c>
       <c r="C275" s="2">
-        <v>101016</v>
+        <v>114719</v>
       </c>
       <c r="D275" s="2" t="s">
-        <v>551</v>
+        <v>55</v>
       </c>
       <c r="E275" s="2" t="s">
-        <v>552</v>
+        <v>554</v>
       </c>
       <c r="F275" s="2" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="276" spans="1:6">
       <c r="A276" s="2">
         <v>257</v>
       </c>
       <c r="B276" s="2">
         <v>320</v>
       </c>
       <c r="C276" s="2">
-        <v>120721</v>
+        <v>121464</v>
       </c>
       <c r="D276" s="2" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="E276" s="2" t="s">
-        <v>554</v>
+        <v>556</v>
       </c>
       <c r="F276" s="2" t="s">
-        <v>33</v>
+        <v>100</v>
       </c>
     </row>
     <row r="277" spans="1:6">
       <c r="A277" s="2">
         <v>257</v>
       </c>
       <c r="B277" s="2">
         <v>320</v>
       </c>
       <c r="C277" s="2">
-        <v>118891</v>
+        <v>112232</v>
       </c>
       <c r="D277" s="2" t="s">
-        <v>555</v>
+        <v>557</v>
       </c>
       <c r="E277" s="2" t="s">
-        <v>556</v>
+        <v>558</v>
       </c>
       <c r="F277" s="2" t="s">
-        <v>557</v>
+        <v>14</v>
       </c>
     </row>
     <row r="278" spans="1:6">
       <c r="A278" s="2">
         <v>257</v>
       </c>
       <c r="B278" s="2">
         <v>320</v>
       </c>
       <c r="C278" s="2">
-        <v>114719</v>
+        <v>104871</v>
       </c>
       <c r="D278" s="2" t="s">
-        <v>55</v>
+        <v>559</v>
       </c>
       <c r="E278" s="2" t="s">
-        <v>558</v>
+        <v>560</v>
       </c>
       <c r="F278" s="2" t="s">
-        <v>67</v>
+        <v>8</v>
       </c>
     </row>
     <row r="279" spans="1:6">
       <c r="A279" s="2">
         <v>257</v>
       </c>
       <c r="B279" s="2">
         <v>320</v>
       </c>
       <c r="C279" s="2">
-        <v>112232</v>
+        <v>121234</v>
       </c>
       <c r="D279" s="2" t="s">
-        <v>559</v>
+        <v>561</v>
       </c>
       <c r="E279" s="2" t="s">
-        <v>560</v>
+        <v>562</v>
       </c>
       <c r="F279" s="2" t="s">
-        <v>14</v>
+        <v>83</v>
       </c>
     </row>
     <row r="280" spans="1:6">
       <c r="A280" s="2">
         <v>257</v>
       </c>
       <c r="B280" s="2">
         <v>320</v>
       </c>
       <c r="C280" s="2">
-        <v>104871</v>
+        <v>118435</v>
       </c>
       <c r="D280" s="2" t="s">
-        <v>561</v>
+        <v>563</v>
       </c>
       <c r="E280" s="2" t="s">
-        <v>562</v>
+        <v>564</v>
       </c>
       <c r="F280" s="2" t="s">
-        <v>8</v>
+        <v>95</v>
       </c>
     </row>
     <row r="281" spans="1:6">
       <c r="A281" s="2">
         <v>257</v>
       </c>
       <c r="B281" s="2">
         <v>320</v>
       </c>
       <c r="C281" s="2">
-        <v>121464</v>
+        <v>119101</v>
       </c>
       <c r="D281" s="2" t="s">
-        <v>563</v>
+        <v>565</v>
       </c>
       <c r="E281" s="2" t="s">
-        <v>564</v>
+        <v>566</v>
       </c>
       <c r="F281" s="2" t="s">
-        <v>100</v>
+        <v>67</v>
       </c>
     </row>
     <row r="282" spans="1:6">
       <c r="A282" s="2">
         <v>257</v>
       </c>
       <c r="B282" s="2">
         <v>320</v>
       </c>
       <c r="C282" s="2">
-        <v>121234</v>
+        <v>108066</v>
       </c>
       <c r="D282" s="2" t="s">
-        <v>565</v>
+        <v>567</v>
       </c>
       <c r="E282" s="2" t="s">
-        <v>566</v>
+        <v>568</v>
       </c>
       <c r="F282" s="2" t="s">
-        <v>83</v>
+        <v>14</v>
       </c>
     </row>
     <row r="283" spans="1:6">
       <c r="A283" s="2">
         <v>257</v>
       </c>
       <c r="B283" s="2">
         <v>320</v>
       </c>
       <c r="C283" s="2">
-        <v>119101</v>
+        <v>121597</v>
       </c>
       <c r="D283" s="2" t="s">
-        <v>567</v>
+        <v>460</v>
       </c>
       <c r="E283" s="2" t="s">
-        <v>568</v>
+        <v>461</v>
       </c>
       <c r="F283" s="2" t="s">
-        <v>67</v>
+        <v>36</v>
       </c>
     </row>
     <row r="284" spans="1:6">
       <c r="A284" s="2">
         <v>257</v>
       </c>
       <c r="B284" s="2">
         <v>320</v>
       </c>
       <c r="C284" s="2">
-        <v>118435</v>
+        <v>121406</v>
       </c>
       <c r="D284" s="2" t="s">
         <v>569</v>
       </c>
       <c r="E284" s="2" t="s">
         <v>570</v>
       </c>
       <c r="F284" s="2" t="s">
-        <v>95</v>
+        <v>100</v>
       </c>
     </row>
     <row r="285" spans="1:6">
       <c r="A285" s="2">
         <v>286</v>
       </c>
       <c r="B285" s="2">
         <v>310</v>
       </c>
       <c r="C285" s="2">
-        <v>119029</v>
+        <v>121465</v>
       </c>
       <c r="D285" s="2" t="s">
         <v>571</v>
       </c>
       <c r="E285" s="2" t="s">
-        <v>572</v>
+        <v>262</v>
       </c>
       <c r="F285" s="2" t="s">
-        <v>8</v>
+        <v>100</v>
       </c>
     </row>
     <row r="286" spans="1:6">
       <c r="A286" s="2">
         <v>286</v>
       </c>
       <c r="B286" s="2">
         <v>310</v>
       </c>
       <c r="C286" s="2">
-        <v>118893</v>
+        <v>119029</v>
       </c>
       <c r="D286" s="2" t="s">
+        <v>572</v>
+      </c>
+      <c r="E286" s="2" t="s">
         <v>573</v>
       </c>
-      <c r="E286" s="2" t="s">
-[...2 lines deleted...]
-      <c r="F286" s="2"/>
+      <c r="F286" s="2" t="s">
+        <v>8</v>
+      </c>
     </row>
     <row r="287" spans="1:6">
       <c r="A287" s="2">
         <v>286</v>
       </c>
       <c r="B287" s="2">
         <v>310</v>
       </c>
       <c r="C287" s="2">
-        <v>121465</v>
+        <v>121235</v>
       </c>
       <c r="D287" s="2" t="s">
+        <v>574</v>
+      </c>
+      <c r="E287" s="2" t="s">
         <v>575</v>
       </c>
-      <c r="E287" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F287" s="2" t="s">
-        <v>100</v>
+        <v>83</v>
       </c>
     </row>
     <row r="288" spans="1:6">
       <c r="A288" s="2">
         <v>286</v>
       </c>
       <c r="B288" s="2">
         <v>310</v>
       </c>
       <c r="C288" s="2">
-        <v>121235</v>
+        <v>121055</v>
       </c>
       <c r="D288" s="2" t="s">
         <v>576</v>
       </c>
       <c r="E288" s="2" t="s">
         <v>577</v>
       </c>
       <c r="F288" s="2" t="s">
-        <v>83</v>
+        <v>578</v>
       </c>
     </row>
     <row r="289" spans="1:6">
       <c r="A289" s="2">
         <v>286</v>
       </c>
       <c r="B289" s="2">
         <v>310</v>
       </c>
       <c r="C289" s="2">
-        <v>119102</v>
+        <v>112468</v>
       </c>
       <c r="D289" s="2" t="s">
-        <v>578</v>
+        <v>579</v>
       </c>
       <c r="E289" s="2" t="s">
-        <v>578</v>
-[...3 lines deleted...]
-      </c>
+        <v>580</v>
+      </c>
+      <c r="F289" s="2"/>
     </row>
     <row r="290" spans="1:6">
       <c r="A290" s="2">
         <v>286</v>
       </c>
       <c r="B290" s="2">
         <v>310</v>
       </c>
       <c r="C290" s="2">
-        <v>121055</v>
+        <v>119102</v>
       </c>
       <c r="D290" s="2" t="s">
-        <v>579</v>
+        <v>581</v>
       </c>
       <c r="E290" s="2" t="s">
-        <v>580</v>
+        <v>581</v>
       </c>
       <c r="F290" s="2" t="s">
-        <v>581</v>
+        <v>67</v>
       </c>
     </row>
     <row r="291" spans="1:6">
       <c r="A291" s="2">
         <v>286</v>
       </c>
       <c r="B291" s="2">
         <v>310</v>
       </c>
       <c r="C291" s="2">
-        <v>112468</v>
+        <v>118917</v>
       </c>
       <c r="D291" s="2" t="s">
+        <v>96</v>
+      </c>
+      <c r="E291" s="2" t="s">
         <v>582</v>
-      </c>
-[...1 lines deleted...]
-        <v>583</v>
       </c>
       <c r="F291" s="2"/>
     </row>
     <row r="292" spans="1:6">
       <c r="A292" s="2">
         <v>286</v>
       </c>
       <c r="B292" s="2">
         <v>310</v>
       </c>
       <c r="C292" s="2">
         <v>121518</v>
       </c>
       <c r="D292" s="2" t="s">
+        <v>583</v>
+      </c>
+      <c r="E292" s="2" t="s">
         <v>584</v>
-      </c>
-[...1 lines deleted...]
-        <v>585</v>
       </c>
       <c r="F292" s="2" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="293" spans="1:6">
       <c r="A293" s="2">
         <v>286</v>
       </c>
       <c r="B293" s="2">
         <v>310</v>
       </c>
       <c r="C293" s="2">
         <v>120360</v>
       </c>
       <c r="D293" s="2" t="s">
+        <v>585</v>
+      </c>
+      <c r="E293" s="2" t="s">
         <v>586</v>
-      </c>
-[...1 lines deleted...]
-        <v>587</v>
       </c>
       <c r="F293" s="2" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="294" spans="1:6">
       <c r="A294" s="2">
         <v>286</v>
       </c>
       <c r="B294" s="2">
         <v>310</v>
       </c>
       <c r="C294" s="2">
-        <v>116948</v>
+        <v>121407</v>
       </c>
       <c r="D294" s="2" t="s">
+        <v>587</v>
+      </c>
+      <c r="E294" s="2" t="s">
         <v>588</v>
       </c>
-      <c r="E294" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F294" s="2" t="s">
-        <v>8</v>
+        <v>100</v>
       </c>
     </row>
     <row r="295" spans="1:6">
       <c r="A295" s="2">
         <v>286</v>
       </c>
       <c r="B295" s="2">
         <v>310</v>
       </c>
       <c r="C295" s="2">
-        <v>118917</v>
+        <v>113379</v>
       </c>
       <c r="D295" s="2" t="s">
-        <v>96</v>
+        <v>589</v>
       </c>
       <c r="E295" s="2" t="s">
         <v>590</v>
       </c>
-      <c r="F295" s="2"/>
+      <c r="F295" s="2" t="s">
+        <v>30</v>
+      </c>
     </row>
     <row r="296" spans="1:6">
       <c r="A296" s="2">
         <v>286</v>
       </c>
       <c r="B296" s="2">
         <v>310</v>
       </c>
       <c r="C296" s="2">
-        <v>121407</v>
+        <v>116948</v>
       </c>
       <c r="D296" s="2" t="s">
         <v>591</v>
       </c>
       <c r="E296" s="2" t="s">
         <v>592</v>
       </c>
       <c r="F296" s="2" t="s">
-        <v>100</v>
+        <v>8</v>
       </c>
     </row>
     <row r="297" spans="1:6">
       <c r="A297" s="2">
         <v>286</v>
       </c>
       <c r="B297" s="2">
         <v>310</v>
       </c>
       <c r="C297" s="2">
-        <v>113379</v>
+        <v>120425</v>
       </c>
       <c r="D297" s="2" t="s">
         <v>593</v>
       </c>
       <c r="E297" s="2" t="s">
         <v>594</v>
       </c>
-      <c r="F297" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F297" s="2"/>
     </row>
     <row r="298" spans="1:6">
       <c r="A298" s="2">
         <v>286</v>
       </c>
       <c r="B298" s="2">
         <v>310</v>
       </c>
       <c r="C298" s="2">
         <v>114331</v>
       </c>
       <c r="D298" s="2" t="s">
         <v>595</v>
       </c>
       <c r="E298" s="2" t="s">
         <v>596</v>
       </c>
       <c r="F298" s="2" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="299" spans="1:6">
       <c r="A299" s="2">
         <v>286</v>
       </c>
       <c r="B299" s="2">
         <v>310</v>
       </c>
       <c r="C299" s="2">
-        <v>120425</v>
-[...1 lines deleted...]
-      <c r="D299" s="2" t="s">
+        <v>121178</v>
+      </c>
+      <c r="D299" s="2"/>
+      <c r="E299" s="2" t="s">
         <v>597</v>
-      </c>
-[...1 lines deleted...]
-        <v>598</v>
       </c>
       <c r="F299" s="2"/>
     </row>
     <row r="300" spans="1:6">
       <c r="A300" s="2">
         <v>286</v>
       </c>
       <c r="B300" s="2">
         <v>310</v>
       </c>
       <c r="C300" s="2">
-        <v>121178</v>
-[...1 lines deleted...]
-      <c r="D300" s="2"/>
+        <v>121134</v>
+      </c>
+      <c r="D300" s="2" t="s">
+        <v>598</v>
+      </c>
       <c r="E300" s="2" t="s">
         <v>599</v>
       </c>
-      <c r="F300" s="2"/>
+      <c r="F300" s="2" t="s">
+        <v>83</v>
+      </c>
     </row>
     <row r="301" spans="1:6">
       <c r="A301" s="2">
         <v>286</v>
       </c>
       <c r="B301" s="2">
         <v>310</v>
       </c>
       <c r="C301" s="2">
-        <v>121134</v>
+        <v>118527</v>
       </c>
       <c r="D301" s="2" t="s">
         <v>600</v>
       </c>
       <c r="E301" s="2" t="s">
         <v>601</v>
       </c>
       <c r="F301" s="2" t="s">
-        <v>83</v>
+        <v>95</v>
       </c>
     </row>
     <row r="302" spans="1:6">
       <c r="A302" s="2">
         <v>286</v>
       </c>
       <c r="B302" s="2">
         <v>310</v>
       </c>
       <c r="C302" s="2">
-        <v>118527</v>
+        <v>118828</v>
       </c>
       <c r="D302" s="2" t="s">
         <v>602</v>
       </c>
       <c r="E302" s="2" t="s">
         <v>603</v>
       </c>
       <c r="F302" s="2" t="s">
-        <v>95</v>
+        <v>33</v>
       </c>
     </row>
     <row r="303" spans="1:6">
       <c r="A303" s="2">
         <v>286</v>
       </c>
       <c r="B303" s="2">
         <v>310</v>
       </c>
       <c r="C303" s="2">
         <v>120325</v>
       </c>
       <c r="D303" s="2" t="s">
         <v>604</v>
       </c>
       <c r="E303" s="2" t="s">
         <v>605</v>
       </c>
       <c r="F303" s="2" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="304" spans="1:6">
       <c r="A304" s="2">
         <v>286</v>
       </c>
       <c r="B304" s="2">
         <v>310</v>
       </c>
       <c r="C304" s="2">
         <v>120353</v>
       </c>
       <c r="D304" s="2" t="s">
         <v>606</v>
       </c>
       <c r="E304" s="2" t="s">
         <v>607</v>
       </c>
       <c r="F304" s="2" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="305" spans="1:6">
       <c r="A305" s="2">
         <v>286</v>
       </c>
       <c r="B305" s="2">
         <v>310</v>
       </c>
       <c r="C305" s="2">
-        <v>118828</v>
+        <v>120722</v>
       </c>
       <c r="D305" s="2" t="s">
         <v>608</v>
       </c>
       <c r="E305" s="2" t="s">
         <v>609</v>
       </c>
       <c r="F305" s="2" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="306" spans="1:6">
       <c r="A306" s="2">
         <v>286</v>
       </c>
       <c r="B306" s="2">
         <v>310</v>
       </c>
       <c r="C306" s="2">
-        <v>120722</v>
+        <v>118893</v>
       </c>
       <c r="D306" s="2" t="s">
         <v>610</v>
       </c>
       <c r="E306" s="2" t="s">
         <v>611</v>
       </c>
-      <c r="F306" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F306" s="2"/>
     </row>
     <row r="307" spans="1:6">
       <c r="A307" s="2">
         <v>309</v>
       </c>
       <c r="B307" s="2">
         <v>305</v>
       </c>
       <c r="C307" s="2">
         <v>121018</v>
       </c>
       <c r="D307" s="2"/>
       <c r="E307" s="2" t="s">
         <v>612</v>
       </c>
       <c r="F307" s="2" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="308" spans="1:6">
       <c r="A308" s="2">
         <v>310</v>
       </c>
       <c r="B308" s="2">
         <v>300</v>
       </c>
       <c r="C308" s="2">
-        <v>121135</v>
-[...1 lines deleted...]
-      <c r="D308" s="2"/>
+        <v>118528</v>
+      </c>
+      <c r="D308" s="2" t="s">
+        <v>613</v>
+      </c>
       <c r="E308" s="2" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
       <c r="F308" s="2" t="s">
-        <v>83</v>
+        <v>95</v>
       </c>
     </row>
     <row r="309" spans="1:6">
       <c r="A309" s="2">
         <v>310</v>
       </c>
       <c r="B309" s="2">
         <v>300</v>
       </c>
       <c r="C309" s="2">
-        <v>118528</v>
+        <v>114088</v>
       </c>
       <c r="D309" s="2" t="s">
-        <v>614</v>
+        <v>615</v>
       </c>
       <c r="E309" s="2" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="F309" s="2" t="s">
-        <v>95</v>
+        <v>30</v>
       </c>
     </row>
     <row r="310" spans="1:6">
       <c r="A310" s="2">
         <v>310</v>
       </c>
       <c r="B310" s="2">
         <v>300</v>
       </c>
       <c r="C310" s="2">
-        <v>120354</v>
+        <v>118424</v>
       </c>
       <c r="D310" s="2" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
       <c r="E310" s="2" t="s">
-        <v>616</v>
+        <v>618</v>
       </c>
       <c r="F310" s="2" t="s">
-        <v>67</v>
+        <v>33</v>
       </c>
     </row>
     <row r="311" spans="1:6">
       <c r="A311" s="2">
         <v>310</v>
       </c>
       <c r="B311" s="2">
         <v>300</v>
       </c>
       <c r="C311" s="2">
-        <v>114088</v>
+        <v>121263</v>
       </c>
       <c r="D311" s="2" t="s">
-        <v>617</v>
+        <v>619</v>
       </c>
       <c r="E311" s="2" t="s">
-        <v>618</v>
+        <v>620</v>
       </c>
       <c r="F311" s="2" t="s">
-        <v>30</v>
+        <v>95</v>
       </c>
     </row>
     <row r="312" spans="1:6">
       <c r="A312" s="2">
         <v>310</v>
       </c>
       <c r="B312" s="2">
         <v>300</v>
       </c>
       <c r="C312" s="2">
-        <v>118424</v>
+        <v>120354</v>
       </c>
       <c r="D312" s="2" t="s">
-        <v>619</v>
+        <v>621</v>
       </c>
       <c r="E312" s="2" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
       <c r="F312" s="2" t="s">
-        <v>33</v>
+        <v>67</v>
       </c>
     </row>
     <row r="313" spans="1:6">
       <c r="A313" s="2">
         <v>310</v>
       </c>
       <c r="B313" s="2">
         <v>300</v>
       </c>
       <c r="C313" s="2">
-        <v>121263</v>
+        <v>108335</v>
       </c>
       <c r="D313" s="2" t="s">
-        <v>621</v>
+        <v>75</v>
       </c>
       <c r="E313" s="2" t="s">
         <v>622</v>
       </c>
       <c r="F313" s="2" t="s">
-        <v>95</v>
+        <v>33</v>
       </c>
     </row>
     <row r="314" spans="1:6">
       <c r="A314" s="2">
         <v>310</v>
       </c>
       <c r="B314" s="2">
         <v>300</v>
       </c>
       <c r="C314" s="2">
-        <v>108335</v>
+        <v>121466</v>
       </c>
       <c r="D314" s="2" t="s">
-        <v>75</v>
+        <v>623</v>
       </c>
       <c r="E314" s="2" t="s">
-        <v>623</v>
+        <v>624</v>
       </c>
       <c r="F314" s="2" t="s">
-        <v>33</v>
+        <v>100</v>
       </c>
     </row>
     <row r="315" spans="1:6">
       <c r="A315" s="2">
         <v>310</v>
       </c>
       <c r="B315" s="2">
         <v>300</v>
       </c>
       <c r="C315" s="2">
         <v>107337</v>
       </c>
       <c r="D315" s="2" t="s">
-        <v>624</v>
+        <v>625</v>
       </c>
       <c r="E315" s="2" t="s">
-        <v>625</v>
+        <v>626</v>
       </c>
       <c r="F315" s="2" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="316" spans="1:6">
       <c r="A316" s="2">
         <v>310</v>
       </c>
       <c r="B316" s="2">
         <v>300</v>
       </c>
       <c r="C316" s="2">
         <v>112619</v>
       </c>
       <c r="D316" s="2" t="s">
-        <v>626</v>
+        <v>627</v>
       </c>
       <c r="E316" s="2" t="s">
-        <v>627</v>
+        <v>628</v>
       </c>
       <c r="F316" s="2" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="317" spans="1:6">
       <c r="A317" s="2">
         <v>310</v>
       </c>
       <c r="B317" s="2">
         <v>300</v>
       </c>
       <c r="C317" s="2">
-        <v>121466</v>
-[...3 lines deleted...]
-      </c>
+        <v>121165</v>
+      </c>
+      <c r="D317" s="2"/>
       <c r="E317" s="2" t="s">
         <v>629</v>
       </c>
       <c r="F317" s="2" t="s">
-        <v>100</v>
+        <v>83</v>
       </c>
     </row>
     <row r="318" spans="1:6">
       <c r="A318" s="2">
         <v>310</v>
       </c>
       <c r="B318" s="2">
         <v>300</v>
       </c>
       <c r="C318" s="2">
         <v>119103</v>
       </c>
       <c r="D318" s="2" t="s">
         <v>630</v>
       </c>
       <c r="E318" s="2" t="s">
         <v>631</v>
       </c>
       <c r="F318" s="2" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="319" spans="1:6">
       <c r="A319" s="2">
         <v>310</v>
       </c>
       <c r="B319" s="2">
         <v>300</v>
       </c>
       <c r="C319" s="2">
-        <v>121165</v>
-[...1 lines deleted...]
-      <c r="D319" s="2"/>
+        <v>118918</v>
+      </c>
+      <c r="D319" s="2" t="s">
+        <v>632</v>
+      </c>
       <c r="E319" s="2" t="s">
-        <v>632</v>
-[...3 lines deleted...]
-      </c>
+        <v>633</v>
+      </c>
+      <c r="F319" s="2"/>
     </row>
     <row r="320" spans="1:6">
       <c r="A320" s="2">
         <v>310</v>
       </c>
       <c r="B320" s="2">
         <v>300</v>
       </c>
       <c r="C320" s="2">
-        <v>113547</v>
+        <v>120756</v>
       </c>
       <c r="D320" s="2" t="s">
-        <v>633</v>
+        <v>634</v>
       </c>
       <c r="E320" s="2" t="s">
-        <v>634</v>
+        <v>635</v>
       </c>
       <c r="F320" s="2" t="s">
-        <v>14</v>
+        <v>152</v>
       </c>
     </row>
     <row r="321" spans="1:6">
       <c r="A321" s="2">
         <v>310</v>
       </c>
       <c r="B321" s="2">
         <v>300</v>
       </c>
       <c r="C321" s="2">
-        <v>120756</v>
+        <v>113547</v>
       </c>
       <c r="D321" s="2" t="s">
-        <v>635</v>
+        <v>636</v>
       </c>
       <c r="E321" s="2" t="s">
-        <v>636</v>
+        <v>637</v>
       </c>
       <c r="F321" s="2" t="s">
-        <v>152</v>
+        <v>14</v>
       </c>
     </row>
     <row r="322" spans="1:6">
       <c r="A322" s="2">
         <v>310</v>
       </c>
       <c r="B322" s="2">
         <v>300</v>
       </c>
       <c r="C322" s="2">
         <v>120361</v>
       </c>
       <c r="D322" s="2" t="s">
-        <v>637</v>
+        <v>638</v>
       </c>
       <c r="E322" s="2" t="s">
-        <v>638</v>
+        <v>639</v>
       </c>
       <c r="F322" s="2" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="323" spans="1:6">
       <c r="A323" s="2">
         <v>310</v>
       </c>
       <c r="B323" s="2">
         <v>300</v>
       </c>
       <c r="C323" s="2">
-        <v>121570</v>
+        <v>121305</v>
       </c>
       <c r="D323" s="2" t="s">
-        <v>639</v>
+        <v>640</v>
       </c>
       <c r="E323" s="2" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="F323" s="2" t="s">
-        <v>8</v>
+        <v>146</v>
       </c>
     </row>
     <row r="324" spans="1:6">
       <c r="A324" s="2">
         <v>310</v>
       </c>
       <c r="B324" s="2">
         <v>300</v>
       </c>
       <c r="C324" s="2">
-        <v>121305</v>
+        <v>121408</v>
       </c>
       <c r="D324" s="2" t="s">
-        <v>641</v>
+        <v>642</v>
       </c>
       <c r="E324" s="2" t="s">
-        <v>642</v>
+        <v>588</v>
       </c>
       <c r="F324" s="2" t="s">
-        <v>146</v>
+        <v>100</v>
       </c>
     </row>
     <row r="325" spans="1:6">
       <c r="A325" s="2">
         <v>310</v>
       </c>
       <c r="B325" s="2">
         <v>300</v>
       </c>
       <c r="C325" s="2">
-        <v>118918</v>
+        <v>121570</v>
       </c>
       <c r="D325" s="2" t="s">
         <v>643</v>
       </c>
       <c r="E325" s="2" t="s">
         <v>644</v>
       </c>
-      <c r="F325" s="2"/>
+      <c r="F325" s="2" t="s">
+        <v>8</v>
+      </c>
     </row>
     <row r="326" spans="1:6">
       <c r="A326" s="2">
         <v>310</v>
       </c>
       <c r="B326" s="2">
         <v>300</v>
       </c>
       <c r="C326" s="2">
         <v>120811</v>
       </c>
       <c r="D326" s="2" t="s">
         <v>645</v>
       </c>
       <c r="E326" s="2" t="s">
         <v>646</v>
       </c>
       <c r="F326" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="327" spans="1:6">
       <c r="A327" s="2">
         <v>310</v>
       </c>
       <c r="B327" s="2">
         <v>300</v>
       </c>
       <c r="C327" s="2">
-        <v>121408</v>
+        <v>118594</v>
       </c>
       <c r="D327" s="2" t="s">
         <v>647</v>
       </c>
       <c r="E327" s="2" t="s">
-        <v>592</v>
+        <v>648</v>
       </c>
       <c r="F327" s="2" t="s">
-        <v>100</v>
+        <v>95</v>
       </c>
     </row>
     <row r="328" spans="1:6">
       <c r="A328" s="2">
         <v>310</v>
       </c>
       <c r="B328" s="2">
         <v>300</v>
       </c>
       <c r="C328" s="2">
-        <v>118594</v>
-[...3 lines deleted...]
-      </c>
+        <v>121135</v>
+      </c>
+      <c r="D328" s="2"/>
       <c r="E328" s="2" t="s">
         <v>649</v>
       </c>
       <c r="F328" s="2" t="s">
-        <v>95</v>
+        <v>83</v>
       </c>
     </row>
     <row r="329" spans="1:6">
       <c r="A329" s="2">
         <v>333</v>
       </c>
       <c r="B329" s="2">
         <v>295</v>
       </c>
       <c r="C329" s="2">
         <v>115626</v>
       </c>
       <c r="D329" s="2" t="s">
         <v>650</v>
       </c>
       <c r="E329" s="2" t="s">
         <v>651</v>
       </c>
       <c r="F329" s="2" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="330" spans="1:6">
       <c r="A330" s="2">
         <v>334</v>
       </c>
       <c r="B330" s="2">
         <v>290</v>
       </c>
       <c r="C330" s="2">
         <v>118763</v>
       </c>
       <c r="D330" s="2" t="s">
         <v>652</v>
       </c>
       <c r="E330" s="2" t="s">
-        <v>524</v>
+        <v>567</v>
       </c>
       <c r="F330" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="331" spans="1:6">
       <c r="A331" s="2">
         <v>334</v>
       </c>
       <c r="B331" s="2">
         <v>290</v>
       </c>
       <c r="C331" s="2">
-        <v>120363</v>
+        <v>121571</v>
       </c>
       <c r="D331" s="2" t="s">
         <v>653</v>
       </c>
       <c r="E331" s="2" t="s">
         <v>654</v>
       </c>
       <c r="F331" s="2" t="s">
-        <v>95</v>
+        <v>8</v>
       </c>
     </row>
     <row r="332" spans="1:6">
       <c r="A332" s="2">
         <v>334</v>
       </c>
       <c r="B332" s="2">
         <v>290</v>
       </c>
       <c r="C332" s="2">
-        <v>121571</v>
+        <v>120664</v>
       </c>
       <c r="D332" s="2" t="s">
         <v>655</v>
       </c>
       <c r="E332" s="2" t="s">
         <v>656</v>
       </c>
-      <c r="F332" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F332" s="2"/>
     </row>
     <row r="333" spans="1:6">
       <c r="A333" s="2">
         <v>334</v>
       </c>
       <c r="B333" s="2">
         <v>290</v>
       </c>
       <c r="C333" s="2">
         <v>101510</v>
       </c>
       <c r="D333" s="2" t="s">
         <v>657</v>
       </c>
       <c r="E333" s="2" t="s">
         <v>658</v>
       </c>
       <c r="F333" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="334" spans="1:6">
       <c r="A334" s="2">
         <v>334</v>
       </c>
       <c r="B334" s="2">
         <v>290</v>
       </c>
       <c r="C334" s="2">
-        <v>121409</v>
+        <v>118595</v>
       </c>
       <c r="D334" s="2" t="s">
         <v>659</v>
       </c>
       <c r="E334" s="2" t="s">
         <v>660</v>
       </c>
       <c r="F334" s="2" t="s">
-        <v>100</v>
+        <v>95</v>
       </c>
     </row>
     <row r="335" spans="1:6">
       <c r="A335" s="2">
         <v>334</v>
       </c>
       <c r="B335" s="2">
         <v>290</v>
       </c>
       <c r="C335" s="2">
         <v>121136</v>
       </c>
       <c r="D335" s="2" t="s">
         <v>661</v>
       </c>
       <c r="E335" s="2" t="s">
         <v>662</v>
       </c>
       <c r="F335" s="2" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="336" spans="1:6">
       <c r="A336" s="2">
         <v>334</v>
       </c>
       <c r="B336" s="2">
         <v>290</v>
       </c>
       <c r="C336" s="2">
-        <v>118595</v>
+        <v>118418</v>
       </c>
       <c r="D336" s="2" t="s">
         <v>663</v>
       </c>
       <c r="E336" s="2" t="s">
-        <v>664</v>
+        <v>44</v>
       </c>
       <c r="F336" s="2" t="s">
-        <v>95</v>
+        <v>33</v>
       </c>
     </row>
     <row r="337" spans="1:6">
       <c r="A337" s="2">
         <v>334</v>
       </c>
       <c r="B337" s="2">
         <v>290</v>
       </c>
       <c r="C337" s="2">
-        <v>120664</v>
+        <v>121185</v>
       </c>
       <c r="D337" s="2" t="s">
+        <v>664</v>
+      </c>
+      <c r="E337" s="2" t="s">
         <v>665</v>
       </c>
-      <c r="E337" s="2" t="s">
-[...2 lines deleted...]
-      <c r="F337" s="2"/>
+      <c r="F337" s="2" t="s">
+        <v>14</v>
+      </c>
     </row>
     <row r="338" spans="1:6">
       <c r="A338" s="2">
         <v>334</v>
       </c>
       <c r="B338" s="2">
         <v>290</v>
       </c>
       <c r="C338" s="2">
-        <v>118418</v>
+        <v>119092</v>
       </c>
       <c r="D338" s="2" t="s">
-        <v>667</v>
+        <v>666</v>
       </c>
       <c r="E338" s="2" t="s">
-        <v>44</v>
+        <v>631</v>
       </c>
       <c r="F338" s="2" t="s">
-        <v>33</v>
+        <v>67</v>
       </c>
     </row>
     <row r="339" spans="1:6">
       <c r="A339" s="2">
         <v>334</v>
       </c>
       <c r="B339" s="2">
         <v>290</v>
       </c>
       <c r="C339" s="2">
-        <v>119092</v>
+        <v>118894</v>
       </c>
       <c r="D339" s="2" t="s">
+        <v>667</v>
+      </c>
+      <c r="E339" s="2" t="s">
         <v>668</v>
       </c>
-      <c r="E339" s="2" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="F339" s="2"/>
     </row>
     <row r="340" spans="1:6">
       <c r="A340" s="2">
         <v>334</v>
       </c>
       <c r="B340" s="2">
         <v>290</v>
       </c>
       <c r="C340" s="2">
-        <v>121185</v>
+        <v>118529</v>
       </c>
       <c r="D340" s="2" t="s">
         <v>669</v>
       </c>
       <c r="E340" s="2" t="s">
         <v>670</v>
       </c>
       <c r="F340" s="2" t="s">
-        <v>14</v>
+        <v>95</v>
       </c>
     </row>
     <row r="341" spans="1:6">
       <c r="A341" s="2">
         <v>334</v>
       </c>
       <c r="B341" s="2">
         <v>290</v>
       </c>
       <c r="C341" s="2">
-        <v>118529</v>
+        <v>121306</v>
       </c>
       <c r="D341" s="2" t="s">
         <v>671</v>
       </c>
       <c r="E341" s="2" t="s">
         <v>672</v>
       </c>
       <c r="F341" s="2" t="s">
-        <v>95</v>
+        <v>30</v>
       </c>
     </row>
     <row r="342" spans="1:6">
       <c r="A342" s="2">
         <v>334</v>
       </c>
       <c r="B342" s="2">
         <v>290</v>
       </c>
       <c r="C342" s="2">
-        <v>120326</v>
+        <v>118830</v>
       </c>
       <c r="D342" s="2" t="s">
         <v>673</v>
       </c>
       <c r="E342" s="2" t="s">
         <v>674</v>
       </c>
       <c r="F342" s="2" t="s">
-        <v>14</v>
+        <v>33</v>
       </c>
     </row>
     <row r="343" spans="1:6">
       <c r="A343" s="2">
         <v>334</v>
       </c>
       <c r="B343" s="2">
         <v>290</v>
       </c>
       <c r="C343" s="2">
-        <v>121306</v>
+        <v>120326</v>
       </c>
       <c r="D343" s="2" t="s">
         <v>675</v>
       </c>
       <c r="E343" s="2" t="s">
         <v>676</v>
       </c>
       <c r="F343" s="2" t="s">
-        <v>30</v>
+        <v>14</v>
       </c>
     </row>
     <row r="344" spans="1:6">
       <c r="A344" s="2">
         <v>334</v>
       </c>
       <c r="B344" s="2">
         <v>290</v>
       </c>
       <c r="C344" s="2">
-        <v>118894</v>
+        <v>121264</v>
       </c>
       <c r="D344" s="2" t="s">
+        <v>613</v>
+      </c>
+      <c r="E344" s="2" t="s">
         <v>677</v>
       </c>
-      <c r="E344" s="2" t="s">
-[...2 lines deleted...]
-      <c r="F344" s="2"/>
+      <c r="F344" s="2" t="s">
+        <v>95</v>
+      </c>
     </row>
     <row r="345" spans="1:6">
       <c r="A345" s="2">
         <v>334</v>
       </c>
       <c r="B345" s="2">
         <v>290</v>
       </c>
       <c r="C345" s="2">
         <v>120355</v>
       </c>
       <c r="D345" s="2" t="s">
-        <v>514</v>
+        <v>510</v>
       </c>
       <c r="E345" s="2" t="s">
-        <v>679</v>
+        <v>678</v>
       </c>
       <c r="F345" s="2" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="346" spans="1:6">
       <c r="A346" s="2">
         <v>334</v>
       </c>
       <c r="B346" s="2">
         <v>290</v>
       </c>
       <c r="C346" s="2">
-        <v>118830</v>
-[...3 lines deleted...]
-      </c>
+        <v>120723</v>
+      </c>
+      <c r="D346" s="2"/>
       <c r="E346" s="2" t="s">
-        <v>681</v>
+        <v>679</v>
       </c>
       <c r="F346" s="2" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="347" spans="1:6">
       <c r="A347" s="2">
         <v>334</v>
       </c>
       <c r="B347" s="2">
         <v>290</v>
       </c>
       <c r="C347" s="2">
-        <v>121264</v>
+        <v>121467</v>
       </c>
       <c r="D347" s="2" t="s">
-        <v>614</v>
+        <v>680</v>
       </c>
       <c r="E347" s="2" t="s">
-        <v>682</v>
+        <v>681</v>
       </c>
       <c r="F347" s="2" t="s">
-        <v>95</v>
+        <v>100</v>
       </c>
     </row>
     <row r="348" spans="1:6">
       <c r="A348" s="2">
         <v>334</v>
       </c>
       <c r="B348" s="2">
         <v>290</v>
       </c>
       <c r="C348" s="2">
-        <v>120723</v>
-[...1 lines deleted...]
-      <c r="D348" s="2"/>
+        <v>114203</v>
+      </c>
+      <c r="D348" s="2" t="s">
+        <v>682</v>
+      </c>
       <c r="E348" s="2" t="s">
         <v>683</v>
       </c>
       <c r="F348" s="2" t="s">
-        <v>33</v>
+        <v>14</v>
       </c>
     </row>
     <row r="349" spans="1:6">
       <c r="A349" s="2">
         <v>334</v>
       </c>
       <c r="B349" s="2">
         <v>290</v>
       </c>
       <c r="C349" s="2">
-        <v>114203</v>
-[...1 lines deleted...]
-      <c r="D349" s="2" t="s">
+        <v>121181</v>
+      </c>
+      <c r="D349" s="2"/>
+      <c r="E349" s="2" t="s">
         <v>684</v>
       </c>
-      <c r="E349" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F349" s="2" t="s">
-        <v>14</v>
+        <v>152</v>
       </c>
     </row>
     <row r="350" spans="1:6">
       <c r="A350" s="2">
         <v>334</v>
       </c>
       <c r="B350" s="2">
         <v>290</v>
       </c>
       <c r="C350" s="2">
         <v>119030</v>
       </c>
       <c r="D350" s="2" t="s">
+        <v>685</v>
+      </c>
+      <c r="E350" s="2" t="s">
         <v>686</v>
-      </c>
-[...1 lines deleted...]
-        <v>687</v>
       </c>
       <c r="F350" s="2" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="351" spans="1:6">
       <c r="A351" s="2">
         <v>334</v>
       </c>
       <c r="B351" s="2">
         <v>290</v>
       </c>
       <c r="C351" s="2">
-        <v>121467</v>
+        <v>118920</v>
       </c>
       <c r="D351" s="2" t="s">
+        <v>687</v>
+      </c>
+      <c r="E351" s="2" t="s">
         <v>688</v>
       </c>
-      <c r="E351" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F351" s="2" t="s">
-        <v>100</v>
+        <v>67</v>
       </c>
     </row>
     <row r="352" spans="1:6">
       <c r="A352" s="2">
         <v>334</v>
       </c>
       <c r="B352" s="2">
         <v>290</v>
       </c>
       <c r="C352" s="2">
-        <v>121181</v>
+        <v>121166</v>
       </c>
       <c r="D352" s="2"/>
       <c r="E352" s="2" t="s">
-        <v>690</v>
+        <v>689</v>
       </c>
       <c r="F352" s="2" t="s">
-        <v>152</v>
+        <v>83</v>
       </c>
     </row>
     <row r="353" spans="1:6">
       <c r="A353" s="2">
         <v>334</v>
       </c>
       <c r="B353" s="2">
         <v>290</v>
       </c>
       <c r="C353" s="2">
         <v>119104</v>
       </c>
       <c r="D353" s="2" t="s">
+        <v>690</v>
+      </c>
+      <c r="E353" s="2" t="s">
         <v>691</v>
-      </c>
-[...1 lines deleted...]
-        <v>692</v>
       </c>
       <c r="F353" s="2" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="354" spans="1:6">
       <c r="A354" s="2">
         <v>334</v>
       </c>
       <c r="B354" s="2">
         <v>290</v>
       </c>
       <c r="C354" s="2">
-        <v>121166</v>
-[...1 lines deleted...]
-      <c r="D354" s="2"/>
+        <v>120363</v>
+      </c>
+      <c r="D354" s="2" t="s">
+        <v>692</v>
+      </c>
       <c r="E354" s="2" t="s">
         <v>693</v>
       </c>
       <c r="F354" s="2" t="s">
-        <v>83</v>
+        <v>95</v>
       </c>
     </row>
     <row r="355" spans="1:6">
       <c r="A355" s="2">
         <v>334</v>
       </c>
       <c r="B355" s="2">
         <v>290</v>
       </c>
       <c r="C355" s="2">
-        <v>118920</v>
+        <v>118657</v>
       </c>
       <c r="D355" s="2" t="s">
         <v>694</v>
       </c>
       <c r="E355" s="2" t="s">
         <v>695</v>
       </c>
       <c r="F355" s="2" t="s">
-        <v>67</v>
+        <v>11</v>
       </c>
     </row>
     <row r="356" spans="1:6">
       <c r="A356" s="2">
         <v>334</v>
       </c>
       <c r="B356" s="2">
         <v>290</v>
       </c>
       <c r="C356" s="2">
-        <v>118657</v>
+        <v>121409</v>
       </c>
       <c r="D356" s="2" t="s">
         <v>696</v>
       </c>
       <c r="E356" s="2" t="s">
         <v>697</v>
       </c>
       <c r="F356" s="2" t="s">
-        <v>11</v>
+        <v>100</v>
       </c>
     </row>
     <row r="357" spans="1:6">
       <c r="A357" s="2">
         <v>361</v>
       </c>
       <c r="B357" s="2">
         <v>285</v>
       </c>
       <c r="C357" s="2">
         <v>121019</v>
       </c>
       <c r="D357" s="2"/>
       <c r="E357" s="2" t="s">
         <v>698</v>
       </c>
       <c r="F357" s="2" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="358" spans="1:6">
       <c r="A358" s="2">
         <v>362</v>
       </c>
       <c r="B358" s="2">
         <v>280</v>
       </c>
       <c r="C358" s="2">
-        <v>121598</v>
+        <v>121468</v>
       </c>
       <c r="D358" s="2" t="s">
         <v>699</v>
       </c>
       <c r="E358" s="2" t="s">
         <v>700</v>
       </c>
-      <c r="F358" s="2"/>
+      <c r="F358" s="2" t="s">
+        <v>100</v>
+      </c>
     </row>
     <row r="359" spans="1:6">
       <c r="A359" s="2">
         <v>362</v>
       </c>
       <c r="B359" s="2">
         <v>280</v>
       </c>
       <c r="C359" s="2">
-        <v>121182</v>
-[...1 lines deleted...]
-      <c r="D359" s="2"/>
+        <v>108804</v>
+      </c>
+      <c r="D359" s="2" t="s">
+        <v>701</v>
+      </c>
       <c r="E359" s="2" t="s">
-        <v>701</v>
-[...1 lines deleted...]
-      <c r="F359" s="2"/>
+        <v>702</v>
+      </c>
+      <c r="F359" s="2" t="s">
+        <v>14</v>
+      </c>
     </row>
     <row r="360" spans="1:6">
       <c r="A360" s="2">
         <v>362</v>
       </c>
       <c r="B360" s="2">
         <v>280</v>
       </c>
       <c r="C360" s="2">
-        <v>121520</v>
+        <v>114477</v>
       </c>
       <c r="D360" s="2" t="s">
-        <v>702</v>
+        <v>703</v>
       </c>
       <c r="E360" s="2" t="s">
-        <v>703</v>
+        <v>704</v>
       </c>
       <c r="F360" s="2" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
     </row>
     <row r="361" spans="1:6">
       <c r="A361" s="2">
         <v>362</v>
       </c>
       <c r="B361" s="2">
         <v>280</v>
       </c>
       <c r="C361" s="2">
-        <v>108804</v>
-[...3 lines deleted...]
-      </c>
+        <v>121167</v>
+      </c>
+      <c r="D361" s="2"/>
       <c r="E361" s="2" t="s">
         <v>705</v>
       </c>
       <c r="F361" s="2" t="s">
-        <v>14</v>
+        <v>83</v>
       </c>
     </row>
     <row r="362" spans="1:6">
       <c r="A362" s="2">
         <v>362</v>
       </c>
       <c r="B362" s="2">
         <v>280</v>
       </c>
       <c r="C362" s="2">
-        <v>114477</v>
+        <v>121057</v>
       </c>
       <c r="D362" s="2" t="s">
         <v>706</v>
       </c>
       <c r="E362" s="2" t="s">
         <v>707</v>
       </c>
       <c r="F362" s="2" t="s">
-        <v>8</v>
+        <v>33</v>
       </c>
     </row>
     <row r="363" spans="1:6">
       <c r="A363" s="2">
         <v>362</v>
       </c>
       <c r="B363" s="2">
         <v>280</v>
       </c>
       <c r="C363" s="2">
-        <v>120758</v>
+        <v>114906</v>
       </c>
       <c r="D363" s="2" t="s">
         <v>708</v>
       </c>
       <c r="E363" s="2" t="s">
         <v>709</v>
       </c>
       <c r="F363" s="2" t="s">
-        <v>152</v>
+        <v>11</v>
       </c>
     </row>
     <row r="364" spans="1:6">
       <c r="A364" s="2">
         <v>362</v>
       </c>
       <c r="B364" s="2">
         <v>280</v>
       </c>
       <c r="C364" s="2">
-        <v>118921</v>
+        <v>105705</v>
       </c>
       <c r="D364" s="2" t="s">
         <v>710</v>
       </c>
       <c r="E364" s="2" t="s">
         <v>711</v>
       </c>
-      <c r="F364" s="2"/>
+      <c r="F364" s="2" t="s">
+        <v>95</v>
+      </c>
     </row>
     <row r="365" spans="1:6">
       <c r="A365" s="2">
         <v>362</v>
       </c>
       <c r="B365" s="2">
         <v>280</v>
       </c>
       <c r="C365" s="2">
-        <v>121468</v>
+        <v>118658</v>
       </c>
       <c r="D365" s="2" t="s">
         <v>712</v>
       </c>
       <c r="E365" s="2" t="s">
-        <v>713</v>
+        <v>119</v>
       </c>
       <c r="F365" s="2" t="s">
-        <v>100</v>
+        <v>11</v>
       </c>
     </row>
     <row r="366" spans="1:6">
       <c r="A366" s="2">
         <v>362</v>
       </c>
       <c r="B366" s="2">
         <v>280</v>
       </c>
       <c r="C366" s="2">
-        <v>121167</v>
-[...1 lines deleted...]
-      <c r="D366" s="2"/>
+        <v>121410</v>
+      </c>
+      <c r="D366" s="2" t="s">
+        <v>713</v>
+      </c>
       <c r="E366" s="2" t="s">
         <v>714</v>
       </c>
       <c r="F366" s="2" t="s">
-        <v>83</v>
+        <v>100</v>
       </c>
     </row>
     <row r="367" spans="1:6">
       <c r="A367" s="2">
         <v>362</v>
       </c>
       <c r="B367" s="2">
         <v>280</v>
       </c>
       <c r="C367" s="2">
-        <v>114906</v>
+        <v>118597</v>
       </c>
       <c r="D367" s="2" t="s">
         <v>715</v>
       </c>
       <c r="E367" s="2" t="s">
         <v>716</v>
       </c>
-      <c r="F367" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F367" s="2"/>
     </row>
     <row r="368" spans="1:6">
       <c r="A368" s="2">
         <v>362</v>
       </c>
       <c r="B368" s="2">
         <v>280</v>
       </c>
       <c r="C368" s="2">
-        <v>118658</v>
+        <v>118766</v>
       </c>
       <c r="D368" s="2" t="s">
         <v>717</v>
       </c>
       <c r="E368" s="2" t="s">
-        <v>119</v>
+        <v>718</v>
       </c>
       <c r="F368" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="369" spans="1:6">
       <c r="A369" s="2">
         <v>362</v>
       </c>
       <c r="B369" s="2">
         <v>280</v>
       </c>
       <c r="C369" s="2">
-        <v>121057</v>
+        <v>121572</v>
       </c>
       <c r="D369" s="2" t="s">
-        <v>718</v>
+        <v>719</v>
       </c>
       <c r="E369" s="2" t="s">
-        <v>719</v>
+        <v>720</v>
       </c>
       <c r="F369" s="2" t="s">
-        <v>33</v>
+        <v>8</v>
       </c>
     </row>
     <row r="370" spans="1:6">
       <c r="A370" s="2">
         <v>362</v>
       </c>
       <c r="B370" s="2">
         <v>280</v>
       </c>
       <c r="C370" s="2">
-        <v>118766</v>
+        <v>120665</v>
       </c>
       <c r="D370" s="2" t="s">
-        <v>720</v>
+        <v>721</v>
       </c>
       <c r="E370" s="2" t="s">
-        <v>721</v>
-[...3 lines deleted...]
-      </c>
+        <v>722</v>
+      </c>
+      <c r="F370" s="2"/>
     </row>
     <row r="371" spans="1:6">
       <c r="A371" s="2">
         <v>362</v>
       </c>
       <c r="B371" s="2">
         <v>280</v>
       </c>
       <c r="C371" s="2">
-        <v>105705</v>
+        <v>118413</v>
       </c>
       <c r="D371" s="2" t="s">
-        <v>722</v>
+        <v>371</v>
       </c>
       <c r="E371" s="2" t="s">
         <v>723</v>
       </c>
       <c r="F371" s="2" t="s">
-        <v>95</v>
+        <v>30</v>
       </c>
     </row>
     <row r="372" spans="1:6">
       <c r="A372" s="2">
         <v>362</v>
       </c>
       <c r="B372" s="2">
         <v>280</v>
       </c>
       <c r="C372" s="2">
-        <v>121572</v>
+        <v>121186</v>
       </c>
       <c r="D372" s="2" t="s">
         <v>724</v>
       </c>
       <c r="E372" s="2" t="s">
         <v>725</v>
       </c>
       <c r="F372" s="2" t="s">
-        <v>8</v>
+        <v>33</v>
       </c>
     </row>
     <row r="373" spans="1:6">
       <c r="A373" s="2">
         <v>362</v>
       </c>
       <c r="B373" s="2">
         <v>280</v>
       </c>
       <c r="C373" s="2">
-        <v>121410</v>
+        <v>101991</v>
       </c>
       <c r="D373" s="2" t="s">
         <v>726</v>
       </c>
       <c r="E373" s="2" t="s">
         <v>727</v>
       </c>
       <c r="F373" s="2" t="s">
-        <v>100</v>
+        <v>67</v>
       </c>
     </row>
     <row r="374" spans="1:6">
       <c r="A374" s="2">
         <v>362</v>
       </c>
       <c r="B374" s="2">
         <v>280</v>
       </c>
       <c r="C374" s="2">
-        <v>118597</v>
+        <v>118895</v>
       </c>
       <c r="D374" s="2" t="s">
         <v>728</v>
       </c>
       <c r="E374" s="2" t="s">
         <v>729</v>
       </c>
       <c r="F374" s="2"/>
     </row>
     <row r="375" spans="1:6">
       <c r="A375" s="2">
         <v>362</v>
       </c>
       <c r="B375" s="2">
         <v>280</v>
       </c>
       <c r="C375" s="2">
-        <v>118413</v>
+        <v>118530</v>
       </c>
       <c r="D375" s="2" t="s">
-        <v>333</v>
+        <v>730</v>
       </c>
       <c r="E375" s="2" t="s">
-        <v>730</v>
+        <v>731</v>
       </c>
       <c r="F375" s="2" t="s">
-        <v>30</v>
+        <v>95</v>
       </c>
     </row>
     <row r="376" spans="1:6">
       <c r="A376" s="2">
         <v>362</v>
       </c>
       <c r="B376" s="2">
         <v>280</v>
       </c>
       <c r="C376" s="2">
-        <v>120665</v>
+        <v>121265</v>
       </c>
       <c r="D376" s="2" t="s">
-        <v>731</v>
+        <v>732</v>
       </c>
       <c r="E376" s="2" t="s">
-        <v>732</v>
-[...1 lines deleted...]
-      <c r="F376" s="2"/>
+        <v>733</v>
+      </c>
+      <c r="F376" s="2" t="s">
+        <v>95</v>
+      </c>
     </row>
     <row r="377" spans="1:6">
       <c r="A377" s="2">
         <v>362</v>
       </c>
       <c r="B377" s="2">
         <v>280</v>
       </c>
       <c r="C377" s="2">
-        <v>101991</v>
+        <v>121598</v>
       </c>
       <c r="D377" s="2" t="s">
-        <v>733</v>
+        <v>734</v>
       </c>
       <c r="E377" s="2" t="s">
-        <v>734</v>
-[...3 lines deleted...]
-      </c>
+        <v>735</v>
+      </c>
+      <c r="F377" s="2"/>
     </row>
     <row r="378" spans="1:6">
       <c r="A378" s="2">
         <v>362</v>
       </c>
       <c r="B378" s="2">
         <v>280</v>
       </c>
       <c r="C378" s="2">
-        <v>121186</v>
-[...3 lines deleted...]
-      </c>
+        <v>121182</v>
+      </c>
+      <c r="D378" s="2"/>
       <c r="E378" s="2" t="s">
         <v>736</v>
       </c>
-      <c r="F378" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F378" s="2"/>
     </row>
     <row r="379" spans="1:6">
       <c r="A379" s="2">
         <v>362</v>
       </c>
       <c r="B379" s="2">
         <v>280</v>
       </c>
       <c r="C379" s="2">
-        <v>118530</v>
+        <v>120356</v>
       </c>
       <c r="D379" s="2" t="s">
         <v>737</v>
       </c>
       <c r="E379" s="2" t="s">
         <v>738</v>
       </c>
       <c r="F379" s="2" t="s">
-        <v>95</v>
+        <v>67</v>
       </c>
     </row>
     <row r="380" spans="1:6">
       <c r="A380" s="2">
         <v>362</v>
       </c>
       <c r="B380" s="2">
         <v>280</v>
       </c>
       <c r="C380" s="2">
-        <v>118895</v>
-[...1 lines deleted...]
-      <c r="D380" s="2" t="s">
+        <v>120724</v>
+      </c>
+      <c r="D380" s="2"/>
+      <c r="E380" s="2" t="s">
         <v>739</v>
       </c>
-      <c r="E380" s="2" t="s">
-[...2 lines deleted...]
-      <c r="F380" s="2"/>
+      <c r="F380" s="2" t="s">
+        <v>33</v>
+      </c>
     </row>
     <row r="381" spans="1:6">
       <c r="A381" s="2">
         <v>362</v>
       </c>
       <c r="B381" s="2">
         <v>280</v>
       </c>
       <c r="C381" s="2">
-        <v>120356</v>
+        <v>118921</v>
       </c>
       <c r="D381" s="2" t="s">
+        <v>740</v>
+      </c>
+      <c r="E381" s="2" t="s">
         <v>741</v>
       </c>
-      <c r="E381" s="2" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="F381" s="2"/>
     </row>
     <row r="382" spans="1:6">
       <c r="A382" s="2">
         <v>362</v>
       </c>
       <c r="B382" s="2">
         <v>280</v>
       </c>
       <c r="C382" s="2">
-        <v>121265</v>
+        <v>120758</v>
       </c>
       <c r="D382" s="2" t="s">
+        <v>742</v>
+      </c>
+      <c r="E382" s="2" t="s">
         <v>743</v>
       </c>
-      <c r="E382" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F382" s="2" t="s">
-        <v>95</v>
+        <v>152</v>
       </c>
     </row>
     <row r="383" spans="1:6">
       <c r="A383" s="2">
         <v>362</v>
       </c>
       <c r="B383" s="2">
         <v>280</v>
       </c>
       <c r="C383" s="2">
-        <v>120724</v>
-[...1 lines deleted...]
-      <c r="D383" s="2"/>
+        <v>121307</v>
+      </c>
+      <c r="D383" s="2" t="s">
+        <v>744</v>
+      </c>
       <c r="E383" s="2" t="s">
         <v>745</v>
       </c>
       <c r="F383" s="2" t="s">
-        <v>33</v>
+        <v>11</v>
       </c>
     </row>
     <row r="384" spans="1:6">
       <c r="A384" s="2">
         <v>362</v>
       </c>
       <c r="B384" s="2">
         <v>280</v>
       </c>
       <c r="C384" s="2">
-        <v>121307</v>
+        <v>121520</v>
       </c>
       <c r="D384" s="2" t="s">
         <v>746</v>
       </c>
       <c r="E384" s="2" t="s">
         <v>747</v>
       </c>
       <c r="F384" s="2" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
     </row>
     <row r="385" spans="1:6">
       <c r="A385" s="2">
         <v>389</v>
       </c>
       <c r="B385" s="2">
         <v>270</v>
       </c>
       <c r="C385" s="2">
-        <v>114856</v>
+        <v>115872</v>
       </c>
       <c r="D385" s="2" t="s">
         <v>748</v>
       </c>
       <c r="E385" s="2" t="s">
         <v>749</v>
       </c>
       <c r="F385" s="2" t="s">
-        <v>67</v>
+        <v>14</v>
       </c>
     </row>
     <row r="386" spans="1:6">
       <c r="A386" s="2">
         <v>389</v>
       </c>
       <c r="B386" s="2">
         <v>270</v>
       </c>
       <c r="C386" s="2">
-        <v>121187</v>
-[...1 lines deleted...]
-      <c r="D386" s="2" t="s">
+        <v>120725</v>
+      </c>
+      <c r="D386" s="2"/>
+      <c r="E386" s="2" t="s">
         <v>750</v>
-      </c>
-[...1 lines deleted...]
-        <v>751</v>
       </c>
       <c r="F386" s="2" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="387" spans="1:6">
       <c r="A387" s="2">
         <v>389</v>
       </c>
       <c r="B387" s="2">
         <v>270</v>
       </c>
       <c r="C387" s="2">
-        <v>118531</v>
+        <v>119106</v>
       </c>
       <c r="D387" s="2" t="s">
-        <v>752</v>
+        <v>160</v>
       </c>
       <c r="E387" s="2" t="s">
-        <v>753</v>
+        <v>751</v>
       </c>
       <c r="F387" s="2" t="s">
-        <v>95</v>
+        <v>67</v>
       </c>
     </row>
     <row r="388" spans="1:6">
       <c r="A388" s="2">
         <v>389</v>
       </c>
       <c r="B388" s="2">
         <v>270</v>
       </c>
       <c r="C388" s="2">
-        <v>115872</v>
+        <v>118922</v>
       </c>
       <c r="D388" s="2" t="s">
-        <v>754</v>
+        <v>752</v>
       </c>
       <c r="E388" s="2" t="s">
-        <v>755</v>
-[...3 lines deleted...]
-      </c>
+        <v>753</v>
+      </c>
+      <c r="F388" s="2"/>
     </row>
     <row r="389" spans="1:6">
       <c r="A389" s="2">
         <v>389</v>
       </c>
       <c r="B389" s="2">
         <v>270</v>
       </c>
       <c r="C389" s="2">
-        <v>118896</v>
+        <v>120759</v>
       </c>
       <c r="D389" s="2" t="s">
-        <v>756</v>
+        <v>593</v>
       </c>
       <c r="E389" s="2" t="s">
-        <v>757</v>
-[...1 lines deleted...]
-      <c r="F389" s="2"/>
+        <v>754</v>
+      </c>
+      <c r="F389" s="2" t="s">
+        <v>152</v>
+      </c>
     </row>
     <row r="390" spans="1:6">
       <c r="A390" s="2">
         <v>389</v>
       </c>
       <c r="B390" s="2">
         <v>270</v>
       </c>
       <c r="C390" s="2">
-        <v>119106</v>
-[...3 lines deleted...]
-      </c>
+        <v>121308</v>
+      </c>
+      <c r="D390" s="2"/>
       <c r="E390" s="2" t="s">
-        <v>758</v>
+        <v>755</v>
       </c>
       <c r="F390" s="2" t="s">
-        <v>67</v>
+        <v>11</v>
       </c>
     </row>
     <row r="391" spans="1:6">
       <c r="A391" s="2">
         <v>389</v>
       </c>
       <c r="B391" s="2">
         <v>270</v>
       </c>
       <c r="C391" s="2">
-        <v>120725</v>
-[...1 lines deleted...]
-      <c r="D391" s="2"/>
+        <v>121469</v>
+      </c>
+      <c r="D391" s="2" t="s">
+        <v>204</v>
+      </c>
       <c r="E391" s="2" t="s">
-        <v>759</v>
+        <v>756</v>
       </c>
       <c r="F391" s="2" t="s">
-        <v>33</v>
+        <v>100</v>
       </c>
     </row>
     <row r="392" spans="1:6">
       <c r="A392" s="2">
         <v>389</v>
       </c>
       <c r="B392" s="2">
         <v>270</v>
       </c>
       <c r="C392" s="2">
-        <v>121308</v>
-[...1 lines deleted...]
-      <c r="D392" s="2"/>
+        <v>119155</v>
+      </c>
+      <c r="D392" s="2" t="s">
+        <v>49</v>
+      </c>
       <c r="E392" s="2" t="s">
-        <v>760</v>
+        <v>757</v>
       </c>
       <c r="F392" s="2" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
     </row>
     <row r="393" spans="1:6">
       <c r="A393" s="2">
         <v>389</v>
       </c>
       <c r="B393" s="2">
         <v>270</v>
       </c>
       <c r="C393" s="2">
-        <v>119155</v>
+        <v>119031</v>
       </c>
       <c r="D393" s="2" t="s">
-        <v>49</v>
+        <v>758</v>
       </c>
       <c r="E393" s="2" t="s">
-        <v>761</v>
+        <v>759</v>
       </c>
       <c r="F393" s="2" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
     </row>
     <row r="394" spans="1:6">
       <c r="A394" s="2">
         <v>389</v>
       </c>
       <c r="B394" s="2">
         <v>270</v>
       </c>
       <c r="C394" s="2">
-        <v>119031</v>
+        <v>118598</v>
       </c>
       <c r="D394" s="2" t="s">
-        <v>762</v>
+        <v>760</v>
       </c>
       <c r="E394" s="2" t="s">
-        <v>763</v>
+        <v>761</v>
       </c>
       <c r="F394" s="2" t="s">
-        <v>8</v>
+        <v>95</v>
       </c>
     </row>
     <row r="395" spans="1:6">
       <c r="A395" s="2">
         <v>389</v>
       </c>
       <c r="B395" s="2">
         <v>270</v>
       </c>
       <c r="C395" s="2">
-        <v>120759</v>
-[...3 lines deleted...]
-      </c>
+        <v>121169</v>
+      </c>
+      <c r="D395" s="2"/>
       <c r="E395" s="2" t="s">
-        <v>764</v>
+        <v>762</v>
       </c>
       <c r="F395" s="2" t="s">
-        <v>152</v>
+        <v>83</v>
       </c>
     </row>
     <row r="396" spans="1:6">
       <c r="A396" s="2">
         <v>389</v>
       </c>
       <c r="B396" s="2">
         <v>270</v>
       </c>
       <c r="C396" s="2">
-        <v>118922</v>
+        <v>111808</v>
       </c>
       <c r="D396" s="2" t="s">
-        <v>765</v>
+        <v>763</v>
       </c>
       <c r="E396" s="2" t="s">
-        <v>766</v>
-[...1 lines deleted...]
-      <c r="F396" s="2"/>
+        <v>75</v>
+      </c>
+      <c r="F396" s="2" t="s">
+        <v>33</v>
+      </c>
     </row>
     <row r="397" spans="1:6">
       <c r="A397" s="2">
         <v>389</v>
       </c>
       <c r="B397" s="2">
         <v>270</v>
       </c>
       <c r="C397" s="2">
-        <v>121469</v>
+        <v>121599</v>
       </c>
       <c r="D397" s="2" t="s">
-        <v>188</v>
+        <v>764</v>
       </c>
       <c r="E397" s="2" t="s">
-        <v>767</v>
+        <v>765</v>
       </c>
       <c r="F397" s="2" t="s">
-        <v>100</v>
+        <v>766</v>
       </c>
     </row>
     <row r="398" spans="1:6">
       <c r="A398" s="2">
         <v>389</v>
       </c>
       <c r="B398" s="2">
         <v>270</v>
       </c>
       <c r="C398" s="2">
-        <v>118598</v>
-[...3 lines deleted...]
-      </c>
+        <v>121138</v>
+      </c>
+      <c r="D398" s="2"/>
       <c r="E398" s="2" t="s">
-        <v>769</v>
+        <v>767</v>
       </c>
       <c r="F398" s="2" t="s">
-        <v>95</v>
+        <v>83</v>
       </c>
     </row>
     <row r="399" spans="1:6">
       <c r="A399" s="2">
         <v>389</v>
       </c>
       <c r="B399" s="2">
         <v>270</v>
       </c>
       <c r="C399" s="2">
-        <v>121169</v>
-[...1 lines deleted...]
-      <c r="D399" s="2"/>
+        <v>120364</v>
+      </c>
+      <c r="D399" s="2" t="s">
+        <v>768</v>
+      </c>
       <c r="E399" s="2" t="s">
-        <v>770</v>
+        <v>769</v>
       </c>
       <c r="F399" s="2" t="s">
-        <v>83</v>
+        <v>95</v>
       </c>
     </row>
     <row r="400" spans="1:6">
       <c r="A400" s="2">
         <v>389</v>
       </c>
       <c r="B400" s="2">
         <v>270</v>
       </c>
       <c r="C400" s="2">
-        <v>111808</v>
+        <v>121412</v>
       </c>
       <c r="D400" s="2" t="s">
+        <v>770</v>
+      </c>
+      <c r="E400" s="2" t="s">
         <v>771</v>
       </c>
-      <c r="E400" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F400" s="2" t="s">
-        <v>33</v>
+        <v>100</v>
       </c>
     </row>
     <row r="401" spans="1:6">
       <c r="A401" s="2">
         <v>389</v>
       </c>
       <c r="B401" s="2">
         <v>270</v>
       </c>
       <c r="C401" s="2">
-        <v>121599</v>
+        <v>118767</v>
       </c>
       <c r="D401" s="2" t="s">
         <v>772</v>
       </c>
       <c r="E401" s="2" t="s">
         <v>773</v>
       </c>
       <c r="F401" s="2" t="s">
-        <v>774</v>
+        <v>11</v>
       </c>
     </row>
     <row r="402" spans="1:6">
       <c r="A402" s="2">
         <v>389</v>
       </c>
       <c r="B402" s="2">
         <v>270</v>
       </c>
       <c r="C402" s="2">
-        <v>118767</v>
+        <v>121573</v>
       </c>
       <c r="D402" s="2" t="s">
-        <v>775</v>
+        <v>653</v>
       </c>
       <c r="E402" s="2" t="s">
-        <v>776</v>
+        <v>774</v>
       </c>
       <c r="F402" s="2" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
     </row>
     <row r="403" spans="1:6">
       <c r="A403" s="2">
         <v>389</v>
       </c>
       <c r="B403" s="2">
         <v>270</v>
       </c>
       <c r="C403" s="2">
-        <v>121138</v>
+        <v>120666</v>
       </c>
       <c r="D403" s="2"/>
       <c r="E403" s="2" t="s">
-        <v>777</v>
-[...3 lines deleted...]
-      </c>
+        <v>775</v>
+      </c>
+      <c r="F403" s="2"/>
     </row>
     <row r="404" spans="1:6">
       <c r="A404" s="2">
         <v>389</v>
       </c>
       <c r="B404" s="2">
         <v>270</v>
       </c>
       <c r="C404" s="2">
-        <v>120364</v>
+        <v>118831</v>
       </c>
       <c r="D404" s="2" t="s">
-        <v>778</v>
+        <v>68</v>
       </c>
       <c r="E404" s="2" t="s">
-        <v>779</v>
+        <v>776</v>
       </c>
       <c r="F404" s="2" t="s">
-        <v>95</v>
+        <v>33</v>
       </c>
     </row>
     <row r="405" spans="1:6">
       <c r="A405" s="2">
         <v>389</v>
       </c>
       <c r="B405" s="2">
         <v>270</v>
       </c>
       <c r="C405" s="2">
-        <v>121573</v>
+        <v>119111</v>
       </c>
       <c r="D405" s="2" t="s">
-        <v>655</v>
+        <v>777</v>
       </c>
       <c r="E405" s="2" t="s">
-        <v>780</v>
+        <v>778</v>
       </c>
       <c r="F405" s="2" t="s">
-        <v>8</v>
+        <v>779</v>
       </c>
     </row>
     <row r="406" spans="1:6">
       <c r="A406" s="2">
         <v>389</v>
       </c>
       <c r="B406" s="2">
         <v>270</v>
       </c>
       <c r="C406" s="2">
-        <v>121412</v>
+        <v>121187</v>
       </c>
       <c r="D406" s="2" t="s">
+        <v>780</v>
+      </c>
+      <c r="E406" s="2" t="s">
         <v>781</v>
       </c>
-      <c r="E406" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F406" s="2" t="s">
-        <v>100</v>
+        <v>33</v>
       </c>
     </row>
     <row r="407" spans="1:6">
       <c r="A407" s="2">
         <v>389</v>
       </c>
       <c r="B407" s="2">
         <v>270</v>
       </c>
       <c r="C407" s="2">
-        <v>118831</v>
+        <v>114856</v>
       </c>
       <c r="D407" s="2" t="s">
-        <v>68</v>
+        <v>782</v>
       </c>
       <c r="E407" s="2" t="s">
         <v>783</v>
       </c>
       <c r="F407" s="2" t="s">
-        <v>33</v>
+        <v>67</v>
       </c>
     </row>
     <row r="408" spans="1:6">
       <c r="A408" s="2">
         <v>389</v>
       </c>
       <c r="B408" s="2">
         <v>270</v>
       </c>
       <c r="C408" s="2">
-        <v>120666</v>
-[...1 lines deleted...]
-      <c r="D408" s="2"/>
+        <v>118896</v>
+      </c>
+      <c r="D408" s="2" t="s">
+        <v>784</v>
+      </c>
       <c r="E408" s="2" t="s">
-        <v>784</v>
+        <v>785</v>
       </c>
       <c r="F408" s="2"/>
     </row>
     <row r="409" spans="1:6">
       <c r="A409" s="2">
         <v>389</v>
       </c>
       <c r="B409" s="2">
         <v>270</v>
       </c>
       <c r="C409" s="2">
-        <v>119111</v>
+        <v>118531</v>
       </c>
       <c r="D409" s="2" t="s">
-        <v>785</v>
+        <v>786</v>
       </c>
       <c r="E409" s="2" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="F409" s="2" t="s">
-        <v>787</v>
+        <v>95</v>
       </c>
     </row>
     <row r="410" spans="1:6">
       <c r="A410" s="2">
         <v>414</v>
       </c>
       <c r="B410" s="2">
         <v>266</v>
       </c>
       <c r="C410" s="2">
         <v>119120</v>
       </c>
       <c r="D410" s="2" t="s">
         <v>788</v>
       </c>
       <c r="E410" s="2" t="s">
         <v>789</v>
       </c>
       <c r="F410" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="411" spans="1:6">
       <c r="A411" s="2">
         <v>415</v>
       </c>
       <c r="B411" s="2">
         <v>265</v>
       </c>
       <c r="C411" s="2">
         <v>121021</v>
       </c>
       <c r="D411" s="2" t="s">
-        <v>410</v>
+        <v>404</v>
       </c>
       <c r="E411" s="2" t="s">
         <v>790</v>
       </c>
       <c r="F411" s="2" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="412" spans="1:6">
       <c r="A412" s="2">
         <v>416</v>
       </c>
       <c r="B412" s="2">
         <v>260</v>
       </c>
       <c r="C412" s="2">
         <v>118769</v>
       </c>
       <c r="D412" s="2" t="s">
         <v>791</v>
       </c>
       <c r="E412" s="2" t="s">
         <v>792</v>
       </c>
       <c r="F412" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="413" spans="1:6">
       <c r="A413" s="2">
         <v>416</v>
       </c>
       <c r="B413" s="2">
         <v>260</v>
       </c>
       <c r="C413" s="2">
-        <v>121140</v>
-[...1 lines deleted...]
-      <c r="D413" s="2"/>
+        <v>121574</v>
+      </c>
+      <c r="D413" s="2" t="s">
+        <v>793</v>
+      </c>
       <c r="E413" s="2" t="s">
-        <v>793</v>
+        <v>794</v>
       </c>
       <c r="F413" s="2" t="s">
-        <v>83</v>
+        <v>8</v>
       </c>
     </row>
     <row r="414" spans="1:6">
       <c r="A414" s="2">
         <v>416</v>
       </c>
       <c r="B414" s="2">
         <v>260</v>
       </c>
       <c r="C414" s="2">
-        <v>120365</v>
+        <v>120667</v>
       </c>
       <c r="D414" s="2" t="s">
-        <v>794</v>
+        <v>795</v>
       </c>
       <c r="E414" s="2" t="s">
-        <v>795</v>
-[...3 lines deleted...]
-      </c>
+        <v>796</v>
+      </c>
+      <c r="F414" s="2"/>
     </row>
     <row r="415" spans="1:6">
       <c r="A415" s="2">
         <v>416</v>
       </c>
       <c r="B415" s="2">
         <v>260</v>
       </c>
       <c r="C415" s="2">
-        <v>121574</v>
+        <v>118832</v>
       </c>
       <c r="D415" s="2" t="s">
-        <v>796</v>
+        <v>797</v>
       </c>
       <c r="E415" s="2" t="s">
-        <v>797</v>
+        <v>776</v>
       </c>
       <c r="F415" s="2" t="s">
-        <v>8</v>
+        <v>33</v>
       </c>
     </row>
     <row r="416" spans="1:6">
       <c r="A416" s="2">
         <v>416</v>
       </c>
       <c r="B416" s="2">
         <v>260</v>
       </c>
       <c r="C416" s="2">
-        <v>121413</v>
+        <v>118923</v>
       </c>
       <c r="D416" s="2" t="s">
         <v>798</v>
       </c>
       <c r="E416" s="2" t="s">
         <v>799</v>
       </c>
       <c r="F416" s="2" t="s">
-        <v>100</v>
+        <v>67</v>
       </c>
     </row>
     <row r="417" spans="1:6">
       <c r="A417" s="2">
         <v>416</v>
       </c>
       <c r="B417" s="2">
         <v>260</v>
       </c>
       <c r="C417" s="2">
-        <v>118832</v>
+        <v>121188</v>
       </c>
       <c r="D417" s="2" t="s">
+        <v>651</v>
+      </c>
+      <c r="E417" s="2" t="s">
         <v>800</v>
-      </c>
-[...1 lines deleted...]
-        <v>783</v>
       </c>
       <c r="F417" s="2" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="418" spans="1:6">
       <c r="A418" s="2">
         <v>416</v>
       </c>
       <c r="B418" s="2">
         <v>260</v>
       </c>
       <c r="C418" s="2">
-        <v>120667</v>
+        <v>102485</v>
       </c>
       <c r="D418" s="2" t="s">
         <v>801</v>
       </c>
       <c r="E418" s="2" t="s">
         <v>802</v>
       </c>
-      <c r="F418" s="2"/>
+      <c r="F418" s="2" t="s">
+        <v>14</v>
+      </c>
     </row>
     <row r="419" spans="1:6">
       <c r="A419" s="2">
         <v>416</v>
       </c>
       <c r="B419" s="2">
         <v>260</v>
       </c>
       <c r="C419" s="2">
-        <v>118923</v>
+        <v>118897</v>
       </c>
       <c r="D419" s="2" t="s">
         <v>803</v>
       </c>
       <c r="E419" s="2" t="s">
         <v>804</v>
       </c>
-      <c r="F419" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F419" s="2"/>
     </row>
     <row r="420" spans="1:6">
       <c r="A420" s="2">
         <v>416</v>
       </c>
       <c r="B420" s="2">
         <v>260</v>
       </c>
       <c r="C420" s="2">
-        <v>121188</v>
+        <v>118532</v>
       </c>
       <c r="D420" s="2" t="s">
-        <v>651</v>
+        <v>805</v>
       </c>
       <c r="E420" s="2" t="s">
-        <v>805</v>
+        <v>806</v>
       </c>
       <c r="F420" s="2" t="s">
-        <v>33</v>
+        <v>95</v>
       </c>
     </row>
     <row r="421" spans="1:6">
       <c r="A421" s="2">
         <v>416</v>
       </c>
       <c r="B421" s="2">
         <v>260</v>
       </c>
       <c r="C421" s="2">
-        <v>102485</v>
+        <v>120428</v>
       </c>
       <c r="D421" s="2" t="s">
-        <v>806</v>
+        <v>807</v>
       </c>
       <c r="E421" s="2" t="s">
-        <v>807</v>
+        <v>808</v>
       </c>
       <c r="F421" s="2" t="s">
-        <v>14</v>
+        <v>95</v>
       </c>
     </row>
     <row r="422" spans="1:6">
       <c r="A422" s="2">
         <v>416</v>
       </c>
       <c r="B422" s="2">
         <v>260</v>
       </c>
       <c r="C422" s="2">
         <v>104479</v>
       </c>
       <c r="D422" s="2" t="s">
-        <v>808</v>
+        <v>809</v>
       </c>
       <c r="E422" s="2" t="s">
-        <v>809</v>
+        <v>810</v>
       </c>
       <c r="F422" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="423" spans="1:6">
       <c r="A423" s="2">
         <v>416</v>
       </c>
       <c r="B423" s="2">
         <v>260</v>
       </c>
       <c r="C423" s="2">
-        <v>118532</v>
+        <v>112391</v>
       </c>
       <c r="D423" s="2" t="s">
-        <v>810</v>
+        <v>811</v>
       </c>
       <c r="E423" s="2" t="s">
-        <v>811</v>
+        <v>812</v>
       </c>
       <c r="F423" s="2" t="s">
-        <v>95</v>
+        <v>14</v>
       </c>
     </row>
     <row r="424" spans="1:6">
       <c r="A424" s="2">
         <v>416</v>
       </c>
       <c r="B424" s="2">
         <v>260</v>
       </c>
       <c r="C424" s="2">
-        <v>112391</v>
+        <v>119093</v>
       </c>
       <c r="D424" s="2" t="s">
-        <v>812</v>
+        <v>813</v>
       </c>
       <c r="E424" s="2" t="s">
-        <v>813</v>
+        <v>814</v>
       </c>
       <c r="F424" s="2" t="s">
-        <v>14</v>
+        <v>779</v>
       </c>
     </row>
     <row r="425" spans="1:6">
       <c r="A425" s="2">
         <v>416</v>
       </c>
       <c r="B425" s="2">
         <v>260</v>
       </c>
       <c r="C425" s="2">
-        <v>118897</v>
-[...3 lines deleted...]
-      </c>
+        <v>120726</v>
+      </c>
+      <c r="D425" s="2"/>
       <c r="E425" s="2" t="s">
         <v>815</v>
       </c>
-      <c r="F425" s="2"/>
+      <c r="F425" s="2" t="s">
+        <v>33</v>
+      </c>
     </row>
     <row r="426" spans="1:6">
       <c r="A426" s="2">
         <v>416</v>
       </c>
       <c r="B426" s="2">
         <v>260</v>
       </c>
       <c r="C426" s="2">
-        <v>120428</v>
+        <v>119107</v>
       </c>
       <c r="D426" s="2" t="s">
         <v>816</v>
       </c>
       <c r="E426" s="2" t="s">
         <v>817</v>
       </c>
       <c r="F426" s="2" t="s">
-        <v>95</v>
+        <v>67</v>
       </c>
     </row>
     <row r="427" spans="1:6">
       <c r="A427" s="2">
         <v>416</v>
       </c>
       <c r="B427" s="2">
         <v>260</v>
       </c>
       <c r="C427" s="2">
-        <v>119107</v>
-[...1 lines deleted...]
-      <c r="D427" s="2" t="s">
+        <v>121309</v>
+      </c>
+      <c r="D427" s="2"/>
+      <c r="E427" s="2" t="s">
         <v>818</v>
       </c>
-      <c r="E427" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F427" s="2" t="s">
-        <v>67</v>
+        <v>11</v>
       </c>
     </row>
     <row r="428" spans="1:6">
       <c r="A428" s="2">
         <v>416</v>
       </c>
       <c r="B428" s="2">
         <v>260</v>
       </c>
       <c r="C428" s="2">
-        <v>119093</v>
+        <v>117488</v>
       </c>
       <c r="D428" s="2" t="s">
+        <v>819</v>
+      </c>
+      <c r="E428" s="2" t="s">
         <v>820</v>
       </c>
-      <c r="E428" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F428" s="2" t="s">
-        <v>787</v>
+        <v>11</v>
       </c>
     </row>
     <row r="429" spans="1:6">
       <c r="A429" s="2">
         <v>416</v>
       </c>
       <c r="B429" s="2">
         <v>260</v>
       </c>
       <c r="C429" s="2">
-        <v>120726</v>
-[...1 lines deleted...]
-      <c r="D429" s="2"/>
+        <v>121470</v>
+      </c>
+      <c r="D429" s="2" t="s">
+        <v>821</v>
+      </c>
       <c r="E429" s="2" t="s">
         <v>822</v>
       </c>
       <c r="F429" s="2" t="s">
-        <v>33</v>
+        <v>100</v>
       </c>
     </row>
     <row r="430" spans="1:6">
       <c r="A430" s="2">
         <v>416</v>
       </c>
       <c r="B430" s="2">
         <v>260</v>
       </c>
       <c r="C430" s="2">
-        <v>121309</v>
-[...1 lines deleted...]
-      <c r="D430" s="2"/>
+        <v>119156</v>
+      </c>
+      <c r="D430" s="2" t="s">
+        <v>823</v>
+      </c>
       <c r="E430" s="2" t="s">
-        <v>823</v>
+        <v>824</v>
       </c>
       <c r="F430" s="2" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
     </row>
     <row r="431" spans="1:6">
       <c r="A431" s="2">
         <v>416</v>
       </c>
       <c r="B431" s="2">
         <v>260</v>
       </c>
       <c r="C431" s="2">
-        <v>117488</v>
+        <v>119032</v>
       </c>
       <c r="D431" s="2" t="s">
-        <v>824</v>
+        <v>825</v>
       </c>
       <c r="E431" s="2" t="s">
-        <v>825</v>
+        <v>826</v>
       </c>
       <c r="F431" s="2" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
     </row>
     <row r="432" spans="1:6">
       <c r="A432" s="2">
         <v>416</v>
       </c>
       <c r="B432" s="2">
         <v>260</v>
       </c>
       <c r="C432" s="2">
-        <v>119156</v>
-[...3 lines deleted...]
-      </c>
+        <v>121170</v>
+      </c>
+      <c r="D432" s="2"/>
       <c r="E432" s="2" t="s">
         <v>827</v>
       </c>
       <c r="F432" s="2" t="s">
-        <v>14</v>
+        <v>83</v>
       </c>
     </row>
     <row r="433" spans="1:6">
       <c r="A433" s="2">
         <v>416</v>
       </c>
       <c r="B433" s="2">
         <v>260</v>
       </c>
       <c r="C433" s="2">
-        <v>119032</v>
+        <v>121058</v>
       </c>
       <c r="D433" s="2" t="s">
         <v>828</v>
       </c>
       <c r="E433" s="2" t="s">
         <v>829</v>
       </c>
       <c r="F433" s="2" t="s">
-        <v>8</v>
+        <v>33</v>
       </c>
     </row>
     <row r="434" spans="1:6">
       <c r="A434" s="2">
         <v>416</v>
       </c>
       <c r="B434" s="2">
         <v>260</v>
       </c>
       <c r="C434" s="2">
-        <v>121470</v>
-[...1 lines deleted...]
-      <c r="D434" s="2" t="s">
+        <v>121140</v>
+      </c>
+      <c r="D434" s="2"/>
+      <c r="E434" s="2" t="s">
         <v>830</v>
       </c>
-      <c r="E434" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F434" s="2" t="s">
-        <v>100</v>
+        <v>83</v>
       </c>
     </row>
     <row r="435" spans="1:6">
       <c r="A435" s="2">
         <v>416</v>
       </c>
       <c r="B435" s="2">
         <v>260</v>
       </c>
       <c r="C435" s="2">
-        <v>121170</v>
-[...1 lines deleted...]
-      <c r="D435" s="2"/>
+        <v>120365</v>
+      </c>
+      <c r="D435" s="2" t="s">
+        <v>831</v>
+      </c>
       <c r="E435" s="2" t="s">
         <v>832</v>
       </c>
       <c r="F435" s="2" t="s">
-        <v>83</v>
+        <v>95</v>
       </c>
     </row>
     <row r="436" spans="1:6">
       <c r="A436" s="2">
         <v>416</v>
       </c>
       <c r="B436" s="2">
         <v>260</v>
       </c>
       <c r="C436" s="2">
         <v>115304</v>
       </c>
       <c r="D436" s="2" t="s">
         <v>833</v>
       </c>
       <c r="E436" s="2" t="s">
         <v>834</v>
       </c>
       <c r="F436" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="437" spans="1:6">
       <c r="A437" s="2">
         <v>416</v>
       </c>
       <c r="B437" s="2">
         <v>260</v>
       </c>
       <c r="C437" s="2">
-        <v>121058</v>
+        <v>121413</v>
       </c>
       <c r="D437" s="2" t="s">
         <v>835</v>
       </c>
       <c r="E437" s="2" t="s">
         <v>836</v>
       </c>
       <c r="F437" s="2" t="s">
-        <v>33</v>
+        <v>100</v>
       </c>
     </row>
     <row r="438" spans="1:6">
       <c r="A438" s="2">
         <v>443</v>
       </c>
       <c r="B438" s="2">
         <v>255</v>
       </c>
       <c r="C438" s="2">
         <v>115527</v>
       </c>
       <c r="D438" s="2" t="s">
         <v>837</v>
       </c>
       <c r="E438" s="2" t="s">
         <v>44</v>
       </c>
       <c r="F438" s="2" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="439" spans="1:6">
       <c r="A439" s="2">
         <v>444</v>
       </c>
       <c r="B439" s="2">
         <v>250</v>
       </c>
       <c r="C439" s="2">
-        <v>100254</v>
+        <v>121471</v>
       </c>
       <c r="D439" s="2" t="s">
         <v>838</v>
       </c>
       <c r="E439" s="2" t="s">
         <v>839</v>
       </c>
       <c r="F439" s="2" t="s">
-        <v>14</v>
+        <v>100</v>
       </c>
     </row>
     <row r="440" spans="1:6">
       <c r="A440" s="2">
         <v>444</v>
       </c>
       <c r="B440" s="2">
         <v>250</v>
       </c>
       <c r="C440" s="2">
-        <v>119033</v>
+        <v>100254</v>
       </c>
       <c r="D440" s="2" t="s">
         <v>840</v>
       </c>
       <c r="E440" s="2" t="s">
         <v>841</v>
       </c>
       <c r="F440" s="2" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
     </row>
     <row r="441" spans="1:6">
       <c r="A441" s="2">
         <v>444</v>
       </c>
       <c r="B441" s="2">
         <v>250</v>
       </c>
       <c r="C441" s="2">
-        <v>120761</v>
+        <v>119033</v>
       </c>
       <c r="D441" s="2" t="s">
         <v>842</v>
       </c>
       <c r="E441" s="2" t="s">
         <v>843</v>
       </c>
       <c r="F441" s="2" t="s">
-        <v>152</v>
+        <v>8</v>
       </c>
     </row>
     <row r="442" spans="1:6">
       <c r="A442" s="2">
         <v>444</v>
       </c>
       <c r="B442" s="2">
         <v>250</v>
       </c>
       <c r="C442" s="2">
-        <v>121471</v>
+        <v>118600</v>
       </c>
       <c r="D442" s="2" t="s">
         <v>844</v>
       </c>
       <c r="E442" s="2" t="s">
         <v>845</v>
       </c>
       <c r="F442" s="2" t="s">
-        <v>100</v>
+        <v>95</v>
       </c>
     </row>
     <row r="443" spans="1:6">
       <c r="A443" s="2">
         <v>444</v>
       </c>
       <c r="B443" s="2">
         <v>250</v>
       </c>
       <c r="C443" s="2">
-        <v>118600</v>
+        <v>120429</v>
       </c>
       <c r="D443" s="2" t="s">
+        <v>55</v>
+      </c>
+      <c r="E443" s="2" t="s">
         <v>846</v>
       </c>
-      <c r="E443" s="2" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="F443" s="2"/>
     </row>
     <row r="444" spans="1:6">
       <c r="A444" s="2">
         <v>444</v>
       </c>
       <c r="B444" s="2">
         <v>250</v>
       </c>
       <c r="C444" s="2">
         <v>121171</v>
       </c>
       <c r="D444" s="2"/>
       <c r="E444" s="2" t="s">
-        <v>848</v>
+        <v>847</v>
       </c>
       <c r="F444" s="2" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="445" spans="1:6">
       <c r="A445" s="2">
         <v>444</v>
       </c>
       <c r="B445" s="2">
         <v>250</v>
       </c>
       <c r="C445" s="2">
-        <v>110285</v>
+        <v>121059</v>
       </c>
       <c r="D445" s="2" t="s">
+        <v>848</v>
+      </c>
+      <c r="E445" s="2" t="s">
         <v>849</v>
       </c>
-      <c r="E445" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F445" s="2" t="s">
-        <v>11</v>
+        <v>33</v>
       </c>
     </row>
     <row r="446" spans="1:6">
       <c r="A446" s="2">
         <v>444</v>
       </c>
       <c r="B446" s="2">
         <v>250</v>
       </c>
       <c r="C446" s="2">
-        <v>120429</v>
+        <v>110285</v>
       </c>
       <c r="D446" s="2" t="s">
-        <v>55</v>
+        <v>850</v>
       </c>
       <c r="E446" s="2" t="s">
         <v>851</v>
       </c>
-      <c r="F446" s="2"/>
+      <c r="F446" s="2" t="s">
+        <v>11</v>
+      </c>
     </row>
     <row r="447" spans="1:6">
       <c r="A447" s="2">
         <v>444</v>
       </c>
       <c r="B447" s="2">
         <v>250</v>
       </c>
       <c r="C447" s="2">
-        <v>121059</v>
+        <v>121414</v>
       </c>
       <c r="D447" s="2" t="s">
         <v>852</v>
       </c>
       <c r="E447" s="2" t="s">
         <v>853</v>
       </c>
       <c r="F447" s="2" t="s">
-        <v>33</v>
+        <v>100</v>
       </c>
     </row>
     <row r="448" spans="1:6">
       <c r="A448" s="2">
         <v>444</v>
       </c>
       <c r="B448" s="2">
         <v>250</v>
       </c>
       <c r="C448" s="2">
-        <v>118770</v>
+        <v>121189</v>
       </c>
       <c r="D448" s="2" t="s">
         <v>854</v>
       </c>
       <c r="E448" s="2" t="s">
         <v>855</v>
       </c>
       <c r="F448" s="2" t="s">
-        <v>11</v>
+        <v>21</v>
       </c>
     </row>
     <row r="449" spans="1:6">
       <c r="A449" s="2">
         <v>444</v>
       </c>
       <c r="B449" s="2">
         <v>250</v>
       </c>
       <c r="C449" s="2">
-        <v>121575</v>
+        <v>118770</v>
       </c>
       <c r="D449" s="2" t="s">
         <v>856</v>
       </c>
       <c r="E449" s="2" t="s">
         <v>857</v>
       </c>
       <c r="F449" s="2" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
     </row>
     <row r="450" spans="1:6">
       <c r="A450" s="2">
         <v>444</v>
       </c>
       <c r="B450" s="2">
         <v>250</v>
       </c>
       <c r="C450" s="2">
-        <v>105190</v>
+        <v>121575</v>
       </c>
       <c r="D450" s="2" t="s">
         <v>858</v>
       </c>
       <c r="E450" s="2" t="s">
         <v>859</v>
       </c>
       <c r="F450" s="2" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
     </row>
     <row r="451" spans="1:6">
       <c r="A451" s="2">
         <v>444</v>
       </c>
       <c r="B451" s="2">
         <v>250</v>
       </c>
       <c r="C451" s="2">
-        <v>121414</v>
-[...1 lines deleted...]
-      <c r="D451" s="2" t="s">
+        <v>120668</v>
+      </c>
+      <c r="D451" s="2"/>
+      <c r="E451" s="2" t="s">
         <v>860</v>
       </c>
-      <c r="E451" s="2" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="F451" s="2"/>
     </row>
     <row r="452" spans="1:6">
       <c r="A452" s="2">
         <v>444</v>
       </c>
       <c r="B452" s="2">
         <v>250</v>
       </c>
       <c r="C452" s="2">
-        <v>121189</v>
+        <v>105190</v>
       </c>
       <c r="D452" s="2" t="s">
+        <v>861</v>
+      </c>
+      <c r="E452" s="2" t="s">
         <v>862</v>
       </c>
-      <c r="E452" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F452" s="2" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
     </row>
     <row r="453" spans="1:6">
       <c r="A453" s="2">
         <v>444</v>
       </c>
       <c r="B453" s="2">
         <v>250</v>
       </c>
       <c r="C453" s="2">
-        <v>121141</v>
+        <v>118044</v>
       </c>
       <c r="D453" s="2" t="s">
+        <v>863</v>
+      </c>
+      <c r="E453" s="2" t="s">
         <v>864</v>
       </c>
-      <c r="E453" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F453" s="2" t="s">
-        <v>8</v>
+        <v>67</v>
       </c>
     </row>
     <row r="454" spans="1:6">
       <c r="A454" s="2">
         <v>444</v>
       </c>
       <c r="B454" s="2">
         <v>250</v>
       </c>
       <c r="C454" s="2">
-        <v>120668</v>
-[...1 lines deleted...]
-      <c r="D454" s="2"/>
+        <v>121141</v>
+      </c>
+      <c r="D454" s="2" t="s">
+        <v>865</v>
+      </c>
       <c r="E454" s="2" t="s">
         <v>866</v>
       </c>
-      <c r="F454" s="2"/>
+      <c r="F454" s="2" t="s">
+        <v>8</v>
+      </c>
     </row>
     <row r="455" spans="1:6">
       <c r="A455" s="2">
         <v>444</v>
       </c>
       <c r="B455" s="2">
         <v>250</v>
       </c>
       <c r="C455" s="2">
-        <v>118044</v>
+        <v>121521</v>
       </c>
       <c r="D455" s="2" t="s">
         <v>867</v>
       </c>
       <c r="E455" s="2" t="s">
-        <v>868</v>
+        <v>399</v>
       </c>
       <c r="F455" s="2" t="s">
-        <v>67</v>
+        <v>14</v>
       </c>
     </row>
     <row r="456" spans="1:6">
       <c r="A456" s="2">
         <v>444</v>
       </c>
       <c r="B456" s="2">
         <v>250</v>
       </c>
       <c r="C456" s="2">
-        <v>121521</v>
+        <v>118899</v>
       </c>
       <c r="D456" s="2" t="s">
+        <v>868</v>
+      </c>
+      <c r="E456" s="2" t="s">
         <v>869</v>
       </c>
-      <c r="E456" s="2" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="F456" s="2"/>
     </row>
     <row r="457" spans="1:6">
       <c r="A457" s="2">
         <v>444</v>
       </c>
       <c r="B457" s="2">
         <v>250</v>
       </c>
       <c r="C457" s="2">
         <v>101547</v>
       </c>
       <c r="D457" s="2" t="s">
         <v>870</v>
       </c>
       <c r="E457" s="2" t="s">
         <v>871</v>
       </c>
       <c r="F457" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="458" spans="1:6">
       <c r="A458" s="2">
         <v>444</v>
       </c>
       <c r="B458" s="2">
         <v>250</v>
       </c>
       <c r="C458" s="2">
         <v>108145</v>
       </c>
       <c r="D458" s="2" t="s">
         <v>872</v>
       </c>
       <c r="E458" s="2" t="s">
         <v>873</v>
       </c>
       <c r="F458" s="2" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="459" spans="1:6">
       <c r="A459" s="2">
         <v>444</v>
       </c>
       <c r="B459" s="2">
         <v>250</v>
       </c>
       <c r="C459" s="2">
-        <v>118899</v>
+        <v>120761</v>
       </c>
       <c r="D459" s="2" t="s">
         <v>874</v>
       </c>
       <c r="E459" s="2" t="s">
         <v>875</v>
       </c>
-      <c r="F459" s="2"/>
+      <c r="F459" s="2" t="s">
+        <v>152</v>
+      </c>
     </row>
     <row r="460" spans="1:6">
       <c r="A460" s="2">
         <v>444</v>
       </c>
       <c r="B460" s="2">
         <v>250</v>
       </c>
       <c r="C460" s="2">
         <v>109818</v>
       </c>
       <c r="D460" s="2" t="s">
         <v>876</v>
       </c>
       <c r="E460" s="2" t="s">
         <v>877</v>
       </c>
       <c r="F460" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="461" spans="1:6">
       <c r="A461" s="2">
         <v>466</v>
       </c>
       <c r="B461" s="2">
         <v>245</v>
       </c>
       <c r="C461" s="2">
         <v>115640</v>
       </c>
       <c r="D461" s="2" t="s">
         <v>878</v>
       </c>
       <c r="E461" s="2" t="s">
         <v>879</v>
       </c>
       <c r="F461" s="2" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="462" spans="1:6">
       <c r="A462" s="2">
         <v>467</v>
       </c>
       <c r="B462" s="2">
         <v>240</v>
       </c>
       <c r="C462" s="2">
-        <v>121522</v>
+        <v>110170</v>
       </c>
       <c r="D462" s="2" t="s">
-        <v>880</v>
+        <v>836</v>
       </c>
       <c r="E462" s="2" t="s">
-        <v>881</v>
+        <v>119</v>
       </c>
       <c r="F462" s="2" t="s">
-        <v>14</v>
+        <v>36</v>
       </c>
     </row>
     <row r="463" spans="1:6">
       <c r="A463" s="2">
         <v>467</v>
       </c>
       <c r="B463" s="2">
         <v>240</v>
       </c>
       <c r="C463" s="2">
         <v>120327</v>
       </c>
       <c r="D463" s="2" t="s">
-        <v>882</v>
+        <v>880</v>
       </c>
       <c r="E463" s="2" t="s">
-        <v>883</v>
+        <v>881</v>
       </c>
       <c r="F463" s="2" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="464" spans="1:6">
       <c r="A464" s="2">
         <v>467</v>
       </c>
       <c r="B464" s="2">
         <v>240</v>
       </c>
       <c r="C464" s="2">
-        <v>110170</v>
-[...3 lines deleted...]
-      </c>
+        <v>120762</v>
+      </c>
+      <c r="D464" s="2"/>
       <c r="E464" s="2" t="s">
-        <v>119</v>
+        <v>882</v>
       </c>
       <c r="F464" s="2" t="s">
-        <v>36</v>
+        <v>152</v>
       </c>
     </row>
     <row r="465" spans="1:6">
       <c r="A465" s="2">
         <v>467</v>
       </c>
       <c r="B465" s="2">
         <v>240</v>
       </c>
       <c r="C465" s="2">
-        <v>118900</v>
+        <v>121310</v>
       </c>
       <c r="D465" s="2" t="s">
+        <v>883</v>
+      </c>
+      <c r="E465" s="2" t="s">
         <v>884</v>
       </c>
-      <c r="E465" s="2" t="s">
-[...2 lines deleted...]
-      <c r="F465" s="2"/>
+      <c r="F465" s="2" t="s">
+        <v>11</v>
+      </c>
     </row>
     <row r="466" spans="1:6">
       <c r="A466" s="2">
         <v>467</v>
       </c>
       <c r="B466" s="2">
         <v>240</v>
       </c>
       <c r="C466" s="2">
-        <v>121310</v>
+        <v>120366</v>
       </c>
       <c r="D466" s="2" t="s">
+        <v>885</v>
+      </c>
+      <c r="E466" s="2" t="s">
         <v>886</v>
       </c>
-      <c r="E466" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F466" s="2" t="s">
-        <v>11</v>
+        <v>95</v>
       </c>
     </row>
     <row r="467" spans="1:6">
       <c r="A467" s="2">
         <v>467</v>
       </c>
       <c r="B467" s="2">
         <v>240</v>
       </c>
       <c r="C467" s="2">
-        <v>119157</v>
+        <v>121060</v>
       </c>
       <c r="D467" s="2" t="s">
-        <v>888</v>
+        <v>75</v>
       </c>
       <c r="E467" s="2" t="s">
-        <v>889</v>
+        <v>887</v>
       </c>
       <c r="F467" s="2" t="s">
-        <v>14</v>
+        <v>33</v>
       </c>
     </row>
     <row r="468" spans="1:6">
       <c r="A468" s="2">
         <v>467</v>
       </c>
       <c r="B468" s="2">
         <v>240</v>
       </c>
       <c r="C468" s="2">
-        <v>119034</v>
+        <v>121472</v>
       </c>
       <c r="D468" s="2" t="s">
-        <v>890</v>
+        <v>888</v>
       </c>
       <c r="E468" s="2" t="s">
-        <v>891</v>
+        <v>889</v>
       </c>
       <c r="F468" s="2" t="s">
-        <v>8</v>
+        <v>100</v>
       </c>
     </row>
     <row r="469" spans="1:6">
       <c r="A469" s="2">
         <v>467</v>
       </c>
       <c r="B469" s="2">
         <v>240</v>
       </c>
       <c r="C469" s="2">
-        <v>120762</v>
-[...1 lines deleted...]
-      <c r="D469" s="2"/>
+        <v>119157</v>
+      </c>
+      <c r="D469" s="2" t="s">
+        <v>890</v>
+      </c>
       <c r="E469" s="2" t="s">
-        <v>892</v>
+        <v>891</v>
       </c>
       <c r="F469" s="2" t="s">
-        <v>152</v>
+        <v>14</v>
       </c>
     </row>
     <row r="470" spans="1:6">
       <c r="A470" s="2">
         <v>467</v>
       </c>
       <c r="B470" s="2">
         <v>240</v>
       </c>
       <c r="C470" s="2">
-        <v>120366</v>
+        <v>119034</v>
       </c>
       <c r="D470" s="2" t="s">
+        <v>892</v>
+      </c>
+      <c r="E470" s="2" t="s">
         <v>893</v>
       </c>
-      <c r="E470" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F470" s="2" t="s">
-        <v>95</v>
+        <v>8</v>
       </c>
     </row>
     <row r="471" spans="1:6">
       <c r="A471" s="2">
         <v>467</v>
       </c>
       <c r="B471" s="2">
         <v>240</v>
       </c>
       <c r="C471" s="2">
-        <v>121060</v>
+        <v>118601</v>
       </c>
       <c r="D471" s="2" t="s">
-        <v>75</v>
+        <v>894</v>
       </c>
       <c r="E471" s="2" t="s">
         <v>895</v>
       </c>
       <c r="F471" s="2" t="s">
-        <v>33</v>
+        <v>95</v>
       </c>
     </row>
     <row r="472" spans="1:6">
       <c r="A472" s="2">
         <v>467</v>
       </c>
       <c r="B472" s="2">
         <v>240</v>
       </c>
       <c r="C472" s="2">
-        <v>121472</v>
-[...1 lines deleted...]
-      <c r="D472" s="2" t="s">
+        <v>121190</v>
+      </c>
+      <c r="D472" s="2"/>
+      <c r="E472" s="2" t="s">
         <v>896</v>
       </c>
-      <c r="E472" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F472" s="2" t="s">
-        <v>100</v>
+        <v>33</v>
       </c>
     </row>
     <row r="473" spans="1:6">
       <c r="A473" s="2">
         <v>467</v>
       </c>
       <c r="B473" s="2">
         <v>240</v>
       </c>
       <c r="C473" s="2">
-        <v>118601</v>
+        <v>111904</v>
       </c>
       <c r="D473" s="2" t="s">
+        <v>897</v>
+      </c>
+      <c r="E473" s="2" t="s">
         <v>898</v>
       </c>
-      <c r="E473" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F473" s="2" t="s">
-        <v>95</v>
+        <v>33</v>
       </c>
     </row>
     <row r="474" spans="1:6">
       <c r="A474" s="2">
         <v>467</v>
       </c>
       <c r="B474" s="2">
         <v>240</v>
       </c>
       <c r="C474" s="2">
-        <v>121190</v>
-[...1 lines deleted...]
-      <c r="D474" s="2"/>
+        <v>118924</v>
+      </c>
+      <c r="D474" s="2" t="s">
+        <v>899</v>
+      </c>
       <c r="E474" s="2" t="s">
         <v>900</v>
       </c>
-      <c r="F474" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F474" s="2"/>
     </row>
     <row r="475" spans="1:6">
       <c r="A475" s="2">
         <v>467</v>
       </c>
       <c r="B475" s="2">
         <v>240</v>
       </c>
       <c r="C475" s="2">
-        <v>111904</v>
+        <v>121415</v>
       </c>
       <c r="D475" s="2" t="s">
         <v>901</v>
       </c>
       <c r="E475" s="2" t="s">
         <v>902</v>
       </c>
       <c r="F475" s="2" t="s">
-        <v>33</v>
+        <v>100</v>
       </c>
     </row>
     <row r="476" spans="1:6">
       <c r="A476" s="2">
         <v>467</v>
       </c>
       <c r="B476" s="2">
         <v>240</v>
       </c>
       <c r="C476" s="2">
-        <v>118771</v>
+        <v>118535</v>
       </c>
       <c r="D476" s="2" t="s">
         <v>903</v>
       </c>
       <c r="E476" s="2" t="s">
         <v>904</v>
       </c>
       <c r="F476" s="2" t="s">
-        <v>11</v>
+        <v>95</v>
       </c>
     </row>
     <row r="477" spans="1:6">
       <c r="A477" s="2">
         <v>467</v>
       </c>
       <c r="B477" s="2">
         <v>240</v>
       </c>
       <c r="C477" s="2">
-        <v>121576</v>
+        <v>118771</v>
       </c>
       <c r="D477" s="2" t="s">
         <v>905</v>
       </c>
       <c r="E477" s="2" t="s">
         <v>906</v>
       </c>
       <c r="F477" s="2" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
     </row>
     <row r="478" spans="1:6">
       <c r="A478" s="2">
         <v>467</v>
       </c>
       <c r="B478" s="2">
         <v>240</v>
       </c>
       <c r="C478" s="2">
-        <v>118924</v>
+        <v>121576</v>
       </c>
       <c r="D478" s="2" t="s">
         <v>907</v>
       </c>
       <c r="E478" s="2" t="s">
         <v>908</v>
       </c>
-      <c r="F478" s="2"/>
+      <c r="F478" s="2" t="s">
+        <v>8</v>
+      </c>
     </row>
     <row r="479" spans="1:6">
       <c r="A479" s="2">
         <v>467</v>
       </c>
       <c r="B479" s="2">
         <v>240</v>
       </c>
       <c r="C479" s="2">
-        <v>121361</v>
-[...1 lines deleted...]
-      <c r="D479" s="2" t="s">
+        <v>120669</v>
+      </c>
+      <c r="D479" s="2"/>
+      <c r="E479" s="2" t="s">
         <v>909</v>
       </c>
-      <c r="E479" s="2" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="F479" s="2"/>
     </row>
     <row r="480" spans="1:6">
       <c r="A480" s="2">
         <v>467</v>
       </c>
       <c r="B480" s="2">
         <v>240</v>
       </c>
       <c r="C480" s="2">
-        <v>121415</v>
+        <v>118834</v>
       </c>
       <c r="D480" s="2" t="s">
+        <v>910</v>
+      </c>
+      <c r="E480" s="2" t="s">
         <v>911</v>
       </c>
-      <c r="E480" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F480" s="2" t="s">
-        <v>100</v>
+        <v>33</v>
       </c>
     </row>
     <row r="481" spans="1:6">
       <c r="A481" s="2">
         <v>467</v>
       </c>
       <c r="B481" s="2">
         <v>240</v>
       </c>
       <c r="C481" s="2">
-        <v>118535</v>
+        <v>121361</v>
       </c>
       <c r="D481" s="2" t="s">
+        <v>912</v>
+      </c>
+      <c r="E481" s="2" t="s">
         <v>913</v>
       </c>
-      <c r="E481" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F481" s="2" t="s">
-        <v>95</v>
+        <v>11</v>
       </c>
     </row>
     <row r="482" spans="1:6">
       <c r="A482" s="2">
         <v>467</v>
       </c>
       <c r="B482" s="2">
         <v>240</v>
       </c>
       <c r="C482" s="2">
-        <v>121142</v>
-[...3 lines deleted...]
-      </c>
+        <v>120430</v>
+      </c>
+      <c r="D482" s="2"/>
       <c r="E482" s="2" t="s">
-        <v>916</v>
+        <v>914</v>
       </c>
       <c r="F482" s="2" t="s">
-        <v>8</v>
+        <v>95</v>
       </c>
     </row>
     <row r="483" spans="1:6">
       <c r="A483" s="2">
         <v>467</v>
       </c>
       <c r="B483" s="2">
         <v>240</v>
       </c>
       <c r="C483" s="2">
-        <v>120430</v>
-[...1 lines deleted...]
-      <c r="D483" s="2"/>
+        <v>121142</v>
+      </c>
+      <c r="D483" s="2" t="s">
+        <v>915</v>
+      </c>
       <c r="E483" s="2" t="s">
-        <v>917</v>
+        <v>916</v>
       </c>
       <c r="F483" s="2" t="s">
-        <v>95</v>
+        <v>8</v>
       </c>
     </row>
     <row r="484" spans="1:6">
       <c r="A484" s="2">
         <v>467</v>
       </c>
       <c r="B484" s="2">
         <v>240</v>
       </c>
       <c r="C484" s="2">
-        <v>118834</v>
-[...3 lines deleted...]
-      </c>
+        <v>120727</v>
+      </c>
+      <c r="D484" s="2"/>
       <c r="E484" s="2" t="s">
-        <v>919</v>
+        <v>917</v>
       </c>
       <c r="F484" s="2" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="485" spans="1:6">
       <c r="A485" s="2">
         <v>467</v>
       </c>
       <c r="B485" s="2">
         <v>240</v>
       </c>
       <c r="C485" s="2">
-        <v>120669</v>
-[...1 lines deleted...]
-      <c r="D485" s="2"/>
+        <v>121522</v>
+      </c>
+      <c r="D485" s="2" t="s">
+        <v>918</v>
+      </c>
       <c r="E485" s="2" t="s">
-        <v>920</v>
-[...1 lines deleted...]
-      <c r="F485" s="2"/>
+        <v>919</v>
+      </c>
+      <c r="F485" s="2" t="s">
+        <v>14</v>
+      </c>
     </row>
     <row r="486" spans="1:6">
       <c r="A486" s="2">
         <v>467</v>
       </c>
       <c r="B486" s="2">
         <v>240</v>
       </c>
       <c r="C486" s="2">
-        <v>120727</v>
-[...1 lines deleted...]
-      <c r="D486" s="2"/>
+        <v>118900</v>
+      </c>
+      <c r="D486" s="2" t="s">
+        <v>920</v>
+      </c>
       <c r="E486" s="2" t="s">
         <v>921</v>
       </c>
-      <c r="F486" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F486" s="2"/>
     </row>
     <row r="487" spans="1:6">
       <c r="A487" s="2">
         <v>493</v>
       </c>
       <c r="B487" s="2">
         <v>235</v>
       </c>
       <c r="C487" s="2">
         <v>105546</v>
       </c>
       <c r="D487" s="2" t="s">
         <v>75</v>
       </c>
       <c r="E487" s="2" t="s">
         <v>922</v>
       </c>
       <c r="F487" s="2" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="488" spans="1:6">
       <c r="A488" s="2">
         <v>494</v>
       </c>
       <c r="B488" s="2">
         <v>230</v>
       </c>
       <c r="C488" s="2">
-        <v>121191</v>
-[...1 lines deleted...]
-      <c r="D488" s="2"/>
+        <v>120670</v>
+      </c>
+      <c r="D488" s="2" t="s">
+        <v>923</v>
+      </c>
       <c r="E488" s="2" t="s">
-        <v>923</v>
-[...3 lines deleted...]
-      </c>
+        <v>924</v>
+      </c>
+      <c r="F488" s="2"/>
     </row>
     <row r="489" spans="1:6">
       <c r="A489" s="2">
         <v>494</v>
       </c>
       <c r="B489" s="2">
         <v>230</v>
       </c>
       <c r="C489" s="2">
-        <v>118772</v>
+        <v>118835</v>
       </c>
       <c r="D489" s="2" t="s">
-        <v>924</v>
+        <v>925</v>
       </c>
       <c r="E489" s="2" t="s">
-        <v>925</v>
+        <v>926</v>
       </c>
       <c r="F489" s="2" t="s">
-        <v>11</v>
+        <v>33</v>
       </c>
     </row>
     <row r="490" spans="1:6">
       <c r="A490" s="2">
         <v>494</v>
       </c>
       <c r="B490" s="2">
         <v>230</v>
       </c>
       <c r="C490" s="2">
-        <v>118536</v>
-[...3 lines deleted...]
-      </c>
+        <v>120431</v>
+      </c>
+      <c r="D490" s="2"/>
       <c r="E490" s="2" t="s">
         <v>927</v>
       </c>
       <c r="F490" s="2" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="491" spans="1:6">
       <c r="A491" s="2">
         <v>494</v>
       </c>
       <c r="B491" s="2">
         <v>230</v>
       </c>
       <c r="C491" s="2">
         <v>120813</v>
       </c>
       <c r="D491" s="2"/>
       <c r="E491" s="2" t="s">
         <v>928</v>
       </c>
       <c r="F491" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="492" spans="1:6">
       <c r="A492" s="2">
         <v>494</v>
       </c>
       <c r="B492" s="2">
         <v>230</v>
       </c>
       <c r="C492" s="2">
-        <v>121416</v>
+        <v>121523</v>
       </c>
       <c r="D492" s="2" t="s">
         <v>929</v>
       </c>
       <c r="E492" s="2" t="s">
         <v>930</v>
       </c>
       <c r="F492" s="2" t="s">
-        <v>100</v>
+        <v>14</v>
       </c>
     </row>
     <row r="493" spans="1:6">
       <c r="A493" s="2">
         <v>494</v>
       </c>
       <c r="B493" s="2">
         <v>230</v>
       </c>
       <c r="C493" s="2">
-        <v>113438</v>
+        <v>118901</v>
       </c>
       <c r="D493" s="2" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="E493" s="2" t="s">
         <v>931</v>
       </c>
-      <c r="F493" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F493" s="2"/>
     </row>
     <row r="494" spans="1:6">
       <c r="A494" s="2">
         <v>494</v>
       </c>
       <c r="B494" s="2">
         <v>230</v>
       </c>
       <c r="C494" s="2">
-        <v>120431</v>
+        <v>121311</v>
       </c>
       <c r="D494" s="2"/>
       <c r="E494" s="2" t="s">
         <v>932</v>
       </c>
       <c r="F494" s="2" t="s">
-        <v>95</v>
+        <v>11</v>
       </c>
     </row>
     <row r="495" spans="1:6">
       <c r="A495" s="2">
         <v>494</v>
       </c>
       <c r="B495" s="2">
         <v>230</v>
       </c>
       <c r="C495" s="2">
-        <v>118835</v>
-[...1 lines deleted...]
-      <c r="D495" s="2" t="s">
+        <v>120368</v>
+      </c>
+      <c r="D495" s="2"/>
+      <c r="E495" s="2" t="s">
         <v>933</v>
       </c>
-      <c r="E495" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F495" s="2" t="s">
-        <v>33</v>
+        <v>95</v>
       </c>
     </row>
     <row r="496" spans="1:6">
       <c r="A496" s="2">
         <v>494</v>
       </c>
       <c r="B496" s="2">
         <v>230</v>
       </c>
       <c r="C496" s="2">
-        <v>120670</v>
+        <v>121061</v>
       </c>
       <c r="D496" s="2" t="s">
-        <v>935</v>
+        <v>400</v>
       </c>
       <c r="E496" s="2" t="s">
-        <v>936</v>
-[...1 lines deleted...]
-      <c r="F496" s="2"/>
+        <v>934</v>
+      </c>
+      <c r="F496" s="2" t="s">
+        <v>33</v>
+      </c>
     </row>
     <row r="497" spans="1:6">
       <c r="A497" s="2">
         <v>494</v>
       </c>
       <c r="B497" s="2">
         <v>230</v>
       </c>
       <c r="C497" s="2">
-        <v>121523</v>
+        <v>121473</v>
       </c>
       <c r="D497" s="2" t="s">
-        <v>937</v>
+        <v>935</v>
       </c>
       <c r="E497" s="2" t="s">
-        <v>938</v>
+        <v>936</v>
       </c>
       <c r="F497" s="2" t="s">
-        <v>14</v>
+        <v>100</v>
       </c>
     </row>
     <row r="498" spans="1:6">
       <c r="A498" s="2">
         <v>494</v>
       </c>
       <c r="B498" s="2">
         <v>230</v>
       </c>
       <c r="C498" s="2">
-        <v>118901</v>
+        <v>102631</v>
       </c>
       <c r="D498" s="2" t="s">
-        <v>174</v>
+        <v>937</v>
       </c>
       <c r="E498" s="2" t="s">
-        <v>939</v>
-[...1 lines deleted...]
-      <c r="F498" s="2"/>
+        <v>938</v>
+      </c>
+      <c r="F498" s="2" t="s">
+        <v>14</v>
+      </c>
     </row>
     <row r="499" spans="1:6">
       <c r="A499" s="2">
         <v>494</v>
       </c>
       <c r="B499" s="2">
         <v>230</v>
       </c>
       <c r="C499" s="2">
-        <v>121311</v>
-[...1 lines deleted...]
-      <c r="D499" s="2"/>
+        <v>119035</v>
+      </c>
+      <c r="D499" s="2" t="s">
+        <v>939</v>
+      </c>
       <c r="E499" s="2" t="s">
         <v>940</v>
       </c>
       <c r="F499" s="2" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
     </row>
     <row r="500" spans="1:6">
       <c r="A500" s="2">
         <v>494</v>
       </c>
       <c r="B500" s="2">
         <v>230</v>
       </c>
       <c r="C500" s="2">
-        <v>102631</v>
+        <v>118603</v>
       </c>
       <c r="D500" s="2" t="s">
         <v>941</v>
       </c>
       <c r="E500" s="2" t="s">
         <v>942</v>
       </c>
       <c r="F500" s="2" t="s">
-        <v>14</v>
+        <v>95</v>
       </c>
     </row>
     <row r="501" spans="1:6">
       <c r="A501" s="2">
         <v>494</v>
       </c>
       <c r="B501" s="2">
         <v>230</v>
       </c>
       <c r="C501" s="2">
-        <v>119035</v>
+        <v>118926</v>
       </c>
       <c r="D501" s="2" t="s">
         <v>943</v>
       </c>
       <c r="E501" s="2" t="s">
         <v>944</v>
       </c>
       <c r="F501" s="2" t="s">
-        <v>8</v>
+        <v>67</v>
       </c>
     </row>
     <row r="502" spans="1:6">
       <c r="A502" s="2">
         <v>494</v>
       </c>
       <c r="B502" s="2">
         <v>230</v>
       </c>
       <c r="C502" s="2">
-        <v>120368</v>
+        <v>121191</v>
       </c>
       <c r="D502" s="2"/>
       <c r="E502" s="2" t="s">
         <v>945</v>
       </c>
       <c r="F502" s="2" t="s">
-        <v>95</v>
+        <v>33</v>
       </c>
     </row>
     <row r="503" spans="1:6">
       <c r="A503" s="2">
         <v>494</v>
       </c>
       <c r="B503" s="2">
         <v>230</v>
       </c>
       <c r="C503" s="2">
-        <v>121061</v>
+        <v>121416</v>
       </c>
       <c r="D503" s="2" t="s">
-        <v>402</v>
+        <v>946</v>
       </c>
       <c r="E503" s="2" t="s">
-        <v>946</v>
+        <v>947</v>
       </c>
       <c r="F503" s="2" t="s">
-        <v>33</v>
+        <v>100</v>
       </c>
     </row>
     <row r="504" spans="1:6">
       <c r="A504" s="2">
         <v>494</v>
       </c>
       <c r="B504" s="2">
         <v>230</v>
       </c>
       <c r="C504" s="2">
-        <v>121473</v>
+        <v>113438</v>
       </c>
       <c r="D504" s="2" t="s">
-        <v>947</v>
+        <v>170</v>
       </c>
       <c r="E504" s="2" t="s">
         <v>948</v>
       </c>
       <c r="F504" s="2" t="s">
-        <v>100</v>
+        <v>146</v>
       </c>
     </row>
     <row r="505" spans="1:6">
       <c r="A505" s="2">
         <v>494</v>
       </c>
       <c r="B505" s="2">
         <v>230</v>
       </c>
       <c r="C505" s="2">
-        <v>118603</v>
+        <v>118536</v>
       </c>
       <c r="D505" s="2" t="s">
         <v>949</v>
       </c>
       <c r="E505" s="2" t="s">
         <v>950</v>
       </c>
       <c r="F505" s="2" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="506" spans="1:6">
       <c r="A506" s="2">
         <v>494</v>
       </c>
       <c r="B506" s="2">
         <v>230</v>
       </c>
       <c r="C506" s="2">
-        <v>118926</v>
+        <v>118772</v>
       </c>
       <c r="D506" s="2" t="s">
         <v>951</v>
       </c>
       <c r="E506" s="2" t="s">
         <v>952</v>
       </c>
       <c r="F506" s="2" t="s">
-        <v>67</v>
+        <v>11</v>
       </c>
     </row>
     <row r="507" spans="1:6">
       <c r="A507" s="2">
         <v>515</v>
       </c>
       <c r="B507" s="2">
         <v>225</v>
       </c>
       <c r="C507" s="2">
         <v>121022</v>
       </c>
       <c r="D507" s="2"/>
       <c r="E507" s="2" t="s">
         <v>953</v>
       </c>
       <c r="F507" s="2" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="508" spans="1:6">
       <c r="A508" s="2">
         <v>516</v>
       </c>
       <c r="B508" s="2">
@@ -18531,2265 +18531,2265 @@
       </c>
       <c r="B511" s="2">
         <v>220</v>
       </c>
       <c r="C511" s="2">
         <v>121362</v>
       </c>
       <c r="D511" s="2" t="s">
         <v>960</v>
       </c>
       <c r="E511" s="2" t="s">
         <v>961</v>
       </c>
       <c r="F511" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="512" spans="1:6">
       <c r="A512" s="2">
         <v>516</v>
       </c>
       <c r="B512" s="2">
         <v>220</v>
       </c>
       <c r="C512" s="2">
-        <v>121474</v>
+        <v>118604</v>
       </c>
       <c r="D512" s="2" t="s">
         <v>962</v>
       </c>
       <c r="E512" s="2" t="s">
         <v>963</v>
       </c>
       <c r="F512" s="2" t="s">
-        <v>100</v>
+        <v>95</v>
       </c>
     </row>
     <row r="513" spans="1:6">
       <c r="A513" s="2">
         <v>516</v>
       </c>
       <c r="B513" s="2">
         <v>220</v>
       </c>
       <c r="C513" s="2">
-        <v>118604</v>
+        <v>118927</v>
       </c>
       <c r="D513" s="2" t="s">
         <v>964</v>
       </c>
       <c r="E513" s="2" t="s">
         <v>965</v>
       </c>
       <c r="F513" s="2" t="s">
-        <v>95</v>
+        <v>67</v>
       </c>
     </row>
     <row r="514" spans="1:6">
       <c r="A514" s="2">
         <v>516</v>
       </c>
       <c r="B514" s="2">
         <v>220</v>
       </c>
       <c r="C514" s="2">
-        <v>118660</v>
-[...1 lines deleted...]
-      <c r="D514" s="2" t="s">
+        <v>121192</v>
+      </c>
+      <c r="D514" s="2"/>
+      <c r="E514" s="2" t="s">
         <v>966</v>
       </c>
-      <c r="E514" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F514" s="2" t="s">
-        <v>11</v>
+        <v>33</v>
       </c>
     </row>
     <row r="515" spans="1:6">
       <c r="A515" s="2">
         <v>516</v>
       </c>
       <c r="B515" s="2">
         <v>220</v>
       </c>
       <c r="C515" s="2">
-        <v>120728</v>
+        <v>121604</v>
       </c>
       <c r="D515" s="2"/>
       <c r="E515" s="2" t="s">
-        <v>968</v>
-[...3 lines deleted...]
-      </c>
+        <v>967</v>
+      </c>
+      <c r="F515" s="2"/>
     </row>
     <row r="516" spans="1:6">
       <c r="A516" s="2">
         <v>516</v>
       </c>
       <c r="B516" s="2">
         <v>220</v>
       </c>
       <c r="C516" s="2">
-        <v>118927</v>
-[...3 lines deleted...]
-      </c>
+        <v>120728</v>
+      </c>
+      <c r="D516" s="2"/>
       <c r="E516" s="2" t="s">
-        <v>970</v>
+        <v>968</v>
       </c>
       <c r="F516" s="2" t="s">
-        <v>67</v>
+        <v>33</v>
       </c>
     </row>
     <row r="517" spans="1:6">
       <c r="A517" s="2">
         <v>516</v>
       </c>
       <c r="B517" s="2">
         <v>220</v>
       </c>
       <c r="C517" s="2">
-        <v>121604</v>
+        <v>121145</v>
       </c>
       <c r="D517" s="2"/>
       <c r="E517" s="2" t="s">
-        <v>971</v>
-[...1 lines deleted...]
-      <c r="F517" s="2"/>
+        <v>969</v>
+      </c>
+      <c r="F517" s="2" t="s">
+        <v>83</v>
+      </c>
     </row>
     <row r="518" spans="1:6">
       <c r="A518" s="2">
         <v>516</v>
       </c>
       <c r="B518" s="2">
         <v>220</v>
       </c>
       <c r="C518" s="2">
-        <v>119095</v>
+        <v>118660</v>
       </c>
       <c r="D518" s="2" t="s">
-        <v>972</v>
+        <v>970</v>
       </c>
       <c r="E518" s="2" t="s">
-        <v>973</v>
+        <v>971</v>
       </c>
       <c r="F518" s="2" t="s">
-        <v>67</v>
+        <v>11</v>
       </c>
     </row>
     <row r="519" spans="1:6">
       <c r="A519" s="2">
         <v>516</v>
       </c>
       <c r="B519" s="2">
         <v>220</v>
       </c>
       <c r="C519" s="2">
-        <v>121192</v>
-[...1 lines deleted...]
-      <c r="D519" s="2"/>
+        <v>121417</v>
+      </c>
+      <c r="D519" s="2" t="s">
+        <v>972</v>
+      </c>
       <c r="E519" s="2" t="s">
-        <v>974</v>
+        <v>973</v>
       </c>
       <c r="F519" s="2" t="s">
-        <v>33</v>
+        <v>100</v>
       </c>
     </row>
     <row r="520" spans="1:6">
       <c r="A520" s="2">
         <v>516</v>
       </c>
       <c r="B520" s="2">
         <v>220</v>
       </c>
       <c r="C520" s="2">
-        <v>118774</v>
+        <v>119095</v>
       </c>
       <c r="D520" s="2" t="s">
+        <v>974</v>
+      </c>
+      <c r="E520" s="2" t="s">
         <v>975</v>
       </c>
-      <c r="E520" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F520" s="2" t="s">
-        <v>11</v>
+        <v>67</v>
       </c>
     </row>
     <row r="521" spans="1:6">
       <c r="A521" s="2">
         <v>516</v>
       </c>
       <c r="B521" s="2">
         <v>220</v>
       </c>
       <c r="C521" s="2">
-        <v>121145</v>
-[...1 lines deleted...]
-      <c r="D521" s="2"/>
+        <v>118774</v>
+      </c>
+      <c r="D521" s="2" t="s">
+        <v>976</v>
+      </c>
       <c r="E521" s="2" t="s">
         <v>977</v>
       </c>
       <c r="F521" s="2" t="s">
-        <v>83</v>
+        <v>11</v>
       </c>
     </row>
     <row r="522" spans="1:6">
       <c r="A522" s="2">
         <v>516</v>
       </c>
       <c r="B522" s="2">
         <v>220</v>
       </c>
       <c r="C522" s="2">
-        <v>120814</v>
-[...1 lines deleted...]
-      <c r="D522" s="2"/>
+        <v>120671</v>
+      </c>
+      <c r="D522" s="2" t="s">
+        <v>978</v>
+      </c>
       <c r="E522" s="2" t="s">
-        <v>978</v>
-[...3 lines deleted...]
-      </c>
+        <v>979</v>
+      </c>
+      <c r="F522" s="2"/>
     </row>
     <row r="523" spans="1:6">
       <c r="A523" s="2">
         <v>516</v>
       </c>
       <c r="B523" s="2">
         <v>220</v>
       </c>
       <c r="C523" s="2">
-        <v>121417</v>
+        <v>108281</v>
       </c>
       <c r="D523" s="2" t="s">
-        <v>979</v>
+        <v>75</v>
       </c>
       <c r="E523" s="2" t="s">
         <v>980</v>
       </c>
       <c r="F523" s="2" t="s">
-        <v>100</v>
+        <v>33</v>
       </c>
     </row>
     <row r="524" spans="1:6">
       <c r="A524" s="2">
         <v>516</v>
       </c>
       <c r="B524" s="2">
         <v>220</v>
       </c>
       <c r="C524" s="2">
         <v>120433</v>
       </c>
       <c r="D524" s="2"/>
       <c r="E524" s="2" t="s">
         <v>981</v>
       </c>
       <c r="F524" s="2" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="525" spans="1:6">
       <c r="A525" s="2">
         <v>516</v>
       </c>
       <c r="B525" s="2">
         <v>220</v>
       </c>
       <c r="C525" s="2">
-        <v>108281</v>
-[...3 lines deleted...]
-      </c>
+        <v>120814</v>
+      </c>
+      <c r="D525" s="2"/>
       <c r="E525" s="2" t="s">
         <v>982</v>
       </c>
       <c r="F525" s="2" t="s">
-        <v>33</v>
+        <v>11</v>
       </c>
     </row>
     <row r="526" spans="1:6">
       <c r="A526" s="2">
         <v>516</v>
       </c>
       <c r="B526" s="2">
         <v>220</v>
       </c>
       <c r="C526" s="2">
-        <v>120671</v>
-[...1 lines deleted...]
-      <c r="D526" s="2" t="s">
+        <v>120763</v>
+      </c>
+      <c r="D526" s="2"/>
+      <c r="E526" s="2" t="s">
         <v>983</v>
       </c>
-      <c r="E526" s="2" t="s">
-[...2 lines deleted...]
-      <c r="F526" s="2"/>
+      <c r="F526" s="2" t="s">
+        <v>152</v>
+      </c>
     </row>
     <row r="527" spans="1:6">
       <c r="A527" s="2">
         <v>516</v>
       </c>
       <c r="B527" s="2">
         <v>220</v>
       </c>
       <c r="C527" s="2">
         <v>121524</v>
       </c>
       <c r="D527" s="2" t="s">
+        <v>984</v>
+      </c>
+      <c r="E527" s="2" t="s">
         <v>985</v>
-      </c>
-[...1 lines deleted...]
-        <v>986</v>
       </c>
       <c r="F527" s="2" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="528" spans="1:6">
       <c r="A528" s="2">
         <v>516</v>
       </c>
       <c r="B528" s="2">
         <v>220</v>
       </c>
       <c r="C528" s="2">
-        <v>120763</v>
-[...1 lines deleted...]
-      <c r="D528" s="2"/>
+        <v>118902</v>
+      </c>
+      <c r="D528" s="2" t="s">
+        <v>986</v>
+      </c>
       <c r="E528" s="2" t="s">
         <v>987</v>
       </c>
-      <c r="F528" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F528" s="2"/>
     </row>
     <row r="529" spans="1:6">
       <c r="A529" s="2">
         <v>516</v>
       </c>
       <c r="B529" s="2">
         <v>220</v>
       </c>
       <c r="C529" s="2">
         <v>102608</v>
       </c>
       <c r="D529" s="2" t="s">
         <v>988</v>
       </c>
       <c r="E529" s="2" t="s">
         <v>989</v>
       </c>
       <c r="F529" s="2" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="530" spans="1:6">
       <c r="A530" s="2">
         <v>516</v>
       </c>
       <c r="B530" s="2">
         <v>220</v>
       </c>
       <c r="C530" s="2">
-        <v>118902</v>
-[...1 lines deleted...]
-      <c r="D530" s="2" t="s">
+        <v>121312</v>
+      </c>
+      <c r="D530" s="2"/>
+      <c r="E530" s="2" t="s">
         <v>990</v>
       </c>
-      <c r="E530" s="2" t="s">
-[...2 lines deleted...]
-      <c r="F530" s="2"/>
+      <c r="F530" s="2" t="s">
+        <v>11</v>
+      </c>
     </row>
     <row r="531" spans="1:6">
       <c r="A531" s="2">
         <v>516</v>
       </c>
       <c r="B531" s="2">
         <v>220</v>
       </c>
       <c r="C531" s="2">
-        <v>121312</v>
-[...1 lines deleted...]
-      <c r="D531" s="2"/>
+        <v>121474</v>
+      </c>
+      <c r="D531" s="2" t="s">
+        <v>991</v>
+      </c>
       <c r="E531" s="2" t="s">
         <v>992</v>
       </c>
       <c r="F531" s="2" t="s">
-        <v>11</v>
+        <v>100</v>
       </c>
     </row>
     <row r="532" spans="1:6">
       <c r="A532" s="2">
         <v>540</v>
       </c>
       <c r="B532" s="2">
         <v>215</v>
       </c>
       <c r="C532" s="2">
         <v>121023</v>
       </c>
       <c r="D532" s="2"/>
       <c r="E532" s="2" t="s">
         <v>993</v>
       </c>
       <c r="F532" s="2" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="533" spans="1:6">
       <c r="A533" s="2">
         <v>541</v>
       </c>
       <c r="B533" s="2">
         <v>210</v>
       </c>
       <c r="C533" s="2">
-        <v>121525</v>
+        <v>102025</v>
       </c>
       <c r="D533" s="2" t="s">
         <v>994</v>
       </c>
       <c r="E533" s="2" t="s">
         <v>995</v>
       </c>
       <c r="F533" s="2" t="s">
-        <v>14</v>
+        <v>88</v>
       </c>
     </row>
     <row r="534" spans="1:6">
       <c r="A534" s="2">
         <v>541</v>
       </c>
       <c r="B534" s="2">
         <v>210</v>
       </c>
       <c r="C534" s="2">
-        <v>120764</v>
+        <v>120729</v>
       </c>
       <c r="D534" s="2" t="s">
         <v>996</v>
       </c>
       <c r="E534" s="2" t="s">
         <v>997</v>
       </c>
       <c r="F534" s="2" t="s">
-        <v>152</v>
+        <v>8</v>
       </c>
     </row>
     <row r="535" spans="1:6">
       <c r="A535" s="2">
         <v>541</v>
       </c>
       <c r="B535" s="2">
         <v>210</v>
       </c>
       <c r="C535" s="2">
-        <v>118903</v>
-[...1 lines deleted...]
-      <c r="D535" s="2" t="s">
+        <v>121313</v>
+      </c>
+      <c r="D535" s="2"/>
+      <c r="E535" s="2" t="s">
         <v>998</v>
       </c>
-      <c r="E535" s="2" t="s">
-[...2 lines deleted...]
-      <c r="F535" s="2"/>
+      <c r="F535" s="2" t="s">
+        <v>11</v>
+      </c>
     </row>
     <row r="536" spans="1:6">
       <c r="A536" s="2">
         <v>541</v>
       </c>
       <c r="B536" s="2">
         <v>210</v>
       </c>
       <c r="C536" s="2">
-        <v>120729</v>
-[...3 lines deleted...]
-      </c>
+        <v>120371</v>
+      </c>
+      <c r="D536" s="2"/>
       <c r="E536" s="2" t="s">
-        <v>1001</v>
+        <v>999</v>
       </c>
       <c r="F536" s="2" t="s">
-        <v>8</v>
+        <v>95</v>
       </c>
     </row>
     <row r="537" spans="1:6">
       <c r="A537" s="2">
         <v>541</v>
       </c>
       <c r="B537" s="2">
         <v>210</v>
       </c>
       <c r="C537" s="2">
-        <v>121313</v>
-[...1 lines deleted...]
-      <c r="D537" s="2"/>
+        <v>105262</v>
+      </c>
+      <c r="D537" s="2" t="s">
+        <v>1000</v>
+      </c>
       <c r="E537" s="2" t="s">
-        <v>1002</v>
+        <v>85</v>
       </c>
       <c r="F537" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="538" spans="1:6">
       <c r="A538" s="2">
         <v>541</v>
       </c>
       <c r="B538" s="2">
         <v>210</v>
       </c>
       <c r="C538" s="2">
-        <v>102025</v>
+        <v>121475</v>
       </c>
       <c r="D538" s="2" t="s">
-        <v>1003</v>
+        <v>1001</v>
       </c>
       <c r="E538" s="2" t="s">
-        <v>1004</v>
+        <v>1002</v>
       </c>
       <c r="F538" s="2" t="s">
-        <v>88</v>
+        <v>100</v>
       </c>
     </row>
     <row r="539" spans="1:6">
       <c r="A539" s="2">
         <v>541</v>
       </c>
       <c r="B539" s="2">
         <v>210</v>
       </c>
       <c r="C539" s="2">
-        <v>105262</v>
+        <v>102113</v>
       </c>
       <c r="D539" s="2" t="s">
-        <v>1005</v>
+        <v>1003</v>
       </c>
       <c r="E539" s="2" t="s">
-        <v>85</v>
+        <v>1004</v>
       </c>
       <c r="F539" s="2" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
     </row>
     <row r="540" spans="1:6">
       <c r="A540" s="2">
         <v>541</v>
       </c>
       <c r="B540" s="2">
         <v>210</v>
       </c>
       <c r="C540" s="2">
-        <v>102113</v>
+        <v>119037</v>
       </c>
       <c r="D540" s="2" t="s">
+        <v>1005</v>
+      </c>
+      <c r="E540" s="2" t="s">
         <v>1006</v>
       </c>
-      <c r="E540" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F540" s="2" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
     </row>
     <row r="541" spans="1:6">
       <c r="A541" s="2">
         <v>541</v>
       </c>
       <c r="B541" s="2">
         <v>210</v>
       </c>
       <c r="C541" s="2">
-        <v>119037</v>
+        <v>121578</v>
       </c>
       <c r="D541" s="2" t="s">
+        <v>1007</v>
+      </c>
+      <c r="E541" s="2" t="s">
         <v>1008</v>
-      </c>
-[...1 lines deleted...]
-        <v>1009</v>
       </c>
       <c r="F541" s="2" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="542" spans="1:6">
       <c r="A542" s="2">
         <v>541</v>
       </c>
       <c r="B542" s="2">
         <v>210</v>
       </c>
       <c r="C542" s="2">
-        <v>120371</v>
+        <v>121363</v>
       </c>
       <c r="D542" s="2"/>
       <c r="E542" s="2" t="s">
-        <v>1010</v>
+        <v>1009</v>
       </c>
       <c r="F542" s="2" t="s">
-        <v>95</v>
+        <v>11</v>
       </c>
     </row>
     <row r="543" spans="1:6">
       <c r="A543" s="2">
         <v>541</v>
       </c>
       <c r="B543" s="2">
         <v>210</v>
       </c>
       <c r="C543" s="2">
-        <v>121578</v>
+        <v>118606</v>
       </c>
       <c r="D543" s="2" t="s">
+        <v>1010</v>
+      </c>
+      <c r="E543" s="2" t="s">
         <v>1011</v>
       </c>
-      <c r="E543" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F543" s="2" t="s">
-        <v>8</v>
+        <v>95</v>
       </c>
     </row>
     <row r="544" spans="1:6">
       <c r="A544" s="2">
         <v>541</v>
       </c>
       <c r="B544" s="2">
         <v>210</v>
       </c>
       <c r="C544" s="2">
-        <v>121363</v>
+        <v>120434</v>
       </c>
       <c r="D544" s="2"/>
       <c r="E544" s="2" t="s">
-        <v>1013</v>
-[...3 lines deleted...]
-      </c>
+        <v>1012</v>
+      </c>
+      <c r="F544" s="2"/>
     </row>
     <row r="545" spans="1:6">
       <c r="A545" s="2">
         <v>541</v>
       </c>
       <c r="B545" s="2">
         <v>210</v>
       </c>
       <c r="C545" s="2">
-        <v>121475</v>
+        <v>121193</v>
       </c>
       <c r="D545" s="2" t="s">
-        <v>1014</v>
+        <v>82</v>
       </c>
       <c r="E545" s="2" t="s">
-        <v>1015</v>
+        <v>1013</v>
       </c>
       <c r="F545" s="2" t="s">
-        <v>100</v>
+        <v>83</v>
       </c>
     </row>
     <row r="546" spans="1:6">
       <c r="A546" s="2">
         <v>541</v>
       </c>
       <c r="B546" s="2">
         <v>210</v>
       </c>
       <c r="C546" s="2">
-        <v>118606</v>
+        <v>121418</v>
       </c>
       <c r="D546" s="2" t="s">
-        <v>1016</v>
+        <v>838</v>
       </c>
       <c r="E546" s="2" t="s">
-        <v>1017</v>
+        <v>946</v>
       </c>
       <c r="F546" s="2" t="s">
-        <v>95</v>
+        <v>100</v>
       </c>
     </row>
     <row r="547" spans="1:6">
       <c r="A547" s="2">
         <v>541</v>
       </c>
       <c r="B547" s="2">
         <v>210</v>
       </c>
       <c r="C547" s="2">
-        <v>121193</v>
+        <v>119096</v>
       </c>
       <c r="D547" s="2" t="s">
-        <v>82</v>
+        <v>1014</v>
       </c>
       <c r="E547" s="2" t="s">
-        <v>1018</v>
+        <v>1015</v>
       </c>
       <c r="F547" s="2" t="s">
-        <v>83</v>
+        <v>67</v>
       </c>
     </row>
     <row r="548" spans="1:6">
       <c r="A548" s="2">
         <v>541</v>
       </c>
       <c r="B548" s="2">
         <v>210</v>
       </c>
       <c r="C548" s="2">
-        <v>120434</v>
-[...1 lines deleted...]
-      <c r="D548" s="2"/>
+        <v>118538</v>
+      </c>
+      <c r="D548" s="2" t="s">
+        <v>1016</v>
+      </c>
       <c r="E548" s="2" t="s">
-        <v>1019</v>
-[...1 lines deleted...]
-      <c r="F548" s="2"/>
+        <v>1017</v>
+      </c>
+      <c r="F548" s="2" t="s">
+        <v>95</v>
+      </c>
     </row>
     <row r="549" spans="1:6">
       <c r="A549" s="2">
         <v>541</v>
       </c>
       <c r="B549" s="2">
         <v>210</v>
       </c>
       <c r="C549" s="2">
-        <v>119096</v>
+        <v>118775</v>
       </c>
       <c r="D549" s="2" t="s">
-        <v>1020</v>
+        <v>1018</v>
       </c>
       <c r="E549" s="2" t="s">
-        <v>1021</v>
+        <v>1019</v>
       </c>
       <c r="F549" s="2" t="s">
-        <v>67</v>
+        <v>11</v>
       </c>
     </row>
     <row r="550" spans="1:6">
       <c r="A550" s="2">
         <v>541</v>
       </c>
       <c r="B550" s="2">
         <v>210</v>
       </c>
       <c r="C550" s="2">
-        <v>118775</v>
-[...3 lines deleted...]
-      </c>
+        <v>120672</v>
+      </c>
+      <c r="D550" s="2"/>
       <c r="E550" s="2" t="s">
-        <v>1023</v>
-[...3 lines deleted...]
-      </c>
+        <v>1020</v>
+      </c>
+      <c r="F550" s="2"/>
     </row>
     <row r="551" spans="1:6">
       <c r="A551" s="2">
         <v>541</v>
       </c>
       <c r="B551" s="2">
         <v>210</v>
       </c>
       <c r="C551" s="2">
-        <v>118538</v>
+        <v>118836</v>
       </c>
       <c r="D551" s="2" t="s">
-        <v>1024</v>
+        <v>1021</v>
       </c>
       <c r="E551" s="2" t="s">
-        <v>1025</v>
+        <v>1022</v>
       </c>
       <c r="F551" s="2" t="s">
-        <v>95</v>
+        <v>33</v>
       </c>
     </row>
     <row r="552" spans="1:6">
       <c r="A552" s="2">
         <v>541</v>
       </c>
       <c r="B552" s="2">
         <v>210</v>
       </c>
       <c r="C552" s="2">
-        <v>121418</v>
+        <v>120764</v>
       </c>
       <c r="D552" s="2" t="s">
-        <v>844</v>
+        <v>1023</v>
       </c>
       <c r="E552" s="2" t="s">
-        <v>929</v>
+        <v>1024</v>
       </c>
       <c r="F552" s="2" t="s">
-        <v>100</v>
+        <v>152</v>
       </c>
     </row>
     <row r="553" spans="1:6">
       <c r="A553" s="2">
         <v>541</v>
       </c>
       <c r="B553" s="2">
         <v>210</v>
       </c>
       <c r="C553" s="2">
-        <v>118836</v>
+        <v>121525</v>
       </c>
       <c r="D553" s="2" t="s">
+        <v>1025</v>
+      </c>
+      <c r="E553" s="2" t="s">
         <v>1026</v>
       </c>
-      <c r="E553" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F553" s="2" t="s">
-        <v>33</v>
+        <v>14</v>
       </c>
     </row>
     <row r="554" spans="1:6">
       <c r="A554" s="2">
         <v>541</v>
       </c>
       <c r="B554" s="2">
         <v>210</v>
       </c>
       <c r="C554" s="2">
-        <v>120672</v>
-[...1 lines deleted...]
-      <c r="D554" s="2"/>
+        <v>118903</v>
+      </c>
+      <c r="D554" s="2" t="s">
+        <v>1027</v>
+      </c>
       <c r="E554" s="2" t="s">
         <v>1028</v>
       </c>
       <c r="F554" s="2"/>
     </row>
     <row r="555" spans="1:6">
       <c r="A555" s="2">
         <v>564</v>
       </c>
       <c r="B555" s="2">
         <v>205</v>
       </c>
       <c r="C555" s="2">
         <v>121024</v>
       </c>
       <c r="D555" s="2"/>
       <c r="E555" s="2" t="s">
         <v>1029</v>
       </c>
       <c r="F555" s="2" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="556" spans="1:6">
       <c r="A556" s="2">
         <v>565</v>
       </c>
       <c r="B556" s="2">
         <v>200</v>
       </c>
       <c r="C556" s="2">
-        <v>118776</v>
-[...3 lines deleted...]
-      </c>
+        <v>120673</v>
+      </c>
+      <c r="D556" s="2"/>
       <c r="E556" s="2" t="s">
         <v>1030</v>
       </c>
-      <c r="F556" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F556" s="2"/>
     </row>
     <row r="557" spans="1:6">
       <c r="A557" s="2">
         <v>565</v>
       </c>
       <c r="B557" s="2">
         <v>200</v>
       </c>
       <c r="C557" s="2">
-        <v>121147</v>
-[...1 lines deleted...]
-      <c r="D557" s="2"/>
+        <v>121063</v>
+      </c>
+      <c r="D557" s="2" t="s">
+        <v>593</v>
+      </c>
       <c r="E557" s="2" t="s">
         <v>1031</v>
       </c>
       <c r="F557" s="2" t="s">
-        <v>83</v>
+        <v>51</v>
       </c>
     </row>
     <row r="558" spans="1:6">
       <c r="A558" s="2">
         <v>565</v>
       </c>
       <c r="B558" s="2">
         <v>200</v>
       </c>
       <c r="C558" s="2">
-        <v>118539</v>
-[...1 lines deleted...]
-      <c r="D558" s="2" t="s">
+        <v>120765</v>
+      </c>
+      <c r="D558" s="2"/>
+      <c r="E558" s="2" t="s">
         <v>1032</v>
       </c>
-      <c r="E558" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F558" s="2" t="s">
-        <v>95</v>
+        <v>152</v>
       </c>
     </row>
     <row r="559" spans="1:6">
       <c r="A559" s="2">
         <v>565</v>
       </c>
       <c r="B559" s="2">
         <v>200</v>
       </c>
       <c r="C559" s="2">
-        <v>121419</v>
-[...1 lines deleted...]
-      <c r="D559" s="2"/>
+        <v>121526</v>
+      </c>
+      <c r="D559" s="2" t="s">
+        <v>1033</v>
+      </c>
       <c r="E559" s="2" t="s">
         <v>1034</v>
       </c>
       <c r="F559" s="2" t="s">
-        <v>100</v>
+        <v>14</v>
       </c>
     </row>
     <row r="560" spans="1:6">
       <c r="A560" s="2">
         <v>565</v>
       </c>
       <c r="B560" s="2">
         <v>200</v>
       </c>
       <c r="C560" s="2">
-        <v>120673</v>
-[...1 lines deleted...]
-      <c r="D560" s="2"/>
+        <v>118904</v>
+      </c>
+      <c r="D560" s="2" t="s">
+        <v>1035</v>
+      </c>
       <c r="E560" s="2" t="s">
-        <v>1035</v>
+        <v>1036</v>
       </c>
       <c r="F560" s="2"/>
     </row>
     <row r="561" spans="1:6">
       <c r="A561" s="2">
         <v>565</v>
       </c>
       <c r="B561" s="2">
         <v>200</v>
       </c>
       <c r="C561" s="2">
-        <v>121063</v>
-[...3 lines deleted...]
-      </c>
+        <v>121194</v>
+      </c>
+      <c r="D561" s="2"/>
       <c r="E561" s="2" t="s">
-        <v>1036</v>
+        <v>1037</v>
       </c>
       <c r="F561" s="2" t="s">
-        <v>51</v>
+        <v>33</v>
       </c>
     </row>
     <row r="562" spans="1:6">
       <c r="A562" s="2">
         <v>565</v>
       </c>
       <c r="B562" s="2">
         <v>200</v>
       </c>
       <c r="C562" s="2">
-        <v>121526</v>
-[...3 lines deleted...]
-      </c>
+        <v>120730</v>
+      </c>
+      <c r="D562" s="2"/>
       <c r="E562" s="2" t="s">
         <v>1038</v>
       </c>
       <c r="F562" s="2" t="s">
-        <v>14</v>
+        <v>33</v>
       </c>
     </row>
     <row r="563" spans="1:6">
       <c r="A563" s="2">
         <v>565</v>
       </c>
       <c r="B563" s="2">
         <v>200</v>
       </c>
       <c r="C563" s="2">
-        <v>120765</v>
+        <v>121314</v>
       </c>
       <c r="D563" s="2"/>
       <c r="E563" s="2" t="s">
         <v>1039</v>
       </c>
       <c r="F563" s="2" t="s">
-        <v>152</v>
+        <v>11</v>
       </c>
     </row>
     <row r="564" spans="1:6">
       <c r="A564" s="2">
         <v>565</v>
       </c>
       <c r="B564" s="2">
         <v>200</v>
       </c>
       <c r="C564" s="2">
-        <v>118904</v>
-[...1 lines deleted...]
-      <c r="D564" s="2" t="s">
+        <v>120372</v>
+      </c>
+      <c r="D564" s="2"/>
+      <c r="E564" s="2" t="s">
         <v>1040</v>
       </c>
-      <c r="E564" s="2" t="s">
-[...2 lines deleted...]
-      <c r="F564" s="2"/>
+      <c r="F564" s="2" t="s">
+        <v>95</v>
+      </c>
     </row>
     <row r="565" spans="1:6">
       <c r="A565" s="2">
         <v>565</v>
       </c>
       <c r="B565" s="2">
         <v>200</v>
       </c>
       <c r="C565" s="2">
-        <v>121314</v>
-[...1 lines deleted...]
-      <c r="D565" s="2"/>
+        <v>118662</v>
+      </c>
+      <c r="D565" s="2" t="s">
+        <v>1041</v>
+      </c>
       <c r="E565" s="2" t="s">
         <v>1042</v>
       </c>
       <c r="F565" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="566" spans="1:6">
       <c r="A566" s="2">
         <v>565</v>
       </c>
       <c r="B566" s="2">
         <v>200</v>
       </c>
       <c r="C566" s="2">
-        <v>118662</v>
+        <v>121476</v>
       </c>
       <c r="D566" s="2" t="s">
+        <v>571</v>
+      </c>
+      <c r="E566" s="2" t="s">
         <v>1043</v>
       </c>
-      <c r="E566" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F566" s="2" t="s">
-        <v>11</v>
+        <v>100</v>
       </c>
     </row>
     <row r="567" spans="1:6">
       <c r="A567" s="2">
         <v>565</v>
       </c>
       <c r="B567" s="2">
         <v>200</v>
       </c>
       <c r="C567" s="2">
-        <v>120730</v>
-[...1 lines deleted...]
-      <c r="D567" s="2"/>
+        <v>120918</v>
+      </c>
+      <c r="D567" s="2" t="s">
+        <v>1044</v>
+      </c>
       <c r="E567" s="2" t="s">
         <v>1045</v>
       </c>
       <c r="F567" s="2" t="s">
-        <v>33</v>
+        <v>14</v>
       </c>
     </row>
     <row r="568" spans="1:6">
       <c r="A568" s="2">
         <v>565</v>
       </c>
       <c r="B568" s="2">
         <v>200</v>
       </c>
       <c r="C568" s="2">
-        <v>121194</v>
-[...1 lines deleted...]
-      <c r="D568" s="2"/>
+        <v>118607</v>
+      </c>
+      <c r="D568" s="2" t="s">
+        <v>1046</v>
+      </c>
       <c r="E568" s="2" t="s">
-        <v>1046</v>
-[...3 lines deleted...]
-      </c>
+        <v>1047</v>
+      </c>
+      <c r="F568" s="2"/>
     </row>
     <row r="569" spans="1:6">
       <c r="A569" s="2">
         <v>565</v>
       </c>
       <c r="B569" s="2">
         <v>200</v>
       </c>
       <c r="C569" s="2">
-        <v>120918</v>
+        <v>119038</v>
       </c>
       <c r="D569" s="2" t="s">
-        <v>1047</v>
+        <v>1048</v>
       </c>
       <c r="E569" s="2" t="s">
-        <v>1048</v>
+        <v>1049</v>
       </c>
       <c r="F569" s="2" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
     </row>
     <row r="570" spans="1:6">
       <c r="A570" s="2">
         <v>565</v>
       </c>
       <c r="B570" s="2">
         <v>200</v>
       </c>
       <c r="C570" s="2">
-        <v>119038</v>
-[...3 lines deleted...]
-      </c>
+        <v>121364</v>
+      </c>
+      <c r="D570" s="2"/>
       <c r="E570" s="2" t="s">
         <v>1050</v>
       </c>
       <c r="F570" s="2" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
     </row>
     <row r="571" spans="1:6">
       <c r="A571" s="2">
         <v>565</v>
       </c>
       <c r="B571" s="2">
         <v>200</v>
       </c>
       <c r="C571" s="2">
-        <v>120372</v>
+        <v>120435</v>
       </c>
       <c r="D571" s="2"/>
       <c r="E571" s="2" t="s">
         <v>1051</v>
       </c>
       <c r="F571" s="2" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="572" spans="1:6">
       <c r="A572" s="2">
         <v>565</v>
       </c>
       <c r="B572" s="2">
         <v>200</v>
       </c>
       <c r="C572" s="2">
-        <v>121364</v>
-[...1 lines deleted...]
-      <c r="D572" s="2"/>
+        <v>118928</v>
+      </c>
+      <c r="D572" s="2" t="s">
+        <v>1052</v>
+      </c>
       <c r="E572" s="2" t="s">
-        <v>1052</v>
+        <v>1053</v>
       </c>
       <c r="F572" s="2" t="s">
-        <v>11</v>
+        <v>36</v>
       </c>
     </row>
     <row r="573" spans="1:6">
       <c r="A573" s="2">
         <v>565</v>
       </c>
       <c r="B573" s="2">
         <v>200</v>
       </c>
       <c r="C573" s="2">
-        <v>121476</v>
+        <v>121606</v>
       </c>
       <c r="D573" s="2" t="s">
-        <v>575</v>
+        <v>1054</v>
       </c>
       <c r="E573" s="2" t="s">
-        <v>1053</v>
+        <v>1055</v>
       </c>
       <c r="F573" s="2" t="s">
-        <v>100</v>
+        <v>766</v>
       </c>
     </row>
     <row r="574" spans="1:6">
       <c r="A574" s="2">
         <v>565</v>
       </c>
       <c r="B574" s="2">
         <v>200</v>
       </c>
       <c r="C574" s="2">
-        <v>120435</v>
+        <v>121147</v>
       </c>
       <c r="D574" s="2"/>
       <c r="E574" s="2" t="s">
-        <v>1054</v>
+        <v>1056</v>
       </c>
       <c r="F574" s="2" t="s">
-        <v>95</v>
+        <v>83</v>
       </c>
     </row>
     <row r="575" spans="1:6">
       <c r="A575" s="2">
         <v>565</v>
       </c>
       <c r="B575" s="2">
         <v>200</v>
       </c>
       <c r="C575" s="2">
-        <v>118928</v>
-[...3 lines deleted...]
-      </c>
+        <v>121419</v>
+      </c>
+      <c r="D575" s="2"/>
       <c r="E575" s="2" t="s">
-        <v>1056</v>
+        <v>1057</v>
       </c>
       <c r="F575" s="2" t="s">
-        <v>36</v>
+        <v>100</v>
       </c>
     </row>
     <row r="576" spans="1:6">
       <c r="A576" s="2">
         <v>565</v>
       </c>
       <c r="B576" s="2">
         <v>200</v>
       </c>
       <c r="C576" s="2">
-        <v>118607</v>
+        <v>101409</v>
       </c>
       <c r="D576" s="2" t="s">
-        <v>1057</v>
+        <v>55</v>
       </c>
       <c r="E576" s="2" t="s">
         <v>1058</v>
       </c>
-      <c r="F576" s="2"/>
+      <c r="F576" s="2" t="s">
+        <v>67</v>
+      </c>
     </row>
     <row r="577" spans="1:6">
       <c r="A577" s="2">
         <v>565</v>
       </c>
       <c r="B577" s="2">
         <v>200</v>
       </c>
       <c r="C577" s="2">
-        <v>101409</v>
+        <v>118539</v>
       </c>
       <c r="D577" s="2" t="s">
-        <v>55</v>
+        <v>1059</v>
       </c>
       <c r="E577" s="2" t="s">
-        <v>1059</v>
+        <v>1060</v>
       </c>
       <c r="F577" s="2" t="s">
-        <v>67</v>
+        <v>95</v>
       </c>
     </row>
     <row r="578" spans="1:6">
       <c r="A578" s="2">
         <v>565</v>
       </c>
       <c r="B578" s="2">
         <v>200</v>
       </c>
       <c r="C578" s="2">
-        <v>121606</v>
+        <v>118776</v>
       </c>
       <c r="D578" s="2" t="s">
-        <v>1060</v>
+        <v>984</v>
       </c>
       <c r="E578" s="2" t="s">
         <v>1061</v>
       </c>
       <c r="F578" s="2" t="s">
-        <v>774</v>
+        <v>11</v>
       </c>
     </row>
     <row r="579" spans="1:6">
       <c r="A579" s="2">
         <v>589</v>
       </c>
       <c r="B579" s="2">
         <v>195</v>
       </c>
       <c r="C579" s="2">
         <v>121025</v>
       </c>
       <c r="D579" s="2"/>
       <c r="E579" s="2" t="s">
         <v>1062</v>
       </c>
       <c r="F579" s="2" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="580" spans="1:6">
       <c r="A580" s="2">
         <v>590</v>
       </c>
       <c r="B580" s="2">
         <v>190</v>
       </c>
       <c r="C580" s="2">
-        <v>119160</v>
+        <v>118837</v>
       </c>
       <c r="D580" s="2" t="s">
         <v>1063</v>
       </c>
       <c r="E580" s="2" t="s">
         <v>1064</v>
       </c>
       <c r="F580" s="2" t="s">
-        <v>14</v>
+        <v>33</v>
       </c>
     </row>
     <row r="581" spans="1:6">
       <c r="A581" s="2">
         <v>590</v>
       </c>
       <c r="B581" s="2">
         <v>190</v>
       </c>
       <c r="C581" s="2">
-        <v>119039</v>
-[...1 lines deleted...]
-      <c r="D581" s="2" t="s">
+        <v>120437</v>
+      </c>
+      <c r="D581" s="2"/>
+      <c r="E581" s="2" t="s">
         <v>1065</v>
       </c>
-      <c r="E581" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F581" s="2" t="s">
-        <v>8</v>
+        <v>95</v>
       </c>
     </row>
     <row r="582" spans="1:6">
       <c r="A582" s="2">
         <v>590</v>
       </c>
       <c r="B582" s="2">
         <v>190</v>
       </c>
       <c r="C582" s="2">
-        <v>120373</v>
+        <v>121148</v>
       </c>
       <c r="D582" s="2"/>
       <c r="E582" s="2" t="s">
-        <v>1067</v>
+        <v>1066</v>
       </c>
       <c r="F582" s="2" t="s">
-        <v>95</v>
+        <v>83</v>
       </c>
     </row>
     <row r="583" spans="1:6">
       <c r="A583" s="2">
         <v>590</v>
       </c>
       <c r="B583" s="2">
         <v>190</v>
       </c>
       <c r="C583" s="2">
-        <v>121477</v>
+        <v>121420</v>
       </c>
       <c r="D583" s="2"/>
       <c r="E583" s="2" t="s">
-        <v>1068</v>
+        <v>1067</v>
       </c>
       <c r="F583" s="2" t="s">
         <v>100</v>
       </c>
     </row>
     <row r="584" spans="1:6">
       <c r="A584" s="2">
         <v>590</v>
       </c>
       <c r="B584" s="2">
         <v>190</v>
       </c>
       <c r="C584" s="2">
-        <v>121064</v>
-[...1 lines deleted...]
-      <c r="D584" s="2"/>
+        <v>100991</v>
+      </c>
+      <c r="D584" s="2" t="s">
+        <v>1068</v>
+      </c>
       <c r="E584" s="2" t="s">
         <v>1069</v>
       </c>
       <c r="F584" s="2" t="s">
-        <v>33</v>
+        <v>67</v>
       </c>
     </row>
     <row r="585" spans="1:6">
       <c r="A585" s="2">
         <v>590</v>
       </c>
       <c r="B585" s="2">
         <v>190</v>
       </c>
       <c r="C585" s="2">
-        <v>120437</v>
-[...1 lines deleted...]
-      <c r="D585" s="2"/>
+        <v>118540</v>
+      </c>
+      <c r="D585" s="2" t="s">
+        <v>1070</v>
+      </c>
       <c r="E585" s="2" t="s">
-        <v>1070</v>
+        <v>1071</v>
       </c>
       <c r="F585" s="2" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="586" spans="1:6">
       <c r="A586" s="2">
         <v>590</v>
       </c>
       <c r="B586" s="2">
         <v>190</v>
       </c>
       <c r="C586" s="2">
-        <v>118837</v>
+        <v>118777</v>
       </c>
       <c r="D586" s="2" t="s">
-        <v>1071</v>
+        <v>1072</v>
       </c>
       <c r="E586" s="2" t="s">
-        <v>1072</v>
+        <v>1073</v>
       </c>
       <c r="F586" s="2" t="s">
-        <v>33</v>
+        <v>146</v>
       </c>
     </row>
     <row r="587" spans="1:6">
       <c r="A587" s="2">
         <v>590</v>
       </c>
       <c r="B587" s="2">
         <v>190</v>
       </c>
       <c r="C587" s="2">
-        <v>100991</v>
-[...3 lines deleted...]
-      </c>
+        <v>120675</v>
+      </c>
+      <c r="D587" s="2"/>
       <c r="E587" s="2" t="s">
         <v>1074</v>
       </c>
-      <c r="F587" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F587" s="2"/>
     </row>
     <row r="588" spans="1:6">
       <c r="A588" s="2">
         <v>590</v>
       </c>
       <c r="B588" s="2">
         <v>190</v>
       </c>
       <c r="C588" s="2">
-        <v>121148</v>
-[...1 lines deleted...]
-      <c r="D588" s="2"/>
+        <v>111967</v>
+      </c>
+      <c r="D588" s="2" t="s">
+        <v>1075</v>
+      </c>
       <c r="E588" s="2" t="s">
-        <v>1075</v>
+        <v>1076</v>
       </c>
       <c r="F588" s="2" t="s">
-        <v>83</v>
+        <v>67</v>
       </c>
     </row>
     <row r="589" spans="1:6">
       <c r="A589" s="2">
         <v>590</v>
       </c>
       <c r="B589" s="2">
         <v>190</v>
       </c>
       <c r="C589" s="2">
-        <v>118540</v>
-[...3 lines deleted...]
-      </c>
+        <v>120869</v>
+      </c>
+      <c r="D589" s="2"/>
       <c r="E589" s="2" t="s">
         <v>1077</v>
       </c>
-      <c r="F589" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F589" s="2"/>
     </row>
     <row r="590" spans="1:6">
       <c r="A590" s="2">
         <v>590</v>
       </c>
       <c r="B590" s="2">
         <v>190</v>
       </c>
       <c r="C590" s="2">
-        <v>121420</v>
-[...1 lines deleted...]
-      <c r="D590" s="2"/>
+        <v>120766</v>
+      </c>
+      <c r="D590" s="2" t="s">
+        <v>1078</v>
+      </c>
       <c r="E590" s="2" t="s">
-        <v>1078</v>
+        <v>1079</v>
       </c>
       <c r="F590" s="2" t="s">
-        <v>100</v>
+        <v>152</v>
       </c>
     </row>
     <row r="591" spans="1:6">
       <c r="A591" s="2">
         <v>590</v>
       </c>
       <c r="B591" s="2">
         <v>190</v>
       </c>
       <c r="C591" s="2">
-        <v>118777</v>
+        <v>121527</v>
       </c>
       <c r="D591" s="2" t="s">
-        <v>1079</v>
+        <v>1080</v>
       </c>
       <c r="E591" s="2" t="s">
-        <v>1080</v>
+        <v>1081</v>
       </c>
       <c r="F591" s="2" t="s">
-        <v>146</v>
+        <v>14</v>
       </c>
     </row>
     <row r="592" spans="1:6">
       <c r="A592" s="2">
         <v>590</v>
       </c>
       <c r="B592" s="2">
         <v>190</v>
       </c>
       <c r="C592" s="2">
-        <v>120675</v>
-[...1 lines deleted...]
-      <c r="D592" s="2"/>
+        <v>119115</v>
+      </c>
+      <c r="D592" s="2" t="s">
+        <v>1082</v>
+      </c>
       <c r="E592" s="2" t="s">
-        <v>1081</v>
-[...1 lines deleted...]
-      <c r="F592" s="2"/>
+        <v>1083</v>
+      </c>
+      <c r="F592" s="2" t="s">
+        <v>11</v>
+      </c>
     </row>
     <row r="593" spans="1:6">
       <c r="A593" s="2">
         <v>590</v>
       </c>
       <c r="B593" s="2">
         <v>190</v>
       </c>
       <c r="C593" s="2">
-        <v>119115</v>
+        <v>118905</v>
       </c>
       <c r="D593" s="2" t="s">
-        <v>1082</v>
+        <v>1084</v>
       </c>
       <c r="E593" s="2" t="s">
-        <v>1083</v>
-[...3 lines deleted...]
-      </c>
+        <v>1085</v>
+      </c>
+      <c r="F593" s="2"/>
     </row>
     <row r="594" spans="1:6">
       <c r="A594" s="2">
         <v>590</v>
       </c>
       <c r="B594" s="2">
         <v>190</v>
       </c>
       <c r="C594" s="2">
-        <v>111967</v>
+        <v>121579</v>
       </c>
       <c r="D594" s="2" t="s">
-        <v>1084</v>
+        <v>1086</v>
       </c>
       <c r="E594" s="2" t="s">
-        <v>1085</v>
+        <v>1087</v>
       </c>
       <c r="F594" s="2" t="s">
-        <v>67</v>
+        <v>8</v>
       </c>
     </row>
     <row r="595" spans="1:6">
       <c r="A595" s="2">
         <v>590</v>
       </c>
       <c r="B595" s="2">
         <v>190</v>
       </c>
       <c r="C595" s="2">
-        <v>120869</v>
-[...1 lines deleted...]
-      <c r="D595" s="2"/>
+        <v>118608</v>
+      </c>
+      <c r="D595" s="2" t="s">
+        <v>1088</v>
+      </c>
       <c r="E595" s="2" t="s">
-        <v>1086</v>
-[...1 lines deleted...]
-      <c r="F595" s="2"/>
+        <v>1089</v>
+      </c>
+      <c r="F595" s="2" t="s">
+        <v>95</v>
+      </c>
     </row>
     <row r="596" spans="1:6">
       <c r="A596" s="2">
         <v>590</v>
       </c>
       <c r="B596" s="2">
         <v>190</v>
       </c>
       <c r="C596" s="2">
-        <v>121527</v>
-[...3 lines deleted...]
-      </c>
+        <v>120815</v>
+      </c>
+      <c r="D596" s="2"/>
       <c r="E596" s="2" t="s">
-        <v>1088</v>
+        <v>1090</v>
       </c>
       <c r="F596" s="2" t="s">
-        <v>14</v>
+        <v>11</v>
       </c>
     </row>
     <row r="597" spans="1:6">
       <c r="A597" s="2">
         <v>590</v>
       </c>
       <c r="B597" s="2">
         <v>190</v>
       </c>
       <c r="C597" s="2">
-        <v>120766</v>
-[...3 lines deleted...]
-      </c>
+        <v>121196</v>
+      </c>
+      <c r="D597" s="2"/>
       <c r="E597" s="2" t="s">
-        <v>1090</v>
+        <v>1091</v>
       </c>
       <c r="F597" s="2" t="s">
-        <v>152</v>
+        <v>33</v>
       </c>
     </row>
     <row r="598" spans="1:6">
       <c r="A598" s="2">
         <v>590</v>
       </c>
       <c r="B598" s="2">
         <v>190</v>
       </c>
       <c r="C598" s="2">
-        <v>121579</v>
-[...3 lines deleted...]
-      </c>
+        <v>120732</v>
+      </c>
+      <c r="D598" s="2"/>
       <c r="E598" s="2" t="s">
         <v>1092</v>
       </c>
       <c r="F598" s="2" t="s">
-        <v>8</v>
+        <v>33</v>
       </c>
     </row>
     <row r="599" spans="1:6">
       <c r="A599" s="2">
         <v>590</v>
       </c>
       <c r="B599" s="2">
         <v>190</v>
       </c>
       <c r="C599" s="2">
-        <v>120815</v>
+        <v>121315</v>
       </c>
       <c r="D599" s="2"/>
       <c r="E599" s="2" t="s">
         <v>1093</v>
       </c>
       <c r="F599" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="600" spans="1:6">
       <c r="A600" s="2">
         <v>590</v>
       </c>
       <c r="B600" s="2">
         <v>190</v>
       </c>
       <c r="C600" s="2">
-        <v>118905</v>
-[...1 lines deleted...]
-      <c r="D600" s="2" t="s">
+        <v>120373</v>
+      </c>
+      <c r="D600" s="2"/>
+      <c r="E600" s="2" t="s">
         <v>1094</v>
       </c>
-      <c r="E600" s="2" t="s">
-[...2 lines deleted...]
-      <c r="F600" s="2"/>
+      <c r="F600" s="2" t="s">
+        <v>95</v>
+      </c>
     </row>
     <row r="601" spans="1:6">
       <c r="A601" s="2">
         <v>590</v>
       </c>
       <c r="B601" s="2">
         <v>190</v>
       </c>
       <c r="C601" s="2">
-        <v>118608</v>
+        <v>115323</v>
       </c>
       <c r="D601" s="2" t="s">
+        <v>1095</v>
+      </c>
+      <c r="E601" s="2" t="s">
         <v>1096</v>
       </c>
-      <c r="E601" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F601" s="2" t="s">
-        <v>95</v>
+        <v>11</v>
       </c>
     </row>
     <row r="602" spans="1:6">
       <c r="A602" s="2">
         <v>590</v>
       </c>
       <c r="B602" s="2">
         <v>190</v>
       </c>
       <c r="C602" s="2">
-        <v>121315</v>
+        <v>121064</v>
       </c>
       <c r="D602" s="2"/>
       <c r="E602" s="2" t="s">
-        <v>1098</v>
+        <v>1097</v>
       </c>
       <c r="F602" s="2" t="s">
-        <v>11</v>
+        <v>33</v>
       </c>
     </row>
     <row r="603" spans="1:6">
       <c r="A603" s="2">
         <v>590</v>
       </c>
       <c r="B603" s="2">
         <v>190</v>
       </c>
       <c r="C603" s="2">
-        <v>115323</v>
-[...3 lines deleted...]
-      </c>
+        <v>121477</v>
+      </c>
+      <c r="D603" s="2"/>
       <c r="E603" s="2" t="s">
-        <v>1100</v>
+        <v>1098</v>
       </c>
       <c r="F603" s="2" t="s">
-        <v>11</v>
+        <v>100</v>
       </c>
     </row>
     <row r="604" spans="1:6">
       <c r="A604" s="2">
         <v>590</v>
       </c>
       <c r="B604" s="2">
         <v>190</v>
       </c>
       <c r="C604" s="2">
-        <v>120732</v>
-[...1 lines deleted...]
-      <c r="D604" s="2"/>
+        <v>119160</v>
+      </c>
+      <c r="D604" s="2" t="s">
+        <v>1099</v>
+      </c>
       <c r="E604" s="2" t="s">
-        <v>1101</v>
+        <v>1100</v>
       </c>
       <c r="F604" s="2" t="s">
-        <v>33</v>
+        <v>14</v>
       </c>
     </row>
     <row r="605" spans="1:6">
       <c r="A605" s="2">
         <v>590</v>
       </c>
       <c r="B605" s="2">
         <v>190</v>
       </c>
       <c r="C605" s="2">
-        <v>121196</v>
-[...1 lines deleted...]
-      <c r="D605" s="2"/>
+        <v>119039</v>
+      </c>
+      <c r="D605" s="2" t="s">
+        <v>1101</v>
+      </c>
       <c r="E605" s="2" t="s">
         <v>1102</v>
       </c>
       <c r="F605" s="2" t="s">
-        <v>33</v>
+        <v>8</v>
       </c>
     </row>
     <row r="606" spans="1:6">
       <c r="A606" s="2">
         <v>617</v>
       </c>
       <c r="B606" s="2">
         <v>185</v>
       </c>
       <c r="C606" s="2">
         <v>121026</v>
       </c>
       <c r="D606" s="2"/>
       <c r="E606" s="2" t="s">
         <v>1103</v>
       </c>
       <c r="F606" s="2" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="607" spans="1:6">
       <c r="A607" s="2">
         <v>618</v>
       </c>
       <c r="B607" s="2">
         <v>180</v>
       </c>
       <c r="C607" s="2">
-        <v>120767</v>
-[...1 lines deleted...]
-      <c r="D607" s="2"/>
+        <v>121580</v>
+      </c>
+      <c r="D607" s="2" t="s">
+        <v>1104</v>
+      </c>
       <c r="E607" s="2" t="s">
-        <v>1104</v>
+        <v>1105</v>
       </c>
       <c r="F607" s="2" t="s">
-        <v>152</v>
+        <v>8</v>
       </c>
     </row>
     <row r="608" spans="1:6">
       <c r="A608" s="2">
         <v>618</v>
       </c>
       <c r="B608" s="2">
         <v>180</v>
       </c>
       <c r="C608" s="2">
-        <v>121580</v>
+        <v>120624</v>
       </c>
       <c r="D608" s="2" t="s">
-        <v>1105</v>
+        <v>1106</v>
       </c>
       <c r="E608" s="2" t="s">
-        <v>1106</v>
+        <v>1107</v>
       </c>
       <c r="F608" s="2" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
     </row>
     <row r="609" spans="1:6">
       <c r="A609" s="2">
         <v>618</v>
       </c>
       <c r="B609" s="2">
         <v>180</v>
       </c>
       <c r="C609" s="2">
-        <v>120624</v>
+        <v>118609</v>
       </c>
       <c r="D609" s="2" t="s">
-        <v>1107</v>
+        <v>1108</v>
       </c>
       <c r="E609" s="2" t="s">
-        <v>1108</v>
+        <v>1109</v>
       </c>
       <c r="F609" s="2" t="s">
-        <v>11</v>
+        <v>95</v>
       </c>
     </row>
     <row r="610" spans="1:6">
       <c r="A610" s="2">
         <v>618</v>
       </c>
       <c r="B610" s="2">
         <v>180</v>
       </c>
       <c r="C610" s="2">
-        <v>118929</v>
+        <v>120816</v>
       </c>
       <c r="D610" s="2" t="s">
-        <v>1109</v>
+        <v>1110</v>
       </c>
       <c r="E610" s="2" t="s">
-        <v>1110</v>
-[...1 lines deleted...]
-      <c r="F610" s="2"/>
+        <v>1111</v>
+      </c>
+      <c r="F610" s="2" t="s">
+        <v>11</v>
+      </c>
     </row>
     <row r="611" spans="1:6">
       <c r="A611" s="2">
         <v>618</v>
       </c>
       <c r="B611" s="2">
         <v>180</v>
       </c>
       <c r="C611" s="2">
-        <v>120816</v>
-[...3 lines deleted...]
-      </c>
+        <v>121197</v>
+      </c>
+      <c r="D611" s="2"/>
       <c r="E611" s="2" t="s">
         <v>1112</v>
       </c>
       <c r="F611" s="2" t="s">
-        <v>11</v>
+        <v>33</v>
       </c>
     </row>
     <row r="612" spans="1:6">
       <c r="A612" s="2">
         <v>618</v>
       </c>
       <c r="B612" s="2">
         <v>180</v>
       </c>
       <c r="C612" s="2">
-        <v>118609</v>
-[...1 lines deleted...]
-      <c r="D612" s="2" t="s">
+        <v>120733</v>
+      </c>
+      <c r="D612" s="2"/>
+      <c r="E612" s="2" t="s">
         <v>1113</v>
       </c>
-      <c r="E612" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F612" s="2" t="s">
-        <v>95</v>
+        <v>33</v>
       </c>
     </row>
     <row r="613" spans="1:6">
       <c r="A613" s="2">
         <v>618</v>
       </c>
       <c r="B613" s="2">
         <v>180</v>
       </c>
       <c r="C613" s="2">
         <v>121317</v>
       </c>
       <c r="D613" s="2"/>
       <c r="E613" s="2" t="s">
-        <v>1115</v>
+        <v>1114</v>
       </c>
       <c r="F613" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="614" spans="1:6">
       <c r="A614" s="2">
         <v>618</v>
       </c>
       <c r="B614" s="2">
         <v>180</v>
       </c>
       <c r="C614" s="2">
-        <v>120733</v>
+        <v>120375</v>
       </c>
       <c r="D614" s="2"/>
       <c r="E614" s="2" t="s">
-        <v>1116</v>
+        <v>1115</v>
       </c>
       <c r="F614" s="2" t="s">
-        <v>33</v>
+        <v>95</v>
       </c>
     </row>
     <row r="615" spans="1:6">
       <c r="A615" s="2">
         <v>618</v>
       </c>
       <c r="B615" s="2">
         <v>180</v>
       </c>
       <c r="C615" s="2">
-        <v>121197</v>
+        <v>121066</v>
       </c>
       <c r="D615" s="2"/>
       <c r="E615" s="2" t="s">
-        <v>1117</v>
+        <v>1116</v>
       </c>
       <c r="F615" s="2" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="616" spans="1:6">
       <c r="A616" s="2">
         <v>618</v>
       </c>
       <c r="B616" s="2">
         <v>180</v>
       </c>
       <c r="C616" s="2">
-        <v>118779</v>
-[...3 lines deleted...]
-      </c>
+        <v>121478</v>
+      </c>
+      <c r="D616" s="2"/>
       <c r="E616" s="2" t="s">
-        <v>1118</v>
+        <v>1117</v>
       </c>
       <c r="F616" s="2" t="s">
-        <v>11</v>
+        <v>100</v>
       </c>
     </row>
     <row r="617" spans="1:6">
       <c r="A617" s="2">
         <v>618</v>
       </c>
       <c r="B617" s="2">
         <v>180</v>
       </c>
       <c r="C617" s="2">
-        <v>119041</v>
+        <v>118779</v>
       </c>
       <c r="D617" s="2" t="s">
-        <v>1119</v>
+        <v>722</v>
       </c>
       <c r="E617" s="2" t="s">
-        <v>1120</v>
+        <v>1118</v>
       </c>
       <c r="F617" s="2" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
     </row>
     <row r="618" spans="1:6">
       <c r="A618" s="2">
         <v>618</v>
       </c>
       <c r="B618" s="2">
         <v>180</v>
       </c>
       <c r="C618" s="2">
-        <v>120375</v>
-[...1 lines deleted...]
-      <c r="D618" s="2"/>
+        <v>119041</v>
+      </c>
+      <c r="D618" s="2" t="s">
+        <v>1119</v>
+      </c>
       <c r="E618" s="2" t="s">
-        <v>1121</v>
+        <v>1120</v>
       </c>
       <c r="F618" s="2" t="s">
-        <v>95</v>
+        <v>8</v>
       </c>
     </row>
     <row r="619" spans="1:6">
       <c r="A619" s="2">
         <v>618</v>
       </c>
       <c r="B619" s="2">
         <v>180</v>
       </c>
       <c r="C619" s="2">
-        <v>121478</v>
-[...1 lines deleted...]
-      <c r="D619" s="2"/>
+        <v>118839</v>
+      </c>
+      <c r="D619" s="2" t="s">
+        <v>1121</v>
+      </c>
       <c r="E619" s="2" t="s">
         <v>1122</v>
       </c>
       <c r="F619" s="2" t="s">
-        <v>100</v>
+        <v>33</v>
       </c>
     </row>
     <row r="620" spans="1:6">
       <c r="A620" s="2">
         <v>618</v>
       </c>
       <c r="B620" s="2">
         <v>180</v>
       </c>
       <c r="C620" s="2">
-        <v>121066</v>
+        <v>120439</v>
       </c>
       <c r="D620" s="2"/>
       <c r="E620" s="2" t="s">
         <v>1123</v>
       </c>
       <c r="F620" s="2" t="s">
-        <v>33</v>
+        <v>95</v>
       </c>
     </row>
     <row r="621" spans="1:6">
       <c r="A621" s="2">
         <v>618</v>
       </c>
       <c r="B621" s="2">
         <v>180</v>
       </c>
       <c r="C621" s="2">
-        <v>120439</v>
+        <v>121149</v>
       </c>
       <c r="D621" s="2"/>
       <c r="E621" s="2" t="s">
         <v>1124</v>
       </c>
       <c r="F621" s="2" t="s">
-        <v>95</v>
+        <v>83</v>
       </c>
     </row>
     <row r="622" spans="1:6">
       <c r="A622" s="2">
         <v>618</v>
       </c>
       <c r="B622" s="2">
         <v>180</v>
       </c>
       <c r="C622" s="2">
-        <v>118839</v>
-[...1 lines deleted...]
-      <c r="D622" s="2" t="s">
+        <v>121421</v>
+      </c>
+      <c r="D622" s="2"/>
+      <c r="E622" s="2" t="s">
         <v>1125</v>
       </c>
-      <c r="E622" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F622" s="2" t="s">
-        <v>33</v>
+        <v>100</v>
       </c>
     </row>
     <row r="623" spans="1:6">
       <c r="A623" s="2">
         <v>618</v>
       </c>
       <c r="B623" s="2">
         <v>180</v>
       </c>
       <c r="C623" s="2">
-        <v>121149</v>
-[...1 lines deleted...]
-      <c r="D623" s="2"/>
+        <v>118542</v>
+      </c>
+      <c r="D623" s="2" t="s">
+        <v>1126</v>
+      </c>
       <c r="E623" s="2" t="s">
         <v>1127</v>
       </c>
       <c r="F623" s="2" t="s">
-        <v>83</v>
+        <v>95</v>
       </c>
     </row>
     <row r="624" spans="1:6">
       <c r="A624" s="2">
         <v>618</v>
       </c>
       <c r="B624" s="2">
         <v>180</v>
       </c>
       <c r="C624" s="2">
-        <v>118542</v>
+        <v>121528</v>
       </c>
       <c r="D624" s="2" t="s">
+        <v>85</v>
+      </c>
+      <c r="E624" s="2" t="s">
         <v>1128</v>
       </c>
-      <c r="E624" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F624" s="2" t="s">
-        <v>95</v>
+        <v>36</v>
       </c>
     </row>
     <row r="625" spans="1:6">
       <c r="A625" s="2">
         <v>618</v>
       </c>
       <c r="B625" s="2">
         <v>180</v>
       </c>
       <c r="C625" s="2">
-        <v>121421</v>
+        <v>120676</v>
       </c>
       <c r="D625" s="2"/>
       <c r="E625" s="2" t="s">
-        <v>1130</v>
-[...3 lines deleted...]
-      </c>
+        <v>1129</v>
+      </c>
+      <c r="F625" s="2"/>
     </row>
     <row r="626" spans="1:6">
       <c r="A626" s="2">
         <v>618</v>
       </c>
       <c r="B626" s="2">
         <v>180</v>
       </c>
       <c r="C626" s="2">
-        <v>121528</v>
-[...3 lines deleted...]
-      </c>
+        <v>121609</v>
+      </c>
+      <c r="D626" s="2"/>
       <c r="E626" s="2" t="s">
-        <v>1131</v>
-[...3 lines deleted...]
-      </c>
+        <v>1130</v>
+      </c>
+      <c r="F626" s="2"/>
     </row>
     <row r="627" spans="1:6">
       <c r="A627" s="2">
         <v>618</v>
       </c>
       <c r="B627" s="2">
         <v>180</v>
       </c>
       <c r="C627" s="2">
-        <v>120676</v>
+        <v>120767</v>
       </c>
       <c r="D627" s="2"/>
       <c r="E627" s="2" t="s">
-        <v>1132</v>
-[...1 lines deleted...]
-      <c r="F627" s="2"/>
+        <v>1131</v>
+      </c>
+      <c r="F627" s="2" t="s">
+        <v>152</v>
+      </c>
     </row>
     <row r="628" spans="1:6">
       <c r="A628" s="2">
         <v>618</v>
       </c>
       <c r="B628" s="2">
         <v>180</v>
       </c>
       <c r="C628" s="2">
         <v>119116</v>
       </c>
       <c r="D628" s="2" t="s">
+        <v>1132</v>
+      </c>
+      <c r="E628" s="2" t="s">
         <v>1133</v>
-      </c>
-[...1 lines deleted...]
-        <v>1134</v>
       </c>
       <c r="F628" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="629" spans="1:6">
       <c r="A629" s="2">
         <v>618</v>
       </c>
       <c r="B629" s="2">
         <v>180</v>
       </c>
       <c r="C629" s="2">
-        <v>121609</v>
-[...1 lines deleted...]
-      <c r="D629" s="2"/>
+        <v>118929</v>
+      </c>
+      <c r="D629" s="2" t="s">
+        <v>1134</v>
+      </c>
       <c r="E629" s="2" t="s">
         <v>1135</v>
       </c>
       <c r="F629" s="2"/>
     </row>
     <row r="630" spans="1:6">
       <c r="A630" s="2">
         <v>641</v>
       </c>
       <c r="B630" s="2">
         <v>175</v>
       </c>
       <c r="C630" s="2">
         <v>121027</v>
       </c>
       <c r="D630" s="2"/>
       <c r="E630" s="2" t="s">
         <v>1136</v>
       </c>
       <c r="F630" s="2" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="631" spans="1:6">
       <c r="A631" s="2">
@@ -20813,504 +20813,504 @@
       <c r="A632" s="2">
         <v>643</v>
       </c>
       <c r="B632" s="2">
         <v>171</v>
       </c>
       <c r="C632" s="2">
         <v>121029</v>
       </c>
       <c r="D632" s="2"/>
       <c r="E632" s="2" t="s">
         <v>1138</v>
       </c>
       <c r="F632" s="2" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="633" spans="1:6">
       <c r="A633" s="2">
         <v>644</v>
       </c>
       <c r="B633" s="2">
         <v>170</v>
       </c>
       <c r="C633" s="2">
-        <v>121529</v>
-[...1 lines deleted...]
-      <c r="D633" s="2" t="s">
+        <v>120677</v>
+      </c>
+      <c r="D633" s="2"/>
+      <c r="E633" s="2" t="s">
         <v>1139</v>
       </c>
-      <c r="E633" s="2" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="F633" s="2"/>
     </row>
     <row r="634" spans="1:6">
       <c r="A634" s="2">
         <v>644</v>
       </c>
       <c r="B634" s="2">
         <v>170</v>
       </c>
       <c r="C634" s="2">
-        <v>121150</v>
+        <v>121610</v>
       </c>
       <c r="D634" s="2"/>
       <c r="E634" s="2" t="s">
-        <v>1141</v>
-[...3 lines deleted...]
-      </c>
+        <v>1140</v>
+      </c>
+      <c r="F634" s="2"/>
     </row>
     <row r="635" spans="1:6">
       <c r="A635" s="2">
         <v>644</v>
       </c>
       <c r="B635" s="2">
         <v>170</v>
       </c>
       <c r="C635" s="2">
-        <v>119213</v>
+        <v>120768</v>
       </c>
       <c r="D635" s="2"/>
       <c r="E635" s="2" t="s">
-        <v>1142</v>
-[...1 lines deleted...]
-      <c r="F635" s="2"/>
+        <v>1141</v>
+      </c>
+      <c r="F635" s="2" t="s">
+        <v>152</v>
+      </c>
     </row>
     <row r="636" spans="1:6">
       <c r="A636" s="2">
         <v>644</v>
       </c>
       <c r="B636" s="2">
         <v>170</v>
       </c>
       <c r="C636" s="2">
-        <v>118543</v>
+        <v>119162</v>
       </c>
       <c r="D636" s="2" t="s">
-        <v>1143</v>
+        <v>49</v>
       </c>
       <c r="E636" s="2" t="s">
-        <v>1144</v>
+        <v>1142</v>
       </c>
       <c r="F636" s="2" t="s">
-        <v>95</v>
+        <v>14</v>
       </c>
     </row>
     <row r="637" spans="1:6">
       <c r="A637" s="2">
         <v>644</v>
       </c>
       <c r="B637" s="2">
         <v>170</v>
       </c>
       <c r="C637" s="2">
-        <v>121423</v>
-[...1 lines deleted...]
-      <c r="D637" s="2"/>
+        <v>121581</v>
+      </c>
+      <c r="D637" s="2" t="s">
+        <v>1143</v>
+      </c>
       <c r="E637" s="2" t="s">
-        <v>1145</v>
+        <v>1144</v>
       </c>
       <c r="F637" s="2" t="s">
-        <v>100</v>
+        <v>8</v>
       </c>
     </row>
     <row r="638" spans="1:6">
       <c r="A638" s="2">
         <v>644</v>
       </c>
       <c r="B638" s="2">
         <v>170</v>
       </c>
       <c r="C638" s="2">
-        <v>118907</v>
-[...3 lines deleted...]
-      </c>
+        <v>121365</v>
+      </c>
+      <c r="D638" s="2"/>
       <c r="E638" s="2" t="s">
-        <v>1146</v>
-[...1 lines deleted...]
-      <c r="F638" s="2"/>
+        <v>1145</v>
+      </c>
+      <c r="F638" s="2" t="s">
+        <v>11</v>
+      </c>
     </row>
     <row r="639" spans="1:6">
       <c r="A639" s="2">
         <v>644</v>
       </c>
       <c r="B639" s="2">
         <v>170</v>
       </c>
       <c r="C639" s="2">
-        <v>120677</v>
-[...1 lines deleted...]
-      <c r="D639" s="2"/>
+        <v>118610</v>
+      </c>
+      <c r="D639" s="2" t="s">
+        <v>1146</v>
+      </c>
       <c r="E639" s="2" t="s">
         <v>1147</v>
       </c>
-      <c r="F639" s="2"/>
+      <c r="F639" s="2" t="s">
+        <v>95</v>
+      </c>
     </row>
     <row r="640" spans="1:6">
       <c r="A640" s="2">
         <v>644</v>
       </c>
       <c r="B640" s="2">
         <v>170</v>
       </c>
       <c r="C640" s="2">
-        <v>121610</v>
+        <v>121198</v>
       </c>
       <c r="D640" s="2"/>
       <c r="E640" s="2" t="s">
         <v>1148</v>
       </c>
-      <c r="F640" s="2"/>
+      <c r="F640" s="2" t="s">
+        <v>33</v>
+      </c>
     </row>
     <row r="641" spans="1:6">
       <c r="A641" s="2">
         <v>644</v>
       </c>
       <c r="B641" s="2">
         <v>170</v>
       </c>
       <c r="C641" s="2">
-        <v>119162</v>
-[...3 lines deleted...]
-      </c>
+        <v>120734</v>
+      </c>
+      <c r="D641" s="2"/>
       <c r="E641" s="2" t="s">
         <v>1149</v>
       </c>
       <c r="F641" s="2" t="s">
-        <v>14</v>
+        <v>33</v>
       </c>
     </row>
     <row r="642" spans="1:6">
       <c r="A642" s="2">
         <v>644</v>
       </c>
       <c r="B642" s="2">
         <v>170</v>
       </c>
       <c r="C642" s="2">
-        <v>120768</v>
+        <v>121319</v>
       </c>
       <c r="D642" s="2"/>
       <c r="E642" s="2" t="s">
         <v>1150</v>
       </c>
       <c r="F642" s="2" t="s">
-        <v>152</v>
+        <v>11</v>
       </c>
     </row>
     <row r="643" spans="1:6">
       <c r="A643" s="2">
         <v>644</v>
       </c>
       <c r="B643" s="2">
         <v>170</v>
       </c>
       <c r="C643" s="2">
-        <v>121581</v>
-[...1 lines deleted...]
-      <c r="D643" s="2" t="s">
+        <v>120376</v>
+      </c>
+      <c r="D643" s="2"/>
+      <c r="E643" s="2" t="s">
         <v>1151</v>
       </c>
-      <c r="E643" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F643" s="2" t="s">
-        <v>8</v>
+        <v>95</v>
       </c>
     </row>
     <row r="644" spans="1:6">
       <c r="A644" s="2">
         <v>644</v>
       </c>
       <c r="B644" s="2">
         <v>170</v>
       </c>
       <c r="C644" s="2">
-        <v>121365</v>
-[...1 lines deleted...]
-      <c r="D644" s="2"/>
+        <v>118664</v>
+      </c>
+      <c r="D644" s="2" t="s">
+        <v>1152</v>
+      </c>
       <c r="E644" s="2" t="s">
         <v>1153</v>
       </c>
       <c r="F644" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="645" spans="1:6">
       <c r="A645" s="2">
         <v>644</v>
       </c>
       <c r="B645" s="2">
         <v>170</v>
       </c>
       <c r="C645" s="2">
-        <v>118610</v>
-[...1 lines deleted...]
-      <c r="D645" s="2" t="s">
+        <v>121067</v>
+      </c>
+      <c r="D645" s="2"/>
+      <c r="E645" s="2" t="s">
         <v>1154</v>
       </c>
-      <c r="E645" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F645" s="2" t="s">
-        <v>95</v>
+        <v>33</v>
       </c>
     </row>
     <row r="646" spans="1:6">
       <c r="A646" s="2">
         <v>644</v>
       </c>
       <c r="B646" s="2">
         <v>170</v>
       </c>
       <c r="C646" s="2">
-        <v>121319</v>
-[...1 lines deleted...]
-      <c r="D646" s="2"/>
+        <v>118780</v>
+      </c>
+      <c r="D646" s="2" t="s">
+        <v>1155</v>
+      </c>
       <c r="E646" s="2" t="s">
         <v>1156</v>
       </c>
       <c r="F646" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="647" spans="1:6">
       <c r="A647" s="2">
         <v>644</v>
       </c>
       <c r="B647" s="2">
         <v>170</v>
       </c>
       <c r="C647" s="2">
-        <v>118664</v>
-[...1 lines deleted...]
-      <c r="D647" s="2" t="s">
+        <v>121479</v>
+      </c>
+      <c r="D647" s="2"/>
+      <c r="E647" s="2" t="s">
         <v>1157</v>
       </c>
-      <c r="E647" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F647" s="2" t="s">
-        <v>11</v>
+        <v>100</v>
       </c>
     </row>
     <row r="648" spans="1:6">
       <c r="A648" s="2">
         <v>644</v>
       </c>
       <c r="B648" s="2">
         <v>170</v>
       </c>
       <c r="C648" s="2">
-        <v>120734</v>
-[...1 lines deleted...]
-      <c r="D648" s="2"/>
+        <v>119042</v>
+      </c>
+      <c r="D648" s="2" t="s">
+        <v>1158</v>
+      </c>
       <c r="E648" s="2" t="s">
         <v>1159</v>
       </c>
       <c r="F648" s="2" t="s">
-        <v>33</v>
+        <v>8</v>
       </c>
     </row>
     <row r="649" spans="1:6">
       <c r="A649" s="2">
         <v>644</v>
       </c>
       <c r="B649" s="2">
         <v>170</v>
       </c>
       <c r="C649" s="2">
-        <v>121198</v>
-[...1 lines deleted...]
-      <c r="D649" s="2"/>
+        <v>118840</v>
+      </c>
+      <c r="D649" s="2" t="s">
+        <v>1160</v>
+      </c>
       <c r="E649" s="2" t="s">
-        <v>1160</v>
+        <v>1161</v>
       </c>
       <c r="F649" s="2" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="650" spans="1:6">
       <c r="A650" s="2">
         <v>644</v>
       </c>
       <c r="B650" s="2">
         <v>170</v>
       </c>
       <c r="C650" s="2">
-        <v>118780</v>
-[...3 lines deleted...]
-      </c>
+        <v>120440</v>
+      </c>
+      <c r="D650" s="2"/>
       <c r="E650" s="2" t="s">
         <v>1162</v>
       </c>
       <c r="F650" s="2" t="s">
-        <v>11</v>
+        <v>95</v>
       </c>
     </row>
     <row r="651" spans="1:6">
       <c r="A651" s="2">
         <v>644</v>
       </c>
       <c r="B651" s="2">
         <v>170</v>
       </c>
       <c r="C651" s="2">
-        <v>119042</v>
+        <v>118930</v>
       </c>
       <c r="D651" s="2" t="s">
         <v>1163</v>
       </c>
       <c r="E651" s="2" t="s">
         <v>1164</v>
       </c>
       <c r="F651" s="2" t="s">
-        <v>8</v>
+        <v>67</v>
       </c>
     </row>
     <row r="652" spans="1:6">
       <c r="A652" s="2">
         <v>644</v>
       </c>
       <c r="B652" s="2">
         <v>170</v>
       </c>
       <c r="C652" s="2">
-        <v>120376</v>
+        <v>119213</v>
       </c>
       <c r="D652" s="2"/>
       <c r="E652" s="2" t="s">
         <v>1165</v>
       </c>
-      <c r="F652" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F652" s="2"/>
     </row>
     <row r="653" spans="1:6">
       <c r="A653" s="2">
         <v>644</v>
       </c>
       <c r="B653" s="2">
         <v>170</v>
       </c>
       <c r="C653" s="2">
-        <v>121479</v>
+        <v>121150</v>
       </c>
       <c r="D653" s="2"/>
       <c r="E653" s="2" t="s">
         <v>1166</v>
       </c>
       <c r="F653" s="2" t="s">
-        <v>100</v>
+        <v>83</v>
       </c>
     </row>
     <row r="654" spans="1:6">
       <c r="A654" s="2">
         <v>644</v>
       </c>
       <c r="B654" s="2">
         <v>170</v>
       </c>
       <c r="C654" s="2">
-        <v>121067</v>
-[...1 lines deleted...]
-      <c r="D654" s="2"/>
+        <v>121529</v>
+      </c>
+      <c r="D654" s="2" t="s">
+        <v>1167</v>
+      </c>
       <c r="E654" s="2" t="s">
-        <v>1167</v>
+        <v>1168</v>
       </c>
       <c r="F654" s="2" t="s">
-        <v>33</v>
+        <v>14</v>
       </c>
     </row>
     <row r="655" spans="1:6">
       <c r="A655" s="2">
         <v>644</v>
       </c>
       <c r="B655" s="2">
         <v>170</v>
       </c>
       <c r="C655" s="2">
-        <v>120440</v>
+        <v>121423</v>
       </c>
       <c r="D655" s="2"/>
       <c r="E655" s="2" t="s">
-        <v>1168</v>
+        <v>1169</v>
       </c>
       <c r="F655" s="2" t="s">
-        <v>95</v>
+        <v>100</v>
       </c>
     </row>
     <row r="656" spans="1:6">
       <c r="A656" s="2">
         <v>644</v>
       </c>
       <c r="B656" s="2">
         <v>170</v>
       </c>
       <c r="C656" s="2">
-        <v>118840</v>
+        <v>118907</v>
       </c>
       <c r="D656" s="2" t="s">
-        <v>1169</v>
+        <v>803</v>
       </c>
       <c r="E656" s="2" t="s">
         <v>1170</v>
       </c>
-      <c r="F656" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F656" s="2"/>
     </row>
     <row r="657" spans="1:6">
       <c r="A657" s="2">
         <v>644</v>
       </c>
       <c r="B657" s="2">
         <v>170</v>
       </c>
       <c r="C657" s="2">
-        <v>118930</v>
+        <v>118543</v>
       </c>
       <c r="D657" s="2" t="s">
         <v>1171</v>
       </c>
       <c r="E657" s="2" t="s">
         <v>1172</v>
       </c>
       <c r="F657" s="2" t="s">
-        <v>67</v>
+        <v>95</v>
       </c>
     </row>
     <row r="658" spans="1:6">
       <c r="A658" s="2">
         <v>669</v>
       </c>
       <c r="B658" s="2">
         <v>169</v>
       </c>
       <c r="C658" s="2">
         <v>121030</v>
       </c>
       <c r="D658" s="2"/>
       <c r="E658" s="2" t="s">
         <v>1173</v>
       </c>
       <c r="F658" s="2" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="659" spans="1:6">
       <c r="A659" s="2">
         <v>670</v>
       </c>
       <c r="B659" s="2">
@@ -21367,478 +21367,478 @@
       <c r="A662" s="2">
         <v>673</v>
       </c>
       <c r="B662" s="2">
         <v>161</v>
       </c>
       <c r="C662" s="2">
         <v>121034</v>
       </c>
       <c r="D662" s="2"/>
       <c r="E662" s="2" t="s">
         <v>1176</v>
       </c>
       <c r="F662" s="2" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="663" spans="1:6">
       <c r="A663" s="2">
         <v>674</v>
       </c>
       <c r="B663" s="2">
         <v>160</v>
       </c>
       <c r="C663" s="2">
-        <v>120378</v>
-[...1 lines deleted...]
-      <c r="D663" s="2"/>
+        <v>118842</v>
+      </c>
+      <c r="D663" s="2" t="s">
+        <v>1177</v>
+      </c>
       <c r="E663" s="2" t="s">
-        <v>1177</v>
+        <v>1178</v>
       </c>
       <c r="F663" s="2" t="s">
-        <v>95</v>
+        <v>33</v>
       </c>
     </row>
     <row r="664" spans="1:6">
       <c r="A664" s="2">
         <v>674</v>
       </c>
       <c r="B664" s="2">
         <v>160</v>
       </c>
       <c r="C664" s="2">
-        <v>121480</v>
+        <v>120441</v>
       </c>
       <c r="D664" s="2"/>
       <c r="E664" s="2" t="s">
-        <v>1178</v>
+        <v>1179</v>
       </c>
       <c r="F664" s="2" t="s">
-        <v>100</v>
+        <v>95</v>
       </c>
     </row>
     <row r="665" spans="1:6">
       <c r="A665" s="2">
         <v>674</v>
       </c>
       <c r="B665" s="2">
         <v>160</v>
       </c>
       <c r="C665" s="2">
-        <v>121068</v>
-[...1 lines deleted...]
-      <c r="D665" s="2"/>
+        <v>118931</v>
+      </c>
+      <c r="D665" s="2" t="s">
+        <v>1180</v>
+      </c>
       <c r="E665" s="2" t="s">
-        <v>1179</v>
+        <v>1181</v>
       </c>
       <c r="F665" s="2" t="s">
-        <v>33</v>
+        <v>67</v>
       </c>
     </row>
     <row r="666" spans="1:6">
       <c r="A666" s="2">
         <v>674</v>
       </c>
       <c r="B666" s="2">
         <v>160</v>
       </c>
       <c r="C666" s="2">
-        <v>120441</v>
-[...1 lines deleted...]
-      <c r="D666" s="2"/>
+        <v>109999</v>
+      </c>
+      <c r="D666" s="2" t="s">
+        <v>1182</v>
+      </c>
       <c r="E666" s="2" t="s">
-        <v>1180</v>
-[...3 lines deleted...]
-      </c>
+        <v>1183</v>
+      </c>
+      <c r="F666" s="2"/>
     </row>
     <row r="667" spans="1:6">
       <c r="A667" s="2">
         <v>674</v>
       </c>
       <c r="B667" s="2">
         <v>160</v>
       </c>
       <c r="C667" s="2">
-        <v>118842</v>
-[...3 lines deleted...]
-      </c>
+        <v>121151</v>
+      </c>
+      <c r="D667" s="2"/>
       <c r="E667" s="2" t="s">
-        <v>1182</v>
+        <v>1184</v>
       </c>
       <c r="F667" s="2" t="s">
-        <v>33</v>
+        <v>83</v>
       </c>
     </row>
     <row r="668" spans="1:6">
       <c r="A668" s="2">
         <v>674</v>
       </c>
       <c r="B668" s="2">
         <v>160</v>
       </c>
       <c r="C668" s="2">
-        <v>118931</v>
+        <v>121530</v>
       </c>
       <c r="D668" s="2" t="s">
-        <v>1183</v>
+        <v>314</v>
       </c>
       <c r="E668" s="2" t="s">
-        <v>1184</v>
+        <v>119</v>
       </c>
       <c r="F668" s="2" t="s">
-        <v>67</v>
+        <v>14</v>
       </c>
     </row>
     <row r="669" spans="1:6">
       <c r="A669" s="2">
         <v>674</v>
       </c>
       <c r="B669" s="2">
         <v>160</v>
       </c>
       <c r="C669" s="2">
-        <v>121530</v>
-[...3 lines deleted...]
-      </c>
+        <v>121424</v>
+      </c>
+      <c r="D669" s="2"/>
       <c r="E669" s="2" t="s">
-        <v>119</v>
+        <v>1185</v>
       </c>
       <c r="F669" s="2" t="s">
-        <v>14</v>
+        <v>100</v>
       </c>
     </row>
     <row r="670" spans="1:6">
       <c r="A670" s="2">
         <v>674</v>
       </c>
       <c r="B670" s="2">
         <v>160</v>
       </c>
       <c r="C670" s="2">
-        <v>121151</v>
-[...1 lines deleted...]
-      <c r="D670" s="2"/>
+        <v>118544</v>
+      </c>
+      <c r="D670" s="2" t="s">
+        <v>1186</v>
+      </c>
       <c r="E670" s="2" t="s">
-        <v>1185</v>
+        <v>1187</v>
       </c>
       <c r="F670" s="2" t="s">
-        <v>83</v>
+        <v>95</v>
       </c>
     </row>
     <row r="671" spans="1:6">
       <c r="A671" s="2">
         <v>674</v>
       </c>
       <c r="B671" s="2">
         <v>160</v>
       </c>
       <c r="C671" s="2">
-        <v>109999</v>
+        <v>120678</v>
       </c>
       <c r="D671" s="2" t="s">
-        <v>1186</v>
+        <v>1188</v>
       </c>
       <c r="E671" s="2" t="s">
-        <v>1187</v>
-[...1 lines deleted...]
-      <c r="F671" s="2"/>
+        <v>1189</v>
+      </c>
+      <c r="F671" s="2" t="s">
+        <v>11</v>
+      </c>
     </row>
     <row r="672" spans="1:6">
       <c r="A672" s="2">
         <v>674</v>
       </c>
       <c r="B672" s="2">
         <v>160</v>
       </c>
       <c r="C672" s="2">
-        <v>118544</v>
-[...3 lines deleted...]
-      </c>
+        <v>120769</v>
+      </c>
+      <c r="D672" s="2"/>
       <c r="E672" s="2" t="s">
-        <v>1189</v>
+        <v>1190</v>
       </c>
       <c r="F672" s="2" t="s">
-        <v>95</v>
+        <v>152</v>
       </c>
     </row>
     <row r="673" spans="1:6">
       <c r="A673" s="2">
         <v>674</v>
       </c>
       <c r="B673" s="2">
         <v>160</v>
       </c>
       <c r="C673" s="2">
-        <v>121424</v>
-[...1 lines deleted...]
-      <c r="D673" s="2"/>
+        <v>119117</v>
+      </c>
+      <c r="D673" s="2" t="s">
+        <v>1191</v>
+      </c>
       <c r="E673" s="2" t="s">
-        <v>1190</v>
+        <v>1192</v>
       </c>
       <c r="F673" s="2" t="s">
-        <v>100</v>
+        <v>11</v>
       </c>
     </row>
     <row r="674" spans="1:6">
       <c r="A674" s="2">
         <v>674</v>
       </c>
       <c r="B674" s="2">
         <v>160</v>
       </c>
       <c r="C674" s="2">
-        <v>120678</v>
+        <v>120922</v>
       </c>
       <c r="D674" s="2" t="s">
-        <v>1191</v>
+        <v>1193</v>
       </c>
       <c r="E674" s="2" t="s">
-        <v>1192</v>
+        <v>1194</v>
       </c>
       <c r="F674" s="2" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
     </row>
     <row r="675" spans="1:6">
       <c r="A675" s="2">
         <v>674</v>
       </c>
       <c r="B675" s="2">
         <v>160</v>
       </c>
       <c r="C675" s="2">
-        <v>119117</v>
+        <v>121582</v>
       </c>
       <c r="D675" s="2" t="s">
-        <v>1193</v>
+        <v>1195</v>
       </c>
       <c r="E675" s="2" t="s">
-        <v>1194</v>
+        <v>1196</v>
       </c>
       <c r="F675" s="2" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
     </row>
     <row r="676" spans="1:6">
       <c r="A676" s="2">
         <v>674</v>
       </c>
       <c r="B676" s="2">
         <v>160</v>
       </c>
       <c r="C676" s="2">
-        <v>120922</v>
+        <v>118612</v>
       </c>
       <c r="D676" s="2" t="s">
-        <v>1195</v>
+        <v>1197</v>
       </c>
       <c r="E676" s="2" t="s">
-        <v>1196</v>
+        <v>1198</v>
       </c>
       <c r="F676" s="2" t="s">
-        <v>14</v>
+        <v>95</v>
       </c>
     </row>
     <row r="677" spans="1:6">
       <c r="A677" s="2">
         <v>674</v>
       </c>
       <c r="B677" s="2">
         <v>160</v>
       </c>
       <c r="C677" s="2">
-        <v>120769</v>
-[...1 lines deleted...]
-      <c r="D677" s="2"/>
+        <v>118908</v>
+      </c>
+      <c r="D677" s="2" t="s">
+        <v>1199</v>
+      </c>
       <c r="E677" s="2" t="s">
-        <v>1197</v>
+        <v>1200</v>
       </c>
       <c r="F677" s="2" t="s">
-        <v>152</v>
+        <v>1201</v>
       </c>
     </row>
     <row r="678" spans="1:6">
       <c r="A678" s="2">
         <v>674</v>
       </c>
       <c r="B678" s="2">
         <v>160</v>
       </c>
       <c r="C678" s="2">
-        <v>121582</v>
-[...3 lines deleted...]
-      </c>
+        <v>121199</v>
+      </c>
+      <c r="D678" s="2"/>
       <c r="E678" s="2" t="s">
-        <v>1199</v>
+        <v>1202</v>
       </c>
       <c r="F678" s="2" t="s">
-        <v>8</v>
+        <v>33</v>
       </c>
     </row>
     <row r="679" spans="1:6">
       <c r="A679" s="2">
         <v>674</v>
       </c>
       <c r="B679" s="2">
         <v>160</v>
       </c>
       <c r="C679" s="2">
-        <v>118612</v>
-[...3 lines deleted...]
-      </c>
+        <v>120735</v>
+      </c>
+      <c r="D679" s="2"/>
       <c r="E679" s="2" t="s">
-        <v>1201</v>
+        <v>1203</v>
       </c>
       <c r="F679" s="2" t="s">
-        <v>95</v>
+        <v>33</v>
       </c>
     </row>
     <row r="680" spans="1:6">
       <c r="A680" s="2">
         <v>674</v>
       </c>
       <c r="B680" s="2">
         <v>160</v>
       </c>
       <c r="C680" s="2">
-        <v>118908</v>
-[...3 lines deleted...]
-      </c>
+        <v>121320</v>
+      </c>
+      <c r="D680" s="2"/>
       <c r="E680" s="2" t="s">
-        <v>1203</v>
+        <v>1204</v>
       </c>
       <c r="F680" s="2" t="s">
-        <v>1204</v>
+        <v>11</v>
       </c>
     </row>
     <row r="681" spans="1:6">
       <c r="A681" s="2">
         <v>674</v>
       </c>
       <c r="B681" s="2">
         <v>160</v>
       </c>
       <c r="C681" s="2">
-        <v>121320</v>
+        <v>120378</v>
       </c>
       <c r="D681" s="2"/>
       <c r="E681" s="2" t="s">
         <v>1205</v>
       </c>
       <c r="F681" s="2" t="s">
-        <v>11</v>
+        <v>95</v>
       </c>
     </row>
     <row r="682" spans="1:6">
       <c r="A682" s="2">
         <v>674</v>
       </c>
       <c r="B682" s="2">
         <v>160</v>
       </c>
       <c r="C682" s="2">
         <v>118665</v>
       </c>
       <c r="D682" s="2" t="s">
         <v>1206</v>
       </c>
       <c r="E682" s="2" t="s">
         <v>1207</v>
       </c>
       <c r="F682" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="683" spans="1:6">
       <c r="A683" s="2">
         <v>674</v>
       </c>
       <c r="B683" s="2">
         <v>160</v>
       </c>
       <c r="C683" s="2">
-        <v>120735</v>
+        <v>121068</v>
       </c>
       <c r="D683" s="2"/>
       <c r="E683" s="2" t="s">
         <v>1208</v>
       </c>
       <c r="F683" s="2" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="684" spans="1:6">
       <c r="A684" s="2">
         <v>674</v>
       </c>
       <c r="B684" s="2">
         <v>160</v>
       </c>
       <c r="C684" s="2">
-        <v>121199</v>
-[...1 lines deleted...]
-      <c r="D684" s="2"/>
+        <v>118781</v>
+      </c>
+      <c r="D684" s="2" t="s">
+        <v>1209</v>
+      </c>
       <c r="E684" s="2" t="s">
-        <v>1209</v>
+        <v>1210</v>
       </c>
       <c r="F684" s="2" t="s">
-        <v>33</v>
+        <v>11</v>
       </c>
     </row>
     <row r="685" spans="1:6">
       <c r="A685" s="2">
         <v>674</v>
       </c>
       <c r="B685" s="2">
         <v>160</v>
       </c>
       <c r="C685" s="2">
-        <v>118781</v>
-[...3 lines deleted...]
-      </c>
+        <v>121480</v>
+      </c>
+      <c r="D685" s="2"/>
       <c r="E685" s="2" t="s">
         <v>1211</v>
       </c>
       <c r="F685" s="2" t="s">
-        <v>11</v>
+        <v>100</v>
       </c>
     </row>
     <row r="686" spans="1:6">
       <c r="A686" s="2">
         <v>698</v>
       </c>
       <c r="B686" s="2">
         <v>159</v>
       </c>
       <c r="C686" s="2">
         <v>121035</v>
       </c>
       <c r="D686" s="2"/>
       <c r="E686" s="2" t="s">
         <v>1212</v>
       </c>
       <c r="F686" s="2" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="687" spans="1:6">
       <c r="A687" s="2">
         <v>699</v>
       </c>
       <c r="B687" s="2">
@@ -21877,1237 +21877,1237 @@
       <c r="A689" s="2">
         <v>701</v>
       </c>
       <c r="B689" s="2">
         <v>151</v>
       </c>
       <c r="C689" s="2">
         <v>121039</v>
       </c>
       <c r="D689" s="2"/>
       <c r="E689" s="2" t="s">
         <v>1215</v>
       </c>
       <c r="F689" s="2" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="690" spans="1:6">
       <c r="A690" s="2">
         <v>702</v>
       </c>
       <c r="B690" s="2">
         <v>150</v>
       </c>
       <c r="C690" s="2">
-        <v>120772</v>
+        <v>118613</v>
       </c>
       <c r="D690" s="2" t="s">
         <v>1216</v>
       </c>
       <c r="E690" s="2" t="s">
-        <v>207</v>
+        <v>1217</v>
       </c>
       <c r="F690" s="2" t="s">
-        <v>152</v>
+        <v>95</v>
       </c>
     </row>
     <row r="691" spans="1:6">
       <c r="A691" s="2">
         <v>702</v>
       </c>
       <c r="B691" s="2">
         <v>150</v>
       </c>
       <c r="C691" s="2">
-        <v>118613</v>
+        <v>118909</v>
       </c>
       <c r="D691" s="2" t="s">
-        <v>1217</v>
+        <v>1218</v>
       </c>
       <c r="E691" s="2" t="s">
-        <v>1218</v>
+        <v>1219</v>
       </c>
       <c r="F691" s="2" t="s">
-        <v>95</v>
+        <v>1201</v>
       </c>
     </row>
     <row r="692" spans="1:6">
       <c r="A692" s="2">
         <v>702</v>
       </c>
       <c r="B692" s="2">
         <v>150</v>
       </c>
       <c r="C692" s="2">
-        <v>103080</v>
-[...3 lines deleted...]
-      </c>
+        <v>121200</v>
+      </c>
+      <c r="D692" s="2"/>
       <c r="E692" s="2" t="s">
-        <v>994</v>
+        <v>1220</v>
       </c>
       <c r="F692" s="2" t="s">
-        <v>11</v>
+        <v>33</v>
       </c>
     </row>
     <row r="693" spans="1:6">
       <c r="A693" s="2">
         <v>702</v>
       </c>
       <c r="B693" s="2">
         <v>150</v>
       </c>
       <c r="C693" s="2">
-        <v>118909</v>
-[...3 lines deleted...]
-      </c>
+        <v>120736</v>
+      </c>
+      <c r="D693" s="2"/>
       <c r="E693" s="2" t="s">
         <v>1221</v>
       </c>
       <c r="F693" s="2" t="s">
-        <v>1204</v>
+        <v>33</v>
       </c>
     </row>
     <row r="694" spans="1:6">
       <c r="A694" s="2">
         <v>702</v>
       </c>
       <c r="B694" s="2">
         <v>150</v>
       </c>
       <c r="C694" s="2">
-        <v>121321</v>
-[...1 lines deleted...]
-      <c r="D694" s="2"/>
+        <v>103080</v>
+      </c>
+      <c r="D694" s="2" t="s">
+        <v>1222</v>
+      </c>
       <c r="E694" s="2" t="s">
-        <v>1222</v>
+        <v>1025</v>
       </c>
       <c r="F694" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="695" spans="1:6">
       <c r="A695" s="2">
         <v>702</v>
       </c>
       <c r="B695" s="2">
         <v>150</v>
       </c>
       <c r="C695" s="2">
-        <v>118666</v>
-[...1 lines deleted...]
-      <c r="D695" s="2" t="s">
+        <v>121321</v>
+      </c>
+      <c r="D695" s="2"/>
+      <c r="E695" s="2" t="s">
         <v>1223</v>
-      </c>
-[...1 lines deleted...]
-        <v>1224</v>
       </c>
       <c r="F695" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="696" spans="1:6">
       <c r="A696" s="2">
         <v>702</v>
       </c>
       <c r="B696" s="2">
         <v>150</v>
       </c>
       <c r="C696" s="2">
-        <v>120736</v>
+        <v>120379</v>
       </c>
       <c r="D696" s="2"/>
       <c r="E696" s="2" t="s">
-        <v>1225</v>
+        <v>1224</v>
       </c>
       <c r="F696" s="2" t="s">
-        <v>33</v>
+        <v>95</v>
       </c>
     </row>
     <row r="697" spans="1:6">
       <c r="A697" s="2">
         <v>702</v>
       </c>
       <c r="B697" s="2">
         <v>150</v>
       </c>
       <c r="C697" s="2">
-        <v>121200</v>
-[...1 lines deleted...]
-      <c r="D697" s="2"/>
+        <v>118666</v>
+      </c>
+      <c r="D697" s="2" t="s">
+        <v>1225</v>
+      </c>
       <c r="E697" s="2" t="s">
         <v>1226</v>
       </c>
       <c r="F697" s="2" t="s">
-        <v>33</v>
+        <v>11</v>
       </c>
     </row>
     <row r="698" spans="1:6">
       <c r="A698" s="2">
         <v>702</v>
       </c>
       <c r="B698" s="2">
         <v>150</v>
       </c>
       <c r="C698" s="2">
-        <v>118782</v>
+        <v>118932</v>
       </c>
       <c r="D698" s="2" t="s">
         <v>1227</v>
       </c>
       <c r="E698" s="2" t="s">
-        <v>1187</v>
-[...3 lines deleted...]
-      </c>
+        <v>1228</v>
+      </c>
+      <c r="F698" s="2"/>
     </row>
     <row r="699" spans="1:6">
       <c r="A699" s="2">
         <v>702</v>
       </c>
       <c r="B699" s="2">
         <v>150</v>
       </c>
       <c r="C699" s="2">
-        <v>119045</v>
+        <v>118782</v>
       </c>
       <c r="D699" s="2" t="s">
-        <v>1228</v>
+        <v>1229</v>
       </c>
       <c r="E699" s="2" t="s">
-        <v>1229</v>
+        <v>1183</v>
       </c>
       <c r="F699" s="2" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
     </row>
     <row r="700" spans="1:6">
       <c r="A700" s="2">
         <v>702</v>
       </c>
       <c r="B700" s="2">
         <v>150</v>
       </c>
       <c r="C700" s="2">
-        <v>120379</v>
+        <v>121482</v>
       </c>
       <c r="D700" s="2"/>
       <c r="E700" s="2" t="s">
         <v>1230</v>
       </c>
       <c r="F700" s="2" t="s">
-        <v>95</v>
+        <v>100</v>
       </c>
     </row>
     <row r="701" spans="1:6">
       <c r="A701" s="2">
         <v>702</v>
       </c>
       <c r="B701" s="2">
         <v>150</v>
       </c>
       <c r="C701" s="2">
-        <v>118932</v>
+        <v>119045</v>
       </c>
       <c r="D701" s="2" t="s">
         <v>1231</v>
       </c>
       <c r="E701" s="2" t="s">
         <v>1232</v>
       </c>
-      <c r="F701" s="2"/>
+      <c r="F701" s="2" t="s">
+        <v>8</v>
+      </c>
     </row>
     <row r="702" spans="1:6">
       <c r="A702" s="2">
         <v>702</v>
       </c>
       <c r="B702" s="2">
         <v>150</v>
       </c>
       <c r="C702" s="2">
-        <v>120818</v>
+        <v>120680</v>
       </c>
       <c r="D702" s="2"/>
       <c r="E702" s="2" t="s">
         <v>1233</v>
       </c>
-      <c r="F702" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F702" s="2"/>
     </row>
     <row r="703" spans="1:6">
       <c r="A703" s="2">
         <v>702</v>
       </c>
       <c r="B703" s="2">
         <v>150</v>
       </c>
       <c r="C703" s="2">
-        <v>121482</v>
-[...1 lines deleted...]
-      <c r="D703" s="2"/>
+        <v>118843</v>
+      </c>
+      <c r="D703" s="2" t="s">
+        <v>130</v>
+      </c>
       <c r="E703" s="2" t="s">
         <v>1234</v>
       </c>
       <c r="F703" s="2" t="s">
-        <v>100</v>
+        <v>33</v>
       </c>
     </row>
     <row r="704" spans="1:6">
       <c r="A704" s="2">
         <v>702</v>
       </c>
       <c r="B704" s="2">
         <v>150</v>
       </c>
       <c r="C704" s="2">
         <v>120442</v>
       </c>
       <c r="D704" s="2"/>
       <c r="E704" s="2" t="s">
         <v>1235</v>
       </c>
       <c r="F704" s="2" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="705" spans="1:6">
       <c r="A705" s="2">
         <v>702</v>
       </c>
       <c r="B705" s="2">
         <v>150</v>
       </c>
       <c r="C705" s="2">
-        <v>118843</v>
-[...3 lines deleted...]
-      </c>
+        <v>120818</v>
+      </c>
+      <c r="D705" s="2"/>
       <c r="E705" s="2" t="s">
         <v>1236</v>
       </c>
       <c r="F705" s="2" t="s">
-        <v>33</v>
+        <v>11</v>
       </c>
     </row>
     <row r="706" spans="1:6">
       <c r="A706" s="2">
         <v>702</v>
       </c>
       <c r="B706" s="2">
         <v>150</v>
       </c>
       <c r="C706" s="2">
-        <v>120680</v>
-[...1 lines deleted...]
-      <c r="D706" s="2"/>
+        <v>121531</v>
+      </c>
+      <c r="D706" s="2" t="s">
+        <v>1237</v>
+      </c>
       <c r="E706" s="2" t="s">
-        <v>1237</v>
-[...1 lines deleted...]
-      <c r="F706" s="2"/>
+        <v>1238</v>
+      </c>
+      <c r="F706" s="2" t="s">
+        <v>14</v>
+      </c>
     </row>
     <row r="707" spans="1:6">
       <c r="A707" s="2">
         <v>702</v>
       </c>
       <c r="B707" s="2">
         <v>150</v>
       </c>
       <c r="C707" s="2">
-        <v>121531</v>
-[...3 lines deleted...]
-      </c>
+        <v>121425</v>
+      </c>
+      <c r="D707" s="2"/>
       <c r="E707" s="2" t="s">
         <v>1239</v>
       </c>
       <c r="F707" s="2" t="s">
-        <v>14</v>
+        <v>100</v>
       </c>
     </row>
     <row r="708" spans="1:6">
       <c r="A708" s="2">
         <v>702</v>
       </c>
       <c r="B708" s="2">
         <v>150</v>
       </c>
       <c r="C708" s="2">
-        <v>121425</v>
-[...1 lines deleted...]
-      <c r="D708" s="2"/>
+        <v>118545</v>
+      </c>
+      <c r="D708" s="2" t="s">
+        <v>1240</v>
+      </c>
       <c r="E708" s="2" t="s">
-        <v>1240</v>
+        <v>1241</v>
       </c>
       <c r="F708" s="2" t="s">
-        <v>100</v>
+        <v>95</v>
       </c>
     </row>
     <row r="709" spans="1:6">
       <c r="A709" s="2">
         <v>702</v>
       </c>
       <c r="B709" s="2">
         <v>150</v>
       </c>
       <c r="C709" s="2">
-        <v>118545</v>
+        <v>121069</v>
       </c>
       <c r="D709" s="2" t="s">
-        <v>1241</v>
+        <v>1242</v>
       </c>
       <c r="E709" s="2" t="s">
-        <v>1242</v>
+        <v>1243</v>
       </c>
       <c r="F709" s="2" t="s">
-        <v>95</v>
+        <v>30</v>
       </c>
     </row>
     <row r="710" spans="1:6">
       <c r="A710" s="2">
         <v>702</v>
       </c>
       <c r="B710" s="2">
         <v>150</v>
       </c>
       <c r="C710" s="2">
-        <v>121069</v>
+        <v>120772</v>
       </c>
       <c r="D710" s="2" t="s">
-        <v>1243</v>
+        <v>1244</v>
       </c>
       <c r="E710" s="2" t="s">
-        <v>1244</v>
+        <v>207</v>
       </c>
       <c r="F710" s="2" t="s">
-        <v>30</v>
+        <v>152</v>
       </c>
     </row>
     <row r="711" spans="1:6">
       <c r="A711" s="2">
         <v>723</v>
       </c>
       <c r="B711" s="2">
         <v>149</v>
       </c>
       <c r="C711" s="2">
         <v>121040</v>
       </c>
       <c r="D711" s="2"/>
       <c r="E711" s="2" t="s">
         <v>1245</v>
       </c>
       <c r="F711" s="2" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="712" spans="1:6">
       <c r="A712" s="2">
         <v>724</v>
       </c>
       <c r="B712" s="2">
         <v>148</v>
       </c>
       <c r="C712" s="2">
-        <v>101110</v>
-[...1 lines deleted...]
-      <c r="D712" s="2" t="s">
+        <v>120773</v>
+      </c>
+      <c r="D712" s="2"/>
+      <c r="E712" s="2" t="s">
         <v>1246</v>
       </c>
-      <c r="E712" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F712" s="2" t="s">
-        <v>14</v>
+        <v>152</v>
       </c>
     </row>
     <row r="713" spans="1:6">
       <c r="A713" s="2">
         <v>724</v>
       </c>
       <c r="B713" s="2">
         <v>148</v>
       </c>
       <c r="C713" s="2">
-        <v>121426</v>
+        <v>121201</v>
       </c>
       <c r="D713" s="2"/>
       <c r="E713" s="2" t="s">
-        <v>1248</v>
+        <v>1247</v>
       </c>
       <c r="F713" s="2" t="s">
-        <v>100</v>
+        <v>33</v>
       </c>
     </row>
     <row r="714" spans="1:6">
       <c r="A714" s="2">
         <v>724</v>
       </c>
       <c r="B714" s="2">
         <v>148</v>
       </c>
       <c r="C714" s="2">
-        <v>118546</v>
-[...3 lines deleted...]
-      </c>
+        <v>120737</v>
+      </c>
+      <c r="D714" s="2"/>
       <c r="E714" s="2" t="s">
-        <v>1250</v>
+        <v>1248</v>
       </c>
       <c r="F714" s="2" t="s">
-        <v>95</v>
+        <v>33</v>
       </c>
     </row>
     <row r="715" spans="1:6">
       <c r="A715" s="2">
         <v>724</v>
       </c>
       <c r="B715" s="2">
         <v>148</v>
       </c>
       <c r="C715" s="2">
-        <v>120773</v>
-[...1 lines deleted...]
-      <c r="D715" s="2"/>
+        <v>120380</v>
+      </c>
+      <c r="D715" s="2" t="s">
+        <v>1072</v>
+      </c>
       <c r="E715" s="2" t="s">
-        <v>1251</v>
-[...3 lines deleted...]
-      </c>
+        <v>1249</v>
+      </c>
+      <c r="F715" s="2"/>
     </row>
     <row r="716" spans="1:6">
       <c r="A716" s="2">
         <v>724</v>
       </c>
       <c r="B716" s="2">
         <v>148</v>
       </c>
       <c r="C716" s="2">
         <v>121322</v>
       </c>
       <c r="D716" s="2"/>
       <c r="E716" s="2" t="s">
-        <v>1252</v>
+        <v>1250</v>
       </c>
       <c r="F716" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="717" spans="1:6">
       <c r="A717" s="2">
         <v>724</v>
       </c>
       <c r="B717" s="2">
         <v>148</v>
       </c>
       <c r="C717" s="2">
-        <v>120737</v>
-[...1 lines deleted...]
-      <c r="D717" s="2"/>
+        <v>118933</v>
+      </c>
+      <c r="D717" s="2" t="s">
+        <v>1251</v>
+      </c>
       <c r="E717" s="2" t="s">
-        <v>1253</v>
-[...3 lines deleted...]
-      </c>
+        <v>1252</v>
+      </c>
+      <c r="F717" s="2"/>
     </row>
     <row r="718" spans="1:6">
       <c r="A718" s="2">
         <v>724</v>
       </c>
       <c r="B718" s="2">
         <v>148</v>
       </c>
       <c r="C718" s="2">
-        <v>121201</v>
-[...1 lines deleted...]
-      <c r="D718" s="2"/>
+        <v>118783</v>
+      </c>
+      <c r="D718" s="2" t="s">
+        <v>1253</v>
+      </c>
       <c r="E718" s="2" t="s">
         <v>1254</v>
       </c>
       <c r="F718" s="2" t="s">
-        <v>33</v>
+        <v>11</v>
       </c>
     </row>
     <row r="719" spans="1:6">
       <c r="A719" s="2">
         <v>724</v>
       </c>
       <c r="B719" s="2">
         <v>148</v>
       </c>
       <c r="C719" s="2">
-        <v>118783</v>
-[...1 lines deleted...]
-      <c r="D719" s="2" t="s">
+        <v>121483</v>
+      </c>
+      <c r="D719" s="2"/>
+      <c r="E719" s="2" t="s">
         <v>1255</v>
       </c>
-      <c r="E719" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F719" s="2" t="s">
-        <v>11</v>
+        <v>100</v>
       </c>
     </row>
     <row r="720" spans="1:6">
       <c r="A720" s="2">
         <v>724</v>
       </c>
       <c r="B720" s="2">
         <v>148</v>
       </c>
       <c r="C720" s="2">
-        <v>120380</v>
+        <v>119047</v>
       </c>
       <c r="D720" s="2" t="s">
-        <v>1079</v>
+        <v>1256</v>
       </c>
       <c r="E720" s="2" t="s">
         <v>1257</v>
       </c>
-      <c r="F720" s="2"/>
+      <c r="F720" s="2" t="s">
+        <v>8</v>
+      </c>
     </row>
     <row r="721" spans="1:6">
       <c r="A721" s="2">
         <v>724</v>
       </c>
       <c r="B721" s="2">
         <v>148</v>
       </c>
       <c r="C721" s="2">
-        <v>119047</v>
-[...1 lines deleted...]
-      <c r="D721" s="2" t="s">
+        <v>120681</v>
+      </c>
+      <c r="D721" s="2"/>
+      <c r="E721" s="2" t="s">
         <v>1258</v>
       </c>
-      <c r="E721" s="2" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="F721" s="2"/>
     </row>
     <row r="722" spans="1:6">
       <c r="A722" s="2">
         <v>724</v>
       </c>
       <c r="B722" s="2">
         <v>148</v>
       </c>
       <c r="C722" s="2">
-        <v>121366</v>
-[...1 lines deleted...]
-      <c r="D722" s="2"/>
+        <v>118844</v>
+      </c>
+      <c r="D722" s="2" t="s">
+        <v>663</v>
+      </c>
       <c r="E722" s="2" t="s">
-        <v>1260</v>
+        <v>44</v>
       </c>
       <c r="F722" s="2" t="s">
-        <v>11</v>
+        <v>33</v>
       </c>
     </row>
     <row r="723" spans="1:6">
       <c r="A723" s="2">
         <v>724</v>
       </c>
       <c r="B723" s="2">
         <v>148</v>
       </c>
       <c r="C723" s="2">
-        <v>118933</v>
-[...3 lines deleted...]
-      </c>
+        <v>120443</v>
+      </c>
+      <c r="D723" s="2"/>
       <c r="E723" s="2" t="s">
-        <v>1262</v>
-[...1 lines deleted...]
-      <c r="F723" s="2"/>
+        <v>1259</v>
+      </c>
+      <c r="F723" s="2" t="s">
+        <v>95</v>
+      </c>
     </row>
     <row r="724" spans="1:6">
       <c r="A724" s="2">
         <v>724</v>
       </c>
       <c r="B724" s="2">
         <v>148</v>
       </c>
       <c r="C724" s="2">
-        <v>120819</v>
+        <v>121366</v>
       </c>
       <c r="D724" s="2"/>
       <c r="E724" s="2" t="s">
-        <v>1263</v>
+        <v>1260</v>
       </c>
       <c r="F724" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="725" spans="1:6">
       <c r="A725" s="2">
         <v>724</v>
       </c>
       <c r="B725" s="2">
         <v>148</v>
       </c>
       <c r="C725" s="2">
-        <v>121483</v>
+        <v>120819</v>
       </c>
       <c r="D725" s="2"/>
       <c r="E725" s="2" t="s">
-        <v>1264</v>
+        <v>1261</v>
       </c>
       <c r="F725" s="2" t="s">
-        <v>100</v>
+        <v>11</v>
       </c>
     </row>
     <row r="726" spans="1:6">
       <c r="A726" s="2">
         <v>724</v>
       </c>
       <c r="B726" s="2">
         <v>148</v>
       </c>
       <c r="C726" s="2">
-        <v>120443</v>
-[...1 lines deleted...]
-      <c r="D726" s="2"/>
+        <v>121532</v>
+      </c>
+      <c r="D726" s="2" t="s">
+        <v>1262</v>
+      </c>
       <c r="E726" s="2" t="s">
-        <v>1265</v>
+        <v>1263</v>
       </c>
       <c r="F726" s="2" t="s">
-        <v>95</v>
+        <v>14</v>
       </c>
     </row>
     <row r="727" spans="1:6">
       <c r="A727" s="2">
         <v>724</v>
       </c>
       <c r="B727" s="2">
         <v>148</v>
       </c>
       <c r="C727" s="2">
-        <v>118844</v>
-[...3 lines deleted...]
-      </c>
+        <v>121426</v>
+      </c>
+      <c r="D727" s="2"/>
       <c r="E727" s="2" t="s">
-        <v>44</v>
+        <v>1264</v>
       </c>
       <c r="F727" s="2" t="s">
-        <v>33</v>
+        <v>100</v>
       </c>
     </row>
     <row r="728" spans="1:6">
       <c r="A728" s="2">
         <v>724</v>
       </c>
       <c r="B728" s="2">
         <v>148</v>
       </c>
       <c r="C728" s="2">
-        <v>120681</v>
-[...1 lines deleted...]
-      <c r="D728" s="2"/>
+        <v>118546</v>
+      </c>
+      <c r="D728" s="2" t="s">
+        <v>1265</v>
+      </c>
       <c r="E728" s="2" t="s">
         <v>1266</v>
       </c>
-      <c r="F728" s="2"/>
+      <c r="F728" s="2" t="s">
+        <v>95</v>
+      </c>
     </row>
     <row r="729" spans="1:6">
       <c r="A729" s="2">
         <v>724</v>
       </c>
       <c r="B729" s="2">
         <v>148</v>
       </c>
       <c r="C729" s="2">
-        <v>121532</v>
+        <v>101110</v>
       </c>
       <c r="D729" s="2" t="s">
         <v>1267</v>
       </c>
       <c r="E729" s="2" t="s">
         <v>1268</v>
       </c>
       <c r="F729" s="2" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="730" spans="1:6">
       <c r="A730" s="2">
         <v>743</v>
       </c>
       <c r="B730" s="2">
         <v>147</v>
       </c>
       <c r="C730" s="2">
         <v>121041</v>
       </c>
       <c r="D730" s="2"/>
       <c r="E730" s="2" t="s">
         <v>1269</v>
       </c>
       <c r="F730" s="2" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="731" spans="1:6">
       <c r="A731" s="2">
         <v>744</v>
       </c>
       <c r="B731" s="2">
         <v>146</v>
       </c>
       <c r="C731" s="2">
-        <v>121367</v>
-[...1 lines deleted...]
-      <c r="D731" s="2"/>
+        <v>118845</v>
+      </c>
+      <c r="D731" s="2" t="s">
+        <v>1270</v>
+      </c>
       <c r="E731" s="2" t="s">
-        <v>1270</v>
+        <v>1271</v>
       </c>
       <c r="F731" s="2" t="s">
-        <v>11</v>
+        <v>33</v>
       </c>
     </row>
     <row r="732" spans="1:6">
       <c r="A732" s="2">
         <v>744</v>
       </c>
       <c r="B732" s="2">
         <v>146</v>
       </c>
       <c r="C732" s="2">
-        <v>106957</v>
-[...3 lines deleted...]
-      </c>
+        <v>121367</v>
+      </c>
+      <c r="D732" s="2"/>
       <c r="E732" s="2" t="s">
         <v>1272</v>
       </c>
-      <c r="F732" s="2"/>
+      <c r="F732" s="2" t="s">
+        <v>11</v>
+      </c>
     </row>
     <row r="733" spans="1:6">
       <c r="A733" s="2">
         <v>744</v>
       </c>
       <c r="B733" s="2">
         <v>146</v>
       </c>
       <c r="C733" s="2">
         <v>120820</v>
       </c>
       <c r="D733" s="2"/>
       <c r="E733" s="2" t="s">
         <v>1273</v>
       </c>
       <c r="F733" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="734" spans="1:6">
       <c r="A734" s="2">
         <v>744</v>
       </c>
       <c r="B734" s="2">
         <v>146</v>
       </c>
       <c r="C734" s="2">
-        <v>121484</v>
-[...1 lines deleted...]
-      <c r="D734" s="2"/>
+        <v>121533</v>
+      </c>
+      <c r="D734" s="2" t="s">
+        <v>1274</v>
+      </c>
       <c r="E734" s="2" t="s">
-        <v>1274</v>
+        <v>1275</v>
       </c>
       <c r="F734" s="2" t="s">
-        <v>100</v>
+        <v>14</v>
       </c>
     </row>
     <row r="735" spans="1:6">
       <c r="A735" s="2">
         <v>744</v>
       </c>
       <c r="B735" s="2">
         <v>146</v>
       </c>
       <c r="C735" s="2">
-        <v>118845</v>
+        <v>106208</v>
       </c>
       <c r="D735" s="2" t="s">
-        <v>1275</v>
+        <v>1276</v>
       </c>
       <c r="E735" s="2" t="s">
-        <v>1276</v>
+        <v>1277</v>
       </c>
       <c r="F735" s="2" t="s">
-        <v>33</v>
+        <v>11</v>
       </c>
     </row>
     <row r="736" spans="1:6">
       <c r="A736" s="2">
         <v>744</v>
       </c>
       <c r="B736" s="2">
         <v>146</v>
       </c>
       <c r="C736" s="2">
-        <v>120682</v>
+        <v>121427</v>
       </c>
       <c r="D736" s="2"/>
       <c r="E736" s="2" t="s">
-        <v>1277</v>
-[...1 lines deleted...]
-      <c r="F736" s="2"/>
+        <v>1278</v>
+      </c>
+      <c r="F736" s="2" t="s">
+        <v>100</v>
+      </c>
     </row>
     <row r="737" spans="1:6">
       <c r="A737" s="2">
         <v>744</v>
       </c>
       <c r="B737" s="2">
         <v>146</v>
       </c>
       <c r="C737" s="2">
-        <v>106208</v>
-[...3 lines deleted...]
-      </c>
+        <v>121070</v>
+      </c>
+      <c r="D737" s="2"/>
       <c r="E737" s="2" t="s">
         <v>1279</v>
       </c>
       <c r="F737" s="2" t="s">
-        <v>11</v>
+        <v>33</v>
       </c>
     </row>
     <row r="738" spans="1:6">
       <c r="A738" s="2">
         <v>744</v>
       </c>
       <c r="B738" s="2">
         <v>146</v>
       </c>
       <c r="C738" s="2">
-        <v>121533</v>
+        <v>118547</v>
       </c>
       <c r="D738" s="2" t="s">
         <v>1280</v>
       </c>
       <c r="E738" s="2" t="s">
         <v>1281</v>
       </c>
       <c r="F738" s="2" t="s">
-        <v>14</v>
+        <v>95</v>
       </c>
     </row>
     <row r="739" spans="1:6">
       <c r="A739" s="2">
         <v>744</v>
       </c>
       <c r="B739" s="2">
         <v>146</v>
       </c>
       <c r="C739" s="2">
         <v>112239</v>
       </c>
       <c r="D739" s="2" t="s">
         <v>1282</v>
       </c>
       <c r="E739" s="2" t="s">
         <v>1283</v>
       </c>
       <c r="F739" s="2" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="740" spans="1:6">
       <c r="A740" s="2">
         <v>744</v>
       </c>
       <c r="B740" s="2">
         <v>146</v>
       </c>
       <c r="C740" s="2">
-        <v>121427</v>
+        <v>121612</v>
       </c>
       <c r="D740" s="2"/>
       <c r="E740" s="2" t="s">
         <v>1284</v>
       </c>
-      <c r="F740" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F740" s="2"/>
     </row>
     <row r="741" spans="1:6">
       <c r="A741" s="2">
         <v>744</v>
       </c>
       <c r="B741" s="2">
         <v>146</v>
       </c>
       <c r="C741" s="2">
-        <v>118547</v>
-[...1 lines deleted...]
-      <c r="D741" s="2" t="s">
+        <v>120774</v>
+      </c>
+      <c r="D741" s="2"/>
+      <c r="E741" s="2" t="s">
         <v>1285</v>
       </c>
-      <c r="E741" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F741" s="2" t="s">
-        <v>95</v>
+        <v>152</v>
       </c>
     </row>
     <row r="742" spans="1:6">
       <c r="A742" s="2">
         <v>744</v>
       </c>
       <c r="B742" s="2">
         <v>146</v>
       </c>
       <c r="C742" s="2">
-        <v>121070</v>
+        <v>120381</v>
       </c>
       <c r="D742" s="2"/>
       <c r="E742" s="2" t="s">
-        <v>1287</v>
+        <v>1286</v>
       </c>
       <c r="F742" s="2" t="s">
-        <v>33</v>
+        <v>95</v>
       </c>
     </row>
     <row r="743" spans="1:6">
       <c r="A743" s="2">
         <v>744</v>
       </c>
       <c r="B743" s="2">
         <v>146</v>
       </c>
       <c r="C743" s="2">
-        <v>121612</v>
-[...1 lines deleted...]
-      <c r="D743" s="2"/>
+        <v>118615</v>
+      </c>
+      <c r="D743" s="2" t="s">
+        <v>1287</v>
+      </c>
       <c r="E743" s="2" t="s">
         <v>1288</v>
       </c>
-      <c r="F743" s="2"/>
+      <c r="F743" s="2" t="s">
+        <v>95</v>
+      </c>
     </row>
     <row r="744" spans="1:6">
       <c r="A744" s="2">
         <v>744</v>
       </c>
       <c r="B744" s="2">
         <v>146</v>
       </c>
       <c r="C744" s="2">
-        <v>120774</v>
-[...1 lines deleted...]
-      <c r="D744" s="2"/>
+        <v>120444</v>
+      </c>
+      <c r="D744" s="2" t="s">
+        <v>1289</v>
+      </c>
       <c r="E744" s="2" t="s">
-        <v>1289</v>
-[...3 lines deleted...]
-      </c>
+        <v>1290</v>
+      </c>
+      <c r="F744" s="2"/>
     </row>
     <row r="745" spans="1:6">
       <c r="A745" s="2">
         <v>744</v>
       </c>
       <c r="B745" s="2">
         <v>146</v>
       </c>
       <c r="C745" s="2">
-        <v>120381</v>
+        <v>121202</v>
       </c>
       <c r="D745" s="2"/>
       <c r="E745" s="2" t="s">
-        <v>1290</v>
+        <v>1291</v>
       </c>
       <c r="F745" s="2" t="s">
-        <v>95</v>
+        <v>33</v>
       </c>
     </row>
     <row r="746" spans="1:6">
       <c r="A746" s="2">
         <v>744</v>
       </c>
       <c r="B746" s="2">
         <v>146</v>
       </c>
       <c r="C746" s="2">
-        <v>118615</v>
-[...3 lines deleted...]
-      </c>
+        <v>120738</v>
+      </c>
+      <c r="D746" s="2"/>
       <c r="E746" s="2" t="s">
         <v>1292</v>
       </c>
       <c r="F746" s="2" t="s">
-        <v>95</v>
+        <v>33</v>
       </c>
     </row>
     <row r="747" spans="1:6">
       <c r="A747" s="2">
         <v>744</v>
       </c>
       <c r="B747" s="2">
         <v>146</v>
       </c>
       <c r="C747" s="2">
         <v>121323</v>
       </c>
       <c r="D747" s="2"/>
       <c r="E747" s="2" t="s">
         <v>1293</v>
       </c>
       <c r="F747" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="748" spans="1:6">
       <c r="A748" s="2">
         <v>744</v>
       </c>
       <c r="B748" s="2">
         <v>146</v>
       </c>
       <c r="C748" s="2">
         <v>110264</v>
       </c>
       <c r="D748" s="2" t="s">
-        <v>972</v>
+        <v>974</v>
       </c>
       <c r="E748" s="2" t="s">
         <v>1294</v>
       </c>
       <c r="F748" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="749" spans="1:6">
       <c r="A749" s="2">
         <v>744</v>
       </c>
       <c r="B749" s="2">
         <v>146</v>
       </c>
       <c r="C749" s="2">
-        <v>120738</v>
-[...1 lines deleted...]
-      <c r="D749" s="2"/>
+        <v>106957</v>
+      </c>
+      <c r="D749" s="2" t="s">
+        <v>1295</v>
+      </c>
       <c r="E749" s="2" t="s">
-        <v>1295</v>
-[...3 lines deleted...]
-      </c>
+        <v>1296</v>
+      </c>
+      <c r="F749" s="2"/>
     </row>
     <row r="750" spans="1:6">
       <c r="A750" s="2">
         <v>744</v>
       </c>
       <c r="B750" s="2">
         <v>146</v>
       </c>
       <c r="C750" s="2">
-        <v>120444</v>
+        <v>118784</v>
       </c>
       <c r="D750" s="2" t="s">
-        <v>1296</v>
+        <v>1297</v>
       </c>
       <c r="E750" s="2" t="s">
-        <v>1297</v>
-[...1 lines deleted...]
-      <c r="F750" s="2"/>
+        <v>1298</v>
+      </c>
+      <c r="F750" s="2" t="s">
+        <v>11</v>
+      </c>
     </row>
     <row r="751" spans="1:6">
       <c r="A751" s="2">
         <v>744</v>
       </c>
       <c r="B751" s="2">
         <v>146</v>
       </c>
       <c r="C751" s="2">
-        <v>121202</v>
+        <v>121484</v>
       </c>
       <c r="D751" s="2"/>
       <c r="E751" s="2" t="s">
-        <v>1298</v>
+        <v>1299</v>
       </c>
       <c r="F751" s="2" t="s">
-        <v>33</v>
+        <v>100</v>
       </c>
     </row>
     <row r="752" spans="1:6">
       <c r="A752" s="2">
         <v>744</v>
       </c>
       <c r="B752" s="2">
         <v>146</v>
       </c>
       <c r="C752" s="2">
-        <v>118784</v>
+        <v>119048</v>
       </c>
       <c r="D752" s="2" t="s">
-        <v>1299</v>
+        <v>1300</v>
       </c>
       <c r="E752" s="2" t="s">
-        <v>1300</v>
+        <v>1301</v>
       </c>
       <c r="F752" s="2" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
     </row>
     <row r="753" spans="1:6">
       <c r="A753" s="2">
         <v>744</v>
       </c>
       <c r="B753" s="2">
         <v>146</v>
       </c>
       <c r="C753" s="2">
-        <v>119048</v>
-[...3 lines deleted...]
-      </c>
+        <v>120682</v>
+      </c>
+      <c r="D753" s="2"/>
       <c r="E753" s="2" t="s">
         <v>1302</v>
       </c>
-      <c r="F753" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F753" s="2"/>
     </row>
     <row r="754" spans="1:6">
       <c r="A754" s="2">
         <v>767</v>
       </c>
       <c r="B754" s="2">
         <v>145</v>
       </c>
       <c r="C754" s="2">
         <v>121042</v>
       </c>
       <c r="D754" s="2"/>
       <c r="E754" s="2" t="s">
         <v>1303</v>
       </c>
       <c r="F754" s="2" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="755" spans="1:6">
       <c r="A755" s="2">
         <v>768</v>
       </c>
       <c r="B755" s="2">
         <v>144</v>
@@ -23129,340 +23129,340 @@
       </c>
       <c r="B756" s="2">
         <v>144</v>
       </c>
       <c r="C756" s="2">
         <v>112123</v>
       </c>
       <c r="D756" s="2" t="s">
         <v>1305</v>
       </c>
       <c r="E756" s="2" t="s">
         <v>1306</v>
       </c>
       <c r="F756" s="2" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="757" spans="1:6">
       <c r="A757" s="2">
         <v>768</v>
       </c>
       <c r="B757" s="2">
         <v>144</v>
       </c>
       <c r="C757" s="2">
-        <v>121324</v>
+        <v>121203</v>
       </c>
       <c r="D757" s="2"/>
       <c r="E757" s="2" t="s">
         <v>1307</v>
       </c>
       <c r="F757" s="2" t="s">
-        <v>11</v>
+        <v>33</v>
       </c>
     </row>
     <row r="758" spans="1:6">
       <c r="A758" s="2">
         <v>768</v>
       </c>
       <c r="B758" s="2">
         <v>144</v>
       </c>
       <c r="C758" s="2">
-        <v>118667</v>
-[...1 lines deleted...]
-      <c r="D758" s="2" t="s">
+        <v>120740</v>
+      </c>
+      <c r="D758" s="2"/>
+      <c r="E758" s="2" t="s">
         <v>1308</v>
       </c>
-      <c r="E758" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F758" s="2" t="s">
-        <v>11</v>
+        <v>33</v>
       </c>
     </row>
     <row r="759" spans="1:6">
       <c r="A759" s="2">
         <v>768</v>
       </c>
       <c r="B759" s="2">
         <v>144</v>
       </c>
       <c r="C759" s="2">
-        <v>120740</v>
+        <v>121324</v>
       </c>
       <c r="D759" s="2"/>
       <c r="E759" s="2" t="s">
-        <v>1310</v>
+        <v>1309</v>
       </c>
       <c r="F759" s="2" t="s">
-        <v>33</v>
+        <v>11</v>
       </c>
     </row>
     <row r="760" spans="1:6">
       <c r="A760" s="2">
         <v>768</v>
       </c>
       <c r="B760" s="2">
         <v>144</v>
       </c>
       <c r="C760" s="2">
-        <v>121203</v>
-[...1 lines deleted...]
-      <c r="D760" s="2"/>
+        <v>118667</v>
+      </c>
+      <c r="D760" s="2" t="s">
+        <v>1310</v>
+      </c>
       <c r="E760" s="2" t="s">
         <v>1311</v>
       </c>
       <c r="F760" s="2" t="s">
-        <v>33</v>
+        <v>11</v>
       </c>
     </row>
     <row r="761" spans="1:6">
       <c r="A761" s="2">
         <v>768</v>
       </c>
       <c r="B761" s="2">
         <v>144</v>
       </c>
       <c r="C761" s="2">
         <v>118786</v>
       </c>
       <c r="D761" s="2" t="s">
         <v>1312</v>
       </c>
       <c r="E761" s="2" t="s">
-        <v>385</v>
+        <v>388</v>
       </c>
       <c r="F761" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="762" spans="1:6">
       <c r="A762" s="2">
         <v>768</v>
       </c>
       <c r="B762" s="2">
         <v>144</v>
       </c>
       <c r="C762" s="2">
-        <v>119049</v>
-[...1 lines deleted...]
-      <c r="D762" s="2" t="s">
+        <v>121485</v>
+      </c>
+      <c r="D762" s="2"/>
+      <c r="E762" s="2" t="s">
         <v>1313</v>
       </c>
-      <c r="E762" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F762" s="2" t="s">
-        <v>8</v>
+        <v>100</v>
       </c>
     </row>
     <row r="763" spans="1:6">
       <c r="A763" s="2">
         <v>768</v>
       </c>
       <c r="B763" s="2">
         <v>144</v>
       </c>
       <c r="C763" s="2">
-        <v>121368</v>
-[...1 lines deleted...]
-      <c r="D763" s="2"/>
+        <v>119049</v>
+      </c>
+      <c r="D763" s="2" t="s">
+        <v>1314</v>
+      </c>
       <c r="E763" s="2" t="s">
         <v>1315</v>
       </c>
       <c r="F763" s="2" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
     </row>
     <row r="764" spans="1:6">
       <c r="A764" s="2">
         <v>768</v>
       </c>
       <c r="B764" s="2">
         <v>144</v>
       </c>
       <c r="C764" s="2">
-        <v>120821</v>
+        <v>120683</v>
       </c>
       <c r="D764" s="2"/>
       <c r="E764" s="2" t="s">
         <v>1316</v>
       </c>
-      <c r="F764" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F764" s="2"/>
     </row>
     <row r="765" spans="1:6">
       <c r="A765" s="2">
         <v>768</v>
       </c>
       <c r="B765" s="2">
         <v>144</v>
       </c>
       <c r="C765" s="2">
-        <v>121485</v>
-[...1 lines deleted...]
-      <c r="D765" s="2"/>
+        <v>118848</v>
+      </c>
+      <c r="D765" s="2" t="s">
+        <v>1317</v>
+      </c>
       <c r="E765" s="2" t="s">
-        <v>1317</v>
+        <v>1318</v>
       </c>
       <c r="F765" s="2" t="s">
-        <v>100</v>
+        <v>33</v>
       </c>
     </row>
     <row r="766" spans="1:6">
       <c r="A766" s="2">
         <v>768</v>
       </c>
       <c r="B766" s="2">
         <v>144</v>
       </c>
       <c r="C766" s="2">
-        <v>118848</v>
-[...3 lines deleted...]
-      </c>
+        <v>121368</v>
+      </c>
+      <c r="D766" s="2"/>
       <c r="E766" s="2" t="s">
         <v>1319</v>
       </c>
       <c r="F766" s="2" t="s">
-        <v>33</v>
+        <v>11</v>
       </c>
     </row>
     <row r="767" spans="1:6">
       <c r="A767" s="2">
         <v>768</v>
       </c>
       <c r="B767" s="2">
         <v>144</v>
       </c>
       <c r="C767" s="2">
-        <v>120683</v>
+        <v>120821</v>
       </c>
       <c r="D767" s="2"/>
       <c r="E767" s="2" t="s">
         <v>1320</v>
       </c>
-      <c r="F767" s="2"/>
+      <c r="F767" s="2" t="s">
+        <v>11</v>
+      </c>
     </row>
     <row r="768" spans="1:6">
       <c r="A768" s="2">
         <v>768</v>
       </c>
       <c r="B768" s="2">
         <v>144</v>
       </c>
       <c r="C768" s="2">
         <v>121535</v>
       </c>
       <c r="D768" s="2" t="s">
         <v>1321</v>
       </c>
       <c r="E768" s="2" t="s">
         <v>1322</v>
       </c>
       <c r="F768" s="2" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="769" spans="1:6">
       <c r="A769" s="2">
         <v>768</v>
       </c>
       <c r="B769" s="2">
         <v>144</v>
       </c>
       <c r="C769" s="2">
-        <v>114211</v>
-[...1 lines deleted...]
-      <c r="D769" s="2" t="s">
+        <v>121428</v>
+      </c>
+      <c r="D769" s="2"/>
+      <c r="E769" s="2" t="s">
         <v>1323</v>
       </c>
-      <c r="E769" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F769" s="2" t="s">
-        <v>14</v>
+        <v>100</v>
       </c>
     </row>
     <row r="770" spans="1:6">
       <c r="A770" s="2">
         <v>768</v>
       </c>
       <c r="B770" s="2">
         <v>144</v>
       </c>
       <c r="C770" s="2">
-        <v>121428</v>
+        <v>121071</v>
       </c>
       <c r="D770" s="2"/>
       <c r="E770" s="2" t="s">
-        <v>1325</v>
+        <v>1324</v>
       </c>
       <c r="F770" s="2" t="s">
-        <v>100</v>
+        <v>33</v>
       </c>
     </row>
     <row r="771" spans="1:6">
       <c r="A771" s="2">
         <v>768</v>
       </c>
       <c r="B771" s="2">
         <v>144</v>
       </c>
       <c r="C771" s="2">
         <v>118548</v>
       </c>
       <c r="D771" s="2" t="s">
+        <v>1325</v>
+      </c>
+      <c r="E771" s="2" t="s">
         <v>1326</v>
-      </c>
-[...1 lines deleted...]
-        <v>1327</v>
       </c>
       <c r="F771" s="2" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="772" spans="1:6">
       <c r="A772" s="2">
         <v>768</v>
       </c>
       <c r="B772" s="2">
         <v>144</v>
       </c>
       <c r="C772" s="2">
-        <v>121071</v>
-[...1 lines deleted...]
-      <c r="D772" s="2"/>
+        <v>114211</v>
+      </c>
+      <c r="D772" s="2" t="s">
+        <v>1327</v>
+      </c>
       <c r="E772" s="2" t="s">
         <v>1328</v>
       </c>
       <c r="F772" s="2" t="s">
-        <v>33</v>
+        <v>14</v>
       </c>
     </row>
     <row r="773" spans="1:6">
       <c r="A773" s="2">
         <v>768</v>
       </c>
       <c r="B773" s="2">
         <v>144</v>
       </c>
       <c r="C773" s="2">
         <v>117913</v>
       </c>
       <c r="D773" s="2" t="s">
         <v>1329</v>
       </c>
       <c r="E773" s="2" t="s">
         <v>1330</v>
       </c>
       <c r="F773" s="2" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="774" spans="1:6">
       <c r="A774" s="2">
         <v>768</v>
@@ -23521,452 +23521,452 @@
       <c r="A777" s="2">
         <v>790</v>
       </c>
       <c r="B777" s="2">
         <v>143</v>
       </c>
       <c r="C777" s="2">
         <v>121043</v>
       </c>
       <c r="D777" s="2"/>
       <c r="E777" s="2" t="s">
         <v>1335</v>
       </c>
       <c r="F777" s="2" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="778" spans="1:6">
       <c r="A778" s="2">
         <v>791</v>
       </c>
       <c r="B778" s="2">
         <v>142</v>
       </c>
       <c r="C778" s="2">
-        <v>114465</v>
+        <v>119121</v>
       </c>
       <c r="D778" s="2" t="s">
         <v>1336</v>
       </c>
       <c r="E778" s="2" t="s">
-        <v>1337</v>
+        <v>85</v>
       </c>
       <c r="F778" s="2" t="s">
-        <v>95</v>
+        <v>36</v>
       </c>
     </row>
     <row r="779" spans="1:6">
       <c r="A779" s="2">
         <v>791</v>
       </c>
       <c r="B779" s="2">
         <v>142</v>
       </c>
       <c r="C779" s="2">
-        <v>121429</v>
+        <v>121614</v>
       </c>
       <c r="D779" s="2"/>
       <c r="E779" s="2" t="s">
-        <v>1338</v>
-[...3 lines deleted...]
-      </c>
+        <v>1337</v>
+      </c>
+      <c r="F779" s="2"/>
     </row>
     <row r="780" spans="1:6">
       <c r="A780" s="2">
         <v>791</v>
       </c>
       <c r="B780" s="2">
         <v>142</v>
       </c>
       <c r="C780" s="2">
-        <v>118549</v>
-[...3 lines deleted...]
-      </c>
+        <v>120778</v>
+      </c>
+      <c r="D780" s="2"/>
       <c r="E780" s="2" t="s">
-        <v>1340</v>
+        <v>1338</v>
       </c>
       <c r="F780" s="2" t="s">
-        <v>95</v>
+        <v>152</v>
       </c>
     </row>
     <row r="781" spans="1:6">
       <c r="A781" s="2">
         <v>791</v>
       </c>
       <c r="B781" s="2">
         <v>142</v>
       </c>
       <c r="C781" s="2">
-        <v>121072</v>
+        <v>120383</v>
       </c>
       <c r="D781" s="2"/>
       <c r="E781" s="2" t="s">
-        <v>1341</v>
+        <v>1339</v>
       </c>
       <c r="F781" s="2" t="s">
-        <v>33</v>
+        <v>95</v>
       </c>
     </row>
     <row r="782" spans="1:6">
       <c r="A782" s="2">
         <v>791</v>
       </c>
       <c r="B782" s="2">
         <v>142</v>
       </c>
       <c r="C782" s="2">
-        <v>119121</v>
+        <v>118934</v>
       </c>
       <c r="D782" s="2" t="s">
-        <v>1342</v>
+        <v>1340</v>
       </c>
       <c r="E782" s="2" t="s">
-        <v>85</v>
-[...3 lines deleted...]
-      </c>
+        <v>1341</v>
+      </c>
+      <c r="F782" s="2"/>
     </row>
     <row r="783" spans="1:6">
       <c r="A783" s="2">
         <v>791</v>
       </c>
       <c r="B783" s="2">
         <v>142</v>
       </c>
       <c r="C783" s="2">
-        <v>121614</v>
+        <v>120449</v>
       </c>
       <c r="D783" s="2"/>
       <c r="E783" s="2" t="s">
-        <v>1343</v>
-[...1 lines deleted...]
-      <c r="F783" s="2"/>
+        <v>1342</v>
+      </c>
+      <c r="F783" s="2" t="s">
+        <v>95</v>
+      </c>
     </row>
     <row r="784" spans="1:6">
       <c r="A784" s="2">
         <v>791</v>
       </c>
       <c r="B784" s="2">
         <v>142</v>
       </c>
       <c r="C784" s="2">
-        <v>120778</v>
-[...1 lines deleted...]
-      <c r="D784" s="2"/>
+        <v>118617</v>
+      </c>
+      <c r="D784" s="2" t="s">
+        <v>1343</v>
+      </c>
       <c r="E784" s="2" t="s">
         <v>1344</v>
       </c>
       <c r="F784" s="2" t="s">
-        <v>152</v>
+        <v>95</v>
       </c>
     </row>
     <row r="785" spans="1:6">
       <c r="A785" s="2">
         <v>791</v>
       </c>
       <c r="B785" s="2">
         <v>142</v>
       </c>
       <c r="C785" s="2">
-        <v>120383</v>
+        <v>121204</v>
       </c>
       <c r="D785" s="2"/>
       <c r="E785" s="2" t="s">
-        <v>1345</v>
+        <v>486</v>
       </c>
       <c r="F785" s="2" t="s">
-        <v>95</v>
+        <v>33</v>
       </c>
     </row>
     <row r="786" spans="1:6">
       <c r="A786" s="2">
         <v>791</v>
       </c>
       <c r="B786" s="2">
         <v>142</v>
       </c>
       <c r="C786" s="2">
-        <v>118934</v>
-[...3 lines deleted...]
-      </c>
+        <v>120741</v>
+      </c>
+      <c r="D786" s="2"/>
       <c r="E786" s="2" t="s">
-        <v>1347</v>
-[...1 lines deleted...]
-      <c r="F786" s="2"/>
+        <v>1345</v>
+      </c>
+      <c r="F786" s="2" t="s">
+        <v>33</v>
+      </c>
     </row>
     <row r="787" spans="1:6">
       <c r="A787" s="2">
         <v>791</v>
       </c>
       <c r="B787" s="2">
         <v>142</v>
       </c>
       <c r="C787" s="2">
-        <v>120449</v>
+        <v>121325</v>
       </c>
       <c r="D787" s="2"/>
       <c r="E787" s="2" t="s">
-        <v>1348</v>
+        <v>1346</v>
       </c>
       <c r="F787" s="2" t="s">
-        <v>95</v>
+        <v>11</v>
       </c>
     </row>
     <row r="788" spans="1:6">
       <c r="A788" s="2">
         <v>791</v>
       </c>
       <c r="B788" s="2">
         <v>142</v>
       </c>
       <c r="C788" s="2">
-        <v>118617</v>
+        <v>118668</v>
       </c>
       <c r="D788" s="2" t="s">
-        <v>1349</v>
+        <v>1347</v>
       </c>
       <c r="E788" s="2" t="s">
-        <v>1350</v>
+        <v>1348</v>
       </c>
       <c r="F788" s="2" t="s">
-        <v>95</v>
+        <v>11</v>
       </c>
     </row>
     <row r="789" spans="1:6">
       <c r="A789" s="2">
         <v>791</v>
       </c>
       <c r="B789" s="2">
         <v>142</v>
       </c>
       <c r="C789" s="2">
-        <v>121325</v>
-[...1 lines deleted...]
-      <c r="D789" s="2"/>
+        <v>118788</v>
+      </c>
+      <c r="D789" s="2" t="s">
+        <v>1349</v>
+      </c>
       <c r="E789" s="2" t="s">
-        <v>1351</v>
+        <v>1350</v>
       </c>
       <c r="F789" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="790" spans="1:6">
       <c r="A790" s="2">
         <v>791</v>
       </c>
       <c r="B790" s="2">
         <v>142</v>
       </c>
       <c r="C790" s="2">
-        <v>118668</v>
-[...3 lines deleted...]
-      </c>
+        <v>121486</v>
+      </c>
+      <c r="D790" s="2"/>
       <c r="E790" s="2" t="s">
-        <v>1353</v>
+        <v>1351</v>
       </c>
       <c r="F790" s="2" t="s">
-        <v>11</v>
+        <v>100</v>
       </c>
     </row>
     <row r="791" spans="1:6">
       <c r="A791" s="2">
         <v>791</v>
       </c>
       <c r="B791" s="2">
         <v>142</v>
       </c>
       <c r="C791" s="2">
-        <v>120741</v>
-[...1 lines deleted...]
-      <c r="D791" s="2"/>
+        <v>119050</v>
+      </c>
+      <c r="D791" s="2" t="s">
+        <v>1352</v>
+      </c>
       <c r="E791" s="2" t="s">
-        <v>1354</v>
+        <v>1353</v>
       </c>
       <c r="F791" s="2" t="s">
-        <v>33</v>
+        <v>8</v>
       </c>
     </row>
     <row r="792" spans="1:6">
       <c r="A792" s="2">
         <v>791</v>
       </c>
       <c r="B792" s="2">
         <v>142</v>
       </c>
       <c r="C792" s="2">
-        <v>121204</v>
+        <v>120685</v>
       </c>
       <c r="D792" s="2"/>
       <c r="E792" s="2" t="s">
-        <v>490</v>
-[...3 lines deleted...]
-      </c>
+        <v>1354</v>
+      </c>
+      <c r="F792" s="2"/>
     </row>
     <row r="793" spans="1:6">
       <c r="A793" s="2">
         <v>791</v>
       </c>
       <c r="B793" s="2">
         <v>142</v>
       </c>
       <c r="C793" s="2">
-        <v>118788</v>
+        <v>118849</v>
       </c>
       <c r="D793" s="2" t="s">
+        <v>1177</v>
+      </c>
+      <c r="E793" s="2" t="s">
         <v>1355</v>
       </c>
-      <c r="E793" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F793" s="2" t="s">
-        <v>11</v>
+        <v>33</v>
       </c>
     </row>
     <row r="794" spans="1:6">
       <c r="A794" s="2">
         <v>791</v>
       </c>
       <c r="B794" s="2">
         <v>142</v>
       </c>
       <c r="C794" s="2">
-        <v>119050</v>
+        <v>105420</v>
       </c>
       <c r="D794" s="2" t="s">
+        <v>1356</v>
+      </c>
+      <c r="E794" s="2" t="s">
         <v>1357</v>
       </c>
-      <c r="E794" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F794" s="2" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
     </row>
     <row r="795" spans="1:6">
       <c r="A795" s="2">
         <v>791</v>
       </c>
       <c r="B795" s="2">
         <v>142</v>
       </c>
       <c r="C795" s="2">
-        <v>105420</v>
+        <v>121536</v>
       </c>
       <c r="D795" s="2" t="s">
+        <v>1358</v>
+      </c>
+      <c r="E795" s="2" t="s">
         <v>1359</v>
       </c>
-      <c r="E795" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F795" s="2" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
     </row>
     <row r="796" spans="1:6">
       <c r="A796" s="2">
         <v>791</v>
       </c>
       <c r="B796" s="2">
         <v>142</v>
       </c>
       <c r="C796" s="2">
-        <v>121486</v>
+        <v>121429</v>
       </c>
       <c r="D796" s="2"/>
       <c r="E796" s="2" t="s">
-        <v>1361</v>
+        <v>1360</v>
       </c>
       <c r="F796" s="2" t="s">
         <v>100</v>
       </c>
     </row>
     <row r="797" spans="1:6">
       <c r="A797" s="2">
         <v>791</v>
       </c>
       <c r="B797" s="2">
         <v>142</v>
       </c>
       <c r="C797" s="2">
-        <v>118849</v>
+        <v>114465</v>
       </c>
       <c r="D797" s="2" t="s">
-        <v>1181</v>
+        <v>1361</v>
       </c>
       <c r="E797" s="2" t="s">
         <v>1362</v>
       </c>
       <c r="F797" s="2" t="s">
-        <v>33</v>
+        <v>95</v>
       </c>
     </row>
     <row r="798" spans="1:6">
       <c r="A798" s="2">
         <v>791</v>
       </c>
       <c r="B798" s="2">
         <v>142</v>
       </c>
       <c r="C798" s="2">
-        <v>120685</v>
+        <v>121072</v>
       </c>
       <c r="D798" s="2"/>
       <c r="E798" s="2" t="s">
         <v>1363</v>
       </c>
-      <c r="F798" s="2"/>
+      <c r="F798" s="2" t="s">
+        <v>33</v>
+      </c>
     </row>
     <row r="799" spans="1:6">
       <c r="A799" s="2">
         <v>791</v>
       </c>
       <c r="B799" s="2">
         <v>142</v>
       </c>
       <c r="C799" s="2">
-        <v>121536</v>
+        <v>118549</v>
       </c>
       <c r="D799" s="2" t="s">
         <v>1364</v>
       </c>
       <c r="E799" s="2" t="s">
         <v>1365</v>
       </c>
       <c r="F799" s="2" t="s">
-        <v>14</v>
+        <v>95</v>
       </c>
     </row>
     <row r="800" spans="1:6">
       <c r="A800" s="2">
         <v>791</v>
       </c>
       <c r="B800" s="2">
         <v>142</v>
       </c>
       <c r="C800" s="2">
         <v>112383</v>
       </c>
       <c r="D800" s="2" t="s">
         <v>1366</v>
       </c>
       <c r="E800" s="2" t="s">
         <v>1367</v>
       </c>
       <c r="F800" s="2" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="801" spans="1:6">
       <c r="A801" s="2">
         <v>814</v>
@@ -23989,6380 +23989,6380 @@
       <c r="A802" s="2">
         <v>815</v>
       </c>
       <c r="B802" s="2">
         <v>140</v>
       </c>
       <c r="C802" s="2">
         <v>120823</v>
       </c>
       <c r="D802" s="2"/>
       <c r="E802" s="2" t="s">
         <v>1369</v>
       </c>
       <c r="F802" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="803" spans="1:6">
       <c r="A803" s="2">
         <v>815</v>
       </c>
       <c r="B803" s="2">
         <v>140</v>
       </c>
       <c r="C803" s="2">
-        <v>121487</v>
-[...1 lines deleted...]
-      <c r="D803" s="2"/>
+        <v>121537</v>
+      </c>
+      <c r="D803" s="2" t="s">
+        <v>1370</v>
+      </c>
       <c r="E803" s="2" t="s">
-        <v>1370</v>
+        <v>1371</v>
       </c>
       <c r="F803" s="2" t="s">
-        <v>100</v>
+        <v>14</v>
       </c>
     </row>
     <row r="804" spans="1:6">
       <c r="A804" s="2">
         <v>815</v>
       </c>
       <c r="B804" s="2">
         <v>140</v>
       </c>
       <c r="C804" s="2">
-        <v>118850</v>
-[...3 lines deleted...]
-      </c>
+        <v>121430</v>
+      </c>
+      <c r="D804" s="2"/>
       <c r="E804" s="2" t="s">
-        <v>1371</v>
+        <v>1372</v>
       </c>
       <c r="F804" s="2" t="s">
-        <v>33</v>
+        <v>100</v>
       </c>
     </row>
     <row r="805" spans="1:6">
       <c r="A805" s="2">
         <v>815</v>
       </c>
       <c r="B805" s="2">
         <v>140</v>
       </c>
       <c r="C805" s="2">
-        <v>120686</v>
+        <v>121073</v>
       </c>
       <c r="D805" s="2"/>
       <c r="E805" s="2" t="s">
-        <v>1372</v>
-[...1 lines deleted...]
-      <c r="F805" s="2"/>
+        <v>1373</v>
+      </c>
+      <c r="F805" s="2" t="s">
+        <v>33</v>
+      </c>
     </row>
     <row r="806" spans="1:6">
       <c r="A806" s="2">
         <v>815</v>
       </c>
       <c r="B806" s="2">
         <v>140</v>
       </c>
       <c r="C806" s="2">
-        <v>121537</v>
+        <v>118550</v>
       </c>
       <c r="D806" s="2" t="s">
-        <v>1373</v>
+        <v>1287</v>
       </c>
       <c r="E806" s="2" t="s">
         <v>1374</v>
       </c>
       <c r="F806" s="2" t="s">
-        <v>14</v>
+        <v>95</v>
       </c>
     </row>
     <row r="807" spans="1:6">
       <c r="A807" s="2">
         <v>815</v>
       </c>
       <c r="B807" s="2">
         <v>140</v>
       </c>
       <c r="C807" s="2">
         <v>115256</v>
       </c>
       <c r="D807" s="2" t="s">
         <v>1375</v>
       </c>
       <c r="E807" s="2" t="s">
         <v>1376</v>
       </c>
       <c r="F807" s="2" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="808" spans="1:6">
       <c r="A808" s="2">
         <v>815</v>
       </c>
       <c r="B808" s="2">
         <v>140</v>
       </c>
       <c r="C808" s="2">
-        <v>121430</v>
+        <v>121615</v>
       </c>
       <c r="D808" s="2"/>
       <c r="E808" s="2" t="s">
-        <v>1377</v>
-[...3 lines deleted...]
-      </c>
+        <v>1077</v>
+      </c>
+      <c r="F808" s="2"/>
     </row>
     <row r="809" spans="1:6">
       <c r="A809" s="2">
         <v>815</v>
       </c>
       <c r="B809" s="2">
         <v>140</v>
       </c>
       <c r="C809" s="2">
-        <v>118550</v>
+        <v>120779</v>
       </c>
       <c r="D809" s="2" t="s">
-        <v>1291</v>
+        <v>1377</v>
       </c>
       <c r="E809" s="2" t="s">
-        <v>1378</v>
+        <v>58</v>
       </c>
       <c r="F809" s="2" t="s">
-        <v>95</v>
+        <v>152</v>
       </c>
     </row>
     <row r="810" spans="1:6">
       <c r="A810" s="2">
         <v>815</v>
       </c>
       <c r="B810" s="2">
         <v>140</v>
       </c>
       <c r="C810" s="2">
-        <v>121073</v>
+        <v>120384</v>
       </c>
       <c r="D810" s="2"/>
       <c r="E810" s="2" t="s">
-        <v>1379</v>
+        <v>1378</v>
       </c>
       <c r="F810" s="2" t="s">
-        <v>33</v>
+        <v>95</v>
       </c>
     </row>
     <row r="811" spans="1:6">
       <c r="A811" s="2">
         <v>815</v>
       </c>
       <c r="B811" s="2">
         <v>140</v>
       </c>
       <c r="C811" s="2">
         <v>118910</v>
       </c>
       <c r="D811" s="2" t="s">
+        <v>1379</v>
+      </c>
+      <c r="E811" s="2" t="s">
         <v>1380</v>
-      </c>
-[...1 lines deleted...]
-        <v>1381</v>
       </c>
       <c r="F811" s="2" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="812" spans="1:6">
       <c r="A812" s="2">
         <v>815</v>
       </c>
       <c r="B812" s="2">
         <v>140</v>
       </c>
       <c r="C812" s="2">
-        <v>121615</v>
-[...1 lines deleted...]
-      <c r="D812" s="2"/>
+        <v>118935</v>
+      </c>
+      <c r="D812" s="2" t="s">
+        <v>1381</v>
+      </c>
       <c r="E812" s="2" t="s">
-        <v>1086</v>
+        <v>1382</v>
       </c>
       <c r="F812" s="2"/>
     </row>
     <row r="813" spans="1:6">
       <c r="A813" s="2">
         <v>815</v>
       </c>
       <c r="B813" s="2">
         <v>140</v>
       </c>
       <c r="C813" s="2">
-        <v>120779</v>
-[...3 lines deleted...]
-      </c>
+        <v>120451</v>
+      </c>
+      <c r="D813" s="2"/>
       <c r="E813" s="2" t="s">
-        <v>58</v>
+        <v>1383</v>
       </c>
       <c r="F813" s="2" t="s">
-        <v>152</v>
+        <v>95</v>
       </c>
     </row>
     <row r="814" spans="1:6">
       <c r="A814" s="2">
         <v>815</v>
       </c>
       <c r="B814" s="2">
         <v>140</v>
       </c>
       <c r="C814" s="2">
-        <v>120384</v>
-[...1 lines deleted...]
-      <c r="D814" s="2"/>
+        <v>118618</v>
+      </c>
+      <c r="D814" s="2" t="s">
+        <v>1384</v>
+      </c>
       <c r="E814" s="2" t="s">
-        <v>1383</v>
+        <v>1385</v>
       </c>
       <c r="F814" s="2" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="815" spans="1:6">
       <c r="A815" s="2">
         <v>815</v>
       </c>
       <c r="B815" s="2">
         <v>140</v>
       </c>
       <c r="C815" s="2">
-        <v>118935</v>
-[...3 lines deleted...]
-      </c>
+        <v>121205</v>
+      </c>
+      <c r="D815" s="2"/>
       <c r="E815" s="2" t="s">
-        <v>1385</v>
-[...1 lines deleted...]
-      <c r="F815" s="2"/>
+        <v>1386</v>
+      </c>
+      <c r="F815" s="2" t="s">
+        <v>33</v>
+      </c>
     </row>
     <row r="816" spans="1:6">
       <c r="A816" s="2">
         <v>815</v>
       </c>
       <c r="B816" s="2">
         <v>140</v>
       </c>
       <c r="C816" s="2">
-        <v>120451</v>
+        <v>120742</v>
       </c>
       <c r="D816" s="2"/>
       <c r="E816" s="2" t="s">
-        <v>1386</v>
+        <v>1387</v>
       </c>
       <c r="F816" s="2" t="s">
-        <v>95</v>
+        <v>33</v>
       </c>
     </row>
     <row r="817" spans="1:6">
       <c r="A817" s="2">
         <v>815</v>
       </c>
       <c r="B817" s="2">
         <v>140</v>
       </c>
       <c r="C817" s="2">
-        <v>118618</v>
-[...3 lines deleted...]
-      </c>
+        <v>121328</v>
+      </c>
+      <c r="D817" s="2"/>
       <c r="E817" s="2" t="s">
         <v>1388</v>
       </c>
       <c r="F817" s="2" t="s">
-        <v>95</v>
+        <v>11</v>
       </c>
     </row>
     <row r="818" spans="1:6">
       <c r="A818" s="2">
         <v>815</v>
       </c>
       <c r="B818" s="2">
         <v>140</v>
       </c>
       <c r="C818" s="2">
-        <v>121328</v>
-[...1 lines deleted...]
-      <c r="D818" s="2"/>
+        <v>114650</v>
+      </c>
+      <c r="D818" s="2" t="s">
+        <v>1389</v>
+      </c>
       <c r="E818" s="2" t="s">
-        <v>1389</v>
+        <v>183</v>
       </c>
       <c r="F818" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="819" spans="1:6">
       <c r="A819" s="2">
         <v>815</v>
       </c>
       <c r="B819" s="2">
         <v>140</v>
       </c>
       <c r="C819" s="2">
-        <v>114650</v>
+        <v>119122</v>
       </c>
       <c r="D819" s="2" t="s">
         <v>1390</v>
       </c>
       <c r="E819" s="2" t="s">
-        <v>183</v>
+        <v>1391</v>
       </c>
       <c r="F819" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="820" spans="1:6">
       <c r="A820" s="2">
         <v>815</v>
       </c>
       <c r="B820" s="2">
         <v>140</v>
       </c>
       <c r="C820" s="2">
-        <v>120742</v>
-[...1 lines deleted...]
-      <c r="D820" s="2"/>
+        <v>118789</v>
+      </c>
+      <c r="D820" s="2" t="s">
+        <v>1392</v>
+      </c>
       <c r="E820" s="2" t="s">
-        <v>1391</v>
+        <v>1393</v>
       </c>
       <c r="F820" s="2" t="s">
-        <v>33</v>
+        <v>11</v>
       </c>
     </row>
     <row r="821" spans="1:6">
       <c r="A821" s="2">
         <v>815</v>
       </c>
       <c r="B821" s="2">
         <v>140</v>
       </c>
       <c r="C821" s="2">
-        <v>119122</v>
-[...3 lines deleted...]
-      </c>
+        <v>121487</v>
+      </c>
+      <c r="D821" s="2"/>
       <c r="E821" s="2" t="s">
-        <v>1393</v>
+        <v>1394</v>
       </c>
       <c r="F821" s="2" t="s">
-        <v>11</v>
+        <v>100</v>
       </c>
     </row>
     <row r="822" spans="1:6">
       <c r="A822" s="2">
         <v>815</v>
       </c>
       <c r="B822" s="2">
         <v>140</v>
       </c>
       <c r="C822" s="2">
-        <v>121205</v>
-[...1 lines deleted...]
-      <c r="D822" s="2"/>
+        <v>119051</v>
+      </c>
+      <c r="D822" s="2" t="s">
+        <v>1395</v>
+      </c>
       <c r="E822" s="2" t="s">
-        <v>1394</v>
+        <v>1396</v>
       </c>
       <c r="F822" s="2" t="s">
-        <v>33</v>
+        <v>8</v>
       </c>
     </row>
     <row r="823" spans="1:6">
       <c r="A823" s="2">
         <v>815</v>
       </c>
       <c r="B823" s="2">
         <v>140</v>
       </c>
       <c r="C823" s="2">
-        <v>118789</v>
-[...3 lines deleted...]
-      </c>
+        <v>120686</v>
+      </c>
+      <c r="D823" s="2"/>
       <c r="E823" s="2" t="s">
-        <v>1396</v>
-[...3 lines deleted...]
-      </c>
+        <v>1397</v>
+      </c>
+      <c r="F823" s="2"/>
     </row>
     <row r="824" spans="1:6">
       <c r="A824" s="2">
         <v>815</v>
       </c>
       <c r="B824" s="2">
         <v>140</v>
       </c>
       <c r="C824" s="2">
-        <v>119051</v>
+        <v>118850</v>
       </c>
       <c r="D824" s="2" t="s">
-        <v>1397</v>
+        <v>848</v>
       </c>
       <c r="E824" s="2" t="s">
         <v>1398</v>
       </c>
       <c r="F824" s="2" t="s">
-        <v>8</v>
+        <v>33</v>
       </c>
     </row>
     <row r="825" spans="1:6">
       <c r="A825" s="2">
         <v>839</v>
       </c>
       <c r="B825" s="2">
         <v>139</v>
       </c>
       <c r="C825" s="2">
         <v>121045</v>
       </c>
       <c r="D825" s="2"/>
       <c r="E825" s="2" t="s">
         <v>1399</v>
       </c>
       <c r="F825" s="2" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="826" spans="1:6">
       <c r="A826" s="2">
         <v>840</v>
       </c>
       <c r="B826" s="2">
         <v>138</v>
       </c>
       <c r="C826" s="2">
         <v>121370</v>
       </c>
       <c r="D826" s="2"/>
       <c r="E826" s="2" t="s">
-        <v>978</v>
+        <v>982</v>
       </c>
       <c r="F826" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="827" spans="1:6">
       <c r="A827" s="2">
         <v>840</v>
       </c>
       <c r="B827" s="2">
         <v>138</v>
       </c>
       <c r="C827" s="2">
-        <v>118936</v>
-[...1 lines deleted...]
-      <c r="D827" s="2" t="s">
+        <v>120743</v>
+      </c>
+      <c r="D827" s="2"/>
+      <c r="E827" s="2" t="s">
         <v>1400</v>
       </c>
-      <c r="E827" s="2" t="s">
-[...2 lines deleted...]
-      <c r="F827" s="2"/>
+      <c r="F827" s="2" t="s">
+        <v>33</v>
+      </c>
     </row>
     <row r="828" spans="1:6">
       <c r="A828" s="2">
         <v>840</v>
       </c>
       <c r="B828" s="2">
         <v>138</v>
       </c>
       <c r="C828" s="2">
-        <v>120452</v>
+        <v>121329</v>
       </c>
       <c r="D828" s="2"/>
       <c r="E828" s="2" t="s">
-        <v>1402</v>
+        <v>1401</v>
       </c>
       <c r="F828" s="2" t="s">
-        <v>95</v>
+        <v>11</v>
       </c>
     </row>
     <row r="829" spans="1:6">
       <c r="A829" s="2">
         <v>840</v>
       </c>
       <c r="B829" s="2">
         <v>138</v>
       </c>
       <c r="C829" s="2">
-        <v>121329</v>
-[...1 lines deleted...]
-      <c r="D829" s="2"/>
+        <v>115240</v>
+      </c>
+      <c r="D829" s="2" t="s">
+        <v>1402</v>
+      </c>
       <c r="E829" s="2" t="s">
         <v>1403</v>
       </c>
       <c r="F829" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="830" spans="1:6">
       <c r="A830" s="2">
         <v>840</v>
       </c>
       <c r="B830" s="2">
         <v>138</v>
       </c>
       <c r="C830" s="2">
-        <v>115240</v>
+        <v>118790</v>
       </c>
       <c r="D830" s="2" t="s">
         <v>1404</v>
       </c>
       <c r="E830" s="2" t="s">
-        <v>1405</v>
+        <v>58</v>
       </c>
       <c r="F830" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="831" spans="1:6">
       <c r="A831" s="2">
         <v>840</v>
       </c>
       <c r="B831" s="2">
         <v>138</v>
       </c>
       <c r="C831" s="2">
-        <v>120743</v>
+        <v>121488</v>
       </c>
       <c r="D831" s="2"/>
       <c r="E831" s="2" t="s">
-        <v>1406</v>
+        <v>1405</v>
       </c>
       <c r="F831" s="2" t="s">
-        <v>33</v>
+        <v>100</v>
       </c>
     </row>
     <row r="832" spans="1:6">
       <c r="A832" s="2">
         <v>840</v>
       </c>
       <c r="B832" s="2">
         <v>138</v>
       </c>
       <c r="C832" s="2">
-        <v>118790</v>
+        <v>119053</v>
       </c>
       <c r="D832" s="2" t="s">
-        <v>1407</v>
+        <v>1406</v>
       </c>
       <c r="E832" s="2" t="s">
-        <v>58</v>
+        <v>843</v>
       </c>
       <c r="F832" s="2" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
     </row>
     <row r="833" spans="1:6">
       <c r="A833" s="2">
         <v>840</v>
       </c>
       <c r="B833" s="2">
         <v>138</v>
       </c>
       <c r="C833" s="2">
-        <v>119053</v>
-[...3 lines deleted...]
-      </c>
+        <v>120687</v>
+      </c>
+      <c r="D833" s="2"/>
       <c r="E833" s="2" t="s">
-        <v>841</v>
-[...3 lines deleted...]
-      </c>
+        <v>1407</v>
+      </c>
+      <c r="F833" s="2"/>
     </row>
     <row r="834" spans="1:6">
       <c r="A834" s="2">
         <v>840</v>
       </c>
       <c r="B834" s="2">
         <v>138</v>
       </c>
       <c r="C834" s="2">
-        <v>120824</v>
-[...1 lines deleted...]
-      <c r="D834" s="2"/>
+        <v>118851</v>
+      </c>
+      <c r="D834" s="2" t="s">
+        <v>1408</v>
+      </c>
       <c r="E834" s="2" t="s">
         <v>1409</v>
       </c>
       <c r="F834" s="2" t="s">
-        <v>11</v>
+        <v>33</v>
       </c>
     </row>
     <row r="835" spans="1:6">
       <c r="A835" s="2">
         <v>840</v>
       </c>
       <c r="B835" s="2">
         <v>138</v>
       </c>
       <c r="C835" s="2">
-        <v>121488</v>
+        <v>120824</v>
       </c>
       <c r="D835" s="2"/>
       <c r="E835" s="2" t="s">
         <v>1410</v>
       </c>
       <c r="F835" s="2" t="s">
-        <v>100</v>
+        <v>11</v>
       </c>
     </row>
     <row r="836" spans="1:6">
       <c r="A836" s="2">
         <v>840</v>
       </c>
       <c r="B836" s="2">
         <v>138</v>
       </c>
       <c r="C836" s="2">
-        <v>118851</v>
+        <v>121206</v>
       </c>
       <c r="D836" s="2" t="s">
         <v>1411</v>
       </c>
       <c r="E836" s="2" t="s">
         <v>1412</v>
       </c>
       <c r="F836" s="2" t="s">
-        <v>33</v>
+        <v>8</v>
       </c>
     </row>
     <row r="837" spans="1:6">
       <c r="A837" s="2">
         <v>840</v>
       </c>
       <c r="B837" s="2">
         <v>138</v>
       </c>
       <c r="C837" s="2">
-        <v>121206</v>
+        <v>106043</v>
       </c>
       <c r="D837" s="2" t="s">
         <v>1413</v>
       </c>
       <c r="E837" s="2" t="s">
         <v>1414</v>
       </c>
       <c r="F837" s="2" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
     </row>
     <row r="838" spans="1:6">
       <c r="A838" s="2">
         <v>840</v>
       </c>
       <c r="B838" s="2">
         <v>138</v>
       </c>
       <c r="C838" s="2">
-        <v>120687</v>
+        <v>121431</v>
       </c>
       <c r="D838" s="2"/>
       <c r="E838" s="2" t="s">
         <v>1415</v>
       </c>
-      <c r="F838" s="2"/>
+      <c r="F838" s="2" t="s">
+        <v>100</v>
+      </c>
     </row>
     <row r="839" spans="1:6">
       <c r="A839" s="2">
         <v>840</v>
       </c>
       <c r="B839" s="2">
         <v>138</v>
       </c>
       <c r="C839" s="2">
-        <v>106043</v>
-[...1 lines deleted...]
-      <c r="D839" s="2" t="s">
+        <v>121074</v>
+      </c>
+      <c r="D839" s="2"/>
+      <c r="E839" s="2" t="s">
         <v>1416</v>
       </c>
-      <c r="E839" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F839" s="2" t="s">
-        <v>14</v>
+        <v>33</v>
       </c>
     </row>
     <row r="840" spans="1:6">
       <c r="A840" s="2">
         <v>840</v>
       </c>
       <c r="B840" s="2">
         <v>138</v>
       </c>
       <c r="C840" s="2">
-        <v>107339</v>
+        <v>118551</v>
       </c>
       <c r="D840" s="2" t="s">
+        <v>1417</v>
+      </c>
+      <c r="E840" s="2" t="s">
         <v>1418</v>
       </c>
-      <c r="E840" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F840" s="2" t="s">
-        <v>14</v>
+        <v>95</v>
       </c>
     </row>
     <row r="841" spans="1:6">
       <c r="A841" s="2">
         <v>840</v>
       </c>
       <c r="B841" s="2">
         <v>138</v>
       </c>
       <c r="C841" s="2">
-        <v>121431</v>
-[...1 lines deleted...]
-      <c r="D841" s="2"/>
+        <v>107339</v>
+      </c>
+      <c r="D841" s="2" t="s">
+        <v>1419</v>
+      </c>
       <c r="E841" s="2" t="s">
         <v>1420</v>
       </c>
       <c r="F841" s="2" t="s">
-        <v>100</v>
+        <v>14</v>
       </c>
     </row>
     <row r="842" spans="1:6">
       <c r="A842" s="2">
         <v>840</v>
       </c>
       <c r="B842" s="2">
         <v>138</v>
       </c>
       <c r="C842" s="2">
-        <v>118551</v>
-[...1 lines deleted...]
-      <c r="D842" s="2" t="s">
+        <v>121616</v>
+      </c>
+      <c r="D842" s="2"/>
+      <c r="E842" s="2" t="s">
         <v>1421</v>
       </c>
-      <c r="E842" s="2" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="F842" s="2"/>
     </row>
     <row r="843" spans="1:6">
       <c r="A843" s="2">
         <v>840</v>
       </c>
       <c r="B843" s="2">
         <v>138</v>
       </c>
       <c r="C843" s="2">
-        <v>121074</v>
-[...1 lines deleted...]
-      <c r="D843" s="2"/>
+        <v>101866</v>
+      </c>
+      <c r="D843" s="2" t="s">
+        <v>1422</v>
+      </c>
       <c r="E843" s="2" t="s">
         <v>1423</v>
       </c>
       <c r="F843" s="2" t="s">
-        <v>33</v>
+        <v>1424</v>
       </c>
     </row>
     <row r="844" spans="1:6">
       <c r="A844" s="2">
         <v>840</v>
       </c>
       <c r="B844" s="2">
         <v>138</v>
       </c>
       <c r="C844" s="2">
-        <v>101866</v>
-[...3 lines deleted...]
-      </c>
+        <v>120387</v>
+      </c>
+      <c r="D844" s="2"/>
       <c r="E844" s="2" t="s">
         <v>1425</v>
       </c>
       <c r="F844" s="2" t="s">
-        <v>1426</v>
+        <v>95</v>
       </c>
     </row>
     <row r="845" spans="1:6">
       <c r="A845" s="2">
         <v>840</v>
       </c>
       <c r="B845" s="2">
         <v>138</v>
       </c>
       <c r="C845" s="2">
-        <v>121616</v>
-[...1 lines deleted...]
-      <c r="D845" s="2"/>
+        <v>118936</v>
+      </c>
+      <c r="D845" s="2" t="s">
+        <v>1426</v>
+      </c>
       <c r="E845" s="2" t="s">
         <v>1427</v>
       </c>
       <c r="F845" s="2"/>
     </row>
     <row r="846" spans="1:6">
       <c r="A846" s="2">
         <v>840</v>
       </c>
       <c r="B846" s="2">
         <v>138</v>
       </c>
       <c r="C846" s="2">
-        <v>120387</v>
+        <v>120452</v>
       </c>
       <c r="D846" s="2"/>
       <c r="E846" s="2" t="s">
         <v>1428</v>
       </c>
       <c r="F846" s="2" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="847" spans="1:6">
       <c r="A847" s="2">
         <v>861</v>
       </c>
       <c r="B847" s="2">
         <v>137</v>
       </c>
       <c r="C847" s="2">
         <v>105776</v>
       </c>
       <c r="D847" s="2" t="s">
         <v>1429</v>
       </c>
       <c r="E847" s="2" t="s">
         <v>1430</v>
       </c>
       <c r="F847" s="2" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="848" spans="1:6">
       <c r="A848" s="2">
         <v>862</v>
       </c>
       <c r="B848" s="2">
         <v>136</v>
       </c>
       <c r="C848" s="2">
-        <v>121432</v>
-[...1 lines deleted...]
-      <c r="D848" s="2"/>
+        <v>118620</v>
+      </c>
+      <c r="D848" s="2" t="s">
+        <v>473</v>
+      </c>
       <c r="E848" s="2" t="s">
         <v>1431</v>
       </c>
       <c r="F848" s="2" t="s">
-        <v>100</v>
+        <v>95</v>
       </c>
     </row>
     <row r="849" spans="1:6">
       <c r="A849" s="2">
         <v>862</v>
       </c>
       <c r="B849" s="2">
         <v>136</v>
       </c>
       <c r="C849" s="2">
-        <v>118552</v>
-[...1 lines deleted...]
-      <c r="D849" s="2" t="s">
+        <v>121208</v>
+      </c>
+      <c r="D849" s="2"/>
+      <c r="E849" s="2" t="s">
         <v>1432</v>
       </c>
-      <c r="E849" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F849" s="2" t="s">
-        <v>95</v>
+        <v>33</v>
       </c>
     </row>
     <row r="850" spans="1:6">
       <c r="A850" s="2">
         <v>862</v>
       </c>
       <c r="B850" s="2">
         <v>136</v>
       </c>
       <c r="C850" s="2">
-        <v>121075</v>
-[...1 lines deleted...]
-      <c r="D850" s="2"/>
+        <v>121617</v>
+      </c>
+      <c r="D850" s="2" t="s">
+        <v>1433</v>
+      </c>
       <c r="E850" s="2" t="s">
         <v>1434</v>
       </c>
       <c r="F850" s="2" t="s">
-        <v>33</v>
+        <v>766</v>
       </c>
     </row>
     <row r="851" spans="1:6">
       <c r="A851" s="2">
         <v>862</v>
       </c>
       <c r="B851" s="2">
         <v>136</v>
       </c>
       <c r="C851" s="2">
-        <v>118620</v>
-[...3 lines deleted...]
-      </c>
+        <v>120388</v>
+      </c>
+      <c r="D851" s="2"/>
       <c r="E851" s="2" t="s">
         <v>1435</v>
       </c>
       <c r="F851" s="2" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="852" spans="1:6">
       <c r="A852" s="2">
         <v>862</v>
       </c>
       <c r="B852" s="2">
         <v>136</v>
       </c>
       <c r="C852" s="2">
-        <v>121208</v>
-[...1 lines deleted...]
-      <c r="D852" s="2"/>
+        <v>118937</v>
+      </c>
+      <c r="D852" s="2" t="s">
+        <v>1436</v>
+      </c>
       <c r="E852" s="2" t="s">
-        <v>1436</v>
-[...3 lines deleted...]
-      </c>
+        <v>1437</v>
+      </c>
+      <c r="F852" s="2"/>
     </row>
     <row r="853" spans="1:6">
       <c r="A853" s="2">
         <v>862</v>
       </c>
       <c r="B853" s="2">
         <v>136</v>
       </c>
       <c r="C853" s="2">
-        <v>120388</v>
+        <v>120453</v>
       </c>
       <c r="D853" s="2"/>
       <c r="E853" s="2" t="s">
-        <v>1437</v>
+        <v>1438</v>
       </c>
       <c r="F853" s="2" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="854" spans="1:6">
       <c r="A854" s="2">
         <v>862</v>
       </c>
       <c r="B854" s="2">
         <v>136</v>
       </c>
       <c r="C854" s="2">
-        <v>121617</v>
-[...3 lines deleted...]
-      </c>
+        <v>121371</v>
+      </c>
+      <c r="D854" s="2"/>
       <c r="E854" s="2" t="s">
         <v>1439</v>
       </c>
       <c r="F854" s="2" t="s">
-        <v>774</v>
+        <v>11</v>
       </c>
     </row>
     <row r="855" spans="1:6">
       <c r="A855" s="2">
         <v>862</v>
       </c>
       <c r="B855" s="2">
         <v>136</v>
       </c>
       <c r="C855" s="2">
-        <v>121371</v>
+        <v>120744</v>
       </c>
       <c r="D855" s="2"/>
       <c r="E855" s="2" t="s">
         <v>1440</v>
       </c>
       <c r="F855" s="2" t="s">
-        <v>11</v>
+        <v>33</v>
       </c>
     </row>
     <row r="856" spans="1:6">
       <c r="A856" s="2">
         <v>862</v>
       </c>
       <c r="B856" s="2">
         <v>136</v>
       </c>
       <c r="C856" s="2">
-        <v>118937</v>
-[...1 lines deleted...]
-      <c r="D856" s="2" t="s">
+        <v>121331</v>
+      </c>
+      <c r="D856" s="2"/>
+      <c r="E856" s="2" t="s">
         <v>1441</v>
       </c>
-      <c r="E856" s="2" t="s">
-[...2 lines deleted...]
-      <c r="F856" s="2"/>
+      <c r="F856" s="2" t="s">
+        <v>11</v>
+      </c>
     </row>
     <row r="857" spans="1:6">
       <c r="A857" s="2">
         <v>862</v>
       </c>
       <c r="B857" s="2">
         <v>136</v>
       </c>
       <c r="C857" s="2">
-        <v>120453</v>
-[...1 lines deleted...]
-      <c r="D857" s="2"/>
+        <v>115330</v>
+      </c>
+      <c r="D857" s="2" t="s">
+        <v>103</v>
+      </c>
       <c r="E857" s="2" t="s">
-        <v>1443</v>
+        <v>1442</v>
       </c>
       <c r="F857" s="2" t="s">
-        <v>95</v>
+        <v>11</v>
       </c>
     </row>
     <row r="858" spans="1:6">
       <c r="A858" s="2">
         <v>862</v>
       </c>
       <c r="B858" s="2">
         <v>136</v>
       </c>
       <c r="C858" s="2">
-        <v>121331</v>
-[...1 lines deleted...]
-      <c r="D858" s="2"/>
+        <v>118791</v>
+      </c>
+      <c r="D858" s="2" t="s">
+        <v>1443</v>
+      </c>
       <c r="E858" s="2" t="s">
         <v>1444</v>
       </c>
       <c r="F858" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="859" spans="1:6">
       <c r="A859" s="2">
         <v>862</v>
       </c>
       <c r="B859" s="2">
         <v>136</v>
       </c>
       <c r="C859" s="2">
-        <v>115330</v>
-[...3 lines deleted...]
-      </c>
+        <v>121489</v>
+      </c>
+      <c r="D859" s="2"/>
       <c r="E859" s="2" t="s">
         <v>1445</v>
       </c>
       <c r="F859" s="2" t="s">
-        <v>11</v>
+        <v>100</v>
       </c>
     </row>
     <row r="860" spans="1:6">
       <c r="A860" s="2">
         <v>862</v>
       </c>
       <c r="B860" s="2">
         <v>136</v>
       </c>
       <c r="C860" s="2">
-        <v>120744</v>
-[...1 lines deleted...]
-      <c r="D860" s="2"/>
+        <v>119054</v>
+      </c>
+      <c r="D860" s="2" t="s">
+        <v>939</v>
+      </c>
       <c r="E860" s="2" t="s">
         <v>1446</v>
       </c>
       <c r="F860" s="2" t="s">
-        <v>33</v>
+        <v>8</v>
       </c>
     </row>
     <row r="861" spans="1:6">
       <c r="A861" s="2">
         <v>862</v>
       </c>
       <c r="B861" s="2">
         <v>136</v>
       </c>
       <c r="C861" s="2">
-        <v>118791</v>
-[...1 lines deleted...]
-      <c r="D861" s="2" t="s">
+        <v>120688</v>
+      </c>
+      <c r="D861" s="2"/>
+      <c r="E861" s="2" t="s">
         <v>1447</v>
       </c>
-      <c r="E861" s="2" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="F861" s="2"/>
     </row>
     <row r="862" spans="1:6">
       <c r="A862" s="2">
         <v>862</v>
       </c>
       <c r="B862" s="2">
         <v>136</v>
       </c>
       <c r="C862" s="2">
-        <v>119054</v>
+        <v>118852</v>
       </c>
       <c r="D862" s="2" t="s">
-        <v>943</v>
+        <v>910</v>
       </c>
       <c r="E862" s="2" t="s">
-        <v>1449</v>
+        <v>1448</v>
       </c>
       <c r="F862" s="2" t="s">
-        <v>8</v>
+        <v>33</v>
       </c>
     </row>
     <row r="863" spans="1:6">
       <c r="A863" s="2">
         <v>862</v>
       </c>
       <c r="B863" s="2">
         <v>136</v>
       </c>
       <c r="C863" s="2">
-        <v>121489</v>
-[...1 lines deleted...]
-      <c r="D863" s="2"/>
+        <v>120781</v>
+      </c>
+      <c r="D863" s="2" t="s">
+        <v>1449</v>
+      </c>
       <c r="E863" s="2" t="s">
         <v>1450</v>
       </c>
       <c r="F863" s="2" t="s">
-        <v>100</v>
+        <v>152</v>
       </c>
     </row>
     <row r="864" spans="1:6">
       <c r="A864" s="2">
         <v>862</v>
       </c>
       <c r="B864" s="2">
         <v>136</v>
       </c>
       <c r="C864" s="2">
-        <v>118852</v>
+        <v>121538</v>
       </c>
       <c r="D864" s="2" t="s">
-        <v>918</v>
+        <v>1451</v>
       </c>
       <c r="E864" s="2" t="s">
-        <v>1451</v>
+        <v>1452</v>
       </c>
       <c r="F864" s="2" t="s">
-        <v>33</v>
+        <v>14</v>
       </c>
     </row>
     <row r="865" spans="1:6">
       <c r="A865" s="2">
         <v>862</v>
       </c>
       <c r="B865" s="2">
         <v>136</v>
       </c>
       <c r="C865" s="2">
-        <v>120688</v>
+        <v>121432</v>
       </c>
       <c r="D865" s="2"/>
       <c r="E865" s="2" t="s">
-        <v>1452</v>
-[...1 lines deleted...]
-      <c r="F865" s="2"/>
+        <v>1453</v>
+      </c>
+      <c r="F865" s="2" t="s">
+        <v>100</v>
+      </c>
     </row>
     <row r="866" spans="1:6">
       <c r="A866" s="2">
         <v>862</v>
       </c>
       <c r="B866" s="2">
         <v>136</v>
       </c>
       <c r="C866" s="2">
-        <v>121538</v>
-[...3 lines deleted...]
-      </c>
+        <v>121075</v>
+      </c>
+      <c r="D866" s="2"/>
       <c r="E866" s="2" t="s">
         <v>1454</v>
       </c>
       <c r="F866" s="2" t="s">
-        <v>14</v>
+        <v>33</v>
       </c>
     </row>
     <row r="867" spans="1:6">
       <c r="A867" s="2">
         <v>862</v>
       </c>
       <c r="B867" s="2">
         <v>136</v>
       </c>
       <c r="C867" s="2">
-        <v>120781</v>
+        <v>118552</v>
       </c>
       <c r="D867" s="2" t="s">
         <v>1455</v>
       </c>
       <c r="E867" s="2" t="s">
         <v>1456</v>
       </c>
       <c r="F867" s="2" t="s">
-        <v>152</v>
+        <v>95</v>
       </c>
     </row>
     <row r="868" spans="1:6">
       <c r="A868" s="2">
         <v>882</v>
       </c>
       <c r="B868" s="2">
         <v>135</v>
       </c>
       <c r="C868" s="2">
         <v>121046</v>
       </c>
       <c r="D868" s="2"/>
       <c r="E868" s="2" t="s">
         <v>1457</v>
       </c>
       <c r="F868" s="2" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="869" spans="1:6">
       <c r="A869" s="2">
         <v>883</v>
       </c>
       <c r="B869" s="2">
         <v>134</v>
       </c>
       <c r="C869" s="2">
-        <v>121490</v>
+        <v>121618</v>
       </c>
       <c r="D869" s="2"/>
       <c r="E869" s="2" t="s">
         <v>1458</v>
       </c>
-      <c r="F869" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F869" s="2"/>
     </row>
     <row r="870" spans="1:6">
       <c r="A870" s="2">
         <v>883</v>
       </c>
       <c r="B870" s="2">
         <v>134</v>
       </c>
       <c r="C870" s="2">
-        <v>118853</v>
-[...1 lines deleted...]
-      <c r="D870" s="2" t="s">
+        <v>120783</v>
+      </c>
+      <c r="D870" s="2"/>
+      <c r="E870" s="2" t="s">
         <v>1459</v>
       </c>
-      <c r="E870" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F870" s="2" t="s">
-        <v>33</v>
+        <v>152</v>
       </c>
     </row>
     <row r="871" spans="1:6">
       <c r="A871" s="2">
         <v>883</v>
       </c>
       <c r="B871" s="2">
         <v>134</v>
       </c>
       <c r="C871" s="2">
-        <v>120689</v>
+        <v>121433</v>
       </c>
       <c r="D871" s="2"/>
       <c r="E871" s="2" t="s">
-        <v>1461</v>
-[...1 lines deleted...]
-      <c r="F871" s="2"/>
+        <v>1460</v>
+      </c>
+      <c r="F871" s="2" t="s">
+        <v>100</v>
+      </c>
     </row>
     <row r="872" spans="1:6">
       <c r="A872" s="2">
         <v>883</v>
       </c>
       <c r="B872" s="2">
         <v>134</v>
       </c>
       <c r="C872" s="2">
         <v>119123</v>
       </c>
       <c r="D872" s="2" t="s">
+        <v>1461</v>
+      </c>
+      <c r="E872" s="2" t="s">
         <v>1462</v>
-      </c>
-[...1 lines deleted...]
-        <v>1463</v>
       </c>
       <c r="F872" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="873" spans="1:6">
       <c r="A873" s="2">
         <v>883</v>
       </c>
       <c r="B873" s="2">
         <v>134</v>
       </c>
       <c r="C873" s="2">
-        <v>121618</v>
+        <v>121076</v>
       </c>
       <c r="D873" s="2"/>
       <c r="E873" s="2" t="s">
-        <v>1464</v>
-[...1 lines deleted...]
-      <c r="F873" s="2"/>
+        <v>1463</v>
+      </c>
+      <c r="F873" s="2" t="s">
+        <v>33</v>
+      </c>
     </row>
     <row r="874" spans="1:6">
       <c r="A874" s="2">
         <v>883</v>
       </c>
       <c r="B874" s="2">
         <v>134</v>
       </c>
       <c r="C874" s="2">
-        <v>120783</v>
-[...1 lines deleted...]
-      <c r="D874" s="2"/>
+        <v>118553</v>
+      </c>
+      <c r="D874" s="2" t="s">
+        <v>1464</v>
+      </c>
       <c r="E874" s="2" t="s">
         <v>1465</v>
       </c>
       <c r="F874" s="2" t="s">
-        <v>152</v>
+        <v>95</v>
       </c>
     </row>
     <row r="875" spans="1:6">
       <c r="A875" s="2">
         <v>883</v>
       </c>
       <c r="B875" s="2">
         <v>134</v>
       </c>
       <c r="C875" s="2">
-        <v>121433</v>
-[...1 lines deleted...]
-      <c r="D875" s="2"/>
+        <v>121539</v>
+      </c>
+      <c r="D875" s="2" t="s">
+        <v>1466</v>
+      </c>
       <c r="E875" s="2" t="s">
-        <v>1466</v>
+        <v>1467</v>
       </c>
       <c r="F875" s="2" t="s">
-        <v>100</v>
+        <v>146</v>
       </c>
     </row>
     <row r="876" spans="1:6">
       <c r="A876" s="2">
         <v>883</v>
       </c>
       <c r="B876" s="2">
         <v>134</v>
       </c>
       <c r="C876" s="2">
-        <v>118553</v>
+        <v>118621</v>
       </c>
       <c r="D876" s="2" t="s">
-        <v>1467</v>
+        <v>1468</v>
       </c>
       <c r="E876" s="2" t="s">
-        <v>1468</v>
+        <v>1469</v>
       </c>
       <c r="F876" s="2" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="877" spans="1:6">
       <c r="A877" s="2">
         <v>883</v>
       </c>
       <c r="B877" s="2">
         <v>134</v>
       </c>
       <c r="C877" s="2">
-        <v>121076</v>
+        <v>121209</v>
       </c>
       <c r="D877" s="2"/>
       <c r="E877" s="2" t="s">
-        <v>1469</v>
+        <v>1470</v>
       </c>
       <c r="F877" s="2" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="878" spans="1:6">
       <c r="A878" s="2">
         <v>883</v>
       </c>
       <c r="B878" s="2">
         <v>134</v>
       </c>
       <c r="C878" s="2">
-        <v>121539</v>
+        <v>111679</v>
       </c>
       <c r="D878" s="2" t="s">
-        <v>1470</v>
+        <v>1471</v>
       </c>
       <c r="E878" s="2" t="s">
-        <v>1471</v>
+        <v>1472</v>
       </c>
       <c r="F878" s="2" t="s">
-        <v>146</v>
+        <v>67</v>
       </c>
     </row>
     <row r="879" spans="1:6">
       <c r="A879" s="2">
         <v>883</v>
       </c>
       <c r="B879" s="2">
         <v>134</v>
       </c>
       <c r="C879" s="2">
-        <v>118621</v>
-[...3 lines deleted...]
-      </c>
+        <v>120390</v>
+      </c>
+      <c r="D879" s="2"/>
       <c r="E879" s="2" t="s">
         <v>1473</v>
       </c>
       <c r="F879" s="2" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="880" spans="1:6">
       <c r="A880" s="2">
         <v>883</v>
       </c>
       <c r="B880" s="2">
         <v>134</v>
       </c>
       <c r="C880" s="2">
-        <v>111679</v>
-[...1 lines deleted...]
-      <c r="D880" s="2" t="s">
+        <v>120454</v>
+      </c>
+      <c r="D880" s="2"/>
+      <c r="E880" s="2" t="s">
         <v>1474</v>
       </c>
-      <c r="E880" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F880" s="2" t="s">
-        <v>67</v>
+        <v>95</v>
       </c>
     </row>
     <row r="881" spans="1:6">
       <c r="A881" s="2">
         <v>883</v>
       </c>
       <c r="B881" s="2">
         <v>134</v>
       </c>
       <c r="C881" s="2">
-        <v>121209</v>
+        <v>121372</v>
       </c>
       <c r="D881" s="2"/>
       <c r="E881" s="2" t="s">
-        <v>1476</v>
+        <v>1475</v>
       </c>
       <c r="F881" s="2" t="s">
-        <v>33</v>
+        <v>11</v>
       </c>
     </row>
     <row r="882" spans="1:6">
       <c r="A882" s="2">
         <v>883</v>
       </c>
       <c r="B882" s="2">
         <v>134</v>
       </c>
       <c r="C882" s="2">
-        <v>120390</v>
+        <v>120826</v>
       </c>
       <c r="D882" s="2"/>
       <c r="E882" s="2" t="s">
-        <v>1477</v>
+        <v>1476</v>
       </c>
       <c r="F882" s="2" t="s">
-        <v>95</v>
+        <v>11</v>
       </c>
     </row>
     <row r="883" spans="1:6">
       <c r="A883" s="2">
         <v>883</v>
       </c>
       <c r="B883" s="2">
         <v>134</v>
       </c>
       <c r="C883" s="2">
-        <v>121372</v>
+        <v>120745</v>
       </c>
       <c r="D883" s="2"/>
       <c r="E883" s="2" t="s">
-        <v>1478</v>
+        <v>1477</v>
       </c>
       <c r="F883" s="2" t="s">
-        <v>11</v>
+        <v>33</v>
       </c>
     </row>
     <row r="884" spans="1:6">
       <c r="A884" s="2">
         <v>883</v>
       </c>
       <c r="B884" s="2">
         <v>134</v>
       </c>
       <c r="C884" s="2">
-        <v>120826</v>
+        <v>121332</v>
       </c>
       <c r="D884" s="2"/>
       <c r="E884" s="2" t="s">
-        <v>1479</v>
+        <v>1478</v>
       </c>
       <c r="F884" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="885" spans="1:6">
       <c r="A885" s="2">
         <v>883</v>
       </c>
       <c r="B885" s="2">
         <v>134</v>
       </c>
       <c r="C885" s="2">
-        <v>120454</v>
-[...1 lines deleted...]
-      <c r="D885" s="2"/>
+        <v>118669</v>
+      </c>
+      <c r="D885" s="2" t="s">
+        <v>1479</v>
+      </c>
       <c r="E885" s="2" t="s">
         <v>1480</v>
       </c>
       <c r="F885" s="2" t="s">
-        <v>95</v>
+        <v>11</v>
       </c>
     </row>
     <row r="886" spans="1:6">
       <c r="A886" s="2">
         <v>883</v>
       </c>
       <c r="B886" s="2">
         <v>134</v>
       </c>
       <c r="C886" s="2">
-        <v>121332</v>
-[...1 lines deleted...]
-      <c r="D886" s="2"/>
+        <v>118792</v>
+      </c>
+      <c r="D886" s="2" t="s">
+        <v>1481</v>
+      </c>
       <c r="E886" s="2" t="s">
-        <v>1481</v>
+        <v>1482</v>
       </c>
       <c r="F886" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="887" spans="1:6">
       <c r="A887" s="2">
         <v>883</v>
       </c>
       <c r="B887" s="2">
         <v>134</v>
       </c>
       <c r="C887" s="2">
-        <v>118669</v>
-[...3 lines deleted...]
-      </c>
+        <v>121490</v>
+      </c>
+      <c r="D887" s="2"/>
       <c r="E887" s="2" t="s">
         <v>1483</v>
       </c>
       <c r="F887" s="2" t="s">
-        <v>11</v>
+        <v>100</v>
       </c>
     </row>
     <row r="888" spans="1:6">
       <c r="A888" s="2">
         <v>883</v>
       </c>
       <c r="B888" s="2">
         <v>134</v>
       </c>
       <c r="C888" s="2">
-        <v>120745</v>
-[...1 lines deleted...]
-      <c r="D888" s="2"/>
+        <v>119055</v>
+      </c>
+      <c r="D888" s="2" t="s">
+        <v>1484</v>
+      </c>
       <c r="E888" s="2" t="s">
-        <v>1484</v>
+        <v>1485</v>
       </c>
       <c r="F888" s="2" t="s">
-        <v>33</v>
+        <v>8</v>
       </c>
     </row>
     <row r="889" spans="1:6">
       <c r="A889" s="2">
         <v>883</v>
       </c>
       <c r="B889" s="2">
         <v>134</v>
       </c>
       <c r="C889" s="2">
-        <v>118792</v>
-[...3 lines deleted...]
-      </c>
+        <v>120689</v>
+      </c>
+      <c r="D889" s="2"/>
       <c r="E889" s="2" t="s">
         <v>1486</v>
       </c>
-      <c r="F889" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F889" s="2"/>
     </row>
     <row r="890" spans="1:6">
       <c r="A890" s="2">
         <v>883</v>
       </c>
       <c r="B890" s="2">
         <v>134</v>
       </c>
       <c r="C890" s="2">
-        <v>119055</v>
+        <v>118853</v>
       </c>
       <c r="D890" s="2" t="s">
         <v>1487</v>
       </c>
       <c r="E890" s="2" t="s">
         <v>1488</v>
       </c>
       <c r="F890" s="2" t="s">
-        <v>8</v>
+        <v>33</v>
       </c>
     </row>
     <row r="891" spans="1:6">
       <c r="A891" s="2">
         <v>906</v>
       </c>
       <c r="B891" s="2">
         <v>133</v>
       </c>
       <c r="C891" s="2">
         <v>121047</v>
       </c>
       <c r="D891" s="2" t="s">
         <v>1489</v>
       </c>
       <c r="E891" s="2" t="s">
         <v>1490</v>
       </c>
       <c r="F891" s="2" t="s">
-        <v>1426</v>
+        <v>1424</v>
       </c>
     </row>
     <row r="892" spans="1:6">
       <c r="A892" s="2">
         <v>907</v>
       </c>
       <c r="B892" s="2">
         <v>132</v>
       </c>
       <c r="C892" s="2">
-        <v>121373</v>
+        <v>120827</v>
       </c>
       <c r="D892" s="2"/>
       <c r="E892" s="2" t="s">
         <v>1491</v>
       </c>
       <c r="F892" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="893" spans="1:6">
       <c r="A893" s="2">
         <v>907</v>
       </c>
       <c r="B893" s="2">
         <v>132</v>
       </c>
       <c r="C893" s="2">
-        <v>120827</v>
-[...1 lines deleted...]
-      <c r="D893" s="2"/>
+        <v>121077</v>
+      </c>
+      <c r="D893" s="2" t="s">
+        <v>1492</v>
+      </c>
       <c r="E893" s="2" t="s">
-        <v>1492</v>
+        <v>1493</v>
       </c>
       <c r="F893" s="2" t="s">
-        <v>11</v>
+        <v>30</v>
       </c>
     </row>
     <row r="894" spans="1:6">
       <c r="A894" s="2">
         <v>907</v>
       </c>
       <c r="B894" s="2">
         <v>132</v>
       </c>
       <c r="C894" s="2">
-        <v>120455</v>
+        <v>120746</v>
       </c>
       <c r="D894" s="2"/>
       <c r="E894" s="2" t="s">
-        <v>1493</v>
+        <v>1494</v>
       </c>
       <c r="F894" s="2" t="s">
-        <v>95</v>
+        <v>33</v>
       </c>
     </row>
     <row r="895" spans="1:6">
       <c r="A895" s="2">
         <v>907</v>
       </c>
       <c r="B895" s="2">
         <v>132</v>
       </c>
       <c r="C895" s="2">
-        <v>121077</v>
-[...3 lines deleted...]
-      </c>
+        <v>121333</v>
+      </c>
+      <c r="D895" s="2"/>
       <c r="E895" s="2" t="s">
         <v>1495</v>
       </c>
       <c r="F895" s="2" t="s">
-        <v>30</v>
+        <v>11</v>
       </c>
     </row>
     <row r="896" spans="1:6">
       <c r="A896" s="2">
         <v>907</v>
       </c>
       <c r="B896" s="2">
         <v>132</v>
       </c>
       <c r="C896" s="2">
-        <v>121333</v>
-[...1 lines deleted...]
-      <c r="D896" s="2"/>
+        <v>118670</v>
+      </c>
+      <c r="D896" s="2" t="s">
+        <v>1496</v>
+      </c>
       <c r="E896" s="2" t="s">
-        <v>1496</v>
+        <v>1497</v>
       </c>
       <c r="F896" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="897" spans="1:6">
       <c r="A897" s="2">
         <v>907</v>
       </c>
       <c r="B897" s="2">
         <v>132</v>
       </c>
       <c r="C897" s="2">
-        <v>118670</v>
-[...3 lines deleted...]
-      </c>
+        <v>121491</v>
+      </c>
+      <c r="D897" s="2"/>
       <c r="E897" s="2" t="s">
         <v>1498</v>
       </c>
       <c r="F897" s="2" t="s">
-        <v>11</v>
+        <v>100</v>
       </c>
     </row>
     <row r="898" spans="1:6">
       <c r="A898" s="2">
         <v>907</v>
       </c>
       <c r="B898" s="2">
         <v>132</v>
       </c>
       <c r="C898" s="2">
-        <v>120746</v>
-[...1 lines deleted...]
-      <c r="D898" s="2"/>
+        <v>119056</v>
+      </c>
+      <c r="D898" s="2" t="s">
+        <v>1499</v>
+      </c>
       <c r="E898" s="2" t="s">
-        <v>1499</v>
+        <v>1500</v>
       </c>
       <c r="F898" s="2" t="s">
-        <v>33</v>
+        <v>8</v>
       </c>
     </row>
     <row r="899" spans="1:6">
       <c r="A899" s="2">
         <v>907</v>
       </c>
       <c r="B899" s="2">
         <v>132</v>
       </c>
       <c r="C899" s="2">
-        <v>119056</v>
+        <v>119169</v>
       </c>
       <c r="D899" s="2" t="s">
-        <v>1500</v>
+        <v>1501</v>
       </c>
       <c r="E899" s="2" t="s">
-        <v>1501</v>
+        <v>1502</v>
       </c>
       <c r="F899" s="2" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
     </row>
     <row r="900" spans="1:6">
       <c r="A900" s="2">
         <v>907</v>
       </c>
       <c r="B900" s="2">
         <v>132</v>
       </c>
       <c r="C900" s="2">
-        <v>119169</v>
-[...3 lines deleted...]
-      </c>
+        <v>120691</v>
+      </c>
+      <c r="D900" s="2"/>
       <c r="E900" s="2" t="s">
         <v>1503</v>
       </c>
-      <c r="F900" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F900" s="2"/>
     </row>
     <row r="901" spans="1:6">
       <c r="A901" s="2">
         <v>907</v>
       </c>
       <c r="B901" s="2">
         <v>132</v>
       </c>
       <c r="C901" s="2">
-        <v>118793</v>
+        <v>118854</v>
       </c>
       <c r="D901" s="2" t="s">
         <v>1504</v>
       </c>
       <c r="E901" s="2" t="s">
         <v>1505</v>
       </c>
       <c r="F901" s="2" t="s">
-        <v>11</v>
+        <v>33</v>
       </c>
     </row>
     <row r="902" spans="1:6">
       <c r="A902" s="2">
         <v>907</v>
       </c>
       <c r="B902" s="2">
         <v>132</v>
       </c>
       <c r="C902" s="2">
-        <v>121491</v>
-[...1 lines deleted...]
-      <c r="D902" s="2"/>
+        <v>118793</v>
+      </c>
+      <c r="D902" s="2" t="s">
+        <v>1506</v>
+      </c>
       <c r="E902" s="2" t="s">
-        <v>1506</v>
+        <v>1507</v>
       </c>
       <c r="F902" s="2" t="s">
-        <v>100</v>
+        <v>11</v>
       </c>
     </row>
     <row r="903" spans="1:6">
       <c r="A903" s="2">
         <v>907</v>
       </c>
       <c r="B903" s="2">
         <v>132</v>
       </c>
       <c r="C903" s="2">
-        <v>118854</v>
+        <v>121540</v>
       </c>
       <c r="D903" s="2" t="s">
-        <v>1507</v>
+        <v>1508</v>
       </c>
       <c r="E903" s="2" t="s">
-        <v>1508</v>
+        <v>1509</v>
       </c>
       <c r="F903" s="2" t="s">
-        <v>33</v>
+        <v>1510</v>
       </c>
     </row>
     <row r="904" spans="1:6">
       <c r="A904" s="2">
         <v>907</v>
       </c>
       <c r="B904" s="2">
         <v>132</v>
       </c>
       <c r="C904" s="2">
-        <v>120691</v>
+        <v>120784</v>
       </c>
       <c r="D904" s="2"/>
       <c r="E904" s="2" t="s">
-        <v>1509</v>
-[...1 lines deleted...]
-      <c r="F904" s="2"/>
+        <v>1511</v>
+      </c>
+      <c r="F904" s="2" t="s">
+        <v>152</v>
+      </c>
     </row>
     <row r="905" spans="1:6">
       <c r="A905" s="2">
         <v>907</v>
       </c>
       <c r="B905" s="2">
         <v>132</v>
       </c>
       <c r="C905" s="2">
-        <v>121540</v>
-[...3 lines deleted...]
-      </c>
+        <v>121435</v>
+      </c>
+      <c r="D905" s="2"/>
       <c r="E905" s="2" t="s">
-        <v>1511</v>
+        <v>1512</v>
       </c>
       <c r="F905" s="2" t="s">
-        <v>1512</v>
+        <v>100</v>
       </c>
     </row>
     <row r="906" spans="1:6">
       <c r="A906" s="2">
         <v>907</v>
       </c>
       <c r="B906" s="2">
         <v>132</v>
       </c>
       <c r="C906" s="2">
         <v>105505</v>
       </c>
       <c r="D906" s="2" t="s">
         <v>1513</v>
       </c>
       <c r="E906" s="2" t="s">
         <v>119</v>
       </c>
       <c r="F906" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="907" spans="1:6">
       <c r="A907" s="2">
         <v>907</v>
       </c>
       <c r="B907" s="2">
         <v>132</v>
       </c>
       <c r="C907" s="2">
-        <v>120784</v>
-[...1 lines deleted...]
-      <c r="D907" s="2"/>
+        <v>118938</v>
+      </c>
+      <c r="D907" s="2" t="s">
+        <v>1514</v>
+      </c>
       <c r="E907" s="2" t="s">
-        <v>1514</v>
-[...3 lines deleted...]
-      </c>
+        <v>1515</v>
+      </c>
+      <c r="F907" s="2"/>
     </row>
     <row r="908" spans="1:6">
       <c r="A908" s="2">
         <v>907</v>
       </c>
       <c r="B908" s="2">
         <v>132</v>
       </c>
       <c r="C908" s="2">
-        <v>121435</v>
-[...1 lines deleted...]
-      <c r="D908" s="2"/>
+        <v>118555</v>
+      </c>
+      <c r="D908" s="2" t="s">
+        <v>1516</v>
+      </c>
       <c r="E908" s="2" t="s">
-        <v>1515</v>
+        <v>1517</v>
       </c>
       <c r="F908" s="2" t="s">
-        <v>100</v>
+        <v>95</v>
       </c>
     </row>
     <row r="909" spans="1:6">
       <c r="A909" s="2">
         <v>907</v>
       </c>
       <c r="B909" s="2">
         <v>132</v>
       </c>
       <c r="C909" s="2">
-        <v>118555</v>
+        <v>118622</v>
       </c>
       <c r="D909" s="2" t="s">
-        <v>1516</v>
+        <v>1016</v>
       </c>
       <c r="E909" s="2" t="s">
-        <v>1517</v>
+        <v>1518</v>
       </c>
       <c r="F909" s="2" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="910" spans="1:6">
       <c r="A910" s="2">
         <v>907</v>
       </c>
       <c r="B910" s="2">
         <v>132</v>
       </c>
       <c r="C910" s="2">
-        <v>118938</v>
-[...3 lines deleted...]
-      </c>
+        <v>121210</v>
+      </c>
+      <c r="D910" s="2"/>
       <c r="E910" s="2" t="s">
         <v>1519</v>
       </c>
-      <c r="F910" s="2"/>
+      <c r="F910" s="2" t="s">
+        <v>33</v>
+      </c>
     </row>
     <row r="911" spans="1:6">
       <c r="A911" s="2">
         <v>907</v>
       </c>
       <c r="B911" s="2">
         <v>132</v>
       </c>
       <c r="C911" s="2">
-        <v>118622</v>
-[...3 lines deleted...]
-      </c>
+        <v>120392</v>
+      </c>
+      <c r="D911" s="2"/>
       <c r="E911" s="2" t="s">
         <v>1520</v>
       </c>
       <c r="F911" s="2" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="912" spans="1:6">
       <c r="A912" s="2">
         <v>907</v>
       </c>
       <c r="B912" s="2">
         <v>132</v>
       </c>
       <c r="C912" s="2">
-        <v>121210</v>
+        <v>120455</v>
       </c>
       <c r="D912" s="2"/>
       <c r="E912" s="2" t="s">
         <v>1521</v>
       </c>
       <c r="F912" s="2" t="s">
-        <v>33</v>
+        <v>95</v>
       </c>
     </row>
     <row r="913" spans="1:6">
       <c r="A913" s="2">
         <v>907</v>
       </c>
       <c r="B913" s="2">
         <v>132</v>
       </c>
       <c r="C913" s="2">
-        <v>120392</v>
+        <v>121373</v>
       </c>
       <c r="D913" s="2"/>
       <c r="E913" s="2" t="s">
         <v>1522</v>
       </c>
       <c r="F913" s="2" t="s">
-        <v>95</v>
+        <v>11</v>
       </c>
     </row>
     <row r="914" spans="1:6">
       <c r="A914" s="2">
         <v>930</v>
       </c>
       <c r="B914" s="2">
         <v>131</v>
       </c>
       <c r="C914" s="2">
         <v>121048</v>
       </c>
       <c r="D914" s="2"/>
       <c r="E914" s="2" t="s">
         <v>1523</v>
       </c>
       <c r="F914" s="2" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="915" spans="1:6">
       <c r="A915" s="2">
         <v>931</v>
       </c>
       <c r="B915" s="2">
         <v>130</v>
       </c>
       <c r="C915" s="2">
-        <v>121436</v>
+        <v>120393</v>
       </c>
       <c r="D915" s="2"/>
       <c r="E915" s="2" t="s">
         <v>1524</v>
       </c>
       <c r="F915" s="2" t="s">
-        <v>100</v>
+        <v>95</v>
       </c>
     </row>
     <row r="916" spans="1:6">
       <c r="A916" s="2">
         <v>931</v>
       </c>
       <c r="B916" s="2">
         <v>130</v>
       </c>
       <c r="C916" s="2">
-        <v>118556</v>
+        <v>121541</v>
       </c>
       <c r="D916" s="2" t="s">
         <v>1525</v>
       </c>
       <c r="E916" s="2" t="s">
         <v>1526</v>
       </c>
       <c r="F916" s="2" t="s">
-        <v>95</v>
+        <v>14</v>
       </c>
     </row>
     <row r="917" spans="1:6">
       <c r="A917" s="2">
         <v>931</v>
       </c>
       <c r="B917" s="2">
         <v>130</v>
       </c>
       <c r="C917" s="2">
-        <v>118623</v>
-[...1 lines deleted...]
-      <c r="D917" s="2" t="s">
+        <v>120457</v>
+      </c>
+      <c r="D917" s="2"/>
+      <c r="E917" s="2" t="s">
         <v>1527</v>
-      </c>
-[...1 lines deleted...]
-        <v>1528</v>
       </c>
       <c r="F917" s="2" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="918" spans="1:6">
       <c r="A918" s="2">
         <v>931</v>
       </c>
       <c r="B918" s="2">
         <v>130</v>
       </c>
       <c r="C918" s="2">
-        <v>121541</v>
+        <v>101426</v>
       </c>
       <c r="D918" s="2" t="s">
+        <v>1528</v>
+      </c>
+      <c r="E918" s="2" t="s">
         <v>1529</v>
       </c>
-      <c r="E918" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F918" s="2" t="s">
-        <v>14</v>
+        <v>11</v>
       </c>
     </row>
     <row r="919" spans="1:6">
       <c r="A919" s="2">
         <v>931</v>
       </c>
       <c r="B919" s="2">
         <v>130</v>
       </c>
       <c r="C919" s="2">
-        <v>120393</v>
+        <v>120828</v>
       </c>
       <c r="D919" s="2"/>
       <c r="E919" s="2" t="s">
-        <v>1531</v>
+        <v>1530</v>
       </c>
       <c r="F919" s="2" t="s">
-        <v>95</v>
+        <v>11</v>
       </c>
     </row>
     <row r="920" spans="1:6">
       <c r="A920" s="2">
         <v>931</v>
       </c>
       <c r="B920" s="2">
         <v>130</v>
       </c>
       <c r="C920" s="2">
-        <v>101426</v>
-[...3 lines deleted...]
-      </c>
+        <v>120748</v>
+      </c>
+      <c r="D920" s="2"/>
       <c r="E920" s="2" t="s">
-        <v>1533</v>
+        <v>1531</v>
       </c>
       <c r="F920" s="2" t="s">
-        <v>11</v>
+        <v>33</v>
       </c>
     </row>
     <row r="921" spans="1:6">
       <c r="A921" s="2">
         <v>931</v>
       </c>
       <c r="B921" s="2">
         <v>130</v>
       </c>
       <c r="C921" s="2">
-        <v>120828</v>
+        <v>121620</v>
       </c>
       <c r="D921" s="2"/>
       <c r="E921" s="2" t="s">
-        <v>1534</v>
-[...3 lines deleted...]
-      </c>
+        <v>1532</v>
+      </c>
+      <c r="F921" s="2"/>
     </row>
     <row r="922" spans="1:6">
       <c r="A922" s="2">
         <v>931</v>
       </c>
       <c r="B922" s="2">
         <v>130</v>
       </c>
       <c r="C922" s="2">
-        <v>120457</v>
+        <v>121334</v>
       </c>
       <c r="D922" s="2"/>
       <c r="E922" s="2" t="s">
-        <v>1535</v>
+        <v>1533</v>
       </c>
       <c r="F922" s="2" t="s">
-        <v>95</v>
+        <v>11</v>
       </c>
     </row>
     <row r="923" spans="1:6">
       <c r="A923" s="2">
         <v>931</v>
       </c>
       <c r="B923" s="2">
         <v>130</v>
       </c>
       <c r="C923" s="2">
-        <v>121334</v>
-[...1 lines deleted...]
-      <c r="D923" s="2"/>
+        <v>118671</v>
+      </c>
+      <c r="D923" s="2" t="s">
+        <v>1534</v>
+      </c>
       <c r="E923" s="2" t="s">
-        <v>1536</v>
+        <v>1535</v>
       </c>
       <c r="F923" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="924" spans="1:6">
       <c r="A924" s="2">
         <v>931</v>
       </c>
       <c r="B924" s="2">
         <v>130</v>
       </c>
       <c r="C924" s="2">
-        <v>118671</v>
-[...3 lines deleted...]
-      </c>
+        <v>121080</v>
+      </c>
+      <c r="D924" s="2"/>
       <c r="E924" s="2" t="s">
-        <v>1538</v>
+        <v>1308</v>
       </c>
       <c r="F924" s="2" t="s">
-        <v>11</v>
+        <v>33</v>
       </c>
     </row>
     <row r="925" spans="1:6">
       <c r="A925" s="2">
         <v>931</v>
       </c>
       <c r="B925" s="2">
         <v>130</v>
       </c>
       <c r="C925" s="2">
-        <v>120748</v>
+        <v>121492</v>
       </c>
       <c r="D925" s="2"/>
       <c r="E925" s="2" t="s">
-        <v>1539</v>
+        <v>1536</v>
       </c>
       <c r="F925" s="2" t="s">
-        <v>33</v>
+        <v>100</v>
       </c>
     </row>
     <row r="926" spans="1:6">
       <c r="A926" s="2">
         <v>931</v>
       </c>
       <c r="B926" s="2">
         <v>130</v>
       </c>
       <c r="C926" s="2">
-        <v>121620</v>
-[...1 lines deleted...]
-      <c r="D926" s="2"/>
+        <v>119058</v>
+      </c>
+      <c r="D926" s="2" t="s">
+        <v>1537</v>
+      </c>
       <c r="E926" s="2" t="s">
-        <v>1540</v>
-[...1 lines deleted...]
-      <c r="F926" s="2"/>
+        <v>1538</v>
+      </c>
+      <c r="F926" s="2" t="s">
+        <v>8</v>
+      </c>
     </row>
     <row r="927" spans="1:6">
       <c r="A927" s="2">
         <v>931</v>
       </c>
       <c r="B927" s="2">
         <v>130</v>
       </c>
       <c r="C927" s="2">
-        <v>119058</v>
+        <v>120953</v>
       </c>
       <c r="D927" s="2" t="s">
-        <v>1541</v>
+        <v>1539</v>
       </c>
       <c r="E927" s="2" t="s">
-        <v>1542</v>
+        <v>1540</v>
       </c>
       <c r="F927" s="2" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
     </row>
     <row r="928" spans="1:6">
       <c r="A928" s="2">
         <v>931</v>
       </c>
       <c r="B928" s="2">
         <v>130</v>
       </c>
       <c r="C928" s="2">
-        <v>120953</v>
-[...3 lines deleted...]
-      </c>
+        <v>120692</v>
+      </c>
+      <c r="D928" s="2"/>
       <c r="E928" s="2" t="s">
-        <v>1544</v>
-[...3 lines deleted...]
-      </c>
+        <v>1541</v>
+      </c>
+      <c r="F928" s="2"/>
     </row>
     <row r="929" spans="1:6">
       <c r="A929" s="2">
         <v>931</v>
       </c>
       <c r="B929" s="2">
         <v>130</v>
       </c>
       <c r="C929" s="2">
-        <v>118794</v>
+        <v>118855</v>
       </c>
       <c r="D929" s="2" t="s">
-        <v>1545</v>
+        <v>1542</v>
       </c>
       <c r="E929" s="2" t="s">
-        <v>1546</v>
+        <v>1543</v>
       </c>
       <c r="F929" s="2" t="s">
-        <v>11</v>
+        <v>33</v>
       </c>
     </row>
     <row r="930" spans="1:6">
       <c r="A930" s="2">
         <v>931</v>
       </c>
       <c r="B930" s="2">
         <v>130</v>
       </c>
       <c r="C930" s="2">
-        <v>121492</v>
-[...1 lines deleted...]
-      <c r="D930" s="2"/>
+        <v>118794</v>
+      </c>
+      <c r="D930" s="2" t="s">
+        <v>1544</v>
+      </c>
       <c r="E930" s="2" t="s">
-        <v>1547</v>
+        <v>1545</v>
       </c>
       <c r="F930" s="2" t="s">
-        <v>100</v>
+        <v>11</v>
       </c>
     </row>
     <row r="931" spans="1:6">
       <c r="A931" s="2">
         <v>931</v>
       </c>
       <c r="B931" s="2">
         <v>130</v>
       </c>
       <c r="C931" s="2">
-        <v>121080</v>
-[...1 lines deleted...]
-      <c r="D931" s="2"/>
+        <v>118939</v>
+      </c>
+      <c r="D931" s="2" t="s">
+        <v>1546</v>
+      </c>
       <c r="E931" s="2" t="s">
-        <v>1310</v>
+        <v>1547</v>
       </c>
       <c r="F931" s="2" t="s">
-        <v>33</v>
+        <v>67</v>
       </c>
     </row>
     <row r="932" spans="1:6">
       <c r="A932" s="2">
         <v>931</v>
       </c>
       <c r="B932" s="2">
         <v>130</v>
       </c>
       <c r="C932" s="2">
-        <v>118855</v>
-[...1 lines deleted...]
-      <c r="D932" s="2" t="s">
+        <v>120785</v>
+      </c>
+      <c r="D932" s="2"/>
+      <c r="E932" s="2" t="s">
         <v>1548</v>
       </c>
-      <c r="E932" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F932" s="2" t="s">
-        <v>33</v>
+        <v>152</v>
       </c>
     </row>
     <row r="933" spans="1:6">
       <c r="A933" s="2">
         <v>931</v>
       </c>
       <c r="B933" s="2">
         <v>130</v>
       </c>
       <c r="C933" s="2">
-        <v>120692</v>
-[...1 lines deleted...]
-      <c r="D933" s="2"/>
+        <v>121212</v>
+      </c>
+      <c r="D933" s="2" t="s">
+        <v>1549</v>
+      </c>
       <c r="E933" s="2" t="s">
         <v>1550</v>
       </c>
-      <c r="F933" s="2"/>
+      <c r="F933" s="2" t="s">
+        <v>80</v>
+      </c>
     </row>
     <row r="934" spans="1:6">
       <c r="A934" s="2">
         <v>931</v>
       </c>
       <c r="B934" s="2">
         <v>130</v>
       </c>
       <c r="C934" s="2">
-        <v>119124</v>
-[...1 lines deleted...]
-      <c r="D934" s="2" t="s">
+        <v>121436</v>
+      </c>
+      <c r="D934" s="2"/>
+      <c r="E934" s="2" t="s">
         <v>1551</v>
       </c>
-      <c r="E934" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F934" s="2" t="s">
-        <v>11</v>
+        <v>100</v>
       </c>
     </row>
     <row r="935" spans="1:6">
       <c r="A935" s="2">
         <v>931</v>
       </c>
       <c r="B935" s="2">
         <v>130</v>
       </c>
       <c r="C935" s="2">
-        <v>118939</v>
+        <v>119124</v>
       </c>
       <c r="D935" s="2" t="s">
+        <v>1552</v>
+      </c>
+      <c r="E935" s="2" t="s">
         <v>1553</v>
       </c>
-      <c r="E935" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F935" s="2" t="s">
-        <v>67</v>
+        <v>11</v>
       </c>
     </row>
     <row r="936" spans="1:6">
       <c r="A936" s="2">
         <v>931</v>
       </c>
       <c r="B936" s="2">
         <v>130</v>
       </c>
       <c r="C936" s="2">
-        <v>121212</v>
+        <v>118556</v>
       </c>
       <c r="D936" s="2" t="s">
+        <v>1554</v>
+      </c>
+      <c r="E936" s="2" t="s">
         <v>1555</v>
       </c>
-      <c r="E936" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F936" s="2" t="s">
-        <v>80</v>
+        <v>95</v>
       </c>
     </row>
     <row r="937" spans="1:6">
       <c r="A937" s="2">
         <v>931</v>
       </c>
       <c r="B937" s="2">
         <v>130</v>
       </c>
       <c r="C937" s="2">
-        <v>120785</v>
-[...1 lines deleted...]
-      <c r="D937" s="2"/>
+        <v>118623</v>
+      </c>
+      <c r="D937" s="2" t="s">
+        <v>1556</v>
+      </c>
       <c r="E937" s="2" t="s">
         <v>1557</v>
       </c>
       <c r="F937" s="2" t="s">
-        <v>152</v>
+        <v>95</v>
       </c>
     </row>
     <row r="938" spans="1:6">
       <c r="A938" s="2">
         <v>954</v>
       </c>
       <c r="B938" s="2">
         <v>129</v>
       </c>
       <c r="C938" s="2">
         <v>121049</v>
       </c>
       <c r="D938" s="2"/>
       <c r="E938" s="2" t="s">
         <v>1558</v>
       </c>
       <c r="F938" s="2" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="939" spans="1:6">
       <c r="A939" s="2">
         <v>955</v>
       </c>
       <c r="B939" s="2">
         <v>128</v>
       </c>
       <c r="C939" s="2">
-        <v>118940</v>
-[...1 lines deleted...]
-      <c r="D939" s="2" t="s">
+        <v>121214</v>
+      </c>
+      <c r="D939" s="2"/>
+      <c r="E939" s="2" t="s">
         <v>1559</v>
       </c>
-      <c r="E939" s="2" t="s">
-[...2 lines deleted...]
-      <c r="F939" s="2"/>
+      <c r="F939" s="2" t="s">
+        <v>33</v>
+      </c>
     </row>
     <row r="940" spans="1:6">
       <c r="A940" s="2">
         <v>955</v>
       </c>
       <c r="B940" s="2">
         <v>128</v>
       </c>
       <c r="C940" s="2">
-        <v>121493</v>
-[...1 lines deleted...]
-      <c r="D940" s="2"/>
+        <v>120458</v>
+      </c>
+      <c r="D940" s="2" t="s">
+        <v>1560</v>
+      </c>
       <c r="E940" s="2" t="s">
         <v>1561</v>
       </c>
-      <c r="F940" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F940" s="2"/>
     </row>
     <row r="941" spans="1:6">
       <c r="A941" s="2">
         <v>955</v>
       </c>
       <c r="B941" s="2">
         <v>128</v>
       </c>
       <c r="C941" s="2">
-        <v>121081</v>
+        <v>120787</v>
       </c>
       <c r="D941" s="2"/>
       <c r="E941" s="2" t="s">
-        <v>745</v>
+        <v>1562</v>
       </c>
       <c r="F941" s="2" t="s">
-        <v>33</v>
+        <v>152</v>
       </c>
     </row>
     <row r="942" spans="1:6">
       <c r="A942" s="2">
         <v>955</v>
       </c>
       <c r="B942" s="2">
         <v>128</v>
       </c>
       <c r="C942" s="2">
-        <v>118856</v>
-[...3 lines deleted...]
-      </c>
+        <v>121437</v>
+      </c>
+      <c r="D942" s="2"/>
       <c r="E942" s="2" t="s">
         <v>1563</v>
       </c>
       <c r="F942" s="2" t="s">
-        <v>33</v>
+        <v>100</v>
       </c>
     </row>
     <row r="943" spans="1:6">
       <c r="A943" s="2">
         <v>955</v>
       </c>
       <c r="B943" s="2">
         <v>128</v>
       </c>
       <c r="C943" s="2">
-        <v>120693</v>
-[...1 lines deleted...]
-      <c r="D943" s="2"/>
+        <v>118624</v>
+      </c>
+      <c r="D943" s="2" t="s">
+        <v>1564</v>
+      </c>
       <c r="E943" s="2" t="s">
-        <v>1564</v>
-[...1 lines deleted...]
-      <c r="F943" s="2"/>
+        <v>1565</v>
+      </c>
+      <c r="F943" s="2" t="s">
+        <v>95</v>
+      </c>
     </row>
     <row r="944" spans="1:6">
       <c r="A944" s="2">
         <v>955</v>
       </c>
       <c r="B944" s="2">
         <v>128</v>
       </c>
       <c r="C944" s="2">
-        <v>121214</v>
+        <v>120394</v>
       </c>
       <c r="D944" s="2"/>
       <c r="E944" s="2" t="s">
-        <v>1565</v>
+        <v>1566</v>
       </c>
       <c r="F944" s="2" t="s">
-        <v>33</v>
+        <v>95</v>
       </c>
     </row>
     <row r="945" spans="1:6">
       <c r="A945" s="2">
         <v>955</v>
       </c>
       <c r="B945" s="2">
         <v>128</v>
       </c>
       <c r="C945" s="2">
-        <v>120458</v>
+        <v>121542</v>
       </c>
       <c r="D945" s="2" t="s">
-        <v>1566</v>
+        <v>1567</v>
       </c>
       <c r="E945" s="2" t="s">
-        <v>1567</v>
-[...1 lines deleted...]
-      <c r="F945" s="2"/>
+        <v>1568</v>
+      </c>
+      <c r="F945" s="2" t="s">
+        <v>14</v>
+      </c>
     </row>
     <row r="946" spans="1:6">
       <c r="A946" s="2">
         <v>955</v>
       </c>
       <c r="B946" s="2">
         <v>128</v>
       </c>
       <c r="C946" s="2">
-        <v>120787</v>
+        <v>121374</v>
       </c>
       <c r="D946" s="2"/>
       <c r="E946" s="2" t="s">
-        <v>1568</v>
+        <v>1569</v>
       </c>
       <c r="F946" s="2" t="s">
-        <v>152</v>
+        <v>11</v>
       </c>
     </row>
     <row r="947" spans="1:6">
       <c r="A947" s="2">
         <v>955</v>
       </c>
       <c r="B947" s="2">
         <v>128</v>
       </c>
       <c r="C947" s="2">
-        <v>121437</v>
-[...1 lines deleted...]
-      <c r="D947" s="2"/>
+        <v>105201</v>
+      </c>
+      <c r="D947" s="2" t="s">
+        <v>1570</v>
+      </c>
       <c r="E947" s="2" t="s">
-        <v>1569</v>
+        <v>1571</v>
       </c>
       <c r="F947" s="2" t="s">
-        <v>100</v>
+        <v>11</v>
       </c>
     </row>
     <row r="948" spans="1:6">
       <c r="A948" s="2">
         <v>955</v>
       </c>
       <c r="B948" s="2">
         <v>128</v>
       </c>
       <c r="C948" s="2">
-        <v>118624</v>
-[...3 lines deleted...]
-      </c>
+        <v>120750</v>
+      </c>
+      <c r="D948" s="2"/>
       <c r="E948" s="2" t="s">
-        <v>1571</v>
+        <v>1572</v>
       </c>
       <c r="F948" s="2" t="s">
-        <v>95</v>
+        <v>33</v>
       </c>
     </row>
     <row r="949" spans="1:6">
       <c r="A949" s="2">
         <v>955</v>
       </c>
       <c r="B949" s="2">
         <v>128</v>
       </c>
       <c r="C949" s="2">
-        <v>121542</v>
-[...3 lines deleted...]
-      </c>
+        <v>121336</v>
+      </c>
+      <c r="D949" s="2"/>
       <c r="E949" s="2" t="s">
         <v>1573</v>
       </c>
       <c r="F949" s="2" t="s">
-        <v>14</v>
+        <v>11</v>
       </c>
     </row>
     <row r="950" spans="1:6">
       <c r="A950" s="2">
         <v>955</v>
       </c>
       <c r="B950" s="2">
         <v>128</v>
       </c>
       <c r="C950" s="2">
-        <v>120394</v>
-[...1 lines deleted...]
-      <c r="D950" s="2"/>
+        <v>118672</v>
+      </c>
+      <c r="D950" s="2" t="s">
+        <v>1574</v>
+      </c>
       <c r="E950" s="2" t="s">
-        <v>1574</v>
+        <v>1575</v>
       </c>
       <c r="F950" s="2" t="s">
-        <v>95</v>
+        <v>11</v>
       </c>
     </row>
     <row r="951" spans="1:6">
       <c r="A951" s="2">
         <v>955</v>
       </c>
       <c r="B951" s="2">
         <v>128</v>
       </c>
       <c r="C951" s="2">
-        <v>121374</v>
-[...1 lines deleted...]
-      <c r="D951" s="2"/>
+        <v>118940</v>
+      </c>
+      <c r="D951" s="2" t="s">
+        <v>1576</v>
+      </c>
       <c r="E951" s="2" t="s">
-        <v>1575</v>
-[...3 lines deleted...]
-      </c>
+        <v>1577</v>
+      </c>
+      <c r="F951" s="2"/>
     </row>
     <row r="952" spans="1:6">
       <c r="A952" s="2">
         <v>955</v>
       </c>
       <c r="B952" s="2">
         <v>128</v>
       </c>
       <c r="C952" s="2">
-        <v>105201</v>
-[...3 lines deleted...]
-      </c>
+        <v>121081</v>
+      </c>
+      <c r="D952" s="2"/>
       <c r="E952" s="2" t="s">
-        <v>1577</v>
+        <v>739</v>
       </c>
       <c r="F952" s="2" t="s">
-        <v>11</v>
+        <v>33</v>
       </c>
     </row>
     <row r="953" spans="1:6">
       <c r="A953" s="2">
         <v>955</v>
       </c>
       <c r="B953" s="2">
         <v>128</v>
       </c>
       <c r="C953" s="2">
-        <v>121336</v>
+        <v>121493</v>
       </c>
       <c r="D953" s="2"/>
       <c r="E953" s="2" t="s">
         <v>1578</v>
       </c>
       <c r="F953" s="2" t="s">
-        <v>11</v>
+        <v>100</v>
       </c>
     </row>
     <row r="954" spans="1:6">
       <c r="A954" s="2">
         <v>955</v>
       </c>
       <c r="B954" s="2">
         <v>128</v>
       </c>
       <c r="C954" s="2">
-        <v>118672</v>
+        <v>119002</v>
       </c>
       <c r="D954" s="2" t="s">
         <v>1579</v>
       </c>
       <c r="E954" s="2" t="s">
         <v>1580</v>
       </c>
       <c r="F954" s="2" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
     </row>
     <row r="955" spans="1:6">
       <c r="A955" s="2">
         <v>955</v>
       </c>
       <c r="B955" s="2">
         <v>128</v>
       </c>
       <c r="C955" s="2">
-        <v>120750</v>
+        <v>120693</v>
       </c>
       <c r="D955" s="2"/>
       <c r="E955" s="2" t="s">
         <v>1581</v>
       </c>
-      <c r="F955" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F955" s="2"/>
     </row>
     <row r="956" spans="1:6">
       <c r="A956" s="2">
         <v>955</v>
       </c>
       <c r="B956" s="2">
         <v>128</v>
       </c>
       <c r="C956" s="2">
-        <v>119002</v>
+        <v>118856</v>
       </c>
       <c r="D956" s="2" t="s">
         <v>1582</v>
       </c>
       <c r="E956" s="2" t="s">
         <v>1583</v>
       </c>
       <c r="F956" s="2" t="s">
-        <v>8</v>
+        <v>33</v>
       </c>
     </row>
     <row r="957" spans="1:6">
       <c r="A957" s="2">
         <v>977</v>
       </c>
       <c r="B957" s="2">
         <v>127</v>
       </c>
       <c r="C957" s="2">
         <v>121050</v>
       </c>
       <c r="D957" s="2"/>
       <c r="E957" s="2" t="s">
         <v>1584</v>
       </c>
       <c r="F957" s="2" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="958" spans="1:6">
       <c r="A958" s="2">
         <v>978</v>
       </c>
       <c r="B958" s="2">
         <v>126</v>
       </c>
       <c r="C958" s="2">
-        <v>120831</v>
+        <v>121337</v>
       </c>
       <c r="D958" s="2"/>
       <c r="E958" s="2" t="s">
         <v>1585</v>
       </c>
       <c r="F958" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="959" spans="1:6">
       <c r="A959" s="2">
         <v>978</v>
       </c>
       <c r="B959" s="2">
         <v>126</v>
       </c>
       <c r="C959" s="2">
-        <v>101555</v>
+        <v>118673</v>
       </c>
       <c r="D959" s="2" t="s">
         <v>1586</v>
       </c>
       <c r="E959" s="2" t="s">
         <v>1587</v>
       </c>
       <c r="F959" s="2" t="s">
-        <v>36</v>
+        <v>11</v>
       </c>
     </row>
     <row r="960" spans="1:6">
       <c r="A960" s="2">
         <v>978</v>
       </c>
       <c r="B960" s="2">
         <v>126</v>
       </c>
       <c r="C960" s="2">
-        <v>121337</v>
-[...1 lines deleted...]
-      <c r="D960" s="2"/>
+        <v>118941</v>
+      </c>
+      <c r="D960" s="2" t="s">
+        <v>1588</v>
+      </c>
       <c r="E960" s="2" t="s">
-        <v>1588</v>
-[...3 lines deleted...]
-      </c>
+        <v>1589</v>
+      </c>
+      <c r="F960" s="2"/>
     </row>
     <row r="961" spans="1:6">
       <c r="A961" s="2">
         <v>978</v>
       </c>
       <c r="B961" s="2">
         <v>126</v>
       </c>
       <c r="C961" s="2">
-        <v>118673</v>
-[...3 lines deleted...]
-      </c>
+        <v>121083</v>
+      </c>
+      <c r="D961" s="2"/>
       <c r="E961" s="2" t="s">
         <v>1590</v>
       </c>
       <c r="F961" s="2" t="s">
-        <v>11</v>
+        <v>33</v>
       </c>
     </row>
     <row r="962" spans="1:6">
       <c r="A962" s="2">
         <v>978</v>
       </c>
       <c r="B962" s="2">
         <v>126</v>
       </c>
       <c r="C962" s="2">
-        <v>119060</v>
-[...1 lines deleted...]
-      <c r="D962" s="2" t="s">
+        <v>121494</v>
+      </c>
+      <c r="D962" s="2"/>
+      <c r="E962" s="2" t="s">
         <v>1591</v>
       </c>
-      <c r="E962" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F962" s="2" t="s">
-        <v>8</v>
+        <v>100</v>
       </c>
     </row>
     <row r="963" spans="1:6">
       <c r="A963" s="2">
         <v>978</v>
       </c>
       <c r="B963" s="2">
         <v>126</v>
       </c>
       <c r="C963" s="2">
-        <v>120955</v>
+        <v>119060</v>
       </c>
       <c r="D963" s="2" t="s">
-        <v>728</v>
+        <v>1592</v>
       </c>
       <c r="E963" s="2" t="s">
         <v>1593</v>
       </c>
       <c r="F963" s="2" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
     </row>
     <row r="964" spans="1:6">
       <c r="A964" s="2">
         <v>978</v>
       </c>
       <c r="B964" s="2">
         <v>126</v>
       </c>
       <c r="C964" s="2">
-        <v>118796</v>
+        <v>120955</v>
       </c>
       <c r="D964" s="2" t="s">
-        <v>207</v>
+        <v>715</v>
       </c>
       <c r="E964" s="2" t="s">
         <v>1594</v>
       </c>
       <c r="F964" s="2" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
     </row>
     <row r="965" spans="1:6">
       <c r="A965" s="2">
         <v>978</v>
       </c>
       <c r="B965" s="2">
         <v>126</v>
       </c>
       <c r="C965" s="2">
-        <v>118941</v>
-[...1 lines deleted...]
-      <c r="D965" s="2" t="s">
+        <v>120694</v>
+      </c>
+      <c r="D965" s="2"/>
+      <c r="E965" s="2" t="s">
         <v>1595</v>
-      </c>
-[...1 lines deleted...]
-        <v>1596</v>
       </c>
       <c r="F965" s="2"/>
     </row>
     <row r="966" spans="1:6">
       <c r="A966" s="2">
         <v>978</v>
       </c>
       <c r="B966" s="2">
         <v>126</v>
       </c>
       <c r="C966" s="2">
-        <v>121494</v>
-[...1 lines deleted...]
-      <c r="D966" s="2"/>
+        <v>118857</v>
+      </c>
+      <c r="D966" s="2" t="s">
+        <v>1596</v>
+      </c>
       <c r="E966" s="2" t="s">
         <v>1597</v>
       </c>
       <c r="F966" s="2" t="s">
-        <v>100</v>
+        <v>33</v>
       </c>
     </row>
     <row r="967" spans="1:6">
       <c r="A967" s="2">
         <v>978</v>
       </c>
       <c r="B967" s="2">
         <v>126</v>
       </c>
       <c r="C967" s="2">
-        <v>121083</v>
-[...1 lines deleted...]
-      <c r="D967" s="2"/>
+        <v>118796</v>
+      </c>
+      <c r="D967" s="2" t="s">
+        <v>207</v>
+      </c>
       <c r="E967" s="2" t="s">
         <v>1598</v>
       </c>
       <c r="F967" s="2" t="s">
-        <v>33</v>
+        <v>11</v>
       </c>
     </row>
     <row r="968" spans="1:6">
       <c r="A968" s="2">
         <v>978</v>
       </c>
       <c r="B968" s="2">
         <v>126</v>
       </c>
       <c r="C968" s="2">
-        <v>118857</v>
-[...1 lines deleted...]
-      <c r="D968" s="2" t="s">
+        <v>121215</v>
+      </c>
+      <c r="D968" s="2"/>
+      <c r="E968" s="2" t="s">
         <v>1599</v>
-      </c>
-[...1 lines deleted...]
-        <v>1600</v>
       </c>
       <c r="F968" s="2" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="969" spans="1:6">
       <c r="A969" s="2">
         <v>978</v>
       </c>
       <c r="B969" s="2">
         <v>126</v>
       </c>
       <c r="C969" s="2">
-        <v>120694</v>
-[...1 lines deleted...]
-      <c r="D969" s="2"/>
+        <v>119125</v>
+      </c>
+      <c r="D969" s="2" t="s">
+        <v>1600</v>
+      </c>
       <c r="E969" s="2" t="s">
         <v>1601</v>
       </c>
-      <c r="F969" s="2"/>
+      <c r="F969" s="2" t="s">
+        <v>30</v>
+      </c>
     </row>
     <row r="970" spans="1:6">
       <c r="A970" s="2">
         <v>978</v>
       </c>
       <c r="B970" s="2">
         <v>126</v>
       </c>
       <c r="C970" s="2">
-        <v>120751</v>
-[...1 lines deleted...]
-      <c r="D970" s="2" t="s">
+        <v>120789</v>
+      </c>
+      <c r="D970" s="2"/>
+      <c r="E970" s="2" t="s">
         <v>1602</v>
       </c>
-      <c r="E970" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F970" s="2" t="s">
-        <v>8</v>
+        <v>152</v>
       </c>
     </row>
     <row r="971" spans="1:6">
       <c r="A971" s="2">
         <v>978</v>
       </c>
       <c r="B971" s="2">
         <v>126</v>
       </c>
       <c r="C971" s="2">
-        <v>119125</v>
+        <v>120751</v>
       </c>
       <c r="D971" s="2" t="s">
+        <v>1603</v>
+      </c>
+      <c r="E971" s="2" t="s">
         <v>1604</v>
       </c>
-      <c r="E971" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F971" s="2" t="s">
-        <v>30</v>
+        <v>8</v>
       </c>
     </row>
     <row r="972" spans="1:6">
       <c r="A972" s="2">
         <v>978</v>
       </c>
       <c r="B972" s="2">
         <v>126</v>
       </c>
       <c r="C972" s="2">
-        <v>121215</v>
+        <v>121438</v>
       </c>
       <c r="D972" s="2"/>
       <c r="E972" s="2" t="s">
-        <v>1606</v>
+        <v>1605</v>
       </c>
       <c r="F972" s="2" t="s">
-        <v>33</v>
+        <v>100</v>
       </c>
     </row>
     <row r="973" spans="1:6">
       <c r="A973" s="2">
         <v>978</v>
       </c>
       <c r="B973" s="2">
         <v>126</v>
       </c>
       <c r="C973" s="2">
-        <v>120789</v>
-[...1 lines deleted...]
-      <c r="D973" s="2"/>
+        <v>118558</v>
+      </c>
+      <c r="D973" s="2" t="s">
+        <v>1606</v>
+      </c>
       <c r="E973" s="2" t="s">
         <v>1607</v>
       </c>
       <c r="F973" s="2" t="s">
-        <v>152</v>
+        <v>95</v>
       </c>
     </row>
     <row r="974" spans="1:6">
       <c r="A974" s="2">
         <v>978</v>
       </c>
       <c r="B974" s="2">
         <v>126</v>
       </c>
       <c r="C974" s="2">
-        <v>121438</v>
+        <v>120459</v>
       </c>
       <c r="D974" s="2"/>
       <c r="E974" s="2" t="s">
         <v>1608</v>
       </c>
       <c r="F974" s="2" t="s">
-        <v>100</v>
+        <v>95</v>
       </c>
     </row>
     <row r="975" spans="1:6">
       <c r="A975" s="2">
         <v>978</v>
       </c>
       <c r="B975" s="2">
         <v>126</v>
       </c>
       <c r="C975" s="2">
-        <v>118558</v>
+        <v>118625</v>
       </c>
       <c r="D975" s="2" t="s">
         <v>1609</v>
       </c>
       <c r="E975" s="2" t="s">
         <v>1610</v>
       </c>
       <c r="F975" s="2" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="976" spans="1:6">
       <c r="A976" s="2">
         <v>978</v>
       </c>
       <c r="B976" s="2">
         <v>126</v>
       </c>
       <c r="C976" s="2">
-        <v>120459</v>
+        <v>121622</v>
       </c>
       <c r="D976" s="2"/>
       <c r="E976" s="2" t="s">
         <v>1611</v>
       </c>
-      <c r="F976" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F976" s="2"/>
     </row>
     <row r="977" spans="1:6">
       <c r="A977" s="2">
         <v>978</v>
       </c>
       <c r="B977" s="2">
         <v>126</v>
       </c>
       <c r="C977" s="2">
-        <v>118625</v>
-[...1 lines deleted...]
-      <c r="D977" s="2" t="s">
+        <v>120396</v>
+      </c>
+      <c r="D977" s="2"/>
+      <c r="E977" s="2" t="s">
         <v>1612</v>
-      </c>
-[...1 lines deleted...]
-        <v>1613</v>
       </c>
       <c r="F977" s="2" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="978" spans="1:6">
       <c r="A978" s="2">
         <v>978</v>
       </c>
       <c r="B978" s="2">
         <v>126</v>
       </c>
       <c r="C978" s="2">
         <v>121543</v>
       </c>
       <c r="D978" s="2" t="s">
-        <v>597</v>
+        <v>593</v>
       </c>
       <c r="E978" s="2" t="s">
-        <v>1614</v>
+        <v>1613</v>
       </c>
       <c r="F978" s="2" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="979" spans="1:6">
       <c r="A979" s="2">
         <v>978</v>
       </c>
       <c r="B979" s="2">
         <v>126</v>
       </c>
       <c r="C979" s="2">
-        <v>121622</v>
-[...1 lines deleted...]
-      <c r="D979" s="2"/>
+        <v>101555</v>
+      </c>
+      <c r="D979" s="2" t="s">
+        <v>1614</v>
+      </c>
       <c r="E979" s="2" t="s">
         <v>1615</v>
       </c>
-      <c r="F979" s="2"/>
+      <c r="F979" s="2" t="s">
+        <v>36</v>
+      </c>
     </row>
     <row r="980" spans="1:6">
       <c r="A980" s="2">
         <v>978</v>
       </c>
       <c r="B980" s="2">
         <v>126</v>
       </c>
       <c r="C980" s="2">
-        <v>120396</v>
+        <v>120831</v>
       </c>
       <c r="D980" s="2"/>
       <c r="E980" s="2" t="s">
         <v>1616</v>
       </c>
       <c r="F980" s="2" t="s">
-        <v>95</v>
+        <v>11</v>
       </c>
     </row>
     <row r="981" spans="1:6">
       <c r="A981" s="2">
         <v>1001</v>
       </c>
       <c r="B981" s="2">
         <v>124</v>
       </c>
       <c r="C981" s="2">
-        <v>118626</v>
-[...1 lines deleted...]
-      <c r="D981" s="2" t="s">
+        <v>121623</v>
+      </c>
+      <c r="D981" s="2"/>
+      <c r="E981" s="2" t="s">
         <v>1617</v>
       </c>
-      <c r="E981" s="2" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="F981" s="2"/>
     </row>
     <row r="982" spans="1:6">
       <c r="A982" s="2">
         <v>1001</v>
       </c>
       <c r="B982" s="2">
         <v>124</v>
       </c>
       <c r="C982" s="2">
-        <v>121544</v>
-[...3 lines deleted...]
-      </c>
+        <v>120398</v>
+      </c>
+      <c r="D982" s="2"/>
       <c r="E982" s="2" t="s">
-        <v>1620</v>
+        <v>1618</v>
       </c>
       <c r="F982" s="2" t="s">
-        <v>14</v>
+        <v>95</v>
       </c>
     </row>
     <row r="983" spans="1:6">
       <c r="A983" s="2">
         <v>1001</v>
       </c>
       <c r="B983" s="2">
         <v>124</v>
       </c>
       <c r="C983" s="2">
-        <v>121623</v>
-[...1 lines deleted...]
-      <c r="D983" s="2"/>
+        <v>121544</v>
+      </c>
+      <c r="D983" s="2" t="s">
+        <v>1619</v>
+      </c>
       <c r="E983" s="2" t="s">
-        <v>1621</v>
-[...1 lines deleted...]
-      <c r="F983" s="2"/>
+        <v>1620</v>
+      </c>
+      <c r="F983" s="2" t="s">
+        <v>14</v>
+      </c>
     </row>
     <row r="984" spans="1:6">
       <c r="A984" s="2">
         <v>1001</v>
       </c>
       <c r="B984" s="2">
         <v>124</v>
       </c>
       <c r="C984" s="2">
-        <v>120398</v>
+        <v>120832</v>
       </c>
       <c r="D984" s="2"/>
       <c r="E984" s="2" t="s">
-        <v>1622</v>
+        <v>1621</v>
       </c>
       <c r="F984" s="2" t="s">
-        <v>95</v>
+        <v>11</v>
       </c>
     </row>
     <row r="985" spans="1:6">
       <c r="A985" s="2">
         <v>1001</v>
       </c>
       <c r="B985" s="2">
         <v>124</v>
       </c>
       <c r="C985" s="2">
-        <v>120832</v>
+        <v>121339</v>
       </c>
       <c r="D985" s="2"/>
       <c r="E985" s="2" t="s">
-        <v>1623</v>
+        <v>1622</v>
       </c>
       <c r="F985" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="986" spans="1:6">
       <c r="A986" s="2">
         <v>1001</v>
       </c>
       <c r="B986" s="2">
         <v>124</v>
       </c>
       <c r="C986" s="2">
-        <v>121339</v>
-[...1 lines deleted...]
-      <c r="D986" s="2"/>
+        <v>118674</v>
+      </c>
+      <c r="D986" s="2" t="s">
+        <v>1623</v>
+      </c>
       <c r="E986" s="2" t="s">
-        <v>1624</v>
+        <v>119</v>
       </c>
       <c r="F986" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="987" spans="1:6">
       <c r="A987" s="2">
         <v>1001</v>
       </c>
       <c r="B987" s="2">
         <v>124</v>
       </c>
       <c r="C987" s="2">
-        <v>118674</v>
-[...3 lines deleted...]
-      </c>
+        <v>118942</v>
+      </c>
+      <c r="D987" s="2"/>
       <c r="E987" s="2" t="s">
-        <v>119</v>
-[...3 lines deleted...]
-      </c>
+        <v>1624</v>
+      </c>
+      <c r="F987" s="2"/>
     </row>
     <row r="988" spans="1:6">
       <c r="A988" s="2">
         <v>1001</v>
       </c>
       <c r="B988" s="2">
         <v>124</v>
       </c>
       <c r="C988" s="2">
-        <v>119062</v>
-[...3 lines deleted...]
-      </c>
+        <v>121084</v>
+      </c>
+      <c r="D988" s="2"/>
       <c r="E988" s="2" t="s">
-        <v>1627</v>
+        <v>1625</v>
       </c>
       <c r="F988" s="2" t="s">
-        <v>8</v>
+        <v>33</v>
       </c>
     </row>
     <row r="989" spans="1:6">
       <c r="A989" s="2">
         <v>1001</v>
       </c>
       <c r="B989" s="2">
         <v>124</v>
       </c>
       <c r="C989" s="2">
-        <v>120956</v>
+        <v>120461</v>
       </c>
       <c r="D989" s="2" t="s">
-        <v>1628</v>
+        <v>82</v>
       </c>
       <c r="E989" s="2" t="s">
-        <v>1629</v>
+        <v>1626</v>
       </c>
       <c r="F989" s="2" t="s">
-        <v>14</v>
+        <v>33</v>
       </c>
     </row>
     <row r="990" spans="1:6">
       <c r="A990" s="2">
         <v>1001</v>
       </c>
       <c r="B990" s="2">
         <v>124</v>
       </c>
       <c r="C990" s="2">
-        <v>120461</v>
-[...3 lines deleted...]
-      </c>
+        <v>121495</v>
+      </c>
+      <c r="D990" s="2"/>
       <c r="E990" s="2" t="s">
-        <v>1630</v>
+        <v>1627</v>
       </c>
       <c r="F990" s="2" t="s">
-        <v>33</v>
+        <v>100</v>
       </c>
     </row>
     <row r="991" spans="1:6">
       <c r="A991" s="2">
         <v>1001</v>
       </c>
       <c r="B991" s="2">
         <v>124</v>
       </c>
       <c r="C991" s="2">
-        <v>118799</v>
+        <v>119062</v>
       </c>
       <c r="D991" s="2" t="s">
-        <v>1631</v>
+        <v>1628</v>
       </c>
       <c r="E991" s="2" t="s">
-        <v>1632</v>
+        <v>1629</v>
       </c>
       <c r="F991" s="2" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
     </row>
     <row r="992" spans="1:6">
       <c r="A992" s="2">
         <v>1001</v>
       </c>
       <c r="B992" s="2">
         <v>124</v>
       </c>
       <c r="C992" s="2">
-        <v>118942</v>
-[...1 lines deleted...]
-      <c r="D992" s="2"/>
+        <v>120956</v>
+      </c>
+      <c r="D992" s="2" t="s">
+        <v>1630</v>
+      </c>
       <c r="E992" s="2" t="s">
-        <v>1633</v>
-[...1 lines deleted...]
-      <c r="F992" s="2"/>
+        <v>1631</v>
+      </c>
+      <c r="F992" s="2" t="s">
+        <v>14</v>
+      </c>
     </row>
     <row r="993" spans="1:6">
       <c r="A993" s="2">
         <v>1001</v>
       </c>
       <c r="B993" s="2">
         <v>124</v>
       </c>
       <c r="C993" s="2">
-        <v>121495</v>
+        <v>120695</v>
       </c>
       <c r="D993" s="2"/>
       <c r="E993" s="2" t="s">
-        <v>1634</v>
-[...3 lines deleted...]
-      </c>
+        <v>1632</v>
+      </c>
+      <c r="F993" s="2"/>
     </row>
     <row r="994" spans="1:6">
       <c r="A994" s="2">
         <v>1001</v>
       </c>
       <c r="B994" s="2">
         <v>124</v>
       </c>
       <c r="C994" s="2">
-        <v>121084</v>
-[...1 lines deleted...]
-      <c r="D994" s="2"/>
+        <v>118858</v>
+      </c>
+      <c r="D994" s="2" t="s">
+        <v>1633</v>
+      </c>
       <c r="E994" s="2" t="s">
-        <v>1635</v>
+        <v>1634</v>
       </c>
       <c r="F994" s="2" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="995" spans="1:6">
       <c r="A995" s="2">
         <v>1001</v>
       </c>
       <c r="B995" s="2">
         <v>124</v>
       </c>
       <c r="C995" s="2">
-        <v>118858</v>
+        <v>118799</v>
       </c>
       <c r="D995" s="2" t="s">
+        <v>1635</v>
+      </c>
+      <c r="E995" s="2" t="s">
         <v>1636</v>
       </c>
-      <c r="E995" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F995" s="2" t="s">
-        <v>33</v>
+        <v>11</v>
       </c>
     </row>
     <row r="996" spans="1:6">
       <c r="A996" s="2">
         <v>1001</v>
       </c>
       <c r="B996" s="2">
         <v>124</v>
       </c>
       <c r="C996" s="2">
-        <v>120695</v>
+        <v>121216</v>
       </c>
       <c r="D996" s="2"/>
       <c r="E996" s="2" t="s">
-        <v>1638</v>
-[...1 lines deleted...]
-      <c r="F996" s="2"/>
+        <v>1637</v>
+      </c>
+      <c r="F996" s="2" t="s">
+        <v>33</v>
+      </c>
     </row>
     <row r="997" spans="1:6">
       <c r="A997" s="2">
         <v>1001</v>
       </c>
       <c r="B997" s="2">
         <v>124</v>
       </c>
       <c r="C997" s="2">
-        <v>121216</v>
+        <v>120790</v>
       </c>
       <c r="D997" s="2"/>
       <c r="E997" s="2" t="s">
-        <v>1639</v>
+        <v>1638</v>
       </c>
       <c r="F997" s="2" t="s">
-        <v>33</v>
+        <v>152</v>
       </c>
     </row>
     <row r="998" spans="1:6">
       <c r="A998" s="2">
         <v>1001</v>
       </c>
       <c r="B998" s="2">
         <v>124</v>
       </c>
       <c r="C998" s="2">
-        <v>120790</v>
+        <v>121439</v>
       </c>
       <c r="D998" s="2"/>
       <c r="E998" s="2" t="s">
-        <v>1640</v>
+        <v>1639</v>
       </c>
       <c r="F998" s="2" t="s">
-        <v>152</v>
+        <v>100</v>
       </c>
     </row>
     <row r="999" spans="1:6">
       <c r="A999" s="2">
         <v>1001</v>
       </c>
       <c r="B999" s="2">
         <v>124</v>
       </c>
       <c r="C999" s="2">
-        <v>121439</v>
-[...1 lines deleted...]
-      <c r="D999" s="2"/>
+        <v>118559</v>
+      </c>
+      <c r="D999" s="2" t="s">
+        <v>1640</v>
+      </c>
       <c r="E999" s="2" t="s">
         <v>1641</v>
       </c>
       <c r="F999" s="2" t="s">
-        <v>100</v>
+        <v>95</v>
       </c>
     </row>
     <row r="1000" spans="1:6">
       <c r="A1000" s="2">
         <v>1001</v>
       </c>
       <c r="B1000" s="2">
         <v>124</v>
       </c>
       <c r="C1000" s="2">
-        <v>118559</v>
+        <v>118626</v>
       </c>
       <c r="D1000" s="2" t="s">
         <v>1642</v>
       </c>
       <c r="E1000" s="2" t="s">
         <v>1643</v>
       </c>
       <c r="F1000" s="2" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="1001" spans="1:6">
       <c r="A1001" s="2">
         <v>1021</v>
       </c>
       <c r="B1001" s="2">
         <v>122</v>
       </c>
       <c r="C1001" s="2">
-        <v>118800</v>
-[...1 lines deleted...]
-      <c r="D1001" s="2" t="s">
+        <v>121217</v>
+      </c>
+      <c r="D1001" s="2"/>
+      <c r="E1001" s="2" t="s">
         <v>1644</v>
       </c>
-      <c r="E1001" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F1001" s="2" t="s">
-        <v>11</v>
+        <v>33</v>
       </c>
     </row>
     <row r="1002" spans="1:6">
       <c r="A1002" s="2">
         <v>1021</v>
       </c>
       <c r="B1002" s="2">
         <v>122</v>
       </c>
       <c r="C1002" s="2">
-        <v>118943</v>
-[...1 lines deleted...]
-      <c r="D1002" s="2" t="s">
+        <v>120791</v>
+      </c>
+      <c r="D1002" s="2"/>
+      <c r="E1002" s="2" t="s">
         <v>1645</v>
       </c>
-      <c r="E1002" s="2" t="s">
-[...2 lines deleted...]
-      <c r="F1002" s="2"/>
+      <c r="F1002" s="2" t="s">
+        <v>152</v>
+      </c>
     </row>
     <row r="1003" spans="1:6">
       <c r="A1003" s="2">
         <v>1021</v>
       </c>
       <c r="B1003" s="2">
         <v>122</v>
       </c>
       <c r="C1003" s="2">
-        <v>121496</v>
+        <v>121440</v>
       </c>
       <c r="D1003" s="2"/>
       <c r="E1003" s="2" t="s">
-        <v>1647</v>
+        <v>1646</v>
       </c>
       <c r="F1003" s="2" t="s">
         <v>100</v>
       </c>
     </row>
     <row r="1004" spans="1:6">
       <c r="A1004" s="2">
         <v>1021</v>
       </c>
       <c r="B1004" s="2">
         <v>122</v>
       </c>
       <c r="C1004" s="2">
-        <v>121085</v>
-[...1 lines deleted...]
-      <c r="D1004" s="2"/>
+        <v>119128</v>
+      </c>
+      <c r="D1004" s="2" t="s">
+        <v>1647</v>
+      </c>
       <c r="E1004" s="2" t="s">
         <v>1648</v>
       </c>
       <c r="F1004" s="2" t="s">
-        <v>33</v>
+        <v>11</v>
       </c>
     </row>
     <row r="1005" spans="1:6">
       <c r="A1005" s="2">
         <v>1021</v>
       </c>
       <c r="B1005" s="2">
         <v>122</v>
       </c>
       <c r="C1005" s="2">
-        <v>118859</v>
+        <v>118560</v>
       </c>
       <c r="D1005" s="2" t="s">
         <v>1649</v>
       </c>
       <c r="E1005" s="2" t="s">
-        <v>651</v>
+        <v>1650</v>
       </c>
       <c r="F1005" s="2" t="s">
-        <v>33</v>
+        <v>95</v>
       </c>
     </row>
     <row r="1006" spans="1:6">
       <c r="A1006" s="2">
         <v>1021</v>
       </c>
       <c r="B1006" s="2">
         <v>122</v>
       </c>
       <c r="C1006" s="2">
-        <v>120462</v>
-[...1 lines deleted...]
-      <c r="D1006" s="2"/>
+        <v>118627</v>
+      </c>
+      <c r="D1006" s="2" t="s">
+        <v>1651</v>
+      </c>
       <c r="E1006" s="2" t="s">
-        <v>1650</v>
+        <v>1652</v>
       </c>
       <c r="F1006" s="2" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="1007" spans="1:6">
       <c r="A1007" s="2">
         <v>1021</v>
       </c>
       <c r="B1007" s="2">
         <v>122</v>
       </c>
       <c r="C1007" s="2">
-        <v>120696</v>
+        <v>121624</v>
       </c>
       <c r="D1007" s="2"/>
       <c r="E1007" s="2" t="s">
-        <v>1651</v>
+        <v>1653</v>
       </c>
       <c r="F1007" s="2"/>
     </row>
     <row r="1008" spans="1:6">
       <c r="A1008" s="2">
         <v>1021</v>
       </c>
       <c r="B1008" s="2">
         <v>122</v>
       </c>
       <c r="C1008" s="2">
-        <v>119128</v>
-[...3 lines deleted...]
-      </c>
+        <v>120399</v>
+      </c>
+      <c r="D1008" s="2"/>
       <c r="E1008" s="2" t="s">
-        <v>1653</v>
+        <v>1654</v>
       </c>
       <c r="F1008" s="2" t="s">
-        <v>11</v>
+        <v>95</v>
       </c>
     </row>
     <row r="1009" spans="1:6">
       <c r="A1009" s="2">
         <v>1021</v>
       </c>
       <c r="B1009" s="2">
         <v>122</v>
       </c>
       <c r="C1009" s="2">
-        <v>121217</v>
-[...1 lines deleted...]
-      <c r="D1009" s="2"/>
+        <v>121545</v>
+      </c>
+      <c r="D1009" s="2" t="s">
+        <v>1655</v>
+      </c>
       <c r="E1009" s="2" t="s">
-        <v>1654</v>
+        <v>1656</v>
       </c>
       <c r="F1009" s="2" t="s">
-        <v>33</v>
+        <v>14</v>
       </c>
     </row>
     <row r="1010" spans="1:6">
       <c r="A1010" s="2">
         <v>1021</v>
       </c>
       <c r="B1010" s="2">
         <v>122</v>
       </c>
       <c r="C1010" s="2">
-        <v>120791</v>
+        <v>121341</v>
       </c>
       <c r="D1010" s="2"/>
       <c r="E1010" s="2" t="s">
-        <v>1655</v>
+        <v>1657</v>
       </c>
       <c r="F1010" s="2" t="s">
-        <v>152</v>
+        <v>11</v>
       </c>
     </row>
     <row r="1011" spans="1:6">
       <c r="A1011" s="2">
         <v>1021</v>
       </c>
       <c r="B1011" s="2">
         <v>122</v>
       </c>
       <c r="C1011" s="2">
-        <v>121440</v>
-[...1 lines deleted...]
-      <c r="D1011" s="2"/>
+        <v>110145</v>
+      </c>
+      <c r="D1011" s="2" t="s">
+        <v>1658</v>
+      </c>
       <c r="E1011" s="2" t="s">
-        <v>1656</v>
+        <v>1659</v>
       </c>
       <c r="F1011" s="2" t="s">
-        <v>100</v>
+        <v>11</v>
       </c>
     </row>
     <row r="1012" spans="1:6">
       <c r="A1012" s="2">
         <v>1021</v>
       </c>
       <c r="B1012" s="2">
         <v>122</v>
       </c>
       <c r="C1012" s="2">
-        <v>118560</v>
+        <v>118943</v>
       </c>
       <c r="D1012" s="2" t="s">
-        <v>1657</v>
+        <v>1660</v>
       </c>
       <c r="E1012" s="2" t="s">
-        <v>1658</v>
-[...3 lines deleted...]
-      </c>
+        <v>1661</v>
+      </c>
+      <c r="F1012" s="2"/>
     </row>
     <row r="1013" spans="1:6">
       <c r="A1013" s="2">
         <v>1021</v>
       </c>
       <c r="B1013" s="2">
         <v>122</v>
       </c>
       <c r="C1013" s="2">
-        <v>118627</v>
-[...3 lines deleted...]
-      </c>
+        <v>121085</v>
+      </c>
+      <c r="D1013" s="2"/>
       <c r="E1013" s="2" t="s">
-        <v>1660</v>
+        <v>1662</v>
       </c>
       <c r="F1013" s="2" t="s">
-        <v>95</v>
+        <v>33</v>
       </c>
     </row>
     <row r="1014" spans="1:6">
       <c r="A1014" s="2">
         <v>1021</v>
       </c>
       <c r="B1014" s="2">
         <v>122</v>
       </c>
       <c r="C1014" s="2">
-        <v>121545</v>
-[...3 lines deleted...]
-      </c>
+        <v>121496</v>
+      </c>
+      <c r="D1014" s="2"/>
       <c r="E1014" s="2" t="s">
-        <v>1662</v>
+        <v>1663</v>
       </c>
       <c r="F1014" s="2" t="s">
-        <v>14</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1015" spans="1:6">
       <c r="A1015" s="2">
         <v>1021</v>
       </c>
       <c r="B1015" s="2">
         <v>122</v>
       </c>
       <c r="C1015" s="2">
-        <v>121624</v>
-[...1 lines deleted...]
-      <c r="D1015" s="2"/>
+        <v>119063</v>
+      </c>
+      <c r="D1015" s="2" t="s">
+        <v>1664</v>
+      </c>
       <c r="E1015" s="2" t="s">
-        <v>1663</v>
-[...1 lines deleted...]
-      <c r="F1015" s="2"/>
+        <v>1665</v>
+      </c>
+      <c r="F1015" s="2" t="s">
+        <v>8</v>
+      </c>
     </row>
     <row r="1016" spans="1:6">
       <c r="A1016" s="2">
         <v>1021</v>
       </c>
       <c r="B1016" s="2">
         <v>122</v>
       </c>
       <c r="C1016" s="2">
-        <v>120399</v>
-[...1 lines deleted...]
-      <c r="D1016" s="2"/>
+        <v>120957</v>
+      </c>
+      <c r="D1016" s="2" t="s">
+        <v>1666</v>
+      </c>
       <c r="E1016" s="2" t="s">
-        <v>1664</v>
+        <v>1667</v>
       </c>
       <c r="F1016" s="2" t="s">
-        <v>95</v>
+        <v>14</v>
       </c>
     </row>
     <row r="1017" spans="1:6">
       <c r="A1017" s="2">
         <v>1021</v>
       </c>
       <c r="B1017" s="2">
         <v>122</v>
       </c>
       <c r="C1017" s="2">
-        <v>121341</v>
+        <v>120696</v>
       </c>
       <c r="D1017" s="2"/>
       <c r="E1017" s="2" t="s">
-        <v>1665</v>
-[...3 lines deleted...]
-      </c>
+        <v>1668</v>
+      </c>
+      <c r="F1017" s="2"/>
     </row>
     <row r="1018" spans="1:6">
       <c r="A1018" s="2">
         <v>1021</v>
       </c>
       <c r="B1018" s="2">
         <v>122</v>
       </c>
       <c r="C1018" s="2">
-        <v>110145</v>
+        <v>118859</v>
       </c>
       <c r="D1018" s="2" t="s">
-        <v>1666</v>
+        <v>1669</v>
       </c>
       <c r="E1018" s="2" t="s">
-        <v>1667</v>
+        <v>651</v>
       </c>
       <c r="F1018" s="2" t="s">
-        <v>11</v>
+        <v>33</v>
       </c>
     </row>
     <row r="1019" spans="1:6">
       <c r="A1019" s="2">
         <v>1021</v>
       </c>
       <c r="B1019" s="2">
         <v>122</v>
       </c>
       <c r="C1019" s="2">
-        <v>119063</v>
-[...3 lines deleted...]
-      </c>
+        <v>120462</v>
+      </c>
+      <c r="D1019" s="2"/>
       <c r="E1019" s="2" t="s">
-        <v>1669</v>
+        <v>1670</v>
       </c>
       <c r="F1019" s="2" t="s">
-        <v>8</v>
+        <v>95</v>
       </c>
     </row>
     <row r="1020" spans="1:6">
       <c r="A1020" s="2">
         <v>1021</v>
       </c>
       <c r="B1020" s="2">
         <v>122</v>
       </c>
       <c r="C1020" s="2">
-        <v>120957</v>
+        <v>118800</v>
       </c>
       <c r="D1020" s="2" t="s">
-        <v>1670</v>
+        <v>1671</v>
       </c>
       <c r="E1020" s="2" t="s">
-        <v>1671</v>
+        <v>27</v>
       </c>
       <c r="F1020" s="2" t="s">
-        <v>14</v>
+        <v>11</v>
       </c>
     </row>
     <row r="1021" spans="1:6">
       <c r="A1021" s="2">
         <v>1041</v>
       </c>
       <c r="B1021" s="2">
         <v>120</v>
       </c>
       <c r="C1021" s="2">
         <v>121342</v>
       </c>
       <c r="D1021" s="2"/>
       <c r="E1021" s="2" t="s">
         <v>1672</v>
       </c>
       <c r="F1021" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="1022" spans="1:6">
       <c r="A1022" s="2">
         <v>1041</v>
       </c>
       <c r="B1022" s="2">
         <v>120</v>
       </c>
       <c r="C1022" s="2">
         <v>118676</v>
       </c>
       <c r="D1022" s="2" t="s">
         <v>1673</v>
       </c>
       <c r="E1022" s="2" t="s">
         <v>1674</v>
       </c>
       <c r="F1022" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="1023" spans="1:6">
       <c r="A1023" s="2">
         <v>1041</v>
       </c>
       <c r="B1023" s="2">
         <v>120</v>
       </c>
       <c r="C1023" s="2">
-        <v>119064</v>
-[...1 lines deleted...]
-      <c r="D1023" s="2" t="s">
+        <v>118944</v>
+      </c>
+      <c r="D1023" s="2"/>
+      <c r="E1023" s="2" t="s">
         <v>1675</v>
       </c>
-      <c r="E1023" s="2" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="F1023" s="2"/>
     </row>
     <row r="1024" spans="1:6">
       <c r="A1024" s="2">
         <v>1041</v>
       </c>
       <c r="B1024" s="2">
         <v>120</v>
       </c>
       <c r="C1024" s="2">
-        <v>105854</v>
-[...3 lines deleted...]
-      </c>
+        <v>121086</v>
+      </c>
+      <c r="D1024" s="2"/>
       <c r="E1024" s="2" t="s">
-        <v>1678</v>
+        <v>1676</v>
       </c>
       <c r="F1024" s="2" t="s">
-        <v>14</v>
+        <v>33</v>
       </c>
     </row>
     <row r="1025" spans="1:6">
       <c r="A1025" s="2">
         <v>1041</v>
       </c>
       <c r="B1025" s="2">
         <v>120</v>
       </c>
       <c r="C1025" s="2">
-        <v>118944</v>
+        <v>121497</v>
       </c>
       <c r="D1025" s="2"/>
       <c r="E1025" s="2" t="s">
-        <v>1679</v>
-[...1 lines deleted...]
-      <c r="F1025" s="2"/>
+        <v>1677</v>
+      </c>
+      <c r="F1025" s="2" t="s">
+        <v>100</v>
+      </c>
     </row>
     <row r="1026" spans="1:6">
       <c r="A1026" s="2">
         <v>1041</v>
       </c>
       <c r="B1026" s="2">
         <v>120</v>
       </c>
       <c r="C1026" s="2">
-        <v>121497</v>
-[...1 lines deleted...]
-      <c r="D1026" s="2"/>
+        <v>119064</v>
+      </c>
+      <c r="D1026" s="2" t="s">
+        <v>1678</v>
+      </c>
       <c r="E1026" s="2" t="s">
-        <v>1680</v>
+        <v>1679</v>
       </c>
       <c r="F1026" s="2" t="s">
-        <v>100</v>
+        <v>8</v>
       </c>
     </row>
     <row r="1027" spans="1:6">
       <c r="A1027" s="2">
         <v>1041</v>
       </c>
       <c r="B1027" s="2">
         <v>120</v>
       </c>
       <c r="C1027" s="2">
-        <v>121086</v>
-[...1 lines deleted...]
-      <c r="D1027" s="2"/>
+        <v>105854</v>
+      </c>
+      <c r="D1027" s="2" t="s">
+        <v>1680</v>
+      </c>
       <c r="E1027" s="2" t="s">
         <v>1681</v>
       </c>
       <c r="F1027" s="2" t="s">
-        <v>33</v>
+        <v>14</v>
       </c>
     </row>
     <row r="1028" spans="1:6">
       <c r="A1028" s="2">
         <v>1041</v>
       </c>
       <c r="B1028" s="2">
         <v>120</v>
       </c>
       <c r="C1028" s="2">
-        <v>118860</v>
-[...1 lines deleted...]
-      <c r="D1028" s="2" t="s">
+        <v>120698</v>
+      </c>
+      <c r="D1028" s="2"/>
+      <c r="E1028" s="2" t="s">
         <v>1682</v>
       </c>
-      <c r="E1028" s="2" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="F1028" s="2"/>
     </row>
     <row r="1029" spans="1:6">
       <c r="A1029" s="2">
         <v>1041</v>
       </c>
       <c r="B1029" s="2">
         <v>120</v>
       </c>
       <c r="C1029" s="2">
-        <v>120463</v>
-[...1 lines deleted...]
-      <c r="D1029" s="2"/>
+        <v>118860</v>
+      </c>
+      <c r="D1029" s="2" t="s">
+        <v>1683</v>
+      </c>
       <c r="E1029" s="2" t="s">
-        <v>1683</v>
+        <v>1021</v>
       </c>
       <c r="F1029" s="2" t="s">
-        <v>95</v>
+        <v>33</v>
       </c>
     </row>
     <row r="1030" spans="1:6">
       <c r="A1030" s="2">
         <v>1041</v>
       </c>
       <c r="B1030" s="2">
         <v>120</v>
       </c>
       <c r="C1030" s="2">
-        <v>120698</v>
+        <v>120463</v>
       </c>
       <c r="D1030" s="2"/>
       <c r="E1030" s="2" t="s">
         <v>1684</v>
       </c>
-      <c r="F1030" s="2"/>
+      <c r="F1030" s="2" t="s">
+        <v>95</v>
+      </c>
     </row>
     <row r="1031" spans="1:6">
       <c r="A1031" s="2">
         <v>1041</v>
       </c>
       <c r="B1031" s="2">
         <v>120</v>
       </c>
       <c r="C1031" s="2">
-        <v>119129</v>
-[...1 lines deleted...]
-      <c r="D1031" s="2" t="s">
+        <v>120792</v>
+      </c>
+      <c r="D1031" s="2"/>
+      <c r="E1031" s="2" t="s">
         <v>1685</v>
       </c>
-      <c r="E1031" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F1031" s="2" t="s">
-        <v>11</v>
+        <v>152</v>
       </c>
     </row>
     <row r="1032" spans="1:6">
       <c r="A1032" s="2">
         <v>1041</v>
       </c>
       <c r="B1032" s="2">
         <v>120</v>
       </c>
       <c r="C1032" s="2">
-        <v>120792</v>
+        <v>121441</v>
       </c>
       <c r="D1032" s="2"/>
       <c r="E1032" s="2" t="s">
-        <v>1687</v>
+        <v>1686</v>
       </c>
       <c r="F1032" s="2" t="s">
-        <v>152</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1033" spans="1:6">
       <c r="A1033" s="2">
         <v>1041</v>
       </c>
       <c r="B1033" s="2">
         <v>120</v>
       </c>
       <c r="C1033" s="2">
-        <v>121441</v>
-[...1 lines deleted...]
-      <c r="D1033" s="2"/>
+        <v>119129</v>
+      </c>
+      <c r="D1033" s="2" t="s">
+        <v>1687</v>
+      </c>
       <c r="E1033" s="2" t="s">
         <v>1688</v>
       </c>
       <c r="F1033" s="2" t="s">
-        <v>100</v>
+        <v>11</v>
       </c>
     </row>
     <row r="1034" spans="1:6">
       <c r="A1034" s="2">
         <v>1041</v>
       </c>
       <c r="B1034" s="2">
         <v>120</v>
       </c>
       <c r="C1034" s="2">
         <v>118561</v>
       </c>
       <c r="D1034" s="2" t="s">
         <v>1689</v>
       </c>
       <c r="E1034" s="2" t="s">
         <v>1690</v>
       </c>
       <c r="F1034" s="2" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="1035" spans="1:6">
       <c r="A1035" s="2">
         <v>1041</v>
       </c>
       <c r="B1035" s="2">
         <v>120</v>
       </c>
       <c r="C1035" s="2">
-        <v>120834</v>
-[...1 lines deleted...]
-      <c r="D1035" s="2"/>
+        <v>118631</v>
+      </c>
+      <c r="D1035" s="2" t="s">
+        <v>1691</v>
+      </c>
       <c r="E1035" s="2" t="s">
-        <v>1691</v>
+        <v>1692</v>
       </c>
       <c r="F1035" s="2" t="s">
-        <v>11</v>
+        <v>95</v>
       </c>
     </row>
     <row r="1036" spans="1:6">
       <c r="A1036" s="2">
         <v>1041</v>
       </c>
       <c r="B1036" s="2">
         <v>120</v>
       </c>
       <c r="C1036" s="2">
-        <v>118631</v>
-[...3 lines deleted...]
-      </c>
+        <v>120834</v>
+      </c>
+      <c r="D1036" s="2"/>
       <c r="E1036" s="2" t="s">
         <v>1693</v>
       </c>
       <c r="F1036" s="2" t="s">
-        <v>95</v>
+        <v>11</v>
       </c>
     </row>
     <row r="1037" spans="1:6">
       <c r="A1037" s="2">
         <v>1041</v>
       </c>
       <c r="B1037" s="2">
         <v>120</v>
       </c>
       <c r="C1037" s="2">
-        <v>115575</v>
-[...1 lines deleted...]
-      <c r="D1037" s="2" t="s">
+        <v>121625</v>
+      </c>
+      <c r="D1037" s="2"/>
+      <c r="E1037" s="2" t="s">
         <v>1694</v>
       </c>
-      <c r="E1037" s="2" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="F1037" s="2"/>
     </row>
     <row r="1038" spans="1:6">
       <c r="A1038" s="2">
         <v>1041</v>
       </c>
       <c r="B1038" s="2">
         <v>120</v>
       </c>
       <c r="C1038" s="2">
-        <v>121546</v>
+        <v>115575</v>
       </c>
       <c r="D1038" s="2" t="s">
+        <v>1695</v>
+      </c>
+      <c r="E1038" s="2" t="s">
         <v>1696</v>
       </c>
-      <c r="E1038" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F1038" s="2" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
     </row>
     <row r="1039" spans="1:6">
       <c r="A1039" s="2">
         <v>1041</v>
       </c>
       <c r="B1039" s="2">
         <v>120</v>
       </c>
       <c r="C1039" s="2">
-        <v>121625</v>
+        <v>120401</v>
       </c>
       <c r="D1039" s="2"/>
       <c r="E1039" s="2" t="s">
-        <v>1698</v>
-[...1 lines deleted...]
-      <c r="F1039" s="2"/>
+        <v>1697</v>
+      </c>
+      <c r="F1039" s="2" t="s">
+        <v>95</v>
+      </c>
     </row>
     <row r="1040" spans="1:6">
       <c r="A1040" s="2">
         <v>1041</v>
       </c>
       <c r="B1040" s="2">
         <v>120</v>
       </c>
       <c r="C1040" s="2">
-        <v>120401</v>
-[...1 lines deleted...]
-      <c r="D1040" s="2"/>
+        <v>121546</v>
+      </c>
+      <c r="D1040" s="2" t="s">
+        <v>1698</v>
+      </c>
       <c r="E1040" s="2" t="s">
         <v>1699</v>
       </c>
       <c r="F1040" s="2" t="s">
-        <v>95</v>
+        <v>14</v>
       </c>
     </row>
     <row r="1041" spans="1:6">
       <c r="A1041" s="2">
         <v>1062</v>
       </c>
       <c r="B1041" s="2">
         <v>118</v>
       </c>
       <c r="C1041" s="2">
-        <v>105336</v>
+        <v>118945</v>
       </c>
       <c r="D1041" s="2" t="s">
         <v>1700</v>
       </c>
       <c r="E1041" s="2" t="s">
         <v>1701</v>
       </c>
       <c r="F1041" s="2" t="s">
-        <v>11</v>
+        <v>67</v>
       </c>
     </row>
     <row r="1042" spans="1:6">
       <c r="A1042" s="2">
         <v>1062</v>
       </c>
       <c r="B1042" s="2">
         <v>118</v>
       </c>
       <c r="C1042" s="2">
-        <v>121376</v>
+        <v>121626</v>
       </c>
       <c r="D1042" s="2"/>
       <c r="E1042" s="2" t="s">
         <v>1702</v>
       </c>
-      <c r="F1042" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F1042" s="2"/>
     </row>
     <row r="1043" spans="1:6">
       <c r="A1043" s="2">
         <v>1062</v>
       </c>
       <c r="B1043" s="2">
         <v>118</v>
       </c>
       <c r="C1043" s="2">
-        <v>118945</v>
-[...1 lines deleted...]
-      <c r="D1043" s="2" t="s">
+        <v>120402</v>
+      </c>
+      <c r="D1043" s="2"/>
+      <c r="E1043" s="2" t="s">
         <v>1703</v>
       </c>
-      <c r="E1043" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F1043" s="2" t="s">
-        <v>67</v>
+        <v>95</v>
       </c>
     </row>
     <row r="1044" spans="1:6">
       <c r="A1044" s="2">
         <v>1062</v>
       </c>
       <c r="B1044" s="2">
         <v>118</v>
       </c>
       <c r="C1044" s="2">
-        <v>118632</v>
+        <v>121548</v>
       </c>
       <c r="D1044" s="2" t="s">
+        <v>1704</v>
+      </c>
+      <c r="E1044" s="2" t="s">
         <v>1705</v>
       </c>
-      <c r="E1044" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F1044" s="2" t="s">
-        <v>95</v>
+        <v>14</v>
       </c>
     </row>
     <row r="1045" spans="1:6">
       <c r="A1045" s="2">
         <v>1062</v>
       </c>
       <c r="B1045" s="2">
         <v>118</v>
       </c>
       <c r="C1045" s="2">
-        <v>121548</v>
-[...3 lines deleted...]
-      </c>
+        <v>121218</v>
+      </c>
+      <c r="D1045" s="2"/>
       <c r="E1045" s="2" t="s">
-        <v>1708</v>
+        <v>1706</v>
       </c>
       <c r="F1045" s="2" t="s">
-        <v>14</v>
+        <v>33</v>
       </c>
     </row>
     <row r="1046" spans="1:6">
       <c r="A1046" s="2">
         <v>1062</v>
       </c>
       <c r="B1046" s="2">
         <v>118</v>
       </c>
       <c r="C1046" s="2">
-        <v>121626</v>
+        <v>121344</v>
       </c>
       <c r="D1046" s="2"/>
       <c r="E1046" s="2" t="s">
-        <v>1709</v>
-[...1 lines deleted...]
-      <c r="F1046" s="2"/>
+        <v>1707</v>
+      </c>
+      <c r="F1046" s="2" t="s">
+        <v>11</v>
+      </c>
     </row>
     <row r="1047" spans="1:6">
       <c r="A1047" s="2">
         <v>1062</v>
       </c>
       <c r="B1047" s="2">
         <v>118</v>
       </c>
       <c r="C1047" s="2">
-        <v>120402</v>
-[...1 lines deleted...]
-      <c r="D1047" s="2"/>
+        <v>103603</v>
+      </c>
+      <c r="D1047" s="2" t="s">
+        <v>1708</v>
+      </c>
       <c r="E1047" s="2" t="s">
-        <v>1710</v>
+        <v>119</v>
       </c>
       <c r="F1047" s="2" t="s">
-        <v>95</v>
+        <v>11</v>
       </c>
     </row>
     <row r="1048" spans="1:6">
       <c r="A1048" s="2">
         <v>1062</v>
       </c>
       <c r="B1048" s="2">
         <v>118</v>
       </c>
       <c r="C1048" s="2">
-        <v>121344</v>
-[...1 lines deleted...]
-      <c r="D1048" s="2"/>
+        <v>121087</v>
+      </c>
+      <c r="D1048" s="2" t="s">
+        <v>1709</v>
+      </c>
       <c r="E1048" s="2" t="s">
-        <v>1711</v>
+        <v>1710</v>
       </c>
       <c r="F1048" s="2" t="s">
-        <v>11</v>
+        <v>80</v>
       </c>
     </row>
     <row r="1049" spans="1:6">
       <c r="A1049" s="2">
         <v>1062</v>
       </c>
       <c r="B1049" s="2">
         <v>118</v>
       </c>
       <c r="C1049" s="2">
-        <v>103603</v>
-[...3 lines deleted...]
-      </c>
+        <v>121498</v>
+      </c>
+      <c r="D1049" s="2"/>
       <c r="E1049" s="2" t="s">
-        <v>119</v>
+        <v>1711</v>
       </c>
       <c r="F1049" s="2" t="s">
-        <v>11</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1050" spans="1:6">
       <c r="A1050" s="2">
         <v>1062</v>
       </c>
       <c r="B1050" s="2">
         <v>118</v>
       </c>
       <c r="C1050" s="2">
-        <v>121218</v>
-[...1 lines deleted...]
-      <c r="D1050" s="2"/>
+        <v>119065</v>
+      </c>
+      <c r="D1050" s="2" t="s">
+        <v>1712</v>
+      </c>
       <c r="E1050" s="2" t="s">
         <v>1713</v>
       </c>
       <c r="F1050" s="2" t="s">
-        <v>33</v>
+        <v>8</v>
       </c>
     </row>
     <row r="1051" spans="1:6">
       <c r="A1051" s="2">
         <v>1062</v>
       </c>
       <c r="B1051" s="2">
         <v>118</v>
       </c>
       <c r="C1051" s="2">
-        <v>119065</v>
+        <v>120958</v>
       </c>
       <c r="D1051" s="2" t="s">
         <v>1714</v>
       </c>
       <c r="E1051" s="2" t="s">
         <v>1715</v>
       </c>
       <c r="F1051" s="2" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
     </row>
     <row r="1052" spans="1:6">
       <c r="A1052" s="2">
         <v>1062</v>
       </c>
       <c r="B1052" s="2">
         <v>118</v>
       </c>
       <c r="C1052" s="2">
-        <v>120958</v>
-[...1 lines deleted...]
-      <c r="D1052" s="2" t="s">
+        <v>120699</v>
+      </c>
+      <c r="D1052" s="2"/>
+      <c r="E1052" s="2" t="s">
         <v>1716</v>
       </c>
-      <c r="E1052" s="2" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="F1052" s="2"/>
     </row>
     <row r="1053" spans="1:6">
       <c r="A1053" s="2">
         <v>1062</v>
       </c>
       <c r="B1053" s="2">
         <v>118</v>
       </c>
       <c r="C1053" s="2">
-        <v>121087</v>
+        <v>118861</v>
       </c>
       <c r="D1053" s="2" t="s">
+        <v>1717</v>
+      </c>
+      <c r="E1053" s="2" t="s">
         <v>1718</v>
       </c>
-      <c r="E1053" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F1053" s="2" t="s">
-        <v>80</v>
+        <v>33</v>
       </c>
     </row>
     <row r="1054" spans="1:6">
       <c r="A1054" s="2">
         <v>1062</v>
       </c>
       <c r="B1054" s="2">
         <v>118</v>
       </c>
       <c r="C1054" s="2">
-        <v>118803</v>
-[...3 lines deleted...]
-      </c>
+        <v>120464</v>
+      </c>
+      <c r="D1054" s="2"/>
       <c r="E1054" s="2" t="s">
-        <v>1721</v>
+        <v>1719</v>
       </c>
       <c r="F1054" s="2" t="s">
-        <v>11</v>
+        <v>95</v>
       </c>
     </row>
     <row r="1055" spans="1:6">
       <c r="A1055" s="2">
         <v>1062</v>
       </c>
       <c r="B1055" s="2">
         <v>118</v>
       </c>
       <c r="C1055" s="2">
-        <v>121498</v>
-[...1 lines deleted...]
-      <c r="D1055" s="2"/>
+        <v>118803</v>
+      </c>
+      <c r="D1055" s="2" t="s">
+        <v>1720</v>
+      </c>
       <c r="E1055" s="2" t="s">
-        <v>1722</v>
+        <v>1721</v>
       </c>
       <c r="F1055" s="2" t="s">
-        <v>100</v>
+        <v>11</v>
       </c>
     </row>
     <row r="1056" spans="1:6">
       <c r="A1056" s="2">
         <v>1062</v>
       </c>
       <c r="B1056" s="2">
         <v>118</v>
       </c>
       <c r="C1056" s="2">
-        <v>118861</v>
-[...3 lines deleted...]
-      </c>
+        <v>120794</v>
+      </c>
+      <c r="D1056" s="2"/>
       <c r="E1056" s="2" t="s">
-        <v>1724</v>
+        <v>1722</v>
       </c>
       <c r="F1056" s="2" t="s">
-        <v>33</v>
+        <v>152</v>
       </c>
     </row>
     <row r="1057" spans="1:6">
       <c r="A1057" s="2">
         <v>1062</v>
       </c>
       <c r="B1057" s="2">
         <v>118</v>
       </c>
       <c r="C1057" s="2">
-        <v>120464</v>
+        <v>121442</v>
       </c>
       <c r="D1057" s="2"/>
       <c r="E1057" s="2" t="s">
-        <v>1725</v>
+        <v>1723</v>
       </c>
       <c r="F1057" s="2" t="s">
-        <v>95</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1058" spans="1:6">
       <c r="A1058" s="2">
         <v>1062</v>
       </c>
       <c r="B1058" s="2">
         <v>118</v>
       </c>
       <c r="C1058" s="2">
-        <v>120699</v>
-[...1 lines deleted...]
-      <c r="D1058" s="2"/>
+        <v>118563</v>
+      </c>
+      <c r="D1058" s="2" t="s">
+        <v>1724</v>
+      </c>
       <c r="E1058" s="2" t="s">
-        <v>1726</v>
-[...1 lines deleted...]
-      <c r="F1058" s="2"/>
+        <v>1725</v>
+      </c>
+      <c r="F1058" s="2" t="s">
+        <v>95</v>
+      </c>
     </row>
     <row r="1059" spans="1:6">
       <c r="A1059" s="2">
         <v>1062</v>
       </c>
       <c r="B1059" s="2">
         <v>118</v>
       </c>
       <c r="C1059" s="2">
-        <v>120794</v>
-[...1 lines deleted...]
-      <c r="D1059" s="2"/>
+        <v>118632</v>
+      </c>
+      <c r="D1059" s="2" t="s">
+        <v>1726</v>
+      </c>
       <c r="E1059" s="2" t="s">
         <v>1727</v>
       </c>
       <c r="F1059" s="2" t="s">
-        <v>152</v>
+        <v>95</v>
       </c>
     </row>
     <row r="1060" spans="1:6">
       <c r="A1060" s="2">
         <v>1062</v>
       </c>
       <c r="B1060" s="2">
         <v>118</v>
       </c>
       <c r="C1060" s="2">
-        <v>121442</v>
-[...1 lines deleted...]
-      <c r="D1060" s="2"/>
+        <v>105336</v>
+      </c>
+      <c r="D1060" s="2" t="s">
+        <v>1728</v>
+      </c>
       <c r="E1060" s="2" t="s">
-        <v>1728</v>
+        <v>1729</v>
       </c>
       <c r="F1060" s="2" t="s">
-        <v>100</v>
+        <v>11</v>
       </c>
     </row>
     <row r="1061" spans="1:6">
       <c r="A1061" s="2">
         <v>1062</v>
       </c>
       <c r="B1061" s="2">
         <v>118</v>
       </c>
       <c r="C1061" s="2">
-        <v>118563</v>
-[...3 lines deleted...]
-      </c>
+        <v>121376</v>
+      </c>
+      <c r="D1061" s="2"/>
       <c r="E1061" s="2" t="s">
         <v>1730</v>
       </c>
       <c r="F1061" s="2" t="s">
-        <v>95</v>
+        <v>11</v>
       </c>
     </row>
     <row r="1062" spans="1:6">
       <c r="A1062" s="2">
         <v>1083</v>
       </c>
       <c r="B1062" s="2">
         <v>116</v>
       </c>
       <c r="C1062" s="2">
-        <v>118805</v>
-[...1 lines deleted...]
-      <c r="D1062" s="2" t="s">
+        <v>120797</v>
+      </c>
+      <c r="D1062" s="2"/>
+      <c r="E1062" s="2" t="s">
         <v>1731</v>
       </c>
-      <c r="E1062" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F1062" s="2" t="s">
-        <v>11</v>
+        <v>152</v>
       </c>
     </row>
     <row r="1063" spans="1:6">
       <c r="A1063" s="2">
         <v>1083</v>
       </c>
       <c r="B1063" s="2">
         <v>116</v>
       </c>
       <c r="C1063" s="2">
-        <v>121499</v>
+        <v>121443</v>
       </c>
       <c r="D1063" s="2"/>
       <c r="E1063" s="2" t="s">
-        <v>1733</v>
+        <v>1732</v>
       </c>
       <c r="F1063" s="2" t="s">
         <v>100</v>
       </c>
     </row>
     <row r="1064" spans="1:6">
       <c r="A1064" s="2">
         <v>1083</v>
       </c>
       <c r="B1064" s="2">
         <v>116</v>
       </c>
       <c r="C1064" s="2">
-        <v>118862</v>
+        <v>118564</v>
       </c>
       <c r="D1064" s="2" t="s">
-        <v>1734</v>
+        <v>341</v>
       </c>
       <c r="E1064" s="2" t="s">
-        <v>1735</v>
+        <v>1733</v>
       </c>
       <c r="F1064" s="2" t="s">
-        <v>33</v>
+        <v>95</v>
       </c>
     </row>
     <row r="1065" spans="1:6">
       <c r="A1065" s="2">
         <v>1083</v>
       </c>
       <c r="B1065" s="2">
         <v>116</v>
       </c>
       <c r="C1065" s="2">
-        <v>120700</v>
+        <v>120835</v>
       </c>
       <c r="D1065" s="2"/>
       <c r="E1065" s="2" t="s">
-        <v>1736</v>
-[...1 lines deleted...]
-      <c r="F1065" s="2"/>
+        <v>1734</v>
+      </c>
+      <c r="F1065" s="2" t="s">
+        <v>11</v>
+      </c>
     </row>
     <row r="1066" spans="1:6">
       <c r="A1066" s="2">
         <v>1083</v>
       </c>
       <c r="B1066" s="2">
         <v>116</v>
       </c>
       <c r="C1066" s="2">
-        <v>120797</v>
+        <v>121627</v>
       </c>
       <c r="D1066" s="2"/>
       <c r="E1066" s="2" t="s">
-        <v>1737</v>
-[...3 lines deleted...]
-      </c>
+        <v>1735</v>
+      </c>
+      <c r="F1066" s="2"/>
     </row>
     <row r="1067" spans="1:6">
       <c r="A1067" s="2">
         <v>1083</v>
       </c>
       <c r="B1067" s="2">
         <v>116</v>
       </c>
       <c r="C1067" s="2">
-        <v>121443</v>
-[...1 lines deleted...]
-      <c r="D1067" s="2"/>
+        <v>120465</v>
+      </c>
+      <c r="D1067" s="2" t="s">
+        <v>1736</v>
+      </c>
       <c r="E1067" s="2" t="s">
-        <v>1738</v>
-[...3 lines deleted...]
-      </c>
+        <v>1737</v>
+      </c>
+      <c r="F1067" s="2"/>
     </row>
     <row r="1068" spans="1:6">
       <c r="A1068" s="2">
         <v>1083</v>
       </c>
       <c r="B1068" s="2">
         <v>116</v>
       </c>
       <c r="C1068" s="2">
-        <v>118564</v>
-[...3 lines deleted...]
-      </c>
+        <v>120404</v>
+      </c>
+      <c r="D1068" s="2"/>
       <c r="E1068" s="2" t="s">
-        <v>1739</v>
+        <v>1738</v>
       </c>
       <c r="F1068" s="2" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="1069" spans="1:6">
       <c r="A1069" s="2">
         <v>1083</v>
       </c>
       <c r="B1069" s="2">
         <v>116</v>
       </c>
       <c r="C1069" s="2">
-        <v>120835</v>
-[...1 lines deleted...]
-      <c r="D1069" s="2"/>
+        <v>121549</v>
+      </c>
+      <c r="D1069" s="2" t="s">
+        <v>1739</v>
+      </c>
       <c r="E1069" s="2" t="s">
         <v>1740</v>
       </c>
       <c r="F1069" s="2" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
     </row>
     <row r="1070" spans="1:6">
       <c r="A1070" s="2">
         <v>1083</v>
       </c>
       <c r="B1070" s="2">
         <v>116</v>
       </c>
       <c r="C1070" s="2">
-        <v>121549</v>
+        <v>118947</v>
       </c>
       <c r="D1070" s="2" t="s">
         <v>1741</v>
       </c>
       <c r="E1070" s="2" t="s">
         <v>1742</v>
       </c>
-      <c r="F1070" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F1070" s="2"/>
     </row>
     <row r="1071" spans="1:6">
       <c r="A1071" s="2">
         <v>1083</v>
       </c>
       <c r="B1071" s="2">
         <v>116</v>
       </c>
       <c r="C1071" s="2">
-        <v>121627</v>
+        <v>121088</v>
       </c>
       <c r="D1071" s="2"/>
       <c r="E1071" s="2" t="s">
         <v>1743</v>
       </c>
-      <c r="F1071" s="2"/>
+      <c r="F1071" s="2" t="s">
+        <v>33</v>
+      </c>
     </row>
     <row r="1072" spans="1:6">
       <c r="A1072" s="2">
         <v>1083</v>
       </c>
       <c r="B1072" s="2">
         <v>116</v>
       </c>
       <c r="C1072" s="2">
-        <v>120404</v>
+        <v>121219</v>
       </c>
       <c r="D1072" s="2"/>
       <c r="E1072" s="2" t="s">
         <v>1744</v>
       </c>
       <c r="F1072" s="2" t="s">
-        <v>95</v>
+        <v>33</v>
       </c>
     </row>
     <row r="1073" spans="1:6">
       <c r="A1073" s="2">
         <v>1083</v>
       </c>
       <c r="B1073" s="2">
         <v>116</v>
       </c>
       <c r="C1073" s="2">
-        <v>120465</v>
-[...1 lines deleted...]
-      <c r="D1073" s="2" t="s">
+        <v>121346</v>
+      </c>
+      <c r="D1073" s="2"/>
+      <c r="E1073" s="2" t="s">
         <v>1745</v>
       </c>
-      <c r="E1073" s="2" t="s">
-[...2 lines deleted...]
-      <c r="F1073" s="2"/>
+      <c r="F1073" s="2" t="s">
+        <v>11</v>
+      </c>
     </row>
     <row r="1074" spans="1:6">
       <c r="A1074" s="2">
         <v>1083</v>
       </c>
       <c r="B1074" s="2">
         <v>116</v>
       </c>
       <c r="C1074" s="2">
-        <v>118947</v>
+        <v>118679</v>
       </c>
       <c r="D1074" s="2" t="s">
+        <v>1746</v>
+      </c>
+      <c r="E1074" s="2" t="s">
         <v>1747</v>
       </c>
-      <c r="E1074" s="2" t="s">
-[...2 lines deleted...]
-      <c r="F1074" s="2"/>
+      <c r="F1074" s="2" t="s">
+        <v>11</v>
+      </c>
     </row>
     <row r="1075" spans="1:6">
       <c r="A1075" s="2">
         <v>1083</v>
       </c>
       <c r="B1075" s="2">
         <v>116</v>
       </c>
       <c r="C1075" s="2">
-        <v>121088</v>
-[...1 lines deleted...]
-      <c r="D1075" s="2"/>
+        <v>119131</v>
+      </c>
+      <c r="D1075" s="2" t="s">
+        <v>1748</v>
+      </c>
       <c r="E1075" s="2" t="s">
         <v>1749</v>
       </c>
       <c r="F1075" s="2" t="s">
-        <v>33</v>
+        <v>11</v>
       </c>
     </row>
     <row r="1076" spans="1:6">
       <c r="A1076" s="2">
         <v>1083</v>
       </c>
       <c r="B1076" s="2">
         <v>116</v>
       </c>
       <c r="C1076" s="2">
-        <v>121346</v>
+        <v>121499</v>
       </c>
       <c r="D1076" s="2"/>
       <c r="E1076" s="2" t="s">
         <v>1750</v>
       </c>
       <c r="F1076" s="2" t="s">
-        <v>11</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1077" spans="1:6">
       <c r="A1077" s="2">
         <v>1083</v>
       </c>
       <c r="B1077" s="2">
         <v>116</v>
       </c>
       <c r="C1077" s="2">
-        <v>118679</v>
+        <v>119066</v>
       </c>
       <c r="D1077" s="2" t="s">
         <v>1751</v>
       </c>
       <c r="E1077" s="2" t="s">
         <v>1752</v>
       </c>
       <c r="F1077" s="2" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
     </row>
     <row r="1078" spans="1:6">
       <c r="A1078" s="2">
         <v>1083</v>
       </c>
       <c r="B1078" s="2">
         <v>116</v>
       </c>
       <c r="C1078" s="2">
-        <v>119131</v>
+        <v>120959</v>
       </c>
       <c r="D1078" s="2" t="s">
+        <v>784</v>
+      </c>
+      <c r="E1078" s="2" t="s">
         <v>1753</v>
       </c>
-      <c r="E1078" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F1078" s="2" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
     </row>
     <row r="1079" spans="1:6">
       <c r="A1079" s="2">
         <v>1083</v>
       </c>
       <c r="B1079" s="2">
         <v>116</v>
       </c>
       <c r="C1079" s="2">
-        <v>121219</v>
+        <v>120700</v>
       </c>
       <c r="D1079" s="2"/>
       <c r="E1079" s="2" t="s">
-        <v>1755</v>
-[...3 lines deleted...]
-      </c>
+        <v>1754</v>
+      </c>
+      <c r="F1079" s="2"/>
     </row>
     <row r="1080" spans="1:6">
       <c r="A1080" s="2">
         <v>1083</v>
       </c>
       <c r="B1080" s="2">
         <v>116</v>
       </c>
       <c r="C1080" s="2">
-        <v>119066</v>
+        <v>118862</v>
       </c>
       <c r="D1080" s="2" t="s">
+        <v>1755</v>
+      </c>
+      <c r="E1080" s="2" t="s">
         <v>1756</v>
       </c>
-      <c r="E1080" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F1080" s="2" t="s">
-        <v>8</v>
+        <v>33</v>
       </c>
     </row>
     <row r="1081" spans="1:6">
       <c r="A1081" s="2">
         <v>1083</v>
       </c>
       <c r="B1081" s="2">
         <v>116</v>
       </c>
       <c r="C1081" s="2">
-        <v>120959</v>
+        <v>118805</v>
       </c>
       <c r="D1081" s="2" t="s">
-        <v>756</v>
+        <v>1757</v>
       </c>
       <c r="E1081" s="2" t="s">
         <v>1758</v>
       </c>
       <c r="F1081" s="2" t="s">
-        <v>14</v>
+        <v>11</v>
       </c>
     </row>
     <row r="1082" spans="1:6">
       <c r="A1082" s="2">
         <v>1103</v>
       </c>
       <c r="B1082" s="2">
         <v>114</v>
       </c>
       <c r="C1082" s="2">
-        <v>118948</v>
-[...1 lines deleted...]
-      <c r="D1082" s="2" t="s">
+        <v>121220</v>
+      </c>
+      <c r="D1082" s="2"/>
+      <c r="E1082" s="2" t="s">
         <v>1759</v>
       </c>
-      <c r="E1082" s="2" t="s">
-[...2 lines deleted...]
-      <c r="F1082" s="2"/>
+      <c r="F1082" s="2" t="s">
+        <v>33</v>
+      </c>
     </row>
     <row r="1083" spans="1:6">
       <c r="A1083" s="2">
         <v>1103</v>
       </c>
       <c r="B1083" s="2">
         <v>114</v>
       </c>
       <c r="C1083" s="2">
-        <v>121089</v>
+        <v>121348</v>
       </c>
       <c r="D1083" s="2"/>
       <c r="E1083" s="2" t="s">
-        <v>1761</v>
+        <v>1760</v>
       </c>
       <c r="F1083" s="2" t="s">
-        <v>33</v>
+        <v>11</v>
       </c>
     </row>
     <row r="1084" spans="1:6">
       <c r="A1084" s="2">
         <v>1103</v>
       </c>
       <c r="B1084" s="2">
         <v>114</v>
       </c>
       <c r="C1084" s="2">
-        <v>120466</v>
-[...1 lines deleted...]
-      <c r="D1084" s="2"/>
+        <v>118681</v>
+      </c>
+      <c r="D1084" s="2" t="s">
+        <v>1761</v>
+      </c>
       <c r="E1084" s="2" t="s">
         <v>1762</v>
       </c>
       <c r="F1084" s="2" t="s">
-        <v>95</v>
+        <v>11</v>
       </c>
     </row>
     <row r="1085" spans="1:6">
       <c r="A1085" s="2">
         <v>1103</v>
       </c>
       <c r="B1085" s="2">
         <v>114</v>
       </c>
       <c r="C1085" s="2">
-        <v>121348</v>
-[...1 lines deleted...]
-      <c r="D1085" s="2"/>
+        <v>119132</v>
+      </c>
+      <c r="D1085" s="2" t="s">
+        <v>1763</v>
+      </c>
       <c r="E1085" s="2" t="s">
-        <v>1763</v>
+        <v>1764</v>
       </c>
       <c r="F1085" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="1086" spans="1:6">
       <c r="A1086" s="2">
         <v>1103</v>
       </c>
       <c r="B1086" s="2">
         <v>114</v>
       </c>
       <c r="C1086" s="2">
-        <v>118681</v>
-[...3 lines deleted...]
-      </c>
+        <v>121500</v>
+      </c>
+      <c r="D1086" s="2"/>
       <c r="E1086" s="2" t="s">
         <v>1765</v>
       </c>
       <c r="F1086" s="2" t="s">
-        <v>11</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1087" spans="1:6">
       <c r="A1087" s="2">
         <v>1103</v>
       </c>
       <c r="B1087" s="2">
         <v>114</v>
       </c>
       <c r="C1087" s="2">
-        <v>119132</v>
+        <v>119067</v>
       </c>
       <c r="D1087" s="2" t="s">
+        <v>1499</v>
+      </c>
+      <c r="E1087" s="2" t="s">
         <v>1766</v>
       </c>
-      <c r="E1087" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F1087" s="2" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
     </row>
     <row r="1088" spans="1:6">
       <c r="A1088" s="2">
         <v>1103</v>
       </c>
       <c r="B1088" s="2">
         <v>114</v>
       </c>
       <c r="C1088" s="2">
-        <v>121220</v>
+        <v>120701</v>
       </c>
       <c r="D1088" s="2"/>
       <c r="E1088" s="2" t="s">
-        <v>1768</v>
-[...3 lines deleted...]
-      </c>
+        <v>1767</v>
+      </c>
+      <c r="F1088" s="2"/>
     </row>
     <row r="1089" spans="1:6">
       <c r="A1089" s="2">
         <v>1103</v>
       </c>
       <c r="B1089" s="2">
         <v>114</v>
       </c>
       <c r="C1089" s="2">
-        <v>119067</v>
+        <v>118864</v>
       </c>
       <c r="D1089" s="2" t="s">
-        <v>1500</v>
+        <v>129</v>
       </c>
       <c r="E1089" s="2" t="s">
-        <v>1769</v>
+        <v>1768</v>
       </c>
       <c r="F1089" s="2" t="s">
-        <v>8</v>
+        <v>33</v>
       </c>
     </row>
     <row r="1090" spans="1:6">
       <c r="A1090" s="2">
         <v>1103</v>
       </c>
       <c r="B1090" s="2">
         <v>114</v>
       </c>
       <c r="C1090" s="2">
         <v>121377</v>
       </c>
       <c r="D1090" s="2"/>
       <c r="E1090" s="2" t="s">
-        <v>1770</v>
+        <v>1769</v>
       </c>
       <c r="F1090" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="1091" spans="1:6">
       <c r="A1091" s="2">
         <v>1103</v>
       </c>
       <c r="B1091" s="2">
         <v>114</v>
       </c>
       <c r="C1091" s="2">
-        <v>121500</v>
+        <v>120798</v>
       </c>
       <c r="D1091" s="2"/>
       <c r="E1091" s="2" t="s">
-        <v>1771</v>
+        <v>1770</v>
       </c>
       <c r="F1091" s="2" t="s">
-        <v>100</v>
+        <v>152</v>
       </c>
     </row>
     <row r="1092" spans="1:6">
       <c r="A1092" s="2">
         <v>1103</v>
       </c>
       <c r="B1092" s="2">
         <v>114</v>
       </c>
       <c r="C1092" s="2">
-        <v>118864</v>
-[...3 lines deleted...]
-      </c>
+        <v>121444</v>
+      </c>
+      <c r="D1092" s="2"/>
       <c r="E1092" s="2" t="s">
-        <v>1772</v>
+        <v>1771</v>
       </c>
       <c r="F1092" s="2" t="s">
-        <v>33</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1093" spans="1:6">
       <c r="A1093" s="2">
         <v>1103</v>
       </c>
       <c r="B1093" s="2">
         <v>114</v>
       </c>
       <c r="C1093" s="2">
-        <v>120701</v>
-[...1 lines deleted...]
-      <c r="D1093" s="2"/>
+        <v>118565</v>
+      </c>
+      <c r="D1093" s="2" t="s">
+        <v>1772</v>
+      </c>
       <c r="E1093" s="2" t="s">
         <v>1773</v>
       </c>
-      <c r="F1093" s="2"/>
+      <c r="F1093" s="2" t="s">
+        <v>95</v>
+      </c>
     </row>
     <row r="1094" spans="1:6">
       <c r="A1094" s="2">
         <v>1103</v>
       </c>
       <c r="B1094" s="2">
         <v>114</v>
       </c>
       <c r="C1094" s="2">
-        <v>120798</v>
-[...1 lines deleted...]
-      <c r="D1094" s="2"/>
+        <v>118634</v>
+      </c>
+      <c r="D1094" s="2" t="s">
+        <v>1774</v>
+      </c>
       <c r="E1094" s="2" t="s">
-        <v>1774</v>
+        <v>1775</v>
       </c>
       <c r="F1094" s="2" t="s">
-        <v>152</v>
+        <v>95</v>
       </c>
     </row>
     <row r="1095" spans="1:6">
       <c r="A1095" s="2">
         <v>1103</v>
       </c>
       <c r="B1095" s="2">
         <v>114</v>
       </c>
       <c r="C1095" s="2">
-        <v>121444</v>
+        <v>120836</v>
       </c>
       <c r="D1095" s="2"/>
       <c r="E1095" s="2" t="s">
-        <v>1775</v>
+        <v>1776</v>
       </c>
       <c r="F1095" s="2" t="s">
-        <v>100</v>
+        <v>11</v>
       </c>
     </row>
     <row r="1096" spans="1:6">
       <c r="A1096" s="2">
         <v>1103</v>
       </c>
       <c r="B1096" s="2">
         <v>114</v>
       </c>
       <c r="C1096" s="2">
-        <v>118565</v>
-[...3 lines deleted...]
-      </c>
+        <v>121628</v>
+      </c>
+      <c r="D1096" s="2"/>
       <c r="E1096" s="2" t="s">
         <v>1777</v>
       </c>
-      <c r="F1096" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F1096" s="2"/>
     </row>
     <row r="1097" spans="1:6">
       <c r="A1097" s="2">
         <v>1103</v>
       </c>
       <c r="B1097" s="2">
         <v>114</v>
       </c>
       <c r="C1097" s="2">
-        <v>120836</v>
+        <v>120405</v>
       </c>
       <c r="D1097" s="2"/>
       <c r="E1097" s="2" t="s">
         <v>1778</v>
       </c>
       <c r="F1097" s="2" t="s">
-        <v>11</v>
+        <v>95</v>
       </c>
     </row>
     <row r="1098" spans="1:6">
       <c r="A1098" s="2">
         <v>1103</v>
       </c>
       <c r="B1098" s="2">
         <v>114</v>
       </c>
       <c r="C1098" s="2">
-        <v>118634</v>
+        <v>121550</v>
       </c>
       <c r="D1098" s="2" t="s">
         <v>1779</v>
       </c>
       <c r="E1098" s="2" t="s">
         <v>1780</v>
       </c>
       <c r="F1098" s="2" t="s">
-        <v>95</v>
+        <v>14</v>
       </c>
     </row>
     <row r="1099" spans="1:6">
       <c r="A1099" s="2">
         <v>1103</v>
       </c>
       <c r="B1099" s="2">
         <v>114</v>
       </c>
       <c r="C1099" s="2">
-        <v>121550</v>
+        <v>118948</v>
       </c>
       <c r="D1099" s="2" t="s">
         <v>1781</v>
       </c>
       <c r="E1099" s="2" t="s">
         <v>1782</v>
       </c>
-      <c r="F1099" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F1099" s="2"/>
     </row>
     <row r="1100" spans="1:6">
       <c r="A1100" s="2">
         <v>1103</v>
       </c>
       <c r="B1100" s="2">
         <v>114</v>
       </c>
       <c r="C1100" s="2">
-        <v>121628</v>
+        <v>121089</v>
       </c>
       <c r="D1100" s="2"/>
       <c r="E1100" s="2" t="s">
         <v>1783</v>
       </c>
-      <c r="F1100" s="2"/>
+      <c r="F1100" s="2" t="s">
+        <v>33</v>
+      </c>
     </row>
     <row r="1101" spans="1:6">
       <c r="A1101" s="2">
         <v>1103</v>
       </c>
       <c r="B1101" s="2">
         <v>114</v>
       </c>
       <c r="C1101" s="2">
-        <v>120405</v>
+        <v>120466</v>
       </c>
       <c r="D1101" s="2"/>
       <c r="E1101" s="2" t="s">
         <v>1784</v>
       </c>
       <c r="F1101" s="2" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="1102" spans="1:6">
       <c r="A1102" s="2">
         <v>1124</v>
       </c>
       <c r="B1102" s="2">
         <v>112</v>
       </c>
       <c r="C1102" s="2">
-        <v>119178</v>
-[...1 lines deleted...]
-      <c r="D1102" s="2" t="s">
+        <v>120406</v>
+      </c>
+      <c r="D1102" s="2"/>
+      <c r="E1102" s="2" t="s">
         <v>1785</v>
-      </c>
-[...1 lines deleted...]
-        <v>1786</v>
       </c>
       <c r="F1102" s="2" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="1103" spans="1:6">
       <c r="A1103" s="2">
         <v>1124</v>
       </c>
       <c r="B1103" s="2">
         <v>112</v>
       </c>
       <c r="C1103" s="2">
-        <v>118635</v>
+        <v>121551</v>
       </c>
       <c r="D1103" s="2" t="s">
+        <v>1786</v>
+      </c>
+      <c r="E1103" s="2" t="s">
         <v>1787</v>
       </c>
-      <c r="E1103" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F1103" s="2" t="s">
-        <v>95</v>
+        <v>14</v>
       </c>
     </row>
     <row r="1104" spans="1:6">
       <c r="A1104" s="2">
         <v>1124</v>
       </c>
       <c r="B1104" s="2">
         <v>112</v>
       </c>
       <c r="C1104" s="2">
-        <v>120406</v>
+        <v>120467</v>
       </c>
       <c r="D1104" s="2"/>
       <c r="E1104" s="2" t="s">
-        <v>1789</v>
+        <v>1788</v>
       </c>
       <c r="F1104" s="2" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="1105" spans="1:6">
       <c r="A1105" s="2">
         <v>1124</v>
       </c>
       <c r="B1105" s="2">
         <v>112</v>
       </c>
       <c r="C1105" s="2">
-        <v>121551</v>
+        <v>118949</v>
       </c>
       <c r="D1105" s="2" t="s">
-        <v>1790</v>
+        <v>974</v>
       </c>
       <c r="E1105" s="2" t="s">
-        <v>1791</v>
+        <v>1789</v>
       </c>
       <c r="F1105" s="2" t="s">
-        <v>14</v>
+        <v>67</v>
       </c>
     </row>
     <row r="1106" spans="1:6">
       <c r="A1106" s="2">
         <v>1124</v>
       </c>
       <c r="B1106" s="2">
         <v>112</v>
       </c>
       <c r="C1106" s="2">
-        <v>120467</v>
+        <v>121221</v>
       </c>
       <c r="D1106" s="2"/>
       <c r="E1106" s="2" t="s">
-        <v>1792</v>
+        <v>1790</v>
       </c>
       <c r="F1106" s="2" t="s">
-        <v>95</v>
+        <v>33</v>
       </c>
     </row>
     <row r="1107" spans="1:6">
       <c r="A1107" s="2">
         <v>1124</v>
       </c>
       <c r="B1107" s="2">
         <v>112</v>
       </c>
       <c r="C1107" s="2">
-        <v>118949</v>
-[...3 lines deleted...]
-      </c>
+        <v>121349</v>
+      </c>
+      <c r="D1107" s="2"/>
       <c r="E1107" s="2" t="s">
-        <v>1793</v>
+        <v>1791</v>
       </c>
       <c r="F1107" s="2" t="s">
-        <v>67</v>
+        <v>11</v>
       </c>
     </row>
     <row r="1108" spans="1:6">
       <c r="A1108" s="2">
         <v>1124</v>
       </c>
       <c r="B1108" s="2">
         <v>112</v>
       </c>
       <c r="C1108" s="2">
-        <v>121349</v>
-[...1 lines deleted...]
-      <c r="D1108" s="2"/>
+        <v>118682</v>
+      </c>
+      <c r="D1108" s="2" t="s">
+        <v>1792</v>
+      </c>
       <c r="E1108" s="2" t="s">
-        <v>1794</v>
+        <v>1793</v>
       </c>
       <c r="F1108" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="1109" spans="1:6">
       <c r="A1109" s="2">
         <v>1124</v>
       </c>
       <c r="B1109" s="2">
         <v>112</v>
       </c>
       <c r="C1109" s="2">
-        <v>118682</v>
+        <v>119133</v>
       </c>
       <c r="D1109" s="2" t="s">
+        <v>1794</v>
+      </c>
+      <c r="E1109" s="2" t="s">
         <v>1795</v>
-      </c>
-[...1 lines deleted...]
-        <v>1796</v>
       </c>
       <c r="F1109" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="1110" spans="1:6">
       <c r="A1110" s="2">
         <v>1124</v>
       </c>
       <c r="B1110" s="2">
         <v>112</v>
       </c>
       <c r="C1110" s="2">
-        <v>119133</v>
-[...3 lines deleted...]
-      </c>
+        <v>121501</v>
+      </c>
+      <c r="D1110" s="2"/>
       <c r="E1110" s="2" t="s">
-        <v>1798</v>
+        <v>1796</v>
       </c>
       <c r="F1110" s="2" t="s">
-        <v>11</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1111" spans="1:6">
       <c r="A1111" s="2">
         <v>1124</v>
       </c>
       <c r="B1111" s="2">
         <v>112</v>
       </c>
       <c r="C1111" s="2">
-        <v>121221</v>
-[...1 lines deleted...]
-      <c r="D1111" s="2"/>
+        <v>119068</v>
+      </c>
+      <c r="D1111" s="2" t="s">
+        <v>1797</v>
+      </c>
       <c r="E1111" s="2" t="s">
-        <v>1799</v>
+        <v>1798</v>
       </c>
       <c r="F1111" s="2" t="s">
-        <v>33</v>
+        <v>8</v>
       </c>
     </row>
     <row r="1112" spans="1:6">
       <c r="A1112" s="2">
         <v>1124</v>
       </c>
       <c r="B1112" s="2">
         <v>112</v>
       </c>
       <c r="C1112" s="2">
-        <v>119068</v>
-[...3 lines deleted...]
-      </c>
+        <v>120702</v>
+      </c>
+      <c r="D1112" s="2"/>
       <c r="E1112" s="2" t="s">
-        <v>1801</v>
-[...3 lines deleted...]
-      </c>
+        <v>1799</v>
+      </c>
+      <c r="F1112" s="2"/>
     </row>
     <row r="1113" spans="1:6">
       <c r="A1113" s="2">
         <v>1124</v>
       </c>
       <c r="B1113" s="2">
         <v>112</v>
       </c>
       <c r="C1113" s="2">
-        <v>118806</v>
+        <v>118865</v>
       </c>
       <c r="D1113" s="2" t="s">
-        <v>1802</v>
+        <v>1800</v>
       </c>
       <c r="E1113" s="2" t="s">
-        <v>1803</v>
+        <v>1801</v>
       </c>
       <c r="F1113" s="2" t="s">
-        <v>11</v>
+        <v>33</v>
       </c>
     </row>
     <row r="1114" spans="1:6">
       <c r="A1114" s="2">
         <v>1124</v>
       </c>
       <c r="B1114" s="2">
         <v>112</v>
       </c>
       <c r="C1114" s="2">
-        <v>121501</v>
-[...1 lines deleted...]
-      <c r="D1114" s="2"/>
+        <v>118806</v>
+      </c>
+      <c r="D1114" s="2" t="s">
+        <v>1802</v>
+      </c>
       <c r="E1114" s="2" t="s">
-        <v>1804</v>
+        <v>1803</v>
       </c>
       <c r="F1114" s="2" t="s">
-        <v>100</v>
+        <v>11</v>
       </c>
     </row>
     <row r="1115" spans="1:6">
       <c r="A1115" s="2">
         <v>1124</v>
       </c>
       <c r="B1115" s="2">
         <v>112</v>
       </c>
       <c r="C1115" s="2">
-        <v>118865</v>
-[...3 lines deleted...]
-      </c>
+        <v>120799</v>
+      </c>
+      <c r="D1115" s="2"/>
       <c r="E1115" s="2" t="s">
-        <v>1806</v>
+        <v>1804</v>
       </c>
       <c r="F1115" s="2" t="s">
-        <v>33</v>
+        <v>152</v>
       </c>
     </row>
     <row r="1116" spans="1:6">
       <c r="A1116" s="2">
         <v>1124</v>
       </c>
       <c r="B1116" s="2">
         <v>112</v>
       </c>
       <c r="C1116" s="2">
-        <v>120702</v>
+        <v>121445</v>
       </c>
       <c r="D1116" s="2"/>
       <c r="E1116" s="2" t="s">
-        <v>1807</v>
-[...1 lines deleted...]
-      <c r="F1116" s="2"/>
+        <v>1805</v>
+      </c>
+      <c r="F1116" s="2" t="s">
+        <v>100</v>
+      </c>
     </row>
     <row r="1117" spans="1:6">
       <c r="A1117" s="2">
         <v>1124</v>
       </c>
       <c r="B1117" s="2">
         <v>112</v>
       </c>
       <c r="C1117" s="2">
-        <v>120799</v>
-[...1 lines deleted...]
-      <c r="D1117" s="2"/>
+        <v>118566</v>
+      </c>
+      <c r="D1117" s="2" t="s">
+        <v>1806</v>
+      </c>
       <c r="E1117" s="2" t="s">
-        <v>1808</v>
+        <v>1807</v>
       </c>
       <c r="F1117" s="2" t="s">
-        <v>152</v>
+        <v>95</v>
       </c>
     </row>
     <row r="1118" spans="1:6">
       <c r="A1118" s="2">
         <v>1124</v>
       </c>
       <c r="B1118" s="2">
         <v>112</v>
       </c>
       <c r="C1118" s="2">
-        <v>121445</v>
-[...1 lines deleted...]
-      <c r="D1118" s="2"/>
+        <v>119178</v>
+      </c>
+      <c r="D1118" s="2" t="s">
+        <v>1808</v>
+      </c>
       <c r="E1118" s="2" t="s">
         <v>1809</v>
       </c>
       <c r="F1118" s="2" t="s">
-        <v>100</v>
+        <v>95</v>
       </c>
     </row>
     <row r="1119" spans="1:6">
       <c r="A1119" s="2">
         <v>1124</v>
       </c>
       <c r="B1119" s="2">
         <v>112</v>
       </c>
       <c r="C1119" s="2">
-        <v>118566</v>
+        <v>118635</v>
       </c>
       <c r="D1119" s="2" t="s">
         <v>1810</v>
       </c>
       <c r="E1119" s="2" t="s">
         <v>1811</v>
       </c>
       <c r="F1119" s="2" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="1120" spans="1:6">
       <c r="A1120" s="2">
         <v>1124</v>
       </c>
       <c r="B1120" s="2">
         <v>112</v>
       </c>
       <c r="C1120" s="2">
         <v>120837</v>
       </c>
       <c r="D1120" s="2"/>
       <c r="E1120" s="2" t="s">
         <v>1812</v>
       </c>
       <c r="F1120" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="1121" spans="1:6">
       <c r="A1121" s="2">
         <v>1144</v>
       </c>
       <c r="B1121" s="2">
         <v>110</v>
       </c>
       <c r="C1121" s="2">
-        <v>121502</v>
-[...1 lines deleted...]
-      <c r="D1121" s="2"/>
+        <v>101162</v>
+      </c>
+      <c r="D1121" s="2" t="s">
+        <v>920</v>
+      </c>
       <c r="E1121" s="2" t="s">
-        <v>1813</v>
+        <v>841</v>
       </c>
       <c r="F1121" s="2" t="s">
-        <v>100</v>
+        <v>14</v>
       </c>
     </row>
     <row r="1122" spans="1:6">
       <c r="A1122" s="2">
         <v>1144</v>
       </c>
       <c r="B1122" s="2">
         <v>110</v>
       </c>
       <c r="C1122" s="2">
-        <v>118866</v>
-[...3 lines deleted...]
-      </c>
+        <v>121630</v>
+      </c>
+      <c r="D1122" s="2"/>
       <c r="E1122" s="2" t="s">
-        <v>1735</v>
-[...3 lines deleted...]
-      </c>
+        <v>1813</v>
+      </c>
+      <c r="F1122" s="2"/>
     </row>
     <row r="1123" spans="1:6">
       <c r="A1123" s="2">
         <v>1144</v>
       </c>
       <c r="B1123" s="2">
         <v>110</v>
       </c>
       <c r="C1123" s="2">
-        <v>120703</v>
+        <v>121446</v>
       </c>
       <c r="D1123" s="2"/>
       <c r="E1123" s="2" t="s">
-        <v>1815</v>
-[...1 lines deleted...]
-      <c r="F1123" s="2"/>
+        <v>1814</v>
+      </c>
+      <c r="F1123" s="2" t="s">
+        <v>100</v>
+      </c>
     </row>
     <row r="1124" spans="1:6">
       <c r="A1124" s="2">
         <v>1144</v>
       </c>
       <c r="B1124" s="2">
         <v>110</v>
       </c>
       <c r="C1124" s="2">
-        <v>101162</v>
+        <v>118950</v>
       </c>
       <c r="D1124" s="2" t="s">
-        <v>884</v>
+        <v>1815</v>
       </c>
       <c r="E1124" s="2" t="s">
-        <v>839</v>
-[...3 lines deleted...]
-      </c>
+        <v>1816</v>
+      </c>
+      <c r="F1124" s="2"/>
     </row>
     <row r="1125" spans="1:6">
       <c r="A1125" s="2">
         <v>1144</v>
       </c>
       <c r="B1125" s="2">
         <v>110</v>
       </c>
       <c r="C1125" s="2">
-        <v>121630</v>
+        <v>120802</v>
       </c>
       <c r="D1125" s="2"/>
       <c r="E1125" s="2" t="s">
-        <v>1816</v>
+        <v>1817</v>
       </c>
       <c r="F1125" s="2"/>
     </row>
     <row r="1126" spans="1:6">
       <c r="A1126" s="2">
         <v>1144</v>
       </c>
       <c r="B1126" s="2">
         <v>110</v>
       </c>
       <c r="C1126" s="2">
-        <v>121446</v>
-[...1 lines deleted...]
-      <c r="D1126" s="2"/>
+        <v>118636</v>
+      </c>
+      <c r="D1126" s="2" t="s">
+        <v>1818</v>
+      </c>
       <c r="E1126" s="2" t="s">
-        <v>1817</v>
+        <v>1819</v>
       </c>
       <c r="F1126" s="2" t="s">
-        <v>100</v>
+        <v>95</v>
       </c>
     </row>
     <row r="1127" spans="1:6">
       <c r="A1127" s="2">
         <v>1144</v>
       </c>
       <c r="B1127" s="2">
         <v>110</v>
       </c>
       <c r="C1127" s="2">
         <v>120838</v>
       </c>
       <c r="D1127" s="2"/>
       <c r="E1127" s="2" t="s">
-        <v>1818</v>
+        <v>1820</v>
       </c>
       <c r="F1127" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="1128" spans="1:6">
       <c r="A1128" s="2">
         <v>1144</v>
       </c>
       <c r="B1128" s="2">
         <v>110</v>
       </c>
       <c r="C1128" s="2">
-        <v>118950</v>
-[...3 lines deleted...]
-      </c>
+        <v>120407</v>
+      </c>
+      <c r="D1128" s="2"/>
       <c r="E1128" s="2" t="s">
-        <v>1820</v>
-[...1 lines deleted...]
-      <c r="F1128" s="2"/>
+        <v>1821</v>
+      </c>
+      <c r="F1128" s="2" t="s">
+        <v>95</v>
+      </c>
     </row>
     <row r="1129" spans="1:6">
       <c r="A1129" s="2">
         <v>1144</v>
       </c>
       <c r="B1129" s="2">
         <v>110</v>
       </c>
       <c r="C1129" s="2">
-        <v>120802</v>
-[...1 lines deleted...]
-      <c r="D1129" s="2"/>
+        <v>121552</v>
+      </c>
+      <c r="D1129" s="2" t="s">
+        <v>1822</v>
+      </c>
       <c r="E1129" s="2" t="s">
-        <v>1821</v>
-[...1 lines deleted...]
-      <c r="F1129" s="2"/>
+        <v>1823</v>
+      </c>
+      <c r="F1129" s="2" t="s">
+        <v>14</v>
+      </c>
     </row>
     <row r="1130" spans="1:6">
       <c r="A1130" s="2">
         <v>1144</v>
       </c>
       <c r="B1130" s="2">
         <v>110</v>
       </c>
       <c r="C1130" s="2">
-        <v>118636</v>
-[...3 lines deleted...]
-      </c>
+        <v>120468</v>
+      </c>
+      <c r="D1130" s="2"/>
       <c r="E1130" s="2" t="s">
-        <v>1823</v>
+        <v>1824</v>
       </c>
       <c r="F1130" s="2" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="1131" spans="1:6">
       <c r="A1131" s="2">
         <v>1144</v>
       </c>
       <c r="B1131" s="2">
         <v>110</v>
       </c>
       <c r="C1131" s="2">
-        <v>120407</v>
+        <v>121378</v>
       </c>
       <c r="D1131" s="2"/>
       <c r="E1131" s="2" t="s">
-        <v>1824</v>
+        <v>1825</v>
       </c>
       <c r="F1131" s="2" t="s">
-        <v>95</v>
+        <v>11</v>
       </c>
     </row>
     <row r="1132" spans="1:6">
       <c r="A1132" s="2">
         <v>1144</v>
       </c>
       <c r="B1132" s="2">
         <v>110</v>
       </c>
       <c r="C1132" s="2">
-        <v>121552</v>
-[...3 lines deleted...]
-      </c>
+        <v>121222</v>
+      </c>
+      <c r="D1132" s="2"/>
       <c r="E1132" s="2" t="s">
         <v>1826</v>
       </c>
       <c r="F1132" s="2" t="s">
-        <v>14</v>
+        <v>33</v>
       </c>
     </row>
     <row r="1133" spans="1:6">
       <c r="A1133" s="2">
         <v>1144</v>
       </c>
       <c r="B1133" s="2">
         <v>110</v>
       </c>
       <c r="C1133" s="2">
-        <v>121378</v>
+        <v>121351</v>
       </c>
       <c r="D1133" s="2"/>
       <c r="E1133" s="2" t="s">
         <v>1827</v>
       </c>
       <c r="F1133" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="1134" spans="1:6">
       <c r="A1134" s="2">
         <v>1144</v>
       </c>
       <c r="B1134" s="2">
         <v>110</v>
       </c>
       <c r="C1134" s="2">
-        <v>120468</v>
-[...1 lines deleted...]
-      <c r="D1134" s="2"/>
+        <v>115309</v>
+      </c>
+      <c r="D1134" s="2" t="s">
+        <v>1828</v>
+      </c>
       <c r="E1134" s="2" t="s">
-        <v>1828</v>
+        <v>1829</v>
       </c>
       <c r="F1134" s="2" t="s">
-        <v>95</v>
+        <v>11</v>
       </c>
     </row>
     <row r="1135" spans="1:6">
       <c r="A1135" s="2">
         <v>1144</v>
       </c>
       <c r="B1135" s="2">
         <v>110</v>
       </c>
       <c r="C1135" s="2">
-        <v>121351</v>
-[...1 lines deleted...]
-      <c r="D1135" s="2"/>
+        <v>119134</v>
+      </c>
+      <c r="D1135" s="2" t="s">
+        <v>1830</v>
+      </c>
       <c r="E1135" s="2" t="s">
-        <v>1829</v>
+        <v>1831</v>
       </c>
       <c r="F1135" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="1136" spans="1:6">
       <c r="A1136" s="2">
         <v>1144</v>
       </c>
       <c r="B1136" s="2">
         <v>110</v>
       </c>
       <c r="C1136" s="2">
-        <v>115309</v>
-[...3 lines deleted...]
-      </c>
+        <v>121502</v>
+      </c>
+      <c r="D1136" s="2"/>
       <c r="E1136" s="2" t="s">
-        <v>1831</v>
+        <v>1832</v>
       </c>
       <c r="F1136" s="2" t="s">
-        <v>11</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1137" spans="1:6">
       <c r="A1137" s="2">
         <v>1144</v>
       </c>
       <c r="B1137" s="2">
         <v>110</v>
       </c>
       <c r="C1137" s="2">
-        <v>119134</v>
+        <v>119069</v>
       </c>
       <c r="D1137" s="2" t="s">
-        <v>1832</v>
+        <v>1833</v>
       </c>
       <c r="E1137" s="2" t="s">
-        <v>1833</v>
+        <v>1834</v>
       </c>
       <c r="F1137" s="2" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
     </row>
     <row r="1138" spans="1:6">
       <c r="A1138" s="2">
         <v>1144</v>
       </c>
       <c r="B1138" s="2">
         <v>110</v>
       </c>
       <c r="C1138" s="2">
-        <v>121222</v>
+        <v>120703</v>
       </c>
       <c r="D1138" s="2"/>
       <c r="E1138" s="2" t="s">
-        <v>1834</v>
-[...3 lines deleted...]
-      </c>
+        <v>1835</v>
+      </c>
+      <c r="F1138" s="2"/>
     </row>
     <row r="1139" spans="1:6">
       <c r="A1139" s="2">
         <v>1144</v>
       </c>
       <c r="B1139" s="2">
         <v>110</v>
       </c>
       <c r="C1139" s="2">
-        <v>119069</v>
+        <v>118866</v>
       </c>
       <c r="D1139" s="2" t="s">
-        <v>1835</v>
+        <v>1836</v>
       </c>
       <c r="E1139" s="2" t="s">
-        <v>1836</v>
+        <v>1756</v>
       </c>
       <c r="F1139" s="2" t="s">
-        <v>8</v>
+        <v>33</v>
       </c>
     </row>
     <row r="1140" spans="1:6">
       <c r="A1140" s="2">
         <v>1144</v>
       </c>
       <c r="B1140" s="2">
         <v>110</v>
       </c>
       <c r="C1140" s="2">
         <v>118807</v>
       </c>
       <c r="D1140" s="2" t="s">
         <v>1837</v>
       </c>
       <c r="E1140" s="2" t="s">
         <v>1838</v>
       </c>
       <c r="F1140" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="1141" spans="1:6">
       <c r="A1141" s="2">
         <v>1165</v>
       </c>
       <c r="B1141" s="2">
         <v>108</v>
       </c>
       <c r="C1141" s="2">
-        <v>120469</v>
+        <v>120804</v>
       </c>
       <c r="D1141" s="2"/>
       <c r="E1141" s="2" t="s">
         <v>1839</v>
       </c>
       <c r="F1141" s="2" t="s">
-        <v>95</v>
+        <v>152</v>
       </c>
     </row>
     <row r="1142" spans="1:6">
       <c r="A1142" s="2">
         <v>1165</v>
       </c>
       <c r="B1142" s="2">
         <v>108</v>
       </c>
       <c r="C1142" s="2">
         <v>121353</v>
       </c>
       <c r="D1142" s="2"/>
       <c r="E1142" s="2" t="s">
         <v>1840</v>
       </c>
       <c r="F1142" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="1143" spans="1:6">
       <c r="A1143" s="2">
         <v>1165</v>
       </c>
       <c r="B1143" s="2">
@@ -30387,433 +30387,431 @@
       </c>
       <c r="B1144" s="2">
         <v>108</v>
       </c>
       <c r="C1144" s="2">
         <v>119135</v>
       </c>
       <c r="D1144" s="2" t="s">
         <v>1843</v>
       </c>
       <c r="E1144" s="2" t="s">
         <v>1844</v>
       </c>
       <c r="F1144" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="1145" spans="1:6">
       <c r="A1145" s="2">
         <v>1165</v>
       </c>
       <c r="B1145" s="2">
         <v>108</v>
       </c>
       <c r="C1145" s="2">
-        <v>119070</v>
-[...1 lines deleted...]
-      <c r="D1145" s="2" t="s">
+        <v>121503</v>
+      </c>
+      <c r="D1145" s="2"/>
+      <c r="E1145" s="2" t="s">
         <v>1845</v>
       </c>
-      <c r="E1145" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F1145" s="2" t="s">
-        <v>8</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1146" spans="1:6">
       <c r="A1146" s="2">
         <v>1165</v>
       </c>
       <c r="B1146" s="2">
         <v>108</v>
       </c>
       <c r="C1146" s="2">
-        <v>120804</v>
-[...1 lines deleted...]
-      <c r="D1146" s="2"/>
+        <v>119070</v>
+      </c>
+      <c r="D1146" s="2" t="s">
+        <v>1846</v>
+      </c>
       <c r="E1146" s="2" t="s">
         <v>1847</v>
       </c>
       <c r="F1146" s="2" t="s">
-        <v>152</v>
+        <v>8</v>
       </c>
     </row>
     <row r="1147" spans="1:6">
       <c r="A1147" s="2">
         <v>1165</v>
       </c>
       <c r="B1147" s="2">
         <v>108</v>
       </c>
       <c r="C1147" s="2">
-        <v>118808</v>
+        <v>118867</v>
       </c>
       <c r="D1147" s="2" t="s">
+        <v>135</v>
+      </c>
+      <c r="E1147" s="2" t="s">
         <v>1848</v>
       </c>
-      <c r="E1147" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F1147" s="2" t="s">
-        <v>11</v>
+        <v>33</v>
       </c>
     </row>
     <row r="1148" spans="1:6">
       <c r="A1148" s="2">
         <v>1165</v>
       </c>
       <c r="B1148" s="2">
         <v>108</v>
       </c>
       <c r="C1148" s="2">
-        <v>121503</v>
-[...1 lines deleted...]
-      <c r="D1148" s="2"/>
+        <v>118808</v>
+      </c>
+      <c r="D1148" s="2" t="s">
+        <v>1849</v>
+      </c>
       <c r="E1148" s="2" t="s">
         <v>1850</v>
       </c>
       <c r="F1148" s="2" t="s">
-        <v>100</v>
+        <v>11</v>
       </c>
     </row>
     <row r="1149" spans="1:6">
       <c r="A1149" s="2">
         <v>1165</v>
       </c>
       <c r="B1149" s="2">
         <v>108</v>
       </c>
       <c r="C1149" s="2">
-        <v>118867</v>
-[...3 lines deleted...]
-      </c>
+        <v>120961</v>
+      </c>
+      <c r="D1149" s="2"/>
       <c r="E1149" s="2" t="s">
         <v>1851</v>
       </c>
       <c r="F1149" s="2" t="s">
-        <v>33</v>
+        <v>14</v>
       </c>
     </row>
     <row r="1150" spans="1:6">
       <c r="A1150" s="2">
         <v>1165</v>
       </c>
       <c r="B1150" s="2">
         <v>108</v>
       </c>
       <c r="C1150" s="2">
-        <v>120961</v>
+        <v>121631</v>
       </c>
       <c r="D1150" s="2"/>
       <c r="E1150" s="2" t="s">
         <v>1852</v>
       </c>
-      <c r="F1150" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F1150" s="2"/>
     </row>
     <row r="1151" spans="1:6">
       <c r="A1151" s="2">
         <v>1165</v>
       </c>
       <c r="B1151" s="2">
         <v>108</v>
       </c>
       <c r="C1151" s="2">
-        <v>121631</v>
+        <v>121447</v>
       </c>
       <c r="D1151" s="2"/>
       <c r="E1151" s="2" t="s">
         <v>1853</v>
       </c>
-      <c r="F1151" s="2"/>
+      <c r="F1151" s="2" t="s">
+        <v>100</v>
+      </c>
     </row>
     <row r="1152" spans="1:6">
       <c r="A1152" s="2">
         <v>1165</v>
       </c>
       <c r="B1152" s="2">
         <v>108</v>
       </c>
       <c r="C1152" s="2">
-        <v>121447</v>
-[...1 lines deleted...]
-      <c r="D1152" s="2"/>
+        <v>118951</v>
+      </c>
+      <c r="D1152" s="2" t="s">
+        <v>784</v>
+      </c>
       <c r="E1152" s="2" t="s">
         <v>1854</v>
       </c>
-      <c r="F1152" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F1152" s="2"/>
     </row>
     <row r="1153" spans="1:6">
       <c r="A1153" s="2">
         <v>1165</v>
       </c>
       <c r="B1153" s="2">
         <v>108</v>
       </c>
       <c r="C1153" s="2">
-        <v>118568</v>
+        <v>121223</v>
       </c>
       <c r="D1153" s="2" t="s">
+        <v>82</v>
+      </c>
+      <c r="E1153" s="2" t="s">
         <v>1855</v>
       </c>
-      <c r="E1153" s="2" t="s">
+      <c r="F1153" s="2" t="s">
         <v>1856</v>
-      </c>
-[...1 lines deleted...]
-        <v>95</v>
       </c>
     </row>
     <row r="1154" spans="1:6">
       <c r="A1154" s="2">
         <v>1165</v>
       </c>
       <c r="B1154" s="2">
         <v>108</v>
       </c>
       <c r="C1154" s="2">
-        <v>120839</v>
-[...1 lines deleted...]
-      <c r="D1154" s="2"/>
+        <v>118568</v>
+      </c>
+      <c r="D1154" s="2" t="s">
+        <v>1857</v>
+      </c>
       <c r="E1154" s="2" t="s">
-        <v>1857</v>
+        <v>1858</v>
       </c>
       <c r="F1154" s="2" t="s">
-        <v>11</v>
+        <v>95</v>
       </c>
     </row>
     <row r="1155" spans="1:6">
       <c r="A1155" s="2">
         <v>1165</v>
       </c>
       <c r="B1155" s="2">
         <v>108</v>
       </c>
       <c r="C1155" s="2">
-        <v>121223</v>
+        <v>118638</v>
       </c>
       <c r="D1155" s="2" t="s">
-        <v>82</v>
+        <v>1859</v>
       </c>
       <c r="E1155" s="2" t="s">
-        <v>1858</v>
+        <v>1860</v>
       </c>
       <c r="F1155" s="2" t="s">
-        <v>1859</v>
+        <v>95</v>
       </c>
     </row>
     <row r="1156" spans="1:6">
       <c r="A1156" s="2">
         <v>1165</v>
       </c>
       <c r="B1156" s="2">
         <v>108</v>
       </c>
       <c r="C1156" s="2">
-        <v>118951</v>
-[...3 lines deleted...]
-      </c>
+        <v>120839</v>
+      </c>
+      <c r="D1156" s="2"/>
       <c r="E1156" s="2" t="s">
-        <v>1860</v>
-[...1 lines deleted...]
-      <c r="F1156" s="2"/>
+        <v>1861</v>
+      </c>
+      <c r="F1156" s="2" t="s">
+        <v>11</v>
+      </c>
     </row>
     <row r="1157" spans="1:6">
       <c r="A1157" s="2">
         <v>1165</v>
       </c>
       <c r="B1157" s="2">
         <v>108</v>
       </c>
       <c r="C1157" s="2">
-        <v>118638</v>
-[...3 lines deleted...]
-      </c>
+        <v>120408</v>
+      </c>
+      <c r="D1157" s="2"/>
       <c r="E1157" s="2" t="s">
         <v>1862</v>
       </c>
       <c r="F1157" s="2" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="1158" spans="1:6">
       <c r="A1158" s="2">
         <v>1165</v>
       </c>
       <c r="B1158" s="2">
         <v>108</v>
       </c>
       <c r="C1158" s="2">
-        <v>120408</v>
-[...1 lines deleted...]
-      <c r="D1158" s="2"/>
+        <v>121553</v>
+      </c>
+      <c r="D1158" s="2" t="s">
+        <v>1863</v>
+      </c>
       <c r="E1158" s="2" t="s">
-        <v>1863</v>
+        <v>1864</v>
       </c>
       <c r="F1158" s="2" t="s">
-        <v>95</v>
+        <v>14</v>
       </c>
     </row>
     <row r="1159" spans="1:6">
       <c r="A1159" s="2">
         <v>1165</v>
       </c>
       <c r="B1159" s="2">
         <v>108</v>
       </c>
       <c r="C1159" s="2">
-        <v>121553</v>
-[...3 lines deleted...]
-      </c>
+        <v>120469</v>
+      </c>
+      <c r="D1159" s="2"/>
       <c r="E1159" s="2" t="s">
         <v>1865</v>
       </c>
       <c r="F1159" s="2" t="s">
-        <v>14</v>
+        <v>95</v>
       </c>
     </row>
     <row r="1160" spans="1:6">
       <c r="A1160" s="2">
         <v>1165</v>
       </c>
       <c r="B1160" s="2">
         <v>108</v>
       </c>
       <c r="C1160" s="2">
         <v>121379</v>
       </c>
       <c r="D1160" s="2"/>
       <c r="E1160" s="2" t="s">
         <v>1866</v>
       </c>
       <c r="F1160" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="1161" spans="1:6">
       <c r="A1161" s="2">
         <v>1185</v>
       </c>
       <c r="B1161" s="2">
         <v>106</v>
       </c>
       <c r="C1161" s="2">
-        <v>118640</v>
-[...3 lines deleted...]
-      </c>
+        <v>121224</v>
+      </c>
+      <c r="D1161" s="2"/>
       <c r="E1161" s="2" t="s">
         <v>1867</v>
       </c>
       <c r="F1161" s="2" t="s">
-        <v>95</v>
+        <v>33</v>
       </c>
     </row>
     <row r="1162" spans="1:6">
       <c r="A1162" s="2">
         <v>1185</v>
       </c>
       <c r="B1162" s="2">
         <v>106</v>
       </c>
       <c r="C1162" s="2">
-        <v>121224</v>
+        <v>120409</v>
       </c>
       <c r="D1162" s="2"/>
       <c r="E1162" s="2" t="s">
         <v>1868</v>
       </c>
       <c r="F1162" s="2" t="s">
-        <v>33</v>
+        <v>95</v>
       </c>
     </row>
     <row r="1163" spans="1:6">
       <c r="A1163" s="2">
         <v>1185</v>
       </c>
       <c r="B1163" s="2">
         <v>106</v>
       </c>
       <c r="C1163" s="2">
-        <v>120409</v>
-[...1 lines deleted...]
-      <c r="D1163" s="2"/>
+        <v>121555</v>
+      </c>
+      <c r="D1163" s="2" t="s">
+        <v>1869</v>
+      </c>
       <c r="E1163" s="2" t="s">
-        <v>1869</v>
+        <v>1870</v>
       </c>
       <c r="F1163" s="2" t="s">
-        <v>95</v>
+        <v>14</v>
       </c>
     </row>
     <row r="1164" spans="1:6">
       <c r="A1164" s="2">
         <v>1185</v>
       </c>
       <c r="B1164" s="2">
         <v>106</v>
       </c>
       <c r="C1164" s="2">
-        <v>121555</v>
-[...3 lines deleted...]
-      </c>
+        <v>120705</v>
+      </c>
+      <c r="D1164" s="2"/>
       <c r="E1164" s="2" t="s">
         <v>1871</v>
       </c>
-      <c r="F1164" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F1164" s="2"/>
     </row>
     <row r="1165" spans="1:6">
       <c r="A1165" s="2">
         <v>1185</v>
       </c>
       <c r="B1165" s="2">
         <v>106</v>
       </c>
       <c r="C1165" s="2">
-        <v>120705</v>
+        <v>120805</v>
       </c>
       <c r="D1165" s="2"/>
       <c r="E1165" s="2" t="s">
         <v>1872</v>
       </c>
-      <c r="F1165" s="2"/>
+      <c r="F1165" s="2" t="s">
+        <v>152</v>
+      </c>
     </row>
     <row r="1166" spans="1:6">
       <c r="A1166" s="2">
         <v>1185</v>
       </c>
       <c r="B1166" s="2">
         <v>106</v>
       </c>
       <c r="C1166" s="2">
         <v>121354</v>
       </c>
       <c r="D1166" s="2"/>
       <c r="E1166" s="2" t="s">
         <v>1873</v>
       </c>
       <c r="F1166" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="1167" spans="1:6">
       <c r="A1167" s="2">
         <v>1185</v>
       </c>
       <c r="B1167" s="2">
         <v>106</v>
@@ -30837,263 +30835,265 @@
       </c>
       <c r="B1168" s="2">
         <v>106</v>
       </c>
       <c r="C1168" s="2">
         <v>108620</v>
       </c>
       <c r="D1168" s="2" t="s">
         <v>1876</v>
       </c>
       <c r="E1168" s="2" t="s">
         <v>1877</v>
       </c>
       <c r="F1168" s="2" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="1169" spans="1:6">
       <c r="A1169" s="2">
         <v>1185</v>
       </c>
       <c r="B1169" s="2">
         <v>106</v>
       </c>
       <c r="C1169" s="2">
-        <v>119071</v>
-[...1 lines deleted...]
-      <c r="D1169" s="2" t="s">
+        <v>121504</v>
+      </c>
+      <c r="D1169" s="2"/>
+      <c r="E1169" s="2" t="s">
         <v>1878</v>
       </c>
-      <c r="E1169" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F1169" s="2" t="s">
-        <v>8</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1170" spans="1:6">
       <c r="A1170" s="2">
         <v>1185</v>
       </c>
       <c r="B1170" s="2">
         <v>106</v>
       </c>
       <c r="C1170" s="2">
-        <v>120805</v>
-[...1 lines deleted...]
-      <c r="D1170" s="2"/>
+        <v>119071</v>
+      </c>
+      <c r="D1170" s="2" t="s">
+        <v>1879</v>
+      </c>
       <c r="E1170" s="2" t="s">
         <v>1880</v>
       </c>
       <c r="F1170" s="2" t="s">
-        <v>152</v>
+        <v>8</v>
       </c>
     </row>
     <row r="1171" spans="1:6">
       <c r="A1171" s="2">
         <v>1185</v>
       </c>
       <c r="B1171" s="2">
         <v>106</v>
       </c>
       <c r="C1171" s="2">
-        <v>118809</v>
+        <v>118868</v>
       </c>
       <c r="D1171" s="2" t="s">
         <v>1881</v>
       </c>
       <c r="E1171" s="2" t="s">
         <v>1882</v>
       </c>
       <c r="F1171" s="2" t="s">
-        <v>11</v>
+        <v>33</v>
       </c>
     </row>
     <row r="1172" spans="1:6">
       <c r="A1172" s="2">
         <v>1185</v>
       </c>
       <c r="B1172" s="2">
         <v>106</v>
       </c>
       <c r="C1172" s="2">
-        <v>121504</v>
-[...1 lines deleted...]
-      <c r="D1172" s="2"/>
+        <v>118809</v>
+      </c>
+      <c r="D1172" s="2" t="s">
+        <v>1883</v>
+      </c>
       <c r="E1172" s="2" t="s">
-        <v>1883</v>
+        <v>1884</v>
       </c>
       <c r="F1172" s="2" t="s">
-        <v>100</v>
+        <v>11</v>
       </c>
     </row>
     <row r="1173" spans="1:6">
       <c r="A1173" s="2">
         <v>1185</v>
       </c>
       <c r="B1173" s="2">
         <v>106</v>
       </c>
       <c r="C1173" s="2">
-        <v>118868</v>
-[...3 lines deleted...]
-      </c>
+        <v>120962</v>
+      </c>
+      <c r="D1173" s="2"/>
       <c r="E1173" s="2" t="s">
         <v>1885</v>
       </c>
       <c r="F1173" s="2" t="s">
-        <v>33</v>
+        <v>14</v>
       </c>
     </row>
     <row r="1174" spans="1:6">
       <c r="A1174" s="2">
         <v>1185</v>
       </c>
       <c r="B1174" s="2">
         <v>106</v>
       </c>
       <c r="C1174" s="2">
-        <v>120962</v>
+        <v>121633</v>
       </c>
       <c r="D1174" s="2"/>
       <c r="E1174" s="2" t="s">
         <v>1886</v>
       </c>
-      <c r="F1174" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F1174" s="2"/>
     </row>
     <row r="1175" spans="1:6">
       <c r="A1175" s="2">
         <v>1185</v>
       </c>
       <c r="B1175" s="2">
         <v>106</v>
       </c>
       <c r="C1175" s="2">
-        <v>121633</v>
-[...1 lines deleted...]
-      <c r="D1175" s="2"/>
+        <v>120470</v>
+      </c>
+      <c r="D1175" s="2" t="s">
+        <v>1887</v>
+      </c>
       <c r="E1175" s="2" t="s">
-        <v>1887</v>
+        <v>1888</v>
       </c>
       <c r="F1175" s="2"/>
     </row>
     <row r="1176" spans="1:6">
       <c r="A1176" s="2">
         <v>1185</v>
       </c>
       <c r="B1176" s="2">
         <v>106</v>
       </c>
       <c r="C1176" s="2">
-        <v>120470</v>
-[...3 lines deleted...]
-      </c>
+        <v>121448</v>
+      </c>
+      <c r="D1176" s="2"/>
       <c r="E1176" s="2" t="s">
         <v>1889</v>
       </c>
-      <c r="F1176" s="2"/>
+      <c r="F1176" s="2" t="s">
+        <v>100</v>
+      </c>
     </row>
     <row r="1177" spans="1:6">
       <c r="A1177" s="2">
         <v>1185</v>
       </c>
       <c r="B1177" s="2">
         <v>106</v>
       </c>
       <c r="C1177" s="2">
-        <v>121448</v>
-[...1 lines deleted...]
-      <c r="D1177" s="2"/>
+        <v>118952</v>
+      </c>
+      <c r="D1177" s="2" t="s">
+        <v>1890</v>
+      </c>
       <c r="E1177" s="2" t="s">
-        <v>1890</v>
-[...3 lines deleted...]
-      </c>
+        <v>1891</v>
+      </c>
+      <c r="F1177" s="2"/>
     </row>
     <row r="1178" spans="1:6">
       <c r="A1178" s="2">
         <v>1185</v>
       </c>
       <c r="B1178" s="2">
         <v>106</v>
       </c>
       <c r="C1178" s="2">
         <v>118569</v>
       </c>
       <c r="D1178" s="2" t="s">
-        <v>1891</v>
+        <v>1892</v>
       </c>
       <c r="E1178" s="2" t="s">
-        <v>1892</v>
+        <v>1893</v>
       </c>
       <c r="F1178" s="2" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="1179" spans="1:6">
       <c r="A1179" s="2">
         <v>1185</v>
       </c>
       <c r="B1179" s="2">
         <v>106</v>
       </c>
       <c r="C1179" s="2">
-        <v>120840</v>
-[...1 lines deleted...]
-      <c r="D1179" s="2"/>
+        <v>118640</v>
+      </c>
+      <c r="D1179" s="2" t="s">
+        <v>669</v>
+      </c>
       <c r="E1179" s="2" t="s">
-        <v>1893</v>
+        <v>1894</v>
       </c>
       <c r="F1179" s="2" t="s">
-        <v>11</v>
+        <v>95</v>
       </c>
     </row>
     <row r="1180" spans="1:6">
       <c r="A1180" s="2">
         <v>1185</v>
       </c>
       <c r="B1180" s="2">
         <v>106</v>
       </c>
       <c r="C1180" s="2">
-        <v>118952</v>
-[...3 lines deleted...]
-      </c>
+        <v>120840</v>
+      </c>
+      <c r="D1180" s="2"/>
       <c r="E1180" s="2" t="s">
         <v>1895</v>
       </c>
-      <c r="F1180" s="2"/>
+      <c r="F1180" s="2" t="s">
+        <v>11</v>
+      </c>
     </row>
     <row r="1181" spans="1:6">
       <c r="A1181" s="2">
         <v>1206</v>
       </c>
       <c r="B1181" s="2">
         <v>104</v>
       </c>
       <c r="C1181" s="2">
         <v>120963</v>
       </c>
       <c r="D1181" s="2"/>
       <c r="E1181" s="2" t="s">
         <v>1896</v>
       </c>
       <c r="F1181" s="2" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="1182" spans="1:6">
       <c r="A1182" s="2">
         <v>1206</v>
       </c>
       <c r="B1182" s="2">
         <v>104</v>
@@ -31111,1158 +31111,1156 @@
       <c r="A1183" s="2">
         <v>1206</v>
       </c>
       <c r="B1183" s="2">
         <v>104</v>
       </c>
       <c r="C1183" s="2">
         <v>121449</v>
       </c>
       <c r="D1183" s="2"/>
       <c r="E1183" s="2" t="s">
         <v>1898</v>
       </c>
       <c r="F1183" s="2" t="s">
         <v>100</v>
       </c>
     </row>
     <row r="1184" spans="1:6">
       <c r="A1184" s="2">
         <v>1206</v>
       </c>
       <c r="B1184" s="2">
         <v>104</v>
       </c>
       <c r="C1184" s="2">
-        <v>118570</v>
+        <v>118953</v>
       </c>
       <c r="D1184" s="2" t="s">
         <v>1899</v>
       </c>
       <c r="E1184" s="2" t="s">
         <v>1900</v>
       </c>
-      <c r="F1184" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F1184" s="2"/>
     </row>
     <row r="1185" spans="1:6">
       <c r="A1185" s="2">
         <v>1206</v>
       </c>
       <c r="B1185" s="2">
         <v>104</v>
       </c>
       <c r="C1185" s="2">
-        <v>120841</v>
-[...1 lines deleted...]
-      <c r="D1185" s="2"/>
+        <v>118570</v>
+      </c>
+      <c r="D1185" s="2" t="s">
+        <v>1901</v>
+      </c>
       <c r="E1185" s="2" t="s">
-        <v>1901</v>
+        <v>1902</v>
       </c>
       <c r="F1185" s="2" t="s">
-        <v>11</v>
+        <v>95</v>
       </c>
     </row>
     <row r="1186" spans="1:6">
       <c r="A1186" s="2">
         <v>1206</v>
       </c>
       <c r="B1186" s="2">
         <v>104</v>
       </c>
       <c r="C1186" s="2">
-        <v>118953</v>
+        <v>118641</v>
       </c>
       <c r="D1186" s="2" t="s">
-        <v>1902</v>
+        <v>1903</v>
       </c>
       <c r="E1186" s="2" t="s">
-        <v>1903</v>
-[...1 lines deleted...]
-      <c r="F1186" s="2"/>
+        <v>1904</v>
+      </c>
+      <c r="F1186" s="2" t="s">
+        <v>95</v>
+      </c>
     </row>
     <row r="1187" spans="1:6">
       <c r="A1187" s="2">
         <v>1206</v>
       </c>
       <c r="B1187" s="2">
         <v>104</v>
       </c>
       <c r="C1187" s="2">
-        <v>121380</v>
+        <v>120472</v>
       </c>
       <c r="D1187" s="2"/>
       <c r="E1187" s="2" t="s">
-        <v>1904</v>
+        <v>1905</v>
       </c>
       <c r="F1187" s="2" t="s">
-        <v>11</v>
+        <v>95</v>
       </c>
     </row>
     <row r="1188" spans="1:6">
       <c r="A1188" s="2">
         <v>1206</v>
       </c>
       <c r="B1188" s="2">
         <v>104</v>
       </c>
       <c r="C1188" s="2">
-        <v>120472</v>
+        <v>120841</v>
       </c>
       <c r="D1188" s="2"/>
       <c r="E1188" s="2" t="s">
-        <v>1905</v>
+        <v>1906</v>
       </c>
       <c r="F1188" s="2" t="s">
-        <v>95</v>
+        <v>11</v>
       </c>
     </row>
     <row r="1189" spans="1:6">
       <c r="A1189" s="2">
         <v>1206</v>
       </c>
       <c r="B1189" s="2">
         <v>104</v>
       </c>
       <c r="C1189" s="2">
-        <v>118641</v>
-[...3 lines deleted...]
-      </c>
+        <v>121380</v>
+      </c>
+      <c r="D1189" s="2"/>
       <c r="E1189" s="2" t="s">
         <v>1907</v>
       </c>
       <c r="F1189" s="2" t="s">
-        <v>95</v>
+        <v>11</v>
       </c>
     </row>
     <row r="1190" spans="1:6">
       <c r="A1190" s="2">
         <v>1206</v>
       </c>
       <c r="B1190" s="2">
         <v>104</v>
       </c>
       <c r="C1190" s="2">
-        <v>119138</v>
-[...1 lines deleted...]
-      <c r="D1190" s="2" t="s">
+        <v>121225</v>
+      </c>
+      <c r="D1190" s="2"/>
+      <c r="E1190" s="2" t="s">
         <v>1908</v>
       </c>
-      <c r="E1190" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F1190" s="2" t="s">
-        <v>11</v>
+        <v>33</v>
       </c>
     </row>
     <row r="1191" spans="1:6">
       <c r="A1191" s="2">
         <v>1206</v>
       </c>
       <c r="B1191" s="2">
         <v>104</v>
       </c>
       <c r="C1191" s="2">
-        <v>121225</v>
+        <v>120410</v>
       </c>
       <c r="D1191" s="2"/>
       <c r="E1191" s="2" t="s">
-        <v>1910</v>
+        <v>1909</v>
       </c>
       <c r="F1191" s="2" t="s">
-        <v>33</v>
+        <v>95</v>
       </c>
     </row>
     <row r="1192" spans="1:6">
       <c r="A1192" s="2">
         <v>1206</v>
       </c>
       <c r="B1192" s="2">
         <v>104</v>
       </c>
       <c r="C1192" s="2">
-        <v>120410</v>
-[...1 lines deleted...]
-      <c r="D1192" s="2"/>
+        <v>121556</v>
+      </c>
+      <c r="D1192" s="2" t="s">
+        <v>1910</v>
+      </c>
       <c r="E1192" s="2" t="s">
         <v>1911</v>
       </c>
       <c r="F1192" s="2" t="s">
-        <v>95</v>
+        <v>14</v>
       </c>
     </row>
     <row r="1193" spans="1:6">
       <c r="A1193" s="2">
         <v>1206</v>
       </c>
       <c r="B1193" s="2">
         <v>104</v>
       </c>
       <c r="C1193" s="2">
-        <v>121556</v>
+        <v>119138</v>
       </c>
       <c r="D1193" s="2" t="s">
         <v>1912</v>
       </c>
       <c r="E1193" s="2" t="s">
         <v>1913</v>
       </c>
       <c r="F1193" s="2" t="s">
-        <v>14</v>
+        <v>11</v>
       </c>
     </row>
     <row r="1194" spans="1:6">
       <c r="A1194" s="2">
         <v>1206</v>
       </c>
       <c r="B1194" s="2">
         <v>104</v>
       </c>
       <c r="C1194" s="2">
         <v>120706</v>
       </c>
       <c r="D1194" s="2"/>
       <c r="E1194" s="2" t="s">
         <v>1914</v>
       </c>
       <c r="F1194" s="2"/>
     </row>
     <row r="1195" spans="1:6">
       <c r="A1195" s="2">
         <v>1206</v>
       </c>
       <c r="B1195" s="2">
         <v>104</v>
       </c>
       <c r="C1195" s="2">
-        <v>121355</v>
+        <v>120806</v>
       </c>
       <c r="D1195" s="2"/>
       <c r="E1195" s="2" t="s">
         <v>1915</v>
       </c>
       <c r="F1195" s="2" t="s">
-        <v>11</v>
+        <v>152</v>
       </c>
     </row>
     <row r="1196" spans="1:6">
       <c r="A1196" s="2">
         <v>1206</v>
       </c>
       <c r="B1196" s="2">
         <v>104</v>
       </c>
       <c r="C1196" s="2">
-        <v>118684</v>
-[...1 lines deleted...]
-      <c r="D1196" s="2" t="s">
+        <v>121355</v>
+      </c>
+      <c r="D1196" s="2"/>
+      <c r="E1196" s="2" t="s">
         <v>1916</v>
-      </c>
-[...1 lines deleted...]
-        <v>1917</v>
       </c>
       <c r="F1196" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="1197" spans="1:6">
       <c r="A1197" s="2">
         <v>1206</v>
       </c>
       <c r="B1197" s="2">
         <v>104</v>
       </c>
       <c r="C1197" s="2">
-        <v>119072</v>
+        <v>118684</v>
       </c>
       <c r="D1197" s="2" t="s">
+        <v>1917</v>
+      </c>
+      <c r="E1197" s="2" t="s">
         <v>1918</v>
       </c>
-      <c r="E1197" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F1197" s="2" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
     </row>
     <row r="1198" spans="1:6">
       <c r="A1198" s="2">
         <v>1206</v>
       </c>
       <c r="B1198" s="2">
         <v>104</v>
       </c>
       <c r="C1198" s="2">
-        <v>120806</v>
+        <v>121505</v>
       </c>
       <c r="D1198" s="2"/>
       <c r="E1198" s="2" t="s">
-        <v>1920</v>
+        <v>1919</v>
       </c>
       <c r="F1198" s="2" t="s">
-        <v>152</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1199" spans="1:6">
       <c r="A1199" s="2">
         <v>1206</v>
       </c>
       <c r="B1199" s="2">
         <v>104</v>
       </c>
       <c r="C1199" s="2">
-        <v>118810</v>
+        <v>119072</v>
       </c>
       <c r="D1199" s="2" t="s">
+        <v>1920</v>
+      </c>
+      <c r="E1199" s="2" t="s">
         <v>1921</v>
       </c>
-      <c r="E1199" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F1199" s="2" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
     </row>
     <row r="1200" spans="1:6">
       <c r="A1200" s="2">
         <v>1206</v>
       </c>
       <c r="B1200" s="2">
         <v>104</v>
       </c>
       <c r="C1200" s="2">
-        <v>121505</v>
-[...1 lines deleted...]
-      <c r="D1200" s="2"/>
+        <v>118810</v>
+      </c>
+      <c r="D1200" s="2" t="s">
+        <v>1922</v>
+      </c>
       <c r="E1200" s="2" t="s">
         <v>1923</v>
       </c>
       <c r="F1200" s="2" t="s">
-        <v>100</v>
+        <v>11</v>
       </c>
     </row>
     <row r="1201" spans="1:6">
       <c r="A1201" s="2">
         <v>1226</v>
       </c>
       <c r="B1201" s="2">
         <v>102</v>
       </c>
       <c r="C1201" s="2">
-        <v>118869</v>
-[...1 lines deleted...]
-      <c r="D1201" s="2" t="s">
+        <v>120807</v>
+      </c>
+      <c r="D1201" s="2"/>
+      <c r="E1201" s="2" t="s">
         <v>1924</v>
       </c>
-      <c r="E1201" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F1201" s="2" t="s">
-        <v>33</v>
+        <v>152</v>
       </c>
     </row>
     <row r="1202" spans="1:6">
       <c r="A1202" s="2">
         <v>1226</v>
       </c>
       <c r="B1202" s="2">
         <v>102</v>
       </c>
       <c r="C1202" s="2">
-        <v>120709</v>
+        <v>121356</v>
       </c>
       <c r="D1202" s="2"/>
       <c r="E1202" s="2" t="s">
-        <v>1926</v>
-[...1 lines deleted...]
-      <c r="F1202" s="2"/>
+        <v>1925</v>
+      </c>
+      <c r="F1202" s="2" t="s">
+        <v>11</v>
+      </c>
     </row>
     <row r="1203" spans="1:6">
       <c r="A1203" s="2">
         <v>1226</v>
       </c>
       <c r="B1203" s="2">
         <v>102</v>
       </c>
       <c r="C1203" s="2">
-        <v>121356</v>
-[...1 lines deleted...]
-      <c r="D1203" s="2"/>
+        <v>118685</v>
+      </c>
+      <c r="D1203" s="2" t="s">
+        <v>1926</v>
+      </c>
       <c r="E1203" s="2" t="s">
-        <v>1927</v>
+        <v>1025</v>
       </c>
       <c r="F1203" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="1204" spans="1:6">
       <c r="A1204" s="2">
         <v>1226</v>
       </c>
       <c r="B1204" s="2">
         <v>102</v>
       </c>
       <c r="C1204" s="2">
-        <v>118685</v>
-[...3 lines deleted...]
-      </c>
+        <v>121506</v>
+      </c>
+      <c r="D1204" s="2"/>
       <c r="E1204" s="2" t="s">
-        <v>994</v>
+        <v>1927</v>
       </c>
       <c r="F1204" s="2" t="s">
-        <v>11</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1205" spans="1:6">
       <c r="A1205" s="2">
         <v>1226</v>
       </c>
       <c r="B1205" s="2">
         <v>102</v>
       </c>
       <c r="C1205" s="2">
         <v>119073</v>
       </c>
       <c r="D1205" s="2" t="s">
+        <v>1928</v>
+      </c>
+      <c r="E1205" s="2" t="s">
         <v>1929</v>
-      </c>
-[...1 lines deleted...]
-        <v>1930</v>
       </c>
       <c r="F1205" s="2" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="1206" spans="1:6">
       <c r="A1206" s="2">
         <v>1226</v>
       </c>
       <c r="B1206" s="2">
         <v>102</v>
       </c>
       <c r="C1206" s="2">
-        <v>120807</v>
-[...1 lines deleted...]
-      <c r="D1206" s="2"/>
+        <v>118812</v>
+      </c>
+      <c r="D1206" s="2" t="s">
+        <v>1930</v>
+      </c>
       <c r="E1206" s="2" t="s">
         <v>1931</v>
       </c>
       <c r="F1206" s="2" t="s">
-        <v>152</v>
+        <v>11</v>
       </c>
     </row>
     <row r="1207" spans="1:6">
       <c r="A1207" s="2">
         <v>1226</v>
       </c>
       <c r="B1207" s="2">
         <v>102</v>
       </c>
       <c r="C1207" s="2">
-        <v>118812</v>
-[...1 lines deleted...]
-      <c r="D1207" s="2" t="s">
+        <v>120965</v>
+      </c>
+      <c r="D1207" s="2"/>
+      <c r="E1207" s="2" t="s">
         <v>1932</v>
       </c>
-      <c r="E1207" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F1207" s="2" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
     </row>
     <row r="1208" spans="1:6">
       <c r="A1208" s="2">
         <v>1226</v>
       </c>
       <c r="B1208" s="2">
         <v>102</v>
       </c>
       <c r="C1208" s="2">
-        <v>121506</v>
+        <v>121450</v>
       </c>
       <c r="D1208" s="2"/>
       <c r="E1208" s="2" t="s">
-        <v>1934</v>
+        <v>1933</v>
       </c>
       <c r="F1208" s="2" t="s">
         <v>100</v>
       </c>
     </row>
     <row r="1209" spans="1:6">
       <c r="A1209" s="2">
         <v>1226</v>
       </c>
       <c r="B1209" s="2">
         <v>102</v>
       </c>
       <c r="C1209" s="2">
-        <v>120965</v>
-[...1 lines deleted...]
-      <c r="D1209" s="2"/>
+        <v>118571</v>
+      </c>
+      <c r="D1209" s="2" t="s">
+        <v>1934</v>
+      </c>
       <c r="E1209" s="2" t="s">
         <v>1935</v>
       </c>
       <c r="F1209" s="2" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
     </row>
     <row r="1210" spans="1:6">
       <c r="A1210" s="2">
         <v>1226</v>
       </c>
       <c r="B1210" s="2">
         <v>102</v>
       </c>
       <c r="C1210" s="2">
-        <v>118571</v>
-[...1 lines deleted...]
-      <c r="D1210" s="2" t="s">
+        <v>120473</v>
+      </c>
+      <c r="D1210" s="2"/>
+      <c r="E1210" s="2" t="s">
         <v>1936</v>
       </c>
-      <c r="E1210" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F1210" s="2" t="s">
-        <v>8</v>
+        <v>95</v>
       </c>
     </row>
     <row r="1211" spans="1:6">
       <c r="A1211" s="2">
         <v>1226</v>
       </c>
       <c r="B1211" s="2">
         <v>102</v>
       </c>
       <c r="C1211" s="2">
-        <v>121450</v>
-[...1 lines deleted...]
-      <c r="D1211" s="2"/>
+        <v>118642</v>
+      </c>
+      <c r="D1211" s="2" t="s">
+        <v>1937</v>
+      </c>
       <c r="E1211" s="2" t="s">
         <v>1938</v>
       </c>
       <c r="F1211" s="2" t="s">
-        <v>100</v>
+        <v>95</v>
       </c>
     </row>
     <row r="1212" spans="1:6">
       <c r="A1212" s="2">
         <v>1226</v>
       </c>
       <c r="B1212" s="2">
         <v>102</v>
       </c>
       <c r="C1212" s="2">
         <v>121381</v>
       </c>
       <c r="D1212" s="2" t="s">
         <v>1939</v>
       </c>
       <c r="E1212" s="2" t="s">
         <v>15</v>
       </c>
       <c r="F1212" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="1213" spans="1:6">
       <c r="A1213" s="2">
         <v>1226</v>
       </c>
       <c r="B1213" s="2">
         <v>102</v>
       </c>
       <c r="C1213" s="2">
-        <v>120473</v>
+        <v>121226</v>
       </c>
       <c r="D1213" s="2"/>
       <c r="E1213" s="2" t="s">
         <v>1940</v>
       </c>
       <c r="F1213" s="2" t="s">
-        <v>95</v>
+        <v>33</v>
       </c>
     </row>
     <row r="1214" spans="1:6">
       <c r="A1214" s="2">
         <v>1226</v>
       </c>
       <c r="B1214" s="2">
         <v>102</v>
       </c>
       <c r="C1214" s="2">
-        <v>118642</v>
+        <v>118954</v>
       </c>
       <c r="D1214" s="2" t="s">
         <v>1941</v>
       </c>
       <c r="E1214" s="2" t="s">
         <v>1942</v>
       </c>
       <c r="F1214" s="2" t="s">
-        <v>95</v>
+        <v>67</v>
       </c>
     </row>
     <row r="1215" spans="1:6">
       <c r="A1215" s="2">
         <v>1226</v>
       </c>
       <c r="B1215" s="2">
         <v>102</v>
       </c>
       <c r="C1215" s="2">
-        <v>118954</v>
-[...1 lines deleted...]
-      <c r="D1215" s="2" t="s">
+        <v>120413</v>
+      </c>
+      <c r="D1215" s="2"/>
+      <c r="E1215" s="2" t="s">
         <v>1943</v>
       </c>
-      <c r="E1215" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F1215" s="2" t="s">
-        <v>67</v>
+        <v>95</v>
       </c>
     </row>
     <row r="1216" spans="1:6">
       <c r="A1216" s="2">
         <v>1226</v>
       </c>
       <c r="B1216" s="2">
         <v>102</v>
       </c>
       <c r="C1216" s="2">
-        <v>119139</v>
+        <v>121557</v>
       </c>
       <c r="D1216" s="2" t="s">
+        <v>1944</v>
+      </c>
+      <c r="E1216" s="2" t="s">
         <v>1945</v>
       </c>
-      <c r="E1216" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F1216" s="2" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
     </row>
     <row r="1217" spans="1:6">
       <c r="A1217" s="2">
         <v>1226</v>
       </c>
       <c r="B1217" s="2">
         <v>102</v>
       </c>
       <c r="C1217" s="2">
-        <v>121226</v>
-[...1 lines deleted...]
-      <c r="D1217" s="2"/>
+        <v>119139</v>
+      </c>
+      <c r="D1217" s="2" t="s">
+        <v>1946</v>
+      </c>
       <c r="E1217" s="2" t="s">
         <v>1947</v>
       </c>
       <c r="F1217" s="2" t="s">
-        <v>33</v>
+        <v>11</v>
       </c>
     </row>
     <row r="1218" spans="1:6">
       <c r="A1218" s="2">
         <v>1226</v>
       </c>
       <c r="B1218" s="2">
         <v>102</v>
       </c>
       <c r="C1218" s="2">
-        <v>120413</v>
+        <v>120709</v>
       </c>
       <c r="D1218" s="2"/>
       <c r="E1218" s="2" t="s">
         <v>1948</v>
       </c>
-      <c r="F1218" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F1218" s="2"/>
     </row>
     <row r="1219" spans="1:6">
       <c r="A1219" s="2">
         <v>1226</v>
       </c>
       <c r="B1219" s="2">
         <v>102</v>
       </c>
       <c r="C1219" s="2">
-        <v>121557</v>
+        <v>118869</v>
       </c>
       <c r="D1219" s="2" t="s">
         <v>1949</v>
       </c>
       <c r="E1219" s="2" t="s">
         <v>1950</v>
       </c>
       <c r="F1219" s="2" t="s">
-        <v>14</v>
+        <v>33</v>
       </c>
     </row>
     <row r="1220" spans="1:6">
       <c r="A1220" s="2">
         <v>0</v>
       </c>
       <c r="B1220" s="2">
         <v>0</v>
       </c>
       <c r="C1220" s="2">
-        <v>109506</v>
+        <v>106004</v>
       </c>
       <c r="D1220" s="2" t="s">
         <v>1951</v>
       </c>
       <c r="E1220" s="2" t="s">
         <v>1952</v>
       </c>
       <c r="F1220" s="2" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
     </row>
     <row r="1221" spans="1:6">
       <c r="A1221" s="2">
         <v>0</v>
       </c>
       <c r="B1221" s="2">
         <v>0</v>
       </c>
       <c r="C1221" s="2">
         <v>115113</v>
       </c>
       <c r="D1221" s="2" t="s">
         <v>1953</v>
       </c>
       <c r="E1221" s="2" t="s">
-        <v>1187</v>
+        <v>1183</v>
       </c>
       <c r="F1221" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="1222" spans="1:6">
       <c r="A1222" s="2">
         <v>1246</v>
       </c>
       <c r="B1222" s="2">
         <v>0</v>
       </c>
       <c r="C1222" s="2">
-        <v>120970</v>
+        <v>121453</v>
       </c>
       <c r="D1222" s="2"/>
       <c r="E1222" s="2" t="s">
         <v>1954</v>
       </c>
       <c r="F1222" s="2" t="s">
-        <v>14</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1223" spans="1:6">
       <c r="A1223" s="2">
-        <v>0</v>
+        <v>1246</v>
       </c>
       <c r="B1223" s="2">
         <v>0</v>
       </c>
       <c r="C1223" s="2">
-        <v>106004</v>
+        <v>121387</v>
       </c>
       <c r="D1223" s="2" t="s">
         <v>1955</v>
       </c>
       <c r="E1223" s="2" t="s">
         <v>1956</v>
       </c>
       <c r="F1223" s="2" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
     </row>
     <row r="1224" spans="1:6">
       <c r="A1224" s="2">
-        <v>1246</v>
+        <v>0</v>
       </c>
       <c r="B1224" s="2">
         <v>0</v>
       </c>
       <c r="C1224" s="2">
-        <v>121387</v>
+        <v>112999</v>
       </c>
       <c r="D1224" s="2" t="s">
         <v>1957</v>
       </c>
       <c r="E1224" s="2" t="s">
         <v>1958</v>
       </c>
       <c r="F1224" s="2" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="1225" spans="1:6">
       <c r="A1225" s="2">
         <v>0</v>
       </c>
       <c r="B1225" s="2">
         <v>0</v>
       </c>
       <c r="C1225" s="2">
-        <v>112999</v>
+        <v>107410</v>
       </c>
       <c r="D1225" s="2" t="s">
+        <v>1691</v>
+      </c>
+      <c r="E1225" s="2" t="s">
         <v>1959</v>
       </c>
-      <c r="E1225" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F1225" s="2" t="s">
-        <v>8</v>
+        <v>95</v>
       </c>
     </row>
     <row r="1226" spans="1:6">
       <c r="A1226" s="2">
-        <v>0</v>
+        <v>1246</v>
       </c>
       <c r="B1226" s="2">
         <v>0</v>
       </c>
       <c r="C1226" s="2">
-        <v>101552</v>
+        <v>100174</v>
       </c>
       <c r="D1226" s="2" t="s">
+        <v>1960</v>
+      </c>
+      <c r="E1226" s="2" t="s">
         <v>1961</v>
       </c>
-      <c r="E1226" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F1226" s="2" t="s">
-        <v>11</v>
+        <v>766</v>
       </c>
     </row>
     <row r="1227" spans="1:6">
       <c r="A1227" s="2">
-        <v>1246</v>
+        <v>0</v>
       </c>
       <c r="B1227" s="2">
         <v>0</v>
       </c>
       <c r="C1227" s="2">
-        <v>121453</v>
-[...1 lines deleted...]
-      <c r="D1227" s="2"/>
+        <v>118438</v>
+      </c>
+      <c r="D1227" s="2" t="s">
+        <v>1962</v>
+      </c>
       <c r="E1227" s="2" t="s">
         <v>1963</v>
       </c>
       <c r="F1227" s="2" t="s">
-        <v>100</v>
+        <v>95</v>
       </c>
     </row>
     <row r="1228" spans="1:6">
       <c r="A1228" s="2">
         <v>0</v>
       </c>
       <c r="B1228" s="2">
         <v>0</v>
       </c>
       <c r="C1228" s="2">
-        <v>119177</v>
+        <v>101552</v>
       </c>
       <c r="D1228" s="2" t="s">
         <v>1964</v>
       </c>
       <c r="E1228" s="2" t="s">
         <v>1965</v>
       </c>
       <c r="F1228" s="2" t="s">
-        <v>14</v>
+        <v>11</v>
       </c>
     </row>
     <row r="1229" spans="1:6">
       <c r="A1229" s="2">
-        <v>1246</v>
+        <v>0</v>
       </c>
       <c r="B1229" s="2">
         <v>0</v>
       </c>
       <c r="C1229" s="2">
-        <v>121396</v>
-[...1 lines deleted...]
-      <c r="D1229" s="2"/>
+        <v>119177</v>
+      </c>
+      <c r="D1229" s="2" t="s">
+        <v>1966</v>
+      </c>
       <c r="E1229" s="2" t="s">
-        <v>1966</v>
+        <v>1967</v>
       </c>
       <c r="F1229" s="2" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
     </row>
     <row r="1230" spans="1:6">
       <c r="A1230" s="2">
-        <v>0</v>
+        <v>1246</v>
       </c>
       <c r="B1230" s="2">
         <v>0</v>
       </c>
       <c r="C1230" s="2">
-        <v>121393</v>
+        <v>121396</v>
       </c>
       <c r="D1230" s="2"/>
       <c r="E1230" s="2" t="s">
-        <v>1967</v>
+        <v>1968</v>
       </c>
       <c r="F1230" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="1231" spans="1:6">
       <c r="A1231" s="2">
         <v>0</v>
       </c>
       <c r="B1231" s="2">
         <v>0</v>
       </c>
       <c r="C1231" s="2">
-        <v>107410</v>
-[...3 lines deleted...]
-      </c>
+        <v>121393</v>
+      </c>
+      <c r="D1231" s="2"/>
       <c r="E1231" s="2" t="s">
-        <v>1968</v>
+        <v>1969</v>
       </c>
       <c r="F1231" s="2" t="s">
-        <v>95</v>
+        <v>11</v>
       </c>
     </row>
     <row r="1232" spans="1:6">
       <c r="A1232" s="2">
         <v>1246</v>
       </c>
       <c r="B1232" s="2">
         <v>0</v>
       </c>
       <c r="C1232" s="2">
         <v>121389</v>
       </c>
       <c r="D1232" s="2"/>
       <c r="E1232" s="2" t="s">
-        <v>1969</v>
+        <v>1970</v>
       </c>
       <c r="F1232" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="1233" spans="1:6">
       <c r="A1233" s="2">
         <v>1246</v>
       </c>
       <c r="B1233" s="2">
         <v>0</v>
       </c>
       <c r="C1233" s="2">
         <v>121385</v>
       </c>
       <c r="D1233" s="2"/>
       <c r="E1233" s="2" t="s">
-        <v>1970</v>
+        <v>1971</v>
       </c>
       <c r="F1233" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="1234" spans="1:6">
       <c r="A1234" s="2">
-        <v>0</v>
+        <v>1246</v>
       </c>
       <c r="B1234" s="2">
         <v>0</v>
       </c>
       <c r="C1234" s="2">
-        <v>118438</v>
+        <v>121398</v>
       </c>
       <c r="D1234" s="2" t="s">
-        <v>1971</v>
+        <v>546</v>
       </c>
       <c r="E1234" s="2" t="s">
         <v>1972</v>
       </c>
       <c r="F1234" s="2" t="s">
-        <v>95</v>
+        <v>36</v>
       </c>
     </row>
     <row r="1235" spans="1:6">
       <c r="A1235" s="2">
         <v>1246</v>
       </c>
       <c r="B1235" s="2">
         <v>0</v>
       </c>
       <c r="C1235" s="2">
-        <v>100174</v>
-[...1 lines deleted...]
-      <c r="D1235" s="2" t="s">
+        <v>120971</v>
+      </c>
+      <c r="D1235" s="2"/>
+      <c r="E1235" s="2" t="s">
         <v>1973</v>
       </c>
-      <c r="E1235" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F1235" s="2" t="s">
-        <v>774</v>
+        <v>14</v>
       </c>
     </row>
     <row r="1236" spans="1:6">
       <c r="A1236" s="2">
         <v>0</v>
       </c>
       <c r="B1236" s="2">
         <v>0</v>
       </c>
       <c r="C1236" s="2">
         <v>118734</v>
       </c>
       <c r="D1236" s="2" t="s">
+        <v>1974</v>
+      </c>
+      <c r="E1236" s="2" t="s">
         <v>1975</v>
-      </c>
-[...1 lines deleted...]
-        <v>1976</v>
       </c>
       <c r="F1236" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="1237" spans="1:6">
       <c r="A1237" s="2">
-        <v>0</v>
+        <v>1246</v>
       </c>
       <c r="B1237" s="2">
         <v>0</v>
       </c>
       <c r="C1237" s="2">
-        <v>118693</v>
-[...3 lines deleted...]
-      </c>
+        <v>120967</v>
+      </c>
+      <c r="D1237" s="2"/>
       <c r="E1237" s="2" t="s">
-        <v>1978</v>
+        <v>1976</v>
       </c>
       <c r="F1237" s="2" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
     </row>
     <row r="1238" spans="1:6">
       <c r="A1238" s="2">
-        <v>1246</v>
+        <v>0</v>
       </c>
       <c r="B1238" s="2">
         <v>0</v>
       </c>
       <c r="C1238" s="2">
-        <v>121398</v>
+        <v>118693</v>
       </c>
       <c r="D1238" s="2" t="s">
-        <v>543</v>
+        <v>1977</v>
       </c>
       <c r="E1238" s="2" t="s">
-        <v>1979</v>
+        <v>1978</v>
       </c>
       <c r="F1238" s="2" t="s">
-        <v>36</v>
+        <v>11</v>
       </c>
     </row>
     <row r="1239" spans="1:6">
       <c r="A1239" s="2">
         <v>1246</v>
       </c>
       <c r="B1239" s="2">
         <v>0</v>
       </c>
       <c r="C1239" s="2">
-        <v>120971</v>
+        <v>121454</v>
       </c>
       <c r="D1239" s="2"/>
       <c r="E1239" s="2" t="s">
-        <v>1980</v>
+        <v>1979</v>
       </c>
       <c r="F1239" s="2" t="s">
-        <v>14</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1240" spans="1:6">
       <c r="A1240" s="2">
-        <v>1246</v>
+        <v>0</v>
       </c>
       <c r="B1240" s="2">
         <v>0</v>
       </c>
       <c r="C1240" s="2">
-        <v>120967</v>
+        <v>120608</v>
       </c>
       <c r="D1240" s="2"/>
       <c r="E1240" s="2" t="s">
-        <v>1981</v>
-[...3 lines deleted...]
-      </c>
+        <v>1980</v>
+      </c>
+      <c r="F1240" s="2"/>
     </row>
     <row r="1241" spans="1:6">
       <c r="A1241" s="2">
         <v>1246</v>
       </c>
       <c r="B1241" s="2">
         <v>0</v>
       </c>
       <c r="C1241" s="2">
-        <v>121454</v>
+        <v>121397</v>
       </c>
       <c r="D1241" s="2"/>
       <c r="E1241" s="2" t="s">
-        <v>1982</v>
+        <v>1981</v>
       </c>
       <c r="F1241" s="2" t="s">
-        <v>100</v>
+        <v>11</v>
       </c>
     </row>
     <row r="1242" spans="1:6">
       <c r="A1242" s="2">
         <v>1246</v>
       </c>
       <c r="B1242" s="2">
         <v>0</v>
       </c>
       <c r="C1242" s="2">
-        <v>121397</v>
-[...1 lines deleted...]
-      <c r="D1242" s="2"/>
+        <v>102677</v>
+      </c>
+      <c r="D1242" s="2" t="s">
+        <v>1982</v>
+      </c>
       <c r="E1242" s="2" t="s">
         <v>1983</v>
       </c>
       <c r="F1242" s="2" t="s">
-        <v>11</v>
+        <v>95</v>
       </c>
     </row>
     <row r="1243" spans="1:6">
       <c r="A1243" s="2">
         <v>1246</v>
       </c>
       <c r="B1243" s="2">
         <v>0</v>
       </c>
       <c r="C1243" s="2">
         <v>121394</v>
       </c>
       <c r="D1243" s="2"/>
       <c r="E1243" s="2" t="s">
         <v>1984</v>
       </c>
       <c r="F1243" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="1244" spans="1:6">
       <c r="A1244" s="2">
         <v>1246</v>
       </c>
       <c r="B1244" s="2">
@@ -32297,370 +32295,372 @@
       </c>
       <c r="F1245" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="1246" spans="1:6">
       <c r="A1246" s="2">
         <v>1246</v>
       </c>
       <c r="B1246" s="2">
         <v>0</v>
       </c>
       <c r="C1246" s="2">
         <v>121386</v>
       </c>
       <c r="D1246" s="2"/>
       <c r="E1246" s="2" t="s">
         <v>1988</v>
       </c>
       <c r="F1246" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="1247" spans="1:6">
       <c r="A1247" s="2">
-        <v>0</v>
+        <v>1246</v>
       </c>
       <c r="B1247" s="2">
         <v>0</v>
       </c>
       <c r="C1247" s="2">
-        <v>120608</v>
-[...1 lines deleted...]
-      <c r="D1247" s="2"/>
+        <v>114216</v>
+      </c>
+      <c r="D1247" s="2" t="s">
+        <v>1989</v>
+      </c>
       <c r="E1247" s="2" t="s">
-        <v>1989</v>
-[...1 lines deleted...]
-      <c r="F1247" s="2"/>
+        <v>1990</v>
+      </c>
+      <c r="F1247" s="2" t="s">
+        <v>14</v>
+      </c>
     </row>
     <row r="1248" spans="1:6">
       <c r="A1248" s="2">
         <v>1246</v>
       </c>
       <c r="B1248" s="2">
         <v>0</v>
       </c>
       <c r="C1248" s="2">
-        <v>102677</v>
+        <v>105253</v>
       </c>
       <c r="D1248" s="2" t="s">
-        <v>1990</v>
+        <v>1991</v>
       </c>
       <c r="E1248" s="2" t="s">
-        <v>1991</v>
+        <v>1992</v>
       </c>
       <c r="F1248" s="2" t="s">
-        <v>95</v>
+        <v>21</v>
       </c>
     </row>
     <row r="1249" spans="1:6">
       <c r="A1249" s="2">
-        <v>0</v>
+        <v>1246</v>
       </c>
       <c r="B1249" s="2">
         <v>0</v>
       </c>
       <c r="C1249" s="2">
-        <v>115362</v>
+        <v>103473</v>
       </c>
       <c r="D1249" s="2" t="s">
-        <v>1992</v>
+        <v>1993</v>
       </c>
       <c r="E1249" s="2" t="s">
-        <v>85</v>
+        <v>1994</v>
       </c>
       <c r="F1249" s="2" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
     </row>
     <row r="1250" spans="1:6">
       <c r="A1250" s="2">
         <v>0</v>
       </c>
       <c r="B1250" s="2">
         <v>0</v>
       </c>
       <c r="C1250" s="2">
-        <v>118694</v>
+        <v>115362</v>
       </c>
       <c r="D1250" s="2" t="s">
-        <v>1993</v>
+        <v>1995</v>
       </c>
       <c r="E1250" s="2" t="s">
-        <v>1994</v>
+        <v>85</v>
       </c>
       <c r="F1250" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="1251" spans="1:6">
       <c r="A1251" s="2">
-        <v>1246</v>
+        <v>0</v>
       </c>
       <c r="B1251" s="2">
         <v>0</v>
       </c>
       <c r="C1251" s="2">
-        <v>114216</v>
+        <v>118694</v>
       </c>
       <c r="D1251" s="2" t="s">
-        <v>1995</v>
+        <v>1996</v>
       </c>
       <c r="E1251" s="2" t="s">
-        <v>1996</v>
+        <v>1997</v>
       </c>
       <c r="F1251" s="2" t="s">
-        <v>14</v>
+        <v>11</v>
       </c>
     </row>
     <row r="1252" spans="1:6">
       <c r="A1252" s="2">
-        <v>1246</v>
+        <v>0</v>
       </c>
       <c r="B1252" s="2">
         <v>0</v>
       </c>
       <c r="C1252" s="2">
-        <v>103473</v>
+        <v>120529</v>
       </c>
       <c r="D1252" s="2" t="s">
-        <v>1997</v>
+        <v>1998</v>
       </c>
       <c r="E1252" s="2" t="s">
-        <v>1998</v>
+        <v>1999</v>
       </c>
       <c r="F1252" s="2" t="s">
-        <v>14</v>
+        <v>30</v>
       </c>
     </row>
     <row r="1253" spans="1:6">
       <c r="A1253" s="2">
         <v>1246</v>
       </c>
       <c r="B1253" s="2">
         <v>0</v>
       </c>
       <c r="C1253" s="2">
-        <v>105253</v>
-[...3 lines deleted...]
-      </c>
+        <v>121455</v>
+      </c>
+      <c r="D1253" s="2"/>
       <c r="E1253" s="2" t="s">
         <v>2000</v>
       </c>
       <c r="F1253" s="2" t="s">
-        <v>21</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1254" spans="1:6">
       <c r="A1254" s="2">
-        <v>0</v>
+        <v>1246</v>
       </c>
       <c r="B1254" s="2">
         <v>0</v>
       </c>
       <c r="C1254" s="2">
-        <v>120529</v>
-[...1 lines deleted...]
-      <c r="D1254" s="2" t="s">
+        <v>121451</v>
+      </c>
+      <c r="D1254" s="2"/>
+      <c r="E1254" s="2" t="s">
         <v>2001</v>
       </c>
-      <c r="E1254" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F1254" s="2" t="s">
-        <v>30</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1255" spans="1:6">
       <c r="A1255" s="2">
-        <v>1246</v>
+        <v>0</v>
       </c>
       <c r="B1255" s="2">
         <v>0</v>
       </c>
       <c r="C1255" s="2">
-        <v>121455</v>
-[...1 lines deleted...]
-      <c r="D1255" s="2"/>
+        <v>120976</v>
+      </c>
+      <c r="D1255" s="2" t="s">
+        <v>75</v>
+      </c>
       <c r="E1255" s="2" t="s">
-        <v>2003</v>
+        <v>2002</v>
       </c>
       <c r="F1255" s="2" t="s">
-        <v>100</v>
+        <v>33</v>
       </c>
     </row>
     <row r="1256" spans="1:6">
       <c r="A1256" s="2">
         <v>1246</v>
       </c>
       <c r="B1256" s="2">
         <v>0</v>
       </c>
       <c r="C1256" s="2">
-        <v>121451</v>
+        <v>121395</v>
       </c>
       <c r="D1256" s="2"/>
       <c r="E1256" s="2" t="s">
-        <v>2004</v>
+        <v>2003</v>
       </c>
       <c r="F1256" s="2" t="s">
-        <v>100</v>
+        <v>11</v>
       </c>
     </row>
     <row r="1257" spans="1:6">
       <c r="A1257" s="2">
         <v>1246</v>
       </c>
       <c r="B1257" s="2">
         <v>0</v>
       </c>
       <c r="C1257" s="2">
-        <v>121395</v>
+        <v>121392</v>
       </c>
       <c r="D1257" s="2"/>
       <c r="E1257" s="2" t="s">
-        <v>2005</v>
+        <v>2004</v>
       </c>
       <c r="F1257" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="1258" spans="1:6">
       <c r="A1258" s="2">
-        <v>1246</v>
+        <v>0</v>
       </c>
       <c r="B1258" s="2">
         <v>0</v>
       </c>
       <c r="C1258" s="2">
-        <v>121392</v>
-[...1 lines deleted...]
-      <c r="D1258" s="2"/>
+        <v>119171</v>
+      </c>
+      <c r="D1258" s="2" t="s">
+        <v>2005</v>
+      </c>
       <c r="E1258" s="2" t="s">
         <v>2006</v>
       </c>
       <c r="F1258" s="2" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
     </row>
     <row r="1259" spans="1:6">
       <c r="A1259" s="2">
-        <v>0</v>
+        <v>1246</v>
       </c>
       <c r="B1259" s="2">
         <v>0</v>
       </c>
       <c r="C1259" s="2">
-        <v>119171</v>
-[...1 lines deleted...]
-      <c r="D1259" s="2" t="s">
+        <v>121388</v>
+      </c>
+      <c r="D1259" s="2"/>
+      <c r="E1259" s="2" t="s">
         <v>2007</v>
       </c>
-      <c r="E1259" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F1259" s="2" t="s">
-        <v>14</v>
+        <v>11</v>
       </c>
     </row>
     <row r="1260" spans="1:6">
       <c r="A1260" s="2">
-        <v>1246</v>
+        <v>0</v>
       </c>
       <c r="B1260" s="2">
         <v>0</v>
       </c>
       <c r="C1260" s="2">
-        <v>121388</v>
-[...1 lines deleted...]
-      <c r="D1260" s="2"/>
+        <v>112251</v>
+      </c>
+      <c r="D1260" s="2" t="s">
+        <v>2008</v>
+      </c>
       <c r="E1260" s="2" t="s">
         <v>2009</v>
       </c>
       <c r="F1260" s="2" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
     </row>
     <row r="1261" spans="1:6">
       <c r="A1261" s="2">
-        <v>0</v>
+        <v>1246</v>
       </c>
       <c r="B1261" s="2">
         <v>0</v>
       </c>
       <c r="C1261" s="2">
-        <v>112251</v>
-[...1 lines deleted...]
-      <c r="D1261" s="2" t="s">
+        <v>121384</v>
+      </c>
+      <c r="D1261" s="2"/>
+      <c r="E1261" s="2" t="s">
         <v>2010</v>
       </c>
-      <c r="E1261" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F1261" s="2" t="s">
-        <v>14</v>
+        <v>11</v>
       </c>
     </row>
     <row r="1262" spans="1:6">
       <c r="A1262" s="2">
         <v>0</v>
       </c>
       <c r="B1262" s="2">
         <v>0</v>
       </c>
       <c r="C1262" s="2">
-        <v>120976</v>
+        <v>109506</v>
       </c>
       <c r="D1262" s="2" t="s">
-        <v>75</v>
+        <v>2011</v>
       </c>
       <c r="E1262" s="2" t="s">
         <v>2012</v>
       </c>
       <c r="F1262" s="2" t="s">
-        <v>33</v>
+        <v>8</v>
       </c>
     </row>
     <row r="1263" spans="1:6">
       <c r="A1263" s="2">
         <v>1246</v>
       </c>
       <c r="B1263" s="2">
         <v>0</v>
       </c>
       <c r="C1263" s="2">
-        <v>121384</v>
+        <v>120970</v>
       </c>
       <c r="D1263" s="2"/>
       <c r="E1263" s="2" t="s">
         <v>2013</v>
       </c>
       <c r="F1263" s="2" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F409"/>
   <sheetViews>
@@ -32713,51 +32713,51 @@
       </c>
       <c r="E2" s="2" t="s">
         <v>2015</v>
       </c>
       <c r="F2" s="2" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2">
         <v>2</v>
       </c>
       <c r="B3" s="2">
         <v>1925</v>
       </c>
       <c r="C3" s="2">
         <v>112455</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>2016</v>
       </c>
       <c r="E3" s="2" t="s">
         <v>2017</v>
       </c>
       <c r="F3" s="2" t="s">
-        <v>335</v>
+        <v>373</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="2">
         <v>3</v>
       </c>
       <c r="B4" s="2">
         <v>1850</v>
       </c>
       <c r="C4" s="2">
         <v>118656</v>
       </c>
       <c r="D4" s="2" t="s">
         <v>2018</v>
       </c>
       <c r="E4" s="2" t="s">
         <v>2019</v>
       </c>
       <c r="F4" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" s="2">
         <v>4</v>
@@ -32910,91 +32910,91 @@
       </c>
       <c r="D12" s="2" t="s">
         <v>2033</v>
       </c>
       <c r="E12" s="2" t="s">
         <v>2034</v>
       </c>
       <c r="F12" s="2" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" s="2">
         <v>12</v>
       </c>
       <c r="B13" s="2">
         <v>1390</v>
       </c>
       <c r="C13" s="2">
         <v>117562</v>
       </c>
       <c r="D13" s="2" t="s">
         <v>2035</v>
       </c>
       <c r="E13" s="2" t="s">
-        <v>385</v>
+        <v>388</v>
       </c>
       <c r="F13" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" s="2">
         <v>13</v>
       </c>
       <c r="B14" s="2">
         <v>1340</v>
       </c>
       <c r="C14" s="2">
         <v>115876</v>
       </c>
       <c r="D14" s="2" t="s">
         <v>2036</v>
       </c>
       <c r="E14" s="2" t="s">
         <v>2037</v>
       </c>
       <c r="F14" s="2" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" s="2">
         <v>14</v>
       </c>
       <c r="B15" s="2">
         <v>1210</v>
       </c>
       <c r="C15" s="2">
         <v>117649</v>
       </c>
       <c r="D15" s="2" t="s">
         <v>2038</v>
       </c>
       <c r="E15" s="2" t="s">
-        <v>1796</v>
+        <v>1793</v>
       </c>
       <c r="F15" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" s="2">
         <v>15</v>
       </c>
       <c r="B16" s="2">
         <v>1200</v>
       </c>
       <c r="C16" s="2">
         <v>102050</v>
       </c>
       <c r="D16" s="2" t="s">
         <v>2039</v>
       </c>
       <c r="E16" s="2" t="s">
         <v>2040</v>
       </c>
       <c r="F16" s="2" t="s">
         <v>83</v>
       </c>
     </row>
@@ -33133,131 +33133,131 @@
       </c>
       <c r="E23" s="2" t="s">
         <v>2054</v>
       </c>
       <c r="F23" s="2" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" s="2">
         <v>21</v>
       </c>
       <c r="B24" s="2">
         <v>1000</v>
       </c>
       <c r="C24" s="2">
         <v>114883</v>
       </c>
       <c r="D24" s="2" t="s">
         <v>2055</v>
       </c>
       <c r="E24" s="2" t="s">
         <v>2056</v>
       </c>
       <c r="F24" s="2" t="s">
-        <v>220</v>
+        <v>218</v>
       </c>
     </row>
     <row r="25" spans="1:6">
       <c r="A25" s="2">
         <v>24</v>
       </c>
       <c r="B25" s="2">
         <v>970</v>
       </c>
       <c r="C25" s="2">
         <v>118643</v>
       </c>
       <c r="D25" s="2" t="s">
         <v>2057</v>
       </c>
       <c r="E25" s="2" t="s">
         <v>2058</v>
       </c>
       <c r="F25" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="26" spans="1:6">
       <c r="A26" s="2">
         <v>25</v>
       </c>
       <c r="B26" s="2">
         <v>965</v>
       </c>
       <c r="C26" s="2">
         <v>120436</v>
       </c>
       <c r="D26" s="2" t="s">
         <v>2059</v>
       </c>
       <c r="E26" s="2" t="s">
         <v>2060</v>
       </c>
       <c r="F26" s="2" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="27" spans="1:6">
       <c r="A27" s="2">
         <v>26</v>
       </c>
       <c r="B27" s="2">
         <v>950</v>
       </c>
       <c r="C27" s="2">
-        <v>118492</v>
+        <v>105836</v>
       </c>
       <c r="D27" s="2" t="s">
         <v>2061</v>
       </c>
       <c r="E27" s="2" t="s">
-        <v>75</v>
+        <v>2062</v>
       </c>
       <c r="F27" s="2" t="s">
-        <v>33</v>
+        <v>14</v>
       </c>
     </row>
     <row r="28" spans="1:6">
       <c r="A28" s="2">
         <v>26</v>
       </c>
       <c r="B28" s="2">
         <v>950</v>
       </c>
       <c r="C28" s="2">
-        <v>105836</v>
+        <v>118492</v>
       </c>
       <c r="D28" s="2" t="s">
-        <v>2062</v>
+        <v>2063</v>
       </c>
       <c r="E28" s="2" t="s">
-        <v>2063</v>
+        <v>75</v>
       </c>
       <c r="F28" s="2" t="s">
-        <v>14</v>
+        <v>33</v>
       </c>
     </row>
     <row r="29" spans="1:6">
       <c r="A29" s="2">
         <v>29</v>
       </c>
       <c r="B29" s="2">
         <v>875</v>
       </c>
       <c r="C29" s="2">
         <v>119188</v>
       </c>
       <c r="D29" s="2" t="s">
         <v>2064</v>
       </c>
       <c r="E29" s="2" t="s">
         <v>2065</v>
       </c>
       <c r="F29" s="2" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="30" spans="1:6">
       <c r="A30" s="2">
         <v>30</v>
@@ -33404,80 +33404,80 @@
       </c>
       <c r="B37" s="2">
         <v>665</v>
       </c>
       <c r="C37" s="2">
         <v>103566</v>
       </c>
       <c r="D37" s="2" t="s">
         <v>2080</v>
       </c>
       <c r="E37" s="2" t="s">
         <v>2081</v>
       </c>
       <c r="F37" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="38" spans="1:6">
       <c r="A38" s="2">
         <v>38</v>
       </c>
       <c r="B38" s="2">
         <v>660</v>
       </c>
       <c r="C38" s="2">
-        <v>118677</v>
+        <v>118663</v>
       </c>
       <c r="D38" s="2" t="s">
         <v>2082</v>
       </c>
       <c r="E38" s="2" t="s">
         <v>2083</v>
       </c>
       <c r="F38" s="2" t="s">
-        <v>80</v>
+        <v>11</v>
       </c>
     </row>
     <row r="39" spans="1:6">
       <c r="A39" s="2">
         <v>38</v>
       </c>
       <c r="B39" s="2">
         <v>660</v>
       </c>
       <c r="C39" s="2">
-        <v>118663</v>
+        <v>118677</v>
       </c>
       <c r="D39" s="2" t="s">
         <v>2084</v>
       </c>
       <c r="E39" s="2" t="s">
         <v>2085</v>
       </c>
       <c r="F39" s="2" t="s">
-        <v>11</v>
+        <v>80</v>
       </c>
     </row>
     <row r="40" spans="1:6">
       <c r="A40" s="2">
         <v>40</v>
       </c>
       <c r="B40" s="2">
         <v>600</v>
       </c>
       <c r="C40" s="2">
         <v>109936</v>
       </c>
       <c r="D40" s="2" t="s">
         <v>2086</v>
       </c>
       <c r="E40" s="2" t="s">
         <v>2087</v>
       </c>
       <c r="F40" s="2"/>
     </row>
     <row r="41" spans="1:6">
       <c r="A41" s="2">
         <v>41</v>
       </c>
       <c r="B41" s="2">
@@ -33522,371 +33522,371 @@
       </c>
       <c r="B43" s="2">
         <v>500</v>
       </c>
       <c r="C43" s="2">
         <v>121230</v>
       </c>
       <c r="D43" s="2" t="s">
         <v>2092</v>
       </c>
       <c r="E43" s="2" t="s">
         <v>2093</v>
       </c>
       <c r="F43" s="2" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="44" spans="1:6">
       <c r="A44" s="2">
         <v>43</v>
       </c>
       <c r="B44" s="2">
         <v>500</v>
       </c>
       <c r="C44" s="2">
-        <v>120770</v>
+        <v>119143</v>
       </c>
       <c r="D44" s="2" t="s">
         <v>2094</v>
       </c>
       <c r="E44" s="2" t="s">
         <v>2095</v>
       </c>
       <c r="F44" s="2" t="s">
-        <v>51</v>
+        <v>11</v>
       </c>
     </row>
     <row r="45" spans="1:6">
       <c r="A45" s="2">
         <v>43</v>
       </c>
       <c r="B45" s="2">
         <v>500</v>
       </c>
       <c r="C45" s="2">
-        <v>119040</v>
+        <v>121260</v>
       </c>
       <c r="D45" s="2" t="s">
         <v>2096</v>
       </c>
       <c r="E45" s="2" t="s">
-        <v>2097</v>
+        <v>668</v>
       </c>
       <c r="F45" s="2" t="s">
-        <v>8</v>
+        <v>126</v>
       </c>
     </row>
     <row r="46" spans="1:6">
       <c r="A46" s="2">
         <v>43</v>
       </c>
       <c r="B46" s="2">
         <v>500</v>
       </c>
       <c r="C46" s="2">
-        <v>119143</v>
+        <v>121608</v>
       </c>
       <c r="D46" s="2" t="s">
-        <v>2098</v>
+        <v>2097</v>
       </c>
       <c r="E46" s="2" t="s">
-        <v>2099</v>
+        <v>119</v>
       </c>
       <c r="F46" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="47" spans="1:6">
       <c r="A47" s="2">
         <v>43</v>
       </c>
       <c r="B47" s="2">
         <v>500</v>
       </c>
       <c r="C47" s="2">
-        <v>121260</v>
+        <v>121411</v>
       </c>
       <c r="D47" s="2" t="s">
-        <v>2100</v>
+        <v>2098</v>
       </c>
       <c r="E47" s="2" t="s">
-        <v>678</v>
+        <v>2099</v>
       </c>
       <c r="F47" s="2" t="s">
-        <v>126</v>
+        <v>100</v>
       </c>
     </row>
     <row r="48" spans="1:6">
       <c r="A48" s="2">
         <v>43</v>
       </c>
       <c r="B48" s="2">
         <v>500</v>
       </c>
       <c r="C48" s="2">
-        <v>121608</v>
+        <v>118886</v>
       </c>
       <c r="D48" s="2" t="s">
+        <v>2100</v>
+      </c>
+      <c r="E48" s="2" t="s">
         <v>2101</v>
       </c>
-      <c r="E48" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F48" s="2" t="s">
-        <v>11</v>
+        <v>2102</v>
       </c>
     </row>
     <row r="49" spans="1:6">
       <c r="A49" s="2">
         <v>43</v>
       </c>
       <c r="B49" s="2">
         <v>500</v>
       </c>
       <c r="C49" s="2">
-        <v>121411</v>
+        <v>118764</v>
       </c>
       <c r="D49" s="2" t="s">
-        <v>2102</v>
+        <v>2103</v>
       </c>
       <c r="E49" s="2" t="s">
-        <v>2103</v>
+        <v>2104</v>
       </c>
       <c r="F49" s="2" t="s">
-        <v>100</v>
+        <v>146</v>
       </c>
     </row>
     <row r="50" spans="1:6">
       <c r="A50" s="2">
         <v>43</v>
       </c>
       <c r="B50" s="2">
         <v>500</v>
       </c>
       <c r="C50" s="2">
-        <v>118886</v>
+        <v>107027</v>
       </c>
       <c r="D50" s="2" t="s">
-        <v>2104</v>
+        <v>2105</v>
       </c>
       <c r="E50" s="2" t="s">
-        <v>2105</v>
+        <v>2106</v>
       </c>
       <c r="F50" s="2" t="s">
-        <v>2106</v>
+        <v>67</v>
       </c>
     </row>
     <row r="51" spans="1:6">
       <c r="A51" s="2">
         <v>43</v>
       </c>
       <c r="B51" s="2">
         <v>500</v>
       </c>
       <c r="C51" s="2">
         <v>101846</v>
       </c>
       <c r="D51" s="2" t="s">
         <v>2107</v>
       </c>
       <c r="E51" s="2" t="s">
         <v>85</v>
       </c>
       <c r="F51" s="2" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="52" spans="1:6">
       <c r="A52" s="2">
         <v>43</v>
       </c>
       <c r="B52" s="2">
         <v>500</v>
       </c>
       <c r="C52" s="2">
-        <v>118764</v>
+        <v>120423</v>
       </c>
       <c r="D52" s="2" t="s">
         <v>2108</v>
       </c>
       <c r="E52" s="2" t="s">
         <v>2109</v>
       </c>
       <c r="F52" s="2" t="s">
-        <v>146</v>
+        <v>95</v>
       </c>
     </row>
     <row r="53" spans="1:6">
       <c r="A53" s="2">
         <v>43</v>
       </c>
       <c r="B53" s="2">
         <v>500</v>
       </c>
       <c r="C53" s="2">
-        <v>120423</v>
+        <v>121481</v>
       </c>
       <c r="D53" s="2" t="s">
         <v>2110</v>
       </c>
       <c r="E53" s="2" t="s">
         <v>2111</v>
       </c>
       <c r="F53" s="2" t="s">
-        <v>95</v>
+        <v>100</v>
       </c>
     </row>
     <row r="54" spans="1:6">
       <c r="A54" s="2">
         <v>43</v>
       </c>
       <c r="B54" s="2">
         <v>500</v>
       </c>
       <c r="C54" s="2">
-        <v>107027</v>
+        <v>121139</v>
       </c>
       <c r="D54" s="2" t="s">
         <v>2112</v>
       </c>
       <c r="E54" s="2" t="s">
         <v>2113</v>
       </c>
       <c r="F54" s="2" t="s">
-        <v>67</v>
+        <v>83</v>
       </c>
     </row>
     <row r="55" spans="1:6">
       <c r="A55" s="2">
         <v>43</v>
       </c>
       <c r="B55" s="2">
         <v>500</v>
       </c>
       <c r="C55" s="2">
-        <v>121481</v>
+        <v>118514</v>
       </c>
       <c r="D55" s="2" t="s">
         <v>2114</v>
       </c>
       <c r="E55" s="2" t="s">
         <v>2115</v>
       </c>
       <c r="F55" s="2" t="s">
-        <v>100</v>
+        <v>8</v>
       </c>
     </row>
     <row r="56" spans="1:6">
       <c r="A56" s="2">
         <v>43</v>
       </c>
       <c r="B56" s="2">
         <v>500</v>
       </c>
       <c r="C56" s="2">
-        <v>121139</v>
+        <v>103137</v>
       </c>
       <c r="D56" s="2" t="s">
         <v>2116</v>
       </c>
       <c r="E56" s="2" t="s">
-        <v>2117</v>
+        <v>119</v>
       </c>
       <c r="F56" s="2" t="s">
-        <v>83</v>
+        <v>11</v>
       </c>
     </row>
     <row r="57" spans="1:6">
       <c r="A57" s="2">
         <v>43</v>
       </c>
       <c r="B57" s="2">
         <v>500</v>
       </c>
       <c r="C57" s="2">
-        <v>118514</v>
+        <v>120770</v>
       </c>
       <c r="D57" s="2" t="s">
+        <v>2117</v>
+      </c>
+      <c r="E57" s="2" t="s">
         <v>2118</v>
       </c>
-      <c r="E57" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F57" s="2" t="s">
-        <v>8</v>
+        <v>51</v>
       </c>
     </row>
     <row r="58" spans="1:6">
       <c r="A58" s="2">
         <v>43</v>
       </c>
       <c r="B58" s="2">
         <v>500</v>
       </c>
       <c r="C58" s="2">
-        <v>103137</v>
+        <v>119040</v>
       </c>
       <c r="D58" s="2" t="s">
+        <v>2119</v>
+      </c>
+      <c r="E58" s="2" t="s">
         <v>2120</v>
       </c>
-      <c r="E58" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F58" s="2" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
     </row>
     <row r="59" spans="1:6">
       <c r="A59" s="2">
         <v>59</v>
       </c>
       <c r="B59" s="2">
         <v>490</v>
       </c>
       <c r="C59" s="2">
-        <v>109320</v>
+        <v>119144</v>
       </c>
       <c r="D59" s="2" t="s">
         <v>2121</v>
       </c>
       <c r="E59" s="2" t="s">
         <v>2122</v>
       </c>
       <c r="F59" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="60" spans="1:6">
       <c r="A60" s="2">
         <v>59</v>
       </c>
       <c r="B60" s="2">
         <v>490</v>
       </c>
       <c r="C60" s="2">
-        <v>119144</v>
+        <v>109320</v>
       </c>
       <c r="D60" s="2" t="s">
         <v>2123</v>
       </c>
       <c r="E60" s="2" t="s">
         <v>2124</v>
       </c>
       <c r="F60" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="61" spans="1:6">
       <c r="A61" s="2">
         <v>61</v>
       </c>
       <c r="B61" s="2">
         <v>475</v>
       </c>
       <c r="C61" s="2">
         <v>104851</v>
       </c>
       <c r="D61" s="2" t="s">
         <v>2125</v>
       </c>
       <c r="E61" s="2" t="s">
@@ -33902,3220 +33902,3220 @@
       </c>
       <c r="B62" s="2">
         <v>470</v>
       </c>
       <c r="C62" s="2">
         <v>100715</v>
       </c>
       <c r="D62" s="2" t="s">
         <v>2127</v>
       </c>
       <c r="E62" s="2" t="s">
         <v>2128</v>
       </c>
       <c r="F62" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="63" spans="1:6">
       <c r="A63" s="2">
         <v>63</v>
       </c>
       <c r="B63" s="2">
         <v>450</v>
       </c>
       <c r="C63" s="2">
-        <v>118154</v>
-[...1 lines deleted...]
-      <c r="D63" s="2" t="s">
+        <v>121507</v>
+      </c>
+      <c r="D63" s="2"/>
+      <c r="E63" s="2" t="s">
         <v>2129</v>
       </c>
-      <c r="E63" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F63" s="2" t="s">
-        <v>67</v>
+        <v>100</v>
       </c>
     </row>
     <row r="64" spans="1:6">
       <c r="A64" s="2">
         <v>63</v>
       </c>
       <c r="B64" s="2">
         <v>450</v>
       </c>
       <c r="C64" s="2">
-        <v>105154</v>
+        <v>118889</v>
       </c>
       <c r="D64" s="2" t="s">
+        <v>2130</v>
+      </c>
+      <c r="E64" s="2" t="s">
         <v>2131</v>
       </c>
-      <c r="E64" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F64" s="2" t="s">
-        <v>33</v>
+        <v>100</v>
       </c>
     </row>
     <row r="65" spans="1:6">
       <c r="A65" s="2">
         <v>63</v>
       </c>
       <c r="B65" s="2">
         <v>450</v>
       </c>
       <c r="C65" s="2">
-        <v>121507</v>
-[...1 lines deleted...]
-      <c r="D65" s="2"/>
+        <v>121583</v>
+      </c>
+      <c r="D65" s="2" t="s">
+        <v>2132</v>
+      </c>
       <c r="E65" s="2" t="s">
-        <v>2132</v>
+        <v>266</v>
       </c>
       <c r="F65" s="2" t="s">
-        <v>100</v>
+        <v>8</v>
       </c>
     </row>
     <row r="66" spans="1:6">
       <c r="A66" s="2">
         <v>63</v>
       </c>
       <c r="B66" s="2">
         <v>450</v>
       </c>
       <c r="C66" s="2">
-        <v>118889</v>
+        <v>105154</v>
       </c>
       <c r="D66" s="2" t="s">
         <v>2133</v>
       </c>
       <c r="E66" s="2" t="s">
-        <v>2134</v>
+        <v>75</v>
       </c>
       <c r="F66" s="2" t="s">
-        <v>100</v>
+        <v>33</v>
       </c>
     </row>
     <row r="67" spans="1:6">
       <c r="A67" s="2">
         <v>63</v>
       </c>
       <c r="B67" s="2">
         <v>450</v>
       </c>
       <c r="C67" s="2">
-        <v>121583</v>
+        <v>118919</v>
       </c>
       <c r="D67" s="2" t="s">
+        <v>2134</v>
+      </c>
+      <c r="E67" s="2" t="s">
         <v>2135</v>
       </c>
-      <c r="E67" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F67" s="2" t="s">
-        <v>8</v>
+        <v>146</v>
       </c>
     </row>
     <row r="68" spans="1:6">
       <c r="A68" s="2">
         <v>63</v>
       </c>
       <c r="B68" s="2">
         <v>450</v>
       </c>
       <c r="C68" s="2">
-        <v>118919</v>
+        <v>119043</v>
       </c>
       <c r="D68" s="2" t="s">
         <v>2136</v>
       </c>
       <c r="E68" s="2" t="s">
         <v>2137</v>
       </c>
       <c r="F68" s="2" t="s">
-        <v>146</v>
+        <v>8</v>
       </c>
     </row>
     <row r="69" spans="1:6">
       <c r="A69" s="2">
         <v>63</v>
       </c>
       <c r="B69" s="2">
         <v>450</v>
       </c>
       <c r="C69" s="2">
-        <v>121236</v>
+        <v>101134</v>
       </c>
       <c r="D69" s="2" t="s">
         <v>2138</v>
       </c>
       <c r="E69" s="2" t="s">
         <v>2139</v>
       </c>
       <c r="F69" s="2" t="s">
-        <v>83</v>
+        <v>14</v>
       </c>
     </row>
     <row r="70" spans="1:6">
       <c r="A70" s="2">
         <v>63</v>
       </c>
       <c r="B70" s="2">
         <v>450</v>
       </c>
       <c r="C70" s="2">
-        <v>119043</v>
-[...1 lines deleted...]
-      <c r="D70" s="2" t="s">
+        <v>121176</v>
+      </c>
+      <c r="D70" s="2"/>
+      <c r="E70" s="2" t="s">
         <v>2140</v>
       </c>
-      <c r="E70" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F70" s="2" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
     </row>
     <row r="71" spans="1:6">
       <c r="A71" s="2">
         <v>63</v>
       </c>
       <c r="B71" s="2">
         <v>450</v>
       </c>
       <c r="C71" s="2">
-        <v>101134</v>
+        <v>121236</v>
       </c>
       <c r="D71" s="2" t="s">
+        <v>2141</v>
+      </c>
+      <c r="E71" s="2" t="s">
         <v>2142</v>
       </c>
-      <c r="E71" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F71" s="2" t="s">
-        <v>14</v>
+        <v>83</v>
       </c>
     </row>
     <row r="72" spans="1:6">
       <c r="A72" s="2">
         <v>63</v>
       </c>
       <c r="B72" s="2">
         <v>450</v>
       </c>
       <c r="C72" s="2">
-        <v>121176</v>
-[...1 lines deleted...]
-      <c r="D72" s="2"/>
+        <v>121316</v>
+      </c>
+      <c r="D72" s="2" t="s">
+        <v>2143</v>
+      </c>
       <c r="E72" s="2" t="s">
         <v>2144</v>
       </c>
       <c r="F72" s="2" t="s">
-        <v>14</v>
+        <v>11</v>
       </c>
     </row>
     <row r="73" spans="1:6">
       <c r="A73" s="2">
         <v>63</v>
       </c>
       <c r="B73" s="2">
         <v>450</v>
       </c>
       <c r="C73" s="2">
         <v>118593</v>
       </c>
       <c r="D73" s="2" t="s">
         <v>2145</v>
       </c>
       <c r="E73" s="2" t="s">
         <v>2146</v>
       </c>
       <c r="F73" s="2" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="74" spans="1:6">
       <c r="A74" s="2">
         <v>63</v>
       </c>
       <c r="B74" s="2">
         <v>450</v>
       </c>
       <c r="C74" s="2">
-        <v>120771</v>
+        <v>120662</v>
       </c>
       <c r="D74" s="2" t="s">
         <v>2147</v>
       </c>
       <c r="E74" s="2" t="s">
         <v>2148</v>
       </c>
-      <c r="F74" s="2"/>
+      <c r="F74" s="2" t="s">
+        <v>11</v>
+      </c>
     </row>
     <row r="75" spans="1:6">
       <c r="A75" s="2">
         <v>63</v>
       </c>
       <c r="B75" s="2">
         <v>450</v>
       </c>
       <c r="C75" s="2">
-        <v>121316</v>
+        <v>120771</v>
       </c>
       <c r="D75" s="2" t="s">
         <v>2149</v>
       </c>
       <c r="E75" s="2" t="s">
         <v>2150</v>
       </c>
-      <c r="F75" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F75" s="2"/>
     </row>
     <row r="76" spans="1:6">
       <c r="A76" s="2">
         <v>63</v>
       </c>
       <c r="B76" s="2">
         <v>450</v>
       </c>
       <c r="C76" s="2">
-        <v>120662</v>
+        <v>118659</v>
       </c>
       <c r="D76" s="2" t="s">
         <v>2151</v>
       </c>
       <c r="E76" s="2" t="s">
         <v>2152</v>
       </c>
       <c r="F76" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="77" spans="1:6">
       <c r="A77" s="2">
         <v>63</v>
       </c>
       <c r="B77" s="2">
         <v>450</v>
       </c>
       <c r="C77" s="2">
-        <v>118659</v>
+        <v>121422</v>
       </c>
       <c r="D77" s="2" t="s">
         <v>2153</v>
       </c>
       <c r="E77" s="2" t="s">
         <v>2154</v>
       </c>
       <c r="F77" s="2" t="s">
-        <v>11</v>
+        <v>100</v>
       </c>
     </row>
     <row r="78" spans="1:6">
       <c r="A78" s="2">
         <v>63</v>
       </c>
       <c r="B78" s="2">
         <v>450</v>
       </c>
       <c r="C78" s="2">
-        <v>121422</v>
+        <v>118765</v>
       </c>
       <c r="D78" s="2" t="s">
         <v>2155</v>
       </c>
       <c r="E78" s="2" t="s">
         <v>2156</v>
       </c>
       <c r="F78" s="2" t="s">
-        <v>100</v>
+        <v>36</v>
       </c>
     </row>
     <row r="79" spans="1:6">
       <c r="A79" s="2">
         <v>63</v>
       </c>
       <c r="B79" s="2">
         <v>450</v>
       </c>
       <c r="C79" s="2">
-        <v>103120</v>
+        <v>121143</v>
       </c>
       <c r="D79" s="2" t="s">
         <v>2157</v>
       </c>
       <c r="E79" s="2" t="s">
         <v>2158</v>
       </c>
       <c r="F79" s="2" t="s">
-        <v>95</v>
+        <v>8</v>
       </c>
     </row>
     <row r="80" spans="1:6">
       <c r="A80" s="2">
         <v>63</v>
       </c>
       <c r="B80" s="2">
         <v>450</v>
       </c>
       <c r="C80" s="2">
-        <v>118765</v>
+        <v>103120</v>
       </c>
       <c r="D80" s="2" t="s">
         <v>2159</v>
       </c>
       <c r="E80" s="2" t="s">
         <v>2160</v>
       </c>
       <c r="F80" s="2" t="s">
-        <v>36</v>
+        <v>95</v>
       </c>
     </row>
     <row r="81" spans="1:6">
       <c r="A81" s="2">
         <v>63</v>
       </c>
       <c r="B81" s="2">
         <v>450</v>
       </c>
       <c r="C81" s="2">
-        <v>121143</v>
+        <v>118154</v>
       </c>
       <c r="D81" s="2" t="s">
         <v>2161</v>
       </c>
       <c r="E81" s="2" t="s">
         <v>2162</v>
       </c>
       <c r="F81" s="2" t="s">
-        <v>8</v>
+        <v>67</v>
       </c>
     </row>
     <row r="82" spans="1:6">
       <c r="A82" s="2">
         <v>63</v>
       </c>
       <c r="B82" s="2">
         <v>450</v>
       </c>
       <c r="C82" s="2">
         <v>108987</v>
       </c>
       <c r="D82" s="2" t="s">
         <v>2163</v>
       </c>
       <c r="E82" s="2" t="s">
         <v>2164</v>
       </c>
       <c r="F82" s="2" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="83" spans="1:6">
       <c r="A83" s="2">
         <v>63</v>
       </c>
       <c r="B83" s="2">
         <v>450</v>
       </c>
       <c r="C83" s="2">
         <v>118421</v>
       </c>
       <c r="D83" s="2" t="s">
         <v>2165</v>
       </c>
       <c r="E83" s="2" t="s">
-        <v>364</v>
+        <v>361</v>
       </c>
       <c r="F83" s="2" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="84" spans="1:6">
       <c r="A84" s="2">
         <v>85</v>
       </c>
       <c r="B84" s="2">
         <v>425</v>
       </c>
       <c r="C84" s="2">
         <v>103828</v>
       </c>
       <c r="D84" s="2" t="s">
         <v>2166</v>
       </c>
       <c r="E84" s="2" t="s">
         <v>85</v>
       </c>
       <c r="F84" s="2" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="85" spans="1:6">
       <c r="A85" s="2">
         <v>85</v>
       </c>
       <c r="B85" s="2">
         <v>425</v>
       </c>
       <c r="C85" s="2">
-        <v>102784</v>
+        <v>121434</v>
       </c>
       <c r="D85" s="2" t="s">
         <v>2167</v>
       </c>
       <c r="E85" s="2" t="s">
         <v>2168</v>
       </c>
       <c r="F85" s="2" t="s">
-        <v>67</v>
+        <v>100</v>
       </c>
     </row>
     <row r="86" spans="1:6">
       <c r="A86" s="2">
         <v>85</v>
       </c>
       <c r="B86" s="2">
         <v>425</v>
       </c>
       <c r="C86" s="2">
-        <v>106285</v>
+        <v>118892</v>
       </c>
       <c r="D86" s="2" t="s">
         <v>2169</v>
       </c>
       <c r="E86" s="2" t="s">
+        <v>1295</v>
+      </c>
+      <c r="F86" s="2" t="s">
         <v>2170</v>
-      </c>
-[...1 lines deleted...]
-        <v>95</v>
       </c>
     </row>
     <row r="87" spans="1:6">
       <c r="A87" s="2">
         <v>85</v>
       </c>
       <c r="B87" s="2">
         <v>425</v>
       </c>
       <c r="C87" s="2">
-        <v>121434</v>
+        <v>112751</v>
       </c>
       <c r="D87" s="2" t="s">
         <v>2171</v>
       </c>
       <c r="E87" s="2" t="s">
         <v>2172</v>
       </c>
       <c r="F87" s="2" t="s">
-        <v>100</v>
+        <v>8</v>
       </c>
     </row>
     <row r="88" spans="1:6">
       <c r="A88" s="2">
         <v>85</v>
       </c>
       <c r="B88" s="2">
         <v>425</v>
       </c>
       <c r="C88" s="2">
-        <v>118533</v>
+        <v>118925</v>
       </c>
       <c r="D88" s="2" t="s">
         <v>2173</v>
       </c>
       <c r="E88" s="2" t="s">
         <v>2174</v>
       </c>
       <c r="F88" s="2" t="s">
-        <v>95</v>
+        <v>30</v>
       </c>
     </row>
     <row r="89" spans="1:6">
       <c r="A89" s="2">
         <v>85</v>
       </c>
       <c r="B89" s="2">
         <v>425</v>
       </c>
       <c r="C89" s="2">
-        <v>112751</v>
+        <v>106285</v>
       </c>
       <c r="D89" s="2" t="s">
         <v>2175</v>
       </c>
       <c r="E89" s="2" t="s">
         <v>2176</v>
       </c>
       <c r="F89" s="2" t="s">
-        <v>8</v>
+        <v>95</v>
       </c>
     </row>
     <row r="90" spans="1:6">
       <c r="A90" s="2">
         <v>85</v>
       </c>
       <c r="B90" s="2">
         <v>425</v>
       </c>
       <c r="C90" s="2">
-        <v>118892</v>
+        <v>118533</v>
       </c>
       <c r="D90" s="2" t="s">
         <v>2177</v>
       </c>
       <c r="E90" s="2" t="s">
-        <v>1271</v>
+        <v>2178</v>
       </c>
       <c r="F90" s="2" t="s">
-        <v>2178</v>
+        <v>95</v>
       </c>
     </row>
     <row r="91" spans="1:6">
       <c r="A91" s="2">
         <v>85</v>
       </c>
       <c r="B91" s="2">
         <v>425</v>
       </c>
       <c r="C91" s="2">
-        <v>121249</v>
+        <v>102005</v>
       </c>
       <c r="D91" s="2" t="s">
         <v>2179</v>
       </c>
       <c r="E91" s="2" t="s">
         <v>2180</v>
       </c>
       <c r="F91" s="2" t="s">
-        <v>83</v>
+        <v>67</v>
       </c>
     </row>
     <row r="92" spans="1:6">
       <c r="A92" s="2">
         <v>85</v>
       </c>
       <c r="B92" s="2">
         <v>425</v>
       </c>
       <c r="C92" s="2">
-        <v>118925</v>
+        <v>121249</v>
       </c>
       <c r="D92" s="2" t="s">
         <v>2181</v>
       </c>
       <c r="E92" s="2" t="s">
         <v>2182</v>
       </c>
       <c r="F92" s="2" t="s">
-        <v>30</v>
+        <v>83</v>
       </c>
     </row>
     <row r="93" spans="1:6">
       <c r="A93" s="2">
         <v>85</v>
       </c>
       <c r="B93" s="2">
         <v>425</v>
       </c>
       <c r="C93" s="2">
-        <v>102005</v>
-[...1 lines deleted...]
-      <c r="D93" s="2" t="s">
+        <v>121508</v>
+      </c>
+      <c r="D93" s="2"/>
+      <c r="E93" s="2" t="s">
         <v>2183</v>
       </c>
-      <c r="E93" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F93" s="2" t="s">
-        <v>67</v>
+        <v>100</v>
       </c>
     </row>
     <row r="94" spans="1:6">
       <c r="A94" s="2">
         <v>85</v>
       </c>
       <c r="B94" s="2">
         <v>425</v>
       </c>
       <c r="C94" s="2">
-        <v>121508</v>
-[...1 lines deleted...]
-      <c r="D94" s="2"/>
+        <v>121584</v>
+      </c>
+      <c r="D94" s="2" t="s">
+        <v>2184</v>
+      </c>
       <c r="E94" s="2" t="s">
         <v>2185</v>
       </c>
       <c r="F94" s="2" t="s">
-        <v>100</v>
+        <v>8</v>
       </c>
     </row>
     <row r="95" spans="1:6">
       <c r="A95" s="2">
         <v>85</v>
       </c>
       <c r="B95" s="2">
         <v>425</v>
       </c>
       <c r="C95" s="2">
-        <v>121266</v>
+        <v>120663</v>
       </c>
       <c r="D95" s="2" t="s">
+        <v>2117</v>
+      </c>
+      <c r="E95" s="2" t="s">
         <v>2186</v>
       </c>
-      <c r="E95" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F95" s="2" t="s">
-        <v>95</v>
+        <v>146</v>
       </c>
     </row>
     <row r="96" spans="1:6">
       <c r="A96" s="2">
         <v>85</v>
       </c>
       <c r="B96" s="2">
         <v>425</v>
       </c>
       <c r="C96" s="2">
-        <v>121584</v>
+        <v>120362</v>
       </c>
       <c r="D96" s="2" t="s">
+        <v>2187</v>
+      </c>
+      <c r="E96" s="2" t="s">
         <v>2188</v>
-      </c>
-[...1 lines deleted...]
-        <v>2189</v>
       </c>
       <c r="F96" s="2" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="97" spans="1:6">
       <c r="A97" s="2">
         <v>85</v>
       </c>
       <c r="B97" s="2">
         <v>425</v>
       </c>
       <c r="C97" s="2">
-        <v>120663</v>
+        <v>121266</v>
       </c>
       <c r="D97" s="2" t="s">
-        <v>2094</v>
+        <v>2189</v>
       </c>
       <c r="E97" s="2" t="s">
         <v>2190</v>
       </c>
       <c r="F97" s="2" t="s">
-        <v>146</v>
+        <v>95</v>
       </c>
     </row>
     <row r="98" spans="1:6">
       <c r="A98" s="2">
         <v>85</v>
       </c>
       <c r="B98" s="2">
         <v>425</v>
       </c>
       <c r="C98" s="2">
-        <v>120362</v>
+        <v>118493</v>
       </c>
       <c r="D98" s="2" t="s">
         <v>2191</v>
       </c>
       <c r="E98" s="2" t="s">
         <v>2192</v>
       </c>
       <c r="F98" s="2" t="s">
-        <v>8</v>
+        <v>80</v>
       </c>
     </row>
     <row r="99" spans="1:6">
       <c r="A99" s="2">
         <v>85</v>
       </c>
       <c r="B99" s="2">
         <v>425</v>
       </c>
       <c r="C99" s="2">
-        <v>118493</v>
+        <v>119046</v>
       </c>
       <c r="D99" s="2" t="s">
         <v>2193</v>
       </c>
       <c r="E99" s="2" t="s">
         <v>2194</v>
       </c>
       <c r="F99" s="2" t="s">
-        <v>80</v>
+        <v>8</v>
       </c>
     </row>
     <row r="100" spans="1:6">
       <c r="A100" s="2">
         <v>85</v>
       </c>
       <c r="B100" s="2">
         <v>425</v>
       </c>
       <c r="C100" s="2">
-        <v>121237</v>
+        <v>121318</v>
       </c>
       <c r="D100" s="2" t="s">
         <v>2195</v>
       </c>
       <c r="E100" s="2" t="s">
         <v>2196</v>
       </c>
       <c r="F100" s="2" t="s">
-        <v>83</v>
+        <v>14</v>
       </c>
     </row>
     <row r="101" spans="1:6">
       <c r="A101" s="2">
         <v>85</v>
       </c>
       <c r="B101" s="2">
         <v>425</v>
       </c>
       <c r="C101" s="2">
-        <v>121065</v>
+        <v>121237</v>
       </c>
       <c r="D101" s="2" t="s">
-        <v>1026</v>
+        <v>2197</v>
       </c>
       <c r="E101" s="2" t="s">
-        <v>2197</v>
+        <v>2198</v>
       </c>
       <c r="F101" s="2" t="s">
-        <v>33</v>
+        <v>83</v>
       </c>
     </row>
     <row r="102" spans="1:6">
       <c r="A102" s="2">
         <v>85</v>
       </c>
       <c r="B102" s="2">
         <v>425</v>
       </c>
       <c r="C102" s="2">
-        <v>119046</v>
+        <v>121065</v>
       </c>
       <c r="D102" s="2" t="s">
-        <v>2198</v>
+        <v>1021</v>
       </c>
       <c r="E102" s="2" t="s">
         <v>2199</v>
       </c>
       <c r="F102" s="2" t="s">
-        <v>8</v>
+        <v>33</v>
       </c>
     </row>
     <row r="103" spans="1:6">
       <c r="A103" s="2">
         <v>85</v>
       </c>
       <c r="B103" s="2">
         <v>425</v>
       </c>
       <c r="C103" s="2">
-        <v>121318</v>
-[...1 lines deleted...]
-      <c r="D103" s="2" t="s">
+        <v>120775</v>
+      </c>
+      <c r="D103" s="2"/>
+      <c r="E103" s="2" t="s">
         <v>2200</v>
       </c>
-      <c r="E103" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F103" s="2" t="s">
-        <v>14</v>
+        <v>152</v>
       </c>
     </row>
     <row r="104" spans="1:6">
       <c r="A104" s="2">
         <v>85</v>
       </c>
       <c r="B104" s="2">
         <v>425</v>
       </c>
       <c r="C104" s="2">
         <v>118596</v>
       </c>
       <c r="D104" s="2" t="s">
+        <v>2201</v>
+      </c>
+      <c r="E104" s="2" t="s">
         <v>2202</v>
-      </c>
-[...1 lines deleted...]
-        <v>2203</v>
       </c>
       <c r="F104" s="2" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="105" spans="1:6">
       <c r="A105" s="2">
         <v>85</v>
       </c>
       <c r="B105" s="2">
         <v>425</v>
       </c>
       <c r="C105" s="2">
         <v>121179</v>
       </c>
       <c r="D105" s="2"/>
       <c r="E105" s="2" t="s">
-        <v>2204</v>
+        <v>2203</v>
       </c>
       <c r="F105" s="2"/>
     </row>
     <row r="106" spans="1:6">
       <c r="A106" s="2">
         <v>85</v>
       </c>
       <c r="B106" s="2">
         <v>425</v>
       </c>
       <c r="C106" s="2">
-        <v>120775</v>
-[...1 lines deleted...]
-      <c r="D106" s="2"/>
+        <v>102784</v>
+      </c>
+      <c r="D106" s="2" t="s">
+        <v>2204</v>
+      </c>
       <c r="E106" s="2" t="s">
         <v>2205</v>
       </c>
       <c r="F106" s="2" t="s">
-        <v>152</v>
+        <v>67</v>
       </c>
     </row>
     <row r="107" spans="1:6">
       <c r="A107" s="2">
         <v>108</v>
       </c>
       <c r="B107" s="2">
         <v>400</v>
       </c>
       <c r="C107" s="2">
-        <v>118773</v>
+        <v>120777</v>
       </c>
       <c r="D107" s="2" t="s">
         <v>2206</v>
       </c>
       <c r="E107" s="2" t="s">
         <v>2207</v>
       </c>
       <c r="F107" s="2" t="s">
-        <v>2208</v>
+        <v>152</v>
       </c>
     </row>
     <row r="108" spans="1:6">
       <c r="A108" s="2">
         <v>108</v>
       </c>
       <c r="B108" s="2">
         <v>400</v>
       </c>
       <c r="C108" s="2">
-        <v>121238</v>
+        <v>118602</v>
       </c>
       <c r="D108" s="2" t="s">
+        <v>2208</v>
+      </c>
+      <c r="E108" s="2" t="s">
         <v>2209</v>
       </c>
-      <c r="E108" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F108" s="2" t="s">
-        <v>83</v>
+        <v>95</v>
       </c>
     </row>
     <row r="109" spans="1:6">
       <c r="A109" s="2">
         <v>108</v>
       </c>
       <c r="B109" s="2">
         <v>400</v>
       </c>
       <c r="C109" s="2">
-        <v>119052</v>
-[...3 lines deleted...]
-      </c>
+        <v>121180</v>
+      </c>
+      <c r="D109" s="2"/>
       <c r="E109" s="2" t="s">
-        <v>2212</v>
-[...3 lines deleted...]
-      </c>
+        <v>2210</v>
+      </c>
+      <c r="F109" s="2"/>
     </row>
     <row r="110" spans="1:6">
       <c r="A110" s="2">
         <v>108</v>
       </c>
       <c r="B110" s="2">
         <v>400</v>
       </c>
       <c r="C110" s="2">
-        <v>118602</v>
+        <v>121078</v>
       </c>
       <c r="D110" s="2" t="s">
-        <v>2213</v>
+        <v>2211</v>
       </c>
       <c r="E110" s="2" t="s">
-        <v>2214</v>
+        <v>2212</v>
       </c>
       <c r="F110" s="2" t="s">
-        <v>95</v>
+        <v>1424</v>
       </c>
     </row>
     <row r="111" spans="1:6">
       <c r="A111" s="2">
         <v>108</v>
       </c>
       <c r="B111" s="2">
         <v>400</v>
       </c>
       <c r="C111" s="2">
-        <v>121180</v>
-[...1 lines deleted...]
-      <c r="D111" s="2"/>
+        <v>118898</v>
+      </c>
+      <c r="D111" s="2" t="s">
+        <v>2213</v>
+      </c>
       <c r="E111" s="2" t="s">
-        <v>2215</v>
-[...1 lines deleted...]
-      <c r="F111" s="2"/>
+        <v>2214</v>
+      </c>
+      <c r="F111" s="2" t="s">
+        <v>80</v>
+      </c>
     </row>
     <row r="112" spans="1:6">
       <c r="A112" s="2">
         <v>108</v>
       </c>
       <c r="B112" s="2">
         <v>400</v>
       </c>
       <c r="C112" s="2">
-        <v>121078</v>
+        <v>114233</v>
       </c>
       <c r="D112" s="2" t="s">
+        <v>2215</v>
+      </c>
+      <c r="E112" s="2" t="s">
         <v>2216</v>
       </c>
-      <c r="E112" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F112" s="2" t="s">
-        <v>1426</v>
+        <v>406</v>
       </c>
     </row>
     <row r="113" spans="1:6">
       <c r="A113" s="2">
         <v>108</v>
       </c>
       <c r="B113" s="2">
         <v>400</v>
       </c>
       <c r="C113" s="2">
-        <v>114233</v>
+        <v>121195</v>
       </c>
       <c r="D113" s="2" t="s">
+        <v>2217</v>
+      </c>
+      <c r="E113" s="2" t="s">
         <v>2218</v>
       </c>
-      <c r="E113" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F113" s="2" t="s">
-        <v>412</v>
+        <v>33</v>
       </c>
     </row>
     <row r="114" spans="1:6">
       <c r="A114" s="2">
         <v>108</v>
       </c>
       <c r="B114" s="2">
         <v>400</v>
       </c>
       <c r="C114" s="2">
-        <v>120777</v>
+        <v>120432</v>
       </c>
       <c r="D114" s="2" t="s">
+        <v>2219</v>
+      </c>
+      <c r="E114" s="2" t="s">
         <v>2220</v>
       </c>
-      <c r="E114" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F114" s="2" t="s">
-        <v>152</v>
+        <v>95</v>
       </c>
     </row>
     <row r="115" spans="1:6">
       <c r="A115" s="2">
         <v>108</v>
       </c>
       <c r="B115" s="2">
         <v>400</v>
       </c>
       <c r="C115" s="2">
-        <v>121195</v>
+        <v>121168</v>
       </c>
       <c r="D115" s="2" t="s">
+        <v>2221</v>
+      </c>
+      <c r="E115" s="2" t="s">
         <v>2222</v>
       </c>
-      <c r="E115" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F115" s="2" t="s">
-        <v>33</v>
+        <v>83</v>
       </c>
     </row>
     <row r="116" spans="1:6">
       <c r="A116" s="2">
         <v>108</v>
       </c>
       <c r="B116" s="2">
         <v>400</v>
       </c>
       <c r="C116" s="2">
-        <v>120432</v>
+        <v>120367</v>
       </c>
       <c r="D116" s="2" t="s">
+        <v>2223</v>
+      </c>
+      <c r="E116" s="2" t="s">
         <v>2224</v>
-      </c>
-[...1 lines deleted...]
-        <v>2225</v>
       </c>
       <c r="F116" s="2" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="117" spans="1:6">
       <c r="A117" s="2">
         <v>108</v>
       </c>
       <c r="B117" s="2">
         <v>400</v>
       </c>
       <c r="C117" s="2">
-        <v>118898</v>
+        <v>121452</v>
       </c>
       <c r="D117" s="2" t="s">
+        <v>2225</v>
+      </c>
+      <c r="E117" s="2" t="s">
         <v>2226</v>
       </c>
-      <c r="E117" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F117" s="2" t="s">
-        <v>80</v>
+        <v>100</v>
       </c>
     </row>
     <row r="118" spans="1:6">
       <c r="A118" s="2">
         <v>108</v>
       </c>
       <c r="B118" s="2">
         <v>400</v>
       </c>
       <c r="C118" s="2">
-        <v>121168</v>
+        <v>117281</v>
       </c>
       <c r="D118" s="2" t="s">
+        <v>2227</v>
+      </c>
+      <c r="E118" s="2" t="s">
         <v>2228</v>
       </c>
-      <c r="E118" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F118" s="2" t="s">
-        <v>83</v>
+        <v>8</v>
       </c>
     </row>
     <row r="119" spans="1:6">
       <c r="A119" s="2">
         <v>108</v>
       </c>
       <c r="B119" s="2">
         <v>400</v>
       </c>
       <c r="C119" s="2">
-        <v>120367</v>
+        <v>119105</v>
       </c>
       <c r="D119" s="2" t="s">
+        <v>2229</v>
+      </c>
+      <c r="E119" s="2" t="s">
         <v>2230</v>
       </c>
-      <c r="E119" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F119" s="2" t="s">
-        <v>95</v>
+        <v>67</v>
       </c>
     </row>
     <row r="120" spans="1:6">
       <c r="A120" s="2">
         <v>108</v>
       </c>
       <c r="B120" s="2">
         <v>400</v>
       </c>
       <c r="C120" s="2">
-        <v>121452</v>
+        <v>121250</v>
       </c>
       <c r="D120" s="2" t="s">
+        <v>2231</v>
+      </c>
+      <c r="E120" s="2" t="s">
         <v>2232</v>
       </c>
-      <c r="E120" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F120" s="2" t="s">
-        <v>100</v>
+        <v>83</v>
       </c>
     </row>
     <row r="121" spans="1:6">
       <c r="A121" s="2">
         <v>108</v>
       </c>
       <c r="B121" s="2">
         <v>400</v>
       </c>
       <c r="C121" s="2">
-        <v>117281</v>
-[...3 lines deleted...]
-      </c>
+        <v>121509</v>
+      </c>
+      <c r="D121" s="2"/>
       <c r="E121" s="2" t="s">
-        <v>2235</v>
+        <v>2233</v>
       </c>
       <c r="F121" s="2" t="s">
-        <v>8</v>
+        <v>100</v>
       </c>
     </row>
     <row r="122" spans="1:6">
       <c r="A122" s="2">
         <v>108</v>
       </c>
       <c r="B122" s="2">
         <v>400</v>
       </c>
       <c r="C122" s="2">
-        <v>121250</v>
+        <v>121326</v>
       </c>
       <c r="D122" s="2" t="s">
-        <v>2236</v>
+        <v>2234</v>
       </c>
       <c r="E122" s="2" t="s">
-        <v>2237</v>
+        <v>2235</v>
       </c>
       <c r="F122" s="2" t="s">
-        <v>83</v>
+        <v>11</v>
       </c>
     </row>
     <row r="123" spans="1:6">
       <c r="A123" s="2">
         <v>108</v>
       </c>
       <c r="B123" s="2">
         <v>400</v>
       </c>
       <c r="C123" s="2">
-        <v>119105</v>
+        <v>118829</v>
       </c>
       <c r="D123" s="2" t="s">
-        <v>2238</v>
+        <v>2236</v>
       </c>
       <c r="E123" s="2" t="s">
-        <v>2239</v>
+        <v>2237</v>
       </c>
       <c r="F123" s="2" t="s">
-        <v>67</v>
+        <v>33</v>
       </c>
     </row>
     <row r="124" spans="1:6">
       <c r="A124" s="2">
         <v>108</v>
       </c>
       <c r="B124" s="2">
         <v>400</v>
       </c>
       <c r="C124" s="2">
-        <v>118829</v>
+        <v>117927</v>
       </c>
       <c r="D124" s="2" t="s">
-        <v>2240</v>
+        <v>2238</v>
       </c>
       <c r="E124" s="2" t="s">
-        <v>2241</v>
+        <v>2239</v>
       </c>
       <c r="F124" s="2" t="s">
-        <v>33</v>
+        <v>1424</v>
       </c>
     </row>
     <row r="125" spans="1:6">
       <c r="A125" s="2">
         <v>108</v>
       </c>
       <c r="B125" s="2">
         <v>400</v>
       </c>
       <c r="C125" s="2">
-        <v>117927</v>
+        <v>120674</v>
       </c>
       <c r="D125" s="2" t="s">
-        <v>2242</v>
+        <v>2240</v>
       </c>
       <c r="E125" s="2" t="s">
-        <v>2243</v>
+        <v>2241</v>
       </c>
       <c r="F125" s="2" t="s">
-        <v>1426</v>
+        <v>11</v>
       </c>
     </row>
     <row r="126" spans="1:6">
       <c r="A126" s="2">
         <v>108</v>
       </c>
       <c r="B126" s="2">
         <v>400</v>
       </c>
       <c r="C126" s="2">
-        <v>121509</v>
-[...1 lines deleted...]
-      <c r="D126" s="2"/>
+        <v>118773</v>
+      </c>
+      <c r="D126" s="2" t="s">
+        <v>2242</v>
+      </c>
       <c r="E126" s="2" t="s">
+        <v>2243</v>
+      </c>
+      <c r="F126" s="2" t="s">
         <v>2244</v>
-      </c>
-[...1 lines deleted...]
-        <v>100</v>
       </c>
     </row>
     <row r="127" spans="1:6">
       <c r="A127" s="2">
         <v>108</v>
       </c>
       <c r="B127" s="2">
         <v>400</v>
       </c>
       <c r="C127" s="2">
-        <v>121326</v>
+        <v>119052</v>
       </c>
       <c r="D127" s="2" t="s">
         <v>2245</v>
       </c>
       <c r="E127" s="2" t="s">
         <v>2246</v>
       </c>
       <c r="F127" s="2" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
     </row>
     <row r="128" spans="1:6">
       <c r="A128" s="2">
         <v>108</v>
       </c>
       <c r="B128" s="2">
         <v>400</v>
       </c>
       <c r="C128" s="2">
-        <v>120674</v>
+        <v>121238</v>
       </c>
       <c r="D128" s="2" t="s">
         <v>2247</v>
       </c>
       <c r="E128" s="2" t="s">
         <v>2248</v>
       </c>
       <c r="F128" s="2" t="s">
-        <v>11</v>
+        <v>83</v>
       </c>
     </row>
     <row r="129" spans="1:6">
       <c r="A129" s="2">
         <v>130</v>
       </c>
       <c r="B129" s="2">
         <v>375</v>
       </c>
       <c r="C129" s="2">
-        <v>121079</v>
-[...3 lines deleted...]
-      </c>
+        <v>121510</v>
+      </c>
+      <c r="D129" s="2"/>
       <c r="E129" s="2" t="s">
-        <v>553</v>
+        <v>2249</v>
       </c>
       <c r="F129" s="2" t="s">
-        <v>33</v>
+        <v>100</v>
       </c>
     </row>
     <row r="130" spans="1:6">
       <c r="A130" s="2">
         <v>130</v>
       </c>
       <c r="B130" s="2">
         <v>375</v>
       </c>
       <c r="C130" s="2">
-        <v>118838</v>
+        <v>121327</v>
       </c>
       <c r="D130" s="2" t="s">
-        <v>2249</v>
+        <v>2250</v>
       </c>
       <c r="E130" s="2" t="s">
-        <v>2250</v>
+        <v>2251</v>
       </c>
       <c r="F130" s="2" t="s">
-        <v>33</v>
+        <v>11</v>
       </c>
     </row>
     <row r="131" spans="1:6">
       <c r="A131" s="2">
         <v>130</v>
       </c>
       <c r="B131" s="2">
         <v>375</v>
       </c>
       <c r="C131" s="2">
-        <v>121510</v>
-[...1 lines deleted...]
-      <c r="D131" s="2"/>
+        <v>118838</v>
+      </c>
+      <c r="D131" s="2" t="s">
+        <v>2252</v>
+      </c>
       <c r="E131" s="2" t="s">
-        <v>2251</v>
+        <v>2253</v>
       </c>
       <c r="F131" s="2" t="s">
-        <v>100</v>
+        <v>33</v>
       </c>
     </row>
     <row r="132" spans="1:6">
       <c r="A132" s="2">
         <v>130</v>
       </c>
       <c r="B132" s="2">
         <v>375</v>
       </c>
       <c r="C132" s="2">
-        <v>118778</v>
-[...3 lines deleted...]
-      </c>
+        <v>120817</v>
+      </c>
+      <c r="D132" s="2"/>
       <c r="E132" s="2" t="s">
-        <v>2253</v>
+        <v>2254</v>
       </c>
       <c r="F132" s="2" t="s">
-        <v>1426</v>
+        <v>11</v>
       </c>
     </row>
     <row r="133" spans="1:6">
       <c r="A133" s="2">
         <v>130</v>
       </c>
       <c r="B133" s="2">
         <v>375</v>
       </c>
       <c r="C133" s="2">
-        <v>121327</v>
-[...3 lines deleted...]
-      </c>
+        <v>120679</v>
+      </c>
+      <c r="D133" s="2"/>
       <c r="E133" s="2" t="s">
         <v>2255</v>
       </c>
       <c r="F133" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="134" spans="1:6">
       <c r="A134" s="2">
         <v>130</v>
       </c>
       <c r="B134" s="2">
         <v>375</v>
       </c>
       <c r="C134" s="2">
-        <v>120817</v>
-[...1 lines deleted...]
-      <c r="D134" s="2"/>
+        <v>118778</v>
+      </c>
+      <c r="D134" s="2" t="s">
+        <v>2256</v>
+      </c>
       <c r="E134" s="2" t="s">
-        <v>2256</v>
+        <v>2257</v>
       </c>
       <c r="F134" s="2" t="s">
-        <v>11</v>
+        <v>1424</v>
       </c>
     </row>
     <row r="135" spans="1:6">
       <c r="A135" s="2">
         <v>130</v>
       </c>
       <c r="B135" s="2">
         <v>375</v>
       </c>
       <c r="C135" s="2">
-        <v>120679</v>
-[...1 lines deleted...]
-      <c r="D135" s="2"/>
+        <v>109650</v>
+      </c>
+      <c r="D135" s="2" t="s">
+        <v>2258</v>
+      </c>
       <c r="E135" s="2" t="s">
-        <v>2257</v>
+        <v>2259</v>
       </c>
       <c r="F135" s="2" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
     </row>
     <row r="136" spans="1:6">
       <c r="A136" s="2">
         <v>130</v>
       </c>
       <c r="B136" s="2">
         <v>375</v>
       </c>
       <c r="C136" s="2">
         <v>121239</v>
       </c>
       <c r="D136" s="2" t="s">
-        <v>2258</v>
+        <v>2260</v>
       </c>
       <c r="E136" s="2" t="s">
-        <v>2259</v>
+        <v>2261</v>
       </c>
       <c r="F136" s="2" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="137" spans="1:6">
       <c r="A137" s="2">
         <v>130</v>
       </c>
       <c r="B137" s="2">
         <v>375</v>
       </c>
       <c r="C137" s="2">
-        <v>109650</v>
+        <v>120782</v>
       </c>
       <c r="D137" s="2" t="s">
-        <v>2260</v>
+        <v>2262</v>
       </c>
       <c r="E137" s="2" t="s">
-        <v>2261</v>
+        <v>2263</v>
       </c>
       <c r="F137" s="2" t="s">
-        <v>8</v>
+        <v>152</v>
       </c>
     </row>
     <row r="138" spans="1:6">
       <c r="A138" s="2">
         <v>130</v>
       </c>
       <c r="B138" s="2">
         <v>375</v>
       </c>
       <c r="C138" s="2">
         <v>118605</v>
       </c>
       <c r="D138" s="2" t="s">
-        <v>2262</v>
+        <v>2264</v>
       </c>
       <c r="E138" s="2" t="s">
-        <v>2263</v>
+        <v>2265</v>
       </c>
       <c r="F138" s="2" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="139" spans="1:6">
       <c r="A139" s="2">
         <v>130</v>
       </c>
       <c r="B139" s="2">
         <v>375</v>
       </c>
       <c r="C139" s="2">
         <v>121183</v>
       </c>
       <c r="D139" s="2"/>
       <c r="E139" s="2" t="s">
-        <v>2264</v>
+        <v>2266</v>
       </c>
       <c r="F139" s="2"/>
     </row>
     <row r="140" spans="1:6">
       <c r="A140" s="2">
         <v>130</v>
       </c>
       <c r="B140" s="2">
         <v>375</v>
       </c>
       <c r="C140" s="2">
-        <v>120782</v>
+        <v>121519</v>
       </c>
       <c r="D140" s="2" t="s">
-        <v>2265</v>
+        <v>2267</v>
       </c>
       <c r="E140" s="2" t="s">
-        <v>2266</v>
+        <v>2268</v>
       </c>
       <c r="F140" s="2" t="s">
-        <v>152</v>
+        <v>14</v>
       </c>
     </row>
     <row r="141" spans="1:6">
       <c r="A141" s="2">
         <v>130</v>
       </c>
       <c r="B141" s="2">
         <v>375</v>
       </c>
       <c r="C141" s="2">
         <v>121207</v>
       </c>
       <c r="D141" s="2"/>
       <c r="E141" s="2" t="s">
-        <v>2267</v>
+        <v>2269</v>
       </c>
       <c r="F141" s="2" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="142" spans="1:6">
       <c r="A142" s="2">
         <v>130</v>
       </c>
       <c r="B142" s="2">
         <v>375</v>
       </c>
       <c r="C142" s="2">
-        <v>121172</v>
+        <v>108298</v>
       </c>
       <c r="D142" s="2" t="s">
-        <v>2268</v>
+        <v>2270</v>
       </c>
       <c r="E142" s="2" t="s">
-        <v>2269</v>
+        <v>2271</v>
       </c>
       <c r="F142" s="2" t="s">
-        <v>83</v>
+        <v>14</v>
       </c>
     </row>
     <row r="143" spans="1:6">
       <c r="A143" s="2">
         <v>130</v>
       </c>
       <c r="B143" s="2">
         <v>375</v>
       </c>
       <c r="C143" s="2">
-        <v>121519</v>
+        <v>121172</v>
       </c>
       <c r="D143" s="2" t="s">
-        <v>2270</v>
+        <v>2272</v>
       </c>
       <c r="E143" s="2" t="s">
-        <v>2271</v>
+        <v>2273</v>
       </c>
       <c r="F143" s="2" t="s">
-        <v>14</v>
+        <v>83</v>
       </c>
     </row>
     <row r="144" spans="1:6">
       <c r="A144" s="2">
         <v>130</v>
       </c>
       <c r="B144" s="2">
         <v>375</v>
       </c>
       <c r="C144" s="2">
-        <v>120370</v>
-[...1 lines deleted...]
-      <c r="D144" s="2"/>
+        <v>118946</v>
+      </c>
+      <c r="D144" s="2" t="s">
+        <v>2274</v>
+      </c>
       <c r="E144" s="2" t="s">
-        <v>2272</v>
+        <v>2275</v>
       </c>
       <c r="F144" s="2" t="s">
-        <v>95</v>
+        <v>67</v>
       </c>
     </row>
     <row r="145" spans="1:6">
       <c r="A145" s="2">
         <v>130</v>
       </c>
       <c r="B145" s="2">
         <v>375</v>
       </c>
       <c r="C145" s="2">
-        <v>108298</v>
-[...3 lines deleted...]
-      </c>
+        <v>120370</v>
+      </c>
+      <c r="D145" s="2"/>
       <c r="E145" s="2" t="s">
-        <v>2274</v>
+        <v>2276</v>
       </c>
       <c r="F145" s="2" t="s">
-        <v>14</v>
+        <v>95</v>
       </c>
     </row>
     <row r="146" spans="1:6">
       <c r="A146" s="2">
         <v>130</v>
       </c>
       <c r="B146" s="2">
         <v>375</v>
       </c>
       <c r="C146" s="2">
-        <v>118946</v>
+        <v>121585</v>
       </c>
       <c r="D146" s="2" t="s">
-        <v>2275</v>
+        <v>2277</v>
       </c>
       <c r="E146" s="2" t="s">
-        <v>2276</v>
+        <v>2278</v>
       </c>
       <c r="F146" s="2" t="s">
-        <v>67</v>
+        <v>8</v>
       </c>
     </row>
     <row r="147" spans="1:6">
       <c r="A147" s="2">
         <v>130</v>
       </c>
       <c r="B147" s="2">
         <v>375</v>
       </c>
       <c r="C147" s="2">
         <v>121632</v>
       </c>
       <c r="D147" s="2"/>
       <c r="E147" s="2" t="s">
-        <v>2277</v>
+        <v>2279</v>
       </c>
       <c r="F147" s="2"/>
     </row>
     <row r="148" spans="1:6">
       <c r="A148" s="2">
         <v>130</v>
       </c>
       <c r="B148" s="2">
         <v>375</v>
       </c>
       <c r="C148" s="2">
-        <v>121267</v>
+        <v>114713</v>
       </c>
       <c r="D148" s="2" t="s">
-        <v>2278</v>
+        <v>2280</v>
       </c>
       <c r="E148" s="2" t="s">
-        <v>2279</v>
+        <v>2281</v>
       </c>
       <c r="F148" s="2" t="s">
-        <v>95</v>
+        <v>8</v>
       </c>
     </row>
     <row r="149" spans="1:6">
       <c r="A149" s="2">
         <v>130</v>
       </c>
       <c r="B149" s="2">
         <v>375</v>
       </c>
       <c r="C149" s="2">
-        <v>121585</v>
+        <v>121267</v>
       </c>
       <c r="D149" s="2" t="s">
-        <v>2280</v>
+        <v>2282</v>
       </c>
       <c r="E149" s="2" t="s">
-        <v>2281</v>
+        <v>2283</v>
       </c>
       <c r="F149" s="2" t="s">
-        <v>8</v>
+        <v>95</v>
       </c>
     </row>
     <row r="150" spans="1:6">
       <c r="A150" s="2">
         <v>130</v>
       </c>
       <c r="B150" s="2">
         <v>375</v>
       </c>
       <c r="C150" s="2">
         <v>112325</v>
       </c>
       <c r="D150" s="2" t="s">
-        <v>2282</v>
+        <v>2284</v>
       </c>
       <c r="E150" s="2" t="s">
-        <v>2283</v>
+        <v>2285</v>
       </c>
       <c r="F150" s="2" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="151" spans="1:6">
       <c r="A151" s="2">
         <v>130</v>
       </c>
       <c r="B151" s="2">
         <v>375</v>
       </c>
       <c r="C151" s="2">
-        <v>114713</v>
+        <v>121251</v>
       </c>
       <c r="D151" s="2" t="s">
-        <v>2284</v>
+        <v>2286</v>
       </c>
       <c r="E151" s="2" t="s">
-        <v>2285</v>
+        <v>2287</v>
       </c>
       <c r="F151" s="2" t="s">
-        <v>8</v>
+        <v>83</v>
       </c>
     </row>
     <row r="152" spans="1:6">
       <c r="A152" s="2">
         <v>130</v>
       </c>
       <c r="B152" s="2">
         <v>375</v>
       </c>
       <c r="C152" s="2">
-        <v>121251</v>
+        <v>121079</v>
       </c>
       <c r="D152" s="2" t="s">
-        <v>2286</v>
+        <v>37</v>
       </c>
       <c r="E152" s="2" t="s">
-        <v>2287</v>
+        <v>552</v>
       </c>
       <c r="F152" s="2" t="s">
-        <v>83</v>
+        <v>33</v>
       </c>
     </row>
     <row r="153" spans="1:6">
       <c r="A153" s="2">
         <v>154</v>
       </c>
       <c r="B153" s="2">
         <v>350</v>
       </c>
       <c r="C153" s="2">
         <v>120374</v>
       </c>
       <c r="D153" s="2" t="s">
         <v>2288</v>
       </c>
       <c r="E153" s="2" t="s">
-        <v>638</v>
+        <v>639</v>
       </c>
       <c r="F153" s="2" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="154" spans="1:6">
       <c r="A154" s="2">
         <v>154</v>
       </c>
       <c r="B154" s="2">
         <v>350</v>
       </c>
       <c r="C154" s="2">
-        <v>120964</v>
+        <v>121152</v>
       </c>
       <c r="D154" s="2" t="s">
         <v>2289</v>
       </c>
       <c r="E154" s="2" t="s">
         <v>2290</v>
       </c>
       <c r="F154" s="2" t="s">
-        <v>14</v>
+        <v>83</v>
       </c>
     </row>
     <row r="155" spans="1:6">
       <c r="A155" s="2">
         <v>154</v>
       </c>
       <c r="B155" s="2">
         <v>350</v>
       </c>
       <c r="C155" s="2">
-        <v>121636</v>
-[...1 lines deleted...]
-      <c r="D155" s="2"/>
+        <v>121586</v>
+      </c>
+      <c r="D155" s="2" t="s">
+        <v>2291</v>
+      </c>
       <c r="E155" s="2" t="s">
-        <v>2291</v>
-[...1 lines deleted...]
-      <c r="F155" s="2"/>
+        <v>2292</v>
+      </c>
+      <c r="F155" s="2" t="s">
+        <v>8</v>
+      </c>
     </row>
     <row r="156" spans="1:6">
       <c r="A156" s="2">
         <v>154</v>
       </c>
       <c r="B156" s="2">
         <v>350</v>
       </c>
       <c r="C156" s="2">
-        <v>121152</v>
-[...3 lines deleted...]
-      </c>
+        <v>121636</v>
+      </c>
+      <c r="D156" s="2"/>
       <c r="E156" s="2" t="s">
         <v>2293</v>
       </c>
-      <c r="F156" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F156" s="2"/>
     </row>
     <row r="157" spans="1:6">
       <c r="A157" s="2">
         <v>154</v>
       </c>
       <c r="B157" s="2">
         <v>350</v>
       </c>
       <c r="C157" s="2">
-        <v>121586</v>
+        <v>118554</v>
       </c>
       <c r="D157" s="2" t="s">
         <v>2294</v>
       </c>
       <c r="E157" s="2" t="s">
         <v>2295</v>
       </c>
       <c r="F157" s="2" t="s">
-        <v>8</v>
+        <v>95</v>
       </c>
     </row>
     <row r="158" spans="1:6">
       <c r="A158" s="2">
         <v>154</v>
       </c>
       <c r="B158" s="2">
         <v>350</v>
       </c>
       <c r="C158" s="2">
-        <v>118554</v>
-[...1 lines deleted...]
-      <c r="D158" s="2" t="s">
+        <v>121082</v>
+      </c>
+      <c r="D158" s="2"/>
+      <c r="E158" s="2" t="s">
         <v>2296</v>
       </c>
-      <c r="E158" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F158" s="2" t="s">
-        <v>95</v>
+        <v>33</v>
       </c>
     </row>
     <row r="159" spans="1:6">
       <c r="A159" s="2">
         <v>154</v>
       </c>
       <c r="B159" s="2">
         <v>350</v>
       </c>
       <c r="C159" s="2">
-        <v>121082</v>
-[...1 lines deleted...]
-      <c r="D159" s="2"/>
+        <v>118785</v>
+      </c>
+      <c r="D159" s="2" t="s">
+        <v>2297</v>
+      </c>
       <c r="E159" s="2" t="s">
         <v>2298</v>
       </c>
       <c r="F159" s="2" t="s">
-        <v>33</v>
+        <v>11</v>
       </c>
     </row>
     <row r="160" spans="1:6">
       <c r="A160" s="2">
         <v>154</v>
       </c>
       <c r="B160" s="2">
         <v>350</v>
       </c>
       <c r="C160" s="2">
-        <v>118841</v>
-[...1 lines deleted...]
-      <c r="D160" s="2" t="s">
+        <v>121511</v>
+      </c>
+      <c r="D160" s="2"/>
+      <c r="E160" s="2" t="s">
         <v>2299</v>
       </c>
-      <c r="E160" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F160" s="2" t="s">
-        <v>33</v>
+        <v>100</v>
       </c>
     </row>
     <row r="161" spans="1:6">
       <c r="A161" s="2">
         <v>154</v>
       </c>
       <c r="B161" s="2">
         <v>350</v>
       </c>
       <c r="C161" s="2">
-        <v>118785</v>
+        <v>121330</v>
       </c>
       <c r="D161" s="2" t="s">
+        <v>2300</v>
+      </c>
+      <c r="E161" s="2" t="s">
         <v>2301</v>
-      </c>
-[...1 lines deleted...]
-        <v>2302</v>
       </c>
       <c r="F161" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="162" spans="1:6">
       <c r="A162" s="2">
         <v>154</v>
       </c>
       <c r="B162" s="2">
         <v>350</v>
       </c>
       <c r="C162" s="2">
-        <v>121511</v>
-[...1 lines deleted...]
-      <c r="D162" s="2"/>
+        <v>118841</v>
+      </c>
+      <c r="D162" s="2" t="s">
+        <v>2302</v>
+      </c>
       <c r="E162" s="2" t="s">
         <v>2303</v>
       </c>
       <c r="F162" s="2" t="s">
-        <v>100</v>
+        <v>33</v>
       </c>
     </row>
     <row r="163" spans="1:6">
       <c r="A163" s="2">
         <v>154</v>
       </c>
       <c r="B163" s="2">
         <v>350</v>
       </c>
       <c r="C163" s="2">
-        <v>121330</v>
+        <v>121211</v>
       </c>
       <c r="D163" s="2" t="s">
         <v>2304</v>
       </c>
       <c r="E163" s="2" t="s">
         <v>2305</v>
       </c>
       <c r="F163" s="2" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
     </row>
     <row r="164" spans="1:6">
       <c r="A164" s="2">
         <v>154</v>
       </c>
       <c r="B164" s="2">
         <v>350</v>
       </c>
       <c r="C164" s="2">
-        <v>120684</v>
-[...1 lines deleted...]
-      <c r="D164" s="2"/>
+        <v>119061</v>
+      </c>
+      <c r="D164" s="2" t="s">
+        <v>2306</v>
+      </c>
       <c r="E164" s="2" t="s">
-        <v>2306</v>
-[...1 lines deleted...]
-      <c r="F164" s="2"/>
+        <v>2307</v>
+      </c>
+      <c r="F164" s="2" t="s">
+        <v>8</v>
+      </c>
     </row>
     <row r="165" spans="1:6">
       <c r="A165" s="2">
         <v>154</v>
       </c>
       <c r="B165" s="2">
         <v>350</v>
       </c>
       <c r="C165" s="2">
-        <v>121211</v>
-[...3 lines deleted...]
-      </c>
+        <v>120684</v>
+      </c>
+      <c r="D165" s="2"/>
       <c r="E165" s="2" t="s">
         <v>2308</v>
       </c>
-      <c r="F165" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F165" s="2"/>
     </row>
     <row r="166" spans="1:6">
       <c r="A166" s="2">
         <v>154</v>
       </c>
       <c r="B166" s="2">
         <v>350</v>
       </c>
       <c r="C166" s="2">
-        <v>120438</v>
+        <v>113357</v>
       </c>
       <c r="D166" s="2" t="s">
         <v>2309</v>
       </c>
       <c r="E166" s="2" t="s">
-        <v>2310</v>
+        <v>2246</v>
       </c>
       <c r="F166" s="2" t="s">
-        <v>95</v>
+        <v>8</v>
       </c>
     </row>
     <row r="167" spans="1:6">
       <c r="A167" s="2">
         <v>154</v>
       </c>
       <c r="B167" s="2">
         <v>350</v>
       </c>
       <c r="C167" s="2">
-        <v>119061</v>
+        <v>120438</v>
       </c>
       <c r="D167" s="2" t="s">
+        <v>2310</v>
+      </c>
+      <c r="E167" s="2" t="s">
         <v>2311</v>
       </c>
-      <c r="E167" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F167" s="2" t="s">
-        <v>8</v>
+        <v>95</v>
       </c>
     </row>
     <row r="168" spans="1:6">
       <c r="A168" s="2">
         <v>154</v>
       </c>
       <c r="B168" s="2">
         <v>350</v>
       </c>
       <c r="C168" s="2">
         <v>120731</v>
       </c>
       <c r="D168" s="2"/>
       <c r="E168" s="2" t="s">
-        <v>2313</v>
+        <v>2312</v>
       </c>
       <c r="F168" s="2" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="169" spans="1:6">
       <c r="A169" s="2">
         <v>154</v>
       </c>
       <c r="B169" s="2">
         <v>350</v>
       </c>
       <c r="C169" s="2">
-        <v>113357</v>
+        <v>118611</v>
       </c>
       <c r="D169" s="2" t="s">
+        <v>2313</v>
+      </c>
+      <c r="E169" s="2" t="s">
         <v>2314</v>
       </c>
-      <c r="E169" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F169" s="2" t="s">
-        <v>8</v>
+        <v>95</v>
       </c>
     </row>
     <row r="170" spans="1:6">
       <c r="A170" s="2">
         <v>154</v>
       </c>
       <c r="B170" s="2">
         <v>350</v>
       </c>
       <c r="C170" s="2">
-        <v>118611</v>
+        <v>120786</v>
       </c>
       <c r="D170" s="2" t="s">
         <v>2315</v>
       </c>
       <c r="E170" s="2" t="s">
         <v>2316</v>
       </c>
-      <c r="F170" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F170" s="2"/>
     </row>
     <row r="171" spans="1:6">
       <c r="A171" s="2">
         <v>154</v>
       </c>
       <c r="B171" s="2">
         <v>350</v>
       </c>
       <c r="C171" s="2">
-        <v>120786</v>
+        <v>120964</v>
       </c>
       <c r="D171" s="2" t="s">
         <v>2317</v>
       </c>
       <c r="E171" s="2" t="s">
         <v>2318</v>
       </c>
-      <c r="F171" s="2"/>
+      <c r="F171" s="2" t="s">
+        <v>14</v>
+      </c>
     </row>
     <row r="172" spans="1:6">
       <c r="A172" s="2">
         <v>173</v>
       </c>
       <c r="B172" s="2">
         <v>340</v>
       </c>
       <c r="C172" s="2">
-        <v>119074</v>
+        <v>100996</v>
       </c>
       <c r="D172" s="2" t="s">
         <v>2319</v>
       </c>
       <c r="E172" s="2" t="s">
         <v>2320</v>
       </c>
       <c r="F172" s="2" t="s">
-        <v>8</v>
+        <v>67</v>
       </c>
     </row>
     <row r="173" spans="1:6">
       <c r="A173" s="2">
         <v>173</v>
       </c>
       <c r="B173" s="2">
         <v>340</v>
       </c>
       <c r="C173" s="2">
-        <v>100996</v>
+        <v>118678</v>
       </c>
       <c r="D173" s="2" t="s">
         <v>2321</v>
       </c>
       <c r="E173" s="2" t="s">
         <v>2322</v>
       </c>
       <c r="F173" s="2" t="s">
-        <v>67</v>
+        <v>11</v>
       </c>
     </row>
     <row r="174" spans="1:6">
       <c r="A174" s="2">
         <v>173</v>
       </c>
       <c r="B174" s="2">
         <v>340</v>
       </c>
       <c r="C174" s="2">
-        <v>118678</v>
+        <v>120377</v>
       </c>
       <c r="D174" s="2" t="s">
         <v>2323</v>
       </c>
       <c r="E174" s="2" t="s">
         <v>2324</v>
       </c>
       <c r="F174" s="2" t="s">
-        <v>11</v>
+        <v>95</v>
       </c>
     </row>
     <row r="175" spans="1:6">
       <c r="A175" s="2">
         <v>173</v>
       </c>
       <c r="B175" s="2">
         <v>340</v>
       </c>
       <c r="C175" s="2">
-        <v>120377</v>
-[...1 lines deleted...]
-      <c r="D175" s="2" t="s">
+        <v>121153</v>
+      </c>
+      <c r="D175" s="2"/>
+      <c r="E175" s="2" t="s">
         <v>2325</v>
       </c>
-      <c r="E175" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F175" s="2" t="s">
-        <v>95</v>
+        <v>83</v>
       </c>
     </row>
     <row r="176" spans="1:6">
       <c r="A176" s="2">
         <v>173</v>
       </c>
       <c r="B176" s="2">
         <v>340</v>
       </c>
       <c r="C176" s="2">
-        <v>121153</v>
-[...1 lines deleted...]
-      <c r="D176" s="2"/>
+        <v>121587</v>
+      </c>
+      <c r="D176" s="2" t="s">
+        <v>2326</v>
+      </c>
       <c r="E176" s="2" t="s">
-        <v>2327</v>
+        <v>720</v>
       </c>
       <c r="F176" s="2" t="s">
-        <v>83</v>
+        <v>8</v>
       </c>
     </row>
     <row r="177" spans="1:6">
       <c r="A177" s="2">
         <v>173</v>
       </c>
       <c r="B177" s="2">
         <v>340</v>
       </c>
       <c r="C177" s="2">
-        <v>121587</v>
+        <v>101867</v>
       </c>
       <c r="D177" s="2" t="s">
-        <v>2328</v>
+        <v>2327</v>
       </c>
       <c r="E177" s="2" t="s">
-        <v>725</v>
+        <v>1423</v>
       </c>
       <c r="F177" s="2" t="s">
-        <v>8</v>
+        <v>80</v>
       </c>
     </row>
     <row r="178" spans="1:6">
       <c r="A178" s="2">
         <v>173</v>
       </c>
       <c r="B178" s="2">
         <v>340</v>
       </c>
       <c r="C178" s="2">
         <v>118562</v>
       </c>
       <c r="D178" s="2" t="s">
+        <v>2328</v>
+      </c>
+      <c r="E178" s="2" t="s">
         <v>2329</v>
-      </c>
-[...1 lines deleted...]
-        <v>2330</v>
       </c>
       <c r="F178" s="2" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="179" spans="1:6">
       <c r="A179" s="2">
         <v>173</v>
       </c>
       <c r="B179" s="2">
         <v>340</v>
       </c>
       <c r="C179" s="2">
         <v>121240</v>
       </c>
       <c r="D179" s="2" t="s">
+        <v>2330</v>
+      </c>
+      <c r="E179" s="2" t="s">
         <v>2331</v>
-      </c>
-[...1 lines deleted...]
-        <v>2332</v>
       </c>
       <c r="F179" s="2" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="180" spans="1:6">
       <c r="A180" s="2">
         <v>173</v>
       </c>
       <c r="B180" s="2">
         <v>340</v>
       </c>
       <c r="C180" s="2">
-        <v>101867</v>
+        <v>118787</v>
       </c>
       <c r="D180" s="2" t="s">
-        <v>2333</v>
+        <v>2332</v>
       </c>
       <c r="E180" s="2" t="s">
-        <v>1425</v>
+        <v>1358</v>
       </c>
       <c r="F180" s="2" t="s">
-        <v>80</v>
+        <v>11</v>
       </c>
     </row>
     <row r="181" spans="1:6">
       <c r="A181" s="2">
         <v>173</v>
       </c>
       <c r="B181" s="2">
         <v>340</v>
       </c>
       <c r="C181" s="2">
-        <v>118846</v>
-[...3 lines deleted...]
-      </c>
+        <v>121512</v>
+      </c>
+      <c r="D181" s="2"/>
       <c r="E181" s="2" t="s">
-        <v>2335</v>
+        <v>2333</v>
       </c>
       <c r="F181" s="2" t="s">
-        <v>33</v>
+        <v>100</v>
       </c>
     </row>
     <row r="182" spans="1:6">
       <c r="A182" s="2">
         <v>173</v>
       </c>
       <c r="B182" s="2">
         <v>340</v>
       </c>
       <c r="C182" s="2">
-        <v>118787</v>
+        <v>121335</v>
       </c>
       <c r="D182" s="2" t="s">
-        <v>2336</v>
+        <v>2334</v>
       </c>
       <c r="E182" s="2" t="s">
-        <v>1364</v>
+        <v>2335</v>
       </c>
       <c r="F182" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="183" spans="1:6">
       <c r="A183" s="2">
         <v>173</v>
       </c>
       <c r="B183" s="2">
         <v>340</v>
       </c>
       <c r="C183" s="2">
-        <v>121512</v>
-[...1 lines deleted...]
-      <c r="D183" s="2"/>
+        <v>118846</v>
+      </c>
+      <c r="D183" s="2" t="s">
+        <v>2336</v>
+      </c>
       <c r="E183" s="2" t="s">
         <v>2337</v>
       </c>
       <c r="F183" s="2" t="s">
-        <v>100</v>
+        <v>33</v>
       </c>
     </row>
     <row r="184" spans="1:6">
       <c r="A184" s="2">
         <v>173</v>
       </c>
       <c r="B184" s="2">
         <v>340</v>
       </c>
       <c r="C184" s="2">
-        <v>121335</v>
-[...1 lines deleted...]
-      <c r="D184" s="2" t="s">
+        <v>120788</v>
+      </c>
+      <c r="D184" s="2"/>
+      <c r="E184" s="2" t="s">
         <v>2338</v>
       </c>
-      <c r="E184" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F184" s="2" t="s">
-        <v>11</v>
+        <v>152</v>
       </c>
     </row>
     <row r="185" spans="1:6">
       <c r="A185" s="2">
         <v>173</v>
       </c>
       <c r="B185" s="2">
         <v>340</v>
       </c>
       <c r="C185" s="2">
-        <v>120690</v>
-[...1 lines deleted...]
-      <c r="D185" s="2"/>
+        <v>119074</v>
+      </c>
+      <c r="D185" s="2" t="s">
+        <v>2339</v>
+      </c>
       <c r="E185" s="2" t="s">
         <v>2340</v>
       </c>
-      <c r="F185" s="2"/>
+      <c r="F185" s="2" t="s">
+        <v>8</v>
+      </c>
     </row>
     <row r="186" spans="1:6">
       <c r="A186" s="2">
         <v>173</v>
       </c>
       <c r="B186" s="2">
         <v>340</v>
       </c>
       <c r="C186" s="2">
-        <v>120788</v>
+        <v>120690</v>
       </c>
       <c r="D186" s="2"/>
       <c r="E186" s="2" t="s">
         <v>2341</v>
       </c>
-      <c r="F186" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F186" s="2"/>
     </row>
     <row r="187" spans="1:6">
       <c r="A187" s="2">
         <v>173</v>
       </c>
       <c r="B187" s="2">
         <v>340</v>
       </c>
       <c r="C187" s="2">
         <v>121213</v>
       </c>
       <c r="D187" s="2"/>
       <c r="E187" s="2" t="s">
         <v>2342</v>
       </c>
       <c r="F187" s="2" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="188" spans="1:6">
       <c r="A188" s="2">
         <v>173</v>
       </c>
       <c r="B188" s="2">
         <v>340</v>
       </c>
       <c r="C188" s="2">
         <v>120445</v>
       </c>
       <c r="D188" s="2"/>
       <c r="E188" s="2" t="s">
         <v>2343</v>
       </c>
       <c r="F188" s="2" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="189" spans="1:6">
       <c r="A189" s="2">
         <v>190</v>
       </c>
       <c r="B189" s="2">
         <v>330</v>
       </c>
       <c r="C189" s="2">
-        <v>121241</v>
-[...1 lines deleted...]
-      <c r="D189" s="2" t="s">
+        <v>120739</v>
+      </c>
+      <c r="D189" s="2"/>
+      <c r="E189" s="2" t="s">
         <v>2344</v>
       </c>
-      <c r="E189" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F189" s="2" t="s">
-        <v>83</v>
+        <v>33</v>
       </c>
     </row>
     <row r="190" spans="1:6">
       <c r="A190" s="2">
         <v>190</v>
       </c>
       <c r="B190" s="2">
         <v>330</v>
       </c>
       <c r="C190" s="2">
-        <v>121534</v>
-[...3 lines deleted...]
-      </c>
+        <v>121513</v>
+      </c>
+      <c r="D190" s="2"/>
       <c r="E190" s="2" t="s">
-        <v>1187</v>
+        <v>2345</v>
       </c>
       <c r="F190" s="2" t="s">
-        <v>14</v>
+        <v>100</v>
       </c>
     </row>
     <row r="191" spans="1:6">
       <c r="A191" s="2">
         <v>190</v>
       </c>
       <c r="B191" s="2">
         <v>330</v>
       </c>
       <c r="C191" s="2">
-        <v>120739</v>
+        <v>121375</v>
       </c>
       <c r="D191" s="2"/>
       <c r="E191" s="2" t="s">
-        <v>2347</v>
+        <v>2346</v>
       </c>
       <c r="F191" s="2" t="s">
-        <v>33</v>
+        <v>11</v>
       </c>
     </row>
     <row r="192" spans="1:6">
       <c r="A192" s="2">
         <v>190</v>
       </c>
       <c r="B192" s="2">
         <v>330</v>
       </c>
       <c r="C192" s="2">
-        <v>118847</v>
+        <v>121338</v>
       </c>
       <c r="D192" s="2" t="s">
+        <v>2347</v>
+      </c>
+      <c r="E192" s="2" t="s">
         <v>2348</v>
       </c>
-      <c r="E192" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F192" s="2" t="s">
-        <v>33</v>
+        <v>11</v>
       </c>
     </row>
     <row r="193" spans="1:6">
       <c r="A193" s="2">
         <v>190</v>
       </c>
       <c r="B193" s="2">
         <v>330</v>
       </c>
       <c r="C193" s="2">
-        <v>118797</v>
+        <v>118847</v>
       </c>
       <c r="D193" s="2" t="s">
         <v>2349</v>
       </c>
       <c r="E193" s="2" t="s">
-        <v>2324</v>
+        <v>37</v>
       </c>
       <c r="F193" s="2" t="s">
-        <v>11</v>
+        <v>33</v>
       </c>
     </row>
     <row r="194" spans="1:6">
       <c r="A194" s="2">
         <v>190</v>
       </c>
       <c r="B194" s="2">
         <v>330</v>
       </c>
       <c r="C194" s="2">
-        <v>118619</v>
+        <v>120793</v>
       </c>
       <c r="D194" s="2" t="s">
         <v>2350</v>
       </c>
       <c r="E194" s="2" t="s">
         <v>2351</v>
       </c>
       <c r="F194" s="2" t="s">
-        <v>95</v>
+        <v>152</v>
       </c>
     </row>
     <row r="195" spans="1:6">
       <c r="A195" s="2">
         <v>190</v>
       </c>
       <c r="B195" s="2">
         <v>330</v>
       </c>
       <c r="C195" s="2">
-        <v>121513</v>
-[...1 lines deleted...]
-      <c r="D195" s="2"/>
+        <v>118619</v>
+      </c>
+      <c r="D195" s="2" t="s">
+        <v>2352</v>
+      </c>
       <c r="E195" s="2" t="s">
-        <v>2352</v>
+        <v>2353</v>
       </c>
       <c r="F195" s="2" t="s">
-        <v>100</v>
+        <v>95</v>
       </c>
     </row>
     <row r="196" spans="1:6">
       <c r="A196" s="2">
         <v>190</v>
       </c>
       <c r="B196" s="2">
         <v>330</v>
       </c>
       <c r="C196" s="2">
-        <v>121375</v>
-[...1 lines deleted...]
-      <c r="D196" s="2"/>
+        <v>119075</v>
+      </c>
+      <c r="D196" s="2" t="s">
+        <v>2354</v>
+      </c>
       <c r="E196" s="2" t="s">
-        <v>2353</v>
+        <v>2355</v>
       </c>
       <c r="F196" s="2" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
     </row>
     <row r="197" spans="1:6">
       <c r="A197" s="2">
         <v>190</v>
       </c>
       <c r="B197" s="2">
         <v>330</v>
       </c>
       <c r="C197" s="2">
-        <v>121338</v>
-[...3 lines deleted...]
-      </c>
+        <v>121227</v>
+      </c>
+      <c r="D197" s="2"/>
       <c r="E197" s="2" t="s">
-        <v>2355</v>
+        <v>2356</v>
       </c>
       <c r="F197" s="2" t="s">
-        <v>11</v>
+        <v>33</v>
       </c>
     </row>
     <row r="198" spans="1:6">
       <c r="A198" s="2">
         <v>190</v>
       </c>
       <c r="B198" s="2">
         <v>330</v>
       </c>
       <c r="C198" s="2">
-        <v>120793</v>
+        <v>120968</v>
       </c>
       <c r="D198" s="2" t="s">
-        <v>2356</v>
+        <v>2357</v>
       </c>
       <c r="E198" s="2" t="s">
-        <v>2357</v>
+        <v>2358</v>
       </c>
       <c r="F198" s="2" t="s">
-        <v>152</v>
+        <v>14</v>
       </c>
     </row>
     <row r="199" spans="1:6">
       <c r="A199" s="2">
         <v>190</v>
       </c>
       <c r="B199" s="2">
         <v>330</v>
       </c>
       <c r="C199" s="2">
-        <v>121227</v>
+        <v>120446</v>
       </c>
       <c r="D199" s="2"/>
       <c r="E199" s="2" t="s">
-        <v>2358</v>
+        <v>2359</v>
       </c>
       <c r="F199" s="2" t="s">
-        <v>33</v>
+        <v>95</v>
       </c>
     </row>
     <row r="200" spans="1:6">
       <c r="A200" s="2">
         <v>190</v>
       </c>
       <c r="B200" s="2">
         <v>330</v>
       </c>
       <c r="C200" s="2">
-        <v>120446</v>
-[...1 lines deleted...]
-      <c r="D200" s="2"/>
+        <v>118955</v>
+      </c>
+      <c r="D200" s="2" t="s">
+        <v>2360</v>
+      </c>
       <c r="E200" s="2" t="s">
-        <v>2359</v>
+        <v>2361</v>
       </c>
       <c r="F200" s="2" t="s">
-        <v>95</v>
+        <v>67</v>
       </c>
     </row>
     <row r="201" spans="1:6">
       <c r="A201" s="2">
         <v>190</v>
       </c>
       <c r="B201" s="2">
         <v>330</v>
       </c>
       <c r="C201" s="2">
-        <v>119075</v>
-[...3 lines deleted...]
-      </c>
+        <v>121637</v>
+      </c>
+      <c r="D201" s="2"/>
       <c r="E201" s="2" t="s">
-        <v>2361</v>
-[...3 lines deleted...]
-      </c>
+        <v>2362</v>
+      </c>
+      <c r="F201" s="2"/>
     </row>
     <row r="202" spans="1:6">
       <c r="A202" s="2">
         <v>190</v>
       </c>
       <c r="B202" s="2">
         <v>330</v>
       </c>
       <c r="C202" s="2">
-        <v>120968</v>
-[...3 lines deleted...]
-      </c>
+        <v>120829</v>
+      </c>
+      <c r="D202" s="2"/>
       <c r="E202" s="2" t="s">
         <v>2363</v>
       </c>
       <c r="F202" s="2" t="s">
-        <v>14</v>
+        <v>11</v>
       </c>
     </row>
     <row r="203" spans="1:6">
       <c r="A203" s="2">
         <v>190</v>
       </c>
       <c r="B203" s="2">
         <v>330</v>
       </c>
       <c r="C203" s="2">
-        <v>118955</v>
+        <v>120385</v>
       </c>
       <c r="D203" s="2" t="s">
         <v>2364</v>
       </c>
       <c r="E203" s="2" t="s">
         <v>2365</v>
       </c>
       <c r="F203" s="2" t="s">
-        <v>67</v>
+        <v>95</v>
       </c>
     </row>
     <row r="204" spans="1:6">
       <c r="A204" s="2">
         <v>190</v>
       </c>
       <c r="B204" s="2">
         <v>330</v>
       </c>
       <c r="C204" s="2">
-        <v>121637</v>
+        <v>121154</v>
       </c>
       <c r="D204" s="2"/>
       <c r="E204" s="2" t="s">
         <v>2366</v>
       </c>
-      <c r="F204" s="2"/>
+      <c r="F204" s="2" t="s">
+        <v>83</v>
+      </c>
     </row>
     <row r="205" spans="1:6">
       <c r="A205" s="2">
         <v>190</v>
       </c>
       <c r="B205" s="2">
         <v>330</v>
       </c>
       <c r="C205" s="2">
-        <v>120829</v>
-[...1 lines deleted...]
-      <c r="D205" s="2"/>
+        <v>121588</v>
+      </c>
+      <c r="D205" s="2" t="s">
+        <v>2367</v>
+      </c>
       <c r="E205" s="2" t="s">
-        <v>2367</v>
+        <v>2368</v>
       </c>
       <c r="F205" s="2" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
     </row>
     <row r="206" spans="1:6">
       <c r="A206" s="2">
         <v>190</v>
       </c>
       <c r="B206" s="2">
         <v>330</v>
       </c>
       <c r="C206" s="2">
-        <v>120385</v>
+        <v>121534</v>
       </c>
       <c r="D206" s="2" t="s">
-        <v>2368</v>
+        <v>2369</v>
       </c>
       <c r="E206" s="2" t="s">
-        <v>2369</v>
+        <v>1183</v>
       </c>
       <c r="F206" s="2" t="s">
-        <v>95</v>
+        <v>14</v>
       </c>
     </row>
     <row r="207" spans="1:6">
       <c r="A207" s="2">
         <v>190</v>
       </c>
       <c r="B207" s="2">
         <v>330</v>
       </c>
       <c r="C207" s="2">
-        <v>121154</v>
-[...1 lines deleted...]
-      <c r="D207" s="2"/>
+        <v>118572</v>
+      </c>
+      <c r="D207" s="2" t="s">
+        <v>2370</v>
+      </c>
       <c r="E207" s="2" t="s">
-        <v>2370</v>
+        <v>2371</v>
       </c>
       <c r="F207" s="2" t="s">
-        <v>83</v>
+        <v>95</v>
       </c>
     </row>
     <row r="208" spans="1:6">
       <c r="A208" s="2">
         <v>190</v>
       </c>
       <c r="B208" s="2">
         <v>330</v>
       </c>
       <c r="C208" s="2">
-        <v>121588</v>
+        <v>121241</v>
       </c>
       <c r="D208" s="2" t="s">
-        <v>2371</v>
+        <v>2372</v>
       </c>
       <c r="E208" s="2" t="s">
-        <v>2372</v>
+        <v>2373</v>
       </c>
       <c r="F208" s="2" t="s">
-        <v>8</v>
+        <v>83</v>
       </c>
     </row>
     <row r="209" spans="1:6">
       <c r="A209" s="2">
         <v>190</v>
       </c>
       <c r="B209" s="2">
         <v>330</v>
       </c>
       <c r="C209" s="2">
-        <v>118572</v>
+        <v>118797</v>
       </c>
       <c r="D209" s="2" t="s">
-        <v>2373</v>
+        <v>2374</v>
       </c>
       <c r="E209" s="2" t="s">
-        <v>2374</v>
+        <v>2322</v>
       </c>
       <c r="F209" s="2" t="s">
-        <v>95</v>
+        <v>11</v>
       </c>
     </row>
     <row r="210" spans="1:6">
       <c r="A210" s="2">
         <v>211</v>
       </c>
       <c r="B210" s="2">
         <v>320</v>
       </c>
       <c r="C210" s="2">
-        <v>120386</v>
-[...1 lines deleted...]
-      <c r="D210" s="2" t="s">
+        <v>121155</v>
+      </c>
+      <c r="D210" s="2"/>
+      <c r="E210" s="2" t="s">
         <v>2375</v>
       </c>
-      <c r="E210" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F210" s="2" t="s">
-        <v>95</v>
+        <v>83</v>
       </c>
     </row>
     <row r="211" spans="1:6">
       <c r="A211" s="2">
         <v>211</v>
       </c>
       <c r="B211" s="2">
         <v>320</v>
       </c>
       <c r="C211" s="2">
-        <v>121155</v>
-[...1 lines deleted...]
-      <c r="D211" s="2"/>
+        <v>120386</v>
+      </c>
+      <c r="D211" s="2" t="s">
+        <v>2376</v>
+      </c>
       <c r="E211" s="2" t="s">
         <v>2377</v>
       </c>
       <c r="F211" s="2" t="s">
-        <v>83</v>
+        <v>95</v>
       </c>
     </row>
     <row r="212" spans="1:6">
       <c r="A212" s="2">
         <v>211</v>
       </c>
       <c r="B212" s="2">
         <v>320</v>
       </c>
       <c r="C212" s="2">
-        <v>120795</v>
+        <v>121589</v>
       </c>
       <c r="D212" s="2" t="s">
         <v>2378</v>
       </c>
       <c r="E212" s="2" t="s">
         <v>2379</v>
       </c>
-      <c r="F212" s="2"/>
+      <c r="F212" s="2" t="s">
+        <v>8</v>
+      </c>
     </row>
     <row r="213" spans="1:6">
       <c r="A213" s="2">
         <v>211</v>
       </c>
       <c r="B213" s="2">
         <v>320</v>
       </c>
       <c r="C213" s="2">
-        <v>121589</v>
+        <v>120795</v>
       </c>
       <c r="D213" s="2" t="s">
         <v>2380</v>
       </c>
       <c r="E213" s="2" t="s">
         <v>2381</v>
       </c>
-      <c r="F213" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F213" s="2"/>
     </row>
     <row r="214" spans="1:6">
       <c r="A214" s="2">
         <v>211</v>
       </c>
       <c r="B214" s="2">
         <v>320</v>
       </c>
       <c r="C214" s="2">
-        <v>118573</v>
+        <v>108265</v>
       </c>
       <c r="D214" s="2" t="s">
         <v>2382</v>
       </c>
       <c r="E214" s="2" t="s">
         <v>2383</v>
       </c>
       <c r="F214" s="2" t="s">
-        <v>95</v>
+        <v>14</v>
       </c>
     </row>
     <row r="215" spans="1:6">
       <c r="A215" s="2">
         <v>211</v>
       </c>
       <c r="B215" s="2">
         <v>320</v>
       </c>
       <c r="C215" s="2">
-        <v>120697</v>
+        <v>118573</v>
       </c>
       <c r="D215" s="2" t="s">
         <v>2384</v>
       </c>
       <c r="E215" s="2" t="s">
         <v>2385</v>
       </c>
-      <c r="F215" s="2"/>
+      <c r="F215" s="2" t="s">
+        <v>95</v>
+      </c>
     </row>
     <row r="216" spans="1:6">
       <c r="A216" s="2">
         <v>211</v>
       </c>
       <c r="B216" s="2">
         <v>320</v>
       </c>
       <c r="C216" s="2">
-        <v>121242</v>
+        <v>120697</v>
       </c>
       <c r="D216" s="2" t="s">
         <v>2386</v>
       </c>
       <c r="E216" s="2" t="s">
         <v>2387</v>
       </c>
-      <c r="F216" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F216" s="2"/>
     </row>
     <row r="217" spans="1:6">
       <c r="A217" s="2">
         <v>211</v>
       </c>
       <c r="B217" s="2">
         <v>320</v>
       </c>
       <c r="C217" s="2">
-        <v>108265</v>
+        <v>121242</v>
       </c>
       <c r="D217" s="2" t="s">
         <v>2388</v>
       </c>
       <c r="E217" s="2" t="s">
         <v>2389</v>
       </c>
       <c r="F217" s="2" t="s">
-        <v>14</v>
+        <v>83</v>
       </c>
     </row>
     <row r="218" spans="1:6">
       <c r="A218" s="2">
         <v>211</v>
       </c>
       <c r="B218" s="2">
         <v>320</v>
       </c>
       <c r="C218" s="2">
         <v>120747</v>
       </c>
       <c r="D218" s="2"/>
       <c r="E218" s="2" t="s">
         <v>2390</v>
       </c>
       <c r="F218" s="2" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="219" spans="1:6">
       <c r="A219" s="2">
         <v>211</v>
       </c>
       <c r="B219" s="2">
         <v>320</v>
       </c>
       <c r="C219" s="2">
-        <v>118863</v>
-[...1 lines deleted...]
-      <c r="D219" s="2" t="s">
+        <v>121514</v>
+      </c>
+      <c r="D219" s="2"/>
+      <c r="E219" s="2" t="s">
         <v>2391</v>
       </c>
-      <c r="E219" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F219" s="2" t="s">
-        <v>33</v>
+        <v>100</v>
       </c>
     </row>
     <row r="220" spans="1:6">
       <c r="A220" s="2">
         <v>211</v>
       </c>
       <c r="B220" s="2">
         <v>320</v>
       </c>
       <c r="C220" s="2">
-        <v>118628</v>
-[...3 lines deleted...]
-      </c>
+        <v>121340</v>
+      </c>
+      <c r="D220" s="2"/>
       <c r="E220" s="2" t="s">
-        <v>2394</v>
+        <v>2392</v>
       </c>
       <c r="F220" s="2" t="s">
-        <v>95</v>
+        <v>11</v>
       </c>
     </row>
     <row r="221" spans="1:6">
       <c r="A221" s="2">
         <v>211</v>
       </c>
       <c r="B221" s="2">
         <v>320</v>
       </c>
       <c r="C221" s="2">
-        <v>121514</v>
-[...1 lines deleted...]
-      <c r="D221" s="2"/>
+        <v>118863</v>
+      </c>
+      <c r="D221" s="2" t="s">
+        <v>2393</v>
+      </c>
       <c r="E221" s="2" t="s">
-        <v>2395</v>
+        <v>2394</v>
       </c>
       <c r="F221" s="2" t="s">
-        <v>100</v>
+        <v>33</v>
       </c>
     </row>
     <row r="222" spans="1:6">
       <c r="A222" s="2">
         <v>211</v>
       </c>
       <c r="B222" s="2">
         <v>320</v>
       </c>
       <c r="C222" s="2">
-        <v>110462</v>
+        <v>118628</v>
       </c>
       <c r="D222" s="2" t="s">
+        <v>2395</v>
+      </c>
+      <c r="E222" s="2" t="s">
         <v>2396</v>
       </c>
-      <c r="E222" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F222" s="2" t="s">
-        <v>1426</v>
+        <v>95</v>
       </c>
     </row>
     <row r="223" spans="1:6">
       <c r="A223" s="2">
         <v>211</v>
       </c>
       <c r="B223" s="2">
         <v>320</v>
       </c>
       <c r="C223" s="2">
-        <v>121340</v>
-[...1 lines deleted...]
-      <c r="D223" s="2"/>
+        <v>110462</v>
+      </c>
+      <c r="D223" s="2" t="s">
+        <v>2397</v>
+      </c>
       <c r="E223" s="2" t="s">
         <v>2398</v>
       </c>
       <c r="F223" s="2" t="s">
-        <v>11</v>
+        <v>1424</v>
       </c>
     </row>
     <row r="224" spans="1:6">
       <c r="A224" s="2">
         <v>211</v>
       </c>
       <c r="B224" s="2">
         <v>320</v>
       </c>
       <c r="C224" s="2">
-        <v>120447</v>
-[...1 lines deleted...]
-      <c r="D224" s="2"/>
+        <v>119076</v>
+      </c>
+      <c r="D224" s="2" t="s">
+        <v>2399</v>
+      </c>
       <c r="E224" s="2" t="s">
-        <v>2399</v>
+        <v>2400</v>
       </c>
       <c r="F224" s="2" t="s">
-        <v>95</v>
+        <v>8</v>
       </c>
     </row>
     <row r="225" spans="1:6">
       <c r="A225" s="2">
         <v>211</v>
       </c>
       <c r="B225" s="2">
         <v>320</v>
       </c>
       <c r="C225" s="2">
-        <v>119076</v>
+        <v>115676</v>
       </c>
       <c r="D225" s="2" t="s">
-        <v>2400</v>
+        <v>2401</v>
       </c>
       <c r="E225" s="2" t="s">
-        <v>2401</v>
+        <v>2402</v>
       </c>
       <c r="F225" s="2" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
     </row>
     <row r="226" spans="1:6">
       <c r="A226" s="2">
         <v>211</v>
       </c>
       <c r="B226" s="2">
         <v>320</v>
       </c>
       <c r="C226" s="2">
-        <v>115676</v>
-[...3 lines deleted...]
-      </c>
+        <v>120447</v>
+      </c>
+      <c r="D226" s="2"/>
       <c r="E226" s="2" t="s">
         <v>2403</v>
       </c>
       <c r="F226" s="2" t="s">
-        <v>14</v>
+        <v>95</v>
       </c>
     </row>
     <row r="227" spans="1:6">
       <c r="A227" s="2">
         <v>211</v>
       </c>
       <c r="B227" s="2">
         <v>320</v>
       </c>
       <c r="C227" s="2">
         <v>118956</v>
       </c>
       <c r="D227" s="2" t="s">
         <v>2404</v>
       </c>
       <c r="E227" s="2" t="s">
         <v>2405</v>
       </c>
       <c r="F227" s="2" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="228" spans="1:6">
       <c r="A228" s="2">
         <v>211</v>
@@ -37138,1035 +37138,1035 @@
       </c>
       <c r="B229" s="2">
         <v>320</v>
       </c>
       <c r="C229" s="2">
         <v>120842</v>
       </c>
       <c r="D229" s="2" t="s">
         <v>2407</v>
       </c>
       <c r="E229" s="2" t="s">
         <v>2408</v>
       </c>
       <c r="F229" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="230" spans="1:6">
       <c r="A230" s="2">
         <v>231</v>
       </c>
       <c r="B230" s="2">
         <v>310</v>
       </c>
       <c r="C230" s="2">
-        <v>119077</v>
+        <v>121243</v>
       </c>
       <c r="D230" s="2" t="s">
         <v>2409</v>
       </c>
       <c r="E230" s="2" t="s">
         <v>2410</v>
       </c>
       <c r="F230" s="2" t="s">
-        <v>8</v>
+        <v>2411</v>
       </c>
     </row>
     <row r="231" spans="1:6">
       <c r="A231" s="2">
         <v>231</v>
       </c>
       <c r="B231" s="2">
         <v>310</v>
       </c>
       <c r="C231" s="2">
-        <v>118957</v>
+        <v>117687</v>
       </c>
       <c r="D231" s="2" t="s">
-        <v>2411</v>
+        <v>2412</v>
       </c>
       <c r="E231" s="2" t="s">
-        <v>2412</v>
+        <v>2413</v>
       </c>
       <c r="F231" s="2" t="s">
-        <v>67</v>
+        <v>11</v>
       </c>
     </row>
     <row r="232" spans="1:6">
       <c r="A232" s="2">
         <v>231</v>
       </c>
       <c r="B232" s="2">
         <v>310</v>
       </c>
       <c r="C232" s="2">
-        <v>121639</v>
-[...1 lines deleted...]
-      <c r="D232" s="2"/>
+        <v>118798</v>
+      </c>
+      <c r="D232" s="2" t="s">
+        <v>2414</v>
+      </c>
       <c r="E232" s="2" t="s">
-        <v>2413</v>
-[...1 lines deleted...]
-      <c r="F232" s="2"/>
+        <v>2415</v>
+      </c>
+      <c r="F232" s="2" t="s">
+        <v>67</v>
+      </c>
     </row>
     <row r="233" spans="1:6">
       <c r="A233" s="2">
         <v>231</v>
       </c>
       <c r="B233" s="2">
         <v>310</v>
       </c>
       <c r="C233" s="2">
-        <v>121243</v>
-[...3 lines deleted...]
-      </c>
+        <v>121639</v>
+      </c>
+      <c r="D233" s="2"/>
       <c r="E233" s="2" t="s">
-        <v>2415</v>
-[...1 lines deleted...]
-      <c r="F233" s="2" t="s">
         <v>2416</v>
       </c>
+      <c r="F233" s="2"/>
     </row>
     <row r="234" spans="1:6">
       <c r="A234" s="2">
         <v>231</v>
       </c>
       <c r="B234" s="2">
         <v>310</v>
       </c>
       <c r="C234" s="2">
-        <v>118798</v>
+        <v>115689</v>
       </c>
       <c r="D234" s="2" t="s">
         <v>2417</v>
       </c>
       <c r="E234" s="2" t="s">
         <v>2418</v>
       </c>
       <c r="F234" s="2" t="s">
-        <v>67</v>
+        <v>36</v>
       </c>
     </row>
     <row r="235" spans="1:6">
       <c r="A235" s="2">
         <v>231</v>
       </c>
       <c r="B235" s="2">
         <v>310</v>
       </c>
       <c r="C235" s="2">
-        <v>117687</v>
-[...1 lines deleted...]
-      <c r="D235" s="2" t="s">
+        <v>120843</v>
+      </c>
+      <c r="D235" s="2"/>
+      <c r="E235" s="2" t="s">
         <v>2419</v>
-      </c>
-[...1 lines deleted...]
-        <v>2420</v>
       </c>
       <c r="F235" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="236" spans="1:6">
       <c r="A236" s="2">
         <v>231</v>
       </c>
       <c r="B236" s="2">
         <v>310</v>
       </c>
       <c r="C236" s="2">
-        <v>120843</v>
+        <v>121156</v>
       </c>
       <c r="D236" s="2"/>
       <c r="E236" s="2" t="s">
-        <v>2421</v>
+        <v>2420</v>
       </c>
       <c r="F236" s="2" t="s">
-        <v>11</v>
+        <v>83</v>
       </c>
     </row>
     <row r="237" spans="1:6">
       <c r="A237" s="2">
         <v>231</v>
       </c>
       <c r="B237" s="2">
         <v>310</v>
       </c>
       <c r="C237" s="2">
-        <v>115689</v>
-[...3 lines deleted...]
-      </c>
+        <v>120389</v>
+      </c>
+      <c r="D237" s="2"/>
       <c r="E237" s="2" t="s">
-        <v>2423</v>
+        <v>2421</v>
       </c>
       <c r="F237" s="2" t="s">
-        <v>36</v>
+        <v>95</v>
       </c>
     </row>
     <row r="238" spans="1:6">
       <c r="A238" s="2">
         <v>231</v>
       </c>
       <c r="B238" s="2">
         <v>310</v>
       </c>
       <c r="C238" s="2">
-        <v>120389</v>
-[...1 lines deleted...]
-      <c r="D238" s="2"/>
+        <v>121590</v>
+      </c>
+      <c r="D238" s="2" t="s">
+        <v>2422</v>
+      </c>
       <c r="E238" s="2" t="s">
-        <v>2424</v>
+        <v>2423</v>
       </c>
       <c r="F238" s="2" t="s">
-        <v>95</v>
+        <v>8</v>
       </c>
     </row>
     <row r="239" spans="1:6">
       <c r="A239" s="2">
         <v>231</v>
       </c>
       <c r="B239" s="2">
         <v>310</v>
       </c>
       <c r="C239" s="2">
-        <v>121156</v>
-[...1 lines deleted...]
-      <c r="D239" s="2"/>
+        <v>120796</v>
+      </c>
+      <c r="D239" s="2" t="s">
+        <v>2424</v>
+      </c>
       <c r="E239" s="2" t="s">
         <v>2425</v>
       </c>
       <c r="F239" s="2" t="s">
-        <v>83</v>
+        <v>152</v>
       </c>
     </row>
     <row r="240" spans="1:6">
       <c r="A240" s="2">
         <v>231</v>
       </c>
       <c r="B240" s="2">
         <v>310</v>
       </c>
       <c r="C240" s="2">
-        <v>121590</v>
+        <v>102520</v>
       </c>
       <c r="D240" s="2" t="s">
         <v>2426</v>
       </c>
       <c r="E240" s="2" t="s">
         <v>2427</v>
       </c>
       <c r="F240" s="2" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
     </row>
     <row r="241" spans="1:6">
       <c r="A241" s="2">
         <v>231</v>
       </c>
       <c r="B241" s="2">
         <v>310</v>
       </c>
       <c r="C241" s="2">
         <v>118574</v>
       </c>
       <c r="D241" s="2" t="s">
         <v>2428</v>
       </c>
       <c r="E241" s="2" t="s">
         <v>2429</v>
       </c>
       <c r="F241" s="2" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="242" spans="1:6">
       <c r="A242" s="2">
         <v>231</v>
       </c>
       <c r="B242" s="2">
         <v>310</v>
       </c>
       <c r="C242" s="2">
-        <v>120796</v>
-[...1 lines deleted...]
-      <c r="D242" s="2" t="s">
+        <v>121092</v>
+      </c>
+      <c r="D242" s="2"/>
+      <c r="E242" s="2" t="s">
         <v>2430</v>
       </c>
-      <c r="E242" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F242" s="2" t="s">
-        <v>152</v>
+        <v>33</v>
       </c>
     </row>
     <row r="243" spans="1:6">
       <c r="A243" s="2">
         <v>231</v>
       </c>
       <c r="B243" s="2">
         <v>310</v>
       </c>
       <c r="C243" s="2">
-        <v>121092</v>
+        <v>120749</v>
       </c>
       <c r="D243" s="2"/>
       <c r="E243" s="2" t="s">
-        <v>2432</v>
+        <v>2431</v>
       </c>
       <c r="F243" s="2" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="244" spans="1:6">
       <c r="A244" s="2">
         <v>231</v>
       </c>
       <c r="B244" s="2">
         <v>310</v>
       </c>
       <c r="C244" s="2">
-        <v>102520</v>
-[...3 lines deleted...]
-      </c>
+        <v>121515</v>
+      </c>
+      <c r="D244" s="2"/>
       <c r="E244" s="2" t="s">
-        <v>2434</v>
+        <v>2432</v>
       </c>
       <c r="F244" s="2" t="s">
-        <v>14</v>
+        <v>100</v>
       </c>
     </row>
     <row r="245" spans="1:6">
       <c r="A245" s="2">
         <v>231</v>
       </c>
       <c r="B245" s="2">
         <v>310</v>
       </c>
       <c r="C245" s="2">
-        <v>120749</v>
+        <v>121343</v>
       </c>
       <c r="D245" s="2"/>
       <c r="E245" s="2" t="s">
-        <v>2435</v>
+        <v>2433</v>
       </c>
       <c r="F245" s="2" t="s">
-        <v>33</v>
+        <v>11</v>
       </c>
     </row>
     <row r="246" spans="1:6">
       <c r="A246" s="2">
         <v>231</v>
       </c>
       <c r="B246" s="2">
         <v>310</v>
       </c>
       <c r="C246" s="2">
         <v>105552</v>
       </c>
       <c r="D246" s="2" t="s">
-        <v>2436</v>
+        <v>2434</v>
       </c>
       <c r="E246" s="2" t="s">
-        <v>2437</v>
+        <v>2435</v>
       </c>
       <c r="F246" s="2" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="247" spans="1:6">
       <c r="A247" s="2">
         <v>231</v>
       </c>
       <c r="B247" s="2">
         <v>310</v>
       </c>
       <c r="C247" s="2">
         <v>118629</v>
       </c>
       <c r="D247" s="2" t="s">
-        <v>2438</v>
+        <v>2436</v>
       </c>
       <c r="E247" s="2" t="s">
-        <v>2439</v>
+        <v>2437</v>
       </c>
       <c r="F247" s="2" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="248" spans="1:6">
       <c r="A248" s="2">
         <v>231</v>
       </c>
       <c r="B248" s="2">
         <v>310</v>
       </c>
       <c r="C248" s="2">
-        <v>121515</v>
-[...1 lines deleted...]
-      <c r="D248" s="2"/>
+        <v>119077</v>
+      </c>
+      <c r="D248" s="2" t="s">
+        <v>2438</v>
+      </c>
       <c r="E248" s="2" t="s">
-        <v>2440</v>
+        <v>2439</v>
       </c>
       <c r="F248" s="2" t="s">
-        <v>100</v>
+        <v>8</v>
       </c>
     </row>
     <row r="249" spans="1:6">
       <c r="A249" s="2">
         <v>231</v>
       </c>
       <c r="B249" s="2">
         <v>310</v>
       </c>
       <c r="C249" s="2">
-        <v>121343</v>
-[...1 lines deleted...]
-      <c r="D249" s="2"/>
+        <v>118957</v>
+      </c>
+      <c r="D249" s="2" t="s">
+        <v>2440</v>
+      </c>
       <c r="E249" s="2" t="s">
         <v>2441</v>
       </c>
       <c r="F249" s="2" t="s">
-        <v>11</v>
+        <v>67</v>
       </c>
     </row>
     <row r="250" spans="1:6">
       <c r="A250" s="2">
         <v>251</v>
       </c>
       <c r="B250" s="2">
         <v>300</v>
       </c>
       <c r="C250" s="2">
-        <v>121093</v>
+        <v>121345</v>
       </c>
       <c r="D250" s="2"/>
       <c r="E250" s="2" t="s">
         <v>2442</v>
       </c>
       <c r="F250" s="2" t="s">
-        <v>33</v>
+        <v>11</v>
       </c>
     </row>
     <row r="251" spans="1:6">
       <c r="A251" s="2">
         <v>251</v>
       </c>
       <c r="B251" s="2">
         <v>300</v>
       </c>
       <c r="C251" s="2">
-        <v>121547</v>
+        <v>118870</v>
       </c>
       <c r="D251" s="2" t="s">
         <v>2443</v>
       </c>
       <c r="E251" s="2" t="s">
         <v>2444</v>
       </c>
       <c r="F251" s="2" t="s">
-        <v>14</v>
+        <v>33</v>
       </c>
     </row>
     <row r="252" spans="1:6">
       <c r="A252" s="2">
         <v>251</v>
       </c>
       <c r="B252" s="2">
         <v>300</v>
       </c>
       <c r="C252" s="2">
-        <v>119189</v>
+        <v>121244</v>
       </c>
       <c r="D252" s="2" t="s">
-        <v>2275</v>
+        <v>2445</v>
       </c>
       <c r="E252" s="2" t="s">
-        <v>1430</v>
+        <v>2446</v>
       </c>
       <c r="F252" s="2" t="s">
-        <v>14</v>
+        <v>11</v>
       </c>
     </row>
     <row r="253" spans="1:6">
       <c r="A253" s="2">
         <v>251</v>
       </c>
       <c r="B253" s="2">
         <v>300</v>
       </c>
       <c r="C253" s="2">
-        <v>118870</v>
-[...3 lines deleted...]
-      </c>
+        <v>121382</v>
+      </c>
+      <c r="D253" s="2"/>
       <c r="E253" s="2" t="s">
-        <v>2446</v>
+        <v>2447</v>
       </c>
       <c r="F253" s="2" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
     </row>
     <row r="254" spans="1:6">
       <c r="A254" s="2">
         <v>251</v>
       </c>
       <c r="B254" s="2">
         <v>300</v>
       </c>
       <c r="C254" s="2">
         <v>118630</v>
       </c>
       <c r="D254" s="2" t="s">
-        <v>2447</v>
+        <v>2448</v>
       </c>
       <c r="E254" s="2" t="s">
-        <v>2448</v>
+        <v>2449</v>
       </c>
       <c r="F254" s="2" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="255" spans="1:6">
       <c r="A255" s="2">
         <v>251</v>
       </c>
       <c r="B255" s="2">
         <v>300</v>
       </c>
       <c r="C255" s="2">
-        <v>121345</v>
-[...1 lines deleted...]
-      <c r="D255" s="2"/>
+        <v>119078</v>
+      </c>
+      <c r="D255" s="2" t="s">
+        <v>2450</v>
+      </c>
       <c r="E255" s="2" t="s">
-        <v>2449</v>
+        <v>2451</v>
       </c>
       <c r="F255" s="2" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
     </row>
     <row r="256" spans="1:6">
       <c r="A256" s="2">
         <v>251</v>
       </c>
       <c r="B256" s="2">
         <v>300</v>
       </c>
       <c r="C256" s="2">
-        <v>121244</v>
+        <v>118801</v>
       </c>
       <c r="D256" s="2" t="s">
-        <v>2450</v>
+        <v>2452</v>
       </c>
       <c r="E256" s="2" t="s">
-        <v>2451</v>
+        <v>2453</v>
       </c>
       <c r="F256" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="257" spans="1:6">
       <c r="A257" s="2">
         <v>251</v>
       </c>
       <c r="B257" s="2">
         <v>300</v>
       </c>
       <c r="C257" s="2">
-        <v>121382</v>
-[...1 lines deleted...]
-      <c r="D257" s="2"/>
+        <v>118958</v>
+      </c>
+      <c r="D257" s="2" t="s">
+        <v>2454</v>
+      </c>
       <c r="E257" s="2" t="s">
-        <v>2452</v>
+        <v>2455</v>
       </c>
       <c r="F257" s="2" t="s">
-        <v>36</v>
+        <v>67</v>
       </c>
     </row>
     <row r="258" spans="1:6">
       <c r="A258" s="2">
         <v>251</v>
       </c>
       <c r="B258" s="2">
         <v>300</v>
       </c>
       <c r="C258" s="2">
-        <v>119078</v>
+        <v>121591</v>
       </c>
       <c r="D258" s="2" t="s">
-        <v>2453</v>
+        <v>2456</v>
       </c>
       <c r="E258" s="2" t="s">
-        <v>2454</v>
+        <v>2457</v>
       </c>
       <c r="F258" s="2" t="s">
-        <v>8</v>
+        <v>113</v>
       </c>
     </row>
     <row r="259" spans="1:6">
       <c r="A259" s="2">
         <v>251</v>
       </c>
       <c r="B259" s="2">
         <v>300</v>
       </c>
       <c r="C259" s="2">
-        <v>118958</v>
+        <v>118686</v>
       </c>
       <c r="D259" s="2" t="s">
-        <v>2455</v>
+        <v>2458</v>
       </c>
       <c r="E259" s="2" t="s">
-        <v>2456</v>
+        <v>2459</v>
       </c>
       <c r="F259" s="2" t="s">
-        <v>67</v>
+        <v>11</v>
       </c>
     </row>
     <row r="260" spans="1:6">
       <c r="A260" s="2">
         <v>251</v>
       </c>
       <c r="B260" s="2">
         <v>300</v>
       </c>
       <c r="C260" s="2">
         <v>121640</v>
       </c>
       <c r="D260" s="2"/>
       <c r="E260" s="2" t="s">
-        <v>2457</v>
+        <v>2460</v>
       </c>
       <c r="F260" s="2"/>
     </row>
     <row r="261" spans="1:6">
       <c r="A261" s="2">
         <v>251</v>
       </c>
       <c r="B261" s="2">
         <v>300</v>
       </c>
       <c r="C261" s="2">
-        <v>118801</v>
+        <v>103548</v>
       </c>
       <c r="D261" s="2" t="s">
-        <v>2458</v>
+        <v>2461</v>
       </c>
       <c r="E261" s="2" t="s">
-        <v>2459</v>
+        <v>2462</v>
       </c>
       <c r="F261" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="262" spans="1:6">
       <c r="A262" s="2">
         <v>251</v>
       </c>
       <c r="B262" s="2">
         <v>300</v>
       </c>
       <c r="C262" s="2">
-        <v>121591</v>
-[...3 lines deleted...]
-      </c>
+        <v>120391</v>
+      </c>
+      <c r="D262" s="2"/>
       <c r="E262" s="2" t="s">
-        <v>2461</v>
+        <v>2463</v>
       </c>
       <c r="F262" s="2" t="s">
-        <v>113</v>
+        <v>95</v>
       </c>
     </row>
     <row r="263" spans="1:6">
       <c r="A263" s="2">
         <v>251</v>
       </c>
       <c r="B263" s="2">
         <v>300</v>
       </c>
       <c r="C263" s="2">
-        <v>118686</v>
-[...3 lines deleted...]
-      </c>
+        <v>120800</v>
+      </c>
+      <c r="D263" s="2"/>
       <c r="E263" s="2" t="s">
-        <v>2463</v>
+        <v>2464</v>
       </c>
       <c r="F263" s="2" t="s">
-        <v>11</v>
+        <v>152</v>
       </c>
     </row>
     <row r="264" spans="1:6">
       <c r="A264" s="2">
         <v>251</v>
       </c>
       <c r="B264" s="2">
         <v>300</v>
       </c>
       <c r="C264" s="2">
-        <v>103548</v>
+        <v>109953</v>
       </c>
       <c r="D264" s="2" t="s">
-        <v>2464</v>
+        <v>2465</v>
       </c>
       <c r="E264" s="2" t="s">
-        <v>2465</v>
+        <v>2466</v>
       </c>
       <c r="F264" s="2" t="s">
-        <v>11</v>
+        <v>36</v>
       </c>
     </row>
     <row r="265" spans="1:6">
       <c r="A265" s="2">
         <v>251</v>
       </c>
       <c r="B265" s="2">
         <v>300</v>
       </c>
       <c r="C265" s="2">
-        <v>120391</v>
-[...1 lines deleted...]
-      <c r="D265" s="2"/>
+        <v>121547</v>
+      </c>
+      <c r="D265" s="2" t="s">
+        <v>2467</v>
+      </c>
       <c r="E265" s="2" t="s">
-        <v>2466</v>
+        <v>2468</v>
       </c>
       <c r="F265" s="2" t="s">
-        <v>95</v>
+        <v>14</v>
       </c>
     </row>
     <row r="266" spans="1:6">
       <c r="A266" s="2">
         <v>251</v>
       </c>
       <c r="B266" s="2">
         <v>300</v>
       </c>
       <c r="C266" s="2">
         <v>118575</v>
       </c>
       <c r="D266" s="2" t="s">
-        <v>2467</v>
+        <v>2469</v>
       </c>
       <c r="E266" s="2" t="s">
-        <v>2468</v>
+        <v>2470</v>
       </c>
       <c r="F266" s="2" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="267" spans="1:6">
       <c r="A267" s="2">
         <v>251</v>
       </c>
       <c r="B267" s="2">
         <v>300</v>
       </c>
       <c r="C267" s="2">
-        <v>120800</v>
-[...1 lines deleted...]
-      <c r="D267" s="2"/>
+        <v>119189</v>
+      </c>
+      <c r="D267" s="2" t="s">
+        <v>2274</v>
+      </c>
       <c r="E267" s="2" t="s">
-        <v>2469</v>
+        <v>1430</v>
       </c>
       <c r="F267" s="2" t="s">
-        <v>152</v>
+        <v>14</v>
       </c>
     </row>
     <row r="268" spans="1:6">
       <c r="A268" s="2">
         <v>251</v>
       </c>
       <c r="B268" s="2">
         <v>300</v>
       </c>
       <c r="C268" s="2">
-        <v>109953</v>
-[...3 lines deleted...]
-      </c>
+        <v>121093</v>
+      </c>
+      <c r="D268" s="2"/>
       <c r="E268" s="2" t="s">
         <v>2471</v>
       </c>
       <c r="F268" s="2" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
     </row>
     <row r="269" spans="1:6">
       <c r="A269" s="2">
         <v>270</v>
       </c>
       <c r="B269" s="2">
         <v>290</v>
       </c>
       <c r="C269" s="2">
-        <v>118576</v>
-[...1 lines deleted...]
-      <c r="D269" s="2" t="s">
+        <v>120801</v>
+      </c>
+      <c r="D269" s="2"/>
+      <c r="E269" s="2" t="s">
         <v>2472</v>
       </c>
-      <c r="E269" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F269" s="2" t="s">
-        <v>95</v>
+        <v>152</v>
       </c>
     </row>
     <row r="270" spans="1:6">
       <c r="A270" s="2">
         <v>270</v>
       </c>
       <c r="B270" s="2">
         <v>290</v>
       </c>
       <c r="C270" s="2">
-        <v>120801</v>
-[...1 lines deleted...]
-      <c r="D270" s="2"/>
+        <v>118576</v>
+      </c>
+      <c r="D270" s="2" t="s">
+        <v>2473</v>
+      </c>
       <c r="E270" s="2" t="s">
         <v>2474</v>
       </c>
       <c r="F270" s="2" t="s">
-        <v>152</v>
+        <v>95</v>
       </c>
     </row>
     <row r="271" spans="1:6">
       <c r="A271" s="2">
         <v>270</v>
       </c>
       <c r="B271" s="2">
         <v>290</v>
       </c>
       <c r="C271" s="2">
         <v>120456</v>
       </c>
       <c r="D271" s="2"/>
       <c r="E271" s="2" t="s">
         <v>2475</v>
       </c>
       <c r="F271" s="2" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="272" spans="1:6">
       <c r="A272" s="2">
         <v>270</v>
       </c>
       <c r="B272" s="2">
         <v>290</v>
       </c>
       <c r="C272" s="2">
         <v>121094</v>
       </c>
       <c r="D272" s="2"/>
       <c r="E272" s="2" t="s">
         <v>2476</v>
       </c>
       <c r="F272" s="2" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="273" spans="1:6">
       <c r="A273" s="2">
         <v>270</v>
       </c>
       <c r="B273" s="2">
         <v>290</v>
       </c>
       <c r="C273" s="2">
-        <v>118871</v>
+        <v>121383</v>
       </c>
       <c r="D273" s="2" t="s">
+        <v>2407</v>
+      </c>
+      <c r="E273" s="2" t="s">
         <v>2477</v>
       </c>
-      <c r="E273" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F273" s="2" t="s">
-        <v>33</v>
+        <v>11</v>
       </c>
     </row>
     <row r="274" spans="1:6">
       <c r="A274" s="2">
         <v>270</v>
       </c>
       <c r="B274" s="2">
         <v>290</v>
       </c>
       <c r="C274" s="2">
-        <v>118637</v>
+        <v>118871</v>
       </c>
       <c r="D274" s="2" t="s">
+        <v>2478</v>
+      </c>
+      <c r="E274" s="2" t="s">
         <v>2479</v>
       </c>
-      <c r="E274" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F274" s="2" t="s">
-        <v>95</v>
+        <v>33</v>
       </c>
     </row>
     <row r="275" spans="1:6">
       <c r="A275" s="2">
         <v>270</v>
       </c>
       <c r="B275" s="2">
         <v>290</v>
       </c>
       <c r="C275" s="2">
-        <v>121383</v>
+        <v>118637</v>
       </c>
       <c r="D275" s="2" t="s">
-        <v>2407</v>
+        <v>2480</v>
       </c>
       <c r="E275" s="2" t="s">
         <v>2481</v>
       </c>
       <c r="F275" s="2" t="s">
-        <v>11</v>
+        <v>95</v>
       </c>
     </row>
     <row r="276" spans="1:6">
       <c r="A276" s="2">
         <v>270</v>
       </c>
       <c r="B276" s="2">
         <v>290</v>
       </c>
       <c r="C276" s="2">
-        <v>100060</v>
-[...1 lines deleted...]
-      <c r="D276" s="2" t="s">
+        <v>120844</v>
+      </c>
+      <c r="D276" s="2"/>
+      <c r="E276" s="2" t="s">
         <v>2482</v>
       </c>
-      <c r="E276" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F276" s="2" t="s">
-        <v>1426</v>
+        <v>11</v>
       </c>
     </row>
     <row r="277" spans="1:6">
       <c r="A277" s="2">
         <v>270</v>
       </c>
       <c r="B277" s="2">
         <v>290</v>
       </c>
       <c r="C277" s="2">
-        <v>120707</v>
-[...1 lines deleted...]
-      <c r="D277" s="2"/>
+        <v>100060</v>
+      </c>
+      <c r="D277" s="2" t="s">
+        <v>2483</v>
+      </c>
       <c r="E277" s="2" t="s">
         <v>2484</v>
       </c>
-      <c r="F277" s="2"/>
+      <c r="F277" s="2" t="s">
+        <v>1424</v>
+      </c>
     </row>
     <row r="278" spans="1:6">
       <c r="A278" s="2">
         <v>270</v>
       </c>
       <c r="B278" s="2">
         <v>290</v>
       </c>
       <c r="C278" s="2">
-        <v>120844</v>
-[...1 lines deleted...]
-      <c r="D278" s="2"/>
+        <v>119079</v>
+      </c>
+      <c r="D278" s="2" t="s">
+        <v>2485</v>
+      </c>
       <c r="E278" s="2" t="s">
-        <v>2485</v>
+        <v>2486</v>
       </c>
       <c r="F278" s="2" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
     </row>
     <row r="279" spans="1:6">
       <c r="A279" s="2">
         <v>270</v>
       </c>
       <c r="B279" s="2">
         <v>290</v>
       </c>
       <c r="C279" s="2">
-        <v>118959</v>
+        <v>119140</v>
       </c>
       <c r="D279" s="2" t="s">
-        <v>2486</v>
+        <v>2487</v>
       </c>
       <c r="E279" s="2" t="s">
-        <v>2487</v>
-[...1 lines deleted...]
-      <c r="F279" s="2"/>
+        <v>2488</v>
+      </c>
+      <c r="F279" s="2" t="s">
+        <v>11</v>
+      </c>
     </row>
     <row r="280" spans="1:6">
       <c r="A280" s="2">
         <v>270</v>
       </c>
       <c r="B280" s="2">
         <v>290</v>
       </c>
       <c r="C280" s="2">
-        <v>119079</v>
-[...3 lines deleted...]
-      </c>
+        <v>120707</v>
+      </c>
+      <c r="D280" s="2"/>
       <c r="E280" s="2" t="s">
         <v>2489</v>
       </c>
-      <c r="F280" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F280" s="2"/>
     </row>
     <row r="281" spans="1:6">
       <c r="A281" s="2">
         <v>270</v>
       </c>
       <c r="B281" s="2">
         <v>290</v>
       </c>
       <c r="C281" s="2">
-        <v>119140</v>
+        <v>118959</v>
       </c>
       <c r="D281" s="2" t="s">
         <v>2490</v>
       </c>
       <c r="E281" s="2" t="s">
         <v>2491</v>
       </c>
-      <c r="F281" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F281" s="2"/>
     </row>
     <row r="282" spans="1:6">
       <c r="A282" s="2">
         <v>270</v>
       </c>
       <c r="B282" s="2">
         <v>290</v>
       </c>
       <c r="C282" s="2">
         <v>118804</v>
       </c>
       <c r="D282" s="2" t="s">
         <v>2492</v>
       </c>
       <c r="E282" s="2" t="s">
         <v>2493</v>
       </c>
       <c r="F282" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="283" spans="1:6">
       <c r="A283" s="2">
         <v>270</v>
       </c>
@@ -38192,323 +38192,323 @@
       </c>
       <c r="B284" s="2">
         <v>290</v>
       </c>
       <c r="C284" s="2">
         <v>121592</v>
       </c>
       <c r="D284" s="2" t="s">
         <v>2496</v>
       </c>
       <c r="E284" s="2" t="s">
         <v>2497</v>
       </c>
       <c r="F284" s="2" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="285" spans="1:6">
       <c r="A285" s="2">
         <v>288</v>
       </c>
       <c r="B285" s="2">
         <v>280</v>
       </c>
       <c r="C285" s="2">
-        <v>119080</v>
+        <v>121593</v>
       </c>
       <c r="D285" s="2" t="s">
         <v>2498</v>
       </c>
       <c r="E285" s="2" t="s">
         <v>2499</v>
       </c>
       <c r="F285" s="2" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="286" spans="1:6">
       <c r="A286" s="2">
         <v>288</v>
       </c>
       <c r="B286" s="2">
         <v>280</v>
       </c>
       <c r="C286" s="2">
-        <v>118811</v>
+        <v>121554</v>
       </c>
       <c r="D286" s="2" t="s">
-        <v>732</v>
+        <v>2500</v>
       </c>
       <c r="E286" s="2" t="s">
-        <v>2500</v>
+        <v>2501</v>
       </c>
       <c r="F286" s="2" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
     </row>
     <row r="287" spans="1:6">
       <c r="A287" s="2">
         <v>288</v>
       </c>
       <c r="B287" s="2">
         <v>280</v>
       </c>
       <c r="C287" s="2">
-        <v>121593</v>
-[...3 lines deleted...]
-      </c>
+        <v>120397</v>
+      </c>
+      <c r="D287" s="2"/>
       <c r="E287" s="2" t="s">
         <v>2502</v>
       </c>
       <c r="F287" s="2" t="s">
-        <v>8</v>
+        <v>95</v>
       </c>
     </row>
     <row r="288" spans="1:6">
       <c r="A288" s="2">
         <v>288</v>
       </c>
       <c r="B288" s="2">
         <v>280</v>
       </c>
       <c r="C288" s="2">
-        <v>121554</v>
-[...1 lines deleted...]
-      <c r="D288" s="2" t="s">
+        <v>121350</v>
+      </c>
+      <c r="D288" s="2"/>
+      <c r="E288" s="2" t="s">
         <v>2503</v>
       </c>
-      <c r="E288" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F288" s="2" t="s">
-        <v>14</v>
+        <v>11</v>
       </c>
     </row>
     <row r="289" spans="1:6">
       <c r="A289" s="2">
         <v>288</v>
       </c>
       <c r="B289" s="2">
         <v>280</v>
       </c>
       <c r="C289" s="2">
-        <v>120397</v>
-[...1 lines deleted...]
-      <c r="D289" s="2"/>
+        <v>120803</v>
+      </c>
+      <c r="D289" s="2" t="s">
+        <v>2504</v>
+      </c>
       <c r="E289" s="2" t="s">
         <v>2505</v>
       </c>
-      <c r="F289" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F289" s="2"/>
     </row>
     <row r="290" spans="1:6">
       <c r="A290" s="2">
         <v>288</v>
       </c>
       <c r="B290" s="2">
         <v>280</v>
       </c>
       <c r="C290" s="2">
-        <v>120803</v>
+        <v>118577</v>
       </c>
       <c r="D290" s="2" t="s">
         <v>2506</v>
       </c>
       <c r="E290" s="2" t="s">
         <v>2507</v>
       </c>
-      <c r="F290" s="2"/>
+      <c r="F290" s="2" t="s">
+        <v>95</v>
+      </c>
     </row>
     <row r="291" spans="1:6">
       <c r="A291" s="2">
         <v>288</v>
       </c>
       <c r="B291" s="2">
         <v>280</v>
       </c>
       <c r="C291" s="2">
-        <v>121350</v>
+        <v>120460</v>
       </c>
       <c r="D291" s="2"/>
       <c r="E291" s="2" t="s">
         <v>2508</v>
       </c>
       <c r="F291" s="2" t="s">
-        <v>11</v>
+        <v>95</v>
       </c>
     </row>
     <row r="292" spans="1:6">
       <c r="A292" s="2">
         <v>288</v>
       </c>
       <c r="B292" s="2">
         <v>280</v>
       </c>
       <c r="C292" s="2">
-        <v>118577</v>
-[...1 lines deleted...]
-      <c r="D292" s="2" t="s">
+        <v>121096</v>
+      </c>
+      <c r="D292" s="2"/>
+      <c r="E292" s="2" t="s">
         <v>2509</v>
       </c>
-      <c r="E292" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F292" s="2" t="s">
-        <v>95</v>
+        <v>33</v>
       </c>
     </row>
     <row r="293" spans="1:6">
       <c r="A293" s="2">
         <v>288</v>
       </c>
       <c r="B293" s="2">
         <v>280</v>
       </c>
       <c r="C293" s="2">
-        <v>120460</v>
-[...1 lines deleted...]
-      <c r="D293" s="2"/>
+        <v>118960</v>
+      </c>
+      <c r="D293" s="2" t="s">
+        <v>2510</v>
+      </c>
       <c r="E293" s="2" t="s">
         <v>2511</v>
       </c>
       <c r="F293" s="2" t="s">
-        <v>95</v>
+        <v>67</v>
       </c>
     </row>
     <row r="294" spans="1:6">
       <c r="A294" s="2">
         <v>288</v>
       </c>
       <c r="B294" s="2">
         <v>280</v>
       </c>
       <c r="C294" s="2">
-        <v>121096</v>
-[...1 lines deleted...]
-      <c r="D294" s="2"/>
+        <v>118872</v>
+      </c>
+      <c r="D294" s="2" t="s">
+        <v>2512</v>
+      </c>
       <c r="E294" s="2" t="s">
-        <v>2512</v>
+        <v>2513</v>
       </c>
       <c r="F294" s="2" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="295" spans="1:6">
       <c r="A295" s="2">
         <v>288</v>
       </c>
       <c r="B295" s="2">
         <v>280</v>
       </c>
       <c r="C295" s="2">
-        <v>118872</v>
+        <v>118639</v>
       </c>
       <c r="D295" s="2" t="s">
-        <v>2513</v>
+        <v>2514</v>
       </c>
       <c r="E295" s="2" t="s">
-        <v>2514</v>
+        <v>2515</v>
       </c>
       <c r="F295" s="2" t="s">
-        <v>33</v>
+        <v>95</v>
       </c>
     </row>
     <row r="296" spans="1:6">
       <c r="A296" s="2">
         <v>288</v>
       </c>
       <c r="B296" s="2">
         <v>280</v>
       </c>
       <c r="C296" s="2">
-        <v>118639</v>
-[...3 lines deleted...]
-      </c>
+        <v>121642</v>
+      </c>
+      <c r="D296" s="2"/>
       <c r="E296" s="2" t="s">
         <v>2516</v>
       </c>
-      <c r="F296" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F296" s="2"/>
     </row>
     <row r="297" spans="1:6">
       <c r="A297" s="2">
         <v>288</v>
       </c>
       <c r="B297" s="2">
         <v>280</v>
       </c>
       <c r="C297" s="2">
-        <v>118960</v>
+        <v>119080</v>
       </c>
       <c r="D297" s="2" t="s">
         <v>2517</v>
       </c>
       <c r="E297" s="2" t="s">
         <v>2518</v>
       </c>
       <c r="F297" s="2" t="s">
-        <v>67</v>
+        <v>8</v>
       </c>
     </row>
     <row r="298" spans="1:6">
       <c r="A298" s="2">
         <v>288</v>
       </c>
       <c r="B298" s="2">
         <v>280</v>
       </c>
       <c r="C298" s="2">
-        <v>121642</v>
+        <v>120708</v>
       </c>
       <c r="D298" s="2"/>
       <c r="E298" s="2" t="s">
         <v>2519</v>
       </c>
       <c r="F298" s="2"/>
     </row>
     <row r="299" spans="1:6">
       <c r="A299" s="2">
         <v>288</v>
       </c>
       <c r="B299" s="2">
         <v>280</v>
       </c>
       <c r="C299" s="2">
-        <v>120708</v>
-[...1 lines deleted...]
-      <c r="D299" s="2"/>
+        <v>118811</v>
+      </c>
+      <c r="D299" s="2" t="s">
+        <v>722</v>
+      </c>
       <c r="E299" s="2" t="s">
         <v>2520</v>
       </c>
-      <c r="F299" s="2"/>
+      <c r="F299" s="2" t="s">
+        <v>11</v>
+      </c>
     </row>
     <row r="300" spans="1:6">
       <c r="A300" s="2">
         <v>303</v>
       </c>
       <c r="B300" s="2">
         <v>270</v>
       </c>
       <c r="C300" s="2">
         <v>118873</v>
       </c>
       <c r="D300" s="2" t="s">
         <v>2521</v>
       </c>
       <c r="E300" s="2" t="s">
         <v>2522</v>
       </c>
       <c r="F300" s="2" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="301" spans="1:6">
       <c r="A301" s="2">
         <v>303</v>
       </c>
@@ -38606,1229 +38606,1229 @@
       <c r="A306" s="2">
         <v>303</v>
       </c>
       <c r="B306" s="2">
         <v>270</v>
       </c>
       <c r="C306" s="2">
         <v>120400</v>
       </c>
       <c r="D306" s="2"/>
       <c r="E306" s="2" t="s">
         <v>2531</v>
       </c>
       <c r="F306" s="2" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="307" spans="1:6">
       <c r="A307" s="2">
         <v>303</v>
       </c>
       <c r="B307" s="2">
         <v>270</v>
       </c>
       <c r="C307" s="2">
-        <v>118578</v>
-[...1 lines deleted...]
-      <c r="D307" s="2" t="s">
+        <v>120845</v>
+      </c>
+      <c r="D307" s="2"/>
+      <c r="E307" s="2" t="s">
         <v>2532</v>
       </c>
-      <c r="E307" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F307" s="2" t="s">
-        <v>95</v>
+        <v>11</v>
       </c>
     </row>
     <row r="308" spans="1:6">
       <c r="A308" s="2">
         <v>303</v>
       </c>
       <c r="B308" s="2">
         <v>270</v>
       </c>
       <c r="C308" s="2">
-        <v>120845</v>
-[...1 lines deleted...]
-      <c r="D308" s="2"/>
+        <v>118578</v>
+      </c>
+      <c r="D308" s="2" t="s">
+        <v>2533</v>
+      </c>
       <c r="E308" s="2" t="s">
         <v>2534</v>
       </c>
       <c r="F308" s="2" t="s">
-        <v>11</v>
+        <v>95</v>
       </c>
     </row>
     <row r="309" spans="1:6">
       <c r="A309" s="2">
         <v>303</v>
       </c>
       <c r="B309" s="2">
         <v>270</v>
       </c>
       <c r="C309" s="2">
         <v>118961</v>
       </c>
       <c r="D309" s="2" t="s">
         <v>2535</v>
       </c>
       <c r="E309" s="2" t="s">
         <v>2536</v>
       </c>
       <c r="F309" s="2"/>
     </row>
     <row r="310" spans="1:6">
       <c r="A310" s="2">
         <v>303</v>
       </c>
       <c r="B310" s="2">
         <v>270</v>
       </c>
       <c r="C310" s="2">
         <v>120471</v>
       </c>
       <c r="D310" s="2"/>
       <c r="E310" s="2" t="s">
         <v>2537</v>
       </c>
       <c r="F310" s="2" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="311" spans="1:6">
       <c r="A311" s="2">
         <v>314</v>
       </c>
       <c r="B311" s="2">
         <v>260</v>
       </c>
       <c r="C311" s="2">
-        <v>121558</v>
-[...1 lines deleted...]
-      <c r="D311" s="2" t="s">
+        <v>120403</v>
+      </c>
+      <c r="D311" s="2"/>
+      <c r="E311" s="2" t="s">
         <v>2538</v>
       </c>
-      <c r="E311" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F311" s="2" t="s">
-        <v>14</v>
+        <v>95</v>
       </c>
     </row>
     <row r="312" spans="1:6">
       <c r="A312" s="2">
         <v>314</v>
       </c>
       <c r="B312" s="2">
         <v>260</v>
       </c>
       <c r="C312" s="2">
-        <v>120403</v>
-[...1 lines deleted...]
-      <c r="D312" s="2"/>
+        <v>118644</v>
+      </c>
+      <c r="D312" s="2" t="s">
+        <v>2539</v>
+      </c>
       <c r="E312" s="2" t="s">
         <v>2540</v>
       </c>
       <c r="F312" s="2" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="313" spans="1:6">
       <c r="A313" s="2">
         <v>314</v>
       </c>
       <c r="B313" s="2">
         <v>260</v>
       </c>
       <c r="C313" s="2">
-        <v>118644</v>
+        <v>118579</v>
       </c>
       <c r="D313" s="2" t="s">
         <v>2541</v>
       </c>
       <c r="E313" s="2" t="s">
         <v>2542</v>
       </c>
       <c r="F313" s="2" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="314" spans="1:6">
       <c r="A314" s="2">
         <v>314</v>
       </c>
       <c r="B314" s="2">
         <v>260</v>
       </c>
       <c r="C314" s="2">
-        <v>118579</v>
+        <v>117677</v>
       </c>
       <c r="D314" s="2" t="s">
         <v>2543</v>
       </c>
       <c r="E314" s="2" t="s">
-        <v>2544</v>
+        <v>961</v>
       </c>
       <c r="F314" s="2" t="s">
-        <v>95</v>
+        <v>11</v>
       </c>
     </row>
     <row r="315" spans="1:6">
       <c r="A315" s="2">
         <v>314</v>
       </c>
       <c r="B315" s="2">
         <v>260</v>
       </c>
       <c r="C315" s="2">
         <v>120710</v>
       </c>
       <c r="D315" s="2"/>
       <c r="E315" s="2" t="s">
-        <v>2545</v>
+        <v>2544</v>
       </c>
       <c r="F315" s="2"/>
     </row>
     <row r="316" spans="1:6">
       <c r="A316" s="2">
         <v>314</v>
       </c>
       <c r="B316" s="2">
         <v>260</v>
       </c>
       <c r="C316" s="2">
         <v>120474</v>
       </c>
       <c r="D316" s="2"/>
       <c r="E316" s="2" t="s">
-        <v>2546</v>
+        <v>2545</v>
       </c>
       <c r="F316" s="2" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="317" spans="1:6">
       <c r="A317" s="2">
         <v>314</v>
       </c>
       <c r="B317" s="2">
         <v>260</v>
       </c>
       <c r="C317" s="2">
-        <v>117677</v>
+        <v>118814</v>
       </c>
       <c r="D317" s="2" t="s">
+        <v>2546</v>
+      </c>
+      <c r="E317" s="2" t="s">
         <v>2547</v>
-      </c>
-[...1 lines deleted...]
-        <v>961</v>
       </c>
       <c r="F317" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="318" spans="1:6">
       <c r="A318" s="2">
         <v>314</v>
       </c>
       <c r="B318" s="2">
         <v>260</v>
       </c>
       <c r="C318" s="2">
-        <v>118814</v>
+        <v>118962</v>
       </c>
       <c r="D318" s="2" t="s">
+        <v>2380</v>
+      </c>
+      <c r="E318" s="2" t="s">
         <v>2548</v>
       </c>
-      <c r="E318" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F318" s="2" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
     </row>
     <row r="319" spans="1:6">
       <c r="A319" s="2">
         <v>314</v>
       </c>
       <c r="B319" s="2">
         <v>260</v>
       </c>
       <c r="C319" s="2">
-        <v>118962</v>
+        <v>109345</v>
       </c>
       <c r="D319" s="2" t="s">
-        <v>2378</v>
+        <v>2549</v>
       </c>
       <c r="E319" s="2" t="s">
         <v>2550</v>
       </c>
       <c r="F319" s="2" t="s">
-        <v>14</v>
+        <v>11</v>
       </c>
     </row>
     <row r="320" spans="1:6">
       <c r="A320" s="2">
         <v>314</v>
       </c>
       <c r="B320" s="2">
         <v>260</v>
       </c>
       <c r="C320" s="2">
-        <v>109345</v>
-[...1 lines deleted...]
-      <c r="D320" s="2" t="s">
+        <v>121357</v>
+      </c>
+      <c r="D320" s="2"/>
+      <c r="E320" s="2" t="s">
         <v>2551</v>
-      </c>
-[...1 lines deleted...]
-        <v>2552</v>
       </c>
       <c r="F320" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="321" spans="1:6">
       <c r="A321" s="2">
         <v>314</v>
       </c>
       <c r="B321" s="2">
         <v>260</v>
       </c>
       <c r="C321" s="2">
-        <v>121357</v>
-[...1 lines deleted...]
-      <c r="D321" s="2"/>
+        <v>121558</v>
+      </c>
+      <c r="D321" s="2" t="s">
+        <v>2552</v>
+      </c>
       <c r="E321" s="2" t="s">
         <v>2553</v>
       </c>
       <c r="F321" s="2" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
     </row>
     <row r="322" spans="1:6">
       <c r="A322" s="2">
         <v>327</v>
       </c>
       <c r="B322" s="2">
         <v>250</v>
       </c>
       <c r="C322" s="2">
-        <v>118815</v>
+        <v>100695</v>
       </c>
       <c r="D322" s="2" t="s">
         <v>2554</v>
       </c>
       <c r="E322" s="2" t="s">
-        <v>119</v>
+        <v>2128</v>
       </c>
       <c r="F322" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="323" spans="1:6">
       <c r="A323" s="2">
         <v>327</v>
       </c>
       <c r="B323" s="2">
         <v>250</v>
       </c>
       <c r="C323" s="2">
-        <v>118963</v>
+        <v>105472</v>
       </c>
       <c r="D323" s="2" t="s">
         <v>2555</v>
       </c>
       <c r="E323" s="2" t="s">
         <v>2556</v>
       </c>
       <c r="F323" s="2" t="s">
-        <v>67</v>
+        <v>11</v>
       </c>
     </row>
     <row r="324" spans="1:6">
       <c r="A324" s="2">
         <v>327</v>
       </c>
       <c r="B324" s="2">
         <v>250</v>
       </c>
       <c r="C324" s="2">
-        <v>100695</v>
+        <v>121559</v>
       </c>
       <c r="D324" s="2" t="s">
         <v>2557</v>
       </c>
       <c r="E324" s="2" t="s">
-        <v>2128</v>
+        <v>2558</v>
       </c>
       <c r="F324" s="2" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
     </row>
     <row r="325" spans="1:6">
       <c r="A325" s="2">
         <v>327</v>
       </c>
       <c r="B325" s="2">
         <v>250</v>
       </c>
       <c r="C325" s="2">
-        <v>105472</v>
-[...3 lines deleted...]
-      </c>
+        <v>120411</v>
+      </c>
+      <c r="D325" s="2"/>
       <c r="E325" s="2" t="s">
         <v>2559</v>
       </c>
       <c r="F325" s="2" t="s">
-        <v>11</v>
+        <v>95</v>
       </c>
     </row>
     <row r="326" spans="1:6">
       <c r="A326" s="2">
         <v>327</v>
       </c>
       <c r="B326" s="2">
         <v>250</v>
       </c>
       <c r="C326" s="2">
-        <v>121559</v>
+        <v>118874</v>
       </c>
       <c r="D326" s="2" t="s">
         <v>2560</v>
       </c>
       <c r="E326" s="2" t="s">
         <v>2561</v>
       </c>
       <c r="F326" s="2" t="s">
-        <v>14</v>
+        <v>33</v>
       </c>
     </row>
     <row r="327" spans="1:6">
       <c r="A327" s="2">
         <v>327</v>
       </c>
       <c r="B327" s="2">
         <v>250</v>
       </c>
       <c r="C327" s="2">
-        <v>120411</v>
-[...1 lines deleted...]
-      <c r="D327" s="2"/>
+        <v>118645</v>
+      </c>
+      <c r="D327" s="2" t="s">
+        <v>2562</v>
+      </c>
       <c r="E327" s="2" t="s">
-        <v>2562</v>
+        <v>2563</v>
       </c>
       <c r="F327" s="2" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="328" spans="1:6">
       <c r="A328" s="2">
         <v>327</v>
       </c>
       <c r="B328" s="2">
         <v>250</v>
       </c>
       <c r="C328" s="2">
-        <v>118874</v>
-[...3 lines deleted...]
-      </c>
+        <v>121645</v>
+      </c>
+      <c r="D328" s="2"/>
       <c r="E328" s="2" t="s">
         <v>2564</v>
       </c>
-      <c r="F328" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F328" s="2"/>
     </row>
     <row r="329" spans="1:6">
       <c r="A329" s="2">
         <v>327</v>
       </c>
       <c r="B329" s="2">
         <v>250</v>
       </c>
       <c r="C329" s="2">
-        <v>118645</v>
+        <v>118580</v>
       </c>
       <c r="D329" s="2" t="s">
         <v>2565</v>
       </c>
       <c r="E329" s="2" t="s">
         <v>2566</v>
       </c>
       <c r="F329" s="2" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="330" spans="1:6">
       <c r="A330" s="2">
         <v>327</v>
       </c>
       <c r="B330" s="2">
         <v>250</v>
       </c>
       <c r="C330" s="2">
-        <v>121645</v>
-[...1 lines deleted...]
-      <c r="D330" s="2"/>
+        <v>119141</v>
+      </c>
+      <c r="D330" s="2" t="s">
+        <v>2567</v>
+      </c>
       <c r="E330" s="2" t="s">
-        <v>2567</v>
-[...1 lines deleted...]
-      <c r="F330" s="2"/>
+        <v>2568</v>
+      </c>
+      <c r="F330" s="2" t="s">
+        <v>11</v>
+      </c>
     </row>
     <row r="331" spans="1:6">
       <c r="A331" s="2">
         <v>327</v>
       </c>
       <c r="B331" s="2">
         <v>250</v>
       </c>
       <c r="C331" s="2">
-        <v>118580</v>
-[...3 lines deleted...]
-      </c>
+        <v>120475</v>
+      </c>
+      <c r="D331" s="2"/>
       <c r="E331" s="2" t="s">
         <v>2569</v>
       </c>
       <c r="F331" s="2" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="332" spans="1:6">
       <c r="A332" s="2">
         <v>327</v>
       </c>
       <c r="B332" s="2">
         <v>250</v>
       </c>
       <c r="C332" s="2">
-        <v>120475</v>
-[...1 lines deleted...]
-      <c r="D332" s="2"/>
+        <v>121358</v>
+      </c>
+      <c r="D332" s="2" t="s">
+        <v>2570</v>
+      </c>
       <c r="E332" s="2" t="s">
-        <v>2570</v>
+        <v>2571</v>
       </c>
       <c r="F332" s="2" t="s">
-        <v>95</v>
+        <v>36</v>
       </c>
     </row>
     <row r="333" spans="1:6">
       <c r="A333" s="2">
         <v>327</v>
       </c>
       <c r="B333" s="2">
         <v>250</v>
       </c>
       <c r="C333" s="2">
-        <v>119141</v>
+        <v>118815</v>
       </c>
       <c r="D333" s="2" t="s">
-        <v>2571</v>
+        <v>2572</v>
       </c>
       <c r="E333" s="2" t="s">
-        <v>2572</v>
+        <v>119</v>
       </c>
       <c r="F333" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="334" spans="1:6">
       <c r="A334" s="2">
         <v>327</v>
       </c>
       <c r="B334" s="2">
         <v>250</v>
       </c>
       <c r="C334" s="2">
-        <v>121358</v>
+        <v>118963</v>
       </c>
       <c r="D334" s="2" t="s">
         <v>2573</v>
       </c>
       <c r="E334" s="2" t="s">
         <v>2574</v>
       </c>
       <c r="F334" s="2" t="s">
-        <v>36</v>
+        <v>67</v>
       </c>
     </row>
     <row r="335" spans="1:6">
       <c r="A335" s="2">
         <v>340</v>
       </c>
       <c r="B335" s="2">
         <v>240</v>
       </c>
       <c r="C335" s="2">
-        <v>119142</v>
+        <v>118816</v>
       </c>
       <c r="D335" s="2" t="s">
         <v>2575</v>
       </c>
       <c r="E335" s="2" t="s">
         <v>2576</v>
       </c>
       <c r="F335" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="336" spans="1:6">
       <c r="A336" s="2">
         <v>340</v>
       </c>
       <c r="B336" s="2">
         <v>240</v>
       </c>
       <c r="C336" s="2">
-        <v>118816</v>
+        <v>118964</v>
       </c>
       <c r="D336" s="2" t="s">
         <v>2577</v>
       </c>
       <c r="E336" s="2" t="s">
         <v>2578</v>
       </c>
       <c r="F336" s="2" t="s">
-        <v>11</v>
+        <v>67</v>
       </c>
     </row>
     <row r="337" spans="1:6">
       <c r="A337" s="2">
         <v>340</v>
       </c>
       <c r="B337" s="2">
         <v>240</v>
       </c>
       <c r="C337" s="2">
-        <v>118964</v>
+        <v>121560</v>
       </c>
       <c r="D337" s="2" t="s">
         <v>2579</v>
       </c>
       <c r="E337" s="2" t="s">
         <v>2580</v>
       </c>
       <c r="F337" s="2" t="s">
-        <v>67</v>
+        <v>14</v>
       </c>
     </row>
     <row r="338" spans="1:6">
       <c r="A338" s="2">
         <v>340</v>
       </c>
       <c r="B338" s="2">
         <v>240</v>
       </c>
       <c r="C338" s="2">
         <v>120711</v>
       </c>
       <c r="D338" s="2"/>
       <c r="E338" s="2" t="s">
         <v>2581</v>
       </c>
       <c r="F338" s="2"/>
     </row>
     <row r="339" spans="1:6">
       <c r="A339" s="2">
         <v>340</v>
       </c>
       <c r="B339" s="2">
         <v>240</v>
       </c>
       <c r="C339" s="2">
-        <v>121560</v>
-[...1 lines deleted...]
-      <c r="D339" s="2" t="s">
+        <v>120412</v>
+      </c>
+      <c r="D339" s="2"/>
+      <c r="E339" s="2" t="s">
         <v>2582</v>
       </c>
-      <c r="E339" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F339" s="2" t="s">
-        <v>14</v>
+        <v>95</v>
       </c>
     </row>
     <row r="340" spans="1:6">
       <c r="A340" s="2">
         <v>340</v>
       </c>
       <c r="B340" s="2">
         <v>240</v>
       </c>
       <c r="C340" s="2">
-        <v>120412</v>
-[...1 lines deleted...]
-      <c r="D340" s="2"/>
+        <v>118875</v>
+      </c>
+      <c r="D340" s="2" t="s">
+        <v>2583</v>
+      </c>
       <c r="E340" s="2" t="s">
-        <v>2584</v>
+        <v>2444</v>
       </c>
       <c r="F340" s="2" t="s">
-        <v>95</v>
+        <v>33</v>
       </c>
     </row>
     <row r="341" spans="1:6">
       <c r="A341" s="2">
         <v>340</v>
       </c>
       <c r="B341" s="2">
         <v>240</v>
       </c>
       <c r="C341" s="2">
-        <v>118875</v>
+        <v>118646</v>
       </c>
       <c r="D341" s="2" t="s">
+        <v>2584</v>
+      </c>
+      <c r="E341" s="2" t="s">
         <v>2585</v>
       </c>
-      <c r="E341" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F341" s="2" t="s">
-        <v>33</v>
+        <v>95</v>
       </c>
     </row>
     <row r="342" spans="1:6">
       <c r="A342" s="2">
         <v>340</v>
       </c>
       <c r="B342" s="2">
         <v>240</v>
       </c>
       <c r="C342" s="2">
-        <v>118646</v>
-[...1 lines deleted...]
-      <c r="D342" s="2" t="s">
+        <v>121646</v>
+      </c>
+      <c r="D342" s="2"/>
+      <c r="E342" s="2" t="s">
         <v>2586</v>
       </c>
-      <c r="E342" s="2" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="F342" s="2"/>
     </row>
     <row r="343" spans="1:6">
       <c r="A343" s="2">
         <v>340</v>
       </c>
       <c r="B343" s="2">
         <v>240</v>
       </c>
       <c r="C343" s="2">
-        <v>121646</v>
-[...1 lines deleted...]
-      <c r="D343" s="2"/>
+        <v>118581</v>
+      </c>
+      <c r="D343" s="2" t="s">
+        <v>2587</v>
+      </c>
       <c r="E343" s="2" t="s">
         <v>2588</v>
       </c>
-      <c r="F343" s="2"/>
+      <c r="F343" s="2" t="s">
+        <v>95</v>
+      </c>
     </row>
     <row r="344" spans="1:6">
       <c r="A344" s="2">
         <v>340</v>
       </c>
       <c r="B344" s="2">
         <v>240</v>
       </c>
       <c r="C344" s="2">
-        <v>118581</v>
+        <v>119142</v>
       </c>
       <c r="D344" s="2" t="s">
         <v>2589</v>
       </c>
       <c r="E344" s="2" t="s">
         <v>2590</v>
       </c>
       <c r="F344" s="2" t="s">
-        <v>95</v>
+        <v>11</v>
       </c>
     </row>
     <row r="345" spans="1:6">
       <c r="A345" s="2">
         <v>340</v>
       </c>
       <c r="B345" s="2">
         <v>240</v>
       </c>
       <c r="C345" s="2">
         <v>120476</v>
       </c>
       <c r="D345" s="2"/>
       <c r="E345" s="2" t="s">
         <v>2591</v>
       </c>
       <c r="F345" s="2" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="346" spans="1:6">
       <c r="A346" s="2">
         <v>351</v>
       </c>
       <c r="B346" s="2">
         <v>230</v>
       </c>
       <c r="C346" s="2">
-        <v>120414</v>
-[...1 lines deleted...]
-      <c r="D346" s="2"/>
+        <v>118876</v>
+      </c>
+      <c r="D346" s="2" t="s">
+        <v>2592</v>
+      </c>
       <c r="E346" s="2" t="s">
-        <v>2592</v>
+        <v>2593</v>
       </c>
       <c r="F346" s="2" t="s">
-        <v>95</v>
+        <v>33</v>
       </c>
     </row>
     <row r="347" spans="1:6">
       <c r="A347" s="2">
         <v>351</v>
       </c>
       <c r="B347" s="2">
         <v>230</v>
       </c>
       <c r="C347" s="2">
-        <v>118876</v>
+        <v>118647</v>
       </c>
       <c r="D347" s="2" t="s">
-        <v>2593</v>
+        <v>2594</v>
       </c>
       <c r="E347" s="2" t="s">
-        <v>2594</v>
+        <v>2595</v>
       </c>
       <c r="F347" s="2" t="s">
-        <v>33</v>
+        <v>95</v>
       </c>
     </row>
     <row r="348" spans="1:6">
       <c r="A348" s="2">
         <v>351</v>
       </c>
       <c r="B348" s="2">
         <v>230</v>
       </c>
       <c r="C348" s="2">
-        <v>118647</v>
-[...3 lines deleted...]
-      </c>
+        <v>121647</v>
+      </c>
+      <c r="D348" s="2"/>
       <c r="E348" s="2" t="s">
         <v>2596</v>
       </c>
-      <c r="F348" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F348" s="2"/>
     </row>
     <row r="349" spans="1:6">
       <c r="A349" s="2">
         <v>351</v>
       </c>
       <c r="B349" s="2">
         <v>230</v>
       </c>
       <c r="C349" s="2">
-        <v>121647</v>
-[...1 lines deleted...]
-      <c r="D349" s="2"/>
+        <v>118582</v>
+      </c>
+      <c r="D349" s="2" t="s">
+        <v>2597</v>
+      </c>
       <c r="E349" s="2" t="s">
-        <v>2597</v>
-[...1 lines deleted...]
-      <c r="F349" s="2"/>
+        <v>2598</v>
+      </c>
+      <c r="F349" s="2" t="s">
+        <v>95</v>
+      </c>
     </row>
     <row r="350" spans="1:6">
       <c r="A350" s="2">
         <v>351</v>
       </c>
       <c r="B350" s="2">
         <v>230</v>
       </c>
       <c r="C350" s="2">
-        <v>118582</v>
-[...3 lines deleted...]
-      </c>
+        <v>120477</v>
+      </c>
+      <c r="D350" s="2"/>
       <c r="E350" s="2" t="s">
         <v>2599</v>
       </c>
       <c r="F350" s="2" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="351" spans="1:6">
       <c r="A351" s="2">
         <v>351</v>
       </c>
       <c r="B351" s="2">
         <v>230</v>
       </c>
       <c r="C351" s="2">
-        <v>120477</v>
+        <v>120847</v>
       </c>
       <c r="D351" s="2"/>
       <c r="E351" s="2" t="s">
         <v>2600</v>
       </c>
       <c r="F351" s="2" t="s">
-        <v>95</v>
+        <v>11</v>
       </c>
     </row>
     <row r="352" spans="1:6">
       <c r="A352" s="2">
         <v>351</v>
       </c>
       <c r="B352" s="2">
         <v>230</v>
       </c>
       <c r="C352" s="2">
-        <v>120847</v>
-[...1 lines deleted...]
-      <c r="D352" s="2"/>
+        <v>118817</v>
+      </c>
+      <c r="D352" s="2" t="s">
+        <v>2601</v>
+      </c>
       <c r="E352" s="2" t="s">
-        <v>2601</v>
+        <v>2602</v>
       </c>
       <c r="F352" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="353" spans="1:6">
       <c r="A353" s="2">
         <v>351</v>
       </c>
       <c r="B353" s="2">
         <v>230</v>
       </c>
       <c r="C353" s="2">
-        <v>118817</v>
-[...3 lines deleted...]
-      </c>
+        <v>118965</v>
+      </c>
+      <c r="D353" s="2"/>
       <c r="E353" s="2" t="s">
         <v>2603</v>
       </c>
       <c r="F353" s="2" t="s">
-        <v>11</v>
+        <v>67</v>
       </c>
     </row>
     <row r="354" spans="1:6">
       <c r="A354" s="2">
         <v>351</v>
       </c>
       <c r="B354" s="2">
         <v>230</v>
       </c>
       <c r="C354" s="2">
-        <v>118965</v>
+        <v>120712</v>
       </c>
       <c r="D354" s="2"/>
       <c r="E354" s="2" t="s">
         <v>2604</v>
       </c>
-      <c r="F354" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F354" s="2"/>
     </row>
     <row r="355" spans="1:6">
       <c r="A355" s="2">
         <v>351</v>
       </c>
       <c r="B355" s="2">
         <v>230</v>
       </c>
       <c r="C355" s="2">
-        <v>120712</v>
+        <v>120414</v>
       </c>
       <c r="D355" s="2"/>
       <c r="E355" s="2" t="s">
         <v>2605</v>
       </c>
-      <c r="F355" s="2"/>
+      <c r="F355" s="2" t="s">
+        <v>95</v>
+      </c>
     </row>
     <row r="356" spans="1:6">
       <c r="A356" s="2">
         <v>361</v>
       </c>
       <c r="B356" s="2">
         <v>220</v>
       </c>
       <c r="C356" s="2">
-        <v>121561</v>
-[...1 lines deleted...]
-      <c r="D356" s="2" t="s">
+        <v>120713</v>
+      </c>
+      <c r="D356" s="2"/>
+      <c r="E356" s="2" t="s">
         <v>2606</v>
       </c>
-      <c r="E356" s="2" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="F356" s="2"/>
     </row>
     <row r="357" spans="1:6">
       <c r="A357" s="2">
         <v>361</v>
       </c>
       <c r="B357" s="2">
         <v>220</v>
       </c>
       <c r="C357" s="2">
-        <v>118818</v>
-[...3 lines deleted...]
-      </c>
+        <v>120415</v>
+      </c>
+      <c r="D357" s="2"/>
       <c r="E357" s="2" t="s">
-        <v>2609</v>
+        <v>2607</v>
       </c>
       <c r="F357" s="2" t="s">
-        <v>11</v>
+        <v>95</v>
       </c>
     </row>
     <row r="358" spans="1:6">
       <c r="A358" s="2">
         <v>361</v>
       </c>
       <c r="B358" s="2">
         <v>220</v>
       </c>
       <c r="C358" s="2">
-        <v>118966</v>
+        <v>118877</v>
       </c>
       <c r="D358" s="2" t="s">
-        <v>2610</v>
+        <v>2608</v>
       </c>
       <c r="E358" s="2" t="s">
-        <v>2611</v>
+        <v>2609</v>
       </c>
       <c r="F358" s="2" t="s">
-        <v>67</v>
+        <v>33</v>
       </c>
     </row>
     <row r="359" spans="1:6">
       <c r="A359" s="2">
         <v>361</v>
       </c>
       <c r="B359" s="2">
         <v>220</v>
       </c>
       <c r="C359" s="2">
-        <v>120713</v>
-[...1 lines deleted...]
-      <c r="D359" s="2"/>
+        <v>118648</v>
+      </c>
+      <c r="D359" s="2" t="s">
+        <v>2610</v>
+      </c>
       <c r="E359" s="2" t="s">
-        <v>2612</v>
-[...1 lines deleted...]
-      <c r="F359" s="2"/>
+        <v>2611</v>
+      </c>
+      <c r="F359" s="2" t="s">
+        <v>95</v>
+      </c>
     </row>
     <row r="360" spans="1:6">
       <c r="A360" s="2">
         <v>361</v>
       </c>
       <c r="B360" s="2">
         <v>220</v>
       </c>
       <c r="C360" s="2">
-        <v>120415</v>
+        <v>121648</v>
       </c>
       <c r="D360" s="2"/>
       <c r="E360" s="2" t="s">
-        <v>2613</v>
-[...3 lines deleted...]
-      </c>
+        <v>2612</v>
+      </c>
+      <c r="F360" s="2"/>
     </row>
     <row r="361" spans="1:6">
       <c r="A361" s="2">
         <v>361</v>
       </c>
       <c r="B361" s="2">
         <v>220</v>
       </c>
       <c r="C361" s="2">
-        <v>118877</v>
+        <v>118583</v>
       </c>
       <c r="D361" s="2" t="s">
+        <v>2613</v>
+      </c>
+      <c r="E361" s="2" t="s">
         <v>2614</v>
       </c>
-      <c r="E361" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F361" s="2" t="s">
-        <v>33</v>
+        <v>95</v>
       </c>
     </row>
     <row r="362" spans="1:6">
       <c r="A362" s="2">
         <v>361</v>
       </c>
       <c r="B362" s="2">
         <v>220</v>
       </c>
       <c r="C362" s="2">
-        <v>118648</v>
-[...3 lines deleted...]
-      </c>
+        <v>120478</v>
+      </c>
+      <c r="D362" s="2"/>
       <c r="E362" s="2" t="s">
-        <v>2617</v>
+        <v>2615</v>
       </c>
       <c r="F362" s="2" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="363" spans="1:6">
       <c r="A363" s="2">
         <v>361</v>
       </c>
       <c r="B363" s="2">
         <v>220</v>
       </c>
       <c r="C363" s="2">
-        <v>121648</v>
-[...1 lines deleted...]
-      <c r="D363" s="2"/>
+        <v>121561</v>
+      </c>
+      <c r="D363" s="2" t="s">
+        <v>2616</v>
+      </c>
       <c r="E363" s="2" t="s">
-        <v>2618</v>
-[...1 lines deleted...]
-      <c r="F363" s="2"/>
+        <v>2617</v>
+      </c>
+      <c r="F363" s="2" t="s">
+        <v>14</v>
+      </c>
     </row>
     <row r="364" spans="1:6">
       <c r="A364" s="2">
         <v>361</v>
       </c>
       <c r="B364" s="2">
         <v>220</v>
       </c>
       <c r="C364" s="2">
-        <v>118583</v>
+        <v>118818</v>
       </c>
       <c r="D364" s="2" t="s">
+        <v>2618</v>
+      </c>
+      <c r="E364" s="2" t="s">
         <v>2619</v>
       </c>
-      <c r="E364" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F364" s="2" t="s">
-        <v>95</v>
+        <v>11</v>
       </c>
     </row>
     <row r="365" spans="1:6">
       <c r="A365" s="2">
         <v>361</v>
       </c>
       <c r="B365" s="2">
         <v>220</v>
       </c>
       <c r="C365" s="2">
-        <v>120478</v>
-[...1 lines deleted...]
-      <c r="D365" s="2"/>
+        <v>118966</v>
+      </c>
+      <c r="D365" s="2" t="s">
+        <v>2620</v>
+      </c>
       <c r="E365" s="2" t="s">
         <v>2621</v>
       </c>
       <c r="F365" s="2" t="s">
-        <v>95</v>
+        <v>67</v>
       </c>
     </row>
     <row r="366" spans="1:6">
       <c r="A366" s="2">
         <v>372</v>
       </c>
       <c r="B366" s="2">
         <v>210</v>
       </c>
       <c r="C366" s="2">
         <v>118819</v>
       </c>
       <c r="D366" s="2" t="s">
         <v>2622</v>
       </c>
       <c r="E366" s="2" t="s">
         <v>2623</v>
       </c>
       <c r="F366" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="367" spans="1:6">
       <c r="A367" s="2">
         <v>372</v>
       </c>
       <c r="B367" s="2">
         <v>210</v>
       </c>
       <c r="C367" s="2">
-        <v>120714</v>
-[...1 lines deleted...]
-      <c r="D367" s="2"/>
+        <v>121562</v>
+      </c>
+      <c r="D367" s="2" t="s">
+        <v>2624</v>
+      </c>
       <c r="E367" s="2" t="s">
-        <v>2624</v>
-[...1 lines deleted...]
-      <c r="F367" s="2"/>
+        <v>416</v>
+      </c>
+      <c r="F367" s="2" t="s">
+        <v>36</v>
+      </c>
     </row>
     <row r="368" spans="1:6">
       <c r="A368" s="2">
         <v>372</v>
       </c>
       <c r="B368" s="2">
         <v>210</v>
       </c>
       <c r="C368" s="2">
-        <v>121562</v>
-[...1 lines deleted...]
-      <c r="D368" s="2" t="s">
+        <v>120714</v>
+      </c>
+      <c r="D368" s="2"/>
+      <c r="E368" s="2" t="s">
         <v>2625</v>
       </c>
-      <c r="E368" s="2" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="F368" s="2"/>
     </row>
     <row r="369" spans="1:6">
       <c r="A369" s="2">
         <v>372</v>
       </c>
       <c r="B369" s="2">
         <v>210</v>
       </c>
       <c r="C369" s="2">
         <v>118878</v>
       </c>
       <c r="D369" s="2" t="s">
         <v>2626</v>
       </c>
       <c r="E369" s="2" t="s">
-        <v>2300</v>
+        <v>2303</v>
       </c>
       <c r="F369" s="2" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="370" spans="1:6">
       <c r="A370" s="2">
         <v>372</v>
       </c>
       <c r="B370" s="2">
         <v>210</v>
       </c>
       <c r="C370" s="2">
         <v>118649</v>
       </c>
       <c r="D370" s="2" t="s">
         <v>2627</v>
       </c>
       <c r="E370" s="2" t="s">
         <v>2628</v>
       </c>
       <c r="F370" s="2" t="s">
         <v>95</v>
       </c>
     </row>
@@ -39878,367 +39878,367 @@
       <c r="C373" s="2">
         <v>120479</v>
       </c>
       <c r="D373" s="2"/>
       <c r="E373" s="2" t="s">
         <v>2632</v>
       </c>
       <c r="F373" s="2" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="374" spans="1:6">
       <c r="A374" s="2">
         <v>380</v>
       </c>
       <c r="B374" s="2">
         <v>200</v>
       </c>
       <c r="C374" s="2">
         <v>118879</v>
       </c>
       <c r="D374" s="2" t="s">
         <v>2633</v>
       </c>
       <c r="E374" s="2" t="s">
-        <v>1371</v>
+        <v>1398</v>
       </c>
       <c r="F374" s="2" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="375" spans="1:6">
       <c r="A375" s="2">
         <v>380</v>
       </c>
       <c r="B375" s="2">
         <v>200</v>
       </c>
       <c r="C375" s="2">
         <v>121650</v>
       </c>
       <c r="D375" s="2"/>
       <c r="E375" s="2" t="s">
         <v>2634</v>
       </c>
       <c r="F375" s="2"/>
     </row>
     <row r="376" spans="1:6">
       <c r="A376" s="2">
         <v>380</v>
       </c>
       <c r="B376" s="2">
         <v>200</v>
       </c>
       <c r="C376" s="2">
-        <v>120480</v>
-[...1 lines deleted...]
-      <c r="D376" s="2"/>
+        <v>119145</v>
+      </c>
+      <c r="D376" s="2" t="s">
+        <v>2635</v>
+      </c>
       <c r="E376" s="2" t="s">
-        <v>2635</v>
+        <v>2636</v>
       </c>
       <c r="F376" s="2" t="s">
-        <v>95</v>
+        <v>11</v>
       </c>
     </row>
     <row r="377" spans="1:6">
       <c r="A377" s="2">
         <v>380</v>
       </c>
       <c r="B377" s="2">
         <v>200</v>
       </c>
       <c r="C377" s="2">
-        <v>119145</v>
-[...3 lines deleted...]
-      </c>
+        <v>120480</v>
+      </c>
+      <c r="D377" s="2"/>
       <c r="E377" s="2" t="s">
         <v>2637</v>
       </c>
       <c r="F377" s="2" t="s">
-        <v>11</v>
+        <v>95</v>
       </c>
     </row>
     <row r="378" spans="1:6">
       <c r="A378" s="2">
         <v>380</v>
       </c>
       <c r="B378" s="2">
         <v>200</v>
       </c>
       <c r="C378" s="2">
         <v>120715</v>
       </c>
       <c r="D378" s="2"/>
       <c r="E378" s="2" t="s">
         <v>2638</v>
       </c>
       <c r="F378" s="2"/>
     </row>
     <row r="379" spans="1:6">
       <c r="A379" s="2">
         <v>385</v>
       </c>
       <c r="B379" s="2">
         <v>190</v>
       </c>
       <c r="C379" s="2">
-        <v>118820</v>
-[...1 lines deleted...]
-      <c r="D379" s="2" t="s">
+        <v>120716</v>
+      </c>
+      <c r="D379" s="2"/>
+      <c r="E379" s="2" t="s">
         <v>2639</v>
       </c>
-      <c r="E379" s="2" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="F379" s="2"/>
     </row>
     <row r="380" spans="1:6">
       <c r="A380" s="2">
         <v>385</v>
       </c>
       <c r="B380" s="2">
         <v>190</v>
       </c>
       <c r="C380" s="2">
-        <v>120716</v>
-[...1 lines deleted...]
-      <c r="D380" s="2"/>
+        <v>118880</v>
+      </c>
+      <c r="D380" s="2" t="s">
+        <v>2640</v>
+      </c>
       <c r="E380" s="2" t="s">
-        <v>2641</v>
-[...1 lines deleted...]
-      <c r="F380" s="2"/>
+        <v>2237</v>
+      </c>
+      <c r="F380" s="2" t="s">
+        <v>33</v>
+      </c>
     </row>
     <row r="381" spans="1:6">
       <c r="A381" s="2">
         <v>385</v>
       </c>
       <c r="B381" s="2">
         <v>190</v>
       </c>
       <c r="C381" s="2">
-        <v>118880</v>
-[...3 lines deleted...]
-      </c>
+        <v>121651</v>
+      </c>
+      <c r="D381" s="2"/>
       <c r="E381" s="2" t="s">
-        <v>2241</v>
-[...3 lines deleted...]
-      </c>
+        <v>2641</v>
+      </c>
+      <c r="F381" s="2"/>
     </row>
     <row r="382" spans="1:6">
       <c r="A382" s="2">
         <v>385</v>
       </c>
       <c r="B382" s="2">
         <v>190</v>
       </c>
       <c r="C382" s="2">
-        <v>121651</v>
-[...1 lines deleted...]
-      <c r="D382" s="2"/>
+        <v>119146</v>
+      </c>
+      <c r="D382" s="2" t="s">
+        <v>2642</v>
+      </c>
       <c r="E382" s="2" t="s">
-        <v>2643</v>
-[...1 lines deleted...]
-      <c r="F382" s="2"/>
+        <v>2568</v>
+      </c>
+      <c r="F382" s="2" t="s">
+        <v>11</v>
+      </c>
     </row>
     <row r="383" spans="1:6">
       <c r="A383" s="2">
         <v>385</v>
       </c>
       <c r="B383" s="2">
         <v>190</v>
       </c>
       <c r="C383" s="2">
         <v>120481</v>
       </c>
       <c r="D383" s="2"/>
       <c r="E383" s="2" t="s">
-        <v>2644</v>
+        <v>2643</v>
       </c>
       <c r="F383" s="2" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="384" spans="1:6">
       <c r="A384" s="2">
         <v>385</v>
       </c>
       <c r="B384" s="2">
         <v>190</v>
       </c>
       <c r="C384" s="2">
-        <v>119146</v>
+        <v>118820</v>
       </c>
       <c r="D384" s="2" t="s">
+        <v>2644</v>
+      </c>
+      <c r="E384" s="2" t="s">
         <v>2645</v>
-      </c>
-[...1 lines deleted...]
-        <v>2572</v>
       </c>
       <c r="F384" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="385" spans="1:6">
       <c r="A385" s="2">
         <v>391</v>
       </c>
       <c r="B385" s="2">
         <v>180</v>
       </c>
       <c r="C385" s="2">
-        <v>119147</v>
+        <v>118652</v>
       </c>
       <c r="D385" s="2" t="s">
-        <v>676</v>
+        <v>2646</v>
       </c>
       <c r="E385" s="2" t="s">
-        <v>2646</v>
+        <v>2647</v>
       </c>
       <c r="F385" s="2" t="s">
-        <v>11</v>
+        <v>95</v>
       </c>
     </row>
     <row r="386" spans="1:6">
       <c r="A386" s="2">
         <v>391</v>
       </c>
       <c r="B386" s="2">
         <v>180</v>
       </c>
       <c r="C386" s="2">
-        <v>118652</v>
+        <v>121563</v>
       </c>
       <c r="D386" s="2" t="s">
-        <v>2647</v>
+        <v>2648</v>
       </c>
       <c r="E386" s="2" t="s">
-        <v>2648</v>
+        <v>2649</v>
       </c>
       <c r="F386" s="2" t="s">
-        <v>95</v>
+        <v>14</v>
       </c>
     </row>
     <row r="387" spans="1:6">
       <c r="A387" s="2">
         <v>391</v>
       </c>
       <c r="B387" s="2">
         <v>180</v>
       </c>
       <c r="C387" s="2">
-        <v>121563</v>
+        <v>118821</v>
       </c>
       <c r="D387" s="2" t="s">
-        <v>2649</v>
+        <v>2650</v>
       </c>
       <c r="E387" s="2" t="s">
-        <v>2650</v>
+        <v>2651</v>
       </c>
       <c r="F387" s="2" t="s">
-        <v>14</v>
+        <v>67</v>
       </c>
     </row>
     <row r="388" spans="1:6">
       <c r="A388" s="2">
         <v>391</v>
       </c>
       <c r="B388" s="2">
         <v>180</v>
       </c>
       <c r="C388" s="2">
-        <v>118821</v>
-[...3 lines deleted...]
-      </c>
+        <v>120717</v>
+      </c>
+      <c r="D388" s="2"/>
       <c r="E388" s="2" t="s">
         <v>2652</v>
       </c>
-      <c r="F388" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F388" s="2"/>
     </row>
     <row r="389" spans="1:6">
       <c r="A389" s="2">
         <v>391</v>
       </c>
       <c r="B389" s="2">
         <v>180</v>
       </c>
       <c r="C389" s="2">
-        <v>120717</v>
-[...1 lines deleted...]
-      <c r="D389" s="2"/>
+        <v>118881</v>
+      </c>
+      <c r="D389" s="2" t="s">
+        <v>2653</v>
+      </c>
       <c r="E389" s="2" t="s">
-        <v>2653</v>
-[...1 lines deleted...]
-      <c r="F389" s="2"/>
+        <v>2654</v>
+      </c>
+      <c r="F389" s="2" t="s">
+        <v>33</v>
+      </c>
     </row>
     <row r="390" spans="1:6">
       <c r="A390" s="2">
         <v>391</v>
       </c>
       <c r="B390" s="2">
         <v>180</v>
       </c>
       <c r="C390" s="2">
-        <v>118881</v>
-[...3 lines deleted...]
-      </c>
+        <v>121652</v>
+      </c>
+      <c r="D390" s="2"/>
       <c r="E390" s="2" t="s">
         <v>2655</v>
       </c>
-      <c r="F390" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F390" s="2"/>
     </row>
     <row r="391" spans="1:6">
       <c r="A391" s="2">
         <v>391</v>
       </c>
       <c r="B391" s="2">
         <v>180</v>
       </c>
       <c r="C391" s="2">
-        <v>121652</v>
-[...1 lines deleted...]
-      <c r="D391" s="2"/>
+        <v>119147</v>
+      </c>
+      <c r="D391" s="2" t="s">
+        <v>672</v>
+      </c>
       <c r="E391" s="2" t="s">
         <v>2656</v>
       </c>
-      <c r="F391" s="2"/>
+      <c r="F391" s="2" t="s">
+        <v>11</v>
+      </c>
     </row>
     <row r="392" spans="1:6">
       <c r="A392" s="2">
         <v>391</v>
       </c>
       <c r="B392" s="2">
         <v>180</v>
       </c>
       <c r="C392" s="2">
         <v>120482</v>
       </c>
       <c r="D392" s="2"/>
       <c r="E392" s="2" t="s">
         <v>2657</v>
       </c>
       <c r="F392" s="2" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="393" spans="1:6">
       <c r="A393" s="2">
         <v>399</v>
       </c>
       <c r="B393" s="2">
         <v>170</v>
@@ -40312,77 +40312,77 @@
     </row>
     <row r="397" spans="1:6">
       <c r="A397" s="2">
         <v>399</v>
       </c>
       <c r="B397" s="2">
         <v>170</v>
       </c>
       <c r="C397" s="2">
         <v>120718</v>
       </c>
       <c r="D397" s="2"/>
       <c r="E397" s="2" t="s">
         <v>2664</v>
       </c>
       <c r="F397" s="2"/>
     </row>
     <row r="398" spans="1:6">
       <c r="A398" s="2">
         <v>404</v>
       </c>
       <c r="B398" s="2">
         <v>160</v>
       </c>
       <c r="C398" s="2">
-        <v>120719</v>
-[...1 lines deleted...]
-      <c r="D398" s="2"/>
+        <v>119149</v>
+      </c>
+      <c r="D398" s="2" t="s">
+        <v>2665</v>
+      </c>
       <c r="E398" s="2" t="s">
-        <v>2665</v>
-[...1 lines deleted...]
-      <c r="F398" s="2"/>
+        <v>1249</v>
+      </c>
+      <c r="F398" s="2" t="s">
+        <v>11</v>
+      </c>
     </row>
     <row r="399" spans="1:6">
       <c r="A399" s="2">
         <v>404</v>
       </c>
       <c r="B399" s="2">
         <v>160</v>
       </c>
       <c r="C399" s="2">
-        <v>119149</v>
-[...1 lines deleted...]
-      <c r="D399" s="2" t="s">
+        <v>120719</v>
+      </c>
+      <c r="D399" s="2"/>
+      <c r="E399" s="2" t="s">
         <v>2666</v>
       </c>
-      <c r="E399" s="2" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="F399" s="2"/>
     </row>
     <row r="400" spans="1:6">
       <c r="A400" s="2">
         <v>404</v>
       </c>
       <c r="B400" s="2">
         <v>160</v>
       </c>
       <c r="C400" s="2">
         <v>121654</v>
       </c>
       <c r="D400" s="2"/>
       <c r="E400" s="2" t="s">
         <v>2667</v>
       </c>
       <c r="F400" s="2"/>
     </row>
     <row r="401" spans="1:6">
       <c r="A401" s="2">
         <v>404</v>
       </c>
       <c r="B401" s="2">
         <v>160</v>
       </c>
       <c r="C401" s="2">
@@ -40422,160 +40422,160 @@
       </c>
       <c r="B403" s="2">
         <v>160</v>
       </c>
       <c r="C403" s="2">
         <v>121565</v>
       </c>
       <c r="D403" s="2" t="s">
         <v>2671</v>
       </c>
       <c r="E403" s="2" t="s">
         <v>2672</v>
       </c>
       <c r="F403" s="2" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="404" spans="1:6">
       <c r="A404" s="2">
         <v>0</v>
       </c>
       <c r="B404" s="2">
         <v>0</v>
       </c>
       <c r="C404" s="2">
-        <v>121269</v>
+        <v>111874</v>
       </c>
       <c r="D404" s="2" t="s">
         <v>2673</v>
       </c>
       <c r="E404" s="2" t="s">
-        <v>2674</v>
+        <v>400</v>
       </c>
       <c r="F404" s="2" t="s">
-        <v>14</v>
+        <v>33</v>
       </c>
     </row>
     <row r="405" spans="1:6">
       <c r="A405" s="2">
         <v>0</v>
       </c>
       <c r="B405" s="2">
         <v>0</v>
       </c>
       <c r="C405" s="2">
-        <v>111874</v>
+        <v>100658</v>
       </c>
       <c r="D405" s="2" t="s">
+        <v>2674</v>
+      </c>
+      <c r="E405" s="2" t="s">
         <v>2675</v>
       </c>
-      <c r="E405" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F405" s="2" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
     </row>
     <row r="406" spans="1:6">
       <c r="A406" s="2">
         <v>0</v>
       </c>
       <c r="B406" s="2">
         <v>0</v>
       </c>
       <c r="C406" s="2">
-        <v>100658</v>
+        <v>121655</v>
       </c>
       <c r="D406" s="2" t="s">
         <v>2676</v>
       </c>
       <c r="E406" s="2" t="s">
         <v>2677</v>
       </c>
       <c r="F406" s="2" t="s">
-        <v>36</v>
+        <v>11</v>
       </c>
     </row>
     <row r="407" spans="1:6">
       <c r="A407" s="2">
         <v>0</v>
       </c>
       <c r="B407" s="2">
         <v>0</v>
       </c>
       <c r="C407" s="2">
-        <v>121655</v>
+        <v>116992</v>
       </c>
       <c r="D407" s="2" t="s">
         <v>2678</v>
       </c>
       <c r="E407" s="2" t="s">
         <v>2679</v>
       </c>
       <c r="F407" s="2" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
     </row>
     <row r="408" spans="1:6">
       <c r="A408" s="2">
         <v>0</v>
       </c>
       <c r="B408" s="2">
         <v>0</v>
       </c>
       <c r="C408" s="2">
-        <v>116992</v>
+        <v>114125</v>
       </c>
       <c r="D408" s="2" t="s">
         <v>2680</v>
       </c>
       <c r="E408" s="2" t="s">
         <v>2681</v>
       </c>
       <c r="F408" s="2" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
     </row>
     <row r="409" spans="1:6">
       <c r="A409" s="2">
         <v>0</v>
       </c>
       <c r="B409" s="2">
         <v>0</v>
       </c>
       <c r="C409" s="2">
-        <v>114125</v>
+        <v>121269</v>
       </c>
       <c r="D409" s="2" t="s">
         <v>2682</v>
       </c>
       <c r="E409" s="2" t="s">
         <v>2683</v>
       </c>
       <c r="F409" s="2" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">