--- v0 (2026-01-31)
+++ v1 (2026-03-17)
@@ -301,83 +301,83 @@
   <si>
     <t>Lau</t>
   </si>
   <si>
     <t>Somchai</t>
   </si>
   <si>
     <t>Chaosakorn</t>
   </si>
   <si>
     <t>Rachmat</t>
   </si>
   <si>
     <t>Septiyanto</t>
   </si>
   <si>
     <t>Alessandro</t>
   </si>
   <si>
     <t>Sherpa</t>
   </si>
   <si>
     <t>Italy</t>
   </si>
   <si>
+    <t>Milton</t>
+  </si>
+  <si>
+    <t>Amat</t>
+  </si>
+  <si>
     <t>Arief</t>
   </si>
   <si>
     <t>Wismoyono</t>
   </si>
   <si>
-    <t>Milton</t>
-[...2 lines deleted...]
-    <t>Amat</t>
+    <t>Minchul</t>
+  </si>
+  <si>
+    <t>Ko - 고민철</t>
+  </si>
+  <si>
+    <t>South Korea</t>
+  </si>
+  <si>
+    <t>Arnie</t>
+  </si>
+  <si>
+    <t>Macaneras</t>
   </si>
   <si>
     <t>Julien</t>
   </si>
   <si>
     <t>Petit</t>
   </si>
   <si>
-    <t>Minchul</t>
-[...13 lines deleted...]
-  <si>
     <t>Kenneth Mun Keat</t>
   </si>
   <si>
     <t>Yow</t>
   </si>
   <si>
     <t xml:space="preserve">Chanil </t>
   </si>
   <si>
     <t>Thainguan</t>
   </si>
   <si>
     <t>Meepoorn</t>
   </si>
   <si>
     <t>Mongkolsuksri</t>
   </si>
   <si>
     <t>Kristian</t>
   </si>
   <si>
     <t>Joergensen</t>
   </si>
   <si>
     <t>Denmark</t>
@@ -433,95 +433,95 @@
   <si>
     <t>Dzul-Izwan</t>
   </si>
   <si>
     <t>Bin Siri-Ee</t>
   </si>
   <si>
     <t>Tuan</t>
   </si>
   <si>
     <t>Buathong</t>
   </si>
   <si>
     <t>Edi</t>
   </si>
   <si>
     <t>Huang</t>
   </si>
   <si>
     <t xml:space="preserve">Hafandi </t>
   </si>
   <si>
     <t>Bin Tuan Ismail</t>
   </si>
   <si>
+    <t>Mohamad Zulharith</t>
+  </si>
+  <si>
+    <t>Shahrul Bin Yusdin</t>
+  </si>
+  <si>
     <t>Alfredo Jr</t>
   </si>
   <si>
     <t>Reyes</t>
   </si>
   <si>
-    <t>Mohamad Zulharith</t>
-[...2 lines deleted...]
-    <t>Shahrul Bin Yusdin</t>
+    <t>Canh</t>
+  </si>
+  <si>
+    <t>Nguyen Thanh</t>
   </si>
   <si>
     <t>Angelito</t>
   </si>
   <si>
     <t>Vertudazo</t>
   </si>
   <si>
-    <t>Canh</t>
-[...4 lines deleted...]
-  <si>
     <t>Ronnel</t>
   </si>
   <si>
     <t>Yongot</t>
   </si>
   <si>
     <t>John</t>
   </si>
   <si>
     <t>buizon</t>
   </si>
   <si>
+    <t>Richard</t>
+  </si>
+  <si>
+    <t>Akol</t>
+  </si>
+  <si>
     <t>Amir Saipol Bahri</t>
   </si>
   <si>
-    <t>Richard</t>
-[...4 lines deleted...]
-  <si>
     <t>Thang</t>
   </si>
   <si>
     <t>Hoàng Hữu</t>
   </si>
   <si>
     <t>Muhammad Fadhlan</t>
   </si>
   <si>
     <t>BIN SULAIMAN</t>
   </si>
   <si>
     <t>Oswald</t>
   </si>
   <si>
     <t>Joseph</t>
   </si>
   <si>
     <t>Jailani</t>
   </si>
   <si>
     <t>Juhili</t>
   </si>
   <si>
     <t>MUHAMMAD FARIS BIN AZHARI</t>
@@ -553,3896 +553,3896 @@
   <si>
     <t>Tin Yau Albert</t>
   </si>
   <si>
     <t>Tan</t>
   </si>
   <si>
     <t>Wont</t>
   </si>
   <si>
     <t>Kudin</t>
   </si>
   <si>
     <t>Reymar</t>
   </si>
   <si>
     <t xml:space="preserve">Taleon </t>
   </si>
   <si>
     <t>Jake</t>
   </si>
   <si>
     <t>Conte</t>
   </si>
   <si>
+    <t>Tafalla</t>
+  </si>
+  <si>
     <t>Junghyun</t>
   </si>
   <si>
     <t>LIM 임정현</t>
   </si>
   <si>
+    <t>Jantaraboon</t>
+  </si>
+  <si>
+    <t>Kiangchaipaiphana</t>
+  </si>
+  <si>
+    <t>Erwin</t>
+  </si>
+  <si>
+    <t>Simanjuntak</t>
+  </si>
+  <si>
     <t>Hung</t>
   </si>
   <si>
     <t>Hai</t>
   </si>
   <si>
     <t>Đỗ Trọng Nhơn</t>
   </si>
   <si>
-    <t>Erwin</t>
-[...10 lines deleted...]
-  <si>
     <t>SATORU</t>
   </si>
   <si>
     <t>GEYA</t>
   </si>
   <si>
     <t>Elmer</t>
   </si>
   <si>
     <t>Retolado</t>
   </si>
   <si>
-    <t>Tafalla</t>
-[...1 lines deleted...]
-  <si>
     <t>Andrew</t>
   </si>
   <si>
     <t>Farmers</t>
   </si>
   <si>
     <t>Tatsuya</t>
   </si>
   <si>
     <t>Saguchi</t>
   </si>
   <si>
+    <t>Sange</t>
+  </si>
+  <si>
+    <t>Nepal</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Jia </t>
+  </si>
+  <si>
+    <t>Xian Tai</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Elron Joyce </t>
+  </si>
+  <si>
+    <t>Josue</t>
+  </si>
+  <si>
     <t xml:space="preserve">HILMAN  </t>
   </si>
   <si>
     <t>Maulana</t>
   </si>
   <si>
-    <t xml:space="preserve">Elron Joyce </t>
-[...2 lines deleted...]
-    <t>Josue</t>
+    <t>Trần Văn Nghĩa</t>
   </si>
   <si>
     <t>Kazufumi</t>
   </si>
   <si>
     <t>Ose</t>
   </si>
   <si>
+    <t>Isaiah</t>
+  </si>
+  <si>
+    <t>PARAISO</t>
+  </si>
+  <si>
     <t>David</t>
   </si>
   <si>
     <t>Longo</t>
   </si>
   <si>
     <t>TARO</t>
   </si>
   <si>
     <t>UEDA</t>
   </si>
   <si>
-    <t xml:space="preserve">Jia </t>
-[...2 lines deleted...]
-    <t>Xian Tai</t>
+    <t>Michal</t>
+  </si>
+  <si>
+    <t>Lesniak</t>
+  </si>
+  <si>
+    <t>Poland</t>
+  </si>
+  <si>
+    <t>Nghia</t>
+  </si>
+  <si>
+    <t>Van Tran</t>
+  </si>
+  <si>
+    <t>Chang Sik CHOI - 최창식</t>
+  </si>
+  <si>
+    <t>Suguru</t>
+  </si>
+  <si>
+    <t>Seo</t>
+  </si>
+  <si>
+    <t>Lê Tấn Hi</t>
+  </si>
+  <si>
+    <t>Gustin</t>
+  </si>
+  <si>
+    <t>Tiam</t>
+  </si>
+  <si>
+    <t>Kim</t>
+  </si>
+  <si>
+    <t>Jisu 김지수</t>
+  </si>
+  <si>
+    <t>Souksavanh</t>
+  </si>
+  <si>
+    <t>Sychandone</t>
+  </si>
+  <si>
+    <t>Laos</t>
+  </si>
+  <si>
+    <t>Sirisak</t>
+  </si>
+  <si>
+    <t>Namyota</t>
+  </si>
+  <si>
+    <t>Ching Su</t>
+  </si>
+  <si>
+    <t>Han</t>
+  </si>
+  <si>
+    <t>Taiwan</t>
+  </si>
+  <si>
+    <t>Jongyoul KIM - 김종열</t>
+  </si>
+  <si>
+    <t>Andre Mozes</t>
+  </si>
+  <si>
+    <t>Sinaga</t>
+  </si>
+  <si>
+    <t>Xingzhi</t>
+  </si>
+  <si>
+    <t>BAI</t>
+  </si>
+  <si>
+    <t>Sefli</t>
+  </si>
+  <si>
+    <t>Ahar</t>
+  </si>
+  <si>
+    <t>Brunei</t>
   </si>
   <si>
     <t>Tien</t>
   </si>
   <si>
     <t>Việt Dũng Vũ</t>
   </si>
   <si>
-    <t>Michal</t>
-[...100 lines deleted...]
-  <si>
     <t>Ben</t>
   </si>
   <si>
     <t>Chiok</t>
   </si>
   <si>
     <t>MOHD HARITH ZAHARI</t>
   </si>
   <si>
     <t>Suparman</t>
   </si>
   <si>
     <t>Samsuddin</t>
   </si>
   <si>
     <t>Cao</t>
   </si>
   <si>
     <t>Wei</t>
   </si>
   <si>
     <t>John Mark Danlag</t>
   </si>
   <si>
+    <t>Duc Tuan</t>
+  </si>
+  <si>
+    <t>Anh Nguyễn</t>
+  </si>
+  <si>
+    <t>Kasmana</t>
+  </si>
+  <si>
+    <t>Jumnong</t>
+  </si>
+  <si>
+    <t>Taonak</t>
+  </si>
+  <si>
+    <t>Supot</t>
+  </si>
+  <si>
+    <t>Noopataya</t>
+  </si>
+  <si>
     <t>Gyojeong GU - 구교정</t>
   </si>
   <si>
+    <t>Wen</t>
+  </si>
+  <si>
+    <t>Shan Lim</t>
+  </si>
+  <si>
+    <t>Sobari</t>
+  </si>
+  <si>
+    <t>Herdiana</t>
+  </si>
+  <si>
+    <t>Mohamad</t>
+  </si>
+  <si>
+    <t>Affindi Bin Nudin</t>
+  </si>
+  <si>
+    <t>Yosuke</t>
+  </si>
+  <si>
+    <t>Abe</t>
+  </si>
+  <si>
+    <t>Ryan</t>
+  </si>
+  <si>
+    <t>Cacayan</t>
+  </si>
+  <si>
+    <t>Maikol</t>
+  </si>
+  <si>
+    <t>NAOKI</t>
+  </si>
+  <si>
+    <t>TANAKA</t>
+  </si>
+  <si>
+    <t>Yasbie</t>
+  </si>
+  <si>
+    <t>Ismail</t>
+  </si>
+  <si>
+    <t>Godwin</t>
+  </si>
+  <si>
+    <t>Mirar</t>
+  </si>
+  <si>
+    <t>Hashimoto</t>
+  </si>
+  <si>
+    <t>TAKESHI</t>
+  </si>
+  <si>
+    <t>Sung Jin JANG - 장성진</t>
+  </si>
+  <si>
+    <t>Roberto</t>
+  </si>
+  <si>
+    <t>Cain</t>
+  </si>
+  <si>
     <t>Yuichi</t>
   </si>
   <si>
     <t>Ogawa</t>
   </si>
   <si>
-    <t>Sobari</t>
-[...55 lines deleted...]
-  <si>
     <t>Wai Hung</t>
   </si>
   <si>
     <t>Wong</t>
   </si>
   <si>
     <t>Hong Kong</t>
   </si>
   <si>
-    <t>Roberto</t>
-[...28 lines deleted...]
-  <si>
     <t>Jose</t>
   </si>
   <si>
     <t>Tindog</t>
   </si>
   <si>
+    <t>KOJI</t>
+  </si>
+  <si>
+    <t>BEPPU</t>
+  </si>
+  <si>
+    <t>Bernardo</t>
+  </si>
+  <si>
+    <t>Linus Sanchez</t>
+  </si>
+  <si>
+    <t>Jean</t>
+  </si>
+  <si>
+    <t>Haniquaut</t>
+  </si>
+  <si>
     <t>Jong Sang PARK - 박종상</t>
   </si>
   <si>
+    <t>Gang</t>
+  </si>
+  <si>
+    <t>WANG</t>
+  </si>
+  <si>
+    <t>Jasper</t>
+  </si>
+  <si>
+    <t>Mesias Simeon</t>
+  </si>
+  <si>
+    <t>Takaomi</t>
+  </si>
+  <si>
+    <t>Tsubouchi</t>
+  </si>
+  <si>
+    <t>CHONG TECK SHUIN</t>
+  </si>
+  <si>
+    <t>Jang</t>
+  </si>
+  <si>
+    <t>Dong Kuk 장동국</t>
+  </si>
+  <si>
+    <t>Whelan</t>
+  </si>
+  <si>
+    <t>Keobounmy</t>
+  </si>
+  <si>
+    <t>Souvanasin</t>
+  </si>
+  <si>
+    <t>Gaetan</t>
+  </si>
+  <si>
+    <t>Morizur</t>
+  </si>
+  <si>
+    <t>Malik</t>
+  </si>
+  <si>
+    <t>Benzeghiba</t>
+  </si>
+  <si>
+    <t>Jong Woo LEE - 이종우</t>
+  </si>
+  <si>
+    <t>De</t>
+  </si>
+  <si>
+    <t>Ahmed</t>
+  </si>
+  <si>
+    <t>Bedair</t>
+  </si>
+  <si>
+    <t>Nguyễn Tuấn Anh</t>
+  </si>
+  <si>
     <t>Mark</t>
   </si>
   <si>
     <t>Iandoli</t>
   </si>
   <si>
     <t>United States</t>
   </si>
   <si>
-    <t>Jasper</t>
-[...61 lines deleted...]
-  <si>
     <t>Giacomo</t>
   </si>
   <si>
     <t>Giovannini</t>
   </si>
   <si>
     <t>Takamasa</t>
   </si>
   <si>
     <t>NIWANO</t>
   </si>
   <si>
-    <t>De</t>
-[...1 lines deleted...]
-  <si>
     <t>Jc Jaykko</t>
   </si>
   <si>
     <t>Murillo</t>
   </si>
   <si>
-    <t>KOJI</t>
-[...13 lines deleted...]
-  <si>
     <t>Rod</t>
   </si>
   <si>
     <t>Henderson</t>
   </si>
   <si>
     <t>Ahmad Syahmi</t>
   </si>
   <si>
+    <t>Fuminori</t>
+  </si>
+  <si>
+    <t>Kondo</t>
+  </si>
+  <si>
+    <t>James</t>
+  </si>
+  <si>
+    <t>Balagot</t>
+  </si>
+  <si>
     <t>Pin</t>
   </si>
   <si>
     <t>Chi Chou</t>
   </si>
   <si>
+    <t>Anthony</t>
+  </si>
+  <si>
+    <t>Aubert</t>
+  </si>
+  <si>
+    <t>Aman</t>
+  </si>
+  <si>
+    <t>MEHLA</t>
+  </si>
+  <si>
+    <t>India</t>
+  </si>
+  <si>
     <t>FUMITERU</t>
   </si>
   <si>
     <t>TSURUMAKI</t>
   </si>
   <si>
+    <t xml:space="preserve">Kwok Lun </t>
+  </si>
+  <si>
+    <t>Ng</t>
+  </si>
+  <si>
+    <t>Willy Wilson</t>
+  </si>
+  <si>
+    <t>Jafry</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Koki </t>
+  </si>
+  <si>
+    <t>Tsuchiya</t>
+  </si>
+  <si>
+    <t>Minh Tuan</t>
+  </si>
+  <si>
+    <t>Tivel</t>
+  </si>
+  <si>
+    <t>Peter</t>
+  </si>
+  <si>
+    <t>Ivan</t>
+  </si>
+  <si>
+    <t>Macaso</t>
+  </si>
+  <si>
+    <t>Seung</t>
+  </si>
+  <si>
+    <t>YONG SONG  송승용</t>
+  </si>
+  <si>
+    <t>Bernie</t>
+  </si>
+  <si>
+    <t>M. Bauyot</t>
+  </si>
+  <si>
+    <t>Hiroshi</t>
+  </si>
+  <si>
+    <t>Ishikawa</t>
+  </si>
+  <si>
+    <t>CHEONG SENG CHIEW</t>
+  </si>
+  <si>
+    <t>Park</t>
+  </si>
+  <si>
+    <t>Byeonggwon</t>
+  </si>
+  <si>
+    <t>Duc Luan</t>
+  </si>
+  <si>
+    <t>Phạm</t>
+  </si>
+  <si>
+    <t>Calixterio</t>
+  </si>
+  <si>
     <t>Quang</t>
   </si>
   <si>
     <t>Nguyễn Phương</t>
   </si>
   <si>
-    <t xml:space="preserve">Kwok Lun </t>
-[...2 lines deleted...]
-    <t>Ng</t>
+    <t>Yangbeom</t>
+  </si>
+  <si>
+    <t>Choi - 최양범</t>
   </si>
   <si>
     <t>Hau Phan</t>
   </si>
   <si>
-    <t xml:space="preserve">Koki </t>
-[...4 lines deleted...]
-  <si>
     <t>Nguyễn Đình Minh</t>
   </si>
   <si>
-    <t>Ivan</t>
-[...65 lines deleted...]
-    <t>CHEONG SENG CHIEW</t>
+    <t>Jomarc Ferrer</t>
   </si>
   <si>
     <t>Diwangkoro</t>
   </si>
   <si>
-    <t>Jomarc Ferrer</t>
-[...20 lines deleted...]
-    <t>India</t>
+    <t>Ibni</t>
+  </si>
+  <si>
+    <t>Nudin</t>
+  </si>
+  <si>
+    <t>Rao</t>
+  </si>
+  <si>
+    <t>Shashwat</t>
   </si>
   <si>
     <t>CHIN HAN KEONG</t>
   </si>
   <si>
-    <t>Ibni</t>
-[...8 lines deleted...]
-    <t>Shashwat</t>
+    <t>Henry</t>
+  </si>
+  <si>
+    <t>Yang</t>
+  </si>
+  <si>
+    <t>Wine S</t>
   </si>
   <si>
     <t xml:space="preserve">Masayoshi </t>
   </si>
   <si>
     <t>Yamazaki</t>
   </si>
   <si>
-    <t>Wine S</t>
-[...7 lines deleted...]
-  <si>
     <t>Kittisak</t>
   </si>
   <si>
     <t>PAKTON</t>
   </si>
   <si>
     <t>Duk Jong PARK - 박덕종</t>
   </si>
   <si>
+    <t>Ta van Khanh</t>
+  </si>
+  <si>
     <t>Hidayat</t>
   </si>
   <si>
     <t>Metussin</t>
   </si>
   <si>
+    <t>Noppadon</t>
+  </si>
+  <si>
+    <t>Boonyuen</t>
+  </si>
+  <si>
+    <t>Andreas</t>
+  </si>
+  <si>
+    <t>Susanto</t>
+  </si>
+  <si>
+    <t>Duffy</t>
+  </si>
+  <si>
+    <t>Puttra</t>
+  </si>
+  <si>
+    <t>Sua</t>
+  </si>
+  <si>
+    <t>YIH HUAN</t>
+  </si>
+  <si>
+    <t>Trần Văn Bắc</t>
+  </si>
+  <si>
+    <t>Norman</t>
+  </si>
+  <si>
+    <t>Lee</t>
+  </si>
+  <si>
+    <t>Kwong Ho</t>
+  </si>
+  <si>
     <t>Hieu</t>
   </si>
   <si>
+    <t>Yakov</t>
+  </si>
+  <si>
+    <t>Kozlov</t>
+  </si>
+  <si>
+    <t>Russia</t>
+  </si>
+  <si>
+    <t>Daisuke</t>
+  </si>
+  <si>
+    <t>Noishiki</t>
+  </si>
+  <si>
+    <t>Mathieu</t>
+  </si>
+  <si>
+    <t>Leon</t>
+  </si>
+  <si>
+    <t>Duk Su JEONG - 정덕수</t>
+  </si>
+  <si>
+    <t>Uthai</t>
+  </si>
+  <si>
+    <t>Joomthong</t>
+  </si>
+  <si>
+    <t>Sobiri</t>
+  </si>
+  <si>
+    <t>Haerudin</t>
+  </si>
+  <si>
     <t>Kouta</t>
   </si>
   <si>
     <t>Satoh</t>
   </si>
   <si>
-    <t>Uthai</t>
-[...10 lines deleted...]
-  <si>
     <t>Nophiran</t>
   </si>
   <si>
     <t>Sriyeefung</t>
   </si>
   <si>
-    <t>Norman</t>
-[...59 lines deleted...]
-    <t>Trần Văn Bắc</t>
+    <t>RYOJI</t>
+  </si>
+  <si>
+    <t>MATSUI</t>
   </si>
   <si>
     <t>Niong</t>
   </si>
   <si>
     <t>Lau Say</t>
   </si>
   <si>
-    <t>RYOJI</t>
-[...2 lines deleted...]
-    <t>MATSUI</t>
+    <t>Kleran</t>
+  </si>
+  <si>
+    <t>Lee Rich</t>
+  </si>
+  <si>
+    <t>Phonepadith</t>
+  </si>
+  <si>
+    <t>Phongsanith</t>
+  </si>
+  <si>
+    <t>Manh Lan</t>
+  </si>
+  <si>
+    <t>Le</t>
+  </si>
+  <si>
+    <t>Văn Quyền</t>
+  </si>
+  <si>
+    <t>Supeeraphan</t>
+  </si>
+  <si>
+    <t>Sreeduangjan</t>
+  </si>
+  <si>
+    <t>Vo</t>
+  </si>
+  <si>
+    <t>Van Hoai</t>
   </si>
   <si>
     <t>Chansik KONG - 공찬식</t>
   </si>
   <si>
+    <t>Wilpong</t>
+  </si>
+  <si>
+    <t>Promnoy</t>
+  </si>
+  <si>
+    <t>Takuhiro</t>
+  </si>
+  <si>
+    <t>Harada</t>
+  </si>
+  <si>
+    <t>Shimizu</t>
+  </si>
+  <si>
+    <t>Han Gi LEE - 이한기</t>
+  </si>
+  <si>
+    <t>Nguyen Duc Thinh</t>
+  </si>
+  <si>
+    <t>Arata</t>
+  </si>
+  <si>
+    <t>Ishii</t>
+  </si>
+  <si>
+    <t>Nhon</t>
+  </si>
+  <si>
+    <t>Đỗ Trọng</t>
+  </si>
+  <si>
+    <t>Randy</t>
+  </si>
+  <si>
+    <t>Gutierrez</t>
+  </si>
+  <si>
+    <t>Doimis</t>
+  </si>
+  <si>
+    <t>Mojimbun</t>
+  </si>
+  <si>
+    <t>Marc</t>
+  </si>
+  <si>
+    <t>Belgium</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> ZAKARIA Muhammad Sazuiam</t>
+  </si>
+  <si>
+    <t>Ted Andrew</t>
+  </si>
+  <si>
+    <t>Monsanto</t>
+  </si>
+  <si>
     <t>Sai Hee</t>
   </si>
   <si>
     <t>Lim</t>
   </si>
   <si>
     <t xml:space="preserve">Ngọc Hoàng </t>
   </si>
   <si>
+    <t>Jooho</t>
+  </si>
+  <si>
+    <t>Yum</t>
+  </si>
+  <si>
     <t>Nam Hai</t>
   </si>
   <si>
     <t>Trịnh</t>
   </si>
   <si>
-    <t>Arata</t>
-[...97 lines deleted...]
-  <si>
     <t>MORIHIKO</t>
   </si>
   <si>
     <t>OTA</t>
   </si>
   <si>
     <t>Pasaphak</t>
   </si>
   <si>
     <t>Mayuenyong</t>
   </si>
   <si>
+    <t>Wilson</t>
+  </si>
+  <si>
+    <t>Gregory</t>
+  </si>
+  <si>
+    <t>Chow</t>
+  </si>
+  <si>
+    <t>Stephen</t>
+  </si>
+  <si>
+    <t>Barkey</t>
+  </si>
+  <si>
+    <t>Ireland</t>
+  </si>
+  <si>
+    <t>Masafumi</t>
+  </si>
+  <si>
+    <t>Yamamoto</t>
+  </si>
+  <si>
+    <t>Rusmanto</t>
+  </si>
+  <si>
+    <t>Sanya</t>
+  </si>
+  <si>
+    <t>Khancai</t>
+  </si>
+  <si>
+    <t>Estrera</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Suravath </t>
+  </si>
+  <si>
+    <t>Pinsuwanbutr</t>
+  </si>
+  <si>
+    <t>Phạm Đức</t>
+  </si>
+  <si>
+    <t>Hun</t>
+  </si>
+  <si>
+    <t>Chin</t>
+  </si>
+  <si>
     <t>Musthafa</t>
   </si>
   <si>
     <t xml:space="preserve">Kamal Hasany </t>
   </si>
   <si>
-    <t>Estrera</t>
+    <t>Jules</t>
+  </si>
+  <si>
+    <t>Crawshaw</t>
+  </si>
+  <si>
+    <t>New Zealand</t>
+  </si>
+  <si>
+    <t>Perotti</t>
+  </si>
+  <si>
+    <t>Tăng Xuân</t>
+  </si>
+  <si>
+    <t>Ittipon</t>
+  </si>
+  <si>
+    <t>Uppapong</t>
+  </si>
+  <si>
+    <t>Juho</t>
+  </si>
+  <si>
+    <t>Sõrkilõ</t>
+  </si>
+  <si>
+    <t>Finland</t>
+  </si>
+  <si>
+    <t>Yu</t>
+  </si>
+  <si>
+    <t>Kobayashi</t>
+  </si>
+  <si>
+    <t>Sulhan</t>
+  </si>
+  <si>
+    <t>BAHAK</t>
+  </si>
+  <si>
+    <t>Gitae JEON - 전기태</t>
   </si>
   <si>
     <t>Anosith</t>
   </si>
   <si>
     <t>Bouphavong</t>
   </si>
   <si>
-    <t>Hun</t>
-[...13 lines deleted...]
-  <si>
     <t>Phùng Văn Cường</t>
   </si>
   <si>
-    <t>Ittipon</t>
-[...43 lines deleted...]
-  <si>
     <t>TAKUYA</t>
   </si>
   <si>
     <t>KURODA</t>
   </si>
   <si>
-    <t>Gitae JEON - 전기태</t>
-[...10 lines deleted...]
-  <si>
     <t>Chi Kan</t>
   </si>
   <si>
     <t>Yuen</t>
   </si>
   <si>
-    <t>Wilson</t>
-[...19 lines deleted...]
-  <si>
     <t>Wisit</t>
   </si>
   <si>
     <t>JONGJAM</t>
   </si>
   <si>
     <t>Sota</t>
   </si>
   <si>
     <t>OGAWA</t>
   </si>
   <si>
+    <t>TATSUKI</t>
+  </si>
+  <si>
+    <t>KATO</t>
+  </si>
+  <si>
+    <t>Dennis</t>
+  </si>
+  <si>
+    <t>Theodosis</t>
+  </si>
+  <si>
+    <t>Vương Đình Anh</t>
+  </si>
+  <si>
+    <t>Kyen Gun LEE - 이현근</t>
+  </si>
+  <si>
+    <t>Xayasith</t>
+  </si>
+  <si>
+    <t>Phonethasith</t>
+  </si>
+  <si>
+    <t>Fikry</t>
+  </si>
+  <si>
+    <t>Sakti Firmansyah</t>
+  </si>
+  <si>
+    <t>Hong Son</t>
+  </si>
+  <si>
+    <t>Dirk</t>
+  </si>
+  <si>
+    <t>Howard Sagun</t>
+  </si>
+  <si>
+    <t>Chun Yip</t>
+  </si>
+  <si>
+    <t>Tam</t>
+  </si>
+  <si>
+    <t>A Dao</t>
+  </si>
+  <si>
+    <t>Lo</t>
+  </si>
+  <si>
+    <t>Joni</t>
+  </si>
+  <si>
+    <t>Sutanto</t>
+  </si>
+  <si>
+    <t>Jarin</t>
+  </si>
+  <si>
+    <t>Arromdee</t>
+  </si>
+  <si>
+    <t>Thibaut</t>
+  </si>
+  <si>
+    <t>Vitre</t>
+  </si>
+  <si>
+    <t>Junior</t>
+  </si>
+  <si>
+    <t>Hover Luis</t>
+  </si>
+  <si>
+    <t>Lim Chin</t>
+  </si>
+  <si>
+    <t>Tat</t>
+  </si>
+  <si>
+    <t>Dimier Romeo</t>
+  </si>
+  <si>
+    <t>Seungyong</t>
+  </si>
+  <si>
+    <t>Song</t>
+  </si>
+  <si>
+    <t>Paitinger</t>
+  </si>
+  <si>
+    <t>Leonardo</t>
+  </si>
+  <si>
+    <t>Brazil</t>
+  </si>
+  <si>
+    <t>Nurul</t>
+  </si>
+  <si>
+    <t>Sudiarto</t>
+  </si>
+  <si>
     <t>Mohammad Zulfadly Abdul Rahim Shah | Wipi</t>
   </si>
   <si>
-    <t>Fikry</t>
-[...5 lines deleted...]
-    <t>Kyen Gun LEE - 이현근</t>
+    <t>I Gusti</t>
+  </si>
+  <si>
+    <t>Ngurah Agung Suyantra Diputra</t>
   </si>
   <si>
     <t>Trần Quốc</t>
   </si>
   <si>
-    <t>Chun Yip</t>
-[...68 lines deleted...]
-    <t>Song</t>
+    <t>Romualdo Bacle  </t>
+  </si>
+  <si>
+    <t>Calbes</t>
   </si>
   <si>
     <t>Lisanto Adrian</t>
   </si>
   <si>
     <t>LEE</t>
   </si>
   <si>
-    <t>Hong Son</t>
-[...2 lines deleted...]
-    <t>Dimier Romeo</t>
+    <t>Syahrul</t>
+  </si>
+  <si>
+    <t>Neyzam Sukasdi</t>
   </si>
   <si>
     <t>Steacy</t>
   </si>
   <si>
-    <t>Romualdo Bacle  </t>
-[...10 lines deleted...]
-  <si>
     <t>Soren</t>
   </si>
   <si>
     <t>Assing</t>
   </si>
   <si>
-    <t>Lim Chin</t>
-[...22 lines deleted...]
-  <si>
     <t>FUJIMOTO</t>
   </si>
   <si>
     <t>KOSUKE</t>
   </si>
   <si>
+    <t>Tinh</t>
+  </si>
+  <si>
+    <t>Nguyễn Văn</t>
+  </si>
+  <si>
+    <t>Huzain</t>
+  </si>
+  <si>
+    <t>Harto</t>
+  </si>
+  <si>
+    <t>Wasin</t>
+  </si>
+  <si>
+    <t>Mongkholmalee</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FRANS  </t>
+  </si>
+  <si>
+    <t>Edison</t>
+  </si>
+  <si>
+    <t>MUHAMMAD HAZIM SOID</t>
+  </si>
+  <si>
+    <t>Phan Ngọc Sơn</t>
+  </si>
+  <si>
+    <t>Robert</t>
+  </si>
+  <si>
+    <t>Geijsel</t>
+  </si>
+  <si>
+    <t>Netherlands</t>
+  </si>
+  <si>
+    <t>RYUTARO</t>
+  </si>
+  <si>
+    <t>ORITA</t>
+  </si>
+  <si>
+    <t>Etienne</t>
+  </si>
+  <si>
+    <t>Sapin</t>
+  </si>
+  <si>
+    <t>Lê</t>
+  </si>
+  <si>
+    <t>Jyh Hann</t>
+  </si>
+  <si>
+    <t>Đinh Văn Trung</t>
+  </si>
+  <si>
+    <t>Takashi Wakiya</t>
+  </si>
+  <si>
+    <t>Taiju</t>
+  </si>
+  <si>
+    <t>Kikuchi</t>
+  </si>
+  <si>
+    <t>Adam</t>
+  </si>
+  <si>
+    <t>Septiyono Arlan</t>
+  </si>
+  <si>
+    <t>Weller</t>
+  </si>
+  <si>
+    <t>Zerck Allen</t>
+  </si>
+  <si>
+    <t>Dinopol</t>
+  </si>
+  <si>
+    <t>WASAWAT TUNTIPRAPHA</t>
+  </si>
+  <si>
+    <t>Kin Ming Simon</t>
+  </si>
+  <si>
+    <t>Chan</t>
+  </si>
+  <si>
+    <t>Taweepong</t>
+  </si>
+  <si>
+    <t>SANTIPATTANAKUL</t>
+  </si>
+  <si>
+    <t>Baldovino</t>
+  </si>
+  <si>
     <t>WAN MOHAMAD IZZUDDIN BIN WAN MAMAT</t>
   </si>
   <si>
-    <t>Taweepong</t>
-[...73 lines deleted...]
-  <si>
     <t>Bhakti</t>
   </si>
   <si>
     <t>Muhammad Ramadhan</t>
   </si>
   <si>
-    <t>Baldovino</t>
-[...7 lines deleted...]
-  <si>
     <t>Donghwan</t>
   </si>
   <si>
     <t>Cho</t>
   </si>
   <si>
-    <t xml:space="preserve">FRANS  </t>
-[...16 lines deleted...]
-  <si>
     <t>HIKOMICHI</t>
   </si>
   <si>
     <t>WATANABE</t>
   </si>
   <si>
+    <t>Mohamad Nazrin</t>
+  </si>
+  <si>
+    <t>Bin Mohamad Shakir</t>
+  </si>
+  <si>
     <t>Ronie</t>
   </si>
   <si>
     <t>Torlao</t>
   </si>
   <si>
+    <t>Japhet</t>
+  </si>
+  <si>
+    <t>Fernandez</t>
+  </si>
+  <si>
+    <t>HAILS</t>
+  </si>
+  <si>
+    <t>Rizal</t>
+  </si>
+  <si>
+    <t>Jamaludin Akbar</t>
+  </si>
+  <si>
+    <t>Sun Yeob</t>
+  </si>
+  <si>
+    <t>Mellveen</t>
+  </si>
+  <si>
+    <t>Darius</t>
+  </si>
+  <si>
+    <t>Thongchai</t>
+  </si>
+  <si>
+    <t>Homchuen</t>
+  </si>
+  <si>
+    <t>Grigorev</t>
+  </si>
+  <si>
+    <t>Thorel</t>
+  </si>
+  <si>
+    <t>Benjamin</t>
+  </si>
+  <si>
+    <t>Quang Thang Le</t>
+  </si>
+  <si>
+    <t>Moon Ho CHA - 차문호</t>
+  </si>
+  <si>
+    <t>Nguyễn Đăng Quang</t>
+  </si>
+  <si>
+    <t>Kensei</t>
+  </si>
+  <si>
+    <t>Ishida</t>
+  </si>
+  <si>
+    <t>Tak Ho</t>
+  </si>
+  <si>
+    <t>Yip</t>
+  </si>
+  <si>
     <t>Hong Quang</t>
   </si>
   <si>
     <t>Tống</t>
   </si>
   <si>
+    <t>Đặng Văn Hùng</t>
+  </si>
+  <si>
+    <t>Florian</t>
+  </si>
+  <si>
+    <t>Schupp</t>
+  </si>
+  <si>
+    <t>Viengphone</t>
+  </si>
+  <si>
+    <t>Vatthanavong</t>
+  </si>
+  <si>
+    <t>Adrian</t>
+  </si>
+  <si>
+    <t>Lee Lien Ping</t>
+  </si>
+  <si>
     <t>TARO　HAYASHI</t>
   </si>
   <si>
-    <t>Đặng Văn Hùng</t>
-[...25 lines deleted...]
-  <si>
     <t>Nguyễn Trí Tú</t>
   </si>
   <si>
-    <t>Thongchai</t>
-[...34 lines deleted...]
-  <si>
     <t>Ho Yin</t>
   </si>
   <si>
     <t>Yeung</t>
   </si>
   <si>
-    <t>Quang Thang Le</t>
-[...20 lines deleted...]
-    <t>Lee Lien Ping</t>
+    <t>Kenji</t>
+  </si>
+  <si>
+    <t>Nakamura</t>
   </si>
   <si>
     <t>Jametey Laminggu | Metey</t>
   </si>
   <si>
-    <t>Kenji</t>
-[...2 lines deleted...]
-    <t>Nakamura</t>
+    <t>Jaipak Gj | Kiau Nuluh Kota Belud</t>
+  </si>
+  <si>
+    <t>Taro</t>
+  </si>
+  <si>
+    <t>Oshima</t>
+  </si>
+  <si>
+    <t>Kam Fai</t>
+  </si>
+  <si>
+    <t>Van Hung</t>
+  </si>
+  <si>
+    <t>Trần Đức Chung</t>
+  </si>
+  <si>
+    <t>Pattarapol</t>
+  </si>
+  <si>
+    <t>Masak</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Preecha </t>
+  </si>
+  <si>
+    <t>Pechpradub</t>
+  </si>
+  <si>
+    <t>Kok Eng</t>
+  </si>
+  <si>
+    <t>HIROSHI　ONISHI</t>
+  </si>
+  <si>
+    <t>Prayoon</t>
+  </si>
+  <si>
+    <t>Roonma</t>
+  </si>
+  <si>
+    <t>Trần Ngọc Tuyển</t>
   </si>
   <si>
     <t>Samuel</t>
   </si>
   <si>
     <t>Viktar</t>
   </si>
   <si>
     <t>Skryhanau</t>
   </si>
   <si>
     <t>Belarus</t>
   </si>
   <si>
+    <t>MOHD.AMINUDDIN MUSA</t>
+  </si>
+  <si>
+    <t>Trần Cường</t>
+  </si>
+  <si>
+    <t>Jean Pierre</t>
+  </si>
+  <si>
+    <t>Barnes</t>
+  </si>
+  <si>
+    <t>Mahdi</t>
+  </si>
+  <si>
+    <t>Manshuri</t>
+  </si>
+  <si>
+    <t>Mingoo</t>
+  </si>
+  <si>
+    <t>Kang</t>
+  </si>
+  <si>
+    <t>Kanon</t>
+  </si>
+  <si>
+    <t>Romwapee</t>
+  </si>
+  <si>
+    <t>Masatoshi</t>
+  </si>
+  <si>
+    <t>Fujii</t>
+  </si>
+  <si>
+    <t>Pham Ngoc Duc</t>
+  </si>
+  <si>
+    <t>Bruce</t>
+  </si>
+  <si>
+    <t>Soekarno</t>
+  </si>
+  <si>
+    <t>Bùi Văn Đà</t>
+  </si>
+  <si>
+    <t>Muhamad</t>
+  </si>
+  <si>
+    <t>Fazdri</t>
+  </si>
+  <si>
     <t>Haziq</t>
   </si>
   <si>
     <t>Asyraf</t>
   </si>
   <si>
-    <t>Pham Ngoc Duc</t>
-[...97 lines deleted...]
-  <si>
     <t>Tatsuru</t>
   </si>
   <si>
     <t>Nakayama</t>
   </si>
   <si>
+    <t>Prayun</t>
+  </si>
+  <si>
+    <t>Prayun Sukkasem</t>
+  </si>
+  <si>
+    <t>Kubo</t>
+  </si>
+  <si>
+    <t>Nobuhito</t>
+  </si>
+  <si>
+    <t>Issei</t>
+  </si>
+  <si>
+    <t>Kunihiro</t>
+  </si>
+  <si>
+    <t>Ngoc Danh Doan</t>
+  </si>
+  <si>
+    <t>Herman</t>
+  </si>
+  <si>
+    <t>Nguyễn Mạnh Cường</t>
+  </si>
+  <si>
     <t>Waris</t>
   </si>
   <si>
     <t>Soetrisno</t>
   </si>
   <si>
-    <t>Nguyễn Anh Thái</t>
-[...5 lines deleted...]
-    <t>Tran</t>
+    <t>YEO FOOK KIAN</t>
+  </si>
+  <si>
+    <t>Alex Too</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SIEW YIK </t>
+  </si>
+  <si>
+    <t>KOICHI</t>
+  </si>
+  <si>
+    <t>KAWAKAMI</t>
+  </si>
+  <si>
+    <t>Mohd Nazlan Sapri | Lan</t>
   </si>
   <si>
     <t>Scottie</t>
   </si>
   <si>
     <t>Callaghan</t>
   </si>
   <si>
+    <t>Duc Vinh</t>
+  </si>
+  <si>
+    <t>Tạ</t>
+  </si>
+  <si>
     <t>Warnoto</t>
   </si>
   <si>
     <t>LYBAS</t>
   </si>
   <si>
-    <t>Kubo</t>
-[...61 lines deleted...]
-  <si>
     <t>Dương Văn Minh</t>
-  </si>
-[...4 lines deleted...]
-    <t>Prihandana</t>
   </si>
   <si>
     <t>KHANCHAI
 TATIP</t>
   </si>
   <si>
+    <t>TORU　IWAKUMA</t>
+  </si>
+  <si>
+    <t>Yik Ho</t>
+  </si>
+  <si>
+    <t>Ian keith Estrael</t>
+  </si>
+  <si>
+    <t>Nguyễn Anh Thái</t>
+  </si>
+  <si>
+    <t>Freedyson</t>
+  </si>
+  <si>
+    <t>Francis</t>
+  </si>
+  <si>
+    <t>Siang Wong</t>
+  </si>
+  <si>
+    <t>Fu</t>
+  </si>
+  <si>
+    <t>Serebriakov</t>
+  </si>
+  <si>
+    <t>Aleksandr</t>
+  </si>
+  <si>
+    <t>Phuc</t>
+  </si>
+  <si>
+    <t>Tran</t>
+  </si>
+  <si>
+    <t>Ranggaradika</t>
+  </si>
+  <si>
+    <t>Prihandana</t>
+  </si>
+  <si>
     <t>Gyehoon</t>
   </si>
   <si>
     <t>Jo</t>
   </si>
   <si>
-    <t>Freedyson</t>
-[...13 lines deleted...]
-  <si>
     <t>Seita</t>
   </si>
   <si>
+    <t>Arnaud</t>
+  </si>
+  <si>
+    <t>Courtin</t>
+  </si>
+  <si>
+    <t>Almi</t>
+  </si>
+  <si>
+    <t>Joan</t>
+  </si>
+  <si>
+    <t>Misha</t>
+  </si>
+  <si>
+    <t>Ushakov</t>
+  </si>
+  <si>
+    <t>Keun Yeab</t>
+  </si>
+  <si>
+    <t>Bae</t>
+  </si>
+  <si>
+    <t>Ka Ming</t>
+  </si>
+  <si>
+    <t>Man</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hearfizul Eqram </t>
+  </si>
+  <si>
+    <t>Mat Noh</t>
+  </si>
+  <si>
+    <t>Prasert</t>
+  </si>
+  <si>
+    <t>Prasert Hirunphet</t>
+  </si>
+  <si>
+    <t>Hsuante</t>
+  </si>
+  <si>
+    <t>Lin</t>
+  </si>
+  <si>
+    <t>Van Cuong Nguyen</t>
+  </si>
+  <si>
+    <t xml:space="preserve">YOYO  </t>
+  </si>
+  <si>
+    <t>Taryo</t>
+  </si>
+  <si>
+    <t>Nguyễn Công Hùng</t>
+  </si>
+  <si>
+    <t>Asushi</t>
+  </si>
+  <si>
+    <t>ITO</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Bin Sandungan </t>
+  </si>
+  <si>
+    <t>Hoang Minh Tuan</t>
+  </si>
+  <si>
+    <t>Tze Hou</t>
+  </si>
+  <si>
+    <t>Patrick</t>
+  </si>
+  <si>
+    <t>VASQUEZ</t>
+  </si>
+  <si>
+    <t>TATSUYA</t>
+  </si>
+  <si>
+    <t>AZUMA</t>
+  </si>
+  <si>
     <t>Duc Huan</t>
   </si>
   <si>
     <t>Vũ</t>
   </si>
   <si>
-    <t>RYOSUKE 　NISHIKAWA</t>
+    <t>JAELANI</t>
   </si>
   <si>
     <t>Nguyễn Văn Tuấn</t>
+  </si>
+  <si>
+    <t>Contesso</t>
   </si>
   <si>
     <t>PREM
 NANA</t>
   </si>
   <si>
-    <t>Ka Ming</t>
-[...14 lines deleted...]
-    <t>Joan</t>
+    <t>Joseph Stephen</t>
+  </si>
+  <si>
+    <t>Paspe</t>
+  </si>
+  <si>
+    <t>RYOSUKE 　NISHIKAWA</t>
   </si>
   <si>
     <t>JAKKIT</t>
   </si>
   <si>
     <t>SAREESUK</t>
   </si>
   <si>
-    <t>Prasert</t>
-[...40 lines deleted...]
-  <si>
     <t>Chun Yin</t>
   </si>
   <si>
-    <t xml:space="preserve">Bin Sandungan </t>
-[...37 lines deleted...]
-  <si>
     <t>Wei Soon</t>
   </si>
   <si>
     <t>SHUNSUKE</t>
   </si>
   <si>
     <t>YANAGITA</t>
   </si>
   <si>
+    <t>TOMOHISA</t>
+  </si>
+  <si>
+    <t>ONO</t>
+  </si>
+  <si>
+    <t>Parn</t>
+  </si>
+  <si>
+    <t>TAENGON</t>
+  </si>
+  <si>
+    <t>Van Quang</t>
+  </si>
+  <si>
+    <t>Slamet</t>
+  </si>
+  <si>
+    <t>WIDODO</t>
+  </si>
+  <si>
+    <t>Hà Quốc Việt</t>
+  </si>
+  <si>
+    <t>cyril</t>
+  </si>
+  <si>
+    <t>gomez</t>
+  </si>
+  <si>
+    <t>Jimmy</t>
+  </si>
+  <si>
+    <t>Bayle</t>
+  </si>
+  <si>
+    <t>Le van Quyen</t>
+  </si>
+  <si>
+    <t>Eakkamol</t>
+  </si>
+  <si>
+    <t>I</t>
+  </si>
+  <si>
+    <t>TETSURO　KI</t>
+  </si>
+  <si>
+    <t>Aldrin</t>
+  </si>
+  <si>
+    <t>Culminas</t>
+  </si>
+  <si>
+    <t>Sarayut</t>
+  </si>
+  <si>
+    <t>Jaroensitthichai</t>
+  </si>
+  <si>
     <t>Alexandre</t>
   </si>
   <si>
     <t>Dutil</t>
   </si>
   <si>
+    <t>Alvian</t>
+  </si>
+  <si>
+    <t>Mattaliti</t>
+  </si>
+  <si>
+    <t>Đặng Văn Trọng</t>
+  </si>
+  <si>
+    <t xml:space="preserve">WERFAN  </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Amirul </t>
+  </si>
+  <si>
+    <t>Tuah</t>
+  </si>
+  <si>
+    <t>Sangmin</t>
+  </si>
+  <si>
+    <t>Chung 정상민</t>
+  </si>
+  <si>
+    <t>Po Wah</t>
+  </si>
+  <si>
+    <t>Thitiphong</t>
+  </si>
+  <si>
+    <t>Phongphailath</t>
+  </si>
+  <si>
+    <t>Marjones</t>
+  </si>
+  <si>
+    <t>Abugan</t>
+  </si>
+  <si>
+    <t>Jojo</t>
+  </si>
+  <si>
+    <t>Lê Hoàng Giang</t>
+  </si>
+  <si>
     <t>LIM CHEE WEI</t>
   </si>
   <si>
-    <t>Alvian</t>
-[...19 lines deleted...]
-  <si>
     <t>Nguyễn Duy Đoàn</t>
   </si>
   <si>
-    <t>Parn</t>
-[...80 lines deleted...]
-    <t>Bayle</t>
+    <t>TOSHIRO</t>
+  </si>
+  <si>
+    <t>YAMANAKA</t>
   </si>
   <si>
     <t>Rauf</t>
   </si>
   <si>
     <t>Jerr</t>
   </si>
   <si>
-    <t>TOSHIRO</t>
-[...2 lines deleted...]
-    <t>YAMANAKA</t>
+    <t>Wai Kin</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> ONG Kay Khoo</t>
+  </si>
+  <si>
+    <t>Thaweesak</t>
+  </si>
+  <si>
+    <t>Rumpathong</t>
+  </si>
+  <si>
+    <t>Syahmim Nazmy</t>
+  </si>
+  <si>
+    <t>Lukman</t>
+  </si>
+  <si>
+    <t>Huỳnh Tấn Hội</t>
+  </si>
+  <si>
+    <t>Đậu Tuấn Kiệt</t>
   </si>
   <si>
     <t>Hoi Tik</t>
   </si>
   <si>
     <t>Kwong</t>
   </si>
   <si>
+    <t>YOSHITAKA</t>
+  </si>
+  <si>
+    <t>KAWAKATSU</t>
+  </si>
+  <si>
+    <t>Karan</t>
+  </si>
+  <si>
+    <t>Popaichayon</t>
+  </si>
+  <si>
+    <t>Ricardo</t>
+  </si>
+  <si>
+    <t>Crescini</t>
+  </si>
+  <si>
+    <t>Wilmer</t>
+  </si>
+  <si>
+    <t>Singuut</t>
+  </si>
+  <si>
+    <t>Sujoko</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SUJOKO </t>
+  </si>
+  <si>
+    <t>Nguyễn Hùng Cường</t>
+  </si>
+  <si>
+    <t>Chester</t>
+  </si>
+  <si>
+    <t>Cheong Wentan</t>
+  </si>
+  <si>
+    <t>Johan</t>
+  </si>
+  <si>
+    <t>Olsson</t>
+  </si>
+  <si>
+    <t>Sweden</t>
+  </si>
+  <si>
+    <t>Fouchard</t>
+  </si>
+  <si>
+    <t>Tomoo</t>
+  </si>
+  <si>
+    <t>Nishiyama</t>
+  </si>
+  <si>
+    <t>YOUICHIROU NEDISHI</t>
+  </si>
+  <si>
+    <t>Taweewit</t>
+  </si>
+  <si>
+    <t>Taweeset</t>
+  </si>
+  <si>
+    <t>Huy Hung</t>
+  </si>
+  <si>
+    <t>Mai</t>
+  </si>
+  <si>
+    <t>Kho</t>
+  </si>
+  <si>
+    <t>Guan Kheng</t>
+  </si>
+  <si>
+    <t>Edit</t>
+  </si>
+  <si>
+    <t>Tomex</t>
+  </si>
+  <si>
+    <t>Loo Huei</t>
+  </si>
+  <si>
+    <t>Soonyong</t>
+  </si>
+  <si>
+    <t>Shin</t>
+  </si>
+  <si>
     <t>Edmond</t>
   </si>
   <si>
     <t>Gusui</t>
   </si>
   <si>
-    <t>Kho</t>
-[...115 lines deleted...]
-  <si>
     <t>ARAI</t>
   </si>
   <si>
     <t>AKIRA</t>
   </si>
   <si>
     <t>Ing Hui</t>
   </si>
   <si>
     <t>Ko</t>
   </si>
   <si>
-    <t>Phạm Thanh Tuấn</t>
-[...11 lines deleted...]
-    <t>Lam</t>
+    <t>Agus Wisnu</t>
+  </si>
+  <si>
+    <t>ANG LI BIN</t>
   </si>
   <si>
     <t>Jun Hyung</t>
   </si>
   <si>
     <t>Go</t>
-  </si>
-[...16 lines deleted...]
-    <t>Gunawan Antonius</t>
   </si>
   <si>
     <t>MICAH
 GOODEN</t>
   </si>
   <si>
+    <t>Ka Shu</t>
+  </si>
+  <si>
+    <t>Lam</t>
+  </si>
+  <si>
+    <t>SENG LIP</t>
+  </si>
+  <si>
+    <t>KU</t>
+  </si>
+  <si>
+    <t>Yuttakarn</t>
+  </si>
+  <si>
+    <t>Kusonmamit</t>
+  </si>
+  <si>
     <t>MOHD HATTA WAHAB</t>
   </si>
   <si>
+    <t>MOHD HAKIME</t>
+  </si>
+  <si>
+    <t>ROSLE</t>
+  </si>
+  <si>
+    <t>Paul</t>
+  </si>
+  <si>
+    <t>Gunawan Antonius</t>
+  </si>
+  <si>
+    <t>Romando</t>
+  </si>
+  <si>
+    <t>Cumahling</t>
+  </si>
+  <si>
+    <t>Nguyễn Hiền Đệ</t>
+  </si>
+  <si>
+    <t>Mai Quang Trung</t>
+  </si>
+  <si>
+    <t>Wai Lun</t>
+  </si>
+  <si>
+    <t>Mok</t>
+  </si>
+  <si>
+    <t>FUMIHIRO</t>
+  </si>
+  <si>
+    <t>TATEISHI</t>
+  </si>
+  <si>
+    <t>Mekloi</t>
+  </si>
+  <si>
+    <t>Narongrit</t>
+  </si>
+  <si>
+    <t>Phạm Thanh Tuấn</t>
+  </si>
+  <si>
+    <t>Dick Jason</t>
+  </si>
+  <si>
+    <t>Jason</t>
+  </si>
+  <si>
+    <t>Yoga</t>
+  </si>
+  <si>
+    <t>YOGA E.P.R.</t>
+  </si>
+  <si>
+    <t>Nguyễn Hải Trung</t>
+  </si>
+  <si>
+    <t>Sebastien</t>
+  </si>
+  <si>
+    <t>Guinel</t>
+  </si>
+  <si>
+    <t>hiroyoshi　tamura</t>
+  </si>
+  <si>
+    <t>Jhon</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Serfino </t>
+  </si>
+  <si>
+    <t>Santi</t>
+  </si>
+  <si>
+    <t>Supawatvimol</t>
+  </si>
+  <si>
     <t>Hai Dang</t>
   </si>
   <si>
     <t>Phan</t>
   </si>
   <si>
     <t>Christine</t>
   </si>
   <si>
     <t>MONTUYA</t>
   </si>
   <si>
-    <t>MOHD HAKIME</t>
-[...68 lines deleted...]
-    <t>Narongrit</t>
+    <t>KUNIHIKO</t>
+  </si>
+  <si>
+    <t>SAITO</t>
   </si>
   <si>
     <t>Jalaluddin Salahuddin</t>
   </si>
   <si>
     <t>Din</t>
   </si>
   <si>
-    <t>KUNIHIKO</t>
-[...2 lines deleted...]
-    <t>SAITO</t>
+    <t>Trần Thái Vỹ</t>
+  </si>
+  <si>
+    <t>Yasry</t>
+  </si>
+  <si>
+    <t>Ferdi</t>
+  </si>
+  <si>
+    <t>Firmansjah</t>
+  </si>
+  <si>
+    <t>Kilian</t>
+  </si>
+  <si>
+    <t>Nielsen</t>
+  </si>
+  <si>
+    <t>Akol Richard</t>
   </si>
   <si>
     <t>CHOO AIK</t>
   </si>
   <si>
     <t>KHONG</t>
   </si>
   <si>
+    <t>Dinh Huu Chuong</t>
+  </si>
+  <si>
+    <t>Muhammad</t>
+  </si>
+  <si>
+    <t>Ilham</t>
+  </si>
+  <si>
+    <t>TAKESHI　FUJISHIMA</t>
+  </si>
+  <si>
     <t>Dante</t>
   </si>
   <si>
     <t>Sagayap</t>
   </si>
   <si>
+    <t>Boonlue</t>
+  </si>
+  <si>
+    <t>Chomkae</t>
+  </si>
+  <si>
+    <t>Fharian</t>
+  </si>
+  <si>
+    <t>Tino</t>
+  </si>
+  <si>
+    <t>Thanh Giang</t>
+  </si>
+  <si>
+    <t>Muoi</t>
+  </si>
+  <si>
+    <t>Đỗ</t>
+  </si>
+  <si>
+    <t>Nguyễn Quang Văn</t>
+  </si>
+  <si>
+    <t>LEE Sang Jun</t>
+  </si>
+  <si>
+    <t>Piter</t>
+  </si>
+  <si>
+    <t>Siangjaya</t>
+  </si>
+  <si>
+    <t>Augustine Chin</t>
+  </si>
+  <si>
+    <t>Fook Peng</t>
+  </si>
+  <si>
+    <t>Ho Yin Adrian</t>
+  </si>
+  <si>
+    <t>Tang</t>
+  </si>
+  <si>
+    <t>John Eruel</t>
+  </si>
+  <si>
+    <t>Oquino</t>
+  </si>
+  <si>
+    <t>Bryan</t>
+  </si>
+  <si>
+    <t>YEOH ZHI YONG</t>
+  </si>
+  <si>
+    <t>Thomas</t>
+  </si>
+  <si>
+    <t>Robson</t>
+  </si>
+  <si>
+    <t>Eric</t>
+  </si>
+  <si>
+    <t>Le Roux</t>
+  </si>
+  <si>
+    <t>Nguyễn Xuân Liên</t>
+  </si>
+  <si>
     <t>HIROSHI</t>
   </si>
   <si>
     <t>SASHIYAMA</t>
   </si>
   <si>
-    <t>Yasry</t>
-[...4 lines deleted...]
-  <si>
     <t>Wadeesirisak</t>
   </si>
   <si>
     <t>Suriyo</t>
   </si>
   <si>
-    <t>Trần Thái Vỹ</t>
-[...95 lines deleted...]
-    <t>Ilham</t>
+    <t>YODA</t>
   </si>
   <si>
     <t>Jirod</t>
   </si>
   <si>
     <t>Bunahai</t>
   </si>
   <si>
-    <t>YODA</t>
-[...10 lines deleted...]
-  <si>
     <t xml:space="preserve">Cho Kai </t>
   </si>
   <si>
     <t>Phua</t>
   </si>
   <si>
-    <t>Nguyễn Ngọc Thắng</t>
+    <t>Tim</t>
+  </si>
+  <si>
+    <t>Marchant</t>
+  </si>
+  <si>
+    <t>Vũ Ngọc Khoa Khoa Ngoc</t>
+  </si>
+  <si>
+    <t>SHINGO</t>
+  </si>
+  <si>
+    <t>NISHIMORI</t>
+  </si>
+  <si>
+    <t>Wala</t>
+  </si>
+  <si>
+    <t>Komkrit</t>
+  </si>
+  <si>
+    <t>Karman</t>
+  </si>
+  <si>
+    <t>Syamsunar</t>
   </si>
   <si>
     <t>Chong Chi</t>
   </si>
   <si>
     <t>Yan Chew</t>
   </si>
   <si>
     <t>Jing</t>
-  </si>
-[...40 lines deleted...]
-    <t>PARK Hyung-Keun</t>
   </si>
   <si>
     <t>NARONG
 JUNTARUX</t>
   </si>
   <si>
-    <t>Tim</t>
-[...2 lines deleted...]
-    <t>Marchant</t>
+    <t>eko</t>
+  </si>
+  <si>
+    <t>septiandani</t>
+  </si>
+  <si>
+    <t>TOMOYA　KANNO</t>
   </si>
   <si>
     <t>Pontakorn</t>
   </si>
   <si>
     <t>Jhonsamer</t>
   </si>
   <si>
     <t>Cong Bien</t>
   </si>
   <si>
     <t>Dương</t>
   </si>
   <si>
+    <t>Lê Trọng</t>
+  </si>
+  <si>
+    <t>Romeo</t>
+  </si>
+  <si>
+    <t>Dimier</t>
+  </si>
+  <si>
+    <t>Triyadi</t>
+  </si>
+  <si>
+    <t>Nguyễn Ngọc Thắng</t>
+  </si>
+  <si>
+    <t>PARK Hyung-Keun</t>
+  </si>
+  <si>
+    <t>Ganda</t>
+  </si>
+  <si>
+    <t>Kristyandhi</t>
+  </si>
+  <si>
     <t>SHUICHI</t>
   </si>
   <si>
     <t>HORIE</t>
   </si>
   <si>
-    <t>Trung Kien</t>
-[...5 lines deleted...]
-    <t>LEONG JING SHEN</t>
+    <t>Nguyễn Thành Nam</t>
+  </si>
+  <si>
+    <t>Damien Joel</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Thomas </t>
+  </si>
+  <si>
+    <t>Anafiah</t>
+  </si>
+  <si>
+    <t>Adrien</t>
+  </si>
+  <si>
+    <t>Dedieu</t>
+  </si>
+  <si>
+    <t>Phan Ngọc Thành</t>
+  </si>
+  <si>
+    <t>Jonathan Jr Gegato</t>
+  </si>
+  <si>
+    <t>JEON Yongbae</t>
   </si>
   <si>
     <t>Dedik</t>
   </si>
   <si>
-    <t>Jonathan Jr Gegato</t>
+    <t>Ramsey</t>
+  </si>
+  <si>
+    <t>VILLANUEVA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TEOH </t>
+  </si>
+  <si>
+    <t>CHIN TECK</t>
+  </si>
+  <si>
+    <t>Jacknoiel Mikol</t>
   </si>
   <si>
     <t>Wayan Wisnaya</t>
   </si>
   <si>
-    <t>JEON Yongbae</t>
-[...5 lines deleted...]
-    <t>JAITA</t>
+    <t>TAMIE</t>
+  </si>
+  <si>
+    <t>TSUKADA</t>
   </si>
   <si>
     <t>Yohan</t>
   </si>
   <si>
     <t>Duflos</t>
   </si>
   <si>
-    <t>Damien Joel</t>
-[...29 lines deleted...]
-    <t>TSUKADA</t>
+    <t>Nguyễn Thanh Phong</t>
   </si>
   <si>
     <t>MAN
 SEEMOROS</t>
   </si>
   <si>
-    <t>Ramsey</t>
-[...2 lines deleted...]
-    <t>VILLANUEVA</t>
+    <t>Pathomnatikul</t>
+  </si>
+  <si>
+    <t>Verachai</t>
+  </si>
+  <si>
+    <t>Kin Ming</t>
+  </si>
+  <si>
+    <t>Cheung</t>
+  </si>
+  <si>
+    <t>Lem Chee</t>
+  </si>
+  <si>
+    <t>Trung Kien</t>
+  </si>
+  <si>
+    <t>Christopher</t>
+  </si>
+  <si>
+    <t>Bataller</t>
   </si>
   <si>
     <t>Randika</t>
   </si>
   <si>
     <t>Vinsa</t>
   </si>
   <si>
-    <t>Jacknoiel Mikol</t>
-[...5 lines deleted...]
-    <t>Bataller</t>
+    <t>KOSUKE　YAMAGATA</t>
+  </si>
+  <si>
+    <t>LEONG JING SHEN</t>
+  </si>
+  <si>
+    <t>Noel</t>
+  </si>
+  <si>
+    <t>Cardines</t>
+  </si>
+  <si>
+    <t>PANUPONG</t>
+  </si>
+  <si>
+    <t>JAITA</t>
   </si>
   <si>
     <t>YIK</t>
   </si>
   <si>
     <t>LAU</t>
   </si>
   <si>
-    <t>Noel</t>
-[...20 lines deleted...]
-    <t>Dedieu</t>
+    <t>Sebrey Jen Bin</t>
+  </si>
+  <si>
+    <t>Sompit</t>
   </si>
   <si>
     <t>JIRO</t>
   </si>
   <si>
     <t>NASHIMOTO</t>
   </si>
   <si>
-    <t>Sebrey Jen Bin</t>
-[...2 lines deleted...]
-    <t>Sompit</t>
+    <t>Ngoc Dat</t>
+  </si>
+  <si>
+    <t>WENG FAI YIM</t>
+  </si>
+  <si>
+    <t>Kawinda</t>
+  </si>
+  <si>
+    <t>HIROYUKI　MATSUURA</t>
+  </si>
+  <si>
+    <t>LEE SWEE BOON</t>
+  </si>
+  <si>
+    <t>Marlon</t>
+  </si>
+  <si>
+    <t>Rojo</t>
+  </si>
+  <si>
+    <t>Nisit</t>
+  </si>
+  <si>
+    <t>Janpromchoo</t>
   </si>
   <si>
     <t>Kaichun</t>
   </si>
   <si>
+    <t>Van Daele Kris</t>
+  </si>
+  <si>
+    <t>Hoàng Thế Công</t>
+  </si>
+  <si>
+    <t>Ali</t>
+  </si>
+  <si>
+    <t>Hilary James Tambolero</t>
+  </si>
+  <si>
+    <t>CHANG Hongsun</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Abraham </t>
+  </si>
+  <si>
+    <t>Sunarno (Brams)</t>
+  </si>
+  <si>
+    <t>Arfel John</t>
+  </si>
+  <si>
+    <t>BILBAO</t>
+  </si>
+  <si>
+    <t>TETSUYA</t>
+  </si>
+  <si>
+    <t>NATSUME</t>
+  </si>
+  <si>
+    <t>SHAHIR</t>
+  </si>
+  <si>
+    <t>AMAN</t>
+  </si>
+  <si>
+    <t>Jackreend Jee</t>
+  </si>
+  <si>
+    <t>Dos</t>
+  </si>
+  <si>
     <t>O’Connell</t>
   </si>
   <si>
-    <t>Van Daele Kris</t>
-[...5 lines deleted...]
-    <t>Rojo</t>
+    <t>Taito</t>
+  </si>
+  <si>
+    <t>Yasukochi</t>
+  </si>
+  <si>
+    <t>Shintaro Mitsui</t>
   </si>
   <si>
     <t>JETTASIK
 WATTANASING</t>
   </si>
   <si>
     <t>Thanh Lâm Lâm</t>
   </si>
   <si>
-    <t>Ali</t>
-[...1 lines deleted...]
-  <si>
     <t>Võ Hồ Thanh Chính</t>
   </si>
   <si>
-    <t>Ngoc Dat</t>
-[...65 lines deleted...]
-    <t>Kawinda</t>
+    <t>Pacot</t>
   </si>
   <si>
     <t>HIROKI</t>
   </si>
   <si>
     <t>MAKABE</t>
   </si>
   <si>
-    <t>Pacot</t>
-[...14 lines deleted...]
-    <t>OTHMAN</t>
+    <t>Pili</t>
+  </si>
+  <si>
+    <t>Hu</t>
   </si>
   <si>
     <t>Zaidy</t>
   </si>
   <si>
     <t>Yahaya</t>
-  </si>
-[...34 lines deleted...]
-    <t>Ferry Kangsadjaja</t>
   </si>
   <si>
     <t>KUM
 KIM HENG</t>
   </si>
   <si>
     <t>Nguyễn Hoài Nam</t>
   </si>
   <si>
+    <t>Nguyễn Đức Hiệp</t>
+  </si>
+  <si>
+    <t>Nguyen Khac Chien</t>
+  </si>
+  <si>
+    <t>KEAN BOON YEOH</t>
+  </si>
+  <si>
+    <t>Trương Công Thịnh</t>
+  </si>
+  <si>
+    <t>Ibrahim</t>
+  </si>
+  <si>
+    <t>Krisna</t>
+  </si>
+  <si>
+    <t>JUN　OGASAWARA</t>
+  </si>
+  <si>
+    <t>John Rhodel</t>
+  </si>
+  <si>
+    <t>Enriquez</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kritkanok </t>
+  </si>
+  <si>
+    <t>Samavardhana</t>
+  </si>
+  <si>
+    <t>wing to</t>
+  </si>
+  <si>
+    <t>chan</t>
+  </si>
+  <si>
+    <t>Vương Trường Giang</t>
+  </si>
+  <si>
+    <t>Ferry Kangsadjaja</t>
+  </si>
+  <si>
+    <t>Lien Ping Adrian</t>
+  </si>
+  <si>
+    <t>Trần Trọng Văn</t>
+  </si>
+  <si>
     <t>Suryanto</t>
   </si>
   <si>
-    <t>Lien Ping Adrian</t>
-[...10 lines deleted...]
-  <si>
     <t xml:space="preserve">LIM Wonbin </t>
   </si>
   <si>
-    <t>Pili</t>
-[...14 lines deleted...]
-    <t>Vương Trường Giang</t>
+    <t>Giovanni</t>
+  </si>
+  <si>
+    <t>RABAÑO</t>
+  </si>
+  <si>
+    <t>TAISHI</t>
+  </si>
+  <si>
+    <t>GOTO</t>
+  </si>
+  <si>
+    <t>THONGKUM</t>
+  </si>
+  <si>
+    <t>YOOTTAPOOM</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FARIS </t>
+  </si>
+  <si>
+    <t>OTHMAN</t>
+  </si>
+  <si>
+    <t>YOSHIKUNI</t>
+  </si>
+  <si>
+    <t>HOSOYA</t>
   </si>
   <si>
     <t>Chu</t>
   </si>
   <si>
     <t>Chat Shan</t>
   </si>
   <si>
-    <t>YOSHIKUNI</t>
-[...8 lines deleted...]
-    <t>DAVID SEE TECK WEE</t>
+    <t>Trần Văn Triệu</t>
+  </si>
+  <si>
+    <t>Brillantes</t>
+  </si>
+  <si>
+    <t>Kee Ming</t>
+  </si>
+  <si>
+    <t>Mohamad Farid Omardin</t>
+  </si>
+  <si>
+    <t>Hartanto</t>
   </si>
   <si>
     <t>Jerrson</t>
   </si>
   <si>
     <t>Botea</t>
   </si>
   <si>
     <t>KIM Jae Kwang</t>
   </si>
   <si>
+    <t>ITSUKI</t>
+  </si>
+  <si>
+    <t>SHIROMARU</t>
+  </si>
+  <si>
     <t>Horace</t>
   </si>
   <si>
     <t>Szeto</t>
   </si>
   <si>
-    <t>Lê Quang Đẳng</t>
-[...25 lines deleted...]
-  <si>
     <t>Derrie</t>
   </si>
   <si>
     <t>Dolius</t>
-  </si>
-[...25 lines deleted...]
-    <t>Sidin</t>
   </si>
   <si>
     <t>KIRATI
 KITTICHANCHAI</t>
   </si>
   <si>
     <t>Nguyễn Văn Nga</t>
   </si>
   <si>
-    <t>Brillantes</t>
-[...5 lines deleted...]
-    <t>Kee Ming</t>
+    <t>Rawandi</t>
+  </si>
+  <si>
+    <t>Sidin</t>
   </si>
   <si>
     <t>Nguyen Huu Tri</t>
   </si>
   <si>
     <t>Trần Thanh Tân</t>
   </si>
   <si>
+    <t>ADAN MOHD ALI</t>
+  </si>
+  <si>
+    <t>Lê Quang Đẳng</t>
+  </si>
+  <si>
+    <t>Irifki</t>
+  </si>
+  <si>
+    <t>MASAKATSU　SUZUKI</t>
+  </si>
+  <si>
+    <t>DAVID SEE TECK WEE</t>
+  </si>
+  <si>
+    <t>Do Duy</t>
+  </si>
+  <si>
+    <t>Luan</t>
+  </si>
+  <si>
+    <t>Peter Jr.</t>
+  </si>
+  <si>
+    <t>De Mabasa</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Chairat </t>
+  </si>
+  <si>
+    <t>Chaiyakham</t>
+  </si>
+  <si>
+    <t>Chun Him</t>
+  </si>
+  <si>
+    <t>Anatoli</t>
+  </si>
+  <si>
+    <t>Marbun</t>
+  </si>
+  <si>
+    <t>Tran Trong Nhan</t>
+  </si>
+  <si>
+    <t>Muhammad Syahrudin</t>
+  </si>
+  <si>
+    <t>YEW YUN YAM</t>
+  </si>
+  <si>
+    <t>Andi Eka Karya</t>
+  </si>
+  <si>
+    <t>Eka</t>
+  </si>
+  <si>
+    <t>Jun　Kawamata</t>
+  </si>
+  <si>
+    <t>YONG YUN JIE</t>
+  </si>
+  <si>
+    <t>Mike</t>
+  </si>
+  <si>
+    <t>Narciso</t>
+  </si>
+  <si>
+    <t>Cong</t>
+  </si>
+  <si>
+    <t>Wai Yiu</t>
+  </si>
+  <si>
+    <t>Nguyễn Huy Hoàng</t>
+  </si>
+  <si>
+    <t>Nguyễn Tuấn An</t>
+  </si>
+  <si>
+    <t>Trevor</t>
+  </si>
+  <si>
+    <t>Gomes</t>
+  </si>
+  <si>
+    <t>Antoni</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HWANG Yonghwan </t>
+  </si>
+  <si>
+    <t>YUTARO</t>
+  </si>
+  <si>
+    <t>HATA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MOHAMAD SHAFIQ </t>
+  </si>
+  <si>
+    <t>ZAMIER</t>
+  </si>
+  <si>
+    <t>Daniel</t>
+  </si>
+  <si>
+    <t>Fabian</t>
+  </si>
+  <si>
     <t>Phongsraphang</t>
-  </si>
-[...7 lines deleted...]
-    <t>Narciso</t>
   </si>
   <si>
     <t>CHAMRUS
 CHONGSARA</t>
   </si>
   <si>
     <t>Bùi Minh Thành</t>
   </si>
   <si>
-    <t>Antoni</t>
-[...56 lines deleted...]
-    <t>Eka</t>
+    <t>Donny</t>
+  </si>
+  <si>
+    <t>Ginsu</t>
+  </si>
+  <si>
+    <t>Gozems</t>
+  </si>
+  <si>
+    <t>Eduardo</t>
+  </si>
+  <si>
+    <t>Jr. Fuentes</t>
+  </si>
+  <si>
+    <t>MADE BUDIANA</t>
+  </si>
+  <si>
+    <t>Daive</t>
+  </si>
+  <si>
+    <t>Emberga</t>
+  </si>
+  <si>
+    <t>Izuwa</t>
+  </si>
+  <si>
+    <t>Hiromu</t>
+  </si>
+  <si>
+    <t>Henry Kudther</t>
+  </si>
+  <si>
+    <t>Gungat</t>
+  </si>
+  <si>
+    <t>ste</t>
+  </si>
+  <si>
+    <t>boymau</t>
+  </si>
+  <si>
+    <t>SHIGERU　OTANI</t>
+  </si>
+  <si>
+    <t>HIEW VEE KEE</t>
+  </si>
+  <si>
+    <t>Dela Pena</t>
+  </si>
+  <si>
+    <t>Nelson</t>
+  </si>
+  <si>
+    <t>Ferrera</t>
+  </si>
+  <si>
+    <t>Siu Ho</t>
+  </si>
+  <si>
+    <t>Garnier</t>
+  </si>
+  <si>
+    <t>KANG Daecheol</t>
+  </si>
+  <si>
+    <t>Au Manh Toan</t>
   </si>
   <si>
     <t>ATSUSHI</t>
   </si>
   <si>
     <t>KAMATA</t>
   </si>
   <si>
-    <t>MADE BUDIANA</t>
-[...1 lines deleted...]
-  <si>
     <t>Chandru</t>
   </si>
   <si>
     <t>Sockalingam</t>
   </si>
   <si>
-    <t>Donny</t>
-[...55 lines deleted...]
-  <si>
     <t>Kris</t>
   </si>
   <si>
     <t>van Daele</t>
   </si>
   <si>
-    <t>KANG Daecheol</t>
-[...5 lines deleted...]
-    <t>Jr. Fuentes</t>
+    <t>Sam</t>
+  </si>
+  <si>
+    <t>Bartram</t>
   </si>
   <si>
     <t>Nguyen Phi Hung</t>
   </si>
   <si>
     <t>Nicolas</t>
   </si>
   <si>
     <t>Clauzet</t>
   </si>
   <si>
-    <t>Sam</t>
-[...2 lines deleted...]
-    <t>Bartram</t>
+    <t>Will</t>
+  </si>
+  <si>
+    <t>Hayward</t>
+  </si>
+  <si>
+    <t>Sazali</t>
+  </si>
+  <si>
+    <t>Suzin</t>
+  </si>
+  <si>
+    <t>JUANITO</t>
+  </si>
+  <si>
+    <t>CENTINO</t>
+  </si>
+  <si>
+    <t>Ellis</t>
+  </si>
+  <si>
+    <t>Renton</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Yap</t>
+  </si>
+  <si>
+    <t>Yih Kin</t>
+  </si>
+  <si>
+    <t>Loke</t>
+  </si>
+  <si>
+    <t>Min Jie Alvin Tan</t>
+  </si>
+  <si>
+    <t>Chong</t>
+  </si>
+  <si>
+    <t>Chaiwuth</t>
+  </si>
+  <si>
+    <t>Limpanitivat</t>
+  </si>
+  <si>
+    <t>Kahhow</t>
+  </si>
+  <si>
+    <t>Jerry</t>
+  </si>
+  <si>
+    <t>Lozitin</t>
+  </si>
+  <si>
+    <t>William</t>
+  </si>
+  <si>
+    <t>Clinton</t>
+  </si>
+  <si>
+    <t>Joe</t>
+  </si>
+  <si>
+    <t>Tatto</t>
+  </si>
+  <si>
+    <t>Saiful Anuar</t>
+  </si>
+  <si>
+    <t>Ahmad Shariff</t>
+  </si>
+  <si>
+    <t>Hall Jr</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Shamsul Kamarul Adzrin </t>
+  </si>
+  <si>
+    <t>Charles Mayer Lim</t>
+  </si>
+  <si>
+    <t>Benedicto</t>
+  </si>
+  <si>
+    <t>CHEN YON ON</t>
+  </si>
+  <si>
+    <t>Abdul Rahman</t>
+  </si>
+  <si>
+    <t>Muhammad Ishak</t>
   </si>
   <si>
     <t>Castañeda Jux Monciar</t>
   </si>
   <si>
+    <t>Laraila</t>
+  </si>
+  <si>
+    <t>Layai</t>
+  </si>
+  <si>
+    <t>Talingting</t>
+  </si>
+  <si>
+    <t>TERRY LOH</t>
+  </si>
+  <si>
+    <t>Elias</t>
+  </si>
+  <si>
+    <t>Elaine</t>
+  </si>
+  <si>
+    <t>Stephane</t>
+  </si>
+  <si>
+    <t>Herve</t>
+  </si>
+  <si>
+    <t>Dusseldorf Ray</t>
+  </si>
+  <si>
+    <t>Uy</t>
+  </si>
+  <si>
+    <t>Ryota</t>
+  </si>
+  <si>
+    <t>ALEXSANDER BALANGA</t>
+  </si>
+  <si>
+    <t>Edward Wee Yang Lim</t>
+  </si>
+  <si>
+    <t>Hilbert</t>
+  </si>
+  <si>
+    <t>Orpiada</t>
+  </si>
+  <si>
+    <t>Alexsander</t>
+  </si>
+  <si>
+    <t>Balanga</t>
+  </si>
+  <si>
+    <t>Joffrey</t>
+  </si>
+  <si>
+    <t>Czarny</t>
+  </si>
+  <si>
+    <t>HAN DING YI</t>
+  </si>
+  <si>
+    <t>Cheng Hoe Lim</t>
+  </si>
+  <si>
+    <t>Tuck Meng</t>
+  </si>
+  <si>
+    <t>YONG CHEE SHION</t>
+  </si>
+  <si>
+    <t>Jariman</t>
+  </si>
+  <si>
+    <t>Meljohn</t>
+  </si>
+  <si>
+    <t>Tezon</t>
+  </si>
+  <si>
+    <t>Arron</t>
+  </si>
+  <si>
+    <t>Amit</t>
+  </si>
+  <si>
+    <t>Duc Tuan Pham</t>
+  </si>
+  <si>
+    <t>Loimin</t>
+  </si>
+  <si>
+    <t>Gonsu</t>
+  </si>
+  <si>
+    <t>Kenneth John</t>
+  </si>
+  <si>
+    <t>FLORES</t>
+  </si>
+  <si>
+    <t>LANTERNO</t>
+  </si>
+  <si>
+    <t>Alfie</t>
+  </si>
+  <si>
+    <t>Mendoza</t>
+  </si>
+  <si>
+    <t>Nelvin</t>
+  </si>
+  <si>
+    <t>SERFINO</t>
+  </si>
+  <si>
+    <t>Romualdus</t>
+  </si>
+  <si>
+    <t>Mijin</t>
+  </si>
+  <si>
+    <t>TATSURO</t>
+  </si>
+  <si>
+    <t>KOBAYASHI</t>
+  </si>
+  <si>
+    <t>Nonato Alfredo</t>
+  </si>
+  <si>
+    <t>Peralta Jr</t>
+  </si>
+  <si>
+    <t>Azrul</t>
+  </si>
+  <si>
+    <t>Muzri</t>
+  </si>
+  <si>
+    <t>Jovane</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ADAM </t>
+  </si>
+  <si>
+    <t>Jikson</t>
+  </si>
+  <si>
+    <t>Jalis</t>
+  </si>
+  <si>
+    <t>TOSHIKI</t>
+  </si>
+  <si>
+    <t>SUZUKI</t>
+  </si>
+  <si>
+    <t>Domel Quibranta</t>
+  </si>
+  <si>
+    <t>Hamdan</t>
+  </si>
+  <si>
+    <t>Bin Mohd Noor</t>
+  </si>
+  <si>
+    <t>Paizle</t>
+  </si>
+  <si>
+    <t>Nurdin</t>
+  </si>
+  <si>
+    <t>Blanche Santos</t>
+  </si>
+  <si>
+    <t>Kamal</t>
+  </si>
+  <si>
+    <t>Mohd Yunus</t>
+  </si>
+  <si>
+    <t>Vandam Serfino</t>
+  </si>
+  <si>
+    <t>Handa Lim</t>
+  </si>
+  <si>
+    <t>Saradli</t>
+  </si>
+  <si>
+    <t>Arsat</t>
+  </si>
+  <si>
+    <t>Weng Hoe Low</t>
+  </si>
+  <si>
+    <t>Wei Guan</t>
+  </si>
+  <si>
+    <t>Reggie</t>
+  </si>
+  <si>
+    <t>Chua</t>
+  </si>
+  <si>
+    <t>Derek</t>
+  </si>
+  <si>
+    <t>Molvin</t>
+  </si>
+  <si>
+    <t>Yap</t>
+  </si>
+  <si>
+    <t>Kok Cheu</t>
+  </si>
+  <si>
+    <t>Rayner</t>
+  </si>
+  <si>
+    <t>Damian</t>
+  </si>
+  <si>
+    <t>Emannuel</t>
+  </si>
+  <si>
+    <t>C. Manongsong</t>
+  </si>
+  <si>
+    <t>Raymond</t>
+  </si>
+  <si>
+    <t>Henry Joe</t>
+  </si>
+  <si>
+    <t>Cotillon</t>
+  </si>
+  <si>
+    <t>Munintaran</t>
+  </si>
+  <si>
+    <t>Sundram</t>
+  </si>
+  <si>
+    <t>Mohd Puzi</t>
+  </si>
+  <si>
+    <t>Dolah</t>
+  </si>
+  <si>
+    <t>Excellent De</t>
+  </si>
+  <si>
+    <t>Bonny</t>
+  </si>
+  <si>
+    <t>Peralta</t>
+  </si>
+  <si>
+    <t>Mohd Erwan</t>
+  </si>
+  <si>
+    <t>Kassim</t>
+  </si>
+  <si>
+    <t>Ernest</t>
+  </si>
+  <si>
+    <t>Hilvano</t>
+  </si>
+  <si>
+    <t>FELIX NG KHAY TIAN</t>
+  </si>
+  <si>
+    <t>Joseph Rudyard</t>
+  </si>
+  <si>
+    <t>Malinao</t>
+  </si>
+  <si>
+    <t>Carlos Jr.</t>
+  </si>
+  <si>
+    <t>Fornis</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hiroya </t>
+  </si>
+  <si>
+    <t>Kon</t>
+  </si>
+  <si>
+    <t>WOON YEW KEONG</t>
+  </si>
+  <si>
+    <t>Chan King Hon</t>
+  </si>
+  <si>
+    <t>Nick Pilapil</t>
+  </si>
+  <si>
+    <t>Loveion</t>
+  </si>
+  <si>
+    <t>Vinh Thang Nguyen</t>
+  </si>
+  <si>
+    <t>Ray Neil</t>
+  </si>
+  <si>
+    <t>Caminong</t>
+  </si>
+  <si>
+    <t>WONG FOOK CHUEN</t>
+  </si>
+  <si>
+    <t>Yih Kin Loke</t>
+  </si>
+  <si>
+    <t>Hamzah</t>
+  </si>
+  <si>
+    <t>Minggu</t>
+  </si>
+  <si>
+    <t>Paolo</t>
+  </si>
+  <si>
+    <t>Cabafranca</t>
+  </si>
+  <si>
+    <t>YONG CHAN LING</t>
+  </si>
+  <si>
+    <t>Hendry</t>
+  </si>
+  <si>
+    <t>Simon Kuntad</t>
+  </si>
+  <si>
+    <t>Mohd Azmee</t>
+  </si>
+  <si>
+    <t>Dullah</t>
+  </si>
+  <si>
+    <t>Phatthara</t>
+  </si>
+  <si>
+    <t>Nakkarapibran</t>
+  </si>
+  <si>
+    <t>Lit Koon</t>
+  </si>
+  <si>
+    <t>Hon</t>
+  </si>
+  <si>
+    <t>MOCA</t>
+  </si>
+  <si>
+    <t>Mohd Fadly</t>
+  </si>
+  <si>
+    <t>Bin Ab Ghani Hisyam</t>
+  </si>
+  <si>
+    <t>JONES</t>
+  </si>
+  <si>
+    <t>Ian Bartolome</t>
+  </si>
+  <si>
+    <t>CLARITO</t>
+  </si>
+  <si>
+    <t>Guankheng</t>
+  </si>
+  <si>
+    <t>JUN</t>
+  </si>
+  <si>
+    <t>HATTORI</t>
+  </si>
+  <si>
+    <t>Jux Castaeda</t>
+  </si>
+  <si>
+    <t>Hock Chai</t>
+  </si>
+  <si>
+    <t>John Kenneth</t>
+  </si>
+  <si>
+    <t>SOLONIA</t>
+  </si>
+  <si>
+    <t>Pet Brianus</t>
+  </si>
+  <si>
+    <t>Goh</t>
+  </si>
+  <si>
+    <t>SHIN</t>
+  </si>
+  <si>
+    <t>Werner</t>
+  </si>
+  <si>
+    <t>Cruz</t>
+  </si>
+  <si>
+    <t>Jan</t>
+  </si>
+  <si>
+    <t>Shim</t>
+  </si>
+  <si>
+    <t>Muhamad Nizam</t>
+  </si>
+  <si>
+    <t>Muhamad Sade</t>
+  </si>
+  <si>
+    <t>KIYOAKI</t>
+  </si>
+  <si>
+    <t>TAKASHINA</t>
+  </si>
+  <si>
+    <t>Khmer Erwin Chavez</t>
+  </si>
+  <si>
+    <t>Choon Keat</t>
+  </si>
+  <si>
+    <t>Ong</t>
+  </si>
+  <si>
+    <t>Ngurah Meiada</t>
+  </si>
+  <si>
+    <t>Sjaak</t>
+  </si>
+  <si>
+    <t>Kuin</t>
+  </si>
+  <si>
+    <t>Lawrence</t>
+  </si>
+  <si>
+    <t>Hoo</t>
+  </si>
+  <si>
+    <t>Azlan</t>
+  </si>
+  <si>
+    <t>Berso</t>
+  </si>
+  <si>
+    <t>Mark Andrew</t>
+  </si>
+  <si>
+    <t>Melgar</t>
+  </si>
+  <si>
+    <t>Nirmal Kumar</t>
+  </si>
+  <si>
+    <t>Rai</t>
+  </si>
+  <si>
+    <t>Azman</t>
+  </si>
+  <si>
+    <t>Abd Rashid</t>
+  </si>
+  <si>
+    <t>Hong Yeong Low</t>
+  </si>
+  <si>
+    <t>Johnny</t>
+  </si>
+  <si>
+    <t>Rubbin</t>
+  </si>
+  <si>
+    <t>King Hon</t>
+  </si>
+  <si>
+    <t>Ridwan</t>
+  </si>
+  <si>
+    <t>Pallawagau</t>
+  </si>
+  <si>
+    <t>Fadly</t>
+  </si>
+  <si>
+    <t>Ismael</t>
+  </si>
+  <si>
+    <t>Belo</t>
+  </si>
+  <si>
+    <t>Lorenzo</t>
+  </si>
+  <si>
+    <t>Rosoff</t>
+  </si>
+  <si>
+    <t>Reinaldo</t>
+  </si>
+  <si>
+    <t>Jumonis</t>
+  </si>
+  <si>
+    <t>Dexter</t>
+  </si>
+  <si>
+    <t>Gaas</t>
+  </si>
+  <si>
+    <t>Jastin</t>
+  </si>
+  <si>
+    <t>Kiek</t>
+  </si>
+  <si>
+    <t>Perret Du Cray</t>
+  </si>
+  <si>
+    <t>Dan Kevin</t>
+  </si>
+  <si>
+    <t>Lobrio</t>
+  </si>
+  <si>
+    <t>TAN SIN NGOON</t>
+  </si>
+  <si>
+    <t>Wei Yong</t>
+  </si>
+  <si>
+    <t>Gan</t>
+  </si>
+  <si>
+    <t>Sol Augustus</t>
+  </si>
+  <si>
+    <t>Lorejo</t>
+  </si>
+  <si>
+    <t>Leong Kee</t>
+  </si>
+  <si>
+    <t>Orlando Jr.</t>
+  </si>
+  <si>
+    <t>Delos Reyes</t>
+  </si>
+  <si>
+    <t>FOONG WAI HON</t>
+  </si>
+  <si>
+    <t>Weng Kit Yeong</t>
+  </si>
+  <si>
+    <t>Randall</t>
+  </si>
+  <si>
+    <t>Kadayum</t>
+  </si>
+  <si>
+    <t>TAN KEAT SIANG</t>
+  </si>
+  <si>
+    <t>Chee Fei Ng</t>
+  </si>
+  <si>
+    <t>Jomar</t>
+  </si>
+  <si>
+    <t>Buclay</t>
+  </si>
+  <si>
+    <t>Bernard</t>
+  </si>
+  <si>
+    <t>Gulay</t>
+  </si>
+  <si>
+    <t>NAZARUDDIN BIN ABU BAKAR</t>
+  </si>
+  <si>
+    <t>Frankie</t>
+  </si>
+  <si>
+    <t>Hew</t>
+  </si>
+  <si>
+    <t>Alran Eric</t>
+  </si>
+  <si>
+    <t>Cifra</t>
+  </si>
+  <si>
     <t>LEE GUO WOEI</t>
   </si>
   <si>
-    <t>Talingting</t>
-[...14 lines deleted...]
-    <t>Uy</t>
+    <t>Elwin</t>
+  </si>
+  <si>
+    <t>Tano</t>
   </si>
   <si>
     <t>Izzuddin Poo</t>
   </si>
   <si>
-    <t>Cheng Hoe Lim</t>
-[...5 lines deleted...]
-    <t>Orpiada</t>
+    <t>Serfino</t>
+  </si>
+  <si>
+    <t>Val</t>
+  </si>
+  <si>
+    <t>Saurabh</t>
+  </si>
+  <si>
+    <t>Mahanta</t>
   </si>
   <si>
     <t xml:space="preserve">Jyh Horng </t>
   </si>
   <si>
-    <t>TATSURO</t>
-[...23 lines deleted...]
-    <t>SUZUKI</t>
+    <t>Chun Ho</t>
   </si>
   <si>
     <t>Audri Moritz</t>
   </si>
   <si>
     <t>Sipin</t>
   </si>
   <si>
+    <t>SASTRELLAS</t>
+  </si>
+  <si>
+    <t>ARRIOLA</t>
+  </si>
+  <si>
+    <t>John Rey</t>
+  </si>
+  <si>
+    <t>Callado</t>
+  </si>
+  <si>
+    <t>CAMINONG</t>
+  </si>
+  <si>
     <t>Zairul</t>
   </si>
   <si>
     <t>Sabanah</t>
   </si>
   <si>
+    <t>YOUSUKE</t>
+  </si>
+  <si>
+    <t>OODAIRA</t>
+  </si>
+  <si>
+    <t>Muhammad Izzat</t>
+  </si>
+  <si>
+    <t>Abdullah Wong</t>
+  </si>
+  <si>
     <t>Mohd</t>
   </si>
   <si>
     <t>Saharin</t>
   </si>
   <si>
-    <t>Alfie</t>
-[...2 lines deleted...]
-    <t>Mendoza</t>
+    <t>TAKASHI</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Robert </t>
+  </si>
+  <si>
+    <t>Gervacio</t>
   </si>
   <si>
     <t>Ak Mohd Shukri</t>
   </si>
   <si>
     <t>Awangku Suboh</t>
   </si>
   <si>
-    <t>Nonato Alfredo</t>
-[...694 lines deleted...]
-  <si>
     <t>Shindy</t>
   </si>
   <si>
     <t>Patricia</t>
   </si>
   <si>
     <t>Roan</t>
   </si>
   <si>
     <t>Biguasen</t>
   </si>
   <si>
     <t>Celeste Teo</t>
   </si>
   <si>
     <t>Lian Geok</t>
   </si>
   <si>
     <t>Cecille</t>
   </si>
   <si>
     <t>Wael</t>
   </si>
   <si>
     <t>Irish</t>
@@ -4462,59 +4462,59 @@
   <si>
     <t>Qheiza Wiranda</t>
   </si>
   <si>
     <t>Edelwise</t>
   </si>
   <si>
     <t>Angelie</t>
   </si>
   <si>
     <t>Cabalo</t>
   </si>
   <si>
     <t>Loi</t>
   </si>
   <si>
     <t xml:space="preserve">Lương </t>
   </si>
   <si>
     <t>Nur Amaani</t>
   </si>
   <si>
     <t>Binti Razilan</t>
   </si>
   <si>
+    <t>Bo Young</t>
+  </si>
+  <si>
     <t>Akane</t>
   </si>
   <si>
     <t>Nemoto</t>
   </si>
   <si>
-    <t>Bo Young</t>
-[...1 lines deleted...]
-  <si>
     <t>Mary Joy</t>
   </si>
   <si>
     <t>Sumanda</t>
   </si>
   <si>
     <t>Siet Fah</t>
   </si>
   <si>
     <t>Ann Jillian</t>
   </si>
   <si>
     <t>Pulanco</t>
   </si>
   <si>
     <t>Carly</t>
   </si>
   <si>
     <t>Balmforth</t>
   </si>
   <si>
     <t>Norlela</t>
   </si>
   <si>
     <t>Xiaoyun Vincere</t>
@@ -4531,122 +4531,122 @@
   <si>
     <t>Cheah</t>
   </si>
   <si>
     <t>Sally Ann</t>
   </si>
   <si>
     <t>Yap Yu Ing</t>
   </si>
   <si>
     <t>Rashila</t>
   </si>
   <si>
     <t>Tamang</t>
   </si>
   <si>
     <t>Julie Ann</t>
   </si>
   <si>
     <t xml:space="preserve">Morales </t>
   </si>
   <si>
     <t>Man Yee</t>
   </si>
   <si>
+    <t>Siti</t>
+  </si>
+  <si>
+    <t>Nuraini</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Rija </t>
+  </si>
+  <si>
+    <t>Gubes</t>
+  </si>
+  <si>
     <t>Rhea</t>
   </si>
   <si>
     <t>Batac</t>
   </si>
   <si>
-    <t>Siti</t>
-[...10 lines deleted...]
-  <si>
     <t>Halimatun</t>
   </si>
   <si>
     <t>Saadiah</t>
   </si>
   <si>
     <t>Lê Thị Hằng</t>
   </si>
   <si>
     <t>Chhoki</t>
   </si>
   <si>
     <t>Moeko</t>
   </si>
   <si>
     <t>Yasugahira</t>
   </si>
   <si>
     <t>Yvette Mi Chin</t>
   </si>
   <si>
     <t>Desi</t>
   </si>
   <si>
     <t>Ariyani</t>
   </si>
   <si>
+    <t>Novita</t>
+  </si>
+  <si>
+    <t>Wulandari</t>
+  </si>
+  <si>
     <t>Shally</t>
   </si>
   <si>
     <t>Shally Yuson</t>
   </si>
   <si>
-    <t>Novita</t>
-[...2 lines deleted...]
-    <t>Wulandari</t>
+    <t>Kona</t>
+  </si>
+  <si>
+    <t>Liau</t>
+  </si>
+  <si>
+    <t>Heliana</t>
+  </si>
+  <si>
+    <t>Binti Haji Mohd Arshad</t>
   </si>
   <si>
     <t>Ednah</t>
   </si>
   <si>
-    <t>Kona</t>
-[...10 lines deleted...]
-  <si>
     <t>Lolita</t>
   </si>
   <si>
     <t>Lintanga</t>
   </si>
   <si>
     <t>Shekinah Glory</t>
   </si>
   <si>
     <t>Velasquez</t>
   </si>
   <si>
     <t>Manilyn Napone</t>
   </si>
   <si>
     <t>Mamugay</t>
   </si>
   <si>
     <t>Jassica</t>
   </si>
   <si>
     <t>Le Phuong</t>
   </si>
   <si>
     <t>Vy</t>
@@ -4717,1754 +4717,1754 @@
   <si>
     <t>Bedard</t>
   </si>
   <si>
     <t>Hazel Pei Cherz</t>
   </si>
   <si>
     <t>Awina</t>
   </si>
   <si>
     <t>Kamis</t>
   </si>
   <si>
     <t>Trisha</t>
   </si>
   <si>
     <t>Thow</t>
   </si>
   <si>
     <t>NOORAZLIZA</t>
   </si>
   <si>
     <t>AB AZIZ</t>
   </si>
   <si>
+    <t>Patchara</t>
+  </si>
+  <si>
+    <t>Buagun</t>
+  </si>
+  <si>
     <t>HIROKO</t>
   </si>
   <si>
-    <t>Patchara</t>
-[...4 lines deleted...]
-  <si>
     <t>Sum Mei</t>
   </si>
   <si>
     <t>Soh</t>
   </si>
   <si>
+    <t>Joung</t>
+  </si>
+  <si>
+    <t>Sel A</t>
+  </si>
+  <si>
+    <t>Morgan</t>
+  </si>
+  <si>
+    <t>Nisachon</t>
+  </si>
+  <si>
+    <t>Elizabeth</t>
+  </si>
+  <si>
+    <t>Dangadang</t>
+  </si>
+  <si>
+    <t>Katrin</t>
+  </si>
+  <si>
+    <t>Herzog</t>
+  </si>
+  <si>
+    <t>Sunyeon LEE - 이순연</t>
+  </si>
+  <si>
+    <t>Hau</t>
+  </si>
+  <si>
+    <t>Hà Thị</t>
+  </si>
+  <si>
+    <t>Ki Chun</t>
+  </si>
+  <si>
+    <t>MIKI</t>
+  </si>
+  <si>
+    <t>Soingern</t>
+  </si>
+  <si>
+    <t>Teekayu</t>
+  </si>
+  <si>
+    <t>Mitchell</t>
+  </si>
+  <si>
+    <t>Katrina</t>
+  </si>
+  <si>
+    <t>Hamlin</t>
+  </si>
+  <si>
+    <t>Sou</t>
+  </si>
+  <si>
+    <t>Soulivanhthong</t>
+  </si>
+  <si>
+    <t>Tara</t>
+  </si>
+  <si>
+    <t>Savage</t>
+  </si>
+  <si>
     <t>Huarong</t>
   </si>
   <si>
-    <t>Katrin</t>
-[...4 lines deleted...]
-  <si>
     <t>Hyunja</t>
   </si>
   <si>
     <t>Kim - 김현자</t>
   </si>
   <si>
-    <t>Joung</t>
-[...52 lines deleted...]
-  <si>
     <t>Aurore</t>
   </si>
   <si>
     <t>DACIER</t>
   </si>
   <si>
-    <t>Tara</t>
-[...4 lines deleted...]
-  <si>
     <t>Jennifer</t>
   </si>
   <si>
     <t>Pernia</t>
   </si>
   <si>
+    <t>RIEKO</t>
+  </si>
+  <si>
+    <t>SEKI</t>
+  </si>
+  <si>
     <t>Lynda</t>
   </si>
   <si>
     <t>Marylyn</t>
   </si>
   <si>
-    <t>RIEKO</t>
-[...2 lines deleted...]
-    <t>SEKI</t>
+    <t>Megan</t>
+  </si>
+  <si>
+    <t>Sterling</t>
+  </si>
+  <si>
+    <t>Danielle</t>
+  </si>
+  <si>
+    <t>Perry</t>
+  </si>
+  <si>
+    <t>Sun Hwa LEE - 이선화</t>
+  </si>
+  <si>
+    <t>Kewalin</t>
+  </si>
+  <si>
+    <t>Pengkham</t>
+  </si>
+  <si>
+    <t>Flora Wing Yee</t>
+  </si>
+  <si>
+    <t>Ching</t>
+  </si>
+  <si>
+    <t>Siokhar</t>
+  </si>
+  <si>
+    <t>Indah Meili</t>
+  </si>
+  <si>
+    <t>Junita</t>
+  </si>
+  <si>
+    <t>Nami</t>
+  </si>
+  <si>
+    <t>Ishihara</t>
+  </si>
+  <si>
+    <t>Mihee</t>
+  </si>
+  <si>
+    <t>Gwak</t>
+  </si>
+  <si>
+    <t>Huong</t>
+  </si>
+  <si>
+    <t>Nguyễn Thị</t>
+  </si>
+  <si>
+    <t>Kaori</t>
+  </si>
+  <si>
+    <t>Asahara</t>
+  </si>
+  <si>
+    <t>Thi Duong</t>
+  </si>
+  <si>
+    <t>Yonok SONG - 송연옥</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Thị Lan Hương </t>
+  </si>
+  <si>
+    <t>Trần Hồ Nguyên Thảo</t>
+  </si>
+  <si>
+    <t>Yukie</t>
+  </si>
+  <si>
+    <t>Kohayasa</t>
+  </si>
+  <si>
+    <t>Angie Chi Yee</t>
+  </si>
+  <si>
+    <t>Yan</t>
+  </si>
+  <si>
+    <t>Pei Fen</t>
   </si>
   <si>
     <t xml:space="preserve">Xuan Suong </t>
   </si>
   <si>
+    <t>Yumiko</t>
+  </si>
+  <si>
+    <t>Oishi</t>
+  </si>
+  <si>
     <t>Kathryn</t>
   </si>
   <si>
     <t>Cush</t>
   </si>
   <si>
-    <t>Flora Wing Yee</t>
-[...73 lines deleted...]
-  <si>
     <t>Yustina Wardhani</t>
   </si>
   <si>
     <t>Setyowati</t>
   </si>
   <si>
     <t xml:space="preserve">Fitta </t>
   </si>
   <si>
     <t>Emike Sari</t>
   </si>
   <si>
-    <t>Thi Duong</t>
-[...16 lines deleted...]
-  <si>
     <t>Nurul Ezlyanie</t>
   </si>
   <si>
     <t>Rahini</t>
   </si>
   <si>
+    <t>Vũ Thị Nguyệt</t>
+  </si>
+  <si>
+    <t>Tomomi</t>
+  </si>
+  <si>
+    <t>Bitoh</t>
+  </si>
+  <si>
+    <t>Giàng Thị Linh</t>
+  </si>
+  <si>
+    <t>Yayoi</t>
+  </si>
+  <si>
+    <t>Nakatani</t>
+  </si>
+  <si>
+    <t>Hoi Yan</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Chikako </t>
+  </si>
+  <si>
+    <t>Inoue</t>
+  </si>
+  <si>
+    <t>Yuni</t>
+  </si>
+  <si>
+    <t>Noor Hayati</t>
+  </si>
+  <si>
+    <t>Septiana</t>
+  </si>
+  <si>
+    <t>Nia Swastika</t>
+  </si>
+  <si>
+    <t>Heroin</t>
+  </si>
+  <si>
+    <t>Paraluan</t>
+  </si>
+  <si>
+    <t>Nguyễn Thị Đường</t>
+  </si>
+  <si>
+    <t>Pui Hung Rachel</t>
+  </si>
+  <si>
+    <t>Sutinee</t>
+  </si>
+  <si>
+    <t>Rasp</t>
+  </si>
+  <si>
+    <t>Aggy</t>
+  </si>
+  <si>
+    <t>Sabanal-Marte</t>
+  </si>
+  <si>
+    <t>Srichoktham</t>
+  </si>
+  <si>
+    <t>Nachpraewa</t>
+  </si>
+  <si>
+    <t>Sawangjit</t>
+  </si>
+  <si>
+    <t>Saengow</t>
+  </si>
+  <si>
+    <t>Hee Joo</t>
+  </si>
+  <si>
+    <t>Dening</t>
+  </si>
+  <si>
+    <t>Phùng Thị Trang</t>
+  </si>
+  <si>
     <t>Melanie</t>
   </si>
   <si>
     <t>Hingpit</t>
   </si>
   <si>
+    <t xml:space="preserve">Ayako </t>
+  </si>
+  <si>
+    <t>Murai</t>
+  </si>
+  <si>
     <t>Piyarat</t>
   </si>
   <si>
     <t>Loolersvilai</t>
   </si>
   <si>
-    <t>Yuni</t>
-[...10 lines deleted...]
-  <si>
     <t>Ji-Ho HWANG - 황지호</t>
   </si>
   <si>
-    <t>Heroin</t>
-[...74 lines deleted...]
-    <t>Phùng Thị Trang</t>
+    <t>Bùi Thị Vui</t>
+  </si>
+  <si>
+    <t>Poh Suan</t>
+  </si>
+  <si>
+    <t>Puah</t>
+  </si>
+  <si>
+    <t>Ng Pey Luan | Joanne</t>
+  </si>
+  <si>
+    <t>Emily</t>
+  </si>
+  <si>
+    <t>Rojo Raga</t>
+  </si>
+  <si>
+    <t>Nguyễn Thị Ngọt</t>
+  </si>
+  <si>
+    <t>YOKO</t>
+  </si>
+  <si>
+    <t>NOMA</t>
+  </si>
+  <si>
+    <t>Kwantana</t>
+  </si>
+  <si>
+    <t>Kwamuangpan</t>
   </si>
   <si>
     <t>Kerry</t>
   </si>
   <si>
     <t>Riddell</t>
   </si>
   <si>
+    <t>Kimberly</t>
+  </si>
+  <si>
+    <t>Gaela</t>
+  </si>
+  <si>
+    <t>Miae AHN - 안미애</t>
+  </si>
+  <si>
+    <t>Georgy Mimi</t>
+  </si>
+  <si>
+    <t>Thái Thị Hồng</t>
+  </si>
+  <si>
+    <t>Eriko</t>
+  </si>
+  <si>
+    <t>Yokoiwi</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Anne </t>
+  </si>
+  <si>
+    <t>Maridol Rongavilla</t>
+  </si>
+  <si>
+    <t>Reiko</t>
+  </si>
+  <si>
+    <t>Ito</t>
+  </si>
+  <si>
+    <t>Henny</t>
+  </si>
+  <si>
+    <t>Sutanda</t>
+  </si>
+  <si>
+    <t>Elena</t>
+  </si>
+  <si>
+    <t>Tsuvareva</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sianti  </t>
+  </si>
+  <si>
+    <t>Candra</t>
+  </si>
+  <si>
+    <t>Katia</t>
+  </si>
+  <si>
+    <t>Kucher</t>
+  </si>
+  <si>
+    <t>Lê Hằng</t>
+  </si>
+  <si>
     <t>Hsin Tzu</t>
   </si>
   <si>
     <t>Chao</t>
   </si>
   <si>
-    <t>Georgy Mimi</t>
-[...89 lines deleted...]
-    <t>NOMA</t>
+    <t>HISAKO</t>
+  </si>
+  <si>
+    <t>ABE</t>
+  </si>
+  <si>
+    <t>Arosemena</t>
+  </si>
+  <si>
+    <t>Rita</t>
+  </si>
+  <si>
+    <t>Panama</t>
   </si>
   <si>
     <t>Mei Tze</t>
   </si>
   <si>
+    <t>Marina</t>
+  </si>
+  <si>
+    <t>Payukova</t>
+  </si>
+  <si>
+    <t>Jiho</t>
+  </si>
+  <si>
+    <t>Hwang</t>
+  </si>
+  <si>
+    <t>Shamiera</t>
+  </si>
+  <si>
+    <t>AUTHER</t>
+  </si>
+  <si>
+    <t>Nguyễn Thị Hoàng Yến</t>
+  </si>
+  <si>
+    <t>Ka Yee</t>
+  </si>
+  <si>
+    <t>Cheuk</t>
+  </si>
+  <si>
+    <t>Larissa May</t>
+  </si>
+  <si>
+    <t>Wan Azzahziah</t>
+  </si>
+  <si>
+    <t>Binti Wan Ahmad</t>
+  </si>
+  <si>
+    <t>Jinko</t>
+  </si>
+  <si>
+    <t>Takeshige</t>
+  </si>
+  <si>
+    <t>Suk Geong LEE - 이숙경</t>
+  </si>
+  <si>
+    <t>Jong Suk GONG - 공종숙</t>
+  </si>
+  <si>
+    <t>Kusama</t>
+  </si>
+  <si>
+    <t>CHIZUKO</t>
+  </si>
+  <si>
+    <t>OOSAWA</t>
+  </si>
+  <si>
     <t>Quynh Nhu</t>
   </si>
   <si>
     <t xml:space="preserve">Nguyễn Đặng </t>
   </si>
   <si>
+    <t>Felania</t>
+  </si>
+  <si>
     <t>Phasouk</t>
   </si>
   <si>
     <t>Xaiyavanh</t>
   </si>
   <si>
-    <t>Marina</t>
-[...73 lines deleted...]
-  <si>
     <t>Lusia</t>
   </si>
   <si>
     <t>Jail</t>
   </si>
   <si>
+    <t>MINA　KOBAYASHI</t>
+  </si>
+  <si>
+    <t>Ello</t>
+  </si>
+  <si>
+    <t>Zahra</t>
+  </si>
+  <si>
+    <t>Nakin</t>
+  </si>
+  <si>
+    <t>Visisombat</t>
+  </si>
+  <si>
+    <t>Nguyễn Hưởng</t>
+  </si>
+  <si>
+    <t>MIZUE</t>
+  </si>
+  <si>
+    <t>ASHIDA</t>
+  </si>
+  <si>
+    <t>Ching Han</t>
+  </si>
+  <si>
+    <t>Ang</t>
+  </si>
+  <si>
+    <t>YEE MEI</t>
+  </si>
+  <si>
+    <t>Ruth</t>
+  </si>
+  <si>
+    <t>Theresia</t>
+  </si>
+  <si>
+    <t>EunNam</t>
+  </si>
+  <si>
+    <t>kim</t>
+  </si>
+  <si>
+    <t>Risa</t>
+  </si>
+  <si>
+    <t>Ichikawa</t>
+  </si>
+  <si>
+    <t>Phan Thị Cẩm Tú</t>
+  </si>
+  <si>
+    <t>Nguyễn Thị Thương</t>
+  </si>
+  <si>
+    <t>Ying Suet</t>
+  </si>
+  <si>
+    <t>Nor khadijah</t>
+  </si>
+  <si>
+    <t>Shariat</t>
+  </si>
+  <si>
     <t>CHALERMKWAN</t>
   </si>
   <si>
     <t>Wanma</t>
   </si>
   <si>
-    <t>Ello</t>
-[...74 lines deleted...]
-    <t>Tagontong</t>
+    <t>Vo Thị Thanh Nga</t>
+  </si>
+  <si>
+    <t>Sun Yeong</t>
+  </si>
+  <si>
+    <t>KIM</t>
+  </si>
+  <si>
+    <t>Mai Hòa</t>
+  </si>
+  <si>
+    <t>Man Fung</t>
+  </si>
+  <si>
+    <t>Poon</t>
+  </si>
+  <si>
+    <t>Mia</t>
+  </si>
+  <si>
+    <t>REVILLA</t>
+  </si>
+  <si>
+    <t>CAO THI CAM VAN</t>
   </si>
   <si>
     <t>Camille</t>
   </si>
   <si>
     <t>Aymard</t>
   </si>
   <si>
-    <t>Vo Thị Thanh Nga</t>
-[...1 lines deleted...]
-  <si>
     <t>TAMAE　YOSHIDA</t>
   </si>
   <si>
-    <t>Sun Yeong</t>
-[...46 lines deleted...]
-  <si>
     <t>Sing Yee</t>
   </si>
   <si>
     <t>Wang</t>
-  </si>
-[...1 lines deleted...]
-    <t>Chu Yến</t>
   </si>
   <si>
     <t>MERIONNE
 DIMEN</t>
   </si>
   <si>
+    <t>Chu Yến</t>
+  </si>
+  <si>
     <t>Sonesavanh</t>
   </si>
   <si>
     <t>Sirimanotham</t>
   </si>
   <si>
-    <t>Man Fung</t>
-[...2 lines deleted...]
-    <t>Poon</t>
+    <t>Véronique</t>
+  </si>
+  <si>
+    <t>Messina</t>
+  </si>
+  <si>
+    <t>Sophie</t>
+  </si>
+  <si>
+    <t>Hedou</t>
+  </si>
+  <si>
+    <t>Dian</t>
+  </si>
+  <si>
+    <t>Pradina</t>
+  </si>
+  <si>
+    <t>Vianah</t>
+  </si>
+  <si>
+    <t>Ng Chen Sia</t>
+  </si>
+  <si>
+    <t>MAKI</t>
+  </si>
+  <si>
+    <t>IMAHORI</t>
+  </si>
+  <si>
+    <t>Junnuphap</t>
+  </si>
+  <si>
+    <t>Juthamas</t>
+  </si>
+  <si>
+    <t>Joyce</t>
+  </si>
+  <si>
+    <t>Tagontong</t>
+  </si>
+  <si>
+    <t>NAOKO</t>
+  </si>
+  <si>
+    <t>IKUTA</t>
+  </si>
+  <si>
+    <t>Rosmayati</t>
+  </si>
+  <si>
+    <t>BINTI IBRAHIM</t>
+  </si>
+  <si>
+    <t>Somsakdayothin</t>
+  </si>
+  <si>
+    <t>Lita</t>
+  </si>
+  <si>
+    <t>Yu Leng</t>
+  </si>
+  <si>
+    <t>Chuang</t>
+  </si>
+  <si>
+    <t>Yoonjeong</t>
+  </si>
+  <si>
+    <t>Hoàng An</t>
+  </si>
+  <si>
+    <t>Hoàng Thị An</t>
+  </si>
+  <si>
+    <t>Amber</t>
+  </si>
+  <si>
+    <t>Chui</t>
+  </si>
+  <si>
+    <t>Võ Nga</t>
+  </si>
+  <si>
+    <t>Mohdjaffar</t>
+  </si>
+  <si>
+    <t>Norhani Binti</t>
+  </si>
+  <si>
+    <t>TOMOKO YAMAZAKI</t>
+  </si>
+  <si>
+    <t>Ka Ling</t>
   </si>
   <si>
     <t>Cherry Phil</t>
   </si>
   <si>
     <t>FUENTES</t>
   </si>
   <si>
-    <t>Amber</t>
-[...52 lines deleted...]
-  <si>
     <t>Norin Bt Binchu</t>
   </si>
   <si>
     <t>Riana</t>
   </si>
   <si>
-    <t>Rhoda</t>
-[...17 lines deleted...]
-    <t>SHIMAKURA</t>
+    <t>ERIKO　SHOJI</t>
   </si>
   <si>
     <t>Leizel</t>
   </si>
   <si>
     <t>MANGCOPA
 DUHAYLUNGSOD</t>
   </si>
   <si>
+    <t>Rhoda</t>
+  </si>
+  <si>
+    <t>Phạm Ngọc Đan Châu</t>
+  </si>
+  <si>
+    <t>Tran Thi Minh Thuy</t>
+  </si>
+  <si>
+    <t>KEIKO</t>
+  </si>
+  <si>
+    <t>SHIMAKURA</t>
+  </si>
+  <si>
+    <t>Krisna Ann</t>
+  </si>
+  <si>
     <t>Ria</t>
   </si>
   <si>
     <t>Amanah</t>
   </si>
   <si>
-    <t>Phạm Ngọc Đan Châu</t>
-[...2 lines deleted...]
-    <t>Tran Thi Minh Thuy</t>
+    <t>Lộc Thị Phương Anh</t>
+  </si>
+  <si>
+    <t>Huỳnh Thị Ny</t>
   </si>
   <si>
     <t>Suki</t>
   </si>
   <si>
-    <t>Krisna Ann</t>
+    <t>Vũ Ngọc Anh</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> WONG Wei Wei</t>
   </si>
   <si>
     <t>Nur Haafidzah</t>
   </si>
   <si>
     <t>Binti Abdul Aziz</t>
   </si>
   <si>
     <t>khanh-linh</t>
   </si>
   <si>
     <t xml:space="preserve">TAMILZCHELVI </t>
   </si>
   <si>
     <t>RAMASAMY</t>
   </si>
   <si>
-    <t>ERIKO　SHOJI</t>
-[...5 lines deleted...]
-    <t>Huỳnh Thị Ny</t>
+    <t>Max</t>
+  </si>
+  <si>
+    <t>Lopez</t>
+  </si>
+  <si>
+    <t>Weiny</t>
+  </si>
+  <si>
+    <t>OEI</t>
+  </si>
+  <si>
+    <t>Ethel Delilah</t>
+  </si>
+  <si>
+    <t>Sindeh</t>
+  </si>
+  <si>
+    <t>Phương Linh Trần</t>
+  </si>
+  <si>
+    <t>Wing Yin</t>
+  </si>
+  <si>
+    <t>Phuong</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Pei Wah </t>
+  </si>
+  <si>
+    <t>FUMI　UNO</t>
+  </si>
+  <si>
+    <t>PHIKUL PANNGAEN</t>
+  </si>
+  <si>
+    <t>Daphe Rose</t>
+  </si>
+  <si>
+    <t>Tamayo Codilla</t>
+  </si>
+  <si>
+    <t>Nguyễn Thị Kim Dung</t>
+  </si>
+  <si>
+    <t>Ho Thi Nga</t>
+  </si>
+  <si>
+    <t>AYUMI</t>
+  </si>
+  <si>
+    <t>TAKAHASHI</t>
   </si>
   <si>
     <t>Dolores Sales</t>
   </si>
   <si>
     <t>Michella Joyce</t>
   </si>
   <si>
     <t>Aradanas</t>
   </si>
   <si>
-    <t xml:space="preserve">Pei Wah </t>
-[...25 lines deleted...]
-  <si>
     <t>Laurencia</t>
   </si>
   <si>
     <t>Budihardjo</t>
   </si>
   <si>
-    <t>Weiny</t>
-[...19 lines deleted...]
-  <si>
     <t>Munikah</t>
   </si>
   <si>
     <t>Ginsos</t>
+  </si>
+  <si>
+    <t>Do Tran</t>
+  </si>
+  <si>
+    <t>Lưu Kim Phụng</t>
+  </si>
+  <si>
+    <t>Hyunsung</t>
+  </si>
+  <si>
+    <t>JUNG</t>
+  </si>
+  <si>
+    <t>Maeno</t>
+  </si>
+  <si>
+    <t>Yuuka</t>
+  </si>
+  <si>
+    <t>Adelinah</t>
+  </si>
+  <si>
+    <t>YURI</t>
+  </si>
+  <si>
+    <t>AOYAGI</t>
+  </si>
+  <si>
+    <t>Chantal Jane</t>
+  </si>
+  <si>
+    <t>Abiao</t>
+  </si>
+  <si>
+    <t>Nguyễn Thu Thủy</t>
+  </si>
+  <si>
+    <t>Phạm Thị Minh Hải</t>
+  </si>
+  <si>
+    <t>Cherry</t>
+  </si>
+  <si>
+    <t>LAN</t>
+  </si>
+  <si>
+    <t>Nguyễn Thủy</t>
+  </si>
+  <si>
+    <t>SITI NURHAYYU RAHMAT</t>
+  </si>
+  <si>
+    <t>KWEE SIANG</t>
+  </si>
+  <si>
+    <t>TOMOKO　HAYASE</t>
   </si>
   <si>
     <t>SUPARAT
 SRIKIANG</t>
   </si>
   <si>
-    <t>Do Tran</t>
-[...34 lines deleted...]
-  <si>
     <t>Sarah</t>
   </si>
   <si>
     <t>Carnwath</t>
   </si>
   <si>
-    <t>Nguyễn Thủy</t>
-[...1 lines deleted...]
-  <si>
     <t>Jenthi</t>
   </si>
   <si>
     <t>Krishna Radha</t>
-  </si>
-[...40 lines deleted...]
-    <t>NAKAMURA</t>
   </si>
   <si>
     <t>MALAI
 SOOKPLUNG</t>
   </si>
   <si>
+    <t>Restu</t>
+  </si>
+  <si>
+    <t>Aeni</t>
+  </si>
+  <si>
+    <t>Siew Wei</t>
+  </si>
+  <si>
+    <t>Yong</t>
+  </si>
+  <si>
+    <t>Vũ Hường Jen</t>
+  </si>
+  <si>
+    <t>Jung Soon</t>
+  </si>
+  <si>
+    <t>PARK</t>
+  </si>
+  <si>
+    <t>NAKAMURA</t>
+  </si>
+  <si>
     <t xml:space="preserve">Fennie </t>
   </si>
   <si>
     <t>Poo</t>
   </si>
   <si>
-    <t>Vũ Hường Jen</t>
-[...5 lines deleted...]
-    <t>PARK</t>
+    <t>Anna</t>
+  </si>
+  <si>
+    <t>Tipping</t>
+  </si>
+  <si>
+    <t>Nguyễn Thị Ngọc Hà</t>
+  </si>
+  <si>
+    <t>ZIA FAUZIAH</t>
   </si>
   <si>
     <t>Hoi Ching Dorothy</t>
   </si>
   <si>
-    <t>Anna</t>
-[...8 lines deleted...]
-    <t>ZIA FAUZIAH</t>
+    <t>Jonette</t>
+  </si>
+  <si>
+    <t>Dimblad</t>
+  </si>
+  <si>
+    <t>Norway</t>
+  </si>
+  <si>
+    <t>Leong</t>
+  </si>
+  <si>
+    <t>Macau</t>
+  </si>
+  <si>
+    <t>Yoth</t>
+  </si>
+  <si>
+    <t>Trần Thu Thủy</t>
   </si>
   <si>
     <t>Charlotte</t>
   </si>
   <si>
     <t>Mulliner</t>
   </si>
   <si>
-    <t>Phùng Thị Thanh Tâm</t>
+    <t>Uyên Gây Mê</t>
   </si>
   <si>
     <t>Josephine Precillia Anak Dayat</t>
   </si>
   <si>
     <t>Ms</t>
-  </si>
-[...4 lines deleted...]
-    <t>Uyên Gây Mê</t>
   </si>
   <si>
     <t>PATTEERA
 ARRIRAKKUN</t>
   </si>
   <si>
+    <t>Hawjoung</t>
+  </si>
+  <si>
+    <t>JE</t>
+  </si>
+  <si>
+    <t>Glorioso Irish Nina</t>
+  </si>
+  <si>
+    <t>Đỗ Thị Huyền Trân</t>
+  </si>
+  <si>
+    <t>Phùng Thị Thanh Tâm</t>
+  </si>
+  <si>
     <t>VIVIAN SHIN YIING</t>
   </si>
   <si>
     <t>TONG</t>
   </si>
   <si>
-    <t>Leong</t>
-[...19 lines deleted...]
-  <si>
     <t>Wei Wei</t>
   </si>
   <si>
+    <t xml:space="preserve">Krishna Radha </t>
+  </si>
+  <si>
+    <t>Jin Hui</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JEON </t>
+  </si>
+  <si>
+    <t>Yn</t>
+  </si>
+  <si>
+    <t>Sg</t>
+  </si>
+  <si>
+    <t>Bùi Yến</t>
+  </si>
+  <si>
+    <t>Nguyen Loan</t>
+  </si>
+  <si>
     <t>HSIAO SHIANG CHONG</t>
   </si>
   <si>
-    <t xml:space="preserve">Krishna Radha </t>
-[...8 lines deleted...]
-    <t>Bùi Yến</t>
+    <t>Lê Thị Hương Giang</t>
   </si>
   <si>
     <t>Siu Ying Anita</t>
   </si>
   <si>
     <t>Fung</t>
   </si>
   <si>
     <t>Hesty</t>
   </si>
   <si>
     <t>Asmuliah</t>
   </si>
   <si>
-    <t>Nguyen Loan</t>
+    <t>Mai Ngân</t>
+  </si>
+  <si>
+    <t>Nguyễn Đặng Quỳnh Như</t>
   </si>
   <si>
     <t>Florensia Grace</t>
   </si>
   <si>
     <t>Gainus</t>
   </si>
   <si>
-    <t>Lê Thị Hương Giang</t>
+    <t>Vũ Thị Thanh Nga</t>
   </si>
   <si>
     <t>Fitri</t>
   </si>
   <si>
     <t>Utami</t>
   </si>
   <si>
-    <t>Mai Ngân</t>
-[...13 lines deleted...]
-  <si>
     <t>Khadijah</t>
   </si>
   <si>
     <t>Hj Alias</t>
   </si>
   <si>
+    <t>Yin Kwan</t>
+  </si>
+  <si>
+    <t>Cheng</t>
+  </si>
+  <si>
+    <t>Youngae</t>
+  </si>
+  <si>
+    <t>Wai Man</t>
+  </si>
+  <si>
+    <t>But</t>
+  </si>
+  <si>
+    <t>Nurul Afirah</t>
+  </si>
+  <si>
+    <t>Alias</t>
+  </si>
+  <si>
+    <t>SANISAH BUJANG</t>
+  </si>
+  <si>
+    <t>Sara</t>
+  </si>
+  <si>
+    <t>Valentina</t>
+  </si>
+  <si>
+    <t>Lê Ngọc Như Trang</t>
+  </si>
+  <si>
+    <t>Lay Chin</t>
+  </si>
+  <si>
+    <t>Kit Yee</t>
+  </si>
+  <si>
+    <t>Ririn</t>
+  </si>
+  <si>
     <t>Pham Chi Mai</t>
   </si>
   <si>
     <t>Vu Ngoc Anh</t>
   </si>
   <si>
-    <t>Wai Man</t>
-[...38 lines deleted...]
-    <t>Lay Chin</t>
+    <t>Lei</t>
+  </si>
+  <si>
+    <t>Xiong</t>
+  </si>
+  <si>
+    <t>Nguyễn Thị Thúy</t>
+  </si>
+  <si>
+    <t>Bùi Trang</t>
+  </si>
+  <si>
+    <t>Ngar Ting Denise</t>
+  </si>
+  <si>
+    <t>Ying</t>
+  </si>
+  <si>
+    <t>Tagan</t>
+  </si>
+  <si>
+    <t>Nguyễn Ngọc Tú Trinh</t>
   </si>
   <si>
     <t>Yanthi</t>
   </si>
   <si>
     <t>Octavia</t>
   </si>
   <si>
-    <t>Nguyễn Thị Thúy</t>
-[...10 lines deleted...]
-  <si>
     <t>Windy Nguyen</t>
   </si>
   <si>
+    <t>Kwai Lan Aw Yong</t>
+  </si>
+  <si>
+    <t>Trương Võ Bích Phương</t>
+  </si>
+  <si>
+    <t>Nguyễn Thị Minh Thu</t>
+  </si>
+  <si>
+    <t>Minhee</t>
+  </si>
+  <si>
     <t>撻</t>
   </si>
   <si>
     <t>椰絲</t>
   </si>
   <si>
-    <t>Trương Võ Bích Phương</t>
-[...4 lines deleted...]
-  <si>
     <t>CELIA YAN</t>
   </si>
   <si>
-    <t>Nguyễn Thị Minh Thu</t>
-[...16 lines deleted...]
-  <si>
     <t>Alice</t>
   </si>
   <si>
     <t>Danny</t>
   </si>
   <si>
+    <t>Samdan</t>
+  </si>
+  <si>
+    <t>CHOI</t>
+  </si>
+  <si>
+    <t>MAN WA CHO</t>
+  </si>
+  <si>
+    <t>Holly</t>
+  </si>
+  <si>
+    <t>Anderson</t>
+  </si>
+  <si>
+    <t>Phung</t>
+  </si>
+  <si>
+    <t>Thi Thanh Tam</t>
+  </si>
+  <si>
     <t>Hien</t>
   </si>
   <si>
     <t>Czech Republic</t>
   </si>
   <si>
     <t>Choon Eng</t>
   </si>
   <si>
-    <t>Samdan</t>
-[...8 lines deleted...]
-    <t>Anderson</t>
+    <t>Đoàn Thị Thu Hồng</t>
+  </si>
+  <si>
+    <t>Nguyễn Thị Hồng Hạnh</t>
   </si>
   <si>
     <t>Siu Kei Maggie</t>
   </si>
   <si>
     <t>Lai</t>
   </si>
   <si>
-    <t>Phung</t>
-[...2 lines deleted...]
-    <t>Thi Thanh Tam</t>
+    <t>Lê Thị Thuột</t>
   </si>
   <si>
     <t>chen</t>
   </si>
   <si>
     <t>jie</t>
   </si>
   <si>
     <t>China</t>
   </si>
   <si>
+    <t>Bùi Thị Kim Nguyệt</t>
+  </si>
+  <si>
     <t>Azatul Irnie</t>
   </si>
   <si>
     <t>Zaini</t>
   </si>
   <si>
-    <t>Đoàn Thị Thu Hồng</t>
-[...13 lines deleted...]
-  <si>
     <t>Emilda</t>
   </si>
   <si>
+    <t>Hutsadar</t>
+  </si>
+  <si>
+    <t>Matsouvanh</t>
+  </si>
+  <si>
+    <t>YEOK HUN BOH</t>
+  </si>
+  <si>
+    <t>Tiffany</t>
+  </si>
+  <si>
+    <t>Yee Wei</t>
+  </si>
+  <si>
+    <t>WONG SIOW YEN</t>
+  </si>
+  <si>
+    <t>Võ Thanh Thuỷ</t>
+  </si>
+  <si>
+    <t>Pui Kwan</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FEI </t>
+  </si>
+  <si>
+    <t>LI HO</t>
+  </si>
+  <si>
     <t>Bùi Thị Thanh Mai</t>
   </si>
   <si>
+    <t>Carrie</t>
+  </si>
+  <si>
     <t>Phạm Thị Thu</t>
   </si>
   <si>
-    <t>Hutsadar</t>
-[...29 lines deleted...]
-    <t>WONG SIOW YEN</t>
+    <t>Norazimah</t>
+  </si>
+  <si>
+    <t>Md Zin</t>
+  </si>
+  <si>
+    <t>Doris</t>
+  </si>
+  <si>
+    <t>Daud</t>
+  </si>
+  <si>
+    <t>Man Wai</t>
+  </si>
+  <si>
+    <t>Sze</t>
   </si>
   <si>
     <t>CHOI LI CHEAH</t>
   </si>
   <si>
     <t xml:space="preserve">NORASHIKIN </t>
   </si>
   <si>
     <t>ZULKIFLI</t>
   </si>
   <si>
+    <t>Min A</t>
+  </si>
+  <si>
+    <t>Trương Quỳnh Giang</t>
+  </si>
+  <si>
     <t>Pouieng</t>
   </si>
   <si>
     <t>Wan</t>
   </si>
   <si>
-    <t>Min A</t>
+    <t>Trần Thị Ngọc Huyền</t>
   </si>
   <si>
     <t>Wei Lim</t>
   </si>
   <si>
     <t>Hsiao</t>
   </si>
   <si>
-    <t>Trương Quỳnh Giang</t>
-[...20 lines deleted...]
-    <t>Trần Thị Ngọc Huyền</t>
+    <t>Lưu Thị Minh Huế</t>
+  </si>
+  <si>
+    <t>Noor Zuharniza</t>
+  </si>
+  <si>
+    <t>Junaita</t>
+  </si>
+  <si>
+    <t>Phillis</t>
+  </si>
+  <si>
+    <t>Loh</t>
   </si>
   <si>
     <t>Dawn</t>
   </si>
   <si>
     <t>O Dowd</t>
   </si>
   <si>
+    <t>Nguyễn Thị Mỹ Phương</t>
+  </si>
+  <si>
     <t>Ching Yee</t>
   </si>
   <si>
     <t>Koh</t>
   </si>
   <si>
     <t>Liping</t>
   </si>
   <si>
     <t>Jiang</t>
   </si>
   <si>
-    <t>Lưu Thị Minh Huế</t>
+    <t>Sophia</t>
+  </si>
+  <si>
+    <t>Sophia Yee</t>
   </si>
   <si>
     <t>AZZATIE INTAN SURAYA ZAMANI</t>
   </si>
   <si>
     <t xml:space="preserve">EMILY </t>
   </si>
   <si>
     <t>ANDREW</t>
   </si>
   <si>
-    <t>Nguyễn Thị Mỹ Phương</t>
-[...7 lines deleted...]
-  <si>
     <t>JUN Hea Jae</t>
   </si>
   <si>
-    <t>Noor Zuharniza</t>
-[...8 lines deleted...]
-    <t>Loh</t>
+    <t>Inge</t>
+  </si>
+  <si>
+    <t>Pelemans</t>
+  </si>
+  <si>
+    <t>Bee Leng Peh</t>
+  </si>
+  <si>
+    <t>Phạm Ngân Hà</t>
+  </si>
+  <si>
+    <t>Maizatul Ain</t>
+  </si>
+  <si>
+    <t>Phạm Thị Thanh Ngọc</t>
+  </si>
+  <si>
+    <t>Miu Sheung Javy</t>
+  </si>
+  <si>
+    <t>Choy</t>
+  </si>
+  <si>
+    <t>Wincy</t>
+  </si>
+  <si>
+    <t>Ho</t>
+  </si>
+  <si>
+    <t>Nguyễn Thị Thanh Hảo</t>
+  </si>
+  <si>
+    <t>Norlizah Binti</t>
+  </si>
+  <si>
+    <t>Sinail</t>
+  </si>
+  <si>
+    <t>NORZAIMEE MOHAMAD SUBKI</t>
   </si>
   <si>
     <t>CHOI Minjung</t>
   </si>
   <si>
-    <t>Maizatul Ain</t>
-[...38 lines deleted...]
-    <t>Bee Leng Peh</t>
+    <t>MICHELLE NG QIAN YING</t>
+  </si>
+  <si>
+    <t>AZURA DAPIT</t>
+  </si>
+  <si>
+    <t>LEE Seongyeong</t>
+  </si>
+  <si>
+    <t>Ee Chin Lay</t>
+  </si>
+  <si>
+    <t>Natalie</t>
+  </si>
+  <si>
+    <t>Crawford</t>
+  </si>
+  <si>
+    <t>Justine</t>
+  </si>
+  <si>
+    <t>Genevieve</t>
+  </si>
+  <si>
+    <t>Trần Thị Thu</t>
+  </si>
+  <si>
+    <t>Ping Yee</t>
   </si>
   <si>
     <t>Le Thi Thuy Phuong</t>
   </si>
   <si>
-    <t>MICHELLE NG QIAN YING</t>
-[...26 lines deleted...]
-    <t>Trần Thị Thu</t>
+    <t>wing chi</t>
+  </si>
+  <si>
+    <t>ho</t>
+  </si>
+  <si>
+    <t>Claire</t>
+  </si>
+  <si>
+    <t>Nguyen Hai Yen</t>
+  </si>
+  <si>
+    <t>Ruby</t>
+  </si>
+  <si>
+    <t>To</t>
+  </si>
+  <si>
+    <t>Wai Choo</t>
+  </si>
+  <si>
+    <t>Gong</t>
+  </si>
+  <si>
+    <t>Đặng Thanh Trúc</t>
+  </si>
+  <si>
+    <t>Grace Ana</t>
+  </si>
+  <si>
+    <t>Poilis</t>
+  </si>
+  <si>
+    <t>YIN FOONG CHAN</t>
+  </si>
+  <si>
+    <t>Furukawa</t>
+  </si>
+  <si>
+    <t>KIM Hyunsook</t>
   </si>
   <si>
     <t>Trần Anh</t>
   </si>
   <si>
-    <t>Grace Ana</t>
-[...38 lines deleted...]
-    <t>To</t>
+    <t>Trần Thị Thu Thuỷ</t>
+  </si>
+  <si>
+    <t>Rozel</t>
+  </si>
+  <si>
+    <t>Vivero</t>
+  </si>
+  <si>
+    <t>Candy</t>
+  </si>
+  <si>
+    <t>Dương Thị Hạnh</t>
+  </si>
+  <si>
+    <t>NURFAIZAH JOOLKEEPRI</t>
+  </si>
+  <si>
+    <t>Xuân Dịu</t>
+  </si>
+  <si>
+    <t>Song Lin</t>
+  </si>
+  <si>
+    <t>Cheong</t>
+  </si>
+  <si>
+    <t>MEI YEE YIP</t>
+  </si>
+  <si>
+    <t>Ngô Thị Hương Ly</t>
+  </si>
+  <si>
+    <t>Norawati</t>
+  </si>
+  <si>
+    <t>Binti Razali</t>
+  </si>
+  <si>
+    <t>Hong Ping Tan</t>
   </si>
   <si>
     <t>PARK Eunha</t>
   </si>
   <si>
-    <t>Candy</t>
-[...40 lines deleted...]
-  <si>
     <t>JAMIE LEONG</t>
   </si>
   <si>
     <t>Lê Thị Thu Lan</t>
   </si>
   <si>
+    <t>Lee Ping</t>
+  </si>
+  <si>
     <t>Ramsbottom</t>
   </si>
   <si>
     <t>Sojidmaa</t>
   </si>
   <si>
     <t>Mongolia</t>
   </si>
   <si>
+    <t>Phạm Thị Ngọc Quỳnh</t>
+  </si>
+  <si>
+    <t>Shuh Yee</t>
+  </si>
+  <si>
     <t>Suet Na</t>
   </si>
   <si>
     <t>Ting</t>
   </si>
   <si>
-    <t>Phạm Thị Ngọc Quỳnh</t>
-[...5 lines deleted...]
-    <t>Lee Ping</t>
+    <t>NORHAMIZA</t>
+  </si>
+  <si>
+    <t>MOHD RODZI</t>
   </si>
   <si>
     <t>Chin Chin</t>
   </si>
   <si>
     <t xml:space="preserve">Lee </t>
   </si>
   <si>
+    <t>Joy</t>
+  </si>
+  <si>
+    <t>Sim</t>
+  </si>
+  <si>
     <t>Nicole</t>
   </si>
   <si>
-    <t>Joy</t>
-[...4 lines deleted...]
-  <si>
     <t>Lylia</t>
   </si>
   <si>
     <t>Nordin</t>
-  </si>
-[...4 lines deleted...]
-    <t>MOHD RODZI</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -7604,140 +7604,140 @@
       </c>
       <c r="B39" s="2">
         <v>950</v>
       </c>
       <c r="C39" s="2">
         <v>106207</v>
       </c>
       <c r="D39" s="2" t="s">
         <v>92</v>
       </c>
       <c r="E39" s="2" t="s">
         <v>93</v>
       </c>
       <c r="F39" s="2" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="40" spans="1:6">
       <c r="A40" s="2">
         <v>37</v>
       </c>
       <c r="B40" s="2">
         <v>950</v>
       </c>
       <c r="C40" s="2">
-        <v>100973</v>
+        <v>107973</v>
       </c>
       <c r="D40" s="2" t="s">
         <v>95</v>
       </c>
       <c r="E40" s="2" t="s">
         <v>96</v>
       </c>
       <c r="F40" s="2" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
     </row>
     <row r="41" spans="1:6">
       <c r="A41" s="2">
         <v>37</v>
       </c>
       <c r="B41" s="2">
         <v>950</v>
       </c>
       <c r="C41" s="2">
-        <v>107973</v>
+        <v>100973</v>
       </c>
       <c r="D41" s="2" t="s">
         <v>97</v>
       </c>
       <c r="E41" s="2" t="s">
         <v>98</v>
       </c>
       <c r="F41" s="2" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
     </row>
     <row r="42" spans="1:6">
       <c r="A42" s="2">
         <v>41</v>
       </c>
       <c r="B42" s="2">
         <v>925</v>
       </c>
       <c r="C42" s="2">
-        <v>105577</v>
+        <v>121228</v>
       </c>
       <c r="D42" s="2" t="s">
         <v>99</v>
       </c>
       <c r="E42" s="2" t="s">
         <v>100</v>
       </c>
       <c r="F42" s="2" t="s">
-        <v>63</v>
+        <v>101</v>
       </c>
     </row>
     <row r="43" spans="1:6">
       <c r="A43" s="2">
         <v>41</v>
       </c>
       <c r="B43" s="2">
         <v>925</v>
       </c>
       <c r="C43" s="2">
-        <v>121228</v>
+        <v>112241</v>
       </c>
       <c r="D43" s="2" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="E43" s="2" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="F43" s="2" t="s">
-        <v>103</v>
+        <v>8</v>
       </c>
     </row>
     <row r="44" spans="1:6">
       <c r="A44" s="2">
         <v>41</v>
       </c>
       <c r="B44" s="2">
         <v>925</v>
       </c>
       <c r="C44" s="2">
-        <v>112241</v>
+        <v>105577</v>
       </c>
       <c r="D44" s="2" t="s">
         <v>104</v>
       </c>
       <c r="E44" s="2" t="s">
         <v>105</v>
       </c>
       <c r="F44" s="2" t="s">
-        <v>8</v>
+        <v>63</v>
       </c>
     </row>
     <row r="45" spans="1:6">
       <c r="A45" s="2">
         <v>44</v>
       </c>
       <c r="B45" s="2">
         <v>905</v>
       </c>
       <c r="C45" s="2">
         <v>114579</v>
       </c>
       <c r="D45" s="2" t="s">
         <v>106</v>
       </c>
       <c r="E45" s="2" t="s">
         <v>107</v>
       </c>
       <c r="F45" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="46" spans="1:6">
       <c r="A46" s="2">
         <v>45</v>
@@ -8024,197 +8024,197 @@
       </c>
       <c r="B60" s="2">
         <v>680</v>
       </c>
       <c r="C60" s="2">
         <v>105420</v>
       </c>
       <c r="D60" s="2" t="s">
         <v>137</v>
       </c>
       <c r="E60" s="2" t="s">
         <v>138</v>
       </c>
       <c r="F60" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="61" spans="1:6">
       <c r="A61" s="2">
         <v>60</v>
       </c>
       <c r="B61" s="2">
         <v>670</v>
       </c>
       <c r="C61" s="2">
-        <v>119160</v>
+        <v>109981</v>
       </c>
       <c r="D61" s="2" t="s">
         <v>139</v>
       </c>
       <c r="E61" s="2" t="s">
         <v>140</v>
       </c>
       <c r="F61" s="2" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
     </row>
     <row r="62" spans="1:6">
       <c r="A62" s="2">
         <v>60</v>
       </c>
       <c r="B62" s="2">
         <v>670</v>
       </c>
       <c r="C62" s="2">
-        <v>109981</v>
+        <v>119160</v>
       </c>
       <c r="D62" s="2" t="s">
         <v>141</v>
       </c>
       <c r="E62" s="2" t="s">
         <v>142</v>
       </c>
       <c r="F62" s="2" t="s">
-        <v>19</v>
+        <v>8</v>
       </c>
     </row>
     <row r="63" spans="1:6">
       <c r="A63" s="2">
         <v>62</v>
       </c>
       <c r="B63" s="2">
         <v>650</v>
       </c>
       <c r="C63" s="2">
-        <v>119152</v>
+        <v>115642</v>
       </c>
       <c r="D63" s="2" t="s">
         <v>143</v>
       </c>
       <c r="E63" s="2" t="s">
         <v>144</v>
       </c>
       <c r="F63" s="2" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
     </row>
     <row r="64" spans="1:6">
       <c r="A64" s="2">
         <v>62</v>
       </c>
       <c r="B64" s="2">
         <v>650</v>
       </c>
       <c r="C64" s="2">
-        <v>115642</v>
+        <v>119152</v>
       </c>
       <c r="D64" s="2" t="s">
         <v>145</v>
       </c>
       <c r="E64" s="2" t="s">
         <v>146</v>
       </c>
       <c r="F64" s="2" t="s">
-        <v>32</v>
+        <v>8</v>
       </c>
     </row>
     <row r="65" spans="1:6">
       <c r="A65" s="2">
         <v>64</v>
       </c>
       <c r="B65" s="2">
         <v>640</v>
       </c>
       <c r="C65" s="2">
         <v>121776</v>
       </c>
       <c r="D65" s="2" t="s">
         <v>147</v>
       </c>
       <c r="E65" s="2" t="s">
         <v>148</v>
       </c>
       <c r="F65" s="2" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="66" spans="1:6">
       <c r="A66" s="2">
         <v>65</v>
       </c>
       <c r="B66" s="2">
         <v>610</v>
       </c>
       <c r="C66" s="2">
         <v>119162</v>
       </c>
       <c r="D66" s="2" t="s">
         <v>149</v>
       </c>
       <c r="E66" s="2" t="s">
         <v>150</v>
       </c>
       <c r="F66" s="2" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="67" spans="1:6">
       <c r="A67" s="2">
         <v>66</v>
       </c>
       <c r="B67" s="2">
         <v>590</v>
       </c>
       <c r="C67" s="2">
-        <v>120618</v>
-[...1 lines deleted...]
-      <c r="D67" s="2"/>
+        <v>109096</v>
+      </c>
+      <c r="D67" s="2" t="s">
+        <v>151</v>
+      </c>
       <c r="E67" s="2" t="s">
-        <v>151</v>
-[...1 lines deleted...]
-      <c r="F67" s="2"/>
+        <v>152</v>
+      </c>
+      <c r="F67" s="2" t="s">
+        <v>8</v>
+      </c>
     </row>
     <row r="68" spans="1:6">
       <c r="A68" s="2">
         <v>66</v>
       </c>
       <c r="B68" s="2">
         <v>590</v>
       </c>
       <c r="C68" s="2">
-        <v>109096</v>
-[...3 lines deleted...]
-      </c>
+        <v>120618</v>
+      </c>
+      <c r="D68" s="2"/>
       <c r="E68" s="2" t="s">
         <v>153</v>
       </c>
-      <c r="F68" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F68" s="2"/>
     </row>
     <row r="69" spans="1:6">
       <c r="A69" s="2">
         <v>68</v>
       </c>
       <c r="B69" s="2">
         <v>580</v>
       </c>
       <c r="C69" s="2">
         <v>118400</v>
       </c>
       <c r="D69" s="2" t="s">
         <v>154</v>
       </c>
       <c r="E69" s="2" t="s">
         <v>155</v>
       </c>
       <c r="F69" s="2" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="70" spans="1:6">
       <c r="A70" s="2">
         <v>69</v>
       </c>
@@ -8438,192 +8438,192 @@
       </c>
       <c r="B81" s="2">
         <v>510</v>
       </c>
       <c r="C81" s="2">
         <v>119161</v>
       </c>
       <c r="D81" s="2" t="s">
         <v>177</v>
       </c>
       <c r="E81" s="2" t="s">
         <v>178</v>
       </c>
       <c r="F81" s="2" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="82" spans="1:6">
       <c r="A82" s="2">
         <v>81</v>
       </c>
       <c r="B82" s="2">
         <v>500</v>
       </c>
       <c r="C82" s="2">
-        <v>121131</v>
+        <v>122130</v>
       </c>
       <c r="D82" s="2" t="s">
+        <v>163</v>
+      </c>
+      <c r="E82" s="2" t="s">
         <v>179</v>
       </c>
-      <c r="E82" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F82" s="2" t="s">
-        <v>103</v>
+        <v>8</v>
       </c>
     </row>
     <row r="83" spans="1:6">
       <c r="A83" s="2">
         <v>81</v>
       </c>
       <c r="B83" s="2">
         <v>500</v>
       </c>
       <c r="C83" s="2">
-        <v>111749</v>
+        <v>121131</v>
       </c>
       <c r="D83" s="2" t="s">
+        <v>180</v>
+      </c>
+      <c r="E83" s="2" t="s">
         <v>181</v>
       </c>
-      <c r="E83" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F83" s="2" t="s">
-        <v>32</v>
+        <v>101</v>
       </c>
     </row>
     <row r="84" spans="1:6">
       <c r="A84" s="2">
         <v>81</v>
       </c>
       <c r="B84" s="2">
         <v>500</v>
       </c>
       <c r="C84" s="2">
-        <v>123010</v>
-[...1 lines deleted...]
-      <c r="D84" s="2"/>
+        <v>105652</v>
+      </c>
+      <c r="D84" s="2" t="s">
+        <v>182</v>
+      </c>
       <c r="E84" s="2" t="s">
         <v>183</v>
       </c>
       <c r="F84" s="2" t="s">
-        <v>32</v>
+        <v>37</v>
       </c>
     </row>
     <row r="85" spans="1:6">
       <c r="A85" s="2">
         <v>81</v>
       </c>
       <c r="B85" s="2">
         <v>500</v>
       </c>
       <c r="C85" s="2">
         <v>122144</v>
       </c>
       <c r="D85" s="2" t="s">
         <v>184</v>
       </c>
       <c r="E85" s="2" t="s">
         <v>185</v>
       </c>
       <c r="F85" s="2" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="86" spans="1:6">
       <c r="A86" s="2">
         <v>81</v>
       </c>
       <c r="B86" s="2">
         <v>500</v>
       </c>
       <c r="C86" s="2">
-        <v>105652</v>
+        <v>111749</v>
       </c>
       <c r="D86" s="2" t="s">
         <v>186</v>
       </c>
       <c r="E86" s="2" t="s">
         <v>187</v>
       </c>
       <c r="F86" s="2" t="s">
-        <v>37</v>
+        <v>32</v>
       </c>
     </row>
     <row r="87" spans="1:6">
       <c r="A87" s="2">
         <v>81</v>
       </c>
       <c r="B87" s="2">
         <v>500</v>
       </c>
       <c r="C87" s="2">
-        <v>122264</v>
-[...1 lines deleted...]
-      <c r="D87" s="2" t="s">
+        <v>123010</v>
+      </c>
+      <c r="D87" s="2"/>
+      <c r="E87" s="2" t="s">
         <v>188</v>
       </c>
-      <c r="E87" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F87" s="2" t="s">
-        <v>11</v>
+        <v>32</v>
       </c>
     </row>
     <row r="88" spans="1:6">
       <c r="A88" s="2">
         <v>81</v>
       </c>
       <c r="B88" s="2">
         <v>500</v>
       </c>
       <c r="C88" s="2">
-        <v>113545</v>
+        <v>122264</v>
       </c>
       <c r="D88" s="2" t="s">
+        <v>189</v>
+      </c>
+      <c r="E88" s="2" t="s">
         <v>190</v>
       </c>
-      <c r="E88" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F88" s="2" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
     </row>
     <row r="89" spans="1:6">
       <c r="A89" s="2">
         <v>81</v>
       </c>
       <c r="B89" s="2">
         <v>500</v>
       </c>
       <c r="C89" s="2">
-        <v>122130</v>
+        <v>113545</v>
       </c>
       <c r="D89" s="2" t="s">
-        <v>163</v>
+        <v>191</v>
       </c>
       <c r="E89" s="2" t="s">
         <v>192</v>
       </c>
       <c r="F89" s="2" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="90" spans="1:6">
       <c r="A90" s="2">
         <v>89</v>
       </c>
       <c r="B90" s="2">
         <v>475</v>
       </c>
       <c r="C90" s="2">
         <v>110185</v>
       </c>
       <c r="D90" s="2" t="s">
         <v>193</v>
       </c>
       <c r="E90" s="2" t="s">
         <v>194</v>
       </c>
       <c r="F90" s="2" t="s">
@@ -8636,528 +8636,528 @@
       </c>
       <c r="B91" s="2">
         <v>475</v>
       </c>
       <c r="C91" s="2">
         <v>104980</v>
       </c>
       <c r="D91" s="2" t="s">
         <v>195</v>
       </c>
       <c r="E91" s="2" t="s">
         <v>196</v>
       </c>
       <c r="F91" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="92" spans="1:6">
       <c r="A92" s="2">
         <v>91</v>
       </c>
       <c r="B92" s="2">
         <v>450</v>
       </c>
       <c r="C92" s="2">
-        <v>117997</v>
+        <v>122585</v>
       </c>
       <c r="D92" s="2" t="s">
         <v>197</v>
       </c>
       <c r="E92" s="2" t="s">
+        <v>93</v>
+      </c>
+      <c r="F92" s="2" t="s">
         <v>198</v>
-      </c>
-[...1 lines deleted...]
-        <v>27</v>
       </c>
     </row>
     <row r="93" spans="1:6">
       <c r="A93" s="2">
         <v>91</v>
       </c>
       <c r="B93" s="2">
         <v>450</v>
       </c>
       <c r="C93" s="2">
-        <v>112391</v>
+        <v>122109</v>
       </c>
       <c r="D93" s="2" t="s">
         <v>199</v>
       </c>
       <c r="E93" s="2" t="s">
         <v>200</v>
       </c>
       <c r="F93" s="2" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
     </row>
     <row r="94" spans="1:6">
       <c r="A94" s="2">
         <v>91</v>
       </c>
       <c r="B94" s="2">
         <v>450</v>
       </c>
       <c r="C94" s="2">
-        <v>106711</v>
+        <v>112391</v>
       </c>
       <c r="D94" s="2" t="s">
         <v>201</v>
       </c>
       <c r="E94" s="2" t="s">
         <v>202</v>
       </c>
       <c r="F94" s="2" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
     </row>
     <row r="95" spans="1:6">
       <c r="A95" s="2">
         <v>91</v>
       </c>
       <c r="B95" s="2">
         <v>450</v>
       </c>
       <c r="C95" s="2">
-        <v>107980</v>
+        <v>117997</v>
       </c>
       <c r="D95" s="2" t="s">
         <v>203</v>
       </c>
       <c r="E95" s="2" t="s">
         <v>204</v>
       </c>
       <c r="F95" s="2" t="s">
-        <v>55</v>
+        <v>27</v>
       </c>
     </row>
     <row r="96" spans="1:6">
       <c r="A96" s="2">
         <v>91</v>
       </c>
       <c r="B96" s="2">
         <v>450</v>
       </c>
       <c r="C96" s="2">
-        <v>122238</v>
-[...1 lines deleted...]
-      <c r="D96" s="2" t="s">
+        <v>123011</v>
+      </c>
+      <c r="D96" s="2"/>
+      <c r="E96" s="2" t="s">
         <v>205</v>
       </c>
-      <c r="E96" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F96" s="2" t="s">
-        <v>11</v>
+        <v>32</v>
       </c>
     </row>
     <row r="97" spans="1:6">
       <c r="A97" s="2">
         <v>91</v>
       </c>
       <c r="B97" s="2">
         <v>450</v>
       </c>
       <c r="C97" s="2">
-        <v>122109</v>
+        <v>106711</v>
       </c>
       <c r="D97" s="2" t="s">
+        <v>206</v>
+      </c>
+      <c r="E97" s="2" t="s">
         <v>207</v>
       </c>
-      <c r="E97" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F97" s="2" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
     </row>
     <row r="98" spans="1:6">
       <c r="A98" s="2">
         <v>91</v>
       </c>
       <c r="B98" s="2">
         <v>450</v>
       </c>
       <c r="C98" s="2">
-        <v>115612</v>
+        <v>122744</v>
       </c>
       <c r="D98" s="2" t="s">
+        <v>208</v>
+      </c>
+      <c r="E98" s="2" t="s">
         <v>209</v>
       </c>
-      <c r="E98" s="2" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="F98" s="2"/>
     </row>
     <row r="99" spans="1:6">
       <c r="A99" s="2">
         <v>91</v>
       </c>
       <c r="B99" s="2">
         <v>450</v>
       </c>
       <c r="C99" s="2">
-        <v>122616</v>
+        <v>107980</v>
       </c>
       <c r="D99" s="2" t="s">
+        <v>210</v>
+      </c>
+      <c r="E99" s="2" t="s">
         <v>211</v>
       </c>
-      <c r="E99" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F99" s="2" t="s">
-        <v>213</v>
+        <v>55</v>
       </c>
     </row>
     <row r="100" spans="1:6">
       <c r="A100" s="2">
         <v>91</v>
       </c>
       <c r="B100" s="2">
         <v>450</v>
       </c>
       <c r="C100" s="2">
-        <v>122793</v>
-[...1 lines deleted...]
-      <c r="D100" s="2"/>
+        <v>122238</v>
+      </c>
+      <c r="D100" s="2" t="s">
+        <v>212</v>
+      </c>
       <c r="E100" s="2" t="s">
-        <v>214</v>
+        <v>213</v>
       </c>
       <c r="F100" s="2" t="s">
-        <v>103</v>
+        <v>11</v>
       </c>
     </row>
     <row r="101" spans="1:6">
       <c r="A101" s="2">
         <v>91</v>
       </c>
       <c r="B101" s="2">
         <v>450</v>
       </c>
       <c r="C101" s="2">
-        <v>121128</v>
+        <v>122616</v>
       </c>
       <c r="D101" s="2" t="s">
+        <v>214</v>
+      </c>
+      <c r="E101" s="2" t="s">
         <v>215</v>
       </c>
-      <c r="E101" s="2" t="s">
+      <c r="F101" s="2" t="s">
         <v>216</v>
-      </c>
-[...1 lines deleted...]
-        <v>103</v>
       </c>
     </row>
     <row r="102" spans="1:6">
       <c r="A102" s="2">
         <v>91</v>
       </c>
       <c r="B102" s="2">
         <v>450</v>
       </c>
       <c r="C102" s="2">
-        <v>123011</v>
-[...1 lines deleted...]
-      <c r="D102" s="2"/>
+        <v>122216</v>
+      </c>
+      <c r="D102" s="2" t="s">
+        <v>217</v>
+      </c>
       <c r="E102" s="2" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="F102" s="2" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="103" spans="1:6">
       <c r="A103" s="2">
         <v>91</v>
       </c>
       <c r="B103" s="2">
         <v>450</v>
       </c>
       <c r="C103" s="2">
-        <v>122145</v>
-[...3 lines deleted...]
-      </c>
+        <v>122793</v>
+      </c>
+      <c r="D103" s="2"/>
       <c r="E103" s="2" t="s">
         <v>219</v>
       </c>
       <c r="F103" s="2" t="s">
-        <v>27</v>
+        <v>101</v>
       </c>
     </row>
     <row r="104" spans="1:6">
       <c r="A104" s="2">
         <v>91</v>
       </c>
       <c r="B104" s="2">
         <v>450</v>
       </c>
       <c r="C104" s="2">
-        <v>122744</v>
+        <v>122375</v>
       </c>
       <c r="D104" s="2" t="s">
         <v>220</v>
       </c>
       <c r="E104" s="2" t="s">
         <v>221</v>
       </c>
-      <c r="F104" s="2"/>
+      <c r="F104" s="2" t="s">
+        <v>11</v>
+      </c>
     </row>
     <row r="105" spans="1:6">
       <c r="A105" s="2">
         <v>91</v>
       </c>
       <c r="B105" s="2">
         <v>450</v>
       </c>
       <c r="C105" s="2">
-        <v>121728</v>
-[...1 lines deleted...]
-      <c r="D105" s="2" t="s">
+        <v>122016</v>
+      </c>
+      <c r="D105" s="2"/>
+      <c r="E105" s="2" t="s">
         <v>222</v>
       </c>
-      <c r="E105" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F105" s="2" t="s">
-        <v>37</v>
+        <v>32</v>
       </c>
     </row>
     <row r="106" spans="1:6">
       <c r="A106" s="2">
         <v>91</v>
       </c>
       <c r="B106" s="2">
         <v>450</v>
       </c>
       <c r="C106" s="2">
-        <v>122470</v>
+        <v>118759</v>
       </c>
       <c r="D106" s="2" t="s">
+        <v>223</v>
+      </c>
+      <c r="E106" s="2" t="s">
         <v>224</v>
       </c>
-      <c r="E106" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F106" s="2" t="s">
-        <v>226</v>
+        <v>19</v>
       </c>
     </row>
     <row r="107" spans="1:6">
       <c r="A107" s="2">
         <v>91</v>
       </c>
       <c r="B107" s="2">
         <v>450</v>
       </c>
       <c r="C107" s="2">
-        <v>100162</v>
+        <v>121128</v>
       </c>
       <c r="D107" s="2" t="s">
-        <v>227</v>
+        <v>225</v>
       </c>
       <c r="E107" s="2" t="s">
-        <v>228</v>
+        <v>226</v>
       </c>
       <c r="F107" s="2" t="s">
-        <v>229</v>
+        <v>101</v>
       </c>
     </row>
     <row r="108" spans="1:6">
       <c r="A108" s="2">
         <v>91</v>
       </c>
       <c r="B108" s="2">
         <v>450</v>
       </c>
       <c r="C108" s="2">
-        <v>122806</v>
-[...1 lines deleted...]
-      <c r="D108" s="2"/>
+        <v>121756</v>
+      </c>
+      <c r="D108" s="2" t="s">
+        <v>227</v>
+      </c>
       <c r="E108" s="2" t="s">
-        <v>230</v>
+        <v>228</v>
       </c>
       <c r="F108" s="2" t="s">
-        <v>103</v>
+        <v>229</v>
       </c>
     </row>
     <row r="109" spans="1:6">
       <c r="A109" s="2">
         <v>91</v>
       </c>
       <c r="B109" s="2">
         <v>450</v>
       </c>
       <c r="C109" s="2">
-        <v>122375</v>
+        <v>121728</v>
       </c>
       <c r="D109" s="2" t="s">
+        <v>230</v>
+      </c>
+      <c r="E109" s="2" t="s">
         <v>231</v>
       </c>
-      <c r="E109" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F109" s="2" t="s">
-        <v>11</v>
+        <v>37</v>
       </c>
     </row>
     <row r="110" spans="1:6">
       <c r="A110" s="2">
         <v>91</v>
       </c>
       <c r="B110" s="2">
         <v>450</v>
       </c>
       <c r="C110" s="2">
-        <v>118759</v>
+        <v>122470</v>
       </c>
       <c r="D110" s="2" t="s">
+        <v>232</v>
+      </c>
+      <c r="E110" s="2" t="s">
         <v>233</v>
       </c>
-      <c r="E110" s="2" t="s">
+      <c r="F110" s="2" t="s">
         <v>234</v>
-      </c>
-[...1 lines deleted...]
-        <v>19</v>
       </c>
     </row>
     <row r="111" spans="1:6">
       <c r="A111" s="2">
         <v>91</v>
       </c>
       <c r="B111" s="2">
         <v>450</v>
       </c>
       <c r="C111" s="2">
-        <v>122216</v>
-[...1 lines deleted...]
-      <c r="D111" s="2" t="s">
+        <v>122806</v>
+      </c>
+      <c r="D111" s="2"/>
+      <c r="E111" s="2" t="s">
         <v>235</v>
       </c>
-      <c r="E111" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F111" s="2" t="s">
-        <v>32</v>
+        <v>101</v>
       </c>
     </row>
     <row r="112" spans="1:6">
       <c r="A112" s="2">
         <v>91</v>
       </c>
       <c r="B112" s="2">
         <v>450</v>
       </c>
       <c r="C112" s="2">
-        <v>122585</v>
+        <v>122145</v>
       </c>
       <c r="D112" s="2" t="s">
+        <v>236</v>
+      </c>
+      <c r="E112" s="2" t="s">
         <v>237</v>
       </c>
-      <c r="E112" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F112" s="2" t="s">
-        <v>238</v>
+        <v>27</v>
       </c>
     </row>
     <row r="113" spans="1:6">
       <c r="A113" s="2">
         <v>91</v>
       </c>
       <c r="B113" s="2">
         <v>450</v>
       </c>
       <c r="C113" s="2">
         <v>123052</v>
       </c>
       <c r="D113" s="2" t="s">
+        <v>238</v>
+      </c>
+      <c r="E113" s="2" t="s">
         <v>239</v>
-      </c>
-[...1 lines deleted...]
-        <v>240</v>
       </c>
       <c r="F113" s="2"/>
     </row>
     <row r="114" spans="1:6">
       <c r="A114" s="2">
         <v>91</v>
       </c>
       <c r="B114" s="2">
         <v>450</v>
       </c>
       <c r="C114" s="2">
-        <v>121756</v>
+        <v>100162</v>
       </c>
       <c r="D114" s="2" t="s">
+        <v>240</v>
+      </c>
+      <c r="E114" s="2" t="s">
         <v>241</v>
       </c>
-      <c r="E114" s="2" t="s">
+      <c r="F114" s="2" t="s">
         <v>242</v>
-      </c>
-[...1 lines deleted...]
-        <v>243</v>
       </c>
     </row>
     <row r="115" spans="1:6">
       <c r="A115" s="2">
         <v>91</v>
       </c>
       <c r="B115" s="2">
         <v>450</v>
       </c>
       <c r="C115" s="2">
-        <v>122016</v>
-[...1 lines deleted...]
-      <c r="D115" s="2"/>
+        <v>115612</v>
+      </c>
+      <c r="D115" s="2" t="s">
+        <v>243</v>
+      </c>
       <c r="E115" s="2" t="s">
         <v>244</v>
       </c>
       <c r="F115" s="2" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="116" spans="1:6">
       <c r="A116" s="2">
         <v>115</v>
       </c>
       <c r="B116" s="2">
         <v>445</v>
       </c>
       <c r="C116" s="2">
         <v>103355</v>
       </c>
       <c r="D116" s="2" t="s">
         <v>245</v>
       </c>
       <c r="E116" s="2" t="s">
         <v>246</v>
       </c>
       <c r="F116" s="2" t="s">
-        <v>229</v>
+        <v>242</v>
       </c>
     </row>
     <row r="117" spans="1:6">
       <c r="A117" s="2">
         <v>116</v>
       </c>
       <c r="B117" s="2">
         <v>440</v>
       </c>
       <c r="C117" s="2">
         <v>121314</v>
       </c>
       <c r="D117" s="2"/>
       <c r="E117" s="2" t="s">
         <v>247</v>
       </c>
       <c r="F117" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="118" spans="1:6">
       <c r="A118" s="2">
         <v>117</v>
       </c>
       <c r="B118" s="2">
@@ -9200,14762 +9200,14762 @@
       <c r="A120" s="2">
         <v>117</v>
       </c>
       <c r="B120" s="2">
         <v>430</v>
       </c>
       <c r="C120" s="2">
         <v>122141</v>
       </c>
       <c r="D120" s="2"/>
       <c r="E120" s="2" t="s">
         <v>252</v>
       </c>
       <c r="F120" s="2" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="121" spans="1:6">
       <c r="A121" s="2">
         <v>120</v>
       </c>
       <c r="B121" s="2">
         <v>425</v>
       </c>
       <c r="C121" s="2">
-        <v>122807</v>
-[...1 lines deleted...]
-      <c r="D121" s="2"/>
+        <v>118485</v>
+      </c>
+      <c r="D121" s="2" t="s">
+        <v>253</v>
+      </c>
       <c r="E121" s="2" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="F121" s="2" t="s">
-        <v>103</v>
+        <v>32</v>
       </c>
     </row>
     <row r="122" spans="1:6">
       <c r="A122" s="2">
         <v>120</v>
       </c>
       <c r="B122" s="2">
         <v>425</v>
       </c>
       <c r="C122" s="2">
-        <v>122376</v>
+        <v>122361</v>
       </c>
       <c r="D122" s="2" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="E122" s="2" t="s">
         <v>255</v>
       </c>
       <c r="F122" s="2" t="s">
-        <v>11</v>
+        <v>27</v>
       </c>
     </row>
     <row r="123" spans="1:6">
       <c r="A123" s="2">
         <v>120</v>
       </c>
       <c r="B123" s="2">
         <v>425</v>
       </c>
       <c r="C123" s="2">
-        <v>106952</v>
+        <v>121729</v>
       </c>
       <c r="D123" s="2" t="s">
         <v>256</v>
       </c>
       <c r="E123" s="2" t="s">
         <v>257</v>
       </c>
       <c r="F123" s="2" t="s">
-        <v>27</v>
+        <v>37</v>
       </c>
     </row>
     <row r="124" spans="1:6">
       <c r="A124" s="2">
         <v>120</v>
       </c>
       <c r="B124" s="2">
         <v>425</v>
       </c>
       <c r="C124" s="2">
-        <v>101302</v>
+        <v>118550</v>
       </c>
       <c r="D124" s="2" t="s">
         <v>258</v>
       </c>
       <c r="E124" s="2" t="s">
         <v>259</v>
       </c>
       <c r="F124" s="2" t="s">
-        <v>11</v>
+        <v>37</v>
       </c>
     </row>
     <row r="125" spans="1:6">
       <c r="A125" s="2">
         <v>120</v>
       </c>
       <c r="B125" s="2">
         <v>425</v>
       </c>
       <c r="C125" s="2">
-        <v>118485</v>
-[...1 lines deleted...]
-      <c r="D125" s="2" t="s">
+        <v>122807</v>
+      </c>
+      <c r="D125" s="2"/>
+      <c r="E125" s="2" t="s">
         <v>260</v>
       </c>
-      <c r="E125" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F125" s="2" t="s">
-        <v>32</v>
+        <v>101</v>
       </c>
     </row>
     <row r="126" spans="1:6">
       <c r="A126" s="2">
         <v>120</v>
       </c>
       <c r="B126" s="2">
         <v>425</v>
       </c>
       <c r="C126" s="2">
         <v>100723</v>
       </c>
       <c r="D126" s="2" t="s">
+        <v>261</v>
+      </c>
+      <c r="E126" s="2" t="s">
         <v>262</v>
-      </c>
-[...1 lines deleted...]
-        <v>263</v>
       </c>
       <c r="F126" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="127" spans="1:6">
       <c r="A127" s="2">
         <v>120</v>
       </c>
       <c r="B127" s="2">
         <v>425</v>
       </c>
       <c r="C127" s="2">
-        <v>118550</v>
+        <v>106952</v>
       </c>
       <c r="D127" s="2" t="s">
+        <v>263</v>
+      </c>
+      <c r="E127" s="2" t="s">
         <v>264</v>
       </c>
-      <c r="E127" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F127" s="2" t="s">
-        <v>37</v>
+        <v>27</v>
       </c>
     </row>
     <row r="128" spans="1:6">
       <c r="A128" s="2">
         <v>120</v>
       </c>
       <c r="B128" s="2">
         <v>425</v>
       </c>
       <c r="C128" s="2">
-        <v>114330</v>
+        <v>105187</v>
       </c>
       <c r="D128" s="2" t="s">
+        <v>265</v>
+      </c>
+      <c r="E128" s="2" t="s">
         <v>266</v>
       </c>
-      <c r="E128" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F128" s="2" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
     </row>
     <row r="129" spans="1:6">
       <c r="A129" s="2">
         <v>120</v>
       </c>
       <c r="B129" s="2">
         <v>425</v>
       </c>
       <c r="C129" s="2">
-        <v>122239</v>
+        <v>101302</v>
       </c>
       <c r="D129" s="2" t="s">
+        <v>267</v>
+      </c>
+      <c r="E129" s="2" t="s">
         <v>268</v>
-      </c>
-[...1 lines deleted...]
-        <v>269</v>
       </c>
       <c r="F129" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="130" spans="1:6">
       <c r="A130" s="2">
         <v>120</v>
       </c>
       <c r="B130" s="2">
         <v>425</v>
       </c>
       <c r="C130" s="2">
-        <v>105187</v>
+        <v>114330</v>
       </c>
       <c r="D130" s="2" t="s">
+        <v>269</v>
+      </c>
+      <c r="E130" s="2" t="s">
         <v>270</v>
       </c>
-      <c r="E130" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F130" s="2" t="s">
-        <v>19</v>
+        <v>8</v>
       </c>
     </row>
     <row r="131" spans="1:6">
       <c r="A131" s="2">
         <v>120</v>
       </c>
       <c r="B131" s="2">
         <v>425</v>
       </c>
       <c r="C131" s="2">
-        <v>116487</v>
+        <v>122533</v>
       </c>
       <c r="D131" s="2" t="s">
-        <v>272</v>
+        <v>158</v>
       </c>
       <c r="E131" s="2" t="s">
-        <v>273</v>
+        <v>271</v>
       </c>
       <c r="F131" s="2" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
     </row>
     <row r="132" spans="1:6">
       <c r="A132" s="2">
         <v>120</v>
       </c>
       <c r="B132" s="2">
         <v>425</v>
       </c>
       <c r="C132" s="2">
-        <v>122794</v>
-[...1 lines deleted...]
-      <c r="D132" s="2"/>
+        <v>122239</v>
+      </c>
+      <c r="D132" s="2" t="s">
+        <v>272</v>
+      </c>
       <c r="E132" s="2" t="s">
-        <v>274</v>
+        <v>273</v>
       </c>
       <c r="F132" s="2" t="s">
-        <v>103</v>
+        <v>11</v>
       </c>
     </row>
     <row r="133" spans="1:6">
       <c r="A133" s="2">
         <v>120</v>
       </c>
       <c r="B133" s="2">
         <v>425</v>
       </c>
       <c r="C133" s="2">
-        <v>122702</v>
+        <v>120661</v>
       </c>
       <c r="D133" s="2" t="s">
+        <v>274</v>
+      </c>
+      <c r="E133" s="2" t="s">
         <v>275</v>
       </c>
-      <c r="E133" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F133" s="2" t="s">
-        <v>277</v>
+        <v>19</v>
       </c>
     </row>
     <row r="134" spans="1:6">
       <c r="A134" s="2">
         <v>120</v>
       </c>
       <c r="B134" s="2">
         <v>425</v>
       </c>
       <c r="C134" s="2">
-        <v>122407</v>
+        <v>116487</v>
       </c>
       <c r="D134" s="2" t="s">
-        <v>278</v>
+        <v>276</v>
       </c>
       <c r="E134" s="2" t="s">
-        <v>279</v>
+        <v>277</v>
       </c>
       <c r="F134" s="2" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="135" spans="1:6">
       <c r="A135" s="2">
         <v>120</v>
       </c>
       <c r="B135" s="2">
         <v>425</v>
       </c>
       <c r="C135" s="2">
-        <v>122533</v>
+        <v>121142</v>
       </c>
       <c r="D135" s="2" t="s">
-        <v>158</v>
+        <v>278</v>
       </c>
       <c r="E135" s="2" t="s">
-        <v>280</v>
+        <v>279</v>
       </c>
       <c r="F135" s="2" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
     </row>
     <row r="136" spans="1:6">
       <c r="A136" s="2">
         <v>120</v>
       </c>
       <c r="B136" s="2">
         <v>425</v>
       </c>
       <c r="C136" s="2">
-        <v>122361</v>
-[...3 lines deleted...]
-      </c>
+        <v>122794</v>
+      </c>
+      <c r="D136" s="2"/>
       <c r="E136" s="2" t="s">
-        <v>281</v>
+        <v>280</v>
       </c>
       <c r="F136" s="2" t="s">
-        <v>27</v>
+        <v>101</v>
       </c>
     </row>
     <row r="137" spans="1:6">
       <c r="A137" s="2">
         <v>120</v>
       </c>
       <c r="B137" s="2">
         <v>425</v>
       </c>
       <c r="C137" s="2">
-        <v>120661</v>
+        <v>122407</v>
       </c>
       <c r="D137" s="2" t="s">
+        <v>281</v>
+      </c>
+      <c r="E137" s="2" t="s">
         <v>282</v>
       </c>
-      <c r="E137" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F137" s="2" t="s">
-        <v>19</v>
+        <v>8</v>
       </c>
     </row>
     <row r="138" spans="1:6">
       <c r="A138" s="2">
         <v>120</v>
       </c>
       <c r="B138" s="2">
         <v>425</v>
       </c>
       <c r="C138" s="2">
-        <v>121142</v>
+        <v>122376</v>
       </c>
       <c r="D138" s="2" t="s">
+        <v>283</v>
+      </c>
+      <c r="E138" s="2" t="s">
         <v>284</v>
-      </c>
-[...1 lines deleted...]
-        <v>285</v>
       </c>
       <c r="F138" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="139" spans="1:6">
       <c r="A139" s="2">
         <v>120</v>
       </c>
       <c r="B139" s="2">
         <v>425</v>
       </c>
       <c r="C139" s="2">
-        <v>121729</v>
+        <v>122702</v>
       </c>
       <c r="D139" s="2" t="s">
+        <v>285</v>
+      </c>
+      <c r="E139" s="2" t="s">
         <v>286</v>
       </c>
-      <c r="E139" s="2" t="s">
+      <c r="F139" s="2" t="s">
         <v>287</v>
-      </c>
-[...1 lines deleted...]
-        <v>37</v>
       </c>
     </row>
     <row r="140" spans="1:6">
       <c r="A140" s="2">
         <v>139</v>
       </c>
       <c r="B140" s="2">
         <v>410</v>
       </c>
       <c r="C140" s="2">
         <v>104398</v>
       </c>
       <c r="D140" s="2" t="s">
         <v>288</v>
       </c>
       <c r="E140" s="2" t="s">
         <v>289</v>
       </c>
       <c r="F140" s="2" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="141" spans="1:6">
       <c r="A141" s="2">
         <v>140</v>
       </c>
       <c r="B141" s="2">
         <v>400</v>
       </c>
       <c r="C141" s="2">
-        <v>122795</v>
-[...1 lines deleted...]
-      <c r="D141" s="2"/>
+        <v>122240</v>
+      </c>
+      <c r="D141" s="2" t="s">
+        <v>290</v>
+      </c>
       <c r="E141" s="2" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="F141" s="2" t="s">
-        <v>103</v>
+        <v>11</v>
       </c>
     </row>
     <row r="142" spans="1:6">
       <c r="A142" s="2">
         <v>140</v>
       </c>
       <c r="B142" s="2">
         <v>400</v>
       </c>
       <c r="C142" s="2">
-        <v>121925</v>
+        <v>117491</v>
       </c>
       <c r="D142" s="2" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="E142" s="2" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="F142" s="2" t="s">
-        <v>293</v>
+        <v>19</v>
       </c>
     </row>
     <row r="143" spans="1:6">
       <c r="A143" s="2">
         <v>140</v>
       </c>
       <c r="B143" s="2">
         <v>400</v>
       </c>
       <c r="C143" s="2">
-        <v>120918</v>
+        <v>122017</v>
       </c>
       <c r="D143" s="2" t="s">
         <v>294</v>
       </c>
       <c r="E143" s="2" t="s">
         <v>295</v>
       </c>
       <c r="F143" s="2" t="s">
-        <v>8</v>
+        <v>63</v>
       </c>
     </row>
     <row r="144" spans="1:6">
       <c r="A144" s="2">
         <v>140</v>
       </c>
       <c r="B144" s="2">
         <v>400</v>
       </c>
       <c r="C144" s="2">
-        <v>118691</v>
-[...3 lines deleted...]
-      </c>
+        <v>122795</v>
+      </c>
+      <c r="D144" s="2"/>
       <c r="E144" s="2" t="s">
-        <v>234</v>
+        <v>296</v>
       </c>
       <c r="F144" s="2" t="s">
-        <v>19</v>
+        <v>101</v>
       </c>
     </row>
     <row r="145" spans="1:6">
       <c r="A145" s="2">
         <v>140</v>
       </c>
       <c r="B145" s="2">
         <v>400</v>
       </c>
       <c r="C145" s="2">
-        <v>118392</v>
+        <v>123053</v>
       </c>
       <c r="D145" s="2" t="s">
-        <v>266</v>
+        <v>297</v>
       </c>
       <c r="E145" s="2" t="s">
-        <v>296</v>
-[...3 lines deleted...]
-      </c>
+        <v>298</v>
+      </c>
+      <c r="F145" s="2"/>
     </row>
     <row r="146" spans="1:6">
       <c r="A146" s="2">
         <v>140</v>
       </c>
       <c r="B146" s="2">
         <v>400</v>
       </c>
       <c r="C146" s="2">
-        <v>121130</v>
+        <v>120918</v>
       </c>
       <c r="D146" s="2" t="s">
-        <v>297</v>
+        <v>299</v>
       </c>
       <c r="E146" s="2" t="s">
-        <v>298</v>
+        <v>300</v>
       </c>
       <c r="F146" s="2" t="s">
-        <v>103</v>
+        <v>8</v>
       </c>
     </row>
     <row r="147" spans="1:6">
       <c r="A147" s="2">
         <v>140</v>
       </c>
       <c r="B147" s="2">
         <v>400</v>
       </c>
       <c r="C147" s="2">
-        <v>117491</v>
+        <v>122377</v>
       </c>
       <c r="D147" s="2" t="s">
-        <v>299</v>
+        <v>301</v>
       </c>
       <c r="E147" s="2" t="s">
-        <v>300</v>
+        <v>302</v>
       </c>
       <c r="F147" s="2" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
     </row>
     <row r="148" spans="1:6">
       <c r="A148" s="2">
         <v>140</v>
       </c>
       <c r="B148" s="2">
         <v>400</v>
       </c>
       <c r="C148" s="2">
-        <v>123053</v>
-[...3 lines deleted...]
-      </c>
+        <v>122430</v>
+      </c>
+      <c r="D148" s="2"/>
       <c r="E148" s="2" t="s">
-        <v>302</v>
-[...1 lines deleted...]
-      <c r="F148" s="2"/>
+        <v>303</v>
+      </c>
+      <c r="F148" s="2" t="s">
+        <v>19</v>
+      </c>
     </row>
     <row r="149" spans="1:6">
       <c r="A149" s="2">
         <v>140</v>
       </c>
       <c r="B149" s="2">
         <v>400</v>
       </c>
       <c r="C149" s="2">
-        <v>101098</v>
+        <v>121130</v>
       </c>
       <c r="D149" s="2" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="E149" s="2" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="F149" s="2" t="s">
-        <v>63</v>
+        <v>101</v>
       </c>
     </row>
     <row r="150" spans="1:6">
       <c r="A150" s="2">
         <v>140</v>
       </c>
       <c r="B150" s="2">
         <v>400</v>
       </c>
       <c r="C150" s="2">
-        <v>122586</v>
+        <v>118392</v>
       </c>
       <c r="D150" s="2" t="s">
-        <v>305</v>
+        <v>269</v>
       </c>
       <c r="E150" s="2" t="s">
         <v>306</v>
       </c>
       <c r="F150" s="2" t="s">
-        <v>63</v>
+        <v>16</v>
       </c>
     </row>
     <row r="151" spans="1:6">
       <c r="A151" s="2">
         <v>140</v>
       </c>
       <c r="B151" s="2">
         <v>400</v>
       </c>
       <c r="C151" s="2">
         <v>121730</v>
       </c>
       <c r="D151" s="2" t="s">
         <v>307</v>
       </c>
       <c r="E151" s="2" t="s">
         <v>308</v>
       </c>
       <c r="F151" s="2" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="152" spans="1:6">
       <c r="A152" s="2">
         <v>140</v>
       </c>
       <c r="B152" s="2">
         <v>400</v>
       </c>
       <c r="C152" s="2">
-        <v>122961</v>
+        <v>101098</v>
       </c>
       <c r="D152" s="2" t="s">
         <v>309</v>
       </c>
       <c r="E152" s="2" t="s">
         <v>310</v>
       </c>
       <c r="F152" s="2" t="s">
-        <v>27</v>
+        <v>63</v>
       </c>
     </row>
     <row r="153" spans="1:6">
       <c r="A153" s="2">
         <v>140</v>
       </c>
       <c r="B153" s="2">
         <v>400</v>
       </c>
       <c r="C153" s="2">
-        <v>122808</v>
-[...1 lines deleted...]
-      <c r="D153" s="2"/>
+        <v>122586</v>
+      </c>
+      <c r="D153" s="2" t="s">
+        <v>311</v>
+      </c>
       <c r="E153" s="2" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="F153" s="2" t="s">
-        <v>103</v>
+        <v>63</v>
       </c>
     </row>
     <row r="154" spans="1:6">
       <c r="A154" s="2">
         <v>140</v>
       </c>
       <c r="B154" s="2">
         <v>400</v>
       </c>
       <c r="C154" s="2">
-        <v>122377</v>
-[...3 lines deleted...]
-      </c>
+        <v>122808</v>
+      </c>
+      <c r="D154" s="2"/>
       <c r="E154" s="2" t="s">
         <v>313</v>
       </c>
       <c r="F154" s="2" t="s">
-        <v>11</v>
+        <v>101</v>
       </c>
     </row>
     <row r="155" spans="1:6">
       <c r="A155" s="2">
         <v>140</v>
       </c>
       <c r="B155" s="2">
         <v>400</v>
       </c>
       <c r="C155" s="2">
-        <v>122430</v>
-[...1 lines deleted...]
-      <c r="D155" s="2"/>
+        <v>122460</v>
+      </c>
+      <c r="D155" s="2" t="s">
+        <v>314</v>
+      </c>
       <c r="E155" s="2" t="s">
-        <v>314</v>
+        <v>30</v>
       </c>
       <c r="F155" s="2" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
     </row>
     <row r="156" spans="1:6">
       <c r="A156" s="2">
         <v>140</v>
       </c>
       <c r="B156" s="2">
         <v>400</v>
       </c>
       <c r="C156" s="2">
-        <v>122765</v>
+        <v>122961</v>
       </c>
       <c r="D156" s="2" t="s">
         <v>315</v>
       </c>
       <c r="E156" s="2" t="s">
         <v>316</v>
       </c>
       <c r="F156" s="2" t="s">
-        <v>94</v>
+        <v>27</v>
       </c>
     </row>
     <row r="157" spans="1:6">
       <c r="A157" s="2">
         <v>140</v>
       </c>
       <c r="B157" s="2">
         <v>400</v>
       </c>
       <c r="C157" s="2">
-        <v>109506</v>
-[...1 lines deleted...]
-      <c r="D157" s="2" t="s">
+        <v>123013</v>
+      </c>
+      <c r="D157" s="2"/>
+      <c r="E157" s="2" t="s">
         <v>317</v>
       </c>
-      <c r="E157" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F157" s="2" t="s">
-        <v>11</v>
+        <v>32</v>
       </c>
     </row>
     <row r="158" spans="1:6">
       <c r="A158" s="2">
         <v>140</v>
       </c>
       <c r="B158" s="2">
         <v>400</v>
       </c>
       <c r="C158" s="2">
-        <v>122460</v>
+        <v>121925</v>
       </c>
       <c r="D158" s="2" t="s">
+        <v>318</v>
+      </c>
+      <c r="E158" s="2" t="s">
         <v>319</v>
       </c>
-      <c r="E158" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F158" s="2" t="s">
-        <v>32</v>
+        <v>320</v>
       </c>
     </row>
     <row r="159" spans="1:6">
       <c r="A159" s="2">
         <v>140</v>
       </c>
       <c r="B159" s="2">
         <v>400</v>
       </c>
       <c r="C159" s="2">
-        <v>121773</v>
+        <v>122765</v>
       </c>
       <c r="D159" s="2" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="E159" s="2" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="F159" s="2" t="s">
-        <v>8</v>
+        <v>94</v>
       </c>
     </row>
     <row r="160" spans="1:6">
       <c r="A160" s="2">
         <v>140</v>
       </c>
       <c r="B160" s="2">
         <v>400</v>
       </c>
       <c r="C160" s="2">
-        <v>122240</v>
+        <v>109506</v>
       </c>
       <c r="D160" s="2" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="E160" s="2" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="F160" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="161" spans="1:6">
       <c r="A161" s="2">
         <v>140</v>
       </c>
       <c r="B161" s="2">
         <v>400</v>
       </c>
       <c r="C161" s="2">
-        <v>123013</v>
-[...1 lines deleted...]
-      <c r="D161" s="2"/>
+        <v>121773</v>
+      </c>
+      <c r="D161" s="2" t="s">
+        <v>325</v>
+      </c>
       <c r="E161" s="2" t="s">
-        <v>324</v>
+        <v>326</v>
       </c>
       <c r="F161" s="2" t="s">
-        <v>32</v>
+        <v>8</v>
       </c>
     </row>
     <row r="162" spans="1:6">
       <c r="A162" s="2">
         <v>140</v>
       </c>
       <c r="B162" s="2">
         <v>400</v>
       </c>
       <c r="C162" s="2">
-        <v>122017</v>
+        <v>118691</v>
       </c>
       <c r="D162" s="2" t="s">
-        <v>325</v>
+        <v>223</v>
       </c>
       <c r="E162" s="2" t="s">
-        <v>326</v>
+        <v>224</v>
       </c>
       <c r="F162" s="2" t="s">
-        <v>63</v>
+        <v>19</v>
       </c>
     </row>
     <row r="163" spans="1:6">
       <c r="A163" s="2">
         <v>162</v>
       </c>
       <c r="B163" s="2">
         <v>380</v>
       </c>
       <c r="C163" s="2">
         <v>121945</v>
       </c>
       <c r="D163" s="2" t="s">
         <v>327</v>
       </c>
       <c r="E163" s="2" t="s">
         <v>328</v>
       </c>
       <c r="F163" s="2" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="164" spans="1:6">
       <c r="A164" s="2">
         <v>162</v>
       </c>
       <c r="B164" s="2">
         <v>380</v>
       </c>
       <c r="C164" s="2">
         <v>121381</v>
       </c>
       <c r="D164" s="2" t="s">
         <v>329</v>
       </c>
       <c r="E164" s="2" t="s">
-        <v>270</v>
+        <v>265</v>
       </c>
       <c r="F164" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="165" spans="1:6">
       <c r="A165" s="2">
         <v>164</v>
       </c>
       <c r="B165" s="2">
         <v>375</v>
       </c>
       <c r="C165" s="2">
-        <v>122471</v>
+        <v>113074</v>
       </c>
       <c r="D165" s="2" t="s">
         <v>330</v>
       </c>
       <c r="E165" s="2" t="s">
         <v>331</v>
       </c>
       <c r="F165" s="2" t="s">
-        <v>226</v>
+        <v>11</v>
       </c>
     </row>
     <row r="166" spans="1:6">
       <c r="A166" s="2">
         <v>164</v>
       </c>
       <c r="B166" s="2">
         <v>375</v>
       </c>
       <c r="C166" s="2">
-        <v>122265</v>
+        <v>121926</v>
       </c>
       <c r="D166" s="2" t="s">
         <v>332</v>
       </c>
       <c r="E166" s="2" t="s">
         <v>333</v>
       </c>
       <c r="F166" s="2" t="s">
-        <v>11</v>
+        <v>320</v>
       </c>
     </row>
     <row r="167" spans="1:6">
       <c r="A167" s="2">
         <v>164</v>
       </c>
       <c r="B167" s="2">
         <v>375</v>
       </c>
       <c r="C167" s="2">
-        <v>121972</v>
+        <v>122471</v>
       </c>
       <c r="D167" s="2" t="s">
         <v>334</v>
       </c>
       <c r="E167" s="2" t="s">
         <v>335</v>
       </c>
       <c r="F167" s="2" t="s">
-        <v>32</v>
+        <v>234</v>
       </c>
     </row>
     <row r="168" spans="1:6">
       <c r="A168" s="2">
         <v>164</v>
       </c>
       <c r="B168" s="2">
         <v>375</v>
       </c>
       <c r="C168" s="2">
-        <v>114299</v>
+        <v>121760</v>
       </c>
       <c r="D168" s="2" t="s">
         <v>336</v>
       </c>
       <c r="E168" s="2" t="s">
         <v>337</v>
       </c>
-      <c r="F168" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F168" s="2"/>
     </row>
     <row r="169" spans="1:6">
       <c r="A169" s="2">
         <v>164</v>
       </c>
       <c r="B169" s="2">
         <v>375</v>
       </c>
       <c r="C169" s="2">
-        <v>122461</v>
+        <v>122984</v>
       </c>
       <c r="D169" s="2" t="s">
-        <v>43</v>
+        <v>338</v>
       </c>
       <c r="E169" s="2" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="F169" s="2" t="s">
-        <v>32</v>
+        <v>340</v>
       </c>
     </row>
     <row r="170" spans="1:6">
       <c r="A170" s="2">
         <v>164</v>
       </c>
       <c r="B170" s="2">
         <v>375</v>
       </c>
       <c r="C170" s="2">
-        <v>112999</v>
+        <v>122265</v>
       </c>
       <c r="D170" s="2" t="s">
-        <v>339</v>
+        <v>341</v>
       </c>
       <c r="E170" s="2" t="s">
-        <v>340</v>
+        <v>342</v>
       </c>
       <c r="F170" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="171" spans="1:6">
       <c r="A171" s="2">
         <v>164</v>
       </c>
       <c r="B171" s="2">
         <v>375</v>
       </c>
       <c r="C171" s="2">
-        <v>123014</v>
-[...1 lines deleted...]
-      <c r="D171" s="2"/>
+        <v>114299</v>
+      </c>
+      <c r="D171" s="2" t="s">
+        <v>343</v>
+      </c>
       <c r="E171" s="2" t="s">
-        <v>341</v>
+        <v>344</v>
       </c>
       <c r="F171" s="2" t="s">
-        <v>32</v>
+        <v>287</v>
       </c>
     </row>
     <row r="172" spans="1:6">
       <c r="A172" s="2">
         <v>164</v>
       </c>
       <c r="B172" s="2">
         <v>375</v>
       </c>
       <c r="C172" s="2">
-        <v>122766</v>
+        <v>122534</v>
       </c>
       <c r="D172" s="2" t="s">
-        <v>342</v>
+        <v>345</v>
       </c>
       <c r="E172" s="2" t="s">
-        <v>343</v>
+        <v>346</v>
       </c>
       <c r="F172" s="2" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
     </row>
     <row r="173" spans="1:6">
       <c r="A173" s="2">
         <v>164</v>
       </c>
       <c r="B173" s="2">
         <v>375</v>
       </c>
       <c r="C173" s="2">
-        <v>121134</v>
+        <v>112999</v>
       </c>
       <c r="D173" s="2" t="s">
-        <v>344</v>
+        <v>347</v>
       </c>
       <c r="E173" s="2" t="s">
-        <v>345</v>
+        <v>348</v>
       </c>
       <c r="F173" s="2" t="s">
-        <v>103</v>
+        <v>11</v>
       </c>
     </row>
     <row r="174" spans="1:6">
       <c r="A174" s="2">
         <v>164</v>
       </c>
       <c r="B174" s="2">
         <v>375</v>
       </c>
       <c r="C174" s="2">
-        <v>121926</v>
+        <v>122617</v>
       </c>
       <c r="D174" s="2" t="s">
-        <v>346</v>
+        <v>349</v>
       </c>
       <c r="E174" s="2" t="s">
-        <v>347</v>
+        <v>46</v>
       </c>
       <c r="F174" s="2" t="s">
-        <v>293</v>
+        <v>32</v>
       </c>
     </row>
     <row r="175" spans="1:6">
       <c r="A175" s="2">
         <v>164</v>
       </c>
       <c r="B175" s="2">
         <v>375</v>
       </c>
       <c r="C175" s="2">
-        <v>114208</v>
+        <v>118763</v>
       </c>
       <c r="D175" s="2" t="s">
-        <v>348</v>
+        <v>350</v>
       </c>
       <c r="E175" s="2" t="s">
-        <v>349</v>
+        <v>351</v>
       </c>
       <c r="F175" s="2" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
     </row>
     <row r="176" spans="1:6">
       <c r="A176" s="2">
         <v>164</v>
       </c>
       <c r="B176" s="2">
         <v>375</v>
       </c>
       <c r="C176" s="2">
-        <v>122534</v>
+        <v>122766</v>
       </c>
       <c r="D176" s="2" t="s">
-        <v>350</v>
+        <v>352</v>
       </c>
       <c r="E176" s="2" t="s">
-        <v>351</v>
+        <v>353</v>
       </c>
       <c r="F176" s="2" t="s">
-        <v>19</v>
+        <v>8</v>
       </c>
     </row>
     <row r="177" spans="1:6">
       <c r="A177" s="2">
         <v>164</v>
       </c>
       <c r="B177" s="2">
         <v>375</v>
       </c>
       <c r="C177" s="2">
-        <v>121760</v>
+        <v>121134</v>
       </c>
       <c r="D177" s="2" t="s">
-        <v>352</v>
+        <v>354</v>
       </c>
       <c r="E177" s="2" t="s">
-        <v>353</v>
-[...1 lines deleted...]
-      <c r="F177" s="2"/>
+        <v>355</v>
+      </c>
+      <c r="F177" s="2" t="s">
+        <v>101</v>
+      </c>
     </row>
     <row r="178" spans="1:6">
       <c r="A178" s="2">
         <v>164</v>
       </c>
       <c r="B178" s="2">
         <v>375</v>
       </c>
       <c r="C178" s="2">
-        <v>108045</v>
+        <v>114208</v>
       </c>
       <c r="D178" s="2" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
       <c r="E178" s="2" t="s">
-        <v>355</v>
+        <v>357</v>
       </c>
       <c r="F178" s="2" t="s">
-        <v>103</v>
+        <v>8</v>
       </c>
     </row>
     <row r="179" spans="1:6">
       <c r="A179" s="2">
         <v>164</v>
       </c>
       <c r="B179" s="2">
         <v>375</v>
       </c>
       <c r="C179" s="2">
-        <v>118763</v>
+        <v>122378</v>
       </c>
       <c r="D179" s="2" t="s">
-        <v>356</v>
+        <v>358</v>
       </c>
       <c r="E179" s="2" t="s">
-        <v>357</v>
+        <v>359</v>
       </c>
       <c r="F179" s="2" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
     </row>
     <row r="180" spans="1:6">
       <c r="A180" s="2">
         <v>164</v>
       </c>
       <c r="B180" s="2">
         <v>375</v>
       </c>
       <c r="C180" s="2">
-        <v>122127</v>
-[...3 lines deleted...]
-      </c>
+        <v>122431</v>
+      </c>
+      <c r="D180" s="2"/>
       <c r="E180" s="2" t="s">
-        <v>358</v>
+        <v>360</v>
       </c>
       <c r="F180" s="2" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
     </row>
     <row r="181" spans="1:6">
       <c r="A181" s="2">
         <v>164</v>
       </c>
       <c r="B181" s="2">
         <v>375</v>
       </c>
       <c r="C181" s="2">
-        <v>121231</v>
+        <v>108045</v>
       </c>
       <c r="D181" s="2" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="E181" s="2" t="s">
-        <v>360</v>
+        <v>362</v>
       </c>
       <c r="F181" s="2" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
     </row>
     <row r="182" spans="1:6">
       <c r="A182" s="2">
         <v>164</v>
       </c>
       <c r="B182" s="2">
         <v>375</v>
       </c>
       <c r="C182" s="2">
-        <v>122617</v>
+        <v>115511</v>
       </c>
       <c r="D182" s="2" t="s">
-        <v>361</v>
+        <v>363</v>
       </c>
       <c r="E182" s="2" t="s">
-        <v>46</v>
+        <v>364</v>
       </c>
       <c r="F182" s="2" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="183" spans="1:6">
       <c r="A183" s="2">
         <v>164</v>
       </c>
       <c r="B183" s="2">
         <v>375</v>
       </c>
       <c r="C183" s="2">
-        <v>122378</v>
+        <v>122127</v>
       </c>
       <c r="D183" s="2" t="s">
-        <v>362</v>
+        <v>336</v>
       </c>
       <c r="E183" s="2" t="s">
-        <v>363</v>
+        <v>365</v>
       </c>
       <c r="F183" s="2" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
     </row>
     <row r="184" spans="1:6">
       <c r="A184" s="2">
         <v>164</v>
       </c>
       <c r="B184" s="2">
         <v>375</v>
       </c>
       <c r="C184" s="2">
-        <v>122431</v>
-[...1 lines deleted...]
-      <c r="D184" s="2"/>
+        <v>121972</v>
+      </c>
+      <c r="D184" s="2" t="s">
+        <v>366</v>
+      </c>
       <c r="E184" s="2" t="s">
-        <v>364</v>
+        <v>367</v>
       </c>
       <c r="F184" s="2" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
     </row>
     <row r="185" spans="1:6">
       <c r="A185" s="2">
         <v>164</v>
       </c>
       <c r="B185" s="2">
         <v>375</v>
       </c>
       <c r="C185" s="2">
-        <v>122871</v>
+        <v>121231</v>
       </c>
       <c r="D185" s="2" t="s">
-        <v>365</v>
+        <v>368</v>
       </c>
       <c r="E185" s="2" t="s">
-        <v>365</v>
+        <v>369</v>
       </c>
       <c r="F185" s="2" t="s">
-        <v>27</v>
+        <v>101</v>
       </c>
     </row>
     <row r="186" spans="1:6">
       <c r="A186" s="2">
         <v>164</v>
       </c>
       <c r="B186" s="2">
         <v>375</v>
       </c>
       <c r="C186" s="2">
-        <v>122137</v>
-[...1 lines deleted...]
-      <c r="D186" s="2"/>
+        <v>122461</v>
+      </c>
+      <c r="D186" s="2" t="s">
+        <v>43</v>
+      </c>
       <c r="E186" s="2" t="s">
-        <v>366</v>
+        <v>370</v>
       </c>
       <c r="F186" s="2" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
     </row>
     <row r="187" spans="1:6">
       <c r="A187" s="2">
         <v>164</v>
       </c>
       <c r="B187" s="2">
         <v>375</v>
       </c>
       <c r="C187" s="2">
-        <v>113074</v>
-[...3 lines deleted...]
-      </c>
+        <v>123014</v>
+      </c>
+      <c r="D187" s="2"/>
       <c r="E187" s="2" t="s">
-        <v>368</v>
+        <v>371</v>
       </c>
       <c r="F187" s="2" t="s">
-        <v>11</v>
+        <v>32</v>
       </c>
     </row>
     <row r="188" spans="1:6">
       <c r="A188" s="2">
         <v>164</v>
       </c>
       <c r="B188" s="2">
         <v>375</v>
       </c>
       <c r="C188" s="2">
-        <v>115511</v>
-[...3 lines deleted...]
-      </c>
+        <v>122137</v>
+      </c>
+      <c r="D188" s="2"/>
       <c r="E188" s="2" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
       <c r="F188" s="2" t="s">
-        <v>32</v>
+        <v>8</v>
       </c>
     </row>
     <row r="189" spans="1:6">
       <c r="A189" s="2">
         <v>164</v>
       </c>
       <c r="B189" s="2">
         <v>375</v>
       </c>
       <c r="C189" s="2">
-        <v>122984</v>
+        <v>122871</v>
       </c>
       <c r="D189" s="2" t="s">
-        <v>371</v>
+        <v>373</v>
       </c>
       <c r="E189" s="2" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="F189" s="2" t="s">
-        <v>373</v>
+        <v>27</v>
       </c>
     </row>
     <row r="190" spans="1:6">
       <c r="A190" s="2">
         <v>189</v>
       </c>
       <c r="B190" s="2">
         <v>365</v>
       </c>
       <c r="C190" s="2">
-        <v>122432</v>
-[...1 lines deleted...]
-      <c r="D190" s="2"/>
+        <v>121617</v>
+      </c>
+      <c r="D190" s="2" t="s">
+        <v>374</v>
+      </c>
       <c r="E190" s="2" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="F190" s="2" t="s">
-        <v>19</v>
+        <v>242</v>
       </c>
     </row>
     <row r="191" spans="1:6">
       <c r="A191" s="2">
         <v>189</v>
       </c>
       <c r="B191" s="2">
         <v>365</v>
       </c>
       <c r="C191" s="2">
-        <v>121617</v>
+        <v>108283</v>
       </c>
       <c r="D191" s="2" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="E191" s="2" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="F191" s="2" t="s">
-        <v>229</v>
+        <v>340</v>
       </c>
     </row>
     <row r="192" spans="1:6">
       <c r="A192" s="2">
         <v>189</v>
       </c>
       <c r="B192" s="2">
         <v>365</v>
       </c>
       <c r="C192" s="2">
-        <v>108283</v>
-[...3 lines deleted...]
-      </c>
+        <v>122432</v>
+      </c>
+      <c r="D192" s="2"/>
       <c r="E192" s="2" t="s">
         <v>378</v>
       </c>
       <c r="F192" s="2" t="s">
-        <v>373</v>
+        <v>19</v>
       </c>
     </row>
     <row r="193" spans="1:6">
       <c r="A193" s="2">
         <v>192</v>
       </c>
       <c r="B193" s="2">
         <v>355</v>
       </c>
       <c r="C193" s="2">
-        <v>112637</v>
+        <v>101555</v>
       </c>
       <c r="D193" s="2" t="s">
         <v>379</v>
       </c>
       <c r="E193" s="2" t="s">
         <v>380</v>
       </c>
       <c r="F193" s="2" t="s">
-        <v>11</v>
+        <v>44</v>
       </c>
     </row>
     <row r="194" spans="1:6">
       <c r="A194" s="2">
         <v>192</v>
       </c>
       <c r="B194" s="2">
         <v>355</v>
       </c>
       <c r="C194" s="2">
         <v>110274</v>
       </c>
       <c r="D194" s="2" t="s">
-        <v>262</v>
+        <v>261</v>
       </c>
       <c r="E194" s="2" t="s">
         <v>381</v>
       </c>
       <c r="F194" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="195" spans="1:6">
       <c r="A195" s="2">
         <v>192</v>
       </c>
       <c r="B195" s="2">
         <v>355</v>
       </c>
       <c r="C195" s="2">
-        <v>101555</v>
+        <v>112637</v>
       </c>
       <c r="D195" s="2" t="s">
         <v>382</v>
       </c>
       <c r="E195" s="2" t="s">
         <v>383</v>
       </c>
       <c r="F195" s="2" t="s">
-        <v>44</v>
+        <v>11</v>
       </c>
     </row>
     <row r="196" spans="1:6">
       <c r="A196" s="2">
         <v>192</v>
       </c>
       <c r="B196" s="2">
         <v>355</v>
       </c>
       <c r="C196" s="2">
         <v>122790</v>
       </c>
       <c r="D196" s="2" t="s">
         <v>384</v>
       </c>
       <c r="E196" s="2" t="s">
         <v>385</v>
       </c>
       <c r="F196" s="2"/>
     </row>
     <row r="197" spans="1:6">
       <c r="A197" s="2">
         <v>196</v>
       </c>
       <c r="B197" s="2">
         <v>350</v>
       </c>
       <c r="C197" s="2">
         <v>122809</v>
       </c>
       <c r="D197" s="2"/>
       <c r="E197" s="2" t="s">
         <v>386</v>
       </c>
       <c r="F197" s="2" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
     </row>
     <row r="198" spans="1:6">
       <c r="A198" s="2">
         <v>196</v>
       </c>
       <c r="B198" s="2">
         <v>350</v>
       </c>
       <c r="C198" s="2">
-        <v>110260</v>
-[...1 lines deleted...]
-      <c r="D198" s="2" t="s">
+        <v>123015</v>
+      </c>
+      <c r="D198" s="2"/>
+      <c r="E198" s="2" t="s">
         <v>387</v>
       </c>
-      <c r="E198" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F198" s="2" t="s">
-        <v>229</v>
+        <v>32</v>
       </c>
     </row>
     <row r="199" spans="1:6">
       <c r="A199" s="2">
         <v>196</v>
       </c>
       <c r="B199" s="2">
         <v>350</v>
       </c>
       <c r="C199" s="2">
-        <v>111782</v>
+        <v>110260</v>
       </c>
       <c r="D199" s="2" t="s">
-        <v>30</v>
+        <v>388</v>
       </c>
       <c r="E199" s="2" t="s">
         <v>389</v>
       </c>
       <c r="F199" s="2" t="s">
-        <v>32</v>
+        <v>242</v>
       </c>
     </row>
     <row r="200" spans="1:6">
       <c r="A200" s="2">
         <v>196</v>
       </c>
       <c r="B200" s="2">
         <v>350</v>
       </c>
       <c r="C200" s="2">
-        <v>122379</v>
+        <v>120369</v>
       </c>
       <c r="D200" s="2" t="s">
         <v>390</v>
       </c>
       <c r="E200" s="2" t="s">
         <v>391</v>
       </c>
       <c r="F200" s="2" t="s">
-        <v>11</v>
+        <v>37</v>
       </c>
     </row>
     <row r="201" spans="1:6">
       <c r="A201" s="2">
         <v>196</v>
       </c>
       <c r="B201" s="2">
         <v>350</v>
       </c>
       <c r="C201" s="2">
-        <v>122768</v>
+        <v>122362</v>
       </c>
       <c r="D201" s="2" t="s">
         <v>392</v>
       </c>
       <c r="E201" s="2" t="s">
         <v>393</v>
       </c>
       <c r="F201" s="2" t="s">
-        <v>37</v>
+        <v>27</v>
       </c>
     </row>
     <row r="202" spans="1:6">
       <c r="A202" s="2">
         <v>196</v>
       </c>
       <c r="B202" s="2">
         <v>350</v>
       </c>
       <c r="C202" s="2">
-        <v>122362</v>
+        <v>101830</v>
       </c>
       <c r="D202" s="2" t="s">
+        <v>210</v>
+      </c>
+      <c r="E202" s="2" t="s">
         <v>394</v>
       </c>
-      <c r="E202" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F202" s="2" t="s">
-        <v>27</v>
+        <v>320</v>
       </c>
     </row>
     <row r="203" spans="1:6">
       <c r="A203" s="2">
         <v>196</v>
       </c>
       <c r="B203" s="2">
         <v>350</v>
       </c>
       <c r="C203" s="2">
-        <v>122416</v>
+        <v>121763</v>
       </c>
       <c r="D203" s="2" t="s">
-        <v>396</v>
+        <v>88</v>
       </c>
       <c r="E203" s="2" t="s">
-        <v>397</v>
-[...3 lines deleted...]
-      </c>
+        <v>395</v>
+      </c>
+      <c r="F203" s="2"/>
     </row>
     <row r="204" spans="1:6">
       <c r="A204" s="2">
         <v>196</v>
       </c>
       <c r="B204" s="2">
         <v>350</v>
       </c>
       <c r="C204" s="2">
-        <v>122703</v>
+        <v>123055</v>
       </c>
       <c r="D204" s="2" t="s">
-        <v>398</v>
+        <v>396</v>
       </c>
       <c r="E204" s="2" t="s">
-        <v>399</v>
-[...3 lines deleted...]
-      </c>
+        <v>397</v>
+      </c>
+      <c r="F204" s="2"/>
     </row>
     <row r="205" spans="1:6">
       <c r="A205" s="2">
         <v>196</v>
       </c>
       <c r="B205" s="2">
         <v>350</v>
       </c>
       <c r="C205" s="2">
-        <v>100013</v>
-[...3 lines deleted...]
-      </c>
+        <v>121202</v>
+      </c>
+      <c r="D205" s="2"/>
       <c r="E205" s="2" t="s">
-        <v>399</v>
+        <v>398</v>
       </c>
       <c r="F205" s="2" t="s">
-        <v>277</v>
+        <v>32</v>
       </c>
     </row>
     <row r="206" spans="1:6">
       <c r="A206" s="2">
         <v>196</v>
       </c>
       <c r="B206" s="2">
         <v>350</v>
       </c>
       <c r="C206" s="2">
-        <v>123015</v>
-[...1 lines deleted...]
-      <c r="D206" s="2"/>
+        <v>122703</v>
+      </c>
+      <c r="D206" s="2" t="s">
+        <v>399</v>
+      </c>
       <c r="E206" s="2" t="s">
-        <v>401</v>
+        <v>400</v>
       </c>
       <c r="F206" s="2" t="s">
-        <v>32</v>
+        <v>287</v>
       </c>
     </row>
     <row r="207" spans="1:6">
       <c r="A207" s="2">
         <v>196</v>
       </c>
       <c r="B207" s="2">
         <v>350</v>
       </c>
       <c r="C207" s="2">
-        <v>123055</v>
+        <v>100013</v>
       </c>
       <c r="D207" s="2" t="s">
-        <v>402</v>
+        <v>401</v>
       </c>
       <c r="E207" s="2" t="s">
-        <v>403</v>
-[...1 lines deleted...]
-      <c r="F207" s="2"/>
+        <v>400</v>
+      </c>
+      <c r="F207" s="2" t="s">
+        <v>287</v>
+      </c>
     </row>
     <row r="208" spans="1:6">
       <c r="A208" s="2">
         <v>196</v>
       </c>
       <c r="B208" s="2">
         <v>350</v>
       </c>
       <c r="C208" s="2">
-        <v>122587</v>
+        <v>111782</v>
       </c>
       <c r="D208" s="2" t="s">
-        <v>404</v>
+        <v>30</v>
       </c>
       <c r="E208" s="2" t="s">
-        <v>405</v>
+        <v>402</v>
       </c>
       <c r="F208" s="2" t="s">
-        <v>63</v>
+        <v>32</v>
       </c>
     </row>
     <row r="209" spans="1:6">
       <c r="A209" s="2">
         <v>196</v>
       </c>
       <c r="B209" s="2">
         <v>350</v>
       </c>
       <c r="C209" s="2">
         <v>100886</v>
       </c>
       <c r="D209" s="2" t="s">
-        <v>406</v>
+        <v>403</v>
       </c>
       <c r="E209" s="2" t="s">
-        <v>407</v>
+        <v>404</v>
       </c>
       <c r="F209" s="2" t="s">
-        <v>408</v>
+        <v>405</v>
       </c>
     </row>
     <row r="210" spans="1:6">
       <c r="A210" s="2">
         <v>196</v>
       </c>
       <c r="B210" s="2">
         <v>350</v>
       </c>
       <c r="C210" s="2">
-        <v>120369</v>
+        <v>122294</v>
       </c>
       <c r="D210" s="2" t="s">
-        <v>409</v>
+        <v>406</v>
       </c>
       <c r="E210" s="2" t="s">
-        <v>410</v>
+        <v>407</v>
       </c>
       <c r="F210" s="2" t="s">
-        <v>37</v>
+        <v>11</v>
       </c>
     </row>
     <row r="211" spans="1:6">
       <c r="A211" s="2">
         <v>196</v>
       </c>
       <c r="B211" s="2">
         <v>350</v>
       </c>
       <c r="C211" s="2">
-        <v>122962</v>
+        <v>122587</v>
       </c>
       <c r="D211" s="2" t="s">
-        <v>411</v>
+        <v>408</v>
       </c>
       <c r="E211" s="2" t="s">
-        <v>412</v>
+        <v>409</v>
       </c>
       <c r="F211" s="2" t="s">
-        <v>27</v>
+        <v>63</v>
       </c>
     </row>
     <row r="212" spans="1:6">
       <c r="A212" s="2">
         <v>196</v>
       </c>
       <c r="B212" s="2">
         <v>350</v>
       </c>
       <c r="C212" s="2">
         <v>122796</v>
       </c>
       <c r="D212" s="2"/>
       <c r="E212" s="2" t="s">
-        <v>413</v>
+        <v>410</v>
       </c>
       <c r="F212" s="2" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
     </row>
     <row r="213" spans="1:6">
       <c r="A213" s="2">
         <v>196</v>
       </c>
       <c r="B213" s="2">
         <v>350</v>
       </c>
       <c r="C213" s="2">
-        <v>101830</v>
+        <v>122768</v>
       </c>
       <c r="D213" s="2" t="s">
-        <v>203</v>
+        <v>411</v>
       </c>
       <c r="E213" s="2" t="s">
-        <v>414</v>
+        <v>412</v>
       </c>
       <c r="F213" s="2" t="s">
-        <v>293</v>
+        <v>37</v>
       </c>
     </row>
     <row r="214" spans="1:6">
       <c r="A214" s="2">
         <v>196</v>
       </c>
       <c r="B214" s="2">
         <v>350</v>
       </c>
       <c r="C214" s="2">
-        <v>121763</v>
+        <v>122962</v>
       </c>
       <c r="D214" s="2" t="s">
-        <v>88</v>
+        <v>413</v>
       </c>
       <c r="E214" s="2" t="s">
-        <v>415</v>
-[...1 lines deleted...]
-      <c r="F214" s="2"/>
+        <v>414</v>
+      </c>
+      <c r="F214" s="2" t="s">
+        <v>27</v>
+      </c>
     </row>
     <row r="215" spans="1:6">
       <c r="A215" s="2">
         <v>196</v>
       </c>
       <c r="B215" s="2">
         <v>350</v>
       </c>
       <c r="C215" s="2">
-        <v>122294</v>
+        <v>122379</v>
       </c>
       <c r="D215" s="2" t="s">
+        <v>415</v>
+      </c>
+      <c r="E215" s="2" t="s">
         <v>416</v>
-      </c>
-[...1 lines deleted...]
-        <v>417</v>
       </c>
       <c r="F215" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="216" spans="1:6">
       <c r="A216" s="2">
         <v>196</v>
       </c>
       <c r="B216" s="2">
         <v>350</v>
       </c>
       <c r="C216" s="2">
-        <v>121202</v>
-[...1 lines deleted...]
-      <c r="D216" s="2"/>
+        <v>122416</v>
+      </c>
+      <c r="D216" s="2" t="s">
+        <v>417</v>
+      </c>
       <c r="E216" s="2" t="s">
         <v>418</v>
       </c>
       <c r="F216" s="2" t="s">
-        <v>32</v>
+        <v>37</v>
       </c>
     </row>
     <row r="217" spans="1:6">
       <c r="A217" s="2">
         <v>216</v>
       </c>
       <c r="B217" s="2">
         <v>345</v>
       </c>
       <c r="C217" s="2">
-        <v>104617</v>
+        <v>122241</v>
       </c>
       <c r="D217" s="2" t="s">
         <v>419</v>
       </c>
       <c r="E217" s="2" t="s">
         <v>420</v>
       </c>
       <c r="F217" s="2" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
     </row>
     <row r="218" spans="1:6">
       <c r="A218" s="2">
         <v>216</v>
       </c>
       <c r="B218" s="2">
         <v>345</v>
       </c>
       <c r="C218" s="2">
-        <v>122241</v>
+        <v>104617</v>
       </c>
       <c r="D218" s="2" t="s">
         <v>421</v>
       </c>
       <c r="E218" s="2" t="s">
         <v>422</v>
       </c>
       <c r="F218" s="2" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
     </row>
     <row r="219" spans="1:6">
       <c r="A219" s="2">
         <v>218</v>
       </c>
       <c r="B219" s="2">
         <v>340</v>
       </c>
       <c r="C219" s="2">
-        <v>122798</v>
-[...1 lines deleted...]
-      <c r="D219" s="2"/>
+        <v>122472</v>
+      </c>
+      <c r="D219" s="2" t="s">
+        <v>423</v>
+      </c>
       <c r="E219" s="2" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="F219" s="2" t="s">
-        <v>103</v>
+        <v>27</v>
       </c>
     </row>
     <row r="220" spans="1:6">
       <c r="A220" s="2">
         <v>218</v>
       </c>
       <c r="B220" s="2">
         <v>340</v>
       </c>
       <c r="C220" s="2">
-        <v>120485</v>
+        <v>121764</v>
       </c>
       <c r="D220" s="2" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="E220" s="2" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="F220" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
     </row>
     <row r="221" spans="1:6">
       <c r="A221" s="2">
         <v>218</v>
       </c>
       <c r="B221" s="2">
         <v>340</v>
       </c>
       <c r="C221" s="2">
-        <v>115519</v>
+        <v>122618</v>
       </c>
       <c r="D221" s="2" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="E221" s="2" t="s">
-        <v>46</v>
+        <v>30</v>
       </c>
       <c r="F221" s="2" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="222" spans="1:6">
       <c r="A222" s="2">
         <v>218</v>
       </c>
       <c r="B222" s="2">
         <v>340</v>
       </c>
       <c r="C222" s="2">
-        <v>122663</v>
+        <v>121053</v>
       </c>
       <c r="D222" s="2" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="E222" s="2" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="F222" s="2" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="223" spans="1:6">
       <c r="A223" s="2">
         <v>218</v>
       </c>
       <c r="B223" s="2">
         <v>340</v>
       </c>
       <c r="C223" s="2">
-        <v>119027</v>
+        <v>102628</v>
       </c>
       <c r="D223" s="2" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="E223" s="2" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="F223" s="2" t="s">
-        <v>11</v>
+        <v>37</v>
       </c>
     </row>
     <row r="224" spans="1:6">
       <c r="A224" s="2">
         <v>218</v>
       </c>
       <c r="B224" s="2">
         <v>340</v>
       </c>
       <c r="C224" s="2">
-        <v>122810</v>
-[...1 lines deleted...]
-      <c r="D224" s="2"/>
+        <v>122463</v>
+      </c>
+      <c r="D224" s="2" t="s">
+        <v>432</v>
+      </c>
       <c r="E224" s="2" t="s">
-        <v>431</v>
+        <v>433</v>
       </c>
       <c r="F224" s="2" t="s">
-        <v>103</v>
+        <v>32</v>
       </c>
     </row>
     <row r="225" spans="1:6">
       <c r="A225" s="2">
         <v>218</v>
       </c>
       <c r="B225" s="2">
         <v>340</v>
       </c>
       <c r="C225" s="2">
-        <v>122618</v>
-[...3 lines deleted...]
-      </c>
+        <v>122798</v>
+      </c>
+      <c r="D225" s="2"/>
       <c r="E225" s="2" t="s">
-        <v>30</v>
+        <v>434</v>
       </c>
       <c r="F225" s="2" t="s">
-        <v>32</v>
+        <v>101</v>
       </c>
     </row>
     <row r="226" spans="1:6">
       <c r="A226" s="2">
         <v>218</v>
       </c>
       <c r="B226" s="2">
         <v>340</v>
       </c>
       <c r="C226" s="2">
-        <v>121053</v>
+        <v>118565</v>
       </c>
       <c r="D226" s="2" t="s">
-        <v>433</v>
+        <v>435</v>
       </c>
       <c r="E226" s="2" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="F226" s="2" t="s">
-        <v>32</v>
+        <v>37</v>
       </c>
     </row>
     <row r="227" spans="1:6">
       <c r="A227" s="2">
         <v>218</v>
       </c>
       <c r="B227" s="2">
         <v>340</v>
       </c>
       <c r="C227" s="2">
         <v>122380</v>
       </c>
       <c r="D227" s="2" t="s">
-        <v>435</v>
+        <v>437</v>
       </c>
       <c r="E227" s="2" t="s">
-        <v>436</v>
+        <v>438</v>
       </c>
       <c r="F227" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="228" spans="1:6">
       <c r="A228" s="2">
         <v>218</v>
       </c>
       <c r="B228" s="2">
         <v>340</v>
       </c>
       <c r="C228" s="2">
         <v>122363</v>
       </c>
       <c r="D228" s="2" t="s">
-        <v>362</v>
+        <v>358</v>
       </c>
       <c r="E228" s="2" t="s">
-        <v>437</v>
+        <v>439</v>
       </c>
       <c r="F228" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="229" spans="1:6">
       <c r="A229" s="2">
         <v>218</v>
       </c>
       <c r="B229" s="2">
         <v>340</v>
       </c>
       <c r="C229" s="2">
-        <v>121927</v>
-[...3 lines deleted...]
-      </c>
+        <v>122810</v>
+      </c>
+      <c r="D229" s="2"/>
       <c r="E229" s="2" t="s">
-        <v>438</v>
+        <v>440</v>
       </c>
       <c r="F229" s="2" t="s">
-        <v>439</v>
+        <v>101</v>
       </c>
     </row>
     <row r="230" spans="1:6">
       <c r="A230" s="2">
         <v>218</v>
       </c>
       <c r="B230" s="2">
         <v>340</v>
       </c>
       <c r="C230" s="2">
-        <v>122463</v>
-[...3 lines deleted...]
-      </c>
+        <v>123019</v>
+      </c>
+      <c r="D230" s="2"/>
       <c r="E230" s="2" t="s">
         <v>441</v>
       </c>
       <c r="F230" s="2" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="231" spans="1:6">
       <c r="A231" s="2">
         <v>218</v>
       </c>
       <c r="B231" s="2">
         <v>340</v>
       </c>
       <c r="C231" s="2">
-        <v>121774</v>
+        <v>119027</v>
       </c>
       <c r="D231" s="2" t="s">
         <v>442</v>
       </c>
       <c r="E231" s="2" t="s">
         <v>443</v>
       </c>
       <c r="F231" s="2" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
     </row>
     <row r="232" spans="1:6">
       <c r="A232" s="2">
         <v>218</v>
       </c>
       <c r="B232" s="2">
         <v>340</v>
       </c>
       <c r="C232" s="2">
-        <v>118565</v>
+        <v>115607</v>
       </c>
       <c r="D232" s="2" t="s">
         <v>444</v>
       </c>
       <c r="E232" s="2" t="s">
         <v>445</v>
       </c>
       <c r="F232" s="2" t="s">
-        <v>37</v>
+        <v>32</v>
       </c>
     </row>
     <row r="233" spans="1:6">
       <c r="A233" s="2">
         <v>218</v>
       </c>
       <c r="B233" s="2">
         <v>340</v>
       </c>
       <c r="C233" s="2">
-        <v>122408</v>
+        <v>121774</v>
       </c>
       <c r="D233" s="2" t="s">
         <v>446</v>
       </c>
       <c r="E233" s="2" t="s">
         <v>447</v>
       </c>
       <c r="F233" s="2" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="234" spans="1:6">
       <c r="A234" s="2">
         <v>218</v>
       </c>
       <c r="B234" s="2">
         <v>340</v>
       </c>
       <c r="C234" s="2">
-        <v>122472</v>
+        <v>122535</v>
       </c>
       <c r="D234" s="2" t="s">
         <v>448</v>
       </c>
       <c r="E234" s="2" t="s">
         <v>449</v>
       </c>
       <c r="F234" s="2" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
     </row>
     <row r="235" spans="1:6">
       <c r="A235" s="2">
         <v>218</v>
       </c>
       <c r="B235" s="2">
         <v>340</v>
       </c>
       <c r="C235" s="2">
-        <v>122535</v>
+        <v>121927</v>
       </c>
       <c r="D235" s="2" t="s">
         <v>450</v>
       </c>
       <c r="E235" s="2" t="s">
+        <v>450</v>
+      </c>
+      <c r="F235" s="2" t="s">
         <v>451</v>
-      </c>
-[...1 lines deleted...]
-        <v>19</v>
       </c>
     </row>
     <row r="236" spans="1:6">
       <c r="A236" s="2">
         <v>218</v>
       </c>
       <c r="B236" s="2">
         <v>340</v>
       </c>
       <c r="C236" s="2">
-        <v>122054</v>
-[...1 lines deleted...]
-      <c r="D236" s="2" t="s">
+        <v>119192</v>
+      </c>
+      <c r="D236" s="2"/>
+      <c r="E236" s="2" t="s">
         <v>452</v>
       </c>
-      <c r="E236" s="2" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="F236" s="2"/>
     </row>
     <row r="237" spans="1:6">
       <c r="A237" s="2">
         <v>218</v>
       </c>
       <c r="B237" s="2">
         <v>340</v>
       </c>
       <c r="C237" s="2">
-        <v>123019</v>
-[...1 lines deleted...]
-      <c r="D237" s="2"/>
+        <v>122408</v>
+      </c>
+      <c r="D237" s="2" t="s">
+        <v>453</v>
+      </c>
       <c r="E237" s="2" t="s">
         <v>454</v>
       </c>
       <c r="F237" s="2" t="s">
-        <v>32</v>
+        <v>8</v>
       </c>
     </row>
     <row r="238" spans="1:6">
       <c r="A238" s="2">
         <v>218</v>
       </c>
       <c r="B238" s="2">
         <v>340</v>
       </c>
       <c r="C238" s="2">
-        <v>119192</v>
-[...1 lines deleted...]
-      <c r="D238" s="2"/>
+        <v>120485</v>
+      </c>
+      <c r="D238" s="2" t="s">
+        <v>455</v>
+      </c>
       <c r="E238" s="2" t="s">
-        <v>455</v>
-[...1 lines deleted...]
-      <c r="F238" s="2"/>
+        <v>456</v>
+      </c>
+      <c r="F238" s="2" t="s">
+        <v>19</v>
+      </c>
     </row>
     <row r="239" spans="1:6">
       <c r="A239" s="2">
         <v>218</v>
       </c>
       <c r="B239" s="2">
         <v>340</v>
       </c>
       <c r="C239" s="2">
-        <v>121764</v>
+        <v>115519</v>
       </c>
       <c r="D239" s="2" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
       <c r="E239" s="2" t="s">
-        <v>457</v>
+        <v>46</v>
       </c>
       <c r="F239" s="2" t="s">
-        <v>37</v>
+        <v>32</v>
       </c>
     </row>
     <row r="240" spans="1:6">
       <c r="A240" s="2">
         <v>218</v>
       </c>
       <c r="B240" s="2">
         <v>340</v>
       </c>
       <c r="C240" s="2">
-        <v>115607</v>
+        <v>122054</v>
       </c>
       <c r="D240" s="2" t="s">
         <v>458</v>
       </c>
       <c r="E240" s="2" t="s">
         <v>459</v>
       </c>
       <c r="F240" s="2" t="s">
-        <v>32</v>
+        <v>101</v>
       </c>
     </row>
     <row r="241" spans="1:6">
       <c r="A241" s="2">
         <v>218</v>
       </c>
       <c r="B241" s="2">
         <v>340</v>
       </c>
       <c r="C241" s="2">
-        <v>102628</v>
+        <v>122663</v>
       </c>
       <c r="D241" s="2" t="s">
         <v>460</v>
       </c>
       <c r="E241" s="2" t="s">
         <v>461</v>
       </c>
       <c r="F241" s="2" t="s">
-        <v>37</v>
+        <v>32</v>
       </c>
     </row>
     <row r="242" spans="1:6">
       <c r="A242" s="2">
         <v>241</v>
       </c>
       <c r="B242" s="2">
         <v>335</v>
       </c>
       <c r="C242" s="2">
         <v>122242</v>
       </c>
       <c r="D242" s="2" t="s">
         <v>462</v>
       </c>
       <c r="E242" s="2" t="s">
         <v>463</v>
       </c>
       <c r="F242" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="243" spans="1:6">
       <c r="A243" s="2">
         <v>241</v>
       </c>
       <c r="B243" s="2">
         <v>335</v>
       </c>
       <c r="C243" s="2">
         <v>118539</v>
       </c>
       <c r="D243" s="2" t="s">
         <v>464</v>
       </c>
       <c r="E243" s="2" t="s">
         <v>465</v>
       </c>
       <c r="F243" s="2" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="244" spans="1:6">
       <c r="A244" s="2">
         <v>243</v>
       </c>
       <c r="B244" s="2">
         <v>330</v>
       </c>
       <c r="C244" s="2">
-        <v>119104</v>
+        <v>121929</v>
       </c>
       <c r="D244" s="2" t="s">
         <v>466</v>
       </c>
       <c r="E244" s="2" t="s">
-        <v>467</v>
+        <v>400</v>
       </c>
       <c r="F244" s="2" t="s">
-        <v>27</v>
+        <v>287</v>
       </c>
     </row>
     <row r="245" spans="1:6">
       <c r="A245" s="2">
         <v>243</v>
       </c>
       <c r="B245" s="2">
         <v>330</v>
       </c>
       <c r="C245" s="2">
-        <v>119150</v>
+        <v>122128</v>
       </c>
       <c r="D245" s="2" t="s">
-        <v>266</v>
+        <v>467</v>
       </c>
       <c r="E245" s="2" t="s">
         <v>468</v>
       </c>
       <c r="F245" s="2" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="246" spans="1:6">
       <c r="A246" s="2">
         <v>243</v>
       </c>
       <c r="B246" s="2">
         <v>330</v>
       </c>
       <c r="C246" s="2">
-        <v>121766</v>
+        <v>122619</v>
       </c>
       <c r="D246" s="2" t="s">
         <v>469</v>
       </c>
       <c r="E246" s="2" t="s">
         <v>470</v>
       </c>
-      <c r="F246" s="2"/>
+      <c r="F246" s="2" t="s">
+        <v>471</v>
+      </c>
     </row>
     <row r="247" spans="1:6">
       <c r="A247" s="2">
         <v>243</v>
       </c>
       <c r="B247" s="2">
         <v>330</v>
       </c>
       <c r="C247" s="2">
-        <v>122055</v>
+        <v>105708</v>
       </c>
       <c r="D247" s="2" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="E247" s="2" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="F247" s="2" t="s">
-        <v>103</v>
+        <v>11</v>
       </c>
     </row>
     <row r="248" spans="1:6">
       <c r="A248" s="2">
         <v>243</v>
       </c>
       <c r="B248" s="2">
         <v>330</v>
       </c>
       <c r="C248" s="2">
-        <v>100979</v>
+        <v>122147</v>
       </c>
       <c r="D248" s="2" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="E248" s="2" t="s">
         <v>474</v>
       </c>
       <c r="F248" s="2" t="s">
-        <v>475</v>
+        <v>27</v>
       </c>
     </row>
     <row r="249" spans="1:6">
       <c r="A249" s="2">
         <v>243</v>
       </c>
       <c r="B249" s="2">
         <v>330</v>
       </c>
       <c r="C249" s="2">
-        <v>123020</v>
-[...1 lines deleted...]
-      <c r="D249" s="2"/>
+        <v>105760</v>
+      </c>
+      <c r="D249" s="2" t="s">
+        <v>475</v>
+      </c>
       <c r="E249" s="2" t="s">
         <v>476</v>
       </c>
       <c r="F249" s="2" t="s">
-        <v>32</v>
+        <v>37</v>
       </c>
     </row>
     <row r="250" spans="1:6">
       <c r="A250" s="2">
         <v>243</v>
       </c>
       <c r="B250" s="2">
         <v>330</v>
       </c>
       <c r="C250" s="2">
-        <v>118435</v>
+        <v>119150</v>
       </c>
       <c r="D250" s="2" t="s">
+        <v>269</v>
+      </c>
+      <c r="E250" s="2" t="s">
         <v>477</v>
       </c>
-      <c r="E250" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F250" s="2" t="s">
-        <v>37</v>
+        <v>8</v>
       </c>
     </row>
     <row r="251" spans="1:6">
       <c r="A251" s="2">
         <v>243</v>
       </c>
       <c r="B251" s="2">
         <v>330</v>
       </c>
       <c r="C251" s="2">
-        <v>105708</v>
+        <v>112131</v>
       </c>
       <c r="D251" s="2" t="s">
+        <v>478</v>
+      </c>
+      <c r="E251" s="2" t="s">
         <v>479</v>
       </c>
-      <c r="E251" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F251" s="2" t="s">
-        <v>11</v>
+        <v>37</v>
       </c>
     </row>
     <row r="252" spans="1:6">
       <c r="A252" s="2">
         <v>243</v>
       </c>
       <c r="B252" s="2">
         <v>330</v>
       </c>
       <c r="C252" s="2">
-        <v>122473</v>
+        <v>118833</v>
       </c>
       <c r="D252" s="2" t="s">
-        <v>481</v>
+        <v>133</v>
       </c>
       <c r="E252" s="2" t="s">
-        <v>482</v>
+        <v>480</v>
       </c>
       <c r="F252" s="2" t="s">
-        <v>483</v>
+        <v>32</v>
       </c>
     </row>
     <row r="253" spans="1:6">
       <c r="A253" s="2">
         <v>243</v>
       </c>
       <c r="B253" s="2">
         <v>330</v>
       </c>
       <c r="C253" s="2">
-        <v>105760</v>
+        <v>122055</v>
       </c>
       <c r="D253" s="2" t="s">
-        <v>484</v>
+        <v>481</v>
       </c>
       <c r="E253" s="2" t="s">
-        <v>485</v>
+        <v>482</v>
       </c>
       <c r="F253" s="2" t="s">
-        <v>37</v>
+        <v>101</v>
       </c>
     </row>
     <row r="254" spans="1:6">
       <c r="A254" s="2">
         <v>243</v>
       </c>
       <c r="B254" s="2">
         <v>330</v>
       </c>
       <c r="C254" s="2">
-        <v>112131</v>
+        <v>119104</v>
       </c>
       <c r="D254" s="2" t="s">
-        <v>486</v>
+        <v>483</v>
       </c>
       <c r="E254" s="2" t="s">
-        <v>487</v>
+        <v>484</v>
       </c>
       <c r="F254" s="2" t="s">
-        <v>37</v>
+        <v>27</v>
       </c>
     </row>
     <row r="255" spans="1:6">
       <c r="A255" s="2">
         <v>243</v>
       </c>
       <c r="B255" s="2">
         <v>330</v>
       </c>
       <c r="C255" s="2">
-        <v>118833</v>
+        <v>100979</v>
       </c>
       <c r="D255" s="2" t="s">
-        <v>133</v>
+        <v>485</v>
       </c>
       <c r="E255" s="2" t="s">
-        <v>488</v>
+        <v>486</v>
       </c>
       <c r="F255" s="2" t="s">
-        <v>32</v>
+        <v>487</v>
       </c>
     </row>
     <row r="256" spans="1:6">
       <c r="A256" s="2">
         <v>243</v>
       </c>
       <c r="B256" s="2">
         <v>330</v>
       </c>
       <c r="C256" s="2">
-        <v>122985</v>
+        <v>122218</v>
       </c>
       <c r="D256" s="2" t="s">
-        <v>489</v>
+        <v>488</v>
       </c>
       <c r="E256" s="2" t="s">
-        <v>490</v>
-[...3 lines deleted...]
-      </c>
+        <v>450</v>
+      </c>
+      <c r="F256" s="2"/>
     </row>
     <row r="257" spans="1:6">
       <c r="A257" s="2">
         <v>243</v>
       </c>
       <c r="B257" s="2">
         <v>330</v>
       </c>
       <c r="C257" s="2">
-        <v>122218</v>
+        <v>121974</v>
       </c>
       <c r="D257" s="2" t="s">
-        <v>491</v>
+        <v>43</v>
       </c>
       <c r="E257" s="2" t="s">
-        <v>438</v>
-[...1 lines deleted...]
-      <c r="F257" s="2"/>
+        <v>489</v>
+      </c>
+      <c r="F257" s="2" t="s">
+        <v>32</v>
+      </c>
     </row>
     <row r="258" spans="1:6">
       <c r="A258" s="2">
         <v>243</v>
       </c>
       <c r="B258" s="2">
         <v>330</v>
       </c>
       <c r="C258" s="2">
-        <v>122266</v>
+        <v>118435</v>
       </c>
       <c r="D258" s="2" t="s">
-        <v>492</v>
+        <v>490</v>
       </c>
       <c r="E258" s="2" t="s">
-        <v>493</v>
+        <v>491</v>
       </c>
       <c r="F258" s="2" t="s">
-        <v>11</v>
+        <v>37</v>
       </c>
     </row>
     <row r="259" spans="1:6">
       <c r="A259" s="2">
         <v>243</v>
       </c>
       <c r="B259" s="2">
         <v>330</v>
       </c>
       <c r="C259" s="2">
-        <v>122811</v>
-[...1 lines deleted...]
-      <c r="D259" s="2"/>
+        <v>122473</v>
+      </c>
+      <c r="D259" s="2" t="s">
+        <v>492</v>
+      </c>
       <c r="E259" s="2" t="s">
+        <v>493</v>
+      </c>
+      <c r="F259" s="2" t="s">
         <v>494</v>
-      </c>
-[...1 lines deleted...]
-        <v>103</v>
       </c>
     </row>
     <row r="260" spans="1:6">
       <c r="A260" s="2">
         <v>243</v>
       </c>
       <c r="B260" s="2">
         <v>330</v>
       </c>
       <c r="C260" s="2">
-        <v>121974</v>
+        <v>122381</v>
       </c>
       <c r="D260" s="2" t="s">
-        <v>43</v>
+        <v>495</v>
       </c>
       <c r="E260" s="2" t="s">
-        <v>495</v>
+        <v>496</v>
       </c>
       <c r="F260" s="2" t="s">
-        <v>32</v>
+        <v>11</v>
       </c>
     </row>
     <row r="261" spans="1:6">
       <c r="A261" s="2">
         <v>243</v>
       </c>
       <c r="B261" s="2">
         <v>330</v>
       </c>
       <c r="C261" s="2">
-        <v>122381</v>
+        <v>122985</v>
       </c>
       <c r="D261" s="2" t="s">
-        <v>496</v>
+        <v>497</v>
       </c>
       <c r="E261" s="2" t="s">
-        <v>497</v>
+        <v>498</v>
       </c>
       <c r="F261" s="2" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
     </row>
     <row r="262" spans="1:6">
       <c r="A262" s="2">
         <v>243</v>
       </c>
       <c r="B262" s="2">
         <v>330</v>
       </c>
       <c r="C262" s="2">
-        <v>122705</v>
-[...3 lines deleted...]
-      </c>
+        <v>122811</v>
+      </c>
+      <c r="D262" s="2"/>
       <c r="E262" s="2" t="s">
         <v>499</v>
       </c>
       <c r="F262" s="2" t="s">
-        <v>277</v>
+        <v>101</v>
       </c>
     </row>
     <row r="263" spans="1:6">
       <c r="A263" s="2">
         <v>243</v>
       </c>
       <c r="B263" s="2">
         <v>330</v>
       </c>
       <c r="C263" s="2">
-        <v>121929</v>
+        <v>121766</v>
       </c>
       <c r="D263" s="2" t="s">
         <v>500</v>
       </c>
       <c r="E263" s="2" t="s">
-        <v>399</v>
-[...3 lines deleted...]
-      </c>
+        <v>501</v>
+      </c>
+      <c r="F263" s="2"/>
     </row>
     <row r="264" spans="1:6">
       <c r="A264" s="2">
         <v>243</v>
       </c>
       <c r="B264" s="2">
         <v>330</v>
       </c>
       <c r="C264" s="2">
-        <v>122128</v>
-[...3 lines deleted...]
-      </c>
+        <v>123020</v>
+      </c>
+      <c r="D264" s="2"/>
       <c r="E264" s="2" t="s">
         <v>502</v>
       </c>
       <c r="F264" s="2" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
     </row>
     <row r="265" spans="1:6">
       <c r="A265" s="2">
         <v>243</v>
       </c>
       <c r="B265" s="2">
         <v>330</v>
       </c>
       <c r="C265" s="2">
-        <v>122619</v>
+        <v>122266</v>
       </c>
       <c r="D265" s="2" t="s">
         <v>503</v>
       </c>
       <c r="E265" s="2" t="s">
         <v>504</v>
       </c>
       <c r="F265" s="2" t="s">
-        <v>505</v>
+        <v>11</v>
       </c>
     </row>
     <row r="266" spans="1:6">
       <c r="A266" s="2">
         <v>243</v>
       </c>
       <c r="B266" s="2">
         <v>330</v>
       </c>
       <c r="C266" s="2">
-        <v>122147</v>
+        <v>122705</v>
       </c>
       <c r="D266" s="2" t="s">
-        <v>506</v>
+        <v>505</v>
       </c>
       <c r="E266" s="2" t="s">
         <v>506</v>
       </c>
       <c r="F266" s="2" t="s">
-        <v>27</v>
+        <v>287</v>
       </c>
     </row>
     <row r="267" spans="1:6">
       <c r="A267" s="2">
         <v>266</v>
       </c>
       <c r="B267" s="2">
         <v>325</v>
       </c>
       <c r="C267" s="2">
         <v>122792</v>
       </c>
       <c r="D267" s="2" t="s">
         <v>507</v>
       </c>
       <c r="E267" s="2" t="s">
         <v>508</v>
       </c>
       <c r="F267" s="2"/>
     </row>
     <row r="268" spans="1:6">
       <c r="A268" s="2">
         <v>266</v>
       </c>
       <c r="B268" s="2">
         <v>325</v>
       </c>
       <c r="C268" s="2">
         <v>109540</v>
       </c>
       <c r="D268" s="2" t="s">
         <v>509</v>
       </c>
       <c r="E268" s="2" t="s">
         <v>510</v>
       </c>
       <c r="F268" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="269" spans="1:6">
       <c r="A269" s="2">
         <v>268</v>
       </c>
       <c r="B269" s="2">
         <v>320</v>
       </c>
       <c r="C269" s="2">
-        <v>120666</v>
-[...1 lines deleted...]
-      <c r="D269" s="2"/>
+        <v>122267</v>
+      </c>
+      <c r="D269" s="2" t="s">
+        <v>511</v>
+      </c>
       <c r="E269" s="2" t="s">
-        <v>511</v>
-[...1 lines deleted...]
-      <c r="F269" s="2"/>
+        <v>512</v>
+      </c>
+      <c r="F269" s="2" t="s">
+        <v>11</v>
+      </c>
     </row>
     <row r="270" spans="1:6">
       <c r="A270" s="2">
         <v>268</v>
       </c>
       <c r="B270" s="2">
         <v>320</v>
       </c>
       <c r="C270" s="2">
-        <v>107024</v>
+        <v>113380</v>
       </c>
       <c r="D270" s="2" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="E270" s="2" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="F270" s="2" t="s">
-        <v>27</v>
+        <v>55</v>
       </c>
     </row>
     <row r="271" spans="1:6">
       <c r="A271" s="2">
         <v>268</v>
       </c>
       <c r="B271" s="2">
         <v>320</v>
       </c>
       <c r="C271" s="2">
-        <v>122812</v>
+        <v>122588</v>
       </c>
       <c r="D271" s="2"/>
       <c r="E271" s="2" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="F271" s="2" t="s">
-        <v>103</v>
+        <v>32</v>
       </c>
     </row>
     <row r="272" spans="1:6">
       <c r="A272" s="2">
         <v>268</v>
       </c>
       <c r="B272" s="2">
         <v>320</v>
       </c>
       <c r="C272" s="2">
-        <v>121975</v>
-[...3 lines deleted...]
-      </c>
+        <v>122812</v>
+      </c>
+      <c r="D272" s="2"/>
       <c r="E272" s="2" t="s">
-        <v>515</v>
+        <v>516</v>
       </c>
       <c r="F272" s="2" t="s">
-        <v>32</v>
+        <v>101</v>
       </c>
     </row>
     <row r="273" spans="1:6">
       <c r="A273" s="2">
         <v>268</v>
       </c>
       <c r="B273" s="2">
         <v>320</v>
       </c>
       <c r="C273" s="2">
-        <v>122706</v>
+        <v>121767</v>
       </c>
       <c r="D273" s="2" t="s">
-        <v>516</v>
+        <v>517</v>
       </c>
       <c r="E273" s="2" t="s">
-        <v>517</v>
-[...3 lines deleted...]
-      </c>
+        <v>518</v>
+      </c>
+      <c r="F273" s="2"/>
     </row>
     <row r="274" spans="1:6">
       <c r="A274" s="2">
         <v>268</v>
       </c>
       <c r="B274" s="2">
         <v>320</v>
       </c>
       <c r="C274" s="2">
-        <v>112251</v>
+        <v>107024</v>
       </c>
       <c r="D274" s="2" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="E274" s="2" t="s">
-        <v>519</v>
+        <v>520</v>
       </c>
       <c r="F274" s="2" t="s">
-        <v>8</v>
+        <v>27</v>
       </c>
     </row>
     <row r="275" spans="1:6">
       <c r="A275" s="2">
         <v>268</v>
       </c>
       <c r="B275" s="2">
         <v>320</v>
       </c>
       <c r="C275" s="2">
-        <v>122267</v>
+        <v>114367</v>
       </c>
       <c r="D275" s="2" t="s">
-        <v>520</v>
+        <v>521</v>
       </c>
       <c r="E275" s="2" t="s">
-        <v>521</v>
+        <v>30</v>
       </c>
       <c r="F275" s="2" t="s">
-        <v>11</v>
+        <v>32</v>
       </c>
     </row>
     <row r="276" spans="1:6">
       <c r="A276" s="2">
         <v>268</v>
       </c>
       <c r="B276" s="2">
         <v>320</v>
       </c>
       <c r="C276" s="2">
-        <v>114581</v>
+        <v>112251</v>
       </c>
       <c r="D276" s="2" t="s">
         <v>522</v>
       </c>
       <c r="E276" s="2" t="s">
         <v>523</v>
       </c>
       <c r="F276" s="2" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
     </row>
     <row r="277" spans="1:6">
       <c r="A277" s="2">
         <v>268</v>
       </c>
       <c r="B277" s="2">
         <v>320</v>
       </c>
       <c r="C277" s="2">
-        <v>118490</v>
+        <v>122706</v>
       </c>
       <c r="D277" s="2" t="s">
         <v>524</v>
       </c>
       <c r="E277" s="2" t="s">
         <v>525</v>
       </c>
       <c r="F277" s="2" t="s">
-        <v>63</v>
+        <v>287</v>
       </c>
     </row>
     <row r="278" spans="1:6">
       <c r="A278" s="2">
         <v>268</v>
       </c>
       <c r="B278" s="2">
         <v>320</v>
       </c>
       <c r="C278" s="2">
-        <v>122219</v>
+        <v>122664</v>
       </c>
       <c r="D278" s="2" t="s">
         <v>526</v>
       </c>
       <c r="E278" s="2" t="s">
         <v>527</v>
       </c>
       <c r="F278" s="2" t="s">
-        <v>528</v>
+        <v>32</v>
       </c>
     </row>
     <row r="279" spans="1:6">
       <c r="A279" s="2">
         <v>268</v>
       </c>
       <c r="B279" s="2">
         <v>320</v>
       </c>
       <c r="C279" s="2">
-        <v>122872</v>
+        <v>114581</v>
       </c>
       <c r="D279" s="2" t="s">
+        <v>528</v>
+      </c>
+      <c r="E279" s="2" t="s">
         <v>529</v>
-      </c>
-[...1 lines deleted...]
-        <v>530</v>
       </c>
       <c r="F279" s="2" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="280" spans="1:6">
       <c r="A280" s="2">
         <v>268</v>
       </c>
       <c r="B280" s="2">
         <v>320</v>
       </c>
       <c r="C280" s="2">
-        <v>108804</v>
+        <v>122769</v>
       </c>
       <c r="D280" s="2" t="s">
+        <v>530</v>
+      </c>
+      <c r="E280" s="2" t="s">
         <v>531</v>
       </c>
-      <c r="E280" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F280" s="2" t="s">
-        <v>8</v>
+        <v>37</v>
       </c>
     </row>
     <row r="281" spans="1:6">
       <c r="A281" s="2">
         <v>268</v>
       </c>
       <c r="B281" s="2">
         <v>320</v>
       </c>
       <c r="C281" s="2">
-        <v>122588</v>
-[...1 lines deleted...]
-      <c r="D281" s="2"/>
+        <v>118490</v>
+      </c>
+      <c r="D281" s="2" t="s">
+        <v>532</v>
+      </c>
       <c r="E281" s="2" t="s">
         <v>533</v>
       </c>
       <c r="F281" s="2" t="s">
-        <v>32</v>
+        <v>63</v>
       </c>
     </row>
     <row r="282" spans="1:6">
       <c r="A282" s="2">
         <v>268</v>
       </c>
       <c r="B282" s="2">
         <v>320</v>
       </c>
       <c r="C282" s="2">
-        <v>121767</v>
+        <v>108804</v>
       </c>
       <c r="D282" s="2" t="s">
         <v>534</v>
       </c>
       <c r="E282" s="2" t="s">
         <v>535</v>
       </c>
-      <c r="F282" s="2"/>
+      <c r="F282" s="2" t="s">
+        <v>8</v>
+      </c>
     </row>
     <row r="283" spans="1:6">
       <c r="A283" s="2">
         <v>268</v>
       </c>
       <c r="B283" s="2">
         <v>320</v>
       </c>
       <c r="C283" s="2">
-        <v>118939</v>
+        <v>100691</v>
       </c>
       <c r="D283" s="2" t="s">
         <v>536</v>
       </c>
       <c r="E283" s="2" t="s">
         <v>537</v>
       </c>
       <c r="F283" s="2" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
     </row>
     <row r="284" spans="1:6">
       <c r="A284" s="2">
         <v>268</v>
       </c>
       <c r="B284" s="2">
         <v>320</v>
       </c>
       <c r="C284" s="2">
-        <v>122056</v>
-[...1 lines deleted...]
-      <c r="D284" s="2" t="s">
+        <v>123023</v>
+      </c>
+      <c r="D284" s="2"/>
+      <c r="E284" s="2" t="s">
         <v>538</v>
       </c>
-      <c r="E284" s="2" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="F284" s="2"/>
     </row>
     <row r="285" spans="1:6">
       <c r="A285" s="2">
         <v>268</v>
       </c>
       <c r="B285" s="2">
         <v>320</v>
       </c>
       <c r="C285" s="2">
-        <v>122364</v>
+        <v>122056</v>
       </c>
       <c r="D285" s="2" t="s">
+        <v>539</v>
+      </c>
+      <c r="E285" s="2" t="s">
         <v>540</v>
       </c>
-      <c r="E285" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F285" s="2" t="s">
-        <v>27</v>
+        <v>101</v>
       </c>
     </row>
     <row r="286" spans="1:6">
       <c r="A286" s="2">
         <v>268</v>
       </c>
       <c r="B286" s="2">
         <v>320</v>
       </c>
       <c r="C286" s="2">
-        <v>114367</v>
+        <v>122219</v>
       </c>
       <c r="D286" s="2" t="s">
+        <v>541</v>
+      </c>
+      <c r="E286" s="2" t="s">
         <v>542</v>
       </c>
-      <c r="E286" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F286" s="2" t="s">
-        <v>32</v>
+        <v>543</v>
       </c>
     </row>
     <row r="287" spans="1:6">
       <c r="A287" s="2">
         <v>268</v>
       </c>
       <c r="B287" s="2">
         <v>320</v>
       </c>
       <c r="C287" s="2">
-        <v>123023</v>
-[...1 lines deleted...]
-      <c r="D287" s="2"/>
+        <v>122872</v>
+      </c>
+      <c r="D287" s="2" t="s">
+        <v>544</v>
+      </c>
       <c r="E287" s="2" t="s">
-        <v>543</v>
-[...1 lines deleted...]
-      <c r="F287" s="2"/>
+        <v>545</v>
+      </c>
+      <c r="F287" s="2" t="s">
+        <v>27</v>
+      </c>
     </row>
     <row r="288" spans="1:6">
       <c r="A288" s="2">
         <v>268</v>
       </c>
       <c r="B288" s="2">
         <v>320</v>
       </c>
       <c r="C288" s="2">
-        <v>121596</v>
-[...3 lines deleted...]
-      </c>
+        <v>120666</v>
+      </c>
+      <c r="D288" s="2"/>
       <c r="E288" s="2" t="s">
-        <v>544</v>
-[...3 lines deleted...]
-      </c>
+        <v>546</v>
+      </c>
+      <c r="F288" s="2"/>
     </row>
     <row r="289" spans="1:6">
       <c r="A289" s="2">
         <v>268</v>
       </c>
       <c r="B289" s="2">
         <v>320</v>
       </c>
       <c r="C289" s="2">
-        <v>102091</v>
+        <v>118939</v>
       </c>
       <c r="D289" s="2" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
       <c r="E289" s="2" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
       <c r="F289" s="2" t="s">
-        <v>8</v>
+        <v>27</v>
       </c>
     </row>
     <row r="290" spans="1:6">
       <c r="A290" s="2">
         <v>268</v>
       </c>
       <c r="B290" s="2">
         <v>320</v>
       </c>
       <c r="C290" s="2">
-        <v>122664</v>
+        <v>121975</v>
       </c>
       <c r="D290" s="2" t="s">
-        <v>547</v>
+        <v>186</v>
       </c>
       <c r="E290" s="2" t="s">
-        <v>548</v>
+        <v>549</v>
       </c>
       <c r="F290" s="2" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="291" spans="1:6">
       <c r="A291" s="2">
         <v>268</v>
       </c>
       <c r="B291" s="2">
         <v>320</v>
       </c>
       <c r="C291" s="2">
-        <v>122620</v>
+        <v>102091</v>
       </c>
       <c r="D291" s="2" t="s">
-        <v>549</v>
+        <v>550</v>
       </c>
       <c r="E291" s="2" t="s">
-        <v>550</v>
+        <v>551</v>
       </c>
       <c r="F291" s="2" t="s">
-        <v>114</v>
+        <v>8</v>
       </c>
     </row>
     <row r="292" spans="1:6">
       <c r="A292" s="2">
         <v>268</v>
       </c>
       <c r="B292" s="2">
         <v>320</v>
       </c>
       <c r="C292" s="2">
-        <v>100691</v>
+        <v>122364</v>
       </c>
       <c r="D292" s="2" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
       <c r="E292" s="2" t="s">
-        <v>552</v>
+        <v>553</v>
       </c>
       <c r="F292" s="2" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
     </row>
     <row r="293" spans="1:6">
       <c r="A293" s="2">
         <v>268</v>
       </c>
       <c r="B293" s="2">
         <v>320</v>
       </c>
       <c r="C293" s="2">
-        <v>113380</v>
+        <v>122474</v>
       </c>
       <c r="D293" s="2" t="s">
-        <v>553</v>
+        <v>554</v>
       </c>
       <c r="E293" s="2" t="s">
-        <v>554</v>
+        <v>555</v>
       </c>
       <c r="F293" s="2" t="s">
-        <v>55</v>
+        <v>19</v>
       </c>
     </row>
     <row r="294" spans="1:6">
       <c r="A294" s="2">
         <v>268</v>
       </c>
       <c r="B294" s="2">
         <v>320</v>
       </c>
       <c r="C294" s="2">
-        <v>122769</v>
+        <v>121596</v>
       </c>
       <c r="D294" s="2" t="s">
-        <v>555</v>
+        <v>318</v>
       </c>
       <c r="E294" s="2" t="s">
         <v>556</v>
       </c>
       <c r="F294" s="2" t="s">
-        <v>37</v>
+        <v>471</v>
       </c>
     </row>
     <row r="295" spans="1:6">
       <c r="A295" s="2">
         <v>268</v>
       </c>
       <c r="B295" s="2">
         <v>320</v>
       </c>
       <c r="C295" s="2">
-        <v>122474</v>
+        <v>122620</v>
       </c>
       <c r="D295" s="2" t="s">
         <v>557</v>
       </c>
       <c r="E295" s="2" t="s">
         <v>558</v>
       </c>
       <c r="F295" s="2" t="s">
-        <v>19</v>
+        <v>114</v>
       </c>
     </row>
     <row r="296" spans="1:6">
       <c r="A296" s="2">
         <v>295</v>
       </c>
       <c r="B296" s="2">
         <v>315</v>
       </c>
       <c r="C296" s="2">
         <v>122244</v>
       </c>
       <c r="D296" s="2" t="s">
         <v>559</v>
       </c>
       <c r="E296" s="2" t="s">
         <v>560</v>
       </c>
       <c r="F296" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="297" spans="1:6">
       <c r="A297" s="2">
         <v>296</v>
       </c>
       <c r="B297" s="2">
         <v>310</v>
       </c>
       <c r="C297" s="2">
-        <v>122433</v>
-[...1 lines deleted...]
-      <c r="D297" s="2"/>
+        <v>121976</v>
+      </c>
+      <c r="D297" s="2" t="s">
+        <v>561</v>
+      </c>
       <c r="E297" s="2" t="s">
-        <v>561</v>
+        <v>562</v>
       </c>
       <c r="F297" s="2" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
     </row>
     <row r="298" spans="1:6">
       <c r="A298" s="2">
         <v>296</v>
       </c>
       <c r="B298" s="2">
         <v>310</v>
       </c>
       <c r="C298" s="2">
-        <v>122770</v>
+        <v>122507</v>
       </c>
       <c r="D298" s="2" t="s">
-        <v>562</v>
+        <v>563</v>
       </c>
       <c r="E298" s="2" t="s">
-        <v>563</v>
+        <v>564</v>
       </c>
       <c r="F298" s="2" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="299" spans="1:6">
       <c r="A299" s="2">
         <v>296</v>
       </c>
       <c r="B299" s="2">
         <v>310</v>
       </c>
       <c r="C299" s="2">
-        <v>121930</v>
+        <v>103179</v>
       </c>
       <c r="D299" s="2" t="s">
-        <v>346</v>
+        <v>565</v>
       </c>
       <c r="E299" s="2" t="s">
-        <v>354</v>
+        <v>566</v>
       </c>
       <c r="F299" s="2" t="s">
-        <v>277</v>
+        <v>37</v>
       </c>
     </row>
     <row r="300" spans="1:6">
       <c r="A300" s="2">
         <v>296</v>
       </c>
       <c r="B300" s="2">
         <v>310</v>
       </c>
       <c r="C300" s="2">
-        <v>122475</v>
+        <v>117943</v>
       </c>
       <c r="D300" s="2" t="s">
-        <v>564</v>
+        <v>567</v>
       </c>
       <c r="E300" s="2" t="s">
-        <v>565</v>
+        <v>568</v>
       </c>
       <c r="F300" s="2" t="s">
-        <v>566</v>
+        <v>27</v>
       </c>
     </row>
     <row r="301" spans="1:6">
       <c r="A301" s="2">
         <v>296</v>
       </c>
       <c r="B301" s="2">
         <v>310</v>
       </c>
       <c r="C301" s="2">
-        <v>122507</v>
-[...3 lines deleted...]
-      </c>
+        <v>122987</v>
+      </c>
+      <c r="D301" s="2"/>
       <c r="E301" s="2" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
       <c r="F301" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="302" spans="1:6">
       <c r="A302" s="2">
         <v>296</v>
       </c>
       <c r="B302" s="2">
         <v>310</v>
       </c>
       <c r="C302" s="2">
-        <v>122963</v>
-[...3 lines deleted...]
-      </c>
+        <v>123024</v>
+      </c>
+      <c r="D302" s="2"/>
       <c r="E302" s="2" t="s">
         <v>570</v>
       </c>
       <c r="F302" s="2" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
     </row>
     <row r="303" spans="1:6">
       <c r="A303" s="2">
         <v>296</v>
       </c>
       <c r="B303" s="2">
         <v>310</v>
       </c>
       <c r="C303" s="2">
-        <v>122589</v>
+        <v>122475</v>
       </c>
       <c r="D303" s="2" t="s">
-        <v>503</v>
+        <v>571</v>
       </c>
       <c r="E303" s="2" t="s">
-        <v>571</v>
+        <v>572</v>
       </c>
       <c r="F303" s="2" t="s">
-        <v>83</v>
+        <v>573</v>
       </c>
     </row>
     <row r="304" spans="1:6">
       <c r="A304" s="2">
         <v>296</v>
       </c>
       <c r="B304" s="2">
         <v>310</v>
       </c>
       <c r="C304" s="2">
-        <v>121976</v>
+        <v>122268</v>
       </c>
       <c r="D304" s="2" t="s">
-        <v>572</v>
+        <v>574</v>
       </c>
       <c r="E304" s="2" t="s">
-        <v>573</v>
+        <v>575</v>
       </c>
       <c r="F304" s="2" t="s">
-        <v>32</v>
+        <v>11</v>
       </c>
     </row>
     <row r="305" spans="1:6">
       <c r="A305" s="2">
         <v>296</v>
       </c>
       <c r="B305" s="2">
         <v>310</v>
       </c>
       <c r="C305" s="2">
-        <v>102127</v>
+        <v>121930</v>
       </c>
       <c r="D305" s="2" t="s">
-        <v>574</v>
+        <v>332</v>
       </c>
       <c r="E305" s="2" t="s">
-        <v>575</v>
+        <v>361</v>
       </c>
       <c r="F305" s="2" t="s">
-        <v>277</v>
+        <v>287</v>
       </c>
     </row>
     <row r="306" spans="1:6">
       <c r="A306" s="2">
         <v>296</v>
       </c>
       <c r="B306" s="2">
         <v>310</v>
       </c>
       <c r="C306" s="2">
-        <v>121775</v>
+        <v>120670</v>
       </c>
       <c r="D306" s="2" t="s">
         <v>576</v>
       </c>
       <c r="E306" s="2" t="s">
         <v>577</v>
       </c>
-      <c r="F306" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F306" s="2"/>
     </row>
     <row r="307" spans="1:6">
       <c r="A307" s="2">
         <v>296</v>
       </c>
       <c r="B307" s="2">
         <v>310</v>
       </c>
       <c r="C307" s="2">
-        <v>122268</v>
+        <v>122621</v>
       </c>
       <c r="D307" s="2" t="s">
+        <v>133</v>
+      </c>
+      <c r="E307" s="2" t="s">
         <v>578</v>
       </c>
-      <c r="E307" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F307" s="2" t="s">
-        <v>11</v>
+        <v>32</v>
       </c>
     </row>
     <row r="308" spans="1:6">
       <c r="A308" s="2">
         <v>296</v>
       </c>
       <c r="B308" s="2">
         <v>310</v>
       </c>
       <c r="C308" s="2">
-        <v>123024</v>
-[...1 lines deleted...]
-      <c r="D308" s="2"/>
+        <v>103603</v>
+      </c>
+      <c r="D308" s="2" t="s">
+        <v>579</v>
+      </c>
       <c r="E308" s="2" t="s">
-        <v>580</v>
+        <v>456</v>
       </c>
       <c r="F308" s="2" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
     </row>
     <row r="309" spans="1:6">
       <c r="A309" s="2">
         <v>296</v>
       </c>
       <c r="B309" s="2">
         <v>310</v>
       </c>
       <c r="C309" s="2">
-        <v>103603</v>
-[...3 lines deleted...]
-      </c>
+        <v>122008</v>
+      </c>
+      <c r="D309" s="2"/>
       <c r="E309" s="2" t="s">
-        <v>425</v>
-[...3 lines deleted...]
-      </c>
+        <v>580</v>
+      </c>
+      <c r="F309" s="2"/>
     </row>
     <row r="310" spans="1:6">
       <c r="A310" s="2">
         <v>296</v>
       </c>
       <c r="B310" s="2">
         <v>310</v>
       </c>
       <c r="C310" s="2">
         <v>122799</v>
       </c>
       <c r="D310" s="2"/>
       <c r="E310" s="2" t="s">
-        <v>582</v>
+        <v>581</v>
       </c>
       <c r="F310" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="311" spans="1:6">
       <c r="A311" s="2">
         <v>296</v>
       </c>
       <c r="B311" s="2">
         <v>310</v>
       </c>
       <c r="C311" s="2">
-        <v>120670</v>
+        <v>121768</v>
       </c>
       <c r="D311" s="2" t="s">
+        <v>582</v>
+      </c>
+      <c r="E311" s="2" t="s">
         <v>583</v>
-      </c>
-[...1 lines deleted...]
-        <v>584</v>
       </c>
       <c r="F311" s="2"/>
     </row>
     <row r="312" spans="1:6">
       <c r="A312" s="2">
         <v>296</v>
       </c>
       <c r="B312" s="2">
         <v>310</v>
       </c>
       <c r="C312" s="2">
-        <v>122621</v>
+        <v>122963</v>
       </c>
       <c r="D312" s="2" t="s">
-        <v>133</v>
+        <v>584</v>
       </c>
       <c r="E312" s="2" t="s">
         <v>585</v>
       </c>
       <c r="F312" s="2" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
     </row>
     <row r="313" spans="1:6">
       <c r="A313" s="2">
         <v>296</v>
       </c>
       <c r="B313" s="2">
         <v>310</v>
       </c>
       <c r="C313" s="2">
-        <v>122008</v>
-[...1 lines deleted...]
-      <c r="D313" s="2"/>
+        <v>122589</v>
+      </c>
+      <c r="D313" s="2" t="s">
+        <v>469</v>
+      </c>
       <c r="E313" s="2" t="s">
         <v>586</v>
       </c>
-      <c r="F313" s="2"/>
+      <c r="F313" s="2" t="s">
+        <v>83</v>
+      </c>
     </row>
     <row r="314" spans="1:6">
       <c r="A314" s="2">
         <v>296</v>
       </c>
       <c r="B314" s="2">
         <v>310</v>
       </c>
       <c r="C314" s="2">
-        <v>122873</v>
+        <v>121775</v>
       </c>
       <c r="D314" s="2" t="s">
         <v>587</v>
       </c>
       <c r="E314" s="2" t="s">
         <v>588</v>
       </c>
       <c r="F314" s="2" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
     </row>
     <row r="315" spans="1:6">
       <c r="A315" s="2">
         <v>296</v>
       </c>
       <c r="B315" s="2">
         <v>310</v>
       </c>
       <c r="C315" s="2">
-        <v>104396</v>
-[...3 lines deleted...]
-      </c>
+        <v>120435</v>
+      </c>
+      <c r="D315" s="2"/>
       <c r="E315" s="2" t="s">
         <v>589</v>
       </c>
       <c r="F315" s="2" t="s">
-        <v>8</v>
+        <v>37</v>
       </c>
     </row>
     <row r="316" spans="1:6">
       <c r="A316" s="2">
         <v>296</v>
       </c>
       <c r="B316" s="2">
         <v>310</v>
       </c>
       <c r="C316" s="2">
-        <v>121768</v>
+        <v>102127</v>
       </c>
       <c r="D316" s="2" t="s">
         <v>590</v>
       </c>
       <c r="E316" s="2" t="s">
         <v>591</v>
       </c>
-      <c r="F316" s="2"/>
+      <c r="F316" s="2" t="s">
+        <v>287</v>
+      </c>
     </row>
     <row r="317" spans="1:6">
       <c r="A317" s="2">
         <v>296</v>
       </c>
       <c r="B317" s="2">
         <v>310</v>
       </c>
       <c r="C317" s="2">
-        <v>122057</v>
+        <v>122770</v>
       </c>
       <c r="D317" s="2" t="s">
         <v>592</v>
       </c>
       <c r="E317" s="2" t="s">
         <v>593</v>
       </c>
       <c r="F317" s="2" t="s">
-        <v>103</v>
+        <v>37</v>
       </c>
     </row>
     <row r="318" spans="1:6">
       <c r="A318" s="2">
         <v>296</v>
       </c>
       <c r="B318" s="2">
         <v>310</v>
       </c>
       <c r="C318" s="2">
-        <v>117943</v>
+        <v>104396</v>
       </c>
       <c r="D318" s="2" t="s">
+        <v>269</v>
+      </c>
+      <c r="E318" s="2" t="s">
         <v>594</v>
       </c>
-      <c r="E318" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F318" s="2" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
     </row>
     <row r="319" spans="1:6">
       <c r="A319" s="2">
         <v>296</v>
       </c>
       <c r="B319" s="2">
         <v>310</v>
       </c>
       <c r="C319" s="2">
-        <v>120435</v>
+        <v>122433</v>
       </c>
       <c r="D319" s="2"/>
       <c r="E319" s="2" t="s">
-        <v>596</v>
+        <v>595</v>
       </c>
       <c r="F319" s="2" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="320" spans="1:6">
       <c r="A320" s="2">
         <v>296</v>
       </c>
       <c r="B320" s="2">
         <v>310</v>
       </c>
       <c r="C320" s="2">
-        <v>103179</v>
+        <v>122873</v>
       </c>
       <c r="D320" s="2" t="s">
+        <v>596</v>
+      </c>
+      <c r="E320" s="2" t="s">
         <v>597</v>
       </c>
-      <c r="E320" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F320" s="2" t="s">
-        <v>37</v>
+        <v>27</v>
       </c>
     </row>
     <row r="321" spans="1:6">
       <c r="A321" s="2">
         <v>296</v>
       </c>
       <c r="B321" s="2">
         <v>310</v>
       </c>
       <c r="C321" s="2">
-        <v>122987</v>
-[...1 lines deleted...]
-      <c r="D321" s="2"/>
+        <v>122057</v>
+      </c>
+      <c r="D321" s="2" t="s">
+        <v>598</v>
+      </c>
       <c r="E321" s="2" t="s">
         <v>599</v>
       </c>
       <c r="F321" s="2" t="s">
-        <v>19</v>
+        <v>101</v>
       </c>
     </row>
     <row r="322" spans="1:6">
       <c r="A322" s="2">
         <v>321</v>
       </c>
       <c r="B322" s="2">
         <v>305</v>
       </c>
       <c r="C322" s="2">
         <v>122245</v>
       </c>
       <c r="D322" s="2" t="s">
         <v>600</v>
       </c>
       <c r="E322" s="2" t="s">
         <v>601</v>
       </c>
       <c r="F322" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="323" spans="1:6">
       <c r="A323" s="2">
         <v>322</v>
       </c>
       <c r="B323" s="2">
         <v>300</v>
       </c>
       <c r="C323" s="2">
-        <v>114203</v>
+        <v>109939</v>
       </c>
       <c r="D323" s="2" t="s">
         <v>602</v>
       </c>
       <c r="E323" s="2" t="s">
         <v>603</v>
       </c>
       <c r="F323" s="2" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
     </row>
     <row r="324" spans="1:6">
       <c r="A324" s="2">
         <v>322</v>
       </c>
       <c r="B324" s="2">
         <v>300</v>
       </c>
       <c r="C324" s="2">
-        <v>122622</v>
+        <v>114203</v>
       </c>
       <c r="D324" s="2" t="s">
         <v>604</v>
       </c>
       <c r="E324" s="2" t="s">
         <v>605</v>
       </c>
       <c r="F324" s="2" t="s">
-        <v>32</v>
+        <v>8</v>
       </c>
     </row>
     <row r="325" spans="1:6">
       <c r="A325" s="2">
         <v>322</v>
       </c>
       <c r="B325" s="2">
         <v>300</v>
       </c>
       <c r="C325" s="2">
-        <v>122382</v>
-[...1 lines deleted...]
-      <c r="D325" s="2"/>
+        <v>105829</v>
+      </c>
+      <c r="D325" s="2" t="s">
+        <v>606</v>
+      </c>
       <c r="E325" s="2" t="s">
-        <v>606</v>
+        <v>607</v>
       </c>
       <c r="F325" s="2" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
     </row>
     <row r="326" spans="1:6">
       <c r="A326" s="2">
         <v>322</v>
       </c>
       <c r="B326" s="2">
         <v>300</v>
       </c>
       <c r="C326" s="2">
-        <v>122009</v>
-[...1 lines deleted...]
-      <c r="D326" s="2"/>
+        <v>123056</v>
+      </c>
+      <c r="D326" s="2" t="s">
+        <v>245</v>
+      </c>
       <c r="E326" s="2" t="s">
-        <v>607</v>
+        <v>608</v>
       </c>
       <c r="F326" s="2"/>
     </row>
     <row r="327" spans="1:6">
       <c r="A327" s="2">
         <v>322</v>
       </c>
       <c r="B327" s="2">
         <v>300</v>
       </c>
       <c r="C327" s="2">
         <v>119099</v>
       </c>
       <c r="D327" s="2" t="s">
-        <v>608</v>
+        <v>609</v>
       </c>
       <c r="E327" s="2" t="s">
-        <v>609</v>
+        <v>610</v>
       </c>
       <c r="F327" s="2" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="328" spans="1:6">
       <c r="A328" s="2">
         <v>322</v>
       </c>
       <c r="B328" s="2">
         <v>300</v>
       </c>
       <c r="C328" s="2">
-        <v>105829</v>
+        <v>122058</v>
       </c>
       <c r="D328" s="2" t="s">
-        <v>610</v>
+        <v>611</v>
       </c>
       <c r="E328" s="2" t="s">
-        <v>611</v>
+        <v>225</v>
       </c>
       <c r="F328" s="2" t="s">
-        <v>8</v>
+        <v>101</v>
       </c>
     </row>
     <row r="329" spans="1:6">
       <c r="A329" s="2">
         <v>322</v>
       </c>
       <c r="B329" s="2">
         <v>300</v>
       </c>
       <c r="C329" s="2">
-        <v>121769</v>
+        <v>122508</v>
       </c>
       <c r="D329" s="2" t="s">
         <v>612</v>
       </c>
       <c r="E329" s="2" t="s">
         <v>613</v>
       </c>
-      <c r="F329" s="2"/>
+      <c r="F329" s="2" t="s">
+        <v>19</v>
+      </c>
     </row>
     <row r="330" spans="1:6">
       <c r="A330" s="2">
         <v>322</v>
       </c>
       <c r="B330" s="2">
         <v>300</v>
       </c>
       <c r="C330" s="2">
-        <v>122058</v>
+        <v>121733</v>
       </c>
       <c r="D330" s="2" t="s">
         <v>614</v>
       </c>
       <c r="E330" s="2" t="s">
-        <v>215</v>
+        <v>615</v>
       </c>
       <c r="F330" s="2" t="s">
-        <v>103</v>
+        <v>37</v>
       </c>
     </row>
     <row r="331" spans="1:6">
       <c r="A331" s="2">
         <v>322</v>
       </c>
       <c r="B331" s="2">
         <v>300</v>
       </c>
       <c r="C331" s="2">
-        <v>123056</v>
+        <v>121052</v>
       </c>
       <c r="D331" s="2" t="s">
-        <v>245</v>
+        <v>352</v>
       </c>
       <c r="E331" s="2" t="s">
-        <v>615</v>
-[...1 lines deleted...]
-      <c r="F331" s="2"/>
+        <v>616</v>
+      </c>
+      <c r="F331" s="2" t="s">
+        <v>405</v>
+      </c>
     </row>
     <row r="332" spans="1:6">
       <c r="A332" s="2">
         <v>322</v>
       </c>
       <c r="B332" s="2">
         <v>300</v>
       </c>
       <c r="C332" s="2">
-        <v>122019</v>
-[...1 lines deleted...]
-      <c r="D332" s="2"/>
+        <v>122220</v>
+      </c>
+      <c r="D332" s="2" t="s">
+        <v>617</v>
+      </c>
       <c r="E332" s="2" t="s">
-        <v>616</v>
+        <v>618</v>
       </c>
       <c r="F332" s="2" t="s">
-        <v>32</v>
+        <v>63</v>
       </c>
     </row>
     <row r="333" spans="1:6">
       <c r="A333" s="2">
         <v>322</v>
       </c>
       <c r="B333" s="2">
         <v>300</v>
       </c>
       <c r="C333" s="2">
-        <v>121733</v>
-[...3 lines deleted...]
-      </c>
+        <v>122464</v>
+      </c>
+      <c r="D333" s="2"/>
       <c r="E333" s="2" t="s">
-        <v>618</v>
+        <v>619</v>
       </c>
       <c r="F333" s="2" t="s">
-        <v>37</v>
+        <v>32</v>
       </c>
     </row>
     <row r="334" spans="1:6">
       <c r="A334" s="2">
         <v>322</v>
       </c>
       <c r="B334" s="2">
         <v>300</v>
       </c>
       <c r="C334" s="2">
-        <v>121052</v>
-[...3 lines deleted...]
-      </c>
+        <v>122800</v>
+      </c>
+      <c r="D334" s="2"/>
       <c r="E334" s="2" t="s">
-        <v>619</v>
+        <v>620</v>
       </c>
       <c r="F334" s="2" t="s">
-        <v>408</v>
+        <v>101</v>
       </c>
     </row>
     <row r="335" spans="1:6">
       <c r="A335" s="2">
         <v>322</v>
       </c>
       <c r="B335" s="2">
         <v>300</v>
       </c>
       <c r="C335" s="2">
-        <v>122220</v>
-[...3 lines deleted...]
-      </c>
+        <v>123025</v>
+      </c>
+      <c r="D335" s="2"/>
       <c r="E335" s="2" t="s">
         <v>621</v>
       </c>
       <c r="F335" s="2" t="s">
-        <v>63</v>
+        <v>32</v>
       </c>
     </row>
     <row r="336" spans="1:6">
       <c r="A336" s="2">
         <v>322</v>
       </c>
       <c r="B336" s="2">
         <v>300</v>
       </c>
       <c r="C336" s="2">
-        <v>122800</v>
-[...1 lines deleted...]
-      <c r="D336" s="2"/>
+        <v>106746</v>
+      </c>
+      <c r="D336" s="2" t="s">
+        <v>622</v>
+      </c>
       <c r="E336" s="2" t="s">
-        <v>622</v>
+        <v>623</v>
       </c>
       <c r="F336" s="2" t="s">
-        <v>103</v>
+        <v>11</v>
       </c>
     </row>
     <row r="337" spans="1:6">
       <c r="A337" s="2">
         <v>322</v>
       </c>
       <c r="B337" s="2">
         <v>300</v>
       </c>
       <c r="C337" s="2">
         <v>121931</v>
       </c>
       <c r="D337" s="2" t="s">
-        <v>623</v>
+        <v>624</v>
       </c>
       <c r="E337" s="2" t="s">
-        <v>624</v>
+        <v>625</v>
       </c>
       <c r="F337" s="2" t="s">
-        <v>277</v>
+        <v>287</v>
       </c>
     </row>
     <row r="338" spans="1:6">
       <c r="A338" s="2">
         <v>322</v>
       </c>
       <c r="B338" s="2">
         <v>300</v>
       </c>
       <c r="C338" s="2">
-        <v>122508</v>
+        <v>122622</v>
       </c>
       <c r="D338" s="2" t="s">
-        <v>625</v>
+        <v>626</v>
       </c>
       <c r="E338" s="2" t="s">
-        <v>626</v>
+        <v>627</v>
       </c>
       <c r="F338" s="2" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
     </row>
     <row r="339" spans="1:6">
       <c r="A339" s="2">
         <v>322</v>
       </c>
       <c r="B339" s="2">
         <v>300</v>
       </c>
       <c r="C339" s="2">
-        <v>122478</v>
-[...3 lines deleted...]
-      </c>
+        <v>122009</v>
+      </c>
+      <c r="D339" s="2"/>
       <c r="E339" s="2" t="s">
         <v>628</v>
       </c>
-      <c r="F339" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F339" s="2"/>
     </row>
     <row r="340" spans="1:6">
       <c r="A340" s="2">
         <v>322</v>
       </c>
       <c r="B340" s="2">
         <v>300</v>
       </c>
       <c r="C340" s="2">
-        <v>102269</v>
+        <v>122478</v>
       </c>
       <c r="D340" s="2" t="s">
         <v>629</v>
       </c>
       <c r="E340" s="2" t="s">
         <v>630</v>
       </c>
       <c r="F340" s="2" t="s">
-        <v>277</v>
+        <v>42</v>
       </c>
     </row>
     <row r="341" spans="1:6">
       <c r="A341" s="2">
         <v>322</v>
       </c>
       <c r="B341" s="2">
         <v>300</v>
       </c>
       <c r="C341" s="2">
-        <v>122464</v>
-[...1 lines deleted...]
-      <c r="D341" s="2"/>
+        <v>121769</v>
+      </c>
+      <c r="D341" s="2" t="s">
+        <v>631</v>
+      </c>
       <c r="E341" s="2" t="s">
-        <v>631</v>
-[...3 lines deleted...]
-      </c>
+        <v>632</v>
+      </c>
+      <c r="F341" s="2"/>
     </row>
     <row r="342" spans="1:6">
       <c r="A342" s="2">
         <v>322</v>
       </c>
       <c r="B342" s="2">
         <v>300</v>
       </c>
       <c r="C342" s="2">
-        <v>106746</v>
+        <v>122172</v>
       </c>
       <c r="D342" s="2" t="s">
-        <v>632</v>
+        <v>633</v>
       </c>
       <c r="E342" s="2" t="s">
-        <v>633</v>
+        <v>634</v>
       </c>
       <c r="F342" s="2" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
     </row>
     <row r="343" spans="1:6">
       <c r="A343" s="2">
         <v>322</v>
       </c>
       <c r="B343" s="2">
         <v>300</v>
       </c>
       <c r="C343" s="2">
-        <v>123025</v>
+        <v>122382</v>
       </c>
       <c r="D343" s="2"/>
       <c r="E343" s="2" t="s">
-        <v>634</v>
+        <v>635</v>
       </c>
       <c r="F343" s="2" t="s">
-        <v>32</v>
+        <v>11</v>
       </c>
     </row>
     <row r="344" spans="1:6">
       <c r="A344" s="2">
         <v>322</v>
       </c>
       <c r="B344" s="2">
         <v>300</v>
       </c>
       <c r="C344" s="2">
-        <v>109939</v>
-[...3 lines deleted...]
-      </c>
+        <v>122019</v>
+      </c>
+      <c r="D344" s="2"/>
       <c r="E344" s="2" t="s">
         <v>636</v>
       </c>
       <c r="F344" s="2" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
     </row>
     <row r="345" spans="1:6">
       <c r="A345" s="2">
         <v>322</v>
       </c>
       <c r="B345" s="2">
         <v>300</v>
       </c>
       <c r="C345" s="2">
-        <v>122172</v>
+        <v>102269</v>
       </c>
       <c r="D345" s="2" t="s">
         <v>637</v>
       </c>
       <c r="E345" s="2" t="s">
         <v>638</v>
       </c>
       <c r="F345" s="2" t="s">
-        <v>19</v>
+        <v>287</v>
       </c>
     </row>
     <row r="346" spans="1:6">
       <c r="A346" s="2">
         <v>345</v>
       </c>
       <c r="B346" s="2">
         <v>295</v>
       </c>
       <c r="C346" s="2">
-        <v>120702</v>
-[...1 lines deleted...]
-      <c r="D346" s="2"/>
+        <v>106817</v>
+      </c>
+      <c r="D346" s="2" t="s">
+        <v>639</v>
+      </c>
       <c r="E346" s="2" t="s">
-        <v>639</v>
-[...1 lines deleted...]
-      <c r="F346" s="2"/>
+        <v>640</v>
+      </c>
+      <c r="F346" s="2" t="s">
+        <v>11</v>
+      </c>
     </row>
     <row r="347" spans="1:6">
       <c r="A347" s="2">
         <v>345</v>
       </c>
       <c r="B347" s="2">
         <v>295</v>
       </c>
       <c r="C347" s="2">
-        <v>106817</v>
-[...3 lines deleted...]
-      </c>
+        <v>120702</v>
+      </c>
+      <c r="D347" s="2"/>
       <c r="E347" s="2" t="s">
         <v>641</v>
       </c>
-      <c r="F347" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F347" s="2"/>
     </row>
     <row r="348" spans="1:6">
       <c r="A348" s="2">
         <v>347</v>
       </c>
       <c r="B348" s="2">
         <v>290</v>
       </c>
       <c r="C348" s="2">
-        <v>122708</v>
-[...1 lines deleted...]
-      <c r="D348" s="2" t="s">
+        <v>120687</v>
+      </c>
+      <c r="D348" s="2"/>
+      <c r="E348" s="2" t="s">
         <v>642</v>
       </c>
-      <c r="E348" s="2" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="F348" s="2"/>
     </row>
     <row r="349" spans="1:6">
       <c r="A349" s="2">
         <v>347</v>
       </c>
       <c r="B349" s="2">
         <v>290</v>
       </c>
       <c r="C349" s="2">
-        <v>122479</v>
+        <v>105126</v>
       </c>
       <c r="D349" s="2" t="s">
         <v>643</v>
       </c>
       <c r="E349" s="2" t="s">
         <v>644</v>
       </c>
       <c r="F349" s="2" t="s">
-        <v>645</v>
+        <v>11</v>
       </c>
     </row>
     <row r="350" spans="1:6">
       <c r="A350" s="2">
         <v>347</v>
       </c>
       <c r="B350" s="2">
         <v>290</v>
       </c>
       <c r="C350" s="2">
-        <v>122536</v>
+        <v>121932</v>
       </c>
       <c r="D350" s="2" t="s">
-        <v>646</v>
+        <v>645</v>
       </c>
       <c r="E350" s="2" t="s">
-        <v>647</v>
+        <v>87</v>
       </c>
       <c r="F350" s="2" t="s">
-        <v>19</v>
+        <v>287</v>
       </c>
     </row>
     <row r="351" spans="1:6">
       <c r="A351" s="2">
         <v>347</v>
       </c>
       <c r="B351" s="2">
         <v>290</v>
       </c>
       <c r="C351" s="2">
-        <v>122465</v>
-[...1 lines deleted...]
-      <c r="D351" s="2"/>
+        <v>122623</v>
+      </c>
+      <c r="D351" s="2" t="s">
+        <v>646</v>
+      </c>
       <c r="E351" s="2" t="s">
-        <v>648</v>
+        <v>364</v>
       </c>
       <c r="F351" s="2" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="352" spans="1:6">
       <c r="A352" s="2">
         <v>347</v>
       </c>
       <c r="B352" s="2">
         <v>290</v>
       </c>
       <c r="C352" s="2">
-        <v>105126</v>
-[...3 lines deleted...]
-      </c>
+        <v>122010</v>
+      </c>
+      <c r="D352" s="2"/>
       <c r="E352" s="2" t="s">
-        <v>650</v>
-[...3 lines deleted...]
-      </c>
+        <v>647</v>
+      </c>
+      <c r="F352" s="2"/>
     </row>
     <row r="353" spans="1:6">
       <c r="A353" s="2">
         <v>347</v>
       </c>
       <c r="B353" s="2">
         <v>290</v>
       </c>
       <c r="C353" s="2">
-        <v>123026</v>
-[...1 lines deleted...]
-      <c r="D353" s="2"/>
+        <v>121770</v>
+      </c>
+      <c r="D353" s="2" t="s">
+        <v>648</v>
+      </c>
       <c r="E353" s="2" t="s">
-        <v>651</v>
-[...3 lines deleted...]
-      </c>
+        <v>649</v>
+      </c>
+      <c r="F353" s="2"/>
     </row>
     <row r="354" spans="1:6">
       <c r="A354" s="2">
         <v>347</v>
       </c>
       <c r="B354" s="2">
         <v>290</v>
       </c>
       <c r="C354" s="2">
-        <v>122988</v>
-[...1 lines deleted...]
-      <c r="D354" s="2"/>
+        <v>115941</v>
+      </c>
+      <c r="D354" s="2" t="s">
+        <v>650</v>
+      </c>
       <c r="E354" s="2" t="s">
-        <v>652</v>
+        <v>651</v>
       </c>
       <c r="F354" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
     </row>
     <row r="355" spans="1:6">
       <c r="A355" s="2">
         <v>347</v>
       </c>
       <c r="B355" s="2">
         <v>290</v>
       </c>
       <c r="C355" s="2">
-        <v>120687</v>
-[...1 lines deleted...]
-      <c r="D355" s="2"/>
+        <v>115362</v>
+      </c>
+      <c r="D355" s="2" t="s">
+        <v>652</v>
+      </c>
       <c r="E355" s="2" t="s">
-        <v>653</v>
-[...1 lines deleted...]
-      <c r="F355" s="2"/>
+        <v>400</v>
+      </c>
+      <c r="F355" s="2" t="s">
+        <v>19</v>
+      </c>
     </row>
     <row r="356" spans="1:6">
       <c r="A356" s="2">
         <v>347</v>
       </c>
       <c r="B356" s="2">
         <v>290</v>
       </c>
       <c r="C356" s="2">
-        <v>105590</v>
-[...3 lines deleted...]
-      </c>
+        <v>122383</v>
+      </c>
+      <c r="D356" s="2"/>
       <c r="E356" s="2" t="s">
-        <v>655</v>
+        <v>653</v>
       </c>
       <c r="F356" s="2" t="s">
-        <v>63</v>
+        <v>11</v>
       </c>
     </row>
     <row r="357" spans="1:6">
       <c r="A357" s="2">
         <v>347</v>
       </c>
       <c r="B357" s="2">
         <v>290</v>
       </c>
       <c r="C357" s="2">
-        <v>122623</v>
+        <v>114392</v>
       </c>
       <c r="D357" s="2" t="s">
-        <v>656</v>
+        <v>654</v>
       </c>
       <c r="E357" s="2" t="s">
-        <v>370</v>
+        <v>655</v>
       </c>
       <c r="F357" s="2" t="s">
-        <v>32</v>
+        <v>37</v>
       </c>
     </row>
     <row r="358" spans="1:6">
       <c r="A358" s="2">
         <v>347</v>
       </c>
       <c r="B358" s="2">
         <v>290</v>
       </c>
       <c r="C358" s="2">
-        <v>115362</v>
-[...3 lines deleted...]
-      </c>
+        <v>122020</v>
+      </c>
+      <c r="D358" s="2"/>
       <c r="E358" s="2" t="s">
-        <v>399</v>
+        <v>656</v>
       </c>
       <c r="F358" s="2" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
     </row>
     <row r="359" spans="1:6">
       <c r="A359" s="2">
         <v>347</v>
       </c>
       <c r="B359" s="2">
         <v>290</v>
       </c>
       <c r="C359" s="2">
-        <v>122383</v>
-[...1 lines deleted...]
-      <c r="D359" s="2"/>
+        <v>122708</v>
+      </c>
+      <c r="D359" s="2" t="s">
+        <v>657</v>
+      </c>
       <c r="E359" s="2" t="s">
-        <v>658</v>
+        <v>527</v>
       </c>
       <c r="F359" s="2" t="s">
-        <v>11</v>
+        <v>287</v>
       </c>
     </row>
     <row r="360" spans="1:6">
       <c r="A360" s="2">
         <v>347</v>
       </c>
       <c r="B360" s="2">
         <v>290</v>
       </c>
       <c r="C360" s="2">
-        <v>122010</v>
-[...1 lines deleted...]
-      <c r="D360" s="2"/>
+        <v>122479</v>
+      </c>
+      <c r="D360" s="2" t="s">
+        <v>658</v>
+      </c>
       <c r="E360" s="2" t="s">
         <v>659</v>
       </c>
-      <c r="F360" s="2"/>
+      <c r="F360" s="2" t="s">
+        <v>660</v>
+      </c>
     </row>
     <row r="361" spans="1:6">
       <c r="A361" s="2">
         <v>347</v>
       </c>
       <c r="B361" s="2">
         <v>290</v>
       </c>
       <c r="C361" s="2">
-        <v>102706</v>
-[...3 lines deleted...]
-      </c>
+        <v>122988</v>
+      </c>
+      <c r="D361" s="2"/>
       <c r="E361" s="2" t="s">
         <v>661</v>
       </c>
       <c r="F361" s="2" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
     </row>
     <row r="362" spans="1:6">
       <c r="A362" s="2">
         <v>347</v>
       </c>
       <c r="B362" s="2">
         <v>290</v>
       </c>
       <c r="C362" s="2">
-        <v>122409</v>
+        <v>122590</v>
       </c>
       <c r="D362" s="2" t="s">
-        <v>442</v>
+        <v>662</v>
       </c>
       <c r="E362" s="2" t="s">
-        <v>443</v>
+        <v>46</v>
       </c>
       <c r="F362" s="2" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
     </row>
     <row r="363" spans="1:6">
       <c r="A363" s="2">
         <v>347</v>
       </c>
       <c r="B363" s="2">
         <v>290</v>
       </c>
       <c r="C363" s="2">
-        <v>121770</v>
+        <v>122409</v>
       </c>
       <c r="D363" s="2" t="s">
-        <v>662</v>
+        <v>446</v>
       </c>
       <c r="E363" s="2" t="s">
-        <v>663</v>
-[...1 lines deleted...]
-      <c r="F363" s="2"/>
+        <v>447</v>
+      </c>
+      <c r="F363" s="2" t="s">
+        <v>8</v>
+      </c>
     </row>
     <row r="364" spans="1:6">
       <c r="A364" s="2">
         <v>347</v>
       </c>
       <c r="B364" s="2">
         <v>290</v>
       </c>
       <c r="C364" s="2">
-        <v>115941</v>
+        <v>105590</v>
       </c>
       <c r="D364" s="2" t="s">
+        <v>663</v>
+      </c>
+      <c r="E364" s="2" t="s">
         <v>664</v>
       </c>
-      <c r="E364" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F364" s="2" t="s">
-        <v>37</v>
+        <v>63</v>
       </c>
     </row>
     <row r="365" spans="1:6">
       <c r="A365" s="2">
         <v>347</v>
       </c>
       <c r="B365" s="2">
         <v>290</v>
       </c>
       <c r="C365" s="2">
-        <v>122059</v>
+        <v>102706</v>
       </c>
       <c r="D365" s="2" t="s">
+        <v>665</v>
+      </c>
+      <c r="E365" s="2" t="s">
         <v>666</v>
       </c>
-      <c r="E365" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F365" s="2" t="s">
-        <v>103</v>
+        <v>27</v>
       </c>
     </row>
     <row r="366" spans="1:6">
       <c r="A366" s="2">
         <v>347</v>
       </c>
       <c r="B366" s="2">
         <v>290</v>
       </c>
       <c r="C366" s="2">
-        <v>114392</v>
+        <v>122059</v>
       </c>
       <c r="D366" s="2" t="s">
+        <v>667</v>
+      </c>
+      <c r="E366" s="2" t="s">
         <v>668</v>
       </c>
-      <c r="E366" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F366" s="2" t="s">
-        <v>37</v>
+        <v>101</v>
       </c>
     </row>
     <row r="367" spans="1:6">
       <c r="A367" s="2">
         <v>347</v>
       </c>
       <c r="B367" s="2">
         <v>290</v>
       </c>
       <c r="C367" s="2">
-        <v>122020</v>
-[...1 lines deleted...]
-      <c r="D367" s="2"/>
+        <v>121734</v>
+      </c>
+      <c r="D367" s="2" t="s">
+        <v>669</v>
+      </c>
       <c r="E367" s="2" t="s">
         <v>670</v>
       </c>
       <c r="F367" s="2" t="s">
-        <v>32</v>
+        <v>37</v>
       </c>
     </row>
     <row r="368" spans="1:6">
       <c r="A368" s="2">
         <v>347</v>
       </c>
       <c r="B368" s="2">
         <v>290</v>
       </c>
       <c r="C368" s="2">
-        <v>121734</v>
+        <v>122665</v>
       </c>
       <c r="D368" s="2" t="s">
         <v>671</v>
       </c>
       <c r="E368" s="2" t="s">
         <v>672</v>
       </c>
       <c r="F368" s="2" t="s">
-        <v>37</v>
+        <v>11</v>
       </c>
     </row>
     <row r="369" spans="1:6">
       <c r="A369" s="2">
         <v>347</v>
       </c>
       <c r="B369" s="2">
         <v>290</v>
       </c>
       <c r="C369" s="2">
-        <v>122148</v>
-[...1 lines deleted...]
-      <c r="D369" s="2" t="s">
+        <v>122465</v>
+      </c>
+      <c r="D369" s="2"/>
+      <c r="E369" s="2" t="s">
         <v>673</v>
       </c>
-      <c r="E369" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F369" s="2" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
     </row>
     <row r="370" spans="1:6">
       <c r="A370" s="2">
         <v>347</v>
       </c>
       <c r="B370" s="2">
         <v>290</v>
       </c>
       <c r="C370" s="2">
-        <v>122964</v>
+        <v>122148</v>
       </c>
       <c r="D370" s="2" t="s">
+        <v>674</v>
+      </c>
+      <c r="E370" s="2" t="s">
         <v>675</v>
-      </c>
-[...1 lines deleted...]
-        <v>676</v>
       </c>
       <c r="F370" s="2" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="371" spans="1:6">
       <c r="A371" s="2">
         <v>347</v>
       </c>
       <c r="B371" s="2">
         <v>290</v>
       </c>
       <c r="C371" s="2">
-        <v>122590</v>
-[...3 lines deleted...]
-      </c>
+        <v>123026</v>
+      </c>
+      <c r="D371" s="2"/>
       <c r="E371" s="2" t="s">
-        <v>46</v>
+        <v>676</v>
       </c>
       <c r="F371" s="2" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="372" spans="1:6">
       <c r="A372" s="2">
         <v>347</v>
       </c>
       <c r="B372" s="2">
         <v>290</v>
       </c>
       <c r="C372" s="2">
-        <v>121932</v>
+        <v>122964</v>
       </c>
       <c r="D372" s="2" t="s">
+        <v>677</v>
+      </c>
+      <c r="E372" s="2" t="s">
         <v>678</v>
       </c>
-      <c r="E372" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F372" s="2" t="s">
-        <v>277</v>
+        <v>27</v>
       </c>
     </row>
     <row r="373" spans="1:6">
       <c r="A373" s="2">
         <v>347</v>
       </c>
       <c r="B373" s="2">
         <v>290</v>
       </c>
       <c r="C373" s="2">
-        <v>122665</v>
+        <v>122536</v>
       </c>
       <c r="D373" s="2" t="s">
         <v>679</v>
       </c>
       <c r="E373" s="2" t="s">
         <v>680</v>
       </c>
       <c r="F373" s="2" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
     </row>
     <row r="374" spans="1:6">
       <c r="A374" s="2">
         <v>373</v>
       </c>
       <c r="B374" s="2">
         <v>285</v>
       </c>
       <c r="C374" s="2">
         <v>106916</v>
       </c>
       <c r="D374" s="2" t="s">
         <v>681</v>
       </c>
       <c r="E374" s="2" t="s">
         <v>682</v>
       </c>
       <c r="F374" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="375" spans="1:6">
       <c r="A375" s="2">
         <v>374</v>
       </c>
       <c r="B375" s="2">
         <v>280</v>
       </c>
       <c r="C375" s="2">
-        <v>122965</v>
+        <v>121735</v>
       </c>
       <c r="D375" s="2" t="s">
         <v>683</v>
       </c>
       <c r="E375" s="2" t="s">
         <v>684</v>
       </c>
       <c r="F375" s="2" t="s">
-        <v>27</v>
+        <v>37</v>
       </c>
     </row>
     <row r="376" spans="1:6">
       <c r="A376" s="2">
         <v>374</v>
       </c>
       <c r="B376" s="2">
         <v>280</v>
       </c>
       <c r="C376" s="2">
-        <v>121979</v>
-[...1 lines deleted...]
-      <c r="D376" s="2"/>
+        <v>113377</v>
+      </c>
+      <c r="D376" s="2" t="s">
+        <v>685</v>
+      </c>
       <c r="E376" s="2" t="s">
-        <v>685</v>
+        <v>686</v>
       </c>
       <c r="F376" s="2" t="s">
-        <v>32</v>
+        <v>11</v>
       </c>
     </row>
     <row r="377" spans="1:6">
       <c r="A377" s="2">
         <v>374</v>
       </c>
       <c r="B377" s="2">
         <v>280</v>
       </c>
       <c r="C377" s="2">
-        <v>122591</v>
+        <v>122022</v>
       </c>
       <c r="D377" s="2" t="s">
-        <v>686</v>
+        <v>195</v>
       </c>
       <c r="E377" s="2" t="s">
-        <v>687</v>
+        <v>672</v>
       </c>
       <c r="F377" s="2" t="s">
-        <v>32</v>
+        <v>11</v>
       </c>
     </row>
     <row r="378" spans="1:6">
       <c r="A378" s="2">
         <v>374</v>
       </c>
       <c r="B378" s="2">
         <v>280</v>
       </c>
       <c r="C378" s="2">
-        <v>121933</v>
+        <v>122666</v>
       </c>
       <c r="D378" s="2" t="s">
+        <v>687</v>
+      </c>
+      <c r="E378" s="2" t="s">
         <v>688</v>
       </c>
-      <c r="E378" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F378" s="2" t="s">
-        <v>55</v>
+        <v>11</v>
       </c>
     </row>
     <row r="379" spans="1:6">
       <c r="A379" s="2">
         <v>374</v>
       </c>
       <c r="B379" s="2">
         <v>280</v>
       </c>
       <c r="C379" s="2">
-        <v>122368</v>
-[...3 lines deleted...]
-      </c>
+        <v>122466</v>
+      </c>
+      <c r="D379" s="2"/>
       <c r="E379" s="2" t="s">
-        <v>691</v>
+        <v>689</v>
       </c>
       <c r="F379" s="2" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
     </row>
     <row r="380" spans="1:6">
       <c r="A380" s="2">
         <v>374</v>
       </c>
       <c r="B380" s="2">
         <v>280</v>
       </c>
       <c r="C380" s="2">
-        <v>113377</v>
-[...3 lines deleted...]
-      </c>
+        <v>114882</v>
+      </c>
+      <c r="D380" s="2"/>
       <c r="E380" s="2" t="s">
-        <v>693</v>
+        <v>690</v>
       </c>
       <c r="F380" s="2" t="s">
-        <v>11</v>
+        <v>27</v>
       </c>
     </row>
     <row r="381" spans="1:6">
       <c r="A381" s="2">
         <v>374</v>
       </c>
       <c r="B381" s="2">
         <v>280</v>
       </c>
       <c r="C381" s="2">
-        <v>122666</v>
-[...3 lines deleted...]
-      </c>
+        <v>123027</v>
+      </c>
+      <c r="D381" s="2"/>
       <c r="E381" s="2" t="s">
-        <v>695</v>
+        <v>691</v>
       </c>
       <c r="F381" s="2" t="s">
-        <v>11</v>
+        <v>32</v>
       </c>
     </row>
     <row r="382" spans="1:6">
       <c r="A382" s="2">
         <v>374</v>
       </c>
       <c r="B382" s="2">
         <v>280</v>
       </c>
       <c r="C382" s="2">
-        <v>122709</v>
+        <v>122965</v>
       </c>
       <c r="D382" s="2" t="s">
-        <v>696</v>
+        <v>692</v>
       </c>
       <c r="E382" s="2" t="s">
-        <v>276</v>
+        <v>693</v>
       </c>
       <c r="F382" s="2" t="s">
-        <v>277</v>
+        <v>27</v>
       </c>
     </row>
     <row r="383" spans="1:6">
       <c r="A383" s="2">
         <v>374</v>
       </c>
       <c r="B383" s="2">
         <v>280</v>
       </c>
       <c r="C383" s="2">
         <v>122435</v>
       </c>
       <c r="D383" s="2"/>
       <c r="E383" s="2" t="s">
-        <v>697</v>
+        <v>694</v>
       </c>
       <c r="F383" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="384" spans="1:6">
       <c r="A384" s="2">
         <v>374</v>
       </c>
       <c r="B384" s="2">
         <v>280</v>
       </c>
       <c r="C384" s="2">
         <v>121307</v>
       </c>
       <c r="D384" s="2" t="s">
-        <v>698</v>
+        <v>695</v>
       </c>
       <c r="E384" s="2" t="s">
-        <v>699</v>
+        <v>696</v>
       </c>
       <c r="F384" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="385" spans="1:6">
       <c r="A385" s="2">
         <v>374</v>
       </c>
       <c r="B385" s="2">
         <v>280</v>
       </c>
       <c r="C385" s="2">
-        <v>122466</v>
-[...1 lines deleted...]
-      <c r="D385" s="2"/>
+        <v>122270</v>
+      </c>
+      <c r="D385" s="2" t="s">
+        <v>697</v>
+      </c>
       <c r="E385" s="2" t="s">
-        <v>700</v>
+        <v>698</v>
       </c>
       <c r="F385" s="2" t="s">
-        <v>32</v>
+        <v>11</v>
       </c>
     </row>
     <row r="386" spans="1:6">
       <c r="A386" s="2">
         <v>374</v>
       </c>
       <c r="B386" s="2">
         <v>280</v>
       </c>
       <c r="C386" s="2">
-        <v>122270</v>
-[...3 lines deleted...]
-      </c>
+        <v>120672</v>
+      </c>
+      <c r="D386" s="2"/>
       <c r="E386" s="2" t="s">
-        <v>702</v>
-[...3 lines deleted...]
-      </c>
+        <v>699</v>
+      </c>
+      <c r="F386" s="2"/>
     </row>
     <row r="387" spans="1:6">
       <c r="A387" s="2">
         <v>374</v>
       </c>
       <c r="B387" s="2">
         <v>280</v>
       </c>
       <c r="C387" s="2">
-        <v>123027</v>
-[...1 lines deleted...]
-      <c r="D387" s="2"/>
+        <v>121933</v>
+      </c>
+      <c r="D387" s="2" t="s">
+        <v>700</v>
+      </c>
       <c r="E387" s="2" t="s">
-        <v>703</v>
+        <v>701</v>
       </c>
       <c r="F387" s="2" t="s">
-        <v>32</v>
+        <v>55</v>
       </c>
     </row>
     <row r="388" spans="1:6">
       <c r="A388" s="2">
         <v>374</v>
       </c>
       <c r="B388" s="2">
         <v>280</v>
       </c>
       <c r="C388" s="2">
-        <v>122136</v>
-[...1 lines deleted...]
-      <c r="D388" s="2"/>
+        <v>122624</v>
+      </c>
+      <c r="D388" s="2" t="s">
+        <v>702</v>
+      </c>
       <c r="E388" s="2" t="s">
-        <v>704</v>
+        <v>703</v>
       </c>
       <c r="F388" s="2" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
     </row>
     <row r="389" spans="1:6">
       <c r="A389" s="2">
         <v>374</v>
       </c>
       <c r="B389" s="2">
         <v>280</v>
       </c>
       <c r="C389" s="2">
-        <v>122989</v>
+        <v>122368</v>
       </c>
       <c r="D389" s="2" t="s">
+        <v>704</v>
+      </c>
+      <c r="E389" s="2" t="s">
         <v>705</v>
       </c>
-      <c r="E389" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F389" s="2" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
     </row>
     <row r="390" spans="1:6">
       <c r="A390" s="2">
         <v>374</v>
       </c>
       <c r="B390" s="2">
         <v>280</v>
       </c>
       <c r="C390" s="2">
-        <v>122221</v>
-[...3 lines deleted...]
-      </c>
+        <v>122011</v>
+      </c>
+      <c r="D390" s="2"/>
       <c r="E390" s="2" t="s">
-        <v>708</v>
-[...3 lines deleted...]
-      </c>
+        <v>706</v>
+      </c>
+      <c r="F390" s="2"/>
     </row>
     <row r="391" spans="1:6">
       <c r="A391" s="2">
         <v>374</v>
       </c>
       <c r="B391" s="2">
         <v>280</v>
       </c>
       <c r="C391" s="2">
-        <v>120672</v>
+        <v>122771</v>
       </c>
       <c r="D391" s="2"/>
       <c r="E391" s="2" t="s">
-        <v>709</v>
-[...1 lines deleted...]
-      <c r="F391" s="2"/>
+        <v>707</v>
+      </c>
+      <c r="F391" s="2" t="s">
+        <v>37</v>
+      </c>
     </row>
     <row r="392" spans="1:6">
       <c r="A392" s="2">
         <v>374</v>
       </c>
       <c r="B392" s="2">
         <v>280</v>
       </c>
       <c r="C392" s="2">
-        <v>122624</v>
-[...3 lines deleted...]
-      </c>
+        <v>122384</v>
+      </c>
+      <c r="D392" s="2"/>
       <c r="E392" s="2" t="s">
-        <v>711</v>
+        <v>708</v>
       </c>
       <c r="F392" s="2" t="s">
-        <v>32</v>
+        <v>11</v>
       </c>
     </row>
     <row r="393" spans="1:6">
       <c r="A393" s="2">
         <v>374</v>
       </c>
       <c r="B393" s="2">
         <v>280</v>
       </c>
       <c r="C393" s="2">
-        <v>122384</v>
-[...1 lines deleted...]
-      <c r="D393" s="2"/>
+        <v>122709</v>
+      </c>
+      <c r="D393" s="2" t="s">
+        <v>709</v>
+      </c>
       <c r="E393" s="2" t="s">
-        <v>712</v>
+        <v>286</v>
       </c>
       <c r="F393" s="2" t="s">
-        <v>11</v>
+        <v>287</v>
       </c>
     </row>
     <row r="394" spans="1:6">
       <c r="A394" s="2">
         <v>374</v>
       </c>
       <c r="B394" s="2">
         <v>280</v>
       </c>
       <c r="C394" s="2">
-        <v>122011</v>
+        <v>122136</v>
       </c>
       <c r="D394" s="2"/>
       <c r="E394" s="2" t="s">
-        <v>713</v>
-[...1 lines deleted...]
-      <c r="F394" s="2"/>
+        <v>710</v>
+      </c>
+      <c r="F394" s="2" t="s">
+        <v>8</v>
+      </c>
     </row>
     <row r="395" spans="1:6">
       <c r="A395" s="2">
         <v>374</v>
       </c>
       <c r="B395" s="2">
         <v>280</v>
       </c>
       <c r="C395" s="2">
-        <v>119100</v>
-[...3 lines deleted...]
-      </c>
+        <v>121979</v>
+      </c>
+      <c r="D395" s="2"/>
       <c r="E395" s="2" t="s">
-        <v>715</v>
+        <v>711</v>
       </c>
       <c r="F395" s="2" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
     </row>
     <row r="396" spans="1:6">
       <c r="A396" s="2">
         <v>374</v>
       </c>
       <c r="B396" s="2">
         <v>280</v>
       </c>
       <c r="C396" s="2">
-        <v>122771</v>
-[...1 lines deleted...]
-      <c r="D396" s="2"/>
+        <v>122509</v>
+      </c>
+      <c r="D396" s="2" t="s">
+        <v>712</v>
+      </c>
       <c r="E396" s="2" t="s">
-        <v>716</v>
+        <v>713</v>
       </c>
       <c r="F396" s="2" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="397" spans="1:6">
       <c r="A397" s="2">
         <v>374</v>
       </c>
       <c r="B397" s="2">
         <v>280</v>
       </c>
       <c r="C397" s="2">
-        <v>122060</v>
+        <v>122989</v>
       </c>
       <c r="D397" s="2" t="s">
-        <v>717</v>
+        <v>714</v>
       </c>
       <c r="E397" s="2" t="s">
-        <v>718</v>
+        <v>715</v>
       </c>
       <c r="F397" s="2" t="s">
-        <v>103</v>
+        <v>19</v>
       </c>
     </row>
     <row r="398" spans="1:6">
       <c r="A398" s="2">
         <v>374</v>
       </c>
       <c r="B398" s="2">
         <v>280</v>
       </c>
       <c r="C398" s="2">
-        <v>122509</v>
+        <v>122221</v>
       </c>
       <c r="D398" s="2" t="s">
-        <v>719</v>
+        <v>716</v>
       </c>
       <c r="E398" s="2" t="s">
-        <v>720</v>
+        <v>717</v>
       </c>
       <c r="F398" s="2" t="s">
-        <v>19</v>
+        <v>405</v>
       </c>
     </row>
     <row r="399" spans="1:6">
       <c r="A399" s="2">
         <v>374</v>
       </c>
       <c r="B399" s="2">
         <v>280</v>
       </c>
       <c r="C399" s="2">
-        <v>122022</v>
+        <v>122591</v>
       </c>
       <c r="D399" s="2" t="s">
-        <v>195</v>
+        <v>718</v>
       </c>
       <c r="E399" s="2" t="s">
-        <v>680</v>
+        <v>719</v>
       </c>
       <c r="F399" s="2" t="s">
-        <v>11</v>
+        <v>32</v>
       </c>
     </row>
     <row r="400" spans="1:6">
       <c r="A400" s="2">
         <v>374</v>
       </c>
       <c r="B400" s="2">
         <v>280</v>
       </c>
       <c r="C400" s="2">
-        <v>121735</v>
+        <v>119100</v>
       </c>
       <c r="D400" s="2" t="s">
+        <v>720</v>
+      </c>
+      <c r="E400" s="2" t="s">
         <v>721</v>
       </c>
-      <c r="E400" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F400" s="2" t="s">
-        <v>37</v>
+        <v>27</v>
       </c>
     </row>
     <row r="401" spans="1:6">
       <c r="A401" s="2">
         <v>374</v>
       </c>
       <c r="B401" s="2">
         <v>280</v>
       </c>
       <c r="C401" s="2">
-        <v>114882</v>
-[...1 lines deleted...]
-      <c r="D401" s="2"/>
+        <v>122060</v>
+      </c>
+      <c r="D401" s="2" t="s">
+        <v>722</v>
+      </c>
       <c r="E401" s="2" t="s">
         <v>723</v>
       </c>
       <c r="F401" s="2" t="s">
-        <v>27</v>
+        <v>101</v>
       </c>
     </row>
     <row r="402" spans="1:6">
       <c r="A402" s="2">
         <v>401</v>
       </c>
       <c r="B402" s="2">
         <v>275</v>
       </c>
       <c r="C402" s="2">
         <v>112636</v>
       </c>
       <c r="D402" s="2" t="s">
-        <v>339</v>
+        <v>347</v>
       </c>
       <c r="E402" s="2" t="s">
         <v>724</v>
       </c>
       <c r="F402" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="403" spans="1:6">
       <c r="A403" s="2">
         <v>402</v>
       </c>
       <c r="B403" s="2">
         <v>270</v>
       </c>
       <c r="C403" s="2">
-        <v>122625</v>
+        <v>120757</v>
       </c>
       <c r="D403" s="2" t="s">
         <v>725</v>
       </c>
       <c r="E403" s="2" t="s">
         <v>726</v>
       </c>
-      <c r="F403" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F403" s="2"/>
     </row>
     <row r="404" spans="1:6">
       <c r="A404" s="2">
         <v>402</v>
       </c>
       <c r="B404" s="2">
         <v>270</v>
       </c>
       <c r="C404" s="2">
-        <v>122385</v>
+        <v>121980</v>
       </c>
       <c r="D404" s="2"/>
       <c r="E404" s="2" t="s">
-        <v>727</v>
+        <v>691</v>
       </c>
       <c r="F404" s="2" t="s">
-        <v>11</v>
+        <v>32</v>
       </c>
     </row>
     <row r="405" spans="1:6">
       <c r="A405" s="2">
         <v>402</v>
       </c>
       <c r="B405" s="2">
         <v>270</v>
       </c>
       <c r="C405" s="2">
-        <v>122012</v>
-[...1 lines deleted...]
-      <c r="D405" s="2"/>
+        <v>122510</v>
+      </c>
+      <c r="D405" s="2" t="s">
+        <v>727</v>
+      </c>
       <c r="E405" s="2" t="s">
         <v>728</v>
       </c>
-      <c r="F405" s="2"/>
+      <c r="F405" s="2" t="s">
+        <v>19</v>
+      </c>
     </row>
     <row r="406" spans="1:6">
       <c r="A406" s="2">
         <v>402</v>
       </c>
       <c r="B406" s="2">
         <v>270</v>
       </c>
       <c r="C406" s="2">
-        <v>122772</v>
-[...1 lines deleted...]
-      <c r="D406" s="2"/>
+        <v>122481</v>
+      </c>
+      <c r="D406" s="2" t="s">
+        <v>729</v>
+      </c>
       <c r="E406" s="2" t="s">
-        <v>729</v>
+        <v>730</v>
       </c>
       <c r="F406" s="2" t="s">
-        <v>37</v>
+        <v>405</v>
       </c>
     </row>
     <row r="407" spans="1:6">
       <c r="A407" s="2">
         <v>402</v>
       </c>
       <c r="B407" s="2">
         <v>270</v>
       </c>
       <c r="C407" s="2">
-        <v>121934</v>
+        <v>122062</v>
       </c>
       <c r="D407" s="2" t="s">
-        <v>730</v>
+        <v>731</v>
       </c>
       <c r="E407" s="2" t="s">
-        <v>731</v>
+        <v>732</v>
       </c>
       <c r="F407" s="2" t="s">
-        <v>277</v>
+        <v>101</v>
       </c>
     </row>
     <row r="408" spans="1:6">
       <c r="A408" s="2">
         <v>402</v>
       </c>
       <c r="B408" s="2">
         <v>270</v>
       </c>
       <c r="C408" s="2">
-        <v>122062</v>
+        <v>121934</v>
       </c>
       <c r="D408" s="2" t="s">
-        <v>732</v>
+        <v>733</v>
       </c>
       <c r="E408" s="2" t="s">
-        <v>733</v>
+        <v>734</v>
       </c>
       <c r="F408" s="2" t="s">
-        <v>103</v>
+        <v>287</v>
       </c>
     </row>
     <row r="409" spans="1:6">
       <c r="A409" s="2">
         <v>402</v>
       </c>
       <c r="B409" s="2">
         <v>270</v>
       </c>
       <c r="C409" s="2">
-        <v>122510</v>
+        <v>122111</v>
       </c>
       <c r="D409" s="2" t="s">
-        <v>734</v>
+        <v>735</v>
       </c>
       <c r="E409" s="2" t="s">
-        <v>735</v>
+        <v>736</v>
       </c>
       <c r="F409" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="410" spans="1:6">
       <c r="A410" s="2">
         <v>402</v>
       </c>
       <c r="B410" s="2">
         <v>270</v>
       </c>
       <c r="C410" s="2">
-        <v>122417</v>
+        <v>121736</v>
       </c>
       <c r="D410" s="2" t="s">
-        <v>736</v>
+        <v>737</v>
       </c>
       <c r="E410" s="2" t="s">
-        <v>737</v>
+        <v>738</v>
       </c>
       <c r="F410" s="2" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="411" spans="1:6">
       <c r="A411" s="2">
         <v>402</v>
       </c>
       <c r="B411" s="2">
         <v>270</v>
       </c>
       <c r="C411" s="2">
-        <v>121736</v>
+        <v>122990</v>
       </c>
       <c r="D411" s="2" t="s">
-        <v>738</v>
+        <v>739</v>
       </c>
       <c r="E411" s="2" t="s">
-        <v>739</v>
+        <v>740</v>
       </c>
       <c r="F411" s="2" t="s">
-        <v>37</v>
+        <v>234</v>
       </c>
     </row>
     <row r="412" spans="1:6">
       <c r="A412" s="2">
         <v>402</v>
       </c>
       <c r="B412" s="2">
         <v>270</v>
       </c>
       <c r="C412" s="2">
-        <v>117954</v>
-[...3 lines deleted...]
-      </c>
+        <v>122467</v>
+      </c>
+      <c r="D412" s="2"/>
       <c r="E412" s="2" t="s">
         <v>741</v>
       </c>
       <c r="F412" s="2" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
     </row>
     <row r="413" spans="1:6">
       <c r="A413" s="2">
         <v>402</v>
       </c>
       <c r="B413" s="2">
         <v>270</v>
       </c>
       <c r="C413" s="2">
-        <v>120757</v>
+        <v>117954</v>
       </c>
       <c r="D413" s="2" t="s">
         <v>742</v>
       </c>
       <c r="E413" s="2" t="s">
         <v>743</v>
       </c>
-      <c r="F413" s="2"/>
+      <c r="F413" s="2" t="s">
+        <v>27</v>
+      </c>
     </row>
     <row r="414" spans="1:6">
       <c r="A414" s="2">
         <v>402</v>
       </c>
       <c r="B414" s="2">
         <v>270</v>
       </c>
       <c r="C414" s="2">
-        <v>122990</v>
-[...1 lines deleted...]
-      <c r="D414" s="2" t="s">
+        <v>123029</v>
+      </c>
+      <c r="D414" s="2"/>
+      <c r="E414" s="2" t="s">
         <v>744</v>
       </c>
-      <c r="E414" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F414" s="2" t="s">
-        <v>226</v>
+        <v>32</v>
       </c>
     </row>
     <row r="415" spans="1:6">
       <c r="A415" s="2">
         <v>402</v>
       </c>
       <c r="B415" s="2">
         <v>270</v>
       </c>
       <c r="C415" s="2">
-        <v>121980</v>
-[...1 lines deleted...]
-      <c r="D415" s="2"/>
+        <v>123057</v>
+      </c>
+      <c r="D415" s="2" t="s">
+        <v>745</v>
+      </c>
       <c r="E415" s="2" t="s">
-        <v>703</v>
-[...3 lines deleted...]
-      </c>
+        <v>746</v>
+      </c>
+      <c r="F415" s="2"/>
     </row>
     <row r="416" spans="1:6">
       <c r="A416" s="2">
         <v>402</v>
       </c>
       <c r="B416" s="2">
         <v>270</v>
       </c>
       <c r="C416" s="2">
-        <v>122369</v>
+        <v>114650</v>
       </c>
       <c r="D416" s="2" t="s">
-        <v>84</v>
+        <v>747</v>
       </c>
       <c r="E416" s="2" t="s">
-        <v>746</v>
+        <v>159</v>
       </c>
       <c r="F416" s="2" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
     </row>
     <row r="417" spans="1:6">
       <c r="A417" s="2">
         <v>402</v>
       </c>
       <c r="B417" s="2">
         <v>270</v>
       </c>
       <c r="C417" s="2">
-        <v>122111</v>
-[...3 lines deleted...]
-      </c>
+        <v>122025</v>
+      </c>
+      <c r="D417" s="2"/>
       <c r="E417" s="2" t="s">
         <v>748</v>
       </c>
       <c r="F417" s="2" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
     </row>
     <row r="418" spans="1:6">
       <c r="A418" s="2">
         <v>402</v>
       </c>
       <c r="B418" s="2">
         <v>270</v>
       </c>
       <c r="C418" s="2">
-        <v>123057</v>
+        <v>118658</v>
       </c>
       <c r="D418" s="2" t="s">
         <v>749</v>
       </c>
       <c r="E418" s="2" t="s">
-        <v>750</v>
-[...1 lines deleted...]
-      <c r="F418" s="2"/>
+        <v>456</v>
+      </c>
+      <c r="F418" s="2" t="s">
+        <v>19</v>
+      </c>
     </row>
     <row r="419" spans="1:6">
       <c r="A419" s="2">
         <v>402</v>
       </c>
       <c r="B419" s="2">
         <v>270</v>
       </c>
       <c r="C419" s="2">
-        <v>122667</v>
+        <v>122745</v>
       </c>
       <c r="D419" s="2" t="s">
-        <v>742</v>
+        <v>750</v>
       </c>
       <c r="E419" s="2" t="s">
         <v>751</v>
       </c>
-      <c r="F419" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F419" s="2"/>
     </row>
     <row r="420" spans="1:6">
       <c r="A420" s="2">
         <v>402</v>
       </c>
       <c r="B420" s="2">
         <v>270</v>
       </c>
       <c r="C420" s="2">
-        <v>122710</v>
+        <v>122271</v>
       </c>
       <c r="D420" s="2" t="s">
         <v>752</v>
       </c>
       <c r="E420" s="2" t="s">
-        <v>630</v>
+        <v>753</v>
       </c>
       <c r="F420" s="2" t="s">
-        <v>277</v>
+        <v>11</v>
       </c>
     </row>
     <row r="421" spans="1:6">
       <c r="A421" s="2">
         <v>402</v>
       </c>
       <c r="B421" s="2">
         <v>270</v>
       </c>
       <c r="C421" s="2">
-        <v>114650</v>
+        <v>122625</v>
       </c>
       <c r="D421" s="2" t="s">
-        <v>753</v>
+        <v>754</v>
       </c>
       <c r="E421" s="2" t="s">
-        <v>159</v>
+        <v>755</v>
       </c>
       <c r="F421" s="2" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
     </row>
     <row r="422" spans="1:6">
       <c r="A422" s="2">
         <v>402</v>
       </c>
       <c r="B422" s="2">
         <v>270</v>
       </c>
       <c r="C422" s="2">
-        <v>122410</v>
+        <v>122369</v>
       </c>
       <c r="D422" s="2" t="s">
-        <v>754</v>
+        <v>84</v>
       </c>
       <c r="E422" s="2" t="s">
-        <v>755</v>
+        <v>756</v>
       </c>
       <c r="F422" s="2" t="s">
-        <v>8</v>
+        <v>27</v>
       </c>
     </row>
     <row r="423" spans="1:6">
       <c r="A423" s="2">
         <v>402</v>
       </c>
       <c r="B423" s="2">
         <v>270</v>
       </c>
       <c r="C423" s="2">
-        <v>118658</v>
-[...3 lines deleted...]
-      </c>
+        <v>122012</v>
+      </c>
+      <c r="D423" s="2"/>
       <c r="E423" s="2" t="s">
-        <v>425</v>
-[...3 lines deleted...]
-      </c>
+        <v>757</v>
+      </c>
+      <c r="F423" s="2"/>
     </row>
     <row r="424" spans="1:6">
       <c r="A424" s="2">
         <v>402</v>
       </c>
       <c r="B424" s="2">
         <v>270</v>
       </c>
       <c r="C424" s="2">
-        <v>122467</v>
-[...1 lines deleted...]
-      <c r="D424" s="2"/>
+        <v>122667</v>
+      </c>
+      <c r="D424" s="2" t="s">
+        <v>725</v>
+      </c>
       <c r="E424" s="2" t="s">
-        <v>757</v>
+        <v>758</v>
       </c>
       <c r="F424" s="2" t="s">
-        <v>32</v>
+        <v>63</v>
       </c>
     </row>
     <row r="425" spans="1:6">
       <c r="A425" s="2">
         <v>402</v>
       </c>
       <c r="B425" s="2">
         <v>270</v>
       </c>
       <c r="C425" s="2">
-        <v>122271</v>
-[...3 lines deleted...]
-      </c>
+        <v>122772</v>
+      </c>
+      <c r="D425" s="2"/>
       <c r="E425" s="2" t="s">
         <v>759</v>
       </c>
       <c r="F425" s="2" t="s">
-        <v>11</v>
+        <v>37</v>
       </c>
     </row>
     <row r="426" spans="1:6">
       <c r="A426" s="2">
         <v>402</v>
       </c>
       <c r="B426" s="2">
         <v>270</v>
       </c>
       <c r="C426" s="2">
-        <v>123029</v>
-[...1 lines deleted...]
-      <c r="D426" s="2"/>
+        <v>122410</v>
+      </c>
+      <c r="D426" s="2" t="s">
+        <v>760</v>
+      </c>
       <c r="E426" s="2" t="s">
-        <v>760</v>
+        <v>761</v>
       </c>
       <c r="F426" s="2" t="s">
-        <v>32</v>
+        <v>8</v>
       </c>
     </row>
     <row r="427" spans="1:6">
       <c r="A427" s="2">
         <v>402</v>
       </c>
       <c r="B427" s="2">
         <v>270</v>
       </c>
       <c r="C427" s="2">
-        <v>122025</v>
+        <v>122385</v>
       </c>
       <c r="D427" s="2"/>
       <c r="E427" s="2" t="s">
-        <v>761</v>
+        <v>762</v>
       </c>
       <c r="F427" s="2" t="s">
-        <v>32</v>
+        <v>11</v>
       </c>
     </row>
     <row r="428" spans="1:6">
       <c r="A428" s="2">
         <v>402</v>
       </c>
       <c r="B428" s="2">
         <v>270</v>
       </c>
       <c r="C428" s="2">
-        <v>122745</v>
+        <v>122417</v>
       </c>
       <c r="D428" s="2" t="s">
-        <v>762</v>
+        <v>763</v>
       </c>
       <c r="E428" s="2" t="s">
-        <v>763</v>
-[...1 lines deleted...]
-      <c r="F428" s="2"/>
+        <v>764</v>
+      </c>
+      <c r="F428" s="2" t="s">
+        <v>37</v>
+      </c>
     </row>
     <row r="429" spans="1:6">
       <c r="A429" s="2">
         <v>402</v>
       </c>
       <c r="B429" s="2">
         <v>270</v>
       </c>
       <c r="C429" s="2">
-        <v>122481</v>
+        <v>122710</v>
       </c>
       <c r="D429" s="2" t="s">
-        <v>764</v>
+        <v>765</v>
       </c>
       <c r="E429" s="2" t="s">
-        <v>765</v>
+        <v>638</v>
       </c>
       <c r="F429" s="2" t="s">
-        <v>408</v>
+        <v>287</v>
       </c>
     </row>
     <row r="430" spans="1:6">
       <c r="A430" s="2">
         <v>429</v>
       </c>
       <c r="B430" s="2">
         <v>265</v>
       </c>
       <c r="C430" s="2">
         <v>110225</v>
       </c>
       <c r="D430" s="2" t="s">
         <v>766</v>
       </c>
       <c r="E430" s="2" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="F430" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="431" spans="1:6">
       <c r="A431" s="2">
         <v>429</v>
       </c>
       <c r="B431" s="2">
         <v>265</v>
       </c>
       <c r="C431" s="2">
         <v>122247</v>
       </c>
       <c r="D431" s="2" t="s">
         <v>767</v>
       </c>
       <c r="E431" s="2" t="s">
         <v>768</v>
       </c>
       <c r="F431" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="432" spans="1:6">
       <c r="A432" s="2">
         <v>431</v>
       </c>
       <c r="B432" s="2">
         <v>260</v>
       </c>
       <c r="C432" s="2">
-        <v>122483</v>
+        <v>122272</v>
       </c>
       <c r="D432" s="2" t="s">
         <v>769</v>
       </c>
       <c r="E432" s="2" t="s">
         <v>770</v>
       </c>
       <c r="F432" s="2" t="s">
-        <v>83</v>
+        <v>11</v>
       </c>
     </row>
     <row r="433" spans="1:6">
       <c r="A433" s="2">
         <v>431</v>
       </c>
       <c r="B433" s="2">
         <v>260</v>
       </c>
       <c r="C433" s="2">
-        <v>122436</v>
-[...1 lines deleted...]
-      <c r="D433" s="2"/>
+        <v>120364</v>
+      </c>
+      <c r="D433" s="2" t="s">
+        <v>771</v>
+      </c>
       <c r="E433" s="2" t="s">
-        <v>771</v>
+        <v>772</v>
       </c>
       <c r="F433" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
     </row>
     <row r="434" spans="1:6">
       <c r="A434" s="2">
         <v>431</v>
       </c>
       <c r="B434" s="2">
         <v>260</v>
       </c>
       <c r="C434" s="2">
-        <v>122875</v>
+        <v>122626</v>
       </c>
       <c r="D434" s="2" t="s">
-        <v>772</v>
+        <v>773</v>
       </c>
       <c r="E434" s="2" t="s">
-        <v>773</v>
+        <v>46</v>
       </c>
       <c r="F434" s="2" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
     </row>
     <row r="435" spans="1:6">
       <c r="A435" s="2">
         <v>431</v>
       </c>
       <c r="B435" s="2">
         <v>260</v>
       </c>
       <c r="C435" s="2">
-        <v>121779</v>
+        <v>122370</v>
       </c>
       <c r="D435" s="2" t="s">
         <v>774</v>
       </c>
       <c r="E435" s="2" t="s">
         <v>775</v>
       </c>
       <c r="F435" s="2" t="s">
-        <v>8</v>
+        <v>27</v>
       </c>
     </row>
     <row r="436" spans="1:6">
       <c r="A436" s="2">
         <v>431</v>
       </c>
       <c r="B436" s="2">
         <v>260</v>
       </c>
       <c r="C436" s="2">
-        <v>122272</v>
-[...1 lines deleted...]
-      <c r="D436" s="2" t="s">
+        <v>122013</v>
+      </c>
+      <c r="D436" s="2"/>
+      <c r="E436" s="2" t="s">
         <v>776</v>
       </c>
-      <c r="E436" s="2" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="F436" s="2"/>
     </row>
     <row r="437" spans="1:6">
       <c r="A437" s="2">
         <v>431</v>
       </c>
       <c r="B437" s="2">
         <v>260</v>
       </c>
       <c r="C437" s="2">
-        <v>123030</v>
-[...1 lines deleted...]
-      <c r="D437" s="2"/>
+        <v>122711</v>
+      </c>
+      <c r="D437" s="2" t="s">
+        <v>777</v>
+      </c>
       <c r="E437" s="2" t="s">
         <v>778</v>
       </c>
       <c r="F437" s="2" t="s">
-        <v>32</v>
+        <v>63</v>
       </c>
     </row>
     <row r="438" spans="1:6">
       <c r="A438" s="2">
         <v>431</v>
       </c>
       <c r="B438" s="2">
         <v>260</v>
       </c>
       <c r="C438" s="2">
-        <v>122026</v>
-[...1 lines deleted...]
-      <c r="D438" s="2"/>
+        <v>122668</v>
+      </c>
+      <c r="D438" s="2" t="s">
+        <v>779</v>
+      </c>
       <c r="E438" s="2" t="s">
-        <v>779</v>
+        <v>780</v>
       </c>
       <c r="F438" s="2" t="s">
-        <v>32</v>
+        <v>63</v>
       </c>
     </row>
     <row r="439" spans="1:6">
       <c r="A439" s="2">
         <v>431</v>
       </c>
       <c r="B439" s="2">
         <v>260</v>
       </c>
       <c r="C439" s="2">
-        <v>120364</v>
-[...3 lines deleted...]
-      </c>
+        <v>122592</v>
+      </c>
+      <c r="D439" s="2"/>
       <c r="E439" s="2" t="s">
         <v>781</v>
       </c>
       <c r="F439" s="2" t="s">
-        <v>37</v>
+        <v>32</v>
       </c>
     </row>
     <row r="440" spans="1:6">
       <c r="A440" s="2">
         <v>431</v>
       </c>
       <c r="B440" s="2">
         <v>260</v>
       </c>
       <c r="C440" s="2">
-        <v>117950</v>
+        <v>105779</v>
       </c>
       <c r="D440" s="2" t="s">
         <v>782</v>
       </c>
       <c r="E440" s="2" t="s">
-        <v>219</v>
+        <v>783</v>
       </c>
       <c r="F440" s="2" t="s">
-        <v>27</v>
+        <v>37</v>
       </c>
     </row>
     <row r="441" spans="1:6">
       <c r="A441" s="2">
         <v>431</v>
       </c>
       <c r="B441" s="2">
         <v>260</v>
       </c>
       <c r="C441" s="2">
-        <v>122626</v>
-[...3 lines deleted...]
-      </c>
+        <v>122386</v>
+      </c>
+      <c r="D441" s="2"/>
       <c r="E441" s="2" t="s">
-        <v>46</v>
+        <v>784</v>
       </c>
       <c r="F441" s="2" t="s">
-        <v>32</v>
+        <v>11</v>
       </c>
     </row>
     <row r="442" spans="1:6">
       <c r="A442" s="2">
         <v>431</v>
       </c>
       <c r="B442" s="2">
         <v>260</v>
       </c>
       <c r="C442" s="2">
-        <v>122386</v>
-[...1 lines deleted...]
-      <c r="D442" s="2"/>
+        <v>121779</v>
+      </c>
+      <c r="D442" s="2" t="s">
+        <v>785</v>
+      </c>
       <c r="E442" s="2" t="s">
-        <v>784</v>
+        <v>786</v>
       </c>
       <c r="F442" s="2" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
     </row>
     <row r="443" spans="1:6">
       <c r="A443" s="2">
         <v>431</v>
       </c>
       <c r="B443" s="2">
         <v>260</v>
       </c>
       <c r="C443" s="2">
-        <v>100189</v>
+        <v>122418</v>
       </c>
       <c r="D443" s="2" t="s">
-        <v>785</v>
+        <v>787</v>
       </c>
       <c r="E443" s="2" t="s">
-        <v>786</v>
+        <v>788</v>
       </c>
       <c r="F443" s="2" t="s">
-        <v>229</v>
+        <v>37</v>
       </c>
     </row>
     <row r="444" spans="1:6">
       <c r="A444" s="2">
         <v>431</v>
       </c>
       <c r="B444" s="2">
         <v>260</v>
       </c>
       <c r="C444" s="2">
-        <v>122013</v>
-[...1 lines deleted...]
-      <c r="D444" s="2"/>
+        <v>122483</v>
+      </c>
+      <c r="D444" s="2" t="s">
+        <v>789</v>
+      </c>
       <c r="E444" s="2" t="s">
-        <v>787</v>
-[...1 lines deleted...]
-      <c r="F444" s="2"/>
+        <v>790</v>
+      </c>
+      <c r="F444" s="2" t="s">
+        <v>83</v>
+      </c>
     </row>
     <row r="445" spans="1:6">
       <c r="A445" s="2">
         <v>431</v>
       </c>
       <c r="B445" s="2">
         <v>260</v>
       </c>
       <c r="C445" s="2">
-        <v>122592</v>
-[...1 lines deleted...]
-      <c r="D445" s="2"/>
+        <v>122875</v>
+      </c>
+      <c r="D445" s="2" t="s">
+        <v>791</v>
+      </c>
       <c r="E445" s="2" t="s">
-        <v>788</v>
+        <v>792</v>
       </c>
       <c r="F445" s="2" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
     </row>
     <row r="446" spans="1:6">
       <c r="A446" s="2">
         <v>431</v>
       </c>
       <c r="B446" s="2">
         <v>260</v>
       </c>
       <c r="C446" s="2">
-        <v>105779</v>
-[...3 lines deleted...]
-      </c>
+        <v>121981</v>
+      </c>
+      <c r="D446" s="2"/>
       <c r="E446" s="2" t="s">
-        <v>790</v>
+        <v>793</v>
       </c>
       <c r="F446" s="2" t="s">
-        <v>37</v>
+        <v>32</v>
       </c>
     </row>
     <row r="447" spans="1:6">
       <c r="A447" s="2">
         <v>431</v>
       </c>
       <c r="B447" s="2">
         <v>260</v>
       </c>
       <c r="C447" s="2">
-        <v>121935</v>
+        <v>117950</v>
       </c>
       <c r="D447" s="2" t="s">
-        <v>791</v>
+        <v>794</v>
       </c>
       <c r="E447" s="2" t="s">
-        <v>630</v>
+        <v>237</v>
       </c>
       <c r="F447" s="2" t="s">
-        <v>277</v>
+        <v>27</v>
       </c>
     </row>
     <row r="448" spans="1:6">
       <c r="A448" s="2">
         <v>431</v>
       </c>
       <c r="B448" s="2">
         <v>260</v>
       </c>
       <c r="C448" s="2">
-        <v>121159</v>
+        <v>100189</v>
       </c>
       <c r="D448" s="2" t="s">
-        <v>792</v>
+        <v>795</v>
       </c>
       <c r="E448" s="2" t="s">
-        <v>793</v>
+        <v>796</v>
       </c>
       <c r="F448" s="2" t="s">
-        <v>103</v>
+        <v>242</v>
       </c>
     </row>
     <row r="449" spans="1:6">
       <c r="A449" s="2">
         <v>431</v>
       </c>
       <c r="B449" s="2">
         <v>260</v>
       </c>
       <c r="C449" s="2">
-        <v>122418</v>
+        <v>121159</v>
       </c>
       <c r="D449" s="2" t="s">
-        <v>794</v>
+        <v>797</v>
       </c>
       <c r="E449" s="2" t="s">
-        <v>795</v>
+        <v>798</v>
       </c>
       <c r="F449" s="2" t="s">
-        <v>37</v>
+        <v>101</v>
       </c>
     </row>
     <row r="450" spans="1:6">
       <c r="A450" s="2">
         <v>431</v>
       </c>
       <c r="B450" s="2">
         <v>260</v>
       </c>
       <c r="C450" s="2">
-        <v>121737</v>
+        <v>121935</v>
       </c>
       <c r="D450" s="2" t="s">
-        <v>796</v>
+        <v>799</v>
       </c>
       <c r="E450" s="2" t="s">
-        <v>797</v>
+        <v>638</v>
       </c>
       <c r="F450" s="2" t="s">
-        <v>37</v>
+        <v>287</v>
       </c>
     </row>
     <row r="451" spans="1:6">
       <c r="A451" s="2">
         <v>431</v>
       </c>
       <c r="B451" s="2">
         <v>260</v>
       </c>
       <c r="C451" s="2">
-        <v>122149</v>
+        <v>121737</v>
       </c>
       <c r="D451" s="2" t="s">
-        <v>798</v>
+        <v>800</v>
       </c>
       <c r="E451" s="2" t="s">
-        <v>798</v>
+        <v>801</v>
       </c>
       <c r="F451" s="2" t="s">
-        <v>27</v>
+        <v>37</v>
       </c>
     </row>
     <row r="452" spans="1:6">
       <c r="A452" s="2">
         <v>431</v>
       </c>
       <c r="B452" s="2">
         <v>260</v>
       </c>
       <c r="C452" s="2">
         <v>122991</v>
       </c>
       <c r="D452" s="2" t="s">
-        <v>799</v>
+        <v>802</v>
       </c>
       <c r="E452" s="2" t="s">
-        <v>800</v>
+        <v>803</v>
       </c>
       <c r="F452" s="2" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="453" spans="1:6">
       <c r="A453" s="2">
         <v>431</v>
       </c>
       <c r="B453" s="2">
         <v>260</v>
       </c>
       <c r="C453" s="2">
-        <v>121981</v>
-[...1 lines deleted...]
-      <c r="D453" s="2"/>
+        <v>122149</v>
+      </c>
+      <c r="D453" s="2" t="s">
+        <v>804</v>
+      </c>
       <c r="E453" s="2" t="s">
-        <v>801</v>
+        <v>804</v>
       </c>
       <c r="F453" s="2" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
     </row>
     <row r="454" spans="1:6">
       <c r="A454" s="2">
         <v>431</v>
       </c>
       <c r="B454" s="2">
         <v>260</v>
       </c>
       <c r="C454" s="2">
-        <v>122370</v>
-[...3 lines deleted...]
-      </c>
+        <v>123030</v>
+      </c>
+      <c r="D454" s="2"/>
       <c r="E454" s="2" t="s">
-        <v>803</v>
+        <v>805</v>
       </c>
       <c r="F454" s="2" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
     </row>
     <row r="455" spans="1:6">
       <c r="A455" s="2">
         <v>431</v>
       </c>
       <c r="B455" s="2">
         <v>260</v>
       </c>
       <c r="C455" s="2">
-        <v>122711</v>
-[...3 lines deleted...]
-      </c>
+        <v>122436</v>
+      </c>
+      <c r="D455" s="2"/>
       <c r="E455" s="2" t="s">
-        <v>805</v>
+        <v>806</v>
       </c>
       <c r="F455" s="2" t="s">
-        <v>63</v>
+        <v>19</v>
       </c>
     </row>
     <row r="456" spans="1:6">
       <c r="A456" s="2">
         <v>431</v>
       </c>
       <c r="B456" s="2">
         <v>260</v>
       </c>
       <c r="C456" s="2">
-        <v>122668</v>
-[...3 lines deleted...]
-      </c>
+        <v>122026</v>
+      </c>
+      <c r="D456" s="2"/>
       <c r="E456" s="2" t="s">
         <v>807</v>
       </c>
       <c r="F456" s="2" t="s">
-        <v>63</v>
+        <v>32</v>
       </c>
     </row>
     <row r="457" spans="1:6">
       <c r="A457" s="2">
         <v>456</v>
       </c>
       <c r="B457" s="2">
         <v>255</v>
       </c>
       <c r="C457" s="2">
-        <v>122164</v>
+        <v>122248</v>
       </c>
       <c r="D457" s="2" t="s">
         <v>808</v>
       </c>
       <c r="E457" s="2" t="s">
         <v>809</v>
       </c>
       <c r="F457" s="2" t="s">
-        <v>27</v>
+        <v>11</v>
       </c>
     </row>
     <row r="458" spans="1:6">
       <c r="A458" s="2">
         <v>456</v>
       </c>
       <c r="B458" s="2">
         <v>255</v>
       </c>
       <c r="C458" s="2">
-        <v>122248</v>
+        <v>122164</v>
       </c>
       <c r="D458" s="2" t="s">
         <v>810</v>
       </c>
       <c r="E458" s="2" t="s">
         <v>811</v>
       </c>
       <c r="F458" s="2" t="s">
-        <v>11</v>
+        <v>27</v>
       </c>
     </row>
     <row r="459" spans="1:6">
       <c r="A459" s="2">
         <v>458</v>
       </c>
       <c r="B459" s="2">
         <v>250</v>
       </c>
       <c r="C459" s="2">
-        <v>122712</v>
+        <v>121936</v>
       </c>
       <c r="D459" s="2" t="s">
+        <v>495</v>
+      </c>
+      <c r="E459" s="2" t="s">
         <v>812</v>
       </c>
-      <c r="E459" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F459" s="2" t="s">
-        <v>277</v>
+        <v>287</v>
       </c>
     </row>
     <row r="460" spans="1:6">
       <c r="A460" s="2">
         <v>458</v>
       </c>
       <c r="B460" s="2">
         <v>250</v>
       </c>
       <c r="C460" s="2">
-        <v>122537</v>
-[...3 lines deleted...]
-      </c>
+        <v>119222</v>
+      </c>
+      <c r="D460" s="2"/>
       <c r="E460" s="2" t="s">
-        <v>815</v>
-[...3 lines deleted...]
-      </c>
+        <v>813</v>
+      </c>
+      <c r="F460" s="2"/>
     </row>
     <row r="461" spans="1:6">
       <c r="A461" s="2">
         <v>458</v>
       </c>
       <c r="B461" s="2">
         <v>250</v>
       </c>
       <c r="C461" s="2">
-        <v>108369</v>
+        <v>121738</v>
       </c>
       <c r="D461" s="2" t="s">
-        <v>816</v>
+        <v>814</v>
       </c>
       <c r="E461" s="2" t="s">
-        <v>817</v>
+        <v>815</v>
       </c>
       <c r="F461" s="2" t="s">
-        <v>32</v>
+        <v>37</v>
       </c>
     </row>
     <row r="462" spans="1:6">
       <c r="A462" s="2">
         <v>458</v>
       </c>
       <c r="B462" s="2">
         <v>250</v>
       </c>
       <c r="C462" s="2">
-        <v>122372</v>
+        <v>108536</v>
       </c>
       <c r="D462" s="2" t="s">
-        <v>818</v>
+        <v>265</v>
       </c>
       <c r="E462" s="2" t="s">
-        <v>819</v>
+        <v>816</v>
       </c>
       <c r="F462" s="2" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
     </row>
     <row r="463" spans="1:6">
       <c r="A463" s="2">
         <v>458</v>
       </c>
       <c r="B463" s="2">
         <v>250</v>
       </c>
       <c r="C463" s="2">
-        <v>122773</v>
+        <v>122150</v>
       </c>
       <c r="D463" s="2" t="s">
-        <v>820</v>
+        <v>817</v>
       </c>
       <c r="E463" s="2" t="s">
-        <v>276</v>
-[...1 lines deleted...]
-      <c r="F463" s="2"/>
+        <v>817</v>
+      </c>
+      <c r="F463" s="2" t="s">
+        <v>27</v>
+      </c>
     </row>
     <row r="464" spans="1:6">
       <c r="A464" s="2">
         <v>458</v>
       </c>
       <c r="B464" s="2">
         <v>250</v>
       </c>
       <c r="C464" s="2">
-        <v>122132</v>
-[...3 lines deleted...]
-      </c>
+        <v>123031</v>
+      </c>
+      <c r="D464" s="2"/>
       <c r="E464" s="2" t="s">
-        <v>822</v>
+        <v>818</v>
       </c>
       <c r="F464" s="2" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
     </row>
     <row r="465" spans="1:6">
       <c r="A465" s="2">
         <v>458</v>
       </c>
       <c r="B465" s="2">
         <v>250</v>
       </c>
       <c r="C465" s="2">
-        <v>122627</v>
-[...3 lines deleted...]
-      </c>
+        <v>122027</v>
+      </c>
+      <c r="D465" s="2"/>
       <c r="E465" s="2" t="s">
-        <v>823</v>
+        <v>819</v>
       </c>
       <c r="F465" s="2" t="s">
-        <v>63</v>
+        <v>32</v>
       </c>
     </row>
     <row r="466" spans="1:6">
       <c r="A466" s="2">
         <v>458</v>
       </c>
       <c r="B466" s="2">
         <v>250</v>
       </c>
       <c r="C466" s="2">
-        <v>119222</v>
-[...1 lines deleted...]
-      <c r="D466" s="2"/>
+        <v>122712</v>
+      </c>
+      <c r="D466" s="2" t="s">
+        <v>820</v>
+      </c>
       <c r="E466" s="2" t="s">
-        <v>824</v>
-[...1 lines deleted...]
-      <c r="F466" s="2"/>
+        <v>821</v>
+      </c>
+      <c r="F466" s="2" t="s">
+        <v>287</v>
+      </c>
     </row>
     <row r="467" spans="1:6">
       <c r="A467" s="2">
         <v>458</v>
       </c>
       <c r="B467" s="2">
         <v>250</v>
       </c>
       <c r="C467" s="2">
-        <v>122593</v>
+        <v>122273</v>
       </c>
       <c r="D467" s="2" t="s">
-        <v>825</v>
+        <v>822</v>
       </c>
       <c r="E467" s="2" t="s">
-        <v>826</v>
+        <v>823</v>
       </c>
       <c r="F467" s="2" t="s">
-        <v>827</v>
+        <v>11</v>
       </c>
     </row>
     <row r="468" spans="1:6">
       <c r="A468" s="2">
         <v>458</v>
       </c>
       <c r="B468" s="2">
         <v>250</v>
       </c>
       <c r="C468" s="2">
-        <v>122273</v>
+        <v>112102</v>
       </c>
       <c r="D468" s="2" t="s">
-        <v>828</v>
+        <v>824</v>
       </c>
       <c r="E468" s="2" t="s">
-        <v>829</v>
+        <v>825</v>
       </c>
       <c r="F468" s="2" t="s">
-        <v>11</v>
+        <v>37</v>
       </c>
     </row>
     <row r="469" spans="1:6">
       <c r="A469" s="2">
         <v>458</v>
       </c>
       <c r="B469" s="2">
         <v>250</v>
       </c>
       <c r="C469" s="2">
-        <v>123031</v>
-[...1 lines deleted...]
-      <c r="D469" s="2"/>
+        <v>122132</v>
+      </c>
+      <c r="D469" s="2" t="s">
+        <v>826</v>
+      </c>
       <c r="E469" s="2" t="s">
-        <v>830</v>
+        <v>827</v>
       </c>
       <c r="F469" s="2" t="s">
-        <v>32</v>
+        <v>8</v>
       </c>
     </row>
     <row r="470" spans="1:6">
       <c r="A470" s="2">
         <v>458</v>
       </c>
       <c r="B470" s="2">
         <v>250</v>
       </c>
       <c r="C470" s="2">
         <v>122511</v>
       </c>
       <c r="D470" s="2" t="s">
-        <v>831</v>
+        <v>828</v>
       </c>
       <c r="E470" s="2" t="s">
-        <v>832</v>
+        <v>829</v>
       </c>
       <c r="F470" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="471" spans="1:6">
       <c r="A471" s="2">
         <v>458</v>
       </c>
       <c r="B471" s="2">
         <v>250</v>
       </c>
       <c r="C471" s="2">
-        <v>122027</v>
-[...1 lines deleted...]
-      <c r="D471" s="2"/>
+        <v>122372</v>
+      </c>
+      <c r="D471" s="2" t="s">
+        <v>830</v>
+      </c>
       <c r="E471" s="2" t="s">
-        <v>833</v>
+        <v>831</v>
       </c>
       <c r="F471" s="2" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
     </row>
     <row r="472" spans="1:6">
       <c r="A472" s="2">
         <v>458</v>
       </c>
       <c r="B472" s="2">
         <v>250</v>
       </c>
       <c r="C472" s="2">
-        <v>122484</v>
-[...3 lines deleted...]
-      </c>
+        <v>122014</v>
+      </c>
+      <c r="D472" s="2"/>
       <c r="E472" s="2" t="s">
-        <v>835</v>
-[...3 lines deleted...]
-      </c>
+        <v>832</v>
+      </c>
+      <c r="F472" s="2"/>
     </row>
     <row r="473" spans="1:6">
       <c r="A473" s="2">
         <v>458</v>
       </c>
       <c r="B473" s="2">
         <v>250</v>
       </c>
       <c r="C473" s="2">
-        <v>112102</v>
+        <v>121982</v>
       </c>
       <c r="D473" s="2" t="s">
-        <v>836</v>
+        <v>833</v>
       </c>
       <c r="E473" s="2" t="s">
-        <v>837</v>
-[...3 lines deleted...]
-      </c>
+        <v>834</v>
+      </c>
+      <c r="F473" s="2"/>
     </row>
     <row r="474" spans="1:6">
       <c r="A474" s="2">
         <v>458</v>
       </c>
       <c r="B474" s="2">
         <v>250</v>
       </c>
       <c r="C474" s="2">
-        <v>122967</v>
+        <v>122593</v>
       </c>
       <c r="D474" s="2" t="s">
-        <v>838</v>
+        <v>835</v>
       </c>
       <c r="E474" s="2" t="s">
-        <v>839</v>
+        <v>836</v>
       </c>
       <c r="F474" s="2" t="s">
-        <v>27</v>
+        <v>837</v>
       </c>
     </row>
     <row r="475" spans="1:6">
       <c r="A475" s="2">
         <v>458</v>
       </c>
       <c r="B475" s="2">
         <v>250</v>
       </c>
       <c r="C475" s="2">
-        <v>122388</v>
-[...1 lines deleted...]
-      <c r="D475" s="2"/>
+        <v>122627</v>
+      </c>
+      <c r="D475" s="2" t="s">
+        <v>336</v>
+      </c>
       <c r="E475" s="2" t="s">
-        <v>840</v>
+        <v>838</v>
       </c>
       <c r="F475" s="2" t="s">
-        <v>11</v>
+        <v>63</v>
       </c>
     </row>
     <row r="476" spans="1:6">
       <c r="A476" s="2">
         <v>458</v>
       </c>
       <c r="B476" s="2">
         <v>250</v>
       </c>
       <c r="C476" s="2">
-        <v>122014</v>
-[...1 lines deleted...]
-      <c r="D476" s="2"/>
+        <v>122484</v>
+      </c>
+      <c r="D476" s="2" t="s">
+        <v>839</v>
+      </c>
       <c r="E476" s="2" t="s">
-        <v>841</v>
-[...1 lines deleted...]
-      <c r="F476" s="2"/>
+        <v>840</v>
+      </c>
+      <c r="F476" s="2" t="s">
+        <v>11</v>
+      </c>
     </row>
     <row r="477" spans="1:6">
       <c r="A477" s="2">
         <v>458</v>
       </c>
       <c r="B477" s="2">
         <v>250</v>
       </c>
       <c r="C477" s="2">
-        <v>121982</v>
-[...3 lines deleted...]
-      </c>
+        <v>122388</v>
+      </c>
+      <c r="D477" s="2"/>
       <c r="E477" s="2" t="s">
-        <v>843</v>
-[...1 lines deleted...]
-      <c r="F477" s="2"/>
+        <v>841</v>
+      </c>
+      <c r="F477" s="2" t="s">
+        <v>11</v>
+      </c>
     </row>
     <row r="478" spans="1:6">
       <c r="A478" s="2">
         <v>458</v>
       </c>
       <c r="B478" s="2">
         <v>250</v>
       </c>
       <c r="C478" s="2">
-        <v>121936</v>
+        <v>122419</v>
       </c>
       <c r="D478" s="2" t="s">
-        <v>496</v>
+        <v>842</v>
       </c>
       <c r="E478" s="2" t="s">
-        <v>844</v>
+        <v>843</v>
       </c>
       <c r="F478" s="2" t="s">
-        <v>277</v>
+        <v>37</v>
       </c>
     </row>
     <row r="479" spans="1:6">
       <c r="A479" s="2">
         <v>458</v>
       </c>
       <c r="B479" s="2">
         <v>250</v>
       </c>
       <c r="C479" s="2">
-        <v>122063</v>
+        <v>122669</v>
       </c>
       <c r="D479" s="2" t="s">
+        <v>844</v>
+      </c>
+      <c r="E479" s="2" t="s">
         <v>845</v>
       </c>
-      <c r="E479" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F479" s="2" t="s">
-        <v>103</v>
+        <v>32</v>
       </c>
     </row>
     <row r="480" spans="1:6">
       <c r="A480" s="2">
         <v>458</v>
       </c>
       <c r="B480" s="2">
         <v>250</v>
       </c>
       <c r="C480" s="2">
-        <v>122419</v>
+        <v>108369</v>
       </c>
       <c r="D480" s="2" t="s">
+        <v>846</v>
+      </c>
+      <c r="E480" s="2" t="s">
         <v>847</v>
       </c>
-      <c r="E480" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F480" s="2" t="s">
-        <v>37</v>
+        <v>32</v>
       </c>
     </row>
     <row r="481" spans="1:6">
       <c r="A481" s="2">
         <v>458</v>
       </c>
       <c r="B481" s="2">
         <v>250</v>
       </c>
       <c r="C481" s="2">
-        <v>121738</v>
+        <v>122967</v>
       </c>
       <c r="D481" s="2" t="s">
+        <v>848</v>
+      </c>
+      <c r="E481" s="2" t="s">
         <v>849</v>
       </c>
-      <c r="E481" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F481" s="2" t="s">
-        <v>37</v>
+        <v>27</v>
       </c>
     </row>
     <row r="482" spans="1:6">
       <c r="A482" s="2">
         <v>458</v>
       </c>
       <c r="B482" s="2">
         <v>250</v>
       </c>
       <c r="C482" s="2">
-        <v>122150</v>
+        <v>122773</v>
       </c>
       <c r="D482" s="2" t="s">
-        <v>851</v>
+        <v>850</v>
       </c>
       <c r="E482" s="2" t="s">
-        <v>851</v>
-[...3 lines deleted...]
-      </c>
+        <v>286</v>
+      </c>
+      <c r="F482" s="2"/>
     </row>
     <row r="483" spans="1:6">
       <c r="A483" s="2">
         <v>458</v>
       </c>
       <c r="B483" s="2">
         <v>250</v>
       </c>
       <c r="C483" s="2">
-        <v>108536</v>
+        <v>122063</v>
       </c>
       <c r="D483" s="2" t="s">
-        <v>270</v>
+        <v>851</v>
       </c>
       <c r="E483" s="2" t="s">
         <v>852</v>
       </c>
       <c r="F483" s="2" t="s">
-        <v>19</v>
+        <v>101</v>
       </c>
     </row>
     <row r="484" spans="1:6">
       <c r="A484" s="2">
         <v>458</v>
       </c>
       <c r="B484" s="2">
         <v>250</v>
       </c>
       <c r="C484" s="2">
-        <v>122669</v>
+        <v>122537</v>
       </c>
       <c r="D484" s="2" t="s">
         <v>853</v>
       </c>
       <c r="E484" s="2" t="s">
         <v>854</v>
       </c>
       <c r="F484" s="2" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
     </row>
     <row r="485" spans="1:6">
       <c r="A485" s="2">
         <v>484</v>
       </c>
       <c r="B485" s="2">
         <v>245</v>
       </c>
       <c r="C485" s="2">
         <v>122249</v>
       </c>
       <c r="D485" s="2" t="s">
         <v>855</v>
       </c>
       <c r="E485" s="2" t="s">
         <v>856</v>
       </c>
       <c r="F485" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="486" spans="1:6">
       <c r="A486" s="2">
         <v>484</v>
       </c>
       <c r="B486" s="2">
         <v>245</v>
       </c>
       <c r="C486" s="2">
         <v>122165</v>
       </c>
       <c r="D486" s="2" t="s">
         <v>857</v>
       </c>
       <c r="E486" s="2" t="s">
         <v>858</v>
       </c>
       <c r="F486" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="487" spans="1:6">
       <c r="A487" s="2">
         <v>486</v>
       </c>
       <c r="B487" s="2">
         <v>240</v>
       </c>
       <c r="C487" s="2">
-        <v>121984</v>
+        <v>122468</v>
       </c>
       <c r="D487" s="2"/>
       <c r="E487" s="2" t="s">
         <v>859</v>
       </c>
       <c r="F487" s="2" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
     </row>
     <row r="488" spans="1:6">
       <c r="A488" s="2">
         <v>486</v>
       </c>
       <c r="B488" s="2">
         <v>240</v>
       </c>
       <c r="C488" s="2">
-        <v>122389</v>
+        <v>122437</v>
       </c>
       <c r="D488" s="2"/>
       <c r="E488" s="2" t="s">
         <v>860</v>
       </c>
       <c r="F488" s="2" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
     </row>
     <row r="489" spans="1:6">
       <c r="A489" s="2">
         <v>486</v>
       </c>
       <c r="B489" s="2">
         <v>240</v>
       </c>
       <c r="C489" s="2">
-        <v>122015</v>
-[...1 lines deleted...]
-      <c r="D489" s="2"/>
+        <v>122064</v>
+      </c>
+      <c r="D489" s="2" t="s">
+        <v>861</v>
+      </c>
       <c r="E489" s="2" t="s">
-        <v>861</v>
-[...1 lines deleted...]
-      <c r="F489" s="2"/>
+        <v>862</v>
+      </c>
+      <c r="F489" s="2" t="s">
+        <v>101</v>
+      </c>
     </row>
     <row r="490" spans="1:6">
       <c r="A490" s="2">
         <v>486</v>
       </c>
       <c r="B490" s="2">
         <v>240</v>
       </c>
       <c r="C490" s="2">
-        <v>121937</v>
-[...3 lines deleted...]
-      </c>
+        <v>122774</v>
+      </c>
+      <c r="D490" s="2"/>
       <c r="E490" s="2" t="s">
         <v>863</v>
       </c>
-      <c r="F490" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F490" s="2"/>
     </row>
     <row r="491" spans="1:6">
       <c r="A491" s="2">
         <v>486</v>
       </c>
       <c r="B491" s="2">
         <v>240</v>
       </c>
       <c r="C491" s="2">
-        <v>122064</v>
+        <v>121937</v>
       </c>
       <c r="D491" s="2" t="s">
         <v>864</v>
       </c>
       <c r="E491" s="2" t="s">
         <v>865</v>
       </c>
       <c r="F491" s="2" t="s">
-        <v>103</v>
+        <v>287</v>
       </c>
     </row>
     <row r="492" spans="1:6">
       <c r="A492" s="2">
         <v>486</v>
       </c>
       <c r="B492" s="2">
         <v>240</v>
       </c>
       <c r="C492" s="2">
-        <v>122420</v>
+        <v>117525</v>
       </c>
       <c r="D492" s="2" t="s">
         <v>866</v>
       </c>
       <c r="E492" s="2" t="s">
         <v>867</v>
       </c>
       <c r="F492" s="2" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="493" spans="1:6">
       <c r="A493" s="2">
         <v>486</v>
       </c>
       <c r="B493" s="2">
         <v>240</v>
       </c>
       <c r="C493" s="2">
         <v>121739</v>
       </c>
       <c r="D493" s="2" t="s">
         <v>868</v>
       </c>
       <c r="E493" s="2" t="s">
         <v>869</v>
       </c>
       <c r="F493" s="2" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="494" spans="1:6">
       <c r="A494" s="2">
         <v>486</v>
       </c>
       <c r="B494" s="2">
         <v>240</v>
       </c>
       <c r="C494" s="2">
-        <v>114677</v>
-[...1 lines deleted...]
-      <c r="D494" s="2" t="s">
+        <v>122993</v>
+      </c>
+      <c r="D494" s="2"/>
+      <c r="E494" s="2" t="s">
         <v>870</v>
       </c>
-      <c r="E494" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F494" s="2" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
     </row>
     <row r="495" spans="1:6">
       <c r="A495" s="2">
         <v>486</v>
       </c>
       <c r="B495" s="2">
         <v>240</v>
       </c>
       <c r="C495" s="2">
-        <v>122774</v>
-[...1 lines deleted...]
-      <c r="D495" s="2"/>
+        <v>117519</v>
+      </c>
+      <c r="D495" s="2" t="s">
+        <v>871</v>
+      </c>
       <c r="E495" s="2" t="s">
         <v>872</v>
       </c>
-      <c r="F495" s="2"/>
+      <c r="F495" s="2" t="s">
+        <v>19</v>
+      </c>
     </row>
     <row r="496" spans="1:6">
       <c r="A496" s="2">
         <v>486</v>
       </c>
       <c r="B496" s="2">
         <v>240</v>
       </c>
       <c r="C496" s="2">
-        <v>122993</v>
-[...1 lines deleted...]
-      <c r="D496" s="2"/>
+        <v>114677</v>
+      </c>
+      <c r="D496" s="2" t="s">
+        <v>873</v>
+      </c>
       <c r="E496" s="2" t="s">
-        <v>873</v>
+        <v>874</v>
       </c>
       <c r="F496" s="2" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
     </row>
     <row r="497" spans="1:6">
       <c r="A497" s="2">
         <v>486</v>
       </c>
       <c r="B497" s="2">
         <v>240</v>
       </c>
       <c r="C497" s="2">
-        <v>122670</v>
+        <v>107337</v>
       </c>
       <c r="D497" s="2" t="s">
-        <v>874</v>
+        <v>875</v>
       </c>
       <c r="E497" s="2" t="s">
-        <v>875</v>
+        <v>876</v>
       </c>
       <c r="F497" s="2" t="s">
-        <v>32</v>
+        <v>8</v>
       </c>
     </row>
     <row r="498" spans="1:6">
       <c r="A498" s="2">
         <v>486</v>
       </c>
       <c r="B498" s="2">
         <v>240</v>
       </c>
       <c r="C498" s="2">
-        <v>122746</v>
-[...3 lines deleted...]
-      </c>
+        <v>123033</v>
+      </c>
+      <c r="D498" s="2"/>
       <c r="E498" s="2" t="s">
         <v>877</v>
       </c>
-      <c r="F498" s="2"/>
+      <c r="F498" s="2" t="s">
+        <v>32</v>
+      </c>
     </row>
     <row r="499" spans="1:6">
       <c r="A499" s="2">
         <v>486</v>
       </c>
       <c r="B499" s="2">
         <v>240</v>
       </c>
       <c r="C499" s="2">
-        <v>117519</v>
-[...1 lines deleted...]
-      <c r="D499" s="2" t="s">
+        <v>122028</v>
+      </c>
+      <c r="D499" s="2"/>
+      <c r="E499" s="2" t="s">
         <v>878</v>
       </c>
-      <c r="E499" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F499" s="2" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
     </row>
     <row r="500" spans="1:6">
       <c r="A500" s="2">
         <v>486</v>
       </c>
       <c r="B500" s="2">
         <v>240</v>
       </c>
       <c r="C500" s="2">
         <v>122713</v>
       </c>
       <c r="D500" s="2" t="s">
+        <v>879</v>
+      </c>
+      <c r="E500" s="2" t="s">
         <v>880</v>
       </c>
-      <c r="E500" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F500" s="2" t="s">
-        <v>277</v>
+        <v>287</v>
       </c>
     </row>
     <row r="501" spans="1:6">
       <c r="A501" s="2">
         <v>486</v>
       </c>
       <c r="B501" s="2">
         <v>240</v>
       </c>
       <c r="C501" s="2">
-        <v>107337</v>
+        <v>122274</v>
       </c>
       <c r="D501" s="2" t="s">
+        <v>881</v>
+      </c>
+      <c r="E501" s="2" t="s">
         <v>882</v>
       </c>
-      <c r="E501" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F501" s="2" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
     </row>
     <row r="502" spans="1:6">
       <c r="A502" s="2">
         <v>486</v>
       </c>
       <c r="B502" s="2">
         <v>240</v>
       </c>
       <c r="C502" s="2">
-        <v>122437</v>
-[...1 lines deleted...]
-      <c r="D502" s="2"/>
+        <v>122222</v>
+      </c>
+      <c r="D502" s="2" t="s">
+        <v>883</v>
+      </c>
       <c r="E502" s="2" t="s">
         <v>884</v>
       </c>
       <c r="F502" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
     </row>
     <row r="503" spans="1:6">
       <c r="A503" s="2">
         <v>486</v>
       </c>
       <c r="B503" s="2">
         <v>240</v>
       </c>
       <c r="C503" s="2">
-        <v>122373</v>
-[...1 lines deleted...]
-      <c r="D503" s="2" t="s">
+        <v>121984</v>
+      </c>
+      <c r="D503" s="2"/>
+      <c r="E503" s="2" t="s">
         <v>885</v>
       </c>
-      <c r="E503" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F503" s="2" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
     </row>
     <row r="504" spans="1:6">
       <c r="A504" s="2">
         <v>486</v>
       </c>
       <c r="B504" s="2">
         <v>240</v>
       </c>
       <c r="C504" s="2">
-        <v>117525</v>
+        <v>122512</v>
       </c>
       <c r="D504" s="2" t="s">
+        <v>886</v>
+      </c>
+      <c r="E504" s="2" t="s">
         <v>887</v>
-      </c>
-[...1 lines deleted...]
-        <v>888</v>
       </c>
       <c r="F504" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="505" spans="1:6">
       <c r="A505" s="2">
         <v>486</v>
       </c>
       <c r="B505" s="2">
         <v>240</v>
       </c>
       <c r="C505" s="2">
-        <v>122487</v>
+        <v>122373</v>
       </c>
       <c r="D505" s="2" t="s">
+        <v>888</v>
+      </c>
+      <c r="E505" s="2" t="s">
         <v>889</v>
       </c>
-      <c r="E505" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F505" s="2" t="s">
-        <v>63</v>
+        <v>27</v>
       </c>
     </row>
     <row r="506" spans="1:6">
       <c r="A506" s="2">
         <v>486</v>
       </c>
       <c r="B506" s="2">
         <v>240</v>
       </c>
       <c r="C506" s="2">
-        <v>119171</v>
-[...3 lines deleted...]
-      </c>
+        <v>122015</v>
+      </c>
+      <c r="D506" s="2"/>
       <c r="E506" s="2" t="s">
-        <v>892</v>
-[...3 lines deleted...]
-      </c>
+        <v>890</v>
+      </c>
+      <c r="F506" s="2"/>
     </row>
     <row r="507" spans="1:6">
       <c r="A507" s="2">
         <v>486</v>
       </c>
       <c r="B507" s="2">
         <v>240</v>
       </c>
       <c r="C507" s="2">
-        <v>122274</v>
+        <v>122487</v>
       </c>
       <c r="D507" s="2" t="s">
-        <v>893</v>
+        <v>891</v>
       </c>
       <c r="E507" s="2" t="s">
-        <v>894</v>
+        <v>892</v>
       </c>
       <c r="F507" s="2" t="s">
-        <v>11</v>
+        <v>63</v>
       </c>
     </row>
     <row r="508" spans="1:6">
       <c r="A508" s="2">
         <v>486</v>
       </c>
       <c r="B508" s="2">
         <v>240</v>
       </c>
       <c r="C508" s="2">
-        <v>122468</v>
+        <v>122389</v>
       </c>
       <c r="D508" s="2"/>
       <c r="E508" s="2" t="s">
-        <v>895</v>
+        <v>893</v>
       </c>
       <c r="F508" s="2" t="s">
-        <v>27</v>
+        <v>11</v>
       </c>
     </row>
     <row r="509" spans="1:6">
       <c r="A509" s="2">
         <v>486</v>
       </c>
       <c r="B509" s="2">
         <v>240</v>
       </c>
       <c r="C509" s="2">
-        <v>123033</v>
+        <v>120869</v>
       </c>
       <c r="D509" s="2"/>
       <c r="E509" s="2" t="s">
-        <v>896</v>
-[...3 lines deleted...]
-      </c>
+        <v>153</v>
+      </c>
+      <c r="F509" s="2"/>
     </row>
     <row r="510" spans="1:6">
       <c r="A510" s="2">
         <v>486</v>
       </c>
       <c r="B510" s="2">
         <v>240</v>
       </c>
       <c r="C510" s="2">
-        <v>122512</v>
+        <v>119171</v>
       </c>
       <c r="D510" s="2" t="s">
-        <v>897</v>
+        <v>894</v>
       </c>
       <c r="E510" s="2" t="s">
-        <v>898</v>
+        <v>895</v>
       </c>
       <c r="F510" s="2" t="s">
-        <v>19</v>
+        <v>8</v>
       </c>
     </row>
     <row r="511" spans="1:6">
       <c r="A511" s="2">
         <v>486</v>
       </c>
       <c r="B511" s="2">
         <v>240</v>
       </c>
       <c r="C511" s="2">
-        <v>120869</v>
-[...1 lines deleted...]
-      <c r="D511" s="2"/>
+        <v>122420</v>
+      </c>
+      <c r="D511" s="2" t="s">
+        <v>896</v>
+      </c>
       <c r="E511" s="2" t="s">
-        <v>151</v>
-[...1 lines deleted...]
-      <c r="F511" s="2"/>
+        <v>897</v>
+      </c>
+      <c r="F511" s="2" t="s">
+        <v>37</v>
+      </c>
     </row>
     <row r="512" spans="1:6">
       <c r="A512" s="2">
         <v>486</v>
       </c>
       <c r="B512" s="2">
         <v>240</v>
       </c>
       <c r="C512" s="2">
-        <v>122028</v>
-[...1 lines deleted...]
-      <c r="D512" s="2"/>
+        <v>122670</v>
+      </c>
+      <c r="D512" s="2" t="s">
+        <v>898</v>
+      </c>
       <c r="E512" s="2" t="s">
         <v>899</v>
       </c>
       <c r="F512" s="2" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="513" spans="1:6">
       <c r="A513" s="2">
         <v>486</v>
       </c>
       <c r="B513" s="2">
         <v>240</v>
       </c>
       <c r="C513" s="2">
-        <v>122222</v>
+        <v>122746</v>
       </c>
       <c r="D513" s="2" t="s">
         <v>900</v>
       </c>
       <c r="E513" s="2" t="s">
         <v>901</v>
       </c>
-      <c r="F513" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F513" s="2"/>
     </row>
     <row r="514" spans="1:6">
       <c r="A514" s="2">
         <v>513</v>
       </c>
       <c r="B514" s="2">
         <v>235</v>
       </c>
       <c r="C514" s="2">
-        <v>122166</v>
+        <v>122250</v>
       </c>
       <c r="D514" s="2" t="s">
         <v>902</v>
       </c>
       <c r="E514" s="2" t="s">
         <v>903</v>
       </c>
       <c r="F514" s="2" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
     </row>
     <row r="515" spans="1:6">
       <c r="A515" s="2">
         <v>513</v>
       </c>
       <c r="B515" s="2">
         <v>235</v>
       </c>
       <c r="C515" s="2">
-        <v>122250</v>
+        <v>122166</v>
       </c>
       <c r="D515" s="2" t="s">
         <v>904</v>
       </c>
       <c r="E515" s="2" t="s">
         <v>905</v>
       </c>
       <c r="F515" s="2" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
     </row>
     <row r="516" spans="1:6">
       <c r="A516" s="2">
         <v>515</v>
       </c>
       <c r="B516" s="2">
         <v>230</v>
       </c>
       <c r="C516" s="2">
-        <v>117630</v>
-[...1 lines deleted...]
-      <c r="D516" s="2" t="s">
+        <v>121985</v>
+      </c>
+      <c r="D516" s="2"/>
+      <c r="E516" s="2" t="s">
         <v>906</v>
       </c>
-      <c r="E516" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F516" s="2" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
     </row>
     <row r="517" spans="1:6">
       <c r="A517" s="2">
         <v>515</v>
       </c>
       <c r="B517" s="2">
         <v>230</v>
       </c>
       <c r="C517" s="2">
-        <v>121782</v>
+        <v>122513</v>
       </c>
       <c r="D517" s="2" t="s">
-        <v>908</v>
+        <v>907</v>
       </c>
       <c r="E517" s="2" t="s">
-        <v>909</v>
+        <v>907</v>
       </c>
       <c r="F517" s="2" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
     </row>
     <row r="518" spans="1:6">
       <c r="A518" s="2">
         <v>515</v>
       </c>
       <c r="B518" s="2">
         <v>230</v>
       </c>
       <c r="C518" s="2">
-        <v>122275</v>
+        <v>114875</v>
       </c>
       <c r="D518" s="2" t="s">
-        <v>910</v>
+        <v>908</v>
       </c>
       <c r="E518" s="2" t="s">
-        <v>911</v>
+        <v>909</v>
       </c>
       <c r="F518" s="2" t="s">
-        <v>11</v>
+        <v>27</v>
       </c>
     </row>
     <row r="519" spans="1:6">
       <c r="A519" s="2">
         <v>515</v>
       </c>
       <c r="B519" s="2">
         <v>230</v>
       </c>
       <c r="C519" s="2">
-        <v>122513</v>
+        <v>122488</v>
       </c>
       <c r="D519" s="2" t="s">
-        <v>912</v>
+        <v>910</v>
       </c>
       <c r="E519" s="2" t="s">
-        <v>912</v>
+        <v>911</v>
       </c>
       <c r="F519" s="2" t="s">
-        <v>19</v>
+        <v>42</v>
       </c>
     </row>
     <row r="520" spans="1:6">
       <c r="A520" s="2">
         <v>515</v>
       </c>
       <c r="B520" s="2">
         <v>230</v>
       </c>
       <c r="C520" s="2">
-        <v>122029</v>
+        <v>123034</v>
       </c>
       <c r="D520" s="2"/>
       <c r="E520" s="2" t="s">
-        <v>913</v>
+        <v>912</v>
       </c>
       <c r="F520" s="2" t="s">
-        <v>32</v>
+        <v>8</v>
       </c>
     </row>
     <row r="521" spans="1:6">
       <c r="A521" s="2">
         <v>515</v>
       </c>
       <c r="B521" s="2">
         <v>230</v>
       </c>
       <c r="C521" s="2">
-        <v>122223</v>
+        <v>117630</v>
       </c>
       <c r="D521" s="2" t="s">
+        <v>913</v>
+      </c>
+      <c r="E521" s="2" t="s">
         <v>914</v>
       </c>
-      <c r="E521" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F521" s="2" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="522" spans="1:6">
       <c r="A522" s="2">
         <v>515</v>
       </c>
       <c r="B522" s="2">
         <v>230</v>
       </c>
       <c r="C522" s="2">
-        <v>121985</v>
+        <v>122469</v>
       </c>
       <c r="D522" s="2"/>
       <c r="E522" s="2" t="s">
-        <v>916</v>
+        <v>915</v>
       </c>
       <c r="F522" s="2" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="523" spans="1:6">
       <c r="A523" s="2">
         <v>515</v>
       </c>
       <c r="B523" s="2">
         <v>230</v>
       </c>
       <c r="C523" s="2">
-        <v>122390</v>
-[...1 lines deleted...]
-      <c r="D523" s="2"/>
+        <v>119095</v>
+      </c>
+      <c r="D523" s="2" t="s">
+        <v>916</v>
+      </c>
       <c r="E523" s="2" t="s">
         <v>917</v>
       </c>
       <c r="F523" s="2" t="s">
-        <v>11</v>
+        <v>27</v>
       </c>
     </row>
     <row r="524" spans="1:6">
       <c r="A524" s="2">
         <v>515</v>
       </c>
       <c r="B524" s="2">
         <v>230</v>
       </c>
       <c r="C524" s="2">
-        <v>122876</v>
-[...1 lines deleted...]
-      <c r="D524" s="2" t="s">
+        <v>122390</v>
+      </c>
+      <c r="D524" s="2"/>
+      <c r="E524" s="2" t="s">
         <v>918</v>
       </c>
-      <c r="E524" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F524" s="2" t="s">
-        <v>27</v>
+        <v>11</v>
       </c>
     </row>
     <row r="525" spans="1:6">
       <c r="A525" s="2">
         <v>515</v>
       </c>
       <c r="B525" s="2">
         <v>230</v>
       </c>
       <c r="C525" s="2">
-        <v>122538</v>
+        <v>121782</v>
       </c>
       <c r="D525" s="2" t="s">
+        <v>919</v>
+      </c>
+      <c r="E525" s="2" t="s">
         <v>920</v>
       </c>
-      <c r="E525" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F525" s="2" t="s">
-        <v>19</v>
+        <v>8</v>
       </c>
     </row>
     <row r="526" spans="1:6">
       <c r="A526" s="2">
         <v>515</v>
       </c>
       <c r="B526" s="2">
         <v>230</v>
       </c>
       <c r="C526" s="2">
-        <v>122714</v>
+        <v>122421</v>
       </c>
       <c r="D526" s="2" t="s">
+        <v>921</v>
+      </c>
+      <c r="E526" s="2" t="s">
         <v>922</v>
       </c>
-      <c r="E526" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F526" s="2" t="s">
-        <v>55</v>
+        <v>37</v>
       </c>
     </row>
     <row r="527" spans="1:6">
       <c r="A527" s="2">
         <v>515</v>
       </c>
       <c r="B527" s="2">
         <v>230</v>
       </c>
       <c r="C527" s="2">
-        <v>122469</v>
-[...1 lines deleted...]
-      <c r="D527" s="2"/>
+        <v>122538</v>
+      </c>
+      <c r="D527" s="2" t="s">
+        <v>923</v>
+      </c>
       <c r="E527" s="2" t="s">
         <v>924</v>
       </c>
       <c r="F527" s="2" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
     </row>
     <row r="528" spans="1:6">
       <c r="A528" s="2">
         <v>515</v>
       </c>
       <c r="B528" s="2">
         <v>230</v>
       </c>
       <c r="C528" s="2">
-        <v>122066</v>
-[...1 lines deleted...]
-      <c r="D528" s="2"/>
+        <v>122671</v>
+      </c>
+      <c r="D528" s="2" t="s">
+        <v>925</v>
+      </c>
       <c r="E528" s="2" t="s">
-        <v>925</v>
+        <v>461</v>
       </c>
       <c r="F528" s="2" t="s">
-        <v>103</v>
+        <v>32</v>
       </c>
     </row>
     <row r="529" spans="1:6">
       <c r="A529" s="2">
         <v>515</v>
       </c>
       <c r="B529" s="2">
         <v>230</v>
       </c>
       <c r="C529" s="2">
-        <v>121938</v>
+        <v>122628</v>
       </c>
       <c r="D529" s="2" t="s">
         <v>926</v>
       </c>
       <c r="E529" s="2" t="s">
         <v>927</v>
       </c>
       <c r="F529" s="2" t="s">
-        <v>16</v>
+        <v>32</v>
       </c>
     </row>
     <row r="530" spans="1:6">
       <c r="A530" s="2">
         <v>515</v>
       </c>
       <c r="B530" s="2">
         <v>230</v>
       </c>
       <c r="C530" s="2">
-        <v>122421</v>
-[...1 lines deleted...]
-      <c r="D530" s="2" t="s">
+        <v>122594</v>
+      </c>
+      <c r="D530" s="2"/>
+      <c r="E530" s="2" t="s">
         <v>928</v>
       </c>
-      <c r="E530" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F530" s="2" t="s">
-        <v>37</v>
+        <v>32</v>
       </c>
     </row>
     <row r="531" spans="1:6">
       <c r="A531" s="2">
         <v>515</v>
       </c>
       <c r="B531" s="2">
         <v>230</v>
       </c>
       <c r="C531" s="2">
-        <v>103398</v>
-[...3 lines deleted...]
-      </c>
+        <v>122066</v>
+      </c>
+      <c r="D531" s="2"/>
       <c r="E531" s="2" t="s">
-        <v>931</v>
+        <v>929</v>
       </c>
       <c r="F531" s="2" t="s">
-        <v>8</v>
+        <v>101</v>
       </c>
     </row>
     <row r="532" spans="1:6">
       <c r="A532" s="2">
         <v>515</v>
       </c>
       <c r="B532" s="2">
         <v>230</v>
       </c>
       <c r="C532" s="2">
-        <v>121310</v>
+        <v>122876</v>
       </c>
       <c r="D532" s="2" t="s">
-        <v>932</v>
+        <v>930</v>
       </c>
       <c r="E532" s="2" t="s">
-        <v>933</v>
+        <v>931</v>
       </c>
       <c r="F532" s="2" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
     </row>
     <row r="533" spans="1:6">
       <c r="A533" s="2">
         <v>515</v>
       </c>
       <c r="B533" s="2">
         <v>230</v>
       </c>
       <c r="C533" s="2">
-        <v>122671</v>
+        <v>120816</v>
       </c>
       <c r="D533" s="2" t="s">
-        <v>934</v>
+        <v>932</v>
       </c>
       <c r="E533" s="2" t="s">
-        <v>428</v>
+        <v>933</v>
       </c>
       <c r="F533" s="2" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
     </row>
     <row r="534" spans="1:6">
       <c r="A534" s="2">
         <v>515</v>
       </c>
       <c r="B534" s="2">
         <v>230</v>
       </c>
       <c r="C534" s="2">
-        <v>122151</v>
+        <v>122714</v>
       </c>
       <c r="D534" s="2" t="s">
+        <v>934</v>
+      </c>
+      <c r="E534" s="2" t="s">
         <v>935</v>
       </c>
-      <c r="E534" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F534" s="2" t="s">
-        <v>63</v>
+        <v>55</v>
       </c>
     </row>
     <row r="535" spans="1:6">
       <c r="A535" s="2">
         <v>515</v>
       </c>
       <c r="B535" s="2">
         <v>230</v>
       </c>
       <c r="C535" s="2">
-        <v>122628</v>
+        <v>103398</v>
       </c>
       <c r="D535" s="2" t="s">
+        <v>936</v>
+      </c>
+      <c r="E535" s="2" t="s">
         <v>937</v>
       </c>
-      <c r="E535" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F535" s="2" t="s">
-        <v>32</v>
+        <v>8</v>
       </c>
     </row>
     <row r="536" spans="1:6">
       <c r="A536" s="2">
         <v>515</v>
       </c>
       <c r="B536" s="2">
         <v>230</v>
       </c>
       <c r="C536" s="2">
-        <v>122594</v>
-[...1 lines deleted...]
-      <c r="D536" s="2"/>
+        <v>121310</v>
+      </c>
+      <c r="D536" s="2" t="s">
+        <v>938</v>
+      </c>
       <c r="E536" s="2" t="s">
         <v>939</v>
       </c>
       <c r="F536" s="2" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
     </row>
     <row r="537" spans="1:6">
       <c r="A537" s="2">
         <v>515</v>
       </c>
       <c r="B537" s="2">
         <v>230</v>
       </c>
       <c r="C537" s="2">
-        <v>114875</v>
+        <v>121938</v>
       </c>
       <c r="D537" s="2" t="s">
         <v>940</v>
       </c>
       <c r="E537" s="2" t="s">
         <v>941</v>
       </c>
       <c r="F537" s="2" t="s">
-        <v>27</v>
+        <v>16</v>
       </c>
     </row>
     <row r="538" spans="1:6">
       <c r="A538" s="2">
         <v>515</v>
       </c>
       <c r="B538" s="2">
         <v>230</v>
       </c>
       <c r="C538" s="2">
-        <v>120816</v>
+        <v>122151</v>
       </c>
       <c r="D538" s="2" t="s">
         <v>942</v>
       </c>
       <c r="E538" s="2" t="s">
         <v>943</v>
       </c>
       <c r="F538" s="2" t="s">
-        <v>19</v>
+        <v>63</v>
       </c>
     </row>
     <row r="539" spans="1:6">
       <c r="A539" s="2">
         <v>515</v>
       </c>
       <c r="B539" s="2">
         <v>230</v>
       </c>
       <c r="C539" s="2">
-        <v>122488</v>
-[...1 lines deleted...]
-      <c r="D539" s="2" t="s">
+        <v>122029</v>
+      </c>
+      <c r="D539" s="2"/>
+      <c r="E539" s="2" t="s">
         <v>944</v>
       </c>
-      <c r="E539" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F539" s="2" t="s">
-        <v>42</v>
+        <v>32</v>
       </c>
     </row>
     <row r="540" spans="1:6">
       <c r="A540" s="2">
         <v>515</v>
       </c>
       <c r="B540" s="2">
         <v>230</v>
       </c>
       <c r="C540" s="2">
-        <v>123034</v>
-[...1 lines deleted...]
-      <c r="D540" s="2"/>
+        <v>122275</v>
+      </c>
+      <c r="D540" s="2" t="s">
+        <v>945</v>
+      </c>
       <c r="E540" s="2" t="s">
         <v>946</v>
       </c>
       <c r="F540" s="2" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
     </row>
     <row r="541" spans="1:6">
       <c r="A541" s="2">
         <v>515</v>
       </c>
       <c r="B541" s="2">
         <v>230</v>
       </c>
       <c r="C541" s="2">
-        <v>119095</v>
+        <v>122223</v>
       </c>
       <c r="D541" s="2" t="s">
         <v>947</v>
       </c>
       <c r="E541" s="2" t="s">
         <v>948</v>
       </c>
       <c r="F541" s="2" t="s">
-        <v>27</v>
+        <v>37</v>
       </c>
     </row>
     <row r="542" spans="1:6">
       <c r="A542" s="2">
         <v>541</v>
       </c>
       <c r="B542" s="2">
         <v>225</v>
       </c>
       <c r="C542" s="2">
-        <v>122167</v>
+        <v>122251</v>
       </c>
       <c r="D542" s="2" t="s">
+        <v>279</v>
+      </c>
+      <c r="E542" s="2" t="s">
         <v>949</v>
       </c>
-      <c r="E542" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F542" s="2" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
     </row>
     <row r="543" spans="1:6">
       <c r="A543" s="2">
         <v>541</v>
       </c>
       <c r="B543" s="2">
         <v>225</v>
       </c>
       <c r="C543" s="2">
-        <v>122251</v>
+        <v>122167</v>
       </c>
       <c r="D543" s="2" t="s">
-        <v>285</v>
+        <v>950</v>
       </c>
       <c r="E543" s="2" t="s">
         <v>951</v>
       </c>
       <c r="F543" s="2" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
     </row>
     <row r="544" spans="1:6">
       <c r="A544" s="2">
         <v>543</v>
       </c>
       <c r="B544" s="2">
         <v>220</v>
       </c>
       <c r="C544" s="2">
-        <v>121986</v>
+        <v>105336</v>
       </c>
       <c r="D544" s="2" t="s">
         <v>952</v>
       </c>
       <c r="E544" s="2" t="s">
         <v>953</v>
       </c>
-      <c r="F544" s="2"/>
+      <c r="F544" s="2" t="s">
+        <v>19</v>
+      </c>
     </row>
     <row r="545" spans="1:6">
       <c r="A545" s="2">
         <v>543</v>
       </c>
       <c r="B545" s="2">
         <v>220</v>
       </c>
       <c r="C545" s="2">
-        <v>118827</v>
+        <v>121939</v>
       </c>
       <c r="D545" s="2" t="s">
-        <v>235</v>
+        <v>954</v>
       </c>
       <c r="E545" s="2" t="s">
-        <v>954</v>
+        <v>955</v>
       </c>
       <c r="F545" s="2" t="s">
-        <v>32</v>
+        <v>16</v>
       </c>
     </row>
     <row r="546" spans="1:6">
       <c r="A546" s="2">
         <v>543</v>
       </c>
       <c r="B546" s="2">
         <v>220</v>
       </c>
       <c r="C546" s="2">
-        <v>105336</v>
-[...3 lines deleted...]
-      </c>
+        <v>122030</v>
+      </c>
+      <c r="D546" s="2"/>
       <c r="E546" s="2" t="s">
         <v>956</v>
       </c>
       <c r="F546" s="2" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
     </row>
     <row r="547" spans="1:6">
       <c r="A547" s="2">
         <v>543</v>
       </c>
       <c r="B547" s="2">
         <v>220</v>
       </c>
       <c r="C547" s="2">
-        <v>123035</v>
-[...1 lines deleted...]
-      <c r="D547" s="2"/>
+        <v>122276</v>
+      </c>
+      <c r="D547" s="2" t="s">
+        <v>957</v>
+      </c>
       <c r="E547" s="2" t="s">
-        <v>957</v>
+        <v>958</v>
       </c>
       <c r="F547" s="2" t="s">
-        <v>32</v>
+        <v>11</v>
       </c>
     </row>
     <row r="548" spans="1:6">
       <c r="A548" s="2">
         <v>543</v>
       </c>
       <c r="B548" s="2">
         <v>220</v>
       </c>
       <c r="C548" s="2">
-        <v>110163</v>
+        <v>122224</v>
       </c>
       <c r="D548" s="2" t="s">
-        <v>958</v>
+        <v>959</v>
       </c>
       <c r="E548" s="2" t="s">
-        <v>399</v>
+        <v>960</v>
       </c>
       <c r="F548" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
     </row>
     <row r="549" spans="1:6">
       <c r="A549" s="2">
         <v>543</v>
       </c>
       <c r="B549" s="2">
         <v>220</v>
       </c>
       <c r="C549" s="2">
-        <v>122489</v>
+        <v>122514</v>
       </c>
       <c r="D549" s="2" t="s">
-        <v>959</v>
+        <v>961</v>
       </c>
       <c r="E549" s="2" t="s">
-        <v>960</v>
+        <v>962</v>
       </c>
       <c r="F549" s="2" t="s">
-        <v>44</v>
+        <v>19</v>
       </c>
     </row>
     <row r="550" spans="1:6">
       <c r="A550" s="2">
         <v>543</v>
       </c>
       <c r="B550" s="2">
         <v>220</v>
       </c>
       <c r="C550" s="2">
-        <v>122969</v>
+        <v>110163</v>
       </c>
       <c r="D550" s="2" t="s">
-        <v>961</v>
+        <v>963</v>
       </c>
       <c r="E550" s="2" t="s">
-        <v>962</v>
+        <v>400</v>
       </c>
       <c r="F550" s="2" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
     </row>
     <row r="551" spans="1:6">
       <c r="A551" s="2">
         <v>543</v>
       </c>
       <c r="B551" s="2">
         <v>220</v>
       </c>
       <c r="C551" s="2">
-        <v>122276</v>
+        <v>122489</v>
       </c>
       <c r="D551" s="2" t="s">
-        <v>963</v>
+        <v>964</v>
       </c>
       <c r="E551" s="2" t="s">
-        <v>964</v>
+        <v>965</v>
       </c>
       <c r="F551" s="2" t="s">
-        <v>11</v>
+        <v>44</v>
       </c>
     </row>
     <row r="552" spans="1:6">
       <c r="A552" s="2">
         <v>543</v>
       </c>
       <c r="B552" s="2">
         <v>220</v>
       </c>
       <c r="C552" s="2">
-        <v>122514</v>
-[...3 lines deleted...]
-      </c>
+        <v>122776</v>
+      </c>
+      <c r="D552" s="2"/>
       <c r="E552" s="2" t="s">
         <v>966</v>
       </c>
       <c r="F552" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
     </row>
     <row r="553" spans="1:6">
       <c r="A553" s="2">
         <v>543</v>
       </c>
       <c r="B553" s="2">
         <v>220</v>
       </c>
       <c r="C553" s="2">
-        <v>122030</v>
-[...1 lines deleted...]
-      <c r="D553" s="2"/>
+        <v>122969</v>
+      </c>
+      <c r="D553" s="2" t="s">
+        <v>967</v>
+      </c>
       <c r="E553" s="2" t="s">
-        <v>967</v>
+        <v>968</v>
       </c>
       <c r="F553" s="2" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
     </row>
     <row r="554" spans="1:6">
       <c r="A554" s="2">
         <v>543</v>
       </c>
       <c r="B554" s="2">
         <v>220</v>
       </c>
       <c r="C554" s="2">
-        <v>122152</v>
-[...3 lines deleted...]
-      </c>
+        <v>122391</v>
+      </c>
+      <c r="D554" s="2"/>
       <c r="E554" s="2" t="s">
-        <v>968</v>
+        <v>969</v>
       </c>
       <c r="F554" s="2" t="s">
-        <v>27</v>
+        <v>11</v>
       </c>
     </row>
     <row r="555" spans="1:6">
       <c r="A555" s="2">
         <v>543</v>
       </c>
       <c r="B555" s="2">
         <v>220</v>
       </c>
       <c r="C555" s="2">
-        <v>122224</v>
+        <v>122422</v>
       </c>
       <c r="D555" s="2" t="s">
-        <v>969</v>
+        <v>970</v>
       </c>
       <c r="E555" s="2" t="s">
-        <v>970</v>
+        <v>971</v>
       </c>
       <c r="F555" s="2" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="556" spans="1:6">
       <c r="A556" s="2">
         <v>543</v>
       </c>
       <c r="B556" s="2">
         <v>220</v>
       </c>
       <c r="C556" s="2">
-        <v>122391</v>
-[...1 lines deleted...]
-      <c r="D556" s="2"/>
+        <v>122672</v>
+      </c>
+      <c r="D556" s="2" t="s">
+        <v>972</v>
+      </c>
       <c r="E556" s="2" t="s">
-        <v>971</v>
+        <v>973</v>
       </c>
       <c r="F556" s="2" t="s">
-        <v>11</v>
+        <v>32</v>
       </c>
     </row>
     <row r="557" spans="1:6">
       <c r="A557" s="2">
         <v>543</v>
       </c>
       <c r="B557" s="2">
         <v>220</v>
       </c>
       <c r="C557" s="2">
-        <v>111962</v>
+        <v>118827</v>
       </c>
       <c r="D557" s="2" t="s">
-        <v>972</v>
+        <v>217</v>
       </c>
       <c r="E557" s="2" t="s">
-        <v>973</v>
+        <v>974</v>
       </c>
       <c r="F557" s="2" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
     </row>
     <row r="558" spans="1:6">
       <c r="A558" s="2">
         <v>543</v>
       </c>
       <c r="B558" s="2">
         <v>220</v>
       </c>
       <c r="C558" s="2">
-        <v>122067</v>
-[...1 lines deleted...]
-      <c r="D558" s="2"/>
+        <v>121986</v>
+      </c>
+      <c r="D558" s="2" t="s">
+        <v>975</v>
+      </c>
       <c r="E558" s="2" t="s">
-        <v>974</v>
-[...3 lines deleted...]
-      </c>
+        <v>976</v>
+      </c>
+      <c r="F558" s="2"/>
     </row>
     <row r="559" spans="1:6">
       <c r="A559" s="2">
         <v>543</v>
       </c>
       <c r="B559" s="2">
         <v>220</v>
       </c>
       <c r="C559" s="2">
-        <v>122776</v>
-[...1 lines deleted...]
-      <c r="D559" s="2"/>
+        <v>122152</v>
+      </c>
+      <c r="D559" s="2" t="s">
+        <v>84</v>
+      </c>
       <c r="E559" s="2" t="s">
-        <v>975</v>
+        <v>977</v>
       </c>
       <c r="F559" s="2" t="s">
-        <v>37</v>
+        <v>27</v>
       </c>
     </row>
     <row r="560" spans="1:6">
       <c r="A560" s="2">
         <v>543</v>
       </c>
       <c r="B560" s="2">
         <v>220</v>
       </c>
       <c r="C560" s="2">
-        <v>121939</v>
-[...3 lines deleted...]
-      </c>
+        <v>123035</v>
+      </c>
+      <c r="D560" s="2"/>
       <c r="E560" s="2" t="s">
-        <v>977</v>
+        <v>978</v>
       </c>
       <c r="F560" s="2" t="s">
-        <v>16</v>
+        <v>32</v>
       </c>
     </row>
     <row r="561" spans="1:6">
       <c r="A561" s="2">
         <v>543</v>
       </c>
       <c r="B561" s="2">
         <v>220</v>
       </c>
       <c r="C561" s="2">
-        <v>122422</v>
-[...3 lines deleted...]
-      </c>
+        <v>122067</v>
+      </c>
+      <c r="D561" s="2"/>
       <c r="E561" s="2" t="s">
         <v>979</v>
       </c>
       <c r="F561" s="2" t="s">
-        <v>37</v>
+        <v>101</v>
       </c>
     </row>
     <row r="562" spans="1:6">
       <c r="A562" s="2">
         <v>543</v>
       </c>
       <c r="B562" s="2">
         <v>220</v>
       </c>
       <c r="C562" s="2">
-        <v>122672</v>
+        <v>111962</v>
       </c>
       <c r="D562" s="2" t="s">
         <v>980</v>
       </c>
       <c r="E562" s="2" t="s">
         <v>981</v>
       </c>
       <c r="F562" s="2" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
     </row>
     <row r="563" spans="1:6">
       <c r="A563" s="2">
         <v>562</v>
       </c>
       <c r="B563" s="2">
         <v>215</v>
       </c>
       <c r="C563" s="2">
         <v>122252</v>
       </c>
       <c r="D563" s="2" t="s">
         <v>982</v>
       </c>
       <c r="E563" s="2" t="s">
         <v>983</v>
       </c>
       <c r="F563" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="564" spans="1:6">
       <c r="A564" s="2">
         <v>563</v>
       </c>
       <c r="B564" s="2">
         <v>210</v>
       </c>
       <c r="C564" s="2">
-        <v>122629</v>
-[...1 lines deleted...]
-      <c r="D564" s="2" t="s">
+        <v>122595</v>
+      </c>
+      <c r="D564" s="2"/>
+      <c r="E564" s="2" t="s">
         <v>984</v>
-      </c>
-[...1 lines deleted...]
-        <v>938</v>
       </c>
       <c r="F564" s="2" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="565" spans="1:6">
       <c r="A565" s="2">
         <v>563</v>
       </c>
       <c r="B565" s="2">
         <v>210</v>
       </c>
       <c r="C565" s="2">
-        <v>122392</v>
-[...1 lines deleted...]
-      <c r="D565" s="2"/>
+        <v>121987</v>
+      </c>
+      <c r="D565" s="2" t="s">
+        <v>985</v>
+      </c>
       <c r="E565" s="2" t="s">
-        <v>985</v>
-[...3 lines deleted...]
-      </c>
+        <v>986</v>
+      </c>
+      <c r="F565" s="2"/>
     </row>
     <row r="566" spans="1:6">
       <c r="A566" s="2">
         <v>563</v>
       </c>
       <c r="B566" s="2">
         <v>210</v>
       </c>
       <c r="C566" s="2">
-        <v>122440</v>
-[...1 lines deleted...]
-      <c r="D566" s="2"/>
+        <v>122155</v>
+      </c>
+      <c r="D566" s="2" t="s">
+        <v>916</v>
+      </c>
       <c r="E566" s="2" t="s">
-        <v>986</v>
+        <v>987</v>
       </c>
       <c r="F566" s="2" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
     </row>
     <row r="567" spans="1:6">
       <c r="A567" s="2">
         <v>563</v>
       </c>
       <c r="B567" s="2">
         <v>210</v>
       </c>
       <c r="C567" s="2">
-        <v>119091</v>
+        <v>122515</v>
       </c>
       <c r="D567" s="2" t="s">
-        <v>987</v>
+        <v>988</v>
       </c>
       <c r="E567" s="2" t="s">
-        <v>26</v>
+        <v>989</v>
       </c>
       <c r="F567" s="2" t="s">
-        <v>27</v>
+        <v>63</v>
       </c>
     </row>
     <row r="568" spans="1:6">
       <c r="A568" s="2">
         <v>563</v>
       </c>
       <c r="B568" s="2">
         <v>210</v>
       </c>
       <c r="C568" s="2">
-        <v>122411</v>
+        <v>123036</v>
       </c>
       <c r="D568" s="2"/>
       <c r="E568" s="2" t="s">
-        <v>988</v>
+        <v>990</v>
       </c>
       <c r="F568" s="2" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
     </row>
     <row r="569" spans="1:6">
       <c r="A569" s="2">
         <v>563</v>
       </c>
       <c r="B569" s="2">
         <v>210</v>
       </c>
       <c r="C569" s="2">
-        <v>122491</v>
+        <v>122411</v>
       </c>
       <c r="D569" s="2"/>
       <c r="E569" s="2" t="s">
-        <v>989</v>
+        <v>991</v>
       </c>
       <c r="F569" s="2" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
     </row>
     <row r="570" spans="1:6">
       <c r="A570" s="2">
         <v>563</v>
       </c>
       <c r="B570" s="2">
         <v>210</v>
       </c>
       <c r="C570" s="2">
         <v>122068</v>
       </c>
       <c r="D570" s="2"/>
       <c r="E570" s="2" t="s">
-        <v>990</v>
+        <v>992</v>
       </c>
       <c r="F570" s="2" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
     </row>
     <row r="571" spans="1:6">
       <c r="A571" s="2">
         <v>563</v>
       </c>
       <c r="B571" s="2">
         <v>210</v>
       </c>
       <c r="C571" s="2">
-        <v>122423</v>
+        <v>119091</v>
       </c>
       <c r="D571" s="2" t="s">
-        <v>991</v>
+        <v>993</v>
       </c>
       <c r="E571" s="2" t="s">
-        <v>992</v>
+        <v>26</v>
       </c>
       <c r="F571" s="2" t="s">
-        <v>37</v>
+        <v>27</v>
       </c>
     </row>
     <row r="572" spans="1:6">
       <c r="A572" s="2">
         <v>563</v>
       </c>
       <c r="B572" s="2">
         <v>210</v>
       </c>
       <c r="C572" s="2">
-        <v>101728</v>
+        <v>122747</v>
       </c>
       <c r="D572" s="2" t="s">
-        <v>993</v>
+        <v>994</v>
       </c>
       <c r="E572" s="2" t="s">
-        <v>994</v>
-[...3 lines deleted...]
-      </c>
+        <v>995</v>
+      </c>
+      <c r="F572" s="2"/>
     </row>
     <row r="573" spans="1:6">
       <c r="A573" s="2">
         <v>563</v>
       </c>
       <c r="B573" s="2">
         <v>210</v>
       </c>
       <c r="C573" s="2">
-        <v>121987</v>
+        <v>122114</v>
       </c>
       <c r="D573" s="2" t="s">
-        <v>995</v>
+        <v>996</v>
       </c>
       <c r="E573" s="2" t="s">
-        <v>996</v>
-[...1 lines deleted...]
-      <c r="F573" s="2"/>
+        <v>997</v>
+      </c>
+      <c r="F573" s="2" t="s">
+        <v>19</v>
+      </c>
     </row>
     <row r="574" spans="1:6">
       <c r="A574" s="2">
         <v>563</v>
       </c>
       <c r="B574" s="2">
         <v>210</v>
       </c>
       <c r="C574" s="2">
-        <v>122595</v>
+        <v>120608</v>
       </c>
       <c r="D574" s="2"/>
       <c r="E574" s="2" t="s">
-        <v>997</v>
-[...3 lines deleted...]
-      </c>
+        <v>998</v>
+      </c>
+      <c r="F574" s="2"/>
     </row>
     <row r="575" spans="1:6">
       <c r="A575" s="2">
         <v>563</v>
       </c>
       <c r="B575" s="2">
         <v>210</v>
       </c>
       <c r="C575" s="2">
-        <v>121940</v>
-[...3 lines deleted...]
-      </c>
+        <v>122491</v>
+      </c>
+      <c r="D575" s="2"/>
       <c r="E575" s="2" t="s">
         <v>999</v>
       </c>
       <c r="F575" s="2" t="s">
-        <v>277</v>
+        <v>27</v>
       </c>
     </row>
     <row r="576" spans="1:6">
       <c r="A576" s="2">
         <v>563</v>
       </c>
       <c r="B576" s="2">
         <v>210</v>
       </c>
       <c r="C576" s="2">
-        <v>122114</v>
+        <v>110718</v>
       </c>
       <c r="D576" s="2" t="s">
         <v>1000</v>
       </c>
       <c r="E576" s="2" t="s">
         <v>1001</v>
       </c>
       <c r="F576" s="2" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
     </row>
     <row r="577" spans="1:6">
       <c r="A577" s="2">
         <v>563</v>
       </c>
       <c r="B577" s="2">
         <v>210</v>
       </c>
       <c r="C577" s="2">
-        <v>123036</v>
-[...1 lines deleted...]
-      <c r="D577" s="2"/>
+        <v>101728</v>
+      </c>
+      <c r="D577" s="2" t="s">
+        <v>1002</v>
+      </c>
       <c r="E577" s="2" t="s">
-        <v>1002</v>
+        <v>1003</v>
       </c>
       <c r="F577" s="2" t="s">
-        <v>32</v>
+        <v>63</v>
       </c>
     </row>
     <row r="578" spans="1:6">
       <c r="A578" s="2">
         <v>563</v>
       </c>
       <c r="B578" s="2">
         <v>210</v>
       </c>
       <c r="C578" s="2">
-        <v>119112</v>
-[...3 lines deleted...]
-      </c>
+        <v>122031</v>
+      </c>
+      <c r="D578" s="2"/>
       <c r="E578" s="2" t="s">
-        <v>337</v>
+        <v>1004</v>
       </c>
       <c r="F578" s="2" t="s">
-        <v>44</v>
+        <v>32</v>
       </c>
     </row>
     <row r="579" spans="1:6">
       <c r="A579" s="2">
         <v>563</v>
       </c>
       <c r="B579" s="2">
         <v>210</v>
       </c>
       <c r="C579" s="2">
-        <v>110718</v>
-[...3 lines deleted...]
-      </c>
+        <v>122777</v>
+      </c>
+      <c r="D579" s="2"/>
       <c r="E579" s="2" t="s">
         <v>1005</v>
       </c>
-      <c r="F579" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F579" s="2"/>
     </row>
     <row r="580" spans="1:6">
       <c r="A580" s="2">
         <v>563</v>
       </c>
       <c r="B580" s="2">
         <v>210</v>
       </c>
       <c r="C580" s="2">
-        <v>122777</v>
-[...1 lines deleted...]
-      <c r="D580" s="2"/>
+        <v>122226</v>
+      </c>
+      <c r="D580" s="2" t="s">
+        <v>1006</v>
+      </c>
       <c r="E580" s="2" t="s">
-        <v>1006</v>
-[...1 lines deleted...]
-      <c r="F580" s="2"/>
+        <v>1007</v>
+      </c>
+      <c r="F580" s="2" t="s">
+        <v>37</v>
+      </c>
     </row>
     <row r="581" spans="1:6">
       <c r="A581" s="2">
         <v>563</v>
       </c>
       <c r="B581" s="2">
         <v>210</v>
       </c>
       <c r="C581" s="2">
-        <v>122747</v>
+        <v>121940</v>
       </c>
       <c r="D581" s="2" t="s">
-        <v>1007</v>
+        <v>1008</v>
       </c>
       <c r="E581" s="2" t="s">
-        <v>1008</v>
-[...1 lines deleted...]
-      <c r="F581" s="2"/>
+        <v>1009</v>
+      </c>
+      <c r="F581" s="2" t="s">
+        <v>287</v>
+      </c>
     </row>
     <row r="582" spans="1:6">
       <c r="A582" s="2">
         <v>563</v>
       </c>
       <c r="B582" s="2">
         <v>210</v>
       </c>
       <c r="C582" s="2">
-        <v>122970</v>
+        <v>119112</v>
       </c>
       <c r="D582" s="2" t="s">
-        <v>1009</v>
+        <v>1010</v>
       </c>
       <c r="E582" s="2" t="s">
-        <v>1010</v>
+        <v>344</v>
       </c>
       <c r="F582" s="2" t="s">
-        <v>27</v>
+        <v>44</v>
       </c>
     </row>
     <row r="583" spans="1:6">
       <c r="A583" s="2">
         <v>563</v>
       </c>
       <c r="B583" s="2">
         <v>210</v>
       </c>
       <c r="C583" s="2">
-        <v>120608</v>
-[...1 lines deleted...]
-      <c r="D583" s="2"/>
+        <v>122629</v>
+      </c>
+      <c r="D583" s="2" t="s">
+        <v>1011</v>
+      </c>
       <c r="E583" s="2" t="s">
-        <v>1011</v>
-[...1 lines deleted...]
-      <c r="F583" s="2"/>
+        <v>927</v>
+      </c>
+      <c r="F583" s="2" t="s">
+        <v>32</v>
+      </c>
     </row>
     <row r="584" spans="1:6">
       <c r="A584" s="2">
         <v>563</v>
       </c>
       <c r="B584" s="2">
         <v>210</v>
       </c>
       <c r="C584" s="2">
         <v>121793</v>
       </c>
       <c r="D584" s="2" t="s">
         <v>1012</v>
       </c>
       <c r="E584" s="2" t="s">
         <v>1013</v>
       </c>
       <c r="F584" s="2" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="585" spans="1:6">
       <c r="A585" s="2">
         <v>563</v>
       </c>
       <c r="B585" s="2">
         <v>210</v>
       </c>
       <c r="C585" s="2">
-        <v>122715</v>
+        <v>122970</v>
       </c>
       <c r="D585" s="2" t="s">
         <v>1014</v>
       </c>
       <c r="E585" s="2" t="s">
         <v>1015</v>
       </c>
       <c r="F585" s="2" t="s">
-        <v>277</v>
+        <v>27</v>
       </c>
     </row>
     <row r="586" spans="1:6">
       <c r="A586" s="2">
         <v>563</v>
       </c>
       <c r="B586" s="2">
         <v>210</v>
       </c>
       <c r="C586" s="2">
-        <v>121783</v>
-[...1 lines deleted...]
-      <c r="D586" s="2" t="s">
+        <v>122392</v>
+      </c>
+      <c r="D586" s="2"/>
+      <c r="E586" s="2" t="s">
         <v>1016</v>
       </c>
-      <c r="E586" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F586" s="2" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
     </row>
     <row r="587" spans="1:6">
       <c r="A587" s="2">
         <v>563</v>
       </c>
       <c r="B587" s="2">
         <v>210</v>
       </c>
       <c r="C587" s="2">
-        <v>122031</v>
+        <v>122440</v>
       </c>
       <c r="D587" s="2"/>
       <c r="E587" s="2" t="s">
-        <v>1018</v>
+        <v>1017</v>
       </c>
       <c r="F587" s="2" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
     </row>
     <row r="588" spans="1:6">
       <c r="A588" s="2">
         <v>563</v>
       </c>
       <c r="B588" s="2">
         <v>210</v>
       </c>
       <c r="C588" s="2">
-        <v>122155</v>
+        <v>121783</v>
       </c>
       <c r="D588" s="2" t="s">
-        <v>947</v>
+        <v>1018</v>
       </c>
       <c r="E588" s="2" t="s">
         <v>1019</v>
       </c>
       <c r="F588" s="2" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
     </row>
     <row r="589" spans="1:6">
       <c r="A589" s="2">
         <v>563</v>
       </c>
       <c r="B589" s="2">
         <v>210</v>
       </c>
       <c r="C589" s="2">
-        <v>122226</v>
+        <v>122423</v>
       </c>
       <c r="D589" s="2" t="s">
         <v>1020</v>
       </c>
       <c r="E589" s="2" t="s">
         <v>1021</v>
       </c>
       <c r="F589" s="2" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="590" spans="1:6">
       <c r="A590" s="2">
         <v>563</v>
       </c>
       <c r="B590" s="2">
         <v>210</v>
       </c>
       <c r="C590" s="2">
-        <v>122515</v>
+        <v>122715</v>
       </c>
       <c r="D590" s="2" t="s">
         <v>1022</v>
       </c>
       <c r="E590" s="2" t="s">
         <v>1023</v>
       </c>
       <c r="F590" s="2" t="s">
-        <v>63</v>
+        <v>287</v>
       </c>
     </row>
     <row r="591" spans="1:6">
       <c r="A591" s="2">
         <v>590</v>
       </c>
       <c r="B591" s="2">
         <v>205</v>
       </c>
       <c r="C591" s="2">
-        <v>122253</v>
+        <v>104503</v>
       </c>
       <c r="D591" s="2" t="s">
         <v>1024</v>
       </c>
       <c r="E591" s="2" t="s">
         <v>1025</v>
       </c>
       <c r="F591" s="2" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
     </row>
     <row r="592" spans="1:6">
       <c r="A592" s="2">
         <v>590</v>
       </c>
       <c r="B592" s="2">
         <v>205</v>
       </c>
       <c r="C592" s="2">
-        <v>104503</v>
+        <v>122253</v>
       </c>
       <c r="D592" s="2" t="s">
         <v>1026</v>
       </c>
       <c r="E592" s="2" t="s">
         <v>1027</v>
       </c>
       <c r="F592" s="2" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
     </row>
     <row r="593" spans="1:6">
       <c r="A593" s="2">
         <v>592</v>
       </c>
       <c r="B593" s="2">
         <v>200</v>
       </c>
       <c r="C593" s="2">
-        <v>122716</v>
+        <v>122630</v>
       </c>
       <c r="D593" s="2" t="s">
-        <v>932</v>
+        <v>1028</v>
       </c>
       <c r="E593" s="2" t="s">
-        <v>1028</v>
+        <v>364</v>
       </c>
       <c r="F593" s="2" t="s">
-        <v>277</v>
+        <v>32</v>
       </c>
     </row>
     <row r="594" spans="1:6">
       <c r="A594" s="2">
         <v>592</v>
       </c>
       <c r="B594" s="2">
         <v>200</v>
       </c>
       <c r="C594" s="2">
-        <v>122227</v>
-[...1 lines deleted...]
-      <c r="D594" s="2" t="s">
+        <v>122994</v>
+      </c>
+      <c r="D594" s="2"/>
+      <c r="E594" s="2" t="s">
         <v>1029</v>
       </c>
-      <c r="E594" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F594" s="2" t="s">
-        <v>293</v>
+        <v>19</v>
       </c>
     </row>
     <row r="595" spans="1:6">
       <c r="A595" s="2">
         <v>592</v>
       </c>
       <c r="B595" s="2">
         <v>200</v>
       </c>
       <c r="C595" s="2">
-        <v>123037</v>
-[...1 lines deleted...]
-      <c r="D595" s="2"/>
+        <v>122971</v>
+      </c>
+      <c r="D595" s="2" t="s">
+        <v>873</v>
+      </c>
       <c r="E595" s="2" t="s">
         <v>1030</v>
       </c>
       <c r="F595" s="2" t="s">
-        <v>439</v>
+        <v>27</v>
       </c>
     </row>
     <row r="596" spans="1:6">
       <c r="A596" s="2">
         <v>592</v>
       </c>
       <c r="B596" s="2">
         <v>200</v>
       </c>
       <c r="C596" s="2">
-        <v>121784</v>
-[...1 lines deleted...]
-      <c r="D596" s="2" t="s">
+        <v>122393</v>
+      </c>
+      <c r="D596" s="2"/>
+      <c r="E596" s="2" t="s">
         <v>1031</v>
       </c>
-      <c r="E596" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F596" s="2" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
     </row>
     <row r="597" spans="1:6">
       <c r="A597" s="2">
         <v>592</v>
       </c>
       <c r="B597" s="2">
         <v>200</v>
       </c>
       <c r="C597" s="2">
-        <v>122779</v>
+        <v>122441</v>
       </c>
       <c r="D597" s="2"/>
       <c r="E597" s="2" t="s">
-        <v>1033</v>
+        <v>1032</v>
       </c>
       <c r="F597" s="2" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="598" spans="1:6">
       <c r="A598" s="2">
         <v>592</v>
       </c>
       <c r="B598" s="2">
         <v>200</v>
       </c>
       <c r="C598" s="2">
-        <v>122032</v>
-[...1 lines deleted...]
-      <c r="D598" s="2"/>
+        <v>121784</v>
+      </c>
+      <c r="D598" s="2" t="s">
+        <v>1033</v>
+      </c>
       <c r="E598" s="2" t="s">
         <v>1034</v>
       </c>
       <c r="F598" s="2" t="s">
-        <v>32</v>
+        <v>8</v>
       </c>
     </row>
     <row r="599" spans="1:6">
       <c r="A599" s="2">
         <v>592</v>
       </c>
       <c r="B599" s="2">
         <v>200</v>
       </c>
       <c r="C599" s="2">
-        <v>122157</v>
+        <v>122424</v>
       </c>
       <c r="D599" s="2" t="s">
         <v>1035</v>
       </c>
       <c r="E599" s="2" t="s">
-        <v>395</v>
+        <v>1036</v>
       </c>
       <c r="F599" s="2" t="s">
-        <v>27</v>
+        <v>37</v>
       </c>
     </row>
     <row r="600" spans="1:6">
       <c r="A600" s="2">
         <v>592</v>
       </c>
       <c r="B600" s="2">
         <v>200</v>
       </c>
       <c r="C600" s="2">
-        <v>122673</v>
-[...1 lines deleted...]
-      <c r="D600" s="2"/>
+        <v>122716</v>
+      </c>
+      <c r="D600" s="2" t="s">
+        <v>938</v>
+      </c>
       <c r="E600" s="2" t="s">
-        <v>1036</v>
+        <v>1037</v>
       </c>
       <c r="F600" s="2" t="s">
-        <v>32</v>
+        <v>287</v>
       </c>
     </row>
     <row r="601" spans="1:6">
       <c r="A601" s="2">
         <v>592</v>
       </c>
       <c r="B601" s="2">
         <v>200</v>
       </c>
       <c r="C601" s="2">
-        <v>122630</v>
-[...3 lines deleted...]
-      </c>
+        <v>123037</v>
+      </c>
+      <c r="D601" s="2"/>
       <c r="E601" s="2" t="s">
-        <v>370</v>
+        <v>1038</v>
       </c>
       <c r="F601" s="2" t="s">
-        <v>32</v>
+        <v>451</v>
       </c>
     </row>
     <row r="602" spans="1:6">
       <c r="A602" s="2">
         <v>592</v>
       </c>
       <c r="B602" s="2">
         <v>200</v>
       </c>
       <c r="C602" s="2">
-        <v>122393</v>
+        <v>121988</v>
       </c>
       <c r="D602" s="2"/>
       <c r="E602" s="2" t="s">
-        <v>1038</v>
+        <v>1039</v>
       </c>
       <c r="F602" s="2" t="s">
-        <v>11</v>
+        <v>32</v>
       </c>
     </row>
     <row r="603" spans="1:6">
       <c r="A603" s="2">
         <v>592</v>
       </c>
       <c r="B603" s="2">
         <v>200</v>
       </c>
       <c r="C603" s="2">
-        <v>122441</v>
+        <v>122596</v>
       </c>
       <c r="D603" s="2"/>
       <c r="E603" s="2" t="s">
-        <v>1039</v>
+        <v>647</v>
       </c>
       <c r="F603" s="2" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
     </row>
     <row r="604" spans="1:6">
       <c r="A604" s="2">
         <v>592</v>
       </c>
       <c r="B604" s="2">
         <v>200</v>
       </c>
       <c r="C604" s="2">
-        <v>122877</v>
+        <v>122157</v>
       </c>
       <c r="D604" s="2" t="s">
         <v>1040</v>
       </c>
       <c r="E604" s="2" t="s">
-        <v>1041</v>
+        <v>393</v>
       </c>
       <c r="F604" s="2" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="605" spans="1:6">
       <c r="A605" s="2">
         <v>592</v>
       </c>
       <c r="B605" s="2">
         <v>200</v>
       </c>
       <c r="C605" s="2">
         <v>122412</v>
       </c>
       <c r="D605" s="2"/>
       <c r="E605" s="2" t="s">
-        <v>1042</v>
+        <v>1041</v>
       </c>
       <c r="F605" s="2" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="606" spans="1:6">
       <c r="A606" s="2">
         <v>592</v>
       </c>
       <c r="B606" s="2">
         <v>200</v>
       </c>
       <c r="C606" s="2">
         <v>122069</v>
       </c>
       <c r="D606" s="2"/>
       <c r="E606" s="2" t="s">
-        <v>1043</v>
+        <v>1042</v>
       </c>
       <c r="F606" s="2" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
     </row>
     <row r="607" spans="1:6">
       <c r="A607" s="2">
         <v>592</v>
       </c>
       <c r="B607" s="2">
         <v>200</v>
       </c>
       <c r="C607" s="2">
-        <v>122424</v>
+        <v>122877</v>
       </c>
       <c r="D607" s="2" t="s">
+        <v>1043</v>
+      </c>
+      <c r="E607" s="2" t="s">
         <v>1044</v>
       </c>
-      <c r="E607" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F607" s="2" t="s">
-        <v>37</v>
+        <v>27</v>
       </c>
     </row>
     <row r="608" spans="1:6">
       <c r="A608" s="2">
         <v>592</v>
       </c>
       <c r="B608" s="2">
         <v>200</v>
       </c>
       <c r="C608" s="2">
-        <v>122134</v>
+        <v>122748</v>
       </c>
       <c r="D608" s="2" t="s">
+        <v>1045</v>
+      </c>
+      <c r="E608" s="2" t="s">
         <v>1046</v>
       </c>
-      <c r="E608" s="2" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="F608" s="2"/>
     </row>
     <row r="609" spans="1:6">
       <c r="A609" s="2">
         <v>592</v>
       </c>
       <c r="B609" s="2">
         <v>200</v>
       </c>
       <c r="C609" s="2">
-        <v>121988</v>
-[...1 lines deleted...]
-      <c r="D609" s="2"/>
+        <v>122277</v>
+      </c>
+      <c r="D609" s="2" t="s">
+        <v>1047</v>
+      </c>
       <c r="E609" s="2" t="s">
         <v>1048</v>
       </c>
       <c r="F609" s="2" t="s">
-        <v>32</v>
+        <v>11</v>
       </c>
     </row>
     <row r="610" spans="1:6">
       <c r="A610" s="2">
         <v>592</v>
       </c>
       <c r="B610" s="2">
         <v>200</v>
       </c>
       <c r="C610" s="2">
-        <v>122596</v>
-[...1 lines deleted...]
-      <c r="D610" s="2"/>
+        <v>117652</v>
+      </c>
+      <c r="D610" s="2" t="s">
+        <v>1049</v>
+      </c>
       <c r="E610" s="2" t="s">
-        <v>659</v>
+        <v>1050</v>
       </c>
       <c r="F610" s="2" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
     </row>
     <row r="611" spans="1:6">
       <c r="A611" s="2">
         <v>592</v>
       </c>
       <c r="B611" s="2">
         <v>200</v>
       </c>
       <c r="C611" s="2">
-        <v>122277</v>
+        <v>122517</v>
       </c>
       <c r="D611" s="2" t="s">
-        <v>1049</v>
+        <v>1051</v>
       </c>
       <c r="E611" s="2" t="s">
-        <v>1050</v>
+        <v>1052</v>
       </c>
       <c r="F611" s="2" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
     </row>
     <row r="612" spans="1:6">
       <c r="A612" s="2">
         <v>592</v>
       </c>
       <c r="B612" s="2">
         <v>200</v>
       </c>
       <c r="C612" s="2">
-        <v>117652</v>
+        <v>122227</v>
       </c>
       <c r="D612" s="2" t="s">
-        <v>1051</v>
+        <v>1053</v>
       </c>
       <c r="E612" s="2" t="s">
-        <v>1052</v>
+        <v>954</v>
       </c>
       <c r="F612" s="2" t="s">
-        <v>19</v>
+        <v>320</v>
       </c>
     </row>
     <row r="613" spans="1:6">
       <c r="A613" s="2">
         <v>592</v>
       </c>
       <c r="B613" s="2">
         <v>200</v>
       </c>
       <c r="C613" s="2">
-        <v>122517</v>
+        <v>122134</v>
       </c>
       <c r="D613" s="2" t="s">
-        <v>1053</v>
+        <v>1054</v>
       </c>
       <c r="E613" s="2" t="s">
-        <v>1054</v>
+        <v>1055</v>
       </c>
       <c r="F613" s="2" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
     </row>
     <row r="614" spans="1:6">
       <c r="A614" s="2">
         <v>592</v>
       </c>
       <c r="B614" s="2">
         <v>200</v>
       </c>
       <c r="C614" s="2">
-        <v>122994</v>
+        <v>122492</v>
       </c>
       <c r="D614" s="2"/>
       <c r="E614" s="2" t="s">
-        <v>1055</v>
+        <v>1056</v>
       </c>
       <c r="F614" s="2" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
     </row>
     <row r="615" spans="1:6">
       <c r="A615" s="2">
         <v>592</v>
       </c>
       <c r="B615" s="2">
         <v>200</v>
       </c>
       <c r="C615" s="2">
-        <v>122748</v>
-[...3 lines deleted...]
-      </c>
+        <v>122779</v>
+      </c>
+      <c r="D615" s="2"/>
       <c r="E615" s="2" t="s">
         <v>1057</v>
       </c>
-      <c r="F615" s="2"/>
+      <c r="F615" s="2" t="s">
+        <v>37</v>
+      </c>
     </row>
     <row r="616" spans="1:6">
       <c r="A616" s="2">
         <v>592</v>
       </c>
       <c r="B616" s="2">
         <v>200</v>
       </c>
       <c r="C616" s="2">
-        <v>122492</v>
+        <v>122032</v>
       </c>
       <c r="D616" s="2"/>
       <c r="E616" s="2" t="s">
         <v>1058</v>
       </c>
       <c r="F616" s="2" t="s">
-        <v>11</v>
+        <v>32</v>
       </c>
     </row>
     <row r="617" spans="1:6">
       <c r="A617" s="2">
         <v>592</v>
       </c>
       <c r="B617" s="2">
         <v>200</v>
       </c>
       <c r="C617" s="2">
-        <v>122971</v>
-[...3 lines deleted...]
-      </c>
+        <v>122673</v>
+      </c>
+      <c r="D617" s="2"/>
       <c r="E617" s="2" t="s">
         <v>1059</v>
       </c>
       <c r="F617" s="2" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
     </row>
     <row r="618" spans="1:6">
       <c r="A618" s="2">
         <v>617</v>
       </c>
       <c r="B618" s="2">
         <v>195</v>
       </c>
       <c r="C618" s="2">
-        <v>122254</v>
+        <v>122170</v>
       </c>
       <c r="D618" s="2" t="s">
+        <v>210</v>
+      </c>
+      <c r="E618" s="2" t="s">
         <v>1060</v>
       </c>
-      <c r="E618" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F618" s="2" t="s">
-        <v>11</v>
+        <v>63</v>
       </c>
     </row>
     <row r="619" spans="1:6">
       <c r="A619" s="2">
         <v>617</v>
       </c>
       <c r="B619" s="2">
         <v>195</v>
       </c>
       <c r="C619" s="2">
-        <v>122170</v>
+        <v>122254</v>
       </c>
       <c r="D619" s="2" t="s">
-        <v>203</v>
+        <v>1061</v>
       </c>
       <c r="E619" s="2" t="s">
         <v>1062</v>
       </c>
       <c r="F619" s="2" t="s">
-        <v>63</v>
+        <v>11</v>
       </c>
     </row>
     <row r="620" spans="1:6">
       <c r="A620" s="2">
         <v>619</v>
       </c>
       <c r="B620" s="2">
         <v>190</v>
       </c>
       <c r="C620" s="2">
-        <v>122597</v>
-[...1 lines deleted...]
-      <c r="D620" s="2"/>
+        <v>121942</v>
+      </c>
+      <c r="D620" s="2" t="s">
+        <v>1063</v>
+      </c>
       <c r="E620" s="2" t="s">
-        <v>1063</v>
+        <v>1064</v>
       </c>
       <c r="F620" s="2" t="s">
-        <v>32</v>
+        <v>287</v>
       </c>
     </row>
     <row r="621" spans="1:6">
       <c r="A621" s="2">
         <v>619</v>
       </c>
       <c r="B621" s="2">
         <v>190</v>
       </c>
       <c r="C621" s="2">
-        <v>122279</v>
+        <v>122518</v>
       </c>
       <c r="D621" s="2" t="s">
-        <v>1064</v>
+        <v>1065</v>
       </c>
       <c r="E621" s="2" t="s">
-        <v>1065</v>
+        <v>1066</v>
       </c>
       <c r="F621" s="2" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
     </row>
     <row r="622" spans="1:6">
       <c r="A622" s="2">
         <v>619</v>
       </c>
       <c r="B622" s="2">
         <v>190</v>
       </c>
       <c r="C622" s="2">
-        <v>122116</v>
-[...3 lines deleted...]
-      </c>
+        <v>122780</v>
+      </c>
+      <c r="D622" s="2"/>
       <c r="E622" s="2" t="s">
         <v>1067</v>
       </c>
       <c r="F622" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
     </row>
     <row r="623" spans="1:6">
       <c r="A623" s="2">
         <v>619</v>
       </c>
       <c r="B623" s="2">
         <v>190</v>
       </c>
       <c r="C623" s="2">
-        <v>122518</v>
-[...1 lines deleted...]
-      <c r="D623" s="2" t="s">
+        <v>122033</v>
+      </c>
+      <c r="D623" s="2"/>
+      <c r="E623" s="2" t="s">
         <v>1068</v>
       </c>
-      <c r="E623" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F623" s="2" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
     </row>
     <row r="624" spans="1:6">
       <c r="A624" s="2">
         <v>619</v>
       </c>
       <c r="B624" s="2">
         <v>190</v>
       </c>
       <c r="C624" s="2">
-        <v>122995</v>
+        <v>122675</v>
       </c>
       <c r="D624" s="2"/>
       <c r="E624" s="2" t="s">
-        <v>1070</v>
+        <v>1069</v>
       </c>
       <c r="F624" s="2" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
     </row>
     <row r="625" spans="1:6">
       <c r="A625" s="2">
         <v>619</v>
       </c>
       <c r="B625" s="2">
         <v>190</v>
       </c>
       <c r="C625" s="2">
-        <v>122749</v>
-[...3 lines deleted...]
-      </c>
+        <v>122631</v>
+      </c>
+      <c r="D625" s="2"/>
       <c r="E625" s="2" t="s">
-        <v>1072</v>
-[...1 lines deleted...]
-      <c r="F625" s="2"/>
+        <v>1070</v>
+      </c>
+      <c r="F625" s="2" t="s">
+        <v>32</v>
+      </c>
     </row>
     <row r="626" spans="1:6">
       <c r="A626" s="2">
         <v>619</v>
       </c>
       <c r="B626" s="2">
         <v>190</v>
       </c>
       <c r="C626" s="2">
-        <v>122228</v>
-[...3 lines deleted...]
-      </c>
+        <v>122995</v>
+      </c>
+      <c r="D626" s="2"/>
       <c r="E626" s="2" t="s">
-        <v>1074</v>
+        <v>1071</v>
       </c>
       <c r="F626" s="2" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="627" spans="1:6">
       <c r="A627" s="2">
         <v>619</v>
       </c>
       <c r="B627" s="2">
         <v>190</v>
       </c>
       <c r="C627" s="2">
-        <v>122972</v>
-[...3 lines deleted...]
-      </c>
+        <v>123038</v>
+      </c>
+      <c r="D627" s="2"/>
       <c r="E627" s="2" t="s">
-        <v>1076</v>
+        <v>1072</v>
       </c>
       <c r="F627" s="2" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
     </row>
     <row r="628" spans="1:6">
       <c r="A628" s="2">
         <v>619</v>
       </c>
       <c r="B628" s="2">
         <v>190</v>
       </c>
       <c r="C628" s="2">
-        <v>122717</v>
+        <v>122972</v>
       </c>
       <c r="D628" s="2" t="s">
-        <v>1077</v>
+        <v>1073</v>
       </c>
       <c r="E628" s="2" t="s">
-        <v>1078</v>
+        <v>1074</v>
       </c>
       <c r="F628" s="2" t="s">
-        <v>277</v>
+        <v>27</v>
       </c>
     </row>
     <row r="629" spans="1:6">
       <c r="A629" s="2">
         <v>619</v>
       </c>
       <c r="B629" s="2">
         <v>190</v>
       </c>
       <c r="C629" s="2">
-        <v>121785</v>
-[...3 lines deleted...]
-      </c>
+        <v>122394</v>
+      </c>
+      <c r="D629" s="2"/>
       <c r="E629" s="2" t="s">
-        <v>1080</v>
+        <v>1075</v>
       </c>
       <c r="F629" s="2" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
     </row>
     <row r="630" spans="1:6">
       <c r="A630" s="2">
         <v>619</v>
       </c>
       <c r="B630" s="2">
         <v>190</v>
       </c>
       <c r="C630" s="2">
-        <v>122493</v>
-[...1 lines deleted...]
-      <c r="D630" s="2"/>
+        <v>121785</v>
+      </c>
+      <c r="D630" s="2" t="s">
+        <v>1076</v>
+      </c>
       <c r="E630" s="2" t="s">
-        <v>1081</v>
+        <v>1077</v>
       </c>
       <c r="F630" s="2" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
     </row>
     <row r="631" spans="1:6">
       <c r="A631" s="2">
         <v>619</v>
       </c>
       <c r="B631" s="2">
         <v>190</v>
       </c>
       <c r="C631" s="2">
-        <v>122780</v>
-[...1 lines deleted...]
-      <c r="D631" s="2"/>
+        <v>122425</v>
+      </c>
+      <c r="D631" s="2" t="s">
+        <v>1078</v>
+      </c>
       <c r="E631" s="2" t="s">
-        <v>1082</v>
+        <v>1079</v>
       </c>
       <c r="F631" s="2" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="632" spans="1:6">
       <c r="A632" s="2">
         <v>619</v>
       </c>
       <c r="B632" s="2">
         <v>190</v>
       </c>
       <c r="C632" s="2">
-        <v>122033</v>
-[...1 lines deleted...]
-      <c r="D632" s="2"/>
+        <v>122717</v>
+      </c>
+      <c r="D632" s="2" t="s">
+        <v>1080</v>
+      </c>
       <c r="E632" s="2" t="s">
-        <v>1083</v>
+        <v>1081</v>
       </c>
       <c r="F632" s="2" t="s">
-        <v>32</v>
+        <v>287</v>
       </c>
     </row>
     <row r="633" spans="1:6">
       <c r="A633" s="2">
         <v>619</v>
       </c>
       <c r="B633" s="2">
         <v>190</v>
       </c>
       <c r="C633" s="2">
-        <v>122158</v>
-[...3 lines deleted...]
-      </c>
+        <v>121989</v>
+      </c>
+      <c r="D633" s="2"/>
       <c r="E633" s="2" t="s">
-        <v>1084</v>
+        <v>1082</v>
       </c>
       <c r="F633" s="2" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
     </row>
     <row r="634" spans="1:6">
       <c r="A634" s="2">
         <v>619</v>
       </c>
       <c r="B634" s="2">
         <v>190</v>
       </c>
       <c r="C634" s="2">
-        <v>110379</v>
-[...3 lines deleted...]
-      </c>
+        <v>122493</v>
+      </c>
+      <c r="D634" s="2"/>
       <c r="E634" s="2" t="s">
-        <v>399</v>
+        <v>1083</v>
       </c>
       <c r="F634" s="2" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
     </row>
     <row r="635" spans="1:6">
       <c r="A635" s="2">
         <v>619</v>
       </c>
       <c r="B635" s="2">
         <v>190</v>
       </c>
       <c r="C635" s="2">
-        <v>122675</v>
-[...1 lines deleted...]
-      <c r="D635" s="2"/>
+        <v>110379</v>
+      </c>
+      <c r="D635" s="2" t="s">
+        <v>1084</v>
+      </c>
       <c r="E635" s="2" t="s">
-        <v>1086</v>
+        <v>400</v>
       </c>
       <c r="F635" s="2" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
     </row>
     <row r="636" spans="1:6">
       <c r="A636" s="2">
         <v>619</v>
       </c>
       <c r="B636" s="2">
         <v>190</v>
       </c>
       <c r="C636" s="2">
-        <v>122631</v>
+        <v>122597</v>
       </c>
       <c r="D636" s="2"/>
       <c r="E636" s="2" t="s">
-        <v>1087</v>
+        <v>1085</v>
       </c>
       <c r="F636" s="2" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="637" spans="1:6">
       <c r="A637" s="2">
         <v>619</v>
       </c>
       <c r="B637" s="2">
         <v>190</v>
       </c>
       <c r="C637" s="2">
-        <v>122394</v>
-[...1 lines deleted...]
-      <c r="D637" s="2"/>
+        <v>122158</v>
+      </c>
+      <c r="D637" s="2" t="s">
+        <v>1086</v>
+      </c>
       <c r="E637" s="2" t="s">
-        <v>1088</v>
+        <v>1086</v>
       </c>
       <c r="F637" s="2" t="s">
-        <v>11</v>
+        <v>27</v>
       </c>
     </row>
     <row r="638" spans="1:6">
       <c r="A638" s="2">
         <v>619</v>
       </c>
       <c r="B638" s="2">
         <v>190</v>
       </c>
       <c r="C638" s="2">
         <v>122070</v>
       </c>
       <c r="D638" s="2"/>
       <c r="E638" s="2" t="s">
-        <v>1089</v>
+        <v>1087</v>
       </c>
       <c r="F638" s="2" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
     </row>
     <row r="639" spans="1:6">
       <c r="A639" s="2">
         <v>619</v>
       </c>
       <c r="B639" s="2">
         <v>190</v>
       </c>
       <c r="C639" s="2">
-        <v>121942</v>
+        <v>122749</v>
       </c>
       <c r="D639" s="2" t="s">
-        <v>1090</v>
+        <v>1088</v>
       </c>
       <c r="E639" s="2" t="s">
-        <v>1091</v>
-[...3 lines deleted...]
-      </c>
+        <v>1089</v>
+      </c>
+      <c r="F639" s="2"/>
     </row>
     <row r="640" spans="1:6">
       <c r="A640" s="2">
         <v>619</v>
       </c>
       <c r="B640" s="2">
         <v>190</v>
       </c>
       <c r="C640" s="2">
-        <v>123038</v>
-[...1 lines deleted...]
-      <c r="D640" s="2"/>
+        <v>122279</v>
+      </c>
+      <c r="D640" s="2" t="s">
+        <v>1090</v>
+      </c>
       <c r="E640" s="2" t="s">
-        <v>1092</v>
+        <v>1091</v>
       </c>
       <c r="F640" s="2" t="s">
-        <v>32</v>
+        <v>11</v>
       </c>
     </row>
     <row r="641" spans="1:6">
       <c r="A641" s="2">
         <v>619</v>
       </c>
       <c r="B641" s="2">
         <v>190</v>
       </c>
       <c r="C641" s="2">
-        <v>122425</v>
+        <v>122228</v>
       </c>
       <c r="D641" s="2" t="s">
+        <v>1092</v>
+      </c>
+      <c r="E641" s="2" t="s">
         <v>1093</v>
-      </c>
-[...1 lines deleted...]
-        <v>1094</v>
       </c>
       <c r="F641" s="2" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="642" spans="1:6">
       <c r="A642" s="2">
         <v>619</v>
       </c>
       <c r="B642" s="2">
         <v>190</v>
       </c>
       <c r="C642" s="2">
-        <v>121989</v>
-[...1 lines deleted...]
-      <c r="D642" s="2"/>
+        <v>122116</v>
+      </c>
+      <c r="D642" s="2" t="s">
+        <v>1094</v>
+      </c>
       <c r="E642" s="2" t="s">
         <v>1095</v>
       </c>
       <c r="F642" s="2" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
     </row>
     <row r="643" spans="1:6">
       <c r="A643" s="2">
         <v>642</v>
       </c>
       <c r="B643" s="2">
         <v>185</v>
       </c>
       <c r="C643" s="2">
-        <v>118693</v>
+        <v>122255</v>
       </c>
       <c r="D643" s="2" t="s">
         <v>1096</v>
       </c>
       <c r="E643" s="2" t="s">
         <v>1097</v>
       </c>
       <c r="F643" s="2" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
     </row>
     <row r="644" spans="1:6">
       <c r="A644" s="2">
         <v>642</v>
       </c>
       <c r="B644" s="2">
         <v>185</v>
       </c>
       <c r="C644" s="2">
-        <v>122255</v>
+        <v>118693</v>
       </c>
       <c r="D644" s="2" t="s">
         <v>1098</v>
       </c>
       <c r="E644" s="2" t="s">
         <v>1099</v>
       </c>
       <c r="F644" s="2" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
     </row>
     <row r="645" spans="1:6">
       <c r="A645" s="2">
         <v>644</v>
       </c>
       <c r="B645" s="2">
         <v>180</v>
       </c>
       <c r="C645" s="2">
-        <v>122395</v>
+        <v>121990</v>
       </c>
       <c r="D645" s="2"/>
       <c r="E645" s="2" t="s">
         <v>1100</v>
       </c>
       <c r="F645" s="2" t="s">
-        <v>11</v>
+        <v>32</v>
       </c>
     </row>
     <row r="646" spans="1:6">
       <c r="A646" s="2">
         <v>644</v>
       </c>
       <c r="B646" s="2">
         <v>180</v>
       </c>
       <c r="C646" s="2">
-        <v>122443</v>
-[...1 lines deleted...]
-      <c r="D646" s="2"/>
+        <v>112237</v>
+      </c>
+      <c r="D646" s="2" t="s">
+        <v>873</v>
+      </c>
       <c r="E646" s="2" t="s">
         <v>1101</v>
       </c>
       <c r="F646" s="2" t="s">
-        <v>19</v>
+        <v>8</v>
       </c>
     </row>
     <row r="647" spans="1:6">
       <c r="A647" s="2">
         <v>644</v>
       </c>
       <c r="B647" s="2">
         <v>180</v>
       </c>
       <c r="C647" s="2">
-        <v>121789</v>
+        <v>105505</v>
       </c>
       <c r="D647" s="2" t="s">
         <v>1102</v>
       </c>
       <c r="E647" s="2" t="s">
-        <v>1103</v>
+        <v>456</v>
       </c>
       <c r="F647" s="2" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
     </row>
     <row r="648" spans="1:6">
       <c r="A648" s="2">
         <v>644</v>
       </c>
       <c r="B648" s="2">
         <v>180</v>
       </c>
       <c r="C648" s="2">
-        <v>122071</v>
+        <v>122494</v>
       </c>
       <c r="D648" s="2"/>
       <c r="E648" s="2" t="s">
-        <v>1104</v>
+        <v>1103</v>
       </c>
       <c r="F648" s="2" t="s">
-        <v>103</v>
+        <v>19</v>
       </c>
     </row>
     <row r="649" spans="1:6">
       <c r="A649" s="2">
         <v>644</v>
       </c>
       <c r="B649" s="2">
         <v>180</v>
       </c>
       <c r="C649" s="2">
-        <v>121943</v>
+        <v>122159</v>
       </c>
       <c r="D649" s="2" t="s">
-        <v>1105</v>
+        <v>779</v>
       </c>
       <c r="E649" s="2" t="s">
-        <v>1106</v>
+        <v>1104</v>
       </c>
       <c r="F649" s="2" t="s">
-        <v>277</v>
+        <v>27</v>
       </c>
     </row>
     <row r="650" spans="1:6">
       <c r="A650" s="2">
         <v>644</v>
       </c>
       <c r="B650" s="2">
         <v>180</v>
       </c>
       <c r="C650" s="2">
-        <v>123039</v>
-[...1 lines deleted...]
-      <c r="D650" s="2"/>
+        <v>121789</v>
+      </c>
+      <c r="D650" s="2" t="s">
+        <v>1105</v>
+      </c>
       <c r="E650" s="2" t="s">
-        <v>1107</v>
+        <v>1106</v>
       </c>
       <c r="F650" s="2" t="s">
-        <v>32</v>
+        <v>8</v>
       </c>
     </row>
     <row r="651" spans="1:6">
       <c r="A651" s="2">
         <v>644</v>
       </c>
       <c r="B651" s="2">
         <v>180</v>
       </c>
       <c r="C651" s="2">
-        <v>122229</v>
-[...3 lines deleted...]
-      </c>
+        <v>122071</v>
+      </c>
+      <c r="D651" s="2"/>
       <c r="E651" s="2" t="s">
-        <v>1109</v>
+        <v>1107</v>
       </c>
       <c r="F651" s="2" t="s">
-        <v>32</v>
+        <v>101</v>
       </c>
     </row>
     <row r="652" spans="1:6">
       <c r="A652" s="2">
         <v>644</v>
       </c>
       <c r="B652" s="2">
         <v>180</v>
       </c>
       <c r="C652" s="2">
-        <v>122426</v>
+        <v>122280</v>
       </c>
       <c r="D652" s="2" t="s">
-        <v>1110</v>
+        <v>1108</v>
       </c>
       <c r="E652" s="2" t="s">
-        <v>1111</v>
+        <v>1109</v>
       </c>
       <c r="F652" s="2" t="s">
-        <v>37</v>
+        <v>11</v>
       </c>
     </row>
     <row r="653" spans="1:6">
       <c r="A653" s="2">
         <v>644</v>
       </c>
       <c r="B653" s="2">
         <v>180</v>
       </c>
       <c r="C653" s="2">
-        <v>122494</v>
-[...1 lines deleted...]
-      <c r="D653" s="2"/>
+        <v>121943</v>
+      </c>
+      <c r="D653" s="2" t="s">
+        <v>1110</v>
+      </c>
       <c r="E653" s="2" t="s">
-        <v>1112</v>
+        <v>1111</v>
       </c>
       <c r="F653" s="2" t="s">
-        <v>19</v>
+        <v>287</v>
       </c>
     </row>
     <row r="654" spans="1:6">
       <c r="A654" s="2">
         <v>644</v>
       </c>
       <c r="B654" s="2">
         <v>180</v>
       </c>
       <c r="C654" s="2">
-        <v>121990</v>
-[...1 lines deleted...]
-      <c r="D654" s="2"/>
+        <v>122519</v>
+      </c>
+      <c r="D654" s="2" t="s">
+        <v>1112</v>
+      </c>
       <c r="E654" s="2" t="s">
         <v>1113</v>
       </c>
       <c r="F654" s="2" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
     </row>
     <row r="655" spans="1:6">
       <c r="A655" s="2">
         <v>644</v>
       </c>
       <c r="B655" s="2">
         <v>180</v>
       </c>
       <c r="C655" s="2">
-        <v>122280</v>
-[...1 lines deleted...]
-      <c r="D655" s="2" t="s">
+        <v>122781</v>
+      </c>
+      <c r="D655" s="2"/>
+      <c r="E655" s="2" t="s">
         <v>1114</v>
       </c>
-      <c r="E655" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F655" s="2" t="s">
-        <v>11</v>
+        <v>37</v>
       </c>
     </row>
     <row r="656" spans="1:6">
       <c r="A656" s="2">
         <v>644</v>
       </c>
       <c r="B656" s="2">
         <v>180</v>
       </c>
       <c r="C656" s="2">
-        <v>122519</v>
-[...3 lines deleted...]
-      </c>
+        <v>122034</v>
+      </c>
+      <c r="D656" s="2"/>
       <c r="E656" s="2" t="s">
-        <v>1117</v>
+        <v>1115</v>
       </c>
       <c r="F656" s="2" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
     </row>
     <row r="657" spans="1:6">
       <c r="A657" s="2">
         <v>644</v>
       </c>
       <c r="B657" s="2">
         <v>180</v>
       </c>
       <c r="C657" s="2">
-        <v>121321</v>
-[...1 lines deleted...]
-      <c r="D657" s="2"/>
+        <v>120678</v>
+      </c>
+      <c r="D657" s="2" t="s">
+        <v>1116</v>
+      </c>
       <c r="E657" s="2" t="s">
-        <v>1118</v>
+        <v>1117</v>
       </c>
       <c r="F657" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="658" spans="1:6">
       <c r="A658" s="2">
         <v>644</v>
       </c>
       <c r="B658" s="2">
         <v>180</v>
       </c>
       <c r="C658" s="2">
-        <v>122973</v>
-[...3 lines deleted...]
-      </c>
+        <v>122676</v>
+      </c>
+      <c r="D658" s="2"/>
       <c r="E658" s="2" t="s">
-        <v>1119</v>
+        <v>1118</v>
       </c>
       <c r="F658" s="2" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
     </row>
     <row r="659" spans="1:6">
       <c r="A659" s="2">
         <v>644</v>
       </c>
       <c r="B659" s="2">
         <v>180</v>
       </c>
       <c r="C659" s="2">
-        <v>122718</v>
-[...3 lines deleted...]
-      </c>
+        <v>122633</v>
+      </c>
+      <c r="D659" s="2"/>
       <c r="E659" s="2" t="s">
-        <v>575</v>
+        <v>1119</v>
       </c>
       <c r="F659" s="2" t="s">
-        <v>277</v>
+        <v>32</v>
       </c>
     </row>
     <row r="660" spans="1:6">
       <c r="A660" s="2">
         <v>644</v>
       </c>
       <c r="B660" s="2">
         <v>180</v>
       </c>
       <c r="C660" s="2">
-        <v>122878</v>
-[...3 lines deleted...]
-      </c>
+        <v>121321</v>
+      </c>
+      <c r="D660" s="2"/>
       <c r="E660" s="2" t="s">
-        <v>1122</v>
+        <v>1120</v>
       </c>
       <c r="F660" s="2" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
     </row>
     <row r="661" spans="1:6">
       <c r="A661" s="2">
         <v>644</v>
       </c>
       <c r="B661" s="2">
         <v>180</v>
       </c>
       <c r="C661" s="2">
-        <v>121786</v>
-[...3 lines deleted...]
-      </c>
+        <v>123039</v>
+      </c>
+      <c r="D661" s="2"/>
       <c r="E661" s="2" t="s">
-        <v>1124</v>
+        <v>1121</v>
       </c>
       <c r="F661" s="2" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
     </row>
     <row r="662" spans="1:6">
       <c r="A662" s="2">
         <v>644</v>
       </c>
       <c r="B662" s="2">
         <v>180</v>
       </c>
       <c r="C662" s="2">
-        <v>120678</v>
+        <v>122973</v>
       </c>
       <c r="D662" s="2" t="s">
-        <v>1125</v>
+        <v>1122</v>
       </c>
       <c r="E662" s="2" t="s">
-        <v>1126</v>
+        <v>1122</v>
       </c>
       <c r="F662" s="2" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
     </row>
     <row r="663" spans="1:6">
       <c r="A663" s="2">
         <v>644</v>
       </c>
       <c r="B663" s="2">
         <v>180</v>
       </c>
       <c r="C663" s="2">
-        <v>122781</v>
+        <v>122395</v>
       </c>
       <c r="D663" s="2"/>
       <c r="E663" s="2" t="s">
-        <v>1127</v>
+        <v>1123</v>
       </c>
       <c r="F663" s="2" t="s">
-        <v>37</v>
+        <v>11</v>
       </c>
     </row>
     <row r="664" spans="1:6">
       <c r="A664" s="2">
         <v>644</v>
       </c>
       <c r="B664" s="2">
         <v>180</v>
       </c>
       <c r="C664" s="2">
-        <v>122034</v>
+        <v>122443</v>
       </c>
       <c r="D664" s="2"/>
       <c r="E664" s="2" t="s">
-        <v>1128</v>
+        <v>1124</v>
       </c>
       <c r="F664" s="2" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
     </row>
     <row r="665" spans="1:6">
       <c r="A665" s="2">
         <v>644</v>
       </c>
       <c r="B665" s="2">
         <v>180</v>
       </c>
       <c r="C665" s="2">
-        <v>112237</v>
+        <v>122229</v>
       </c>
       <c r="D665" s="2" t="s">
-        <v>870</v>
+        <v>1125</v>
       </c>
       <c r="E665" s="2" t="s">
-        <v>1129</v>
+        <v>1126</v>
       </c>
       <c r="F665" s="2" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
     </row>
     <row r="666" spans="1:6">
       <c r="A666" s="2">
         <v>644</v>
       </c>
       <c r="B666" s="2">
         <v>180</v>
       </c>
       <c r="C666" s="2">
-        <v>122159</v>
+        <v>121786</v>
       </c>
       <c r="D666" s="2" t="s">
-        <v>806</v>
+        <v>1127</v>
       </c>
       <c r="E666" s="2" t="s">
-        <v>1130</v>
+        <v>1128</v>
       </c>
       <c r="F666" s="2" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
     </row>
     <row r="667" spans="1:6">
       <c r="A667" s="2">
         <v>644</v>
       </c>
       <c r="B667" s="2">
         <v>180</v>
       </c>
       <c r="C667" s="2">
-        <v>105505</v>
+        <v>122426</v>
       </c>
       <c r="D667" s="2" t="s">
-        <v>1131</v>
+        <v>1129</v>
       </c>
       <c r="E667" s="2" t="s">
-        <v>425</v>
+        <v>1130</v>
       </c>
       <c r="F667" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
     </row>
     <row r="668" spans="1:6">
       <c r="A668" s="2">
         <v>644</v>
       </c>
       <c r="B668" s="2">
         <v>180</v>
       </c>
       <c r="C668" s="2">
-        <v>122676</v>
-[...1 lines deleted...]
-      <c r="D668" s="2"/>
+        <v>122718</v>
+      </c>
+      <c r="D668" s="2" t="s">
+        <v>1131</v>
+      </c>
       <c r="E668" s="2" t="s">
-        <v>1132</v>
+        <v>591</v>
       </c>
       <c r="F668" s="2" t="s">
-        <v>32</v>
+        <v>287</v>
       </c>
     </row>
     <row r="669" spans="1:6">
       <c r="A669" s="2">
         <v>644</v>
       </c>
       <c r="B669" s="2">
         <v>180</v>
       </c>
       <c r="C669" s="2">
-        <v>122633</v>
-[...1 lines deleted...]
-      <c r="D669" s="2"/>
+        <v>122878</v>
+      </c>
+      <c r="D669" s="2" t="s">
+        <v>1132</v>
+      </c>
       <c r="E669" s="2" t="s">
         <v>1133</v>
       </c>
       <c r="F669" s="2" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
     </row>
     <row r="670" spans="1:6">
       <c r="A670" s="2">
         <v>669</v>
       </c>
       <c r="B670" s="2">
         <v>170</v>
       </c>
       <c r="C670" s="2">
-        <v>118603</v>
-[...3 lines deleted...]
-      </c>
+        <v>122634</v>
+      </c>
+      <c r="D670" s="2"/>
       <c r="E670" s="2" t="s">
         <v>1134</v>
       </c>
       <c r="F670" s="2" t="s">
-        <v>37</v>
+        <v>32</v>
       </c>
     </row>
     <row r="671" spans="1:6">
       <c r="A671" s="2">
         <v>669</v>
       </c>
       <c r="B671" s="2">
         <v>170</v>
       </c>
       <c r="C671" s="2">
-        <v>122719</v>
-[...1 lines deleted...]
-      <c r="D671" s="2" t="s">
+        <v>122495</v>
+      </c>
+      <c r="D671" s="2"/>
+      <c r="E671" s="2" t="s">
         <v>1135</v>
       </c>
-      <c r="E671" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F671" s="2" t="s">
-        <v>277</v>
+        <v>27</v>
       </c>
     </row>
     <row r="672" spans="1:6">
       <c r="A672" s="2">
         <v>669</v>
       </c>
       <c r="B672" s="2">
         <v>170</v>
       </c>
       <c r="C672" s="2">
-        <v>122413</v>
-[...1 lines deleted...]
-      <c r="D672" s="2" t="s">
+        <v>122996</v>
+      </c>
+      <c r="D672" s="2"/>
+      <c r="E672" s="2" t="s">
         <v>1136</v>
       </c>
-      <c r="E672" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F672" s="2" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
     </row>
     <row r="673" spans="1:6">
       <c r="A673" s="2">
         <v>669</v>
       </c>
       <c r="B673" s="2">
         <v>170</v>
       </c>
       <c r="C673" s="2">
-        <v>122782</v>
-[...1 lines deleted...]
-      <c r="D673" s="2"/>
+        <v>122974</v>
+      </c>
+      <c r="D673" s="2" t="s">
+        <v>1137</v>
+      </c>
       <c r="E673" s="2" t="s">
         <v>1138</v>
       </c>
       <c r="F673" s="2" t="s">
-        <v>37</v>
+        <v>27</v>
       </c>
     </row>
     <row r="674" spans="1:6">
       <c r="A674" s="2">
         <v>669</v>
       </c>
       <c r="B674" s="2">
         <v>170</v>
       </c>
       <c r="C674" s="2">
-        <v>122035</v>
+        <v>122396</v>
       </c>
       <c r="D674" s="2"/>
       <c r="E674" s="2" t="s">
         <v>1139</v>
       </c>
       <c r="F674" s="2" t="s">
-        <v>32</v>
+        <v>11</v>
       </c>
     </row>
     <row r="675" spans="1:6">
       <c r="A675" s="2">
         <v>669</v>
       </c>
       <c r="B675" s="2">
         <v>170</v>
       </c>
       <c r="C675" s="2">
-        <v>122160</v>
-[...3 lines deleted...]
-      </c>
+        <v>122444</v>
+      </c>
+      <c r="D675" s="2"/>
       <c r="E675" s="2" t="s">
         <v>1140</v>
       </c>
       <c r="F675" s="2" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
     </row>
     <row r="676" spans="1:6">
       <c r="A676" s="2">
         <v>669</v>
       </c>
       <c r="B676" s="2">
         <v>170</v>
       </c>
       <c r="C676" s="2">
-        <v>122634</v>
-[...1 lines deleted...]
-      <c r="D676" s="2"/>
+        <v>122413</v>
+      </c>
+      <c r="D676" s="2" t="s">
+        <v>1141</v>
+      </c>
       <c r="E676" s="2" t="s">
-        <v>1141</v>
+        <v>1142</v>
       </c>
       <c r="F676" s="2" t="s">
-        <v>32</v>
+        <v>8</v>
       </c>
     </row>
     <row r="677" spans="1:6">
       <c r="A677" s="2">
         <v>669</v>
       </c>
       <c r="B677" s="2">
         <v>170</v>
       </c>
       <c r="C677" s="2">
-        <v>122396</v>
-[...1 lines deleted...]
-      <c r="D677" s="2"/>
+        <v>122230</v>
+      </c>
+      <c r="D677" s="2" t="s">
+        <v>30</v>
+      </c>
       <c r="E677" s="2" t="s">
-        <v>1142</v>
+        <v>1143</v>
       </c>
       <c r="F677" s="2" t="s">
-        <v>11</v>
+        <v>32</v>
       </c>
     </row>
     <row r="678" spans="1:6">
       <c r="A678" s="2">
         <v>669</v>
       </c>
       <c r="B678" s="2">
         <v>170</v>
       </c>
       <c r="C678" s="2">
-        <v>122444</v>
-[...1 lines deleted...]
-      <c r="D678" s="2"/>
+        <v>122719</v>
+      </c>
+      <c r="D678" s="2" t="s">
+        <v>1144</v>
+      </c>
       <c r="E678" s="2" t="s">
-        <v>1143</v>
+        <v>591</v>
       </c>
       <c r="F678" s="2" t="s">
-        <v>19</v>
+        <v>287</v>
       </c>
     </row>
     <row r="679" spans="1:6">
       <c r="A679" s="2">
         <v>669</v>
       </c>
       <c r="B679" s="2">
         <v>170</v>
       </c>
       <c r="C679" s="2">
-        <v>122072</v>
+        <v>121991</v>
       </c>
       <c r="D679" s="2"/>
       <c r="E679" s="2" t="s">
-        <v>1144</v>
+        <v>1145</v>
       </c>
       <c r="F679" s="2" t="s">
-        <v>103</v>
+        <v>32</v>
       </c>
     </row>
     <row r="680" spans="1:6">
       <c r="A680" s="2">
         <v>669</v>
       </c>
       <c r="B680" s="2">
         <v>170</v>
       </c>
       <c r="C680" s="2">
-        <v>121944</v>
-[...3 lines deleted...]
-      </c>
+        <v>122598</v>
+      </c>
+      <c r="D680" s="2"/>
       <c r="E680" s="2" t="s">
-        <v>624</v>
+        <v>1146</v>
       </c>
       <c r="F680" s="2" t="s">
-        <v>277</v>
+        <v>32</v>
       </c>
     </row>
     <row r="681" spans="1:6">
       <c r="A681" s="2">
         <v>669</v>
       </c>
       <c r="B681" s="2">
         <v>170</v>
       </c>
       <c r="C681" s="2">
-        <v>122230</v>
+        <v>122678</v>
       </c>
       <c r="D681" s="2" t="s">
-        <v>30</v>
+        <v>1147</v>
       </c>
       <c r="E681" s="2" t="s">
-        <v>1145</v>
+        <v>1148</v>
       </c>
       <c r="F681" s="2" t="s">
-        <v>32</v>
+        <v>320</v>
       </c>
     </row>
     <row r="682" spans="1:6">
       <c r="A682" s="2">
         <v>669</v>
       </c>
       <c r="B682" s="2">
         <v>170</v>
       </c>
       <c r="C682" s="2">
-        <v>121991</v>
-[...1 lines deleted...]
-      <c r="D682" s="2"/>
+        <v>122160</v>
+      </c>
+      <c r="D682" s="2" t="s">
+        <v>1149</v>
+      </c>
       <c r="E682" s="2" t="s">
-        <v>1146</v>
+        <v>1149</v>
       </c>
       <c r="F682" s="2" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
     </row>
     <row r="683" spans="1:6">
       <c r="A683" s="2">
         <v>669</v>
       </c>
       <c r="B683" s="2">
         <v>170</v>
       </c>
       <c r="C683" s="2">
-        <v>122598</v>
+        <v>122072</v>
       </c>
       <c r="D683" s="2"/>
       <c r="E683" s="2" t="s">
-        <v>1147</v>
+        <v>1150</v>
       </c>
       <c r="F683" s="2" t="s">
-        <v>32</v>
+        <v>101</v>
       </c>
     </row>
     <row r="684" spans="1:6">
       <c r="A684" s="2">
         <v>669</v>
       </c>
       <c r="B684" s="2">
         <v>170</v>
       </c>
       <c r="C684" s="2">
-        <v>122678</v>
+        <v>122281</v>
       </c>
       <c r="D684" s="2" t="s">
-        <v>1148</v>
+        <v>1151</v>
       </c>
       <c r="E684" s="2" t="s">
-        <v>1149</v>
+        <v>1152</v>
       </c>
       <c r="F684" s="2" t="s">
-        <v>293</v>
+        <v>11</v>
       </c>
     </row>
     <row r="685" spans="1:6">
       <c r="A685" s="2">
         <v>669</v>
       </c>
       <c r="B685" s="2">
         <v>170</v>
       </c>
       <c r="C685" s="2">
-        <v>122281</v>
+        <v>122118</v>
       </c>
       <c r="D685" s="2" t="s">
-        <v>1150</v>
+        <v>1153</v>
       </c>
       <c r="E685" s="2" t="s">
-        <v>1151</v>
+        <v>1154</v>
       </c>
       <c r="F685" s="2" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
     </row>
     <row r="686" spans="1:6">
       <c r="A686" s="2">
         <v>669</v>
       </c>
       <c r="B686" s="2">
         <v>170</v>
       </c>
       <c r="C686" s="2">
-        <v>122495</v>
-[...1 lines deleted...]
-      <c r="D686" s="2"/>
+        <v>121944</v>
+      </c>
+      <c r="D686" s="2" t="s">
+        <v>332</v>
+      </c>
       <c r="E686" s="2" t="s">
-        <v>1152</v>
+        <v>625</v>
       </c>
       <c r="F686" s="2" t="s">
-        <v>27</v>
+        <v>287</v>
       </c>
     </row>
     <row r="687" spans="1:6">
       <c r="A687" s="2">
         <v>669</v>
       </c>
       <c r="B687" s="2">
         <v>170</v>
       </c>
       <c r="C687" s="2">
-        <v>122118</v>
+        <v>110192</v>
       </c>
       <c r="D687" s="2" t="s">
-        <v>1153</v>
+        <v>1155</v>
       </c>
       <c r="E687" s="2" t="s">
-        <v>1154</v>
+        <v>1156</v>
       </c>
       <c r="F687" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="688" spans="1:6">
       <c r="A688" s="2">
         <v>669</v>
       </c>
       <c r="B688" s="2">
         <v>170</v>
       </c>
       <c r="C688" s="2">
-        <v>110192</v>
+        <v>118603</v>
       </c>
       <c r="D688" s="2" t="s">
-        <v>1155</v>
+        <v>896</v>
       </c>
       <c r="E688" s="2" t="s">
-        <v>1156</v>
+        <v>1157</v>
       </c>
       <c r="F688" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
     </row>
     <row r="689" spans="1:6">
       <c r="A689" s="2">
         <v>669</v>
       </c>
       <c r="B689" s="2">
         <v>170</v>
       </c>
       <c r="C689" s="2">
-        <v>122996</v>
+        <v>122782</v>
       </c>
       <c r="D689" s="2"/>
       <c r="E689" s="2" t="s">
-        <v>1157</v>
+        <v>1158</v>
       </c>
       <c r="F689" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
     </row>
     <row r="690" spans="1:6">
       <c r="A690" s="2">
         <v>669</v>
       </c>
       <c r="B690" s="2">
         <v>170</v>
       </c>
       <c r="C690" s="2">
-        <v>122974</v>
-[...3 lines deleted...]
-      </c>
+        <v>122035</v>
+      </c>
+      <c r="D690" s="2"/>
       <c r="E690" s="2" t="s">
         <v>1159</v>
       </c>
       <c r="F690" s="2" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
     </row>
     <row r="691" spans="1:6">
       <c r="A691" s="2">
         <v>690</v>
       </c>
       <c r="B691" s="2">
         <v>160</v>
       </c>
       <c r="C691" s="2">
-        <v>122599</v>
-[...1 lines deleted...]
-      <c r="D691" s="2"/>
+        <v>122521</v>
+      </c>
+      <c r="D691" s="2" t="s">
+        <v>1160</v>
+      </c>
       <c r="E691" s="2" t="s">
-        <v>703</v>
+        <v>1161</v>
       </c>
       <c r="F691" s="2" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
     </row>
     <row r="692" spans="1:6">
       <c r="A692" s="2">
         <v>690</v>
       </c>
       <c r="B692" s="2">
         <v>160</v>
       </c>
       <c r="C692" s="2">
-        <v>122282</v>
+        <v>122036</v>
       </c>
       <c r="D692" s="2" t="s">
-        <v>1160</v>
+        <v>576</v>
       </c>
       <c r="E692" s="2" t="s">
-        <v>1161</v>
-[...3 lines deleted...]
-      </c>
+        <v>1162</v>
+      </c>
+      <c r="F692" s="2"/>
     </row>
     <row r="693" spans="1:6">
       <c r="A693" s="2">
         <v>690</v>
       </c>
       <c r="B693" s="2">
         <v>160</v>
       </c>
       <c r="C693" s="2">
-        <v>122496</v>
-[...1 lines deleted...]
-      <c r="D693" s="2"/>
+        <v>121011</v>
+      </c>
+      <c r="D693" s="2" t="s">
+        <v>1163</v>
+      </c>
       <c r="E693" s="2" t="s">
-        <v>1162</v>
+        <v>1164</v>
       </c>
       <c r="F693" s="2" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
     </row>
     <row r="694" spans="1:6">
       <c r="A694" s="2">
         <v>690</v>
       </c>
       <c r="B694" s="2">
         <v>160</v>
       </c>
       <c r="C694" s="2">
-        <v>101560</v>
-[...3 lines deleted...]
-      </c>
+        <v>122496</v>
+      </c>
+      <c r="D694" s="2"/>
       <c r="E694" s="2" t="s">
-        <v>1164</v>
+        <v>1165</v>
       </c>
       <c r="F694" s="2" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
     </row>
     <row r="695" spans="1:6">
       <c r="A695" s="2">
         <v>690</v>
       </c>
       <c r="B695" s="2">
         <v>160</v>
       </c>
       <c r="C695" s="2">
-        <v>122521</v>
+        <v>105842</v>
       </c>
       <c r="D695" s="2" t="s">
-        <v>1165</v>
+        <v>1166</v>
       </c>
       <c r="E695" s="2" t="s">
-        <v>1166</v>
+        <v>1167</v>
       </c>
       <c r="F695" s="2" t="s">
-        <v>19</v>
+        <v>8</v>
       </c>
     </row>
     <row r="696" spans="1:6">
       <c r="A696" s="2">
         <v>690</v>
       </c>
       <c r="B696" s="2">
         <v>160</v>
       </c>
       <c r="C696" s="2">
         <v>122233</v>
       </c>
       <c r="D696" s="2" t="s">
-        <v>1167</v>
+        <v>1168</v>
       </c>
       <c r="E696" s="2" t="s">
-        <v>1168</v>
+        <v>1169</v>
       </c>
       <c r="F696" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="697" spans="1:6">
       <c r="A697" s="2">
         <v>690</v>
       </c>
       <c r="B697" s="2">
         <v>160</v>
       </c>
       <c r="C697" s="2">
-        <v>105842</v>
+        <v>110341</v>
       </c>
       <c r="D697" s="2" t="s">
-        <v>1169</v>
+        <v>1170</v>
       </c>
       <c r="E697" s="2" t="s">
-        <v>1170</v>
+        <v>1171</v>
       </c>
       <c r="F697" s="2" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
     </row>
     <row r="698" spans="1:6">
       <c r="A698" s="2">
         <v>690</v>
       </c>
       <c r="B698" s="2">
         <v>160</v>
       </c>
       <c r="C698" s="2">
-        <v>122679</v>
-[...1 lines deleted...]
-      <c r="D698" s="2"/>
+        <v>122975</v>
+      </c>
+      <c r="D698" s="2" t="s">
+        <v>1172</v>
+      </c>
       <c r="E698" s="2" t="s">
-        <v>1171</v>
+        <v>1173</v>
       </c>
       <c r="F698" s="2" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
     </row>
     <row r="699" spans="1:6">
       <c r="A699" s="2">
         <v>690</v>
       </c>
       <c r="B699" s="2">
         <v>160</v>
       </c>
       <c r="C699" s="2">
-        <v>122975</v>
-[...3 lines deleted...]
-      </c>
+        <v>122397</v>
+      </c>
+      <c r="D699" s="2"/>
       <c r="E699" s="2" t="s">
-        <v>1173</v>
+        <v>1174</v>
       </c>
       <c r="F699" s="2" t="s">
-        <v>27</v>
+        <v>11</v>
       </c>
     </row>
     <row r="700" spans="1:6">
       <c r="A700" s="2">
         <v>690</v>
       </c>
       <c r="B700" s="2">
         <v>160</v>
       </c>
       <c r="C700" s="2">
-        <v>110341</v>
-[...3 lines deleted...]
-      </c>
+        <v>122445</v>
+      </c>
+      <c r="D700" s="2"/>
       <c r="E700" s="2" t="s">
         <v>1175</v>
       </c>
       <c r="F700" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="701" spans="1:6">
       <c r="A701" s="2">
         <v>690</v>
       </c>
       <c r="B701" s="2">
         <v>160</v>
       </c>
       <c r="C701" s="2">
-        <v>122720</v>
+        <v>119155</v>
       </c>
       <c r="D701" s="2" t="s">
+        <v>149</v>
+      </c>
+      <c r="E701" s="2" t="s">
         <v>1176</v>
       </c>
-      <c r="E701" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F701" s="2" t="s">
-        <v>277</v>
+        <v>8</v>
       </c>
     </row>
     <row r="702" spans="1:6">
       <c r="A702" s="2">
         <v>690</v>
       </c>
       <c r="B702" s="2">
         <v>160</v>
       </c>
       <c r="C702" s="2">
-        <v>122036</v>
+        <v>105882</v>
       </c>
       <c r="D702" s="2" t="s">
-        <v>583</v>
+        <v>1177</v>
       </c>
       <c r="E702" s="2" t="s">
-        <v>1177</v>
-[...1 lines deleted...]
-      <c r="F702" s="2"/>
+        <v>1178</v>
+      </c>
+      <c r="F702" s="2" t="s">
+        <v>8</v>
+      </c>
     </row>
     <row r="703" spans="1:6">
       <c r="A703" s="2">
         <v>690</v>
       </c>
       <c r="B703" s="2">
         <v>160</v>
       </c>
       <c r="C703" s="2">
-        <v>119155</v>
+        <v>122720</v>
       </c>
       <c r="D703" s="2" t="s">
-        <v>149</v>
+        <v>1179</v>
       </c>
       <c r="E703" s="2" t="s">
-        <v>1178</v>
+        <v>286</v>
       </c>
       <c r="F703" s="2" t="s">
-        <v>8</v>
+        <v>287</v>
       </c>
     </row>
     <row r="704" spans="1:6">
       <c r="A704" s="2">
         <v>690</v>
       </c>
       <c r="B704" s="2">
         <v>160</v>
       </c>
       <c r="C704" s="2">
-        <v>105882</v>
-[...3 lines deleted...]
-      </c>
+        <v>122599</v>
+      </c>
+      <c r="D704" s="2"/>
       <c r="E704" s="2" t="s">
-        <v>1180</v>
+        <v>691</v>
       </c>
       <c r="F704" s="2" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
     </row>
     <row r="705" spans="1:6">
       <c r="A705" s="2">
         <v>690</v>
       </c>
       <c r="B705" s="2">
         <v>160</v>
       </c>
       <c r="C705" s="2">
         <v>122635</v>
       </c>
       <c r="D705" s="2" t="s">
-        <v>627</v>
+        <v>629</v>
       </c>
       <c r="E705" s="2" t="s">
-        <v>1181</v>
+        <v>1180</v>
       </c>
       <c r="F705" s="2" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="706" spans="1:6">
       <c r="A706" s="2">
         <v>690</v>
       </c>
       <c r="B706" s="2">
         <v>160</v>
       </c>
       <c r="C706" s="2">
-        <v>122397</v>
+        <v>122073</v>
       </c>
       <c r="D706" s="2"/>
       <c r="E706" s="2" t="s">
-        <v>1182</v>
+        <v>1181</v>
       </c>
       <c r="F706" s="2" t="s">
-        <v>11</v>
+        <v>101</v>
       </c>
     </row>
     <row r="707" spans="1:6">
       <c r="A707" s="2">
         <v>690</v>
       </c>
       <c r="B707" s="2">
         <v>160</v>
       </c>
       <c r="C707" s="2">
-        <v>122445</v>
+        <v>122679</v>
       </c>
       <c r="D707" s="2"/>
       <c r="E707" s="2" t="s">
-        <v>1183</v>
+        <v>1182</v>
       </c>
       <c r="F707" s="2" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
     </row>
     <row r="708" spans="1:6">
       <c r="A708" s="2">
         <v>690</v>
       </c>
       <c r="B708" s="2">
         <v>160</v>
       </c>
       <c r="C708" s="2">
-        <v>121992</v>
+        <v>122282</v>
       </c>
       <c r="D708" s="2" t="s">
+        <v>1183</v>
+      </c>
+      <c r="E708" s="2" t="s">
         <v>1184</v>
       </c>
-      <c r="E708" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F708" s="2" t="s">
-        <v>439</v>
+        <v>11</v>
       </c>
     </row>
     <row r="709" spans="1:6">
       <c r="A709" s="2">
         <v>690</v>
       </c>
       <c r="B709" s="2">
         <v>160</v>
       </c>
       <c r="C709" s="2">
-        <v>122073</v>
-[...1 lines deleted...]
-      <c r="D709" s="2"/>
+        <v>101560</v>
+      </c>
+      <c r="D709" s="2" t="s">
+        <v>1185</v>
+      </c>
       <c r="E709" s="2" t="s">
         <v>1186</v>
       </c>
       <c r="F709" s="2" t="s">
-        <v>103</v>
+        <v>19</v>
       </c>
     </row>
     <row r="710" spans="1:6">
       <c r="A710" s="2">
         <v>690</v>
       </c>
       <c r="B710" s="2">
         <v>160</v>
       </c>
       <c r="C710" s="2">
-        <v>121011</v>
+        <v>121992</v>
       </c>
       <c r="D710" s="2" t="s">
         <v>1187</v>
       </c>
       <c r="E710" s="2" t="s">
         <v>1188</v>
       </c>
       <c r="F710" s="2" t="s">
-        <v>8</v>
+        <v>451</v>
       </c>
     </row>
     <row r="711" spans="1:6">
       <c r="A711" s="2">
         <v>710</v>
       </c>
       <c r="B711" s="2">
         <v>100</v>
       </c>
       <c r="C711" s="2">
-        <v>122636</v>
-[...1 lines deleted...]
-      <c r="D711" s="2"/>
+        <v>122637</v>
+      </c>
+      <c r="D711" s="2" t="s">
+        <v>1189</v>
+      </c>
       <c r="E711" s="2" t="s">
-        <v>1189</v>
+        <v>1190</v>
       </c>
       <c r="F711" s="2" t="s">
-        <v>32</v>
+        <v>16</v>
       </c>
     </row>
     <row r="712" spans="1:6">
       <c r="A712" s="2">
         <v>710</v>
       </c>
       <c r="B712" s="2">
         <v>100</v>
       </c>
       <c r="C712" s="2">
-        <v>121994</v>
-[...3 lines deleted...]
-      </c>
+        <v>122636</v>
+      </c>
+      <c r="D712" s="2"/>
       <c r="E712" s="2" t="s">
         <v>1191</v>
       </c>
       <c r="F712" s="2" t="s">
-        <v>63</v>
+        <v>32</v>
       </c>
     </row>
     <row r="713" spans="1:6">
       <c r="A713" s="2">
         <v>710</v>
       </c>
       <c r="B713" s="2">
         <v>100</v>
       </c>
       <c r="C713" s="2">
-        <v>122637</v>
+        <v>121994</v>
       </c>
       <c r="D713" s="2" t="s">
         <v>1192</v>
       </c>
       <c r="E713" s="2" t="s">
         <v>1193</v>
       </c>
       <c r="F713" s="2" t="s">
-        <v>16</v>
+        <v>63</v>
       </c>
     </row>
     <row r="714" spans="1:6">
       <c r="A714" s="2">
         <v>713</v>
       </c>
       <c r="B714" s="2">
         <v>0</v>
       </c>
       <c r="C714" s="2">
-        <v>120970</v>
-[...1 lines deleted...]
-      <c r="D714" s="2"/>
+        <v>113390</v>
+      </c>
+      <c r="D714" s="2" t="s">
+        <v>1194</v>
+      </c>
       <c r="E714" s="2" t="s">
-        <v>1194</v>
+        <v>1195</v>
       </c>
       <c r="F714" s="2" t="s">
-        <v>8</v>
+        <v>487</v>
       </c>
     </row>
     <row r="715" spans="1:6">
       <c r="A715" s="2">
         <v>713</v>
       </c>
       <c r="B715" s="2">
         <v>0</v>
       </c>
       <c r="C715" s="2">
-        <v>122446</v>
-[...1 lines deleted...]
-      <c r="D715" s="2"/>
+        <v>122202</v>
+      </c>
+      <c r="D715" s="2" t="s">
+        <v>1196</v>
+      </c>
       <c r="E715" s="2" t="s">
-        <v>1195</v>
+        <v>1197</v>
       </c>
       <c r="F715" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="716" spans="1:6">
       <c r="A716" s="2">
         <v>713</v>
       </c>
       <c r="B716" s="2">
         <v>0</v>
       </c>
       <c r="C716" s="2">
-        <v>121798</v>
+        <v>121526</v>
       </c>
       <c r="D716" s="2" t="s">
-        <v>327</v>
+        <v>1198</v>
       </c>
       <c r="E716" s="2" t="s">
-        <v>1196</v>
+        <v>1199</v>
       </c>
       <c r="F716" s="2" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="717" spans="1:6">
       <c r="A717" s="2">
         <v>713</v>
       </c>
       <c r="B717" s="2">
         <v>0</v>
       </c>
       <c r="C717" s="2">
-        <v>118669</v>
+        <v>107970</v>
       </c>
       <c r="D717" s="2" t="s">
-        <v>1197</v>
+        <v>149</v>
       </c>
       <c r="E717" s="2" t="s">
-        <v>1198</v>
+        <v>1200</v>
       </c>
       <c r="F717" s="2" t="s">
-        <v>19</v>
+        <v>55</v>
       </c>
     </row>
     <row r="718" spans="1:6">
       <c r="A718" s="2">
         <v>713</v>
       </c>
       <c r="B718" s="2">
         <v>0</v>
       </c>
       <c r="C718" s="2">
-        <v>122660</v>
-[...1 lines deleted...]
-      <c r="D718" s="2"/>
+        <v>114717</v>
+      </c>
+      <c r="D718" s="2" t="s">
+        <v>1201</v>
+      </c>
       <c r="E718" s="2" t="s">
-        <v>1199</v>
+        <v>1202</v>
       </c>
       <c r="F718" s="2" t="s">
-        <v>19</v>
+        <v>44</v>
       </c>
     </row>
     <row r="719" spans="1:6">
       <c r="A719" s="2">
         <v>713</v>
       </c>
       <c r="B719" s="2">
         <v>0</v>
       </c>
       <c r="C719" s="2">
-        <v>121794</v>
+        <v>122198</v>
       </c>
       <c r="D719" s="2" t="s">
-        <v>1200</v>
+        <v>1203</v>
       </c>
       <c r="E719" s="2" t="s">
-        <v>1201</v>
+        <v>1204</v>
       </c>
       <c r="F719" s="2" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
     </row>
     <row r="720" spans="1:6">
       <c r="A720" s="2">
         <v>713</v>
       </c>
       <c r="B720" s="2">
         <v>0</v>
       </c>
       <c r="C720" s="2">
-        <v>110264</v>
-[...3 lines deleted...]
-      </c>
+        <v>122657</v>
+      </c>
+      <c r="D720" s="2"/>
       <c r="E720" s="2" t="s">
-        <v>1202</v>
+        <v>1205</v>
       </c>
       <c r="F720" s="2" t="s">
-        <v>19</v>
+        <v>44</v>
       </c>
     </row>
     <row r="721" spans="1:6">
       <c r="A721" s="2">
         <v>713</v>
       </c>
       <c r="B721" s="2">
         <v>0</v>
       </c>
       <c r="C721" s="2">
-        <v>122653</v>
-[...1 lines deleted...]
-      <c r="D721" s="2"/>
+        <v>122195</v>
+      </c>
+      <c r="D721" s="2" t="s">
+        <v>332</v>
+      </c>
       <c r="E721" s="2" t="s">
-        <v>1203</v>
+        <v>1206</v>
       </c>
       <c r="F721" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="722" spans="1:6">
       <c r="A722" s="2">
         <v>713</v>
       </c>
       <c r="B722" s="2">
         <v>0</v>
       </c>
       <c r="C722" s="2">
-        <v>103441</v>
+        <v>121951</v>
       </c>
       <c r="D722" s="2" t="s">
-        <v>1204</v>
+        <v>1207</v>
       </c>
       <c r="E722" s="2" t="s">
-        <v>1205</v>
+        <v>1208</v>
       </c>
       <c r="F722" s="2" t="s">
-        <v>8</v>
+        <v>37</v>
       </c>
     </row>
     <row r="723" spans="1:6">
       <c r="A723" s="2">
         <v>713</v>
       </c>
       <c r="B723" s="2">
         <v>0</v>
       </c>
       <c r="C723" s="2">
-        <v>105425</v>
+        <v>122184</v>
       </c>
       <c r="D723" s="2" t="s">
-        <v>1206</v>
+        <v>352</v>
       </c>
       <c r="E723" s="2" t="s">
-        <v>425</v>
-[...3 lines deleted...]
-      </c>
+        <v>87</v>
+      </c>
+      <c r="F723" s="2"/>
     </row>
     <row r="724" spans="1:6">
       <c r="A724" s="2">
         <v>713</v>
       </c>
       <c r="B724" s="2">
         <v>0</v>
       </c>
       <c r="C724" s="2">
-        <v>122262</v>
+        <v>122192</v>
       </c>
       <c r="D724" s="2" t="s">
-        <v>1207</v>
+        <v>1209</v>
       </c>
       <c r="E724" s="2" t="s">
-        <v>1208</v>
+        <v>456</v>
       </c>
       <c r="F724" s="2" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
     </row>
     <row r="725" spans="1:6">
       <c r="A725" s="2">
         <v>713</v>
       </c>
       <c r="B725" s="2">
         <v>0</v>
       </c>
       <c r="C725" s="2">
-        <v>122191</v>
+        <v>122187</v>
       </c>
       <c r="D725" s="2" t="s">
-        <v>1209</v>
+        <v>1210</v>
       </c>
       <c r="E725" s="2" t="s">
-        <v>1210</v>
+        <v>1211</v>
       </c>
       <c r="F725" s="2" t="s">
-        <v>229</v>
+        <v>19</v>
       </c>
     </row>
     <row r="726" spans="1:6">
       <c r="A726" s="2">
         <v>713</v>
       </c>
       <c r="B726" s="2">
         <v>0</v>
       </c>
       <c r="C726" s="2">
-        <v>115256</v>
+        <v>122185</v>
       </c>
       <c r="D726" s="2" t="s">
-        <v>1211</v>
+        <v>1212</v>
       </c>
       <c r="E726" s="2" t="s">
-        <v>1212</v>
+        <v>1213</v>
       </c>
       <c r="F726" s="2" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
     </row>
     <row r="727" spans="1:6">
       <c r="A727" s="2">
         <v>713</v>
       </c>
       <c r="B727" s="2">
         <v>0</v>
       </c>
       <c r="C727" s="2">
-        <v>101147</v>
+        <v>122181</v>
       </c>
       <c r="D727" s="2" t="s">
-        <v>764</v>
+        <v>1214</v>
       </c>
       <c r="E727" s="2" t="s">
-        <v>1213</v>
+        <v>1215</v>
       </c>
       <c r="F727" s="2" t="s">
-        <v>293</v>
+        <v>19</v>
       </c>
     </row>
     <row r="728" spans="1:6">
       <c r="A728" s="2">
         <v>713</v>
       </c>
       <c r="B728" s="2">
         <v>0</v>
       </c>
       <c r="C728" s="2">
-        <v>121270</v>
+        <v>114974</v>
       </c>
       <c r="D728" s="2" t="s">
-        <v>156</v>
+        <v>1216</v>
       </c>
       <c r="E728" s="2" t="s">
-        <v>157</v>
+        <v>1217</v>
       </c>
       <c r="F728" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="729" spans="1:6">
       <c r="A729" s="2">
         <v>713</v>
       </c>
       <c r="B729" s="2">
         <v>0</v>
       </c>
       <c r="C729" s="2">
-        <v>122258</v>
+        <v>122644</v>
       </c>
       <c r="D729" s="2" t="s">
-        <v>1214</v>
+        <v>151</v>
       </c>
       <c r="E729" s="2" t="s">
-        <v>1215</v>
+        <v>1218</v>
       </c>
       <c r="F729" s="2" t="s">
-        <v>11</v>
+        <v>320</v>
       </c>
     </row>
     <row r="730" spans="1:6">
       <c r="A730" s="2">
         <v>713</v>
       </c>
       <c r="B730" s="2">
         <v>0</v>
       </c>
       <c r="C730" s="2">
-        <v>118664</v>
+        <v>100707</v>
       </c>
       <c r="D730" s="2" t="s">
-        <v>1216</v>
+        <v>1219</v>
       </c>
       <c r="E730" s="2" t="s">
-        <v>1217</v>
+        <v>18</v>
       </c>
       <c r="F730" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="731" spans="1:6">
       <c r="A731" s="2">
         <v>713</v>
       </c>
       <c r="B731" s="2">
         <v>0</v>
       </c>
       <c r="C731" s="2">
-        <v>122213</v>
+        <v>121803</v>
       </c>
       <c r="D731" s="2" t="s">
-        <v>1218</v>
+        <v>1220</v>
       </c>
       <c r="E731" s="2" t="s">
-        <v>1219</v>
+        <v>1221</v>
       </c>
       <c r="F731" s="2" t="s">
-        <v>19</v>
+        <v>8</v>
       </c>
     </row>
     <row r="732" spans="1:6">
       <c r="A732" s="2">
         <v>713</v>
       </c>
       <c r="B732" s="2">
         <v>0</v>
       </c>
       <c r="C732" s="2">
-        <v>122208</v>
-[...3 lines deleted...]
-      </c>
+        <v>122459</v>
+      </c>
+      <c r="D732" s="2"/>
       <c r="E732" s="2" t="s">
-        <v>1221</v>
+        <v>1222</v>
       </c>
       <c r="F732" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="733" spans="1:6">
       <c r="A733" s="2">
         <v>713</v>
       </c>
       <c r="B733" s="2">
         <v>0</v>
       </c>
       <c r="C733" s="2">
-        <v>105776</v>
+        <v>110237</v>
       </c>
       <c r="D733" s="2" t="s">
-        <v>1222</v>
+        <v>1223</v>
       </c>
       <c r="E733" s="2" t="s">
-        <v>1223</v>
+        <v>1224</v>
       </c>
       <c r="F733" s="2" t="s">
-        <v>8</v>
+        <v>27</v>
       </c>
     </row>
     <row r="734" spans="1:6">
       <c r="A734" s="2">
         <v>713</v>
       </c>
       <c r="B734" s="2">
         <v>0</v>
       </c>
       <c r="C734" s="2">
-        <v>122205</v>
-[...3 lines deleted...]
-      </c>
+        <v>120970</v>
+      </c>
+      <c r="D734" s="2"/>
       <c r="E734" s="2" t="s">
         <v>1225</v>
       </c>
       <c r="F734" s="2" t="s">
-        <v>19</v>
+        <v>8</v>
       </c>
     </row>
     <row r="735" spans="1:6">
       <c r="A735" s="2">
         <v>713</v>
       </c>
       <c r="B735" s="2">
         <v>0</v>
       </c>
       <c r="C735" s="2">
-        <v>106043</v>
+        <v>122175</v>
       </c>
       <c r="D735" s="2" t="s">
         <v>1226</v>
       </c>
       <c r="E735" s="2" t="s">
         <v>1227</v>
       </c>
       <c r="F735" s="2" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
     </row>
     <row r="736" spans="1:6">
       <c r="A736" s="2">
         <v>713</v>
       </c>
       <c r="B736" s="2">
         <v>0</v>
       </c>
       <c r="C736" s="2">
-        <v>122202</v>
+        <v>121798</v>
       </c>
       <c r="D736" s="2" t="s">
+        <v>327</v>
+      </c>
+      <c r="E736" s="2" t="s">
         <v>1228</v>
       </c>
-      <c r="E736" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F736" s="2" t="s">
-        <v>19</v>
+        <v>8</v>
       </c>
     </row>
     <row r="737" spans="1:6">
       <c r="A737" s="2">
         <v>713</v>
       </c>
       <c r="B737" s="2">
         <v>0</v>
       </c>
       <c r="C737" s="2">
-        <v>122140</v>
+        <v>122456</v>
       </c>
       <c r="D737" s="2"/>
       <c r="E737" s="2" t="s">
-        <v>1230</v>
+        <v>1229</v>
       </c>
       <c r="F737" s="2" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
     </row>
     <row r="738" spans="1:6">
       <c r="A738" s="2">
         <v>713</v>
       </c>
       <c r="B738" s="2">
         <v>0</v>
       </c>
       <c r="C738" s="2">
-        <v>122198</v>
+        <v>122174</v>
       </c>
       <c r="D738" s="2" t="s">
+        <v>1230</v>
+      </c>
+      <c r="E738" s="2" t="s">
         <v>1231</v>
-      </c>
-[...1 lines deleted...]
-        <v>1232</v>
       </c>
       <c r="F738" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="739" spans="1:6">
       <c r="A739" s="2">
         <v>713</v>
       </c>
       <c r="B739" s="2">
         <v>0</v>
       </c>
       <c r="C739" s="2">
-        <v>122138</v>
-[...1 lines deleted...]
-      <c r="D739" s="2"/>
+        <v>122640</v>
+      </c>
+      <c r="D739" s="2" t="s">
+        <v>1232</v>
+      </c>
       <c r="E739" s="2" t="s">
         <v>1233</v>
       </c>
       <c r="F739" s="2" t="s">
-        <v>8</v>
+        <v>63</v>
       </c>
     </row>
     <row r="740" spans="1:6">
       <c r="A740" s="2">
         <v>713</v>
       </c>
       <c r="B740" s="2">
         <v>0</v>
       </c>
       <c r="C740" s="2">
-        <v>122195</v>
+        <v>121794</v>
       </c>
       <c r="D740" s="2" t="s">
-        <v>346</v>
+        <v>1234</v>
       </c>
       <c r="E740" s="2" t="s">
-        <v>1234</v>
+        <v>1235</v>
       </c>
       <c r="F740" s="2" t="s">
-        <v>19</v>
+        <v>8</v>
       </c>
     </row>
     <row r="741" spans="1:6">
       <c r="A741" s="2">
         <v>713</v>
       </c>
       <c r="B741" s="2">
         <v>0</v>
       </c>
       <c r="C741" s="2">
-        <v>122192</v>
+        <v>110175</v>
       </c>
       <c r="D741" s="2" t="s">
-        <v>1235</v>
+        <v>1236</v>
       </c>
       <c r="E741" s="2" t="s">
-        <v>425</v>
+        <v>383</v>
       </c>
       <c r="F741" s="2" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
     </row>
     <row r="742" spans="1:6">
       <c r="A742" s="2">
         <v>713</v>
       </c>
       <c r="B742" s="2">
         <v>0</v>
       </c>
       <c r="C742" s="2">
-        <v>122135</v>
+        <v>122453</v>
       </c>
       <c r="D742" s="2"/>
       <c r="E742" s="2" t="s">
-        <v>1236</v>
+        <v>1237</v>
       </c>
       <c r="F742" s="2" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
     </row>
     <row r="743" spans="1:6">
       <c r="A743" s="2">
         <v>713</v>
       </c>
       <c r="B743" s="2">
         <v>0</v>
       </c>
       <c r="C743" s="2">
-        <v>122187</v>
-[...3 lines deleted...]
-      </c>
+        <v>122660</v>
+      </c>
+      <c r="D743" s="2"/>
       <c r="E743" s="2" t="s">
         <v>1238</v>
       </c>
       <c r="F743" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="744" spans="1:6">
       <c r="A744" s="2">
         <v>713</v>
       </c>
       <c r="B744" s="2">
         <v>0</v>
       </c>
       <c r="C744" s="2">
-        <v>122805</v>
-[...1 lines deleted...]
-      <c r="D744" s="2"/>
+        <v>103441</v>
+      </c>
+      <c r="D744" s="2" t="s">
+        <v>1239</v>
+      </c>
       <c r="E744" s="2" t="s">
-        <v>1239</v>
+        <v>1240</v>
       </c>
       <c r="F744" s="2" t="s">
-        <v>44</v>
+        <v>8</v>
       </c>
     </row>
     <row r="745" spans="1:6">
       <c r="A745" s="2">
         <v>713</v>
       </c>
       <c r="B745" s="2">
         <v>0</v>
       </c>
       <c r="C745" s="2">
-        <v>122185</v>
+        <v>118668</v>
       </c>
       <c r="D745" s="2" t="s">
-        <v>1240</v>
+        <v>1241</v>
       </c>
       <c r="E745" s="2" t="s">
-        <v>1241</v>
+        <v>1242</v>
       </c>
       <c r="F745" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="746" spans="1:6">
       <c r="A746" s="2">
         <v>713</v>
       </c>
       <c r="B746" s="2">
         <v>0</v>
       </c>
       <c r="C746" s="2">
-        <v>122762</v>
+        <v>122601</v>
       </c>
       <c r="D746" s="2" t="s">
-        <v>152</v>
+        <v>1243</v>
       </c>
       <c r="E746" s="2" t="s">
-        <v>1242</v>
-[...1 lines deleted...]
-      <c r="F746" s="2"/>
+        <v>1244</v>
+      </c>
+      <c r="F746" s="2" t="s">
+        <v>63</v>
+      </c>
     </row>
     <row r="747" spans="1:6">
       <c r="A747" s="2">
         <v>713</v>
       </c>
       <c r="B747" s="2">
         <v>0</v>
       </c>
       <c r="C747" s="2">
-        <v>122658</v>
+        <v>122450</v>
       </c>
       <c r="D747" s="2"/>
       <c r="E747" s="2" t="s">
-        <v>1243</v>
+        <v>1245</v>
       </c>
       <c r="F747" s="2" t="s">
-        <v>44</v>
+        <v>19</v>
       </c>
     </row>
     <row r="748" spans="1:6">
       <c r="A748" s="2">
         <v>713</v>
       </c>
       <c r="B748" s="2">
         <v>0</v>
       </c>
       <c r="C748" s="2">
-        <v>122181</v>
-[...3 lines deleted...]
-      </c>
+        <v>122653</v>
+      </c>
+      <c r="D748" s="2"/>
       <c r="E748" s="2" t="s">
-        <v>1245</v>
+        <v>1246</v>
       </c>
       <c r="F748" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="749" spans="1:6">
       <c r="A749" s="2">
         <v>713</v>
       </c>
       <c r="B749" s="2">
         <v>0</v>
       </c>
       <c r="C749" s="2">
-        <v>122758</v>
+        <v>115334</v>
       </c>
       <c r="D749" s="2" t="s">
-        <v>266</v>
+        <v>1247</v>
       </c>
       <c r="E749" s="2" t="s">
-        <v>1246</v>
-[...1 lines deleted...]
-      <c r="F749" s="2"/>
+        <v>468</v>
+      </c>
+      <c r="F749" s="2" t="s">
+        <v>19</v>
+      </c>
     </row>
     <row r="750" spans="1:6">
       <c r="A750" s="2">
-        <v>713</v>
+        <v>0</v>
       </c>
       <c r="B750" s="2">
         <v>0</v>
       </c>
       <c r="C750" s="2">
-        <v>114974</v>
-[...3 lines deleted...]
-      </c>
+        <v>122447</v>
+      </c>
+      <c r="D750" s="2"/>
       <c r="E750" s="2" t="s">
         <v>1248</v>
       </c>
       <c r="F750" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="751" spans="1:6">
       <c r="A751" s="2">
         <v>713</v>
       </c>
       <c r="B751" s="2">
         <v>0</v>
       </c>
       <c r="C751" s="2">
-        <v>100707</v>
+        <v>115330</v>
       </c>
       <c r="D751" s="2" t="s">
+        <v>193</v>
+      </c>
+      <c r="E751" s="2" t="s">
         <v>1249</v>
-      </c>
-[...1 lines deleted...]
-        <v>18</v>
       </c>
       <c r="F751" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="752" spans="1:6">
       <c r="A752" s="2">
         <v>713</v>
       </c>
       <c r="B752" s="2">
         <v>0</v>
       </c>
       <c r="C752" s="2">
-        <v>122755</v>
+        <v>115256</v>
       </c>
       <c r="D752" s="2" t="s">
         <v>1250</v>
       </c>
       <c r="E752" s="2" t="s">
         <v>1251</v>
       </c>
-      <c r="F752" s="2"/>
+      <c r="F752" s="2" t="s">
+        <v>8</v>
+      </c>
     </row>
     <row r="753" spans="1:6">
       <c r="A753" s="2">
         <v>713</v>
       </c>
       <c r="B753" s="2">
         <v>0</v>
       </c>
       <c r="C753" s="2">
-        <v>122234</v>
+        <v>118676</v>
       </c>
       <c r="D753" s="2" t="s">
         <v>1252</v>
       </c>
       <c r="E753" s="2" t="s">
         <v>1253</v>
       </c>
       <c r="F753" s="2" t="s">
-        <v>44</v>
+        <v>19</v>
       </c>
     </row>
     <row r="754" spans="1:6">
       <c r="A754" s="2">
         <v>713</v>
       </c>
       <c r="B754" s="2">
         <v>0</v>
       </c>
       <c r="C754" s="2">
-        <v>122459</v>
+        <v>120550</v>
       </c>
       <c r="D754" s="2"/>
       <c r="E754" s="2" t="s">
         <v>1254</v>
       </c>
       <c r="F754" s="2" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
     </row>
     <row r="755" spans="1:6">
       <c r="A755" s="2">
         <v>713</v>
       </c>
       <c r="B755" s="2">
         <v>0</v>
       </c>
       <c r="C755" s="2">
-        <v>119121</v>
+        <v>122539</v>
       </c>
       <c r="D755" s="2" t="s">
         <v>1255</v>
       </c>
       <c r="E755" s="2" t="s">
-        <v>399</v>
+        <v>1256</v>
       </c>
       <c r="F755" s="2" t="s">
-        <v>44</v>
+        <v>19</v>
       </c>
     </row>
     <row r="756" spans="1:6">
       <c r="A756" s="2">
         <v>713</v>
       </c>
       <c r="B756" s="2">
         <v>0</v>
       </c>
       <c r="C756" s="2">
-        <v>122456</v>
-[...1 lines deleted...]
-      <c r="D756" s="2"/>
+        <v>122763</v>
+      </c>
+      <c r="D756" s="2" t="s">
+        <v>1257</v>
+      </c>
       <c r="E756" s="2" t="s">
-        <v>1256</v>
-[...3 lines deleted...]
-      </c>
+        <v>1258</v>
+      </c>
+      <c r="F756" s="2"/>
     </row>
     <row r="757" spans="1:6">
       <c r="A757" s="2">
         <v>713</v>
       </c>
       <c r="B757" s="2">
         <v>0</v>
       </c>
       <c r="C757" s="2">
-        <v>114216</v>
+        <v>122759</v>
       </c>
       <c r="D757" s="2" t="s">
-        <v>1257</v>
+        <v>202</v>
       </c>
       <c r="E757" s="2" t="s">
-        <v>1258</v>
-[...3 lines deleted...]
-      </c>
+        <v>1259</v>
+      </c>
+      <c r="F757" s="2"/>
     </row>
     <row r="758" spans="1:6">
       <c r="A758" s="2">
         <v>713</v>
       </c>
       <c r="B758" s="2">
         <v>0</v>
       </c>
       <c r="C758" s="2">
-        <v>122175</v>
+        <v>105776</v>
       </c>
       <c r="D758" s="2" t="s">
-        <v>1259</v>
+        <v>1260</v>
       </c>
       <c r="E758" s="2" t="s">
-        <v>1260</v>
+        <v>1261</v>
       </c>
       <c r="F758" s="2" t="s">
-        <v>19</v>
+        <v>8</v>
       </c>
     </row>
     <row r="759" spans="1:6">
       <c r="A759" s="2">
         <v>713</v>
       </c>
       <c r="B759" s="2">
         <v>0</v>
       </c>
       <c r="C759" s="2">
-        <v>110175</v>
+        <v>122756</v>
       </c>
       <c r="D759" s="2" t="s">
-        <v>1261</v>
+        <v>1262</v>
       </c>
       <c r="E759" s="2" t="s">
-        <v>380</v>
-[...3 lines deleted...]
-      </c>
+        <v>1263</v>
+      </c>
+      <c r="F759" s="2"/>
     </row>
     <row r="760" spans="1:6">
       <c r="A760" s="2">
         <v>713</v>
       </c>
       <c r="B760" s="2">
         <v>0</v>
       </c>
       <c r="C760" s="2">
-        <v>122453</v>
-[...1 lines deleted...]
-      <c r="D760" s="2"/>
+        <v>122214</v>
+      </c>
+      <c r="D760" s="2" t="s">
+        <v>1264</v>
+      </c>
       <c r="E760" s="2" t="s">
-        <v>1262</v>
+        <v>1265</v>
       </c>
       <c r="F760" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="761" spans="1:6">
       <c r="A761" s="2">
         <v>713</v>
       </c>
       <c r="B761" s="2">
         <v>0</v>
       </c>
       <c r="C761" s="2">
-        <v>115842</v>
+        <v>122262</v>
       </c>
       <c r="D761" s="2" t="s">
-        <v>1263</v>
+        <v>1266</v>
       </c>
       <c r="E761" s="2" t="s">
-        <v>1264</v>
+        <v>1267</v>
       </c>
       <c r="F761" s="2" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
     </row>
     <row r="762" spans="1:6">
       <c r="A762" s="2">
         <v>713</v>
       </c>
       <c r="B762" s="2">
         <v>0</v>
       </c>
       <c r="C762" s="2">
-        <v>122174</v>
+        <v>106043</v>
       </c>
       <c r="D762" s="2" t="s">
-        <v>1265</v>
+        <v>1268</v>
       </c>
       <c r="E762" s="2" t="s">
-        <v>1266</v>
+        <v>1269</v>
       </c>
       <c r="F762" s="2" t="s">
-        <v>19</v>
+        <v>8</v>
       </c>
     </row>
     <row r="763" spans="1:6">
       <c r="A763" s="2">
         <v>713</v>
       </c>
       <c r="B763" s="2">
         <v>0</v>
       </c>
       <c r="C763" s="2">
-        <v>122450</v>
-[...1 lines deleted...]
-      <c r="D763" s="2"/>
+        <v>122191</v>
+      </c>
+      <c r="D763" s="2" t="s">
+        <v>1270</v>
+      </c>
       <c r="E763" s="2" t="s">
-        <v>1267</v>
+        <v>1271</v>
       </c>
       <c r="F763" s="2" t="s">
-        <v>19</v>
+        <v>242</v>
       </c>
     </row>
     <row r="764" spans="1:6">
       <c r="A764" s="2">
         <v>713</v>
       </c>
       <c r="B764" s="2">
         <v>0</v>
       </c>
       <c r="C764" s="2">
-        <v>121804</v>
+        <v>122750</v>
       </c>
       <c r="D764" s="2" t="s">
-        <v>1226</v>
+        <v>1272</v>
       </c>
       <c r="E764" s="2" t="s">
-        <v>1268</v>
-[...3 lines deleted...]
-      </c>
+        <v>1273</v>
+      </c>
+      <c r="F764" s="2"/>
     </row>
     <row r="765" spans="1:6">
       <c r="A765" s="2">
         <v>713</v>
       </c>
       <c r="B765" s="2">
         <v>0</v>
       </c>
       <c r="C765" s="2">
-        <v>118668</v>
+        <v>122211</v>
       </c>
       <c r="D765" s="2" t="s">
-        <v>1269</v>
+        <v>1274</v>
       </c>
       <c r="E765" s="2" t="s">
-        <v>1270</v>
+        <v>1275</v>
       </c>
       <c r="F765" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="766" spans="1:6">
       <c r="A766" s="2">
-        <v>0</v>
+        <v>713</v>
       </c>
       <c r="B766" s="2">
         <v>0</v>
       </c>
       <c r="C766" s="2">
-        <v>122447</v>
-[...1 lines deleted...]
-      <c r="D766" s="2"/>
+        <v>122258</v>
+      </c>
+      <c r="D766" s="2" t="s">
+        <v>1276</v>
+      </c>
       <c r="E766" s="2" t="s">
-        <v>1271</v>
+        <v>1277</v>
       </c>
       <c r="F766" s="2" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
     </row>
     <row r="767" spans="1:6">
       <c r="A767" s="2">
         <v>713</v>
       </c>
       <c r="B767" s="2">
         <v>0</v>
       </c>
       <c r="C767" s="2">
-        <v>121801</v>
-[...3 lines deleted...]
-      </c>
+        <v>122140</v>
+      </c>
+      <c r="D767" s="2"/>
       <c r="E767" s="2" t="s">
-        <v>1273</v>
+        <v>1278</v>
       </c>
       <c r="F767" s="2" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="768" spans="1:6">
       <c r="A768" s="2">
         <v>713</v>
       </c>
       <c r="B768" s="2">
         <v>0</v>
       </c>
       <c r="C768" s="2">
-        <v>115334</v>
+        <v>101510</v>
       </c>
       <c r="D768" s="2" t="s">
-        <v>1274</v>
+        <v>1279</v>
       </c>
       <c r="E768" s="2" t="s">
-        <v>502</v>
+        <v>1280</v>
       </c>
       <c r="F768" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="769" spans="1:6">
       <c r="A769" s="2">
         <v>713</v>
       </c>
       <c r="B769" s="2">
         <v>0</v>
       </c>
       <c r="C769" s="2">
-        <v>122661</v>
-[...1 lines deleted...]
-      <c r="D769" s="2"/>
+        <v>122206</v>
+      </c>
+      <c r="D769" s="2" t="s">
+        <v>1281</v>
+      </c>
       <c r="E769" s="2" t="s">
-        <v>1275</v>
+        <v>1282</v>
       </c>
       <c r="F769" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="770" spans="1:6">
       <c r="A770" s="2">
         <v>713</v>
       </c>
       <c r="B770" s="2">
         <v>0</v>
       </c>
       <c r="C770" s="2">
-        <v>122752</v>
-[...3 lines deleted...]
-      </c>
+        <v>122138</v>
+      </c>
+      <c r="D770" s="2"/>
       <c r="E770" s="2" t="s">
-        <v>1277</v>
+        <v>1283</v>
       </c>
       <c r="F770" s="2" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="771" spans="1:6">
       <c r="A771" s="2">
         <v>713</v>
       </c>
       <c r="B771" s="2">
         <v>0</v>
       </c>
       <c r="C771" s="2">
-        <v>121951</v>
+        <v>122203</v>
       </c>
       <c r="D771" s="2" t="s">
-        <v>1278</v>
+        <v>1284</v>
       </c>
       <c r="E771" s="2" t="s">
-        <v>1279</v>
+        <v>1285</v>
       </c>
       <c r="F771" s="2" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="772" spans="1:6">
       <c r="A772" s="2">
         <v>713</v>
       </c>
       <c r="B772" s="2">
         <v>0</v>
       </c>
       <c r="C772" s="2">
-        <v>121795</v>
-[...3 lines deleted...]
-      </c>
+        <v>122135</v>
+      </c>
+      <c r="D772" s="2"/>
       <c r="E772" s="2" t="s">
-        <v>1281</v>
+        <v>1286</v>
       </c>
       <c r="F772" s="2" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="773" spans="1:6">
       <c r="A773" s="2">
         <v>713</v>
       </c>
       <c r="B773" s="2">
         <v>0</v>
       </c>
       <c r="C773" s="2">
-        <v>115330</v>
-[...3 lines deleted...]
-      </c>
+        <v>122805</v>
+      </c>
+      <c r="D773" s="2"/>
       <c r="E773" s="2" t="s">
-        <v>1282</v>
+        <v>1287</v>
       </c>
       <c r="F773" s="2" t="s">
-        <v>19</v>
+        <v>44</v>
       </c>
     </row>
     <row r="774" spans="1:6">
       <c r="A774" s="2">
         <v>713</v>
       </c>
       <c r="B774" s="2">
         <v>0</v>
       </c>
       <c r="C774" s="2">
-        <v>122654</v>
-[...1 lines deleted...]
-      <c r="D774" s="2"/>
+        <v>122199</v>
+      </c>
+      <c r="D774" s="2" t="s">
+        <v>1288</v>
+      </c>
       <c r="E774" s="2" t="s">
-        <v>1283</v>
+        <v>1289</v>
       </c>
       <c r="F774" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="775" spans="1:6">
       <c r="A775" s="2">
         <v>713</v>
       </c>
       <c r="B775" s="2">
         <v>0</v>
       </c>
       <c r="C775" s="2">
-        <v>122184</v>
-[...3 lines deleted...]
-      </c>
+        <v>122658</v>
+      </c>
+      <c r="D775" s="2"/>
       <c r="E775" s="2" t="s">
-        <v>87</v>
-[...1 lines deleted...]
-      <c r="F775" s="2"/>
+        <v>1290</v>
+      </c>
+      <c r="F775" s="2" t="s">
+        <v>44</v>
+      </c>
     </row>
     <row r="776" spans="1:6">
       <c r="A776" s="2">
         <v>713</v>
       </c>
       <c r="B776" s="2">
         <v>0</v>
       </c>
       <c r="C776" s="2">
-        <v>122656</v>
-[...1 lines deleted...]
-      <c r="D776" s="2"/>
+        <v>122196</v>
+      </c>
+      <c r="D776" s="2" t="s">
+        <v>400</v>
+      </c>
       <c r="E776" s="2" t="s">
-        <v>1284</v>
+        <v>1291</v>
       </c>
       <c r="F776" s="2" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
     </row>
     <row r="777" spans="1:6">
       <c r="A777" s="2">
         <v>713</v>
       </c>
       <c r="B777" s="2">
         <v>0</v>
       </c>
       <c r="C777" s="2">
-        <v>106004</v>
+        <v>122193</v>
       </c>
       <c r="D777" s="2" t="s">
-        <v>1250</v>
+        <v>1292</v>
       </c>
       <c r="E777" s="2" t="s">
-        <v>1285</v>
+        <v>396</v>
       </c>
       <c r="F777" s="2" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
     </row>
     <row r="778" spans="1:6">
       <c r="A778" s="2">
         <v>713</v>
       </c>
       <c r="B778" s="2">
         <v>0</v>
       </c>
       <c r="C778" s="2">
-        <v>118676</v>
+        <v>122234</v>
       </c>
       <c r="D778" s="2" t="s">
-        <v>1286</v>
+        <v>1293</v>
       </c>
       <c r="E778" s="2" t="s">
-        <v>1287</v>
+        <v>1294</v>
       </c>
       <c r="F778" s="2" t="s">
-        <v>19</v>
+        <v>44</v>
       </c>
     </row>
     <row r="779" spans="1:6">
       <c r="A779" s="2">
         <v>713</v>
       </c>
       <c r="B779" s="2">
         <v>0</v>
       </c>
       <c r="C779" s="2">
-        <v>121790</v>
+        <v>122188</v>
       </c>
       <c r="D779" s="2" t="s">
-        <v>1288</v>
+        <v>1295</v>
       </c>
       <c r="E779" s="2" t="s">
-        <v>1289</v>
+        <v>1296</v>
       </c>
       <c r="F779" s="2" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
     </row>
     <row r="780" spans="1:6">
       <c r="A780" s="2">
         <v>713</v>
       </c>
       <c r="B780" s="2">
         <v>0</v>
       </c>
       <c r="C780" s="2">
-        <v>122263</v>
+        <v>119121</v>
       </c>
       <c r="D780" s="2" t="s">
-        <v>1290</v>
+        <v>1297</v>
       </c>
       <c r="E780" s="2" t="s">
-        <v>1291</v>
+        <v>400</v>
       </c>
       <c r="F780" s="2" t="s">
-        <v>11</v>
+        <v>44</v>
       </c>
     </row>
     <row r="781" spans="1:6">
       <c r="A781" s="2">
         <v>713</v>
       </c>
       <c r="B781" s="2">
         <v>0</v>
       </c>
       <c r="C781" s="2">
-        <v>110205</v>
+        <v>122186</v>
       </c>
       <c r="D781" s="2" t="s">
-        <v>1292</v>
+        <v>1298</v>
       </c>
       <c r="E781" s="2" t="s">
-        <v>425</v>
+        <v>1299</v>
       </c>
       <c r="F781" s="2" t="s">
-        <v>229</v>
+        <v>19</v>
       </c>
     </row>
     <row r="782" spans="1:6">
       <c r="A782" s="2">
         <v>713</v>
       </c>
       <c r="B782" s="2">
         <v>0</v>
       </c>
       <c r="C782" s="2">
-        <v>122260</v>
+        <v>114216</v>
       </c>
       <c r="D782" s="2" t="s">
-        <v>1293</v>
+        <v>1300</v>
       </c>
       <c r="E782" s="2" t="s">
-        <v>1291</v>
+        <v>1301</v>
       </c>
       <c r="F782" s="2" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
     </row>
     <row r="783" spans="1:6">
       <c r="A783" s="2">
         <v>713</v>
       </c>
       <c r="B783" s="2">
         <v>0</v>
       </c>
       <c r="C783" s="2">
-        <v>103274</v>
+        <v>118674</v>
       </c>
       <c r="D783" s="2" t="s">
-        <v>1294</v>
+        <v>1302</v>
       </c>
       <c r="E783" s="2" t="s">
-        <v>1295</v>
+        <v>456</v>
       </c>
       <c r="F783" s="2" t="s">
-        <v>229</v>
+        <v>19</v>
       </c>
     </row>
     <row r="784" spans="1:6">
       <c r="A784" s="2">
         <v>713</v>
       </c>
       <c r="B784" s="2">
         <v>0</v>
       </c>
       <c r="C784" s="2">
-        <v>122644</v>
+        <v>115842</v>
       </c>
       <c r="D784" s="2" t="s">
-        <v>152</v>
+        <v>1303</v>
       </c>
       <c r="E784" s="2" t="s">
-        <v>1296</v>
+        <v>1304</v>
       </c>
       <c r="F784" s="2" t="s">
-        <v>293</v>
+        <v>8</v>
       </c>
     </row>
     <row r="785" spans="1:6">
       <c r="A785" s="2">
         <v>713</v>
       </c>
       <c r="B785" s="2">
         <v>0</v>
       </c>
       <c r="C785" s="2">
-        <v>122539</v>
+        <v>106208</v>
       </c>
       <c r="D785" s="2" t="s">
-        <v>1297</v>
+        <v>1305</v>
       </c>
       <c r="E785" s="2" t="s">
-        <v>1298</v>
+        <v>1306</v>
       </c>
       <c r="F785" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="786" spans="1:6">
       <c r="A786" s="2">
         <v>713</v>
       </c>
       <c r="B786" s="2">
         <v>0</v>
       </c>
       <c r="C786" s="2">
-        <v>122256</v>
+        <v>101967</v>
       </c>
       <c r="D786" s="2" t="s">
-        <v>1299</v>
+        <v>1307</v>
       </c>
       <c r="E786" s="2" t="s">
-        <v>1300</v>
+        <v>1308</v>
       </c>
       <c r="F786" s="2" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
     </row>
     <row r="787" spans="1:6">
       <c r="A787" s="2">
         <v>713</v>
       </c>
       <c r="B787" s="2">
         <v>0</v>
       </c>
       <c r="C787" s="2">
-        <v>122214</v>
+        <v>122179</v>
       </c>
       <c r="D787" s="2" t="s">
-        <v>1301</v>
+        <v>1309</v>
       </c>
       <c r="E787" s="2" t="s">
-        <v>1302</v>
+        <v>1310</v>
       </c>
       <c r="F787" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="788" spans="1:6">
       <c r="A788" s="2">
         <v>713</v>
       </c>
       <c r="B788" s="2">
         <v>0</v>
       </c>
       <c r="C788" s="2">
-        <v>122497</v>
-[...1 lines deleted...]
-      <c r="D788" s="2"/>
+        <v>121804</v>
+      </c>
+      <c r="D788" s="2" t="s">
+        <v>1268</v>
+      </c>
       <c r="E788" s="2" t="s">
-        <v>1303</v>
+        <v>1311</v>
       </c>
       <c r="F788" s="2" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
     </row>
     <row r="789" spans="1:6">
       <c r="A789" s="2">
         <v>713</v>
       </c>
       <c r="B789" s="2">
         <v>0</v>
       </c>
       <c r="C789" s="2">
-        <v>122211</v>
+        <v>122177</v>
       </c>
       <c r="D789" s="2" t="s">
-        <v>1304</v>
+        <v>1312</v>
       </c>
       <c r="E789" s="2" t="s">
-        <v>1305</v>
+        <v>1313</v>
       </c>
       <c r="F789" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="790" spans="1:6">
       <c r="A790" s="2">
         <v>713</v>
       </c>
       <c r="B790" s="2">
         <v>0</v>
       </c>
       <c r="C790" s="2">
-        <v>101510</v>
+        <v>121801</v>
       </c>
       <c r="D790" s="2" t="s">
-        <v>1306</v>
+        <v>1314</v>
       </c>
       <c r="E790" s="2" t="s">
-        <v>1307</v>
+        <v>1315</v>
       </c>
       <c r="F790" s="2" t="s">
-        <v>19</v>
+        <v>8</v>
       </c>
     </row>
     <row r="791" spans="1:6">
       <c r="A791" s="2">
         <v>713</v>
       </c>
       <c r="B791" s="2">
         <v>0</v>
       </c>
       <c r="C791" s="2">
-        <v>122206</v>
-[...3 lines deleted...]
-      </c>
+        <v>122457</v>
+      </c>
+      <c r="D791" s="2"/>
       <c r="E791" s="2" t="s">
-        <v>1309</v>
+        <v>1316</v>
       </c>
       <c r="F791" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="792" spans="1:6">
       <c r="A792" s="2">
         <v>713</v>
       </c>
       <c r="B792" s="2">
         <v>0</v>
       </c>
       <c r="C792" s="2">
-        <v>122143</v>
-[...1 lines deleted...]
-      <c r="D792" s="2"/>
+        <v>122752</v>
+      </c>
+      <c r="D792" s="2" t="s">
+        <v>1317</v>
+      </c>
       <c r="E792" s="2" t="s">
-        <v>1310</v>
+        <v>1318</v>
       </c>
       <c r="F792" s="2" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="793" spans="1:6">
       <c r="A793" s="2">
         <v>713</v>
       </c>
       <c r="B793" s="2">
         <v>0</v>
       </c>
       <c r="C793" s="2">
-        <v>122203</v>
+        <v>121795</v>
       </c>
       <c r="D793" s="2" t="s">
-        <v>1311</v>
+        <v>1319</v>
       </c>
       <c r="E793" s="2" t="s">
-        <v>1312</v>
+        <v>1320</v>
       </c>
       <c r="F793" s="2" t="s">
-        <v>19</v>
+        <v>8</v>
       </c>
     </row>
     <row r="794" spans="1:6">
       <c r="A794" s="2">
         <v>713</v>
       </c>
       <c r="B794" s="2">
         <v>0</v>
       </c>
       <c r="C794" s="2">
-        <v>102514</v>
+        <v>111941</v>
       </c>
       <c r="D794" s="2" t="s">
-        <v>1313</v>
+        <v>1321</v>
       </c>
       <c r="E794" s="2" t="s">
-        <v>1314</v>
+        <v>1322</v>
       </c>
       <c r="F794" s="2" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
     </row>
     <row r="795" spans="1:6">
       <c r="A795" s="2">
         <v>713</v>
       </c>
       <c r="B795" s="2">
         <v>0</v>
       </c>
       <c r="C795" s="2">
-        <v>122199</v>
-[...3 lines deleted...]
-      </c>
+        <v>122454</v>
+      </c>
+      <c r="D795" s="2"/>
       <c r="E795" s="2" t="s">
-        <v>1316</v>
+        <v>1323</v>
       </c>
       <c r="F795" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="796" spans="1:6">
       <c r="A796" s="2">
         <v>713</v>
       </c>
       <c r="B796" s="2">
         <v>0</v>
       </c>
       <c r="C796" s="2">
-        <v>122139</v>
+        <v>122661</v>
       </c>
       <c r="D796" s="2"/>
       <c r="E796" s="2" t="s">
-        <v>1317</v>
+        <v>1324</v>
       </c>
       <c r="F796" s="2" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
     </row>
     <row r="797" spans="1:6">
       <c r="A797" s="2">
         <v>713</v>
       </c>
       <c r="B797" s="2">
         <v>0</v>
       </c>
       <c r="C797" s="2">
-        <v>122196</v>
-[...3 lines deleted...]
-      </c>
+        <v>122656</v>
+      </c>
+      <c r="D797" s="2"/>
       <c r="E797" s="2" t="s">
-        <v>1318</v>
+        <v>1325</v>
       </c>
       <c r="F797" s="2" t="s">
-        <v>19</v>
+        <v>8</v>
       </c>
     </row>
     <row r="798" spans="1:6">
       <c r="A798" s="2">
         <v>713</v>
       </c>
       <c r="B798" s="2">
         <v>0</v>
       </c>
       <c r="C798" s="2">
-        <v>122193</v>
+        <v>118809</v>
       </c>
       <c r="D798" s="2" t="s">
-        <v>1319</v>
+        <v>1326</v>
       </c>
       <c r="E798" s="2" t="s">
-        <v>402</v>
+        <v>750</v>
       </c>
       <c r="F798" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="799" spans="1:6">
       <c r="A799" s="2">
         <v>713</v>
       </c>
       <c r="B799" s="2">
         <v>0</v>
       </c>
       <c r="C799" s="2">
-        <v>120550</v>
+        <v>122499</v>
       </c>
       <c r="D799" s="2"/>
       <c r="E799" s="2" t="s">
-        <v>1320</v>
+        <v>1327</v>
       </c>
       <c r="F799" s="2" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="800" spans="1:6">
       <c r="A800" s="2">
         <v>713</v>
       </c>
       <c r="B800" s="2">
         <v>0</v>
       </c>
       <c r="C800" s="2">
-        <v>122188</v>
+        <v>106004</v>
       </c>
       <c r="D800" s="2" t="s">
-        <v>1321</v>
+        <v>1328</v>
       </c>
       <c r="E800" s="2" t="s">
-        <v>1322</v>
+        <v>1329</v>
       </c>
       <c r="F800" s="2" t="s">
-        <v>19</v>
+        <v>8</v>
       </c>
     </row>
     <row r="801" spans="1:6">
       <c r="A801" s="2">
         <v>713</v>
       </c>
       <c r="B801" s="2">
         <v>0</v>
       </c>
       <c r="C801" s="2">
-        <v>122540</v>
-[...3 lines deleted...]
-      </c>
+        <v>122451</v>
+      </c>
+      <c r="D801" s="2"/>
       <c r="E801" s="2" t="s">
-        <v>1324</v>
+        <v>1330</v>
       </c>
       <c r="F801" s="2" t="s">
-        <v>566</v>
+        <v>19</v>
       </c>
     </row>
     <row r="802" spans="1:6">
       <c r="A802" s="2">
         <v>713</v>
       </c>
       <c r="B802" s="2">
         <v>0</v>
       </c>
       <c r="C802" s="2">
-        <v>106023</v>
-[...3 lines deleted...]
-      </c>
+        <v>122654</v>
+      </c>
+      <c r="D802" s="2"/>
       <c r="E802" s="2" t="s">
-        <v>1326</v>
+        <v>1331</v>
       </c>
       <c r="F802" s="2" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
     </row>
     <row r="803" spans="1:6">
       <c r="A803" s="2">
         <v>713</v>
       </c>
       <c r="B803" s="2">
         <v>0</v>
       </c>
       <c r="C803" s="2">
-        <v>122186</v>
+        <v>110285</v>
       </c>
       <c r="D803" s="2" t="s">
-        <v>1327</v>
+        <v>1332</v>
       </c>
       <c r="E803" s="2" t="s">
-        <v>1328</v>
+        <v>1333</v>
       </c>
       <c r="F803" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="804" spans="1:6">
       <c r="A804" s="2">
         <v>713</v>
       </c>
       <c r="B804" s="2">
         <v>0</v>
       </c>
       <c r="C804" s="2">
-        <v>121966</v>
+        <v>121790</v>
       </c>
       <c r="D804" s="2" t="s">
-        <v>1329</v>
+        <v>1334</v>
       </c>
       <c r="E804" s="2" t="s">
-        <v>1330</v>
+        <v>1335</v>
       </c>
       <c r="F804" s="2" t="s">
-        <v>238</v>
+        <v>8</v>
       </c>
     </row>
     <row r="805" spans="1:6">
       <c r="A805" s="2">
         <v>713</v>
       </c>
       <c r="B805" s="2">
         <v>0</v>
       </c>
       <c r="C805" s="2">
-        <v>122763</v>
-[...3 lines deleted...]
-      </c>
+        <v>122448</v>
+      </c>
+      <c r="D805" s="2"/>
       <c r="E805" s="2" t="s">
-        <v>1332</v>
-[...1 lines deleted...]
-      <c r="F805" s="2"/>
+        <v>1336</v>
+      </c>
+      <c r="F805" s="2" t="s">
+        <v>19</v>
+      </c>
     </row>
     <row r="806" spans="1:6">
       <c r="A806" s="2">
         <v>713</v>
       </c>
       <c r="B806" s="2">
         <v>0</v>
       </c>
       <c r="C806" s="2">
-        <v>122680</v>
+        <v>110371</v>
       </c>
       <c r="D806" s="2" t="s">
-        <v>1190</v>
+        <v>1337</v>
       </c>
       <c r="E806" s="2" t="s">
-        <v>1333</v>
+        <v>1338</v>
       </c>
       <c r="F806" s="2" t="s">
-        <v>63</v>
+        <v>19</v>
       </c>
     </row>
     <row r="807" spans="1:6">
       <c r="A807" s="2">
         <v>713</v>
       </c>
       <c r="B807" s="2">
         <v>0</v>
       </c>
       <c r="C807" s="2">
-        <v>118674</v>
+        <v>110166</v>
       </c>
       <c r="D807" s="2" t="s">
-        <v>1334</v>
+        <v>1339</v>
       </c>
       <c r="E807" s="2" t="s">
-        <v>425</v>
+        <v>1340</v>
       </c>
       <c r="F807" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="808" spans="1:6">
       <c r="A808" s="2">
         <v>713</v>
       </c>
       <c r="B808" s="2">
         <v>0</v>
       </c>
       <c r="C808" s="2">
-        <v>122759</v>
+        <v>122604</v>
       </c>
       <c r="D808" s="2" t="s">
-        <v>200</v>
+        <v>1341</v>
       </c>
       <c r="E808" s="2" t="s">
-        <v>1335</v>
-[...1 lines deleted...]
-      <c r="F808" s="2"/>
+        <v>1342</v>
+      </c>
+      <c r="F808" s="2" t="s">
+        <v>37</v>
+      </c>
     </row>
     <row r="809" spans="1:6">
       <c r="A809" s="2">
         <v>713</v>
       </c>
       <c r="B809" s="2">
         <v>0</v>
       </c>
       <c r="C809" s="2">
-        <v>106208</v>
+        <v>122171</v>
       </c>
       <c r="D809" s="2" t="s">
-        <v>1336</v>
+        <v>1343</v>
       </c>
       <c r="E809" s="2" t="s">
-        <v>1337</v>
+        <v>1344</v>
       </c>
       <c r="F809" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="810" spans="1:6">
       <c r="A810" s="2">
         <v>713</v>
       </c>
       <c r="B810" s="2">
         <v>0</v>
       </c>
       <c r="C810" s="2">
-        <v>122652</v>
+        <v>122427</v>
       </c>
       <c r="D810" s="2"/>
       <c r="E810" s="2" t="s">
-        <v>1338</v>
+        <v>303</v>
       </c>
       <c r="F810" s="2" t="s">
-        <v>44</v>
+        <v>19</v>
       </c>
     </row>
     <row r="811" spans="1:6">
       <c r="A811" s="2">
         <v>713</v>
       </c>
       <c r="B811" s="2">
         <v>0</v>
       </c>
       <c r="C811" s="2">
-        <v>101967</v>
+        <v>122764</v>
       </c>
       <c r="D811" s="2" t="s">
-        <v>1339</v>
+        <v>281</v>
       </c>
       <c r="E811" s="2" t="s">
-        <v>1340</v>
-[...3 lines deleted...]
-      </c>
+        <v>1345</v>
+      </c>
+      <c r="F811" s="2"/>
     </row>
     <row r="812" spans="1:6">
       <c r="A812" s="2">
         <v>713</v>
       </c>
       <c r="B812" s="2">
         <v>0</v>
       </c>
       <c r="C812" s="2">
-        <v>122179</v>
+        <v>101552</v>
       </c>
       <c r="D812" s="2" t="s">
-        <v>1341</v>
+        <v>1346</v>
       </c>
       <c r="E812" s="2" t="s">
-        <v>1342</v>
+        <v>1347</v>
       </c>
       <c r="F812" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="813" spans="1:6">
       <c r="A813" s="2">
         <v>713</v>
       </c>
       <c r="B813" s="2">
         <v>0</v>
       </c>
       <c r="C813" s="2">
-        <v>122756</v>
+        <v>122761</v>
       </c>
       <c r="D813" s="2" t="s">
-        <v>1343</v>
+        <v>14</v>
       </c>
       <c r="E813" s="2" t="s">
-        <v>1344</v>
+        <v>1348</v>
       </c>
       <c r="F813" s="2"/>
     </row>
     <row r="814" spans="1:6">
       <c r="A814" s="2">
         <v>713</v>
       </c>
       <c r="B814" s="2">
         <v>0</v>
       </c>
       <c r="C814" s="2">
-        <v>122750</v>
+        <v>122757</v>
       </c>
       <c r="D814" s="2" t="s">
-        <v>1345</v>
+        <v>1349</v>
       </c>
       <c r="E814" s="2" t="s">
-        <v>1346</v>
+        <v>1350</v>
       </c>
       <c r="F814" s="2"/>
     </row>
     <row r="815" spans="1:6">
       <c r="A815" s="2">
         <v>713</v>
       </c>
       <c r="B815" s="2">
         <v>0</v>
       </c>
       <c r="C815" s="2">
-        <v>122457</v>
-[...1 lines deleted...]
-      <c r="D815" s="2"/>
+        <v>106266</v>
+      </c>
+      <c r="D815" s="2" t="s">
+        <v>1351</v>
+      </c>
       <c r="E815" s="2" t="s">
-        <v>1347</v>
+        <v>846</v>
       </c>
       <c r="F815" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="816" spans="1:6">
       <c r="A816" s="2">
         <v>713</v>
       </c>
       <c r="B816" s="2">
         <v>0</v>
       </c>
       <c r="C816" s="2">
-        <v>122177</v>
+        <v>122263</v>
       </c>
       <c r="D816" s="2" t="s">
-        <v>1348</v>
+        <v>1352</v>
       </c>
       <c r="E816" s="2" t="s">
-        <v>1349</v>
+        <v>1353</v>
       </c>
       <c r="F816" s="2" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
     </row>
     <row r="817" spans="1:6">
       <c r="A817" s="2">
         <v>713</v>
       </c>
       <c r="B817" s="2">
         <v>0</v>
       </c>
       <c r="C817" s="2">
-        <v>111941</v>
-[...3 lines deleted...]
-      </c>
+        <v>122143</v>
+      </c>
+      <c r="D817" s="2"/>
       <c r="E817" s="2" t="s">
-        <v>1351</v>
+        <v>1354</v>
       </c>
       <c r="F817" s="2" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
     </row>
     <row r="818" spans="1:6">
       <c r="A818" s="2">
         <v>713</v>
       </c>
       <c r="B818" s="2">
         <v>0</v>
       </c>
       <c r="C818" s="2">
-        <v>122454</v>
-[...1 lines deleted...]
-      <c r="D818" s="2"/>
+        <v>110205</v>
+      </c>
+      <c r="D818" s="2" t="s">
+        <v>1355</v>
+      </c>
       <c r="E818" s="2" t="s">
-        <v>1352</v>
+        <v>456</v>
       </c>
       <c r="F818" s="2" t="s">
-        <v>19</v>
+        <v>242</v>
       </c>
     </row>
     <row r="819" spans="1:6">
       <c r="A819" s="2">
         <v>713</v>
       </c>
       <c r="B819" s="2">
         <v>0</v>
       </c>
       <c r="C819" s="2">
-        <v>121961</v>
+        <v>122753</v>
       </c>
       <c r="D819" s="2" t="s">
-        <v>1353</v>
+        <v>1356</v>
       </c>
       <c r="E819" s="2" t="s">
-        <v>1354</v>
-[...3 lines deleted...]
-      </c>
+        <v>1357</v>
+      </c>
+      <c r="F819" s="2"/>
     </row>
     <row r="820" spans="1:6">
       <c r="A820" s="2">
         <v>713</v>
       </c>
       <c r="B820" s="2">
         <v>0</v>
       </c>
       <c r="C820" s="2">
-        <v>122451</v>
-[...1 lines deleted...]
-      <c r="D820" s="2"/>
+        <v>122212</v>
+      </c>
+      <c r="D820" s="2" t="s">
+        <v>1358</v>
+      </c>
       <c r="E820" s="2" t="s">
-        <v>1355</v>
+        <v>1359</v>
       </c>
       <c r="F820" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="821" spans="1:6">
       <c r="A821" s="2">
         <v>713</v>
       </c>
       <c r="B821" s="2">
         <v>0</v>
       </c>
       <c r="C821" s="2">
-        <v>121806</v>
+        <v>122260</v>
       </c>
       <c r="D821" s="2" t="s">
-        <v>1356</v>
+        <v>1360</v>
       </c>
       <c r="E821" s="2" t="s">
-        <v>1357</v>
+        <v>1353</v>
       </c>
       <c r="F821" s="2" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
     </row>
     <row r="822" spans="1:6">
       <c r="A822" s="2">
         <v>713</v>
       </c>
       <c r="B822" s="2">
         <v>0</v>
       </c>
       <c r="C822" s="2">
-        <v>118809</v>
+        <v>102514</v>
       </c>
       <c r="D822" s="2" t="s">
-        <v>1358</v>
+        <v>1361</v>
       </c>
       <c r="E822" s="2" t="s">
-        <v>762</v>
+        <v>1362</v>
       </c>
       <c r="F822" s="2" t="s">
-        <v>19</v>
+        <v>8</v>
       </c>
     </row>
     <row r="823" spans="1:6">
       <c r="A823" s="2">
-        <v>0</v>
+        <v>713</v>
       </c>
       <c r="B823" s="2">
         <v>0</v>
       </c>
       <c r="C823" s="2">
-        <v>109867</v>
+        <v>103274</v>
       </c>
       <c r="D823" s="2" t="s">
-        <v>1359</v>
+        <v>1363</v>
       </c>
       <c r="E823" s="2" t="s">
-        <v>1360</v>
+        <v>1364</v>
       </c>
       <c r="F823" s="2" t="s">
-        <v>373</v>
+        <v>242</v>
       </c>
     </row>
     <row r="824" spans="1:6">
       <c r="A824" s="2">
         <v>713</v>
       </c>
       <c r="B824" s="2">
         <v>0</v>
       </c>
       <c r="C824" s="2">
-        <v>104714</v>
+        <v>122207</v>
       </c>
       <c r="D824" s="2" t="s">
-        <v>1361</v>
+        <v>1365</v>
       </c>
       <c r="E824" s="2" t="s">
-        <v>1362</v>
+        <v>1366</v>
       </c>
       <c r="F824" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="825" spans="1:6">
       <c r="A825" s="2">
         <v>713</v>
       </c>
       <c r="B825" s="2">
         <v>0</v>
       </c>
       <c r="C825" s="2">
-        <v>122448</v>
-[...1 lines deleted...]
-      <c r="D825" s="2"/>
+        <v>122256</v>
+      </c>
+      <c r="D825" s="2" t="s">
+        <v>1367</v>
+      </c>
       <c r="E825" s="2" t="s">
-        <v>1363</v>
+        <v>1368</v>
       </c>
       <c r="F825" s="2" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
     </row>
     <row r="826" spans="1:6">
       <c r="A826" s="2">
         <v>713</v>
       </c>
       <c r="B826" s="2">
         <v>0</v>
       </c>
       <c r="C826" s="2">
-        <v>121802</v>
-[...3 lines deleted...]
-      </c>
+        <v>122139</v>
+      </c>
+      <c r="D826" s="2"/>
       <c r="E826" s="2" t="s">
-        <v>1365</v>
+        <v>1369</v>
       </c>
       <c r="F826" s="2" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="827" spans="1:6">
       <c r="A827" s="2">
         <v>713</v>
       </c>
       <c r="B827" s="2">
         <v>0</v>
       </c>
       <c r="C827" s="2">
-        <v>110285</v>
+        <v>122204</v>
       </c>
       <c r="D827" s="2" t="s">
-        <v>1366</v>
+        <v>1370</v>
       </c>
       <c r="E827" s="2" t="s">
-        <v>1367</v>
+        <v>1371</v>
       </c>
       <c r="F827" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="828" spans="1:6">
       <c r="A828" s="2">
         <v>713</v>
       </c>
       <c r="B828" s="2">
         <v>0</v>
       </c>
       <c r="C828" s="2">
-        <v>122721</v>
-[...3 lines deleted...]
-      </c>
+        <v>122497</v>
+      </c>
+      <c r="D828" s="2"/>
       <c r="E828" s="2" t="s">
-        <v>276</v>
+        <v>1372</v>
       </c>
       <c r="F828" s="2" t="s">
-        <v>277</v>
+        <v>27</v>
       </c>
     </row>
     <row r="829" spans="1:6">
       <c r="A829" s="2">
         <v>713</v>
       </c>
       <c r="B829" s="2">
         <v>0</v>
       </c>
       <c r="C829" s="2">
-        <v>122662</v>
-[...1 lines deleted...]
-      <c r="D829" s="2"/>
+        <v>122540</v>
+      </c>
+      <c r="D829" s="2" t="s">
+        <v>1373</v>
+      </c>
       <c r="E829" s="2" t="s">
-        <v>1369</v>
+        <v>1374</v>
       </c>
       <c r="F829" s="2" t="s">
-        <v>19</v>
+        <v>573</v>
       </c>
     </row>
     <row r="830" spans="1:6">
       <c r="A830" s="2">
         <v>713</v>
       </c>
       <c r="B830" s="2">
         <v>0</v>
       </c>
       <c r="C830" s="2">
-        <v>120327</v>
+        <v>122553</v>
       </c>
       <c r="D830" s="2" t="s">
-        <v>1370</v>
+        <v>1375</v>
       </c>
       <c r="E830" s="2" t="s">
-        <v>1371</v>
-[...3 lines deleted...]
-      </c>
+        <v>1376</v>
+      </c>
+      <c r="F830" s="2"/>
     </row>
     <row r="831" spans="1:6">
       <c r="A831" s="2">
         <v>713</v>
       </c>
       <c r="B831" s="2">
         <v>0</v>
       </c>
       <c r="C831" s="2">
-        <v>121797</v>
+        <v>122200</v>
       </c>
       <c r="D831" s="2" t="s">
-        <v>1372</v>
+        <v>1377</v>
       </c>
       <c r="E831" s="2" t="s">
-        <v>1373</v>
+        <v>1378</v>
       </c>
       <c r="F831" s="2" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
     </row>
     <row r="832" spans="1:6">
       <c r="A832" s="2">
         <v>713</v>
       </c>
       <c r="B832" s="2">
         <v>0</v>
       </c>
       <c r="C832" s="2">
-        <v>110371</v>
+        <v>106023</v>
       </c>
       <c r="D832" s="2" t="s">
-        <v>1374</v>
+        <v>1379</v>
       </c>
       <c r="E832" s="2" t="s">
-        <v>1375</v>
+        <v>1380</v>
       </c>
       <c r="F832" s="2" t="s">
-        <v>19</v>
+        <v>8</v>
       </c>
     </row>
     <row r="833" spans="1:6">
       <c r="A833" s="2">
         <v>713</v>
       </c>
       <c r="B833" s="2">
         <v>0</v>
       </c>
       <c r="C833" s="2">
-        <v>122655</v>
-[...1 lines deleted...]
-      <c r="D833" s="2"/>
+        <v>121966</v>
+      </c>
+      <c r="D833" s="2" t="s">
+        <v>1381</v>
+      </c>
       <c r="E833" s="2" t="s">
-        <v>1376</v>
+        <v>1382</v>
       </c>
       <c r="F833" s="2" t="s">
-        <v>19</v>
+        <v>198</v>
       </c>
     </row>
     <row r="834" spans="1:6">
       <c r="A834" s="2">
         <v>713</v>
       </c>
       <c r="B834" s="2">
         <v>0</v>
       </c>
       <c r="C834" s="2">
-        <v>110166</v>
+        <v>122197</v>
       </c>
       <c r="D834" s="2" t="s">
-        <v>1377</v>
+        <v>1383</v>
       </c>
       <c r="E834" s="2" t="s">
-        <v>1378</v>
+        <v>1384</v>
       </c>
       <c r="F834" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="835" spans="1:6">
       <c r="A835" s="2">
         <v>713</v>
       </c>
       <c r="B835" s="2">
         <v>0</v>
       </c>
       <c r="C835" s="2">
-        <v>115265</v>
-[...3 lines deleted...]
-      </c>
+        <v>122652</v>
+      </c>
+      <c r="D835" s="2"/>
       <c r="E835" s="2" t="s">
-        <v>1380</v>
+        <v>1385</v>
       </c>
       <c r="F835" s="2" t="s">
-        <v>8</v>
+        <v>44</v>
       </c>
     </row>
     <row r="836" spans="1:6">
       <c r="A836" s="2">
         <v>713</v>
       </c>
       <c r="B836" s="2">
         <v>0</v>
       </c>
       <c r="C836" s="2">
-        <v>121791</v>
+        <v>122194</v>
       </c>
       <c r="D836" s="2" t="s">
-        <v>1381</v>
+        <v>1386</v>
       </c>
       <c r="E836" s="2" t="s">
-        <v>1382</v>
+        <v>1387</v>
       </c>
       <c r="F836" s="2" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
     </row>
     <row r="837" spans="1:6">
       <c r="A837" s="2">
         <v>713</v>
       </c>
       <c r="B837" s="2">
         <v>0</v>
       </c>
       <c r="C837" s="2">
-        <v>122171</v>
+        <v>122189</v>
       </c>
       <c r="D837" s="2" t="s">
-        <v>1383</v>
+        <v>1388</v>
       </c>
       <c r="E837" s="2" t="s">
-        <v>1384</v>
+        <v>591</v>
       </c>
       <c r="F837" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="838" spans="1:6">
       <c r="A838" s="2">
         <v>713</v>
       </c>
       <c r="B838" s="2">
         <v>0</v>
       </c>
       <c r="C838" s="2">
-        <v>122414</v>
+        <v>118673</v>
       </c>
       <c r="D838" s="2" t="s">
-        <v>1385</v>
+        <v>1389</v>
       </c>
       <c r="E838" s="2" t="s">
-        <v>1386</v>
+        <v>1390</v>
       </c>
       <c r="F838" s="2" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
     </row>
     <row r="839" spans="1:6">
       <c r="A839" s="2">
         <v>713</v>
       </c>
       <c r="B839" s="2">
         <v>0</v>
       </c>
       <c r="C839" s="2">
-        <v>121788</v>
+        <v>122183</v>
       </c>
       <c r="D839" s="2" t="s">
-        <v>1387</v>
+        <v>1391</v>
       </c>
       <c r="E839" s="2" t="s">
-        <v>1388</v>
+        <v>1392</v>
       </c>
       <c r="F839" s="2" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
     </row>
     <row r="840" spans="1:6">
       <c r="A840" s="2">
         <v>713</v>
       </c>
       <c r="B840" s="2">
         <v>0</v>
       </c>
       <c r="C840" s="2">
-        <v>122261</v>
+        <v>121961</v>
       </c>
       <c r="D840" s="2" t="s">
-        <v>1389</v>
+        <v>1393</v>
       </c>
       <c r="E840" s="2" t="s">
-        <v>1390</v>
+        <v>1394</v>
       </c>
       <c r="F840" s="2" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
     </row>
     <row r="841" spans="1:6">
       <c r="A841" s="2">
         <v>713</v>
       </c>
       <c r="B841" s="2">
         <v>0</v>
       </c>
       <c r="C841" s="2">
-        <v>103239</v>
+        <v>101147</v>
       </c>
       <c r="D841" s="2" t="s">
-        <v>1391</v>
+        <v>729</v>
       </c>
       <c r="E841" s="2" t="s">
-        <v>1392</v>
+        <v>1395</v>
       </c>
       <c r="F841" s="2" t="s">
-        <v>229</v>
+        <v>320</v>
       </c>
     </row>
     <row r="842" spans="1:6">
       <c r="A842" s="2">
         <v>713</v>
       </c>
       <c r="B842" s="2">
         <v>0</v>
       </c>
       <c r="C842" s="2">
-        <v>119177</v>
+        <v>122180</v>
       </c>
       <c r="D842" s="2" t="s">
-        <v>1393</v>
+        <v>1396</v>
       </c>
       <c r="E842" s="2" t="s">
-        <v>1394</v>
+        <v>1397</v>
       </c>
       <c r="F842" s="2" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
     </row>
     <row r="843" spans="1:6">
       <c r="A843" s="2">
         <v>713</v>
       </c>
       <c r="B843" s="2">
         <v>0</v>
       </c>
       <c r="C843" s="2">
-        <v>122427</v>
-[...1 lines deleted...]
-      <c r="D843" s="2"/>
+        <v>121806</v>
+      </c>
+      <c r="D843" s="2" t="s">
+        <v>1398</v>
+      </c>
       <c r="E843" s="2" t="s">
-        <v>314</v>
+        <v>1399</v>
       </c>
       <c r="F843" s="2" t="s">
-        <v>19</v>
+        <v>8</v>
       </c>
     </row>
     <row r="844" spans="1:6">
       <c r="A844" s="2">
         <v>713</v>
       </c>
       <c r="B844" s="2">
         <v>0</v>
       </c>
       <c r="C844" s="2">
-        <v>122257</v>
+        <v>122178</v>
       </c>
       <c r="D844" s="2" t="s">
-        <v>1395</v>
+        <v>1400</v>
       </c>
       <c r="E844" s="2" t="s">
-        <v>905</v>
+        <v>1401</v>
       </c>
       <c r="F844" s="2" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
     </row>
     <row r="845" spans="1:6">
       <c r="A845" s="2">
         <v>713</v>
       </c>
       <c r="B845" s="2">
         <v>0</v>
       </c>
       <c r="C845" s="2">
-        <v>101552</v>
+        <v>122680</v>
       </c>
       <c r="D845" s="2" t="s">
-        <v>1396</v>
+        <v>1192</v>
       </c>
       <c r="E845" s="2" t="s">
-        <v>1397</v>
+        <v>1402</v>
       </c>
       <c r="F845" s="2" t="s">
-        <v>19</v>
+        <v>63</v>
       </c>
     </row>
     <row r="846" spans="1:6">
       <c r="A846" s="2">
         <v>713</v>
       </c>
       <c r="B846" s="2">
         <v>0</v>
       </c>
       <c r="C846" s="2">
-        <v>106266</v>
+        <v>121802</v>
       </c>
       <c r="D846" s="2" t="s">
-        <v>1398</v>
+        <v>1403</v>
       </c>
       <c r="E846" s="2" t="s">
-        <v>816</v>
+        <v>1404</v>
       </c>
       <c r="F846" s="2" t="s">
-        <v>19</v>
+        <v>8</v>
       </c>
     </row>
     <row r="847" spans="1:6">
       <c r="A847" s="2">
         <v>713</v>
       </c>
       <c r="B847" s="2">
         <v>0</v>
       </c>
       <c r="C847" s="2">
-        <v>122212</v>
-[...3 lines deleted...]
-      </c>
+        <v>122458</v>
+      </c>
+      <c r="D847" s="2"/>
       <c r="E847" s="2" t="s">
-        <v>1400</v>
+        <v>1405</v>
       </c>
       <c r="F847" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="848" spans="1:6">
       <c r="A848" s="2">
         <v>713</v>
       </c>
       <c r="B848" s="2">
         <v>0</v>
       </c>
       <c r="C848" s="2">
-        <v>107970</v>
+        <v>104714</v>
       </c>
       <c r="D848" s="2" t="s">
-        <v>149</v>
+        <v>1406</v>
       </c>
       <c r="E848" s="2" t="s">
-        <v>1401</v>
+        <v>1407</v>
       </c>
       <c r="F848" s="2" t="s">
-        <v>55</v>
+        <v>19</v>
       </c>
     </row>
     <row r="849" spans="1:6">
       <c r="A849" s="2">
         <v>713</v>
       </c>
       <c r="B849" s="2">
         <v>0</v>
       </c>
       <c r="C849" s="2">
-        <v>122207</v>
+        <v>120327</v>
       </c>
       <c r="D849" s="2" t="s">
-        <v>1402</v>
+        <v>1408</v>
       </c>
       <c r="E849" s="2" t="s">
-        <v>1403</v>
+        <v>1409</v>
       </c>
       <c r="F849" s="2" t="s">
-        <v>19</v>
+        <v>8</v>
       </c>
     </row>
     <row r="850" spans="1:6">
       <c r="A850" s="2">
         <v>713</v>
       </c>
       <c r="B850" s="2">
         <v>0</v>
       </c>
       <c r="C850" s="2">
-        <v>122499</v>
-[...1 lines deleted...]
-      <c r="D850" s="2"/>
+        <v>110365</v>
+      </c>
+      <c r="D850" s="2" t="s">
+        <v>1410</v>
+      </c>
       <c r="E850" s="2" t="s">
-        <v>1404</v>
+        <v>935</v>
       </c>
       <c r="F850" s="2" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
     </row>
     <row r="851" spans="1:6">
       <c r="A851" s="2">
         <v>713</v>
       </c>
       <c r="B851" s="2">
         <v>0</v>
       </c>
       <c r="C851" s="2">
-        <v>121533</v>
+        <v>121797</v>
       </c>
       <c r="D851" s="2" t="s">
-        <v>1405</v>
+        <v>1411</v>
       </c>
       <c r="E851" s="2" t="s">
-        <v>1406</v>
+        <v>1412</v>
       </c>
       <c r="F851" s="2" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="852" spans="1:6">
       <c r="A852" s="2">
         <v>713</v>
       </c>
       <c r="B852" s="2">
         <v>0</v>
       </c>
       <c r="C852" s="2">
-        <v>122204</v>
-[...3 lines deleted...]
-      </c>
+        <v>122455</v>
+      </c>
+      <c r="D852" s="2"/>
       <c r="E852" s="2" t="s">
-        <v>1408</v>
+        <v>1413</v>
       </c>
       <c r="F852" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="853" spans="1:6">
       <c r="A853" s="2">
         <v>713</v>
       </c>
       <c r="B853" s="2">
         <v>0</v>
       </c>
       <c r="C853" s="2">
-        <v>122200</v>
-[...3 lines deleted...]
-      </c>
+        <v>122662</v>
+      </c>
+      <c r="D853" s="2"/>
       <c r="E853" s="2" t="s">
-        <v>1410</v>
+        <v>1414</v>
       </c>
       <c r="F853" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="854" spans="1:6">
       <c r="A854" s="2">
         <v>713</v>
       </c>
       <c r="B854" s="2">
         <v>0</v>
       </c>
       <c r="C854" s="2">
-        <v>112376</v>
+        <v>122173</v>
       </c>
       <c r="D854" s="2" t="s">
-        <v>1411</v>
+        <v>1415</v>
       </c>
       <c r="E854" s="2" t="s">
-        <v>1412</v>
+        <v>1416</v>
       </c>
       <c r="F854" s="2" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
     </row>
     <row r="855" spans="1:6">
       <c r="A855" s="2">
         <v>713</v>
       </c>
       <c r="B855" s="2">
         <v>0</v>
       </c>
       <c r="C855" s="2">
-        <v>122197</v>
-[...3 lines deleted...]
-      </c>
+        <v>122452</v>
+      </c>
+      <c r="D855" s="2"/>
       <c r="E855" s="2" t="s">
-        <v>1414</v>
+        <v>1417</v>
       </c>
       <c r="F855" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="856" spans="1:6">
       <c r="A856" s="2">
         <v>713</v>
       </c>
       <c r="B856" s="2">
         <v>0</v>
       </c>
       <c r="C856" s="2">
-        <v>122604</v>
-[...3 lines deleted...]
-      </c>
+        <v>122655</v>
+      </c>
+      <c r="D856" s="2"/>
       <c r="E856" s="2" t="s">
-        <v>1416</v>
+        <v>1418</v>
       </c>
       <c r="F856" s="2" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="857" spans="1:6">
       <c r="A857" s="2">
         <v>713</v>
       </c>
       <c r="B857" s="2">
         <v>0</v>
       </c>
       <c r="C857" s="2">
-        <v>122194</v>
+        <v>115265</v>
       </c>
       <c r="D857" s="2" t="s">
-        <v>1417</v>
+        <v>1419</v>
       </c>
       <c r="E857" s="2" t="s">
-        <v>1418</v>
+        <v>1420</v>
       </c>
       <c r="F857" s="2" t="s">
-        <v>19</v>
+        <v>8</v>
       </c>
     </row>
     <row r="858" spans="1:6">
       <c r="A858" s="2">
         <v>713</v>
       </c>
       <c r="B858" s="2">
         <v>0</v>
       </c>
       <c r="C858" s="2">
-        <v>122189</v>
+        <v>121791</v>
       </c>
       <c r="D858" s="2" t="s">
-        <v>1419</v>
+        <v>1421</v>
       </c>
       <c r="E858" s="2" t="s">
-        <v>575</v>
+        <v>1422</v>
       </c>
       <c r="F858" s="2" t="s">
-        <v>19</v>
+        <v>8</v>
       </c>
     </row>
     <row r="859" spans="1:6">
       <c r="A859" s="2">
         <v>713</v>
       </c>
       <c r="B859" s="2">
         <v>0</v>
       </c>
       <c r="C859" s="2">
-        <v>113390</v>
-[...3 lines deleted...]
-      </c>
+        <v>122449</v>
+      </c>
+      <c r="D859" s="2"/>
       <c r="E859" s="2" t="s">
-        <v>1421</v>
+        <v>1423</v>
       </c>
       <c r="F859" s="2" t="s">
-        <v>475</v>
+        <v>19</v>
       </c>
     </row>
     <row r="860" spans="1:6">
       <c r="A860" s="2">
         <v>713</v>
       </c>
       <c r="B860" s="2">
         <v>0</v>
       </c>
       <c r="C860" s="2">
-        <v>121526</v>
+        <v>118669</v>
       </c>
       <c r="D860" s="2" t="s">
-        <v>1422</v>
+        <v>1424</v>
       </c>
       <c r="E860" s="2" t="s">
-        <v>1423</v>
+        <v>1425</v>
       </c>
       <c r="F860" s="2" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
     </row>
     <row r="861" spans="1:6">
       <c r="A861" s="2">
         <v>713</v>
       </c>
       <c r="B861" s="2">
         <v>0</v>
       </c>
       <c r="C861" s="2">
-        <v>118673</v>
+        <v>121788</v>
       </c>
       <c r="D861" s="2" t="s">
-        <v>1424</v>
+        <v>1426</v>
       </c>
       <c r="E861" s="2" t="s">
-        <v>1425</v>
+        <v>1427</v>
       </c>
       <c r="F861" s="2" t="s">
-        <v>19</v>
+        <v>8</v>
       </c>
     </row>
     <row r="862" spans="1:6">
       <c r="A862" s="2">
         <v>713</v>
       </c>
       <c r="B862" s="2">
         <v>0</v>
       </c>
       <c r="C862" s="2">
-        <v>110237</v>
-[...3 lines deleted...]
-      </c>
+        <v>122446</v>
+      </c>
+      <c r="D862" s="2"/>
       <c r="E862" s="2" t="s">
-        <v>1427</v>
+        <v>1428</v>
       </c>
       <c r="F862" s="2" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
     </row>
     <row r="863" spans="1:6">
       <c r="A863" s="2">
         <v>713</v>
       </c>
       <c r="B863" s="2">
         <v>0</v>
       </c>
       <c r="C863" s="2">
-        <v>122764</v>
+        <v>122414</v>
       </c>
       <c r="D863" s="2" t="s">
-        <v>278</v>
+        <v>1429</v>
       </c>
       <c r="E863" s="2" t="s">
-        <v>1428</v>
-[...1 lines deleted...]
-      <c r="F863" s="2"/>
+        <v>1430</v>
+      </c>
+      <c r="F863" s="2" t="s">
+        <v>8</v>
+      </c>
     </row>
     <row r="864" spans="1:6">
       <c r="A864" s="2">
         <v>713</v>
       </c>
       <c r="B864" s="2">
         <v>0</v>
       </c>
       <c r="C864" s="2">
-        <v>114717</v>
+        <v>110264</v>
       </c>
       <c r="D864" s="2" t="s">
-        <v>1429</v>
+        <v>916</v>
       </c>
       <c r="E864" s="2" t="s">
-        <v>1430</v>
+        <v>1431</v>
       </c>
       <c r="F864" s="2" t="s">
-        <v>44</v>
+        <v>19</v>
       </c>
     </row>
     <row r="865" spans="1:6">
       <c r="A865" s="2">
         <v>713</v>
       </c>
       <c r="B865" s="2">
         <v>0</v>
       </c>
       <c r="C865" s="2">
-        <v>122183</v>
+        <v>119177</v>
       </c>
       <c r="D865" s="2" t="s">
-        <v>1431</v>
+        <v>1432</v>
       </c>
       <c r="E865" s="2" t="s">
-        <v>1432</v>
+        <v>1433</v>
       </c>
       <c r="F865" s="2" t="s">
-        <v>19</v>
+        <v>8</v>
       </c>
     </row>
     <row r="866" spans="1:6">
       <c r="A866" s="2">
-        <v>713</v>
+        <v>0</v>
       </c>
       <c r="B866" s="2">
         <v>0</v>
       </c>
       <c r="C866" s="2">
-        <v>122761</v>
+        <v>109867</v>
       </c>
       <c r="D866" s="2" t="s">
-        <v>14</v>
+        <v>1434</v>
       </c>
       <c r="E866" s="2" t="s">
-        <v>1433</v>
-[...1 lines deleted...]
-      <c r="F866" s="2"/>
+        <v>1435</v>
+      </c>
+      <c r="F866" s="2" t="s">
+        <v>340</v>
+      </c>
     </row>
     <row r="867" spans="1:6">
       <c r="A867" s="2">
         <v>713</v>
       </c>
       <c r="B867" s="2">
         <v>0</v>
       </c>
       <c r="C867" s="2">
-        <v>122657</v>
-[...1 lines deleted...]
-      <c r="D867" s="2"/>
+        <v>105425</v>
+      </c>
+      <c r="D867" s="2" t="s">
+        <v>1436</v>
+      </c>
       <c r="E867" s="2" t="s">
-        <v>1434</v>
+        <v>456</v>
       </c>
       <c r="F867" s="2" t="s">
-        <v>44</v>
+        <v>19</v>
       </c>
     </row>
     <row r="868" spans="1:6">
       <c r="A868" s="2">
         <v>713</v>
       </c>
       <c r="B868" s="2">
         <v>0</v>
       </c>
       <c r="C868" s="2">
-        <v>122180</v>
+        <v>122721</v>
       </c>
       <c r="D868" s="2" t="s">
-        <v>1435</v>
+        <v>1437</v>
       </c>
       <c r="E868" s="2" t="s">
-        <v>1436</v>
+        <v>286</v>
       </c>
       <c r="F868" s="2" t="s">
-        <v>19</v>
+        <v>287</v>
       </c>
     </row>
     <row r="869" spans="1:6">
       <c r="A869" s="2">
         <v>713</v>
       </c>
       <c r="B869" s="2">
         <v>0</v>
       </c>
       <c r="C869" s="2">
-        <v>122757</v>
+        <v>121270</v>
       </c>
       <c r="D869" s="2" t="s">
-        <v>1437</v>
+        <v>156</v>
       </c>
       <c r="E869" s="2" t="s">
-        <v>1438</v>
-[...1 lines deleted...]
-      <c r="F869" s="2"/>
+        <v>157</v>
+      </c>
+      <c r="F869" s="2" t="s">
+        <v>19</v>
+      </c>
     </row>
     <row r="870" spans="1:6">
       <c r="A870" s="2">
         <v>713</v>
       </c>
       <c r="B870" s="2">
         <v>0</v>
       </c>
       <c r="C870" s="2">
-        <v>122640</v>
+        <v>118664</v>
       </c>
       <c r="D870" s="2" t="s">
+        <v>1438</v>
+      </c>
+      <c r="E870" s="2" t="s">
         <v>1439</v>
       </c>
-      <c r="E870" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F870" s="2" t="s">
-        <v>63</v>
+        <v>19</v>
       </c>
     </row>
     <row r="871" spans="1:6">
       <c r="A871" s="2">
         <v>713</v>
       </c>
       <c r="B871" s="2">
         <v>0</v>
       </c>
       <c r="C871" s="2">
-        <v>122178</v>
+        <v>122762</v>
       </c>
       <c r="D871" s="2" t="s">
-        <v>1441</v>
+        <v>151</v>
       </c>
       <c r="E871" s="2" t="s">
-        <v>1442</v>
-[...3 lines deleted...]
-      </c>
+        <v>1440</v>
+      </c>
+      <c r="F871" s="2"/>
     </row>
     <row r="872" spans="1:6">
       <c r="A872" s="2">
         <v>713</v>
       </c>
       <c r="B872" s="2">
         <v>0</v>
       </c>
       <c r="C872" s="2">
-        <v>122753</v>
+        <v>122758</v>
       </c>
       <c r="D872" s="2" t="s">
-        <v>1443</v>
+        <v>269</v>
       </c>
       <c r="E872" s="2" t="s">
-        <v>1444</v>
+        <v>1441</v>
       </c>
       <c r="F872" s="2"/>
     </row>
     <row r="873" spans="1:6">
       <c r="A873" s="2">
         <v>713</v>
       </c>
       <c r="B873" s="2">
         <v>0</v>
       </c>
       <c r="C873" s="2">
-        <v>122458</v>
-[...1 lines deleted...]
-      <c r="D873" s="2"/>
+        <v>121533</v>
+      </c>
+      <c r="D873" s="2" t="s">
+        <v>1442</v>
+      </c>
       <c r="E873" s="2" t="s">
-        <v>1445</v>
+        <v>1443</v>
       </c>
       <c r="F873" s="2" t="s">
-        <v>19</v>
+        <v>8</v>
       </c>
     </row>
     <row r="874" spans="1:6">
       <c r="A874" s="2">
         <v>713</v>
       </c>
       <c r="B874" s="2">
         <v>0</v>
       </c>
       <c r="C874" s="2">
-        <v>122601</v>
+        <v>122755</v>
       </c>
       <c r="D874" s="2" t="s">
-        <v>1446</v>
+        <v>1328</v>
       </c>
       <c r="E874" s="2" t="s">
-        <v>1447</v>
-[...3 lines deleted...]
-      </c>
+        <v>1444</v>
+      </c>
+      <c r="F874" s="2"/>
     </row>
     <row r="875" spans="1:6">
       <c r="A875" s="2">
         <v>713</v>
       </c>
       <c r="B875" s="2">
         <v>0</v>
       </c>
       <c r="C875" s="2">
-        <v>122455</v>
-[...1 lines deleted...]
-      <c r="D875" s="2"/>
+        <v>122213</v>
+      </c>
+      <c r="D875" s="2" t="s">
+        <v>1445</v>
+      </c>
       <c r="E875" s="2" t="s">
-        <v>1448</v>
+        <v>1446</v>
       </c>
       <c r="F875" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="876" spans="1:6">
       <c r="A876" s="2">
         <v>713</v>
       </c>
       <c r="B876" s="2">
         <v>0</v>
       </c>
       <c r="C876" s="2">
-        <v>110365</v>
+        <v>122261</v>
       </c>
       <c r="D876" s="2" t="s">
-        <v>1449</v>
+        <v>1447</v>
       </c>
       <c r="E876" s="2" t="s">
-        <v>923</v>
+        <v>1448</v>
       </c>
       <c r="F876" s="2" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
     </row>
     <row r="877" spans="1:6">
       <c r="A877" s="2">
         <v>713</v>
       </c>
       <c r="B877" s="2">
         <v>0</v>
       </c>
       <c r="C877" s="2">
-        <v>122452</v>
-[...1 lines deleted...]
-      <c r="D877" s="2"/>
+        <v>103239</v>
+      </c>
+      <c r="D877" s="2" t="s">
+        <v>1449</v>
+      </c>
       <c r="E877" s="2" t="s">
         <v>1450</v>
       </c>
       <c r="F877" s="2" t="s">
-        <v>19</v>
+        <v>242</v>
       </c>
     </row>
     <row r="878" spans="1:6">
       <c r="A878" s="2">
         <v>713</v>
       </c>
       <c r="B878" s="2">
         <v>0</v>
       </c>
       <c r="C878" s="2">
-        <v>122173</v>
+        <v>122208</v>
       </c>
       <c r="D878" s="2" t="s">
         <v>1451</v>
       </c>
       <c r="E878" s="2" t="s">
         <v>1452</v>
       </c>
       <c r="F878" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="879" spans="1:6">
       <c r="A879" s="2">
         <v>713</v>
       </c>
       <c r="B879" s="2">
         <v>0</v>
       </c>
       <c r="C879" s="2">
-        <v>122553</v>
+        <v>122257</v>
       </c>
       <c r="D879" s="2" t="s">
         <v>1453</v>
       </c>
       <c r="E879" s="2" t="s">
-        <v>1454</v>
-[...1 lines deleted...]
-      <c r="F879" s="2"/>
+        <v>903</v>
+      </c>
+      <c r="F879" s="2" t="s">
+        <v>11</v>
+      </c>
     </row>
     <row r="880" spans="1:6">
       <c r="A880" s="2">
         <v>713</v>
       </c>
       <c r="B880" s="2">
         <v>0</v>
       </c>
       <c r="C880" s="2">
-        <v>122449</v>
-[...1 lines deleted...]
-      <c r="D880" s="2"/>
+        <v>112376</v>
+      </c>
+      <c r="D880" s="2" t="s">
+        <v>1454</v>
+      </c>
       <c r="E880" s="2" t="s">
         <v>1455</v>
       </c>
       <c r="F880" s="2" t="s">
-        <v>19</v>
+        <v>8</v>
       </c>
     </row>
     <row r="881" spans="1:6">
       <c r="A881" s="2">
         <v>713</v>
       </c>
       <c r="B881" s="2">
         <v>0</v>
       </c>
       <c r="C881" s="2">
-        <v>121803</v>
+        <v>122205</v>
       </c>
       <c r="D881" s="2" t="s">
         <v>1456</v>
       </c>
       <c r="E881" s="2" t="s">
         <v>1457</v>
       </c>
       <c r="F881" s="2" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F443"/>
   <sheetViews>
@@ -24088,68 +24088,68 @@
       </c>
       <c r="E6" s="2" t="s">
         <v>1467</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="2">
         <v>6</v>
       </c>
       <c r="B7" s="2">
         <v>1500</v>
       </c>
       <c r="C7" s="2">
         <v>112455</v>
       </c>
       <c r="D7" s="2" t="s">
         <v>1468</v>
       </c>
       <c r="E7" s="2" t="s">
         <v>1469</v>
       </c>
       <c r="F7" s="2" t="s">
-        <v>439</v>
+        <v>451</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="2">
         <v>7</v>
       </c>
       <c r="B8" s="2">
         <v>1400</v>
       </c>
       <c r="C8" s="2">
         <v>105356</v>
       </c>
       <c r="D8" s="2" t="s">
         <v>1470</v>
       </c>
       <c r="E8" s="2" t="s">
-        <v>346</v>
+        <v>332</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="2">
         <v>8</v>
       </c>
       <c r="B9" s="2">
         <v>1365</v>
       </c>
       <c r="C9" s="2">
         <v>122345</v>
       </c>
       <c r="D9" s="2" t="s">
         <v>1471</v>
       </c>
       <c r="E9" s="2" t="s">
         <v>1472</v>
       </c>
       <c r="F9" s="2" t="s">
         <v>27</v>
       </c>
     </row>
@@ -24199,117 +24199,117 @@
       </c>
       <c r="B12" s="2">
         <v>1300</v>
       </c>
       <c r="C12" s="2">
         <v>109938</v>
       </c>
       <c r="D12" s="2" t="s">
         <v>1477</v>
       </c>
       <c r="E12" s="2" t="s">
         <v>1478</v>
       </c>
       <c r="F12" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" s="2">
         <v>12</v>
       </c>
       <c r="B13" s="2">
         <v>1250</v>
       </c>
       <c r="C13" s="2">
-        <v>121813</v>
+        <v>102050</v>
       </c>
       <c r="D13" s="2" t="s">
         <v>1479</v>
       </c>
       <c r="E13" s="2" t="s">
-        <v>1480</v>
+        <v>1363</v>
       </c>
       <c r="F13" s="2" t="s">
-        <v>11</v>
+        <v>101</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" s="2">
         <v>12</v>
       </c>
       <c r="B14" s="2">
         <v>1250</v>
       </c>
       <c r="C14" s="2">
-        <v>102050</v>
+        <v>121813</v>
       </c>
       <c r="D14" s="2" t="s">
+        <v>1480</v>
+      </c>
+      <c r="E14" s="2" t="s">
         <v>1481</v>
       </c>
-      <c r="E14" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F14" s="2" t="s">
-        <v>103</v>
+        <v>11</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" s="2">
         <v>14</v>
       </c>
       <c r="B15" s="2">
         <v>1225</v>
       </c>
       <c r="C15" s="2">
         <v>122133</v>
       </c>
       <c r="D15" s="2" t="s">
         <v>1482</v>
       </c>
       <c r="E15" s="2" t="s">
         <v>1483</v>
       </c>
       <c r="F15" s="2" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" s="2">
         <v>15</v>
       </c>
       <c r="B16" s="2">
         <v>1195</v>
       </c>
       <c r="C16" s="2">
         <v>121608</v>
       </c>
       <c r="D16" s="2" t="s">
         <v>1484</v>
       </c>
       <c r="E16" s="2" t="s">
-        <v>425</v>
+        <v>456</v>
       </c>
       <c r="F16" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" s="2">
         <v>16</v>
       </c>
       <c r="B17" s="2">
         <v>1185</v>
       </c>
       <c r="C17" s="2">
         <v>108298</v>
       </c>
       <c r="D17" s="2" t="s">
         <v>1485</v>
       </c>
       <c r="E17" s="2" t="s">
         <v>1486</v>
       </c>
       <c r="F17" s="2" t="s">
         <v>8</v>
       </c>
     </row>
@@ -24325,91 +24325,91 @@
       </c>
       <c r="D18" s="2" t="s">
         <v>1487</v>
       </c>
       <c r="E18" s="2" t="s">
         <v>1488</v>
       </c>
       <c r="F18" s="2" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" s="2">
         <v>18</v>
       </c>
       <c r="B19" s="2">
         <v>1060</v>
       </c>
       <c r="C19" s="2">
         <v>117562</v>
       </c>
       <c r="D19" s="2" t="s">
         <v>1489</v>
       </c>
       <c r="E19" s="2" t="s">
-        <v>283</v>
+        <v>275</v>
       </c>
       <c r="F19" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" s="2">
         <v>19</v>
       </c>
       <c r="B20" s="2">
         <v>1030</v>
       </c>
       <c r="C20" s="2">
         <v>119113</v>
       </c>
       <c r="D20" s="2" t="s">
         <v>1490</v>
       </c>
       <c r="E20" s="2" t="s">
         <v>1491</v>
       </c>
       <c r="F20" s="2" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" s="2">
         <v>20</v>
       </c>
       <c r="B21" s="2">
         <v>1020</v>
       </c>
       <c r="C21" s="2">
         <v>119118</v>
       </c>
       <c r="D21" s="2" t="s">
         <v>1492</v>
       </c>
       <c r="E21" s="2" t="s">
-        <v>436</v>
+        <v>438</v>
       </c>
       <c r="F21" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" s="2">
         <v>21</v>
       </c>
       <c r="B22" s="2">
         <v>1010</v>
       </c>
       <c r="C22" s="2">
         <v>105438</v>
       </c>
       <c r="D22" s="2" t="s">
         <v>1493</v>
       </c>
       <c r="E22" s="2" t="s">
         <v>1494</v>
       </c>
       <c r="F22" s="2" t="s">
         <v>19</v>
       </c>
     </row>
@@ -24428,151 +24428,151 @@
       </c>
       <c r="E23" s="2" t="s">
         <v>1496</v>
       </c>
       <c r="F23" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" s="2">
         <v>23</v>
       </c>
       <c r="B24" s="2">
         <v>950</v>
       </c>
       <c r="C24" s="2">
         <v>122110</v>
       </c>
       <c r="D24" s="2" t="s">
         <v>1497</v>
       </c>
       <c r="E24" s="2" t="s">
         <v>1498</v>
       </c>
       <c r="F24" s="2" t="s">
-        <v>238</v>
+        <v>198</v>
       </c>
     </row>
     <row r="25" spans="1:6">
       <c r="A25" s="2">
         <v>24</v>
       </c>
       <c r="B25" s="2">
         <v>925</v>
       </c>
       <c r="C25" s="2">
         <v>119158</v>
       </c>
       <c r="D25" s="2" t="s">
         <v>1499</v>
       </c>
       <c r="E25" s="2" t="s">
         <v>1500</v>
       </c>
       <c r="F25" s="2" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="26" spans="1:6">
       <c r="A26" s="2">
         <v>25</v>
       </c>
       <c r="B26" s="2">
         <v>900</v>
       </c>
       <c r="C26" s="2">
         <v>108021</v>
       </c>
       <c r="D26" s="2" t="s">
         <v>1501</v>
       </c>
       <c r="E26" s="2" t="s">
-        <v>999</v>
+        <v>1009</v>
       </c>
       <c r="F26" s="2" t="s">
-        <v>277</v>
+        <v>287</v>
       </c>
     </row>
     <row r="27" spans="1:6">
       <c r="A27" s="2">
         <v>26</v>
       </c>
       <c r="B27" s="2">
         <v>875</v>
       </c>
       <c r="C27" s="2">
-        <v>115876</v>
+        <v>107027</v>
       </c>
       <c r="D27" s="2" t="s">
         <v>1502</v>
       </c>
       <c r="E27" s="2" t="s">
         <v>1503</v>
       </c>
       <c r="F27" s="2" t="s">
-        <v>8</v>
+        <v>27</v>
       </c>
     </row>
     <row r="28" spans="1:6">
       <c r="A28" s="2">
         <v>26</v>
       </c>
       <c r="B28" s="2">
         <v>875</v>
       </c>
       <c r="C28" s="2">
-        <v>107027</v>
+        <v>114125</v>
       </c>
       <c r="D28" s="2" t="s">
         <v>1504</v>
       </c>
       <c r="E28" s="2" t="s">
         <v>1505</v>
       </c>
       <c r="F28" s="2" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
     </row>
     <row r="29" spans="1:6">
       <c r="A29" s="2">
         <v>26</v>
       </c>
       <c r="B29" s="2">
         <v>875</v>
       </c>
       <c r="C29" s="2">
-        <v>114125</v>
+        <v>115876</v>
       </c>
       <c r="D29" s="2" t="s">
         <v>1506</v>
       </c>
       <c r="E29" s="2" t="s">
         <v>1507</v>
       </c>
       <c r="F29" s="2" t="s">
-        <v>19</v>
+        <v>8</v>
       </c>
     </row>
     <row r="30" spans="1:6">
       <c r="A30" s="2">
         <v>29</v>
       </c>
       <c r="B30" s="2">
         <v>870</v>
       </c>
       <c r="C30" s="2">
         <v>118700</v>
       </c>
       <c r="D30" s="2" t="s">
         <v>1508</v>
       </c>
       <c r="E30" s="2" t="s">
         <v>1509</v>
       </c>
       <c r="F30" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="31" spans="1:6">
       <c r="A31" s="2">
         <v>30</v>
@@ -24586,206 +24586,206 @@
       <c r="D31" s="2"/>
       <c r="E31" s="2" t="s">
         <v>1510</v>
       </c>
       <c r="F31" s="2" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="32" spans="1:6">
       <c r="A32" s="2">
         <v>31</v>
       </c>
       <c r="B32" s="2">
         <v>825</v>
       </c>
       <c r="C32" s="2">
         <v>122112</v>
       </c>
       <c r="D32" s="2" t="s">
         <v>1511</v>
       </c>
       <c r="E32" s="2" t="s">
         <v>93</v>
       </c>
       <c r="F32" s="2" t="s">
-        <v>238</v>
+        <v>198</v>
       </c>
     </row>
     <row r="33" spans="1:6">
       <c r="A33" s="2">
         <v>32</v>
       </c>
       <c r="B33" s="2">
         <v>810</v>
       </c>
       <c r="C33" s="2">
         <v>121161</v>
       </c>
       <c r="D33" s="2" t="s">
         <v>1512</v>
       </c>
       <c r="E33" s="2" t="s">
         <v>1513</v>
       </c>
       <c r="F33" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="34" spans="1:6">
       <c r="A34" s="2">
         <v>33</v>
       </c>
       <c r="B34" s="2">
         <v>805</v>
       </c>
       <c r="C34" s="2">
         <v>117649</v>
       </c>
       <c r="D34" s="2" t="s">
         <v>1514</v>
       </c>
       <c r="E34" s="2" t="s">
-        <v>1234</v>
+        <v>1206</v>
       </c>
       <c r="F34" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="35" spans="1:6">
       <c r="A35" s="2">
         <v>34</v>
       </c>
       <c r="B35" s="2">
         <v>800</v>
       </c>
       <c r="C35" s="2">
         <v>122154</v>
       </c>
       <c r="D35" s="2" t="s">
         <v>1515</v>
       </c>
       <c r="E35" s="2" t="s">
         <v>1516</v>
       </c>
       <c r="F35" s="2" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="36" spans="1:6">
       <c r="A36" s="2">
         <v>35</v>
       </c>
       <c r="B36" s="2">
         <v>780</v>
       </c>
       <c r="C36" s="2">
-        <v>122142</v>
+        <v>102005</v>
       </c>
       <c r="D36" s="2" t="s">
         <v>1517</v>
       </c>
       <c r="E36" s="2" t="s">
         <v>1518</v>
       </c>
-      <c r="F36" s="2"/>
+      <c r="F36" s="2" t="s">
+        <v>27</v>
+      </c>
     </row>
     <row r="37" spans="1:6">
       <c r="A37" s="2">
         <v>35</v>
       </c>
       <c r="B37" s="2">
         <v>780</v>
       </c>
       <c r="C37" s="2">
-        <v>102005</v>
+        <v>122142</v>
       </c>
       <c r="D37" s="2" t="s">
         <v>1519</v>
       </c>
       <c r="E37" s="2" t="s">
         <v>1520</v>
       </c>
-      <c r="F37" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F37" s="2"/>
     </row>
     <row r="38" spans="1:6">
       <c r="A38" s="2">
         <v>37</v>
       </c>
       <c r="B38" s="2">
         <v>775</v>
       </c>
       <c r="C38" s="2">
-        <v>122168</v>
+        <v>121316</v>
       </c>
       <c r="D38" s="2" t="s">
         <v>1521</v>
       </c>
       <c r="E38" s="2" t="s">
-        <v>564</v>
+        <v>1522</v>
       </c>
       <c r="F38" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="39" spans="1:6">
       <c r="A39" s="2">
         <v>37</v>
       </c>
       <c r="B39" s="2">
         <v>775</v>
       </c>
       <c r="C39" s="2">
-        <v>121316</v>
+        <v>120842</v>
       </c>
       <c r="D39" s="2" t="s">
-        <v>1522</v>
+        <v>1523</v>
       </c>
       <c r="E39" s="2" t="s">
-        <v>1523</v>
+        <v>1524</v>
       </c>
       <c r="F39" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="40" spans="1:6">
       <c r="A40" s="2">
         <v>37</v>
       </c>
       <c r="B40" s="2">
         <v>775</v>
       </c>
       <c r="C40" s="2">
-        <v>120842</v>
+        <v>122168</v>
       </c>
       <c r="D40" s="2" t="s">
-        <v>1524</v>
+        <v>1525</v>
       </c>
       <c r="E40" s="2" t="s">
-        <v>1525</v>
+        <v>571</v>
       </c>
       <c r="F40" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="41" spans="1:6">
       <c r="A41" s="2">
         <v>40</v>
       </c>
       <c r="B41" s="2">
         <v>770</v>
       </c>
       <c r="C41" s="2">
         <v>122120</v>
       </c>
       <c r="D41" s="2" t="s">
         <v>1526</v>
       </c>
       <c r="E41" s="2" t="s">
         <v>1527</v>
       </c>
       <c r="F41" s="2" t="s">
         <v>19</v>
       </c>
     </row>
@@ -24864,51 +24864,51 @@
       </c>
       <c r="E45" s="2" t="s">
         <v>1534</v>
       </c>
       <c r="F45" s="2" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="46" spans="1:6">
       <c r="A46" s="2">
         <v>45</v>
       </c>
       <c r="B46" s="2">
         <v>720</v>
       </c>
       <c r="C46" s="2">
         <v>122077</v>
       </c>
       <c r="D46" s="2" t="s">
         <v>1535</v>
       </c>
       <c r="E46" s="2" t="s">
         <v>1536</v>
       </c>
       <c r="F46" s="2" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
     </row>
     <row r="47" spans="1:6">
       <c r="A47" s="2">
         <v>46</v>
       </c>
       <c r="B47" s="2">
         <v>715</v>
       </c>
       <c r="C47" s="2">
         <v>114079</v>
       </c>
       <c r="D47" s="2" t="s">
         <v>1537</v>
       </c>
       <c r="E47" s="2" t="s">
         <v>1538</v>
       </c>
       <c r="F47" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="48" spans="1:6">
       <c r="A48" s="2">
         <v>47</v>
@@ -24959,51 +24959,51 @@
       </c>
       <c r="D50" s="2" t="s">
         <v>1543</v>
       </c>
       <c r="E50" s="2" t="s">
         <v>1544</v>
       </c>
       <c r="F50" s="2" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="51" spans="1:6">
       <c r="A51" s="2">
         <v>50</v>
       </c>
       <c r="B51" s="2">
         <v>690</v>
       </c>
       <c r="C51" s="2">
         <v>120662</v>
       </c>
       <c r="D51" s="2" t="s">
         <v>1545</v>
       </c>
       <c r="E51" s="2" t="s">
-        <v>846</v>
+        <v>852</v>
       </c>
       <c r="F51" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="52" spans="1:6">
       <c r="A52" s="2">
         <v>50</v>
       </c>
       <c r="B52" s="2">
         <v>690</v>
       </c>
       <c r="C52" s="2">
         <v>122038</v>
       </c>
       <c r="D52" s="2"/>
       <c r="E52" s="2" t="s">
         <v>1546</v>
       </c>
       <c r="F52" s="2" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="53" spans="1:6">
       <c r="A53" s="2">
@@ -25113,51 +25113,51 @@
       </c>
       <c r="D58" s="2" t="s">
         <v>1555</v>
       </c>
       <c r="E58" s="2" t="s">
         <v>1556</v>
       </c>
       <c r="F58" s="2" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="59" spans="1:6">
       <c r="A59" s="2">
         <v>58</v>
       </c>
       <c r="B59" s="2">
         <v>585</v>
       </c>
       <c r="C59" s="2">
         <v>122201</v>
       </c>
       <c r="D59" s="2" t="s">
         <v>1557</v>
       </c>
       <c r="E59" s="2" t="s">
-        <v>1252</v>
+        <v>1293</v>
       </c>
       <c r="F59" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="60" spans="1:6">
       <c r="A60" s="2">
         <v>59</v>
       </c>
       <c r="B60" s="2">
         <v>575</v>
       </c>
       <c r="C60" s="2">
         <v>110354</v>
       </c>
       <c r="D60" s="2" t="s">
         <v>1558</v>
       </c>
       <c r="E60" s="2" t="s">
         <v>1559</v>
       </c>
       <c r="F60" s="2" t="s">
         <v>19</v>
       </c>
     </row>
@@ -25187,1158 +25187,1160 @@
       </c>
       <c r="B62" s="2">
         <v>540</v>
       </c>
       <c r="C62" s="2">
         <v>119144</v>
       </c>
       <c r="D62" s="2" t="s">
         <v>1562</v>
       </c>
       <c r="E62" s="2" t="s">
         <v>1563</v>
       </c>
       <c r="F62" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="63" spans="1:6">
       <c r="A63" s="2">
         <v>62</v>
       </c>
       <c r="B63" s="2">
         <v>525</v>
       </c>
       <c r="C63" s="2">
-        <v>122243</v>
+        <v>122791</v>
       </c>
       <c r="D63" s="2" t="s">
         <v>1564</v>
       </c>
       <c r="E63" s="2" t="s">
-        <v>1215</v>
+        <v>1565</v>
       </c>
       <c r="F63" s="2" t="s">
-        <v>11</v>
+        <v>37</v>
       </c>
     </row>
     <row r="64" spans="1:6">
       <c r="A64" s="2">
         <v>62</v>
       </c>
       <c r="B64" s="2">
         <v>525</v>
       </c>
       <c r="C64" s="2">
-        <v>122791</v>
+        <v>122243</v>
       </c>
       <c r="D64" s="2" t="s">
-        <v>1565</v>
+        <v>1566</v>
       </c>
       <c r="E64" s="2" t="s">
-        <v>1566</v>
+        <v>1277</v>
       </c>
       <c r="F64" s="2" t="s">
-        <v>37</v>
+        <v>11</v>
       </c>
     </row>
     <row r="65" spans="1:6">
       <c r="A65" s="2">
         <v>64</v>
       </c>
       <c r="B65" s="2">
         <v>510</v>
       </c>
       <c r="C65" s="2">
         <v>119136</v>
       </c>
       <c r="D65" s="2" t="s">
         <v>1567</v>
       </c>
       <c r="E65" s="2" t="s">
         <v>1568</v>
       </c>
       <c r="F65" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="66" spans="1:6">
       <c r="A66" s="2">
         <v>65</v>
       </c>
       <c r="B66" s="2">
         <v>500</v>
       </c>
       <c r="C66" s="2">
-        <v>123054</v>
+        <v>122061</v>
       </c>
       <c r="D66" s="2" t="s">
         <v>1569</v>
       </c>
       <c r="E66" s="2" t="s">
-        <v>706</v>
-[...1 lines deleted...]
-      <c r="F66" s="2"/>
+        <v>1570</v>
+      </c>
+      <c r="F66" s="2" t="s">
+        <v>101</v>
+      </c>
     </row>
     <row r="67" spans="1:6">
       <c r="A67" s="2">
         <v>65</v>
       </c>
       <c r="B67" s="2">
         <v>500</v>
       </c>
       <c r="C67" s="2">
-        <v>122476</v>
+        <v>122217</v>
       </c>
       <c r="D67" s="2" t="s">
-        <v>1570</v>
+        <v>1571</v>
       </c>
       <c r="E67" s="2" t="s">
-        <v>1571</v>
+        <v>1572</v>
       </c>
       <c r="F67" s="2" t="s">
-        <v>42</v>
+        <v>37</v>
       </c>
     </row>
     <row r="68" spans="1:6">
       <c r="A68" s="2">
         <v>65</v>
       </c>
       <c r="B68" s="2">
         <v>500</v>
       </c>
       <c r="C68" s="2">
-        <v>121230</v>
+        <v>121772</v>
       </c>
       <c r="D68" s="2" t="s">
-        <v>1572</v>
+        <v>1573</v>
       </c>
       <c r="E68" s="2" t="s">
-        <v>1573</v>
+        <v>1574</v>
       </c>
       <c r="F68" s="2" t="s">
-        <v>103</v>
+        <v>8</v>
       </c>
     </row>
     <row r="69" spans="1:6">
       <c r="A69" s="2">
         <v>65</v>
       </c>
       <c r="B69" s="2">
         <v>500</v>
       </c>
       <c r="C69" s="2">
-        <v>122061</v>
+        <v>122476</v>
       </c>
       <c r="D69" s="2" t="s">
-        <v>1574</v>
+        <v>1575</v>
       </c>
       <c r="E69" s="2" t="s">
-        <v>1575</v>
+        <v>1576</v>
       </c>
       <c r="F69" s="2" t="s">
-        <v>103</v>
+        <v>42</v>
       </c>
     </row>
     <row r="70" spans="1:6">
       <c r="A70" s="2">
         <v>65</v>
       </c>
       <c r="B70" s="2">
         <v>500</v>
       </c>
       <c r="C70" s="2">
-        <v>122704</v>
-[...3 lines deleted...]
-      </c>
+        <v>122797</v>
+      </c>
+      <c r="D70" s="2"/>
       <c r="E70" s="2" t="s">
-        <v>276</v>
+        <v>1577</v>
       </c>
       <c r="F70" s="2" t="s">
-        <v>277</v>
+        <v>101</v>
       </c>
     </row>
     <row r="71" spans="1:6">
       <c r="A71" s="2">
         <v>65</v>
       </c>
       <c r="B71" s="2">
         <v>500</v>
       </c>
       <c r="C71" s="2">
-        <v>122269</v>
+        <v>118824</v>
       </c>
       <c r="D71" s="2" t="s">
-        <v>1577</v>
+        <v>1578</v>
       </c>
       <c r="E71" s="2" t="s">
-        <v>905</v>
+        <v>1579</v>
       </c>
       <c r="F71" s="2" t="s">
-        <v>11</v>
+        <v>32</v>
       </c>
     </row>
     <row r="72" spans="1:6">
       <c r="A72" s="2">
         <v>65</v>
       </c>
       <c r="B72" s="2">
         <v>500</v>
       </c>
       <c r="C72" s="2">
-        <v>121973</v>
+        <v>122704</v>
       </c>
       <c r="D72" s="2" t="s">
-        <v>876</v>
+        <v>1580</v>
       </c>
       <c r="E72" s="2" t="s">
-        <v>1578</v>
+        <v>286</v>
       </c>
       <c r="F72" s="2" t="s">
-        <v>16</v>
+        <v>287</v>
       </c>
     </row>
     <row r="73" spans="1:6">
       <c r="A73" s="2">
         <v>65</v>
       </c>
       <c r="B73" s="2">
         <v>500</v>
       </c>
       <c r="C73" s="2">
-        <v>121928</v>
+        <v>122269</v>
       </c>
       <c r="D73" s="2" t="s">
-        <v>1579</v>
+        <v>1581</v>
       </c>
       <c r="E73" s="2" t="s">
-        <v>1580</v>
+        <v>903</v>
       </c>
       <c r="F73" s="2" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
     </row>
     <row r="74" spans="1:6">
       <c r="A74" s="2">
         <v>65</v>
       </c>
       <c r="B74" s="2">
         <v>500</v>
       </c>
       <c r="C74" s="2">
-        <v>122217</v>
+        <v>120450</v>
       </c>
       <c r="D74" s="2" t="s">
-        <v>1581</v>
+        <v>1582</v>
       </c>
       <c r="E74" s="2" t="s">
-        <v>1582</v>
+        <v>1583</v>
       </c>
       <c r="F74" s="2" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="75" spans="1:6">
       <c r="A75" s="2">
         <v>65</v>
       </c>
       <c r="B75" s="2">
         <v>500</v>
       </c>
       <c r="C75" s="2">
-        <v>121772</v>
+        <v>121973</v>
       </c>
       <c r="D75" s="2" t="s">
-        <v>1583</v>
+        <v>900</v>
       </c>
       <c r="E75" s="2" t="s">
         <v>1584</v>
       </c>
       <c r="F75" s="2" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
     </row>
     <row r="76" spans="1:6">
       <c r="A76" s="2">
         <v>65</v>
       </c>
       <c r="B76" s="2">
         <v>500</v>
       </c>
       <c r="C76" s="2">
-        <v>122797</v>
-[...1 lines deleted...]
-      <c r="D76" s="2"/>
+        <v>121928</v>
+      </c>
+      <c r="D76" s="2" t="s">
+        <v>1585</v>
+      </c>
       <c r="E76" s="2" t="s">
-        <v>1585</v>
+        <v>1586</v>
       </c>
       <c r="F76" s="2" t="s">
-        <v>103</v>
+        <v>16</v>
       </c>
     </row>
     <row r="77" spans="1:6">
       <c r="A77" s="2">
         <v>65</v>
       </c>
       <c r="B77" s="2">
         <v>500</v>
       </c>
       <c r="C77" s="2">
         <v>121757</v>
       </c>
       <c r="D77" s="2" t="s">
-        <v>1586</v>
+        <v>1587</v>
       </c>
       <c r="E77" s="2" t="s">
-        <v>1587</v>
+        <v>1588</v>
       </c>
       <c r="F77" s="2" t="s">
-        <v>243</v>
+        <v>229</v>
       </c>
     </row>
     <row r="78" spans="1:6">
       <c r="A78" s="2">
         <v>65</v>
       </c>
       <c r="B78" s="2">
         <v>500</v>
       </c>
       <c r="C78" s="2">
-        <v>118824</v>
+        <v>122767</v>
       </c>
       <c r="D78" s="2" t="s">
-        <v>1588</v>
+        <v>1589</v>
       </c>
       <c r="E78" s="2" t="s">
-        <v>1589</v>
+        <v>1590</v>
       </c>
       <c r="F78" s="2" t="s">
-        <v>32</v>
+        <v>320</v>
       </c>
     </row>
     <row r="79" spans="1:6">
       <c r="A79" s="2">
         <v>65</v>
       </c>
       <c r="B79" s="2">
         <v>500</v>
       </c>
       <c r="C79" s="2">
-        <v>120450</v>
+        <v>123054</v>
       </c>
       <c r="D79" s="2" t="s">
-        <v>1590</v>
+        <v>1591</v>
       </c>
       <c r="E79" s="2" t="s">
-        <v>1591</v>
-[...3 lines deleted...]
-      </c>
+        <v>715</v>
+      </c>
+      <c r="F79" s="2"/>
     </row>
     <row r="80" spans="1:6">
       <c r="A80" s="2">
         <v>65</v>
       </c>
       <c r="B80" s="2">
         <v>500</v>
       </c>
       <c r="C80" s="2">
-        <v>122986</v>
+        <v>121230</v>
       </c>
       <c r="D80" s="2" t="s">
         <v>1592</v>
       </c>
       <c r="E80" s="2" t="s">
         <v>1593</v>
       </c>
       <c r="F80" s="2" t="s">
-        <v>63</v>
+        <v>101</v>
       </c>
     </row>
     <row r="81" spans="1:6">
       <c r="A81" s="2">
         <v>65</v>
       </c>
       <c r="B81" s="2">
         <v>500</v>
       </c>
       <c r="C81" s="2">
-        <v>122767</v>
+        <v>122986</v>
       </c>
       <c r="D81" s="2" t="s">
         <v>1594</v>
       </c>
       <c r="E81" s="2" t="s">
         <v>1595</v>
       </c>
       <c r="F81" s="2" t="s">
-        <v>293</v>
+        <v>63</v>
       </c>
     </row>
     <row r="82" spans="1:6">
       <c r="A82" s="2">
         <v>81</v>
       </c>
       <c r="B82" s="2">
         <v>480</v>
       </c>
       <c r="C82" s="2">
         <v>118962</v>
       </c>
       <c r="D82" s="2" t="s">
         <v>1596</v>
       </c>
       <c r="E82" s="2" t="s">
         <v>1597</v>
       </c>
       <c r="F82" s="2" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="83" spans="1:6">
       <c r="A83" s="2">
         <v>82</v>
       </c>
       <c r="B83" s="2">
         <v>475</v>
       </c>
       <c r="C83" s="2">
-        <v>122163</v>
+        <v>122246</v>
       </c>
       <c r="D83" s="2" t="s">
         <v>1598</v>
       </c>
       <c r="E83" s="2" t="s">
         <v>1599</v>
       </c>
       <c r="F83" s="2" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
     </row>
     <row r="84" spans="1:6">
       <c r="A84" s="2">
         <v>82</v>
       </c>
       <c r="B84" s="2">
         <v>475</v>
       </c>
       <c r="C84" s="2">
-        <v>122246</v>
+        <v>122163</v>
       </c>
       <c r="D84" s="2" t="s">
         <v>1600</v>
       </c>
       <c r="E84" s="2" t="s">
         <v>1601</v>
       </c>
       <c r="F84" s="2" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
     </row>
     <row r="85" spans="1:6">
       <c r="A85" s="2">
         <v>84</v>
       </c>
       <c r="B85" s="2">
         <v>450</v>
       </c>
       <c r="C85" s="2">
-        <v>111874</v>
+        <v>120770</v>
       </c>
       <c r="D85" s="2" t="s">
         <v>1602</v>
       </c>
       <c r="E85" s="2" t="s">
-        <v>433</v>
+        <v>1603</v>
       </c>
       <c r="F85" s="2" t="s">
-        <v>32</v>
+        <v>55</v>
       </c>
     </row>
     <row r="86" spans="1:6">
       <c r="A86" s="2">
         <v>84</v>
       </c>
       <c r="B86" s="2">
         <v>450</v>
       </c>
       <c r="C86" s="2">
-        <v>122018</v>
+        <v>122129</v>
       </c>
       <c r="D86" s="2" t="s">
-        <v>1603</v>
+        <v>1604</v>
       </c>
       <c r="E86" s="2" t="s">
-        <v>1604</v>
-[...1 lines deleted...]
-      <c r="F86" s="2"/>
+        <v>1605</v>
+      </c>
+      <c r="F86" s="2" t="s">
+        <v>320</v>
+      </c>
     </row>
     <row r="87" spans="1:6">
       <c r="A87" s="2">
         <v>84</v>
       </c>
       <c r="B87" s="2">
         <v>450</v>
       </c>
       <c r="C87" s="2">
-        <v>121941</v>
-[...3 lines deleted...]
-      </c>
+        <v>122813</v>
+      </c>
+      <c r="D87" s="2"/>
       <c r="E87" s="2" t="s">
         <v>1606</v>
       </c>
       <c r="F87" s="2" t="s">
-        <v>83</v>
+        <v>101</v>
       </c>
     </row>
     <row r="88" spans="1:6">
       <c r="A88" s="2">
         <v>84</v>
       </c>
       <c r="B88" s="2">
         <v>450</v>
       </c>
       <c r="C88" s="2">
-        <v>122365</v>
+        <v>121758</v>
       </c>
       <c r="D88" s="2" t="s">
         <v>1607</v>
       </c>
       <c r="E88" s="2" t="s">
         <v>1608</v>
       </c>
-      <c r="F88" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F88" s="2"/>
     </row>
     <row r="89" spans="1:6">
       <c r="A89" s="2">
         <v>84</v>
       </c>
       <c r="B89" s="2">
         <v>450</v>
       </c>
       <c r="C89" s="2">
-        <v>122477</v>
+        <v>121941</v>
       </c>
       <c r="D89" s="2" t="s">
         <v>1609</v>
       </c>
       <c r="E89" s="2" t="s">
         <v>1610</v>
       </c>
       <c r="F89" s="2" t="s">
-        <v>11</v>
+        <v>83</v>
       </c>
     </row>
     <row r="90" spans="1:6">
       <c r="A90" s="2">
         <v>84</v>
       </c>
       <c r="B90" s="2">
         <v>450</v>
       </c>
       <c r="C90" s="2">
-        <v>106734</v>
+        <v>103137</v>
       </c>
       <c r="D90" s="2" t="s">
         <v>1611</v>
       </c>
       <c r="E90" s="2" t="s">
-        <v>1612</v>
+        <v>456</v>
       </c>
       <c r="F90" s="2" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
     </row>
     <row r="91" spans="1:6">
       <c r="A91" s="2">
         <v>84</v>
       </c>
       <c r="B91" s="2">
         <v>450</v>
       </c>
       <c r="C91" s="2">
-        <v>122129</v>
+        <v>122365</v>
       </c>
       <c r="D91" s="2" t="s">
+        <v>1612</v>
+      </c>
+      <c r="E91" s="2" t="s">
         <v>1613</v>
       </c>
-      <c r="E91" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F91" s="2" t="s">
-        <v>293</v>
+        <v>27</v>
       </c>
     </row>
     <row r="92" spans="1:6">
       <c r="A92" s="2">
         <v>84</v>
       </c>
       <c r="B92" s="2">
         <v>450</v>
       </c>
       <c r="C92" s="2">
-        <v>122813</v>
-[...1 lines deleted...]
-      <c r="D92" s="2"/>
+        <v>122477</v>
+      </c>
+      <c r="D92" s="2" t="s">
+        <v>1614</v>
+      </c>
       <c r="E92" s="2" t="s">
         <v>1615</v>
       </c>
       <c r="F92" s="2" t="s">
-        <v>103</v>
+        <v>11</v>
       </c>
     </row>
     <row r="93" spans="1:6">
       <c r="A93" s="2">
         <v>84</v>
       </c>
       <c r="B93" s="2">
         <v>450</v>
       </c>
       <c r="C93" s="2">
-        <v>121758</v>
+        <v>122065</v>
       </c>
       <c r="D93" s="2" t="s">
         <v>1616</v>
       </c>
       <c r="E93" s="2" t="s">
         <v>1617</v>
       </c>
-      <c r="F93" s="2"/>
+      <c r="F93" s="2" t="s">
+        <v>101</v>
+      </c>
     </row>
     <row r="94" spans="1:6">
       <c r="A94" s="2">
         <v>84</v>
       </c>
       <c r="B94" s="2">
         <v>450</v>
       </c>
       <c r="C94" s="2">
-        <v>103137</v>
+        <v>121977</v>
       </c>
       <c r="D94" s="2" t="s">
         <v>1618</v>
       </c>
       <c r="E94" s="2" t="s">
-        <v>425</v>
+        <v>1619</v>
       </c>
       <c r="F94" s="2" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
     </row>
     <row r="95" spans="1:6">
       <c r="A95" s="2">
         <v>84</v>
       </c>
       <c r="B95" s="2">
         <v>450</v>
       </c>
       <c r="C95" s="2">
-        <v>122387</v>
+        <v>106734</v>
       </c>
       <c r="D95" s="2" t="s">
-        <v>1619</v>
+        <v>1620</v>
       </c>
       <c r="E95" s="2" t="s">
-        <v>1620</v>
+        <v>1621</v>
       </c>
       <c r="F95" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="96" spans="1:6">
       <c r="A96" s="2">
         <v>84</v>
       </c>
       <c r="B96" s="2">
         <v>450</v>
       </c>
       <c r="C96" s="2">
-        <v>122065</v>
+        <v>105154</v>
       </c>
       <c r="D96" s="2" t="s">
-        <v>1621</v>
+        <v>1622</v>
       </c>
       <c r="E96" s="2" t="s">
-        <v>1622</v>
+        <v>30</v>
       </c>
       <c r="F96" s="2" t="s">
-        <v>103</v>
+        <v>32</v>
       </c>
     </row>
     <row r="97" spans="1:6">
       <c r="A97" s="2">
         <v>84</v>
       </c>
       <c r="B97" s="2">
         <v>450</v>
       </c>
       <c r="C97" s="2">
-        <v>122707</v>
-[...1 lines deleted...]
-      <c r="D97" s="2" t="s">
+        <v>122801</v>
+      </c>
+      <c r="D97" s="2"/>
+      <c r="E97" s="2" t="s">
         <v>1623</v>
       </c>
-      <c r="E97" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F97" s="2" t="s">
-        <v>277</v>
+        <v>101</v>
       </c>
     </row>
     <row r="98" spans="1:6">
       <c r="A98" s="2">
         <v>84</v>
       </c>
       <c r="B98" s="2">
         <v>450</v>
       </c>
       <c r="C98" s="2">
-        <v>122434</v>
+        <v>115725</v>
       </c>
       <c r="D98" s="2" t="s">
-        <v>1625</v>
+        <v>1624</v>
       </c>
       <c r="E98" s="2" t="s">
-        <v>1400</v>
+        <v>755</v>
       </c>
       <c r="F98" s="2" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
     </row>
     <row r="99" spans="1:6">
       <c r="A99" s="2">
         <v>84</v>
       </c>
       <c r="B99" s="2">
         <v>450</v>
       </c>
       <c r="C99" s="2">
-        <v>101235</v>
-[...3 lines deleted...]
-      </c>
+        <v>122674</v>
+      </c>
+      <c r="D99" s="2"/>
       <c r="E99" s="2" t="s">
-        <v>1627</v>
+        <v>1625</v>
       </c>
       <c r="F99" s="2" t="s">
-        <v>11</v>
+        <v>32</v>
       </c>
     </row>
     <row r="100" spans="1:6">
       <c r="A100" s="2">
         <v>84</v>
       </c>
       <c r="B100" s="2">
         <v>450</v>
       </c>
       <c r="C100" s="2">
-        <v>121977</v>
+        <v>122387</v>
       </c>
       <c r="D100" s="2" t="s">
-        <v>1628</v>
+        <v>1626</v>
       </c>
       <c r="E100" s="2" t="s">
-        <v>1629</v>
+        <v>1627</v>
       </c>
       <c r="F100" s="2" t="s">
-        <v>32</v>
+        <v>11</v>
       </c>
     </row>
     <row r="101" spans="1:6">
       <c r="A101" s="2">
         <v>84</v>
       </c>
       <c r="B101" s="2">
         <v>450</v>
       </c>
       <c r="C101" s="2">
-        <v>122966</v>
+        <v>122707</v>
       </c>
       <c r="D101" s="2" t="s">
-        <v>1630</v>
+        <v>1628</v>
       </c>
       <c r="E101" s="2" t="s">
-        <v>1631</v>
+        <v>1629</v>
       </c>
       <c r="F101" s="2" t="s">
-        <v>27</v>
+        <v>287</v>
       </c>
     </row>
     <row r="102" spans="1:6">
       <c r="A102" s="2">
         <v>84</v>
       </c>
       <c r="B102" s="2">
         <v>450</v>
       </c>
       <c r="C102" s="2">
-        <v>122874</v>
+        <v>122434</v>
       </c>
       <c r="D102" s="2" t="s">
-        <v>1632</v>
+        <v>1630</v>
       </c>
       <c r="E102" s="2" t="s">
-        <v>1633</v>
+        <v>1359</v>
       </c>
       <c r="F102" s="2" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
     </row>
     <row r="103" spans="1:6">
       <c r="A103" s="2">
         <v>84</v>
       </c>
       <c r="B103" s="2">
         <v>450</v>
       </c>
       <c r="C103" s="2">
-        <v>105154</v>
+        <v>111874</v>
       </c>
       <c r="D103" s="2" t="s">
-        <v>1634</v>
+        <v>1631</v>
       </c>
       <c r="E103" s="2" t="s">
-        <v>30</v>
+        <v>428</v>
       </c>
       <c r="F103" s="2" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="104" spans="1:6">
       <c r="A104" s="2">
         <v>84</v>
       </c>
       <c r="B104" s="2">
         <v>450</v>
       </c>
       <c r="C104" s="2">
-        <v>122801</v>
-[...1 lines deleted...]
-      <c r="D104" s="2"/>
+        <v>101235</v>
+      </c>
+      <c r="D104" s="2" t="s">
+        <v>1632</v>
+      </c>
       <c r="E104" s="2" t="s">
-        <v>1635</v>
+        <v>1633</v>
       </c>
       <c r="F104" s="2" t="s">
-        <v>103</v>
+        <v>11</v>
       </c>
     </row>
     <row r="105" spans="1:6">
       <c r="A105" s="2">
         <v>84</v>
       </c>
       <c r="B105" s="2">
         <v>450</v>
       </c>
       <c r="C105" s="2">
-        <v>120770</v>
+        <v>122018</v>
       </c>
       <c r="D105" s="2" t="s">
-        <v>1636</v>
+        <v>1634</v>
       </c>
       <c r="E105" s="2" t="s">
-        <v>1637</v>
-[...3 lines deleted...]
-      </c>
+        <v>1635</v>
+      </c>
+      <c r="F105" s="2"/>
     </row>
     <row r="106" spans="1:6">
       <c r="A106" s="2">
         <v>84</v>
       </c>
       <c r="B106" s="2">
         <v>450</v>
       </c>
       <c r="C106" s="2">
-        <v>115725</v>
+        <v>122966</v>
       </c>
       <c r="D106" s="2" t="s">
-        <v>1638</v>
+        <v>1636</v>
       </c>
       <c r="E106" s="2" t="s">
-        <v>726</v>
+        <v>1637</v>
       </c>
       <c r="F106" s="2" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
     </row>
     <row r="107" spans="1:6">
       <c r="A107" s="2">
         <v>84</v>
       </c>
       <c r="B107" s="2">
         <v>450</v>
       </c>
       <c r="C107" s="2">
-        <v>122674</v>
-[...1 lines deleted...]
-      <c r="D107" s="2"/>
+        <v>122874</v>
+      </c>
+      <c r="D107" s="2" t="s">
+        <v>1638</v>
+      </c>
       <c r="E107" s="2" t="s">
         <v>1639</v>
       </c>
       <c r="F107" s="2" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
     </row>
     <row r="108" spans="1:6">
       <c r="A108" s="2">
         <v>107</v>
       </c>
       <c r="B108" s="2">
         <v>430</v>
       </c>
       <c r="C108" s="2">
         <v>122525</v>
       </c>
       <c r="D108" s="2" t="s">
         <v>1640</v>
       </c>
       <c r="E108" s="2" t="s">
         <v>1641</v>
       </c>
       <c r="F108" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="109" spans="1:6">
       <c r="A109" s="2">
         <v>108</v>
       </c>
       <c r="B109" s="2">
         <v>425</v>
       </c>
       <c r="C109" s="2">
-        <v>106389</v>
-[...1 lines deleted...]
-      <c r="D109" s="2" t="s">
+        <v>121879</v>
+      </c>
+      <c r="D109" s="2"/>
+      <c r="E109" s="2" t="s">
         <v>1642</v>
       </c>
-      <c r="E109" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F109" s="2" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
     </row>
     <row r="110" spans="1:6">
       <c r="A110" s="2">
         <v>108</v>
       </c>
       <c r="B110" s="2">
         <v>425</v>
       </c>
       <c r="C110" s="2">
-        <v>118628</v>
+        <v>121143</v>
       </c>
       <c r="D110" s="2" t="s">
+        <v>1643</v>
+      </c>
+      <c r="E110" s="2" t="s">
         <v>1644</v>
       </c>
-      <c r="E110" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F110" s="2" t="s">
-        <v>37</v>
+        <v>11</v>
       </c>
     </row>
     <row r="111" spans="1:6">
       <c r="A111" s="2">
         <v>108</v>
       </c>
       <c r="B111" s="2">
         <v>425</v>
       </c>
       <c r="C111" s="2">
-        <v>122968</v>
-[...3 lines deleted...]
-      </c>
+        <v>122677</v>
+      </c>
+      <c r="D111" s="2"/>
       <c r="E111" s="2" t="s">
-        <v>1647</v>
+        <v>1645</v>
       </c>
       <c r="F111" s="2" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
     </row>
     <row r="112" spans="1:6">
       <c r="A112" s="2">
         <v>108</v>
       </c>
       <c r="B112" s="2">
         <v>425</v>
       </c>
       <c r="C112" s="2">
-        <v>102812</v>
+        <v>122398</v>
       </c>
       <c r="D112" s="2" t="s">
-        <v>1648</v>
+        <v>1646</v>
       </c>
       <c r="E112" s="2" t="s">
-        <v>1649</v>
+        <v>1647</v>
       </c>
       <c r="F112" s="2" t="s">
-        <v>27</v>
+        <v>11</v>
       </c>
     </row>
     <row r="113" spans="1:6">
       <c r="A113" s="2">
         <v>108</v>
       </c>
       <c r="B113" s="2">
         <v>425</v>
       </c>
       <c r="C113" s="2">
-        <v>122802</v>
-[...1 lines deleted...]
-      <c r="D113" s="2"/>
+        <v>122722</v>
+      </c>
+      <c r="D113" s="2" t="s">
+        <v>1648</v>
+      </c>
       <c r="E113" s="2" t="s">
-        <v>1650</v>
+        <v>344</v>
       </c>
       <c r="F113" s="2" t="s">
-        <v>103</v>
+        <v>287</v>
       </c>
     </row>
     <row r="114" spans="1:6">
       <c r="A114" s="2">
         <v>108</v>
       </c>
       <c r="B114" s="2">
         <v>425</v>
       </c>
       <c r="C114" s="2">
-        <v>122153</v>
+        <v>113065</v>
       </c>
       <c r="D114" s="2" t="s">
-        <v>1651</v>
+        <v>1649</v>
       </c>
       <c r="E114" s="2" t="s">
-        <v>1652</v>
+        <v>1650</v>
       </c>
       <c r="F114" s="2" t="s">
-        <v>27</v>
+        <v>11</v>
       </c>
     </row>
     <row r="115" spans="1:6">
       <c r="A115" s="2">
         <v>108</v>
       </c>
       <c r="B115" s="2">
         <v>425</v>
       </c>
       <c r="C115" s="2">
-        <v>102281</v>
+        <v>122968</v>
       </c>
       <c r="D115" s="2" t="s">
-        <v>1653</v>
+        <v>1651</v>
       </c>
       <c r="E115" s="2" t="s">
-        <v>575</v>
+        <v>1652</v>
       </c>
       <c r="F115" s="2" t="s">
-        <v>277</v>
+        <v>27</v>
       </c>
     </row>
     <row r="116" spans="1:6">
       <c r="A116" s="2">
         <v>108</v>
       </c>
       <c r="B116" s="2">
         <v>425</v>
       </c>
       <c r="C116" s="2">
-        <v>121879</v>
-[...1 lines deleted...]
-      <c r="D116" s="2"/>
+        <v>102812</v>
+      </c>
+      <c r="D116" s="2" t="s">
+        <v>1653</v>
+      </c>
       <c r="E116" s="2" t="s">
         <v>1654</v>
       </c>
       <c r="F116" s="2" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
     </row>
     <row r="117" spans="1:6">
       <c r="A117" s="2">
         <v>108</v>
       </c>
       <c r="B117" s="2">
         <v>425</v>
       </c>
       <c r="C117" s="2">
-        <v>122677</v>
-[...1 lines deleted...]
-      <c r="D117" s="2"/>
+        <v>122153</v>
+      </c>
+      <c r="D117" s="2" t="s">
+        <v>1655</v>
+      </c>
       <c r="E117" s="2" t="s">
-        <v>1655</v>
+        <v>1656</v>
       </c>
       <c r="F117" s="2" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
     </row>
     <row r="118" spans="1:6">
       <c r="A118" s="2">
         <v>108</v>
       </c>
       <c r="B118" s="2">
         <v>425</v>
       </c>
       <c r="C118" s="2">
         <v>123018</v>
       </c>
       <c r="D118" s="2"/>
       <c r="E118" s="2" t="s">
-        <v>1656</v>
+        <v>1657</v>
       </c>
       <c r="F118" s="2" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="119" spans="1:6">
       <c r="A119" s="2">
         <v>108</v>
       </c>
       <c r="B119" s="2">
         <v>425</v>
       </c>
       <c r="C119" s="2">
-        <v>116992</v>
+        <v>102281</v>
       </c>
       <c r="D119" s="2" t="s">
-        <v>1657</v>
+        <v>1658</v>
       </c>
       <c r="E119" s="2" t="s">
-        <v>1658</v>
+        <v>591</v>
       </c>
       <c r="F119" s="2" t="s">
-        <v>11</v>
+        <v>287</v>
       </c>
     </row>
     <row r="120" spans="1:6">
       <c r="A120" s="2">
         <v>108</v>
       </c>
       <c r="B120" s="2">
         <v>425</v>
       </c>
       <c r="C120" s="2">
         <v>120423</v>
       </c>
       <c r="D120" s="2" t="s">
         <v>1659</v>
       </c>
       <c r="E120" s="2" t="s">
         <v>1660</v>
       </c>
       <c r="F120" s="2" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="121" spans="1:6">
       <c r="A121" s="2">
         <v>108</v>
@@ -26385,6155 +26387,6153 @@
       </c>
       <c r="B123" s="2">
         <v>425</v>
       </c>
       <c r="C123" s="2">
         <v>118533</v>
       </c>
       <c r="D123" s="2" t="s">
         <v>1665</v>
       </c>
       <c r="E123" s="2" t="s">
         <v>1666</v>
       </c>
       <c r="F123" s="2" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="124" spans="1:6">
       <c r="A124" s="2">
         <v>108</v>
       </c>
       <c r="B124" s="2">
         <v>425</v>
       </c>
       <c r="C124" s="2">
-        <v>121143</v>
+        <v>122074</v>
       </c>
       <c r="D124" s="2" t="s">
         <v>1667</v>
       </c>
       <c r="E124" s="2" t="s">
-        <v>1668</v>
+        <v>304</v>
       </c>
       <c r="F124" s="2" t="s">
-        <v>11</v>
+        <v>101</v>
       </c>
     </row>
     <row r="125" spans="1:6">
       <c r="A125" s="2">
         <v>108</v>
       </c>
       <c r="B125" s="2">
         <v>425</v>
       </c>
       <c r="C125" s="2">
-        <v>122398</v>
+        <v>122480</v>
       </c>
       <c r="D125" s="2" t="s">
-        <v>1669</v>
+        <v>1668</v>
       </c>
       <c r="E125" s="2" t="s">
-        <v>1670</v>
+        <v>527</v>
       </c>
       <c r="F125" s="2" t="s">
-        <v>11</v>
+        <v>44</v>
       </c>
     </row>
     <row r="126" spans="1:6">
       <c r="A126" s="2">
         <v>108</v>
       </c>
       <c r="B126" s="2">
         <v>425</v>
       </c>
       <c r="C126" s="2">
-        <v>122074</v>
-[...3 lines deleted...]
-      </c>
+        <v>121983</v>
+      </c>
+      <c r="D126" s="2"/>
       <c r="E126" s="2" t="s">
-        <v>297</v>
+        <v>1669</v>
       </c>
       <c r="F126" s="2" t="s">
-        <v>103</v>
+        <v>32</v>
       </c>
     </row>
     <row r="127" spans="1:6">
       <c r="A127" s="2">
         <v>108</v>
       </c>
       <c r="B127" s="2">
         <v>425</v>
       </c>
       <c r="C127" s="2">
-        <v>122722</v>
+        <v>106389</v>
       </c>
       <c r="D127" s="2" t="s">
-        <v>1672</v>
+        <v>1670</v>
       </c>
       <c r="E127" s="2" t="s">
-        <v>337</v>
+        <v>1671</v>
       </c>
       <c r="F127" s="2" t="s">
-        <v>277</v>
+        <v>8</v>
       </c>
     </row>
     <row r="128" spans="1:6">
       <c r="A128" s="2">
         <v>108</v>
       </c>
       <c r="B128" s="2">
         <v>425</v>
       </c>
       <c r="C128" s="2">
-        <v>122480</v>
+        <v>116992</v>
       </c>
       <c r="D128" s="2" t="s">
+        <v>1672</v>
+      </c>
+      <c r="E128" s="2" t="s">
         <v>1673</v>
       </c>
-      <c r="E128" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F128" s="2" t="s">
-        <v>44</v>
+        <v>11</v>
       </c>
     </row>
     <row r="129" spans="1:6">
       <c r="A129" s="2">
         <v>108</v>
       </c>
       <c r="B129" s="2">
         <v>425</v>
       </c>
       <c r="C129" s="2">
-        <v>113065</v>
+        <v>118628</v>
       </c>
       <c r="D129" s="2" t="s">
         <v>1674</v>
       </c>
       <c r="E129" s="2" t="s">
         <v>1675</v>
       </c>
       <c r="F129" s="2" t="s">
-        <v>11</v>
+        <v>37</v>
       </c>
     </row>
     <row r="130" spans="1:6">
       <c r="A130" s="2">
         <v>108</v>
       </c>
       <c r="B130" s="2">
         <v>425</v>
       </c>
       <c r="C130" s="2">
-        <v>121983</v>
+        <v>122802</v>
       </c>
       <c r="D130" s="2"/>
       <c r="E130" s="2" t="s">
         <v>1676</v>
       </c>
       <c r="F130" s="2" t="s">
-        <v>32</v>
+        <v>101</v>
       </c>
     </row>
     <row r="131" spans="1:6">
       <c r="A131" s="2">
         <v>130</v>
       </c>
       <c r="B131" s="2">
         <v>400</v>
       </c>
       <c r="C131" s="2">
-        <v>122462</v>
-[...1 lines deleted...]
-      <c r="D131" s="2" t="s">
+        <v>121993</v>
+      </c>
+      <c r="D131" s="2"/>
+      <c r="E131" s="2" t="s">
         <v>1677</v>
       </c>
-      <c r="E131" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F131" s="2" t="s">
-        <v>16</v>
+        <v>32</v>
       </c>
     </row>
     <row r="132" spans="1:6">
       <c r="A132" s="2">
         <v>130</v>
       </c>
       <c r="B132" s="2">
         <v>400</v>
       </c>
       <c r="C132" s="2">
-        <v>122482</v>
+        <v>100658</v>
       </c>
       <c r="D132" s="2" t="s">
+        <v>1678</v>
+      </c>
+      <c r="E132" s="2" t="s">
         <v>1679</v>
       </c>
-      <c r="E132" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F132" s="2" t="s">
-        <v>226</v>
+        <v>44</v>
       </c>
     </row>
     <row r="133" spans="1:6">
       <c r="A133" s="2">
         <v>130</v>
       </c>
       <c r="B133" s="2">
         <v>400</v>
       </c>
       <c r="C133" s="2">
-        <v>122541</v>
-[...3 lines deleted...]
-      </c>
+        <v>121649</v>
+      </c>
+      <c r="D133" s="2"/>
       <c r="E133" s="2" t="s">
-        <v>1096</v>
-[...3 lines deleted...]
-      </c>
+        <v>1680</v>
+      </c>
+      <c r="F133" s="2"/>
     </row>
     <row r="134" spans="1:6">
       <c r="A134" s="2">
         <v>130</v>
       </c>
       <c r="B134" s="2">
         <v>400</v>
       </c>
       <c r="C134" s="2">
-        <v>122399</v>
+        <v>109946</v>
       </c>
       <c r="D134" s="2" t="s">
+        <v>1681</v>
+      </c>
+      <c r="E134" s="2" t="s">
         <v>1682</v>
       </c>
-      <c r="E134" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F134" s="2" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
     </row>
     <row r="135" spans="1:6">
       <c r="A135" s="2">
         <v>130</v>
       </c>
       <c r="B135" s="2">
         <v>400</v>
       </c>
       <c r="C135" s="2">
-        <v>101261</v>
-[...3 lines deleted...]
-      </c>
+        <v>122632</v>
+      </c>
+      <c r="D135" s="2"/>
       <c r="E135" s="2" t="s">
-        <v>1685</v>
+        <v>1683</v>
       </c>
       <c r="F135" s="2" t="s">
-        <v>11</v>
+        <v>32</v>
       </c>
     </row>
     <row r="136" spans="1:6">
       <c r="A136" s="2">
         <v>130</v>
       </c>
       <c r="B136" s="2">
         <v>400</v>
       </c>
       <c r="C136" s="2">
-        <v>100658</v>
+        <v>122259</v>
       </c>
       <c r="D136" s="2" t="s">
-        <v>1686</v>
+        <v>1684</v>
       </c>
       <c r="E136" s="2" t="s">
-        <v>1687</v>
+        <v>1685</v>
       </c>
       <c r="F136" s="2" t="s">
-        <v>44</v>
+        <v>11</v>
       </c>
     </row>
     <row r="137" spans="1:6">
       <c r="A137" s="2">
         <v>130</v>
       </c>
       <c r="B137" s="2">
         <v>400</v>
       </c>
       <c r="C137" s="2">
-        <v>121993</v>
-[...1 lines deleted...]
-      <c r="D137" s="2"/>
+        <v>102657</v>
+      </c>
+      <c r="D137" s="2" t="s">
+        <v>1686</v>
+      </c>
       <c r="E137" s="2" t="s">
-        <v>1688</v>
+        <v>1687</v>
       </c>
       <c r="F137" s="2" t="s">
-        <v>32</v>
+        <v>37</v>
       </c>
     </row>
     <row r="138" spans="1:6">
       <c r="A138" s="2">
         <v>130</v>
       </c>
       <c r="B138" s="2">
         <v>400</v>
       </c>
       <c r="C138" s="2">
-        <v>109946</v>
+        <v>122462</v>
       </c>
       <c r="D138" s="2" t="s">
+        <v>1688</v>
+      </c>
+      <c r="E138" s="2" t="s">
         <v>1689</v>
       </c>
-      <c r="E138" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F138" s="2" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
     </row>
     <row r="139" spans="1:6">
       <c r="A139" s="2">
         <v>130</v>
       </c>
       <c r="B139" s="2">
         <v>400</v>
       </c>
       <c r="C139" s="2">
-        <v>122632</v>
-[...1 lines deleted...]
-      <c r="D139" s="2"/>
+        <v>121777</v>
+      </c>
+      <c r="D139" s="2" t="s">
+        <v>1690</v>
+      </c>
       <c r="E139" s="2" t="s">
         <v>1691</v>
       </c>
       <c r="F139" s="2" t="s">
-        <v>32</v>
+        <v>8</v>
       </c>
     </row>
     <row r="140" spans="1:6">
       <c r="A140" s="2">
         <v>130</v>
       </c>
       <c r="B140" s="2">
         <v>400</v>
       </c>
       <c r="C140" s="2">
-        <v>121649</v>
+        <v>122803</v>
       </c>
       <c r="D140" s="2"/>
       <c r="E140" s="2" t="s">
         <v>1692</v>
       </c>
-      <c r="F140" s="2"/>
+      <c r="F140" s="2" t="s">
+        <v>101</v>
+      </c>
     </row>
     <row r="141" spans="1:6">
       <c r="A141" s="2">
         <v>130</v>
       </c>
       <c r="B141" s="2">
         <v>400</v>
       </c>
       <c r="C141" s="2">
-        <v>102657</v>
+        <v>122541</v>
       </c>
       <c r="D141" s="2" t="s">
         <v>1693</v>
       </c>
       <c r="E141" s="2" t="s">
-        <v>1694</v>
+        <v>1098</v>
       </c>
       <c r="F141" s="2" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="142" spans="1:6">
       <c r="A142" s="2">
         <v>130</v>
       </c>
       <c r="B142" s="2">
         <v>400</v>
       </c>
       <c r="C142" s="2">
-        <v>122976</v>
-[...3 lines deleted...]
-      </c>
+        <v>122681</v>
+      </c>
+      <c r="D142" s="2"/>
       <c r="E142" s="2" t="s">
-        <v>1696</v>
+        <v>1694</v>
       </c>
       <c r="F142" s="2" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
     </row>
     <row r="143" spans="1:6">
       <c r="A143" s="2">
         <v>130</v>
       </c>
       <c r="B143" s="2">
         <v>400</v>
       </c>
       <c r="C143" s="2">
-        <v>118154</v>
+        <v>122399</v>
       </c>
       <c r="D143" s="2" t="s">
-        <v>1697</v>
+        <v>1695</v>
       </c>
       <c r="E143" s="2" t="s">
-        <v>1698</v>
+        <v>1696</v>
       </c>
       <c r="F143" s="2" t="s">
-        <v>27</v>
+        <v>11</v>
       </c>
     </row>
     <row r="144" spans="1:6">
       <c r="A144" s="2">
         <v>130</v>
       </c>
       <c r="B144" s="2">
         <v>400</v>
       </c>
       <c r="C144" s="2">
-        <v>121777</v>
+        <v>114210</v>
       </c>
       <c r="D144" s="2" t="s">
-        <v>1699</v>
+        <v>1697</v>
       </c>
       <c r="E144" s="2" t="s">
-        <v>1700</v>
+        <v>1698</v>
       </c>
       <c r="F144" s="2" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="145" spans="1:6">
       <c r="A145" s="2">
         <v>130</v>
       </c>
       <c r="B145" s="2">
         <v>400</v>
       </c>
       <c r="C145" s="2">
-        <v>121946</v>
+        <v>101261</v>
       </c>
       <c r="D145" s="2" t="s">
-        <v>1701</v>
+        <v>1699</v>
       </c>
       <c r="E145" s="2" t="s">
-        <v>1702</v>
+        <v>1700</v>
       </c>
       <c r="F145" s="2" t="s">
-        <v>83</v>
+        <v>11</v>
       </c>
     </row>
     <row r="146" spans="1:6">
       <c r="A146" s="2">
         <v>130</v>
       </c>
       <c r="B146" s="2">
         <v>400</v>
       </c>
       <c r="C146" s="2">
-        <v>122803</v>
-[...1 lines deleted...]
-      <c r="D146" s="2"/>
+        <v>122976</v>
+      </c>
+      <c r="D146" s="2" t="s">
+        <v>1701</v>
+      </c>
       <c r="E146" s="2" t="s">
-        <v>1703</v>
+        <v>1702</v>
       </c>
       <c r="F146" s="2" t="s">
-        <v>103</v>
+        <v>27</v>
       </c>
     </row>
     <row r="147" spans="1:6">
       <c r="A147" s="2">
         <v>130</v>
       </c>
       <c r="B147" s="2">
         <v>400</v>
       </c>
       <c r="C147" s="2">
-        <v>122681</v>
-[...1 lines deleted...]
-      <c r="D147" s="2"/>
+        <v>121761</v>
+      </c>
+      <c r="D147" s="2" t="s">
+        <v>1703</v>
+      </c>
       <c r="E147" s="2" t="s">
         <v>1704</v>
       </c>
-      <c r="F147" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F147" s="2"/>
     </row>
     <row r="148" spans="1:6">
       <c r="A148" s="2">
         <v>130</v>
       </c>
       <c r="B148" s="2">
         <v>400</v>
       </c>
       <c r="C148" s="2">
-        <v>114210</v>
+        <v>118154</v>
       </c>
       <c r="D148" s="2" t="s">
         <v>1705</v>
       </c>
       <c r="E148" s="2" t="s">
         <v>1706</v>
       </c>
       <c r="F148" s="2" t="s">
-        <v>8</v>
+        <v>27</v>
       </c>
     </row>
     <row r="149" spans="1:6">
       <c r="A149" s="2">
         <v>130</v>
       </c>
       <c r="B149" s="2">
         <v>400</v>
       </c>
       <c r="C149" s="2">
-        <v>121761</v>
+        <v>121946</v>
       </c>
       <c r="D149" s="2" t="s">
         <v>1707</v>
       </c>
       <c r="E149" s="2" t="s">
         <v>1708</v>
       </c>
-      <c r="F149" s="2"/>
+      <c r="F149" s="2" t="s">
+        <v>83</v>
+      </c>
     </row>
     <row r="150" spans="1:6">
       <c r="A150" s="2">
         <v>130</v>
       </c>
       <c r="B150" s="2">
         <v>400</v>
       </c>
       <c r="C150" s="2">
         <v>123021</v>
       </c>
       <c r="D150" s="2"/>
       <c r="E150" s="2" t="s">
         <v>1709</v>
       </c>
       <c r="F150" s="2" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="151" spans="1:6">
       <c r="A151" s="2">
         <v>130</v>
       </c>
       <c r="B151" s="2">
         <v>400</v>
       </c>
       <c r="C151" s="2">
-        <v>122259</v>
+        <v>122482</v>
       </c>
       <c r="D151" s="2" t="s">
         <v>1710</v>
       </c>
       <c r="E151" s="2" t="s">
         <v>1711</v>
       </c>
       <c r="F151" s="2" t="s">
-        <v>11</v>
+        <v>234</v>
       </c>
     </row>
     <row r="152" spans="1:6">
       <c r="A152" s="2">
         <v>151</v>
       </c>
       <c r="B152" s="2">
         <v>375</v>
       </c>
       <c r="C152" s="2">
-        <v>114640</v>
+        <v>122283</v>
       </c>
       <c r="D152" s="2" t="s">
         <v>1712</v>
       </c>
       <c r="E152" s="2" t="s">
-        <v>1234</v>
+        <v>1713</v>
       </c>
       <c r="F152" s="2" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
     </row>
     <row r="153" spans="1:6">
       <c r="A153" s="2">
         <v>151</v>
       </c>
       <c r="B153" s="2">
         <v>375</v>
       </c>
       <c r="C153" s="2">
-        <v>118871</v>
+        <v>122231</v>
       </c>
       <c r="D153" s="2" t="s">
-        <v>1713</v>
+        <v>1714</v>
       </c>
       <c r="E153" s="2" t="s">
-        <v>1714</v>
+        <v>1715</v>
       </c>
       <c r="F153" s="2" t="s">
-        <v>32</v>
+        <v>1716</v>
       </c>
     </row>
     <row r="154" spans="1:6">
       <c r="A154" s="2">
         <v>151</v>
       </c>
       <c r="B154" s="2">
         <v>375</v>
       </c>
       <c r="C154" s="2">
-        <v>121762</v>
+        <v>114640</v>
       </c>
       <c r="D154" s="2" t="s">
-        <v>1715</v>
+        <v>1717</v>
       </c>
       <c r="E154" s="2" t="s">
-        <v>1716</v>
-[...1 lines deleted...]
-      <c r="F154" s="2"/>
+        <v>1206</v>
+      </c>
+      <c r="F154" s="2" t="s">
+        <v>19</v>
+      </c>
     </row>
     <row r="155" spans="1:6">
       <c r="A155" s="2">
         <v>151</v>
       </c>
       <c r="B155" s="2">
         <v>375</v>
       </c>
       <c r="C155" s="2">
         <v>122682</v>
       </c>
       <c r="D155" s="2" t="s">
-        <v>1717</v>
+        <v>1718</v>
       </c>
       <c r="E155" s="2" t="s">
-        <v>1718</v>
+        <v>1719</v>
       </c>
       <c r="F155" s="2" t="s">
-        <v>645</v>
+        <v>660</v>
       </c>
     </row>
     <row r="156" spans="1:6">
       <c r="A156" s="2">
         <v>151</v>
       </c>
       <c r="B156" s="2">
         <v>375</v>
       </c>
       <c r="C156" s="2">
-        <v>121330</v>
+        <v>108987</v>
       </c>
       <c r="D156" s="2" t="s">
-        <v>1719</v>
+        <v>1720</v>
       </c>
       <c r="E156" s="2" t="s">
-        <v>1720</v>
+        <v>1721</v>
       </c>
       <c r="F156" s="2" t="s">
-        <v>19</v>
+        <v>101</v>
       </c>
     </row>
     <row r="157" spans="1:6">
       <c r="A157" s="2">
         <v>151</v>
       </c>
       <c r="B157" s="2">
         <v>375</v>
       </c>
       <c r="C157" s="2">
-        <v>122723</v>
+        <v>121330</v>
       </c>
       <c r="D157" s="2" t="s">
-        <v>1721</v>
+        <v>1722</v>
       </c>
       <c r="E157" s="2" t="s">
-        <v>1722</v>
+        <v>1723</v>
       </c>
       <c r="F157" s="2" t="s">
-        <v>277</v>
+        <v>19</v>
       </c>
     </row>
     <row r="158" spans="1:6">
       <c r="A158" s="2">
         <v>151</v>
       </c>
       <c r="B158" s="2">
         <v>375</v>
       </c>
       <c r="C158" s="2">
-        <v>105393</v>
-[...3 lines deleted...]
-      </c>
+        <v>121995</v>
+      </c>
+      <c r="D158" s="2"/>
       <c r="E158" s="2" t="s">
         <v>1724</v>
       </c>
       <c r="F158" s="2" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
     </row>
     <row r="159" spans="1:6">
       <c r="A159" s="2">
         <v>151</v>
       </c>
       <c r="B159" s="2">
         <v>375</v>
       </c>
       <c r="C159" s="2">
-        <v>121947</v>
+        <v>122723</v>
       </c>
       <c r="D159" s="2" t="s">
         <v>1725</v>
       </c>
       <c r="E159" s="2" t="s">
         <v>1726</v>
       </c>
       <c r="F159" s="2" t="s">
-        <v>11</v>
+        <v>287</v>
       </c>
     </row>
     <row r="160" spans="1:6">
       <c r="A160" s="2">
         <v>151</v>
       </c>
       <c r="B160" s="2">
         <v>375</v>
       </c>
       <c r="C160" s="2">
-        <v>122231</v>
+        <v>122156</v>
       </c>
       <c r="D160" s="2" t="s">
         <v>1727</v>
       </c>
       <c r="E160" s="2" t="s">
-        <v>1728</v>
+        <v>1177</v>
       </c>
       <c r="F160" s="2" t="s">
-        <v>1729</v>
+        <v>320</v>
       </c>
     </row>
     <row r="161" spans="1:6">
       <c r="A161" s="2">
         <v>151</v>
       </c>
       <c r="B161" s="2">
         <v>375</v>
       </c>
       <c r="C161" s="2">
-        <v>122400</v>
+        <v>105393</v>
       </c>
       <c r="D161" s="2" t="s">
-        <v>1611</v>
+        <v>1728</v>
       </c>
       <c r="E161" s="2" t="s">
-        <v>1730</v>
+        <v>1729</v>
       </c>
       <c r="F161" s="2" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
     </row>
     <row r="162" spans="1:6">
       <c r="A162" s="2">
         <v>151</v>
       </c>
       <c r="B162" s="2">
         <v>375</v>
       </c>
       <c r="C162" s="2">
-        <v>108987</v>
+        <v>121947</v>
       </c>
       <c r="D162" s="2" t="s">
+        <v>1730</v>
+      </c>
+      <c r="E162" s="2" t="s">
         <v>1731</v>
       </c>
-      <c r="E162" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F162" s="2" t="s">
-        <v>103</v>
+        <v>11</v>
       </c>
     </row>
     <row r="163" spans="1:6">
       <c r="A163" s="2">
         <v>151</v>
       </c>
       <c r="B163" s="2">
         <v>375</v>
       </c>
       <c r="C163" s="2">
-        <v>122278</v>
-[...3 lines deleted...]
-      </c>
+        <v>122814</v>
+      </c>
+      <c r="D163" s="2"/>
       <c r="E163" s="2" t="s">
-        <v>1734</v>
+        <v>1732</v>
       </c>
       <c r="F163" s="2" t="s">
-        <v>11</v>
+        <v>101</v>
       </c>
     </row>
     <row r="164" spans="1:6">
       <c r="A164" s="2">
         <v>151</v>
       </c>
       <c r="B164" s="2">
         <v>375</v>
       </c>
       <c r="C164" s="2">
-        <v>121995</v>
+        <v>122804</v>
       </c>
       <c r="D164" s="2"/>
       <c r="E164" s="2" t="s">
-        <v>1735</v>
+        <v>1733</v>
       </c>
       <c r="F164" s="2" t="s">
-        <v>32</v>
+        <v>101</v>
       </c>
     </row>
     <row r="165" spans="1:6">
       <c r="A165" s="2">
         <v>151</v>
       </c>
       <c r="B165" s="2">
         <v>375</v>
       </c>
       <c r="C165" s="2">
-        <v>122156</v>
+        <v>122400</v>
       </c>
       <c r="D165" s="2" t="s">
-        <v>1736</v>
+        <v>1620</v>
       </c>
       <c r="E165" s="2" t="s">
-        <v>1179</v>
+        <v>1734</v>
       </c>
       <c r="F165" s="2" t="s">
-        <v>293</v>
+        <v>11</v>
       </c>
     </row>
     <row r="166" spans="1:6">
       <c r="A166" s="2">
         <v>151</v>
       </c>
       <c r="B166" s="2">
         <v>375</v>
       </c>
       <c r="C166" s="2">
-        <v>122977</v>
+        <v>122278</v>
       </c>
       <c r="D166" s="2" t="s">
-        <v>1737</v>
+        <v>1735</v>
       </c>
       <c r="E166" s="2" t="s">
-        <v>1737</v>
+        <v>1736</v>
       </c>
       <c r="F166" s="2" t="s">
-        <v>27</v>
+        <v>11</v>
       </c>
     </row>
     <row r="167" spans="1:6">
       <c r="A167" s="2">
         <v>151</v>
       </c>
       <c r="B167" s="2">
         <v>375</v>
       </c>
       <c r="C167" s="2">
-        <v>122814</v>
-[...1 lines deleted...]
-      <c r="D167" s="2"/>
+        <v>118871</v>
+      </c>
+      <c r="D167" s="2" t="s">
+        <v>1737</v>
+      </c>
       <c r="E167" s="2" t="s">
         <v>1738</v>
       </c>
       <c r="F167" s="2" t="s">
-        <v>103</v>
+        <v>32</v>
       </c>
     </row>
     <row r="168" spans="1:6">
       <c r="A168" s="2">
         <v>151</v>
       </c>
       <c r="B168" s="2">
         <v>375</v>
       </c>
       <c r="C168" s="2">
-        <v>122804</v>
-[...1 lines deleted...]
-      <c r="D168" s="2"/>
+        <v>122977</v>
+      </c>
+      <c r="D168" s="2" t="s">
+        <v>1739</v>
+      </c>
       <c r="E168" s="2" t="s">
         <v>1739</v>
       </c>
       <c r="F168" s="2" t="s">
-        <v>103</v>
+        <v>27</v>
       </c>
     </row>
     <row r="169" spans="1:6">
       <c r="A169" s="2">
         <v>151</v>
       </c>
       <c r="B169" s="2">
         <v>375</v>
       </c>
       <c r="C169" s="2">
-        <v>122283</v>
+        <v>121762</v>
       </c>
       <c r="D169" s="2" t="s">
         <v>1740</v>
       </c>
       <c r="E169" s="2" t="s">
         <v>1741</v>
       </c>
-      <c r="F169" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F169" s="2"/>
     </row>
     <row r="170" spans="1:6">
       <c r="A170" s="2">
         <v>169</v>
       </c>
       <c r="B170" s="2">
         <v>365</v>
       </c>
       <c r="C170" s="2">
         <v>118804</v>
       </c>
       <c r="D170" s="2" t="s">
         <v>1742</v>
       </c>
       <c r="E170" s="2" t="s">
         <v>1743</v>
       </c>
       <c r="F170" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="171" spans="1:6">
       <c r="A171" s="2">
         <v>170</v>
       </c>
       <c r="B171" s="2">
         <v>350</v>
       </c>
       <c r="C171" s="2">
-        <v>122775</v>
-[...1 lines deleted...]
-      <c r="D171" s="2" t="s">
+        <v>122401</v>
+      </c>
+      <c r="D171" s="2"/>
+      <c r="E171" s="2" t="s">
         <v>1744</v>
       </c>
-      <c r="E171" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F171" s="2" t="s">
-        <v>37</v>
+        <v>11</v>
       </c>
     </row>
     <row r="172" spans="1:6">
       <c r="A172" s="2">
         <v>170</v>
       </c>
       <c r="B172" s="2">
         <v>350</v>
       </c>
       <c r="C172" s="2">
         <v>122978</v>
       </c>
       <c r="D172" s="2" t="s">
+        <v>1745</v>
+      </c>
+      <c r="E172" s="2" t="s">
         <v>1746</v>
-      </c>
-[...1 lines deleted...]
-        <v>1747</v>
       </c>
       <c r="F172" s="2" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="173" spans="1:6">
       <c r="A173" s="2">
         <v>170</v>
       </c>
       <c r="B173" s="2">
         <v>350</v>
       </c>
       <c r="C173" s="2">
-        <v>122284</v>
+        <v>121765</v>
       </c>
       <c r="D173" s="2" t="s">
+        <v>1747</v>
+      </c>
+      <c r="E173" s="2" t="s">
         <v>1748</v>
       </c>
-      <c r="E173" s="2" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="F173" s="2"/>
     </row>
     <row r="174" spans="1:6">
       <c r="A174" s="2">
         <v>170</v>
       </c>
       <c r="B174" s="2">
         <v>350</v>
       </c>
       <c r="C174" s="2">
-        <v>122232</v>
-[...3 lines deleted...]
-      </c>
+        <v>122037</v>
+      </c>
+      <c r="D174" s="2"/>
       <c r="E174" s="2" t="s">
-        <v>1750</v>
+        <v>1749</v>
       </c>
       <c r="F174" s="2" t="s">
-        <v>277</v>
+        <v>32</v>
       </c>
     </row>
     <row r="175" spans="1:6">
       <c r="A175" s="2">
         <v>170</v>
       </c>
       <c r="B175" s="2">
         <v>350</v>
       </c>
       <c r="C175" s="2">
-        <v>122992</v>
+        <v>122284</v>
       </c>
       <c r="D175" s="2" t="s">
+        <v>1750</v>
+      </c>
+      <c r="E175" s="2" t="s">
         <v>1751</v>
       </c>
-      <c r="E175" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F175" s="2" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
     </row>
     <row r="176" spans="1:6">
       <c r="A176" s="2">
         <v>170</v>
       </c>
       <c r="B176" s="2">
         <v>350</v>
       </c>
       <c r="C176" s="2">
-        <v>121765</v>
+        <v>122232</v>
       </c>
       <c r="D176" s="2" t="s">
-        <v>1753</v>
+        <v>734</v>
       </c>
       <c r="E176" s="2" t="s">
-        <v>1754</v>
-[...1 lines deleted...]
-      <c r="F176" s="2"/>
+        <v>1752</v>
+      </c>
+      <c r="F176" s="2" t="s">
+        <v>287</v>
+      </c>
     </row>
     <row r="177" spans="1:6">
       <c r="A177" s="2">
         <v>170</v>
       </c>
       <c r="B177" s="2">
         <v>350</v>
       </c>
       <c r="C177" s="2">
-        <v>101970</v>
+        <v>122992</v>
       </c>
       <c r="D177" s="2" t="s">
-        <v>1755</v>
+        <v>1753</v>
       </c>
       <c r="E177" s="2" t="s">
-        <v>1756</v>
+        <v>1754</v>
       </c>
       <c r="F177" s="2" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
     </row>
     <row r="178" spans="1:6">
       <c r="A178" s="2">
         <v>170</v>
       </c>
       <c r="B178" s="2">
         <v>350</v>
       </c>
       <c r="C178" s="2">
-        <v>122485</v>
+        <v>101970</v>
       </c>
       <c r="D178" s="2" t="s">
-        <v>1757</v>
+        <v>1755</v>
       </c>
       <c r="E178" s="2" t="s">
-        <v>1758</v>
+        <v>1756</v>
       </c>
       <c r="F178" s="2" t="s">
-        <v>11</v>
+        <v>27</v>
       </c>
     </row>
     <row r="179" spans="1:6">
       <c r="A179" s="2">
         <v>170</v>
       </c>
       <c r="B179" s="2">
         <v>350</v>
       </c>
       <c r="C179" s="2">
-        <v>122037</v>
-[...1 lines deleted...]
-      <c r="D179" s="2"/>
+        <v>108894</v>
+      </c>
+      <c r="D179" s="2" t="s">
+        <v>1757</v>
+      </c>
       <c r="E179" s="2" t="s">
-        <v>1759</v>
+        <v>1758</v>
       </c>
       <c r="F179" s="2" t="s">
-        <v>32</v>
+        <v>101</v>
       </c>
     </row>
     <row r="180" spans="1:6">
       <c r="A180" s="2">
         <v>170</v>
       </c>
       <c r="B180" s="2">
         <v>350</v>
       </c>
       <c r="C180" s="2">
-        <v>122724</v>
+        <v>122485</v>
       </c>
       <c r="D180" s="2" t="s">
+        <v>1759</v>
+      </c>
+      <c r="E180" s="2" t="s">
         <v>1760</v>
       </c>
-      <c r="E180" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F180" s="2" t="s">
-        <v>277</v>
+        <v>11</v>
       </c>
     </row>
     <row r="181" spans="1:6">
       <c r="A181" s="2">
         <v>170</v>
       </c>
       <c r="B181" s="2">
         <v>350</v>
       </c>
       <c r="C181" s="2">
-        <v>103104</v>
-[...1 lines deleted...]
-      <c r="D181" s="2" t="s">
+        <v>122683</v>
+      </c>
+      <c r="D181" s="2"/>
+      <c r="E181" s="2" t="s">
         <v>1761</v>
       </c>
-      <c r="E181" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F181" s="2" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
     </row>
     <row r="182" spans="1:6">
       <c r="A182" s="2">
         <v>170</v>
       </c>
       <c r="B182" s="2">
         <v>350</v>
       </c>
       <c r="C182" s="2">
-        <v>122401</v>
+        <v>121996</v>
       </c>
       <c r="D182" s="2"/>
       <c r="E182" s="2" t="s">
-        <v>1763</v>
+        <v>1762</v>
       </c>
       <c r="F182" s="2" t="s">
-        <v>11</v>
+        <v>32</v>
       </c>
     </row>
     <row r="183" spans="1:6">
       <c r="A183" s="2">
         <v>170</v>
       </c>
       <c r="B183" s="2">
         <v>350</v>
       </c>
       <c r="C183" s="2">
-        <v>108894</v>
+        <v>122724</v>
       </c>
       <c r="D183" s="2" t="s">
-        <v>1764</v>
+        <v>1763</v>
       </c>
       <c r="E183" s="2" t="s">
-        <v>1765</v>
+        <v>344</v>
       </c>
       <c r="F183" s="2" t="s">
-        <v>103</v>
+        <v>287</v>
       </c>
     </row>
     <row r="184" spans="1:6">
       <c r="A184" s="2">
         <v>170</v>
       </c>
       <c r="B184" s="2">
         <v>350</v>
       </c>
       <c r="C184" s="2">
-        <v>122683</v>
-[...1 lines deleted...]
-      <c r="D184" s="2"/>
+        <v>103104</v>
+      </c>
+      <c r="D184" s="2" t="s">
+        <v>1764</v>
+      </c>
       <c r="E184" s="2" t="s">
-        <v>1766</v>
+        <v>1765</v>
       </c>
       <c r="F184" s="2" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
     </row>
     <row r="185" spans="1:6">
       <c r="A185" s="2">
         <v>170</v>
       </c>
       <c r="B185" s="2">
         <v>350</v>
       </c>
       <c r="C185" s="2">
-        <v>121996</v>
-[...1 lines deleted...]
-      <c r="D185" s="2"/>
+        <v>122775</v>
+      </c>
+      <c r="D185" s="2" t="s">
+        <v>1766</v>
+      </c>
       <c r="E185" s="2" t="s">
         <v>1767</v>
       </c>
       <c r="F185" s="2" t="s">
-        <v>32</v>
+        <v>37</v>
       </c>
     </row>
     <row r="186" spans="1:6">
       <c r="A186" s="2">
         <v>185</v>
       </c>
       <c r="B186" s="2">
         <v>340</v>
       </c>
       <c r="C186" s="2">
-        <v>122235</v>
-[...1 lines deleted...]
-      <c r="D186" s="2" t="s">
+        <v>123032</v>
+      </c>
+      <c r="D186" s="2"/>
+      <c r="E186" s="2" t="s">
         <v>1768</v>
       </c>
-      <c r="E186" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F186" s="2" t="s">
-        <v>37</v>
+        <v>32</v>
       </c>
     </row>
     <row r="187" spans="1:6">
       <c r="A187" s="2">
         <v>185</v>
       </c>
       <c r="B187" s="2">
         <v>340</v>
       </c>
       <c r="C187" s="2">
-        <v>121787</v>
+        <v>122075</v>
       </c>
       <c r="D187" s="2" t="s">
+        <v>1769</v>
+      </c>
+      <c r="E187" s="2" t="s">
         <v>1770</v>
       </c>
-      <c r="E187" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F187" s="2" t="s">
-        <v>8</v>
+        <v>101</v>
       </c>
     </row>
     <row r="188" spans="1:6">
       <c r="A188" s="2">
         <v>185</v>
       </c>
       <c r="B188" s="2">
         <v>340</v>
       </c>
       <c r="C188" s="2">
-        <v>122516</v>
-[...3 lines deleted...]
-      </c>
+        <v>122684</v>
+      </c>
+      <c r="D188" s="2"/>
       <c r="E188" s="2" t="s">
-        <v>1773</v>
+        <v>1771</v>
       </c>
       <c r="F188" s="2" t="s">
-        <v>63</v>
+        <v>32</v>
       </c>
     </row>
     <row r="189" spans="1:6">
       <c r="A189" s="2">
         <v>185</v>
       </c>
       <c r="B189" s="2">
         <v>340</v>
       </c>
       <c r="C189" s="2">
-        <v>123032</v>
-[...1 lines deleted...]
-      <c r="D189" s="2"/>
+        <v>122725</v>
+      </c>
+      <c r="D189" s="2" t="s">
+        <v>1772</v>
+      </c>
       <c r="E189" s="2" t="s">
-        <v>1774</v>
+        <v>1773</v>
       </c>
       <c r="F189" s="2" t="s">
-        <v>32</v>
+        <v>287</v>
       </c>
     </row>
     <row r="190" spans="1:6">
       <c r="A190" s="2">
         <v>185</v>
       </c>
       <c r="B190" s="2">
         <v>340</v>
       </c>
       <c r="C190" s="2">
-        <v>122402</v>
-[...1 lines deleted...]
-      <c r="D190" s="2"/>
+        <v>123058</v>
+      </c>
+      <c r="D190" s="2" t="s">
+        <v>1774</v>
+      </c>
       <c r="E190" s="2" t="s">
         <v>1775</v>
       </c>
-      <c r="F190" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F190" s="2"/>
     </row>
     <row r="191" spans="1:6">
       <c r="A191" s="2">
         <v>185</v>
       </c>
       <c r="B191" s="2">
         <v>340</v>
       </c>
       <c r="C191" s="2">
-        <v>122075</v>
-[...1 lines deleted...]
-      <c r="D191" s="2" t="s">
+        <v>122439</v>
+      </c>
+      <c r="D191" s="2"/>
+      <c r="E191" s="2" t="s">
         <v>1776</v>
       </c>
-      <c r="E191" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F191" s="2" t="s">
-        <v>103</v>
+        <v>32</v>
       </c>
     </row>
     <row r="192" spans="1:6">
       <c r="A192" s="2">
         <v>185</v>
       </c>
       <c r="B192" s="2">
         <v>340</v>
       </c>
       <c r="C192" s="2">
-        <v>122684</v>
-[...1 lines deleted...]
-      <c r="D192" s="2"/>
+        <v>122516</v>
+      </c>
+      <c r="D192" s="2" t="s">
+        <v>1777</v>
+      </c>
       <c r="E192" s="2" t="s">
         <v>1778</v>
       </c>
       <c r="F192" s="2" t="s">
-        <v>32</v>
+        <v>63</v>
       </c>
     </row>
     <row r="193" spans="1:6">
       <c r="A193" s="2">
         <v>185</v>
       </c>
       <c r="B193" s="2">
         <v>340</v>
       </c>
       <c r="C193" s="2">
-        <v>123058</v>
-[...1 lines deleted...]
-      <c r="D193" s="2" t="s">
+        <v>122402</v>
+      </c>
+      <c r="D193" s="2"/>
+      <c r="E193" s="2" t="s">
         <v>1779</v>
       </c>
-      <c r="E193" s="2" t="s">
-[...2 lines deleted...]
-      <c r="F193" s="2"/>
+      <c r="F193" s="2" t="s">
+        <v>11</v>
+      </c>
     </row>
     <row r="194" spans="1:6">
       <c r="A194" s="2">
         <v>185</v>
       </c>
       <c r="B194" s="2">
         <v>340</v>
       </c>
       <c r="C194" s="2">
-        <v>101074</v>
+        <v>102916</v>
       </c>
       <c r="D194" s="2" t="s">
+        <v>1780</v>
+      </c>
+      <c r="E194" s="2" t="s">
         <v>1781</v>
       </c>
-      <c r="E194" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F194" s="2" t="s">
-        <v>63</v>
+        <v>44</v>
       </c>
     </row>
     <row r="195" spans="1:6">
       <c r="A195" s="2">
         <v>185</v>
       </c>
       <c r="B195" s="2">
         <v>340</v>
       </c>
       <c r="C195" s="2">
-        <v>121948</v>
-[...3 lines deleted...]
-      </c>
+        <v>122778</v>
+      </c>
+      <c r="D195" s="2"/>
       <c r="E195" s="2" t="s">
-        <v>1784</v>
-[...3 lines deleted...]
-      </c>
+        <v>1782</v>
+      </c>
+      <c r="F195" s="2"/>
     </row>
     <row r="196" spans="1:6">
       <c r="A196" s="2">
         <v>185</v>
       </c>
       <c r="B196" s="2">
         <v>340</v>
       </c>
       <c r="C196" s="2">
-        <v>122439</v>
+        <v>122638</v>
       </c>
       <c r="D196" s="2"/>
       <c r="E196" s="2" t="s">
-        <v>1785</v>
+        <v>1783</v>
       </c>
       <c r="F196" s="2" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="197" spans="1:6">
       <c r="A197" s="2">
         <v>185</v>
       </c>
       <c r="B197" s="2">
         <v>340</v>
       </c>
       <c r="C197" s="2">
-        <v>101602</v>
+        <v>121771</v>
       </c>
       <c r="D197" s="2" t="s">
-        <v>1786</v>
+        <v>1784</v>
       </c>
       <c r="E197" s="2" t="s">
-        <v>1787</v>
-[...3 lines deleted...]
-      </c>
+        <v>1785</v>
+      </c>
+      <c r="F197" s="2"/>
     </row>
     <row r="198" spans="1:6">
       <c r="A198" s="2">
         <v>185</v>
       </c>
       <c r="B198" s="2">
         <v>340</v>
       </c>
       <c r="C198" s="2">
-        <v>122542</v>
+        <v>101074</v>
       </c>
       <c r="D198" s="2" t="s">
-        <v>1788</v>
+        <v>1786</v>
       </c>
       <c r="E198" s="2" t="s">
-        <v>1789</v>
+        <v>1787</v>
       </c>
       <c r="F198" s="2" t="s">
-        <v>19</v>
+        <v>63</v>
       </c>
     </row>
     <row r="199" spans="1:6">
       <c r="A199" s="2">
         <v>185</v>
       </c>
       <c r="B199" s="2">
         <v>340</v>
       </c>
       <c r="C199" s="2">
-        <v>122285</v>
+        <v>121948</v>
       </c>
       <c r="D199" s="2" t="s">
-        <v>1790</v>
+        <v>1788</v>
       </c>
       <c r="E199" s="2" t="s">
-        <v>1791</v>
+        <v>1789</v>
       </c>
       <c r="F199" s="2" t="s">
-        <v>11</v>
+        <v>63</v>
       </c>
     </row>
     <row r="200" spans="1:6">
       <c r="A200" s="2">
         <v>185</v>
       </c>
       <c r="B200" s="2">
         <v>340</v>
       </c>
       <c r="C200" s="2">
-        <v>102916</v>
+        <v>101602</v>
       </c>
       <c r="D200" s="2" t="s">
-        <v>1792</v>
+        <v>1790</v>
       </c>
       <c r="E200" s="2" t="s">
-        <v>1793</v>
+        <v>1791</v>
       </c>
       <c r="F200" s="2" t="s">
-        <v>44</v>
+        <v>27</v>
       </c>
     </row>
     <row r="201" spans="1:6">
       <c r="A201" s="2">
         <v>185</v>
       </c>
       <c r="B201" s="2">
         <v>340</v>
       </c>
       <c r="C201" s="2">
-        <v>122638</v>
-[...1 lines deleted...]
-      <c r="D201" s="2"/>
+        <v>122542</v>
+      </c>
+      <c r="D201" s="2" t="s">
+        <v>1792</v>
+      </c>
       <c r="E201" s="2" t="s">
-        <v>1794</v>
+        <v>1793</v>
       </c>
       <c r="F201" s="2" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
     </row>
     <row r="202" spans="1:6">
       <c r="A202" s="2">
         <v>185</v>
       </c>
       <c r="B202" s="2">
         <v>340</v>
       </c>
       <c r="C202" s="2">
-        <v>122778</v>
-[...1 lines deleted...]
-      <c r="D202" s="2"/>
+        <v>122285</v>
+      </c>
+      <c r="D202" s="2" t="s">
+        <v>1794</v>
+      </c>
       <c r="E202" s="2" t="s">
         <v>1795</v>
       </c>
-      <c r="F202" s="2"/>
+      <c r="F202" s="2" t="s">
+        <v>11</v>
+      </c>
     </row>
     <row r="203" spans="1:6">
       <c r="A203" s="2">
         <v>185</v>
       </c>
       <c r="B203" s="2">
         <v>340</v>
       </c>
       <c r="C203" s="2">
-        <v>121771</v>
+        <v>122235</v>
       </c>
       <c r="D203" s="2" t="s">
         <v>1796</v>
       </c>
       <c r="E203" s="2" t="s">
         <v>1797</v>
       </c>
-      <c r="F203" s="2"/>
+      <c r="F203" s="2" t="s">
+        <v>37</v>
+      </c>
     </row>
     <row r="204" spans="1:6">
       <c r="A204" s="2">
         <v>185</v>
       </c>
       <c r="B204" s="2">
         <v>340</v>
       </c>
       <c r="C204" s="2">
-        <v>122725</v>
+        <v>121787</v>
       </c>
       <c r="D204" s="2" t="s">
         <v>1798</v>
       </c>
       <c r="E204" s="2" t="s">
         <v>1799</v>
       </c>
       <c r="F204" s="2" t="s">
-        <v>277</v>
+        <v>8</v>
       </c>
     </row>
     <row r="205" spans="1:6">
       <c r="A205" s="2">
         <v>204</v>
       </c>
       <c r="B205" s="2">
         <v>330</v>
       </c>
       <c r="C205" s="2">
-        <v>122760</v>
+        <v>122286</v>
       </c>
       <c r="D205" s="2" t="s">
         <v>1800</v>
       </c>
       <c r="E205" s="2" t="s">
         <v>1801</v>
       </c>
-      <c r="F205" s="2"/>
+      <c r="F205" s="2" t="s">
+        <v>11</v>
+      </c>
     </row>
     <row r="206" spans="1:6">
       <c r="A206" s="2">
         <v>204</v>
       </c>
       <c r="B206" s="2">
         <v>330</v>
       </c>
       <c r="C206" s="2">
-        <v>122726</v>
+        <v>122371</v>
       </c>
       <c r="D206" s="2" t="s">
         <v>1802</v>
       </c>
       <c r="E206" s="2" t="s">
         <v>1803</v>
       </c>
       <c r="F206" s="2" t="s">
-        <v>277</v>
+        <v>19</v>
       </c>
     </row>
     <row r="207" spans="1:6">
       <c r="A207" s="2">
         <v>204</v>
       </c>
       <c r="B207" s="2">
         <v>330</v>
       </c>
       <c r="C207" s="2">
         <v>122236</v>
       </c>
       <c r="D207" s="2" t="s">
         <v>1804</v>
       </c>
       <c r="E207" s="2" t="s">
         <v>1805</v>
       </c>
       <c r="F207" s="2" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="208" spans="1:6">
       <c r="A208" s="2">
         <v>204</v>
       </c>
       <c r="B208" s="2">
         <v>330</v>
       </c>
       <c r="C208" s="2">
         <v>122486</v>
       </c>
       <c r="D208" s="2" t="s">
         <v>1806</v>
       </c>
       <c r="E208" s="2" t="s">
         <v>1807</v>
       </c>
       <c r="F208" s="2" t="s">
-        <v>226</v>
+        <v>234</v>
       </c>
     </row>
     <row r="209" spans="1:6">
       <c r="A209" s="2">
         <v>204</v>
       </c>
       <c r="B209" s="2">
         <v>330</v>
       </c>
       <c r="C209" s="2">
-        <v>113823</v>
+        <v>122076</v>
       </c>
       <c r="D209" s="2" t="s">
         <v>1808</v>
       </c>
       <c r="E209" s="2" t="s">
-        <v>1809</v>
+        <v>553</v>
       </c>
       <c r="F209" s="2" t="s">
-        <v>19</v>
+        <v>101</v>
       </c>
     </row>
     <row r="210" spans="1:6">
       <c r="A210" s="2">
         <v>204</v>
       </c>
       <c r="B210" s="2">
         <v>330</v>
       </c>
       <c r="C210" s="2">
-        <v>122403</v>
+        <v>122685</v>
       </c>
       <c r="D210" s="2"/>
       <c r="E210" s="2" t="s">
-        <v>1810</v>
+        <v>1809</v>
       </c>
       <c r="F210" s="2" t="s">
-        <v>11</v>
+        <v>32</v>
       </c>
     </row>
     <row r="211" spans="1:6">
       <c r="A211" s="2">
         <v>204</v>
       </c>
       <c r="B211" s="2">
         <v>330</v>
       </c>
       <c r="C211" s="2">
-        <v>122076</v>
-[...3 lines deleted...]
-      </c>
+        <v>121998</v>
+      </c>
+      <c r="D211" s="2"/>
       <c r="E211" s="2" t="s">
-        <v>541</v>
+        <v>1810</v>
       </c>
       <c r="F211" s="2" t="s">
-        <v>103</v>
+        <v>32</v>
       </c>
     </row>
     <row r="212" spans="1:6">
       <c r="A212" s="2">
         <v>204</v>
       </c>
       <c r="B212" s="2">
         <v>330</v>
       </c>
       <c r="C212" s="2">
-        <v>122685</v>
-[...1 lines deleted...]
-      <c r="D212" s="2"/>
+        <v>122726</v>
+      </c>
+      <c r="D212" s="2" t="s">
+        <v>1811</v>
+      </c>
       <c r="E212" s="2" t="s">
         <v>1812</v>
       </c>
       <c r="F212" s="2" t="s">
-        <v>32</v>
+        <v>287</v>
       </c>
     </row>
     <row r="213" spans="1:6">
       <c r="A213" s="2">
         <v>204</v>
       </c>
       <c r="B213" s="2">
         <v>330</v>
       </c>
       <c r="C213" s="2">
-        <v>121998</v>
+        <v>122600</v>
       </c>
       <c r="D213" s="2"/>
       <c r="E213" s="2" t="s">
         <v>1813</v>
       </c>
       <c r="F213" s="2" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="214" spans="1:6">
       <c r="A214" s="2">
         <v>204</v>
       </c>
       <c r="B214" s="2">
         <v>330</v>
       </c>
       <c r="C214" s="2">
-        <v>121949</v>
+        <v>113823</v>
       </c>
       <c r="D214" s="2" t="s">
         <v>1814</v>
       </c>
       <c r="E214" s="2" t="s">
-        <v>731</v>
+        <v>1815</v>
       </c>
       <c r="F214" s="2" t="s">
-        <v>277</v>
+        <v>19</v>
       </c>
     </row>
     <row r="215" spans="1:6">
       <c r="A215" s="2">
         <v>204</v>
       </c>
       <c r="B215" s="2">
         <v>330</v>
       </c>
       <c r="C215" s="2">
-        <v>122600</v>
+        <v>122403</v>
       </c>
       <c r="D215" s="2"/>
       <c r="E215" s="2" t="s">
-        <v>1815</v>
+        <v>1816</v>
       </c>
       <c r="F215" s="2" t="s">
-        <v>32</v>
+        <v>11</v>
       </c>
     </row>
     <row r="216" spans="1:6">
       <c r="A216" s="2">
         <v>204</v>
       </c>
       <c r="B216" s="2">
         <v>330</v>
       </c>
       <c r="C216" s="2">
-        <v>122286</v>
+        <v>121949</v>
       </c>
       <c r="D216" s="2" t="s">
-        <v>1816</v>
+        <v>1817</v>
       </c>
       <c r="E216" s="2" t="s">
-        <v>1817</v>
+        <v>734</v>
       </c>
       <c r="F216" s="2" t="s">
-        <v>11</v>
+        <v>287</v>
       </c>
     </row>
     <row r="217" spans="1:6">
       <c r="A217" s="2">
         <v>204</v>
       </c>
       <c r="B217" s="2">
         <v>330</v>
       </c>
       <c r="C217" s="2">
-        <v>122371</v>
+        <v>122760</v>
       </c>
       <c r="D217" s="2" t="s">
         <v>1818</v>
       </c>
       <c r="E217" s="2" t="s">
         <v>1819</v>
       </c>
-      <c r="F217" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F217" s="2"/>
     </row>
     <row r="218" spans="1:6">
       <c r="A218" s="2">
         <v>217</v>
       </c>
       <c r="B218" s="2">
         <v>325</v>
       </c>
       <c r="C218" s="2">
         <v>122176</v>
       </c>
       <c r="D218" s="2" t="s">
         <v>1820</v>
       </c>
       <c r="E218" s="2" t="s">
         <v>1821</v>
       </c>
       <c r="F218" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="219" spans="1:6">
       <c r="A219" s="2">
         <v>218</v>
       </c>
       <c r="B219" s="2">
         <v>320</v>
       </c>
       <c r="C219" s="2">
-        <v>121950</v>
-[...1 lines deleted...]
-      <c r="D219" s="2" t="s">
+        <v>122404</v>
+      </c>
+      <c r="D219" s="2"/>
+      <c r="E219" s="2" t="s">
         <v>1822</v>
       </c>
-      <c r="E219" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F219" s="2" t="s">
-        <v>277</v>
+        <v>11</v>
       </c>
     </row>
     <row r="220" spans="1:6">
       <c r="A220" s="2">
         <v>218</v>
       </c>
       <c r="B220" s="2">
         <v>320</v>
       </c>
       <c r="C220" s="2">
-        <v>122602</v>
-[...1 lines deleted...]
-      <c r="D220" s="2"/>
+        <v>122783</v>
+      </c>
+      <c r="D220" s="2" t="s">
+        <v>1823</v>
+      </c>
       <c r="E220" s="2" t="s">
-        <v>1823</v>
+        <v>1824</v>
       </c>
       <c r="F220" s="2" t="s">
-        <v>32</v>
+        <v>37</v>
       </c>
     </row>
     <row r="221" spans="1:6">
       <c r="A221" s="2">
         <v>218</v>
       </c>
       <c r="B221" s="2">
         <v>320</v>
       </c>
       <c r="C221" s="2">
-        <v>119286</v>
-[...1 lines deleted...]
-      <c r="D221" s="2"/>
+        <v>121950</v>
+      </c>
+      <c r="D221" s="2" t="s">
+        <v>1825</v>
+      </c>
       <c r="E221" s="2" t="s">
-        <v>1824</v>
-[...1 lines deleted...]
-      <c r="F221" s="2"/>
+        <v>1009</v>
+      </c>
+      <c r="F221" s="2" t="s">
+        <v>287</v>
+      </c>
     </row>
     <row r="222" spans="1:6">
       <c r="A222" s="2">
         <v>218</v>
       </c>
       <c r="B222" s="2">
         <v>320</v>
       </c>
       <c r="C222" s="2">
-        <v>122490</v>
-[...3 lines deleted...]
-      </c>
+        <v>122039</v>
+      </c>
+      <c r="D222" s="2"/>
       <c r="E222" s="2" t="s">
         <v>1826</v>
       </c>
       <c r="F222" s="2" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
     </row>
     <row r="223" spans="1:6">
       <c r="A223" s="2">
         <v>218</v>
       </c>
       <c r="B223" s="2">
         <v>320</v>
       </c>
       <c r="C223" s="2">
-        <v>122287</v>
-[...1 lines deleted...]
-      <c r="D223" s="2" t="s">
+        <v>123041</v>
+      </c>
+      <c r="D223" s="2"/>
+      <c r="E223" s="2" t="s">
         <v>1827</v>
       </c>
-      <c r="E223" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F223" s="2" t="s">
-        <v>11</v>
+        <v>32</v>
       </c>
     </row>
     <row r="224" spans="1:6">
       <c r="A224" s="2">
         <v>218</v>
       </c>
       <c r="B224" s="2">
         <v>320</v>
       </c>
       <c r="C224" s="2">
-        <v>122783</v>
+        <v>122287</v>
       </c>
       <c r="D224" s="2" t="s">
+        <v>1828</v>
+      </c>
+      <c r="E224" s="2" t="s">
         <v>1829</v>
       </c>
-      <c r="E224" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F224" s="2" t="s">
-        <v>37</v>
+        <v>11</v>
       </c>
     </row>
     <row r="225" spans="1:6">
       <c r="A225" s="2">
         <v>218</v>
       </c>
       <c r="B225" s="2">
         <v>320</v>
       </c>
       <c r="C225" s="2">
-        <v>122979</v>
+        <v>121799</v>
       </c>
       <c r="D225" s="2" t="s">
-        <v>1831</v>
+        <v>1830</v>
       </c>
       <c r="E225" s="2" t="s">
-        <v>1832</v>
+        <v>142</v>
       </c>
       <c r="F225" s="2" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
     </row>
     <row r="226" spans="1:6">
       <c r="A226" s="2">
         <v>218</v>
       </c>
       <c r="B226" s="2">
         <v>320</v>
       </c>
       <c r="C226" s="2">
-        <v>122039</v>
-[...1 lines deleted...]
-      <c r="D226" s="2"/>
+        <v>122979</v>
+      </c>
+      <c r="D226" s="2" t="s">
+        <v>1831</v>
+      </c>
       <c r="E226" s="2" t="s">
-        <v>1833</v>
+        <v>1832</v>
       </c>
       <c r="F226" s="2" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
     </row>
     <row r="227" spans="1:6">
       <c r="A227" s="2">
         <v>218</v>
       </c>
       <c r="B227" s="2">
         <v>320</v>
       </c>
       <c r="C227" s="2">
-        <v>123041</v>
+        <v>122686</v>
       </c>
       <c r="D227" s="2"/>
       <c r="E227" s="2" t="s">
-        <v>1834</v>
+        <v>1833</v>
       </c>
       <c r="F227" s="2" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="228" spans="1:6">
       <c r="A228" s="2">
         <v>218</v>
       </c>
       <c r="B228" s="2">
         <v>320</v>
       </c>
       <c r="C228" s="2">
-        <v>122727</v>
-[...3 lines deleted...]
-      </c>
+        <v>121999</v>
+      </c>
+      <c r="D228" s="2"/>
       <c r="E228" s="2" t="s">
-        <v>399</v>
+        <v>1834</v>
       </c>
       <c r="F228" s="2" t="s">
-        <v>277</v>
+        <v>32</v>
       </c>
     </row>
     <row r="229" spans="1:6">
       <c r="A229" s="2">
         <v>218</v>
       </c>
       <c r="B229" s="2">
         <v>320</v>
       </c>
       <c r="C229" s="2">
-        <v>121799</v>
+        <v>122727</v>
       </c>
       <c r="D229" s="2" t="s">
-        <v>1836</v>
+        <v>1835</v>
       </c>
       <c r="E229" s="2" t="s">
-        <v>140</v>
+        <v>400</v>
       </c>
       <c r="F229" s="2" t="s">
-        <v>8</v>
+        <v>287</v>
       </c>
     </row>
     <row r="230" spans="1:6">
       <c r="A230" s="2">
         <v>218</v>
       </c>
       <c r="B230" s="2">
         <v>320</v>
       </c>
       <c r="C230" s="2">
-        <v>105472</v>
-[...3 lines deleted...]
-      </c>
+        <v>122602</v>
+      </c>
+      <c r="D230" s="2"/>
       <c r="E230" s="2" t="s">
-        <v>1838</v>
+        <v>1836</v>
       </c>
       <c r="F230" s="2" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
     </row>
     <row r="231" spans="1:6">
       <c r="A231" s="2">
         <v>218</v>
       </c>
       <c r="B231" s="2">
         <v>320</v>
       </c>
       <c r="C231" s="2">
-        <v>122237</v>
-[...3 lines deleted...]
-      </c>
+        <v>119286</v>
+      </c>
+      <c r="D231" s="2"/>
       <c r="E231" s="2" t="s">
-        <v>1839</v>
-[...3 lines deleted...]
-      </c>
+        <v>1837</v>
+      </c>
+      <c r="F231" s="2"/>
     </row>
     <row r="232" spans="1:6">
       <c r="A232" s="2">
         <v>218</v>
       </c>
       <c r="B232" s="2">
         <v>320</v>
       </c>
       <c r="C232" s="2">
-        <v>122117</v>
+        <v>105472</v>
       </c>
       <c r="D232" s="2" t="s">
-        <v>1840</v>
+        <v>1838</v>
       </c>
       <c r="E232" s="2" t="s">
-        <v>1841</v>
+        <v>1839</v>
       </c>
       <c r="F232" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="233" spans="1:6">
       <c r="A233" s="2">
         <v>218</v>
       </c>
       <c r="B233" s="2">
         <v>320</v>
       </c>
       <c r="C233" s="2">
-        <v>122404</v>
-[...1 lines deleted...]
-      <c r="D233" s="2"/>
+        <v>122237</v>
+      </c>
+      <c r="D233" s="2" t="s">
+        <v>428</v>
+      </c>
       <c r="E233" s="2" t="s">
-        <v>1842</v>
+        <v>1840</v>
       </c>
       <c r="F233" s="2" t="s">
-        <v>11</v>
+        <v>63</v>
       </c>
     </row>
     <row r="234" spans="1:6">
       <c r="A234" s="2">
         <v>218</v>
       </c>
       <c r="B234" s="2">
         <v>320</v>
       </c>
       <c r="C234" s="2">
-        <v>122686</v>
-[...1 lines deleted...]
-      <c r="D234" s="2"/>
+        <v>122117</v>
+      </c>
+      <c r="D234" s="2" t="s">
+        <v>1841</v>
+      </c>
       <c r="E234" s="2" t="s">
-        <v>1843</v>
+        <v>1842</v>
       </c>
       <c r="F234" s="2" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
     </row>
     <row r="235" spans="1:6">
       <c r="A235" s="2">
         <v>218</v>
       </c>
       <c r="B235" s="2">
         <v>320</v>
       </c>
       <c r="C235" s="2">
-        <v>121999</v>
-[...1 lines deleted...]
-      <c r="D235" s="2"/>
+        <v>122490</v>
+      </c>
+      <c r="D235" s="2" t="s">
+        <v>1843</v>
+      </c>
       <c r="E235" s="2" t="s">
         <v>1844</v>
       </c>
       <c r="F235" s="2" t="s">
-        <v>32</v>
+        <v>24</v>
       </c>
     </row>
     <row r="236" spans="1:6">
       <c r="A236" s="2">
         <v>235</v>
       </c>
       <c r="B236" s="2">
         <v>310</v>
       </c>
       <c r="C236" s="2">
-        <v>121176</v>
-[...1 lines deleted...]
-      <c r="D236" s="2"/>
+        <v>122374</v>
+      </c>
+      <c r="D236" s="2" t="s">
+        <v>1845</v>
+      </c>
       <c r="E236" s="2" t="s">
-        <v>1845</v>
+        <v>1846</v>
       </c>
       <c r="F236" s="2" t="s">
-        <v>8</v>
+        <v>27</v>
       </c>
     </row>
     <row r="237" spans="1:6">
       <c r="A237" s="2">
         <v>235</v>
       </c>
       <c r="B237" s="2">
         <v>310</v>
       </c>
       <c r="C237" s="2">
-        <v>121800</v>
+        <v>115339</v>
       </c>
       <c r="D237" s="2" t="s">
-        <v>1846</v>
+        <v>1847</v>
       </c>
       <c r="E237" s="2" t="s">
-        <v>1847</v>
+        <v>1848</v>
       </c>
       <c r="F237" s="2" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
     </row>
     <row r="238" spans="1:6">
       <c r="A238" s="2">
         <v>235</v>
       </c>
       <c r="B238" s="2">
         <v>310</v>
       </c>
       <c r="C238" s="2">
-        <v>105417</v>
-[...3 lines deleted...]
-      </c>
+        <v>121082</v>
+      </c>
+      <c r="D238" s="2"/>
       <c r="E238" s="2" t="s">
-        <v>425</v>
+        <v>1849</v>
       </c>
       <c r="F238" s="2" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
     </row>
     <row r="239" spans="1:6">
       <c r="A239" s="2">
         <v>235</v>
       </c>
       <c r="B239" s="2">
         <v>310</v>
       </c>
       <c r="C239" s="2">
-        <v>122405</v>
-[...1 lines deleted...]
-      <c r="D239" s="2"/>
+        <v>122728</v>
+      </c>
+      <c r="D239" s="2" t="s">
+        <v>1850</v>
+      </c>
       <c r="E239" s="2" t="s">
-        <v>1849</v>
+        <v>344</v>
       </c>
       <c r="F239" s="2" t="s">
-        <v>11</v>
+        <v>287</v>
       </c>
     </row>
     <row r="240" spans="1:6">
       <c r="A240" s="2">
         <v>235</v>
       </c>
       <c r="B240" s="2">
         <v>310</v>
       </c>
       <c r="C240" s="2">
-        <v>121082</v>
-[...1 lines deleted...]
-      <c r="D240" s="2"/>
+        <v>118492</v>
+      </c>
+      <c r="D240" s="2" t="s">
+        <v>1851</v>
+      </c>
       <c r="E240" s="2" t="s">
-        <v>1850</v>
+        <v>30</v>
       </c>
       <c r="F240" s="2" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="241" spans="1:6">
       <c r="A241" s="2">
         <v>235</v>
       </c>
       <c r="B241" s="2">
         <v>310</v>
       </c>
       <c r="C241" s="2">
-        <v>118492</v>
+        <v>105417</v>
       </c>
       <c r="D241" s="2" t="s">
-        <v>1851</v>
+        <v>1852</v>
       </c>
       <c r="E241" s="2" t="s">
-        <v>30</v>
+        <v>456</v>
       </c>
       <c r="F241" s="2" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
     </row>
     <row r="242" spans="1:6">
       <c r="A242" s="2">
         <v>235</v>
       </c>
       <c r="B242" s="2">
         <v>310</v>
       </c>
       <c r="C242" s="2">
-        <v>122288</v>
-[...3 lines deleted...]
-      </c>
+        <v>122405</v>
+      </c>
+      <c r="D242" s="2"/>
       <c r="E242" s="2" t="s">
         <v>1853</v>
       </c>
       <c r="F242" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="243" spans="1:6">
       <c r="A243" s="2">
         <v>235</v>
       </c>
       <c r="B243" s="2">
         <v>310</v>
       </c>
       <c r="C243" s="2">
-        <v>102520</v>
-[...1 lines deleted...]
-      <c r="D243" s="2" t="s">
+        <v>120479</v>
+      </c>
+      <c r="D243" s="2"/>
+      <c r="E243" s="2" t="s">
         <v>1854</v>
       </c>
-      <c r="E243" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F243" s="2" t="s">
-        <v>8</v>
+        <v>37</v>
       </c>
     </row>
     <row r="244" spans="1:6">
       <c r="A244" s="2">
         <v>235</v>
       </c>
       <c r="B244" s="2">
         <v>310</v>
       </c>
       <c r="C244" s="2">
-        <v>120479</v>
-[...1 lines deleted...]
-      <c r="D244" s="2"/>
+        <v>102520</v>
+      </c>
+      <c r="D244" s="2" t="s">
+        <v>1855</v>
+      </c>
       <c r="E244" s="2" t="s">
         <v>1856</v>
       </c>
       <c r="F244" s="2" t="s">
-        <v>37</v>
+        <v>8</v>
       </c>
     </row>
     <row r="245" spans="1:6">
       <c r="A245" s="2">
         <v>235</v>
       </c>
       <c r="B245" s="2">
         <v>310</v>
       </c>
       <c r="C245" s="2">
-        <v>118956</v>
-[...1 lines deleted...]
-      <c r="D245" s="2" t="s">
+        <v>122040</v>
+      </c>
+      <c r="D245" s="2"/>
+      <c r="E245" s="2" t="s">
         <v>1857</v>
       </c>
-      <c r="E245" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F245" s="2" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
     </row>
     <row r="246" spans="1:6">
       <c r="A246" s="2">
         <v>235</v>
       </c>
       <c r="B246" s="2">
         <v>310</v>
       </c>
       <c r="C246" s="2">
-        <v>122374</v>
-[...3 lines deleted...]
-      </c>
+        <v>123042</v>
+      </c>
+      <c r="D246" s="2"/>
       <c r="E246" s="2" t="s">
-        <v>1860</v>
+        <v>1858</v>
       </c>
       <c r="F246" s="2" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
     </row>
     <row r="247" spans="1:6">
       <c r="A247" s="2">
         <v>235</v>
       </c>
       <c r="B247" s="2">
         <v>310</v>
       </c>
       <c r="C247" s="2">
-        <v>115339</v>
+        <v>122288</v>
       </c>
       <c r="D247" s="2" t="s">
-        <v>1861</v>
+        <v>1859</v>
       </c>
       <c r="E247" s="2" t="s">
-        <v>1862</v>
+        <v>1860</v>
       </c>
       <c r="F247" s="2" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
     </row>
     <row r="248" spans="1:6">
       <c r="A248" s="2">
         <v>235</v>
       </c>
       <c r="B248" s="2">
         <v>310</v>
       </c>
       <c r="C248" s="2">
-        <v>122040</v>
+        <v>121176</v>
       </c>
       <c r="D248" s="2"/>
       <c r="E248" s="2" t="s">
-        <v>1863</v>
+        <v>1861</v>
       </c>
       <c r="F248" s="2" t="s">
-        <v>32</v>
+        <v>8</v>
       </c>
     </row>
     <row r="249" spans="1:6">
       <c r="A249" s="2">
         <v>235</v>
       </c>
       <c r="B249" s="2">
         <v>310</v>
       </c>
       <c r="C249" s="2">
-        <v>123042</v>
-[...1 lines deleted...]
-      <c r="D249" s="2"/>
+        <v>121800</v>
+      </c>
+      <c r="D249" s="2" t="s">
+        <v>1862</v>
+      </c>
       <c r="E249" s="2" t="s">
-        <v>1864</v>
+        <v>1863</v>
       </c>
       <c r="F249" s="2" t="s">
-        <v>32</v>
+        <v>8</v>
       </c>
     </row>
     <row r="250" spans="1:6">
       <c r="A250" s="2">
         <v>235</v>
       </c>
       <c r="B250" s="2">
         <v>310</v>
       </c>
       <c r="C250" s="2">
-        <v>122728</v>
+        <v>118956</v>
       </c>
       <c r="D250" s="2" t="s">
+        <v>1864</v>
+      </c>
+      <c r="E250" s="2" t="s">
         <v>1865</v>
       </c>
-      <c r="E250" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F250" s="2" t="s">
-        <v>277</v>
+        <v>27</v>
       </c>
     </row>
     <row r="251" spans="1:6">
       <c r="A251" s="2">
         <v>250</v>
       </c>
       <c r="B251" s="2">
         <v>305</v>
       </c>
       <c r="C251" s="2">
         <v>105956</v>
       </c>
       <c r="D251" s="2" t="s">
         <v>1866</v>
       </c>
       <c r="E251" s="2" t="s">
         <v>1867</v>
       </c>
       <c r="F251" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="252" spans="1:6">
       <c r="A252" s="2">
         <v>251</v>
       </c>
       <c r="B252" s="2">
         <v>300</v>
       </c>
       <c r="C252" s="2">
-        <v>122784</v>
+        <v>122041</v>
       </c>
       <c r="D252" s="2"/>
       <c r="E252" s="2" t="s">
         <v>1868</v>
       </c>
       <c r="F252" s="2" t="s">
-        <v>37</v>
+        <v>32</v>
       </c>
     </row>
     <row r="253" spans="1:6">
       <c r="A253" s="2">
         <v>251</v>
       </c>
       <c r="B253" s="2">
         <v>300</v>
       </c>
       <c r="C253" s="2">
-        <v>122041</v>
+        <v>123043</v>
       </c>
       <c r="D253" s="2"/>
       <c r="E253" s="2" t="s">
         <v>1869</v>
       </c>
       <c r="F253" s="2" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="254" spans="1:6">
       <c r="A254" s="2">
         <v>251</v>
       </c>
       <c r="B254" s="2">
         <v>300</v>
       </c>
       <c r="C254" s="2">
-        <v>123043</v>
-[...1 lines deleted...]
-      <c r="D254" s="2"/>
+        <v>122078</v>
+      </c>
+      <c r="D254" s="2" t="s">
+        <v>1870</v>
+      </c>
       <c r="E254" s="2" t="s">
-        <v>1870</v>
+        <v>1871</v>
       </c>
       <c r="F254" s="2" t="s">
-        <v>32</v>
+        <v>101</v>
       </c>
     </row>
     <row r="255" spans="1:6">
       <c r="A255" s="2">
         <v>251</v>
       </c>
       <c r="B255" s="2">
         <v>300</v>
       </c>
       <c r="C255" s="2">
-        <v>122078</v>
+        <v>120362</v>
       </c>
       <c r="D255" s="2" t="s">
-        <v>1871</v>
+        <v>1872</v>
       </c>
       <c r="E255" s="2" t="s">
-        <v>1872</v>
+        <v>1873</v>
       </c>
       <c r="F255" s="2" t="s">
-        <v>103</v>
+        <v>11</v>
       </c>
     </row>
     <row r="256" spans="1:6">
       <c r="A256" s="2">
         <v>251</v>
       </c>
       <c r="B256" s="2">
         <v>300</v>
       </c>
       <c r="C256" s="2">
-        <v>122729</v>
+        <v>100695</v>
       </c>
       <c r="D256" s="2" t="s">
-        <v>1873</v>
+        <v>1874</v>
       </c>
       <c r="E256" s="2" t="s">
-        <v>1874</v>
+        <v>1527</v>
       </c>
       <c r="F256" s="2" t="s">
-        <v>277</v>
+        <v>19</v>
       </c>
     </row>
     <row r="257" spans="1:6">
       <c r="A257" s="2">
         <v>251</v>
       </c>
       <c r="B257" s="2">
         <v>300</v>
       </c>
       <c r="C257" s="2">
-        <v>121805</v>
+        <v>122289</v>
       </c>
       <c r="D257" s="2" t="s">
         <v>1875</v>
       </c>
       <c r="E257" s="2" t="s">
         <v>1876</v>
       </c>
       <c r="F257" s="2" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
     </row>
     <row r="258" spans="1:6">
       <c r="A258" s="2">
         <v>251</v>
       </c>
       <c r="B258" s="2">
         <v>300</v>
       </c>
       <c r="C258" s="2">
-        <v>122997</v>
-[...1 lines deleted...]
-      <c r="D258" s="2"/>
+        <v>121805</v>
+      </c>
+      <c r="D258" s="2" t="s">
+        <v>1877</v>
+      </c>
       <c r="E258" s="2" t="s">
-        <v>1877</v>
+        <v>1878</v>
       </c>
       <c r="F258" s="2" t="s">
-        <v>19</v>
+        <v>8</v>
       </c>
     </row>
     <row r="259" spans="1:6">
       <c r="A259" s="2">
         <v>251</v>
       </c>
       <c r="B259" s="2">
         <v>300</v>
       </c>
       <c r="C259" s="2">
-        <v>122406</v>
+        <v>122687</v>
       </c>
       <c r="D259" s="2"/>
       <c r="E259" s="2" t="s">
-        <v>1878</v>
+        <v>1879</v>
       </c>
       <c r="F259" s="2" t="s">
-        <v>11</v>
+        <v>32</v>
       </c>
     </row>
     <row r="260" spans="1:6">
       <c r="A260" s="2">
         <v>251</v>
       </c>
       <c r="B260" s="2">
         <v>300</v>
       </c>
       <c r="C260" s="2">
-        <v>122687</v>
+        <v>122001</v>
       </c>
       <c r="D260" s="2"/>
       <c r="E260" s="2" t="s">
-        <v>1879</v>
+        <v>1880</v>
       </c>
       <c r="F260" s="2" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="261" spans="1:6">
       <c r="A261" s="2">
         <v>251</v>
       </c>
       <c r="B261" s="2">
         <v>300</v>
       </c>
       <c r="C261" s="2">
-        <v>122001</v>
-[...1 lines deleted...]
-      <c r="D261" s="2"/>
+        <v>122729</v>
+      </c>
+      <c r="D261" s="2" t="s">
+        <v>1881</v>
+      </c>
       <c r="E261" s="2" t="s">
-        <v>1880</v>
+        <v>1882</v>
       </c>
       <c r="F261" s="2" t="s">
-        <v>32</v>
+        <v>287</v>
       </c>
     </row>
     <row r="262" spans="1:6">
       <c r="A262" s="2">
         <v>251</v>
       </c>
       <c r="B262" s="2">
         <v>300</v>
       </c>
       <c r="C262" s="2">
-        <v>121952</v>
-[...3 lines deleted...]
-      </c>
+        <v>122603</v>
+      </c>
+      <c r="D262" s="2"/>
       <c r="E262" s="2" t="s">
-        <v>1882</v>
+        <v>1883</v>
       </c>
       <c r="F262" s="2" t="s">
-        <v>16</v>
+        <v>32</v>
       </c>
     </row>
     <row r="263" spans="1:6">
       <c r="A263" s="2">
         <v>251</v>
       </c>
       <c r="B263" s="2">
         <v>300</v>
       </c>
       <c r="C263" s="2">
-        <v>122603</v>
+        <v>122997</v>
       </c>
       <c r="D263" s="2"/>
       <c r="E263" s="2" t="s">
-        <v>1883</v>
+        <v>1884</v>
       </c>
       <c r="F263" s="2" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
     </row>
     <row r="264" spans="1:6">
       <c r="A264" s="2">
         <v>251</v>
       </c>
       <c r="B264" s="2">
         <v>300</v>
       </c>
       <c r="C264" s="2">
-        <v>105426</v>
+        <v>119140</v>
       </c>
       <c r="D264" s="2" t="s">
-        <v>1884</v>
+        <v>553</v>
       </c>
       <c r="E264" s="2" t="s">
         <v>1885</v>
       </c>
       <c r="F264" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="265" spans="1:6">
       <c r="A265" s="2">
         <v>251</v>
       </c>
       <c r="B265" s="2">
         <v>300</v>
       </c>
       <c r="C265" s="2">
-        <v>119140</v>
-[...3 lines deleted...]
-      </c>
+        <v>122406</v>
+      </c>
+      <c r="D265" s="2"/>
       <c r="E265" s="2" t="s">
         <v>1886</v>
       </c>
       <c r="F265" s="2" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
     </row>
     <row r="266" spans="1:6">
       <c r="A266" s="2">
         <v>251</v>
       </c>
       <c r="B266" s="2">
         <v>300</v>
       </c>
       <c r="C266" s="2">
-        <v>120362</v>
-[...1 lines deleted...]
-      <c r="D266" s="2" t="s">
+        <v>122784</v>
+      </c>
+      <c r="D266" s="2"/>
+      <c r="E266" s="2" t="s">
         <v>1887</v>
       </c>
-      <c r="E266" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F266" s="2" t="s">
-        <v>11</v>
+        <v>37</v>
       </c>
     </row>
     <row r="267" spans="1:6">
       <c r="A267" s="2">
         <v>251</v>
       </c>
       <c r="B267" s="2">
         <v>300</v>
       </c>
       <c r="C267" s="2">
-        <v>100695</v>
+        <v>121952</v>
       </c>
       <c r="D267" s="2" t="s">
+        <v>1888</v>
+      </c>
+      <c r="E267" s="2" t="s">
         <v>1889</v>
       </c>
-      <c r="E267" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F267" s="2" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
     </row>
     <row r="268" spans="1:6">
       <c r="A268" s="2">
         <v>251</v>
       </c>
       <c r="B268" s="2">
         <v>300</v>
       </c>
       <c r="C268" s="2">
-        <v>122289</v>
+        <v>105426</v>
       </c>
       <c r="D268" s="2" t="s">
         <v>1890</v>
       </c>
       <c r="E268" s="2" t="s">
         <v>1891</v>
       </c>
       <c r="F268" s="2" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
     </row>
     <row r="269" spans="1:6">
       <c r="A269" s="2">
         <v>268</v>
       </c>
       <c r="B269" s="2">
         <v>290</v>
       </c>
       <c r="C269" s="2">
-        <v>122980</v>
-[...1 lines deleted...]
-      <c r="D269" s="2" t="s">
+        <v>122785</v>
+      </c>
+      <c r="D269" s="2"/>
+      <c r="E269" s="2" t="s">
         <v>1892</v>
       </c>
-      <c r="E269" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F269" s="2" t="s">
-        <v>27</v>
+        <v>37</v>
       </c>
     </row>
     <row r="270" spans="1:6">
       <c r="A270" s="2">
         <v>268</v>
       </c>
       <c r="B270" s="2">
         <v>290</v>
       </c>
       <c r="C270" s="2">
-        <v>122688</v>
+        <v>122980</v>
       </c>
       <c r="D270" s="2" t="s">
+        <v>1893</v>
+      </c>
+      <c r="E270" s="2" t="s">
         <v>1894</v>
       </c>
-      <c r="E270" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F270" s="2" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
     </row>
     <row r="271" spans="1:6">
       <c r="A271" s="2">
         <v>268</v>
       </c>
       <c r="B271" s="2">
         <v>290</v>
       </c>
       <c r="C271" s="2">
-        <v>121953</v>
+        <v>122688</v>
       </c>
       <c r="D271" s="2" t="s">
+        <v>1895</v>
+      </c>
+      <c r="E271" s="2" t="s">
         <v>1896</v>
       </c>
-      <c r="E271" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F271" s="2" t="s">
-        <v>1898</v>
+        <v>19</v>
       </c>
     </row>
     <row r="272" spans="1:6">
       <c r="A272" s="2">
         <v>268</v>
       </c>
       <c r="B272" s="2">
         <v>290</v>
       </c>
       <c r="C272" s="2">
-        <v>122290</v>
-[...3 lines deleted...]
-      </c>
+        <v>123044</v>
+      </c>
+      <c r="D272" s="2"/>
       <c r="E272" s="2" t="s">
-        <v>1899</v>
+        <v>1897</v>
       </c>
       <c r="F272" s="2" t="s">
-        <v>11</v>
+        <v>32</v>
       </c>
     </row>
     <row r="273" spans="1:6">
       <c r="A273" s="2">
         <v>268</v>
       </c>
       <c r="B273" s="2">
         <v>290</v>
       </c>
       <c r="C273" s="2">
-        <v>122785</v>
-[...1 lines deleted...]
-      <c r="D273" s="2"/>
+        <v>122079</v>
+      </c>
+      <c r="D273" s="2" t="s">
+        <v>1898</v>
+      </c>
       <c r="E273" s="2" t="s">
-        <v>1900</v>
+        <v>1899</v>
       </c>
       <c r="F273" s="2" t="s">
-        <v>37</v>
+        <v>101</v>
       </c>
     </row>
     <row r="274" spans="1:6">
       <c r="A274" s="2">
         <v>268</v>
       </c>
       <c r="B274" s="2">
         <v>290</v>
       </c>
       <c r="C274" s="2">
-        <v>122119</v>
+        <v>122290</v>
       </c>
       <c r="D274" s="2" t="s">
-        <v>1901</v>
+        <v>1566</v>
       </c>
       <c r="E274" s="2" t="s">
-        <v>1902</v>
+        <v>1900</v>
       </c>
       <c r="F274" s="2" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
     </row>
     <row r="275" spans="1:6">
       <c r="A275" s="2">
         <v>268</v>
       </c>
       <c r="B275" s="2">
         <v>290</v>
       </c>
       <c r="C275" s="2">
-        <v>123044</v>
-[...1 lines deleted...]
-      <c r="D275" s="2"/>
+        <v>122119</v>
+      </c>
+      <c r="D275" s="2" t="s">
+        <v>1901</v>
+      </c>
       <c r="E275" s="2" t="s">
-        <v>1903</v>
+        <v>1902</v>
       </c>
       <c r="F275" s="2" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
     </row>
     <row r="276" spans="1:6">
       <c r="A276" s="2">
         <v>268</v>
       </c>
       <c r="B276" s="2">
         <v>290</v>
       </c>
       <c r="C276" s="2">
-        <v>122079</v>
+        <v>122639</v>
       </c>
       <c r="D276" s="2" t="s">
+        <v>1903</v>
+      </c>
+      <c r="E276" s="2" t="s">
         <v>1904</v>
       </c>
-      <c r="E276" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F276" s="2" t="s">
-        <v>103</v>
+        <v>487</v>
       </c>
     </row>
     <row r="277" spans="1:6">
       <c r="A277" s="2">
         <v>268</v>
       </c>
       <c r="B277" s="2">
         <v>290</v>
       </c>
       <c r="C277" s="2">
-        <v>122730</v>
-[...3 lines deleted...]
-      </c>
+        <v>122002</v>
+      </c>
+      <c r="D277" s="2"/>
       <c r="E277" s="2" t="s">
-        <v>502</v>
+        <v>1905</v>
       </c>
       <c r="F277" s="2" t="s">
-        <v>277</v>
+        <v>32</v>
       </c>
     </row>
     <row r="278" spans="1:6">
       <c r="A278" s="2">
         <v>268</v>
       </c>
       <c r="B278" s="2">
         <v>290</v>
       </c>
       <c r="C278" s="2">
-        <v>122639</v>
-[...3 lines deleted...]
-      </c>
+        <v>122998</v>
+      </c>
+      <c r="D278" s="2"/>
       <c r="E278" s="2" t="s">
-        <v>1908</v>
+        <v>1906</v>
       </c>
       <c r="F278" s="2" t="s">
-        <v>475</v>
+        <v>44</v>
       </c>
     </row>
     <row r="279" spans="1:6">
       <c r="A279" s="2">
         <v>268</v>
       </c>
       <c r="B279" s="2">
         <v>290</v>
       </c>
       <c r="C279" s="2">
-        <v>122002</v>
-[...1 lines deleted...]
-      <c r="D279" s="2"/>
+        <v>122730</v>
+      </c>
+      <c r="D279" s="2" t="s">
+        <v>1907</v>
+      </c>
       <c r="E279" s="2" t="s">
-        <v>1909</v>
+        <v>468</v>
       </c>
       <c r="F279" s="2" t="s">
-        <v>32</v>
+        <v>287</v>
       </c>
     </row>
     <row r="280" spans="1:6">
       <c r="A280" s="2">
         <v>268</v>
       </c>
       <c r="B280" s="2">
         <v>290</v>
       </c>
       <c r="C280" s="2">
-        <v>122998</v>
-[...1 lines deleted...]
-      <c r="D280" s="2"/>
+        <v>121953</v>
+      </c>
+      <c r="D280" s="2" t="s">
+        <v>1908</v>
+      </c>
       <c r="E280" s="2" t="s">
+        <v>1909</v>
+      </c>
+      <c r="F280" s="2" t="s">
         <v>1910</v>
-      </c>
-[...1 lines deleted...]
-        <v>44</v>
       </c>
     </row>
     <row r="281" spans="1:6">
       <c r="A281" s="2">
         <v>280</v>
       </c>
       <c r="B281" s="2">
         <v>280</v>
       </c>
       <c r="C281" s="2">
-        <v>121954</v>
+        <v>122731</v>
       </c>
       <c r="D281" s="2" t="s">
+        <v>1903</v>
+      </c>
+      <c r="E281" s="2" t="s">
         <v>1911</v>
       </c>
-      <c r="E281" s="2" t="s">
+      <c r="F281" s="2" t="s">
         <v>1912</v>
-      </c>
-[...1 lines deleted...]
-        <v>16</v>
       </c>
     </row>
     <row r="282" spans="1:6">
       <c r="A282" s="2">
         <v>280</v>
       </c>
       <c r="B282" s="2">
         <v>280</v>
       </c>
       <c r="C282" s="2">
-        <v>122605</v>
-[...1 lines deleted...]
-      <c r="D282" s="2"/>
+        <v>122689</v>
+      </c>
+      <c r="D282" s="2" t="s">
+        <v>1913</v>
+      </c>
       <c r="E282" s="2" t="s">
-        <v>1913</v>
+        <v>1588</v>
       </c>
       <c r="F282" s="2" t="s">
-        <v>32</v>
+        <v>229</v>
       </c>
     </row>
     <row r="283" spans="1:6">
       <c r="A283" s="2">
         <v>280</v>
       </c>
       <c r="B283" s="2">
         <v>280</v>
       </c>
       <c r="C283" s="2">
-        <v>122543</v>
-[...1 lines deleted...]
-      <c r="D283" s="2" t="s">
+        <v>122003</v>
+      </c>
+      <c r="D283" s="2"/>
+      <c r="E283" s="2" t="s">
         <v>1914</v>
       </c>
-      <c r="E283" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F283" s="2" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
     </row>
     <row r="284" spans="1:6">
       <c r="A284" s="2">
         <v>280</v>
       </c>
       <c r="B284" s="2">
         <v>280</v>
       </c>
       <c r="C284" s="2">
-        <v>122003</v>
-[...1 lines deleted...]
-      <c r="D284" s="2"/>
+        <v>121954</v>
+      </c>
+      <c r="D284" s="2" t="s">
+        <v>1915</v>
+      </c>
       <c r="E284" s="2" t="s">
         <v>1916</v>
       </c>
       <c r="F284" s="2" t="s">
-        <v>32</v>
+        <v>16</v>
       </c>
     </row>
     <row r="285" spans="1:6">
       <c r="A285" s="2">
         <v>280</v>
       </c>
       <c r="B285" s="2">
         <v>280</v>
       </c>
       <c r="C285" s="2">
         <v>122042</v>
       </c>
       <c r="D285" s="2"/>
       <c r="E285" s="2" t="s">
         <v>1917</v>
       </c>
       <c r="F285" s="2" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="286" spans="1:6">
       <c r="A286" s="2">
         <v>280</v>
       </c>
       <c r="B286" s="2">
         <v>280</v>
       </c>
       <c r="C286" s="2">
-        <v>122786</v>
-[...1 lines deleted...]
-      <c r="D286" s="2"/>
+        <v>122543</v>
+      </c>
+      <c r="D286" s="2" t="s">
+        <v>1918</v>
+      </c>
       <c r="E286" s="2" t="s">
-        <v>1918</v>
+        <v>1919</v>
       </c>
       <c r="F286" s="2" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="287" spans="1:6">
       <c r="A287" s="2">
         <v>280</v>
       </c>
       <c r="B287" s="2">
         <v>280</v>
       </c>
       <c r="C287" s="2">
-        <v>117570</v>
-[...3 lines deleted...]
-      </c>
+        <v>122786</v>
+      </c>
+      <c r="D287" s="2"/>
       <c r="E287" s="2" t="s">
         <v>1920</v>
       </c>
       <c r="F287" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
     </row>
     <row r="288" spans="1:6">
       <c r="A288" s="2">
         <v>280</v>
       </c>
       <c r="B288" s="2">
         <v>280</v>
       </c>
       <c r="C288" s="2">
-        <v>122731</v>
+        <v>122080</v>
       </c>
       <c r="D288" s="2" t="s">
-        <v>1907</v>
+        <v>1921</v>
       </c>
       <c r="E288" s="2" t="s">
-        <v>1921</v>
+        <v>1922</v>
       </c>
       <c r="F288" s="2" t="s">
-        <v>1922</v>
+        <v>101</v>
       </c>
     </row>
     <row r="289" spans="1:6">
       <c r="A289" s="2">
         <v>280</v>
       </c>
       <c r="B289" s="2">
         <v>280</v>
       </c>
       <c r="C289" s="2">
-        <v>122689</v>
-[...1 lines deleted...]
-      <c r="D289" s="2" t="s">
+        <v>123045</v>
+      </c>
+      <c r="D289" s="2"/>
+      <c r="E289" s="2" t="s">
         <v>1923</v>
       </c>
-      <c r="E289" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F289" s="2" t="s">
-        <v>243</v>
+        <v>8</v>
       </c>
     </row>
     <row r="290" spans="1:6">
       <c r="A290" s="2">
         <v>280</v>
       </c>
       <c r="B290" s="2">
         <v>280</v>
       </c>
       <c r="C290" s="2">
-        <v>122080</v>
-[...1 lines deleted...]
-      <c r="D290" s="2" t="s">
+        <v>122641</v>
+      </c>
+      <c r="D290" s="2"/>
+      <c r="E290" s="2" t="s">
         <v>1924</v>
       </c>
-      <c r="E290" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F290" s="2" t="s">
-        <v>103</v>
+        <v>32</v>
       </c>
     </row>
     <row r="291" spans="1:6">
       <c r="A291" s="2">
         <v>280</v>
       </c>
       <c r="B291" s="2">
         <v>280</v>
       </c>
       <c r="C291" s="2">
-        <v>123045</v>
+        <v>122605</v>
       </c>
       <c r="D291" s="2"/>
       <c r="E291" s="2" t="s">
-        <v>1926</v>
+        <v>1925</v>
       </c>
       <c r="F291" s="2" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
     </row>
     <row r="292" spans="1:6">
       <c r="A292" s="2">
         <v>280</v>
       </c>
       <c r="B292" s="2">
         <v>280</v>
       </c>
       <c r="C292" s="2">
-        <v>122641</v>
-[...1 lines deleted...]
-      <c r="D292" s="2"/>
+        <v>117570</v>
+      </c>
+      <c r="D292" s="2" t="s">
+        <v>1926</v>
+      </c>
       <c r="E292" s="2" t="s">
         <v>1927</v>
       </c>
       <c r="F292" s="2" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
     </row>
     <row r="293" spans="1:6">
       <c r="A293" s="2">
         <v>292</v>
       </c>
       <c r="B293" s="2">
         <v>275</v>
       </c>
       <c r="C293" s="2">
         <v>122182</v>
       </c>
       <c r="D293" s="2" t="s">
         <v>1928</v>
       </c>
       <c r="E293" s="2" t="s">
-        <v>276</v>
+        <v>286</v>
       </c>
       <c r="F293" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="294" spans="1:6">
       <c r="A294" s="2">
         <v>293</v>
       </c>
       <c r="B294" s="2">
         <v>270</v>
       </c>
       <c r="C294" s="2">
-        <v>122999</v>
-[...1 lines deleted...]
-      <c r="D294" s="2"/>
+        <v>114639</v>
+      </c>
+      <c r="D294" s="2" t="s">
+        <v>1929</v>
+      </c>
       <c r="E294" s="2" t="s">
-        <v>1929</v>
+        <v>1890</v>
       </c>
       <c r="F294" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="295" spans="1:6">
       <c r="A295" s="2">
         <v>293</v>
       </c>
       <c r="B295" s="2">
         <v>270</v>
       </c>
       <c r="C295" s="2">
-        <v>114639</v>
+        <v>122081</v>
       </c>
       <c r="D295" s="2" t="s">
         <v>1930</v>
       </c>
       <c r="E295" s="2" t="s">
-        <v>1884</v>
+        <v>1931</v>
       </c>
       <c r="F295" s="2" t="s">
-        <v>19</v>
+        <v>101</v>
       </c>
     </row>
     <row r="296" spans="1:6">
       <c r="A296" s="2">
         <v>293</v>
       </c>
       <c r="B296" s="2">
         <v>270</v>
       </c>
       <c r="C296" s="2">
-        <v>122081</v>
+        <v>122732</v>
       </c>
       <c r="D296" s="2" t="s">
-        <v>1931</v>
+        <v>1932</v>
       </c>
       <c r="E296" s="2" t="s">
-        <v>1932</v>
+        <v>1933</v>
       </c>
       <c r="F296" s="2" t="s">
-        <v>103</v>
+        <v>287</v>
       </c>
     </row>
     <row r="297" spans="1:6">
       <c r="A297" s="2">
         <v>293</v>
       </c>
       <c r="B297" s="2">
         <v>270</v>
       </c>
       <c r="C297" s="2">
         <v>122642</v>
       </c>
       <c r="D297" s="2"/>
       <c r="E297" s="2" t="s">
-        <v>1933</v>
+        <v>1934</v>
       </c>
       <c r="F297" s="2" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="298" spans="1:6">
       <c r="A298" s="2">
         <v>293</v>
       </c>
       <c r="B298" s="2">
         <v>270</v>
       </c>
       <c r="C298" s="2">
-        <v>121955</v>
-[...3 lines deleted...]
-      </c>
+        <v>122606</v>
+      </c>
+      <c r="D298" s="2"/>
       <c r="E298" s="2" t="s">
         <v>1935</v>
       </c>
       <c r="F298" s="2" t="s">
-        <v>277</v>
+        <v>32</v>
       </c>
     </row>
     <row r="299" spans="1:6">
       <c r="A299" s="2">
         <v>293</v>
       </c>
       <c r="B299" s="2">
         <v>270</v>
       </c>
       <c r="C299" s="2">
-        <v>122982</v>
-[...1 lines deleted...]
-      <c r="D299" s="2" t="s">
+        <v>122999</v>
+      </c>
+      <c r="D299" s="2"/>
+      <c r="E299" s="2" t="s">
         <v>1936</v>
       </c>
-      <c r="E299" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F299" s="2" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
     </row>
     <row r="300" spans="1:6">
       <c r="A300" s="2">
         <v>293</v>
       </c>
       <c r="B300" s="2">
         <v>270</v>
       </c>
       <c r="C300" s="2">
-        <v>122606</v>
+        <v>122004</v>
       </c>
       <c r="D300" s="2"/>
       <c r="E300" s="2" t="s">
-        <v>1938</v>
+        <v>1937</v>
       </c>
       <c r="F300" s="2" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="301" spans="1:6">
       <c r="A301" s="2">
         <v>293</v>
       </c>
       <c r="B301" s="2">
         <v>270</v>
       </c>
       <c r="C301" s="2">
-        <v>115410</v>
+        <v>121955</v>
       </c>
       <c r="D301" s="2" t="s">
+        <v>1938</v>
+      </c>
+      <c r="E301" s="2" t="s">
         <v>1939</v>
       </c>
-      <c r="E301" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F301" s="2" t="s">
-        <v>19</v>
+        <v>287</v>
       </c>
     </row>
     <row r="302" spans="1:6">
       <c r="A302" s="2">
         <v>293</v>
       </c>
       <c r="B302" s="2">
         <v>270</v>
       </c>
       <c r="C302" s="2">
-        <v>122004</v>
-[...1 lines deleted...]
-      <c r="D302" s="2"/>
+        <v>122982</v>
+      </c>
+      <c r="D302" s="2" t="s">
+        <v>1940</v>
+      </c>
       <c r="E302" s="2" t="s">
         <v>1941</v>
       </c>
       <c r="F302" s="2" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
     </row>
     <row r="303" spans="1:6">
       <c r="A303" s="2">
         <v>293</v>
       </c>
       <c r="B303" s="2">
         <v>270</v>
       </c>
       <c r="C303" s="2">
-        <v>122498</v>
-[...1 lines deleted...]
-      <c r="D303" s="2" t="s">
+        <v>122043</v>
+      </c>
+      <c r="D303" s="2"/>
+      <c r="E303" s="2" t="s">
         <v>1942</v>
       </c>
-      <c r="E303" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F303" s="2" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
     </row>
     <row r="304" spans="1:6">
       <c r="A304" s="2">
         <v>293</v>
       </c>
       <c r="B304" s="2">
         <v>270</v>
       </c>
       <c r="C304" s="2">
-        <v>122043</v>
+        <v>123046</v>
       </c>
       <c r="D304" s="2"/>
       <c r="E304" s="2" t="s">
-        <v>1944</v>
+        <v>1943</v>
       </c>
       <c r="F304" s="2" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="305" spans="1:6">
       <c r="A305" s="2">
         <v>293</v>
       </c>
       <c r="B305" s="2">
         <v>270</v>
       </c>
       <c r="C305" s="2">
-        <v>123046</v>
-[...1 lines deleted...]
-      <c r="D305" s="2"/>
+        <v>115410</v>
+      </c>
+      <c r="D305" s="2" t="s">
+        <v>1944</v>
+      </c>
       <c r="E305" s="2" t="s">
         <v>1945</v>
       </c>
       <c r="F305" s="2" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
     </row>
     <row r="306" spans="1:6">
       <c r="A306" s="2">
         <v>293</v>
       </c>
       <c r="B306" s="2">
         <v>270</v>
       </c>
       <c r="C306" s="2">
-        <v>122732</v>
-[...1 lines deleted...]
-      <c r="D306" s="2" t="s">
+        <v>122690</v>
+      </c>
+      <c r="D306" s="2"/>
+      <c r="E306" s="2" t="s">
         <v>1946</v>
       </c>
-      <c r="E306" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F306" s="2" t="s">
-        <v>277</v>
+        <v>32</v>
       </c>
     </row>
     <row r="307" spans="1:6">
       <c r="A307" s="2">
         <v>293</v>
       </c>
       <c r="B307" s="2">
         <v>270</v>
       </c>
       <c r="C307" s="2">
-        <v>122690</v>
-[...1 lines deleted...]
-      <c r="D307" s="2"/>
+        <v>122498</v>
+      </c>
+      <c r="D307" s="2" t="s">
+        <v>1947</v>
+      </c>
       <c r="E307" s="2" t="s">
         <v>1948</v>
       </c>
       <c r="F307" s="2" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
     </row>
     <row r="308" spans="1:6">
       <c r="A308" s="2">
         <v>307</v>
       </c>
       <c r="B308" s="2">
         <v>265</v>
       </c>
       <c r="C308" s="2">
         <v>122190</v>
       </c>
       <c r="D308" s="2" t="s">
         <v>1949</v>
       </c>
       <c r="E308" s="2" t="s">
         <v>1950</v>
       </c>
       <c r="F308" s="2" t="s">
-        <v>229</v>
+        <v>242</v>
       </c>
     </row>
     <row r="309" spans="1:6">
       <c r="A309" s="2">
         <v>308</v>
       </c>
       <c r="B309" s="2">
         <v>260</v>
       </c>
       <c r="C309" s="2">
-        <v>122044</v>
-[...1 lines deleted...]
-      <c r="D309" s="2"/>
+        <v>102160</v>
+      </c>
+      <c r="D309" s="2" t="s">
+        <v>1951</v>
+      </c>
       <c r="E309" s="2" t="s">
-        <v>1951</v>
+        <v>1952</v>
       </c>
       <c r="F309" s="2" t="s">
-        <v>32</v>
+        <v>287</v>
       </c>
     </row>
     <row r="310" spans="1:6">
       <c r="A310" s="2">
         <v>308</v>
       </c>
       <c r="B310" s="2">
         <v>260</v>
       </c>
       <c r="C310" s="2">
-        <v>123047</v>
-[...1 lines deleted...]
-      <c r="D310" s="2"/>
+        <v>122082</v>
+      </c>
+      <c r="D310" s="2" t="s">
+        <v>1953</v>
+      </c>
       <c r="E310" s="2" t="s">
-        <v>1952</v>
+        <v>1770</v>
       </c>
       <c r="F310" s="2" t="s">
-        <v>32</v>
+        <v>101</v>
       </c>
     </row>
     <row r="311" spans="1:6">
       <c r="A311" s="2">
         <v>308</v>
       </c>
       <c r="B311" s="2">
         <v>260</v>
       </c>
       <c r="C311" s="2">
         <v>122733</v>
       </c>
       <c r="D311" s="2" t="s">
-        <v>1953</v>
+        <v>1954</v>
       </c>
       <c r="E311" s="2" t="s">
-        <v>1954</v>
+        <v>1955</v>
       </c>
       <c r="F311" s="2" t="s">
-        <v>277</v>
+        <v>287</v>
       </c>
     </row>
     <row r="312" spans="1:6">
       <c r="A312" s="2">
         <v>308</v>
       </c>
       <c r="B312" s="2">
         <v>260</v>
       </c>
       <c r="C312" s="2">
         <v>122522</v>
       </c>
       <c r="D312" s="2" t="s">
-        <v>1955</v>
+        <v>1956</v>
       </c>
       <c r="E312" s="2" t="s">
-        <v>1956</v>
+        <v>1957</v>
       </c>
       <c r="F312" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="313" spans="1:6">
       <c r="A313" s="2">
         <v>308</v>
       </c>
       <c r="B313" s="2">
         <v>260</v>
       </c>
       <c r="C313" s="2">
         <v>123000</v>
       </c>
       <c r="D313" s="2"/>
       <c r="E313" s="2" t="s">
-        <v>1957</v>
+        <v>1958</v>
       </c>
       <c r="F313" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="314" spans="1:6">
       <c r="A314" s="2">
         <v>308</v>
       </c>
       <c r="B314" s="2">
         <v>260</v>
       </c>
       <c r="C314" s="2">
         <v>122691</v>
       </c>
       <c r="D314" s="2" t="s">
-        <v>1958</v>
+        <v>1959</v>
       </c>
       <c r="E314" s="2" t="s">
-        <v>1959</v>
+        <v>1960</v>
       </c>
       <c r="F314" s="2" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="315" spans="1:6">
       <c r="A315" s="2">
         <v>308</v>
       </c>
       <c r="B315" s="2">
         <v>260</v>
       </c>
       <c r="C315" s="2">
-        <v>122082</v>
-[...3 lines deleted...]
-      </c>
+        <v>122005</v>
+      </c>
+      <c r="D315" s="2"/>
       <c r="E315" s="2" t="s">
-        <v>1777</v>
+        <v>1961</v>
       </c>
       <c r="F315" s="2" t="s">
-        <v>103</v>
+        <v>32</v>
       </c>
     </row>
     <row r="316" spans="1:6">
       <c r="A316" s="2">
         <v>308</v>
       </c>
       <c r="B316" s="2">
         <v>260</v>
       </c>
       <c r="C316" s="2">
-        <v>121956</v>
+        <v>122121</v>
       </c>
       <c r="D316" s="2" t="s">
-        <v>1961</v>
+        <v>344</v>
       </c>
       <c r="E316" s="2" t="s">
         <v>1962</v>
       </c>
       <c r="F316" s="2" t="s">
-        <v>277</v>
+        <v>44</v>
       </c>
     </row>
     <row r="317" spans="1:6">
       <c r="A317" s="2">
         <v>308</v>
       </c>
       <c r="B317" s="2">
         <v>260</v>
       </c>
       <c r="C317" s="2">
-        <v>122983</v>
+        <v>121956</v>
       </c>
       <c r="D317" s="2" t="s">
         <v>1963</v>
       </c>
       <c r="E317" s="2" t="s">
-        <v>1520</v>
+        <v>1952</v>
       </c>
       <c r="F317" s="2" t="s">
-        <v>27</v>
+        <v>287</v>
       </c>
     </row>
     <row r="318" spans="1:6">
       <c r="A318" s="2">
         <v>308</v>
       </c>
       <c r="B318" s="2">
         <v>260</v>
       </c>
       <c r="C318" s="2">
-        <v>122005</v>
-[...1 lines deleted...]
-      <c r="D318" s="2"/>
+        <v>122983</v>
+      </c>
+      <c r="D318" s="2" t="s">
+        <v>1964</v>
+      </c>
       <c r="E318" s="2" t="s">
-        <v>1964</v>
+        <v>1518</v>
       </c>
       <c r="F318" s="2" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
     </row>
     <row r="319" spans="1:6">
       <c r="A319" s="2">
         <v>308</v>
       </c>
       <c r="B319" s="2">
         <v>260</v>
       </c>
       <c r="C319" s="2">
-        <v>102160</v>
-[...1 lines deleted...]
-      <c r="D319" s="2" t="s">
+        <v>122044</v>
+      </c>
+      <c r="D319" s="2"/>
+      <c r="E319" s="2" t="s">
         <v>1965</v>
       </c>
-      <c r="E319" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F319" s="2" t="s">
-        <v>277</v>
+        <v>32</v>
       </c>
     </row>
     <row r="320" spans="1:6">
       <c r="A320" s="2">
         <v>308</v>
       </c>
       <c r="B320" s="2">
         <v>260</v>
       </c>
       <c r="C320" s="2">
-        <v>122121</v>
-[...3 lines deleted...]
-      </c>
+        <v>123047</v>
+      </c>
+      <c r="D320" s="2"/>
       <c r="E320" s="2" t="s">
         <v>1966</v>
       </c>
       <c r="F320" s="2" t="s">
-        <v>44</v>
+        <v>32</v>
       </c>
     </row>
     <row r="321" spans="1:6">
       <c r="A321" s="2">
         <v>320</v>
       </c>
       <c r="B321" s="2">
         <v>250</v>
       </c>
       <c r="C321" s="2">
-        <v>118957</v>
+        <v>122544</v>
       </c>
       <c r="D321" s="2" t="s">
         <v>1967</v>
       </c>
       <c r="E321" s="2" t="s">
         <v>1968</v>
       </c>
       <c r="F321" s="2" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
     </row>
     <row r="322" spans="1:6">
       <c r="A322" s="2">
         <v>320</v>
       </c>
       <c r="B322" s="2">
         <v>250</v>
       </c>
       <c r="C322" s="2">
         <v>122006</v>
       </c>
       <c r="D322" s="2"/>
       <c r="E322" s="2" t="s">
         <v>1969</v>
       </c>
       <c r="F322" s="2" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="323" spans="1:6">
       <c r="A323" s="2">
         <v>320</v>
       </c>
       <c r="B323" s="2">
         <v>250</v>
       </c>
       <c r="C323" s="2">
         <v>122692</v>
       </c>
       <c r="D323" s="2"/>
       <c r="E323" s="2" t="s">
         <v>1970</v>
       </c>
       <c r="F323" s="2" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="324" spans="1:6">
       <c r="A324" s="2">
         <v>320</v>
       </c>
       <c r="B324" s="2">
         <v>250</v>
       </c>
       <c r="C324" s="2">
-        <v>122523</v>
+        <v>121957</v>
       </c>
       <c r="D324" s="2" t="s">
         <v>1971</v>
       </c>
       <c r="E324" s="2" t="s">
-        <v>870</v>
+        <v>1972</v>
       </c>
       <c r="F324" s="2" t="s">
-        <v>475</v>
+        <v>287</v>
       </c>
     </row>
     <row r="325" spans="1:6">
       <c r="A325" s="2">
         <v>320</v>
       </c>
       <c r="B325" s="2">
         <v>250</v>
       </c>
       <c r="C325" s="2">
-        <v>122045</v>
-[...1 lines deleted...]
-      <c r="D325" s="2"/>
+        <v>122523</v>
+      </c>
+      <c r="D325" s="2" t="s">
+        <v>1973</v>
+      </c>
       <c r="E325" s="2" t="s">
-        <v>1972</v>
+        <v>873</v>
       </c>
       <c r="F325" s="2" t="s">
-        <v>32</v>
+        <v>487</v>
       </c>
     </row>
     <row r="326" spans="1:6">
       <c r="A326" s="2">
         <v>320</v>
       </c>
       <c r="B326" s="2">
         <v>250</v>
       </c>
       <c r="C326" s="2">
-        <v>123048</v>
+        <v>122045</v>
       </c>
       <c r="D326" s="2"/>
       <c r="E326" s="2" t="s">
-        <v>1973</v>
+        <v>1974</v>
       </c>
       <c r="F326" s="2" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="327" spans="1:6">
       <c r="A327" s="2">
         <v>320</v>
       </c>
       <c r="B327" s="2">
         <v>250</v>
       </c>
       <c r="C327" s="2">
-        <v>122734</v>
+        <v>118957</v>
       </c>
       <c r="D327" s="2" t="s">
-        <v>1974</v>
+        <v>1975</v>
       </c>
       <c r="E327" s="2" t="s">
-        <v>1975</v>
+        <v>1976</v>
       </c>
       <c r="F327" s="2" t="s">
-        <v>277</v>
+        <v>27</v>
       </c>
     </row>
     <row r="328" spans="1:6">
       <c r="A328" s="2">
         <v>320</v>
       </c>
       <c r="B328" s="2">
         <v>250</v>
       </c>
       <c r="C328" s="2">
-        <v>122643</v>
+        <v>123048</v>
       </c>
       <c r="D328" s="2"/>
       <c r="E328" s="2" t="s">
-        <v>1976</v>
+        <v>1977</v>
       </c>
       <c r="F328" s="2" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="329" spans="1:6">
       <c r="A329" s="2">
         <v>320</v>
       </c>
       <c r="B329" s="2">
         <v>250</v>
       </c>
       <c r="C329" s="2">
         <v>120886</v>
       </c>
       <c r="D329" s="2"/>
       <c r="E329" s="2" t="s">
-        <v>1977</v>
+        <v>1978</v>
       </c>
       <c r="F329" s="2"/>
     </row>
     <row r="330" spans="1:6">
       <c r="A330" s="2">
         <v>320</v>
       </c>
       <c r="B330" s="2">
         <v>250</v>
       </c>
       <c r="C330" s="2">
-        <v>123001</v>
+        <v>122643</v>
       </c>
       <c r="D330" s="2"/>
       <c r="E330" s="2" t="s">
-        <v>1978</v>
+        <v>1979</v>
       </c>
       <c r="F330" s="2" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
     </row>
     <row r="331" spans="1:6">
       <c r="A331" s="2">
         <v>320</v>
       </c>
       <c r="B331" s="2">
         <v>250</v>
       </c>
       <c r="C331" s="2">
         <v>122607</v>
       </c>
       <c r="D331" s="2"/>
       <c r="E331" s="2" t="s">
-        <v>1979</v>
+        <v>1980</v>
       </c>
       <c r="F331" s="2" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="332" spans="1:6">
       <c r="A332" s="2">
         <v>320</v>
       </c>
       <c r="B332" s="2">
         <v>250</v>
       </c>
       <c r="C332" s="2">
-        <v>122544</v>
+        <v>122083</v>
       </c>
       <c r="D332" s="2" t="s">
-        <v>1980</v>
+        <v>1981</v>
       </c>
       <c r="E332" s="2" t="s">
-        <v>1981</v>
+        <v>1770</v>
       </c>
       <c r="F332" s="2" t="s">
-        <v>19</v>
+        <v>101</v>
       </c>
     </row>
     <row r="333" spans="1:6">
       <c r="A333" s="2">
         <v>320</v>
       </c>
       <c r="B333" s="2">
         <v>250</v>
       </c>
       <c r="C333" s="2">
-        <v>122083</v>
+        <v>122734</v>
       </c>
       <c r="D333" s="2" t="s">
         <v>1982</v>
       </c>
       <c r="E333" s="2" t="s">
-        <v>1777</v>
+        <v>1983</v>
       </c>
       <c r="F333" s="2" t="s">
-        <v>103</v>
+        <v>287</v>
       </c>
     </row>
     <row r="334" spans="1:6">
       <c r="A334" s="2">
         <v>320</v>
       </c>
       <c r="B334" s="2">
         <v>250</v>
       </c>
       <c r="C334" s="2">
-        <v>121957</v>
-[...3 lines deleted...]
-      </c>
+        <v>123001</v>
+      </c>
+      <c r="D334" s="2"/>
       <c r="E334" s="2" t="s">
         <v>1984</v>
       </c>
       <c r="F334" s="2" t="s">
-        <v>277</v>
+        <v>19</v>
       </c>
     </row>
     <row r="335" spans="1:6">
       <c r="A335" s="2">
         <v>334</v>
       </c>
       <c r="B335" s="2">
         <v>245</v>
       </c>
       <c r="C335" s="2">
         <v>122209</v>
       </c>
       <c r="D335" s="2" t="s">
         <v>1985</v>
       </c>
       <c r="E335" s="2" t="s">
         <v>1986</v>
       </c>
       <c r="F335" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="336" spans="1:6">
       <c r="A336" s="2">
         <v>335</v>
       </c>
       <c r="B336" s="2">
         <v>240</v>
       </c>
       <c r="C336" s="2">
-        <v>122608</v>
+        <v>122084</v>
       </c>
       <c r="D336" s="2" t="s">
         <v>1987</v>
       </c>
       <c r="E336" s="2" t="s">
-        <v>687</v>
+        <v>1988</v>
       </c>
       <c r="F336" s="2" t="s">
-        <v>1988</v>
+        <v>101</v>
       </c>
     </row>
     <row r="337" spans="1:6">
       <c r="A337" s="2">
         <v>335</v>
       </c>
       <c r="B337" s="2">
         <v>240</v>
       </c>
       <c r="C337" s="2">
-        <v>122545</v>
-[...3 lines deleted...]
-      </c>
+        <v>123002</v>
+      </c>
+      <c r="D337" s="2"/>
       <c r="E337" s="2" t="s">
         <v>1989</v>
       </c>
       <c r="F337" s="2" t="s">
-        <v>19</v>
+        <v>287</v>
       </c>
     </row>
     <row r="338" spans="1:6">
       <c r="A338" s="2">
         <v>335</v>
       </c>
       <c r="B338" s="2">
         <v>240</v>
       </c>
       <c r="C338" s="2">
-        <v>122084</v>
+        <v>118778</v>
       </c>
       <c r="D338" s="2" t="s">
         <v>1990</v>
       </c>
       <c r="E338" s="2" t="s">
         <v>1991</v>
       </c>
       <c r="F338" s="2" t="s">
-        <v>103</v>
+        <v>320</v>
       </c>
     </row>
     <row r="339" spans="1:6">
       <c r="A339" s="2">
         <v>335</v>
       </c>
       <c r="B339" s="2">
         <v>240</v>
       </c>
       <c r="C339" s="2">
-        <v>118778</v>
+        <v>122500</v>
       </c>
       <c r="D339" s="2" t="s">
         <v>1992</v>
       </c>
       <c r="E339" s="2" t="s">
         <v>1993</v>
       </c>
       <c r="F339" s="2" t="s">
-        <v>293</v>
+        <v>32</v>
       </c>
     </row>
     <row r="340" spans="1:6">
       <c r="A340" s="2">
         <v>335</v>
       </c>
       <c r="B340" s="2">
         <v>240</v>
       </c>
       <c r="C340" s="2">
-        <v>121958</v>
+        <v>122608</v>
       </c>
       <c r="D340" s="2" t="s">
         <v>1994</v>
       </c>
       <c r="E340" s="2" t="s">
+        <v>719</v>
+      </c>
+      <c r="F340" s="2" t="s">
         <v>1995</v>
-      </c>
-[...1 lines deleted...]
-        <v>277</v>
       </c>
     </row>
     <row r="341" spans="1:6">
       <c r="A341" s="2">
         <v>335</v>
       </c>
       <c r="B341" s="2">
         <v>240</v>
       </c>
       <c r="C341" s="2">
-        <v>122500</v>
+        <v>122545</v>
       </c>
       <c r="D341" s="2" t="s">
+        <v>1753</v>
+      </c>
+      <c r="E341" s="2" t="s">
         <v>1996</v>
       </c>
-      <c r="E341" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F341" s="2" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
     </row>
     <row r="342" spans="1:6">
       <c r="A342" s="2">
         <v>335</v>
       </c>
       <c r="B342" s="2">
         <v>240</v>
       </c>
       <c r="C342" s="2">
-        <v>122735</v>
-[...3 lines deleted...]
-      </c>
+        <v>122007</v>
+      </c>
+      <c r="D342" s="2"/>
       <c r="E342" s="2" t="s">
-        <v>1999</v>
+        <v>1997</v>
       </c>
       <c r="F342" s="2" t="s">
-        <v>2000</v>
+        <v>32</v>
       </c>
     </row>
     <row r="343" spans="1:6">
       <c r="A343" s="2">
         <v>335</v>
       </c>
       <c r="B343" s="2">
         <v>240</v>
       </c>
       <c r="C343" s="2">
-        <v>122524</v>
-[...3 lines deleted...]
-      </c>
+        <v>122693</v>
+      </c>
+      <c r="D343" s="2"/>
       <c r="E343" s="2" t="s">
-        <v>2002</v>
+        <v>1998</v>
       </c>
       <c r="F343" s="2" t="s">
-        <v>229</v>
+        <v>32</v>
       </c>
     </row>
     <row r="344" spans="1:6">
       <c r="A344" s="2">
         <v>335</v>
       </c>
       <c r="B344" s="2">
         <v>240</v>
       </c>
       <c r="C344" s="2">
-        <v>122007</v>
-[...1 lines deleted...]
-      <c r="D344" s="2"/>
+        <v>121958</v>
+      </c>
+      <c r="D344" s="2" t="s">
+        <v>1999</v>
+      </c>
       <c r="E344" s="2" t="s">
-        <v>2003</v>
+        <v>2000</v>
       </c>
       <c r="F344" s="2" t="s">
-        <v>32</v>
+        <v>287</v>
       </c>
     </row>
     <row r="345" spans="1:6">
       <c r="A345" s="2">
         <v>335</v>
       </c>
       <c r="B345" s="2">
         <v>240</v>
       </c>
       <c r="C345" s="2">
-        <v>122693</v>
+        <v>122046</v>
       </c>
       <c r="D345" s="2"/>
       <c r="E345" s="2" t="s">
-        <v>2004</v>
+        <v>2001</v>
       </c>
       <c r="F345" s="2" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="346" spans="1:6">
       <c r="A346" s="2">
         <v>335</v>
       </c>
       <c r="B346" s="2">
         <v>240</v>
       </c>
       <c r="C346" s="2">
-        <v>122046</v>
-[...1 lines deleted...]
-      <c r="D346" s="2"/>
+        <v>122735</v>
+      </c>
+      <c r="D346" s="2" t="s">
+        <v>2002</v>
+      </c>
       <c r="E346" s="2" t="s">
-        <v>2005</v>
+        <v>2003</v>
       </c>
       <c r="F346" s="2" t="s">
-        <v>32</v>
+        <v>2004</v>
       </c>
     </row>
     <row r="347" spans="1:6">
       <c r="A347" s="2">
         <v>335</v>
       </c>
       <c r="B347" s="2">
         <v>240</v>
       </c>
       <c r="C347" s="2">
         <v>123049</v>
       </c>
       <c r="D347" s="2"/>
       <c r="E347" s="2" t="s">
-        <v>2006</v>
+        <v>2005</v>
       </c>
       <c r="F347" s="2" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="348" spans="1:6">
       <c r="A348" s="2">
         <v>335</v>
       </c>
       <c r="B348" s="2">
         <v>240</v>
       </c>
       <c r="C348" s="2">
-        <v>123002</v>
-[...1 lines deleted...]
-      <c r="D348" s="2"/>
+        <v>122524</v>
+      </c>
+      <c r="D348" s="2" t="s">
+        <v>2006</v>
+      </c>
       <c r="E348" s="2" t="s">
         <v>2007</v>
       </c>
       <c r="F348" s="2" t="s">
-        <v>277</v>
+        <v>242</v>
       </c>
     </row>
     <row r="349" spans="1:6">
       <c r="A349" s="2">
         <v>348</v>
       </c>
       <c r="B349" s="2">
         <v>235</v>
       </c>
       <c r="C349" s="2">
         <v>122210</v>
       </c>
       <c r="D349" s="2" t="s">
         <v>2008</v>
       </c>
       <c r="E349" s="2" t="s">
-        <v>806</v>
+        <v>779</v>
       </c>
       <c r="F349" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="350" spans="1:6">
       <c r="A350" s="2">
         <v>349</v>
       </c>
       <c r="B350" s="2">
         <v>230</v>
       </c>
       <c r="C350" s="2">
-        <v>122609</v>
-[...1 lines deleted...]
-      <c r="D350" s="2"/>
+        <v>122694</v>
+      </c>
+      <c r="D350" s="2" t="s">
+        <v>2009</v>
+      </c>
       <c r="E350" s="2" t="s">
-        <v>1951</v>
+        <v>2010</v>
       </c>
       <c r="F350" s="2" t="s">
-        <v>32</v>
+        <v>229</v>
       </c>
     </row>
     <row r="351" spans="1:6">
       <c r="A351" s="2">
         <v>349</v>
       </c>
       <c r="B351" s="2">
         <v>230</v>
       </c>
       <c r="C351" s="2">
-        <v>122047</v>
+        <v>121340</v>
       </c>
       <c r="D351" s="2"/>
       <c r="E351" s="2" t="s">
-        <v>2009</v>
+        <v>2011</v>
       </c>
       <c r="F351" s="2" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
     </row>
     <row r="352" spans="1:6">
       <c r="A352" s="2">
         <v>349</v>
       </c>
       <c r="B352" s="2">
         <v>230</v>
       </c>
       <c r="C352" s="2">
-        <v>123050</v>
-[...1 lines deleted...]
-      <c r="D352" s="2"/>
+        <v>100140</v>
+      </c>
+      <c r="D352" s="2" t="s">
+        <v>2012</v>
+      </c>
       <c r="E352" s="2" t="s">
-        <v>2010</v>
+        <v>344</v>
       </c>
       <c r="F352" s="2" t="s">
-        <v>32</v>
+        <v>44</v>
       </c>
     </row>
     <row r="353" spans="1:6">
       <c r="A353" s="2">
         <v>349</v>
       </c>
       <c r="B353" s="2">
         <v>230</v>
       </c>
       <c r="C353" s="2">
-        <v>122694</v>
+        <v>122546</v>
       </c>
       <c r="D353" s="2" t="s">
-        <v>2011</v>
+        <v>2013</v>
       </c>
       <c r="E353" s="2" t="s">
-        <v>2012</v>
+        <v>1407</v>
       </c>
       <c r="F353" s="2" t="s">
-        <v>243</v>
+        <v>19</v>
       </c>
     </row>
     <row r="354" spans="1:6">
       <c r="A354" s="2">
         <v>349</v>
       </c>
       <c r="B354" s="2">
         <v>230</v>
       </c>
       <c r="C354" s="2">
-        <v>121340</v>
+        <v>123059</v>
       </c>
       <c r="D354" s="2"/>
       <c r="E354" s="2" t="s">
-        <v>2013</v>
-[...3 lines deleted...]
-      </c>
+        <v>2014</v>
+      </c>
+      <c r="F354" s="2"/>
     </row>
     <row r="355" spans="1:6">
       <c r="A355" s="2">
         <v>349</v>
       </c>
       <c r="B355" s="2">
         <v>230</v>
       </c>
       <c r="C355" s="2">
-        <v>122546</v>
-[...3 lines deleted...]
-      </c>
+        <v>122645</v>
+      </c>
+      <c r="D355" s="2"/>
       <c r="E355" s="2" t="s">
-        <v>1362</v>
+        <v>2015</v>
       </c>
       <c r="F355" s="2" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
     </row>
     <row r="356" spans="1:6">
       <c r="A356" s="2">
         <v>349</v>
       </c>
       <c r="B356" s="2">
         <v>230</v>
       </c>
       <c r="C356" s="2">
-        <v>100140</v>
+        <v>121959</v>
       </c>
       <c r="D356" s="2" t="s">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="E356" s="2" t="s">
-        <v>337</v>
+        <v>527</v>
       </c>
       <c r="F356" s="2" t="s">
-        <v>44</v>
+        <v>287</v>
       </c>
     </row>
     <row r="357" spans="1:6">
       <c r="A357" s="2">
         <v>349</v>
       </c>
       <c r="B357" s="2">
         <v>230</v>
       </c>
       <c r="C357" s="2">
-        <v>121959</v>
-[...3 lines deleted...]
-      </c>
+        <v>122609</v>
+      </c>
+      <c r="D357" s="2"/>
       <c r="E357" s="2" t="s">
-        <v>548</v>
+        <v>1965</v>
       </c>
       <c r="F357" s="2" t="s">
-        <v>277</v>
+        <v>32</v>
       </c>
     </row>
     <row r="358" spans="1:6">
       <c r="A358" s="2">
         <v>349</v>
       </c>
       <c r="B358" s="2">
         <v>230</v>
       </c>
       <c r="C358" s="2">
         <v>122122</v>
       </c>
       <c r="D358" s="2" t="s">
         <v>2017</v>
       </c>
       <c r="E358" s="2" t="s">
         <v>2018</v>
       </c>
       <c r="F358" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="359" spans="1:6">
       <c r="A359" s="2">
         <v>349</v>
       </c>
       <c r="B359" s="2">
         <v>230</v>
       </c>
       <c r="C359" s="2">
-        <v>122736</v>
-[...1 lines deleted...]
-      <c r="D359" s="2" t="s">
+        <v>122047</v>
+      </c>
+      <c r="D359" s="2"/>
+      <c r="E359" s="2" t="s">
         <v>2019</v>
       </c>
-      <c r="E359" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F359" s="2" t="s">
-        <v>2000</v>
+        <v>32</v>
       </c>
     </row>
     <row r="360" spans="1:6">
       <c r="A360" s="2">
         <v>349</v>
       </c>
       <c r="B360" s="2">
         <v>230</v>
       </c>
       <c r="C360" s="2">
-        <v>122645</v>
-[...1 lines deleted...]
-      <c r="D360" s="2"/>
+        <v>122736</v>
+      </c>
+      <c r="D360" s="2" t="s">
+        <v>2020</v>
+      </c>
       <c r="E360" s="2" t="s">
-        <v>2020</v>
+        <v>1781</v>
       </c>
       <c r="F360" s="2" t="s">
-        <v>32</v>
+        <v>2004</v>
       </c>
     </row>
     <row r="361" spans="1:6">
       <c r="A361" s="2">
         <v>349</v>
       </c>
       <c r="B361" s="2">
         <v>230</v>
       </c>
       <c r="C361" s="2">
-        <v>123059</v>
+        <v>123050</v>
       </c>
       <c r="D361" s="2"/>
       <c r="E361" s="2" t="s">
         <v>2021</v>
       </c>
-      <c r="F361" s="2"/>
+      <c r="F361" s="2" t="s">
+        <v>32</v>
+      </c>
     </row>
     <row r="362" spans="1:6">
       <c r="A362" s="2">
         <v>361</v>
       </c>
       <c r="B362" s="2">
         <v>220</v>
       </c>
       <c r="C362" s="2">
-        <v>123003</v>
-[...1 lines deleted...]
-      <c r="D362" s="2"/>
+        <v>122526</v>
+      </c>
+      <c r="D362" s="2" t="s">
+        <v>2022</v>
+      </c>
       <c r="E362" s="2" t="s">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="F362" s="2" t="s">
-        <v>19</v>
+        <v>242</v>
       </c>
     </row>
     <row r="363" spans="1:6">
       <c r="A363" s="2">
         <v>361</v>
       </c>
       <c r="B363" s="2">
         <v>220</v>
       </c>
       <c r="C363" s="2">
-        <v>122123</v>
+        <v>122547</v>
       </c>
       <c r="D363" s="2" t="s">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="E363" s="2" t="s">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="F363" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="364" spans="1:6">
       <c r="A364" s="2">
         <v>361</v>
       </c>
       <c r="B364" s="2">
         <v>220</v>
       </c>
       <c r="C364" s="2">
-        <v>122646</v>
-[...1 lines deleted...]
-      <c r="D364" s="2"/>
+        <v>122737</v>
+      </c>
+      <c r="D364" s="2" t="s">
+        <v>2026</v>
+      </c>
       <c r="E364" s="2" t="s">
-        <v>1972</v>
+        <v>2027</v>
       </c>
       <c r="F364" s="2" t="s">
-        <v>32</v>
+        <v>287</v>
       </c>
     </row>
     <row r="365" spans="1:6">
       <c r="A365" s="2">
         <v>361</v>
       </c>
       <c r="B365" s="2">
         <v>220</v>
       </c>
       <c r="C365" s="2">
-        <v>121960</v>
-[...3 lines deleted...]
-      </c>
+        <v>122646</v>
+      </c>
+      <c r="D365" s="2"/>
       <c r="E365" s="2" t="s">
-        <v>2026</v>
+        <v>1974</v>
       </c>
       <c r="F365" s="2" t="s">
-        <v>1922</v>
+        <v>32</v>
       </c>
     </row>
     <row r="366" spans="1:6">
       <c r="A366" s="2">
         <v>361</v>
       </c>
       <c r="B366" s="2">
         <v>220</v>
       </c>
       <c r="C366" s="2">
-        <v>122085</v>
-[...3 lines deleted...]
-      </c>
+        <v>123003</v>
+      </c>
+      <c r="D366" s="2"/>
       <c r="E366" s="2" t="s">
-        <v>1293</v>
+        <v>2028</v>
       </c>
       <c r="F366" s="2" t="s">
-        <v>103</v>
+        <v>19</v>
       </c>
     </row>
     <row r="367" spans="1:6">
       <c r="A367" s="2">
         <v>361</v>
       </c>
       <c r="B367" s="2">
         <v>220</v>
       </c>
       <c r="C367" s="2">
-        <v>122501</v>
+        <v>122123</v>
       </c>
       <c r="D367" s="2" t="s">
-        <v>2028</v>
+        <v>2029</v>
       </c>
       <c r="E367" s="2" t="s">
-        <v>2029</v>
+        <v>2030</v>
       </c>
       <c r="F367" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="368" spans="1:6">
       <c r="A368" s="2">
         <v>361</v>
       </c>
       <c r="B368" s="2">
         <v>220</v>
       </c>
       <c r="C368" s="2">
-        <v>122611</v>
-[...1 lines deleted...]
-      <c r="D368" s="2"/>
+        <v>122085</v>
+      </c>
+      <c r="D368" s="2" t="s">
+        <v>2031</v>
+      </c>
       <c r="E368" s="2" t="s">
-        <v>2030</v>
+        <v>1360</v>
       </c>
       <c r="F368" s="2" t="s">
-        <v>32</v>
+        <v>101</v>
       </c>
     </row>
     <row r="369" spans="1:6">
       <c r="A369" s="2">
         <v>361</v>
       </c>
       <c r="B369" s="2">
         <v>220</v>
       </c>
       <c r="C369" s="2">
-        <v>122526</v>
-[...3 lines deleted...]
-      </c>
+        <v>122611</v>
+      </c>
+      <c r="D369" s="2"/>
       <c r="E369" s="2" t="s">
         <v>2032</v>
       </c>
       <c r="F369" s="2" t="s">
-        <v>229</v>
+        <v>32</v>
       </c>
     </row>
     <row r="370" spans="1:6">
       <c r="A370" s="2">
         <v>361</v>
       </c>
       <c r="B370" s="2">
         <v>220</v>
       </c>
       <c r="C370" s="2">
-        <v>122547</v>
+        <v>121960</v>
       </c>
       <c r="D370" s="2" t="s">
         <v>2033</v>
       </c>
       <c r="E370" s="2" t="s">
         <v>2034</v>
       </c>
       <c r="F370" s="2" t="s">
-        <v>19</v>
+        <v>1912</v>
       </c>
     </row>
     <row r="371" spans="1:6">
       <c r="A371" s="2">
         <v>361</v>
       </c>
       <c r="B371" s="2">
         <v>220</v>
       </c>
       <c r="C371" s="2">
-        <v>122737</v>
-[...1 lines deleted...]
-      <c r="D371" s="2" t="s">
+        <v>122695</v>
+      </c>
+      <c r="D371" s="2"/>
+      <c r="E371" s="2" t="s">
         <v>2035</v>
       </c>
-      <c r="E371" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F371" s="2" t="s">
-        <v>277</v>
+        <v>32</v>
       </c>
     </row>
     <row r="372" spans="1:6">
       <c r="A372" s="2">
         <v>361</v>
       </c>
       <c r="B372" s="2">
         <v>220</v>
       </c>
       <c r="C372" s="2">
-        <v>122695</v>
-[...1 lines deleted...]
-      <c r="D372" s="2"/>
+        <v>122501</v>
+      </c>
+      <c r="D372" s="2" t="s">
+        <v>2036</v>
+      </c>
       <c r="E372" s="2" t="s">
         <v>2037</v>
       </c>
       <c r="F372" s="2" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
     </row>
     <row r="373" spans="1:6">
       <c r="A373" s="2">
         <v>373</v>
       </c>
       <c r="B373" s="2">
         <v>210</v>
       </c>
       <c r="C373" s="2">
-        <v>122502</v>
-[...1 lines deleted...]
-      <c r="D373" s="2" t="s">
+        <v>122696</v>
+      </c>
+      <c r="D373" s="2"/>
+      <c r="E373" s="2" t="s">
         <v>2038</v>
       </c>
-      <c r="E373" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F373" s="2" t="s">
-        <v>505</v>
+        <v>32</v>
       </c>
     </row>
     <row r="374" spans="1:6">
       <c r="A374" s="2">
         <v>373</v>
       </c>
       <c r="B374" s="2">
         <v>210</v>
       </c>
       <c r="C374" s="2">
-        <v>122548</v>
+        <v>122527</v>
       </c>
       <c r="D374" s="2" t="s">
+        <v>2039</v>
+      </c>
+      <c r="E374" s="2" t="s">
         <v>2040</v>
-      </c>
-[...1 lines deleted...]
-        <v>2041</v>
       </c>
       <c r="F374" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="375" spans="1:6">
       <c r="A375" s="2">
         <v>373</v>
       </c>
       <c r="B375" s="2">
         <v>210</v>
       </c>
       <c r="C375" s="2">
-        <v>122738</v>
+        <v>121962</v>
       </c>
       <c r="D375" s="2" t="s">
+        <v>2041</v>
+      </c>
+      <c r="E375" s="2" t="s">
         <v>2042</v>
       </c>
-      <c r="E375" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F375" s="2" t="s">
-        <v>277</v>
+        <v>287</v>
       </c>
     </row>
     <row r="376" spans="1:6">
       <c r="A376" s="2">
         <v>373</v>
       </c>
       <c r="B376" s="2">
         <v>210</v>
       </c>
       <c r="C376" s="2">
-        <v>122696</v>
+        <v>122610</v>
       </c>
       <c r="D376" s="2"/>
       <c r="E376" s="2" t="s">
-        <v>2044</v>
+        <v>1826</v>
       </c>
       <c r="F376" s="2" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="377" spans="1:6">
       <c r="A377" s="2">
         <v>373</v>
       </c>
       <c r="B377" s="2">
         <v>210</v>
       </c>
       <c r="C377" s="2">
-        <v>123004</v>
-[...1 lines deleted...]
-      <c r="D377" s="2"/>
+        <v>122502</v>
+      </c>
+      <c r="D377" s="2" t="s">
+        <v>2043</v>
+      </c>
       <c r="E377" s="2" t="s">
-        <v>2045</v>
+        <v>2044</v>
       </c>
       <c r="F377" s="2" t="s">
-        <v>19</v>
+        <v>471</v>
       </c>
     </row>
     <row r="378" spans="1:6">
       <c r="A378" s="2">
         <v>373</v>
       </c>
       <c r="B378" s="2">
         <v>210</v>
       </c>
       <c r="C378" s="2">
-        <v>122610</v>
+        <v>122048</v>
       </c>
       <c r="D378" s="2"/>
       <c r="E378" s="2" t="s">
-        <v>1833</v>
+        <v>2045</v>
       </c>
       <c r="F378" s="2" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="379" spans="1:6">
       <c r="A379" s="2">
         <v>373</v>
       </c>
       <c r="B379" s="2">
         <v>210</v>
       </c>
       <c r="C379" s="2">
-        <v>122124</v>
+        <v>115407</v>
       </c>
       <c r="D379" s="2" t="s">
-        <v>2046</v>
+        <v>1928</v>
       </c>
       <c r="E379" s="2" t="s">
-        <v>2047</v>
+        <v>286</v>
       </c>
       <c r="F379" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="380" spans="1:6">
       <c r="A380" s="2">
         <v>373</v>
       </c>
       <c r="B380" s="2">
         <v>210</v>
       </c>
       <c r="C380" s="2">
-        <v>122048</v>
-[...1 lines deleted...]
-      <c r="D380" s="2"/>
+        <v>122548</v>
+      </c>
+      <c r="D380" s="2" t="s">
+        <v>2046</v>
+      </c>
       <c r="E380" s="2" t="s">
-        <v>2048</v>
+        <v>2047</v>
       </c>
       <c r="F380" s="2" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
     </row>
     <row r="381" spans="1:6">
       <c r="A381" s="2">
         <v>373</v>
       </c>
       <c r="B381" s="2">
         <v>210</v>
       </c>
       <c r="C381" s="2">
-        <v>115407</v>
+        <v>122738</v>
       </c>
       <c r="D381" s="2" t="s">
-        <v>1928</v>
+        <v>2048</v>
       </c>
       <c r="E381" s="2" t="s">
-        <v>276</v>
+        <v>2049</v>
       </c>
       <c r="F381" s="2" t="s">
-        <v>19</v>
+        <v>287</v>
       </c>
     </row>
     <row r="382" spans="1:6">
       <c r="A382" s="2">
         <v>373</v>
       </c>
       <c r="B382" s="2">
         <v>210</v>
       </c>
       <c r="C382" s="2">
         <v>122647</v>
       </c>
       <c r="D382" s="2" t="s">
-        <v>2049</v>
+        <v>2050</v>
       </c>
       <c r="E382" s="2" t="s">
-        <v>2050</v>
+        <v>2051</v>
       </c>
       <c r="F382" s="2" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="383" spans="1:6">
       <c r="A383" s="2">
         <v>373</v>
       </c>
       <c r="B383" s="2">
         <v>210</v>
       </c>
       <c r="C383" s="2">
-        <v>122086</v>
+        <v>123004</v>
       </c>
       <c r="D383" s="2"/>
       <c r="E383" s="2" t="s">
-        <v>2051</v>
+        <v>2052</v>
       </c>
       <c r="F383" s="2" t="s">
-        <v>103</v>
+        <v>19</v>
       </c>
     </row>
     <row r="384" spans="1:6">
       <c r="A384" s="2">
         <v>373</v>
       </c>
       <c r="B384" s="2">
         <v>210</v>
       </c>
       <c r="C384" s="2">
-        <v>122527</v>
+        <v>122124</v>
       </c>
       <c r="D384" s="2" t="s">
-        <v>2052</v>
+        <v>2053</v>
       </c>
       <c r="E384" s="2" t="s">
-        <v>2053</v>
+        <v>2054</v>
       </c>
       <c r="F384" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="385" spans="1:6">
       <c r="A385" s="2">
         <v>373</v>
       </c>
       <c r="B385" s="2">
         <v>210</v>
       </c>
       <c r="C385" s="2">
-        <v>121962</v>
-[...3 lines deleted...]
-      </c>
+        <v>122086</v>
+      </c>
+      <c r="D385" s="2"/>
       <c r="E385" s="2" t="s">
         <v>2055</v>
       </c>
       <c r="F385" s="2" t="s">
-        <v>277</v>
+        <v>101</v>
       </c>
     </row>
     <row r="386" spans="1:6">
       <c r="A386" s="2">
         <v>386</v>
       </c>
       <c r="B386" s="2">
         <v>200</v>
       </c>
       <c r="C386" s="2">
-        <v>122087</v>
-[...1 lines deleted...]
-      <c r="D386" s="2"/>
+        <v>122612</v>
+      </c>
+      <c r="D386" s="2" t="s">
+        <v>2056</v>
+      </c>
       <c r="E386" s="2" t="s">
-        <v>2056</v>
+        <v>2057</v>
       </c>
       <c r="F386" s="2" t="s">
-        <v>103</v>
+        <v>451</v>
       </c>
     </row>
     <row r="387" spans="1:6">
       <c r="A387" s="2">
         <v>386</v>
       </c>
       <c r="B387" s="2">
         <v>200</v>
       </c>
       <c r="C387" s="2">
-        <v>122528</v>
-[...3 lines deleted...]
-      </c>
+        <v>122503</v>
+      </c>
+      <c r="D387" s="2"/>
       <c r="E387" s="2" t="s">
-        <v>84</v>
+        <v>2058</v>
       </c>
       <c r="F387" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="388" spans="1:6">
       <c r="A388" s="2">
         <v>386</v>
       </c>
       <c r="B388" s="2">
         <v>200</v>
       </c>
       <c r="C388" s="2">
-        <v>121964</v>
-[...3 lines deleted...]
-      </c>
+        <v>122697</v>
+      </c>
+      <c r="D388" s="2"/>
       <c r="E388" s="2" t="s">
         <v>2059</v>
       </c>
       <c r="F388" s="2" t="s">
-        <v>277</v>
+        <v>32</v>
       </c>
     </row>
     <row r="389" spans="1:6">
       <c r="A389" s="2">
         <v>386</v>
       </c>
       <c r="B389" s="2">
         <v>200</v>
       </c>
       <c r="C389" s="2">
-        <v>122549</v>
+        <v>122528</v>
       </c>
       <c r="D389" s="2" t="s">
         <v>2060</v>
       </c>
       <c r="E389" s="2" t="s">
-        <v>2061</v>
+        <v>84</v>
       </c>
       <c r="F389" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="390" spans="1:6">
       <c r="A390" s="2">
         <v>386</v>
       </c>
       <c r="B390" s="2">
         <v>200</v>
       </c>
       <c r="C390" s="2">
-        <v>122697</v>
+        <v>122648</v>
       </c>
       <c r="D390" s="2"/>
       <c r="E390" s="2" t="s">
-        <v>2062</v>
+        <v>2061</v>
       </c>
       <c r="F390" s="2" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="391" spans="1:6">
       <c r="A391" s="2">
         <v>386</v>
       </c>
       <c r="B391" s="2">
         <v>200</v>
       </c>
       <c r="C391" s="2">
-        <v>122648</v>
-[...1 lines deleted...]
-      <c r="D391" s="2"/>
+        <v>121964</v>
+      </c>
+      <c r="D391" s="2" t="s">
+        <v>2062</v>
+      </c>
       <c r="E391" s="2" t="s">
         <v>2063</v>
       </c>
       <c r="F391" s="2" t="s">
-        <v>32</v>
+        <v>287</v>
       </c>
     </row>
     <row r="392" spans="1:6">
       <c r="A392" s="2">
         <v>386</v>
       </c>
       <c r="B392" s="2">
         <v>200</v>
       </c>
       <c r="C392" s="2">
-        <v>123005</v>
-[...1 lines deleted...]
-      <c r="D392" s="2"/>
+        <v>122739</v>
+      </c>
+      <c r="D392" s="2" t="s">
+        <v>2064</v>
+      </c>
       <c r="E392" s="2" t="s">
-        <v>2064</v>
-[...3 lines deleted...]
-      </c>
+        <v>2065</v>
+      </c>
+      <c r="F392" s="2"/>
     </row>
     <row r="393" spans="1:6">
       <c r="A393" s="2">
         <v>386</v>
       </c>
       <c r="B393" s="2">
         <v>200</v>
       </c>
       <c r="C393" s="2">
-        <v>122739</v>
-[...3 lines deleted...]
-      </c>
+        <v>122049</v>
+      </c>
+      <c r="D393" s="2"/>
       <c r="E393" s="2" t="s">
         <v>2066</v>
       </c>
-      <c r="F393" s="2"/>
+      <c r="F393" s="2" t="s">
+        <v>32</v>
+      </c>
     </row>
     <row r="394" spans="1:6">
       <c r="A394" s="2">
         <v>386</v>
       </c>
       <c r="B394" s="2">
         <v>200</v>
       </c>
       <c r="C394" s="2">
-        <v>122049</v>
-[...1 lines deleted...]
-      <c r="D394" s="2"/>
+        <v>122549</v>
+      </c>
+      <c r="D394" s="2" t="s">
+        <v>2067</v>
+      </c>
       <c r="E394" s="2" t="s">
-        <v>2067</v>
+        <v>2068</v>
       </c>
       <c r="F394" s="2" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
     </row>
     <row r="395" spans="1:6">
       <c r="A395" s="2">
         <v>386</v>
       </c>
       <c r="B395" s="2">
         <v>200</v>
       </c>
       <c r="C395" s="2">
-        <v>122612</v>
-[...3 lines deleted...]
-      </c>
+        <v>123005</v>
+      </c>
+      <c r="D395" s="2"/>
       <c r="E395" s="2" t="s">
         <v>2069</v>
       </c>
       <c r="F395" s="2" t="s">
-        <v>439</v>
+        <v>19</v>
       </c>
     </row>
     <row r="396" spans="1:6">
       <c r="A396" s="2">
         <v>386</v>
       </c>
       <c r="B396" s="2">
         <v>200</v>
       </c>
       <c r="C396" s="2">
-        <v>122503</v>
+        <v>122087</v>
       </c>
       <c r="D396" s="2"/>
       <c r="E396" s="2" t="s">
         <v>2070</v>
       </c>
       <c r="F396" s="2" t="s">
-        <v>19</v>
+        <v>101</v>
       </c>
     </row>
     <row r="397" spans="1:6">
       <c r="A397" s="2">
         <v>397</v>
       </c>
       <c r="B397" s="2">
         <v>190</v>
       </c>
       <c r="C397" s="2">
-        <v>122050</v>
-[...1 lines deleted...]
-      <c r="D397" s="2"/>
+        <v>122550</v>
+      </c>
+      <c r="D397" s="2" t="s">
+        <v>1742</v>
+      </c>
       <c r="E397" s="2" t="s">
-        <v>2071</v>
+        <v>1743</v>
       </c>
       <c r="F397" s="2" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
     </row>
     <row r="398" spans="1:6">
       <c r="A398" s="2">
         <v>397</v>
       </c>
       <c r="B398" s="2">
         <v>190</v>
       </c>
       <c r="C398" s="2">
         <v>123006</v>
       </c>
       <c r="D398" s="2"/>
       <c r="E398" s="2" t="s">
-        <v>2072</v>
+        <v>2071</v>
       </c>
       <c r="F398" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="399" spans="1:6">
       <c r="A399" s="2">
         <v>397</v>
       </c>
       <c r="B399" s="2">
         <v>190</v>
       </c>
       <c r="C399" s="2">
-        <v>122504</v>
+        <v>123060</v>
       </c>
       <c r="D399" s="2"/>
       <c r="E399" s="2" t="s">
-        <v>2073</v>
-[...3 lines deleted...]
-      </c>
+        <v>2072</v>
+      </c>
+      <c r="F399" s="2"/>
     </row>
     <row r="400" spans="1:6">
       <c r="A400" s="2">
         <v>397</v>
       </c>
       <c r="B400" s="2">
         <v>190</v>
       </c>
       <c r="C400" s="2">
-        <v>123060</v>
+        <v>122088</v>
       </c>
       <c r="D400" s="2"/>
       <c r="E400" s="2" t="s">
-        <v>2074</v>
-[...1 lines deleted...]
-      <c r="F400" s="2"/>
+        <v>2073</v>
+      </c>
+      <c r="F400" s="2" t="s">
+        <v>101</v>
+      </c>
     </row>
     <row r="401" spans="1:6">
       <c r="A401" s="2">
         <v>397</v>
       </c>
       <c r="B401" s="2">
         <v>190</v>
       </c>
       <c r="C401" s="2">
-        <v>122529</v>
-[...3 lines deleted...]
-      </c>
+        <v>122504</v>
+      </c>
+      <c r="D401" s="2"/>
       <c r="E401" s="2" t="s">
-        <v>2076</v>
+        <v>2074</v>
       </c>
       <c r="F401" s="2" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
     </row>
     <row r="402" spans="1:6">
       <c r="A402" s="2">
         <v>397</v>
       </c>
       <c r="B402" s="2">
         <v>190</v>
       </c>
       <c r="C402" s="2">
-        <v>122088</v>
-[...1 lines deleted...]
-      <c r="D402" s="2"/>
+        <v>122529</v>
+      </c>
+      <c r="D402" s="2" t="s">
+        <v>2075</v>
+      </c>
       <c r="E402" s="2" t="s">
-        <v>2077</v>
+        <v>2076</v>
       </c>
       <c r="F402" s="2" t="s">
-        <v>103</v>
+        <v>16</v>
       </c>
     </row>
     <row r="403" spans="1:6">
       <c r="A403" s="2">
         <v>397</v>
       </c>
       <c r="B403" s="2">
         <v>190</v>
       </c>
       <c r="C403" s="2">
         <v>122740</v>
       </c>
       <c r="D403" s="2" t="s">
-        <v>2078</v>
+        <v>2077</v>
       </c>
       <c r="E403" s="2" t="s">
         <v>87</v>
       </c>
       <c r="F403" s="2" t="s">
-        <v>277</v>
+        <v>287</v>
       </c>
     </row>
     <row r="404" spans="1:6">
       <c r="A404" s="2">
         <v>397</v>
       </c>
       <c r="B404" s="2">
         <v>190</v>
       </c>
       <c r="C404" s="2">
-        <v>121965</v>
+        <v>122698</v>
       </c>
       <c r="D404" s="2" t="s">
-        <v>2079</v>
+        <v>2078</v>
       </c>
       <c r="E404" s="2" t="s">
-        <v>276</v>
+        <v>400</v>
       </c>
       <c r="F404" s="2" t="s">
-        <v>277</v>
+        <v>44</v>
       </c>
     </row>
     <row r="405" spans="1:6">
       <c r="A405" s="2">
         <v>397</v>
       </c>
       <c r="B405" s="2">
         <v>190</v>
       </c>
       <c r="C405" s="2">
-        <v>122550</v>
-[...3 lines deleted...]
-      </c>
+        <v>122649</v>
+      </c>
+      <c r="D405" s="2"/>
       <c r="E405" s="2" t="s">
-        <v>1743</v>
+        <v>2079</v>
       </c>
       <c r="F405" s="2" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
     </row>
     <row r="406" spans="1:6">
       <c r="A406" s="2">
         <v>397</v>
       </c>
       <c r="B406" s="2">
         <v>190</v>
       </c>
       <c r="C406" s="2">
-        <v>122698</v>
+        <v>121965</v>
       </c>
       <c r="D406" s="2" t="s">
         <v>2080</v>
       </c>
       <c r="E406" s="2" t="s">
-        <v>399</v>
+        <v>286</v>
       </c>
       <c r="F406" s="2" t="s">
-        <v>44</v>
+        <v>287</v>
       </c>
     </row>
     <row r="407" spans="1:6">
       <c r="A407" s="2">
         <v>397</v>
       </c>
       <c r="B407" s="2">
         <v>190</v>
       </c>
       <c r="C407" s="2">
-        <v>122649</v>
+        <v>122050</v>
       </c>
       <c r="D407" s="2"/>
       <c r="E407" s="2" t="s">
         <v>2081</v>
       </c>
       <c r="F407" s="2" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="408" spans="1:6">
       <c r="A408" s="2">
         <v>408</v>
       </c>
       <c r="B408" s="2">
         <v>180</v>
       </c>
       <c r="C408" s="2">
-        <v>122613</v>
-[...1 lines deleted...]
-      <c r="D408" s="2"/>
+        <v>122741</v>
+      </c>
+      <c r="D408" s="2" t="s">
+        <v>2082</v>
+      </c>
       <c r="E408" s="2" t="s">
-        <v>2082</v>
+        <v>2083</v>
       </c>
       <c r="F408" s="2" t="s">
-        <v>32</v>
+        <v>287</v>
       </c>
     </row>
     <row r="409" spans="1:6">
       <c r="A409" s="2">
         <v>408</v>
       </c>
       <c r="B409" s="2">
         <v>180</v>
       </c>
       <c r="C409" s="2">
-        <v>122551</v>
+        <v>122699</v>
       </c>
       <c r="D409" s="2" t="s">
-        <v>2083</v>
+        <v>2084</v>
       </c>
       <c r="E409" s="2" t="s">
-        <v>2084</v>
+        <v>935</v>
       </c>
       <c r="F409" s="2" t="s">
-        <v>19</v>
+        <v>44</v>
       </c>
     </row>
     <row r="410" spans="1:6">
       <c r="A410" s="2">
         <v>408</v>
       </c>
       <c r="B410" s="2">
         <v>180</v>
       </c>
       <c r="C410" s="2">
-        <v>122505</v>
-[...3 lines deleted...]
-      </c>
+        <v>122650</v>
+      </c>
+      <c r="D410" s="2"/>
       <c r="E410" s="2" t="s">
         <v>2085</v>
       </c>
       <c r="F410" s="2" t="s">
-        <v>11</v>
+        <v>32</v>
       </c>
     </row>
     <row r="411" spans="1:6">
       <c r="A411" s="2">
         <v>408</v>
       </c>
       <c r="B411" s="2">
         <v>180</v>
       </c>
       <c r="C411" s="2">
-        <v>122699</v>
+        <v>121967</v>
       </c>
       <c r="D411" s="2" t="s">
         <v>2086</v>
       </c>
       <c r="E411" s="2" t="s">
-        <v>923</v>
+        <v>2087</v>
       </c>
       <c r="F411" s="2" t="s">
-        <v>44</v>
+        <v>287</v>
       </c>
     </row>
     <row r="412" spans="1:6">
       <c r="A412" s="2">
         <v>408</v>
       </c>
       <c r="B412" s="2">
         <v>180</v>
       </c>
       <c r="C412" s="2">
-        <v>122650</v>
-[...1 lines deleted...]
-      <c r="D412" s="2"/>
+        <v>122530</v>
+      </c>
+      <c r="D412" s="2" t="s">
+        <v>2088</v>
+      </c>
       <c r="E412" s="2" t="s">
-        <v>2087</v>
-[...3 lines deleted...]
-      </c>
+        <v>2089</v>
+      </c>
+      <c r="F412" s="2"/>
     </row>
     <row r="413" spans="1:6">
       <c r="A413" s="2">
         <v>408</v>
       </c>
       <c r="B413" s="2">
         <v>180</v>
       </c>
       <c r="C413" s="2">
-        <v>122530</v>
-[...3 lines deleted...]
-      </c>
+        <v>122051</v>
+      </c>
+      <c r="D413" s="2"/>
       <c r="E413" s="2" t="s">
-        <v>2089</v>
-[...1 lines deleted...]
-      <c r="F413" s="2"/>
+        <v>2090</v>
+      </c>
+      <c r="F413" s="2" t="s">
+        <v>32</v>
+      </c>
     </row>
     <row r="414" spans="1:6">
       <c r="A414" s="2">
         <v>408</v>
       </c>
       <c r="B414" s="2">
         <v>180</v>
       </c>
       <c r="C414" s="2">
-        <v>122051</v>
-[...1 lines deleted...]
-      <c r="D414" s="2"/>
+        <v>122551</v>
+      </c>
+      <c r="D414" s="2" t="s">
+        <v>2091</v>
+      </c>
       <c r="E414" s="2" t="s">
-        <v>2090</v>
+        <v>2092</v>
       </c>
       <c r="F414" s="2" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
     </row>
     <row r="415" spans="1:6">
       <c r="A415" s="2">
         <v>408</v>
       </c>
       <c r="B415" s="2">
         <v>180</v>
       </c>
       <c r="C415" s="2">
         <v>123007</v>
       </c>
       <c r="D415" s="2"/>
       <c r="E415" s="2" t="s">
-        <v>2091</v>
+        <v>2093</v>
       </c>
       <c r="F415" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="416" spans="1:6">
       <c r="A416" s="2">
         <v>408</v>
       </c>
       <c r="B416" s="2">
         <v>180</v>
       </c>
       <c r="C416" s="2">
-        <v>122089</v>
-[...1 lines deleted...]
-      <c r="D416" s="2"/>
+        <v>122505</v>
+      </c>
+      <c r="D416" s="2" t="s">
+        <v>1903</v>
+      </c>
       <c r="E416" s="2" t="s">
-        <v>2092</v>
+        <v>2094</v>
       </c>
       <c r="F416" s="2" t="s">
-        <v>103</v>
+        <v>11</v>
       </c>
     </row>
     <row r="417" spans="1:6">
       <c r="A417" s="2">
         <v>408</v>
       </c>
       <c r="B417" s="2">
         <v>180</v>
       </c>
       <c r="C417" s="2">
-        <v>122741</v>
-[...3 lines deleted...]
-      </c>
+        <v>122089</v>
+      </c>
+      <c r="D417" s="2"/>
       <c r="E417" s="2" t="s">
-        <v>2094</v>
+        <v>2095</v>
       </c>
       <c r="F417" s="2" t="s">
-        <v>277</v>
+        <v>101</v>
       </c>
     </row>
     <row r="418" spans="1:6">
       <c r="A418" s="2">
         <v>408</v>
       </c>
       <c r="B418" s="2">
         <v>180</v>
       </c>
       <c r="C418" s="2">
-        <v>121967</v>
-[...3 lines deleted...]
-      </c>
+        <v>122613</v>
+      </c>
+      <c r="D418" s="2"/>
       <c r="E418" s="2" t="s">
         <v>2096</v>
       </c>
       <c r="F418" s="2" t="s">
-        <v>277</v>
+        <v>32</v>
       </c>
     </row>
     <row r="419" spans="1:6">
       <c r="A419" s="2">
         <v>419</v>
       </c>
       <c r="B419" s="2">
         <v>170</v>
       </c>
       <c r="C419" s="2">
-        <v>122090</v>
+        <v>122614</v>
       </c>
       <c r="D419" s="2"/>
       <c r="E419" s="2" t="s">
         <v>2097</v>
       </c>
       <c r="F419" s="2" t="s">
-        <v>103</v>
+        <v>32</v>
       </c>
     </row>
     <row r="420" spans="1:6">
       <c r="A420" s="2">
         <v>419</v>
       </c>
       <c r="B420" s="2">
         <v>170</v>
       </c>
       <c r="C420" s="2">
-        <v>122742</v>
+        <v>121968</v>
       </c>
       <c r="D420" s="2" t="s">
         <v>2098</v>
       </c>
       <c r="E420" s="2" t="s">
-        <v>276</v>
+        <v>2099</v>
       </c>
       <c r="F420" s="2" t="s">
-        <v>277</v>
+        <v>8</v>
       </c>
     </row>
     <row r="421" spans="1:6">
       <c r="A421" s="2">
         <v>419</v>
       </c>
       <c r="B421" s="2">
         <v>170</v>
       </c>
       <c r="C421" s="2">
-        <v>122614</v>
-[...1 lines deleted...]
-      <c r="D421" s="2"/>
+        <v>122742</v>
+      </c>
+      <c r="D421" s="2" t="s">
+        <v>2100</v>
+      </c>
       <c r="E421" s="2" t="s">
-        <v>2099</v>
+        <v>286</v>
       </c>
       <c r="F421" s="2" t="s">
-        <v>32</v>
+        <v>287</v>
       </c>
     </row>
     <row r="422" spans="1:6">
       <c r="A422" s="2">
         <v>419</v>
       </c>
       <c r="B422" s="2">
         <v>170</v>
       </c>
       <c r="C422" s="2">
-        <v>121968</v>
-[...3 lines deleted...]
-      </c>
+        <v>122651</v>
+      </c>
+      <c r="D422" s="2"/>
       <c r="E422" s="2" t="s">
         <v>2101</v>
       </c>
       <c r="F422" s="2" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
     </row>
     <row r="423" spans="1:6">
       <c r="A423" s="2">
         <v>419</v>
       </c>
       <c r="B423" s="2">
         <v>170</v>
       </c>
       <c r="C423" s="2">
-        <v>122552</v>
-[...1 lines deleted...]
-      <c r="D423" s="2" t="s">
+        <v>123061</v>
+      </c>
+      <c r="D423" s="2"/>
+      <c r="E423" s="2" t="s">
         <v>2102</v>
       </c>
-      <c r="E423" s="2" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="F423" s="2"/>
     </row>
     <row r="424" spans="1:6">
       <c r="A424" s="2">
         <v>419</v>
       </c>
       <c r="B424" s="2">
         <v>170</v>
       </c>
       <c r="C424" s="2">
-        <v>122531</v>
-[...3 lines deleted...]
-      </c>
+        <v>122052</v>
+      </c>
+      <c r="D424" s="2"/>
       <c r="E424" s="2" t="s">
-        <v>2105</v>
+        <v>2103</v>
       </c>
       <c r="F424" s="2" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
     </row>
     <row r="425" spans="1:6">
       <c r="A425" s="2">
         <v>419</v>
       </c>
       <c r="B425" s="2">
         <v>170</v>
       </c>
       <c r="C425" s="2">
-        <v>122506</v>
-[...1 lines deleted...]
-      <c r="D425" s="2"/>
+        <v>122552</v>
+      </c>
+      <c r="D425" s="2" t="s">
+        <v>2104</v>
+      </c>
       <c r="E425" s="2" t="s">
-        <v>2106</v>
+        <v>2105</v>
       </c>
       <c r="F425" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="426" spans="1:6">
       <c r="A426" s="2">
         <v>419</v>
       </c>
       <c r="B426" s="2">
         <v>170</v>
       </c>
       <c r="C426" s="2">
-        <v>122651</v>
+        <v>123008</v>
       </c>
       <c r="D426" s="2"/>
       <c r="E426" s="2" t="s">
-        <v>2107</v>
+        <v>2106</v>
       </c>
       <c r="F426" s="2" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
     </row>
     <row r="427" spans="1:6">
       <c r="A427" s="2">
         <v>419</v>
       </c>
       <c r="B427" s="2">
         <v>170</v>
       </c>
       <c r="C427" s="2">
-        <v>123061</v>
+        <v>122700</v>
       </c>
       <c r="D427" s="2"/>
       <c r="E427" s="2" t="s">
-        <v>2108</v>
-[...1 lines deleted...]
-      <c r="F427" s="2"/>
+        <v>2107</v>
+      </c>
+      <c r="F427" s="2" t="s">
+        <v>32</v>
+      </c>
     </row>
     <row r="428" spans="1:6">
       <c r="A428" s="2">
         <v>419</v>
       </c>
       <c r="B428" s="2">
         <v>170</v>
       </c>
       <c r="C428" s="2">
-        <v>122052</v>
-[...1 lines deleted...]
-      <c r="D428" s="2"/>
+        <v>122531</v>
+      </c>
+      <c r="D428" s="2" t="s">
+        <v>2108</v>
+      </c>
       <c r="E428" s="2" t="s">
         <v>2109</v>
       </c>
       <c r="F428" s="2" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
     </row>
     <row r="429" spans="1:6">
       <c r="A429" s="2">
         <v>419</v>
       </c>
       <c r="B429" s="2">
         <v>170</v>
       </c>
       <c r="C429" s="2">
-        <v>123008</v>
+        <v>122506</v>
       </c>
       <c r="D429" s="2"/>
       <c r="E429" s="2" t="s">
         <v>2110</v>
       </c>
       <c r="F429" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="430" spans="1:6">
       <c r="A430" s="2">
         <v>419</v>
       </c>
       <c r="B430" s="2">
         <v>170</v>
       </c>
       <c r="C430" s="2">
-        <v>122700</v>
+        <v>122090</v>
       </c>
       <c r="D430" s="2"/>
       <c r="E430" s="2" t="s">
         <v>2111</v>
       </c>
       <c r="F430" s="2" t="s">
-        <v>32</v>
+        <v>101</v>
       </c>
     </row>
     <row r="431" spans="1:6">
       <c r="A431" s="2">
         <v>431</v>
       </c>
       <c r="B431" s="2">
         <v>160</v>
       </c>
       <c r="C431" s="2">
-        <v>122053</v>
+        <v>123009</v>
       </c>
       <c r="D431" s="2"/>
       <c r="E431" s="2" t="s">
-        <v>1654</v>
+        <v>2112</v>
       </c>
       <c r="F431" s="2" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
     </row>
     <row r="432" spans="1:6">
       <c r="A432" s="2">
         <v>431</v>
       </c>
       <c r="B432" s="2">
         <v>160</v>
       </c>
       <c r="C432" s="2">
-        <v>123009</v>
+        <v>122701</v>
       </c>
       <c r="D432" s="2"/>
       <c r="E432" s="2" t="s">
-        <v>2112</v>
+        <v>2113</v>
       </c>
       <c r="F432" s="2" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
     </row>
     <row r="433" spans="1:6">
       <c r="A433" s="2">
         <v>431</v>
       </c>
       <c r="B433" s="2">
         <v>160</v>
       </c>
       <c r="C433" s="2">
-        <v>122701</v>
-[...1 lines deleted...]
-      <c r="D433" s="2"/>
+        <v>122532</v>
+      </c>
+      <c r="D433" s="2" t="s">
+        <v>2114</v>
+      </c>
       <c r="E433" s="2" t="s">
-        <v>2113</v>
+        <v>286</v>
       </c>
       <c r="F433" s="2" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
     </row>
     <row r="434" spans="1:6">
       <c r="A434" s="2">
         <v>431</v>
       </c>
       <c r="B434" s="2">
         <v>160</v>
       </c>
       <c r="C434" s="2">
         <v>122091</v>
       </c>
       <c r="D434" s="2" t="s">
-        <v>2114</v>
+        <v>2115</v>
       </c>
       <c r="E434" s="2" t="s">
-        <v>2115</v>
+        <v>2116</v>
       </c>
       <c r="F434" s="2" t="s">
-        <v>2116</v>
+        <v>2117</v>
       </c>
     </row>
     <row r="435" spans="1:6">
       <c r="A435" s="2">
         <v>431</v>
       </c>
       <c r="B435" s="2">
         <v>160</v>
       </c>
       <c r="C435" s="2">
-        <v>122743</v>
-[...3 lines deleted...]
-      </c>
+        <v>122615</v>
+      </c>
+      <c r="D435" s="2"/>
       <c r="E435" s="2" t="s">
         <v>2118</v>
       </c>
       <c r="F435" s="2" t="s">
-        <v>277</v>
+        <v>32</v>
       </c>
     </row>
     <row r="436" spans="1:6">
       <c r="A436" s="2">
         <v>431</v>
       </c>
       <c r="B436" s="2">
         <v>160</v>
       </c>
       <c r="C436" s="2">
-        <v>122615</v>
-[...1 lines deleted...]
-      <c r="D436" s="2"/>
+        <v>103557</v>
+      </c>
+      <c r="D436" s="2" t="s">
+        <v>2119</v>
+      </c>
       <c r="E436" s="2" t="s">
-        <v>2119</v>
+        <v>865</v>
       </c>
       <c r="F436" s="2" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
     </row>
     <row r="437" spans="1:6">
       <c r="A437" s="2">
         <v>431</v>
       </c>
       <c r="B437" s="2">
         <v>160</v>
       </c>
       <c r="C437" s="2">
-        <v>103557</v>
+        <v>122743</v>
       </c>
       <c r="D437" s="2" t="s">
         <v>2120</v>
       </c>
       <c r="E437" s="2" t="s">
-        <v>863</v>
+        <v>2121</v>
       </c>
       <c r="F437" s="2" t="s">
-        <v>19</v>
+        <v>287</v>
       </c>
     </row>
     <row r="438" spans="1:6">
       <c r="A438" s="2">
         <v>431</v>
       </c>
       <c r="B438" s="2">
         <v>160</v>
       </c>
       <c r="C438" s="2">
-        <v>122532</v>
-[...3 lines deleted...]
-      </c>
+        <v>122053</v>
+      </c>
+      <c r="D438" s="2"/>
       <c r="E438" s="2" t="s">
-        <v>276</v>
+        <v>1642</v>
       </c>
       <c r="F438" s="2" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
     </row>
     <row r="439" spans="1:6">
       <c r="A439" s="2">
         <v>440</v>
       </c>
       <c r="B439" s="2">
         <v>0</v>
       </c>
       <c r="C439" s="2">
-        <v>119126</v>
+        <v>119143</v>
       </c>
       <c r="D439" s="2" t="s">
         <v>2122</v>
       </c>
       <c r="E439" s="2" t="s">
         <v>2123</v>
       </c>
       <c r="F439" s="2" t="s">
-        <v>44</v>
+        <v>19</v>
       </c>
     </row>
     <row r="440" spans="1:6">
       <c r="A440" s="2">
         <v>440</v>
       </c>
       <c r="B440" s="2">
         <v>0</v>
       </c>
       <c r="C440" s="2">
-        <v>122815</v>
+        <v>119126</v>
       </c>
       <c r="D440" s="2" t="s">
         <v>2124</v>
       </c>
       <c r="E440" s="2" t="s">
-        <v>425</v>
+        <v>2125</v>
       </c>
       <c r="F440" s="2" t="s">
-        <v>19</v>
+        <v>44</v>
       </c>
     </row>
     <row r="441" spans="1:6">
       <c r="A441" s="2">
         <v>0</v>
       </c>
       <c r="B441" s="2">
         <v>0</v>
       </c>
       <c r="C441" s="2">
         <v>121562</v>
       </c>
       <c r="D441" s="2" t="s">
-        <v>2125</v>
+        <v>2126</v>
       </c>
       <c r="E441" s="2" t="s">
-        <v>2126</v>
+        <v>2127</v>
       </c>
       <c r="F441" s="2" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="442" spans="1:6">
       <c r="A442" s="2">
         <v>440</v>
       </c>
       <c r="B442" s="2">
         <v>0</v>
       </c>
       <c r="C442" s="2">
-        <v>122659</v>
+        <v>122815</v>
       </c>
       <c r="D442" s="2" t="s">
-        <v>2127</v>
+        <v>2128</v>
       </c>
       <c r="E442" s="2" t="s">
-        <v>2128</v>
+        <v>456</v>
       </c>
       <c r="F442" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="443" spans="1:6">
       <c r="A443" s="2">
         <v>440</v>
       </c>
       <c r="B443" s="2">
         <v>0</v>
       </c>
       <c r="C443" s="2">
-        <v>119143</v>
+        <v>122659</v>
       </c>
       <c r="D443" s="2" t="s">
         <v>2129</v>
       </c>
       <c r="E443" s="2" t="s">
         <v>2130</v>
       </c>
       <c r="F443" s="2" t="s">
         <v>19</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>