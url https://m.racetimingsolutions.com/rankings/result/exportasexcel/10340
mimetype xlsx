--- v0 (2025-11-01)
+++ v1 (2026-01-31)
@@ -86,353 +86,353 @@
   <si>
     <t>伊藤　康</t>
   </si>
   <si>
     <t>Japan</t>
   </si>
   <si>
     <t>Male</t>
   </si>
   <si>
     <t>6:53:13</t>
   </si>
   <si>
     <t>Kota</t>
   </si>
   <si>
     <t>Araki</t>
   </si>
   <si>
     <t>荒木　宏太</t>
   </si>
   <si>
     <t>6:43:48</t>
   </si>
   <si>
+    <t>Katsuhiro</t>
+  </si>
+  <si>
+    <t>MATSUBARA</t>
+  </si>
+  <si>
+    <t>松原　克博</t>
+  </si>
+  <si>
+    <t>6:57:15</t>
+  </si>
+  <si>
     <t>Yuya</t>
   </si>
   <si>
     <t>Kawasaki</t>
   </si>
   <si>
     <t>川崎　雄哉</t>
   </si>
   <si>
     <t>6:50:29</t>
   </si>
   <si>
-    <t>Katsuhiro</t>
-[...8 lines deleted...]
-    <t>6:57:15</t>
+    <t>Pierre-Andre</t>
+  </si>
+  <si>
+    <t>Ferriere</t>
+  </si>
+  <si>
+    <t>France</t>
+  </si>
+  <si>
+    <t>7:03:22</t>
   </si>
   <si>
     <t>Yoshihito</t>
   </si>
   <si>
     <t>Kondo</t>
   </si>
   <si>
     <t>近藤　敬仁</t>
   </si>
   <si>
     <t>6:51:11</t>
   </si>
   <si>
-    <t>Pierre-Andre</t>
-[...10 lines deleted...]
-  <si>
     <t>Yuichi</t>
   </si>
   <si>
     <t>Miura</t>
   </si>
   <si>
     <t>三浦　裕一</t>
   </si>
   <si>
     <t>7:08:23</t>
   </si>
   <si>
     <t>Nobuya</t>
   </si>
   <si>
     <t>Tani</t>
   </si>
   <si>
     <t>谷　允弥</t>
   </si>
   <si>
     <t>7:12:01</t>
   </si>
   <si>
     <t>Tomohiro</t>
   </si>
   <si>
     <t>Tsuji</t>
   </si>
   <si>
     <t>辻　友寛</t>
   </si>
   <si>
+    <t>7:19:13</t>
+  </si>
+  <si>
     <t>7:12:31</t>
   </si>
   <si>
-    <t>7:19:13</t>
+    <t>Machida</t>
+  </si>
+  <si>
+    <t>町田　知宏</t>
+  </si>
+  <si>
+    <t>7:21:22</t>
   </si>
   <si>
     <t>Takashi</t>
   </si>
   <si>
     <t>Kubo</t>
   </si>
   <si>
     <t>久保　隆史</t>
   </si>
   <si>
     <t>7:14:24</t>
   </si>
   <si>
-    <t>Machida</t>
-[...5 lines deleted...]
-    <t>7:21:22</t>
+    <t>Kazufumi</t>
+  </si>
+  <si>
+    <t>Ose</t>
+  </si>
+  <si>
+    <t>大瀬　和文</t>
+  </si>
+  <si>
+    <t>7:16:08</t>
   </si>
   <si>
     <t>Yuji</t>
   </si>
   <si>
     <t>Shibukawa</t>
   </si>
   <si>
     <t>渋川　裕二</t>
   </si>
   <si>
     <t>7:28:00</t>
   </si>
   <si>
-    <t>Kazufumi</t>
-[...8 lines deleted...]
-    <t>7:16:08</t>
+    <t>Yusuke</t>
+  </si>
+  <si>
+    <t>Suzuki</t>
+  </si>
+  <si>
+    <t>鈴木　雄介</t>
+  </si>
+  <si>
+    <t>7:30:16</t>
   </si>
   <si>
     <t>Hayato</t>
   </si>
   <si>
     <t>Kimura</t>
   </si>
   <si>
     <t>7:22:58</t>
   </si>
   <si>
-    <t>Yusuke</t>
-[...10 lines deleted...]
-  <si>
     <t>Richard</t>
   </si>
   <si>
     <t>Coghlan</t>
   </si>
   <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>7:31:06</t>
   </si>
   <si>
     <t>Hiroaki</t>
   </si>
   <si>
     <t>Matsunaga</t>
   </si>
   <si>
     <t>松永　紘明</t>
   </si>
   <si>
     <t>7:25:01</t>
   </si>
   <si>
+    <t>7:25:30</t>
+  </si>
+  <si>
     <t>7:32:00</t>
   </si>
   <si>
-    <t>7:25:30</t>
+    <t>Masahiro</t>
+  </si>
+  <si>
+    <t>Natori</t>
+  </si>
+  <si>
+    <t>名取　将大</t>
+  </si>
+  <si>
+    <t>7:35:12</t>
   </si>
   <si>
     <t>Yosuke</t>
   </si>
   <si>
     <t>Kawauchi</t>
   </si>
   <si>
     <t>河内　陽介</t>
   </si>
   <si>
     <t>7:36:50</t>
   </si>
   <si>
-    <t>Masahiro</t>
-[...10 lines deleted...]
-  <si>
     <t>Nishikata</t>
   </si>
   <si>
     <t>西方　勇人</t>
   </si>
   <si>
     <t>7:37:40</t>
   </si>
   <si>
     <t>Kenji</t>
   </si>
   <si>
     <t>Yoshida</t>
   </si>
   <si>
     <t>吉田　賢治</t>
   </si>
   <si>
     <t>7:37:50</t>
   </si>
   <si>
+    <t>7:38:18</t>
+  </si>
+  <si>
     <t>Alessandro</t>
   </si>
   <si>
     <t>Sherpa</t>
   </si>
   <si>
     <t>Italy</t>
   </si>
   <si>
     <t>7:41:43</t>
   </si>
   <si>
-    <t>7:38:18</t>
-[...1 lines deleted...]
-  <si>
     <t>Fukushima</t>
   </si>
   <si>
     <t>福島　優弥</t>
   </si>
   <si>
     <t>7:43:41</t>
   </si>
   <si>
     <t>7:39:12</t>
   </si>
   <si>
+    <t>Yoshito</t>
+  </si>
+  <si>
+    <t>Yamatani</t>
+  </si>
+  <si>
+    <t>山谷　良登</t>
+  </si>
+  <si>
+    <t>7:41:56</t>
+  </si>
+  <si>
     <t>Naoyoshi</t>
   </si>
   <si>
     <t>Hanaoka</t>
   </si>
   <si>
     <t>花岡　尚賢</t>
   </si>
   <si>
     <t>7:44:16</t>
   </si>
   <si>
-    <t>Yoshito</t>
-[...8 lines deleted...]
-    <t>7:41:56</t>
+    <t>Tatsuya</t>
+  </si>
+  <si>
+    <t>Yabe</t>
+  </si>
+  <si>
+    <t>矢部　達也</t>
+  </si>
+  <si>
+    <t>7:46:16</t>
   </si>
   <si>
     <t>Kohei</t>
   </si>
   <si>
     <t>Yamamoto</t>
   </si>
   <si>
     <t>山本　浩平</t>
   </si>
   <si>
     <t>7:45:11</t>
   </si>
   <si>
-    <t>Tatsuya</t>
-[...10 lines deleted...]
-  <si>
     <t>Kenta</t>
   </si>
   <si>
     <t>伊藤　健太</t>
   </si>
   <si>
     <t>7:51:22</t>
   </si>
   <si>
     <t>Nagisa</t>
   </si>
   <si>
     <t>Itagaki</t>
   </si>
   <si>
     <t>板垣　渚</t>
   </si>
   <si>
     <t>7:46:11</t>
   </si>
   <si>
     <t>Jose Luis</t>
   </si>
   <si>
     <t>Alvelais</t>
@@ -440,422 +440,422 @@
   <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>7:49:09</t>
   </si>
   <si>
     <t>Mizukoshi</t>
   </si>
   <si>
     <t>水越　友洋</t>
   </si>
   <si>
     <t>7:59:55</t>
   </si>
   <si>
     <t>Romain</t>
   </si>
   <si>
     <t>Demare</t>
   </si>
   <si>
     <t>07:49:09</t>
   </si>
   <si>
+    <t>Salvador</t>
+  </si>
+  <si>
+    <t>Rambla</t>
+  </si>
+  <si>
+    <t>Spain</t>
+  </si>
+  <si>
+    <t>07:53:40</t>
+  </si>
+  <si>
     <t>Hiroki</t>
   </si>
   <si>
     <t>Tokura</t>
   </si>
   <si>
     <t>登倉　弘起</t>
   </si>
   <si>
     <t>8:01:27</t>
   </si>
   <si>
-    <t>Salvador</t>
-[...8 lines deleted...]
-    <t>07:53:40</t>
+    <t>Taichi</t>
+  </si>
+  <si>
+    <t>Hiraga</t>
+  </si>
+  <si>
+    <t>平賀　太智</t>
+  </si>
+  <si>
+    <t>8:01:53</t>
   </si>
   <si>
     <t>07:55:08</t>
   </si>
   <si>
-    <t>Taichi</t>
-[...8 lines deleted...]
-    <t>8:01:53</t>
+    <t>Tsuru</t>
+  </si>
+  <si>
+    <t>Naoki</t>
+  </si>
+  <si>
+    <t>靏　有毅</t>
+  </si>
+  <si>
+    <t>8:02:50</t>
   </si>
   <si>
     <t>Ayumu</t>
   </si>
   <si>
     <t>Koga</t>
   </si>
   <si>
     <t>古閑　歩</t>
   </si>
   <si>
     <t>07:56:01</t>
   </si>
   <si>
-    <t>Tsuru</t>
-[...10 lines deleted...]
-  <si>
     <t>8:05:18</t>
   </si>
   <si>
     <t>Kei</t>
   </si>
   <si>
     <t>Kikushima</t>
   </si>
   <si>
     <t>07:56:43</t>
   </si>
   <si>
+    <t>Nobuyasu</t>
+  </si>
+  <si>
+    <t>Azuma</t>
+  </si>
+  <si>
+    <t>東　伸泰</t>
+  </si>
+  <si>
+    <t>8:06:04</t>
+  </si>
+  <si>
     <t>Shohei</t>
   </si>
   <si>
     <t>Yamaguchi</t>
   </si>
   <si>
     <t>山口　翔平</t>
   </si>
   <si>
     <t>07:56:44</t>
   </si>
   <si>
-    <t>Nobuyasu</t>
-[...8 lines deleted...]
-    <t>8:06:04</t>
+    <t>Atsuhiro</t>
+  </si>
+  <si>
+    <t>Chisaka</t>
+  </si>
+  <si>
+    <t>千坂　充宏</t>
+  </si>
+  <si>
+    <t>8:06:28</t>
   </si>
   <si>
     <t>Manabu</t>
   </si>
   <si>
     <t>Fujioka</t>
   </si>
   <si>
     <t>藤岡　学</t>
   </si>
   <si>
     <t>07:57:56</t>
   </si>
   <si>
-    <t>Atsuhiro</t>
-[...10 lines deleted...]
-  <si>
     <t>Kaitaro</t>
   </si>
   <si>
     <t>Toike</t>
   </si>
   <si>
     <t>外池　快太郎</t>
   </si>
   <si>
     <t>8:07:07</t>
   </si>
   <si>
     <t>Akira</t>
   </si>
   <si>
     <t>MATSUI</t>
   </si>
   <si>
     <t>松井　啓</t>
   </si>
   <si>
     <t>08:07:42</t>
   </si>
   <si>
+    <t>Hosoyama</t>
+  </si>
+  <si>
+    <t>細山　雄一</t>
+  </si>
+  <si>
+    <t>8:08:54</t>
+  </si>
+  <si>
     <t>Takanori</t>
   </si>
   <si>
     <t>Takana</t>
   </si>
   <si>
     <t>田中　孝典</t>
   </si>
   <si>
     <t>08:11:20</t>
   </si>
   <si>
-    <t>Hosoyama</t>
-[...5 lines deleted...]
-    <t>8:08:54</t>
+    <t>Ayano</t>
+  </si>
+  <si>
+    <t>Saito</t>
+  </si>
+  <si>
+    <t>福地　綾乃</t>
+  </si>
+  <si>
+    <t>Female</t>
+  </si>
+  <si>
+    <t>8:10:08</t>
   </si>
   <si>
     <t>Yu</t>
   </si>
   <si>
     <t>Akiba</t>
   </si>
   <si>
     <t>秋葉　悠</t>
   </si>
   <si>
     <t>08:12:10</t>
   </si>
   <si>
-    <t>Ayano</t>
-[...13 lines deleted...]
-  <si>
     <t>Ryo</t>
   </si>
   <si>
     <t>荒木　諒</t>
   </si>
   <si>
     <t>8:12:27</t>
   </si>
   <si>
     <t>Mita</t>
   </si>
   <si>
     <t>三田　雄一</t>
   </si>
   <si>
     <t>08:12:56</t>
   </si>
   <si>
+    <t>Kaori</t>
+  </si>
+  <si>
+    <t>Asahara</t>
+  </si>
+  <si>
+    <t>浅原　かおり</t>
+  </si>
+  <si>
+    <t>8:13:09</t>
+  </si>
+  <si>
     <t>Wataru</t>
   </si>
   <si>
     <t>Iino</t>
   </si>
   <si>
     <t>08:12:57</t>
   </si>
   <si>
-    <t>Kaori</t>
-[...8 lines deleted...]
-    <t>8:13:09</t>
+    <t>Shinichi</t>
+  </si>
+  <si>
+    <t>Tanabe</t>
+  </si>
+  <si>
+    <t>田辺　慎一</t>
+  </si>
+  <si>
+    <t>8:13:40</t>
   </si>
   <si>
     <t xml:space="preserve">Aiura </t>
   </si>
   <si>
     <t>08:13:49</t>
   </si>
   <si>
-    <t>Shinichi</t>
-[...10 lines deleted...]
-  <si>
     <t>Takehiro</t>
   </si>
   <si>
     <t>Nonaga</t>
   </si>
   <si>
     <t>野永　健宏</t>
   </si>
   <si>
     <t>8:18:05</t>
   </si>
   <si>
     <t xml:space="preserve">Daiki </t>
   </si>
   <si>
     <t>Kobayashi</t>
   </si>
   <si>
     <t>08:14:38</t>
   </si>
   <si>
+    <t>Higashi</t>
+  </si>
+  <si>
+    <t>Syota</t>
+  </si>
+  <si>
+    <t>東　翔太</t>
+  </si>
+  <si>
+    <t>8:18:32</t>
+  </si>
+  <si>
     <t>Yumiko</t>
   </si>
   <si>
     <t>Ohishi</t>
   </si>
   <si>
     <t>大石　由美子</t>
   </si>
   <si>
     <t>08:14:50</t>
   </si>
   <si>
-    <t>Higashi</t>
-[...8 lines deleted...]
-    <t>8:18:32</t>
+    <t>Aiura</t>
+  </si>
+  <si>
+    <t>相浦　勇人</t>
+  </si>
+  <si>
+    <t>8:24:11</t>
   </si>
   <si>
     <t xml:space="preserve">Akihito </t>
   </si>
   <si>
     <t>Kitamura</t>
   </si>
   <si>
     <t>08:16:34</t>
   </si>
   <si>
-    <t>Aiura</t>
-[...7 lines deleted...]
-  <si>
     <t>Katsuhiko</t>
   </si>
   <si>
     <t>Monobe</t>
   </si>
   <si>
     <t>物部　克彦</t>
   </si>
   <si>
     <t>8:24:17</t>
   </si>
   <si>
     <t xml:space="preserve">Yoshikazu </t>
   </si>
   <si>
     <t>MITSUHATA</t>
   </si>
   <si>
     <t>08:16:48</t>
   </si>
   <si>
+    <t>8:24:42</t>
+  </si>
+  <si>
     <t>Terasawa</t>
   </si>
   <si>
     <t>寺澤　祐哉</t>
   </si>
   <si>
     <t>08:18:42</t>
   </si>
   <si>
-    <t>8:24:42</t>
+    <t>Jun</t>
+  </si>
+  <si>
+    <t>Kaise</t>
+  </si>
+  <si>
+    <t>貝瀬　淳</t>
+  </si>
+  <si>
+    <t>8:25:37</t>
   </si>
   <si>
     <t>Tetsuya</t>
   </si>
   <si>
     <t>Sakashita</t>
   </si>
   <si>
     <t>坂下　哲也</t>
   </si>
   <si>
     <t>08:19:21</t>
   </si>
   <si>
-    <t>Jun</t>
-[...10 lines deleted...]
-  <si>
     <t>Nozomu</t>
   </si>
   <si>
     <t>Niwa</t>
   </si>
   <si>
     <t>丹羽　望</t>
   </si>
   <si>
     <t>8:26:43</t>
   </si>
   <si>
     <t xml:space="preserve">Taisuke </t>
   </si>
   <si>
     <t>Oka</t>
   </si>
   <si>
     <t>08:20:58</t>
   </si>
   <si>
     <t>Norihito</t>
   </si>
   <si>
     <t>Gotoh</t>
@@ -902,1598 +902,1598 @@
   <si>
     <t>United States</t>
   </si>
   <si>
     <t>8:31:23</t>
   </si>
   <si>
     <t>8:24:29</t>
   </si>
   <si>
     <t>Kazuto</t>
   </si>
   <si>
     <t>Sugimoto</t>
   </si>
   <si>
     <t>杉本　一登</t>
   </si>
   <si>
     <t>8:25:26</t>
   </si>
   <si>
     <t>8:35:12</t>
   </si>
   <si>
+    <t xml:space="preserve">Hideki </t>
+  </si>
+  <si>
+    <t>Enpuku</t>
+  </si>
+  <si>
+    <t>8:26:00</t>
+  </si>
+  <si>
     <t>Kensei</t>
   </si>
   <si>
     <t>Ishida</t>
   </si>
   <si>
     <t>石田　賢生</t>
   </si>
   <si>
-    <t xml:space="preserve">Hideki </t>
-[...7 lines deleted...]
-  <si>
     <t>Hajime</t>
   </si>
   <si>
     <t>Mamba</t>
   </si>
   <si>
     <t>万場　大</t>
   </si>
   <si>
     <t>8:26:10</t>
   </si>
   <si>
     <t>Tomohiko</t>
   </si>
   <si>
     <t>Takahashi</t>
   </si>
   <si>
     <t>高橋　智彦</t>
   </si>
   <si>
     <t>8:35:21</t>
   </si>
   <si>
     <t>Shingo</t>
   </si>
   <si>
     <t>Nosaka</t>
   </si>
   <si>
     <t>野坂　伸吾</t>
   </si>
   <si>
     <t>8:27:28</t>
   </si>
   <si>
     <t>Yukio</t>
   </si>
   <si>
     <t>谷　征夫</t>
   </si>
   <si>
     <t>8:38:01</t>
   </si>
   <si>
+    <t xml:space="preserve">Keita </t>
+  </si>
+  <si>
+    <t>Wakabayashi</t>
+  </si>
+  <si>
+    <t>8:27:50</t>
+  </si>
+  <si>
     <t>Mikiko</t>
   </si>
   <si>
     <t>Ota</t>
   </si>
   <si>
     <t>太田　美紀子</t>
   </si>
   <si>
     <t>8:39:03</t>
   </si>
   <si>
-    <t xml:space="preserve">Keita </t>
-[...7 lines deleted...]
-  <si>
     <t xml:space="preserve">Tadaaki </t>
   </si>
   <si>
     <t>Masuda</t>
   </si>
   <si>
     <t>8:28:29</t>
   </si>
   <si>
     <t>Konno</t>
   </si>
   <si>
     <t>今野　渉</t>
   </si>
   <si>
     <t>8:41:02</t>
   </si>
   <si>
     <t>Maki</t>
   </si>
   <si>
     <t>Tanaka</t>
   </si>
   <si>
     <t>8:29:04</t>
   </si>
   <si>
     <t>Koichi</t>
   </si>
   <si>
     <t>Matsui</t>
   </si>
   <si>
     <t>松井　浩一</t>
   </si>
   <si>
     <t>8:43:01</t>
   </si>
   <si>
+    <t xml:space="preserve">Yuji </t>
+  </si>
+  <si>
+    <t>8:32:26</t>
+  </si>
+  <si>
     <t>Yousuke</t>
   </si>
   <si>
     <t>Komazu</t>
   </si>
   <si>
     <t>駒津　洋介</t>
   </si>
   <si>
     <t>8:44:29</t>
   </si>
   <si>
-    <t xml:space="preserve">Yuji </t>
-[...2 lines deleted...]
-    <t>8:32:26</t>
+    <t>8:44:43</t>
   </si>
   <si>
     <t>Hisashi</t>
   </si>
   <si>
     <t>8:32:41</t>
   </si>
   <si>
-    <t>8:44:43</t>
+    <t xml:space="preserve">Takashi </t>
+  </si>
+  <si>
+    <t>Mituduka</t>
+  </si>
+  <si>
+    <t>8:32:50</t>
   </si>
   <si>
     <t>Toshiyuki</t>
   </si>
   <si>
     <t>Teranishi</t>
   </si>
   <si>
     <t>寺西　利之</t>
   </si>
   <si>
     <t>8:45:21</t>
   </si>
   <si>
-    <t xml:space="preserve">Takashi </t>
-[...5 lines deleted...]
-    <t>8:32:50</t>
+    <t>8:33:18</t>
   </si>
   <si>
     <t>Shinpei</t>
   </si>
   <si>
     <t>Iguchi</t>
   </si>
   <si>
     <t>井口　心平</t>
   </si>
   <si>
     <t>8:46:36</t>
   </si>
   <si>
-    <t>8:33:18</t>
+    <t>Hideyuki</t>
+  </si>
+  <si>
+    <t>Asakawa</t>
+  </si>
+  <si>
+    <t>浅川　秀之</t>
+  </si>
+  <si>
+    <t>8:47:16</t>
   </si>
   <si>
     <t>Ikuo</t>
   </si>
   <si>
     <t>Kametaka</t>
   </si>
   <si>
     <t>亀高　育雄</t>
   </si>
   <si>
-    <t>Hideyuki</t>
-[...10 lines deleted...]
-  <si>
     <t>Koichiro</t>
   </si>
   <si>
     <t>Sakurai</t>
   </si>
   <si>
     <t>櫻井　廣一郎</t>
   </si>
   <si>
     <t>8:47:30</t>
   </si>
   <si>
     <t>Pablo</t>
   </si>
   <si>
     <t>Diago Gonzalez</t>
   </si>
   <si>
     <t>8:33:54</t>
   </si>
   <si>
+    <t xml:space="preserve">Shuhei </t>
+  </si>
+  <si>
+    <t>Sakamoto</t>
+  </si>
+  <si>
+    <t>8:36:39</t>
+  </si>
+  <si>
     <t>Yuko</t>
   </si>
   <si>
     <t>Yada</t>
   </si>
   <si>
     <t>矢田　夕子</t>
   </si>
   <si>
     <t>8:48:57</t>
   </si>
   <si>
-    <t xml:space="preserve">Shuhei </t>
-[...7 lines deleted...]
-  <si>
     <t>Noriyuki</t>
   </si>
   <si>
     <t>Owaki</t>
   </si>
   <si>
     <t>大脇　則行</t>
   </si>
   <si>
     <t>8:48:58</t>
   </si>
   <si>
     <t>Wada</t>
   </si>
   <si>
     <t>8:36:47</t>
   </si>
   <si>
     <t>Takuro</t>
   </si>
   <si>
     <t>Sato</t>
   </si>
   <si>
     <t>佐藤　拓郎</t>
   </si>
   <si>
     <t>8:49:49</t>
   </si>
   <si>
     <t xml:space="preserve">Kazuya </t>
   </si>
   <si>
     <t>8:38:13</t>
   </si>
   <si>
+    <t xml:space="preserve">Yuya </t>
+  </si>
+  <si>
+    <t>Takayama</t>
+  </si>
+  <si>
+    <t>8:38:31</t>
+  </si>
+  <si>
     <t>Keisuke</t>
   </si>
   <si>
     <t>Fukuda</t>
   </si>
   <si>
     <t>福田　圭介</t>
   </si>
   <si>
     <t>8:49:59</t>
   </si>
   <si>
-    <t xml:space="preserve">Yuya </t>
-[...7 lines deleted...]
-  <si>
     <t>8:50:23</t>
   </si>
   <si>
     <t xml:space="preserve">You </t>
   </si>
   <si>
     <t>Uehara</t>
   </si>
   <si>
     <t>8:39:26</t>
   </si>
   <si>
     <t>8:51:08</t>
   </si>
   <si>
     <t xml:space="preserve">Kouji </t>
   </si>
   <si>
     <t>Miyadate</t>
   </si>
   <si>
     <t>8:42:05</t>
   </si>
   <si>
+    <t xml:space="preserve">Yuuta </t>
+  </si>
+  <si>
+    <t>8:43:59</t>
+  </si>
+  <si>
     <t>Sefli</t>
   </si>
   <si>
     <t>Ahar</t>
   </si>
   <si>
     <t>Brunei</t>
   </si>
   <si>
     <t>8:52:36</t>
   </si>
   <si>
-    <t xml:space="preserve">Yuuta </t>
-[...2 lines deleted...]
-    <t>8:43:59</t>
+    <t xml:space="preserve">Tatsuya </t>
+  </si>
+  <si>
+    <t>KAWASAKI</t>
+  </si>
+  <si>
+    <t>8:44:30</t>
   </si>
   <si>
     <t>Tomoyuki</t>
   </si>
   <si>
     <t>Kurihara</t>
   </si>
   <si>
     <t>栗原　朋之</t>
   </si>
   <si>
     <t>8:52:45</t>
   </si>
   <si>
-    <t xml:space="preserve">Tatsuya </t>
-[...5 lines deleted...]
-    <t>8:44:30</t>
+    <t>Hiroyuki</t>
+  </si>
+  <si>
+    <t>Umehara</t>
+  </si>
+  <si>
+    <t>梅原　弘行</t>
+  </si>
+  <si>
+    <t>8:53:00</t>
   </si>
   <si>
     <t xml:space="preserve">Koki </t>
   </si>
   <si>
     <t>Seita</t>
   </si>
   <si>
     <t>8:48:51</t>
   </si>
   <si>
-    <t>Hiroyuki</t>
-[...8 lines deleted...]
-    <t>8:53:00</t>
+    <t xml:space="preserve">Masayoshi </t>
+  </si>
+  <si>
+    <t>Yamazaki</t>
+  </si>
+  <si>
+    <t>8:49:02</t>
   </si>
   <si>
     <t>Chiyuki</t>
   </si>
   <si>
     <t>Mochizuki</t>
   </si>
   <si>
     <t>望月　千幸</t>
   </si>
   <si>
     <t>8:53:43</t>
   </si>
   <si>
-    <t xml:space="preserve">Masayoshi </t>
-[...5 lines deleted...]
-    <t>8:49:02</t>
+    <t xml:space="preserve">Yutaro </t>
+  </si>
+  <si>
+    <t>8:50:16</t>
   </si>
   <si>
     <t>Masayuki</t>
   </si>
   <si>
     <t>木村　雅幸</t>
   </si>
   <si>
     <t>8:54:18</t>
   </si>
   <si>
-    <t xml:space="preserve">Yutaro </t>
-[...2 lines deleted...]
-    <t>8:50:16</t>
+    <t>Seini</t>
+  </si>
+  <si>
+    <t>清野　宏之</t>
+  </si>
+  <si>
+    <t>8:56:37</t>
   </si>
   <si>
     <t xml:space="preserve">Kenji </t>
   </si>
   <si>
     <t>8:51:33</t>
   </si>
   <si>
-    <t>Seini</t>
-[...5 lines deleted...]
-    <t>8:56:37</t>
+    <t xml:space="preserve">Tetsu </t>
+  </si>
+  <si>
+    <t>MORITA</t>
+  </si>
+  <si>
+    <t>8:53:47</t>
   </si>
   <si>
     <t>Naohide</t>
   </si>
   <si>
     <t>Shinohara</t>
   </si>
   <si>
     <t>篠原　直秀</t>
   </si>
   <si>
     <t>8:57:25</t>
   </si>
   <si>
-    <t xml:space="preserve">Tetsu </t>
-[...5 lines deleted...]
-    <t>8:53:47</t>
+    <t>Yoshihiro</t>
+  </si>
+  <si>
+    <t>Ohde</t>
+  </si>
+  <si>
+    <t>大出　祥弘</t>
+  </si>
+  <si>
+    <t>8:54:03</t>
   </si>
   <si>
     <t>Hashimoto</t>
   </si>
   <si>
     <t>橋本　健太</t>
   </si>
   <si>
     <t>8:58:37</t>
   </si>
   <si>
-    <t>Yoshihiro</t>
-[...8 lines deleted...]
-    <t>8:54:03</t>
+    <t>Narukawa</t>
+  </si>
+  <si>
+    <t>生川　歩</t>
+  </si>
+  <si>
+    <t>8:59:42</t>
   </si>
   <si>
     <t>Masashi</t>
   </si>
   <si>
     <t>Uematsu</t>
   </si>
   <si>
     <t>植松　正史</t>
   </si>
   <si>
     <t>8:56:02</t>
   </si>
   <si>
-    <t>Narukawa</t>
-[...5 lines deleted...]
-    <t>8:59:42</t>
+    <t xml:space="preserve">Gaku </t>
+  </si>
+  <si>
+    <t>Matsumoto</t>
+  </si>
+  <si>
+    <t>8:58:19</t>
   </si>
   <si>
     <t>Tomomi</t>
   </si>
   <si>
     <t>Okajima</t>
   </si>
   <si>
     <t>岡嶋　智己</t>
   </si>
   <si>
     <t>9:02:12</t>
   </si>
   <si>
-    <t xml:space="preserve">Gaku </t>
-[...5 lines deleted...]
-    <t>8:58:19</t>
+    <t>Takano</t>
+  </si>
+  <si>
+    <t>8:58:32</t>
   </si>
   <si>
     <t>9:03:17</t>
   </si>
   <si>
-    <t>Takano</t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">Masahiro </t>
   </si>
   <si>
     <t>Naka</t>
   </si>
   <si>
     <t>8:58:35</t>
   </si>
   <si>
     <t>Ohi</t>
   </si>
   <si>
     <t>大井　雅宏</t>
   </si>
   <si>
     <t>9:04:03</t>
   </si>
   <si>
+    <t>Nobuhiro</t>
+  </si>
+  <si>
+    <t>Kawai</t>
+  </si>
+  <si>
+    <t>川井　延浩</t>
+  </si>
+  <si>
+    <t>8:59:14</t>
+  </si>
+  <si>
     <t>9:04:10</t>
   </si>
   <si>
-    <t>Nobuhiro</t>
-[...8 lines deleted...]
-    <t>8:59:14</t>
+    <t>Yoshitaka</t>
+  </si>
+  <si>
+    <t>Nakajima</t>
+  </si>
+  <si>
+    <t>中島　由高</t>
+  </si>
+  <si>
+    <t>8:59:31</t>
   </si>
   <si>
     <t>Fukabori</t>
   </si>
   <si>
     <t>深堀　洋介</t>
   </si>
   <si>
     <t>9:06:50</t>
   </si>
   <si>
-    <t>Yoshitaka</t>
-[...10 lines deleted...]
-  <si>
     <t>Masuzawa</t>
   </si>
   <si>
     <t>増澤　真吾</t>
   </si>
   <si>
     <t>8:59:55</t>
   </si>
   <si>
     <t>Katsuya</t>
   </si>
   <si>
     <t>太田　勝也</t>
   </si>
   <si>
     <t>9:07:36</t>
   </si>
   <si>
+    <t xml:space="preserve">Mitsuyoshi </t>
+  </si>
+  <si>
+    <t>Haga</t>
+  </si>
+  <si>
+    <t>9:00:23</t>
+  </si>
+  <si>
     <t>Takamura</t>
   </si>
   <si>
     <t>高村　諒</t>
   </si>
   <si>
     <t>9:10:04</t>
   </si>
   <si>
-    <t xml:space="preserve">Mitsuyoshi </t>
-[...7 lines deleted...]
-  <si>
     <t>Abe</t>
   </si>
   <si>
     <t>阿部　洋祐</t>
   </si>
   <si>
     <t>9:02:22</t>
   </si>
   <si>
     <t>Ippei</t>
   </si>
   <si>
     <t>佐藤　逸平</t>
   </si>
   <si>
     <t>9:10:26</t>
   </si>
   <si>
     <t>Ryoma</t>
   </si>
   <si>
     <t>9:03:04</t>
   </si>
   <si>
     <t>Kazuya</t>
   </si>
   <si>
     <t>山本　和也</t>
   </si>
   <si>
     <t>9:11:15</t>
   </si>
   <si>
+    <t>Midori</t>
+  </si>
+  <si>
+    <t>Hoshino</t>
+  </si>
+  <si>
+    <t>星野　緑</t>
+  </si>
+  <si>
+    <t>9:03:58</t>
+  </si>
+  <si>
     <t>Kentaro</t>
   </si>
   <si>
     <t>Kuga</t>
   </si>
   <si>
     <t>久我　剣太郎</t>
   </si>
   <si>
     <t>9:12:10</t>
   </si>
   <si>
-    <t>Midori</t>
-[...10 lines deleted...]
-  <si>
     <t xml:space="preserve">Norihiro </t>
   </si>
   <si>
     <t>Sakai</t>
   </si>
   <si>
     <t>9:04:11</t>
   </si>
   <si>
     <t>9:12:51</t>
   </si>
   <si>
     <t>Takahiro</t>
   </si>
   <si>
     <t>Hata</t>
   </si>
   <si>
     <t>畑　卓宏</t>
   </si>
   <si>
     <t>9:04:46</t>
   </si>
   <si>
     <t>Junji</t>
   </si>
   <si>
     <t>Watanabe</t>
   </si>
   <si>
     <t>渡辺　淳二</t>
   </si>
   <si>
     <t>9:13:08</t>
   </si>
   <si>
     <t>Takaishi</t>
   </si>
   <si>
     <t>高石　淳</t>
   </si>
   <si>
+    <t>9:05:14</t>
+  </si>
+  <si>
     <t>9:14:03</t>
   </si>
   <si>
-    <t>9:05:14</t>
+    <t>Shuji</t>
+  </si>
+  <si>
+    <t>高橋　秀次</t>
+  </si>
+  <si>
+    <t>9:14:19</t>
   </si>
   <si>
     <t>Fuda</t>
   </si>
   <si>
     <t>9:05:20</t>
   </si>
   <si>
-    <t>Shuji</t>
-[...5 lines deleted...]
-    <t>9:14:19</t>
+    <t xml:space="preserve">Yusuke </t>
+  </si>
+  <si>
+    <t>Ariga</t>
+  </si>
+  <si>
+    <t>9:06:20</t>
   </si>
   <si>
     <t>伊東　裕介</t>
   </si>
   <si>
     <t>9:15:05</t>
   </si>
   <si>
-    <t xml:space="preserve">Yusuke </t>
-[...5 lines deleted...]
-    <t>9:06:20</t>
+    <t>Shintaro</t>
+  </si>
+  <si>
+    <t xml:space="preserve">To </t>
+  </si>
+  <si>
+    <t>棟　真太郎</t>
+  </si>
+  <si>
+    <t>9:06:33</t>
   </si>
   <si>
     <t>Masahiko</t>
   </si>
   <si>
     <t>Tamakami</t>
   </si>
   <si>
     <t>玉上　昌彦</t>
   </si>
   <si>
     <t>9:15:06</t>
   </si>
   <si>
-    <t>Shintaro</t>
-[...8 lines deleted...]
-    <t>9:06:33</t>
+    <t>9:18:17</t>
   </si>
   <si>
     <t>Okubo</t>
   </si>
   <si>
     <t>9:07:37</t>
   </si>
   <si>
-    <t>9:18:17</t>
+    <t xml:space="preserve">Fumihiko </t>
+  </si>
+  <si>
+    <t>Miyake</t>
+  </si>
+  <si>
+    <t>9:07:48</t>
   </si>
   <si>
     <t>Akihiro</t>
   </si>
   <si>
     <t>Kotera</t>
   </si>
   <si>
     <t>小寺　晃弘</t>
   </si>
   <si>
     <t>9:19:25</t>
   </si>
   <si>
-    <t xml:space="preserve">Fumihiko </t>
-[...5 lines deleted...]
-    <t>9:07:48</t>
+    <t>Tajima</t>
+  </si>
+  <si>
+    <t>田島　康一郎</t>
+  </si>
+  <si>
+    <t>9:07:54</t>
   </si>
   <si>
     <t>Iwasaki</t>
   </si>
   <si>
     <t>岩崎　隼</t>
   </si>
   <si>
     <t>9:20:38</t>
   </si>
   <si>
-    <t>Tajima</t>
-[...5 lines deleted...]
-    <t>9:07:54</t>
+    <t>Seiji</t>
+  </si>
+  <si>
+    <t>Kurishita</t>
+  </si>
+  <si>
+    <t>栗下　清治</t>
+  </si>
+  <si>
+    <t>9:20:40</t>
   </si>
   <si>
     <t xml:space="preserve">Takuya </t>
   </si>
   <si>
     <t>TOMONAGA</t>
   </si>
   <si>
     <t>9:08:04</t>
   </si>
   <si>
-    <t>Seiji</t>
-[...8 lines deleted...]
-    <t>9:20:40</t>
+    <t>Yoshio</t>
+  </si>
+  <si>
+    <t>Shimizu</t>
+  </si>
+  <si>
+    <t>清水　嘉男</t>
+  </si>
+  <si>
+    <t>9:08:12</t>
   </si>
   <si>
     <t>Kimihiro</t>
   </si>
   <si>
     <t>伊東　公洋</t>
   </si>
   <si>
     <t>9:20:42</t>
   </si>
   <si>
-    <t>Yoshio</t>
-[...8 lines deleted...]
-    <t>9:08:12</t>
+    <t xml:space="preserve">Yoshihiro </t>
+  </si>
+  <si>
+    <t>Mori</t>
+  </si>
+  <si>
+    <t>9:08:24</t>
   </si>
   <si>
     <t>Surutani</t>
   </si>
   <si>
     <t>駿谷　明宏</t>
   </si>
   <si>
     <t>9:20:51</t>
   </si>
   <si>
-    <t xml:space="preserve">Yoshihiro </t>
-[...5 lines deleted...]
-    <t>9:08:24</t>
+    <t>Kengo</t>
+  </si>
+  <si>
+    <t>Fukuchi</t>
+  </si>
+  <si>
+    <t>福地　健吾</t>
+  </si>
+  <si>
+    <t>9:21:19</t>
   </si>
   <si>
     <t>9:08:43</t>
   </si>
   <si>
-    <t>Kengo</t>
-[...8 lines deleted...]
-    <t>9:21:19</t>
+    <t xml:space="preserve">Yuichi </t>
+  </si>
+  <si>
+    <t>Fukuhara</t>
+  </si>
+  <si>
+    <t>9:09:30</t>
   </si>
   <si>
     <t>Shigeru</t>
   </si>
   <si>
     <t>Akamatsu</t>
   </si>
   <si>
     <t>赤松　茂</t>
   </si>
   <si>
     <t>9:22:20</t>
   </si>
   <si>
-    <t xml:space="preserve">Yuichi </t>
-[...5 lines deleted...]
-    <t>9:09:30</t>
+    <t xml:space="preserve">Masanari </t>
+  </si>
+  <si>
+    <t>9:10:39</t>
   </si>
   <si>
     <t>Kenjiro</t>
   </si>
   <si>
     <t>Hisano</t>
   </si>
   <si>
     <t>久野　健二郎</t>
   </si>
   <si>
     <t>9:22:36</t>
   </si>
   <si>
-    <t xml:space="preserve">Masanari </t>
-[...2 lines deleted...]
-    <t>9:10:39</t>
+    <t>Nagashima</t>
+  </si>
+  <si>
+    <t>長島　知広</t>
+  </si>
+  <si>
+    <t>9:23:06</t>
   </si>
   <si>
     <t>Tatsuhiro</t>
   </si>
   <si>
     <t>Maeda</t>
   </si>
   <si>
     <t>前田　達弘</t>
   </si>
   <si>
     <t>9:10:46</t>
   </si>
   <si>
-    <t>Nagashima</t>
-[...5 lines deleted...]
-    <t>9:23:06</t>
+    <t xml:space="preserve">Hirotaka </t>
+  </si>
+  <si>
+    <t>Arai</t>
+  </si>
+  <si>
+    <t>9:11:14</t>
   </si>
   <si>
     <t>小林　寛晃</t>
   </si>
   <si>
     <t>9:23:13</t>
   </si>
   <si>
-    <t xml:space="preserve">Hirotaka </t>
-[...5 lines deleted...]
-    <t>9:11:14</t>
+    <t xml:space="preserve">Masanori </t>
+  </si>
+  <si>
+    <t>Ogawara</t>
+  </si>
+  <si>
+    <t>9:11:40</t>
   </si>
   <si>
     <t>Shinichiro</t>
   </si>
   <si>
     <t>Fujita</t>
   </si>
   <si>
     <t>藤田　慎一郎</t>
   </si>
   <si>
     <t>9:23:39</t>
   </si>
   <si>
-    <t xml:space="preserve">Masanori </t>
-[...5 lines deleted...]
-    <t>9:11:40</t>
+    <t>Cheng</t>
+  </si>
+  <si>
+    <t>China</t>
+  </si>
+  <si>
+    <t>9:24:56</t>
   </si>
   <si>
     <t xml:space="preserve">Tsukasa </t>
   </si>
   <si>
     <t>IWATA</t>
   </si>
   <si>
     <t>9:11:56</t>
   </si>
   <si>
-    <t>Cheng</t>
-[...5 lines deleted...]
-    <t>9:24:56</t>
+    <t>9:25:20</t>
   </si>
   <si>
     <t>Hiroshi</t>
   </si>
   <si>
     <t>Homma</t>
   </si>
   <si>
     <t>本間　弘</t>
   </si>
   <si>
     <t>9:13:11</t>
   </si>
   <si>
-    <t>9:25:20</t>
-[...1 lines deleted...]
-  <si>
     <t>Junichi</t>
   </si>
   <si>
     <t>Otsuka</t>
   </si>
   <si>
     <t>大塚　順一</t>
   </si>
   <si>
     <t>9:25:50</t>
   </si>
   <si>
     <t>9:13:31</t>
   </si>
   <si>
+    <t>Makoto</t>
+  </si>
+  <si>
+    <t>Kurashina</t>
+  </si>
+  <si>
+    <t>蔵品　誠</t>
+  </si>
+  <si>
+    <t>9:26:03</t>
+  </si>
+  <si>
     <t xml:space="preserve">Shinya </t>
   </si>
   <si>
     <t>Makino</t>
   </si>
   <si>
     <t>9:14:02</t>
   </si>
   <si>
-    <t>Makoto</t>
-[...8 lines deleted...]
-    <t>9:26:03</t>
+    <t>Tomoya</t>
+  </si>
+  <si>
+    <t>Terada</t>
+  </si>
+  <si>
+    <t>寺田　智哉</t>
+  </si>
+  <si>
+    <t>9:26:10</t>
   </si>
   <si>
     <t xml:space="preserve">Masakazuuu </t>
   </si>
   <si>
     <t>Ohthuki</t>
   </si>
   <si>
     <t>9:14:52</t>
   </si>
   <si>
-    <t>Tomoya</t>
-[...10 lines deleted...]
-  <si>
     <t>Keiichi</t>
   </si>
   <si>
     <t>Enome</t>
   </si>
   <si>
     <t>鰀目　慶一</t>
   </si>
   <si>
     <t>9:26:21</t>
   </si>
   <si>
     <t xml:space="preserve">Kouki </t>
   </si>
   <si>
     <t>Sugiyama</t>
   </si>
   <si>
     <t>9:15:33</t>
   </si>
   <si>
     <t>9:16:51</t>
   </si>
   <si>
     <t>Yoshino</t>
   </si>
   <si>
     <t>吉野　博</t>
   </si>
   <si>
     <t>9:26:33</t>
   </si>
   <si>
+    <t>Kazuki</t>
+  </si>
+  <si>
+    <t>Nakano</t>
+  </si>
+  <si>
+    <t>中野　一樹</t>
+  </si>
+  <si>
+    <t>9:26:45</t>
+  </si>
+  <si>
     <t xml:space="preserve">Kazuhide </t>
   </si>
   <si>
     <t>Kato</t>
   </si>
   <si>
     <t>9:17:31</t>
   </si>
   <si>
-    <t>Kazuki</t>
-[...10 lines deleted...]
-  <si>
     <t>Akiko</t>
   </si>
   <si>
     <t>Ikeuchi</t>
   </si>
   <si>
     <t>池内　明子</t>
   </si>
   <si>
     <t>9:27:20</t>
   </si>
   <si>
     <t xml:space="preserve">Takumi </t>
   </si>
   <si>
     <t>UESAKA</t>
   </si>
   <si>
     <t>9:18:08</t>
   </si>
   <si>
     <t>Sho</t>
   </si>
   <si>
     <t>Kosugi</t>
   </si>
   <si>
     <t>小杉　翔</t>
   </si>
   <si>
     <t>9:18:23</t>
   </si>
   <si>
     <t>9:29:01</t>
   </si>
   <si>
+    <t>Toyama</t>
+  </si>
+  <si>
+    <t>外山　達也</t>
+  </si>
+  <si>
+    <t>9:18:36</t>
+  </si>
+  <si>
     <t>Shoichi</t>
   </si>
   <si>
     <t>山本　章一</t>
   </si>
   <si>
     <t>9:29:13</t>
   </si>
   <si>
-    <t>Toyama</t>
-[...5 lines deleted...]
-    <t>9:18:36</t>
+    <t>Tanida</t>
+  </si>
+  <si>
+    <t>谷田　茂</t>
+  </si>
+  <si>
+    <t>9:29:21</t>
   </si>
   <si>
     <t xml:space="preserve">Yoshiaki </t>
   </si>
   <si>
     <t>Yoshioka</t>
   </si>
   <si>
     <t>9:19:23</t>
   </si>
   <si>
-    <t>Tanida</t>
-[...5 lines deleted...]
-    <t>9:29:21</t>
+    <t>9:19:36</t>
   </si>
   <si>
     <t>Katsuaki</t>
   </si>
   <si>
     <t>大久保　勝明</t>
   </si>
   <si>
     <t>9:29:32</t>
   </si>
   <si>
-    <t>9:19:36</t>
-[...1 lines deleted...]
-  <si>
     <t>Yoshiaki</t>
   </si>
   <si>
     <t>Nakayama</t>
   </si>
   <si>
     <t>中山　佳明</t>
   </si>
   <si>
     <t>9:29:34</t>
   </si>
   <si>
     <t>9:19:54</t>
   </si>
   <si>
+    <t>Masumi</t>
+  </si>
+  <si>
+    <t>Takazawa</t>
+  </si>
+  <si>
+    <t>高澤　真澄</t>
+  </si>
+  <si>
+    <t>9:30:43</t>
+  </si>
+  <si>
     <t>Yuki</t>
   </si>
   <si>
     <t>Yoshikawa</t>
   </si>
   <si>
     <t>吉川　友樹</t>
   </si>
   <si>
     <t>9:20:52</t>
   </si>
   <si>
-    <t>Masumi</t>
-[...8 lines deleted...]
-    <t>9:30:43</t>
+    <t>Hasegawa</t>
+  </si>
+  <si>
+    <t>長谷川　隆</t>
+  </si>
+  <si>
+    <t>9:21:16</t>
   </si>
   <si>
     <t>9:31:24</t>
   </si>
   <si>
-    <t>Hasegawa</t>
-[...7 lines deleted...]
-  <si>
     <t>9:32:04</t>
   </si>
   <si>
     <t>Torii</t>
   </si>
   <si>
     <t>9:21:31</t>
   </si>
   <si>
+    <t>Ikeda</t>
+  </si>
+  <si>
+    <t>池田　秀次</t>
+  </si>
+  <si>
+    <t>9:33:10</t>
+  </si>
+  <si>
     <t>吉田　辰弥</t>
   </si>
   <si>
     <t>9:22:09</t>
   </si>
   <si>
-    <t>Ikeda</t>
-[...5 lines deleted...]
-    <t>9:33:10</t>
+    <t>Masatomo</t>
+  </si>
+  <si>
+    <t>高橋　正知</t>
+  </si>
+  <si>
+    <t>9:22:21</t>
   </si>
   <si>
     <t>Nakamura</t>
   </si>
   <si>
     <t>中村　賢次</t>
   </si>
   <si>
     <t>9:33:26</t>
   </si>
   <si>
-    <t>Masatomo</t>
-[...7 lines deleted...]
-  <si>
     <t>Michiko</t>
   </si>
   <si>
     <t>Uchiyama</t>
   </si>
   <si>
     <t>内山　みちこ</t>
   </si>
   <si>
     <t>9:34:34</t>
   </si>
   <si>
     <t xml:space="preserve">Naomasa </t>
   </si>
   <si>
     <t>9:23:19</t>
   </si>
   <si>
+    <t>Fumio</t>
+  </si>
+  <si>
+    <t>阿部　史生</t>
+  </si>
+  <si>
+    <t>9:36:11</t>
+  </si>
+  <si>
     <t>Hasuda</t>
   </si>
   <si>
     <t>9:24:35</t>
   </si>
   <si>
-    <t>Fumio</t>
-[...5 lines deleted...]
-    <t>9:36:11</t>
+    <t>Unno</t>
+  </si>
+  <si>
+    <t>9:25:02</t>
   </si>
   <si>
     <t>Masamori</t>
   </si>
   <si>
     <t>Oba</t>
   </si>
   <si>
     <t>大庭　正守</t>
   </si>
   <si>
     <t>9:36:30</t>
   </si>
   <si>
-    <t>Unno</t>
-[...4 lines deleted...]
-  <si>
     <t>Egawa</t>
   </si>
   <si>
     <t>江川　孝宏</t>
   </si>
   <si>
     <t>9:38:43</t>
   </si>
   <si>
     <t>Atsushi</t>
   </si>
   <si>
     <t xml:space="preserve"> Kokubo</t>
   </si>
   <si>
     <t>9:25:25</t>
   </si>
   <si>
+    <t>9:38:56</t>
+  </si>
+  <si>
     <t>Carole</t>
   </si>
   <si>
     <t>Fuchs</t>
   </si>
   <si>
     <t>9:25:46</t>
   </si>
   <si>
-    <t>9:38:56</t>
+    <t xml:space="preserve">Tomoya </t>
+  </si>
+  <si>
+    <t>9:26:00</t>
   </si>
   <si>
     <t>Kensuke</t>
   </si>
   <si>
     <t>鈴木　憲介</t>
   </si>
   <si>
     <t>9:40:09</t>
   </si>
   <si>
-    <t xml:space="preserve">Tomoya </t>
-[...2 lines deleted...]
-    <t>9:26:00</t>
+    <t>Sayuri</t>
+  </si>
+  <si>
+    <t>Orito</t>
+  </si>
+  <si>
+    <t>9:26:22</t>
   </si>
   <si>
     <t>9:40:10</t>
   </si>
   <si>
-    <t>Sayuri</t>
-[...5 lines deleted...]
-    <t>9:26:22</t>
+    <t xml:space="preserve">Yoshinori </t>
+  </si>
+  <si>
+    <t>Matsubara</t>
+  </si>
+  <si>
+    <t>9:26:44</t>
   </si>
   <si>
     <t>鈴木　歩</t>
   </si>
   <si>
     <t>9:40:32</t>
   </si>
   <si>
-    <t xml:space="preserve">Yoshinori </t>
-[...5 lines deleted...]
-    <t>9:26:44</t>
+    <t>9:27:42</t>
   </si>
   <si>
     <t>Kazutomo</t>
   </si>
   <si>
     <t>山本　一智</t>
   </si>
   <si>
     <t>9:40:35</t>
   </si>
   <si>
-    <t>9:27:42</t>
+    <t xml:space="preserve">Tomoki </t>
+  </si>
+  <si>
+    <t>Okada</t>
+  </si>
+  <si>
+    <t>9:28:25</t>
   </si>
   <si>
     <t>9:41:04</t>
   </si>
   <si>
-    <t xml:space="preserve">Tomoki </t>
-[...5 lines deleted...]
-    <t>9:28:25</t>
+    <t>9:28:32</t>
   </si>
   <si>
     <t>Shimoyama</t>
   </si>
   <si>
     <t>下山　勇貴</t>
   </si>
   <si>
     <t>9:41:17</t>
   </si>
   <si>
-    <t>9:28:32</t>
+    <t>Kakino</t>
+  </si>
+  <si>
+    <t>柿野　誠</t>
+  </si>
+  <si>
+    <t>9:41:30</t>
   </si>
   <si>
     <t>平賀　義隆</t>
   </si>
   <si>
     <t>9:28:44</t>
   </si>
   <si>
-    <t>Kakino</t>
-[...7 lines deleted...]
-  <si>
     <t xml:space="preserve">Tomonari </t>
   </si>
   <si>
     <t>HIROKAWA</t>
   </si>
   <si>
     <t>9:29:47</t>
   </si>
   <si>
     <t>Kitami</t>
   </si>
   <si>
     <t>北見　淳</t>
   </si>
   <si>
     <t>9:41:53</t>
   </si>
   <si>
     <t xml:space="preserve">Satoru </t>
   </si>
   <si>
     <t>Soga</t>
   </si>
   <si>
     <t>9:30:27</t>
   </si>
   <si>
     <t>Yohei</t>
   </si>
   <si>
     <t>Furusawa</t>
   </si>
   <si>
     <t>古澤　洋平</t>
   </si>
   <si>
     <t>9:42:09</t>
   </si>
   <si>
+    <t>9:42:13</t>
+  </si>
+  <si>
     <t xml:space="preserve">Takuyoshi </t>
   </si>
   <si>
     <t>NAKAYAMA</t>
   </si>
   <si>
     <t>9:30:32</t>
   </si>
   <si>
-    <t>9:42:13</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">Hiroaki </t>
   </si>
   <si>
     <t>9:30:40</t>
   </si>
   <si>
     <t>9:43:04</t>
   </si>
   <si>
     <t>Sakuragi</t>
   </si>
   <si>
     <t>櫻木　喬規</t>
   </si>
   <si>
     <t>9:32:35</t>
   </si>
   <si>
     <t>Mai</t>
   </si>
   <si>
     <t>Itohara</t>
   </si>
   <si>
     <t>9:43:05</t>
@@ -2525,113 +2525,113 @@
   <si>
     <t>杉山　宏和</t>
   </si>
   <si>
     <t>9:43:19</t>
   </si>
   <si>
     <t>Yamada</t>
   </si>
   <si>
     <t>山田　真悟</t>
   </si>
   <si>
     <t>9:33:17</t>
   </si>
   <si>
     <t>Mika</t>
   </si>
   <si>
     <t>中村　美香</t>
   </si>
   <si>
     <t>9:45:36</t>
   </si>
   <si>
+    <t>Obiya</t>
+  </si>
+  <si>
+    <t>帯谷　真</t>
+  </si>
+  <si>
+    <t>9:46:05</t>
+  </si>
+  <si>
     <t xml:space="preserve">Tsuyoshi </t>
   </si>
   <si>
     <t>OGIHARA</t>
   </si>
   <si>
     <t>9:34:06</t>
   </si>
   <si>
-    <t>Obiya</t>
-[...7 lines deleted...]
-  <si>
     <t xml:space="preserve">Ryohei </t>
   </si>
   <si>
     <t>Sekino</t>
   </si>
   <si>
     <t>9:34:10</t>
   </si>
   <si>
     <t>9:46:13</t>
   </si>
   <si>
     <t xml:space="preserve">Hajlme </t>
   </si>
   <si>
     <t>Ishii</t>
   </si>
   <si>
     <t>9:34:29</t>
   </si>
   <si>
     <t>Yokota</t>
   </si>
   <si>
     <t>横田　貴大</t>
   </si>
   <si>
     <t>9:46:30</t>
   </si>
   <si>
+    <t>山本　光</t>
+  </si>
+  <si>
+    <t>9:46:53</t>
+  </si>
+  <si>
     <t>Araya</t>
   </si>
   <si>
     <t>荒屋　大樹</t>
   </si>
   <si>
     <t>9:35:00</t>
   </si>
   <si>
-    <t>山本　光</t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">Hiroyuki </t>
   </si>
   <si>
     <t>Tashiro</t>
   </si>
   <si>
     <t>9:35:53</t>
   </si>
   <si>
     <t>Atora</t>
   </si>
   <si>
     <t>Amano</t>
   </si>
   <si>
     <t>天野　亜寅</t>
   </si>
   <si>
     <t>9:47:24</t>
   </si>
   <si>
     <t xml:space="preserve">Masahiko </t>
   </si>
   <si>
     <t>Keiichiro</t>
@@ -2840,1325 +2840,1325 @@
   <si>
     <t>9:54:06</t>
   </si>
   <si>
     <t>Tomokazu</t>
   </si>
   <si>
     <t>NARUSE</t>
   </si>
   <si>
     <t>9:41:41</t>
   </si>
   <si>
     <t>Takuma</t>
   </si>
   <si>
     <t>Ogura</t>
   </si>
   <si>
     <t>小椋　拓眞</t>
   </si>
   <si>
     <t>9:54:08</t>
   </si>
   <si>
+    <t>Benoit</t>
+  </si>
+  <si>
+    <t>Laval</t>
+  </si>
+  <si>
+    <t>9:43:38</t>
+  </si>
+  <si>
     <t>9:54:18</t>
   </si>
   <si>
-    <t>Benoit</t>
-[...7 lines deleted...]
-  <si>
     <t>Tetsuro</t>
   </si>
   <si>
     <t>UEDA</t>
   </si>
   <si>
     <t>9:43:42</t>
   </si>
   <si>
     <t>Norihisa</t>
   </si>
   <si>
     <t>加藤　範久</t>
   </si>
   <si>
     <t>9:54:24</t>
   </si>
   <si>
     <t>Daisuke</t>
   </si>
   <si>
     <t>小林　大輔</t>
   </si>
   <si>
     <t>9:55:28</t>
   </si>
   <si>
     <t>9:43:52</t>
   </si>
   <si>
+    <t>Yukihiro</t>
+  </si>
+  <si>
+    <t>吉田　幸廣</t>
+  </si>
+  <si>
+    <t>9:55:35</t>
+  </si>
+  <si>
     <t>Chikazawa</t>
   </si>
   <si>
     <t>9:44:15</t>
   </si>
   <si>
-    <t>Yukihiro</t>
-[...7 lines deleted...]
-  <si>
     <t xml:space="preserve">Keiichi </t>
   </si>
   <si>
     <t>9:44:51</t>
   </si>
   <si>
     <t>Naoyuki</t>
   </si>
   <si>
     <t>Kawakami</t>
   </si>
   <si>
     <t>川上　直之</t>
   </si>
   <si>
     <t>9:55:50</t>
   </si>
   <si>
     <t>Yoshinori</t>
   </si>
   <si>
     <t>Miyano</t>
   </si>
   <si>
     <t>宮野　義則</t>
   </si>
   <si>
     <t>9:56:14</t>
   </si>
   <si>
     <t xml:space="preserve">Hiroya </t>
   </si>
   <si>
     <t>Inoue</t>
   </si>
   <si>
     <t>9:44:52</t>
   </si>
   <si>
+    <t>Hara</t>
+  </si>
+  <si>
+    <t>原　光平</t>
+  </si>
+  <si>
+    <t>9:57:02</t>
+  </si>
+  <si>
     <t>Sakata</t>
   </si>
   <si>
     <t>9:44:56</t>
   </si>
   <si>
-    <t>Hara</t>
-[...7 lines deleted...]
-  <si>
     <t>9:46:12</t>
   </si>
   <si>
     <t>Kazuyoshi</t>
   </si>
   <si>
     <t>鈴木　一好</t>
   </si>
   <si>
     <t>9:57:13</t>
   </si>
   <si>
     <t>酒井　隆</t>
   </si>
   <si>
     <t>9:57:17</t>
   </si>
   <si>
     <t xml:space="preserve">Nobuhiro </t>
   </si>
   <si>
     <t>9:46:16</t>
   </si>
   <si>
+    <t>Takumi</t>
+  </si>
+  <si>
+    <t>Kawaguchi</t>
+  </si>
+  <si>
+    <t>川口　卓美</t>
+  </si>
+  <si>
+    <t>9:57:33</t>
+  </si>
+  <si>
     <t xml:space="preserve">Naoto </t>
   </si>
   <si>
     <t>Matsukawa</t>
   </si>
   <si>
     <t>9:46:17</t>
   </si>
   <si>
-    <t>Takumi</t>
-[...10 lines deleted...]
-  <si>
     <t xml:space="preserve">Shinichi </t>
   </si>
   <si>
     <t>Yukawa</t>
   </si>
   <si>
     <t>9:46:18</t>
   </si>
   <si>
     <t>伊藤　広</t>
   </si>
   <si>
     <t>9:57:46</t>
   </si>
   <si>
     <t>Takayuki</t>
   </si>
   <si>
     <t>Hamada</t>
   </si>
   <si>
     <t>濱田　貴之</t>
   </si>
   <si>
     <t>9:59:21</t>
   </si>
   <si>
     <t>DAISUKE</t>
   </si>
   <si>
     <t>NAKAJIMA</t>
   </si>
   <si>
     <t>9:46:50</t>
   </si>
   <si>
+    <t>Kosuke</t>
+  </si>
+  <si>
+    <t>Nasuno</t>
+  </si>
+  <si>
+    <t>那須野　公輔</t>
+  </si>
+  <si>
+    <t>10:00:11</t>
+  </si>
+  <si>
     <t xml:space="preserve">Nakagomi </t>
   </si>
   <si>
     <t>9:47:01</t>
   </si>
   <si>
-    <t>Kosuke</t>
-[...8 lines deleted...]
-    <t>10:00:11</t>
+    <t xml:space="preserve">Keisuke </t>
+  </si>
+  <si>
+    <t>Ichido</t>
   </si>
   <si>
     <t>Hideo</t>
   </si>
   <si>
     <t>宅間　英夫</t>
   </si>
   <si>
     <t>10:00:56</t>
   </si>
   <si>
-    <t xml:space="preserve">Keisuke </t>
-[...2 lines deleted...]
-    <t>Ichido</t>
+    <t>Tomio</t>
+  </si>
+  <si>
+    <t>Ide</t>
+  </si>
+  <si>
+    <t>井出　富雄</t>
+  </si>
+  <si>
+    <t>10:01:25</t>
   </si>
   <si>
     <t xml:space="preserve">Yuta </t>
   </si>
   <si>
     <t>Imamura</t>
   </si>
   <si>
     <t>9:47:07</t>
   </si>
   <si>
-    <t>Tomio</t>
-[...8 lines deleted...]
-    <t>10:01:25</t>
+    <t>10:01:45</t>
   </si>
   <si>
     <t>9:47:56</t>
   </si>
   <si>
-    <t>10:01:45</t>
+    <t>Toshio</t>
+  </si>
+  <si>
+    <t>YANAI</t>
+  </si>
+  <si>
+    <t>9:48:11</t>
   </si>
   <si>
     <t>Masaki</t>
   </si>
   <si>
     <t>Nagai</t>
   </si>
   <si>
     <t>永井　雅樹</t>
   </si>
   <si>
     <t>10:03:19</t>
   </si>
   <si>
-    <t>Toshio</t>
-[...5 lines deleted...]
-    <t>9:48:11</t>
+    <t>Koike</t>
+  </si>
+  <si>
+    <t>小池　宏明</t>
+  </si>
+  <si>
+    <t>10:03:37</t>
   </si>
   <si>
     <t xml:space="preserve">Keitaro </t>
   </si>
   <si>
     <t>Kurebayashi</t>
   </si>
   <si>
     <t>9:48:19</t>
   </si>
   <si>
-    <t>Koike</t>
-[...7 lines deleted...]
-  <si>
     <t>Ishino</t>
   </si>
   <si>
     <t>石野　剛</t>
   </si>
   <si>
     <t>9:48:53</t>
   </si>
   <si>
     <t>Tatsuro</t>
   </si>
   <si>
     <t>Aoyama</t>
   </si>
   <si>
     <t>青山　達郎</t>
   </si>
   <si>
     <t>10:04:07</t>
   </si>
   <si>
+    <t xml:space="preserve">Tomoyuki </t>
+  </si>
+  <si>
+    <t>ISHIZAKA</t>
+  </si>
+  <si>
+    <t>9:49:52</t>
+  </si>
+  <si>
     <t>Yamagishi</t>
   </si>
   <si>
     <t>山岸　宏平</t>
   </si>
   <si>
     <t>10:04:32</t>
   </si>
   <si>
-    <t xml:space="preserve">Tomoyuki </t>
-[...5 lines deleted...]
-    <t>9:49:52</t>
+    <t xml:space="preserve">Takai </t>
+  </si>
+  <si>
+    <t>髙井　裕之</t>
+  </si>
+  <si>
+    <t>10:05:57</t>
   </si>
   <si>
     <t>Takuya</t>
   </si>
   <si>
     <t>Itoga</t>
   </si>
   <si>
     <t>糸賀　卓也</t>
   </si>
   <si>
     <t>9:50:21</t>
   </si>
   <si>
-    <t xml:space="preserve">Takai </t>
-[...7 lines deleted...]
-  <si>
     <t xml:space="preserve">Yasutaka </t>
   </si>
   <si>
     <t>NISHIDA</t>
   </si>
   <si>
     <t>9:50:27</t>
   </si>
   <si>
     <t>10:06:09</t>
   </si>
   <si>
+    <t xml:space="preserve">Kanna </t>
+  </si>
+  <si>
+    <t>9:50:31</t>
+  </si>
+  <si>
     <t>Fukasawa</t>
   </si>
   <si>
     <t>深澤　学</t>
   </si>
   <si>
     <t>10:06:18</t>
   </si>
   <si>
-    <t xml:space="preserve">Kanna </t>
-[...2 lines deleted...]
-    <t>9:50:31</t>
+    <t>原　智美</t>
+  </si>
+  <si>
+    <t>10:06:22</t>
   </si>
   <si>
     <t xml:space="preserve">Junji </t>
   </si>
   <si>
     <t>Chikama</t>
   </si>
   <si>
     <t>9:51:09</t>
   </si>
   <si>
-    <t>原　智美</t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">Takahiro </t>
   </si>
   <si>
     <t>Ishisone</t>
   </si>
   <si>
     <t>9:51:11</t>
   </si>
   <si>
     <t>Yoichi</t>
   </si>
   <si>
     <t>志水　洋一</t>
   </si>
   <si>
     <t>10:06:27</t>
   </si>
   <si>
+    <t>Sakagami</t>
+  </si>
+  <si>
     <t>10:07:36</t>
   </si>
   <si>
-    <t>Sakagami</t>
+    <t>Shunichi</t>
+  </si>
+  <si>
+    <t>Kamatani</t>
+  </si>
+  <si>
+    <t>蒲谷　俊一</t>
+  </si>
+  <si>
+    <t>10:07:45</t>
   </si>
   <si>
     <t>Takikawa</t>
   </si>
   <si>
     <t>9:51:46</t>
   </si>
   <si>
-    <t>Shunichi</t>
-[...10 lines deleted...]
-  <si>
     <t xml:space="preserve">Kiyoaki </t>
   </si>
   <si>
     <t>Takashina</t>
   </si>
   <si>
     <t>9:51:50</t>
   </si>
   <si>
     <t>Yutaka</t>
   </si>
   <si>
     <t>Sugaya</t>
   </si>
   <si>
     <t>菅谷　豊</t>
   </si>
   <si>
     <t>10:07:49</t>
   </si>
   <si>
+    <t>9:52:11</t>
+  </si>
+  <si>
     <t>Yuriko</t>
   </si>
   <si>
     <t>井手　裕里子</t>
   </si>
   <si>
     <t>10:08:24</t>
   </si>
   <si>
-    <t>9:52:11</t>
+    <t>中村　幸生</t>
+  </si>
+  <si>
+    <t>10:08:41</t>
   </si>
   <si>
     <t xml:space="preserve">Tetsuro </t>
   </si>
   <si>
     <t>KABATA</t>
   </si>
   <si>
     <t>9:52:42</t>
   </si>
   <si>
-    <t>中村　幸生</t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">Masato </t>
   </si>
   <si>
     <t>Yokoyama</t>
   </si>
   <si>
     <t>9:52:53</t>
   </si>
   <si>
     <t>Toshiharu</t>
   </si>
   <si>
     <t>Tsuruma</t>
   </si>
   <si>
     <t>鶴間　俊春</t>
   </si>
   <si>
     <t>10:08:49</t>
   </si>
   <si>
+    <t>9:53:57</t>
+  </si>
+  <si>
     <t>10:09:16</t>
   </si>
   <si>
-    <t>9:53:57</t>
+    <t>Tsuyoshi</t>
+  </si>
+  <si>
+    <t>Yamauchi</t>
+  </si>
+  <si>
+    <t>山内　剛</t>
+  </si>
+  <si>
+    <t>10:09:27</t>
   </si>
   <si>
     <t>KENICHIRO</t>
   </si>
   <si>
     <t>NAKANISHI</t>
   </si>
   <si>
     <t>9:54:16</t>
   </si>
   <si>
-    <t>Tsuyoshi</t>
-[...10 lines deleted...]
-  <si>
     <t>Naohito</t>
   </si>
   <si>
     <t>高橋　直人</t>
   </si>
   <si>
     <t>9:54:52</t>
   </si>
   <si>
     <t>Isao</t>
   </si>
   <si>
     <t>Nishida</t>
   </si>
   <si>
     <t>西田　功</t>
   </si>
   <si>
     <t>10:10:39</t>
   </si>
   <si>
     <t>Miyamoto</t>
   </si>
   <si>
     <t>宮本　浩</t>
   </si>
   <si>
     <t>10:11:30</t>
   </si>
   <si>
     <t>Kumazaki</t>
   </si>
   <si>
     <t>9:55:47</t>
   </si>
   <si>
+    <t>10:12:06</t>
+  </si>
+  <si>
     <t xml:space="preserve">Yoshiharu </t>
   </si>
   <si>
     <t>9:56:06</t>
   </si>
   <si>
-    <t>10:12:06</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">Yutarou </t>
   </si>
   <si>
     <t>Hachiya</t>
   </si>
   <si>
     <t>9:56:53</t>
   </si>
   <si>
     <t>Yoshiya</t>
   </si>
   <si>
     <t>Kurashima</t>
   </si>
   <si>
     <t>倉島　芳也</t>
   </si>
   <si>
     <t>10:12:16</t>
   </si>
   <si>
     <t>Norihiro</t>
   </si>
   <si>
     <t>中島　功博</t>
   </si>
   <si>
     <t>10:13:06</t>
   </si>
   <si>
     <t>Shunsuke</t>
   </si>
   <si>
     <t>Kurata</t>
   </si>
   <si>
     <t>倉田　駿介</t>
   </si>
   <si>
     <t>9:57:41</t>
   </si>
   <si>
+    <t>10:14:02</t>
+  </si>
+  <si>
     <t xml:space="preserve">Shoji </t>
   </si>
   <si>
     <t>9:57:49</t>
   </si>
   <si>
-    <t>10:14:02</t>
-[...1 lines deleted...]
-  <si>
     <t>Fujishita</t>
   </si>
   <si>
     <t>藤下　和衡</t>
   </si>
   <si>
     <t>9:57:58</t>
   </si>
   <si>
     <t>10:15:28</t>
   </si>
   <si>
     <t>Takeuchi</t>
   </si>
   <si>
     <t>竹内　勇季</t>
   </si>
   <si>
     <t>10:16:49</t>
   </si>
   <si>
     <t>9:59:15</t>
   </si>
   <si>
+    <t>Goshi</t>
+  </si>
+  <si>
+    <t>Osada</t>
+  </si>
+  <si>
+    <t>長田　豪史</t>
+  </si>
+  <si>
+    <t>10:17:16</t>
+  </si>
+  <si>
     <t>Takuhisa</t>
   </si>
   <si>
     <t>Shirogane</t>
   </si>
   <si>
     <t>9:59:29</t>
   </si>
   <si>
-    <t>Goshi</t>
-[...10 lines deleted...]
-  <si>
     <t xml:space="preserve">Takeshi </t>
   </si>
   <si>
     <t>SAWANO</t>
   </si>
   <si>
     <t>Onishi</t>
   </si>
   <si>
     <t>大西　将人</t>
   </si>
   <si>
     <t>10:17:19</t>
   </si>
   <si>
     <t>Shin</t>
   </si>
   <si>
     <t>Hattori</t>
   </si>
   <si>
     <t>服部　伸</t>
   </si>
   <si>
     <t>10:18:00</t>
   </si>
   <si>
     <t xml:space="preserve">Toshiaki </t>
   </si>
   <si>
     <t>Okuda</t>
   </si>
   <si>
     <t>9:59:43</t>
   </si>
   <si>
+    <t>Amane</t>
+  </si>
+  <si>
+    <t>Waseda</t>
+  </si>
+  <si>
+    <t>早稲田　周</t>
+  </si>
+  <si>
+    <t>10:18:39</t>
+  </si>
+  <si>
     <t>Megumi</t>
   </si>
   <si>
     <t>Tejima</t>
   </si>
   <si>
     <t>手嶋　恵</t>
   </si>
   <si>
     <t>10:00:22</t>
   </si>
   <si>
-    <t>Amane</t>
-[...8 lines deleted...]
-    <t>10:18:39</t>
+    <t xml:space="preserve">Shota </t>
+  </si>
+  <si>
+    <t>Tako</t>
+  </si>
+  <si>
+    <t>10:01:10</t>
   </si>
   <si>
     <t>Toshifumi</t>
   </si>
   <si>
     <t>Onuki</t>
   </si>
   <si>
     <t>大貫　敏史</t>
   </si>
   <si>
     <t>10:19:48</t>
   </si>
   <si>
-    <t xml:space="preserve">Shota </t>
-[...5 lines deleted...]
-    <t>10:01:10</t>
+    <t>10:20:03</t>
   </si>
   <si>
     <t xml:space="preserve">Michihito </t>
   </si>
   <si>
     <t>Morishita</t>
   </si>
   <si>
     <t>10:02:11</t>
   </si>
   <si>
-    <t>10:20:03</t>
+    <t>Akihito</t>
+  </si>
+  <si>
+    <t>Nakamachi</t>
+  </si>
+  <si>
+    <t>中町　昭人</t>
+  </si>
+  <si>
+    <t>10:20:29</t>
   </si>
   <si>
     <t xml:space="preserve">Ryosuke </t>
   </si>
   <si>
     <t>Ichinoe</t>
   </si>
   <si>
     <t>10:03:14</t>
   </si>
   <si>
-    <t>Akihito</t>
-[...8 lines deleted...]
-    <t>10:20:29</t>
+    <t xml:space="preserve">Nobu </t>
+  </si>
+  <si>
+    <t>Naruse</t>
+  </si>
+  <si>
+    <t>10:03:49</t>
   </si>
   <si>
     <t>Seki</t>
   </si>
   <si>
     <t>関　裕一</t>
   </si>
   <si>
     <t>10:21:08</t>
   </si>
   <si>
-    <t xml:space="preserve">Nobu </t>
-[...5 lines deleted...]
-    <t>10:03:49</t>
+    <t>Yasuda</t>
+  </si>
+  <si>
+    <t>安田　文雄</t>
+  </si>
+  <si>
+    <t>10:21:59</t>
   </si>
   <si>
     <t>10:03:53</t>
   </si>
   <si>
-    <t>Yasuda</t>
-[...7 lines deleted...]
-  <si>
     <t xml:space="preserve">Satoshi </t>
   </si>
   <si>
     <t>10:04:03</t>
   </si>
   <si>
     <t>10:22:08</t>
   </si>
   <si>
+    <t>Satoru</t>
+  </si>
+  <si>
+    <t>Asano</t>
+  </si>
+  <si>
+    <t>10:04:49</t>
+  </si>
+  <si>
     <t>Ryoji</t>
   </si>
   <si>
     <t>Kobumura</t>
   </si>
   <si>
     <t>窪村　良二</t>
   </si>
   <si>
     <t>10:22:14</t>
   </si>
   <si>
-    <t>Satoru</t>
-[...5 lines deleted...]
-    <t>10:04:49</t>
+    <t>Iwashita</t>
+  </si>
+  <si>
+    <t>岩下　嘉孝</t>
+  </si>
+  <si>
+    <t>10:23:09</t>
   </si>
   <si>
     <t>Sumida</t>
   </si>
   <si>
     <t>10:04:51</t>
   </si>
   <si>
-    <t>Iwashita</t>
-[...7 lines deleted...]
-  <si>
     <t>10:06:00</t>
   </si>
   <si>
     <t>10:23:32</t>
   </si>
   <si>
+    <t>10:06:53</t>
+  </si>
+  <si>
     <t>Kawana</t>
   </si>
   <si>
     <t>河名　真吾</t>
   </si>
   <si>
     <t>10:23:35</t>
   </si>
   <si>
-    <t>10:06:53</t>
+    <t>Ken</t>
+  </si>
+  <si>
+    <t>Konagaya</t>
+  </si>
+  <si>
+    <t>小長谷　健</t>
   </si>
   <si>
     <t xml:space="preserve">Masafumi </t>
   </si>
   <si>
     <t>10:07:35</t>
   </si>
   <si>
-    <t>Ken</t>
-[...7 lines deleted...]
-  <si>
     <t>田代　孝一</t>
   </si>
   <si>
     <t>10:23:46</t>
   </si>
   <si>
+    <t>Kazumi</t>
+  </si>
+  <si>
+    <t>MATSUO</t>
+  </si>
+  <si>
+    <t>10:07:41</t>
+  </si>
+  <si>
     <t>Tatsuru</t>
   </si>
   <si>
     <t>中山　立</t>
   </si>
   <si>
     <t>10:24:17</t>
   </si>
   <si>
-    <t>Kazumi</t>
-[...5 lines deleted...]
-    <t>10:07:41</t>
+    <t>Kazushige</t>
+  </si>
+  <si>
+    <t>Kaburagi</t>
+  </si>
+  <si>
+    <t>蕪木　和重</t>
+  </si>
+  <si>
+    <t>10:24:38</t>
   </si>
   <si>
     <t>10:07:50</t>
   </si>
   <si>
-    <t>Kazushige</t>
-[...10 lines deleted...]
-  <si>
     <t xml:space="preserve">So </t>
   </si>
   <si>
     <t>Murata</t>
   </si>
   <si>
     <t>10:08:11</t>
   </si>
   <si>
     <t>10:24:59</t>
   </si>
   <si>
+    <t xml:space="preserve">Toshiya </t>
+  </si>
+  <si>
+    <t>Fujisawa</t>
+  </si>
+  <si>
+    <t>藤澤敏也</t>
+  </si>
+  <si>
+    <t>10:08:18</t>
+  </si>
+  <si>
     <t>10:25:02</t>
   </si>
   <si>
-    <t xml:space="preserve">Toshiya </t>
-[...8 lines deleted...]
-    <t>10:08:18</t>
+    <t>Morino</t>
+  </si>
+  <si>
+    <t>守野　哲也</t>
+  </si>
+  <si>
+    <t>10:27:11</t>
   </si>
   <si>
     <t xml:space="preserve">Naoki </t>
   </si>
   <si>
     <t>Koyama</t>
   </si>
   <si>
     <t>10:08:28</t>
   </si>
   <si>
-    <t>Morino</t>
-[...7 lines deleted...]
-  <si>
     <t xml:space="preserve">Yasumasa </t>
   </si>
   <si>
     <t>Nishitani</t>
   </si>
   <si>
     <t>10:09:55</t>
   </si>
   <si>
     <t>Toyohisa</t>
   </si>
   <si>
     <t>Kurokawa</t>
   </si>
   <si>
     <t>黒川　豊久</t>
   </si>
   <si>
     <t>10:27:22</t>
   </si>
   <si>
+    <t>10:09:58</t>
+  </si>
+  <si>
     <t>Masafumi</t>
   </si>
   <si>
     <t>濱田　将史</t>
   </si>
   <si>
     <t>10:27:37</t>
   </si>
   <si>
-    <t>10:09:58</t>
+    <t>10:27:40</t>
   </si>
   <si>
     <t>SUZUKI</t>
   </si>
   <si>
     <t>10:11:25</t>
   </si>
   <si>
-    <t>10:27:40</t>
-[...1 lines deleted...]
-  <si>
     <t>10:11:52</t>
   </si>
   <si>
     <t>池田　謙介</t>
   </si>
   <si>
     <t>10:27:47</t>
   </si>
   <si>
     <t>Toriumi</t>
   </si>
   <si>
     <t>鳥海　政樹</t>
   </si>
   <si>
     <t>10:27:58</t>
   </si>
   <si>
     <t>Yukako</t>
   </si>
   <si>
     <t>Takashima</t>
   </si>
   <si>
     <t>高島　由佳子</t>
   </si>
   <si>
     <t>10:12:42</t>
   </si>
   <si>
+    <t>Otomo</t>
+  </si>
+  <si>
+    <t>大友　淳</t>
+  </si>
+  <si>
+    <t>10:28:15</t>
+  </si>
+  <si>
     <t xml:space="preserve">Yutaka </t>
   </si>
   <si>
     <t>Ookubo</t>
   </si>
   <si>
     <t>10:12:58</t>
   </si>
   <si>
-    <t>Otomo</t>
-[...7 lines deleted...]
-  <si>
     <t>SHOJI</t>
   </si>
   <si>
     <t>NAGASHIMA</t>
   </si>
   <si>
     <t>10:13:17</t>
   </si>
   <si>
     <t>Nakaya</t>
   </si>
   <si>
     <t>中屋　智宏</t>
   </si>
   <si>
     <t>10:28:20</t>
   </si>
   <si>
     <t>Fukuoka</t>
   </si>
   <si>
     <t>福岡　孝浩</t>
   </si>
   <si>
     <t>10:28:32</t>
   </si>
   <si>
     <t xml:space="preserve">Kenichi </t>
   </si>
   <si>
     <t>10:13:44</t>
   </si>
   <si>
+    <t>Midorikawa</t>
+  </si>
+  <si>
+    <t>緑川　知也</t>
+  </si>
+  <si>
+    <t>10:28:34</t>
+  </si>
+  <si>
     <t xml:space="preserve">Andrew </t>
   </si>
   <si>
     <t>Statter</t>
   </si>
   <si>
     <t>10:14:13</t>
   </si>
   <si>
-    <t>Midorikawa</t>
-[...5 lines deleted...]
-    <t>10:28:34</t>
+    <t>10:15:00</t>
   </si>
   <si>
     <t>Satoshi</t>
   </si>
   <si>
     <t>中野　聡</t>
   </si>
   <si>
     <t>10:28:57</t>
   </si>
   <si>
-    <t>10:15:00</t>
+    <t xml:space="preserve">Mikae </t>
+  </si>
+  <si>
+    <t>Nishiuchi</t>
+  </si>
+  <si>
+    <t>10:15:10</t>
   </si>
   <si>
     <t>Shigenobu</t>
   </si>
   <si>
     <t>内藤　滋信</t>
   </si>
   <si>
     <t>10:29:23</t>
   </si>
   <si>
-    <t xml:space="preserve">Mikae </t>
-[...7 lines deleted...]
-  <si>
     <t xml:space="preserve">Shuji </t>
   </si>
   <si>
     <t>Shimosaka</t>
   </si>
   <si>
     <t>10:16:26</t>
   </si>
   <si>
     <t>Kawada</t>
   </si>
   <si>
     <t>川田　雅之</t>
   </si>
   <si>
     <t>10:29:34</t>
   </si>
   <si>
+    <t>10:16:45</t>
+  </si>
+  <si>
     <t>Harada</t>
   </si>
   <si>
     <t>原田　行弘</t>
   </si>
   <si>
     <t>10:29:39</t>
   </si>
   <si>
-    <t>10:16:45</t>
+    <t xml:space="preserve">Ayuka </t>
+  </si>
+  <si>
+    <t>10:16:51</t>
   </si>
   <si>
     <t>Hirotaka</t>
   </si>
   <si>
     <t>Inaoka</t>
   </si>
   <si>
     <t>稲岡　宏隆</t>
   </si>
   <si>
     <t>10:29:44</t>
   </si>
   <si>
-    <t xml:space="preserve">Ayuka </t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">Yuhei </t>
   </si>
   <si>
     <t>Umeshita</t>
   </si>
   <si>
     <t>10:18:16</t>
   </si>
   <si>
     <t>Yasushi</t>
   </si>
   <si>
     <t>Ookawa</t>
   </si>
   <si>
     <t>大川　康</t>
   </si>
   <si>
     <t>10:30:06</t>
   </si>
   <si>
+    <t>10:18:42</t>
+  </si>
+  <si>
     <t>Kumi</t>
   </si>
   <si>
     <t>Shinomiya</t>
   </si>
   <si>
     <t>四宮　久美</t>
   </si>
   <si>
     <t>10:30:26</t>
   </si>
   <si>
-    <t>10:18:42</t>
-[...1 lines deleted...]
-  <si>
     <t>Kume</t>
   </si>
   <si>
     <t>10:18:50</t>
   </si>
   <si>
     <t>10:30:46</t>
   </si>
   <si>
     <t xml:space="preserve">Ohtomo </t>
   </si>
   <si>
     <t>Rui</t>
   </si>
   <si>
     <t>10:18:53</t>
   </si>
   <si>
     <t>Hokuto</t>
   </si>
   <si>
     <t>佐藤　北斗</t>
   </si>
   <si>
     <t>10:31:10</t>
   </si>
   <si>
+    <t xml:space="preserve">Daisuke </t>
+  </si>
+  <si>
+    <t>10:18:57</t>
+  </si>
+  <si>
     <t>Sadatsugu</t>
   </si>
   <si>
     <t>辻　貞次</t>
   </si>
   <si>
     <t>10:31:28</t>
   </si>
   <si>
-    <t xml:space="preserve">Daisuke </t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">Hiromitsu </t>
   </si>
   <si>
     <t>10:19:00</t>
   </si>
   <si>
     <t>Usuki</t>
   </si>
   <si>
     <t>Mana</t>
   </si>
   <si>
     <t>臼杵　真菜</t>
   </si>
   <si>
     <t>10:31:31</t>
   </si>
   <si>
     <t>Ueki</t>
   </si>
   <si>
     <t>10:19:35</t>
   </si>
   <si>
     <t>Matsuoka</t>
@@ -4289,65 +4289,65 @@
   <si>
     <t>10:23:45</t>
   </si>
   <si>
     <t>10:23:58</t>
   </si>
   <si>
     <t xml:space="preserve">Shusaku </t>
   </si>
   <si>
     <t>Ogawa</t>
   </si>
   <si>
     <t>10:24:07</t>
   </si>
   <si>
     <t>YAMAGUCHI</t>
   </si>
   <si>
     <t>10:24:33</t>
   </si>
   <si>
     <t>10:24:56</t>
   </si>
   <si>
+    <t>Cai</t>
+  </si>
+  <si>
+    <t>10:39:42</t>
+  </si>
+  <si>
     <t xml:space="preserve">Sadao </t>
   </si>
   <si>
     <t>Mochiduki</t>
   </si>
   <si>
     <t>10:26:22</t>
   </si>
   <si>
-    <t>Cai</t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">Wataru </t>
   </si>
   <si>
     <t>Kojima</t>
   </si>
   <si>
     <t>10:26:43</t>
   </si>
   <si>
     <t xml:space="preserve">Yoshitaka </t>
   </si>
   <si>
     <t>Ohta</t>
   </si>
   <si>
     <t>10:27:23</t>
   </si>
   <si>
     <t>Igarashi</t>
   </si>
   <si>
     <t>10:27:46</t>
   </si>
   <si>
     <t xml:space="preserve">Shouiti </t>
@@ -4760,69 +4760,69 @@
   <si>
     <t>10:45:06</t>
   </si>
   <si>
     <t xml:space="preserve">Hirokazu </t>
   </si>
   <si>
     <t>10:45:53</t>
   </si>
   <si>
     <t>10:45:56</t>
   </si>
   <si>
     <t xml:space="preserve">Katsuki </t>
   </si>
   <si>
     <t>Taniguchi</t>
   </si>
   <si>
     <t>10:46:06</t>
   </si>
   <si>
     <t>10:46:15</t>
   </si>
   <si>
+    <t xml:space="preserve">Mariko </t>
+  </si>
+  <si>
+    <t>Miwa</t>
+  </si>
+  <si>
+    <t>10:46:16</t>
+  </si>
+  <si>
     <t>Wan Ho Isaac</t>
   </si>
   <si>
     <t>Yuen</t>
   </si>
   <si>
     <t>Hong Kong</t>
   </si>
   <si>
     <t>11:02:49</t>
-  </si>
-[...7 lines deleted...]
-    <t>10:46:16</t>
   </si>
   <si>
     <t xml:space="preserve">Kaname </t>
   </si>
   <si>
     <t>Sago</t>
   </si>
   <si>
     <t>10:46:23</t>
   </si>
   <si>
     <t>10:46:30</t>
   </si>
   <si>
     <t>Hijii</t>
   </si>
   <si>
     <t>10:46:47</t>
   </si>
   <si>
     <t>Ebara</t>
   </si>
   <si>
     <t>10:46:58</t>
   </si>
@@ -6521,220 +6521,220 @@
       </c>
       <c r="H3" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I3" s="2">
         <v>1</v>
       </c>
       <c r="J3" s="2">
         <v>1</v>
       </c>
       <c r="K3" s="2">
         <v>150</v>
       </c>
       <c r="L3" s="2">
         <v>400</v>
       </c>
       <c r="M3" s="2">
         <v>0</v>
       </c>
       <c r="N3" s="2">
         <v>550</v>
       </c>
     </row>
     <row r="4" spans="1:14">
       <c r="A4" s="2">
-        <v>106706</v>
+        <v>112588</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>24</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>25</v>
       </c>
       <c r="D4" s="2" t="s">
         <v>26</v>
       </c>
       <c r="E4" s="2">
-        <v>13</v>
+        <v>1385</v>
       </c>
       <c r="F4" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H4" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I4" s="2">
         <v>2</v>
       </c>
       <c r="J4" s="2">
         <v>2</v>
       </c>
       <c r="K4" s="2">
         <v>150</v>
       </c>
       <c r="L4" s="2">
-        <v>350</v>
+        <v>0</v>
       </c>
       <c r="M4" s="2">
         <v>0</v>
       </c>
       <c r="N4" s="2">
-        <v>500</v>
+        <v>150</v>
       </c>
     </row>
     <row r="5" spans="1:14">
       <c r="A5" s="2">
-        <v>112588</v>
+        <v>106706</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>28</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>29</v>
       </c>
       <c r="D5" s="2" t="s">
         <v>30</v>
       </c>
       <c r="E5" s="2">
-        <v>1385</v>
+        <v>13</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H5" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I5" s="2">
         <v>2</v>
       </c>
       <c r="J5" s="2">
         <v>2</v>
       </c>
       <c r="K5" s="2">
         <v>150</v>
       </c>
       <c r="L5" s="2">
-        <v>0</v>
+        <v>350</v>
       </c>
       <c r="M5" s="2">
         <v>0</v>
       </c>
       <c r="N5" s="2">
-        <v>150</v>
+        <v>500</v>
       </c>
     </row>
     <row r="6" spans="1:14">
       <c r="A6" s="2">
-        <v>106707</v>
+        <v>112589</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>32</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>33</v>
       </c>
-      <c r="D6" s="2" t="s">
+      <c r="D6" s="2"/>
+      <c r="E6" s="2">
+        <v>1627</v>
+      </c>
+      <c r="F6" s="2" t="s">
         <v>34</v>
-      </c>
-[...4 lines deleted...]
-        <v>17</v>
       </c>
       <c r="G6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H6" s="2" t="s">
         <v>35</v>
       </c>
       <c r="I6" s="2">
         <v>3</v>
       </c>
       <c r="J6" s="2">
         <v>3</v>
       </c>
       <c r="K6" s="2">
         <v>150</v>
       </c>
       <c r="L6" s="2">
-        <v>325</v>
+        <v>0</v>
       </c>
       <c r="M6" s="2">
         <v>0</v>
       </c>
       <c r="N6" s="2">
-        <v>475</v>
+        <v>150</v>
       </c>
     </row>
     <row r="7" spans="1:14">
       <c r="A7" s="2">
-        <v>112589</v>
+        <v>106707</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>36</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>37</v>
       </c>
-      <c r="D7" s="2"/>
+      <c r="D7" s="2" t="s">
+        <v>38</v>
+      </c>
       <c r="E7" s="2">
-        <v>1627</v>
+        <v>1344</v>
       </c>
       <c r="F7" s="2" t="s">
-        <v>38</v>
+        <v>17</v>
       </c>
       <c r="G7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H7" s="2" t="s">
         <v>39</v>
       </c>
       <c r="I7" s="2">
         <v>3</v>
       </c>
       <c r="J7" s="2">
         <v>3</v>
       </c>
       <c r="K7" s="2">
         <v>150</v>
       </c>
       <c r="L7" s="2">
-        <v>0</v>
+        <v>325</v>
       </c>
       <c r="M7" s="2">
         <v>0</v>
       </c>
       <c r="N7" s="2">
-        <v>150</v>
+        <v>475</v>
       </c>
     </row>
     <row r="8" spans="1:14">
       <c r="A8" s="2">
         <v>106708</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>40</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>41</v>
       </c>
       <c r="D8" s="2" t="s">
         <v>42</v>
       </c>
       <c r="E8" s="2">
         <v>2</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H8" s="2" t="s">
@@ -6795,384 +6795,384 @@
       </c>
       <c r="L9" s="2">
         <v>0</v>
       </c>
       <c r="M9" s="2">
         <v>0</v>
       </c>
       <c r="N9" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="10" spans="1:14">
       <c r="A10" s="2">
         <v>106709</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>48</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>49</v>
       </c>
       <c r="D10" s="2" t="s">
         <v>50</v>
       </c>
       <c r="E10" s="2">
-        <v>12</v>
+        <v>5</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H10" s="2" t="s">
         <v>51</v>
       </c>
       <c r="I10" s="2">
         <v>5</v>
       </c>
       <c r="J10" s="2">
         <v>5</v>
       </c>
       <c r="K10" s="2">
         <v>150</v>
       </c>
       <c r="L10" s="2">
-        <v>275</v>
+        <v>0</v>
       </c>
       <c r="M10" s="2">
         <v>0</v>
       </c>
       <c r="N10" s="2">
-        <v>425</v>
+        <v>150</v>
       </c>
     </row>
     <row r="11" spans="1:14">
       <c r="A11" s="2">
         <v>106709</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>48</v>
       </c>
       <c r="C11" s="2" t="s">
         <v>49</v>
       </c>
       <c r="D11" s="2" t="s">
         <v>50</v>
       </c>
       <c r="E11" s="2">
-        <v>5</v>
+        <v>12</v>
       </c>
       <c r="F11" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H11" s="2" t="s">
         <v>52</v>
       </c>
       <c r="I11" s="2">
         <v>5</v>
       </c>
       <c r="J11" s="2">
         <v>5</v>
       </c>
       <c r="K11" s="2">
         <v>150</v>
       </c>
       <c r="L11" s="2">
-        <v>0</v>
+        <v>275</v>
       </c>
       <c r="M11" s="2">
         <v>0</v>
       </c>
       <c r="N11" s="2">
-        <v>150</v>
+        <v>425</v>
       </c>
     </row>
     <row r="12" spans="1:14">
       <c r="A12" s="2">
-        <v>101227</v>
+        <v>112590</v>
       </c>
       <c r="B12" s="2" t="s">
+        <v>48</v>
+      </c>
+      <c r="C12" s="2" t="s">
         <v>53</v>
       </c>
-      <c r="C12" s="2" t="s">
+      <c r="D12" s="2" t="s">
         <v>54</v>
       </c>
-      <c r="D12" s="2" t="s">
+      <c r="E12" s="2">
+        <v>1357</v>
+      </c>
+      <c r="F12" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G12" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="H12" s="2" t="s">
         <v>55</v>
-      </c>
-[...10 lines deleted...]
-        <v>56</v>
       </c>
       <c r="I12" s="2">
         <v>6</v>
       </c>
       <c r="J12" s="2">
         <v>6</v>
       </c>
       <c r="K12" s="2">
         <v>150</v>
       </c>
       <c r="L12" s="2">
-        <v>250</v>
+        <v>0</v>
       </c>
       <c r="M12" s="2">
         <v>0</v>
       </c>
       <c r="N12" s="2">
-        <v>400</v>
+        <v>150</v>
       </c>
     </row>
     <row r="13" spans="1:14">
       <c r="A13" s="2">
-        <v>112590</v>
+        <v>101227</v>
       </c>
       <c r="B13" s="2" t="s">
-        <v>48</v>
+        <v>56</v>
       </c>
       <c r="C13" s="2" t="s">
         <v>57</v>
       </c>
       <c r="D13" s="2" t="s">
         <v>58</v>
       </c>
       <c r="E13" s="2">
-        <v>1357</v>
+        <v>8</v>
       </c>
       <c r="F13" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H13" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I13" s="2">
         <v>6</v>
       </c>
       <c r="J13" s="2">
         <v>6</v>
       </c>
       <c r="K13" s="2">
         <v>150</v>
       </c>
       <c r="L13" s="2">
-        <v>0</v>
+        <v>250</v>
       </c>
       <c r="M13" s="2">
         <v>0</v>
       </c>
       <c r="N13" s="2">
-        <v>150</v>
+        <v>400</v>
       </c>
     </row>
     <row r="14" spans="1:14">
       <c r="A14" s="2">
-        <v>112591</v>
+        <v>106711</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>60</v>
       </c>
       <c r="C14" s="2" t="s">
         <v>61</v>
       </c>
       <c r="D14" s="2" t="s">
         <v>62</v>
       </c>
       <c r="E14" s="2">
-        <v>1607</v>
+        <v>15</v>
       </c>
       <c r="F14" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H14" s="2" t="s">
         <v>63</v>
       </c>
       <c r="I14" s="2">
         <v>7</v>
       </c>
       <c r="J14" s="2">
         <v>7</v>
       </c>
       <c r="K14" s="2">
         <v>150</v>
       </c>
       <c r="L14" s="2">
-        <v>0</v>
+        <v>240</v>
       </c>
       <c r="M14" s="2">
         <v>0</v>
       </c>
       <c r="N14" s="2">
-        <v>150</v>
+        <v>390</v>
       </c>
     </row>
     <row r="15" spans="1:14">
       <c r="A15" s="2">
-        <v>106711</v>
+        <v>112591</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>64</v>
       </c>
       <c r="C15" s="2" t="s">
         <v>65</v>
       </c>
       <c r="D15" s="2" t="s">
         <v>66</v>
       </c>
       <c r="E15" s="2">
-        <v>15</v>
+        <v>1607</v>
       </c>
       <c r="F15" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H15" s="2" t="s">
         <v>67</v>
       </c>
       <c r="I15" s="2">
         <v>7</v>
       </c>
       <c r="J15" s="2">
         <v>7</v>
       </c>
       <c r="K15" s="2">
         <v>150</v>
       </c>
       <c r="L15" s="2">
-        <v>240</v>
+        <v>0</v>
       </c>
       <c r="M15" s="2">
         <v>0</v>
       </c>
       <c r="N15" s="2">
-        <v>390</v>
+        <v>150</v>
       </c>
     </row>
     <row r="16" spans="1:14">
       <c r="A16" s="2">
-        <v>104907</v>
+        <v>112592</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>68</v>
       </c>
       <c r="C16" s="2" t="s">
         <v>69</v>
       </c>
-      <c r="D16" s="2"/>
+      <c r="D16" s="2" t="s">
+        <v>70</v>
+      </c>
       <c r="E16" s="2">
-        <v>5</v>
+        <v>1344</v>
       </c>
       <c r="F16" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H16" s="2" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="I16" s="2">
         <v>8</v>
       </c>
       <c r="J16" s="2">
         <v>8</v>
       </c>
       <c r="K16" s="2">
         <v>150</v>
       </c>
       <c r="L16" s="2">
-        <v>230</v>
+        <v>0</v>
       </c>
       <c r="M16" s="2">
         <v>0</v>
       </c>
       <c r="N16" s="2">
-        <v>380</v>
+        <v>150</v>
       </c>
     </row>
     <row r="17" spans="1:14">
       <c r="A17" s="2">
-        <v>112592</v>
+        <v>104907</v>
       </c>
       <c r="B17" s="2" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="C17" s="2" t="s">
-        <v>72</v>
-[...1 lines deleted...]
-      <c r="D17" s="2" t="s">
         <v>73</v>
       </c>
+      <c r="D17" s="2"/>
       <c r="E17" s="2">
-        <v>1344</v>
+        <v>5</v>
       </c>
       <c r="F17" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H17" s="2" t="s">
         <v>74</v>
       </c>
       <c r="I17" s="2">
         <v>8</v>
       </c>
       <c r="J17" s="2">
         <v>8</v>
       </c>
       <c r="K17" s="2">
         <v>150</v>
       </c>
       <c r="L17" s="2">
-        <v>0</v>
+        <v>230</v>
       </c>
       <c r="M17" s="2">
         <v>0</v>
       </c>
       <c r="N17" s="2">
-        <v>150</v>
+        <v>380</v>
       </c>
     </row>
     <row r="18" spans="1:14">
       <c r="A18" s="2">
         <v>106718</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>75</v>
       </c>
       <c r="C18" s="2" t="s">
         <v>76</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2">
         <v>1620</v>
       </c>
       <c r="F18" s="2" t="s">
         <v>77</v>
       </c>
       <c r="G18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H18" s="2" t="s">
         <v>78</v>
       </c>
@@ -7219,228 +7219,228 @@
       </c>
       <c r="H19" s="2" t="s">
         <v>82</v>
       </c>
       <c r="I19" s="2">
         <v>9</v>
       </c>
       <c r="J19" s="2">
         <v>9</v>
       </c>
       <c r="K19" s="2">
         <v>150</v>
       </c>
       <c r="L19" s="2">
         <v>220</v>
       </c>
       <c r="M19" s="2">
         <v>0</v>
       </c>
       <c r="N19" s="2">
         <v>370</v>
       </c>
     </row>
     <row r="20" spans="1:14">
       <c r="A20" s="2">
-        <v>104907</v>
+        <v>106714</v>
       </c>
       <c r="B20" s="2" t="s">
-        <v>68</v>
+        <v>44</v>
       </c>
       <c r="C20" s="2" t="s">
-        <v>69</v>
-[...1 lines deleted...]
-      <c r="D20" s="2"/>
+        <v>45</v>
+      </c>
+      <c r="D20" s="2" t="s">
+        <v>46</v>
+      </c>
       <c r="E20" s="2">
-        <v>8</v>
+        <v>1519</v>
       </c>
       <c r="F20" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H20" s="2" t="s">
         <v>83</v>
       </c>
       <c r="I20" s="2">
         <v>10</v>
       </c>
       <c r="J20" s="2">
         <v>10</v>
       </c>
       <c r="K20" s="2">
         <v>150</v>
       </c>
       <c r="L20" s="2">
-        <v>0</v>
+        <v>210</v>
       </c>
       <c r="M20" s="2">
         <v>0</v>
       </c>
       <c r="N20" s="2">
-        <v>150</v>
+        <v>360</v>
       </c>
     </row>
     <row r="21" spans="1:14">
       <c r="A21" s="2">
-        <v>106714</v>
+        <v>104907</v>
       </c>
       <c r="B21" s="2" t="s">
-        <v>44</v>
+        <v>72</v>
       </c>
       <c r="C21" s="2" t="s">
-        <v>45</v>
-[...3 lines deleted...]
-      </c>
+        <v>73</v>
+      </c>
+      <c r="D21" s="2"/>
       <c r="E21" s="2">
-        <v>1519</v>
+        <v>8</v>
       </c>
       <c r="F21" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H21" s="2" t="s">
         <v>84</v>
       </c>
       <c r="I21" s="2">
         <v>10</v>
       </c>
       <c r="J21" s="2">
         <v>10</v>
       </c>
       <c r="K21" s="2">
         <v>150</v>
       </c>
       <c r="L21" s="2">
-        <v>210</v>
+        <v>0</v>
       </c>
       <c r="M21" s="2">
         <v>0</v>
       </c>
       <c r="N21" s="2">
-        <v>360</v>
+        <v>150</v>
       </c>
     </row>
     <row r="22" spans="1:14">
       <c r="A22" s="2">
-        <v>106727</v>
+        <v>106715</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>85</v>
       </c>
       <c r="C22" s="2" t="s">
         <v>86</v>
       </c>
       <c r="D22" s="2" t="s">
         <v>87</v>
       </c>
       <c r="E22" s="2">
-        <v>1319</v>
+        <v>1672</v>
       </c>
       <c r="F22" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G22" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H22" s="2" t="s">
         <v>88</v>
       </c>
       <c r="I22" s="2">
         <v>11</v>
       </c>
       <c r="J22" s="2">
         <v>11</v>
       </c>
       <c r="K22" s="2">
         <v>150</v>
       </c>
       <c r="L22" s="2">
-        <v>0</v>
+        <v>200</v>
       </c>
       <c r="M22" s="2">
         <v>0</v>
       </c>
       <c r="N22" s="2">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="23" spans="1:14">
       <c r="A23" s="2">
-        <v>106715</v>
+        <v>106727</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>89</v>
       </c>
       <c r="C23" s="2" t="s">
         <v>90</v>
       </c>
       <c r="D23" s="2" t="s">
         <v>91</v>
       </c>
       <c r="E23" s="2">
-        <v>1672</v>
+        <v>1319</v>
       </c>
       <c r="F23" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H23" s="2" t="s">
         <v>92</v>
       </c>
       <c r="I23" s="2">
         <v>11</v>
       </c>
       <c r="J23" s="2">
         <v>11</v>
       </c>
       <c r="K23" s="2">
         <v>150</v>
       </c>
       <c r="L23" s="2">
-        <v>200</v>
+        <v>0</v>
       </c>
       <c r="M23" s="2">
         <v>0</v>
       </c>
       <c r="N23" s="2">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="24" spans="1:14">
       <c r="A24" s="2">
         <v>112594</v>
       </c>
       <c r="B24" s="2" t="s">
-        <v>68</v>
+        <v>72</v>
       </c>
       <c r="C24" s="2" t="s">
         <v>93</v>
       </c>
       <c r="D24" s="2" t="s">
         <v>94</v>
       </c>
       <c r="E24" s="2">
         <v>1610</v>
       </c>
       <c r="F24" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G24" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H24" s="2" t="s">
         <v>95</v>
       </c>
       <c r="I24" s="2">
         <v>12</v>
       </c>
       <c r="J24" s="2">
         <v>12</v>
       </c>
@@ -7481,140 +7481,140 @@
       </c>
       <c r="H25" s="2" t="s">
         <v>99</v>
       </c>
       <c r="I25" s="2">
         <v>12</v>
       </c>
       <c r="J25" s="2">
         <v>12</v>
       </c>
       <c r="K25" s="2">
         <v>150</v>
       </c>
       <c r="L25" s="2">
         <v>190</v>
       </c>
       <c r="M25" s="2">
         <v>0</v>
       </c>
       <c r="N25" s="2">
         <v>340</v>
       </c>
     </row>
     <row r="26" spans="1:14">
       <c r="A26" s="2">
-        <v>106207</v>
+        <v>106717</v>
       </c>
       <c r="B26" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="C26" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="D26" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="E26" s="2">
+        <v>1457</v>
+      </c>
+      <c r="F26" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G26" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="H26" s="2" t="s">
         <v>100</v>
-      </c>
-[...14 lines deleted...]
-        <v>103</v>
       </c>
       <c r="I26" s="2">
         <v>13</v>
       </c>
       <c r="J26" s="2">
         <v>13</v>
       </c>
       <c r="K26" s="2">
         <v>150</v>
       </c>
       <c r="L26" s="2">
-        <v>400</v>
+        <v>180</v>
       </c>
       <c r="M26" s="2">
         <v>0</v>
       </c>
       <c r="N26" s="2">
-        <v>550</v>
+        <v>330</v>
       </c>
     </row>
     <row r="27" spans="1:14">
       <c r="A27" s="2">
-        <v>106717</v>
+        <v>106207</v>
       </c>
       <c r="B27" s="2" t="s">
-        <v>14</v>
+        <v>101</v>
       </c>
       <c r="C27" s="2" t="s">
-        <v>15</v>
-[...3 lines deleted...]
-      </c>
+        <v>102</v>
+      </c>
+      <c r="D27" s="2"/>
       <c r="E27" s="2">
-        <v>1457</v>
+        <v>1641</v>
       </c>
       <c r="F27" s="2" t="s">
-        <v>17</v>
+        <v>103</v>
       </c>
       <c r="G27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H27" s="2" t="s">
         <v>104</v>
       </c>
       <c r="I27" s="2">
         <v>13</v>
       </c>
       <c r="J27" s="2">
         <v>13</v>
       </c>
       <c r="K27" s="2">
         <v>150</v>
       </c>
       <c r="L27" s="2">
-        <v>180</v>
+        <v>400</v>
       </c>
       <c r="M27" s="2">
         <v>0</v>
       </c>
       <c r="N27" s="2">
-        <v>330</v>
+        <v>550</v>
       </c>
     </row>
     <row r="28" spans="1:14">
       <c r="A28" s="2">
         <v>112595</v>
       </c>
       <c r="B28" s="2" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
       <c r="C28" s="2" t="s">
         <v>105</v>
       </c>
       <c r="D28" s="2" t="s">
         <v>106</v>
       </c>
       <c r="E28" s="2">
         <v>1376</v>
       </c>
       <c r="F28" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H28" s="2" t="s">
         <v>107</v>
       </c>
       <c r="I28" s="2">
         <v>14</v>
       </c>
       <c r="J28" s="2">
         <v>14</v>
       </c>
@@ -7653,222 +7653,222 @@
       </c>
       <c r="H29" s="2" t="s">
         <v>108</v>
       </c>
       <c r="I29" s="2">
         <v>14</v>
       </c>
       <c r="J29" s="2">
         <v>14</v>
       </c>
       <c r="K29" s="2">
         <v>150</v>
       </c>
       <c r="L29" s="2">
         <v>170</v>
       </c>
       <c r="M29" s="2">
         <v>0</v>
       </c>
       <c r="N29" s="2">
         <v>320</v>
       </c>
     </row>
     <row r="30" spans="1:14">
       <c r="A30" s="2">
-        <v>106723</v>
+        <v>106719</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>109</v>
       </c>
       <c r="C30" s="2" t="s">
         <v>110</v>
       </c>
       <c r="D30" s="2" t="s">
         <v>111</v>
       </c>
       <c r="E30" s="2">
-        <v>778</v>
+        <v>6</v>
       </c>
       <c r="F30" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G30" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H30" s="2" t="s">
         <v>112</v>
       </c>
       <c r="I30" s="2">
         <v>15</v>
       </c>
       <c r="J30" s="2">
         <v>15</v>
       </c>
       <c r="K30" s="2">
         <v>150</v>
       </c>
       <c r="L30" s="2">
-        <v>0</v>
+        <v>160</v>
       </c>
       <c r="M30" s="2">
         <v>0</v>
       </c>
       <c r="N30" s="2">
-        <v>150</v>
+        <v>310</v>
       </c>
     </row>
     <row r="31" spans="1:14">
       <c r="A31" s="2">
-        <v>106719</v>
+        <v>106723</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>113</v>
       </c>
       <c r="C31" s="2" t="s">
         <v>114</v>
       </c>
       <c r="D31" s="2" t="s">
         <v>115</v>
       </c>
       <c r="E31" s="2">
-        <v>6</v>
+        <v>778</v>
       </c>
       <c r="F31" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G31" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H31" s="2" t="s">
         <v>116</v>
       </c>
       <c r="I31" s="2">
         <v>15</v>
       </c>
       <c r="J31" s="2">
         <v>15</v>
       </c>
       <c r="K31" s="2">
         <v>150</v>
       </c>
       <c r="L31" s="2">
-        <v>160</v>
+        <v>0</v>
       </c>
       <c r="M31" s="2">
         <v>0</v>
       </c>
       <c r="N31" s="2">
-        <v>310</v>
+        <v>150</v>
       </c>
     </row>
     <row r="32" spans="1:14">
       <c r="A32" s="2">
-        <v>112597</v>
+        <v>106720</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>117</v>
       </c>
       <c r="C32" s="2" t="s">
         <v>118</v>
       </c>
       <c r="D32" s="2" t="s">
         <v>119</v>
       </c>
       <c r="E32" s="2">
-        <v>1290</v>
+        <v>1418</v>
       </c>
       <c r="F32" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G32" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H32" s="2" t="s">
         <v>120</v>
       </c>
       <c r="I32" s="2">
         <v>16</v>
       </c>
       <c r="J32" s="2">
         <v>16</v>
       </c>
       <c r="K32" s="2">
         <v>150</v>
       </c>
       <c r="L32" s="2">
-        <v>0</v>
+        <v>150</v>
       </c>
       <c r="M32" s="2">
         <v>0</v>
       </c>
       <c r="N32" s="2">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="33" spans="1:14">
       <c r="A33" s="2">
-        <v>106720</v>
+        <v>112597</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>121</v>
       </c>
       <c r="C33" s="2" t="s">
         <v>122</v>
       </c>
       <c r="D33" s="2" t="s">
         <v>123</v>
       </c>
       <c r="E33" s="2">
-        <v>1418</v>
+        <v>1290</v>
       </c>
       <c r="F33" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G33" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H33" s="2" t="s">
         <v>124</v>
       </c>
       <c r="I33" s="2">
         <v>16</v>
       </c>
       <c r="J33" s="2">
         <v>16</v>
       </c>
       <c r="K33" s="2">
         <v>150</v>
       </c>
       <c r="L33" s="2">
-        <v>150</v>
+        <v>0</v>
       </c>
       <c r="M33" s="2">
         <v>0</v>
       </c>
       <c r="N33" s="2">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="34" spans="1:14">
       <c r="A34" s="2">
         <v>106721</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>125</v>
       </c>
       <c r="C34" s="2" t="s">
         <v>15</v>
       </c>
       <c r="D34" s="2" t="s">
         <v>126</v>
       </c>
       <c r="E34" s="2">
         <v>1353</v>
       </c>
       <c r="F34" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G34" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H34" s="2" t="s">
@@ -8003,408 +8003,408 @@
       </c>
       <c r="H37" s="2" t="s">
         <v>138</v>
       </c>
       <c r="I37" s="2">
         <v>18</v>
       </c>
       <c r="J37" s="2">
         <v>18</v>
       </c>
       <c r="K37" s="2">
         <v>150</v>
       </c>
       <c r="L37" s="2">
         <v>130</v>
       </c>
       <c r="M37" s="2">
         <v>0</v>
       </c>
       <c r="N37" s="2">
         <v>280</v>
       </c>
     </row>
     <row r="38" spans="1:14">
       <c r="A38" s="2">
-        <v>112600</v>
+        <v>106723</v>
       </c>
       <c r="B38" s="2" t="s">
-        <v>139</v>
+        <v>113</v>
       </c>
       <c r="C38" s="2" t="s">
-        <v>140</v>
-[...1 lines deleted...]
-      <c r="D38" s="2"/>
+        <v>114</v>
+      </c>
+      <c r="D38" s="2" t="s">
+        <v>115</v>
+      </c>
       <c r="E38" s="2">
-        <v>1633</v>
+        <v>901</v>
       </c>
       <c r="F38" s="2" t="s">
-        <v>38</v>
+        <v>17</v>
       </c>
       <c r="G38" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H38" s="2" t="s">
-        <v>141</v>
+        <v>138</v>
       </c>
       <c r="I38" s="2">
         <v>19</v>
       </c>
       <c r="J38" s="2">
         <v>19</v>
       </c>
       <c r="K38" s="2">
         <v>150</v>
       </c>
       <c r="L38" s="2">
-        <v>0</v>
+        <v>120</v>
       </c>
       <c r="M38" s="2">
         <v>0</v>
       </c>
       <c r="N38" s="2">
-        <v>150</v>
+        <v>270</v>
       </c>
     </row>
     <row r="39" spans="1:14">
       <c r="A39" s="2">
-        <v>106723</v>
+        <v>112600</v>
       </c>
       <c r="B39" s="2" t="s">
-        <v>109</v>
+        <v>139</v>
       </c>
       <c r="C39" s="2" t="s">
-        <v>110</v>
-[...3 lines deleted...]
-      </c>
+        <v>140</v>
+      </c>
+      <c r="D39" s="2"/>
       <c r="E39" s="2">
-        <v>901</v>
+        <v>1633</v>
       </c>
       <c r="F39" s="2" t="s">
-        <v>17</v>
+        <v>34</v>
       </c>
       <c r="G39" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H39" s="2" t="s">
-        <v>138</v>
+        <v>141</v>
       </c>
       <c r="I39" s="2">
         <v>19</v>
       </c>
       <c r="J39" s="2">
         <v>19</v>
       </c>
       <c r="K39" s="2">
         <v>150</v>
       </c>
       <c r="L39" s="2">
-        <v>120</v>
+        <v>0</v>
       </c>
       <c r="M39" s="2">
         <v>0</v>
       </c>
       <c r="N39" s="2">
-        <v>270</v>
+        <v>150</v>
       </c>
     </row>
     <row r="40" spans="1:14">
       <c r="A40" s="2">
-        <v>106724</v>
+        <v>111637</v>
       </c>
       <c r="B40" s="2" t="s">
         <v>142</v>
       </c>
       <c r="C40" s="2" t="s">
         <v>143</v>
       </c>
-      <c r="D40" s="2" t="s">
+      <c r="D40" s="2"/>
+      <c r="E40" s="2">
+        <v>1642</v>
+      </c>
+      <c r="F40" s="2" t="s">
         <v>144</v>
-      </c>
-[...4 lines deleted...]
-        <v>17</v>
       </c>
       <c r="G40" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H40" s="2" t="s">
         <v>145</v>
       </c>
       <c r="I40" s="2">
         <v>20</v>
       </c>
       <c r="J40" s="2">
         <v>20</v>
       </c>
       <c r="K40" s="2">
         <v>150</v>
       </c>
       <c r="L40" s="2">
-        <v>110</v>
+        <v>350</v>
       </c>
       <c r="M40" s="2">
         <v>0</v>
       </c>
       <c r="N40" s="2">
-        <v>260</v>
+        <v>500</v>
       </c>
     </row>
     <row r="41" spans="1:14">
       <c r="A41" s="2">
-        <v>111637</v>
+        <v>106724</v>
       </c>
       <c r="B41" s="2" t="s">
         <v>146</v>
       </c>
       <c r="C41" s="2" t="s">
         <v>147</v>
       </c>
-      <c r="D41" s="2"/>
+      <c r="D41" s="2" t="s">
+        <v>148</v>
+      </c>
       <c r="E41" s="2">
-        <v>1642</v>
+        <v>1170</v>
       </c>
       <c r="F41" s="2" t="s">
-        <v>148</v>
+        <v>17</v>
       </c>
       <c r="G41" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H41" s="2" t="s">
         <v>149</v>
       </c>
       <c r="I41" s="2">
         <v>20</v>
       </c>
       <c r="J41" s="2">
         <v>20</v>
       </c>
       <c r="K41" s="2">
         <v>150</v>
       </c>
       <c r="L41" s="2">
-        <v>350</v>
+        <v>110</v>
       </c>
       <c r="M41" s="2">
         <v>0</v>
       </c>
       <c r="N41" s="2">
-        <v>500</v>
+        <v>260</v>
       </c>
     </row>
     <row r="42" spans="1:14">
       <c r="A42" s="2">
-        <v>106722</v>
+        <v>106725</v>
       </c>
       <c r="B42" s="2" t="s">
-        <v>48</v>
+        <v>150</v>
       </c>
       <c r="C42" s="2" t="s">
-        <v>136</v>
+        <v>151</v>
       </c>
       <c r="D42" s="2" t="s">
-        <v>137</v>
+        <v>152</v>
       </c>
       <c r="E42" s="2">
-        <v>798</v>
+        <v>1533</v>
       </c>
       <c r="F42" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G42" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H42" s="2" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="I42" s="2">
         <v>21</v>
       </c>
       <c r="J42" s="2">
         <v>21</v>
       </c>
       <c r="K42" s="2">
         <v>150</v>
       </c>
       <c r="L42" s="2">
-        <v>325</v>
+        <v>100</v>
       </c>
       <c r="M42" s="2">
         <v>0</v>
       </c>
       <c r="N42" s="2">
-        <v>475</v>
+        <v>250</v>
       </c>
     </row>
     <row r="43" spans="1:14">
       <c r="A43" s="2">
-        <v>106725</v>
+        <v>106722</v>
       </c>
       <c r="B43" s="2" t="s">
-        <v>151</v>
+        <v>48</v>
       </c>
       <c r="C43" s="2" t="s">
-        <v>152</v>
+        <v>136</v>
       </c>
       <c r="D43" s="2" t="s">
-        <v>153</v>
+        <v>137</v>
       </c>
       <c r="E43" s="2">
-        <v>1533</v>
+        <v>798</v>
       </c>
       <c r="F43" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G43" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H43" s="2" t="s">
         <v>154</v>
       </c>
       <c r="I43" s="2">
         <v>21</v>
       </c>
       <c r="J43" s="2">
         <v>21</v>
       </c>
       <c r="K43" s="2">
         <v>150</v>
       </c>
       <c r="L43" s="2">
-        <v>100</v>
+        <v>325</v>
       </c>
       <c r="M43" s="2">
         <v>0</v>
       </c>
       <c r="N43" s="2">
-        <v>250</v>
+        <v>475</v>
       </c>
     </row>
     <row r="44" spans="1:14">
       <c r="A44" s="2">
-        <v>112601</v>
+        <v>106726</v>
       </c>
       <c r="B44" s="2" t="s">
         <v>155</v>
       </c>
       <c r="C44" s="2" t="s">
         <v>156</v>
       </c>
       <c r="D44" s="2" t="s">
         <v>157</v>
       </c>
       <c r="E44" s="2">
-        <v>1321</v>
+        <v>1507</v>
       </c>
       <c r="F44" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G44" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H44" s="2" t="s">
         <v>158</v>
       </c>
       <c r="I44" s="2">
         <v>22</v>
       </c>
       <c r="J44" s="2">
         <v>22</v>
       </c>
       <c r="K44" s="2">
         <v>150</v>
       </c>
       <c r="L44" s="2">
-        <v>0</v>
+        <v>99</v>
       </c>
       <c r="M44" s="2">
         <v>0</v>
       </c>
       <c r="N44" s="2">
-        <v>150</v>
+        <v>249</v>
       </c>
     </row>
     <row r="45" spans="1:14">
       <c r="A45" s="2">
-        <v>106726</v>
+        <v>112601</v>
       </c>
       <c r="B45" s="2" t="s">
         <v>159</v>
       </c>
       <c r="C45" s="2" t="s">
         <v>160</v>
       </c>
       <c r="D45" s="2" t="s">
         <v>161</v>
       </c>
       <c r="E45" s="2">
-        <v>1507</v>
+        <v>1321</v>
       </c>
       <c r="F45" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G45" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H45" s="2" t="s">
         <v>162</v>
       </c>
       <c r="I45" s="2">
         <v>22</v>
       </c>
       <c r="J45" s="2">
         <v>22</v>
       </c>
       <c r="K45" s="2">
         <v>150</v>
       </c>
       <c r="L45" s="2">
-        <v>99</v>
+        <v>0</v>
       </c>
       <c r="M45" s="2">
         <v>0</v>
       </c>
       <c r="N45" s="2">
-        <v>249</v>
+        <v>150</v>
       </c>
     </row>
     <row r="46" spans="1:14">
       <c r="A46" s="2">
         <v>106727</v>
       </c>
       <c r="B46" s="2" t="s">
-        <v>85</v>
+        <v>89</v>
       </c>
       <c r="C46" s="2" t="s">
-        <v>86</v>
+        <v>90</v>
       </c>
       <c r="D46" s="2" t="s">
-        <v>87</v>
+        <v>91</v>
       </c>
       <c r="E46" s="2">
         <v>1451</v>
       </c>
       <c r="F46" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G46" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H46" s="2" t="s">
         <v>163</v>
       </c>
       <c r="I46" s="2">
         <v>23</v>
       </c>
       <c r="J46" s="2">
         <v>23</v>
       </c>
       <c r="K46" s="2">
         <v>150</v>
       </c>
       <c r="L46" s="2">
         <v>98</v>
       </c>
@@ -8437,222 +8437,222 @@
       </c>
       <c r="H47" s="2" t="s">
         <v>166</v>
       </c>
       <c r="I47" s="2">
         <v>23</v>
       </c>
       <c r="J47" s="2">
         <v>23</v>
       </c>
       <c r="K47" s="2">
         <v>150</v>
       </c>
       <c r="L47" s="2">
         <v>0</v>
       </c>
       <c r="M47" s="2">
         <v>0</v>
       </c>
       <c r="N47" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="48" spans="1:14">
       <c r="A48" s="2">
-        <v>112602</v>
+        <v>106728</v>
       </c>
       <c r="B48" s="2" t="s">
         <v>167</v>
       </c>
       <c r="C48" s="2" t="s">
         <v>168</v>
       </c>
       <c r="D48" s="2" t="s">
         <v>169</v>
       </c>
       <c r="E48" s="2">
-        <v>1360</v>
+        <v>152</v>
       </c>
       <c r="F48" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G48" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H48" s="2" t="s">
         <v>170</v>
       </c>
       <c r="I48" s="2">
         <v>24</v>
       </c>
       <c r="J48" s="2">
         <v>24</v>
       </c>
       <c r="K48" s="2">
         <v>150</v>
       </c>
       <c r="L48" s="2">
-        <v>0</v>
+        <v>97</v>
       </c>
       <c r="M48" s="2">
         <v>0</v>
       </c>
       <c r="N48" s="2">
-        <v>150</v>
+        <v>247</v>
       </c>
     </row>
     <row r="49" spans="1:14">
       <c r="A49" s="2">
-        <v>106728</v>
+        <v>112602</v>
       </c>
       <c r="B49" s="2" t="s">
         <v>171</v>
       </c>
       <c r="C49" s="2" t="s">
         <v>172</v>
       </c>
       <c r="D49" s="2" t="s">
         <v>173</v>
       </c>
       <c r="E49" s="2">
-        <v>152</v>
+        <v>1360</v>
       </c>
       <c r="F49" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G49" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H49" s="2" t="s">
         <v>174</v>
       </c>
       <c r="I49" s="2">
         <v>24</v>
       </c>
       <c r="J49" s="2">
         <v>24</v>
       </c>
       <c r="K49" s="2">
         <v>150</v>
       </c>
       <c r="L49" s="2">
-        <v>97</v>
+        <v>0</v>
       </c>
       <c r="M49" s="2">
         <v>0</v>
       </c>
       <c r="N49" s="2">
-        <v>247</v>
+        <v>150</v>
       </c>
     </row>
     <row r="50" spans="1:14">
       <c r="A50" s="2">
-        <v>106763</v>
+        <v>106729</v>
       </c>
       <c r="B50" s="2" t="s">
         <v>175</v>
       </c>
       <c r="C50" s="2" t="s">
         <v>176</v>
       </c>
       <c r="D50" s="2" t="s">
         <v>177</v>
       </c>
       <c r="E50" s="2">
-        <v>1308</v>
+        <v>1021</v>
       </c>
       <c r="F50" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G50" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H50" s="2" t="s">
         <v>178</v>
       </c>
       <c r="I50" s="2">
         <v>25</v>
       </c>
       <c r="J50" s="2">
         <v>25</v>
       </c>
       <c r="K50" s="2">
         <v>150</v>
       </c>
       <c r="L50" s="2">
-        <v>0</v>
+        <v>96</v>
       </c>
       <c r="M50" s="2">
         <v>0</v>
       </c>
       <c r="N50" s="2">
-        <v>150</v>
+        <v>246</v>
       </c>
     </row>
     <row r="51" spans="1:14">
       <c r="A51" s="2">
-        <v>106729</v>
+        <v>106763</v>
       </c>
       <c r="B51" s="2" t="s">
         <v>179</v>
       </c>
       <c r="C51" s="2" t="s">
         <v>180</v>
       </c>
       <c r="D51" s="2" t="s">
         <v>181</v>
       </c>
       <c r="E51" s="2">
-        <v>1021</v>
+        <v>1308</v>
       </c>
       <c r="F51" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G51" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H51" s="2" t="s">
         <v>182</v>
       </c>
       <c r="I51" s="2">
         <v>25</v>
       </c>
       <c r="J51" s="2">
         <v>25</v>
       </c>
       <c r="K51" s="2">
         <v>150</v>
       </c>
       <c r="L51" s="2">
-        <v>96</v>
+        <v>0</v>
       </c>
       <c r="M51" s="2">
         <v>0</v>
       </c>
       <c r="N51" s="2">
-        <v>246</v>
+        <v>150</v>
       </c>
     </row>
     <row r="52" spans="1:14">
       <c r="A52" s="2">
         <v>106730</v>
       </c>
       <c r="B52" s="2" t="s">
         <v>183</v>
       </c>
       <c r="C52" s="2" t="s">
         <v>184</v>
       </c>
       <c r="D52" s="2" t="s">
         <v>185</v>
       </c>
       <c r="E52" s="2">
         <v>7</v>
       </c>
       <c r="F52" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G52" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H52" s="2" t="s">
@@ -8701,222 +8701,222 @@
       </c>
       <c r="H53" s="2" t="s">
         <v>190</v>
       </c>
       <c r="I53" s="2">
         <v>26</v>
       </c>
       <c r="J53" s="2">
         <v>26</v>
       </c>
       <c r="K53" s="2">
         <v>150</v>
       </c>
       <c r="L53" s="2">
         <v>0</v>
       </c>
       <c r="M53" s="2">
         <v>0</v>
       </c>
       <c r="N53" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="54" spans="1:14">
       <c r="A54" s="2">
-        <v>112605</v>
+        <v>106731</v>
       </c>
       <c r="B54" s="2" t="s">
+        <v>40</v>
+      </c>
+      <c r="C54" s="2" t="s">
         <v>191</v>
       </c>
-      <c r="C54" s="2" t="s">
+      <c r="D54" s="2" t="s">
         <v>192</v>
       </c>
-      <c r="D54" s="2" t="s">
+      <c r="E54" s="2">
+        <v>9</v>
+      </c>
+      <c r="F54" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G54" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="H54" s="2" t="s">
         <v>193</v>
-      </c>
-[...10 lines deleted...]
-        <v>194</v>
       </c>
       <c r="I54" s="2">
         <v>27</v>
       </c>
       <c r="J54" s="2">
         <v>27</v>
       </c>
       <c r="K54" s="2">
         <v>150</v>
       </c>
       <c r="L54" s="2">
-        <v>0</v>
+        <v>94</v>
       </c>
       <c r="M54" s="2">
         <v>0</v>
       </c>
       <c r="N54" s="2">
-        <v>150</v>
+        <v>244</v>
       </c>
     </row>
     <row r="55" spans="1:14">
       <c r="A55" s="2">
-        <v>106731</v>
+        <v>112605</v>
       </c>
       <c r="B55" s="2" t="s">
-        <v>40</v>
+        <v>194</v>
       </c>
       <c r="C55" s="2" t="s">
         <v>195</v>
       </c>
       <c r="D55" s="2" t="s">
         <v>196</v>
       </c>
       <c r="E55" s="2">
-        <v>9</v>
+        <v>913</v>
       </c>
       <c r="F55" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G55" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H55" s="2" t="s">
         <v>197</v>
       </c>
       <c r="I55" s="2">
         <v>27</v>
       </c>
       <c r="J55" s="2">
         <v>27</v>
       </c>
       <c r="K55" s="2">
         <v>150</v>
       </c>
       <c r="L55" s="2">
-        <v>94</v>
+        <v>0</v>
       </c>
       <c r="M55" s="2">
         <v>0</v>
       </c>
       <c r="N55" s="2">
-        <v>244</v>
+        <v>150</v>
       </c>
     </row>
     <row r="56" spans="1:14">
       <c r="A56" s="2">
-        <v>106745</v>
+        <v>106732</v>
       </c>
       <c r="B56" s="2" t="s">
         <v>198</v>
       </c>
       <c r="C56" s="2" t="s">
         <v>199</v>
       </c>
       <c r="D56" s="2" t="s">
         <v>200</v>
       </c>
       <c r="E56" s="2">
-        <v>1239</v>
+        <v>2219</v>
       </c>
       <c r="F56" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G56" s="2" t="s">
-        <v>18</v>
+        <v>201</v>
       </c>
       <c r="H56" s="2" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="I56" s="2">
         <v>28</v>
       </c>
       <c r="J56" s="2">
-        <v>28</v>
+        <v>1</v>
       </c>
       <c r="K56" s="2">
         <v>150</v>
       </c>
       <c r="L56" s="2">
-        <v>0</v>
+        <v>400</v>
       </c>
       <c r="M56" s="2">
         <v>0</v>
       </c>
       <c r="N56" s="2">
-        <v>150</v>
+        <v>550</v>
       </c>
     </row>
     <row r="57" spans="1:14">
       <c r="A57" s="2">
-        <v>106732</v>
+        <v>106745</v>
       </c>
       <c r="B57" s="2" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="C57" s="2" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="D57" s="2" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="E57" s="2">
-        <v>2219</v>
+        <v>1239</v>
       </c>
       <c r="F57" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G57" s="2" t="s">
-        <v>205</v>
+        <v>18</v>
       </c>
       <c r="H57" s="2" t="s">
         <v>206</v>
       </c>
       <c r="I57" s="2">
         <v>28</v>
       </c>
       <c r="J57" s="2">
-        <v>1</v>
+        <v>28</v>
       </c>
       <c r="K57" s="2">
         <v>150</v>
       </c>
       <c r="L57" s="2">
-        <v>400</v>
+        <v>0</v>
       </c>
       <c r="M57" s="2">
         <v>0</v>
       </c>
       <c r="N57" s="2">
-        <v>550</v>
+        <v>150</v>
       </c>
     </row>
     <row r="58" spans="1:14">
       <c r="A58" s="2">
         <v>106733</v>
       </c>
       <c r="B58" s="2" t="s">
         <v>207</v>
       </c>
       <c r="C58" s="2" t="s">
         <v>21</v>
       </c>
       <c r="D58" s="2" t="s">
         <v>208</v>
       </c>
       <c r="E58" s="2">
         <v>1495</v>
       </c>
       <c r="F58" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G58" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H58" s="2" t="s">
@@ -8965,218 +8965,218 @@
       </c>
       <c r="H59" s="2" t="s">
         <v>212</v>
       </c>
       <c r="I59" s="2">
         <v>29</v>
       </c>
       <c r="J59" s="2">
         <v>29</v>
       </c>
       <c r="K59" s="2">
         <v>150</v>
       </c>
       <c r="L59" s="2">
         <v>0</v>
       </c>
       <c r="M59" s="2">
         <v>0</v>
       </c>
       <c r="N59" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="60" spans="1:14">
       <c r="A60" s="2">
-        <v>103081</v>
+        <v>106734</v>
       </c>
       <c r="B60" s="2" t="s">
         <v>213</v>
       </c>
       <c r="C60" s="2" t="s">
         <v>214</v>
       </c>
-      <c r="D60" s="2"/>
+      <c r="D60" s="2" t="s">
+        <v>215</v>
+      </c>
       <c r="E60" s="2">
-        <v>11</v>
+        <v>22</v>
       </c>
       <c r="F60" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G60" s="2" t="s">
-        <v>18</v>
+        <v>201</v>
       </c>
       <c r="H60" s="2" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="I60" s="2">
         <v>30</v>
       </c>
       <c r="J60" s="2">
-        <v>30</v>
+        <v>2</v>
       </c>
       <c r="K60" s="2">
         <v>150</v>
       </c>
       <c r="L60" s="2">
-        <v>0</v>
+        <v>350</v>
       </c>
       <c r="M60" s="2">
         <v>0</v>
       </c>
       <c r="N60" s="2">
-        <v>150</v>
+        <v>500</v>
       </c>
     </row>
     <row r="61" spans="1:14">
       <c r="A61" s="2">
-        <v>106734</v>
+        <v>103081</v>
       </c>
       <c r="B61" s="2" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="C61" s="2" t="s">
-        <v>217</v>
-[...1 lines deleted...]
-      <c r="D61" s="2" t="s">
         <v>218</v>
       </c>
+      <c r="D61" s="2"/>
       <c r="E61" s="2">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="F61" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G61" s="2" t="s">
-        <v>205</v>
+        <v>18</v>
       </c>
       <c r="H61" s="2" t="s">
         <v>219</v>
       </c>
       <c r="I61" s="2">
         <v>30</v>
       </c>
       <c r="J61" s="2">
-        <v>2</v>
+        <v>30</v>
       </c>
       <c r="K61" s="2">
         <v>150</v>
       </c>
       <c r="L61" s="2">
-        <v>350</v>
+        <v>0</v>
       </c>
       <c r="M61" s="2">
         <v>0</v>
       </c>
       <c r="N61" s="2">
-        <v>500</v>
+        <v>150</v>
       </c>
     </row>
     <row r="62" spans="1:14">
       <c r="A62" s="2">
-        <v>112608</v>
+        <v>106735</v>
       </c>
       <c r="B62" s="2" t="s">
         <v>220</v>
       </c>
       <c r="C62" s="2" t="s">
-        <v>68</v>
-[...1 lines deleted...]
-      <c r="D62" s="2"/>
+        <v>221</v>
+      </c>
+      <c r="D62" s="2" t="s">
+        <v>222</v>
+      </c>
       <c r="E62" s="2">
-        <v>1184</v>
+        <v>812</v>
       </c>
       <c r="F62" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G62" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H62" s="2" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="I62" s="2">
         <v>31</v>
       </c>
       <c r="J62" s="2">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="K62" s="2">
         <v>150</v>
       </c>
       <c r="L62" s="2">
-        <v>0</v>
+        <v>92</v>
       </c>
       <c r="M62" s="2">
         <v>0</v>
       </c>
       <c r="N62" s="2">
-        <v>150</v>
+        <v>242</v>
       </c>
     </row>
     <row r="63" spans="1:14">
       <c r="A63" s="2">
-        <v>106735</v>
+        <v>112608</v>
       </c>
       <c r="B63" s="2" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="C63" s="2" t="s">
-        <v>223</v>
-[...3 lines deleted...]
-      </c>
+        <v>72</v>
+      </c>
+      <c r="D63" s="2"/>
       <c r="E63" s="2">
-        <v>812</v>
+        <v>1184</v>
       </c>
       <c r="F63" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G63" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H63" s="2" t="s">
         <v>225</v>
       </c>
       <c r="I63" s="2">
         <v>31</v>
       </c>
       <c r="J63" s="2">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="K63" s="2">
         <v>150</v>
       </c>
       <c r="L63" s="2">
-        <v>92</v>
+        <v>0</v>
       </c>
       <c r="M63" s="2">
         <v>0</v>
       </c>
       <c r="N63" s="2">
-        <v>242</v>
+        <v>150</v>
       </c>
     </row>
     <row r="64" spans="1:14">
       <c r="A64" s="2">
         <v>106736</v>
       </c>
       <c r="B64" s="2" t="s">
         <v>226</v>
       </c>
       <c r="C64" s="2" t="s">
         <v>227</v>
       </c>
       <c r="D64" s="2" t="s">
         <v>228</v>
       </c>
       <c r="E64" s="2">
         <v>1310</v>
       </c>
       <c r="F64" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G64" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H64" s="2" t="s">
@@ -9223,220 +9223,220 @@
       </c>
       <c r="H65" s="2" t="s">
         <v>232</v>
       </c>
       <c r="I65" s="2">
         <v>32</v>
       </c>
       <c r="J65" s="2">
         <v>32</v>
       </c>
       <c r="K65" s="2">
         <v>150</v>
       </c>
       <c r="L65" s="2">
         <v>0</v>
       </c>
       <c r="M65" s="2">
         <v>0</v>
       </c>
       <c r="N65" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="66" spans="1:14">
       <c r="A66" s="2">
-        <v>106824</v>
+        <v>106737</v>
       </c>
       <c r="B66" s="2" t="s">
         <v>233</v>
       </c>
       <c r="C66" s="2" t="s">
         <v>234</v>
       </c>
       <c r="D66" s="2" t="s">
         <v>235</v>
       </c>
       <c r="E66" s="2">
-        <v>33</v>
+        <v>1505</v>
       </c>
       <c r="F66" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G66" s="2" t="s">
-        <v>205</v>
+        <v>18</v>
       </c>
       <c r="H66" s="2" t="s">
         <v>236</v>
       </c>
       <c r="I66" s="2">
         <v>33</v>
       </c>
       <c r="J66" s="2">
-        <v>1</v>
+        <v>31</v>
       </c>
       <c r="K66" s="2">
         <v>150</v>
       </c>
       <c r="L66" s="2">
-        <v>0</v>
+        <v>90</v>
       </c>
       <c r="M66" s="2">
         <v>0</v>
       </c>
       <c r="N66" s="2">
-        <v>150</v>
+        <v>240</v>
       </c>
     </row>
     <row r="67" spans="1:14">
       <c r="A67" s="2">
-        <v>106737</v>
+        <v>106824</v>
       </c>
       <c r="B67" s="2" t="s">
         <v>237</v>
       </c>
       <c r="C67" s="2" t="s">
         <v>238</v>
       </c>
       <c r="D67" s="2" t="s">
         <v>239</v>
       </c>
       <c r="E67" s="2">
-        <v>1505</v>
+        <v>33</v>
       </c>
       <c r="F67" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G67" s="2" t="s">
-        <v>18</v>
+        <v>201</v>
       </c>
       <c r="H67" s="2" t="s">
         <v>240</v>
       </c>
       <c r="I67" s="2">
         <v>33</v>
       </c>
       <c r="J67" s="2">
-        <v>31</v>
+        <v>1</v>
       </c>
       <c r="K67" s="2">
         <v>150</v>
       </c>
       <c r="L67" s="2">
-        <v>90</v>
+        <v>0</v>
       </c>
       <c r="M67" s="2">
         <v>0</v>
       </c>
       <c r="N67" s="2">
-        <v>240</v>
+        <v>150</v>
       </c>
     </row>
     <row r="68" spans="1:14">
       <c r="A68" s="2">
-        <v>112610</v>
+        <v>106738</v>
       </c>
       <c r="B68" s="2" t="s">
+        <v>72</v>
+      </c>
+      <c r="C68" s="2" t="s">
         <v>241</v>
       </c>
-      <c r="C68" s="2" t="s">
+      <c r="D68" s="2" t="s">
         <v>242</v>
       </c>
-      <c r="D68" s="2"/>
       <c r="E68" s="2">
-        <v>1027</v>
+        <v>300</v>
       </c>
       <c r="F68" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G68" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H68" s="2" t="s">
         <v>243</v>
       </c>
       <c r="I68" s="2">
         <v>34</v>
       </c>
       <c r="J68" s="2">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="K68" s="2">
         <v>150</v>
       </c>
       <c r="L68" s="2">
-        <v>0</v>
+        <v>89</v>
       </c>
       <c r="M68" s="2">
         <v>0</v>
       </c>
       <c r="N68" s="2">
-        <v>150</v>
+        <v>239</v>
       </c>
     </row>
     <row r="69" spans="1:14">
       <c r="A69" s="2">
-        <v>106738</v>
+        <v>112610</v>
       </c>
       <c r="B69" s="2" t="s">
-        <v>68</v>
+        <v>244</v>
       </c>
       <c r="C69" s="2" t="s">
-        <v>244</v>
-[...1 lines deleted...]
-      <c r="D69" s="2" t="s">
         <v>245</v>
       </c>
+      <c r="D69" s="2"/>
       <c r="E69" s="2">
-        <v>300</v>
+        <v>1027</v>
       </c>
       <c r="F69" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G69" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H69" s="2" t="s">
         <v>246</v>
       </c>
       <c r="I69" s="2">
         <v>34</v>
       </c>
       <c r="J69" s="2">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="K69" s="2">
         <v>150</v>
       </c>
       <c r="L69" s="2">
-        <v>89</v>
+        <v>0</v>
       </c>
       <c r="M69" s="2">
         <v>0</v>
       </c>
       <c r="N69" s="2">
-        <v>239</v>
+        <v>150</v>
       </c>
     </row>
     <row r="70" spans="1:14">
       <c r="A70" s="2">
         <v>106739</v>
       </c>
       <c r="B70" s="2" t="s">
         <v>247</v>
       </c>
       <c r="C70" s="2" t="s">
         <v>248</v>
       </c>
       <c r="D70" s="2" t="s">
         <v>249</v>
       </c>
       <c r="E70" s="2">
         <v>1452</v>
       </c>
       <c r="F70" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G70" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H70" s="2" t="s">
@@ -9483,222 +9483,222 @@
       </c>
       <c r="H71" s="2" t="s">
         <v>253</v>
       </c>
       <c r="I71" s="2">
         <v>35</v>
       </c>
       <c r="J71" s="2">
         <v>34</v>
       </c>
       <c r="K71" s="2">
         <v>150</v>
       </c>
       <c r="L71" s="2">
         <v>0</v>
       </c>
       <c r="M71" s="2">
         <v>0</v>
       </c>
       <c r="N71" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="72" spans="1:14">
       <c r="A72" s="2">
-        <v>106909</v>
+        <v>106740</v>
       </c>
       <c r="B72" s="2" t="s">
-        <v>24</v>
+        <v>128</v>
       </c>
       <c r="C72" s="2" t="s">
+        <v>129</v>
+      </c>
+      <c r="D72" s="2" t="s">
+        <v>130</v>
+      </c>
+      <c r="E72" s="2">
+        <v>1362</v>
+      </c>
+      <c r="F72" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G72" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="H72" s="2" t="s">
         <v>254</v>
-      </c>
-[...13 lines deleted...]
-        <v>256</v>
       </c>
       <c r="I72" s="2">
         <v>36</v>
       </c>
       <c r="J72" s="2">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="K72" s="2">
         <v>150</v>
       </c>
       <c r="L72" s="2">
-        <v>0</v>
+        <v>87</v>
       </c>
       <c r="M72" s="2">
         <v>0</v>
       </c>
       <c r="N72" s="2">
-        <v>150</v>
+        <v>237</v>
       </c>
     </row>
     <row r="73" spans="1:14">
       <c r="A73" s="2">
-        <v>106740</v>
+        <v>106909</v>
       </c>
       <c r="B73" s="2" t="s">
-        <v>128</v>
+        <v>28</v>
       </c>
       <c r="C73" s="2" t="s">
-        <v>129</v>
+        <v>255</v>
       </c>
       <c r="D73" s="2" t="s">
-        <v>130</v>
+        <v>256</v>
       </c>
       <c r="E73" s="2">
-        <v>1362</v>
+        <v>894</v>
       </c>
       <c r="F73" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G73" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H73" s="2" t="s">
         <v>257</v>
       </c>
       <c r="I73" s="2">
         <v>36</v>
       </c>
       <c r="J73" s="2">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="K73" s="2">
         <v>150</v>
       </c>
       <c r="L73" s="2">
-        <v>87</v>
+        <v>0</v>
       </c>
       <c r="M73" s="2">
         <v>0</v>
       </c>
       <c r="N73" s="2">
-        <v>237</v>
+        <v>150</v>
       </c>
     </row>
     <row r="74" spans="1:14">
       <c r="A74" s="2">
-        <v>106762</v>
+        <v>101226</v>
       </c>
       <c r="B74" s="2" t="s">
         <v>258</v>
       </c>
       <c r="C74" s="2" t="s">
         <v>259</v>
       </c>
       <c r="D74" s="2" t="s">
         <v>260</v>
       </c>
       <c r="E74" s="2">
-        <v>813</v>
+        <v>1436</v>
       </c>
       <c r="F74" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G74" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H74" s="2" t="s">
         <v>261</v>
       </c>
       <c r="I74" s="2">
         <v>37</v>
       </c>
       <c r="J74" s="2">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="K74" s="2">
         <v>150</v>
       </c>
       <c r="L74" s="2">
-        <v>0</v>
+        <v>86</v>
       </c>
       <c r="M74" s="2">
         <v>0</v>
       </c>
       <c r="N74" s="2">
-        <v>150</v>
+        <v>236</v>
       </c>
     </row>
     <row r="75" spans="1:14">
       <c r="A75" s="2">
-        <v>101226</v>
+        <v>106762</v>
       </c>
       <c r="B75" s="2" t="s">
         <v>262</v>
       </c>
       <c r="C75" s="2" t="s">
         <v>263</v>
       </c>
       <c r="D75" s="2" t="s">
         <v>264</v>
       </c>
       <c r="E75" s="2">
-        <v>1436</v>
+        <v>813</v>
       </c>
       <c r="F75" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G75" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H75" s="2" t="s">
         <v>265</v>
       </c>
       <c r="I75" s="2">
         <v>37</v>
       </c>
       <c r="J75" s="2">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="K75" s="2">
         <v>150</v>
       </c>
       <c r="L75" s="2">
-        <v>86</v>
+        <v>0</v>
       </c>
       <c r="M75" s="2">
         <v>0</v>
       </c>
       <c r="N75" s="2">
-        <v>236</v>
+        <v>150</v>
       </c>
     </row>
     <row r="76" spans="1:14">
       <c r="A76" s="2">
         <v>106741</v>
       </c>
       <c r="B76" s="2" t="s">
         <v>266</v>
       </c>
       <c r="C76" s="2" t="s">
         <v>267</v>
       </c>
       <c r="D76" s="2" t="s">
         <v>268</v>
       </c>
       <c r="E76" s="2">
         <v>1149</v>
       </c>
       <c r="F76" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G76" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H76" s="2" t="s">
@@ -9878,143 +9878,143 @@
       </c>
       <c r="I80" s="2">
         <v>40</v>
       </c>
       <c r="J80" s="2">
         <v>38</v>
       </c>
       <c r="K80" s="2">
         <v>150</v>
       </c>
       <c r="L80" s="2">
         <v>83</v>
       </c>
       <c r="M80" s="2">
         <v>0</v>
       </c>
       <c r="N80" s="2">
         <v>233</v>
       </c>
     </row>
     <row r="81" spans="1:14">
       <c r="A81" s="2">
         <v>106734</v>
       </c>
       <c r="B81" s="2" t="s">
-        <v>216</v>
+        <v>213</v>
       </c>
       <c r="C81" s="2" t="s">
-        <v>217</v>
+        <v>214</v>
       </c>
       <c r="D81" s="2" t="s">
-        <v>218</v>
+        <v>215</v>
       </c>
       <c r="E81" s="2">
         <v>22</v>
       </c>
       <c r="F81" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G81" s="2" t="s">
-        <v>205</v>
+        <v>201</v>
       </c>
       <c r="H81" s="2" t="s">
         <v>285</v>
       </c>
       <c r="I81" s="2">
         <v>40</v>
       </c>
       <c r="J81" s="2">
         <v>2</v>
       </c>
       <c r="K81" s="2">
         <v>150</v>
       </c>
       <c r="L81" s="2">
         <v>0</v>
       </c>
       <c r="M81" s="2">
         <v>0</v>
       </c>
       <c r="N81" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="82" spans="1:14">
       <c r="A82" s="2">
         <v>106744</v>
       </c>
       <c r="B82" s="2" t="s">
         <v>286</v>
       </c>
       <c r="C82" s="2" t="s">
         <v>287</v>
       </c>
       <c r="D82" s="2"/>
       <c r="E82" s="2">
         <v>2252</v>
       </c>
       <c r="F82" s="2" t="s">
         <v>288</v>
       </c>
       <c r="G82" s="2" t="s">
-        <v>205</v>
+        <v>201</v>
       </c>
       <c r="H82" s="2" t="s">
         <v>289</v>
       </c>
       <c r="I82" s="2">
         <v>41</v>
       </c>
       <c r="J82" s="2">
         <v>3</v>
       </c>
       <c r="K82" s="2">
         <v>150</v>
       </c>
       <c r="L82" s="2">
         <v>325</v>
       </c>
       <c r="M82" s="2">
         <v>0</v>
       </c>
       <c r="N82" s="2">
         <v>475</v>
       </c>
     </row>
     <row r="83" spans="1:14">
       <c r="A83" s="2">
         <v>106729</v>
       </c>
       <c r="B83" s="2" t="s">
-        <v>179</v>
+        <v>175</v>
       </c>
       <c r="C83" s="2" t="s">
-        <v>180</v>
+        <v>176</v>
       </c>
       <c r="D83" s="2" t="s">
-        <v>181</v>
+        <v>177</v>
       </c>
       <c r="E83" s="2">
         <v>1234</v>
       </c>
       <c r="F83" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G83" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H83" s="2" t="s">
         <v>290</v>
       </c>
       <c r="I83" s="2">
         <v>41</v>
       </c>
       <c r="J83" s="2">
         <v>39</v>
       </c>
       <c r="K83" s="2">
         <v>150</v>
       </c>
       <c r="L83" s="2">
         <v>0</v>
       </c>
@@ -10052,173 +10052,173 @@
       </c>
       <c r="I84" s="2">
         <v>42</v>
       </c>
       <c r="J84" s="2">
         <v>40</v>
       </c>
       <c r="K84" s="2">
         <v>150</v>
       </c>
       <c r="L84" s="2">
         <v>0</v>
       </c>
       <c r="M84" s="2">
         <v>0</v>
       </c>
       <c r="N84" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="85" spans="1:14">
       <c r="A85" s="2">
         <v>106745</v>
       </c>
       <c r="B85" s="2" t="s">
-        <v>198</v>
+        <v>203</v>
       </c>
       <c r="C85" s="2" t="s">
-        <v>199</v>
+        <v>204</v>
       </c>
       <c r="D85" s="2" t="s">
-        <v>200</v>
+        <v>205</v>
       </c>
       <c r="E85" s="2">
         <v>303</v>
       </c>
       <c r="F85" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G85" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H85" s="2" t="s">
         <v>295</v>
       </c>
       <c r="I85" s="2">
         <v>42</v>
       </c>
       <c r="J85" s="2">
         <v>39</v>
       </c>
       <c r="K85" s="2">
         <v>150</v>
       </c>
       <c r="L85" s="2">
         <v>82</v>
       </c>
       <c r="M85" s="2">
         <v>0</v>
       </c>
       <c r="N85" s="2">
         <v>232</v>
       </c>
     </row>
     <row r="86" spans="1:14">
       <c r="A86" s="2">
-        <v>106746</v>
+        <v>112619</v>
       </c>
       <c r="B86" s="2" t="s">
         <v>296</v>
       </c>
       <c r="C86" s="2" t="s">
         <v>297</v>
       </c>
-      <c r="D86" s="2" t="s">
+      <c r="D86" s="2"/>
+      <c r="E86" s="2">
+        <v>1078</v>
+      </c>
+      <c r="F86" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G86" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="H86" s="2" t="s">
         <v>298</v>
-      </c>
-[...10 lines deleted...]
-        <v>295</v>
       </c>
       <c r="I86" s="2">
         <v>43</v>
       </c>
       <c r="J86" s="2">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="K86" s="2">
         <v>150</v>
       </c>
       <c r="L86" s="2">
-        <v>81</v>
+        <v>0</v>
       </c>
       <c r="M86" s="2">
         <v>0</v>
       </c>
       <c r="N86" s="2">
-        <v>231</v>
+        <v>150</v>
       </c>
     </row>
     <row r="87" spans="1:14">
       <c r="A87" s="2">
-        <v>112619</v>
+        <v>106746</v>
       </c>
       <c r="B87" s="2" t="s">
         <v>299</v>
       </c>
       <c r="C87" s="2" t="s">
         <v>300</v>
       </c>
-      <c r="D87" s="2"/>
+      <c r="D87" s="2" t="s">
+        <v>301</v>
+      </c>
       <c r="E87" s="2">
-        <v>1078</v>
+        <v>271</v>
       </c>
       <c r="F87" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G87" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H87" s="2" t="s">
-        <v>301</v>
+        <v>295</v>
       </c>
       <c r="I87" s="2">
         <v>43</v>
       </c>
       <c r="J87" s="2">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="K87" s="2">
         <v>150</v>
       </c>
       <c r="L87" s="2">
-        <v>0</v>
+        <v>81</v>
       </c>
       <c r="M87" s="2">
         <v>0</v>
       </c>
       <c r="N87" s="2">
-        <v>150</v>
+        <v>231</v>
       </c>
     </row>
     <row r="88" spans="1:14">
       <c r="A88" s="2">
         <v>106782</v>
       </c>
       <c r="B88" s="2" t="s">
         <v>302</v>
       </c>
       <c r="C88" s="2" t="s">
         <v>303</v>
       </c>
       <c r="D88" s="2" t="s">
         <v>304</v>
       </c>
       <c r="E88" s="2">
         <v>1387</v>
       </c>
       <c r="F88" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G88" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H88" s="2" t="s">
@@ -10355,182 +10355,182 @@
       </c>
       <c r="H91" s="2" t="s">
         <v>316</v>
       </c>
       <c r="I91" s="2">
         <v>45</v>
       </c>
       <c r="J91" s="2">
         <v>42</v>
       </c>
       <c r="K91" s="2">
         <v>150</v>
       </c>
       <c r="L91" s="2">
         <v>79</v>
       </c>
       <c r="M91" s="2">
         <v>0</v>
       </c>
       <c r="N91" s="2">
         <v>229</v>
       </c>
     </row>
     <row r="92" spans="1:14">
       <c r="A92" s="2">
-        <v>106749</v>
+        <v>112622</v>
       </c>
       <c r="B92" s="2" t="s">
         <v>317</v>
       </c>
       <c r="C92" s="2" t="s">
         <v>318</v>
       </c>
-      <c r="D92" s="2" t="s">
+      <c r="D92" s="2"/>
+      <c r="E92" s="2">
+        <v>1383</v>
+      </c>
+      <c r="F92" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G92" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="H92" s="2" t="s">
         <v>319</v>
-      </c>
-[...10 lines deleted...]
-        <v>320</v>
       </c>
       <c r="I92" s="2">
         <v>46</v>
       </c>
       <c r="J92" s="2">
-        <v>4</v>
+        <v>44</v>
       </c>
       <c r="K92" s="2">
         <v>150</v>
       </c>
       <c r="L92" s="2">
-        <v>300</v>
+        <v>0</v>
       </c>
       <c r="M92" s="2">
         <v>0</v>
       </c>
       <c r="N92" s="2">
-        <v>450</v>
+        <v>150</v>
       </c>
     </row>
     <row r="93" spans="1:14">
       <c r="A93" s="2">
-        <v>112622</v>
+        <v>106749</v>
       </c>
       <c r="B93" s="2" t="s">
+        <v>320</v>
+      </c>
+      <c r="C93" s="2" t="s">
         <v>321</v>
       </c>
-      <c r="C93" s="2" t="s">
+      <c r="D93" s="2" t="s">
         <v>322</v>
       </c>
-      <c r="D93" s="2"/>
       <c r="E93" s="2">
-        <v>1383</v>
+        <v>2012</v>
       </c>
       <c r="F93" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G93" s="2" t="s">
-        <v>18</v>
+        <v>201</v>
       </c>
       <c r="H93" s="2" t="s">
         <v>323</v>
       </c>
       <c r="I93" s="2">
         <v>46</v>
       </c>
       <c r="J93" s="2">
-        <v>44</v>
+        <v>4</v>
       </c>
       <c r="K93" s="2">
         <v>150</v>
       </c>
       <c r="L93" s="2">
-        <v>0</v>
+        <v>300</v>
       </c>
       <c r="M93" s="2">
         <v>0</v>
       </c>
       <c r="N93" s="2">
-        <v>150</v>
+        <v>450</v>
       </c>
     </row>
     <row r="94" spans="1:14">
       <c r="A94" s="2">
         <v>112623</v>
       </c>
       <c r="B94" s="2" t="s">
         <v>324</v>
       </c>
       <c r="C94" s="2" t="s">
         <v>325</v>
       </c>
       <c r="D94" s="2"/>
       <c r="E94" s="2">
         <v>1207</v>
       </c>
       <c r="F94" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G94" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H94" s="2" t="s">
         <v>326</v>
       </c>
       <c r="I94" s="2">
         <v>47</v>
       </c>
       <c r="J94" s="2">
         <v>45</v>
       </c>
       <c r="K94" s="2">
         <v>150</v>
       </c>
       <c r="L94" s="2">
         <v>0</v>
       </c>
       <c r="M94" s="2">
         <v>0</v>
       </c>
       <c r="N94" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="95" spans="1:14">
       <c r="A95" s="2">
         <v>106750</v>
       </c>
       <c r="B95" s="2" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
       <c r="C95" s="2" t="s">
         <v>327</v>
       </c>
       <c r="D95" s="2" t="s">
         <v>328</v>
       </c>
       <c r="E95" s="2">
         <v>1089</v>
       </c>
       <c r="F95" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G95" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H95" s="2" t="s">
         <v>329</v>
       </c>
       <c r="I95" s="2">
         <v>47</v>
       </c>
       <c r="J95" s="2">
         <v>43</v>
       </c>
@@ -10543,51 +10543,51 @@
       <c r="M95" s="2">
         <v>0</v>
       </c>
       <c r="N95" s="2">
         <v>228</v>
       </c>
     </row>
     <row r="96" spans="1:14">
       <c r="A96" s="2">
         <v>110541</v>
       </c>
       <c r="B96" s="2" t="s">
         <v>330</v>
       </c>
       <c r="C96" s="2" t="s">
         <v>331</v>
       </c>
       <c r="D96" s="2"/>
       <c r="E96" s="2">
         <v>35</v>
       </c>
       <c r="F96" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G96" s="2" t="s">
-        <v>205</v>
+        <v>201</v>
       </c>
       <c r="H96" s="2" t="s">
         <v>332</v>
       </c>
       <c r="I96" s="2">
         <v>48</v>
       </c>
       <c r="J96" s="2">
         <v>3</v>
       </c>
       <c r="K96" s="2">
         <v>150</v>
       </c>
       <c r="L96" s="2">
         <v>0</v>
       </c>
       <c r="M96" s="2">
         <v>0</v>
       </c>
       <c r="N96" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="97" spans="1:14">
       <c r="A97" s="2">
@@ -10613,480 +10613,480 @@
       </c>
       <c r="H97" s="2" t="s">
         <v>336</v>
       </c>
       <c r="I97" s="2">
         <v>48</v>
       </c>
       <c r="J97" s="2">
         <v>44</v>
       </c>
       <c r="K97" s="2">
         <v>150</v>
       </c>
       <c r="L97" s="2">
         <v>77</v>
       </c>
       <c r="M97" s="2">
         <v>0</v>
       </c>
       <c r="N97" s="2">
         <v>227</v>
       </c>
     </row>
     <row r="98" spans="1:14">
       <c r="A98" s="2">
-        <v>106752</v>
+        <v>112624</v>
       </c>
       <c r="B98" s="2" t="s">
         <v>337</v>
       </c>
       <c r="C98" s="2" t="s">
+        <v>69</v>
+      </c>
+      <c r="D98" s="2"/>
+      <c r="E98" s="2">
+        <v>1252</v>
+      </c>
+      <c r="F98" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G98" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="H98" s="2" t="s">
         <v>338</v>
-      </c>
-[...13 lines deleted...]
-        <v>340</v>
       </c>
       <c r="I98" s="2">
         <v>49</v>
       </c>
       <c r="J98" s="2">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="K98" s="2">
         <v>150</v>
       </c>
       <c r="L98" s="2">
-        <v>76</v>
+        <v>0</v>
       </c>
       <c r="M98" s="2">
         <v>0</v>
       </c>
       <c r="N98" s="2">
-        <v>226</v>
+        <v>150</v>
       </c>
     </row>
     <row r="99" spans="1:14">
       <c r="A99" s="2">
-        <v>112624</v>
+        <v>106752</v>
       </c>
       <c r="B99" s="2" t="s">
+        <v>339</v>
+      </c>
+      <c r="C99" s="2" t="s">
+        <v>340</v>
+      </c>
+      <c r="D99" s="2" t="s">
         <v>341</v>
       </c>
-      <c r="C99" s="2" t="s">
-[...2 lines deleted...]
-      <c r="D99" s="2"/>
       <c r="E99" s="2">
-        <v>1252</v>
+        <v>1111</v>
       </c>
       <c r="F99" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G99" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H99" s="2" t="s">
         <v>342</v>
       </c>
       <c r="I99" s="2">
         <v>49</v>
       </c>
       <c r="J99" s="2">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="K99" s="2">
         <v>150</v>
       </c>
       <c r="L99" s="2">
-        <v>0</v>
+        <v>76</v>
       </c>
       <c r="M99" s="2">
         <v>0</v>
       </c>
       <c r="N99" s="2">
-        <v>150</v>
+        <v>226</v>
       </c>
     </row>
     <row r="100" spans="1:14">
       <c r="A100" s="2">
-        <v>107989</v>
+        <v>106753</v>
       </c>
       <c r="B100" s="2" t="s">
+        <v>291</v>
+      </c>
+      <c r="C100" s="2" t="s">
+        <v>292</v>
+      </c>
+      <c r="D100" s="2" t="s">
+        <v>293</v>
+      </c>
+      <c r="E100" s="2">
+        <v>1288</v>
+      </c>
+      <c r="F100" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G100" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="H100" s="2" t="s">
         <v>343</v>
-      </c>
-[...14 lines deleted...]
-        <v>344</v>
       </c>
       <c r="I100" s="2">
         <v>50</v>
       </c>
       <c r="J100" s="2">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="K100" s="2">
         <v>150</v>
       </c>
       <c r="L100" s="2">
-        <v>300</v>
+        <v>75</v>
       </c>
       <c r="M100" s="2">
         <v>0</v>
       </c>
       <c r="N100" s="2">
-        <v>450</v>
+        <v>225</v>
       </c>
     </row>
     <row r="101" spans="1:14">
       <c r="A101" s="2">
-        <v>106753</v>
+        <v>107989</v>
       </c>
       <c r="B101" s="2" t="s">
-        <v>291</v>
+        <v>344</v>
       </c>
       <c r="C101" s="2" t="s">
-        <v>292</v>
-[...3 lines deleted...]
-      </c>
+        <v>245</v>
+      </c>
+      <c r="D101" s="2"/>
       <c r="E101" s="2">
-        <v>1288</v>
+        <v>1643</v>
       </c>
       <c r="F101" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G101" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H101" s="2" t="s">
         <v>345</v>
       </c>
       <c r="I101" s="2">
         <v>50</v>
       </c>
       <c r="J101" s="2">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="K101" s="2">
         <v>150</v>
       </c>
       <c r="L101" s="2">
-        <v>75</v>
+        <v>300</v>
       </c>
       <c r="M101" s="2">
         <v>0</v>
       </c>
       <c r="N101" s="2">
-        <v>225</v>
+        <v>450</v>
       </c>
     </row>
     <row r="102" spans="1:14">
       <c r="A102" s="2">
-        <v>106754</v>
+        <v>112625</v>
       </c>
       <c r="B102" s="2" t="s">
         <v>346</v>
       </c>
       <c r="C102" s="2" t="s">
         <v>347</v>
       </c>
-      <c r="D102" s="2" t="s">
+      <c r="D102" s="2"/>
+      <c r="E102" s="2">
+        <v>1304</v>
+      </c>
+      <c r="F102" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G102" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="H102" s="2" t="s">
         <v>348</v>
-      </c>
-[...10 lines deleted...]
-        <v>349</v>
       </c>
       <c r="I102" s="2">
         <v>51</v>
       </c>
       <c r="J102" s="2">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="K102" s="2">
         <v>150</v>
       </c>
       <c r="L102" s="2">
-        <v>74</v>
+        <v>0</v>
       </c>
       <c r="M102" s="2">
         <v>0</v>
       </c>
       <c r="N102" s="2">
-        <v>224</v>
+        <v>150</v>
       </c>
     </row>
     <row r="103" spans="1:14">
       <c r="A103" s="2">
-        <v>112625</v>
+        <v>106754</v>
       </c>
       <c r="B103" s="2" t="s">
+        <v>349</v>
+      </c>
+      <c r="C103" s="2" t="s">
         <v>350</v>
       </c>
-      <c r="C103" s="2" t="s">
+      <c r="D103" s="2" t="s">
         <v>351</v>
       </c>
-      <c r="D103" s="2"/>
       <c r="E103" s="2">
-        <v>1304</v>
+        <v>297</v>
       </c>
       <c r="F103" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G103" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H103" s="2" t="s">
         <v>352</v>
       </c>
       <c r="I103" s="2">
         <v>51</v>
       </c>
       <c r="J103" s="2">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="K103" s="2">
         <v>150</v>
       </c>
       <c r="L103" s="2">
-        <v>0</v>
+        <v>74</v>
       </c>
       <c r="M103" s="2">
         <v>0</v>
       </c>
       <c r="N103" s="2">
-        <v>150</v>
+        <v>224</v>
       </c>
     </row>
     <row r="104" spans="1:14">
       <c r="A104" s="2">
-        <v>106755</v>
+        <v>106739</v>
       </c>
       <c r="B104" s="2" t="s">
+        <v>247</v>
+      </c>
+      <c r="C104" s="2" t="s">
+        <v>248</v>
+      </c>
+      <c r="D104" s="2" t="s">
+        <v>249</v>
+      </c>
+      <c r="E104" s="2">
+        <v>648</v>
+      </c>
+      <c r="F104" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G104" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="H104" s="2" t="s">
         <v>353</v>
-      </c>
-[...16 lines deleted...]
-        <v>356</v>
       </c>
       <c r="I104" s="2">
         <v>52</v>
       </c>
       <c r="J104" s="2">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="K104" s="2">
         <v>150</v>
       </c>
       <c r="L104" s="2">
-        <v>73</v>
+        <v>0</v>
       </c>
       <c r="M104" s="2">
         <v>0</v>
       </c>
       <c r="N104" s="2">
-        <v>223</v>
+        <v>150</v>
       </c>
     </row>
     <row r="105" spans="1:14">
       <c r="A105" s="2">
-        <v>106739</v>
+        <v>106755</v>
       </c>
       <c r="B105" s="2" t="s">
-        <v>247</v>
+        <v>354</v>
       </c>
       <c r="C105" s="2" t="s">
-        <v>248</v>
+        <v>355</v>
       </c>
       <c r="D105" s="2" t="s">
-        <v>249</v>
+        <v>356</v>
       </c>
       <c r="E105" s="2">
-        <v>648</v>
+        <v>1379</v>
       </c>
       <c r="F105" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G105" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H105" s="2" t="s">
         <v>357</v>
       </c>
       <c r="I105" s="2">
         <v>52</v>
       </c>
       <c r="J105" s="2">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="K105" s="2">
         <v>150</v>
       </c>
       <c r="L105" s="2">
-        <v>0</v>
+        <v>73</v>
       </c>
       <c r="M105" s="2">
         <v>0</v>
       </c>
       <c r="N105" s="2">
-        <v>150</v>
+        <v>223</v>
       </c>
     </row>
     <row r="106" spans="1:14">
       <c r="A106" s="2">
-        <v>106773</v>
+        <v>106756</v>
       </c>
       <c r="B106" s="2" t="s">
         <v>358</v>
       </c>
       <c r="C106" s="2" t="s">
         <v>359</v>
       </c>
       <c r="D106" s="2" t="s">
         <v>360</v>
       </c>
       <c r="E106" s="2">
-        <v>475</v>
+        <v>865</v>
       </c>
       <c r="F106" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G106" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H106" s="2" t="s">
-        <v>357</v>
+        <v>361</v>
       </c>
       <c r="I106" s="2">
         <v>53</v>
       </c>
       <c r="J106" s="2">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="K106" s="2">
         <v>150</v>
       </c>
       <c r="L106" s="2">
-        <v>0</v>
+        <v>72</v>
       </c>
       <c r="M106" s="2">
         <v>0</v>
       </c>
       <c r="N106" s="2">
-        <v>150</v>
+        <v>222</v>
       </c>
     </row>
     <row r="107" spans="1:14">
       <c r="A107" s="2">
-        <v>106756</v>
+        <v>106773</v>
       </c>
       <c r="B107" s="2" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="C107" s="2" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="D107" s="2" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="E107" s="2">
-        <v>865</v>
+        <v>475</v>
       </c>
       <c r="F107" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G107" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H107" s="2" t="s">
-        <v>364</v>
+        <v>353</v>
       </c>
       <c r="I107" s="2">
         <v>53</v>
       </c>
       <c r="J107" s="2">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="K107" s="2">
         <v>150</v>
       </c>
       <c r="L107" s="2">
-        <v>72</v>
+        <v>0</v>
       </c>
       <c r="M107" s="2">
         <v>0</v>
       </c>
       <c r="N107" s="2">
-        <v>222</v>
+        <v>150</v>
       </c>
     </row>
     <row r="108" spans="1:14">
       <c r="A108" s="2">
         <v>106757</v>
       </c>
       <c r="B108" s="2" t="s">
         <v>365</v>
       </c>
       <c r="C108" s="2" t="s">
         <v>366</v>
       </c>
       <c r="D108" s="2" t="s">
         <v>367</v>
       </c>
       <c r="E108" s="2">
         <v>1004</v>
       </c>
       <c r="F108" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G108" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H108" s="2" t="s">
@@ -11104,161 +11104,161 @@
       <c r="L108" s="2">
         <v>71</v>
       </c>
       <c r="M108" s="2">
         <v>0</v>
       </c>
       <c r="N108" s="2">
         <v>221</v>
       </c>
     </row>
     <row r="109" spans="1:14">
       <c r="A109" s="2">
         <v>102409</v>
       </c>
       <c r="B109" s="2" t="s">
         <v>369</v>
       </c>
       <c r="C109" s="2" t="s">
         <v>370</v>
       </c>
       <c r="D109" s="2"/>
       <c r="E109" s="2">
         <v>1628</v>
       </c>
       <c r="F109" s="2" t="s">
-        <v>148</v>
+        <v>144</v>
       </c>
       <c r="G109" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H109" s="2" t="s">
         <v>371</v>
       </c>
       <c r="I109" s="2">
         <v>54</v>
       </c>
       <c r="J109" s="2">
         <v>51</v>
       </c>
       <c r="K109" s="2">
         <v>150</v>
       </c>
       <c r="L109" s="2">
         <v>275</v>
       </c>
       <c r="M109" s="2">
         <v>0</v>
       </c>
       <c r="N109" s="2">
         <v>425</v>
       </c>
     </row>
     <row r="110" spans="1:14">
       <c r="A110" s="2">
-        <v>106758</v>
+        <v>112628</v>
       </c>
       <c r="B110" s="2" t="s">
         <v>372</v>
       </c>
       <c r="C110" s="2" t="s">
         <v>373</v>
       </c>
-      <c r="D110" s="2" t="s">
+      <c r="D110" s="2"/>
+      <c r="E110" s="2">
+        <v>1593</v>
+      </c>
+      <c r="F110" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G110" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="H110" s="2" t="s">
         <v>374</v>
-      </c>
-[...10 lines deleted...]
-        <v>375</v>
       </c>
       <c r="I110" s="2">
         <v>55</v>
       </c>
       <c r="J110" s="2">
-        <v>5</v>
+        <v>52</v>
       </c>
       <c r="K110" s="2">
         <v>150</v>
       </c>
       <c r="L110" s="2">
-        <v>275</v>
+        <v>0</v>
       </c>
       <c r="M110" s="2">
         <v>0</v>
       </c>
       <c r="N110" s="2">
-        <v>425</v>
+        <v>150</v>
       </c>
     </row>
     <row r="111" spans="1:14">
       <c r="A111" s="2">
-        <v>112628</v>
+        <v>106758</v>
       </c>
       <c r="B111" s="2" t="s">
+        <v>375</v>
+      </c>
+      <c r="C111" s="2" t="s">
         <v>376</v>
       </c>
-      <c r="C111" s="2" t="s">
+      <c r="D111" s="2" t="s">
         <v>377</v>
       </c>
-      <c r="D111" s="2"/>
       <c r="E111" s="2">
-        <v>1593</v>
+        <v>32</v>
       </c>
       <c r="F111" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G111" s="2" t="s">
-        <v>18</v>
+        <v>201</v>
       </c>
       <c r="H111" s="2" t="s">
         <v>378</v>
       </c>
       <c r="I111" s="2">
         <v>55</v>
       </c>
       <c r="J111" s="2">
-        <v>52</v>
+        <v>5</v>
       </c>
       <c r="K111" s="2">
         <v>150</v>
       </c>
       <c r="L111" s="2">
-        <v>0</v>
+        <v>275</v>
       </c>
       <c r="M111" s="2">
         <v>0</v>
       </c>
       <c r="N111" s="2">
-        <v>150</v>
+        <v>425</v>
       </c>
     </row>
     <row r="112" spans="1:14">
       <c r="A112" s="2">
         <v>106759</v>
       </c>
       <c r="B112" s="2" t="s">
         <v>379</v>
       </c>
       <c r="C112" s="2" t="s">
         <v>380</v>
       </c>
       <c r="D112" s="2" t="s">
         <v>381</v>
       </c>
       <c r="E112" s="2">
         <v>892</v>
       </c>
       <c r="F112" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G112" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H112" s="2" t="s">
@@ -11355,182 +11355,182 @@
       </c>
       <c r="J114" s="2">
         <v>52</v>
       </c>
       <c r="K114" s="2">
         <v>150</v>
       </c>
       <c r="L114" s="2">
         <v>69</v>
       </c>
       <c r="M114" s="2">
         <v>0</v>
       </c>
       <c r="N114" s="2">
         <v>219</v>
       </c>
     </row>
     <row r="115" spans="1:14">
       <c r="A115" s="2">
         <v>112630</v>
       </c>
       <c r="B115" s="2" t="s">
         <v>389</v>
       </c>
       <c r="C115" s="2" t="s">
-        <v>203</v>
+        <v>199</v>
       </c>
       <c r="D115" s="2"/>
       <c r="E115" s="2">
         <v>822</v>
       </c>
       <c r="F115" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G115" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H115" s="2" t="s">
         <v>390</v>
       </c>
       <c r="I115" s="2">
         <v>57</v>
       </c>
       <c r="J115" s="2">
         <v>54</v>
       </c>
       <c r="K115" s="2">
         <v>150</v>
       </c>
       <c r="L115" s="2">
         <v>0</v>
       </c>
       <c r="M115" s="2">
         <v>0</v>
       </c>
       <c r="N115" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="116" spans="1:14">
       <c r="A116" s="2">
-        <v>106761</v>
+        <v>112631</v>
       </c>
       <c r="B116" s="2" t="s">
         <v>391</v>
       </c>
       <c r="C116" s="2" t="s">
         <v>392</v>
       </c>
-      <c r="D116" s="2" t="s">
+      <c r="D116" s="2"/>
+      <c r="E116" s="2">
+        <v>1615</v>
+      </c>
+      <c r="F116" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G116" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="H116" s="2" t="s">
         <v>393</v>
-      </c>
-[...10 lines deleted...]
-        <v>394</v>
       </c>
       <c r="I116" s="2">
         <v>58</v>
       </c>
       <c r="J116" s="2">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="K116" s="2">
         <v>150</v>
       </c>
       <c r="L116" s="2">
-        <v>68</v>
+        <v>0</v>
       </c>
       <c r="M116" s="2">
         <v>0</v>
       </c>
       <c r="N116" s="2">
-        <v>218</v>
+        <v>150</v>
       </c>
     </row>
     <row r="117" spans="1:14">
       <c r="A117" s="2">
-        <v>112631</v>
+        <v>106761</v>
       </c>
       <c r="B117" s="2" t="s">
+        <v>394</v>
+      </c>
+      <c r="C117" s="2" t="s">
         <v>395</v>
       </c>
-      <c r="C117" s="2" t="s">
+      <c r="D117" s="2" t="s">
         <v>396</v>
       </c>
-      <c r="D117" s="2"/>
       <c r="E117" s="2">
-        <v>1615</v>
+        <v>1402</v>
       </c>
       <c r="F117" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G117" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H117" s="2" t="s">
         <v>397</v>
       </c>
       <c r="I117" s="2">
         <v>58</v>
       </c>
       <c r="J117" s="2">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="K117" s="2">
         <v>150</v>
       </c>
       <c r="L117" s="2">
-        <v>0</v>
+        <v>68</v>
       </c>
       <c r="M117" s="2">
         <v>0</v>
       </c>
       <c r="N117" s="2">
-        <v>150</v>
+        <v>218</v>
       </c>
     </row>
     <row r="118" spans="1:14">
       <c r="A118" s="2">
         <v>106762</v>
       </c>
       <c r="B118" s="2" t="s">
-        <v>258</v>
+        <v>262</v>
       </c>
       <c r="C118" s="2" t="s">
-        <v>259</v>
+        <v>263</v>
       </c>
       <c r="D118" s="2" t="s">
-        <v>260</v>
+        <v>264</v>
       </c>
       <c r="E118" s="2">
         <v>930</v>
       </c>
       <c r="F118" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G118" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H118" s="2" t="s">
         <v>398</v>
       </c>
       <c r="I118" s="2">
         <v>59</v>
       </c>
       <c r="J118" s="2">
         <v>54</v>
       </c>
       <c r="K118" s="2">
         <v>150</v>
       </c>
       <c r="L118" s="2">
         <v>67</v>
       </c>
@@ -11566,57 +11566,57 @@
       </c>
       <c r="I119" s="2">
         <v>59</v>
       </c>
       <c r="J119" s="2">
         <v>56</v>
       </c>
       <c r="K119" s="2">
         <v>150</v>
       </c>
       <c r="L119" s="2">
         <v>0</v>
       </c>
       <c r="M119" s="2">
         <v>0</v>
       </c>
       <c r="N119" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="120" spans="1:14">
       <c r="A120" s="2">
         <v>106763</v>
       </c>
       <c r="B120" s="2" t="s">
-        <v>175</v>
+        <v>179</v>
       </c>
       <c r="C120" s="2" t="s">
-        <v>176</v>
+        <v>180</v>
       </c>
       <c r="D120" s="2" t="s">
-        <v>177</v>
+        <v>181</v>
       </c>
       <c r="E120" s="2">
         <v>1431</v>
       </c>
       <c r="F120" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G120" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H120" s="2" t="s">
         <v>402</v>
       </c>
       <c r="I120" s="2">
         <v>60</v>
       </c>
       <c r="J120" s="2">
         <v>55</v>
       </c>
       <c r="K120" s="2">
         <v>150</v>
       </c>
       <c r="L120" s="2">
         <v>66</v>
       </c>
@@ -11649,1256 +11649,1256 @@
       </c>
       <c r="H121" s="2" t="s">
         <v>405</v>
       </c>
       <c r="I121" s="2">
         <v>60</v>
       </c>
       <c r="J121" s="2">
         <v>57</v>
       </c>
       <c r="K121" s="2">
         <v>150</v>
       </c>
       <c r="L121" s="2">
         <v>0</v>
       </c>
       <c r="M121" s="2">
         <v>0</v>
       </c>
       <c r="N121" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="122" spans="1:14">
       <c r="A122" s="2">
-        <v>100162</v>
+        <v>112634</v>
       </c>
       <c r="B122" s="2" t="s">
         <v>406</v>
       </c>
       <c r="C122" s="2" t="s">
-        <v>407</v>
+        <v>366</v>
       </c>
       <c r="D122" s="2"/>
       <c r="E122" s="2">
-        <v>18</v>
+        <v>1109</v>
       </c>
       <c r="F122" s="2" t="s">
-        <v>408</v>
+        <v>17</v>
       </c>
       <c r="G122" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H122" s="2" t="s">
-        <v>409</v>
+        <v>407</v>
       </c>
       <c r="I122" s="2">
         <v>61</v>
       </c>
       <c r="J122" s="2">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="K122" s="2">
         <v>150</v>
       </c>
       <c r="L122" s="2">
-        <v>65</v>
+        <v>0</v>
       </c>
       <c r="M122" s="2">
         <v>0</v>
       </c>
       <c r="N122" s="2">
-        <v>215</v>
+        <v>150</v>
       </c>
     </row>
     <row r="123" spans="1:14">
       <c r="A123" s="2">
-        <v>112634</v>
+        <v>100162</v>
       </c>
       <c r="B123" s="2" t="s">
-        <v>410</v>
+        <v>408</v>
       </c>
       <c r="C123" s="2" t="s">
-        <v>366</v>
+        <v>409</v>
       </c>
       <c r="D123" s="2"/>
       <c r="E123" s="2">
-        <v>1109</v>
+        <v>18</v>
       </c>
       <c r="F123" s="2" t="s">
-        <v>17</v>
+        <v>410</v>
       </c>
       <c r="G123" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H123" s="2" t="s">
         <v>411</v>
       </c>
       <c r="I123" s="2">
         <v>61</v>
       </c>
       <c r="J123" s="2">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="K123" s="2">
         <v>150</v>
       </c>
       <c r="L123" s="2">
-        <v>0</v>
+        <v>65</v>
       </c>
       <c r="M123" s="2">
         <v>0</v>
       </c>
       <c r="N123" s="2">
-        <v>150</v>
+        <v>215</v>
       </c>
     </row>
     <row r="124" spans="1:14">
       <c r="A124" s="2">
-        <v>106764</v>
+        <v>112635</v>
       </c>
       <c r="B124" s="2" t="s">
         <v>412</v>
       </c>
       <c r="C124" s="2" t="s">
         <v>413</v>
       </c>
-      <c r="D124" s="2" t="s">
+      <c r="D124" s="2"/>
+      <c r="E124" s="2">
+        <v>905</v>
+      </c>
+      <c r="F124" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G124" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="H124" s="2" t="s">
         <v>414</v>
-      </c>
-[...10 lines deleted...]
-        <v>415</v>
       </c>
       <c r="I124" s="2">
         <v>62</v>
       </c>
       <c r="J124" s="2">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="K124" s="2">
         <v>150</v>
       </c>
       <c r="L124" s="2">
-        <v>64</v>
+        <v>0</v>
       </c>
       <c r="M124" s="2">
         <v>0</v>
       </c>
       <c r="N124" s="2">
-        <v>214</v>
+        <v>150</v>
       </c>
     </row>
     <row r="125" spans="1:14">
       <c r="A125" s="2">
-        <v>112635</v>
+        <v>106764</v>
       </c>
       <c r="B125" s="2" t="s">
+        <v>415</v>
+      </c>
+      <c r="C125" s="2" t="s">
         <v>416</v>
       </c>
-      <c r="C125" s="2" t="s">
+      <c r="D125" s="2" t="s">
         <v>417</v>
       </c>
-      <c r="D125" s="2"/>
       <c r="E125" s="2">
-        <v>905</v>
+        <v>1055</v>
       </c>
       <c r="F125" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G125" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H125" s="2" t="s">
         <v>418</v>
       </c>
       <c r="I125" s="2">
         <v>62</v>
       </c>
       <c r="J125" s="2">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="K125" s="2">
         <v>150</v>
       </c>
       <c r="L125" s="2">
-        <v>0</v>
+        <v>64</v>
       </c>
       <c r="M125" s="2">
         <v>0</v>
       </c>
       <c r="N125" s="2">
-        <v>150</v>
+        <v>214</v>
       </c>
     </row>
     <row r="126" spans="1:14">
       <c r="A126" s="2">
-        <v>112636</v>
+        <v>106765</v>
       </c>
       <c r="B126" s="2" t="s">
         <v>419</v>
       </c>
       <c r="C126" s="2" t="s">
         <v>420</v>
       </c>
-      <c r="D126" s="2"/>
+      <c r="D126" s="2" t="s">
+        <v>421</v>
+      </c>
       <c r="E126" s="2">
-        <v>1588</v>
+        <v>635</v>
       </c>
       <c r="F126" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G126" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H126" s="2" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="I126" s="2">
         <v>63</v>
       </c>
       <c r="J126" s="2">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="K126" s="2">
         <v>150</v>
       </c>
       <c r="L126" s="2">
-        <v>0</v>
+        <v>63</v>
       </c>
       <c r="M126" s="2">
         <v>0</v>
       </c>
       <c r="N126" s="2">
-        <v>150</v>
+        <v>213</v>
       </c>
     </row>
     <row r="127" spans="1:14">
       <c r="A127" s="2">
-        <v>106765</v>
+        <v>112636</v>
       </c>
       <c r="B127" s="2" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="C127" s="2" t="s">
-        <v>423</v>
-[...1 lines deleted...]
-      <c r="D127" s="2" t="s">
         <v>424</v>
       </c>
+      <c r="D127" s="2"/>
       <c r="E127" s="2">
-        <v>635</v>
+        <v>1588</v>
       </c>
       <c r="F127" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G127" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H127" s="2" t="s">
         <v>425</v>
       </c>
       <c r="I127" s="2">
         <v>63</v>
       </c>
       <c r="J127" s="2">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="K127" s="2">
         <v>150</v>
       </c>
       <c r="L127" s="2">
-        <v>63</v>
+        <v>0</v>
       </c>
       <c r="M127" s="2">
         <v>0</v>
       </c>
       <c r="N127" s="2">
-        <v>213</v>
+        <v>150</v>
       </c>
     </row>
     <row r="128" spans="1:14">
       <c r="A128" s="2">
-        <v>106766</v>
+        <v>112637</v>
       </c>
       <c r="B128" s="2" t="s">
         <v>426</v>
       </c>
       <c r="C128" s="2" t="s">
         <v>427</v>
       </c>
-      <c r="D128" s="2" t="s">
+      <c r="D128" s="2"/>
+      <c r="E128" s="2">
+        <v>1216</v>
+      </c>
+      <c r="F128" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G128" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="H128" s="2" t="s">
         <v>428</v>
-      </c>
-[...10 lines deleted...]
-        <v>429</v>
       </c>
       <c r="I128" s="2">
         <v>64</v>
       </c>
       <c r="J128" s="2">
-        <v>6</v>
+        <v>61</v>
       </c>
       <c r="K128" s="2">
         <v>150</v>
       </c>
       <c r="L128" s="2">
-        <v>250</v>
+        <v>0</v>
       </c>
       <c r="M128" s="2">
         <v>0</v>
       </c>
       <c r="N128" s="2">
-        <v>400</v>
+        <v>150</v>
       </c>
     </row>
     <row r="129" spans="1:14">
       <c r="A129" s="2">
-        <v>112637</v>
+        <v>106766</v>
       </c>
       <c r="B129" s="2" t="s">
+        <v>429</v>
+      </c>
+      <c r="C129" s="2" t="s">
         <v>430</v>
       </c>
-      <c r="C129" s="2" t="s">
+      <c r="D129" s="2" t="s">
         <v>431</v>
       </c>
-      <c r="D129" s="2"/>
       <c r="E129" s="2">
-        <v>1216</v>
+        <v>33</v>
       </c>
       <c r="F129" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G129" s="2" t="s">
-        <v>18</v>
+        <v>201</v>
       </c>
       <c r="H129" s="2" t="s">
         <v>432</v>
       </c>
       <c r="I129" s="2">
         <v>64</v>
       </c>
       <c r="J129" s="2">
-        <v>61</v>
+        <v>6</v>
       </c>
       <c r="K129" s="2">
         <v>150</v>
       </c>
       <c r="L129" s="2">
-        <v>0</v>
+        <v>250</v>
       </c>
       <c r="M129" s="2">
         <v>0</v>
       </c>
       <c r="N129" s="2">
-        <v>150</v>
+        <v>400</v>
       </c>
     </row>
     <row r="130" spans="1:14">
       <c r="A130" s="2">
-        <v>106767</v>
+        <v>112638</v>
       </c>
       <c r="B130" s="2" t="s">
         <v>433</v>
       </c>
       <c r="C130" s="2" t="s">
-        <v>69</v>
-[...1 lines deleted...]
-      <c r="D130" s="2" t="s">
+        <v>386</v>
+      </c>
+      <c r="D130" s="2"/>
+      <c r="E130" s="2">
+        <v>1396</v>
+      </c>
+      <c r="F130" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G130" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="H130" s="2" t="s">
         <v>434</v>
-      </c>
-[...10 lines deleted...]
-        <v>435</v>
       </c>
       <c r="I130" s="2">
         <v>65</v>
       </c>
       <c r="J130" s="2">
-        <v>59</v>
+        <v>62</v>
       </c>
       <c r="K130" s="2">
         <v>150</v>
       </c>
       <c r="L130" s="2">
-        <v>62</v>
+        <v>0</v>
       </c>
       <c r="M130" s="2">
         <v>0</v>
       </c>
       <c r="N130" s="2">
-        <v>212</v>
+        <v>150</v>
       </c>
     </row>
     <row r="131" spans="1:14">
       <c r="A131" s="2">
-        <v>112638</v>
+        <v>106767</v>
       </c>
       <c r="B131" s="2" t="s">
+        <v>435</v>
+      </c>
+      <c r="C131" s="2" t="s">
+        <v>73</v>
+      </c>
+      <c r="D131" s="2" t="s">
         <v>436</v>
       </c>
-      <c r="C131" s="2" t="s">
-[...2 lines deleted...]
-      <c r="D131" s="2"/>
       <c r="E131" s="2">
-        <v>1396</v>
+        <v>1295</v>
       </c>
       <c r="F131" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G131" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H131" s="2" t="s">
         <v>437</v>
       </c>
       <c r="I131" s="2">
         <v>65</v>
       </c>
       <c r="J131" s="2">
+        <v>59</v>
+      </c>
+      <c r="K131" s="2">
+        <v>150</v>
+      </c>
+      <c r="L131" s="2">
         <v>62</v>
       </c>
-      <c r="K131" s="2">
-[...4 lines deleted...]
-      </c>
       <c r="M131" s="2">
         <v>0</v>
       </c>
       <c r="N131" s="2">
-        <v>150</v>
+        <v>212</v>
       </c>
     </row>
     <row r="132" spans="1:14">
       <c r="A132" s="2">
-        <v>112639</v>
+        <v>106768</v>
       </c>
       <c r="B132" s="2" t="s">
+        <v>419</v>
+      </c>
+      <c r="C132" s="2" t="s">
         <v>438</v>
       </c>
-      <c r="C132" s="2" t="s">
-[...2 lines deleted...]
-      <c r="D132" s="2"/>
+      <c r="D132" s="2" t="s">
+        <v>439</v>
+      </c>
       <c r="E132" s="2">
-        <v>450</v>
+        <v>992</v>
       </c>
       <c r="F132" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G132" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H132" s="2" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
       <c r="I132" s="2">
         <v>66</v>
       </c>
       <c r="J132" s="2">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="K132" s="2">
         <v>150</v>
       </c>
       <c r="L132" s="2">
-        <v>0</v>
+        <v>61</v>
       </c>
       <c r="M132" s="2">
         <v>0</v>
       </c>
       <c r="N132" s="2">
-        <v>150</v>
+        <v>211</v>
       </c>
     </row>
     <row r="133" spans="1:14">
       <c r="A133" s="2">
-        <v>106768</v>
+        <v>112639</v>
       </c>
       <c r="B133" s="2" t="s">
-        <v>422</v>
+        <v>441</v>
       </c>
       <c r="C133" s="2" t="s">
-        <v>440</v>
-[...3 lines deleted...]
-      </c>
+        <v>331</v>
+      </c>
+      <c r="D133" s="2"/>
       <c r="E133" s="2">
-        <v>992</v>
+        <v>450</v>
       </c>
       <c r="F133" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G133" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H133" s="2" t="s">
         <v>442</v>
       </c>
       <c r="I133" s="2">
         <v>66</v>
       </c>
       <c r="J133" s="2">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="K133" s="2">
         <v>150</v>
       </c>
       <c r="L133" s="2">
-        <v>61</v>
+        <v>0</v>
       </c>
       <c r="M133" s="2">
         <v>0</v>
       </c>
       <c r="N133" s="2">
-        <v>211</v>
+        <v>150</v>
       </c>
     </row>
     <row r="134" spans="1:14">
       <c r="A134" s="2">
-        <v>106769</v>
+        <v>112640</v>
       </c>
       <c r="B134" s="2" t="s">
         <v>443</v>
       </c>
       <c r="C134" s="2" t="s">
         <v>444</v>
       </c>
-      <c r="D134" s="2" t="s">
+      <c r="D134" s="2"/>
+      <c r="E134" s="2">
+        <v>766</v>
+      </c>
+      <c r="F134" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G134" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="H134" s="2" t="s">
         <v>445</v>
-      </c>
-[...10 lines deleted...]
-        <v>446</v>
       </c>
       <c r="I134" s="2">
         <v>67</v>
       </c>
       <c r="J134" s="2">
-        <v>61</v>
+        <v>64</v>
       </c>
       <c r="K134" s="2">
         <v>150</v>
       </c>
       <c r="L134" s="2">
-        <v>60</v>
+        <v>0</v>
       </c>
       <c r="M134" s="2">
         <v>0</v>
       </c>
       <c r="N134" s="2">
-        <v>210</v>
+        <v>150</v>
       </c>
     </row>
     <row r="135" spans="1:14">
       <c r="A135" s="2">
-        <v>112640</v>
+        <v>106769</v>
       </c>
       <c r="B135" s="2" t="s">
+        <v>446</v>
+      </c>
+      <c r="C135" s="2" t="s">
         <v>447</v>
       </c>
-      <c r="C135" s="2" t="s">
+      <c r="D135" s="2" t="s">
         <v>448</v>
       </c>
-      <c r="D135" s="2"/>
       <c r="E135" s="2">
-        <v>766</v>
+        <v>1053</v>
       </c>
       <c r="F135" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G135" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H135" s="2" t="s">
         <v>449</v>
       </c>
       <c r="I135" s="2">
         <v>67</v>
       </c>
       <c r="J135" s="2">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="K135" s="2">
         <v>150</v>
       </c>
       <c r="L135" s="2">
-        <v>0</v>
+        <v>60</v>
       </c>
       <c r="M135" s="2">
         <v>0</v>
       </c>
       <c r="N135" s="2">
-        <v>150</v>
+        <v>210</v>
       </c>
     </row>
     <row r="136" spans="1:14">
       <c r="A136" s="2">
-        <v>106770</v>
+        <v>106832</v>
       </c>
       <c r="B136" s="2" t="s">
-        <v>125</v>
+        <v>450</v>
       </c>
       <c r="C136" s="2" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="D136" s="2" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="E136" s="2">
-        <v>1392</v>
+        <v>1261</v>
       </c>
       <c r="F136" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G136" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H136" s="2" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="I136" s="2">
         <v>68</v>
       </c>
       <c r="J136" s="2">
-        <v>62</v>
+        <v>65</v>
       </c>
       <c r="K136" s="2">
         <v>150</v>
       </c>
       <c r="L136" s="2">
-        <v>59</v>
+        <v>0</v>
       </c>
       <c r="M136" s="2">
         <v>0</v>
       </c>
       <c r="N136" s="2">
-        <v>209</v>
+        <v>150</v>
       </c>
     </row>
     <row r="137" spans="1:14">
       <c r="A137" s="2">
-        <v>106832</v>
+        <v>106770</v>
       </c>
       <c r="B137" s="2" t="s">
-        <v>453</v>
+        <v>125</v>
       </c>
       <c r="C137" s="2" t="s">
         <v>454</v>
       </c>
       <c r="D137" s="2" t="s">
         <v>455</v>
       </c>
       <c r="E137" s="2">
-        <v>1261</v>
+        <v>1392</v>
       </c>
       <c r="F137" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G137" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H137" s="2" t="s">
         <v>456</v>
       </c>
       <c r="I137" s="2">
         <v>68</v>
       </c>
       <c r="J137" s="2">
-        <v>65</v>
+        <v>62</v>
       </c>
       <c r="K137" s="2">
         <v>150</v>
       </c>
       <c r="L137" s="2">
-        <v>0</v>
+        <v>59</v>
       </c>
       <c r="M137" s="2">
         <v>0</v>
       </c>
       <c r="N137" s="2">
-        <v>150</v>
+        <v>209</v>
       </c>
     </row>
     <row r="138" spans="1:14">
       <c r="A138" s="2">
-        <v>106854</v>
+        <v>106771</v>
       </c>
       <c r="B138" s="2" t="s">
+        <v>159</v>
+      </c>
+      <c r="C138" s="2" t="s">
         <v>457</v>
       </c>
-      <c r="C138" s="2" t="s">
+      <c r="D138" s="2" t="s">
         <v>458</v>
       </c>
-      <c r="D138" s="2" t="s">
+      <c r="E138" s="2">
+        <v>1388</v>
+      </c>
+      <c r="F138" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G138" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="H138" s="2" t="s">
         <v>459</v>
-      </c>
-[...10 lines deleted...]
-        <v>460</v>
       </c>
       <c r="I138" s="2">
         <v>69</v>
       </c>
       <c r="J138" s="2">
-        <v>66</v>
+        <v>63</v>
       </c>
       <c r="K138" s="2">
         <v>150</v>
       </c>
       <c r="L138" s="2">
-        <v>0</v>
+        <v>58</v>
       </c>
       <c r="M138" s="2">
         <v>0</v>
       </c>
       <c r="N138" s="2">
-        <v>150</v>
+        <v>208</v>
       </c>
     </row>
     <row r="139" spans="1:14">
       <c r="A139" s="2">
-        <v>106771</v>
+        <v>106854</v>
       </c>
       <c r="B139" s="2" t="s">
-        <v>155</v>
+        <v>460</v>
       </c>
       <c r="C139" s="2" t="s">
         <v>461</v>
       </c>
       <c r="D139" s="2" t="s">
         <v>462</v>
       </c>
       <c r="E139" s="2">
-        <v>1388</v>
+        <v>1039</v>
       </c>
       <c r="F139" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G139" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H139" s="2" t="s">
         <v>463</v>
       </c>
       <c r="I139" s="2">
         <v>69</v>
       </c>
       <c r="J139" s="2">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="K139" s="2">
         <v>150</v>
       </c>
       <c r="L139" s="2">
-        <v>58</v>
+        <v>0</v>
       </c>
       <c r="M139" s="2">
         <v>0</v>
       </c>
       <c r="N139" s="2">
-        <v>208</v>
+        <v>150</v>
       </c>
     </row>
     <row r="140" spans="1:14">
       <c r="A140" s="2">
-        <v>106772</v>
+        <v>112643</v>
       </c>
       <c r="B140" s="2" t="s">
         <v>464</v>
       </c>
       <c r="C140" s="2" t="s">
         <v>465</v>
       </c>
-      <c r="D140" s="2" t="s">
+      <c r="D140" s="2"/>
+      <c r="E140" s="2">
+        <v>845</v>
+      </c>
+      <c r="F140" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G140" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="H140" s="2" t="s">
         <v>466</v>
-      </c>
-[...10 lines deleted...]
-        <v>467</v>
       </c>
       <c r="I140" s="2">
         <v>70</v>
       </c>
       <c r="J140" s="2">
-        <v>64</v>
+        <v>67</v>
       </c>
       <c r="K140" s="2">
         <v>150</v>
       </c>
       <c r="L140" s="2">
-        <v>57</v>
+        <v>0</v>
       </c>
       <c r="M140" s="2">
         <v>0</v>
       </c>
       <c r="N140" s="2">
-        <v>207</v>
+        <v>150</v>
       </c>
     </row>
     <row r="141" spans="1:14">
       <c r="A141" s="2">
-        <v>112643</v>
+        <v>106772</v>
       </c>
       <c r="B141" s="2" t="s">
+        <v>467</v>
+      </c>
+      <c r="C141" s="2" t="s">
         <v>468</v>
       </c>
-      <c r="C141" s="2" t="s">
+      <c r="D141" s="2" t="s">
         <v>469</v>
       </c>
-      <c r="D141" s="2"/>
       <c r="E141" s="2">
-        <v>845</v>
+        <v>1369</v>
       </c>
       <c r="F141" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G141" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H141" s="2" t="s">
         <v>470</v>
       </c>
       <c r="I141" s="2">
         <v>70</v>
       </c>
       <c r="J141" s="2">
-        <v>67</v>
+        <v>64</v>
       </c>
       <c r="K141" s="2">
         <v>150</v>
       </c>
       <c r="L141" s="2">
-        <v>0</v>
+        <v>57</v>
       </c>
       <c r="M141" s="2">
         <v>0</v>
       </c>
       <c r="N141" s="2">
-        <v>150</v>
+        <v>207</v>
       </c>
     </row>
     <row r="142" spans="1:14">
       <c r="A142" s="2">
-        <v>106773</v>
+        <v>112644</v>
       </c>
       <c r="B142" s="2" t="s">
-        <v>358</v>
+        <v>230</v>
       </c>
       <c r="C142" s="2" t="s">
-        <v>359</v>
-[...3 lines deleted...]
-      </c>
+        <v>471</v>
+      </c>
+      <c r="D142" s="2"/>
       <c r="E142" s="2">
-        <v>606</v>
+        <v>1596</v>
       </c>
       <c r="F142" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G142" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H142" s="2" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="I142" s="2">
         <v>71</v>
       </c>
       <c r="J142" s="2">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="K142" s="2">
         <v>150</v>
       </c>
       <c r="L142" s="2">
-        <v>56</v>
+        <v>0</v>
       </c>
       <c r="M142" s="2">
         <v>0</v>
       </c>
       <c r="N142" s="2">
-        <v>206</v>
+        <v>150</v>
       </c>
     </row>
     <row r="143" spans="1:14">
       <c r="A143" s="2">
-        <v>112644</v>
+        <v>106773</v>
       </c>
       <c r="B143" s="2" t="s">
-        <v>230</v>
+        <v>362</v>
       </c>
       <c r="C143" s="2" t="s">
-        <v>472</v>
-[...1 lines deleted...]
-      <c r="D143" s="2"/>
+        <v>363</v>
+      </c>
+      <c r="D143" s="2" t="s">
+        <v>364</v>
+      </c>
       <c r="E143" s="2">
-        <v>1596</v>
+        <v>606</v>
       </c>
       <c r="F143" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G143" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H143" s="2" t="s">
         <v>473</v>
       </c>
       <c r="I143" s="2">
         <v>71</v>
       </c>
       <c r="J143" s="2">
-        <v>68</v>
+        <v>65</v>
       </c>
       <c r="K143" s="2">
         <v>150</v>
       </c>
       <c r="L143" s="2">
-        <v>0</v>
+        <v>56</v>
       </c>
       <c r="M143" s="2">
         <v>0</v>
       </c>
       <c r="N143" s="2">
-        <v>150</v>
+        <v>206</v>
       </c>
     </row>
     <row r="144" spans="1:14">
       <c r="A144" s="2">
         <v>112645</v>
       </c>
       <c r="B144" s="2" t="s">
         <v>474</v>
       </c>
       <c r="C144" s="2" t="s">
         <v>475</v>
       </c>
       <c r="D144" s="2"/>
       <c r="E144" s="2">
         <v>1088</v>
       </c>
       <c r="F144" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G144" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H144" s="2" t="s">
         <v>476</v>
       </c>
       <c r="I144" s="2">
         <v>72</v>
       </c>
       <c r="J144" s="2">
         <v>69</v>
       </c>
       <c r="K144" s="2">
         <v>150</v>
       </c>
       <c r="L144" s="2">
         <v>0</v>
       </c>
       <c r="M144" s="2">
         <v>0</v>
       </c>
       <c r="N144" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="145" spans="1:14">
       <c r="A145" s="2">
         <v>106774</v>
       </c>
       <c r="B145" s="2" t="s">
-        <v>89</v>
+        <v>85</v>
       </c>
       <c r="C145" s="2" t="s">
         <v>477</v>
       </c>
       <c r="D145" s="2" t="s">
         <v>478</v>
       </c>
       <c r="E145" s="2">
         <v>633</v>
       </c>
       <c r="F145" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G145" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H145" s="2" t="s">
         <v>479</v>
       </c>
       <c r="I145" s="2">
         <v>72</v>
       </c>
       <c r="J145" s="2">
         <v>66</v>
       </c>
       <c r="K145" s="2">
         <v>150</v>
       </c>
       <c r="L145" s="2">
         <v>55</v>
       </c>
       <c r="M145" s="2">
         <v>0</v>
       </c>
       <c r="N145" s="2">
         <v>205</v>
       </c>
     </row>
     <row r="146" spans="1:14">
       <c r="A146" s="2">
-        <v>106775</v>
+        <v>106839</v>
       </c>
       <c r="B146" s="2" t="s">
-        <v>310</v>
+        <v>480</v>
       </c>
       <c r="C146" s="2" t="s">
-        <v>311</v>
+        <v>481</v>
       </c>
       <c r="D146" s="2" t="s">
-        <v>312</v>
+        <v>482</v>
       </c>
       <c r="E146" s="2">
-        <v>1290</v>
+        <v>583</v>
       </c>
       <c r="F146" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G146" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H146" s="2" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="I146" s="2">
         <v>73</v>
       </c>
       <c r="J146" s="2">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c r="K146" s="2">
         <v>150</v>
       </c>
       <c r="L146" s="2">
-        <v>54</v>
+        <v>0</v>
       </c>
       <c r="M146" s="2">
         <v>0</v>
       </c>
       <c r="N146" s="2">
-        <v>204</v>
+        <v>150</v>
       </c>
     </row>
     <row r="147" spans="1:14">
       <c r="A147" s="2">
-        <v>106839</v>
+        <v>106775</v>
       </c>
       <c r="B147" s="2" t="s">
-        <v>481</v>
+        <v>310</v>
       </c>
       <c r="C147" s="2" t="s">
-        <v>482</v>
+        <v>311</v>
       </c>
       <c r="D147" s="2" t="s">
-        <v>483</v>
+        <v>312</v>
       </c>
       <c r="E147" s="2">
-        <v>583</v>
+        <v>1290</v>
       </c>
       <c r="F147" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G147" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H147" s="2" t="s">
         <v>484</v>
       </c>
       <c r="I147" s="2">
         <v>73</v>
       </c>
       <c r="J147" s="2">
-        <v>70</v>
+        <v>67</v>
       </c>
       <c r="K147" s="2">
         <v>150</v>
       </c>
       <c r="L147" s="2">
-        <v>0</v>
+        <v>54</v>
       </c>
       <c r="M147" s="2">
         <v>0</v>
       </c>
       <c r="N147" s="2">
-        <v>150</v>
+        <v>204</v>
       </c>
     </row>
     <row r="148" spans="1:14">
       <c r="A148" s="2">
-        <v>106776</v>
+        <v>106853</v>
       </c>
       <c r="B148" s="2" t="s">
-        <v>85</v>
+        <v>485</v>
       </c>
       <c r="C148" s="2" t="s">
-        <v>485</v>
+        <v>486</v>
       </c>
       <c r="D148" s="2" t="s">
-        <v>486</v>
+        <v>487</v>
       </c>
       <c r="E148" s="2">
-        <v>1211</v>
+        <v>1172</v>
       </c>
       <c r="F148" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G148" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H148" s="2" t="s">
-        <v>487</v>
+        <v>488</v>
       </c>
       <c r="I148" s="2">
         <v>74</v>
       </c>
       <c r="J148" s="2">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="K148" s="2">
         <v>150</v>
       </c>
       <c r="L148" s="2">
-        <v>53</v>
+        <v>0</v>
       </c>
       <c r="M148" s="2">
         <v>0</v>
       </c>
       <c r="N148" s="2">
-        <v>203</v>
+        <v>150</v>
       </c>
     </row>
     <row r="149" spans="1:14">
       <c r="A149" s="2">
-        <v>106853</v>
+        <v>106776</v>
       </c>
       <c r="B149" s="2" t="s">
-        <v>488</v>
+        <v>89</v>
       </c>
       <c r="C149" s="2" t="s">
         <v>489</v>
       </c>
       <c r="D149" s="2" t="s">
         <v>490</v>
       </c>
       <c r="E149" s="2">
-        <v>1172</v>
+        <v>1211</v>
       </c>
       <c r="F149" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G149" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H149" s="2" t="s">
         <v>491</v>
       </c>
       <c r="I149" s="2">
         <v>74</v>
       </c>
       <c r="J149" s="2">
-        <v>71</v>
+        <v>68</v>
       </c>
       <c r="K149" s="2">
         <v>150</v>
       </c>
       <c r="L149" s="2">
-        <v>0</v>
+        <v>53</v>
       </c>
       <c r="M149" s="2">
         <v>0</v>
       </c>
       <c r="N149" s="2">
-        <v>150</v>
+        <v>203</v>
       </c>
     </row>
     <row r="150" spans="1:14">
       <c r="A150" s="2">
         <v>106788</v>
       </c>
       <c r="B150" s="2" t="s">
         <v>310</v>
       </c>
       <c r="C150" s="2" t="s">
         <v>492</v>
       </c>
       <c r="D150" s="2" t="s">
         <v>493</v>
       </c>
       <c r="E150" s="2">
         <v>653</v>
       </c>
       <c r="F150" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G150" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H150" s="2" t="s">
@@ -12909,178 +12909,178 @@
       </c>
       <c r="J150" s="2">
         <v>72</v>
       </c>
       <c r="K150" s="2">
         <v>150</v>
       </c>
       <c r="L150" s="2">
         <v>0</v>
       </c>
       <c r="M150" s="2">
         <v>0</v>
       </c>
       <c r="N150" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="151" spans="1:14">
       <c r="A151" s="2">
         <v>106777</v>
       </c>
       <c r="B151" s="2" t="s">
         <v>495</v>
       </c>
       <c r="C151" s="2" t="s">
-        <v>318</v>
+        <v>321</v>
       </c>
       <c r="D151" s="2" t="s">
         <v>496</v>
       </c>
       <c r="E151" s="2">
         <v>765</v>
       </c>
       <c r="F151" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G151" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H151" s="2" t="s">
         <v>497</v>
       </c>
       <c r="I151" s="2">
         <v>75</v>
       </c>
       <c r="J151" s="2">
         <v>69</v>
       </c>
       <c r="K151" s="2">
         <v>150</v>
       </c>
       <c r="L151" s="2">
         <v>52</v>
       </c>
       <c r="M151" s="2">
         <v>0</v>
       </c>
       <c r="N151" s="2">
         <v>202</v>
       </c>
     </row>
     <row r="152" spans="1:14">
       <c r="A152" s="2">
-        <v>106778</v>
+        <v>112649</v>
       </c>
       <c r="B152" s="2" t="s">
-        <v>207</v>
+        <v>498</v>
       </c>
       <c r="C152" s="2" t="s">
-        <v>498</v>
-[...1 lines deleted...]
-      <c r="D152" s="2" t="s">
         <v>499</v>
       </c>
+      <c r="D152" s="2"/>
       <c r="E152" s="2">
-        <v>1485</v>
+        <v>688</v>
       </c>
       <c r="F152" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G152" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H152" s="2" t="s">
         <v>500</v>
       </c>
       <c r="I152" s="2">
         <v>76</v>
       </c>
       <c r="J152" s="2">
-        <v>70</v>
+        <v>73</v>
       </c>
       <c r="K152" s="2">
         <v>150</v>
       </c>
       <c r="L152" s="2">
-        <v>51</v>
+        <v>0</v>
       </c>
       <c r="M152" s="2">
         <v>0</v>
       </c>
       <c r="N152" s="2">
-        <v>201</v>
+        <v>150</v>
       </c>
     </row>
     <row r="153" spans="1:14">
       <c r="A153" s="2">
-        <v>112649</v>
+        <v>106778</v>
       </c>
       <c r="B153" s="2" t="s">
+        <v>207</v>
+      </c>
+      <c r="C153" s="2" t="s">
         <v>501</v>
       </c>
-      <c r="C153" s="2" t="s">
+      <c r="D153" s="2" t="s">
         <v>502</v>
       </c>
-      <c r="D153" s="2"/>
       <c r="E153" s="2">
-        <v>688</v>
+        <v>1485</v>
       </c>
       <c r="F153" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G153" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H153" s="2" t="s">
         <v>503</v>
       </c>
       <c r="I153" s="2">
         <v>76</v>
       </c>
       <c r="J153" s="2">
-        <v>73</v>
+        <v>70</v>
       </c>
       <c r="K153" s="2">
         <v>150</v>
       </c>
       <c r="L153" s="2">
-        <v>0</v>
+        <v>51</v>
       </c>
       <c r="M153" s="2">
         <v>0</v>
       </c>
       <c r="N153" s="2">
-        <v>150</v>
+        <v>201</v>
       </c>
     </row>
     <row r="154" spans="1:14">
       <c r="A154" s="2">
         <v>101302</v>
       </c>
       <c r="B154" s="2" t="s">
-        <v>85</v>
+        <v>89</v>
       </c>
       <c r="C154" s="2" t="s">
         <v>504</v>
       </c>
       <c r="D154" s="2" t="s">
         <v>505</v>
       </c>
       <c r="E154" s="2">
         <v>1597</v>
       </c>
       <c r="F154" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G154" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H154" s="2" t="s">
         <v>506</v>
       </c>
       <c r="I154" s="2">
         <v>77</v>
       </c>
       <c r="J154" s="2">
         <v>74</v>
       </c>
@@ -13127,214 +13127,214 @@
       </c>
       <c r="J155" s="2">
         <v>71</v>
       </c>
       <c r="K155" s="2">
         <v>150</v>
       </c>
       <c r="L155" s="2">
         <v>50</v>
       </c>
       <c r="M155" s="2">
         <v>0</v>
       </c>
       <c r="N155" s="2">
         <v>200</v>
       </c>
     </row>
     <row r="156" spans="1:14">
       <c r="A156" s="2">
         <v>109504</v>
       </c>
       <c r="B156" s="2" t="s">
         <v>510</v>
       </c>
       <c r="C156" s="2" t="s">
-        <v>118</v>
+        <v>122</v>
       </c>
       <c r="D156" s="2"/>
       <c r="E156" s="2">
         <v>1395</v>
       </c>
       <c r="F156" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G156" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H156" s="2" t="s">
         <v>511</v>
       </c>
       <c r="I156" s="2">
         <v>78</v>
       </c>
       <c r="J156" s="2">
         <v>75</v>
       </c>
       <c r="K156" s="2">
         <v>150</v>
       </c>
       <c r="L156" s="2">
         <v>0</v>
       </c>
       <c r="M156" s="2">
         <v>0</v>
       </c>
       <c r="N156" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="157" spans="1:14">
       <c r="A157" s="2">
         <v>106780</v>
       </c>
       <c r="B157" s="2" t="s">
         <v>512</v>
       </c>
       <c r="C157" s="2" t="s">
-        <v>118</v>
+        <v>122</v>
       </c>
       <c r="D157" s="2" t="s">
         <v>513</v>
       </c>
       <c r="E157" s="2">
         <v>1198</v>
       </c>
       <c r="F157" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G157" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H157" s="2" t="s">
         <v>514</v>
       </c>
       <c r="I157" s="2">
         <v>78</v>
       </c>
       <c r="J157" s="2">
         <v>72</v>
       </c>
       <c r="K157" s="2">
         <v>150</v>
       </c>
       <c r="L157" s="2">
         <v>49</v>
       </c>
       <c r="M157" s="2">
         <v>0</v>
       </c>
       <c r="N157" s="2">
         <v>199</v>
       </c>
     </row>
     <row r="158" spans="1:14">
       <c r="A158" s="2">
-        <v>106781</v>
+        <v>106859</v>
       </c>
       <c r="B158" s="2" t="s">
         <v>515</v>
       </c>
       <c r="C158" s="2" t="s">
         <v>516</v>
       </c>
       <c r="D158" s="2" t="s">
         <v>517</v>
       </c>
       <c r="E158" s="2">
-        <v>146</v>
+        <v>34</v>
       </c>
       <c r="F158" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G158" s="2" t="s">
-        <v>18</v>
+        <v>201</v>
       </c>
       <c r="H158" s="2" t="s">
         <v>518</v>
       </c>
       <c r="I158" s="2">
         <v>79</v>
       </c>
       <c r="J158" s="2">
-        <v>73</v>
+        <v>4</v>
       </c>
       <c r="K158" s="2">
         <v>150</v>
       </c>
       <c r="L158" s="2">
-        <v>48</v>
+        <v>0</v>
       </c>
       <c r="M158" s="2">
         <v>0</v>
       </c>
       <c r="N158" s="2">
-        <v>198</v>
+        <v>150</v>
       </c>
     </row>
     <row r="159" spans="1:14">
       <c r="A159" s="2">
-        <v>106859</v>
+        <v>106781</v>
       </c>
       <c r="B159" s="2" t="s">
         <v>519</v>
       </c>
       <c r="C159" s="2" t="s">
         <v>520</v>
       </c>
       <c r="D159" s="2" t="s">
         <v>521</v>
       </c>
       <c r="E159" s="2">
-        <v>34</v>
+        <v>146</v>
       </c>
       <c r="F159" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G159" s="2" t="s">
-        <v>205</v>
+        <v>18</v>
       </c>
       <c r="H159" s="2" t="s">
         <v>522</v>
       </c>
       <c r="I159" s="2">
         <v>79</v>
       </c>
       <c r="J159" s="2">
-        <v>4</v>
+        <v>73</v>
       </c>
       <c r="K159" s="2">
         <v>150</v>
       </c>
       <c r="L159" s="2">
-        <v>0</v>
+        <v>48</v>
       </c>
       <c r="M159" s="2">
         <v>0</v>
       </c>
       <c r="N159" s="2">
-        <v>150</v>
+        <v>198</v>
       </c>
     </row>
     <row r="160" spans="1:14">
       <c r="A160" s="2">
         <v>112652</v>
       </c>
       <c r="B160" s="2" t="s">
         <v>523</v>
       </c>
       <c r="C160" s="2" t="s">
         <v>524</v>
       </c>
       <c r="D160" s="2"/>
       <c r="E160" s="2">
         <v>979</v>
       </c>
       <c r="F160" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G160" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H160" s="2" t="s">
         <v>525</v>
       </c>
@@ -13472,1603 +13472,1603 @@
       </c>
       <c r="I163" s="2">
         <v>81</v>
       </c>
       <c r="J163" s="2">
         <v>75</v>
       </c>
       <c r="K163" s="2">
         <v>150</v>
       </c>
       <c r="L163" s="2">
         <v>46</v>
       </c>
       <c r="M163" s="2">
         <v>0</v>
       </c>
       <c r="N163" s="2">
         <v>196</v>
       </c>
     </row>
     <row r="164" spans="1:14">
       <c r="A164" s="2">
         <v>106784</v>
       </c>
       <c r="B164" s="2" t="s">
-        <v>262</v>
+        <v>258</v>
       </c>
       <c r="C164" s="2" t="s">
         <v>535</v>
       </c>
       <c r="D164" s="2" t="s">
         <v>536</v>
       </c>
       <c r="E164" s="2">
-        <v>123</v>
+        <v>129</v>
       </c>
       <c r="F164" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G164" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H164" s="2" t="s">
         <v>537</v>
       </c>
       <c r="I164" s="2">
         <v>82</v>
       </c>
       <c r="J164" s="2">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="K164" s="2">
         <v>150</v>
       </c>
       <c r="L164" s="2">
-        <v>45</v>
+        <v>0</v>
       </c>
       <c r="M164" s="2">
         <v>0</v>
       </c>
       <c r="N164" s="2">
-        <v>195</v>
+        <v>150</v>
       </c>
     </row>
     <row r="165" spans="1:14">
       <c r="A165" s="2">
         <v>106784</v>
       </c>
       <c r="B165" s="2" t="s">
-        <v>262</v>
+        <v>258</v>
       </c>
       <c r="C165" s="2" t="s">
         <v>535</v>
       </c>
       <c r="D165" s="2" t="s">
         <v>536</v>
       </c>
       <c r="E165" s="2">
-        <v>129</v>
+        <v>123</v>
       </c>
       <c r="F165" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G165" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H165" s="2" t="s">
         <v>538</v>
       </c>
       <c r="I165" s="2">
         <v>82</v>
       </c>
       <c r="J165" s="2">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="K165" s="2">
         <v>150</v>
       </c>
       <c r="L165" s="2">
-        <v>0</v>
+        <v>45</v>
       </c>
       <c r="M165" s="2">
         <v>0</v>
       </c>
       <c r="N165" s="2">
-        <v>150</v>
+        <v>195</v>
       </c>
     </row>
     <row r="166" spans="1:14">
       <c r="A166" s="2">
-        <v>112655</v>
+        <v>106785</v>
       </c>
       <c r="B166" s="2" t="s">
-        <v>430</v>
+        <v>539</v>
       </c>
       <c r="C166" s="2" t="s">
-        <v>539</v>
-[...1 lines deleted...]
-      <c r="D166" s="2"/>
+        <v>307</v>
+      </c>
+      <c r="D166" s="2" t="s">
+        <v>540</v>
+      </c>
       <c r="E166" s="2">
-        <v>1073</v>
+        <v>1317</v>
       </c>
       <c r="F166" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G166" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H166" s="2" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
       <c r="I166" s="2">
         <v>83</v>
       </c>
       <c r="J166" s="2">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="K166" s="2">
         <v>150</v>
       </c>
       <c r="L166" s="2">
-        <v>0</v>
+        <v>44</v>
       </c>
       <c r="M166" s="2">
         <v>0</v>
       </c>
       <c r="N166" s="2">
-        <v>150</v>
+        <v>194</v>
       </c>
     </row>
     <row r="167" spans="1:14">
       <c r="A167" s="2">
-        <v>106785</v>
+        <v>112655</v>
       </c>
       <c r="B167" s="2" t="s">
-        <v>541</v>
+        <v>426</v>
       </c>
       <c r="C167" s="2" t="s">
-        <v>307</v>
-[...1 lines deleted...]
-      <c r="D167" s="2" t="s">
         <v>542</v>
       </c>
+      <c r="D167" s="2"/>
       <c r="E167" s="2">
-        <v>1317</v>
+        <v>1073</v>
       </c>
       <c r="F167" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G167" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H167" s="2" t="s">
         <v>543</v>
       </c>
       <c r="I167" s="2">
         <v>83</v>
       </c>
       <c r="J167" s="2">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="K167" s="2">
         <v>150</v>
       </c>
       <c r="L167" s="2">
-        <v>44</v>
+        <v>0</v>
       </c>
       <c r="M167" s="2">
         <v>0</v>
       </c>
       <c r="N167" s="2">
-        <v>194</v>
+        <v>150</v>
       </c>
     </row>
     <row r="168" spans="1:14">
       <c r="A168" s="2">
-        <v>106786</v>
+        <v>112656</v>
       </c>
       <c r="B168" s="2" t="s">
-        <v>71</v>
+        <v>544</v>
       </c>
       <c r="C168" s="2" t="s">
-        <v>15</v>
-[...3 lines deleted...]
-      </c>
+        <v>545</v>
+      </c>
+      <c r="D168" s="2"/>
       <c r="E168" s="2">
-        <v>1350</v>
+        <v>1403</v>
       </c>
       <c r="F168" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G168" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H168" s="2" t="s">
-        <v>545</v>
+        <v>546</v>
       </c>
       <c r="I168" s="2">
         <v>84</v>
       </c>
       <c r="J168" s="2">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="K168" s="2">
         <v>150</v>
       </c>
       <c r="L168" s="2">
-        <v>43</v>
+        <v>0</v>
       </c>
       <c r="M168" s="2">
         <v>0</v>
       </c>
       <c r="N168" s="2">
-        <v>193</v>
+        <v>150</v>
       </c>
     </row>
     <row r="169" spans="1:14">
       <c r="A169" s="2">
-        <v>112656</v>
+        <v>106786</v>
       </c>
       <c r="B169" s="2" t="s">
-        <v>546</v>
+        <v>68</v>
       </c>
       <c r="C169" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="D169" s="2" t="s">
         <v>547</v>
       </c>
-      <c r="D169" s="2"/>
       <c r="E169" s="2">
-        <v>1403</v>
+        <v>1350</v>
       </c>
       <c r="F169" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G169" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H169" s="2" t="s">
         <v>548</v>
       </c>
       <c r="I169" s="2">
         <v>84</v>
       </c>
       <c r="J169" s="2">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="K169" s="2">
         <v>150</v>
       </c>
       <c r="L169" s="2">
-        <v>0</v>
+        <v>43</v>
       </c>
       <c r="M169" s="2">
         <v>0</v>
       </c>
       <c r="N169" s="2">
-        <v>150</v>
+        <v>193</v>
       </c>
     </row>
     <row r="170" spans="1:14">
       <c r="A170" s="2">
-        <v>106787</v>
+        <v>106822</v>
       </c>
       <c r="B170" s="2" t="s">
         <v>549</v>
       </c>
       <c r="C170" s="2" t="s">
         <v>550</v>
       </c>
       <c r="D170" s="2" t="s">
         <v>551</v>
       </c>
       <c r="E170" s="2">
-        <v>130</v>
+        <v>1188</v>
       </c>
       <c r="F170" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G170" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H170" s="2" t="s">
         <v>552</v>
       </c>
       <c r="I170" s="2">
         <v>85</v>
       </c>
       <c r="J170" s="2">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="K170" s="2">
         <v>150</v>
       </c>
       <c r="L170" s="2">
-        <v>42</v>
+        <v>0</v>
       </c>
       <c r="M170" s="2">
         <v>0</v>
       </c>
       <c r="N170" s="2">
-        <v>192</v>
+        <v>150</v>
       </c>
     </row>
     <row r="171" spans="1:14">
       <c r="A171" s="2">
-        <v>106822</v>
+        <v>106787</v>
       </c>
       <c r="B171" s="2" t="s">
         <v>553</v>
       </c>
       <c r="C171" s="2" t="s">
         <v>554</v>
       </c>
       <c r="D171" s="2" t="s">
         <v>555</v>
       </c>
       <c r="E171" s="2">
-        <v>1188</v>
+        <v>130</v>
       </c>
       <c r="F171" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G171" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H171" s="2" t="s">
         <v>556</v>
       </c>
       <c r="I171" s="2">
         <v>85</v>
       </c>
       <c r="J171" s="2">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="K171" s="2">
         <v>150</v>
       </c>
       <c r="L171" s="2">
-        <v>0</v>
+        <v>42</v>
       </c>
       <c r="M171" s="2">
         <v>0</v>
       </c>
       <c r="N171" s="2">
-        <v>150</v>
+        <v>192</v>
       </c>
     </row>
     <row r="172" spans="1:14">
       <c r="A172" s="2">
-        <v>112658</v>
+        <v>106788</v>
       </c>
       <c r="B172" s="2" t="s">
-        <v>474</v>
+        <v>310</v>
       </c>
       <c r="C172" s="2" t="s">
+        <v>492</v>
+      </c>
+      <c r="D172" s="2" t="s">
+        <v>493</v>
+      </c>
+      <c r="E172" s="2">
+        <v>1590</v>
+      </c>
+      <c r="F172" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G172" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="H172" s="2" t="s">
         <v>557</v>
-      </c>
-[...11 lines deleted...]
-        <v>558</v>
       </c>
       <c r="I172" s="2">
         <v>86</v>
       </c>
       <c r="J172" s="2">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="K172" s="2">
         <v>150</v>
       </c>
       <c r="L172" s="2">
-        <v>0</v>
+        <v>41</v>
       </c>
       <c r="M172" s="2">
         <v>0</v>
       </c>
       <c r="N172" s="2">
-        <v>150</v>
+        <v>191</v>
       </c>
     </row>
     <row r="173" spans="1:14">
       <c r="A173" s="2">
-        <v>106788</v>
+        <v>112658</v>
       </c>
       <c r="B173" s="2" t="s">
-        <v>310</v>
+        <v>474</v>
       </c>
       <c r="C173" s="2" t="s">
-        <v>492</v>
-[...3 lines deleted...]
-      </c>
+        <v>558</v>
+      </c>
+      <c r="D173" s="2"/>
       <c r="E173" s="2">
-        <v>1590</v>
+        <v>719</v>
       </c>
       <c r="F173" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G173" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H173" s="2" t="s">
         <v>559</v>
       </c>
       <c r="I173" s="2">
         <v>86</v>
       </c>
       <c r="J173" s="2">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="K173" s="2">
         <v>150</v>
       </c>
       <c r="L173" s="2">
-        <v>41</v>
+        <v>0</v>
       </c>
       <c r="M173" s="2">
         <v>0</v>
       </c>
       <c r="N173" s="2">
-        <v>191</v>
+        <v>150</v>
       </c>
     </row>
     <row r="174" spans="1:14">
       <c r="A174" s="2">
-        <v>106789</v>
+        <v>112659</v>
       </c>
       <c r="B174" s="2" t="s">
         <v>560</v>
       </c>
       <c r="C174" s="2" t="s">
         <v>561</v>
       </c>
-      <c r="D174" s="2" t="s">
+      <c r="D174" s="2"/>
+      <c r="E174" s="2">
+        <v>1198</v>
+      </c>
+      <c r="F174" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G174" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="H174" s="2" t="s">
         <v>562</v>
-      </c>
-[...10 lines deleted...]
-        <v>563</v>
       </c>
       <c r="I174" s="2">
         <v>87</v>
       </c>
       <c r="J174" s="2">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="K174" s="2">
         <v>150</v>
       </c>
       <c r="L174" s="2">
-        <v>40</v>
+        <v>0</v>
       </c>
       <c r="M174" s="2">
         <v>0</v>
       </c>
       <c r="N174" s="2">
-        <v>190</v>
+        <v>150</v>
       </c>
     </row>
     <row r="175" spans="1:14">
       <c r="A175" s="2">
-        <v>112659</v>
+        <v>106789</v>
       </c>
       <c r="B175" s="2" t="s">
+        <v>563</v>
+      </c>
+      <c r="C175" s="2" t="s">
         <v>564</v>
       </c>
-      <c r="C175" s="2" t="s">
+      <c r="D175" s="2" t="s">
         <v>565</v>
       </c>
-      <c r="D175" s="2"/>
       <c r="E175" s="2">
-        <v>1198</v>
+        <v>1413</v>
       </c>
       <c r="F175" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G175" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H175" s="2" t="s">
         <v>566</v>
       </c>
       <c r="I175" s="2">
         <v>87</v>
       </c>
       <c r="J175" s="2">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="K175" s="2">
         <v>150</v>
       </c>
       <c r="L175" s="2">
-        <v>0</v>
+        <v>40</v>
       </c>
       <c r="M175" s="2">
         <v>0</v>
       </c>
       <c r="N175" s="2">
-        <v>150</v>
+        <v>190</v>
       </c>
     </row>
     <row r="176" spans="1:14">
       <c r="A176" s="2">
-        <v>106790</v>
+        <v>106851</v>
       </c>
       <c r="B176" s="2" t="s">
-        <v>68</v>
+        <v>365</v>
       </c>
       <c r="C176" s="2" t="s">
         <v>567</v>
       </c>
       <c r="D176" s="2" t="s">
         <v>568</v>
       </c>
       <c r="E176" s="2">
-        <v>1531</v>
+        <v>1315</v>
       </c>
       <c r="F176" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G176" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H176" s="2" t="s">
         <v>569</v>
       </c>
       <c r="I176" s="2">
         <v>88</v>
       </c>
       <c r="J176" s="2">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="K176" s="2">
         <v>150</v>
       </c>
       <c r="L176" s="2">
-        <v>39</v>
+        <v>0</v>
       </c>
       <c r="M176" s="2">
         <v>0</v>
       </c>
       <c r="N176" s="2">
-        <v>189</v>
+        <v>150</v>
       </c>
     </row>
     <row r="177" spans="1:14">
       <c r="A177" s="2">
-        <v>106851</v>
+        <v>106790</v>
       </c>
       <c r="B177" s="2" t="s">
-        <v>365</v>
+        <v>72</v>
       </c>
       <c r="C177" s="2" t="s">
         <v>570</v>
       </c>
       <c r="D177" s="2" t="s">
         <v>571</v>
       </c>
       <c r="E177" s="2">
-        <v>1315</v>
+        <v>1531</v>
       </c>
       <c r="F177" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G177" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H177" s="2" t="s">
         <v>572</v>
       </c>
       <c r="I177" s="2">
         <v>88</v>
       </c>
       <c r="J177" s="2">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="K177" s="2">
         <v>150</v>
       </c>
       <c r="L177" s="2">
-        <v>0</v>
+        <v>39</v>
       </c>
       <c r="M177" s="2">
         <v>0</v>
       </c>
       <c r="N177" s="2">
-        <v>150</v>
+        <v>189</v>
       </c>
     </row>
     <row r="178" spans="1:14">
       <c r="A178" s="2">
-        <v>112661</v>
+        <v>106791</v>
       </c>
       <c r="B178" s="2" t="s">
         <v>573</v>
       </c>
       <c r="C178" s="2" t="s">
         <v>574</v>
       </c>
-      <c r="D178" s="2"/>
+      <c r="D178" s="2" t="s">
+        <v>575</v>
+      </c>
       <c r="E178" s="2">
-        <v>1111</v>
+        <v>1615</v>
       </c>
       <c r="F178" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G178" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H178" s="2" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
       <c r="I178" s="2">
         <v>89</v>
       </c>
       <c r="J178" s="2">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="K178" s="2">
         <v>150</v>
       </c>
       <c r="L178" s="2">
-        <v>0</v>
+        <v>38</v>
       </c>
       <c r="M178" s="2">
         <v>0</v>
       </c>
       <c r="N178" s="2">
-        <v>150</v>
+        <v>188</v>
       </c>
     </row>
     <row r="179" spans="1:14">
       <c r="A179" s="2">
-        <v>106791</v>
+        <v>112661</v>
       </c>
       <c r="B179" s="2" t="s">
-        <v>576</v>
+        <v>577</v>
       </c>
       <c r="C179" s="2" t="s">
-        <v>577</v>
-[...1 lines deleted...]
-      <c r="D179" s="2" t="s">
         <v>578</v>
       </c>
+      <c r="D179" s="2"/>
       <c r="E179" s="2">
-        <v>1615</v>
+        <v>1111</v>
       </c>
       <c r="F179" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G179" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H179" s="2" t="s">
         <v>579</v>
       </c>
       <c r="I179" s="2">
         <v>89</v>
       </c>
       <c r="J179" s="2">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="K179" s="2">
         <v>150</v>
       </c>
       <c r="L179" s="2">
-        <v>38</v>
+        <v>0</v>
       </c>
       <c r="M179" s="2">
         <v>0</v>
       </c>
       <c r="N179" s="2">
-        <v>188</v>
+        <v>150</v>
       </c>
     </row>
     <row r="180" spans="1:14">
       <c r="A180" s="2">
-        <v>106792</v>
+        <v>106801</v>
       </c>
       <c r="B180" s="2" t="s">
         <v>580</v>
       </c>
       <c r="C180" s="2" t="s">
-        <v>15</v>
+        <v>581</v>
       </c>
       <c r="D180" s="2" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
       <c r="E180" s="2">
-        <v>1320</v>
+        <v>865</v>
       </c>
       <c r="F180" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G180" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H180" s="2" t="s">
-        <v>582</v>
+        <v>583</v>
       </c>
       <c r="I180" s="2">
         <v>90</v>
       </c>
       <c r="J180" s="2">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="K180" s="2">
         <v>150</v>
       </c>
       <c r="L180" s="2">
-        <v>37</v>
+        <v>0</v>
       </c>
       <c r="M180" s="2">
         <v>0</v>
       </c>
       <c r="N180" s="2">
-        <v>187</v>
+        <v>150</v>
       </c>
     </row>
     <row r="181" spans="1:14">
       <c r="A181" s="2">
-        <v>106801</v>
+        <v>106792</v>
       </c>
       <c r="B181" s="2" t="s">
-        <v>583</v>
+        <v>584</v>
       </c>
       <c r="C181" s="2" t="s">
-        <v>584</v>
+        <v>15</v>
       </c>
       <c r="D181" s="2" t="s">
         <v>585</v>
       </c>
       <c r="E181" s="2">
-        <v>865</v>
+        <v>1320</v>
       </c>
       <c r="F181" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G181" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H181" s="2" t="s">
         <v>586</v>
       </c>
       <c r="I181" s="2">
         <v>90</v>
       </c>
       <c r="J181" s="2">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="K181" s="2">
         <v>150</v>
       </c>
       <c r="L181" s="2">
-        <v>0</v>
+        <v>37</v>
       </c>
       <c r="M181" s="2">
         <v>0</v>
       </c>
       <c r="N181" s="2">
-        <v>150</v>
+        <v>187</v>
       </c>
     </row>
     <row r="182" spans="1:14">
       <c r="A182" s="2">
-        <v>106793</v>
+        <v>112663</v>
       </c>
       <c r="B182" s="2" t="s">
-        <v>560</v>
+        <v>587</v>
       </c>
       <c r="C182" s="2" t="s">
-        <v>587</v>
-[...1 lines deleted...]
-      <c r="D182" s="2" t="s">
         <v>588</v>
       </c>
+      <c r="D182" s="2"/>
       <c r="E182" s="2">
-        <v>1670</v>
+        <v>200</v>
       </c>
       <c r="F182" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G182" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H182" s="2" t="s">
         <v>589</v>
       </c>
       <c r="I182" s="2">
         <v>91</v>
       </c>
       <c r="J182" s="2">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="K182" s="2">
         <v>150</v>
       </c>
       <c r="L182" s="2">
-        <v>36</v>
+        <v>0</v>
       </c>
       <c r="M182" s="2">
         <v>0</v>
       </c>
       <c r="N182" s="2">
-        <v>186</v>
+        <v>150</v>
       </c>
     </row>
     <row r="183" spans="1:14">
       <c r="A183" s="2">
-        <v>112663</v>
+        <v>106793</v>
       </c>
       <c r="B183" s="2" t="s">
+        <v>563</v>
+      </c>
+      <c r="C183" s="2" t="s">
         <v>590</v>
       </c>
-      <c r="C183" s="2" t="s">
+      <c r="D183" s="2" t="s">
         <v>591</v>
       </c>
-      <c r="D183" s="2"/>
       <c r="E183" s="2">
-        <v>200</v>
+        <v>1670</v>
       </c>
       <c r="F183" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G183" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H183" s="2" t="s">
         <v>592</v>
       </c>
       <c r="I183" s="2">
         <v>91</v>
       </c>
       <c r="J183" s="2">
-        <v>87</v>
+        <v>85</v>
       </c>
       <c r="K183" s="2">
         <v>150</v>
       </c>
       <c r="L183" s="2">
-        <v>0</v>
+        <v>36</v>
       </c>
       <c r="M183" s="2">
         <v>0</v>
       </c>
       <c r="N183" s="2">
-        <v>150</v>
+        <v>186</v>
       </c>
     </row>
     <row r="184" spans="1:14">
       <c r="A184" s="2">
-        <v>106754</v>
+        <v>106794</v>
       </c>
       <c r="B184" s="2" t="s">
-        <v>346</v>
+        <v>593</v>
       </c>
       <c r="C184" s="2" t="s">
-        <v>347</v>
+        <v>594</v>
       </c>
       <c r="D184" s="2" t="s">
-        <v>348</v>
+        <v>595</v>
       </c>
       <c r="E184" s="2">
-        <v>725</v>
+        <v>1410</v>
       </c>
       <c r="F184" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G184" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H184" s="2" t="s">
-        <v>593</v>
+        <v>596</v>
       </c>
       <c r="I184" s="2">
         <v>92</v>
       </c>
       <c r="J184" s="2">
-        <v>88</v>
+        <v>86</v>
       </c>
       <c r="K184" s="2">
         <v>150</v>
       </c>
       <c r="L184" s="2">
-        <v>0</v>
+        <v>35</v>
       </c>
       <c r="M184" s="2">
         <v>0</v>
       </c>
       <c r="N184" s="2">
-        <v>150</v>
+        <v>185</v>
       </c>
     </row>
     <row r="185" spans="1:14">
       <c r="A185" s="2">
-        <v>106794</v>
+        <v>106754</v>
       </c>
       <c r="B185" s="2" t="s">
-        <v>594</v>
+        <v>349</v>
       </c>
       <c r="C185" s="2" t="s">
-        <v>595</v>
+        <v>350</v>
       </c>
       <c r="D185" s="2" t="s">
-        <v>596</v>
+        <v>351</v>
       </c>
       <c r="E185" s="2">
-        <v>1410</v>
+        <v>725</v>
       </c>
       <c r="F185" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G185" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H185" s="2" t="s">
         <v>597</v>
       </c>
       <c r="I185" s="2">
         <v>92</v>
       </c>
       <c r="J185" s="2">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="K185" s="2">
         <v>150</v>
       </c>
       <c r="L185" s="2">
-        <v>35</v>
+        <v>0</v>
       </c>
       <c r="M185" s="2">
         <v>0</v>
       </c>
       <c r="N185" s="2">
-        <v>185</v>
+        <v>150</v>
       </c>
     </row>
     <row r="186" spans="1:14">
       <c r="A186" s="2">
-        <v>106795</v>
+        <v>112665</v>
       </c>
       <c r="B186" s="2" t="s">
         <v>598</v>
       </c>
       <c r="C186" s="2" t="s">
         <v>599</v>
       </c>
-      <c r="D186" s="2" t="s">
+      <c r="D186" s="2"/>
+      <c r="E186" s="2">
+        <v>1075</v>
+      </c>
+      <c r="F186" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G186" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="H186" s="2" t="s">
         <v>600</v>
-      </c>
-[...10 lines deleted...]
-        <v>601</v>
       </c>
       <c r="I186" s="2">
         <v>93</v>
       </c>
       <c r="J186" s="2">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="K186" s="2">
         <v>150</v>
       </c>
       <c r="L186" s="2">
-        <v>34</v>
+        <v>0</v>
       </c>
       <c r="M186" s="2">
         <v>0</v>
       </c>
       <c r="N186" s="2">
-        <v>184</v>
+        <v>150</v>
       </c>
     </row>
     <row r="187" spans="1:14">
       <c r="A187" s="2">
-        <v>112665</v>
+        <v>106795</v>
       </c>
       <c r="B187" s="2" t="s">
+        <v>601</v>
+      </c>
+      <c r="C187" s="2" t="s">
         <v>602</v>
       </c>
-      <c r="C187" s="2" t="s">
+      <c r="D187" s="2" t="s">
         <v>603</v>
       </c>
-      <c r="D187" s="2"/>
       <c r="E187" s="2">
-        <v>1075</v>
+        <v>811</v>
       </c>
       <c r="F187" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G187" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H187" s="2" t="s">
         <v>604</v>
       </c>
       <c r="I187" s="2">
         <v>93</v>
       </c>
       <c r="J187" s="2">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="K187" s="2">
         <v>150</v>
       </c>
       <c r="L187" s="2">
-        <v>0</v>
+        <v>34</v>
       </c>
       <c r="M187" s="2">
         <v>0</v>
       </c>
       <c r="N187" s="2">
-        <v>150</v>
+        <v>184</v>
       </c>
     </row>
     <row r="188" spans="1:14">
       <c r="A188" s="2">
-        <v>106796</v>
+        <v>112666</v>
       </c>
       <c r="B188" s="2" t="s">
         <v>605</v>
       </c>
       <c r="C188" s="2" t="s">
+        <v>532</v>
+      </c>
+      <c r="D188" s="2"/>
+      <c r="E188" s="2">
+        <v>1355</v>
+      </c>
+      <c r="F188" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G188" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="H188" s="2" t="s">
         <v>606</v>
-      </c>
-[...13 lines deleted...]
-        <v>608</v>
       </c>
       <c r="I188" s="2">
         <v>94</v>
       </c>
       <c r="J188" s="2">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="K188" s="2">
         <v>150</v>
       </c>
       <c r="L188" s="2">
-        <v>33</v>
+        <v>0</v>
       </c>
       <c r="M188" s="2">
         <v>0</v>
       </c>
       <c r="N188" s="2">
-        <v>183</v>
+        <v>150</v>
       </c>
     </row>
     <row r="189" spans="1:14">
       <c r="A189" s="2">
-        <v>112666</v>
+        <v>106796</v>
       </c>
       <c r="B189" s="2" t="s">
+        <v>607</v>
+      </c>
+      <c r="C189" s="2" t="s">
+        <v>608</v>
+      </c>
+      <c r="D189" s="2" t="s">
         <v>609</v>
       </c>
-      <c r="C189" s="2" t="s">
-[...2 lines deleted...]
-      <c r="D189" s="2"/>
       <c r="E189" s="2">
-        <v>1355</v>
+        <v>192</v>
       </c>
       <c r="F189" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G189" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H189" s="2" t="s">
         <v>610</v>
       </c>
       <c r="I189" s="2">
         <v>94</v>
       </c>
       <c r="J189" s="2">
-        <v>90</v>
+        <v>88</v>
       </c>
       <c r="K189" s="2">
         <v>150</v>
       </c>
       <c r="L189" s="2">
-        <v>0</v>
+        <v>33</v>
       </c>
       <c r="M189" s="2">
         <v>0</v>
       </c>
       <c r="N189" s="2">
-        <v>150</v>
+        <v>183</v>
       </c>
     </row>
     <row r="190" spans="1:14">
       <c r="A190" s="2">
-        <v>106890</v>
+        <v>106797</v>
       </c>
       <c r="B190" s="2" t="s">
+        <v>48</v>
+      </c>
+      <c r="C190" s="2" t="s">
         <v>611</v>
       </c>
-      <c r="C190" s="2" t="s">
+      <c r="D190" s="2" t="s">
         <v>612</v>
       </c>
-      <c r="D190" s="2" t="s">
+      <c r="E190" s="2">
+        <v>1286</v>
+      </c>
+      <c r="F190" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G190" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="H190" s="2" t="s">
         <v>613</v>
-      </c>
-[...10 lines deleted...]
-        <v>614</v>
       </c>
       <c r="I190" s="2">
         <v>95</v>
       </c>
       <c r="J190" s="2">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="K190" s="2">
         <v>150</v>
       </c>
       <c r="L190" s="2">
-        <v>0</v>
+        <v>32</v>
       </c>
       <c r="M190" s="2">
         <v>0</v>
       </c>
       <c r="N190" s="2">
-        <v>150</v>
+        <v>182</v>
       </c>
     </row>
     <row r="191" spans="1:14">
       <c r="A191" s="2">
-        <v>106797</v>
+        <v>106890</v>
       </c>
       <c r="B191" s="2" t="s">
-        <v>48</v>
+        <v>614</v>
       </c>
       <c r="C191" s="2" t="s">
         <v>615</v>
       </c>
       <c r="D191" s="2" t="s">
         <v>616</v>
       </c>
       <c r="E191" s="2">
-        <v>1286</v>
+        <v>959</v>
       </c>
       <c r="F191" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G191" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H191" s="2" t="s">
         <v>617</v>
       </c>
       <c r="I191" s="2">
         <v>95</v>
       </c>
       <c r="J191" s="2">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="K191" s="2">
         <v>150</v>
       </c>
       <c r="L191" s="2">
-        <v>32</v>
+        <v>0</v>
       </c>
       <c r="M191" s="2">
         <v>0</v>
       </c>
       <c r="N191" s="2">
-        <v>182</v>
+        <v>150</v>
       </c>
     </row>
     <row r="192" spans="1:14">
       <c r="A192" s="2">
-        <v>106798</v>
+        <v>112668</v>
       </c>
       <c r="B192" s="2" t="s">
-        <v>79</v>
+        <v>618</v>
       </c>
       <c r="C192" s="2" t="s">
-        <v>231</v>
-[...3 lines deleted...]
-      </c>
+        <v>619</v>
+      </c>
+      <c r="D192" s="2"/>
       <c r="E192" s="2">
-        <v>1114</v>
+        <v>901</v>
       </c>
       <c r="F192" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G192" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H192" s="2" t="s">
-        <v>619</v>
+        <v>620</v>
       </c>
       <c r="I192" s="2">
         <v>96</v>
       </c>
       <c r="J192" s="2">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="K192" s="2">
         <v>150</v>
       </c>
       <c r="L192" s="2">
-        <v>31</v>
+        <v>0</v>
       </c>
       <c r="M192" s="2">
         <v>0</v>
       </c>
       <c r="N192" s="2">
-        <v>181</v>
+        <v>150</v>
       </c>
     </row>
     <row r="193" spans="1:14">
       <c r="A193" s="2">
-        <v>112668</v>
+        <v>106798</v>
       </c>
       <c r="B193" s="2" t="s">
-        <v>620</v>
+        <v>79</v>
       </c>
       <c r="C193" s="2" t="s">
+        <v>231</v>
+      </c>
+      <c r="D193" s="2" t="s">
         <v>621</v>
       </c>
-      <c r="D193" s="2"/>
       <c r="E193" s="2">
-        <v>901</v>
+        <v>1114</v>
       </c>
       <c r="F193" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G193" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H193" s="2" t="s">
         <v>622</v>
       </c>
       <c r="I193" s="2">
         <v>96</v>
       </c>
       <c r="J193" s="2">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="K193" s="2">
         <v>150</v>
       </c>
       <c r="L193" s="2">
-        <v>0</v>
+        <v>31</v>
       </c>
       <c r="M193" s="2">
         <v>0</v>
       </c>
       <c r="N193" s="2">
-        <v>150</v>
+        <v>181</v>
       </c>
     </row>
     <row r="194" spans="1:14">
       <c r="A194" s="2">
-        <v>106799</v>
+        <v>112669</v>
       </c>
       <c r="B194" s="2" t="s">
         <v>623</v>
       </c>
       <c r="C194" s="2" t="s">
         <v>624</v>
       </c>
-      <c r="D194" s="2" t="s">
+      <c r="D194" s="2"/>
+      <c r="E194" s="2">
+        <v>544</v>
+      </c>
+      <c r="F194" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G194" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="H194" s="2" t="s">
         <v>625</v>
-      </c>
-[...10 lines deleted...]
-        <v>626</v>
       </c>
       <c r="I194" s="2">
         <v>97</v>
       </c>
       <c r="J194" s="2">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="K194" s="2">
         <v>150</v>
       </c>
       <c r="L194" s="2">
-        <v>30</v>
+        <v>0</v>
       </c>
       <c r="M194" s="2">
         <v>0</v>
       </c>
       <c r="N194" s="2">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="195" spans="1:14">
       <c r="A195" s="2">
-        <v>112669</v>
+        <v>106799</v>
       </c>
       <c r="B195" s="2" t="s">
+        <v>626</v>
+      </c>
+      <c r="C195" s="2" t="s">
         <v>627</v>
       </c>
-      <c r="C195" s="2" t="s">
+      <c r="D195" s="2" t="s">
         <v>628</v>
       </c>
-      <c r="D195" s="2"/>
       <c r="E195" s="2">
-        <v>544</v>
+        <v>1669</v>
       </c>
       <c r="F195" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G195" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H195" s="2" t="s">
         <v>629</v>
       </c>
       <c r="I195" s="2">
         <v>97</v>
       </c>
       <c r="J195" s="2">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="K195" s="2">
         <v>150</v>
       </c>
       <c r="L195" s="2">
-        <v>0</v>
+        <v>30</v>
       </c>
       <c r="M195" s="2">
         <v>0</v>
       </c>
       <c r="N195" s="2">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="196" spans="1:14">
       <c r="A196" s="2">
-        <v>112670</v>
+        <v>106800</v>
       </c>
       <c r="B196" s="2" t="s">
         <v>630</v>
       </c>
       <c r="C196" s="2" t="s">
-        <v>631</v>
+        <v>630</v>
       </c>
       <c r="D196" s="2"/>
       <c r="E196" s="2">
-        <v>1235</v>
+        <v>1646</v>
       </c>
       <c r="F196" s="2" t="s">
-        <v>17</v>
+        <v>631</v>
       </c>
       <c r="G196" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H196" s="2" t="s">
         <v>632</v>
       </c>
       <c r="I196" s="2">
         <v>98</v>
       </c>
       <c r="J196" s="2">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="K196" s="2">
         <v>150</v>
       </c>
       <c r="L196" s="2">
-        <v>0</v>
+        <v>29</v>
       </c>
       <c r="M196" s="2">
         <v>0</v>
       </c>
       <c r="N196" s="2">
-        <v>150</v>
+        <v>179</v>
       </c>
     </row>
     <row r="197" spans="1:14">
       <c r="A197" s="2">
-        <v>106800</v>
+        <v>112670</v>
       </c>
       <c r="B197" s="2" t="s">
         <v>633</v>
       </c>
       <c r="C197" s="2" t="s">
-        <v>633</v>
+        <v>634</v>
       </c>
       <c r="D197" s="2"/>
       <c r="E197" s="2">
-        <v>1646</v>
+        <v>1235</v>
       </c>
       <c r="F197" s="2" t="s">
-        <v>634</v>
+        <v>17</v>
       </c>
       <c r="G197" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H197" s="2" t="s">
         <v>635</v>
       </c>
       <c r="I197" s="2">
         <v>98</v>
       </c>
       <c r="J197" s="2">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="K197" s="2">
         <v>150</v>
       </c>
       <c r="L197" s="2">
-        <v>29</v>
+        <v>0</v>
       </c>
       <c r="M197" s="2">
         <v>0</v>
       </c>
       <c r="N197" s="2">
-        <v>179</v>
+        <v>150</v>
       </c>
     </row>
     <row r="198" spans="1:14">
       <c r="A198" s="2">
-        <v>101295</v>
+        <v>106801</v>
       </c>
       <c r="B198" s="2" t="s">
+        <v>580</v>
+      </c>
+      <c r="C198" s="2" t="s">
+        <v>581</v>
+      </c>
+      <c r="D198" s="2" t="s">
+        <v>582</v>
+      </c>
+      <c r="E198" s="2">
+        <v>976</v>
+      </c>
+      <c r="F198" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G198" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="H198" s="2" t="s">
         <v>636</v>
-      </c>
-[...16 lines deleted...]
-        <v>639</v>
       </c>
       <c r="I198" s="2">
         <v>99</v>
       </c>
       <c r="J198" s="2">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="K198" s="2">
         <v>150</v>
       </c>
       <c r="L198" s="2">
-        <v>0</v>
+        <v>28</v>
       </c>
       <c r="M198" s="2">
         <v>0</v>
       </c>
       <c r="N198" s="2">
-        <v>150</v>
+        <v>178</v>
       </c>
     </row>
     <row r="199" spans="1:14">
       <c r="A199" s="2">
-        <v>106801</v>
+        <v>101295</v>
       </c>
       <c r="B199" s="2" t="s">
-        <v>583</v>
+        <v>637</v>
       </c>
       <c r="C199" s="2" t="s">
-        <v>584</v>
+        <v>638</v>
       </c>
       <c r="D199" s="2" t="s">
-        <v>585</v>
+        <v>639</v>
       </c>
       <c r="E199" s="2">
-        <v>976</v>
+        <v>1212</v>
       </c>
       <c r="F199" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G199" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H199" s="2" t="s">
         <v>640</v>
       </c>
       <c r="I199" s="2">
         <v>99</v>
       </c>
       <c r="J199" s="2">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="K199" s="2">
         <v>150</v>
       </c>
       <c r="L199" s="2">
-        <v>28</v>
+        <v>0</v>
       </c>
       <c r="M199" s="2">
         <v>0</v>
       </c>
       <c r="N199" s="2">
-        <v>178</v>
+        <v>150</v>
       </c>
     </row>
     <row r="200" spans="1:14">
       <c r="A200" s="2">
         <v>106802</v>
       </c>
       <c r="B200" s="2" t="s">
         <v>641</v>
       </c>
       <c r="C200" s="2" t="s">
         <v>642</v>
       </c>
       <c r="D200" s="2" t="s">
         <v>643</v>
       </c>
       <c r="E200" s="2">
         <v>851</v>
       </c>
       <c r="F200" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G200" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H200" s="2" t="s">
@@ -15079,256 +15079,256 @@
       </c>
       <c r="J200" s="2">
         <v>94</v>
       </c>
       <c r="K200" s="2">
         <v>150</v>
       </c>
       <c r="L200" s="2">
         <v>27</v>
       </c>
       <c r="M200" s="2">
         <v>0</v>
       </c>
       <c r="N200" s="2">
         <v>177</v>
       </c>
     </row>
     <row r="201" spans="1:14">
       <c r="A201" s="2">
         <v>106770</v>
       </c>
       <c r="B201" s="2" t="s">
         <v>125</v>
       </c>
       <c r="C201" s="2" t="s">
-        <v>450</v>
+        <v>454</v>
       </c>
       <c r="D201" s="2" t="s">
-        <v>451</v>
+        <v>455</v>
       </c>
       <c r="E201" s="2">
         <v>1267</v>
       </c>
       <c r="F201" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G201" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H201" s="2" t="s">
         <v>645</v>
       </c>
       <c r="I201" s="2">
         <v>100</v>
       </c>
       <c r="J201" s="2">
         <v>96</v>
       </c>
       <c r="K201" s="2">
         <v>150</v>
       </c>
       <c r="L201" s="2">
         <v>0</v>
       </c>
       <c r="M201" s="2">
         <v>0</v>
       </c>
       <c r="N201" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="202" spans="1:14">
       <c r="A202" s="2">
-        <v>112673</v>
+        <v>106803</v>
       </c>
       <c r="B202" s="2" t="s">
         <v>646</v>
       </c>
       <c r="C202" s="2" t="s">
         <v>647</v>
       </c>
-      <c r="D202" s="2"/>
+      <c r="D202" s="2" t="s">
+        <v>648</v>
+      </c>
       <c r="E202" s="2">
-        <v>1370</v>
+        <v>938</v>
       </c>
       <c r="F202" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G202" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H202" s="2" t="s">
-        <v>648</v>
+        <v>649</v>
       </c>
       <c r="I202" s="2">
         <v>101</v>
       </c>
       <c r="J202" s="2">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="K202" s="2">
         <v>150</v>
       </c>
       <c r="L202" s="2">
-        <v>0</v>
+        <v>26</v>
       </c>
       <c r="M202" s="2">
         <v>0</v>
       </c>
       <c r="N202" s="2">
-        <v>150</v>
+        <v>176</v>
       </c>
     </row>
     <row r="203" spans="1:14">
       <c r="A203" s="2">
-        <v>106803</v>
+        <v>112673</v>
       </c>
       <c r="B203" s="2" t="s">
-        <v>649</v>
+        <v>650</v>
       </c>
       <c r="C203" s="2" t="s">
-        <v>650</v>
-[...1 lines deleted...]
-      <c r="D203" s="2" t="s">
         <v>651</v>
       </c>
+      <c r="D203" s="2"/>
       <c r="E203" s="2">
-        <v>938</v>
+        <v>1370</v>
       </c>
       <c r="F203" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G203" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H203" s="2" t="s">
         <v>652</v>
       </c>
       <c r="I203" s="2">
         <v>101</v>
       </c>
       <c r="J203" s="2">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="K203" s="2">
         <v>150</v>
       </c>
       <c r="L203" s="2">
-        <v>26</v>
+        <v>0</v>
       </c>
       <c r="M203" s="2">
         <v>0</v>
       </c>
       <c r="N203" s="2">
-        <v>176</v>
+        <v>150</v>
       </c>
     </row>
     <row r="204" spans="1:14">
       <c r="A204" s="2">
-        <v>112674</v>
+        <v>106804</v>
       </c>
       <c r="B204" s="2" t="s">
         <v>653</v>
       </c>
       <c r="C204" s="2" t="s">
         <v>654</v>
       </c>
-      <c r="D204" s="2"/>
+      <c r="D204" s="2" t="s">
+        <v>655</v>
+      </c>
       <c r="E204" s="2">
-        <v>940</v>
+        <v>1467</v>
       </c>
       <c r="F204" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G204" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H204" s="2" t="s">
-        <v>655</v>
+        <v>656</v>
       </c>
       <c r="I204" s="2">
         <v>102</v>
       </c>
       <c r="J204" s="2">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="K204" s="2">
         <v>150</v>
       </c>
       <c r="L204" s="2">
-        <v>0</v>
+        <v>25</v>
       </c>
       <c r="M204" s="2">
         <v>0</v>
       </c>
       <c r="N204" s="2">
-        <v>150</v>
+        <v>175</v>
       </c>
     </row>
     <row r="205" spans="1:14">
       <c r="A205" s="2">
-        <v>106804</v>
+        <v>112674</v>
       </c>
       <c r="B205" s="2" t="s">
-        <v>656</v>
+        <v>657</v>
       </c>
       <c r="C205" s="2" t="s">
-        <v>657</v>
-[...1 lines deleted...]
-      <c r="D205" s="2" t="s">
         <v>658</v>
       </c>
+      <c r="D205" s="2"/>
       <c r="E205" s="2">
-        <v>1467</v>
+        <v>940</v>
       </c>
       <c r="F205" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G205" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H205" s="2" t="s">
         <v>659</v>
       </c>
       <c r="I205" s="2">
         <v>102</v>
       </c>
       <c r="J205" s="2">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="K205" s="2">
         <v>150</v>
       </c>
       <c r="L205" s="2">
-        <v>25</v>
+        <v>0</v>
       </c>
       <c r="M205" s="2">
         <v>0</v>
       </c>
       <c r="N205" s="2">
-        <v>175</v>
+        <v>150</v>
       </c>
     </row>
     <row r="206" spans="1:14">
       <c r="A206" s="2">
         <v>101381</v>
       </c>
       <c r="B206" s="2" t="s">
         <v>660</v>
       </c>
       <c r="C206" s="2" t="s">
         <v>661</v>
       </c>
       <c r="D206" s="2" t="s">
         <v>662</v>
       </c>
       <c r="E206" s="2">
         <v>1323</v>
       </c>
       <c r="F206" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G206" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H206" s="2" t="s">
@@ -15378,240 +15378,240 @@
       </c>
       <c r="I207" s="2">
         <v>103</v>
       </c>
       <c r="J207" s="2">
         <v>99</v>
       </c>
       <c r="K207" s="2">
         <v>150</v>
       </c>
       <c r="L207" s="2">
         <v>0</v>
       </c>
       <c r="M207" s="2">
         <v>0</v>
       </c>
       <c r="N207" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="208" spans="1:14">
       <c r="A208" s="2">
         <v>106795</v>
       </c>
       <c r="B208" s="2" t="s">
-        <v>598</v>
+        <v>601</v>
       </c>
       <c r="C208" s="2" t="s">
-        <v>599</v>
+        <v>602</v>
       </c>
       <c r="D208" s="2" t="s">
-        <v>600</v>
+        <v>603</v>
       </c>
       <c r="E208" s="2">
         <v>671</v>
       </c>
       <c r="F208" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G208" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H208" s="2" t="s">
         <v>667</v>
       </c>
       <c r="I208" s="2">
         <v>104</v>
       </c>
       <c r="J208" s="2">
         <v>100</v>
       </c>
       <c r="K208" s="2">
         <v>150</v>
       </c>
       <c r="L208" s="2">
         <v>0</v>
       </c>
       <c r="M208" s="2">
         <v>0</v>
       </c>
       <c r="N208" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="209" spans="1:14">
       <c r="A209" s="2">
         <v>106806</v>
       </c>
       <c r="B209" s="2" t="s">
-        <v>636</v>
+        <v>637</v>
       </c>
       <c r="C209" s="2" t="s">
         <v>668</v>
       </c>
       <c r="D209" s="2" t="s">
         <v>669</v>
       </c>
       <c r="E209" s="2">
         <v>1126</v>
       </c>
       <c r="F209" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G209" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H209" s="2" t="s">
         <v>670</v>
       </c>
       <c r="I209" s="2">
         <v>104</v>
       </c>
       <c r="J209" s="2">
         <v>98</v>
       </c>
       <c r="K209" s="2">
         <v>150</v>
       </c>
       <c r="L209" s="2">
         <v>23</v>
       </c>
       <c r="M209" s="2">
         <v>0</v>
       </c>
       <c r="N209" s="2">
         <v>173</v>
       </c>
     </row>
     <row r="210" spans="1:14">
       <c r="A210" s="2">
-        <v>112677</v>
+        <v>106807</v>
       </c>
       <c r="B210" s="2" t="s">
         <v>671</v>
       </c>
       <c r="C210" s="2" t="s">
         <v>672</v>
       </c>
-      <c r="D210" s="2"/>
+      <c r="D210" s="2" t="s">
+        <v>673</v>
+      </c>
       <c r="E210" s="2">
-        <v>1352</v>
+        <v>1420</v>
       </c>
       <c r="F210" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G210" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H210" s="2" t="s">
-        <v>673</v>
+        <v>674</v>
       </c>
       <c r="I210" s="2">
         <v>105</v>
       </c>
       <c r="J210" s="2">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="K210" s="2">
         <v>150</v>
       </c>
       <c r="L210" s="2">
-        <v>0</v>
+        <v>22</v>
       </c>
       <c r="M210" s="2">
         <v>0</v>
       </c>
       <c r="N210" s="2">
-        <v>150</v>
+        <v>172</v>
       </c>
     </row>
     <row r="211" spans="1:14">
       <c r="A211" s="2">
-        <v>106807</v>
+        <v>112677</v>
       </c>
       <c r="B211" s="2" t="s">
-        <v>674</v>
+        <v>675</v>
       </c>
       <c r="C211" s="2" t="s">
-        <v>675</v>
-[...1 lines deleted...]
-      <c r="D211" s="2" t="s">
         <v>676</v>
       </c>
+      <c r="D211" s="2"/>
       <c r="E211" s="2">
-        <v>1420</v>
+        <v>1352</v>
       </c>
       <c r="F211" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G211" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H211" s="2" t="s">
         <v>677</v>
       </c>
       <c r="I211" s="2">
         <v>105</v>
       </c>
       <c r="J211" s="2">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="K211" s="2">
         <v>150</v>
       </c>
       <c r="L211" s="2">
-        <v>22</v>
+        <v>0</v>
       </c>
       <c r="M211" s="2">
         <v>0</v>
       </c>
       <c r="N211" s="2">
-        <v>172</v>
+        <v>150</v>
       </c>
     </row>
     <row r="212" spans="1:14">
       <c r="A212" s="2">
         <v>106808</v>
       </c>
       <c r="B212" s="2" t="s">
         <v>678</v>
       </c>
       <c r="C212" s="2" t="s">
         <v>679</v>
       </c>
       <c r="D212" s="2" t="s">
         <v>680</v>
       </c>
       <c r="E212" s="2">
         <v>25</v>
       </c>
       <c r="F212" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G212" s="2" t="s">
-        <v>205</v>
+        <v>201</v>
       </c>
       <c r="H212" s="2" t="s">
         <v>681</v>
       </c>
       <c r="I212" s="2">
         <v>106</v>
       </c>
       <c r="J212" s="2">
         <v>7</v>
       </c>
       <c r="K212" s="2">
         <v>150</v>
       </c>
       <c r="L212" s="2">
         <v>240</v>
       </c>
       <c r="M212" s="2">
         <v>0</v>
       </c>
       <c r="N212" s="2">
         <v>390</v>
       </c>
     </row>
     <row r="213" spans="1:14">
       <c r="A213" s="2">
@@ -15692,337 +15692,337 @@
       <c r="L214" s="2">
         <v>0</v>
       </c>
       <c r="M214" s="2">
         <v>0</v>
       </c>
       <c r="N214" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="215" spans="1:14">
       <c r="A215" s="2">
         <v>102409</v>
       </c>
       <c r="B215" s="2" t="s">
         <v>369</v>
       </c>
       <c r="C215" s="2" t="s">
         <v>370</v>
       </c>
       <c r="D215" s="2"/>
       <c r="E215" s="2">
         <v>1650</v>
       </c>
       <c r="F215" s="2" t="s">
-        <v>148</v>
+        <v>144</v>
       </c>
       <c r="G215" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H215" s="2" t="s">
         <v>689</v>
       </c>
       <c r="I215" s="2">
         <v>107</v>
       </c>
       <c r="J215" s="2">
         <v>100</v>
       </c>
       <c r="K215" s="2">
         <v>0</v>
       </c>
       <c r="L215" s="2">
         <v>0</v>
       </c>
       <c r="M215" s="2">
         <v>0</v>
       </c>
       <c r="N215" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="216" spans="1:14">
       <c r="A216" s="2">
-        <v>106809</v>
+        <v>106874</v>
       </c>
       <c r="B216" s="2" t="s">
+        <v>117</v>
+      </c>
+      <c r="C216" s="2" t="s">
         <v>690</v>
-      </c>
-[...1 lines deleted...]
-        <v>118</v>
       </c>
       <c r="D216" s="2" t="s">
         <v>691</v>
       </c>
       <c r="E216" s="2">
-        <v>900</v>
+        <v>903</v>
       </c>
       <c r="F216" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G216" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H216" s="2" t="s">
         <v>692</v>
       </c>
       <c r="I216" s="2">
         <v>108</v>
       </c>
       <c r="J216" s="2">
-        <v>101</v>
+        <v>104</v>
       </c>
       <c r="K216" s="2">
         <v>150</v>
       </c>
       <c r="L216" s="2">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="M216" s="2">
         <v>0</v>
       </c>
       <c r="N216" s="2">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="217" spans="1:14">
       <c r="A217" s="2">
-        <v>106874</v>
+        <v>106809</v>
       </c>
       <c r="B217" s="2" t="s">
-        <v>121</v>
+        <v>693</v>
       </c>
       <c r="C217" s="2" t="s">
-        <v>693</v>
+        <v>122</v>
       </c>
       <c r="D217" s="2" t="s">
         <v>694</v>
       </c>
       <c r="E217" s="2">
-        <v>903</v>
+        <v>900</v>
       </c>
       <c r="F217" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G217" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H217" s="2" t="s">
         <v>695</v>
       </c>
       <c r="I217" s="2">
         <v>108</v>
       </c>
       <c r="J217" s="2">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="K217" s="2">
         <v>150</v>
       </c>
       <c r="L217" s="2">
-        <v>0</v>
+        <v>20</v>
       </c>
       <c r="M217" s="2">
         <v>0</v>
       </c>
       <c r="N217" s="2">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="218" spans="1:14">
       <c r="A218" s="2">
-        <v>112681</v>
+        <v>106810</v>
       </c>
       <c r="B218" s="2" t="s">
+        <v>601</v>
+      </c>
+      <c r="C218" s="2" t="s">
         <v>696</v>
       </c>
-      <c r="C218" s="2" t="s">
+      <c r="D218" s="2" t="s">
         <v>697</v>
       </c>
-      <c r="D218" s="2"/>
       <c r="E218" s="2">
-        <v>268</v>
+        <v>1583</v>
       </c>
       <c r="F218" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G218" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H218" s="2" t="s">
         <v>698</v>
       </c>
       <c r="I218" s="2">
         <v>109</v>
       </c>
       <c r="J218" s="2">
-        <v>105</v>
+        <v>102</v>
       </c>
       <c r="K218" s="2">
         <v>150</v>
       </c>
       <c r="L218" s="2">
-        <v>0</v>
+        <v>20</v>
       </c>
       <c r="M218" s="2">
         <v>0</v>
       </c>
       <c r="N218" s="2">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="219" spans="1:14">
       <c r="A219" s="2">
-        <v>106810</v>
+        <v>112681</v>
       </c>
       <c r="B219" s="2" t="s">
-        <v>598</v>
+        <v>699</v>
       </c>
       <c r="C219" s="2" t="s">
-        <v>699</v>
-[...1 lines deleted...]
-      <c r="D219" s="2" t="s">
         <v>700</v>
       </c>
+      <c r="D219" s="2"/>
       <c r="E219" s="2">
-        <v>1583</v>
+        <v>268</v>
       </c>
       <c r="F219" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G219" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H219" s="2" t="s">
         <v>701</v>
       </c>
       <c r="I219" s="2">
         <v>109</v>
       </c>
       <c r="J219" s="2">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="K219" s="2">
         <v>150</v>
       </c>
       <c r="L219" s="2">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="M219" s="2">
         <v>0</v>
       </c>
       <c r="N219" s="2">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="220" spans="1:14">
       <c r="A220" s="2">
-        <v>106811</v>
+        <v>106809</v>
       </c>
       <c r="B220" s="2" t="s">
+        <v>693</v>
+      </c>
+      <c r="C220" s="2" t="s">
+        <v>122</v>
+      </c>
+      <c r="D220" s="2" t="s">
+        <v>694</v>
+      </c>
+      <c r="E220" s="2">
+        <v>777</v>
+      </c>
+      <c r="F220" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G220" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="H220" s="2" t="s">
         <v>702</v>
-      </c>
-[...16 lines deleted...]
-        <v>704</v>
       </c>
       <c r="I220" s="2">
         <v>110</v>
       </c>
       <c r="J220" s="2">
-        <v>103</v>
+        <v>106</v>
       </c>
       <c r="K220" s="2">
         <v>150</v>
       </c>
       <c r="L220" s="2">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="M220" s="2">
         <v>0</v>
       </c>
       <c r="N220" s="2">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="221" spans="1:14">
       <c r="A221" s="2">
-        <v>106809</v>
+        <v>106811</v>
       </c>
       <c r="B221" s="2" t="s">
-        <v>690</v>
+        <v>703</v>
       </c>
       <c r="C221" s="2" t="s">
-        <v>118</v>
+        <v>558</v>
       </c>
       <c r="D221" s="2" t="s">
-        <v>691</v>
+        <v>704</v>
       </c>
       <c r="E221" s="2">
-        <v>777</v>
+        <v>186</v>
       </c>
       <c r="F221" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G221" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H221" s="2" t="s">
         <v>705</v>
       </c>
       <c r="I221" s="2">
         <v>110</v>
       </c>
       <c r="J221" s="2">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="K221" s="2">
         <v>150</v>
       </c>
       <c r="L221" s="2">
-        <v>0</v>
+        <v>20</v>
       </c>
       <c r="M221" s="2">
         <v>0</v>
       </c>
       <c r="N221" s="2">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="222" spans="1:14">
       <c r="A222" s="2">
         <v>106812</v>
       </c>
       <c r="B222" s="2" t="s">
         <v>706</v>
       </c>
       <c r="C222" s="2" t="s">
         <v>707</v>
       </c>
       <c r="D222" s="2" t="s">
         <v>708</v>
       </c>
       <c r="E222" s="2">
         <v>1153</v>
       </c>
       <c r="F222" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G222" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H222" s="2" t="s">
@@ -16030,783 +16030,783 @@
       </c>
       <c r="I222" s="2">
         <v>111</v>
       </c>
       <c r="J222" s="2">
         <v>104</v>
       </c>
       <c r="K222" s="2">
         <v>150</v>
       </c>
       <c r="L222" s="2">
         <v>20</v>
       </c>
       <c r="M222" s="2">
         <v>0</v>
       </c>
       <c r="N222" s="2">
         <v>170</v>
       </c>
     </row>
     <row r="223" spans="1:14">
       <c r="A223" s="2">
         <v>106776</v>
       </c>
       <c r="B223" s="2" t="s">
-        <v>85</v>
+        <v>89</v>
       </c>
       <c r="C223" s="2" t="s">
-        <v>485</v>
+        <v>489</v>
       </c>
       <c r="D223" s="2" t="s">
-        <v>486</v>
+        <v>490</v>
       </c>
       <c r="E223" s="2">
         <v>1115</v>
       </c>
       <c r="F223" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G223" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H223" s="2" t="s">
         <v>710</v>
       </c>
       <c r="I223" s="2">
         <v>111</v>
       </c>
       <c r="J223" s="2">
         <v>107</v>
       </c>
       <c r="K223" s="2">
         <v>150</v>
       </c>
       <c r="L223" s="2">
         <v>0</v>
       </c>
       <c r="M223" s="2">
         <v>0</v>
       </c>
       <c r="N223" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="224" spans="1:14">
       <c r="A224" s="2">
-        <v>106856</v>
+        <v>106813</v>
       </c>
       <c r="B224" s="2" t="s">
         <v>711</v>
       </c>
       <c r="C224" s="2" t="s">
         <v>712</v>
       </c>
       <c r="D224" s="2" t="s">
         <v>713</v>
       </c>
       <c r="E224" s="2">
-        <v>952</v>
+        <v>2174</v>
       </c>
       <c r="F224" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G224" s="2" t="s">
-        <v>18</v>
+        <v>201</v>
       </c>
       <c r="H224" s="2" t="s">
         <v>714</v>
       </c>
       <c r="I224" s="2">
         <v>112</v>
       </c>
       <c r="J224" s="2">
-        <v>108</v>
+        <v>8</v>
       </c>
       <c r="K224" s="2">
         <v>150</v>
       </c>
       <c r="L224" s="2">
-        <v>0</v>
+        <v>230</v>
       </c>
       <c r="M224" s="2">
         <v>0</v>
       </c>
       <c r="N224" s="2">
-        <v>150</v>
+        <v>380</v>
       </c>
     </row>
     <row r="225" spans="1:14">
       <c r="A225" s="2">
-        <v>106813</v>
+        <v>106856</v>
       </c>
       <c r="B225" s="2" t="s">
         <v>715</v>
       </c>
       <c r="C225" s="2" t="s">
         <v>716</v>
       </c>
       <c r="D225" s="2" t="s">
         <v>717</v>
       </c>
       <c r="E225" s="2">
-        <v>2174</v>
+        <v>952</v>
       </c>
       <c r="F225" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G225" s="2" t="s">
-        <v>205</v>
+        <v>18</v>
       </c>
       <c r="H225" s="2" t="s">
         <v>718</v>
       </c>
       <c r="I225" s="2">
         <v>112</v>
       </c>
       <c r="J225" s="2">
-        <v>8</v>
+        <v>108</v>
       </c>
       <c r="K225" s="2">
         <v>150</v>
       </c>
       <c r="L225" s="2">
-        <v>230</v>
+        <v>0</v>
       </c>
       <c r="M225" s="2">
         <v>0</v>
       </c>
       <c r="N225" s="2">
-        <v>380</v>
+        <v>150</v>
       </c>
     </row>
     <row r="226" spans="1:14">
       <c r="A226" s="2">
-        <v>106814</v>
+        <v>106815</v>
       </c>
       <c r="B226" s="2" t="s">
-        <v>273</v>
+        <v>56</v>
       </c>
       <c r="C226" s="2" t="s">
-        <v>274</v>
+        <v>719</v>
       </c>
       <c r="D226" s="2" t="s">
-        <v>275</v>
+        <v>720</v>
       </c>
       <c r="E226" s="2">
-        <v>208</v>
+        <v>577</v>
       </c>
       <c r="F226" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G226" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H226" s="2" t="s">
-        <v>719</v>
+        <v>721</v>
       </c>
       <c r="I226" s="2">
         <v>113</v>
       </c>
       <c r="J226" s="2">
-        <v>105</v>
+        <v>109</v>
       </c>
       <c r="K226" s="2">
         <v>150</v>
       </c>
       <c r="L226" s="2">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="M226" s="2">
         <v>0</v>
       </c>
       <c r="N226" s="2">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="227" spans="1:14">
       <c r="A227" s="2">
-        <v>106815</v>
+        <v>106814</v>
       </c>
       <c r="B227" s="2" t="s">
-        <v>53</v>
+        <v>273</v>
       </c>
       <c r="C227" s="2" t="s">
-        <v>720</v>
+        <v>274</v>
       </c>
       <c r="D227" s="2" t="s">
-        <v>721</v>
+        <v>275</v>
       </c>
       <c r="E227" s="2">
-        <v>577</v>
+        <v>208</v>
       </c>
       <c r="F227" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G227" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H227" s="2" t="s">
         <v>722</v>
       </c>
       <c r="I227" s="2">
         <v>113</v>
       </c>
       <c r="J227" s="2">
-        <v>109</v>
+        <v>105</v>
       </c>
       <c r="K227" s="2">
         <v>150</v>
       </c>
       <c r="L227" s="2">
-        <v>0</v>
+        <v>20</v>
       </c>
       <c r="M227" s="2">
         <v>0</v>
       </c>
       <c r="N227" s="2">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="228" spans="1:14">
       <c r="A228" s="2">
         <v>106815</v>
       </c>
       <c r="B228" s="2" t="s">
-        <v>53</v>
+        <v>56</v>
       </c>
       <c r="C228" s="2" t="s">
+        <v>719</v>
+      </c>
+      <c r="D228" s="2" t="s">
         <v>720</v>
-      </c>
-[...1 lines deleted...]
-        <v>721</v>
       </c>
       <c r="E228" s="2">
         <v>725</v>
       </c>
       <c r="F228" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G228" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H228" s="2" t="s">
         <v>723</v>
       </c>
       <c r="I228" s="2">
         <v>114</v>
       </c>
       <c r="J228" s="2">
         <v>106</v>
       </c>
       <c r="K228" s="2">
         <v>150</v>
       </c>
       <c r="L228" s="2">
         <v>20</v>
       </c>
       <c r="M228" s="2">
         <v>0</v>
       </c>
       <c r="N228" s="2">
         <v>170</v>
       </c>
     </row>
     <row r="229" spans="1:14">
       <c r="A229" s="2">
         <v>110567</v>
       </c>
       <c r="B229" s="2" t="s">
-        <v>85</v>
+        <v>89</v>
       </c>
       <c r="C229" s="2" t="s">
         <v>724</v>
       </c>
       <c r="D229" s="2"/>
       <c r="E229" s="2">
         <v>954</v>
       </c>
       <c r="F229" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G229" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H229" s="2" t="s">
         <v>725</v>
       </c>
       <c r="I229" s="2">
         <v>114</v>
       </c>
       <c r="J229" s="2">
         <v>110</v>
       </c>
       <c r="K229" s="2">
         <v>150</v>
       </c>
       <c r="L229" s="2">
         <v>0</v>
       </c>
       <c r="M229" s="2">
         <v>0</v>
       </c>
       <c r="N229" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="230" spans="1:14">
       <c r="A230" s="2">
-        <v>106897</v>
+        <v>106816</v>
       </c>
       <c r="B230" s="2" t="s">
-        <v>121</v>
+        <v>539</v>
       </c>
       <c r="C230" s="2" t="s">
-        <v>97</v>
+        <v>726</v>
       </c>
       <c r="D230" s="2" t="s">
-        <v>726</v>
+        <v>727</v>
       </c>
       <c r="E230" s="2">
-        <v>950</v>
+        <v>816</v>
       </c>
       <c r="F230" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G230" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H230" s="2" t="s">
-        <v>727</v>
+        <v>728</v>
       </c>
       <c r="I230" s="2">
         <v>115</v>
       </c>
       <c r="J230" s="2">
-        <v>111</v>
+        <v>107</v>
       </c>
       <c r="K230" s="2">
         <v>150</v>
       </c>
       <c r="L230" s="2">
-        <v>0</v>
+        <v>20</v>
       </c>
       <c r="M230" s="2">
         <v>0</v>
       </c>
       <c r="N230" s="2">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="231" spans="1:14">
       <c r="A231" s="2">
-        <v>106816</v>
+        <v>106897</v>
       </c>
       <c r="B231" s="2" t="s">
-        <v>541</v>
+        <v>117</v>
       </c>
       <c r="C231" s="2" t="s">
-        <v>728</v>
+        <v>97</v>
       </c>
       <c r="D231" s="2" t="s">
         <v>729</v>
       </c>
       <c r="E231" s="2">
-        <v>816</v>
+        <v>950</v>
       </c>
       <c r="F231" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G231" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H231" s="2" t="s">
         <v>730</v>
       </c>
       <c r="I231" s="2">
         <v>115</v>
       </c>
       <c r="J231" s="2">
-        <v>107</v>
+        <v>111</v>
       </c>
       <c r="K231" s="2">
         <v>150</v>
       </c>
       <c r="L231" s="2">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="M231" s="2">
         <v>0</v>
       </c>
       <c r="N231" s="2">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="232" spans="1:14">
       <c r="A232" s="2">
-        <v>106817</v>
+        <v>106827</v>
       </c>
       <c r="B232" s="2" t="s">
-        <v>96</v>
+        <v>731</v>
       </c>
       <c r="C232" s="2" t="s">
-        <v>731</v>
+        <v>307</v>
       </c>
       <c r="D232" s="2" t="s">
         <v>732</v>
       </c>
       <c r="E232" s="2">
-        <v>173</v>
+        <v>559</v>
       </c>
       <c r="F232" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G232" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H232" s="2" t="s">
         <v>733</v>
       </c>
       <c r="I232" s="2">
         <v>116</v>
       </c>
       <c r="J232" s="2">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="K232" s="2">
         <v>150</v>
       </c>
       <c r="L232" s="2">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="M232" s="2">
         <v>0</v>
       </c>
       <c r="N232" s="2">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="233" spans="1:14">
       <c r="A233" s="2">
-        <v>106827</v>
+        <v>106817</v>
       </c>
       <c r="B233" s="2" t="s">
+        <v>96</v>
+      </c>
+      <c r="C233" s="2" t="s">
         <v>734</v>
-      </c>
-[...1 lines deleted...]
-        <v>307</v>
       </c>
       <c r="D233" s="2" t="s">
         <v>735</v>
       </c>
       <c r="E233" s="2">
-        <v>559</v>
+        <v>173</v>
       </c>
       <c r="F233" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G233" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H233" s="2" t="s">
         <v>736</v>
       </c>
       <c r="I233" s="2">
         <v>116</v>
       </c>
       <c r="J233" s="2">
-        <v>112</v>
+        <v>108</v>
       </c>
       <c r="K233" s="2">
         <v>150</v>
       </c>
       <c r="L233" s="2">
-        <v>0</v>
+        <v>20</v>
       </c>
       <c r="M233" s="2">
         <v>0</v>
       </c>
       <c r="N233" s="2">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="234" spans="1:14">
       <c r="A234" s="2">
         <v>106818</v>
       </c>
       <c r="B234" s="2" t="s">
         <v>737</v>
       </c>
       <c r="C234" s="2" t="s">
         <v>738</v>
       </c>
       <c r="D234" s="2" t="s">
         <v>739</v>
       </c>
       <c r="E234" s="2">
         <v>2033</v>
       </c>
       <c r="F234" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G234" s="2" t="s">
-        <v>205</v>
+        <v>201</v>
       </c>
       <c r="H234" s="2" t="s">
         <v>740</v>
       </c>
       <c r="I234" s="2">
         <v>117</v>
       </c>
       <c r="J234" s="2">
         <v>9</v>
       </c>
       <c r="K234" s="2">
         <v>150</v>
       </c>
       <c r="L234" s="2">
         <v>220</v>
       </c>
       <c r="M234" s="2">
         <v>0</v>
       </c>
       <c r="N234" s="2">
         <v>370</v>
       </c>
     </row>
     <row r="235" spans="1:14">
       <c r="A235" s="2">
         <v>112689</v>
       </c>
       <c r="B235" s="2" t="s">
         <v>741</v>
       </c>
       <c r="C235" s="2" t="s">
-        <v>69</v>
+        <v>73</v>
       </c>
       <c r="D235" s="2"/>
       <c r="E235" s="2">
         <v>1148</v>
       </c>
       <c r="F235" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G235" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H235" s="2" t="s">
         <v>742</v>
       </c>
       <c r="I235" s="2">
         <v>117</v>
       </c>
       <c r="J235" s="2">
         <v>113</v>
       </c>
       <c r="K235" s="2">
         <v>150</v>
       </c>
       <c r="L235" s="2">
         <v>0</v>
       </c>
       <c r="M235" s="2">
         <v>0</v>
       </c>
       <c r="N235" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="236" spans="1:14">
       <c r="A236" s="2">
-        <v>112690</v>
+        <v>106819</v>
       </c>
       <c r="B236" s="2" t="s">
-        <v>191</v>
+        <v>743</v>
       </c>
       <c r="C236" s="2" t="s">
-        <v>743</v>
-[...1 lines deleted...]
-      <c r="D236" s="2"/>
+        <v>504</v>
+      </c>
+      <c r="D236" s="2" t="s">
+        <v>744</v>
+      </c>
       <c r="E236" s="2">
-        <v>1638</v>
+        <v>926</v>
       </c>
       <c r="F236" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G236" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H236" s="2" t="s">
-        <v>744</v>
+        <v>745</v>
       </c>
       <c r="I236" s="2">
         <v>118</v>
       </c>
       <c r="J236" s="2">
-        <v>114</v>
+        <v>109</v>
       </c>
       <c r="K236" s="2">
         <v>150</v>
       </c>
       <c r="L236" s="2">
-        <v>0</v>
+        <v>20</v>
       </c>
       <c r="M236" s="2">
         <v>0</v>
       </c>
       <c r="N236" s="2">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="237" spans="1:14">
       <c r="A237" s="2">
-        <v>106819</v>
+        <v>112690</v>
       </c>
       <c r="B237" s="2" t="s">
-        <v>745</v>
+        <v>194</v>
       </c>
       <c r="C237" s="2" t="s">
-        <v>504</v>
-[...1 lines deleted...]
-      <c r="D237" s="2" t="s">
         <v>746</v>
       </c>
+      <c r="D237" s="2"/>
       <c r="E237" s="2">
-        <v>926</v>
+        <v>1638</v>
       </c>
       <c r="F237" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G237" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H237" s="2" t="s">
         <v>747</v>
       </c>
       <c r="I237" s="2">
         <v>118</v>
       </c>
       <c r="J237" s="2">
-        <v>109</v>
+        <v>114</v>
       </c>
       <c r="K237" s="2">
         <v>150</v>
       </c>
       <c r="L237" s="2">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="M237" s="2">
         <v>0</v>
       </c>
       <c r="N237" s="2">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="238" spans="1:14">
       <c r="A238" s="2">
-        <v>106820</v>
+        <v>112691</v>
       </c>
       <c r="B238" s="2" t="s">
+        <v>544</v>
+      </c>
+      <c r="C238" s="2" t="s">
         <v>748</v>
       </c>
-      <c r="C238" s="2" t="s">
+      <c r="D238" s="2"/>
+      <c r="E238" s="2">
+        <v>1545</v>
+      </c>
+      <c r="F238" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G238" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="H238" s="2" t="s">
         <v>749</v>
-      </c>
-[...13 lines deleted...]
-        <v>751</v>
       </c>
       <c r="I238" s="2">
         <v>119</v>
       </c>
       <c r="J238" s="2">
-        <v>110</v>
+        <v>115</v>
       </c>
       <c r="K238" s="2">
         <v>150</v>
       </c>
       <c r="L238" s="2">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="M238" s="2">
         <v>0</v>
       </c>
       <c r="N238" s="2">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="239" spans="1:14">
       <c r="A239" s="2">
-        <v>112691</v>
+        <v>106820</v>
       </c>
       <c r="B239" s="2" t="s">
-        <v>546</v>
+        <v>750</v>
       </c>
       <c r="C239" s="2" t="s">
+        <v>751</v>
+      </c>
+      <c r="D239" s="2" t="s">
         <v>752</v>
       </c>
-      <c r="D239" s="2"/>
       <c r="E239" s="2">
-        <v>1545</v>
+        <v>1579</v>
       </c>
       <c r="F239" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G239" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H239" s="2" t="s">
         <v>753</v>
       </c>
       <c r="I239" s="2">
         <v>119</v>
       </c>
       <c r="J239" s="2">
-        <v>115</v>
+        <v>110</v>
       </c>
       <c r="K239" s="2">
         <v>150</v>
       </c>
       <c r="L239" s="2">
-        <v>0</v>
+        <v>20</v>
       </c>
       <c r="M239" s="2">
         <v>0</v>
       </c>
       <c r="N239" s="2">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="240" spans="1:14">
       <c r="A240" s="2">
         <v>106821</v>
       </c>
       <c r="B240" s="2" t="s">
         <v>527</v>
       </c>
       <c r="C240" s="2" t="s">
         <v>754</v>
       </c>
       <c r="D240" s="2" t="s">
         <v>755</v>
       </c>
       <c r="E240" s="2">
         <v>979</v>
       </c>
       <c r="F240" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G240" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H240" s="2" t="s">
@@ -16853,786 +16853,786 @@
       </c>
       <c r="H241" s="2" t="s">
         <v>759</v>
       </c>
       <c r="I241" s="2">
         <v>120</v>
       </c>
       <c r="J241" s="2">
         <v>116</v>
       </c>
       <c r="K241" s="2">
         <v>150</v>
       </c>
       <c r="L241" s="2">
         <v>0</v>
       </c>
       <c r="M241" s="2">
         <v>0</v>
       </c>
       <c r="N241" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="242" spans="1:14">
       <c r="A242" s="2">
-        <v>108046</v>
+        <v>106822</v>
       </c>
       <c r="B242" s="2" t="s">
+        <v>549</v>
+      </c>
+      <c r="C242" s="2" t="s">
+        <v>550</v>
+      </c>
+      <c r="D242" s="2" t="s">
+        <v>551</v>
+      </c>
+      <c r="E242" s="2">
+        <v>143</v>
+      </c>
+      <c r="F242" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G242" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="H242" s="2" t="s">
         <v>760</v>
-      </c>
-[...14 lines deleted...]
-        <v>762</v>
       </c>
       <c r="I242" s="2">
         <v>121</v>
       </c>
       <c r="J242" s="2">
-        <v>5</v>
+        <v>112</v>
       </c>
       <c r="K242" s="2">
         <v>150</v>
       </c>
       <c r="L242" s="2">
-        <v>400</v>
+        <v>20</v>
       </c>
       <c r="M242" s="2">
         <v>0</v>
       </c>
       <c r="N242" s="2">
-        <v>550</v>
+        <v>170</v>
       </c>
     </row>
     <row r="243" spans="1:14">
       <c r="A243" s="2">
-        <v>106822</v>
+        <v>108046</v>
       </c>
       <c r="B243" s="2" t="s">
-        <v>553</v>
+        <v>761</v>
       </c>
       <c r="C243" s="2" t="s">
-        <v>554</v>
-[...3 lines deleted...]
-      </c>
+        <v>762</v>
+      </c>
+      <c r="D243" s="2"/>
       <c r="E243" s="2">
-        <v>143</v>
+        <v>37</v>
       </c>
       <c r="F243" s="2" t="s">
-        <v>17</v>
+        <v>34</v>
       </c>
       <c r="G243" s="2" t="s">
-        <v>18</v>
+        <v>201</v>
       </c>
       <c r="H243" s="2" t="s">
         <v>763</v>
       </c>
       <c r="I243" s="2">
         <v>121</v>
       </c>
       <c r="J243" s="2">
-        <v>112</v>
+        <v>5</v>
       </c>
       <c r="K243" s="2">
         <v>150</v>
       </c>
       <c r="L243" s="2">
-        <v>20</v>
+        <v>400</v>
       </c>
       <c r="M243" s="2">
         <v>0</v>
       </c>
       <c r="N243" s="2">
-        <v>170</v>
+        <v>550</v>
       </c>
     </row>
     <row r="244" spans="1:14">
       <c r="A244" s="2">
-        <v>106823</v>
+        <v>112693</v>
       </c>
       <c r="B244" s="2" t="s">
         <v>764</v>
       </c>
       <c r="C244" s="2" t="s">
-        <v>72</v>
-[...1 lines deleted...]
-      <c r="D244" s="2" t="s">
+        <v>37</v>
+      </c>
+      <c r="D244" s="2"/>
+      <c r="E244" s="2">
+        <v>1141</v>
+      </c>
+      <c r="F244" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G244" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="H244" s="2" t="s">
         <v>765</v>
-      </c>
-[...10 lines deleted...]
-        <v>766</v>
       </c>
       <c r="I244" s="2">
         <v>122</v>
       </c>
       <c r="J244" s="2">
-        <v>113</v>
+        <v>117</v>
       </c>
       <c r="K244" s="2">
         <v>150</v>
       </c>
       <c r="L244" s="2">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="M244" s="2">
         <v>0</v>
       </c>
       <c r="N244" s="2">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="245" spans="1:14">
       <c r="A245" s="2">
-        <v>112693</v>
+        <v>106823</v>
       </c>
       <c r="B245" s="2" t="s">
+        <v>766</v>
+      </c>
+      <c r="C245" s="2" t="s">
+        <v>69</v>
+      </c>
+      <c r="D245" s="2" t="s">
         <v>767</v>
       </c>
-      <c r="C245" s="2" t="s">
-[...2 lines deleted...]
-      <c r="D245" s="2"/>
       <c r="E245" s="2">
-        <v>1141</v>
+        <v>1048</v>
       </c>
       <c r="F245" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G245" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H245" s="2" t="s">
         <v>768</v>
       </c>
       <c r="I245" s="2">
         <v>122</v>
       </c>
       <c r="J245" s="2">
-        <v>117</v>
+        <v>113</v>
       </c>
       <c r="K245" s="2">
         <v>150</v>
       </c>
       <c r="L245" s="2">
-        <v>0</v>
+        <v>20</v>
       </c>
       <c r="M245" s="2">
         <v>0</v>
       </c>
       <c r="N245" s="2">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="246" spans="1:14">
       <c r="A246" s="2">
-        <v>106824</v>
+        <v>112694</v>
       </c>
       <c r="B246" s="2" t="s">
-        <v>233</v>
+        <v>769</v>
       </c>
       <c r="C246" s="2" t="s">
-        <v>234</v>
-[...3 lines deleted...]
-      </c>
+        <v>770</v>
+      </c>
+      <c r="D246" s="2"/>
       <c r="E246" s="2">
-        <v>21</v>
+        <v>2029</v>
       </c>
       <c r="F246" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G246" s="2" t="s">
-        <v>205</v>
+        <v>201</v>
       </c>
       <c r="H246" s="2" t="s">
-        <v>769</v>
+        <v>771</v>
       </c>
       <c r="I246" s="2">
         <v>123</v>
       </c>
       <c r="J246" s="2">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="K246" s="2">
         <v>150</v>
       </c>
       <c r="L246" s="2">
-        <v>210</v>
+        <v>0</v>
       </c>
       <c r="M246" s="2">
         <v>0</v>
       </c>
       <c r="N246" s="2">
-        <v>360</v>
+        <v>150</v>
       </c>
     </row>
     <row r="247" spans="1:14">
       <c r="A247" s="2">
-        <v>112694</v>
+        <v>106824</v>
       </c>
       <c r="B247" s="2" t="s">
-        <v>770</v>
+        <v>237</v>
       </c>
       <c r="C247" s="2" t="s">
-        <v>771</v>
-[...1 lines deleted...]
-      <c r="D247" s="2"/>
+        <v>238</v>
+      </c>
+      <c r="D247" s="2" t="s">
+        <v>239</v>
+      </c>
       <c r="E247" s="2">
-        <v>2029</v>
+        <v>21</v>
       </c>
       <c r="F247" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G247" s="2" t="s">
-        <v>205</v>
+        <v>201</v>
       </c>
       <c r="H247" s="2" t="s">
         <v>772</v>
       </c>
       <c r="I247" s="2">
         <v>123</v>
       </c>
       <c r="J247" s="2">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="K247" s="2">
         <v>150</v>
       </c>
       <c r="L247" s="2">
-        <v>0</v>
+        <v>210</v>
       </c>
       <c r="M247" s="2">
         <v>0</v>
       </c>
       <c r="N247" s="2">
-        <v>150</v>
+        <v>360</v>
       </c>
     </row>
     <row r="248" spans="1:14">
       <c r="A248" s="2">
-        <v>106825</v>
+        <v>112695</v>
       </c>
       <c r="B248" s="2" t="s">
-        <v>155</v>
+        <v>773</v>
       </c>
       <c r="C248" s="2" t="s">
-        <v>72</v>
-[...3 lines deleted...]
-      </c>
+        <v>774</v>
+      </c>
+      <c r="D248" s="2"/>
       <c r="E248" s="2">
-        <v>1565</v>
+        <v>1159</v>
       </c>
       <c r="F248" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G248" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H248" s="2" t="s">
-        <v>774</v>
+        <v>775</v>
       </c>
       <c r="I248" s="2">
         <v>124</v>
       </c>
       <c r="J248" s="2">
-        <v>114</v>
+        <v>118</v>
       </c>
       <c r="K248" s="2">
         <v>150</v>
       </c>
       <c r="L248" s="2">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="M248" s="2">
         <v>0</v>
       </c>
       <c r="N248" s="2">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="249" spans="1:14">
       <c r="A249" s="2">
-        <v>112695</v>
+        <v>106825</v>
       </c>
       <c r="B249" s="2" t="s">
-        <v>775</v>
+        <v>159</v>
       </c>
       <c r="C249" s="2" t="s">
+        <v>69</v>
+      </c>
+      <c r="D249" s="2" t="s">
         <v>776</v>
       </c>
-      <c r="D249" s="2"/>
       <c r="E249" s="2">
-        <v>1159</v>
+        <v>1565</v>
       </c>
       <c r="F249" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G249" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H249" s="2" t="s">
         <v>777</v>
       </c>
       <c r="I249" s="2">
         <v>124</v>
       </c>
       <c r="J249" s="2">
-        <v>118</v>
+        <v>114</v>
       </c>
       <c r="K249" s="2">
         <v>150</v>
       </c>
       <c r="L249" s="2">
-        <v>0</v>
+        <v>20</v>
       </c>
       <c r="M249" s="2">
         <v>0</v>
       </c>
       <c r="N249" s="2">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="250" spans="1:14">
       <c r="A250" s="2">
-        <v>106826</v>
+        <v>112696</v>
       </c>
       <c r="B250" s="2" t="s">
+        <v>346</v>
+      </c>
+      <c r="C250" s="2" t="s">
+        <v>465</v>
+      </c>
+      <c r="D250" s="2"/>
+      <c r="E250" s="2">
+        <v>609</v>
+      </c>
+      <c r="F250" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G250" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="H250" s="2" t="s">
         <v>778</v>
-      </c>
-[...16 lines deleted...]
-        <v>780</v>
       </c>
       <c r="I250" s="2">
         <v>125</v>
       </c>
       <c r="J250" s="2">
-        <v>115</v>
+        <v>119</v>
       </c>
       <c r="K250" s="2">
         <v>150</v>
       </c>
       <c r="L250" s="2">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="M250" s="2">
         <v>0</v>
       </c>
       <c r="N250" s="2">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="251" spans="1:14">
       <c r="A251" s="2">
-        <v>112696</v>
+        <v>106826</v>
       </c>
       <c r="B251" s="2" t="s">
-        <v>350</v>
+        <v>779</v>
       </c>
       <c r="C251" s="2" t="s">
-        <v>469</v>
-[...1 lines deleted...]
-      <c r="D251" s="2"/>
+        <v>122</v>
+      </c>
+      <c r="D251" s="2" t="s">
+        <v>780</v>
+      </c>
       <c r="E251" s="2">
-        <v>609</v>
+        <v>1408</v>
       </c>
       <c r="F251" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G251" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H251" s="2" t="s">
         <v>781</v>
       </c>
       <c r="I251" s="2">
         <v>125</v>
       </c>
       <c r="J251" s="2">
-        <v>119</v>
+        <v>115</v>
       </c>
       <c r="K251" s="2">
         <v>150</v>
       </c>
       <c r="L251" s="2">
-        <v>0</v>
+        <v>20</v>
       </c>
       <c r="M251" s="2">
         <v>0</v>
       </c>
       <c r="N251" s="2">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="252" spans="1:14">
       <c r="A252" s="2">
-        <v>106827</v>
+        <v>112697</v>
       </c>
       <c r="B252" s="2" t="s">
-        <v>734</v>
+        <v>782</v>
       </c>
       <c r="C252" s="2" t="s">
-        <v>307</v>
-[...3 lines deleted...]
-      </c>
+        <v>783</v>
+      </c>
+      <c r="D252" s="2"/>
       <c r="E252" s="2">
-        <v>700</v>
+        <v>776</v>
       </c>
       <c r="F252" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G252" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H252" s="2" t="s">
-        <v>782</v>
+        <v>784</v>
       </c>
       <c r="I252" s="2">
         <v>126</v>
       </c>
       <c r="J252" s="2">
-        <v>116</v>
+        <v>120</v>
       </c>
       <c r="K252" s="2">
         <v>150</v>
       </c>
       <c r="L252" s="2">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="M252" s="2">
         <v>0</v>
       </c>
       <c r="N252" s="2">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="253" spans="1:14">
       <c r="A253" s="2">
-        <v>112697</v>
+        <v>106827</v>
       </c>
       <c r="B253" s="2" t="s">
-        <v>783</v>
+        <v>731</v>
       </c>
       <c r="C253" s="2" t="s">
-        <v>784</v>
-[...1 lines deleted...]
-      <c r="D253" s="2"/>
+        <v>307</v>
+      </c>
+      <c r="D253" s="2" t="s">
+        <v>732</v>
+      </c>
       <c r="E253" s="2">
-        <v>776</v>
+        <v>700</v>
       </c>
       <c r="F253" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G253" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H253" s="2" t="s">
         <v>785</v>
       </c>
       <c r="I253" s="2">
         <v>126</v>
       </c>
       <c r="J253" s="2">
-        <v>120</v>
+        <v>116</v>
       </c>
       <c r="K253" s="2">
         <v>150</v>
       </c>
       <c r="L253" s="2">
-        <v>0</v>
+        <v>20</v>
       </c>
       <c r="M253" s="2">
         <v>0</v>
       </c>
       <c r="N253" s="2">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="254" spans="1:14">
       <c r="A254" s="2">
-        <v>106828</v>
+        <v>112698</v>
       </c>
       <c r="B254" s="2" t="s">
-        <v>711</v>
+        <v>544</v>
       </c>
       <c r="C254" s="2" t="s">
+        <v>386</v>
+      </c>
+      <c r="D254" s="2"/>
+      <c r="E254" s="2">
+        <v>1493</v>
+      </c>
+      <c r="F254" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G254" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="H254" s="2" t="s">
         <v>786</v>
-      </c>
-[...13 lines deleted...]
-        <v>788</v>
       </c>
       <c r="I254" s="2">
         <v>127</v>
       </c>
       <c r="J254" s="2">
-        <v>117</v>
+        <v>121</v>
       </c>
       <c r="K254" s="2">
         <v>150</v>
       </c>
       <c r="L254" s="2">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="M254" s="2">
         <v>0</v>
       </c>
       <c r="N254" s="2">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="255" spans="1:14">
       <c r="A255" s="2">
-        <v>112698</v>
+        <v>106828</v>
       </c>
       <c r="B255" s="2" t="s">
-        <v>546</v>
+        <v>715</v>
       </c>
       <c r="C255" s="2" t="s">
-        <v>386</v>
-[...1 lines deleted...]
-      <c r="D255" s="2"/>
+        <v>787</v>
+      </c>
+      <c r="D255" s="2" t="s">
+        <v>788</v>
+      </c>
       <c r="E255" s="2">
-        <v>1493</v>
+        <v>758</v>
       </c>
       <c r="F255" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G255" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H255" s="2" t="s">
         <v>789</v>
       </c>
       <c r="I255" s="2">
         <v>127</v>
       </c>
       <c r="J255" s="2">
-        <v>121</v>
+        <v>117</v>
       </c>
       <c r="K255" s="2">
         <v>150</v>
       </c>
       <c r="L255" s="2">
-        <v>0</v>
+        <v>20</v>
       </c>
       <c r="M255" s="2">
         <v>0</v>
       </c>
       <c r="N255" s="2">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="256" spans="1:14">
       <c r="A256" s="2">
-        <v>106884</v>
+        <v>106829</v>
       </c>
       <c r="B256" s="2" t="s">
-        <v>488</v>
+        <v>646</v>
       </c>
       <c r="C256" s="2" t="s">
-        <v>152</v>
+        <v>790</v>
       </c>
       <c r="D256" s="2" t="s">
-        <v>790</v>
+        <v>791</v>
       </c>
       <c r="E256" s="2">
-        <v>1137</v>
+        <v>403</v>
       </c>
       <c r="F256" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G256" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H256" s="2" t="s">
-        <v>791</v>
+        <v>792</v>
       </c>
       <c r="I256" s="2">
         <v>128</v>
       </c>
       <c r="J256" s="2">
-        <v>122</v>
+        <v>118</v>
       </c>
       <c r="K256" s="2">
         <v>150</v>
       </c>
       <c r="L256" s="2">
-        <v>0</v>
+        <v>20</v>
       </c>
       <c r="M256" s="2">
         <v>0</v>
       </c>
       <c r="N256" s="2">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="257" spans="1:14">
       <c r="A257" s="2">
-        <v>106829</v>
+        <v>106884</v>
       </c>
       <c r="B257" s="2" t="s">
-        <v>649</v>
+        <v>485</v>
       </c>
       <c r="C257" s="2" t="s">
-        <v>792</v>
+        <v>151</v>
       </c>
       <c r="D257" s="2" t="s">
         <v>793</v>
       </c>
       <c r="E257" s="2">
-        <v>403</v>
+        <v>1137</v>
       </c>
       <c r="F257" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G257" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H257" s="2" t="s">
         <v>794</v>
       </c>
       <c r="I257" s="2">
         <v>128</v>
       </c>
       <c r="J257" s="2">
-        <v>118</v>
+        <v>122</v>
       </c>
       <c r="K257" s="2">
         <v>150</v>
       </c>
       <c r="L257" s="2">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="M257" s="2">
         <v>0</v>
       </c>
       <c r="N257" s="2">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="258" spans="1:14">
       <c r="A258" s="2">
         <v>112700</v>
       </c>
       <c r="B258" s="2" t="s">
         <v>795</v>
       </c>
       <c r="C258" s="2" t="s">
         <v>796</v>
       </c>
       <c r="D258" s="2"/>
       <c r="E258" s="2">
         <v>996</v>
       </c>
       <c r="F258" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G258" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H258" s="2" t="s">
         <v>797</v>
       </c>
       <c r="I258" s="2">
         <v>129</v>
       </c>
       <c r="J258" s="2">
         <v>123</v>
       </c>
       <c r="K258" s="2">
         <v>150</v>
       </c>
       <c r="L258" s="2">
         <v>0</v>
       </c>
       <c r="M258" s="2">
         <v>0</v>
       </c>
       <c r="N258" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="259" spans="1:14">
       <c r="A259" s="2">
         <v>106830</v>
       </c>
       <c r="B259" s="2" t="s">
-        <v>262</v>
+        <v>258</v>
       </c>
       <c r="C259" s="2" t="s">
         <v>798</v>
       </c>
       <c r="D259" s="2" t="s">
         <v>799</v>
       </c>
       <c r="E259" s="2">
         <v>406</v>
       </c>
       <c r="F259" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G259" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H259" s="2" t="s">
         <v>800</v>
       </c>
       <c r="I259" s="2">
         <v>129</v>
       </c>
       <c r="J259" s="2">
         <v>119</v>
       </c>
@@ -17715,226 +17715,226 @@
       </c>
       <c r="H261" s="2" t="s">
         <v>807</v>
       </c>
       <c r="I261" s="2">
         <v>130</v>
       </c>
       <c r="J261" s="2">
         <v>120</v>
       </c>
       <c r="K261" s="2">
         <v>150</v>
       </c>
       <c r="L261" s="2">
         <v>20</v>
       </c>
       <c r="M261" s="2">
         <v>0</v>
       </c>
       <c r="N261" s="2">
         <v>170</v>
       </c>
     </row>
     <row r="262" spans="1:14">
       <c r="A262" s="2">
-        <v>112702</v>
+        <v>106832</v>
       </c>
       <c r="B262" s="2" t="s">
+        <v>450</v>
+      </c>
+      <c r="C262" s="2" t="s">
+        <v>451</v>
+      </c>
+      <c r="D262" s="2" t="s">
+        <v>452</v>
+      </c>
+      <c r="E262" s="2">
+        <v>1383</v>
+      </c>
+      <c r="F262" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G262" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="H262" s="2" t="s">
         <v>808</v>
-      </c>
-[...14 lines deleted...]
-        <v>810</v>
       </c>
       <c r="I262" s="2">
         <v>131</v>
       </c>
       <c r="J262" s="2">
-        <v>125</v>
+        <v>121</v>
       </c>
       <c r="K262" s="2">
         <v>150</v>
       </c>
       <c r="L262" s="2">
-        <v>0</v>
+        <v>20</v>
       </c>
       <c r="M262" s="2">
         <v>0</v>
       </c>
       <c r="N262" s="2">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="263" spans="1:14">
       <c r="A263" s="2">
-        <v>106832</v>
+        <v>112702</v>
       </c>
       <c r="B263" s="2" t="s">
-        <v>453</v>
+        <v>809</v>
       </c>
       <c r="C263" s="2" t="s">
-        <v>454</v>
-[...3 lines deleted...]
-      </c>
+        <v>810</v>
+      </c>
+      <c r="D263" s="2"/>
       <c r="E263" s="2">
-        <v>1383</v>
+        <v>735</v>
       </c>
       <c r="F263" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G263" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H263" s="2" t="s">
         <v>811</v>
       </c>
       <c r="I263" s="2">
         <v>131</v>
       </c>
       <c r="J263" s="2">
-        <v>121</v>
+        <v>125</v>
       </c>
       <c r="K263" s="2">
         <v>150</v>
       </c>
       <c r="L263" s="2">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="M263" s="2">
         <v>0</v>
       </c>
       <c r="N263" s="2">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="264" spans="1:14">
       <c r="A264" s="2">
         <v>112703</v>
       </c>
       <c r="B264" s="2" t="s">
         <v>812</v>
       </c>
       <c r="C264" s="2" t="s">
-        <v>567</v>
+        <v>570</v>
       </c>
       <c r="D264" s="2"/>
       <c r="E264" s="2">
         <v>188</v>
       </c>
       <c r="F264" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G264" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H264" s="2" t="s">
         <v>813</v>
       </c>
       <c r="I264" s="2">
         <v>132</v>
       </c>
       <c r="J264" s="2">
         <v>126</v>
       </c>
       <c r="K264" s="2">
         <v>150</v>
       </c>
       <c r="L264" s="2">
         <v>0</v>
       </c>
       <c r="M264" s="2">
         <v>0</v>
       </c>
       <c r="N264" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="265" spans="1:14">
       <c r="A265" s="2">
         <v>101302</v>
       </c>
       <c r="B265" s="2" t="s">
-        <v>85</v>
+        <v>89</v>
       </c>
       <c r="C265" s="2" t="s">
         <v>504</v>
       </c>
       <c r="D265" s="2" t="s">
         <v>505</v>
       </c>
       <c r="E265" s="2">
         <v>1469</v>
       </c>
       <c r="F265" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G265" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H265" s="2" t="s">
         <v>814</v>
       </c>
       <c r="I265" s="2">
         <v>132</v>
       </c>
       <c r="J265" s="2">
         <v>122</v>
       </c>
       <c r="K265" s="2">
         <v>150</v>
       </c>
       <c r="L265" s="2">
         <v>20</v>
       </c>
       <c r="M265" s="2">
         <v>0</v>
       </c>
       <c r="N265" s="2">
         <v>170</v>
       </c>
     </row>
     <row r="266" spans="1:14">
       <c r="A266" s="2">
         <v>106894</v>
       </c>
       <c r="B266" s="2" t="s">
-        <v>191</v>
+        <v>194</v>
       </c>
       <c r="C266" s="2" t="s">
         <v>815</v>
       </c>
       <c r="D266" s="2" t="s">
         <v>816</v>
       </c>
       <c r="E266" s="2">
         <v>1178</v>
       </c>
       <c r="F266" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G266" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H266" s="2" t="s">
         <v>817</v>
       </c>
       <c r="I266" s="2">
         <v>133</v>
       </c>
       <c r="J266" s="2">
         <v>127</v>
       </c>
@@ -17947,160 +17947,160 @@
       <c r="M266" s="2">
         <v>0</v>
       </c>
       <c r="N266" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="267" spans="1:14">
       <c r="A267" s="2">
         <v>104954</v>
       </c>
       <c r="B267" s="2" t="s">
         <v>818</v>
       </c>
       <c r="C267" s="2" t="s">
         <v>819</v>
       </c>
       <c r="D267" s="2"/>
       <c r="E267" s="2">
         <v>2032</v>
       </c>
       <c r="F267" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G267" s="2" t="s">
-        <v>205</v>
+        <v>201</v>
       </c>
       <c r="H267" s="2" t="s">
         <v>820</v>
       </c>
       <c r="I267" s="2">
         <v>133</v>
       </c>
       <c r="J267" s="2">
         <v>11</v>
       </c>
       <c r="K267" s="2">
         <v>150</v>
       </c>
       <c r="L267" s="2">
         <v>200</v>
       </c>
       <c r="M267" s="2">
         <v>0</v>
       </c>
       <c r="N267" s="2">
         <v>350</v>
       </c>
     </row>
     <row r="268" spans="1:14">
       <c r="A268" s="2">
-        <v>106821</v>
+        <v>106835</v>
       </c>
       <c r="B268" s="2" t="s">
-        <v>527</v>
+        <v>821</v>
       </c>
       <c r="C268" s="2" t="s">
-        <v>754</v>
+        <v>822</v>
       </c>
       <c r="D268" s="2" t="s">
-        <v>755</v>
+        <v>823</v>
       </c>
       <c r="E268" s="2">
-        <v>867</v>
+        <v>24</v>
       </c>
       <c r="F268" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G268" s="2" t="s">
-        <v>18</v>
+        <v>201</v>
       </c>
       <c r="H268" s="2" t="s">
-        <v>817</v>
+        <v>824</v>
       </c>
       <c r="I268" s="2">
         <v>134</v>
       </c>
       <c r="J268" s="2">
-        <v>128</v>
+        <v>12</v>
       </c>
       <c r="K268" s="2">
         <v>150</v>
       </c>
       <c r="L268" s="2">
-        <v>0</v>
+        <v>190</v>
       </c>
       <c r="M268" s="2">
         <v>0</v>
       </c>
       <c r="N268" s="2">
-        <v>150</v>
+        <v>340</v>
       </c>
     </row>
     <row r="269" spans="1:14">
       <c r="A269" s="2">
-        <v>106835</v>
+        <v>106821</v>
       </c>
       <c r="B269" s="2" t="s">
-        <v>821</v>
+        <v>527</v>
       </c>
       <c r="C269" s="2" t="s">
-        <v>822</v>
+        <v>754</v>
       </c>
       <c r="D269" s="2" t="s">
-        <v>823</v>
+        <v>755</v>
       </c>
       <c r="E269" s="2">
-        <v>24</v>
+        <v>867</v>
       </c>
       <c r="F269" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G269" s="2" t="s">
-        <v>205</v>
+        <v>18</v>
       </c>
       <c r="H269" s="2" t="s">
-        <v>824</v>
+        <v>817</v>
       </c>
       <c r="I269" s="2">
         <v>134</v>
       </c>
       <c r="J269" s="2">
-        <v>12</v>
+        <v>128</v>
       </c>
       <c r="K269" s="2">
         <v>150</v>
       </c>
       <c r="L269" s="2">
-        <v>190</v>
+        <v>0</v>
       </c>
       <c r="M269" s="2">
         <v>0</v>
       </c>
       <c r="N269" s="2">
-        <v>340</v>
+        <v>150</v>
       </c>
     </row>
     <row r="270" spans="1:14">
       <c r="A270" s="2">
         <v>112706</v>
       </c>
       <c r="B270" s="2" t="s">
         <v>825</v>
       </c>
       <c r="C270" s="2" t="s">
         <v>826</v>
       </c>
       <c r="D270" s="2"/>
       <c r="E270" s="2">
         <v>1509</v>
       </c>
       <c r="F270" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G270" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H270" s="2" t="s">
         <v>827</v>
       </c>
@@ -18197,226 +18197,226 @@
       </c>
       <c r="J272" s="2">
         <v>130</v>
       </c>
       <c r="K272" s="2">
         <v>150</v>
       </c>
       <c r="L272" s="2">
         <v>0</v>
       </c>
       <c r="M272" s="2">
         <v>0</v>
       </c>
       <c r="N272" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="273" spans="1:14">
       <c r="A273" s="2">
         <v>101254</v>
       </c>
       <c r="B273" s="2" t="s">
         <v>834</v>
       </c>
       <c r="C273" s="2" t="s">
-        <v>731</v>
+        <v>734</v>
       </c>
       <c r="D273" s="2" t="s">
         <v>835</v>
       </c>
       <c r="E273" s="2">
         <v>2122</v>
       </c>
       <c r="F273" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G273" s="2" t="s">
-        <v>205</v>
+        <v>201</v>
       </c>
       <c r="H273" s="2" t="s">
         <v>836</v>
       </c>
       <c r="I273" s="2">
         <v>136</v>
       </c>
       <c r="J273" s="2">
         <v>13</v>
       </c>
       <c r="K273" s="2">
         <v>150</v>
       </c>
       <c r="L273" s="2">
         <v>180</v>
       </c>
       <c r="M273" s="2">
         <v>0</v>
       </c>
       <c r="N273" s="2">
         <v>330</v>
       </c>
     </row>
     <row r="274" spans="1:14">
       <c r="A274" s="2">
-        <v>112708</v>
+        <v>106838</v>
       </c>
       <c r="B274" s="2" t="s">
+        <v>646</v>
+      </c>
+      <c r="C274" s="2" t="s">
         <v>837</v>
       </c>
-      <c r="C274" s="2" t="s">
+      <c r="D274" s="2" t="s">
         <v>838</v>
       </c>
-      <c r="D274" s="2"/>
       <c r="E274" s="2">
-        <v>841</v>
+        <v>1006</v>
       </c>
       <c r="F274" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G274" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H274" s="2" t="s">
         <v>839</v>
       </c>
       <c r="I274" s="2">
         <v>137</v>
       </c>
       <c r="J274" s="2">
-        <v>131</v>
+        <v>124</v>
       </c>
       <c r="K274" s="2">
         <v>150</v>
       </c>
       <c r="L274" s="2">
-        <v>0</v>
+        <v>20</v>
       </c>
       <c r="M274" s="2">
         <v>0</v>
       </c>
       <c r="N274" s="2">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="275" spans="1:14">
       <c r="A275" s="2">
-        <v>106838</v>
+        <v>112708</v>
       </c>
       <c r="B275" s="2" t="s">
-        <v>649</v>
+        <v>840</v>
       </c>
       <c r="C275" s="2" t="s">
-        <v>840</v>
-[...1 lines deleted...]
-      <c r="D275" s="2" t="s">
         <v>841</v>
       </c>
+      <c r="D275" s="2"/>
       <c r="E275" s="2">
-        <v>1006</v>
+        <v>841</v>
       </c>
       <c r="F275" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G275" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H275" s="2" t="s">
         <v>842</v>
       </c>
       <c r="I275" s="2">
         <v>137</v>
       </c>
       <c r="J275" s="2">
-        <v>124</v>
+        <v>131</v>
       </c>
       <c r="K275" s="2">
         <v>150</v>
       </c>
       <c r="L275" s="2">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="M275" s="2">
         <v>0</v>
       </c>
       <c r="N275" s="2">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="276" spans="1:14">
       <c r="A276" s="2">
         <v>112709</v>
       </c>
       <c r="B276" s="2" t="s">
         <v>843</v>
       </c>
       <c r="C276" s="2" t="s">
         <v>844</v>
       </c>
       <c r="D276" s="2"/>
       <c r="E276" s="2">
         <v>1062</v>
       </c>
       <c r="F276" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G276" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H276" s="2" t="s">
         <v>845</v>
       </c>
       <c r="I276" s="2">
         <v>138</v>
       </c>
       <c r="J276" s="2">
         <v>132</v>
       </c>
       <c r="K276" s="2">
         <v>150</v>
       </c>
       <c r="L276" s="2">
         <v>0</v>
       </c>
       <c r="M276" s="2">
         <v>0</v>
       </c>
       <c r="N276" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="277" spans="1:14">
       <c r="A277" s="2">
         <v>106839</v>
       </c>
       <c r="B277" s="2" t="s">
+        <v>480</v>
+      </c>
+      <c r="C277" s="2" t="s">
         <v>481</v>
       </c>
-      <c r="C277" s="2" t="s">
+      <c r="D277" s="2" t="s">
         <v>482</v>
-      </c>
-[...1 lines deleted...]
-        <v>483</v>
       </c>
       <c r="E277" s="2">
         <v>367</v>
       </c>
       <c r="F277" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G277" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H277" s="2" t="s">
         <v>846</v>
       </c>
       <c r="I277" s="2">
         <v>138</v>
       </c>
       <c r="J277" s="2">
         <v>125</v>
       </c>
       <c r="K277" s="2">
         <v>150</v>
       </c>
       <c r="L277" s="2">
         <v>20</v>
       </c>
@@ -18493,134 +18493,134 @@
       </c>
       <c r="H279" s="2" t="s">
         <v>852</v>
       </c>
       <c r="I279" s="2">
         <v>139</v>
       </c>
       <c r="J279" s="2">
         <v>126</v>
       </c>
       <c r="K279" s="2">
         <v>150</v>
       </c>
       <c r="L279" s="2">
         <v>20</v>
       </c>
       <c r="M279" s="2">
         <v>0</v>
       </c>
       <c r="N279" s="2">
         <v>170</v>
       </c>
     </row>
     <row r="280" spans="1:14">
       <c r="A280" s="2">
-        <v>106923</v>
+        <v>106841</v>
       </c>
       <c r="B280" s="2" t="s">
-        <v>142</v>
+        <v>187</v>
       </c>
       <c r="C280" s="2" t="s">
+        <v>122</v>
+      </c>
+      <c r="D280" s="2" t="s">
         <v>853</v>
       </c>
-      <c r="D280" s="2" t="s">
+      <c r="E280" s="2">
+        <v>1497</v>
+      </c>
+      <c r="F280" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G280" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="H280" s="2" t="s">
         <v>854</v>
-      </c>
-[...10 lines deleted...]
-        <v>855</v>
       </c>
       <c r="I280" s="2">
         <v>140</v>
       </c>
       <c r="J280" s="2">
-        <v>134</v>
+        <v>127</v>
       </c>
       <c r="K280" s="2">
         <v>150</v>
       </c>
       <c r="L280" s="2">
-        <v>0</v>
+        <v>20</v>
       </c>
       <c r="M280" s="2">
         <v>0</v>
       </c>
       <c r="N280" s="2">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="281" spans="1:14">
       <c r="A281" s="2">
-        <v>106841</v>
+        <v>106923</v>
       </c>
       <c r="B281" s="2" t="s">
-        <v>187</v>
+        <v>146</v>
       </c>
       <c r="C281" s="2" t="s">
-        <v>118</v>
+        <v>855</v>
       </c>
       <c r="D281" s="2" t="s">
         <v>856</v>
       </c>
       <c r="E281" s="2">
-        <v>1497</v>
+        <v>1293</v>
       </c>
       <c r="F281" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G281" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H281" s="2" t="s">
         <v>857</v>
       </c>
       <c r="I281" s="2">
         <v>140</v>
       </c>
       <c r="J281" s="2">
-        <v>127</v>
+        <v>134</v>
       </c>
       <c r="K281" s="2">
         <v>150</v>
       </c>
       <c r="L281" s="2">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="M281" s="2">
         <v>0</v>
       </c>
       <c r="N281" s="2">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="282" spans="1:14">
       <c r="A282" s="2">
         <v>112712</v>
       </c>
       <c r="B282" s="2" t="s">
         <v>858</v>
       </c>
       <c r="C282" s="2" t="s">
         <v>859</v>
       </c>
       <c r="D282" s="2"/>
       <c r="E282" s="2">
         <v>1464</v>
       </c>
       <c r="F282" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G282" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H282" s="2" t="s">
         <v>860</v>
       </c>
@@ -18842,142 +18842,142 @@
       </c>
       <c r="I287" s="2">
         <v>143</v>
       </c>
       <c r="J287" s="2">
         <v>130</v>
       </c>
       <c r="K287" s="2">
         <v>150</v>
       </c>
       <c r="L287" s="2">
         <v>20</v>
       </c>
       <c r="M287" s="2">
         <v>0</v>
       </c>
       <c r="N287" s="2">
         <v>170</v>
       </c>
     </row>
     <row r="288" spans="1:14">
       <c r="A288" s="2">
         <v>106803</v>
       </c>
       <c r="B288" s="2" t="s">
-        <v>649</v>
+        <v>646</v>
       </c>
       <c r="C288" s="2" t="s">
-        <v>650</v>
+        <v>647</v>
       </c>
       <c r="D288" s="2" t="s">
-        <v>651</v>
+        <v>648</v>
       </c>
       <c r="E288" s="2">
         <v>826</v>
       </c>
       <c r="F288" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G288" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H288" s="2" t="s">
         <v>876</v>
       </c>
       <c r="I288" s="2">
         <v>144</v>
       </c>
       <c r="J288" s="2">
         <v>138</v>
       </c>
       <c r="K288" s="2">
         <v>150</v>
       </c>
       <c r="L288" s="2">
         <v>0</v>
       </c>
       <c r="M288" s="2">
         <v>0</v>
       </c>
       <c r="N288" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="289" spans="1:14">
       <c r="A289" s="2">
         <v>106845</v>
       </c>
       <c r="B289" s="2" t="s">
         <v>877</v>
       </c>
       <c r="C289" s="2" t="s">
-        <v>472</v>
+        <v>471</v>
       </c>
       <c r="D289" s="2" t="s">
         <v>878</v>
       </c>
       <c r="E289" s="2">
         <v>1500</v>
       </c>
       <c r="F289" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G289" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H289" s="2" t="s">
         <v>879</v>
       </c>
       <c r="I289" s="2">
         <v>144</v>
       </c>
       <c r="J289" s="2">
         <v>131</v>
       </c>
       <c r="K289" s="2">
         <v>150</v>
       </c>
       <c r="L289" s="2">
         <v>20</v>
       </c>
       <c r="M289" s="2">
         <v>0</v>
       </c>
       <c r="N289" s="2">
         <v>170</v>
       </c>
     </row>
     <row r="290" spans="1:14">
       <c r="A290" s="2">
         <v>112716</v>
       </c>
       <c r="B290" s="2" t="s">
         <v>880</v>
       </c>
       <c r="C290" s="2" t="s">
-        <v>469</v>
+        <v>465</v>
       </c>
       <c r="D290" s="2"/>
       <c r="E290" s="2">
         <v>1569</v>
       </c>
       <c r="F290" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G290" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H290" s="2" t="s">
         <v>881</v>
       </c>
       <c r="I290" s="2">
         <v>145</v>
       </c>
       <c r="J290" s="2">
         <v>139</v>
       </c>
       <c r="K290" s="2">
         <v>150</v>
       </c>
       <c r="L290" s="2">
         <v>0</v>
@@ -19193,51 +19193,51 @@
       </c>
       <c r="J295" s="2">
         <v>134</v>
       </c>
       <c r="K295" s="2">
         <v>150</v>
       </c>
       <c r="L295" s="2">
         <v>20</v>
       </c>
       <c r="M295" s="2">
         <v>0</v>
       </c>
       <c r="N295" s="2">
         <v>170</v>
       </c>
     </row>
     <row r="296" spans="1:14">
       <c r="A296" s="2">
         <v>112719</v>
       </c>
       <c r="B296" s="2" t="s">
         <v>897</v>
       </c>
       <c r="C296" s="2" t="s">
-        <v>672</v>
+        <v>676</v>
       </c>
       <c r="D296" s="2"/>
       <c r="E296" s="2">
         <v>1253</v>
       </c>
       <c r="F296" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G296" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H296" s="2" t="s">
         <v>898</v>
       </c>
       <c r="I296" s="2">
         <v>148</v>
       </c>
       <c r="J296" s="2">
         <v>142</v>
       </c>
       <c r="K296" s="2">
         <v>150</v>
       </c>
       <c r="L296" s="2">
         <v>0</v>
@@ -19407,98 +19407,98 @@
       </c>
       <c r="J300" s="2">
         <v>144</v>
       </c>
       <c r="K300" s="2">
         <v>150</v>
       </c>
       <c r="L300" s="2">
         <v>0</v>
       </c>
       <c r="M300" s="2">
         <v>0</v>
       </c>
       <c r="N300" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="301" spans="1:14">
       <c r="A301" s="2">
         <v>106851</v>
       </c>
       <c r="B301" s="2" t="s">
         <v>365</v>
       </c>
       <c r="C301" s="2" t="s">
-        <v>570</v>
+        <v>567</v>
       </c>
       <c r="D301" s="2" t="s">
-        <v>571</v>
+        <v>568</v>
       </c>
       <c r="E301" s="2">
         <v>1445</v>
       </c>
       <c r="F301" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G301" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H301" s="2" t="s">
         <v>911</v>
       </c>
       <c r="I301" s="2">
         <v>150</v>
       </c>
       <c r="J301" s="2">
         <v>137</v>
       </c>
       <c r="K301" s="2">
         <v>150</v>
       </c>
       <c r="L301" s="2">
         <v>20</v>
       </c>
       <c r="M301" s="2">
         <v>0</v>
       </c>
       <c r="N301" s="2">
         <v>170</v>
       </c>
     </row>
     <row r="302" spans="1:14">
       <c r="A302" s="2">
         <v>106816</v>
       </c>
       <c r="B302" s="2" t="s">
-        <v>541</v>
+        <v>539</v>
       </c>
       <c r="C302" s="2" t="s">
-        <v>728</v>
+        <v>726</v>
       </c>
       <c r="D302" s="2" t="s">
-        <v>729</v>
+        <v>727</v>
       </c>
       <c r="E302" s="2">
         <v>679</v>
       </c>
       <c r="F302" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G302" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H302" s="2" t="s">
         <v>912</v>
       </c>
       <c r="I302" s="2">
         <v>151</v>
       </c>
       <c r="J302" s="2">
         <v>145</v>
       </c>
       <c r="K302" s="2">
         <v>150</v>
       </c>
       <c r="L302" s="2">
         <v>0</v>
       </c>
@@ -19578,57 +19578,57 @@
       </c>
       <c r="I304" s="2">
         <v>152</v>
       </c>
       <c r="J304" s="2">
         <v>146</v>
       </c>
       <c r="K304" s="2">
         <v>150</v>
       </c>
       <c r="L304" s="2">
         <v>0</v>
       </c>
       <c r="M304" s="2">
         <v>0</v>
       </c>
       <c r="N304" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="305" spans="1:14">
       <c r="A305" s="2">
         <v>106853</v>
       </c>
       <c r="B305" s="2" t="s">
-        <v>488</v>
+        <v>485</v>
       </c>
       <c r="C305" s="2" t="s">
-        <v>489</v>
+        <v>486</v>
       </c>
       <c r="D305" s="2" t="s">
-        <v>490</v>
+        <v>487</v>
       </c>
       <c r="E305" s="2">
         <v>1277</v>
       </c>
       <c r="F305" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G305" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H305" s="2" t="s">
         <v>917</v>
       </c>
       <c r="I305" s="2">
         <v>152</v>
       </c>
       <c r="J305" s="2">
         <v>139</v>
       </c>
       <c r="K305" s="2">
         <v>150</v>
       </c>
       <c r="L305" s="2">
         <v>20</v>
       </c>
@@ -19664,98 +19664,98 @@
       </c>
       <c r="I306" s="2">
         <v>153</v>
       </c>
       <c r="J306" s="2">
         <v>147</v>
       </c>
       <c r="K306" s="2">
         <v>150</v>
       </c>
       <c r="L306" s="2">
         <v>0</v>
       </c>
       <c r="M306" s="2">
         <v>0</v>
       </c>
       <c r="N306" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="307" spans="1:14">
       <c r="A307" s="2">
         <v>106854</v>
       </c>
       <c r="B307" s="2" t="s">
-        <v>457</v>
+        <v>460</v>
       </c>
       <c r="C307" s="2" t="s">
-        <v>458</v>
+        <v>461</v>
       </c>
       <c r="D307" s="2" t="s">
-        <v>459</v>
+        <v>462</v>
       </c>
       <c r="E307" s="2">
         <v>1135</v>
       </c>
       <c r="F307" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G307" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H307" s="2" t="s">
         <v>921</v>
       </c>
       <c r="I307" s="2">
         <v>153</v>
       </c>
       <c r="J307" s="2">
         <v>140</v>
       </c>
       <c r="K307" s="2">
         <v>150</v>
       </c>
       <c r="L307" s="2">
         <v>20</v>
       </c>
       <c r="M307" s="2">
         <v>0</v>
       </c>
       <c r="N307" s="2">
         <v>170</v>
       </c>
     </row>
     <row r="308" spans="1:14">
       <c r="A308" s="2">
         <v>112725</v>
       </c>
       <c r="B308" s="2" t="s">
         <v>922</v>
       </c>
       <c r="C308" s="2" t="s">
-        <v>72</v>
+        <v>69</v>
       </c>
       <c r="D308" s="2"/>
       <c r="E308" s="2">
         <v>693</v>
       </c>
       <c r="F308" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G308" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H308" s="2" t="s">
         <v>923</v>
       </c>
       <c r="I308" s="2">
         <v>154</v>
       </c>
       <c r="J308" s="2">
         <v>148</v>
       </c>
       <c r="K308" s="2">
         <v>150</v>
       </c>
       <c r="L308" s="2">
         <v>0</v>
@@ -19807,86 +19807,86 @@
       <c r="M309" s="2">
         <v>0</v>
       </c>
       <c r="N309" s="2">
         <v>170</v>
       </c>
     </row>
     <row r="310" spans="1:14">
       <c r="A310" s="2">
         <v>112726</v>
       </c>
       <c r="B310" s="2" t="s">
         <v>928</v>
       </c>
       <c r="C310" s="2" t="s">
         <v>929</v>
       </c>
       <c r="D310" s="2"/>
       <c r="E310" s="2">
         <v>2223</v>
       </c>
       <c r="F310" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G310" s="2" t="s">
-        <v>205</v>
+        <v>201</v>
       </c>
       <c r="H310" s="2" t="s">
         <v>923</v>
       </c>
       <c r="I310" s="2">
         <v>155</v>
       </c>
       <c r="J310" s="2">
         <v>7</v>
       </c>
       <c r="K310" s="2">
         <v>150</v>
       </c>
       <c r="L310" s="2">
         <v>0</v>
       </c>
       <c r="M310" s="2">
         <v>0</v>
       </c>
       <c r="N310" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="311" spans="1:14">
       <c r="A311" s="2">
         <v>106856</v>
       </c>
       <c r="B311" s="2" t="s">
-        <v>711</v>
+        <v>715</v>
       </c>
       <c r="C311" s="2" t="s">
-        <v>712</v>
+        <v>716</v>
       </c>
       <c r="D311" s="2" t="s">
-        <v>713</v>
+        <v>717</v>
       </c>
       <c r="E311" s="2">
         <v>1052</v>
       </c>
       <c r="F311" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G311" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H311" s="2" t="s">
         <v>930</v>
       </c>
       <c r="I311" s="2">
         <v>155</v>
       </c>
       <c r="J311" s="2">
         <v>142</v>
       </c>
       <c r="K311" s="2">
         <v>150</v>
       </c>
       <c r="L311" s="2">
         <v>20</v>
       </c>
@@ -20049,132 +20049,132 @@
       </c>
       <c r="H315" s="2" t="s">
         <v>941</v>
       </c>
       <c r="I315" s="2">
         <v>157</v>
       </c>
       <c r="J315" s="2">
         <v>144</v>
       </c>
       <c r="K315" s="2">
         <v>150</v>
       </c>
       <c r="L315" s="2">
         <v>20</v>
       </c>
       <c r="M315" s="2">
         <v>0</v>
       </c>
       <c r="N315" s="2">
         <v>170</v>
       </c>
     </row>
     <row r="316" spans="1:14">
       <c r="A316" s="2">
-        <v>106859</v>
+        <v>112729</v>
       </c>
       <c r="B316" s="2" t="s">
-        <v>519</v>
+        <v>942</v>
       </c>
       <c r="C316" s="2" t="s">
-        <v>520</v>
-[...3 lines deleted...]
-      </c>
+        <v>943</v>
+      </c>
+      <c r="D316" s="2"/>
       <c r="E316" s="2">
-        <v>23</v>
+        <v>17</v>
       </c>
       <c r="F316" s="2" t="s">
-        <v>17</v>
+        <v>34</v>
       </c>
       <c r="G316" s="2" t="s">
-        <v>205</v>
+        <v>18</v>
       </c>
       <c r="H316" s="2" t="s">
-        <v>942</v>
+        <v>944</v>
       </c>
       <c r="I316" s="2">
         <v>158</v>
       </c>
       <c r="J316" s="2">
-        <v>14</v>
+        <v>151</v>
       </c>
       <c r="K316" s="2">
         <v>150</v>
       </c>
       <c r="L316" s="2">
-        <v>170</v>
+        <v>0</v>
       </c>
       <c r="M316" s="2">
         <v>0</v>
       </c>
       <c r="N316" s="2">
-        <v>320</v>
+        <v>150</v>
       </c>
     </row>
     <row r="317" spans="1:14">
       <c r="A317" s="2">
-        <v>112729</v>
+        <v>106859</v>
       </c>
       <c r="B317" s="2" t="s">
-        <v>943</v>
+        <v>515</v>
       </c>
       <c r="C317" s="2" t="s">
-        <v>944</v>
-[...1 lines deleted...]
-      <c r="D317" s="2"/>
+        <v>516</v>
+      </c>
+      <c r="D317" s="2" t="s">
+        <v>517</v>
+      </c>
       <c r="E317" s="2">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="F317" s="2" t="s">
-        <v>38</v>
+        <v>17</v>
       </c>
       <c r="G317" s="2" t="s">
-        <v>18</v>
+        <v>201</v>
       </c>
       <c r="H317" s="2" t="s">
         <v>945</v>
       </c>
       <c r="I317" s="2">
         <v>158</v>
       </c>
       <c r="J317" s="2">
-        <v>151</v>
+        <v>14</v>
       </c>
       <c r="K317" s="2">
         <v>150</v>
       </c>
       <c r="L317" s="2">
-        <v>0</v>
+        <v>170</v>
       </c>
       <c r="M317" s="2">
         <v>0</v>
       </c>
       <c r="N317" s="2">
-        <v>150</v>
+        <v>320</v>
       </c>
     </row>
     <row r="318" spans="1:14">
       <c r="A318" s="2">
         <v>112730</v>
       </c>
       <c r="B318" s="2" t="s">
         <v>946</v>
       </c>
       <c r="C318" s="2" t="s">
         <v>947</v>
       </c>
       <c r="D318" s="2"/>
       <c r="E318" s="2">
         <v>677</v>
       </c>
       <c r="F318" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G318" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H318" s="2" t="s">
         <v>948</v>
       </c>
@@ -20183,51 +20183,51 @@
       </c>
       <c r="J318" s="2">
         <v>152</v>
       </c>
       <c r="K318" s="2">
         <v>150</v>
       </c>
       <c r="L318" s="2">
         <v>0</v>
       </c>
       <c r="M318" s="2">
         <v>0</v>
       </c>
       <c r="N318" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="319" spans="1:14">
       <c r="A319" s="2">
         <v>106860</v>
       </c>
       <c r="B319" s="2" t="s">
         <v>949</v>
       </c>
       <c r="C319" s="2" t="s">
-        <v>672</v>
+        <v>676</v>
       </c>
       <c r="D319" s="2" t="s">
         <v>950</v>
       </c>
       <c r="E319" s="2">
         <v>128</v>
       </c>
       <c r="F319" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G319" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H319" s="2" t="s">
         <v>951</v>
       </c>
       <c r="I319" s="2">
         <v>159</v>
       </c>
       <c r="J319" s="2">
         <v>145</v>
       </c>
       <c r="K319" s="2">
         <v>150</v>
       </c>
@@ -20309,143 +20309,143 @@
       </c>
       <c r="H321" s="2" t="s">
         <v>955</v>
       </c>
       <c r="I321" s="2">
         <v>160</v>
       </c>
       <c r="J321" s="2">
         <v>153</v>
       </c>
       <c r="K321" s="2">
         <v>150</v>
       </c>
       <c r="L321" s="2">
         <v>0</v>
       </c>
       <c r="M321" s="2">
         <v>0</v>
       </c>
       <c r="N321" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="322" spans="1:14">
       <c r="A322" s="2">
-        <v>112732</v>
+        <v>106862</v>
       </c>
       <c r="B322" s="2" t="s">
-        <v>909</v>
+        <v>956</v>
       </c>
       <c r="C322" s="2" t="s">
-        <v>956</v>
-[...1 lines deleted...]
-      <c r="D322" s="2"/>
+        <v>97</v>
+      </c>
+      <c r="D322" s="2" t="s">
+        <v>957</v>
+      </c>
       <c r="E322" s="2">
-        <v>872</v>
+        <v>688</v>
       </c>
       <c r="F322" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G322" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H322" s="2" t="s">
-        <v>957</v>
+        <v>958</v>
       </c>
       <c r="I322" s="2">
         <v>161</v>
       </c>
       <c r="J322" s="2">
-        <v>154</v>
+        <v>147</v>
       </c>
       <c r="K322" s="2">
         <v>150</v>
       </c>
       <c r="L322" s="2">
-        <v>0</v>
+        <v>20</v>
       </c>
       <c r="M322" s="2">
         <v>0</v>
       </c>
       <c r="N322" s="2">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="323" spans="1:14">
       <c r="A323" s="2">
-        <v>106862</v>
+        <v>112732</v>
       </c>
       <c r="B323" s="2" t="s">
-        <v>958</v>
+        <v>909</v>
       </c>
       <c r="C323" s="2" t="s">
-        <v>97</v>
-[...1 lines deleted...]
-      <c r="D323" s="2" t="s">
         <v>959</v>
       </c>
+      <c r="D323" s="2"/>
       <c r="E323" s="2">
-        <v>688</v>
+        <v>872</v>
       </c>
       <c r="F323" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G323" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H323" s="2" t="s">
         <v>960</v>
       </c>
       <c r="I323" s="2">
         <v>161</v>
       </c>
       <c r="J323" s="2">
-        <v>147</v>
+        <v>154</v>
       </c>
       <c r="K323" s="2">
         <v>150</v>
       </c>
       <c r="L323" s="2">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="M323" s="2">
         <v>0</v>
       </c>
       <c r="N323" s="2">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="324" spans="1:14">
       <c r="A324" s="2">
         <v>112733</v>
       </c>
       <c r="B324" s="2" t="s">
         <v>961</v>
       </c>
       <c r="C324" s="2" t="s">
-        <v>72</v>
+        <v>69</v>
       </c>
       <c r="D324" s="2"/>
       <c r="E324" s="2">
         <v>878</v>
       </c>
       <c r="F324" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G324" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H324" s="2" t="s">
         <v>962</v>
       </c>
       <c r="I324" s="2">
         <v>162</v>
       </c>
       <c r="J324" s="2">
         <v>155</v>
       </c>
       <c r="K324" s="2">
         <v>150</v>
       </c>
       <c r="L324" s="2">
         <v>0</v>
@@ -20567,132 +20567,132 @@
       </c>
       <c r="H327" s="2" t="s">
         <v>973</v>
       </c>
       <c r="I327" s="2">
         <v>163</v>
       </c>
       <c r="J327" s="2">
         <v>156</v>
       </c>
       <c r="K327" s="2">
         <v>150</v>
       </c>
       <c r="L327" s="2">
         <v>0</v>
       </c>
       <c r="M327" s="2">
         <v>0</v>
       </c>
       <c r="N327" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="328" spans="1:14">
       <c r="A328" s="2">
-        <v>112735</v>
+        <v>106865</v>
       </c>
       <c r="B328" s="2" t="s">
-        <v>438</v>
+        <v>121</v>
       </c>
       <c r="C328" s="2" t="s">
         <v>974</v>
       </c>
-      <c r="D328" s="2"/>
+      <c r="D328" s="2" t="s">
+        <v>975</v>
+      </c>
       <c r="E328" s="2">
-        <v>912</v>
+        <v>1492</v>
       </c>
       <c r="F328" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G328" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H328" s="2" t="s">
-        <v>975</v>
+        <v>976</v>
       </c>
       <c r="I328" s="2">
         <v>164</v>
       </c>
       <c r="J328" s="2">
-        <v>157</v>
+        <v>150</v>
       </c>
       <c r="K328" s="2">
         <v>150</v>
       </c>
       <c r="L328" s="2">
-        <v>0</v>
+        <v>20</v>
       </c>
       <c r="M328" s="2">
         <v>0</v>
       </c>
       <c r="N328" s="2">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="329" spans="1:14">
       <c r="A329" s="2">
-        <v>106865</v>
+        <v>112735</v>
       </c>
       <c r="B329" s="2" t="s">
-        <v>117</v>
+        <v>441</v>
       </c>
       <c r="C329" s="2" t="s">
-        <v>976</v>
-[...1 lines deleted...]
-      <c r="D329" s="2" t="s">
         <v>977</v>
       </c>
+      <c r="D329" s="2"/>
       <c r="E329" s="2">
-        <v>1492</v>
+        <v>912</v>
       </c>
       <c r="F329" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G329" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H329" s="2" t="s">
         <v>978</v>
       </c>
       <c r="I329" s="2">
         <v>164</v>
       </c>
       <c r="J329" s="2">
-        <v>150</v>
+        <v>157</v>
       </c>
       <c r="K329" s="2">
         <v>150</v>
       </c>
       <c r="L329" s="2">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="M329" s="2">
         <v>0</v>
       </c>
       <c r="N329" s="2">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="330" spans="1:14">
       <c r="A330" s="2">
         <v>106843</v>
       </c>
       <c r="B330" s="2" t="s">
         <v>866</v>
       </c>
       <c r="C330" s="2" t="s">
         <v>850</v>
       </c>
       <c r="D330" s="2" t="s">
         <v>867</v>
       </c>
       <c r="E330" s="2">
         <v>907</v>
       </c>
       <c r="F330" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G330" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H330" s="2" t="s">
@@ -20703,306 +20703,306 @@
       </c>
       <c r="J330" s="2">
         <v>158</v>
       </c>
       <c r="K330" s="2">
         <v>150</v>
       </c>
       <c r="L330" s="2">
         <v>0</v>
       </c>
       <c r="M330" s="2">
         <v>0</v>
       </c>
       <c r="N330" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="331" spans="1:14">
       <c r="A331" s="2">
         <v>106866</v>
       </c>
       <c r="B331" s="2" t="s">
         <v>980</v>
       </c>
       <c r="C331" s="2" t="s">
-        <v>72</v>
+        <v>69</v>
       </c>
       <c r="D331" s="2" t="s">
         <v>981</v>
       </c>
       <c r="E331" s="2">
         <v>983</v>
       </c>
       <c r="F331" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G331" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H331" s="2" t="s">
         <v>982</v>
       </c>
       <c r="I331" s="2">
         <v>165</v>
       </c>
       <c r="J331" s="2">
         <v>151</v>
       </c>
       <c r="K331" s="2">
         <v>150</v>
       </c>
       <c r="L331" s="2">
         <v>20</v>
       </c>
       <c r="M331" s="2">
         <v>0</v>
       </c>
       <c r="N331" s="2">
         <v>170</v>
       </c>
     </row>
     <row r="332" spans="1:14">
       <c r="A332" s="2">
         <v>106867</v>
       </c>
       <c r="B332" s="2" t="s">
-        <v>53</v>
+        <v>56</v>
       </c>
       <c r="C332" s="2" t="s">
         <v>524</v>
       </c>
       <c r="D332" s="2" t="s">
         <v>983</v>
       </c>
       <c r="E332" s="2">
         <v>634</v>
       </c>
       <c r="F332" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G332" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H332" s="2" t="s">
         <v>984</v>
       </c>
       <c r="I332" s="2">
         <v>166</v>
       </c>
       <c r="J332" s="2">
         <v>152</v>
       </c>
       <c r="K332" s="2">
         <v>150</v>
       </c>
       <c r="L332" s="2">
         <v>20</v>
       </c>
       <c r="M332" s="2">
         <v>0</v>
       </c>
       <c r="N332" s="2">
         <v>170</v>
       </c>
     </row>
     <row r="333" spans="1:14">
       <c r="A333" s="2">
         <v>112737</v>
       </c>
       <c r="B333" s="2" t="s">
         <v>985</v>
       </c>
       <c r="C333" s="2" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="D333" s="2"/>
       <c r="E333" s="2">
         <v>885</v>
       </c>
       <c r="F333" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G333" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H333" s="2" t="s">
         <v>986</v>
       </c>
       <c r="I333" s="2">
         <v>166</v>
       </c>
       <c r="J333" s="2">
         <v>159</v>
       </c>
       <c r="K333" s="2">
         <v>150</v>
       </c>
       <c r="L333" s="2">
         <v>0</v>
       </c>
       <c r="M333" s="2">
         <v>0</v>
       </c>
       <c r="N333" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="334" spans="1:14">
       <c r="A334" s="2">
-        <v>112738</v>
+        <v>106868</v>
       </c>
       <c r="B334" s="2" t="s">
         <v>987</v>
       </c>
       <c r="C334" s="2" t="s">
         <v>988</v>
       </c>
-      <c r="D334" s="2"/>
+      <c r="D334" s="2" t="s">
+        <v>989</v>
+      </c>
       <c r="E334" s="2">
-        <v>1377</v>
+        <v>376</v>
       </c>
       <c r="F334" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G334" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H334" s="2" t="s">
-        <v>989</v>
+        <v>990</v>
       </c>
       <c r="I334" s="2">
         <v>167</v>
       </c>
       <c r="J334" s="2">
-        <v>160</v>
+        <v>153</v>
       </c>
       <c r="K334" s="2">
         <v>150</v>
       </c>
       <c r="L334" s="2">
-        <v>0</v>
+        <v>20</v>
       </c>
       <c r="M334" s="2">
         <v>0</v>
       </c>
       <c r="N334" s="2">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="335" spans="1:14">
       <c r="A335" s="2">
-        <v>106868</v>
+        <v>112738</v>
       </c>
       <c r="B335" s="2" t="s">
-        <v>990</v>
+        <v>991</v>
       </c>
       <c r="C335" s="2" t="s">
-        <v>991</v>
-[...1 lines deleted...]
-      <c r="D335" s="2" t="s">
         <v>992</v>
       </c>
+      <c r="D335" s="2"/>
       <c r="E335" s="2">
-        <v>376</v>
+        <v>1377</v>
       </c>
       <c r="F335" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G335" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H335" s="2" t="s">
         <v>993</v>
       </c>
       <c r="I335" s="2">
         <v>167</v>
       </c>
       <c r="J335" s="2">
-        <v>153</v>
+        <v>160</v>
       </c>
       <c r="K335" s="2">
         <v>150</v>
       </c>
       <c r="L335" s="2">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="M335" s="2">
         <v>0</v>
       </c>
       <c r="N335" s="2">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="336" spans="1:14">
       <c r="A336" s="2">
         <v>112739</v>
       </c>
       <c r="B336" s="2" t="s">
         <v>994</v>
       </c>
       <c r="C336" s="2" t="s">
         <v>995</v>
       </c>
       <c r="D336" s="2"/>
       <c r="E336" s="2">
         <v>543</v>
       </c>
       <c r="F336" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G336" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H336" s="2" t="s">
         <v>996</v>
       </c>
       <c r="I336" s="2">
         <v>168</v>
       </c>
       <c r="J336" s="2">
         <v>161</v>
       </c>
       <c r="K336" s="2">
         <v>150</v>
       </c>
       <c r="L336" s="2">
         <v>0</v>
       </c>
       <c r="M336" s="2">
         <v>0</v>
       </c>
       <c r="N336" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="337" spans="1:14">
       <c r="A337" s="2">
         <v>106869</v>
       </c>
       <c r="B337" s="2" t="s">
-        <v>636</v>
+        <v>637</v>
       </c>
       <c r="C337" s="2" t="s">
         <v>15</v>
       </c>
       <c r="D337" s="2" t="s">
         <v>997</v>
       </c>
       <c r="E337" s="2">
         <v>237</v>
       </c>
       <c r="F337" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G337" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H337" s="2" t="s">
         <v>998</v>
       </c>
       <c r="I337" s="2">
         <v>168</v>
       </c>
       <c r="J337" s="2">
         <v>154</v>
       </c>
@@ -21085,572 +21085,572 @@
       </c>
       <c r="H339" s="2" t="s">
         <v>1005</v>
       </c>
       <c r="I339" s="2">
         <v>169</v>
       </c>
       <c r="J339" s="2">
         <v>162</v>
       </c>
       <c r="K339" s="2">
         <v>150</v>
       </c>
       <c r="L339" s="2">
         <v>0</v>
       </c>
       <c r="M339" s="2">
         <v>0</v>
       </c>
       <c r="N339" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="340" spans="1:14">
       <c r="A340" s="2">
-        <v>112741</v>
+        <v>106871</v>
       </c>
       <c r="B340" s="2" t="s">
         <v>1006</v>
       </c>
       <c r="C340" s="2" t="s">
-        <v>935</v>
-[...1 lines deleted...]
-      <c r="D340" s="2"/>
+        <v>1007</v>
+      </c>
+      <c r="D340" s="2" t="s">
+        <v>1008</v>
+      </c>
       <c r="E340" s="2">
-        <v>1575</v>
+        <v>1066</v>
       </c>
       <c r="F340" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G340" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H340" s="2" t="s">
-        <v>1007</v>
+        <v>1009</v>
       </c>
       <c r="I340" s="2">
         <v>170</v>
       </c>
       <c r="J340" s="2">
-        <v>163</v>
+        <v>156</v>
       </c>
       <c r="K340" s="2">
         <v>150</v>
       </c>
       <c r="L340" s="2">
-        <v>0</v>
+        <v>20</v>
       </c>
       <c r="M340" s="2">
         <v>0</v>
       </c>
       <c r="N340" s="2">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="341" spans="1:14">
       <c r="A341" s="2">
-        <v>106871</v>
+        <v>112741</v>
       </c>
       <c r="B341" s="2" t="s">
-        <v>1008</v>
+        <v>1010</v>
       </c>
       <c r="C341" s="2" t="s">
-        <v>1009</v>
-[...3 lines deleted...]
-      </c>
+        <v>935</v>
+      </c>
+      <c r="D341" s="2"/>
       <c r="E341" s="2">
-        <v>1066</v>
+        <v>1575</v>
       </c>
       <c r="F341" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G341" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H341" s="2" t="s">
         <v>1011</v>
       </c>
       <c r="I341" s="2">
         <v>170</v>
       </c>
       <c r="J341" s="2">
-        <v>156</v>
+        <v>163</v>
       </c>
       <c r="K341" s="2">
         <v>150</v>
       </c>
       <c r="L341" s="2">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="M341" s="2">
         <v>0</v>
       </c>
       <c r="N341" s="2">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="342" spans="1:14">
       <c r="A342" s="2">
-        <v>106872</v>
+        <v>112742</v>
       </c>
       <c r="B342" s="2" t="s">
         <v>1012</v>
       </c>
       <c r="C342" s="2" t="s">
-        <v>938</v>
-[...1 lines deleted...]
-      <c r="D342" s="2" t="s">
         <v>1013</v>
       </c>
+      <c r="D342" s="2"/>
       <c r="E342" s="2">
-        <v>839</v>
+        <v>1249</v>
       </c>
       <c r="F342" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G342" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H342" s="2" t="s">
-        <v>1014</v>
+        <v>1011</v>
       </c>
       <c r="I342" s="2">
         <v>171</v>
       </c>
       <c r="J342" s="2">
-        <v>157</v>
+        <v>164</v>
       </c>
       <c r="K342" s="2">
         <v>150</v>
       </c>
       <c r="L342" s="2">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="M342" s="2">
         <v>0</v>
       </c>
       <c r="N342" s="2">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="343" spans="1:14">
       <c r="A343" s="2">
-        <v>112742</v>
+        <v>106872</v>
       </c>
       <c r="B343" s="2" t="s">
+        <v>1014</v>
+      </c>
+      <c r="C343" s="2" t="s">
+        <v>938</v>
+      </c>
+      <c r="D343" s="2" t="s">
         <v>1015</v>
       </c>
-      <c r="C343" s="2" t="s">
+      <c r="E343" s="2">
+        <v>839</v>
+      </c>
+      <c r="F343" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G343" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="H343" s="2" t="s">
         <v>1016</v>
-      </c>
-[...11 lines deleted...]
-        <v>1007</v>
       </c>
       <c r="I343" s="2">
         <v>171</v>
       </c>
       <c r="J343" s="2">
-        <v>164</v>
+        <v>157</v>
       </c>
       <c r="K343" s="2">
         <v>150</v>
       </c>
       <c r="L343" s="2">
-        <v>0</v>
+        <v>20</v>
       </c>
       <c r="M343" s="2">
         <v>0</v>
       </c>
       <c r="N343" s="2">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="344" spans="1:14">
       <c r="A344" s="2">
-        <v>112743</v>
+        <v>106873</v>
       </c>
       <c r="B344" s="2" t="s">
         <v>1017</v>
       </c>
       <c r="C344" s="2" t="s">
         <v>1018</v>
       </c>
-      <c r="D344" s="2"/>
+      <c r="D344" s="2" t="s">
+        <v>1019</v>
+      </c>
       <c r="E344" s="2">
-        <v>1254</v>
+        <v>994</v>
       </c>
       <c r="F344" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G344" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H344" s="2" t="s">
-        <v>1019</v>
+        <v>1020</v>
       </c>
       <c r="I344" s="2">
         <v>172</v>
       </c>
       <c r="J344" s="2">
-        <v>165</v>
+        <v>158</v>
       </c>
       <c r="K344" s="2">
         <v>150</v>
       </c>
       <c r="L344" s="2">
-        <v>0</v>
+        <v>20</v>
       </c>
       <c r="M344" s="2">
         <v>0</v>
       </c>
       <c r="N344" s="2">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="345" spans="1:14">
       <c r="A345" s="2">
-        <v>106873</v>
+        <v>112743</v>
       </c>
       <c r="B345" s="2" t="s">
-        <v>1020</v>
+        <v>1021</v>
       </c>
       <c r="C345" s="2" t="s">
-        <v>1021</v>
-[...1 lines deleted...]
-      <c r="D345" s="2" t="s">
         <v>1022</v>
       </c>
+      <c r="D345" s="2"/>
       <c r="E345" s="2">
-        <v>994</v>
+        <v>1254</v>
       </c>
       <c r="F345" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G345" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H345" s="2" t="s">
         <v>1023</v>
       </c>
       <c r="I345" s="2">
         <v>172</v>
       </c>
       <c r="J345" s="2">
-        <v>158</v>
+        <v>165</v>
       </c>
       <c r="K345" s="2">
         <v>150</v>
       </c>
       <c r="L345" s="2">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="M345" s="2">
         <v>0</v>
       </c>
       <c r="N345" s="2">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="346" spans="1:14">
       <c r="A346" s="2">
-        <v>106808</v>
+        <v>106874</v>
       </c>
       <c r="B346" s="2" t="s">
-        <v>678</v>
+        <v>117</v>
       </c>
       <c r="C346" s="2" t="s">
-        <v>679</v>
+        <v>690</v>
       </c>
       <c r="D346" s="2" t="s">
-        <v>680</v>
+        <v>691</v>
       </c>
       <c r="E346" s="2">
-        <v>2106</v>
+        <v>1007</v>
       </c>
       <c r="F346" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G346" s="2" t="s">
-        <v>205</v>
+        <v>18</v>
       </c>
       <c r="H346" s="2" t="s">
         <v>1024</v>
       </c>
       <c r="I346" s="2">
         <v>173</v>
       </c>
       <c r="J346" s="2">
-        <v>8</v>
+        <v>159</v>
       </c>
       <c r="K346" s="2">
         <v>150</v>
       </c>
       <c r="L346" s="2">
-        <v>0</v>
+        <v>20</v>
       </c>
       <c r="M346" s="2">
         <v>0</v>
       </c>
       <c r="N346" s="2">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="347" spans="1:14">
       <c r="A347" s="2">
-        <v>106874</v>
+        <v>106808</v>
       </c>
       <c r="B347" s="2" t="s">
-        <v>121</v>
+        <v>678</v>
       </c>
       <c r="C347" s="2" t="s">
-        <v>693</v>
+        <v>679</v>
       </c>
       <c r="D347" s="2" t="s">
-        <v>694</v>
+        <v>680</v>
       </c>
       <c r="E347" s="2">
-        <v>1007</v>
+        <v>2106</v>
       </c>
       <c r="F347" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G347" s="2" t="s">
-        <v>18</v>
+        <v>201</v>
       </c>
       <c r="H347" s="2" t="s">
         <v>1025</v>
       </c>
       <c r="I347" s="2">
         <v>173</v>
       </c>
       <c r="J347" s="2">
-        <v>159</v>
+        <v>8</v>
       </c>
       <c r="K347" s="2">
         <v>150</v>
       </c>
       <c r="L347" s="2">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="M347" s="2">
         <v>0</v>
       </c>
       <c r="N347" s="2">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="348" spans="1:14">
       <c r="A348" s="2">
-        <v>106875</v>
+        <v>112745</v>
       </c>
       <c r="B348" s="2" t="s">
         <v>1026</v>
       </c>
       <c r="C348" s="2" t="s">
         <v>1027</v>
       </c>
-      <c r="D348" s="2" t="s">
+      <c r="D348" s="2"/>
+      <c r="E348" s="2">
+        <v>1023</v>
+      </c>
+      <c r="F348" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G348" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="H348" s="2" t="s">
         <v>1028</v>
-      </c>
-[...10 lines deleted...]
-        <v>1029</v>
       </c>
       <c r="I348" s="2">
         <v>174</v>
       </c>
       <c r="J348" s="2">
-        <v>160</v>
+        <v>166</v>
       </c>
       <c r="K348" s="2">
         <v>150</v>
       </c>
       <c r="L348" s="2">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="M348" s="2">
         <v>0</v>
       </c>
       <c r="N348" s="2">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="349" spans="1:14">
       <c r="A349" s="2">
-        <v>112745</v>
+        <v>106875</v>
       </c>
       <c r="B349" s="2" t="s">
+        <v>1029</v>
+      </c>
+      <c r="C349" s="2" t="s">
         <v>1030</v>
       </c>
-      <c r="C349" s="2" t="s">
+      <c r="D349" s="2" t="s">
         <v>1031</v>
       </c>
-      <c r="D349" s="2"/>
       <c r="E349" s="2">
-        <v>1023</v>
+        <v>1322</v>
       </c>
       <c r="F349" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G349" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H349" s="2" t="s">
         <v>1032</v>
       </c>
       <c r="I349" s="2">
         <v>174</v>
       </c>
       <c r="J349" s="2">
-        <v>166</v>
+        <v>160</v>
       </c>
       <c r="K349" s="2">
         <v>150</v>
       </c>
       <c r="L349" s="2">
-        <v>0</v>
+        <v>20</v>
       </c>
       <c r="M349" s="2">
         <v>0</v>
       </c>
       <c r="N349" s="2">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="350" spans="1:14">
       <c r="A350" s="2">
-        <v>112746</v>
+        <v>106876</v>
       </c>
       <c r="B350" s="2" t="s">
+        <v>79</v>
+      </c>
+      <c r="C350" s="2" t="s">
         <v>1033</v>
       </c>
-      <c r="C350" s="2" t="s">
+      <c r="D350" s="2" t="s">
         <v>1034</v>
       </c>
-      <c r="D350" s="2"/>
       <c r="E350" s="2">
-        <v>837</v>
+        <v>1164</v>
       </c>
       <c r="F350" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G350" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H350" s="2" t="s">
         <v>1035</v>
       </c>
       <c r="I350" s="2">
         <v>175</v>
       </c>
       <c r="J350" s="2">
-        <v>167</v>
+        <v>161</v>
       </c>
       <c r="K350" s="2">
         <v>150</v>
       </c>
       <c r="L350" s="2">
-        <v>0</v>
+        <v>20</v>
       </c>
       <c r="M350" s="2">
         <v>0</v>
       </c>
       <c r="N350" s="2">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="351" spans="1:14">
       <c r="A351" s="2">
-        <v>106876</v>
+        <v>112746</v>
       </c>
       <c r="B351" s="2" t="s">
-        <v>79</v>
+        <v>1036</v>
       </c>
       <c r="C351" s="2" t="s">
-        <v>1036</v>
-[...1 lines deleted...]
-      <c r="D351" s="2" t="s">
         <v>1037</v>
       </c>
+      <c r="D351" s="2"/>
       <c r="E351" s="2">
-        <v>1164</v>
+        <v>837</v>
       </c>
       <c r="F351" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G351" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H351" s="2" t="s">
         <v>1038</v>
       </c>
       <c r="I351" s="2">
         <v>175</v>
       </c>
       <c r="J351" s="2">
-        <v>161</v>
+        <v>167</v>
       </c>
       <c r="K351" s="2">
         <v>150</v>
       </c>
       <c r="L351" s="2">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="M351" s="2">
         <v>0</v>
       </c>
       <c r="N351" s="2">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="352" spans="1:14">
       <c r="A352" s="2">
         <v>106918</v>
       </c>
       <c r="B352" s="2" t="s">
-        <v>53</v>
+        <v>56</v>
       </c>
       <c r="C352" s="2" t="s">
         <v>1039</v>
       </c>
       <c r="D352" s="2" t="s">
         <v>1040</v>
       </c>
       <c r="E352" s="2">
         <v>324</v>
       </c>
       <c r="F352" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G352" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H352" s="2" t="s">
         <v>1041</v>
       </c>
       <c r="I352" s="2">
         <v>176</v>
       </c>
       <c r="J352" s="2">
         <v>168</v>
       </c>
@@ -21691,478 +21691,478 @@
       </c>
       <c r="H353" s="2" t="s">
         <v>1045</v>
       </c>
       <c r="I353" s="2">
         <v>176</v>
       </c>
       <c r="J353" s="2">
         <v>162</v>
       </c>
       <c r="K353" s="2">
         <v>150</v>
       </c>
       <c r="L353" s="2">
         <v>20</v>
       </c>
       <c r="M353" s="2">
         <v>0</v>
       </c>
       <c r="N353" s="2">
         <v>170</v>
       </c>
     </row>
     <row r="354" spans="1:14">
       <c r="A354" s="2">
-        <v>106878</v>
+        <v>112748</v>
       </c>
       <c r="B354" s="2" t="s">
-        <v>117</v>
+        <v>1046</v>
       </c>
       <c r="C354" s="2" t="s">
-        <v>1046</v>
-[...1 lines deleted...]
-      <c r="D354" s="2" t="s">
         <v>1047</v>
       </c>
+      <c r="D354" s="2"/>
       <c r="E354" s="2">
-        <v>1185</v>
+        <v>1105</v>
       </c>
       <c r="F354" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G354" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H354" s="2" t="s">
         <v>1048</v>
       </c>
       <c r="I354" s="2">
         <v>177</v>
       </c>
       <c r="J354" s="2">
-        <v>163</v>
+        <v>169</v>
       </c>
       <c r="K354" s="2">
         <v>150</v>
       </c>
       <c r="L354" s="2">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="M354" s="2">
         <v>0</v>
       </c>
       <c r="N354" s="2">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="355" spans="1:14">
       <c r="A355" s="2">
-        <v>112748</v>
+        <v>106878</v>
       </c>
       <c r="B355" s="2" t="s">
+        <v>121</v>
+      </c>
+      <c r="C355" s="2" t="s">
         <v>1049</v>
       </c>
-      <c r="C355" s="2" t="s">
+      <c r="D355" s="2" t="s">
         <v>1050</v>
       </c>
-      <c r="D355" s="2"/>
       <c r="E355" s="2">
-        <v>1105</v>
+        <v>1185</v>
       </c>
       <c r="F355" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G355" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H355" s="2" t="s">
         <v>1051</v>
       </c>
       <c r="I355" s="2">
         <v>177</v>
       </c>
       <c r="J355" s="2">
-        <v>169</v>
+        <v>163</v>
       </c>
       <c r="K355" s="2">
         <v>150</v>
       </c>
       <c r="L355" s="2">
-        <v>0</v>
+        <v>20</v>
       </c>
       <c r="M355" s="2">
         <v>0</v>
       </c>
       <c r="N355" s="2">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="356" spans="1:14">
       <c r="A356" s="2">
-        <v>106880</v>
+        <v>106879</v>
       </c>
       <c r="B356" s="2" t="s">
+        <v>419</v>
+      </c>
+      <c r="C356" s="2" t="s">
         <v>1052</v>
       </c>
-      <c r="C356" s="2" t="s">
+      <c r="D356" s="2" t="s">
         <v>1053</v>
       </c>
-      <c r="D356" s="2" t="s">
+      <c r="E356" s="2">
+        <v>927</v>
+      </c>
+      <c r="F356" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G356" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="H356" s="2" t="s">
         <v>1054</v>
-      </c>
-[...10 lines deleted...]
-        <v>1055</v>
       </c>
       <c r="I356" s="2">
         <v>178</v>
       </c>
       <c r="J356" s="2">
+        <v>164</v>
+      </c>
+      <c r="K356" s="2">
+        <v>150</v>
+      </c>
+      <c r="L356" s="2">
+        <v>20</v>
+      </c>
+      <c r="M356" s="2">
+        <v>0</v>
+      </c>
+      <c r="N356" s="2">
         <v>170</v>
-      </c>
-[...10 lines deleted...]
-        <v>150</v>
       </c>
     </row>
     <row r="357" spans="1:14">
       <c r="A357" s="2">
-        <v>106879</v>
+        <v>106880</v>
       </c>
       <c r="B357" s="2" t="s">
-        <v>422</v>
+        <v>1055</v>
       </c>
       <c r="C357" s="2" t="s">
         <v>1056</v>
       </c>
       <c r="D357" s="2" t="s">
         <v>1057</v>
       </c>
       <c r="E357" s="2">
-        <v>927</v>
+        <v>720</v>
       </c>
       <c r="F357" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G357" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H357" s="2" t="s">
         <v>1058</v>
       </c>
       <c r="I357" s="2">
         <v>178</v>
       </c>
       <c r="J357" s="2">
-        <v>164</v>
+        <v>170</v>
       </c>
       <c r="K357" s="2">
         <v>150</v>
       </c>
       <c r="L357" s="2">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="M357" s="2">
         <v>0</v>
       </c>
       <c r="N357" s="2">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="358" spans="1:14">
       <c r="A358" s="2">
         <v>112750</v>
       </c>
       <c r="B358" s="2" t="s">
         <v>1059</v>
       </c>
       <c r="C358" s="2" t="s">
         <v>1060</v>
       </c>
       <c r="D358" s="2"/>
       <c r="E358" s="2">
         <v>1082</v>
       </c>
       <c r="F358" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G358" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H358" s="2" t="s">
         <v>1061</v>
       </c>
       <c r="I358" s="2">
         <v>179</v>
       </c>
       <c r="J358" s="2">
         <v>171</v>
       </c>
       <c r="K358" s="2">
         <v>150</v>
       </c>
       <c r="L358" s="2">
         <v>0</v>
       </c>
       <c r="M358" s="2">
         <v>0</v>
       </c>
       <c r="N358" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="359" spans="1:14">
       <c r="A359" s="2">
         <v>106880</v>
       </c>
       <c r="B359" s="2" t="s">
-        <v>1052</v>
+        <v>1055</v>
       </c>
       <c r="C359" s="2" t="s">
-        <v>1053</v>
+        <v>1056</v>
       </c>
       <c r="D359" s="2" t="s">
-        <v>1054</v>
+        <v>1057</v>
       </c>
       <c r="E359" s="2">
         <v>844</v>
       </c>
       <c r="F359" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G359" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H359" s="2" t="s">
         <v>1062</v>
       </c>
       <c r="I359" s="2">
         <v>179</v>
       </c>
       <c r="J359" s="2">
         <v>165</v>
       </c>
       <c r="K359" s="2">
         <v>150</v>
       </c>
       <c r="L359" s="2">
         <v>20</v>
       </c>
       <c r="M359" s="2">
         <v>0</v>
       </c>
       <c r="N359" s="2">
         <v>170</v>
       </c>
     </row>
     <row r="360" spans="1:14">
       <c r="A360" s="2">
-        <v>106881</v>
+        <v>112751</v>
       </c>
       <c r="B360" s="2" t="s">
-        <v>175</v>
+        <v>1063</v>
       </c>
       <c r="C360" s="2" t="s">
-        <v>1063</v>
-[...1 lines deleted...]
-      <c r="D360" s="2" t="s">
+        <v>69</v>
+      </c>
+      <c r="D360" s="2"/>
+      <c r="E360" s="2">
+        <v>2210</v>
+      </c>
+      <c r="F360" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G360" s="2" t="s">
+        <v>201</v>
+      </c>
+      <c r="H360" s="2" t="s">
         <v>1064</v>
-      </c>
-[...10 lines deleted...]
-        <v>1065</v>
       </c>
       <c r="I360" s="2">
         <v>180</v>
       </c>
       <c r="J360" s="2">
-        <v>166</v>
+        <v>9</v>
       </c>
       <c r="K360" s="2">
         <v>150</v>
       </c>
       <c r="L360" s="2">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="M360" s="2">
         <v>0</v>
       </c>
       <c r="N360" s="2">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="361" spans="1:14">
       <c r="A361" s="2">
-        <v>112751</v>
+        <v>106881</v>
       </c>
       <c r="B361" s="2" t="s">
+        <v>179</v>
+      </c>
+      <c r="C361" s="2" t="s">
+        <v>1065</v>
+      </c>
+      <c r="D361" s="2" t="s">
         <v>1066</v>
       </c>
-      <c r="C361" s="2" t="s">
-[...2 lines deleted...]
-      <c r="D361" s="2"/>
       <c r="E361" s="2">
-        <v>2210</v>
+        <v>1294</v>
       </c>
       <c r="F361" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G361" s="2" t="s">
-        <v>205</v>
+        <v>18</v>
       </c>
       <c r="H361" s="2" t="s">
         <v>1067</v>
       </c>
       <c r="I361" s="2">
         <v>180</v>
       </c>
       <c r="J361" s="2">
-        <v>9</v>
+        <v>166</v>
       </c>
       <c r="K361" s="2">
         <v>150</v>
       </c>
       <c r="L361" s="2">
-        <v>0</v>
+        <v>20</v>
       </c>
       <c r="M361" s="2">
         <v>0</v>
       </c>
       <c r="N361" s="2">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="362" spans="1:14">
       <c r="A362" s="2">
-        <v>112752</v>
+        <v>106882</v>
       </c>
       <c r="B362" s="2" t="s">
+        <v>467</v>
+      </c>
+      <c r="C362" s="2" t="s">
+        <v>974</v>
+      </c>
+      <c r="D362" s="2" t="s">
         <v>1068</v>
       </c>
-      <c r="C362" s="2" t="s">
+      <c r="E362" s="2">
+        <v>2020</v>
+      </c>
+      <c r="F362" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G362" s="2" t="s">
+        <v>201</v>
+      </c>
+      <c r="H362" s="2" t="s">
         <v>1069</v>
-      </c>
-[...11 lines deleted...]
-        <v>1070</v>
       </c>
       <c r="I362" s="2">
         <v>181</v>
       </c>
       <c r="J362" s="2">
-        <v>172</v>
+        <v>15</v>
       </c>
       <c r="K362" s="2">
         <v>150</v>
       </c>
       <c r="L362" s="2">
-        <v>0</v>
+        <v>160</v>
       </c>
       <c r="M362" s="2">
         <v>0</v>
       </c>
       <c r="N362" s="2">
-        <v>150</v>
+        <v>310</v>
       </c>
     </row>
     <row r="363" spans="1:14">
       <c r="A363" s="2">
-        <v>106882</v>
+        <v>112752</v>
       </c>
       <c r="B363" s="2" t="s">
-        <v>464</v>
+        <v>1070</v>
       </c>
       <c r="C363" s="2" t="s">
-        <v>976</v>
-[...1 lines deleted...]
-      <c r="D363" s="2" t="s">
         <v>1071</v>
       </c>
+      <c r="D363" s="2"/>
       <c r="E363" s="2">
-        <v>2020</v>
+        <v>830</v>
       </c>
       <c r="F363" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G363" s="2" t="s">
-        <v>205</v>
+        <v>18</v>
       </c>
       <c r="H363" s="2" t="s">
         <v>1072</v>
       </c>
       <c r="I363" s="2">
         <v>181</v>
       </c>
       <c r="J363" s="2">
-        <v>15</v>
+        <v>172</v>
       </c>
       <c r="K363" s="2">
         <v>150</v>
       </c>
       <c r="L363" s="2">
-        <v>160</v>
+        <v>0</v>
       </c>
       <c r="M363" s="2">
         <v>0</v>
       </c>
       <c r="N363" s="2">
-        <v>310</v>
+        <v>150</v>
       </c>
     </row>
     <row r="364" spans="1:14">
       <c r="A364" s="2">
         <v>112753</v>
       </c>
       <c r="B364" s="2" t="s">
         <v>1073</v>
       </c>
       <c r="C364" s="2" t="s">
         <v>1074</v>
       </c>
       <c r="D364" s="2"/>
       <c r="E364" s="2">
         <v>1292</v>
       </c>
       <c r="F364" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G364" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H364" s="2" t="s">
         <v>1075</v>
       </c>
@@ -22171,256 +22171,256 @@
       </c>
       <c r="J364" s="2">
         <v>173</v>
       </c>
       <c r="K364" s="2">
         <v>150</v>
       </c>
       <c r="L364" s="2">
         <v>0</v>
       </c>
       <c r="M364" s="2">
         <v>0</v>
       </c>
       <c r="N364" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="365" spans="1:14">
       <c r="A365" s="2">
         <v>106883</v>
       </c>
       <c r="B365" s="2" t="s">
         <v>1076</v>
       </c>
       <c r="C365" s="2" t="s">
-        <v>584</v>
+        <v>581</v>
       </c>
       <c r="D365" s="2" t="s">
         <v>1077</v>
       </c>
       <c r="E365" s="2">
         <v>1036</v>
       </c>
       <c r="F365" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G365" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H365" s="2" t="s">
         <v>1078</v>
       </c>
       <c r="I365" s="2">
         <v>182</v>
       </c>
       <c r="J365" s="2">
         <v>167</v>
       </c>
       <c r="K365" s="2">
         <v>150</v>
       </c>
       <c r="L365" s="2">
         <v>20</v>
       </c>
       <c r="M365" s="2">
         <v>0</v>
       </c>
       <c r="N365" s="2">
         <v>170</v>
       </c>
     </row>
     <row r="366" spans="1:14">
       <c r="A366" s="2">
-        <v>106884</v>
+        <v>112754</v>
       </c>
       <c r="B366" s="2" t="s">
-        <v>488</v>
+        <v>577</v>
       </c>
       <c r="C366" s="2" t="s">
-        <v>152</v>
-[...3 lines deleted...]
-      </c>
+        <v>1079</v>
+      </c>
+      <c r="D366" s="2"/>
       <c r="E366" s="2">
-        <v>1231</v>
+        <v>1334</v>
       </c>
       <c r="F366" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G366" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H366" s="2" t="s">
-        <v>1079</v>
+        <v>1075</v>
       </c>
       <c r="I366" s="2">
         <v>183</v>
       </c>
       <c r="J366" s="2">
-        <v>168</v>
+        <v>174</v>
       </c>
       <c r="K366" s="2">
         <v>150</v>
       </c>
       <c r="L366" s="2">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="M366" s="2">
         <v>0</v>
       </c>
       <c r="N366" s="2">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="367" spans="1:14">
       <c r="A367" s="2">
-        <v>112754</v>
+        <v>106884</v>
       </c>
       <c r="B367" s="2" t="s">
-        <v>573</v>
+        <v>485</v>
       </c>
       <c r="C367" s="2" t="s">
+        <v>151</v>
+      </c>
+      <c r="D367" s="2" t="s">
+        <v>793</v>
+      </c>
+      <c r="E367" s="2">
+        <v>1231</v>
+      </c>
+      <c r="F367" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G367" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="H367" s="2" t="s">
         <v>1080</v>
-      </c>
-[...11 lines deleted...]
-        <v>1075</v>
       </c>
       <c r="I367" s="2">
         <v>183</v>
       </c>
       <c r="J367" s="2">
-        <v>174</v>
+        <v>168</v>
       </c>
       <c r="K367" s="2">
         <v>150</v>
       </c>
       <c r="L367" s="2">
-        <v>0</v>
+        <v>20</v>
       </c>
       <c r="M367" s="2">
         <v>0</v>
       </c>
       <c r="N367" s="2">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="368" spans="1:14">
       <c r="A368" s="2">
-        <v>112755</v>
+        <v>106885</v>
       </c>
       <c r="B368" s="2" t="s">
-        <v>474</v>
+        <v>1081</v>
       </c>
       <c r="C368" s="2" t="s">
-        <v>1081</v>
-[...1 lines deleted...]
-      <c r="D368" s="2"/>
+        <v>1082</v>
+      </c>
+      <c r="D368" s="2" t="s">
+        <v>1083</v>
+      </c>
       <c r="E368" s="2">
-        <v>1400</v>
+        <v>1130</v>
       </c>
       <c r="F368" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G368" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H368" s="2" t="s">
-        <v>1082</v>
+        <v>1084</v>
       </c>
       <c r="I368" s="2">
         <v>184</v>
       </c>
       <c r="J368" s="2">
-        <v>175</v>
+        <v>169</v>
       </c>
       <c r="K368" s="2">
         <v>150</v>
       </c>
       <c r="L368" s="2">
-        <v>0</v>
+        <v>20</v>
       </c>
       <c r="M368" s="2">
         <v>0</v>
       </c>
       <c r="N368" s="2">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="369" spans="1:14">
       <c r="A369" s="2">
-        <v>106885</v>
+        <v>112755</v>
       </c>
       <c r="B369" s="2" t="s">
-        <v>1083</v>
+        <v>474</v>
       </c>
       <c r="C369" s="2" t="s">
-        <v>1084</v>
-[...1 lines deleted...]
-      <c r="D369" s="2" t="s">
         <v>1085</v>
       </c>
+      <c r="D369" s="2"/>
       <c r="E369" s="2">
-        <v>1130</v>
+        <v>1400</v>
       </c>
       <c r="F369" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G369" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H369" s="2" t="s">
         <v>1086</v>
       </c>
       <c r="I369" s="2">
         <v>184</v>
       </c>
       <c r="J369" s="2">
-        <v>169</v>
+        <v>175</v>
       </c>
       <c r="K369" s="2">
         <v>150</v>
       </c>
       <c r="L369" s="2">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="M369" s="2">
         <v>0</v>
       </c>
       <c r="N369" s="2">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="370" spans="1:14">
       <c r="A370" s="2">
         <v>112756</v>
       </c>
       <c r="B370" s="2" t="s">
         <v>1087</v>
       </c>
       <c r="C370" s="2" t="s">
         <v>1088</v>
       </c>
       <c r="D370" s="2"/>
       <c r="E370" s="2">
         <v>783</v>
       </c>
       <c r="F370" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G370" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H370" s="2" t="s">
         <v>1089</v>
       </c>
@@ -22467,220 +22467,220 @@
       </c>
       <c r="H371" s="2" t="s">
         <v>1093</v>
       </c>
       <c r="I371" s="2">
         <v>185</v>
       </c>
       <c r="J371" s="2">
         <v>170</v>
       </c>
       <c r="K371" s="2">
         <v>150</v>
       </c>
       <c r="L371" s="2">
         <v>20</v>
       </c>
       <c r="M371" s="2">
         <v>0</v>
       </c>
       <c r="N371" s="2">
         <v>170</v>
       </c>
     </row>
     <row r="372" spans="1:14">
       <c r="A372" s="2">
-        <v>106887</v>
+        <v>106823</v>
       </c>
       <c r="B372" s="2" t="s">
+        <v>766</v>
+      </c>
+      <c r="C372" s="2" t="s">
+        <v>69</v>
+      </c>
+      <c r="D372" s="2" t="s">
+        <v>767</v>
+      </c>
+      <c r="E372" s="2">
+        <v>947</v>
+      </c>
+      <c r="F372" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G372" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="H372" s="2" t="s">
         <v>1094</v>
-      </c>
-[...16 lines deleted...]
-        <v>1096</v>
       </c>
       <c r="I372" s="2">
         <v>186</v>
       </c>
       <c r="J372" s="2">
-        <v>16</v>
+        <v>177</v>
       </c>
       <c r="K372" s="2">
         <v>150</v>
       </c>
       <c r="L372" s="2">
-        <v>150</v>
+        <v>0</v>
       </c>
       <c r="M372" s="2">
         <v>0</v>
       </c>
       <c r="N372" s="2">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="373" spans="1:14">
       <c r="A373" s="2">
-        <v>106823</v>
+        <v>106887</v>
       </c>
       <c r="B373" s="2" t="s">
-        <v>764</v>
+        <v>1095</v>
       </c>
       <c r="C373" s="2" t="s">
-        <v>72</v>
+        <v>1018</v>
       </c>
       <c r="D373" s="2" t="s">
-        <v>765</v>
+        <v>1096</v>
       </c>
       <c r="E373" s="2">
-        <v>947</v>
+        <v>2119</v>
       </c>
       <c r="F373" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G373" s="2" t="s">
-        <v>18</v>
+        <v>201</v>
       </c>
       <c r="H373" s="2" t="s">
         <v>1097</v>
       </c>
       <c r="I373" s="2">
         <v>186</v>
       </c>
       <c r="J373" s="2">
-        <v>177</v>
+        <v>16</v>
       </c>
       <c r="K373" s="2">
         <v>150</v>
       </c>
       <c r="L373" s="2">
-        <v>0</v>
+        <v>150</v>
       </c>
       <c r="M373" s="2">
         <v>0</v>
       </c>
       <c r="N373" s="2">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="374" spans="1:14">
       <c r="A374" s="2">
-        <v>112758</v>
+        <v>106888</v>
       </c>
       <c r="B374" s="2" t="s">
+        <v>314</v>
+      </c>
+      <c r="C374" s="2" t="s">
+        <v>734</v>
+      </c>
+      <c r="D374" s="2" t="s">
         <v>1098</v>
       </c>
-      <c r="C374" s="2" t="s">
+      <c r="E374" s="2">
+        <v>1037</v>
+      </c>
+      <c r="F374" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G374" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="H374" s="2" t="s">
         <v>1099</v>
-      </c>
-[...11 lines deleted...]
-        <v>1100</v>
       </c>
       <c r="I374" s="2">
         <v>187</v>
       </c>
       <c r="J374" s="2">
-        <v>178</v>
+        <v>171</v>
       </c>
       <c r="K374" s="2">
         <v>150</v>
       </c>
       <c r="L374" s="2">
-        <v>0</v>
+        <v>20</v>
       </c>
       <c r="M374" s="2">
         <v>0</v>
       </c>
       <c r="N374" s="2">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="375" spans="1:14">
       <c r="A375" s="2">
-        <v>106888</v>
+        <v>112758</v>
       </c>
       <c r="B375" s="2" t="s">
-        <v>314</v>
+        <v>1100</v>
       </c>
       <c r="C375" s="2" t="s">
-        <v>731</v>
-[...1 lines deleted...]
-      <c r="D375" s="2" t="s">
         <v>1101</v>
       </c>
+      <c r="D375" s="2"/>
       <c r="E375" s="2">
-        <v>1037</v>
+        <v>1281</v>
       </c>
       <c r="F375" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G375" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H375" s="2" t="s">
         <v>1102</v>
       </c>
       <c r="I375" s="2">
         <v>187</v>
       </c>
       <c r="J375" s="2">
-        <v>171</v>
+        <v>178</v>
       </c>
       <c r="K375" s="2">
         <v>150</v>
       </c>
       <c r="L375" s="2">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="M375" s="2">
         <v>0</v>
       </c>
       <c r="N375" s="2">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="376" spans="1:14">
       <c r="A376" s="2">
         <v>112759</v>
       </c>
       <c r="B376" s="2" t="s">
         <v>1103</v>
       </c>
       <c r="C376" s="2" t="s">
         <v>1104</v>
       </c>
       <c r="D376" s="2"/>
       <c r="E376" s="2">
         <v>1155</v>
       </c>
       <c r="F376" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G376" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H376" s="2" t="s">
         <v>1105</v>
       </c>
@@ -22727,220 +22727,220 @@
       </c>
       <c r="H377" s="2" t="s">
         <v>1109</v>
       </c>
       <c r="I377" s="2">
         <v>188</v>
       </c>
       <c r="J377" s="2">
         <v>172</v>
       </c>
       <c r="K377" s="2">
         <v>150</v>
       </c>
       <c r="L377" s="2">
         <v>20</v>
       </c>
       <c r="M377" s="2">
         <v>0</v>
       </c>
       <c r="N377" s="2">
         <v>170</v>
       </c>
     </row>
     <row r="378" spans="1:14">
       <c r="A378" s="2">
-        <v>106890</v>
+        <v>106774</v>
       </c>
       <c r="B378" s="2" t="s">
-        <v>611</v>
+        <v>85</v>
       </c>
       <c r="C378" s="2" t="s">
-        <v>612</v>
+        <v>477</v>
       </c>
       <c r="D378" s="2" t="s">
-        <v>613</v>
+        <v>478</v>
       </c>
       <c r="E378" s="2">
-        <v>134</v>
+        <v>499</v>
       </c>
       <c r="F378" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G378" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H378" s="2" t="s">
         <v>1110</v>
       </c>
       <c r="I378" s="2">
         <v>189</v>
       </c>
       <c r="J378" s="2">
-        <v>173</v>
+        <v>180</v>
       </c>
       <c r="K378" s="2">
         <v>150</v>
       </c>
       <c r="L378" s="2">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="M378" s="2">
         <v>0</v>
       </c>
       <c r="N378" s="2">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="379" spans="1:14">
       <c r="A379" s="2">
-        <v>106774</v>
+        <v>106890</v>
       </c>
       <c r="B379" s="2" t="s">
-        <v>89</v>
+        <v>614</v>
       </c>
       <c r="C379" s="2" t="s">
-        <v>477</v>
+        <v>615</v>
       </c>
       <c r="D379" s="2" t="s">
-        <v>478</v>
+        <v>616</v>
       </c>
       <c r="E379" s="2">
-        <v>499</v>
+        <v>134</v>
       </c>
       <c r="F379" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G379" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H379" s="2" t="s">
         <v>1111</v>
       </c>
       <c r="I379" s="2">
         <v>189</v>
       </c>
       <c r="J379" s="2">
-        <v>180</v>
+        <v>173</v>
       </c>
       <c r="K379" s="2">
         <v>150</v>
       </c>
       <c r="L379" s="2">
-        <v>0</v>
+        <v>20</v>
       </c>
       <c r="M379" s="2">
         <v>0</v>
       </c>
       <c r="N379" s="2">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="380" spans="1:14">
       <c r="A380" s="2">
-        <v>110558</v>
+        <v>106891</v>
       </c>
       <c r="B380" s="2" t="s">
         <v>1112</v>
       </c>
       <c r="C380" s="2" t="s">
         <v>1113</v>
       </c>
-      <c r="D380" s="2"/>
+      <c r="D380" s="2" t="s">
+        <v>1114</v>
+      </c>
       <c r="E380" s="2">
-        <v>908</v>
+        <v>910</v>
       </c>
       <c r="F380" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G380" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H380" s="2" t="s">
-        <v>1114</v>
+        <v>1115</v>
       </c>
       <c r="I380" s="2">
         <v>190</v>
       </c>
       <c r="J380" s="2">
-        <v>181</v>
+        <v>174</v>
       </c>
       <c r="K380" s="2">
         <v>150</v>
       </c>
       <c r="L380" s="2">
-        <v>0</v>
+        <v>20</v>
       </c>
       <c r="M380" s="2">
         <v>0</v>
       </c>
       <c r="N380" s="2">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="381" spans="1:14">
       <c r="A381" s="2">
-        <v>106891</v>
+        <v>110558</v>
       </c>
       <c r="B381" s="2" t="s">
-        <v>1115</v>
+        <v>1116</v>
       </c>
       <c r="C381" s="2" t="s">
-        <v>1116</v>
-[...1 lines deleted...]
-      <c r="D381" s="2" t="s">
         <v>1117</v>
       </c>
+      <c r="D381" s="2"/>
       <c r="E381" s="2">
-        <v>910</v>
+        <v>908</v>
       </c>
       <c r="F381" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G381" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H381" s="2" t="s">
         <v>1118</v>
       </c>
       <c r="I381" s="2">
         <v>190</v>
       </c>
       <c r="J381" s="2">
-        <v>174</v>
+        <v>181</v>
       </c>
       <c r="K381" s="2">
         <v>150</v>
       </c>
       <c r="L381" s="2">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="M381" s="2">
         <v>0</v>
       </c>
       <c r="N381" s="2">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="382" spans="1:14">
       <c r="A382" s="2">
         <v>106937</v>
       </c>
       <c r="B382" s="2" t="s">
         <v>1119</v>
       </c>
       <c r="C382" s="2" t="s">
         <v>307</v>
       </c>
       <c r="D382" s="2" t="s">
         <v>1120</v>
       </c>
       <c r="E382" s="2">
         <v>437</v>
       </c>
       <c r="F382" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G382" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H382" s="2" t="s">
@@ -22992,215 +22992,215 @@
       </c>
       <c r="I383" s="2">
         <v>191</v>
       </c>
       <c r="J383" s="2">
         <v>175</v>
       </c>
       <c r="K383" s="2">
         <v>150</v>
       </c>
       <c r="L383" s="2">
         <v>20</v>
       </c>
       <c r="M383" s="2">
         <v>0</v>
       </c>
       <c r="N383" s="2">
         <v>170</v>
       </c>
     </row>
     <row r="384" spans="1:14">
       <c r="A384" s="2">
         <v>106893</v>
       </c>
       <c r="B384" s="2" t="s">
-        <v>636</v>
+        <v>637</v>
       </c>
       <c r="C384" s="2" t="s">
         <v>1126</v>
       </c>
       <c r="D384" s="2" t="s">
         <v>1127</v>
       </c>
       <c r="E384" s="2">
         <v>724</v>
       </c>
       <c r="F384" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G384" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H384" s="2" t="s">
         <v>1128</v>
       </c>
       <c r="I384" s="2">
         <v>192</v>
       </c>
       <c r="J384" s="2">
         <v>176</v>
       </c>
       <c r="K384" s="2">
         <v>150</v>
       </c>
       <c r="L384" s="2">
         <v>20</v>
       </c>
       <c r="M384" s="2">
         <v>0</v>
       </c>
       <c r="N384" s="2">
         <v>170</v>
       </c>
     </row>
     <row r="385" spans="1:14">
       <c r="A385" s="2">
         <v>110599</v>
       </c>
       <c r="B385" s="2" t="s">
-        <v>636</v>
+        <v>637</v>
       </c>
       <c r="C385" s="2" t="s">
         <v>1129</v>
       </c>
       <c r="D385" s="2"/>
       <c r="E385" s="2">
         <v>127</v>
       </c>
       <c r="F385" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G385" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H385" s="2" t="s">
         <v>1130</v>
       </c>
       <c r="I385" s="2">
         <v>192</v>
       </c>
       <c r="J385" s="2">
         <v>183</v>
       </c>
       <c r="K385" s="2">
         <v>150</v>
       </c>
       <c r="L385" s="2">
         <v>0</v>
       </c>
       <c r="M385" s="2">
         <v>0</v>
       </c>
       <c r="N385" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="386" spans="1:14">
       <c r="A386" s="2">
-        <v>112764</v>
+        <v>106894</v>
       </c>
       <c r="B386" s="2" t="s">
+        <v>194</v>
+      </c>
+      <c r="C386" s="2" t="s">
+        <v>815</v>
+      </c>
+      <c r="D386" s="2" t="s">
+        <v>816</v>
+      </c>
+      <c r="E386" s="2">
+        <v>1287</v>
+      </c>
+      <c r="F386" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G386" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="H386" s="2" t="s">
         <v>1131</v>
-      </c>
-[...14 lines deleted...]
-        <v>1132</v>
       </c>
       <c r="I386" s="2">
         <v>193</v>
       </c>
       <c r="J386" s="2">
-        <v>184</v>
+        <v>177</v>
       </c>
       <c r="K386" s="2">
         <v>150</v>
       </c>
       <c r="L386" s="2">
-        <v>0</v>
+        <v>20</v>
       </c>
       <c r="M386" s="2">
         <v>0</v>
       </c>
       <c r="N386" s="2">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="387" spans="1:14">
       <c r="A387" s="2">
-        <v>106894</v>
+        <v>112764</v>
       </c>
       <c r="B387" s="2" t="s">
-        <v>191</v>
+        <v>1132</v>
       </c>
       <c r="C387" s="2" t="s">
-        <v>815</v>
-[...3 lines deleted...]
-      </c>
+        <v>386</v>
+      </c>
+      <c r="D387" s="2"/>
       <c r="E387" s="2">
-        <v>1287</v>
+        <v>619</v>
       </c>
       <c r="F387" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G387" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H387" s="2" t="s">
         <v>1133</v>
       </c>
       <c r="I387" s="2">
         <v>193</v>
       </c>
       <c r="J387" s="2">
-        <v>177</v>
+        <v>184</v>
       </c>
       <c r="K387" s="2">
         <v>150</v>
       </c>
       <c r="L387" s="2">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="M387" s="2">
         <v>0</v>
       </c>
       <c r="N387" s="2">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="388" spans="1:14">
       <c r="A388" s="2">
         <v>112765</v>
       </c>
       <c r="B388" s="2" t="s">
         <v>1134</v>
       </c>
       <c r="C388" s="2" t="s">
         <v>1135</v>
       </c>
       <c r="D388" s="2"/>
       <c r="E388" s="2">
         <v>1242</v>
       </c>
       <c r="F388" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G388" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H388" s="2" t="s">
         <v>1136</v>
       </c>
@@ -23253,51 +23253,51 @@
       </c>
       <c r="J389" s="2">
         <v>178</v>
       </c>
       <c r="K389" s="2">
         <v>150</v>
       </c>
       <c r="L389" s="2">
         <v>20</v>
       </c>
       <c r="M389" s="2">
         <v>0</v>
       </c>
       <c r="N389" s="2">
         <v>170</v>
       </c>
     </row>
     <row r="390" spans="1:14">
       <c r="A390" s="2">
         <v>106896</v>
       </c>
       <c r="B390" s="2" t="s">
         <v>1141</v>
       </c>
       <c r="C390" s="2" t="s">
-        <v>489</v>
+        <v>486</v>
       </c>
       <c r="D390" s="2" t="s">
         <v>1142</v>
       </c>
       <c r="E390" s="2">
         <v>264</v>
       </c>
       <c r="F390" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G390" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H390" s="2" t="s">
         <v>1143</v>
       </c>
       <c r="I390" s="2">
         <v>195</v>
       </c>
       <c r="J390" s="2">
         <v>179</v>
       </c>
       <c r="K390" s="2">
         <v>150</v>
       </c>
@@ -23335,228 +23335,228 @@
       </c>
       <c r="H391" s="2" t="s">
         <v>1147</v>
       </c>
       <c r="I391" s="2">
         <v>195</v>
       </c>
       <c r="J391" s="2">
         <v>186</v>
       </c>
       <c r="K391" s="2">
         <v>150</v>
       </c>
       <c r="L391" s="2">
         <v>0</v>
       </c>
       <c r="M391" s="2">
         <v>0</v>
       </c>
       <c r="N391" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="392" spans="1:14">
       <c r="A392" s="2">
-        <v>112767</v>
+        <v>106897</v>
       </c>
       <c r="B392" s="2" t="s">
+        <v>117</v>
+      </c>
+      <c r="C392" s="2" t="s">
+        <v>97</v>
+      </c>
+      <c r="D392" s="2" t="s">
+        <v>729</v>
+      </c>
+      <c r="E392" s="2">
+        <v>1051</v>
+      </c>
+      <c r="F392" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G392" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="H392" s="2" t="s">
         <v>1148</v>
-      </c>
-[...14 lines deleted...]
-        <v>1149</v>
       </c>
       <c r="I392" s="2">
         <v>196</v>
       </c>
       <c r="J392" s="2">
-        <v>187</v>
+        <v>180</v>
       </c>
       <c r="K392" s="2">
         <v>150</v>
       </c>
       <c r="L392" s="2">
-        <v>0</v>
+        <v>20</v>
       </c>
       <c r="M392" s="2">
         <v>0</v>
       </c>
       <c r="N392" s="2">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="393" spans="1:14">
       <c r="A393" s="2">
-        <v>106897</v>
+        <v>112767</v>
       </c>
       <c r="B393" s="2" t="s">
-        <v>121</v>
+        <v>1149</v>
       </c>
       <c r="C393" s="2" t="s">
-        <v>97</v>
-[...3 lines deleted...]
-      </c>
+        <v>395</v>
+      </c>
+      <c r="D393" s="2"/>
       <c r="E393" s="2">
-        <v>1051</v>
+        <v>1478</v>
       </c>
       <c r="F393" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G393" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H393" s="2" t="s">
         <v>1150</v>
       </c>
       <c r="I393" s="2">
         <v>196</v>
       </c>
       <c r="J393" s="2">
-        <v>180</v>
+        <v>187</v>
       </c>
       <c r="K393" s="2">
         <v>150</v>
       </c>
       <c r="L393" s="2">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="M393" s="2">
         <v>0</v>
       </c>
       <c r="N393" s="2">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="394" spans="1:14">
       <c r="A394" s="2">
         <v>106898</v>
       </c>
       <c r="B394" s="2" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="C394" s="2" t="s">
         <v>1151</v>
       </c>
       <c r="D394" s="2" t="s">
         <v>1152</v>
       </c>
       <c r="E394" s="2">
         <v>880</v>
       </c>
       <c r="F394" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G394" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H394" s="2" t="s">
         <v>1153</v>
       </c>
       <c r="I394" s="2">
         <v>197</v>
       </c>
       <c r="J394" s="2">
         <v>188</v>
       </c>
       <c r="K394" s="2">
         <v>150</v>
       </c>
       <c r="L394" s="2">
         <v>0</v>
       </c>
       <c r="M394" s="2">
         <v>0</v>
       </c>
       <c r="N394" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="395" spans="1:14">
       <c r="A395" s="2">
         <v>106898</v>
       </c>
       <c r="B395" s="2" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="C395" s="2" t="s">
         <v>1151</v>
       </c>
       <c r="D395" s="2" t="s">
         <v>1152</v>
       </c>
       <c r="E395" s="2">
         <v>996</v>
       </c>
       <c r="F395" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G395" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H395" s="2" t="s">
         <v>1154</v>
       </c>
       <c r="I395" s="2">
         <v>197</v>
       </c>
       <c r="J395" s="2">
         <v>181</v>
       </c>
       <c r="K395" s="2">
         <v>150</v>
       </c>
       <c r="L395" s="2">
         <v>20</v>
       </c>
       <c r="M395" s="2">
         <v>0</v>
       </c>
       <c r="N395" s="2">
         <v>170</v>
       </c>
     </row>
     <row r="396" spans="1:14">
       <c r="A396" s="2">
         <v>106899</v>
       </c>
       <c r="B396" s="2" t="s">
-        <v>711</v>
+        <v>715</v>
       </c>
       <c r="C396" s="2" t="s">
         <v>1155</v>
       </c>
       <c r="D396" s="2" t="s">
         <v>1156</v>
       </c>
       <c r="E396" s="2">
         <v>1097</v>
       </c>
       <c r="F396" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G396" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H396" s="2" t="s">
         <v>1157</v>
       </c>
       <c r="I396" s="2">
         <v>198</v>
       </c>
       <c r="J396" s="2">
         <v>182</v>
       </c>
@@ -23571,182 +23571,182 @@
       </c>
       <c r="N396" s="2">
         <v>170</v>
       </c>
     </row>
     <row r="397" spans="1:14">
       <c r="A397" s="2">
         <v>106818</v>
       </c>
       <c r="B397" s="2" t="s">
         <v>737</v>
       </c>
       <c r="C397" s="2" t="s">
         <v>738</v>
       </c>
       <c r="D397" s="2" t="s">
         <v>739</v>
       </c>
       <c r="E397" s="2">
         <v>2157</v>
       </c>
       <c r="F397" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G397" s="2" t="s">
-        <v>205</v>
+        <v>201</v>
       </c>
       <c r="H397" s="2" t="s">
         <v>1158</v>
       </c>
       <c r="I397" s="2">
         <v>198</v>
       </c>
       <c r="J397" s="2">
         <v>10</v>
       </c>
       <c r="K397" s="2">
         <v>150</v>
       </c>
       <c r="L397" s="2">
         <v>0</v>
       </c>
       <c r="M397" s="2">
         <v>0</v>
       </c>
       <c r="N397" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="398" spans="1:14">
       <c r="A398" s="2">
-        <v>103672</v>
+        <v>106900</v>
       </c>
       <c r="B398" s="2" t="s">
         <v>1159</v>
       </c>
       <c r="C398" s="2" t="s">
         <v>1160</v>
       </c>
-      <c r="D398" s="2"/>
+      <c r="D398" s="2" t="s">
+        <v>1161</v>
+      </c>
       <c r="E398" s="2">
-        <v>1295</v>
+        <v>1529</v>
       </c>
       <c r="F398" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G398" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H398" s="2" t="s">
-        <v>1161</v>
+        <v>1162</v>
       </c>
       <c r="I398" s="2">
         <v>199</v>
       </c>
       <c r="J398" s="2">
-        <v>189</v>
+        <v>183</v>
       </c>
       <c r="K398" s="2">
         <v>150</v>
       </c>
       <c r="L398" s="2">
-        <v>0</v>
+        <v>20</v>
       </c>
       <c r="M398" s="2">
         <v>0</v>
       </c>
       <c r="N398" s="2">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="399" spans="1:14">
       <c r="A399" s="2">
-        <v>106900</v>
+        <v>103672</v>
       </c>
       <c r="B399" s="2" t="s">
-        <v>1162</v>
+        <v>1163</v>
       </c>
       <c r="C399" s="2" t="s">
-        <v>1163</v>
-[...1 lines deleted...]
-      <c r="D399" s="2" t="s">
         <v>1164</v>
       </c>
+      <c r="D399" s="2"/>
       <c r="E399" s="2">
-        <v>1529</v>
+        <v>1295</v>
       </c>
       <c r="F399" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G399" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H399" s="2" t="s">
         <v>1165</v>
       </c>
       <c r="I399" s="2">
         <v>199</v>
       </c>
       <c r="J399" s="2">
-        <v>183</v>
+        <v>189</v>
       </c>
       <c r="K399" s="2">
         <v>150</v>
       </c>
       <c r="L399" s="2">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="M399" s="2">
         <v>0</v>
       </c>
       <c r="N399" s="2">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="400" spans="1:14">
       <c r="A400" s="2">
         <v>112771</v>
       </c>
       <c r="B400" s="2" t="s">
         <v>1166</v>
       </c>
       <c r="C400" s="2" t="s">
         <v>1167</v>
       </c>
       <c r="D400" s="2"/>
       <c r="E400" s="2">
         <v>1336</v>
       </c>
       <c r="F400" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G400" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H400" s="2" t="s">
-        <v>1161</v>
+        <v>1165</v>
       </c>
       <c r="I400" s="2">
         <v>200</v>
       </c>
       <c r="J400" s="2">
         <v>190</v>
       </c>
       <c r="K400" s="2">
         <v>150</v>
       </c>
       <c r="L400" s="2">
         <v>0</v>
       </c>
       <c r="M400" s="2">
         <v>0</v>
       </c>
       <c r="N400" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="401" spans="1:14">
       <c r="A401" s="2">
         <v>106901</v>
       </c>
       <c r="B401" s="2" t="s">
@@ -23855,838 +23855,838 @@
       </c>
       <c r="H403" s="2" t="s">
         <v>1177</v>
       </c>
       <c r="I403" s="2">
         <v>201</v>
       </c>
       <c r="J403" s="2">
         <v>191</v>
       </c>
       <c r="K403" s="2">
         <v>150</v>
       </c>
       <c r="L403" s="2">
         <v>0</v>
       </c>
       <c r="M403" s="2">
         <v>0</v>
       </c>
       <c r="N403" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="404" spans="1:14">
       <c r="A404" s="2">
-        <v>106905</v>
+        <v>106903</v>
       </c>
       <c r="B404" s="2" t="s">
         <v>1178</v>
       </c>
       <c r="C404" s="2" t="s">
         <v>1179</v>
       </c>
       <c r="D404" s="2" t="s">
         <v>1180</v>
       </c>
       <c r="E404" s="2">
-        <v>2161</v>
+        <v>354</v>
       </c>
       <c r="F404" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G404" s="2" t="s">
-        <v>205</v>
+        <v>18</v>
       </c>
       <c r="H404" s="2" t="s">
         <v>1181</v>
       </c>
       <c r="I404" s="2">
         <v>202</v>
       </c>
       <c r="J404" s="2">
-        <v>11</v>
+        <v>186</v>
       </c>
       <c r="K404" s="2">
         <v>150</v>
       </c>
       <c r="L404" s="2">
-        <v>0</v>
+        <v>20</v>
       </c>
       <c r="M404" s="2">
         <v>0</v>
       </c>
       <c r="N404" s="2">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="405" spans="1:14">
       <c r="A405" s="2">
-        <v>106903</v>
+        <v>106905</v>
       </c>
       <c r="B405" s="2" t="s">
         <v>1182</v>
       </c>
       <c r="C405" s="2" t="s">
         <v>1183</v>
       </c>
       <c r="D405" s="2" t="s">
         <v>1184</v>
       </c>
       <c r="E405" s="2">
-        <v>354</v>
+        <v>2161</v>
       </c>
       <c r="F405" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G405" s="2" t="s">
-        <v>18</v>
+        <v>201</v>
       </c>
       <c r="H405" s="2" t="s">
         <v>1185</v>
       </c>
       <c r="I405" s="2">
         <v>202</v>
       </c>
       <c r="J405" s="2">
-        <v>186</v>
+        <v>11</v>
       </c>
       <c r="K405" s="2">
         <v>150</v>
       </c>
       <c r="L405" s="2">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="M405" s="2">
         <v>0</v>
       </c>
       <c r="N405" s="2">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="406" spans="1:14">
       <c r="A406" s="2">
-        <v>106904</v>
+        <v>112774</v>
       </c>
       <c r="B406" s="2" t="s">
         <v>1186</v>
       </c>
       <c r="C406" s="2" t="s">
         <v>1187</v>
       </c>
-      <c r="D406" s="2" t="s">
+      <c r="D406" s="2"/>
+      <c r="E406" s="2">
+        <v>1222</v>
+      </c>
+      <c r="F406" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G406" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="H406" s="2" t="s">
         <v>1188</v>
-      </c>
-[...10 lines deleted...]
-        <v>1189</v>
       </c>
       <c r="I406" s="2">
         <v>203</v>
       </c>
       <c r="J406" s="2">
-        <v>187</v>
+        <v>192</v>
       </c>
       <c r="K406" s="2">
         <v>150</v>
       </c>
       <c r="L406" s="2">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="M406" s="2">
         <v>0</v>
       </c>
       <c r="N406" s="2">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="407" spans="1:14">
       <c r="A407" s="2">
-        <v>112774</v>
+        <v>106904</v>
       </c>
       <c r="B407" s="2" t="s">
+        <v>1189</v>
+      </c>
+      <c r="C407" s="2" t="s">
         <v>1190</v>
       </c>
-      <c r="C407" s="2" t="s">
+      <c r="D407" s="2" t="s">
         <v>1191</v>
       </c>
-      <c r="D407" s="2"/>
       <c r="E407" s="2">
-        <v>1222</v>
+        <v>280</v>
       </c>
       <c r="F407" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G407" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H407" s="2" t="s">
         <v>1192</v>
       </c>
       <c r="I407" s="2">
         <v>203</v>
       </c>
       <c r="J407" s="2">
-        <v>192</v>
+        <v>187</v>
       </c>
       <c r="K407" s="2">
         <v>150</v>
       </c>
       <c r="L407" s="2">
-        <v>0</v>
+        <v>20</v>
       </c>
       <c r="M407" s="2">
         <v>0</v>
       </c>
       <c r="N407" s="2">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="408" spans="1:14">
       <c r="A408" s="2">
-        <v>112775</v>
+        <v>106905</v>
       </c>
       <c r="B408" s="2" t="s">
+        <v>1182</v>
+      </c>
+      <c r="C408" s="2" t="s">
+        <v>1183</v>
+      </c>
+      <c r="D408" s="2" t="s">
+        <v>1184</v>
+      </c>
+      <c r="E408" s="2">
+        <v>2186</v>
+      </c>
+      <c r="F408" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G408" s="2" t="s">
+        <v>201</v>
+      </c>
+      <c r="H408" s="2" t="s">
         <v>1193</v>
-      </c>
-[...14 lines deleted...]
-        <v>1195</v>
       </c>
       <c r="I408" s="2">
         <v>204</v>
       </c>
       <c r="J408" s="2">
-        <v>193</v>
+        <v>17</v>
       </c>
       <c r="K408" s="2">
         <v>150</v>
       </c>
       <c r="L408" s="2">
-        <v>0</v>
+        <v>140</v>
       </c>
       <c r="M408" s="2">
         <v>0</v>
       </c>
       <c r="N408" s="2">
-        <v>150</v>
+        <v>290</v>
       </c>
     </row>
     <row r="409" spans="1:14">
       <c r="A409" s="2">
-        <v>106905</v>
+        <v>112775</v>
       </c>
       <c r="B409" s="2" t="s">
-        <v>1178</v>
+        <v>1194</v>
       </c>
       <c r="C409" s="2" t="s">
-        <v>1179</v>
-[...3 lines deleted...]
-      </c>
+        <v>1195</v>
+      </c>
+      <c r="D409" s="2"/>
       <c r="E409" s="2">
-        <v>2186</v>
+        <v>581</v>
       </c>
       <c r="F409" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G409" s="2" t="s">
-        <v>205</v>
+        <v>18</v>
       </c>
       <c r="H409" s="2" t="s">
         <v>1196</v>
       </c>
       <c r="I409" s="2">
         <v>204</v>
       </c>
       <c r="J409" s="2">
-        <v>17</v>
+        <v>193</v>
       </c>
       <c r="K409" s="2">
         <v>150</v>
       </c>
       <c r="L409" s="2">
-        <v>140</v>
+        <v>0</v>
       </c>
       <c r="M409" s="2">
         <v>0</v>
       </c>
       <c r="N409" s="2">
-        <v>290</v>
+        <v>150</v>
       </c>
     </row>
     <row r="410" spans="1:14">
       <c r="A410" s="2">
-        <v>112776</v>
+        <v>106906</v>
       </c>
       <c r="B410" s="2" t="s">
         <v>1197</v>
       </c>
       <c r="C410" s="2" t="s">
         <v>1198</v>
       </c>
-      <c r="D410" s="2"/>
+      <c r="D410" s="2" t="s">
+        <v>1199</v>
+      </c>
       <c r="E410" s="2">
-        <v>1286</v>
+        <v>101</v>
       </c>
       <c r="F410" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G410" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H410" s="2" t="s">
-        <v>1199</v>
+        <v>1200</v>
       </c>
       <c r="I410" s="2">
         <v>205</v>
       </c>
       <c r="J410" s="2">
-        <v>194</v>
+        <v>188</v>
       </c>
       <c r="K410" s="2">
         <v>150</v>
       </c>
       <c r="L410" s="2">
-        <v>0</v>
+        <v>20</v>
       </c>
       <c r="M410" s="2">
         <v>0</v>
       </c>
       <c r="N410" s="2">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="411" spans="1:14">
       <c r="A411" s="2">
-        <v>106906</v>
+        <v>112776</v>
       </c>
       <c r="B411" s="2" t="s">
-        <v>1200</v>
+        <v>1201</v>
       </c>
       <c r="C411" s="2" t="s">
-        <v>1201</v>
-[...1 lines deleted...]
-      <c r="D411" s="2" t="s">
         <v>1202</v>
       </c>
+      <c r="D411" s="2"/>
       <c r="E411" s="2">
-        <v>101</v>
+        <v>1286</v>
       </c>
       <c r="F411" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G411" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H411" s="2" t="s">
         <v>1203</v>
       </c>
       <c r="I411" s="2">
         <v>205</v>
       </c>
       <c r="J411" s="2">
-        <v>188</v>
+        <v>194</v>
       </c>
       <c r="K411" s="2">
         <v>150</v>
       </c>
       <c r="L411" s="2">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="M411" s="2">
         <v>0</v>
       </c>
       <c r="N411" s="2">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="412" spans="1:14">
       <c r="A412" s="2">
-        <v>106907</v>
+        <v>112777</v>
       </c>
       <c r="B412" s="2" t="s">
-        <v>40</v>
+        <v>1204</v>
       </c>
       <c r="C412" s="2" t="s">
-        <v>1204</v>
-[...1 lines deleted...]
-      <c r="D412" s="2" t="s">
         <v>1205</v>
       </c>
+      <c r="D412" s="2"/>
       <c r="E412" s="2">
-        <v>978</v>
+        <v>12</v>
       </c>
       <c r="F412" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G412" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H412" s="2" t="s">
         <v>1206</v>
       </c>
       <c r="I412" s="2">
         <v>206</v>
       </c>
       <c r="J412" s="2">
-        <v>189</v>
+        <v>195</v>
       </c>
       <c r="K412" s="2">
         <v>150</v>
       </c>
       <c r="L412" s="2">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="M412" s="2">
         <v>0</v>
       </c>
       <c r="N412" s="2">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="413" spans="1:14">
       <c r="A413" s="2">
-        <v>112777</v>
+        <v>106907</v>
       </c>
       <c r="B413" s="2" t="s">
+        <v>40</v>
+      </c>
+      <c r="C413" s="2" t="s">
         <v>1207</v>
       </c>
-      <c r="C413" s="2" t="s">
+      <c r="D413" s="2" t="s">
         <v>1208</v>
       </c>
-      <c r="D413" s="2"/>
       <c r="E413" s="2">
-        <v>12</v>
+        <v>978</v>
       </c>
       <c r="F413" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G413" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H413" s="2" t="s">
         <v>1209</v>
       </c>
       <c r="I413" s="2">
         <v>206</v>
       </c>
       <c r="J413" s="2">
-        <v>195</v>
+        <v>189</v>
       </c>
       <c r="K413" s="2">
         <v>150</v>
       </c>
       <c r="L413" s="2">
-        <v>0</v>
+        <v>20</v>
       </c>
       <c r="M413" s="2">
         <v>0</v>
       </c>
       <c r="N413" s="2">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="414" spans="1:14">
       <c r="A414" s="2">
-        <v>106781</v>
+        <v>106908</v>
       </c>
       <c r="B414" s="2" t="s">
-        <v>515</v>
+        <v>743</v>
       </c>
       <c r="C414" s="2" t="s">
-        <v>516</v>
+        <v>1210</v>
       </c>
       <c r="D414" s="2" t="s">
-        <v>517</v>
+        <v>1211</v>
       </c>
       <c r="E414" s="2">
-        <v>171</v>
+        <v>532</v>
       </c>
       <c r="F414" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G414" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H414" s="2" t="s">
-        <v>1210</v>
+        <v>1212</v>
       </c>
       <c r="I414" s="2">
         <v>207</v>
       </c>
       <c r="J414" s="2">
-        <v>196</v>
+        <v>190</v>
       </c>
       <c r="K414" s="2">
         <v>150</v>
       </c>
       <c r="L414" s="2">
-        <v>0</v>
+        <v>20</v>
       </c>
       <c r="M414" s="2">
         <v>0</v>
       </c>
       <c r="N414" s="2">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="415" spans="1:14">
       <c r="A415" s="2">
-        <v>106908</v>
+        <v>106781</v>
       </c>
       <c r="B415" s="2" t="s">
-        <v>745</v>
+        <v>519</v>
       </c>
       <c r="C415" s="2" t="s">
-        <v>1211</v>
+        <v>520</v>
       </c>
       <c r="D415" s="2" t="s">
-        <v>1212</v>
+        <v>521</v>
       </c>
       <c r="E415" s="2">
-        <v>532</v>
+        <v>171</v>
       </c>
       <c r="F415" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G415" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H415" s="2" t="s">
         <v>1213</v>
       </c>
       <c r="I415" s="2">
         <v>207</v>
       </c>
       <c r="J415" s="2">
-        <v>190</v>
+        <v>196</v>
       </c>
       <c r="K415" s="2">
         <v>150</v>
       </c>
       <c r="L415" s="2">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="M415" s="2">
         <v>0</v>
       </c>
       <c r="N415" s="2">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="416" spans="1:14">
       <c r="A416" s="2">
         <v>112779</v>
       </c>
       <c r="B416" s="2" t="s">
         <v>1214</v>
       </c>
       <c r="C416" s="2" t="s">
-        <v>223</v>
+        <v>221</v>
       </c>
       <c r="D416" s="2"/>
       <c r="E416" s="2">
         <v>935</v>
       </c>
       <c r="F416" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G416" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H416" s="2" t="s">
         <v>1215</v>
       </c>
       <c r="I416" s="2">
         <v>208</v>
       </c>
       <c r="J416" s="2">
         <v>197</v>
       </c>
       <c r="K416" s="2">
         <v>150</v>
       </c>
       <c r="L416" s="2">
         <v>0</v>
       </c>
       <c r="M416" s="2">
         <v>0</v>
       </c>
       <c r="N416" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="417" spans="1:14">
       <c r="A417" s="2">
         <v>106909</v>
       </c>
       <c r="B417" s="2" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
       <c r="C417" s="2" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="D417" s="2" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="E417" s="2">
         <v>279</v>
       </c>
       <c r="F417" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G417" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H417" s="2" t="s">
         <v>1216</v>
       </c>
       <c r="I417" s="2">
         <v>208</v>
       </c>
       <c r="J417" s="2">
         <v>191</v>
       </c>
       <c r="K417" s="2">
         <v>150</v>
       </c>
       <c r="L417" s="2">
         <v>20</v>
       </c>
       <c r="M417" s="2">
         <v>0</v>
       </c>
       <c r="N417" s="2">
         <v>170</v>
       </c>
     </row>
     <row r="418" spans="1:14">
       <c r="A418" s="2">
-        <v>106910</v>
+        <v>112780</v>
       </c>
       <c r="B418" s="2" t="s">
         <v>1217</v>
       </c>
       <c r="C418" s="2" t="s">
         <v>1218</v>
       </c>
-      <c r="D418" s="2" t="s">
+      <c r="D418" s="2"/>
+      <c r="E418" s="2">
+        <v>1317</v>
+      </c>
+      <c r="F418" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G418" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="H418" s="2" t="s">
         <v>1219</v>
-      </c>
-[...10 lines deleted...]
-        <v>1220</v>
       </c>
       <c r="I418" s="2">
         <v>209</v>
       </c>
       <c r="J418" s="2">
-        <v>192</v>
+        <v>198</v>
       </c>
       <c r="K418" s="2">
         <v>150</v>
       </c>
       <c r="L418" s="2">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="M418" s="2">
         <v>0</v>
       </c>
       <c r="N418" s="2">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="419" spans="1:14">
       <c r="A419" s="2">
-        <v>112780</v>
+        <v>106910</v>
       </c>
       <c r="B419" s="2" t="s">
+        <v>1220</v>
+      </c>
+      <c r="C419" s="2" t="s">
         <v>1221</v>
       </c>
-      <c r="C419" s="2" t="s">
+      <c r="D419" s="2" t="s">
         <v>1222</v>
       </c>
-      <c r="D419" s="2"/>
       <c r="E419" s="2">
-        <v>1317</v>
+        <v>729</v>
       </c>
       <c r="F419" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G419" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H419" s="2" t="s">
         <v>1223</v>
       </c>
       <c r="I419" s="2">
         <v>209</v>
       </c>
       <c r="J419" s="2">
-        <v>198</v>
+        <v>192</v>
       </c>
       <c r="K419" s="2">
         <v>150</v>
       </c>
       <c r="L419" s="2">
-        <v>0</v>
+        <v>20</v>
       </c>
       <c r="M419" s="2">
         <v>0</v>
       </c>
       <c r="N419" s="2">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="420" spans="1:14">
       <c r="A420" s="2">
-        <v>112781</v>
+        <v>106911</v>
       </c>
       <c r="B420" s="2" t="s">
-        <v>412</v>
+        <v>485</v>
       </c>
       <c r="C420" s="2" t="s">
         <v>1224</v>
       </c>
-      <c r="D420" s="2"/>
+      <c r="D420" s="2" t="s">
+        <v>1225</v>
+      </c>
       <c r="E420" s="2">
-        <v>1484</v>
+        <v>1035</v>
       </c>
       <c r="F420" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G420" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H420" s="2" t="s">
-        <v>1225</v>
+        <v>1226</v>
       </c>
       <c r="I420" s="2">
         <v>210</v>
       </c>
       <c r="J420" s="2">
-        <v>199</v>
+        <v>193</v>
       </c>
       <c r="K420" s="2">
         <v>150</v>
       </c>
       <c r="L420" s="2">
-        <v>0</v>
+        <v>20</v>
       </c>
       <c r="M420" s="2">
         <v>0</v>
       </c>
       <c r="N420" s="2">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="421" spans="1:14">
       <c r="A421" s="2">
-        <v>106911</v>
+        <v>112781</v>
       </c>
       <c r="B421" s="2" t="s">
-        <v>488</v>
+        <v>415</v>
       </c>
       <c r="C421" s="2" t="s">
-        <v>1226</v>
-[...1 lines deleted...]
-      <c r="D421" s="2" t="s">
         <v>1227</v>
       </c>
+      <c r="D421" s="2"/>
       <c r="E421" s="2">
-        <v>1035</v>
+        <v>1484</v>
       </c>
       <c r="F421" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G421" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H421" s="2" t="s">
         <v>1228</v>
       </c>
       <c r="I421" s="2">
         <v>210</v>
       </c>
       <c r="J421" s="2">
-        <v>193</v>
+        <v>199</v>
       </c>
       <c r="K421" s="2">
         <v>150</v>
       </c>
       <c r="L421" s="2">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="M421" s="2">
         <v>0</v>
       </c>
       <c r="N421" s="2">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="422" spans="1:14">
       <c r="A422" s="2">
         <v>106817</v>
       </c>
       <c r="B422" s="2" t="s">
         <v>96</v>
       </c>
       <c r="C422" s="2" t="s">
-        <v>731</v>
+        <v>734</v>
       </c>
       <c r="D422" s="2" t="s">
-        <v>732</v>
+        <v>735</v>
       </c>
       <c r="E422" s="2">
         <v>121</v>
       </c>
       <c r="F422" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G422" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H422" s="2" t="s">
         <v>1229</v>
       </c>
       <c r="I422" s="2">
         <v>211</v>
       </c>
       <c r="J422" s="2">
         <v>200</v>
       </c>
       <c r="K422" s="2">
         <v>150</v>
       </c>
       <c r="L422" s="2">
         <v>0</v>
       </c>
@@ -24721,246 +24721,246 @@
       </c>
       <c r="H423" s="2" t="s">
         <v>1230</v>
       </c>
       <c r="I423" s="2">
         <v>211</v>
       </c>
       <c r="J423" s="2">
         <v>194</v>
       </c>
       <c r="K423" s="2">
         <v>150</v>
       </c>
       <c r="L423" s="2">
         <v>20</v>
       </c>
       <c r="M423" s="2">
         <v>0</v>
       </c>
       <c r="N423" s="2">
         <v>170</v>
       </c>
     </row>
     <row r="424" spans="1:14">
       <c r="A424" s="2">
-        <v>106913</v>
+        <v>106867</v>
       </c>
       <c r="B424" s="2" t="s">
-        <v>310</v>
+        <v>56</v>
       </c>
       <c r="C424" s="2" t="s">
+        <v>524</v>
+      </c>
+      <c r="D424" s="2" t="s">
+        <v>983</v>
+      </c>
+      <c r="E424" s="2">
+        <v>500</v>
+      </c>
+      <c r="F424" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G424" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="H424" s="2" t="s">
         <v>1231</v>
-      </c>
-[...13 lines deleted...]
-        <v>1233</v>
       </c>
       <c r="I424" s="2">
         <v>212</v>
       </c>
       <c r="J424" s="2">
-        <v>195</v>
+        <v>201</v>
       </c>
       <c r="K424" s="2">
         <v>150</v>
       </c>
       <c r="L424" s="2">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="M424" s="2">
         <v>0</v>
       </c>
       <c r="N424" s="2">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="425" spans="1:14">
       <c r="A425" s="2">
-        <v>106867</v>
+        <v>106913</v>
       </c>
       <c r="B425" s="2" t="s">
-        <v>53</v>
+        <v>310</v>
       </c>
       <c r="C425" s="2" t="s">
-        <v>524</v>
+        <v>1232</v>
       </c>
       <c r="D425" s="2" t="s">
-        <v>983</v>
+        <v>1233</v>
       </c>
       <c r="E425" s="2">
-        <v>500</v>
+        <v>434</v>
       </c>
       <c r="F425" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G425" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H425" s="2" t="s">
         <v>1234</v>
       </c>
       <c r="I425" s="2">
         <v>212</v>
       </c>
       <c r="J425" s="2">
-        <v>201</v>
+        <v>195</v>
       </c>
       <c r="K425" s="2">
         <v>150</v>
       </c>
       <c r="L425" s="2">
-        <v>0</v>
+        <v>20</v>
       </c>
       <c r="M425" s="2">
         <v>0</v>
       </c>
       <c r="N425" s="2">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="426" spans="1:14">
       <c r="A426" s="2">
-        <v>112784</v>
+        <v>106914</v>
       </c>
       <c r="B426" s="2" t="s">
         <v>1235</v>
       </c>
       <c r="C426" s="2" t="s">
-        <v>615</v>
-[...1 lines deleted...]
-      <c r="D426" s="2"/>
+        <v>1236</v>
+      </c>
+      <c r="D426" s="2" t="s">
+        <v>1237</v>
+      </c>
       <c r="E426" s="2">
-        <v>540</v>
+        <v>941</v>
       </c>
       <c r="F426" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G426" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H426" s="2" t="s">
-        <v>1236</v>
+        <v>1234</v>
       </c>
       <c r="I426" s="2">
         <v>213</v>
       </c>
       <c r="J426" s="2">
-        <v>202</v>
+        <v>196</v>
       </c>
       <c r="K426" s="2">
         <v>150</v>
       </c>
       <c r="L426" s="2">
-        <v>0</v>
+        <v>20</v>
       </c>
       <c r="M426" s="2">
         <v>0</v>
       </c>
       <c r="N426" s="2">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="427" spans="1:14">
       <c r="A427" s="2">
-        <v>106914</v>
+        <v>112784</v>
       </c>
       <c r="B427" s="2" t="s">
-        <v>1237</v>
+        <v>1238</v>
       </c>
       <c r="C427" s="2" t="s">
-        <v>1238</v>
-[...1 lines deleted...]
-      <c r="D427" s="2" t="s">
+        <v>611</v>
+      </c>
+      <c r="D427" s="2"/>
+      <c r="E427" s="2">
+        <v>540</v>
+      </c>
+      <c r="F427" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G427" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="H427" s="2" t="s">
         <v>1239</v>
-      </c>
-[...10 lines deleted...]
-        <v>1233</v>
       </c>
       <c r="I427" s="2">
         <v>213</v>
       </c>
       <c r="J427" s="2">
-        <v>196</v>
+        <v>202</v>
       </c>
       <c r="K427" s="2">
         <v>150</v>
       </c>
       <c r="L427" s="2">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="M427" s="2">
         <v>0</v>
       </c>
       <c r="N427" s="2">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="428" spans="1:14">
       <c r="A428" s="2">
         <v>106855</v>
       </c>
       <c r="B428" s="2" t="s">
         <v>924</v>
       </c>
       <c r="C428" s="2" t="s">
         <v>925</v>
       </c>
       <c r="D428" s="2" t="s">
         <v>926</v>
       </c>
       <c r="E428" s="2">
         <v>930</v>
       </c>
       <c r="F428" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G428" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H428" s="2" t="s">
-        <v>1079</v>
+        <v>1080</v>
       </c>
       <c r="I428" s="2">
         <v>214</v>
       </c>
       <c r="J428" s="2">
         <v>203</v>
       </c>
       <c r="K428" s="2">
         <v>150</v>
       </c>
       <c r="L428" s="2">
         <v>0</v>
       </c>
       <c r="M428" s="2">
         <v>0</v>
       </c>
       <c r="N428" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="429" spans="1:14">
       <c r="A429" s="2">
         <v>106915</v>
       </c>
       <c r="B429" s="2" t="s">
@@ -24983,480 +24983,480 @@
       </c>
       <c r="H429" s="2" t="s">
         <v>1241</v>
       </c>
       <c r="I429" s="2">
         <v>214</v>
       </c>
       <c r="J429" s="2">
         <v>197</v>
       </c>
       <c r="K429" s="2">
         <v>150</v>
       </c>
       <c r="L429" s="2">
         <v>20</v>
       </c>
       <c r="M429" s="2">
         <v>0</v>
       </c>
       <c r="N429" s="2">
         <v>170</v>
       </c>
     </row>
     <row r="430" spans="1:14">
       <c r="A430" s="2">
-        <v>106916</v>
+        <v>109499</v>
       </c>
       <c r="B430" s="2" t="s">
         <v>1242</v>
       </c>
       <c r="C430" s="2" t="s">
-        <v>707</v>
-[...1 lines deleted...]
-      <c r="D430" s="2" t="s">
         <v>1243</v>
       </c>
+      <c r="D430" s="2"/>
       <c r="E430" s="2">
-        <v>191</v>
+        <v>2171</v>
       </c>
       <c r="F430" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G430" s="2" t="s">
-        <v>18</v>
+        <v>201</v>
       </c>
       <c r="H430" s="2" t="s">
         <v>1244</v>
       </c>
       <c r="I430" s="2">
         <v>215</v>
       </c>
       <c r="J430" s="2">
-        <v>198</v>
+        <v>12</v>
       </c>
       <c r="K430" s="2">
         <v>150</v>
       </c>
       <c r="L430" s="2">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="M430" s="2">
         <v>0</v>
       </c>
       <c r="N430" s="2">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="431" spans="1:14">
       <c r="A431" s="2">
-        <v>109499</v>
+        <v>106916</v>
       </c>
       <c r="B431" s="2" t="s">
         <v>1245</v>
       </c>
       <c r="C431" s="2" t="s">
+        <v>707</v>
+      </c>
+      <c r="D431" s="2" t="s">
         <v>1246</v>
       </c>
-      <c r="D431" s="2"/>
       <c r="E431" s="2">
-        <v>2171</v>
+        <v>191</v>
       </c>
       <c r="F431" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G431" s="2" t="s">
-        <v>205</v>
+        <v>18</v>
       </c>
       <c r="H431" s="2" t="s">
         <v>1247</v>
       </c>
       <c r="I431" s="2">
         <v>215</v>
       </c>
       <c r="J431" s="2">
-        <v>12</v>
+        <v>198</v>
       </c>
       <c r="K431" s="2">
         <v>150</v>
       </c>
       <c r="L431" s="2">
-        <v>0</v>
+        <v>20</v>
       </c>
       <c r="M431" s="2">
         <v>0</v>
       </c>
       <c r="N431" s="2">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="432" spans="1:14">
       <c r="A432" s="2">
-        <v>106879</v>
+        <v>106917</v>
       </c>
       <c r="B432" s="2" t="s">
-        <v>422</v>
+        <v>1248</v>
       </c>
       <c r="C432" s="2" t="s">
-        <v>1056</v>
+        <v>1249</v>
       </c>
       <c r="D432" s="2" t="s">
-        <v>1057</v>
+        <v>1250</v>
       </c>
       <c r="E432" s="2">
-        <v>807</v>
+        <v>875</v>
       </c>
       <c r="F432" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G432" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H432" s="2" t="s">
-        <v>1248</v>
+        <v>1251</v>
       </c>
       <c r="I432" s="2">
         <v>216</v>
       </c>
       <c r="J432" s="2">
-        <v>204</v>
+        <v>199</v>
       </c>
       <c r="K432" s="2">
         <v>150</v>
       </c>
       <c r="L432" s="2">
-        <v>0</v>
+        <v>20</v>
       </c>
       <c r="M432" s="2">
         <v>0</v>
       </c>
       <c r="N432" s="2">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="433" spans="1:14">
       <c r="A433" s="2">
-        <v>106917</v>
+        <v>106879</v>
       </c>
       <c r="B433" s="2" t="s">
-        <v>1249</v>
+        <v>419</v>
       </c>
       <c r="C433" s="2" t="s">
-        <v>1250</v>
+        <v>1052</v>
       </c>
       <c r="D433" s="2" t="s">
-        <v>1251</v>
+        <v>1053</v>
       </c>
       <c r="E433" s="2">
-        <v>875</v>
+        <v>807</v>
       </c>
       <c r="F433" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G433" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H433" s="2" t="s">
         <v>1252</v>
       </c>
       <c r="I433" s="2">
         <v>216</v>
       </c>
       <c r="J433" s="2">
-        <v>199</v>
+        <v>204</v>
       </c>
       <c r="K433" s="2">
         <v>150</v>
       </c>
       <c r="L433" s="2">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="M433" s="2">
         <v>0</v>
       </c>
       <c r="N433" s="2">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="434" spans="1:14">
       <c r="A434" s="2">
         <v>112788</v>
       </c>
       <c r="B434" s="2" t="s">
         <v>1253</v>
       </c>
       <c r="C434" s="2" t="s">
         <v>1254</v>
       </c>
       <c r="D434" s="2"/>
       <c r="E434" s="2">
         <v>1217</v>
       </c>
       <c r="F434" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G434" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H434" s="2" t="s">
         <v>1255</v>
       </c>
       <c r="I434" s="2">
         <v>217</v>
       </c>
       <c r="J434" s="2">
         <v>205</v>
       </c>
       <c r="K434" s="2">
         <v>150</v>
       </c>
       <c r="L434" s="2">
         <v>0</v>
       </c>
       <c r="M434" s="2">
         <v>0</v>
       </c>
       <c r="N434" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="435" spans="1:14">
       <c r="A435" s="2">
         <v>106918</v>
       </c>
       <c r="B435" s="2" t="s">
-        <v>53</v>
+        <v>56</v>
       </c>
       <c r="C435" s="2" t="s">
         <v>1039</v>
       </c>
       <c r="D435" s="2" t="s">
         <v>1040</v>
       </c>
       <c r="E435" s="2">
         <v>193</v>
       </c>
       <c r="F435" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G435" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H435" s="2" t="s">
         <v>1256</v>
       </c>
       <c r="I435" s="2">
         <v>217</v>
       </c>
       <c r="J435" s="2">
         <v>200</v>
       </c>
       <c r="K435" s="2">
         <v>150</v>
       </c>
       <c r="L435" s="2">
         <v>20</v>
       </c>
       <c r="M435" s="2">
         <v>0</v>
       </c>
       <c r="N435" s="2">
         <v>170</v>
       </c>
     </row>
     <row r="436" spans="1:14">
       <c r="A436" s="2">
-        <v>106919</v>
+        <v>112789</v>
       </c>
       <c r="B436" s="2" t="s">
-        <v>310</v>
+        <v>1257</v>
       </c>
       <c r="C436" s="2" t="s">
-        <v>831</v>
+        <v>1258</v>
       </c>
       <c r="D436" s="2" t="s">
-        <v>832</v>
+        <v>1259</v>
       </c>
       <c r="E436" s="2">
-        <v>1386</v>
+        <v>638</v>
       </c>
       <c r="F436" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G436" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H436" s="2" t="s">
-        <v>1257</v>
+        <v>1260</v>
       </c>
       <c r="I436" s="2">
         <v>218</v>
       </c>
       <c r="J436" s="2">
-        <v>201</v>
+        <v>206</v>
       </c>
       <c r="K436" s="2">
         <v>150</v>
       </c>
       <c r="L436" s="2">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="M436" s="2">
         <v>0</v>
       </c>
       <c r="N436" s="2">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="437" spans="1:14">
       <c r="A437" s="2">
-        <v>112789</v>
+        <v>106919</v>
       </c>
       <c r="B437" s="2" t="s">
-        <v>1258</v>
+        <v>310</v>
       </c>
       <c r="C437" s="2" t="s">
-        <v>1259</v>
+        <v>831</v>
       </c>
       <c r="D437" s="2" t="s">
-        <v>1260</v>
+        <v>832</v>
       </c>
       <c r="E437" s="2">
-        <v>638</v>
+        <v>1386</v>
       </c>
       <c r="F437" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G437" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H437" s="2" t="s">
         <v>1261</v>
       </c>
       <c r="I437" s="2">
         <v>218</v>
       </c>
       <c r="J437" s="2">
-        <v>206</v>
+        <v>201</v>
       </c>
       <c r="K437" s="2">
         <v>150</v>
       </c>
       <c r="L437" s="2">
-        <v>0</v>
+        <v>20</v>
       </c>
       <c r="M437" s="2">
         <v>0</v>
       </c>
       <c r="N437" s="2">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="438" spans="1:14">
       <c r="A438" s="2">
-        <v>112790</v>
+        <v>106920</v>
       </c>
       <c r="B438" s="2" t="s">
+        <v>262</v>
+      </c>
+      <c r="C438" s="2" t="s">
         <v>1262</v>
       </c>
-      <c r="C438" s="2" t="s">
+      <c r="D438" s="2" t="s">
         <v>1263</v>
       </c>
-      <c r="D438" s="2"/>
       <c r="E438" s="2">
-        <v>1094</v>
+        <v>1098</v>
       </c>
       <c r="F438" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G438" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H438" s="2" t="s">
         <v>1264</v>
       </c>
       <c r="I438" s="2">
         <v>219</v>
       </c>
       <c r="J438" s="2">
-        <v>207</v>
+        <v>202</v>
       </c>
       <c r="K438" s="2">
         <v>150</v>
       </c>
       <c r="L438" s="2">
-        <v>0</v>
+        <v>20</v>
       </c>
       <c r="M438" s="2">
         <v>0</v>
       </c>
       <c r="N438" s="2">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="439" spans="1:14">
       <c r="A439" s="2">
-        <v>106920</v>
+        <v>112790</v>
       </c>
       <c r="B439" s="2" t="s">
-        <v>258</v>
+        <v>1265</v>
       </c>
       <c r="C439" s="2" t="s">
-        <v>1265</v>
-[...1 lines deleted...]
-      <c r="D439" s="2" t="s">
         <v>1266</v>
       </c>
+      <c r="D439" s="2"/>
       <c r="E439" s="2">
-        <v>1098</v>
+        <v>1094</v>
       </c>
       <c r="F439" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G439" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H439" s="2" t="s">
         <v>1267</v>
       </c>
       <c r="I439" s="2">
         <v>219</v>
       </c>
       <c r="J439" s="2">
-        <v>202</v>
+        <v>207</v>
       </c>
       <c r="K439" s="2">
         <v>150</v>
       </c>
       <c r="L439" s="2">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="M439" s="2">
         <v>0</v>
       </c>
       <c r="N439" s="2">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="440" spans="1:14">
       <c r="A440" s="2">
         <v>112791</v>
       </c>
       <c r="B440" s="2" t="s">
         <v>1268</v>
       </c>
       <c r="C440" s="2" t="s">
         <v>1269</v>
       </c>
       <c r="D440" s="2"/>
       <c r="E440" s="2">
         <v>659</v>
       </c>
       <c r="F440" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G440" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H440" s="2" t="s">
         <v>1270</v>
       </c>
@@ -25503,220 +25503,220 @@
       </c>
       <c r="H441" s="2" t="s">
         <v>1274</v>
       </c>
       <c r="I441" s="2">
         <v>220</v>
       </c>
       <c r="J441" s="2">
         <v>203</v>
       </c>
       <c r="K441" s="2">
         <v>150</v>
       </c>
       <c r="L441" s="2">
         <v>20</v>
       </c>
       <c r="M441" s="2">
         <v>0</v>
       </c>
       <c r="N441" s="2">
         <v>170</v>
       </c>
     </row>
     <row r="442" spans="1:14">
       <c r="A442" s="2">
-        <v>106922</v>
+        <v>106746</v>
       </c>
       <c r="B442" s="2" t="s">
+        <v>299</v>
+      </c>
+      <c r="C442" s="2" t="s">
+        <v>300</v>
+      </c>
+      <c r="D442" s="2" t="s">
+        <v>301</v>
+      </c>
+      <c r="E442" s="2">
+        <v>942</v>
+      </c>
+      <c r="F442" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G442" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="H442" s="2" t="s">
         <v>1275</v>
-      </c>
-[...16 lines deleted...]
-        <v>1277</v>
       </c>
       <c r="I442" s="2">
         <v>221</v>
       </c>
       <c r="J442" s="2">
-        <v>204</v>
+        <v>209</v>
       </c>
       <c r="K442" s="2">
         <v>150</v>
       </c>
       <c r="L442" s="2">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="M442" s="2">
         <v>0</v>
       </c>
       <c r="N442" s="2">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="443" spans="1:14">
       <c r="A443" s="2">
-        <v>106746</v>
+        <v>106922</v>
       </c>
       <c r="B443" s="2" t="s">
-        <v>296</v>
+        <v>1276</v>
       </c>
       <c r="C443" s="2" t="s">
-        <v>297</v>
+        <v>1000</v>
       </c>
       <c r="D443" s="2" t="s">
-        <v>298</v>
+        <v>1277</v>
       </c>
       <c r="E443" s="2">
-        <v>942</v>
+        <v>549</v>
       </c>
       <c r="F443" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G443" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H443" s="2" t="s">
         <v>1278</v>
       </c>
       <c r="I443" s="2">
         <v>221</v>
       </c>
       <c r="J443" s="2">
-        <v>209</v>
+        <v>204</v>
       </c>
       <c r="K443" s="2">
         <v>150</v>
       </c>
       <c r="L443" s="2">
-        <v>0</v>
+        <v>20</v>
       </c>
       <c r="M443" s="2">
         <v>0</v>
       </c>
       <c r="N443" s="2">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="444" spans="1:14">
       <c r="A444" s="2">
-        <v>112793</v>
+        <v>106923</v>
       </c>
       <c r="B444" s="2" t="s">
-        <v>416</v>
+        <v>146</v>
       </c>
       <c r="C444" s="2" t="s">
+        <v>855</v>
+      </c>
+      <c r="D444" s="2" t="s">
+        <v>856</v>
+      </c>
+      <c r="E444" s="2">
+        <v>1424</v>
+      </c>
+      <c r="F444" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G444" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="H444" s="2" t="s">
         <v>1279</v>
-      </c>
-[...11 lines deleted...]
-        <v>1280</v>
       </c>
       <c r="I444" s="2">
         <v>222</v>
       </c>
       <c r="J444" s="2">
-        <v>210</v>
+        <v>205</v>
       </c>
       <c r="K444" s="2">
         <v>150</v>
       </c>
       <c r="L444" s="2">
-        <v>0</v>
+        <v>20</v>
       </c>
       <c r="M444" s="2">
         <v>0</v>
       </c>
       <c r="N444" s="2">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="445" spans="1:14">
       <c r="A445" s="2">
-        <v>106923</v>
+        <v>112793</v>
       </c>
       <c r="B445" s="2" t="s">
-        <v>142</v>
+        <v>412</v>
       </c>
       <c r="C445" s="2" t="s">
-        <v>853</v>
-[...3 lines deleted...]
-      </c>
+        <v>1280</v>
+      </c>
+      <c r="D445" s="2"/>
       <c r="E445" s="2">
-        <v>1424</v>
+        <v>852</v>
       </c>
       <c r="F445" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G445" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H445" s="2" t="s">
         <v>1281</v>
       </c>
       <c r="I445" s="2">
         <v>222</v>
       </c>
       <c r="J445" s="2">
-        <v>205</v>
+        <v>210</v>
       </c>
       <c r="K445" s="2">
         <v>150</v>
       </c>
       <c r="L445" s="2">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="M445" s="2">
         <v>0</v>
       </c>
       <c r="N445" s="2">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="446" spans="1:14">
       <c r="A446" s="2">
         <v>106915</v>
       </c>
       <c r="B446" s="2" t="s">
         <v>333</v>
       </c>
       <c r="C446" s="2" t="s">
         <v>859</v>
       </c>
       <c r="D446" s="2" t="s">
         <v>1240</v>
       </c>
       <c r="E446" s="2">
         <v>1080</v>
       </c>
       <c r="F446" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G446" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H446" s="2" t="s">
@@ -25724,95 +25724,95 @@
       </c>
       <c r="I446" s="2">
         <v>223</v>
       </c>
       <c r="J446" s="2">
         <v>211</v>
       </c>
       <c r="K446" s="2">
         <v>150</v>
       </c>
       <c r="L446" s="2">
         <v>0</v>
       </c>
       <c r="M446" s="2">
         <v>0</v>
       </c>
       <c r="N446" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="447" spans="1:14">
       <c r="A447" s="2">
         <v>106924</v>
       </c>
       <c r="B447" s="2" t="s">
-        <v>764</v>
+        <v>766</v>
       </c>
       <c r="C447" s="2" t="s">
-        <v>728</v>
+        <v>726</v>
       </c>
       <c r="D447" s="2" t="s">
         <v>1283</v>
       </c>
       <c r="E447" s="2">
         <v>118</v>
       </c>
       <c r="F447" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G447" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H447" s="2" t="s">
         <v>1284</v>
       </c>
       <c r="I447" s="2">
         <v>223</v>
       </c>
       <c r="J447" s="2">
         <v>206</v>
       </c>
       <c r="K447" s="2">
         <v>150</v>
       </c>
       <c r="L447" s="2">
         <v>20</v>
       </c>
       <c r="M447" s="2">
         <v>0</v>
       </c>
       <c r="N447" s="2">
         <v>170</v>
       </c>
     </row>
     <row r="448" spans="1:14">
       <c r="A448" s="2">
         <v>106925</v>
       </c>
       <c r="B448" s="2" t="s">
-        <v>1026</v>
+        <v>1029</v>
       </c>
       <c r="C448" s="2" t="s">
         <v>1285</v>
       </c>
       <c r="D448" s="2" t="s">
         <v>1286</v>
       </c>
       <c r="E448" s="2">
         <v>1608</v>
       </c>
       <c r="F448" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G448" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H448" s="2" t="s">
         <v>1287</v>
       </c>
       <c r="I448" s="2">
         <v>224</v>
       </c>
       <c r="J448" s="2">
         <v>207</v>
       </c>
@@ -25827,158 +25827,158 @@
       </c>
       <c r="N448" s="2">
         <v>170</v>
       </c>
     </row>
     <row r="449" spans="1:14">
       <c r="A449" s="2">
         <v>101229</v>
       </c>
       <c r="B449" s="2" t="s">
         <v>1288</v>
       </c>
       <c r="C449" s="2" t="s">
         <v>1289</v>
       </c>
       <c r="D449" s="2" t="s">
         <v>1290</v>
       </c>
       <c r="E449" s="2">
         <v>31</v>
       </c>
       <c r="F449" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G449" s="2" t="s">
-        <v>205</v>
+        <v>201</v>
       </c>
       <c r="H449" s="2" t="s">
         <v>1291</v>
       </c>
       <c r="I449" s="2">
         <v>224</v>
       </c>
       <c r="J449" s="2">
         <v>13</v>
       </c>
       <c r="K449" s="2">
         <v>150</v>
       </c>
       <c r="L449" s="2">
         <v>0</v>
       </c>
       <c r="M449" s="2">
         <v>0</v>
       </c>
       <c r="N449" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="450" spans="1:14">
       <c r="A450" s="2">
-        <v>112795</v>
+        <v>106926</v>
       </c>
       <c r="B450" s="2" t="s">
+        <v>258</v>
+      </c>
+      <c r="C450" s="2" t="s">
         <v>1292</v>
       </c>
-      <c r="C450" s="2" t="s">
+      <c r="D450" s="2" t="s">
         <v>1293</v>
       </c>
-      <c r="D450" s="2"/>
       <c r="E450" s="2">
-        <v>1433</v>
+        <v>1252</v>
       </c>
       <c r="F450" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G450" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H450" s="2" t="s">
         <v>1294</v>
       </c>
       <c r="I450" s="2">
         <v>225</v>
       </c>
       <c r="J450" s="2">
-        <v>212</v>
+        <v>208</v>
       </c>
       <c r="K450" s="2">
         <v>150</v>
       </c>
       <c r="L450" s="2">
-        <v>0</v>
+        <v>20</v>
       </c>
       <c r="M450" s="2">
         <v>0</v>
       </c>
       <c r="N450" s="2">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="451" spans="1:14">
       <c r="A451" s="2">
-        <v>106926</v>
+        <v>112795</v>
       </c>
       <c r="B451" s="2" t="s">
-        <v>262</v>
+        <v>1295</v>
       </c>
       <c r="C451" s="2" t="s">
-        <v>1295</v>
-[...1 lines deleted...]
-      <c r="D451" s="2" t="s">
         <v>1296</v>
       </c>
+      <c r="D451" s="2"/>
       <c r="E451" s="2">
-        <v>1252</v>
+        <v>1433</v>
       </c>
       <c r="F451" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G451" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H451" s="2" t="s">
         <v>1297</v>
       </c>
       <c r="I451" s="2">
         <v>225</v>
       </c>
       <c r="J451" s="2">
-        <v>208</v>
+        <v>212</v>
       </c>
       <c r="K451" s="2">
         <v>150</v>
       </c>
       <c r="L451" s="2">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="M451" s="2">
         <v>0</v>
       </c>
       <c r="N451" s="2">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="452" spans="1:14">
       <c r="A452" s="2">
         <v>110621</v>
       </c>
       <c r="B452" s="2" t="s">
         <v>1298</v>
       </c>
       <c r="C452" s="2" t="s">
         <v>1299</v>
       </c>
       <c r="D452" s="2"/>
       <c r="E452" s="2">
         <v>622</v>
       </c>
       <c r="F452" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G452" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H452" s="2" t="s">
         <v>1300</v>
       </c>
@@ -26111,564 +26111,564 @@
       </c>
       <c r="H455" s="2" t="s">
         <v>1308</v>
       </c>
       <c r="I455" s="2">
         <v>227</v>
       </c>
       <c r="J455" s="2">
         <v>214</v>
       </c>
       <c r="K455" s="2">
         <v>150</v>
       </c>
       <c r="L455" s="2">
         <v>0</v>
       </c>
       <c r="M455" s="2">
         <v>0</v>
       </c>
       <c r="N455" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="456" spans="1:14">
       <c r="A456" s="2">
-        <v>112798</v>
+        <v>106929</v>
       </c>
       <c r="B456" s="2" t="s">
+        <v>653</v>
+      </c>
+      <c r="C456" s="2" t="s">
         <v>1309</v>
       </c>
-      <c r="C456" s="2" t="s">
+      <c r="D456" s="2" t="s">
         <v>1310</v>
       </c>
-      <c r="D456" s="2"/>
       <c r="E456" s="2">
-        <v>1298</v>
+        <v>1528</v>
       </c>
       <c r="F456" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G456" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H456" s="2" t="s">
         <v>1311</v>
       </c>
       <c r="I456" s="2">
         <v>228</v>
       </c>
       <c r="J456" s="2">
-        <v>215</v>
+        <v>211</v>
       </c>
       <c r="K456" s="2">
         <v>150</v>
       </c>
       <c r="L456" s="2">
-        <v>0</v>
+        <v>20</v>
       </c>
       <c r="M456" s="2">
         <v>0</v>
       </c>
       <c r="N456" s="2">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="457" spans="1:14">
       <c r="A457" s="2">
-        <v>106929</v>
+        <v>112798</v>
       </c>
       <c r="B457" s="2" t="s">
-        <v>656</v>
+        <v>1312</v>
       </c>
       <c r="C457" s="2" t="s">
-        <v>1312</v>
-[...1 lines deleted...]
-      <c r="D457" s="2" t="s">
         <v>1313</v>
       </c>
+      <c r="D457" s="2"/>
       <c r="E457" s="2">
-        <v>1528</v>
+        <v>1298</v>
       </c>
       <c r="F457" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G457" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H457" s="2" t="s">
         <v>1314</v>
       </c>
       <c r="I457" s="2">
         <v>228</v>
       </c>
       <c r="J457" s="2">
-        <v>211</v>
+        <v>215</v>
       </c>
       <c r="K457" s="2">
         <v>150</v>
       </c>
       <c r="L457" s="2">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="M457" s="2">
         <v>0</v>
       </c>
       <c r="N457" s="2">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="458" spans="1:14">
       <c r="A458" s="2">
-        <v>106930</v>
+        <v>112799</v>
       </c>
       <c r="B458" s="2" t="s">
+        <v>412</v>
+      </c>
+      <c r="C458" s="2" t="s">
+        <v>1004</v>
+      </c>
+      <c r="D458" s="2"/>
+      <c r="E458" s="2">
+        <v>482</v>
+      </c>
+      <c r="F458" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G458" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="H458" s="2" t="s">
         <v>1315</v>
-      </c>
-[...16 lines deleted...]
-        <v>1317</v>
       </c>
       <c r="I458" s="2">
         <v>229</v>
       </c>
       <c r="J458" s="2">
-        <v>212</v>
+        <v>216</v>
       </c>
       <c r="K458" s="2">
         <v>150</v>
       </c>
       <c r="L458" s="2">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="M458" s="2">
         <v>0</v>
       </c>
       <c r="N458" s="2">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="459" spans="1:14">
       <c r="A459" s="2">
-        <v>112799</v>
+        <v>106930</v>
       </c>
       <c r="B459" s="2" t="s">
-        <v>416</v>
+        <v>1316</v>
       </c>
       <c r="C459" s="2" t="s">
-        <v>1004</v>
-[...1 lines deleted...]
-      <c r="D459" s="2"/>
+        <v>672</v>
+      </c>
+      <c r="D459" s="2" t="s">
+        <v>1317</v>
+      </c>
       <c r="E459" s="2">
-        <v>482</v>
+        <v>891</v>
       </c>
       <c r="F459" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G459" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H459" s="2" t="s">
         <v>1318</v>
       </c>
       <c r="I459" s="2">
         <v>229</v>
       </c>
       <c r="J459" s="2">
-        <v>216</v>
+        <v>212</v>
       </c>
       <c r="K459" s="2">
         <v>150</v>
       </c>
       <c r="L459" s="2">
-        <v>0</v>
+        <v>20</v>
       </c>
       <c r="M459" s="2">
         <v>0</v>
       </c>
       <c r="N459" s="2">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="460" spans="1:14">
       <c r="A460" s="2">
-        <v>106931</v>
+        <v>112800</v>
       </c>
       <c r="B460" s="2" t="s">
         <v>1319</v>
       </c>
       <c r="C460" s="2" t="s">
-        <v>203</v>
-[...1 lines deleted...]
-      <c r="D460" s="2" t="s">
         <v>1320</v>
       </c>
+      <c r="D460" s="2"/>
       <c r="E460" s="2">
-        <v>458</v>
+        <v>32</v>
       </c>
       <c r="F460" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G460" s="2" t="s">
-        <v>18</v>
+        <v>201</v>
       </c>
       <c r="H460" s="2" t="s">
         <v>1321</v>
       </c>
       <c r="I460" s="2">
         <v>230</v>
       </c>
       <c r="J460" s="2">
-        <v>213</v>
+        <v>14</v>
       </c>
       <c r="K460" s="2">
         <v>150</v>
       </c>
       <c r="L460" s="2">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="M460" s="2">
         <v>0</v>
       </c>
       <c r="N460" s="2">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="461" spans="1:14">
       <c r="A461" s="2">
-        <v>112800</v>
+        <v>106931</v>
       </c>
       <c r="B461" s="2" t="s">
         <v>1322</v>
       </c>
       <c r="C461" s="2" t="s">
+        <v>199</v>
+      </c>
+      <c r="D461" s="2" t="s">
         <v>1323</v>
       </c>
-      <c r="D461" s="2"/>
       <c r="E461" s="2">
-        <v>32</v>
+        <v>458</v>
       </c>
       <c r="F461" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G461" s="2" t="s">
-        <v>205</v>
+        <v>18</v>
       </c>
       <c r="H461" s="2" t="s">
         <v>1324</v>
       </c>
       <c r="I461" s="2">
         <v>230</v>
       </c>
       <c r="J461" s="2">
-        <v>14</v>
+        <v>213</v>
       </c>
       <c r="K461" s="2">
         <v>150</v>
       </c>
       <c r="L461" s="2">
-        <v>0</v>
+        <v>20</v>
       </c>
       <c r="M461" s="2">
         <v>0</v>
       </c>
       <c r="N461" s="2">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="462" spans="1:14">
       <c r="A462" s="2">
         <v>112801</v>
       </c>
       <c r="B462" s="2" t="s">
         <v>1325</v>
       </c>
       <c r="C462" s="2" t="s">
         <v>1326</v>
       </c>
       <c r="D462" s="2"/>
       <c r="E462" s="2">
         <v>1341</v>
       </c>
       <c r="F462" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G462" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H462" s="2" t="s">
         <v>1327</v>
       </c>
       <c r="I462" s="2">
         <v>231</v>
       </c>
       <c r="J462" s="2">
         <v>217</v>
       </c>
       <c r="K462" s="2">
         <v>150</v>
       </c>
       <c r="L462" s="2">
         <v>0</v>
       </c>
       <c r="M462" s="2">
         <v>0</v>
       </c>
       <c r="N462" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="463" spans="1:14">
       <c r="A463" s="2">
         <v>106932</v>
       </c>
       <c r="B463" s="2" t="s">
-        <v>433</v>
+        <v>435</v>
       </c>
       <c r="C463" s="2" t="s">
         <v>1328</v>
       </c>
       <c r="D463" s="2" t="s">
         <v>1329</v>
       </c>
       <c r="E463" s="2">
         <v>703</v>
       </c>
       <c r="F463" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G463" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H463" s="2" t="s">
         <v>1330</v>
       </c>
       <c r="I463" s="2">
         <v>231</v>
       </c>
       <c r="J463" s="2">
         <v>214</v>
       </c>
       <c r="K463" s="2">
         <v>150</v>
       </c>
       <c r="L463" s="2">
         <v>20</v>
       </c>
       <c r="M463" s="2">
         <v>0</v>
       </c>
       <c r="N463" s="2">
         <v>170</v>
       </c>
     </row>
     <row r="464" spans="1:14">
       <c r="A464" s="2">
-        <v>106933</v>
+        <v>106929</v>
       </c>
       <c r="B464" s="2" t="s">
-        <v>958</v>
+        <v>653</v>
       </c>
       <c r="C464" s="2" t="s">
+        <v>1309</v>
+      </c>
+      <c r="D464" s="2" t="s">
+        <v>1310</v>
+      </c>
+      <c r="E464" s="2">
+        <v>1398</v>
+      </c>
+      <c r="F464" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G464" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="H464" s="2" t="s">
         <v>1331</v>
-      </c>
-[...13 lines deleted...]
-        <v>1333</v>
       </c>
       <c r="I464" s="2">
         <v>232</v>
       </c>
       <c r="J464" s="2">
-        <v>215</v>
+        <v>218</v>
       </c>
       <c r="K464" s="2">
         <v>150</v>
       </c>
       <c r="L464" s="2">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="M464" s="2">
         <v>0</v>
       </c>
       <c r="N464" s="2">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="465" spans="1:14">
       <c r="A465" s="2">
-        <v>106929</v>
+        <v>106933</v>
       </c>
       <c r="B465" s="2" t="s">
-        <v>656</v>
+        <v>956</v>
       </c>
       <c r="C465" s="2" t="s">
-        <v>1312</v>
+        <v>1332</v>
       </c>
       <c r="D465" s="2" t="s">
-        <v>1313</v>
+        <v>1333</v>
       </c>
       <c r="E465" s="2">
-        <v>1398</v>
+        <v>1245</v>
       </c>
       <c r="F465" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G465" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H465" s="2" t="s">
         <v>1334</v>
       </c>
       <c r="I465" s="2">
         <v>232</v>
       </c>
       <c r="J465" s="2">
-        <v>218</v>
+        <v>215</v>
       </c>
       <c r="K465" s="2">
         <v>150</v>
       </c>
       <c r="L465" s="2">
-        <v>0</v>
+        <v>20</v>
       </c>
       <c r="M465" s="2">
         <v>0</v>
       </c>
       <c r="N465" s="2">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="466" spans="1:14">
       <c r="A466" s="2">
-        <v>106934</v>
+        <v>112803</v>
       </c>
       <c r="B466" s="2" t="s">
         <v>1335</v>
       </c>
       <c r="C466" s="2" t="s">
+        <v>122</v>
+      </c>
+      <c r="D466" s="2"/>
+      <c r="E466" s="2">
+        <v>36</v>
+      </c>
+      <c r="F466" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G466" s="2" t="s">
+        <v>201</v>
+      </c>
+      <c r="H466" s="2" t="s">
         <v>1336</v>
-      </c>
-[...13 lines deleted...]
-        <v>1338</v>
       </c>
       <c r="I466" s="2">
         <v>233</v>
       </c>
       <c r="J466" s="2">
-        <v>216</v>
+        <v>15</v>
       </c>
       <c r="K466" s="2">
         <v>150</v>
       </c>
       <c r="L466" s="2">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="M466" s="2">
         <v>0</v>
       </c>
       <c r="N466" s="2">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="467" spans="1:14">
       <c r="A467" s="2">
-        <v>112803</v>
+        <v>106934</v>
       </c>
       <c r="B467" s="2" t="s">
+        <v>1337</v>
+      </c>
+      <c r="C467" s="2" t="s">
+        <v>1338</v>
+      </c>
+      <c r="D467" s="2" t="s">
         <v>1339</v>
       </c>
-      <c r="C467" s="2" t="s">
-[...2 lines deleted...]
-      <c r="D467" s="2"/>
       <c r="E467" s="2">
-        <v>36</v>
+        <v>1556</v>
       </c>
       <c r="F467" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G467" s="2" t="s">
-        <v>205</v>
+        <v>18</v>
       </c>
       <c r="H467" s="2" t="s">
         <v>1340</v>
       </c>
       <c r="I467" s="2">
         <v>233</v>
       </c>
       <c r="J467" s="2">
-        <v>15</v>
+        <v>216</v>
       </c>
       <c r="K467" s="2">
         <v>150</v>
       </c>
       <c r="L467" s="2">
-        <v>0</v>
+        <v>20</v>
       </c>
       <c r="M467" s="2">
         <v>0</v>
       </c>
       <c r="N467" s="2">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="468" spans="1:14">
       <c r="A468" s="2">
         <v>112804</v>
       </c>
       <c r="B468" s="2" t="s">
         <v>1341</v>
       </c>
       <c r="C468" s="2" t="s">
         <v>1342</v>
       </c>
       <c r="D468" s="2"/>
       <c r="E468" s="2">
         <v>1349</v>
       </c>
       <c r="F468" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G468" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H468" s="2" t="s">
         <v>1343</v>
       </c>
@@ -26715,140 +26715,140 @@
       </c>
       <c r="H469" s="2" t="s">
         <v>1347</v>
       </c>
       <c r="I469" s="2">
         <v>234</v>
       </c>
       <c r="J469" s="2">
         <v>217</v>
       </c>
       <c r="K469" s="2">
         <v>150</v>
       </c>
       <c r="L469" s="2">
         <v>20</v>
       </c>
       <c r="M469" s="2">
         <v>0</v>
       </c>
       <c r="N469" s="2">
         <v>170</v>
       </c>
     </row>
     <row r="470" spans="1:14">
       <c r="A470" s="2">
-        <v>106936</v>
+        <v>112805</v>
       </c>
       <c r="B470" s="2" t="s">
+        <v>880</v>
+      </c>
+      <c r="C470" s="2" t="s">
+        <v>73</v>
+      </c>
+      <c r="D470" s="2"/>
+      <c r="E470" s="2">
+        <v>16</v>
+      </c>
+      <c r="F470" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G470" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="H470" s="2" t="s">
         <v>1348</v>
-      </c>
-[...16 lines deleted...]
-        <v>1351</v>
       </c>
       <c r="I470" s="2">
         <v>235</v>
       </c>
       <c r="J470" s="2">
-        <v>18</v>
+        <v>220</v>
       </c>
       <c r="K470" s="2">
         <v>150</v>
       </c>
       <c r="L470" s="2">
-        <v>130</v>
+        <v>0</v>
       </c>
       <c r="M470" s="2">
         <v>0</v>
       </c>
       <c r="N470" s="2">
-        <v>280</v>
+        <v>150</v>
       </c>
     </row>
     <row r="471" spans="1:14">
       <c r="A471" s="2">
-        <v>112805</v>
+        <v>106936</v>
       </c>
       <c r="B471" s="2" t="s">
-        <v>880</v>
+        <v>1349</v>
       </c>
       <c r="C471" s="2" t="s">
-        <v>69</v>
-[...1 lines deleted...]
-      <c r="D471" s="2"/>
+        <v>1350</v>
+      </c>
+      <c r="D471" s="2" t="s">
+        <v>1351</v>
+      </c>
       <c r="E471" s="2">
-        <v>16</v>
+        <v>2073</v>
       </c>
       <c r="F471" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G471" s="2" t="s">
-        <v>18</v>
+        <v>201</v>
       </c>
       <c r="H471" s="2" t="s">
         <v>1352</v>
       </c>
       <c r="I471" s="2">
         <v>235</v>
       </c>
       <c r="J471" s="2">
-        <v>220</v>
+        <v>18</v>
       </c>
       <c r="K471" s="2">
         <v>150</v>
       </c>
       <c r="L471" s="2">
-        <v>0</v>
+        <v>130</v>
       </c>
       <c r="M471" s="2">
         <v>0</v>
       </c>
       <c r="N471" s="2">
-        <v>150</v>
+        <v>280</v>
       </c>
     </row>
     <row r="472" spans="1:14">
       <c r="A472" s="2">
         <v>112806</v>
       </c>
       <c r="B472" s="2" t="s">
-        <v>590</v>
+        <v>587</v>
       </c>
       <c r="C472" s="2" t="s">
         <v>1353</v>
       </c>
       <c r="D472" s="2"/>
       <c r="E472" s="2">
         <v>769</v>
       </c>
       <c r="F472" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G472" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H472" s="2" t="s">
         <v>1354</v>
       </c>
       <c r="I472" s="2">
         <v>236</v>
       </c>
       <c r="J472" s="2">
         <v>221</v>
       </c>
       <c r="K472" s="2">
         <v>150</v>
@@ -26973,143 +26973,143 @@
       </c>
       <c r="H475" s="2" t="s">
         <v>1361</v>
       </c>
       <c r="I475" s="2">
         <v>237</v>
       </c>
       <c r="J475" s="2">
         <v>219</v>
       </c>
       <c r="K475" s="2">
         <v>150</v>
       </c>
       <c r="L475" s="2">
         <v>20</v>
       </c>
       <c r="M475" s="2">
         <v>0</v>
       </c>
       <c r="N475" s="2">
         <v>170</v>
       </c>
     </row>
     <row r="476" spans="1:14">
       <c r="A476" s="2">
-        <v>106939</v>
+        <v>112808</v>
       </c>
       <c r="B476" s="2" t="s">
         <v>1362</v>
       </c>
       <c r="C476" s="2" t="s">
-        <v>49</v>
-[...1 lines deleted...]
-      <c r="D476" s="2" t="s">
+        <v>676</v>
+      </c>
+      <c r="D476" s="2"/>
+      <c r="E476" s="2">
+        <v>1566</v>
+      </c>
+      <c r="F476" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G476" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="H476" s="2" t="s">
         <v>1363</v>
-      </c>
-[...10 lines deleted...]
-        <v>1364</v>
       </c>
       <c r="I476" s="2">
         <v>238</v>
       </c>
       <c r="J476" s="2">
-        <v>220</v>
+        <v>223</v>
       </c>
       <c r="K476" s="2">
         <v>150</v>
       </c>
       <c r="L476" s="2">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="M476" s="2">
         <v>0</v>
       </c>
       <c r="N476" s="2">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="477" spans="1:14">
       <c r="A477" s="2">
-        <v>112808</v>
+        <v>106939</v>
       </c>
       <c r="B477" s="2" t="s">
+        <v>1364</v>
+      </c>
+      <c r="C477" s="2" t="s">
+        <v>49</v>
+      </c>
+      <c r="D477" s="2" t="s">
         <v>1365</v>
       </c>
-      <c r="C477" s="2" t="s">
-[...2 lines deleted...]
-      <c r="D477" s="2"/>
       <c r="E477" s="2">
-        <v>1566</v>
+        <v>206</v>
       </c>
       <c r="F477" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G477" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H477" s="2" t="s">
         <v>1366</v>
       </c>
       <c r="I477" s="2">
         <v>238</v>
       </c>
       <c r="J477" s="2">
-        <v>223</v>
+        <v>220</v>
       </c>
       <c r="K477" s="2">
         <v>150</v>
       </c>
       <c r="L477" s="2">
-        <v>0</v>
+        <v>20</v>
       </c>
       <c r="M477" s="2">
         <v>0</v>
       </c>
       <c r="N477" s="2">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="478" spans="1:14">
       <c r="A478" s="2">
         <v>112809</v>
       </c>
       <c r="B478" s="2" t="s">
         <v>1367</v>
       </c>
       <c r="C478" s="2" t="s">
-        <v>489</v>
+        <v>486</v>
       </c>
       <c r="D478" s="2"/>
       <c r="E478" s="2">
         <v>1559</v>
       </c>
       <c r="F478" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G478" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H478" s="2" t="s">
         <v>1368</v>
       </c>
       <c r="I478" s="2">
         <v>239</v>
       </c>
       <c r="J478" s="2">
         <v>224</v>
       </c>
       <c r="K478" s="2">
         <v>150</v>
       </c>
       <c r="L478" s="2">
         <v>0</v>
@@ -27119,166 +27119,166 @@
       </c>
       <c r="N478" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="479" spans="1:14">
       <c r="A479" s="2">
         <v>106940</v>
       </c>
       <c r="B479" s="2" t="s">
         <v>1369</v>
       </c>
       <c r="C479" s="2" t="s">
         <v>1370</v>
       </c>
       <c r="D479" s="2" t="s">
         <v>1371</v>
       </c>
       <c r="E479" s="2">
         <v>2221</v>
       </c>
       <c r="F479" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G479" s="2" t="s">
-        <v>205</v>
+        <v>201</v>
       </c>
       <c r="H479" s="2" t="s">
         <v>1372</v>
       </c>
       <c r="I479" s="2">
         <v>239</v>
       </c>
       <c r="J479" s="2">
         <v>19</v>
       </c>
       <c r="K479" s="2">
         <v>150</v>
       </c>
       <c r="L479" s="2">
         <v>120</v>
       </c>
       <c r="M479" s="2">
         <v>0</v>
       </c>
       <c r="N479" s="2">
         <v>270</v>
       </c>
     </row>
     <row r="480" spans="1:14">
       <c r="A480" s="2">
         <v>112810</v>
       </c>
       <c r="B480" s="2" t="s">
-        <v>674</v>
+        <v>671</v>
       </c>
       <c r="C480" s="2" t="s">
         <v>1373</v>
       </c>
       <c r="D480" s="2"/>
       <c r="E480" s="2">
         <v>1595</v>
       </c>
       <c r="F480" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G480" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H480" s="2" t="s">
         <v>1374</v>
       </c>
       <c r="I480" s="2">
         <v>240</v>
       </c>
       <c r="J480" s="2">
         <v>225</v>
       </c>
       <c r="K480" s="2">
         <v>150</v>
       </c>
       <c r="L480" s="2">
         <v>0</v>
       </c>
       <c r="M480" s="2">
         <v>0</v>
       </c>
       <c r="N480" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="481" spans="1:14">
       <c r="A481" s="2">
         <v>106941</v>
       </c>
       <c r="B481" s="2" t="s">
-        <v>60</v>
+        <v>64</v>
       </c>
       <c r="C481" s="2" t="s">
         <v>1375</v>
       </c>
       <c r="D481" s="2" t="s">
         <v>1376</v>
       </c>
       <c r="E481" s="2">
         <v>1131</v>
       </c>
       <c r="F481" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G481" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H481" s="2" t="s">
         <v>1377</v>
       </c>
       <c r="I481" s="2">
         <v>240</v>
       </c>
       <c r="J481" s="2">
         <v>221</v>
       </c>
       <c r="K481" s="2">
         <v>150</v>
       </c>
       <c r="L481" s="2">
         <v>20</v>
       </c>
       <c r="M481" s="2">
         <v>0</v>
       </c>
       <c r="N481" s="2">
         <v>170</v>
       </c>
     </row>
     <row r="482" spans="1:14">
       <c r="A482" s="2">
         <v>106830</v>
       </c>
       <c r="B482" s="2" t="s">
-        <v>262</v>
+        <v>258</v>
       </c>
       <c r="C482" s="2" t="s">
         <v>798</v>
       </c>
       <c r="D482" s="2" t="s">
         <v>799</v>
       </c>
       <c r="E482" s="2">
         <v>14</v>
       </c>
       <c r="F482" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G482" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H482" s="2" t="s">
         <v>1378</v>
       </c>
       <c r="I482" s="2">
         <v>241</v>
       </c>
       <c r="J482" s="2">
         <v>226</v>
       </c>
@@ -27289,51 +27289,51 @@
         <v>0</v>
       </c>
       <c r="M482" s="2">
         <v>0</v>
       </c>
       <c r="N482" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="483" spans="1:14">
       <c r="A483" s="2">
         <v>106942</v>
       </c>
       <c r="B483" s="2" t="s">
         <v>1379</v>
       </c>
       <c r="C483" s="2" t="s">
         <v>1380</v>
       </c>
       <c r="D483" s="2"/>
       <c r="E483" s="2">
         <v>2245</v>
       </c>
       <c r="F483" s="2"/>
       <c r="G483" s="2" t="s">
-        <v>205</v>
+        <v>201</v>
       </c>
       <c r="H483" s="2" t="s">
         <v>1381</v>
       </c>
       <c r="I483" s="2">
         <v>241</v>
       </c>
       <c r="J483" s="2">
         <v>20</v>
       </c>
       <c r="K483" s="2">
         <v>150</v>
       </c>
       <c r="L483" s="2">
         <v>110</v>
       </c>
       <c r="M483" s="2">
         <v>0</v>
       </c>
       <c r="N483" s="2">
         <v>260</v>
       </c>
     </row>
     <row r="484" spans="1:14">
       <c r="A484" s="2">
@@ -27444,57 +27444,57 @@
       </c>
       <c r="I486" s="2">
         <v>244</v>
       </c>
       <c r="J486" s="2">
         <v>229</v>
       </c>
       <c r="K486" s="2">
         <v>150</v>
       </c>
       <c r="L486" s="2">
         <v>0</v>
       </c>
       <c r="M486" s="2">
         <v>0</v>
       </c>
       <c r="N486" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="487" spans="1:14">
       <c r="A487" s="2">
         <v>106914</v>
       </c>
       <c r="B487" s="2" t="s">
+        <v>1235</v>
+      </c>
+      <c r="C487" s="2" t="s">
+        <v>1236</v>
+      </c>
+      <c r="D487" s="2" t="s">
         <v>1237</v>
-      </c>
-[...4 lines deleted...]
-        <v>1239</v>
       </c>
       <c r="E487" s="2">
         <v>832</v>
       </c>
       <c r="F487" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G487" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H487" s="2" t="s">
         <v>1390</v>
       </c>
       <c r="I487" s="2">
         <v>245</v>
       </c>
       <c r="J487" s="2">
         <v>230</v>
       </c>
       <c r="K487" s="2">
         <v>150</v>
       </c>
       <c r="L487" s="2">
         <v>0</v>
       </c>
@@ -27575,135 +27575,135 @@
       </c>
       <c r="J489" s="2">
         <v>232</v>
       </c>
       <c r="K489" s="2">
         <v>150</v>
       </c>
       <c r="L489" s="2">
         <v>0</v>
       </c>
       <c r="M489" s="2">
         <v>0</v>
       </c>
       <c r="N489" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="490" spans="1:14">
       <c r="A490" s="2">
         <v>112818</v>
       </c>
       <c r="B490" s="2" t="s">
         <v>1396</v>
       </c>
       <c r="C490" s="2" t="s">
-        <v>258</v>
+        <v>262</v>
       </c>
       <c r="D490" s="2"/>
       <c r="E490" s="2">
         <v>601</v>
       </c>
       <c r="F490" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G490" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H490" s="2" t="s">
         <v>1397</v>
       </c>
       <c r="I490" s="2">
         <v>248</v>
       </c>
       <c r="J490" s="2">
         <v>233</v>
       </c>
       <c r="K490" s="2">
         <v>150</v>
       </c>
       <c r="L490" s="2">
         <v>0</v>
       </c>
       <c r="M490" s="2">
         <v>0</v>
       </c>
       <c r="N490" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="491" spans="1:14">
       <c r="A491" s="2">
         <v>112819</v>
       </c>
       <c r="B491" s="2" t="s">
-        <v>1235</v>
+        <v>1238</v>
       </c>
       <c r="C491" s="2" t="s">
         <v>1398</v>
       </c>
       <c r="D491" s="2"/>
       <c r="E491" s="2">
         <v>130</v>
       </c>
       <c r="F491" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G491" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H491" s="2" t="s">
         <v>1397</v>
       </c>
       <c r="I491" s="2">
         <v>249</v>
       </c>
       <c r="J491" s="2">
         <v>234</v>
       </c>
       <c r="K491" s="2">
         <v>150</v>
       </c>
       <c r="L491" s="2">
         <v>0</v>
       </c>
       <c r="M491" s="2">
         <v>0</v>
       </c>
       <c r="N491" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="492" spans="1:14">
       <c r="A492" s="2">
         <v>112820</v>
       </c>
       <c r="B492" s="2" t="s">
         <v>1399</v>
       </c>
       <c r="C492" s="2" t="s">
-        <v>720</v>
+        <v>719</v>
       </c>
       <c r="D492" s="2"/>
       <c r="E492" s="2">
         <v>858</v>
       </c>
       <c r="F492" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G492" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H492" s="2" t="s">
         <v>1400</v>
       </c>
       <c r="I492" s="2">
         <v>250</v>
       </c>
       <c r="J492" s="2">
         <v>235</v>
       </c>
       <c r="K492" s="2">
         <v>150</v>
       </c>
       <c r="L492" s="2">
         <v>0</v>
@@ -27743,51 +27743,51 @@
       </c>
       <c r="J493" s="2">
         <v>236</v>
       </c>
       <c r="K493" s="2">
         <v>150</v>
       </c>
       <c r="L493" s="2">
         <v>0</v>
       </c>
       <c r="M493" s="2">
         <v>0</v>
       </c>
       <c r="N493" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="494" spans="1:14">
       <c r="A494" s="2">
         <v>112822</v>
       </c>
       <c r="B494" s="2" t="s">
         <v>1403</v>
       </c>
       <c r="C494" s="2" t="s">
-        <v>990</v>
+        <v>987</v>
       </c>
       <c r="D494" s="2"/>
       <c r="E494" s="2">
         <v>608</v>
       </c>
       <c r="F494" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G494" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H494" s="2" t="s">
         <v>1404</v>
       </c>
       <c r="I494" s="2">
         <v>252</v>
       </c>
       <c r="J494" s="2">
         <v>237</v>
       </c>
       <c r="K494" s="2">
         <v>150</v>
       </c>
       <c r="L494" s="2">
         <v>0</v>
@@ -27920,89 +27920,89 @@
       </c>
       <c r="M497" s="2">
         <v>0</v>
       </c>
       <c r="N497" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="498" spans="1:14">
       <c r="A498" s="2">
         <v>100445</v>
       </c>
       <c r="B498" s="2" t="s">
         <v>1414</v>
       </c>
       <c r="C498" s="2" t="s">
         <v>1415</v>
       </c>
       <c r="D498" s="2" t="s">
         <v>1416</v>
       </c>
       <c r="E498" s="2">
         <v>2262</v>
       </c>
       <c r="F498" s="2" t="s">
-        <v>634</v>
+        <v>631</v>
       </c>
       <c r="G498" s="2" t="s">
-        <v>205</v>
+        <v>201</v>
       </c>
       <c r="H498" s="2" t="s">
         <v>1417</v>
       </c>
       <c r="I498" s="2">
         <v>256</v>
       </c>
       <c r="J498" s="2">
         <v>16</v>
       </c>
       <c r="K498" s="2">
         <v>150</v>
       </c>
       <c r="L498" s="2">
         <v>0</v>
       </c>
       <c r="M498" s="2">
         <v>0</v>
       </c>
       <c r="N498" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="499" spans="1:14">
       <c r="A499" s="2">
         <v>106790</v>
       </c>
       <c r="B499" s="2" t="s">
-        <v>68</v>
+        <v>72</v>
       </c>
       <c r="C499" s="2" t="s">
-        <v>567</v>
+        <v>570</v>
       </c>
       <c r="D499" s="2" t="s">
-        <v>568</v>
+        <v>571</v>
       </c>
       <c r="E499" s="2">
         <v>1402</v>
       </c>
       <c r="F499" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G499" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H499" s="2" t="s">
         <v>1418</v>
       </c>
       <c r="I499" s="2">
         <v>257</v>
       </c>
       <c r="J499" s="2">
         <v>241</v>
       </c>
       <c r="K499" s="2">
         <v>150</v>
       </c>
       <c r="L499" s="2">
         <v>0</v>
       </c>
@@ -28038,237 +28038,237 @@
       </c>
       <c r="I500" s="2">
         <v>258</v>
       </c>
       <c r="J500" s="2">
         <v>242</v>
       </c>
       <c r="K500" s="2">
         <v>150</v>
       </c>
       <c r="L500" s="2">
         <v>0</v>
       </c>
       <c r="M500" s="2">
         <v>0</v>
       </c>
       <c r="N500" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="501" spans="1:14">
       <c r="A501" s="2">
         <v>112829</v>
       </c>
       <c r="B501" s="2" t="s">
-        <v>837</v>
+        <v>840</v>
       </c>
       <c r="C501" s="2" t="s">
         <v>1422</v>
       </c>
       <c r="D501" s="2"/>
       <c r="E501" s="2">
         <v>989</v>
       </c>
       <c r="F501" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G501" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H501" s="2" t="s">
         <v>1423</v>
       </c>
       <c r="I501" s="2">
         <v>259</v>
       </c>
       <c r="J501" s="2">
         <v>243</v>
       </c>
       <c r="K501" s="2">
         <v>150</v>
       </c>
       <c r="L501" s="2">
         <v>0</v>
       </c>
       <c r="M501" s="2">
         <v>0</v>
       </c>
       <c r="N501" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="502" spans="1:14">
       <c r="A502" s="2">
         <v>106922</v>
       </c>
       <c r="B502" s="2" t="s">
-        <v>1275</v>
+        <v>1276</v>
       </c>
       <c r="C502" s="2" t="s">
         <v>1000</v>
       </c>
       <c r="D502" s="2" t="s">
-        <v>1276</v>
+        <v>1277</v>
       </c>
       <c r="E502" s="2">
         <v>411</v>
       </c>
       <c r="F502" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G502" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H502" s="2" t="s">
         <v>1424</v>
       </c>
       <c r="I502" s="2">
         <v>260</v>
       </c>
       <c r="J502" s="2">
         <v>244</v>
       </c>
       <c r="K502" s="2">
         <v>150</v>
       </c>
       <c r="L502" s="2">
         <v>0</v>
       </c>
       <c r="M502" s="2">
         <v>0</v>
       </c>
       <c r="N502" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="503" spans="1:14">
       <c r="A503" s="2">
-        <v>112831</v>
+        <v>106943</v>
       </c>
       <c r="B503" s="2" t="s">
         <v>1425</v>
       </c>
       <c r="C503" s="2" t="s">
-        <v>1426</v>
+        <v>203</v>
       </c>
       <c r="D503" s="2"/>
       <c r="E503" s="2">
-        <v>1314</v>
+        <v>1667</v>
       </c>
       <c r="F503" s="2" t="s">
-        <v>17</v>
+        <v>631</v>
       </c>
       <c r="G503" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H503" s="2" t="s">
-        <v>1427</v>
+        <v>1426</v>
       </c>
       <c r="I503" s="2">
         <v>261</v>
       </c>
       <c r="J503" s="2">
-        <v>245</v>
+        <v>240</v>
       </c>
       <c r="K503" s="2">
         <v>150</v>
       </c>
       <c r="L503" s="2">
-        <v>0</v>
+        <v>20</v>
       </c>
       <c r="M503" s="2">
         <v>0</v>
       </c>
       <c r="N503" s="2">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="504" spans="1:14">
       <c r="A504" s="2">
-        <v>106943</v>
+        <v>112831</v>
       </c>
       <c r="B504" s="2" t="s">
+        <v>1427</v>
+      </c>
+      <c r="C504" s="2" t="s">
         <v>1428</v>
-      </c>
-[...1 lines deleted...]
-        <v>198</v>
       </c>
       <c r="D504" s="2"/>
       <c r="E504" s="2">
-        <v>1667</v>
+        <v>1314</v>
       </c>
       <c r="F504" s="2" t="s">
-        <v>634</v>
+        <v>17</v>
       </c>
       <c r="G504" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H504" s="2" t="s">
         <v>1429</v>
       </c>
       <c r="I504" s="2">
         <v>261</v>
       </c>
       <c r="J504" s="2">
-        <v>240</v>
+        <v>245</v>
       </c>
       <c r="K504" s="2">
         <v>150</v>
       </c>
       <c r="L504" s="2">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="M504" s="2">
         <v>0</v>
       </c>
       <c r="N504" s="2">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="505" spans="1:14">
       <c r="A505" s="2">
         <v>112832</v>
       </c>
       <c r="B505" s="2" t="s">
         <v>865</v>
       </c>
       <c r="C505" s="2" t="s">
-        <v>731</v>
+        <v>734</v>
       </c>
       <c r="D505" s="2"/>
       <c r="E505" s="2">
         <v>584</v>
       </c>
       <c r="F505" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G505" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H505" s="2" t="s">
-        <v>1427</v>
+        <v>1429</v>
       </c>
       <c r="I505" s="2">
         <v>262</v>
       </c>
       <c r="J505" s="2">
         <v>246</v>
       </c>
       <c r="K505" s="2">
         <v>150</v>
       </c>
       <c r="L505" s="2">
         <v>0</v>
       </c>
       <c r="M505" s="2">
         <v>0</v>
       </c>
       <c r="N505" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="506" spans="1:14">
       <c r="A506" s="2">
         <v>112833</v>
       </c>
       <c r="B506" s="2" t="s">
@@ -28418,51 +28418,51 @@
       </c>
       <c r="I509" s="2">
         <v>266</v>
       </c>
       <c r="J509" s="2">
         <v>250</v>
       </c>
       <c r="K509" s="2">
         <v>150</v>
       </c>
       <c r="L509" s="2">
         <v>0</v>
       </c>
       <c r="M509" s="2">
         <v>0</v>
       </c>
       <c r="N509" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="510" spans="1:14">
       <c r="A510" s="2">
         <v>112837</v>
       </c>
       <c r="B510" s="2" t="s">
-        <v>1262</v>
+        <v>1265</v>
       </c>
       <c r="C510" s="2" t="s">
         <v>231</v>
       </c>
       <c r="D510" s="2"/>
       <c r="E510" s="2">
         <v>1005</v>
       </c>
       <c r="F510" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G510" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H510" s="2" t="s">
         <v>1440</v>
       </c>
       <c r="I510" s="2">
         <v>267</v>
       </c>
       <c r="J510" s="2">
         <v>251</v>
       </c>
       <c r="K510" s="2">
         <v>150</v>
@@ -28473,51 +28473,51 @@
       <c r="M510" s="2">
         <v>0</v>
       </c>
       <c r="N510" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="511" spans="1:14">
       <c r="A511" s="2">
         <v>112838</v>
       </c>
       <c r="B511" s="2" t="s">
         <v>1441</v>
       </c>
       <c r="C511" s="2" t="s">
         <v>1442</v>
       </c>
       <c r="D511" s="2"/>
       <c r="E511" s="2">
         <v>2212</v>
       </c>
       <c r="F511" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G511" s="2" t="s">
-        <v>205</v>
+        <v>201</v>
       </c>
       <c r="H511" s="2" t="s">
         <v>1443</v>
       </c>
       <c r="I511" s="2">
         <v>268</v>
       </c>
       <c r="J511" s="2">
         <v>17</v>
       </c>
       <c r="K511" s="2">
         <v>150</v>
       </c>
       <c r="L511" s="2">
         <v>0</v>
       </c>
       <c r="M511" s="2">
         <v>0</v>
       </c>
       <c r="N511" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="512" spans="1:14">
       <c r="A512" s="2">
@@ -28756,54 +28756,54 @@
       </c>
       <c r="I517" s="2">
         <v>274</v>
       </c>
       <c r="J517" s="2">
         <v>257</v>
       </c>
       <c r="K517" s="2">
         <v>150</v>
       </c>
       <c r="L517" s="2">
         <v>0</v>
       </c>
       <c r="M517" s="2">
         <v>0</v>
       </c>
       <c r="N517" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="518" spans="1:14">
       <c r="A518" s="2">
         <v>112845</v>
       </c>
       <c r="B518" s="2" t="s">
-        <v>438</v>
+        <v>441</v>
       </c>
       <c r="C518" s="2" t="s">
-        <v>450</v>
+        <v>454</v>
       </c>
       <c r="D518" s="2" t="s">
         <v>1456</v>
       </c>
       <c r="E518" s="2">
         <v>350</v>
       </c>
       <c r="F518" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G518" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H518" s="2" t="s">
         <v>1457</v>
       </c>
       <c r="I518" s="2">
         <v>275</v>
       </c>
       <c r="J518" s="2">
         <v>258</v>
       </c>
       <c r="K518" s="2">
         <v>150</v>
       </c>
@@ -28813,51 +28813,51 @@
       <c r="M518" s="2">
         <v>0</v>
       </c>
       <c r="N518" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="519" spans="1:14">
       <c r="A519" s="2">
         <v>112846</v>
       </c>
       <c r="B519" s="2" t="s">
         <v>1458</v>
       </c>
       <c r="C519" s="2" t="s">
         <v>325</v>
       </c>
       <c r="D519" s="2"/>
       <c r="E519" s="2">
         <v>2005</v>
       </c>
       <c r="F519" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G519" s="2" t="s">
-        <v>205</v>
+        <v>201</v>
       </c>
       <c r="H519" s="2" t="s">
         <v>1459</v>
       </c>
       <c r="I519" s="2">
         <v>276</v>
       </c>
       <c r="J519" s="2">
         <v>18</v>
       </c>
       <c r="K519" s="2">
         <v>150</v>
       </c>
       <c r="L519" s="2">
         <v>0</v>
       </c>
       <c r="M519" s="2">
         <v>0</v>
       </c>
       <c r="N519" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="520" spans="1:14">
       <c r="A520" s="2">
@@ -29010,95 +29010,95 @@
       </c>
       <c r="I523" s="2">
         <v>280</v>
       </c>
       <c r="J523" s="2">
         <v>262</v>
       </c>
       <c r="K523" s="2">
         <v>150</v>
       </c>
       <c r="L523" s="2">
         <v>0</v>
       </c>
       <c r="M523" s="2">
         <v>0</v>
       </c>
       <c r="N523" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="524" spans="1:14">
       <c r="A524" s="2">
         <v>106871</v>
       </c>
       <c r="B524" s="2" t="s">
+        <v>1006</v>
+      </c>
+      <c r="C524" s="2" t="s">
+        <v>1007</v>
+      </c>
+      <c r="D524" s="2" t="s">
         <v>1008</v>
-      </c>
-[...4 lines deleted...]
-        <v>1010</v>
       </c>
       <c r="E524" s="2">
         <v>1543</v>
       </c>
       <c r="F524" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G524" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H524" s="2" t="s">
         <v>1469</v>
       </c>
       <c r="I524" s="2">
         <v>281</v>
       </c>
       <c r="J524" s="2">
         <v>263</v>
       </c>
       <c r="K524" s="2">
         <v>150</v>
       </c>
       <c r="L524" s="2">
         <v>0</v>
       </c>
       <c r="M524" s="2">
         <v>0</v>
       </c>
       <c r="N524" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="525" spans="1:14">
       <c r="A525" s="2">
         <v>112852</v>
       </c>
       <c r="B525" s="2" t="s">
-        <v>299</v>
+        <v>296</v>
       </c>
       <c r="C525" s="2" t="s">
         <v>1470</v>
       </c>
       <c r="D525" s="2"/>
       <c r="E525" s="2">
         <v>158</v>
       </c>
       <c r="F525" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G525" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H525" s="2" t="s">
         <v>1471</v>
       </c>
       <c r="I525" s="2">
         <v>282</v>
       </c>
       <c r="J525" s="2">
         <v>264</v>
       </c>
       <c r="K525" s="2">
         <v>150</v>
@@ -29180,51 +29180,51 @@
       </c>
       <c r="I527" s="2">
         <v>284</v>
       </c>
       <c r="J527" s="2">
         <v>266</v>
       </c>
       <c r="K527" s="2">
         <v>150</v>
       </c>
       <c r="L527" s="2">
         <v>0</v>
       </c>
       <c r="M527" s="2">
         <v>0</v>
       </c>
       <c r="N527" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="528" spans="1:14">
       <c r="A528" s="2">
         <v>112855</v>
       </c>
       <c r="B528" s="2" t="s">
-        <v>376</v>
+        <v>372</v>
       </c>
       <c r="C528" s="2" t="s">
         <v>1478</v>
       </c>
       <c r="D528" s="2"/>
       <c r="E528" s="2">
         <v>1572</v>
       </c>
       <c r="F528" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G528" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H528" s="2" t="s">
         <v>1479</v>
       </c>
       <c r="I528" s="2">
         <v>285</v>
       </c>
       <c r="J528" s="2">
         <v>267</v>
       </c>
       <c r="K528" s="2">
         <v>150</v>
@@ -29264,96 +29264,96 @@
       </c>
       <c r="I529" s="2">
         <v>286</v>
       </c>
       <c r="J529" s="2">
         <v>268</v>
       </c>
       <c r="K529" s="2">
         <v>150</v>
       </c>
       <c r="L529" s="2">
         <v>0</v>
       </c>
       <c r="M529" s="2">
         <v>0</v>
       </c>
       <c r="N529" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="530" spans="1:14">
       <c r="A530" s="2">
         <v>112857</v>
       </c>
       <c r="B530" s="2" t="s">
-        <v>121</v>
+        <v>117</v>
       </c>
       <c r="C530" s="2" t="s">
         <v>1483</v>
       </c>
       <c r="D530" s="2"/>
       <c r="E530" s="2">
         <v>161</v>
       </c>
       <c r="F530" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G530" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H530" s="2" t="s">
         <v>1484</v>
       </c>
       <c r="I530" s="2">
         <v>287</v>
       </c>
       <c r="J530" s="2">
         <v>269</v>
       </c>
       <c r="K530" s="2">
         <v>150</v>
       </c>
       <c r="L530" s="2">
         <v>0</v>
       </c>
       <c r="M530" s="2">
         <v>0</v>
       </c>
       <c r="N530" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="531" spans="1:14">
       <c r="A531" s="2">
         <v>111819</v>
       </c>
       <c r="B531" s="2" t="s">
         <v>1485</v>
       </c>
       <c r="C531" s="2" t="s">
-        <v>377</v>
+        <v>373</v>
       </c>
       <c r="D531" s="2" t="s">
         <v>1486</v>
       </c>
       <c r="E531" s="2">
         <v>197</v>
       </c>
       <c r="F531" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G531" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H531" s="2" t="s">
         <v>1487</v>
       </c>
       <c r="I531" s="2">
         <v>288</v>
       </c>
       <c r="J531" s="2">
         <v>270</v>
       </c>
       <c r="K531" s="2">
         <v>150</v>
       </c>
@@ -29447,83 +29447,83 @@
       <c r="M533" s="2">
         <v>0</v>
       </c>
       <c r="N533" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="534" spans="1:14">
       <c r="A534" s="2">
         <v>112861</v>
       </c>
       <c r="B534" s="2" t="s">
         <v>1491</v>
       </c>
       <c r="C534" s="2" t="s">
         <v>1492</v>
       </c>
       <c r="D534" s="2"/>
       <c r="E534" s="2">
         <v>2101</v>
       </c>
       <c r="F534" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G534" s="2" t="s">
-        <v>205</v>
+        <v>201</v>
       </c>
       <c r="H534" s="2" t="s">
         <v>1493</v>
       </c>
       <c r="I534" s="2">
         <v>291</v>
       </c>
       <c r="J534" s="2">
         <v>19</v>
       </c>
       <c r="K534" s="2">
         <v>150</v>
       </c>
       <c r="L534" s="2">
         <v>0</v>
       </c>
       <c r="M534" s="2">
         <v>0</v>
       </c>
       <c r="N534" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="535" spans="1:14">
       <c r="A535" s="2">
         <v>112862</v>
       </c>
       <c r="B535" s="2" t="s">
         <v>1175</v>
       </c>
       <c r="C535" s="2" t="s">
-        <v>591</v>
+        <v>588</v>
       </c>
       <c r="D535" s="2"/>
       <c r="E535" s="2">
         <v>399</v>
       </c>
       <c r="F535" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G535" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H535" s="2" t="s">
         <v>1494</v>
       </c>
       <c r="I535" s="2">
         <v>292</v>
       </c>
       <c r="J535" s="2">
         <v>273</v>
       </c>
       <c r="K535" s="2">
         <v>150</v>
       </c>
       <c r="L535" s="2">
         <v>0</v>
@@ -29531,51 +29531,51 @@
       <c r="M535" s="2">
         <v>0</v>
       </c>
       <c r="N535" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="536" spans="1:14">
       <c r="A536" s="2">
         <v>112863</v>
       </c>
       <c r="B536" s="2" t="s">
         <v>1495</v>
       </c>
       <c r="C536" s="2" t="s">
         <v>1496</v>
       </c>
       <c r="D536" s="2"/>
       <c r="E536" s="2">
         <v>2083</v>
       </c>
       <c r="F536" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G536" s="2" t="s">
-        <v>205</v>
+        <v>201</v>
       </c>
       <c r="H536" s="2" t="s">
         <v>1497</v>
       </c>
       <c r="I536" s="2">
         <v>293</v>
       </c>
       <c r="J536" s="2">
         <v>20</v>
       </c>
       <c r="K536" s="2">
         <v>150</v>
       </c>
       <c r="L536" s="2">
         <v>0</v>
       </c>
       <c r="M536" s="2">
         <v>0</v>
       </c>
       <c r="N536" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="537" spans="1:14">
       <c r="A537" s="2">
@@ -29644,93 +29644,93 @@
       </c>
       <c r="I538" s="2">
         <v>295</v>
       </c>
       <c r="J538" s="2">
         <v>275</v>
       </c>
       <c r="K538" s="2">
         <v>150</v>
       </c>
       <c r="L538" s="2">
         <v>0</v>
       </c>
       <c r="M538" s="2">
         <v>0</v>
       </c>
       <c r="N538" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="539" spans="1:14">
       <c r="A539" s="2">
         <v>112866</v>
       </c>
       <c r="B539" s="2" t="s">
-        <v>341</v>
+        <v>337</v>
       </c>
       <c r="C539" s="2" t="s">
         <v>883</v>
       </c>
       <c r="D539" s="2"/>
       <c r="E539" s="2">
         <v>850</v>
       </c>
       <c r="F539" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G539" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H539" s="2" t="s">
         <v>1503</v>
       </c>
       <c r="I539" s="2">
         <v>296</v>
       </c>
       <c r="J539" s="2">
         <v>276</v>
       </c>
       <c r="K539" s="2">
         <v>150</v>
       </c>
       <c r="L539" s="2">
         <v>0</v>
       </c>
       <c r="M539" s="2">
         <v>0</v>
       </c>
       <c r="N539" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="540" spans="1:14">
       <c r="A540" s="2">
         <v>112867</v>
       </c>
       <c r="B540" s="2" t="s">
-        <v>416</v>
+        <v>412</v>
       </c>
       <c r="C540" s="2" t="s">
         <v>1167</v>
       </c>
       <c r="D540" s="2"/>
       <c r="E540" s="2">
         <v>1262</v>
       </c>
       <c r="F540" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G540" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H540" s="2" t="s">
         <v>1504</v>
       </c>
       <c r="I540" s="2">
         <v>297</v>
       </c>
       <c r="J540" s="2">
         <v>277</v>
       </c>
       <c r="K540" s="2">
         <v>150</v>
@@ -29770,51 +29770,51 @@
       </c>
       <c r="I541" s="2">
         <v>298</v>
       </c>
       <c r="J541" s="2">
         <v>278</v>
       </c>
       <c r="K541" s="2">
         <v>150</v>
       </c>
       <c r="L541" s="2">
         <v>0</v>
       </c>
       <c r="M541" s="2">
         <v>0</v>
       </c>
       <c r="N541" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="542" spans="1:14">
       <c r="A542" s="2">
         <v>112869</v>
       </c>
       <c r="B542" s="2" t="s">
-        <v>341</v>
+        <v>337</v>
       </c>
       <c r="C542" s="2" t="s">
         <v>1508</v>
       </c>
       <c r="D542" s="2"/>
       <c r="E542" s="2">
         <v>455</v>
       </c>
       <c r="F542" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G542" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H542" s="2" t="s">
         <v>1509</v>
       </c>
       <c r="I542" s="2">
         <v>299</v>
       </c>
       <c r="J542" s="2">
         <v>279</v>
       </c>
       <c r="K542" s="2">
         <v>150</v>
@@ -29854,96 +29854,96 @@
       </c>
       <c r="I543" s="2">
         <v>300</v>
       </c>
       <c r="J543" s="2">
         <v>280</v>
       </c>
       <c r="K543" s="2">
         <v>150</v>
       </c>
       <c r="L543" s="2">
         <v>0</v>
       </c>
       <c r="M543" s="2">
         <v>0</v>
       </c>
       <c r="N543" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="544" spans="1:14">
       <c r="A544" s="2">
         <v>112871</v>
       </c>
       <c r="B544" s="2" t="s">
-        <v>987</v>
+        <v>991</v>
       </c>
       <c r="C544" s="2" t="s">
         <v>1513</v>
       </c>
       <c r="D544" s="2"/>
       <c r="E544" s="2">
         <v>1612</v>
       </c>
       <c r="F544" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G544" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H544" s="2" t="s">
         <v>1514</v>
       </c>
       <c r="I544" s="2">
         <v>301</v>
       </c>
       <c r="J544" s="2">
         <v>281</v>
       </c>
       <c r="K544" s="2">
         <v>150</v>
       </c>
       <c r="L544" s="2">
         <v>0</v>
       </c>
       <c r="M544" s="2">
         <v>0</v>
       </c>
       <c r="N544" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="545" spans="1:14">
       <c r="A545" s="2">
         <v>112872</v>
       </c>
       <c r="B545" s="2" t="s">
         <v>1515</v>
       </c>
       <c r="C545" s="2" t="s">
-        <v>752</v>
+        <v>748</v>
       </c>
       <c r="D545" s="2"/>
       <c r="E545" s="2">
         <v>1406</v>
       </c>
       <c r="F545" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G545" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H545" s="2" t="s">
         <v>1516</v>
       </c>
       <c r="I545" s="2">
         <v>302</v>
       </c>
       <c r="J545" s="2">
         <v>282</v>
       </c>
       <c r="K545" s="2">
         <v>150</v>
       </c>
       <c r="L545" s="2">
         <v>0</v>
@@ -29980,51 +29980,51 @@
       </c>
       <c r="I546" s="2">
         <v>303</v>
       </c>
       <c r="J546" s="2">
         <v>283</v>
       </c>
       <c r="K546" s="2">
         <v>150</v>
       </c>
       <c r="L546" s="2">
         <v>0</v>
       </c>
       <c r="M546" s="2">
         <v>0</v>
       </c>
       <c r="N546" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="547" spans="1:14">
       <c r="A547" s="2">
         <v>112874</v>
       </c>
       <c r="B547" s="2" t="s">
-        <v>1258</v>
+        <v>1257</v>
       </c>
       <c r="C547" s="2" t="s">
         <v>1520</v>
       </c>
       <c r="D547" s="2"/>
       <c r="E547" s="2">
         <v>305</v>
       </c>
       <c r="F547" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G547" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H547" s="2" t="s">
         <v>1521</v>
       </c>
       <c r="I547" s="2">
         <v>304</v>
       </c>
       <c r="J547" s="2">
         <v>284</v>
       </c>
       <c r="K547" s="2">
         <v>150</v>
@@ -30077,51 +30077,51 @@
       <c r="M548" s="2">
         <v>0</v>
       </c>
       <c r="N548" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="549" spans="1:14">
       <c r="A549" s="2">
         <v>112876</v>
       </c>
       <c r="B549" s="2" t="s">
         <v>1491</v>
       </c>
       <c r="C549" s="2" t="s">
         <v>1525</v>
       </c>
       <c r="D549" s="2"/>
       <c r="E549" s="2">
         <v>2246</v>
       </c>
       <c r="F549" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G549" s="2" t="s">
-        <v>205</v>
+        <v>201</v>
       </c>
       <c r="H549" s="2" t="s">
         <v>1526</v>
       </c>
       <c r="I549" s="2">
         <v>306</v>
       </c>
       <c r="J549" s="2">
         <v>21</v>
       </c>
       <c r="K549" s="2">
         <v>150</v>
       </c>
       <c r="L549" s="2">
         <v>0</v>
       </c>
       <c r="M549" s="2">
         <v>0</v>
       </c>
       <c r="N549" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="550" spans="1:14">
       <c r="A550" s="2">
@@ -30193,54 +30193,54 @@
       </c>
       <c r="J551" s="2">
         <v>287</v>
       </c>
       <c r="K551" s="2">
         <v>150</v>
       </c>
       <c r="L551" s="2">
         <v>0</v>
       </c>
       <c r="M551" s="2">
         <v>0</v>
       </c>
       <c r="N551" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="552" spans="1:14">
       <c r="A552" s="2">
         <v>106913</v>
       </c>
       <c r="B552" s="2" t="s">
         <v>310</v>
       </c>
       <c r="C552" s="2" t="s">
-        <v>1231</v>
+        <v>1232</v>
       </c>
       <c r="D552" s="2" t="s">
-        <v>1232</v>
+        <v>1233</v>
       </c>
       <c r="E552" s="2">
         <v>1601</v>
       </c>
       <c r="F552" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G552" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H552" s="2" t="s">
         <v>1532</v>
       </c>
       <c r="I552" s="2">
         <v>309</v>
       </c>
       <c r="J552" s="2">
         <v>288</v>
       </c>
       <c r="K552" s="2">
         <v>150</v>
       </c>
       <c r="L552" s="2">
         <v>0</v>
       </c>
@@ -30276,93 +30276,93 @@
       </c>
       <c r="I553" s="2">
         <v>310</v>
       </c>
       <c r="J553" s="2">
         <v>289</v>
       </c>
       <c r="K553" s="2">
         <v>150</v>
       </c>
       <c r="L553" s="2">
         <v>0</v>
       </c>
       <c r="M553" s="2">
         <v>0</v>
       </c>
       <c r="N553" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="554" spans="1:14">
       <c r="A554" s="2">
         <v>112881</v>
       </c>
       <c r="B554" s="2" t="s">
-        <v>646</v>
+        <v>650</v>
       </c>
       <c r="C554" s="2" t="s">
         <v>1535</v>
       </c>
       <c r="D554" s="2"/>
       <c r="E554" s="2">
         <v>860</v>
       </c>
       <c r="F554" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G554" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H554" s="2" t="s">
         <v>1536</v>
       </c>
       <c r="I554" s="2">
         <v>311</v>
       </c>
       <c r="J554" s="2">
         <v>290</v>
       </c>
       <c r="K554" s="2">
         <v>150</v>
       </c>
       <c r="L554" s="2">
         <v>0</v>
       </c>
       <c r="M554" s="2">
         <v>0</v>
       </c>
       <c r="N554" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="555" spans="1:14">
       <c r="A555" s="2">
         <v>112882</v>
       </c>
       <c r="B555" s="2" t="s">
-        <v>646</v>
+        <v>650</v>
       </c>
       <c r="C555" s="2" t="s">
         <v>1537</v>
       </c>
       <c r="D555" s="2"/>
       <c r="E555" s="2">
         <v>1161</v>
       </c>
       <c r="F555" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G555" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H555" s="2" t="s">
         <v>1538</v>
       </c>
       <c r="I555" s="2">
         <v>312</v>
       </c>
       <c r="J555" s="2">
         <v>291</v>
       </c>
       <c r="K555" s="2">
         <v>150</v>
@@ -30373,51 +30373,51 @@
       <c r="M555" s="2">
         <v>0</v>
       </c>
       <c r="N555" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="556" spans="1:14">
       <c r="A556" s="2">
         <v>110686</v>
       </c>
       <c r="B556" s="2" t="s">
         <v>1539</v>
       </c>
       <c r="C556" s="2" t="s">
         <v>1540</v>
       </c>
       <c r="D556" s="2"/>
       <c r="E556" s="2">
         <v>2070</v>
       </c>
       <c r="F556" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G556" s="2" t="s">
-        <v>205</v>
+        <v>201</v>
       </c>
       <c r="H556" s="2" t="s">
         <v>1541</v>
       </c>
       <c r="I556" s="2">
         <v>313</v>
       </c>
       <c r="J556" s="2">
         <v>22</v>
       </c>
       <c r="K556" s="2">
         <v>150</v>
       </c>
       <c r="L556" s="2">
         <v>0</v>
       </c>
       <c r="M556" s="2">
         <v>0</v>
       </c>
       <c r="N556" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="557" spans="1:14">
       <c r="A557" s="2">
@@ -30541,51 +30541,51 @@
       <c r="M559" s="2">
         <v>0</v>
       </c>
       <c r="N559" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="560" spans="1:14">
       <c r="A560" s="2">
         <v>112887</v>
       </c>
       <c r="B560" s="2" t="s">
         <v>1549</v>
       </c>
       <c r="C560" s="2" t="s">
         <v>1550</v>
       </c>
       <c r="D560" s="2"/>
       <c r="E560" s="2">
         <v>2219</v>
       </c>
       <c r="F560" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G560" s="2" t="s">
-        <v>205</v>
+        <v>201</v>
       </c>
       <c r="H560" s="2" t="s">
         <v>1551</v>
       </c>
       <c r="I560" s="2">
         <v>317</v>
       </c>
       <c r="J560" s="2">
         <v>23</v>
       </c>
       <c r="K560" s="2">
         <v>150</v>
       </c>
       <c r="L560" s="2">
         <v>0</v>
       </c>
       <c r="M560" s="2">
         <v>0</v>
       </c>
       <c r="N560" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="561" spans="1:14">
       <c r="A561" s="2">
@@ -30780,138 +30780,138 @@
       </c>
       <c r="I565" s="2">
         <v>322</v>
       </c>
       <c r="J565" s="2">
         <v>299</v>
       </c>
       <c r="K565" s="2">
         <v>150</v>
       </c>
       <c r="L565" s="2">
         <v>0</v>
       </c>
       <c r="M565" s="2">
         <v>0</v>
       </c>
       <c r="N565" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="566" spans="1:14">
       <c r="A566" s="2">
         <v>112893</v>
       </c>
       <c r="B566" s="2" t="s">
-        <v>837</v>
+        <v>840</v>
       </c>
       <c r="C566" s="2" t="s">
         <v>1565</v>
       </c>
       <c r="D566" s="2"/>
       <c r="E566" s="2">
         <v>1181</v>
       </c>
       <c r="F566" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G566" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H566" s="2" t="s">
         <v>1566</v>
       </c>
       <c r="I566" s="2">
         <v>323</v>
       </c>
       <c r="J566" s="2">
         <v>300</v>
       </c>
       <c r="K566" s="2">
         <v>150</v>
       </c>
       <c r="L566" s="2">
         <v>0</v>
       </c>
       <c r="M566" s="2">
         <v>0</v>
       </c>
       <c r="N566" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="567" spans="1:14">
       <c r="A567" s="2">
         <v>112894</v>
       </c>
       <c r="B567" s="2" t="s">
         <v>1567</v>
       </c>
       <c r="C567" s="2" t="s">
-        <v>469</v>
+        <v>465</v>
       </c>
       <c r="D567" s="2"/>
       <c r="E567" s="2">
         <v>1573</v>
       </c>
       <c r="F567" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G567" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H567" s="2" t="s">
         <v>1566</v>
       </c>
       <c r="I567" s="2">
         <v>324</v>
       </c>
       <c r="J567" s="2">
         <v>301</v>
       </c>
       <c r="K567" s="2">
         <v>150</v>
       </c>
       <c r="L567" s="2">
         <v>0</v>
       </c>
       <c r="M567" s="2">
         <v>0</v>
       </c>
       <c r="N567" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="568" spans="1:14">
       <c r="A568" s="2">
         <v>112895</v>
       </c>
       <c r="B568" s="2" t="s">
         <v>1568</v>
       </c>
       <c r="C568" s="2" t="s">
-        <v>672</v>
+        <v>676</v>
       </c>
       <c r="D568" s="2"/>
       <c r="E568" s="2">
         <v>101</v>
       </c>
       <c r="F568" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G568" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H568" s="2" t="s">
         <v>1569</v>
       </c>
       <c r="I568" s="2">
         <v>325</v>
       </c>
       <c r="J568" s="2">
         <v>302</v>
       </c>
       <c r="K568" s="2">
         <v>150</v>
       </c>
       <c r="L568" s="2">
         <v>0</v>
@@ -30993,51 +30993,51 @@
       </c>
       <c r="J570" s="2">
         <v>304</v>
       </c>
       <c r="K570" s="2">
         <v>150</v>
       </c>
       <c r="L570" s="2">
         <v>0</v>
       </c>
       <c r="M570" s="2">
         <v>0</v>
       </c>
       <c r="N570" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="571" spans="1:14">
       <c r="A571" s="2">
         <v>112898</v>
       </c>
       <c r="B571" s="2" t="s">
         <v>1575</v>
       </c>
       <c r="C571" s="2" t="s">
-        <v>621</v>
+        <v>619</v>
       </c>
       <c r="D571" s="2"/>
       <c r="E571" s="2">
         <v>456</v>
       </c>
       <c r="F571" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G571" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H571" s="2" t="s">
         <v>1576</v>
       </c>
       <c r="I571" s="2">
         <v>328</v>
       </c>
       <c r="J571" s="2">
         <v>305</v>
       </c>
       <c r="K571" s="2">
         <v>150</v>
       </c>
       <c r="L571" s="2">
         <v>0</v>
@@ -31118,169 +31118,169 @@
       </c>
       <c r="I573" s="2">
         <v>330</v>
       </c>
       <c r="J573" s="2">
         <v>307</v>
       </c>
       <c r="K573" s="2">
         <v>150</v>
       </c>
       <c r="L573" s="2">
         <v>0</v>
       </c>
       <c r="M573" s="2">
         <v>0</v>
       </c>
       <c r="N573" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="574" spans="1:14">
       <c r="A574" s="2">
         <v>112901</v>
       </c>
       <c r="B574" s="2" t="s">
-        <v>1237</v>
+        <v>1235</v>
       </c>
       <c r="C574" s="2" t="s">
         <v>330</v>
       </c>
       <c r="D574" s="2"/>
       <c r="E574" s="2">
         <v>1002</v>
       </c>
       <c r="F574" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G574" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H574" s="2" t="s">
         <v>1581</v>
       </c>
       <c r="I574" s="2">
         <v>331</v>
       </c>
       <c r="J574" s="2">
         <v>308</v>
       </c>
       <c r="K574" s="2">
         <v>150</v>
       </c>
       <c r="L574" s="2">
         <v>0</v>
       </c>
       <c r="M574" s="2">
         <v>0</v>
       </c>
       <c r="N574" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="575" spans="1:14">
       <c r="A575" s="2">
-        <v>100163</v>
+        <v>112902</v>
       </c>
       <c r="B575" s="2" t="s">
         <v>1582</v>
       </c>
       <c r="C575" s="2" t="s">
         <v>1583</v>
       </c>
       <c r="D575" s="2"/>
       <c r="E575" s="2">
-        <v>19</v>
+        <v>2202</v>
       </c>
       <c r="F575" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G575" s="2" t="s">
+        <v>201</v>
+      </c>
+      <c r="H575" s="2" t="s">
         <v>1584</v>
-      </c>
-[...4 lines deleted...]
-        <v>1585</v>
       </c>
       <c r="I575" s="2">
         <v>332</v>
       </c>
       <c r="J575" s="2">
-        <v>307</v>
+        <v>24</v>
       </c>
       <c r="K575" s="2">
-        <v>0</v>
+        <v>150</v>
       </c>
       <c r="L575" s="2">
         <v>0</v>
       </c>
       <c r="M575" s="2">
         <v>0</v>
       </c>
       <c r="N575" s="2">
-        <v>0</v>
+        <v>150</v>
       </c>
     </row>
     <row r="576" spans="1:14">
       <c r="A576" s="2">
-        <v>112902</v>
+        <v>100163</v>
       </c>
       <c r="B576" s="2" t="s">
+        <v>1585</v>
+      </c>
+      <c r="C576" s="2" t="s">
         <v>1586</v>
-      </c>
-[...1 lines deleted...]
-        <v>1587</v>
       </c>
       <c r="D576" s="2"/>
       <c r="E576" s="2">
-        <v>2202</v>
+        <v>19</v>
       </c>
       <c r="F576" s="2" t="s">
-        <v>17</v>
+        <v>1587</v>
       </c>
       <c r="G576" s="2" t="s">
-        <v>205</v>
+        <v>18</v>
       </c>
       <c r="H576" s="2" t="s">
         <v>1588</v>
       </c>
       <c r="I576" s="2">
         <v>332</v>
       </c>
       <c r="J576" s="2">
-        <v>24</v>
+        <v>307</v>
       </c>
       <c r="K576" s="2">
-        <v>150</v>
+        <v>0</v>
       </c>
       <c r="L576" s="2">
         <v>0</v>
       </c>
       <c r="M576" s="2">
         <v>0</v>
       </c>
       <c r="N576" s="2">
-        <v>150</v>
+        <v>0</v>
       </c>
     </row>
     <row r="577" spans="1:14">
       <c r="A577" s="2">
         <v>112903</v>
       </c>
       <c r="B577" s="2" t="s">
         <v>1589</v>
       </c>
       <c r="C577" s="2" t="s">
         <v>1590</v>
       </c>
       <c r="D577" s="2"/>
       <c r="E577" s="2">
         <v>1324</v>
       </c>
       <c r="F577" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G577" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H577" s="2" t="s">
         <v>1591</v>
       </c>
@@ -31330,93 +31330,93 @@
       </c>
       <c r="I578" s="2">
         <v>334</v>
       </c>
       <c r="J578" s="2">
         <v>310</v>
       </c>
       <c r="K578" s="2">
         <v>150</v>
       </c>
       <c r="L578" s="2">
         <v>0</v>
       </c>
       <c r="M578" s="2">
         <v>0</v>
       </c>
       <c r="N578" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="579" spans="1:14">
       <c r="A579" s="2">
         <v>112905</v>
       </c>
       <c r="B579" s="2" t="s">
-        <v>987</v>
+        <v>991</v>
       </c>
       <c r="C579" s="2" t="s">
         <v>1593</v>
       </c>
       <c r="D579" s="2"/>
       <c r="E579" s="2">
         <v>1524</v>
       </c>
       <c r="F579" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G579" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H579" s="2" t="s">
         <v>1594</v>
       </c>
       <c r="I579" s="2">
         <v>335</v>
       </c>
       <c r="J579" s="2">
         <v>311</v>
       </c>
       <c r="K579" s="2">
         <v>150</v>
       </c>
       <c r="L579" s="2">
         <v>0</v>
       </c>
       <c r="M579" s="2">
         <v>0</v>
       </c>
       <c r="N579" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="580" spans="1:14">
       <c r="A580" s="2">
         <v>112906</v>
       </c>
       <c r="B580" s="2" t="s">
-        <v>430</v>
+        <v>426</v>
       </c>
       <c r="C580" s="2" t="s">
         <v>1595</v>
       </c>
       <c r="D580" s="2"/>
       <c r="E580" s="2">
         <v>1126</v>
       </c>
       <c r="F580" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G580" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H580" s="2" t="s">
         <v>1596</v>
       </c>
       <c r="I580" s="2">
         <v>336</v>
       </c>
       <c r="J580" s="2">
         <v>312</v>
       </c>
       <c r="K580" s="2">
         <v>150</v>
@@ -31555,169 +31555,169 @@
       <c r="M583" s="2">
         <v>0</v>
       </c>
       <c r="N583" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="584" spans="1:14">
       <c r="A584" s="2">
         <v>112910</v>
       </c>
       <c r="B584" s="2" t="s">
         <v>1606</v>
       </c>
       <c r="C584" s="2" t="s">
         <v>1607</v>
       </c>
       <c r="D584" s="2"/>
       <c r="E584" s="2">
         <v>2245</v>
       </c>
       <c r="F584" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G584" s="2" t="s">
-        <v>205</v>
+        <v>201</v>
       </c>
       <c r="H584" s="2" t="s">
         <v>1608</v>
       </c>
       <c r="I584" s="2">
         <v>340</v>
       </c>
       <c r="J584" s="2">
         <v>25</v>
       </c>
       <c r="K584" s="2">
         <v>150</v>
       </c>
       <c r="L584" s="2">
         <v>0</v>
       </c>
       <c r="M584" s="2">
         <v>0</v>
       </c>
       <c r="N584" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="585" spans="1:14">
       <c r="A585" s="2">
         <v>106926</v>
       </c>
       <c r="B585" s="2" t="s">
-        <v>262</v>
+        <v>258</v>
       </c>
       <c r="C585" s="2" t="s">
-        <v>1295</v>
+        <v>1292</v>
       </c>
       <c r="D585" s="2" t="s">
-        <v>1296</v>
+        <v>1293</v>
       </c>
       <c r="E585" s="2">
         <v>1160</v>
       </c>
       <c r="F585" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G585" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H585" s="2" t="s">
         <v>1609</v>
       </c>
       <c r="I585" s="2">
         <v>341</v>
       </c>
       <c r="J585" s="2">
         <v>316</v>
       </c>
       <c r="K585" s="2">
         <v>150</v>
       </c>
       <c r="L585" s="2">
         <v>0</v>
       </c>
       <c r="M585" s="2">
         <v>0</v>
       </c>
       <c r="N585" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="586" spans="1:14">
       <c r="A586" s="2">
         <v>112912</v>
       </c>
       <c r="B586" s="2" t="s">
-        <v>1015</v>
+        <v>1012</v>
       </c>
       <c r="C586" s="2" t="s">
         <v>1610</v>
       </c>
       <c r="D586" s="2"/>
       <c r="E586" s="2">
         <v>818</v>
       </c>
       <c r="F586" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G586" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H586" s="2" t="s">
         <v>1611</v>
       </c>
       <c r="I586" s="2">
         <v>342</v>
       </c>
       <c r="J586" s="2">
         <v>317</v>
       </c>
       <c r="K586" s="2">
         <v>150</v>
       </c>
       <c r="L586" s="2">
         <v>0</v>
       </c>
       <c r="M586" s="2">
         <v>0</v>
       </c>
       <c r="N586" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="587" spans="1:14">
       <c r="A587" s="2">
         <v>112913</v>
       </c>
       <c r="B587" s="2" t="s">
         <v>1612</v>
       </c>
       <c r="C587" s="2" t="s">
-        <v>118</v>
+        <v>122</v>
       </c>
       <c r="D587" s="2"/>
       <c r="E587" s="2">
         <v>948</v>
       </c>
       <c r="F587" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G587" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H587" s="2" t="s">
         <v>1613</v>
       </c>
       <c r="I587" s="2">
         <v>343</v>
       </c>
       <c r="J587" s="2">
         <v>318</v>
       </c>
       <c r="K587" s="2">
         <v>150</v>
       </c>
       <c r="L587" s="2">
         <v>0</v>
@@ -32345,51 +32345,51 @@
       </c>
       <c r="J602" s="2">
         <v>333</v>
       </c>
       <c r="K602" s="2">
         <v>150</v>
       </c>
       <c r="L602" s="2">
         <v>0</v>
       </c>
       <c r="M602" s="2">
         <v>0</v>
       </c>
       <c r="N602" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="603" spans="1:14">
       <c r="A603" s="2">
         <v>112929</v>
       </c>
       <c r="B603" s="2" t="s">
         <v>1648</v>
       </c>
       <c r="C603" s="2" t="s">
-        <v>469</v>
+        <v>465</v>
       </c>
       <c r="D603" s="2"/>
       <c r="E603" s="2">
         <v>1448</v>
       </c>
       <c r="F603" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G603" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H603" s="2" t="s">
         <v>1649</v>
       </c>
       <c r="I603" s="2">
         <v>359</v>
       </c>
       <c r="J603" s="2">
         <v>334</v>
       </c>
       <c r="K603" s="2">
         <v>150</v>
       </c>
       <c r="L603" s="2">
         <v>0</v>
@@ -32468,96 +32468,96 @@
       </c>
       <c r="I605" s="2">
         <v>361</v>
       </c>
       <c r="J605" s="2">
         <v>336</v>
       </c>
       <c r="K605" s="2">
         <v>150</v>
       </c>
       <c r="L605" s="2">
         <v>0</v>
       </c>
       <c r="M605" s="2">
         <v>0</v>
       </c>
       <c r="N605" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="606" spans="1:14">
       <c r="A606" s="2">
         <v>105101</v>
       </c>
       <c r="B606" s="2" t="s">
-        <v>515</v>
+        <v>519</v>
       </c>
       <c r="C606" s="2" t="s">
         <v>1654</v>
       </c>
       <c r="D606" s="2"/>
       <c r="E606" s="2">
         <v>1032</v>
       </c>
       <c r="F606" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G606" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H606" s="2" t="s">
         <v>1655</v>
       </c>
       <c r="I606" s="2">
         <v>362</v>
       </c>
       <c r="J606" s="2">
         <v>337</v>
       </c>
       <c r="K606" s="2">
         <v>150</v>
       </c>
       <c r="L606" s="2">
         <v>0</v>
       </c>
       <c r="M606" s="2">
         <v>0</v>
       </c>
       <c r="N606" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="607" spans="1:14">
       <c r="A607" s="2">
         <v>112933</v>
       </c>
       <c r="B607" s="2" t="s">
         <v>1656</v>
       </c>
       <c r="C607" s="2" t="s">
-        <v>612</v>
+        <v>615</v>
       </c>
       <c r="D607" s="2"/>
       <c r="E607" s="2">
         <v>923</v>
       </c>
       <c r="F607" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G607" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H607" s="2" t="s">
         <v>1657</v>
       </c>
       <c r="I607" s="2">
         <v>363</v>
       </c>
       <c r="J607" s="2">
         <v>338</v>
       </c>
       <c r="K607" s="2">
         <v>150</v>
       </c>
       <c r="L607" s="2">
         <v>0</v>
@@ -32594,93 +32594,93 @@
       </c>
       <c r="I608" s="2">
         <v>364</v>
       </c>
       <c r="J608" s="2">
         <v>339</v>
       </c>
       <c r="K608" s="2">
         <v>150</v>
       </c>
       <c r="L608" s="2">
         <v>0</v>
       </c>
       <c r="M608" s="2">
         <v>0</v>
       </c>
       <c r="N608" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="609" spans="1:14">
       <c r="A609" s="2">
         <v>112935</v>
       </c>
       <c r="B609" s="2" t="s">
-        <v>1365</v>
+        <v>1362</v>
       </c>
       <c r="C609" s="2" t="s">
-        <v>72</v>
+        <v>69</v>
       </c>
       <c r="D609" s="2"/>
       <c r="E609" s="2">
         <v>1157</v>
       </c>
       <c r="F609" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G609" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H609" s="2" t="s">
         <v>1659</v>
       </c>
       <c r="I609" s="2">
         <v>365</v>
       </c>
       <c r="J609" s="2">
         <v>340</v>
       </c>
       <c r="K609" s="2">
         <v>150</v>
       </c>
       <c r="L609" s="2">
         <v>0</v>
       </c>
       <c r="M609" s="2">
         <v>0</v>
       </c>
       <c r="N609" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="610" spans="1:14">
       <c r="A610" s="2">
         <v>101279</v>
       </c>
       <c r="B610" s="2" t="s">
-        <v>623</v>
+        <v>626</v>
       </c>
       <c r="C610" s="2" t="s">
         <v>1436</v>
       </c>
       <c r="D610" s="2" t="s">
         <v>1660</v>
       </c>
       <c r="E610" s="2">
         <v>660</v>
       </c>
       <c r="F610" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G610" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H610" s="2" t="s">
         <v>1661</v>
       </c>
       <c r="I610" s="2">
         <v>366</v>
       </c>
       <c r="J610" s="2">
         <v>341</v>
       </c>
@@ -32735,80 +32735,80 @@
       <c r="M611" s="2">
         <v>0</v>
       </c>
       <c r="N611" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="612" spans="1:14">
       <c r="A612" s="2">
         <v>112938</v>
       </c>
       <c r="B612" s="2" t="s">
         <v>1664</v>
       </c>
       <c r="C612" s="2" t="s">
         <v>1665</v>
       </c>
       <c r="D612" s="2"/>
       <c r="E612" s="2">
         <v>2121</v>
       </c>
       <c r="F612" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G612" s="2" t="s">
-        <v>205</v>
+        <v>201</v>
       </c>
       <c r="H612" s="2" t="s">
         <v>1666</v>
       </c>
       <c r="I612" s="2">
         <v>368</v>
       </c>
       <c r="J612" s="2">
         <v>26</v>
       </c>
       <c r="K612" s="2">
         <v>150</v>
       </c>
       <c r="L612" s="2">
         <v>0</v>
       </c>
       <c r="M612" s="2">
         <v>0</v>
       </c>
       <c r="N612" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="613" spans="1:14">
       <c r="A613" s="2">
         <v>112939</v>
       </c>
       <c r="B613" s="2" t="s">
-        <v>416</v>
+        <v>412</v>
       </c>
       <c r="C613" s="2" t="s">
         <v>1667</v>
       </c>
       <c r="D613" s="2"/>
       <c r="E613" s="2">
         <v>562</v>
       </c>
       <c r="F613" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G613" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H613" s="2" t="s">
         <v>1666</v>
       </c>
       <c r="I613" s="2">
         <v>369</v>
       </c>
       <c r="J613" s="2">
         <v>343</v>
       </c>
       <c r="K613" s="2">
         <v>150</v>
@@ -32974,93 +32974,93 @@
       </c>
       <c r="I617" s="2">
         <v>373</v>
       </c>
       <c r="J617" s="2">
         <v>347</v>
       </c>
       <c r="K617" s="2">
         <v>150</v>
       </c>
       <c r="L617" s="2">
         <v>0</v>
       </c>
       <c r="M617" s="2">
         <v>0</v>
       </c>
       <c r="N617" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="618" spans="1:14">
       <c r="A618" s="2">
         <v>110606</v>
       </c>
       <c r="B618" s="2" t="s">
-        <v>958</v>
+        <v>956</v>
       </c>
       <c r="C618" s="2" t="s">
         <v>231</v>
       </c>
       <c r="D618" s="2"/>
       <c r="E618" s="2">
         <v>1081</v>
       </c>
       <c r="F618" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G618" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H618" s="2" t="s">
         <v>1678</v>
       </c>
       <c r="I618" s="2">
         <v>374</v>
       </c>
       <c r="J618" s="2">
         <v>348</v>
       </c>
       <c r="K618" s="2">
         <v>150</v>
       </c>
       <c r="L618" s="2">
         <v>0</v>
       </c>
       <c r="M618" s="2">
         <v>0</v>
       </c>
       <c r="N618" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="619" spans="1:14">
       <c r="A619" s="2">
         <v>112945</v>
       </c>
       <c r="B619" s="2" t="s">
-        <v>438</v>
+        <v>441</v>
       </c>
       <c r="C619" s="2" t="s">
         <v>1679</v>
       </c>
       <c r="D619" s="2"/>
       <c r="E619" s="2">
         <v>896</v>
       </c>
       <c r="F619" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G619" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H619" s="2" t="s">
         <v>1680</v>
       </c>
       <c r="I619" s="2">
         <v>375</v>
       </c>
       <c r="J619" s="2">
         <v>349</v>
       </c>
       <c r="K619" s="2">
         <v>150</v>
@@ -33103,90 +33103,90 @@
       </c>
       <c r="J620" s="2">
         <v>350</v>
       </c>
       <c r="K620" s="2">
         <v>150</v>
       </c>
       <c r="L620" s="2">
         <v>0</v>
       </c>
       <c r="M620" s="2">
         <v>0</v>
       </c>
       <c r="N620" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="621" spans="1:14">
       <c r="A621" s="2">
         <v>112947</v>
       </c>
       <c r="B621" s="2" t="s">
         <v>1684</v>
       </c>
       <c r="C621" s="2" t="s">
-        <v>242</v>
+        <v>245</v>
       </c>
       <c r="D621" s="2"/>
       <c r="E621" s="2">
         <v>1520</v>
       </c>
       <c r="F621" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G621" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H621" s="2" t="s">
         <v>1685</v>
       </c>
       <c r="I621" s="2">
         <v>377</v>
       </c>
       <c r="J621" s="2">
         <v>351</v>
       </c>
       <c r="K621" s="2">
         <v>150</v>
       </c>
       <c r="L621" s="2">
         <v>0</v>
       </c>
       <c r="M621" s="2">
         <v>0</v>
       </c>
       <c r="N621" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="622" spans="1:14">
       <c r="A622" s="2">
         <v>112948</v>
       </c>
       <c r="B622" s="2" t="s">
-        <v>1190</v>
+        <v>1186</v>
       </c>
       <c r="C622" s="2" t="s">
         <v>41</v>
       </c>
       <c r="D622" s="2"/>
       <c r="E622" s="2">
         <v>1218</v>
       </c>
       <c r="F622" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G622" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H622" s="2" t="s">
         <v>1686</v>
       </c>
       <c r="I622" s="2">
         <v>378</v>
       </c>
       <c r="J622" s="2">
         <v>352</v>
       </c>
       <c r="K622" s="2">
         <v>150</v>
@@ -33281,51 +33281,51 @@
       <c r="M624" s="2">
         <v>0</v>
       </c>
       <c r="N624" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="625" spans="1:14">
       <c r="A625" s="2">
         <v>112951</v>
       </c>
       <c r="B625" s="2" t="s">
         <v>1692</v>
       </c>
       <c r="C625" s="2" t="s">
         <v>1693</v>
       </c>
       <c r="D625" s="2"/>
       <c r="E625" s="2">
         <v>2080</v>
       </c>
       <c r="F625" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G625" s="2" t="s">
-        <v>205</v>
+        <v>201</v>
       </c>
       <c r="H625" s="2" t="s">
         <v>1694</v>
       </c>
       <c r="I625" s="2">
         <v>381</v>
       </c>
       <c r="J625" s="2">
         <v>27</v>
       </c>
       <c r="K625" s="2">
         <v>150</v>
       </c>
       <c r="L625" s="2">
         <v>0</v>
       </c>
       <c r="M625" s="2">
         <v>0</v>
       </c>
       <c r="N625" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="626" spans="1:14">
       <c r="A626" s="2">
@@ -33365,51 +33365,51 @@
       <c r="M626" s="2">
         <v>0</v>
       </c>
       <c r="N626" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="627" spans="1:14">
       <c r="A627" s="2">
         <v>112953</v>
       </c>
       <c r="B627" s="2" t="s">
         <v>1698</v>
       </c>
       <c r="C627" s="2" t="s">
         <v>1699</v>
       </c>
       <c r="D627" s="2"/>
       <c r="E627" s="2">
         <v>2089</v>
       </c>
       <c r="F627" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G627" s="2" t="s">
-        <v>205</v>
+        <v>201</v>
       </c>
       <c r="H627" s="2" t="s">
         <v>1700</v>
       </c>
       <c r="I627" s="2">
         <v>383</v>
       </c>
       <c r="J627" s="2">
         <v>28</v>
       </c>
       <c r="K627" s="2">
         <v>150</v>
       </c>
       <c r="L627" s="2">
         <v>0</v>
       </c>
       <c r="M627" s="2">
         <v>0</v>
       </c>
       <c r="N627" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="628" spans="1:14">
       <c r="A628" s="2">
@@ -33481,61 +33481,61 @@
       </c>
       <c r="J629" s="2">
         <v>357</v>
       </c>
       <c r="K629" s="2">
         <v>150</v>
       </c>
       <c r="L629" s="2">
         <v>0</v>
       </c>
       <c r="M629" s="2">
         <v>0</v>
       </c>
       <c r="N629" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="630" spans="1:14">
       <c r="A630" s="2">
         <v>112956</v>
       </c>
       <c r="B630" s="2" t="s">
         <v>1707</v>
       </c>
       <c r="C630" s="2" t="s">
-        <v>392</v>
+        <v>395</v>
       </c>
       <c r="D630" s="2"/>
       <c r="E630" s="2">
         <v>2228</v>
       </c>
       <c r="F630" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G630" s="2" t="s">
-        <v>205</v>
+        <v>201</v>
       </c>
       <c r="H630" s="2" t="s">
         <v>1708</v>
       </c>
       <c r="I630" s="2">
         <v>386</v>
       </c>
       <c r="J630" s="2">
         <v>29</v>
       </c>
       <c r="K630" s="2">
         <v>150</v>
       </c>
       <c r="L630" s="2">
         <v>0</v>
       </c>
       <c r="M630" s="2">
         <v>0</v>
       </c>
       <c r="N630" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="631" spans="1:14">
       <c r="A631" s="2">
@@ -33565,51 +33565,51 @@
       </c>
       <c r="J631" s="2">
         <v>358</v>
       </c>
       <c r="K631" s="2">
         <v>150</v>
       </c>
       <c r="L631" s="2">
         <v>0</v>
       </c>
       <c r="M631" s="2">
         <v>0</v>
       </c>
       <c r="N631" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="632" spans="1:14">
       <c r="A632" s="2">
         <v>112958</v>
       </c>
       <c r="B632" s="2" t="s">
         <v>1712</v>
       </c>
       <c r="C632" s="2" t="s">
-        <v>234</v>
+        <v>238</v>
       </c>
       <c r="D632" s="2"/>
       <c r="E632" s="2">
         <v>1526</v>
       </c>
       <c r="F632" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G632" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H632" s="2" t="s">
         <v>1713</v>
       </c>
       <c r="I632" s="2">
         <v>388</v>
       </c>
       <c r="J632" s="2">
         <v>359</v>
       </c>
       <c r="K632" s="2">
         <v>150</v>
       </c>
       <c r="L632" s="2">
         <v>0</v>
@@ -33649,51 +33649,51 @@
       </c>
       <c r="J633" s="2">
         <v>360</v>
       </c>
       <c r="K633" s="2">
         <v>150</v>
       </c>
       <c r="L633" s="2">
         <v>0</v>
       </c>
       <c r="M633" s="2">
         <v>0</v>
       </c>
       <c r="N633" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="634" spans="1:14">
       <c r="A634" s="2">
         <v>112960</v>
       </c>
       <c r="B634" s="2" t="s">
         <v>1716</v>
       </c>
       <c r="C634" s="2" t="s">
-        <v>72</v>
+        <v>69</v>
       </c>
       <c r="D634" s="2"/>
       <c r="E634" s="2">
         <v>1507</v>
       </c>
       <c r="F634" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G634" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H634" s="2" t="s">
         <v>1717</v>
       </c>
       <c r="I634" s="2">
         <v>390</v>
       </c>
       <c r="J634" s="2">
         <v>361</v>
       </c>
       <c r="K634" s="2">
         <v>150</v>
       </c>
       <c r="L634" s="2">
         <v>0</v>
@@ -33743,51 +33743,51 @@
       <c r="M635" s="2">
         <v>0</v>
       </c>
       <c r="N635" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="636" spans="1:14">
       <c r="A636" s="2">
         <v>112962</v>
       </c>
       <c r="B636" s="2" t="s">
         <v>1720</v>
       </c>
       <c r="C636" s="2" t="s">
         <v>1721</v>
       </c>
       <c r="D636" s="2"/>
       <c r="E636" s="2">
         <v>2247</v>
       </c>
       <c r="F636" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G636" s="2" t="s">
-        <v>205</v>
+        <v>201</v>
       </c>
       <c r="H636" s="2" t="s">
         <v>1722</v>
       </c>
       <c r="I636" s="2">
         <v>392</v>
       </c>
       <c r="J636" s="2">
         <v>30</v>
       </c>
       <c r="K636" s="2">
         <v>150</v>
       </c>
       <c r="L636" s="2">
         <v>0</v>
       </c>
       <c r="M636" s="2">
         <v>0</v>
       </c>
       <c r="N636" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="637" spans="1:14">
       <c r="A637" s="2">
@@ -33856,51 +33856,51 @@
       </c>
       <c r="I638" s="2">
         <v>394</v>
       </c>
       <c r="J638" s="2">
         <v>364</v>
       </c>
       <c r="K638" s="2">
         <v>150</v>
       </c>
       <c r="L638" s="2">
         <v>0</v>
       </c>
       <c r="M638" s="2">
         <v>0</v>
       </c>
       <c r="N638" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="639" spans="1:14">
       <c r="A639" s="2">
         <v>112965</v>
       </c>
       <c r="B639" s="2" t="s">
-        <v>350</v>
+        <v>346</v>
       </c>
       <c r="C639" s="2" t="s">
         <v>1727</v>
       </c>
       <c r="D639" s="2"/>
       <c r="E639" s="2">
         <v>972</v>
       </c>
       <c r="F639" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G639" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H639" s="2" t="s">
         <v>1728</v>
       </c>
       <c r="I639" s="2">
         <v>395</v>
       </c>
       <c r="J639" s="2">
         <v>365</v>
       </c>
       <c r="K639" s="2">
         <v>150</v>
@@ -33911,51 +33911,51 @@
       <c r="M639" s="2">
         <v>0</v>
       </c>
       <c r="N639" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="640" spans="1:14">
       <c r="A640" s="2">
         <v>112966</v>
       </c>
       <c r="B640" s="2" t="s">
         <v>1729</v>
       </c>
       <c r="C640" s="2" t="s">
         <v>1730</v>
       </c>
       <c r="D640" s="2"/>
       <c r="E640" s="2">
         <v>2066</v>
       </c>
       <c r="F640" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G640" s="2" t="s">
-        <v>205</v>
+        <v>201</v>
       </c>
       <c r="H640" s="2" t="s">
         <v>1731</v>
       </c>
       <c r="I640" s="2">
         <v>396</v>
       </c>
       <c r="J640" s="2">
         <v>31</v>
       </c>
       <c r="K640" s="2">
         <v>150</v>
       </c>
       <c r="L640" s="2">
         <v>0</v>
       </c>
       <c r="M640" s="2">
         <v>0</v>
       </c>
       <c r="N640" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="641" spans="1:14">
       <c r="A641" s="2">
@@ -34066,138 +34066,138 @@
       </c>
       <c r="I643" s="2">
         <v>399</v>
       </c>
       <c r="J643" s="2">
         <v>368</v>
       </c>
       <c r="K643" s="2">
         <v>150</v>
       </c>
       <c r="L643" s="2">
         <v>0</v>
       </c>
       <c r="M643" s="2">
         <v>0</v>
       </c>
       <c r="N643" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="644" spans="1:14">
       <c r="A644" s="2">
         <v>112970</v>
       </c>
       <c r="B644" s="2" t="s">
-        <v>1315</v>
+        <v>1316</v>
       </c>
       <c r="C644" s="2" t="s">
         <v>1739</v>
       </c>
       <c r="D644" s="2"/>
       <c r="E644" s="2">
         <v>654</v>
       </c>
       <c r="F644" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G644" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H644" s="2" t="s">
         <v>1740</v>
       </c>
       <c r="I644" s="2">
         <v>400</v>
       </c>
       <c r="J644" s="2">
         <v>369</v>
       </c>
       <c r="K644" s="2">
         <v>150</v>
       </c>
       <c r="L644" s="2">
         <v>0</v>
       </c>
       <c r="M644" s="2">
         <v>0</v>
       </c>
       <c r="N644" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="645" spans="1:14">
       <c r="A645" s="2">
         <v>112971</v>
       </c>
       <c r="B645" s="2" t="s">
         <v>1741</v>
       </c>
       <c r="C645" s="2" t="s">
-        <v>72</v>
+        <v>69</v>
       </c>
       <c r="D645" s="2"/>
       <c r="E645" s="2">
         <v>1104</v>
       </c>
       <c r="F645" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G645" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H645" s="2" t="s">
         <v>1742</v>
       </c>
       <c r="I645" s="2">
         <v>401</v>
       </c>
       <c r="J645" s="2">
         <v>370</v>
       </c>
       <c r="K645" s="2">
         <v>150</v>
       </c>
       <c r="L645" s="2">
         <v>0</v>
       </c>
       <c r="M645" s="2">
         <v>0</v>
       </c>
       <c r="N645" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="646" spans="1:14">
       <c r="A646" s="2">
         <v>112972</v>
       </c>
       <c r="B646" s="2" t="s">
         <v>902</v>
       </c>
       <c r="C646" s="2" t="s">
-        <v>118</v>
+        <v>122</v>
       </c>
       <c r="D646" s="2"/>
       <c r="E646" s="2">
         <v>586</v>
       </c>
       <c r="F646" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G646" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H646" s="2" t="s">
         <v>1743</v>
       </c>
       <c r="I646" s="2">
         <v>402</v>
       </c>
       <c r="J646" s="2">
         <v>371</v>
       </c>
       <c r="K646" s="2">
         <v>150</v>
       </c>
       <c r="L646" s="2">
         <v>0</v>
@@ -34318,51 +34318,51 @@
       </c>
       <c r="I649" s="2">
         <v>405</v>
       </c>
       <c r="J649" s="2">
         <v>374</v>
       </c>
       <c r="K649" s="2">
         <v>150</v>
       </c>
       <c r="L649" s="2">
         <v>0</v>
       </c>
       <c r="M649" s="2">
         <v>0</v>
       </c>
       <c r="N649" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="650" spans="1:14">
       <c r="A650" s="2">
         <v>112976</v>
       </c>
       <c r="B650" s="2" t="s">
-        <v>1015</v>
+        <v>1012</v>
       </c>
       <c r="C650" s="2" t="s">
         <v>1751</v>
       </c>
       <c r="D650" s="2"/>
       <c r="E650" s="2">
         <v>1338</v>
       </c>
       <c r="F650" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G650" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H650" s="2" t="s">
         <v>1752</v>
       </c>
       <c r="I650" s="2">
         <v>406</v>
       </c>
       <c r="J650" s="2">
         <v>375</v>
       </c>
       <c r="K650" s="2">
         <v>150</v>
@@ -34402,54 +34402,54 @@
       </c>
       <c r="I651" s="2">
         <v>407</v>
       </c>
       <c r="J651" s="2">
         <v>376</v>
       </c>
       <c r="K651" s="2">
         <v>150</v>
       </c>
       <c r="L651" s="2">
         <v>0</v>
       </c>
       <c r="M651" s="2">
         <v>0</v>
       </c>
       <c r="N651" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="652" spans="1:14">
       <c r="A652" s="2">
         <v>112978</v>
       </c>
       <c r="B652" s="2" t="s">
-        <v>321</v>
+        <v>317</v>
       </c>
       <c r="C652" s="2" t="s">
-        <v>1331</v>
+        <v>1332</v>
       </c>
       <c r="D652" s="2" t="s">
         <v>1756</v>
       </c>
       <c r="E652" s="2">
         <v>488</v>
       </c>
       <c r="F652" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G652" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H652" s="2" t="s">
         <v>1757</v>
       </c>
       <c r="I652" s="2">
         <v>408</v>
       </c>
       <c r="J652" s="2">
         <v>377</v>
       </c>
       <c r="K652" s="2">
         <v>150</v>
       </c>
@@ -34543,177 +34543,177 @@
       <c r="M654" s="2">
         <v>0</v>
       </c>
       <c r="N654" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="655" spans="1:14">
       <c r="A655" s="2">
         <v>112981</v>
       </c>
       <c r="B655" s="2" t="s">
         <v>1763</v>
       </c>
       <c r="C655" s="2" t="s">
         <v>1764</v>
       </c>
       <c r="D655" s="2"/>
       <c r="E655" s="2">
         <v>2040</v>
       </c>
       <c r="F655" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G655" s="2" t="s">
-        <v>205</v>
+        <v>201</v>
       </c>
       <c r="H655" s="2" t="s">
         <v>1765</v>
       </c>
       <c r="I655" s="2">
         <v>411</v>
       </c>
       <c r="J655" s="2">
         <v>32</v>
       </c>
       <c r="K655" s="2">
         <v>150</v>
       </c>
       <c r="L655" s="2">
         <v>0</v>
       </c>
       <c r="M655" s="2">
         <v>0</v>
       </c>
       <c r="N655" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="656" spans="1:14">
       <c r="A656" s="2">
         <v>112982</v>
       </c>
       <c r="B656" s="2" t="s">
-        <v>341</v>
+        <v>337</v>
       </c>
       <c r="C656" s="2" t="s">
         <v>1766</v>
       </c>
       <c r="D656" s="2"/>
       <c r="E656" s="2">
         <v>529</v>
       </c>
       <c r="F656" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G656" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H656" s="2" t="s">
         <v>1767</v>
       </c>
       <c r="I656" s="2">
         <v>412</v>
       </c>
       <c r="J656" s="2">
         <v>380</v>
       </c>
       <c r="K656" s="2">
         <v>150</v>
       </c>
       <c r="L656" s="2">
         <v>0</v>
       </c>
       <c r="M656" s="2">
         <v>0</v>
       </c>
       <c r="N656" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="657" spans="1:14">
       <c r="A657" s="2">
         <v>112983</v>
       </c>
       <c r="B657" s="2" t="s">
-        <v>85</v>
+        <v>89</v>
       </c>
       <c r="C657" s="2" t="s">
         <v>1768</v>
       </c>
       <c r="D657" s="2"/>
       <c r="E657" s="2">
         <v>1604</v>
       </c>
       <c r="F657" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G657" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H657" s="2" t="s">
         <v>1769</v>
       </c>
       <c r="I657" s="2">
         <v>413</v>
       </c>
       <c r="J657" s="2">
         <v>381</v>
       </c>
       <c r="K657" s="2">
         <v>150</v>
       </c>
       <c r="L657" s="2">
         <v>0</v>
       </c>
       <c r="M657" s="2">
         <v>0</v>
       </c>
       <c r="N657" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="658" spans="1:14">
       <c r="A658" s="2">
         <v>112984</v>
       </c>
       <c r="B658" s="2" t="s">
         <v>1770</v>
       </c>
       <c r="C658" s="2" t="s">
-        <v>1222</v>
+        <v>1218</v>
       </c>
       <c r="D658" s="2"/>
       <c r="E658" s="2">
         <v>2139</v>
       </c>
       <c r="F658" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G658" s="2" t="s">
-        <v>205</v>
+        <v>201</v>
       </c>
       <c r="H658" s="2" t="s">
         <v>1771</v>
       </c>
       <c r="I658" s="2">
         <v>414</v>
       </c>
       <c r="J658" s="2">
         <v>33</v>
       </c>
       <c r="K658" s="2">
         <v>150</v>
       </c>
       <c r="L658" s="2">
         <v>0</v>
       </c>
       <c r="M658" s="2">
         <v>0</v>
       </c>
       <c r="N658" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="659" spans="1:14">
       <c r="A659" s="2">
@@ -34753,51 +34753,51 @@
       <c r="M659" s="2">
         <v>0</v>
       </c>
       <c r="N659" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="660" spans="1:14">
       <c r="A660" s="2">
         <v>112986</v>
       </c>
       <c r="B660" s="2" t="s">
         <v>1775</v>
       </c>
       <c r="C660" s="2" t="s">
         <v>1776</v>
       </c>
       <c r="D660" s="2"/>
       <c r="E660" s="2">
         <v>2123</v>
       </c>
       <c r="F660" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G660" s="2" t="s">
-        <v>205</v>
+        <v>201</v>
       </c>
       <c r="H660" s="2" t="s">
         <v>1777</v>
       </c>
       <c r="I660" s="2">
         <v>416</v>
       </c>
       <c r="J660" s="2">
         <v>34</v>
       </c>
       <c r="K660" s="2">
         <v>150</v>
       </c>
       <c r="L660" s="2">
         <v>0</v>
       </c>
       <c r="M660" s="2">
         <v>0</v>
       </c>
       <c r="N660" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="661" spans="1:14">
       <c r="A661" s="2">
@@ -34824,51 +34824,51 @@
       </c>
       <c r="I661" s="2">
         <v>417</v>
       </c>
       <c r="J661" s="2">
         <v>383</v>
       </c>
       <c r="K661" s="2">
         <v>150</v>
       </c>
       <c r="L661" s="2">
         <v>0</v>
       </c>
       <c r="M661" s="2">
         <v>0</v>
       </c>
       <c r="N661" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="662" spans="1:14">
       <c r="A662" s="2">
         <v>112988</v>
       </c>
       <c r="B662" s="2" t="s">
-        <v>299</v>
+        <v>296</v>
       </c>
       <c r="C662" s="2" t="s">
         <v>1780</v>
       </c>
       <c r="D662" s="2"/>
       <c r="E662" s="2">
         <v>1279</v>
       </c>
       <c r="F662" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G662" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H662" s="2" t="s">
         <v>1781</v>
       </c>
       <c r="I662" s="2">
         <v>418</v>
       </c>
       <c r="J662" s="2">
         <v>384</v>
       </c>
       <c r="K662" s="2">
         <v>150</v>
@@ -34995,51 +34995,51 @@
       </c>
       <c r="J665" s="2">
         <v>387</v>
       </c>
       <c r="K665" s="2">
         <v>150</v>
       </c>
       <c r="L665" s="2">
         <v>0</v>
       </c>
       <c r="M665" s="2">
         <v>0</v>
       </c>
       <c r="N665" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="666" spans="1:14">
       <c r="A666" s="2">
         <v>112992</v>
       </c>
       <c r="B666" s="2" t="s">
         <v>474</v>
       </c>
       <c r="C666" s="2" t="s">
-        <v>203</v>
+        <v>199</v>
       </c>
       <c r="D666" s="2"/>
       <c r="E666" s="2">
         <v>1175</v>
       </c>
       <c r="F666" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G666" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H666" s="2" t="s">
         <v>1789</v>
       </c>
       <c r="I666" s="2">
         <v>422</v>
       </c>
       <c r="J666" s="2">
         <v>388</v>
       </c>
       <c r="K666" s="2">
         <v>150</v>
       </c>
       <c r="L666" s="2">
         <v>0</v>
@@ -35089,122 +35089,122 @@
       <c r="M667" s="2">
         <v>0</v>
       </c>
       <c r="N667" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="668" spans="1:14">
       <c r="A668" s="2">
         <v>112994</v>
       </c>
       <c r="B668" s="2" t="s">
         <v>1793</v>
       </c>
       <c r="C668" s="2" t="s">
         <v>1794</v>
       </c>
       <c r="D668" s="2"/>
       <c r="E668" s="2">
         <v>2115</v>
       </c>
       <c r="F668" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G668" s="2" t="s">
-        <v>205</v>
+        <v>201</v>
       </c>
       <c r="H668" s="2" t="s">
         <v>1795</v>
       </c>
       <c r="I668" s="2">
         <v>424</v>
       </c>
       <c r="J668" s="2">
         <v>35</v>
       </c>
       <c r="K668" s="2">
         <v>150</v>
       </c>
       <c r="L668" s="2">
         <v>0</v>
       </c>
       <c r="M668" s="2">
         <v>0</v>
       </c>
       <c r="N668" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="669" spans="1:14">
       <c r="A669" s="2">
         <v>112995</v>
       </c>
       <c r="B669" s="2" t="s">
         <v>804</v>
       </c>
       <c r="C669" s="2" t="s">
-        <v>362</v>
+        <v>359</v>
       </c>
       <c r="D669" s="2"/>
       <c r="E669" s="2">
         <v>1364</v>
       </c>
       <c r="F669" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G669" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H669" s="2" t="s">
         <v>1796</v>
       </c>
       <c r="I669" s="2">
         <v>425</v>
       </c>
       <c r="J669" s="2">
         <v>390</v>
       </c>
       <c r="K669" s="2">
         <v>150</v>
       </c>
       <c r="L669" s="2">
         <v>0</v>
       </c>
       <c r="M669" s="2">
         <v>0</v>
       </c>
       <c r="N669" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="670" spans="1:14">
       <c r="A670" s="2">
         <v>112996</v>
       </c>
       <c r="B670" s="2" t="s">
-        <v>546</v>
+        <v>544</v>
       </c>
       <c r="C670" s="2" t="s">
         <v>1797</v>
       </c>
       <c r="D670" s="2"/>
       <c r="E670" s="2">
         <v>1128</v>
       </c>
       <c r="F670" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G670" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H670" s="2" t="s">
         <v>1798</v>
       </c>
       <c r="I670" s="2">
         <v>426</v>
       </c>
       <c r="J670" s="2">
         <v>391</v>
       </c>
       <c r="K670" s="2">
         <v>150</v>
@@ -35286,135 +35286,135 @@
       </c>
       <c r="I672" s="2">
         <v>428</v>
       </c>
       <c r="J672" s="2">
         <v>393</v>
       </c>
       <c r="K672" s="2">
         <v>150</v>
       </c>
       <c r="L672" s="2">
         <v>0</v>
       </c>
       <c r="M672" s="2">
         <v>0</v>
       </c>
       <c r="N672" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="673" spans="1:14">
       <c r="A673" s="2">
         <v>112999</v>
       </c>
       <c r="B673" s="2" t="s">
-        <v>419</v>
+        <v>423</v>
       </c>
       <c r="C673" s="2" t="s">
         <v>1805</v>
       </c>
       <c r="D673" s="2"/>
       <c r="E673" s="2">
         <v>951</v>
       </c>
       <c r="F673" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G673" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H673" s="2" t="s">
         <v>1806</v>
       </c>
       <c r="I673" s="2">
         <v>429</v>
       </c>
       <c r="J673" s="2">
         <v>394</v>
       </c>
       <c r="K673" s="2">
         <v>150</v>
       </c>
       <c r="L673" s="2">
         <v>0</v>
       </c>
       <c r="M673" s="2">
         <v>0</v>
       </c>
       <c r="N673" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="674" spans="1:14">
       <c r="A674" s="2">
         <v>113000</v>
       </c>
       <c r="B674" s="2" t="s">
-        <v>1017</v>
+        <v>1021</v>
       </c>
       <c r="C674" s="2" t="s">
         <v>1807</v>
       </c>
       <c r="D674" s="2"/>
       <c r="E674" s="2">
         <v>1299</v>
       </c>
       <c r="F674" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G674" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H674" s="2" t="s">
         <v>1808</v>
       </c>
       <c r="I674" s="2">
         <v>430</v>
       </c>
       <c r="J674" s="2">
         <v>395</v>
       </c>
       <c r="K674" s="2">
         <v>150</v>
       </c>
       <c r="L674" s="2">
         <v>0</v>
       </c>
       <c r="M674" s="2">
         <v>0</v>
       </c>
       <c r="N674" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="675" spans="1:14">
       <c r="A675" s="2">
         <v>109754</v>
       </c>
       <c r="B675" s="2" t="s">
-        <v>1012</v>
+        <v>1014</v>
       </c>
       <c r="C675" s="2" t="s">
         <v>1809</v>
       </c>
       <c r="D675" s="2"/>
       <c r="E675" s="2">
         <v>154</v>
       </c>
       <c r="F675" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G675" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H675" s="2" t="s">
         <v>1810</v>
       </c>
       <c r="I675" s="2">
         <v>431</v>
       </c>
       <c r="J675" s="2">
         <v>396</v>
       </c>
       <c r="K675" s="2">
         <v>150</v>
@@ -35425,51 +35425,51 @@
       <c r="M675" s="2">
         <v>0</v>
       </c>
       <c r="N675" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="676" spans="1:14">
       <c r="A676" s="2">
         <v>113002</v>
       </c>
       <c r="B676" s="2" t="s">
         <v>1811</v>
       </c>
       <c r="C676" s="2" t="s">
         <v>1812</v>
       </c>
       <c r="D676" s="2"/>
       <c r="E676" s="2">
         <v>2220</v>
       </c>
       <c r="F676" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G676" s="2" t="s">
-        <v>205</v>
+        <v>201</v>
       </c>
       <c r="H676" s="2" t="s">
         <v>1813</v>
       </c>
       <c r="I676" s="2">
         <v>432</v>
       </c>
       <c r="J676" s="2">
         <v>36</v>
       </c>
       <c r="K676" s="2">
         <v>150</v>
       </c>
       <c r="L676" s="2">
         <v>0</v>
       </c>
       <c r="M676" s="2">
         <v>0</v>
       </c>
       <c r="N676" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="677" spans="1:14">
       <c r="A677" s="2">
@@ -35677,80 +35677,80 @@
       <c r="M681" s="2">
         <v>0</v>
       </c>
       <c r="N681" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="682" spans="1:14">
       <c r="A682" s="2">
         <v>113008</v>
       </c>
       <c r="B682" s="2" t="s">
         <v>1811</v>
       </c>
       <c r="C682" s="2" t="s">
         <v>1825</v>
       </c>
       <c r="D682" s="2"/>
       <c r="E682" s="2">
         <v>2109</v>
       </c>
       <c r="F682" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G682" s="2" t="s">
-        <v>205</v>
+        <v>201</v>
       </c>
       <c r="H682" s="2" t="s">
         <v>1826</v>
       </c>
       <c r="I682" s="2">
         <v>438</v>
       </c>
       <c r="J682" s="2">
         <v>37</v>
       </c>
       <c r="K682" s="2">
         <v>150</v>
       </c>
       <c r="L682" s="2">
         <v>0</v>
       </c>
       <c r="M682" s="2">
         <v>0</v>
       </c>
       <c r="N682" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="683" spans="1:14">
       <c r="A683" s="2">
         <v>113009</v>
       </c>
       <c r="B683" s="2" t="s">
-        <v>987</v>
+        <v>991</v>
       </c>
       <c r="C683" s="2" t="s">
         <v>1520</v>
       </c>
       <c r="D683" s="2"/>
       <c r="E683" s="2">
         <v>292</v>
       </c>
       <c r="F683" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G683" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H683" s="2" t="s">
         <v>1827</v>
       </c>
       <c r="I683" s="2">
         <v>439</v>
       </c>
       <c r="J683" s="2">
         <v>402</v>
       </c>
       <c r="K683" s="2">
         <v>150</v>
@@ -35926,51 +35926,51 @@
       <c r="L687" s="2">
         <v>0</v>
       </c>
       <c r="M687" s="2">
         <v>0</v>
       </c>
       <c r="N687" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="688" spans="1:14">
       <c r="A688" s="2">
         <v>113014</v>
       </c>
       <c r="B688" s="2" t="s">
         <v>1839</v>
       </c>
       <c r="C688" s="2" t="s">
         <v>1840</v>
       </c>
       <c r="D688" s="2"/>
       <c r="E688" s="2">
         <v>1618</v>
       </c>
       <c r="F688" s="2" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="G688" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H688" s="2" t="s">
         <v>1841</v>
       </c>
       <c r="I688" s="2">
         <v>444</v>
       </c>
       <c r="J688" s="2">
         <v>407</v>
       </c>
       <c r="K688" s="2">
         <v>150</v>
       </c>
       <c r="L688" s="2">
         <v>0</v>
       </c>
       <c r="M688" s="2">
         <v>0</v>
       </c>
       <c r="N688" s="2">
         <v>150</v>
       </c>
@@ -36168,51 +36168,51 @@
       </c>
       <c r="I693" s="2">
         <v>449</v>
       </c>
       <c r="J693" s="2">
         <v>412</v>
       </c>
       <c r="K693" s="2">
         <v>150</v>
       </c>
       <c r="L693" s="2">
         <v>0</v>
       </c>
       <c r="M693" s="2">
         <v>0</v>
       </c>
       <c r="N693" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="694" spans="1:14">
       <c r="A694" s="2">
         <v>106941</v>
       </c>
       <c r="B694" s="2" t="s">
-        <v>60</v>
+        <v>64</v>
       </c>
       <c r="C694" s="2" t="s">
         <v>1375</v>
       </c>
       <c r="D694" s="2" t="s">
         <v>1376</v>
       </c>
       <c r="E694" s="2">
         <v>1031</v>
       </c>
       <c r="F694" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G694" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H694" s="2" t="s">
         <v>1857</v>
       </c>
       <c r="I694" s="2">
         <v>450</v>
       </c>
       <c r="J694" s="2">
         <v>413</v>
       </c>
@@ -36254,51 +36254,51 @@
       </c>
       <c r="I695" s="2">
         <v>451</v>
       </c>
       <c r="J695" s="2">
         <v>414</v>
       </c>
       <c r="K695" s="2">
         <v>150</v>
       </c>
       <c r="L695" s="2">
         <v>0</v>
       </c>
       <c r="M695" s="2">
         <v>0</v>
       </c>
       <c r="N695" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="696" spans="1:14">
       <c r="A696" s="2">
         <v>113021</v>
       </c>
       <c r="B696" s="2" t="s">
-        <v>1425</v>
+        <v>1427</v>
       </c>
       <c r="C696" s="2" t="s">
         <v>1861</v>
       </c>
       <c r="D696" s="2"/>
       <c r="E696" s="2">
         <v>889</v>
       </c>
       <c r="F696" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G696" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H696" s="2" t="s">
         <v>1862</v>
       </c>
       <c r="I696" s="2">
         <v>452</v>
       </c>
       <c r="J696" s="2">
         <v>415</v>
       </c>
       <c r="K696" s="2">
         <v>150</v>
@@ -36348,51 +36348,51 @@
       <c r="L697" s="2">
         <v>0</v>
       </c>
       <c r="M697" s="2">
         <v>0</v>
       </c>
       <c r="N697" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="698" spans="1:14">
       <c r="A698" s="2">
         <v>113023</v>
       </c>
       <c r="B698" s="2" t="s">
         <v>1865</v>
       </c>
       <c r="C698" s="2" t="s">
         <v>1866</v>
       </c>
       <c r="D698" s="2"/>
       <c r="E698" s="2">
         <v>1623</v>
       </c>
       <c r="F698" s="2" t="s">
-        <v>634</v>
+        <v>631</v>
       </c>
       <c r="G698" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H698" s="2" t="s">
         <v>1867</v>
       </c>
       <c r="I698" s="2">
         <v>454</v>
       </c>
       <c r="J698" s="2">
         <v>417</v>
       </c>
       <c r="K698" s="2">
         <v>150</v>
       </c>
       <c r="L698" s="2">
         <v>0</v>
       </c>
       <c r="M698" s="2">
         <v>0</v>
       </c>
       <c r="N698" s="2">
         <v>150</v>
       </c>
@@ -36422,51 +36422,51 @@
       </c>
       <c r="I699" s="2">
         <v>455</v>
       </c>
       <c r="J699" s="2">
         <v>418</v>
       </c>
       <c r="K699" s="2">
         <v>150</v>
       </c>
       <c r="L699" s="2">
         <v>0</v>
       </c>
       <c r="M699" s="2">
         <v>0</v>
       </c>
       <c r="N699" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="700" spans="1:14">
       <c r="A700" s="2">
         <v>113025</v>
       </c>
       <c r="B700" s="2" t="s">
-        <v>546</v>
+        <v>544</v>
       </c>
       <c r="C700" s="2" t="s">
         <v>1871</v>
       </c>
       <c r="D700" s="2"/>
       <c r="E700" s="2">
         <v>990</v>
       </c>
       <c r="F700" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G700" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H700" s="2" t="s">
         <v>1872</v>
       </c>
       <c r="I700" s="2">
         <v>456</v>
       </c>
       <c r="J700" s="2">
         <v>419</v>
       </c>
       <c r="K700" s="2">
         <v>150</v>
@@ -36590,140 +36590,140 @@
       </c>
       <c r="I703" s="2">
         <v>459</v>
       </c>
       <c r="J703" s="2">
         <v>422</v>
       </c>
       <c r="K703" s="2">
         <v>150</v>
       </c>
       <c r="L703" s="2">
         <v>0</v>
       </c>
       <c r="M703" s="2">
         <v>0</v>
       </c>
       <c r="N703" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="704" spans="1:14">
       <c r="A704" s="2">
         <v>106906</v>
       </c>
       <c r="B704" s="2" t="s">
-        <v>1200</v>
+        <v>1197</v>
       </c>
       <c r="C704" s="2" t="s">
-        <v>1201</v>
+        <v>1198</v>
       </c>
       <c r="D704" s="2" t="s">
-        <v>1202</v>
+        <v>1199</v>
       </c>
       <c r="E704" s="2">
         <v>113</v>
       </c>
       <c r="F704" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G704" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H704" s="2" t="s">
         <v>1882</v>
       </c>
       <c r="I704" s="2">
         <v>460</v>
       </c>
       <c r="J704" s="2">
         <v>423</v>
       </c>
       <c r="K704" s="2">
         <v>150</v>
       </c>
       <c r="L704" s="2">
         <v>0</v>
       </c>
       <c r="M704" s="2">
         <v>0</v>
       </c>
       <c r="N704" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="705" spans="1:14">
       <c r="A705" s="2">
         <v>113029</v>
       </c>
       <c r="B705" s="2" t="s">
-        <v>350</v>
+        <v>346</v>
       </c>
       <c r="C705" s="2" t="s">
         <v>1434</v>
       </c>
       <c r="D705" s="2"/>
       <c r="E705" s="2">
         <v>676</v>
       </c>
       <c r="F705" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G705" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H705" s="2" t="s">
         <v>1883</v>
       </c>
       <c r="I705" s="2">
         <v>461</v>
       </c>
       <c r="J705" s="2">
         <v>424</v>
       </c>
       <c r="K705" s="2">
         <v>150</v>
       </c>
       <c r="L705" s="2">
         <v>0</v>
       </c>
       <c r="M705" s="2">
         <v>0</v>
       </c>
       <c r="N705" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="706" spans="1:14">
       <c r="A706" s="2">
         <v>113030</v>
       </c>
       <c r="B706" s="2" t="s">
         <v>1884</v>
       </c>
       <c r="C706" s="2" t="s">
-        <v>118</v>
+        <v>122</v>
       </c>
       <c r="D706" s="2"/>
       <c r="E706" s="2">
         <v>734</v>
       </c>
       <c r="F706" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G706" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H706" s="2" t="s">
         <v>1885</v>
       </c>
       <c r="I706" s="2">
         <v>462</v>
       </c>
       <c r="J706" s="2">
         <v>425</v>
       </c>
       <c r="K706" s="2">
         <v>150</v>
       </c>
       <c r="L706" s="2">
         <v>0</v>
@@ -36815,83 +36815,83 @@
       <c r="M708" s="2">
         <v>0</v>
       </c>
       <c r="N708" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="709" spans="1:14">
       <c r="A709" s="2">
         <v>113033</v>
       </c>
       <c r="B709" s="2" t="s">
         <v>1890</v>
       </c>
       <c r="C709" s="2" t="s">
         <v>1891</v>
       </c>
       <c r="D709" s="2"/>
       <c r="E709" s="2">
         <v>2152</v>
       </c>
       <c r="F709" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G709" s="2" t="s">
-        <v>205</v>
+        <v>201</v>
       </c>
       <c r="H709" s="2" t="s">
         <v>1892</v>
       </c>
       <c r="I709" s="2">
         <v>465</v>
       </c>
       <c r="J709" s="2">
         <v>39</v>
       </c>
       <c r="K709" s="2">
         <v>150</v>
       </c>
       <c r="L709" s="2">
         <v>0</v>
       </c>
       <c r="M709" s="2">
         <v>0</v>
       </c>
       <c r="N709" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="710" spans="1:14">
       <c r="A710" s="2">
         <v>113034</v>
       </c>
       <c r="B710" s="2" t="s">
-        <v>438</v>
+        <v>441</v>
       </c>
       <c r="C710" s="2" t="s">
-        <v>54</v>
+        <v>57</v>
       </c>
       <c r="D710" s="2"/>
       <c r="E710" s="2">
         <v>531</v>
       </c>
       <c r="F710" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G710" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H710" s="2" t="s">
         <v>1893</v>
       </c>
       <c r="I710" s="2">
         <v>466</v>
       </c>
       <c r="J710" s="2">
         <v>427</v>
       </c>
       <c r="K710" s="2">
         <v>150</v>
       </c>
       <c r="L710" s="2">
         <v>0</v>
@@ -37054,51 +37054,51 @@
       </c>
       <c r="I714" s="2">
         <v>470</v>
       </c>
       <c r="J714" s="2">
         <v>431</v>
       </c>
       <c r="K714" s="2">
         <v>150</v>
       </c>
       <c r="L714" s="2">
         <v>0</v>
       </c>
       <c r="M714" s="2">
         <v>0</v>
       </c>
       <c r="N714" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="715" spans="1:14">
       <c r="A715" s="2">
         <v>113039</v>
       </c>
       <c r="B715" s="2" t="s">
-        <v>121</v>
+        <v>117</v>
       </c>
       <c r="C715" s="2" t="s">
         <v>1903</v>
       </c>
       <c r="D715" s="2"/>
       <c r="E715" s="2">
         <v>263</v>
       </c>
       <c r="F715" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G715" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H715" s="2" t="s">
         <v>1904</v>
       </c>
       <c r="I715" s="2">
         <v>471</v>
       </c>
       <c r="J715" s="2">
         <v>432</v>
       </c>
       <c r="K715" s="2">
         <v>150</v>
@@ -37319,51 +37319,51 @@
       <c r="M720" s="2">
         <v>0</v>
       </c>
       <c r="N720" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="721" spans="1:14">
       <c r="A721" s="2">
         <v>113045</v>
       </c>
       <c r="B721" s="2" t="s">
         <v>1914</v>
       </c>
       <c r="C721" s="2" t="s">
         <v>1915</v>
       </c>
       <c r="D721" s="2"/>
       <c r="E721" s="2">
         <v>2143</v>
       </c>
       <c r="F721" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G721" s="2" t="s">
-        <v>205</v>
+        <v>201</v>
       </c>
       <c r="H721" s="2" t="s">
         <v>1916</v>
       </c>
       <c r="I721" s="2">
         <v>477</v>
       </c>
       <c r="J721" s="2">
         <v>40</v>
       </c>
       <c r="K721" s="2">
         <v>150</v>
       </c>
       <c r="L721" s="2">
         <v>0</v>
       </c>
       <c r="M721" s="2">
         <v>0</v>
       </c>
       <c r="N721" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="722" spans="1:14">
       <c r="A722" s="2">
@@ -37390,51 +37390,51 @@
       </c>
       <c r="I722" s="2">
         <v>478</v>
       </c>
       <c r="J722" s="2">
         <v>438</v>
       </c>
       <c r="K722" s="2">
         <v>150</v>
       </c>
       <c r="L722" s="2">
         <v>0</v>
       </c>
       <c r="M722" s="2">
         <v>0</v>
       </c>
       <c r="N722" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="723" spans="1:14">
       <c r="A723" s="2">
         <v>113047</v>
       </c>
       <c r="B723" s="2" t="s">
-        <v>299</v>
+        <v>296</v>
       </c>
       <c r="C723" s="2" t="s">
         <v>1920</v>
       </c>
       <c r="D723" s="2"/>
       <c r="E723" s="2">
         <v>564</v>
       </c>
       <c r="F723" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G723" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H723" s="2" t="s">
         <v>1921</v>
       </c>
       <c r="I723" s="2">
         <v>479</v>
       </c>
       <c r="J723" s="2">
         <v>439</v>
       </c>
       <c r="K723" s="2">
         <v>150</v>
@@ -37603,61 +37603,61 @@
       </c>
       <c r="J727" s="2">
         <v>443</v>
       </c>
       <c r="K727" s="2">
         <v>150</v>
       </c>
       <c r="L727" s="2">
         <v>0</v>
       </c>
       <c r="M727" s="2">
         <v>0</v>
       </c>
       <c r="N727" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="728" spans="1:14">
       <c r="A728" s="2">
         <v>113052</v>
       </c>
       <c r="B728" s="2" t="s">
         <v>1933</v>
       </c>
       <c r="C728" s="2" t="s">
-        <v>502</v>
+        <v>499</v>
       </c>
       <c r="D728" s="2"/>
       <c r="E728" s="2">
         <v>2027</v>
       </c>
       <c r="F728" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G728" s="2" t="s">
-        <v>205</v>
+        <v>201</v>
       </c>
       <c r="H728" s="2" t="s">
         <v>1934</v>
       </c>
       <c r="I728" s="2">
         <v>484</v>
       </c>
       <c r="J728" s="2">
         <v>41</v>
       </c>
       <c r="K728" s="2">
         <v>150</v>
       </c>
       <c r="L728" s="2">
         <v>0</v>
       </c>
       <c r="M728" s="2">
         <v>0</v>
       </c>
       <c r="N728" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="729" spans="1:14">
       <c r="A729" s="2">
@@ -37907,80 +37907,80 @@
       <c r="M734" s="2">
         <v>0</v>
       </c>
       <c r="N734" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="735" spans="1:14">
       <c r="A735" s="2">
         <v>113059</v>
       </c>
       <c r="B735" s="2" t="s">
         <v>1948</v>
       </c>
       <c r="C735" s="2" t="s">
         <v>1949</v>
       </c>
       <c r="D735" s="2"/>
       <c r="E735" s="2">
         <v>2090</v>
       </c>
       <c r="F735" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G735" s="2" t="s">
-        <v>205</v>
+        <v>201</v>
       </c>
       <c r="H735" s="2" t="s">
         <v>1950</v>
       </c>
       <c r="I735" s="2">
         <v>491</v>
       </c>
       <c r="J735" s="2">
         <v>42</v>
       </c>
       <c r="K735" s="2">
         <v>150</v>
       </c>
       <c r="L735" s="2">
         <v>0</v>
       </c>
       <c r="M735" s="2">
         <v>0</v>
       </c>
       <c r="N735" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="736" spans="1:14">
       <c r="A736" s="2">
         <v>100238</v>
       </c>
       <c r="B736" s="2" t="s">
-        <v>60</v>
+        <v>64</v>
       </c>
       <c r="C736" s="2" t="s">
         <v>1951</v>
       </c>
       <c r="D736" s="2" t="s">
         <v>1952</v>
       </c>
       <c r="E736" s="2">
         <v>472</v>
       </c>
       <c r="F736" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G736" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H736" s="2" t="s">
         <v>1953</v>
       </c>
       <c r="I736" s="2">
         <v>492</v>
       </c>
       <c r="J736" s="2">
         <v>450</v>
       </c>
@@ -38161,51 +38161,51 @@
       <c r="M740" s="2">
         <v>0</v>
       </c>
       <c r="N740" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="741" spans="1:14">
       <c r="A741" s="2">
         <v>113065</v>
       </c>
       <c r="B741" s="2" t="s">
         <v>1964</v>
       </c>
       <c r="C741" s="2" t="s">
         <v>972</v>
       </c>
       <c r="D741" s="2"/>
       <c r="E741" s="2">
         <v>2145</v>
       </c>
       <c r="F741" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G741" s="2" t="s">
-        <v>205</v>
+        <v>201</v>
       </c>
       <c r="H741" s="2" t="s">
         <v>1965</v>
       </c>
       <c r="I741" s="2">
         <v>497</v>
       </c>
       <c r="J741" s="2">
         <v>43</v>
       </c>
       <c r="K741" s="2">
         <v>150</v>
       </c>
       <c r="L741" s="2">
         <v>0</v>
       </c>
       <c r="M741" s="2">
         <v>0</v>
       </c>
       <c r="N741" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="742" spans="1:14">
       <c r="A742" s="2">
@@ -38329,93 +38329,93 @@
       <c r="M744" s="2">
         <v>0</v>
       </c>
       <c r="N744" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="745" spans="1:14">
       <c r="A745" s="2">
         <v>105836</v>
       </c>
       <c r="B745" s="2" t="s">
         <v>1971</v>
       </c>
       <c r="C745" s="2" t="s">
         <v>1972</v>
       </c>
       <c r="D745" s="2"/>
       <c r="E745" s="2">
         <v>38</v>
       </c>
       <c r="F745" s="2" t="s">
         <v>1973</v>
       </c>
       <c r="G745" s="2" t="s">
-        <v>205</v>
+        <v>201</v>
       </c>
       <c r="H745" s="2" t="s">
         <v>1974</v>
       </c>
       <c r="I745" s="2">
         <v>501</v>
       </c>
       <c r="J745" s="2">
         <v>99</v>
       </c>
       <c r="K745" s="2">
         <v>150</v>
       </c>
       <c r="L745" s="2">
         <v>350</v>
       </c>
       <c r="M745" s="2">
         <v>0</v>
       </c>
       <c r="N745" s="2">
         <v>500</v>
       </c>
     </row>
     <row r="746" spans="1:14">
       <c r="A746" s="2">
         <v>113069</v>
       </c>
       <c r="B746" s="2" t="s">
         <v>1975</v>
       </c>
       <c r="C746" s="2" t="s">
         <v>1976</v>
       </c>
       <c r="D746" s="2"/>
       <c r="E746" s="2">
         <v>2126</v>
       </c>
       <c r="F746" s="2" t="s">
         <v>1977</v>
       </c>
       <c r="G746" s="2" t="s">
-        <v>205</v>
+        <v>201</v>
       </c>
       <c r="H746" s="2" t="s">
         <v>1978</v>
       </c>
       <c r="I746" s="2">
         <v>502</v>
       </c>
       <c r="J746" s="2">
         <v>106</v>
       </c>
       <c r="K746" s="2">
         <v>150</v>
       </c>
       <c r="L746" s="2">
         <v>0</v>
       </c>
       <c r="M746" s="2">
         <v>0</v>
       </c>
       <c r="N746" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="747" spans="1:14">
       <c r="A747" s="2">
@@ -38455,93 +38455,93 @@
       <c r="M747" s="2">
         <v>0</v>
       </c>
       <c r="N747" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="748" spans="1:14">
       <c r="A748" s="2">
         <v>102991</v>
       </c>
       <c r="B748" s="2" t="s">
         <v>1982</v>
       </c>
       <c r="C748" s="2" t="s">
         <v>1983</v>
       </c>
       <c r="D748" s="2"/>
       <c r="E748" s="2">
         <v>38</v>
       </c>
       <c r="F748" s="2" t="s">
         <v>1973</v>
       </c>
       <c r="G748" s="2" t="s">
-        <v>205</v>
+        <v>201</v>
       </c>
       <c r="H748" s="2" t="s">
         <v>1984</v>
       </c>
       <c r="I748" s="2">
         <v>657</v>
       </c>
       <c r="J748" s="2">
         <v>67</v>
       </c>
       <c r="K748" s="2">
         <v>150</v>
       </c>
       <c r="L748" s="2">
         <v>54</v>
       </c>
       <c r="M748" s="2">
         <v>0</v>
       </c>
       <c r="N748" s="2">
         <v>204</v>
       </c>
     </row>
     <row r="749" spans="1:14">
       <c r="A749" s="2">
         <v>100987</v>
       </c>
       <c r="B749" s="2" t="s">
         <v>1985</v>
       </c>
       <c r="C749" s="2" t="s">
         <v>1986</v>
       </c>
       <c r="D749" s="2"/>
       <c r="E749" s="2">
         <v>36</v>
       </c>
       <c r="F749" s="2" t="s">
         <v>1987</v>
       </c>
       <c r="G749" s="2" t="s">
-        <v>205</v>
+        <v>201</v>
       </c>
       <c r="H749" s="2" t="s">
         <v>1988</v>
       </c>
       <c r="I749" s="2">
         <v>860</v>
       </c>
       <c r="J749" s="2">
         <v>90</v>
       </c>
       <c r="K749" s="2">
         <v>0</v>
       </c>
       <c r="L749" s="2">
         <v>0</v>
       </c>
       <c r="M749" s="2">
         <v>0</v>
       </c>
       <c r="N749" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="750" spans="1:14">
       <c r="A750" s="2">