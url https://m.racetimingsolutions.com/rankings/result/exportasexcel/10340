--- v1 (2026-01-31)
+++ v2 (2026-03-30)
@@ -56,335 +56,335 @@
   <si>
     <t>Gender</t>
   </si>
   <si>
     <t>Finish Time</t>
   </si>
   <si>
     <t>Overall Position</t>
   </si>
   <si>
     <t>Gender Position</t>
   </si>
   <si>
     <t>Finisher Points</t>
   </si>
   <si>
     <t>Performance Points</t>
   </si>
   <si>
     <t>Bonus Points</t>
   </si>
   <si>
     <t>Total Points</t>
   </si>
   <si>
+    <t>Kota</t>
+  </si>
+  <si>
+    <t>Araki</t>
+  </si>
+  <si>
+    <t>荒木　宏太</t>
+  </si>
+  <si>
+    <t>Japan</t>
+  </si>
+  <si>
+    <t>Male</t>
+  </si>
+  <si>
+    <t>6:43:48</t>
+  </si>
+  <si>
     <t>Ko</t>
   </si>
   <si>
     <t>Ito</t>
   </si>
   <si>
     <t>伊藤　康</t>
   </si>
   <si>
-    <t>Japan</t>
-[...4 lines deleted...]
-  <si>
     <t>6:53:13</t>
   </si>
   <si>
-    <t>Kota</t>
-[...8 lines deleted...]
-    <t>6:43:48</t>
+    <t>Yuya</t>
+  </si>
+  <si>
+    <t>Kawasaki</t>
+  </si>
+  <si>
+    <t>川崎　雄哉</t>
+  </si>
+  <si>
+    <t>6:50:29</t>
   </si>
   <si>
     <t>Katsuhiro</t>
   </si>
   <si>
     <t>MATSUBARA</t>
   </si>
   <si>
     <t>松原　克博</t>
   </si>
   <si>
     <t>6:57:15</t>
   </si>
   <si>
-    <t>Yuya</t>
-[...8 lines deleted...]
-    <t>6:50:29</t>
+    <t>Yoshihito</t>
+  </si>
+  <si>
+    <t>Kondo</t>
+  </si>
+  <si>
+    <t>近藤　敬仁</t>
+  </si>
+  <si>
+    <t>6:51:11</t>
   </si>
   <si>
     <t>Pierre-Andre</t>
   </si>
   <si>
     <t>Ferriere</t>
   </si>
   <si>
     <t>France</t>
   </si>
   <si>
     <t>7:03:22</t>
   </si>
   <si>
-    <t>Yoshihito</t>
-[...8 lines deleted...]
-    <t>6:51:11</t>
+    <t>Nobuya</t>
+  </si>
+  <si>
+    <t>Tani</t>
+  </si>
+  <si>
+    <t>谷　允弥</t>
+  </si>
+  <si>
+    <t>7:12:01</t>
   </si>
   <si>
     <t>Yuichi</t>
   </si>
   <si>
     <t>Miura</t>
   </si>
   <si>
     <t>三浦　裕一</t>
   </si>
   <si>
     <t>7:08:23</t>
   </si>
   <si>
-    <t>Nobuya</t>
-[...10 lines deleted...]
-  <si>
     <t>Tomohiro</t>
   </si>
   <si>
     <t>Tsuji</t>
   </si>
   <si>
     <t>辻　友寛</t>
   </si>
   <si>
+    <t>7:12:31</t>
+  </si>
+  <si>
     <t>7:19:13</t>
   </si>
   <si>
-    <t>7:12:31</t>
-[...1 lines deleted...]
-  <si>
     <t>Machida</t>
   </si>
   <si>
     <t>町田　知宏</t>
   </si>
   <si>
     <t>7:21:22</t>
   </si>
   <si>
     <t>Takashi</t>
   </si>
   <si>
     <t>Kubo</t>
   </si>
   <si>
     <t>久保　隆史</t>
   </si>
   <si>
     <t>7:14:24</t>
   </si>
   <si>
+    <t>Yuji</t>
+  </si>
+  <si>
+    <t>Shibukawa</t>
+  </si>
+  <si>
+    <t>渋川　裕二</t>
+  </si>
+  <si>
+    <t>7:28:00</t>
+  </si>
+  <si>
     <t>Kazufumi</t>
   </si>
   <si>
     <t>Ose</t>
   </si>
   <si>
     <t>大瀬　和文</t>
   </si>
   <si>
     <t>7:16:08</t>
   </si>
   <si>
-    <t>Yuji</t>
-[...8 lines deleted...]
-    <t>7:28:00</t>
+    <t>Hayato</t>
+  </si>
+  <si>
+    <t>Kimura</t>
+  </si>
+  <si>
+    <t>7:22:58</t>
   </si>
   <si>
     <t>Yusuke</t>
   </si>
   <si>
     <t>Suzuki</t>
   </si>
   <si>
     <t>鈴木　雄介</t>
   </si>
   <si>
     <t>7:30:16</t>
   </si>
   <si>
-    <t>Hayato</t>
-[...7 lines deleted...]
-  <si>
     <t>Richard</t>
   </si>
   <si>
     <t>Coghlan</t>
   </si>
   <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>7:31:06</t>
   </si>
   <si>
     <t>Hiroaki</t>
   </si>
   <si>
     <t>Matsunaga</t>
   </si>
   <si>
     <t>松永　紘明</t>
   </si>
   <si>
     <t>7:25:01</t>
   </si>
   <si>
+    <t>7:32:00</t>
+  </si>
+  <si>
     <t>7:25:30</t>
   </si>
   <si>
-    <t>7:32:00</t>
-[...1 lines deleted...]
-  <si>
     <t>Masahiro</t>
   </si>
   <si>
     <t>Natori</t>
   </si>
   <si>
     <t>名取　将大</t>
   </si>
   <si>
     <t>7:35:12</t>
   </si>
   <si>
     <t>Yosuke</t>
   </si>
   <si>
     <t>Kawauchi</t>
   </si>
   <si>
     <t>河内　陽介</t>
   </si>
   <si>
     <t>7:36:50</t>
   </si>
   <si>
+    <t>Kenji</t>
+  </si>
+  <si>
+    <t>Yoshida</t>
+  </si>
+  <si>
+    <t>吉田　賢治</t>
+  </si>
+  <si>
+    <t>7:37:50</t>
+  </si>
+  <si>
     <t>Nishikata</t>
   </si>
   <si>
     <t>西方　勇人</t>
   </si>
   <si>
     <t>7:37:40</t>
   </si>
   <si>
-    <t>Kenji</t>
-[...8 lines deleted...]
-    <t>7:37:50</t>
+    <t>Alessandro</t>
+  </si>
+  <si>
+    <t>Sherpa</t>
+  </si>
+  <si>
+    <t>Italy</t>
+  </si>
+  <si>
+    <t>7:41:43</t>
   </si>
   <si>
     <t>7:38:18</t>
   </si>
   <si>
-    <t>Alessandro</t>
-[...8 lines deleted...]
-    <t>7:41:43</t>
+    <t>7:39:12</t>
   </si>
   <si>
     <t>Fukushima</t>
   </si>
   <si>
     <t>福島　優弥</t>
   </si>
   <si>
     <t>7:43:41</t>
   </si>
   <si>
-    <t>7:39:12</t>
-[...1 lines deleted...]
-  <si>
     <t>Yoshito</t>
   </si>
   <si>
     <t>Yamatani</t>
   </si>
   <si>
     <t>山谷　良登</t>
   </si>
   <si>
     <t>7:41:56</t>
   </si>
   <si>
     <t>Naoyoshi</t>
   </si>
   <si>
     <t>Hanaoka</t>
   </si>
   <si>
     <t>花岡　尚賢</t>
   </si>
   <si>
     <t>7:44:16</t>
   </si>
   <si>
     <t>Tatsuya</t>
@@ -410,527 +410,527 @@
   <si>
     <t>7:45:11</t>
   </si>
   <si>
     <t>Kenta</t>
   </si>
   <si>
     <t>伊藤　健太</t>
   </si>
   <si>
     <t>7:51:22</t>
   </si>
   <si>
     <t>Nagisa</t>
   </si>
   <si>
     <t>Itagaki</t>
   </si>
   <si>
     <t>板垣　渚</t>
   </si>
   <si>
     <t>7:46:11</t>
   </si>
   <si>
+    <t>Mizukoshi</t>
+  </si>
+  <si>
+    <t>水越　友洋</t>
+  </si>
+  <si>
+    <t>7:59:55</t>
+  </si>
+  <si>
     <t>Jose Luis</t>
   </si>
   <si>
     <t>Alvelais</t>
   </si>
   <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>7:49:09</t>
   </si>
   <si>
-    <t>Mizukoshi</t>
-[...7 lines deleted...]
-  <si>
     <t>Romain</t>
   </si>
   <si>
     <t>Demare</t>
   </si>
   <si>
     <t>07:49:09</t>
   </si>
   <si>
+    <t>Hiroki</t>
+  </si>
+  <si>
+    <t>Tokura</t>
+  </si>
+  <si>
+    <t>登倉　弘起</t>
+  </si>
+  <si>
+    <t>8:01:27</t>
+  </si>
+  <si>
     <t>Salvador</t>
   </si>
   <si>
     <t>Rambla</t>
   </si>
   <si>
     <t>Spain</t>
   </si>
   <si>
     <t>07:53:40</t>
   </si>
   <si>
-    <t>Hiroki</t>
-[...10 lines deleted...]
-  <si>
     <t>Taichi</t>
   </si>
   <si>
     <t>Hiraga</t>
   </si>
   <si>
     <t>平賀　太智</t>
   </si>
   <si>
     <t>8:01:53</t>
   </si>
   <si>
     <t>07:55:08</t>
   </si>
   <si>
+    <t>Ayumu</t>
+  </si>
+  <si>
+    <t>Koga</t>
+  </si>
+  <si>
+    <t>古閑　歩</t>
+  </si>
+  <si>
+    <t>07:56:01</t>
+  </si>
+  <si>
     <t>Tsuru</t>
   </si>
   <si>
     <t>Naoki</t>
   </si>
   <si>
     <t>靏　有毅</t>
   </si>
   <si>
     <t>8:02:50</t>
   </si>
   <si>
-    <t>Ayumu</t>
-[...10 lines deleted...]
-  <si>
     <t>8:05:18</t>
   </si>
   <si>
     <t>Kei</t>
   </si>
   <si>
     <t>Kikushima</t>
   </si>
   <si>
     <t>07:56:43</t>
   </si>
   <si>
     <t>Nobuyasu</t>
   </si>
   <si>
     <t>Azuma</t>
   </si>
   <si>
     <t>東　伸泰</t>
   </si>
   <si>
     <t>8:06:04</t>
   </si>
   <si>
     <t>Shohei</t>
   </si>
   <si>
     <t>Yamaguchi</t>
   </si>
   <si>
     <t>山口　翔平</t>
   </si>
   <si>
     <t>07:56:44</t>
   </si>
   <si>
+    <t>Manabu</t>
+  </si>
+  <si>
+    <t>Fujioka</t>
+  </si>
+  <si>
+    <t>藤岡　学</t>
+  </si>
+  <si>
+    <t>07:57:56</t>
+  </si>
+  <si>
     <t>Atsuhiro</t>
   </si>
   <si>
     <t>Chisaka</t>
   </si>
   <si>
     <t>千坂　充宏</t>
   </si>
   <si>
     <t>8:06:28</t>
   </si>
   <si>
-    <t>Manabu</t>
-[...10 lines deleted...]
-  <si>
     <t>Kaitaro</t>
   </si>
   <si>
     <t>Toike</t>
   </si>
   <si>
     <t>外池　快太郎</t>
   </si>
   <si>
     <t>8:07:07</t>
   </si>
   <si>
     <t>Akira</t>
   </si>
   <si>
     <t>MATSUI</t>
   </si>
   <si>
     <t>松井　啓</t>
   </si>
   <si>
     <t>08:07:42</t>
   </si>
   <si>
     <t>Hosoyama</t>
   </si>
   <si>
     <t>細山　雄一</t>
   </si>
   <si>
     <t>8:08:54</t>
   </si>
   <si>
     <t>Takanori</t>
   </si>
   <si>
     <t>Takana</t>
   </si>
   <si>
     <t>田中　孝典</t>
   </si>
   <si>
     <t>08:11:20</t>
   </si>
   <si>
+    <t>Yu</t>
+  </si>
+  <si>
+    <t>Akiba</t>
+  </si>
+  <si>
+    <t>秋葉　悠</t>
+  </si>
+  <si>
+    <t>08:12:10</t>
+  </si>
+  <si>
     <t>Ayano</t>
   </si>
   <si>
     <t>Saito</t>
   </si>
   <si>
     <t>福地　綾乃</t>
   </si>
   <si>
     <t>Female</t>
   </si>
   <si>
     <t>8:10:08</t>
   </si>
   <si>
-    <t>Yu</t>
-[...10 lines deleted...]
-  <si>
     <t>Ryo</t>
   </si>
   <si>
     <t>荒木　諒</t>
   </si>
   <si>
     <t>8:12:27</t>
   </si>
   <si>
     <t>Mita</t>
   </si>
   <si>
     <t>三田　雄一</t>
   </si>
   <si>
     <t>08:12:56</t>
   </si>
   <si>
     <t>Kaori</t>
   </si>
   <si>
     <t>Asahara</t>
   </si>
   <si>
     <t>浅原　かおり</t>
   </si>
   <si>
     <t>8:13:09</t>
   </si>
   <si>
     <t>Wataru</t>
   </si>
   <si>
     <t>Iino</t>
   </si>
   <si>
     <t>08:12:57</t>
   </si>
   <si>
+    <t xml:space="preserve">Aiura </t>
+  </si>
+  <si>
+    <t>08:13:49</t>
+  </si>
+  <si>
     <t>Shinichi</t>
   </si>
   <si>
     <t>Tanabe</t>
   </si>
   <si>
     <t>田辺　慎一</t>
   </si>
   <si>
     <t>8:13:40</t>
   </si>
   <si>
-    <t xml:space="preserve">Aiura </t>
-[...4 lines deleted...]
-  <si>
     <t>Takehiro</t>
   </si>
   <si>
     <t>Nonaga</t>
   </si>
   <si>
     <t>野永　健宏</t>
   </si>
   <si>
     <t>8:18:05</t>
   </si>
   <si>
     <t xml:space="preserve">Daiki </t>
   </si>
   <si>
     <t>Kobayashi</t>
   </si>
   <si>
     <t>08:14:38</t>
   </si>
   <si>
     <t>Higashi</t>
   </si>
   <si>
     <t>Syota</t>
   </si>
   <si>
     <t>東　翔太</t>
   </si>
   <si>
     <t>8:18:32</t>
   </si>
   <si>
     <t>Yumiko</t>
   </si>
   <si>
     <t>Ohishi</t>
   </si>
   <si>
     <t>大石　由美子</t>
   </si>
   <si>
     <t>08:14:50</t>
   </si>
   <si>
+    <t xml:space="preserve">Akihito </t>
+  </si>
+  <si>
+    <t>Kitamura</t>
+  </si>
+  <si>
+    <t>08:16:34</t>
+  </si>
+  <si>
     <t>Aiura</t>
   </si>
   <si>
     <t>相浦　勇人</t>
   </si>
   <si>
     <t>8:24:11</t>
   </si>
   <si>
-    <t xml:space="preserve">Akihito </t>
-[...7 lines deleted...]
-  <si>
     <t>Katsuhiko</t>
   </si>
   <si>
     <t>Monobe</t>
   </si>
   <si>
     <t>物部　克彦</t>
   </si>
   <si>
     <t>8:24:17</t>
   </si>
   <si>
     <t xml:space="preserve">Yoshikazu </t>
   </si>
   <si>
     <t>MITSUHATA</t>
   </si>
   <si>
     <t>08:16:48</t>
   </si>
   <si>
     <t>8:24:42</t>
   </si>
   <si>
     <t>Terasawa</t>
   </si>
   <si>
     <t>寺澤　祐哉</t>
   </si>
   <si>
     <t>08:18:42</t>
   </si>
   <si>
+    <t>Tetsuya</t>
+  </si>
+  <si>
+    <t>Sakashita</t>
+  </si>
+  <si>
+    <t>坂下　哲也</t>
+  </si>
+  <si>
+    <t>08:19:21</t>
+  </si>
+  <si>
     <t>Jun</t>
   </si>
   <si>
     <t>Kaise</t>
   </si>
   <si>
     <t>貝瀬　淳</t>
   </si>
   <si>
     <t>8:25:37</t>
   </si>
   <si>
-    <t>Tetsuya</t>
-[...10 lines deleted...]
-  <si>
     <t>Nozomu</t>
   </si>
   <si>
     <t>Niwa</t>
   </si>
   <si>
     <t>丹羽　望</t>
   </si>
   <si>
     <t>8:26:43</t>
   </si>
   <si>
     <t xml:space="preserve">Taisuke </t>
   </si>
   <si>
     <t>Oka</t>
   </si>
   <si>
     <t>08:20:58</t>
   </si>
   <si>
+    <t>Akito</t>
+  </si>
+  <si>
+    <t>Nagao</t>
+  </si>
+  <si>
+    <t>長尾　暁人</t>
+  </si>
+  <si>
+    <t>8:29:21</t>
+  </si>
+  <si>
     <t>Norihito</t>
   </si>
   <si>
     <t>Gotoh</t>
   </si>
   <si>
     <t>後藤　憲仁</t>
   </si>
   <si>
     <t>08:21:04</t>
   </si>
   <si>
-    <t>Akito</t>
-[...8 lines deleted...]
-    <t>8:29:21</t>
+    <t>8:21:37</t>
   </si>
   <si>
     <t>Kirill</t>
   </si>
   <si>
     <t>Skorobogatov</t>
   </si>
   <si>
     <t>Russia</t>
   </si>
   <si>
     <t>8:30:00</t>
   </si>
   <si>
-    <t>8:21:37</t>
+    <t>8:24:29</t>
   </si>
   <si>
     <t>Corinne</t>
   </si>
   <si>
     <t>Williams</t>
   </si>
   <si>
     <t>United States</t>
   </si>
   <si>
     <t>8:31:23</t>
   </si>
   <si>
-    <t>8:24:29</t>
-[...1 lines deleted...]
-  <si>
     <t>Kazuto</t>
   </si>
   <si>
     <t>Sugimoto</t>
   </si>
   <si>
     <t>杉本　一登</t>
   </si>
   <si>
     <t>8:25:26</t>
   </si>
   <si>
     <t>8:35:12</t>
   </si>
   <si>
     <t xml:space="preserve">Hideki </t>
   </si>
   <si>
     <t>Enpuku</t>
   </si>
   <si>
     <t>8:26:00</t>
   </si>
   <si>
     <t>Kensei</t>
@@ -1043,413 +1043,413 @@
   <si>
     <t>松井　浩一</t>
   </si>
   <si>
     <t>8:43:01</t>
   </si>
   <si>
     <t xml:space="preserve">Yuji </t>
   </si>
   <si>
     <t>8:32:26</t>
   </si>
   <si>
     <t>Yousuke</t>
   </si>
   <si>
     <t>Komazu</t>
   </si>
   <si>
     <t>駒津　洋介</t>
   </si>
   <si>
     <t>8:44:29</t>
   </si>
   <si>
+    <t>Hisashi</t>
+  </si>
+  <si>
+    <t>8:32:41</t>
+  </si>
+  <si>
     <t>8:44:43</t>
   </si>
   <si>
-    <t>Hisashi</t>
-[...2 lines deleted...]
-    <t>8:32:41</t>
+    <t>Toshiyuki</t>
+  </si>
+  <si>
+    <t>Teranishi</t>
+  </si>
+  <si>
+    <t>寺西　利之</t>
+  </si>
+  <si>
+    <t>8:45:21</t>
   </si>
   <si>
     <t xml:space="preserve">Takashi </t>
   </si>
   <si>
     <t>Mituduka</t>
   </si>
   <si>
     <t>8:32:50</t>
   </si>
   <si>
-    <t>Toshiyuki</t>
-[...10 lines deleted...]
-  <si>
     <t>8:33:18</t>
   </si>
   <si>
     <t>Shinpei</t>
   </si>
   <si>
     <t>Iguchi</t>
   </si>
   <si>
     <t>井口　心平</t>
   </si>
   <si>
     <t>8:46:36</t>
   </si>
   <si>
+    <t>Ikuo</t>
+  </si>
+  <si>
+    <t>Kametaka</t>
+  </si>
+  <si>
+    <t>亀高　育雄</t>
+  </si>
+  <si>
     <t>Hideyuki</t>
   </si>
   <si>
     <t>Asakawa</t>
   </si>
   <si>
     <t>浅川　秀之</t>
   </si>
   <si>
     <t>8:47:16</t>
   </si>
   <si>
-    <t>Ikuo</t>
-[...7 lines deleted...]
-  <si>
     <t>Koichiro</t>
   </si>
   <si>
     <t>Sakurai</t>
   </si>
   <si>
     <t>櫻井　廣一郎</t>
   </si>
   <si>
     <t>8:47:30</t>
   </si>
   <si>
     <t>Pablo</t>
   </si>
   <si>
     <t>Diago Gonzalez</t>
   </si>
   <si>
     <t>8:33:54</t>
   </si>
   <si>
     <t xml:space="preserve">Shuhei </t>
   </si>
   <si>
     <t>Sakamoto</t>
   </si>
   <si>
     <t>8:36:39</t>
   </si>
   <si>
     <t>Yuko</t>
   </si>
   <si>
     <t>Yada</t>
   </si>
   <si>
     <t>矢田　夕子</t>
   </si>
   <si>
     <t>8:48:57</t>
   </si>
   <si>
+    <t>Wada</t>
+  </si>
+  <si>
+    <t>8:36:47</t>
+  </si>
+  <si>
     <t>Noriyuki</t>
   </si>
   <si>
     <t>Owaki</t>
   </si>
   <si>
     <t>大脇　則行</t>
   </si>
   <si>
     <t>8:48:58</t>
   </si>
   <si>
-    <t>Wada</t>
-[...4 lines deleted...]
-  <si>
     <t>Takuro</t>
   </si>
   <si>
     <t>Sato</t>
   </si>
   <si>
     <t>佐藤　拓郎</t>
   </si>
   <si>
     <t>8:49:49</t>
   </si>
   <si>
     <t xml:space="preserve">Kazuya </t>
   </si>
   <si>
     <t>8:38:13</t>
   </si>
   <si>
     <t xml:space="preserve">Yuya </t>
   </si>
   <si>
     <t>Takayama</t>
   </si>
   <si>
     <t>8:38:31</t>
   </si>
   <si>
     <t>Keisuke</t>
   </si>
   <si>
     <t>Fukuda</t>
   </si>
   <si>
     <t>福田　圭介</t>
   </si>
   <si>
     <t>8:49:59</t>
   </si>
   <si>
+    <t xml:space="preserve">You </t>
+  </si>
+  <si>
+    <t>Uehara</t>
+  </si>
+  <si>
+    <t>8:39:26</t>
+  </si>
+  <si>
     <t>8:50:23</t>
   </si>
   <si>
-    <t xml:space="preserve">You </t>
-[...7 lines deleted...]
-  <si>
     <t>8:51:08</t>
   </si>
   <si>
     <t xml:space="preserve">Kouji </t>
   </si>
   <si>
     <t>Miyadate</t>
   </si>
   <si>
     <t>8:42:05</t>
   </si>
   <si>
+    <t>Sefli</t>
+  </si>
+  <si>
+    <t>Ahar</t>
+  </si>
+  <si>
+    <t>Brunei</t>
+  </si>
+  <si>
+    <t>8:52:36</t>
+  </si>
+  <si>
     <t xml:space="preserve">Yuuta </t>
   </si>
   <si>
     <t>8:43:59</t>
   </si>
   <si>
-    <t>Sefli</t>
-[...10 lines deleted...]
-  <si>
     <t xml:space="preserve">Tatsuya </t>
   </si>
   <si>
     <t>KAWASAKI</t>
   </si>
   <si>
     <t>8:44:30</t>
   </si>
   <si>
     <t>Tomoyuki</t>
   </si>
   <si>
     <t>Kurihara</t>
   </si>
   <si>
     <t>栗原　朋之</t>
   </si>
   <si>
     <t>8:52:45</t>
   </si>
   <si>
+    <t xml:space="preserve">Koki </t>
+  </si>
+  <si>
+    <t>Seita</t>
+  </si>
+  <si>
+    <t>8:48:51</t>
+  </si>
+  <si>
     <t>Hiroyuki</t>
   </si>
   <si>
     <t>Umehara</t>
   </si>
   <si>
     <t>梅原　弘行</t>
   </si>
   <si>
     <t>8:53:00</t>
   </si>
   <si>
-    <t xml:space="preserve">Koki </t>
-[...7 lines deleted...]
-  <si>
     <t xml:space="preserve">Masayoshi </t>
   </si>
   <si>
     <t>Yamazaki</t>
   </si>
   <si>
     <t>8:49:02</t>
   </si>
   <si>
     <t>Chiyuki</t>
   </si>
   <si>
     <t>Mochizuki</t>
   </si>
   <si>
     <t>望月　千幸</t>
   </si>
   <si>
     <t>8:53:43</t>
   </si>
   <si>
     <t xml:space="preserve">Yutaro </t>
   </si>
   <si>
     <t>8:50:16</t>
   </si>
   <si>
     <t>Masayuki</t>
   </si>
   <si>
     <t>木村　雅幸</t>
   </si>
   <si>
     <t>8:54:18</t>
   </si>
   <si>
+    <t xml:space="preserve">Kenji </t>
+  </si>
+  <si>
+    <t>8:51:33</t>
+  </si>
+  <si>
     <t>Seini</t>
   </si>
   <si>
     <t>清野　宏之</t>
   </si>
   <si>
     <t>8:56:37</t>
   </si>
   <si>
-    <t xml:space="preserve">Kenji </t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">Tetsu </t>
   </si>
   <si>
     <t>MORITA</t>
   </si>
   <si>
     <t>8:53:47</t>
   </si>
   <si>
     <t>Naohide</t>
   </si>
   <si>
     <t>Shinohara</t>
   </si>
   <si>
     <t>篠原　直秀</t>
   </si>
   <si>
     <t>8:57:25</t>
   </si>
   <si>
     <t>Yoshihiro</t>
   </si>
   <si>
     <t>Ohde</t>
   </si>
   <si>
     <t>大出　祥弘</t>
   </si>
   <si>
     <t>8:54:03</t>
   </si>
   <si>
     <t>Hashimoto</t>
   </si>
   <si>
     <t>橋本　健太</t>
   </si>
   <si>
     <t>8:58:37</t>
   </si>
   <si>
+    <t>Masashi</t>
+  </si>
+  <si>
+    <t>Uematsu</t>
+  </si>
+  <si>
+    <t>植松　正史</t>
+  </si>
+  <si>
+    <t>8:56:02</t>
+  </si>
+  <si>
     <t>Narukawa</t>
   </si>
   <si>
     <t>生川　歩</t>
   </si>
   <si>
     <t>8:59:42</t>
   </si>
   <si>
-    <t>Masashi</t>
-[...10 lines deleted...]
-  <si>
     <t xml:space="preserve">Gaku </t>
   </si>
   <si>
     <t>Matsumoto</t>
   </si>
   <si>
     <t>8:58:19</t>
   </si>
   <si>
     <t>Tomomi</t>
   </si>
   <si>
     <t>Okajima</t>
   </si>
   <si>
     <t>岡嶋　智己</t>
   </si>
   <si>
     <t>9:02:12</t>
   </si>
   <si>
     <t>Takano</t>
   </si>
   <si>
     <t>8:58:32</t>
@@ -1631,287 +1631,287 @@
   <si>
     <t>Junji</t>
   </si>
   <si>
     <t>Watanabe</t>
   </si>
   <si>
     <t>渡辺　淳二</t>
   </si>
   <si>
     <t>9:13:08</t>
   </si>
   <si>
     <t>Takaishi</t>
   </si>
   <si>
     <t>高石　淳</t>
   </si>
   <si>
     <t>9:05:14</t>
   </si>
   <si>
     <t>9:14:03</t>
   </si>
   <si>
+    <t>Fuda</t>
+  </si>
+  <si>
+    <t>9:05:20</t>
+  </si>
+  <si>
     <t>Shuji</t>
   </si>
   <si>
     <t>高橋　秀次</t>
   </si>
   <si>
     <t>9:14:19</t>
   </si>
   <si>
-    <t>Fuda</t>
-[...2 lines deleted...]
-    <t>9:05:20</t>
+    <t>伊東　裕介</t>
+  </si>
+  <si>
+    <t>9:15:05</t>
   </si>
   <si>
     <t xml:space="preserve">Yusuke </t>
   </si>
   <si>
     <t>Ariga</t>
   </si>
   <si>
     <t>9:06:20</t>
   </si>
   <si>
-    <t>伊東　裕介</t>
-[...4 lines deleted...]
-  <si>
     <t>Shintaro</t>
   </si>
   <si>
     <t xml:space="preserve">To </t>
   </si>
   <si>
     <t>棟　真太郎</t>
   </si>
   <si>
     <t>9:06:33</t>
   </si>
   <si>
     <t>Masahiko</t>
   </si>
   <si>
     <t>Tamakami</t>
   </si>
   <si>
     <t>玉上　昌彦</t>
   </si>
   <si>
     <t>9:15:06</t>
   </si>
   <si>
+    <t>Okubo</t>
+  </si>
+  <si>
+    <t>9:07:37</t>
+  </si>
+  <si>
     <t>9:18:17</t>
   </si>
   <si>
-    <t>Okubo</t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">Fumihiko </t>
   </si>
   <si>
     <t>Miyake</t>
   </si>
   <si>
     <t>9:07:48</t>
   </si>
   <si>
     <t>Akihiro</t>
   </si>
   <si>
     <t>Kotera</t>
   </si>
   <si>
     <t>小寺　晃弘</t>
   </si>
   <si>
     <t>9:19:25</t>
   </si>
   <si>
     <t>Tajima</t>
   </si>
   <si>
     <t>田島　康一郎</t>
   </si>
   <si>
     <t>9:07:54</t>
   </si>
   <si>
     <t>Iwasaki</t>
   </si>
   <si>
     <t>岩崎　隼</t>
   </si>
   <si>
     <t>9:20:38</t>
   </si>
   <si>
+    <t xml:space="preserve">Takuya </t>
+  </si>
+  <si>
+    <t>TOMONAGA</t>
+  </si>
+  <si>
+    <t>9:08:04</t>
+  </si>
+  <si>
     <t>Seiji</t>
   </si>
   <si>
     <t>Kurishita</t>
   </si>
   <si>
     <t>栗下　清治</t>
   </si>
   <si>
     <t>9:20:40</t>
   </si>
   <si>
-    <t xml:space="preserve">Takuya </t>
-[...7 lines deleted...]
-  <si>
     <t>Yoshio</t>
   </si>
   <si>
     <t>Shimizu</t>
   </si>
   <si>
     <t>清水　嘉男</t>
   </si>
   <si>
     <t>9:08:12</t>
   </si>
   <si>
     <t>Kimihiro</t>
   </si>
   <si>
     <t>伊東　公洋</t>
   </si>
   <si>
     <t>9:20:42</t>
   </si>
   <si>
     <t xml:space="preserve">Yoshihiro </t>
   </si>
   <si>
     <t>Mori</t>
   </si>
   <si>
     <t>9:08:24</t>
   </si>
   <si>
     <t>Surutani</t>
   </si>
   <si>
     <t>駿谷　明宏</t>
   </si>
   <si>
     <t>9:20:51</t>
   </si>
   <si>
+    <t>9:08:43</t>
+  </si>
+  <si>
     <t>Kengo</t>
   </si>
   <si>
     <t>Fukuchi</t>
   </si>
   <si>
     <t>福地　健吾</t>
   </si>
   <si>
     <t>9:21:19</t>
   </si>
   <si>
-    <t>9:08:43</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">Yuichi </t>
   </si>
   <si>
     <t>Fukuhara</t>
   </si>
   <si>
     <t>9:09:30</t>
   </si>
   <si>
     <t>Shigeru</t>
   </si>
   <si>
     <t>Akamatsu</t>
   </si>
   <si>
     <t>赤松　茂</t>
   </si>
   <si>
     <t>9:22:20</t>
   </si>
   <si>
     <t xml:space="preserve">Masanari </t>
   </si>
   <si>
     <t>9:10:39</t>
   </si>
   <si>
     <t>Kenjiro</t>
   </si>
   <si>
     <t>Hisano</t>
   </si>
   <si>
     <t>久野　健二郎</t>
   </si>
   <si>
     <t>9:22:36</t>
   </si>
   <si>
+    <t>Tatsuhiro</t>
+  </si>
+  <si>
+    <t>Maeda</t>
+  </si>
+  <si>
+    <t>前田　達弘</t>
+  </si>
+  <si>
+    <t>9:10:46</t>
+  </si>
+  <si>
     <t>Nagashima</t>
   </si>
   <si>
     <t>長島　知広</t>
   </si>
   <si>
     <t>9:23:06</t>
   </si>
   <si>
-    <t>Tatsuhiro</t>
-[...10 lines deleted...]
-  <si>
     <t xml:space="preserve">Hirotaka </t>
   </si>
   <si>
     <t>Arai</t>
   </si>
   <si>
     <t>9:11:14</t>
   </si>
   <si>
     <t>小林　寛晃</t>
   </si>
   <si>
     <t>9:23:13</t>
   </si>
   <si>
     <t xml:space="preserve">Masanori </t>
   </si>
   <si>
     <t>Ogawara</t>
   </si>
   <si>
     <t>9:11:40</t>
   </si>
   <si>
     <t>Shinichiro</t>
@@ -1922,2036 +1922,2036 @@
   <si>
     <t>藤田　慎一郎</t>
   </si>
   <si>
     <t>9:23:39</t>
   </si>
   <si>
     <t>Cheng</t>
   </si>
   <si>
     <t>China</t>
   </si>
   <si>
     <t>9:24:56</t>
   </si>
   <si>
     <t xml:space="preserve">Tsukasa </t>
   </si>
   <si>
     <t>IWATA</t>
   </si>
   <si>
     <t>9:11:56</t>
   </si>
   <si>
+    <t>Hiroshi</t>
+  </si>
+  <si>
+    <t>Homma</t>
+  </si>
+  <si>
+    <t>本間　弘</t>
+  </si>
+  <si>
+    <t>9:13:11</t>
+  </si>
+  <si>
     <t>9:25:20</t>
   </si>
   <si>
-    <t>Hiroshi</t>
-[...10 lines deleted...]
-  <si>
     <t>Junichi</t>
   </si>
   <si>
     <t>Otsuka</t>
   </si>
   <si>
     <t>大塚　順一</t>
   </si>
   <si>
     <t>9:25:50</t>
   </si>
   <si>
     <t>9:13:31</t>
   </si>
   <si>
     <t>Makoto</t>
   </si>
   <si>
     <t>Kurashina</t>
   </si>
   <si>
     <t>蔵品　誠</t>
   </si>
   <si>
     <t>9:26:03</t>
   </si>
   <si>
     <t xml:space="preserve">Shinya </t>
   </si>
   <si>
     <t>Makino</t>
   </si>
   <si>
     <t>9:14:02</t>
   </si>
   <si>
+    <t xml:space="preserve">Masakazuuu </t>
+  </si>
+  <si>
+    <t>Ohthuki</t>
+  </si>
+  <si>
+    <t>9:14:52</t>
+  </si>
+  <si>
     <t>Tomoya</t>
   </si>
   <si>
     <t>Terada</t>
   </si>
   <si>
     <t>寺田　智哉</t>
   </si>
   <si>
     <t>9:26:10</t>
   </si>
   <si>
-    <t xml:space="preserve">Masakazuuu </t>
-[...7 lines deleted...]
-  <si>
     <t>Keiichi</t>
   </si>
   <si>
     <t>Enome</t>
   </si>
   <si>
     <t>鰀目　慶一</t>
   </si>
   <si>
     <t>9:26:21</t>
   </si>
   <si>
     <t xml:space="preserve">Kouki </t>
   </si>
   <si>
     <t>Sugiyama</t>
   </si>
   <si>
     <t>9:15:33</t>
   </si>
   <si>
+    <t>Yoshino</t>
+  </si>
+  <si>
+    <t>吉野　博</t>
+  </si>
+  <si>
+    <t>9:26:33</t>
+  </si>
+  <si>
     <t>9:16:51</t>
   </si>
   <si>
-    <t>Yoshino</t>
-[...5 lines deleted...]
-    <t>9:26:33</t>
+    <t xml:space="preserve">Kazuhide </t>
+  </si>
+  <si>
+    <t>Kato</t>
+  </si>
+  <si>
+    <t>9:17:31</t>
   </si>
   <si>
     <t>Kazuki</t>
   </si>
   <si>
     <t>Nakano</t>
   </si>
   <si>
     <t>中野　一樹</t>
   </si>
   <si>
     <t>9:26:45</t>
   </si>
   <si>
-    <t xml:space="preserve">Kazuhide </t>
-[...7 lines deleted...]
-  <si>
     <t>Akiko</t>
   </si>
   <si>
     <t>Ikeuchi</t>
   </si>
   <si>
     <t>池内　明子</t>
   </si>
   <si>
     <t>9:27:20</t>
   </si>
   <si>
     <t xml:space="preserve">Takumi </t>
   </si>
   <si>
     <t>UESAKA</t>
   </si>
   <si>
     <t>9:18:08</t>
   </si>
   <si>
+    <t>9:29:01</t>
+  </si>
+  <si>
     <t>Sho</t>
   </si>
   <si>
     <t>Kosugi</t>
   </si>
   <si>
     <t>小杉　翔</t>
   </si>
   <si>
     <t>9:18:23</t>
   </si>
   <si>
-    <t>9:29:01</t>
-[...1 lines deleted...]
-  <si>
     <t>Toyama</t>
   </si>
   <si>
     <t>外山　達也</t>
   </si>
   <si>
     <t>9:18:36</t>
   </si>
   <si>
     <t>Shoichi</t>
   </si>
   <si>
     <t>山本　章一</t>
   </si>
   <si>
     <t>9:29:13</t>
   </si>
   <si>
+    <t xml:space="preserve">Yoshiaki </t>
+  </si>
+  <si>
+    <t>Yoshioka</t>
+  </si>
+  <si>
+    <t>9:19:23</t>
+  </si>
+  <si>
     <t>Tanida</t>
   </si>
   <si>
     <t>谷田　茂</t>
   </si>
   <si>
     <t>9:29:21</t>
   </si>
   <si>
-    <t xml:space="preserve">Yoshiaki </t>
-[...5 lines deleted...]
-    <t>9:19:23</t>
+    <t>Katsuaki</t>
+  </si>
+  <si>
+    <t>大久保　勝明</t>
+  </si>
+  <si>
+    <t>9:29:32</t>
   </si>
   <si>
     <t>9:19:36</t>
   </si>
   <si>
-    <t>Katsuaki</t>
-[...5 lines deleted...]
-    <t>9:29:32</t>
+    <t>9:19:54</t>
   </si>
   <si>
     <t>Yoshiaki</t>
   </si>
   <si>
     <t>Nakayama</t>
   </si>
   <si>
     <t>中山　佳明</t>
   </si>
   <si>
     <t>9:29:34</t>
   </si>
   <si>
-    <t>9:19:54</t>
-[...1 lines deleted...]
-  <si>
     <t>Masumi</t>
   </si>
   <si>
     <t>Takazawa</t>
   </si>
   <si>
     <t>高澤　真澄</t>
   </si>
   <si>
     <t>9:30:43</t>
   </si>
   <si>
     <t>Yuki</t>
   </si>
   <si>
     <t>Yoshikawa</t>
   </si>
   <si>
     <t>吉川　友樹</t>
   </si>
   <si>
     <t>9:20:52</t>
   </si>
   <si>
+    <t>9:31:24</t>
+  </si>
+  <si>
     <t>Hasegawa</t>
   </si>
   <si>
     <t>長谷川　隆</t>
   </si>
   <si>
     <t>9:21:16</t>
   </si>
   <si>
-    <t>9:31:24</t>
+    <t>Torii</t>
+  </si>
+  <si>
+    <t>9:21:31</t>
   </si>
   <si>
     <t>9:32:04</t>
   </si>
   <si>
-    <t>Torii</t>
-[...4 lines deleted...]
-  <si>
     <t>Ikeda</t>
   </si>
   <si>
     <t>池田　秀次</t>
   </si>
   <si>
     <t>9:33:10</t>
   </si>
   <si>
     <t>吉田　辰弥</t>
   </si>
   <si>
     <t>9:22:09</t>
   </si>
   <si>
+    <t>Nakamura</t>
+  </si>
+  <si>
+    <t>中村　賢次</t>
+  </si>
+  <si>
+    <t>9:33:26</t>
+  </si>
+  <si>
     <t>Masatomo</t>
   </si>
   <si>
     <t>高橋　正知</t>
   </si>
   <si>
     <t>9:22:21</t>
   </si>
   <si>
-    <t>Nakamura</t>
-[...5 lines deleted...]
-    <t>9:33:26</t>
+    <t xml:space="preserve">Naomasa </t>
+  </si>
+  <si>
+    <t>9:23:19</t>
   </si>
   <si>
     <t>Michiko</t>
   </si>
   <si>
     <t>Uchiyama</t>
   </si>
   <si>
     <t>内山　みちこ</t>
   </si>
   <si>
     <t>9:34:34</t>
   </si>
   <si>
-    <t xml:space="preserve">Naomasa </t>
-[...4 lines deleted...]
-  <si>
     <t>Fumio</t>
   </si>
   <si>
     <t>阿部　史生</t>
   </si>
   <si>
     <t>9:36:11</t>
   </si>
   <si>
     <t>Hasuda</t>
   </si>
   <si>
     <t>9:24:35</t>
   </si>
   <si>
+    <t>Masamori</t>
+  </si>
+  <si>
+    <t>Oba</t>
+  </si>
+  <si>
+    <t>大庭　正守</t>
+  </si>
+  <si>
+    <t>9:36:30</t>
+  </si>
+  <si>
     <t>Unno</t>
   </si>
   <si>
     <t>9:25:02</t>
   </si>
   <si>
-    <t>Masamori</t>
-[...8 lines deleted...]
-    <t>9:36:30</t>
+    <t>Atsushi</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Kokubo</t>
+  </si>
+  <si>
+    <t>9:25:25</t>
   </si>
   <si>
     <t>Egawa</t>
   </si>
   <si>
     <t>江川　孝宏</t>
   </si>
   <si>
     <t>9:38:43</t>
   </si>
   <si>
-    <t>Atsushi</t>
-[...7 lines deleted...]
-  <si>
     <t>9:38:56</t>
   </si>
   <si>
     <t>Carole</t>
   </si>
   <si>
     <t>Fuchs</t>
   </si>
   <si>
     <t>9:25:46</t>
   </si>
   <si>
+    <t>Kensuke</t>
+  </si>
+  <si>
+    <t>鈴木　憲介</t>
+  </si>
+  <si>
+    <t>9:40:09</t>
+  </si>
+  <si>
     <t xml:space="preserve">Tomoya </t>
   </si>
   <si>
     <t>9:26:00</t>
   </si>
   <si>
-    <t>Kensuke</t>
-[...5 lines deleted...]
-    <t>9:40:09</t>
+    <t>9:40:10</t>
   </si>
   <si>
     <t>Sayuri</t>
   </si>
   <si>
     <t>Orito</t>
   </si>
   <si>
     <t>9:26:22</t>
   </si>
   <si>
-    <t>9:40:10</t>
+    <t>鈴木　歩</t>
+  </si>
+  <si>
+    <t>9:40:32</t>
   </si>
   <si>
     <t xml:space="preserve">Yoshinori </t>
   </si>
   <si>
     <t>Matsubara</t>
   </si>
   <si>
     <t>9:26:44</t>
   </si>
   <si>
-    <t>鈴木　歩</t>
-[...2 lines deleted...]
-    <t>9:40:32</t>
+    <t>Kazutomo</t>
+  </si>
+  <si>
+    <t>山本　一智</t>
+  </si>
+  <si>
+    <t>9:40:35</t>
   </si>
   <si>
     <t>9:27:42</t>
   </si>
   <si>
-    <t>Kazutomo</t>
-[...5 lines deleted...]
-    <t>9:40:35</t>
+    <t>9:41:04</t>
   </si>
   <si>
     <t xml:space="preserve">Tomoki </t>
   </si>
   <si>
     <t>Okada</t>
   </si>
   <si>
     <t>9:28:25</t>
   </si>
   <si>
-    <t>9:41:04</t>
+    <t>Shimoyama</t>
+  </si>
+  <si>
+    <t>下山　勇貴</t>
+  </si>
+  <si>
+    <t>9:41:17</t>
   </si>
   <si>
     <t>9:28:32</t>
   </si>
   <si>
-    <t>Shimoyama</t>
-[...7 lines deleted...]
-  <si>
     <t>Kakino</t>
   </si>
   <si>
     <t>柿野　誠</t>
   </si>
   <si>
     <t>9:41:30</t>
   </si>
   <si>
     <t>平賀　義隆</t>
   </si>
   <si>
     <t>9:28:44</t>
   </si>
   <si>
     <t xml:space="preserve">Tomonari </t>
   </si>
   <si>
     <t>HIROKAWA</t>
   </si>
   <si>
     <t>9:29:47</t>
   </si>
   <si>
     <t>Kitami</t>
   </si>
   <si>
     <t>北見　淳</t>
   </si>
   <si>
     <t>9:41:53</t>
   </si>
   <si>
+    <t>Yohei</t>
+  </si>
+  <si>
+    <t>Furusawa</t>
+  </si>
+  <si>
+    <t>古澤　洋平</t>
+  </si>
+  <si>
+    <t>9:42:09</t>
+  </si>
+  <si>
     <t xml:space="preserve">Satoru </t>
   </si>
   <si>
     <t>Soga</t>
   </si>
   <si>
     <t>9:30:27</t>
   </si>
   <si>
-    <t>Yohei</t>
-[...10 lines deleted...]
-  <si>
     <t>9:42:13</t>
   </si>
   <si>
     <t xml:space="preserve">Takuyoshi </t>
   </si>
   <si>
     <t>NAKAYAMA</t>
   </si>
   <si>
     <t>9:30:32</t>
   </si>
   <si>
     <t xml:space="preserve">Hiroaki </t>
   </si>
   <si>
     <t>9:30:40</t>
   </si>
   <si>
     <t>9:43:04</t>
   </si>
   <si>
+    <t>Mai</t>
+  </si>
+  <si>
+    <t>Itohara</t>
+  </si>
+  <si>
+    <t>9:43:05</t>
+  </si>
+  <si>
     <t>Sakuragi</t>
   </si>
   <si>
     <t>櫻木　喬規</t>
   </si>
   <si>
     <t>9:32:35</t>
   </si>
   <si>
-    <t>Mai</t>
-[...7 lines deleted...]
-  <si>
     <t>Yoko</t>
   </si>
   <si>
     <t>Koizumi</t>
   </si>
   <si>
     <t>小泉　陽子</t>
   </si>
   <si>
     <t>9:43:12</t>
   </si>
   <si>
     <t xml:space="preserve">Masaaki </t>
   </si>
   <si>
     <t>Kozaki</t>
   </si>
   <si>
     <t>9:33:12</t>
   </si>
   <si>
     <t>Hirokazu</t>
   </si>
   <si>
     <t>杉山　宏和</t>
   </si>
   <si>
     <t>9:43:19</t>
   </si>
   <si>
+    <t>Mika</t>
+  </si>
+  <si>
+    <t>中村　美香</t>
+  </si>
+  <si>
+    <t>9:45:36</t>
+  </si>
+  <si>
     <t>Yamada</t>
   </si>
   <si>
     <t>山田　真悟</t>
   </si>
   <si>
     <t>9:33:17</t>
   </si>
   <si>
-    <t>Mika</t>
-[...7 lines deleted...]
-  <si>
     <t>Obiya</t>
   </si>
   <si>
     <t>帯谷　真</t>
   </si>
   <si>
     <t>9:46:05</t>
   </si>
   <si>
     <t xml:space="preserve">Tsuyoshi </t>
   </si>
   <si>
     <t>OGIHARA</t>
   </si>
   <si>
     <t>9:34:06</t>
   </si>
   <si>
     <t xml:space="preserve">Ryohei </t>
   </si>
   <si>
     <t>Sekino</t>
   </si>
   <si>
     <t>9:34:10</t>
   </si>
   <si>
     <t>9:46:13</t>
   </si>
   <si>
+    <t>Yokota</t>
+  </si>
+  <si>
+    <t>横田　貴大</t>
+  </si>
+  <si>
+    <t>9:46:30</t>
+  </si>
+  <si>
     <t xml:space="preserve">Hajlme </t>
   </si>
   <si>
     <t>Ishii</t>
   </si>
   <si>
     <t>9:34:29</t>
   </si>
   <si>
-    <t>Yokota</t>
-[...7 lines deleted...]
-  <si>
     <t>山本　光</t>
   </si>
   <si>
     <t>9:46:53</t>
   </si>
   <si>
     <t>Araya</t>
   </si>
   <si>
     <t>荒屋　大樹</t>
   </si>
   <si>
     <t>9:35:00</t>
   </si>
   <si>
+    <t>Atora</t>
+  </si>
+  <si>
+    <t>Amano</t>
+  </si>
+  <si>
+    <t>天野　亜寅</t>
+  </si>
+  <si>
+    <t>9:47:24</t>
+  </si>
+  <si>
     <t xml:space="preserve">Hiroyuki </t>
   </si>
   <si>
     <t>Tashiro</t>
   </si>
   <si>
     <t>9:35:53</t>
   </si>
   <si>
-    <t>Atora</t>
-[...8 lines deleted...]
-    <t>9:47:24</t>
+    <t>Keiichiro</t>
+  </si>
+  <si>
+    <t>横田　圭一郎</t>
+  </si>
+  <si>
+    <t>9:47:48</t>
   </si>
   <si>
     <t xml:space="preserve">Masahiko </t>
   </si>
   <si>
-    <t>Keiichiro</t>
-[...5 lines deleted...]
-    <t>9:47:48</t>
+    <t>Kyohei</t>
+  </si>
+  <si>
+    <t>Nakai</t>
+  </si>
+  <si>
+    <t>中居　恭平</t>
+  </si>
+  <si>
+    <t>9:47:59</t>
   </si>
   <si>
     <t xml:space="preserve">Tomoyasu </t>
   </si>
   <si>
     <t>SHIZUYA</t>
   </si>
   <si>
     <t>9:36:23</t>
   </si>
   <si>
-    <t>Kyohei</t>
-[...8 lines deleted...]
-    <t>9:47:59</t>
+    <t>Tomohisa</t>
+  </si>
+  <si>
+    <t>高野　智久</t>
+  </si>
+  <si>
+    <t>9:48:14</t>
   </si>
   <si>
     <t>9:37:23</t>
   </si>
   <si>
-    <t>Tomohisa</t>
-[...5 lines deleted...]
-    <t>9:48:14</t>
+    <t>Takefumi</t>
+  </si>
+  <si>
+    <t>Komatsu</t>
+  </si>
+  <si>
+    <t>小松　岳史</t>
+  </si>
+  <si>
+    <t>9:49:21</t>
   </si>
   <si>
     <t xml:space="preserve">Hiroshi </t>
   </si>
   <si>
     <t>9:37:29</t>
   </si>
   <si>
-    <t>Takefumi</t>
-[...8 lines deleted...]
-    <t>9:49:21</t>
+    <t>Masato</t>
+  </si>
+  <si>
+    <t>Takagi</t>
+  </si>
+  <si>
+    <t>高木　真人</t>
+  </si>
+  <si>
+    <t>9:49:26</t>
   </si>
   <si>
     <t>9:37:44</t>
   </si>
   <si>
-    <t>Masato</t>
-[...8 lines deleted...]
-    <t>9:49:26</t>
+    <t>Shinkichi</t>
+  </si>
+  <si>
+    <t>福島　慎吉</t>
+  </si>
+  <si>
+    <t>9:49:33</t>
   </si>
   <si>
     <t xml:space="preserve">Toshiyuki </t>
   </si>
   <si>
     <t>AZEYANAGI</t>
   </si>
   <si>
     <t>9:37:56</t>
   </si>
   <si>
-    <t>Shinkichi</t>
-[...5 lines deleted...]
-    <t>9:49:33</t>
+    <t>Namba</t>
+  </si>
+  <si>
+    <t>難波　隆宏</t>
+  </si>
+  <si>
+    <t>9:49:58</t>
   </si>
   <si>
     <t xml:space="preserve">Ayanari </t>
   </si>
   <si>
     <t>9:38:15</t>
   </si>
   <si>
-    <t>Namba</t>
-[...5 lines deleted...]
-    <t>9:49:58</t>
+    <t>Keita</t>
+  </si>
+  <si>
+    <t>Shishido</t>
+  </si>
+  <si>
+    <t>宍戸　慶太</t>
+  </si>
+  <si>
+    <t>9:50:16</t>
   </si>
   <si>
     <t xml:space="preserve">Yoshiyuki </t>
   </si>
   <si>
     <t>Tsubaki</t>
   </si>
   <si>
     <t>9:38:21</t>
   </si>
   <si>
-    <t>Keita</t>
-[...8 lines deleted...]
-    <t>9:50:16</t>
+    <t>9:50:59</t>
   </si>
   <si>
     <t xml:space="preserve">Koji </t>
   </si>
   <si>
     <t>9:39:29</t>
   </si>
   <si>
-    <t>9:50:59</t>
+    <t>9:51:13</t>
   </si>
   <si>
     <t>9:39:37</t>
   </si>
   <si>
-    <t>9:51:13</t>
+    <t>9:51:56</t>
   </si>
   <si>
     <t xml:space="preserve">Taro </t>
   </si>
   <si>
     <t>OKAMURA</t>
   </si>
   <si>
     <t>9:39:55</t>
   </si>
   <si>
-    <t>9:51:56</t>
+    <t>9:52:10</t>
   </si>
   <si>
     <t xml:space="preserve">Eisuke </t>
   </si>
   <si>
     <t>Horie</t>
   </si>
   <si>
     <t>9:40:58</t>
   </si>
   <si>
-    <t>9:52:10</t>
+    <t>Michiaki</t>
+  </si>
+  <si>
+    <t>Ushiro</t>
+  </si>
+  <si>
+    <t>宇城　総亮</t>
+  </si>
+  <si>
+    <t>9:52:47</t>
   </si>
   <si>
     <t xml:space="preserve">Natsuhito </t>
   </si>
   <si>
     <t>9:41:12</t>
   </si>
   <si>
-    <t>Michiaki</t>
-[...8 lines deleted...]
-    <t>9:52:47</t>
+    <t>9:53:55</t>
   </si>
   <si>
     <t xml:space="preserve">Ko </t>
   </si>
   <si>
     <t>Konuma</t>
   </si>
   <si>
-    <t>9:53:55</t>
+    <t>9:54:06</t>
   </si>
   <si>
     <t xml:space="preserve">Makoto </t>
   </si>
   <si>
     <t>Ishikawa</t>
   </si>
   <si>
     <t>9:41:25</t>
   </si>
   <si>
-    <t>9:54:06</t>
+    <t>Takuma</t>
+  </si>
+  <si>
+    <t>Ogura</t>
+  </si>
+  <si>
+    <t>小椋　拓眞</t>
+  </si>
+  <si>
+    <t>9:54:08</t>
   </si>
   <si>
     <t>Tomokazu</t>
   </si>
   <si>
     <t>NARUSE</t>
   </si>
   <si>
     <t>9:41:41</t>
   </si>
   <si>
-    <t>Takuma</t>
-[...10 lines deleted...]
-  <si>
     <t>Benoit</t>
   </si>
   <si>
     <t>Laval</t>
   </si>
   <si>
     <t>9:43:38</t>
   </si>
   <si>
     <t>9:54:18</t>
   </si>
   <si>
+    <t>Norihisa</t>
+  </si>
+  <si>
+    <t>加藤　範久</t>
+  </si>
+  <si>
+    <t>9:54:24</t>
+  </si>
+  <si>
     <t>Tetsuro</t>
   </si>
   <si>
     <t>UEDA</t>
   </si>
   <si>
     <t>9:43:42</t>
   </si>
   <si>
-    <t>Norihisa</t>
-[...5 lines deleted...]
-    <t>9:54:24</t>
+    <t>9:43:52</t>
   </si>
   <si>
     <t>Daisuke</t>
   </si>
   <si>
     <t>小林　大輔</t>
   </si>
   <si>
     <t>9:55:28</t>
   </si>
   <si>
-    <t>9:43:52</t>
+    <t>Chikazawa</t>
+  </si>
+  <si>
+    <t>9:44:15</t>
   </si>
   <si>
     <t>Yukihiro</t>
   </si>
   <si>
     <t>吉田　幸廣</t>
   </si>
   <si>
     <t>9:55:35</t>
   </si>
   <si>
-    <t>Chikazawa</t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">Keiichi </t>
   </si>
   <si>
     <t>9:44:51</t>
   </si>
   <si>
     <t>Naoyuki</t>
   </si>
   <si>
     <t>Kawakami</t>
   </si>
   <si>
     <t>川上　直之</t>
   </si>
   <si>
     <t>9:55:50</t>
   </si>
   <si>
+    <t xml:space="preserve">Hiroya </t>
+  </si>
+  <si>
+    <t>Inoue</t>
+  </si>
+  <si>
+    <t>9:44:52</t>
+  </si>
+  <si>
     <t>Yoshinori</t>
   </si>
   <si>
     <t>Miyano</t>
   </si>
   <si>
     <t>宮野　義則</t>
   </si>
   <si>
     <t>9:56:14</t>
   </si>
   <si>
-    <t xml:space="preserve">Hiroya </t>
-[...5 lines deleted...]
-    <t>9:44:52</t>
+    <t>Sakata</t>
+  </si>
+  <si>
+    <t>9:44:56</t>
   </si>
   <si>
     <t>Hara</t>
   </si>
   <si>
     <t>原　光平</t>
   </si>
   <si>
     <t>9:57:02</t>
   </si>
   <si>
-    <t>Sakata</t>
-[...4 lines deleted...]
-  <si>
     <t>9:46:12</t>
   </si>
   <si>
     <t>Kazuyoshi</t>
   </si>
   <si>
     <t>鈴木　一好</t>
   </si>
   <si>
     <t>9:57:13</t>
   </si>
   <si>
+    <t xml:space="preserve">Nobuhiro </t>
+  </si>
+  <si>
+    <t>9:46:16</t>
+  </si>
+  <si>
     <t>酒井　隆</t>
   </si>
   <si>
     <t>9:57:17</t>
   </si>
   <si>
-    <t xml:space="preserve">Nobuhiro </t>
-[...2 lines deleted...]
-    <t>9:46:16</t>
+    <t xml:space="preserve">Naoto </t>
+  </si>
+  <si>
+    <t>Matsukawa</t>
+  </si>
+  <si>
+    <t>9:46:17</t>
   </si>
   <si>
     <t>Takumi</t>
   </si>
   <si>
     <t>Kawaguchi</t>
   </si>
   <si>
     <t>川口　卓美</t>
   </si>
   <si>
     <t>9:57:33</t>
   </si>
   <si>
-    <t xml:space="preserve">Naoto </t>
-[...7 lines deleted...]
-  <si>
     <t xml:space="preserve">Shinichi </t>
   </si>
   <si>
     <t>Yukawa</t>
   </si>
   <si>
     <t>9:46:18</t>
   </si>
   <si>
     <t>伊藤　広</t>
   </si>
   <si>
     <t>9:57:46</t>
   </si>
   <si>
+    <t>DAISUKE</t>
+  </si>
+  <si>
+    <t>NAKAJIMA</t>
+  </si>
+  <si>
+    <t>9:46:50</t>
+  </si>
+  <si>
     <t>Takayuki</t>
   </si>
   <si>
     <t>Hamada</t>
   </si>
   <si>
     <t>濱田　貴之</t>
   </si>
   <si>
     <t>9:59:21</t>
   </si>
   <si>
-    <t>DAISUKE</t>
-[...5 lines deleted...]
-    <t>9:46:50</t>
+    <t xml:space="preserve">Nakagomi </t>
+  </si>
+  <si>
+    <t>9:47:01</t>
   </si>
   <si>
     <t>Kosuke</t>
   </si>
   <si>
     <t>Nasuno</t>
   </si>
   <si>
     <t>那須野　公輔</t>
   </si>
   <si>
     <t>10:00:11</t>
   </si>
   <si>
-    <t xml:space="preserve">Nakagomi </t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">Keisuke </t>
   </si>
   <si>
     <t>Ichido</t>
   </si>
   <si>
     <t>Hideo</t>
   </si>
   <si>
     <t>宅間　英夫</t>
   </si>
   <si>
     <t>10:00:56</t>
   </si>
   <si>
+    <t xml:space="preserve">Yuta </t>
+  </si>
+  <si>
+    <t>Imamura</t>
+  </si>
+  <si>
+    <t>9:47:07</t>
+  </si>
+  <si>
     <t>Tomio</t>
   </si>
   <si>
     <t>Ide</t>
   </si>
   <si>
     <t>井出　富雄</t>
   </si>
   <si>
     <t>10:01:25</t>
   </si>
   <si>
-    <t xml:space="preserve">Yuta </t>
-[...7 lines deleted...]
-  <si>
     <t>10:01:45</t>
   </si>
   <si>
     <t>9:47:56</t>
   </si>
   <si>
     <t>Toshio</t>
   </si>
   <si>
     <t>YANAI</t>
   </si>
   <si>
     <t>9:48:11</t>
   </si>
   <si>
     <t>Masaki</t>
   </si>
   <si>
     <t>Nagai</t>
   </si>
   <si>
     <t>永井　雅樹</t>
   </si>
   <si>
     <t>10:03:19</t>
   </si>
   <si>
+    <t xml:space="preserve">Keitaro </t>
+  </si>
+  <si>
+    <t>Kurebayashi</t>
+  </si>
+  <si>
+    <t>9:48:19</t>
+  </si>
+  <si>
     <t>Koike</t>
   </si>
   <si>
     <t>小池　宏明</t>
   </si>
   <si>
     <t>10:03:37</t>
   </si>
   <si>
-    <t xml:space="preserve">Keitaro </t>
-[...5 lines deleted...]
-    <t>9:48:19</t>
+    <t>Tatsuro</t>
+  </si>
+  <si>
+    <t>Aoyama</t>
+  </si>
+  <si>
+    <t>青山　達郎</t>
+  </si>
+  <si>
+    <t>10:04:07</t>
   </si>
   <si>
     <t>Ishino</t>
   </si>
   <si>
     <t>石野　剛</t>
   </si>
   <si>
     <t>9:48:53</t>
   </si>
   <si>
-    <t>Tatsuro</t>
-[...10 lines deleted...]
-  <si>
     <t xml:space="preserve">Tomoyuki </t>
   </si>
   <si>
     <t>ISHIZAKA</t>
   </si>
   <si>
     <t>9:49:52</t>
   </si>
   <si>
     <t>Yamagishi</t>
   </si>
   <si>
     <t>山岸　宏平</t>
   </si>
   <si>
     <t>10:04:32</t>
   </si>
   <si>
+    <t>Takuya</t>
+  </si>
+  <si>
+    <t>Itoga</t>
+  </si>
+  <si>
+    <t>糸賀　卓也</t>
+  </si>
+  <si>
+    <t>9:50:21</t>
+  </si>
+  <si>
     <t xml:space="preserve">Takai </t>
   </si>
   <si>
     <t>髙井　裕之</t>
   </si>
   <si>
     <t>10:05:57</t>
   </si>
   <si>
-    <t>Takuya</t>
-[...8 lines deleted...]
-    <t>9:50:21</t>
+    <t>10:06:09</t>
   </si>
   <si>
     <t xml:space="preserve">Yasutaka </t>
   </si>
   <si>
     <t>NISHIDA</t>
   </si>
   <si>
     <t>9:50:27</t>
   </si>
   <si>
-    <t>10:06:09</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">Kanna </t>
   </si>
   <si>
     <t>9:50:31</t>
   </si>
   <si>
     <t>Fukasawa</t>
   </si>
   <si>
     <t>深澤　学</t>
   </si>
   <si>
     <t>10:06:18</t>
   </si>
   <si>
+    <t xml:space="preserve">Junji </t>
+  </si>
+  <si>
+    <t>Chikama</t>
+  </si>
+  <si>
+    <t>9:51:09</t>
+  </si>
+  <si>
     <t>原　智美</t>
   </si>
   <si>
     <t>10:06:22</t>
   </si>
   <si>
-    <t xml:space="preserve">Junji </t>
-[...5 lines deleted...]
-    <t>9:51:09</t>
+    <t>Yoichi</t>
+  </si>
+  <si>
+    <t>志水　洋一</t>
+  </si>
+  <si>
+    <t>10:06:27</t>
   </si>
   <si>
     <t xml:space="preserve">Takahiro </t>
   </si>
   <si>
     <t>Ishisone</t>
   </si>
   <si>
     <t>9:51:11</t>
   </si>
   <si>
-    <t>Yoichi</t>
-[...7 lines deleted...]
-  <si>
     <t>Sakagami</t>
   </si>
   <si>
     <t>10:07:36</t>
   </si>
   <si>
+    <t>Takikawa</t>
+  </si>
+  <si>
+    <t>9:51:46</t>
+  </si>
+  <si>
     <t>Shunichi</t>
   </si>
   <si>
     <t>Kamatani</t>
   </si>
   <si>
     <t>蒲谷　俊一</t>
   </si>
   <si>
     <t>10:07:45</t>
   </si>
   <si>
-    <t>Takikawa</t>
-[...2 lines deleted...]
-    <t>9:51:46</t>
+    <t>Yutaka</t>
+  </si>
+  <si>
+    <t>Sugaya</t>
+  </si>
+  <si>
+    <t>菅谷　豊</t>
+  </si>
+  <si>
+    <t>10:07:49</t>
   </si>
   <si>
     <t xml:space="preserve">Kiyoaki </t>
   </si>
   <si>
     <t>Takashina</t>
   </si>
   <si>
     <t>9:51:50</t>
   </si>
   <si>
-    <t>Yutaka</t>
-[...10 lines deleted...]
-  <si>
     <t>9:52:11</t>
   </si>
   <si>
     <t>Yuriko</t>
   </si>
   <si>
     <t>井手　裕里子</t>
   </si>
   <si>
     <t>10:08:24</t>
   </si>
   <si>
+    <t xml:space="preserve">Tetsuro </t>
+  </si>
+  <si>
+    <t>KABATA</t>
+  </si>
+  <si>
+    <t>9:52:42</t>
+  </si>
+  <si>
     <t>中村　幸生</t>
   </si>
   <si>
     <t>10:08:41</t>
   </si>
   <si>
-    <t xml:space="preserve">Tetsuro </t>
-[...5 lines deleted...]
-    <t>9:52:42</t>
+    <t>Toshiharu</t>
+  </si>
+  <si>
+    <t>Tsuruma</t>
+  </si>
+  <si>
+    <t>鶴間　俊春</t>
+  </si>
+  <si>
+    <t>10:08:49</t>
   </si>
   <si>
     <t xml:space="preserve">Masato </t>
   </si>
   <si>
     <t>Yokoyama</t>
   </si>
   <si>
     <t>9:52:53</t>
   </si>
   <si>
-    <t>Toshiharu</t>
-[...10 lines deleted...]
-  <si>
     <t>9:53:57</t>
   </si>
   <si>
     <t>10:09:16</t>
   </si>
   <si>
+    <t>KENICHIRO</t>
+  </si>
+  <si>
+    <t>NAKANISHI</t>
+  </si>
+  <si>
+    <t>9:54:16</t>
+  </si>
+  <si>
     <t>Tsuyoshi</t>
   </si>
   <si>
     <t>Yamauchi</t>
   </si>
   <si>
     <t>山内　剛</t>
   </si>
   <si>
     <t>10:09:27</t>
   </si>
   <si>
-    <t>KENICHIRO</t>
-[...5 lines deleted...]
-    <t>9:54:16</t>
+    <t>Isao</t>
+  </si>
+  <si>
+    <t>Nishida</t>
+  </si>
+  <si>
+    <t>西田　功</t>
+  </si>
+  <si>
+    <t>10:10:39</t>
   </si>
   <si>
     <t>Naohito</t>
   </si>
   <si>
     <t>高橋　直人</t>
   </si>
   <si>
     <t>9:54:52</t>
   </si>
   <si>
-    <t>Isao</t>
-[...8 lines deleted...]
-    <t>10:10:39</t>
+    <t>Kumazaki</t>
+  </si>
+  <si>
+    <t>9:55:47</t>
   </si>
   <si>
     <t>Miyamoto</t>
   </si>
   <si>
     <t>宮本　浩</t>
   </si>
   <si>
     <t>10:11:30</t>
   </si>
   <si>
-    <t>Kumazaki</t>
-[...2 lines deleted...]
-    <t>9:55:47</t>
+    <t xml:space="preserve">Yoshiharu </t>
+  </si>
+  <si>
+    <t>9:56:06</t>
   </si>
   <si>
     <t>10:12:06</t>
   </si>
   <si>
-    <t xml:space="preserve">Yoshiharu </t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">Yutarou </t>
   </si>
   <si>
     <t>Hachiya</t>
   </si>
   <si>
     <t>9:56:53</t>
   </si>
   <si>
     <t>Yoshiya</t>
   </si>
   <si>
     <t>Kurashima</t>
   </si>
   <si>
     <t>倉島　芳也</t>
   </si>
   <si>
     <t>10:12:16</t>
   </si>
   <si>
+    <t>Shunsuke</t>
+  </si>
+  <si>
+    <t>Kurata</t>
+  </si>
+  <si>
+    <t>倉田　駿介</t>
+  </si>
+  <si>
+    <t>9:57:41</t>
+  </si>
+  <si>
     <t>Norihiro</t>
   </si>
   <si>
     <t>中島　功博</t>
   </si>
   <si>
     <t>10:13:06</t>
   </si>
   <si>
-    <t>Shunsuke</t>
-[...8 lines deleted...]
-    <t>9:57:41</t>
+    <t xml:space="preserve">Shoji </t>
+  </si>
+  <si>
+    <t>9:57:49</t>
   </si>
   <si>
     <t>10:14:02</t>
   </si>
   <si>
-    <t xml:space="preserve">Shoji </t>
-[...4 lines deleted...]
-  <si>
     <t>Fujishita</t>
   </si>
   <si>
     <t>藤下　和衡</t>
   </si>
   <si>
     <t>9:57:58</t>
   </si>
   <si>
     <t>10:15:28</t>
   </si>
   <si>
+    <t>9:59:15</t>
+  </si>
+  <si>
     <t>Takeuchi</t>
   </si>
   <si>
     <t>竹内　勇季</t>
   </si>
   <si>
     <t>10:16:49</t>
   </si>
   <si>
-    <t>9:59:15</t>
+    <t>Takuhisa</t>
+  </si>
+  <si>
+    <t>Shirogane</t>
+  </si>
+  <si>
+    <t>9:59:29</t>
   </si>
   <si>
     <t>Goshi</t>
   </si>
   <si>
     <t>Osada</t>
   </si>
   <si>
     <t>長田　豪史</t>
   </si>
   <si>
     <t>10:17:16</t>
   </si>
   <si>
-    <t>Takuhisa</t>
-[...7 lines deleted...]
-  <si>
     <t xml:space="preserve">Takeshi </t>
   </si>
   <si>
     <t>SAWANO</t>
   </si>
   <si>
     <t>Onishi</t>
   </si>
   <si>
     <t>大西　将人</t>
   </si>
   <si>
     <t>10:17:19</t>
   </si>
   <si>
+    <t xml:space="preserve">Toshiaki </t>
+  </si>
+  <si>
+    <t>Okuda</t>
+  </si>
+  <si>
+    <t>9:59:43</t>
+  </si>
+  <si>
     <t>Shin</t>
   </si>
   <si>
     <t>Hattori</t>
   </si>
   <si>
     <t>服部　伸</t>
   </si>
   <si>
     <t>10:18:00</t>
   </si>
   <si>
-    <t xml:space="preserve">Toshiaki </t>
-[...5 lines deleted...]
-    <t>9:59:43</t>
+    <t>Megumi</t>
+  </si>
+  <si>
+    <t>Tejima</t>
+  </si>
+  <si>
+    <t>手嶋　恵</t>
+  </si>
+  <si>
+    <t>10:00:22</t>
   </si>
   <si>
     <t>Amane</t>
   </si>
   <si>
     <t>Waseda</t>
   </si>
   <si>
     <t>早稲田　周</t>
   </si>
   <si>
     <t>10:18:39</t>
   </si>
   <si>
-    <t>Megumi</t>
-[...10 lines deleted...]
-  <si>
     <t xml:space="preserve">Shota </t>
   </si>
   <si>
     <t>Tako</t>
   </si>
   <si>
     <t>10:01:10</t>
   </si>
   <si>
     <t>Toshifumi</t>
   </si>
   <si>
     <t>Onuki</t>
   </si>
   <si>
     <t>大貫　敏史</t>
   </si>
   <si>
     <t>10:19:48</t>
   </si>
   <si>
+    <t xml:space="preserve">Michihito </t>
+  </si>
+  <si>
+    <t>Morishita</t>
+  </si>
+  <si>
+    <t>10:02:11</t>
+  </si>
+  <si>
     <t>10:20:03</t>
   </si>
   <si>
-    <t xml:space="preserve">Michihito </t>
-[...7 lines deleted...]
-  <si>
     <t>Akihito</t>
   </si>
   <si>
     <t>Nakamachi</t>
   </si>
   <si>
     <t>中町　昭人</t>
   </si>
   <si>
     <t>10:20:29</t>
   </si>
   <si>
     <t xml:space="preserve">Ryosuke </t>
   </si>
   <si>
     <t>Ichinoe</t>
   </si>
   <si>
     <t>10:03:14</t>
   </si>
   <si>
     <t xml:space="preserve">Nobu </t>
   </si>
   <si>
     <t>Naruse</t>
   </si>
   <si>
     <t>10:03:49</t>
   </si>
   <si>
     <t>Seki</t>
   </si>
   <si>
     <t>関　裕一</t>
   </si>
   <si>
     <t>10:21:08</t>
   </si>
   <si>
+    <t>10:03:53</t>
+  </si>
+  <si>
     <t>Yasuda</t>
   </si>
   <si>
     <t>安田　文雄</t>
   </si>
   <si>
     <t>10:21:59</t>
   </si>
   <si>
-    <t>10:03:53</t>
+    <t>10:22:08</t>
   </si>
   <si>
     <t xml:space="preserve">Satoshi </t>
   </si>
   <si>
     <t>10:04:03</t>
   </si>
   <si>
-    <t>10:22:08</t>
-[...1 lines deleted...]
-  <si>
     <t>Satoru</t>
   </si>
   <si>
     <t>Asano</t>
   </si>
   <si>
     <t>10:04:49</t>
   </si>
   <si>
     <t>Ryoji</t>
   </si>
   <si>
     <t>Kobumura</t>
   </si>
   <si>
     <t>窪村　良二</t>
   </si>
   <si>
     <t>10:22:14</t>
   </si>
   <si>
+    <t>Sumida</t>
+  </si>
+  <si>
+    <t>10:04:51</t>
+  </si>
+  <si>
     <t>Iwashita</t>
   </si>
   <si>
     <t>岩下　嘉孝</t>
   </si>
   <si>
     <t>10:23:09</t>
   </si>
   <si>
-    <t>Sumida</t>
-[...2 lines deleted...]
-    <t>10:04:51</t>
+    <t>10:23:32</t>
   </si>
   <si>
     <t>10:06:00</t>
   </si>
   <si>
-    <t>10:23:32</t>
-[...1 lines deleted...]
-  <si>
     <t>10:06:53</t>
   </si>
   <si>
     <t>Kawana</t>
   </si>
   <si>
     <t>河名　真吾</t>
   </si>
   <si>
     <t>10:23:35</t>
   </si>
   <si>
+    <t xml:space="preserve">Masafumi </t>
+  </si>
+  <si>
+    <t>10:07:35</t>
+  </si>
+  <si>
     <t>Ken</t>
   </si>
   <si>
     <t>Konagaya</t>
   </si>
   <si>
     <t>小長谷　健</t>
   </si>
   <si>
-    <t xml:space="preserve">Masafumi </t>
-[...4 lines deleted...]
-  <si>
     <t>田代　孝一</t>
   </si>
   <si>
     <t>10:23:46</t>
   </si>
   <si>
     <t>Kazumi</t>
   </si>
   <si>
     <t>MATSUO</t>
   </si>
   <si>
     <t>10:07:41</t>
   </si>
   <si>
     <t>Tatsuru</t>
   </si>
   <si>
     <t>中山　立</t>
   </si>
   <si>
     <t>10:24:17</t>
   </si>
   <si>
+    <t>10:07:50</t>
+  </si>
+  <si>
     <t>Kazushige</t>
   </si>
   <si>
     <t>Kaburagi</t>
   </si>
   <si>
     <t>蕪木　和重</t>
   </si>
   <si>
     <t>10:24:38</t>
   </si>
   <si>
-    <t>10:07:50</t>
+    <t>10:24:59</t>
   </si>
   <si>
     <t xml:space="preserve">So </t>
   </si>
   <si>
     <t>Murata</t>
   </si>
   <si>
     <t>10:08:11</t>
   </si>
   <si>
-    <t>10:24:59</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">Toshiya </t>
   </si>
   <si>
     <t>Fujisawa</t>
   </si>
   <si>
     <t>藤澤敏也</t>
   </si>
   <si>
     <t>10:08:18</t>
   </si>
   <si>
     <t>10:25:02</t>
   </si>
   <si>
+    <t xml:space="preserve">Naoki </t>
+  </si>
+  <si>
+    <t>Koyama</t>
+  </si>
+  <si>
+    <t>10:08:28</t>
+  </si>
+  <si>
     <t>Morino</t>
   </si>
   <si>
     <t>守野　哲也</t>
   </si>
   <si>
     <t>10:27:11</t>
   </si>
   <si>
-    <t xml:space="preserve">Naoki </t>
-[...5 lines deleted...]
-    <t>10:08:28</t>
+    <t>Toyohisa</t>
+  </si>
+  <si>
+    <t>Kurokawa</t>
+  </si>
+  <si>
+    <t>黒川　豊久</t>
+  </si>
+  <si>
+    <t>10:27:22</t>
   </si>
   <si>
     <t xml:space="preserve">Yasumasa </t>
   </si>
   <si>
     <t>Nishitani</t>
   </si>
   <si>
     <t>10:09:55</t>
   </si>
   <si>
-    <t>Toyohisa</t>
-[...10 lines deleted...]
-  <si>
     <t>10:09:58</t>
   </si>
   <si>
     <t>Masafumi</t>
   </si>
   <si>
     <t>濱田　将史</t>
   </si>
   <si>
     <t>10:27:37</t>
   </si>
   <si>
+    <t>SUZUKI</t>
+  </si>
+  <si>
+    <t>10:11:25</t>
+  </si>
+  <si>
     <t>10:27:40</t>
   </si>
   <si>
-    <t>SUZUKI</t>
-[...2 lines deleted...]
-    <t>10:11:25</t>
+    <t>池田　謙介</t>
+  </si>
+  <si>
+    <t>10:27:47</t>
   </si>
   <si>
     <t>10:11:52</t>
   </si>
   <si>
-    <t>池田　謙介</t>
-[...2 lines deleted...]
-    <t>10:27:47</t>
+    <t>Yukako</t>
+  </si>
+  <si>
+    <t>Takashima</t>
+  </si>
+  <si>
+    <t>高島　由佳子</t>
+  </si>
+  <si>
+    <t>10:12:42</t>
   </si>
   <si>
     <t>Toriumi</t>
   </si>
   <si>
     <t>鳥海　政樹</t>
   </si>
   <si>
     <t>10:27:58</t>
   </si>
   <si>
-    <t>Yukako</t>
-[...8 lines deleted...]
-    <t>10:12:42</t>
+    <t xml:space="preserve">Yutaka </t>
+  </si>
+  <si>
+    <t>Ookubo</t>
+  </si>
+  <si>
+    <t>10:12:58</t>
   </si>
   <si>
     <t>Otomo</t>
   </si>
   <si>
     <t>大友　淳</t>
   </si>
   <si>
     <t>10:28:15</t>
   </si>
   <si>
-    <t xml:space="preserve">Yutaka </t>
-[...7 lines deleted...]
-  <si>
     <t>SHOJI</t>
   </si>
   <si>
     <t>NAGASHIMA</t>
   </si>
   <si>
     <t>10:13:17</t>
   </si>
   <si>
     <t>Nakaya</t>
   </si>
   <si>
     <t>中屋　智宏</t>
   </si>
   <si>
     <t>10:28:20</t>
   </si>
   <si>
     <t>Fukuoka</t>
   </si>
   <si>
     <t>福岡　孝浩</t>
   </si>
   <si>
     <t>10:28:32</t>
@@ -3971,239 +3971,239 @@
   <si>
     <t>10:28:34</t>
   </si>
   <si>
     <t xml:space="preserve">Andrew </t>
   </si>
   <si>
     <t>Statter</t>
   </si>
   <si>
     <t>10:14:13</t>
   </si>
   <si>
     <t>10:15:00</t>
   </si>
   <si>
     <t>Satoshi</t>
   </si>
   <si>
     <t>中野　聡</t>
   </si>
   <si>
     <t>10:28:57</t>
   </si>
   <si>
+    <t>Shigenobu</t>
+  </si>
+  <si>
+    <t>内藤　滋信</t>
+  </si>
+  <si>
+    <t>10:29:23</t>
+  </si>
+  <si>
     <t xml:space="preserve">Mikae </t>
   </si>
   <si>
     <t>Nishiuchi</t>
   </si>
   <si>
     <t>10:15:10</t>
   </si>
   <si>
-    <t>Shigenobu</t>
-[...7 lines deleted...]
-  <si>
     <t xml:space="preserve">Shuji </t>
   </si>
   <si>
     <t>Shimosaka</t>
   </si>
   <si>
     <t>10:16:26</t>
   </si>
   <si>
     <t>Kawada</t>
   </si>
   <si>
     <t>川田　雅之</t>
   </si>
   <si>
     <t>10:29:34</t>
   </si>
   <si>
     <t>10:16:45</t>
   </si>
   <si>
     <t>Harada</t>
   </si>
   <si>
     <t>原田　行弘</t>
   </si>
   <si>
     <t>10:29:39</t>
   </si>
   <si>
+    <t>Hirotaka</t>
+  </si>
+  <si>
+    <t>Inaoka</t>
+  </si>
+  <si>
+    <t>稲岡　宏隆</t>
+  </si>
+  <si>
+    <t>10:29:44</t>
+  </si>
+  <si>
     <t xml:space="preserve">Ayuka </t>
   </si>
   <si>
     <t>10:16:51</t>
   </si>
   <si>
-    <t>Hirotaka</t>
-[...10 lines deleted...]
-  <si>
     <t xml:space="preserve">Yuhei </t>
   </si>
   <si>
     <t>Umeshita</t>
   </si>
   <si>
     <t>10:18:16</t>
   </si>
   <si>
     <t>Yasushi</t>
   </si>
   <si>
     <t>Ookawa</t>
   </si>
   <si>
     <t>大川　康</t>
   </si>
   <si>
     <t>10:30:06</t>
   </si>
   <si>
     <t>10:18:42</t>
   </si>
   <si>
     <t>Kumi</t>
   </si>
   <si>
     <t>Shinomiya</t>
   </si>
   <si>
     <t>四宮　久美</t>
   </si>
   <si>
     <t>10:30:26</t>
   </si>
   <si>
+    <t>10:30:46</t>
+  </si>
+  <si>
     <t>Kume</t>
   </si>
   <si>
     <t>10:18:50</t>
   </si>
   <si>
-    <t>10:30:46</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">Ohtomo </t>
   </si>
   <si>
     <t>Rui</t>
   </si>
   <si>
     <t>10:18:53</t>
   </si>
   <si>
     <t>Hokuto</t>
   </si>
   <si>
     <t>佐藤　北斗</t>
   </si>
   <si>
     <t>10:31:10</t>
   </si>
   <si>
     <t xml:space="preserve">Daisuke </t>
   </si>
   <si>
     <t>10:18:57</t>
   </si>
   <si>
     <t>Sadatsugu</t>
   </si>
   <si>
     <t>辻　貞次</t>
   </si>
   <si>
     <t>10:31:28</t>
   </si>
   <si>
+    <t>Usuki</t>
+  </si>
+  <si>
+    <t>Mana</t>
+  </si>
+  <si>
+    <t>臼杵　真菜</t>
+  </si>
+  <si>
+    <t>10:31:31</t>
+  </si>
+  <si>
     <t xml:space="preserve">Hiromitsu </t>
   </si>
   <si>
     <t>10:19:00</t>
   </si>
   <si>
-    <t>Usuki</t>
-[...10 lines deleted...]
-  <si>
     <t>Ueki</t>
   </si>
   <si>
     <t>10:19:35</t>
   </si>
   <si>
     <t>Matsuoka</t>
   </si>
   <si>
     <t>松岡　祐仁</t>
   </si>
   <si>
     <t>10:31:45</t>
   </si>
   <si>
+    <t>Anna</t>
+  </si>
+  <si>
+    <t>Boom</t>
+  </si>
+  <si>
+    <t>10:32:08</t>
+  </si>
+  <si>
     <t>10:19:42</t>
   </si>
   <si>
-    <t>Anna</t>
-[...7 lines deleted...]
-  <si>
     <t xml:space="preserve">Seiichiro </t>
   </si>
   <si>
     <t>Hosoda</t>
   </si>
   <si>
     <t>10:19:44</t>
   </si>
   <si>
     <t>Sadamoto</t>
   </si>
   <si>
     <t>10:20:10</t>
   </si>
   <si>
     <t xml:space="preserve">Sho </t>
   </si>
   <si>
     <t>Okura</t>
   </si>
   <si>
     <t>10:20:17</t>
   </si>
   <si>
     <t>10:21:09</t>
@@ -4289,65 +4289,65 @@
   <si>
     <t>10:23:45</t>
   </si>
   <si>
     <t>10:23:58</t>
   </si>
   <si>
     <t xml:space="preserve">Shusaku </t>
   </si>
   <si>
     <t>Ogawa</t>
   </si>
   <si>
     <t>10:24:07</t>
   </si>
   <si>
     <t>YAMAGUCHI</t>
   </si>
   <si>
     <t>10:24:33</t>
   </si>
   <si>
     <t>10:24:56</t>
   </si>
   <si>
+    <t xml:space="preserve">Sadao </t>
+  </si>
+  <si>
+    <t>Mochiduki</t>
+  </si>
+  <si>
+    <t>10:26:22</t>
+  </si>
+  <si>
     <t>Cai</t>
   </si>
   <si>
     <t>10:39:42</t>
   </si>
   <si>
-    <t xml:space="preserve">Sadao </t>
-[...7 lines deleted...]
-  <si>
     <t xml:space="preserve">Wataru </t>
   </si>
   <si>
     <t>Kojima</t>
   </si>
   <si>
     <t>10:26:43</t>
   </si>
   <si>
     <t xml:space="preserve">Yoshitaka </t>
   </si>
   <si>
     <t>Ohta</t>
   </si>
   <si>
     <t>10:27:23</t>
   </si>
   <si>
     <t>Igarashi</t>
   </si>
   <si>
     <t>10:27:46</t>
   </si>
   <si>
     <t xml:space="preserve">Shouiti </t>
@@ -4760,69 +4760,69 @@
   <si>
     <t>10:45:06</t>
   </si>
   <si>
     <t xml:space="preserve">Hirokazu </t>
   </si>
   <si>
     <t>10:45:53</t>
   </si>
   <si>
     <t>10:45:56</t>
   </si>
   <si>
     <t xml:space="preserve">Katsuki </t>
   </si>
   <si>
     <t>Taniguchi</t>
   </si>
   <si>
     <t>10:46:06</t>
   </si>
   <si>
     <t>10:46:15</t>
   </si>
   <si>
+    <t>Wan Ho Isaac</t>
+  </si>
+  <si>
+    <t>Yuen</t>
+  </si>
+  <si>
+    <t>Hong Kong</t>
+  </si>
+  <si>
+    <t>11:02:49</t>
+  </si>
+  <si>
     <t xml:space="preserve">Mariko </t>
   </si>
   <si>
     <t>Miwa</t>
   </si>
   <si>
     <t>10:46:16</t>
-  </si>
-[...10 lines deleted...]
-    <t>11:02:49</t>
   </si>
   <si>
     <t xml:space="preserve">Kaname </t>
   </si>
   <si>
     <t>Sago</t>
   </si>
   <si>
     <t>10:46:23</t>
   </si>
   <si>
     <t>10:46:30</t>
   </si>
   <si>
     <t>Hijii</t>
   </si>
   <si>
     <t>10:46:47</t>
   </si>
   <si>
     <t>Ebara</t>
   </si>
   <si>
     <t>10:46:58</t>
   </si>
@@ -6433,484 +6433,484 @@
       </c>
       <c r="H1" s="1" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
       <c r="J1" s="1" t="s">
         <v>9</v>
       </c>
       <c r="K1" s="1" t="s">
         <v>10</v>
       </c>
       <c r="L1" s="1" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="1" t="s">
         <v>12</v>
       </c>
       <c r="N1" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="2" spans="1:14">
       <c r="A2" s="2">
-        <v>106717</v>
+        <v>106705</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>15</v>
       </c>
       <c r="D2" s="2" t="s">
         <v>16</v>
       </c>
       <c r="E2" s="2">
-        <v>1332</v>
+        <v>1371</v>
       </c>
       <c r="F2" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H2" s="2" t="s">
         <v>19</v>
       </c>
       <c r="I2" s="2">
         <v>1</v>
       </c>
       <c r="J2" s="2">
         <v>1</v>
       </c>
       <c r="K2" s="2">
         <v>150</v>
       </c>
       <c r="L2" s="2">
-        <v>0</v>
+        <v>400</v>
       </c>
       <c r="M2" s="2">
         <v>0</v>
       </c>
       <c r="N2" s="2">
-        <v>150</v>
+        <v>550</v>
       </c>
     </row>
     <row r="3" spans="1:14">
       <c r="A3" s="2">
-        <v>106705</v>
+        <v>106717</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>20</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>21</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>22</v>
       </c>
       <c r="E3" s="2">
-        <v>1371</v>
+        <v>1332</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G3" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H3" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I3" s="2">
         <v>1</v>
       </c>
       <c r="J3" s="2">
         <v>1</v>
       </c>
       <c r="K3" s="2">
         <v>150</v>
       </c>
       <c r="L3" s="2">
-        <v>400</v>
+        <v>0</v>
       </c>
       <c r="M3" s="2">
         <v>0</v>
       </c>
       <c r="N3" s="2">
-        <v>550</v>
+        <v>150</v>
       </c>
     </row>
     <row r="4" spans="1:14">
       <c r="A4" s="2">
-        <v>112588</v>
+        <v>106706</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>24</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>25</v>
       </c>
       <c r="D4" s="2" t="s">
         <v>26</v>
       </c>
       <c r="E4" s="2">
-        <v>1385</v>
+        <v>13</v>
       </c>
       <c r="F4" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H4" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I4" s="2">
         <v>2</v>
       </c>
       <c r="J4" s="2">
         <v>2</v>
       </c>
       <c r="K4" s="2">
         <v>150</v>
       </c>
       <c r="L4" s="2">
-        <v>0</v>
+        <v>350</v>
       </c>
       <c r="M4" s="2">
         <v>0</v>
       </c>
       <c r="N4" s="2">
-        <v>150</v>
+        <v>500</v>
       </c>
     </row>
     <row r="5" spans="1:14">
       <c r="A5" s="2">
-        <v>106706</v>
+        <v>112588</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>28</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>29</v>
       </c>
       <c r="D5" s="2" t="s">
         <v>30</v>
       </c>
       <c r="E5" s="2">
-        <v>13</v>
+        <v>1385</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H5" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I5" s="2">
         <v>2</v>
       </c>
       <c r="J5" s="2">
         <v>2</v>
       </c>
       <c r="K5" s="2">
         <v>150</v>
       </c>
       <c r="L5" s="2">
-        <v>350</v>
+        <v>0</v>
       </c>
       <c r="M5" s="2">
         <v>0</v>
       </c>
       <c r="N5" s="2">
-        <v>500</v>
+        <v>150</v>
       </c>
     </row>
     <row r="6" spans="1:14">
       <c r="A6" s="2">
-        <v>112589</v>
+        <v>106707</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>32</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>33</v>
       </c>
-      <c r="D6" s="2"/>
+      <c r="D6" s="2" t="s">
+        <v>34</v>
+      </c>
       <c r="E6" s="2">
-        <v>1627</v>
+        <v>1344</v>
       </c>
       <c r="F6" s="2" t="s">
-        <v>34</v>
+        <v>17</v>
       </c>
       <c r="G6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H6" s="2" t="s">
         <v>35</v>
       </c>
       <c r="I6" s="2">
         <v>3</v>
       </c>
       <c r="J6" s="2">
         <v>3</v>
       </c>
       <c r="K6" s="2">
         <v>150</v>
       </c>
       <c r="L6" s="2">
-        <v>0</v>
+        <v>325</v>
       </c>
       <c r="M6" s="2">
         <v>0</v>
       </c>
       <c r="N6" s="2">
-        <v>150</v>
+        <v>475</v>
       </c>
     </row>
     <row r="7" spans="1:14">
       <c r="A7" s="2">
-        <v>106707</v>
+        <v>112589</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>36</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>37</v>
       </c>
-      <c r="D7" s="2" t="s">
+      <c r="D7" s="2"/>
+      <c r="E7" s="2">
+        <v>1627</v>
+      </c>
+      <c r="F7" s="2" t="s">
         <v>38</v>
-      </c>
-[...4 lines deleted...]
-        <v>17</v>
       </c>
       <c r="G7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H7" s="2" t="s">
         <v>39</v>
       </c>
       <c r="I7" s="2">
         <v>3</v>
       </c>
       <c r="J7" s="2">
         <v>3</v>
       </c>
       <c r="K7" s="2">
         <v>150</v>
       </c>
       <c r="L7" s="2">
-        <v>325</v>
+        <v>0</v>
       </c>
       <c r="M7" s="2">
         <v>0</v>
       </c>
       <c r="N7" s="2">
-        <v>475</v>
+        <v>150</v>
       </c>
     </row>
     <row r="8" spans="1:14">
       <c r="A8" s="2">
-        <v>106708</v>
+        <v>106714</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>40</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>41</v>
       </c>
       <c r="D8" s="2" t="s">
         <v>42</v>
       </c>
       <c r="E8" s="2">
-        <v>2</v>
+        <v>10</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H8" s="2" t="s">
         <v>43</v>
       </c>
       <c r="I8" s="2">
         <v>4</v>
       </c>
       <c r="J8" s="2">
         <v>4</v>
       </c>
       <c r="K8" s="2">
         <v>150</v>
       </c>
       <c r="L8" s="2">
-        <v>300</v>
+        <v>0</v>
       </c>
       <c r="M8" s="2">
         <v>0</v>
       </c>
       <c r="N8" s="2">
-        <v>450</v>
+        <v>150</v>
       </c>
     </row>
     <row r="9" spans="1:14">
       <c r="A9" s="2">
-        <v>106714</v>
+        <v>106708</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>44</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>45</v>
       </c>
       <c r="D9" s="2" t="s">
         <v>46</v>
       </c>
       <c r="E9" s="2">
-        <v>10</v>
+        <v>2</v>
       </c>
       <c r="F9" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H9" s="2" t="s">
         <v>47</v>
       </c>
       <c r="I9" s="2">
         <v>4</v>
       </c>
       <c r="J9" s="2">
         <v>4</v>
       </c>
       <c r="K9" s="2">
         <v>150</v>
       </c>
       <c r="L9" s="2">
-        <v>0</v>
+        <v>300</v>
       </c>
       <c r="M9" s="2">
         <v>0</v>
       </c>
       <c r="N9" s="2">
-        <v>150</v>
+        <v>450</v>
       </c>
     </row>
     <row r="10" spans="1:14">
       <c r="A10" s="2">
         <v>106709</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>48</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>49</v>
       </c>
       <c r="D10" s="2" t="s">
         <v>50</v>
       </c>
       <c r="E10" s="2">
-        <v>5</v>
+        <v>12</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H10" s="2" t="s">
         <v>51</v>
       </c>
       <c r="I10" s="2">
         <v>5</v>
       </c>
       <c r="J10" s="2">
         <v>5</v>
       </c>
       <c r="K10" s="2">
         <v>150</v>
       </c>
       <c r="L10" s="2">
-        <v>0</v>
+        <v>275</v>
       </c>
       <c r="M10" s="2">
         <v>0</v>
       </c>
       <c r="N10" s="2">
-        <v>150</v>
+        <v>425</v>
       </c>
     </row>
     <row r="11" spans="1:14">
       <c r="A11" s="2">
         <v>106709</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>48</v>
       </c>
       <c r="C11" s="2" t="s">
         <v>49</v>
       </c>
       <c r="D11" s="2" t="s">
         <v>50</v>
       </c>
       <c r="E11" s="2">
-        <v>12</v>
+        <v>5</v>
       </c>
       <c r="F11" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H11" s="2" t="s">
         <v>52</v>
       </c>
       <c r="I11" s="2">
         <v>5</v>
       </c>
       <c r="J11" s="2">
         <v>5</v>
       </c>
       <c r="K11" s="2">
         <v>150</v>
       </c>
       <c r="L11" s="2">
-        <v>275</v>
+        <v>0</v>
       </c>
       <c r="M11" s="2">
         <v>0</v>
       </c>
       <c r="N11" s="2">
-        <v>425</v>
+        <v>150</v>
       </c>
     </row>
     <row r="12" spans="1:14">
       <c r="A12" s="2">
         <v>112590</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>48</v>
       </c>
       <c r="C12" s="2" t="s">
         <v>53</v>
       </c>
       <c r="D12" s="2" t="s">
         <v>54</v>
       </c>
       <c r="E12" s="2">
         <v>1357</v>
       </c>
       <c r="F12" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H12" s="2" t="s">
@@ -6959,220 +6959,220 @@
       </c>
       <c r="H13" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I13" s="2">
         <v>6</v>
       </c>
       <c r="J13" s="2">
         <v>6</v>
       </c>
       <c r="K13" s="2">
         <v>150</v>
       </c>
       <c r="L13" s="2">
         <v>250</v>
       </c>
       <c r="M13" s="2">
         <v>0</v>
       </c>
       <c r="N13" s="2">
         <v>400</v>
       </c>
     </row>
     <row r="14" spans="1:14">
       <c r="A14" s="2">
-        <v>106711</v>
+        <v>112591</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>60</v>
       </c>
       <c r="C14" s="2" t="s">
         <v>61</v>
       </c>
       <c r="D14" s="2" t="s">
         <v>62</v>
       </c>
       <c r="E14" s="2">
-        <v>15</v>
+        <v>1607</v>
       </c>
       <c r="F14" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H14" s="2" t="s">
         <v>63</v>
       </c>
       <c r="I14" s="2">
         <v>7</v>
       </c>
       <c r="J14" s="2">
         <v>7</v>
       </c>
       <c r="K14" s="2">
         <v>150</v>
       </c>
       <c r="L14" s="2">
-        <v>240</v>
+        <v>0</v>
       </c>
       <c r="M14" s="2">
         <v>0</v>
       </c>
       <c r="N14" s="2">
-        <v>390</v>
+        <v>150</v>
       </c>
     </row>
     <row r="15" spans="1:14">
       <c r="A15" s="2">
-        <v>112591</v>
+        <v>106711</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>64</v>
       </c>
       <c r="C15" s="2" t="s">
         <v>65</v>
       </c>
       <c r="D15" s="2" t="s">
         <v>66</v>
       </c>
       <c r="E15" s="2">
-        <v>1607</v>
+        <v>15</v>
       </c>
       <c r="F15" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H15" s="2" t="s">
         <v>67</v>
       </c>
       <c r="I15" s="2">
         <v>7</v>
       </c>
       <c r="J15" s="2">
         <v>7</v>
       </c>
       <c r="K15" s="2">
         <v>150</v>
       </c>
       <c r="L15" s="2">
-        <v>0</v>
+        <v>240</v>
       </c>
       <c r="M15" s="2">
         <v>0</v>
       </c>
       <c r="N15" s="2">
-        <v>150</v>
+        <v>390</v>
       </c>
     </row>
     <row r="16" spans="1:14">
       <c r="A16" s="2">
-        <v>112592</v>
+        <v>104907</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>68</v>
       </c>
       <c r="C16" s="2" t="s">
         <v>69</v>
       </c>
-      <c r="D16" s="2" t="s">
+      <c r="D16" s="2"/>
+      <c r="E16" s="2">
+        <v>5</v>
+      </c>
+      <c r="F16" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G16" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="H16" s="2" t="s">
         <v>70</v>
-      </c>
-[...10 lines deleted...]
-        <v>71</v>
       </c>
       <c r="I16" s="2">
         <v>8</v>
       </c>
       <c r="J16" s="2">
         <v>8</v>
       </c>
       <c r="K16" s="2">
         <v>150</v>
       </c>
       <c r="L16" s="2">
-        <v>0</v>
+        <v>230</v>
       </c>
       <c r="M16" s="2">
         <v>0</v>
       </c>
       <c r="N16" s="2">
-        <v>150</v>
+        <v>380</v>
       </c>
     </row>
     <row r="17" spans="1:14">
       <c r="A17" s="2">
-        <v>104907</v>
+        <v>112592</v>
       </c>
       <c r="B17" s="2" t="s">
+        <v>71</v>
+      </c>
+      <c r="C17" s="2" t="s">
         <v>72</v>
       </c>
-      <c r="C17" s="2" t="s">
+      <c r="D17" s="2" t="s">
         <v>73</v>
       </c>
-      <c r="D17" s="2"/>
       <c r="E17" s="2">
-        <v>5</v>
+        <v>1344</v>
       </c>
       <c r="F17" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H17" s="2" t="s">
         <v>74</v>
       </c>
       <c r="I17" s="2">
         <v>8</v>
       </c>
       <c r="J17" s="2">
         <v>8</v>
       </c>
       <c r="K17" s="2">
         <v>150</v>
       </c>
       <c r="L17" s="2">
-        <v>230</v>
+        <v>0</v>
       </c>
       <c r="M17" s="2">
         <v>0</v>
       </c>
       <c r="N17" s="2">
-        <v>380</v>
+        <v>150</v>
       </c>
     </row>
     <row r="18" spans="1:14">
       <c r="A18" s="2">
         <v>106718</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>75</v>
       </c>
       <c r="C18" s="2" t="s">
         <v>76</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2">
         <v>1620</v>
       </c>
       <c r="F18" s="2" t="s">
         <v>77</v>
       </c>
       <c r="G18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H18" s="2" t="s">
         <v>78</v>
       </c>
@@ -7219,132 +7219,132 @@
       </c>
       <c r="H19" s="2" t="s">
         <v>82</v>
       </c>
       <c r="I19" s="2">
         <v>9</v>
       </c>
       <c r="J19" s="2">
         <v>9</v>
       </c>
       <c r="K19" s="2">
         <v>150</v>
       </c>
       <c r="L19" s="2">
         <v>220</v>
       </c>
       <c r="M19" s="2">
         <v>0</v>
       </c>
       <c r="N19" s="2">
         <v>370</v>
       </c>
     </row>
     <row r="20" spans="1:14">
       <c r="A20" s="2">
-        <v>106714</v>
+        <v>104907</v>
       </c>
       <c r="B20" s="2" t="s">
-        <v>44</v>
+        <v>68</v>
       </c>
       <c r="C20" s="2" t="s">
-        <v>45</v>
-[...3 lines deleted...]
-      </c>
+        <v>69</v>
+      </c>
+      <c r="D20" s="2"/>
       <c r="E20" s="2">
-        <v>1519</v>
+        <v>8</v>
       </c>
       <c r="F20" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H20" s="2" t="s">
         <v>83</v>
       </c>
       <c r="I20" s="2">
         <v>10</v>
       </c>
       <c r="J20" s="2">
         <v>10</v>
       </c>
       <c r="K20" s="2">
         <v>150</v>
       </c>
       <c r="L20" s="2">
-        <v>210</v>
+        <v>0</v>
       </c>
       <c r="M20" s="2">
         <v>0</v>
       </c>
       <c r="N20" s="2">
-        <v>360</v>
+        <v>150</v>
       </c>
     </row>
     <row r="21" spans="1:14">
       <c r="A21" s="2">
-        <v>104907</v>
+        <v>106714</v>
       </c>
       <c r="B21" s="2" t="s">
-        <v>72</v>
+        <v>40</v>
       </c>
       <c r="C21" s="2" t="s">
-        <v>73</v>
-[...1 lines deleted...]
-      <c r="D21" s="2"/>
+        <v>41</v>
+      </c>
+      <c r="D21" s="2" t="s">
+        <v>42</v>
+      </c>
       <c r="E21" s="2">
-        <v>8</v>
+        <v>1519</v>
       </c>
       <c r="F21" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H21" s="2" t="s">
         <v>84</v>
       </c>
       <c r="I21" s="2">
         <v>10</v>
       </c>
       <c r="J21" s="2">
         <v>10</v>
       </c>
       <c r="K21" s="2">
         <v>150</v>
       </c>
       <c r="L21" s="2">
-        <v>0</v>
+        <v>210</v>
       </c>
       <c r="M21" s="2">
         <v>0</v>
       </c>
       <c r="N21" s="2">
-        <v>150</v>
+        <v>360</v>
       </c>
     </row>
     <row r="22" spans="1:14">
       <c r="A22" s="2">
         <v>106715</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>85</v>
       </c>
       <c r="C22" s="2" t="s">
         <v>86</v>
       </c>
       <c r="D22" s="2" t="s">
         <v>87</v>
       </c>
       <c r="E22" s="2">
         <v>1672</v>
       </c>
       <c r="F22" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G22" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H22" s="2" t="s">
@@ -7393,306 +7393,306 @@
       </c>
       <c r="H23" s="2" t="s">
         <v>92</v>
       </c>
       <c r="I23" s="2">
         <v>11</v>
       </c>
       <c r="J23" s="2">
         <v>11</v>
       </c>
       <c r="K23" s="2">
         <v>150</v>
       </c>
       <c r="L23" s="2">
         <v>0</v>
       </c>
       <c r="M23" s="2">
         <v>0</v>
       </c>
       <c r="N23" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="24" spans="1:14">
       <c r="A24" s="2">
-        <v>112594</v>
+        <v>106716</v>
       </c>
       <c r="B24" s="2" t="s">
-        <v>72</v>
+        <v>93</v>
       </c>
       <c r="C24" s="2" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="D24" s="2" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="E24" s="2">
-        <v>1610</v>
+        <v>1673</v>
       </c>
       <c r="F24" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G24" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H24" s="2" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="I24" s="2">
         <v>12</v>
       </c>
       <c r="J24" s="2">
         <v>12</v>
       </c>
       <c r="K24" s="2">
         <v>150</v>
       </c>
       <c r="L24" s="2">
-        <v>0</v>
+        <v>190</v>
       </c>
       <c r="M24" s="2">
         <v>0</v>
       </c>
       <c r="N24" s="2">
-        <v>150</v>
+        <v>340</v>
       </c>
     </row>
     <row r="25" spans="1:14">
       <c r="A25" s="2">
-        <v>106716</v>
+        <v>112594</v>
       </c>
       <c r="B25" s="2" t="s">
-        <v>96</v>
+        <v>68</v>
       </c>
       <c r="C25" s="2" t="s">
         <v>97</v>
       </c>
       <c r="D25" s="2" t="s">
         <v>98</v>
       </c>
       <c r="E25" s="2">
-        <v>1673</v>
+        <v>1610</v>
       </c>
       <c r="F25" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G25" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H25" s="2" t="s">
         <v>99</v>
       </c>
       <c r="I25" s="2">
         <v>12</v>
       </c>
       <c r="J25" s="2">
         <v>12</v>
       </c>
       <c r="K25" s="2">
         <v>150</v>
       </c>
       <c r="L25" s="2">
-        <v>190</v>
+        <v>0</v>
       </c>
       <c r="M25" s="2">
         <v>0</v>
       </c>
       <c r="N25" s="2">
-        <v>340</v>
+        <v>150</v>
       </c>
     </row>
     <row r="26" spans="1:14">
       <c r="A26" s="2">
-        <v>106717</v>
+        <v>106207</v>
       </c>
       <c r="B26" s="2" t="s">
-        <v>14</v>
+        <v>100</v>
       </c>
       <c r="C26" s="2" t="s">
-        <v>15</v>
-[...3 lines deleted...]
-      </c>
+        <v>101</v>
+      </c>
+      <c r="D26" s="2"/>
       <c r="E26" s="2">
-        <v>1457</v>
+        <v>1641</v>
       </c>
       <c r="F26" s="2" t="s">
-        <v>17</v>
+        <v>102</v>
       </c>
       <c r="G26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H26" s="2" t="s">
-        <v>100</v>
+        <v>103</v>
       </c>
       <c r="I26" s="2">
         <v>13</v>
       </c>
       <c r="J26" s="2">
         <v>13</v>
       </c>
       <c r="K26" s="2">
         <v>150</v>
       </c>
       <c r="L26" s="2">
-        <v>180</v>
+        <v>400</v>
       </c>
       <c r="M26" s="2">
         <v>0</v>
       </c>
       <c r="N26" s="2">
-        <v>330</v>
+        <v>550</v>
       </c>
     </row>
     <row r="27" spans="1:14">
       <c r="A27" s="2">
-        <v>106207</v>
+        <v>106717</v>
       </c>
       <c r="B27" s="2" t="s">
-        <v>101</v>
+        <v>20</v>
       </c>
       <c r="C27" s="2" t="s">
-        <v>102</v>
-[...1 lines deleted...]
-      <c r="D27" s="2"/>
+        <v>21</v>
+      </c>
+      <c r="D27" s="2" t="s">
+        <v>22</v>
+      </c>
       <c r="E27" s="2">
-        <v>1641</v>
+        <v>1457</v>
       </c>
       <c r="F27" s="2" t="s">
-        <v>103</v>
+        <v>17</v>
       </c>
       <c r="G27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H27" s="2" t="s">
         <v>104</v>
       </c>
       <c r="I27" s="2">
         <v>13</v>
       </c>
       <c r="J27" s="2">
         <v>13</v>
       </c>
       <c r="K27" s="2">
         <v>150</v>
       </c>
       <c r="L27" s="2">
-        <v>400</v>
+        <v>180</v>
       </c>
       <c r="M27" s="2">
         <v>0</v>
       </c>
       <c r="N27" s="2">
-        <v>550</v>
+        <v>330</v>
       </c>
     </row>
     <row r="28" spans="1:14">
       <c r="A28" s="2">
-        <v>112595</v>
+        <v>106718</v>
       </c>
       <c r="B28" s="2" t="s">
-        <v>28</v>
+        <v>75</v>
       </c>
       <c r="C28" s="2" t="s">
+        <v>76</v>
+      </c>
+      <c r="D28" s="2"/>
+      <c r="E28" s="2">
+        <v>1640</v>
+      </c>
+      <c r="F28" s="2" t="s">
+        <v>77</v>
+      </c>
+      <c r="G28" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="H28" s="2" t="s">
         <v>105</v>
-      </c>
-[...13 lines deleted...]
-        <v>107</v>
       </c>
       <c r="I28" s="2">
         <v>14</v>
       </c>
       <c r="J28" s="2">
         <v>14</v>
       </c>
       <c r="K28" s="2">
         <v>150</v>
       </c>
       <c r="L28" s="2">
-        <v>0</v>
+        <v>170</v>
       </c>
       <c r="M28" s="2">
         <v>0</v>
       </c>
       <c r="N28" s="2">
-        <v>150</v>
+        <v>320</v>
       </c>
     </row>
     <row r="29" spans="1:14">
       <c r="A29" s="2">
-        <v>106718</v>
+        <v>112595</v>
       </c>
       <c r="B29" s="2" t="s">
-        <v>75</v>
+        <v>24</v>
       </c>
       <c r="C29" s="2" t="s">
-        <v>76</v>
-[...1 lines deleted...]
-      <c r="D29" s="2"/>
+        <v>106</v>
+      </c>
+      <c r="D29" s="2" t="s">
+        <v>107</v>
+      </c>
       <c r="E29" s="2">
-        <v>1640</v>
+        <v>1376</v>
       </c>
       <c r="F29" s="2" t="s">
-        <v>77</v>
+        <v>17</v>
       </c>
       <c r="G29" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H29" s="2" t="s">
         <v>108</v>
       </c>
       <c r="I29" s="2">
         <v>14</v>
       </c>
       <c r="J29" s="2">
         <v>14</v>
       </c>
       <c r="K29" s="2">
         <v>150</v>
       </c>
       <c r="L29" s="2">
-        <v>170</v>
+        <v>0</v>
       </c>
       <c r="M29" s="2">
         <v>0</v>
       </c>
       <c r="N29" s="2">
-        <v>320</v>
+        <v>150</v>
       </c>
     </row>
     <row r="30" spans="1:14">
       <c r="A30" s="2">
         <v>106719</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>109</v>
       </c>
       <c r="C30" s="2" t="s">
         <v>110</v>
       </c>
       <c r="D30" s="2" t="s">
         <v>111</v>
       </c>
       <c r="E30" s="2">
         <v>6</v>
       </c>
       <c r="F30" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G30" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H30" s="2" t="s">
@@ -7835,51 +7835,51 @@
       </c>
       <c r="J33" s="2">
         <v>16</v>
       </c>
       <c r="K33" s="2">
         <v>150</v>
       </c>
       <c r="L33" s="2">
         <v>0</v>
       </c>
       <c r="M33" s="2">
         <v>0</v>
       </c>
       <c r="N33" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="34" spans="1:14">
       <c r="A34" s="2">
         <v>106721</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>125</v>
       </c>
       <c r="C34" s="2" t="s">
-        <v>15</v>
+        <v>21</v>
       </c>
       <c r="D34" s="2" t="s">
         <v>126</v>
       </c>
       <c r="E34" s="2">
         <v>1353</v>
       </c>
       <c r="F34" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G34" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H34" s="2" t="s">
         <v>127</v>
       </c>
       <c r="I34" s="2">
         <v>17</v>
       </c>
       <c r="J34" s="2">
         <v>17</v>
       </c>
       <c r="K34" s="2">
         <v>150</v>
       </c>
@@ -7917,304 +7917,304 @@
       </c>
       <c r="H35" s="2" t="s">
         <v>131</v>
       </c>
       <c r="I35" s="2">
         <v>17</v>
       </c>
       <c r="J35" s="2">
         <v>17</v>
       </c>
       <c r="K35" s="2">
         <v>150</v>
       </c>
       <c r="L35" s="2">
         <v>0</v>
       </c>
       <c r="M35" s="2">
         <v>0</v>
       </c>
       <c r="N35" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="36" spans="1:14">
       <c r="A36" s="2">
-        <v>112599</v>
+        <v>106722</v>
       </c>
       <c r="B36" s="2" t="s">
+        <v>48</v>
+      </c>
+      <c r="C36" s="2" t="s">
         <v>132</v>
       </c>
-      <c r="C36" s="2" t="s">
+      <c r="D36" s="2" t="s">
         <v>133</v>
       </c>
-      <c r="D36" s="2"/>
       <c r="E36" s="2">
-        <v>1630</v>
+        <v>917</v>
       </c>
       <c r="F36" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G36" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="H36" s="2" t="s">
         <v>134</v>
       </c>
-      <c r="G36" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="I36" s="2">
         <v>18</v>
       </c>
       <c r="J36" s="2">
         <v>18</v>
       </c>
       <c r="K36" s="2">
         <v>150</v>
       </c>
       <c r="L36" s="2">
-        <v>0</v>
+        <v>130</v>
       </c>
       <c r="M36" s="2">
         <v>0</v>
       </c>
       <c r="N36" s="2">
-        <v>150</v>
+        <v>280</v>
       </c>
     </row>
     <row r="37" spans="1:14">
       <c r="A37" s="2">
-        <v>106722</v>
+        <v>112599</v>
       </c>
       <c r="B37" s="2" t="s">
-        <v>48</v>
+        <v>135</v>
       </c>
       <c r="C37" s="2" t="s">
         <v>136</v>
       </c>
-      <c r="D37" s="2" t="s">
+      <c r="D37" s="2"/>
+      <c r="E37" s="2">
+        <v>1630</v>
+      </c>
+      <c r="F37" s="2" t="s">
         <v>137</v>
-      </c>
-[...4 lines deleted...]
-        <v>17</v>
       </c>
       <c r="G37" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H37" s="2" t="s">
         <v>138</v>
       </c>
       <c r="I37" s="2">
         <v>18</v>
       </c>
       <c r="J37" s="2">
         <v>18</v>
       </c>
       <c r="K37" s="2">
         <v>150</v>
       </c>
       <c r="L37" s="2">
-        <v>130</v>
+        <v>0</v>
       </c>
       <c r="M37" s="2">
         <v>0</v>
       </c>
       <c r="N37" s="2">
-        <v>280</v>
+        <v>150</v>
       </c>
     </row>
     <row r="38" spans="1:14">
       <c r="A38" s="2">
-        <v>106723</v>
+        <v>112600</v>
       </c>
       <c r="B38" s="2" t="s">
-        <v>113</v>
+        <v>139</v>
       </c>
       <c r="C38" s="2" t="s">
-        <v>114</v>
-[...3 lines deleted...]
-      </c>
+        <v>140</v>
+      </c>
+      <c r="D38" s="2"/>
       <c r="E38" s="2">
-        <v>901</v>
+        <v>1633</v>
       </c>
       <c r="F38" s="2" t="s">
-        <v>17</v>
+        <v>38</v>
       </c>
       <c r="G38" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H38" s="2" t="s">
-        <v>138</v>
+        <v>141</v>
       </c>
       <c r="I38" s="2">
         <v>19</v>
       </c>
       <c r="J38" s="2">
         <v>19</v>
       </c>
       <c r="K38" s="2">
         <v>150</v>
       </c>
       <c r="L38" s="2">
-        <v>120</v>
+        <v>0</v>
       </c>
       <c r="M38" s="2">
         <v>0</v>
       </c>
       <c r="N38" s="2">
-        <v>270</v>
+        <v>150</v>
       </c>
     </row>
     <row r="39" spans="1:14">
       <c r="A39" s="2">
-        <v>112600</v>
+        <v>106723</v>
       </c>
       <c r="B39" s="2" t="s">
-        <v>139</v>
+        <v>113</v>
       </c>
       <c r="C39" s="2" t="s">
-        <v>140</v>
-[...1 lines deleted...]
-      <c r="D39" s="2"/>
+        <v>114</v>
+      </c>
+      <c r="D39" s="2" t="s">
+        <v>115</v>
+      </c>
       <c r="E39" s="2">
-        <v>1633</v>
+        <v>901</v>
       </c>
       <c r="F39" s="2" t="s">
-        <v>34</v>
+        <v>17</v>
       </c>
       <c r="G39" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H39" s="2" t="s">
-        <v>141</v>
+        <v>134</v>
       </c>
       <c r="I39" s="2">
         <v>19</v>
       </c>
       <c r="J39" s="2">
         <v>19</v>
       </c>
       <c r="K39" s="2">
         <v>150</v>
       </c>
       <c r="L39" s="2">
-        <v>0</v>
+        <v>120</v>
       </c>
       <c r="M39" s="2">
         <v>0</v>
       </c>
       <c r="N39" s="2">
-        <v>150</v>
+        <v>270</v>
       </c>
     </row>
     <row r="40" spans="1:14">
       <c r="A40" s="2">
-        <v>111637</v>
+        <v>106724</v>
       </c>
       <c r="B40" s="2" t="s">
         <v>142</v>
       </c>
       <c r="C40" s="2" t="s">
         <v>143</v>
       </c>
-      <c r="D40" s="2"/>
+      <c r="D40" s="2" t="s">
+        <v>144</v>
+      </c>
       <c r="E40" s="2">
-        <v>1642</v>
+        <v>1170</v>
       </c>
       <c r="F40" s="2" t="s">
-        <v>144</v>
+        <v>17</v>
       </c>
       <c r="G40" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H40" s="2" t="s">
         <v>145</v>
       </c>
       <c r="I40" s="2">
         <v>20</v>
       </c>
       <c r="J40" s="2">
         <v>20</v>
       </c>
       <c r="K40" s="2">
         <v>150</v>
       </c>
       <c r="L40" s="2">
-        <v>350</v>
+        <v>110</v>
       </c>
       <c r="M40" s="2">
         <v>0</v>
       </c>
       <c r="N40" s="2">
-        <v>500</v>
+        <v>260</v>
       </c>
     </row>
     <row r="41" spans="1:14">
       <c r="A41" s="2">
-        <v>106724</v>
+        <v>111637</v>
       </c>
       <c r="B41" s="2" t="s">
         <v>146</v>
       </c>
       <c r="C41" s="2" t="s">
         <v>147</v>
       </c>
-      <c r="D41" s="2" t="s">
+      <c r="D41" s="2"/>
+      <c r="E41" s="2">
+        <v>1642</v>
+      </c>
+      <c r="F41" s="2" t="s">
         <v>148</v>
-      </c>
-[...4 lines deleted...]
-        <v>17</v>
       </c>
       <c r="G41" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H41" s="2" t="s">
         <v>149</v>
       </c>
       <c r="I41" s="2">
         <v>20</v>
       </c>
       <c r="J41" s="2">
         <v>20</v>
       </c>
       <c r="K41" s="2">
         <v>150</v>
       </c>
       <c r="L41" s="2">
-        <v>110</v>
+        <v>350</v>
       </c>
       <c r="M41" s="2">
         <v>0</v>
       </c>
       <c r="N41" s="2">
-        <v>260</v>
+        <v>500</v>
       </c>
     </row>
     <row r="42" spans="1:14">
       <c r="A42" s="2">
         <v>106725</v>
       </c>
       <c r="B42" s="2" t="s">
         <v>150</v>
       </c>
       <c r="C42" s="2" t="s">
         <v>151</v>
       </c>
       <c r="D42" s="2" t="s">
         <v>152</v>
       </c>
       <c r="E42" s="2">
         <v>1533</v>
       </c>
       <c r="F42" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G42" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H42" s="2" t="s">
@@ -8225,172 +8225,172 @@
       </c>
       <c r="J42" s="2">
         <v>21</v>
       </c>
       <c r="K42" s="2">
         <v>150</v>
       </c>
       <c r="L42" s="2">
         <v>100</v>
       </c>
       <c r="M42" s="2">
         <v>0</v>
       </c>
       <c r="N42" s="2">
         <v>250</v>
       </c>
     </row>
     <row r="43" spans="1:14">
       <c r="A43" s="2">
         <v>106722</v>
       </c>
       <c r="B43" s="2" t="s">
         <v>48</v>
       </c>
       <c r="C43" s="2" t="s">
-        <v>136</v>
+        <v>132</v>
       </c>
       <c r="D43" s="2" t="s">
-        <v>137</v>
+        <v>133</v>
       </c>
       <c r="E43" s="2">
         <v>798</v>
       </c>
       <c r="F43" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G43" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H43" s="2" t="s">
         <v>154</v>
       </c>
       <c r="I43" s="2">
         <v>21</v>
       </c>
       <c r="J43" s="2">
         <v>21</v>
       </c>
       <c r="K43" s="2">
         <v>150</v>
       </c>
       <c r="L43" s="2">
         <v>325</v>
       </c>
       <c r="M43" s="2">
         <v>0</v>
       </c>
       <c r="N43" s="2">
         <v>475</v>
       </c>
     </row>
     <row r="44" spans="1:14">
       <c r="A44" s="2">
-        <v>106726</v>
+        <v>112601</v>
       </c>
       <c r="B44" s="2" t="s">
         <v>155</v>
       </c>
       <c r="C44" s="2" t="s">
         <v>156</v>
       </c>
       <c r="D44" s="2" t="s">
         <v>157</v>
       </c>
       <c r="E44" s="2">
-        <v>1507</v>
+        <v>1321</v>
       </c>
       <c r="F44" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G44" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H44" s="2" t="s">
         <v>158</v>
       </c>
       <c r="I44" s="2">
         <v>22</v>
       </c>
       <c r="J44" s="2">
         <v>22</v>
       </c>
       <c r="K44" s="2">
         <v>150</v>
       </c>
       <c r="L44" s="2">
-        <v>99</v>
+        <v>0</v>
       </c>
       <c r="M44" s="2">
         <v>0</v>
       </c>
       <c r="N44" s="2">
-        <v>249</v>
+        <v>150</v>
       </c>
     </row>
     <row r="45" spans="1:14">
       <c r="A45" s="2">
-        <v>112601</v>
+        <v>106726</v>
       </c>
       <c r="B45" s="2" t="s">
         <v>159</v>
       </c>
       <c r="C45" s="2" t="s">
         <v>160</v>
       </c>
       <c r="D45" s="2" t="s">
         <v>161</v>
       </c>
       <c r="E45" s="2">
-        <v>1321</v>
+        <v>1507</v>
       </c>
       <c r="F45" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G45" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H45" s="2" t="s">
         <v>162</v>
       </c>
       <c r="I45" s="2">
         <v>22</v>
       </c>
       <c r="J45" s="2">
         <v>22</v>
       </c>
       <c r="K45" s="2">
         <v>150</v>
       </c>
       <c r="L45" s="2">
-        <v>0</v>
+        <v>99</v>
       </c>
       <c r="M45" s="2">
         <v>0</v>
       </c>
       <c r="N45" s="2">
-        <v>150</v>
+        <v>249</v>
       </c>
     </row>
     <row r="46" spans="1:14">
       <c r="A46" s="2">
         <v>106727</v>
       </c>
       <c r="B46" s="2" t="s">
         <v>89</v>
       </c>
       <c r="C46" s="2" t="s">
         <v>90</v>
       </c>
       <c r="D46" s="2" t="s">
         <v>91</v>
       </c>
       <c r="E46" s="2">
         <v>1451</v>
       </c>
       <c r="F46" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G46" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H46" s="2" t="s">
@@ -8525,134 +8525,134 @@
       </c>
       <c r="H49" s="2" t="s">
         <v>174</v>
       </c>
       <c r="I49" s="2">
         <v>24</v>
       </c>
       <c r="J49" s="2">
         <v>24</v>
       </c>
       <c r="K49" s="2">
         <v>150</v>
       </c>
       <c r="L49" s="2">
         <v>0</v>
       </c>
       <c r="M49" s="2">
         <v>0</v>
       </c>
       <c r="N49" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="50" spans="1:14">
       <c r="A50" s="2">
-        <v>106729</v>
+        <v>106763</v>
       </c>
       <c r="B50" s="2" t="s">
         <v>175</v>
       </c>
       <c r="C50" s="2" t="s">
         <v>176</v>
       </c>
       <c r="D50" s="2" t="s">
         <v>177</v>
       </c>
       <c r="E50" s="2">
-        <v>1021</v>
+        <v>1308</v>
       </c>
       <c r="F50" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G50" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H50" s="2" t="s">
         <v>178</v>
       </c>
       <c r="I50" s="2">
         <v>25</v>
       </c>
       <c r="J50" s="2">
         <v>25</v>
       </c>
       <c r="K50" s="2">
         <v>150</v>
       </c>
       <c r="L50" s="2">
-        <v>96</v>
+        <v>0</v>
       </c>
       <c r="M50" s="2">
         <v>0</v>
       </c>
       <c r="N50" s="2">
-        <v>246</v>
+        <v>150</v>
       </c>
     </row>
     <row r="51" spans="1:14">
       <c r="A51" s="2">
-        <v>106763</v>
+        <v>106729</v>
       </c>
       <c r="B51" s="2" t="s">
         <v>179</v>
       </c>
       <c r="C51" s="2" t="s">
         <v>180</v>
       </c>
       <c r="D51" s="2" t="s">
         <v>181</v>
       </c>
       <c r="E51" s="2">
-        <v>1308</v>
+        <v>1021</v>
       </c>
       <c r="F51" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G51" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H51" s="2" t="s">
         <v>182</v>
       </c>
       <c r="I51" s="2">
         <v>25</v>
       </c>
       <c r="J51" s="2">
         <v>25</v>
       </c>
       <c r="K51" s="2">
         <v>150</v>
       </c>
       <c r="L51" s="2">
-        <v>0</v>
+        <v>96</v>
       </c>
       <c r="M51" s="2">
         <v>0</v>
       </c>
       <c r="N51" s="2">
-        <v>150</v>
+        <v>246</v>
       </c>
     </row>
     <row r="52" spans="1:14">
       <c r="A52" s="2">
         <v>106730</v>
       </c>
       <c r="B52" s="2" t="s">
         <v>183</v>
       </c>
       <c r="C52" s="2" t="s">
         <v>184</v>
       </c>
       <c r="D52" s="2" t="s">
         <v>185</v>
       </c>
       <c r="E52" s="2">
         <v>7</v>
       </c>
       <c r="F52" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G52" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H52" s="2" t="s">
@@ -8704,51 +8704,51 @@
       </c>
       <c r="I53" s="2">
         <v>26</v>
       </c>
       <c r="J53" s="2">
         <v>26</v>
       </c>
       <c r="K53" s="2">
         <v>150</v>
       </c>
       <c r="L53" s="2">
         <v>0</v>
       </c>
       <c r="M53" s="2">
         <v>0</v>
       </c>
       <c r="N53" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="54" spans="1:14">
       <c r="A54" s="2">
         <v>106731</v>
       </c>
       <c r="B54" s="2" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="C54" s="2" t="s">
         <v>191</v>
       </c>
       <c r="D54" s="2" t="s">
         <v>192</v>
       </c>
       <c r="E54" s="2">
         <v>9</v>
       </c>
       <c r="F54" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G54" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H54" s="2" t="s">
         <v>193</v>
       </c>
       <c r="I54" s="2">
         <v>27</v>
       </c>
       <c r="J54" s="2">
         <v>27</v>
       </c>
@@ -8789,186 +8789,186 @@
       </c>
       <c r="H55" s="2" t="s">
         <v>197</v>
       </c>
       <c r="I55" s="2">
         <v>27</v>
       </c>
       <c r="J55" s="2">
         <v>27</v>
       </c>
       <c r="K55" s="2">
         <v>150</v>
       </c>
       <c r="L55" s="2">
         <v>0</v>
       </c>
       <c r="M55" s="2">
         <v>0</v>
       </c>
       <c r="N55" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="56" spans="1:14">
       <c r="A56" s="2">
-        <v>106732</v>
+        <v>106745</v>
       </c>
       <c r="B56" s="2" t="s">
         <v>198</v>
       </c>
       <c r="C56" s="2" t="s">
         <v>199</v>
       </c>
       <c r="D56" s="2" t="s">
         <v>200</v>
       </c>
       <c r="E56" s="2">
-        <v>2219</v>
+        <v>1239</v>
       </c>
       <c r="F56" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G56" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="H56" s="2" t="s">
         <v>201</v>
-      </c>
-[...1 lines deleted...]
-        <v>202</v>
       </c>
       <c r="I56" s="2">
         <v>28</v>
       </c>
       <c r="J56" s="2">
-        <v>1</v>
+        <v>28</v>
       </c>
       <c r="K56" s="2">
         <v>150</v>
       </c>
       <c r="L56" s="2">
-        <v>400</v>
+        <v>0</v>
       </c>
       <c r="M56" s="2">
         <v>0</v>
       </c>
       <c r="N56" s="2">
-        <v>550</v>
+        <v>150</v>
       </c>
     </row>
     <row r="57" spans="1:14">
       <c r="A57" s="2">
-        <v>106745</v>
+        <v>106732</v>
       </c>
       <c r="B57" s="2" t="s">
+        <v>202</v>
+      </c>
+      <c r="C57" s="2" t="s">
         <v>203</v>
       </c>
-      <c r="C57" s="2" t="s">
+      <c r="D57" s="2" t="s">
         <v>204</v>
       </c>
-      <c r="D57" s="2" t="s">
+      <c r="E57" s="2">
+        <v>2219</v>
+      </c>
+      <c r="F57" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G57" s="2" t="s">
         <v>205</v>
-      </c>
-[...7 lines deleted...]
-        <v>18</v>
       </c>
       <c r="H57" s="2" t="s">
         <v>206</v>
       </c>
       <c r="I57" s="2">
         <v>28</v>
       </c>
       <c r="J57" s="2">
-        <v>28</v>
+        <v>1</v>
       </c>
       <c r="K57" s="2">
         <v>150</v>
       </c>
       <c r="L57" s="2">
-        <v>0</v>
+        <v>400</v>
       </c>
       <c r="M57" s="2">
         <v>0</v>
       </c>
       <c r="N57" s="2">
-        <v>150</v>
+        <v>550</v>
       </c>
     </row>
     <row r="58" spans="1:14">
       <c r="A58" s="2">
         <v>106733</v>
       </c>
       <c r="B58" s="2" t="s">
         <v>207</v>
       </c>
       <c r="C58" s="2" t="s">
-        <v>21</v>
+        <v>15</v>
       </c>
       <c r="D58" s="2" t="s">
         <v>208</v>
       </c>
       <c r="E58" s="2">
         <v>1495</v>
       </c>
       <c r="F58" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G58" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H58" s="2" t="s">
         <v>209</v>
       </c>
       <c r="I58" s="2">
         <v>29</v>
       </c>
       <c r="J58" s="2">
         <v>28</v>
       </c>
       <c r="K58" s="2">
         <v>150</v>
       </c>
       <c r="L58" s="2">
         <v>93</v>
       </c>
       <c r="M58" s="2">
         <v>0</v>
       </c>
       <c r="N58" s="2">
         <v>243</v>
       </c>
     </row>
     <row r="59" spans="1:14">
       <c r="A59" s="2">
         <v>112607</v>
       </c>
       <c r="B59" s="2" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="C59" s="2" t="s">
         <v>210</v>
       </c>
       <c r="D59" s="2" t="s">
         <v>211</v>
       </c>
       <c r="E59" s="2">
         <v>1264</v>
       </c>
       <c r="F59" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G59" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H59" s="2" t="s">
         <v>212</v>
       </c>
       <c r="I59" s="2">
         <v>29</v>
       </c>
       <c r="J59" s="2">
         <v>29</v>
       </c>
@@ -8983,51 +8983,51 @@
       </c>
       <c r="N59" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="60" spans="1:14">
       <c r="A60" s="2">
         <v>106734</v>
       </c>
       <c r="B60" s="2" t="s">
         <v>213</v>
       </c>
       <c r="C60" s="2" t="s">
         <v>214</v>
       </c>
       <c r="D60" s="2" t="s">
         <v>215</v>
       </c>
       <c r="E60" s="2">
         <v>22</v>
       </c>
       <c r="F60" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G60" s="2" t="s">
-        <v>201</v>
+        <v>205</v>
       </c>
       <c r="H60" s="2" t="s">
         <v>216</v>
       </c>
       <c r="I60" s="2">
         <v>30</v>
       </c>
       <c r="J60" s="2">
         <v>2</v>
       </c>
       <c r="K60" s="2">
         <v>150</v>
       </c>
       <c r="L60" s="2">
         <v>350</v>
       </c>
       <c r="M60" s="2">
         <v>0</v>
       </c>
       <c r="N60" s="2">
         <v>500</v>
       </c>
     </row>
     <row r="61" spans="1:14">
       <c r="A61" s="2">
@@ -9051,132 +9051,132 @@
       </c>
       <c r="H61" s="2" t="s">
         <v>219</v>
       </c>
       <c r="I61" s="2">
         <v>30</v>
       </c>
       <c r="J61" s="2">
         <v>30</v>
       </c>
       <c r="K61" s="2">
         <v>150</v>
       </c>
       <c r="L61" s="2">
         <v>0</v>
       </c>
       <c r="M61" s="2">
         <v>0</v>
       </c>
       <c r="N61" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="62" spans="1:14">
       <c r="A62" s="2">
-        <v>106735</v>
+        <v>112608</v>
       </c>
       <c r="B62" s="2" t="s">
         <v>220</v>
       </c>
       <c r="C62" s="2" t="s">
+        <v>68</v>
+      </c>
+      <c r="D62" s="2"/>
+      <c r="E62" s="2">
+        <v>1184</v>
+      </c>
+      <c r="F62" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G62" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="H62" s="2" t="s">
         <v>221</v>
-      </c>
-[...13 lines deleted...]
-        <v>223</v>
       </c>
       <c r="I62" s="2">
         <v>31</v>
       </c>
       <c r="J62" s="2">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="K62" s="2">
         <v>150</v>
       </c>
       <c r="L62" s="2">
-        <v>92</v>
+        <v>0</v>
       </c>
       <c r="M62" s="2">
         <v>0</v>
       </c>
       <c r="N62" s="2">
-        <v>242</v>
+        <v>150</v>
       </c>
     </row>
     <row r="63" spans="1:14">
       <c r="A63" s="2">
-        <v>112608</v>
+        <v>106735</v>
       </c>
       <c r="B63" s="2" t="s">
+        <v>222</v>
+      </c>
+      <c r="C63" s="2" t="s">
+        <v>223</v>
+      </c>
+      <c r="D63" s="2" t="s">
         <v>224</v>
       </c>
-      <c r="C63" s="2" t="s">
-[...2 lines deleted...]
-      <c r="D63" s="2"/>
       <c r="E63" s="2">
-        <v>1184</v>
+        <v>812</v>
       </c>
       <c r="F63" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G63" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H63" s="2" t="s">
         <v>225</v>
       </c>
       <c r="I63" s="2">
         <v>31</v>
       </c>
       <c r="J63" s="2">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="K63" s="2">
         <v>150</v>
       </c>
       <c r="L63" s="2">
-        <v>0</v>
+        <v>92</v>
       </c>
       <c r="M63" s="2">
         <v>0</v>
       </c>
       <c r="N63" s="2">
-        <v>150</v>
+        <v>242</v>
       </c>
     </row>
     <row r="64" spans="1:14">
       <c r="A64" s="2">
         <v>106736</v>
       </c>
       <c r="B64" s="2" t="s">
         <v>226</v>
       </c>
       <c r="C64" s="2" t="s">
         <v>227</v>
       </c>
       <c r="D64" s="2" t="s">
         <v>228</v>
       </c>
       <c r="E64" s="2">
         <v>1310</v>
       </c>
       <c r="F64" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G64" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H64" s="2" t="s">
@@ -9285,158 +9285,158 @@
       </c>
       <c r="N66" s="2">
         <v>240</v>
       </c>
     </row>
     <row r="67" spans="1:14">
       <c r="A67" s="2">
         <v>106824</v>
       </c>
       <c r="B67" s="2" t="s">
         <v>237</v>
       </c>
       <c r="C67" s="2" t="s">
         <v>238</v>
       </c>
       <c r="D67" s="2" t="s">
         <v>239</v>
       </c>
       <c r="E67" s="2">
         <v>33</v>
       </c>
       <c r="F67" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G67" s="2" t="s">
-        <v>201</v>
+        <v>205</v>
       </c>
       <c r="H67" s="2" t="s">
         <v>240</v>
       </c>
       <c r="I67" s="2">
         <v>33</v>
       </c>
       <c r="J67" s="2">
         <v>1</v>
       </c>
       <c r="K67" s="2">
         <v>150</v>
       </c>
       <c r="L67" s="2">
         <v>0</v>
       </c>
       <c r="M67" s="2">
         <v>0</v>
       </c>
       <c r="N67" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="68" spans="1:14">
       <c r="A68" s="2">
-        <v>106738</v>
+        <v>112610</v>
       </c>
       <c r="B68" s="2" t="s">
-        <v>72</v>
+        <v>241</v>
       </c>
       <c r="C68" s="2" t="s">
-        <v>241</v>
-[...1 lines deleted...]
-      <c r="D68" s="2" t="s">
         <v>242</v>
       </c>
+      <c r="D68" s="2"/>
       <c r="E68" s="2">
-        <v>300</v>
+        <v>1027</v>
       </c>
       <c r="F68" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G68" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H68" s="2" t="s">
         <v>243</v>
       </c>
       <c r="I68" s="2">
         <v>34</v>
       </c>
       <c r="J68" s="2">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="K68" s="2">
         <v>150</v>
       </c>
       <c r="L68" s="2">
-        <v>89</v>
+        <v>0</v>
       </c>
       <c r="M68" s="2">
         <v>0</v>
       </c>
       <c r="N68" s="2">
-        <v>239</v>
+        <v>150</v>
       </c>
     </row>
     <row r="69" spans="1:14">
       <c r="A69" s="2">
-        <v>112610</v>
+        <v>106738</v>
       </c>
       <c r="B69" s="2" t="s">
+        <v>68</v>
+      </c>
+      <c r="C69" s="2" t="s">
         <v>244</v>
       </c>
-      <c r="C69" s="2" t="s">
+      <c r="D69" s="2" t="s">
         <v>245</v>
       </c>
-      <c r="D69" s="2"/>
       <c r="E69" s="2">
-        <v>1027</v>
+        <v>300</v>
       </c>
       <c r="F69" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G69" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H69" s="2" t="s">
         <v>246</v>
       </c>
       <c r="I69" s="2">
         <v>34</v>
       </c>
       <c r="J69" s="2">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="K69" s="2">
         <v>150</v>
       </c>
       <c r="L69" s="2">
-        <v>0</v>
+        <v>89</v>
       </c>
       <c r="M69" s="2">
         <v>0</v>
       </c>
       <c r="N69" s="2">
-        <v>150</v>
+        <v>239</v>
       </c>
     </row>
     <row r="70" spans="1:14">
       <c r="A70" s="2">
         <v>106739</v>
       </c>
       <c r="B70" s="2" t="s">
         <v>247</v>
       </c>
       <c r="C70" s="2" t="s">
         <v>248</v>
       </c>
       <c r="D70" s="2" t="s">
         <v>249</v>
       </c>
       <c r="E70" s="2">
         <v>1452</v>
       </c>
       <c r="F70" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G70" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H70" s="2" t="s">
@@ -9530,175 +9530,175 @@
       </c>
       <c r="I72" s="2">
         <v>36</v>
       </c>
       <c r="J72" s="2">
         <v>34</v>
       </c>
       <c r="K72" s="2">
         <v>150</v>
       </c>
       <c r="L72" s="2">
         <v>87</v>
       </c>
       <c r="M72" s="2">
         <v>0</v>
       </c>
       <c r="N72" s="2">
         <v>237</v>
       </c>
     </row>
     <row r="73" spans="1:14">
       <c r="A73" s="2">
         <v>106909</v>
       </c>
       <c r="B73" s="2" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="C73" s="2" t="s">
         <v>255</v>
       </c>
       <c r="D73" s="2" t="s">
         <v>256</v>
       </c>
       <c r="E73" s="2">
         <v>894</v>
       </c>
       <c r="F73" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G73" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H73" s="2" t="s">
         <v>257</v>
       </c>
       <c r="I73" s="2">
         <v>36</v>
       </c>
       <c r="J73" s="2">
         <v>35</v>
       </c>
       <c r="K73" s="2">
         <v>150</v>
       </c>
       <c r="L73" s="2">
         <v>0</v>
       </c>
       <c r="M73" s="2">
         <v>0</v>
       </c>
       <c r="N73" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="74" spans="1:14">
       <c r="A74" s="2">
-        <v>101226</v>
+        <v>106762</v>
       </c>
       <c r="B74" s="2" t="s">
         <v>258</v>
       </c>
       <c r="C74" s="2" t="s">
         <v>259</v>
       </c>
       <c r="D74" s="2" t="s">
         <v>260</v>
       </c>
       <c r="E74" s="2">
-        <v>1436</v>
+        <v>813</v>
       </c>
       <c r="F74" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G74" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H74" s="2" t="s">
         <v>261</v>
       </c>
       <c r="I74" s="2">
         <v>37</v>
       </c>
       <c r="J74" s="2">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="K74" s="2">
         <v>150</v>
       </c>
       <c r="L74" s="2">
-        <v>86</v>
+        <v>0</v>
       </c>
       <c r="M74" s="2">
         <v>0</v>
       </c>
       <c r="N74" s="2">
-        <v>236</v>
+        <v>150</v>
       </c>
     </row>
     <row r="75" spans="1:14">
       <c r="A75" s="2">
-        <v>106762</v>
+        <v>101226</v>
       </c>
       <c r="B75" s="2" t="s">
         <v>262</v>
       </c>
       <c r="C75" s="2" t="s">
         <v>263</v>
       </c>
       <c r="D75" s="2" t="s">
         <v>264</v>
       </c>
       <c r="E75" s="2">
-        <v>813</v>
+        <v>1436</v>
       </c>
       <c r="F75" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G75" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H75" s="2" t="s">
         <v>265</v>
       </c>
       <c r="I75" s="2">
         <v>37</v>
       </c>
       <c r="J75" s="2">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="K75" s="2">
         <v>150</v>
       </c>
       <c r="L75" s="2">
-        <v>0</v>
+        <v>86</v>
       </c>
       <c r="M75" s="2">
         <v>0</v>
       </c>
       <c r="N75" s="2">
-        <v>150</v>
+        <v>236</v>
       </c>
     </row>
     <row r="76" spans="1:14">
       <c r="A76" s="2">
         <v>106741</v>
       </c>
       <c r="B76" s="2" t="s">
         <v>266</v>
       </c>
       <c r="C76" s="2" t="s">
         <v>267</v>
       </c>
       <c r="D76" s="2" t="s">
         <v>268</v>
       </c>
       <c r="E76" s="2">
         <v>1149</v>
       </c>
       <c r="F76" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G76" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H76" s="2" t="s">
@@ -9745,306 +9745,306 @@
       </c>
       <c r="H77" s="2" t="s">
         <v>272</v>
       </c>
       <c r="I77" s="2">
         <v>38</v>
       </c>
       <c r="J77" s="2">
         <v>37</v>
       </c>
       <c r="K77" s="2">
         <v>150</v>
       </c>
       <c r="L77" s="2">
         <v>0</v>
       </c>
       <c r="M77" s="2">
         <v>0</v>
       </c>
       <c r="N77" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="78" spans="1:14">
       <c r="A78" s="2">
-        <v>106814</v>
+        <v>106742</v>
       </c>
       <c r="B78" s="2" t="s">
         <v>273</v>
       </c>
       <c r="C78" s="2" t="s">
         <v>274</v>
       </c>
       <c r="D78" s="2" t="s">
         <v>275</v>
       </c>
       <c r="E78" s="2">
-        <v>194</v>
+        <v>105</v>
       </c>
       <c r="F78" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G78" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H78" s="2" t="s">
         <v>276</v>
       </c>
       <c r="I78" s="2">
         <v>39</v>
       </c>
       <c r="J78" s="2">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="K78" s="2">
         <v>150</v>
       </c>
       <c r="L78" s="2">
-        <v>0</v>
+        <v>84</v>
       </c>
       <c r="M78" s="2">
         <v>0</v>
       </c>
       <c r="N78" s="2">
-        <v>150</v>
+        <v>234</v>
       </c>
     </row>
     <row r="79" spans="1:14">
       <c r="A79" s="2">
-        <v>106742</v>
+        <v>106814</v>
       </c>
       <c r="B79" s="2" t="s">
         <v>277</v>
       </c>
       <c r="C79" s="2" t="s">
         <v>278</v>
       </c>
       <c r="D79" s="2" t="s">
         <v>279</v>
       </c>
       <c r="E79" s="2">
-        <v>105</v>
+        <v>194</v>
       </c>
       <c r="F79" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G79" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H79" s="2" t="s">
         <v>280</v>
       </c>
       <c r="I79" s="2">
         <v>39</v>
       </c>
       <c r="J79" s="2">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="K79" s="2">
         <v>150</v>
       </c>
       <c r="L79" s="2">
-        <v>84</v>
+        <v>0</v>
       </c>
       <c r="M79" s="2">
         <v>0</v>
       </c>
       <c r="N79" s="2">
-        <v>234</v>
+        <v>150</v>
       </c>
     </row>
     <row r="80" spans="1:14">
       <c r="A80" s="2">
-        <v>106743</v>
+        <v>106734</v>
       </c>
       <c r="B80" s="2" t="s">
+        <v>213</v>
+      </c>
+      <c r="C80" s="2" t="s">
+        <v>214</v>
+      </c>
+      <c r="D80" s="2" t="s">
+        <v>215</v>
+      </c>
+      <c r="E80" s="2">
+        <v>22</v>
+      </c>
+      <c r="F80" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G80" s="2" t="s">
+        <v>205</v>
+      </c>
+      <c r="H80" s="2" t="s">
         <v>281</v>
-      </c>
-[...14 lines deleted...]
-        <v>284</v>
       </c>
       <c r="I80" s="2">
         <v>40</v>
       </c>
       <c r="J80" s="2">
-        <v>38</v>
+        <v>2</v>
       </c>
       <c r="K80" s="2">
         <v>150</v>
       </c>
       <c r="L80" s="2">
-        <v>83</v>
+        <v>0</v>
       </c>
       <c r="M80" s="2">
         <v>0</v>
       </c>
       <c r="N80" s="2">
-        <v>233</v>
+        <v>150</v>
       </c>
     </row>
     <row r="81" spans="1:14">
       <c r="A81" s="2">
-        <v>106734</v>
+        <v>106743</v>
       </c>
       <c r="B81" s="2" t="s">
-        <v>213</v>
+        <v>282</v>
       </c>
       <c r="C81" s="2" t="s">
-        <v>214</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="D81" s="2"/>
       <c r="E81" s="2">
-        <v>22</v>
+        <v>1398</v>
       </c>
       <c r="F81" s="2" t="s">
-        <v>17</v>
+        <v>284</v>
       </c>
       <c r="G81" s="2" t="s">
-        <v>201</v>
+        <v>18</v>
       </c>
       <c r="H81" s="2" t="s">
         <v>285</v>
       </c>
       <c r="I81" s="2">
         <v>40</v>
       </c>
       <c r="J81" s="2">
-        <v>2</v>
+        <v>38</v>
       </c>
       <c r="K81" s="2">
         <v>150</v>
       </c>
       <c r="L81" s="2">
-        <v>0</v>
+        <v>83</v>
       </c>
       <c r="M81" s="2">
         <v>0</v>
       </c>
       <c r="N81" s="2">
-        <v>150</v>
+        <v>233</v>
       </c>
     </row>
     <row r="82" spans="1:14">
       <c r="A82" s="2">
-        <v>106744</v>
+        <v>106729</v>
       </c>
       <c r="B82" s="2" t="s">
+        <v>179</v>
+      </c>
+      <c r="C82" s="2" t="s">
+        <v>180</v>
+      </c>
+      <c r="D82" s="2" t="s">
+        <v>181</v>
+      </c>
+      <c r="E82" s="2">
+        <v>1234</v>
+      </c>
+      <c r="F82" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G82" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="H82" s="2" t="s">
         <v>286</v>
-      </c>
-[...14 lines deleted...]
-        <v>289</v>
       </c>
       <c r="I82" s="2">
         <v>41</v>
       </c>
       <c r="J82" s="2">
-        <v>3</v>
+        <v>39</v>
       </c>
       <c r="K82" s="2">
         <v>150</v>
       </c>
       <c r="L82" s="2">
-        <v>325</v>
+        <v>0</v>
       </c>
       <c r="M82" s="2">
         <v>0</v>
       </c>
       <c r="N82" s="2">
-        <v>475</v>
+        <v>150</v>
       </c>
     </row>
     <row r="83" spans="1:14">
       <c r="A83" s="2">
-        <v>106729</v>
+        <v>106744</v>
       </c>
       <c r="B83" s="2" t="s">
-        <v>175</v>
+        <v>287</v>
       </c>
       <c r="C83" s="2" t="s">
-        <v>176</v>
-[...3 lines deleted...]
-      </c>
+        <v>288</v>
+      </c>
+      <c r="D83" s="2"/>
       <c r="E83" s="2">
-        <v>1234</v>
+        <v>2252</v>
       </c>
       <c r="F83" s="2" t="s">
-        <v>17</v>
+        <v>289</v>
       </c>
       <c r="G83" s="2" t="s">
-        <v>18</v>
+        <v>205</v>
       </c>
       <c r="H83" s="2" t="s">
         <v>290</v>
       </c>
       <c r="I83" s="2">
         <v>41</v>
       </c>
       <c r="J83" s="2">
-        <v>39</v>
+        <v>3</v>
       </c>
       <c r="K83" s="2">
         <v>150</v>
       </c>
       <c r="L83" s="2">
-        <v>0</v>
+        <v>325</v>
       </c>
       <c r="M83" s="2">
         <v>0</v>
       </c>
       <c r="N83" s="2">
-        <v>150</v>
+        <v>475</v>
       </c>
     </row>
     <row r="84" spans="1:14">
       <c r="A84" s="2">
         <v>106753</v>
       </c>
       <c r="B84" s="2" t="s">
         <v>291</v>
       </c>
       <c r="C84" s="2" t="s">
         <v>292</v>
       </c>
       <c r="D84" s="2" t="s">
         <v>293</v>
       </c>
       <c r="E84" s="2">
         <v>1179</v>
       </c>
       <c r="F84" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G84" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H84" s="2" t="s">
@@ -10052,57 +10052,57 @@
       </c>
       <c r="I84" s="2">
         <v>42</v>
       </c>
       <c r="J84" s="2">
         <v>40</v>
       </c>
       <c r="K84" s="2">
         <v>150</v>
       </c>
       <c r="L84" s="2">
         <v>0</v>
       </c>
       <c r="M84" s="2">
         <v>0</v>
       </c>
       <c r="N84" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="85" spans="1:14">
       <c r="A85" s="2">
         <v>106745</v>
       </c>
       <c r="B85" s="2" t="s">
-        <v>203</v>
+        <v>198</v>
       </c>
       <c r="C85" s="2" t="s">
-        <v>204</v>
+        <v>199</v>
       </c>
       <c r="D85" s="2" t="s">
-        <v>205</v>
+        <v>200</v>
       </c>
       <c r="E85" s="2">
         <v>303</v>
       </c>
       <c r="F85" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G85" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H85" s="2" t="s">
         <v>295</v>
       </c>
       <c r="I85" s="2">
         <v>42</v>
       </c>
       <c r="J85" s="2">
         <v>39</v>
       </c>
       <c r="K85" s="2">
         <v>150</v>
       </c>
       <c r="L85" s="2">
         <v>82</v>
       </c>
@@ -10317,51 +10317,51 @@
       </c>
       <c r="J90" s="2">
         <v>43</v>
       </c>
       <c r="K90" s="2">
         <v>150</v>
       </c>
       <c r="L90" s="2">
         <v>0</v>
       </c>
       <c r="M90" s="2">
         <v>0</v>
       </c>
       <c r="N90" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="91" spans="1:14">
       <c r="A91" s="2">
         <v>106748</v>
       </c>
       <c r="B91" s="2" t="s">
         <v>314</v>
       </c>
       <c r="C91" s="2" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="D91" s="2" t="s">
         <v>315</v>
       </c>
       <c r="E91" s="2">
         <v>1071</v>
       </c>
       <c r="F91" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G91" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H91" s="2" t="s">
         <v>316</v>
       </c>
       <c r="I91" s="2">
         <v>45</v>
       </c>
       <c r="J91" s="2">
         <v>42</v>
       </c>
       <c r="K91" s="2">
         <v>150</v>
       </c>
@@ -10415,51 +10415,51 @@
       </c>
       <c r="N92" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="93" spans="1:14">
       <c r="A93" s="2">
         <v>106749</v>
       </c>
       <c r="B93" s="2" t="s">
         <v>320</v>
       </c>
       <c r="C93" s="2" t="s">
         <v>321</v>
       </c>
       <c r="D93" s="2" t="s">
         <v>322</v>
       </c>
       <c r="E93" s="2">
         <v>2012</v>
       </c>
       <c r="F93" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G93" s="2" t="s">
-        <v>201</v>
+        <v>205</v>
       </c>
       <c r="H93" s="2" t="s">
         <v>323</v>
       </c>
       <c r="I93" s="2">
         <v>46</v>
       </c>
       <c r="J93" s="2">
         <v>4</v>
       </c>
       <c r="K93" s="2">
         <v>150</v>
       </c>
       <c r="L93" s="2">
         <v>300</v>
       </c>
       <c r="M93" s="2">
         <v>0</v>
       </c>
       <c r="N93" s="2">
         <v>450</v>
       </c>
     </row>
     <row r="94" spans="1:14">
       <c r="A94" s="2">
@@ -10543,51 +10543,51 @@
       <c r="M95" s="2">
         <v>0</v>
       </c>
       <c r="N95" s="2">
         <v>228</v>
       </c>
     </row>
     <row r="96" spans="1:14">
       <c r="A96" s="2">
         <v>110541</v>
       </c>
       <c r="B96" s="2" t="s">
         <v>330</v>
       </c>
       <c r="C96" s="2" t="s">
         <v>331</v>
       </c>
       <c r="D96" s="2"/>
       <c r="E96" s="2">
         <v>35</v>
       </c>
       <c r="F96" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G96" s="2" t="s">
-        <v>201</v>
+        <v>205</v>
       </c>
       <c r="H96" s="2" t="s">
         <v>332</v>
       </c>
       <c r="I96" s="2">
         <v>48</v>
       </c>
       <c r="J96" s="2">
         <v>3</v>
       </c>
       <c r="K96" s="2">
         <v>150</v>
       </c>
       <c r="L96" s="2">
         <v>0</v>
       </c>
       <c r="M96" s="2">
         <v>0</v>
       </c>
       <c r="N96" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="97" spans="1:14">
       <c r="A97" s="2">
@@ -10619,51 +10619,51 @@
       </c>
       <c r="J97" s="2">
         <v>44</v>
       </c>
       <c r="K97" s="2">
         <v>150</v>
       </c>
       <c r="L97" s="2">
         <v>77</v>
       </c>
       <c r="M97" s="2">
         <v>0</v>
       </c>
       <c r="N97" s="2">
         <v>227</v>
       </c>
     </row>
     <row r="98" spans="1:14">
       <c r="A98" s="2">
         <v>112624</v>
       </c>
       <c r="B98" s="2" t="s">
         <v>337</v>
       </c>
       <c r="C98" s="2" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="D98" s="2"/>
       <c r="E98" s="2">
         <v>1252</v>
       </c>
       <c r="F98" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G98" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H98" s="2" t="s">
         <v>338</v>
       </c>
       <c r="I98" s="2">
         <v>49</v>
       </c>
       <c r="J98" s="2">
         <v>46</v>
       </c>
       <c r="K98" s="2">
         <v>150</v>
       </c>
       <c r="L98" s="2">
         <v>0</v>
@@ -10699,218 +10699,218 @@
       </c>
       <c r="H99" s="2" t="s">
         <v>342</v>
       </c>
       <c r="I99" s="2">
         <v>49</v>
       </c>
       <c r="J99" s="2">
         <v>45</v>
       </c>
       <c r="K99" s="2">
         <v>150</v>
       </c>
       <c r="L99" s="2">
         <v>76</v>
       </c>
       <c r="M99" s="2">
         <v>0</v>
       </c>
       <c r="N99" s="2">
         <v>226</v>
       </c>
     </row>
     <row r="100" spans="1:14">
       <c r="A100" s="2">
-        <v>106753</v>
+        <v>107989</v>
       </c>
       <c r="B100" s="2" t="s">
-        <v>291</v>
+        <v>343</v>
       </c>
       <c r="C100" s="2" t="s">
-        <v>292</v>
-[...3 lines deleted...]
-      </c>
+        <v>242</v>
+      </c>
+      <c r="D100" s="2"/>
       <c r="E100" s="2">
-        <v>1288</v>
+        <v>1643</v>
       </c>
       <c r="F100" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G100" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H100" s="2" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="I100" s="2">
         <v>50</v>
       </c>
       <c r="J100" s="2">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="K100" s="2">
         <v>150</v>
       </c>
       <c r="L100" s="2">
-        <v>75</v>
+        <v>300</v>
       </c>
       <c r="M100" s="2">
         <v>0</v>
       </c>
       <c r="N100" s="2">
-        <v>225</v>
+        <v>450</v>
       </c>
     </row>
     <row r="101" spans="1:14">
       <c r="A101" s="2">
-        <v>107989</v>
+        <v>106753</v>
       </c>
       <c r="B101" s="2" t="s">
-        <v>344</v>
+        <v>291</v>
       </c>
       <c r="C101" s="2" t="s">
-        <v>245</v>
-[...1 lines deleted...]
-      <c r="D101" s="2"/>
+        <v>292</v>
+      </c>
+      <c r="D101" s="2" t="s">
+        <v>293</v>
+      </c>
       <c r="E101" s="2">
-        <v>1643</v>
+        <v>1288</v>
       </c>
       <c r="F101" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G101" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H101" s="2" t="s">
         <v>345</v>
       </c>
       <c r="I101" s="2">
         <v>50</v>
       </c>
       <c r="J101" s="2">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="K101" s="2">
         <v>150</v>
       </c>
       <c r="L101" s="2">
-        <v>300</v>
+        <v>75</v>
       </c>
       <c r="M101" s="2">
         <v>0</v>
       </c>
       <c r="N101" s="2">
-        <v>450</v>
+        <v>225</v>
       </c>
     </row>
     <row r="102" spans="1:14">
       <c r="A102" s="2">
-        <v>112625</v>
+        <v>106754</v>
       </c>
       <c r="B102" s="2" t="s">
         <v>346</v>
       </c>
       <c r="C102" s="2" t="s">
         <v>347</v>
       </c>
-      <c r="D102" s="2"/>
+      <c r="D102" s="2" t="s">
+        <v>348</v>
+      </c>
       <c r="E102" s="2">
-        <v>1304</v>
+        <v>297</v>
       </c>
       <c r="F102" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G102" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H102" s="2" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="I102" s="2">
         <v>51</v>
       </c>
       <c r="J102" s="2">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="K102" s="2">
         <v>150</v>
       </c>
       <c r="L102" s="2">
-        <v>0</v>
+        <v>74</v>
       </c>
       <c r="M102" s="2">
         <v>0</v>
       </c>
       <c r="N102" s="2">
-        <v>150</v>
+        <v>224</v>
       </c>
     </row>
     <row r="103" spans="1:14">
       <c r="A103" s="2">
-        <v>106754</v>
+        <v>112625</v>
       </c>
       <c r="B103" s="2" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="C103" s="2" t="s">
-        <v>350</v>
-[...1 lines deleted...]
-      <c r="D103" s="2" t="s">
         <v>351</v>
       </c>
+      <c r="D103" s="2"/>
       <c r="E103" s="2">
-        <v>297</v>
+        <v>1304</v>
       </c>
       <c r="F103" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G103" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H103" s="2" t="s">
         <v>352</v>
       </c>
       <c r="I103" s="2">
         <v>51</v>
       </c>
       <c r="J103" s="2">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="K103" s="2">
         <v>150</v>
       </c>
       <c r="L103" s="2">
-        <v>74</v>
+        <v>0</v>
       </c>
       <c r="M103" s="2">
         <v>0</v>
       </c>
       <c r="N103" s="2">
-        <v>224</v>
+        <v>150</v>
       </c>
     </row>
     <row r="104" spans="1:14">
       <c r="A104" s="2">
         <v>106739</v>
       </c>
       <c r="B104" s="2" t="s">
         <v>247</v>
       </c>
       <c r="C104" s="2" t="s">
         <v>248</v>
       </c>
       <c r="D104" s="2" t="s">
         <v>249</v>
       </c>
       <c r="E104" s="2">
         <v>648</v>
       </c>
       <c r="F104" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G104" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H104" s="2" t="s">
@@ -10959,134 +10959,134 @@
       </c>
       <c r="H105" s="2" t="s">
         <v>357</v>
       </c>
       <c r="I105" s="2">
         <v>52</v>
       </c>
       <c r="J105" s="2">
         <v>48</v>
       </c>
       <c r="K105" s="2">
         <v>150</v>
       </c>
       <c r="L105" s="2">
         <v>73</v>
       </c>
       <c r="M105" s="2">
         <v>0</v>
       </c>
       <c r="N105" s="2">
         <v>223</v>
       </c>
     </row>
     <row r="106" spans="1:14">
       <c r="A106" s="2">
-        <v>106756</v>
+        <v>106773</v>
       </c>
       <c r="B106" s="2" t="s">
         <v>358</v>
       </c>
       <c r="C106" s="2" t="s">
         <v>359</v>
       </c>
       <c r="D106" s="2" t="s">
         <v>360</v>
       </c>
       <c r="E106" s="2">
-        <v>865</v>
+        <v>475</v>
       </c>
       <c r="F106" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G106" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H106" s="2" t="s">
-        <v>361</v>
+        <v>353</v>
       </c>
       <c r="I106" s="2">
         <v>53</v>
       </c>
       <c r="J106" s="2">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="K106" s="2">
         <v>150</v>
       </c>
       <c r="L106" s="2">
-        <v>72</v>
+        <v>0</v>
       </c>
       <c r="M106" s="2">
         <v>0</v>
       </c>
       <c r="N106" s="2">
-        <v>222</v>
+        <v>150</v>
       </c>
     </row>
     <row r="107" spans="1:14">
       <c r="A107" s="2">
-        <v>106773</v>
+        <v>106756</v>
       </c>
       <c r="B107" s="2" t="s">
+        <v>361</v>
+      </c>
+      <c r="C107" s="2" t="s">
         <v>362</v>
       </c>
-      <c r="C107" s="2" t="s">
+      <c r="D107" s="2" t="s">
         <v>363</v>
       </c>
-      <c r="D107" s="2" t="s">
+      <c r="E107" s="2">
+        <v>865</v>
+      </c>
+      <c r="F107" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G107" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="H107" s="2" t="s">
         <v>364</v>
-      </c>
-[...10 lines deleted...]
-        <v>353</v>
       </c>
       <c r="I107" s="2">
         <v>53</v>
       </c>
       <c r="J107" s="2">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="K107" s="2">
         <v>150</v>
       </c>
       <c r="L107" s="2">
-        <v>0</v>
+        <v>72</v>
       </c>
       <c r="M107" s="2">
         <v>0</v>
       </c>
       <c r="N107" s="2">
-        <v>150</v>
+        <v>222</v>
       </c>
     </row>
     <row r="108" spans="1:14">
       <c r="A108" s="2">
         <v>106757</v>
       </c>
       <c r="B108" s="2" t="s">
         <v>365</v>
       </c>
       <c r="C108" s="2" t="s">
         <v>366</v>
       </c>
       <c r="D108" s="2" t="s">
         <v>367</v>
       </c>
       <c r="E108" s="2">
         <v>1004</v>
       </c>
       <c r="F108" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G108" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H108" s="2" t="s">
@@ -11104,51 +11104,51 @@
       <c r="L108" s="2">
         <v>71</v>
       </c>
       <c r="M108" s="2">
         <v>0</v>
       </c>
       <c r="N108" s="2">
         <v>221</v>
       </c>
     </row>
     <row r="109" spans="1:14">
       <c r="A109" s="2">
         <v>102409</v>
       </c>
       <c r="B109" s="2" t="s">
         <v>369</v>
       </c>
       <c r="C109" s="2" t="s">
         <v>370</v>
       </c>
       <c r="D109" s="2"/>
       <c r="E109" s="2">
         <v>1628</v>
       </c>
       <c r="F109" s="2" t="s">
-        <v>144</v>
+        <v>148</v>
       </c>
       <c r="G109" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H109" s="2" t="s">
         <v>371</v>
       </c>
       <c r="I109" s="2">
         <v>54</v>
       </c>
       <c r="J109" s="2">
         <v>51</v>
       </c>
       <c r="K109" s="2">
         <v>150</v>
       </c>
       <c r="L109" s="2">
         <v>275</v>
       </c>
       <c r="M109" s="2">
         <v>0</v>
       </c>
       <c r="N109" s="2">
         <v>425</v>
       </c>
@@ -11193,158 +11193,158 @@
       </c>
       <c r="N110" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="111" spans="1:14">
       <c r="A111" s="2">
         <v>106758</v>
       </c>
       <c r="B111" s="2" t="s">
         <v>375</v>
       </c>
       <c r="C111" s="2" t="s">
         <v>376</v>
       </c>
       <c r="D111" s="2" t="s">
         <v>377</v>
       </c>
       <c r="E111" s="2">
         <v>32</v>
       </c>
       <c r="F111" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G111" s="2" t="s">
-        <v>201</v>
+        <v>205</v>
       </c>
       <c r="H111" s="2" t="s">
         <v>378</v>
       </c>
       <c r="I111" s="2">
         <v>55</v>
       </c>
       <c r="J111" s="2">
         <v>5</v>
       </c>
       <c r="K111" s="2">
         <v>150</v>
       </c>
       <c r="L111" s="2">
         <v>275</v>
       </c>
       <c r="M111" s="2">
         <v>0</v>
       </c>
       <c r="N111" s="2">
         <v>425</v>
       </c>
     </row>
     <row r="112" spans="1:14">
       <c r="A112" s="2">
-        <v>106759</v>
+        <v>112629</v>
       </c>
       <c r="B112" s="2" t="s">
+        <v>44</v>
+      </c>
+      <c r="C112" s="2" t="s">
         <v>379</v>
       </c>
-      <c r="C112" s="2" t="s">
+      <c r="D112" s="2"/>
+      <c r="E112" s="2">
+        <v>13</v>
+      </c>
+      <c r="F112" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G112" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="H112" s="2" t="s">
         <v>380</v>
-      </c>
-[...13 lines deleted...]
-        <v>382</v>
       </c>
       <c r="I112" s="2">
         <v>56</v>
       </c>
       <c r="J112" s="2">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="K112" s="2">
         <v>150</v>
       </c>
       <c r="L112" s="2">
-        <v>70</v>
+        <v>0</v>
       </c>
       <c r="M112" s="2">
         <v>0</v>
       </c>
       <c r="N112" s="2">
-        <v>220</v>
+        <v>150</v>
       </c>
     </row>
     <row r="113" spans="1:14">
       <c r="A113" s="2">
-        <v>112629</v>
+        <v>106759</v>
       </c>
       <c r="B113" s="2" t="s">
-        <v>40</v>
+        <v>381</v>
       </c>
       <c r="C113" s="2" t="s">
+        <v>382</v>
+      </c>
+      <c r="D113" s="2" t="s">
         <v>383</v>
       </c>
-      <c r="D113" s="2"/>
       <c r="E113" s="2">
-        <v>13</v>
+        <v>892</v>
       </c>
       <c r="F113" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G113" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H113" s="2" t="s">
         <v>384</v>
       </c>
       <c r="I113" s="2">
         <v>56</v>
       </c>
       <c r="J113" s="2">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="K113" s="2">
         <v>150</v>
       </c>
       <c r="L113" s="2">
-        <v>0</v>
+        <v>70</v>
       </c>
       <c r="M113" s="2">
         <v>0</v>
       </c>
       <c r="N113" s="2">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="114" spans="1:14">
       <c r="A114" s="2">
         <v>106760</v>
       </c>
       <c r="B114" s="2" t="s">
         <v>385</v>
       </c>
       <c r="C114" s="2" t="s">
         <v>386</v>
       </c>
       <c r="D114" s="2" t="s">
         <v>387</v>
       </c>
       <c r="E114" s="2">
         <v>1184</v>
       </c>
       <c r="F114" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G114" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H114" s="2" t="s">
@@ -11355,51 +11355,51 @@
       </c>
       <c r="J114" s="2">
         <v>52</v>
       </c>
       <c r="K114" s="2">
         <v>150</v>
       </c>
       <c r="L114" s="2">
         <v>69</v>
       </c>
       <c r="M114" s="2">
         <v>0</v>
       </c>
       <c r="N114" s="2">
         <v>219</v>
       </c>
     </row>
     <row r="115" spans="1:14">
       <c r="A115" s="2">
         <v>112630</v>
       </c>
       <c r="B115" s="2" t="s">
         <v>389</v>
       </c>
       <c r="C115" s="2" t="s">
-        <v>199</v>
+        <v>203</v>
       </c>
       <c r="D115" s="2"/>
       <c r="E115" s="2">
         <v>822</v>
       </c>
       <c r="F115" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G115" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H115" s="2" t="s">
         <v>390</v>
       </c>
       <c r="I115" s="2">
         <v>57</v>
       </c>
       <c r="J115" s="2">
         <v>54</v>
       </c>
       <c r="K115" s="2">
         <v>150</v>
       </c>
       <c r="L115" s="2">
         <v>0</v>
@@ -11477,146 +11477,146 @@
       </c>
       <c r="H117" s="2" t="s">
         <v>397</v>
       </c>
       <c r="I117" s="2">
         <v>58</v>
       </c>
       <c r="J117" s="2">
         <v>53</v>
       </c>
       <c r="K117" s="2">
         <v>150</v>
       </c>
       <c r="L117" s="2">
         <v>68</v>
       </c>
       <c r="M117" s="2">
         <v>0</v>
       </c>
       <c r="N117" s="2">
         <v>218</v>
       </c>
     </row>
     <row r="118" spans="1:14">
       <c r="A118" s="2">
-        <v>106762</v>
+        <v>112632</v>
       </c>
       <c r="B118" s="2" t="s">
-        <v>262</v>
+        <v>398</v>
       </c>
       <c r="C118" s="2" t="s">
-        <v>263</v>
-[...3 lines deleted...]
-      </c>
+        <v>399</v>
+      </c>
+      <c r="D118" s="2"/>
       <c r="E118" s="2">
-        <v>930</v>
+        <v>1038</v>
       </c>
       <c r="F118" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G118" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H118" s="2" t="s">
-        <v>398</v>
+        <v>400</v>
       </c>
       <c r="I118" s="2">
         <v>59</v>
       </c>
       <c r="J118" s="2">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="K118" s="2">
         <v>150</v>
       </c>
       <c r="L118" s="2">
-        <v>67</v>
+        <v>0</v>
       </c>
       <c r="M118" s="2">
         <v>0</v>
       </c>
       <c r="N118" s="2">
-        <v>217</v>
+        <v>150</v>
       </c>
     </row>
     <row r="119" spans="1:14">
       <c r="A119" s="2">
-        <v>112632</v>
+        <v>106762</v>
       </c>
       <c r="B119" s="2" t="s">
-        <v>399</v>
+        <v>258</v>
       </c>
       <c r="C119" s="2" t="s">
-        <v>400</v>
-[...1 lines deleted...]
-      <c r="D119" s="2"/>
+        <v>259</v>
+      </c>
+      <c r="D119" s="2" t="s">
+        <v>260</v>
+      </c>
       <c r="E119" s="2">
-        <v>1038</v>
+        <v>930</v>
       </c>
       <c r="F119" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G119" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H119" s="2" t="s">
         <v>401</v>
       </c>
       <c r="I119" s="2">
         <v>59</v>
       </c>
       <c r="J119" s="2">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="K119" s="2">
         <v>150</v>
       </c>
       <c r="L119" s="2">
-        <v>0</v>
+        <v>67</v>
       </c>
       <c r="M119" s="2">
         <v>0</v>
       </c>
       <c r="N119" s="2">
-        <v>150</v>
+        <v>217</v>
       </c>
     </row>
     <row r="120" spans="1:14">
       <c r="A120" s="2">
         <v>106763</v>
       </c>
       <c r="B120" s="2" t="s">
-        <v>179</v>
+        <v>175</v>
       </c>
       <c r="C120" s="2" t="s">
-        <v>180</v>
+        <v>176</v>
       </c>
       <c r="D120" s="2" t="s">
-        <v>181</v>
+        <v>177</v>
       </c>
       <c r="E120" s="2">
         <v>1431</v>
       </c>
       <c r="F120" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G120" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H120" s="2" t="s">
         <v>402</v>
       </c>
       <c r="I120" s="2">
         <v>60</v>
       </c>
       <c r="J120" s="2">
         <v>55</v>
       </c>
       <c r="K120" s="2">
         <v>150</v>
       </c>
       <c r="L120" s="2">
         <v>66</v>
       </c>
@@ -11649,130 +11649,130 @@
       </c>
       <c r="H121" s="2" t="s">
         <v>405</v>
       </c>
       <c r="I121" s="2">
         <v>60</v>
       </c>
       <c r="J121" s="2">
         <v>57</v>
       </c>
       <c r="K121" s="2">
         <v>150</v>
       </c>
       <c r="L121" s="2">
         <v>0</v>
       </c>
       <c r="M121" s="2">
         <v>0</v>
       </c>
       <c r="N121" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="122" spans="1:14">
       <c r="A122" s="2">
-        <v>112634</v>
+        <v>100162</v>
       </c>
       <c r="B122" s="2" t="s">
         <v>406</v>
       </c>
       <c r="C122" s="2" t="s">
-        <v>366</v>
+        <v>407</v>
       </c>
       <c r="D122" s="2"/>
       <c r="E122" s="2">
-        <v>1109</v>
+        <v>18</v>
       </c>
       <c r="F122" s="2" t="s">
-        <v>17</v>
+        <v>408</v>
       </c>
       <c r="G122" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H122" s="2" t="s">
-        <v>407</v>
+        <v>409</v>
       </c>
       <c r="I122" s="2">
         <v>61</v>
       </c>
       <c r="J122" s="2">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="K122" s="2">
         <v>150</v>
       </c>
       <c r="L122" s="2">
-        <v>0</v>
+        <v>65</v>
       </c>
       <c r="M122" s="2">
         <v>0</v>
       </c>
       <c r="N122" s="2">
-        <v>150</v>
+        <v>215</v>
       </c>
     </row>
     <row r="123" spans="1:14">
       <c r="A123" s="2">
-        <v>100162</v>
+        <v>112634</v>
       </c>
       <c r="B123" s="2" t="s">
-        <v>408</v>
+        <v>410</v>
       </c>
       <c r="C123" s="2" t="s">
-        <v>409</v>
+        <v>366</v>
       </c>
       <c r="D123" s="2"/>
       <c r="E123" s="2">
-        <v>18</v>
+        <v>1109</v>
       </c>
       <c r="F123" s="2" t="s">
-        <v>410</v>
+        <v>17</v>
       </c>
       <c r="G123" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H123" s="2" t="s">
         <v>411</v>
       </c>
       <c r="I123" s="2">
         <v>61</v>
       </c>
       <c r="J123" s="2">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="K123" s="2">
         <v>150</v>
       </c>
       <c r="L123" s="2">
-        <v>65</v>
+        <v>0</v>
       </c>
       <c r="M123" s="2">
         <v>0</v>
       </c>
       <c r="N123" s="2">
-        <v>215</v>
+        <v>150</v>
       </c>
     </row>
     <row r="124" spans="1:14">
       <c r="A124" s="2">
         <v>112635</v>
       </c>
       <c r="B124" s="2" t="s">
         <v>412</v>
       </c>
       <c r="C124" s="2" t="s">
         <v>413</v>
       </c>
       <c r="D124" s="2"/>
       <c r="E124" s="2">
         <v>905</v>
       </c>
       <c r="F124" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G124" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H124" s="2" t="s">
         <v>414</v>
       </c>
@@ -11819,132 +11819,132 @@
       </c>
       <c r="H125" s="2" t="s">
         <v>418</v>
       </c>
       <c r="I125" s="2">
         <v>62</v>
       </c>
       <c r="J125" s="2">
         <v>57</v>
       </c>
       <c r="K125" s="2">
         <v>150</v>
       </c>
       <c r="L125" s="2">
         <v>64</v>
       </c>
       <c r="M125" s="2">
         <v>0</v>
       </c>
       <c r="N125" s="2">
         <v>214</v>
       </c>
     </row>
     <row r="126" spans="1:14">
       <c r="A126" s="2">
-        <v>106765</v>
+        <v>112636</v>
       </c>
       <c r="B126" s="2" t="s">
         <v>419</v>
       </c>
       <c r="C126" s="2" t="s">
         <v>420</v>
       </c>
-      <c r="D126" s="2" t="s">
+      <c r="D126" s="2"/>
+      <c r="E126" s="2">
+        <v>1588</v>
+      </c>
+      <c r="F126" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G126" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="H126" s="2" t="s">
         <v>421</v>
-      </c>
-[...10 lines deleted...]
-        <v>422</v>
       </c>
       <c r="I126" s="2">
         <v>63</v>
       </c>
       <c r="J126" s="2">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="K126" s="2">
         <v>150</v>
       </c>
       <c r="L126" s="2">
-        <v>63</v>
+        <v>0</v>
       </c>
       <c r="M126" s="2">
         <v>0</v>
       </c>
       <c r="N126" s="2">
-        <v>213</v>
+        <v>150</v>
       </c>
     </row>
     <row r="127" spans="1:14">
       <c r="A127" s="2">
-        <v>112636</v>
+        <v>106765</v>
       </c>
       <c r="B127" s="2" t="s">
+        <v>422</v>
+      </c>
+      <c r="C127" s="2" t="s">
         <v>423</v>
       </c>
-      <c r="C127" s="2" t="s">
+      <c r="D127" s="2" t="s">
         <v>424</v>
       </c>
-      <c r="D127" s="2"/>
       <c r="E127" s="2">
-        <v>1588</v>
+        <v>635</v>
       </c>
       <c r="F127" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G127" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H127" s="2" t="s">
         <v>425</v>
       </c>
       <c r="I127" s="2">
         <v>63</v>
       </c>
       <c r="J127" s="2">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="K127" s="2">
         <v>150</v>
       </c>
       <c r="L127" s="2">
-        <v>0</v>
+        <v>63</v>
       </c>
       <c r="M127" s="2">
         <v>0</v>
       </c>
       <c r="N127" s="2">
-        <v>150</v>
+        <v>213</v>
       </c>
     </row>
     <row r="128" spans="1:14">
       <c r="A128" s="2">
         <v>112637</v>
       </c>
       <c r="B128" s="2" t="s">
         <v>426</v>
       </c>
       <c r="C128" s="2" t="s">
         <v>427</v>
       </c>
       <c r="D128" s="2"/>
       <c r="E128" s="2">
         <v>1216</v>
       </c>
       <c r="F128" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G128" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H128" s="2" t="s">
         <v>428</v>
       </c>
@@ -11965,51 +11965,51 @@
       </c>
       <c r="N128" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="129" spans="1:14">
       <c r="A129" s="2">
         <v>106766</v>
       </c>
       <c r="B129" s="2" t="s">
         <v>429</v>
       </c>
       <c r="C129" s="2" t="s">
         <v>430</v>
       </c>
       <c r="D129" s="2" t="s">
         <v>431</v>
       </c>
       <c r="E129" s="2">
         <v>33</v>
       </c>
       <c r="F129" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G129" s="2" t="s">
-        <v>201</v>
+        <v>205</v>
       </c>
       <c r="H129" s="2" t="s">
         <v>432</v>
       </c>
       <c r="I129" s="2">
         <v>64</v>
       </c>
       <c r="J129" s="2">
         <v>6</v>
       </c>
       <c r="K129" s="2">
         <v>150</v>
       </c>
       <c r="L129" s="2">
         <v>250</v>
       </c>
       <c r="M129" s="2">
         <v>0</v>
       </c>
       <c r="N129" s="2">
         <v>400</v>
       </c>
     </row>
     <row r="130" spans="1:14">
       <c r="A130" s="2">
@@ -12039,170 +12039,170 @@
       </c>
       <c r="J130" s="2">
         <v>62</v>
       </c>
       <c r="K130" s="2">
         <v>150</v>
       </c>
       <c r="L130" s="2">
         <v>0</v>
       </c>
       <c r="M130" s="2">
         <v>0</v>
       </c>
       <c r="N130" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="131" spans="1:14">
       <c r="A131" s="2">
         <v>106767</v>
       </c>
       <c r="B131" s="2" t="s">
         <v>435</v>
       </c>
       <c r="C131" s="2" t="s">
-        <v>73</v>
+        <v>69</v>
       </c>
       <c r="D131" s="2" t="s">
         <v>436</v>
       </c>
       <c r="E131" s="2">
         <v>1295</v>
       </c>
       <c r="F131" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G131" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H131" s="2" t="s">
         <v>437</v>
       </c>
       <c r="I131" s="2">
         <v>65</v>
       </c>
       <c r="J131" s="2">
         <v>59</v>
       </c>
       <c r="K131" s="2">
         <v>150</v>
       </c>
       <c r="L131" s="2">
         <v>62</v>
       </c>
       <c r="M131" s="2">
         <v>0</v>
       </c>
       <c r="N131" s="2">
         <v>212</v>
       </c>
     </row>
     <row r="132" spans="1:14">
       <c r="A132" s="2">
-        <v>106768</v>
+        <v>112639</v>
       </c>
       <c r="B132" s="2" t="s">
-        <v>419</v>
+        <v>438</v>
       </c>
       <c r="C132" s="2" t="s">
-        <v>438</v>
-[...1 lines deleted...]
-      <c r="D132" s="2" t="s">
+        <v>331</v>
+      </c>
+      <c r="D132" s="2"/>
+      <c r="E132" s="2">
+        <v>450</v>
+      </c>
+      <c r="F132" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G132" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="H132" s="2" t="s">
         <v>439</v>
-      </c>
-[...10 lines deleted...]
-        <v>440</v>
       </c>
       <c r="I132" s="2">
         <v>66</v>
       </c>
       <c r="J132" s="2">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="K132" s="2">
         <v>150</v>
       </c>
       <c r="L132" s="2">
-        <v>61</v>
+        <v>0</v>
       </c>
       <c r="M132" s="2">
         <v>0</v>
       </c>
       <c r="N132" s="2">
-        <v>211</v>
+        <v>150</v>
       </c>
     </row>
     <row r="133" spans="1:14">
       <c r="A133" s="2">
-        <v>112639</v>
+        <v>106768</v>
       </c>
       <c r="B133" s="2" t="s">
+        <v>422</v>
+      </c>
+      <c r="C133" s="2" t="s">
+        <v>440</v>
+      </c>
+      <c r="D133" s="2" t="s">
         <v>441</v>
       </c>
-      <c r="C133" s="2" t="s">
-[...2 lines deleted...]
-      <c r="D133" s="2"/>
       <c r="E133" s="2">
-        <v>450</v>
+        <v>992</v>
       </c>
       <c r="F133" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G133" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H133" s="2" t="s">
         <v>442</v>
       </c>
       <c r="I133" s="2">
         <v>66</v>
       </c>
       <c r="J133" s="2">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="K133" s="2">
         <v>150</v>
       </c>
       <c r="L133" s="2">
-        <v>0</v>
+        <v>61</v>
       </c>
       <c r="M133" s="2">
         <v>0</v>
       </c>
       <c r="N133" s="2">
-        <v>150</v>
+        <v>211</v>
       </c>
     </row>
     <row r="134" spans="1:14">
       <c r="A134" s="2">
         <v>112640</v>
       </c>
       <c r="B134" s="2" t="s">
         <v>443</v>
       </c>
       <c r="C134" s="2" t="s">
         <v>444</v>
       </c>
       <c r="D134" s="2"/>
       <c r="E134" s="2">
         <v>766</v>
       </c>
       <c r="F134" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G134" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H134" s="2" t="s">
         <v>445</v>
       </c>
@@ -12337,134 +12337,134 @@
       </c>
       <c r="H137" s="2" t="s">
         <v>456</v>
       </c>
       <c r="I137" s="2">
         <v>68</v>
       </c>
       <c r="J137" s="2">
         <v>62</v>
       </c>
       <c r="K137" s="2">
         <v>150</v>
       </c>
       <c r="L137" s="2">
         <v>59</v>
       </c>
       <c r="M137" s="2">
         <v>0</v>
       </c>
       <c r="N137" s="2">
         <v>209</v>
       </c>
     </row>
     <row r="138" spans="1:14">
       <c r="A138" s="2">
-        <v>106771</v>
+        <v>106854</v>
       </c>
       <c r="B138" s="2" t="s">
-        <v>159</v>
+        <v>457</v>
       </c>
       <c r="C138" s="2" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="D138" s="2" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="E138" s="2">
-        <v>1388</v>
+        <v>1039</v>
       </c>
       <c r="F138" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G138" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H138" s="2" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="I138" s="2">
         <v>69</v>
       </c>
       <c r="J138" s="2">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="K138" s="2">
         <v>150</v>
       </c>
       <c r="L138" s="2">
-        <v>58</v>
+        <v>0</v>
       </c>
       <c r="M138" s="2">
         <v>0</v>
       </c>
       <c r="N138" s="2">
-        <v>208</v>
+        <v>150</v>
       </c>
     </row>
     <row r="139" spans="1:14">
       <c r="A139" s="2">
-        <v>106854</v>
+        <v>106771</v>
       </c>
       <c r="B139" s="2" t="s">
-        <v>460</v>
+        <v>155</v>
       </c>
       <c r="C139" s="2" t="s">
         <v>461</v>
       </c>
       <c r="D139" s="2" t="s">
         <v>462</v>
       </c>
       <c r="E139" s="2">
-        <v>1039</v>
+        <v>1388</v>
       </c>
       <c r="F139" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G139" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H139" s="2" t="s">
         <v>463</v>
       </c>
       <c r="I139" s="2">
         <v>69</v>
       </c>
       <c r="J139" s="2">
-        <v>66</v>
+        <v>63</v>
       </c>
       <c r="K139" s="2">
         <v>150</v>
       </c>
       <c r="L139" s="2">
-        <v>0</v>
+        <v>58</v>
       </c>
       <c r="M139" s="2">
         <v>0</v>
       </c>
       <c r="N139" s="2">
-        <v>150</v>
+        <v>208</v>
       </c>
     </row>
     <row r="140" spans="1:14">
       <c r="A140" s="2">
         <v>112643</v>
       </c>
       <c r="B140" s="2" t="s">
         <v>464</v>
       </c>
       <c r="C140" s="2" t="s">
         <v>465</v>
       </c>
       <c r="D140" s="2"/>
       <c r="E140" s="2">
         <v>845</v>
       </c>
       <c r="F140" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G140" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H140" s="2" t="s">
         <v>466</v>
       </c>
@@ -12556,57 +12556,57 @@
       </c>
       <c r="I142" s="2">
         <v>71</v>
       </c>
       <c r="J142" s="2">
         <v>68</v>
       </c>
       <c r="K142" s="2">
         <v>150</v>
       </c>
       <c r="L142" s="2">
         <v>0</v>
       </c>
       <c r="M142" s="2">
         <v>0</v>
       </c>
       <c r="N142" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="143" spans="1:14">
       <c r="A143" s="2">
         <v>106773</v>
       </c>
       <c r="B143" s="2" t="s">
-        <v>362</v>
+        <v>358</v>
       </c>
       <c r="C143" s="2" t="s">
-        <v>363</v>
+        <v>359</v>
       </c>
       <c r="D143" s="2" t="s">
-        <v>364</v>
+        <v>360</v>
       </c>
       <c r="E143" s="2">
         <v>606</v>
       </c>
       <c r="F143" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G143" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H143" s="2" t="s">
         <v>473</v>
       </c>
       <c r="I143" s="2">
         <v>71</v>
       </c>
       <c r="J143" s="2">
         <v>65</v>
       </c>
       <c r="K143" s="2">
         <v>150</v>
       </c>
       <c r="L143" s="2">
         <v>56</v>
       </c>
@@ -13225,51 +13225,51 @@
       </c>
       <c r="N157" s="2">
         <v>199</v>
       </c>
     </row>
     <row r="158" spans="1:14">
       <c r="A158" s="2">
         <v>106859</v>
       </c>
       <c r="B158" s="2" t="s">
         <v>515</v>
       </c>
       <c r="C158" s="2" t="s">
         <v>516</v>
       </c>
       <c r="D158" s="2" t="s">
         <v>517</v>
       </c>
       <c r="E158" s="2">
         <v>34</v>
       </c>
       <c r="F158" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G158" s="2" t="s">
-        <v>201</v>
+        <v>205</v>
       </c>
       <c r="H158" s="2" t="s">
         <v>518</v>
       </c>
       <c r="I158" s="2">
         <v>79</v>
       </c>
       <c r="J158" s="2">
         <v>4</v>
       </c>
       <c r="K158" s="2">
         <v>150</v>
       </c>
       <c r="L158" s="2">
         <v>0</v>
       </c>
       <c r="M158" s="2">
         <v>0</v>
       </c>
       <c r="N158" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="159" spans="1:14">
       <c r="A159" s="2">
@@ -13472,303 +13472,303 @@
       </c>
       <c r="I163" s="2">
         <v>81</v>
       </c>
       <c r="J163" s="2">
         <v>75</v>
       </c>
       <c r="K163" s="2">
         <v>150</v>
       </c>
       <c r="L163" s="2">
         <v>46</v>
       </c>
       <c r="M163" s="2">
         <v>0</v>
       </c>
       <c r="N163" s="2">
         <v>196</v>
       </c>
     </row>
     <row r="164" spans="1:14">
       <c r="A164" s="2">
         <v>106784</v>
       </c>
       <c r="B164" s="2" t="s">
-        <v>258</v>
+        <v>262</v>
       </c>
       <c r="C164" s="2" t="s">
         <v>535</v>
       </c>
       <c r="D164" s="2" t="s">
         <v>536</v>
       </c>
       <c r="E164" s="2">
         <v>129</v>
       </c>
       <c r="F164" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G164" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H164" s="2" t="s">
         <v>537</v>
       </c>
       <c r="I164" s="2">
         <v>82</v>
       </c>
       <c r="J164" s="2">
         <v>78</v>
       </c>
       <c r="K164" s="2">
         <v>150</v>
       </c>
       <c r="L164" s="2">
         <v>0</v>
       </c>
       <c r="M164" s="2">
         <v>0</v>
       </c>
       <c r="N164" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="165" spans="1:14">
       <c r="A165" s="2">
         <v>106784</v>
       </c>
       <c r="B165" s="2" t="s">
-        <v>258</v>
+        <v>262</v>
       </c>
       <c r="C165" s="2" t="s">
         <v>535</v>
       </c>
       <c r="D165" s="2" t="s">
         <v>536</v>
       </c>
       <c r="E165" s="2">
         <v>123</v>
       </c>
       <c r="F165" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G165" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H165" s="2" t="s">
         <v>538</v>
       </c>
       <c r="I165" s="2">
         <v>82</v>
       </c>
       <c r="J165" s="2">
         <v>76</v>
       </c>
       <c r="K165" s="2">
         <v>150</v>
       </c>
       <c r="L165" s="2">
         <v>45</v>
       </c>
       <c r="M165" s="2">
         <v>0</v>
       </c>
       <c r="N165" s="2">
         <v>195</v>
       </c>
     </row>
     <row r="166" spans="1:14">
       <c r="A166" s="2">
-        <v>106785</v>
+        <v>112655</v>
       </c>
       <c r="B166" s="2" t="s">
+        <v>426</v>
+      </c>
+      <c r="C166" s="2" t="s">
         <v>539</v>
       </c>
-      <c r="C166" s="2" t="s">
-[...2 lines deleted...]
-      <c r="D166" s="2" t="s">
+      <c r="D166" s="2"/>
+      <c r="E166" s="2">
+        <v>1073</v>
+      </c>
+      <c r="F166" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G166" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="H166" s="2" t="s">
         <v>540</v>
-      </c>
-[...10 lines deleted...]
-        <v>541</v>
       </c>
       <c r="I166" s="2">
         <v>83</v>
       </c>
       <c r="J166" s="2">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="K166" s="2">
         <v>150</v>
       </c>
       <c r="L166" s="2">
-        <v>44</v>
+        <v>0</v>
       </c>
       <c r="M166" s="2">
         <v>0</v>
       </c>
       <c r="N166" s="2">
-        <v>194</v>
+        <v>150</v>
       </c>
     </row>
     <row r="167" spans="1:14">
       <c r="A167" s="2">
-        <v>112655</v>
+        <v>106785</v>
       </c>
       <c r="B167" s="2" t="s">
-        <v>426</v>
+        <v>541</v>
       </c>
       <c r="C167" s="2" t="s">
+        <v>307</v>
+      </c>
+      <c r="D167" s="2" t="s">
         <v>542</v>
       </c>
-      <c r="D167" s="2"/>
       <c r="E167" s="2">
-        <v>1073</v>
+        <v>1317</v>
       </c>
       <c r="F167" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G167" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H167" s="2" t="s">
         <v>543</v>
       </c>
       <c r="I167" s="2">
         <v>83</v>
       </c>
       <c r="J167" s="2">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="K167" s="2">
         <v>150</v>
       </c>
       <c r="L167" s="2">
-        <v>0</v>
+        <v>44</v>
       </c>
       <c r="M167" s="2">
         <v>0</v>
       </c>
       <c r="N167" s="2">
-        <v>150</v>
+        <v>194</v>
       </c>
     </row>
     <row r="168" spans="1:14">
       <c r="A168" s="2">
-        <v>112656</v>
+        <v>106786</v>
       </c>
       <c r="B168" s="2" t="s">
+        <v>71</v>
+      </c>
+      <c r="C168" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="D168" s="2" t="s">
         <v>544</v>
       </c>
-      <c r="C168" s="2" t="s">
+      <c r="E168" s="2">
+        <v>1350</v>
+      </c>
+      <c r="F168" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G168" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="H168" s="2" t="s">
         <v>545</v>
-      </c>
-[...11 lines deleted...]
-        <v>546</v>
       </c>
       <c r="I168" s="2">
         <v>84</v>
       </c>
       <c r="J168" s="2">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="K168" s="2">
         <v>150</v>
       </c>
       <c r="L168" s="2">
-        <v>0</v>
+        <v>43</v>
       </c>
       <c r="M168" s="2">
         <v>0</v>
       </c>
       <c r="N168" s="2">
-        <v>150</v>
+        <v>193</v>
       </c>
     </row>
     <row r="169" spans="1:14">
       <c r="A169" s="2">
-        <v>106786</v>
+        <v>112656</v>
       </c>
       <c r="B169" s="2" t="s">
-        <v>68</v>
+        <v>546</v>
       </c>
       <c r="C169" s="2" t="s">
-        <v>15</v>
-[...1 lines deleted...]
-      <c r="D169" s="2" t="s">
         <v>547</v>
       </c>
+      <c r="D169" s="2"/>
       <c r="E169" s="2">
-        <v>1350</v>
+        <v>1403</v>
       </c>
       <c r="F169" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G169" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H169" s="2" t="s">
         <v>548</v>
       </c>
       <c r="I169" s="2">
         <v>84</v>
       </c>
       <c r="J169" s="2">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="K169" s="2">
         <v>150</v>
       </c>
       <c r="L169" s="2">
-        <v>43</v>
+        <v>0</v>
       </c>
       <c r="M169" s="2">
         <v>0</v>
       </c>
       <c r="N169" s="2">
-        <v>193</v>
+        <v>150</v>
       </c>
     </row>
     <row r="170" spans="1:14">
       <c r="A170" s="2">
         <v>106822</v>
       </c>
       <c r="B170" s="2" t="s">
         <v>549</v>
       </c>
       <c r="C170" s="2" t="s">
         <v>550</v>
       </c>
       <c r="D170" s="2" t="s">
         <v>551</v>
       </c>
       <c r="E170" s="2">
         <v>1188</v>
       </c>
       <c r="F170" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G170" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H170" s="2" t="s">
@@ -13817,132 +13817,132 @@
       </c>
       <c r="H171" s="2" t="s">
         <v>556</v>
       </c>
       <c r="I171" s="2">
         <v>85</v>
       </c>
       <c r="J171" s="2">
         <v>79</v>
       </c>
       <c r="K171" s="2">
         <v>150</v>
       </c>
       <c r="L171" s="2">
         <v>42</v>
       </c>
       <c r="M171" s="2">
         <v>0</v>
       </c>
       <c r="N171" s="2">
         <v>192</v>
       </c>
     </row>
     <row r="172" spans="1:14">
       <c r="A172" s="2">
-        <v>106788</v>
+        <v>112658</v>
       </c>
       <c r="B172" s="2" t="s">
-        <v>310</v>
+        <v>474</v>
       </c>
       <c r="C172" s="2" t="s">
-        <v>492</v>
-[...3 lines deleted...]
-      </c>
+        <v>557</v>
+      </c>
+      <c r="D172" s="2"/>
       <c r="E172" s="2">
-        <v>1590</v>
+        <v>719</v>
       </c>
       <c r="F172" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G172" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H172" s="2" t="s">
-        <v>557</v>
+        <v>558</v>
       </c>
       <c r="I172" s="2">
         <v>86</v>
       </c>
       <c r="J172" s="2">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="K172" s="2">
         <v>150</v>
       </c>
       <c r="L172" s="2">
-        <v>41</v>
+        <v>0</v>
       </c>
       <c r="M172" s="2">
         <v>0</v>
       </c>
       <c r="N172" s="2">
-        <v>191</v>
+        <v>150</v>
       </c>
     </row>
     <row r="173" spans="1:14">
       <c r="A173" s="2">
-        <v>112658</v>
+        <v>106788</v>
       </c>
       <c r="B173" s="2" t="s">
-        <v>474</v>
+        <v>310</v>
       </c>
       <c r="C173" s="2" t="s">
-        <v>558</v>
-[...1 lines deleted...]
-      <c r="D173" s="2"/>
+        <v>492</v>
+      </c>
+      <c r="D173" s="2" t="s">
+        <v>493</v>
+      </c>
       <c r="E173" s="2">
-        <v>719</v>
+        <v>1590</v>
       </c>
       <c r="F173" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G173" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H173" s="2" t="s">
         <v>559</v>
       </c>
       <c r="I173" s="2">
         <v>86</v>
       </c>
       <c r="J173" s="2">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="K173" s="2">
         <v>150</v>
       </c>
       <c r="L173" s="2">
-        <v>0</v>
+        <v>41</v>
       </c>
       <c r="M173" s="2">
         <v>0</v>
       </c>
       <c r="N173" s="2">
-        <v>150</v>
+        <v>191</v>
       </c>
     </row>
     <row r="174" spans="1:14">
       <c r="A174" s="2">
         <v>112659</v>
       </c>
       <c r="B174" s="2" t="s">
         <v>560</v>
       </c>
       <c r="C174" s="2" t="s">
         <v>561</v>
       </c>
       <c r="D174" s="2"/>
       <c r="E174" s="2">
         <v>1198</v>
       </c>
       <c r="F174" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G174" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H174" s="2" t="s">
         <v>562</v>
       </c>
@@ -14036,173 +14036,173 @@
       </c>
       <c r="I176" s="2">
         <v>88</v>
       </c>
       <c r="J176" s="2">
         <v>84</v>
       </c>
       <c r="K176" s="2">
         <v>150</v>
       </c>
       <c r="L176" s="2">
         <v>0</v>
       </c>
       <c r="M176" s="2">
         <v>0</v>
       </c>
       <c r="N176" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="177" spans="1:14">
       <c r="A177" s="2">
         <v>106790</v>
       </c>
       <c r="B177" s="2" t="s">
-        <v>72</v>
+        <v>68</v>
       </c>
       <c r="C177" s="2" t="s">
         <v>570</v>
       </c>
       <c r="D177" s="2" t="s">
         <v>571</v>
       </c>
       <c r="E177" s="2">
         <v>1531</v>
       </c>
       <c r="F177" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G177" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H177" s="2" t="s">
         <v>572</v>
       </c>
       <c r="I177" s="2">
         <v>88</v>
       </c>
       <c r="J177" s="2">
         <v>82</v>
       </c>
       <c r="K177" s="2">
         <v>150</v>
       </c>
       <c r="L177" s="2">
         <v>39</v>
       </c>
       <c r="M177" s="2">
         <v>0</v>
       </c>
       <c r="N177" s="2">
         <v>189</v>
       </c>
     </row>
     <row r="178" spans="1:14">
       <c r="A178" s="2">
-        <v>106791</v>
+        <v>112661</v>
       </c>
       <c r="B178" s="2" t="s">
         <v>573</v>
       </c>
       <c r="C178" s="2" t="s">
         <v>574</v>
       </c>
-      <c r="D178" s="2" t="s">
+      <c r="D178" s="2"/>
+      <c r="E178" s="2">
+        <v>1111</v>
+      </c>
+      <c r="F178" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G178" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="H178" s="2" t="s">
         <v>575</v>
-      </c>
-[...10 lines deleted...]
-        <v>576</v>
       </c>
       <c r="I178" s="2">
         <v>89</v>
       </c>
       <c r="J178" s="2">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="K178" s="2">
         <v>150</v>
       </c>
       <c r="L178" s="2">
-        <v>38</v>
+        <v>0</v>
       </c>
       <c r="M178" s="2">
         <v>0</v>
       </c>
       <c r="N178" s="2">
-        <v>188</v>
+        <v>150</v>
       </c>
     </row>
     <row r="179" spans="1:14">
       <c r="A179" s="2">
-        <v>112661</v>
+        <v>106791</v>
       </c>
       <c r="B179" s="2" t="s">
+        <v>576</v>
+      </c>
+      <c r="C179" s="2" t="s">
         <v>577</v>
       </c>
-      <c r="C179" s="2" t="s">
+      <c r="D179" s="2" t="s">
         <v>578</v>
       </c>
-      <c r="D179" s="2"/>
       <c r="E179" s="2">
-        <v>1111</v>
+        <v>1615</v>
       </c>
       <c r="F179" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G179" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H179" s="2" t="s">
         <v>579</v>
       </c>
       <c r="I179" s="2">
         <v>89</v>
       </c>
       <c r="J179" s="2">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="K179" s="2">
         <v>150</v>
       </c>
       <c r="L179" s="2">
-        <v>0</v>
+        <v>38</v>
       </c>
       <c r="M179" s="2">
         <v>0</v>
       </c>
       <c r="N179" s="2">
-        <v>150</v>
+        <v>188</v>
       </c>
     </row>
     <row r="180" spans="1:14">
       <c r="A180" s="2">
         <v>106801</v>
       </c>
       <c r="B180" s="2" t="s">
         <v>580</v>
       </c>
       <c r="C180" s="2" t="s">
         <v>581</v>
       </c>
       <c r="D180" s="2" t="s">
         <v>582</v>
       </c>
       <c r="E180" s="2">
         <v>865</v>
       </c>
       <c r="F180" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G180" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H180" s="2" t="s">
@@ -14213,51 +14213,51 @@
       </c>
       <c r="J180" s="2">
         <v>86</v>
       </c>
       <c r="K180" s="2">
         <v>150</v>
       </c>
       <c r="L180" s="2">
         <v>0</v>
       </c>
       <c r="M180" s="2">
         <v>0</v>
       </c>
       <c r="N180" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="181" spans="1:14">
       <c r="A181" s="2">
         <v>106792</v>
       </c>
       <c r="B181" s="2" t="s">
         <v>584</v>
       </c>
       <c r="C181" s="2" t="s">
-        <v>15</v>
+        <v>21</v>
       </c>
       <c r="D181" s="2" t="s">
         <v>585</v>
       </c>
       <c r="E181" s="2">
         <v>1320</v>
       </c>
       <c r="F181" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G181" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H181" s="2" t="s">
         <v>586</v>
       </c>
       <c r="I181" s="2">
         <v>90</v>
       </c>
       <c r="J181" s="2">
         <v>84</v>
       </c>
       <c r="K181" s="2">
         <v>150</v>
       </c>
@@ -14337,134 +14337,134 @@
       </c>
       <c r="H183" s="2" t="s">
         <v>592</v>
       </c>
       <c r="I183" s="2">
         <v>91</v>
       </c>
       <c r="J183" s="2">
         <v>85</v>
       </c>
       <c r="K183" s="2">
         <v>150</v>
       </c>
       <c r="L183" s="2">
         <v>36</v>
       </c>
       <c r="M183" s="2">
         <v>0</v>
       </c>
       <c r="N183" s="2">
         <v>186</v>
       </c>
     </row>
     <row r="184" spans="1:14">
       <c r="A184" s="2">
-        <v>106794</v>
+        <v>106754</v>
       </c>
       <c r="B184" s="2" t="s">
+        <v>346</v>
+      </c>
+      <c r="C184" s="2" t="s">
+        <v>347</v>
+      </c>
+      <c r="D184" s="2" t="s">
+        <v>348</v>
+      </c>
+      <c r="E184" s="2">
+        <v>725</v>
+      </c>
+      <c r="F184" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G184" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="H184" s="2" t="s">
         <v>593</v>
-      </c>
-[...16 lines deleted...]
-        <v>596</v>
       </c>
       <c r="I184" s="2">
         <v>92</v>
       </c>
       <c r="J184" s="2">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="K184" s="2">
         <v>150</v>
       </c>
       <c r="L184" s="2">
-        <v>35</v>
+        <v>0</v>
       </c>
       <c r="M184" s="2">
         <v>0</v>
       </c>
       <c r="N184" s="2">
-        <v>185</v>
+        <v>150</v>
       </c>
     </row>
     <row r="185" spans="1:14">
       <c r="A185" s="2">
-        <v>106754</v>
+        <v>106794</v>
       </c>
       <c r="B185" s="2" t="s">
-        <v>349</v>
+        <v>594</v>
       </c>
       <c r="C185" s="2" t="s">
-        <v>350</v>
+        <v>595</v>
       </c>
       <c r="D185" s="2" t="s">
-        <v>351</v>
+        <v>596</v>
       </c>
       <c r="E185" s="2">
-        <v>725</v>
+        <v>1410</v>
       </c>
       <c r="F185" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G185" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H185" s="2" t="s">
         <v>597</v>
       </c>
       <c r="I185" s="2">
         <v>92</v>
       </c>
       <c r="J185" s="2">
-        <v>88</v>
+        <v>86</v>
       </c>
       <c r="K185" s="2">
         <v>150</v>
       </c>
       <c r="L185" s="2">
-        <v>0</v>
+        <v>35</v>
       </c>
       <c r="M185" s="2">
         <v>0</v>
       </c>
       <c r="N185" s="2">
-        <v>150</v>
+        <v>185</v>
       </c>
     </row>
     <row r="186" spans="1:14">
       <c r="A186" s="2">
         <v>112665</v>
       </c>
       <c r="B186" s="2" t="s">
         <v>598</v>
       </c>
       <c r="C186" s="2" t="s">
         <v>599</v>
       </c>
       <c r="D186" s="2"/>
       <c r="E186" s="2">
         <v>1075</v>
       </c>
       <c r="F186" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G186" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H186" s="2" t="s">
         <v>600</v>
       </c>
@@ -14597,134 +14597,134 @@
       </c>
       <c r="H189" s="2" t="s">
         <v>610</v>
       </c>
       <c r="I189" s="2">
         <v>94</v>
       </c>
       <c r="J189" s="2">
         <v>88</v>
       </c>
       <c r="K189" s="2">
         <v>150</v>
       </c>
       <c r="L189" s="2">
         <v>33</v>
       </c>
       <c r="M189" s="2">
         <v>0</v>
       </c>
       <c r="N189" s="2">
         <v>183</v>
       </c>
     </row>
     <row r="190" spans="1:14">
       <c r="A190" s="2">
-        <v>106797</v>
+        <v>106890</v>
       </c>
       <c r="B190" s="2" t="s">
-        <v>48</v>
+        <v>611</v>
       </c>
       <c r="C190" s="2" t="s">
-        <v>611</v>
+        <v>612</v>
       </c>
       <c r="D190" s="2" t="s">
-        <v>612</v>
+        <v>613</v>
       </c>
       <c r="E190" s="2">
-        <v>1286</v>
+        <v>959</v>
       </c>
       <c r="F190" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G190" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H190" s="2" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
       <c r="I190" s="2">
         <v>95</v>
       </c>
       <c r="J190" s="2">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="K190" s="2">
         <v>150</v>
       </c>
       <c r="L190" s="2">
-        <v>32</v>
+        <v>0</v>
       </c>
       <c r="M190" s="2">
         <v>0</v>
       </c>
       <c r="N190" s="2">
-        <v>182</v>
+        <v>150</v>
       </c>
     </row>
     <row r="191" spans="1:14">
       <c r="A191" s="2">
-        <v>106890</v>
+        <v>106797</v>
       </c>
       <c r="B191" s="2" t="s">
-        <v>614</v>
+        <v>48</v>
       </c>
       <c r="C191" s="2" t="s">
         <v>615</v>
       </c>
       <c r="D191" s="2" t="s">
         <v>616</v>
       </c>
       <c r="E191" s="2">
-        <v>959</v>
+        <v>1286</v>
       </c>
       <c r="F191" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G191" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H191" s="2" t="s">
         <v>617</v>
       </c>
       <c r="I191" s="2">
         <v>95</v>
       </c>
       <c r="J191" s="2">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="K191" s="2">
         <v>150</v>
       </c>
       <c r="L191" s="2">
-        <v>0</v>
+        <v>32</v>
       </c>
       <c r="M191" s="2">
         <v>0</v>
       </c>
       <c r="N191" s="2">
-        <v>150</v>
+        <v>182</v>
       </c>
     </row>
     <row r="192" spans="1:14">
       <c r="A192" s="2">
         <v>112668</v>
       </c>
       <c r="B192" s="2" t="s">
         <v>618</v>
       </c>
       <c r="C192" s="2" t="s">
         <v>619</v>
       </c>
       <c r="D192" s="2"/>
       <c r="E192" s="2">
         <v>901</v>
       </c>
       <c r="F192" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G192" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H192" s="2" t="s">
         <v>620</v>
       </c>
@@ -14941,134 +14941,134 @@
       </c>
       <c r="H197" s="2" t="s">
         <v>635</v>
       </c>
       <c r="I197" s="2">
         <v>98</v>
       </c>
       <c r="J197" s="2">
         <v>94</v>
       </c>
       <c r="K197" s="2">
         <v>150</v>
       </c>
       <c r="L197" s="2">
         <v>0</v>
       </c>
       <c r="M197" s="2">
         <v>0</v>
       </c>
       <c r="N197" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="198" spans="1:14">
       <c r="A198" s="2">
-        <v>106801</v>
+        <v>101295</v>
       </c>
       <c r="B198" s="2" t="s">
-        <v>580</v>
+        <v>636</v>
       </c>
       <c r="C198" s="2" t="s">
-        <v>581</v>
+        <v>637</v>
       </c>
       <c r="D198" s="2" t="s">
-        <v>582</v>
+        <v>638</v>
       </c>
       <c r="E198" s="2">
-        <v>976</v>
+        <v>1212</v>
       </c>
       <c r="F198" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G198" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H198" s="2" t="s">
-        <v>636</v>
+        <v>639</v>
       </c>
       <c r="I198" s="2">
         <v>99</v>
       </c>
       <c r="J198" s="2">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="K198" s="2">
         <v>150</v>
       </c>
       <c r="L198" s="2">
-        <v>28</v>
+        <v>0</v>
       </c>
       <c r="M198" s="2">
         <v>0</v>
       </c>
       <c r="N198" s="2">
-        <v>178</v>
+        <v>150</v>
       </c>
     </row>
     <row r="199" spans="1:14">
       <c r="A199" s="2">
-        <v>101295</v>
+        <v>106801</v>
       </c>
       <c r="B199" s="2" t="s">
-        <v>637</v>
+        <v>580</v>
       </c>
       <c r="C199" s="2" t="s">
-        <v>638</v>
+        <v>581</v>
       </c>
       <c r="D199" s="2" t="s">
-        <v>639</v>
+        <v>582</v>
       </c>
       <c r="E199" s="2">
-        <v>1212</v>
+        <v>976</v>
       </c>
       <c r="F199" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G199" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H199" s="2" t="s">
         <v>640</v>
       </c>
       <c r="I199" s="2">
         <v>99</v>
       </c>
       <c r="J199" s="2">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="K199" s="2">
         <v>150</v>
       </c>
       <c r="L199" s="2">
-        <v>0</v>
+        <v>28</v>
       </c>
       <c r="M199" s="2">
         <v>0</v>
       </c>
       <c r="N199" s="2">
-        <v>150</v>
+        <v>178</v>
       </c>
     </row>
     <row r="200" spans="1:14">
       <c r="A200" s="2">
         <v>106802</v>
       </c>
       <c r="B200" s="2" t="s">
         <v>641</v>
       </c>
       <c r="C200" s="2" t="s">
         <v>642</v>
       </c>
       <c r="D200" s="2" t="s">
         <v>643</v>
       </c>
       <c r="E200" s="2">
         <v>851</v>
       </c>
       <c r="F200" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G200" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H200" s="2" t="s">
@@ -15203,132 +15203,132 @@
       </c>
       <c r="H203" s="2" t="s">
         <v>652</v>
       </c>
       <c r="I203" s="2">
         <v>101</v>
       </c>
       <c r="J203" s="2">
         <v>97</v>
       </c>
       <c r="K203" s="2">
         <v>150</v>
       </c>
       <c r="L203" s="2">
         <v>0</v>
       </c>
       <c r="M203" s="2">
         <v>0</v>
       </c>
       <c r="N203" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="204" spans="1:14">
       <c r="A204" s="2">
-        <v>106804</v>
+        <v>112674</v>
       </c>
       <c r="B204" s="2" t="s">
         <v>653</v>
       </c>
       <c r="C204" s="2" t="s">
         <v>654</v>
       </c>
-      <c r="D204" s="2" t="s">
+      <c r="D204" s="2"/>
+      <c r="E204" s="2">
+        <v>940</v>
+      </c>
+      <c r="F204" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G204" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="H204" s="2" t="s">
         <v>655</v>
-      </c>
-[...10 lines deleted...]
-        <v>656</v>
       </c>
       <c r="I204" s="2">
         <v>102</v>
       </c>
       <c r="J204" s="2">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="K204" s="2">
         <v>150</v>
       </c>
       <c r="L204" s="2">
-        <v>25</v>
+        <v>0</v>
       </c>
       <c r="M204" s="2">
         <v>0</v>
       </c>
       <c r="N204" s="2">
-        <v>175</v>
+        <v>150</v>
       </c>
     </row>
     <row r="205" spans="1:14">
       <c r="A205" s="2">
-        <v>112674</v>
+        <v>106804</v>
       </c>
       <c r="B205" s="2" t="s">
+        <v>656</v>
+      </c>
+      <c r="C205" s="2" t="s">
         <v>657</v>
       </c>
-      <c r="C205" s="2" t="s">
+      <c r="D205" s="2" t="s">
         <v>658</v>
       </c>
-      <c r="D205" s="2"/>
       <c r="E205" s="2">
-        <v>940</v>
+        <v>1467</v>
       </c>
       <c r="F205" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G205" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H205" s="2" t="s">
         <v>659</v>
       </c>
       <c r="I205" s="2">
         <v>102</v>
       </c>
       <c r="J205" s="2">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="K205" s="2">
         <v>150</v>
       </c>
       <c r="L205" s="2">
-        <v>0</v>
+        <v>25</v>
       </c>
       <c r="M205" s="2">
         <v>0</v>
       </c>
       <c r="N205" s="2">
-        <v>150</v>
+        <v>175</v>
       </c>
     </row>
     <row r="206" spans="1:14">
       <c r="A206" s="2">
         <v>101381</v>
       </c>
       <c r="B206" s="2" t="s">
         <v>660</v>
       </c>
       <c r="C206" s="2" t="s">
         <v>661</v>
       </c>
       <c r="D206" s="2" t="s">
         <v>662</v>
       </c>
       <c r="E206" s="2">
         <v>1323</v>
       </c>
       <c r="F206" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G206" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H206" s="2" t="s">
@@ -15375,243 +15375,243 @@
       </c>
       <c r="H207" s="2" t="s">
         <v>666</v>
       </c>
       <c r="I207" s="2">
         <v>103</v>
       </c>
       <c r="J207" s="2">
         <v>99</v>
       </c>
       <c r="K207" s="2">
         <v>150</v>
       </c>
       <c r="L207" s="2">
         <v>0</v>
       </c>
       <c r="M207" s="2">
         <v>0</v>
       </c>
       <c r="N207" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="208" spans="1:14">
       <c r="A208" s="2">
-        <v>106795</v>
+        <v>106806</v>
       </c>
       <c r="B208" s="2" t="s">
-        <v>601</v>
+        <v>636</v>
       </c>
       <c r="C208" s="2" t="s">
-        <v>602</v>
+        <v>667</v>
       </c>
       <c r="D208" s="2" t="s">
-        <v>603</v>
+        <v>668</v>
       </c>
       <c r="E208" s="2">
-        <v>671</v>
+        <v>1126</v>
       </c>
       <c r="F208" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G208" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H208" s="2" t="s">
-        <v>667</v>
+        <v>669</v>
       </c>
       <c r="I208" s="2">
         <v>104</v>
       </c>
       <c r="J208" s="2">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="K208" s="2">
         <v>150</v>
       </c>
       <c r="L208" s="2">
-        <v>0</v>
+        <v>23</v>
       </c>
       <c r="M208" s="2">
         <v>0</v>
       </c>
       <c r="N208" s="2">
-        <v>150</v>
+        <v>173</v>
       </c>
     </row>
     <row r="209" spans="1:14">
       <c r="A209" s="2">
-        <v>106806</v>
+        <v>106795</v>
       </c>
       <c r="B209" s="2" t="s">
-        <v>637</v>
+        <v>601</v>
       </c>
       <c r="C209" s="2" t="s">
-        <v>668</v>
+        <v>602</v>
       </c>
       <c r="D209" s="2" t="s">
-        <v>669</v>
+        <v>603</v>
       </c>
       <c r="E209" s="2">
-        <v>1126</v>
+        <v>671</v>
       </c>
       <c r="F209" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G209" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H209" s="2" t="s">
         <v>670</v>
       </c>
       <c r="I209" s="2">
         <v>104</v>
       </c>
       <c r="J209" s="2">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="K209" s="2">
         <v>150</v>
       </c>
       <c r="L209" s="2">
-        <v>23</v>
+        <v>0</v>
       </c>
       <c r="M209" s="2">
         <v>0</v>
       </c>
       <c r="N209" s="2">
-        <v>173</v>
+        <v>150</v>
       </c>
     </row>
     <row r="210" spans="1:14">
       <c r="A210" s="2">
-        <v>106807</v>
+        <v>112677</v>
       </c>
       <c r="B210" s="2" t="s">
         <v>671</v>
       </c>
       <c r="C210" s="2" t="s">
         <v>672</v>
       </c>
-      <c r="D210" s="2" t="s">
+      <c r="D210" s="2"/>
+      <c r="E210" s="2">
+        <v>1352</v>
+      </c>
+      <c r="F210" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G210" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="H210" s="2" t="s">
         <v>673</v>
-      </c>
-[...10 lines deleted...]
-        <v>674</v>
       </c>
       <c r="I210" s="2">
         <v>105</v>
       </c>
       <c r="J210" s="2">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="K210" s="2">
         <v>150</v>
       </c>
       <c r="L210" s="2">
-        <v>22</v>
+        <v>0</v>
       </c>
       <c r="M210" s="2">
         <v>0</v>
       </c>
       <c r="N210" s="2">
-        <v>172</v>
+        <v>150</v>
       </c>
     </row>
     <row r="211" spans="1:14">
       <c r="A211" s="2">
-        <v>112677</v>
+        <v>106807</v>
       </c>
       <c r="B211" s="2" t="s">
+        <v>674</v>
+      </c>
+      <c r="C211" s="2" t="s">
         <v>675</v>
       </c>
-      <c r="C211" s="2" t="s">
+      <c r="D211" s="2" t="s">
         <v>676</v>
       </c>
-      <c r="D211" s="2"/>
       <c r="E211" s="2">
-        <v>1352</v>
+        <v>1420</v>
       </c>
       <c r="F211" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G211" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H211" s="2" t="s">
         <v>677</v>
       </c>
       <c r="I211" s="2">
         <v>105</v>
       </c>
       <c r="J211" s="2">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="K211" s="2">
         <v>150</v>
       </c>
       <c r="L211" s="2">
-        <v>0</v>
+        <v>22</v>
       </c>
       <c r="M211" s="2">
         <v>0</v>
       </c>
       <c r="N211" s="2">
-        <v>150</v>
+        <v>172</v>
       </c>
     </row>
     <row r="212" spans="1:14">
       <c r="A212" s="2">
         <v>106808</v>
       </c>
       <c r="B212" s="2" t="s">
         <v>678</v>
       </c>
       <c r="C212" s="2" t="s">
         <v>679</v>
       </c>
       <c r="D212" s="2" t="s">
         <v>680</v>
       </c>
       <c r="E212" s="2">
         <v>25</v>
       </c>
       <c r="F212" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G212" s="2" t="s">
-        <v>201</v>
+        <v>205</v>
       </c>
       <c r="H212" s="2" t="s">
         <v>681</v>
       </c>
       <c r="I212" s="2">
         <v>106</v>
       </c>
       <c r="J212" s="2">
         <v>7</v>
       </c>
       <c r="K212" s="2">
         <v>150</v>
       </c>
       <c r="L212" s="2">
         <v>240</v>
       </c>
       <c r="M212" s="2">
         <v>0</v>
       </c>
       <c r="N212" s="2">
         <v>390</v>
       </c>
     </row>
     <row r="213" spans="1:14">
       <c r="A213" s="2">
@@ -15635,132 +15635,132 @@
       </c>
       <c r="H213" s="2" t="s">
         <v>684</v>
       </c>
       <c r="I213" s="2">
         <v>106</v>
       </c>
       <c r="J213" s="2">
         <v>102</v>
       </c>
       <c r="K213" s="2">
         <v>150</v>
       </c>
       <c r="L213" s="2">
         <v>0</v>
       </c>
       <c r="M213" s="2">
         <v>0</v>
       </c>
       <c r="N213" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="214" spans="1:14">
       <c r="A214" s="2">
-        <v>106852</v>
+        <v>102409</v>
       </c>
       <c r="B214" s="2" t="s">
+        <v>369</v>
+      </c>
+      <c r="C214" s="2" t="s">
+        <v>370</v>
+      </c>
+      <c r="D214" s="2"/>
+      <c r="E214" s="2">
+        <v>1650</v>
+      </c>
+      <c r="F214" s="2" t="s">
+        <v>148</v>
+      </c>
+      <c r="G214" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="H214" s="2" t="s">
         <v>685</v>
-      </c>
-[...16 lines deleted...]
-        <v>688</v>
       </c>
       <c r="I214" s="2">
         <v>107</v>
       </c>
       <c r="J214" s="2">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="K214" s="2">
-        <v>150</v>
+        <v>0</v>
       </c>
       <c r="L214" s="2">
         <v>0</v>
       </c>
       <c r="M214" s="2">
         <v>0</v>
       </c>
       <c r="N214" s="2">
-        <v>150</v>
+        <v>0</v>
       </c>
     </row>
     <row r="215" spans="1:14">
       <c r="A215" s="2">
-        <v>102409</v>
+        <v>106852</v>
       </c>
       <c r="B215" s="2" t="s">
-        <v>369</v>
+        <v>686</v>
       </c>
       <c r="C215" s="2" t="s">
-        <v>370</v>
-[...1 lines deleted...]
-      <c r="D215" s="2"/>
+        <v>687</v>
+      </c>
+      <c r="D215" s="2" t="s">
+        <v>688</v>
+      </c>
       <c r="E215" s="2">
-        <v>1650</v>
+        <v>1363</v>
       </c>
       <c r="F215" s="2" t="s">
-        <v>144</v>
+        <v>17</v>
       </c>
       <c r="G215" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H215" s="2" t="s">
         <v>689</v>
       </c>
       <c r="I215" s="2">
         <v>107</v>
       </c>
       <c r="J215" s="2">
-        <v>100</v>
+        <v>103</v>
       </c>
       <c r="K215" s="2">
-        <v>0</v>
+        <v>150</v>
       </c>
       <c r="L215" s="2">
         <v>0</v>
       </c>
       <c r="M215" s="2">
         <v>0</v>
       </c>
       <c r="N215" s="2">
-        <v>0</v>
+        <v>150</v>
       </c>
     </row>
     <row r="216" spans="1:14">
       <c r="A216" s="2">
         <v>106874</v>
       </c>
       <c r="B216" s="2" t="s">
         <v>117</v>
       </c>
       <c r="C216" s="2" t="s">
         <v>690</v>
       </c>
       <c r="D216" s="2" t="s">
         <v>691</v>
       </c>
       <c r="E216" s="2">
         <v>903</v>
       </c>
       <c r="F216" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G216" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H216" s="2" t="s">
@@ -15809,331 +15809,331 @@
       </c>
       <c r="H217" s="2" t="s">
         <v>695</v>
       </c>
       <c r="I217" s="2">
         <v>108</v>
       </c>
       <c r="J217" s="2">
         <v>101</v>
       </c>
       <c r="K217" s="2">
         <v>150</v>
       </c>
       <c r="L217" s="2">
         <v>20</v>
       </c>
       <c r="M217" s="2">
         <v>0</v>
       </c>
       <c r="N217" s="2">
         <v>170</v>
       </c>
     </row>
     <row r="218" spans="1:14">
       <c r="A218" s="2">
-        <v>106810</v>
+        <v>112681</v>
       </c>
       <c r="B218" s="2" t="s">
-        <v>601</v>
+        <v>696</v>
       </c>
       <c r="C218" s="2" t="s">
-        <v>696</v>
-[...1 lines deleted...]
-      <c r="D218" s="2" t="s">
         <v>697</v>
       </c>
+      <c r="D218" s="2"/>
       <c r="E218" s="2">
-        <v>1583</v>
+        <v>268</v>
       </c>
       <c r="F218" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G218" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H218" s="2" t="s">
         <v>698</v>
       </c>
       <c r="I218" s="2">
         <v>109</v>
       </c>
       <c r="J218" s="2">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="K218" s="2">
         <v>150</v>
       </c>
       <c r="L218" s="2">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="M218" s="2">
         <v>0</v>
       </c>
       <c r="N218" s="2">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="219" spans="1:14">
       <c r="A219" s="2">
-        <v>112681</v>
+        <v>106810</v>
       </c>
       <c r="B219" s="2" t="s">
+        <v>601</v>
+      </c>
+      <c r="C219" s="2" t="s">
         <v>699</v>
       </c>
-      <c r="C219" s="2" t="s">
+      <c r="D219" s="2" t="s">
         <v>700</v>
       </c>
-      <c r="D219" s="2"/>
       <c r="E219" s="2">
-        <v>268</v>
+        <v>1583</v>
       </c>
       <c r="F219" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G219" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H219" s="2" t="s">
         <v>701</v>
       </c>
       <c r="I219" s="2">
         <v>109</v>
       </c>
       <c r="J219" s="2">
-        <v>105</v>
+        <v>102</v>
       </c>
       <c r="K219" s="2">
         <v>150</v>
       </c>
       <c r="L219" s="2">
-        <v>0</v>
+        <v>20</v>
       </c>
       <c r="M219" s="2">
         <v>0</v>
       </c>
       <c r="N219" s="2">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="220" spans="1:14">
       <c r="A220" s="2">
-        <v>106809</v>
+        <v>106811</v>
       </c>
       <c r="B220" s="2" t="s">
-        <v>693</v>
+        <v>702</v>
       </c>
       <c r="C220" s="2" t="s">
-        <v>122</v>
+        <v>557</v>
       </c>
       <c r="D220" s="2" t="s">
-        <v>694</v>
+        <v>703</v>
       </c>
       <c r="E220" s="2">
-        <v>777</v>
+        <v>186</v>
       </c>
       <c r="F220" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G220" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H220" s="2" t="s">
-        <v>702</v>
+        <v>704</v>
       </c>
       <c r="I220" s="2">
         <v>110</v>
       </c>
       <c r="J220" s="2">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="K220" s="2">
         <v>150</v>
       </c>
       <c r="L220" s="2">
-        <v>0</v>
+        <v>20</v>
       </c>
       <c r="M220" s="2">
         <v>0</v>
       </c>
       <c r="N220" s="2">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="221" spans="1:14">
       <c r="A221" s="2">
-        <v>106811</v>
+        <v>106809</v>
       </c>
       <c r="B221" s="2" t="s">
-        <v>703</v>
+        <v>693</v>
       </c>
       <c r="C221" s="2" t="s">
-        <v>558</v>
+        <v>122</v>
       </c>
       <c r="D221" s="2" t="s">
-        <v>704</v>
+        <v>694</v>
       </c>
       <c r="E221" s="2">
-        <v>186</v>
+        <v>777</v>
       </c>
       <c r="F221" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G221" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H221" s="2" t="s">
         <v>705</v>
       </c>
       <c r="I221" s="2">
         <v>110</v>
       </c>
       <c r="J221" s="2">
-        <v>103</v>
+        <v>106</v>
       </c>
       <c r="K221" s="2">
         <v>150</v>
       </c>
       <c r="L221" s="2">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="M221" s="2">
         <v>0</v>
       </c>
       <c r="N221" s="2">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="222" spans="1:14">
       <c r="A222" s="2">
-        <v>106812</v>
+        <v>106776</v>
       </c>
       <c r="B222" s="2" t="s">
+        <v>89</v>
+      </c>
+      <c r="C222" s="2" t="s">
+        <v>489</v>
+      </c>
+      <c r="D222" s="2" t="s">
+        <v>490</v>
+      </c>
+      <c r="E222" s="2">
+        <v>1115</v>
+      </c>
+      <c r="F222" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G222" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="H222" s="2" t="s">
         <v>706</v>
-      </c>
-[...16 lines deleted...]
-        <v>709</v>
       </c>
       <c r="I222" s="2">
         <v>111</v>
       </c>
       <c r="J222" s="2">
-        <v>104</v>
+        <v>107</v>
       </c>
       <c r="K222" s="2">
         <v>150</v>
       </c>
       <c r="L222" s="2">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="M222" s="2">
         <v>0</v>
       </c>
       <c r="N222" s="2">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="223" spans="1:14">
       <c r="A223" s="2">
-        <v>106776</v>
+        <v>106812</v>
       </c>
       <c r="B223" s="2" t="s">
-        <v>89</v>
+        <v>707</v>
       </c>
       <c r="C223" s="2" t="s">
-        <v>489</v>
+        <v>708</v>
       </c>
       <c r="D223" s="2" t="s">
-        <v>490</v>
+        <v>709</v>
       </c>
       <c r="E223" s="2">
-        <v>1115</v>
+        <v>1153</v>
       </c>
       <c r="F223" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G223" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H223" s="2" t="s">
         <v>710</v>
       </c>
       <c r="I223" s="2">
         <v>111</v>
       </c>
       <c r="J223" s="2">
-        <v>107</v>
+        <v>104</v>
       </c>
       <c r="K223" s="2">
         <v>150</v>
       </c>
       <c r="L223" s="2">
-        <v>0</v>
+        <v>20</v>
       </c>
       <c r="M223" s="2">
         <v>0</v>
       </c>
       <c r="N223" s="2">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="224" spans="1:14">
       <c r="A224" s="2">
         <v>106813</v>
       </c>
       <c r="B224" s="2" t="s">
         <v>711</v>
       </c>
       <c r="C224" s="2" t="s">
         <v>712</v>
       </c>
       <c r="D224" s="2" t="s">
         <v>713</v>
       </c>
       <c r="E224" s="2">
         <v>2174</v>
       </c>
       <c r="F224" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G224" s="2" t="s">
-        <v>201</v>
+        <v>205</v>
       </c>
       <c r="H224" s="2" t="s">
         <v>714</v>
       </c>
       <c r="I224" s="2">
         <v>112</v>
       </c>
       <c r="J224" s="2">
         <v>8</v>
       </c>
       <c r="K224" s="2">
         <v>150</v>
       </c>
       <c r="L224" s="2">
         <v>230</v>
       </c>
       <c r="M224" s="2">
         <v>0</v>
       </c>
       <c r="N224" s="2">
         <v>380</v>
       </c>
     </row>
     <row r="225" spans="1:14">
       <c r="A225" s="2">
@@ -16159,482 +16159,482 @@
       </c>
       <c r="H225" s="2" t="s">
         <v>718</v>
       </c>
       <c r="I225" s="2">
         <v>112</v>
       </c>
       <c r="J225" s="2">
         <v>108</v>
       </c>
       <c r="K225" s="2">
         <v>150</v>
       </c>
       <c r="L225" s="2">
         <v>0</v>
       </c>
       <c r="M225" s="2">
         <v>0</v>
       </c>
       <c r="N225" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="226" spans="1:14">
       <c r="A226" s="2">
-        <v>106815</v>
+        <v>106814</v>
       </c>
       <c r="B226" s="2" t="s">
-        <v>56</v>
+        <v>277</v>
       </c>
       <c r="C226" s="2" t="s">
+        <v>278</v>
+      </c>
+      <c r="D226" s="2" t="s">
+        <v>279</v>
+      </c>
+      <c r="E226" s="2">
+        <v>208</v>
+      </c>
+      <c r="F226" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G226" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="H226" s="2" t="s">
         <v>719</v>
-      </c>
-[...13 lines deleted...]
-        <v>721</v>
       </c>
       <c r="I226" s="2">
         <v>113</v>
       </c>
       <c r="J226" s="2">
-        <v>109</v>
+        <v>105</v>
       </c>
       <c r="K226" s="2">
         <v>150</v>
       </c>
       <c r="L226" s="2">
-        <v>0</v>
+        <v>20</v>
       </c>
       <c r="M226" s="2">
         <v>0</v>
       </c>
       <c r="N226" s="2">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="227" spans="1:14">
       <c r="A227" s="2">
-        <v>106814</v>
+        <v>106815</v>
       </c>
       <c r="B227" s="2" t="s">
-        <v>273</v>
+        <v>56</v>
       </c>
       <c r="C227" s="2" t="s">
-        <v>274</v>
+        <v>720</v>
       </c>
       <c r="D227" s="2" t="s">
-        <v>275</v>
+        <v>721</v>
       </c>
       <c r="E227" s="2">
-        <v>208</v>
+        <v>577</v>
       </c>
       <c r="F227" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G227" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H227" s="2" t="s">
         <v>722</v>
       </c>
       <c r="I227" s="2">
         <v>113</v>
       </c>
       <c r="J227" s="2">
-        <v>105</v>
+        <v>109</v>
       </c>
       <c r="K227" s="2">
         <v>150</v>
       </c>
       <c r="L227" s="2">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="M227" s="2">
         <v>0</v>
       </c>
       <c r="N227" s="2">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="228" spans="1:14">
       <c r="A228" s="2">
-        <v>106815</v>
+        <v>110567</v>
       </c>
       <c r="B228" s="2" t="s">
-        <v>56</v>
+        <v>89</v>
       </c>
       <c r="C228" s="2" t="s">
-        <v>719</v>
-[...3 lines deleted...]
-      </c>
+        <v>723</v>
+      </c>
+      <c r="D228" s="2"/>
       <c r="E228" s="2">
-        <v>725</v>
+        <v>954</v>
       </c>
       <c r="F228" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G228" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H228" s="2" t="s">
-        <v>723</v>
+        <v>724</v>
       </c>
       <c r="I228" s="2">
         <v>114</v>
       </c>
       <c r="J228" s="2">
-        <v>106</v>
+        <v>110</v>
       </c>
       <c r="K228" s="2">
         <v>150</v>
       </c>
       <c r="L228" s="2">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="M228" s="2">
         <v>0</v>
       </c>
       <c r="N228" s="2">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="229" spans="1:14">
       <c r="A229" s="2">
-        <v>110567</v>
+        <v>106815</v>
       </c>
       <c r="B229" s="2" t="s">
-        <v>89</v>
+        <v>56</v>
       </c>
       <c r="C229" s="2" t="s">
-        <v>724</v>
-[...1 lines deleted...]
-      <c r="D229" s="2"/>
+        <v>720</v>
+      </c>
+      <c r="D229" s="2" t="s">
+        <v>721</v>
+      </c>
       <c r="E229" s="2">
-        <v>954</v>
+        <v>725</v>
       </c>
       <c r="F229" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G229" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H229" s="2" t="s">
         <v>725</v>
       </c>
       <c r="I229" s="2">
         <v>114</v>
       </c>
       <c r="J229" s="2">
-        <v>110</v>
+        <v>106</v>
       </c>
       <c r="K229" s="2">
         <v>150</v>
       </c>
       <c r="L229" s="2">
-        <v>0</v>
+        <v>20</v>
       </c>
       <c r="M229" s="2">
         <v>0</v>
       </c>
       <c r="N229" s="2">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="230" spans="1:14">
       <c r="A230" s="2">
         <v>106816</v>
       </c>
       <c r="B230" s="2" t="s">
-        <v>539</v>
+        <v>541</v>
       </c>
       <c r="C230" s="2" t="s">
         <v>726</v>
       </c>
       <c r="D230" s="2" t="s">
         <v>727</v>
       </c>
       <c r="E230" s="2">
         <v>816</v>
       </c>
       <c r="F230" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G230" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H230" s="2" t="s">
         <v>728</v>
       </c>
       <c r="I230" s="2">
         <v>115</v>
       </c>
       <c r="J230" s="2">
         <v>107</v>
       </c>
       <c r="K230" s="2">
         <v>150</v>
       </c>
       <c r="L230" s="2">
         <v>20</v>
       </c>
       <c r="M230" s="2">
         <v>0</v>
       </c>
       <c r="N230" s="2">
         <v>170</v>
       </c>
     </row>
     <row r="231" spans="1:14">
       <c r="A231" s="2">
         <v>106897</v>
       </c>
       <c r="B231" s="2" t="s">
         <v>117</v>
       </c>
       <c r="C231" s="2" t="s">
-        <v>97</v>
+        <v>94</v>
       </c>
       <c r="D231" s="2" t="s">
         <v>729</v>
       </c>
       <c r="E231" s="2">
         <v>950</v>
       </c>
       <c r="F231" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G231" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H231" s="2" t="s">
         <v>730</v>
       </c>
       <c r="I231" s="2">
         <v>115</v>
       </c>
       <c r="J231" s="2">
         <v>111</v>
       </c>
       <c r="K231" s="2">
         <v>150</v>
       </c>
       <c r="L231" s="2">
         <v>0</v>
       </c>
       <c r="M231" s="2">
         <v>0</v>
       </c>
       <c r="N231" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="232" spans="1:14">
       <c r="A232" s="2">
-        <v>106827</v>
+        <v>106817</v>
       </c>
       <c r="B232" s="2" t="s">
+        <v>93</v>
+      </c>
+      <c r="C232" s="2" t="s">
         <v>731</v>
-      </c>
-[...1 lines deleted...]
-        <v>307</v>
       </c>
       <c r="D232" s="2" t="s">
         <v>732</v>
       </c>
       <c r="E232" s="2">
-        <v>559</v>
+        <v>173</v>
       </c>
       <c r="F232" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G232" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H232" s="2" t="s">
         <v>733</v>
       </c>
       <c r="I232" s="2">
         <v>116</v>
       </c>
       <c r="J232" s="2">
-        <v>112</v>
+        <v>108</v>
       </c>
       <c r="K232" s="2">
         <v>150</v>
       </c>
       <c r="L232" s="2">
-        <v>0</v>
+        <v>20</v>
       </c>
       <c r="M232" s="2">
         <v>0</v>
       </c>
       <c r="N232" s="2">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="233" spans="1:14">
       <c r="A233" s="2">
-        <v>106817</v>
+        <v>106827</v>
       </c>
       <c r="B233" s="2" t="s">
-        <v>96</v>
+        <v>734</v>
       </c>
       <c r="C233" s="2" t="s">
-        <v>734</v>
+        <v>307</v>
       </c>
       <c r="D233" s="2" t="s">
         <v>735</v>
       </c>
       <c r="E233" s="2">
-        <v>173</v>
+        <v>559</v>
       </c>
       <c r="F233" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G233" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H233" s="2" t="s">
         <v>736</v>
       </c>
       <c r="I233" s="2">
         <v>116</v>
       </c>
       <c r="J233" s="2">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="K233" s="2">
         <v>150</v>
       </c>
       <c r="L233" s="2">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="M233" s="2">
         <v>0</v>
       </c>
       <c r="N233" s="2">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="234" spans="1:14">
       <c r="A234" s="2">
-        <v>106818</v>
+        <v>112689</v>
       </c>
       <c r="B234" s="2" t="s">
         <v>737</v>
       </c>
       <c r="C234" s="2" t="s">
+        <v>69</v>
+      </c>
+      <c r="D234" s="2"/>
+      <c r="E234" s="2">
+        <v>1148</v>
+      </c>
+      <c r="F234" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G234" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="H234" s="2" t="s">
         <v>738</v>
-      </c>
-[...13 lines deleted...]
-        <v>740</v>
       </c>
       <c r="I234" s="2">
         <v>117</v>
       </c>
       <c r="J234" s="2">
-        <v>9</v>
+        <v>113</v>
       </c>
       <c r="K234" s="2">
         <v>150</v>
       </c>
       <c r="L234" s="2">
-        <v>220</v>
+        <v>0</v>
       </c>
       <c r="M234" s="2">
         <v>0</v>
       </c>
       <c r="N234" s="2">
-        <v>370</v>
+        <v>150</v>
       </c>
     </row>
     <row r="235" spans="1:14">
       <c r="A235" s="2">
-        <v>112689</v>
+        <v>106818</v>
       </c>
       <c r="B235" s="2" t="s">
+        <v>739</v>
+      </c>
+      <c r="C235" s="2" t="s">
+        <v>740</v>
+      </c>
+      <c r="D235" s="2" t="s">
         <v>741</v>
       </c>
-      <c r="C235" s="2" t="s">
-[...2 lines deleted...]
-      <c r="D235" s="2"/>
       <c r="E235" s="2">
-        <v>1148</v>
+        <v>2033</v>
       </c>
       <c r="F235" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G235" s="2" t="s">
-        <v>18</v>
+        <v>205</v>
       </c>
       <c r="H235" s="2" t="s">
         <v>742</v>
       </c>
       <c r="I235" s="2">
         <v>117</v>
       </c>
       <c r="J235" s="2">
-        <v>113</v>
+        <v>9</v>
       </c>
       <c r="K235" s="2">
         <v>150</v>
       </c>
       <c r="L235" s="2">
-        <v>0</v>
+        <v>220</v>
       </c>
       <c r="M235" s="2">
         <v>0</v>
       </c>
       <c r="N235" s="2">
-        <v>150</v>
+        <v>370</v>
       </c>
     </row>
     <row r="236" spans="1:14">
       <c r="A236" s="2">
         <v>106819</v>
       </c>
       <c r="B236" s="2" t="s">
         <v>743</v>
       </c>
       <c r="C236" s="2" t="s">
         <v>504</v>
       </c>
       <c r="D236" s="2" t="s">
         <v>744</v>
       </c>
       <c r="E236" s="2">
         <v>926</v>
       </c>
       <c r="F236" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G236" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H236" s="2" t="s">
@@ -16681,218 +16681,218 @@
       </c>
       <c r="H237" s="2" t="s">
         <v>747</v>
       </c>
       <c r="I237" s="2">
         <v>118</v>
       </c>
       <c r="J237" s="2">
         <v>114</v>
       </c>
       <c r="K237" s="2">
         <v>150</v>
       </c>
       <c r="L237" s="2">
         <v>0</v>
       </c>
       <c r="M237" s="2">
         <v>0</v>
       </c>
       <c r="N237" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="238" spans="1:14">
       <c r="A238" s="2">
-        <v>112691</v>
+        <v>106820</v>
       </c>
       <c r="B238" s="2" t="s">
-        <v>544</v>
+        <v>748</v>
       </c>
       <c r="C238" s="2" t="s">
-        <v>748</v>
-[...1 lines deleted...]
-      <c r="D238" s="2"/>
+        <v>749</v>
+      </c>
+      <c r="D238" s="2" t="s">
+        <v>750</v>
+      </c>
       <c r="E238" s="2">
-        <v>1545</v>
+        <v>1579</v>
       </c>
       <c r="F238" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G238" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H238" s="2" t="s">
-        <v>749</v>
+        <v>751</v>
       </c>
       <c r="I238" s="2">
         <v>119</v>
       </c>
       <c r="J238" s="2">
-        <v>115</v>
+        <v>110</v>
       </c>
       <c r="K238" s="2">
         <v>150</v>
       </c>
       <c r="L238" s="2">
-        <v>0</v>
+        <v>20</v>
       </c>
       <c r="M238" s="2">
         <v>0</v>
       </c>
       <c r="N238" s="2">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="239" spans="1:14">
       <c r="A239" s="2">
-        <v>106820</v>
+        <v>112691</v>
       </c>
       <c r="B239" s="2" t="s">
-        <v>750</v>
+        <v>546</v>
       </c>
       <c r="C239" s="2" t="s">
-        <v>751</v>
-[...1 lines deleted...]
-      <c r="D239" s="2" t="s">
         <v>752</v>
       </c>
+      <c r="D239" s="2"/>
       <c r="E239" s="2">
-        <v>1579</v>
+        <v>1545</v>
       </c>
       <c r="F239" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G239" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H239" s="2" t="s">
         <v>753</v>
       </c>
       <c r="I239" s="2">
         <v>119</v>
       </c>
       <c r="J239" s="2">
-        <v>110</v>
+        <v>115</v>
       </c>
       <c r="K239" s="2">
         <v>150</v>
       </c>
       <c r="L239" s="2">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="M239" s="2">
         <v>0</v>
       </c>
       <c r="N239" s="2">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="240" spans="1:14">
       <c r="A240" s="2">
-        <v>106821</v>
+        <v>112692</v>
       </c>
       <c r="B240" s="2" t="s">
-        <v>527</v>
+        <v>754</v>
       </c>
       <c r="C240" s="2" t="s">
-        <v>754</v>
-[...1 lines deleted...]
-      <c r="D240" s="2" t="s">
         <v>755</v>
       </c>
+      <c r="D240" s="2"/>
       <c r="E240" s="2">
-        <v>979</v>
+        <v>1150</v>
       </c>
       <c r="F240" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G240" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H240" s="2" t="s">
         <v>756</v>
       </c>
       <c r="I240" s="2">
         <v>120</v>
       </c>
       <c r="J240" s="2">
-        <v>111</v>
+        <v>116</v>
       </c>
       <c r="K240" s="2">
         <v>150</v>
       </c>
       <c r="L240" s="2">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="M240" s="2">
         <v>0</v>
       </c>
       <c r="N240" s="2">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="241" spans="1:14">
       <c r="A241" s="2">
-        <v>112692</v>
+        <v>106821</v>
       </c>
       <c r="B241" s="2" t="s">
+        <v>527</v>
+      </c>
+      <c r="C241" s="2" t="s">
         <v>757</v>
       </c>
-      <c r="C241" s="2" t="s">
+      <c r="D241" s="2" t="s">
         <v>758</v>
       </c>
-      <c r="D241" s="2"/>
       <c r="E241" s="2">
-        <v>1150</v>
+        <v>979</v>
       </c>
       <c r="F241" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G241" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H241" s="2" t="s">
         <v>759</v>
       </c>
       <c r="I241" s="2">
         <v>120</v>
       </c>
       <c r="J241" s="2">
-        <v>116</v>
+        <v>111</v>
       </c>
       <c r="K241" s="2">
         <v>150</v>
       </c>
       <c r="L241" s="2">
-        <v>0</v>
+        <v>20</v>
       </c>
       <c r="M241" s="2">
         <v>0</v>
       </c>
       <c r="N241" s="2">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="242" spans="1:14">
       <c r="A242" s="2">
         <v>106822</v>
       </c>
       <c r="B242" s="2" t="s">
         <v>549</v>
       </c>
       <c r="C242" s="2" t="s">
         <v>550</v>
       </c>
       <c r="D242" s="2" t="s">
         <v>551</v>
       </c>
       <c r="E242" s="2">
         <v>143</v>
       </c>
       <c r="F242" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G242" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H242" s="2" t="s">
@@ -16910,591 +16910,591 @@
       <c r="L242" s="2">
         <v>20</v>
       </c>
       <c r="M242" s="2">
         <v>0</v>
       </c>
       <c r="N242" s="2">
         <v>170</v>
       </c>
     </row>
     <row r="243" spans="1:14">
       <c r="A243" s="2">
         <v>108046</v>
       </c>
       <c r="B243" s="2" t="s">
         <v>761</v>
       </c>
       <c r="C243" s="2" t="s">
         <v>762</v>
       </c>
       <c r="D243" s="2"/>
       <c r="E243" s="2">
         <v>37</v>
       </c>
       <c r="F243" s="2" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
       <c r="G243" s="2" t="s">
-        <v>201</v>
+        <v>205</v>
       </c>
       <c r="H243" s="2" t="s">
         <v>763</v>
       </c>
       <c r="I243" s="2">
         <v>121</v>
       </c>
       <c r="J243" s="2">
         <v>5</v>
       </c>
       <c r="K243" s="2">
         <v>150</v>
       </c>
       <c r="L243" s="2">
         <v>400</v>
       </c>
       <c r="M243" s="2">
         <v>0</v>
       </c>
       <c r="N243" s="2">
         <v>550</v>
       </c>
     </row>
     <row r="244" spans="1:14">
       <c r="A244" s="2">
-        <v>112693</v>
+        <v>106823</v>
       </c>
       <c r="B244" s="2" t="s">
         <v>764</v>
       </c>
       <c r="C244" s="2" t="s">
-        <v>37</v>
-[...1 lines deleted...]
-      <c r="D244" s="2"/>
+        <v>72</v>
+      </c>
+      <c r="D244" s="2" t="s">
+        <v>765</v>
+      </c>
       <c r="E244" s="2">
-        <v>1141</v>
+        <v>1048</v>
       </c>
       <c r="F244" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G244" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H244" s="2" t="s">
-        <v>765</v>
+        <v>766</v>
       </c>
       <c r="I244" s="2">
         <v>122</v>
       </c>
       <c r="J244" s="2">
-        <v>117</v>
+        <v>113</v>
       </c>
       <c r="K244" s="2">
         <v>150</v>
       </c>
       <c r="L244" s="2">
-        <v>0</v>
+        <v>20</v>
       </c>
       <c r="M244" s="2">
         <v>0</v>
       </c>
       <c r="N244" s="2">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="245" spans="1:14">
       <c r="A245" s="2">
-        <v>106823</v>
+        <v>112693</v>
       </c>
       <c r="B245" s="2" t="s">
-        <v>766</v>
+        <v>767</v>
       </c>
       <c r="C245" s="2" t="s">
-        <v>69</v>
-[...3 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="D245" s="2"/>
       <c r="E245" s="2">
-        <v>1048</v>
+        <v>1141</v>
       </c>
       <c r="F245" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G245" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H245" s="2" t="s">
         <v>768</v>
       </c>
       <c r="I245" s="2">
         <v>122</v>
       </c>
       <c r="J245" s="2">
-        <v>113</v>
+        <v>117</v>
       </c>
       <c r="K245" s="2">
         <v>150</v>
       </c>
       <c r="L245" s="2">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="M245" s="2">
         <v>0</v>
       </c>
       <c r="N245" s="2">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="246" spans="1:14">
       <c r="A246" s="2">
-        <v>112694</v>
+        <v>106824</v>
       </c>
       <c r="B246" s="2" t="s">
+        <v>237</v>
+      </c>
+      <c r="C246" s="2" t="s">
+        <v>238</v>
+      </c>
+      <c r="D246" s="2" t="s">
+        <v>239</v>
+      </c>
+      <c r="E246" s="2">
+        <v>21</v>
+      </c>
+      <c r="F246" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G246" s="2" t="s">
+        <v>205</v>
+      </c>
+      <c r="H246" s="2" t="s">
         <v>769</v>
-      </c>
-[...14 lines deleted...]
-        <v>771</v>
       </c>
       <c r="I246" s="2">
         <v>123</v>
       </c>
       <c r="J246" s="2">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="K246" s="2">
         <v>150</v>
       </c>
       <c r="L246" s="2">
-        <v>0</v>
+        <v>210</v>
       </c>
       <c r="M246" s="2">
         <v>0</v>
       </c>
       <c r="N246" s="2">
-        <v>150</v>
+        <v>360</v>
       </c>
     </row>
     <row r="247" spans="1:14">
       <c r="A247" s="2">
-        <v>106824</v>
+        <v>112694</v>
       </c>
       <c r="B247" s="2" t="s">
-        <v>237</v>
+        <v>770</v>
       </c>
       <c r="C247" s="2" t="s">
-        <v>238</v>
-[...3 lines deleted...]
-      </c>
+        <v>771</v>
+      </c>
+      <c r="D247" s="2"/>
       <c r="E247" s="2">
-        <v>21</v>
+        <v>2029</v>
       </c>
       <c r="F247" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G247" s="2" t="s">
-        <v>201</v>
+        <v>205</v>
       </c>
       <c r="H247" s="2" t="s">
         <v>772</v>
       </c>
       <c r="I247" s="2">
         <v>123</v>
       </c>
       <c r="J247" s="2">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="K247" s="2">
         <v>150</v>
       </c>
       <c r="L247" s="2">
-        <v>210</v>
+        <v>0</v>
       </c>
       <c r="M247" s="2">
         <v>0</v>
       </c>
       <c r="N247" s="2">
-        <v>360</v>
+        <v>150</v>
       </c>
     </row>
     <row r="248" spans="1:14">
       <c r="A248" s="2">
-        <v>112695</v>
+        <v>106825</v>
       </c>
       <c r="B248" s="2" t="s">
+        <v>155</v>
+      </c>
+      <c r="C248" s="2" t="s">
+        <v>72</v>
+      </c>
+      <c r="D248" s="2" t="s">
         <v>773</v>
       </c>
-      <c r="C248" s="2" t="s">
+      <c r="E248" s="2">
+        <v>1565</v>
+      </c>
+      <c r="F248" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G248" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="H248" s="2" t="s">
         <v>774</v>
-      </c>
-[...11 lines deleted...]
-        <v>775</v>
       </c>
       <c r="I248" s="2">
         <v>124</v>
       </c>
       <c r="J248" s="2">
-        <v>118</v>
+        <v>114</v>
       </c>
       <c r="K248" s="2">
         <v>150</v>
       </c>
       <c r="L248" s="2">
-        <v>0</v>
+        <v>20</v>
       </c>
       <c r="M248" s="2">
         <v>0</v>
       </c>
       <c r="N248" s="2">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="249" spans="1:14">
       <c r="A249" s="2">
-        <v>106825</v>
+        <v>112695</v>
       </c>
       <c r="B249" s="2" t="s">
-        <v>159</v>
+        <v>775</v>
       </c>
       <c r="C249" s="2" t="s">
-        <v>69</v>
-[...1 lines deleted...]
-      <c r="D249" s="2" t="s">
         <v>776</v>
       </c>
+      <c r="D249" s="2"/>
       <c r="E249" s="2">
-        <v>1565</v>
+        <v>1159</v>
       </c>
       <c r="F249" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G249" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H249" s="2" t="s">
         <v>777</v>
       </c>
       <c r="I249" s="2">
         <v>124</v>
       </c>
       <c r="J249" s="2">
-        <v>114</v>
+        <v>118</v>
       </c>
       <c r="K249" s="2">
         <v>150</v>
       </c>
       <c r="L249" s="2">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="M249" s="2">
         <v>0</v>
       </c>
       <c r="N249" s="2">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="250" spans="1:14">
       <c r="A250" s="2">
-        <v>112696</v>
+        <v>106826</v>
       </c>
       <c r="B250" s="2" t="s">
-        <v>346</v>
+        <v>778</v>
       </c>
       <c r="C250" s="2" t="s">
-        <v>465</v>
-[...1 lines deleted...]
-      <c r="D250" s="2"/>
+        <v>122</v>
+      </c>
+      <c r="D250" s="2" t="s">
+        <v>779</v>
+      </c>
       <c r="E250" s="2">
-        <v>609</v>
+        <v>1408</v>
       </c>
       <c r="F250" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G250" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H250" s="2" t="s">
-        <v>778</v>
+        <v>780</v>
       </c>
       <c r="I250" s="2">
         <v>125</v>
       </c>
       <c r="J250" s="2">
-        <v>119</v>
+        <v>115</v>
       </c>
       <c r="K250" s="2">
         <v>150</v>
       </c>
       <c r="L250" s="2">
-        <v>0</v>
+        <v>20</v>
       </c>
       <c r="M250" s="2">
         <v>0</v>
       </c>
       <c r="N250" s="2">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="251" spans="1:14">
       <c r="A251" s="2">
-        <v>106826</v>
+        <v>112696</v>
       </c>
       <c r="B251" s="2" t="s">
-        <v>779</v>
+        <v>350</v>
       </c>
       <c r="C251" s="2" t="s">
-        <v>122</v>
-[...3 lines deleted...]
-      </c>
+        <v>465</v>
+      </c>
+      <c r="D251" s="2"/>
       <c r="E251" s="2">
-        <v>1408</v>
+        <v>609</v>
       </c>
       <c r="F251" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G251" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H251" s="2" t="s">
         <v>781</v>
       </c>
       <c r="I251" s="2">
         <v>125</v>
       </c>
       <c r="J251" s="2">
-        <v>115</v>
+        <v>119</v>
       </c>
       <c r="K251" s="2">
         <v>150</v>
       </c>
       <c r="L251" s="2">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="M251" s="2">
         <v>0</v>
       </c>
       <c r="N251" s="2">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="252" spans="1:14">
       <c r="A252" s="2">
-        <v>112697</v>
+        <v>106827</v>
       </c>
       <c r="B252" s="2" t="s">
+        <v>734</v>
+      </c>
+      <c r="C252" s="2" t="s">
+        <v>307</v>
+      </c>
+      <c r="D252" s="2" t="s">
+        <v>735</v>
+      </c>
+      <c r="E252" s="2">
+        <v>700</v>
+      </c>
+      <c r="F252" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G252" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="H252" s="2" t="s">
         <v>782</v>
-      </c>
-[...14 lines deleted...]
-        <v>784</v>
       </c>
       <c r="I252" s="2">
         <v>126</v>
       </c>
       <c r="J252" s="2">
-        <v>120</v>
+        <v>116</v>
       </c>
       <c r="K252" s="2">
         <v>150</v>
       </c>
       <c r="L252" s="2">
-        <v>0</v>
+        <v>20</v>
       </c>
       <c r="M252" s="2">
         <v>0</v>
       </c>
       <c r="N252" s="2">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="253" spans="1:14">
       <c r="A253" s="2">
-        <v>106827</v>
+        <v>112697</v>
       </c>
       <c r="B253" s="2" t="s">
-        <v>731</v>
+        <v>783</v>
       </c>
       <c r="C253" s="2" t="s">
-        <v>307</v>
-[...3 lines deleted...]
-      </c>
+        <v>784</v>
+      </c>
+      <c r="D253" s="2"/>
       <c r="E253" s="2">
-        <v>700</v>
+        <v>776</v>
       </c>
       <c r="F253" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G253" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H253" s="2" t="s">
         <v>785</v>
       </c>
       <c r="I253" s="2">
         <v>126</v>
       </c>
       <c r="J253" s="2">
-        <v>116</v>
+        <v>120</v>
       </c>
       <c r="K253" s="2">
         <v>150</v>
       </c>
       <c r="L253" s="2">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="M253" s="2">
         <v>0</v>
       </c>
       <c r="N253" s="2">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="254" spans="1:14">
       <c r="A254" s="2">
-        <v>112698</v>
+        <v>106828</v>
       </c>
       <c r="B254" s="2" t="s">
-        <v>544</v>
+        <v>715</v>
       </c>
       <c r="C254" s="2" t="s">
-        <v>386</v>
-[...1 lines deleted...]
-      <c r="D254" s="2"/>
+        <v>786</v>
+      </c>
+      <c r="D254" s="2" t="s">
+        <v>787</v>
+      </c>
       <c r="E254" s="2">
-        <v>1493</v>
+        <v>758</v>
       </c>
       <c r="F254" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G254" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H254" s="2" t="s">
-        <v>786</v>
+        <v>788</v>
       </c>
       <c r="I254" s="2">
         <v>127</v>
       </c>
       <c r="J254" s="2">
-        <v>121</v>
+        <v>117</v>
       </c>
       <c r="K254" s="2">
         <v>150</v>
       </c>
       <c r="L254" s="2">
-        <v>0</v>
+        <v>20</v>
       </c>
       <c r="M254" s="2">
         <v>0</v>
       </c>
       <c r="N254" s="2">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="255" spans="1:14">
       <c r="A255" s="2">
-        <v>106828</v>
+        <v>112698</v>
       </c>
       <c r="B255" s="2" t="s">
-        <v>715</v>
+        <v>546</v>
       </c>
       <c r="C255" s="2" t="s">
-        <v>787</v>
-[...3 lines deleted...]
-      </c>
+        <v>386</v>
+      </c>
+      <c r="D255" s="2"/>
       <c r="E255" s="2">
-        <v>758</v>
+        <v>1493</v>
       </c>
       <c r="F255" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G255" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H255" s="2" t="s">
         <v>789</v>
       </c>
       <c r="I255" s="2">
         <v>127</v>
       </c>
       <c r="J255" s="2">
-        <v>117</v>
+        <v>121</v>
       </c>
       <c r="K255" s="2">
         <v>150</v>
       </c>
       <c r="L255" s="2">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="M255" s="2">
         <v>0</v>
       </c>
       <c r="N255" s="2">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="256" spans="1:14">
       <c r="A256" s="2">
         <v>106829</v>
       </c>
       <c r="B256" s="2" t="s">
         <v>646</v>
       </c>
       <c r="C256" s="2" t="s">
         <v>790</v>
       </c>
       <c r="D256" s="2" t="s">
         <v>791</v>
       </c>
       <c r="E256" s="2">
         <v>403</v>
       </c>
       <c r="F256" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G256" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H256" s="2" t="s">
@@ -17588,173 +17588,173 @@
       </c>
       <c r="I258" s="2">
         <v>129</v>
       </c>
       <c r="J258" s="2">
         <v>123</v>
       </c>
       <c r="K258" s="2">
         <v>150</v>
       </c>
       <c r="L258" s="2">
         <v>0</v>
       </c>
       <c r="M258" s="2">
         <v>0</v>
       </c>
       <c r="N258" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="259" spans="1:14">
       <c r="A259" s="2">
         <v>106830</v>
       </c>
       <c r="B259" s="2" t="s">
-        <v>258</v>
+        <v>262</v>
       </c>
       <c r="C259" s="2" t="s">
         <v>798</v>
       </c>
       <c r="D259" s="2" t="s">
         <v>799</v>
       </c>
       <c r="E259" s="2">
         <v>406</v>
       </c>
       <c r="F259" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G259" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H259" s="2" t="s">
         <v>800</v>
       </c>
       <c r="I259" s="2">
         <v>129</v>
       </c>
       <c r="J259" s="2">
         <v>119</v>
       </c>
       <c r="K259" s="2">
         <v>150</v>
       </c>
       <c r="L259" s="2">
         <v>20</v>
       </c>
       <c r="M259" s="2">
         <v>0</v>
       </c>
       <c r="N259" s="2">
         <v>170</v>
       </c>
     </row>
     <row r="260" spans="1:14">
       <c r="A260" s="2">
-        <v>112701</v>
+        <v>106831</v>
       </c>
       <c r="B260" s="2" t="s">
         <v>801</v>
       </c>
       <c r="C260" s="2" t="s">
         <v>802</v>
       </c>
-      <c r="D260" s="2"/>
+      <c r="D260" s="2" t="s">
+        <v>803</v>
+      </c>
       <c r="E260" s="2">
-        <v>645</v>
+        <v>1454</v>
       </c>
       <c r="F260" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G260" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H260" s="2" t="s">
-        <v>803</v>
+        <v>804</v>
       </c>
       <c r="I260" s="2">
         <v>130</v>
       </c>
       <c r="J260" s="2">
-        <v>124</v>
+        <v>120</v>
       </c>
       <c r="K260" s="2">
         <v>150</v>
       </c>
       <c r="L260" s="2">
-        <v>0</v>
+        <v>20</v>
       </c>
       <c r="M260" s="2">
         <v>0</v>
       </c>
       <c r="N260" s="2">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="261" spans="1:14">
       <c r="A261" s="2">
-        <v>106831</v>
+        <v>112701</v>
       </c>
       <c r="B261" s="2" t="s">
-        <v>804</v>
+        <v>805</v>
       </c>
       <c r="C261" s="2" t="s">
-        <v>805</v>
-[...1 lines deleted...]
-      <c r="D261" s="2" t="s">
         <v>806</v>
       </c>
+      <c r="D261" s="2"/>
       <c r="E261" s="2">
-        <v>1454</v>
+        <v>645</v>
       </c>
       <c r="F261" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G261" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H261" s="2" t="s">
         <v>807</v>
       </c>
       <c r="I261" s="2">
         <v>130</v>
       </c>
       <c r="J261" s="2">
-        <v>120</v>
+        <v>124</v>
       </c>
       <c r="K261" s="2">
         <v>150</v>
       </c>
       <c r="L261" s="2">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="M261" s="2">
         <v>0</v>
       </c>
       <c r="N261" s="2">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="262" spans="1:14">
       <c r="A262" s="2">
         <v>106832</v>
       </c>
       <c r="B262" s="2" t="s">
         <v>450</v>
       </c>
       <c r="C262" s="2" t="s">
         <v>451</v>
       </c>
       <c r="D262" s="2" t="s">
         <v>452</v>
       </c>
       <c r="E262" s="2">
         <v>1383</v>
       </c>
       <c r="F262" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G262" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H262" s="2" t="s">
@@ -17887,202 +17887,202 @@
       </c>
       <c r="H265" s="2" t="s">
         <v>814</v>
       </c>
       <c r="I265" s="2">
         <v>132</v>
       </c>
       <c r="J265" s="2">
         <v>122</v>
       </c>
       <c r="K265" s="2">
         <v>150</v>
       </c>
       <c r="L265" s="2">
         <v>20</v>
       </c>
       <c r="M265" s="2">
         <v>0</v>
       </c>
       <c r="N265" s="2">
         <v>170</v>
       </c>
     </row>
     <row r="266" spans="1:14">
       <c r="A266" s="2">
-        <v>106894</v>
+        <v>104954</v>
       </c>
       <c r="B266" s="2" t="s">
-        <v>194</v>
+        <v>815</v>
       </c>
       <c r="C266" s="2" t="s">
-        <v>815</v>
-[...1 lines deleted...]
-      <c r="D266" s="2" t="s">
         <v>816</v>
       </c>
+      <c r="D266" s="2"/>
       <c r="E266" s="2">
-        <v>1178</v>
+        <v>2032</v>
       </c>
       <c r="F266" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G266" s="2" t="s">
-        <v>18</v>
+        <v>205</v>
       </c>
       <c r="H266" s="2" t="s">
         <v>817</v>
       </c>
       <c r="I266" s="2">
         <v>133</v>
       </c>
       <c r="J266" s="2">
-        <v>127</v>
+        <v>11</v>
       </c>
       <c r="K266" s="2">
         <v>150</v>
       </c>
       <c r="L266" s="2">
-        <v>0</v>
+        <v>200</v>
       </c>
       <c r="M266" s="2">
         <v>0</v>
       </c>
       <c r="N266" s="2">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="267" spans="1:14">
       <c r="A267" s="2">
-        <v>104954</v>
+        <v>106894</v>
       </c>
       <c r="B267" s="2" t="s">
+        <v>194</v>
+      </c>
+      <c r="C267" s="2" t="s">
         <v>818</v>
       </c>
-      <c r="C267" s="2" t="s">
+      <c r="D267" s="2" t="s">
         <v>819</v>
       </c>
-      <c r="D267" s="2"/>
       <c r="E267" s="2">
-        <v>2032</v>
+        <v>1178</v>
       </c>
       <c r="F267" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G267" s="2" t="s">
-        <v>201</v>
+        <v>18</v>
       </c>
       <c r="H267" s="2" t="s">
         <v>820</v>
       </c>
       <c r="I267" s="2">
         <v>133</v>
       </c>
       <c r="J267" s="2">
-        <v>11</v>
+        <v>127</v>
       </c>
       <c r="K267" s="2">
         <v>150</v>
       </c>
       <c r="L267" s="2">
-        <v>200</v>
+        <v>0</v>
       </c>
       <c r="M267" s="2">
         <v>0</v>
       </c>
       <c r="N267" s="2">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="268" spans="1:14">
       <c r="A268" s="2">
         <v>106835</v>
       </c>
       <c r="B268" s="2" t="s">
         <v>821</v>
       </c>
       <c r="C268" s="2" t="s">
         <v>822</v>
       </c>
       <c r="D268" s="2" t="s">
         <v>823</v>
       </c>
       <c r="E268" s="2">
         <v>24</v>
       </c>
       <c r="F268" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G268" s="2" t="s">
-        <v>201</v>
+        <v>205</v>
       </c>
       <c r="H268" s="2" t="s">
         <v>824</v>
       </c>
       <c r="I268" s="2">
         <v>134</v>
       </c>
       <c r="J268" s="2">
         <v>12</v>
       </c>
       <c r="K268" s="2">
         <v>150</v>
       </c>
       <c r="L268" s="2">
         <v>190</v>
       </c>
       <c r="M268" s="2">
         <v>0</v>
       </c>
       <c r="N268" s="2">
         <v>340</v>
       </c>
     </row>
     <row r="269" spans="1:14">
       <c r="A269" s="2">
         <v>106821</v>
       </c>
       <c r="B269" s="2" t="s">
         <v>527</v>
       </c>
       <c r="C269" s="2" t="s">
-        <v>754</v>
+        <v>757</v>
       </c>
       <c r="D269" s="2" t="s">
-        <v>755</v>
+        <v>758</v>
       </c>
       <c r="E269" s="2">
         <v>867</v>
       </c>
       <c r="F269" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G269" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H269" s="2" t="s">
-        <v>817</v>
+        <v>820</v>
       </c>
       <c r="I269" s="2">
         <v>134</v>
       </c>
       <c r="J269" s="2">
         <v>128</v>
       </c>
       <c r="K269" s="2">
         <v>150</v>
       </c>
       <c r="L269" s="2">
         <v>0</v>
       </c>
       <c r="M269" s="2">
         <v>0</v>
       </c>
       <c r="N269" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="270" spans="1:14">
       <c r="A270" s="2">
         <v>112706</v>
       </c>
       <c r="B270" s="2" t="s">
@@ -18147,134 +18147,134 @@
       </c>
       <c r="H271" s="2" t="s">
         <v>830</v>
       </c>
       <c r="I271" s="2">
         <v>135</v>
       </c>
       <c r="J271" s="2">
         <v>123</v>
       </c>
       <c r="K271" s="2">
         <v>150</v>
       </c>
       <c r="L271" s="2">
         <v>20</v>
       </c>
       <c r="M271" s="2">
         <v>0</v>
       </c>
       <c r="N271" s="2">
         <v>170</v>
       </c>
     </row>
     <row r="272" spans="1:14">
       <c r="A272" s="2">
-        <v>106919</v>
+        <v>101254</v>
       </c>
       <c r="B272" s="2" t="s">
-        <v>310</v>
+        <v>831</v>
       </c>
       <c r="C272" s="2" t="s">
-        <v>831</v>
+        <v>731</v>
       </c>
       <c r="D272" s="2" t="s">
         <v>832</v>
       </c>
       <c r="E272" s="2">
-        <v>1263</v>
+        <v>2122</v>
       </c>
       <c r="F272" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G272" s="2" t="s">
-        <v>18</v>
+        <v>205</v>
       </c>
       <c r="H272" s="2" t="s">
         <v>833</v>
       </c>
       <c r="I272" s="2">
         <v>136</v>
       </c>
       <c r="J272" s="2">
-        <v>130</v>
+        <v>13</v>
       </c>
       <c r="K272" s="2">
         <v>150</v>
       </c>
       <c r="L272" s="2">
-        <v>0</v>
+        <v>180</v>
       </c>
       <c r="M272" s="2">
         <v>0</v>
       </c>
       <c r="N272" s="2">
-        <v>150</v>
+        <v>330</v>
       </c>
     </row>
     <row r="273" spans="1:14">
       <c r="A273" s="2">
-        <v>101254</v>
+        <v>106919</v>
       </c>
       <c r="B273" s="2" t="s">
+        <v>310</v>
+      </c>
+      <c r="C273" s="2" t="s">
         <v>834</v>
-      </c>
-[...1 lines deleted...]
-        <v>734</v>
       </c>
       <c r="D273" s="2" t="s">
         <v>835</v>
       </c>
       <c r="E273" s="2">
-        <v>2122</v>
+        <v>1263</v>
       </c>
       <c r="F273" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G273" s="2" t="s">
-        <v>201</v>
+        <v>18</v>
       </c>
       <c r="H273" s="2" t="s">
         <v>836</v>
       </c>
       <c r="I273" s="2">
         <v>136</v>
       </c>
       <c r="J273" s="2">
-        <v>13</v>
+        <v>130</v>
       </c>
       <c r="K273" s="2">
         <v>150</v>
       </c>
       <c r="L273" s="2">
-        <v>180</v>
+        <v>0</v>
       </c>
       <c r="M273" s="2">
         <v>0</v>
       </c>
       <c r="N273" s="2">
-        <v>330</v>
+        <v>150</v>
       </c>
     </row>
     <row r="274" spans="1:14">
       <c r="A274" s="2">
         <v>106838</v>
       </c>
       <c r="B274" s="2" t="s">
         <v>646</v>
       </c>
       <c r="C274" s="2" t="s">
         <v>837</v>
       </c>
       <c r="D274" s="2" t="s">
         <v>838</v>
       </c>
       <c r="E274" s="2">
         <v>1006</v>
       </c>
       <c r="F274" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G274" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H274" s="2" t="s">
@@ -18407,132 +18407,132 @@
       </c>
       <c r="H277" s="2" t="s">
         <v>846</v>
       </c>
       <c r="I277" s="2">
         <v>138</v>
       </c>
       <c r="J277" s="2">
         <v>125</v>
       </c>
       <c r="K277" s="2">
         <v>150</v>
       </c>
       <c r="L277" s="2">
         <v>20</v>
       </c>
       <c r="M277" s="2">
         <v>0</v>
       </c>
       <c r="N277" s="2">
         <v>170</v>
       </c>
     </row>
     <row r="278" spans="1:14">
       <c r="A278" s="2">
-        <v>112710</v>
+        <v>106840</v>
       </c>
       <c r="B278" s="2" t="s">
+        <v>527</v>
+      </c>
+      <c r="C278" s="2" t="s">
         <v>847</v>
       </c>
-      <c r="C278" s="2" t="s">
+      <c r="D278" s="2" t="s">
         <v>848</v>
       </c>
-      <c r="D278" s="2"/>
       <c r="E278" s="2">
-        <v>815</v>
+        <v>1426</v>
       </c>
       <c r="F278" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G278" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H278" s="2" t="s">
         <v>849</v>
       </c>
       <c r="I278" s="2">
         <v>139</v>
       </c>
       <c r="J278" s="2">
-        <v>133</v>
+        <v>126</v>
       </c>
       <c r="K278" s="2">
         <v>150</v>
       </c>
       <c r="L278" s="2">
-        <v>0</v>
+        <v>20</v>
       </c>
       <c r="M278" s="2">
         <v>0</v>
       </c>
       <c r="N278" s="2">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="279" spans="1:14">
       <c r="A279" s="2">
-        <v>106840</v>
+        <v>112710</v>
       </c>
       <c r="B279" s="2" t="s">
-        <v>527</v>
+        <v>850</v>
       </c>
       <c r="C279" s="2" t="s">
-        <v>850</v>
-[...1 lines deleted...]
-      <c r="D279" s="2" t="s">
         <v>851</v>
       </c>
+      <c r="D279" s="2"/>
       <c r="E279" s="2">
-        <v>1426</v>
+        <v>815</v>
       </c>
       <c r="F279" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G279" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H279" s="2" t="s">
         <v>852</v>
       </c>
       <c r="I279" s="2">
         <v>139</v>
       </c>
       <c r="J279" s="2">
-        <v>126</v>
+        <v>133</v>
       </c>
       <c r="K279" s="2">
         <v>150</v>
       </c>
       <c r="L279" s="2">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="M279" s="2">
         <v>0</v>
       </c>
       <c r="N279" s="2">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="280" spans="1:14">
       <c r="A280" s="2">
         <v>106841</v>
       </c>
       <c r="B280" s="2" t="s">
         <v>187</v>
       </c>
       <c r="C280" s="2" t="s">
         <v>122</v>
       </c>
       <c r="D280" s="2" t="s">
         <v>853</v>
       </c>
       <c r="E280" s="2">
         <v>1497</v>
       </c>
       <c r="F280" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G280" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H280" s="2" t="s">
@@ -18540,1912 +18540,1912 @@
       </c>
       <c r="I280" s="2">
         <v>140</v>
       </c>
       <c r="J280" s="2">
         <v>127</v>
       </c>
       <c r="K280" s="2">
         <v>150</v>
       </c>
       <c r="L280" s="2">
         <v>20</v>
       </c>
       <c r="M280" s="2">
         <v>0</v>
       </c>
       <c r="N280" s="2">
         <v>170</v>
       </c>
     </row>
     <row r="281" spans="1:14">
       <c r="A281" s="2">
         <v>106923</v>
       </c>
       <c r="B281" s="2" t="s">
-        <v>146</v>
+        <v>142</v>
       </c>
       <c r="C281" s="2" t="s">
         <v>855</v>
       </c>
       <c r="D281" s="2" t="s">
         <v>856</v>
       </c>
       <c r="E281" s="2">
         <v>1293</v>
       </c>
       <c r="F281" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G281" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H281" s="2" t="s">
         <v>857</v>
       </c>
       <c r="I281" s="2">
         <v>140</v>
       </c>
       <c r="J281" s="2">
         <v>134</v>
       </c>
       <c r="K281" s="2">
         <v>150</v>
       </c>
       <c r="L281" s="2">
         <v>0</v>
       </c>
       <c r="M281" s="2">
         <v>0</v>
       </c>
       <c r="N281" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="282" spans="1:14">
       <c r="A282" s="2">
-        <v>112712</v>
+        <v>106842</v>
       </c>
       <c r="B282" s="2" t="s">
         <v>858</v>
       </c>
       <c r="C282" s="2" t="s">
         <v>859</v>
       </c>
-      <c r="D282" s="2"/>
+      <c r="D282" s="2" t="s">
+        <v>860</v>
+      </c>
       <c r="E282" s="2">
-        <v>1464</v>
+        <v>1546</v>
       </c>
       <c r="F282" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G282" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H282" s="2" t="s">
-        <v>860</v>
+        <v>861</v>
       </c>
       <c r="I282" s="2">
         <v>141</v>
       </c>
       <c r="J282" s="2">
-        <v>135</v>
+        <v>128</v>
       </c>
       <c r="K282" s="2">
         <v>150</v>
       </c>
       <c r="L282" s="2">
-        <v>0</v>
+        <v>20</v>
       </c>
       <c r="M282" s="2">
         <v>0</v>
       </c>
       <c r="N282" s="2">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="283" spans="1:14">
       <c r="A283" s="2">
-        <v>106842</v>
+        <v>112712</v>
       </c>
       <c r="B283" s="2" t="s">
-        <v>861</v>
+        <v>862</v>
       </c>
       <c r="C283" s="2" t="s">
-        <v>862</v>
-[...1 lines deleted...]
-      <c r="D283" s="2" t="s">
         <v>863</v>
       </c>
+      <c r="D283" s="2"/>
       <c r="E283" s="2">
-        <v>1546</v>
+        <v>1464</v>
       </c>
       <c r="F283" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G283" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H283" s="2" t="s">
         <v>864</v>
       </c>
       <c r="I283" s="2">
         <v>141</v>
       </c>
       <c r="J283" s="2">
-        <v>128</v>
+        <v>135</v>
       </c>
       <c r="K283" s="2">
         <v>150</v>
       </c>
       <c r="L283" s="2">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="M283" s="2">
         <v>0</v>
       </c>
       <c r="N283" s="2">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="284" spans="1:14">
       <c r="A284" s="2">
-        <v>112713</v>
+        <v>106843</v>
       </c>
       <c r="B284" s="2" t="s">
         <v>865</v>
       </c>
       <c r="C284" s="2" t="s">
-        <v>386</v>
-[...1 lines deleted...]
-      <c r="D284" s="2"/>
+        <v>847</v>
+      </c>
+      <c r="D284" s="2" t="s">
+        <v>866</v>
+      </c>
       <c r="E284" s="2">
-        <v>782</v>
+        <v>1010</v>
       </c>
       <c r="F284" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G284" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H284" s="2" t="s">
-        <v>860</v>
+        <v>867</v>
       </c>
       <c r="I284" s="2">
         <v>142</v>
       </c>
       <c r="J284" s="2">
-        <v>136</v>
+        <v>129</v>
       </c>
       <c r="K284" s="2">
         <v>150</v>
       </c>
       <c r="L284" s="2">
-        <v>0</v>
+        <v>20</v>
       </c>
       <c r="M284" s="2">
         <v>0</v>
       </c>
       <c r="N284" s="2">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="285" spans="1:14">
       <c r="A285" s="2">
-        <v>106843</v>
+        <v>112713</v>
       </c>
       <c r="B285" s="2" t="s">
-        <v>866</v>
+        <v>868</v>
       </c>
       <c r="C285" s="2" t="s">
-        <v>850</v>
-[...3 lines deleted...]
-      </c>
+        <v>386</v>
+      </c>
+      <c r="D285" s="2"/>
       <c r="E285" s="2">
-        <v>1010</v>
+        <v>782</v>
       </c>
       <c r="F285" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G285" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H285" s="2" t="s">
-        <v>868</v>
+        <v>864</v>
       </c>
       <c r="I285" s="2">
         <v>142</v>
       </c>
       <c r="J285" s="2">
-        <v>129</v>
+        <v>136</v>
       </c>
       <c r="K285" s="2">
         <v>150</v>
       </c>
       <c r="L285" s="2">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="M285" s="2">
         <v>0</v>
       </c>
       <c r="N285" s="2">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="286" spans="1:14">
       <c r="A286" s="2">
-        <v>112714</v>
+        <v>106844</v>
       </c>
       <c r="B286" s="2" t="s">
         <v>869</v>
       </c>
       <c r="C286" s="2" t="s">
         <v>870</v>
       </c>
-      <c r="D286" s="2"/>
+      <c r="D286" s="2" t="s">
+        <v>871</v>
+      </c>
       <c r="E286" s="2">
-        <v>1250</v>
+        <v>1567</v>
       </c>
       <c r="F286" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G286" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H286" s="2" t="s">
-        <v>871</v>
+        <v>872</v>
       </c>
       <c r="I286" s="2">
         <v>143</v>
       </c>
       <c r="J286" s="2">
-        <v>137</v>
+        <v>130</v>
       </c>
       <c r="K286" s="2">
         <v>150</v>
       </c>
       <c r="L286" s="2">
-        <v>0</v>
+        <v>20</v>
       </c>
       <c r="M286" s="2">
         <v>0</v>
       </c>
       <c r="N286" s="2">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="287" spans="1:14">
       <c r="A287" s="2">
-        <v>106844</v>
+        <v>112714</v>
       </c>
       <c r="B287" s="2" t="s">
-        <v>872</v>
+        <v>873</v>
       </c>
       <c r="C287" s="2" t="s">
-        <v>873</v>
-[...1 lines deleted...]
-      <c r="D287" s="2" t="s">
         <v>874</v>
       </c>
+      <c r="D287" s="2"/>
       <c r="E287" s="2">
-        <v>1567</v>
+        <v>1250</v>
       </c>
       <c r="F287" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G287" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H287" s="2" t="s">
         <v>875</v>
       </c>
       <c r="I287" s="2">
         <v>143</v>
       </c>
       <c r="J287" s="2">
-        <v>130</v>
+        <v>137</v>
       </c>
       <c r="K287" s="2">
         <v>150</v>
       </c>
       <c r="L287" s="2">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="M287" s="2">
         <v>0</v>
       </c>
       <c r="N287" s="2">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="288" spans="1:14">
       <c r="A288" s="2">
-        <v>106803</v>
+        <v>106845</v>
       </c>
       <c r="B288" s="2" t="s">
-        <v>646</v>
+        <v>876</v>
       </c>
       <c r="C288" s="2" t="s">
-        <v>647</v>
+        <v>471</v>
       </c>
       <c r="D288" s="2" t="s">
-        <v>648</v>
+        <v>877</v>
       </c>
       <c r="E288" s="2">
-        <v>826</v>
+        <v>1500</v>
       </c>
       <c r="F288" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G288" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H288" s="2" t="s">
-        <v>876</v>
+        <v>878</v>
       </c>
       <c r="I288" s="2">
         <v>144</v>
       </c>
       <c r="J288" s="2">
-        <v>138</v>
+        <v>131</v>
       </c>
       <c r="K288" s="2">
         <v>150</v>
       </c>
       <c r="L288" s="2">
-        <v>0</v>
+        <v>20</v>
       </c>
       <c r="M288" s="2">
         <v>0</v>
       </c>
       <c r="N288" s="2">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="289" spans="1:14">
       <c r="A289" s="2">
-        <v>106845</v>
+        <v>106803</v>
       </c>
       <c r="B289" s="2" t="s">
-        <v>877</v>
+        <v>646</v>
       </c>
       <c r="C289" s="2" t="s">
-        <v>471</v>
+        <v>647</v>
       </c>
       <c r="D289" s="2" t="s">
-        <v>878</v>
+        <v>648</v>
       </c>
       <c r="E289" s="2">
-        <v>1500</v>
+        <v>826</v>
       </c>
       <c r="F289" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G289" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H289" s="2" t="s">
         <v>879</v>
       </c>
       <c r="I289" s="2">
         <v>144</v>
       </c>
       <c r="J289" s="2">
-        <v>131</v>
+        <v>138</v>
       </c>
       <c r="K289" s="2">
         <v>150</v>
       </c>
       <c r="L289" s="2">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="M289" s="2">
         <v>0</v>
       </c>
       <c r="N289" s="2">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="290" spans="1:14">
       <c r="A290" s="2">
-        <v>112716</v>
+        <v>106846</v>
       </c>
       <c r="B290" s="2" t="s">
         <v>880</v>
       </c>
       <c r="C290" s="2" t="s">
-        <v>465</v>
-[...1 lines deleted...]
-      <c r="D290" s="2"/>
+        <v>881</v>
+      </c>
+      <c r="D290" s="2" t="s">
+        <v>882</v>
+      </c>
       <c r="E290" s="2">
-        <v>1569</v>
+        <v>1183</v>
       </c>
       <c r="F290" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G290" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H290" s="2" t="s">
-        <v>881</v>
+        <v>883</v>
       </c>
       <c r="I290" s="2">
         <v>145</v>
       </c>
       <c r="J290" s="2">
-        <v>139</v>
+        <v>132</v>
       </c>
       <c r="K290" s="2">
         <v>150</v>
       </c>
       <c r="L290" s="2">
-        <v>0</v>
+        <v>20</v>
       </c>
       <c r="M290" s="2">
         <v>0</v>
       </c>
       <c r="N290" s="2">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="291" spans="1:14">
       <c r="A291" s="2">
-        <v>106846</v>
+        <v>112716</v>
       </c>
       <c r="B291" s="2" t="s">
-        <v>882</v>
+        <v>884</v>
       </c>
       <c r="C291" s="2" t="s">
-        <v>883</v>
-[...3 lines deleted...]
-      </c>
+        <v>465</v>
+      </c>
+      <c r="D291" s="2"/>
       <c r="E291" s="2">
-        <v>1183</v>
+        <v>1569</v>
       </c>
       <c r="F291" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G291" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H291" s="2" t="s">
         <v>885</v>
       </c>
       <c r="I291" s="2">
         <v>145</v>
       </c>
       <c r="J291" s="2">
-        <v>132</v>
+        <v>139</v>
       </c>
       <c r="K291" s="2">
         <v>150</v>
       </c>
       <c r="L291" s="2">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="M291" s="2">
         <v>0</v>
       </c>
       <c r="N291" s="2">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="292" spans="1:14">
       <c r="A292" s="2">
-        <v>106831</v>
+        <v>106847</v>
       </c>
       <c r="B292" s="2" t="s">
-        <v>804</v>
+        <v>886</v>
       </c>
       <c r="C292" s="2" t="s">
-        <v>805</v>
+        <v>887</v>
       </c>
       <c r="D292" s="2" t="s">
-        <v>806</v>
+        <v>888</v>
       </c>
       <c r="E292" s="2">
-        <v>1327</v>
+        <v>1472</v>
       </c>
       <c r="F292" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G292" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H292" s="2" t="s">
-        <v>886</v>
+        <v>889</v>
       </c>
       <c r="I292" s="2">
         <v>146</v>
       </c>
       <c r="J292" s="2">
-        <v>140</v>
+        <v>133</v>
       </c>
       <c r="K292" s="2">
         <v>150</v>
       </c>
       <c r="L292" s="2">
-        <v>0</v>
+        <v>20</v>
       </c>
       <c r="M292" s="2">
         <v>0</v>
       </c>
       <c r="N292" s="2">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="293" spans="1:14">
       <c r="A293" s="2">
-        <v>106847</v>
+        <v>106831</v>
       </c>
       <c r="B293" s="2" t="s">
-        <v>887</v>
+        <v>801</v>
       </c>
       <c r="C293" s="2" t="s">
-        <v>888</v>
+        <v>802</v>
       </c>
       <c r="D293" s="2" t="s">
-        <v>889</v>
+        <v>803</v>
       </c>
       <c r="E293" s="2">
-        <v>1472</v>
+        <v>1327</v>
       </c>
       <c r="F293" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G293" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H293" s="2" t="s">
         <v>890</v>
       </c>
       <c r="I293" s="2">
         <v>146</v>
       </c>
       <c r="J293" s="2">
-        <v>133</v>
+        <v>140</v>
       </c>
       <c r="K293" s="2">
         <v>150</v>
       </c>
       <c r="L293" s="2">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="M293" s="2">
         <v>0</v>
       </c>
       <c r="N293" s="2">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="294" spans="1:14">
       <c r="A294" s="2">
-        <v>112718</v>
+        <v>106848</v>
       </c>
       <c r="B294" s="2" t="s">
         <v>891</v>
       </c>
       <c r="C294" s="2" t="s">
+        <v>106</v>
+      </c>
+      <c r="D294" s="2" t="s">
         <v>892</v>
       </c>
-      <c r="D294" s="2"/>
       <c r="E294" s="2">
-        <v>1204</v>
+        <v>263</v>
       </c>
       <c r="F294" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G294" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H294" s="2" t="s">
         <v>893</v>
       </c>
       <c r="I294" s="2">
         <v>147</v>
       </c>
       <c r="J294" s="2">
-        <v>141</v>
+        <v>134</v>
       </c>
       <c r="K294" s="2">
         <v>150</v>
       </c>
       <c r="L294" s="2">
-        <v>0</v>
+        <v>20</v>
       </c>
       <c r="M294" s="2">
         <v>0</v>
       </c>
       <c r="N294" s="2">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="295" spans="1:14">
       <c r="A295" s="2">
-        <v>106848</v>
+        <v>112718</v>
       </c>
       <c r="B295" s="2" t="s">
         <v>894</v>
       </c>
       <c r="C295" s="2" t="s">
-        <v>105</v>
-[...1 lines deleted...]
-      <c r="D295" s="2" t="s">
         <v>895</v>
       </c>
+      <c r="D295" s="2"/>
       <c r="E295" s="2">
-        <v>263</v>
+        <v>1204</v>
       </c>
       <c r="F295" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G295" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H295" s="2" t="s">
         <v>896</v>
       </c>
       <c r="I295" s="2">
         <v>147</v>
       </c>
       <c r="J295" s="2">
-        <v>134</v>
+        <v>141</v>
       </c>
       <c r="K295" s="2">
         <v>150</v>
       </c>
       <c r="L295" s="2">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="M295" s="2">
         <v>0</v>
       </c>
       <c r="N295" s="2">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="296" spans="1:14">
       <c r="A296" s="2">
-        <v>112719</v>
+        <v>106849</v>
       </c>
       <c r="B296" s="2" t="s">
+        <v>527</v>
+      </c>
+      <c r="C296" s="2" t="s">
         <v>897</v>
       </c>
-      <c r="C296" s="2" t="s">
-[...2 lines deleted...]
-      <c r="D296" s="2"/>
+      <c r="D296" s="2" t="s">
+        <v>898</v>
+      </c>
       <c r="E296" s="2">
-        <v>1253</v>
+        <v>1399</v>
       </c>
       <c r="F296" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G296" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H296" s="2" t="s">
-        <v>898</v>
+        <v>899</v>
       </c>
       <c r="I296" s="2">
         <v>148</v>
       </c>
       <c r="J296" s="2">
-        <v>142</v>
+        <v>135</v>
       </c>
       <c r="K296" s="2">
         <v>150</v>
       </c>
       <c r="L296" s="2">
-        <v>0</v>
+        <v>20</v>
       </c>
       <c r="M296" s="2">
         <v>0</v>
       </c>
       <c r="N296" s="2">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="297" spans="1:14">
       <c r="A297" s="2">
-        <v>106849</v>
+        <v>112719</v>
       </c>
       <c r="B297" s="2" t="s">
-        <v>527</v>
+        <v>900</v>
       </c>
       <c r="C297" s="2" t="s">
-        <v>899</v>
-[...3 lines deleted...]
-      </c>
+        <v>672</v>
+      </c>
+      <c r="D297" s="2"/>
       <c r="E297" s="2">
-        <v>1399</v>
+        <v>1253</v>
       </c>
       <c r="F297" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G297" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H297" s="2" t="s">
         <v>901</v>
       </c>
       <c r="I297" s="2">
         <v>148</v>
       </c>
       <c r="J297" s="2">
-        <v>135</v>
+        <v>142</v>
       </c>
       <c r="K297" s="2">
         <v>150</v>
       </c>
       <c r="L297" s="2">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="M297" s="2">
         <v>0</v>
       </c>
       <c r="N297" s="2">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="298" spans="1:14">
       <c r="A298" s="2">
-        <v>112720</v>
+        <v>106850</v>
       </c>
       <c r="B298" s="2" t="s">
         <v>902</v>
       </c>
       <c r="C298" s="2" t="s">
         <v>903</v>
       </c>
-      <c r="D298" s="2"/>
+      <c r="D298" s="2" t="s">
+        <v>904</v>
+      </c>
       <c r="E298" s="2">
-        <v>803</v>
+        <v>1093</v>
       </c>
       <c r="F298" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G298" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H298" s="2" t="s">
-        <v>904</v>
+        <v>905</v>
       </c>
       <c r="I298" s="2">
         <v>149</v>
       </c>
       <c r="J298" s="2">
-        <v>143</v>
+        <v>136</v>
       </c>
       <c r="K298" s="2">
         <v>150</v>
       </c>
       <c r="L298" s="2">
-        <v>0</v>
+        <v>20</v>
       </c>
       <c r="M298" s="2">
         <v>0</v>
       </c>
       <c r="N298" s="2">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="299" spans="1:14">
       <c r="A299" s="2">
-        <v>106850</v>
+        <v>112720</v>
       </c>
       <c r="B299" s="2" t="s">
-        <v>905</v>
+        <v>906</v>
       </c>
       <c r="C299" s="2" t="s">
-        <v>906</v>
-[...1 lines deleted...]
-      <c r="D299" s="2" t="s">
         <v>907</v>
       </c>
+      <c r="D299" s="2"/>
       <c r="E299" s="2">
-        <v>1093</v>
+        <v>803</v>
       </c>
       <c r="F299" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G299" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H299" s="2" t="s">
         <v>908</v>
       </c>
       <c r="I299" s="2">
         <v>149</v>
       </c>
       <c r="J299" s="2">
-        <v>136</v>
+        <v>143</v>
       </c>
       <c r="K299" s="2">
         <v>150</v>
       </c>
       <c r="L299" s="2">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="M299" s="2">
         <v>0</v>
       </c>
       <c r="N299" s="2">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="300" spans="1:14">
       <c r="A300" s="2">
-        <v>112721</v>
+        <v>106851</v>
       </c>
       <c r="B300" s="2" t="s">
+        <v>365</v>
+      </c>
+      <c r="C300" s="2" t="s">
+        <v>567</v>
+      </c>
+      <c r="D300" s="2" t="s">
+        <v>568</v>
+      </c>
+      <c r="E300" s="2">
+        <v>1445</v>
+      </c>
+      <c r="F300" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G300" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="H300" s="2" t="s">
         <v>909</v>
       </c>
-      <c r="C300" s="2" t="s">
-[...14 lines deleted...]
-      </c>
       <c r="I300" s="2">
         <v>150</v>
       </c>
       <c r="J300" s="2">
-        <v>144</v>
+        <v>137</v>
       </c>
       <c r="K300" s="2">
         <v>150</v>
       </c>
       <c r="L300" s="2">
-        <v>0</v>
+        <v>20</v>
       </c>
       <c r="M300" s="2">
         <v>0</v>
       </c>
       <c r="N300" s="2">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="301" spans="1:14">
       <c r="A301" s="2">
-        <v>106851</v>
+        <v>112721</v>
       </c>
       <c r="B301" s="2" t="s">
-        <v>365</v>
+        <v>910</v>
       </c>
       <c r="C301" s="2" t="s">
-        <v>567</v>
-[...3 lines deleted...]
-      </c>
+        <v>41</v>
+      </c>
+      <c r="D301" s="2"/>
       <c r="E301" s="2">
-        <v>1445</v>
+        <v>573</v>
       </c>
       <c r="F301" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G301" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H301" s="2" t="s">
         <v>911</v>
       </c>
       <c r="I301" s="2">
         <v>150</v>
       </c>
       <c r="J301" s="2">
-        <v>137</v>
+        <v>144</v>
       </c>
       <c r="K301" s="2">
         <v>150</v>
       </c>
       <c r="L301" s="2">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="M301" s="2">
         <v>0</v>
       </c>
       <c r="N301" s="2">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="302" spans="1:14">
       <c r="A302" s="2">
-        <v>106816</v>
+        <v>106852</v>
       </c>
       <c r="B302" s="2" t="s">
-        <v>539</v>
+        <v>686</v>
       </c>
       <c r="C302" s="2" t="s">
-        <v>726</v>
+        <v>687</v>
       </c>
       <c r="D302" s="2" t="s">
-        <v>727</v>
+        <v>688</v>
       </c>
       <c r="E302" s="2">
-        <v>679</v>
+        <v>1488</v>
       </c>
       <c r="F302" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G302" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H302" s="2" t="s">
         <v>912</v>
       </c>
       <c r="I302" s="2">
         <v>151</v>
       </c>
       <c r="J302" s="2">
-        <v>145</v>
+        <v>138</v>
       </c>
       <c r="K302" s="2">
         <v>150</v>
       </c>
       <c r="L302" s="2">
-        <v>0</v>
+        <v>20</v>
       </c>
       <c r="M302" s="2">
         <v>0</v>
       </c>
       <c r="N302" s="2">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="303" spans="1:14">
       <c r="A303" s="2">
-        <v>106852</v>
+        <v>106816</v>
       </c>
       <c r="B303" s="2" t="s">
-        <v>685</v>
+        <v>541</v>
       </c>
       <c r="C303" s="2" t="s">
-        <v>686</v>
+        <v>726</v>
       </c>
       <c r="D303" s="2" t="s">
-        <v>687</v>
+        <v>727</v>
       </c>
       <c r="E303" s="2">
-        <v>1488</v>
+        <v>679</v>
       </c>
       <c r="F303" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G303" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H303" s="2" t="s">
         <v>913</v>
       </c>
       <c r="I303" s="2">
         <v>151</v>
       </c>
       <c r="J303" s="2">
-        <v>138</v>
+        <v>145</v>
       </c>
       <c r="K303" s="2">
         <v>150</v>
       </c>
       <c r="L303" s="2">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="M303" s="2">
         <v>0</v>
       </c>
       <c r="N303" s="2">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="304" spans="1:14">
       <c r="A304" s="2">
-        <v>112723</v>
+        <v>106853</v>
       </c>
       <c r="B304" s="2" t="s">
+        <v>485</v>
+      </c>
+      <c r="C304" s="2" t="s">
+        <v>486</v>
+      </c>
+      <c r="D304" s="2" t="s">
+        <v>487</v>
+      </c>
+      <c r="E304" s="2">
+        <v>1277</v>
+      </c>
+      <c r="F304" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G304" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="H304" s="2" t="s">
         <v>914</v>
-      </c>
-[...14 lines deleted...]
-        <v>916</v>
       </c>
       <c r="I304" s="2">
         <v>152</v>
       </c>
       <c r="J304" s="2">
-        <v>146</v>
+        <v>139</v>
       </c>
       <c r="K304" s="2">
         <v>150</v>
       </c>
       <c r="L304" s="2">
-        <v>0</v>
+        <v>20</v>
       </c>
       <c r="M304" s="2">
         <v>0</v>
       </c>
       <c r="N304" s="2">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="305" spans="1:14">
       <c r="A305" s="2">
-        <v>106853</v>
+        <v>112723</v>
       </c>
       <c r="B305" s="2" t="s">
-        <v>485</v>
+        <v>915</v>
       </c>
       <c r="C305" s="2" t="s">
-        <v>486</v>
-[...3 lines deleted...]
-      </c>
+        <v>916</v>
+      </c>
+      <c r="D305" s="2"/>
       <c r="E305" s="2">
-        <v>1277</v>
+        <v>1617</v>
       </c>
       <c r="F305" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G305" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H305" s="2" t="s">
         <v>917</v>
       </c>
       <c r="I305" s="2">
         <v>152</v>
       </c>
       <c r="J305" s="2">
-        <v>139</v>
+        <v>146</v>
       </c>
       <c r="K305" s="2">
         <v>150</v>
       </c>
       <c r="L305" s="2">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="M305" s="2">
         <v>0</v>
       </c>
       <c r="N305" s="2">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="306" spans="1:14">
       <c r="A306" s="2">
-        <v>112724</v>
+        <v>106854</v>
       </c>
       <c r="B306" s="2" t="s">
+        <v>457</v>
+      </c>
+      <c r="C306" s="2" t="s">
+        <v>458</v>
+      </c>
+      <c r="D306" s="2" t="s">
+        <v>459</v>
+      </c>
+      <c r="E306" s="2">
+        <v>1135</v>
+      </c>
+      <c r="F306" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G306" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="H306" s="2" t="s">
         <v>918</v>
-      </c>
-[...14 lines deleted...]
-        <v>920</v>
       </c>
       <c r="I306" s="2">
         <v>153</v>
       </c>
       <c r="J306" s="2">
-        <v>147</v>
+        <v>140</v>
       </c>
       <c r="K306" s="2">
         <v>150</v>
       </c>
       <c r="L306" s="2">
-        <v>0</v>
+        <v>20</v>
       </c>
       <c r="M306" s="2">
         <v>0</v>
       </c>
       <c r="N306" s="2">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="307" spans="1:14">
       <c r="A307" s="2">
-        <v>106854</v>
+        <v>112724</v>
       </c>
       <c r="B307" s="2" t="s">
-        <v>460</v>
+        <v>919</v>
       </c>
       <c r="C307" s="2" t="s">
-        <v>461</v>
-[...3 lines deleted...]
-      </c>
+        <v>920</v>
+      </c>
+      <c r="D307" s="2"/>
       <c r="E307" s="2">
-        <v>1135</v>
+        <v>1258</v>
       </c>
       <c r="F307" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G307" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H307" s="2" t="s">
         <v>921</v>
       </c>
       <c r="I307" s="2">
         <v>153</v>
       </c>
       <c r="J307" s="2">
-        <v>140</v>
+        <v>147</v>
       </c>
       <c r="K307" s="2">
         <v>150</v>
       </c>
       <c r="L307" s="2">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="M307" s="2">
         <v>0</v>
       </c>
       <c r="N307" s="2">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="308" spans="1:14">
       <c r="A308" s="2">
-        <v>112725</v>
+        <v>106855</v>
       </c>
       <c r="B308" s="2" t="s">
         <v>922</v>
       </c>
       <c r="C308" s="2" t="s">
-        <v>69</v>
-[...1 lines deleted...]
-      <c r="D308" s="2"/>
+        <v>923</v>
+      </c>
+      <c r="D308" s="2" t="s">
+        <v>924</v>
+      </c>
       <c r="E308" s="2">
-        <v>693</v>
+        <v>1031</v>
       </c>
       <c r="F308" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G308" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H308" s="2" t="s">
-        <v>923</v>
+        <v>925</v>
       </c>
       <c r="I308" s="2">
         <v>154</v>
       </c>
       <c r="J308" s="2">
-        <v>148</v>
+        <v>141</v>
       </c>
       <c r="K308" s="2">
         <v>150</v>
       </c>
       <c r="L308" s="2">
-        <v>0</v>
+        <v>20</v>
       </c>
       <c r="M308" s="2">
         <v>0</v>
       </c>
       <c r="N308" s="2">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="309" spans="1:14">
       <c r="A309" s="2">
-        <v>106855</v>
+        <v>112725</v>
       </c>
       <c r="B309" s="2" t="s">
-        <v>924</v>
+        <v>926</v>
       </c>
       <c r="C309" s="2" t="s">
-        <v>925</v>
-[...3 lines deleted...]
-      </c>
+        <v>72</v>
+      </c>
+      <c r="D309" s="2"/>
       <c r="E309" s="2">
-        <v>1031</v>
+        <v>693</v>
       </c>
       <c r="F309" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G309" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H309" s="2" t="s">
         <v>927</v>
       </c>
       <c r="I309" s="2">
         <v>154</v>
       </c>
       <c r="J309" s="2">
-        <v>141</v>
+        <v>148</v>
       </c>
       <c r="K309" s="2">
         <v>150</v>
       </c>
       <c r="L309" s="2">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="M309" s="2">
         <v>0</v>
       </c>
       <c r="N309" s="2">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="310" spans="1:14">
       <c r="A310" s="2">
-        <v>112726</v>
+        <v>106856</v>
       </c>
       <c r="B310" s="2" t="s">
+        <v>715</v>
+      </c>
+      <c r="C310" s="2" t="s">
+        <v>716</v>
+      </c>
+      <c r="D310" s="2" t="s">
+        <v>717</v>
+      </c>
+      <c r="E310" s="2">
+        <v>1052</v>
+      </c>
+      <c r="F310" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G310" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="H310" s="2" t="s">
         <v>928</v>
-      </c>
-[...14 lines deleted...]
-        <v>923</v>
       </c>
       <c r="I310" s="2">
         <v>155</v>
       </c>
       <c r="J310" s="2">
-        <v>7</v>
+        <v>142</v>
       </c>
       <c r="K310" s="2">
         <v>150</v>
       </c>
       <c r="L310" s="2">
-        <v>0</v>
+        <v>20</v>
       </c>
       <c r="M310" s="2">
         <v>0</v>
       </c>
       <c r="N310" s="2">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="311" spans="1:14">
       <c r="A311" s="2">
-        <v>106856</v>
+        <v>112726</v>
       </c>
       <c r="B311" s="2" t="s">
-        <v>715</v>
+        <v>929</v>
       </c>
       <c r="C311" s="2" t="s">
-        <v>716</v>
-[...3 lines deleted...]
-      </c>
+        <v>930</v>
+      </c>
+      <c r="D311" s="2"/>
       <c r="E311" s="2">
-        <v>1052</v>
+        <v>2223</v>
       </c>
       <c r="F311" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G311" s="2" t="s">
-        <v>18</v>
+        <v>205</v>
       </c>
       <c r="H311" s="2" t="s">
-        <v>930</v>
+        <v>927</v>
       </c>
       <c r="I311" s="2">
         <v>155</v>
       </c>
       <c r="J311" s="2">
-        <v>142</v>
+        <v>7</v>
       </c>
       <c r="K311" s="2">
         <v>150</v>
       </c>
       <c r="L311" s="2">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="M311" s="2">
         <v>0</v>
       </c>
       <c r="N311" s="2">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="312" spans="1:14">
       <c r="A312" s="2">
-        <v>112727</v>
+        <v>106857</v>
       </c>
       <c r="B312" s="2" t="s">
+        <v>527</v>
+      </c>
+      <c r="C312" s="2" t="s">
+        <v>528</v>
+      </c>
+      <c r="D312" s="2" t="s">
+        <v>529</v>
+      </c>
+      <c r="E312" s="2">
+        <v>305</v>
+      </c>
+      <c r="F312" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G312" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="H312" s="2" t="s">
         <v>931</v>
-      </c>
-[...14 lines deleted...]
-        <v>933</v>
       </c>
       <c r="I312" s="2">
         <v>156</v>
       </c>
       <c r="J312" s="2">
-        <v>149</v>
+        <v>143</v>
       </c>
       <c r="K312" s="2">
         <v>150</v>
       </c>
       <c r="L312" s="2">
-        <v>0</v>
+        <v>20</v>
       </c>
       <c r="M312" s="2">
         <v>0</v>
       </c>
       <c r="N312" s="2">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="313" spans="1:14">
       <c r="A313" s="2">
-        <v>106857</v>
+        <v>112727</v>
       </c>
       <c r="B313" s="2" t="s">
-        <v>527</v>
+        <v>932</v>
       </c>
       <c r="C313" s="2" t="s">
-        <v>528</v>
-[...3 lines deleted...]
-      </c>
+        <v>933</v>
+      </c>
+      <c r="D313" s="2"/>
       <c r="E313" s="2">
-        <v>305</v>
+        <v>602</v>
       </c>
       <c r="F313" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G313" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H313" s="2" t="s">
         <v>934</v>
       </c>
       <c r="I313" s="2">
         <v>156</v>
       </c>
       <c r="J313" s="2">
-        <v>143</v>
+        <v>149</v>
       </c>
       <c r="K313" s="2">
         <v>150</v>
       </c>
       <c r="L313" s="2">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="M313" s="2">
         <v>0</v>
       </c>
       <c r="N313" s="2">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="314" spans="1:14">
       <c r="A314" s="2">
-        <v>112728</v>
+        <v>106858</v>
       </c>
       <c r="B314" s="2" t="s">
         <v>935</v>
       </c>
       <c r="C314" s="2" t="s">
         <v>936</v>
       </c>
-      <c r="D314" s="2"/>
+      <c r="D314" s="2" t="s">
+        <v>937</v>
+      </c>
       <c r="E314" s="2">
-        <v>123</v>
+        <v>1532</v>
       </c>
       <c r="F314" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G314" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H314" s="2" t="s">
-        <v>937</v>
+        <v>938</v>
       </c>
       <c r="I314" s="2">
         <v>157</v>
       </c>
       <c r="J314" s="2">
-        <v>150</v>
+        <v>144</v>
       </c>
       <c r="K314" s="2">
         <v>150</v>
       </c>
       <c r="L314" s="2">
-        <v>0</v>
+        <v>20</v>
       </c>
       <c r="M314" s="2">
         <v>0</v>
       </c>
       <c r="N314" s="2">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="315" spans="1:14">
       <c r="A315" s="2">
-        <v>106858</v>
+        <v>112728</v>
       </c>
       <c r="B315" s="2" t="s">
-        <v>938</v>
+        <v>939</v>
       </c>
       <c r="C315" s="2" t="s">
-        <v>939</v>
-[...1 lines deleted...]
-      <c r="D315" s="2" t="s">
         <v>940</v>
       </c>
+      <c r="D315" s="2"/>
       <c r="E315" s="2">
-        <v>1532</v>
+        <v>123</v>
       </c>
       <c r="F315" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G315" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H315" s="2" t="s">
         <v>941</v>
       </c>
       <c r="I315" s="2">
         <v>157</v>
       </c>
       <c r="J315" s="2">
-        <v>144</v>
+        <v>150</v>
       </c>
       <c r="K315" s="2">
         <v>150</v>
       </c>
       <c r="L315" s="2">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="M315" s="2">
         <v>0</v>
       </c>
       <c r="N315" s="2">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="316" spans="1:14">
       <c r="A316" s="2">
         <v>112729</v>
       </c>
       <c r="B316" s="2" t="s">
         <v>942</v>
       </c>
       <c r="C316" s="2" t="s">
         <v>943</v>
       </c>
       <c r="D316" s="2"/>
       <c r="E316" s="2">
         <v>17</v>
       </c>
       <c r="F316" s="2" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
       <c r="G316" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H316" s="2" t="s">
         <v>944</v>
       </c>
       <c r="I316" s="2">
         <v>158</v>
       </c>
       <c r="J316" s="2">
         <v>151</v>
       </c>
       <c r="K316" s="2">
         <v>150</v>
       </c>
       <c r="L316" s="2">
         <v>0</v>
       </c>
       <c r="M316" s="2">
         <v>0</v>
       </c>
       <c r="N316" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="317" spans="1:14">
       <c r="A317" s="2">
         <v>106859</v>
       </c>
       <c r="B317" s="2" t="s">
         <v>515</v>
       </c>
       <c r="C317" s="2" t="s">
         <v>516</v>
       </c>
       <c r="D317" s="2" t="s">
         <v>517</v>
       </c>
       <c r="E317" s="2">
         <v>23</v>
       </c>
       <c r="F317" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G317" s="2" t="s">
-        <v>201</v>
+        <v>205</v>
       </c>
       <c r="H317" s="2" t="s">
         <v>945</v>
       </c>
       <c r="I317" s="2">
         <v>158</v>
       </c>
       <c r="J317" s="2">
         <v>14</v>
       </c>
       <c r="K317" s="2">
         <v>150</v>
       </c>
       <c r="L317" s="2">
         <v>170</v>
       </c>
       <c r="M317" s="2">
         <v>0</v>
       </c>
       <c r="N317" s="2">
         <v>320</v>
       </c>
     </row>
     <row r="318" spans="1:14">
       <c r="A318" s="2">
-        <v>112730</v>
+        <v>106860</v>
       </c>
       <c r="B318" s="2" t="s">
         <v>946</v>
       </c>
       <c r="C318" s="2" t="s">
+        <v>672</v>
+      </c>
+      <c r="D318" s="2" t="s">
         <v>947</v>
       </c>
-      <c r="D318" s="2"/>
       <c r="E318" s="2">
-        <v>677</v>
+        <v>128</v>
       </c>
       <c r="F318" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G318" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H318" s="2" t="s">
         <v>948</v>
       </c>
       <c r="I318" s="2">
         <v>159</v>
       </c>
       <c r="J318" s="2">
-        <v>152</v>
+        <v>145</v>
       </c>
       <c r="K318" s="2">
         <v>150</v>
       </c>
       <c r="L318" s="2">
-        <v>0</v>
+        <v>20</v>
       </c>
       <c r="M318" s="2">
         <v>0</v>
       </c>
       <c r="N318" s="2">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="319" spans="1:14">
       <c r="A319" s="2">
-        <v>106860</v>
+        <v>112730</v>
       </c>
       <c r="B319" s="2" t="s">
         <v>949</v>
       </c>
       <c r="C319" s="2" t="s">
-        <v>676</v>
-[...1 lines deleted...]
-      <c r="D319" s="2" t="s">
         <v>950</v>
       </c>
+      <c r="D319" s="2"/>
       <c r="E319" s="2">
-        <v>128</v>
+        <v>677</v>
       </c>
       <c r="F319" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G319" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H319" s="2" t="s">
         <v>951</v>
       </c>
       <c r="I319" s="2">
         <v>159</v>
       </c>
       <c r="J319" s="2">
-        <v>145</v>
+        <v>152</v>
       </c>
       <c r="K319" s="2">
         <v>150</v>
       </c>
       <c r="L319" s="2">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="M319" s="2">
         <v>0</v>
       </c>
       <c r="N319" s="2">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="320" spans="1:14">
       <c r="A320" s="2">
-        <v>101251</v>
+        <v>106836</v>
       </c>
       <c r="B320" s="2" t="s">
+        <v>828</v>
+      </c>
+      <c r="C320" s="2" t="s">
+        <v>665</v>
+      </c>
+      <c r="D320" s="2" t="s">
+        <v>829</v>
+      </c>
+      <c r="E320" s="2">
+        <v>181</v>
+      </c>
+      <c r="F320" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G320" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="H320" s="2" t="s">
         <v>952</v>
-      </c>
-[...16 lines deleted...]
-        <v>954</v>
       </c>
       <c r="I320" s="2">
         <v>160</v>
       </c>
       <c r="J320" s="2">
-        <v>146</v>
+        <v>153</v>
       </c>
       <c r="K320" s="2">
         <v>150</v>
       </c>
       <c r="L320" s="2">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="M320" s="2">
         <v>0</v>
       </c>
       <c r="N320" s="2">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="321" spans="1:14">
       <c r="A321" s="2">
-        <v>106836</v>
+        <v>101251</v>
       </c>
       <c r="B321" s="2" t="s">
-        <v>828</v>
+        <v>953</v>
       </c>
       <c r="C321" s="2" t="s">
-        <v>665</v>
+        <v>231</v>
       </c>
       <c r="D321" s="2" t="s">
-        <v>829</v>
+        <v>954</v>
       </c>
       <c r="E321" s="2">
-        <v>181</v>
+        <v>1246</v>
       </c>
       <c r="F321" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G321" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H321" s="2" t="s">
         <v>955</v>
       </c>
       <c r="I321" s="2">
         <v>160</v>
       </c>
       <c r="J321" s="2">
-        <v>153</v>
+        <v>146</v>
       </c>
       <c r="K321" s="2">
         <v>150</v>
       </c>
       <c r="L321" s="2">
-        <v>0</v>
+        <v>20</v>
       </c>
       <c r="M321" s="2">
         <v>0</v>
       </c>
       <c r="N321" s="2">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="322" spans="1:14">
       <c r="A322" s="2">
-        <v>106862</v>
+        <v>112732</v>
       </c>
       <c r="B322" s="2" t="s">
+        <v>910</v>
+      </c>
+      <c r="C322" s="2" t="s">
         <v>956</v>
       </c>
-      <c r="C322" s="2" t="s">
-[...2 lines deleted...]
-      <c r="D322" s="2" t="s">
+      <c r="D322" s="2"/>
+      <c r="E322" s="2">
+        <v>872</v>
+      </c>
+      <c r="F322" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G322" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="H322" s="2" t="s">
         <v>957</v>
-      </c>
-[...10 lines deleted...]
-        <v>958</v>
       </c>
       <c r="I322" s="2">
         <v>161</v>
       </c>
       <c r="J322" s="2">
-        <v>147</v>
+        <v>154</v>
       </c>
       <c r="K322" s="2">
         <v>150</v>
       </c>
       <c r="L322" s="2">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="M322" s="2">
         <v>0</v>
       </c>
       <c r="N322" s="2">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="323" spans="1:14">
       <c r="A323" s="2">
-        <v>112732</v>
+        <v>106862</v>
       </c>
       <c r="B323" s="2" t="s">
-        <v>909</v>
+        <v>958</v>
       </c>
       <c r="C323" s="2" t="s">
+        <v>94</v>
+      </c>
+      <c r="D323" s="2" t="s">
         <v>959</v>
       </c>
-      <c r="D323" s="2"/>
       <c r="E323" s="2">
-        <v>872</v>
+        <v>688</v>
       </c>
       <c r="F323" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G323" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H323" s="2" t="s">
         <v>960</v>
       </c>
       <c r="I323" s="2">
         <v>161</v>
       </c>
       <c r="J323" s="2">
-        <v>154</v>
+        <v>147</v>
       </c>
       <c r="K323" s="2">
         <v>150</v>
       </c>
       <c r="L323" s="2">
-        <v>0</v>
+        <v>20</v>
       </c>
       <c r="M323" s="2">
         <v>0</v>
       </c>
       <c r="N323" s="2">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="324" spans="1:14">
       <c r="A324" s="2">
         <v>112733</v>
       </c>
       <c r="B324" s="2" t="s">
         <v>961</v>
       </c>
       <c r="C324" s="2" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="D324" s="2"/>
       <c r="E324" s="2">
         <v>878</v>
       </c>
       <c r="F324" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G324" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H324" s="2" t="s">
         <v>962</v>
       </c>
       <c r="I324" s="2">
         <v>162</v>
       </c>
       <c r="J324" s="2">
         <v>155</v>
       </c>
       <c r="K324" s="2">
         <v>150</v>
       </c>
       <c r="L324" s="2">
         <v>0</v>
@@ -20481,908 +20481,908 @@
       </c>
       <c r="H325" s="2" t="s">
         <v>966</v>
       </c>
       <c r="I325" s="2">
         <v>162</v>
       </c>
       <c r="J325" s="2">
         <v>148</v>
       </c>
       <c r="K325" s="2">
         <v>150</v>
       </c>
       <c r="L325" s="2">
         <v>20</v>
       </c>
       <c r="M325" s="2">
         <v>0</v>
       </c>
       <c r="N325" s="2">
         <v>170</v>
       </c>
     </row>
     <row r="326" spans="1:14">
       <c r="A326" s="2">
-        <v>106864</v>
+        <v>112734</v>
       </c>
       <c r="B326" s="2" t="s">
         <v>967</v>
       </c>
       <c r="C326" s="2" t="s">
         <v>968</v>
       </c>
-      <c r="D326" s="2" t="s">
+      <c r="D326" s="2"/>
+      <c r="E326" s="2">
+        <v>547</v>
+      </c>
+      <c r="F326" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G326" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="H326" s="2" t="s">
         <v>969</v>
-      </c>
-[...10 lines deleted...]
-        <v>970</v>
       </c>
       <c r="I326" s="2">
         <v>163</v>
       </c>
       <c r="J326" s="2">
-        <v>149</v>
+        <v>156</v>
       </c>
       <c r="K326" s="2">
         <v>150</v>
       </c>
       <c r="L326" s="2">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="M326" s="2">
         <v>0</v>
       </c>
       <c r="N326" s="2">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="327" spans="1:14">
       <c r="A327" s="2">
-        <v>112734</v>
+        <v>106864</v>
       </c>
       <c r="B327" s="2" t="s">
+        <v>970</v>
+      </c>
+      <c r="C327" s="2" t="s">
         <v>971</v>
       </c>
-      <c r="C327" s="2" t="s">
+      <c r="D327" s="2" t="s">
         <v>972</v>
       </c>
-      <c r="D327" s="2"/>
       <c r="E327" s="2">
-        <v>547</v>
+        <v>741</v>
       </c>
       <c r="F327" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G327" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H327" s="2" t="s">
         <v>973</v>
       </c>
       <c r="I327" s="2">
         <v>163</v>
       </c>
       <c r="J327" s="2">
-        <v>156</v>
+        <v>149</v>
       </c>
       <c r="K327" s="2">
         <v>150</v>
       </c>
       <c r="L327" s="2">
-        <v>0</v>
+        <v>20</v>
       </c>
       <c r="M327" s="2">
         <v>0</v>
       </c>
       <c r="N327" s="2">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="328" spans="1:14">
       <c r="A328" s="2">
-        <v>106865</v>
+        <v>112735</v>
       </c>
       <c r="B328" s="2" t="s">
-        <v>121</v>
+        <v>438</v>
       </c>
       <c r="C328" s="2" t="s">
         <v>974</v>
       </c>
-      <c r="D328" s="2" t="s">
+      <c r="D328" s="2"/>
+      <c r="E328" s="2">
+        <v>912</v>
+      </c>
+      <c r="F328" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G328" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="H328" s="2" t="s">
         <v>975</v>
-      </c>
-[...10 lines deleted...]
-        <v>976</v>
       </c>
       <c r="I328" s="2">
         <v>164</v>
       </c>
       <c r="J328" s="2">
-        <v>150</v>
+        <v>157</v>
       </c>
       <c r="K328" s="2">
         <v>150</v>
       </c>
       <c r="L328" s="2">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="M328" s="2">
         <v>0</v>
       </c>
       <c r="N328" s="2">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="329" spans="1:14">
       <c r="A329" s="2">
-        <v>112735</v>
+        <v>106865</v>
       </c>
       <c r="B329" s="2" t="s">
-        <v>441</v>
+        <v>121</v>
       </c>
       <c r="C329" s="2" t="s">
+        <v>976</v>
+      </c>
+      <c r="D329" s="2" t="s">
         <v>977</v>
       </c>
-      <c r="D329" s="2"/>
       <c r="E329" s="2">
-        <v>912</v>
+        <v>1492</v>
       </c>
       <c r="F329" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G329" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H329" s="2" t="s">
         <v>978</v>
       </c>
       <c r="I329" s="2">
         <v>164</v>
       </c>
       <c r="J329" s="2">
-        <v>157</v>
+        <v>150</v>
       </c>
       <c r="K329" s="2">
         <v>150</v>
       </c>
       <c r="L329" s="2">
-        <v>0</v>
+        <v>20</v>
       </c>
       <c r="M329" s="2">
         <v>0</v>
       </c>
       <c r="N329" s="2">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="330" spans="1:14">
       <c r="A330" s="2">
         <v>106843</v>
       </c>
       <c r="B330" s="2" t="s">
+        <v>865</v>
+      </c>
+      <c r="C330" s="2" t="s">
+        <v>847</v>
+      </c>
+      <c r="D330" s="2" t="s">
         <v>866</v>
-      </c>
-[...4 lines deleted...]
-        <v>867</v>
       </c>
       <c r="E330" s="2">
         <v>907</v>
       </c>
       <c r="F330" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G330" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H330" s="2" t="s">
         <v>979</v>
       </c>
       <c r="I330" s="2">
         <v>165</v>
       </c>
       <c r="J330" s="2">
         <v>158</v>
       </c>
       <c r="K330" s="2">
         <v>150</v>
       </c>
       <c r="L330" s="2">
         <v>0</v>
       </c>
       <c r="M330" s="2">
         <v>0</v>
       </c>
       <c r="N330" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="331" spans="1:14">
       <c r="A331" s="2">
         <v>106866</v>
       </c>
       <c r="B331" s="2" t="s">
         <v>980</v>
       </c>
       <c r="C331" s="2" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="D331" s="2" t="s">
         <v>981</v>
       </c>
       <c r="E331" s="2">
         <v>983</v>
       </c>
       <c r="F331" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G331" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H331" s="2" t="s">
         <v>982</v>
       </c>
       <c r="I331" s="2">
         <v>165</v>
       </c>
       <c r="J331" s="2">
         <v>151</v>
       </c>
       <c r="K331" s="2">
         <v>150</v>
       </c>
       <c r="L331" s="2">
         <v>20</v>
       </c>
       <c r="M331" s="2">
         <v>0</v>
       </c>
       <c r="N331" s="2">
         <v>170</v>
       </c>
     </row>
     <row r="332" spans="1:14">
       <c r="A332" s="2">
-        <v>106867</v>
+        <v>112737</v>
       </c>
       <c r="B332" s="2" t="s">
-        <v>56</v>
+        <v>983</v>
       </c>
       <c r="C332" s="2" t="s">
-        <v>524</v>
-[...3 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="D332" s="2"/>
       <c r="E332" s="2">
-        <v>634</v>
+        <v>885</v>
       </c>
       <c r="F332" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G332" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H332" s="2" t="s">
         <v>984</v>
       </c>
       <c r="I332" s="2">
         <v>166</v>
       </c>
       <c r="J332" s="2">
-        <v>152</v>
+        <v>159</v>
       </c>
       <c r="K332" s="2">
         <v>150</v>
       </c>
       <c r="L332" s="2">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="M332" s="2">
         <v>0</v>
       </c>
       <c r="N332" s="2">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="333" spans="1:14">
       <c r="A333" s="2">
-        <v>112737</v>
+        <v>106867</v>
       </c>
       <c r="B333" s="2" t="s">
+        <v>56</v>
+      </c>
+      <c r="C333" s="2" t="s">
+        <v>524</v>
+      </c>
+      <c r="D333" s="2" t="s">
         <v>985</v>
       </c>
-      <c r="C333" s="2" t="s">
-[...2 lines deleted...]
-      <c r="D333" s="2"/>
       <c r="E333" s="2">
-        <v>885</v>
+        <v>634</v>
       </c>
       <c r="F333" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G333" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H333" s="2" t="s">
         <v>986</v>
       </c>
       <c r="I333" s="2">
         <v>166</v>
       </c>
       <c r="J333" s="2">
-        <v>159</v>
+        <v>152</v>
       </c>
       <c r="K333" s="2">
         <v>150</v>
       </c>
       <c r="L333" s="2">
-        <v>0</v>
+        <v>20</v>
       </c>
       <c r="M333" s="2">
         <v>0</v>
       </c>
       <c r="N333" s="2">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="334" spans="1:14">
       <c r="A334" s="2">
-        <v>106868</v>
+        <v>112738</v>
       </c>
       <c r="B334" s="2" t="s">
         <v>987</v>
       </c>
       <c r="C334" s="2" t="s">
         <v>988</v>
       </c>
-      <c r="D334" s="2" t="s">
+      <c r="D334" s="2"/>
+      <c r="E334" s="2">
+        <v>1377</v>
+      </c>
+      <c r="F334" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G334" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="H334" s="2" t="s">
         <v>989</v>
-      </c>
-[...10 lines deleted...]
-        <v>990</v>
       </c>
       <c r="I334" s="2">
         <v>167</v>
       </c>
       <c r="J334" s="2">
-        <v>153</v>
+        <v>160</v>
       </c>
       <c r="K334" s="2">
         <v>150</v>
       </c>
       <c r="L334" s="2">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="M334" s="2">
         <v>0</v>
       </c>
       <c r="N334" s="2">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="335" spans="1:14">
       <c r="A335" s="2">
-        <v>112738</v>
+        <v>106868</v>
       </c>
       <c r="B335" s="2" t="s">
+        <v>990</v>
+      </c>
+      <c r="C335" s="2" t="s">
         <v>991</v>
       </c>
-      <c r="C335" s="2" t="s">
+      <c r="D335" s="2" t="s">
         <v>992</v>
       </c>
-      <c r="D335" s="2"/>
       <c r="E335" s="2">
-        <v>1377</v>
+        <v>376</v>
       </c>
       <c r="F335" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G335" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H335" s="2" t="s">
         <v>993</v>
       </c>
       <c r="I335" s="2">
         <v>167</v>
       </c>
       <c r="J335" s="2">
-        <v>160</v>
+        <v>153</v>
       </c>
       <c r="K335" s="2">
         <v>150</v>
       </c>
       <c r="L335" s="2">
-        <v>0</v>
+        <v>20</v>
       </c>
       <c r="M335" s="2">
         <v>0</v>
       </c>
       <c r="N335" s="2">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="336" spans="1:14">
       <c r="A336" s="2">
         <v>112739</v>
       </c>
       <c r="B336" s="2" t="s">
         <v>994</v>
       </c>
       <c r="C336" s="2" t="s">
         <v>995</v>
       </c>
       <c r="D336" s="2"/>
       <c r="E336" s="2">
         <v>543</v>
       </c>
       <c r="F336" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G336" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H336" s="2" t="s">
         <v>996</v>
       </c>
       <c r="I336" s="2">
         <v>168</v>
       </c>
       <c r="J336" s="2">
         <v>161</v>
       </c>
       <c r="K336" s="2">
         <v>150</v>
       </c>
       <c r="L336" s="2">
         <v>0</v>
       </c>
       <c r="M336" s="2">
         <v>0</v>
       </c>
       <c r="N336" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="337" spans="1:14">
       <c r="A337" s="2">
         <v>106869</v>
       </c>
       <c r="B337" s="2" t="s">
-        <v>637</v>
+        <v>636</v>
       </c>
       <c r="C337" s="2" t="s">
-        <v>15</v>
+        <v>21</v>
       </c>
       <c r="D337" s="2" t="s">
         <v>997</v>
       </c>
       <c r="E337" s="2">
         <v>237</v>
       </c>
       <c r="F337" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G337" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H337" s="2" t="s">
         <v>998</v>
       </c>
       <c r="I337" s="2">
         <v>168</v>
       </c>
       <c r="J337" s="2">
         <v>154</v>
       </c>
       <c r="K337" s="2">
         <v>150</v>
       </c>
       <c r="L337" s="2">
         <v>20</v>
       </c>
       <c r="M337" s="2">
         <v>0</v>
       </c>
       <c r="N337" s="2">
         <v>170</v>
       </c>
     </row>
     <row r="338" spans="1:14">
       <c r="A338" s="2">
-        <v>106870</v>
+        <v>110636</v>
       </c>
       <c r="B338" s="2" t="s">
         <v>999</v>
       </c>
       <c r="C338" s="2" t="s">
         <v>1000</v>
       </c>
-      <c r="D338" s="2" t="s">
+      <c r="D338" s="2"/>
+      <c r="E338" s="2">
+        <v>1374</v>
+      </c>
+      <c r="F338" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G338" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="H338" s="2" t="s">
         <v>1001</v>
-      </c>
-[...10 lines deleted...]
-        <v>1002</v>
       </c>
       <c r="I338" s="2">
         <v>169</v>
       </c>
       <c r="J338" s="2">
-        <v>155</v>
+        <v>162</v>
       </c>
       <c r="K338" s="2">
         <v>150</v>
       </c>
       <c r="L338" s="2">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="M338" s="2">
         <v>0</v>
       </c>
       <c r="N338" s="2">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="339" spans="1:14">
       <c r="A339" s="2">
-        <v>110636</v>
+        <v>106870</v>
       </c>
       <c r="B339" s="2" t="s">
+        <v>1002</v>
+      </c>
+      <c r="C339" s="2" t="s">
         <v>1003</v>
       </c>
-      <c r="C339" s="2" t="s">
+      <c r="D339" s="2" t="s">
         <v>1004</v>
       </c>
-      <c r="D339" s="2"/>
       <c r="E339" s="2">
-        <v>1374</v>
+        <v>1518</v>
       </c>
       <c r="F339" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G339" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H339" s="2" t="s">
         <v>1005</v>
       </c>
       <c r="I339" s="2">
         <v>169</v>
       </c>
       <c r="J339" s="2">
-        <v>162</v>
+        <v>155</v>
       </c>
       <c r="K339" s="2">
         <v>150</v>
       </c>
       <c r="L339" s="2">
-        <v>0</v>
+        <v>20</v>
       </c>
       <c r="M339" s="2">
         <v>0</v>
       </c>
       <c r="N339" s="2">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="340" spans="1:14">
       <c r="A340" s="2">
-        <v>106871</v>
+        <v>112741</v>
       </c>
       <c r="B340" s="2" t="s">
         <v>1006</v>
       </c>
       <c r="C340" s="2" t="s">
+        <v>939</v>
+      </c>
+      <c r="D340" s="2"/>
+      <c r="E340" s="2">
+        <v>1575</v>
+      </c>
+      <c r="F340" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G340" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="H340" s="2" t="s">
         <v>1007</v>
-      </c>
-[...13 lines deleted...]
-        <v>1009</v>
       </c>
       <c r="I340" s="2">
         <v>170</v>
       </c>
       <c r="J340" s="2">
-        <v>156</v>
+        <v>163</v>
       </c>
       <c r="K340" s="2">
         <v>150</v>
       </c>
       <c r="L340" s="2">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="M340" s="2">
         <v>0</v>
       </c>
       <c r="N340" s="2">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="341" spans="1:14">
       <c r="A341" s="2">
-        <v>112741</v>
+        <v>106871</v>
       </c>
       <c r="B341" s="2" t="s">
+        <v>1008</v>
+      </c>
+      <c r="C341" s="2" t="s">
+        <v>1009</v>
+      </c>
+      <c r="D341" s="2" t="s">
         <v>1010</v>
       </c>
-      <c r="C341" s="2" t="s">
-[...2 lines deleted...]
-      <c r="D341" s="2"/>
       <c r="E341" s="2">
-        <v>1575</v>
+        <v>1066</v>
       </c>
       <c r="F341" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G341" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H341" s="2" t="s">
         <v>1011</v>
       </c>
       <c r="I341" s="2">
         <v>170</v>
       </c>
       <c r="J341" s="2">
-        <v>163</v>
+        <v>156</v>
       </c>
       <c r="K341" s="2">
         <v>150</v>
       </c>
       <c r="L341" s="2">
-        <v>0</v>
+        <v>20</v>
       </c>
       <c r="M341" s="2">
         <v>0</v>
       </c>
       <c r="N341" s="2">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="342" spans="1:14">
       <c r="A342" s="2">
         <v>112742</v>
       </c>
       <c r="B342" s="2" t="s">
         <v>1012</v>
       </c>
       <c r="C342" s="2" t="s">
         <v>1013</v>
       </c>
       <c r="D342" s="2"/>
       <c r="E342" s="2">
         <v>1249</v>
       </c>
       <c r="F342" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G342" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H342" s="2" t="s">
-        <v>1011</v>
+        <v>1007</v>
       </c>
       <c r="I342" s="2">
         <v>171</v>
       </c>
       <c r="J342" s="2">
         <v>164</v>
       </c>
       <c r="K342" s="2">
         <v>150</v>
       </c>
       <c r="L342" s="2">
         <v>0</v>
       </c>
       <c r="M342" s="2">
         <v>0</v>
       </c>
       <c r="N342" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="343" spans="1:14">
       <c r="A343" s="2">
         <v>106872</v>
       </c>
       <c r="B343" s="2" t="s">
         <v>1014</v>
       </c>
       <c r="C343" s="2" t="s">
-        <v>938</v>
+        <v>935</v>
       </c>
       <c r="D343" s="2" t="s">
         <v>1015</v>
       </c>
       <c r="E343" s="2">
         <v>839</v>
       </c>
       <c r="F343" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G343" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H343" s="2" t="s">
         <v>1016</v>
       </c>
       <c r="I343" s="2">
         <v>171</v>
       </c>
       <c r="J343" s="2">
         <v>157</v>
       </c>
       <c r="K343" s="2">
         <v>150</v>
       </c>
       <c r="L343" s="2">
         <v>20</v>
       </c>
       <c r="M343" s="2">
         <v>0</v>
       </c>
       <c r="N343" s="2">
         <v>170</v>
       </c>
     </row>
     <row r="344" spans="1:14">
       <c r="A344" s="2">
-        <v>106873</v>
+        <v>112743</v>
       </c>
       <c r="B344" s="2" t="s">
         <v>1017</v>
       </c>
       <c r="C344" s="2" t="s">
         <v>1018</v>
       </c>
-      <c r="D344" s="2" t="s">
+      <c r="D344" s="2"/>
+      <c r="E344" s="2">
+        <v>1254</v>
+      </c>
+      <c r="F344" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G344" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="H344" s="2" t="s">
         <v>1019</v>
-      </c>
-[...10 lines deleted...]
-        <v>1020</v>
       </c>
       <c r="I344" s="2">
         <v>172</v>
       </c>
       <c r="J344" s="2">
-        <v>158</v>
+        <v>165</v>
       </c>
       <c r="K344" s="2">
         <v>150</v>
       </c>
       <c r="L344" s="2">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="M344" s="2">
         <v>0</v>
       </c>
       <c r="N344" s="2">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="345" spans="1:14">
       <c r="A345" s="2">
-        <v>112743</v>
+        <v>106873</v>
       </c>
       <c r="B345" s="2" t="s">
+        <v>1020</v>
+      </c>
+      <c r="C345" s="2" t="s">
         <v>1021</v>
       </c>
-      <c r="C345" s="2" t="s">
+      <c r="D345" s="2" t="s">
         <v>1022</v>
       </c>
-      <c r="D345" s="2"/>
       <c r="E345" s="2">
-        <v>1254</v>
+        <v>994</v>
       </c>
       <c r="F345" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G345" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H345" s="2" t="s">
         <v>1023</v>
       </c>
       <c r="I345" s="2">
         <v>172</v>
       </c>
       <c r="J345" s="2">
-        <v>165</v>
+        <v>158</v>
       </c>
       <c r="K345" s="2">
         <v>150</v>
       </c>
       <c r="L345" s="2">
-        <v>0</v>
+        <v>20</v>
       </c>
       <c r="M345" s="2">
         <v>0</v>
       </c>
       <c r="N345" s="2">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="346" spans="1:14">
       <c r="A346" s="2">
         <v>106874</v>
       </c>
       <c r="B346" s="2" t="s">
         <v>117</v>
       </c>
       <c r="C346" s="2" t="s">
         <v>690</v>
       </c>
       <c r="D346" s="2" t="s">
         <v>691</v>
       </c>
       <c r="E346" s="2">
         <v>1007</v>
       </c>
       <c r="F346" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G346" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H346" s="2" t="s">
@@ -21405,51 +21405,51 @@
       </c>
       <c r="N346" s="2">
         <v>170</v>
       </c>
     </row>
     <row r="347" spans="1:14">
       <c r="A347" s="2">
         <v>106808</v>
       </c>
       <c r="B347" s="2" t="s">
         <v>678</v>
       </c>
       <c r="C347" s="2" t="s">
         <v>679</v>
       </c>
       <c r="D347" s="2" t="s">
         <v>680</v>
       </c>
       <c r="E347" s="2">
         <v>2106</v>
       </c>
       <c r="F347" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G347" s="2" t="s">
-        <v>201</v>
+        <v>205</v>
       </c>
       <c r="H347" s="2" t="s">
         <v>1025</v>
       </c>
       <c r="I347" s="2">
         <v>173</v>
       </c>
       <c r="J347" s="2">
         <v>8</v>
       </c>
       <c r="K347" s="2">
         <v>150</v>
       </c>
       <c r="L347" s="2">
         <v>0</v>
       </c>
       <c r="M347" s="2">
         <v>0</v>
       </c>
       <c r="N347" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="348" spans="1:14">
       <c r="A348" s="2">
@@ -21517,220 +21517,220 @@
       </c>
       <c r="H349" s="2" t="s">
         <v>1032</v>
       </c>
       <c r="I349" s="2">
         <v>174</v>
       </c>
       <c r="J349" s="2">
         <v>160</v>
       </c>
       <c r="K349" s="2">
         <v>150</v>
       </c>
       <c r="L349" s="2">
         <v>20</v>
       </c>
       <c r="M349" s="2">
         <v>0</v>
       </c>
       <c r="N349" s="2">
         <v>170</v>
       </c>
     </row>
     <row r="350" spans="1:14">
       <c r="A350" s="2">
-        <v>106876</v>
+        <v>112746</v>
       </c>
       <c r="B350" s="2" t="s">
-        <v>79</v>
+        <v>1033</v>
       </c>
       <c r="C350" s="2" t="s">
-        <v>1033</v>
-[...1 lines deleted...]
-      <c r="D350" s="2" t="s">
         <v>1034</v>
       </c>
+      <c r="D350" s="2"/>
       <c r="E350" s="2">
-        <v>1164</v>
+        <v>837</v>
       </c>
       <c r="F350" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G350" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H350" s="2" t="s">
         <v>1035</v>
       </c>
       <c r="I350" s="2">
         <v>175</v>
       </c>
       <c r="J350" s="2">
-        <v>161</v>
+        <v>167</v>
       </c>
       <c r="K350" s="2">
         <v>150</v>
       </c>
       <c r="L350" s="2">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="M350" s="2">
         <v>0</v>
       </c>
       <c r="N350" s="2">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="351" spans="1:14">
       <c r="A351" s="2">
-        <v>112746</v>
+        <v>106876</v>
       </c>
       <c r="B351" s="2" t="s">
+        <v>79</v>
+      </c>
+      <c r="C351" s="2" t="s">
         <v>1036</v>
       </c>
-      <c r="C351" s="2" t="s">
+      <c r="D351" s="2" t="s">
         <v>1037</v>
       </c>
-      <c r="D351" s="2"/>
       <c r="E351" s="2">
-        <v>837</v>
+        <v>1164</v>
       </c>
       <c r="F351" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G351" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H351" s="2" t="s">
         <v>1038</v>
       </c>
       <c r="I351" s="2">
         <v>175</v>
       </c>
       <c r="J351" s="2">
-        <v>167</v>
+        <v>161</v>
       </c>
       <c r="K351" s="2">
         <v>150</v>
       </c>
       <c r="L351" s="2">
-        <v>0</v>
+        <v>20</v>
       </c>
       <c r="M351" s="2">
         <v>0</v>
       </c>
       <c r="N351" s="2">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="352" spans="1:14">
       <c r="A352" s="2">
-        <v>106918</v>
+        <v>106877</v>
       </c>
       <c r="B352" s="2" t="s">
-        <v>56</v>
+        <v>1039</v>
       </c>
       <c r="C352" s="2" t="s">
-        <v>1039</v>
+        <v>1040</v>
       </c>
       <c r="D352" s="2" t="s">
-        <v>1040</v>
+        <v>1041</v>
       </c>
       <c r="E352" s="2">
-        <v>324</v>
+        <v>828</v>
       </c>
       <c r="F352" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G352" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H352" s="2" t="s">
-        <v>1041</v>
+        <v>1042</v>
       </c>
       <c r="I352" s="2">
         <v>176</v>
       </c>
       <c r="J352" s="2">
-        <v>168</v>
+        <v>162</v>
       </c>
       <c r="K352" s="2">
         <v>150</v>
       </c>
       <c r="L352" s="2">
-        <v>0</v>
+        <v>20</v>
       </c>
       <c r="M352" s="2">
         <v>0</v>
       </c>
       <c r="N352" s="2">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="353" spans="1:14">
       <c r="A353" s="2">
-        <v>106877</v>
+        <v>106918</v>
       </c>
       <c r="B353" s="2" t="s">
-        <v>1042</v>
+        <v>56</v>
       </c>
       <c r="C353" s="2" t="s">
         <v>1043</v>
       </c>
       <c r="D353" s="2" t="s">
         <v>1044</v>
       </c>
       <c r="E353" s="2">
-        <v>828</v>
+        <v>324</v>
       </c>
       <c r="F353" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G353" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H353" s="2" t="s">
         <v>1045</v>
       </c>
       <c r="I353" s="2">
         <v>176</v>
       </c>
       <c r="J353" s="2">
-        <v>162</v>
+        <v>168</v>
       </c>
       <c r="K353" s="2">
         <v>150</v>
       </c>
       <c r="L353" s="2">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="M353" s="2">
         <v>0</v>
       </c>
       <c r="N353" s="2">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="354" spans="1:14">
       <c r="A354" s="2">
         <v>112748</v>
       </c>
       <c r="B354" s="2" t="s">
         <v>1046</v>
       </c>
       <c r="C354" s="2" t="s">
         <v>1047</v>
       </c>
       <c r="D354" s="2"/>
       <c r="E354" s="2">
         <v>1105</v>
       </c>
       <c r="F354" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G354" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H354" s="2" t="s">
         <v>1048</v>
       </c>
@@ -21777,502 +21777,502 @@
       </c>
       <c r="H355" s="2" t="s">
         <v>1051</v>
       </c>
       <c r="I355" s="2">
         <v>177</v>
       </c>
       <c r="J355" s="2">
         <v>163</v>
       </c>
       <c r="K355" s="2">
         <v>150</v>
       </c>
       <c r="L355" s="2">
         <v>20</v>
       </c>
       <c r="M355" s="2">
         <v>0</v>
       </c>
       <c r="N355" s="2">
         <v>170</v>
       </c>
     </row>
     <row r="356" spans="1:14">
       <c r="A356" s="2">
-        <v>106879</v>
+        <v>106880</v>
       </c>
       <c r="B356" s="2" t="s">
-        <v>419</v>
+        <v>1052</v>
       </c>
       <c r="C356" s="2" t="s">
-        <v>1052</v>
+        <v>1053</v>
       </c>
       <c r="D356" s="2" t="s">
-        <v>1053</v>
+        <v>1054</v>
       </c>
       <c r="E356" s="2">
-        <v>927</v>
+        <v>720</v>
       </c>
       <c r="F356" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G356" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H356" s="2" t="s">
-        <v>1054</v>
+        <v>1055</v>
       </c>
       <c r="I356" s="2">
         <v>178</v>
       </c>
       <c r="J356" s="2">
-        <v>164</v>
+        <v>170</v>
       </c>
       <c r="K356" s="2">
         <v>150</v>
       </c>
       <c r="L356" s="2">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="M356" s="2">
         <v>0</v>
       </c>
       <c r="N356" s="2">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="357" spans="1:14">
       <c r="A357" s="2">
-        <v>106880</v>
+        <v>106879</v>
       </c>
       <c r="B357" s="2" t="s">
-        <v>1055</v>
+        <v>422</v>
       </c>
       <c r="C357" s="2" t="s">
         <v>1056</v>
       </c>
       <c r="D357" s="2" t="s">
         <v>1057</v>
       </c>
       <c r="E357" s="2">
-        <v>720</v>
+        <v>927</v>
       </c>
       <c r="F357" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G357" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H357" s="2" t="s">
         <v>1058</v>
       </c>
       <c r="I357" s="2">
         <v>178</v>
       </c>
       <c r="J357" s="2">
+        <v>164</v>
+      </c>
+      <c r="K357" s="2">
+        <v>150</v>
+      </c>
+      <c r="L357" s="2">
+        <v>20</v>
+      </c>
+      <c r="M357" s="2">
+        <v>0</v>
+      </c>
+      <c r="N357" s="2">
         <v>170</v>
-      </c>
-[...10 lines deleted...]
-        <v>150</v>
       </c>
     </row>
     <row r="358" spans="1:14">
       <c r="A358" s="2">
-        <v>112750</v>
+        <v>106880</v>
       </c>
       <c r="B358" s="2" t="s">
+        <v>1052</v>
+      </c>
+      <c r="C358" s="2" t="s">
+        <v>1053</v>
+      </c>
+      <c r="D358" s="2" t="s">
+        <v>1054</v>
+      </c>
+      <c r="E358" s="2">
+        <v>844</v>
+      </c>
+      <c r="F358" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G358" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="H358" s="2" t="s">
         <v>1059</v>
-      </c>
-[...14 lines deleted...]
-        <v>1061</v>
       </c>
       <c r="I358" s="2">
         <v>179</v>
       </c>
       <c r="J358" s="2">
-        <v>171</v>
+        <v>165</v>
       </c>
       <c r="K358" s="2">
         <v>150</v>
       </c>
       <c r="L358" s="2">
-        <v>0</v>
+        <v>20</v>
       </c>
       <c r="M358" s="2">
         <v>0</v>
       </c>
       <c r="N358" s="2">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="359" spans="1:14">
       <c r="A359" s="2">
-        <v>106880</v>
+        <v>112750</v>
       </c>
       <c r="B359" s="2" t="s">
-        <v>1055</v>
+        <v>1060</v>
       </c>
       <c r="C359" s="2" t="s">
-        <v>1056</v>
-[...3 lines deleted...]
-      </c>
+        <v>1061</v>
+      </c>
+      <c r="D359" s="2"/>
       <c r="E359" s="2">
-        <v>844</v>
+        <v>1082</v>
       </c>
       <c r="F359" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G359" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H359" s="2" t="s">
         <v>1062</v>
       </c>
       <c r="I359" s="2">
         <v>179</v>
       </c>
       <c r="J359" s="2">
-        <v>165</v>
+        <v>171</v>
       </c>
       <c r="K359" s="2">
         <v>150</v>
       </c>
       <c r="L359" s="2">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="M359" s="2">
         <v>0</v>
       </c>
       <c r="N359" s="2">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="360" spans="1:14">
       <c r="A360" s="2">
         <v>112751</v>
       </c>
       <c r="B360" s="2" t="s">
         <v>1063</v>
       </c>
       <c r="C360" s="2" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="D360" s="2"/>
       <c r="E360" s="2">
         <v>2210</v>
       </c>
       <c r="F360" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G360" s="2" t="s">
-        <v>201</v>
+        <v>205</v>
       </c>
       <c r="H360" s="2" t="s">
         <v>1064</v>
       </c>
       <c r="I360" s="2">
         <v>180</v>
       </c>
       <c r="J360" s="2">
         <v>9</v>
       </c>
       <c r="K360" s="2">
         <v>150</v>
       </c>
       <c r="L360" s="2">
         <v>0</v>
       </c>
       <c r="M360" s="2">
         <v>0</v>
       </c>
       <c r="N360" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="361" spans="1:14">
       <c r="A361" s="2">
         <v>106881</v>
       </c>
       <c r="B361" s="2" t="s">
-        <v>179</v>
+        <v>175</v>
       </c>
       <c r="C361" s="2" t="s">
         <v>1065</v>
       </c>
       <c r="D361" s="2" t="s">
         <v>1066</v>
       </c>
       <c r="E361" s="2">
         <v>1294</v>
       </c>
       <c r="F361" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G361" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H361" s="2" t="s">
         <v>1067</v>
       </c>
       <c r="I361" s="2">
         <v>180</v>
       </c>
       <c r="J361" s="2">
         <v>166</v>
       </c>
       <c r="K361" s="2">
         <v>150</v>
       </c>
       <c r="L361" s="2">
         <v>20</v>
       </c>
       <c r="M361" s="2">
         <v>0</v>
       </c>
       <c r="N361" s="2">
         <v>170</v>
       </c>
     </row>
     <row r="362" spans="1:14">
       <c r="A362" s="2">
-        <v>106882</v>
+        <v>112752</v>
       </c>
       <c r="B362" s="2" t="s">
-        <v>467</v>
+        <v>1068</v>
       </c>
       <c r="C362" s="2" t="s">
-        <v>974</v>
-[...3 lines deleted...]
-      </c>
+        <v>1069</v>
+      </c>
+      <c r="D362" s="2"/>
       <c r="E362" s="2">
-        <v>2020</v>
+        <v>830</v>
       </c>
       <c r="F362" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G362" s="2" t="s">
-        <v>201</v>
+        <v>18</v>
       </c>
       <c r="H362" s="2" t="s">
-        <v>1069</v>
+        <v>1070</v>
       </c>
       <c r="I362" s="2">
         <v>181</v>
       </c>
       <c r="J362" s="2">
-        <v>15</v>
+        <v>172</v>
       </c>
       <c r="K362" s="2">
         <v>150</v>
       </c>
       <c r="L362" s="2">
-        <v>160</v>
+        <v>0</v>
       </c>
       <c r="M362" s="2">
         <v>0</v>
       </c>
       <c r="N362" s="2">
-        <v>310</v>
+        <v>150</v>
       </c>
     </row>
     <row r="363" spans="1:14">
       <c r="A363" s="2">
-        <v>112752</v>
+        <v>106882</v>
       </c>
       <c r="B363" s="2" t="s">
-        <v>1070</v>
+        <v>467</v>
       </c>
       <c r="C363" s="2" t="s">
+        <v>976</v>
+      </c>
+      <c r="D363" s="2" t="s">
         <v>1071</v>
       </c>
-      <c r="D363" s="2"/>
       <c r="E363" s="2">
-        <v>830</v>
+        <v>2020</v>
       </c>
       <c r="F363" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G363" s="2" t="s">
-        <v>18</v>
+        <v>205</v>
       </c>
       <c r="H363" s="2" t="s">
         <v>1072</v>
       </c>
       <c r="I363" s="2">
         <v>181</v>
       </c>
       <c r="J363" s="2">
-        <v>172</v>
+        <v>15</v>
       </c>
       <c r="K363" s="2">
         <v>150</v>
       </c>
       <c r="L363" s="2">
-        <v>0</v>
+        <v>160</v>
       </c>
       <c r="M363" s="2">
         <v>0</v>
       </c>
       <c r="N363" s="2">
-        <v>150</v>
+        <v>310</v>
       </c>
     </row>
     <row r="364" spans="1:14">
       <c r="A364" s="2">
-        <v>112753</v>
+        <v>106883</v>
       </c>
       <c r="B364" s="2" t="s">
         <v>1073</v>
       </c>
       <c r="C364" s="2" t="s">
+        <v>581</v>
+      </c>
+      <c r="D364" s="2" t="s">
         <v>1074</v>
       </c>
-      <c r="D364" s="2"/>
       <c r="E364" s="2">
-        <v>1292</v>
+        <v>1036</v>
       </c>
       <c r="F364" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G364" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H364" s="2" t="s">
         <v>1075</v>
       </c>
       <c r="I364" s="2">
         <v>182</v>
       </c>
       <c r="J364" s="2">
-        <v>173</v>
+        <v>167</v>
       </c>
       <c r="K364" s="2">
         <v>150</v>
       </c>
       <c r="L364" s="2">
-        <v>0</v>
+        <v>20</v>
       </c>
       <c r="M364" s="2">
         <v>0</v>
       </c>
       <c r="N364" s="2">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="365" spans="1:14">
       <c r="A365" s="2">
-        <v>106883</v>
+        <v>112753</v>
       </c>
       <c r="B365" s="2" t="s">
         <v>1076</v>
       </c>
       <c r="C365" s="2" t="s">
-        <v>581</v>
-[...1 lines deleted...]
-      <c r="D365" s="2" t="s">
         <v>1077</v>
       </c>
+      <c r="D365" s="2"/>
       <c r="E365" s="2">
-        <v>1036</v>
+        <v>1292</v>
       </c>
       <c r="F365" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G365" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H365" s="2" t="s">
         <v>1078</v>
       </c>
       <c r="I365" s="2">
         <v>182</v>
       </c>
       <c r="J365" s="2">
-        <v>167</v>
+        <v>173</v>
       </c>
       <c r="K365" s="2">
         <v>150</v>
       </c>
       <c r="L365" s="2">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="M365" s="2">
         <v>0</v>
       </c>
       <c r="N365" s="2">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="366" spans="1:14">
       <c r="A366" s="2">
         <v>112754</v>
       </c>
       <c r="B366" s="2" t="s">
-        <v>577</v>
+        <v>573</v>
       </c>
       <c r="C366" s="2" t="s">
         <v>1079</v>
       </c>
       <c r="D366" s="2"/>
       <c r="E366" s="2">
         <v>1334</v>
       </c>
       <c r="F366" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G366" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H366" s="2" t="s">
-        <v>1075</v>
+        <v>1078</v>
       </c>
       <c r="I366" s="2">
         <v>183</v>
       </c>
       <c r="J366" s="2">
         <v>174</v>
       </c>
       <c r="K366" s="2">
         <v>150</v>
       </c>
       <c r="L366" s="2">
         <v>0</v>
       </c>
       <c r="M366" s="2">
         <v>0</v>
       </c>
       <c r="N366" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="367" spans="1:14">
       <c r="A367" s="2">
         <v>106884</v>
       </c>
       <c r="B367" s="2" t="s">
@@ -22295,478 +22295,478 @@
       </c>
       <c r="H367" s="2" t="s">
         <v>1080</v>
       </c>
       <c r="I367" s="2">
         <v>183</v>
       </c>
       <c r="J367" s="2">
         <v>168</v>
       </c>
       <c r="K367" s="2">
         <v>150</v>
       </c>
       <c r="L367" s="2">
         <v>20</v>
       </c>
       <c r="M367" s="2">
         <v>0</v>
       </c>
       <c r="N367" s="2">
         <v>170</v>
       </c>
     </row>
     <row r="368" spans="1:14">
       <c r="A368" s="2">
-        <v>106885</v>
+        <v>112755</v>
       </c>
       <c r="B368" s="2" t="s">
+        <v>474</v>
+      </c>
+      <c r="C368" s="2" t="s">
         <v>1081</v>
       </c>
-      <c r="C368" s="2" t="s">
+      <c r="D368" s="2"/>
+      <c r="E368" s="2">
+        <v>1400</v>
+      </c>
+      <c r="F368" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G368" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="H368" s="2" t="s">
         <v>1082</v>
-      </c>
-[...13 lines deleted...]
-        <v>1084</v>
       </c>
       <c r="I368" s="2">
         <v>184</v>
       </c>
       <c r="J368" s="2">
-        <v>169</v>
+        <v>175</v>
       </c>
       <c r="K368" s="2">
         <v>150</v>
       </c>
       <c r="L368" s="2">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="M368" s="2">
         <v>0</v>
       </c>
       <c r="N368" s="2">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="369" spans="1:14">
       <c r="A369" s="2">
-        <v>112755</v>
+        <v>106885</v>
       </c>
       <c r="B369" s="2" t="s">
-        <v>474</v>
+        <v>1083</v>
       </c>
       <c r="C369" s="2" t="s">
+        <v>1084</v>
+      </c>
+      <c r="D369" s="2" t="s">
         <v>1085</v>
       </c>
-      <c r="D369" s="2"/>
       <c r="E369" s="2">
-        <v>1400</v>
+        <v>1130</v>
       </c>
       <c r="F369" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G369" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H369" s="2" t="s">
         <v>1086</v>
       </c>
       <c r="I369" s="2">
         <v>184</v>
       </c>
       <c r="J369" s="2">
-        <v>175</v>
+        <v>169</v>
       </c>
       <c r="K369" s="2">
         <v>150</v>
       </c>
       <c r="L369" s="2">
-        <v>0</v>
+        <v>20</v>
       </c>
       <c r="M369" s="2">
         <v>0</v>
       </c>
       <c r="N369" s="2">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="370" spans="1:14">
       <c r="A370" s="2">
-        <v>112756</v>
+        <v>106886</v>
       </c>
       <c r="B370" s="2" t="s">
         <v>1087</v>
       </c>
       <c r="C370" s="2" t="s">
         <v>1088</v>
       </c>
-      <c r="D370" s="2"/>
+      <c r="D370" s="2" t="s">
+        <v>1089</v>
+      </c>
       <c r="E370" s="2">
-        <v>783</v>
+        <v>1117</v>
       </c>
       <c r="F370" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G370" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H370" s="2" t="s">
-        <v>1089</v>
+        <v>1090</v>
       </c>
       <c r="I370" s="2">
         <v>185</v>
       </c>
       <c r="J370" s="2">
-        <v>176</v>
+        <v>170</v>
       </c>
       <c r="K370" s="2">
         <v>150</v>
       </c>
       <c r="L370" s="2">
-        <v>0</v>
+        <v>20</v>
       </c>
       <c r="M370" s="2">
         <v>0</v>
       </c>
       <c r="N370" s="2">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="371" spans="1:14">
       <c r="A371" s="2">
-        <v>106886</v>
+        <v>112756</v>
       </c>
       <c r="B371" s="2" t="s">
-        <v>1090</v>
+        <v>1091</v>
       </c>
       <c r="C371" s="2" t="s">
-        <v>1091</v>
-[...1 lines deleted...]
-      <c r="D371" s="2" t="s">
         <v>1092</v>
       </c>
+      <c r="D371" s="2"/>
       <c r="E371" s="2">
-        <v>1117</v>
+        <v>783</v>
       </c>
       <c r="F371" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G371" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H371" s="2" t="s">
         <v>1093</v>
       </c>
       <c r="I371" s="2">
         <v>185</v>
       </c>
       <c r="J371" s="2">
-        <v>170</v>
+        <v>176</v>
       </c>
       <c r="K371" s="2">
         <v>150</v>
       </c>
       <c r="L371" s="2">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="M371" s="2">
         <v>0</v>
       </c>
       <c r="N371" s="2">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="372" spans="1:14">
       <c r="A372" s="2">
         <v>106823</v>
       </c>
       <c r="B372" s="2" t="s">
-        <v>766</v>
+        <v>764</v>
       </c>
       <c r="C372" s="2" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="D372" s="2" t="s">
-        <v>767</v>
+        <v>765</v>
       </c>
       <c r="E372" s="2">
         <v>947</v>
       </c>
       <c r="F372" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G372" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H372" s="2" t="s">
         <v>1094</v>
       </c>
       <c r="I372" s="2">
         <v>186</v>
       </c>
       <c r="J372" s="2">
         <v>177</v>
       </c>
       <c r="K372" s="2">
         <v>150</v>
       </c>
       <c r="L372" s="2">
         <v>0</v>
       </c>
       <c r="M372" s="2">
         <v>0</v>
       </c>
       <c r="N372" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="373" spans="1:14">
       <c r="A373" s="2">
         <v>106887</v>
       </c>
       <c r="B373" s="2" t="s">
         <v>1095</v>
       </c>
       <c r="C373" s="2" t="s">
-        <v>1018</v>
+        <v>1021</v>
       </c>
       <c r="D373" s="2" t="s">
         <v>1096</v>
       </c>
       <c r="E373" s="2">
         <v>2119</v>
       </c>
       <c r="F373" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G373" s="2" t="s">
-        <v>201</v>
+        <v>205</v>
       </c>
       <c r="H373" s="2" t="s">
         <v>1097</v>
       </c>
       <c r="I373" s="2">
         <v>186</v>
       </c>
       <c r="J373" s="2">
         <v>16</v>
       </c>
       <c r="K373" s="2">
         <v>150</v>
       </c>
       <c r="L373" s="2">
         <v>150</v>
       </c>
       <c r="M373" s="2">
         <v>0</v>
       </c>
       <c r="N373" s="2">
         <v>300</v>
       </c>
     </row>
     <row r="374" spans="1:14">
       <c r="A374" s="2">
-        <v>106888</v>
+        <v>112758</v>
       </c>
       <c r="B374" s="2" t="s">
-        <v>314</v>
+        <v>1098</v>
       </c>
       <c r="C374" s="2" t="s">
-        <v>734</v>
-[...3 lines deleted...]
-      </c>
+        <v>1099</v>
+      </c>
+      <c r="D374" s="2"/>
       <c r="E374" s="2">
-        <v>1037</v>
+        <v>1281</v>
       </c>
       <c r="F374" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G374" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H374" s="2" t="s">
-        <v>1099</v>
+        <v>1100</v>
       </c>
       <c r="I374" s="2">
         <v>187</v>
       </c>
       <c r="J374" s="2">
-        <v>171</v>
+        <v>178</v>
       </c>
       <c r="K374" s="2">
         <v>150</v>
       </c>
       <c r="L374" s="2">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="M374" s="2">
         <v>0</v>
       </c>
       <c r="N374" s="2">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="375" spans="1:14">
       <c r="A375" s="2">
-        <v>112758</v>
+        <v>106888</v>
       </c>
       <c r="B375" s="2" t="s">
-        <v>1100</v>
+        <v>314</v>
       </c>
       <c r="C375" s="2" t="s">
+        <v>731</v>
+      </c>
+      <c r="D375" s="2" t="s">
         <v>1101</v>
       </c>
-      <c r="D375" s="2"/>
       <c r="E375" s="2">
-        <v>1281</v>
+        <v>1037</v>
       </c>
       <c r="F375" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G375" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H375" s="2" t="s">
         <v>1102</v>
       </c>
       <c r="I375" s="2">
         <v>187</v>
       </c>
       <c r="J375" s="2">
-        <v>178</v>
+        <v>171</v>
       </c>
       <c r="K375" s="2">
         <v>150</v>
       </c>
       <c r="L375" s="2">
-        <v>0</v>
+        <v>20</v>
       </c>
       <c r="M375" s="2">
         <v>0</v>
       </c>
       <c r="N375" s="2">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="376" spans="1:14">
       <c r="A376" s="2">
-        <v>112759</v>
+        <v>106889</v>
       </c>
       <c r="B376" s="2" t="s">
         <v>1103</v>
       </c>
       <c r="C376" s="2" t="s">
         <v>1104</v>
       </c>
-      <c r="D376" s="2"/>
+      <c r="D376" s="2" t="s">
+        <v>1105</v>
+      </c>
       <c r="E376" s="2">
-        <v>1155</v>
+        <v>439</v>
       </c>
       <c r="F376" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G376" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H376" s="2" t="s">
-        <v>1105</v>
+        <v>1106</v>
       </c>
       <c r="I376" s="2">
         <v>188</v>
       </c>
       <c r="J376" s="2">
-        <v>179</v>
+        <v>172</v>
       </c>
       <c r="K376" s="2">
         <v>150</v>
       </c>
       <c r="L376" s="2">
-        <v>0</v>
+        <v>20</v>
       </c>
       <c r="M376" s="2">
         <v>0</v>
       </c>
       <c r="N376" s="2">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="377" spans="1:14">
       <c r="A377" s="2">
-        <v>106889</v>
+        <v>112759</v>
       </c>
       <c r="B377" s="2" t="s">
-        <v>1106</v>
+        <v>1107</v>
       </c>
       <c r="C377" s="2" t="s">
-        <v>1107</v>
-[...1 lines deleted...]
-      <c r="D377" s="2" t="s">
         <v>1108</v>
       </c>
+      <c r="D377" s="2"/>
       <c r="E377" s="2">
-        <v>439</v>
+        <v>1155</v>
       </c>
       <c r="F377" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G377" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H377" s="2" t="s">
         <v>1109</v>
       </c>
       <c r="I377" s="2">
         <v>188</v>
       </c>
       <c r="J377" s="2">
-        <v>172</v>
+        <v>179</v>
       </c>
       <c r="K377" s="2">
         <v>150</v>
       </c>
       <c r="L377" s="2">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="M377" s="2">
         <v>0</v>
       </c>
       <c r="N377" s="2">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="378" spans="1:14">
       <c r="A378" s="2">
         <v>106774</v>
       </c>
       <c r="B378" s="2" t="s">
         <v>85</v>
       </c>
       <c r="C378" s="2" t="s">
         <v>477</v>
       </c>
       <c r="D378" s="2" t="s">
         <v>478</v>
       </c>
       <c r="E378" s="2">
         <v>499</v>
       </c>
       <c r="F378" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G378" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H378" s="2" t="s">
@@ -22774,433 +22774,433 @@
       </c>
       <c r="I378" s="2">
         <v>189</v>
       </c>
       <c r="J378" s="2">
         <v>180</v>
       </c>
       <c r="K378" s="2">
         <v>150</v>
       </c>
       <c r="L378" s="2">
         <v>0</v>
       </c>
       <c r="M378" s="2">
         <v>0</v>
       </c>
       <c r="N378" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="379" spans="1:14">
       <c r="A379" s="2">
         <v>106890</v>
       </c>
       <c r="B379" s="2" t="s">
-        <v>614</v>
+        <v>611</v>
       </c>
       <c r="C379" s="2" t="s">
-        <v>615</v>
+        <v>612</v>
       </c>
       <c r="D379" s="2" t="s">
-        <v>616</v>
+        <v>613</v>
       </c>
       <c r="E379" s="2">
         <v>134</v>
       </c>
       <c r="F379" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G379" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H379" s="2" t="s">
         <v>1111</v>
       </c>
       <c r="I379" s="2">
         <v>189</v>
       </c>
       <c r="J379" s="2">
         <v>173</v>
       </c>
       <c r="K379" s="2">
         <v>150</v>
       </c>
       <c r="L379" s="2">
         <v>20</v>
       </c>
       <c r="M379" s="2">
         <v>0</v>
       </c>
       <c r="N379" s="2">
         <v>170</v>
       </c>
     </row>
     <row r="380" spans="1:14">
       <c r="A380" s="2">
-        <v>106891</v>
+        <v>110558</v>
       </c>
       <c r="B380" s="2" t="s">
         <v>1112</v>
       </c>
       <c r="C380" s="2" t="s">
         <v>1113</v>
       </c>
-      <c r="D380" s="2" t="s">
+      <c r="D380" s="2"/>
+      <c r="E380" s="2">
+        <v>908</v>
+      </c>
+      <c r="F380" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G380" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="H380" s="2" t="s">
         <v>1114</v>
-      </c>
-[...10 lines deleted...]
-        <v>1115</v>
       </c>
       <c r="I380" s="2">
         <v>190</v>
       </c>
       <c r="J380" s="2">
-        <v>174</v>
+        <v>181</v>
       </c>
       <c r="K380" s="2">
         <v>150</v>
       </c>
       <c r="L380" s="2">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="M380" s="2">
         <v>0</v>
       </c>
       <c r="N380" s="2">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="381" spans="1:14">
       <c r="A381" s="2">
-        <v>110558</v>
+        <v>106891</v>
       </c>
       <c r="B381" s="2" t="s">
+        <v>1115</v>
+      </c>
+      <c r="C381" s="2" t="s">
         <v>1116</v>
       </c>
-      <c r="C381" s="2" t="s">
+      <c r="D381" s="2" t="s">
         <v>1117</v>
       </c>
-      <c r="D381" s="2"/>
       <c r="E381" s="2">
-        <v>908</v>
+        <v>910</v>
       </c>
       <c r="F381" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G381" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H381" s="2" t="s">
         <v>1118</v>
       </c>
       <c r="I381" s="2">
         <v>190</v>
       </c>
       <c r="J381" s="2">
-        <v>181</v>
+        <v>174</v>
       </c>
       <c r="K381" s="2">
         <v>150</v>
       </c>
       <c r="L381" s="2">
-        <v>0</v>
+        <v>20</v>
       </c>
       <c r="M381" s="2">
         <v>0</v>
       </c>
       <c r="N381" s="2">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="382" spans="1:14">
       <c r="A382" s="2">
-        <v>106937</v>
+        <v>106892</v>
       </c>
       <c r="B382" s="2" t="s">
         <v>1119</v>
       </c>
       <c r="C382" s="2" t="s">
-        <v>307</v>
+        <v>1120</v>
       </c>
       <c r="D382" s="2" t="s">
-        <v>1120</v>
+        <v>1121</v>
       </c>
       <c r="E382" s="2">
-        <v>437</v>
+        <v>1230</v>
       </c>
       <c r="F382" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G382" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H382" s="2" t="s">
-        <v>1121</v>
+        <v>1122</v>
       </c>
       <c r="I382" s="2">
         <v>191</v>
       </c>
       <c r="J382" s="2">
-        <v>182</v>
+        <v>175</v>
       </c>
       <c r="K382" s="2">
         <v>150</v>
       </c>
       <c r="L382" s="2">
-        <v>0</v>
+        <v>20</v>
       </c>
       <c r="M382" s="2">
         <v>0</v>
       </c>
       <c r="N382" s="2">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="383" spans="1:14">
       <c r="A383" s="2">
-        <v>106892</v>
+        <v>106937</v>
       </c>
       <c r="B383" s="2" t="s">
-        <v>1122</v>
+        <v>1123</v>
       </c>
       <c r="C383" s="2" t="s">
-        <v>1123</v>
+        <v>307</v>
       </c>
       <c r="D383" s="2" t="s">
         <v>1124</v>
       </c>
       <c r="E383" s="2">
-        <v>1230</v>
+        <v>437</v>
       </c>
       <c r="F383" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G383" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H383" s="2" t="s">
         <v>1125</v>
       </c>
       <c r="I383" s="2">
         <v>191</v>
       </c>
       <c r="J383" s="2">
-        <v>175</v>
+        <v>182</v>
       </c>
       <c r="K383" s="2">
         <v>150</v>
       </c>
       <c r="L383" s="2">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="M383" s="2">
         <v>0</v>
       </c>
       <c r="N383" s="2">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="384" spans="1:14">
       <c r="A384" s="2">
-        <v>106893</v>
+        <v>110599</v>
       </c>
       <c r="B384" s="2" t="s">
-        <v>637</v>
+        <v>636</v>
       </c>
       <c r="C384" s="2" t="s">
         <v>1126</v>
       </c>
-      <c r="D384" s="2" t="s">
+      <c r="D384" s="2"/>
+      <c r="E384" s="2">
+        <v>127</v>
+      </c>
+      <c r="F384" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G384" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="H384" s="2" t="s">
         <v>1127</v>
-      </c>
-[...10 lines deleted...]
-        <v>1128</v>
       </c>
       <c r="I384" s="2">
         <v>192</v>
       </c>
       <c r="J384" s="2">
-        <v>176</v>
+        <v>183</v>
       </c>
       <c r="K384" s="2">
         <v>150</v>
       </c>
       <c r="L384" s="2">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="M384" s="2">
         <v>0</v>
       </c>
       <c r="N384" s="2">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="385" spans="1:14">
       <c r="A385" s="2">
-        <v>110599</v>
+        <v>106893</v>
       </c>
       <c r="B385" s="2" t="s">
-        <v>637</v>
+        <v>636</v>
       </c>
       <c r="C385" s="2" t="s">
+        <v>1128</v>
+      </c>
+      <c r="D385" s="2" t="s">
         <v>1129</v>
       </c>
-      <c r="D385" s="2"/>
       <c r="E385" s="2">
-        <v>127</v>
+        <v>724</v>
       </c>
       <c r="F385" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G385" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H385" s="2" t="s">
         <v>1130</v>
       </c>
       <c r="I385" s="2">
         <v>192</v>
       </c>
       <c r="J385" s="2">
-        <v>183</v>
+        <v>176</v>
       </c>
       <c r="K385" s="2">
         <v>150</v>
       </c>
       <c r="L385" s="2">
-        <v>0</v>
+        <v>20</v>
       </c>
       <c r="M385" s="2">
         <v>0</v>
       </c>
       <c r="N385" s="2">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="386" spans="1:14">
       <c r="A386" s="2">
-        <v>106894</v>
+        <v>112764</v>
       </c>
       <c r="B386" s="2" t="s">
-        <v>194</v>
+        <v>1131</v>
       </c>
       <c r="C386" s="2" t="s">
-        <v>815</v>
-[...3 lines deleted...]
-      </c>
+        <v>386</v>
+      </c>
+      <c r="D386" s="2"/>
       <c r="E386" s="2">
-        <v>1287</v>
+        <v>619</v>
       </c>
       <c r="F386" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G386" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H386" s="2" t="s">
-        <v>1131</v>
+        <v>1132</v>
       </c>
       <c r="I386" s="2">
         <v>193</v>
       </c>
       <c r="J386" s="2">
-        <v>177</v>
+        <v>184</v>
       </c>
       <c r="K386" s="2">
         <v>150</v>
       </c>
       <c r="L386" s="2">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="M386" s="2">
         <v>0</v>
       </c>
       <c r="N386" s="2">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="387" spans="1:14">
       <c r="A387" s="2">
-        <v>112764</v>
+        <v>106894</v>
       </c>
       <c r="B387" s="2" t="s">
-        <v>1132</v>
+        <v>194</v>
       </c>
       <c r="C387" s="2" t="s">
-        <v>386</v>
-[...1 lines deleted...]
-      <c r="D387" s="2"/>
+        <v>818</v>
+      </c>
+      <c r="D387" s="2" t="s">
+        <v>819</v>
+      </c>
       <c r="E387" s="2">
-        <v>619</v>
+        <v>1287</v>
       </c>
       <c r="F387" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G387" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H387" s="2" t="s">
         <v>1133</v>
       </c>
       <c r="I387" s="2">
         <v>193</v>
       </c>
       <c r="J387" s="2">
-        <v>184</v>
+        <v>177</v>
       </c>
       <c r="K387" s="2">
         <v>150</v>
       </c>
       <c r="L387" s="2">
-        <v>0</v>
+        <v>20</v>
       </c>
       <c r="M387" s="2">
         <v>0</v>
       </c>
       <c r="N387" s="2">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="388" spans="1:14">
       <c r="A388" s="2">
         <v>112765</v>
       </c>
       <c r="B388" s="2" t="s">
         <v>1134</v>
       </c>
       <c r="C388" s="2" t="s">
         <v>1135</v>
       </c>
       <c r="D388" s="2"/>
       <c r="E388" s="2">
         <v>1242</v>
       </c>
       <c r="F388" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G388" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H388" s="2" t="s">
         <v>1136</v>
       </c>
@@ -23247,742 +23247,742 @@
       </c>
       <c r="H389" s="2" t="s">
         <v>1140</v>
       </c>
       <c r="I389" s="2">
         <v>194</v>
       </c>
       <c r="J389" s="2">
         <v>178</v>
       </c>
       <c r="K389" s="2">
         <v>150</v>
       </c>
       <c r="L389" s="2">
         <v>20</v>
       </c>
       <c r="M389" s="2">
         <v>0</v>
       </c>
       <c r="N389" s="2">
         <v>170</v>
       </c>
     </row>
     <row r="390" spans="1:14">
       <c r="A390" s="2">
-        <v>106896</v>
+        <v>106912</v>
       </c>
       <c r="B390" s="2" t="s">
         <v>1141</v>
       </c>
       <c r="C390" s="2" t="s">
-        <v>486</v>
+        <v>1142</v>
       </c>
       <c r="D390" s="2" t="s">
-        <v>1142</v>
+        <v>1143</v>
       </c>
       <c r="E390" s="2">
-        <v>264</v>
+        <v>1637</v>
       </c>
       <c r="F390" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G390" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H390" s="2" t="s">
-        <v>1143</v>
+        <v>1144</v>
       </c>
       <c r="I390" s="2">
         <v>195</v>
       </c>
       <c r="J390" s="2">
-        <v>179</v>
+        <v>186</v>
       </c>
       <c r="K390" s="2">
         <v>150</v>
       </c>
       <c r="L390" s="2">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="M390" s="2">
         <v>0</v>
       </c>
       <c r="N390" s="2">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="391" spans="1:14">
       <c r="A391" s="2">
-        <v>106912</v>
+        <v>106896</v>
       </c>
       <c r="B391" s="2" t="s">
-        <v>1144</v>
+        <v>1145</v>
       </c>
       <c r="C391" s="2" t="s">
-        <v>1145</v>
+        <v>486</v>
       </c>
       <c r="D391" s="2" t="s">
         <v>1146</v>
       </c>
       <c r="E391" s="2">
-        <v>1637</v>
+        <v>264</v>
       </c>
       <c r="F391" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G391" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H391" s="2" t="s">
         <v>1147</v>
       </c>
       <c r="I391" s="2">
         <v>195</v>
       </c>
       <c r="J391" s="2">
-        <v>186</v>
+        <v>179</v>
       </c>
       <c r="K391" s="2">
         <v>150</v>
       </c>
       <c r="L391" s="2">
-        <v>0</v>
+        <v>20</v>
       </c>
       <c r="M391" s="2">
         <v>0</v>
       </c>
       <c r="N391" s="2">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="392" spans="1:14">
       <c r="A392" s="2">
-        <v>106897</v>
+        <v>112767</v>
       </c>
       <c r="B392" s="2" t="s">
-        <v>117</v>
+        <v>1148</v>
       </c>
       <c r="C392" s="2" t="s">
-        <v>97</v>
-[...3 lines deleted...]
-      </c>
+        <v>395</v>
+      </c>
+      <c r="D392" s="2"/>
       <c r="E392" s="2">
-        <v>1051</v>
+        <v>1478</v>
       </c>
       <c r="F392" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G392" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H392" s="2" t="s">
-        <v>1148</v>
+        <v>1149</v>
       </c>
       <c r="I392" s="2">
         <v>196</v>
       </c>
       <c r="J392" s="2">
-        <v>180</v>
+        <v>187</v>
       </c>
       <c r="K392" s="2">
         <v>150</v>
       </c>
       <c r="L392" s="2">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="M392" s="2">
         <v>0</v>
       </c>
       <c r="N392" s="2">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="393" spans="1:14">
       <c r="A393" s="2">
-        <v>112767</v>
+        <v>106897</v>
       </c>
       <c r="B393" s="2" t="s">
-        <v>1149</v>
+        <v>117</v>
       </c>
       <c r="C393" s="2" t="s">
-        <v>395</v>
-[...1 lines deleted...]
-      <c r="D393" s="2"/>
+        <v>94</v>
+      </c>
+      <c r="D393" s="2" t="s">
+        <v>729</v>
+      </c>
       <c r="E393" s="2">
-        <v>1478</v>
+        <v>1051</v>
       </c>
       <c r="F393" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G393" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H393" s="2" t="s">
         <v>1150</v>
       </c>
       <c r="I393" s="2">
         <v>196</v>
       </c>
       <c r="J393" s="2">
-        <v>187</v>
+        <v>180</v>
       </c>
       <c r="K393" s="2">
         <v>150</v>
       </c>
       <c r="L393" s="2">
-        <v>0</v>
+        <v>20</v>
       </c>
       <c r="M393" s="2">
         <v>0</v>
       </c>
       <c r="N393" s="2">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="394" spans="1:14">
       <c r="A394" s="2">
         <v>106898</v>
       </c>
       <c r="B394" s="2" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
       <c r="C394" s="2" t="s">
         <v>1151</v>
       </c>
       <c r="D394" s="2" t="s">
         <v>1152</v>
       </c>
       <c r="E394" s="2">
         <v>880</v>
       </c>
       <c r="F394" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G394" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H394" s="2" t="s">
         <v>1153</v>
       </c>
       <c r="I394" s="2">
         <v>197</v>
       </c>
       <c r="J394" s="2">
         <v>188</v>
       </c>
       <c r="K394" s="2">
         <v>150</v>
       </c>
       <c r="L394" s="2">
         <v>0</v>
       </c>
       <c r="M394" s="2">
         <v>0</v>
       </c>
       <c r="N394" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="395" spans="1:14">
       <c r="A395" s="2">
         <v>106898</v>
       </c>
       <c r="B395" s="2" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
       <c r="C395" s="2" t="s">
         <v>1151</v>
       </c>
       <c r="D395" s="2" t="s">
         <v>1152</v>
       </c>
       <c r="E395" s="2">
         <v>996</v>
       </c>
       <c r="F395" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G395" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H395" s="2" t="s">
         <v>1154</v>
       </c>
       <c r="I395" s="2">
         <v>197</v>
       </c>
       <c r="J395" s="2">
         <v>181</v>
       </c>
       <c r="K395" s="2">
         <v>150</v>
       </c>
       <c r="L395" s="2">
         <v>20</v>
       </c>
       <c r="M395" s="2">
         <v>0</v>
       </c>
       <c r="N395" s="2">
         <v>170</v>
       </c>
     </row>
     <row r="396" spans="1:14">
       <c r="A396" s="2">
-        <v>106899</v>
+        <v>106818</v>
       </c>
       <c r="B396" s="2" t="s">
-        <v>715</v>
+        <v>739</v>
       </c>
       <c r="C396" s="2" t="s">
+        <v>740</v>
+      </c>
+      <c r="D396" s="2" t="s">
+        <v>741</v>
+      </c>
+      <c r="E396" s="2">
+        <v>2157</v>
+      </c>
+      <c r="F396" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G396" s="2" t="s">
+        <v>205</v>
+      </c>
+      <c r="H396" s="2" t="s">
         <v>1155</v>
-      </c>
-[...13 lines deleted...]
-        <v>1157</v>
       </c>
       <c r="I396" s="2">
         <v>198</v>
       </c>
       <c r="J396" s="2">
-        <v>182</v>
+        <v>10</v>
       </c>
       <c r="K396" s="2">
         <v>150</v>
       </c>
       <c r="L396" s="2">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="M396" s="2">
         <v>0</v>
       </c>
       <c r="N396" s="2">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="397" spans="1:14">
       <c r="A397" s="2">
-        <v>106818</v>
+        <v>106899</v>
       </c>
       <c r="B397" s="2" t="s">
-        <v>737</v>
+        <v>715</v>
       </c>
       <c r="C397" s="2" t="s">
-        <v>738</v>
+        <v>1156</v>
       </c>
       <c r="D397" s="2" t="s">
-        <v>739</v>
+        <v>1157</v>
       </c>
       <c r="E397" s="2">
-        <v>2157</v>
+        <v>1097</v>
       </c>
       <c r="F397" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G397" s="2" t="s">
-        <v>201</v>
+        <v>18</v>
       </c>
       <c r="H397" s="2" t="s">
         <v>1158</v>
       </c>
       <c r="I397" s="2">
         <v>198</v>
       </c>
       <c r="J397" s="2">
-        <v>10</v>
+        <v>182</v>
       </c>
       <c r="K397" s="2">
         <v>150</v>
       </c>
       <c r="L397" s="2">
-        <v>0</v>
+        <v>20</v>
       </c>
       <c r="M397" s="2">
         <v>0</v>
       </c>
       <c r="N397" s="2">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="398" spans="1:14">
       <c r="A398" s="2">
-        <v>106900</v>
+        <v>103672</v>
       </c>
       <c r="B398" s="2" t="s">
         <v>1159</v>
       </c>
       <c r="C398" s="2" t="s">
         <v>1160</v>
       </c>
-      <c r="D398" s="2" t="s">
+      <c r="D398" s="2"/>
+      <c r="E398" s="2">
+        <v>1295</v>
+      </c>
+      <c r="F398" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G398" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="H398" s="2" t="s">
         <v>1161</v>
-      </c>
-[...10 lines deleted...]
-        <v>1162</v>
       </c>
       <c r="I398" s="2">
         <v>199</v>
       </c>
       <c r="J398" s="2">
-        <v>183</v>
+        <v>189</v>
       </c>
       <c r="K398" s="2">
         <v>150</v>
       </c>
       <c r="L398" s="2">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="M398" s="2">
         <v>0</v>
       </c>
       <c r="N398" s="2">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="399" spans="1:14">
       <c r="A399" s="2">
-        <v>103672</v>
+        <v>106900</v>
       </c>
       <c r="B399" s="2" t="s">
+        <v>1162</v>
+      </c>
+      <c r="C399" s="2" t="s">
         <v>1163</v>
       </c>
-      <c r="C399" s="2" t="s">
+      <c r="D399" s="2" t="s">
         <v>1164</v>
       </c>
-      <c r="D399" s="2"/>
       <c r="E399" s="2">
-        <v>1295</v>
+        <v>1529</v>
       </c>
       <c r="F399" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G399" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H399" s="2" t="s">
         <v>1165</v>
       </c>
       <c r="I399" s="2">
         <v>199</v>
       </c>
       <c r="J399" s="2">
-        <v>189</v>
+        <v>183</v>
       </c>
       <c r="K399" s="2">
         <v>150</v>
       </c>
       <c r="L399" s="2">
-        <v>0</v>
+        <v>20</v>
       </c>
       <c r="M399" s="2">
         <v>0</v>
       </c>
       <c r="N399" s="2">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="400" spans="1:14">
       <c r="A400" s="2">
         <v>112771</v>
       </c>
       <c r="B400" s="2" t="s">
         <v>1166</v>
       </c>
       <c r="C400" s="2" t="s">
         <v>1167</v>
       </c>
       <c r="D400" s="2"/>
       <c r="E400" s="2">
         <v>1336</v>
       </c>
       <c r="F400" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G400" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H400" s="2" t="s">
-        <v>1165</v>
+        <v>1161</v>
       </c>
       <c r="I400" s="2">
         <v>200</v>
       </c>
       <c r="J400" s="2">
         <v>190</v>
       </c>
       <c r="K400" s="2">
         <v>150</v>
       </c>
       <c r="L400" s="2">
         <v>0</v>
       </c>
       <c r="M400" s="2">
         <v>0</v>
       </c>
       <c r="N400" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="401" spans="1:14">
       <c r="A401" s="2">
         <v>106901</v>
       </c>
       <c r="B401" s="2" t="s">
-        <v>887</v>
+        <v>886</v>
       </c>
       <c r="C401" s="2" t="s">
         <v>1168</v>
       </c>
       <c r="D401" s="2" t="s">
         <v>1169</v>
       </c>
       <c r="E401" s="2">
         <v>276</v>
       </c>
       <c r="F401" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G401" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H401" s="2" t="s">
         <v>1170</v>
       </c>
       <c r="I401" s="2">
         <v>200</v>
       </c>
       <c r="J401" s="2">
         <v>184</v>
       </c>
       <c r="K401" s="2">
         <v>150</v>
       </c>
       <c r="L401" s="2">
         <v>20</v>
       </c>
       <c r="M401" s="2">
         <v>0</v>
       </c>
       <c r="N401" s="2">
         <v>170</v>
       </c>
     </row>
     <row r="402" spans="1:14">
       <c r="A402" s="2">
-        <v>106902</v>
+        <v>112772</v>
       </c>
       <c r="B402" s="2" t="s">
         <v>1171</v>
       </c>
       <c r="C402" s="2" t="s">
         <v>1172</v>
       </c>
-      <c r="D402" s="2" t="s">
+      <c r="D402" s="2"/>
+      <c r="E402" s="2">
+        <v>1511</v>
+      </c>
+      <c r="F402" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G402" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="H402" s="2" t="s">
         <v>1173</v>
-      </c>
-[...10 lines deleted...]
-        <v>1174</v>
       </c>
       <c r="I402" s="2">
         <v>201</v>
       </c>
       <c r="J402" s="2">
-        <v>185</v>
+        <v>191</v>
       </c>
       <c r="K402" s="2">
         <v>150</v>
       </c>
       <c r="L402" s="2">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="M402" s="2">
         <v>0</v>
       </c>
       <c r="N402" s="2">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="403" spans="1:14">
       <c r="A403" s="2">
-        <v>112772</v>
+        <v>106902</v>
       </c>
       <c r="B403" s="2" t="s">
+        <v>1174</v>
+      </c>
+      <c r="C403" s="2" t="s">
         <v>1175</v>
       </c>
-      <c r="C403" s="2" t="s">
+      <c r="D403" s="2" t="s">
         <v>1176</v>
       </c>
-      <c r="D403" s="2"/>
       <c r="E403" s="2">
-        <v>1511</v>
+        <v>250</v>
       </c>
       <c r="F403" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G403" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H403" s="2" t="s">
         <v>1177</v>
       </c>
       <c r="I403" s="2">
         <v>201</v>
       </c>
       <c r="J403" s="2">
-        <v>191</v>
+        <v>185</v>
       </c>
       <c r="K403" s="2">
         <v>150</v>
       </c>
       <c r="L403" s="2">
-        <v>0</v>
+        <v>20</v>
       </c>
       <c r="M403" s="2">
         <v>0</v>
       </c>
       <c r="N403" s="2">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="404" spans="1:14">
       <c r="A404" s="2">
-        <v>106903</v>
+        <v>106905</v>
       </c>
       <c r="B404" s="2" t="s">
         <v>1178</v>
       </c>
       <c r="C404" s="2" t="s">
         <v>1179</v>
       </c>
       <c r="D404" s="2" t="s">
         <v>1180</v>
       </c>
       <c r="E404" s="2">
-        <v>354</v>
+        <v>2161</v>
       </c>
       <c r="F404" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G404" s="2" t="s">
-        <v>18</v>
+        <v>205</v>
       </c>
       <c r="H404" s="2" t="s">
         <v>1181</v>
       </c>
       <c r="I404" s="2">
         <v>202</v>
       </c>
       <c r="J404" s="2">
-        <v>186</v>
+        <v>11</v>
       </c>
       <c r="K404" s="2">
         <v>150</v>
       </c>
       <c r="L404" s="2">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="M404" s="2">
         <v>0</v>
       </c>
       <c r="N404" s="2">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="405" spans="1:14">
       <c r="A405" s="2">
-        <v>106905</v>
+        <v>106903</v>
       </c>
       <c r="B405" s="2" t="s">
         <v>1182</v>
       </c>
       <c r="C405" s="2" t="s">
         <v>1183</v>
       </c>
       <c r="D405" s="2" t="s">
         <v>1184</v>
       </c>
       <c r="E405" s="2">
-        <v>2161</v>
+        <v>354</v>
       </c>
       <c r="F405" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G405" s="2" t="s">
-        <v>201</v>
+        <v>18</v>
       </c>
       <c r="H405" s="2" t="s">
         <v>1185</v>
       </c>
       <c r="I405" s="2">
         <v>202</v>
       </c>
       <c r="J405" s="2">
-        <v>11</v>
+        <v>186</v>
       </c>
       <c r="K405" s="2">
         <v>150</v>
       </c>
       <c r="L405" s="2">
-        <v>0</v>
+        <v>20</v>
       </c>
       <c r="M405" s="2">
         <v>0</v>
       </c>
       <c r="N405" s="2">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="406" spans="1:14">
       <c r="A406" s="2">
         <v>112774</v>
       </c>
       <c r="B406" s="2" t="s">
         <v>1186</v>
       </c>
       <c r="C406" s="2" t="s">
         <v>1187</v>
       </c>
       <c r="D406" s="2"/>
       <c r="E406" s="2">
         <v>1222</v>
       </c>
       <c r="F406" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G406" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H406" s="2" t="s">
         <v>1188</v>
       </c>
@@ -24029,132 +24029,132 @@
       </c>
       <c r="H407" s="2" t="s">
         <v>1192</v>
       </c>
       <c r="I407" s="2">
         <v>203</v>
       </c>
       <c r="J407" s="2">
         <v>187</v>
       </c>
       <c r="K407" s="2">
         <v>150</v>
       </c>
       <c r="L407" s="2">
         <v>20</v>
       </c>
       <c r="M407" s="2">
         <v>0</v>
       </c>
       <c r="N407" s="2">
         <v>170</v>
       </c>
     </row>
     <row r="408" spans="1:14">
       <c r="A408" s="2">
-        <v>106905</v>
+        <v>112775</v>
       </c>
       <c r="B408" s="2" t="s">
-        <v>1182</v>
+        <v>1193</v>
       </c>
       <c r="C408" s="2" t="s">
-        <v>1183</v>
-[...3 lines deleted...]
-      </c>
+        <v>1194</v>
+      </c>
+      <c r="D408" s="2"/>
       <c r="E408" s="2">
-        <v>2186</v>
+        <v>581</v>
       </c>
       <c r="F408" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G408" s="2" t="s">
-        <v>201</v>
+        <v>18</v>
       </c>
       <c r="H408" s="2" t="s">
-        <v>1193</v>
+        <v>1195</v>
       </c>
       <c r="I408" s="2">
         <v>204</v>
       </c>
       <c r="J408" s="2">
-        <v>17</v>
+        <v>193</v>
       </c>
       <c r="K408" s="2">
         <v>150</v>
       </c>
       <c r="L408" s="2">
-        <v>140</v>
+        <v>0</v>
       </c>
       <c r="M408" s="2">
         <v>0</v>
       </c>
       <c r="N408" s="2">
-        <v>290</v>
+        <v>150</v>
       </c>
     </row>
     <row r="409" spans="1:14">
       <c r="A409" s="2">
-        <v>112775</v>
+        <v>106905</v>
       </c>
       <c r="B409" s="2" t="s">
-        <v>1194</v>
+        <v>1178</v>
       </c>
       <c r="C409" s="2" t="s">
-        <v>1195</v>
-[...1 lines deleted...]
-      <c r="D409" s="2"/>
+        <v>1179</v>
+      </c>
+      <c r="D409" s="2" t="s">
+        <v>1180</v>
+      </c>
       <c r="E409" s="2">
-        <v>581</v>
+        <v>2186</v>
       </c>
       <c r="F409" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G409" s="2" t="s">
-        <v>18</v>
+        <v>205</v>
       </c>
       <c r="H409" s="2" t="s">
         <v>1196</v>
       </c>
       <c r="I409" s="2">
         <v>204</v>
       </c>
       <c r="J409" s="2">
-        <v>193</v>
+        <v>17</v>
       </c>
       <c r="K409" s="2">
         <v>150</v>
       </c>
       <c r="L409" s="2">
-        <v>0</v>
+        <v>140</v>
       </c>
       <c r="M409" s="2">
         <v>0</v>
       </c>
       <c r="N409" s="2">
-        <v>150</v>
+        <v>290</v>
       </c>
     </row>
     <row r="410" spans="1:14">
       <c r="A410" s="2">
         <v>106906</v>
       </c>
       <c r="B410" s="2" t="s">
         <v>1197</v>
       </c>
       <c r="C410" s="2" t="s">
         <v>1198</v>
       </c>
       <c r="D410" s="2" t="s">
         <v>1199</v>
       </c>
       <c r="E410" s="2">
         <v>101</v>
       </c>
       <c r="F410" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G410" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H410" s="2" t="s">
@@ -24246,261 +24246,261 @@
       </c>
       <c r="I412" s="2">
         <v>206</v>
       </c>
       <c r="J412" s="2">
         <v>195</v>
       </c>
       <c r="K412" s="2">
         <v>150</v>
       </c>
       <c r="L412" s="2">
         <v>0</v>
       </c>
       <c r="M412" s="2">
         <v>0</v>
       </c>
       <c r="N412" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="413" spans="1:14">
       <c r="A413" s="2">
         <v>106907</v>
       </c>
       <c r="B413" s="2" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="C413" s="2" t="s">
         <v>1207</v>
       </c>
       <c r="D413" s="2" t="s">
         <v>1208</v>
       </c>
       <c r="E413" s="2">
         <v>978</v>
       </c>
       <c r="F413" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G413" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H413" s="2" t="s">
         <v>1209</v>
       </c>
       <c r="I413" s="2">
         <v>206</v>
       </c>
       <c r="J413" s="2">
         <v>189</v>
       </c>
       <c r="K413" s="2">
         <v>150</v>
       </c>
       <c r="L413" s="2">
         <v>20</v>
       </c>
       <c r="M413" s="2">
         <v>0</v>
       </c>
       <c r="N413" s="2">
         <v>170</v>
       </c>
     </row>
     <row r="414" spans="1:14">
       <c r="A414" s="2">
-        <v>106908</v>
+        <v>106781</v>
       </c>
       <c r="B414" s="2" t="s">
-        <v>743</v>
+        <v>519</v>
       </c>
       <c r="C414" s="2" t="s">
+        <v>520</v>
+      </c>
+      <c r="D414" s="2" t="s">
+        <v>521</v>
+      </c>
+      <c r="E414" s="2">
+        <v>171</v>
+      </c>
+      <c r="F414" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G414" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="H414" s="2" t="s">
         <v>1210</v>
-      </c>
-[...13 lines deleted...]
-        <v>1212</v>
       </c>
       <c r="I414" s="2">
         <v>207</v>
       </c>
       <c r="J414" s="2">
-        <v>190</v>
+        <v>196</v>
       </c>
       <c r="K414" s="2">
         <v>150</v>
       </c>
       <c r="L414" s="2">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="M414" s="2">
         <v>0</v>
       </c>
       <c r="N414" s="2">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="415" spans="1:14">
       <c r="A415" s="2">
-        <v>106781</v>
+        <v>106908</v>
       </c>
       <c r="B415" s="2" t="s">
-        <v>519</v>
+        <v>743</v>
       </c>
       <c r="C415" s="2" t="s">
-        <v>520</v>
+        <v>1211</v>
       </c>
       <c r="D415" s="2" t="s">
-        <v>521</v>
+        <v>1212</v>
       </c>
       <c r="E415" s="2">
-        <v>171</v>
+        <v>532</v>
       </c>
       <c r="F415" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G415" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H415" s="2" t="s">
         <v>1213</v>
       </c>
       <c r="I415" s="2">
         <v>207</v>
       </c>
       <c r="J415" s="2">
-        <v>196</v>
+        <v>190</v>
       </c>
       <c r="K415" s="2">
         <v>150</v>
       </c>
       <c r="L415" s="2">
-        <v>0</v>
+        <v>20</v>
       </c>
       <c r="M415" s="2">
         <v>0</v>
       </c>
       <c r="N415" s="2">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="416" spans="1:14">
       <c r="A416" s="2">
-        <v>112779</v>
+        <v>106909</v>
       </c>
       <c r="B416" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="C416" s="2" t="s">
+        <v>255</v>
+      </c>
+      <c r="D416" s="2" t="s">
+        <v>256</v>
+      </c>
+      <c r="E416" s="2">
+        <v>279</v>
+      </c>
+      <c r="F416" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G416" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="H416" s="2" t="s">
         <v>1214</v>
-      </c>
-[...14 lines deleted...]
-        <v>1215</v>
       </c>
       <c r="I416" s="2">
         <v>208</v>
       </c>
       <c r="J416" s="2">
-        <v>197</v>
+        <v>191</v>
       </c>
       <c r="K416" s="2">
         <v>150</v>
       </c>
       <c r="L416" s="2">
-        <v>0</v>
+        <v>20</v>
       </c>
       <c r="M416" s="2">
         <v>0</v>
       </c>
       <c r="N416" s="2">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="417" spans="1:14">
       <c r="A417" s="2">
-        <v>106909</v>
+        <v>112779</v>
       </c>
       <c r="B417" s="2" t="s">
-        <v>28</v>
+        <v>1215</v>
       </c>
       <c r="C417" s="2" t="s">
-        <v>255</v>
-[...3 lines deleted...]
-      </c>
+        <v>223</v>
+      </c>
+      <c r="D417" s="2"/>
       <c r="E417" s="2">
-        <v>279</v>
+        <v>935</v>
       </c>
       <c r="F417" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G417" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H417" s="2" t="s">
         <v>1216</v>
       </c>
       <c r="I417" s="2">
         <v>208</v>
       </c>
       <c r="J417" s="2">
-        <v>191</v>
+        <v>197</v>
       </c>
       <c r="K417" s="2">
         <v>150</v>
       </c>
       <c r="L417" s="2">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="M417" s="2">
         <v>0</v>
       </c>
       <c r="N417" s="2">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="418" spans="1:14">
       <c r="A418" s="2">
         <v>112780</v>
       </c>
       <c r="B418" s="2" t="s">
         <v>1217</v>
       </c>
       <c r="C418" s="2" t="s">
         <v>1218</v>
       </c>
       <c r="D418" s="2"/>
       <c r="E418" s="2">
         <v>1317</v>
       </c>
       <c r="F418" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G418" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H418" s="2" t="s">
         <v>1219</v>
       </c>
@@ -24547,234 +24547,234 @@
       </c>
       <c r="H419" s="2" t="s">
         <v>1223</v>
       </c>
       <c r="I419" s="2">
         <v>209</v>
       </c>
       <c r="J419" s="2">
         <v>192</v>
       </c>
       <c r="K419" s="2">
         <v>150</v>
       </c>
       <c r="L419" s="2">
         <v>20</v>
       </c>
       <c r="M419" s="2">
         <v>0</v>
       </c>
       <c r="N419" s="2">
         <v>170</v>
       </c>
     </row>
     <row r="420" spans="1:14">
       <c r="A420" s="2">
-        <v>106911</v>
+        <v>112781</v>
       </c>
       <c r="B420" s="2" t="s">
-        <v>485</v>
+        <v>415</v>
       </c>
       <c r="C420" s="2" t="s">
         <v>1224</v>
       </c>
-      <c r="D420" s="2" t="s">
+      <c r="D420" s="2"/>
+      <c r="E420" s="2">
+        <v>1484</v>
+      </c>
+      <c r="F420" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G420" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="H420" s="2" t="s">
         <v>1225</v>
-      </c>
-[...10 lines deleted...]
-        <v>1226</v>
       </c>
       <c r="I420" s="2">
         <v>210</v>
       </c>
       <c r="J420" s="2">
-        <v>193</v>
+        <v>199</v>
       </c>
       <c r="K420" s="2">
         <v>150</v>
       </c>
       <c r="L420" s="2">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="M420" s="2">
         <v>0</v>
       </c>
       <c r="N420" s="2">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="421" spans="1:14">
       <c r="A421" s="2">
-        <v>112781</v>
+        <v>106911</v>
       </c>
       <c r="B421" s="2" t="s">
-        <v>415</v>
+        <v>485</v>
       </c>
       <c r="C421" s="2" t="s">
+        <v>1226</v>
+      </c>
+      <c r="D421" s="2" t="s">
         <v>1227</v>
       </c>
-      <c r="D421" s="2"/>
       <c r="E421" s="2">
-        <v>1484</v>
+        <v>1035</v>
       </c>
       <c r="F421" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G421" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H421" s="2" t="s">
         <v>1228</v>
       </c>
       <c r="I421" s="2">
         <v>210</v>
       </c>
       <c r="J421" s="2">
-        <v>199</v>
+        <v>193</v>
       </c>
       <c r="K421" s="2">
         <v>150</v>
       </c>
       <c r="L421" s="2">
-        <v>0</v>
+        <v>20</v>
       </c>
       <c r="M421" s="2">
         <v>0</v>
       </c>
       <c r="N421" s="2">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="422" spans="1:14">
       <c r="A422" s="2">
-        <v>106817</v>
+        <v>106912</v>
       </c>
       <c r="B422" s="2" t="s">
-        <v>96</v>
+        <v>1141</v>
       </c>
       <c r="C422" s="2" t="s">
-        <v>734</v>
+        <v>1142</v>
       </c>
       <c r="D422" s="2" t="s">
-        <v>735</v>
+        <v>1143</v>
       </c>
       <c r="E422" s="2">
-        <v>121</v>
+        <v>1494</v>
       </c>
       <c r="F422" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G422" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H422" s="2" t="s">
         <v>1229</v>
       </c>
       <c r="I422" s="2">
         <v>211</v>
       </c>
       <c r="J422" s="2">
-        <v>200</v>
+        <v>194</v>
       </c>
       <c r="K422" s="2">
         <v>150</v>
       </c>
       <c r="L422" s="2">
-        <v>0</v>
+        <v>20</v>
       </c>
       <c r="M422" s="2">
         <v>0</v>
       </c>
       <c r="N422" s="2">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="423" spans="1:14">
       <c r="A423" s="2">
-        <v>106912</v>
+        <v>106817</v>
       </c>
       <c r="B423" s="2" t="s">
-        <v>1144</v>
+        <v>93</v>
       </c>
       <c r="C423" s="2" t="s">
-        <v>1145</v>
+        <v>731</v>
       </c>
       <c r="D423" s="2" t="s">
-        <v>1146</v>
+        <v>732</v>
       </c>
       <c r="E423" s="2">
-        <v>1494</v>
+        <v>121</v>
       </c>
       <c r="F423" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G423" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H423" s="2" t="s">
         <v>1230</v>
       </c>
       <c r="I423" s="2">
         <v>211</v>
       </c>
       <c r="J423" s="2">
-        <v>194</v>
+        <v>200</v>
       </c>
       <c r="K423" s="2">
         <v>150</v>
       </c>
       <c r="L423" s="2">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="M423" s="2">
         <v>0</v>
       </c>
       <c r="N423" s="2">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="424" spans="1:14">
       <c r="A424" s="2">
         <v>106867</v>
       </c>
       <c r="B424" s="2" t="s">
         <v>56</v>
       </c>
       <c r="C424" s="2" t="s">
         <v>524</v>
       </c>
       <c r="D424" s="2" t="s">
-        <v>983</v>
+        <v>985</v>
       </c>
       <c r="E424" s="2">
         <v>500</v>
       </c>
       <c r="F424" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G424" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H424" s="2" t="s">
         <v>1231</v>
       </c>
       <c r="I424" s="2">
         <v>212</v>
       </c>
       <c r="J424" s="2">
         <v>201</v>
       </c>
       <c r="K424" s="2">
         <v>150</v>
       </c>
       <c r="L424" s="2">
         <v>0</v>
       </c>
@@ -24809,480 +24809,480 @@
       </c>
       <c r="H425" s="2" t="s">
         <v>1234</v>
       </c>
       <c r="I425" s="2">
         <v>212</v>
       </c>
       <c r="J425" s="2">
         <v>195</v>
       </c>
       <c r="K425" s="2">
         <v>150</v>
       </c>
       <c r="L425" s="2">
         <v>20</v>
       </c>
       <c r="M425" s="2">
         <v>0</v>
       </c>
       <c r="N425" s="2">
         <v>170</v>
       </c>
     </row>
     <row r="426" spans="1:14">
       <c r="A426" s="2">
-        <v>106914</v>
+        <v>112784</v>
       </c>
       <c r="B426" s="2" t="s">
         <v>1235</v>
       </c>
       <c r="C426" s="2" t="s">
+        <v>615</v>
+      </c>
+      <c r="D426" s="2"/>
+      <c r="E426" s="2">
+        <v>540</v>
+      </c>
+      <c r="F426" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G426" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="H426" s="2" t="s">
         <v>1236</v>
-      </c>
-[...13 lines deleted...]
-        <v>1234</v>
       </c>
       <c r="I426" s="2">
         <v>213</v>
       </c>
       <c r="J426" s="2">
-        <v>196</v>
+        <v>202</v>
       </c>
       <c r="K426" s="2">
         <v>150</v>
       </c>
       <c r="L426" s="2">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="M426" s="2">
         <v>0</v>
       </c>
       <c r="N426" s="2">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="427" spans="1:14">
       <c r="A427" s="2">
-        <v>112784</v>
+        <v>106914</v>
       </c>
       <c r="B427" s="2" t="s">
+        <v>1237</v>
+      </c>
+      <c r="C427" s="2" t="s">
         <v>1238</v>
       </c>
-      <c r="C427" s="2" t="s">
-[...2 lines deleted...]
-      <c r="D427" s="2"/>
+      <c r="D427" s="2" t="s">
+        <v>1239</v>
+      </c>
       <c r="E427" s="2">
-        <v>540</v>
+        <v>941</v>
       </c>
       <c r="F427" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G427" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H427" s="2" t="s">
-        <v>1239</v>
+        <v>1234</v>
       </c>
       <c r="I427" s="2">
         <v>213</v>
       </c>
       <c r="J427" s="2">
-        <v>202</v>
+        <v>196</v>
       </c>
       <c r="K427" s="2">
         <v>150</v>
       </c>
       <c r="L427" s="2">
-        <v>0</v>
+        <v>20</v>
       </c>
       <c r="M427" s="2">
         <v>0</v>
       </c>
       <c r="N427" s="2">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="428" spans="1:14">
       <c r="A428" s="2">
-        <v>106855</v>
+        <v>106915</v>
       </c>
       <c r="B428" s="2" t="s">
-        <v>924</v>
+        <v>333</v>
       </c>
       <c r="C428" s="2" t="s">
-        <v>925</v>
+        <v>863</v>
       </c>
       <c r="D428" s="2" t="s">
-        <v>926</v>
+        <v>1240</v>
       </c>
       <c r="E428" s="2">
-        <v>930</v>
+        <v>904</v>
       </c>
       <c r="F428" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G428" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H428" s="2" t="s">
-        <v>1080</v>
+        <v>1241</v>
       </c>
       <c r="I428" s="2">
         <v>214</v>
       </c>
       <c r="J428" s="2">
-        <v>203</v>
+        <v>197</v>
       </c>
       <c r="K428" s="2">
         <v>150</v>
       </c>
       <c r="L428" s="2">
-        <v>0</v>
+        <v>20</v>
       </c>
       <c r="M428" s="2">
         <v>0</v>
       </c>
       <c r="N428" s="2">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="429" spans="1:14">
       <c r="A429" s="2">
-        <v>106915</v>
+        <v>106855</v>
       </c>
       <c r="B429" s="2" t="s">
-        <v>333</v>
+        <v>922</v>
       </c>
       <c r="C429" s="2" t="s">
-        <v>859</v>
+        <v>923</v>
       </c>
       <c r="D429" s="2" t="s">
-        <v>1240</v>
+        <v>924</v>
       </c>
       <c r="E429" s="2">
-        <v>904</v>
+        <v>930</v>
       </c>
       <c r="F429" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G429" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H429" s="2" t="s">
-        <v>1241</v>
+        <v>1080</v>
       </c>
       <c r="I429" s="2">
         <v>214</v>
       </c>
       <c r="J429" s="2">
-        <v>197</v>
+        <v>203</v>
       </c>
       <c r="K429" s="2">
         <v>150</v>
       </c>
       <c r="L429" s="2">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="M429" s="2">
         <v>0</v>
       </c>
       <c r="N429" s="2">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="430" spans="1:14">
       <c r="A430" s="2">
         <v>109499</v>
       </c>
       <c r="B430" s="2" t="s">
         <v>1242</v>
       </c>
       <c r="C430" s="2" t="s">
         <v>1243</v>
       </c>
       <c r="D430" s="2"/>
       <c r="E430" s="2">
         <v>2171</v>
       </c>
       <c r="F430" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G430" s="2" t="s">
-        <v>201</v>
+        <v>205</v>
       </c>
       <c r="H430" s="2" t="s">
         <v>1244</v>
       </c>
       <c r="I430" s="2">
         <v>215</v>
       </c>
       <c r="J430" s="2">
         <v>12</v>
       </c>
       <c r="K430" s="2">
         <v>150</v>
       </c>
       <c r="L430" s="2">
         <v>0</v>
       </c>
       <c r="M430" s="2">
         <v>0</v>
       </c>
       <c r="N430" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="431" spans="1:14">
       <c r="A431" s="2">
         <v>106916</v>
       </c>
       <c r="B431" s="2" t="s">
         <v>1245</v>
       </c>
       <c r="C431" s="2" t="s">
-        <v>707</v>
+        <v>708</v>
       </c>
       <c r="D431" s="2" t="s">
         <v>1246</v>
       </c>
       <c r="E431" s="2">
         <v>191</v>
       </c>
       <c r="F431" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G431" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H431" s="2" t="s">
         <v>1247</v>
       </c>
       <c r="I431" s="2">
         <v>215</v>
       </c>
       <c r="J431" s="2">
         <v>198</v>
       </c>
       <c r="K431" s="2">
         <v>150</v>
       </c>
       <c r="L431" s="2">
         <v>20</v>
       </c>
       <c r="M431" s="2">
         <v>0</v>
       </c>
       <c r="N431" s="2">
         <v>170</v>
       </c>
     </row>
     <row r="432" spans="1:14">
       <c r="A432" s="2">
-        <v>106917</v>
+        <v>106879</v>
       </c>
       <c r="B432" s="2" t="s">
+        <v>422</v>
+      </c>
+      <c r="C432" s="2" t="s">
+        <v>1056</v>
+      </c>
+      <c r="D432" s="2" t="s">
+        <v>1057</v>
+      </c>
+      <c r="E432" s="2">
+        <v>807</v>
+      </c>
+      <c r="F432" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G432" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="H432" s="2" t="s">
         <v>1248</v>
-      </c>
-[...16 lines deleted...]
-        <v>1251</v>
       </c>
       <c r="I432" s="2">
         <v>216</v>
       </c>
       <c r="J432" s="2">
-        <v>199</v>
+        <v>204</v>
       </c>
       <c r="K432" s="2">
         <v>150</v>
       </c>
       <c r="L432" s="2">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="M432" s="2">
         <v>0</v>
       </c>
       <c r="N432" s="2">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="433" spans="1:14">
       <c r="A433" s="2">
-        <v>106879</v>
+        <v>106917</v>
       </c>
       <c r="B433" s="2" t="s">
-        <v>419</v>
+        <v>1249</v>
       </c>
       <c r="C433" s="2" t="s">
-        <v>1052</v>
+        <v>1250</v>
       </c>
       <c r="D433" s="2" t="s">
-        <v>1053</v>
+        <v>1251</v>
       </c>
       <c r="E433" s="2">
-        <v>807</v>
+        <v>875</v>
       </c>
       <c r="F433" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G433" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H433" s="2" t="s">
         <v>1252</v>
       </c>
       <c r="I433" s="2">
         <v>216</v>
       </c>
       <c r="J433" s="2">
-        <v>204</v>
+        <v>199</v>
       </c>
       <c r="K433" s="2">
         <v>150</v>
       </c>
       <c r="L433" s="2">
-        <v>0</v>
+        <v>20</v>
       </c>
       <c r="M433" s="2">
         <v>0</v>
       </c>
       <c r="N433" s="2">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="434" spans="1:14">
       <c r="A434" s="2">
-        <v>112788</v>
+        <v>106918</v>
       </c>
       <c r="B434" s="2" t="s">
+        <v>56</v>
+      </c>
+      <c r="C434" s="2" t="s">
+        <v>1043</v>
+      </c>
+      <c r="D434" s="2" t="s">
+        <v>1044</v>
+      </c>
+      <c r="E434" s="2">
+        <v>193</v>
+      </c>
+      <c r="F434" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G434" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="H434" s="2" t="s">
         <v>1253</v>
-      </c>
-[...14 lines deleted...]
-        <v>1255</v>
       </c>
       <c r="I434" s="2">
         <v>217</v>
       </c>
       <c r="J434" s="2">
-        <v>205</v>
+        <v>200</v>
       </c>
       <c r="K434" s="2">
         <v>150</v>
       </c>
       <c r="L434" s="2">
-        <v>0</v>
+        <v>20</v>
       </c>
       <c r="M434" s="2">
         <v>0</v>
       </c>
       <c r="N434" s="2">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="435" spans="1:14">
       <c r="A435" s="2">
-        <v>106918</v>
+        <v>112788</v>
       </c>
       <c r="B435" s="2" t="s">
-        <v>56</v>
+        <v>1254</v>
       </c>
       <c r="C435" s="2" t="s">
-        <v>1039</v>
-[...3 lines deleted...]
-      </c>
+        <v>1255</v>
+      </c>
+      <c r="D435" s="2"/>
       <c r="E435" s="2">
-        <v>193</v>
+        <v>1217</v>
       </c>
       <c r="F435" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G435" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H435" s="2" t="s">
         <v>1256</v>
       </c>
       <c r="I435" s="2">
         <v>217</v>
       </c>
       <c r="J435" s="2">
-        <v>200</v>
+        <v>205</v>
       </c>
       <c r="K435" s="2">
         <v>150</v>
       </c>
       <c r="L435" s="2">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="M435" s="2">
         <v>0</v>
       </c>
       <c r="N435" s="2">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="436" spans="1:14">
       <c r="A436" s="2">
         <v>112789</v>
       </c>
       <c r="B436" s="2" t="s">
         <v>1257</v>
       </c>
       <c r="C436" s="2" t="s">
         <v>1258</v>
       </c>
       <c r="D436" s="2" t="s">
         <v>1259</v>
       </c>
       <c r="E436" s="2">
         <v>638</v>
       </c>
       <c r="F436" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G436" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H436" s="2" t="s">
@@ -25293,256 +25293,256 @@
       </c>
       <c r="J436" s="2">
         <v>206</v>
       </c>
       <c r="K436" s="2">
         <v>150</v>
       </c>
       <c r="L436" s="2">
         <v>0</v>
       </c>
       <c r="M436" s="2">
         <v>0</v>
       </c>
       <c r="N436" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="437" spans="1:14">
       <c r="A437" s="2">
         <v>106919</v>
       </c>
       <c r="B437" s="2" t="s">
         <v>310</v>
       </c>
       <c r="C437" s="2" t="s">
-        <v>831</v>
+        <v>834</v>
       </c>
       <c r="D437" s="2" t="s">
-        <v>832</v>
+        <v>835</v>
       </c>
       <c r="E437" s="2">
         <v>1386</v>
       </c>
       <c r="F437" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G437" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H437" s="2" t="s">
         <v>1261</v>
       </c>
       <c r="I437" s="2">
         <v>218</v>
       </c>
       <c r="J437" s="2">
         <v>201</v>
       </c>
       <c r="K437" s="2">
         <v>150</v>
       </c>
       <c r="L437" s="2">
         <v>20</v>
       </c>
       <c r="M437" s="2">
         <v>0</v>
       </c>
       <c r="N437" s="2">
         <v>170</v>
       </c>
     </row>
     <row r="438" spans="1:14">
       <c r="A438" s="2">
-        <v>106920</v>
+        <v>112790</v>
       </c>
       <c r="B438" s="2" t="s">
-        <v>262</v>
+        <v>1262</v>
       </c>
       <c r="C438" s="2" t="s">
-        <v>1262</v>
-[...1 lines deleted...]
-      <c r="D438" s="2" t="s">
         <v>1263</v>
       </c>
+      <c r="D438" s="2"/>
       <c r="E438" s="2">
-        <v>1098</v>
+        <v>1094</v>
       </c>
       <c r="F438" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G438" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H438" s="2" t="s">
         <v>1264</v>
       </c>
       <c r="I438" s="2">
         <v>219</v>
       </c>
       <c r="J438" s="2">
-        <v>202</v>
+        <v>207</v>
       </c>
       <c r="K438" s="2">
         <v>150</v>
       </c>
       <c r="L438" s="2">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="M438" s="2">
         <v>0</v>
       </c>
       <c r="N438" s="2">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="439" spans="1:14">
       <c r="A439" s="2">
-        <v>112790</v>
+        <v>106920</v>
       </c>
       <c r="B439" s="2" t="s">
+        <v>258</v>
+      </c>
+      <c r="C439" s="2" t="s">
         <v>1265</v>
       </c>
-      <c r="C439" s="2" t="s">
+      <c r="D439" s="2" t="s">
         <v>1266</v>
       </c>
-      <c r="D439" s="2"/>
       <c r="E439" s="2">
-        <v>1094</v>
+        <v>1098</v>
       </c>
       <c r="F439" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G439" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H439" s="2" t="s">
         <v>1267</v>
       </c>
       <c r="I439" s="2">
         <v>219</v>
       </c>
       <c r="J439" s="2">
-        <v>207</v>
+        <v>202</v>
       </c>
       <c r="K439" s="2">
         <v>150</v>
       </c>
       <c r="L439" s="2">
-        <v>0</v>
+        <v>20</v>
       </c>
       <c r="M439" s="2">
         <v>0</v>
       </c>
       <c r="N439" s="2">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="440" spans="1:14">
       <c r="A440" s="2">
-        <v>112791</v>
+        <v>106921</v>
       </c>
       <c r="B440" s="2" t="s">
         <v>1268</v>
       </c>
       <c r="C440" s="2" t="s">
         <v>1269</v>
       </c>
-      <c r="D440" s="2"/>
+      <c r="D440" s="2" t="s">
+        <v>1270</v>
+      </c>
       <c r="E440" s="2">
-        <v>659</v>
+        <v>472</v>
       </c>
       <c r="F440" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G440" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H440" s="2" t="s">
-        <v>1270</v>
+        <v>1271</v>
       </c>
       <c r="I440" s="2">
         <v>220</v>
       </c>
       <c r="J440" s="2">
-        <v>208</v>
+        <v>203</v>
       </c>
       <c r="K440" s="2">
         <v>150</v>
       </c>
       <c r="L440" s="2">
-        <v>0</v>
+        <v>20</v>
       </c>
       <c r="M440" s="2">
         <v>0</v>
       </c>
       <c r="N440" s="2">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="441" spans="1:14">
       <c r="A441" s="2">
-        <v>106921</v>
+        <v>112791</v>
       </c>
       <c r="B441" s="2" t="s">
-        <v>1271</v>
+        <v>1272</v>
       </c>
       <c r="C441" s="2" t="s">
-        <v>1272</v>
-[...1 lines deleted...]
-      <c r="D441" s="2" t="s">
         <v>1273</v>
       </c>
+      <c r="D441" s="2"/>
       <c r="E441" s="2">
-        <v>472</v>
+        <v>659</v>
       </c>
       <c r="F441" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G441" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H441" s="2" t="s">
         <v>1274</v>
       </c>
       <c r="I441" s="2">
         <v>220</v>
       </c>
       <c r="J441" s="2">
-        <v>203</v>
+        <v>208</v>
       </c>
       <c r="K441" s="2">
         <v>150</v>
       </c>
       <c r="L441" s="2">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="M441" s="2">
         <v>0</v>
       </c>
       <c r="N441" s="2">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="442" spans="1:14">
       <c r="A442" s="2">
         <v>106746</v>
       </c>
       <c r="B442" s="2" t="s">
         <v>299</v>
       </c>
       <c r="C442" s="2" t="s">
         <v>300</v>
       </c>
       <c r="D442" s="2" t="s">
         <v>301</v>
       </c>
       <c r="E442" s="2">
         <v>942</v>
       </c>
       <c r="F442" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G442" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H442" s="2" t="s">
@@ -25553,432 +25553,432 @@
       </c>
       <c r="J442" s="2">
         <v>209</v>
       </c>
       <c r="K442" s="2">
         <v>150</v>
       </c>
       <c r="L442" s="2">
         <v>0</v>
       </c>
       <c r="M442" s="2">
         <v>0</v>
       </c>
       <c r="N442" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="443" spans="1:14">
       <c r="A443" s="2">
         <v>106922</v>
       </c>
       <c r="B443" s="2" t="s">
         <v>1276</v>
       </c>
       <c r="C443" s="2" t="s">
-        <v>1000</v>
+        <v>1003</v>
       </c>
       <c r="D443" s="2" t="s">
         <v>1277</v>
       </c>
       <c r="E443" s="2">
         <v>549</v>
       </c>
       <c r="F443" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G443" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H443" s="2" t="s">
         <v>1278</v>
       </c>
       <c r="I443" s="2">
         <v>221</v>
       </c>
       <c r="J443" s="2">
         <v>204</v>
       </c>
       <c r="K443" s="2">
         <v>150</v>
       </c>
       <c r="L443" s="2">
         <v>20</v>
       </c>
       <c r="M443" s="2">
         <v>0</v>
       </c>
       <c r="N443" s="2">
         <v>170</v>
       </c>
     </row>
     <row r="444" spans="1:14">
       <c r="A444" s="2">
-        <v>106923</v>
+        <v>112793</v>
       </c>
       <c r="B444" s="2" t="s">
-        <v>146</v>
+        <v>412</v>
       </c>
       <c r="C444" s="2" t="s">
-        <v>855</v>
-[...3 lines deleted...]
-      </c>
+        <v>1279</v>
+      </c>
+      <c r="D444" s="2"/>
       <c r="E444" s="2">
-        <v>1424</v>
+        <v>852</v>
       </c>
       <c r="F444" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G444" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H444" s="2" t="s">
-        <v>1279</v>
+        <v>1280</v>
       </c>
       <c r="I444" s="2">
         <v>222</v>
       </c>
       <c r="J444" s="2">
-        <v>205</v>
+        <v>210</v>
       </c>
       <c r="K444" s="2">
         <v>150</v>
       </c>
       <c r="L444" s="2">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="M444" s="2">
         <v>0</v>
       </c>
       <c r="N444" s="2">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="445" spans="1:14">
       <c r="A445" s="2">
-        <v>112793</v>
+        <v>106923</v>
       </c>
       <c r="B445" s="2" t="s">
-        <v>412</v>
+        <v>142</v>
       </c>
       <c r="C445" s="2" t="s">
-        <v>1280</v>
-[...1 lines deleted...]
-      <c r="D445" s="2"/>
+        <v>855</v>
+      </c>
+      <c r="D445" s="2" t="s">
+        <v>856</v>
+      </c>
       <c r="E445" s="2">
-        <v>852</v>
+        <v>1424</v>
       </c>
       <c r="F445" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G445" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H445" s="2" t="s">
         <v>1281</v>
       </c>
       <c r="I445" s="2">
         <v>222</v>
       </c>
       <c r="J445" s="2">
-        <v>210</v>
+        <v>205</v>
       </c>
       <c r="K445" s="2">
         <v>150</v>
       </c>
       <c r="L445" s="2">
-        <v>0</v>
+        <v>20</v>
       </c>
       <c r="M445" s="2">
         <v>0</v>
       </c>
       <c r="N445" s="2">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="446" spans="1:14">
       <c r="A446" s="2">
-        <v>106915</v>
+        <v>106924</v>
       </c>
       <c r="B446" s="2" t="s">
-        <v>333</v>
+        <v>764</v>
       </c>
       <c r="C446" s="2" t="s">
-        <v>859</v>
+        <v>726</v>
       </c>
       <c r="D446" s="2" t="s">
-        <v>1240</v>
+        <v>1282</v>
       </c>
       <c r="E446" s="2">
-        <v>1080</v>
+        <v>118</v>
       </c>
       <c r="F446" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G446" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H446" s="2" t="s">
-        <v>1282</v>
+        <v>1283</v>
       </c>
       <c r="I446" s="2">
         <v>223</v>
       </c>
       <c r="J446" s="2">
-        <v>211</v>
+        <v>206</v>
       </c>
       <c r="K446" s="2">
         <v>150</v>
       </c>
       <c r="L446" s="2">
-        <v>0</v>
+        <v>20</v>
       </c>
       <c r="M446" s="2">
         <v>0</v>
       </c>
       <c r="N446" s="2">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="447" spans="1:14">
       <c r="A447" s="2">
-        <v>106924</v>
+        <v>106915</v>
       </c>
       <c r="B447" s="2" t="s">
-        <v>766</v>
+        <v>333</v>
       </c>
       <c r="C447" s="2" t="s">
-        <v>726</v>
+        <v>863</v>
       </c>
       <c r="D447" s="2" t="s">
-        <v>1283</v>
+        <v>1240</v>
       </c>
       <c r="E447" s="2">
-        <v>118</v>
+        <v>1080</v>
       </c>
       <c r="F447" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G447" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H447" s="2" t="s">
         <v>1284</v>
       </c>
       <c r="I447" s="2">
         <v>223</v>
       </c>
       <c r="J447" s="2">
-        <v>206</v>
+        <v>211</v>
       </c>
       <c r="K447" s="2">
         <v>150</v>
       </c>
       <c r="L447" s="2">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="M447" s="2">
         <v>0</v>
       </c>
       <c r="N447" s="2">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="448" spans="1:14">
       <c r="A448" s="2">
-        <v>106925</v>
+        <v>101229</v>
       </c>
       <c r="B448" s="2" t="s">
-        <v>1029</v>
+        <v>1285</v>
       </c>
       <c r="C448" s="2" t="s">
-        <v>1285</v>
+        <v>1286</v>
       </c>
       <c r="D448" s="2" t="s">
-        <v>1286</v>
+        <v>1287</v>
       </c>
       <c r="E448" s="2">
-        <v>1608</v>
+        <v>31</v>
       </c>
       <c r="F448" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G448" s="2" t="s">
-        <v>18</v>
+        <v>205</v>
       </c>
       <c r="H448" s="2" t="s">
-        <v>1287</v>
+        <v>1288</v>
       </c>
       <c r="I448" s="2">
         <v>224</v>
       </c>
       <c r="J448" s="2">
-        <v>207</v>
+        <v>13</v>
       </c>
       <c r="K448" s="2">
         <v>150</v>
       </c>
       <c r="L448" s="2">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="M448" s="2">
         <v>0</v>
       </c>
       <c r="N448" s="2">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="449" spans="1:14">
       <c r="A449" s="2">
-        <v>101229</v>
+        <v>106925</v>
       </c>
       <c r="B449" s="2" t="s">
-        <v>1288</v>
+        <v>1029</v>
       </c>
       <c r="C449" s="2" t="s">
         <v>1289</v>
       </c>
       <c r="D449" s="2" t="s">
         <v>1290</v>
       </c>
       <c r="E449" s="2">
-        <v>31</v>
+        <v>1608</v>
       </c>
       <c r="F449" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G449" s="2" t="s">
-        <v>201</v>
+        <v>18</v>
       </c>
       <c r="H449" s="2" t="s">
         <v>1291</v>
       </c>
       <c r="I449" s="2">
         <v>224</v>
       </c>
       <c r="J449" s="2">
-        <v>13</v>
+        <v>207</v>
       </c>
       <c r="K449" s="2">
         <v>150</v>
       </c>
       <c r="L449" s="2">
-        <v>0</v>
+        <v>20</v>
       </c>
       <c r="M449" s="2">
         <v>0</v>
       </c>
       <c r="N449" s="2">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="450" spans="1:14">
       <c r="A450" s="2">
-        <v>106926</v>
+        <v>112795</v>
       </c>
       <c r="B450" s="2" t="s">
-        <v>258</v>
+        <v>1292</v>
       </c>
       <c r="C450" s="2" t="s">
-        <v>1292</v>
-[...1 lines deleted...]
-      <c r="D450" s="2" t="s">
         <v>1293</v>
       </c>
+      <c r="D450" s="2"/>
       <c r="E450" s="2">
-        <v>1252</v>
+        <v>1433</v>
       </c>
       <c r="F450" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G450" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H450" s="2" t="s">
         <v>1294</v>
       </c>
       <c r="I450" s="2">
         <v>225</v>
       </c>
       <c r="J450" s="2">
-        <v>208</v>
+        <v>212</v>
       </c>
       <c r="K450" s="2">
         <v>150</v>
       </c>
       <c r="L450" s="2">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="M450" s="2">
         <v>0</v>
       </c>
       <c r="N450" s="2">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="451" spans="1:14">
       <c r="A451" s="2">
-        <v>112795</v>
+        <v>106926</v>
       </c>
       <c r="B451" s="2" t="s">
+        <v>262</v>
+      </c>
+      <c r="C451" s="2" t="s">
         <v>1295</v>
       </c>
-      <c r="C451" s="2" t="s">
+      <c r="D451" s="2" t="s">
         <v>1296</v>
       </c>
-      <c r="D451" s="2"/>
       <c r="E451" s="2">
-        <v>1433</v>
+        <v>1252</v>
       </c>
       <c r="F451" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G451" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H451" s="2" t="s">
         <v>1297</v>
       </c>
       <c r="I451" s="2">
         <v>225</v>
       </c>
       <c r="J451" s="2">
-        <v>212</v>
+        <v>208</v>
       </c>
       <c r="K451" s="2">
         <v>150</v>
       </c>
       <c r="L451" s="2">
-        <v>0</v>
+        <v>20</v>
       </c>
       <c r="M451" s="2">
         <v>0</v>
       </c>
       <c r="N451" s="2">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="452" spans="1:14">
       <c r="A452" s="2">
         <v>110621</v>
       </c>
       <c r="B452" s="2" t="s">
         <v>1298</v>
       </c>
       <c r="C452" s="2" t="s">
         <v>1299</v>
       </c>
       <c r="D452" s="2"/>
       <c r="E452" s="2">
         <v>622</v>
       </c>
       <c r="F452" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G452" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H452" s="2" t="s">
         <v>1300</v>
       </c>
@@ -26114,51 +26114,51 @@
       </c>
       <c r="I455" s="2">
         <v>227</v>
       </c>
       <c r="J455" s="2">
         <v>214</v>
       </c>
       <c r="K455" s="2">
         <v>150</v>
       </c>
       <c r="L455" s="2">
         <v>0</v>
       </c>
       <c r="M455" s="2">
         <v>0</v>
       </c>
       <c r="N455" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="456" spans="1:14">
       <c r="A456" s="2">
         <v>106929</v>
       </c>
       <c r="B456" s="2" t="s">
-        <v>653</v>
+        <v>656</v>
       </c>
       <c r="C456" s="2" t="s">
         <v>1309</v>
       </c>
       <c r="D456" s="2" t="s">
         <v>1310</v>
       </c>
       <c r="E456" s="2">
         <v>1528</v>
       </c>
       <c r="F456" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G456" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H456" s="2" t="s">
         <v>1311</v>
       </c>
       <c r="I456" s="2">
         <v>228</v>
       </c>
       <c r="J456" s="2">
         <v>211</v>
       </c>
@@ -26203,212 +26203,212 @@
       </c>
       <c r="J457" s="2">
         <v>215</v>
       </c>
       <c r="K457" s="2">
         <v>150</v>
       </c>
       <c r="L457" s="2">
         <v>0</v>
       </c>
       <c r="M457" s="2">
         <v>0</v>
       </c>
       <c r="N457" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="458" spans="1:14">
       <c r="A458" s="2">
         <v>112799</v>
       </c>
       <c r="B458" s="2" t="s">
         <v>412</v>
       </c>
       <c r="C458" s="2" t="s">
-        <v>1004</v>
+        <v>1000</v>
       </c>
       <c r="D458" s="2"/>
       <c r="E458" s="2">
         <v>482</v>
       </c>
       <c r="F458" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G458" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H458" s="2" t="s">
         <v>1315</v>
       </c>
       <c r="I458" s="2">
         <v>229</v>
       </c>
       <c r="J458" s="2">
         <v>216</v>
       </c>
       <c r="K458" s="2">
         <v>150</v>
       </c>
       <c r="L458" s="2">
         <v>0</v>
       </c>
       <c r="M458" s="2">
         <v>0</v>
       </c>
       <c r="N458" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="459" spans="1:14">
       <c r="A459" s="2">
         <v>106930</v>
       </c>
       <c r="B459" s="2" t="s">
         <v>1316</v>
       </c>
       <c r="C459" s="2" t="s">
-        <v>672</v>
+        <v>675</v>
       </c>
       <c r="D459" s="2" t="s">
         <v>1317</v>
       </c>
       <c r="E459" s="2">
         <v>891</v>
       </c>
       <c r="F459" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G459" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H459" s="2" t="s">
         <v>1318</v>
       </c>
       <c r="I459" s="2">
         <v>229</v>
       </c>
       <c r="J459" s="2">
         <v>212</v>
       </c>
       <c r="K459" s="2">
         <v>150</v>
       </c>
       <c r="L459" s="2">
         <v>20</v>
       </c>
       <c r="M459" s="2">
         <v>0</v>
       </c>
       <c r="N459" s="2">
         <v>170</v>
       </c>
     </row>
     <row r="460" spans="1:14">
       <c r="A460" s="2">
-        <v>112800</v>
+        <v>106931</v>
       </c>
       <c r="B460" s="2" t="s">
         <v>1319</v>
       </c>
       <c r="C460" s="2" t="s">
+        <v>203</v>
+      </c>
+      <c r="D460" s="2" t="s">
         <v>1320</v>
       </c>
-      <c r="D460" s="2"/>
       <c r="E460" s="2">
-        <v>32</v>
+        <v>458</v>
       </c>
       <c r="F460" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G460" s="2" t="s">
-        <v>201</v>
+        <v>18</v>
       </c>
       <c r="H460" s="2" t="s">
         <v>1321</v>
       </c>
       <c r="I460" s="2">
         <v>230</v>
       </c>
       <c r="J460" s="2">
-        <v>14</v>
+        <v>213</v>
       </c>
       <c r="K460" s="2">
         <v>150</v>
       </c>
       <c r="L460" s="2">
-        <v>0</v>
+        <v>20</v>
       </c>
       <c r="M460" s="2">
         <v>0</v>
       </c>
       <c r="N460" s="2">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="461" spans="1:14">
       <c r="A461" s="2">
-        <v>106931</v>
+        <v>112800</v>
       </c>
       <c r="B461" s="2" t="s">
         <v>1322</v>
       </c>
       <c r="C461" s="2" t="s">
-        <v>199</v>
-[...1 lines deleted...]
-      <c r="D461" s="2" t="s">
         <v>1323</v>
       </c>
+      <c r="D461" s="2"/>
       <c r="E461" s="2">
-        <v>458</v>
+        <v>32</v>
       </c>
       <c r="F461" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G461" s="2" t="s">
-        <v>18</v>
+        <v>205</v>
       </c>
       <c r="H461" s="2" t="s">
         <v>1324</v>
       </c>
       <c r="I461" s="2">
         <v>230</v>
       </c>
       <c r="J461" s="2">
-        <v>213</v>
+        <v>14</v>
       </c>
       <c r="K461" s="2">
         <v>150</v>
       </c>
       <c r="L461" s="2">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="M461" s="2">
         <v>0</v>
       </c>
       <c r="N461" s="2">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="462" spans="1:14">
       <c r="A462" s="2">
         <v>112801</v>
       </c>
       <c r="B462" s="2" t="s">
         <v>1325</v>
       </c>
       <c r="C462" s="2" t="s">
         <v>1326</v>
       </c>
       <c r="D462" s="2"/>
       <c r="E462" s="2">
         <v>1341</v>
       </c>
       <c r="F462" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G462" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H462" s="2" t="s">
         <v>1327</v>
       </c>
@@ -26458,217 +26458,217 @@
       </c>
       <c r="I463" s="2">
         <v>231</v>
       </c>
       <c r="J463" s="2">
         <v>214</v>
       </c>
       <c r="K463" s="2">
         <v>150</v>
       </c>
       <c r="L463" s="2">
         <v>20</v>
       </c>
       <c r="M463" s="2">
         <v>0</v>
       </c>
       <c r="N463" s="2">
         <v>170</v>
       </c>
     </row>
     <row r="464" spans="1:14">
       <c r="A464" s="2">
         <v>106929</v>
       </c>
       <c r="B464" s="2" t="s">
-        <v>653</v>
+        <v>656</v>
       </c>
       <c r="C464" s="2" t="s">
         <v>1309</v>
       </c>
       <c r="D464" s="2" t="s">
         <v>1310</v>
       </c>
       <c r="E464" s="2">
         <v>1398</v>
       </c>
       <c r="F464" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G464" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H464" s="2" t="s">
         <v>1331</v>
       </c>
       <c r="I464" s="2">
         <v>232</v>
       </c>
       <c r="J464" s="2">
         <v>218</v>
       </c>
       <c r="K464" s="2">
         <v>150</v>
       </c>
       <c r="L464" s="2">
         <v>0</v>
       </c>
       <c r="M464" s="2">
         <v>0</v>
       </c>
       <c r="N464" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="465" spans="1:14">
       <c r="A465" s="2">
         <v>106933</v>
       </c>
       <c r="B465" s="2" t="s">
-        <v>956</v>
+        <v>958</v>
       </c>
       <c r="C465" s="2" t="s">
         <v>1332</v>
       </c>
       <c r="D465" s="2" t="s">
         <v>1333</v>
       </c>
       <c r="E465" s="2">
         <v>1245</v>
       </c>
       <c r="F465" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G465" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H465" s="2" t="s">
         <v>1334</v>
       </c>
       <c r="I465" s="2">
         <v>232</v>
       </c>
       <c r="J465" s="2">
         <v>215</v>
       </c>
       <c r="K465" s="2">
         <v>150</v>
       </c>
       <c r="L465" s="2">
         <v>20</v>
       </c>
       <c r="M465" s="2">
         <v>0</v>
       </c>
       <c r="N465" s="2">
         <v>170</v>
       </c>
     </row>
     <row r="466" spans="1:14">
       <c r="A466" s="2">
-        <v>112803</v>
+        <v>106934</v>
       </c>
       <c r="B466" s="2" t="s">
         <v>1335</v>
       </c>
       <c r="C466" s="2" t="s">
-        <v>122</v>
-[...1 lines deleted...]
-      <c r="D466" s="2"/>
+        <v>1336</v>
+      </c>
+      <c r="D466" s="2" t="s">
+        <v>1337</v>
+      </c>
       <c r="E466" s="2">
-        <v>36</v>
+        <v>1556</v>
       </c>
       <c r="F466" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G466" s="2" t="s">
-        <v>201</v>
+        <v>18</v>
       </c>
       <c r="H466" s="2" t="s">
-        <v>1336</v>
+        <v>1338</v>
       </c>
       <c r="I466" s="2">
         <v>233</v>
       </c>
       <c r="J466" s="2">
-        <v>15</v>
+        <v>216</v>
       </c>
       <c r="K466" s="2">
         <v>150</v>
       </c>
       <c r="L466" s="2">
-        <v>0</v>
+        <v>20</v>
       </c>
       <c r="M466" s="2">
         <v>0</v>
       </c>
       <c r="N466" s="2">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="467" spans="1:14">
       <c r="A467" s="2">
-        <v>106934</v>
+        <v>112803</v>
       </c>
       <c r="B467" s="2" t="s">
-        <v>1337</v>
+        <v>1339</v>
       </c>
       <c r="C467" s="2" t="s">
-        <v>1338</v>
-[...3 lines deleted...]
-      </c>
+        <v>122</v>
+      </c>
+      <c r="D467" s="2"/>
       <c r="E467" s="2">
-        <v>1556</v>
+        <v>36</v>
       </c>
       <c r="F467" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G467" s="2" t="s">
-        <v>18</v>
+        <v>205</v>
       </c>
       <c r="H467" s="2" t="s">
         <v>1340</v>
       </c>
       <c r="I467" s="2">
         <v>233</v>
       </c>
       <c r="J467" s="2">
-        <v>216</v>
+        <v>15</v>
       </c>
       <c r="K467" s="2">
         <v>150</v>
       </c>
       <c r="L467" s="2">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="M467" s="2">
         <v>0</v>
       </c>
       <c r="N467" s="2">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="468" spans="1:14">
       <c r="A468" s="2">
         <v>112804</v>
       </c>
       <c r="B468" s="2" t="s">
         <v>1341</v>
       </c>
       <c r="C468" s="2" t="s">
         <v>1342</v>
       </c>
       <c r="D468" s="2"/>
       <c r="E468" s="2">
         <v>1349</v>
       </c>
       <c r="F468" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G468" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H468" s="2" t="s">
         <v>1343</v>
       </c>
@@ -26718,54 +26718,54 @@
       </c>
       <c r="I469" s="2">
         <v>234</v>
       </c>
       <c r="J469" s="2">
         <v>217</v>
       </c>
       <c r="K469" s="2">
         <v>150</v>
       </c>
       <c r="L469" s="2">
         <v>20</v>
       </c>
       <c r="M469" s="2">
         <v>0</v>
       </c>
       <c r="N469" s="2">
         <v>170</v>
       </c>
     </row>
     <row r="470" spans="1:14">
       <c r="A470" s="2">
         <v>112805</v>
       </c>
       <c r="B470" s="2" t="s">
-        <v>880</v>
+        <v>884</v>
       </c>
       <c r="C470" s="2" t="s">
-        <v>73</v>
+        <v>69</v>
       </c>
       <c r="D470" s="2"/>
       <c r="E470" s="2">
         <v>16</v>
       </c>
       <c r="F470" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G470" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H470" s="2" t="s">
         <v>1348</v>
       </c>
       <c r="I470" s="2">
         <v>235</v>
       </c>
       <c r="J470" s="2">
         <v>220</v>
       </c>
       <c r="K470" s="2">
         <v>150</v>
       </c>
       <c r="L470" s="2">
         <v>0</v>
@@ -26775,158 +26775,158 @@
       </c>
       <c r="N470" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="471" spans="1:14">
       <c r="A471" s="2">
         <v>106936</v>
       </c>
       <c r="B471" s="2" t="s">
         <v>1349</v>
       </c>
       <c r="C471" s="2" t="s">
         <v>1350</v>
       </c>
       <c r="D471" s="2" t="s">
         <v>1351</v>
       </c>
       <c r="E471" s="2">
         <v>2073</v>
       </c>
       <c r="F471" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G471" s="2" t="s">
-        <v>201</v>
+        <v>205</v>
       </c>
       <c r="H471" s="2" t="s">
         <v>1352</v>
       </c>
       <c r="I471" s="2">
         <v>235</v>
       </c>
       <c r="J471" s="2">
         <v>18</v>
       </c>
       <c r="K471" s="2">
         <v>150</v>
       </c>
       <c r="L471" s="2">
         <v>130</v>
       </c>
       <c r="M471" s="2">
         <v>0</v>
       </c>
       <c r="N471" s="2">
         <v>280</v>
       </c>
     </row>
     <row r="472" spans="1:14">
       <c r="A472" s="2">
-        <v>112806</v>
+        <v>106937</v>
       </c>
       <c r="B472" s="2" t="s">
-        <v>587</v>
+        <v>1123</v>
       </c>
       <c r="C472" s="2" t="s">
+        <v>307</v>
+      </c>
+      <c r="D472" s="2" t="s">
+        <v>1124</v>
+      </c>
+      <c r="E472" s="2">
+        <v>569</v>
+      </c>
+      <c r="F472" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G472" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="H472" s="2" t="s">
         <v>1353</v>
-      </c>
-[...11 lines deleted...]
-        <v>1354</v>
       </c>
       <c r="I472" s="2">
         <v>236</v>
       </c>
       <c r="J472" s="2">
-        <v>221</v>
+        <v>218</v>
       </c>
       <c r="K472" s="2">
         <v>150</v>
       </c>
       <c r="L472" s="2">
-        <v>0</v>
+        <v>20</v>
       </c>
       <c r="M472" s="2">
         <v>0</v>
       </c>
       <c r="N472" s="2">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="473" spans="1:14">
       <c r="A473" s="2">
-        <v>106937</v>
+        <v>112806</v>
       </c>
       <c r="B473" s="2" t="s">
-        <v>1119</v>
+        <v>587</v>
       </c>
       <c r="C473" s="2" t="s">
-        <v>307</v>
-[...3 lines deleted...]
-      </c>
+        <v>1354</v>
+      </c>
+      <c r="D473" s="2"/>
       <c r="E473" s="2">
-        <v>569</v>
+        <v>769</v>
       </c>
       <c r="F473" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G473" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H473" s="2" t="s">
         <v>1355</v>
       </c>
       <c r="I473" s="2">
         <v>236</v>
       </c>
       <c r="J473" s="2">
-        <v>218</v>
+        <v>221</v>
       </c>
       <c r="K473" s="2">
         <v>150</v>
       </c>
       <c r="L473" s="2">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="M473" s="2">
         <v>0</v>
       </c>
       <c r="N473" s="2">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="474" spans="1:14">
       <c r="A474" s="2">
         <v>112807</v>
       </c>
       <c r="B474" s="2" t="s">
         <v>1356</v>
       </c>
       <c r="C474" s="2" t="s">
         <v>1357</v>
       </c>
       <c r="D474" s="2"/>
       <c r="E474" s="2">
         <v>1226</v>
       </c>
       <c r="F474" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G474" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H474" s="2" t="s">
         <v>1358</v>
       </c>
@@ -26979,51 +26979,51 @@
       </c>
       <c r="J475" s="2">
         <v>219</v>
       </c>
       <c r="K475" s="2">
         <v>150</v>
       </c>
       <c r="L475" s="2">
         <v>20</v>
       </c>
       <c r="M475" s="2">
         <v>0</v>
       </c>
       <c r="N475" s="2">
         <v>170</v>
       </c>
     </row>
     <row r="476" spans="1:14">
       <c r="A476" s="2">
         <v>112808</v>
       </c>
       <c r="B476" s="2" t="s">
         <v>1362</v>
       </c>
       <c r="C476" s="2" t="s">
-        <v>676</v>
+        <v>672</v>
       </c>
       <c r="D476" s="2"/>
       <c r="E476" s="2">
         <v>1566</v>
       </c>
       <c r="F476" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G476" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H476" s="2" t="s">
         <v>1363</v>
       </c>
       <c r="I476" s="2">
         <v>238</v>
       </c>
       <c r="J476" s="2">
         <v>223</v>
       </c>
       <c r="K476" s="2">
         <v>150</v>
       </c>
       <c r="L476" s="2">
         <v>0</v>
@@ -27059,352 +27059,352 @@
       </c>
       <c r="H477" s="2" t="s">
         <v>1366</v>
       </c>
       <c r="I477" s="2">
         <v>238</v>
       </c>
       <c r="J477" s="2">
         <v>220</v>
       </c>
       <c r="K477" s="2">
         <v>150</v>
       </c>
       <c r="L477" s="2">
         <v>20</v>
       </c>
       <c r="M477" s="2">
         <v>0</v>
       </c>
       <c r="N477" s="2">
         <v>170</v>
       </c>
     </row>
     <row r="478" spans="1:14">
       <c r="A478" s="2">
-        <v>112809</v>
+        <v>106940</v>
       </c>
       <c r="B478" s="2" t="s">
         <v>1367</v>
       </c>
       <c r="C478" s="2" t="s">
-        <v>486</v>
-[...1 lines deleted...]
-      <c r="D478" s="2"/>
+        <v>1368</v>
+      </c>
+      <c r="D478" s="2" t="s">
+        <v>1369</v>
+      </c>
       <c r="E478" s="2">
-        <v>1559</v>
+        <v>2221</v>
       </c>
       <c r="F478" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G478" s="2" t="s">
-        <v>18</v>
+        <v>205</v>
       </c>
       <c r="H478" s="2" t="s">
-        <v>1368</v>
+        <v>1370</v>
       </c>
       <c r="I478" s="2">
         <v>239</v>
       </c>
       <c r="J478" s="2">
-        <v>224</v>
+        <v>19</v>
       </c>
       <c r="K478" s="2">
         <v>150</v>
       </c>
       <c r="L478" s="2">
-        <v>0</v>
+        <v>120</v>
       </c>
       <c r="M478" s="2">
         <v>0</v>
       </c>
       <c r="N478" s="2">
-        <v>150</v>
+        <v>270</v>
       </c>
     </row>
     <row r="479" spans="1:14">
       <c r="A479" s="2">
-        <v>106940</v>
+        <v>112809</v>
       </c>
       <c r="B479" s="2" t="s">
-        <v>1369</v>
+        <v>1371</v>
       </c>
       <c r="C479" s="2" t="s">
-        <v>1370</v>
-[...3 lines deleted...]
-      </c>
+        <v>486</v>
+      </c>
+      <c r="D479" s="2"/>
       <c r="E479" s="2">
-        <v>2221</v>
+        <v>1559</v>
       </c>
       <c r="F479" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G479" s="2" t="s">
-        <v>201</v>
+        <v>18</v>
       </c>
       <c r="H479" s="2" t="s">
         <v>1372</v>
       </c>
       <c r="I479" s="2">
         <v>239</v>
       </c>
       <c r="J479" s="2">
-        <v>19</v>
+        <v>224</v>
       </c>
       <c r="K479" s="2">
         <v>150</v>
       </c>
       <c r="L479" s="2">
-        <v>120</v>
+        <v>0</v>
       </c>
       <c r="M479" s="2">
         <v>0</v>
       </c>
       <c r="N479" s="2">
-        <v>270</v>
+        <v>150</v>
       </c>
     </row>
     <row r="480" spans="1:14">
       <c r="A480" s="2">
         <v>112810</v>
       </c>
       <c r="B480" s="2" t="s">
-        <v>671</v>
+        <v>674</v>
       </c>
       <c r="C480" s="2" t="s">
         <v>1373</v>
       </c>
       <c r="D480" s="2"/>
       <c r="E480" s="2">
         <v>1595</v>
       </c>
       <c r="F480" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G480" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H480" s="2" t="s">
         <v>1374</v>
       </c>
       <c r="I480" s="2">
         <v>240</v>
       </c>
       <c r="J480" s="2">
         <v>225</v>
       </c>
       <c r="K480" s="2">
         <v>150</v>
       </c>
       <c r="L480" s="2">
         <v>0</v>
       </c>
       <c r="M480" s="2">
         <v>0</v>
       </c>
       <c r="N480" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="481" spans="1:14">
       <c r="A481" s="2">
         <v>106941</v>
       </c>
       <c r="B481" s="2" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="C481" s="2" t="s">
         <v>1375</v>
       </c>
       <c r="D481" s="2" t="s">
         <v>1376</v>
       </c>
       <c r="E481" s="2">
         <v>1131</v>
       </c>
       <c r="F481" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G481" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H481" s="2" t="s">
         <v>1377</v>
       </c>
       <c r="I481" s="2">
         <v>240</v>
       </c>
       <c r="J481" s="2">
         <v>221</v>
       </c>
       <c r="K481" s="2">
         <v>150</v>
       </c>
       <c r="L481" s="2">
         <v>20</v>
       </c>
       <c r="M481" s="2">
         <v>0</v>
       </c>
       <c r="N481" s="2">
         <v>170</v>
       </c>
     </row>
     <row r="482" spans="1:14">
       <c r="A482" s="2">
-        <v>106830</v>
+        <v>106942</v>
       </c>
       <c r="B482" s="2" t="s">
-        <v>258</v>
+        <v>1378</v>
       </c>
       <c r="C482" s="2" t="s">
-        <v>798</v>
-[...3 lines deleted...]
-      </c>
+        <v>1379</v>
+      </c>
+      <c r="D482" s="2"/>
       <c r="E482" s="2">
-        <v>14</v>
-[...3 lines deleted...]
-      </c>
+        <v>2245</v>
+      </c>
+      <c r="F482" s="2"/>
       <c r="G482" s="2" t="s">
-        <v>18</v>
+        <v>205</v>
       </c>
       <c r="H482" s="2" t="s">
-        <v>1378</v>
+        <v>1380</v>
       </c>
       <c r="I482" s="2">
         <v>241</v>
       </c>
       <c r="J482" s="2">
-        <v>226</v>
+        <v>20</v>
       </c>
       <c r="K482" s="2">
         <v>150</v>
       </c>
       <c r="L482" s="2">
-        <v>0</v>
+        <v>110</v>
       </c>
       <c r="M482" s="2">
         <v>0</v>
       </c>
       <c r="N482" s="2">
-        <v>150</v>
+        <v>260</v>
       </c>
     </row>
     <row r="483" spans="1:14">
       <c r="A483" s="2">
-        <v>106942</v>
+        <v>106830</v>
       </c>
       <c r="B483" s="2" t="s">
-        <v>1379</v>
+        <v>262</v>
       </c>
       <c r="C483" s="2" t="s">
-        <v>1380</v>
-[...1 lines deleted...]
-      <c r="D483" s="2"/>
+        <v>798</v>
+      </c>
+      <c r="D483" s="2" t="s">
+        <v>799</v>
+      </c>
       <c r="E483" s="2">
-        <v>2245</v>
-[...1 lines deleted...]
-      <c r="F483" s="2"/>
+        <v>14</v>
+      </c>
+      <c r="F483" s="2" t="s">
+        <v>17</v>
+      </c>
       <c r="G483" s="2" t="s">
-        <v>201</v>
+        <v>18</v>
       </c>
       <c r="H483" s="2" t="s">
         <v>1381</v>
       </c>
       <c r="I483" s="2">
         <v>241</v>
       </c>
       <c r="J483" s="2">
-        <v>20</v>
+        <v>226</v>
       </c>
       <c r="K483" s="2">
         <v>150</v>
       </c>
       <c r="L483" s="2">
-        <v>110</v>
+        <v>0</v>
       </c>
       <c r="M483" s="2">
         <v>0</v>
       </c>
       <c r="N483" s="2">
-        <v>260</v>
+        <v>150</v>
       </c>
     </row>
     <row r="484" spans="1:14">
       <c r="A484" s="2">
         <v>112812</v>
       </c>
       <c r="B484" s="2" t="s">
         <v>1382</v>
       </c>
       <c r="C484" s="2" t="s">
         <v>1383</v>
       </c>
       <c r="D484" s="2"/>
       <c r="E484" s="2">
         <v>1483</v>
       </c>
       <c r="F484" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G484" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H484" s="2" t="s">
         <v>1384</v>
       </c>
       <c r="I484" s="2">
         <v>242</v>
       </c>
       <c r="J484" s="2">
         <v>227</v>
       </c>
       <c r="K484" s="2">
         <v>150</v>
       </c>
       <c r="L484" s="2">
         <v>0</v>
       </c>
       <c r="M484" s="2">
         <v>0</v>
       </c>
       <c r="N484" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="485" spans="1:14">
       <c r="A485" s="2">
         <v>112813</v>
       </c>
       <c r="B485" s="2" t="s">
-        <v>909</v>
+        <v>910</v>
       </c>
       <c r="C485" s="2" t="s">
         <v>1385</v>
       </c>
       <c r="D485" s="2"/>
       <c r="E485" s="2">
         <v>1320</v>
       </c>
       <c r="F485" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G485" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H485" s="2" t="s">
         <v>1386</v>
       </c>
       <c r="I485" s="2">
         <v>243</v>
       </c>
       <c r="J485" s="2">
         <v>228</v>
       </c>
       <c r="K485" s="2">
         <v>150</v>
@@ -27444,57 +27444,57 @@
       </c>
       <c r="I486" s="2">
         <v>244</v>
       </c>
       <c r="J486" s="2">
         <v>229</v>
       </c>
       <c r="K486" s="2">
         <v>150</v>
       </c>
       <c r="L486" s="2">
         <v>0</v>
       </c>
       <c r="M486" s="2">
         <v>0</v>
       </c>
       <c r="N486" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="487" spans="1:14">
       <c r="A487" s="2">
         <v>106914</v>
       </c>
       <c r="B487" s="2" t="s">
-        <v>1235</v>
+        <v>1237</v>
       </c>
       <c r="C487" s="2" t="s">
-        <v>1236</v>
+        <v>1238</v>
       </c>
       <c r="D487" s="2" t="s">
-        <v>1237</v>
+        <v>1239</v>
       </c>
       <c r="E487" s="2">
         <v>832</v>
       </c>
       <c r="F487" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G487" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H487" s="2" t="s">
         <v>1390</v>
       </c>
       <c r="I487" s="2">
         <v>245</v>
       </c>
       <c r="J487" s="2">
         <v>230</v>
       </c>
       <c r="K487" s="2">
         <v>150</v>
       </c>
       <c r="L487" s="2">
         <v>0</v>
       </c>
@@ -27575,219 +27575,219 @@
       </c>
       <c r="J489" s="2">
         <v>232</v>
       </c>
       <c r="K489" s="2">
         <v>150</v>
       </c>
       <c r="L489" s="2">
         <v>0</v>
       </c>
       <c r="M489" s="2">
         <v>0</v>
       </c>
       <c r="N489" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="490" spans="1:14">
       <c r="A490" s="2">
         <v>112818</v>
       </c>
       <c r="B490" s="2" t="s">
         <v>1396</v>
       </c>
       <c r="C490" s="2" t="s">
-        <v>262</v>
+        <v>258</v>
       </c>
       <c r="D490" s="2"/>
       <c r="E490" s="2">
         <v>601</v>
       </c>
       <c r="F490" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G490" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H490" s="2" t="s">
         <v>1397</v>
       </c>
       <c r="I490" s="2">
         <v>248</v>
       </c>
       <c r="J490" s="2">
         <v>233</v>
       </c>
       <c r="K490" s="2">
         <v>150</v>
       </c>
       <c r="L490" s="2">
         <v>0</v>
       </c>
       <c r="M490" s="2">
         <v>0</v>
       </c>
       <c r="N490" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="491" spans="1:14">
       <c r="A491" s="2">
         <v>112819</v>
       </c>
       <c r="B491" s="2" t="s">
-        <v>1238</v>
+        <v>1235</v>
       </c>
       <c r="C491" s="2" t="s">
         <v>1398</v>
       </c>
       <c r="D491" s="2"/>
       <c r="E491" s="2">
         <v>130</v>
       </c>
       <c r="F491" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G491" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H491" s="2" t="s">
         <v>1397</v>
       </c>
       <c r="I491" s="2">
         <v>249</v>
       </c>
       <c r="J491" s="2">
         <v>234</v>
       </c>
       <c r="K491" s="2">
         <v>150</v>
       </c>
       <c r="L491" s="2">
         <v>0</v>
       </c>
       <c r="M491" s="2">
         <v>0</v>
       </c>
       <c r="N491" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="492" spans="1:14">
       <c r="A492" s="2">
         <v>112820</v>
       </c>
       <c r="B492" s="2" t="s">
         <v>1399</v>
       </c>
       <c r="C492" s="2" t="s">
-        <v>719</v>
+        <v>720</v>
       </c>
       <c r="D492" s="2"/>
       <c r="E492" s="2">
         <v>858</v>
       </c>
       <c r="F492" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G492" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H492" s="2" t="s">
         <v>1400</v>
       </c>
       <c r="I492" s="2">
         <v>250</v>
       </c>
       <c r="J492" s="2">
         <v>235</v>
       </c>
       <c r="K492" s="2">
         <v>150</v>
       </c>
       <c r="L492" s="2">
         <v>0</v>
       </c>
       <c r="M492" s="2">
         <v>0</v>
       </c>
       <c r="N492" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="493" spans="1:14">
       <c r="A493" s="2">
         <v>112821</v>
       </c>
       <c r="B493" s="2" t="s">
         <v>1401</v>
       </c>
       <c r="C493" s="2" t="s">
-        <v>831</v>
+        <v>834</v>
       </c>
       <c r="D493" s="2"/>
       <c r="E493" s="2">
         <v>607</v>
       </c>
       <c r="F493" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G493" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H493" s="2" t="s">
         <v>1402</v>
       </c>
       <c r="I493" s="2">
         <v>251</v>
       </c>
       <c r="J493" s="2">
         <v>236</v>
       </c>
       <c r="K493" s="2">
         <v>150</v>
       </c>
       <c r="L493" s="2">
         <v>0</v>
       </c>
       <c r="M493" s="2">
         <v>0</v>
       </c>
       <c r="N493" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="494" spans="1:14">
       <c r="A494" s="2">
         <v>112822</v>
       </c>
       <c r="B494" s="2" t="s">
         <v>1403</v>
       </c>
       <c r="C494" s="2" t="s">
-        <v>987</v>
+        <v>990</v>
       </c>
       <c r="D494" s="2"/>
       <c r="E494" s="2">
         <v>608</v>
       </c>
       <c r="F494" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G494" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H494" s="2" t="s">
         <v>1404</v>
       </c>
       <c r="I494" s="2">
         <v>252</v>
       </c>
       <c r="J494" s="2">
         <v>237</v>
       </c>
       <c r="K494" s="2">
         <v>150</v>
       </c>
       <c r="L494" s="2">
         <v>0</v>
@@ -27923,80 +27923,80 @@
       </c>
       <c r="N497" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="498" spans="1:14">
       <c r="A498" s="2">
         <v>100445</v>
       </c>
       <c r="B498" s="2" t="s">
         <v>1414</v>
       </c>
       <c r="C498" s="2" t="s">
         <v>1415</v>
       </c>
       <c r="D498" s="2" t="s">
         <v>1416</v>
       </c>
       <c r="E498" s="2">
         <v>2262</v>
       </c>
       <c r="F498" s="2" t="s">
         <v>631</v>
       </c>
       <c r="G498" s="2" t="s">
-        <v>201</v>
+        <v>205</v>
       </c>
       <c r="H498" s="2" t="s">
         <v>1417</v>
       </c>
       <c r="I498" s="2">
         <v>256</v>
       </c>
       <c r="J498" s="2">
         <v>16</v>
       </c>
       <c r="K498" s="2">
         <v>150</v>
       </c>
       <c r="L498" s="2">
         <v>0</v>
       </c>
       <c r="M498" s="2">
         <v>0</v>
       </c>
       <c r="N498" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="499" spans="1:14">
       <c r="A499" s="2">
         <v>106790</v>
       </c>
       <c r="B499" s="2" t="s">
-        <v>72</v>
+        <v>68</v>
       </c>
       <c r="C499" s="2" t="s">
         <v>570</v>
       </c>
       <c r="D499" s="2" t="s">
         <v>571</v>
       </c>
       <c r="E499" s="2">
         <v>1402</v>
       </c>
       <c r="F499" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G499" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H499" s="2" t="s">
         <v>1418</v>
       </c>
       <c r="I499" s="2">
         <v>257</v>
       </c>
       <c r="J499" s="2">
         <v>241</v>
       </c>
@@ -28083,192 +28083,192 @@
       </c>
       <c r="J501" s="2">
         <v>243</v>
       </c>
       <c r="K501" s="2">
         <v>150</v>
       </c>
       <c r="L501" s="2">
         <v>0</v>
       </c>
       <c r="M501" s="2">
         <v>0</v>
       </c>
       <c r="N501" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="502" spans="1:14">
       <c r="A502" s="2">
         <v>106922</v>
       </c>
       <c r="B502" s="2" t="s">
         <v>1276</v>
       </c>
       <c r="C502" s="2" t="s">
-        <v>1000</v>
+        <v>1003</v>
       </c>
       <c r="D502" s="2" t="s">
         <v>1277</v>
       </c>
       <c r="E502" s="2">
         <v>411</v>
       </c>
       <c r="F502" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G502" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H502" s="2" t="s">
         <v>1424</v>
       </c>
       <c r="I502" s="2">
         <v>260</v>
       </c>
       <c r="J502" s="2">
         <v>244</v>
       </c>
       <c r="K502" s="2">
         <v>150</v>
       </c>
       <c r="L502" s="2">
         <v>0</v>
       </c>
       <c r="M502" s="2">
         <v>0</v>
       </c>
       <c r="N502" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="503" spans="1:14">
       <c r="A503" s="2">
-        <v>106943</v>
+        <v>112831</v>
       </c>
       <c r="B503" s="2" t="s">
         <v>1425</v>
       </c>
       <c r="C503" s="2" t="s">
-        <v>203</v>
+        <v>1426</v>
       </c>
       <c r="D503" s="2"/>
       <c r="E503" s="2">
-        <v>1667</v>
+        <v>1314</v>
       </c>
       <c r="F503" s="2" t="s">
-        <v>631</v>
+        <v>17</v>
       </c>
       <c r="G503" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H503" s="2" t="s">
-        <v>1426</v>
+        <v>1427</v>
       </c>
       <c r="I503" s="2">
         <v>261</v>
       </c>
       <c r="J503" s="2">
-        <v>240</v>
+        <v>245</v>
       </c>
       <c r="K503" s="2">
         <v>150</v>
       </c>
       <c r="L503" s="2">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="M503" s="2">
         <v>0</v>
       </c>
       <c r="N503" s="2">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="504" spans="1:14">
       <c r="A504" s="2">
-        <v>112831</v>
+        <v>106943</v>
       </c>
       <c r="B504" s="2" t="s">
-        <v>1427</v>
+        <v>1428</v>
       </c>
       <c r="C504" s="2" t="s">
-        <v>1428</v>
+        <v>198</v>
       </c>
       <c r="D504" s="2"/>
       <c r="E504" s="2">
-        <v>1314</v>
+        <v>1667</v>
       </c>
       <c r="F504" s="2" t="s">
-        <v>17</v>
+        <v>631</v>
       </c>
       <c r="G504" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H504" s="2" t="s">
         <v>1429</v>
       </c>
       <c r="I504" s="2">
         <v>261</v>
       </c>
       <c r="J504" s="2">
-        <v>245</v>
+        <v>240</v>
       </c>
       <c r="K504" s="2">
         <v>150</v>
       </c>
       <c r="L504" s="2">
-        <v>0</v>
+        <v>20</v>
       </c>
       <c r="M504" s="2">
         <v>0</v>
       </c>
       <c r="N504" s="2">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="505" spans="1:14">
       <c r="A505" s="2">
         <v>112832</v>
       </c>
       <c r="B505" s="2" t="s">
-        <v>865</v>
+        <v>868</v>
       </c>
       <c r="C505" s="2" t="s">
-        <v>734</v>
+        <v>731</v>
       </c>
       <c r="D505" s="2"/>
       <c r="E505" s="2">
         <v>584</v>
       </c>
       <c r="F505" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G505" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H505" s="2" t="s">
-        <v>1429</v>
+        <v>1427</v>
       </c>
       <c r="I505" s="2">
         <v>262</v>
       </c>
       <c r="J505" s="2">
         <v>246</v>
       </c>
       <c r="K505" s="2">
         <v>150</v>
       </c>
       <c r="L505" s="2">
         <v>0</v>
       </c>
       <c r="M505" s="2">
         <v>0</v>
       </c>
       <c r="N505" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="506" spans="1:14">
       <c r="A506" s="2">
         <v>112833</v>
       </c>
       <c r="B506" s="2" t="s">
@@ -28334,51 +28334,51 @@
       </c>
       <c r="I507" s="2">
         <v>264</v>
       </c>
       <c r="J507" s="2">
         <v>248</v>
       </c>
       <c r="K507" s="2">
         <v>150</v>
       </c>
       <c r="L507" s="2">
         <v>0</v>
       </c>
       <c r="M507" s="2">
         <v>0</v>
       </c>
       <c r="N507" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="508" spans="1:14">
       <c r="A508" s="2">
         <v>112835</v>
       </c>
       <c r="B508" s="2" t="s">
-        <v>865</v>
+        <v>868</v>
       </c>
       <c r="C508" s="2" t="s">
         <v>1436</v>
       </c>
       <c r="D508" s="2"/>
       <c r="E508" s="2">
         <v>458</v>
       </c>
       <c r="F508" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G508" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H508" s="2" t="s">
         <v>1437</v>
       </c>
       <c r="I508" s="2">
         <v>265</v>
       </c>
       <c r="J508" s="2">
         <v>249</v>
       </c>
       <c r="K508" s="2">
         <v>150</v>
@@ -28392,77 +28392,77 @@
       <c r="N508" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="509" spans="1:14">
       <c r="A509" s="2">
         <v>112836</v>
       </c>
       <c r="B509" s="2" t="s">
         <v>1438</v>
       </c>
       <c r="C509" s="2" t="s">
         <v>1439</v>
       </c>
       <c r="D509" s="2"/>
       <c r="E509" s="2">
         <v>1125</v>
       </c>
       <c r="F509" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G509" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H509" s="2" t="s">
-        <v>1284</v>
+        <v>1283</v>
       </c>
       <c r="I509" s="2">
         <v>266</v>
       </c>
       <c r="J509" s="2">
         <v>250</v>
       </c>
       <c r="K509" s="2">
         <v>150</v>
       </c>
       <c r="L509" s="2">
         <v>0</v>
       </c>
       <c r="M509" s="2">
         <v>0</v>
       </c>
       <c r="N509" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="510" spans="1:14">
       <c r="A510" s="2">
         <v>112837</v>
       </c>
       <c r="B510" s="2" t="s">
-        <v>1265</v>
+        <v>1262</v>
       </c>
       <c r="C510" s="2" t="s">
         <v>231</v>
       </c>
       <c r="D510" s="2"/>
       <c r="E510" s="2">
         <v>1005</v>
       </c>
       <c r="F510" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G510" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H510" s="2" t="s">
         <v>1440</v>
       </c>
       <c r="I510" s="2">
         <v>267</v>
       </c>
       <c r="J510" s="2">
         <v>251</v>
       </c>
       <c r="K510" s="2">
         <v>150</v>
@@ -28473,51 +28473,51 @@
       <c r="M510" s="2">
         <v>0</v>
       </c>
       <c r="N510" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="511" spans="1:14">
       <c r="A511" s="2">
         <v>112838</v>
       </c>
       <c r="B511" s="2" t="s">
         <v>1441</v>
       </c>
       <c r="C511" s="2" t="s">
         <v>1442</v>
       </c>
       <c r="D511" s="2"/>
       <c r="E511" s="2">
         <v>2212</v>
       </c>
       <c r="F511" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G511" s="2" t="s">
-        <v>201</v>
+        <v>205</v>
       </c>
       <c r="H511" s="2" t="s">
         <v>1443</v>
       </c>
       <c r="I511" s="2">
         <v>268</v>
       </c>
       <c r="J511" s="2">
         <v>17</v>
       </c>
       <c r="K511" s="2">
         <v>150</v>
       </c>
       <c r="L511" s="2">
         <v>0</v>
       </c>
       <c r="M511" s="2">
         <v>0</v>
       </c>
       <c r="N511" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="512" spans="1:14">
       <c r="A512" s="2">
@@ -28628,179 +28628,179 @@
       </c>
       <c r="I514" s="2">
         <v>271</v>
       </c>
       <c r="J514" s="2">
         <v>254</v>
       </c>
       <c r="K514" s="2">
         <v>150</v>
       </c>
       <c r="L514" s="2">
         <v>0</v>
       </c>
       <c r="M514" s="2">
         <v>0</v>
       </c>
       <c r="N514" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="515" spans="1:14">
       <c r="A515" s="2">
         <v>112842</v>
       </c>
       <c r="B515" s="2" t="s">
-        <v>880</v>
+        <v>884</v>
       </c>
       <c r="C515" s="2" t="s">
         <v>1451</v>
       </c>
       <c r="D515" s="2"/>
       <c r="E515" s="2">
         <v>382</v>
       </c>
       <c r="F515" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G515" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H515" s="2" t="s">
         <v>1452</v>
       </c>
       <c r="I515" s="2">
         <v>272</v>
       </c>
       <c r="J515" s="2">
         <v>255</v>
       </c>
       <c r="K515" s="2">
         <v>150</v>
       </c>
       <c r="L515" s="2">
         <v>0</v>
       </c>
       <c r="M515" s="2">
         <v>0</v>
       </c>
       <c r="N515" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="516" spans="1:14">
       <c r="A516" s="2">
         <v>112843</v>
       </c>
       <c r="B516" s="2" t="s">
-        <v>909</v>
+        <v>910</v>
       </c>
       <c r="C516" s="2" t="s">
         <v>1453</v>
       </c>
       <c r="D516" s="2"/>
       <c r="E516" s="2">
         <v>401</v>
       </c>
       <c r="F516" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G516" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H516" s="2" t="s">
         <v>1454</v>
       </c>
       <c r="I516" s="2">
         <v>273</v>
       </c>
       <c r="J516" s="2">
         <v>256</v>
       </c>
       <c r="K516" s="2">
         <v>150</v>
       </c>
       <c r="L516" s="2">
         <v>0</v>
       </c>
       <c r="M516" s="2">
         <v>0</v>
       </c>
       <c r="N516" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="517" spans="1:14">
       <c r="A517" s="2">
         <v>106892</v>
       </c>
       <c r="B517" s="2" t="s">
-        <v>1122</v>
+        <v>1119</v>
       </c>
       <c r="C517" s="2" t="s">
-        <v>1123</v>
+        <v>1120</v>
       </c>
       <c r="D517" s="2" t="s">
-        <v>1124</v>
+        <v>1121</v>
       </c>
       <c r="E517" s="2">
         <v>492</v>
       </c>
       <c r="F517" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G517" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H517" s="2" t="s">
         <v>1455</v>
       </c>
       <c r="I517" s="2">
         <v>274</v>
       </c>
       <c r="J517" s="2">
         <v>257</v>
       </c>
       <c r="K517" s="2">
         <v>150</v>
       </c>
       <c r="L517" s="2">
         <v>0</v>
       </c>
       <c r="M517" s="2">
         <v>0</v>
       </c>
       <c r="N517" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="518" spans="1:14">
       <c r="A518" s="2">
         <v>112845</v>
       </c>
       <c r="B518" s="2" t="s">
-        <v>441</v>
+        <v>438</v>
       </c>
       <c r="C518" s="2" t="s">
         <v>454</v>
       </c>
       <c r="D518" s="2" t="s">
         <v>1456</v>
       </c>
       <c r="E518" s="2">
         <v>350</v>
       </c>
       <c r="F518" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G518" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H518" s="2" t="s">
         <v>1457</v>
       </c>
       <c r="I518" s="2">
         <v>275</v>
       </c>
       <c r="J518" s="2">
         <v>258</v>
       </c>
@@ -28813,51 +28813,51 @@
       <c r="M518" s="2">
         <v>0</v>
       </c>
       <c r="N518" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="519" spans="1:14">
       <c r="A519" s="2">
         <v>112846</v>
       </c>
       <c r="B519" s="2" t="s">
         <v>1458</v>
       </c>
       <c r="C519" s="2" t="s">
         <v>325</v>
       </c>
       <c r="D519" s="2"/>
       <c r="E519" s="2">
         <v>2005</v>
       </c>
       <c r="F519" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G519" s="2" t="s">
-        <v>201</v>
+        <v>205</v>
       </c>
       <c r="H519" s="2" t="s">
         <v>1459</v>
       </c>
       <c r="I519" s="2">
         <v>276</v>
       </c>
       <c r="J519" s="2">
         <v>18</v>
       </c>
       <c r="K519" s="2">
         <v>150</v>
       </c>
       <c r="L519" s="2">
         <v>0</v>
       </c>
       <c r="M519" s="2">
         <v>0</v>
       </c>
       <c r="N519" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="520" spans="1:14">
       <c r="A520" s="2">
@@ -29010,57 +29010,57 @@
       </c>
       <c r="I523" s="2">
         <v>280</v>
       </c>
       <c r="J523" s="2">
         <v>262</v>
       </c>
       <c r="K523" s="2">
         <v>150</v>
       </c>
       <c r="L523" s="2">
         <v>0</v>
       </c>
       <c r="M523" s="2">
         <v>0</v>
       </c>
       <c r="N523" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="524" spans="1:14">
       <c r="A524" s="2">
         <v>106871</v>
       </c>
       <c r="B524" s="2" t="s">
-        <v>1006</v>
+        <v>1008</v>
       </c>
       <c r="C524" s="2" t="s">
-        <v>1007</v>
+        <v>1009</v>
       </c>
       <c r="D524" s="2" t="s">
-        <v>1008</v>
+        <v>1010</v>
       </c>
       <c r="E524" s="2">
         <v>1543</v>
       </c>
       <c r="F524" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G524" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H524" s="2" t="s">
         <v>1469</v>
       </c>
       <c r="I524" s="2">
         <v>281</v>
       </c>
       <c r="J524" s="2">
         <v>263</v>
       </c>
       <c r="K524" s="2">
         <v>150</v>
       </c>
       <c r="L524" s="2">
         <v>0</v>
       </c>
@@ -29350,51 +29350,51 @@
       </c>
       <c r="I531" s="2">
         <v>288</v>
       </c>
       <c r="J531" s="2">
         <v>270</v>
       </c>
       <c r="K531" s="2">
         <v>150</v>
       </c>
       <c r="L531" s="2">
         <v>0</v>
       </c>
       <c r="M531" s="2">
         <v>0</v>
       </c>
       <c r="N531" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="532" spans="1:14">
       <c r="A532" s="2">
         <v>112859</v>
       </c>
       <c r="B532" s="2" t="s">
-        <v>880</v>
+        <v>884</v>
       </c>
       <c r="C532" s="2" t="s">
         <v>386</v>
       </c>
       <c r="D532" s="2"/>
       <c r="E532" s="2">
         <v>1086</v>
       </c>
       <c r="F532" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G532" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H532" s="2" t="s">
         <v>1488</v>
       </c>
       <c r="I532" s="2">
         <v>289</v>
       </c>
       <c r="J532" s="2">
         <v>271</v>
       </c>
       <c r="K532" s="2">
         <v>150</v>
@@ -29447,80 +29447,80 @@
       <c r="M533" s="2">
         <v>0</v>
       </c>
       <c r="N533" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="534" spans="1:14">
       <c r="A534" s="2">
         <v>112861</v>
       </c>
       <c r="B534" s="2" t="s">
         <v>1491</v>
       </c>
       <c r="C534" s="2" t="s">
         <v>1492</v>
       </c>
       <c r="D534" s="2"/>
       <c r="E534" s="2">
         <v>2101</v>
       </c>
       <c r="F534" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G534" s="2" t="s">
-        <v>201</v>
+        <v>205</v>
       </c>
       <c r="H534" s="2" t="s">
         <v>1493</v>
       </c>
       <c r="I534" s="2">
         <v>291</v>
       </c>
       <c r="J534" s="2">
         <v>19</v>
       </c>
       <c r="K534" s="2">
         <v>150</v>
       </c>
       <c r="L534" s="2">
         <v>0</v>
       </c>
       <c r="M534" s="2">
         <v>0</v>
       </c>
       <c r="N534" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="535" spans="1:14">
       <c r="A535" s="2">
         <v>112862</v>
       </c>
       <c r="B535" s="2" t="s">
-        <v>1175</v>
+        <v>1171</v>
       </c>
       <c r="C535" s="2" t="s">
         <v>588</v>
       </c>
       <c r="D535" s="2"/>
       <c r="E535" s="2">
         <v>399</v>
       </c>
       <c r="F535" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G535" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H535" s="2" t="s">
         <v>1494</v>
       </c>
       <c r="I535" s="2">
         <v>292</v>
       </c>
       <c r="J535" s="2">
         <v>273</v>
       </c>
       <c r="K535" s="2">
         <v>150</v>
@@ -29531,51 +29531,51 @@
       <c r="M535" s="2">
         <v>0</v>
       </c>
       <c r="N535" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="536" spans="1:14">
       <c r="A536" s="2">
         <v>112863</v>
       </c>
       <c r="B536" s="2" t="s">
         <v>1495</v>
       </c>
       <c r="C536" s="2" t="s">
         <v>1496</v>
       </c>
       <c r="D536" s="2"/>
       <c r="E536" s="2">
         <v>2083</v>
       </c>
       <c r="F536" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G536" s="2" t="s">
-        <v>201</v>
+        <v>205</v>
       </c>
       <c r="H536" s="2" t="s">
         <v>1497</v>
       </c>
       <c r="I536" s="2">
         <v>293</v>
       </c>
       <c r="J536" s="2">
         <v>20</v>
       </c>
       <c r="K536" s="2">
         <v>150</v>
       </c>
       <c r="L536" s="2">
         <v>0</v>
       </c>
       <c r="M536" s="2">
         <v>0</v>
       </c>
       <c r="N536" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="537" spans="1:14">
       <c r="A537" s="2">
@@ -29647,51 +29647,51 @@
       </c>
       <c r="J538" s="2">
         <v>275</v>
       </c>
       <c r="K538" s="2">
         <v>150</v>
       </c>
       <c r="L538" s="2">
         <v>0</v>
       </c>
       <c r="M538" s="2">
         <v>0</v>
       </c>
       <c r="N538" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="539" spans="1:14">
       <c r="A539" s="2">
         <v>112866</v>
       </c>
       <c r="B539" s="2" t="s">
         <v>337</v>
       </c>
       <c r="C539" s="2" t="s">
-        <v>883</v>
+        <v>881</v>
       </c>
       <c r="D539" s="2"/>
       <c r="E539" s="2">
         <v>850</v>
       </c>
       <c r="F539" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G539" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H539" s="2" t="s">
         <v>1503</v>
       </c>
       <c r="I539" s="2">
         <v>296</v>
       </c>
       <c r="J539" s="2">
         <v>276</v>
       </c>
       <c r="K539" s="2">
         <v>150</v>
       </c>
       <c r="L539" s="2">
         <v>0</v>
@@ -29854,96 +29854,96 @@
       </c>
       <c r="I543" s="2">
         <v>300</v>
       </c>
       <c r="J543" s="2">
         <v>280</v>
       </c>
       <c r="K543" s="2">
         <v>150</v>
       </c>
       <c r="L543" s="2">
         <v>0</v>
       </c>
       <c r="M543" s="2">
         <v>0</v>
       </c>
       <c r="N543" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="544" spans="1:14">
       <c r="A544" s="2">
         <v>112871</v>
       </c>
       <c r="B544" s="2" t="s">
-        <v>991</v>
+        <v>987</v>
       </c>
       <c r="C544" s="2" t="s">
         <v>1513</v>
       </c>
       <c r="D544" s="2"/>
       <c r="E544" s="2">
         <v>1612</v>
       </c>
       <c r="F544" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G544" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H544" s="2" t="s">
         <v>1514</v>
       </c>
       <c r="I544" s="2">
         <v>301</v>
       </c>
       <c r="J544" s="2">
         <v>281</v>
       </c>
       <c r="K544" s="2">
         <v>150</v>
       </c>
       <c r="L544" s="2">
         <v>0</v>
       </c>
       <c r="M544" s="2">
         <v>0</v>
       </c>
       <c r="N544" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="545" spans="1:14">
       <c r="A545" s="2">
         <v>112872</v>
       </c>
       <c r="B545" s="2" t="s">
         <v>1515</v>
       </c>
       <c r="C545" s="2" t="s">
-        <v>748</v>
+        <v>752</v>
       </c>
       <c r="D545" s="2"/>
       <c r="E545" s="2">
         <v>1406</v>
       </c>
       <c r="F545" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G545" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H545" s="2" t="s">
         <v>1516</v>
       </c>
       <c r="I545" s="2">
         <v>302</v>
       </c>
       <c r="J545" s="2">
         <v>282</v>
       </c>
       <c r="K545" s="2">
         <v>150</v>
       </c>
       <c r="L545" s="2">
         <v>0</v>
@@ -30077,51 +30077,51 @@
       <c r="M548" s="2">
         <v>0</v>
       </c>
       <c r="N548" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="549" spans="1:14">
       <c r="A549" s="2">
         <v>112876</v>
       </c>
       <c r="B549" s="2" t="s">
         <v>1491</v>
       </c>
       <c r="C549" s="2" t="s">
         <v>1525</v>
       </c>
       <c r="D549" s="2"/>
       <c r="E549" s="2">
         <v>2246</v>
       </c>
       <c r="F549" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G549" s="2" t="s">
-        <v>201</v>
+        <v>205</v>
       </c>
       <c r="H549" s="2" t="s">
         <v>1526</v>
       </c>
       <c r="I549" s="2">
         <v>306</v>
       </c>
       <c r="J549" s="2">
         <v>21</v>
       </c>
       <c r="K549" s="2">
         <v>150</v>
       </c>
       <c r="L549" s="2">
         <v>0</v>
       </c>
       <c r="M549" s="2">
         <v>0</v>
       </c>
       <c r="N549" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="550" spans="1:14">
       <c r="A550" s="2">
@@ -30373,51 +30373,51 @@
       <c r="M555" s="2">
         <v>0</v>
       </c>
       <c r="N555" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="556" spans="1:14">
       <c r="A556" s="2">
         <v>110686</v>
       </c>
       <c r="B556" s="2" t="s">
         <v>1539</v>
       </c>
       <c r="C556" s="2" t="s">
         <v>1540</v>
       </c>
       <c r="D556" s="2"/>
       <c r="E556" s="2">
         <v>2070</v>
       </c>
       <c r="F556" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G556" s="2" t="s">
-        <v>201</v>
+        <v>205</v>
       </c>
       <c r="H556" s="2" t="s">
         <v>1541</v>
       </c>
       <c r="I556" s="2">
         <v>313</v>
       </c>
       <c r="J556" s="2">
         <v>22</v>
       </c>
       <c r="K556" s="2">
         <v>150</v>
       </c>
       <c r="L556" s="2">
         <v>0</v>
       </c>
       <c r="M556" s="2">
         <v>0</v>
       </c>
       <c r="N556" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="557" spans="1:14">
       <c r="A557" s="2">
@@ -30541,51 +30541,51 @@
       <c r="M559" s="2">
         <v>0</v>
       </c>
       <c r="N559" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="560" spans="1:14">
       <c r="A560" s="2">
         <v>112887</v>
       </c>
       <c r="B560" s="2" t="s">
         <v>1549</v>
       </c>
       <c r="C560" s="2" t="s">
         <v>1550</v>
       </c>
       <c r="D560" s="2"/>
       <c r="E560" s="2">
         <v>2219</v>
       </c>
       <c r="F560" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G560" s="2" t="s">
-        <v>201</v>
+        <v>205</v>
       </c>
       <c r="H560" s="2" t="s">
         <v>1551</v>
       </c>
       <c r="I560" s="2">
         <v>317</v>
       </c>
       <c r="J560" s="2">
         <v>23</v>
       </c>
       <c r="K560" s="2">
         <v>150</v>
       </c>
       <c r="L560" s="2">
         <v>0</v>
       </c>
       <c r="M560" s="2">
         <v>0</v>
       </c>
       <c r="N560" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="561" spans="1:14">
       <c r="A561" s="2">
@@ -30867,51 +30867,51 @@
       </c>
       <c r="J567" s="2">
         <v>301</v>
       </c>
       <c r="K567" s="2">
         <v>150</v>
       </c>
       <c r="L567" s="2">
         <v>0</v>
       </c>
       <c r="M567" s="2">
         <v>0</v>
       </c>
       <c r="N567" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="568" spans="1:14">
       <c r="A568" s="2">
         <v>112895</v>
       </c>
       <c r="B568" s="2" t="s">
         <v>1568</v>
       </c>
       <c r="C568" s="2" t="s">
-        <v>676</v>
+        <v>672</v>
       </c>
       <c r="D568" s="2"/>
       <c r="E568" s="2">
         <v>101</v>
       </c>
       <c r="F568" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G568" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H568" s="2" t="s">
         <v>1569</v>
       </c>
       <c r="I568" s="2">
         <v>325</v>
       </c>
       <c r="J568" s="2">
         <v>302</v>
       </c>
       <c r="K568" s="2">
         <v>150</v>
       </c>
       <c r="L568" s="2">
         <v>0</v>
@@ -31032,57 +31032,57 @@
       </c>
       <c r="I571" s="2">
         <v>328</v>
       </c>
       <c r="J571" s="2">
         <v>305</v>
       </c>
       <c r="K571" s="2">
         <v>150</v>
       </c>
       <c r="L571" s="2">
         <v>0</v>
       </c>
       <c r="M571" s="2">
         <v>0</v>
       </c>
       <c r="N571" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="572" spans="1:14">
       <c r="A572" s="2">
         <v>106921</v>
       </c>
       <c r="B572" s="2" t="s">
-        <v>1271</v>
+        <v>1268</v>
       </c>
       <c r="C572" s="2" t="s">
-        <v>1272</v>
+        <v>1269</v>
       </c>
       <c r="D572" s="2" t="s">
-        <v>1273</v>
+        <v>1270</v>
       </c>
       <c r="E572" s="2">
         <v>337</v>
       </c>
       <c r="F572" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G572" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H572" s="2" t="s">
         <v>1577</v>
       </c>
       <c r="I572" s="2">
         <v>329</v>
       </c>
       <c r="J572" s="2">
         <v>306</v>
       </c>
       <c r="K572" s="2">
         <v>150</v>
       </c>
       <c r="L572" s="2">
         <v>0</v>
       </c>
@@ -31118,263 +31118,263 @@
       </c>
       <c r="I573" s="2">
         <v>330</v>
       </c>
       <c r="J573" s="2">
         <v>307</v>
       </c>
       <c r="K573" s="2">
         <v>150</v>
       </c>
       <c r="L573" s="2">
         <v>0</v>
       </c>
       <c r="M573" s="2">
         <v>0</v>
       </c>
       <c r="N573" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="574" spans="1:14">
       <c r="A574" s="2">
         <v>112901</v>
       </c>
       <c r="B574" s="2" t="s">
-        <v>1235</v>
+        <v>1237</v>
       </c>
       <c r="C574" s="2" t="s">
         <v>330</v>
       </c>
       <c r="D574" s="2"/>
       <c r="E574" s="2">
         <v>1002</v>
       </c>
       <c r="F574" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G574" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H574" s="2" t="s">
         <v>1581</v>
       </c>
       <c r="I574" s="2">
         <v>331</v>
       </c>
       <c r="J574" s="2">
         <v>308</v>
       </c>
       <c r="K574" s="2">
         <v>150</v>
       </c>
       <c r="L574" s="2">
         <v>0</v>
       </c>
       <c r="M574" s="2">
         <v>0</v>
       </c>
       <c r="N574" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="575" spans="1:14">
       <c r="A575" s="2">
-        <v>112902</v>
+        <v>100163</v>
       </c>
       <c r="B575" s="2" t="s">
         <v>1582</v>
       </c>
       <c r="C575" s="2" t="s">
         <v>1583</v>
       </c>
       <c r="D575" s="2"/>
       <c r="E575" s="2">
-        <v>2202</v>
+        <v>19</v>
       </c>
       <c r="F575" s="2" t="s">
-        <v>17</v>
+        <v>1584</v>
       </c>
       <c r="G575" s="2" t="s">
-        <v>201</v>
+        <v>18</v>
       </c>
       <c r="H575" s="2" t="s">
-        <v>1584</v>
+        <v>1585</v>
       </c>
       <c r="I575" s="2">
         <v>332</v>
       </c>
       <c r="J575" s="2">
-        <v>24</v>
+        <v>307</v>
       </c>
       <c r="K575" s="2">
-        <v>150</v>
+        <v>0</v>
       </c>
       <c r="L575" s="2">
         <v>0</v>
       </c>
       <c r="M575" s="2">
         <v>0</v>
       </c>
       <c r="N575" s="2">
-        <v>150</v>
+        <v>0</v>
       </c>
     </row>
     <row r="576" spans="1:14">
       <c r="A576" s="2">
-        <v>100163</v>
+        <v>112902</v>
       </c>
       <c r="B576" s="2" t="s">
-        <v>1585</v>
+        <v>1586</v>
       </c>
       <c r="C576" s="2" t="s">
-        <v>1586</v>
+        <v>1587</v>
       </c>
       <c r="D576" s="2"/>
       <c r="E576" s="2">
-        <v>19</v>
+        <v>2202</v>
       </c>
       <c r="F576" s="2" t="s">
-        <v>1587</v>
+        <v>17</v>
       </c>
       <c r="G576" s="2" t="s">
-        <v>18</v>
+        <v>205</v>
       </c>
       <c r="H576" s="2" t="s">
         <v>1588</v>
       </c>
       <c r="I576" s="2">
         <v>332</v>
       </c>
       <c r="J576" s="2">
-        <v>307</v>
+        <v>24</v>
       </c>
       <c r="K576" s="2">
-        <v>0</v>
+        <v>150</v>
       </c>
       <c r="L576" s="2">
         <v>0</v>
       </c>
       <c r="M576" s="2">
         <v>0</v>
       </c>
       <c r="N576" s="2">
-        <v>0</v>
+        <v>150</v>
       </c>
     </row>
     <row r="577" spans="1:14">
       <c r="A577" s="2">
         <v>112903</v>
       </c>
       <c r="B577" s="2" t="s">
         <v>1589</v>
       </c>
       <c r="C577" s="2" t="s">
         <v>1590</v>
       </c>
       <c r="D577" s="2"/>
       <c r="E577" s="2">
         <v>1324</v>
       </c>
       <c r="F577" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G577" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H577" s="2" t="s">
         <v>1591</v>
       </c>
       <c r="I577" s="2">
         <v>333</v>
       </c>
       <c r="J577" s="2">
         <v>309</v>
       </c>
       <c r="K577" s="2">
         <v>150</v>
       </c>
       <c r="L577" s="2">
         <v>0</v>
       </c>
       <c r="M577" s="2">
         <v>0</v>
       </c>
       <c r="N577" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="578" spans="1:14">
       <c r="A578" s="2">
         <v>106889</v>
       </c>
       <c r="B578" s="2" t="s">
-        <v>1106</v>
+        <v>1103</v>
       </c>
       <c r="C578" s="2" t="s">
-        <v>1107</v>
+        <v>1104</v>
       </c>
       <c r="D578" s="2" t="s">
-        <v>1108</v>
+        <v>1105</v>
       </c>
       <c r="E578" s="2">
         <v>301</v>
       </c>
       <c r="F578" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G578" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H578" s="2" t="s">
         <v>1592</v>
       </c>
       <c r="I578" s="2">
         <v>334</v>
       </c>
       <c r="J578" s="2">
         <v>310</v>
       </c>
       <c r="K578" s="2">
         <v>150</v>
       </c>
       <c r="L578" s="2">
         <v>0</v>
       </c>
       <c r="M578" s="2">
         <v>0</v>
       </c>
       <c r="N578" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="579" spans="1:14">
       <c r="A579" s="2">
         <v>112905</v>
       </c>
       <c r="B579" s="2" t="s">
-        <v>991</v>
+        <v>987</v>
       </c>
       <c r="C579" s="2" t="s">
         <v>1593</v>
       </c>
       <c r="D579" s="2"/>
       <c r="E579" s="2">
         <v>1524</v>
       </c>
       <c r="F579" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G579" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H579" s="2" t="s">
         <v>1594</v>
       </c>
       <c r="I579" s="2">
         <v>335</v>
       </c>
       <c r="J579" s="2">
         <v>311</v>
       </c>
       <c r="K579" s="2">
         <v>150</v>
@@ -31555,86 +31555,86 @@
       <c r="M583" s="2">
         <v>0</v>
       </c>
       <c r="N583" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="584" spans="1:14">
       <c r="A584" s="2">
         <v>112910</v>
       </c>
       <c r="B584" s="2" t="s">
         <v>1606</v>
       </c>
       <c r="C584" s="2" t="s">
         <v>1607</v>
       </c>
       <c r="D584" s="2"/>
       <c r="E584" s="2">
         <v>2245</v>
       </c>
       <c r="F584" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G584" s="2" t="s">
-        <v>201</v>
+        <v>205</v>
       </c>
       <c r="H584" s="2" t="s">
         <v>1608</v>
       </c>
       <c r="I584" s="2">
         <v>340</v>
       </c>
       <c r="J584" s="2">
         <v>25</v>
       </c>
       <c r="K584" s="2">
         <v>150</v>
       </c>
       <c r="L584" s="2">
         <v>0</v>
       </c>
       <c r="M584" s="2">
         <v>0</v>
       </c>
       <c r="N584" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="585" spans="1:14">
       <c r="A585" s="2">
         <v>106926</v>
       </c>
       <c r="B585" s="2" t="s">
-        <v>258</v>
+        <v>262</v>
       </c>
       <c r="C585" s="2" t="s">
-        <v>1292</v>
+        <v>1295</v>
       </c>
       <c r="D585" s="2" t="s">
-        <v>1293</v>
+        <v>1296</v>
       </c>
       <c r="E585" s="2">
         <v>1160</v>
       </c>
       <c r="F585" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G585" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H585" s="2" t="s">
         <v>1609</v>
       </c>
       <c r="I585" s="2">
         <v>341</v>
       </c>
       <c r="J585" s="2">
         <v>316</v>
       </c>
       <c r="K585" s="2">
         <v>150</v>
       </c>
       <c r="L585" s="2">
         <v>0</v>
       </c>
@@ -31922,51 +31922,51 @@
       </c>
       <c r="I592" s="2">
         <v>348</v>
       </c>
       <c r="J592" s="2">
         <v>323</v>
       </c>
       <c r="K592" s="2">
         <v>150</v>
       </c>
       <c r="L592" s="2">
         <v>0</v>
       </c>
       <c r="M592" s="2">
         <v>0</v>
       </c>
       <c r="N592" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="593" spans="1:14">
       <c r="A593" s="2">
         <v>112919</v>
       </c>
       <c r="B593" s="2" t="s">
-        <v>909</v>
+        <v>910</v>
       </c>
       <c r="C593" s="2" t="s">
         <v>1625</v>
       </c>
       <c r="D593" s="2"/>
       <c r="E593" s="2">
         <v>714</v>
       </c>
       <c r="F593" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G593" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H593" s="2" t="s">
         <v>1626</v>
       </c>
       <c r="I593" s="2">
         <v>349</v>
       </c>
       <c r="J593" s="2">
         <v>324</v>
       </c>
       <c r="K593" s="2">
         <v>150</v>
@@ -32303,51 +32303,51 @@
       </c>
       <c r="J601" s="2">
         <v>332</v>
       </c>
       <c r="K601" s="2">
         <v>150</v>
       </c>
       <c r="L601" s="2">
         <v>0</v>
       </c>
       <c r="M601" s="2">
         <v>0</v>
       </c>
       <c r="N601" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="602" spans="1:14">
       <c r="A602" s="2">
         <v>112928</v>
       </c>
       <c r="B602" s="2" t="s">
         <v>389</v>
       </c>
       <c r="C602" s="2" t="s">
-        <v>707</v>
+        <v>708</v>
       </c>
       <c r="D602" s="2"/>
       <c r="E602" s="2">
         <v>491</v>
       </c>
       <c r="F602" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G602" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H602" s="2" t="s">
         <v>1647</v>
       </c>
       <c r="I602" s="2">
         <v>358</v>
       </c>
       <c r="J602" s="2">
         <v>333</v>
       </c>
       <c r="K602" s="2">
         <v>150</v>
       </c>
       <c r="L602" s="2">
         <v>0</v>
@@ -32513,135 +32513,135 @@
       </c>
       <c r="J606" s="2">
         <v>337</v>
       </c>
       <c r="K606" s="2">
         <v>150</v>
       </c>
       <c r="L606" s="2">
         <v>0</v>
       </c>
       <c r="M606" s="2">
         <v>0</v>
       </c>
       <c r="N606" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="607" spans="1:14">
       <c r="A607" s="2">
         <v>112933</v>
       </c>
       <c r="B607" s="2" t="s">
         <v>1656</v>
       </c>
       <c r="C607" s="2" t="s">
-        <v>615</v>
+        <v>612</v>
       </c>
       <c r="D607" s="2"/>
       <c r="E607" s="2">
         <v>923</v>
       </c>
       <c r="F607" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G607" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H607" s="2" t="s">
         <v>1657</v>
       </c>
       <c r="I607" s="2">
         <v>363</v>
       </c>
       <c r="J607" s="2">
         <v>338</v>
       </c>
       <c r="K607" s="2">
         <v>150</v>
       </c>
       <c r="L607" s="2">
         <v>0</v>
       </c>
       <c r="M607" s="2">
         <v>0</v>
       </c>
       <c r="N607" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="608" spans="1:14">
       <c r="A608" s="2">
         <v>112934</v>
       </c>
       <c r="B608" s="2" t="s">
         <v>389</v>
       </c>
       <c r="C608" s="2" t="s">
-        <v>1104</v>
+        <v>1108</v>
       </c>
       <c r="D608" s="2"/>
       <c r="E608" s="2">
         <v>1589</v>
       </c>
       <c r="F608" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G608" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H608" s="2" t="s">
         <v>1658</v>
       </c>
       <c r="I608" s="2">
         <v>364</v>
       </c>
       <c r="J608" s="2">
         <v>339</v>
       </c>
       <c r="K608" s="2">
         <v>150</v>
       </c>
       <c r="L608" s="2">
         <v>0</v>
       </c>
       <c r="M608" s="2">
         <v>0</v>
       </c>
       <c r="N608" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="609" spans="1:14">
       <c r="A609" s="2">
         <v>112935</v>
       </c>
       <c r="B609" s="2" t="s">
         <v>1362</v>
       </c>
       <c r="C609" s="2" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="D609" s="2"/>
       <c r="E609" s="2">
         <v>1157</v>
       </c>
       <c r="F609" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G609" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H609" s="2" t="s">
         <v>1659</v>
       </c>
       <c r="I609" s="2">
         <v>365</v>
       </c>
       <c r="J609" s="2">
         <v>340</v>
       </c>
       <c r="K609" s="2">
         <v>150</v>
       </c>
       <c r="L609" s="2">
         <v>0</v>
@@ -32735,51 +32735,51 @@
       <c r="M611" s="2">
         <v>0</v>
       </c>
       <c r="N611" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="612" spans="1:14">
       <c r="A612" s="2">
         <v>112938</v>
       </c>
       <c r="B612" s="2" t="s">
         <v>1664</v>
       </c>
       <c r="C612" s="2" t="s">
         <v>1665</v>
       </c>
       <c r="D612" s="2"/>
       <c r="E612" s="2">
         <v>2121</v>
       </c>
       <c r="F612" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G612" s="2" t="s">
-        <v>201</v>
+        <v>205</v>
       </c>
       <c r="H612" s="2" t="s">
         <v>1666</v>
       </c>
       <c r="I612" s="2">
         <v>368</v>
       </c>
       <c r="J612" s="2">
         <v>26</v>
       </c>
       <c r="K612" s="2">
         <v>150</v>
       </c>
       <c r="L612" s="2">
         <v>0</v>
       </c>
       <c r="M612" s="2">
         <v>0</v>
       </c>
       <c r="N612" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="613" spans="1:14">
       <c r="A613" s="2">
@@ -32974,93 +32974,93 @@
       </c>
       <c r="I617" s="2">
         <v>373</v>
       </c>
       <c r="J617" s="2">
         <v>347</v>
       </c>
       <c r="K617" s="2">
         <v>150</v>
       </c>
       <c r="L617" s="2">
         <v>0</v>
       </c>
       <c r="M617" s="2">
         <v>0</v>
       </c>
       <c r="N617" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="618" spans="1:14">
       <c r="A618" s="2">
         <v>110606</v>
       </c>
       <c r="B618" s="2" t="s">
-        <v>956</v>
+        <v>958</v>
       </c>
       <c r="C618" s="2" t="s">
         <v>231</v>
       </c>
       <c r="D618" s="2"/>
       <c r="E618" s="2">
         <v>1081</v>
       </c>
       <c r="F618" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G618" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H618" s="2" t="s">
         <v>1678</v>
       </c>
       <c r="I618" s="2">
         <v>374</v>
       </c>
       <c r="J618" s="2">
         <v>348</v>
       </c>
       <c r="K618" s="2">
         <v>150</v>
       </c>
       <c r="L618" s="2">
         <v>0</v>
       </c>
       <c r="M618" s="2">
         <v>0</v>
       </c>
       <c r="N618" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="619" spans="1:14">
       <c r="A619" s="2">
         <v>112945</v>
       </c>
       <c r="B619" s="2" t="s">
-        <v>441</v>
+        <v>438</v>
       </c>
       <c r="C619" s="2" t="s">
         <v>1679</v>
       </c>
       <c r="D619" s="2"/>
       <c r="E619" s="2">
         <v>896</v>
       </c>
       <c r="F619" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G619" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H619" s="2" t="s">
         <v>1680</v>
       </c>
       <c r="I619" s="2">
         <v>375</v>
       </c>
       <c r="J619" s="2">
         <v>349</v>
       </c>
       <c r="K619" s="2">
         <v>150</v>
@@ -33103,93 +33103,93 @@
       </c>
       <c r="J620" s="2">
         <v>350</v>
       </c>
       <c r="K620" s="2">
         <v>150</v>
       </c>
       <c r="L620" s="2">
         <v>0</v>
       </c>
       <c r="M620" s="2">
         <v>0</v>
       </c>
       <c r="N620" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="621" spans="1:14">
       <c r="A621" s="2">
         <v>112947</v>
       </c>
       <c r="B621" s="2" t="s">
         <v>1684</v>
       </c>
       <c r="C621" s="2" t="s">
-        <v>245</v>
+        <v>242</v>
       </c>
       <c r="D621" s="2"/>
       <c r="E621" s="2">
         <v>1520</v>
       </c>
       <c r="F621" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G621" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H621" s="2" t="s">
         <v>1685</v>
       </c>
       <c r="I621" s="2">
         <v>377</v>
       </c>
       <c r="J621" s="2">
         <v>351</v>
       </c>
       <c r="K621" s="2">
         <v>150</v>
       </c>
       <c r="L621" s="2">
         <v>0</v>
       </c>
       <c r="M621" s="2">
         <v>0</v>
       </c>
       <c r="N621" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="622" spans="1:14">
       <c r="A622" s="2">
         <v>112948</v>
       </c>
       <c r="B622" s="2" t="s">
         <v>1186</v>
       </c>
       <c r="C622" s="2" t="s">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="D622" s="2"/>
       <c r="E622" s="2">
         <v>1218</v>
       </c>
       <c r="F622" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G622" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H622" s="2" t="s">
         <v>1686</v>
       </c>
       <c r="I622" s="2">
         <v>378</v>
       </c>
       <c r="J622" s="2">
         <v>352</v>
       </c>
       <c r="K622" s="2">
         <v>150</v>
       </c>
       <c r="L622" s="2">
         <v>0</v>
@@ -33281,51 +33281,51 @@
       <c r="M624" s="2">
         <v>0</v>
       </c>
       <c r="N624" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="625" spans="1:14">
       <c r="A625" s="2">
         <v>112951</v>
       </c>
       <c r="B625" s="2" t="s">
         <v>1692</v>
       </c>
       <c r="C625" s="2" t="s">
         <v>1693</v>
       </c>
       <c r="D625" s="2"/>
       <c r="E625" s="2">
         <v>2080</v>
       </c>
       <c r="F625" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G625" s="2" t="s">
-        <v>201</v>
+        <v>205</v>
       </c>
       <c r="H625" s="2" t="s">
         <v>1694</v>
       </c>
       <c r="I625" s="2">
         <v>381</v>
       </c>
       <c r="J625" s="2">
         <v>27</v>
       </c>
       <c r="K625" s="2">
         <v>150</v>
       </c>
       <c r="L625" s="2">
         <v>0</v>
       </c>
       <c r="M625" s="2">
         <v>0</v>
       </c>
       <c r="N625" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="626" spans="1:14">
       <c r="A626" s="2">
@@ -33365,51 +33365,51 @@
       <c r="M626" s="2">
         <v>0</v>
       </c>
       <c r="N626" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="627" spans="1:14">
       <c r="A627" s="2">
         <v>112953</v>
       </c>
       <c r="B627" s="2" t="s">
         <v>1698</v>
       </c>
       <c r="C627" s="2" t="s">
         <v>1699</v>
       </c>
       <c r="D627" s="2"/>
       <c r="E627" s="2">
         <v>2089</v>
       </c>
       <c r="F627" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G627" s="2" t="s">
-        <v>201</v>
+        <v>205</v>
       </c>
       <c r="H627" s="2" t="s">
         <v>1700</v>
       </c>
       <c r="I627" s="2">
         <v>383</v>
       </c>
       <c r="J627" s="2">
         <v>28</v>
       </c>
       <c r="K627" s="2">
         <v>150</v>
       </c>
       <c r="L627" s="2">
         <v>0</v>
       </c>
       <c r="M627" s="2">
         <v>0</v>
       </c>
       <c r="N627" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="628" spans="1:14">
       <c r="A628" s="2">
@@ -33491,51 +33491,51 @@
       <c r="M629" s="2">
         <v>0</v>
       </c>
       <c r="N629" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="630" spans="1:14">
       <c r="A630" s="2">
         <v>112956</v>
       </c>
       <c r="B630" s="2" t="s">
         <v>1707</v>
       </c>
       <c r="C630" s="2" t="s">
         <v>395</v>
       </c>
       <c r="D630" s="2"/>
       <c r="E630" s="2">
         <v>2228</v>
       </c>
       <c r="F630" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G630" s="2" t="s">
-        <v>201</v>
+        <v>205</v>
       </c>
       <c r="H630" s="2" t="s">
         <v>1708</v>
       </c>
       <c r="I630" s="2">
         <v>386</v>
       </c>
       <c r="J630" s="2">
         <v>29</v>
       </c>
       <c r="K630" s="2">
         <v>150</v>
       </c>
       <c r="L630" s="2">
         <v>0</v>
       </c>
       <c r="M630" s="2">
         <v>0</v>
       </c>
       <c r="N630" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="631" spans="1:14">
       <c r="A631" s="2">
@@ -33604,96 +33604,96 @@
       </c>
       <c r="I632" s="2">
         <v>388</v>
       </c>
       <c r="J632" s="2">
         <v>359</v>
       </c>
       <c r="K632" s="2">
         <v>150</v>
       </c>
       <c r="L632" s="2">
         <v>0</v>
       </c>
       <c r="M632" s="2">
         <v>0</v>
       </c>
       <c r="N632" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="633" spans="1:14">
       <c r="A633" s="2">
         <v>112959</v>
       </c>
       <c r="B633" s="2" t="s">
-        <v>865</v>
+        <v>868</v>
       </c>
       <c r="C633" s="2" t="s">
         <v>1714</v>
       </c>
       <c r="D633" s="2"/>
       <c r="E633" s="2">
         <v>160</v>
       </c>
       <c r="F633" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G633" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H633" s="2" t="s">
         <v>1715</v>
       </c>
       <c r="I633" s="2">
         <v>389</v>
       </c>
       <c r="J633" s="2">
         <v>360</v>
       </c>
       <c r="K633" s="2">
         <v>150</v>
       </c>
       <c r="L633" s="2">
         <v>0</v>
       </c>
       <c r="M633" s="2">
         <v>0</v>
       </c>
       <c r="N633" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="634" spans="1:14">
       <c r="A634" s="2">
         <v>112960</v>
       </c>
       <c r="B634" s="2" t="s">
         <v>1716</v>
       </c>
       <c r="C634" s="2" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="D634" s="2"/>
       <c r="E634" s="2">
         <v>1507</v>
       </c>
       <c r="F634" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G634" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H634" s="2" t="s">
         <v>1717</v>
       </c>
       <c r="I634" s="2">
         <v>390</v>
       </c>
       <c r="J634" s="2">
         <v>361</v>
       </c>
       <c r="K634" s="2">
         <v>150</v>
       </c>
       <c r="L634" s="2">
         <v>0</v>
@@ -33743,83 +33743,83 @@
       <c r="M635" s="2">
         <v>0</v>
       </c>
       <c r="N635" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="636" spans="1:14">
       <c r="A636" s="2">
         <v>112962</v>
       </c>
       <c r="B636" s="2" t="s">
         <v>1720</v>
       </c>
       <c r="C636" s="2" t="s">
         <v>1721</v>
       </c>
       <c r="D636" s="2"/>
       <c r="E636" s="2">
         <v>2247</v>
       </c>
       <c r="F636" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G636" s="2" t="s">
-        <v>201</v>
+        <v>205</v>
       </c>
       <c r="H636" s="2" t="s">
         <v>1722</v>
       </c>
       <c r="I636" s="2">
         <v>392</v>
       </c>
       <c r="J636" s="2">
         <v>30</v>
       </c>
       <c r="K636" s="2">
         <v>150</v>
       </c>
       <c r="L636" s="2">
         <v>0</v>
       </c>
       <c r="M636" s="2">
         <v>0</v>
       </c>
       <c r="N636" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="637" spans="1:14">
       <c r="A637" s="2">
         <v>112963</v>
       </c>
       <c r="B637" s="2" t="s">
-        <v>858</v>
+        <v>862</v>
       </c>
       <c r="C637" s="2" t="s">
-        <v>1269</v>
+        <v>1273</v>
       </c>
       <c r="D637" s="2"/>
       <c r="E637" s="2">
         <v>551</v>
       </c>
       <c r="F637" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G637" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H637" s="2" t="s">
         <v>1723</v>
       </c>
       <c r="I637" s="2">
         <v>393</v>
       </c>
       <c r="J637" s="2">
         <v>363</v>
       </c>
       <c r="K637" s="2">
         <v>150</v>
       </c>
       <c r="L637" s="2">
         <v>0</v>
@@ -33856,51 +33856,51 @@
       </c>
       <c r="I638" s="2">
         <v>394</v>
       </c>
       <c r="J638" s="2">
         <v>364</v>
       </c>
       <c r="K638" s="2">
         <v>150</v>
       </c>
       <c r="L638" s="2">
         <v>0</v>
       </c>
       <c r="M638" s="2">
         <v>0</v>
       </c>
       <c r="N638" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="639" spans="1:14">
       <c r="A639" s="2">
         <v>112965</v>
       </c>
       <c r="B639" s="2" t="s">
-        <v>346</v>
+        <v>350</v>
       </c>
       <c r="C639" s="2" t="s">
         <v>1727</v>
       </c>
       <c r="D639" s="2"/>
       <c r="E639" s="2">
         <v>972</v>
       </c>
       <c r="F639" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G639" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H639" s="2" t="s">
         <v>1728</v>
       </c>
       <c r="I639" s="2">
         <v>395</v>
       </c>
       <c r="J639" s="2">
         <v>365</v>
       </c>
       <c r="K639" s="2">
         <v>150</v>
@@ -33911,51 +33911,51 @@
       <c r="M639" s="2">
         <v>0</v>
       </c>
       <c r="N639" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="640" spans="1:14">
       <c r="A640" s="2">
         <v>112966</v>
       </c>
       <c r="B640" s="2" t="s">
         <v>1729</v>
       </c>
       <c r="C640" s="2" t="s">
         <v>1730</v>
       </c>
       <c r="D640" s="2"/>
       <c r="E640" s="2">
         <v>2066</v>
       </c>
       <c r="F640" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G640" s="2" t="s">
-        <v>201</v>
+        <v>205</v>
       </c>
       <c r="H640" s="2" t="s">
         <v>1731</v>
       </c>
       <c r="I640" s="2">
         <v>396</v>
       </c>
       <c r="J640" s="2">
         <v>31</v>
       </c>
       <c r="K640" s="2">
         <v>150</v>
       </c>
       <c r="L640" s="2">
         <v>0</v>
       </c>
       <c r="M640" s="2">
         <v>0</v>
       </c>
       <c r="N640" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="641" spans="1:14">
       <c r="A641" s="2">
@@ -34111,90 +34111,90 @@
       </c>
       <c r="J644" s="2">
         <v>369</v>
       </c>
       <c r="K644" s="2">
         <v>150</v>
       </c>
       <c r="L644" s="2">
         <v>0</v>
       </c>
       <c r="M644" s="2">
         <v>0</v>
       </c>
       <c r="N644" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="645" spans="1:14">
       <c r="A645" s="2">
         <v>112971</v>
       </c>
       <c r="B645" s="2" t="s">
         <v>1741</v>
       </c>
       <c r="C645" s="2" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="D645" s="2"/>
       <c r="E645" s="2">
         <v>1104</v>
       </c>
       <c r="F645" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G645" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H645" s="2" t="s">
         <v>1742</v>
       </c>
       <c r="I645" s="2">
         <v>401</v>
       </c>
       <c r="J645" s="2">
         <v>370</v>
       </c>
       <c r="K645" s="2">
         <v>150</v>
       </c>
       <c r="L645" s="2">
         <v>0</v>
       </c>
       <c r="M645" s="2">
         <v>0</v>
       </c>
       <c r="N645" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="646" spans="1:14">
       <c r="A646" s="2">
         <v>112972</v>
       </c>
       <c r="B646" s="2" t="s">
-        <v>902</v>
+        <v>906</v>
       </c>
       <c r="C646" s="2" t="s">
         <v>122</v>
       </c>
       <c r="D646" s="2"/>
       <c r="E646" s="2">
         <v>586</v>
       </c>
       <c r="F646" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G646" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H646" s="2" t="s">
         <v>1743</v>
       </c>
       <c r="I646" s="2">
         <v>402</v>
       </c>
       <c r="J646" s="2">
         <v>371</v>
       </c>
       <c r="K646" s="2">
         <v>150</v>
@@ -34279,51 +34279,51 @@
       </c>
       <c r="J648" s="2">
         <v>373</v>
       </c>
       <c r="K648" s="2">
         <v>150</v>
       </c>
       <c r="L648" s="2">
         <v>0</v>
       </c>
       <c r="M648" s="2">
         <v>0</v>
       </c>
       <c r="N648" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="649" spans="1:14">
       <c r="A649" s="2">
         <v>112975</v>
       </c>
       <c r="B649" s="2" t="s">
         <v>1749</v>
       </c>
       <c r="C649" s="2" t="s">
-        <v>932</v>
+        <v>933</v>
       </c>
       <c r="D649" s="2"/>
       <c r="E649" s="2">
         <v>1197</v>
       </c>
       <c r="F649" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G649" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H649" s="2" t="s">
         <v>1750</v>
       </c>
       <c r="I649" s="2">
         <v>405</v>
       </c>
       <c r="J649" s="2">
         <v>374</v>
       </c>
       <c r="K649" s="2">
         <v>150</v>
       </c>
       <c r="L649" s="2">
         <v>0</v>
@@ -34446,51 +34446,51 @@
       </c>
       <c r="I652" s="2">
         <v>408</v>
       </c>
       <c r="J652" s="2">
         <v>377</v>
       </c>
       <c r="K652" s="2">
         <v>150</v>
       </c>
       <c r="L652" s="2">
         <v>0</v>
       </c>
       <c r="M652" s="2">
         <v>0</v>
       </c>
       <c r="N652" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="653" spans="1:14">
       <c r="A653" s="2">
         <v>112979</v>
       </c>
       <c r="B653" s="2" t="s">
-        <v>858</v>
+        <v>862</v>
       </c>
       <c r="C653" s="2" t="s">
         <v>1758</v>
       </c>
       <c r="D653" s="2"/>
       <c r="E653" s="2">
         <v>1469</v>
       </c>
       <c r="F653" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G653" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H653" s="2" t="s">
         <v>1759</v>
       </c>
       <c r="I653" s="2">
         <v>409</v>
       </c>
       <c r="J653" s="2">
         <v>378</v>
       </c>
       <c r="K653" s="2">
         <v>150</v>
@@ -34543,51 +34543,51 @@
       <c r="M654" s="2">
         <v>0</v>
       </c>
       <c r="N654" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="655" spans="1:14">
       <c r="A655" s="2">
         <v>112981</v>
       </c>
       <c r="B655" s="2" t="s">
         <v>1763</v>
       </c>
       <c r="C655" s="2" t="s">
         <v>1764</v>
       </c>
       <c r="D655" s="2"/>
       <c r="E655" s="2">
         <v>2040</v>
       </c>
       <c r="F655" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G655" s="2" t="s">
-        <v>201</v>
+        <v>205</v>
       </c>
       <c r="H655" s="2" t="s">
         <v>1765</v>
       </c>
       <c r="I655" s="2">
         <v>411</v>
       </c>
       <c r="J655" s="2">
         <v>32</v>
       </c>
       <c r="K655" s="2">
         <v>150</v>
       </c>
       <c r="L655" s="2">
         <v>0</v>
       </c>
       <c r="M655" s="2">
         <v>0</v>
       </c>
       <c r="N655" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="656" spans="1:14">
       <c r="A656" s="2">
@@ -34669,51 +34669,51 @@
       <c r="M657" s="2">
         <v>0</v>
       </c>
       <c r="N657" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="658" spans="1:14">
       <c r="A658" s="2">
         <v>112984</v>
       </c>
       <c r="B658" s="2" t="s">
         <v>1770</v>
       </c>
       <c r="C658" s="2" t="s">
         <v>1218</v>
       </c>
       <c r="D658" s="2"/>
       <c r="E658" s="2">
         <v>2139</v>
       </c>
       <c r="F658" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G658" s="2" t="s">
-        <v>201</v>
+        <v>205</v>
       </c>
       <c r="H658" s="2" t="s">
         <v>1771</v>
       </c>
       <c r="I658" s="2">
         <v>414</v>
       </c>
       <c r="J658" s="2">
         <v>33</v>
       </c>
       <c r="K658" s="2">
         <v>150</v>
       </c>
       <c r="L658" s="2">
         <v>0</v>
       </c>
       <c r="M658" s="2">
         <v>0</v>
       </c>
       <c r="N658" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="659" spans="1:14">
       <c r="A659" s="2">
@@ -34753,83 +34753,83 @@
       <c r="M659" s="2">
         <v>0</v>
       </c>
       <c r="N659" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="660" spans="1:14">
       <c r="A660" s="2">
         <v>112986</v>
       </c>
       <c r="B660" s="2" t="s">
         <v>1775</v>
       </c>
       <c r="C660" s="2" t="s">
         <v>1776</v>
       </c>
       <c r="D660" s="2"/>
       <c r="E660" s="2">
         <v>2123</v>
       </c>
       <c r="F660" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G660" s="2" t="s">
-        <v>201</v>
+        <v>205</v>
       </c>
       <c r="H660" s="2" t="s">
         <v>1777</v>
       </c>
       <c r="I660" s="2">
         <v>416</v>
       </c>
       <c r="J660" s="2">
         <v>34</v>
       </c>
       <c r="K660" s="2">
         <v>150</v>
       </c>
       <c r="L660" s="2">
         <v>0</v>
       </c>
       <c r="M660" s="2">
         <v>0</v>
       </c>
       <c r="N660" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="661" spans="1:14">
       <c r="A661" s="2">
         <v>112987</v>
       </c>
       <c r="B661" s="2" t="s">
         <v>1778</v>
       </c>
       <c r="C661" s="2" t="s">
-        <v>97</v>
+        <v>94</v>
       </c>
       <c r="D661" s="2"/>
       <c r="E661" s="2">
         <v>1353</v>
       </c>
       <c r="F661" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G661" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H661" s="2" t="s">
         <v>1779</v>
       </c>
       <c r="I661" s="2">
         <v>417</v>
       </c>
       <c r="J661" s="2">
         <v>383</v>
       </c>
       <c r="K661" s="2">
         <v>150</v>
       </c>
       <c r="L661" s="2">
         <v>0</v>
@@ -34908,51 +34908,51 @@
       </c>
       <c r="I663" s="2">
         <v>419</v>
       </c>
       <c r="J663" s="2">
         <v>385</v>
       </c>
       <c r="K663" s="2">
         <v>150</v>
       </c>
       <c r="L663" s="2">
         <v>0</v>
       </c>
       <c r="M663" s="2">
         <v>0</v>
       </c>
       <c r="N663" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="664" spans="1:14">
       <c r="A664" s="2">
         <v>112990</v>
       </c>
       <c r="B664" s="2" t="s">
-        <v>909</v>
+        <v>910</v>
       </c>
       <c r="C664" s="2" t="s">
         <v>1784</v>
       </c>
       <c r="D664" s="2"/>
       <c r="E664" s="2">
         <v>1177</v>
       </c>
       <c r="F664" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G664" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H664" s="2" t="s">
         <v>1785</v>
       </c>
       <c r="I664" s="2">
         <v>420</v>
       </c>
       <c r="J664" s="2">
         <v>386</v>
       </c>
       <c r="K664" s="2">
         <v>150</v>
@@ -34995,51 +34995,51 @@
       </c>
       <c r="J665" s="2">
         <v>387</v>
       </c>
       <c r="K665" s="2">
         <v>150</v>
       </c>
       <c r="L665" s="2">
         <v>0</v>
       </c>
       <c r="M665" s="2">
         <v>0</v>
       </c>
       <c r="N665" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="666" spans="1:14">
       <c r="A666" s="2">
         <v>112992</v>
       </c>
       <c r="B666" s="2" t="s">
         <v>474</v>
       </c>
       <c r="C666" s="2" t="s">
-        <v>199</v>
+        <v>203</v>
       </c>
       <c r="D666" s="2"/>
       <c r="E666" s="2">
         <v>1175</v>
       </c>
       <c r="F666" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G666" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H666" s="2" t="s">
         <v>1789</v>
       </c>
       <c r="I666" s="2">
         <v>422</v>
       </c>
       <c r="J666" s="2">
         <v>388</v>
       </c>
       <c r="K666" s="2">
         <v>150</v>
       </c>
       <c r="L666" s="2">
         <v>0</v>
@@ -35089,122 +35089,122 @@
       <c r="M667" s="2">
         <v>0</v>
       </c>
       <c r="N667" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="668" spans="1:14">
       <c r="A668" s="2">
         <v>112994</v>
       </c>
       <c r="B668" s="2" t="s">
         <v>1793</v>
       </c>
       <c r="C668" s="2" t="s">
         <v>1794</v>
       </c>
       <c r="D668" s="2"/>
       <c r="E668" s="2">
         <v>2115</v>
       </c>
       <c r="F668" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G668" s="2" t="s">
-        <v>201</v>
+        <v>205</v>
       </c>
       <c r="H668" s="2" t="s">
         <v>1795</v>
       </c>
       <c r="I668" s="2">
         <v>424</v>
       </c>
       <c r="J668" s="2">
         <v>35</v>
       </c>
       <c r="K668" s="2">
         <v>150</v>
       </c>
       <c r="L668" s="2">
         <v>0</v>
       </c>
       <c r="M668" s="2">
         <v>0</v>
       </c>
       <c r="N668" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="669" spans="1:14">
       <c r="A669" s="2">
         <v>112995</v>
       </c>
       <c r="B669" s="2" t="s">
-        <v>804</v>
+        <v>801</v>
       </c>
       <c r="C669" s="2" t="s">
-        <v>359</v>
+        <v>362</v>
       </c>
       <c r="D669" s="2"/>
       <c r="E669" s="2">
         <v>1364</v>
       </c>
       <c r="F669" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G669" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H669" s="2" t="s">
         <v>1796</v>
       </c>
       <c r="I669" s="2">
         <v>425</v>
       </c>
       <c r="J669" s="2">
         <v>390</v>
       </c>
       <c r="K669" s="2">
         <v>150</v>
       </c>
       <c r="L669" s="2">
         <v>0</v>
       </c>
       <c r="M669" s="2">
         <v>0</v>
       </c>
       <c r="N669" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="670" spans="1:14">
       <c r="A670" s="2">
         <v>112996</v>
       </c>
       <c r="B670" s="2" t="s">
-        <v>544</v>
+        <v>546</v>
       </c>
       <c r="C670" s="2" t="s">
         <v>1797</v>
       </c>
       <c r="D670" s="2"/>
       <c r="E670" s="2">
         <v>1128</v>
       </c>
       <c r="F670" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G670" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H670" s="2" t="s">
         <v>1798</v>
       </c>
       <c r="I670" s="2">
         <v>426</v>
       </c>
       <c r="J670" s="2">
         <v>391</v>
       </c>
       <c r="K670" s="2">
         <v>150</v>
@@ -35286,93 +35286,93 @@
       </c>
       <c r="I672" s="2">
         <v>428</v>
       </c>
       <c r="J672" s="2">
         <v>393</v>
       </c>
       <c r="K672" s="2">
         <v>150</v>
       </c>
       <c r="L672" s="2">
         <v>0</v>
       </c>
       <c r="M672" s="2">
         <v>0</v>
       </c>
       <c r="N672" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="673" spans="1:14">
       <c r="A673" s="2">
         <v>112999</v>
       </c>
       <c r="B673" s="2" t="s">
-        <v>423</v>
+        <v>419</v>
       </c>
       <c r="C673" s="2" t="s">
         <v>1805</v>
       </c>
       <c r="D673" s="2"/>
       <c r="E673" s="2">
         <v>951</v>
       </c>
       <c r="F673" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G673" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H673" s="2" t="s">
         <v>1806</v>
       </c>
       <c r="I673" s="2">
         <v>429</v>
       </c>
       <c r="J673" s="2">
         <v>394</v>
       </c>
       <c r="K673" s="2">
         <v>150</v>
       </c>
       <c r="L673" s="2">
         <v>0</v>
       </c>
       <c r="M673" s="2">
         <v>0</v>
       </c>
       <c r="N673" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="674" spans="1:14">
       <c r="A674" s="2">
         <v>113000</v>
       </c>
       <c r="B674" s="2" t="s">
-        <v>1021</v>
+        <v>1017</v>
       </c>
       <c r="C674" s="2" t="s">
         <v>1807</v>
       </c>
       <c r="D674" s="2"/>
       <c r="E674" s="2">
         <v>1299</v>
       </c>
       <c r="F674" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G674" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H674" s="2" t="s">
         <v>1808</v>
       </c>
       <c r="I674" s="2">
         <v>430</v>
       </c>
       <c r="J674" s="2">
         <v>395</v>
       </c>
       <c r="K674" s="2">
         <v>150</v>
@@ -35425,51 +35425,51 @@
       <c r="M675" s="2">
         <v>0</v>
       </c>
       <c r="N675" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="676" spans="1:14">
       <c r="A676" s="2">
         <v>113002</v>
       </c>
       <c r="B676" s="2" t="s">
         <v>1811</v>
       </c>
       <c r="C676" s="2" t="s">
         <v>1812</v>
       </c>
       <c r="D676" s="2"/>
       <c r="E676" s="2">
         <v>2220</v>
       </c>
       <c r="F676" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G676" s="2" t="s">
-        <v>201</v>
+        <v>205</v>
       </c>
       <c r="H676" s="2" t="s">
         <v>1813</v>
       </c>
       <c r="I676" s="2">
         <v>432</v>
       </c>
       <c r="J676" s="2">
         <v>36</v>
       </c>
       <c r="K676" s="2">
         <v>150</v>
       </c>
       <c r="L676" s="2">
         <v>0</v>
       </c>
       <c r="M676" s="2">
         <v>0</v>
       </c>
       <c r="N676" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="677" spans="1:14">
       <c r="A677" s="2">
@@ -35625,51 +35625,51 @@
       </c>
       <c r="J680" s="2">
         <v>400</v>
       </c>
       <c r="K680" s="2">
         <v>150</v>
       </c>
       <c r="L680" s="2">
         <v>0</v>
       </c>
       <c r="M680" s="2">
         <v>0</v>
       </c>
       <c r="N680" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="681" spans="1:14">
       <c r="A681" s="2">
         <v>113007</v>
       </c>
       <c r="B681" s="2" t="s">
         <v>1823</v>
       </c>
       <c r="C681" s="2" t="s">
-        <v>859</v>
+        <v>863</v>
       </c>
       <c r="D681" s="2"/>
       <c r="E681" s="2">
         <v>992</v>
       </c>
       <c r="F681" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G681" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H681" s="2" t="s">
         <v>1824</v>
       </c>
       <c r="I681" s="2">
         <v>437</v>
       </c>
       <c r="J681" s="2">
         <v>401</v>
       </c>
       <c r="K681" s="2">
         <v>150</v>
       </c>
       <c r="L681" s="2">
         <v>0</v>
@@ -35677,80 +35677,80 @@
       <c r="M681" s="2">
         <v>0</v>
       </c>
       <c r="N681" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="682" spans="1:14">
       <c r="A682" s="2">
         <v>113008</v>
       </c>
       <c r="B682" s="2" t="s">
         <v>1811</v>
       </c>
       <c r="C682" s="2" t="s">
         <v>1825</v>
       </c>
       <c r="D682" s="2"/>
       <c r="E682" s="2">
         <v>2109</v>
       </c>
       <c r="F682" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G682" s="2" t="s">
-        <v>201</v>
+        <v>205</v>
       </c>
       <c r="H682" s="2" t="s">
         <v>1826</v>
       </c>
       <c r="I682" s="2">
         <v>438</v>
       </c>
       <c r="J682" s="2">
         <v>37</v>
       </c>
       <c r="K682" s="2">
         <v>150</v>
       </c>
       <c r="L682" s="2">
         <v>0</v>
       </c>
       <c r="M682" s="2">
         <v>0</v>
       </c>
       <c r="N682" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="683" spans="1:14">
       <c r="A683" s="2">
         <v>113009</v>
       </c>
       <c r="B683" s="2" t="s">
-        <v>991</v>
+        <v>987</v>
       </c>
       <c r="C683" s="2" t="s">
         <v>1520</v>
       </c>
       <c r="D683" s="2"/>
       <c r="E683" s="2">
         <v>292</v>
       </c>
       <c r="F683" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G683" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H683" s="2" t="s">
         <v>1827</v>
       </c>
       <c r="I683" s="2">
         <v>439</v>
       </c>
       <c r="J683" s="2">
         <v>402</v>
       </c>
       <c r="K683" s="2">
         <v>150</v>
@@ -35793,51 +35793,51 @@
       </c>
       <c r="J684" s="2">
         <v>403</v>
       </c>
       <c r="K684" s="2">
         <v>150</v>
       </c>
       <c r="L684" s="2">
         <v>0</v>
       </c>
       <c r="M684" s="2">
         <v>0</v>
       </c>
       <c r="N684" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="685" spans="1:14">
       <c r="A685" s="2">
         <v>113011</v>
       </c>
       <c r="B685" s="2" t="s">
         <v>1831</v>
       </c>
       <c r="C685" s="2" t="s">
-        <v>862</v>
+        <v>859</v>
       </c>
       <c r="D685" s="2"/>
       <c r="E685" s="2">
         <v>703</v>
       </c>
       <c r="F685" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G685" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H685" s="2" t="s">
         <v>1832</v>
       </c>
       <c r="I685" s="2">
         <v>441</v>
       </c>
       <c r="J685" s="2">
         <v>404</v>
       </c>
       <c r="K685" s="2">
         <v>150</v>
       </c>
       <c r="L685" s="2">
         <v>0</v>
@@ -35926,51 +35926,51 @@
       <c r="L687" s="2">
         <v>0</v>
       </c>
       <c r="M687" s="2">
         <v>0</v>
       </c>
       <c r="N687" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="688" spans="1:14">
       <c r="A688" s="2">
         <v>113014</v>
       </c>
       <c r="B688" s="2" t="s">
         <v>1839</v>
       </c>
       <c r="C688" s="2" t="s">
         <v>1840</v>
       </c>
       <c r="D688" s="2"/>
       <c r="E688" s="2">
         <v>1618</v>
       </c>
       <c r="F688" s="2" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
       <c r="G688" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H688" s="2" t="s">
         <v>1841</v>
       </c>
       <c r="I688" s="2">
         <v>444</v>
       </c>
       <c r="J688" s="2">
         <v>407</v>
       </c>
       <c r="K688" s="2">
         <v>150</v>
       </c>
       <c r="L688" s="2">
         <v>0</v>
       </c>
       <c r="M688" s="2">
         <v>0</v>
       </c>
       <c r="N688" s="2">
         <v>150</v>
       </c>
@@ -36168,51 +36168,51 @@
       </c>
       <c r="I693" s="2">
         <v>449</v>
       </c>
       <c r="J693" s="2">
         <v>412</v>
       </c>
       <c r="K693" s="2">
         <v>150</v>
       </c>
       <c r="L693" s="2">
         <v>0</v>
       </c>
       <c r="M693" s="2">
         <v>0</v>
       </c>
       <c r="N693" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="694" spans="1:14">
       <c r="A694" s="2">
         <v>106941</v>
       </c>
       <c r="B694" s="2" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="C694" s="2" t="s">
         <v>1375</v>
       </c>
       <c r="D694" s="2" t="s">
         <v>1376</v>
       </c>
       <c r="E694" s="2">
         <v>1031</v>
       </c>
       <c r="F694" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G694" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H694" s="2" t="s">
         <v>1857</v>
       </c>
       <c r="I694" s="2">
         <v>450</v>
       </c>
       <c r="J694" s="2">
         <v>413</v>
       </c>
@@ -36254,51 +36254,51 @@
       </c>
       <c r="I695" s="2">
         <v>451</v>
       </c>
       <c r="J695" s="2">
         <v>414</v>
       </c>
       <c r="K695" s="2">
         <v>150</v>
       </c>
       <c r="L695" s="2">
         <v>0</v>
       </c>
       <c r="M695" s="2">
         <v>0</v>
       </c>
       <c r="N695" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="696" spans="1:14">
       <c r="A696" s="2">
         <v>113021</v>
       </c>
       <c r="B696" s="2" t="s">
-        <v>1427</v>
+        <v>1425</v>
       </c>
       <c r="C696" s="2" t="s">
         <v>1861</v>
       </c>
       <c r="D696" s="2"/>
       <c r="E696" s="2">
         <v>889</v>
       </c>
       <c r="F696" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G696" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H696" s="2" t="s">
         <v>1862</v>
       </c>
       <c r="I696" s="2">
         <v>452</v>
       </c>
       <c r="J696" s="2">
         <v>415</v>
       </c>
       <c r="K696" s="2">
         <v>150</v>
@@ -36422,51 +36422,51 @@
       </c>
       <c r="I699" s="2">
         <v>455</v>
       </c>
       <c r="J699" s="2">
         <v>418</v>
       </c>
       <c r="K699" s="2">
         <v>150</v>
       </c>
       <c r="L699" s="2">
         <v>0</v>
       </c>
       <c r="M699" s="2">
         <v>0</v>
       </c>
       <c r="N699" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="700" spans="1:14">
       <c r="A700" s="2">
         <v>113025</v>
       </c>
       <c r="B700" s="2" t="s">
-        <v>544</v>
+        <v>546</v>
       </c>
       <c r="C700" s="2" t="s">
         <v>1871</v>
       </c>
       <c r="D700" s="2"/>
       <c r="E700" s="2">
         <v>990</v>
       </c>
       <c r="F700" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G700" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H700" s="2" t="s">
         <v>1872</v>
       </c>
       <c r="I700" s="2">
         <v>456</v>
       </c>
       <c r="J700" s="2">
         <v>419</v>
       </c>
       <c r="K700" s="2">
         <v>150</v>
@@ -36634,51 +36634,51 @@
       </c>
       <c r="I704" s="2">
         <v>460</v>
       </c>
       <c r="J704" s="2">
         <v>423</v>
       </c>
       <c r="K704" s="2">
         <v>150</v>
       </c>
       <c r="L704" s="2">
         <v>0</v>
       </c>
       <c r="M704" s="2">
         <v>0</v>
       </c>
       <c r="N704" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="705" spans="1:14">
       <c r="A705" s="2">
         <v>113029</v>
       </c>
       <c r="B705" s="2" t="s">
-        <v>346</v>
+        <v>350</v>
       </c>
       <c r="C705" s="2" t="s">
         <v>1434</v>
       </c>
       <c r="D705" s="2"/>
       <c r="E705" s="2">
         <v>676</v>
       </c>
       <c r="F705" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G705" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H705" s="2" t="s">
         <v>1883</v>
       </c>
       <c r="I705" s="2">
         <v>461</v>
       </c>
       <c r="J705" s="2">
         <v>424</v>
       </c>
       <c r="K705" s="2">
         <v>150</v>
@@ -36815,122 +36815,122 @@
       <c r="M708" s="2">
         <v>0</v>
       </c>
       <c r="N708" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="709" spans="1:14">
       <c r="A709" s="2">
         <v>113033</v>
       </c>
       <c r="B709" s="2" t="s">
         <v>1890</v>
       </c>
       <c r="C709" s="2" t="s">
         <v>1891</v>
       </c>
       <c r="D709" s="2"/>
       <c r="E709" s="2">
         <v>2152</v>
       </c>
       <c r="F709" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G709" s="2" t="s">
-        <v>201</v>
+        <v>205</v>
       </c>
       <c r="H709" s="2" t="s">
         <v>1892</v>
       </c>
       <c r="I709" s="2">
         <v>465</v>
       </c>
       <c r="J709" s="2">
         <v>39</v>
       </c>
       <c r="K709" s="2">
         <v>150</v>
       </c>
       <c r="L709" s="2">
         <v>0</v>
       </c>
       <c r="M709" s="2">
         <v>0</v>
       </c>
       <c r="N709" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="710" spans="1:14">
       <c r="A710" s="2">
         <v>113034</v>
       </c>
       <c r="B710" s="2" t="s">
-        <v>441</v>
+        <v>438</v>
       </c>
       <c r="C710" s="2" t="s">
         <v>57</v>
       </c>
       <c r="D710" s="2"/>
       <c r="E710" s="2">
         <v>531</v>
       </c>
       <c r="F710" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G710" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H710" s="2" t="s">
         <v>1893</v>
       </c>
       <c r="I710" s="2">
         <v>466</v>
       </c>
       <c r="J710" s="2">
         <v>427</v>
       </c>
       <c r="K710" s="2">
         <v>150</v>
       </c>
       <c r="L710" s="2">
         <v>0</v>
       </c>
       <c r="M710" s="2">
         <v>0</v>
       </c>
       <c r="N710" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="711" spans="1:14">
       <c r="A711" s="2">
         <v>113035</v>
       </c>
       <c r="B711" s="2" t="s">
-        <v>858</v>
+        <v>862</v>
       </c>
       <c r="C711" s="2" t="s">
         <v>1894</v>
       </c>
       <c r="D711" s="2"/>
       <c r="E711" s="2">
         <v>1594</v>
       </c>
       <c r="F711" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G711" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H711" s="2" t="s">
         <v>1895</v>
       </c>
       <c r="I711" s="2">
         <v>467</v>
       </c>
       <c r="J711" s="2">
         <v>428</v>
       </c>
       <c r="K711" s="2">
         <v>150</v>
@@ -37012,54 +37012,54 @@
       </c>
       <c r="I713" s="2">
         <v>469</v>
       </c>
       <c r="J713" s="2">
         <v>430</v>
       </c>
       <c r="K713" s="2">
         <v>150</v>
       </c>
       <c r="L713" s="2">
         <v>0</v>
       </c>
       <c r="M713" s="2">
         <v>0</v>
       </c>
       <c r="N713" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="714" spans="1:14">
       <c r="A714" s="2">
         <v>113038</v>
       </c>
       <c r="B714" s="2" t="s">
-        <v>909</v>
+        <v>910</v>
       </c>
       <c r="C714" s="2" t="s">
-        <v>873</v>
+        <v>870</v>
       </c>
       <c r="D714" s="2"/>
       <c r="E714" s="2">
         <v>1432</v>
       </c>
       <c r="F714" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G714" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H714" s="2" t="s">
         <v>1902</v>
       </c>
       <c r="I714" s="2">
         <v>470</v>
       </c>
       <c r="J714" s="2">
         <v>431</v>
       </c>
       <c r="K714" s="2">
         <v>150</v>
       </c>
       <c r="L714" s="2">
         <v>0</v>
@@ -37099,51 +37099,51 @@
       </c>
       <c r="J715" s="2">
         <v>432</v>
       </c>
       <c r="K715" s="2">
         <v>150</v>
       </c>
       <c r="L715" s="2">
         <v>0</v>
       </c>
       <c r="M715" s="2">
         <v>0</v>
       </c>
       <c r="N715" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="716" spans="1:14">
       <c r="A716" s="2">
         <v>113040</v>
       </c>
       <c r="B716" s="2" t="s">
         <v>1790</v>
       </c>
       <c r="C716" s="2" t="s">
-        <v>1254</v>
+        <v>1255</v>
       </c>
       <c r="D716" s="2"/>
       <c r="E716" s="2">
         <v>1490</v>
       </c>
       <c r="F716" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G716" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H716" s="2" t="s">
         <v>1905</v>
       </c>
       <c r="I716" s="2">
         <v>472</v>
       </c>
       <c r="J716" s="2">
         <v>433</v>
       </c>
       <c r="K716" s="2">
         <v>150</v>
       </c>
       <c r="L716" s="2">
         <v>0</v>
@@ -37319,51 +37319,51 @@
       <c r="M720" s="2">
         <v>0</v>
       </c>
       <c r="N720" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="721" spans="1:14">
       <c r="A721" s="2">
         <v>113045</v>
       </c>
       <c r="B721" s="2" t="s">
         <v>1914</v>
       </c>
       <c r="C721" s="2" t="s">
         <v>1915</v>
       </c>
       <c r="D721" s="2"/>
       <c r="E721" s="2">
         <v>2143</v>
       </c>
       <c r="F721" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G721" s="2" t="s">
-        <v>201</v>
+        <v>205</v>
       </c>
       <c r="H721" s="2" t="s">
         <v>1916</v>
       </c>
       <c r="I721" s="2">
         <v>477</v>
       </c>
       <c r="J721" s="2">
         <v>40</v>
       </c>
       <c r="K721" s="2">
         <v>150</v>
       </c>
       <c r="L721" s="2">
         <v>0</v>
       </c>
       <c r="M721" s="2">
         <v>0</v>
       </c>
       <c r="N721" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="722" spans="1:14">
       <c r="A722" s="2">
@@ -37613,51 +37613,51 @@
       <c r="M727" s="2">
         <v>0</v>
       </c>
       <c r="N727" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="728" spans="1:14">
       <c r="A728" s="2">
         <v>113052</v>
       </c>
       <c r="B728" s="2" t="s">
         <v>1933</v>
       </c>
       <c r="C728" s="2" t="s">
         <v>499</v>
       </c>
       <c r="D728" s="2"/>
       <c r="E728" s="2">
         <v>2027</v>
       </c>
       <c r="F728" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G728" s="2" t="s">
-        <v>201</v>
+        <v>205</v>
       </c>
       <c r="H728" s="2" t="s">
         <v>1934</v>
       </c>
       <c r="I728" s="2">
         <v>484</v>
       </c>
       <c r="J728" s="2">
         <v>41</v>
       </c>
       <c r="K728" s="2">
         <v>150</v>
       </c>
       <c r="L728" s="2">
         <v>0</v>
       </c>
       <c r="M728" s="2">
         <v>0</v>
       </c>
       <c r="N728" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="729" spans="1:14">
       <c r="A729" s="2">
@@ -37907,80 +37907,80 @@
       <c r="M734" s="2">
         <v>0</v>
       </c>
       <c r="N734" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="735" spans="1:14">
       <c r="A735" s="2">
         <v>113059</v>
       </c>
       <c r="B735" s="2" t="s">
         <v>1948</v>
       </c>
       <c r="C735" s="2" t="s">
         <v>1949</v>
       </c>
       <c r="D735" s="2"/>
       <c r="E735" s="2">
         <v>2090</v>
       </c>
       <c r="F735" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G735" s="2" t="s">
-        <v>201</v>
+        <v>205</v>
       </c>
       <c r="H735" s="2" t="s">
         <v>1950</v>
       </c>
       <c r="I735" s="2">
         <v>491</v>
       </c>
       <c r="J735" s="2">
         <v>42</v>
       </c>
       <c r="K735" s="2">
         <v>150</v>
       </c>
       <c r="L735" s="2">
         <v>0</v>
       </c>
       <c r="M735" s="2">
         <v>0</v>
       </c>
       <c r="N735" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="736" spans="1:14">
       <c r="A736" s="2">
         <v>100238</v>
       </c>
       <c r="B736" s="2" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="C736" s="2" t="s">
         <v>1951</v>
       </c>
       <c r="D736" s="2" t="s">
         <v>1952</v>
       </c>
       <c r="E736" s="2">
         <v>472</v>
       </c>
       <c r="F736" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G736" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H736" s="2" t="s">
         <v>1953</v>
       </c>
       <c r="I736" s="2">
         <v>492</v>
       </c>
       <c r="J736" s="2">
         <v>450</v>
       </c>
@@ -38151,61 +38151,61 @@
       </c>
       <c r="J740" s="2">
         <v>454</v>
       </c>
       <c r="K740" s="2">
         <v>150</v>
       </c>
       <c r="L740" s="2">
         <v>0</v>
       </c>
       <c r="M740" s="2">
         <v>0</v>
       </c>
       <c r="N740" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="741" spans="1:14">
       <c r="A741" s="2">
         <v>113065</v>
       </c>
       <c r="B741" s="2" t="s">
         <v>1964</v>
       </c>
       <c r="C741" s="2" t="s">
-        <v>972</v>
+        <v>968</v>
       </c>
       <c r="D741" s="2"/>
       <c r="E741" s="2">
         <v>2145</v>
       </c>
       <c r="F741" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G741" s="2" t="s">
-        <v>201</v>
+        <v>205</v>
       </c>
       <c r="H741" s="2" t="s">
         <v>1965</v>
       </c>
       <c r="I741" s="2">
         <v>497</v>
       </c>
       <c r="J741" s="2">
         <v>43</v>
       </c>
       <c r="K741" s="2">
         <v>150</v>
       </c>
       <c r="L741" s="2">
         <v>0</v>
       </c>
       <c r="M741" s="2">
         <v>0</v>
       </c>
       <c r="N741" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="742" spans="1:14">
       <c r="A742" s="2">
@@ -38232,51 +38232,51 @@
       </c>
       <c r="I742" s="2">
         <v>498</v>
       </c>
       <c r="J742" s="2">
         <v>455</v>
       </c>
       <c r="K742" s="2">
         <v>150</v>
       </c>
       <c r="L742" s="2">
         <v>0</v>
       </c>
       <c r="M742" s="2">
         <v>0</v>
       </c>
       <c r="N742" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="743" spans="1:14">
       <c r="A743" s="2">
         <v>113067</v>
       </c>
       <c r="B743" s="2" t="s">
-        <v>1059</v>
+        <v>1060</v>
       </c>
       <c r="C743" s="2" t="s">
         <v>307</v>
       </c>
       <c r="D743" s="2"/>
       <c r="E743" s="2">
         <v>1241</v>
       </c>
       <c r="F743" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G743" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H743" s="2" t="s">
         <v>1968</v>
       </c>
       <c r="I743" s="2">
         <v>499</v>
       </c>
       <c r="J743" s="2">
         <v>456</v>
       </c>
       <c r="K743" s="2">
         <v>150</v>
@@ -38329,93 +38329,93 @@
       <c r="M744" s="2">
         <v>0</v>
       </c>
       <c r="N744" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="745" spans="1:14">
       <c r="A745" s="2">
         <v>105836</v>
       </c>
       <c r="B745" s="2" t="s">
         <v>1971</v>
       </c>
       <c r="C745" s="2" t="s">
         <v>1972</v>
       </c>
       <c r="D745" s="2"/>
       <c r="E745" s="2">
         <v>38</v>
       </c>
       <c r="F745" s="2" t="s">
         <v>1973</v>
       </c>
       <c r="G745" s="2" t="s">
-        <v>201</v>
+        <v>205</v>
       </c>
       <c r="H745" s="2" t="s">
         <v>1974</v>
       </c>
       <c r="I745" s="2">
         <v>501</v>
       </c>
       <c r="J745" s="2">
         <v>99</v>
       </c>
       <c r="K745" s="2">
         <v>150</v>
       </c>
       <c r="L745" s="2">
         <v>350</v>
       </c>
       <c r="M745" s="2">
         <v>0</v>
       </c>
       <c r="N745" s="2">
         <v>500</v>
       </c>
     </row>
     <row r="746" spans="1:14">
       <c r="A746" s="2">
         <v>113069</v>
       </c>
       <c r="B746" s="2" t="s">
         <v>1975</v>
       </c>
       <c r="C746" s="2" t="s">
         <v>1976</v>
       </c>
       <c r="D746" s="2"/>
       <c r="E746" s="2">
         <v>2126</v>
       </c>
       <c r="F746" s="2" t="s">
         <v>1977</v>
       </c>
       <c r="G746" s="2" t="s">
-        <v>201</v>
+        <v>205</v>
       </c>
       <c r="H746" s="2" t="s">
         <v>1978</v>
       </c>
       <c r="I746" s="2">
         <v>502</v>
       </c>
       <c r="J746" s="2">
         <v>106</v>
       </c>
       <c r="K746" s="2">
         <v>150</v>
       </c>
       <c r="L746" s="2">
         <v>0</v>
       </c>
       <c r="M746" s="2">
         <v>0</v>
       </c>
       <c r="N746" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="747" spans="1:14">
       <c r="A747" s="2">
@@ -38455,93 +38455,93 @@
       <c r="M747" s="2">
         <v>0</v>
       </c>
       <c r="N747" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="748" spans="1:14">
       <c r="A748" s="2">
         <v>102991</v>
       </c>
       <c r="B748" s="2" t="s">
         <v>1982</v>
       </c>
       <c r="C748" s="2" t="s">
         <v>1983</v>
       </c>
       <c r="D748" s="2"/>
       <c r="E748" s="2">
         <v>38</v>
       </c>
       <c r="F748" s="2" t="s">
         <v>1973</v>
       </c>
       <c r="G748" s="2" t="s">
-        <v>201</v>
+        <v>205</v>
       </c>
       <c r="H748" s="2" t="s">
         <v>1984</v>
       </c>
       <c r="I748" s="2">
         <v>657</v>
       </c>
       <c r="J748" s="2">
         <v>67</v>
       </c>
       <c r="K748" s="2">
         <v>150</v>
       </c>
       <c r="L748" s="2">
         <v>54</v>
       </c>
       <c r="M748" s="2">
         <v>0</v>
       </c>
       <c r="N748" s="2">
         <v>204</v>
       </c>
     </row>
     <row r="749" spans="1:14">
       <c r="A749" s="2">
         <v>100987</v>
       </c>
       <c r="B749" s="2" t="s">
         <v>1985</v>
       </c>
       <c r="C749" s="2" t="s">
         <v>1986</v>
       </c>
       <c r="D749" s="2"/>
       <c r="E749" s="2">
         <v>36</v>
       </c>
       <c r="F749" s="2" t="s">
         <v>1987</v>
       </c>
       <c r="G749" s="2" t="s">
-        <v>201</v>
+        <v>205</v>
       </c>
       <c r="H749" s="2" t="s">
         <v>1988</v>
       </c>
       <c r="I749" s="2">
         <v>860</v>
       </c>
       <c r="J749" s="2">
         <v>90</v>
       </c>
       <c r="K749" s="2">
         <v>0</v>
       </c>
       <c r="L749" s="2">
         <v>0</v>
       </c>
       <c r="M749" s="2">
         <v>0</v>
       </c>
       <c r="N749" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="750" spans="1:14">
       <c r="A750" s="2">