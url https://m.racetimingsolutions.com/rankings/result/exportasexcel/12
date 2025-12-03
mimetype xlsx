--- v0 (2025-10-13)
+++ v1 (2025-12-03)
@@ -221,65 +221,65 @@
   <si>
     <t>34:06:42</t>
   </si>
   <si>
     <t>Teresa</t>
   </si>
   <si>
     <t>Lam</t>
   </si>
   <si>
     <t>Hong Kong</t>
   </si>
   <si>
     <t>34:57:41</t>
   </si>
   <si>
     <t>Soenke</t>
   </si>
   <si>
     <t>Ziesche</t>
   </si>
   <si>
     <t>35:54:47</t>
   </si>
   <si>
+    <t>John</t>
+  </si>
+  <si>
+    <t>Matthijs</t>
+  </si>
+  <si>
+    <t>35:59:40</t>
+  </si>
+  <si>
     <t>Sylvia</t>
   </si>
   <si>
     <t>Noordermeer</t>
   </si>
   <si>
-    <t>35:59:40</t>
-[...7 lines deleted...]
-  <si>
     <t>Ursula</t>
   </si>
   <si>
     <t>Keinath-Janser</t>
   </si>
   <si>
     <t>36:19:46</t>
   </si>
   <si>
     <t>Maria</t>
   </si>
   <si>
     <t>Elkaer-Hansen</t>
   </si>
   <si>
     <t>Denmark</t>
   </si>
   <si>
     <t>36:42:34</t>
   </si>
   <si>
     <t>Grafton</t>
   </si>
   <si>
     <t>Houston</t>
@@ -329,63 +329,63 @@
   <si>
     <t>38:34:21</t>
   </si>
   <si>
     <t>Frederic</t>
   </si>
   <si>
     <t>Asseline</t>
   </si>
   <si>
     <t>39:22:35</t>
   </si>
   <si>
     <t>Denise</t>
   </si>
   <si>
     <t>Le</t>
   </si>
   <si>
     <t>China</t>
   </si>
   <si>
     <t>39:47:48</t>
   </si>
   <si>
+    <t>Gaetan</t>
+  </si>
+  <si>
+    <t>Morizur</t>
+  </si>
+  <si>
+    <t>42:26:44</t>
+  </si>
+  <si>
     <t>Florian</t>
   </si>
   <si>
     <t>Renault</t>
-  </si>
-[...7 lines deleted...]
-    <t>Morizur</t>
   </si>
   <si>
     <t>Derek</t>
   </si>
   <si>
     <t>Kwik</t>
   </si>
   <si>
     <t>42:38:55</t>
   </si>
   <si>
     <t>Yaneisy</t>
   </si>
   <si>
     <t>Montero</t>
   </si>
   <si>
     <t>43:08:33</t>
   </si>
   <si>
     <t>Simon</t>
   </si>
   <si>
     <t>Bevan</t>
   </si>
@@ -1501,130 +1501,130 @@
       </c>
       <c r="H16" s="2" t="s">
         <v>68</v>
       </c>
       <c r="I16" s="2">
         <v>15</v>
       </c>
       <c r="J16" s="2">
         <v>9</v>
       </c>
       <c r="K16" s="2">
         <v>100</v>
       </c>
       <c r="L16" s="2">
         <v>135</v>
       </c>
       <c r="M16" s="2">
         <v>0</v>
       </c>
       <c r="N16" s="2">
         <v>235</v>
       </c>
     </row>
     <row r="17" spans="1:14">
       <c r="A17" s="2">
-        <v>101087</v>
+        <v>101088</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>69</v>
       </c>
       <c r="C17" s="2" t="s">
         <v>70</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="F17" s="2" t="s">
         <v>43</v>
       </c>
       <c r="G17" s="2" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="H17" s="2" t="s">
         <v>71</v>
       </c>
       <c r="I17" s="2">
         <v>16</v>
       </c>
       <c r="J17" s="2">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="K17" s="2">
         <v>100</v>
       </c>
       <c r="L17" s="2">
-        <v>145</v>
+        <v>130</v>
       </c>
       <c r="M17" s="2">
         <v>0</v>
       </c>
       <c r="N17" s="2">
-        <v>245</v>
+        <v>230</v>
       </c>
     </row>
     <row r="18" spans="1:14">
       <c r="A18" s="2">
-        <v>101088</v>
+        <v>101087</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>72</v>
       </c>
       <c r="C18" s="2" t="s">
         <v>73</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="F18" s="2" t="s">
         <v>43</v>
       </c>
       <c r="G18" s="2" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="H18" s="2" t="s">
         <v>71</v>
       </c>
       <c r="I18" s="2">
         <v>16</v>
       </c>
       <c r="J18" s="2">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="K18" s="2">
         <v>100</v>
       </c>
       <c r="L18" s="2">
-        <v>130</v>
+        <v>145</v>
       </c>
       <c r="M18" s="2">
         <v>0</v>
       </c>
       <c r="N18" s="2">
-        <v>230</v>
+        <v>245</v>
       </c>
     </row>
     <row r="19" spans="1:14">
       <c r="A19" s="2">
         <v>101089</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>74</v>
       </c>
       <c r="C19" s="2" t="s">
         <v>75</v>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2">
         <v>18</v>
       </c>
       <c r="F19" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G19" s="2" t="s">
         <v>26</v>
       </c>
       <c r="H19" s="2" t="s">
         <v>76</v>
       </c>
@@ -1963,103 +1963,103 @@
       </c>
       <c r="H27" s="2" t="s">
         <v>104</v>
       </c>
       <c r="I27" s="2">
         <v>26</v>
       </c>
       <c r="J27" s="2">
         <v>12</v>
       </c>
       <c r="K27" s="2">
         <v>100</v>
       </c>
       <c r="L27" s="2">
         <v>120</v>
       </c>
       <c r="M27" s="2">
         <v>0</v>
       </c>
       <c r="N27" s="2">
         <v>220</v>
       </c>
     </row>
     <row r="28" spans="1:14">
       <c r="A28" s="2">
-        <v>101099</v>
+        <v>101098</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>105</v>
       </c>
       <c r="C28" s="2" t="s">
         <v>106</v>
       </c>
       <c r="D28" s="2"/>
       <c r="E28" s="2">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="F28" s="2" t="s">
         <v>25</v>
       </c>
       <c r="G28" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H28" s="2" t="s">
         <v>107</v>
       </c>
       <c r="I28" s="2">
         <v>27</v>
       </c>
       <c r="J28" s="2">
         <v>15</v>
       </c>
       <c r="K28" s="2">
         <v>100</v>
       </c>
       <c r="L28" s="2">
         <v>105</v>
       </c>
       <c r="M28" s="2">
         <v>0</v>
       </c>
       <c r="N28" s="2">
         <v>205</v>
       </c>
     </row>
     <row r="29" spans="1:14">
       <c r="A29" s="2">
-        <v>101098</v>
+        <v>101099</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>108</v>
       </c>
       <c r="C29" s="2" t="s">
         <v>109</v>
       </c>
       <c r="D29" s="2"/>
       <c r="E29" s="2">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="F29" s="2" t="s">
         <v>25</v>
       </c>
       <c r="G29" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H29" s="2" t="s">
         <v>107</v>
       </c>
       <c r="I29" s="2">
         <v>27</v>
       </c>
       <c r="J29" s="2">
         <v>15</v>
       </c>
       <c r="K29" s="2">
         <v>100</v>
       </c>
       <c r="L29" s="2">
         <v>105</v>
       </c>
       <c r="M29" s="2">
         <v>0</v>
       </c>