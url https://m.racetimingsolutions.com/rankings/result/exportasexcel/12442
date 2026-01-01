--- v0 (2025-11-16)
+++ v1 (2026-01-01)
@@ -128,167 +128,167 @@
   <si>
     <t>Aprian</t>
   </si>
   <si>
     <t>Indonesia</t>
   </si>
   <si>
     <t>25:58:39.999999999956</t>
   </si>
   <si>
     <t>Ivan</t>
   </si>
   <si>
     <t>Iskandar</t>
   </si>
   <si>
     <t>28:00:36</t>
   </si>
   <si>
     <t>Rachmat</t>
   </si>
   <si>
     <t>Septiyanto</t>
   </si>
   <si>
+    <t>27:47:16.999999999985</t>
+  </si>
+  <si>
     <t>29:08:39</t>
   </si>
   <si>
-    <t>27:47:16.999999999985</t>
-[...1 lines deleted...]
-  <si>
     <t>Fikri</t>
   </si>
   <si>
     <t>Audi Yazid</t>
   </si>
   <si>
     <t>28:25:16</t>
   </si>
   <si>
     <t>Asuka</t>
   </si>
   <si>
     <t>Nakajima</t>
   </si>
   <si>
     <t>Female</t>
   </si>
   <si>
     <t>29:31:30</t>
   </si>
   <si>
     <t>Hadi</t>
   </si>
   <si>
     <t>Mustofa</t>
   </si>
   <si>
     <t>29:48:51</t>
   </si>
   <si>
     <t xml:space="preserve">Antonius Adi </t>
   </si>
   <si>
     <t>Winarko</t>
   </si>
   <si>
     <t>30:18:13</t>
   </si>
   <si>
+    <t>Jeffery</t>
+  </si>
+  <si>
+    <t>Anak Budin</t>
+  </si>
+  <si>
+    <t>30:49:16</t>
+  </si>
+  <si>
     <t>Fuminori</t>
   </si>
   <si>
     <t>Kondo</t>
   </si>
   <si>
     <t>30:26:48.999999999985</t>
   </si>
   <si>
-    <t>Jeffery</t>
-[...7 lines deleted...]
-  <si>
     <t>Shindy</t>
   </si>
   <si>
     <t>Patricia</t>
   </si>
   <si>
     <t>31:11:7.9999999999854</t>
   </si>
   <si>
     <t>Aris Sopiandi</t>
   </si>
   <si>
     <t>Muklis</t>
   </si>
   <si>
     <t>31:08:34</t>
   </si>
   <si>
+    <t>Rudi</t>
+  </si>
+  <si>
+    <t>Gumilar</t>
+  </si>
+  <si>
+    <t>31:56:42.000000000029</t>
+  </si>
+  <si>
     <t>Mahdy</t>
   </si>
   <si>
     <t>Zia Uzzaman</t>
   </si>
   <si>
     <t>31:08:41</t>
   </si>
   <si>
-    <t>Rudi</t>
-[...5 lines deleted...]
-    <t>31:56:42.000000000029</t>
+    <t>David</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Wahyu S</t>
+  </si>
+  <si>
+    <t>31:58:55.000000000044</t>
   </si>
   <si>
     <t>Siokhar</t>
   </si>
   <si>
     <t>Lim</t>
   </si>
   <si>
     <t>31:48:47</t>
   </si>
   <si>
-    <t>David</t>
-[...7 lines deleted...]
-  <si>
     <t>32:08:30</t>
   </si>
   <si>
     <t>Andre</t>
   </si>
   <si>
     <t>Barlian</t>
   </si>
   <si>
     <t>32:06:43</t>
   </si>
   <si>
     <t>Abdul Rahman</t>
   </si>
   <si>
     <t>Muhammad Ishak</t>
   </si>
   <si>
     <t>32:24:50.000000000029</t>
   </si>
   <si>
     <t>Fikry</t>
   </si>
   <si>
     <t>Sakti Firmansyah</t>
@@ -329,71 +329,71 @@
   <si>
     <t>Achmad</t>
   </si>
   <si>
     <t>32:26:24</t>
   </si>
   <si>
     <t>Iwan Budi</t>
   </si>
   <si>
     <t>Santoso</t>
   </si>
   <si>
     <t>33:26:34</t>
   </si>
   <si>
     <t>Aditya</t>
   </si>
   <si>
     <t>Mohamad</t>
   </si>
   <si>
     <t>32:52:23</t>
   </si>
   <si>
+    <t>Steven</t>
+  </si>
+  <si>
+    <t>Sutrisno</t>
+  </si>
+  <si>
+    <t>33:18:00</t>
+  </si>
+  <si>
     <t>Zhizhong</t>
   </si>
   <si>
     <t>Zhou</t>
   </si>
   <si>
     <t>China</t>
   </si>
   <si>
     <t>33:29:33.999999999971</t>
   </si>
   <si>
-    <t>Steven</t>
-[...7 lines deleted...]
-  <si>
     <t>Trung</t>
   </si>
   <si>
     <t>Nguyen</t>
   </si>
   <si>
     <t>Singapore</t>
   </si>
   <si>
     <t>33:29:38.000000000029</t>
   </si>
   <si>
     <t>Eri</t>
   </si>
   <si>
     <t xml:space="preserve"> Cahyono</t>
   </si>
   <si>
     <t>33:20:14</t>
   </si>
   <si>
     <t xml:space="preserve">Trung Hieu </t>
   </si>
   <si>
     <t>Dang</t>
@@ -407,120 +407,120 @@
   <si>
     <t xml:space="preserve"> Erip Bin Mat Usof</t>
   </si>
   <si>
     <t>33:23:41</t>
   </si>
   <si>
     <t>Van Da</t>
   </si>
   <si>
     <t>Bui</t>
   </si>
   <si>
     <t>33:36:8.0000000000582</t>
   </si>
   <si>
     <t>Mulyono</t>
   </si>
   <si>
     <t>Wijoyo</t>
   </si>
   <si>
     <t>33:38:30</t>
   </si>
   <si>
+    <t>Sumit</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Agarwal</t>
+  </si>
+  <si>
+    <t>India</t>
+  </si>
+  <si>
+    <t>33:46:42</t>
+  </si>
+  <si>
     <t>Muhammad</t>
   </si>
   <si>
     <t>Ilham</t>
   </si>
   <si>
     <t>33:57:30.000000000029</t>
   </si>
   <si>
-    <t>Sumit</t>
-[...10 lines deleted...]
-  <si>
     <t>Dendi</t>
   </si>
   <si>
     <t>Dwitiandi</t>
   </si>
   <si>
     <t>33:51:12</t>
   </si>
   <si>
     <t>F Eri</t>
   </si>
   <si>
     <t>Wibowo</t>
   </si>
   <si>
     <t>34:03:11.000000000015</t>
   </si>
   <si>
     <t>Wiedho</t>
   </si>
   <si>
     <t>Widiantoro</t>
   </si>
   <si>
     <t>33:56:07</t>
   </si>
   <si>
     <t>Machmud</t>
   </si>
   <si>
     <t>34:35:39.999999999985</t>
   </si>
   <si>
+    <t>Nino</t>
+  </si>
+  <si>
+    <t>Laksana</t>
+  </si>
+  <si>
+    <t>34:08:53</t>
+  </si>
+  <si>
     <t>Koseno</t>
   </si>
   <si>
     <t>Lauw</t>
   </si>
   <si>
     <t>34:36:37.999999999956</t>
-  </si>
-[...7 lines deleted...]
-    <t>34:08:53</t>
   </si>
   <si>
     <t>Ahmad</t>
   </si>
   <si>
     <t>Azri Zainal</t>
   </si>
   <si>
     <t>34:18:25</t>
   </si>
   <si>
     <t>Shahrin Faiz Bin Roslan</t>
   </si>
   <si>
     <t>34:18:41</t>
   </si>
   <si>
     <t>Yim Heng</t>
   </si>
   <si>
     <t>Fatt</t>
   </si>
   <si>
     <t>34:18:56</t>
   </si>
@@ -1269,120 +1269,120 @@
       <c r="K7" s="2">
         <v>150</v>
       </c>
       <c r="L7" s="2">
         <v>325</v>
       </c>
       <c r="M7" s="2">
         <v>0</v>
       </c>
       <c r="N7" s="2">
         <v>475</v>
       </c>
     </row>
     <row r="8" spans="1:14">
       <c r="A8" s="2">
         <v>105620</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>36</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>37</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2">
-        <v>61</v>
+        <v>15</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>31</v>
       </c>
       <c r="G8" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H8" s="2" t="s">
         <v>38</v>
       </c>
       <c r="I8" s="2">
         <v>4</v>
       </c>
       <c r="J8" s="2">
         <v>4</v>
       </c>
       <c r="K8" s="2">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="L8" s="2">
         <v>300</v>
       </c>
       <c r="M8" s="2">
         <v>0</v>
       </c>
       <c r="N8" s="2">
-        <v>450</v>
+        <v>400</v>
       </c>
     </row>
     <row r="9" spans="1:14">
       <c r="A9" s="2">
         <v>105620</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>36</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>37</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2">
-        <v>15</v>
+        <v>61</v>
       </c>
       <c r="F9" s="2" t="s">
         <v>31</v>
       </c>
       <c r="G9" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H9" s="2" t="s">
         <v>39</v>
       </c>
       <c r="I9" s="2">
         <v>4</v>
       </c>
       <c r="J9" s="2">
         <v>4</v>
       </c>
       <c r="K9" s="2">
-        <v>100</v>
+        <v>150</v>
       </c>
       <c r="L9" s="2">
         <v>300</v>
       </c>
       <c r="M9" s="2">
         <v>0</v>
       </c>
       <c r="N9" s="2">
-        <v>400</v>
+        <v>450</v>
       </c>
     </row>
     <row r="10" spans="1:14">
       <c r="A10" s="2">
         <v>111662</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>40</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>41</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2">
         <v>21</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>31</v>
       </c>
       <c r="G10" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H10" s="2" t="s">
         <v>42</v>
       </c>
@@ -1511,130 +1511,130 @@
       </c>
       <c r="H13" s="2" t="s">
         <v>52</v>
       </c>
       <c r="I13" s="2">
         <v>6</v>
       </c>
       <c r="J13" s="2">
         <v>6</v>
       </c>
       <c r="K13" s="2">
         <v>100</v>
       </c>
       <c r="L13" s="2">
         <v>250</v>
       </c>
       <c r="M13" s="2">
         <v>0</v>
       </c>
       <c r="N13" s="2">
         <v>350</v>
       </c>
     </row>
     <row r="14" spans="1:14">
       <c r="A14" s="2">
-        <v>113074</v>
+        <v>105191</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>53</v>
       </c>
       <c r="C14" s="2" t="s">
         <v>54</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2">
-        <v>4</v>
+        <v>35</v>
       </c>
       <c r="F14" s="2" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="G14" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H14" s="2" t="s">
         <v>55</v>
       </c>
       <c r="I14" s="2">
         <v>7</v>
       </c>
       <c r="J14" s="2">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="K14" s="2">
-        <v>100</v>
+        <v>150</v>
       </c>
       <c r="L14" s="2">
-        <v>240</v>
+        <v>250</v>
       </c>
       <c r="M14" s="2">
         <v>0</v>
       </c>
       <c r="N14" s="2">
-        <v>340</v>
+        <v>400</v>
       </c>
     </row>
     <row r="15" spans="1:14">
       <c r="A15" s="2">
-        <v>105191</v>
+        <v>113074</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>56</v>
       </c>
       <c r="C15" s="2" t="s">
         <v>57</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2">
-        <v>35</v>
+        <v>4</v>
       </c>
       <c r="F15" s="2" t="s">
-        <v>16</v>
+        <v>25</v>
       </c>
       <c r="G15" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H15" s="2" t="s">
         <v>58</v>
       </c>
       <c r="I15" s="2">
         <v>7</v>
       </c>
       <c r="J15" s="2">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="K15" s="2">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="L15" s="2">
-        <v>250</v>
+        <v>240</v>
       </c>
       <c r="M15" s="2">
         <v>0</v>
       </c>
       <c r="N15" s="2">
-        <v>400</v>
+        <v>340</v>
       </c>
     </row>
     <row r="16" spans="1:14">
       <c r="A16" s="2">
         <v>100987</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>59</v>
       </c>
       <c r="C16" s="2" t="s">
         <v>60</v>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2">
         <v>41</v>
       </c>
       <c r="F16" s="2" t="s">
         <v>31</v>
       </c>
       <c r="G16" s="2" t="s">
         <v>45</v>
       </c>
       <c r="H16" s="2" t="s">
         <v>61</v>
       </c>
@@ -1679,214 +1679,214 @@
       </c>
       <c r="H17" s="2" t="s">
         <v>64</v>
       </c>
       <c r="I17" s="2">
         <v>8</v>
       </c>
       <c r="J17" s="2">
         <v>7</v>
       </c>
       <c r="K17" s="2">
         <v>150</v>
       </c>
       <c r="L17" s="2">
         <v>240</v>
       </c>
       <c r="M17" s="2">
         <v>0</v>
       </c>
       <c r="N17" s="2">
         <v>390</v>
       </c>
     </row>
     <row r="18" spans="1:14">
       <c r="A18" s="2">
-        <v>102418</v>
+        <v>113115</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>65</v>
       </c>
       <c r="C18" s="2" t="s">
         <v>66</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2">
-        <v>43</v>
+        <v>29</v>
       </c>
       <c r="F18" s="2" t="s">
         <v>31</v>
       </c>
       <c r="G18" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H18" s="2" t="s">
         <v>67</v>
       </c>
       <c r="I18" s="2">
         <v>9</v>
       </c>
       <c r="J18" s="2">
         <v>8</v>
       </c>
       <c r="K18" s="2">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="L18" s="2">
         <v>230</v>
       </c>
       <c r="M18" s="2">
         <v>0</v>
       </c>
       <c r="N18" s="2">
-        <v>380</v>
+        <v>330</v>
       </c>
     </row>
     <row r="19" spans="1:14">
       <c r="A19" s="2">
-        <v>113115</v>
+        <v>102418</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>68</v>
       </c>
       <c r="C19" s="2" t="s">
         <v>69</v>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2">
-        <v>29</v>
+        <v>43</v>
       </c>
       <c r="F19" s="2" t="s">
         <v>31</v>
       </c>
       <c r="G19" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H19" s="2" t="s">
         <v>70</v>
       </c>
       <c r="I19" s="2">
         <v>9</v>
       </c>
       <c r="J19" s="2">
         <v>8</v>
       </c>
       <c r="K19" s="2">
-        <v>100</v>
+        <v>150</v>
       </c>
       <c r="L19" s="2">
         <v>230</v>
       </c>
       <c r="M19" s="2">
         <v>0</v>
       </c>
       <c r="N19" s="2">
-        <v>330</v>
+        <v>380</v>
       </c>
     </row>
     <row r="20" spans="1:14">
       <c r="A20" s="2">
-        <v>103137</v>
+        <v>114719</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>71</v>
       </c>
       <c r="C20" s="2" t="s">
         <v>72</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2">
-        <v>68</v>
+        <v>5</v>
       </c>
       <c r="F20" s="2" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="G20" s="2" t="s">
-        <v>45</v>
+        <v>17</v>
       </c>
       <c r="H20" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I20" s="2">
         <v>10</v>
       </c>
       <c r="J20" s="2">
-        <v>2</v>
+        <v>9</v>
       </c>
       <c r="K20" s="2">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="L20" s="2">
-        <v>350</v>
+        <v>220</v>
       </c>
       <c r="M20" s="2">
         <v>0</v>
       </c>
       <c r="N20" s="2">
-        <v>500</v>
+        <v>320</v>
       </c>
     </row>
     <row r="21" spans="1:14">
       <c r="A21" s="2">
-        <v>114719</v>
+        <v>103137</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>74</v>
       </c>
       <c r="C21" s="2" t="s">
         <v>75</v>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2">
-        <v>5</v>
+        <v>68</v>
       </c>
       <c r="F21" s="2" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G21" s="2" t="s">
-        <v>17</v>
+        <v>45</v>
       </c>
       <c r="H21" s="2" t="s">
         <v>76</v>
       </c>
       <c r="I21" s="2">
         <v>10</v>
       </c>
       <c r="J21" s="2">
-        <v>9</v>
+        <v>2</v>
       </c>
       <c r="K21" s="2">
-        <v>100</v>
+        <v>150</v>
       </c>
       <c r="L21" s="2">
-        <v>220</v>
+        <v>350</v>
       </c>
       <c r="M21" s="2">
         <v>0</v>
       </c>
       <c r="N21" s="2">
-        <v>320</v>
+        <v>500</v>
       </c>
     </row>
     <row r="22" spans="1:14">
       <c r="A22" s="2">
         <v>101051</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>47</v>
       </c>
       <c r="C22" s="2" t="s">
         <v>48</v>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2">
         <v>28</v>
       </c>
       <c r="F22" s="2" t="s">
         <v>31</v>
       </c>
       <c r="G22" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H22" s="2" t="s">
         <v>77</v>
       </c>
@@ -2267,130 +2267,130 @@
       </c>
       <c r="H31" s="2" t="s">
         <v>104</v>
       </c>
       <c r="I31" s="2">
         <v>15</v>
       </c>
       <c r="J31" s="2">
         <v>12</v>
       </c>
       <c r="K31" s="2">
         <v>150</v>
       </c>
       <c r="L31" s="2">
         <v>190</v>
       </c>
       <c r="M31" s="2">
         <v>0</v>
       </c>
       <c r="N31" s="2">
         <v>340</v>
       </c>
     </row>
     <row r="32" spans="1:14">
       <c r="A32" s="2">
-        <v>119093</v>
+        <v>107123</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>105</v>
       </c>
       <c r="C32" s="2" t="s">
         <v>106</v>
       </c>
       <c r="D32" s="2"/>
       <c r="E32" s="2">
-        <v>35</v>
+        <v>70</v>
       </c>
       <c r="F32" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="G32" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="H32" s="2" t="s">
         <v>107</v>
-      </c>
-[...4 lines deleted...]
-        <v>108</v>
       </c>
       <c r="I32" s="2">
         <v>16</v>
       </c>
       <c r="J32" s="2">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="K32" s="2">
-        <v>100</v>
+        <v>150</v>
       </c>
       <c r="L32" s="2">
-        <v>160</v>
+        <v>180</v>
       </c>
       <c r="M32" s="2">
         <v>0</v>
       </c>
       <c r="N32" s="2">
-        <v>260</v>
+        <v>330</v>
       </c>
     </row>
     <row r="33" spans="1:14">
       <c r="A33" s="2">
-        <v>107123</v>
+        <v>119093</v>
       </c>
       <c r="B33" s="2" t="s">
+        <v>108</v>
+      </c>
+      <c r="C33" s="2" t="s">
         <v>109</v>
-      </c>
-[...1 lines deleted...]
-        <v>110</v>
       </c>
       <c r="D33" s="2"/>
       <c r="E33" s="2">
-        <v>70</v>
+        <v>35</v>
       </c>
       <c r="F33" s="2" t="s">
-        <v>31</v>
+        <v>110</v>
       </c>
       <c r="G33" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H33" s="2" t="s">
         <v>111</v>
       </c>
       <c r="I33" s="2">
         <v>16</v>
       </c>
       <c r="J33" s="2">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="K33" s="2">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="L33" s="2">
-        <v>180</v>
+        <v>160</v>
       </c>
       <c r="M33" s="2">
         <v>0</v>
       </c>
       <c r="N33" s="2">
-        <v>330</v>
+        <v>260</v>
       </c>
     </row>
     <row r="34" spans="1:14">
       <c r="A34" s="2">
         <v>108722</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>112</v>
       </c>
       <c r="C34" s="2" t="s">
         <v>113</v>
       </c>
       <c r="D34" s="2"/>
       <c r="E34" s="2">
         <v>37</v>
       </c>
       <c r="F34" s="2" t="s">
         <v>114</v>
       </c>
       <c r="G34" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H34" s="2" t="s">
         <v>115</v>
       </c>
@@ -2603,130 +2603,130 @@
       </c>
       <c r="H39" s="2" t="s">
         <v>130</v>
       </c>
       <c r="I39" s="2">
         <v>19</v>
       </c>
       <c r="J39" s="2">
         <v>16</v>
       </c>
       <c r="K39" s="2">
         <v>150</v>
       </c>
       <c r="L39" s="2">
         <v>150</v>
       </c>
       <c r="M39" s="2">
         <v>0</v>
       </c>
       <c r="N39" s="2">
         <v>300</v>
       </c>
     </row>
     <row r="40" spans="1:14">
       <c r="A40" s="2">
-        <v>119095</v>
+        <v>114707</v>
       </c>
       <c r="B40" s="2" t="s">
         <v>131</v>
       </c>
       <c r="C40" s="2" t="s">
         <v>132</v>
       </c>
       <c r="D40" s="2"/>
       <c r="E40" s="2">
-        <v>42</v>
+        <v>73</v>
       </c>
       <c r="F40" s="2" t="s">
-        <v>31</v>
+        <v>133</v>
       </c>
       <c r="G40" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H40" s="2" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="I40" s="2">
         <v>20</v>
       </c>
       <c r="J40" s="2">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="K40" s="2">
-        <v>100</v>
+        <v>150</v>
       </c>
       <c r="L40" s="2">
-        <v>120</v>
+        <v>140</v>
       </c>
       <c r="M40" s="2">
         <v>0</v>
       </c>
       <c r="N40" s="2">
-        <v>220</v>
+        <v>290</v>
       </c>
     </row>
     <row r="41" spans="1:14">
       <c r="A41" s="2">
-        <v>114707</v>
+        <v>119095</v>
       </c>
       <c r="B41" s="2" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="C41" s="2" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="D41" s="2"/>
       <c r="E41" s="2">
-        <v>73</v>
+        <v>42</v>
       </c>
       <c r="F41" s="2" t="s">
-        <v>136</v>
+        <v>31</v>
       </c>
       <c r="G41" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H41" s="2" t="s">
         <v>137</v>
       </c>
       <c r="I41" s="2">
         <v>20</v>
       </c>
       <c r="J41" s="2">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="K41" s="2">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="L41" s="2">
-        <v>140</v>
+        <v>120</v>
       </c>
       <c r="M41" s="2">
         <v>0</v>
       </c>
       <c r="N41" s="2">
-        <v>290</v>
+        <v>220</v>
       </c>
     </row>
     <row r="42" spans="1:14">
       <c r="A42" s="2">
         <v>108406</v>
       </c>
       <c r="B42" s="2" t="s">
         <v>138</v>
       </c>
       <c r="C42" s="2" t="s">
         <v>139</v>
       </c>
       <c r="D42" s="2"/>
       <c r="E42" s="2">
         <v>22</v>
       </c>
       <c r="F42" s="2" t="s">
         <v>31</v>
       </c>
       <c r="G42" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H42" s="2" t="s">
         <v>140</v>
       </c>
@@ -2816,219 +2816,219 @@
       </c>
       <c r="I44" s="2">
         <v>22</v>
       </c>
       <c r="J44" s="2">
         <v>19</v>
       </c>
       <c r="K44" s="2">
         <v>150</v>
       </c>
       <c r="L44" s="2">
         <v>120</v>
       </c>
       <c r="M44" s="2">
         <v>0</v>
       </c>
       <c r="N44" s="2">
         <v>270</v>
       </c>
     </row>
     <row r="45" spans="1:14">
       <c r="A45" s="2">
         <v>101409</v>
       </c>
       <c r="B45" s="2" t="s">
-        <v>74</v>
+        <v>71</v>
       </c>
       <c r="C45" s="2" t="s">
         <v>147</v>
       </c>
       <c r="D45" s="2"/>
       <c r="E45" s="2">
         <v>25</v>
       </c>
       <c r="F45" s="2" t="s">
         <v>31</v>
       </c>
       <c r="G45" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H45" s="2" t="s">
         <v>148</v>
       </c>
       <c r="I45" s="2">
         <v>22</v>
       </c>
       <c r="J45" s="2">
         <v>21</v>
       </c>
       <c r="K45" s="2">
         <v>100</v>
       </c>
       <c r="L45" s="2">
         <v>100</v>
       </c>
       <c r="M45" s="2">
         <v>0</v>
       </c>
       <c r="N45" s="2">
         <v>200</v>
       </c>
     </row>
     <row r="46" spans="1:14">
       <c r="A46" s="2">
-        <v>100991</v>
+        <v>107143</v>
       </c>
       <c r="B46" s="2" t="s">
         <v>149</v>
       </c>
       <c r="C46" s="2" t="s">
         <v>150</v>
       </c>
       <c r="D46" s="2"/>
       <c r="E46" s="2">
-        <v>20</v>
+        <v>56</v>
       </c>
       <c r="F46" s="2" t="s">
         <v>31</v>
       </c>
       <c r="G46" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H46" s="2" t="s">
         <v>151</v>
       </c>
       <c r="I46" s="2">
         <v>23</v>
       </c>
       <c r="J46" s="2">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="K46" s="2">
-        <v>100</v>
+        <v>150</v>
       </c>
       <c r="L46" s="2">
-        <v>90</v>
+        <v>110</v>
       </c>
       <c r="M46" s="2">
         <v>0</v>
       </c>
       <c r="N46" s="2">
-        <v>190</v>
+        <v>260</v>
       </c>
     </row>
     <row r="47" spans="1:14">
       <c r="A47" s="2">
-        <v>107143</v>
+        <v>100991</v>
       </c>
       <c r="B47" s="2" t="s">
         <v>152</v>
       </c>
       <c r="C47" s="2" t="s">
         <v>153</v>
       </c>
       <c r="D47" s="2"/>
       <c r="E47" s="2">
-        <v>56</v>
+        <v>20</v>
       </c>
       <c r="F47" s="2" t="s">
         <v>31</v>
       </c>
       <c r="G47" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H47" s="2" t="s">
         <v>154</v>
       </c>
       <c r="I47" s="2">
         <v>23</v>
       </c>
       <c r="J47" s="2">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="K47" s="2">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="L47" s="2">
-        <v>110</v>
+        <v>90</v>
       </c>
       <c r="M47" s="2">
         <v>0</v>
       </c>
       <c r="N47" s="2">
-        <v>260</v>
+        <v>190</v>
       </c>
     </row>
     <row r="48" spans="1:14">
       <c r="A48" s="2">
         <v>109289</v>
       </c>
       <c r="B48" s="2" t="s">
         <v>155</v>
       </c>
       <c r="C48" s="2" t="s">
         <v>156</v>
       </c>
       <c r="D48" s="2"/>
       <c r="E48" s="2">
         <v>13</v>
       </c>
       <c r="F48" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G48" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H48" s="2" t="s">
         <v>157</v>
       </c>
       <c r="I48" s="2">
         <v>24</v>
       </c>
       <c r="J48" s="2">
         <v>21</v>
       </c>
       <c r="K48" s="2">
         <v>150</v>
       </c>
       <c r="L48" s="2">
         <v>100</v>
       </c>
       <c r="M48" s="2">
         <v>0</v>
       </c>
       <c r="N48" s="2">
         <v>250</v>
       </c>
     </row>
     <row r="49" spans="1:14">
       <c r="A49" s="2">
         <v>105233</v>
       </c>
       <c r="B49" s="2" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="C49" s="2" t="s">
         <v>158</v>
       </c>
       <c r="D49" s="2"/>
       <c r="E49" s="2">
         <v>52</v>
       </c>
       <c r="F49" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G49" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H49" s="2" t="s">
         <v>159</v>
       </c>
       <c r="I49" s="2">
         <v>25</v>
       </c>
       <c r="J49" s="2">
         <v>22</v>
       </c>
       <c r="K49" s="2">
         <v>150</v>