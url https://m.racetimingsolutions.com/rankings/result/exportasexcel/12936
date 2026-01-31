--- v0 (2025-12-05)
+++ v1 (2026-01-31)
@@ -281,71 +281,71 @@
   <si>
     <t>Mee Koon</t>
   </si>
   <si>
     <t>Cheng</t>
   </si>
   <si>
     <t>11:22:46</t>
   </si>
   <si>
     <t>James</t>
   </si>
   <si>
     <t>Willis</t>
   </si>
   <si>
     <t>10:03:02</t>
   </si>
   <si>
     <t>Bin Ariffin</t>
   </si>
   <si>
     <t>11:56:00</t>
   </si>
   <si>
+    <t>Li Fu</t>
+  </si>
+  <si>
+    <t>Loe</t>
+  </si>
+  <si>
+    <t>10:21:50</t>
+  </si>
+  <si>
     <t>Hongyan</t>
   </si>
   <si>
     <t>Shen</t>
   </si>
   <si>
     <t>China</t>
   </si>
   <si>
     <t>12:04:36</t>
   </si>
   <si>
-    <t>Li Fu</t>
-[...7 lines deleted...]
-  <si>
     <t>Muhammad Hasan</t>
   </si>
   <si>
     <t>BIN ALI</t>
   </si>
   <si>
     <t>10:28:24</t>
   </si>
   <si>
     <t>Michael</t>
   </si>
   <si>
     <t>Jansen</t>
   </si>
   <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>12:07:06</t>
   </si>
   <si>
     <t>Azman</t>
   </si>
   <si>
     <t>Sulaiman</t>
@@ -359,68 +359,68 @@
   <si>
     <t>Lee</t>
   </si>
   <si>
     <t>10:30:47</t>
   </si>
   <si>
     <t>Choo Teong</t>
   </si>
   <si>
     <t>Poh</t>
   </si>
   <si>
     <t>12:16:31</t>
   </si>
   <si>
     <t>Chia Hock</t>
   </si>
   <si>
     <t>Chuan</t>
   </si>
   <si>
     <t>10:33:04</t>
   </si>
   <si>
+    <t>WEI CHING</t>
+  </si>
+  <si>
+    <t>CHAN</t>
+  </si>
+  <si>
+    <t>12:21:16</t>
+  </si>
+  <si>
     <t>David</t>
   </si>
   <si>
     <t>Tan</t>
   </si>
   <si>
     <t>10:37:30</t>
   </si>
   <si>
-    <t>WEI CHING</t>
-[...7 lines deleted...]
-  <si>
     <t>Muhammad Zulhilmi</t>
   </si>
   <si>
     <t>Ibrahim</t>
   </si>
   <si>
     <t>12:25:55</t>
   </si>
   <si>
     <t>10:45:36</t>
   </si>
   <si>
     <t>Shau Kuan Sebastian</t>
   </si>
   <si>
     <t>Chang</t>
   </si>
   <si>
     <t>12:28:39</t>
   </si>
   <si>
     <t>Wai Thing</t>
   </si>
   <si>
     <t>Law</t>
@@ -440,71 +440,71 @@
   <si>
     <t>Ahmad</t>
   </si>
   <si>
     <t>12:45:59</t>
   </si>
   <si>
     <t>Jerome</t>
   </si>
   <si>
     <t>Chanson</t>
   </si>
   <si>
     <t>10:59:07</t>
   </si>
   <si>
     <t>Bee Lay</t>
   </si>
   <si>
     <t>Teo</t>
   </si>
   <si>
     <t>13:02:40</t>
   </si>
   <si>
+    <t>SUSIE</t>
+  </si>
+  <si>
+    <t>LAI</t>
+  </si>
+  <si>
+    <t>赖苏西</t>
+  </si>
+  <si>
+    <t>13:04:33</t>
+  </si>
+  <si>
     <t>Tze Cheong</t>
   </si>
   <si>
     <t>Kwong</t>
   </si>
   <si>
     <t>11:02:02</t>
   </si>
   <si>
-    <t>SUSIE</t>
-[...10 lines deleted...]
-  <si>
     <t>Yih Yoong</t>
   </si>
   <si>
     <t>11:02:31</t>
   </si>
   <si>
     <t>Elviemma</t>
   </si>
   <si>
     <t>Catabay</t>
   </si>
   <si>
     <t>Philippines</t>
   </si>
   <si>
     <t>13:04:42</t>
   </si>
   <si>
     <t>WUHAN</t>
   </si>
   <si>
     <t>13:06:40</t>
   </si>
   <si>
     <t>Teck Chye</t>
@@ -512,134 +512,134 @@
   <si>
     <t>Lim</t>
   </si>
   <si>
     <t>11:05:41</t>
   </si>
   <si>
     <t>Sue Phin</t>
   </si>
   <si>
     <t>Yeam</t>
   </si>
   <si>
     <t>11:16:32</t>
   </si>
   <si>
     <t>SWEE TIN</t>
   </si>
   <si>
     <t>POH</t>
   </si>
   <si>
     <t>13:14:38</t>
   </si>
   <si>
+    <t>Li Ching</t>
+  </si>
+  <si>
+    <t>13:17:19</t>
+  </si>
+  <si>
     <t>Seet</t>
   </si>
   <si>
     <t>KIM SUA</t>
   </si>
   <si>
     <t>11:29:43</t>
   </si>
   <si>
-    <t>Li Ching</t>
-[...2 lines deleted...]
-    <t>13:17:19</t>
+    <t>Nur Amaani</t>
+  </si>
+  <si>
+    <t>Binti Razilan</t>
+  </si>
+  <si>
+    <t>11:30:57</t>
   </si>
   <si>
     <t>Tin Jon Alan</t>
   </si>
   <si>
     <t>13:18:29</t>
   </si>
   <si>
-    <t>Nur Amaani</t>
-[...7 lines deleted...]
-  <si>
     <t>Mohamad Nazrin</t>
   </si>
   <si>
     <t>Bin Mohamad Shakir</t>
   </si>
   <si>
     <t>11:33:34</t>
   </si>
   <si>
     <t>Seriwati Zairozi</t>
   </si>
   <si>
     <t>Binti Ghazi</t>
   </si>
   <si>
     <t>13:19:34</t>
   </si>
   <si>
+    <t>Mukhammad Isyhad</t>
+  </si>
+  <si>
+    <t>Bin Mohd Zawawi</t>
+  </si>
+  <si>
+    <t>13:19:51</t>
+  </si>
+  <si>
     <t>Kazifa</t>
   </si>
   <si>
     <t>Ahmad Kamaruzzaman</t>
   </si>
   <si>
     <t>11:33:37</t>
   </si>
   <si>
-    <t>Mukhammad Isyhad</t>
-[...5 lines deleted...]
-    <t>13:19:51</t>
+    <t>Muhammad Izuan</t>
+  </si>
+  <si>
+    <t>Idris</t>
+  </si>
+  <si>
+    <t>11:33:39</t>
   </si>
   <si>
     <t xml:space="preserve">ERIC </t>
   </si>
   <si>
     <t>TRIJBELS</t>
   </si>
   <si>
     <t>13:22:34</t>
   </si>
   <si>
-    <t>Muhammad Izuan</t>
-[...7 lines deleted...]
-  <si>
     <t>Kok Kuan</t>
   </si>
   <si>
     <t>Chu</t>
   </si>
   <si>
     <t>11:36:42</t>
   </si>
   <si>
     <t>Azmar</t>
   </si>
   <si>
     <t>Mohd Nor</t>
   </si>
   <si>
     <t>13:24:35</t>
   </si>
   <si>
     <t>Kuan Kuek</t>
   </si>
   <si>
     <t>Sim</t>
   </si>
   <si>
     <t>13:24:56</t>
@@ -650,107 +650,107 @@
   <si>
     <t>SAMSUDIN</t>
   </si>
   <si>
     <t>11:38:27</t>
   </si>
   <si>
     <t>Shih Kit</t>
   </si>
   <si>
     <t>Tang</t>
   </si>
   <si>
     <t>11:44:42</t>
   </si>
   <si>
     <t>Kah Wei</t>
   </si>
   <si>
     <t>Nah</t>
   </si>
   <si>
     <t>13:27:32</t>
   </si>
   <si>
+    <t>Raudhah Abdul</t>
+  </si>
+  <si>
+    <t>Rahim</t>
+  </si>
+  <si>
+    <t>13:28:29</t>
+  </si>
+  <si>
     <t>Suarni</t>
   </si>
   <si>
     <t>Daud</t>
   </si>
   <si>
     <t>11:44:49</t>
   </si>
   <si>
-    <t>Raudhah Abdul</t>
-[...7 lines deleted...]
-  <si>
     <t>Nguyen Ba Anh</t>
   </si>
   <si>
     <t>Dung</t>
   </si>
   <si>
     <t>Vietnam</t>
   </si>
   <si>
     <t>11:45:12</t>
   </si>
   <si>
     <t>AI ZHI</t>
   </si>
   <si>
     <t>GOH</t>
   </si>
   <si>
     <t>13:28:30</t>
   </si>
   <si>
+    <t>Kin Fai Fidelis</t>
+  </si>
+  <si>
+    <t>Chin</t>
+  </si>
+  <si>
+    <t>13:33:09</t>
+  </si>
+  <si>
     <t>Emily</t>
   </si>
   <si>
     <t>Rojo Raga</t>
   </si>
   <si>
     <t>11:47:40</t>
   </si>
   <si>
-    <t>Kin Fai Fidelis</t>
-[...7 lines deleted...]
-  <si>
     <t>LEONG SAN</t>
   </si>
   <si>
     <t xml:space="preserve">SEAH </t>
   </si>
   <si>
     <t>13:34:34</t>
   </si>
   <si>
     <t>Mohammad Fadzly</t>
   </si>
   <si>
     <t>MOHAMMAD ISA</t>
   </si>
   <si>
     <t>11:51:11</t>
   </si>
   <si>
     <t>SHARMINI</t>
   </si>
   <si>
     <t>13:35:55</t>
   </si>
   <si>
     <t>Naoki</t>
@@ -776,68 +776,68 @@
   <si>
     <t>Low</t>
   </si>
   <si>
     <t>11:54:33</t>
   </si>
   <si>
     <t>Ern Yao</t>
   </si>
   <si>
     <t>Cheah</t>
   </si>
   <si>
     <t>12:09:50</t>
   </si>
   <si>
     <t>Muhammad Hariz</t>
   </si>
   <si>
     <t>Bin Hanipah</t>
   </si>
   <si>
     <t>13:39:22</t>
   </si>
   <si>
+    <t>Andy</t>
+  </si>
+  <si>
+    <t>Reis</t>
+  </si>
+  <si>
+    <t>12:24:33</t>
+  </si>
+  <si>
     <t>KIEN SENG</t>
   </si>
   <si>
     <t>TEH</t>
   </si>
   <si>
     <t>13:42:42</t>
   </si>
   <si>
-    <t>Andy</t>
-[...7 lines deleted...]
-  <si>
     <t>Mohamad</t>
   </si>
   <si>
     <t>Mohamad Ismail</t>
   </si>
   <si>
     <t>12:25:50</t>
   </si>
   <si>
     <t>Nur Balqis Zahirah</t>
   </si>
   <si>
     <t>Binti Ali</t>
   </si>
   <si>
     <t>13:46:13</t>
   </si>
   <si>
     <t>Xiufang</t>
   </si>
   <si>
     <t>Huang</t>
   </si>
   <si>
     <t>黄秀芳</t>
@@ -848,62 +848,62 @@
   <si>
     <t>Wei Shyuin</t>
   </si>
   <si>
     <t>Hoong</t>
   </si>
   <si>
     <t>13:51:59</t>
   </si>
   <si>
     <t>Heng Cheong</t>
   </si>
   <si>
     <t>13:55:32</t>
   </si>
   <si>
     <t>Muhamad Nazri</t>
   </si>
   <si>
     <t>Abdul Razak</t>
   </si>
   <si>
     <t>12:26:48</t>
   </si>
   <si>
+    <t>13:56:22</t>
+  </si>
+  <si>
     <t>Blanka Chin Ee</t>
   </si>
   <si>
     <t>Wong</t>
   </si>
   <si>
     <t>12:35:35</t>
   </si>
   <si>
-    <t>13:56:22</t>
-[...1 lines deleted...]
-  <si>
     <t>Adzean Bin</t>
   </si>
   <si>
     <t>Abdul Hamid</t>
   </si>
   <si>
     <t>14:01:24</t>
   </si>
   <si>
     <t>Mohd Faiz</t>
   </si>
   <si>
     <t>BIN AHMAD NADZRI</t>
   </si>
   <si>
     <t>12:37:18</t>
   </si>
   <si>
     <t>Tin Yau Albert</t>
   </si>
   <si>
     <t>14:02:19</t>
   </si>
   <si>
     <t>Li Shan</t>
@@ -1037,335 +1037,335 @@
   <si>
     <t>Abd Rahman</t>
   </si>
   <si>
     <t>14:18:51</t>
   </si>
   <si>
     <t>Muhamad Amirul Faiz</t>
   </si>
   <si>
     <t>Bin Abd Ghani</t>
   </si>
   <si>
     <t>14:19:10</t>
   </si>
   <si>
     <t>Muhamad Izer</t>
   </si>
   <si>
     <t>Mohamad Bashir</t>
   </si>
   <si>
     <t>12:46:25</t>
   </si>
   <si>
+    <t>Hazlami</t>
+  </si>
+  <si>
+    <t>Rosdi</t>
+  </si>
+  <si>
+    <t>12:49:18</t>
+  </si>
+  <si>
     <t>Tiang Poo</t>
   </si>
   <si>
     <t>14:19:45</t>
   </si>
   <si>
-    <t>Hazlami</t>
-[...5 lines deleted...]
-    <t>12:49:18</t>
+    <t>Yuen Sheng</t>
+  </si>
+  <si>
+    <t>Tham</t>
+  </si>
+  <si>
+    <t>12:49:21</t>
   </si>
   <si>
     <t>Chee Kin</t>
   </si>
   <si>
     <t>Yip</t>
   </si>
   <si>
     <t>14:19:57</t>
   </si>
   <si>
-    <t>Yuen Sheng</t>
-[...7 lines deleted...]
-  <si>
     <t>Mohd Dzulhafizie</t>
   </si>
   <si>
     <t>Bin Mohd Salleh</t>
   </si>
   <si>
     <t>14:20:21</t>
   </si>
   <si>
     <t>Yiu Wa</t>
   </si>
   <si>
     <t>Lo</t>
   </si>
   <si>
     <t>12:49:44</t>
   </si>
   <si>
     <t>CHUI PENG</t>
   </si>
   <si>
     <t>LYE</t>
   </si>
   <si>
     <t>12:52:25</t>
   </si>
   <si>
     <t>Mohd Hamdi</t>
   </si>
   <si>
     <t>Bin Che Yusoff</t>
   </si>
   <si>
     <t>14:20:37</t>
   </si>
   <si>
+    <t>Zhi Kai</t>
+  </si>
+  <si>
+    <t>Yeoh</t>
+  </si>
+  <si>
+    <t>14:21:16</t>
+  </si>
+  <si>
     <t>Tuan Muhammad</t>
   </si>
   <si>
     <t>SYAFIQ BIN TUAN MOHD SUHAIMI</t>
   </si>
   <si>
     <t>12:55:42</t>
   </si>
   <si>
-    <t>Zhi Kai</t>
-[...5 lines deleted...]
-    <t>14:21:16</t>
+    <t>Keyna</t>
+  </si>
+  <si>
+    <t>Karem</t>
+  </si>
+  <si>
+    <t>12:56:18</t>
   </si>
   <si>
     <t xml:space="preserve">Mohamad Shaifullah </t>
   </si>
   <si>
     <t>Bin Norul Azmin</t>
   </si>
   <si>
     <t>14:23:02</t>
   </si>
   <si>
-    <t>Keyna</t>
-[...7 lines deleted...]
-  <si>
     <t>Norkhairil</t>
   </si>
   <si>
     <t>BIN MOHAMAD</t>
   </si>
   <si>
     <t>12:57:54</t>
   </si>
   <si>
     <t>WAIKET</t>
   </si>
   <si>
     <t>FOON</t>
   </si>
   <si>
     <t>14:25:29</t>
   </si>
   <si>
+    <t>Woon Yeuh</t>
+  </si>
+  <si>
+    <t>Ang</t>
+  </si>
+  <si>
+    <t>14:26:34</t>
+  </si>
+  <si>
     <t xml:space="preserve">Mohamad Shahir </t>
   </si>
   <si>
     <t>Aman</t>
   </si>
   <si>
     <t>12:58:24</t>
   </si>
   <si>
-    <t>Woon Yeuh</t>
-[...7 lines deleted...]
-  <si>
     <t>Ian</t>
   </si>
   <si>
     <t>Francis</t>
   </si>
   <si>
     <t>14:26:36</t>
   </si>
   <si>
     <t>Hock Lye</t>
   </si>
   <si>
     <t>12:59:02</t>
   </si>
   <si>
     <t>Chin Siong</t>
   </si>
   <si>
     <t>13:01:05</t>
   </si>
   <si>
     <t>Soriano</t>
   </si>
   <si>
     <t>14:28:49</t>
   </si>
   <si>
+    <t>Idham Kadri</t>
+  </si>
+  <si>
+    <t>Bin Amir Salim</t>
+  </si>
+  <si>
+    <t>14:33:02</t>
+  </si>
+  <si>
     <t>FUAD RAHMAT</t>
   </si>
   <si>
     <t>13:07:16</t>
   </si>
   <si>
-    <t>Idham Kadri</t>
-[...7 lines deleted...]
-  <si>
     <t>Shan Yng</t>
   </si>
   <si>
     <t>Hong</t>
   </si>
   <si>
     <t>14:35:55</t>
   </si>
   <si>
     <t>Sharon</t>
   </si>
   <si>
     <t>FAY LI YIN ONG</t>
   </si>
   <si>
     <t>13:09:21</t>
   </si>
   <si>
     <t xml:space="preserve">Lian Beng </t>
   </si>
   <si>
     <t>Chua</t>
   </si>
   <si>
     <t>13:09:52</t>
   </si>
   <si>
     <t>Joon Bing</t>
   </si>
   <si>
     <t>14:35:56</t>
   </si>
   <si>
+    <t>Ahmad Akmal</t>
+  </si>
+  <si>
+    <t>Sadikin</t>
+  </si>
+  <si>
+    <t>14:38:39</t>
+  </si>
+  <si>
     <t>Saiful</t>
   </si>
   <si>
     <t>AMIR BIN MOHMAD</t>
   </si>
   <si>
     <t>13:10:26</t>
   </si>
   <si>
-    <t>Ahmad Akmal</t>
-[...7 lines deleted...]
-  <si>
     <t>Muhamad Affandi</t>
   </si>
   <si>
     <t>Bin Ahmad</t>
   </si>
   <si>
     <t>14:40:24</t>
   </si>
   <si>
     <t>Mohd Fadzli</t>
   </si>
   <si>
     <t>HADI BIN MOHD YUSOFF</t>
   </si>
   <si>
     <t>13:12:49</t>
   </si>
   <si>
     <t xml:space="preserve">Hansom </t>
   </si>
   <si>
     <t>Quek</t>
   </si>
   <si>
     <t>14:41:32</t>
   </si>
   <si>
     <t>Zalihar</t>
   </si>
   <si>
     <t>13:14:14</t>
   </si>
   <si>
+    <t>Gurunathan</t>
+  </si>
+  <si>
+    <t>Kuppusamy</t>
+  </si>
+  <si>
+    <t>14:42:28</t>
+  </si>
+  <si>
     <t>Mohamad Zulharith</t>
   </si>
   <si>
     <t>Shahrul Bin Yusdin</t>
   </si>
   <si>
     <t>13:14:48</t>
   </si>
   <si>
-    <t>Gurunathan</t>
-[...7 lines deleted...]
-  <si>
     <t>Bakteir</t>
   </si>
   <si>
     <t>13:15:25</t>
   </si>
   <si>
     <t>Karin</t>
   </si>
   <si>
     <t>Holzschuher</t>
   </si>
   <si>
     <t>Germany</t>
   </si>
   <si>
     <t>14:45:04</t>
   </si>
   <si>
     <t>Mohamad Fauzi</t>
   </si>
   <si>
     <t>Hamid</t>
   </si>
   <si>
     <t>Wei Qi Cheryl</t>
@@ -1466,68 +1466,68 @@
   <si>
     <t>Mun Yee</t>
   </si>
   <si>
     <t>13:27:06</t>
   </si>
   <si>
     <t>Iman</t>
   </si>
   <si>
     <t>Syahril Mohamed</t>
   </si>
   <si>
     <t>13:29:02</t>
   </si>
   <si>
     <t xml:space="preserve">Mohd Zul Rusdi </t>
   </si>
   <si>
     <t>B. Mohamad Ghazali</t>
   </si>
   <si>
     <t>14:49:57</t>
   </si>
   <si>
+    <t>Mohd Hazim</t>
+  </si>
+  <si>
+    <t>SAARI</t>
+  </si>
+  <si>
+    <t>13:29:03</t>
+  </si>
+  <si>
     <t>Izzaty Syazwani Binti</t>
   </si>
   <si>
     <t>Muhamad Isa</t>
   </si>
   <si>
     <t>14:50:04</t>
   </si>
   <si>
-    <t>Mohd Hazim</t>
-[...7 lines deleted...]
-  <si>
     <t xml:space="preserve">Yin Lye </t>
   </si>
   <si>
     <t>Theam</t>
   </si>
   <si>
     <t>14:50:12</t>
   </si>
   <si>
     <t>Quo Yow</t>
   </si>
   <si>
     <t>Lai</t>
   </si>
   <si>
     <t>賴國耀</t>
   </si>
   <si>
     <t>13:30:24</t>
   </si>
   <si>
     <t>Ming Seen</t>
   </si>
   <si>
     <t>Voon</t>
@@ -1670,63 +1670,63 @@
   <si>
     <t>BIN AHMAD</t>
   </si>
   <si>
     <t>13:40:05</t>
   </si>
   <si>
     <t xml:space="preserve">Mohd Syamsyul </t>
   </si>
   <si>
     <t>Shuib</t>
   </si>
   <si>
     <t>14:54:34</t>
   </si>
   <si>
     <t>Md Mahadir</t>
   </si>
   <si>
     <t>Bin Md Asif</t>
   </si>
   <si>
     <t>13:40:46</t>
   </si>
   <si>
+    <t>LUM</t>
+  </si>
+  <si>
+    <t>14:56:50</t>
+  </si>
+  <si>
     <t>Mohd Shukor</t>
   </si>
   <si>
     <t>ABD MALIK</t>
   </si>
   <si>
     <t>13:40:47</t>
-  </si>
-[...4 lines deleted...]
-    <t>14:56:50</t>
   </si>
   <si>
     <t xml:space="preserve">Mohd Norezmi </t>
   </si>
   <si>
     <t>Md Zin</t>
   </si>
   <si>
     <t>14:56:56</t>
   </si>
   <si>
     <t>Mohd Shahrair</t>
   </si>
   <si>
     <t>UMMA</t>
   </si>
   <si>
     <t>13:41:03</t>
   </si>
   <si>
     <t>Khairul Arifin</t>
   </si>
   <si>
     <t>Yatab</t>
   </si>
@@ -3217,126 +3217,126 @@
       </c>
       <c r="H23" s="2" t="s">
         <v>88</v>
       </c>
       <c r="I23" s="2">
         <v>11</v>
       </c>
       <c r="J23" s="2">
         <v>10</v>
       </c>
       <c r="K23" s="2">
         <v>70</v>
       </c>
       <c r="L23" s="2">
         <v>130</v>
       </c>
       <c r="M23" s="2">
         <v>0</v>
       </c>
       <c r="N23" s="2">
         <v>200</v>
       </c>
     </row>
     <row r="24" spans="1:14">
       <c r="A24" s="2">
-        <v>115083</v>
+        <v>109927</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>89</v>
       </c>
       <c r="C24" s="2" t="s">
         <v>90</v>
       </c>
       <c r="D24" s="2"/>
-      <c r="E24" s="2">
-[...2 lines deleted...]
-      <c r="F24" s="2" t="s">
+      <c r="E24" s="2"/>
+      <c r="F24" s="2"/>
+      <c r="G24" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="H24" s="2" t="s">
         <v>91</v>
-      </c>
-[...4 lines deleted...]
-        <v>92</v>
       </c>
       <c r="I24" s="2">
         <v>12</v>
       </c>
       <c r="J24" s="2">
-        <v>2</v>
+        <v>10</v>
       </c>
       <c r="K24" s="2">
         <v>70</v>
       </c>
       <c r="L24" s="2">
-        <v>250</v>
+        <v>130</v>
       </c>
       <c r="M24" s="2">
         <v>0</v>
       </c>
       <c r="N24" s="2">
-        <v>320</v>
+        <v>200</v>
       </c>
     </row>
     <row r="25" spans="1:14">
       <c r="A25" s="2">
-        <v>109927</v>
+        <v>115083</v>
       </c>
       <c r="B25" s="2" t="s">
+        <v>92</v>
+      </c>
+      <c r="C25" s="2" t="s">
         <v>93</v>
       </c>
-      <c r="C25" s="2" t="s">
+      <c r="D25" s="2"/>
+      <c r="E25" s="2">
+        <v>7516</v>
+      </c>
+      <c r="F25" s="2" t="s">
         <v>94</v>
       </c>
-      <c r="D25" s="2"/>
-[...1 lines deleted...]
-      <c r="F25" s="2"/>
       <c r="G25" s="2" t="s">
-        <v>17</v>
+        <v>39</v>
       </c>
       <c r="H25" s="2" t="s">
         <v>95</v>
       </c>
       <c r="I25" s="2">
         <v>12</v>
       </c>
       <c r="J25" s="2">
-        <v>10</v>
+        <v>2</v>
       </c>
       <c r="K25" s="2">
         <v>70</v>
       </c>
       <c r="L25" s="2">
-        <v>130</v>
+        <v>250</v>
       </c>
       <c r="M25" s="2">
         <v>0</v>
       </c>
       <c r="N25" s="2">
-        <v>200</v>
+        <v>320</v>
       </c>
     </row>
     <row r="26" spans="1:14">
       <c r="A26" s="2">
         <v>109928</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>96</v>
       </c>
       <c r="C26" s="2" t="s">
         <v>97</v>
       </c>
       <c r="D26" s="2"/>
       <c r="E26" s="2"/>
       <c r="F26" s="2"/>
       <c r="G26" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H26" s="2" t="s">
         <v>98</v>
       </c>
       <c r="I26" s="2">
         <v>13</v>
       </c>
       <c r="J26" s="2">
@@ -3537,128 +3537,128 @@
       </c>
       <c r="H31" s="2" t="s">
         <v>114</v>
       </c>
       <c r="I31" s="2">
         <v>15</v>
       </c>
       <c r="J31" s="2">
         <v>12</v>
       </c>
       <c r="K31" s="2">
         <v>70</v>
       </c>
       <c r="L31" s="2">
         <v>120</v>
       </c>
       <c r="M31" s="2">
         <v>0</v>
       </c>
       <c r="N31" s="2">
         <v>190</v>
       </c>
     </row>
     <row r="32" spans="1:14">
       <c r="A32" s="2">
-        <v>102533</v>
+        <v>115087</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>115</v>
       </c>
       <c r="C32" s="2" t="s">
         <v>116</v>
       </c>
       <c r="D32" s="2"/>
-      <c r="E32" s="2"/>
+      <c r="E32" s="2">
+        <v>7527</v>
+      </c>
       <c r="F32" s="2" t="s">
-        <v>72</v>
+        <v>25</v>
       </c>
       <c r="G32" s="2" t="s">
-        <v>17</v>
+        <v>39</v>
       </c>
       <c r="H32" s="2" t="s">
         <v>117</v>
       </c>
       <c r="I32" s="2">
         <v>16</v>
       </c>
       <c r="J32" s="2">
-        <v>13</v>
+        <v>3</v>
       </c>
       <c r="K32" s="2">
         <v>70</v>
       </c>
       <c r="L32" s="2">
-        <v>115</v>
+        <v>225</v>
       </c>
       <c r="M32" s="2">
         <v>0</v>
       </c>
       <c r="N32" s="2">
-        <v>185</v>
+        <v>295</v>
       </c>
     </row>
     <row r="33" spans="1:14">
       <c r="A33" s="2">
-        <v>115087</v>
+        <v>102533</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>118</v>
       </c>
       <c r="C33" s="2" t="s">
         <v>119</v>
       </c>
       <c r="D33" s="2"/>
-      <c r="E33" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="E33" s="2"/>
       <c r="F33" s="2" t="s">
-        <v>25</v>
+        <v>72</v>
       </c>
       <c r="G33" s="2" t="s">
-        <v>39</v>
+        <v>17</v>
       </c>
       <c r="H33" s="2" t="s">
         <v>120</v>
       </c>
       <c r="I33" s="2">
         <v>16</v>
       </c>
       <c r="J33" s="2">
-        <v>3</v>
+        <v>13</v>
       </c>
       <c r="K33" s="2">
         <v>70</v>
       </c>
       <c r="L33" s="2">
-        <v>225</v>
+        <v>115</v>
       </c>
       <c r="M33" s="2">
         <v>0</v>
       </c>
       <c r="N33" s="2">
-        <v>295</v>
+        <v>185</v>
       </c>
     </row>
     <row r="34" spans="1:14">
       <c r="A34" s="2">
         <v>115088</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>121</v>
       </c>
       <c r="C34" s="2" t="s">
         <v>122</v>
       </c>
       <c r="D34" s="2"/>
       <c r="E34" s="2">
         <v>7038</v>
       </c>
       <c r="F34" s="2" t="s">
         <v>25</v>
       </c>
       <c r="G34" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H34" s="2" t="s">
         <v>123</v>
       </c>
@@ -3945,141 +3945,141 @@
       </c>
       <c r="H41" s="2" t="s">
         <v>141</v>
       </c>
       <c r="I41" s="2">
         <v>20</v>
       </c>
       <c r="J41" s="2">
         <v>4</v>
       </c>
       <c r="K41" s="2">
         <v>70</v>
       </c>
       <c r="L41" s="2">
         <v>200</v>
       </c>
       <c r="M41" s="2">
         <v>0</v>
       </c>
       <c r="N41" s="2">
         <v>270</v>
       </c>
     </row>
     <row r="42" spans="1:14">
       <c r="A42" s="2">
-        <v>108125</v>
+        <v>109320</v>
       </c>
       <c r="B42" s="2" t="s">
         <v>142</v>
       </c>
       <c r="C42" s="2" t="s">
         <v>143</v>
       </c>
-      <c r="D42" s="2"/>
-      <c r="E42" s="2"/>
+      <c r="D42" s="2" t="s">
+        <v>144</v>
+      </c>
+      <c r="E42" s="2">
+        <v>7511</v>
+      </c>
       <c r="F42" s="2" t="s">
-        <v>72</v>
+        <v>25</v>
       </c>
       <c r="G42" s="2" t="s">
-        <v>17</v>
+        <v>39</v>
       </c>
       <c r="H42" s="2" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="I42" s="2">
         <v>21</v>
       </c>
       <c r="J42" s="2">
-        <v>17</v>
+        <v>5</v>
       </c>
       <c r="K42" s="2">
         <v>70</v>
       </c>
       <c r="L42" s="2">
-        <v>99</v>
+        <v>175</v>
       </c>
       <c r="M42" s="2">
         <v>0</v>
       </c>
       <c r="N42" s="2">
-        <v>169</v>
+        <v>245</v>
       </c>
     </row>
     <row r="43" spans="1:14">
       <c r="A43" s="2">
-        <v>109320</v>
+        <v>108125</v>
       </c>
       <c r="B43" s="2" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="C43" s="2" t="s">
-        <v>146</v>
-[...1 lines deleted...]
-      <c r="D43" s="2" t="s">
         <v>147</v>
       </c>
-      <c r="E43" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D43" s="2"/>
+      <c r="E43" s="2"/>
       <c r="F43" s="2" t="s">
-        <v>25</v>
+        <v>72</v>
       </c>
       <c r="G43" s="2" t="s">
-        <v>39</v>
+        <v>17</v>
       </c>
       <c r="H43" s="2" t="s">
         <v>148</v>
       </c>
       <c r="I43" s="2">
         <v>21</v>
       </c>
       <c r="J43" s="2">
-        <v>5</v>
+        <v>17</v>
       </c>
       <c r="K43" s="2">
         <v>70</v>
       </c>
       <c r="L43" s="2">
-        <v>175</v>
+        <v>99</v>
       </c>
       <c r="M43" s="2">
         <v>0</v>
       </c>
       <c r="N43" s="2">
-        <v>245</v>
+        <v>169</v>
       </c>
     </row>
     <row r="44" spans="1:14">
       <c r="A44" s="2">
         <v>109934</v>
       </c>
       <c r="B44" s="2" t="s">
         <v>149</v>
       </c>
       <c r="C44" s="2" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="D44" s="2"/>
       <c r="E44" s="2"/>
       <c r="F44" s="2"/>
       <c r="G44" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H44" s="2" t="s">
         <v>150</v>
       </c>
       <c r="I44" s="2">
         <v>22</v>
       </c>
       <c r="J44" s="2">
         <v>18</v>
       </c>
       <c r="K44" s="2">
         <v>70</v>
       </c>
       <c r="L44" s="2">
         <v>98</v>
       </c>
       <c r="M44" s="2">
         <v>0</v>
       </c>
@@ -4269,208 +4269,208 @@
       </c>
       <c r="H49" s="2" t="s">
         <v>165</v>
       </c>
       <c r="I49" s="2">
         <v>24</v>
       </c>
       <c r="J49" s="2">
         <v>18</v>
       </c>
       <c r="K49" s="2">
         <v>70</v>
       </c>
       <c r="L49" s="2">
         <v>98</v>
       </c>
       <c r="M49" s="2">
         <v>0</v>
       </c>
       <c r="N49" s="2">
         <v>168</v>
       </c>
     </row>
     <row r="50" spans="1:14">
       <c r="A50" s="2">
-        <v>109937</v>
+        <v>110251</v>
       </c>
       <c r="B50" s="2" t="s">
         <v>166</v>
       </c>
       <c r="C50" s="2" t="s">
+        <v>107</v>
+      </c>
+      <c r="D50" s="2"/>
+      <c r="E50" s="2">
+        <v>7509</v>
+      </c>
+      <c r="F50" s="2" t="s">
+        <v>25</v>
+      </c>
+      <c r="G50" s="2" t="s">
+        <v>39</v>
+      </c>
+      <c r="H50" s="2" t="s">
         <v>167</v>
-      </c>
-[...7 lines deleted...]
-        <v>168</v>
       </c>
       <c r="I50" s="2">
         <v>25</v>
       </c>
       <c r="J50" s="2">
-        <v>20</v>
+        <v>7</v>
       </c>
       <c r="K50" s="2">
         <v>70</v>
       </c>
       <c r="L50" s="2">
-        <v>96</v>
+        <v>145</v>
       </c>
       <c r="M50" s="2">
         <v>0</v>
       </c>
       <c r="N50" s="2">
-        <v>166</v>
+        <v>215</v>
       </c>
     </row>
     <row r="51" spans="1:14">
       <c r="A51" s="2">
-        <v>110251</v>
+        <v>109937</v>
       </c>
       <c r="B51" s="2" t="s">
+        <v>168</v>
+      </c>
+      <c r="C51" s="2" t="s">
         <v>169</v>
       </c>
-      <c r="C51" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D51" s="2"/>
-      <c r="E51" s="2">
-[...4 lines deleted...]
-      </c>
+      <c r="E51" s="2"/>
+      <c r="F51" s="2"/>
       <c r="G51" s="2" t="s">
-        <v>39</v>
+        <v>17</v>
       </c>
       <c r="H51" s="2" t="s">
         <v>170</v>
       </c>
       <c r="I51" s="2">
         <v>25</v>
       </c>
       <c r="J51" s="2">
-        <v>7</v>
+        <v>20</v>
       </c>
       <c r="K51" s="2">
         <v>70</v>
       </c>
       <c r="L51" s="2">
-        <v>145</v>
+        <v>96</v>
       </c>
       <c r="M51" s="2">
         <v>0</v>
       </c>
       <c r="N51" s="2">
-        <v>215</v>
+        <v>166</v>
       </c>
     </row>
     <row r="52" spans="1:14">
       <c r="A52" s="2">
-        <v>115094</v>
+        <v>109938</v>
       </c>
       <c r="B52" s="2" t="s">
         <v>171</v>
       </c>
       <c r="C52" s="2" t="s">
-        <v>116</v>
+        <v>172</v>
       </c>
       <c r="D52" s="2"/>
-      <c r="E52" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="E52" s="2"/>
       <c r="F52" s="2" t="s">
         <v>25</v>
       </c>
       <c r="G52" s="2" t="s">
-        <v>17</v>
+        <v>39</v>
       </c>
       <c r="H52" s="2" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="I52" s="2">
         <v>26</v>
       </c>
       <c r="J52" s="2">
-        <v>19</v>
+        <v>6</v>
       </c>
       <c r="K52" s="2">
         <v>70</v>
       </c>
       <c r="L52" s="2">
-        <v>97</v>
+        <v>150</v>
       </c>
       <c r="M52" s="2">
         <v>0</v>
       </c>
       <c r="N52" s="2">
-        <v>167</v>
+        <v>220</v>
       </c>
     </row>
     <row r="53" spans="1:14">
       <c r="A53" s="2">
-        <v>109938</v>
+        <v>115094</v>
       </c>
       <c r="B53" s="2" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="C53" s="2" t="s">
-        <v>174</v>
+        <v>119</v>
       </c>
       <c r="D53" s="2"/>
-      <c r="E53" s="2"/>
+      <c r="E53" s="2">
+        <v>7040</v>
+      </c>
       <c r="F53" s="2" t="s">
         <v>25</v>
       </c>
       <c r="G53" s="2" t="s">
-        <v>39</v>
+        <v>17</v>
       </c>
       <c r="H53" s="2" t="s">
         <v>175</v>
       </c>
       <c r="I53" s="2">
         <v>26</v>
       </c>
       <c r="J53" s="2">
-        <v>6</v>
+        <v>19</v>
       </c>
       <c r="K53" s="2">
         <v>70</v>
       </c>
       <c r="L53" s="2">
-        <v>150</v>
+        <v>97</v>
       </c>
       <c r="M53" s="2">
         <v>0</v>
       </c>
       <c r="N53" s="2">
-        <v>220</v>
+        <v>167</v>
       </c>
     </row>
     <row r="54" spans="1:14">
       <c r="A54" s="2">
         <v>109939</v>
       </c>
       <c r="B54" s="2" t="s">
         <v>176</v>
       </c>
       <c r="C54" s="2" t="s">
         <v>177</v>
       </c>
       <c r="D54" s="2"/>
       <c r="E54" s="2"/>
       <c r="F54" s="2" t="s">
         <v>25</v>
       </c>
       <c r="G54" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H54" s="2" t="s">
         <v>178</v>
       </c>
       <c r="I54" s="2">
         <v>27</v>
@@ -4513,210 +4513,210 @@
       </c>
       <c r="H55" s="2" t="s">
         <v>181</v>
       </c>
       <c r="I55" s="2">
         <v>27</v>
       </c>
       <c r="J55" s="2">
         <v>8</v>
       </c>
       <c r="K55" s="2">
         <v>70</v>
       </c>
       <c r="L55" s="2">
         <v>140</v>
       </c>
       <c r="M55" s="2">
         <v>0</v>
       </c>
       <c r="N55" s="2">
         <v>210</v>
       </c>
     </row>
     <row r="56" spans="1:14">
       <c r="A56" s="2">
-        <v>108617</v>
+        <v>115096</v>
       </c>
       <c r="B56" s="2" t="s">
         <v>182</v>
       </c>
       <c r="C56" s="2" t="s">
         <v>183</v>
       </c>
       <c r="D56" s="2"/>
-      <c r="E56" s="2"/>
+      <c r="E56" s="2">
+        <v>7104</v>
+      </c>
       <c r="F56" s="2" t="s">
         <v>25</v>
       </c>
       <c r="G56" s="2" t="s">
-        <v>39</v>
+        <v>17</v>
       </c>
       <c r="H56" s="2" t="s">
         <v>184</v>
       </c>
       <c r="I56" s="2">
         <v>28</v>
       </c>
       <c r="J56" s="2">
-        <v>7</v>
+        <v>20</v>
       </c>
       <c r="K56" s="2">
         <v>70</v>
       </c>
       <c r="L56" s="2">
-        <v>145</v>
+        <v>96</v>
       </c>
       <c r="M56" s="2">
         <v>0</v>
       </c>
       <c r="N56" s="2">
-        <v>215</v>
+        <v>166</v>
       </c>
     </row>
     <row r="57" spans="1:14">
       <c r="A57" s="2">
-        <v>115096</v>
+        <v>108617</v>
       </c>
       <c r="B57" s="2" t="s">
         <v>185</v>
       </c>
       <c r="C57" s="2" t="s">
         <v>186</v>
       </c>
       <c r="D57" s="2"/>
-      <c r="E57" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="E57" s="2"/>
       <c r="F57" s="2" t="s">
         <v>25</v>
       </c>
       <c r="G57" s="2" t="s">
-        <v>17</v>
+        <v>39</v>
       </c>
       <c r="H57" s="2" t="s">
         <v>187</v>
       </c>
       <c r="I57" s="2">
         <v>28</v>
       </c>
       <c r="J57" s="2">
-        <v>20</v>
+        <v>7</v>
       </c>
       <c r="K57" s="2">
         <v>70</v>
       </c>
       <c r="L57" s="2">
-        <v>96</v>
+        <v>145</v>
       </c>
       <c r="M57" s="2">
         <v>0</v>
       </c>
       <c r="N57" s="2">
-        <v>166</v>
+        <v>215</v>
       </c>
     </row>
     <row r="58" spans="1:14">
       <c r="A58" s="2">
-        <v>115097</v>
+        <v>102764</v>
       </c>
       <c r="B58" s="2" t="s">
         <v>188</v>
       </c>
       <c r="C58" s="2" t="s">
         <v>189</v>
       </c>
       <c r="D58" s="2"/>
-      <c r="E58" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="E58" s="2"/>
       <c r="F58" s="2" t="s">
-        <v>72</v>
+        <v>25</v>
       </c>
       <c r="G58" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H58" s="2" t="s">
         <v>190</v>
       </c>
       <c r="I58" s="2">
         <v>29</v>
       </c>
       <c r="J58" s="2">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="K58" s="2">
         <v>70</v>
       </c>
       <c r="L58" s="2">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="M58" s="2">
         <v>0</v>
       </c>
       <c r="N58" s="2">
-        <v>165</v>
+        <v>164</v>
       </c>
     </row>
     <row r="59" spans="1:14">
       <c r="A59" s="2">
-        <v>102764</v>
+        <v>115097</v>
       </c>
       <c r="B59" s="2" t="s">
         <v>191</v>
       </c>
       <c r="C59" s="2" t="s">
         <v>192</v>
       </c>
       <c r="D59" s="2"/>
-      <c r="E59" s="2"/>
+      <c r="E59" s="2">
+        <v>7013</v>
+      </c>
       <c r="F59" s="2" t="s">
-        <v>25</v>
+        <v>72</v>
       </c>
       <c r="G59" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H59" s="2" t="s">
         <v>193</v>
       </c>
       <c r="I59" s="2">
         <v>29</v>
       </c>
       <c r="J59" s="2">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="K59" s="2">
         <v>70</v>
       </c>
       <c r="L59" s="2">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="M59" s="2">
         <v>0</v>
       </c>
       <c r="N59" s="2">
-        <v>164</v>
+        <v>165</v>
       </c>
     </row>
     <row r="60" spans="1:14">
       <c r="A60" s="2">
         <v>109941</v>
       </c>
       <c r="B60" s="2" t="s">
         <v>194</v>
       </c>
       <c r="C60" s="2" t="s">
         <v>195</v>
       </c>
       <c r="D60" s="2"/>
       <c r="E60" s="2"/>
       <c r="F60" s="2" t="s">
         <v>25</v>
       </c>
       <c r="G60" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H60" s="2" t="s">
         <v>196</v>
       </c>
       <c r="I60" s="2">
         <v>30</v>
@@ -4919,128 +4919,128 @@
       </c>
       <c r="H65" s="2" t="s">
         <v>211</v>
       </c>
       <c r="I65" s="2">
         <v>32</v>
       </c>
       <c r="J65" s="2">
         <v>23</v>
       </c>
       <c r="K65" s="2">
         <v>70</v>
       </c>
       <c r="L65" s="2">
         <v>93</v>
       </c>
       <c r="M65" s="2">
         <v>0</v>
       </c>
       <c r="N65" s="2">
         <v>163</v>
       </c>
     </row>
     <row r="66" spans="1:14">
       <c r="A66" s="2">
-        <v>101524</v>
+        <v>115101</v>
       </c>
       <c r="B66" s="2" t="s">
         <v>212</v>
       </c>
       <c r="C66" s="2" t="s">
         <v>213</v>
       </c>
       <c r="D66" s="2"/>
-      <c r="E66" s="2"/>
+      <c r="E66" s="2">
+        <v>7543</v>
+      </c>
       <c r="F66" s="2" t="s">
-        <v>25</v>
+        <v>72</v>
       </c>
       <c r="G66" s="2" t="s">
         <v>39</v>
       </c>
       <c r="H66" s="2" t="s">
         <v>214</v>
       </c>
       <c r="I66" s="2">
         <v>33</v>
       </c>
       <c r="J66" s="2">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="K66" s="2">
         <v>70</v>
       </c>
       <c r="L66" s="2">
-        <v>135</v>
+        <v>130</v>
       </c>
       <c r="M66" s="2">
         <v>0</v>
       </c>
       <c r="N66" s="2">
-        <v>205</v>
+        <v>200</v>
       </c>
     </row>
     <row r="67" spans="1:14">
       <c r="A67" s="2">
-        <v>115101</v>
+        <v>101524</v>
       </c>
       <c r="B67" s="2" t="s">
         <v>215</v>
       </c>
       <c r="C67" s="2" t="s">
         <v>216</v>
       </c>
       <c r="D67" s="2"/>
-      <c r="E67" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="E67" s="2"/>
       <c r="F67" s="2" t="s">
-        <v>72</v>
+        <v>25</v>
       </c>
       <c r="G67" s="2" t="s">
         <v>39</v>
       </c>
       <c r="H67" s="2" t="s">
         <v>217</v>
       </c>
       <c r="I67" s="2">
         <v>33</v>
       </c>
       <c r="J67" s="2">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="K67" s="2">
         <v>70</v>
       </c>
       <c r="L67" s="2">
-        <v>130</v>
+        <v>135</v>
       </c>
       <c r="M67" s="2">
         <v>0</v>
       </c>
       <c r="N67" s="2">
-        <v>200</v>
+        <v>205</v>
       </c>
     </row>
     <row r="68" spans="1:14">
       <c r="A68" s="2">
         <v>109945</v>
       </c>
       <c r="B68" s="2" t="s">
         <v>218</v>
       </c>
       <c r="C68" s="2" t="s">
         <v>219</v>
       </c>
       <c r="D68" s="2"/>
       <c r="E68" s="2"/>
       <c r="F68" s="2" t="s">
         <v>220</v>
       </c>
       <c r="G68" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H68" s="2" t="s">
         <v>221</v>
       </c>
       <c r="I68" s="2">
         <v>34</v>
@@ -5083,128 +5083,128 @@
       </c>
       <c r="H69" s="2" t="s">
         <v>224</v>
       </c>
       <c r="I69" s="2">
         <v>34</v>
       </c>
       <c r="J69" s="2">
         <v>11</v>
       </c>
       <c r="K69" s="2">
         <v>70</v>
       </c>
       <c r="L69" s="2">
         <v>125</v>
       </c>
       <c r="M69" s="2">
         <v>0</v>
       </c>
       <c r="N69" s="2">
         <v>195</v>
       </c>
     </row>
     <row r="70" spans="1:14">
       <c r="A70" s="2">
-        <v>109946</v>
+        <v>115103</v>
       </c>
       <c r="B70" s="2" t="s">
         <v>225</v>
       </c>
       <c r="C70" s="2" t="s">
         <v>226</v>
       </c>
       <c r="D70" s="2"/>
-      <c r="E70" s="2"/>
+      <c r="E70" s="2">
+        <v>7126</v>
+      </c>
       <c r="F70" s="2" t="s">
-        <v>153</v>
+        <v>25</v>
       </c>
       <c r="G70" s="2" t="s">
-        <v>39</v>
+        <v>17</v>
       </c>
       <c r="H70" s="2" t="s">
         <v>227</v>
       </c>
       <c r="I70" s="2">
         <v>35</v>
       </c>
       <c r="J70" s="2">
-        <v>10</v>
+        <v>24</v>
       </c>
       <c r="K70" s="2">
         <v>70</v>
       </c>
       <c r="L70" s="2">
-        <v>130</v>
+        <v>92</v>
       </c>
       <c r="M70" s="2">
         <v>0</v>
       </c>
       <c r="N70" s="2">
-        <v>200</v>
+        <v>162</v>
       </c>
     </row>
     <row r="71" spans="1:14">
       <c r="A71" s="2">
-        <v>115103</v>
+        <v>109946</v>
       </c>
       <c r="B71" s="2" t="s">
         <v>228</v>
       </c>
       <c r="C71" s="2" t="s">
         <v>229</v>
       </c>
       <c r="D71" s="2"/>
-      <c r="E71" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="E71" s="2"/>
       <c r="F71" s="2" t="s">
-        <v>25</v>
+        <v>153</v>
       </c>
       <c r="G71" s="2" t="s">
-        <v>17</v>
+        <v>39</v>
       </c>
       <c r="H71" s="2" t="s">
         <v>230</v>
       </c>
       <c r="I71" s="2">
         <v>35</v>
       </c>
       <c r="J71" s="2">
-        <v>24</v>
+        <v>10</v>
       </c>
       <c r="K71" s="2">
         <v>70</v>
       </c>
       <c r="L71" s="2">
-        <v>92</v>
+        <v>130</v>
       </c>
       <c r="M71" s="2">
         <v>0</v>
       </c>
       <c r="N71" s="2">
-        <v>162</v>
+        <v>200</v>
       </c>
     </row>
     <row r="72" spans="1:14">
       <c r="A72" s="2">
         <v>115104</v>
       </c>
       <c r="B72" s="2" t="s">
         <v>231</v>
       </c>
       <c r="C72" s="2" t="s">
         <v>232</v>
       </c>
       <c r="D72" s="2"/>
       <c r="E72" s="2">
         <v>7094</v>
       </c>
       <c r="F72" s="2" t="s">
         <v>25</v>
       </c>
       <c r="G72" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H72" s="2" t="s">
         <v>233</v>
       </c>
@@ -5481,128 +5481,128 @@
       </c>
       <c r="H79" s="2" t="s">
         <v>253</v>
       </c>
       <c r="I79" s="2">
         <v>39</v>
       </c>
       <c r="J79" s="2">
         <v>28</v>
       </c>
       <c r="K79" s="2">
         <v>70</v>
       </c>
       <c r="L79" s="2">
         <v>88</v>
       </c>
       <c r="M79" s="2">
         <v>0</v>
       </c>
       <c r="N79" s="2">
         <v>158</v>
       </c>
     </row>
     <row r="80" spans="1:14">
       <c r="A80" s="2">
-        <v>115108</v>
+        <v>109951</v>
       </c>
       <c r="B80" s="2" t="s">
         <v>254</v>
       </c>
       <c r="C80" s="2" t="s">
         <v>255</v>
       </c>
       <c r="D80" s="2"/>
-      <c r="E80" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="E80" s="2"/>
       <c r="F80" s="2" t="s">
         <v>25</v>
       </c>
       <c r="G80" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H80" s="2" t="s">
         <v>256</v>
       </c>
       <c r="I80" s="2">
         <v>40</v>
       </c>
       <c r="J80" s="2">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="K80" s="2">
         <v>70</v>
       </c>
       <c r="L80" s="2">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="M80" s="2">
         <v>0</v>
       </c>
       <c r="N80" s="2">
-        <v>157</v>
+        <v>156</v>
       </c>
     </row>
     <row r="81" spans="1:14">
       <c r="A81" s="2">
-        <v>109951</v>
+        <v>115108</v>
       </c>
       <c r="B81" s="2" t="s">
         <v>257</v>
       </c>
       <c r="C81" s="2" t="s">
         <v>258</v>
       </c>
       <c r="D81" s="2"/>
-      <c r="E81" s="2"/>
+      <c r="E81" s="2">
+        <v>7135</v>
+      </c>
       <c r="F81" s="2" t="s">
         <v>25</v>
       </c>
       <c r="G81" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H81" s="2" t="s">
         <v>259</v>
       </c>
       <c r="I81" s="2">
         <v>40</v>
       </c>
       <c r="J81" s="2">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="K81" s="2">
         <v>70</v>
       </c>
       <c r="L81" s="2">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="M81" s="2">
         <v>0</v>
       </c>
       <c r="N81" s="2">
-        <v>156</v>
+        <v>157</v>
       </c>
     </row>
     <row r="82" spans="1:14">
       <c r="A82" s="2">
         <v>105309</v>
       </c>
       <c r="B82" s="2" t="s">
         <v>260</v>
       </c>
       <c r="C82" s="2" t="s">
         <v>261</v>
       </c>
       <c r="D82" s="2"/>
       <c r="E82" s="2"/>
       <c r="F82" s="2" t="s">
         <v>25</v>
       </c>
       <c r="G82" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H82" s="2" t="s">
         <v>262</v>
       </c>
       <c r="I82" s="2">
         <v>41</v>
@@ -5811,130 +5811,130 @@
       </c>
       <c r="H87" s="2" t="s">
         <v>277</v>
       </c>
       <c r="I87" s="2">
         <v>43</v>
       </c>
       <c r="J87" s="2">
         <v>32</v>
       </c>
       <c r="K87" s="2">
         <v>70</v>
       </c>
       <c r="L87" s="2">
         <v>84</v>
       </c>
       <c r="M87" s="2">
         <v>0</v>
       </c>
       <c r="N87" s="2">
         <v>154</v>
       </c>
     </row>
     <row r="88" spans="1:14">
       <c r="A88" s="2">
-        <v>109955</v>
+        <v>109953</v>
       </c>
       <c r="B88" s="2" t="s">
+        <v>266</v>
+      </c>
+      <c r="C88" s="2" t="s">
+        <v>267</v>
+      </c>
+      <c r="D88" s="2" t="s">
+        <v>268</v>
+      </c>
+      <c r="E88" s="2">
+        <v>7538</v>
+      </c>
+      <c r="F88" s="2" t="s">
+        <v>72</v>
+      </c>
+      <c r="G88" s="2" t="s">
+        <v>39</v>
+      </c>
+      <c r="H88" s="2" t="s">
         <v>278</v>
-      </c>
-[...12 lines deleted...]
-        <v>280</v>
       </c>
       <c r="I88" s="2">
         <v>44</v>
       </c>
       <c r="J88" s="2">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="K88" s="2">
         <v>70</v>
       </c>
       <c r="L88" s="2">
-        <v>83</v>
+        <v>115</v>
       </c>
       <c r="M88" s="2">
         <v>0</v>
       </c>
       <c r="N88" s="2">
-        <v>153</v>
+        <v>185</v>
       </c>
     </row>
     <row r="89" spans="1:14">
       <c r="A89" s="2">
-        <v>109953</v>
+        <v>109955</v>
       </c>
       <c r="B89" s="2" t="s">
-        <v>266</v>
+        <v>279</v>
       </c>
       <c r="C89" s="2" t="s">
-        <v>267</v>
-[...6 lines deleted...]
-      </c>
+        <v>280</v>
+      </c>
+      <c r="D89" s="2"/>
+      <c r="E89" s="2"/>
       <c r="F89" s="2" t="s">
-        <v>72</v>
+        <v>25</v>
       </c>
       <c r="G89" s="2" t="s">
-        <v>39</v>
+        <v>17</v>
       </c>
       <c r="H89" s="2" t="s">
         <v>281</v>
       </c>
       <c r="I89" s="2">
         <v>44</v>
       </c>
       <c r="J89" s="2">
-        <v>13</v>
+        <v>33</v>
       </c>
       <c r="K89" s="2">
         <v>70</v>
       </c>
       <c r="L89" s="2">
-        <v>115</v>
+        <v>83</v>
       </c>
       <c r="M89" s="2">
         <v>0</v>
       </c>
       <c r="N89" s="2">
-        <v>185</v>
+        <v>153</v>
       </c>
     </row>
     <row r="90" spans="1:14">
       <c r="A90" s="2">
         <v>115112</v>
       </c>
       <c r="B90" s="2" t="s">
         <v>282</v>
       </c>
       <c r="C90" s="2" t="s">
         <v>283</v>
       </c>
       <c r="D90" s="2"/>
       <c r="E90" s="2">
         <v>7070</v>
       </c>
       <c r="F90" s="2" t="s">
         <v>25</v>
       </c>
       <c r="G90" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H90" s="2" t="s">
         <v>284</v>
       </c>
@@ -5981,51 +5981,51 @@
       </c>
       <c r="J91" s="2">
         <v>34</v>
       </c>
       <c r="K91" s="2">
         <v>70</v>
       </c>
       <c r="L91" s="2">
         <v>82</v>
       </c>
       <c r="M91" s="2">
         <v>0</v>
       </c>
       <c r="N91" s="2">
         <v>152</v>
       </c>
     </row>
     <row r="92" spans="1:14">
       <c r="A92" s="2">
         <v>115113</v>
       </c>
       <c r="B92" s="2" t="s">
         <v>288</v>
       </c>
       <c r="C92" s="2" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="D92" s="2"/>
       <c r="E92" s="2">
         <v>7046</v>
       </c>
       <c r="F92" s="2" t="s">
         <v>25</v>
       </c>
       <c r="G92" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H92" s="2" t="s">
         <v>289</v>
       </c>
       <c r="I92" s="2">
         <v>46</v>
       </c>
       <c r="J92" s="2">
         <v>33</v>
       </c>
       <c r="K92" s="2">
         <v>70</v>
       </c>
       <c r="L92" s="2">
         <v>83</v>
@@ -6310,51 +6310,51 @@
       <c r="L99" s="2">
         <v>80</v>
       </c>
       <c r="M99" s="2">
         <v>0</v>
       </c>
       <c r="N99" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="100" spans="1:14">
       <c r="A100" s="2">
         <v>115117</v>
       </c>
       <c r="B100" s="2" t="s">
         <v>311</v>
       </c>
       <c r="C100" s="2" t="s">
         <v>312</v>
       </c>
       <c r="D100" s="2"/>
       <c r="E100" s="2">
         <v>7128</v>
       </c>
       <c r="F100" s="2" t="s">
-        <v>91</v>
+        <v>94</v>
       </c>
       <c r="G100" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H100" s="2" t="s">
         <v>313</v>
       </c>
       <c r="I100" s="2">
         <v>50</v>
       </c>
       <c r="J100" s="2">
         <v>36</v>
       </c>
       <c r="K100" s="2">
         <v>70</v>
       </c>
       <c r="L100" s="2">
         <v>80</v>
       </c>
       <c r="M100" s="2">
         <v>0</v>
       </c>
       <c r="N100" s="2">
         <v>150</v>
       </c>
@@ -6703,208 +6703,208 @@
       </c>
       <c r="H109" s="2" t="s">
         <v>340</v>
       </c>
       <c r="I109" s="2">
         <v>54</v>
       </c>
       <c r="J109" s="2">
         <v>41</v>
       </c>
       <c r="K109" s="2">
         <v>70</v>
       </c>
       <c r="L109" s="2">
         <v>75</v>
       </c>
       <c r="M109" s="2">
         <v>0</v>
       </c>
       <c r="N109" s="2">
         <v>145</v>
       </c>
     </row>
     <row r="110" spans="1:14">
       <c r="A110" s="2">
-        <v>115122</v>
+        <v>109966</v>
       </c>
       <c r="B110" s="2" t="s">
         <v>341</v>
       </c>
       <c r="C110" s="2" t="s">
-        <v>107</v>
+        <v>342</v>
       </c>
       <c r="D110" s="2"/>
-      <c r="E110" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="E110" s="2"/>
       <c r="F110" s="2" t="s">
         <v>25</v>
       </c>
       <c r="G110" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H110" s="2" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="I110" s="2">
         <v>55</v>
       </c>
       <c r="J110" s="2">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="K110" s="2">
         <v>70</v>
       </c>
       <c r="L110" s="2">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="M110" s="2">
         <v>0</v>
       </c>
       <c r="N110" s="2">
-        <v>145</v>
+        <v>144</v>
       </c>
     </row>
     <row r="111" spans="1:14">
       <c r="A111" s="2">
-        <v>109966</v>
+        <v>115122</v>
       </c>
       <c r="B111" s="2" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="C111" s="2" t="s">
-        <v>344</v>
+        <v>107</v>
       </c>
       <c r="D111" s="2"/>
-      <c r="E111" s="2"/>
+      <c r="E111" s="2">
+        <v>7026</v>
+      </c>
       <c r="F111" s="2" t="s">
         <v>25</v>
       </c>
       <c r="G111" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H111" s="2" t="s">
         <v>345</v>
       </c>
       <c r="I111" s="2">
         <v>55</v>
       </c>
       <c r="J111" s="2">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="K111" s="2">
         <v>70</v>
       </c>
       <c r="L111" s="2">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="M111" s="2">
         <v>0</v>
       </c>
       <c r="N111" s="2">
-        <v>144</v>
+        <v>145</v>
       </c>
     </row>
     <row r="112" spans="1:14">
       <c r="A112" s="2">
-        <v>110328</v>
+        <v>109967</v>
       </c>
       <c r="B112" s="2" t="s">
         <v>346</v>
       </c>
       <c r="C112" s="2" t="s">
         <v>347</v>
       </c>
       <c r="D112" s="2"/>
-      <c r="E112" s="2">
-[...4 lines deleted...]
-      </c>
+      <c r="E112" s="2"/>
+      <c r="F112" s="2"/>
       <c r="G112" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H112" s="2" t="s">
         <v>348</v>
       </c>
       <c r="I112" s="2">
         <v>56</v>
       </c>
       <c r="J112" s="2">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="K112" s="2">
         <v>70</v>
       </c>
       <c r="L112" s="2">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="M112" s="2">
         <v>0</v>
       </c>
       <c r="N112" s="2">
-        <v>144</v>
+        <v>143</v>
       </c>
     </row>
     <row r="113" spans="1:14">
       <c r="A113" s="2">
-        <v>109967</v>
+        <v>110328</v>
       </c>
       <c r="B113" s="2" t="s">
         <v>349</v>
       </c>
       <c r="C113" s="2" t="s">
         <v>350</v>
       </c>
       <c r="D113" s="2"/>
-      <c r="E113" s="2"/>
-      <c r="F113" s="2"/>
+      <c r="E113" s="2">
+        <v>7029</v>
+      </c>
+      <c r="F113" s="2" t="s">
+        <v>25</v>
+      </c>
       <c r="G113" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H113" s="2" t="s">
         <v>351</v>
       </c>
       <c r="I113" s="2">
         <v>56</v>
       </c>
       <c r="J113" s="2">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="K113" s="2">
         <v>70</v>
       </c>
       <c r="L113" s="2">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="M113" s="2">
         <v>0</v>
       </c>
       <c r="N113" s="2">
-        <v>143</v>
+        <v>144</v>
       </c>
     </row>
     <row r="114" spans="1:14">
       <c r="A114" s="2">
         <v>115124</v>
       </c>
       <c r="B114" s="2" t="s">
         <v>352</v>
       </c>
       <c r="C114" s="2" t="s">
         <v>353</v>
       </c>
       <c r="D114" s="2"/>
       <c r="E114" s="2">
         <v>7025</v>
       </c>
       <c r="F114" s="2" t="s">
         <v>25</v>
       </c>
       <c r="G114" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H114" s="2" t="s">
         <v>354</v>
       </c>
@@ -7027,206 +7027,206 @@
       </c>
       <c r="H117" s="2" t="s">
         <v>363</v>
       </c>
       <c r="I117" s="2">
         <v>58</v>
       </c>
       <c r="J117" s="2">
         <v>44</v>
       </c>
       <c r="K117" s="2">
         <v>70</v>
       </c>
       <c r="L117" s="2">
         <v>72</v>
       </c>
       <c r="M117" s="2">
         <v>0</v>
       </c>
       <c r="N117" s="2">
         <v>142</v>
       </c>
     </row>
     <row r="118" spans="1:14">
       <c r="A118" s="2">
-        <v>109969</v>
+        <v>100761</v>
       </c>
       <c r="B118" s="2" t="s">
         <v>364</v>
       </c>
       <c r="C118" s="2" t="s">
         <v>365</v>
       </c>
       <c r="D118" s="2"/>
-      <c r="E118" s="2"/>
-      <c r="F118" s="2"/>
+      <c r="E118" s="2">
+        <v>7084</v>
+      </c>
+      <c r="F118" s="2" t="s">
+        <v>25</v>
+      </c>
       <c r="G118" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H118" s="2" t="s">
         <v>366</v>
       </c>
       <c r="I118" s="2">
         <v>59</v>
       </c>
       <c r="J118" s="2">
         <v>45</v>
       </c>
       <c r="K118" s="2">
         <v>70</v>
       </c>
       <c r="L118" s="2">
         <v>71</v>
       </c>
       <c r="M118" s="2">
         <v>0</v>
       </c>
       <c r="N118" s="2">
         <v>141</v>
       </c>
     </row>
     <row r="119" spans="1:14">
       <c r="A119" s="2">
-        <v>100761</v>
+        <v>109969</v>
       </c>
       <c r="B119" s="2" t="s">
         <v>367</v>
       </c>
       <c r="C119" s="2" t="s">
         <v>368</v>
       </c>
       <c r="D119" s="2"/>
-      <c r="E119" s="2">
-[...4 lines deleted...]
-      </c>
+      <c r="E119" s="2"/>
+      <c r="F119" s="2"/>
       <c r="G119" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H119" s="2" t="s">
         <v>369</v>
       </c>
       <c r="I119" s="2">
         <v>59</v>
       </c>
       <c r="J119" s="2">
         <v>45</v>
       </c>
       <c r="K119" s="2">
         <v>70</v>
       </c>
       <c r="L119" s="2">
         <v>71</v>
       </c>
       <c r="M119" s="2">
         <v>0</v>
       </c>
       <c r="N119" s="2">
         <v>141</v>
       </c>
     </row>
     <row r="120" spans="1:14">
       <c r="A120" s="2">
-        <v>115127</v>
+        <v>109970</v>
       </c>
       <c r="B120" s="2" t="s">
         <v>370</v>
       </c>
       <c r="C120" s="2" t="s">
         <v>371</v>
       </c>
       <c r="D120" s="2"/>
-      <c r="E120" s="2">
-[...4 lines deleted...]
-      </c>
+      <c r="E120" s="2"/>
+      <c r="F120" s="2"/>
       <c r="G120" s="2" t="s">
-        <v>17</v>
+        <v>39</v>
       </c>
       <c r="H120" s="2" t="s">
         <v>372</v>
       </c>
       <c r="I120" s="2">
         <v>60</v>
       </c>
       <c r="J120" s="2">
-        <v>46</v>
+        <v>15</v>
       </c>
       <c r="K120" s="2">
         <v>70</v>
       </c>
       <c r="L120" s="2">
-        <v>70</v>
+        <v>105</v>
       </c>
       <c r="M120" s="2">
         <v>0</v>
       </c>
       <c r="N120" s="2">
-        <v>140</v>
+        <v>175</v>
       </c>
     </row>
     <row r="121" spans="1:14">
       <c r="A121" s="2">
-        <v>109970</v>
+        <v>115127</v>
       </c>
       <c r="B121" s="2" t="s">
         <v>373</v>
       </c>
       <c r="C121" s="2" t="s">
         <v>374</v>
       </c>
       <c r="D121" s="2"/>
-      <c r="E121" s="2"/>
-      <c r="F121" s="2"/>
+      <c r="E121" s="2">
+        <v>7011</v>
+      </c>
+      <c r="F121" s="2" t="s">
+        <v>25</v>
+      </c>
       <c r="G121" s="2" t="s">
-        <v>39</v>
+        <v>17</v>
       </c>
       <c r="H121" s="2" t="s">
         <v>375</v>
       </c>
       <c r="I121" s="2">
         <v>60</v>
       </c>
       <c r="J121" s="2">
-        <v>15</v>
+        <v>46</v>
       </c>
       <c r="K121" s="2">
         <v>70</v>
       </c>
       <c r="L121" s="2">
-        <v>105</v>
+        <v>70</v>
       </c>
       <c r="M121" s="2">
         <v>0</v>
       </c>
       <c r="N121" s="2">
-        <v>175</v>
+        <v>140</v>
       </c>
     </row>
     <row r="122" spans="1:14">
       <c r="A122" s="2">
         <v>109971</v>
       </c>
       <c r="B122" s="2" t="s">
         <v>376</v>
       </c>
       <c r="C122" s="2" t="s">
         <v>377</v>
       </c>
       <c r="D122" s="2"/>
       <c r="E122" s="2"/>
       <c r="F122" s="2"/>
       <c r="G122" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H122" s="2" t="s">
         <v>378</v>
       </c>
       <c r="I122" s="2">
         <v>61</v>
       </c>
       <c r="J122" s="2">
@@ -7267,128 +7267,128 @@
       </c>
       <c r="H123" s="2" t="s">
         <v>381</v>
       </c>
       <c r="I123" s="2">
         <v>61</v>
       </c>
       <c r="J123" s="2">
         <v>47</v>
       </c>
       <c r="K123" s="2">
         <v>70</v>
       </c>
       <c r="L123" s="2">
         <v>69</v>
       </c>
       <c r="M123" s="2">
         <v>0</v>
       </c>
       <c r="N123" s="2">
         <v>139</v>
       </c>
     </row>
     <row r="124" spans="1:14">
       <c r="A124" s="2">
-        <v>108603</v>
+        <v>115129</v>
       </c>
       <c r="B124" s="2" t="s">
         <v>382</v>
       </c>
       <c r="C124" s="2" t="s">
         <v>383</v>
       </c>
       <c r="D124" s="2"/>
-      <c r="E124" s="2"/>
+      <c r="E124" s="2">
+        <v>7082</v>
+      </c>
       <c r="F124" s="2" t="s">
         <v>25</v>
       </c>
       <c r="G124" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H124" s="2" t="s">
         <v>384</v>
       </c>
       <c r="I124" s="2">
         <v>62</v>
       </c>
       <c r="J124" s="2">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="K124" s="2">
         <v>70</v>
       </c>
       <c r="L124" s="2">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="M124" s="2">
         <v>0</v>
       </c>
       <c r="N124" s="2">
-        <v>139</v>
+        <v>138</v>
       </c>
     </row>
     <row r="125" spans="1:14">
       <c r="A125" s="2">
-        <v>115129</v>
+        <v>108603</v>
       </c>
       <c r="B125" s="2" t="s">
         <v>385</v>
       </c>
       <c r="C125" s="2" t="s">
         <v>386</v>
       </c>
       <c r="D125" s="2"/>
-      <c r="E125" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="E125" s="2"/>
       <c r="F125" s="2" t="s">
         <v>25</v>
       </c>
       <c r="G125" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H125" s="2" t="s">
         <v>387</v>
       </c>
       <c r="I125" s="2">
         <v>62</v>
       </c>
       <c r="J125" s="2">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="K125" s="2">
         <v>70</v>
       </c>
       <c r="L125" s="2">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="M125" s="2">
         <v>0</v>
       </c>
       <c r="N125" s="2">
-        <v>138</v>
+        <v>139</v>
       </c>
     </row>
     <row r="126" spans="1:14">
       <c r="A126" s="2">
         <v>115130</v>
       </c>
       <c r="B126" s="2" t="s">
         <v>388</v>
       </c>
       <c r="C126" s="2" t="s">
         <v>389</v>
       </c>
       <c r="D126" s="2"/>
       <c r="E126" s="2">
         <v>7044</v>
       </c>
       <c r="F126" s="2" t="s">
         <v>25</v>
       </c>
       <c r="G126" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H126" s="2" t="s">
         <v>390</v>
       </c>
@@ -7509,126 +7509,126 @@
       </c>
       <c r="H129" s="2" t="s">
         <v>396</v>
       </c>
       <c r="I129" s="2">
         <v>64</v>
       </c>
       <c r="J129" s="2">
         <v>50</v>
       </c>
       <c r="K129" s="2">
         <v>70</v>
       </c>
       <c r="L129" s="2">
         <v>66</v>
       </c>
       <c r="M129" s="2">
         <v>0</v>
       </c>
       <c r="N129" s="2">
         <v>136</v>
       </c>
     </row>
     <row r="130" spans="1:14">
       <c r="A130" s="2">
-        <v>109975</v>
+        <v>115132</v>
       </c>
       <c r="B130" s="2" t="s">
-        <v>134</v>
+        <v>397</v>
       </c>
       <c r="C130" s="2" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="D130" s="2"/>
-      <c r="E130" s="2"/>
-      <c r="F130" s="2"/>
+      <c r="E130" s="2">
+        <v>7133</v>
+      </c>
+      <c r="F130" s="2" t="s">
+        <v>25</v>
+      </c>
       <c r="G130" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H130" s="2" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="I130" s="2">
         <v>65</v>
       </c>
       <c r="J130" s="2">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="K130" s="2">
         <v>70</v>
       </c>
       <c r="L130" s="2">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="M130" s="2">
         <v>0</v>
       </c>
       <c r="N130" s="2">
-        <v>136</v>
+        <v>135</v>
       </c>
     </row>
     <row r="131" spans="1:14">
       <c r="A131" s="2">
-        <v>115132</v>
+        <v>109975</v>
       </c>
       <c r="B131" s="2" t="s">
-        <v>399</v>
+        <v>134</v>
       </c>
       <c r="C131" s="2" t="s">
         <v>400</v>
       </c>
       <c r="D131" s="2"/>
-      <c r="E131" s="2">
-[...4 lines deleted...]
-      </c>
+      <c r="E131" s="2"/>
+      <c r="F131" s="2"/>
       <c r="G131" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H131" s="2" t="s">
         <v>401</v>
       </c>
       <c r="I131" s="2">
         <v>65</v>
       </c>
       <c r="J131" s="2">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="K131" s="2">
         <v>70</v>
       </c>
       <c r="L131" s="2">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="M131" s="2">
         <v>0</v>
       </c>
       <c r="N131" s="2">
-        <v>135</v>
+        <v>136</v>
       </c>
     </row>
     <row r="132" spans="1:14">
       <c r="A132" s="2">
         <v>115133</v>
       </c>
       <c r="B132" s="2" t="s">
         <v>402</v>
       </c>
       <c r="C132" s="2" t="s">
         <v>403</v>
       </c>
       <c r="D132" s="2"/>
       <c r="E132" s="2">
         <v>7556</v>
       </c>
       <c r="F132" s="2" t="s">
         <v>25</v>
       </c>
       <c r="G132" s="2" t="s">
         <v>39</v>
       </c>
       <c r="H132" s="2" t="s">
         <v>404</v>
       </c>
@@ -7751,126 +7751,126 @@
       </c>
       <c r="H135" s="2" t="s">
         <v>412</v>
       </c>
       <c r="I135" s="2">
         <v>67</v>
       </c>
       <c r="J135" s="2">
         <v>52</v>
       </c>
       <c r="K135" s="2">
         <v>70</v>
       </c>
       <c r="L135" s="2">
         <v>64</v>
       </c>
       <c r="M135" s="2">
         <v>0</v>
       </c>
       <c r="N135" s="2">
         <v>134</v>
       </c>
     </row>
     <row r="136" spans="1:14">
       <c r="A136" s="2">
-        <v>109978</v>
+        <v>115135</v>
       </c>
       <c r="B136" s="2" t="s">
         <v>413</v>
       </c>
       <c r="C136" s="2" t="s">
         <v>414</v>
       </c>
       <c r="D136" s="2"/>
-      <c r="E136" s="2"/>
-      <c r="F136" s="2"/>
+      <c r="E136" s="2">
+        <v>7111</v>
+      </c>
+      <c r="F136" s="2" t="s">
+        <v>25</v>
+      </c>
       <c r="G136" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H136" s="2" t="s">
         <v>415</v>
       </c>
       <c r="I136" s="2">
         <v>68</v>
       </c>
       <c r="J136" s="2">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="K136" s="2">
         <v>70</v>
       </c>
       <c r="L136" s="2">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="M136" s="2">
         <v>0</v>
       </c>
       <c r="N136" s="2">
-        <v>134</v>
+        <v>133</v>
       </c>
     </row>
     <row r="137" spans="1:14">
       <c r="A137" s="2">
-        <v>115135</v>
+        <v>109978</v>
       </c>
       <c r="B137" s="2" t="s">
         <v>416</v>
       </c>
       <c r="C137" s="2" t="s">
         <v>417</v>
       </c>
       <c r="D137" s="2"/>
-      <c r="E137" s="2">
-[...4 lines deleted...]
-      </c>
+      <c r="E137" s="2"/>
+      <c r="F137" s="2"/>
       <c r="G137" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H137" s="2" t="s">
         <v>418</v>
       </c>
       <c r="I137" s="2">
         <v>68</v>
       </c>
       <c r="J137" s="2">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="K137" s="2">
         <v>70</v>
       </c>
       <c r="L137" s="2">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="M137" s="2">
         <v>0</v>
       </c>
       <c r="N137" s="2">
-        <v>133</v>
+        <v>134</v>
       </c>
     </row>
     <row r="138" spans="1:14">
       <c r="A138" s="2">
         <v>105398</v>
       </c>
       <c r="B138" s="2" t="s">
         <v>419</v>
       </c>
       <c r="C138" s="2" t="s">
         <v>420</v>
       </c>
       <c r="D138" s="2"/>
       <c r="E138" s="2">
         <v>7069</v>
       </c>
       <c r="F138" s="2" t="s">
         <v>25</v>
       </c>
       <c r="G138" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H138" s="2" t="s">
         <v>421</v>
       </c>
@@ -7991,128 +7991,128 @@
       </c>
       <c r="H141" s="2" t="s">
         <v>429</v>
       </c>
       <c r="I141" s="2">
         <v>70</v>
       </c>
       <c r="J141" s="2">
         <v>17</v>
       </c>
       <c r="K141" s="2">
         <v>70</v>
       </c>
       <c r="L141" s="2">
         <v>99</v>
       </c>
       <c r="M141" s="2">
         <v>0</v>
       </c>
       <c r="N141" s="2">
         <v>169</v>
       </c>
     </row>
     <row r="142" spans="1:14">
       <c r="A142" s="2">
-        <v>109981</v>
+        <v>115138</v>
       </c>
       <c r="B142" s="2" t="s">
         <v>430</v>
       </c>
       <c r="C142" s="2" t="s">
         <v>431</v>
       </c>
       <c r="D142" s="2"/>
-      <c r="E142" s="2"/>
+      <c r="E142" s="2">
+        <v>7018</v>
+      </c>
       <c r="F142" s="2" t="s">
         <v>25</v>
       </c>
       <c r="G142" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H142" s="2" t="s">
         <v>432</v>
       </c>
       <c r="I142" s="2">
         <v>71</v>
       </c>
       <c r="J142" s="2">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="K142" s="2">
         <v>70</v>
       </c>
       <c r="L142" s="2">
-        <v>62</v>
+        <v>60</v>
       </c>
       <c r="M142" s="2">
         <v>0</v>
       </c>
       <c r="N142" s="2">
-        <v>132</v>
+        <v>130</v>
       </c>
     </row>
     <row r="143" spans="1:14">
       <c r="A143" s="2">
-        <v>115138</v>
+        <v>109981</v>
       </c>
       <c r="B143" s="2" t="s">
         <v>433</v>
       </c>
       <c r="C143" s="2" t="s">
         <v>434</v>
       </c>
       <c r="D143" s="2"/>
-      <c r="E143" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="E143" s="2"/>
       <c r="F143" s="2" t="s">
         <v>25</v>
       </c>
       <c r="G143" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H143" s="2" t="s">
         <v>435</v>
       </c>
       <c r="I143" s="2">
         <v>71</v>
       </c>
       <c r="J143" s="2">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="K143" s="2">
         <v>70</v>
       </c>
       <c r="L143" s="2">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="M143" s="2">
         <v>0</v>
       </c>
       <c r="N143" s="2">
-        <v>130</v>
+        <v>132</v>
       </c>
     </row>
     <row r="144" spans="1:14">
       <c r="A144" s="2">
         <v>109982</v>
       </c>
       <c r="B144" s="2" t="s">
         <v>436</v>
       </c>
       <c r="C144" s="2" t="s">
         <v>134</v>
       </c>
       <c r="D144" s="2"/>
       <c r="E144" s="2"/>
       <c r="F144" s="2"/>
       <c r="G144" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H144" s="2" t="s">
         <v>437</v>
       </c>
       <c r="I144" s="2">
         <v>72</v>
       </c>
       <c r="J144" s="2">
@@ -8801,126 +8801,126 @@
       </c>
       <c r="H161" s="2" t="s">
         <v>483</v>
       </c>
       <c r="I161" s="2">
         <v>80</v>
       </c>
       <c r="J161" s="2">
         <v>61</v>
       </c>
       <c r="K161" s="2">
         <v>70</v>
       </c>
       <c r="L161" s="2">
         <v>55</v>
       </c>
       <c r="M161" s="2">
         <v>0</v>
       </c>
       <c r="N161" s="2">
         <v>125</v>
       </c>
     </row>
     <row r="162" spans="1:14">
       <c r="A162" s="2">
-        <v>115147</v>
+        <v>109990</v>
       </c>
       <c r="B162" s="2" t="s">
         <v>484</v>
       </c>
       <c r="C162" s="2" t="s">
         <v>485</v>
       </c>
       <c r="D162" s="2"/>
-      <c r="E162" s="2">
-[...4 lines deleted...]
-      </c>
+      <c r="E162" s="2"/>
+      <c r="F162" s="2"/>
       <c r="G162" s="2" t="s">
-        <v>39</v>
+        <v>17</v>
       </c>
       <c r="H162" s="2" t="s">
         <v>486</v>
       </c>
       <c r="I162" s="2">
         <v>81</v>
       </c>
       <c r="J162" s="2">
-        <v>20</v>
+        <v>61</v>
       </c>
       <c r="K162" s="2">
         <v>70</v>
       </c>
       <c r="L162" s="2">
-        <v>96</v>
+        <v>55</v>
       </c>
       <c r="M162" s="2">
         <v>0</v>
       </c>
       <c r="N162" s="2">
-        <v>166</v>
+        <v>125</v>
       </c>
     </row>
     <row r="163" spans="1:14">
       <c r="A163" s="2">
-        <v>109990</v>
+        <v>115147</v>
       </c>
       <c r="B163" s="2" t="s">
         <v>487</v>
       </c>
       <c r="C163" s="2" t="s">
         <v>488</v>
       </c>
       <c r="D163" s="2"/>
-      <c r="E163" s="2"/>
-      <c r="F163" s="2"/>
+      <c r="E163" s="2">
+        <v>7552</v>
+      </c>
+      <c r="F163" s="2" t="s">
+        <v>25</v>
+      </c>
       <c r="G163" s="2" t="s">
-        <v>17</v>
+        <v>39</v>
       </c>
       <c r="H163" s="2" t="s">
         <v>489</v>
       </c>
       <c r="I163" s="2">
         <v>81</v>
       </c>
       <c r="J163" s="2">
-        <v>61</v>
+        <v>20</v>
       </c>
       <c r="K163" s="2">
         <v>70</v>
       </c>
       <c r="L163" s="2">
-        <v>55</v>
+        <v>96</v>
       </c>
       <c r="M163" s="2">
         <v>0</v>
       </c>
       <c r="N163" s="2">
-        <v>125</v>
+        <v>166</v>
       </c>
     </row>
     <row r="164" spans="1:14">
       <c r="A164" s="2">
         <v>115148</v>
       </c>
       <c r="B164" s="2" t="s">
         <v>490</v>
       </c>
       <c r="C164" s="2" t="s">
         <v>491</v>
       </c>
       <c r="D164" s="2"/>
       <c r="E164" s="2">
         <v>7508</v>
       </c>
       <c r="F164" s="2" t="s">
         <v>25</v>
       </c>
       <c r="G164" s="2" t="s">
         <v>39</v>
       </c>
       <c r="H164" s="2" t="s">
         <v>492</v>
       </c>
@@ -9186,51 +9186,51 @@
       </c>
       <c r="M170" s="2">
         <v>0</v>
       </c>
       <c r="N170" s="2">
         <v>122</v>
       </c>
     </row>
     <row r="171" spans="1:14">
       <c r="A171" s="2">
         <v>109994</v>
       </c>
       <c r="B171" s="2" t="s">
         <v>512</v>
       </c>
       <c r="C171" s="2" t="s">
         <v>513</v>
       </c>
       <c r="D171" s="2"/>
       <c r="E171" s="2"/>
       <c r="F171" s="2"/>
       <c r="G171" s="2" t="s">
         <v>39</v>
       </c>
       <c r="H171" s="2" t="s">
-        <v>230</v>
+        <v>227</v>
       </c>
       <c r="I171" s="2">
         <v>85</v>
       </c>
       <c r="J171" s="2">
         <v>21</v>
       </c>
       <c r="K171" s="2">
         <v>70</v>
       </c>
       <c r="L171" s="2">
         <v>95</v>
       </c>
       <c r="M171" s="2">
         <v>0</v>
       </c>
       <c r="N171" s="2">
         <v>165</v>
       </c>
     </row>
     <row r="172" spans="1:14">
       <c r="A172" s="2">
         <v>115152</v>
       </c>
       <c r="B172" s="2" t="s">
@@ -9417,51 +9417,51 @@
       </c>
       <c r="J176" s="2">
         <v>66</v>
       </c>
       <c r="K176" s="2">
         <v>70</v>
       </c>
       <c r="L176" s="2">
         <v>50</v>
       </c>
       <c r="M176" s="2">
         <v>0</v>
       </c>
       <c r="N176" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="177" spans="1:14">
       <c r="A177" s="2">
         <v>109997</v>
       </c>
       <c r="B177" s="2" t="s">
         <v>528</v>
       </c>
       <c r="C177" s="2" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="D177" s="2"/>
       <c r="E177" s="2"/>
       <c r="F177" s="2"/>
       <c r="G177" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H177" s="2" t="s">
         <v>529</v>
       </c>
       <c r="I177" s="2">
         <v>88</v>
       </c>
       <c r="J177" s="2">
         <v>67</v>
       </c>
       <c r="K177" s="2">
         <v>70</v>
       </c>
       <c r="L177" s="2">
         <v>49</v>
       </c>
       <c r="M177" s="2">
         <v>0</v>
       </c>
@@ -9535,51 +9535,51 @@
       </c>
       <c r="J179" s="2">
         <v>68</v>
       </c>
       <c r="K179" s="2">
         <v>70</v>
       </c>
       <c r="L179" s="2">
         <v>48</v>
       </c>
       <c r="M179" s="2">
         <v>0</v>
       </c>
       <c r="N179" s="2">
         <v>118</v>
       </c>
     </row>
     <row r="180" spans="1:14">
       <c r="A180" s="2">
         <v>109999</v>
       </c>
       <c r="B180" s="2" t="s">
         <v>536</v>
       </c>
       <c r="C180" s="2" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="D180" s="2"/>
       <c r="E180" s="2"/>
       <c r="F180" s="2"/>
       <c r="G180" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H180" s="2" t="s">
         <v>537</v>
       </c>
       <c r="I180" s="2">
         <v>90</v>
       </c>
       <c r="J180" s="2">
         <v>69</v>
       </c>
       <c r="K180" s="2">
         <v>70</v>
       </c>
       <c r="L180" s="2">
         <v>47</v>
       </c>
       <c r="M180" s="2">
         <v>0</v>
       </c>
@@ -9769,124 +9769,124 @@
       </c>
       <c r="H185" s="2" t="s">
         <v>551</v>
       </c>
       <c r="I185" s="2">
         <v>92</v>
       </c>
       <c r="J185" s="2">
         <v>71</v>
       </c>
       <c r="K185" s="2">
         <v>70</v>
       </c>
       <c r="L185" s="2">
         <v>45</v>
       </c>
       <c r="M185" s="2">
         <v>0</v>
       </c>
       <c r="N185" s="2">
         <v>115</v>
       </c>
     </row>
     <row r="186" spans="1:14">
       <c r="A186" s="2">
-        <v>110002</v>
+        <v>115159</v>
       </c>
       <c r="B186" s="2" t="s">
         <v>552</v>
       </c>
-      <c r="C186" s="2" t="s">
+      <c r="C186" s="2"/>
+      <c r="D186" s="2"/>
+      <c r="E186" s="2">
+        <v>7021</v>
+      </c>
+      <c r="F186" s="2" t="s">
+        <v>25</v>
+      </c>
+      <c r="G186" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="H186" s="2" t="s">
         <v>553</v>
-      </c>
-[...7 lines deleted...]
-        <v>554</v>
       </c>
       <c r="I186" s="2">
         <v>93</v>
       </c>
       <c r="J186" s="2">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="K186" s="2">
         <v>70</v>
       </c>
       <c r="L186" s="2">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="M186" s="2">
         <v>0</v>
       </c>
       <c r="N186" s="2">
-        <v>114</v>
+        <v>115</v>
       </c>
     </row>
     <row r="187" spans="1:14">
       <c r="A187" s="2">
-        <v>115159</v>
+        <v>110002</v>
       </c>
       <c r="B187" s="2" t="s">
+        <v>554</v>
+      </c>
+      <c r="C187" s="2" t="s">
         <v>555</v>
       </c>
-      <c r="C187" s="2"/>
       <c r="D187" s="2"/>
-      <c r="E187" s="2">
-[...4 lines deleted...]
-      </c>
+      <c r="E187" s="2"/>
+      <c r="F187" s="2"/>
       <c r="G187" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H187" s="2" t="s">
         <v>556</v>
       </c>
       <c r="I187" s="2">
         <v>93</v>
       </c>
       <c r="J187" s="2">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="K187" s="2">
         <v>70</v>
       </c>
       <c r="L187" s="2">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="M187" s="2">
         <v>0</v>
       </c>
       <c r="N187" s="2">
-        <v>115</v>
+        <v>114</v>
       </c>
     </row>
     <row r="188" spans="1:14">
       <c r="A188" s="2">
         <v>115160</v>
       </c>
       <c r="B188" s="2" t="s">
         <v>557</v>
       </c>
       <c r="C188" s="2" t="s">
         <v>558</v>
       </c>
       <c r="D188" s="2"/>
       <c r="E188" s="2">
         <v>7071</v>
       </c>
       <c r="F188" s="2" t="s">
         <v>25</v>
       </c>
       <c r="G188" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H188" s="2" t="s">
         <v>559</v>
       </c>
@@ -10437,51 +10437,51 @@
       </c>
       <c r="J202" s="2">
         <v>82</v>
       </c>
       <c r="K202" s="2">
         <v>70</v>
       </c>
       <c r="L202" s="2">
         <v>34</v>
       </c>
       <c r="M202" s="2">
         <v>0</v>
       </c>
       <c r="N202" s="2">
         <v>104</v>
       </c>
     </row>
     <row r="203" spans="1:14">
       <c r="A203" s="2">
         <v>110014</v>
       </c>
       <c r="B203" s="2" t="s">
         <v>599</v>
       </c>
       <c r="C203" s="2" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="D203" s="2"/>
       <c r="E203" s="2"/>
       <c r="F203" s="2"/>
       <c r="G203" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H203" s="2" t="s">
         <v>600</v>
       </c>
       <c r="I203" s="2">
         <v>105</v>
       </c>
       <c r="J203" s="2">
         <v>83</v>
       </c>
       <c r="K203" s="2">
         <v>70</v>
       </c>
       <c r="L203" s="2">
         <v>33</v>
       </c>
       <c r="M203" s="2">
         <v>0</v>
       </c>
@@ -10591,51 +10591,51 @@
       </c>
       <c r="J206" s="2">
         <v>86</v>
       </c>
       <c r="K206" s="2">
         <v>70</v>
       </c>
       <c r="L206" s="2">
         <v>30</v>
       </c>
       <c r="M206" s="2">
         <v>0</v>
       </c>
       <c r="N206" s="2">
         <v>100</v>
       </c>
     </row>
     <row r="207" spans="1:14">
       <c r="A207" s="2">
         <v>110018</v>
       </c>
       <c r="B207" s="2" t="s">
         <v>608</v>
       </c>
       <c r="C207" s="2" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="D207" s="2"/>
       <c r="E207" s="2"/>
       <c r="F207" s="2"/>
       <c r="G207" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H207" s="2" t="s">
         <v>609</v>
       </c>
       <c r="I207" s="2">
         <v>109</v>
       </c>
       <c r="J207" s="2">
         <v>87</v>
       </c>
       <c r="K207" s="2">
         <v>70</v>
       </c>
       <c r="L207" s="2">
         <v>29</v>
       </c>
       <c r="M207" s="2">
         <v>0</v>
       </c>
@@ -10745,51 +10745,51 @@
       </c>
       <c r="J210" s="2">
         <v>89</v>
       </c>
       <c r="K210" s="2">
         <v>70</v>
       </c>
       <c r="L210" s="2">
         <v>27</v>
       </c>
       <c r="M210" s="2">
         <v>0</v>
       </c>
       <c r="N210" s="2">
         <v>97</v>
       </c>
     </row>
     <row r="211" spans="1:14">
       <c r="A211" s="2">
         <v>110022</v>
       </c>
       <c r="B211" s="2" t="s">
         <v>618</v>
       </c>
       <c r="C211" s="2" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="D211" s="2"/>
       <c r="E211" s="2"/>
       <c r="F211" s="2"/>
       <c r="G211" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H211" s="2" t="s">
         <v>619</v>
       </c>
       <c r="I211" s="2">
         <v>113</v>
       </c>
       <c r="J211" s="2">
         <v>90</v>
       </c>
       <c r="K211" s="2">
         <v>70</v>
       </c>
       <c r="L211" s="2">
         <v>26</v>
       </c>
       <c r="M211" s="2">
         <v>0</v>
       </c>