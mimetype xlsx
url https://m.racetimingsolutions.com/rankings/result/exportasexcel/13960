--- v0 (2025-11-16)
+++ v1 (2026-01-01)
@@ -224,74 +224,74 @@
   <si>
     <t>28:53:14</t>
   </si>
   <si>
     <t>Ponpayon</t>
   </si>
   <si>
     <t>Thongtawee</t>
   </si>
   <si>
     <t>29:18:11</t>
   </si>
   <si>
     <t>Woon Chze Christine</t>
   </si>
   <si>
     <t>Loh</t>
   </si>
   <si>
     <t>124-89</t>
   </si>
   <si>
     <t>20:18:16</t>
   </si>
   <si>
+    <t>Issaree</t>
+  </si>
+  <si>
+    <t>Kengnok</t>
+  </si>
+  <si>
+    <t>29:20:54</t>
+  </si>
+  <si>
     <t>Xiang</t>
   </si>
   <si>
     <t>De</t>
   </si>
   <si>
     <t>124-3</t>
   </si>
   <si>
     <t>China</t>
   </si>
   <si>
     <t>21:00:56</t>
   </si>
   <si>
-    <t>Issaree</t>
-[...7 lines deleted...]
-  <si>
     <t>Fredelyn</t>
   </si>
   <si>
     <t>Alberto</t>
   </si>
   <si>
     <t>124-122</t>
   </si>
   <si>
     <t>Philippines</t>
   </si>
   <si>
     <t>21:44:29</t>
   </si>
   <si>
     <t>Pongnares</t>
   </si>
   <si>
     <t>Potiyotin</t>
   </si>
   <si>
     <t>30:13:10</t>
   </si>
   <si>
     <t>Tawatcharin</t>
@@ -611,132 +611,132 @@
   <si>
     <t>34:45:15</t>
   </si>
   <si>
     <t>Sithiroj</t>
   </si>
   <si>
     <t>Sasisajja</t>
   </si>
   <si>
     <t>124-106</t>
   </si>
   <si>
     <t>28:08:39</t>
   </si>
   <si>
     <t>Pongsak</t>
   </si>
   <si>
     <t>Takang</t>
   </si>
   <si>
     <t>34:54:48</t>
   </si>
   <si>
+    <t>Chetthaphon</t>
+  </si>
+  <si>
+    <t>Chanthadanai</t>
+  </si>
+  <si>
+    <t>34:54:51</t>
+  </si>
+  <si>
     <t>Somchai</t>
   </si>
   <si>
     <t>Suksaibul</t>
   </si>
   <si>
     <t>124-18</t>
   </si>
   <si>
-    <t>Chetthaphon</t>
-[...5 lines deleted...]
-    <t>34:54:51</t>
+    <t xml:space="preserve">Sawitree </t>
+  </si>
+  <si>
+    <t>Mothaisong</t>
+  </si>
+  <si>
+    <t>35:21:31</t>
   </si>
   <si>
     <t>Kokfai</t>
   </si>
   <si>
     <t>Man</t>
   </si>
   <si>
     <t>124-90</t>
   </si>
   <si>
     <t>28:16:26</t>
   </si>
   <si>
-    <t xml:space="preserve">Sawitree </t>
-[...7 lines deleted...]
-  <si>
     <t>Suthiporn</t>
   </si>
   <si>
     <t>Tepchinda</t>
   </si>
   <si>
     <t>35:41:24</t>
   </si>
   <si>
     <t>Lim Chin</t>
   </si>
   <si>
     <t>Tat</t>
   </si>
   <si>
     <t>124-91</t>
   </si>
   <si>
     <t>28:41:21</t>
   </si>
   <si>
+    <t>Piyapong</t>
+  </si>
+  <si>
+    <t>Thijin</t>
+  </si>
+  <si>
+    <t>35:42:05</t>
+  </si>
+  <si>
     <t>Jun</t>
   </si>
   <si>
     <t>Otomo</t>
   </si>
   <si>
     <t>大友　淳</t>
   </si>
   <si>
     <t>124-73</t>
   </si>
   <si>
     <t>28:50:51</t>
-  </si>
-[...7 lines deleted...]
-    <t>35:42:05</t>
   </si>
   <si>
     <t>Anuphon</t>
   </si>
   <si>
     <t>Itsara</t>
   </si>
   <si>
     <t>124-103</t>
   </si>
   <si>
     <t>28:54:15</t>
   </si>
   <si>
     <t xml:space="preserve">Krit </t>
   </si>
   <si>
     <t>Sae-Jew</t>
   </si>
   <si>
     <t>124-117</t>
   </si>
   <si>
     <t>29:07:21</t>
   </si>
@@ -2473,130 +2473,130 @@
       </c>
       <c r="H15" s="2" t="s">
         <v>69</v>
       </c>
       <c r="I15" s="2">
         <v>7</v>
       </c>
       <c r="J15" s="2">
         <v>1</v>
       </c>
       <c r="K15" s="2">
         <v>150</v>
       </c>
       <c r="L15" s="2">
         <v>400</v>
       </c>
       <c r="M15" s="2">
         <v>0</v>
       </c>
       <c r="N15" s="2">
         <v>550</v>
       </c>
     </row>
     <row r="16" spans="1:14">
       <c r="A16" s="2">
-        <v>115910</v>
+        <v>102644</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>70</v>
       </c>
       <c r="C16" s="2" t="s">
         <v>71</v>
       </c>
       <c r="D16" s="2"/>
-      <c r="E16" s="2" t="s">
+      <c r="E16" s="2">
+        <v>124015</v>
+      </c>
+      <c r="F16" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="G16" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="H16" s="2" t="s">
         <v>72</v>
-      </c>
-[...7 lines deleted...]
-        <v>74</v>
       </c>
       <c r="I16" s="2">
         <v>8</v>
       </c>
       <c r="J16" s="2">
-        <v>7</v>
+        <v>2</v>
       </c>
       <c r="K16" s="2">
         <v>150</v>
       </c>
       <c r="L16" s="2">
-        <v>240</v>
+        <v>350</v>
       </c>
       <c r="M16" s="2">
         <v>0</v>
       </c>
       <c r="N16" s="2">
-        <v>390</v>
+        <v>500</v>
       </c>
     </row>
     <row r="17" spans="1:14">
       <c r="A17" s="2">
-        <v>102644</v>
+        <v>115910</v>
       </c>
       <c r="B17" s="2" t="s">
+        <v>73</v>
+      </c>
+      <c r="C17" s="2" t="s">
+        <v>74</v>
+      </c>
+      <c r="D17" s="2"/>
+      <c r="E17" s="2" t="s">
         <v>75</v>
       </c>
-      <c r="C17" s="2" t="s">
+      <c r="F17" s="2" t="s">
         <v>76</v>
       </c>
-      <c r="D17" s="2"/>
-[...5 lines deleted...]
-      </c>
       <c r="G17" s="2" t="s">
-        <v>34</v>
+        <v>17</v>
       </c>
       <c r="H17" s="2" t="s">
         <v>77</v>
       </c>
       <c r="I17" s="2">
         <v>8</v>
       </c>
       <c r="J17" s="2">
-        <v>2</v>
+        <v>7</v>
       </c>
       <c r="K17" s="2">
         <v>150</v>
       </c>
       <c r="L17" s="2">
-        <v>350</v>
+        <v>240</v>
       </c>
       <c r="M17" s="2">
         <v>0</v>
       </c>
       <c r="N17" s="2">
-        <v>500</v>
+        <v>390</v>
       </c>
     </row>
     <row r="18" spans="1:14">
       <c r="A18" s="2">
         <v>113450</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>78</v>
       </c>
       <c r="C18" s="2" t="s">
         <v>79</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2" t="s">
         <v>80</v>
       </c>
       <c r="F18" s="2" t="s">
         <v>81</v>
       </c>
       <c r="G18" s="2" t="s">
         <v>34</v>
       </c>
       <c r="H18" s="2" t="s">
         <v>82</v>
       </c>
@@ -2696,51 +2696,51 @@
       <c r="L20" s="2">
         <v>230</v>
       </c>
       <c r="M20" s="2">
         <v>0</v>
       </c>
       <c r="N20" s="2">
         <v>380</v>
       </c>
     </row>
     <row r="21" spans="1:14">
       <c r="A21" s="2">
         <v>105766</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>89</v>
       </c>
       <c r="C21" s="2" t="s">
         <v>90</v>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2" t="s">
         <v>91</v>
       </c>
       <c r="F21" s="2" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="G21" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H21" s="2" t="s">
         <v>92</v>
       </c>
       <c r="I21" s="2">
         <v>10</v>
       </c>
       <c r="J21" s="2">
         <v>8</v>
       </c>
       <c r="K21" s="2">
         <v>150</v>
       </c>
       <c r="L21" s="2">
         <v>230</v>
       </c>
       <c r="M21" s="2">
         <v>0</v>
       </c>
       <c r="N21" s="2">
         <v>380</v>
       </c>
@@ -3985,214 +3985,214 @@
       </c>
       <c r="H51" s="2" t="s">
         <v>198</v>
       </c>
       <c r="I51" s="2">
         <v>25</v>
       </c>
       <c r="J51" s="2">
         <v>17</v>
       </c>
       <c r="K51" s="2">
         <v>150</v>
       </c>
       <c r="L51" s="2">
         <v>140</v>
       </c>
       <c r="M51" s="2">
         <v>0</v>
       </c>
       <c r="N51" s="2">
         <v>290</v>
       </c>
     </row>
     <row r="52" spans="1:14">
       <c r="A52" s="2">
-        <v>115919</v>
+        <v>118463</v>
       </c>
       <c r="B52" s="2" t="s">
         <v>199</v>
       </c>
       <c r="C52" s="2" t="s">
         <v>200</v>
       </c>
       <c r="D52" s="2"/>
-      <c r="E52" s="2" t="s">
+      <c r="E52" s="2">
+        <v>124009</v>
+      </c>
+      <c r="F52" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="G52" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="H52" s="2" t="s">
         <v>201</v>
-      </c>
-[...7 lines deleted...]
-        <v>195</v>
       </c>
       <c r="I52" s="2">
         <v>26</v>
       </c>
       <c r="J52" s="2">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="K52" s="2">
         <v>150</v>
       </c>
       <c r="L52" s="2">
-        <v>99</v>
+        <v>130</v>
       </c>
       <c r="M52" s="2">
         <v>0</v>
       </c>
       <c r="N52" s="2">
-        <v>249</v>
+        <v>280</v>
       </c>
     </row>
     <row r="53" spans="1:14">
       <c r="A53" s="2">
-        <v>118463</v>
+        <v>115919</v>
       </c>
       <c r="B53" s="2" t="s">
         <v>202</v>
       </c>
       <c r="C53" s="2" t="s">
         <v>203</v>
       </c>
       <c r="D53" s="2"/>
-      <c r="E53" s="2">
-        <v>124009</v>
+      <c r="E53" s="2" t="s">
+        <v>204</v>
       </c>
       <c r="F53" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G53" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H53" s="2" t="s">
-        <v>204</v>
+        <v>195</v>
       </c>
       <c r="I53" s="2">
         <v>26</v>
       </c>
       <c r="J53" s="2">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="K53" s="2">
         <v>150</v>
       </c>
       <c r="L53" s="2">
-        <v>130</v>
+        <v>99</v>
       </c>
       <c r="M53" s="2">
         <v>0</v>
       </c>
       <c r="N53" s="2">
-        <v>280</v>
+        <v>249</v>
       </c>
     </row>
     <row r="54" spans="1:14">
       <c r="A54" s="2">
-        <v>105661</v>
+        <v>115974</v>
       </c>
       <c r="B54" s="2" t="s">
         <v>205</v>
       </c>
       <c r="C54" s="2" t="s">
         <v>206</v>
       </c>
       <c r="D54" s="2"/>
-      <c r="E54" s="2" t="s">
+      <c r="E54" s="2">
+        <v>124050</v>
+      </c>
+      <c r="F54" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="G54" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="H54" s="2" t="s">
         <v>207</v>
-      </c>
-[...7 lines deleted...]
-        <v>208</v>
       </c>
       <c r="I54" s="2">
         <v>27</v>
       </c>
       <c r="J54" s="2">
-        <v>23</v>
+        <v>9</v>
       </c>
       <c r="K54" s="2">
         <v>150</v>
       </c>
       <c r="L54" s="2">
-        <v>98</v>
+        <v>220</v>
       </c>
       <c r="M54" s="2">
         <v>0</v>
       </c>
       <c r="N54" s="2">
-        <v>248</v>
+        <v>370</v>
       </c>
     </row>
     <row r="55" spans="1:14">
       <c r="A55" s="2">
-        <v>115974</v>
+        <v>105661</v>
       </c>
       <c r="B55" s="2" t="s">
+        <v>208</v>
+      </c>
+      <c r="C55" s="2" t="s">
         <v>209</v>
       </c>
-      <c r="C55" s="2" t="s">
+      <c r="D55" s="2"/>
+      <c r="E55" s="2" t="s">
         <v>210</v>
       </c>
-      <c r="D55" s="2"/>
-[...2 lines deleted...]
-      </c>
       <c r="F55" s="2" t="s">
-        <v>16</v>
+        <v>39</v>
       </c>
       <c r="G55" s="2" t="s">
-        <v>34</v>
+        <v>17</v>
       </c>
       <c r="H55" s="2" t="s">
         <v>211</v>
       </c>
       <c r="I55" s="2">
         <v>27</v>
       </c>
       <c r="J55" s="2">
-        <v>9</v>
+        <v>23</v>
       </c>
       <c r="K55" s="2">
         <v>150</v>
       </c>
       <c r="L55" s="2">
-        <v>220</v>
+        <v>98</v>
       </c>
       <c r="M55" s="2">
         <v>0</v>
       </c>
       <c r="N55" s="2">
-        <v>370</v>
+        <v>248</v>
       </c>
     </row>
     <row r="56" spans="1:14">
       <c r="A56" s="2">
         <v>118464</v>
       </c>
       <c r="B56" s="2" t="s">
         <v>212</v>
       </c>
       <c r="C56" s="2" t="s">
         <v>213</v>
       </c>
       <c r="D56" s="2"/>
       <c r="E56" s="2">
         <v>124037</v>
       </c>
       <c r="F56" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G56" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H56" s="2" t="s">
         <v>214</v>
       </c>
@@ -4237,132 +4237,132 @@
       </c>
       <c r="H57" s="2" t="s">
         <v>218</v>
       </c>
       <c r="I57" s="2">
         <v>28</v>
       </c>
       <c r="J57" s="2">
         <v>24</v>
       </c>
       <c r="K57" s="2">
         <v>150</v>
       </c>
       <c r="L57" s="2">
         <v>97</v>
       </c>
       <c r="M57" s="2">
         <v>0</v>
       </c>
       <c r="N57" s="2">
         <v>247</v>
       </c>
     </row>
     <row r="58" spans="1:14">
       <c r="A58" s="2">
-        <v>106926</v>
+        <v>118465</v>
       </c>
       <c r="B58" s="2" t="s">
         <v>219</v>
       </c>
       <c r="C58" s="2" t="s">
         <v>220</v>
       </c>
-      <c r="D58" s="2" t="s">
+      <c r="D58" s="2"/>
+      <c r="E58" s="2">
+        <v>124024</v>
+      </c>
+      <c r="F58" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="G58" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="H58" s="2" t="s">
         <v>221</v>
-      </c>
-[...10 lines deleted...]
-        <v>223</v>
       </c>
       <c r="I58" s="2">
         <v>29</v>
       </c>
       <c r="J58" s="2">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="K58" s="2">
         <v>150</v>
       </c>
       <c r="L58" s="2">
-        <v>96</v>
+        <v>110</v>
       </c>
       <c r="M58" s="2">
         <v>0</v>
       </c>
       <c r="N58" s="2">
-        <v>246</v>
+        <v>260</v>
       </c>
     </row>
     <row r="59" spans="1:14">
       <c r="A59" s="2">
-        <v>118465</v>
+        <v>106926</v>
       </c>
       <c r="B59" s="2" t="s">
+        <v>222</v>
+      </c>
+      <c r="C59" s="2" t="s">
+        <v>223</v>
+      </c>
+      <c r="D59" s="2" t="s">
         <v>224</v>
       </c>
-      <c r="C59" s="2" t="s">
+      <c r="E59" s="2" t="s">
         <v>225</v>
       </c>
-      <c r="D59" s="2"/>
-[...2 lines deleted...]
-      </c>
       <c r="F59" s="2" t="s">
-        <v>16</v>
+        <v>27</v>
       </c>
       <c r="G59" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H59" s="2" t="s">
         <v>226</v>
       </c>
       <c r="I59" s="2">
         <v>29</v>
       </c>
       <c r="J59" s="2">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="K59" s="2">
         <v>150</v>
       </c>
       <c r="L59" s="2">
-        <v>110</v>
+        <v>96</v>
       </c>
       <c r="M59" s="2">
         <v>0</v>
       </c>
       <c r="N59" s="2">
-        <v>260</v>
+        <v>246</v>
       </c>
     </row>
     <row r="60" spans="1:14">
       <c r="A60" s="2">
         <v>115922</v>
       </c>
       <c r="B60" s="2" t="s">
         <v>227</v>
       </c>
       <c r="C60" s="2" t="s">
         <v>228</v>
       </c>
       <c r="D60" s="2"/>
       <c r="E60" s="2" t="s">
         <v>229</v>
       </c>
       <c r="F60" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G60" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H60" s="2" t="s">
         <v>230</v>
       </c>
@@ -6844,54 +6844,54 @@
       </c>
       <c r="I119" s="2">
         <v>89</v>
       </c>
       <c r="J119" s="2">
         <v>75</v>
       </c>
       <c r="K119" s="2">
         <v>150</v>
       </c>
       <c r="L119" s="2">
         <v>46</v>
       </c>
       <c r="M119" s="2">
         <v>0</v>
       </c>
       <c r="N119" s="2">
         <v>196</v>
       </c>
     </row>
     <row r="120" spans="1:14">
       <c r="A120" s="2">
         <v>115974</v>
       </c>
       <c r="B120" s="2" t="s">
-        <v>209</v>
+        <v>205</v>
       </c>
       <c r="C120" s="2" t="s">
-        <v>210</v>
+        <v>206</v>
       </c>
       <c r="D120" s="2"/>
       <c r="E120" s="2" t="s">
         <v>464</v>
       </c>
       <c r="F120" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G120" s="2" t="s">
         <v>34</v>
       </c>
       <c r="H120" s="2" t="s">
         <v>465</v>
       </c>
       <c r="I120" s="2">
         <v>90</v>
       </c>
       <c r="J120" s="2">
         <v>15</v>
       </c>
       <c r="K120" s="2">
         <v>150</v>
       </c>
       <c r="L120" s="2">
         <v>160</v>