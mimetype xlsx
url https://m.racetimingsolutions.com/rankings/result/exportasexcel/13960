--- v1 (2026-01-01)
+++ v2 (2026-03-01)
@@ -110,233 +110,233 @@
   <si>
     <t>Hisashi</t>
   </si>
   <si>
     <t>Kitamura</t>
   </si>
   <si>
     <t>124-120</t>
   </si>
   <si>
     <t>Japan</t>
   </si>
   <si>
     <t>15:23:45</t>
   </si>
   <si>
     <t>Amorn</t>
   </si>
   <si>
     <t>Kimnguan</t>
   </si>
   <si>
     <t>23:06:54</t>
   </si>
   <si>
+    <t>Milton</t>
+  </si>
+  <si>
+    <t>Amat</t>
+  </si>
+  <si>
+    <t>124-95</t>
+  </si>
+  <si>
+    <t>Malaysia</t>
+  </si>
+  <si>
+    <t>16:52:07</t>
+  </si>
+  <si>
     <t>Patcharee</t>
   </si>
   <si>
     <t>Chuaythaisong</t>
   </si>
   <si>
     <t>Female</t>
   </si>
   <si>
     <t>25:54:04</t>
   </si>
   <si>
-    <t>Milton</t>
-[...11 lines deleted...]
-    <t>16:52:07</t>
+    <t>Sukrit</t>
+  </si>
+  <si>
+    <t>Kaewyoun</t>
+  </si>
+  <si>
+    <t>124-98</t>
+  </si>
+  <si>
+    <t>17:07:20</t>
   </si>
   <si>
     <t>Graeme</t>
   </si>
   <si>
     <t>Fancett</t>
   </si>
   <si>
     <t>Great Britain</t>
   </si>
   <si>
     <t>26:50:00</t>
   </si>
   <si>
-    <t>Sukrit</t>
-[...8 lines deleted...]
-    <t>17:07:20</t>
+    <t>Gakuho</t>
+  </si>
+  <si>
+    <t>Chiba</t>
+  </si>
+  <si>
+    <t>124-14</t>
+  </si>
+  <si>
+    <t>19:37:48</t>
   </si>
   <si>
     <t>Worawooth</t>
   </si>
   <si>
     <t>Luamlum</t>
   </si>
   <si>
     <t>28:13:12</t>
   </si>
   <si>
-    <t>Gakuho</t>
-[...8 lines deleted...]
-    <t>19:37:48</t>
+    <t>Pongpicha</t>
+  </si>
+  <si>
+    <t>Boontun</t>
+  </si>
+  <si>
+    <t>28:53:14</t>
   </si>
   <si>
     <t>Narin</t>
   </si>
   <si>
     <t>Kongsiri</t>
   </si>
   <si>
     <t>124-65</t>
   </si>
   <si>
     <t>20:16:44</t>
   </si>
   <si>
-    <t>Pongpicha</t>
-[...7 lines deleted...]
-  <si>
     <t>Ponpayon</t>
   </si>
   <si>
     <t>Thongtawee</t>
   </si>
   <si>
     <t>29:18:11</t>
   </si>
   <si>
     <t>Woon Chze Christine</t>
   </si>
   <si>
     <t>Loh</t>
   </si>
   <si>
     <t>124-89</t>
   </si>
   <si>
     <t>20:18:16</t>
   </si>
   <si>
+    <t>Xiang</t>
+  </si>
+  <si>
+    <t>De</t>
+  </si>
+  <si>
+    <t>124-3</t>
+  </si>
+  <si>
+    <t>China</t>
+  </si>
+  <si>
+    <t>21:00:56</t>
+  </si>
+  <si>
     <t>Issaree</t>
   </si>
   <si>
     <t>Kengnok</t>
   </si>
   <si>
     <t>29:20:54</t>
   </si>
   <si>
-    <t>Xiang</t>
-[...13 lines deleted...]
-  <si>
     <t>Fredelyn</t>
   </si>
   <si>
     <t>Alberto</t>
   </si>
   <si>
     <t>124-122</t>
   </si>
   <si>
     <t>Philippines</t>
   </si>
   <si>
     <t>21:44:29</t>
   </si>
   <si>
     <t>Pongnares</t>
   </si>
   <si>
     <t>Potiyotin</t>
   </si>
   <si>
     <t>30:13:10</t>
   </si>
   <si>
+    <t>Kui</t>
+  </si>
+  <si>
+    <t>Ma</t>
+  </si>
+  <si>
+    <t>124-53</t>
+  </si>
+  <si>
+    <t>22:23:48</t>
+  </si>
+  <si>
     <t>Tawatcharin</t>
   </si>
   <si>
     <t>Supakit</t>
   </si>
   <si>
     <t>30:29:07</t>
   </si>
   <si>
-    <t>Kui</t>
-[...10 lines deleted...]
-  <si>
     <t>Nikom</t>
   </si>
   <si>
     <t>Tonjai</t>
   </si>
   <si>
     <t>124-39</t>
   </si>
   <si>
     <t>Supachai</t>
   </si>
   <si>
     <t>Kanjarean</t>
   </si>
   <si>
     <t>31:27:20</t>
   </si>
   <si>
     <t>Krittapas</t>
   </si>
   <si>
     <t>Pimukdech</t>
   </si>
   <si>
     <t>124-44</t>
@@ -377,134 +377,134 @@
   <si>
     <t>Julien</t>
   </si>
   <si>
     <t>Chopin</t>
   </si>
   <si>
     <t>124-84</t>
   </si>
   <si>
     <t>France</t>
   </si>
   <si>
     <t>23:50:13</t>
   </si>
   <si>
     <t>Chinnapan</t>
   </si>
   <si>
     <t>Somtour</t>
   </si>
   <si>
     <t>33:36:57</t>
   </si>
   <si>
+    <t>Jirad</t>
+  </si>
+  <si>
+    <t>Phethung</t>
+  </si>
+  <si>
+    <t>33:39:37</t>
+  </si>
+  <si>
     <t>Bunnavit</t>
   </si>
   <si>
     <t>Pangsuk</t>
   </si>
   <si>
     <t>124-105</t>
   </si>
   <si>
     <t>23:50:15</t>
   </si>
   <si>
-    <t>Jirad</t>
-[...7 lines deleted...]
-  <si>
     <t>Kwanjira</t>
   </si>
   <si>
     <t>Phetnil</t>
   </si>
   <si>
     <t>33:39:41</t>
   </si>
   <si>
     <t>Natthanan</t>
   </si>
   <si>
     <t>Matthanang</t>
   </si>
   <si>
     <t>124-62</t>
   </si>
   <si>
     <t>25:12:22</t>
   </si>
   <si>
     <t>Ketsarin</t>
   </si>
   <si>
     <t>Channgam</t>
   </si>
   <si>
     <t>33:39:53</t>
   </si>
   <si>
     <t>Suraroek</t>
   </si>
   <si>
     <t>Praesi</t>
   </si>
   <si>
     <t>124-124</t>
   </si>
   <si>
     <t>25:12:26</t>
   </si>
   <si>
+    <t>Sakon</t>
+  </si>
+  <si>
+    <t>Sonsakon</t>
+  </si>
+  <si>
+    <t>33:47:25</t>
+  </si>
+  <si>
     <t>Nuttawat</t>
   </si>
   <si>
     <t>Makkate</t>
   </si>
   <si>
     <t>124-55</t>
   </si>
   <si>
     <t>25:14:53</t>
   </si>
   <si>
-    <t>Sakon</t>
-[...7 lines deleted...]
-  <si>
     <t>Suthee</t>
   </si>
   <si>
     <t>Choomuenwai</t>
   </si>
   <si>
     <t>33:48:26</t>
   </si>
   <si>
     <t>Dacha</t>
   </si>
   <si>
     <t>Chaiya</t>
   </si>
   <si>
     <t>124-1</t>
   </si>
   <si>
     <t>25:21:30</t>
   </si>
   <si>
     <t>Theerathas</t>
   </si>
   <si>
     <t>Chonsakhon</t>
@@ -548,195 +548,195 @@
   <si>
     <t>34:08:47</t>
   </si>
   <si>
     <t>Siukit</t>
   </si>
   <si>
     <t>Wong</t>
   </si>
   <si>
     <t>124-97</t>
   </si>
   <si>
     <t>27:50:43</t>
   </si>
   <si>
     <t>Sansanee</t>
   </si>
   <si>
     <t>Niramis</t>
   </si>
   <si>
     <t>34:10:28</t>
   </si>
   <si>
+    <t>Jutiporn</t>
+  </si>
+  <si>
+    <t>Plangsuk</t>
+  </si>
+  <si>
+    <t>34:27:38</t>
+  </si>
+  <si>
     <t>Nathanon</t>
   </si>
   <si>
     <t>Koysomboon</t>
   </si>
   <si>
     <t>124-85</t>
   </si>
   <si>
     <t>28:07:04</t>
   </si>
   <si>
-    <t>Jutiporn</t>
-[...7 lines deleted...]
-  <si>
     <t>Adisak</t>
   </si>
   <si>
     <t>Monphuma</t>
   </si>
   <si>
     <t>124-114</t>
   </si>
   <si>
     <t>28:07:45</t>
   </si>
   <si>
     <t>Thananooluk</t>
   </si>
   <si>
     <t>Sreepanak</t>
   </si>
   <si>
     <t>34:45:15</t>
   </si>
   <si>
     <t>Sithiroj</t>
   </si>
   <si>
     <t>Sasisajja</t>
   </si>
   <si>
     <t>124-106</t>
   </si>
   <si>
     <t>28:08:39</t>
   </si>
   <si>
     <t>Pongsak</t>
   </si>
   <si>
     <t>Takang</t>
   </si>
   <si>
     <t>34:54:48</t>
   </si>
   <si>
+    <t>Somchai</t>
+  </si>
+  <si>
+    <t>Suksaibul</t>
+  </si>
+  <si>
+    <t>124-18</t>
+  </si>
+  <si>
     <t>Chetthaphon</t>
   </si>
   <si>
     <t>Chanthadanai</t>
   </si>
   <si>
     <t>34:54:51</t>
   </si>
   <si>
-    <t>Somchai</t>
-[...5 lines deleted...]
-    <t>124-18</t>
+    <t>Kokfai</t>
+  </si>
+  <si>
+    <t>Man</t>
+  </si>
+  <si>
+    <t>124-90</t>
+  </si>
+  <si>
+    <t>28:16:26</t>
   </si>
   <si>
     <t xml:space="preserve">Sawitree </t>
   </si>
   <si>
     <t>Mothaisong</t>
   </si>
   <si>
     <t>35:21:31</t>
   </si>
   <si>
-    <t>Kokfai</t>
-[...10 lines deleted...]
-  <si>
     <t>Suthiporn</t>
   </si>
   <si>
     <t>Tepchinda</t>
   </si>
   <si>
     <t>35:41:24</t>
   </si>
   <si>
     <t>Lim Chin</t>
   </si>
   <si>
     <t>Tat</t>
   </si>
   <si>
     <t>124-91</t>
   </si>
   <si>
     <t>28:41:21</t>
   </si>
   <si>
+    <t>Jun</t>
+  </si>
+  <si>
+    <t>Otomo</t>
+  </si>
+  <si>
+    <t>大友　淳</t>
+  </si>
+  <si>
+    <t>124-73</t>
+  </si>
+  <si>
+    <t>28:50:51</t>
+  </si>
+  <si>
     <t>Piyapong</t>
   </si>
   <si>
     <t>Thijin</t>
   </si>
   <si>
     <t>35:42:05</t>
-  </si>
-[...13 lines deleted...]
-    <t>28:50:51</t>
   </si>
   <si>
     <t>Anuphon</t>
   </si>
   <si>
     <t>Itsara</t>
   </si>
   <si>
     <t>124-103</t>
   </si>
   <si>
     <t>28:54:15</t>
   </si>
   <si>
     <t xml:space="preserve">Krit </t>
   </si>
   <si>
     <t>Sae-Jew</t>
   </si>
   <si>
     <t>124-117</t>
   </si>
   <si>
     <t>29:07:21</t>
   </si>
@@ -2053,382 +2053,382 @@
       </c>
       <c r="H5" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I5" s="2">
         <v>2</v>
       </c>
       <c r="J5" s="2">
         <v>2</v>
       </c>
       <c r="K5" s="2">
         <v>150</v>
       </c>
       <c r="L5" s="2">
         <v>350</v>
       </c>
       <c r="M5" s="2">
         <v>0</v>
       </c>
       <c r="N5" s="2">
         <v>500</v>
       </c>
     </row>
     <row r="6" spans="1:14">
       <c r="A6" s="2">
-        <v>107456</v>
+        <v>107973</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>32</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>33</v>
       </c>
       <c r="D6" s="2"/>
-      <c r="E6" s="2">
-        <v>124053</v>
+      <c r="E6" s="2" t="s">
+        <v>34</v>
       </c>
       <c r="F6" s="2" t="s">
-        <v>16</v>
+        <v>35</v>
       </c>
       <c r="G6" s="2" t="s">
-        <v>34</v>
+        <v>17</v>
       </c>
       <c r="H6" s="2" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="I6" s="2">
         <v>3</v>
       </c>
       <c r="J6" s="2">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="K6" s="2">
         <v>150</v>
       </c>
       <c r="L6" s="2">
-        <v>400</v>
+        <v>325</v>
       </c>
       <c r="M6" s="2">
         <v>0</v>
       </c>
       <c r="N6" s="2">
-        <v>550</v>
+        <v>475</v>
       </c>
     </row>
     <row r="7" spans="1:14">
       <c r="A7" s="2">
-        <v>107973</v>
+        <v>107456</v>
       </c>
       <c r="B7" s="2" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="C7" s="2" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="D7" s="2"/>
-      <c r="E7" s="2" t="s">
-        <v>38</v>
+      <c r="E7" s="2">
+        <v>124053</v>
       </c>
       <c r="F7" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="G7" s="2" t="s">
         <v>39</v>
-      </c>
-[...1 lines deleted...]
-        <v>17</v>
       </c>
       <c r="H7" s="2" t="s">
         <v>40</v>
       </c>
       <c r="I7" s="2">
         <v>3</v>
       </c>
       <c r="J7" s="2">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="K7" s="2">
         <v>150</v>
       </c>
       <c r="L7" s="2">
-        <v>325</v>
+        <v>400</v>
       </c>
       <c r="M7" s="2">
         <v>0</v>
       </c>
       <c r="N7" s="2">
-        <v>475</v>
+        <v>550</v>
       </c>
     </row>
     <row r="8" spans="1:14">
       <c r="A8" s="2">
-        <v>106210</v>
+        <v>107398</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>41</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>42</v>
       </c>
       <c r="D8" s="2"/>
-      <c r="E8" s="2">
-        <v>124013</v>
+      <c r="E8" s="2" t="s">
+        <v>43</v>
       </c>
       <c r="F8" s="2" t="s">
-        <v>43</v>
+        <v>16</v>
       </c>
       <c r="G8" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H8" s="2" t="s">
         <v>44</v>
       </c>
       <c r="I8" s="2">
         <v>4</v>
       </c>
       <c r="J8" s="2">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="K8" s="2">
         <v>150</v>
       </c>
       <c r="L8" s="2">
-        <v>325</v>
+        <v>300</v>
       </c>
       <c r="M8" s="2">
         <v>0</v>
       </c>
       <c r="N8" s="2">
-        <v>475</v>
+        <v>450</v>
       </c>
     </row>
     <row r="9" spans="1:14">
       <c r="A9" s="2">
-        <v>107398</v>
+        <v>106210</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>45</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>46</v>
       </c>
       <c r="D9" s="2"/>
-      <c r="E9" s="2" t="s">
+      <c r="E9" s="2">
+        <v>124013</v>
+      </c>
+      <c r="F9" s="2" t="s">
         <v>47</v>
-      </c>
-[...1 lines deleted...]
-        <v>16</v>
       </c>
       <c r="G9" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H9" s="2" t="s">
         <v>48</v>
       </c>
       <c r="I9" s="2">
         <v>4</v>
       </c>
       <c r="J9" s="2">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="K9" s="2">
         <v>150</v>
       </c>
       <c r="L9" s="2">
-        <v>300</v>
+        <v>325</v>
       </c>
       <c r="M9" s="2">
         <v>0</v>
       </c>
       <c r="N9" s="2">
-        <v>450</v>
+        <v>475</v>
       </c>
     </row>
     <row r="10" spans="1:14">
       <c r="A10" s="2">
-        <v>107469</v>
+        <v>109806</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>49</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>50</v>
       </c>
       <c r="D10" s="2"/>
-      <c r="E10" s="2">
-        <v>124052</v>
+      <c r="E10" s="2" t="s">
+        <v>51</v>
       </c>
       <c r="F10" s="2" t="s">
-        <v>16</v>
+        <v>27</v>
       </c>
       <c r="G10" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H10" s="2" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="I10" s="2">
         <v>5</v>
       </c>
       <c r="J10" s="2">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="K10" s="2">
         <v>150</v>
       </c>
       <c r="L10" s="2">
-        <v>300</v>
+        <v>275</v>
       </c>
       <c r="M10" s="2">
         <v>0</v>
       </c>
       <c r="N10" s="2">
-        <v>450</v>
+        <v>425</v>
       </c>
     </row>
     <row r="11" spans="1:14">
       <c r="A11" s="2">
-        <v>109806</v>
+        <v>107469</v>
       </c>
       <c r="B11" s="2" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C11" s="2" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="D11" s="2"/>
-      <c r="E11" s="2" t="s">
-        <v>54</v>
+      <c r="E11" s="2">
+        <v>124052</v>
       </c>
       <c r="F11" s="2" t="s">
-        <v>27</v>
+        <v>16</v>
       </c>
       <c r="G11" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H11" s="2" t="s">
         <v>55</v>
       </c>
       <c r="I11" s="2">
         <v>5</v>
       </c>
       <c r="J11" s="2">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="K11" s="2">
         <v>150</v>
       </c>
       <c r="L11" s="2">
-        <v>275</v>
+        <v>300</v>
       </c>
       <c r="M11" s="2">
         <v>0</v>
       </c>
       <c r="N11" s="2">
-        <v>425</v>
+        <v>450</v>
       </c>
     </row>
     <row r="12" spans="1:14">
       <c r="A12" s="2">
-        <v>102654</v>
+        <v>118447</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>56</v>
       </c>
       <c r="C12" s="2" t="s">
         <v>57</v>
       </c>
       <c r="D12" s="2"/>
-      <c r="E12" s="2" t="s">
+      <c r="E12" s="2">
+        <v>124026</v>
+      </c>
+      <c r="F12" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="G12" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="H12" s="2" t="s">
         <v>58</v>
-      </c>
-[...7 lines deleted...]
-        <v>59</v>
       </c>
       <c r="I12" s="2">
         <v>6</v>
       </c>
       <c r="J12" s="2">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="K12" s="2">
         <v>150</v>
       </c>
       <c r="L12" s="2">
-        <v>250</v>
+        <v>275</v>
       </c>
       <c r="M12" s="2">
         <v>0</v>
       </c>
       <c r="N12" s="2">
-        <v>400</v>
+        <v>425</v>
       </c>
     </row>
     <row r="13" spans="1:14">
       <c r="A13" s="2">
-        <v>118447</v>
+        <v>102654</v>
       </c>
       <c r="B13" s="2" t="s">
+        <v>59</v>
+      </c>
+      <c r="C13" s="2" t="s">
         <v>60</v>
       </c>
-      <c r="C13" s="2" t="s">
+      <c r="D13" s="2"/>
+      <c r="E13" s="2" t="s">
         <v>61</v>
-      </c>
-[...2 lines deleted...]
-        <v>124026</v>
       </c>
       <c r="F13" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G13" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H13" s="2" t="s">
         <v>62</v>
       </c>
       <c r="I13" s="2">
         <v>6</v>
       </c>
       <c r="J13" s="2">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="K13" s="2">
         <v>150</v>
       </c>
       <c r="L13" s="2">
-        <v>275</v>
+        <v>250</v>
       </c>
       <c r="M13" s="2">
         <v>0</v>
       </c>
       <c r="N13" s="2">
-        <v>425</v>
+        <v>400</v>
       </c>
     </row>
     <row r="14" spans="1:14">
       <c r="A14" s="2">
         <v>102635</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>63</v>
       </c>
       <c r="C14" s="2" t="s">
         <v>64</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2">
         <v>124028</v>
       </c>
       <c r="F14" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G14" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H14" s="2" t="s">
         <v>65</v>
       </c>
@@ -2444,180 +2444,180 @@
       <c r="L14" s="2">
         <v>250</v>
       </c>
       <c r="M14" s="2">
         <v>0</v>
       </c>
       <c r="N14" s="2">
         <v>400</v>
       </c>
     </row>
     <row r="15" spans="1:14">
       <c r="A15" s="2">
         <v>104612</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>66</v>
       </c>
       <c r="C15" s="2" t="s">
         <v>67</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="s">
         <v>68</v>
       </c>
       <c r="F15" s="2" t="s">
+        <v>35</v>
+      </c>
+      <c r="G15" s="2" t="s">
         <v>39</v>
-      </c>
-[...1 lines deleted...]
-        <v>34</v>
       </c>
       <c r="H15" s="2" t="s">
         <v>69</v>
       </c>
       <c r="I15" s="2">
         <v>7</v>
       </c>
       <c r="J15" s="2">
         <v>1</v>
       </c>
       <c r="K15" s="2">
         <v>150</v>
       </c>
       <c r="L15" s="2">
         <v>400</v>
       </c>
       <c r="M15" s="2">
         <v>0</v>
       </c>
       <c r="N15" s="2">
         <v>550</v>
       </c>
     </row>
     <row r="16" spans="1:14">
       <c r="A16" s="2">
-        <v>102644</v>
+        <v>115910</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>70</v>
       </c>
       <c r="C16" s="2" t="s">
         <v>71</v>
       </c>
       <c r="D16" s="2"/>
-      <c r="E16" s="2">
-        <v>124015</v>
+      <c r="E16" s="2" t="s">
+        <v>72</v>
       </c>
       <c r="F16" s="2" t="s">
-        <v>16</v>
+        <v>73</v>
       </c>
       <c r="G16" s="2" t="s">
-        <v>34</v>
+        <v>17</v>
       </c>
       <c r="H16" s="2" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="I16" s="2">
         <v>8</v>
       </c>
       <c r="J16" s="2">
-        <v>2</v>
+        <v>7</v>
       </c>
       <c r="K16" s="2">
         <v>150</v>
       </c>
       <c r="L16" s="2">
-        <v>350</v>
+        <v>240</v>
       </c>
       <c r="M16" s="2">
         <v>0</v>
       </c>
       <c r="N16" s="2">
-        <v>500</v>
+        <v>390</v>
       </c>
     </row>
     <row r="17" spans="1:14">
       <c r="A17" s="2">
-        <v>115910</v>
+        <v>102644</v>
       </c>
       <c r="B17" s="2" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="C17" s="2" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="D17" s="2"/>
-      <c r="E17" s="2" t="s">
-        <v>75</v>
+      <c r="E17" s="2">
+        <v>124015</v>
       </c>
       <c r="F17" s="2" t="s">
-        <v>76</v>
+        <v>16</v>
       </c>
       <c r="G17" s="2" t="s">
-        <v>17</v>
+        <v>39</v>
       </c>
       <c r="H17" s="2" t="s">
         <v>77</v>
       </c>
       <c r="I17" s="2">
         <v>8</v>
       </c>
       <c r="J17" s="2">
-        <v>7</v>
+        <v>2</v>
       </c>
       <c r="K17" s="2">
         <v>150</v>
       </c>
       <c r="L17" s="2">
-        <v>240</v>
+        <v>350</v>
       </c>
       <c r="M17" s="2">
         <v>0</v>
       </c>
       <c r="N17" s="2">
-        <v>390</v>
+        <v>500</v>
       </c>
     </row>
     <row r="18" spans="1:14">
       <c r="A18" s="2">
         <v>113450</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>78</v>
       </c>
       <c r="C18" s="2" t="s">
         <v>79</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2" t="s">
         <v>80</v>
       </c>
       <c r="F18" s="2" t="s">
         <v>81</v>
       </c>
       <c r="G18" s="2" t="s">
-        <v>34</v>
+        <v>39</v>
       </c>
       <c r="H18" s="2" t="s">
         <v>82</v>
       </c>
       <c r="I18" s="2">
         <v>9</v>
       </c>
       <c r="J18" s="2">
         <v>2</v>
       </c>
       <c r="K18" s="2">
         <v>150</v>
       </c>
       <c r="L18" s="2">
         <v>350</v>
       </c>
       <c r="M18" s="2">
         <v>0</v>
       </c>
       <c r="N18" s="2">
         <v>500</v>
       </c>
     </row>
     <row r="19" spans="1:14">
       <c r="A19" s="2">
@@ -2641,154 +2641,154 @@
       </c>
       <c r="H19" s="2" t="s">
         <v>85</v>
       </c>
       <c r="I19" s="2">
         <v>9</v>
       </c>
       <c r="J19" s="2">
         <v>7</v>
       </c>
       <c r="K19" s="2">
         <v>150</v>
       </c>
       <c r="L19" s="2">
         <v>240</v>
       </c>
       <c r="M19" s="2">
         <v>0</v>
       </c>
       <c r="N19" s="2">
         <v>390</v>
       </c>
     </row>
     <row r="20" spans="1:14">
       <c r="A20" s="2">
-        <v>118449</v>
+        <v>105766</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>86</v>
       </c>
       <c r="C20" s="2" t="s">
         <v>87</v>
       </c>
       <c r="D20" s="2"/>
-      <c r="E20" s="2">
-        <v>124038</v>
+      <c r="E20" s="2" t="s">
+        <v>88</v>
       </c>
       <c r="F20" s="2" t="s">
-        <v>16</v>
+        <v>73</v>
       </c>
       <c r="G20" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H20" s="2" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="I20" s="2">
         <v>10</v>
       </c>
       <c r="J20" s="2">
         <v>8</v>
       </c>
       <c r="K20" s="2">
         <v>150</v>
       </c>
       <c r="L20" s="2">
         <v>230</v>
       </c>
       <c r="M20" s="2">
         <v>0</v>
       </c>
       <c r="N20" s="2">
         <v>380</v>
       </c>
     </row>
     <row r="21" spans="1:14">
       <c r="A21" s="2">
-        <v>105766</v>
+        <v>118449</v>
       </c>
       <c r="B21" s="2" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="C21" s="2" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="D21" s="2"/>
-      <c r="E21" s="2" t="s">
-        <v>91</v>
+      <c r="E21" s="2">
+        <v>124038</v>
       </c>
       <c r="F21" s="2" t="s">
-        <v>76</v>
+        <v>16</v>
       </c>
       <c r="G21" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H21" s="2" t="s">
         <v>92</v>
       </c>
       <c r="I21" s="2">
         <v>10</v>
       </c>
       <c r="J21" s="2">
         <v>8</v>
       </c>
       <c r="K21" s="2">
         <v>150</v>
       </c>
       <c r="L21" s="2">
         <v>230</v>
       </c>
       <c r="M21" s="2">
         <v>0</v>
       </c>
       <c r="N21" s="2">
         <v>380</v>
       </c>
     </row>
     <row r="22" spans="1:14">
       <c r="A22" s="2">
         <v>101696</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>93</v>
       </c>
       <c r="C22" s="2" t="s">
         <v>94</v>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2" t="s">
         <v>95</v>
       </c>
       <c r="F22" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G22" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H22" s="2" t="s">
-        <v>92</v>
+        <v>89</v>
       </c>
       <c r="I22" s="2">
         <v>11</v>
       </c>
       <c r="J22" s="2">
         <v>9</v>
       </c>
       <c r="K22" s="2">
         <v>150</v>
       </c>
       <c r="L22" s="2">
         <v>220</v>
       </c>
       <c r="M22" s="2">
         <v>0</v>
       </c>
       <c r="N22" s="2">
         <v>370</v>
       </c>
     </row>
     <row r="23" spans="1:14">
       <c r="A23" s="2">
         <v>118450</v>
       </c>
       <c r="B23" s="2" t="s">
@@ -2867,93 +2867,93 @@
       <c r="M24" s="2">
         <v>0</v>
       </c>
       <c r="N24" s="2">
         <v>360</v>
       </c>
     </row>
     <row r="25" spans="1:14">
       <c r="A25" s="2">
         <v>115975</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>103</v>
       </c>
       <c r="C25" s="2" t="s">
         <v>104</v>
       </c>
       <c r="D25" s="2"/>
       <c r="E25" s="2">
         <v>124049</v>
       </c>
       <c r="F25" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G25" s="2" t="s">
-        <v>34</v>
+        <v>39</v>
       </c>
       <c r="H25" s="2" t="s">
         <v>105</v>
       </c>
       <c r="I25" s="2">
         <v>12</v>
       </c>
       <c r="J25" s="2">
         <v>3</v>
       </c>
       <c r="K25" s="2">
         <v>150</v>
       </c>
       <c r="L25" s="2">
         <v>325</v>
       </c>
       <c r="M25" s="2">
         <v>0</v>
       </c>
       <c r="N25" s="2">
         <v>475</v>
       </c>
     </row>
     <row r="26" spans="1:14">
       <c r="A26" s="2">
         <v>118451</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>106</v>
       </c>
       <c r="C26" s="2" t="s">
         <v>107</v>
       </c>
       <c r="D26" s="2"/>
       <c r="E26" s="2">
         <v>124051</v>
       </c>
       <c r="F26" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G26" s="2" t="s">
-        <v>34</v>
+        <v>39</v>
       </c>
       <c r="H26" s="2" t="s">
         <v>108</v>
       </c>
       <c r="I26" s="2">
         <v>13</v>
       </c>
       <c r="J26" s="2">
         <v>4</v>
       </c>
       <c r="K26" s="2">
         <v>150</v>
       </c>
       <c r="L26" s="2">
         <v>300</v>
       </c>
       <c r="M26" s="2">
         <v>0</v>
       </c>
       <c r="N26" s="2">
         <v>450</v>
       </c>
     </row>
     <row r="27" spans="1:14">
       <c r="A27" s="2">
@@ -3061,235 +3061,235 @@
       </c>
       <c r="H29" s="2" t="s">
         <v>120</v>
       </c>
       <c r="I29" s="2">
         <v>14</v>
       </c>
       <c r="J29" s="2">
         <v>10</v>
       </c>
       <c r="K29" s="2">
         <v>150</v>
       </c>
       <c r="L29" s="2">
         <v>210</v>
       </c>
       <c r="M29" s="2">
         <v>0</v>
       </c>
       <c r="N29" s="2">
         <v>360</v>
       </c>
     </row>
     <row r="30" spans="1:14">
       <c r="A30" s="2">
-        <v>105697</v>
+        <v>118453</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>121</v>
       </c>
       <c r="C30" s="2" t="s">
         <v>122</v>
       </c>
       <c r="D30" s="2"/>
-      <c r="E30" s="2" t="s">
+      <c r="E30" s="2">
+        <v>124016</v>
+      </c>
+      <c r="F30" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="G30" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="H30" s="2" t="s">
         <v>123</v>
-      </c>
-[...7 lines deleted...]
-        <v>124</v>
       </c>
       <c r="I30" s="2">
         <v>15</v>
       </c>
       <c r="J30" s="2">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="K30" s="2">
         <v>150</v>
       </c>
       <c r="L30" s="2">
-        <v>180</v>
+        <v>200</v>
       </c>
       <c r="M30" s="2">
         <v>0</v>
       </c>
       <c r="N30" s="2">
-        <v>330</v>
+        <v>350</v>
       </c>
     </row>
     <row r="31" spans="1:14">
       <c r="A31" s="2">
-        <v>118453</v>
+        <v>105697</v>
       </c>
       <c r="B31" s="2" t="s">
+        <v>124</v>
+      </c>
+      <c r="C31" s="2" t="s">
         <v>125</v>
       </c>
-      <c r="C31" s="2" t="s">
+      <c r="D31" s="2"/>
+      <c r="E31" s="2" t="s">
         <v>126</v>
-      </c>
-[...2 lines deleted...]
-        <v>124016</v>
       </c>
       <c r="F31" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G31" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H31" s="2" t="s">
         <v>127</v>
       </c>
       <c r="I31" s="2">
         <v>15</v>
       </c>
       <c r="J31" s="2">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="K31" s="2">
         <v>150</v>
       </c>
       <c r="L31" s="2">
-        <v>200</v>
+        <v>180</v>
       </c>
       <c r="M31" s="2">
         <v>0</v>
       </c>
       <c r="N31" s="2">
-        <v>350</v>
+        <v>330</v>
       </c>
     </row>
     <row r="32" spans="1:14">
       <c r="A32" s="2">
         <v>118454</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>128</v>
       </c>
       <c r="C32" s="2" t="s">
         <v>129</v>
       </c>
       <c r="D32" s="2"/>
       <c r="E32" s="2">
         <v>124020</v>
       </c>
       <c r="F32" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G32" s="2" t="s">
-        <v>34</v>
+        <v>39</v>
       </c>
       <c r="H32" s="2" t="s">
         <v>130</v>
       </c>
       <c r="I32" s="2">
         <v>16</v>
       </c>
       <c r="J32" s="2">
         <v>5</v>
       </c>
       <c r="K32" s="2">
         <v>150</v>
       </c>
       <c r="L32" s="2">
         <v>275</v>
       </c>
       <c r="M32" s="2">
         <v>0</v>
       </c>
       <c r="N32" s="2">
         <v>425</v>
       </c>
     </row>
     <row r="33" spans="1:14">
       <c r="A33" s="2">
         <v>114048</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>131</v>
       </c>
       <c r="C33" s="2" t="s">
         <v>132</v>
       </c>
       <c r="D33" s="2"/>
       <c r="E33" s="2" t="s">
         <v>133</v>
       </c>
       <c r="F33" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G33" s="2" t="s">
-        <v>34</v>
+        <v>39</v>
       </c>
       <c r="H33" s="2" t="s">
         <v>134</v>
       </c>
       <c r="I33" s="2">
         <v>16</v>
       </c>
       <c r="J33" s="2">
         <v>3</v>
       </c>
       <c r="K33" s="2">
         <v>150</v>
       </c>
       <c r="L33" s="2">
         <v>325</v>
       </c>
       <c r="M33" s="2">
         <v>0</v>
       </c>
       <c r="N33" s="2">
         <v>475</v>
       </c>
     </row>
     <row r="34" spans="1:14">
       <c r="A34" s="2">
         <v>118455</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>135</v>
       </c>
       <c r="C34" s="2" t="s">
         <v>136</v>
       </c>
       <c r="D34" s="2"/>
       <c r="E34" s="2">
         <v>124019</v>
       </c>
       <c r="F34" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G34" s="2" t="s">
-        <v>34</v>
+        <v>39</v>
       </c>
       <c r="H34" s="2" t="s">
         <v>137</v>
       </c>
       <c r="I34" s="2">
         <v>17</v>
       </c>
       <c r="J34" s="2">
         <v>6</v>
       </c>
       <c r="K34" s="2">
         <v>150</v>
       </c>
       <c r="L34" s="2">
         <v>250</v>
       </c>
       <c r="M34" s="2">
         <v>0</v>
       </c>
       <c r="N34" s="2">
         <v>400</v>
       </c>
     </row>
     <row r="35" spans="1:14">
       <c r="A35" s="2">
@@ -3313,130 +3313,130 @@
       </c>
       <c r="H35" s="2" t="s">
         <v>141</v>
       </c>
       <c r="I35" s="2">
         <v>17</v>
       </c>
       <c r="J35" s="2">
         <v>14</v>
       </c>
       <c r="K35" s="2">
         <v>150</v>
       </c>
       <c r="L35" s="2">
         <v>170</v>
       </c>
       <c r="M35" s="2">
         <v>0</v>
       </c>
       <c r="N35" s="2">
         <v>320</v>
       </c>
     </row>
     <row r="36" spans="1:14">
       <c r="A36" s="2">
-        <v>106333</v>
+        <v>107492</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>142</v>
       </c>
       <c r="C36" s="2" t="s">
         <v>143</v>
       </c>
       <c r="D36" s="2"/>
-      <c r="E36" s="2" t="s">
+      <c r="E36" s="2">
+        <v>124032</v>
+      </c>
+      <c r="F36" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="G36" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="H36" s="2" t="s">
         <v>144</v>
-      </c>
-[...7 lines deleted...]
-        <v>145</v>
       </c>
       <c r="I36" s="2">
         <v>18</v>
       </c>
       <c r="J36" s="2">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="K36" s="2">
         <v>150</v>
       </c>
       <c r="L36" s="2">
-        <v>160</v>
+        <v>190</v>
       </c>
       <c r="M36" s="2">
         <v>0</v>
       </c>
       <c r="N36" s="2">
-        <v>310</v>
+        <v>340</v>
       </c>
     </row>
     <row r="37" spans="1:14">
       <c r="A37" s="2">
-        <v>107492</v>
+        <v>106333</v>
       </c>
       <c r="B37" s="2" t="s">
+        <v>145</v>
+      </c>
+      <c r="C37" s="2" t="s">
         <v>146</v>
       </c>
-      <c r="C37" s="2" t="s">
+      <c r="D37" s="2"/>
+      <c r="E37" s="2" t="s">
         <v>147</v>
-      </c>
-[...2 lines deleted...]
-        <v>124032</v>
       </c>
       <c r="F37" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G37" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H37" s="2" t="s">
         <v>148</v>
       </c>
       <c r="I37" s="2">
         <v>18</v>
       </c>
       <c r="J37" s="2">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="K37" s="2">
         <v>150</v>
       </c>
       <c r="L37" s="2">
-        <v>190</v>
+        <v>160</v>
       </c>
       <c r="M37" s="2">
         <v>0</v>
       </c>
       <c r="N37" s="2">
-        <v>340</v>
+        <v>310</v>
       </c>
     </row>
     <row r="38" spans="1:14">
       <c r="A38" s="2">
         <v>118456</v>
       </c>
       <c r="B38" s="2" t="s">
         <v>149</v>
       </c>
       <c r="C38" s="2" t="s">
         <v>150</v>
       </c>
       <c r="D38" s="2"/>
       <c r="E38" s="2">
         <v>124036</v>
       </c>
       <c r="F38" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G38" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H38" s="2" t="s">
         <v>151</v>
       </c>
@@ -3581,51 +3581,51 @@
       <c r="M41" s="2">
         <v>0</v>
       </c>
       <c r="N41" s="2">
         <v>290</v>
       </c>
     </row>
     <row r="42" spans="1:14">
       <c r="A42" s="2">
         <v>112124</v>
       </c>
       <c r="B42" s="2" t="s">
         <v>164</v>
       </c>
       <c r="C42" s="2" t="s">
         <v>165</v>
       </c>
       <c r="D42" s="2"/>
       <c r="E42" s="2" t="s">
         <v>166</v>
       </c>
       <c r="F42" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G42" s="2" t="s">
-        <v>34</v>
+        <v>39</v>
       </c>
       <c r="H42" s="2" t="s">
         <v>167</v>
       </c>
       <c r="I42" s="2">
         <v>21</v>
       </c>
       <c r="J42" s="2">
         <v>4</v>
       </c>
       <c r="K42" s="2">
         <v>150</v>
       </c>
       <c r="L42" s="2">
         <v>300</v>
       </c>
       <c r="M42" s="2">
         <v>0</v>
       </c>
       <c r="N42" s="2">
         <v>450</v>
       </c>
     </row>
     <row r="43" spans="1:14">
       <c r="A43" s="2">
@@ -3707,156 +3707,156 @@
       <c r="M44" s="2">
         <v>0</v>
       </c>
       <c r="N44" s="2">
         <v>280</v>
       </c>
     </row>
     <row r="45" spans="1:14">
       <c r="A45" s="2">
         <v>118459</v>
       </c>
       <c r="B45" s="2" t="s">
         <v>175</v>
       </c>
       <c r="C45" s="2" t="s">
         <v>176</v>
       </c>
       <c r="D45" s="2"/>
       <c r="E45" s="2">
         <v>124033</v>
       </c>
       <c r="F45" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G45" s="2" t="s">
-        <v>34</v>
+        <v>39</v>
       </c>
       <c r="H45" s="2" t="s">
         <v>177</v>
       </c>
       <c r="I45" s="2">
         <v>22</v>
       </c>
       <c r="J45" s="2">
         <v>7</v>
       </c>
       <c r="K45" s="2">
         <v>150</v>
       </c>
       <c r="L45" s="2">
         <v>240</v>
       </c>
       <c r="M45" s="2">
         <v>0</v>
       </c>
       <c r="N45" s="2">
         <v>390</v>
       </c>
     </row>
     <row r="46" spans="1:14">
       <c r="A46" s="2">
-        <v>115917</v>
+        <v>118460</v>
       </c>
       <c r="B46" s="2" t="s">
         <v>178</v>
       </c>
       <c r="C46" s="2" t="s">
         <v>179</v>
       </c>
       <c r="D46" s="2"/>
-      <c r="E46" s="2" t="s">
+      <c r="E46" s="2">
+        <v>124017</v>
+      </c>
+      <c r="F46" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="G46" s="2" t="s">
+        <v>39</v>
+      </c>
+      <c r="H46" s="2" t="s">
         <v>180</v>
-      </c>
-[...7 lines deleted...]
-        <v>181</v>
       </c>
       <c r="I46" s="2">
         <v>23</v>
       </c>
       <c r="J46" s="2">
-        <v>19</v>
+        <v>8</v>
       </c>
       <c r="K46" s="2">
         <v>150</v>
       </c>
       <c r="L46" s="2">
-        <v>120</v>
+        <v>230</v>
       </c>
       <c r="M46" s="2">
         <v>0</v>
       </c>
       <c r="N46" s="2">
-        <v>270</v>
+        <v>380</v>
       </c>
     </row>
     <row r="47" spans="1:14">
       <c r="A47" s="2">
-        <v>118460</v>
+        <v>115917</v>
       </c>
       <c r="B47" s="2" t="s">
+        <v>181</v>
+      </c>
+      <c r="C47" s="2" t="s">
         <v>182</v>
       </c>
-      <c r="C47" s="2" t="s">
+      <c r="D47" s="2"/>
+      <c r="E47" s="2" t="s">
         <v>183</v>
       </c>
-      <c r="D47" s="2"/>
-[...2 lines deleted...]
-      </c>
       <c r="F47" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G47" s="2" t="s">
-        <v>34</v>
+        <v>17</v>
       </c>
       <c r="H47" s="2" t="s">
         <v>184</v>
       </c>
       <c r="I47" s="2">
         <v>23</v>
       </c>
       <c r="J47" s="2">
-        <v>8</v>
+        <v>19</v>
       </c>
       <c r="K47" s="2">
         <v>150</v>
       </c>
       <c r="L47" s="2">
-        <v>230</v>
+        <v>120</v>
       </c>
       <c r="M47" s="2">
         <v>0</v>
       </c>
       <c r="N47" s="2">
-        <v>380</v>
+        <v>270</v>
       </c>
     </row>
     <row r="48" spans="1:14">
       <c r="A48" s="2">
         <v>115918</v>
       </c>
       <c r="B48" s="2" t="s">
         <v>185</v>
       </c>
       <c r="C48" s="2" t="s">
         <v>186</v>
       </c>
       <c r="D48" s="2"/>
       <c r="E48" s="2" t="s">
         <v>187</v>
       </c>
       <c r="F48" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G48" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H48" s="2" t="s">
         <v>188</v>
       </c>
@@ -3985,214 +3985,214 @@
       </c>
       <c r="H51" s="2" t="s">
         <v>198</v>
       </c>
       <c r="I51" s="2">
         <v>25</v>
       </c>
       <c r="J51" s="2">
         <v>17</v>
       </c>
       <c r="K51" s="2">
         <v>150</v>
       </c>
       <c r="L51" s="2">
         <v>140</v>
       </c>
       <c r="M51" s="2">
         <v>0</v>
       </c>
       <c r="N51" s="2">
         <v>290</v>
       </c>
     </row>
     <row r="52" spans="1:14">
       <c r="A52" s="2">
-        <v>118463</v>
+        <v>115919</v>
       </c>
       <c r="B52" s="2" t="s">
         <v>199</v>
       </c>
       <c r="C52" s="2" t="s">
         <v>200</v>
       </c>
       <c r="D52" s="2"/>
-      <c r="E52" s="2">
-        <v>124009</v>
+      <c r="E52" s="2" t="s">
+        <v>201</v>
       </c>
       <c r="F52" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G52" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H52" s="2" t="s">
-        <v>201</v>
+        <v>195</v>
       </c>
       <c r="I52" s="2">
         <v>26</v>
       </c>
       <c r="J52" s="2">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="K52" s="2">
         <v>150</v>
       </c>
       <c r="L52" s="2">
-        <v>130</v>
+        <v>99</v>
       </c>
       <c r="M52" s="2">
         <v>0</v>
       </c>
       <c r="N52" s="2">
-        <v>280</v>
+        <v>249</v>
       </c>
     </row>
     <row r="53" spans="1:14">
       <c r="A53" s="2">
-        <v>115919</v>
+        <v>118463</v>
       </c>
       <c r="B53" s="2" t="s">
         <v>202</v>
       </c>
       <c r="C53" s="2" t="s">
         <v>203</v>
       </c>
       <c r="D53" s="2"/>
-      <c r="E53" s="2" t="s">
+      <c r="E53" s="2">
+        <v>124009</v>
+      </c>
+      <c r="F53" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="G53" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="H53" s="2" t="s">
         <v>204</v>
-      </c>
-[...7 lines deleted...]
-        <v>195</v>
       </c>
       <c r="I53" s="2">
         <v>26</v>
       </c>
       <c r="J53" s="2">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="K53" s="2">
         <v>150</v>
       </c>
       <c r="L53" s="2">
-        <v>99</v>
+        <v>130</v>
       </c>
       <c r="M53" s="2">
         <v>0</v>
       </c>
       <c r="N53" s="2">
-        <v>249</v>
+        <v>280</v>
       </c>
     </row>
     <row r="54" spans="1:14">
       <c r="A54" s="2">
-        <v>115974</v>
+        <v>105661</v>
       </c>
       <c r="B54" s="2" t="s">
         <v>205</v>
       </c>
       <c r="C54" s="2" t="s">
         <v>206</v>
       </c>
       <c r="D54" s="2"/>
-      <c r="E54" s="2">
-        <v>124050</v>
+      <c r="E54" s="2" t="s">
+        <v>207</v>
       </c>
       <c r="F54" s="2" t="s">
-        <v>16</v>
+        <v>35</v>
       </c>
       <c r="G54" s="2" t="s">
-        <v>34</v>
+        <v>17</v>
       </c>
       <c r="H54" s="2" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="I54" s="2">
         <v>27</v>
       </c>
       <c r="J54" s="2">
-        <v>9</v>
+        <v>23</v>
       </c>
       <c r="K54" s="2">
         <v>150</v>
       </c>
       <c r="L54" s="2">
-        <v>220</v>
+        <v>98</v>
       </c>
       <c r="M54" s="2">
         <v>0</v>
       </c>
       <c r="N54" s="2">
-        <v>370</v>
+        <v>248</v>
       </c>
     </row>
     <row r="55" spans="1:14">
       <c r="A55" s="2">
-        <v>105661</v>
+        <v>115974</v>
       </c>
       <c r="B55" s="2" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="C55" s="2" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="D55" s="2"/>
-      <c r="E55" s="2" t="s">
-        <v>210</v>
+      <c r="E55" s="2">
+        <v>124050</v>
       </c>
       <c r="F55" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="G55" s="2" t="s">
         <v>39</v>
-      </c>
-[...1 lines deleted...]
-        <v>17</v>
       </c>
       <c r="H55" s="2" t="s">
         <v>211</v>
       </c>
       <c r="I55" s="2">
         <v>27</v>
       </c>
       <c r="J55" s="2">
-        <v>23</v>
+        <v>9</v>
       </c>
       <c r="K55" s="2">
         <v>150</v>
       </c>
       <c r="L55" s="2">
-        <v>98</v>
+        <v>220</v>
       </c>
       <c r="M55" s="2">
         <v>0</v>
       </c>
       <c r="N55" s="2">
-        <v>248</v>
+        <v>370</v>
       </c>
     </row>
     <row r="56" spans="1:14">
       <c r="A56" s="2">
         <v>118464</v>
       </c>
       <c r="B56" s="2" t="s">
         <v>212</v>
       </c>
       <c r="C56" s="2" t="s">
         <v>213</v>
       </c>
       <c r="D56" s="2"/>
       <c r="E56" s="2">
         <v>124037</v>
       </c>
       <c r="F56" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G56" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H56" s="2" t="s">
         <v>214</v>
       </c>
@@ -4208,161 +4208,161 @@
       <c r="L56" s="2">
         <v>120</v>
       </c>
       <c r="M56" s="2">
         <v>0</v>
       </c>
       <c r="N56" s="2">
         <v>270</v>
       </c>
     </row>
     <row r="57" spans="1:14">
       <c r="A57" s="2">
         <v>100691</v>
       </c>
       <c r="B57" s="2" t="s">
         <v>215</v>
       </c>
       <c r="C57" s="2" t="s">
         <v>216</v>
       </c>
       <c r="D57" s="2"/>
       <c r="E57" s="2" t="s">
         <v>217</v>
       </c>
       <c r="F57" s="2" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="G57" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H57" s="2" t="s">
         <v>218</v>
       </c>
       <c r="I57" s="2">
         <v>28</v>
       </c>
       <c r="J57" s="2">
         <v>24</v>
       </c>
       <c r="K57" s="2">
         <v>150</v>
       </c>
       <c r="L57" s="2">
         <v>97</v>
       </c>
       <c r="M57" s="2">
         <v>0</v>
       </c>
       <c r="N57" s="2">
         <v>247</v>
       </c>
     </row>
     <row r="58" spans="1:14">
       <c r="A58" s="2">
-        <v>118465</v>
+        <v>106926</v>
       </c>
       <c r="B58" s="2" t="s">
         <v>219</v>
       </c>
       <c r="C58" s="2" t="s">
         <v>220</v>
       </c>
-      <c r="D58" s="2"/>
-[...1 lines deleted...]
-        <v>124024</v>
+      <c r="D58" s="2" t="s">
+        <v>221</v>
+      </c>
+      <c r="E58" s="2" t="s">
+        <v>222</v>
       </c>
       <c r="F58" s="2" t="s">
-        <v>16</v>
+        <v>27</v>
       </c>
       <c r="G58" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H58" s="2" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="I58" s="2">
         <v>29</v>
       </c>
       <c r="J58" s="2">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="K58" s="2">
         <v>150</v>
       </c>
       <c r="L58" s="2">
-        <v>110</v>
+        <v>96</v>
       </c>
       <c r="M58" s="2">
         <v>0</v>
       </c>
       <c r="N58" s="2">
-        <v>260</v>
+        <v>246</v>
       </c>
     </row>
     <row r="59" spans="1:14">
       <c r="A59" s="2">
-        <v>106926</v>
+        <v>118465</v>
       </c>
       <c r="B59" s="2" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="C59" s="2" t="s">
-        <v>223</v>
-[...4 lines deleted...]
-      <c r="E59" s="2" t="s">
         <v>225</v>
       </c>
+      <c r="D59" s="2"/>
+      <c r="E59" s="2">
+        <v>124024</v>
+      </c>
       <c r="F59" s="2" t="s">
-        <v>27</v>
+        <v>16</v>
       </c>
       <c r="G59" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H59" s="2" t="s">
         <v>226</v>
       </c>
       <c r="I59" s="2">
         <v>29</v>
       </c>
       <c r="J59" s="2">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="K59" s="2">
         <v>150</v>
       </c>
       <c r="L59" s="2">
-        <v>96</v>
+        <v>110</v>
       </c>
       <c r="M59" s="2">
         <v>0</v>
       </c>
       <c r="N59" s="2">
-        <v>246</v>
+        <v>260</v>
       </c>
     </row>
     <row r="60" spans="1:14">
       <c r="A60" s="2">
         <v>115922</v>
       </c>
       <c r="B60" s="2" t="s">
         <v>227</v>
       </c>
       <c r="C60" s="2" t="s">
         <v>228</v>
       </c>
       <c r="D60" s="2"/>
       <c r="E60" s="2" t="s">
         <v>229</v>
       </c>
       <c r="F60" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G60" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H60" s="2" t="s">
         <v>230</v>
       </c>
@@ -4420,54 +4420,54 @@
       <c r="L61" s="2">
         <v>94</v>
       </c>
       <c r="M61" s="2">
         <v>0</v>
       </c>
       <c r="N61" s="2">
         <v>244</v>
       </c>
     </row>
     <row r="62" spans="1:14">
       <c r="A62" s="2">
         <v>100715</v>
       </c>
       <c r="B62" s="2" t="s">
         <v>235</v>
       </c>
       <c r="C62" s="2" t="s">
         <v>236</v>
       </c>
       <c r="D62" s="2"/>
       <c r="E62" s="2" t="s">
         <v>237</v>
       </c>
       <c r="F62" s="2" t="s">
+        <v>35</v>
+      </c>
+      <c r="G62" s="2" t="s">
         <v>39</v>
-      </c>
-[...1 lines deleted...]
-        <v>34</v>
       </c>
       <c r="H62" s="2" t="s">
         <v>238</v>
       </c>
       <c r="I62" s="2">
         <v>32</v>
       </c>
       <c r="J62" s="2">
         <v>5</v>
       </c>
       <c r="K62" s="2">
         <v>150</v>
       </c>
       <c r="L62" s="2">
         <v>275</v>
       </c>
       <c r="M62" s="2">
         <v>0</v>
       </c>
       <c r="N62" s="2">
         <v>425</v>
       </c>
     </row>
     <row r="63" spans="1:14">
       <c r="A63" s="2">
@@ -4507,51 +4507,51 @@
       <c r="M63" s="2">
         <v>0</v>
       </c>
       <c r="N63" s="2">
         <v>243</v>
       </c>
     </row>
     <row r="64" spans="1:14">
       <c r="A64" s="2">
         <v>112325</v>
       </c>
       <c r="B64" s="2" t="s">
         <v>243</v>
       </c>
       <c r="C64" s="2" t="s">
         <v>244</v>
       </c>
       <c r="D64" s="2"/>
       <c r="E64" s="2" t="s">
         <v>245</v>
       </c>
       <c r="F64" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G64" s="2" t="s">
-        <v>34</v>
+        <v>39</v>
       </c>
       <c r="H64" s="2" t="s">
         <v>246</v>
       </c>
       <c r="I64" s="2">
         <v>34</v>
       </c>
       <c r="J64" s="2">
         <v>6</v>
       </c>
       <c r="K64" s="2">
         <v>150</v>
       </c>
       <c r="L64" s="2">
         <v>250</v>
       </c>
       <c r="M64" s="2">
         <v>0</v>
       </c>
       <c r="N64" s="2">
         <v>400</v>
       </c>
     </row>
     <row r="65" spans="1:14">
       <c r="A65" s="2">
@@ -4801,51 +4801,51 @@
       <c r="M70" s="2">
         <v>0</v>
       </c>
       <c r="N70" s="2">
         <v>237</v>
       </c>
     </row>
     <row r="71" spans="1:14">
       <c r="A71" s="2">
         <v>112150</v>
       </c>
       <c r="B71" s="2" t="s">
         <v>271</v>
       </c>
       <c r="C71" s="2" t="s">
         <v>272</v>
       </c>
       <c r="D71" s="2"/>
       <c r="E71" s="2" t="s">
         <v>273</v>
       </c>
       <c r="F71" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G71" s="2" t="s">
-        <v>34</v>
+        <v>39</v>
       </c>
       <c r="H71" s="2" t="s">
         <v>274</v>
       </c>
       <c r="I71" s="2">
         <v>41</v>
       </c>
       <c r="J71" s="2">
         <v>7</v>
       </c>
       <c r="K71" s="2">
         <v>150</v>
       </c>
       <c r="L71" s="2">
         <v>240</v>
       </c>
       <c r="M71" s="2">
         <v>0</v>
       </c>
       <c r="N71" s="2">
         <v>390</v>
       </c>
     </row>
     <row r="72" spans="1:14">
       <c r="A72" s="2">
@@ -5011,90 +5011,90 @@
       <c r="M75" s="2">
         <v>0</v>
       </c>
       <c r="N75" s="2">
         <v>233</v>
       </c>
     </row>
     <row r="76" spans="1:14">
       <c r="A76" s="2">
         <v>112344</v>
       </c>
       <c r="B76" s="2" t="s">
         <v>291</v>
       </c>
       <c r="C76" s="2" t="s">
         <v>292</v>
       </c>
       <c r="D76" s="2"/>
       <c r="E76" s="2" t="s">
         <v>293</v>
       </c>
       <c r="F76" s="2" t="s">
         <v>81</v>
       </c>
       <c r="G76" s="2" t="s">
-        <v>34</v>
+        <v>39</v>
       </c>
       <c r="H76" s="2" t="s">
         <v>294</v>
       </c>
       <c r="I76" s="2">
         <v>46</v>
       </c>
       <c r="J76" s="2">
         <v>8</v>
       </c>
       <c r="K76" s="2">
         <v>0</v>
       </c>
       <c r="L76" s="2">
         <v>0</v>
       </c>
       <c r="M76" s="2">
         <v>0</v>
       </c>
       <c r="N76" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="77" spans="1:14">
       <c r="A77" s="2">
         <v>109818</v>
       </c>
       <c r="B77" s="2" t="s">
         <v>295</v>
       </c>
       <c r="C77" s="2" t="s">
         <v>296</v>
       </c>
       <c r="D77" s="2"/>
       <c r="E77" s="2" t="s">
         <v>297</v>
       </c>
       <c r="F77" s="2" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="G77" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H77" s="2" t="s">
         <v>294</v>
       </c>
       <c r="I77" s="2">
         <v>47</v>
       </c>
       <c r="J77" s="2">
         <v>39</v>
       </c>
       <c r="K77" s="2">
         <v>150</v>
       </c>
       <c r="L77" s="2">
         <v>82</v>
       </c>
       <c r="M77" s="2">
         <v>0</v>
       </c>
       <c r="N77" s="2">
         <v>232</v>
       </c>
@@ -5134,54 +5134,54 @@
       <c r="L78" s="2">
         <v>81</v>
       </c>
       <c r="M78" s="2">
         <v>0</v>
       </c>
       <c r="N78" s="2">
         <v>231</v>
       </c>
     </row>
     <row r="79" spans="1:14">
       <c r="A79" s="2">
         <v>101442</v>
       </c>
       <c r="B79" s="2" t="s">
         <v>302</v>
       </c>
       <c r="C79" s="2" t="s">
         <v>303</v>
       </c>
       <c r="D79" s="2"/>
       <c r="E79" s="2" t="s">
         <v>304</v>
       </c>
       <c r="F79" s="2" t="s">
+        <v>35</v>
+      </c>
+      <c r="G79" s="2" t="s">
         <v>39</v>
-      </c>
-[...1 lines deleted...]
-        <v>34</v>
       </c>
       <c r="H79" s="2" t="s">
         <v>305</v>
       </c>
       <c r="I79" s="2">
         <v>49</v>
       </c>
       <c r="J79" s="2">
         <v>9</v>
       </c>
       <c r="K79" s="2">
         <v>150</v>
       </c>
       <c r="L79" s="2">
         <v>220</v>
       </c>
       <c r="M79" s="2">
         <v>0</v>
       </c>
       <c r="N79" s="2">
         <v>370</v>
       </c>
     </row>
     <row r="80" spans="1:14">
       <c r="A80" s="2">
@@ -5260,180 +5260,180 @@
       <c r="L81" s="2">
         <v>79</v>
       </c>
       <c r="M81" s="2">
         <v>0</v>
       </c>
       <c r="N81" s="2">
         <v>229</v>
       </c>
     </row>
     <row r="82" spans="1:14">
       <c r="A82" s="2">
         <v>114071</v>
       </c>
       <c r="B82" s="2" t="s">
         <v>314</v>
       </c>
       <c r="C82" s="2" t="s">
         <v>315</v>
       </c>
       <c r="D82" s="2"/>
       <c r="E82" s="2" t="s">
         <v>316</v>
       </c>
       <c r="F82" s="2" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="G82" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H82" s="2" t="s">
         <v>317</v>
       </c>
       <c r="I82" s="2">
         <v>52</v>
       </c>
       <c r="J82" s="2">
         <v>43</v>
       </c>
       <c r="K82" s="2">
         <v>150</v>
       </c>
       <c r="L82" s="2">
         <v>78</v>
       </c>
       <c r="M82" s="2">
         <v>0</v>
       </c>
       <c r="N82" s="2">
         <v>228</v>
       </c>
     </row>
     <row r="83" spans="1:14">
       <c r="A83" s="2">
         <v>114905</v>
       </c>
       <c r="B83" s="2" t="s">
         <v>318</v>
       </c>
       <c r="C83" s="2" t="s">
         <v>315</v>
       </c>
       <c r="D83" s="2"/>
       <c r="E83" s="2" t="s">
         <v>319</v>
       </c>
       <c r="F83" s="2" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="G83" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H83" s="2" t="s">
         <v>320</v>
       </c>
       <c r="I83" s="2">
         <v>53</v>
       </c>
       <c r="J83" s="2">
         <v>44</v>
       </c>
       <c r="K83" s="2">
         <v>150</v>
       </c>
       <c r="L83" s="2">
         <v>77</v>
       </c>
       <c r="M83" s="2">
         <v>0</v>
       </c>
       <c r="N83" s="2">
         <v>227</v>
       </c>
     </row>
     <row r="84" spans="1:14">
       <c r="A84" s="2">
         <v>115940</v>
       </c>
       <c r="B84" s="2" t="s">
         <v>321</v>
       </c>
       <c r="C84" s="2" t="s">
         <v>315</v>
       </c>
       <c r="D84" s="2"/>
       <c r="E84" s="2" t="s">
         <v>322</v>
       </c>
       <c r="F84" s="2" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="G84" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H84" s="2" t="s">
         <v>323</v>
       </c>
       <c r="I84" s="2">
         <v>54</v>
       </c>
       <c r="J84" s="2">
         <v>45</v>
       </c>
       <c r="K84" s="2">
         <v>150</v>
       </c>
       <c r="L84" s="2">
         <v>76</v>
       </c>
       <c r="M84" s="2">
         <v>0</v>
       </c>
       <c r="N84" s="2">
         <v>226</v>
       </c>
     </row>
     <row r="85" spans="1:14">
       <c r="A85" s="2">
         <v>112168</v>
       </c>
       <c r="B85" s="2" t="s">
         <v>324</v>
       </c>
       <c r="C85" s="2" t="s">
         <v>325</v>
       </c>
       <c r="D85" s="2"/>
       <c r="E85" s="2" t="s">
         <v>326</v>
       </c>
       <c r="F85" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G85" s="2" t="s">
-        <v>34</v>
+        <v>39</v>
       </c>
       <c r="H85" s="2" t="s">
         <v>327</v>
       </c>
       <c r="I85" s="2">
         <v>55</v>
       </c>
       <c r="J85" s="2">
         <v>10</v>
       </c>
       <c r="K85" s="2">
         <v>150</v>
       </c>
       <c r="L85" s="2">
         <v>210</v>
       </c>
       <c r="M85" s="2">
         <v>0</v>
       </c>
       <c r="N85" s="2">
         <v>360</v>
       </c>
     </row>
     <row r="86" spans="1:14">
       <c r="A86" s="2">
@@ -5515,51 +5515,51 @@
       <c r="M87" s="2">
         <v>0</v>
       </c>
       <c r="N87" s="2">
         <v>224</v>
       </c>
     </row>
     <row r="88" spans="1:14">
       <c r="A88" s="2">
         <v>107500</v>
       </c>
       <c r="B88" s="2" t="s">
         <v>336</v>
       </c>
       <c r="C88" s="2" t="s">
         <v>337</v>
       </c>
       <c r="D88" s="2"/>
       <c r="E88" s="2" t="s">
         <v>338</v>
       </c>
       <c r="F88" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G88" s="2" t="s">
-        <v>34</v>
+        <v>39</v>
       </c>
       <c r="H88" s="2" t="s">
         <v>339</v>
       </c>
       <c r="I88" s="2">
         <v>58</v>
       </c>
       <c r="J88" s="2">
         <v>11</v>
       </c>
       <c r="K88" s="2">
         <v>150</v>
       </c>
       <c r="L88" s="2">
         <v>200</v>
       </c>
       <c r="M88" s="2">
         <v>0</v>
       </c>
       <c r="N88" s="2">
         <v>350</v>
       </c>
     </row>
     <row r="89" spans="1:14">
       <c r="A89" s="2">
@@ -5722,96 +5722,96 @@
       <c r="L92" s="2">
         <v>70</v>
       </c>
       <c r="M92" s="2">
         <v>0</v>
       </c>
       <c r="N92" s="2">
         <v>220</v>
       </c>
     </row>
     <row r="93" spans="1:14">
       <c r="A93" s="2">
         <v>103540</v>
       </c>
       <c r="B93" s="2" t="s">
         <v>357</v>
       </c>
       <c r="C93" s="2" t="s">
         <v>172</v>
       </c>
       <c r="D93" s="2"/>
       <c r="E93" s="2" t="s">
         <v>358</v>
       </c>
       <c r="F93" s="2" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="G93" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H93" s="2" t="s">
         <v>359</v>
       </c>
       <c r="I93" s="2">
         <v>63</v>
       </c>
       <c r="J93" s="2">
         <v>52</v>
       </c>
       <c r="K93" s="2">
         <v>150</v>
       </c>
       <c r="L93" s="2">
         <v>69</v>
       </c>
       <c r="M93" s="2">
         <v>0</v>
       </c>
       <c r="N93" s="2">
         <v>219</v>
       </c>
     </row>
     <row r="94" spans="1:14">
       <c r="A94" s="2">
         <v>100196</v>
       </c>
       <c r="B94" s="2" t="s">
         <v>360</v>
       </c>
       <c r="C94" s="2" t="s">
         <v>361</v>
       </c>
       <c r="D94" s="2"/>
       <c r="E94" s="2" t="s">
         <v>362</v>
       </c>
       <c r="F94" s="2" t="s">
         <v>162</v>
       </c>
       <c r="G94" s="2" t="s">
-        <v>34</v>
+        <v>39</v>
       </c>
       <c r="H94" s="2" t="s">
         <v>363</v>
       </c>
       <c r="I94" s="2">
         <v>64</v>
       </c>
       <c r="J94" s="2">
         <v>12</v>
       </c>
       <c r="K94" s="2">
         <v>150</v>
       </c>
       <c r="L94" s="2">
         <v>190</v>
       </c>
       <c r="M94" s="2">
         <v>0</v>
       </c>
       <c r="N94" s="2">
         <v>340</v>
       </c>
     </row>
     <row r="95" spans="1:14">
       <c r="A95" s="2">
@@ -6563,51 +6563,51 @@
       <c r="M112" s="2">
         <v>0</v>
       </c>
       <c r="N112" s="2">
         <v>201</v>
       </c>
     </row>
     <row r="113" spans="1:14">
       <c r="A113" s="2">
         <v>115967</v>
       </c>
       <c r="B113" s="2" t="s">
         <v>436</v>
       </c>
       <c r="C113" s="2" t="s">
         <v>437</v>
       </c>
       <c r="D113" s="2"/>
       <c r="E113" s="2" t="s">
         <v>438</v>
       </c>
       <c r="F113" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G113" s="2" t="s">
-        <v>34</v>
+        <v>39</v>
       </c>
       <c r="H113" s="2" t="s">
         <v>439</v>
       </c>
       <c r="I113" s="2">
         <v>83</v>
       </c>
       <c r="J113" s="2">
         <v>13</v>
       </c>
       <c r="K113" s="2">
         <v>150</v>
       </c>
       <c r="L113" s="2">
         <v>180</v>
       </c>
       <c r="M113" s="2">
         <v>0</v>
       </c>
       <c r="N113" s="2">
         <v>330</v>
       </c>
     </row>
     <row r="114" spans="1:14">
       <c r="A114" s="2">
@@ -6647,51 +6647,51 @@
       <c r="M114" s="2">
         <v>0</v>
       </c>
       <c r="N114" s="2">
         <v>200</v>
       </c>
     </row>
     <row r="115" spans="1:14">
       <c r="A115" s="2">
         <v>115969</v>
       </c>
       <c r="B115" s="2" t="s">
         <v>444</v>
       </c>
       <c r="C115" s="2" t="s">
         <v>445</v>
       </c>
       <c r="D115" s="2"/>
       <c r="E115" s="2" t="s">
         <v>446</v>
       </c>
       <c r="F115" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G115" s="2" t="s">
-        <v>34</v>
+        <v>39</v>
       </c>
       <c r="H115" s="2" t="s">
         <v>447</v>
       </c>
       <c r="I115" s="2">
         <v>85</v>
       </c>
       <c r="J115" s="2">
         <v>14</v>
       </c>
       <c r="K115" s="2">
         <v>150</v>
       </c>
       <c r="L115" s="2">
         <v>170</v>
       </c>
       <c r="M115" s="2">
         <v>0</v>
       </c>
       <c r="N115" s="2">
         <v>320</v>
       </c>
     </row>
     <row r="116" spans="1:14">
       <c r="A116" s="2">
@@ -6844,106 +6844,106 @@
       </c>
       <c r="I119" s="2">
         <v>89</v>
       </c>
       <c r="J119" s="2">
         <v>75</v>
       </c>
       <c r="K119" s="2">
         <v>150</v>
       </c>
       <c r="L119" s="2">
         <v>46</v>
       </c>
       <c r="M119" s="2">
         <v>0</v>
       </c>
       <c r="N119" s="2">
         <v>196</v>
       </c>
     </row>
     <row r="120" spans="1:14">
       <c r="A120" s="2">
         <v>115974</v>
       </c>
       <c r="B120" s="2" t="s">
-        <v>205</v>
+        <v>209</v>
       </c>
       <c r="C120" s="2" t="s">
-        <v>206</v>
+        <v>210</v>
       </c>
       <c r="D120" s="2"/>
       <c r="E120" s="2" t="s">
         <v>464</v>
       </c>
       <c r="F120" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G120" s="2" t="s">
-        <v>34</v>
+        <v>39</v>
       </c>
       <c r="H120" s="2" t="s">
         <v>465</v>
       </c>
       <c r="I120" s="2">
         <v>90</v>
       </c>
       <c r="J120" s="2">
         <v>15</v>
       </c>
       <c r="K120" s="2">
         <v>150</v>
       </c>
       <c r="L120" s="2">
         <v>160</v>
       </c>
       <c r="M120" s="2">
         <v>0</v>
       </c>
       <c r="N120" s="2">
         <v>310</v>
       </c>
     </row>
     <row r="121" spans="1:14">
       <c r="A121" s="2">
         <v>115975</v>
       </c>
       <c r="B121" s="2" t="s">
         <v>103</v>
       </c>
       <c r="C121" s="2" t="s">
         <v>104</v>
       </c>
       <c r="D121" s="2"/>
       <c r="E121" s="2" t="s">
         <v>466</v>
       </c>
       <c r="F121" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G121" s="2" t="s">
-        <v>34</v>
+        <v>39</v>
       </c>
       <c r="H121" s="2" t="s">
         <v>467</v>
       </c>
       <c r="I121" s="2">
         <v>91</v>
       </c>
       <c r="J121" s="2">
         <v>16</v>
       </c>
       <c r="K121" s="2">
         <v>150</v>
       </c>
       <c r="L121" s="2">
         <v>150</v>
       </c>
       <c r="M121" s="2">
         <v>0</v>
       </c>
       <c r="N121" s="2">
         <v>300</v>
       </c>
     </row>
     <row r="122" spans="1:14">
       <c r="A122" s="2">
@@ -6983,51 +6983,51 @@
       <c r="M122" s="2">
         <v>0</v>
       </c>
       <c r="N122" s="2">
         <v>195</v>
       </c>
     </row>
     <row r="123" spans="1:14">
       <c r="A123" s="2">
         <v>107475</v>
       </c>
       <c r="B123" s="2" t="s">
         <v>472</v>
       </c>
       <c r="C123" s="2" t="s">
         <v>473</v>
       </c>
       <c r="D123" s="2"/>
       <c r="E123" s="2" t="s">
         <v>474</v>
       </c>
       <c r="F123" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G123" s="2" t="s">
-        <v>34</v>
+        <v>39</v>
       </c>
       <c r="H123" s="2" t="s">
         <v>475</v>
       </c>
       <c r="I123" s="2">
         <v>93</v>
       </c>
       <c r="J123" s="2">
         <v>17</v>
       </c>
       <c r="K123" s="2">
         <v>150</v>
       </c>
       <c r="L123" s="2">
         <v>140</v>
       </c>
       <c r="M123" s="2">
         <v>0</v>
       </c>
       <c r="N123" s="2">
         <v>290</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>