--- v0 (2025-11-15)
+++ v1 (2026-02-17)
@@ -155,143 +155,143 @@
   <si>
     <t>Pavel</t>
   </si>
   <si>
     <t>Artyushenko</t>
   </si>
   <si>
     <t>АРТЮШЕНКО</t>
   </si>
   <si>
     <t>07:08:00</t>
   </si>
   <si>
     <t>Pablo</t>
   </si>
   <si>
     <t>Diago Gonzalez</t>
   </si>
   <si>
     <t>Spain</t>
   </si>
   <si>
     <t>07:20:15</t>
   </si>
   <si>
+    <t>Duman</t>
+  </si>
+  <si>
+    <t>Beissenayev</t>
+  </si>
+  <si>
+    <t>07:32:55</t>
+  </si>
+  <si>
     <t>Denis</t>
   </si>
   <si>
     <t>Karyukin</t>
   </si>
   <si>
     <t>КАРЮКИН</t>
   </si>
   <si>
     <t>07:22:42</t>
   </si>
   <si>
-    <t>Duman</t>
-[...5 lines deleted...]
-    <t>07:32:55</t>
+    <t>Mikhail</t>
+  </si>
+  <si>
+    <t>Nikonov</t>
+  </si>
+  <si>
+    <t>07:22:45</t>
   </si>
   <si>
     <t>Parkhat</t>
   </si>
   <si>
     <t>Srapilov</t>
   </si>
   <si>
     <t>07:33:17</t>
   </si>
   <si>
-    <t>Mikhail</t>
-[...5 lines deleted...]
-    <t>07:22:45</t>
+    <t>07:22:53</t>
   </si>
   <si>
     <t>Sergey</t>
   </si>
   <si>
     <t>Levadniy</t>
   </si>
   <si>
     <t>07:51:37</t>
   </si>
   <si>
-    <t>07:22:53</t>
-[...1 lines deleted...]
-  <si>
     <t>Bakhyt</t>
   </si>
   <si>
     <t>Kabylbekov</t>
   </si>
   <si>
     <t>07:58:01</t>
   </si>
   <si>
     <t>Dmitriy</t>
   </si>
   <si>
     <t>Pichugin</t>
   </si>
   <si>
     <t>Пичугин Дмитрий</t>
   </si>
   <si>
     <t>07:38:07</t>
   </si>
   <si>
+    <t>Oleg</t>
+  </si>
+  <si>
+    <t>Trifonov</t>
+  </si>
+  <si>
+    <t>Kyrgyzstan</t>
+  </si>
+  <si>
+    <t>08:04:49</t>
+  </si>
+  <si>
     <t>Kuvshinnikov</t>
   </si>
   <si>
     <t>Кувшинников Михаил</t>
   </si>
   <si>
     <t>07:43:11</t>
   </si>
   <si>
-    <t>Oleg</t>
-[...10 lines deleted...]
-  <si>
     <t>Dauit</t>
   </si>
   <si>
     <t>Zhanbolat</t>
   </si>
   <si>
     <t>08:14:51</t>
   </si>
   <si>
     <t>Yevgeniy</t>
   </si>
   <si>
     <t>Nepsha</t>
   </si>
   <si>
     <t>НЕПША</t>
   </si>
   <si>
     <t>07:44:27</t>
   </si>
   <si>
     <t>Yevseyev</t>
   </si>
   <si>
     <t>08:24:46</t>
@@ -326,69 +326,69 @@
   <si>
     <t>ШЕВЧУК</t>
   </si>
   <si>
     <t>09:06:38</t>
   </si>
   <si>
     <t>Saparbek</t>
   </si>
   <si>
     <t>Bakhirdinov</t>
   </si>
   <si>
     <t>08:41:36</t>
   </si>
   <si>
     <t>Kunnei</t>
   </si>
   <si>
     <t>Zhakarova</t>
   </si>
   <si>
     <t>09:48:17</t>
   </si>
   <si>
+    <t>Bernd</t>
+  </si>
+  <si>
+    <t>Hesselmann</t>
+  </si>
+  <si>
+    <t>08:41:38</t>
+  </si>
+  <si>
     <t>Olivia</t>
   </si>
   <si>
     <t>Otto</t>
   </si>
   <si>
     <t>United States</t>
   </si>
   <si>
     <t>10:26:39</t>
-  </si>
-[...7 lines deleted...]
-    <t>08:41:38</t>
   </si>
   <si>
     <t>Olesya</t>
   </si>
   <si>
     <t>Shilenko</t>
   </si>
   <si>
     <t>ШИЛЕНКО</t>
   </si>
   <si>
     <t>10:51:51</t>
   </si>
   <si>
     <t>08:43:01</t>
   </si>
   <si>
     <t>Nartov</t>
   </si>
   <si>
     <t>Михаил Нартов</t>
   </si>
   <si>
     <t>08:51:22</t>
   </si>
@@ -1232,294 +1232,294 @@
       </c>
       <c r="H9" s="2" t="s">
         <v>46</v>
       </c>
       <c r="I9" s="2">
         <v>4</v>
       </c>
       <c r="J9" s="2">
         <v>3</v>
       </c>
       <c r="K9" s="2">
         <v>100</v>
       </c>
       <c r="L9" s="2">
         <v>325</v>
       </c>
       <c r="M9" s="2">
         <v>0</v>
       </c>
       <c r="N9" s="2">
         <v>425</v>
       </c>
     </row>
     <row r="10" spans="1:14">
       <c r="A10" s="2">
-        <v>104830</v>
+        <v>109144</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>47</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>48</v>
       </c>
-      <c r="D10" s="2" t="s">
+      <c r="D10" s="2"/>
+      <c r="E10" s="2">
+        <v>1029</v>
+      </c>
+      <c r="F10" s="2"/>
+      <c r="G10" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="H10" s="2" t="s">
         <v>49</v>
-      </c>
-[...10 lines deleted...]
-        <v>50</v>
       </c>
       <c r="I10" s="2">
         <v>5</v>
       </c>
       <c r="J10" s="2">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="K10" s="2">
         <v>100</v>
       </c>
       <c r="L10" s="2">
-        <v>275</v>
+        <v>300</v>
       </c>
       <c r="M10" s="2">
         <v>0</v>
       </c>
       <c r="N10" s="2">
-        <v>375</v>
+        <v>400</v>
       </c>
     </row>
     <row r="11" spans="1:14">
       <c r="A11" s="2">
-        <v>109144</v>
+        <v>104830</v>
       </c>
       <c r="B11" s="2" t="s">
+        <v>50</v>
+      </c>
+      <c r="C11" s="2" t="s">
         <v>51</v>
       </c>
-      <c r="C11" s="2" t="s">
+      <c r="D11" s="2" t="s">
         <v>52</v>
       </c>
-      <c r="D11" s="2"/>
       <c r="E11" s="2">
-        <v>1029</v>
-[...1 lines deleted...]
-      <c r="F11" s="2"/>
+        <v>650</v>
+      </c>
+      <c r="F11" s="2" t="s">
+        <v>16</v>
+      </c>
       <c r="G11" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H11" s="2" t="s">
         <v>53</v>
       </c>
       <c r="I11" s="2">
         <v>5</v>
       </c>
       <c r="J11" s="2">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="K11" s="2">
         <v>100</v>
       </c>
       <c r="L11" s="2">
-        <v>300</v>
+        <v>275</v>
       </c>
       <c r="M11" s="2">
         <v>0</v>
       </c>
       <c r="N11" s="2">
-        <v>400</v>
+        <v>375</v>
       </c>
     </row>
     <row r="12" spans="1:14">
       <c r="A12" s="2">
-        <v>109145</v>
+        <v>104831</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>54</v>
       </c>
       <c r="C12" s="2" t="s">
         <v>55</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2">
-        <v>1051</v>
-[...1 lines deleted...]
-      <c r="F12" s="2"/>
+        <v>676</v>
+      </c>
+      <c r="F12" s="2" t="s">
+        <v>16</v>
+      </c>
       <c r="G12" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H12" s="2" t="s">
         <v>56</v>
       </c>
       <c r="I12" s="2">
         <v>6</v>
       </c>
       <c r="J12" s="2">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="K12" s="2">
         <v>100</v>
       </c>
       <c r="L12" s="2">
-        <v>275</v>
+        <v>250</v>
       </c>
       <c r="M12" s="2">
         <v>0</v>
       </c>
       <c r="N12" s="2">
-        <v>375</v>
+        <v>350</v>
       </c>
     </row>
     <row r="13" spans="1:14">
       <c r="A13" s="2">
-        <v>104831</v>
+        <v>109145</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>57</v>
       </c>
       <c r="C13" s="2" t="s">
         <v>58</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2">
-        <v>676</v>
-[...3 lines deleted...]
-      </c>
+        <v>1051</v>
+      </c>
+      <c r="F13" s="2"/>
       <c r="G13" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H13" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I13" s="2">
         <v>6</v>
       </c>
       <c r="J13" s="2">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="K13" s="2">
         <v>100</v>
       </c>
       <c r="L13" s="2">
-        <v>250</v>
+        <v>275</v>
       </c>
       <c r="M13" s="2">
         <v>0</v>
       </c>
       <c r="N13" s="2">
-        <v>350</v>
+        <v>375</v>
       </c>
     </row>
     <row r="14" spans="1:14">
       <c r="A14" s="2">
-        <v>109146</v>
+        <v>100886</v>
       </c>
       <c r="B14" s="2" t="s">
-        <v>60</v>
+        <v>14</v>
       </c>
       <c r="C14" s="2" t="s">
-        <v>61</v>
+        <v>15</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2">
-        <v>1001</v>
-[...1 lines deleted...]
-      <c r="F14" s="2"/>
+        <v>677</v>
+      </c>
+      <c r="F14" s="2" t="s">
+        <v>16</v>
+      </c>
       <c r="G14" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H14" s="2" t="s">
-        <v>62</v>
+        <v>60</v>
       </c>
       <c r="I14" s="2">
         <v>7</v>
       </c>
       <c r="J14" s="2">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="K14" s="2">
         <v>100</v>
       </c>
       <c r="L14" s="2">
-        <v>250</v>
+        <v>240</v>
       </c>
       <c r="M14" s="2">
         <v>0</v>
       </c>
       <c r="N14" s="2">
-        <v>350</v>
+        <v>340</v>
       </c>
     </row>
     <row r="15" spans="1:14">
       <c r="A15" s="2">
-        <v>100886</v>
+        <v>109146</v>
       </c>
       <c r="B15" s="2" t="s">
-        <v>14</v>
+        <v>61</v>
       </c>
       <c r="C15" s="2" t="s">
-        <v>15</v>
+        <v>62</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2">
-        <v>677</v>
-[...3 lines deleted...]
-      </c>
+        <v>1001</v>
+      </c>
+      <c r="F15" s="2"/>
       <c r="G15" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H15" s="2" t="s">
         <v>63</v>
       </c>
       <c r="I15" s="2">
         <v>7</v>
       </c>
       <c r="J15" s="2">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="K15" s="2">
         <v>100</v>
       </c>
       <c r="L15" s="2">
-        <v>240</v>
+        <v>250</v>
       </c>
       <c r="M15" s="2">
         <v>0</v>
       </c>
       <c r="N15" s="2">
-        <v>340</v>
+        <v>350</v>
       </c>
     </row>
     <row r="16" spans="1:14">
       <c r="A16" s="2">
         <v>109147</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>64</v>
       </c>
       <c r="C16" s="2" t="s">
         <v>65</v>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2">
         <v>1032</v>
       </c>
       <c r="F16" s="2"/>
       <c r="G16" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H16" s="2" t="s">
         <v>66</v>
       </c>
       <c r="I16" s="2">
         <v>8</v>
@@ -1564,132 +1564,132 @@
       </c>
       <c r="H17" s="2" t="s">
         <v>70</v>
       </c>
       <c r="I17" s="2">
         <v>8</v>
       </c>
       <c r="J17" s="2">
         <v>8</v>
       </c>
       <c r="K17" s="2">
         <v>100</v>
       </c>
       <c r="L17" s="2">
         <v>230</v>
       </c>
       <c r="M17" s="2">
         <v>0</v>
       </c>
       <c r="N17" s="2">
         <v>330</v>
       </c>
     </row>
     <row r="18" spans="1:14">
       <c r="A18" s="2">
-        <v>100862</v>
+        <v>109148</v>
       </c>
       <c r="B18" s="2" t="s">
-        <v>57</v>
+        <v>71</v>
       </c>
       <c r="C18" s="2" t="s">
-        <v>71</v>
-[...1 lines deleted...]
-      <c r="D18" s="2" t="s">
         <v>72</v>
       </c>
+      <c r="D18" s="2"/>
       <c r="E18" s="2">
-        <v>672</v>
+        <v>1069</v>
       </c>
       <c r="F18" s="2" t="s">
-        <v>26</v>
+        <v>73</v>
       </c>
       <c r="G18" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H18" s="2" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="I18" s="2">
         <v>9</v>
       </c>
       <c r="J18" s="2">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="K18" s="2">
         <v>100</v>
       </c>
       <c r="L18" s="2">
-        <v>220</v>
+        <v>230</v>
       </c>
       <c r="M18" s="2">
         <v>0</v>
       </c>
       <c r="N18" s="2">
-        <v>320</v>
+        <v>330</v>
       </c>
     </row>
     <row r="19" spans="1:14">
       <c r="A19" s="2">
-        <v>109148</v>
+        <v>100862</v>
       </c>
       <c r="B19" s="2" t="s">
-        <v>74</v>
+        <v>54</v>
       </c>
       <c r="C19" s="2" t="s">
         <v>75</v>
       </c>
-      <c r="D19" s="2"/>
+      <c r="D19" s="2" t="s">
+        <v>76</v>
+      </c>
       <c r="E19" s="2">
-        <v>1069</v>
+        <v>672</v>
       </c>
       <c r="F19" s="2" t="s">
-        <v>76</v>
+        <v>26</v>
       </c>
       <c r="G19" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H19" s="2" t="s">
         <v>77</v>
       </c>
       <c r="I19" s="2">
         <v>9</v>
       </c>
       <c r="J19" s="2">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="K19" s="2">
         <v>100</v>
       </c>
       <c r="L19" s="2">
-        <v>230</v>
+        <v>220</v>
       </c>
       <c r="M19" s="2">
         <v>0</v>
       </c>
       <c r="N19" s="2">
-        <v>330</v>
+        <v>320</v>
       </c>
     </row>
     <row r="20" spans="1:14">
       <c r="A20" s="2">
         <v>109149</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>78</v>
       </c>
       <c r="C20" s="2" t="s">
         <v>79</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2">
         <v>1003</v>
       </c>
       <c r="F20" s="2"/>
       <c r="G20" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H20" s="2" t="s">
         <v>80</v>
       </c>
       <c r="I20" s="2">
         <v>10</v>
@@ -1737,51 +1737,51 @@
       </c>
       <c r="I21" s="2">
         <v>10</v>
       </c>
       <c r="J21" s="2">
         <v>10</v>
       </c>
       <c r="K21" s="2">
         <v>100</v>
       </c>
       <c r="L21" s="2">
         <v>210</v>
       </c>
       <c r="M21" s="2">
         <v>0</v>
       </c>
       <c r="N21" s="2">
         <v>310</v>
       </c>
     </row>
     <row r="22" spans="1:14">
       <c r="A22" s="2">
         <v>109150</v>
       </c>
       <c r="B22" s="2" t="s">
-        <v>74</v>
+        <v>71</v>
       </c>
       <c r="C22" s="2" t="s">
         <v>85</v>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2">
         <v>1050</v>
       </c>
       <c r="F22" s="2"/>
       <c r="G22" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H22" s="2" t="s">
         <v>86</v>
       </c>
       <c r="I22" s="2">
         <v>11</v>
       </c>
       <c r="J22" s="2">
         <v>10</v>
       </c>
       <c r="K22" s="2">
         <v>100</v>
       </c>
       <c r="L22" s="2">
@@ -1984,128 +1984,128 @@
       </c>
       <c r="H27" s="2" t="s">
         <v>103</v>
       </c>
       <c r="I27" s="2">
         <v>13</v>
       </c>
       <c r="J27" s="2">
         <v>3</v>
       </c>
       <c r="K27" s="2">
         <v>100</v>
       </c>
       <c r="L27" s="2">
         <v>325</v>
       </c>
       <c r="M27" s="2">
         <v>0</v>
       </c>
       <c r="N27" s="2">
         <v>425</v>
       </c>
     </row>
     <row r="28" spans="1:14">
       <c r="A28" s="2">
-        <v>104836</v>
+        <v>109153</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>104</v>
       </c>
       <c r="C28" s="2" t="s">
         <v>105</v>
       </c>
       <c r="D28" s="2"/>
       <c r="E28" s="2">
-        <v>638</v>
-[...1 lines deleted...]
-      <c r="F28" s="2" t="s">
+        <v>1043</v>
+      </c>
+      <c r="F28" s="2"/>
+      <c r="G28" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="H28" s="2" t="s">
         <v>106</v>
-      </c>
-[...4 lines deleted...]
-        <v>107</v>
       </c>
       <c r="I28" s="2">
         <v>14</v>
       </c>
       <c r="J28" s="2">
-        <v>4</v>
+        <v>13</v>
       </c>
       <c r="K28" s="2">
         <v>100</v>
       </c>
       <c r="L28" s="2">
-        <v>300</v>
+        <v>180</v>
       </c>
       <c r="M28" s="2">
         <v>0</v>
       </c>
       <c r="N28" s="2">
-        <v>400</v>
+        <v>280</v>
       </c>
     </row>
     <row r="29" spans="1:14">
       <c r="A29" s="2">
-        <v>109153</v>
+        <v>104836</v>
       </c>
       <c r="B29" s="2" t="s">
+        <v>107</v>
+      </c>
+      <c r="C29" s="2" t="s">
         <v>108</v>
-      </c>
-[...1 lines deleted...]
-        <v>109</v>
       </c>
       <c r="D29" s="2"/>
       <c r="E29" s="2">
-        <v>1043</v>
-[...1 lines deleted...]
-      <c r="F29" s="2"/>
+        <v>638</v>
+      </c>
+      <c r="F29" s="2" t="s">
+        <v>109</v>
+      </c>
       <c r="G29" s="2" t="s">
-        <v>17</v>
+        <v>37</v>
       </c>
       <c r="H29" s="2" t="s">
         <v>110</v>
       </c>
       <c r="I29" s="2">
         <v>14</v>
       </c>
       <c r="J29" s="2">
-        <v>13</v>
+        <v>4</v>
       </c>
       <c r="K29" s="2">
         <v>100</v>
       </c>
       <c r="L29" s="2">
-        <v>180</v>
+        <v>300</v>
       </c>
       <c r="M29" s="2">
         <v>0</v>
       </c>
       <c r="N29" s="2">
-        <v>280</v>
+        <v>400</v>
       </c>
     </row>
     <row r="30" spans="1:14">
       <c r="A30" s="2">
         <v>104837</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>111</v>
       </c>
       <c r="C30" s="2" t="s">
         <v>112</v>
       </c>
       <c r="D30" s="2" t="s">
         <v>113</v>
       </c>
       <c r="E30" s="2">
         <v>634</v>
       </c>
       <c r="F30" s="2" t="s">
         <v>26</v>
       </c>
       <c r="G30" s="2" t="s">
         <v>37</v>
       </c>
       <c r="H30" s="2" t="s">
@@ -2157,51 +2157,51 @@
       </c>
       <c r="I31" s="2">
         <v>15</v>
       </c>
       <c r="J31" s="2">
         <v>14</v>
       </c>
       <c r="K31" s="2">
         <v>100</v>
       </c>
       <c r="L31" s="2">
         <v>170</v>
       </c>
       <c r="M31" s="2">
         <v>0</v>
       </c>
       <c r="N31" s="2">
         <v>270</v>
       </c>
     </row>
     <row r="32" spans="1:14">
       <c r="A32" s="2">
         <v>100871</v>
       </c>
       <c r="B32" s="2" t="s">
-        <v>57</v>
+        <v>54</v>
       </c>
       <c r="C32" s="2" t="s">
         <v>116</v>
       </c>
       <c r="D32" s="2" t="s">
         <v>117</v>
       </c>
       <c r="E32" s="2">
         <v>1034</v>
       </c>
       <c r="F32" s="2" t="s">
         <v>26</v>
       </c>
       <c r="G32" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H32" s="2" t="s">
         <v>118</v>
       </c>
       <c r="I32" s="2">
         <v>16</v>
       </c>
       <c r="J32" s="2">
         <v>15</v>
       </c>
@@ -2329,51 +2329,51 @@
         <v>100</v>
       </c>
       <c r="L35" s="2">
         <v>130</v>
       </c>
       <c r="M35" s="2">
         <v>0</v>
       </c>
       <c r="N35" s="2">
         <v>230</v>
       </c>
     </row>
     <row r="36" spans="1:14">
       <c r="A36" s="2">
         <v>101866</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>128</v>
       </c>
       <c r="C36" s="2" t="s">
         <v>129</v>
       </c>
       <c r="D36" s="2"/>
       <c r="E36" s="2"/>
       <c r="F36" s="2" t="s">
-        <v>106</v>
+        <v>109</v>
       </c>
       <c r="G36" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H36" s="2" t="s">
         <v>130</v>
       </c>
       <c r="I36" s="2">
         <v>23</v>
       </c>
       <c r="J36" s="2">
         <v>19</v>
       </c>
       <c r="K36" s="2">
         <v>100</v>
       </c>
       <c r="L36" s="2">
         <v>120</v>
       </c>
       <c r="M36" s="2">
         <v>0</v>
       </c>
       <c r="N36" s="2">
         <v>220</v>
       </c>