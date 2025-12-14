--- v0 (2025-10-15)
+++ v1 (2025-12-14)
@@ -272,71 +272,71 @@
   <si>
     <t>Fredelyn</t>
   </si>
   <si>
     <t>Alberto</t>
   </si>
   <si>
     <t>124-122</t>
   </si>
   <si>
     <t>Philippines</t>
   </si>
   <si>
     <t>21:44:29</t>
   </si>
   <si>
     <t>Pongnares</t>
   </si>
   <si>
     <t>Potiyotin</t>
   </si>
   <si>
     <t>30:13:10</t>
   </si>
   <si>
+    <t>Tawatcharin</t>
+  </si>
+  <si>
+    <t>Supakit</t>
+  </si>
+  <si>
+    <t>30:29:07</t>
+  </si>
+  <si>
     <t>Kui</t>
   </si>
   <si>
     <t>Ma</t>
   </si>
   <si>
     <t>124-53</t>
   </si>
   <si>
     <t>22:23:48</t>
   </si>
   <si>
-    <t>Tawatcharin</t>
-[...7 lines deleted...]
-  <si>
     <t>Nikom</t>
   </si>
   <si>
     <t>Tonjai</t>
   </si>
   <si>
     <t>124-39</t>
   </si>
   <si>
     <t>Supachai</t>
   </si>
   <si>
     <t>Kanjarean</t>
   </si>
   <si>
     <t>31:27:20</t>
   </si>
   <si>
     <t>Krittapas</t>
   </si>
   <si>
     <t>Pimukdech</t>
   </si>
   <si>
     <t>124-44</t>
@@ -353,179 +353,179 @@
   <si>
     <t>32:48:32</t>
   </si>
   <si>
     <t>Celinda</t>
   </si>
   <si>
     <t>Nitistaporn</t>
   </si>
   <si>
     <t>32:50:15</t>
   </si>
   <si>
     <t xml:space="preserve">Keisuke </t>
   </si>
   <si>
     <t>Nakao</t>
   </si>
   <si>
     <t>124-81</t>
   </si>
   <si>
     <t>23:13:57</t>
   </si>
   <si>
+    <t>Julien</t>
+  </si>
+  <si>
+    <t>Chopin</t>
+  </si>
+  <si>
+    <t>124-84</t>
+  </si>
+  <si>
+    <t>France</t>
+  </si>
+  <si>
+    <t>23:50:13</t>
+  </si>
+  <si>
     <t>Chinnapan</t>
   </si>
   <si>
     <t>Somtour</t>
   </si>
   <si>
     <t>33:36:57</t>
   </si>
   <si>
-    <t>Julien</t>
-[...11 lines deleted...]
-    <t>23:50:13</t>
+    <t>Bunnavit</t>
+  </si>
+  <si>
+    <t>Pangsuk</t>
+  </si>
+  <si>
+    <t>124-105</t>
+  </si>
+  <si>
+    <t>23:50:15</t>
   </si>
   <si>
     <t>Jirad</t>
   </si>
   <si>
     <t>Phethung</t>
   </si>
   <si>
     <t>33:39:37</t>
   </si>
   <si>
-    <t>Bunnavit</t>
-[...8 lines deleted...]
-    <t>23:50:15</t>
+    <t>Kwanjira</t>
+  </si>
+  <si>
+    <t>Phetnil</t>
+  </si>
+  <si>
+    <t>33:39:41</t>
   </si>
   <si>
     <t>Natthanan</t>
   </si>
   <si>
     <t>Matthanang</t>
   </si>
   <si>
     <t>124-62</t>
   </si>
   <si>
     <t>25:12:22</t>
   </si>
   <si>
-    <t>Kwanjira</t>
-[...7 lines deleted...]
-  <si>
     <t>Ketsarin</t>
   </si>
   <si>
     <t>Channgam</t>
   </si>
   <si>
     <t>33:39:53</t>
   </si>
   <si>
     <t>Suraroek</t>
   </si>
   <si>
     <t>Praesi</t>
   </si>
   <si>
     <t>124-124</t>
   </si>
   <si>
     <t>25:12:26</t>
   </si>
   <si>
+    <t>Nuttawat</t>
+  </si>
+  <si>
+    <t>Makkate</t>
+  </si>
+  <si>
+    <t>124-55</t>
+  </si>
+  <si>
+    <t>25:14:53</t>
+  </si>
+  <si>
     <t>Sakon</t>
   </si>
   <si>
     <t>Sonsakon</t>
   </si>
   <si>
     <t>33:47:25</t>
   </si>
   <si>
-    <t>Nuttawat</t>
-[...8 lines deleted...]
-    <t>25:14:53</t>
+    <t>Suthee</t>
+  </si>
+  <si>
+    <t>Choomuenwai</t>
+  </si>
+  <si>
+    <t>33:48:26</t>
   </si>
   <si>
     <t>Dacha</t>
   </si>
   <si>
     <t>Chaiya</t>
   </si>
   <si>
     <t>124-1</t>
   </si>
   <si>
     <t>25:21:30</t>
   </si>
   <si>
-    <t>Suthee</t>
-[...7 lines deleted...]
-  <si>
     <t>Theerathas</t>
   </si>
   <si>
     <t>Chonsakhon</t>
   </si>
   <si>
     <t>34:08:22</t>
   </si>
   <si>
     <t xml:space="preserve">Noorshari </t>
   </si>
   <si>
     <t>Shahir</t>
   </si>
   <si>
     <t>124-52</t>
   </si>
   <si>
     <t>Brunei</t>
   </si>
   <si>
     <t>27:44:52</t>
   </si>
   <si>
     <t>Kuen Ho</t>
@@ -629,90 +629,90 @@
   <si>
     <t>Takang</t>
   </si>
   <si>
     <t>34:54:48</t>
   </si>
   <si>
     <t>Chetthaphon</t>
   </si>
   <si>
     <t>Chanthadanai</t>
   </si>
   <si>
     <t>34:54:51</t>
   </si>
   <si>
     <t>Somchai</t>
   </si>
   <si>
     <t>Suksaibul</t>
   </si>
   <si>
     <t>124-18</t>
   </si>
   <si>
+    <t xml:space="preserve">Sawitree </t>
+  </si>
+  <si>
+    <t>Mothaisong</t>
+  </si>
+  <si>
+    <t>35:21:31</t>
+  </si>
+  <si>
     <t>Kokfai</t>
   </si>
   <si>
     <t>Man</t>
   </si>
   <si>
     <t>124-90</t>
   </si>
   <si>
     <t>28:16:26</t>
   </si>
   <si>
-    <t xml:space="preserve">Sawitree </t>
-[...5 lines deleted...]
-    <t>35:21:31</t>
+    <t>Suthiporn</t>
+  </si>
+  <si>
+    <t>Tepchinda</t>
+  </si>
+  <si>
+    <t>35:41:24</t>
   </si>
   <si>
     <t>Lim Chin</t>
   </si>
   <si>
     <t>Tat</t>
   </si>
   <si>
     <t>124-91</t>
   </si>
   <si>
     <t>28:41:21</t>
-  </si>
-[...7 lines deleted...]
-    <t>35:41:24</t>
   </si>
   <si>
     <t>Piyapong</t>
   </si>
   <si>
     <t>Thijin</t>
   </si>
   <si>
     <t>35:42:05</t>
   </si>
   <si>
     <t>Jun</t>
   </si>
   <si>
     <t>Otomo</t>
   </si>
   <si>
     <t>大友　淳</t>
   </si>
   <si>
     <t>124-73</t>
   </si>
   <si>
     <t>28:50:51</t>
   </si>
@@ -2641,154 +2641,154 @@
       </c>
       <c r="H19" s="2" t="s">
         <v>85</v>
       </c>
       <c r="I19" s="2">
         <v>9</v>
       </c>
       <c r="J19" s="2">
         <v>7</v>
       </c>
       <c r="K19" s="2">
         <v>150</v>
       </c>
       <c r="L19" s="2">
         <v>240</v>
       </c>
       <c r="M19" s="2">
         <v>0</v>
       </c>
       <c r="N19" s="2">
         <v>390</v>
       </c>
     </row>
     <row r="20" spans="1:14">
       <c r="A20" s="2">
-        <v>105766</v>
+        <v>118449</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>86</v>
       </c>
       <c r="C20" s="2" t="s">
         <v>87</v>
       </c>
       <c r="D20" s="2"/>
-      <c r="E20" s="2" t="s">
+      <c r="E20" s="2">
+        <v>124038</v>
+      </c>
+      <c r="F20" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="G20" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="H20" s="2" t="s">
         <v>88</v>
-      </c>
-[...7 lines deleted...]
-        <v>89</v>
       </c>
       <c r="I20" s="2">
         <v>10</v>
       </c>
       <c r="J20" s="2">
         <v>8</v>
       </c>
       <c r="K20" s="2">
         <v>150</v>
       </c>
       <c r="L20" s="2">
         <v>230</v>
       </c>
       <c r="M20" s="2">
         <v>0</v>
       </c>
       <c r="N20" s="2">
         <v>380</v>
       </c>
     </row>
     <row r="21" spans="1:14">
       <c r="A21" s="2">
-        <v>118449</v>
+        <v>105766</v>
       </c>
       <c r="B21" s="2" t="s">
+        <v>89</v>
+      </c>
+      <c r="C21" s="2" t="s">
         <v>90</v>
       </c>
-      <c r="C21" s="2" t="s">
+      <c r="D21" s="2"/>
+      <c r="E21" s="2" t="s">
         <v>91</v>
       </c>
-      <c r="D21" s="2"/>
-[...2 lines deleted...]
-      </c>
       <c r="F21" s="2" t="s">
-        <v>16</v>
+        <v>73</v>
       </c>
       <c r="G21" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H21" s="2" t="s">
         <v>92</v>
       </c>
       <c r="I21" s="2">
         <v>10</v>
       </c>
       <c r="J21" s="2">
         <v>8</v>
       </c>
       <c r="K21" s="2">
         <v>150</v>
       </c>
       <c r="L21" s="2">
         <v>230</v>
       </c>
       <c r="M21" s="2">
         <v>0</v>
       </c>
       <c r="N21" s="2">
         <v>380</v>
       </c>
     </row>
     <row r="22" spans="1:14">
       <c r="A22" s="2">
         <v>101696</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>93</v>
       </c>
       <c r="C22" s="2" t="s">
         <v>94</v>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2" t="s">
         <v>95</v>
       </c>
       <c r="F22" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G22" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H22" s="2" t="s">
-        <v>89</v>
+        <v>92</v>
       </c>
       <c r="I22" s="2">
         <v>11</v>
       </c>
       <c r="J22" s="2">
         <v>9</v>
       </c>
       <c r="K22" s="2">
         <v>150</v>
       </c>
       <c r="L22" s="2">
         <v>220</v>
       </c>
       <c r="M22" s="2">
         <v>0</v>
       </c>
       <c r="N22" s="2">
         <v>370</v>
       </c>
     </row>
     <row r="23" spans="1:14">
       <c r="A23" s="2">
         <v>118450</v>
       </c>
       <c r="B23" s="2" t="s">
@@ -2977,298 +2977,298 @@
       </c>
       <c r="H27" s="2" t="s">
         <v>112</v>
       </c>
       <c r="I27" s="2">
         <v>13</v>
       </c>
       <c r="J27" s="2">
         <v>11</v>
       </c>
       <c r="K27" s="2">
         <v>150</v>
       </c>
       <c r="L27" s="2">
         <v>200</v>
       </c>
       <c r="M27" s="2">
         <v>0</v>
       </c>
       <c r="N27" s="2">
         <v>350</v>
       </c>
     </row>
     <row r="28" spans="1:14">
       <c r="A28" s="2">
-        <v>118452</v>
+        <v>115913</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>113</v>
       </c>
       <c r="C28" s="2" t="s">
         <v>114</v>
       </c>
       <c r="D28" s="2"/>
-      <c r="E28" s="2">
-        <v>124010</v>
+      <c r="E28" s="2" t="s">
+        <v>115</v>
       </c>
       <c r="F28" s="2" t="s">
-        <v>16</v>
+        <v>116</v>
       </c>
       <c r="G28" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H28" s="2" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="I28" s="2">
         <v>14</v>
       </c>
       <c r="J28" s="2">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="K28" s="2">
         <v>150</v>
       </c>
       <c r="L28" s="2">
-        <v>210</v>
+        <v>190</v>
       </c>
       <c r="M28" s="2">
         <v>0</v>
       </c>
       <c r="N28" s="2">
-        <v>360</v>
+        <v>340</v>
       </c>
     </row>
     <row r="29" spans="1:14">
       <c r="A29" s="2">
-        <v>115913</v>
+        <v>118452</v>
       </c>
       <c r="B29" s="2" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="C29" s="2" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="D29" s="2"/>
-      <c r="E29" s="2" t="s">
-        <v>118</v>
+      <c r="E29" s="2">
+        <v>124010</v>
       </c>
       <c r="F29" s="2" t="s">
-        <v>119</v>
+        <v>16</v>
       </c>
       <c r="G29" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H29" s="2" t="s">
         <v>120</v>
       </c>
       <c r="I29" s="2">
         <v>14</v>
       </c>
       <c r="J29" s="2">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="K29" s="2">
         <v>150</v>
       </c>
       <c r="L29" s="2">
-        <v>190</v>
+        <v>210</v>
       </c>
       <c r="M29" s="2">
         <v>0</v>
       </c>
       <c r="N29" s="2">
-        <v>340</v>
+        <v>360</v>
       </c>
     </row>
     <row r="30" spans="1:14">
       <c r="A30" s="2">
-        <v>118453</v>
+        <v>105697</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>121</v>
       </c>
       <c r="C30" s="2" t="s">
         <v>122</v>
       </c>
       <c r="D30" s="2"/>
-      <c r="E30" s="2">
-        <v>124016</v>
+      <c r="E30" s="2" t="s">
+        <v>123</v>
       </c>
       <c r="F30" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G30" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H30" s="2" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="I30" s="2">
         <v>15</v>
       </c>
       <c r="J30" s="2">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="K30" s="2">
         <v>150</v>
       </c>
       <c r="L30" s="2">
-        <v>200</v>
+        <v>180</v>
       </c>
       <c r="M30" s="2">
         <v>0</v>
       </c>
       <c r="N30" s="2">
-        <v>350</v>
+        <v>330</v>
       </c>
     </row>
     <row r="31" spans="1:14">
       <c r="A31" s="2">
-        <v>105697</v>
+        <v>118453</v>
       </c>
       <c r="B31" s="2" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="C31" s="2" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="D31" s="2"/>
-      <c r="E31" s="2" t="s">
-        <v>126</v>
+      <c r="E31" s="2">
+        <v>124016</v>
       </c>
       <c r="F31" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G31" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H31" s="2" t="s">
         <v>127</v>
       </c>
       <c r="I31" s="2">
         <v>15</v>
       </c>
       <c r="J31" s="2">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="K31" s="2">
         <v>150</v>
       </c>
       <c r="L31" s="2">
-        <v>180</v>
+        <v>200</v>
       </c>
       <c r="M31" s="2">
         <v>0</v>
       </c>
       <c r="N31" s="2">
-        <v>330</v>
+        <v>350</v>
       </c>
     </row>
     <row r="32" spans="1:14">
       <c r="A32" s="2">
-        <v>114048</v>
+        <v>118454</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>128</v>
       </c>
       <c r="C32" s="2" t="s">
         <v>129</v>
       </c>
       <c r="D32" s="2"/>
-      <c r="E32" s="2" t="s">
-        <v>130</v>
+      <c r="E32" s="2">
+        <v>124020</v>
       </c>
       <c r="F32" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G32" s="2" t="s">
         <v>39</v>
       </c>
       <c r="H32" s="2" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="I32" s="2">
         <v>16</v>
       </c>
       <c r="J32" s="2">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="K32" s="2">
         <v>150</v>
       </c>
       <c r="L32" s="2">
-        <v>325</v>
+        <v>275</v>
       </c>
       <c r="M32" s="2">
         <v>0</v>
       </c>
       <c r="N32" s="2">
-        <v>475</v>
+        <v>425</v>
       </c>
     </row>
     <row r="33" spans="1:14">
       <c r="A33" s="2">
-        <v>118454</v>
+        <v>114048</v>
       </c>
       <c r="B33" s="2" t="s">
+        <v>131</v>
+      </c>
+      <c r="C33" s="2" t="s">
         <v>132</v>
       </c>
-      <c r="C33" s="2" t="s">
+      <c r="D33" s="2"/>
+      <c r="E33" s="2" t="s">
         <v>133</v>
-      </c>
-[...2 lines deleted...]
-        <v>124020</v>
       </c>
       <c r="F33" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G33" s="2" t="s">
         <v>39</v>
       </c>
       <c r="H33" s="2" t="s">
         <v>134</v>
       </c>
       <c r="I33" s="2">
         <v>16</v>
       </c>
       <c r="J33" s="2">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="K33" s="2">
         <v>150</v>
       </c>
       <c r="L33" s="2">
-        <v>275</v>
+        <v>325</v>
       </c>
       <c r="M33" s="2">
         <v>0</v>
       </c>
       <c r="N33" s="2">
-        <v>425</v>
+        <v>475</v>
       </c>
     </row>
     <row r="34" spans="1:14">
       <c r="A34" s="2">
         <v>118455</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>135</v>
       </c>
       <c r="C34" s="2" t="s">
         <v>136</v>
       </c>
       <c r="D34" s="2"/>
       <c r="E34" s="2">
         <v>124019</v>
       </c>
       <c r="F34" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G34" s="2" t="s">
         <v>39</v>
       </c>
       <c r="H34" s="2" t="s">
         <v>137</v>
       </c>
@@ -3313,214 +3313,214 @@
       </c>
       <c r="H35" s="2" t="s">
         <v>141</v>
       </c>
       <c r="I35" s="2">
         <v>17</v>
       </c>
       <c r="J35" s="2">
         <v>14</v>
       </c>
       <c r="K35" s="2">
         <v>150</v>
       </c>
       <c r="L35" s="2">
         <v>170</v>
       </c>
       <c r="M35" s="2">
         <v>0</v>
       </c>
       <c r="N35" s="2">
         <v>320</v>
       </c>
     </row>
     <row r="36" spans="1:14">
       <c r="A36" s="2">
-        <v>107492</v>
+        <v>106333</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>142</v>
       </c>
       <c r="C36" s="2" t="s">
         <v>143</v>
       </c>
       <c r="D36" s="2"/>
-      <c r="E36" s="2">
-        <v>124032</v>
+      <c r="E36" s="2" t="s">
+        <v>144</v>
       </c>
       <c r="F36" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G36" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H36" s="2" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="I36" s="2">
         <v>18</v>
       </c>
       <c r="J36" s="2">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="K36" s="2">
         <v>150</v>
       </c>
       <c r="L36" s="2">
-        <v>190</v>
+        <v>160</v>
       </c>
       <c r="M36" s="2">
         <v>0</v>
       </c>
       <c r="N36" s="2">
-        <v>340</v>
+        <v>310</v>
       </c>
     </row>
     <row r="37" spans="1:14">
       <c r="A37" s="2">
-        <v>106333</v>
+        <v>107492</v>
       </c>
       <c r="B37" s="2" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="C37" s="2" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="D37" s="2"/>
-      <c r="E37" s="2" t="s">
-        <v>147</v>
+      <c r="E37" s="2">
+        <v>124032</v>
       </c>
       <c r="F37" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G37" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H37" s="2" t="s">
         <v>148</v>
       </c>
       <c r="I37" s="2">
         <v>18</v>
       </c>
       <c r="J37" s="2">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="K37" s="2">
         <v>150</v>
       </c>
       <c r="L37" s="2">
-        <v>160</v>
+        <v>190</v>
       </c>
       <c r="M37" s="2">
         <v>0</v>
       </c>
       <c r="N37" s="2">
-        <v>310</v>
+        <v>340</v>
       </c>
     </row>
     <row r="38" spans="1:14">
       <c r="A38" s="2">
-        <v>103143</v>
+        <v>118456</v>
       </c>
       <c r="B38" s="2" t="s">
         <v>149</v>
       </c>
       <c r="C38" s="2" t="s">
         <v>150</v>
       </c>
       <c r="D38" s="2"/>
-      <c r="E38" s="2" t="s">
+      <c r="E38" s="2">
+        <v>124036</v>
+      </c>
+      <c r="F38" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="G38" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="H38" s="2" t="s">
         <v>151</v>
-      </c>
-[...7 lines deleted...]
-        <v>152</v>
       </c>
       <c r="I38" s="2">
         <v>19</v>
       </c>
       <c r="J38" s="2">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="K38" s="2">
         <v>150</v>
       </c>
       <c r="L38" s="2">
-        <v>150</v>
+        <v>180</v>
       </c>
       <c r="M38" s="2">
         <v>0</v>
       </c>
       <c r="N38" s="2">
-        <v>300</v>
+        <v>330</v>
       </c>
     </row>
     <row r="39" spans="1:14">
       <c r="A39" s="2">
-        <v>118456</v>
+        <v>103143</v>
       </c>
       <c r="B39" s="2" t="s">
+        <v>152</v>
+      </c>
+      <c r="C39" s="2" t="s">
         <v>153</v>
       </c>
-      <c r="C39" s="2" t="s">
+      <c r="D39" s="2"/>
+      <c r="E39" s="2" t="s">
         <v>154</v>
-      </c>
-[...2 lines deleted...]
-        <v>124036</v>
       </c>
       <c r="F39" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G39" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H39" s="2" t="s">
         <v>155</v>
       </c>
       <c r="I39" s="2">
         <v>19</v>
       </c>
       <c r="J39" s="2">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="K39" s="2">
         <v>150</v>
       </c>
       <c r="L39" s="2">
-        <v>180</v>
+        <v>150</v>
       </c>
       <c r="M39" s="2">
         <v>0</v>
       </c>
       <c r="N39" s="2">
-        <v>330</v>
+        <v>300</v>
       </c>
     </row>
     <row r="40" spans="1:14">
       <c r="A40" s="2">
         <v>118457</v>
       </c>
       <c r="B40" s="2" t="s">
         <v>156</v>
       </c>
       <c r="C40" s="2" t="s">
         <v>157</v>
       </c>
       <c r="D40" s="2"/>
       <c r="E40" s="2">
         <v>124042</v>
       </c>
       <c r="F40" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G40" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H40" s="2" t="s">
         <v>158</v>
       </c>
@@ -4069,214 +4069,214 @@
       </c>
       <c r="H53" s="2" t="s">
         <v>195</v>
       </c>
       <c r="I53" s="2">
         <v>26</v>
       </c>
       <c r="J53" s="2">
         <v>22</v>
       </c>
       <c r="K53" s="2">
         <v>150</v>
       </c>
       <c r="L53" s="2">
         <v>99</v>
       </c>
       <c r="M53" s="2">
         <v>0</v>
       </c>
       <c r="N53" s="2">
         <v>249</v>
       </c>
     </row>
     <row r="54" spans="1:14">
       <c r="A54" s="2">
-        <v>105661</v>
+        <v>115974</v>
       </c>
       <c r="B54" s="2" t="s">
         <v>205</v>
       </c>
       <c r="C54" s="2" t="s">
         <v>206</v>
       </c>
       <c r="D54" s="2"/>
-      <c r="E54" s="2" t="s">
+      <c r="E54" s="2">
+        <v>124050</v>
+      </c>
+      <c r="F54" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="G54" s="2" t="s">
+        <v>39</v>
+      </c>
+      <c r="H54" s="2" t="s">
         <v>207</v>
-      </c>
-[...7 lines deleted...]
-        <v>208</v>
       </c>
       <c r="I54" s="2">
         <v>27</v>
       </c>
       <c r="J54" s="2">
-        <v>23</v>
+        <v>9</v>
       </c>
       <c r="K54" s="2">
         <v>150</v>
       </c>
       <c r="L54" s="2">
-        <v>98</v>
+        <v>220</v>
       </c>
       <c r="M54" s="2">
         <v>0</v>
       </c>
       <c r="N54" s="2">
-        <v>248</v>
+        <v>370</v>
       </c>
     </row>
     <row r="55" spans="1:14">
       <c r="A55" s="2">
-        <v>115974</v>
+        <v>105661</v>
       </c>
       <c r="B55" s="2" t="s">
+        <v>208</v>
+      </c>
+      <c r="C55" s="2" t="s">
         <v>209</v>
       </c>
-      <c r="C55" s="2" t="s">
+      <c r="D55" s="2"/>
+      <c r="E55" s="2" t="s">
         <v>210</v>
       </c>
-      <c r="D55" s="2"/>
-[...2 lines deleted...]
-      </c>
       <c r="F55" s="2" t="s">
-        <v>16</v>
+        <v>35</v>
       </c>
       <c r="G55" s="2" t="s">
-        <v>39</v>
+        <v>17</v>
       </c>
       <c r="H55" s="2" t="s">
         <v>211</v>
       </c>
       <c r="I55" s="2">
         <v>27</v>
       </c>
       <c r="J55" s="2">
-        <v>9</v>
+        <v>23</v>
       </c>
       <c r="K55" s="2">
         <v>150</v>
       </c>
       <c r="L55" s="2">
-        <v>220</v>
+        <v>98</v>
       </c>
       <c r="M55" s="2">
         <v>0</v>
       </c>
       <c r="N55" s="2">
-        <v>370</v>
+        <v>248</v>
       </c>
     </row>
     <row r="56" spans="1:14">
       <c r="A56" s="2">
-        <v>100691</v>
+        <v>118464</v>
       </c>
       <c r="B56" s="2" t="s">
         <v>212</v>
       </c>
       <c r="C56" s="2" t="s">
         <v>213</v>
       </c>
       <c r="D56" s="2"/>
-      <c r="E56" s="2" t="s">
+      <c r="E56" s="2">
+        <v>124037</v>
+      </c>
+      <c r="F56" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="G56" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="H56" s="2" t="s">
         <v>214</v>
-      </c>
-[...7 lines deleted...]
-        <v>215</v>
       </c>
       <c r="I56" s="2">
         <v>28</v>
       </c>
       <c r="J56" s="2">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="K56" s="2">
         <v>150</v>
       </c>
       <c r="L56" s="2">
-        <v>97</v>
+        <v>120</v>
       </c>
       <c r="M56" s="2">
         <v>0</v>
       </c>
       <c r="N56" s="2">
-        <v>247</v>
+        <v>270</v>
       </c>
     </row>
     <row r="57" spans="1:14">
       <c r="A57" s="2">
-        <v>118464</v>
+        <v>100691</v>
       </c>
       <c r="B57" s="2" t="s">
+        <v>215</v>
+      </c>
+      <c r="C57" s="2" t="s">
         <v>216</v>
       </c>
-      <c r="C57" s="2" t="s">
+      <c r="D57" s="2"/>
+      <c r="E57" s="2" t="s">
         <v>217</v>
       </c>
-      <c r="D57" s="2"/>
-[...2 lines deleted...]
-      </c>
       <c r="F57" s="2" t="s">
-        <v>16</v>
+        <v>35</v>
       </c>
       <c r="G57" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H57" s="2" t="s">
         <v>218</v>
       </c>
       <c r="I57" s="2">
         <v>28</v>
       </c>
       <c r="J57" s="2">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="K57" s="2">
         <v>150</v>
       </c>
       <c r="L57" s="2">
-        <v>120</v>
+        <v>97</v>
       </c>
       <c r="M57" s="2">
         <v>0</v>
       </c>
       <c r="N57" s="2">
-        <v>270</v>
+        <v>247</v>
       </c>
     </row>
     <row r="58" spans="1:14">
       <c r="A58" s="2">
         <v>118465</v>
       </c>
       <c r="B58" s="2" t="s">
         <v>219</v>
       </c>
       <c r="C58" s="2" t="s">
         <v>220</v>
       </c>
       <c r="D58" s="2"/>
       <c r="E58" s="2">
         <v>124024</v>
       </c>
       <c r="F58" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G58" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H58" s="2" t="s">
         <v>221</v>
       </c>
@@ -6844,54 +6844,54 @@
       </c>
       <c r="I119" s="2">
         <v>89</v>
       </c>
       <c r="J119" s="2">
         <v>75</v>
       </c>
       <c r="K119" s="2">
         <v>150</v>
       </c>
       <c r="L119" s="2">
         <v>46</v>
       </c>
       <c r="M119" s="2">
         <v>0</v>
       </c>
       <c r="N119" s="2">
         <v>196</v>
       </c>
     </row>
     <row r="120" spans="1:14">
       <c r="A120" s="2">
         <v>115974</v>
       </c>
       <c r="B120" s="2" t="s">
-        <v>209</v>
+        <v>205</v>
       </c>
       <c r="C120" s="2" t="s">
-        <v>210</v>
+        <v>206</v>
       </c>
       <c r="D120" s="2"/>
       <c r="E120" s="2" t="s">
         <v>464</v>
       </c>
       <c r="F120" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G120" s="2" t="s">
         <v>39</v>
       </c>
       <c r="H120" s="2" t="s">
         <v>465</v>
       </c>
       <c r="I120" s="2">
         <v>90</v>
       </c>
       <c r="J120" s="2">
         <v>15</v>
       </c>
       <c r="K120" s="2">
         <v>150</v>
       </c>
       <c r="L120" s="2">
         <v>160</v>