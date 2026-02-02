--- v1 (2025-12-14)
+++ v2 (2026-02-02)
@@ -224,119 +224,119 @@
   <si>
     <t>20:16:44</t>
   </si>
   <si>
     <t>Ponpayon</t>
   </si>
   <si>
     <t>Thongtawee</t>
   </si>
   <si>
     <t>29:18:11</t>
   </si>
   <si>
     <t>Woon Chze Christine</t>
   </si>
   <si>
     <t>Loh</t>
   </si>
   <si>
     <t>124-89</t>
   </si>
   <si>
     <t>20:18:16</t>
   </si>
   <si>
+    <t>Issaree</t>
+  </si>
+  <si>
+    <t>Kengnok</t>
+  </si>
+  <si>
+    <t>29:20:54</t>
+  </si>
+  <si>
     <t>Xiang</t>
   </si>
   <si>
     <t>De</t>
   </si>
   <si>
     <t>124-3</t>
   </si>
   <si>
     <t>China</t>
   </si>
   <si>
     <t>21:00:56</t>
   </si>
   <si>
-    <t>Issaree</t>
-[...7 lines deleted...]
-  <si>
     <t>Fredelyn</t>
   </si>
   <si>
     <t>Alberto</t>
   </si>
   <si>
     <t>124-122</t>
   </si>
   <si>
     <t>Philippines</t>
   </si>
   <si>
     <t>21:44:29</t>
   </si>
   <si>
     <t>Pongnares</t>
   </si>
   <si>
     <t>Potiyotin</t>
   </si>
   <si>
     <t>30:13:10</t>
   </si>
   <si>
+    <t>Kui</t>
+  </si>
+  <si>
+    <t>Ma</t>
+  </si>
+  <si>
+    <t>124-53</t>
+  </si>
+  <si>
+    <t>22:23:48</t>
+  </si>
+  <si>
     <t>Tawatcharin</t>
   </si>
   <si>
     <t>Supakit</t>
   </si>
   <si>
     <t>30:29:07</t>
   </si>
   <si>
-    <t>Kui</t>
-[...10 lines deleted...]
-  <si>
     <t>Nikom</t>
   </si>
   <si>
     <t>Tonjai</t>
   </si>
   <si>
     <t>124-39</t>
   </si>
   <si>
     <t>Supachai</t>
   </si>
   <si>
     <t>Kanjarean</t>
   </si>
   <si>
     <t>31:27:20</t>
   </si>
   <si>
     <t>Krittapas</t>
   </si>
   <si>
     <t>Pimukdech</t>
   </si>
   <si>
     <t>124-44</t>
@@ -353,179 +353,179 @@
   <si>
     <t>32:48:32</t>
   </si>
   <si>
     <t>Celinda</t>
   </si>
   <si>
     <t>Nitistaporn</t>
   </si>
   <si>
     <t>32:50:15</t>
   </si>
   <si>
     <t xml:space="preserve">Keisuke </t>
   </si>
   <si>
     <t>Nakao</t>
   </si>
   <si>
     <t>124-81</t>
   </si>
   <si>
     <t>23:13:57</t>
   </si>
   <si>
+    <t>Chinnapan</t>
+  </si>
+  <si>
+    <t>Somtour</t>
+  </si>
+  <si>
+    <t>33:36:57</t>
+  </si>
+  <si>
     <t>Julien</t>
   </si>
   <si>
     <t>Chopin</t>
   </si>
   <si>
     <t>124-84</t>
   </si>
   <si>
     <t>France</t>
   </si>
   <si>
     <t>23:50:13</t>
   </si>
   <si>
-    <t>Chinnapan</t>
-[...5 lines deleted...]
-    <t>33:36:57</t>
+    <t>Jirad</t>
+  </si>
+  <si>
+    <t>Phethung</t>
+  </si>
+  <si>
+    <t>33:39:37</t>
   </si>
   <si>
     <t>Bunnavit</t>
   </si>
   <si>
     <t>Pangsuk</t>
   </si>
   <si>
     <t>124-105</t>
   </si>
   <si>
     <t>23:50:15</t>
   </si>
   <si>
-    <t>Jirad</t>
-[...5 lines deleted...]
-    <t>33:39:37</t>
+    <t>Natthanan</t>
+  </si>
+  <si>
+    <t>Matthanang</t>
+  </si>
+  <si>
+    <t>124-62</t>
+  </si>
+  <si>
+    <t>25:12:22</t>
   </si>
   <si>
     <t>Kwanjira</t>
   </si>
   <si>
     <t>Phetnil</t>
   </si>
   <si>
     <t>33:39:41</t>
   </si>
   <si>
-    <t>Natthanan</t>
-[...10 lines deleted...]
-  <si>
     <t>Ketsarin</t>
   </si>
   <si>
     <t>Channgam</t>
   </si>
   <si>
     <t>33:39:53</t>
   </si>
   <si>
     <t>Suraroek</t>
   </si>
   <si>
     <t>Praesi</t>
   </si>
   <si>
     <t>124-124</t>
   </si>
   <si>
     <t>25:12:26</t>
   </si>
   <si>
+    <t>Sakon</t>
+  </si>
+  <si>
+    <t>Sonsakon</t>
+  </si>
+  <si>
+    <t>33:47:25</t>
+  </si>
+  <si>
     <t>Nuttawat</t>
   </si>
   <si>
     <t>Makkate</t>
   </si>
   <si>
     <t>124-55</t>
   </si>
   <si>
     <t>25:14:53</t>
   </si>
   <si>
-    <t>Sakon</t>
-[...5 lines deleted...]
-    <t>33:47:25</t>
+    <t>Dacha</t>
+  </si>
+  <si>
+    <t>Chaiya</t>
+  </si>
+  <si>
+    <t>124-1</t>
+  </si>
+  <si>
+    <t>25:21:30</t>
   </si>
   <si>
     <t>Suthee</t>
   </si>
   <si>
     <t>Choomuenwai</t>
   </si>
   <si>
     <t>33:48:26</t>
   </si>
   <si>
-    <t>Dacha</t>
-[...10 lines deleted...]
-  <si>
     <t>Theerathas</t>
   </si>
   <si>
     <t>Chonsakhon</t>
   </si>
   <si>
     <t>34:08:22</t>
   </si>
   <si>
     <t xml:space="preserve">Noorshari </t>
   </si>
   <si>
     <t>Shahir</t>
   </si>
   <si>
     <t>124-52</t>
   </si>
   <si>
     <t>Brunei</t>
   </si>
   <si>
     <t>27:44:52</t>
   </si>
   <si>
     <t>Kuen Ho</t>
@@ -611,132 +611,132 @@
   <si>
     <t>34:45:15</t>
   </si>
   <si>
     <t>Sithiroj</t>
   </si>
   <si>
     <t>Sasisajja</t>
   </si>
   <si>
     <t>124-106</t>
   </si>
   <si>
     <t>28:08:39</t>
   </si>
   <si>
     <t>Pongsak</t>
   </si>
   <si>
     <t>Takang</t>
   </si>
   <si>
     <t>34:54:48</t>
   </si>
   <si>
+    <t>Somchai</t>
+  </si>
+  <si>
+    <t>Suksaibul</t>
+  </si>
+  <si>
+    <t>124-18</t>
+  </si>
+  <si>
     <t>Chetthaphon</t>
   </si>
   <si>
     <t>Chanthadanai</t>
   </si>
   <si>
     <t>34:54:51</t>
   </si>
   <si>
-    <t>Somchai</t>
-[...5 lines deleted...]
-    <t>124-18</t>
+    <t>Kokfai</t>
+  </si>
+  <si>
+    <t>Man</t>
+  </si>
+  <si>
+    <t>124-90</t>
+  </si>
+  <si>
+    <t>28:16:26</t>
   </si>
   <si>
     <t xml:space="preserve">Sawitree </t>
   </si>
   <si>
     <t>Mothaisong</t>
   </si>
   <si>
     <t>35:21:31</t>
   </si>
   <si>
-    <t>Kokfai</t>
-[...10 lines deleted...]
-  <si>
     <t>Suthiporn</t>
   </si>
   <si>
     <t>Tepchinda</t>
   </si>
   <si>
     <t>35:41:24</t>
   </si>
   <si>
     <t>Lim Chin</t>
   </si>
   <si>
     <t>Tat</t>
   </si>
   <si>
     <t>124-91</t>
   </si>
   <si>
     <t>28:41:21</t>
   </si>
   <si>
+    <t>Jun</t>
+  </si>
+  <si>
+    <t>Otomo</t>
+  </si>
+  <si>
+    <t>大友　淳</t>
+  </si>
+  <si>
+    <t>124-73</t>
+  </si>
+  <si>
+    <t>28:50:51</t>
+  </si>
+  <si>
     <t>Piyapong</t>
   </si>
   <si>
     <t>Thijin</t>
   </si>
   <si>
     <t>35:42:05</t>
-  </si>
-[...13 lines deleted...]
-    <t>28:50:51</t>
   </si>
   <si>
     <t>Anuphon</t>
   </si>
   <si>
     <t>Itsara</t>
   </si>
   <si>
     <t>124-103</t>
   </si>
   <si>
     <t>28:54:15</t>
   </si>
   <si>
     <t xml:space="preserve">Krit </t>
   </si>
   <si>
     <t>Sae-Jew</t>
   </si>
   <si>
     <t>124-117</t>
   </si>
   <si>
     <t>29:07:21</t>
   </si>
@@ -2473,130 +2473,130 @@
       </c>
       <c r="H15" s="2" t="s">
         <v>69</v>
       </c>
       <c r="I15" s="2">
         <v>7</v>
       </c>
       <c r="J15" s="2">
         <v>1</v>
       </c>
       <c r="K15" s="2">
         <v>150</v>
       </c>
       <c r="L15" s="2">
         <v>400</v>
       </c>
       <c r="M15" s="2">
         <v>0</v>
       </c>
       <c r="N15" s="2">
         <v>550</v>
       </c>
     </row>
     <row r="16" spans="1:14">
       <c r="A16" s="2">
-        <v>115910</v>
+        <v>102644</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>70</v>
       </c>
       <c r="C16" s="2" t="s">
         <v>71</v>
       </c>
       <c r="D16" s="2"/>
-      <c r="E16" s="2" t="s">
+      <c r="E16" s="2">
+        <v>124015</v>
+      </c>
+      <c r="F16" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="G16" s="2" t="s">
+        <v>39</v>
+      </c>
+      <c r="H16" s="2" t="s">
         <v>72</v>
-      </c>
-[...7 lines deleted...]
-        <v>74</v>
       </c>
       <c r="I16" s="2">
         <v>8</v>
       </c>
       <c r="J16" s="2">
-        <v>7</v>
+        <v>2</v>
       </c>
       <c r="K16" s="2">
         <v>150</v>
       </c>
       <c r="L16" s="2">
-        <v>240</v>
+        <v>350</v>
       </c>
       <c r="M16" s="2">
         <v>0</v>
       </c>
       <c r="N16" s="2">
-        <v>390</v>
+        <v>500</v>
       </c>
     </row>
     <row r="17" spans="1:14">
       <c r="A17" s="2">
-        <v>102644</v>
+        <v>115910</v>
       </c>
       <c r="B17" s="2" t="s">
+        <v>73</v>
+      </c>
+      <c r="C17" s="2" t="s">
+        <v>74</v>
+      </c>
+      <c r="D17" s="2"/>
+      <c r="E17" s="2" t="s">
         <v>75</v>
       </c>
-      <c r="C17" s="2" t="s">
+      <c r="F17" s="2" t="s">
         <v>76</v>
       </c>
-      <c r="D17" s="2"/>
-[...5 lines deleted...]
-      </c>
       <c r="G17" s="2" t="s">
-        <v>39</v>
+        <v>17</v>
       </c>
       <c r="H17" s="2" t="s">
         <v>77</v>
       </c>
       <c r="I17" s="2">
         <v>8</v>
       </c>
       <c r="J17" s="2">
-        <v>2</v>
+        <v>7</v>
       </c>
       <c r="K17" s="2">
         <v>150</v>
       </c>
       <c r="L17" s="2">
-        <v>350</v>
+        <v>240</v>
       </c>
       <c r="M17" s="2">
         <v>0</v>
       </c>
       <c r="N17" s="2">
-        <v>500</v>
+        <v>390</v>
       </c>
     </row>
     <row r="18" spans="1:14">
       <c r="A18" s="2">
         <v>113450</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>78</v>
       </c>
       <c r="C18" s="2" t="s">
         <v>79</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2" t="s">
         <v>80</v>
       </c>
       <c r="F18" s="2" t="s">
         <v>81</v>
       </c>
       <c r="G18" s="2" t="s">
         <v>39</v>
       </c>
       <c r="H18" s="2" t="s">
         <v>82</v>
       </c>
@@ -2641,154 +2641,154 @@
       </c>
       <c r="H19" s="2" t="s">
         <v>85</v>
       </c>
       <c r="I19" s="2">
         <v>9</v>
       </c>
       <c r="J19" s="2">
         <v>7</v>
       </c>
       <c r="K19" s="2">
         <v>150</v>
       </c>
       <c r="L19" s="2">
         <v>240</v>
       </c>
       <c r="M19" s="2">
         <v>0</v>
       </c>
       <c r="N19" s="2">
         <v>390</v>
       </c>
     </row>
     <row r="20" spans="1:14">
       <c r="A20" s="2">
-        <v>118449</v>
+        <v>105766</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>86</v>
       </c>
       <c r="C20" s="2" t="s">
         <v>87</v>
       </c>
       <c r="D20" s="2"/>
-      <c r="E20" s="2">
-        <v>124038</v>
+      <c r="E20" s="2" t="s">
+        <v>88</v>
       </c>
       <c r="F20" s="2" t="s">
-        <v>16</v>
+        <v>76</v>
       </c>
       <c r="G20" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H20" s="2" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="I20" s="2">
         <v>10</v>
       </c>
       <c r="J20" s="2">
         <v>8</v>
       </c>
       <c r="K20" s="2">
         <v>150</v>
       </c>
       <c r="L20" s="2">
         <v>230</v>
       </c>
       <c r="M20" s="2">
         <v>0</v>
       </c>
       <c r="N20" s="2">
         <v>380</v>
       </c>
     </row>
     <row r="21" spans="1:14">
       <c r="A21" s="2">
-        <v>105766</v>
+        <v>118449</v>
       </c>
       <c r="B21" s="2" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="C21" s="2" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="D21" s="2"/>
-      <c r="E21" s="2" t="s">
-        <v>91</v>
+      <c r="E21" s="2">
+        <v>124038</v>
       </c>
       <c r="F21" s="2" t="s">
-        <v>73</v>
+        <v>16</v>
       </c>
       <c r="G21" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H21" s="2" t="s">
         <v>92</v>
       </c>
       <c r="I21" s="2">
         <v>10</v>
       </c>
       <c r="J21" s="2">
         <v>8</v>
       </c>
       <c r="K21" s="2">
         <v>150</v>
       </c>
       <c r="L21" s="2">
         <v>230</v>
       </c>
       <c r="M21" s="2">
         <v>0</v>
       </c>
       <c r="N21" s="2">
         <v>380</v>
       </c>
     </row>
     <row r="22" spans="1:14">
       <c r="A22" s="2">
         <v>101696</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>93</v>
       </c>
       <c r="C22" s="2" t="s">
         <v>94</v>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2" t="s">
         <v>95</v>
       </c>
       <c r="F22" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G22" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H22" s="2" t="s">
-        <v>92</v>
+        <v>89</v>
       </c>
       <c r="I22" s="2">
         <v>11</v>
       </c>
       <c r="J22" s="2">
         <v>9</v>
       </c>
       <c r="K22" s="2">
         <v>150</v>
       </c>
       <c r="L22" s="2">
         <v>220</v>
       </c>
       <c r="M22" s="2">
         <v>0</v>
       </c>
       <c r="N22" s="2">
         <v>370</v>
       </c>
     </row>
     <row r="23" spans="1:14">
       <c r="A23" s="2">
         <v>118450</v>
       </c>
       <c r="B23" s="2" t="s">
@@ -2977,298 +2977,298 @@
       </c>
       <c r="H27" s="2" t="s">
         <v>112</v>
       </c>
       <c r="I27" s="2">
         <v>13</v>
       </c>
       <c r="J27" s="2">
         <v>11</v>
       </c>
       <c r="K27" s="2">
         <v>150</v>
       </c>
       <c r="L27" s="2">
         <v>200</v>
       </c>
       <c r="M27" s="2">
         <v>0</v>
       </c>
       <c r="N27" s="2">
         <v>350</v>
       </c>
     </row>
     <row r="28" spans="1:14">
       <c r="A28" s="2">
-        <v>115913</v>
+        <v>118452</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>113</v>
       </c>
       <c r="C28" s="2" t="s">
         <v>114</v>
       </c>
       <c r="D28" s="2"/>
-      <c r="E28" s="2" t="s">
+      <c r="E28" s="2">
+        <v>124010</v>
+      </c>
+      <c r="F28" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="G28" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="H28" s="2" t="s">
         <v>115</v>
-      </c>
-[...7 lines deleted...]
-        <v>117</v>
       </c>
       <c r="I28" s="2">
         <v>14</v>
       </c>
       <c r="J28" s="2">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="K28" s="2">
         <v>150</v>
       </c>
       <c r="L28" s="2">
-        <v>190</v>
+        <v>210</v>
       </c>
       <c r="M28" s="2">
         <v>0</v>
       </c>
       <c r="N28" s="2">
-        <v>340</v>
+        <v>360</v>
       </c>
     </row>
     <row r="29" spans="1:14">
       <c r="A29" s="2">
-        <v>118452</v>
+        <v>115913</v>
       </c>
       <c r="B29" s="2" t="s">
+        <v>116</v>
+      </c>
+      <c r="C29" s="2" t="s">
+        <v>117</v>
+      </c>
+      <c r="D29" s="2"/>
+      <c r="E29" s="2" t="s">
         <v>118</v>
       </c>
-      <c r="C29" s="2" t="s">
+      <c r="F29" s="2" t="s">
         <v>119</v>
-      </c>
-[...5 lines deleted...]
-        <v>16</v>
       </c>
       <c r="G29" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H29" s="2" t="s">
         <v>120</v>
       </c>
       <c r="I29" s="2">
         <v>14</v>
       </c>
       <c r="J29" s="2">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="K29" s="2">
         <v>150</v>
       </c>
       <c r="L29" s="2">
-        <v>210</v>
+        <v>190</v>
       </c>
       <c r="M29" s="2">
         <v>0</v>
       </c>
       <c r="N29" s="2">
-        <v>360</v>
+        <v>340</v>
       </c>
     </row>
     <row r="30" spans="1:14">
       <c r="A30" s="2">
-        <v>105697</v>
+        <v>118453</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>121</v>
       </c>
       <c r="C30" s="2" t="s">
         <v>122</v>
       </c>
       <c r="D30" s="2"/>
-      <c r="E30" s="2" t="s">
+      <c r="E30" s="2">
+        <v>124016</v>
+      </c>
+      <c r="F30" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="G30" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="H30" s="2" t="s">
         <v>123</v>
-      </c>
-[...7 lines deleted...]
-        <v>124</v>
       </c>
       <c r="I30" s="2">
         <v>15</v>
       </c>
       <c r="J30" s="2">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="K30" s="2">
         <v>150</v>
       </c>
       <c r="L30" s="2">
-        <v>180</v>
+        <v>200</v>
       </c>
       <c r="M30" s="2">
         <v>0</v>
       </c>
       <c r="N30" s="2">
-        <v>330</v>
+        <v>350</v>
       </c>
     </row>
     <row r="31" spans="1:14">
       <c r="A31" s="2">
-        <v>118453</v>
+        <v>105697</v>
       </c>
       <c r="B31" s="2" t="s">
+        <v>124</v>
+      </c>
+      <c r="C31" s="2" t="s">
         <v>125</v>
       </c>
-      <c r="C31" s="2" t="s">
+      <c r="D31" s="2"/>
+      <c r="E31" s="2" t="s">
         <v>126</v>
-      </c>
-[...2 lines deleted...]
-        <v>124016</v>
       </c>
       <c r="F31" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G31" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H31" s="2" t="s">
         <v>127</v>
       </c>
       <c r="I31" s="2">
         <v>15</v>
       </c>
       <c r="J31" s="2">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="K31" s="2">
         <v>150</v>
       </c>
       <c r="L31" s="2">
-        <v>200</v>
+        <v>180</v>
       </c>
       <c r="M31" s="2">
         <v>0</v>
       </c>
       <c r="N31" s="2">
-        <v>350</v>
+        <v>330</v>
       </c>
     </row>
     <row r="32" spans="1:14">
       <c r="A32" s="2">
-        <v>118454</v>
+        <v>114048</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>128</v>
       </c>
       <c r="C32" s="2" t="s">
         <v>129</v>
       </c>
       <c r="D32" s="2"/>
-      <c r="E32" s="2">
-        <v>124020</v>
+      <c r="E32" s="2" t="s">
+        <v>130</v>
       </c>
       <c r="F32" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G32" s="2" t="s">
         <v>39</v>
       </c>
       <c r="H32" s="2" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="I32" s="2">
         <v>16</v>
       </c>
       <c r="J32" s="2">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="K32" s="2">
         <v>150</v>
       </c>
       <c r="L32" s="2">
-        <v>275</v>
+        <v>325</v>
       </c>
       <c r="M32" s="2">
         <v>0</v>
       </c>
       <c r="N32" s="2">
-        <v>425</v>
+        <v>475</v>
       </c>
     </row>
     <row r="33" spans="1:14">
       <c r="A33" s="2">
-        <v>114048</v>
+        <v>118454</v>
       </c>
       <c r="B33" s="2" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="C33" s="2" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="D33" s="2"/>
-      <c r="E33" s="2" t="s">
-        <v>133</v>
+      <c r="E33" s="2">
+        <v>124020</v>
       </c>
       <c r="F33" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G33" s="2" t="s">
         <v>39</v>
       </c>
       <c r="H33" s="2" t="s">
         <v>134</v>
       </c>
       <c r="I33" s="2">
         <v>16</v>
       </c>
       <c r="J33" s="2">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="K33" s="2">
         <v>150</v>
       </c>
       <c r="L33" s="2">
-        <v>325</v>
+        <v>275</v>
       </c>
       <c r="M33" s="2">
         <v>0</v>
       </c>
       <c r="N33" s="2">
-        <v>475</v>
+        <v>425</v>
       </c>
     </row>
     <row r="34" spans="1:14">
       <c r="A34" s="2">
         <v>118455</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>135</v>
       </c>
       <c r="C34" s="2" t="s">
         <v>136</v>
       </c>
       <c r="D34" s="2"/>
       <c r="E34" s="2">
         <v>124019</v>
       </c>
       <c r="F34" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G34" s="2" t="s">
         <v>39</v>
       </c>
       <c r="H34" s="2" t="s">
         <v>137</v>
       </c>
@@ -3313,214 +3313,214 @@
       </c>
       <c r="H35" s="2" t="s">
         <v>141</v>
       </c>
       <c r="I35" s="2">
         <v>17</v>
       </c>
       <c r="J35" s="2">
         <v>14</v>
       </c>
       <c r="K35" s="2">
         <v>150</v>
       </c>
       <c r="L35" s="2">
         <v>170</v>
       </c>
       <c r="M35" s="2">
         <v>0</v>
       </c>
       <c r="N35" s="2">
         <v>320</v>
       </c>
     </row>
     <row r="36" spans="1:14">
       <c r="A36" s="2">
-        <v>106333</v>
+        <v>107492</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>142</v>
       </c>
       <c r="C36" s="2" t="s">
         <v>143</v>
       </c>
       <c r="D36" s="2"/>
-      <c r="E36" s="2" t="s">
+      <c r="E36" s="2">
+        <v>124032</v>
+      </c>
+      <c r="F36" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="G36" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="H36" s="2" t="s">
         <v>144</v>
-      </c>
-[...7 lines deleted...]
-        <v>145</v>
       </c>
       <c r="I36" s="2">
         <v>18</v>
       </c>
       <c r="J36" s="2">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="K36" s="2">
         <v>150</v>
       </c>
       <c r="L36" s="2">
-        <v>160</v>
+        <v>190</v>
       </c>
       <c r="M36" s="2">
         <v>0</v>
       </c>
       <c r="N36" s="2">
-        <v>310</v>
+        <v>340</v>
       </c>
     </row>
     <row r="37" spans="1:14">
       <c r="A37" s="2">
-        <v>107492</v>
+        <v>106333</v>
       </c>
       <c r="B37" s="2" t="s">
+        <v>145</v>
+      </c>
+      <c r="C37" s="2" t="s">
         <v>146</v>
       </c>
-      <c r="C37" s="2" t="s">
+      <c r="D37" s="2"/>
+      <c r="E37" s="2" t="s">
         <v>147</v>
-      </c>
-[...2 lines deleted...]
-        <v>124032</v>
       </c>
       <c r="F37" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G37" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H37" s="2" t="s">
         <v>148</v>
       </c>
       <c r="I37" s="2">
         <v>18</v>
       </c>
       <c r="J37" s="2">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="K37" s="2">
         <v>150</v>
       </c>
       <c r="L37" s="2">
-        <v>190</v>
+        <v>160</v>
       </c>
       <c r="M37" s="2">
         <v>0</v>
       </c>
       <c r="N37" s="2">
-        <v>340</v>
+        <v>310</v>
       </c>
     </row>
     <row r="38" spans="1:14">
       <c r="A38" s="2">
-        <v>118456</v>
+        <v>103143</v>
       </c>
       <c r="B38" s="2" t="s">
         <v>149</v>
       </c>
       <c r="C38" s="2" t="s">
         <v>150</v>
       </c>
       <c r="D38" s="2"/>
-      <c r="E38" s="2">
-        <v>124036</v>
+      <c r="E38" s="2" t="s">
+        <v>151</v>
       </c>
       <c r="F38" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G38" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H38" s="2" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="I38" s="2">
         <v>19</v>
       </c>
       <c r="J38" s="2">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="K38" s="2">
         <v>150</v>
       </c>
       <c r="L38" s="2">
-        <v>180</v>
+        <v>150</v>
       </c>
       <c r="M38" s="2">
         <v>0</v>
       </c>
       <c r="N38" s="2">
-        <v>330</v>
+        <v>300</v>
       </c>
     </row>
     <row r="39" spans="1:14">
       <c r="A39" s="2">
-        <v>103143</v>
+        <v>118456</v>
       </c>
       <c r="B39" s="2" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="C39" s="2" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="D39" s="2"/>
-      <c r="E39" s="2" t="s">
-        <v>154</v>
+      <c r="E39" s="2">
+        <v>124036</v>
       </c>
       <c r="F39" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G39" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H39" s="2" t="s">
         <v>155</v>
       </c>
       <c r="I39" s="2">
         <v>19</v>
       </c>
       <c r="J39" s="2">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="K39" s="2">
         <v>150</v>
       </c>
       <c r="L39" s="2">
-        <v>150</v>
+        <v>180</v>
       </c>
       <c r="M39" s="2">
         <v>0</v>
       </c>
       <c r="N39" s="2">
-        <v>300</v>
+        <v>330</v>
       </c>
     </row>
     <row r="40" spans="1:14">
       <c r="A40" s="2">
         <v>118457</v>
       </c>
       <c r="B40" s="2" t="s">
         <v>156</v>
       </c>
       <c r="C40" s="2" t="s">
         <v>157</v>
       </c>
       <c r="D40" s="2"/>
       <c r="E40" s="2">
         <v>124042</v>
       </c>
       <c r="F40" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G40" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H40" s="2" t="s">
         <v>158</v>
       </c>
@@ -3985,214 +3985,214 @@
       </c>
       <c r="H51" s="2" t="s">
         <v>198</v>
       </c>
       <c r="I51" s="2">
         <v>25</v>
       </c>
       <c r="J51" s="2">
         <v>17</v>
       </c>
       <c r="K51" s="2">
         <v>150</v>
       </c>
       <c r="L51" s="2">
         <v>140</v>
       </c>
       <c r="M51" s="2">
         <v>0</v>
       </c>
       <c r="N51" s="2">
         <v>290</v>
       </c>
     </row>
     <row r="52" spans="1:14">
       <c r="A52" s="2">
-        <v>118463</v>
+        <v>115919</v>
       </c>
       <c r="B52" s="2" t="s">
         <v>199</v>
       </c>
       <c r="C52" s="2" t="s">
         <v>200</v>
       </c>
       <c r="D52" s="2"/>
-      <c r="E52" s="2">
-        <v>124009</v>
+      <c r="E52" s="2" t="s">
+        <v>201</v>
       </c>
       <c r="F52" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G52" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H52" s="2" t="s">
-        <v>201</v>
+        <v>195</v>
       </c>
       <c r="I52" s="2">
         <v>26</v>
       </c>
       <c r="J52" s="2">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="K52" s="2">
         <v>150</v>
       </c>
       <c r="L52" s="2">
-        <v>130</v>
+        <v>99</v>
       </c>
       <c r="M52" s="2">
         <v>0</v>
       </c>
       <c r="N52" s="2">
-        <v>280</v>
+        <v>249</v>
       </c>
     </row>
     <row r="53" spans="1:14">
       <c r="A53" s="2">
-        <v>115919</v>
+        <v>118463</v>
       </c>
       <c r="B53" s="2" t="s">
         <v>202</v>
       </c>
       <c r="C53" s="2" t="s">
         <v>203</v>
       </c>
       <c r="D53" s="2"/>
-      <c r="E53" s="2" t="s">
+      <c r="E53" s="2">
+        <v>124009</v>
+      </c>
+      <c r="F53" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="G53" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="H53" s="2" t="s">
         <v>204</v>
-      </c>
-[...7 lines deleted...]
-        <v>195</v>
       </c>
       <c r="I53" s="2">
         <v>26</v>
       </c>
       <c r="J53" s="2">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="K53" s="2">
         <v>150</v>
       </c>
       <c r="L53" s="2">
-        <v>99</v>
+        <v>130</v>
       </c>
       <c r="M53" s="2">
         <v>0</v>
       </c>
       <c r="N53" s="2">
-        <v>249</v>
+        <v>280</v>
       </c>
     </row>
     <row r="54" spans="1:14">
       <c r="A54" s="2">
-        <v>115974</v>
+        <v>105661</v>
       </c>
       <c r="B54" s="2" t="s">
         <v>205</v>
       </c>
       <c r="C54" s="2" t="s">
         <v>206</v>
       </c>
       <c r="D54" s="2"/>
-      <c r="E54" s="2">
-        <v>124050</v>
+      <c r="E54" s="2" t="s">
+        <v>207</v>
       </c>
       <c r="F54" s="2" t="s">
-        <v>16</v>
+        <v>35</v>
       </c>
       <c r="G54" s="2" t="s">
-        <v>39</v>
+        <v>17</v>
       </c>
       <c r="H54" s="2" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="I54" s="2">
         <v>27</v>
       </c>
       <c r="J54" s="2">
-        <v>9</v>
+        <v>23</v>
       </c>
       <c r="K54" s="2">
         <v>150</v>
       </c>
       <c r="L54" s="2">
-        <v>220</v>
+        <v>98</v>
       </c>
       <c r="M54" s="2">
         <v>0</v>
       </c>
       <c r="N54" s="2">
-        <v>370</v>
+        <v>248</v>
       </c>
     </row>
     <row r="55" spans="1:14">
       <c r="A55" s="2">
-        <v>105661</v>
+        <v>115974</v>
       </c>
       <c r="B55" s="2" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="C55" s="2" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="D55" s="2"/>
-      <c r="E55" s="2" t="s">
-        <v>210</v>
+      <c r="E55" s="2">
+        <v>124050</v>
       </c>
       <c r="F55" s="2" t="s">
-        <v>35</v>
+        <v>16</v>
       </c>
       <c r="G55" s="2" t="s">
-        <v>17</v>
+        <v>39</v>
       </c>
       <c r="H55" s="2" t="s">
         <v>211</v>
       </c>
       <c r="I55" s="2">
         <v>27</v>
       </c>
       <c r="J55" s="2">
-        <v>23</v>
+        <v>9</v>
       </c>
       <c r="K55" s="2">
         <v>150</v>
       </c>
       <c r="L55" s="2">
-        <v>98</v>
+        <v>220</v>
       </c>
       <c r="M55" s="2">
         <v>0</v>
       </c>
       <c r="N55" s="2">
-        <v>248</v>
+        <v>370</v>
       </c>
     </row>
     <row r="56" spans="1:14">
       <c r="A56" s="2">
         <v>118464</v>
       </c>
       <c r="B56" s="2" t="s">
         <v>212</v>
       </c>
       <c r="C56" s="2" t="s">
         <v>213</v>
       </c>
       <c r="D56" s="2"/>
       <c r="E56" s="2">
         <v>124037</v>
       </c>
       <c r="F56" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G56" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H56" s="2" t="s">
         <v>214</v>
       </c>
@@ -4237,132 +4237,132 @@
       </c>
       <c r="H57" s="2" t="s">
         <v>218</v>
       </c>
       <c r="I57" s="2">
         <v>28</v>
       </c>
       <c r="J57" s="2">
         <v>24</v>
       </c>
       <c r="K57" s="2">
         <v>150</v>
       </c>
       <c r="L57" s="2">
         <v>97</v>
       </c>
       <c r="M57" s="2">
         <v>0</v>
       </c>
       <c r="N57" s="2">
         <v>247</v>
       </c>
     </row>
     <row r="58" spans="1:14">
       <c r="A58" s="2">
-        <v>118465</v>
+        <v>106926</v>
       </c>
       <c r="B58" s="2" t="s">
         <v>219</v>
       </c>
       <c r="C58" s="2" t="s">
         <v>220</v>
       </c>
-      <c r="D58" s="2"/>
-[...1 lines deleted...]
-        <v>124024</v>
+      <c r="D58" s="2" t="s">
+        <v>221</v>
+      </c>
+      <c r="E58" s="2" t="s">
+        <v>222</v>
       </c>
       <c r="F58" s="2" t="s">
-        <v>16</v>
+        <v>27</v>
       </c>
       <c r="G58" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H58" s="2" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="I58" s="2">
         <v>29</v>
       </c>
       <c r="J58" s="2">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="K58" s="2">
         <v>150</v>
       </c>
       <c r="L58" s="2">
-        <v>110</v>
+        <v>96</v>
       </c>
       <c r="M58" s="2">
         <v>0</v>
       </c>
       <c r="N58" s="2">
-        <v>260</v>
+        <v>246</v>
       </c>
     </row>
     <row r="59" spans="1:14">
       <c r="A59" s="2">
-        <v>106926</v>
+        <v>118465</v>
       </c>
       <c r="B59" s="2" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="C59" s="2" t="s">
-        <v>223</v>
-[...4 lines deleted...]
-      <c r="E59" s="2" t="s">
         <v>225</v>
       </c>
+      <c r="D59" s="2"/>
+      <c r="E59" s="2">
+        <v>124024</v>
+      </c>
       <c r="F59" s="2" t="s">
-        <v>27</v>
+        <v>16</v>
       </c>
       <c r="G59" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H59" s="2" t="s">
         <v>226</v>
       </c>
       <c r="I59" s="2">
         <v>29</v>
       </c>
       <c r="J59" s="2">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="K59" s="2">
         <v>150</v>
       </c>
       <c r="L59" s="2">
-        <v>96</v>
+        <v>110</v>
       </c>
       <c r="M59" s="2">
         <v>0</v>
       </c>
       <c r="N59" s="2">
-        <v>246</v>
+        <v>260</v>
       </c>
     </row>
     <row r="60" spans="1:14">
       <c r="A60" s="2">
         <v>115922</v>
       </c>
       <c r="B60" s="2" t="s">
         <v>227</v>
       </c>
       <c r="C60" s="2" t="s">
         <v>228</v>
       </c>
       <c r="D60" s="2"/>
       <c r="E60" s="2" t="s">
         <v>229</v>
       </c>
       <c r="F60" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G60" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H60" s="2" t="s">
         <v>230</v>
       </c>
@@ -6844,54 +6844,54 @@
       </c>
       <c r="I119" s="2">
         <v>89</v>
       </c>
       <c r="J119" s="2">
         <v>75</v>
       </c>
       <c r="K119" s="2">
         <v>150</v>
       </c>
       <c r="L119" s="2">
         <v>46</v>
       </c>
       <c r="M119" s="2">
         <v>0</v>
       </c>
       <c r="N119" s="2">
         <v>196</v>
       </c>
     </row>
     <row r="120" spans="1:14">
       <c r="A120" s="2">
         <v>115974</v>
       </c>
       <c r="B120" s="2" t="s">
-        <v>205</v>
+        <v>209</v>
       </c>
       <c r="C120" s="2" t="s">
-        <v>206</v>
+        <v>210</v>
       </c>
       <c r="D120" s="2"/>
       <c r="E120" s="2" t="s">
         <v>464</v>
       </c>
       <c r="F120" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G120" s="2" t="s">
         <v>39</v>
       </c>
       <c r="H120" s="2" t="s">
         <v>465</v>
       </c>
       <c r="I120" s="2">
         <v>90</v>
       </c>
       <c r="J120" s="2">
         <v>15</v>
       </c>
       <c r="K120" s="2">
         <v>150</v>
       </c>
       <c r="L120" s="2">
         <v>160</v>