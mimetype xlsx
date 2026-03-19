--- v2 (2026-02-02)
+++ v3 (2026-03-19)
@@ -203,95 +203,95 @@
   <si>
     <t>19:37:48</t>
   </si>
   <si>
     <t>Pongpicha</t>
   </si>
   <si>
     <t>Boontun</t>
   </si>
   <si>
     <t>28:53:14</t>
   </si>
   <si>
     <t>Narin</t>
   </si>
   <si>
     <t>Kongsiri</t>
   </si>
   <si>
     <t>124-65</t>
   </si>
   <si>
     <t>20:16:44</t>
   </si>
   <si>
+    <t>Woon Chze Christine</t>
+  </si>
+  <si>
+    <t>Loh</t>
+  </si>
+  <si>
+    <t>124-89</t>
+  </si>
+  <si>
+    <t>20:18:16</t>
+  </si>
+  <si>
     <t>Ponpayon</t>
   </si>
   <si>
     <t>Thongtawee</t>
   </si>
   <si>
     <t>29:18:11</t>
   </si>
   <si>
-    <t>Woon Chze Christine</t>
-[...8 lines deleted...]
-    <t>20:18:16</t>
+    <t>Xiang</t>
+  </si>
+  <si>
+    <t>De</t>
+  </si>
+  <si>
+    <t>124-3</t>
+  </si>
+  <si>
+    <t>China</t>
+  </si>
+  <si>
+    <t>21:00:56</t>
   </si>
   <si>
     <t>Issaree</t>
   </si>
   <si>
     <t>Kengnok</t>
   </si>
   <si>
     <t>29:20:54</t>
   </si>
   <si>
-    <t>Xiang</t>
-[...13 lines deleted...]
-  <si>
     <t>Fredelyn</t>
   </si>
   <si>
     <t>Alberto</t>
   </si>
   <si>
     <t>124-122</t>
   </si>
   <si>
     <t>Philippines</t>
   </si>
   <si>
     <t>21:44:29</t>
   </si>
   <si>
     <t>Pongnares</t>
   </si>
   <si>
     <t>Potiyotin</t>
   </si>
   <si>
     <t>30:13:10</t>
   </si>
   <si>
     <t>Kui</t>
@@ -332,264 +332,264 @@
   <si>
     <t>31:27:20</t>
   </si>
   <si>
     <t>Krittapas</t>
   </si>
   <si>
     <t>Pimukdech</t>
   </si>
   <si>
     <t>124-44</t>
   </si>
   <si>
     <t>22:23:49</t>
   </si>
   <si>
     <t xml:space="preserve">Natha </t>
   </si>
   <si>
     <t>Raveephusita</t>
   </si>
   <si>
     <t>32:48:32</t>
   </si>
   <si>
+    <t xml:space="preserve">Keisuke </t>
+  </si>
+  <si>
+    <t>Nakao</t>
+  </si>
+  <si>
+    <t>124-81</t>
+  </si>
+  <si>
+    <t>23:13:57</t>
+  </si>
+  <si>
     <t>Celinda</t>
   </si>
   <si>
     <t>Nitistaporn</t>
   </si>
   <si>
     <t>32:50:15</t>
   </si>
   <si>
-    <t xml:space="preserve">Keisuke </t>
-[...10 lines deleted...]
-  <si>
     <t>Chinnapan</t>
   </si>
   <si>
     <t>Somtour</t>
   </si>
   <si>
     <t>33:36:57</t>
   </si>
   <si>
     <t>Julien</t>
   </si>
   <si>
     <t>Chopin</t>
   </si>
   <si>
     <t>124-84</t>
   </si>
   <si>
     <t>France</t>
   </si>
   <si>
     <t>23:50:13</t>
   </si>
   <si>
     <t>Jirad</t>
   </si>
   <si>
     <t>Phethung</t>
   </si>
   <si>
     <t>33:39:37</t>
   </si>
   <si>
     <t>Bunnavit</t>
   </si>
   <si>
     <t>Pangsuk</t>
   </si>
   <si>
     <t>124-105</t>
   </si>
   <si>
     <t>23:50:15</t>
   </si>
   <si>
+    <t>Kwanjira</t>
+  </si>
+  <si>
+    <t>Phetnil</t>
+  </si>
+  <si>
+    <t>33:39:41</t>
+  </si>
+  <si>
     <t>Natthanan</t>
   </si>
   <si>
     <t>Matthanang</t>
   </si>
   <si>
     <t>124-62</t>
   </si>
   <si>
     <t>25:12:22</t>
   </si>
   <si>
-    <t>Kwanjira</t>
-[...7 lines deleted...]
-  <si>
     <t>Ketsarin</t>
   </si>
   <si>
     <t>Channgam</t>
   </si>
   <si>
     <t>33:39:53</t>
   </si>
   <si>
     <t>Suraroek</t>
   </si>
   <si>
     <t>Praesi</t>
   </si>
   <si>
     <t>124-124</t>
   </si>
   <si>
     <t>25:12:26</t>
   </si>
   <si>
     <t>Sakon</t>
   </si>
   <si>
     <t>Sonsakon</t>
   </si>
   <si>
     <t>33:47:25</t>
   </si>
   <si>
     <t>Nuttawat</t>
   </si>
   <si>
     <t>Makkate</t>
   </si>
   <si>
     <t>124-55</t>
   </si>
   <si>
     <t>25:14:53</t>
   </si>
   <si>
+    <t>Suthee</t>
+  </si>
+  <si>
+    <t>Choomuenwai</t>
+  </si>
+  <si>
+    <t>33:48:26</t>
+  </si>
+  <si>
     <t>Dacha</t>
   </si>
   <si>
     <t>Chaiya</t>
   </si>
   <si>
     <t>124-1</t>
   </si>
   <si>
     <t>25:21:30</t>
   </si>
   <si>
-    <t>Suthee</t>
-[...7 lines deleted...]
-  <si>
     <t>Theerathas</t>
   </si>
   <si>
     <t>Chonsakhon</t>
   </si>
   <si>
     <t>34:08:22</t>
   </si>
   <si>
     <t xml:space="preserve">Noorshari </t>
   </si>
   <si>
     <t>Shahir</t>
   </si>
   <si>
     <t>124-52</t>
   </si>
   <si>
     <t>Brunei</t>
   </si>
   <si>
     <t>27:44:52</t>
   </si>
   <si>
     <t>Kuen Ho</t>
   </si>
   <si>
     <t>Shuk</t>
   </si>
   <si>
     <t>124-61</t>
   </si>
   <si>
     <t>27:49:38</t>
   </si>
   <si>
     <t>Pramual</t>
   </si>
   <si>
     <t>Hadraksakul</t>
   </si>
   <si>
     <t>34:08:47</t>
   </si>
   <si>
+    <t>Sansanee</t>
+  </si>
+  <si>
+    <t>Niramis</t>
+  </si>
+  <si>
+    <t>34:10:28</t>
+  </si>
+  <si>
     <t>Siukit</t>
   </si>
   <si>
     <t>Wong</t>
   </si>
   <si>
     <t>124-97</t>
   </si>
   <si>
     <t>27:50:43</t>
-  </si>
-[...7 lines deleted...]
-    <t>34:10:28</t>
   </si>
   <si>
     <t>Nathanon</t>
   </si>
   <si>
     <t>Koysomboon</t>
   </si>
   <si>
     <t>124-85</t>
   </si>
   <si>
     <t>28:07:04</t>
   </si>
   <si>
     <t>Jutiporn</t>
   </si>
   <si>
     <t>Plangsuk</t>
   </si>
   <si>
     <t>34:27:38</t>
   </si>
   <si>
     <t>Adisak</t>
   </si>
@@ -2389,214 +2389,214 @@
       </c>
       <c r="H13" s="2" t="s">
         <v>62</v>
       </c>
       <c r="I13" s="2">
         <v>6</v>
       </c>
       <c r="J13" s="2">
         <v>6</v>
       </c>
       <c r="K13" s="2">
         <v>150</v>
       </c>
       <c r="L13" s="2">
         <v>250</v>
       </c>
       <c r="M13" s="2">
         <v>0</v>
       </c>
       <c r="N13" s="2">
         <v>400</v>
       </c>
     </row>
     <row r="14" spans="1:14">
       <c r="A14" s="2">
-        <v>102635</v>
+        <v>104612</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>63</v>
       </c>
       <c r="C14" s="2" t="s">
         <v>64</v>
       </c>
       <c r="D14" s="2"/>
-      <c r="E14" s="2">
-        <v>124028</v>
+      <c r="E14" s="2" t="s">
+        <v>65</v>
       </c>
       <c r="F14" s="2" t="s">
-        <v>16</v>
+        <v>35</v>
       </c>
       <c r="G14" s="2" t="s">
-        <v>17</v>
+        <v>39</v>
       </c>
       <c r="H14" s="2" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="I14" s="2">
         <v>7</v>
       </c>
       <c r="J14" s="2">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="K14" s="2">
         <v>150</v>
       </c>
       <c r="L14" s="2">
-        <v>250</v>
+        <v>400</v>
       </c>
       <c r="M14" s="2">
         <v>0</v>
       </c>
       <c r="N14" s="2">
-        <v>400</v>
+        <v>550</v>
       </c>
     </row>
     <row r="15" spans="1:14">
       <c r="A15" s="2">
-        <v>104612</v>
+        <v>102635</v>
       </c>
       <c r="B15" s="2" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C15" s="2" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="D15" s="2"/>
-      <c r="E15" s="2" t="s">
-        <v>68</v>
+      <c r="E15" s="2">
+        <v>124028</v>
       </c>
       <c r="F15" s="2" t="s">
-        <v>35</v>
+        <v>16</v>
       </c>
       <c r="G15" s="2" t="s">
-        <v>39</v>
+        <v>17</v>
       </c>
       <c r="H15" s="2" t="s">
         <v>69</v>
       </c>
       <c r="I15" s="2">
         <v>7</v>
       </c>
       <c r="J15" s="2">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="K15" s="2">
         <v>150</v>
       </c>
       <c r="L15" s="2">
+        <v>250</v>
+      </c>
+      <c r="M15" s="2">
+        <v>0</v>
+      </c>
+      <c r="N15" s="2">
         <v>400</v>
-      </c>
-[...4 lines deleted...]
-        <v>550</v>
       </c>
     </row>
     <row r="16" spans="1:14">
       <c r="A16" s="2">
-        <v>102644</v>
+        <v>115910</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>70</v>
       </c>
       <c r="C16" s="2" t="s">
         <v>71</v>
       </c>
       <c r="D16" s="2"/>
-      <c r="E16" s="2">
-        <v>124015</v>
+      <c r="E16" s="2" t="s">
+        <v>72</v>
       </c>
       <c r="F16" s="2" t="s">
-        <v>16</v>
+        <v>73</v>
       </c>
       <c r="G16" s="2" t="s">
-        <v>39</v>
+        <v>17</v>
       </c>
       <c r="H16" s="2" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="I16" s="2">
         <v>8</v>
       </c>
       <c r="J16" s="2">
-        <v>2</v>
+        <v>7</v>
       </c>
       <c r="K16" s="2">
         <v>150</v>
       </c>
       <c r="L16" s="2">
-        <v>350</v>
+        <v>240</v>
       </c>
       <c r="M16" s="2">
         <v>0</v>
       </c>
       <c r="N16" s="2">
-        <v>500</v>
+        <v>390</v>
       </c>
     </row>
     <row r="17" spans="1:14">
       <c r="A17" s="2">
-        <v>115910</v>
+        <v>102644</v>
       </c>
       <c r="B17" s="2" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="C17" s="2" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="D17" s="2"/>
-      <c r="E17" s="2" t="s">
-        <v>75</v>
+      <c r="E17" s="2">
+        <v>124015</v>
       </c>
       <c r="F17" s="2" t="s">
-        <v>76</v>
+        <v>16</v>
       </c>
       <c r="G17" s="2" t="s">
-        <v>17</v>
+        <v>39</v>
       </c>
       <c r="H17" s="2" t="s">
         <v>77</v>
       </c>
       <c r="I17" s="2">
         <v>8</v>
       </c>
       <c r="J17" s="2">
-        <v>7</v>
+        <v>2</v>
       </c>
       <c r="K17" s="2">
         <v>150</v>
       </c>
       <c r="L17" s="2">
-        <v>240</v>
+        <v>350</v>
       </c>
       <c r="M17" s="2">
         <v>0</v>
       </c>
       <c r="N17" s="2">
-        <v>390</v>
+        <v>500</v>
       </c>
     </row>
     <row r="18" spans="1:14">
       <c r="A18" s="2">
         <v>113450</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>78</v>
       </c>
       <c r="C18" s="2" t="s">
         <v>79</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2" t="s">
         <v>80</v>
       </c>
       <c r="F18" s="2" t="s">
         <v>81</v>
       </c>
       <c r="G18" s="2" t="s">
         <v>39</v>
       </c>
       <c r="H18" s="2" t="s">
         <v>82</v>
       </c>
@@ -2654,51 +2654,51 @@
       <c r="L19" s="2">
         <v>240</v>
       </c>
       <c r="M19" s="2">
         <v>0</v>
       </c>
       <c r="N19" s="2">
         <v>390</v>
       </c>
     </row>
     <row r="20" spans="1:14">
       <c r="A20" s="2">
         <v>105766</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>86</v>
       </c>
       <c r="C20" s="2" t="s">
         <v>87</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2" t="s">
         <v>88</v>
       </c>
       <c r="F20" s="2" t="s">
-        <v>76</v>
+        <v>73</v>
       </c>
       <c r="G20" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H20" s="2" t="s">
         <v>89</v>
       </c>
       <c r="I20" s="2">
         <v>10</v>
       </c>
       <c r="J20" s="2">
         <v>8</v>
       </c>
       <c r="K20" s="2">
         <v>150</v>
       </c>
       <c r="L20" s="2">
         <v>230</v>
       </c>
       <c r="M20" s="2">
         <v>0</v>
       </c>
       <c r="N20" s="2">
         <v>380</v>
       </c>
@@ -2893,130 +2893,130 @@
       </c>
       <c r="H25" s="2" t="s">
         <v>105</v>
       </c>
       <c r="I25" s="2">
         <v>12</v>
       </c>
       <c r="J25" s="2">
         <v>3</v>
       </c>
       <c r="K25" s="2">
         <v>150</v>
       </c>
       <c r="L25" s="2">
         <v>325</v>
       </c>
       <c r="M25" s="2">
         <v>0</v>
       </c>
       <c r="N25" s="2">
         <v>475</v>
       </c>
     </row>
     <row r="26" spans="1:14">
       <c r="A26" s="2">
-        <v>118451</v>
+        <v>112976</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>106</v>
       </c>
       <c r="C26" s="2" t="s">
         <v>107</v>
       </c>
       <c r="D26" s="2"/>
-      <c r="E26" s="2">
-        <v>124051</v>
+      <c r="E26" s="2" t="s">
+        <v>108</v>
       </c>
       <c r="F26" s="2" t="s">
-        <v>16</v>
+        <v>27</v>
       </c>
       <c r="G26" s="2" t="s">
-        <v>39</v>
+        <v>17</v>
       </c>
       <c r="H26" s="2" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="I26" s="2">
         <v>13</v>
       </c>
       <c r="J26" s="2">
-        <v>4</v>
+        <v>11</v>
       </c>
       <c r="K26" s="2">
         <v>150</v>
       </c>
       <c r="L26" s="2">
-        <v>300</v>
+        <v>200</v>
       </c>
       <c r="M26" s="2">
         <v>0</v>
       </c>
       <c r="N26" s="2">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="27" spans="1:14">
       <c r="A27" s="2">
-        <v>112976</v>
+        <v>118451</v>
       </c>
       <c r="B27" s="2" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="C27" s="2" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="D27" s="2"/>
-      <c r="E27" s="2" t="s">
-        <v>111</v>
+      <c r="E27" s="2">
+        <v>124051</v>
       </c>
       <c r="F27" s="2" t="s">
-        <v>27</v>
+        <v>16</v>
       </c>
       <c r="G27" s="2" t="s">
-        <v>17</v>
+        <v>39</v>
       </c>
       <c r="H27" s="2" t="s">
         <v>112</v>
       </c>
       <c r="I27" s="2">
         <v>13</v>
       </c>
       <c r="J27" s="2">
-        <v>11</v>
+        <v>4</v>
       </c>
       <c r="K27" s="2">
         <v>150</v>
       </c>
       <c r="L27" s="2">
-        <v>200</v>
+        <v>300</v>
       </c>
       <c r="M27" s="2">
         <v>0</v>
       </c>
       <c r="N27" s="2">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="28" spans="1:14">
       <c r="A28" s="2">
         <v>118452</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>113</v>
       </c>
       <c r="C28" s="2" t="s">
         <v>114</v>
       </c>
       <c r="D28" s="2"/>
       <c r="E28" s="2">
         <v>124010</v>
       </c>
       <c r="F28" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G28" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H28" s="2" t="s">
         <v>115</v>
       </c>
@@ -3145,130 +3145,130 @@
       </c>
       <c r="H31" s="2" t="s">
         <v>127</v>
       </c>
       <c r="I31" s="2">
         <v>15</v>
       </c>
       <c r="J31" s="2">
         <v>13</v>
       </c>
       <c r="K31" s="2">
         <v>150</v>
       </c>
       <c r="L31" s="2">
         <v>180</v>
       </c>
       <c r="M31" s="2">
         <v>0</v>
       </c>
       <c r="N31" s="2">
         <v>330</v>
       </c>
     </row>
     <row r="32" spans="1:14">
       <c r="A32" s="2">
-        <v>114048</v>
+        <v>118454</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>128</v>
       </c>
       <c r="C32" s="2" t="s">
         <v>129</v>
       </c>
       <c r="D32" s="2"/>
-      <c r="E32" s="2" t="s">
-        <v>130</v>
+      <c r="E32" s="2">
+        <v>124020</v>
       </c>
       <c r="F32" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G32" s="2" t="s">
         <v>39</v>
       </c>
       <c r="H32" s="2" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="I32" s="2">
         <v>16</v>
       </c>
       <c r="J32" s="2">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="K32" s="2">
         <v>150</v>
       </c>
       <c r="L32" s="2">
-        <v>325</v>
+        <v>275</v>
       </c>
       <c r="M32" s="2">
         <v>0</v>
       </c>
       <c r="N32" s="2">
-        <v>475</v>
+        <v>425</v>
       </c>
     </row>
     <row r="33" spans="1:14">
       <c r="A33" s="2">
-        <v>118454</v>
+        <v>114048</v>
       </c>
       <c r="B33" s="2" t="s">
+        <v>131</v>
+      </c>
+      <c r="C33" s="2" t="s">
         <v>132</v>
       </c>
-      <c r="C33" s="2" t="s">
+      <c r="D33" s="2"/>
+      <c r="E33" s="2" t="s">
         <v>133</v>
-      </c>
-[...2 lines deleted...]
-        <v>124020</v>
       </c>
       <c r="F33" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G33" s="2" t="s">
         <v>39</v>
       </c>
       <c r="H33" s="2" t="s">
         <v>134</v>
       </c>
       <c r="I33" s="2">
         <v>16</v>
       </c>
       <c r="J33" s="2">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="K33" s="2">
         <v>150</v>
       </c>
       <c r="L33" s="2">
-        <v>275</v>
+        <v>325</v>
       </c>
       <c r="M33" s="2">
         <v>0</v>
       </c>
       <c r="N33" s="2">
-        <v>425</v>
+        <v>475</v>
       </c>
     </row>
     <row r="34" spans="1:14">
       <c r="A34" s="2">
         <v>118455</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>135</v>
       </c>
       <c r="C34" s="2" t="s">
         <v>136</v>
       </c>
       <c r="D34" s="2"/>
       <c r="E34" s="2">
         <v>124019</v>
       </c>
       <c r="F34" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G34" s="2" t="s">
         <v>39</v>
       </c>
       <c r="H34" s="2" t="s">
         <v>137</v>
       </c>
@@ -3397,130 +3397,130 @@
       </c>
       <c r="H37" s="2" t="s">
         <v>148</v>
       </c>
       <c r="I37" s="2">
         <v>18</v>
       </c>
       <c r="J37" s="2">
         <v>15</v>
       </c>
       <c r="K37" s="2">
         <v>150</v>
       </c>
       <c r="L37" s="2">
         <v>160</v>
       </c>
       <c r="M37" s="2">
         <v>0</v>
       </c>
       <c r="N37" s="2">
         <v>310</v>
       </c>
     </row>
     <row r="38" spans="1:14">
       <c r="A38" s="2">
-        <v>103143</v>
+        <v>118456</v>
       </c>
       <c r="B38" s="2" t="s">
         <v>149</v>
       </c>
       <c r="C38" s="2" t="s">
         <v>150</v>
       </c>
       <c r="D38" s="2"/>
-      <c r="E38" s="2" t="s">
+      <c r="E38" s="2">
+        <v>124036</v>
+      </c>
+      <c r="F38" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="G38" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="H38" s="2" t="s">
         <v>151</v>
-      </c>
-[...7 lines deleted...]
-        <v>152</v>
       </c>
       <c r="I38" s="2">
         <v>19</v>
       </c>
       <c r="J38" s="2">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="K38" s="2">
         <v>150</v>
       </c>
       <c r="L38" s="2">
-        <v>150</v>
+        <v>180</v>
       </c>
       <c r="M38" s="2">
         <v>0</v>
       </c>
       <c r="N38" s="2">
-        <v>300</v>
+        <v>330</v>
       </c>
     </row>
     <row r="39" spans="1:14">
       <c r="A39" s="2">
-        <v>118456</v>
+        <v>103143</v>
       </c>
       <c r="B39" s="2" t="s">
+        <v>152</v>
+      </c>
+      <c r="C39" s="2" t="s">
         <v>153</v>
       </c>
-      <c r="C39" s="2" t="s">
+      <c r="D39" s="2"/>
+      <c r="E39" s="2" t="s">
         <v>154</v>
-      </c>
-[...2 lines deleted...]
-        <v>124036</v>
       </c>
       <c r="F39" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G39" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H39" s="2" t="s">
         <v>155</v>
       </c>
       <c r="I39" s="2">
         <v>19</v>
       </c>
       <c r="J39" s="2">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="K39" s="2">
         <v>150</v>
       </c>
       <c r="L39" s="2">
-        <v>180</v>
+        <v>150</v>
       </c>
       <c r="M39" s="2">
         <v>0</v>
       </c>
       <c r="N39" s="2">
-        <v>330</v>
+        <v>300</v>
       </c>
     </row>
     <row r="40" spans="1:14">
       <c r="A40" s="2">
         <v>118457</v>
       </c>
       <c r="B40" s="2" t="s">
         <v>156</v>
       </c>
       <c r="C40" s="2" t="s">
         <v>157</v>
       </c>
       <c r="D40" s="2"/>
       <c r="E40" s="2">
         <v>124042</v>
       </c>
       <c r="F40" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G40" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H40" s="2" t="s">
         <v>158</v>
       </c>
@@ -3649,130 +3649,130 @@
       </c>
       <c r="H43" s="2" t="s">
         <v>170</v>
       </c>
       <c r="I43" s="2">
         <v>21</v>
       </c>
       <c r="J43" s="2">
         <v>15</v>
       </c>
       <c r="K43" s="2">
         <v>150</v>
       </c>
       <c r="L43" s="2">
         <v>160</v>
       </c>
       <c r="M43" s="2">
         <v>0</v>
       </c>
       <c r="N43" s="2">
         <v>310</v>
       </c>
     </row>
     <row r="44" spans="1:14">
       <c r="A44" s="2">
-        <v>115916</v>
+        <v>118459</v>
       </c>
       <c r="B44" s="2" t="s">
         <v>171</v>
       </c>
       <c r="C44" s="2" t="s">
         <v>172</v>
       </c>
       <c r="D44" s="2"/>
-      <c r="E44" s="2" t="s">
+      <c r="E44" s="2">
+        <v>124033</v>
+      </c>
+      <c r="F44" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="G44" s="2" t="s">
+        <v>39</v>
+      </c>
+      <c r="H44" s="2" t="s">
         <v>173</v>
-      </c>
-[...7 lines deleted...]
-        <v>174</v>
       </c>
       <c r="I44" s="2">
         <v>22</v>
       </c>
       <c r="J44" s="2">
-        <v>18</v>
+        <v>7</v>
       </c>
       <c r="K44" s="2">
         <v>150</v>
       </c>
       <c r="L44" s="2">
-        <v>130</v>
+        <v>240</v>
       </c>
       <c r="M44" s="2">
         <v>0</v>
       </c>
       <c r="N44" s="2">
-        <v>280</v>
+        <v>390</v>
       </c>
     </row>
     <row r="45" spans="1:14">
       <c r="A45" s="2">
-        <v>118459</v>
+        <v>115916</v>
       </c>
       <c r="B45" s="2" t="s">
+        <v>174</v>
+      </c>
+      <c r="C45" s="2" t="s">
         <v>175</v>
       </c>
-      <c r="C45" s="2" t="s">
+      <c r="D45" s="2"/>
+      <c r="E45" s="2" t="s">
         <v>176</v>
       </c>
-      <c r="D45" s="2"/>
-[...2 lines deleted...]
-      </c>
       <c r="F45" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G45" s="2" t="s">
-        <v>39</v>
+        <v>17</v>
       </c>
       <c r="H45" s="2" t="s">
         <v>177</v>
       </c>
       <c r="I45" s="2">
         <v>22</v>
       </c>
       <c r="J45" s="2">
-        <v>7</v>
+        <v>18</v>
       </c>
       <c r="K45" s="2">
         <v>150</v>
       </c>
       <c r="L45" s="2">
-        <v>240</v>
+        <v>130</v>
       </c>
       <c r="M45" s="2">
         <v>0</v>
       </c>
       <c r="N45" s="2">
-        <v>390</v>
+        <v>280</v>
       </c>
     </row>
     <row r="46" spans="1:14">
       <c r="A46" s="2">
         <v>115917</v>
       </c>
       <c r="B46" s="2" t="s">
         <v>178</v>
       </c>
       <c r="C46" s="2" t="s">
         <v>179</v>
       </c>
       <c r="D46" s="2"/>
       <c r="E46" s="2" t="s">
         <v>180</v>
       </c>
       <c r="F46" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G46" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H46" s="2" t="s">
         <v>181</v>
       </c>
@@ -5715,51 +5715,51 @@
       </c>
       <c r="J92" s="2">
         <v>51</v>
       </c>
       <c r="K92" s="2">
         <v>150</v>
       </c>
       <c r="L92" s="2">
         <v>70</v>
       </c>
       <c r="M92" s="2">
         <v>0</v>
       </c>
       <c r="N92" s="2">
         <v>220</v>
       </c>
     </row>
     <row r="93" spans="1:14">
       <c r="A93" s="2">
         <v>103540</v>
       </c>
       <c r="B93" s="2" t="s">
         <v>357</v>
       </c>
       <c r="C93" s="2" t="s">
-        <v>172</v>
+        <v>175</v>
       </c>
       <c r="D93" s="2"/>
       <c r="E93" s="2" t="s">
         <v>358</v>
       </c>
       <c r="F93" s="2" t="s">
         <v>35</v>
       </c>
       <c r="G93" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H93" s="2" t="s">
         <v>359</v>
       </c>
       <c r="I93" s="2">
         <v>63</v>
       </c>
       <c r="J93" s="2">
         <v>52</v>
       </c>
       <c r="K93" s="2">
         <v>150</v>
       </c>
       <c r="L93" s="2">
         <v>69</v>
@@ -5967,51 +5967,51 @@
       </c>
       <c r="J98" s="2">
         <v>56</v>
       </c>
       <c r="K98" s="2">
         <v>150</v>
       </c>
       <c r="L98" s="2">
         <v>65</v>
       </c>
       <c r="M98" s="2">
         <v>0</v>
       </c>
       <c r="N98" s="2">
         <v>215</v>
       </c>
     </row>
     <row r="99" spans="1:14">
       <c r="A99" s="2">
         <v>110443</v>
       </c>
       <c r="B99" s="2" t="s">
         <v>380</v>
       </c>
       <c r="C99" s="2" t="s">
-        <v>172</v>
+        <v>175</v>
       </c>
       <c r="D99" s="2"/>
       <c r="E99" s="2" t="s">
         <v>381</v>
       </c>
       <c r="F99" s="2" t="s">
         <v>382</v>
       </c>
       <c r="G99" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H99" s="2" t="s">
         <v>383</v>
       </c>
       <c r="I99" s="2">
         <v>69</v>
       </c>
       <c r="J99" s="2">
         <v>57</v>
       </c>
       <c r="K99" s="2">
         <v>150</v>
       </c>
       <c r="L99" s="2">
         <v>64</v>