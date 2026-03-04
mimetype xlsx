--- v0 (2025-12-05)
+++ v1 (2026-03-04)
@@ -113,72 +113,72 @@
   <si>
     <t>8:57:26</t>
   </si>
   <si>
     <t>Nhon</t>
   </si>
   <si>
     <t>Đỗ Trọng</t>
   </si>
   <si>
     <t>08:49:31</t>
   </si>
   <si>
     <t>Duc Quang</t>
   </si>
   <si>
     <t>Nguyen</t>
   </si>
   <si>
     <t>9:19:09</t>
   </si>
   <si>
     <t>08:56:29.000000000004</t>
   </si>
   <si>
+    <t>Hau</t>
+  </si>
+  <si>
+    <t>Hà Thị</t>
+  </si>
+  <si>
+    <t>Female</t>
+  </si>
+  <si>
+    <t>09:37:40</t>
+  </si>
+  <si>
     <t>Grant</t>
   </si>
   <si>
     <t>Bowdery</t>
   </si>
   <si>
     <t>Great Britain</t>
   </si>
   <si>
     <t>10:08:53</t>
-  </si>
-[...10 lines deleted...]
-    <t>09:37:40</t>
   </si>
   <si>
     <t>Vu</t>
   </si>
   <si>
     <t>Trần</t>
   </si>
   <si>
     <t>10:30:20</t>
   </si>
   <si>
     <t>Marc</t>
   </si>
   <si>
     <t>Bittner</t>
   </si>
   <si>
     <t>Canada</t>
   </si>
   <si>
     <t>10:34:58</t>
   </si>
   <si>
     <t>Thang</t>
   </si>
@@ -1420,130 +1420,130 @@
       </c>
       <c r="H7" s="2" t="s">
         <v>32</v>
       </c>
       <c r="I7" s="2">
         <v>3</v>
       </c>
       <c r="J7" s="2">
         <v>3</v>
       </c>
       <c r="K7" s="2">
         <v>100</v>
       </c>
       <c r="L7" s="2">
         <v>325</v>
       </c>
       <c r="M7" s="2">
         <v>0</v>
       </c>
       <c r="N7" s="2">
         <v>425</v>
       </c>
     </row>
     <row r="8" spans="1:14">
       <c r="A8" s="2">
-        <v>113883</v>
+        <v>118824</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>33</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>34</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2">
-        <v>70127</v>
+        <v>70291</v>
       </c>
       <c r="F8" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" s="2" t="s">
         <v>35</v>
-      </c>
-[...1 lines deleted...]
-        <v>17</v>
       </c>
       <c r="H8" s="2" t="s">
         <v>36</v>
       </c>
       <c r="I8" s="2">
         <v>4</v>
       </c>
       <c r="J8" s="2">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="K8" s="2">
-        <v>70</v>
+        <v>100</v>
       </c>
       <c r="L8" s="2">
-        <v>200</v>
+        <v>400</v>
       </c>
       <c r="M8" s="2">
         <v>0</v>
       </c>
       <c r="N8" s="2">
-        <v>270</v>
+        <v>500</v>
       </c>
     </row>
     <row r="9" spans="1:14">
       <c r="A9" s="2">
-        <v>118824</v>
+        <v>113883</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>37</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>38</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2">
-        <v>70291</v>
+        <v>70127</v>
       </c>
       <c r="F9" s="2" t="s">
-        <v>21</v>
+        <v>39</v>
       </c>
       <c r="G9" s="2" t="s">
-        <v>39</v>
+        <v>17</v>
       </c>
       <c r="H9" s="2" t="s">
         <v>40</v>
       </c>
       <c r="I9" s="2">
         <v>4</v>
       </c>
       <c r="J9" s="2">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="K9" s="2">
-        <v>100</v>
+        <v>70</v>
       </c>
       <c r="L9" s="2">
-        <v>400</v>
+        <v>200</v>
       </c>
       <c r="M9" s="2">
         <v>0</v>
       </c>
       <c r="N9" s="2">
-        <v>500</v>
+        <v>270</v>
       </c>
     </row>
     <row r="10" spans="1:14">
       <c r="A10" s="2">
         <v>118467</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>41</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>42</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2">
         <v>70136</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G10" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H10" s="2" t="s">
         <v>43</v>
       </c>
@@ -1772,51 +1772,51 @@
       <c r="M15" s="2">
         <v>0</v>
       </c>
       <c r="N15" s="2">
         <v>340</v>
       </c>
     </row>
     <row r="16" spans="1:14">
       <c r="A16" s="2">
         <v>105154</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>60</v>
       </c>
       <c r="C16" s="2" t="s">
         <v>30</v>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2">
         <v>70034</v>
       </c>
       <c r="F16" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G16" s="2" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="H16" s="2" t="s">
         <v>61</v>
       </c>
       <c r="I16" s="2">
         <v>9</v>
       </c>
       <c r="J16" s="2">
         <v>2</v>
       </c>
       <c r="K16" s="2">
         <v>100</v>
       </c>
       <c r="L16" s="2">
         <v>350</v>
       </c>
       <c r="M16" s="2">
         <v>0</v>
       </c>
       <c r="N16" s="2">
         <v>450</v>
       </c>
     </row>
     <row r="17" spans="1:14">
       <c r="A17" s="2">
@@ -1940,51 +1940,51 @@
       <c r="M19" s="2">
         <v>0</v>
       </c>
       <c r="N19" s="2">
         <v>310</v>
       </c>
     </row>
     <row r="20" spans="1:14">
       <c r="A20" s="2">
         <v>115725</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>71</v>
       </c>
       <c r="C20" s="2" t="s">
         <v>72</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2">
         <v>70204</v>
       </c>
       <c r="F20" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G20" s="2" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="H20" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I20" s="2">
         <v>13</v>
       </c>
       <c r="J20" s="2">
         <v>3</v>
       </c>
       <c r="K20" s="2">
         <v>100</v>
       </c>
       <c r="L20" s="2">
         <v>325</v>
       </c>
       <c r="M20" s="2">
         <v>0</v>
       </c>
       <c r="N20" s="2">
         <v>425</v>
       </c>
     </row>
     <row r="21" spans="1:14">
       <c r="A21" s="2">
@@ -2024,51 +2024,51 @@
       <c r="M21" s="2">
         <v>0</v>
       </c>
       <c r="N21" s="2">
         <v>300</v>
       </c>
     </row>
     <row r="22" spans="1:14">
       <c r="A22" s="2">
         <v>118829</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>77</v>
       </c>
       <c r="C22" s="2" t="s">
         <v>78</v>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2">
         <v>70002</v>
       </c>
       <c r="F22" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G22" s="2" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="H22" s="2" t="s">
         <v>79</v>
       </c>
       <c r="I22" s="2">
         <v>15</v>
       </c>
       <c r="J22" s="2">
         <v>4</v>
       </c>
       <c r="K22" s="2">
         <v>100</v>
       </c>
       <c r="L22" s="2">
         <v>300</v>
       </c>
       <c r="M22" s="2">
         <v>0</v>
       </c>
       <c r="N22" s="2">
         <v>400</v>
       </c>
     </row>
     <row r="23" spans="1:14">
       <c r="A23" s="2">
@@ -2528,51 +2528,51 @@
       <c r="M33" s="2">
         <v>0</v>
       </c>
       <c r="N33" s="2">
         <v>190</v>
       </c>
     </row>
     <row r="34" spans="1:14">
       <c r="A34" s="2">
         <v>118838</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>108</v>
       </c>
       <c r="C34" s="2" t="s">
         <v>109</v>
       </c>
       <c r="D34" s="2"/>
       <c r="E34" s="2">
         <v>70038</v>
       </c>
       <c r="F34" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G34" s="2" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="H34" s="2" t="s">
         <v>110</v>
       </c>
       <c r="I34" s="2">
         <v>27</v>
       </c>
       <c r="J34" s="2">
         <v>5</v>
       </c>
       <c r="K34" s="2">
         <v>100</v>
       </c>
       <c r="L34" s="2">
         <v>275</v>
       </c>
       <c r="M34" s="2">
         <v>0</v>
       </c>
       <c r="N34" s="2">
         <v>375</v>
       </c>
     </row>
     <row r="35" spans="1:14">
       <c r="A35" s="2">
@@ -2654,51 +2654,51 @@
       <c r="M36" s="2">
         <v>0</v>
       </c>
       <c r="N36" s="2">
         <v>170</v>
       </c>
     </row>
     <row r="37" spans="1:14">
       <c r="A37" s="2">
         <v>118841</v>
       </c>
       <c r="B37" s="2" t="s">
         <v>116</v>
       </c>
       <c r="C37" s="2" t="s">
         <v>117</v>
       </c>
       <c r="D37" s="2"/>
       <c r="E37" s="2">
         <v>70240</v>
       </c>
       <c r="F37" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G37" s="2" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="H37" s="2" t="s">
         <v>118</v>
       </c>
       <c r="I37" s="2">
         <v>30</v>
       </c>
       <c r="J37" s="2">
         <v>6</v>
       </c>
       <c r="K37" s="2">
         <v>100</v>
       </c>
       <c r="L37" s="2">
         <v>250</v>
       </c>
       <c r="M37" s="2">
         <v>0</v>
       </c>
       <c r="N37" s="2">
         <v>350</v>
       </c>
     </row>
     <row r="38" spans="1:14">
       <c r="A38" s="2">
@@ -2864,93 +2864,93 @@
       <c r="M41" s="2">
         <v>0</v>
       </c>
       <c r="N41" s="2">
         <v>146</v>
       </c>
     </row>
     <row r="42" spans="1:14">
       <c r="A42" s="2">
         <v>118846</v>
       </c>
       <c r="B42" s="2" t="s">
         <v>130</v>
       </c>
       <c r="C42" s="2" t="s">
         <v>131</v>
       </c>
       <c r="D42" s="2"/>
       <c r="E42" s="2">
         <v>70225</v>
       </c>
       <c r="F42" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G42" s="2" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="H42" s="2" t="s">
         <v>132</v>
       </c>
       <c r="I42" s="2">
         <v>35</v>
       </c>
       <c r="J42" s="2">
         <v>7</v>
       </c>
       <c r="K42" s="2">
         <v>100</v>
       </c>
       <c r="L42" s="2">
         <v>240</v>
       </c>
       <c r="M42" s="2">
         <v>0</v>
       </c>
       <c r="N42" s="2">
         <v>340</v>
       </c>
     </row>
     <row r="43" spans="1:14">
       <c r="A43" s="2">
         <v>118847</v>
       </c>
       <c r="B43" s="2" t="s">
         <v>133</v>
       </c>
       <c r="C43" s="2" t="s">
         <v>134</v>
       </c>
       <c r="D43" s="2"/>
       <c r="E43" s="2">
         <v>70230</v>
       </c>
       <c r="F43" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G43" s="2" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="H43" s="2" t="s">
         <v>135</v>
       </c>
       <c r="I43" s="2">
         <v>36</v>
       </c>
       <c r="J43" s="2">
         <v>8</v>
       </c>
       <c r="K43" s="2">
         <v>100</v>
       </c>
       <c r="L43" s="2">
         <v>230</v>
       </c>
       <c r="M43" s="2">
         <v>0</v>
       </c>
       <c r="N43" s="2">
         <v>330</v>
       </c>
     </row>
     <row r="44" spans="1:14">
       <c r="A44" s="2">
@@ -3578,51 +3578,51 @@
       <c r="M58" s="2">
         <v>0</v>
       </c>
       <c r="N58" s="2">
         <v>116</v>
       </c>
     </row>
     <row r="59" spans="1:14">
       <c r="A59" s="2">
         <v>118863</v>
       </c>
       <c r="B59" s="2" t="s">
         <v>176</v>
       </c>
       <c r="C59" s="2" t="s">
         <v>177</v>
       </c>
       <c r="D59" s="2"/>
       <c r="E59" s="2">
         <v>70066</v>
       </c>
       <c r="F59" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G59" s="2" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="H59" s="2" t="s">
         <v>178</v>
       </c>
       <c r="I59" s="2">
         <v>52</v>
       </c>
       <c r="J59" s="2">
         <v>9</v>
       </c>
       <c r="K59" s="2">
         <v>100</v>
       </c>
       <c r="L59" s="2">
         <v>220</v>
       </c>
       <c r="M59" s="2">
         <v>0</v>
       </c>
       <c r="N59" s="2">
         <v>320</v>
       </c>
     </row>
     <row r="60" spans="1:14">
       <c r="A60" s="2">
@@ -3914,597 +3914,597 @@
       <c r="M66" s="2">
         <v>0</v>
       </c>
       <c r="N66" s="2">
         <v>102</v>
       </c>
     </row>
     <row r="67" spans="1:14">
       <c r="A67" s="2">
         <v>105552</v>
       </c>
       <c r="B67" s="2" t="s">
         <v>199</v>
       </c>
       <c r="C67" s="2" t="s">
         <v>200</v>
       </c>
       <c r="D67" s="2"/>
       <c r="E67" s="2">
         <v>70296</v>
       </c>
       <c r="F67" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G67" s="2" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="H67" s="2" t="s">
         <v>201</v>
       </c>
       <c r="I67" s="2">
         <v>62</v>
       </c>
       <c r="J67" s="2">
         <v>10</v>
       </c>
       <c r="K67" s="2">
         <v>100</v>
       </c>
       <c r="L67" s="2">
         <v>210</v>
       </c>
       <c r="M67" s="2">
         <v>0</v>
       </c>
       <c r="N67" s="2">
         <v>310</v>
       </c>
     </row>
     <row r="68" spans="1:14">
       <c r="A68" s="2">
         <v>118870</v>
       </c>
       <c r="B68" s="2" t="s">
         <v>202</v>
       </c>
       <c r="C68" s="2" t="s">
         <v>203</v>
       </c>
       <c r="D68" s="2"/>
       <c r="E68" s="2">
         <v>70070</v>
       </c>
       <c r="F68" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G68" s="2" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="H68" s="2" t="s">
         <v>204</v>
       </c>
       <c r="I68" s="2">
         <v>65</v>
       </c>
       <c r="J68" s="2">
         <v>11</v>
       </c>
       <c r="K68" s="2">
         <v>100</v>
       </c>
       <c r="L68" s="2">
         <v>200</v>
       </c>
       <c r="M68" s="2">
         <v>0</v>
       </c>
       <c r="N68" s="2">
         <v>300</v>
       </c>
     </row>
     <row r="69" spans="1:14">
       <c r="A69" s="2">
         <v>118871</v>
       </c>
       <c r="B69" s="2" t="s">
         <v>205</v>
       </c>
       <c r="C69" s="2" t="s">
         <v>206</v>
       </c>
       <c r="D69" s="2"/>
       <c r="E69" s="2">
         <v>70007</v>
       </c>
       <c r="F69" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G69" s="2" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="H69" s="2" t="s">
         <v>207</v>
       </c>
       <c r="I69" s="2">
         <v>75</v>
       </c>
       <c r="J69" s="2">
         <v>12</v>
       </c>
       <c r="K69" s="2">
         <v>100</v>
       </c>
       <c r="L69" s="2">
         <v>190</v>
       </c>
       <c r="M69" s="2">
         <v>0</v>
       </c>
       <c r="N69" s="2">
         <v>290</v>
       </c>
     </row>
     <row r="70" spans="1:14">
       <c r="A70" s="2">
         <v>118872</v>
       </c>
       <c r="B70" s="2" t="s">
         <v>208</v>
       </c>
       <c r="C70" s="2" t="s">
         <v>209</v>
       </c>
       <c r="D70" s="2"/>
       <c r="E70" s="2">
         <v>70250</v>
       </c>
       <c r="F70" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G70" s="2" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="H70" s="2" t="s">
         <v>210</v>
       </c>
       <c r="I70" s="2">
         <v>80</v>
       </c>
       <c r="J70" s="2">
         <v>13</v>
       </c>
       <c r="K70" s="2">
         <v>100</v>
       </c>
       <c r="L70" s="2">
         <v>180</v>
       </c>
       <c r="M70" s="2">
         <v>0</v>
       </c>
       <c r="N70" s="2">
         <v>280</v>
       </c>
     </row>
     <row r="71" spans="1:14">
       <c r="A71" s="2">
         <v>118873</v>
       </c>
       <c r="B71" s="2" t="s">
         <v>211</v>
       </c>
       <c r="C71" s="2" t="s">
         <v>212</v>
       </c>
       <c r="D71" s="2"/>
       <c r="E71" s="2">
         <v>70196</v>
       </c>
       <c r="F71" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G71" s="2" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="H71" s="2" t="s">
         <v>213</v>
       </c>
       <c r="I71" s="2">
         <v>88</v>
       </c>
       <c r="J71" s="2">
         <v>14</v>
       </c>
       <c r="K71" s="2">
         <v>100</v>
       </c>
       <c r="L71" s="2">
         <v>170</v>
       </c>
       <c r="M71" s="2">
         <v>0</v>
       </c>
       <c r="N71" s="2">
         <v>270</v>
       </c>
     </row>
     <row r="72" spans="1:14">
       <c r="A72" s="2">
         <v>112318</v>
       </c>
       <c r="B72" s="2" t="s">
         <v>214</v>
       </c>
       <c r="C72" s="2" t="s">
         <v>215</v>
       </c>
       <c r="D72" s="2"/>
       <c r="E72" s="2">
         <v>70276</v>
       </c>
       <c r="F72" s="2" t="s">
+        <v>39</v>
+      </c>
+      <c r="G72" s="2" t="s">
         <v>35</v>
-      </c>
-[...1 lines deleted...]
-        <v>39</v>
       </c>
       <c r="H72" s="2" t="s">
         <v>216</v>
       </c>
       <c r="I72" s="2">
         <v>98</v>
       </c>
       <c r="J72" s="2">
         <v>15</v>
       </c>
       <c r="K72" s="2">
         <v>100</v>
       </c>
       <c r="L72" s="2">
         <v>160</v>
       </c>
       <c r="M72" s="2">
         <v>0</v>
       </c>
       <c r="N72" s="2">
         <v>260</v>
       </c>
     </row>
     <row r="73" spans="1:14">
       <c r="A73" s="2">
         <v>118874</v>
       </c>
       <c r="B73" s="2" t="s">
         <v>217</v>
       </c>
       <c r="C73" s="2" t="s">
         <v>218</v>
       </c>
       <c r="D73" s="2"/>
       <c r="E73" s="2">
         <v>70198</v>
       </c>
       <c r="F73" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G73" s="2" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="H73" s="2" t="s">
         <v>219</v>
       </c>
       <c r="I73" s="2">
         <v>107</v>
       </c>
       <c r="J73" s="2">
         <v>16</v>
       </c>
       <c r="K73" s="2">
         <v>100</v>
       </c>
       <c r="L73" s="2">
         <v>150</v>
       </c>
       <c r="M73" s="2">
         <v>0</v>
       </c>
       <c r="N73" s="2">
         <v>250</v>
       </c>
     </row>
     <row r="74" spans="1:14">
       <c r="A74" s="2">
         <v>118875</v>
       </c>
       <c r="B74" s="2" t="s">
         <v>220</v>
       </c>
       <c r="C74" s="2" t="s">
         <v>203</v>
       </c>
       <c r="D74" s="2"/>
       <c r="E74" s="2">
         <v>70295</v>
       </c>
       <c r="F74" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G74" s="2" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="H74" s="2" t="s">
         <v>221</v>
       </c>
       <c r="I74" s="2">
         <v>120</v>
       </c>
       <c r="J74" s="2">
         <v>17</v>
       </c>
       <c r="K74" s="2">
         <v>100</v>
       </c>
       <c r="L74" s="2">
         <v>140</v>
       </c>
       <c r="M74" s="2">
         <v>0</v>
       </c>
       <c r="N74" s="2">
         <v>240</v>
       </c>
     </row>
     <row r="75" spans="1:14">
       <c r="A75" s="2">
         <v>118876</v>
       </c>
       <c r="B75" s="2" t="s">
         <v>222</v>
       </c>
       <c r="C75" s="2" t="s">
         <v>223</v>
       </c>
       <c r="D75" s="2"/>
       <c r="E75" s="2">
         <v>70167</v>
       </c>
       <c r="F75" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G75" s="2" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="H75" s="2" t="s">
         <v>224</v>
       </c>
       <c r="I75" s="2">
         <v>127</v>
       </c>
       <c r="J75" s="2">
         <v>18</v>
       </c>
       <c r="K75" s="2">
         <v>100</v>
       </c>
       <c r="L75" s="2">
         <v>130</v>
       </c>
       <c r="M75" s="2">
         <v>0</v>
       </c>
       <c r="N75" s="2">
         <v>230</v>
       </c>
     </row>
     <row r="76" spans="1:14">
       <c r="A76" s="2">
         <v>118877</v>
       </c>
       <c r="B76" s="2" t="s">
         <v>225</v>
       </c>
       <c r="C76" s="2" t="s">
         <v>226</v>
       </c>
       <c r="D76" s="2"/>
       <c r="E76" s="2">
         <v>70004</v>
       </c>
       <c r="F76" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G76" s="2" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="H76" s="2" t="s">
         <v>227</v>
       </c>
       <c r="I76" s="2">
         <v>132</v>
       </c>
       <c r="J76" s="2">
         <v>19</v>
       </c>
       <c r="K76" s="2">
         <v>100</v>
       </c>
       <c r="L76" s="2">
         <v>120</v>
       </c>
       <c r="M76" s="2">
         <v>0</v>
       </c>
       <c r="N76" s="2">
         <v>220</v>
       </c>
     </row>
     <row r="77" spans="1:14">
       <c r="A77" s="2">
         <v>118878</v>
       </c>
       <c r="B77" s="2" t="s">
         <v>228</v>
       </c>
       <c r="C77" s="2" t="s">
         <v>117</v>
       </c>
       <c r="D77" s="2"/>
       <c r="E77" s="2">
         <v>70292</v>
       </c>
       <c r="F77" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G77" s="2" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="H77" s="2" t="s">
         <v>229</v>
       </c>
       <c r="I77" s="2">
         <v>133</v>
       </c>
       <c r="J77" s="2">
         <v>20</v>
       </c>
       <c r="K77" s="2">
         <v>100</v>
       </c>
       <c r="L77" s="2">
         <v>110</v>
       </c>
       <c r="M77" s="2">
         <v>0</v>
       </c>
       <c r="N77" s="2">
         <v>210</v>
       </c>
     </row>
     <row r="78" spans="1:14">
       <c r="A78" s="2">
         <v>118879</v>
       </c>
       <c r="B78" s="2" t="s">
         <v>230</v>
       </c>
       <c r="C78" s="2" t="s">
         <v>141</v>
       </c>
       <c r="D78" s="2"/>
       <c r="E78" s="2">
         <v>70009</v>
       </c>
       <c r="F78" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G78" s="2" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="H78" s="2" t="s">
         <v>231</v>
       </c>
       <c r="I78" s="2">
         <v>136</v>
       </c>
       <c r="J78" s="2">
         <v>21</v>
       </c>
       <c r="K78" s="2">
         <v>100</v>
       </c>
       <c r="L78" s="2">
         <v>100</v>
       </c>
       <c r="M78" s="2">
         <v>0</v>
       </c>
       <c r="N78" s="2">
         <v>200</v>
       </c>
     </row>
     <row r="79" spans="1:14">
       <c r="A79" s="2">
         <v>118880</v>
       </c>
       <c r="B79" s="2" t="s">
         <v>232</v>
       </c>
       <c r="C79" s="2" t="s">
         <v>78</v>
       </c>
       <c r="D79" s="2"/>
       <c r="E79" s="2">
         <v>70110</v>
       </c>
       <c r="F79" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G79" s="2" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="H79" s="2" t="s">
         <v>233</v>
       </c>
       <c r="I79" s="2">
         <v>139</v>
       </c>
       <c r="J79" s="2">
         <v>22</v>
       </c>
       <c r="K79" s="2">
         <v>100</v>
       </c>
       <c r="L79" s="2">
         <v>90</v>
       </c>
       <c r="M79" s="2">
         <v>0</v>
       </c>
       <c r="N79" s="2">
         <v>190</v>
       </c>
     </row>
     <row r="80" spans="1:14">
       <c r="A80" s="2">
         <v>118881</v>
       </c>
       <c r="B80" s="2" t="s">
         <v>234</v>
       </c>
       <c r="C80" s="2" t="s">
         <v>235</v>
       </c>
       <c r="D80" s="2"/>
       <c r="E80" s="2">
         <v>70260</v>
       </c>
       <c r="F80" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G80" s="2" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="H80" s="2" t="s">
         <v>236</v>
       </c>
       <c r="I80" s="2">
         <v>143</v>
       </c>
       <c r="J80" s="2">
         <v>23</v>
       </c>
       <c r="K80" s="2">
         <v>100</v>
       </c>
       <c r="L80" s="2">
         <v>80</v>
       </c>
       <c r="M80" s="2">
         <v>0</v>
       </c>
       <c r="N80" s="2">
         <v>180</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>