--- v0 (2025-11-03)
+++ v1 (2026-01-01)
@@ -71,75 +71,75 @@
   <si>
     <t>Performance Points</t>
   </si>
   <si>
     <t>Bonus Points</t>
   </si>
   <si>
     <t>Total Points</t>
   </si>
   <si>
     <t>Mickael</t>
   </si>
   <si>
     <t>Gasc</t>
   </si>
   <si>
     <t>France</t>
   </si>
   <si>
     <t>Male</t>
   </si>
   <si>
     <t>07:38:51.000000000007</t>
   </si>
   <si>
+    <t>Robert</t>
+  </si>
+  <si>
+    <t>Jones</t>
+  </si>
+  <si>
+    <t>Great Britain</t>
+  </si>
+  <si>
+    <t>08:28:52.000000000007</t>
+  </si>
+  <si>
+    <t>Gareth</t>
+  </si>
+  <si>
+    <t>Gallagher</t>
+  </si>
+  <si>
+    <t>08:28:25</t>
+  </si>
+  <si>
     <t>Marcus</t>
   </si>
   <si>
     <t>Smith</t>
-  </si>
-[...19 lines deleted...]
-    <t>08:28:25</t>
   </si>
   <si>
     <t>Pierre</t>
   </si>
   <si>
     <t>Breuer</t>
   </si>
   <si>
     <t>Belgium</t>
   </si>
   <si>
     <t>08:41:53</t>
   </si>
   <si>
     <t>Ivana</t>
   </si>
   <si>
     <t>Kolaric</t>
   </si>
   <si>
     <t>Serbia</t>
   </si>
   <si>
     <t>Female</t>
   </si>
@@ -850,172 +850,172 @@
       </c>
       <c r="H2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I2" s="2">
         <v>1</v>
       </c>
       <c r="J2" s="2">
         <v>1</v>
       </c>
       <c r="K2" s="2">
         <v>100</v>
       </c>
       <c r="L2" s="2">
         <v>400</v>
       </c>
       <c r="M2" s="2">
         <v>0</v>
       </c>
       <c r="N2" s="2">
         <v>500</v>
       </c>
     </row>
     <row r="3" spans="1:14">
       <c r="A3" s="2">
-        <v>118884</v>
+        <v>118885</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>19</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>20</v>
       </c>
       <c r="D3" s="2"/>
       <c r="E3" s="2">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G3" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H3" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I3" s="2">
         <v>2</v>
       </c>
       <c r="J3" s="2">
         <v>2</v>
       </c>
       <c r="K3" s="2">
         <v>100</v>
       </c>
       <c r="L3" s="2">
-        <v>325</v>
+        <v>300</v>
       </c>
       <c r="M3" s="2">
         <v>0</v>
       </c>
       <c r="N3" s="2">
-        <v>425</v>
+        <v>400</v>
       </c>
     </row>
     <row r="4" spans="1:14">
       <c r="A4" s="2">
-        <v>118885</v>
+        <v>118883</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>23</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>24</v>
       </c>
       <c r="D4" s="2"/>
       <c r="E4" s="2">
-        <v>80</v>
+        <v>43</v>
       </c>
       <c r="F4" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G4" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H4" s="2" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="I4" s="2">
         <v>2</v>
       </c>
       <c r="J4" s="2">
         <v>2</v>
       </c>
       <c r="K4" s="2">
         <v>100</v>
       </c>
       <c r="L4" s="2">
-        <v>300</v>
+        <v>350</v>
       </c>
       <c r="M4" s="2">
         <v>0</v>
       </c>
       <c r="N4" s="2">
-        <v>400</v>
+        <v>450</v>
       </c>
     </row>
     <row r="5" spans="1:14">
       <c r="A5" s="2">
-        <v>118883</v>
+        <v>118884</v>
       </c>
       <c r="B5" s="2" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C5" s="2" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2">
-        <v>43</v>
+        <v>79</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G5" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H5" s="2" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="I5" s="2">
         <v>2</v>
       </c>
       <c r="J5" s="2">
         <v>2</v>
       </c>
       <c r="K5" s="2">
         <v>100</v>
       </c>
       <c r="L5" s="2">
-        <v>350</v>
+        <v>325</v>
       </c>
       <c r="M5" s="2">
         <v>0</v>
       </c>
       <c r="N5" s="2">
-        <v>450</v>
+        <v>425</v>
       </c>
     </row>
     <row r="6" spans="1:14">
       <c r="A6" s="2">
         <v>118365</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>28</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>29</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2">
         <v>35</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>30</v>
       </c>
       <c r="G6" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H6" s="2" t="s">
         <v>31</v>
       </c>