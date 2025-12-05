--- v0 (2025-10-18)
+++ v1 (2025-12-05)
@@ -56,87 +56,87 @@
   <si>
     <t>Gender</t>
   </si>
   <si>
     <t>Finish Time</t>
   </si>
   <si>
     <t>Overall Position</t>
   </si>
   <si>
     <t>Gender Position</t>
   </si>
   <si>
     <t>Finisher Points</t>
   </si>
   <si>
     <t>Performance Points</t>
   </si>
   <si>
     <t>Bonus Points</t>
   </si>
   <si>
     <t>Total Points</t>
   </si>
   <si>
+    <t>LUSIANA</t>
+  </si>
+  <si>
+    <t>Indonesia</t>
+  </si>
+  <si>
+    <t>Female</t>
+  </si>
+  <si>
+    <t>6:29:40.4</t>
+  </si>
+  <si>
+    <t>Nadine</t>
+  </si>
+  <si>
+    <t>Listyani</t>
+  </si>
+  <si>
+    <t>6:16:45.2</t>
+  </si>
+  <si>
+    <t>Umi</t>
+  </si>
+  <si>
+    <t>Rinasari</t>
+  </si>
+  <si>
+    <t>6:29:53.8</t>
+  </si>
+  <si>
     <t>Ronja</t>
   </si>
   <si>
     <t>Jedro</t>
   </si>
   <si>
-    <t>Indonesia</t>
-[...4 lines deleted...]
-  <si>
     <t>6:23:38.3</t>
-  </si>
-[...22 lines deleted...]
-    <t>6:29:53.8</t>
   </si>
   <si>
     <t>Mohamad</t>
   </si>
   <si>
     <t>Affindi Bin Nudin</t>
   </si>
   <si>
     <t>Malaysia</t>
   </si>
   <si>
     <t>Male</t>
   </si>
   <si>
     <t>02:49:41.999999999998</t>
   </si>
   <si>
     <t>Darren</t>
   </si>
   <si>
     <t>Southcott</t>
   </si>
   <si>
     <t>Great Britain</t>
   </si>
@@ -1144,212 +1144,212 @@
       </c>
       <c r="H1" s="1" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
       <c r="J1" s="1" t="s">
         <v>9</v>
       </c>
       <c r="K1" s="1" t="s">
         <v>10</v>
       </c>
       <c r="L1" s="1" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="1" t="s">
         <v>12</v>
       </c>
       <c r="N1" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="2" spans="1:14">
       <c r="A2" s="2">
-        <v>118964</v>
-[...1 lines deleted...]
-      <c r="B2" s="2" t="s">
+        <v>118965</v>
+      </c>
+      <c r="B2" s="2"/>
+      <c r="C2" s="2" t="s">
         <v>14</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
       <c r="D2" s="2"/>
       <c r="E2" s="2">
-        <v>1113</v>
+        <v>1035</v>
       </c>
       <c r="F2" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="G2" s="2" t="s">
         <v>16</v>
       </c>
-      <c r="G2" s="2" t="s">
+      <c r="H2" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="H2" s="2" t="s">
+      <c r="I2" s="2">
+        <v>0</v>
+      </c>
+      <c r="J2" s="2">
         <v>18</v>
       </c>
-      <c r="I2" s="2">
-[...4 lines deleted...]
-      </c>
       <c r="K2" s="2">
         <v>100</v>
       </c>
       <c r="L2" s="2">
-        <v>140</v>
+        <v>130</v>
       </c>
       <c r="M2" s="2">
         <v>0</v>
       </c>
       <c r="N2" s="2">
-        <v>240</v>
+        <v>230</v>
       </c>
     </row>
     <row r="3" spans="1:14">
       <c r="A3" s="2">
-        <v>118965</v>
-[...1 lines deleted...]
-      <c r="B3" s="2"/>
+        <v>118963</v>
+      </c>
+      <c r="B3" s="2" t="s">
+        <v>18</v>
+      </c>
       <c r="C3" s="2" t="s">
         <v>19</v>
       </c>
       <c r="D3" s="2"/>
       <c r="E3" s="2">
-        <v>1035</v>
+        <v>1153</v>
       </c>
       <c r="F3" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="G3" s="2" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>17</v>
       </c>
       <c r="H3" s="2" t="s">
         <v>20</v>
       </c>
       <c r="I3" s="2">
         <v>0</v>
       </c>
       <c r="J3" s="2">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="K3" s="2">
         <v>100</v>
       </c>
       <c r="L3" s="2">
-        <v>130</v>
+        <v>150</v>
       </c>
       <c r="M3" s="2">
         <v>0</v>
       </c>
       <c r="N3" s="2">
-        <v>230</v>
+        <v>250</v>
       </c>
     </row>
     <row r="4" spans="1:14">
       <c r="A4" s="2">
-        <v>118963</v>
+        <v>118966</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>21</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>22</v>
       </c>
       <c r="D4" s="2"/>
       <c r="E4" s="2">
-        <v>1153</v>
+        <v>1005</v>
       </c>
       <c r="F4" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="G4" s="2" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>17</v>
       </c>
       <c r="H4" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I4" s="2">
         <v>0</v>
       </c>
       <c r="J4" s="2">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="K4" s="2">
         <v>100</v>
       </c>
       <c r="L4" s="2">
-        <v>150</v>
+        <v>120</v>
       </c>
       <c r="M4" s="2">
         <v>0</v>
       </c>
       <c r="N4" s="2">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="5" spans="1:14">
       <c r="A5" s="2">
-        <v>118966</v>
+        <v>118964</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>24</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>25</v>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2">
-        <v>1005</v>
+        <v>1113</v>
       </c>
       <c r="F5" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="G5" s="2" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>17</v>
       </c>
       <c r="H5" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I5" s="2">
         <v>0</v>
       </c>
       <c r="J5" s="2">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="K5" s="2">
         <v>100</v>
       </c>
       <c r="L5" s="2">
-        <v>120</v>
+        <v>140</v>
       </c>
       <c r="M5" s="2">
         <v>0</v>
       </c>
       <c r="N5" s="2">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="6" spans="1:14">
       <c r="A6" s="2">
         <v>105187</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>27</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>28</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2">
         <v>1145</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G6" s="2" t="s">
         <v>30</v>
       </c>
       <c r="H6" s="2" t="s">
         <v>31</v>
       </c>
@@ -1494,51 +1494,51 @@
       <c r="M9" s="2">
         <v>0</v>
       </c>
       <c r="N9" s="2">
         <v>400</v>
       </c>
     </row>
     <row r="10" spans="1:14">
       <c r="A10" s="2">
         <v>112455</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>44</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>45</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2">
         <v>1094</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>46</v>
       </c>
       <c r="G10" s="2" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="H10" s="2" t="s">
         <v>47</v>
       </c>
       <c r="I10" s="2">
         <v>5</v>
       </c>
       <c r="J10" s="2">
         <v>1</v>
       </c>
       <c r="K10" s="2">
         <v>100</v>
       </c>
       <c r="L10" s="2">
         <v>400</v>
       </c>
       <c r="M10" s="2">
         <v>0</v>
       </c>
       <c r="N10" s="2">
         <v>500</v>
       </c>
     </row>
     <row r="11" spans="1:14">
       <c r="A11" s="2">
@@ -1575,51 +1575,51 @@
       <c r="L11" s="2">
         <v>275</v>
       </c>
       <c r="M11" s="2">
         <v>0</v>
       </c>
       <c r="N11" s="2">
         <v>375</v>
       </c>
     </row>
     <row r="12" spans="1:14">
       <c r="A12" s="2">
         <v>118913</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>52</v>
       </c>
       <c r="C12" s="2" t="s">
         <v>53</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2">
         <v>1055</v>
       </c>
       <c r="F12" s="2" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="G12" s="2" t="s">
         <v>30</v>
       </c>
       <c r="H12" s="2" t="s">
         <v>54</v>
       </c>
       <c r="I12" s="2">
         <v>7</v>
       </c>
       <c r="J12" s="2">
         <v>6</v>
       </c>
       <c r="K12" s="2">
         <v>100</v>
       </c>
       <c r="L12" s="2">
         <v>250</v>
       </c>
       <c r="M12" s="2">
         <v>0</v>
       </c>
       <c r="N12" s="2">
         <v>350</v>
       </c>
@@ -1659,93 +1659,93 @@
       <c r="L13" s="2">
         <v>240</v>
       </c>
       <c r="M13" s="2">
         <v>0</v>
       </c>
       <c r="N13" s="2">
         <v>340</v>
       </c>
     </row>
     <row r="14" spans="1:14">
       <c r="A14" s="2">
         <v>118915</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>59</v>
       </c>
       <c r="C14" s="2" t="s">
         <v>60</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2">
         <v>1041</v>
       </c>
       <c r="F14" s="2" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="G14" s="2" t="s">
         <v>30</v>
       </c>
       <c r="H14" s="2" t="s">
         <v>61</v>
       </c>
       <c r="I14" s="2">
         <v>9</v>
       </c>
       <c r="J14" s="2">
         <v>8</v>
       </c>
       <c r="K14" s="2">
         <v>100</v>
       </c>
       <c r="L14" s="2">
         <v>230</v>
       </c>
       <c r="M14" s="2">
         <v>0</v>
       </c>
       <c r="N14" s="2">
         <v>330</v>
       </c>
     </row>
     <row r="15" spans="1:14">
       <c r="A15" s="2">
         <v>101016</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>62</v>
       </c>
       <c r="C15" s="2" t="s">
         <v>63</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2">
         <v>1138</v>
       </c>
       <c r="F15" s="2" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="G15" s="2" t="s">
         <v>30</v>
       </c>
       <c r="H15" s="2" t="s">
         <v>64</v>
       </c>
       <c r="I15" s="2">
         <v>10</v>
       </c>
       <c r="J15" s="2">
         <v>9</v>
       </c>
       <c r="K15" s="2">
         <v>100</v>
       </c>
       <c r="L15" s="2">
         <v>220</v>
       </c>
       <c r="M15" s="2">
         <v>0</v>
       </c>
       <c r="N15" s="2">
         <v>320</v>
       </c>
@@ -1826,90 +1826,90 @@
       <c r="M17" s="2">
         <v>0</v>
       </c>
       <c r="N17" s="2">
         <v>300</v>
       </c>
     </row>
     <row r="18" spans="1:14">
       <c r="A18" s="2">
         <v>118919</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>71</v>
       </c>
       <c r="C18" s="2" t="s">
         <v>72</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2">
         <v>1126</v>
       </c>
       <c r="F18" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G18" s="2" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="H18" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I18" s="2">
         <v>13</v>
       </c>
       <c r="J18" s="2">
         <v>2</v>
       </c>
       <c r="K18" s="2">
         <v>100</v>
       </c>
       <c r="L18" s="2">
         <v>350</v>
       </c>
       <c r="M18" s="2">
         <v>0</v>
       </c>
       <c r="N18" s="2">
         <v>450</v>
       </c>
     </row>
     <row r="19" spans="1:14">
       <c r="A19" s="2">
         <v>118920</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>74</v>
       </c>
       <c r="C19" s="2" t="s">
         <v>75</v>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2">
         <v>1015</v>
       </c>
       <c r="F19" s="2" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="G19" s="2" t="s">
         <v>30</v>
       </c>
       <c r="H19" s="2" t="s">
         <v>76</v>
       </c>
       <c r="I19" s="2">
         <v>14</v>
       </c>
       <c r="J19" s="2">
         <v>12</v>
       </c>
       <c r="K19" s="2">
         <v>100</v>
       </c>
       <c r="L19" s="2">
         <v>190</v>
       </c>
       <c r="M19" s="2">
         <v>0</v>
       </c>
       <c r="N19" s="2">
         <v>290</v>
       </c>
@@ -1987,93 +1987,93 @@
       <c r="L21" s="2">
         <v>170</v>
       </c>
       <c r="M21" s="2">
         <v>0</v>
       </c>
       <c r="N21" s="2">
         <v>270</v>
       </c>
     </row>
     <row r="22" spans="1:14">
       <c r="A22" s="2">
         <v>118923</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>83</v>
       </c>
       <c r="C22" s="2" t="s">
         <v>84</v>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2">
         <v>1042</v>
       </c>
       <c r="F22" s="2" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="G22" s="2" t="s">
         <v>30</v>
       </c>
       <c r="H22" s="2" t="s">
         <v>85</v>
       </c>
       <c r="I22" s="2">
         <v>17</v>
       </c>
       <c r="J22" s="2">
         <v>15</v>
       </c>
       <c r="K22" s="2">
         <v>100</v>
       </c>
       <c r="L22" s="2">
         <v>160</v>
       </c>
       <c r="M22" s="2">
         <v>0</v>
       </c>
       <c r="N22" s="2">
         <v>260</v>
       </c>
     </row>
     <row r="23" spans="1:14">
       <c r="A23" s="2">
         <v>118044</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>86</v>
       </c>
       <c r="C23" s="2" t="s">
         <v>87</v>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="2">
         <v>1020</v>
       </c>
       <c r="F23" s="2" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="G23" s="2" t="s">
         <v>30</v>
       </c>
       <c r="H23" s="2" t="s">
         <v>88</v>
       </c>
       <c r="I23" s="2">
         <v>18</v>
       </c>
       <c r="J23" s="2">
         <v>16</v>
       </c>
       <c r="K23" s="2">
         <v>100</v>
       </c>
       <c r="L23" s="2">
         <v>150</v>
       </c>
       <c r="M23" s="2">
         <v>0</v>
       </c>
       <c r="N23" s="2">
         <v>250</v>
       </c>
@@ -2114,132 +2114,132 @@
       <c r="M24" s="2">
         <v>0</v>
       </c>
       <c r="N24" s="2">
         <v>240</v>
       </c>
     </row>
     <row r="25" spans="1:14">
       <c r="A25" s="2">
         <v>118925</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>92</v>
       </c>
       <c r="C25" s="2" t="s">
         <v>93</v>
       </c>
       <c r="D25" s="2"/>
       <c r="E25" s="2">
         <v>1169</v>
       </c>
       <c r="F25" s="2" t="s">
         <v>50</v>
       </c>
       <c r="G25" s="2" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="H25" s="2" t="s">
         <v>94</v>
       </c>
       <c r="I25" s="2">
         <v>20</v>
       </c>
       <c r="J25" s="2">
         <v>3</v>
       </c>
       <c r="K25" s="2">
         <v>100</v>
       </c>
       <c r="L25" s="2">
         <v>325</v>
       </c>
       <c r="M25" s="2">
         <v>0</v>
       </c>
       <c r="N25" s="2">
         <v>425</v>
       </c>
     </row>
     <row r="26" spans="1:14">
       <c r="A26" s="2">
         <v>118926</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>95</v>
       </c>
       <c r="C26" s="2" t="s">
         <v>96</v>
       </c>
       <c r="D26" s="2"/>
       <c r="E26" s="2">
         <v>1028</v>
       </c>
       <c r="F26" s="2" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="G26" s="2" t="s">
         <v>30</v>
       </c>
       <c r="H26" s="2" t="s">
         <v>97</v>
       </c>
       <c r="I26" s="2">
         <v>21</v>
       </c>
       <c r="J26" s="2">
         <v>18</v>
       </c>
       <c r="K26" s="2">
         <v>100</v>
       </c>
       <c r="L26" s="2">
         <v>130</v>
       </c>
       <c r="M26" s="2">
         <v>0</v>
       </c>
       <c r="N26" s="2">
         <v>230</v>
       </c>
     </row>
     <row r="27" spans="1:14">
       <c r="A27" s="2">
         <v>118927</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>98</v>
       </c>
       <c r="C27" s="2" t="s">
         <v>99</v>
       </c>
       <c r="D27" s="2"/>
       <c r="E27" s="2">
         <v>1124</v>
       </c>
       <c r="F27" s="2" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="G27" s="2" t="s">
         <v>30</v>
       </c>
       <c r="H27" s="2" t="s">
         <v>97</v>
       </c>
       <c r="I27" s="2">
         <v>22</v>
       </c>
       <c r="J27" s="2">
         <v>19</v>
       </c>
       <c r="K27" s="2">
         <v>100</v>
       </c>
       <c r="L27" s="2">
         <v>120</v>
       </c>
       <c r="M27" s="2">
         <v>0</v>
       </c>
       <c r="N27" s="2">
         <v>220</v>
       </c>
@@ -2321,51 +2321,51 @@
       <c r="L29" s="2">
         <v>100</v>
       </c>
       <c r="M29" s="2">
         <v>0</v>
       </c>
       <c r="N29" s="2">
         <v>200</v>
       </c>
     </row>
     <row r="30" spans="1:14">
       <c r="A30" s="2">
         <v>111967</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>108</v>
       </c>
       <c r="C30" s="2" t="s">
         <v>109</v>
       </c>
       <c r="D30" s="2"/>
       <c r="E30" s="2">
         <v>1122</v>
       </c>
       <c r="F30" s="2" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="G30" s="2" t="s">
         <v>30</v>
       </c>
       <c r="H30" s="2" t="s">
         <v>110</v>
       </c>
       <c r="I30" s="2">
         <v>25</v>
       </c>
       <c r="J30" s="2">
         <v>22</v>
       </c>
       <c r="K30" s="2">
         <v>100</v>
       </c>
       <c r="L30" s="2">
         <v>90</v>
       </c>
       <c r="M30" s="2">
         <v>0</v>
       </c>
       <c r="N30" s="2">
         <v>190</v>
       </c>
@@ -2403,93 +2403,93 @@
       <c r="L31" s="2">
         <v>80</v>
       </c>
       <c r="M31" s="2">
         <v>0</v>
       </c>
       <c r="N31" s="2">
         <v>180</v>
       </c>
     </row>
     <row r="32" spans="1:14">
       <c r="A32" s="2">
         <v>118930</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>114</v>
       </c>
       <c r="C32" s="2" t="s">
         <v>115</v>
       </c>
       <c r="D32" s="2"/>
       <c r="E32" s="2">
         <v>1147</v>
       </c>
       <c r="F32" s="2" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="G32" s="2" t="s">
         <v>30</v>
       </c>
       <c r="H32" s="2" t="s">
         <v>116</v>
       </c>
       <c r="I32" s="2">
         <v>27</v>
       </c>
       <c r="J32" s="2">
         <v>24</v>
       </c>
       <c r="K32" s="2">
         <v>100</v>
       </c>
       <c r="L32" s="2">
         <v>70</v>
       </c>
       <c r="M32" s="2">
         <v>0</v>
       </c>
       <c r="N32" s="2">
         <v>170</v>
       </c>
     </row>
     <row r="33" spans="1:14">
       <c r="A33" s="2">
         <v>118931</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>117</v>
       </c>
       <c r="C33" s="2" t="s">
         <v>118</v>
       </c>
       <c r="D33" s="2"/>
       <c r="E33" s="2">
         <v>1127</v>
       </c>
       <c r="F33" s="2" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="G33" s="2" t="s">
         <v>30</v>
       </c>
       <c r="H33" s="2" t="s">
         <v>119</v>
       </c>
       <c r="I33" s="2">
         <v>28</v>
       </c>
       <c r="J33" s="2">
         <v>25</v>
       </c>
       <c r="K33" s="2">
         <v>100</v>
       </c>
       <c r="L33" s="2">
         <v>60</v>
       </c>
       <c r="M33" s="2">
         <v>0</v>
       </c>
       <c r="N33" s="2">
         <v>160</v>
       </c>
@@ -2530,51 +2530,51 @@
       <c r="M34" s="2">
         <v>0</v>
       </c>
       <c r="N34" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="35" spans="1:14">
       <c r="A35" s="2">
         <v>117927</v>
       </c>
       <c r="B35" s="2" t="s">
         <v>123</v>
       </c>
       <c r="C35" s="2" t="s">
         <v>124</v>
       </c>
       <c r="D35" s="2"/>
       <c r="E35" s="2">
         <v>1043</v>
       </c>
       <c r="F35" s="2" t="s">
         <v>125</v>
       </c>
       <c r="G35" s="2" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="H35" s="2" t="s">
         <v>126</v>
       </c>
       <c r="I35" s="2">
         <v>30</v>
       </c>
       <c r="J35" s="2">
         <v>4</v>
       </c>
       <c r="K35" s="2">
         <v>100</v>
       </c>
       <c r="L35" s="2">
         <v>300</v>
       </c>
       <c r="M35" s="2">
         <v>0</v>
       </c>
       <c r="N35" s="2">
         <v>400</v>
       </c>
     </row>
     <row r="36" spans="1:14">
       <c r="A36" s="2">
@@ -2851,51 +2851,51 @@
       <c r="L42" s="2">
         <v>36</v>
       </c>
       <c r="M42" s="2">
         <v>0</v>
       </c>
       <c r="N42" s="2">
         <v>136</v>
       </c>
     </row>
     <row r="43" spans="1:14">
       <c r="A43" s="2">
         <v>111679</v>
       </c>
       <c r="B43" s="2" t="s">
         <v>148</v>
       </c>
       <c r="C43" s="2" t="s">
         <v>149</v>
       </c>
       <c r="D43" s="2"/>
       <c r="E43" s="2">
         <v>1171</v>
       </c>
       <c r="F43" s="2" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="G43" s="2" t="s">
         <v>30</v>
       </c>
       <c r="H43" s="2" t="s">
         <v>150</v>
       </c>
       <c r="I43" s="2">
         <v>38</v>
       </c>
       <c r="J43" s="2">
         <v>34</v>
       </c>
       <c r="K43" s="2">
         <v>100</v>
       </c>
       <c r="L43" s="2">
         <v>34</v>
       </c>
       <c r="M43" s="2">
         <v>0</v>
       </c>
       <c r="N43" s="2">
         <v>134</v>
       </c>
@@ -2933,51 +2933,51 @@
       <c r="L44" s="2">
         <v>32</v>
       </c>
       <c r="M44" s="2">
         <v>0</v>
       </c>
       <c r="N44" s="2">
         <v>132</v>
       </c>
     </row>
     <row r="45" spans="1:14">
       <c r="A45" s="2">
         <v>118939</v>
       </c>
       <c r="B45" s="2" t="s">
         <v>154</v>
       </c>
       <c r="C45" s="2" t="s">
         <v>155</v>
       </c>
       <c r="D45" s="2"/>
       <c r="E45" s="2">
         <v>1058</v>
       </c>
       <c r="F45" s="2" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="G45" s="2" t="s">
         <v>30</v>
       </c>
       <c r="H45" s="2" t="s">
         <v>156</v>
       </c>
       <c r="I45" s="2">
         <v>40</v>
       </c>
       <c r="J45" s="2">
         <v>36</v>
       </c>
       <c r="K45" s="2">
         <v>100</v>
       </c>
       <c r="L45" s="2">
         <v>30</v>
       </c>
       <c r="M45" s="2">
         <v>0</v>
       </c>
       <c r="N45" s="2">
         <v>130</v>
       </c>
@@ -3171,180 +3171,180 @@
       <c r="L50" s="2">
         <v>20</v>
       </c>
       <c r="M50" s="2">
         <v>0</v>
       </c>
       <c r="N50" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="51" spans="1:14">
       <c r="A51" s="2">
         <v>118945</v>
       </c>
       <c r="B51" s="2" t="s">
         <v>170</v>
       </c>
       <c r="C51" s="2" t="s">
         <v>171</v>
       </c>
       <c r="D51" s="2"/>
       <c r="E51" s="2">
         <v>1081</v>
       </c>
       <c r="F51" s="2" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="G51" s="2" t="s">
         <v>30</v>
       </c>
       <c r="H51" s="2" t="s">
         <v>172</v>
       </c>
       <c r="I51" s="2">
         <v>46</v>
       </c>
       <c r="J51" s="2">
         <v>42</v>
       </c>
       <c r="K51" s="2">
         <v>100</v>
       </c>
       <c r="L51" s="2">
         <v>18</v>
       </c>
       <c r="M51" s="2">
         <v>0</v>
       </c>
       <c r="N51" s="2">
         <v>118</v>
       </c>
     </row>
     <row r="52" spans="1:14">
       <c r="A52" s="2">
         <v>118946</v>
       </c>
       <c r="B52" s="2" t="s">
         <v>173</v>
       </c>
       <c r="C52" s="2" t="s">
         <v>174</v>
       </c>
       <c r="D52" s="2"/>
       <c r="E52" s="2">
         <v>1019</v>
       </c>
       <c r="F52" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="G52" s="2" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>17</v>
       </c>
       <c r="H52" s="2" t="s">
         <v>175</v>
       </c>
       <c r="I52" s="2">
         <v>47</v>
       </c>
       <c r="J52" s="2">
         <v>5</v>
       </c>
       <c r="K52" s="2">
         <v>100</v>
       </c>
       <c r="L52" s="2">
         <v>275</v>
       </c>
       <c r="M52" s="2">
         <v>0</v>
       </c>
       <c r="N52" s="2">
         <v>375</v>
       </c>
     </row>
     <row r="53" spans="1:14">
       <c r="A53" s="2">
         <v>113357</v>
       </c>
       <c r="B53" s="2" t="s">
         <v>176</v>
       </c>
       <c r="C53" s="2" t="s">
         <v>177</v>
       </c>
       <c r="D53" s="2"/>
       <c r="E53" s="2">
         <v>1098</v>
       </c>
       <c r="F53" s="2" t="s">
         <v>57</v>
       </c>
       <c r="G53" s="2" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="H53" s="2" t="s">
         <v>178</v>
       </c>
       <c r="I53" s="2">
         <v>48</v>
       </c>
       <c r="J53" s="2">
         <v>6</v>
       </c>
       <c r="K53" s="2">
         <v>100</v>
       </c>
       <c r="L53" s="2">
         <v>250</v>
       </c>
       <c r="M53" s="2">
         <v>0</v>
       </c>
       <c r="N53" s="2">
         <v>350</v>
       </c>
     </row>
     <row r="54" spans="1:14">
       <c r="A54" s="2">
         <v>100996</v>
       </c>
       <c r="B54" s="2" t="s">
         <v>179</v>
       </c>
       <c r="C54" s="2" t="s">
         <v>180</v>
       </c>
       <c r="D54" s="2"/>
       <c r="E54" s="2">
         <v>1163</v>
       </c>
       <c r="F54" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="G54" s="2" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>17</v>
       </c>
       <c r="H54" s="2" t="s">
         <v>181</v>
       </c>
       <c r="I54" s="2">
         <v>49</v>
       </c>
       <c r="J54" s="2">
         <v>7</v>
       </c>
       <c r="K54" s="2">
         <v>100</v>
       </c>
       <c r="L54" s="2">
         <v>240</v>
       </c>
       <c r="M54" s="2">
         <v>0</v>
       </c>
       <c r="N54" s="2">
         <v>340</v>
       </c>
     </row>
     <row r="55" spans="1:14">
       <c r="A55" s="2">
@@ -3419,51 +3419,51 @@
       <c r="L56" s="2">
         <v>14</v>
       </c>
       <c r="M56" s="2">
         <v>0</v>
       </c>
       <c r="N56" s="2">
         <v>114</v>
       </c>
     </row>
     <row r="57" spans="1:14">
       <c r="A57" s="2">
         <v>118949</v>
       </c>
       <c r="B57" s="2" t="s">
         <v>188</v>
       </c>
       <c r="C57" s="2" t="s">
         <v>189</v>
       </c>
       <c r="D57" s="2"/>
       <c r="E57" s="2">
         <v>1046</v>
       </c>
       <c r="F57" s="2" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="G57" s="2" t="s">
         <v>30</v>
       </c>
       <c r="H57" s="2" t="s">
         <v>190</v>
       </c>
       <c r="I57" s="2">
         <v>52</v>
       </c>
       <c r="J57" s="2">
         <v>45</v>
       </c>
       <c r="K57" s="2">
         <v>100</v>
       </c>
       <c r="L57" s="2">
         <v>12</v>
       </c>
       <c r="M57" s="2">
         <v>0</v>
       </c>
       <c r="N57" s="2">
         <v>112</v>
       </c>
@@ -3621,386 +3621,386 @@
       <c r="L61" s="2">
         <v>4</v>
       </c>
       <c r="M61" s="2">
         <v>0</v>
       </c>
       <c r="N61" s="2">
         <v>104</v>
       </c>
     </row>
     <row r="62" spans="1:14">
       <c r="A62" s="2">
         <v>118954</v>
       </c>
       <c r="B62" s="2" t="s">
         <v>201</v>
       </c>
       <c r="C62" s="2" t="s">
         <v>202</v>
       </c>
       <c r="D62" s="2"/>
       <c r="E62" s="2">
         <v>1070</v>
       </c>
       <c r="F62" s="2" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="G62" s="2" t="s">
         <v>30</v>
       </c>
       <c r="H62" s="2" t="s">
         <v>203</v>
       </c>
       <c r="I62" s="2">
         <v>57</v>
       </c>
       <c r="J62" s="2">
         <v>50</v>
       </c>
       <c r="K62" s="2">
         <v>100</v>
       </c>
       <c r="L62" s="2">
         <v>2</v>
       </c>
       <c r="M62" s="2">
         <v>0</v>
       </c>
       <c r="N62" s="2">
         <v>102</v>
       </c>
     </row>
     <row r="63" spans="1:14">
       <c r="A63" s="2">
         <v>118955</v>
       </c>
       <c r="B63" s="2" t="s">
         <v>204</v>
       </c>
       <c r="C63" s="2" t="s">
         <v>205</v>
       </c>
       <c r="D63" s="2"/>
       <c r="E63" s="2">
         <v>1128</v>
       </c>
       <c r="F63" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="G63" s="2" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>17</v>
       </c>
       <c r="H63" s="2" t="s">
         <v>206</v>
       </c>
       <c r="I63" s="2">
         <v>62</v>
       </c>
       <c r="J63" s="2">
         <v>8</v>
       </c>
       <c r="K63" s="2">
         <v>100</v>
       </c>
       <c r="L63" s="2">
         <v>230</v>
       </c>
       <c r="M63" s="2">
         <v>0</v>
       </c>
       <c r="N63" s="2">
         <v>330</v>
       </c>
     </row>
     <row r="64" spans="1:14">
       <c r="A64" s="2">
         <v>118956</v>
       </c>
       <c r="B64" s="2" t="s">
         <v>207</v>
       </c>
       <c r="C64" s="2" t="s">
         <v>208</v>
       </c>
       <c r="D64" s="2"/>
       <c r="E64" s="2">
         <v>1121</v>
       </c>
       <c r="F64" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="G64" s="2" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>17</v>
       </c>
       <c r="H64" s="2" t="s">
         <v>209</v>
       </c>
       <c r="I64" s="2">
         <v>66</v>
       </c>
       <c r="J64" s="2">
         <v>9</v>
       </c>
       <c r="K64" s="2">
         <v>100</v>
       </c>
       <c r="L64" s="2">
         <v>220</v>
       </c>
       <c r="M64" s="2">
         <v>0</v>
       </c>
       <c r="N64" s="2">
         <v>320</v>
       </c>
     </row>
     <row r="65" spans="1:14">
       <c r="A65" s="2">
         <v>118957</v>
       </c>
       <c r="B65" s="2" t="s">
         <v>210</v>
       </c>
       <c r="C65" s="2" t="s">
         <v>211</v>
       </c>
       <c r="D65" s="2"/>
       <c r="E65" s="2">
         <v>1164</v>
       </c>
       <c r="F65" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="G65" s="2" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>17</v>
       </c>
       <c r="H65" s="2" t="s">
         <v>212</v>
       </c>
       <c r="I65" s="2">
         <v>69</v>
       </c>
       <c r="J65" s="2">
         <v>10</v>
       </c>
       <c r="K65" s="2">
         <v>100</v>
       </c>
       <c r="L65" s="2">
         <v>210</v>
       </c>
       <c r="M65" s="2">
         <v>0</v>
       </c>
       <c r="N65" s="2">
         <v>310</v>
       </c>
     </row>
     <row r="66" spans="1:14">
       <c r="A66" s="2">
         <v>118958</v>
       </c>
       <c r="B66" s="2" t="s">
         <v>213</v>
       </c>
       <c r="C66" s="2" t="s">
         <v>214</v>
       </c>
       <c r="D66" s="2"/>
       <c r="E66" s="2">
         <v>1159</v>
       </c>
       <c r="F66" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="G66" s="2" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>17</v>
       </c>
       <c r="H66" s="2" t="s">
         <v>215</v>
       </c>
       <c r="I66" s="2">
         <v>71</v>
       </c>
       <c r="J66" s="2">
         <v>11</v>
       </c>
       <c r="K66" s="2">
         <v>100</v>
       </c>
       <c r="L66" s="2">
         <v>200</v>
       </c>
       <c r="M66" s="2">
         <v>0</v>
       </c>
       <c r="N66" s="2">
         <v>300</v>
       </c>
     </row>
     <row r="67" spans="1:14">
       <c r="A67" s="2">
         <v>118959</v>
       </c>
       <c r="B67" s="2" t="s">
         <v>216</v>
       </c>
       <c r="C67" s="2" t="s">
         <v>217</v>
       </c>
       <c r="D67" s="2"/>
       <c r="E67" s="2">
         <v>1114</v>
       </c>
       <c r="F67" s="2"/>
       <c r="G67" s="2" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="H67" s="2" t="s">
         <v>218</v>
       </c>
       <c r="I67" s="2">
         <v>75</v>
       </c>
       <c r="J67" s="2">
         <v>12</v>
       </c>
       <c r="K67" s="2">
         <v>100</v>
       </c>
       <c r="L67" s="2">
         <v>190</v>
       </c>
       <c r="M67" s="2">
         <v>0</v>
       </c>
       <c r="N67" s="2">
         <v>290</v>
       </c>
     </row>
     <row r="68" spans="1:14">
       <c r="A68" s="2">
         <v>118960</v>
       </c>
       <c r="B68" s="2" t="s">
         <v>219</v>
       </c>
       <c r="C68" s="2" t="s">
         <v>220</v>
       </c>
       <c r="D68" s="2"/>
       <c r="E68" s="2">
         <v>1054</v>
       </c>
       <c r="F68" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="G68" s="2" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>17</v>
       </c>
       <c r="H68" s="2" t="s">
         <v>221</v>
       </c>
       <c r="I68" s="2">
         <v>78</v>
       </c>
       <c r="J68" s="2">
         <v>13</v>
       </c>
       <c r="K68" s="2">
         <v>100</v>
       </c>
       <c r="L68" s="2">
         <v>180</v>
       </c>
       <c r="M68" s="2">
         <v>0</v>
       </c>
       <c r="N68" s="2">
         <v>280</v>
       </c>
     </row>
     <row r="69" spans="1:14">
       <c r="A69" s="2">
         <v>118961</v>
       </c>
       <c r="B69" s="2" t="s">
         <v>222</v>
       </c>
       <c r="C69" s="2" t="s">
         <v>223</v>
       </c>
       <c r="D69" s="2"/>
       <c r="E69" s="2">
         <v>1168</v>
       </c>
       <c r="F69" s="2"/>
       <c r="G69" s="2" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="H69" s="2" t="s">
         <v>224</v>
       </c>
       <c r="I69" s="2">
         <v>82</v>
       </c>
       <c r="J69" s="2">
         <v>14</v>
       </c>
       <c r="K69" s="2">
         <v>100</v>
       </c>
       <c r="L69" s="2">
         <v>170</v>
       </c>
       <c r="M69" s="2">
         <v>0</v>
       </c>
       <c r="N69" s="2">
         <v>270</v>
       </c>
     </row>
     <row r="70" spans="1:14">
       <c r="A70" s="2">
         <v>118962</v>
       </c>
       <c r="B70" s="2" t="s">
         <v>225</v>
       </c>
       <c r="C70" s="2" t="s">
         <v>226</v>
       </c>
       <c r="D70" s="2"/>
       <c r="E70" s="2">
         <v>1109</v>
       </c>
       <c r="F70" s="2" t="s">
         <v>227</v>
       </c>
       <c r="G70" s="2" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="H70" s="2" t="s">
         <v>228</v>
       </c>
       <c r="I70" s="2">
         <v>84</v>
       </c>
       <c r="J70" s="2">
         <v>15</v>
       </c>
       <c r="K70" s="2">
         <v>100</v>
       </c>
       <c r="L70" s="2">
         <v>160</v>
       </c>
       <c r="M70" s="2">
         <v>0</v>
       </c>
       <c r="N70" s="2">
         <v>260</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>