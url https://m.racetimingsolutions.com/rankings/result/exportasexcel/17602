--- v0 (2025-10-15)
+++ v1 (2025-12-11)
@@ -56,117 +56,117 @@
   <si>
     <t>Gender</t>
   </si>
   <si>
     <t>Finish Time</t>
   </si>
   <si>
     <t>Overall Position</t>
   </si>
   <si>
     <t>Gender Position</t>
   </si>
   <si>
     <t>Finisher Points</t>
   </si>
   <si>
     <t>Performance Points</t>
   </si>
   <si>
     <t>Bonus Points</t>
   </si>
   <si>
     <t>Total Points</t>
   </si>
   <si>
+    <t>KEIKO</t>
+  </si>
+  <si>
+    <t>ITAMI</t>
+  </si>
+  <si>
+    <t>Japan</t>
+  </si>
+  <si>
+    <t>Female</t>
+  </si>
+  <si>
+    <t>9:59:33</t>
+  </si>
+  <si>
     <t>ASAKO</t>
   </si>
   <si>
     <t>SASAKI</t>
   </si>
   <si>
-    <t>Japan</t>
-[...4 lines deleted...]
-  <si>
     <t>11:30:04</t>
   </si>
   <si>
     <t>Fumie</t>
   </si>
   <si>
     <t>Sakai</t>
   </si>
   <si>
     <t>09:33:27.999999999993</t>
   </si>
   <si>
     <t>YUU</t>
   </si>
   <si>
     <t>MATSUSHIMA</t>
   </si>
   <si>
     <t>10:39:19</t>
   </si>
   <si>
     <t>CHIEMI</t>
   </si>
   <si>
     <t>OSHIOKA</t>
   </si>
   <si>
     <t>11:31:21</t>
   </si>
   <si>
     <t>Kaori</t>
   </si>
   <si>
     <t>Okuda</t>
   </si>
   <si>
     <t>9:35:31</t>
   </si>
   <si>
     <t>MARIKO</t>
   </si>
   <si>
     <t>INADA</t>
   </si>
   <si>
     <t>10:48:46</t>
-  </si>
-[...7 lines deleted...]
-    <t>9:59:33</t>
   </si>
   <si>
     <t>Hisashi</t>
   </si>
   <si>
     <t>Kitamura</t>
   </si>
   <si>
     <t>Male</t>
   </si>
   <si>
     <t>06:05:12</t>
   </si>
   <si>
     <t>Kiyotaka</t>
   </si>
   <si>
     <t>Imai</t>
   </si>
   <si>
     <t>06:09:36.999999999996</t>
   </si>
   <si>
     <t>Tomohiro</t>
   </si>
@@ -1066,340 +1066,340 @@
       </c>
       <c r="H1" s="1" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
       <c r="J1" s="1" t="s">
         <v>9</v>
       </c>
       <c r="K1" s="1" t="s">
         <v>10</v>
       </c>
       <c r="L1" s="1" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="1" t="s">
         <v>12</v>
       </c>
       <c r="N1" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="2" spans="1:14">
       <c r="A2" s="2">
-        <v>119079</v>
+        <v>119076</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>15</v>
       </c>
       <c r="D2" s="2"/>
       <c r="E2" s="2">
-        <v>2502</v>
+        <v>2507</v>
       </c>
       <c r="F2" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G2" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I2" s="2">
         <v>0</v>
       </c>
       <c r="J2" s="2">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="K2" s="2">
         <v>100</v>
       </c>
       <c r="L2" s="2">
-        <v>190</v>
+        <v>220</v>
       </c>
       <c r="M2" s="2">
         <v>0</v>
       </c>
       <c r="N2" s="2">
-        <v>290</v>
+        <v>320</v>
       </c>
     </row>
     <row r="3" spans="1:14">
       <c r="A3" s="2">
-        <v>119074</v>
+        <v>119079</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>19</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>20</v>
       </c>
       <c r="D3" s="2"/>
       <c r="E3" s="2">
-        <v>2013</v>
+        <v>2502</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G3" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H3" s="2" t="s">
         <v>21</v>
       </c>
       <c r="I3" s="2">
         <v>0</v>
       </c>
       <c r="J3" s="2">
-        <v>7</v>
+        <v>12</v>
       </c>
       <c r="K3" s="2">
         <v>100</v>
       </c>
       <c r="L3" s="2">
-        <v>240</v>
+        <v>190</v>
       </c>
       <c r="M3" s="2">
         <v>0</v>
       </c>
       <c r="N3" s="2">
-        <v>340</v>
+        <v>290</v>
       </c>
     </row>
     <row r="4" spans="1:14">
       <c r="A4" s="2">
-        <v>119077</v>
+        <v>119074</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>22</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>23</v>
       </c>
       <c r="D4" s="2"/>
       <c r="E4" s="2">
-        <v>2017</v>
+        <v>2013</v>
       </c>
       <c r="F4" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G4" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H4" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I4" s="2">
         <v>0</v>
       </c>
       <c r="J4" s="2">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="K4" s="2">
         <v>100</v>
       </c>
       <c r="L4" s="2">
-        <v>210</v>
+        <v>240</v>
       </c>
       <c r="M4" s="2">
         <v>0</v>
       </c>
       <c r="N4" s="2">
-        <v>310</v>
+        <v>340</v>
       </c>
     </row>
     <row r="5" spans="1:14">
       <c r="A5" s="2">
-        <v>119080</v>
+        <v>119077</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>25</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>26</v>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2">
-        <v>2001</v>
+        <v>2017</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G5" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H5" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I5" s="2">
         <v>0</v>
       </c>
       <c r="J5" s="2">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="K5" s="2">
         <v>100</v>
       </c>
       <c r="L5" s="2">
-        <v>180</v>
+        <v>210</v>
       </c>
       <c r="M5" s="2">
         <v>0</v>
       </c>
       <c r="N5" s="2">
-        <v>280</v>
+        <v>310</v>
       </c>
     </row>
     <row r="6" spans="1:14">
       <c r="A6" s="2">
-        <v>119075</v>
+        <v>119080</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>28</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>29</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2">
-        <v>2006</v>
+        <v>2001</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G6" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H6" s="2" t="s">
         <v>30</v>
       </c>
       <c r="I6" s="2">
         <v>0</v>
       </c>
       <c r="J6" s="2">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="K6" s="2">
         <v>100</v>
       </c>
       <c r="L6" s="2">
-        <v>230</v>
+        <v>180</v>
       </c>
       <c r="M6" s="2">
         <v>0</v>
       </c>
       <c r="N6" s="2">
-        <v>330</v>
+        <v>280</v>
       </c>
     </row>
     <row r="7" spans="1:14">
       <c r="A7" s="2">
-        <v>119078</v>
+        <v>119075</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>32</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2">
-        <v>2505</v>
+        <v>2006</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G7" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H7" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I7" s="2">
         <v>0</v>
       </c>
       <c r="J7" s="2">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="K7" s="2">
         <v>100</v>
       </c>
       <c r="L7" s="2">
-        <v>200</v>
+        <v>230</v>
       </c>
       <c r="M7" s="2">
         <v>0</v>
       </c>
       <c r="N7" s="2">
-        <v>300</v>
+        <v>330</v>
       </c>
     </row>
     <row r="8" spans="1:14">
       <c r="A8" s="2">
-        <v>119076</v>
+        <v>119078</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>34</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>35</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2">
-        <v>2507</v>
+        <v>2505</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G8" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H8" s="2" t="s">
         <v>36</v>
       </c>
       <c r="I8" s="2">
         <v>0</v>
       </c>
       <c r="J8" s="2">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="K8" s="2">
         <v>100</v>
       </c>
       <c r="L8" s="2">
-        <v>220</v>
+        <v>200</v>
       </c>
       <c r="M8" s="2">
         <v>0</v>
       </c>
       <c r="N8" s="2">
-        <v>320</v>
+        <v>300</v>
       </c>
     </row>
     <row r="9" spans="1:14">
       <c r="A9" s="2">
         <v>107989</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>37</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>38</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2">
         <v>1169</v>
       </c>
       <c r="F9" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G9" s="2" t="s">
         <v>39</v>
       </c>
       <c r="H9" s="2" t="s">
         <v>40</v>
       </c>