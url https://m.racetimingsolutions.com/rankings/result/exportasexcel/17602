--- v1 (2025-12-11)
+++ v2 (2026-03-20)
@@ -56,117 +56,117 @@
   <si>
     <t>Gender</t>
   </si>
   <si>
     <t>Finish Time</t>
   </si>
   <si>
     <t>Overall Position</t>
   </si>
   <si>
     <t>Gender Position</t>
   </si>
   <si>
     <t>Finisher Points</t>
   </si>
   <si>
     <t>Performance Points</t>
   </si>
   <si>
     <t>Bonus Points</t>
   </si>
   <si>
     <t>Total Points</t>
   </si>
   <si>
+    <t>MARIKO</t>
+  </si>
+  <si>
+    <t>INADA</t>
+  </si>
+  <si>
+    <t>Japan</t>
+  </si>
+  <si>
+    <t>Female</t>
+  </si>
+  <si>
+    <t>10:48:46</t>
+  </si>
+  <si>
     <t>KEIKO</t>
   </si>
   <si>
     <t>ITAMI</t>
   </si>
   <si>
-    <t>Japan</t>
-[...4 lines deleted...]
-  <si>
     <t>9:59:33</t>
   </si>
   <si>
     <t>ASAKO</t>
   </si>
   <si>
     <t>SASAKI</t>
   </si>
   <si>
     <t>11:30:04</t>
   </si>
   <si>
     <t>Fumie</t>
   </si>
   <si>
     <t>Sakai</t>
   </si>
   <si>
     <t>09:33:27.999999999993</t>
   </si>
   <si>
     <t>YUU</t>
   </si>
   <si>
     <t>MATSUSHIMA</t>
   </si>
   <si>
     <t>10:39:19</t>
   </si>
   <si>
     <t>CHIEMI</t>
   </si>
   <si>
     <t>OSHIOKA</t>
   </si>
   <si>
     <t>11:31:21</t>
   </si>
   <si>
     <t>Kaori</t>
   </si>
   <si>
     <t>Okuda</t>
   </si>
   <si>
     <t>9:35:31</t>
-  </si>
-[...7 lines deleted...]
-    <t>10:48:46</t>
   </si>
   <si>
     <t>Hisashi</t>
   </si>
   <si>
     <t>Kitamura</t>
   </si>
   <si>
     <t>Male</t>
   </si>
   <si>
     <t>06:05:12</t>
   </si>
   <si>
     <t>Kiyotaka</t>
   </si>
   <si>
     <t>Imai</t>
   </si>
   <si>
     <t>06:09:36.999999999996</t>
   </si>
   <si>
     <t>Tomohiro</t>
   </si>
@@ -1066,340 +1066,340 @@
       </c>
       <c r="H1" s="1" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
       <c r="J1" s="1" t="s">
         <v>9</v>
       </c>
       <c r="K1" s="1" t="s">
         <v>10</v>
       </c>
       <c r="L1" s="1" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="1" t="s">
         <v>12</v>
       </c>
       <c r="N1" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="2" spans="1:14">
       <c r="A2" s="2">
-        <v>119076</v>
+        <v>119078</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>15</v>
       </c>
       <c r="D2" s="2"/>
       <c r="E2" s="2">
-        <v>2507</v>
+        <v>2505</v>
       </c>
       <c r="F2" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G2" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I2" s="2">
         <v>0</v>
       </c>
       <c r="J2" s="2">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="K2" s="2">
         <v>100</v>
       </c>
       <c r="L2" s="2">
-        <v>220</v>
+        <v>200</v>
       </c>
       <c r="M2" s="2">
         <v>0</v>
       </c>
       <c r="N2" s="2">
-        <v>320</v>
+        <v>300</v>
       </c>
     </row>
     <row r="3" spans="1:14">
       <c r="A3" s="2">
-        <v>119079</v>
+        <v>119076</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>19</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>20</v>
       </c>
       <c r="D3" s="2"/>
       <c r="E3" s="2">
-        <v>2502</v>
+        <v>2507</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G3" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H3" s="2" t="s">
         <v>21</v>
       </c>
       <c r="I3" s="2">
         <v>0</v>
       </c>
       <c r="J3" s="2">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="K3" s="2">
         <v>100</v>
       </c>
       <c r="L3" s="2">
-        <v>190</v>
+        <v>220</v>
       </c>
       <c r="M3" s="2">
         <v>0</v>
       </c>
       <c r="N3" s="2">
-        <v>290</v>
+        <v>320</v>
       </c>
     </row>
     <row r="4" spans="1:14">
       <c r="A4" s="2">
-        <v>119074</v>
+        <v>119079</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>22</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>23</v>
       </c>
       <c r="D4" s="2"/>
       <c r="E4" s="2">
-        <v>2013</v>
+        <v>2502</v>
       </c>
       <c r="F4" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G4" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H4" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I4" s="2">
         <v>0</v>
       </c>
       <c r="J4" s="2">
-        <v>7</v>
+        <v>12</v>
       </c>
       <c r="K4" s="2">
         <v>100</v>
       </c>
       <c r="L4" s="2">
-        <v>240</v>
+        <v>190</v>
       </c>
       <c r="M4" s="2">
         <v>0</v>
       </c>
       <c r="N4" s="2">
-        <v>340</v>
+        <v>290</v>
       </c>
     </row>
     <row r="5" spans="1:14">
       <c r="A5" s="2">
-        <v>119077</v>
+        <v>119074</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>25</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>26</v>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2">
-        <v>2017</v>
+        <v>2013</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G5" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H5" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I5" s="2">
         <v>0</v>
       </c>
       <c r="J5" s="2">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="K5" s="2">
         <v>100</v>
       </c>
       <c r="L5" s="2">
-        <v>210</v>
+        <v>240</v>
       </c>
       <c r="M5" s="2">
         <v>0</v>
       </c>
       <c r="N5" s="2">
-        <v>310</v>
+        <v>340</v>
       </c>
     </row>
     <row r="6" spans="1:14">
       <c r="A6" s="2">
-        <v>119080</v>
+        <v>119077</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>28</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>29</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2">
-        <v>2001</v>
+        <v>2017</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G6" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H6" s="2" t="s">
         <v>30</v>
       </c>
       <c r="I6" s="2">
         <v>0</v>
       </c>
       <c r="J6" s="2">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="K6" s="2">
         <v>100</v>
       </c>
       <c r="L6" s="2">
-        <v>180</v>
+        <v>210</v>
       </c>
       <c r="M6" s="2">
         <v>0</v>
       </c>
       <c r="N6" s="2">
-        <v>280</v>
+        <v>310</v>
       </c>
     </row>
     <row r="7" spans="1:14">
       <c r="A7" s="2">
-        <v>119075</v>
+        <v>119080</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>32</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2">
-        <v>2006</v>
+        <v>2001</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G7" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H7" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I7" s="2">
         <v>0</v>
       </c>
       <c r="J7" s="2">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="K7" s="2">
         <v>100</v>
       </c>
       <c r="L7" s="2">
-        <v>230</v>
+        <v>180</v>
       </c>
       <c r="M7" s="2">
         <v>0</v>
       </c>
       <c r="N7" s="2">
-        <v>330</v>
+        <v>280</v>
       </c>
     </row>
     <row r="8" spans="1:14">
       <c r="A8" s="2">
-        <v>119078</v>
+        <v>119075</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>34</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>35</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2">
-        <v>2505</v>
+        <v>2006</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G8" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H8" s="2" t="s">
         <v>36</v>
       </c>
       <c r="I8" s="2">
         <v>0</v>
       </c>
       <c r="J8" s="2">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="K8" s="2">
         <v>100</v>
       </c>
       <c r="L8" s="2">
-        <v>200</v>
+        <v>230</v>
       </c>
       <c r="M8" s="2">
         <v>0</v>
       </c>
       <c r="N8" s="2">
-        <v>300</v>
+        <v>330</v>
       </c>
     </row>
     <row r="9" spans="1:14">
       <c r="A9" s="2">
         <v>107989</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>37</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>38</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2">
         <v>1169</v>
       </c>
       <c r="F9" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G9" s="2" t="s">
         <v>39</v>
       </c>
       <c r="H9" s="2" t="s">
         <v>40</v>
       </c>