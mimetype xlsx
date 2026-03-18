--- v0 (2026-02-01)
+++ v1 (2026-03-18)
@@ -83,68 +83,68 @@
   <si>
     <t>Amat</t>
   </si>
   <si>
     <t>Malaysia</t>
   </si>
   <si>
     <t>Male</t>
   </si>
   <si>
     <t>23:23:12</t>
   </si>
   <si>
     <t>Tran</t>
   </si>
   <si>
     <t>Duy Quang</t>
   </si>
   <si>
     <t>Vietnam</t>
   </si>
   <si>
     <t>25:02:24.999999999956</t>
   </si>
   <si>
+    <t>Si Hieu</t>
+  </si>
+  <si>
+    <t>Nguyễn</t>
+  </si>
+  <si>
     <t>Hisashi</t>
   </si>
   <si>
     <t>Kitamura</t>
   </si>
   <si>
     <t>Japan</t>
   </si>
   <si>
     <t>27:19:24</t>
   </si>
   <si>
-    <t>Si Hieu</t>
-[...4 lines deleted...]
-  <si>
     <t>Muhammad Yusuf</t>
   </si>
   <si>
     <t>Aprian</t>
   </si>
   <si>
     <t>Indonesia</t>
   </si>
   <si>
     <t>25:58:39.999999999956</t>
   </si>
   <si>
     <t>Ivan</t>
   </si>
   <si>
     <t>Iskandar</t>
   </si>
   <si>
     <t>28:00:36</t>
   </si>
   <si>
     <t>Rachmat</t>
   </si>
   <si>
     <t>Septiyanto</t>
@@ -155,68 +155,68 @@
   <si>
     <t>27:47:16.999999999985</t>
   </si>
   <si>
     <t>Fikri</t>
   </si>
   <si>
     <t>Audi Yazid</t>
   </si>
   <si>
     <t>28:25:16</t>
   </si>
   <si>
     <t>Asuka</t>
   </si>
   <si>
     <t>Nakajima</t>
   </si>
   <si>
     <t>Female</t>
   </si>
   <si>
     <t>29:31:30</t>
   </si>
   <si>
+    <t xml:space="preserve">Antonius Adi </t>
+  </si>
+  <si>
+    <t>Winarko</t>
+  </si>
+  <si>
+    <t>30:18:13</t>
+  </si>
+  <si>
     <t>Hadi</t>
   </si>
   <si>
     <t>Mustofa</t>
   </si>
   <si>
     <t>29:48:51</t>
   </si>
   <si>
-    <t xml:space="preserve">Antonius Adi </t>
-[...7 lines deleted...]
-  <si>
     <t>Fuminori</t>
   </si>
   <si>
     <t>Kondo</t>
   </si>
   <si>
     <t>30:26:48.999999999985</t>
   </si>
   <si>
     <t>Jeffery</t>
   </si>
   <si>
     <t>Anak Budin</t>
   </si>
   <si>
     <t>30:49:16</t>
   </si>
   <si>
     <t>Shindy</t>
   </si>
   <si>
     <t>Patricia</t>
   </si>
   <si>
     <t>31:11:7.9999999999854</t>
@@ -227,68 +227,68 @@
   <si>
     <t>Muklis</t>
   </si>
   <si>
     <t>31:08:34</t>
   </si>
   <si>
     <t>Mahdy</t>
   </si>
   <si>
     <t>Zia Uzzaman</t>
   </si>
   <si>
     <t>31:08:41</t>
   </si>
   <si>
     <t>Rudi</t>
   </si>
   <si>
     <t>Gumilar</t>
   </si>
   <si>
     <t>31:56:42.000000000029</t>
   </si>
   <si>
+    <t>David</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Wahyu S</t>
+  </si>
+  <si>
+    <t>31:58:55.000000000044</t>
+  </si>
+  <si>
     <t>Siokhar</t>
   </si>
   <si>
     <t>Lim</t>
   </si>
   <si>
     <t>31:48:47</t>
   </si>
   <si>
-    <t>David</t>
-[...7 lines deleted...]
-  <si>
     <t>32:08:30</t>
   </si>
   <si>
     <t>Andre</t>
   </si>
   <si>
     <t>Barlian</t>
   </si>
   <si>
     <t>32:06:43</t>
   </si>
   <si>
     <t>Abdul Rahman</t>
   </si>
   <si>
     <t>Muhammad Ishak</t>
   </si>
   <si>
     <t>32:24:50.000000000029</t>
   </si>
   <si>
     <t>Fikry</t>
   </si>
   <si>
     <t>Sakti Firmansyah</t>
@@ -311,68 +311,68 @@
   <si>
     <t>Wahyuni</t>
   </si>
   <si>
     <t>32:09:07</t>
   </si>
   <si>
     <t>Samsudin</t>
   </si>
   <si>
     <t>T</t>
   </si>
   <si>
     <t>33:07:57.999999999971</t>
   </si>
   <si>
     <t>Fandhi</t>
   </si>
   <si>
     <t>Achmad</t>
   </si>
   <si>
     <t>32:26:24</t>
   </si>
   <si>
+    <t>Aditya</t>
+  </si>
+  <si>
+    <t>Mohamad</t>
+  </si>
+  <si>
+    <t>32:52:23</t>
+  </si>
+  <si>
     <t>Iwan Budi</t>
   </si>
   <si>
     <t>Santoso</t>
   </si>
   <si>
     <t>33:26:34</t>
   </si>
   <si>
-    <t>Aditya</t>
-[...7 lines deleted...]
-  <si>
     <t>Zhizhong</t>
   </si>
   <si>
     <t>Zhou</t>
   </si>
   <si>
     <t>China</t>
   </si>
   <si>
     <t>33:29:33.999999999971</t>
   </si>
   <si>
     <t>Steven</t>
   </si>
   <si>
     <t>Sutrisno</t>
   </si>
   <si>
     <t>33:18:00</t>
   </si>
   <si>
     <t>Trung</t>
   </si>
   <si>
     <t>Nguyen</t>
@@ -389,68 +389,68 @@
   <si>
     <t xml:space="preserve"> Cahyono</t>
   </si>
   <si>
     <t>33:20:14</t>
   </si>
   <si>
     <t xml:space="preserve">Trung Hieu </t>
   </si>
   <si>
     <t>Dang</t>
   </si>
   <si>
     <t>33:36:04</t>
   </si>
   <si>
     <t>Mohd Azmi</t>
   </si>
   <si>
     <t xml:space="preserve"> Erip Bin Mat Usof</t>
   </si>
   <si>
     <t>33:23:41</t>
   </si>
   <si>
+    <t>Mulyono</t>
+  </si>
+  <si>
+    <t>Wijoyo</t>
+  </si>
+  <si>
+    <t>33:38:30</t>
+  </si>
+  <si>
     <t>Van Da</t>
   </si>
   <si>
     <t>Bui</t>
   </si>
   <si>
     <t>33:36:8.0000000000582</t>
   </si>
   <si>
-    <t>Mulyono</t>
-[...7 lines deleted...]
-  <si>
     <t>Muhammad</t>
   </si>
   <si>
     <t>Ilham</t>
   </si>
   <si>
     <t>33:57:30.000000000029</t>
   </si>
   <si>
     <t>Sumit</t>
   </si>
   <si>
     <t xml:space="preserve"> Agarwal</t>
   </si>
   <si>
     <t>India</t>
   </si>
   <si>
     <t>33:46:42</t>
   </si>
   <si>
     <t>Dendi</t>
   </si>
   <si>
     <t>Dwitiandi</t>
@@ -461,66 +461,66 @@
   <si>
     <t>F Eri</t>
   </si>
   <si>
     <t>Wibowo</t>
   </si>
   <si>
     <t>34:03:11.000000000015</t>
   </si>
   <si>
     <t>Wiedho</t>
   </si>
   <si>
     <t>Widiantoro</t>
   </si>
   <si>
     <t>33:56:07</t>
   </si>
   <si>
     <t>Machmud</t>
   </si>
   <si>
     <t>34:35:39.999999999985</t>
   </si>
   <si>
+    <t>Nino</t>
+  </si>
+  <si>
+    <t>Laksana</t>
+  </si>
+  <si>
+    <t>34:08:53</t>
+  </si>
+  <si>
     <t>Koseno</t>
   </si>
   <si>
     <t>Lauw</t>
   </si>
   <si>
     <t>34:36:37.999999999956</t>
-  </si>
-[...7 lines deleted...]
-    <t>34:08:53</t>
   </si>
   <si>
     <t>Ahmad</t>
   </si>
   <si>
     <t>Azri Zainal</t>
   </si>
   <si>
     <t>34:18:25</t>
   </si>
   <si>
     <t>Shahrin Faiz Bin Roslan</t>
   </si>
   <si>
     <t>34:18:41</t>
   </si>
   <si>
     <t>Yim Heng</t>
   </si>
   <si>
     <t>Fatt</t>
   </si>
   <si>
     <t>34:18:56</t>
   </si>
@@ -1093,130 +1093,130 @@
       </c>
       <c r="H3" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I3" s="2">
         <v>1</v>
       </c>
       <c r="J3" s="2">
         <v>1</v>
       </c>
       <c r="K3" s="2">
         <v>100</v>
       </c>
       <c r="L3" s="2">
         <v>400</v>
       </c>
       <c r="M3" s="2">
         <v>0</v>
       </c>
       <c r="N3" s="2">
         <v>500</v>
       </c>
     </row>
     <row r="4" spans="1:14">
       <c r="A4" s="2">
-        <v>107989</v>
+        <v>111797</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>23</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>24</v>
       </c>
       <c r="D4" s="2"/>
       <c r="E4" s="2">
-        <v>5</v>
+        <v>45</v>
       </c>
       <c r="F4" s="2" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="G4" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H4" s="2" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="I4" s="2">
         <v>2</v>
       </c>
       <c r="J4" s="2">
         <v>2</v>
       </c>
       <c r="K4" s="2">
-        <v>0</v>
+        <v>100</v>
       </c>
       <c r="L4" s="2">
-        <v>0</v>
+        <v>350</v>
       </c>
       <c r="M4" s="2">
         <v>0</v>
       </c>
       <c r="N4" s="2">
-        <v>0</v>
+        <v>450</v>
       </c>
     </row>
     <row r="5" spans="1:14">
       <c r="A5" s="2">
-        <v>111797</v>
+        <v>107989</v>
       </c>
       <c r="B5" s="2" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="C5" s="2" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2">
-        <v>45</v>
+        <v>5</v>
       </c>
       <c r="F5" s="2" t="s">
-        <v>21</v>
+        <v>27</v>
       </c>
       <c r="G5" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H5" s="2" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="I5" s="2">
         <v>2</v>
       </c>
       <c r="J5" s="2">
         <v>2</v>
       </c>
       <c r="K5" s="2">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="L5" s="2">
-        <v>350</v>
+        <v>0</v>
       </c>
       <c r="M5" s="2">
         <v>0</v>
       </c>
       <c r="N5" s="2">
-        <v>450</v>
+        <v>0</v>
       </c>
     </row>
     <row r="6" spans="1:14">
       <c r="A6" s="2">
         <v>107629</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>29</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>30</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2">
         <v>9</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>31</v>
       </c>
       <c r="G6" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H6" s="2" t="s">
         <v>32</v>
       </c>
@@ -1398,177 +1398,177 @@
       <c r="L10" s="2">
         <v>275</v>
       </c>
       <c r="M10" s="2">
         <v>0</v>
       </c>
       <c r="N10" s="2">
         <v>375</v>
       </c>
     </row>
     <row r="11" spans="1:14">
       <c r="A11" s="2">
         <v>113076</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>43</v>
       </c>
       <c r="C11" s="2" t="s">
         <v>44</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2">
         <v>7</v>
       </c>
       <c r="F11" s="2" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="G11" s="2" t="s">
         <v>45</v>
       </c>
       <c r="H11" s="2" t="s">
         <v>46</v>
       </c>
       <c r="I11" s="2">
         <v>5</v>
       </c>
       <c r="J11" s="2">
         <v>1</v>
       </c>
       <c r="K11" s="2">
         <v>150</v>
       </c>
       <c r="L11" s="2">
         <v>400</v>
       </c>
       <c r="M11" s="2">
         <v>0</v>
       </c>
       <c r="N11" s="2">
         <v>550</v>
       </c>
     </row>
     <row r="12" spans="1:14">
       <c r="A12" s="2">
-        <v>101051</v>
+        <v>113079</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>47</v>
       </c>
       <c r="C12" s="2" t="s">
         <v>48</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2">
-        <v>92</v>
+        <v>10</v>
       </c>
       <c r="F12" s="2" t="s">
         <v>31</v>
       </c>
       <c r="G12" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H12" s="2" t="s">
         <v>49</v>
       </c>
       <c r="I12" s="2">
         <v>6</v>
       </c>
       <c r="J12" s="2">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="K12" s="2">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="L12" s="2">
-        <v>275</v>
+        <v>250</v>
       </c>
       <c r="M12" s="2">
         <v>0</v>
       </c>
       <c r="N12" s="2">
-        <v>425</v>
+        <v>350</v>
       </c>
     </row>
     <row r="13" spans="1:14">
       <c r="A13" s="2">
-        <v>113079</v>
+        <v>101051</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>50</v>
       </c>
       <c r="C13" s="2" t="s">
         <v>51</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2">
-        <v>10</v>
+        <v>92</v>
       </c>
       <c r="F13" s="2" t="s">
         <v>31</v>
       </c>
       <c r="G13" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H13" s="2" t="s">
         <v>52</v>
       </c>
       <c r="I13" s="2">
         <v>6</v>
       </c>
       <c r="J13" s="2">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="K13" s="2">
-        <v>100</v>
+        <v>150</v>
       </c>
       <c r="L13" s="2">
-        <v>250</v>
+        <v>275</v>
       </c>
       <c r="M13" s="2">
         <v>0</v>
       </c>
       <c r="N13" s="2">
-        <v>350</v>
+        <v>425</v>
       </c>
     </row>
     <row r="14" spans="1:14">
       <c r="A14" s="2">
         <v>113074</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>53</v>
       </c>
       <c r="C14" s="2" t="s">
         <v>54</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2">
         <v>4</v>
       </c>
       <c r="F14" s="2" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="G14" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H14" s="2" t="s">
         <v>55</v>
       </c>
       <c r="I14" s="2">
         <v>7</v>
       </c>
       <c r="J14" s="2">
         <v>7</v>
       </c>
       <c r="K14" s="2">
         <v>100</v>
       </c>
       <c r="L14" s="2">
         <v>240</v>
       </c>
       <c r="M14" s="2">
         <v>0</v>
       </c>
       <c r="N14" s="2">
         <v>340</v>
       </c>
@@ -1763,141 +1763,141 @@
       </c>
       <c r="H19" s="2" t="s">
         <v>70</v>
       </c>
       <c r="I19" s="2">
         <v>9</v>
       </c>
       <c r="J19" s="2">
         <v>8</v>
       </c>
       <c r="K19" s="2">
         <v>100</v>
       </c>
       <c r="L19" s="2">
         <v>230</v>
       </c>
       <c r="M19" s="2">
         <v>0</v>
       </c>
       <c r="N19" s="2">
         <v>330</v>
       </c>
     </row>
     <row r="20" spans="1:14">
       <c r="A20" s="2">
-        <v>103137</v>
+        <v>114719</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>71</v>
       </c>
       <c r="C20" s="2" t="s">
         <v>72</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2">
-        <v>68</v>
+        <v>5</v>
       </c>
       <c r="F20" s="2" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="G20" s="2" t="s">
-        <v>45</v>
+        <v>17</v>
       </c>
       <c r="H20" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I20" s="2">
         <v>10</v>
       </c>
       <c r="J20" s="2">
-        <v>2</v>
+        <v>9</v>
       </c>
       <c r="K20" s="2">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="L20" s="2">
-        <v>350</v>
+        <v>220</v>
       </c>
       <c r="M20" s="2">
         <v>0</v>
       </c>
       <c r="N20" s="2">
-        <v>500</v>
+        <v>320</v>
       </c>
     </row>
     <row r="21" spans="1:14">
       <c r="A21" s="2">
-        <v>114719</v>
+        <v>103137</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>74</v>
       </c>
       <c r="C21" s="2" t="s">
         <v>75</v>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2">
-        <v>5</v>
+        <v>68</v>
       </c>
       <c r="F21" s="2" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G21" s="2" t="s">
-        <v>17</v>
+        <v>45</v>
       </c>
       <c r="H21" s="2" t="s">
         <v>76</v>
       </c>
       <c r="I21" s="2">
         <v>10</v>
       </c>
       <c r="J21" s="2">
-        <v>9</v>
+        <v>2</v>
       </c>
       <c r="K21" s="2">
-        <v>100</v>
+        <v>150</v>
       </c>
       <c r="L21" s="2">
-        <v>220</v>
+        <v>350</v>
       </c>
       <c r="M21" s="2">
         <v>0</v>
       </c>
       <c r="N21" s="2">
-        <v>320</v>
+        <v>500</v>
       </c>
     </row>
     <row r="22" spans="1:14">
       <c r="A22" s="2">
         <v>101051</v>
       </c>
       <c r="B22" s="2" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="C22" s="2" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2">
         <v>28</v>
       </c>
       <c r="F22" s="2" t="s">
         <v>31</v>
       </c>
       <c r="G22" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H22" s="2" t="s">
         <v>77</v>
       </c>
       <c r="I22" s="2">
         <v>11</v>
       </c>
       <c r="J22" s="2">
         <v>10</v>
       </c>
       <c r="K22" s="2">
         <v>100</v>
       </c>
       <c r="L22" s="2">
         <v>210</v>
@@ -2183,130 +2183,130 @@
       </c>
       <c r="H29" s="2" t="s">
         <v>98</v>
       </c>
       <c r="I29" s="2">
         <v>14</v>
       </c>
       <c r="J29" s="2">
         <v>11</v>
       </c>
       <c r="K29" s="2">
         <v>150</v>
       </c>
       <c r="L29" s="2">
         <v>200</v>
       </c>
       <c r="M29" s="2">
         <v>0</v>
       </c>
       <c r="N29" s="2">
         <v>350</v>
       </c>
     </row>
     <row r="30" spans="1:14">
       <c r="A30" s="2">
-        <v>114856</v>
+        <v>102742</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>99</v>
       </c>
       <c r="C30" s="2" t="s">
         <v>100</v>
       </c>
       <c r="D30" s="2"/>
       <c r="E30" s="2">
-        <v>43</v>
+        <v>12</v>
       </c>
       <c r="F30" s="2" t="s">
         <v>31</v>
       </c>
       <c r="G30" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H30" s="2" t="s">
         <v>101</v>
       </c>
       <c r="I30" s="2">
         <v>15</v>
       </c>
       <c r="J30" s="2">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="K30" s="2">
-        <v>100</v>
+        <v>150</v>
       </c>
       <c r="L30" s="2">
-        <v>170</v>
+        <v>190</v>
       </c>
       <c r="M30" s="2">
         <v>0</v>
       </c>
       <c r="N30" s="2">
-        <v>270</v>
+        <v>340</v>
       </c>
     </row>
     <row r="31" spans="1:14">
       <c r="A31" s="2">
-        <v>102742</v>
+        <v>114856</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>102</v>
       </c>
       <c r="C31" s="2" t="s">
         <v>103</v>
       </c>
       <c r="D31" s="2"/>
       <c r="E31" s="2">
-        <v>12</v>
+        <v>43</v>
       </c>
       <c r="F31" s="2" t="s">
         <v>31</v>
       </c>
       <c r="G31" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H31" s="2" t="s">
         <v>104</v>
       </c>
       <c r="I31" s="2">
         <v>15</v>
       </c>
       <c r="J31" s="2">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="K31" s="2">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="L31" s="2">
-        <v>190</v>
+        <v>170</v>
       </c>
       <c r="M31" s="2">
         <v>0</v>
       </c>
       <c r="N31" s="2">
-        <v>340</v>
+        <v>270</v>
       </c>
     </row>
     <row r="32" spans="1:14">
       <c r="A32" s="2">
         <v>119093</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>105</v>
       </c>
       <c r="C32" s="2" t="s">
         <v>106</v>
       </c>
       <c r="D32" s="2"/>
       <c r="E32" s="2">
         <v>35</v>
       </c>
       <c r="F32" s="2" t="s">
         <v>107</v>
       </c>
       <c r="G32" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H32" s="2" t="s">
         <v>108</v>
       </c>
@@ -2519,130 +2519,130 @@
       </c>
       <c r="H37" s="2" t="s">
         <v>124</v>
       </c>
       <c r="I37" s="2">
         <v>18</v>
       </c>
       <c r="J37" s="2">
         <v>15</v>
       </c>
       <c r="K37" s="2">
         <v>150</v>
       </c>
       <c r="L37" s="2">
         <v>160</v>
       </c>
       <c r="M37" s="2">
         <v>0</v>
       </c>
       <c r="N37" s="2">
         <v>310</v>
       </c>
     </row>
     <row r="38" spans="1:14">
       <c r="A38" s="2">
-        <v>119094</v>
+        <v>109784</v>
       </c>
       <c r="B38" s="2" t="s">
         <v>125</v>
       </c>
       <c r="C38" s="2" t="s">
         <v>126</v>
       </c>
       <c r="D38" s="2"/>
       <c r="E38" s="2">
-        <v>40</v>
+        <v>55</v>
       </c>
       <c r="F38" s="2" t="s">
-        <v>21</v>
+        <v>31</v>
       </c>
       <c r="G38" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H38" s="2" t="s">
         <v>127</v>
       </c>
       <c r="I38" s="2">
         <v>19</v>
       </c>
       <c r="J38" s="2">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="K38" s="2">
-        <v>100</v>
+        <v>150</v>
       </c>
       <c r="L38" s="2">
-        <v>130</v>
+        <v>150</v>
       </c>
       <c r="M38" s="2">
         <v>0</v>
       </c>
       <c r="N38" s="2">
-        <v>230</v>
+        <v>300</v>
       </c>
     </row>
     <row r="39" spans="1:14">
       <c r="A39" s="2">
-        <v>109784</v>
+        <v>119094</v>
       </c>
       <c r="B39" s="2" t="s">
         <v>128</v>
       </c>
       <c r="C39" s="2" t="s">
         <v>129</v>
       </c>
       <c r="D39" s="2"/>
       <c r="E39" s="2">
-        <v>55</v>
+        <v>40</v>
       </c>
       <c r="F39" s="2" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="G39" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H39" s="2" t="s">
         <v>130</v>
       </c>
       <c r="I39" s="2">
         <v>19</v>
       </c>
       <c r="J39" s="2">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="K39" s="2">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="L39" s="2">
-        <v>150</v>
+        <v>130</v>
       </c>
       <c r="M39" s="2">
         <v>0</v>
       </c>
       <c r="N39" s="2">
-        <v>300</v>
+        <v>230</v>
       </c>
     </row>
     <row r="40" spans="1:14">
       <c r="A40" s="2">
         <v>119095</v>
       </c>
       <c r="B40" s="2" t="s">
         <v>131</v>
       </c>
       <c r="C40" s="2" t="s">
         <v>132</v>
       </c>
       <c r="D40" s="2"/>
       <c r="E40" s="2">
         <v>42</v>
       </c>
       <c r="F40" s="2" t="s">
         <v>31</v>
       </c>
       <c r="G40" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H40" s="2" t="s">
         <v>133</v>
       </c>
@@ -2816,169 +2816,169 @@
       </c>
       <c r="I44" s="2">
         <v>22</v>
       </c>
       <c r="J44" s="2">
         <v>19</v>
       </c>
       <c r="K44" s="2">
         <v>150</v>
       </c>
       <c r="L44" s="2">
         <v>120</v>
       </c>
       <c r="M44" s="2">
         <v>0</v>
       </c>
       <c r="N44" s="2">
         <v>270</v>
       </c>
     </row>
     <row r="45" spans="1:14">
       <c r="A45" s="2">
         <v>101409</v>
       </c>
       <c r="B45" s="2" t="s">
-        <v>74</v>
+        <v>71</v>
       </c>
       <c r="C45" s="2" t="s">
         <v>147</v>
       </c>
       <c r="D45" s="2"/>
       <c r="E45" s="2">
         <v>25</v>
       </c>
       <c r="F45" s="2" t="s">
         <v>31</v>
       </c>
       <c r="G45" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H45" s="2" t="s">
         <v>148</v>
       </c>
       <c r="I45" s="2">
         <v>22</v>
       </c>
       <c r="J45" s="2">
         <v>21</v>
       </c>
       <c r="K45" s="2">
         <v>100</v>
       </c>
       <c r="L45" s="2">
         <v>100</v>
       </c>
       <c r="M45" s="2">
         <v>0</v>
       </c>
       <c r="N45" s="2">
         <v>200</v>
       </c>
     </row>
     <row r="46" spans="1:14">
       <c r="A46" s="2">
-        <v>100991</v>
+        <v>107143</v>
       </c>
       <c r="B46" s="2" t="s">
         <v>149</v>
       </c>
       <c r="C46" s="2" t="s">
         <v>150</v>
       </c>
       <c r="D46" s="2"/>
       <c r="E46" s="2">
-        <v>20</v>
+        <v>56</v>
       </c>
       <c r="F46" s="2" t="s">
         <v>31</v>
       </c>
       <c r="G46" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H46" s="2" t="s">
         <v>151</v>
       </c>
       <c r="I46" s="2">
         <v>23</v>
       </c>
       <c r="J46" s="2">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="K46" s="2">
-        <v>100</v>
+        <v>150</v>
       </c>
       <c r="L46" s="2">
-        <v>90</v>
+        <v>110</v>
       </c>
       <c r="M46" s="2">
         <v>0</v>
       </c>
       <c r="N46" s="2">
-        <v>190</v>
+        <v>260</v>
       </c>
     </row>
     <row r="47" spans="1:14">
       <c r="A47" s="2">
-        <v>107143</v>
+        <v>100991</v>
       </c>
       <c r="B47" s="2" t="s">
         <v>152</v>
       </c>
       <c r="C47" s="2" t="s">
         <v>153</v>
       </c>
       <c r="D47" s="2"/>
       <c r="E47" s="2">
-        <v>56</v>
+        <v>20</v>
       </c>
       <c r="F47" s="2" t="s">
         <v>31</v>
       </c>
       <c r="G47" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H47" s="2" t="s">
         <v>154</v>
       </c>
       <c r="I47" s="2">
         <v>23</v>
       </c>
       <c r="J47" s="2">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="K47" s="2">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="L47" s="2">
-        <v>110</v>
+        <v>90</v>
       </c>
       <c r="M47" s="2">
         <v>0</v>
       </c>
       <c r="N47" s="2">
-        <v>260</v>
+        <v>190</v>
       </c>
     </row>
     <row r="48" spans="1:14">
       <c r="A48" s="2">
         <v>109289</v>
       </c>
       <c r="B48" s="2" t="s">
         <v>155</v>
       </c>
       <c r="C48" s="2" t="s">
         <v>156</v>
       </c>
       <c r="D48" s="2"/>
       <c r="E48" s="2">
         <v>13</v>
       </c>
       <c r="F48" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G48" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H48" s="2" t="s">
         <v>157</v>
       </c>