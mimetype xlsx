--- v0 (2025-11-03)
+++ v1 (2025-12-18)
@@ -272,71 +272,71 @@
   <si>
     <t>12:49:10</t>
   </si>
   <si>
     <t>Manilyn Napone</t>
   </si>
   <si>
     <t>Mamugay</t>
   </si>
   <si>
     <t>Female</t>
   </si>
   <si>
     <t>18:59:48</t>
   </si>
   <si>
     <t>Julie Ann</t>
   </si>
   <si>
     <t xml:space="preserve">Morales </t>
   </si>
   <si>
     <t>38:44:29.999999999971</t>
   </si>
   <si>
+    <t>Florent</t>
+  </si>
+  <si>
+    <t>Fordos</t>
+  </si>
+  <si>
+    <t>18:59:49</t>
+  </si>
+  <si>
+    <t>13:25:06</t>
+  </si>
+  <si>
     <t>Rhodel</t>
   </si>
   <si>
     <t>Sarande</t>
   </si>
   <si>
     <t>38:44:31.999999999971</t>
   </si>
   <si>
-    <t>Florent</t>
-[...10 lines deleted...]
-  <si>
     <t>Wayne</t>
   </si>
   <si>
     <t>Abarquez</t>
   </si>
   <si>
     <t>13:27:29</t>
   </si>
   <si>
     <t>Cecille</t>
   </si>
   <si>
     <t>Wael</t>
   </si>
   <si>
     <t>39:11:15</t>
   </si>
   <si>
     <t>Chung Yee Joannie</t>
   </si>
   <si>
     <t>Ho</t>
   </si>
   <si>
     <t>Hong Kong</t>
@@ -377,69 +377,69 @@
   <si>
     <t>Nagao</t>
   </si>
   <si>
     <t>14:47:21</t>
   </si>
   <si>
     <t xml:space="preserve">Rani June </t>
   </si>
   <si>
     <t>Colon</t>
   </si>
   <si>
     <t>14:49:32</t>
   </si>
   <si>
     <t>Florence</t>
   </si>
   <si>
     <t>Alave</t>
   </si>
   <si>
     <t>40:53:51</t>
   </si>
   <si>
+    <t>Karin</t>
+  </si>
+  <si>
+    <t>Widmer</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
+  </si>
+  <si>
+    <t>42:10:49.999999999971</t>
+  </si>
+  <si>
     <t xml:space="preserve">Rone </t>
   </si>
   <si>
     <t>Milan</t>
   </si>
   <si>
     <t>15:19:15</t>
-  </si>
-[...10 lines deleted...]
-    <t>42:10:49.999999999971</t>
   </si>
   <si>
     <t>Reymar</t>
   </si>
   <si>
     <t xml:space="preserve">Taleon </t>
   </si>
   <si>
     <t>Marvin</t>
   </si>
   <si>
     <t>Aniñon</t>
   </si>
   <si>
     <t>15:25:27</t>
   </si>
   <si>
     <t>Jake</t>
   </si>
   <si>
     <t>Conte</t>
   </si>
   <si>
     <t>42:14:19.000000000029</t>
   </si>
@@ -2128,196 +2128,196 @@
       </c>
       <c r="H25" s="2" t="s">
         <v>85</v>
       </c>
       <c r="I25" s="2">
         <v>8</v>
       </c>
       <c r="J25" s="2">
         <v>1</v>
       </c>
       <c r="K25" s="2">
         <v>100</v>
       </c>
       <c r="L25" s="2">
         <v>400</v>
       </c>
       <c r="M25" s="2">
         <v>0</v>
       </c>
       <c r="N25" s="2">
         <v>500</v>
       </c>
     </row>
     <row r="26" spans="1:14">
       <c r="A26" s="2">
-        <v>104409</v>
+        <v>102603</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>86</v>
       </c>
       <c r="C26" s="2" t="s">
         <v>87</v>
       </c>
       <c r="D26" s="2"/>
       <c r="E26" s="2">
-        <v>38</v>
+        <v>814</v>
       </c>
       <c r="F26" s="2" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="G26" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H26" s="2" t="s">
         <v>88</v>
       </c>
       <c r="I26" s="2">
         <v>9</v>
       </c>
       <c r="J26" s="2">
         <v>8</v>
       </c>
       <c r="K26" s="2">
         <v>100</v>
       </c>
       <c r="L26" s="2">
-        <v>230</v>
+        <v>140</v>
       </c>
       <c r="M26" s="2">
         <v>0</v>
       </c>
       <c r="N26" s="2">
-        <v>330</v>
+        <v>240</v>
       </c>
     </row>
     <row r="27" spans="1:14">
       <c r="A27" s="2">
-        <v>102603</v>
+        <v>114206</v>
       </c>
       <c r="B27" s="2" t="s">
-        <v>89</v>
+        <v>54</v>
       </c>
       <c r="C27" s="2" t="s">
-        <v>90</v>
+        <v>55</v>
       </c>
       <c r="D27" s="2"/>
       <c r="E27" s="2">
-        <v>814</v>
+        <v>28</v>
       </c>
       <c r="F27" s="2" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
       <c r="G27" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H27" s="2" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="I27" s="2">
         <v>9</v>
       </c>
       <c r="J27" s="2">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="K27" s="2">
         <v>100</v>
       </c>
       <c r="L27" s="2">
-        <v>140</v>
+        <v>220</v>
       </c>
       <c r="M27" s="2">
         <v>0</v>
       </c>
       <c r="N27" s="2">
-        <v>240</v>
+        <v>320</v>
       </c>
     </row>
     <row r="28" spans="1:14">
       <c r="A28" s="2">
-        <v>114206</v>
+        <v>104409</v>
       </c>
       <c r="B28" s="2" t="s">
-        <v>54</v>
+        <v>90</v>
       </c>
       <c r="C28" s="2" t="s">
-        <v>55</v>
+        <v>91</v>
       </c>
       <c r="D28" s="2"/>
       <c r="E28" s="2">
-        <v>28</v>
+        <v>38</v>
       </c>
       <c r="F28" s="2" t="s">
         <v>26</v>
       </c>
       <c r="G28" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H28" s="2" t="s">
         <v>92</v>
       </c>
       <c r="I28" s="2">
         <v>9</v>
       </c>
       <c r="J28" s="2">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="K28" s="2">
         <v>100</v>
       </c>
       <c r="L28" s="2">
-        <v>220</v>
+        <v>230</v>
       </c>
       <c r="M28" s="2">
         <v>0</v>
       </c>
       <c r="N28" s="2">
-        <v>320</v>
+        <v>330</v>
       </c>
     </row>
     <row r="29" spans="1:14">
       <c r="A29" s="2">
         <v>113843</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>93</v>
       </c>
       <c r="C29" s="2" t="s">
         <v>94</v>
       </c>
       <c r="D29" s="2"/>
       <c r="E29" s="2">
         <v>17</v>
       </c>
       <c r="F29" s="2" t="s">
         <v>26</v>
       </c>
       <c r="G29" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H29" s="2" t="s">
-        <v>88</v>
+        <v>92</v>
       </c>
       <c r="I29" s="2">
         <v>10</v>
       </c>
       <c r="J29" s="2">
         <v>9</v>
       </c>
       <c r="K29" s="2">
         <v>100</v>
       </c>
       <c r="L29" s="2">
         <v>220</v>
       </c>
       <c r="M29" s="2">
         <v>0</v>
       </c>
       <c r="N29" s="2">
         <v>320</v>
       </c>
     </row>
     <row r="30" spans="1:14">
       <c r="A30" s="2">
         <v>104395</v>
       </c>
       <c r="B30" s="2" t="s">
@@ -2674,154 +2674,154 @@
       </c>
       <c r="H38" s="2" t="s">
         <v>120</v>
       </c>
       <c r="I38" s="2">
         <v>14</v>
       </c>
       <c r="J38" s="2">
         <v>11</v>
       </c>
       <c r="K38" s="2">
         <v>100</v>
       </c>
       <c r="L38" s="2">
         <v>200</v>
       </c>
       <c r="M38" s="2">
         <v>0</v>
       </c>
       <c r="N38" s="2">
         <v>300</v>
       </c>
     </row>
     <row r="39" spans="1:14">
       <c r="A39" s="2">
-        <v>112350</v>
+        <v>114233</v>
       </c>
       <c r="B39" s="2" t="s">
         <v>121</v>
       </c>
       <c r="C39" s="2" t="s">
         <v>122</v>
       </c>
       <c r="D39" s="2"/>
       <c r="E39" s="2">
-        <v>14</v>
+        <v>46</v>
       </c>
       <c r="F39" s="2" t="s">
-        <v>26</v>
+        <v>123</v>
       </c>
       <c r="G39" s="2" t="s">
-        <v>17</v>
+        <v>81</v>
       </c>
       <c r="H39" s="2" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="I39" s="2">
         <v>15</v>
       </c>
       <c r="J39" s="2">
-        <v>14</v>
+        <v>4</v>
       </c>
       <c r="K39" s="2">
         <v>100</v>
       </c>
       <c r="L39" s="2">
-        <v>170</v>
+        <v>300</v>
       </c>
       <c r="M39" s="2">
         <v>0</v>
       </c>
       <c r="N39" s="2">
-        <v>270</v>
+        <v>400</v>
       </c>
     </row>
     <row r="40" spans="1:14">
       <c r="A40" s="2">
-        <v>114233</v>
+        <v>112350</v>
       </c>
       <c r="B40" s="2" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="C40" s="2" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="D40" s="2"/>
       <c r="E40" s="2">
-        <v>46</v>
+        <v>14</v>
       </c>
       <c r="F40" s="2" t="s">
-        <v>126</v>
+        <v>26</v>
       </c>
       <c r="G40" s="2" t="s">
-        <v>81</v>
+        <v>17</v>
       </c>
       <c r="H40" s="2" t="s">
         <v>127</v>
       </c>
       <c r="I40" s="2">
         <v>15</v>
       </c>
       <c r="J40" s="2">
-        <v>4</v>
+        <v>14</v>
       </c>
       <c r="K40" s="2">
         <v>100</v>
       </c>
       <c r="L40" s="2">
-        <v>300</v>
+        <v>170</v>
       </c>
       <c r="M40" s="2">
         <v>0</v>
       </c>
       <c r="N40" s="2">
-        <v>400</v>
+        <v>270</v>
       </c>
     </row>
     <row r="41" spans="1:14">
       <c r="A41" s="2">
         <v>120326</v>
       </c>
       <c r="B41" s="2" t="s">
         <v>128</v>
       </c>
       <c r="C41" s="2" t="s">
         <v>129</v>
       </c>
       <c r="D41" s="2"/>
       <c r="E41" s="2">
         <v>48</v>
       </c>
       <c r="F41" s="2" t="s">
         <v>26</v>
       </c>
       <c r="G41" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H41" s="2" t="s">
-        <v>127</v>
+        <v>124</v>
       </c>
       <c r="I41" s="2">
         <v>16</v>
       </c>
       <c r="J41" s="2">
         <v>12</v>
       </c>
       <c r="K41" s="2">
         <v>100</v>
       </c>
       <c r="L41" s="2">
         <v>190</v>
       </c>
       <c r="M41" s="2">
         <v>0</v>
       </c>
       <c r="N41" s="2">
         <v>290</v>
       </c>
     </row>
     <row r="42" spans="1:14">
       <c r="A42" s="2">
         <v>102611</v>
       </c>
       <c r="B42" s="2" t="s">