--- v0 (2025-11-03)
+++ v1 (2026-01-02)
@@ -74,69 +74,69 @@
   <si>
     <t>Bonus Points</t>
   </si>
   <si>
     <t>Total Points</t>
   </si>
   <si>
     <t>Yiu Cheung Raymond</t>
   </si>
   <si>
     <t>Ching</t>
   </si>
   <si>
     <t>程耀祥</t>
   </si>
   <si>
     <t>Hong Kong</t>
   </si>
   <si>
     <t>Male</t>
   </si>
   <si>
     <t>27:03:46</t>
   </si>
   <si>
+    <t>Manolito Lupig</t>
+  </si>
+  <si>
+    <t>Divina</t>
+  </si>
+  <si>
+    <t>Philippines</t>
+  </si>
+  <si>
+    <t>28:36:07</t>
+  </si>
+  <si>
     <t>Jan</t>
   </si>
   <si>
     <t>Nilsen</t>
   </si>
   <si>
     <t>Norway</t>
-  </si>
-[...10 lines deleted...]
-    <t>Philippines</t>
   </si>
   <si>
     <t>Wan Ho Isaac</t>
   </si>
   <si>
     <t>Yuen</t>
   </si>
   <si>
     <t>30:10:11</t>
   </si>
   <si>
     <t>Kwok Lun Allen</t>
   </si>
   <si>
     <t>Ng</t>
   </si>
   <si>
     <t>吳國倫</t>
   </si>
   <si>
     <t>Kit Shan</t>
   </si>
   <si>
     <t>Female</t>
   </si>
@@ -1038,130 +1038,130 @@
       </c>
       <c r="H2" s="2" t="s">
         <v>19</v>
       </c>
       <c r="I2" s="2">
         <v>1</v>
       </c>
       <c r="J2" s="2">
         <v>1</v>
       </c>
       <c r="K2" s="2">
         <v>150</v>
       </c>
       <c r="L2" s="2">
         <v>400</v>
       </c>
       <c r="M2" s="2">
         <v>0</v>
       </c>
       <c r="N2" s="2">
         <v>550</v>
       </c>
     </row>
     <row r="3" spans="1:14">
       <c r="A3" s="2">
-        <v>100219</v>
+        <v>100218</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>20</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>21</v>
       </c>
       <c r="D3" s="2"/>
       <c r="E3" s="2">
-        <v>21</v>
+        <v>13</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>22</v>
       </c>
       <c r="G3" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H3" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I3" s="2">
         <v>2</v>
       </c>
       <c r="J3" s="2">
         <v>2</v>
       </c>
       <c r="K3" s="2">
-        <v>0</v>
+        <v>150</v>
       </c>
       <c r="L3" s="2">
-        <v>0</v>
+        <v>350</v>
       </c>
       <c r="M3" s="2">
         <v>0</v>
       </c>
       <c r="N3" s="2">
-        <v>0</v>
+        <v>500</v>
       </c>
     </row>
     <row r="4" spans="1:14">
       <c r="A4" s="2">
-        <v>100218</v>
+        <v>100219</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>24</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>25</v>
       </c>
       <c r="D4" s="2"/>
       <c r="E4" s="2">
-        <v>13</v>
+        <v>21</v>
       </c>
       <c r="F4" s="2" t="s">
         <v>26</v>
       </c>
       <c r="G4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H4" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I4" s="2">
         <v>2</v>
       </c>
       <c r="J4" s="2">
         <v>2</v>
       </c>
       <c r="K4" s="2">
-        <v>150</v>
+        <v>0</v>
       </c>
       <c r="L4" s="2">
-        <v>350</v>
+        <v>0</v>
       </c>
       <c r="M4" s="2">
         <v>0</v>
       </c>
       <c r="N4" s="2">
-        <v>500</v>
+        <v>0</v>
       </c>
     </row>
     <row r="5" spans="1:14">
       <c r="A5" s="2">
         <v>100163</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>27</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>28</v>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2">
         <v>38</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H5" s="2" t="s">
         <v>29</v>
       </c>
@@ -2631,51 +2631,51 @@
       <c r="L39" s="2">
         <v>88</v>
       </c>
       <c r="M39" s="2">
         <v>0</v>
       </c>
       <c r="N39" s="2">
         <v>238</v>
       </c>
     </row>
     <row r="40" spans="1:14">
       <c r="A40" s="2">
         <v>100254</v>
       </c>
       <c r="B40" s="2" t="s">
         <v>145</v>
       </c>
       <c r="C40" s="2" t="s">
         <v>146</v>
       </c>
       <c r="D40" s="2"/>
       <c r="E40" s="2">
         <v>20</v>
       </c>
       <c r="F40" s="2" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="G40" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H40" s="2" t="s">
         <v>147</v>
       </c>
       <c r="I40" s="2">
         <v>39</v>
       </c>
       <c r="J40" s="2">
         <v>34</v>
       </c>
       <c r="K40" s="2">
         <v>0</v>
       </c>
       <c r="L40" s="2">
         <v>0</v>
       </c>
       <c r="M40" s="2">
         <v>0</v>
       </c>
       <c r="N40" s="2">
         <v>0</v>
       </c>