--- v1 (2026-01-02)
+++ v2 (2026-02-17)
@@ -146,150 +146,150 @@
   <si>
     <t>Matthew</t>
   </si>
   <si>
     <t>Kennedy</t>
   </si>
   <si>
     <t>Great Britain</t>
   </si>
   <si>
     <t>32:46:46</t>
   </si>
   <si>
     <t>Eddie</t>
   </si>
   <si>
     <t>Chan</t>
   </si>
   <si>
     <t>陳遠東</t>
   </si>
   <si>
     <t>32:47:49</t>
   </si>
   <si>
+    <t>Jing</t>
+  </si>
+  <si>
+    <t>Xiao</t>
+  </si>
+  <si>
+    <t>China</t>
+  </si>
+  <si>
+    <t>33:29:59</t>
+  </si>
+  <si>
     <t>Wei Ling</t>
   </si>
   <si>
     <t>Tseng</t>
   </si>
   <si>
     <t>Taiwan</t>
   </si>
   <si>
-    <t>33:29:59</t>
-[...10 lines deleted...]
-  <si>
     <t>Mitsuji</t>
   </si>
   <si>
     <t>Konoshita</t>
   </si>
   <si>
     <t>Singapore</t>
   </si>
   <si>
     <t>34:35:05</t>
   </si>
   <si>
+    <t>Moon Ka</t>
+  </si>
+  <si>
+    <t>Leung</t>
+  </si>
+  <si>
+    <t>34:41:18</t>
+  </si>
+  <si>
     <t>Ming Fai</t>
   </si>
   <si>
     <t>35:23:28</t>
   </si>
   <si>
-    <t>Moon Ka</t>
-[...7 lines deleted...]
-  <si>
     <t>Chun Man Heyman</t>
   </si>
   <si>
     <t>Wong</t>
   </si>
   <si>
     <t>黃俊文</t>
   </si>
   <si>
     <t>35:38:15</t>
   </si>
   <si>
     <t>Kwok On Hugo</t>
   </si>
   <si>
     <t>Lai</t>
   </si>
   <si>
     <t>黎國安</t>
   </si>
   <si>
     <t>Ziyu</t>
   </si>
   <si>
     <t>Zhao</t>
   </si>
   <si>
     <t>趙紫玉</t>
   </si>
   <si>
     <t>36:05:52</t>
   </si>
   <si>
+    <t>Shing Min Bunny</t>
+  </si>
+  <si>
+    <t>Choi</t>
+  </si>
+  <si>
+    <t>徐承勉</t>
+  </si>
+  <si>
+    <t>36:46:08</t>
+  </si>
+  <si>
     <t>Ka Fai Oscar</t>
   </si>
   <si>
     <t>Lee</t>
   </si>
   <si>
     <t>李家輝</t>
-  </si>
-[...10 lines deleted...]
-    <t>徐承勉</t>
   </si>
   <si>
     <t>Staffan</t>
   </si>
   <si>
     <t>Gereonsson</t>
   </si>
   <si>
     <t>Sweden</t>
   </si>
   <si>
     <t>37:16:06</t>
   </si>
   <si>
     <t>Tzu-Hsin</t>
   </si>
   <si>
     <t>Kuo</t>
   </si>
   <si>
     <t>37:25:15</t>
   </si>
   <si>
     <t>Matthew Martin</t>
   </si>
@@ -1336,103 +1336,103 @@
       </c>
       <c r="H9" s="2" t="s">
         <v>43</v>
       </c>
       <c r="I9" s="2">
         <v>8</v>
       </c>
       <c r="J9" s="2">
         <v>7</v>
       </c>
       <c r="K9" s="2">
         <v>150</v>
       </c>
       <c r="L9" s="2">
         <v>240</v>
       </c>
       <c r="M9" s="2">
         <v>0</v>
       </c>
       <c r="N9" s="2">
         <v>390</v>
       </c>
     </row>
     <row r="10" spans="1:14">
       <c r="A10" s="2">
-        <v>100224</v>
+        <v>100225</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>44</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>45</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2">
-        <v>51</v>
+        <v>96</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>46</v>
       </c>
       <c r="G10" s="2" t="s">
         <v>34</v>
       </c>
       <c r="H10" s="2" t="s">
         <v>47</v>
       </c>
       <c r="I10" s="2">
         <v>9</v>
       </c>
       <c r="J10" s="2">
         <v>2</v>
       </c>
       <c r="K10" s="2">
         <v>150</v>
       </c>
       <c r="L10" s="2">
         <v>350</v>
       </c>
       <c r="M10" s="2">
         <v>0</v>
       </c>
       <c r="N10" s="2">
         <v>500</v>
       </c>
     </row>
     <row r="11" spans="1:14">
       <c r="A11" s="2">
-        <v>100225</v>
+        <v>100224</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>48</v>
       </c>
       <c r="C11" s="2" t="s">
         <v>49</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2">
-        <v>96</v>
+        <v>51</v>
       </c>
       <c r="F11" s="2" t="s">
         <v>50</v>
       </c>
       <c r="G11" s="2" t="s">
         <v>34</v>
       </c>
       <c r="H11" s="2" t="s">
         <v>47</v>
       </c>
       <c r="I11" s="2">
         <v>9</v>
       </c>
       <c r="J11" s="2">
         <v>2</v>
       </c>
       <c r="K11" s="2">
         <v>150</v>
       </c>
       <c r="L11" s="2">
         <v>350</v>
       </c>
       <c r="M11" s="2">
         <v>0</v>
       </c>
@@ -1462,130 +1462,130 @@
       </c>
       <c r="H12" s="2" t="s">
         <v>54</v>
       </c>
       <c r="I12" s="2">
         <v>11</v>
       </c>
       <c r="J12" s="2">
         <v>8</v>
       </c>
       <c r="K12" s="2">
         <v>150</v>
       </c>
       <c r="L12" s="2">
         <v>230</v>
       </c>
       <c r="M12" s="2">
         <v>0</v>
       </c>
       <c r="N12" s="2">
         <v>380</v>
       </c>
     </row>
     <row r="13" spans="1:14">
       <c r="A13" s="2">
-        <v>100228</v>
+        <v>100227</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>55</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>41</v>
+        <v>56</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2">
-        <v>80</v>
+        <v>87</v>
       </c>
       <c r="F13" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H13" s="2" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="I13" s="2">
         <v>12</v>
       </c>
       <c r="J13" s="2">
         <v>9</v>
       </c>
       <c r="K13" s="2">
         <v>150</v>
       </c>
       <c r="L13" s="2">
-        <v>210</v>
+        <v>230</v>
       </c>
       <c r="M13" s="2">
         <v>0</v>
       </c>
       <c r="N13" s="2">
-        <v>360</v>
+        <v>380</v>
       </c>
     </row>
     <row r="14" spans="1:14">
       <c r="A14" s="2">
-        <v>100227</v>
+        <v>100228</v>
       </c>
       <c r="B14" s="2" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="C14" s="2" t="s">
-        <v>58</v>
+        <v>41</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2">
-        <v>87</v>
+        <v>80</v>
       </c>
       <c r="F14" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H14" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I14" s="2">
         <v>12</v>
       </c>
       <c r="J14" s="2">
         <v>9</v>
       </c>
       <c r="K14" s="2">
         <v>150</v>
       </c>
       <c r="L14" s="2">
-        <v>230</v>
+        <v>210</v>
       </c>
       <c r="M14" s="2">
         <v>0</v>
       </c>
       <c r="N14" s="2">
-        <v>380</v>
+        <v>360</v>
       </c>
     </row>
     <row r="15" spans="1:14">
       <c r="A15" s="2">
         <v>100229</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>60</v>
       </c>
       <c r="C15" s="2" t="s">
         <v>61</v>
       </c>
       <c r="D15" s="2" t="s">
         <v>62</v>
       </c>
       <c r="E15" s="2">
         <v>76</v>
       </c>
       <c r="F15" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H15" s="2" t="s">
@@ -1649,139 +1649,139 @@
       </c>
       <c r="M16" s="2">
         <v>0</v>
       </c>
       <c r="N16" s="2">
         <v>350</v>
       </c>
     </row>
     <row r="17" spans="1:14">
       <c r="A17" s="2">
         <v>100231</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>67</v>
       </c>
       <c r="C17" s="2" t="s">
         <v>68</v>
       </c>
       <c r="D17" s="2" t="s">
         <v>69</v>
       </c>
       <c r="E17" s="2">
         <v>37</v>
       </c>
       <c r="F17" s="2" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="G17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H17" s="2" t="s">
         <v>70</v>
       </c>
       <c r="I17" s="2">
         <v>16</v>
       </c>
       <c r="J17" s="2">
         <v>13</v>
       </c>
       <c r="K17" s="2">
         <v>150</v>
       </c>
       <c r="L17" s="2">
         <v>180</v>
       </c>
       <c r="M17" s="2">
         <v>0</v>
       </c>
       <c r="N17" s="2">
         <v>330</v>
       </c>
     </row>
     <row r="18" spans="1:14">
       <c r="A18" s="2">
-        <v>100232</v>
+        <v>100233</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>71</v>
       </c>
       <c r="C18" s="2" t="s">
         <v>72</v>
       </c>
       <c r="D18" s="2" t="s">
         <v>73</v>
       </c>
       <c r="E18" s="2">
-        <v>93</v>
+        <v>99</v>
       </c>
       <c r="F18" s="2" t="s">
-        <v>17</v>
+        <v>46</v>
       </c>
       <c r="G18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H18" s="2" t="s">
         <v>74</v>
       </c>
       <c r="I18" s="2">
         <v>17</v>
       </c>
       <c r="J18" s="2">
         <v>14</v>
       </c>
       <c r="K18" s="2">
         <v>150</v>
       </c>
       <c r="L18" s="2">
         <v>170</v>
       </c>
       <c r="M18" s="2">
         <v>0</v>
       </c>
       <c r="N18" s="2">
         <v>320</v>
       </c>
     </row>
     <row r="19" spans="1:14">
       <c r="A19" s="2">
-        <v>100233</v>
+        <v>100232</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>75</v>
       </c>
       <c r="C19" s="2" t="s">
         <v>76</v>
       </c>
       <c r="D19" s="2" t="s">
         <v>77</v>
       </c>
       <c r="E19" s="2">
-        <v>99</v>
+        <v>93</v>
       </c>
       <c r="F19" s="2" t="s">
-        <v>50</v>
+        <v>17</v>
       </c>
       <c r="G19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H19" s="2" t="s">
         <v>74</v>
       </c>
       <c r="I19" s="2">
         <v>17</v>
       </c>
       <c r="J19" s="2">
         <v>14</v>
       </c>
       <c r="K19" s="2">
         <v>150</v>
       </c>
       <c r="L19" s="2">
         <v>170</v>
       </c>
       <c r="M19" s="2">
         <v>0</v>
       </c>
       <c r="N19" s="2">
         <v>320</v>
       </c>
@@ -1821,51 +1821,51 @@
       <c r="L20" s="2">
         <v>150</v>
       </c>
       <c r="M20" s="2">
         <v>0</v>
       </c>
       <c r="N20" s="2">
         <v>300</v>
       </c>
     </row>
     <row r="21" spans="1:14">
       <c r="A21" s="2">
         <v>100235</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>82</v>
       </c>
       <c r="C21" s="2" t="s">
         <v>83</v>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2">
         <v>50</v>
       </c>
       <c r="F21" s="2" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="G21" s="2" t="s">
         <v>34</v>
       </c>
       <c r="H21" s="2" t="s">
         <v>84</v>
       </c>
       <c r="I21" s="2">
         <v>20</v>
       </c>
       <c r="J21" s="2">
         <v>4</v>
       </c>
       <c r="K21" s="2">
         <v>150</v>
       </c>
       <c r="L21" s="2">
         <v>300</v>
       </c>
       <c r="M21" s="2">
         <v>0</v>
       </c>
       <c r="N21" s="2">
         <v>450</v>
       </c>
@@ -2163,51 +2163,51 @@
       </c>
       <c r="M28" s="2">
         <v>0</v>
       </c>
       <c r="N28" s="2">
         <v>248</v>
       </c>
     </row>
     <row r="29" spans="1:14">
       <c r="A29" s="2">
         <v>100243</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>110</v>
       </c>
       <c r="C29" s="2" t="s">
         <v>111</v>
       </c>
       <c r="D29" s="2" t="s">
         <v>112</v>
       </c>
       <c r="E29" s="2">
         <v>19</v>
       </c>
       <c r="F29" s="2" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="G29" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H29" s="2" t="s">
         <v>113</v>
       </c>
       <c r="I29" s="2">
         <v>28</v>
       </c>
       <c r="J29" s="2">
         <v>24</v>
       </c>
       <c r="K29" s="2">
         <v>150</v>
       </c>
       <c r="L29" s="2">
         <v>97</v>
       </c>
       <c r="M29" s="2">
         <v>0</v>
       </c>
       <c r="N29" s="2">
         <v>247</v>
       </c>
@@ -2326,51 +2326,51 @@
       </c>
       <c r="J32" s="2">
         <v>27</v>
       </c>
       <c r="K32" s="2">
         <v>150</v>
       </c>
       <c r="L32" s="2">
         <v>94</v>
       </c>
       <c r="M32" s="2">
         <v>0</v>
       </c>
       <c r="N32" s="2">
         <v>244</v>
       </c>
     </row>
     <row r="33" spans="1:14">
       <c r="A33" s="2">
         <v>100247</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>124</v>
       </c>
       <c r="C33" s="2" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="D33" s="2"/>
       <c r="E33" s="2">
         <v>74</v>
       </c>
       <c r="F33" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G33" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H33" s="2" t="s">
         <v>125</v>
       </c>
       <c r="I33" s="2">
         <v>32</v>
       </c>
       <c r="J33" s="2">
         <v>28</v>
       </c>
       <c r="K33" s="2">
         <v>150</v>
       </c>
       <c r="L33" s="2">
         <v>93</v>
@@ -2410,51 +2410,51 @@
       </c>
       <c r="J34" s="2">
         <v>29</v>
       </c>
       <c r="K34" s="2">
         <v>150</v>
       </c>
       <c r="L34" s="2">
         <v>92</v>
       </c>
       <c r="M34" s="2">
         <v>0</v>
       </c>
       <c r="N34" s="2">
         <v>242</v>
       </c>
     </row>
     <row r="35" spans="1:14">
       <c r="A35" s="2">
         <v>100249</v>
       </c>
       <c r="B35" s="2" t="s">
         <v>129</v>
       </c>
       <c r="C35" s="2" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="D35" s="2"/>
       <c r="E35" s="2">
         <v>17</v>
       </c>
       <c r="F35" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G35" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H35" s="2" t="s">
         <v>130</v>
       </c>
       <c r="I35" s="2">
         <v>34</v>
       </c>
       <c r="J35" s="2">
         <v>30</v>
       </c>
       <c r="K35" s="2">
         <v>150</v>
       </c>
       <c r="L35" s="2">
         <v>91</v>
@@ -2708,60 +2708,60 @@
       </c>
       <c r="J41" s="2">
         <v>35</v>
       </c>
       <c r="K41" s="2">
         <v>150</v>
       </c>
       <c r="L41" s="2">
         <v>86</v>
       </c>
       <c r="M41" s="2">
         <v>0</v>
       </c>
       <c r="N41" s="2">
         <v>236</v>
       </c>
     </row>
     <row r="42" spans="1:14">
       <c r="A42" s="2">
         <v>100256</v>
       </c>
       <c r="B42" s="2" t="s">
         <v>151</v>
       </c>
       <c r="C42" s="2" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="D42" s="2" t="s">
         <v>152</v>
       </c>
       <c r="E42" s="2">
         <v>36</v>
       </c>
       <c r="F42" s="2" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="G42" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H42" s="2" t="s">
         <v>153</v>
       </c>
       <c r="I42" s="2">
         <v>41</v>
       </c>
       <c r="J42" s="2">
         <v>36</v>
       </c>
       <c r="K42" s="2">
         <v>150</v>
       </c>
       <c r="L42" s="2">
         <v>85</v>
       </c>
       <c r="M42" s="2">
         <v>0</v>
       </c>
       <c r="N42" s="2">
         <v>235</v>
       </c>
@@ -2803,51 +2803,51 @@
       </c>
       <c r="M43" s="2">
         <v>0</v>
       </c>
       <c r="N43" s="2">
         <v>234</v>
       </c>
     </row>
     <row r="44" spans="1:14">
       <c r="A44" s="2">
         <v>100258</v>
       </c>
       <c r="B44" s="2" t="s">
         <v>157</v>
       </c>
       <c r="C44" s="2" t="s">
         <v>158</v>
       </c>
       <c r="D44" s="2" t="s">
         <v>159</v>
       </c>
       <c r="E44" s="2">
         <v>27</v>
       </c>
       <c r="F44" s="2" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="G44" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H44" s="2" t="s">
         <v>160</v>
       </c>
       <c r="I44" s="2">
         <v>43</v>
       </c>
       <c r="J44" s="2">
         <v>38</v>
       </c>
       <c r="K44" s="2">
         <v>150</v>
       </c>
       <c r="L44" s="2">
         <v>83</v>
       </c>
       <c r="M44" s="2">
         <v>0</v>
       </c>
       <c r="N44" s="2">
         <v>233</v>
       </c>