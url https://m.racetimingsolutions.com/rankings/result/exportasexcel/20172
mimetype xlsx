--- v0 (2025-12-23)
+++ v1 (2026-02-13)
@@ -56,105 +56,105 @@
   <si>
     <t>Gender</t>
   </si>
   <si>
     <t>Finish Time</t>
   </si>
   <si>
     <t>Overall Position</t>
   </si>
   <si>
     <t>Gender Position</t>
   </si>
   <si>
     <t>Finisher Points</t>
   </si>
   <si>
     <t>Performance Points</t>
   </si>
   <si>
     <t>Bonus Points</t>
   </si>
   <si>
     <t>Total Points</t>
   </si>
   <si>
+    <t>minseo Kwak - 곽민서</t>
+  </si>
+  <si>
+    <t>South Korea</t>
+  </si>
+  <si>
+    <t>Female</t>
+  </si>
+  <si>
+    <t>22:32:35</t>
+  </si>
+  <si>
+    <t>Mijin Lim - 임미진</t>
+  </si>
+  <si>
+    <t>26:07:12.999999999956</t>
+  </si>
+  <si>
+    <t>sanhee sung - 성산희</t>
+  </si>
+  <si>
+    <t>22:40:27</t>
+  </si>
+  <si>
+    <t>Minhee</t>
+  </si>
+  <si>
+    <t>Kim 김민희</t>
+  </si>
+  <si>
+    <t>22:22:15</t>
+  </si>
+  <si>
     <t>Soyoung Lee - 이소영</t>
   </si>
   <si>
-    <t>South Korea</t>
-[...4 lines deleted...]
-  <si>
     <t>24:16:34.000000000029</t>
   </si>
   <si>
     <t>Jyh Hann</t>
   </si>
   <si>
     <t>Lim</t>
   </si>
   <si>
     <t>林志翰</t>
   </si>
   <si>
     <t>Malaysia</t>
   </si>
   <si>
     <t>Male</t>
   </si>
   <si>
     <t>25:46:13</t>
-  </si>
-[...25 lines deleted...]
-    <t>22:22:15</t>
   </si>
   <si>
     <t>Gediminas</t>
   </si>
   <si>
     <t>Grinius</t>
   </si>
   <si>
     <t>Lithuania</t>
   </si>
   <si>
     <t>1076484:53:26.999999046326</t>
   </si>
   <si>
     <t>Kim</t>
   </si>
   <si>
     <t>Jisu 김지수</t>
   </si>
   <si>
     <t>1076485:36:58</t>
   </si>
   <si>
     <t>Jae Duk</t>
   </si>
@@ -787,853 +787,853 @@
       </c>
       <c r="H1" s="1" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
       <c r="J1" s="1" t="s">
         <v>9</v>
       </c>
       <c r="K1" s="1" t="s">
         <v>10</v>
       </c>
       <c r="L1" s="1" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="1" t="s">
         <v>12</v>
       </c>
       <c r="N1" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="2" spans="1:14">
       <c r="A2" s="2">
-        <v>121155</v>
+        <v>121153</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2" t="s">
         <v>14</v>
       </c>
       <c r="D2" s="2"/>
       <c r="E2" s="2">
-        <v>2006</v>
+        <v>2008</v>
       </c>
       <c r="F2" s="2" t="s">
         <v>15</v>
       </c>
       <c r="G2" s="2" t="s">
         <v>16</v>
       </c>
       <c r="H2" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I2" s="2">
         <v>0</v>
       </c>
       <c r="J2" s="2">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="K2" s="2">
         <v>100</v>
       </c>
       <c r="L2" s="2">
-        <v>220</v>
+        <v>240</v>
       </c>
       <c r="M2" s="2">
         <v>0</v>
       </c>
       <c r="N2" s="2">
-        <v>320</v>
+        <v>340</v>
       </c>
     </row>
     <row r="3" spans="1:14">
       <c r="A3" s="2">
-        <v>103603</v>
-[...1 lines deleted...]
-      <c r="B3" s="2" t="s">
+        <v>121156</v>
+      </c>
+      <c r="B3" s="2"/>
+      <c r="C3" s="2" t="s">
         <v>18</v>
       </c>
-      <c r="C3" s="2" t="s">
+      <c r="D3" s="2"/>
+      <c r="E3" s="2">
+        <v>2001</v>
+      </c>
+      <c r="F3" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="G3" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="H3" s="2" t="s">
         <v>19</v>
       </c>
-      <c r="D3" s="2" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="I3" s="2">
         <v>0</v>
       </c>
       <c r="J3" s="2">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="K3" s="2">
-        <v>0</v>
+        <v>100</v>
       </c>
       <c r="L3" s="2">
-        <v>0</v>
+        <v>210</v>
       </c>
       <c r="M3" s="2">
         <v>0</v>
       </c>
       <c r="N3" s="2">
-        <v>0</v>
+        <v>310</v>
       </c>
     </row>
     <row r="4" spans="1:14">
       <c r="A4" s="2">
-        <v>121153</v>
+        <v>121154</v>
       </c>
       <c r="B4" s="2"/>
       <c r="C4" s="2" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="D4" s="2"/>
       <c r="E4" s="2">
-        <v>2008</v>
+        <v>2003</v>
       </c>
       <c r="F4" s="2" t="s">
         <v>15</v>
       </c>
       <c r="G4" s="2" t="s">
         <v>16</v>
       </c>
       <c r="H4" s="2" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="I4" s="2">
         <v>0</v>
       </c>
       <c r="J4" s="2">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="K4" s="2">
         <v>100</v>
       </c>
       <c r="L4" s="2">
-        <v>240</v>
+        <v>230</v>
       </c>
       <c r="M4" s="2">
         <v>0</v>
       </c>
       <c r="N4" s="2">
-        <v>340</v>
+        <v>330</v>
       </c>
     </row>
     <row r="5" spans="1:14">
       <c r="A5" s="2">
-        <v>121156</v>
-[...1 lines deleted...]
-      <c r="B5" s="2"/>
+        <v>121152</v>
+      </c>
+      <c r="B5" s="2" t="s">
+        <v>22</v>
+      </c>
       <c r="C5" s="2" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2">
-        <v>2001</v>
+        <v>2004</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>15</v>
       </c>
       <c r="G5" s="2" t="s">
         <v>16</v>
       </c>
       <c r="H5" s="2" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="I5" s="2">
         <v>0</v>
       </c>
       <c r="J5" s="2">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="K5" s="2">
         <v>100</v>
       </c>
       <c r="L5" s="2">
-        <v>210</v>
+        <v>250</v>
       </c>
       <c r="M5" s="2">
         <v>0</v>
       </c>
       <c r="N5" s="2">
-        <v>310</v>
+        <v>350</v>
       </c>
     </row>
     <row r="6" spans="1:14">
       <c r="A6" s="2">
-        <v>121154</v>
+        <v>121155</v>
       </c>
       <c r="B6" s="2"/>
       <c r="C6" s="2" t="s">
-        <v>28</v>
+        <v>25</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2">
-        <v>2003</v>
+        <v>2006</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>15</v>
       </c>
       <c r="G6" s="2" t="s">
         <v>16</v>
       </c>
       <c r="H6" s="2" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="I6" s="2">
         <v>0</v>
       </c>
       <c r="J6" s="2">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="K6" s="2">
         <v>100</v>
       </c>
       <c r="L6" s="2">
-        <v>230</v>
+        <v>220</v>
       </c>
       <c r="M6" s="2">
         <v>0</v>
       </c>
       <c r="N6" s="2">
-        <v>330</v>
+        <v>320</v>
       </c>
     </row>
     <row r="7" spans="1:14">
       <c r="A7" s="2">
-        <v>121152</v>
+        <v>103603</v>
       </c>
       <c r="B7" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="C7" s="2" t="s">
+        <v>28</v>
+      </c>
+      <c r="D7" s="2" t="s">
+        <v>29</v>
+      </c>
+      <c r="E7" s="2">
+        <v>1170</v>
+      </c>
+      <c r="F7" s="2" t="s">
         <v>30</v>
       </c>
-      <c r="C7" s="2" t="s">
-[...8 lines deleted...]
-      </c>
       <c r="G7" s="2" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="H7" s="2" t="s">
         <v>32</v>
       </c>
       <c r="I7" s="2">
         <v>0</v>
       </c>
       <c r="J7" s="2">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="K7" s="2">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="L7" s="2">
-        <v>250</v>
+        <v>0</v>
       </c>
       <c r="M7" s="2">
         <v>0</v>
       </c>
       <c r="N7" s="2">
-        <v>350</v>
+        <v>0</v>
       </c>
     </row>
     <row r="8" spans="1:14">
       <c r="A8" s="2">
         <v>121127</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>33</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>34</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2">
         <v>36</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>35</v>
       </c>
       <c r="G8" s="2" t="s">
-        <v>22</v>
+        <v>31</v>
       </c>
       <c r="H8" s="2" t="s">
         <v>36</v>
       </c>
       <c r="I8" s="2">
         <v>1</v>
       </c>
       <c r="J8" s="2">
         <v>1</v>
       </c>
       <c r="K8" s="2">
         <v>100</v>
       </c>
       <c r="L8" s="2">
         <v>400</v>
       </c>
       <c r="M8" s="2">
         <v>0</v>
       </c>
       <c r="N8" s="2">
         <v>500</v>
       </c>
     </row>
     <row r="9" spans="1:14">
       <c r="A9" s="2">
         <v>121128</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>37</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>38</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2">
         <v>4</v>
       </c>
       <c r="F9" s="2" t="s">
         <v>15</v>
       </c>
       <c r="G9" s="2" t="s">
-        <v>22</v>
+        <v>31</v>
       </c>
       <c r="H9" s="2" t="s">
         <v>39</v>
       </c>
       <c r="I9" s="2">
         <v>2</v>
       </c>
       <c r="J9" s="2">
         <v>2</v>
       </c>
       <c r="K9" s="2">
         <v>100</v>
       </c>
       <c r="L9" s="2">
         <v>350</v>
       </c>
       <c r="M9" s="2">
         <v>0</v>
       </c>
       <c r="N9" s="2">
         <v>450</v>
       </c>
     </row>
     <row r="10" spans="1:14">
       <c r="A10" s="2">
         <v>121129</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>40</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>41</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2">
         <v>2</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>15</v>
       </c>
       <c r="G10" s="2" t="s">
-        <v>22</v>
+        <v>31</v>
       </c>
       <c r="H10" s="2" t="s">
         <v>42</v>
       </c>
       <c r="I10" s="2">
         <v>3</v>
       </c>
       <c r="J10" s="2">
         <v>3</v>
       </c>
       <c r="K10" s="2">
         <v>100</v>
       </c>
       <c r="L10" s="2">
         <v>325</v>
       </c>
       <c r="M10" s="2">
         <v>0</v>
       </c>
       <c r="N10" s="2">
         <v>425</v>
       </c>
     </row>
     <row r="11" spans="1:14">
       <c r="A11" s="2">
         <v>121130</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>43</v>
       </c>
       <c r="C11" s="2" t="s">
         <v>44</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2">
         <v>1018</v>
       </c>
       <c r="F11" s="2" t="s">
         <v>15</v>
       </c>
       <c r="G11" s="2" t="s">
-        <v>22</v>
+        <v>31</v>
       </c>
       <c r="H11" s="2" t="s">
         <v>45</v>
       </c>
       <c r="I11" s="2">
         <v>4</v>
       </c>
       <c r="J11" s="2">
         <v>4</v>
       </c>
       <c r="K11" s="2">
         <v>100</v>
       </c>
       <c r="L11" s="2">
         <v>300</v>
       </c>
       <c r="M11" s="2">
         <v>0</v>
       </c>
       <c r="N11" s="2">
         <v>400</v>
       </c>
     </row>
     <row r="12" spans="1:14">
       <c r="A12" s="2">
         <v>104908</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>46</v>
       </c>
       <c r="C12" s="2" t="s">
         <v>47</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2">
         <v>1161</v>
       </c>
       <c r="F12" s="2" t="s">
         <v>48</v>
       </c>
       <c r="G12" s="2" t="s">
-        <v>22</v>
+        <v>31</v>
       </c>
       <c r="H12" s="2" t="s">
         <v>49</v>
       </c>
       <c r="I12" s="2">
         <v>5</v>
       </c>
       <c r="J12" s="2">
         <v>5</v>
       </c>
       <c r="K12" s="2">
         <v>100</v>
       </c>
       <c r="L12" s="2">
         <v>275</v>
       </c>
       <c r="M12" s="2">
         <v>0</v>
       </c>
       <c r="N12" s="2">
         <v>375</v>
       </c>
     </row>
     <row r="13" spans="1:14">
       <c r="A13" s="2">
         <v>121131</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>50</v>
       </c>
       <c r="C13" s="2" t="s">
         <v>51</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2">
         <v>1009</v>
       </c>
       <c r="F13" s="2" t="s">
         <v>15</v>
       </c>
       <c r="G13" s="2" t="s">
-        <v>22</v>
+        <v>31</v>
       </c>
       <c r="H13" s="2" t="s">
         <v>52</v>
       </c>
       <c r="I13" s="2">
         <v>6</v>
       </c>
       <c r="J13" s="2">
         <v>6</v>
       </c>
       <c r="K13" s="2">
         <v>100</v>
       </c>
       <c r="L13" s="2">
         <v>250</v>
       </c>
       <c r="M13" s="2">
         <v>0</v>
       </c>
       <c r="N13" s="2">
         <v>350</v>
       </c>
     </row>
     <row r="14" spans="1:14">
       <c r="A14" s="2">
         <v>101827</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>53</v>
       </c>
       <c r="C14" s="2" t="s">
         <v>54</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2">
         <v>1172</v>
       </c>
       <c r="F14" s="2" t="s">
         <v>48</v>
       </c>
       <c r="G14" s="2" t="s">
-        <v>22</v>
+        <v>31</v>
       </c>
       <c r="H14" s="2" t="s">
         <v>55</v>
       </c>
       <c r="I14" s="2">
         <v>7</v>
       </c>
       <c r="J14" s="2">
         <v>7</v>
       </c>
       <c r="K14" s="2">
         <v>100</v>
       </c>
       <c r="L14" s="2">
         <v>240</v>
       </c>
       <c r="M14" s="2">
         <v>0</v>
       </c>
       <c r="N14" s="2">
         <v>340</v>
       </c>
     </row>
     <row r="15" spans="1:14">
       <c r="A15" s="2">
         <v>121132</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>56</v>
       </c>
       <c r="C15" s="2" t="s">
         <v>57</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2">
         <v>1046</v>
       </c>
       <c r="F15" s="2" t="s">
         <v>15</v>
       </c>
       <c r="G15" s="2" t="s">
-        <v>22</v>
+        <v>31</v>
       </c>
       <c r="H15" s="2" t="s">
         <v>58</v>
       </c>
       <c r="I15" s="2">
         <v>8</v>
       </c>
       <c r="J15" s="2">
         <v>8</v>
       </c>
       <c r="K15" s="2">
         <v>100</v>
       </c>
       <c r="L15" s="2">
         <v>230</v>
       </c>
       <c r="M15" s="2">
         <v>0</v>
       </c>
       <c r="N15" s="2">
         <v>330</v>
       </c>
     </row>
     <row r="16" spans="1:14">
       <c r="A16" s="2">
         <v>121133</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>59</v>
       </c>
       <c r="C16" s="2" t="s">
         <v>60</v>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2">
         <v>7</v>
       </c>
       <c r="F16" s="2" t="s">
         <v>15</v>
       </c>
       <c r="G16" s="2" t="s">
-        <v>22</v>
+        <v>31</v>
       </c>
       <c r="H16" s="2" t="s">
         <v>61</v>
       </c>
       <c r="I16" s="2">
         <v>9</v>
       </c>
       <c r="J16" s="2">
         <v>9</v>
       </c>
       <c r="K16" s="2">
         <v>100</v>
       </c>
       <c r="L16" s="2">
         <v>220</v>
       </c>
       <c r="M16" s="2">
         <v>0</v>
       </c>
       <c r="N16" s="2">
         <v>320</v>
       </c>
     </row>
     <row r="17" spans="1:14">
       <c r="A17" s="2">
         <v>121134</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>62</v>
       </c>
       <c r="C17" s="2" t="s">
         <v>63</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2">
         <v>1060</v>
       </c>
       <c r="F17" s="2" t="s">
         <v>15</v>
       </c>
       <c r="G17" s="2" t="s">
-        <v>22</v>
+        <v>31</v>
       </c>
       <c r="H17" s="2" t="s">
         <v>64</v>
       </c>
       <c r="I17" s="2">
         <v>10</v>
       </c>
       <c r="J17" s="2">
         <v>10</v>
       </c>
       <c r="K17" s="2">
         <v>100</v>
       </c>
       <c r="L17" s="2">
         <v>210</v>
       </c>
       <c r="M17" s="2">
         <v>0</v>
       </c>
       <c r="N17" s="2">
         <v>310</v>
       </c>
     </row>
     <row r="18" spans="1:14">
       <c r="A18" s="2">
         <v>121135</v>
       </c>
       <c r="B18" s="2"/>
       <c r="C18" s="2" t="s">
         <v>65</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2">
         <v>1167</v>
       </c>
       <c r="F18" s="2" t="s">
         <v>15</v>
       </c>
       <c r="G18" s="2" t="s">
-        <v>22</v>
+        <v>31</v>
       </c>
       <c r="H18" s="2" t="s">
         <v>66</v>
       </c>
       <c r="I18" s="2">
         <v>11</v>
       </c>
       <c r="J18" s="2">
         <v>11</v>
       </c>
       <c r="K18" s="2">
         <v>100</v>
       </c>
       <c r="L18" s="2">
         <v>200</v>
       </c>
       <c r="M18" s="2">
         <v>0</v>
       </c>
       <c r="N18" s="2">
         <v>300</v>
       </c>
     </row>
     <row r="19" spans="1:14">
       <c r="A19" s="2">
         <v>121136</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>67</v>
       </c>
       <c r="C19" s="2" t="s">
         <v>68</v>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2">
         <v>6</v>
       </c>
       <c r="F19" s="2" t="s">
         <v>48</v>
       </c>
       <c r="G19" s="2" t="s">
-        <v>22</v>
+        <v>31</v>
       </c>
       <c r="H19" s="2" t="s">
         <v>69</v>
       </c>
       <c r="I19" s="2">
         <v>12</v>
       </c>
       <c r="J19" s="2">
         <v>12</v>
       </c>
       <c r="K19" s="2">
         <v>100</v>
       </c>
       <c r="L19" s="2">
         <v>190</v>
       </c>
       <c r="M19" s="2">
         <v>0</v>
       </c>
       <c r="N19" s="2">
         <v>290</v>
       </c>
     </row>
     <row r="20" spans="1:14">
       <c r="A20" s="2">
         <v>121137</v>
       </c>
       <c r="B20" s="2"/>
       <c r="C20" s="2" t="s">
         <v>70</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2">
         <v>1085</v>
       </c>
       <c r="F20" s="2" t="s">
         <v>15</v>
       </c>
       <c r="G20" s="2" t="s">
-        <v>22</v>
+        <v>31</v>
       </c>
       <c r="H20" s="2" t="s">
         <v>71</v>
       </c>
       <c r="I20" s="2">
         <v>13</v>
       </c>
       <c r="J20" s="2">
         <v>13</v>
       </c>
       <c r="K20" s="2">
         <v>100</v>
       </c>
       <c r="L20" s="2">
         <v>180</v>
       </c>
       <c r="M20" s="2">
         <v>0</v>
       </c>
       <c r="N20" s="2">
         <v>280</v>
       </c>
     </row>
     <row r="21" spans="1:14">
       <c r="A21" s="2">
         <v>121138</v>
       </c>
       <c r="B21" s="2"/>
       <c r="C21" s="2" t="s">
         <v>72</v>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2">
         <v>1165</v>
       </c>
       <c r="F21" s="2" t="s">
         <v>15</v>
       </c>
       <c r="G21" s="2" t="s">
-        <v>22</v>
+        <v>31</v>
       </c>
       <c r="H21" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I21" s="2">
         <v>14</v>
       </c>
       <c r="J21" s="2">
         <v>14</v>
       </c>
       <c r="K21" s="2">
         <v>100</v>
       </c>
       <c r="L21" s="2">
         <v>170</v>
       </c>
       <c r="M21" s="2">
         <v>0</v>
       </c>
       <c r="N21" s="2">
         <v>270</v>
       </c>
     </row>
     <row r="22" spans="1:14">
       <c r="A22" s="2">
@@ -1671,135 +1671,135 @@
         <v>400</v>
       </c>
       <c r="M22" s="2">
         <v>0</v>
       </c>
       <c r="N22" s="2">
         <v>500</v>
       </c>
     </row>
     <row r="23" spans="1:14">
       <c r="A23" s="2">
         <v>121140</v>
       </c>
       <c r="B23" s="2"/>
       <c r="C23" s="2" t="s">
         <v>77</v>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="2">
         <v>1006</v>
       </c>
       <c r="F23" s="2" t="s">
         <v>15</v>
       </c>
       <c r="G23" s="2" t="s">
-        <v>22</v>
+        <v>31</v>
       </c>
       <c r="H23" s="2" t="s">
         <v>78</v>
       </c>
       <c r="I23" s="2">
         <v>16</v>
       </c>
       <c r="J23" s="2">
         <v>15</v>
       </c>
       <c r="K23" s="2">
         <v>100</v>
       </c>
       <c r="L23" s="2">
         <v>160</v>
       </c>
       <c r="M23" s="2">
         <v>0</v>
       </c>
       <c r="N23" s="2">
         <v>260</v>
       </c>
     </row>
     <row r="24" spans="1:14">
       <c r="A24" s="2">
         <v>121141</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>79</v>
       </c>
       <c r="C24" s="2" t="s">
         <v>80</v>
       </c>
       <c r="D24" s="2"/>
       <c r="E24" s="2">
         <v>1162</v>
       </c>
       <c r="F24" s="2" t="s">
         <v>48</v>
       </c>
       <c r="G24" s="2" t="s">
-        <v>22</v>
+        <v>31</v>
       </c>
       <c r="H24" s="2" t="s">
         <v>81</v>
       </c>
       <c r="I24" s="2">
         <v>17</v>
       </c>
       <c r="J24" s="2">
         <v>16</v>
       </c>
       <c r="K24" s="2">
         <v>100</v>
       </c>
       <c r="L24" s="2">
         <v>150</v>
       </c>
       <c r="M24" s="2">
         <v>0</v>
       </c>
       <c r="N24" s="2">
         <v>250</v>
       </c>
     </row>
     <row r="25" spans="1:14">
       <c r="A25" s="2">
         <v>121142</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>82</v>
       </c>
       <c r="C25" s="2" t="s">
         <v>83</v>
       </c>
       <c r="D25" s="2"/>
       <c r="E25" s="2">
         <v>1163</v>
       </c>
       <c r="F25" s="2" t="s">
         <v>48</v>
       </c>
       <c r="G25" s="2" t="s">
-        <v>22</v>
+        <v>31</v>
       </c>
       <c r="H25" s="2" t="s">
         <v>81</v>
       </c>
       <c r="I25" s="2">
         <v>18</v>
       </c>
       <c r="J25" s="2">
         <v>17</v>
       </c>
       <c r="K25" s="2">
         <v>100</v>
       </c>
       <c r="L25" s="2">
         <v>140</v>
       </c>
       <c r="M25" s="2">
         <v>0</v>
       </c>
       <c r="N25" s="2">
         <v>240</v>
       </c>
     </row>
     <row r="26" spans="1:14">
       <c r="A26" s="2">
@@ -1839,331 +1839,331 @@
       <c r="M26" s="2">
         <v>0</v>
       </c>
       <c r="N26" s="2">
         <v>450</v>
       </c>
     </row>
     <row r="27" spans="1:14">
       <c r="A27" s="2">
         <v>112999</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>86</v>
       </c>
       <c r="C27" s="2" t="s">
         <v>87</v>
       </c>
       <c r="D27" s="2"/>
       <c r="E27" s="2">
         <v>1164</v>
       </c>
       <c r="F27" s="2" t="s">
         <v>48</v>
       </c>
       <c r="G27" s="2" t="s">
-        <v>22</v>
+        <v>31</v>
       </c>
       <c r="H27" s="2" t="s">
         <v>81</v>
       </c>
       <c r="I27" s="2">
         <v>20</v>
       </c>
       <c r="J27" s="2">
         <v>18</v>
       </c>
       <c r="K27" s="2">
         <v>100</v>
       </c>
       <c r="L27" s="2">
         <v>130</v>
       </c>
       <c r="M27" s="2">
         <v>0</v>
       </c>
       <c r="N27" s="2">
         <v>230</v>
       </c>
     </row>
     <row r="28" spans="1:14">
       <c r="A28" s="2">
         <v>121145</v>
       </c>
       <c r="B28" s="2"/>
       <c r="C28" s="2" t="s">
         <v>88</v>
       </c>
       <c r="D28" s="2"/>
       <c r="E28" s="2">
         <v>1069</v>
       </c>
       <c r="F28" s="2" t="s">
         <v>15</v>
       </c>
       <c r="G28" s="2" t="s">
-        <v>22</v>
+        <v>31</v>
       </c>
       <c r="H28" s="2" t="s">
         <v>89</v>
       </c>
       <c r="I28" s="2">
         <v>21</v>
       </c>
       <c r="J28" s="2">
         <v>19</v>
       </c>
       <c r="K28" s="2">
         <v>100</v>
       </c>
       <c r="L28" s="2">
         <v>120</v>
       </c>
       <c r="M28" s="2">
         <v>0</v>
       </c>
       <c r="N28" s="2">
         <v>220</v>
       </c>
     </row>
     <row r="29" spans="1:14">
       <c r="A29" s="2">
         <v>121146</v>
       </c>
       <c r="B29" s="2"/>
       <c r="C29" s="2" t="s">
         <v>90</v>
       </c>
       <c r="D29" s="2"/>
       <c r="E29" s="2">
         <v>1128</v>
       </c>
       <c r="F29" s="2" t="s">
         <v>15</v>
       </c>
       <c r="G29" s="2" t="s">
-        <v>22</v>
+        <v>31</v>
       </c>
       <c r="H29" s="2" t="s">
         <v>91</v>
       </c>
       <c r="I29" s="2">
         <v>22</v>
       </c>
       <c r="J29" s="2">
         <v>20</v>
       </c>
       <c r="K29" s="2">
         <v>100</v>
       </c>
       <c r="L29" s="2">
         <v>110</v>
       </c>
       <c r="M29" s="2">
         <v>0</v>
       </c>
       <c r="N29" s="2">
         <v>210</v>
       </c>
     </row>
     <row r="30" spans="1:14">
       <c r="A30" s="2">
         <v>121147</v>
       </c>
       <c r="B30" s="2"/>
       <c r="C30" s="2" t="s">
         <v>92</v>
       </c>
       <c r="D30" s="2"/>
       <c r="E30" s="2">
         <v>1122</v>
       </c>
       <c r="F30" s="2" t="s">
         <v>15</v>
       </c>
       <c r="G30" s="2" t="s">
-        <v>22</v>
+        <v>31</v>
       </c>
       <c r="H30" s="2" t="s">
         <v>93</v>
       </c>
       <c r="I30" s="2">
         <v>23</v>
       </c>
       <c r="J30" s="2">
         <v>21</v>
       </c>
       <c r="K30" s="2">
         <v>100</v>
       </c>
       <c r="L30" s="2">
         <v>100</v>
       </c>
       <c r="M30" s="2">
         <v>0</v>
       </c>
       <c r="N30" s="2">
         <v>200</v>
       </c>
     </row>
     <row r="31" spans="1:14">
       <c r="A31" s="2">
         <v>121148</v>
       </c>
       <c r="B31" s="2"/>
       <c r="C31" s="2" t="s">
         <v>94</v>
       </c>
       <c r="D31" s="2"/>
       <c r="E31" s="2">
         <v>1091</v>
       </c>
       <c r="F31" s="2" t="s">
         <v>15</v>
       </c>
       <c r="G31" s="2" t="s">
-        <v>22</v>
+        <v>31</v>
       </c>
       <c r="H31" s="2" t="s">
         <v>93</v>
       </c>
       <c r="I31" s="2">
         <v>24</v>
       </c>
       <c r="J31" s="2">
         <v>22</v>
       </c>
       <c r="K31" s="2">
         <v>100</v>
       </c>
       <c r="L31" s="2">
         <v>90</v>
       </c>
       <c r="M31" s="2">
         <v>0</v>
       </c>
       <c r="N31" s="2">
         <v>190</v>
       </c>
     </row>
     <row r="32" spans="1:14">
       <c r="A32" s="2">
         <v>121149</v>
       </c>
       <c r="B32" s="2"/>
       <c r="C32" s="2" t="s">
         <v>95</v>
       </c>
       <c r="D32" s="2"/>
       <c r="E32" s="2">
         <v>1148</v>
       </c>
       <c r="F32" s="2" t="s">
         <v>15</v>
       </c>
       <c r="G32" s="2" t="s">
-        <v>22</v>
+        <v>31</v>
       </c>
       <c r="H32" s="2" t="s">
         <v>96</v>
       </c>
       <c r="I32" s="2">
         <v>25</v>
       </c>
       <c r="J32" s="2">
         <v>23</v>
       </c>
       <c r="K32" s="2">
         <v>100</v>
       </c>
       <c r="L32" s="2">
         <v>80</v>
       </c>
       <c r="M32" s="2">
         <v>0</v>
       </c>
       <c r="N32" s="2">
         <v>180</v>
       </c>
     </row>
     <row r="33" spans="1:14">
       <c r="A33" s="2">
         <v>121150</v>
       </c>
       <c r="B33" s="2"/>
       <c r="C33" s="2" t="s">
         <v>97</v>
       </c>
       <c r="D33" s="2"/>
       <c r="E33" s="2">
         <v>1035</v>
       </c>
       <c r="F33" s="2" t="s">
         <v>15</v>
       </c>
       <c r="G33" s="2" t="s">
-        <v>22</v>
+        <v>31</v>
       </c>
       <c r="H33" s="2" t="s">
         <v>98</v>
       </c>
       <c r="I33" s="2">
         <v>26</v>
       </c>
       <c r="J33" s="2">
         <v>24</v>
       </c>
       <c r="K33" s="2">
         <v>100</v>
       </c>
       <c r="L33" s="2">
         <v>70</v>
       </c>
       <c r="M33" s="2">
         <v>0</v>
       </c>
       <c r="N33" s="2">
         <v>170</v>
       </c>
     </row>
     <row r="34" spans="1:14">
       <c r="A34" s="2">
         <v>121151</v>
       </c>
       <c r="B34" s="2"/>
       <c r="C34" s="2" t="s">
         <v>99</v>
       </c>
       <c r="D34" s="2"/>
       <c r="E34" s="2">
         <v>1109</v>
       </c>
       <c r="F34" s="2" t="s">
         <v>15</v>
       </c>
       <c r="G34" s="2" t="s">
-        <v>22</v>
+        <v>31</v>
       </c>
       <c r="H34" s="2" t="s">
         <v>100</v>
       </c>
       <c r="I34" s="2">
         <v>27</v>
       </c>
       <c r="J34" s="2">
         <v>25</v>
       </c>
       <c r="K34" s="2">
         <v>100</v>
       </c>
       <c r="L34" s="2">
         <v>60</v>
       </c>
       <c r="M34" s="2">
         <v>0</v>
       </c>
       <c r="N34" s="2">
         <v>160</v>
       </c>
     </row>
     <row r="35" spans="1:14">
       <c r="A35" s="2">