--- v0 (2025-10-14)
+++ v1 (2026-01-15)
@@ -56,72 +56,72 @@
   <si>
     <t>Gender</t>
   </si>
   <si>
     <t>Finish Time</t>
   </si>
   <si>
     <t>Overall Position</t>
   </si>
   <si>
     <t>Gender Position</t>
   </si>
   <si>
     <t>Finisher Points</t>
   </si>
   <si>
     <t>Performance Points</t>
   </si>
   <si>
     <t>Bonus Points</t>
   </si>
   <si>
     <t>Total Points</t>
   </si>
   <si>
+    <t>Amir Zaki</t>
+  </si>
+  <si>
+    <t>Amran</t>
+  </si>
+  <si>
+    <t>Malaysia</t>
+  </si>
+  <si>
+    <t>Male</t>
+  </si>
+  <si>
+    <t>27:52:54.999999999971</t>
+  </si>
+  <si>
     <t>Andrew</t>
   </si>
   <si>
     <t>Farmers</t>
   </si>
   <si>
     <t>Australia</t>
-  </si>
-[...13 lines deleted...]
-    <t>Malaysia</t>
   </si>
   <si>
     <t>Gustin</t>
   </si>
   <si>
     <t>Tiam</t>
   </si>
   <si>
     <t>28:28:7.0000000000437</t>
   </si>
   <si>
     <t xml:space="preserve">Mohd Amierul Amin </t>
   </si>
   <si>
     <t>Bin Shamsul Kamal</t>
   </si>
   <si>
     <t>30:43:34.000000000029</t>
   </si>
   <si>
     <t>Rejlen</t>
   </si>
   <si>
     <t>James</t>
   </si>
@@ -1459,316 +1459,316 @@
       </c>
       <c r="H1" s="1" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
       <c r="J1" s="1" t="s">
         <v>9</v>
       </c>
       <c r="K1" s="1" t="s">
         <v>10</v>
       </c>
       <c r="L1" s="1" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="1" t="s">
         <v>12</v>
       </c>
       <c r="N1" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="2" spans="1:14">
       <c r="A2" s="2">
-        <v>110185</v>
+        <v>117542</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>15</v>
       </c>
       <c r="D2" s="2"/>
       <c r="E2" s="2">
-        <v>6</v>
+        <v>67</v>
       </c>
       <c r="F2" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G2" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I2" s="2">
         <v>1</v>
       </c>
       <c r="J2" s="2">
         <v>1</v>
       </c>
       <c r="K2" s="2">
         <v>125</v>
       </c>
       <c r="L2" s="2">
-        <v>350</v>
+        <v>400</v>
       </c>
       <c r="M2" s="2">
         <v>0</v>
       </c>
       <c r="N2" s="2">
-        <v>475</v>
+        <v>525</v>
       </c>
     </row>
     <row r="3" spans="1:14">
       <c r="A3" s="2">
-        <v>117542</v>
+        <v>110185</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>19</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>20</v>
       </c>
       <c r="D3" s="2"/>
       <c r="E3" s="2">
-        <v>67</v>
+        <v>6</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G3" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H3" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I3" s="2">
         <v>1</v>
       </c>
       <c r="J3" s="2">
         <v>1</v>
       </c>
       <c r="K3" s="2">
         <v>125</v>
       </c>
       <c r="L3" s="2">
-        <v>400</v>
+        <v>350</v>
       </c>
       <c r="M3" s="2">
         <v>0</v>
       </c>
       <c r="N3" s="2">
-        <v>525</v>
+        <v>475</v>
       </c>
     </row>
     <row r="4" spans="1:14">
       <c r="A4" s="2">
         <v>118759</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>22</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>23</v>
       </c>
       <c r="D4" s="2"/>
       <c r="E4" s="2">
         <v>107</v>
       </c>
       <c r="F4" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G4" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H4" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I4" s="2">
         <v>3</v>
       </c>
       <c r="J4" s="2">
         <v>3</v>
       </c>
       <c r="K4" s="2">
         <v>125</v>
       </c>
       <c r="L4" s="2">
         <v>325</v>
       </c>
       <c r="M4" s="2">
         <v>0</v>
       </c>
       <c r="N4" s="2">
         <v>450</v>
       </c>
     </row>
     <row r="5" spans="1:14">
       <c r="A5" s="2">
         <v>114906</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>25</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>26</v>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2">
         <v>46</v>
       </c>
       <c r="F5" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G5" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H5" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I5" s="2">
         <v>4</v>
       </c>
       <c r="J5" s="2">
         <v>4</v>
       </c>
       <c r="K5" s="2">
         <v>125</v>
       </c>
       <c r="L5" s="2">
         <v>300</v>
       </c>
       <c r="M5" s="2">
         <v>0</v>
       </c>
       <c r="N5" s="2">
         <v>425</v>
       </c>
     </row>
     <row r="6" spans="1:14">
       <c r="A6" s="2">
         <v>105356</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>28</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>29</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2">
         <v>122</v>
       </c>
       <c r="F6" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G6" s="2" t="s">
         <v>30</v>
       </c>
       <c r="H6" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I6" s="2">
         <v>5</v>
       </c>
       <c r="J6" s="2">
         <v>1</v>
       </c>
       <c r="K6" s="2">
         <v>125</v>
       </c>
       <c r="L6" s="2">
         <v>400</v>
       </c>
       <c r="M6" s="2">
         <v>0</v>
       </c>
       <c r="N6" s="2">
         <v>525</v>
       </c>
     </row>
     <row r="7" spans="1:14">
       <c r="A7" s="2">
         <v>120624</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>32</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>33</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2">
         <v>55</v>
       </c>
       <c r="F7" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G7" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H7" s="2" t="s">
         <v>34</v>
       </c>
       <c r="I7" s="2">
         <v>6</v>
       </c>
       <c r="J7" s="2">
         <v>5</v>
       </c>
       <c r="K7" s="2">
         <v>125</v>
       </c>
       <c r="L7" s="2">
         <v>275</v>
       </c>
       <c r="M7" s="2">
         <v>0</v>
       </c>
       <c r="N7" s="2">
         <v>400</v>
       </c>
     </row>
     <row r="8" spans="1:14">
       <c r="A8" s="2">
         <v>118734</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>35</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>36</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2">
         <v>45</v>
       </c>
       <c r="F8" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G8" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H8" s="2" t="s">
         <v>37</v>
       </c>
       <c r="I8" s="2">
         <v>7</v>
       </c>
       <c r="J8" s="2">
         <v>6</v>
       </c>
       <c r="K8" s="2">
         <v>125</v>
       </c>
       <c r="L8" s="2">
         <v>250</v>
       </c>
       <c r="M8" s="2">
         <v>0</v>
       </c>
       <c r="N8" s="2">
         <v>375</v>
       </c>
@@ -1808,261 +1808,261 @@
       <c r="L9" s="2">
         <v>240</v>
       </c>
       <c r="M9" s="2">
         <v>0</v>
       </c>
       <c r="N9" s="2">
         <v>365</v>
       </c>
     </row>
     <row r="10" spans="1:14">
       <c r="A10" s="2">
         <v>110274</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>42</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>43</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2">
         <v>16</v>
       </c>
       <c r="F10" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G10" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H10" s="2" t="s">
         <v>44</v>
       </c>
       <c r="I10" s="2">
         <v>9</v>
       </c>
       <c r="J10" s="2">
         <v>8</v>
       </c>
       <c r="K10" s="2">
         <v>125</v>
       </c>
       <c r="L10" s="2">
         <v>230</v>
       </c>
       <c r="M10" s="2">
         <v>0</v>
       </c>
       <c r="N10" s="2">
         <v>355</v>
       </c>
     </row>
     <row r="11" spans="1:14">
       <c r="A11" s="2">
         <v>109912</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>45</v>
       </c>
       <c r="C11" s="2" t="s">
         <v>46</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2">
         <v>69</v>
       </c>
       <c r="F11" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G11" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H11" s="2" t="s">
         <v>47</v>
       </c>
       <c r="I11" s="2">
         <v>10</v>
       </c>
       <c r="J11" s="2">
         <v>9</v>
       </c>
       <c r="K11" s="2">
         <v>125</v>
       </c>
       <c r="L11" s="2">
         <v>220</v>
       </c>
       <c r="M11" s="2">
         <v>0</v>
       </c>
       <c r="N11" s="2">
         <v>345</v>
       </c>
     </row>
     <row r="12" spans="1:14">
       <c r="A12" s="2">
         <v>119110</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>48</v>
       </c>
       <c r="C12" s="2" t="s">
         <v>49</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2">
         <v>71</v>
       </c>
       <c r="F12" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G12" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H12" s="2" t="s">
         <v>50</v>
       </c>
       <c r="I12" s="2">
         <v>11</v>
       </c>
       <c r="J12" s="2">
         <v>10</v>
       </c>
       <c r="K12" s="2">
         <v>125</v>
       </c>
       <c r="L12" s="2">
         <v>210</v>
       </c>
       <c r="M12" s="2">
         <v>0</v>
       </c>
       <c r="N12" s="2">
         <v>335</v>
       </c>
     </row>
     <row r="13" spans="1:14">
       <c r="A13" s="2">
         <v>121361</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>51</v>
       </c>
       <c r="C13" s="2" t="s">
         <v>52</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2">
         <v>73</v>
       </c>
       <c r="F13" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G13" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H13" s="2" t="s">
         <v>53</v>
       </c>
       <c r="I13" s="2">
         <v>12</v>
       </c>
       <c r="J13" s="2">
         <v>11</v>
       </c>
       <c r="K13" s="2">
         <v>125</v>
       </c>
       <c r="L13" s="2">
         <v>200</v>
       </c>
       <c r="M13" s="2">
         <v>0</v>
       </c>
       <c r="N13" s="2">
         <v>325</v>
       </c>
     </row>
     <row r="14" spans="1:14">
       <c r="A14" s="2">
         <v>122161</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>54</v>
       </c>
       <c r="C14" s="2" t="s">
         <v>55</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2">
         <v>35</v>
       </c>
       <c r="F14" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G14" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H14" s="2" t="s">
         <v>56</v>
       </c>
       <c r="I14" s="2">
         <v>13</v>
       </c>
       <c r="J14" s="2">
         <v>12</v>
       </c>
       <c r="K14" s="2">
         <v>125</v>
       </c>
       <c r="L14" s="2">
         <v>190</v>
       </c>
       <c r="M14" s="2">
         <v>0</v>
       </c>
       <c r="N14" s="2">
         <v>315</v>
       </c>
     </row>
     <row r="15" spans="1:14">
       <c r="A15" s="2">
         <v>115232</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>57</v>
       </c>
       <c r="C15" s="2" t="s">
         <v>58</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2">
         <v>47</v>
       </c>
       <c r="F15" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G15" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H15" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I15" s="2">
         <v>14</v>
       </c>
       <c r="J15" s="2">
         <v>13</v>
       </c>
       <c r="K15" s="2">
         <v>125</v>
       </c>
       <c r="L15" s="2">
         <v>180</v>
       </c>
       <c r="M15" s="2">
         <v>0</v>
       </c>
       <c r="N15" s="2">
         <v>305</v>
       </c>
@@ -2098,177 +2098,177 @@
       <c r="L16" s="2">
         <v>170</v>
       </c>
       <c r="M16" s="2">
         <v>0</v>
       </c>
       <c r="N16" s="2">
         <v>295</v>
       </c>
     </row>
     <row r="17" spans="1:14">
       <c r="A17" s="2">
         <v>114579</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>62</v>
       </c>
       <c r="C17" s="2" t="s">
         <v>63</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2">
         <v>66</v>
       </c>
       <c r="F17" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G17" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H17" s="2" t="s">
         <v>64</v>
       </c>
       <c r="I17" s="2">
         <v>16</v>
       </c>
       <c r="J17" s="2">
         <v>15</v>
       </c>
       <c r="K17" s="2">
         <v>125</v>
       </c>
       <c r="L17" s="2">
         <v>160</v>
       </c>
       <c r="M17" s="2">
         <v>0</v>
       </c>
       <c r="N17" s="2">
         <v>285</v>
       </c>
     </row>
     <row r="18" spans="1:14">
       <c r="A18" s="2">
         <v>122162</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>65</v>
       </c>
       <c r="C18" s="2" t="s">
         <v>66</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2">
         <v>110</v>
       </c>
       <c r="F18" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G18" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H18" s="2" t="s">
         <v>67</v>
       </c>
       <c r="I18" s="2">
         <v>17</v>
       </c>
       <c r="J18" s="2">
         <v>16</v>
       </c>
       <c r="K18" s="2">
         <v>125</v>
       </c>
       <c r="L18" s="2">
         <v>150</v>
       </c>
       <c r="M18" s="2">
         <v>0</v>
       </c>
       <c r="N18" s="2">
         <v>275</v>
       </c>
     </row>
     <row r="19" spans="1:14">
       <c r="A19" s="2">
         <v>110225</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>68</v>
       </c>
       <c r="C19" s="2" t="s">
         <v>69</v>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2">
         <v>13</v>
       </c>
       <c r="F19" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G19" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H19" s="2" t="s">
         <v>70</v>
       </c>
       <c r="I19" s="2">
         <v>18</v>
       </c>
       <c r="J19" s="2">
         <v>17</v>
       </c>
       <c r="K19" s="2">
         <v>125</v>
       </c>
       <c r="L19" s="2">
         <v>140</v>
       </c>
       <c r="M19" s="2">
         <v>0</v>
       </c>
       <c r="N19" s="2">
         <v>265</v>
       </c>
     </row>
     <row r="20" spans="1:14">
       <c r="A20" s="2">
         <v>122163</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>71</v>
       </c>
       <c r="C20" s="2" t="s">
         <v>72</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2">
         <v>133</v>
       </c>
       <c r="F20" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G20" s="2" t="s">
         <v>30</v>
       </c>
       <c r="H20" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I20" s="2">
         <v>19</v>
       </c>
       <c r="J20" s="2">
         <v>2</v>
       </c>
       <c r="K20" s="2">
         <v>125</v>
       </c>
       <c r="L20" s="2">
         <v>350</v>
       </c>
       <c r="M20" s="2">
         <v>0</v>
       </c>
       <c r="N20" s="2">
         <v>475</v>
       </c>
@@ -2308,219 +2308,219 @@
       <c r="L21" s="2">
         <v>130</v>
       </c>
       <c r="M21" s="2">
         <v>0</v>
       </c>
       <c r="N21" s="2">
         <v>255</v>
       </c>
     </row>
     <row r="22" spans="1:14">
       <c r="A22" s="2">
         <v>109838</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>78</v>
       </c>
       <c r="C22" s="2" t="s">
         <v>79</v>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2">
         <v>139</v>
       </c>
       <c r="F22" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G22" s="2" t="s">
         <v>30</v>
       </c>
       <c r="H22" s="2" t="s">
         <v>80</v>
       </c>
       <c r="I22" s="2">
         <v>21</v>
       </c>
       <c r="J22" s="2">
         <v>3</v>
       </c>
       <c r="K22" s="2">
         <v>125</v>
       </c>
       <c r="L22" s="2">
         <v>325</v>
       </c>
       <c r="M22" s="2">
         <v>0</v>
       </c>
       <c r="N22" s="2">
         <v>450</v>
       </c>
     </row>
     <row r="23" spans="1:14">
       <c r="A23" s="2">
         <v>122165</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>81</v>
       </c>
       <c r="C23" s="2" t="s">
         <v>82</v>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="2">
         <v>72</v>
       </c>
       <c r="F23" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G23" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H23" s="2" t="s">
         <v>83</v>
       </c>
       <c r="I23" s="2">
         <v>22</v>
       </c>
       <c r="J23" s="2">
         <v>19</v>
       </c>
       <c r="K23" s="2">
         <v>125</v>
       </c>
       <c r="L23" s="2">
         <v>120</v>
       </c>
       <c r="M23" s="2">
         <v>0</v>
       </c>
       <c r="N23" s="2">
         <v>245</v>
       </c>
     </row>
     <row r="24" spans="1:14">
       <c r="A24" s="2">
         <v>122166</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>84</v>
       </c>
       <c r="C24" s="2" t="s">
         <v>85</v>
       </c>
       <c r="D24" s="2"/>
       <c r="E24" s="2">
         <v>56</v>
       </c>
       <c r="F24" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G24" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H24" s="2" t="s">
         <v>86</v>
       </c>
       <c r="I24" s="2">
         <v>23</v>
       </c>
       <c r="J24" s="2">
         <v>20</v>
       </c>
       <c r="K24" s="2">
         <v>125</v>
       </c>
       <c r="L24" s="2">
         <v>110</v>
       </c>
       <c r="M24" s="2">
         <v>0</v>
       </c>
       <c r="N24" s="2">
         <v>235</v>
       </c>
     </row>
     <row r="25" spans="1:14">
       <c r="A25" s="2">
         <v>122167</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>87</v>
       </c>
       <c r="C25" s="2" t="s">
         <v>88</v>
       </c>
       <c r="D25" s="2"/>
       <c r="E25" s="2">
         <v>57</v>
       </c>
       <c r="F25" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G25" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H25" s="2" t="s">
         <v>89</v>
       </c>
       <c r="I25" s="2">
         <v>24</v>
       </c>
       <c r="J25" s="2">
         <v>21</v>
       </c>
       <c r="K25" s="2">
         <v>125</v>
       </c>
       <c r="L25" s="2">
         <v>100</v>
       </c>
       <c r="M25" s="2">
         <v>0</v>
       </c>
       <c r="N25" s="2">
         <v>225</v>
       </c>
     </row>
     <row r="26" spans="1:14">
       <c r="A26" s="2">
         <v>122168</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>90</v>
       </c>
       <c r="C26" s="2" t="s">
         <v>91</v>
       </c>
       <c r="D26" s="2"/>
       <c r="E26" s="2">
         <v>142</v>
       </c>
       <c r="F26" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G26" s="2" t="s">
         <v>30</v>
       </c>
       <c r="H26" s="2" t="s">
         <v>92</v>
       </c>
       <c r="I26" s="2">
         <v>25</v>
       </c>
       <c r="J26" s="2">
         <v>4</v>
       </c>
       <c r="K26" s="2">
         <v>125</v>
       </c>
       <c r="L26" s="2">
         <v>300</v>
       </c>
       <c r="M26" s="2">
         <v>0</v>
       </c>
       <c r="N26" s="2">
         <v>425</v>
       </c>
@@ -2644,93 +2644,93 @@
       <c r="L29" s="2">
         <v>250</v>
       </c>
       <c r="M29" s="2">
         <v>0</v>
       </c>
       <c r="N29" s="2">
         <v>375</v>
       </c>
     </row>
     <row r="30" spans="1:14">
       <c r="A30" s="2">
         <v>104503</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>103</v>
       </c>
       <c r="C30" s="2" t="s">
         <v>104</v>
       </c>
       <c r="D30" s="2"/>
       <c r="E30" s="2">
         <v>8</v>
       </c>
       <c r="F30" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G30" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H30" s="2" t="s">
         <v>105</v>
       </c>
       <c r="I30" s="2">
         <v>29</v>
       </c>
       <c r="J30" s="2">
         <v>23</v>
       </c>
       <c r="K30" s="2">
         <v>125</v>
       </c>
       <c r="L30" s="2">
         <v>80</v>
       </c>
       <c r="M30" s="2">
         <v>0</v>
       </c>
       <c r="N30" s="2">
         <v>205</v>
       </c>
     </row>
     <row r="31" spans="1:14">
       <c r="A31" s="2">
         <v>118804</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>106</v>
       </c>
       <c r="C31" s="2" t="s">
         <v>107</v>
       </c>
       <c r="D31" s="2"/>
       <c r="E31" s="2">
         <v>124</v>
       </c>
       <c r="F31" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G31" s="2" t="s">
         <v>30</v>
       </c>
       <c r="H31" s="2" t="s">
         <v>108</v>
       </c>
       <c r="I31" s="2">
         <v>30</v>
       </c>
       <c r="J31" s="2">
         <v>7</v>
       </c>
       <c r="K31" s="2">
         <v>125</v>
       </c>
       <c r="L31" s="2">
         <v>240</v>
       </c>
       <c r="M31" s="2">
         <v>0</v>
       </c>
       <c r="N31" s="2">
         <v>365</v>
       </c>
@@ -2770,555 +2770,555 @@
       <c r="L32" s="2">
         <v>70</v>
       </c>
       <c r="M32" s="2">
         <v>0</v>
       </c>
       <c r="N32" s="2">
         <v>195</v>
       </c>
     </row>
     <row r="33" spans="1:14">
       <c r="A33" s="2">
         <v>118693</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>113</v>
       </c>
       <c r="C33" s="2" t="s">
         <v>114</v>
       </c>
       <c r="D33" s="2"/>
       <c r="E33" s="2">
         <v>65</v>
       </c>
       <c r="F33" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G33" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H33" s="2" t="s">
         <v>115</v>
       </c>
       <c r="I33" s="2">
         <v>32</v>
       </c>
       <c r="J33" s="2">
         <v>25</v>
       </c>
       <c r="K33" s="2">
         <v>125</v>
       </c>
       <c r="L33" s="2">
         <v>60</v>
       </c>
       <c r="M33" s="2">
         <v>0</v>
       </c>
       <c r="N33" s="2">
         <v>185</v>
       </c>
     </row>
     <row r="34" spans="1:14">
       <c r="A34" s="2">
         <v>101510</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>116</v>
       </c>
       <c r="C34" s="2" t="s">
         <v>117</v>
       </c>
       <c r="D34" s="2"/>
       <c r="E34" s="2">
         <v>43</v>
       </c>
       <c r="F34" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G34" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H34" s="2" t="s">
         <v>118</v>
       </c>
       <c r="I34" s="2">
         <v>33</v>
       </c>
       <c r="J34" s="2">
         <v>26</v>
       </c>
       <c r="K34" s="2">
         <v>0</v>
       </c>
       <c r="L34" s="2">
         <v>0</v>
       </c>
       <c r="M34" s="2">
         <v>0</v>
       </c>
       <c r="N34" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="35" spans="1:14">
       <c r="A35" s="2">
         <v>115362</v>
       </c>
       <c r="B35" s="2" t="s">
         <v>119</v>
       </c>
       <c r="C35" s="2" t="s">
         <v>69</v>
       </c>
       <c r="D35" s="2"/>
       <c r="E35" s="2">
         <v>97</v>
       </c>
       <c r="F35" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G35" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H35" s="2" t="s">
         <v>120</v>
       </c>
       <c r="I35" s="2">
         <v>34</v>
       </c>
       <c r="J35" s="2">
         <v>27</v>
       </c>
       <c r="K35" s="2">
         <v>0</v>
       </c>
       <c r="L35" s="2">
         <v>0</v>
       </c>
       <c r="M35" s="2">
         <v>0</v>
       </c>
       <c r="N35" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="36" spans="1:14">
       <c r="A36" s="2">
         <v>122171</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>121</v>
       </c>
       <c r="C36" s="2" t="s">
         <v>122</v>
       </c>
       <c r="D36" s="2"/>
       <c r="E36" s="2">
         <v>99</v>
       </c>
       <c r="F36" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G36" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H36" s="2" t="s">
         <v>123</v>
       </c>
       <c r="I36" s="2">
         <v>35</v>
       </c>
       <c r="J36" s="2">
         <v>28</v>
       </c>
       <c r="K36" s="2">
         <v>0</v>
       </c>
       <c r="L36" s="2">
         <v>0</v>
       </c>
       <c r="M36" s="2">
         <v>0</v>
       </c>
       <c r="N36" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="37" spans="1:14">
       <c r="A37" s="2">
         <v>105425</v>
       </c>
       <c r="B37" s="2" t="s">
         <v>124</v>
       </c>
       <c r="C37" s="2" t="s">
         <v>125</v>
       </c>
       <c r="D37" s="2"/>
       <c r="E37" s="2">
         <v>48</v>
       </c>
       <c r="F37" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G37" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H37" s="2" t="s">
         <v>126</v>
       </c>
       <c r="I37" s="2">
         <v>36</v>
       </c>
       <c r="J37" s="2">
         <v>29</v>
       </c>
       <c r="K37" s="2">
         <v>0</v>
       </c>
       <c r="L37" s="2">
         <v>0</v>
       </c>
       <c r="M37" s="2">
         <v>0</v>
       </c>
       <c r="N37" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="38" spans="1:14">
       <c r="A38" s="2">
         <v>118676</v>
       </c>
       <c r="B38" s="2" t="s">
         <v>127</v>
       </c>
       <c r="C38" s="2" t="s">
         <v>128</v>
       </c>
       <c r="D38" s="2"/>
       <c r="E38" s="2">
         <v>52</v>
       </c>
       <c r="F38" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G38" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H38" s="2" t="s">
         <v>129</v>
       </c>
       <c r="I38" s="2">
         <v>37</v>
       </c>
       <c r="J38" s="2">
         <v>30</v>
       </c>
       <c r="K38" s="2">
         <v>0</v>
       </c>
       <c r="L38" s="2">
         <v>0</v>
       </c>
       <c r="M38" s="2">
         <v>0</v>
       </c>
       <c r="N38" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="39" spans="1:14">
       <c r="A39" s="2">
         <v>105438</v>
       </c>
       <c r="B39" s="2" t="s">
         <v>130</v>
       </c>
       <c r="C39" s="2" t="s">
         <v>131</v>
       </c>
       <c r="D39" s="2"/>
       <c r="E39" s="2">
         <v>125</v>
       </c>
       <c r="F39" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G39" s="2" t="s">
         <v>30</v>
       </c>
       <c r="H39" s="2" t="s">
         <v>132</v>
       </c>
       <c r="I39" s="2">
         <v>38</v>
       </c>
       <c r="J39" s="2">
         <v>8</v>
       </c>
       <c r="K39" s="2">
         <v>125</v>
       </c>
       <c r="L39" s="2">
         <v>230</v>
       </c>
       <c r="M39" s="2">
         <v>0</v>
       </c>
       <c r="N39" s="2">
         <v>355</v>
       </c>
     </row>
     <row r="40" spans="1:14">
       <c r="A40" s="2">
         <v>110166</v>
       </c>
       <c r="B40" s="2" t="s">
         <v>133</v>
       </c>
       <c r="C40" s="2" t="s">
         <v>134</v>
       </c>
       <c r="D40" s="2"/>
       <c r="E40" s="2">
         <v>15</v>
       </c>
       <c r="F40" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G40" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H40" s="2" t="s">
         <v>135</v>
       </c>
       <c r="I40" s="2">
         <v>39</v>
       </c>
       <c r="J40" s="2">
         <v>31</v>
       </c>
       <c r="K40" s="2">
         <v>0</v>
       </c>
       <c r="L40" s="2">
         <v>0</v>
       </c>
       <c r="M40" s="2">
         <v>0</v>
       </c>
       <c r="N40" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="41" spans="1:14">
       <c r="A41" s="2">
         <v>110264</v>
       </c>
       <c r="B41" s="2" t="s">
         <v>136</v>
       </c>
       <c r="C41" s="2" t="s">
         <v>137</v>
       </c>
       <c r="D41" s="2"/>
       <c r="E41" s="2">
         <v>84</v>
       </c>
       <c r="F41" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G41" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H41" s="2" t="s">
         <v>138</v>
       </c>
       <c r="I41" s="2">
         <v>40</v>
       </c>
       <c r="J41" s="2">
         <v>32</v>
       </c>
       <c r="K41" s="2">
         <v>0</v>
       </c>
       <c r="L41" s="2">
         <v>0</v>
       </c>
       <c r="M41" s="2">
         <v>0</v>
       </c>
       <c r="N41" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="42" spans="1:14">
       <c r="A42" s="2">
         <v>115330</v>
       </c>
       <c r="B42" s="2" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="C42" s="2" t="s">
         <v>139</v>
       </c>
       <c r="D42" s="2"/>
       <c r="E42" s="2">
         <v>98</v>
       </c>
       <c r="F42" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G42" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H42" s="2" t="s">
         <v>140</v>
       </c>
       <c r="I42" s="2">
         <v>41</v>
       </c>
       <c r="J42" s="2">
         <v>33</v>
       </c>
       <c r="K42" s="2">
         <v>0</v>
       </c>
       <c r="L42" s="2">
         <v>0</v>
       </c>
       <c r="M42" s="2">
         <v>0</v>
       </c>
       <c r="N42" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="43" spans="1:14">
       <c r="A43" s="2">
         <v>110371</v>
       </c>
       <c r="B43" s="2" t="s">
         <v>141</v>
       </c>
       <c r="C43" s="2" t="s">
         <v>142</v>
       </c>
       <c r="D43" s="2"/>
       <c r="E43" s="2">
         <v>90</v>
       </c>
       <c r="F43" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G43" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H43" s="2" t="s">
         <v>143</v>
       </c>
       <c r="I43" s="2">
         <v>42</v>
       </c>
       <c r="J43" s="2">
         <v>34</v>
       </c>
       <c r="K43" s="2">
         <v>0</v>
       </c>
       <c r="L43" s="2">
         <v>0</v>
       </c>
       <c r="M43" s="2">
         <v>0</v>
       </c>
       <c r="N43" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="44" spans="1:14">
       <c r="A44" s="2">
         <v>118669</v>
       </c>
       <c r="B44" s="2" t="s">
         <v>144</v>
       </c>
       <c r="C44" s="2" t="s">
         <v>145</v>
       </c>
       <c r="D44" s="2"/>
       <c r="E44" s="2">
         <v>85</v>
       </c>
       <c r="F44" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G44" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H44" s="2" t="s">
         <v>146</v>
       </c>
       <c r="I44" s="2">
         <v>43</v>
       </c>
       <c r="J44" s="2">
         <v>35</v>
       </c>
       <c r="K44" s="2">
         <v>0</v>
       </c>
       <c r="L44" s="2">
         <v>0</v>
       </c>
       <c r="M44" s="2">
         <v>0</v>
       </c>
       <c r="N44" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="45" spans="1:14">
       <c r="A45" s="2">
         <v>115334</v>
       </c>
       <c r="B45" s="2" t="s">
         <v>147</v>
       </c>
       <c r="C45" s="2" t="s">
         <v>148</v>
       </c>
       <c r="D45" s="2"/>
       <c r="E45" s="2">
         <v>115</v>
       </c>
       <c r="F45" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G45" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H45" s="2" t="s">
         <v>149</v>
       </c>
       <c r="I45" s="2">
         <v>44</v>
       </c>
       <c r="J45" s="2">
         <v>36</v>
       </c>
       <c r="K45" s="2">
         <v>0</v>
       </c>
       <c r="L45" s="2">
         <v>0</v>
       </c>
       <c r="M45" s="2">
         <v>0</v>
       </c>
       <c r="N45" s="2">
         <v>0</v>
       </c>
@@ -3358,849 +3358,849 @@
       <c r="L46" s="2">
         <v>220</v>
       </c>
       <c r="M46" s="2">
         <v>0</v>
       </c>
       <c r="N46" s="2">
         <v>345</v>
       </c>
     </row>
     <row r="47" spans="1:14">
       <c r="A47" s="2">
         <v>110285</v>
       </c>
       <c r="B47" s="2" t="s">
         <v>153</v>
       </c>
       <c r="C47" s="2" t="s">
         <v>154</v>
       </c>
       <c r="D47" s="2"/>
       <c r="E47" s="2">
         <v>102</v>
       </c>
       <c r="F47" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G47" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H47" s="2" t="s">
         <v>155</v>
       </c>
       <c r="I47" s="2">
         <v>46</v>
       </c>
       <c r="J47" s="2">
         <v>37</v>
       </c>
       <c r="K47" s="2">
         <v>0</v>
       </c>
       <c r="L47" s="2">
         <v>0</v>
       </c>
       <c r="M47" s="2">
         <v>0</v>
       </c>
       <c r="N47" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="48" spans="1:14">
       <c r="A48" s="2">
         <v>122172</v>
       </c>
       <c r="B48" s="2" t="s">
         <v>156</v>
       </c>
       <c r="C48" s="2" t="s">
         <v>157</v>
       </c>
       <c r="D48" s="2"/>
       <c r="E48" s="2">
         <v>24</v>
       </c>
       <c r="F48" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G48" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H48" s="2" t="s">
         <v>158</v>
       </c>
       <c r="I48" s="2">
         <v>47</v>
       </c>
       <c r="J48" s="2">
         <v>38</v>
       </c>
       <c r="K48" s="2">
         <v>0</v>
       </c>
       <c r="L48" s="2">
         <v>0</v>
       </c>
       <c r="M48" s="2">
         <v>0</v>
       </c>
       <c r="N48" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="49" spans="1:14">
       <c r="A49" s="2">
         <v>118668</v>
       </c>
       <c r="B49" s="2" t="s">
         <v>159</v>
       </c>
       <c r="C49" s="2" t="s">
         <v>160</v>
       </c>
       <c r="D49" s="2"/>
       <c r="E49" s="2">
         <v>25</v>
       </c>
       <c r="F49" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G49" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H49" s="2" t="s">
         <v>161</v>
       </c>
       <c r="I49" s="2">
         <v>48</v>
       </c>
       <c r="J49" s="2">
         <v>39</v>
       </c>
       <c r="K49" s="2">
         <v>0</v>
       </c>
       <c r="L49" s="2">
         <v>0</v>
       </c>
       <c r="M49" s="2">
         <v>0</v>
       </c>
       <c r="N49" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="50" spans="1:14">
       <c r="A50" s="2">
         <v>118809</v>
       </c>
       <c r="B50" s="2" t="s">
         <v>162</v>
       </c>
       <c r="C50" s="2" t="s">
         <v>163</v>
       </c>
       <c r="D50" s="2"/>
       <c r="E50" s="2">
         <v>101</v>
       </c>
       <c r="F50" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G50" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H50" s="2" t="s">
         <v>164</v>
       </c>
       <c r="I50" s="2">
         <v>49</v>
       </c>
       <c r="J50" s="2">
         <v>40</v>
       </c>
       <c r="K50" s="2">
         <v>0</v>
       </c>
       <c r="L50" s="2">
         <v>0</v>
       </c>
       <c r="M50" s="2">
         <v>0</v>
       </c>
       <c r="N50" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="51" spans="1:14">
       <c r="A51" s="2">
         <v>122173</v>
       </c>
       <c r="B51" s="2" t="s">
         <v>165</v>
       </c>
       <c r="C51" s="2" t="s">
         <v>166</v>
       </c>
       <c r="D51" s="2"/>
       <c r="E51" s="2">
         <v>63</v>
       </c>
       <c r="F51" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G51" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H51" s="2" t="s">
         <v>167</v>
       </c>
       <c r="I51" s="2">
         <v>50</v>
       </c>
       <c r="J51" s="2">
         <v>41</v>
       </c>
       <c r="K51" s="2">
         <v>0</v>
       </c>
       <c r="L51" s="2">
         <v>0</v>
       </c>
       <c r="M51" s="2">
         <v>0</v>
       </c>
       <c r="N51" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="52" spans="1:14">
       <c r="A52" s="2">
         <v>122174</v>
       </c>
       <c r="B52" s="2" t="s">
         <v>168</v>
       </c>
       <c r="C52" s="2" t="s">
         <v>169</v>
       </c>
       <c r="D52" s="2"/>
       <c r="E52" s="2">
         <v>31</v>
       </c>
       <c r="F52" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G52" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H52" s="2" t="s">
         <v>170</v>
       </c>
       <c r="I52" s="2">
         <v>51</v>
       </c>
       <c r="J52" s="2">
         <v>42</v>
       </c>
       <c r="K52" s="2">
         <v>0</v>
       </c>
       <c r="L52" s="2">
         <v>0</v>
       </c>
       <c r="M52" s="2">
         <v>0</v>
       </c>
       <c r="N52" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="53" spans="1:14">
       <c r="A53" s="2">
         <v>117649</v>
       </c>
       <c r="B53" s="2" t="s">
         <v>171</v>
       </c>
       <c r="C53" s="2" t="s">
         <v>172</v>
       </c>
       <c r="D53" s="2"/>
       <c r="E53" s="2">
         <v>123</v>
       </c>
       <c r="F53" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G53" s="2" t="s">
         <v>30</v>
       </c>
       <c r="H53" s="2" t="s">
         <v>173</v>
       </c>
       <c r="I53" s="2">
         <v>52</v>
       </c>
       <c r="J53" s="2">
         <v>10</v>
       </c>
       <c r="K53" s="2">
         <v>125</v>
       </c>
       <c r="L53" s="2">
         <v>210</v>
       </c>
       <c r="M53" s="2">
         <v>0</v>
       </c>
       <c r="N53" s="2">
         <v>335</v>
       </c>
     </row>
     <row r="54" spans="1:14">
       <c r="A54" s="2">
         <v>104617</v>
       </c>
       <c r="B54" s="2" t="s">
         <v>174</v>
       </c>
       <c r="C54" s="2" t="s">
         <v>175</v>
       </c>
       <c r="D54" s="2"/>
       <c r="E54" s="2">
         <v>112</v>
       </c>
       <c r="F54" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G54" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H54" s="2" t="s">
         <v>176</v>
       </c>
       <c r="I54" s="2">
         <v>53</v>
       </c>
       <c r="J54" s="2">
         <v>43</v>
       </c>
       <c r="K54" s="2">
         <v>0</v>
       </c>
       <c r="L54" s="2">
         <v>0</v>
       </c>
       <c r="M54" s="2">
         <v>0</v>
       </c>
       <c r="N54" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="55" spans="1:14">
       <c r="A55" s="2">
         <v>110365</v>
       </c>
       <c r="B55" s="2" t="s">
         <v>177</v>
       </c>
       <c r="C55" s="2" t="s">
         <v>178</v>
       </c>
       <c r="D55" s="2"/>
       <c r="E55" s="2">
         <v>95</v>
       </c>
       <c r="F55" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G55" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H55" s="2" t="s">
         <v>179</v>
       </c>
       <c r="I55" s="2">
         <v>54</v>
       </c>
       <c r="J55" s="2">
         <v>44</v>
       </c>
       <c r="K55" s="2">
         <v>0</v>
       </c>
       <c r="L55" s="2">
         <v>0</v>
       </c>
       <c r="M55" s="2">
         <v>0</v>
       </c>
       <c r="N55" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="56" spans="1:14">
       <c r="A56" s="2">
         <v>122175</v>
       </c>
       <c r="B56" s="2" t="s">
         <v>180</v>
       </c>
       <c r="C56" s="2" t="s">
         <v>181</v>
       </c>
       <c r="D56" s="2"/>
       <c r="E56" s="2">
         <v>103</v>
       </c>
       <c r="F56" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G56" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H56" s="2" t="s">
         <v>182</v>
       </c>
       <c r="I56" s="2">
         <v>55</v>
       </c>
       <c r="J56" s="2">
         <v>45</v>
       </c>
       <c r="K56" s="2">
         <v>0</v>
       </c>
       <c r="L56" s="2">
         <v>0</v>
       </c>
       <c r="M56" s="2">
         <v>0</v>
       </c>
       <c r="N56" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="57" spans="1:14">
       <c r="A57" s="2">
         <v>122176</v>
       </c>
       <c r="B57" s="2" t="s">
         <v>183</v>
       </c>
       <c r="C57" s="2" t="s">
         <v>184</v>
       </c>
       <c r="D57" s="2"/>
       <c r="E57" s="2">
         <v>135</v>
       </c>
       <c r="F57" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G57" s="2" t="s">
         <v>30</v>
       </c>
       <c r="H57" s="2" t="s">
         <v>185</v>
       </c>
       <c r="I57" s="2">
         <v>56</v>
       </c>
       <c r="J57" s="2">
         <v>11</v>
       </c>
       <c r="K57" s="2">
         <v>125</v>
       </c>
       <c r="L57" s="2">
         <v>200</v>
       </c>
       <c r="M57" s="2">
         <v>0</v>
       </c>
       <c r="N57" s="2">
         <v>325</v>
       </c>
     </row>
     <row r="58" spans="1:14">
       <c r="A58" s="2">
         <v>122177</v>
       </c>
       <c r="B58" s="2" t="s">
         <v>186</v>
       </c>
       <c r="C58" s="2" t="s">
         <v>187</v>
       </c>
       <c r="D58" s="2"/>
       <c r="E58" s="2">
         <v>79</v>
       </c>
       <c r="F58" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G58" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H58" s="2" t="s">
         <v>188</v>
       </c>
       <c r="I58" s="2">
         <v>57</v>
       </c>
       <c r="J58" s="2">
         <v>46</v>
       </c>
       <c r="K58" s="2">
         <v>0</v>
       </c>
       <c r="L58" s="2">
         <v>0</v>
       </c>
       <c r="M58" s="2">
         <v>0</v>
       </c>
       <c r="N58" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="59" spans="1:14">
       <c r="A59" s="2">
         <v>122178</v>
       </c>
       <c r="B59" s="2" t="s">
         <v>189</v>
       </c>
       <c r="C59" s="2" t="s">
         <v>190</v>
       </c>
       <c r="D59" s="2"/>
       <c r="E59" s="2">
         <v>39</v>
       </c>
       <c r="F59" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G59" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H59" s="2" t="s">
         <v>191</v>
       </c>
       <c r="I59" s="2">
         <v>58</v>
       </c>
       <c r="J59" s="2">
         <v>47</v>
       </c>
       <c r="K59" s="2">
         <v>0</v>
       </c>
       <c r="L59" s="2">
         <v>0</v>
       </c>
       <c r="M59" s="2">
         <v>0</v>
       </c>
       <c r="N59" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="60" spans="1:14">
       <c r="A60" s="2">
         <v>100707</v>
       </c>
       <c r="B60" s="2" t="s">
         <v>192</v>
       </c>
       <c r="C60" s="2" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="D60" s="2"/>
       <c r="E60" s="2">
         <v>77</v>
       </c>
       <c r="F60" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G60" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H60" s="2" t="s">
         <v>193</v>
       </c>
       <c r="I60" s="2">
         <v>59</v>
       </c>
       <c r="J60" s="2">
         <v>48</v>
       </c>
       <c r="K60" s="2">
         <v>0</v>
       </c>
       <c r="L60" s="2">
         <v>0</v>
       </c>
       <c r="M60" s="2">
         <v>0</v>
       </c>
       <c r="N60" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="61" spans="1:14">
       <c r="A61" s="2">
         <v>122179</v>
       </c>
       <c r="B61" s="2" t="s">
         <v>194</v>
       </c>
       <c r="C61" s="2" t="s">
         <v>195</v>
       </c>
       <c r="D61" s="2"/>
       <c r="E61" s="2">
         <v>54</v>
       </c>
       <c r="F61" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G61" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H61" s="2" t="s">
         <v>196</v>
       </c>
       <c r="I61" s="2">
         <v>60</v>
       </c>
       <c r="J61" s="2">
         <v>49</v>
       </c>
       <c r="K61" s="2">
         <v>0</v>
       </c>
       <c r="L61" s="2">
         <v>0</v>
       </c>
       <c r="M61" s="2">
         <v>0</v>
       </c>
       <c r="N61" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="62" spans="1:14">
       <c r="A62" s="2">
         <v>122180</v>
       </c>
       <c r="B62" s="2" t="s">
         <v>197</v>
       </c>
       <c r="C62" s="2" t="s">
         <v>198</v>
       </c>
       <c r="D62" s="2"/>
       <c r="E62" s="2">
         <v>40</v>
       </c>
       <c r="F62" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G62" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H62" s="2" t="s">
         <v>199</v>
       </c>
       <c r="I62" s="2">
         <v>61</v>
       </c>
       <c r="J62" s="2">
         <v>50</v>
       </c>
       <c r="K62" s="2">
         <v>0</v>
       </c>
       <c r="L62" s="2">
         <v>0</v>
       </c>
       <c r="M62" s="2">
         <v>0</v>
       </c>
       <c r="N62" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="63" spans="1:14">
       <c r="A63" s="2">
         <v>122181</v>
       </c>
       <c r="B63" s="2" t="s">
         <v>200</v>
       </c>
       <c r="C63" s="2" t="s">
         <v>201</v>
       </c>
       <c r="D63" s="2"/>
       <c r="E63" s="2">
         <v>23</v>
       </c>
       <c r="F63" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G63" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H63" s="2" t="s">
         <v>202</v>
       </c>
       <c r="I63" s="2">
         <v>62</v>
       </c>
       <c r="J63" s="2">
         <v>51</v>
       </c>
       <c r="K63" s="2">
         <v>0</v>
       </c>
       <c r="L63" s="2">
         <v>0</v>
       </c>
       <c r="M63" s="2">
         <v>0</v>
       </c>
       <c r="N63" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="64" spans="1:14">
       <c r="A64" s="2">
         <v>110354</v>
       </c>
       <c r="B64" s="2" t="s">
         <v>203</v>
       </c>
       <c r="C64" s="2" t="s">
         <v>204</v>
       </c>
       <c r="D64" s="2"/>
       <c r="E64" s="2">
         <v>141</v>
       </c>
       <c r="F64" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G64" s="2" t="s">
         <v>30</v>
       </c>
       <c r="H64" s="2" t="s">
         <v>205</v>
       </c>
       <c r="I64" s="2">
         <v>63</v>
       </c>
       <c r="J64" s="2">
         <v>12</v>
       </c>
       <c r="K64" s="2">
         <v>125</v>
       </c>
       <c r="L64" s="2">
         <v>190</v>
       </c>
       <c r="M64" s="2">
         <v>0</v>
       </c>
       <c r="N64" s="2">
         <v>315</v>
       </c>
     </row>
     <row r="65" spans="1:14">
       <c r="A65" s="2">
         <v>105956</v>
       </c>
       <c r="B65" s="2" t="s">
         <v>206</v>
       </c>
       <c r="C65" s="2" t="s">
         <v>207</v>
       </c>
       <c r="D65" s="2"/>
       <c r="E65" s="2">
         <v>120</v>
       </c>
       <c r="F65" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G65" s="2" t="s">
         <v>30</v>
       </c>
       <c r="H65" s="2" t="s">
         <v>208</v>
       </c>
       <c r="I65" s="2">
         <v>64</v>
       </c>
       <c r="J65" s="2">
         <v>13</v>
       </c>
       <c r="K65" s="2">
         <v>125</v>
       </c>
       <c r="L65" s="2">
         <v>180</v>
       </c>
       <c r="M65" s="2">
         <v>0</v>
       </c>
       <c r="N65" s="2">
         <v>305</v>
       </c>
     </row>
     <row r="66" spans="1:14">
       <c r="A66" s="2">
         <v>105336</v>
       </c>
       <c r="B66" s="2" t="s">
         <v>209</v>
       </c>
       <c r="C66" s="2" t="s">
         <v>210</v>
       </c>
       <c r="D66" s="2"/>
       <c r="E66" s="2">
         <v>21</v>
       </c>
       <c r="F66" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G66" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H66" s="2" t="s">
         <v>211</v>
       </c>
       <c r="I66" s="2">
         <v>65</v>
       </c>
       <c r="J66" s="2">
         <v>52</v>
       </c>
       <c r="K66" s="2">
         <v>0</v>
       </c>
       <c r="L66" s="2">
         <v>0</v>
       </c>
       <c r="M66" s="2">
         <v>0</v>
       </c>
       <c r="N66" s="2">
         <v>0</v>
       </c>
@@ -4324,51 +4324,51 @@
       <c r="L69" s="2">
         <v>0</v>
       </c>
       <c r="M69" s="2">
         <v>0</v>
       </c>
       <c r="N69" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="70" spans="1:14">
       <c r="A70" s="2">
         <v>109981</v>
       </c>
       <c r="B70" s="2" t="s">
         <v>222</v>
       </c>
       <c r="C70" s="2" t="s">
         <v>223</v>
       </c>
       <c r="D70" s="2"/>
       <c r="E70" s="2">
         <v>19</v>
       </c>
       <c r="F70" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G70" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H70" s="2" t="s">
         <v>224</v>
       </c>
       <c r="I70" s="2">
         <v>69</v>
       </c>
       <c r="J70" s="2">
         <v>54</v>
       </c>
       <c r="K70" s="2">
         <v>0</v>
       </c>
       <c r="L70" s="2">
         <v>0</v>
       </c>
       <c r="M70" s="2">
         <v>0</v>
       </c>
       <c r="N70" s="2">
         <v>0</v>
       </c>
@@ -4408,51 +4408,51 @@
       <c r="L71" s="2">
         <v>0</v>
       </c>
       <c r="M71" s="2">
         <v>0</v>
       </c>
       <c r="N71" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="72" spans="1:14">
       <c r="A72" s="2">
         <v>122182</v>
       </c>
       <c r="B72" s="2" t="s">
         <v>228</v>
       </c>
       <c r="C72" s="2" t="s">
         <v>229</v>
       </c>
       <c r="D72" s="2"/>
       <c r="E72" s="2">
         <v>140</v>
       </c>
       <c r="F72" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G72" s="2" t="s">
         <v>30</v>
       </c>
       <c r="H72" s="2" t="s">
         <v>230</v>
       </c>
       <c r="I72" s="2">
         <v>71</v>
       </c>
       <c r="J72" s="2">
         <v>16</v>
       </c>
       <c r="K72" s="2">
         <v>125</v>
       </c>
       <c r="L72" s="2">
         <v>150</v>
       </c>
       <c r="M72" s="2">
         <v>0</v>
       </c>
       <c r="N72" s="2">
         <v>275</v>
       </c>
@@ -4534,93 +4534,93 @@
       <c r="L74" s="2">
         <v>0</v>
       </c>
       <c r="M74" s="2">
         <v>0</v>
       </c>
       <c r="N74" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="75" spans="1:14">
       <c r="A75" s="2">
         <v>118674</v>
       </c>
       <c r="B75" s="2" t="s">
         <v>237</v>
       </c>
       <c r="C75" s="2" t="s">
         <v>125</v>
       </c>
       <c r="D75" s="2"/>
       <c r="E75" s="2">
         <v>3</v>
       </c>
       <c r="F75" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G75" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H75" s="2" t="s">
         <v>238</v>
       </c>
       <c r="I75" s="2">
         <v>74</v>
       </c>
       <c r="J75" s="2">
         <v>58</v>
       </c>
       <c r="K75" s="2">
         <v>0</v>
       </c>
       <c r="L75" s="2">
         <v>0</v>
       </c>
       <c r="M75" s="2">
         <v>0</v>
       </c>
       <c r="N75" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="76" spans="1:14">
       <c r="A76" s="2">
         <v>122183</v>
       </c>
       <c r="B76" s="2" t="s">
         <v>239</v>
       </c>
       <c r="C76" s="2" t="s">
         <v>240</v>
       </c>
       <c r="D76" s="2"/>
       <c r="E76" s="2">
         <v>12</v>
       </c>
       <c r="F76" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G76" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H76" s="2" t="s">
         <v>241</v>
       </c>
       <c r="I76" s="2">
         <v>75</v>
       </c>
       <c r="J76" s="2">
         <v>59</v>
       </c>
       <c r="K76" s="2">
         <v>0</v>
       </c>
       <c r="L76" s="2">
         <v>0</v>
       </c>
       <c r="M76" s="2">
         <v>0</v>
       </c>
       <c r="N76" s="2">
         <v>0</v>
       </c>
@@ -4658,261 +4658,261 @@
       <c r="L77" s="2">
         <v>0</v>
       </c>
       <c r="M77" s="2">
         <v>0</v>
       </c>
       <c r="N77" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="78" spans="1:14">
       <c r="A78" s="2">
         <v>122185</v>
       </c>
       <c r="B78" s="2" t="s">
         <v>245</v>
       </c>
       <c r="C78" s="2" t="s">
         <v>246</v>
       </c>
       <c r="D78" s="2"/>
       <c r="E78" s="2">
         <v>27</v>
       </c>
       <c r="F78" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G78" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H78" s="2" t="s">
         <v>247</v>
       </c>
       <c r="I78" s="2">
         <v>77</v>
       </c>
       <c r="J78" s="2">
         <v>61</v>
       </c>
       <c r="K78" s="2">
         <v>0</v>
       </c>
       <c r="L78" s="2">
         <v>0</v>
       </c>
       <c r="M78" s="2">
         <v>0</v>
       </c>
       <c r="N78" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="79" spans="1:14">
       <c r="A79" s="2">
         <v>122186</v>
       </c>
       <c r="B79" s="2" t="s">
         <v>248</v>
       </c>
       <c r="C79" s="2" t="s">
         <v>249</v>
       </c>
       <c r="D79" s="2"/>
       <c r="E79" s="2">
         <v>5</v>
       </c>
       <c r="F79" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G79" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H79" s="2" t="s">
         <v>250</v>
       </c>
       <c r="I79" s="2">
         <v>78</v>
       </c>
       <c r="J79" s="2">
         <v>62</v>
       </c>
       <c r="K79" s="2">
         <v>0</v>
       </c>
       <c r="L79" s="2">
         <v>0</v>
       </c>
       <c r="M79" s="2">
         <v>0</v>
       </c>
       <c r="N79" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="80" spans="1:14">
       <c r="A80" s="2">
         <v>118673</v>
       </c>
       <c r="B80" s="2" t="s">
         <v>251</v>
       </c>
       <c r="C80" s="2" t="s">
         <v>252</v>
       </c>
       <c r="D80" s="2"/>
       <c r="E80" s="2">
         <v>30</v>
       </c>
       <c r="F80" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G80" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H80" s="2" t="s">
         <v>253</v>
       </c>
       <c r="I80" s="2">
         <v>79</v>
       </c>
       <c r="J80" s="2">
         <v>63</v>
       </c>
       <c r="K80" s="2">
         <v>0</v>
       </c>
       <c r="L80" s="2">
         <v>0</v>
       </c>
       <c r="M80" s="2">
         <v>0</v>
       </c>
       <c r="N80" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="81" spans="1:14">
       <c r="A81" s="2">
         <v>122187</v>
       </c>
       <c r="B81" s="2" t="s">
         <v>254</v>
       </c>
       <c r="C81" s="2" t="s">
         <v>255</v>
       </c>
       <c r="D81" s="2"/>
       <c r="E81" s="2">
         <v>111</v>
       </c>
       <c r="F81" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G81" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H81" s="2" t="s">
         <v>256</v>
       </c>
       <c r="I81" s="2">
         <v>80</v>
       </c>
       <c r="J81" s="2">
         <v>64</v>
       </c>
       <c r="K81" s="2">
         <v>0</v>
       </c>
       <c r="L81" s="2">
         <v>0</v>
       </c>
       <c r="M81" s="2">
         <v>0</v>
       </c>
       <c r="N81" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="82" spans="1:14">
       <c r="A82" s="2">
         <v>122188</v>
       </c>
       <c r="B82" s="2" t="s">
         <v>257</v>
       </c>
       <c r="C82" s="2" t="s">
         <v>258</v>
       </c>
       <c r="D82" s="2"/>
       <c r="E82" s="2">
         <v>26</v>
       </c>
       <c r="F82" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G82" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H82" s="2" t="s">
         <v>259</v>
       </c>
       <c r="I82" s="2">
         <v>81</v>
       </c>
       <c r="J82" s="2">
         <v>65</v>
       </c>
       <c r="K82" s="2">
         <v>0</v>
       </c>
       <c r="L82" s="2">
         <v>0</v>
       </c>
       <c r="M82" s="2">
         <v>0</v>
       </c>
       <c r="N82" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="83" spans="1:14">
       <c r="A83" s="2">
         <v>122189</v>
       </c>
       <c r="B83" s="2" t="s">
         <v>260</v>
       </c>
       <c r="C83" s="2" t="s">
         <v>261</v>
       </c>
       <c r="D83" s="2"/>
       <c r="E83" s="2">
         <v>38</v>
       </c>
       <c r="F83" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G83" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H83" s="2" t="s">
         <v>262</v>
       </c>
       <c r="I83" s="2">
         <v>82</v>
       </c>
       <c r="J83" s="2">
         <v>66</v>
       </c>
       <c r="K83" s="2">
         <v>0</v>
       </c>
       <c r="L83" s="2">
         <v>0</v>
       </c>
       <c r="M83" s="2">
         <v>0</v>
       </c>
       <c r="N83" s="2">
         <v>0</v>
       </c>
@@ -4994,975 +4994,975 @@
       <c r="L85" s="2">
         <v>0</v>
       </c>
       <c r="M85" s="2">
         <v>0</v>
       </c>
       <c r="N85" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="86" spans="1:14">
       <c r="A86" s="2">
         <v>122192</v>
       </c>
       <c r="B86" s="2" t="s">
         <v>269</v>
       </c>
       <c r="C86" s="2" t="s">
         <v>125</v>
       </c>
       <c r="D86" s="2"/>
       <c r="E86" s="2">
         <v>36</v>
       </c>
       <c r="F86" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G86" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H86" s="2" t="s">
         <v>270</v>
       </c>
       <c r="I86" s="2">
         <v>85</v>
       </c>
       <c r="J86" s="2">
         <v>68</v>
       </c>
       <c r="K86" s="2">
         <v>0</v>
       </c>
       <c r="L86" s="2">
         <v>0</v>
       </c>
       <c r="M86" s="2">
         <v>0</v>
       </c>
       <c r="N86" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="87" spans="1:14">
       <c r="A87" s="2">
         <v>122193</v>
       </c>
       <c r="B87" s="2" t="s">
         <v>271</v>
       </c>
       <c r="C87" s="2" t="s">
         <v>272</v>
       </c>
       <c r="D87" s="2"/>
       <c r="E87" s="2">
         <v>105</v>
       </c>
       <c r="F87" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G87" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H87" s="2" t="s">
         <v>273</v>
       </c>
       <c r="I87" s="2">
         <v>86</v>
       </c>
       <c r="J87" s="2">
         <v>69</v>
       </c>
       <c r="K87" s="2">
         <v>0</v>
       </c>
       <c r="L87" s="2">
         <v>0</v>
       </c>
       <c r="M87" s="2">
         <v>0</v>
       </c>
       <c r="N87" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="88" spans="1:14">
       <c r="A88" s="2">
         <v>122194</v>
       </c>
       <c r="B88" s="2" t="s">
         <v>274</v>
       </c>
       <c r="C88" s="2" t="s">
         <v>275</v>
       </c>
       <c r="D88" s="2"/>
       <c r="E88" s="2">
         <v>2</v>
       </c>
       <c r="F88" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G88" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H88" s="2" t="s">
         <v>276</v>
       </c>
       <c r="I88" s="2">
         <v>87</v>
       </c>
       <c r="J88" s="2">
         <v>70</v>
       </c>
       <c r="K88" s="2">
         <v>0</v>
       </c>
       <c r="L88" s="2">
         <v>0</v>
       </c>
       <c r="M88" s="2">
         <v>0</v>
       </c>
       <c r="N88" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="89" spans="1:14">
       <c r="A89" s="2">
         <v>122195</v>
       </c>
       <c r="B89" s="2" t="s">
         <v>29</v>
       </c>
       <c r="C89" s="2" t="s">
         <v>172</v>
       </c>
       <c r="D89" s="2"/>
       <c r="E89" s="2">
         <v>7</v>
       </c>
       <c r="F89" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G89" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H89" s="2" t="s">
         <v>277</v>
       </c>
       <c r="I89" s="2">
         <v>88</v>
       </c>
       <c r="J89" s="2">
         <v>71</v>
       </c>
       <c r="K89" s="2">
         <v>0</v>
       </c>
       <c r="L89" s="2">
         <v>0</v>
       </c>
       <c r="M89" s="2">
         <v>0</v>
       </c>
       <c r="N89" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="90" spans="1:14">
       <c r="A90" s="2">
         <v>122196</v>
       </c>
       <c r="B90" s="2" t="s">
         <v>69</v>
       </c>
       <c r="C90" s="2" t="s">
         <v>278</v>
       </c>
       <c r="D90" s="2"/>
       <c r="E90" s="2">
         <v>10</v>
       </c>
       <c r="F90" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G90" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H90" s="2" t="s">
         <v>279</v>
       </c>
       <c r="I90" s="2">
         <v>89</v>
       </c>
       <c r="J90" s="2">
         <v>72</v>
       </c>
       <c r="K90" s="2">
         <v>0</v>
       </c>
       <c r="L90" s="2">
         <v>0</v>
       </c>
       <c r="M90" s="2">
         <v>0</v>
       </c>
       <c r="N90" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="91" spans="1:14">
       <c r="A91" s="2">
         <v>122197</v>
       </c>
       <c r="B91" s="2" t="s">
         <v>280</v>
       </c>
       <c r="C91" s="2" t="s">
         <v>281</v>
       </c>
       <c r="D91" s="2"/>
       <c r="E91" s="2">
         <v>104</v>
       </c>
       <c r="F91" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G91" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H91" s="2" t="s">
         <v>282</v>
       </c>
       <c r="I91" s="2">
         <v>90</v>
       </c>
       <c r="J91" s="2">
         <v>73</v>
       </c>
       <c r="K91" s="2">
         <v>0</v>
       </c>
       <c r="L91" s="2">
         <v>0</v>
       </c>
       <c r="M91" s="2">
         <v>0</v>
       </c>
       <c r="N91" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="92" spans="1:14">
       <c r="A92" s="2">
         <v>122198</v>
       </c>
       <c r="B92" s="2" t="s">
         <v>283</v>
       </c>
       <c r="C92" s="2" t="s">
         <v>284</v>
       </c>
       <c r="D92" s="2"/>
       <c r="E92" s="2">
         <v>58</v>
       </c>
       <c r="F92" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G92" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H92" s="2" t="s">
         <v>285</v>
       </c>
       <c r="I92" s="2">
         <v>91</v>
       </c>
       <c r="J92" s="2">
         <v>74</v>
       </c>
       <c r="K92" s="2">
         <v>0</v>
       </c>
       <c r="L92" s="2">
         <v>0</v>
       </c>
       <c r="M92" s="2">
         <v>0</v>
       </c>
       <c r="N92" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="93" spans="1:14">
       <c r="A93" s="2">
         <v>122199</v>
       </c>
       <c r="B93" s="2" t="s">
         <v>286</v>
       </c>
       <c r="C93" s="2" t="s">
         <v>287</v>
       </c>
       <c r="D93" s="2"/>
       <c r="E93" s="2">
         <v>91</v>
       </c>
       <c r="F93" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G93" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H93" s="2" t="s">
         <v>288</v>
       </c>
       <c r="I93" s="2">
         <v>92</v>
       </c>
       <c r="J93" s="2">
         <v>75</v>
       </c>
       <c r="K93" s="2">
         <v>0</v>
       </c>
       <c r="L93" s="2">
         <v>0</v>
       </c>
       <c r="M93" s="2">
         <v>0</v>
       </c>
       <c r="N93" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="94" spans="1:14">
       <c r="A94" s="2">
         <v>122200</v>
       </c>
       <c r="B94" s="2" t="s">
         <v>289</v>
       </c>
       <c r="C94" s="2" t="s">
         <v>290</v>
       </c>
       <c r="D94" s="2"/>
       <c r="E94" s="2">
         <v>68</v>
       </c>
       <c r="F94" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G94" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H94" s="2" t="s">
         <v>291</v>
       </c>
       <c r="I94" s="2">
         <v>93</v>
       </c>
       <c r="J94" s="2">
         <v>76</v>
       </c>
       <c r="K94" s="2">
         <v>0</v>
       </c>
       <c r="L94" s="2">
         <v>0</v>
       </c>
       <c r="M94" s="2">
         <v>0</v>
       </c>
       <c r="N94" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="95" spans="1:14">
       <c r="A95" s="2">
         <v>122201</v>
       </c>
       <c r="B95" s="2" t="s">
         <v>292</v>
       </c>
       <c r="C95" s="2" t="s">
         <v>293</v>
       </c>
       <c r="D95" s="2"/>
       <c r="E95" s="2">
         <v>117</v>
       </c>
       <c r="F95" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G95" s="2" t="s">
         <v>30</v>
       </c>
       <c r="H95" s="2" t="s">
         <v>294</v>
       </c>
       <c r="I95" s="2">
         <v>94</v>
       </c>
       <c r="J95" s="2">
         <v>18</v>
       </c>
       <c r="K95" s="2">
         <v>125</v>
       </c>
       <c r="L95" s="2">
         <v>130</v>
       </c>
       <c r="M95" s="2">
         <v>0</v>
       </c>
       <c r="N95" s="2">
         <v>255</v>
       </c>
     </row>
     <row r="96" spans="1:14">
       <c r="A96" s="2">
         <v>122202</v>
       </c>
       <c r="B96" s="2" t="s">
         <v>295</v>
       </c>
       <c r="C96" s="2" t="s">
         <v>296</v>
       </c>
       <c r="D96" s="2"/>
       <c r="E96" s="2">
         <v>18</v>
       </c>
       <c r="F96" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G96" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H96" s="2" t="s">
         <v>297</v>
       </c>
       <c r="I96" s="2">
         <v>95</v>
       </c>
       <c r="J96" s="2">
         <v>77</v>
       </c>
       <c r="K96" s="2">
         <v>0</v>
       </c>
       <c r="L96" s="2">
         <v>0</v>
       </c>
       <c r="M96" s="2">
         <v>0</v>
       </c>
       <c r="N96" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="97" spans="1:14">
       <c r="A97" s="2">
         <v>122203</v>
       </c>
       <c r="B97" s="2" t="s">
         <v>298</v>
       </c>
       <c r="C97" s="2" t="s">
         <v>299</v>
       </c>
       <c r="D97" s="2"/>
       <c r="E97" s="2">
         <v>100</v>
       </c>
       <c r="F97" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G97" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H97" s="2" t="s">
         <v>300</v>
       </c>
       <c r="I97" s="2">
         <v>96</v>
       </c>
       <c r="J97" s="2">
         <v>78</v>
       </c>
       <c r="K97" s="2">
         <v>0</v>
       </c>
       <c r="L97" s="2">
         <v>0</v>
       </c>
       <c r="M97" s="2">
         <v>0</v>
       </c>
       <c r="N97" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="98" spans="1:14">
       <c r="A98" s="2">
         <v>122204</v>
       </c>
       <c r="B98" s="2" t="s">
         <v>301</v>
       </c>
       <c r="C98" s="2" t="s">
         <v>302</v>
       </c>
       <c r="D98" s="2"/>
       <c r="E98" s="2">
         <v>93</v>
       </c>
       <c r="F98" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G98" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H98" s="2" t="s">
         <v>303</v>
       </c>
       <c r="I98" s="2">
         <v>97</v>
       </c>
       <c r="J98" s="2">
         <v>79</v>
       </c>
       <c r="K98" s="2">
         <v>0</v>
       </c>
       <c r="L98" s="2">
         <v>0</v>
       </c>
       <c r="M98" s="2">
         <v>0</v>
       </c>
       <c r="N98" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="99" spans="1:14">
       <c r="A99" s="2">
         <v>122205</v>
       </c>
       <c r="B99" s="2" t="s">
         <v>304</v>
       </c>
       <c r="C99" s="2" t="s">
         <v>305</v>
       </c>
       <c r="D99" s="2"/>
       <c r="E99" s="2">
         <v>42</v>
       </c>
       <c r="F99" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G99" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H99" s="2" t="s">
         <v>306</v>
       </c>
       <c r="I99" s="2">
         <v>98</v>
       </c>
       <c r="J99" s="2">
         <v>80</v>
       </c>
       <c r="K99" s="2">
         <v>0</v>
       </c>
       <c r="L99" s="2">
         <v>0</v>
       </c>
       <c r="M99" s="2">
         <v>0</v>
       </c>
       <c r="N99" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="100" spans="1:14">
       <c r="A100" s="2">
         <v>122206</v>
       </c>
       <c r="B100" s="2" t="s">
         <v>307</v>
       </c>
       <c r="C100" s="2" t="s">
         <v>308</v>
       </c>
       <c r="D100" s="2"/>
       <c r="E100" s="2">
         <v>61</v>
       </c>
       <c r="F100" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G100" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H100" s="2" t="s">
         <v>309</v>
       </c>
       <c r="I100" s="2">
         <v>99</v>
       </c>
       <c r="J100" s="2">
         <v>81</v>
       </c>
       <c r="K100" s="2">
         <v>0</v>
       </c>
       <c r="L100" s="2">
         <v>0</v>
       </c>
       <c r="M100" s="2">
         <v>0</v>
       </c>
       <c r="N100" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="101" spans="1:14">
       <c r="A101" s="2">
         <v>122207</v>
       </c>
       <c r="B101" s="2" t="s">
         <v>310</v>
       </c>
       <c r="C101" s="2" t="s">
         <v>311</v>
       </c>
       <c r="D101" s="2"/>
       <c r="E101" s="2">
         <v>70</v>
       </c>
       <c r="F101" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G101" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H101" s="2" t="s">
         <v>312</v>
       </c>
       <c r="I101" s="2">
         <v>100</v>
       </c>
       <c r="J101" s="2">
         <v>82</v>
       </c>
       <c r="K101" s="2">
         <v>0</v>
       </c>
       <c r="L101" s="2">
         <v>0</v>
       </c>
       <c r="M101" s="2">
         <v>0</v>
       </c>
       <c r="N101" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="102" spans="1:14">
       <c r="A102" s="2">
         <v>122208</v>
       </c>
       <c r="B102" s="2" t="s">
         <v>313</v>
       </c>
       <c r="C102" s="2" t="s">
         <v>314</v>
       </c>
       <c r="D102" s="2"/>
       <c r="E102" s="2">
         <v>44</v>
       </c>
       <c r="F102" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G102" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H102" s="2" t="s">
         <v>315</v>
       </c>
       <c r="I102" s="2">
         <v>101</v>
       </c>
       <c r="J102" s="2">
         <v>83</v>
       </c>
       <c r="K102" s="2">
         <v>0</v>
       </c>
       <c r="L102" s="2">
         <v>0</v>
       </c>
       <c r="M102" s="2">
         <v>0</v>
       </c>
       <c r="N102" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="103" spans="1:14">
       <c r="A103" s="2">
         <v>122209</v>
       </c>
       <c r="B103" s="2" t="s">
         <v>316</v>
       </c>
       <c r="C103" s="2" t="s">
         <v>317</v>
       </c>
       <c r="D103" s="2"/>
       <c r="E103" s="2">
         <v>118</v>
       </c>
       <c r="F103" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G103" s="2" t="s">
         <v>30</v>
       </c>
       <c r="H103" s="2" t="s">
         <v>318</v>
       </c>
       <c r="I103" s="2">
         <v>102</v>
       </c>
       <c r="J103" s="2">
         <v>19</v>
       </c>
       <c r="K103" s="2">
         <v>125</v>
       </c>
       <c r="L103" s="2">
         <v>120</v>
       </c>
       <c r="M103" s="2">
         <v>0</v>
       </c>
       <c r="N103" s="2">
         <v>245</v>
       </c>
     </row>
     <row r="104" spans="1:14">
       <c r="A104" s="2">
         <v>122210</v>
       </c>
       <c r="B104" s="2" t="s">
         <v>319</v>
       </c>
       <c r="C104" s="2" t="s">
         <v>320</v>
       </c>
       <c r="D104" s="2"/>
       <c r="E104" s="2">
         <v>121</v>
       </c>
       <c r="F104" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G104" s="2" t="s">
         <v>30</v>
       </c>
       <c r="H104" s="2" t="s">
         <v>321</v>
       </c>
       <c r="I104" s="2">
         <v>103</v>
       </c>
       <c r="J104" s="2">
         <v>20</v>
       </c>
       <c r="K104" s="2">
         <v>125</v>
       </c>
       <c r="L104" s="2">
         <v>110</v>
       </c>
       <c r="M104" s="2">
         <v>0</v>
       </c>
       <c r="N104" s="2">
         <v>235</v>
       </c>
     </row>
     <row r="105" spans="1:14">
       <c r="A105" s="2">
         <v>122211</v>
       </c>
       <c r="B105" s="2" t="s">
         <v>322</v>
       </c>
       <c r="C105" s="2" t="s">
         <v>323</v>
       </c>
       <c r="D105" s="2"/>
       <c r="E105" s="2">
         <v>49</v>
       </c>
       <c r="F105" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G105" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H105" s="2" t="s">
         <v>324</v>
       </c>
       <c r="I105" s="2">
         <v>104</v>
       </c>
       <c r="J105" s="2">
         <v>84</v>
       </c>
       <c r="K105" s="2">
         <v>0</v>
       </c>
       <c r="L105" s="2">
         <v>0</v>
       </c>
       <c r="M105" s="2">
         <v>0</v>
       </c>
       <c r="N105" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="106" spans="1:14">
       <c r="A106" s="2">
         <v>122212</v>
       </c>
       <c r="B106" s="2" t="s">
         <v>325</v>
       </c>
       <c r="C106" s="2" t="s">
         <v>326</v>
       </c>
       <c r="D106" s="2"/>
       <c r="E106" s="2">
         <v>144</v>
       </c>
       <c r="F106" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G106" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H106" s="2" t="s">
         <v>327</v>
       </c>
       <c r="I106" s="2">
         <v>105</v>
       </c>
       <c r="J106" s="2">
         <v>85</v>
       </c>
       <c r="K106" s="2">
         <v>0</v>
       </c>
       <c r="L106" s="2">
         <v>0</v>
       </c>
       <c r="M106" s="2">
         <v>0</v>
       </c>
       <c r="N106" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="107" spans="1:14">
       <c r="A107" s="2">
         <v>122213</v>
       </c>
       <c r="B107" s="2" t="s">
         <v>328</v>
       </c>
       <c r="C107" s="2" t="s">
         <v>329</v>
       </c>
       <c r="D107" s="2"/>
       <c r="E107" s="2">
         <v>60</v>
       </c>
       <c r="F107" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G107" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H107" s="2" t="s">
         <v>330</v>
       </c>
       <c r="I107" s="2">
         <v>106</v>
       </c>
       <c r="J107" s="2">
         <v>86</v>
       </c>
       <c r="K107" s="2">
         <v>0</v>
       </c>
       <c r="L107" s="2">
         <v>0</v>
       </c>
       <c r="M107" s="2">
         <v>0</v>
       </c>
       <c r="N107" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="108" spans="1:14">
       <c r="A108" s="2">
         <v>122214</v>
       </c>
       <c r="B108" s="2" t="s">
         <v>331</v>
       </c>
       <c r="C108" s="2" t="s">
         <v>332</v>
       </c>
       <c r="D108" s="2"/>
       <c r="E108" s="2">
         <v>1</v>
       </c>
       <c r="F108" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G108" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H108" s="2" t="s">
         <v>333</v>
       </c>
       <c r="I108" s="2">
         <v>107</v>
       </c>
       <c r="J108" s="2">
         <v>87</v>
       </c>
       <c r="K108" s="2">
         <v>0</v>
       </c>
       <c r="L108" s="2">
         <v>0</v>
       </c>
       <c r="M108" s="2">
         <v>0</v>
       </c>
       <c r="N108" s="2">
         <v>0</v>
       </c>