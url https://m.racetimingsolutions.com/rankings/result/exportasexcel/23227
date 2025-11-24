--- v0 (2025-10-09)
+++ v1 (2025-11-24)
@@ -272,95 +272,95 @@
   <si>
     <t>BAHAK</t>
   </si>
   <si>
     <t>E1165</t>
   </si>
   <si>
     <t>6:48:27</t>
   </si>
   <si>
     <t>Herve</t>
   </si>
   <si>
     <t>Huguenot</t>
   </si>
   <si>
     <t>F1346</t>
   </si>
   <si>
     <t>France</t>
   </si>
   <si>
     <t>06:50:41.999999999996</t>
   </si>
   <si>
+    <t>Mohamad</t>
+  </si>
+  <si>
+    <t>Affindi Bin Nudin</t>
+  </si>
+  <si>
+    <t>E1121</t>
+  </si>
+  <si>
+    <t>06:51:48.999999999996</t>
+  </si>
+  <si>
     <t>Aurore</t>
   </si>
   <si>
     <t>DACIER</t>
   </si>
   <si>
     <t>G1860</t>
   </si>
   <si>
     <t>6:53:46</t>
   </si>
   <si>
-    <t>Mohamad</t>
-[...8 lines deleted...]
-    <t>06:51:48.999999999996</t>
+    <t>Goodwin</t>
+  </si>
+  <si>
+    <t>F1397</t>
+  </si>
+  <si>
+    <t>07:10:6.0000000000036</t>
   </si>
   <si>
     <t>Amir Zaki</t>
   </si>
   <si>
     <t>Amran</t>
   </si>
   <si>
     <t>E1281</t>
   </si>
   <si>
     <t>6:57:01</t>
   </si>
   <si>
-    <t>Goodwin</t>
-[...7 lines deleted...]
-  <si>
     <t>MUHAMMAD HAZIM SOID</t>
   </si>
   <si>
     <t>E1290</t>
   </si>
   <si>
     <t>7:06:32</t>
   </si>
   <si>
     <t>Fuminori</t>
   </si>
   <si>
     <t>Kondo</t>
   </si>
   <si>
     <t>F1386</t>
   </si>
   <si>
     <t>Japan</t>
   </si>
   <si>
     <t>07:13:47</t>
   </si>
   <si>
     <t>Jeffery</t>
@@ -437,200 +437,200 @@
   <si>
     <t>Bo Young</t>
   </si>
   <si>
     <t>Jan</t>
   </si>
   <si>
     <t>G1881</t>
   </si>
   <si>
     <t>South Korea</t>
   </si>
   <si>
     <t>7:27:43</t>
   </si>
   <si>
     <t>SUI LOONG FONG</t>
   </si>
   <si>
     <t>F1325</t>
   </si>
   <si>
     <t>08:04:42</t>
   </si>
   <si>
+    <t>SUA YIH HUAN</t>
+  </si>
+  <si>
+    <t>F1322</t>
+  </si>
+  <si>
+    <t>08:10:52</t>
+  </si>
+  <si>
     <t>Siang Wong</t>
   </si>
   <si>
     <t>Fu</t>
   </si>
   <si>
     <t>E1311</t>
   </si>
   <si>
     <t>7:40:23</t>
   </si>
   <si>
-    <t>SUA YIH HUAN</t>
-[...7 lines deleted...]
-  <si>
     <t>Hafizan</t>
   </si>
   <si>
     <t>Lamin</t>
   </si>
   <si>
     <t>F1298</t>
   </si>
   <si>
     <t>08:19:04</t>
   </si>
   <si>
     <t>Hsuante</t>
   </si>
   <si>
     <t>Lin</t>
   </si>
   <si>
     <t>E1321</t>
   </si>
   <si>
     <t>Taiwan</t>
   </si>
   <si>
     <t>7:41:17</t>
   </si>
   <si>
     <t>Chhoki</t>
   </si>
   <si>
     <t>G1879</t>
   </si>
   <si>
     <t>7:45:07</t>
   </si>
   <si>
     <t>Bryan</t>
   </si>
   <si>
     <t>YEOH ZHI YONG</t>
   </si>
   <si>
     <t>E1123</t>
   </si>
   <si>
     <t>08:22:18.000000000004</t>
   </si>
   <si>
+    <t>CHOON FOONG YAP</t>
+  </si>
+  <si>
+    <t>E1127</t>
+  </si>
+  <si>
+    <t>08:23:3.0000000000036</t>
+  </si>
+  <si>
     <t>Marjones</t>
   </si>
   <si>
     <t>Abugan</t>
   </si>
   <si>
     <t>E1317</t>
   </si>
   <si>
     <t>7:49:45</t>
   </si>
   <si>
-    <t>CHOON FOONG YAP</t>
-[...7 lines deleted...]
-  <si>
     <t>Mei Tze</t>
   </si>
   <si>
     <t>Chong</t>
   </si>
   <si>
     <t>H2007</t>
   </si>
   <si>
     <t>7:52:33</t>
   </si>
   <si>
     <t>KIAN VOON CHONG</t>
   </si>
   <si>
     <t>F1272</t>
   </si>
   <si>
     <t>08:33:0.99999999999272</t>
   </si>
   <si>
     <t>Syahmim Nazmy</t>
   </si>
   <si>
     <t>E1297</t>
   </si>
   <si>
     <t>7:54:05</t>
   </si>
   <si>
     <t>JOHARI MOHD ALI</t>
   </si>
   <si>
     <t>F1211</t>
   </si>
   <si>
     <t>08:33:27.000000000004</t>
   </si>
   <si>
+    <t>MOHD HARITH ZAHARI</t>
+  </si>
+  <si>
+    <t>E1049</t>
+  </si>
+  <si>
+    <t>08:37:5.9999999999964</t>
+  </si>
+  <si>
     <t>Ang</t>
   </si>
   <si>
     <t>YEE MEI</t>
   </si>
   <si>
     <t>H2005</t>
   </si>
   <si>
     <t>7:59:00</t>
   </si>
   <si>
-    <t>MOHD HARITH ZAHARI</t>
-[...7 lines deleted...]
-  <si>
     <t>MOHD HATTA WAHAB</t>
   </si>
   <si>
     <t>E1232</t>
   </si>
   <si>
     <t>8:00:41</t>
   </si>
   <si>
     <t>KOK LAM YONG</t>
   </si>
   <si>
     <t>F1396</t>
   </si>
   <si>
     <t>08:42:18.000000000007</t>
   </si>
   <si>
     <t>Izzah</t>
   </si>
   <si>
     <t>Hazirah Abdul Malek</t>
   </si>
   <si>
     <t>G1873</t>
@@ -701,116 +701,116 @@
   <si>
     <t>F1700</t>
   </si>
   <si>
     <t>Singapore</t>
   </si>
   <si>
     <t>8:15:43</t>
   </si>
   <si>
     <t>WENG FAI YIM</t>
   </si>
   <si>
     <t>E1134</t>
   </si>
   <si>
     <t>8:19:01</t>
   </si>
   <si>
     <t>E1116</t>
   </si>
   <si>
     <t>08:50:55.999999999996</t>
   </si>
   <si>
+    <t>KEAN BOON YEOH</t>
+  </si>
+  <si>
+    <t>F1634</t>
+  </si>
+  <si>
+    <t>8:20:04</t>
+  </si>
+  <si>
     <t>ADAN MOHD ALI</t>
   </si>
   <si>
     <t>E1011</t>
   </si>
   <si>
     <t>08:57:48</t>
   </si>
   <si>
-    <t>KEAN BOON YEOH</t>
-[...7 lines deleted...]
-  <si>
     <t>F1578</t>
   </si>
   <si>
     <t>8:23:01</t>
   </si>
   <si>
     <t>PUI WENG LAI</t>
   </si>
   <si>
     <t>F1389</t>
   </si>
   <si>
     <t>09:00:17.000000000007</t>
   </si>
   <si>
     <t>YEW YUN YAM</t>
   </si>
   <si>
     <t>F1543</t>
   </si>
   <si>
     <t>8:23:17</t>
   </si>
   <si>
     <t>KAR KEONG ONG</t>
   </si>
   <si>
     <t>F1391</t>
   </si>
   <si>
     <t>09:03:47</t>
   </si>
   <si>
+    <t>E1143</t>
+  </si>
+  <si>
+    <t>8:24:54</t>
+  </si>
+  <si>
     <t>HADDAFI HAMIDUN</t>
   </si>
   <si>
     <t>E1073</t>
   </si>
   <si>
     <t>09:06:40.000000000007</t>
   </si>
   <si>
-    <t>E1143</t>
-[...4 lines deleted...]
-  <si>
     <t>MUHAMMAD SAIFUL ADLI AZMI</t>
   </si>
   <si>
     <t>E1051</t>
   </si>
   <si>
     <t>09:07:13</t>
   </si>
   <si>
     <t>Syarifah</t>
   </si>
   <si>
     <t>BALQIS SYED HAMZAH</t>
   </si>
   <si>
     <t>G1514</t>
   </si>
   <si>
     <t>09:08:19.999999999993</t>
   </si>
   <si>
     <t>Norasikin</t>
   </si>
   <si>
     <t>AHMAD RAMLI</t>
@@ -959,69 +959,69 @@
   <si>
     <t>E1058</t>
   </si>
   <si>
     <t>09:43:19</t>
   </si>
   <si>
     <t>YEOK HUN BOH</t>
   </si>
   <si>
     <t>H1614</t>
   </si>
   <si>
     <t>09:45:9.0000000000073</t>
   </si>
   <si>
     <t>SHAROL NIZAM IMRAM</t>
   </si>
   <si>
     <t>E1120</t>
   </si>
   <si>
     <t>09:47:02</t>
   </si>
   <si>
+    <t xml:space="preserve">Pei Wah </t>
+  </si>
+  <si>
+    <t>Lim</t>
+  </si>
+  <si>
+    <t>H1955</t>
+  </si>
+  <si>
+    <t>9:15:28</t>
+  </si>
+  <si>
     <t>MOHD HAKIME ROSLE</t>
   </si>
   <si>
     <t>E1112</t>
   </si>
   <si>
     <t>09:52:22</t>
-  </si>
-[...10 lines deleted...]
-    <t>9:15:28</t>
   </si>
   <si>
     <t>KRYSTAL KHAW</t>
   </si>
   <si>
     <t>G1518</t>
   </si>
   <si>
     <t>09:52:51</t>
   </si>
   <si>
     <t>MUHAMMAD SYIHABUDDIN SUBLE</t>
   </si>
   <si>
     <t>E1114</t>
   </si>
   <si>
     <t>09:53:28</t>
   </si>
   <si>
     <t>NORAINI ABU</t>
   </si>
   <si>
     <t>G1502</t>
   </si>
@@ -2386,214 +2386,214 @@
       </c>
       <c r="H17" s="2" t="s">
         <v>85</v>
       </c>
       <c r="I17" s="2">
         <v>8</v>
       </c>
       <c r="J17" s="2">
         <v>7</v>
       </c>
       <c r="K17" s="2">
         <v>100</v>
       </c>
       <c r="L17" s="2">
         <v>240</v>
       </c>
       <c r="M17" s="2">
         <v>0</v>
       </c>
       <c r="N17" s="2">
         <v>340</v>
       </c>
     </row>
     <row r="18" spans="1:14">
       <c r="A18" s="2">
-        <v>122986</v>
+        <v>105187</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>86</v>
       </c>
       <c r="C18" s="2" t="s">
         <v>87</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2" t="s">
         <v>88</v>
       </c>
       <c r="F18" s="2" t="s">
-        <v>84</v>
+        <v>25</v>
       </c>
       <c r="G18" s="2" t="s">
-        <v>57</v>
+        <v>18</v>
       </c>
       <c r="H18" s="2" t="s">
         <v>89</v>
       </c>
       <c r="I18" s="2">
         <v>9</v>
       </c>
       <c r="J18" s="2">
-        <v>1</v>
+        <v>8</v>
       </c>
       <c r="K18" s="2">
         <v>100</v>
       </c>
       <c r="L18" s="2">
-        <v>400</v>
+        <v>230</v>
       </c>
       <c r="M18" s="2">
         <v>0</v>
       </c>
       <c r="N18" s="2">
-        <v>500</v>
+        <v>330</v>
       </c>
     </row>
     <row r="19" spans="1:14">
       <c r="A19" s="2">
-        <v>105187</v>
+        <v>122986</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>90</v>
       </c>
       <c r="C19" s="2" t="s">
         <v>91</v>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2" t="s">
         <v>92</v>
       </c>
       <c r="F19" s="2" t="s">
-        <v>25</v>
+        <v>84</v>
       </c>
       <c r="G19" s="2" t="s">
-        <v>18</v>
+        <v>57</v>
       </c>
       <c r="H19" s="2" t="s">
         <v>93</v>
       </c>
       <c r="I19" s="2">
         <v>9</v>
       </c>
       <c r="J19" s="2">
-        <v>8</v>
+        <v>1</v>
       </c>
       <c r="K19" s="2">
         <v>100</v>
       </c>
       <c r="L19" s="2">
-        <v>230</v>
+        <v>400</v>
       </c>
       <c r="M19" s="2">
         <v>0</v>
       </c>
       <c r="N19" s="2">
-        <v>330</v>
+        <v>500</v>
       </c>
     </row>
     <row r="20" spans="1:14">
       <c r="A20" s="2">
-        <v>117542</v>
+        <v>110133</v>
       </c>
       <c r="B20" s="2" t="s">
+        <v>68</v>
+      </c>
+      <c r="C20" s="2" t="s">
         <v>94</v>
-      </c>
-[...1 lines deleted...]
-        <v>95</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2" t="s">
+        <v>95</v>
+      </c>
+      <c r="F20" s="2" t="s">
+        <v>71</v>
+      </c>
+      <c r="G20" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="H20" s="2" t="s">
         <v>96</v>
-      </c>
-[...7 lines deleted...]
-        <v>97</v>
       </c>
       <c r="I20" s="2">
         <v>10</v>
       </c>
       <c r="J20" s="2">
         <v>9</v>
       </c>
       <c r="K20" s="2">
-        <v>0</v>
+        <v>100</v>
       </c>
       <c r="L20" s="2">
-        <v>0</v>
+        <v>220</v>
       </c>
       <c r="M20" s="2">
         <v>0</v>
       </c>
       <c r="N20" s="2">
-        <v>0</v>
+        <v>320</v>
       </c>
     </row>
     <row r="21" spans="1:14">
       <c r="A21" s="2">
-        <v>110133</v>
+        <v>117542</v>
       </c>
       <c r="B21" s="2" t="s">
-        <v>68</v>
+        <v>97</v>
       </c>
       <c r="C21" s="2" t="s">
         <v>98</v>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2" t="s">
         <v>99</v>
       </c>
       <c r="F21" s="2" t="s">
-        <v>71</v>
+        <v>25</v>
       </c>
       <c r="G21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H21" s="2" t="s">
         <v>100</v>
       </c>
       <c r="I21" s="2">
         <v>10</v>
       </c>
       <c r="J21" s="2">
         <v>9</v>
       </c>
       <c r="K21" s="2">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="L21" s="2">
-        <v>220</v>
+        <v>0</v>
       </c>
       <c r="M21" s="2">
         <v>0</v>
       </c>
       <c r="N21" s="2">
-        <v>320</v>
+        <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:14">
       <c r="A22" s="2">
         <v>122987</v>
       </c>
       <c r="B22" s="2"/>
       <c r="C22" s="2" t="s">
         <v>101</v>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2" t="s">
         <v>102</v>
       </c>
       <c r="F22" s="2" t="s">
         <v>25</v>
       </c>
       <c r="G22" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H22" s="2" t="s">
         <v>103</v>
       </c>
       <c r="I22" s="2">
         <v>11</v>
@@ -2968,128 +2968,128 @@
       </c>
       <c r="H31" s="2" t="s">
         <v>140</v>
       </c>
       <c r="I31" s="2">
         <v>15</v>
       </c>
       <c r="J31" s="2">
         <v>14</v>
       </c>
       <c r="K31" s="2">
         <v>100</v>
       </c>
       <c r="L31" s="2">
         <v>170</v>
       </c>
       <c r="M31" s="2">
         <v>0</v>
       </c>
       <c r="N31" s="2">
         <v>270</v>
       </c>
     </row>
     <row r="32" spans="1:14">
       <c r="A32" s="2">
-        <v>122989</v>
-[...1 lines deleted...]
-      <c r="B32" s="2" t="s">
+        <v>121309</v>
+      </c>
+      <c r="B32" s="2"/>
+      <c r="C32" s="2" t="s">
         <v>141</v>
-      </c>
-[...1 lines deleted...]
-        <v>142</v>
       </c>
       <c r="D32" s="2"/>
       <c r="E32" s="2" t="s">
+        <v>142</v>
+      </c>
+      <c r="F32" s="2" t="s">
+        <v>25</v>
+      </c>
+      <c r="G32" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="H32" s="2" t="s">
         <v>143</v>
-      </c>
-[...7 lines deleted...]
-        <v>144</v>
       </c>
       <c r="I32" s="2">
         <v>16</v>
       </c>
       <c r="J32" s="2">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="K32" s="2">
         <v>100</v>
       </c>
       <c r="L32" s="2">
-        <v>180</v>
+        <v>160</v>
       </c>
       <c r="M32" s="2">
         <v>0</v>
       </c>
       <c r="N32" s="2">
-        <v>280</v>
+        <v>260</v>
       </c>
     </row>
     <row r="33" spans="1:14">
       <c r="A33" s="2">
-        <v>121309</v>
-[...1 lines deleted...]
-      <c r="B33" s="2"/>
+        <v>122989</v>
+      </c>
+      <c r="B33" s="2" t="s">
+        <v>144</v>
+      </c>
       <c r="C33" s="2" t="s">
         <v>145</v>
       </c>
       <c r="D33" s="2"/>
       <c r="E33" s="2" t="s">
         <v>146</v>
       </c>
       <c r="F33" s="2" t="s">
         <v>25</v>
       </c>
       <c r="G33" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H33" s="2" t="s">
         <v>147</v>
       </c>
       <c r="I33" s="2">
         <v>16</v>
       </c>
       <c r="J33" s="2">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="K33" s="2">
         <v>100</v>
       </c>
       <c r="L33" s="2">
-        <v>160</v>
+        <v>180</v>
       </c>
       <c r="M33" s="2">
         <v>0</v>
       </c>
       <c r="N33" s="2">
-        <v>260</v>
+        <v>280</v>
       </c>
     </row>
     <row r="34" spans="1:14">
       <c r="A34" s="2">
         <v>109818</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>148</v>
       </c>
       <c r="C34" s="2" t="s">
         <v>149</v>
       </c>
       <c r="D34" s="2"/>
       <c r="E34" s="2" t="s">
         <v>150</v>
       </c>
       <c r="F34" s="2" t="s">
         <v>25</v>
       </c>
       <c r="G34" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H34" s="2" t="s">
         <v>151</v>
       </c>
@@ -3218,128 +3218,128 @@
       </c>
       <c r="H37" s="2" t="s">
         <v>163</v>
       </c>
       <c r="I37" s="2">
         <v>18</v>
       </c>
       <c r="J37" s="2">
         <v>17</v>
       </c>
       <c r="K37" s="2">
         <v>100</v>
       </c>
       <c r="L37" s="2">
         <v>140</v>
       </c>
       <c r="M37" s="2">
         <v>0</v>
       </c>
       <c r="N37" s="2">
         <v>240</v>
       </c>
     </row>
     <row r="38" spans="1:14">
       <c r="A38" s="2">
-        <v>122991</v>
-[...1 lines deleted...]
-      <c r="B38" s="2" t="s">
+        <v>121311</v>
+      </c>
+      <c r="B38" s="2"/>
+      <c r="C38" s="2" t="s">
         <v>164</v>
-      </c>
-[...1 lines deleted...]
-        <v>165</v>
       </c>
       <c r="D38" s="2"/>
       <c r="E38" s="2" t="s">
+        <v>165</v>
+      </c>
+      <c r="F38" s="2" t="s">
+        <v>25</v>
+      </c>
+      <c r="G38" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="H38" s="2" t="s">
         <v>166</v>
-      </c>
-[...7 lines deleted...]
-        <v>167</v>
       </c>
       <c r="I38" s="2">
         <v>19</v>
       </c>
       <c r="J38" s="2">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="K38" s="2">
         <v>100</v>
       </c>
       <c r="L38" s="2">
-        <v>160</v>
+        <v>130</v>
       </c>
       <c r="M38" s="2">
         <v>0</v>
       </c>
       <c r="N38" s="2">
-        <v>260</v>
+        <v>230</v>
       </c>
     </row>
     <row r="39" spans="1:14">
       <c r="A39" s="2">
-        <v>121311</v>
-[...1 lines deleted...]
-      <c r="B39" s="2"/>
+        <v>122991</v>
+      </c>
+      <c r="B39" s="2" t="s">
+        <v>167</v>
+      </c>
       <c r="C39" s="2" t="s">
         <v>168</v>
       </c>
       <c r="D39" s="2"/>
       <c r="E39" s="2" t="s">
         <v>169</v>
       </c>
       <c r="F39" s="2" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="G39" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H39" s="2" t="s">
         <v>170</v>
       </c>
       <c r="I39" s="2">
         <v>19</v>
       </c>
       <c r="J39" s="2">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="K39" s="2">
         <v>100</v>
       </c>
       <c r="L39" s="2">
-        <v>130</v>
+        <v>160</v>
       </c>
       <c r="M39" s="2">
         <v>0</v>
       </c>
       <c r="N39" s="2">
-        <v>230</v>
+        <v>260</v>
       </c>
     </row>
     <row r="40" spans="1:14">
       <c r="A40" s="2">
         <v>114640</v>
       </c>
       <c r="B40" s="2" t="s">
         <v>171</v>
       </c>
       <c r="C40" s="2" t="s">
         <v>172</v>
       </c>
       <c r="D40" s="2"/>
       <c r="E40" s="2" t="s">
         <v>173</v>
       </c>
       <c r="F40" s="2" t="s">
         <v>25</v>
       </c>
       <c r="G40" s="2" t="s">
         <v>57</v>
       </c>
       <c r="H40" s="2" t="s">
         <v>174</v>
       </c>
@@ -3385,51 +3385,51 @@
       </c>
       <c r="I41" s="2">
         <v>20</v>
       </c>
       <c r="J41" s="2">
         <v>19</v>
       </c>
       <c r="K41" s="2">
         <v>100</v>
       </c>
       <c r="L41" s="2">
         <v>120</v>
       </c>
       <c r="M41" s="2">
         <v>0</v>
       </c>
       <c r="N41" s="2">
         <v>220</v>
       </c>
     </row>
     <row r="42" spans="1:14">
       <c r="A42" s="2">
         <v>108536</v>
       </c>
       <c r="B42" s="2" t="s">
-        <v>90</v>
+        <v>86</v>
       </c>
       <c r="C42" s="2" t="s">
         <v>178</v>
       </c>
       <c r="D42" s="2"/>
       <c r="E42" s="2" t="s">
         <v>179</v>
       </c>
       <c r="F42" s="2" t="s">
         <v>25</v>
       </c>
       <c r="G42" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H42" s="2" t="s">
         <v>180</v>
       </c>
       <c r="I42" s="2">
         <v>21</v>
       </c>
       <c r="J42" s="2">
         <v>16</v>
       </c>
       <c r="K42" s="2">
         <v>100</v>
@@ -3464,128 +3464,128 @@
       </c>
       <c r="H43" s="2" t="s">
         <v>183</v>
       </c>
       <c r="I43" s="2">
         <v>21</v>
       </c>
       <c r="J43" s="2">
         <v>20</v>
       </c>
       <c r="K43" s="2">
         <v>100</v>
       </c>
       <c r="L43" s="2">
         <v>110</v>
       </c>
       <c r="M43" s="2">
         <v>0</v>
       </c>
       <c r="N43" s="2">
         <v>210</v>
       </c>
     </row>
     <row r="44" spans="1:14">
       <c r="A44" s="2">
-        <v>122992</v>
-[...1 lines deleted...]
-      <c r="B44" s="2" t="s">
+        <v>121314</v>
+      </c>
+      <c r="B44" s="2"/>
+      <c r="C44" s="2" t="s">
         <v>184</v>
-      </c>
-[...1 lines deleted...]
-        <v>185</v>
       </c>
       <c r="D44" s="2"/>
       <c r="E44" s="2" t="s">
+        <v>185</v>
+      </c>
+      <c r="F44" s="2" t="s">
+        <v>25</v>
+      </c>
+      <c r="G44" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="H44" s="2" t="s">
         <v>186</v>
-      </c>
-[...7 lines deleted...]
-        <v>187</v>
       </c>
       <c r="I44" s="2">
         <v>22</v>
       </c>
       <c r="J44" s="2">
-        <v>6</v>
+        <v>21</v>
       </c>
       <c r="K44" s="2">
         <v>100</v>
       </c>
       <c r="L44" s="2">
-        <v>250</v>
+        <v>100</v>
       </c>
       <c r="M44" s="2">
         <v>0</v>
       </c>
       <c r="N44" s="2">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="45" spans="1:14">
       <c r="A45" s="2">
-        <v>121314</v>
-[...1 lines deleted...]
-      <c r="B45" s="2"/>
+        <v>122992</v>
+      </c>
+      <c r="B45" s="2" t="s">
+        <v>187</v>
+      </c>
       <c r="C45" s="2" t="s">
         <v>188</v>
       </c>
       <c r="D45" s="2"/>
       <c r="E45" s="2" t="s">
         <v>189</v>
       </c>
       <c r="F45" s="2" t="s">
         <v>25</v>
       </c>
       <c r="G45" s="2" t="s">
-        <v>18</v>
+        <v>57</v>
       </c>
       <c r="H45" s="2" t="s">
         <v>190</v>
       </c>
       <c r="I45" s="2">
         <v>22</v>
       </c>
       <c r="J45" s="2">
-        <v>21</v>
+        <v>6</v>
       </c>
       <c r="K45" s="2">
         <v>100</v>
       </c>
       <c r="L45" s="2">
-        <v>100</v>
+        <v>250</v>
       </c>
       <c r="M45" s="2">
         <v>0</v>
       </c>
       <c r="N45" s="2">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="46" spans="1:14">
       <c r="A46" s="2">
         <v>122993</v>
       </c>
       <c r="B46" s="2"/>
       <c r="C46" s="2" t="s">
         <v>191</v>
       </c>
       <c r="D46" s="2"/>
       <c r="E46" s="2" t="s">
         <v>192</v>
       </c>
       <c r="F46" s="2" t="s">
         <v>25</v>
       </c>
       <c r="G46" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H46" s="2" t="s">
         <v>193</v>
       </c>
       <c r="I46" s="2">
         <v>23</v>
@@ -4036,135 +4036,135 @@
       </c>
       <c r="H57" s="2" t="s">
         <v>228</v>
       </c>
       <c r="I57" s="2">
         <v>28</v>
       </c>
       <c r="J57" s="2">
         <v>25</v>
       </c>
       <c r="K57" s="2">
         <v>100</v>
       </c>
       <c r="L57" s="2">
         <v>60</v>
       </c>
       <c r="M57" s="2">
         <v>0</v>
       </c>
       <c r="N57" s="2">
         <v>160</v>
       </c>
     </row>
     <row r="58" spans="1:14">
       <c r="A58" s="2">
-        <v>121321</v>
+        <v>122995</v>
       </c>
       <c r="B58" s="2"/>
       <c r="C58" s="2" t="s">
         <v>229</v>
       </c>
       <c r="D58" s="2"/>
       <c r="E58" s="2" t="s">
         <v>230</v>
       </c>
       <c r="F58" s="2" t="s">
         <v>25</v>
       </c>
       <c r="G58" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H58" s="2" t="s">
         <v>231</v>
       </c>
       <c r="I58" s="2">
         <v>29</v>
       </c>
       <c r="J58" s="2">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="K58" s="2">
         <v>100</v>
       </c>
       <c r="L58" s="2">
-        <v>50</v>
+        <v>90</v>
       </c>
       <c r="M58" s="2">
         <v>0</v>
       </c>
       <c r="N58" s="2">
-        <v>150</v>
+        <v>190</v>
       </c>
     </row>
     <row r="59" spans="1:14">
       <c r="A59" s="2">
-        <v>122995</v>
+        <v>121321</v>
       </c>
       <c r="B59" s="2"/>
       <c r="C59" s="2" t="s">
         <v>232</v>
       </c>
       <c r="D59" s="2"/>
       <c r="E59" s="2" t="s">
         <v>233</v>
       </c>
       <c r="F59" s="2" t="s">
         <v>25</v>
       </c>
       <c r="G59" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H59" s="2" t="s">
         <v>234</v>
       </c>
       <c r="I59" s="2">
         <v>29</v>
       </c>
       <c r="J59" s="2">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="K59" s="2">
         <v>100</v>
       </c>
       <c r="L59" s="2">
-        <v>90</v>
+        <v>50</v>
       </c>
       <c r="M59" s="2">
         <v>0</v>
       </c>
       <c r="N59" s="2">
-        <v>190</v>
+        <v>150</v>
       </c>
     </row>
     <row r="60" spans="1:14">
       <c r="A60" s="2">
         <v>121321</v>
       </c>
       <c r="B60" s="2"/>
       <c r="C60" s="2" t="s">
-        <v>229</v>
+        <v>232</v>
       </c>
       <c r="D60" s="2"/>
       <c r="E60" s="2" t="s">
         <v>235</v>
       </c>
       <c r="F60" s="2" t="s">
         <v>25</v>
       </c>
       <c r="G60" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H60" s="2" t="s">
         <v>236</v>
       </c>
       <c r="I60" s="2">
         <v>30</v>
       </c>
       <c r="J60" s="2">
         <v>23</v>
       </c>
       <c r="K60" s="2">
         <v>100</v>
       </c>
       <c r="L60" s="2">
         <v>80</v>
@@ -4276,126 +4276,126 @@
       </c>
       <c r="H63" s="2" t="s">
         <v>245</v>
       </c>
       <c r="I63" s="2">
         <v>31</v>
       </c>
       <c r="J63" s="2">
         <v>28</v>
       </c>
       <c r="K63" s="2">
         <v>100</v>
       </c>
       <c r="L63" s="2">
         <v>46</v>
       </c>
       <c r="M63" s="2">
         <v>0</v>
       </c>
       <c r="N63" s="2">
         <v>146</v>
       </c>
     </row>
     <row r="64" spans="1:14">
       <c r="A64" s="2">
-        <v>121324</v>
+        <v>121314</v>
       </c>
       <c r="B64" s="2"/>
       <c r="C64" s="2" t="s">
-        <v>246</v>
+        <v>184</v>
       </c>
       <c r="D64" s="2"/>
       <c r="E64" s="2" t="s">
+        <v>246</v>
+      </c>
+      <c r="F64" s="2" t="s">
+        <v>25</v>
+      </c>
+      <c r="G64" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="H64" s="2" t="s">
         <v>247</v>
-      </c>
-[...7 lines deleted...]
-        <v>248</v>
       </c>
       <c r="I64" s="2">
         <v>32</v>
       </c>
       <c r="J64" s="2">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="K64" s="2">
         <v>100</v>
       </c>
       <c r="L64" s="2">
-        <v>44</v>
+        <v>60</v>
       </c>
       <c r="M64" s="2">
         <v>0</v>
       </c>
       <c r="N64" s="2">
-        <v>144</v>
+        <v>160</v>
       </c>
     </row>
     <row r="65" spans="1:14">
       <c r="A65" s="2">
-        <v>121314</v>
+        <v>121324</v>
       </c>
       <c r="B65" s="2"/>
       <c r="C65" s="2" t="s">
-        <v>188</v>
+        <v>248</v>
       </c>
       <c r="D65" s="2"/>
       <c r="E65" s="2" t="s">
         <v>249</v>
       </c>
       <c r="F65" s="2" t="s">
         <v>25</v>
       </c>
       <c r="G65" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H65" s="2" t="s">
         <v>250</v>
       </c>
       <c r="I65" s="2">
         <v>32</v>
       </c>
       <c r="J65" s="2">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="K65" s="2">
         <v>100</v>
       </c>
       <c r="L65" s="2">
-        <v>60</v>
+        <v>44</v>
       </c>
       <c r="M65" s="2">
         <v>0</v>
       </c>
       <c r="N65" s="2">
-        <v>160</v>
+        <v>144</v>
       </c>
     </row>
     <row r="66" spans="1:14">
       <c r="A66" s="2">
         <v>121325</v>
       </c>
       <c r="B66" s="2"/>
       <c r="C66" s="2" t="s">
         <v>251</v>
       </c>
       <c r="D66" s="2"/>
       <c r="E66" s="2" t="s">
         <v>252</v>
       </c>
       <c r="F66" s="2" t="s">
         <v>25</v>
       </c>
       <c r="G66" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H66" s="2" t="s">
         <v>253</v>
       </c>
       <c r="I66" s="2">
         <v>33</v>
@@ -5130,128 +5130,128 @@
       </c>
       <c r="H84" s="2" t="s">
         <v>314</v>
       </c>
       <c r="I84" s="2">
         <v>49</v>
       </c>
       <c r="J84" s="2">
         <v>40</v>
       </c>
       <c r="K84" s="2">
         <v>100</v>
       </c>
       <c r="L84" s="2">
         <v>22</v>
       </c>
       <c r="M84" s="2">
         <v>0</v>
       </c>
       <c r="N84" s="2">
         <v>122</v>
       </c>
     </row>
     <row r="85" spans="1:14">
       <c r="A85" s="2">
-        <v>121342</v>
-[...1 lines deleted...]
-      <c r="B85" s="2"/>
+        <v>105417</v>
+      </c>
+      <c r="B85" s="2" t="s">
+        <v>315</v>
+      </c>
       <c r="C85" s="2" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="D85" s="2"/>
       <c r="E85" s="2" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="F85" s="2" t="s">
         <v>25</v>
       </c>
       <c r="G85" s="2" t="s">
-        <v>18</v>
+        <v>57</v>
       </c>
       <c r="H85" s="2" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="I85" s="2">
         <v>50</v>
       </c>
       <c r="J85" s="2">
-        <v>41</v>
+        <v>10</v>
       </c>
       <c r="K85" s="2">
         <v>100</v>
       </c>
       <c r="L85" s="2">
-        <v>20</v>
+        <v>210</v>
       </c>
       <c r="M85" s="2">
         <v>0</v>
       </c>
       <c r="N85" s="2">
-        <v>120</v>
+        <v>310</v>
       </c>
     </row>
     <row r="86" spans="1:14">
       <c r="A86" s="2">
-        <v>105417</v>
-[...3 lines deleted...]
-      </c>
+        <v>121342</v>
+      </c>
+      <c r="B86" s="2"/>
       <c r="C86" s="2" t="s">
         <v>319</v>
       </c>
       <c r="D86" s="2"/>
       <c r="E86" s="2" t="s">
         <v>320</v>
       </c>
       <c r="F86" s="2" t="s">
         <v>25</v>
       </c>
       <c r="G86" s="2" t="s">
-        <v>57</v>
+        <v>18</v>
       </c>
       <c r="H86" s="2" t="s">
         <v>321</v>
       </c>
       <c r="I86" s="2">
         <v>50</v>
       </c>
       <c r="J86" s="2">
-        <v>10</v>
+        <v>41</v>
       </c>
       <c r="K86" s="2">
         <v>100</v>
       </c>
       <c r="L86" s="2">
-        <v>210</v>
+        <v>20</v>
       </c>
       <c r="M86" s="2">
         <v>0</v>
       </c>
       <c r="N86" s="2">
-        <v>310</v>
+        <v>120</v>
       </c>
     </row>
     <row r="87" spans="1:14">
       <c r="A87" s="2">
         <v>121343</v>
       </c>
       <c r="B87" s="2"/>
       <c r="C87" s="2" t="s">
         <v>322</v>
       </c>
       <c r="D87" s="2"/>
       <c r="E87" s="2" t="s">
         <v>323</v>
       </c>
       <c r="F87" s="2" t="s">
         <v>25</v>
       </c>
       <c r="G87" s="2" t="s">
         <v>57</v>
       </c>
       <c r="H87" s="2" t="s">
         <v>324</v>
       </c>
       <c r="I87" s="2">
         <v>51</v>