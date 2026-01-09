--- v1 (2025-11-24)
+++ v2 (2026-01-09)
@@ -62,68 +62,68 @@
   <si>
     <t>Overall Position</t>
   </si>
   <si>
     <t>Gender Position</t>
   </si>
   <si>
     <t>Finisher Points</t>
   </si>
   <si>
     <t>Performance Points</t>
   </si>
   <si>
     <t>Bonus Points</t>
   </si>
   <si>
     <t>Total Points</t>
   </si>
   <si>
     <t>John Ray</t>
   </si>
   <si>
     <t>Onifa</t>
   </si>
   <si>
+    <t>E1315</t>
+  </si>
+  <si>
+    <t>Philippines</t>
+  </si>
+  <si>
+    <t>Male</t>
+  </si>
+  <si>
+    <t>5:32:25</t>
+  </si>
+  <si>
     <t>E1154</t>
   </si>
   <si>
-    <t>Philippines</t>
-[...4 lines deleted...]
-  <si>
     <t>05:12:11.000000000004</t>
   </si>
   <si>
-    <t>E1315</t>
-[...4 lines deleted...]
-  <si>
     <t>Daved</t>
   </si>
   <si>
     <t>Simpat</t>
   </si>
   <si>
     <t>F1347</t>
   </si>
   <si>
     <t>Malaysia</t>
   </si>
   <si>
     <t>05:45:51</t>
   </si>
   <si>
     <t>Milton</t>
   </si>
   <si>
     <t>Amat</t>
   </si>
   <si>
     <t>F1772</t>
   </si>
   <si>
     <t>5:36:03</t>
@@ -317,74 +317,74 @@
   <si>
     <t>6:53:46</t>
   </si>
   <si>
     <t>Goodwin</t>
   </si>
   <si>
     <t>F1397</t>
   </si>
   <si>
     <t>07:10:6.0000000000036</t>
   </si>
   <si>
     <t>Amir Zaki</t>
   </si>
   <si>
     <t>Amran</t>
   </si>
   <si>
     <t>E1281</t>
   </si>
   <si>
     <t>6:57:01</t>
   </si>
   <si>
+    <t>Fuminori</t>
+  </si>
+  <si>
+    <t>Kondo</t>
+  </si>
+  <si>
+    <t>F1386</t>
+  </si>
+  <si>
+    <t>Japan</t>
+  </si>
+  <si>
+    <t>07:13:47</t>
+  </si>
+  <si>
     <t>MUHAMMAD HAZIM SOID</t>
   </si>
   <si>
     <t>E1290</t>
   </si>
   <si>
     <t>7:06:32</t>
   </si>
   <si>
-    <t>Fuminori</t>
-[...13 lines deleted...]
-  <si>
     <t>Jeffery</t>
   </si>
   <si>
     <t>Anak Budin</t>
   </si>
   <si>
     <t>F1774</t>
   </si>
   <si>
     <t>7:14:46</t>
   </si>
   <si>
     <t>Alexander</t>
   </si>
   <si>
     <t>Tilley</t>
   </si>
   <si>
     <t>F1230</t>
   </si>
   <si>
     <t>07:15:49.999999999996</t>
   </si>
   <si>
     <t>MOHD.AMINUDDIN MUSA</t>
@@ -566,71 +566,71 @@
   <si>
     <t>F1272</t>
   </si>
   <si>
     <t>08:33:0.99999999999272</t>
   </si>
   <si>
     <t>Syahmim Nazmy</t>
   </si>
   <si>
     <t>E1297</t>
   </si>
   <si>
     <t>7:54:05</t>
   </si>
   <si>
     <t>JOHARI MOHD ALI</t>
   </si>
   <si>
     <t>F1211</t>
   </si>
   <si>
     <t>08:33:27.000000000004</t>
   </si>
   <si>
+    <t>Ang</t>
+  </si>
+  <si>
+    <t>YEE MEI</t>
+  </si>
+  <si>
+    <t>H2005</t>
+  </si>
+  <si>
+    <t>7:59:00</t>
+  </si>
+  <si>
     <t>MOHD HARITH ZAHARI</t>
   </si>
   <si>
     <t>E1049</t>
   </si>
   <si>
     <t>08:37:5.9999999999964</t>
   </si>
   <si>
-    <t>Ang</t>
-[...10 lines deleted...]
-  <si>
     <t>MOHD HATTA WAHAB</t>
   </si>
   <si>
     <t>E1232</t>
   </si>
   <si>
     <t>8:00:41</t>
   </si>
   <si>
     <t>KOK LAM YONG</t>
   </si>
   <si>
     <t>F1396</t>
   </si>
   <si>
     <t>08:42:18.000000000007</t>
   </si>
   <si>
     <t>Izzah</t>
   </si>
   <si>
     <t>Hazirah Abdul Malek</t>
   </si>
   <si>
     <t>G1873</t>
@@ -866,72 +866,72 @@
   <si>
     <t>F1295</t>
   </si>
   <si>
     <t>09:29:42</t>
   </si>
   <si>
     <t>WU CHUAN FOO</t>
   </si>
   <si>
     <t>E1065</t>
   </si>
   <si>
     <t>09:36:06</t>
   </si>
   <si>
     <t>BENJAMIN MUNTIOL</t>
   </si>
   <si>
     <t>F1276</t>
   </si>
   <si>
     <t>09:36:59.000000000007</t>
   </si>
   <si>
+    <t>Soo Min</t>
+  </si>
+  <si>
+    <t>CHING</t>
+  </si>
+  <si>
+    <t>H1623</t>
+  </si>
+  <si>
+    <t>09:36:51</t>
+  </si>
+  <si>
     <t>Nurazlina Razali</t>
   </si>
   <si>
     <t>Ml</t>
   </si>
   <si>
     <t>H1914</t>
   </si>
   <si>
     <t>8:55:07</t>
-  </si>
-[...10 lines deleted...]
-    <t>09:36:51</t>
   </si>
   <si>
     <t>KHOR CHOON HOE</t>
   </si>
   <si>
     <t>F1323</t>
   </si>
   <si>
     <t>09:37:22</t>
   </si>
   <si>
     <t>Nur Haafidzah</t>
   </si>
   <si>
     <t>Binti Abdul Aziz</t>
   </si>
   <si>
     <t>G1874</t>
   </si>
   <si>
     <t>8:57:20</t>
   </si>
   <si>
     <t>HAMIRUL FAIZ SAPAI</t>
   </si>
@@ -1742,102 +1742,102 @@
         <v>14</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>15</v>
       </c>
       <c r="D2" s="2"/>
       <c r="E2" s="2" t="s">
         <v>16</v>
       </c>
       <c r="F2" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H2" s="2" t="s">
         <v>19</v>
       </c>
       <c r="I2" s="2">
         <v>1</v>
       </c>
       <c r="J2" s="2">
         <v>1</v>
       </c>
       <c r="K2" s="2">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="L2" s="2">
-        <v>400</v>
+        <v>0</v>
       </c>
       <c r="M2" s="2">
         <v>0</v>
       </c>
       <c r="N2" s="2">
-        <v>500</v>
+        <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:14">
       <c r="A3" s="2">
         <v>105827</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>15</v>
       </c>
       <c r="D3" s="2"/>
       <c r="E3" s="2" t="s">
         <v>20</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G3" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H3" s="2" t="s">
         <v>21</v>
       </c>
       <c r="I3" s="2">
         <v>1</v>
       </c>
       <c r="J3" s="2">
         <v>1</v>
       </c>
       <c r="K3" s="2">
-        <v>0</v>
+        <v>100</v>
       </c>
       <c r="L3" s="2">
-        <v>0</v>
+        <v>400</v>
       </c>
       <c r="M3" s="2">
         <v>0</v>
       </c>
       <c r="N3" s="2">
-        <v>0</v>
+        <v>500</v>
       </c>
     </row>
     <row r="4" spans="1:14">
       <c r="A4" s="2">
         <v>110127</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>22</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>23</v>
       </c>
       <c r="D4" s="2"/>
       <c r="E4" s="2" t="s">
         <v>24</v>
       </c>
       <c r="F4" s="2" t="s">
         <v>25</v>
       </c>
       <c r="G4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H4" s="2" t="s">
         <v>26</v>
       </c>
@@ -2554,104 +2554,104 @@
       </c>
       <c r="H21" s="2" t="s">
         <v>100</v>
       </c>
       <c r="I21" s="2">
         <v>10</v>
       </c>
       <c r="J21" s="2">
         <v>9</v>
       </c>
       <c r="K21" s="2">
         <v>0</v>
       </c>
       <c r="L21" s="2">
         <v>0</v>
       </c>
       <c r="M21" s="2">
         <v>0</v>
       </c>
       <c r="N21" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:14">
       <c r="A22" s="2">
-        <v>122987</v>
-[...1 lines deleted...]
-      <c r="B22" s="2"/>
+        <v>113074</v>
+      </c>
+      <c r="B22" s="2" t="s">
+        <v>101</v>
+      </c>
       <c r="C22" s="2" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="F22" s="2" t="s">
-        <v>25</v>
+        <v>104</v>
       </c>
       <c r="G22" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H22" s="2" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="I22" s="2">
         <v>11</v>
       </c>
       <c r="J22" s="2">
         <v>10</v>
       </c>
       <c r="K22" s="2">
         <v>100</v>
       </c>
       <c r="L22" s="2">
         <v>210</v>
       </c>
       <c r="M22" s="2">
         <v>0</v>
       </c>
       <c r="N22" s="2">
         <v>310</v>
       </c>
     </row>
     <row r="23" spans="1:14">
       <c r="A23" s="2">
-        <v>113074</v>
-[...3 lines deleted...]
-      </c>
+        <v>122987</v>
+      </c>
+      <c r="B23" s="2"/>
       <c r="C23" s="2" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="2" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="F23" s="2" t="s">
-        <v>107</v>
+        <v>25</v>
       </c>
       <c r="G23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H23" s="2" t="s">
         <v>108</v>
       </c>
       <c r="I23" s="2">
         <v>11</v>
       </c>
       <c r="J23" s="2">
         <v>10</v>
       </c>
       <c r="K23" s="2">
         <v>100</v>
       </c>
       <c r="L23" s="2">
         <v>210</v>
       </c>
       <c r="M23" s="2">
         <v>0</v>
       </c>
       <c r="N23" s="2">
         <v>310</v>
       </c>
@@ -3464,128 +3464,128 @@
       </c>
       <c r="H43" s="2" t="s">
         <v>183</v>
       </c>
       <c r="I43" s="2">
         <v>21</v>
       </c>
       <c r="J43" s="2">
         <v>20</v>
       </c>
       <c r="K43" s="2">
         <v>100</v>
       </c>
       <c r="L43" s="2">
         <v>110</v>
       </c>
       <c r="M43" s="2">
         <v>0</v>
       </c>
       <c r="N43" s="2">
         <v>210</v>
       </c>
     </row>
     <row r="44" spans="1:14">
       <c r="A44" s="2">
-        <v>121314</v>
-[...1 lines deleted...]
-      <c r="B44" s="2"/>
+        <v>122992</v>
+      </c>
+      <c r="B44" s="2" t="s">
+        <v>184</v>
+      </c>
       <c r="C44" s="2" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="D44" s="2"/>
       <c r="E44" s="2" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="F44" s="2" t="s">
         <v>25</v>
       </c>
       <c r="G44" s="2" t="s">
-        <v>18</v>
+        <v>57</v>
       </c>
       <c r="H44" s="2" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="I44" s="2">
         <v>22</v>
       </c>
       <c r="J44" s="2">
-        <v>21</v>
+        <v>6</v>
       </c>
       <c r="K44" s="2">
         <v>100</v>
       </c>
       <c r="L44" s="2">
-        <v>100</v>
+        <v>250</v>
       </c>
       <c r="M44" s="2">
         <v>0</v>
       </c>
       <c r="N44" s="2">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="45" spans="1:14">
       <c r="A45" s="2">
-        <v>122992</v>
-[...3 lines deleted...]
-      </c>
+        <v>121314</v>
+      </c>
+      <c r="B45" s="2"/>
       <c r="C45" s="2" t="s">
         <v>188</v>
       </c>
       <c r="D45" s="2"/>
       <c r="E45" s="2" t="s">
         <v>189</v>
       </c>
       <c r="F45" s="2" t="s">
         <v>25</v>
       </c>
       <c r="G45" s="2" t="s">
-        <v>57</v>
+        <v>18</v>
       </c>
       <c r="H45" s="2" t="s">
         <v>190</v>
       </c>
       <c r="I45" s="2">
         <v>22</v>
       </c>
       <c r="J45" s="2">
-        <v>6</v>
+        <v>21</v>
       </c>
       <c r="K45" s="2">
         <v>100</v>
       </c>
       <c r="L45" s="2">
-        <v>250</v>
+        <v>100</v>
       </c>
       <c r="M45" s="2">
         <v>0</v>
       </c>
       <c r="N45" s="2">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="46" spans="1:14">
       <c r="A46" s="2">
         <v>122993</v>
       </c>
       <c r="B46" s="2"/>
       <c r="C46" s="2" t="s">
         <v>191</v>
       </c>
       <c r="D46" s="2"/>
       <c r="E46" s="2" t="s">
         <v>192</v>
       </c>
       <c r="F46" s="2" t="s">
         <v>25</v>
       </c>
       <c r="G46" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H46" s="2" t="s">
         <v>193</v>
       </c>
       <c r="I46" s="2">
         <v>23</v>
@@ -4280,51 +4280,51 @@
       <c r="I63" s="2">
         <v>31</v>
       </c>
       <c r="J63" s="2">
         <v>28</v>
       </c>
       <c r="K63" s="2">
         <v>100</v>
       </c>
       <c r="L63" s="2">
         <v>46</v>
       </c>
       <c r="M63" s="2">
         <v>0</v>
       </c>
       <c r="N63" s="2">
         <v>146</v>
       </c>
     </row>
     <row r="64" spans="1:14">
       <c r="A64" s="2">
         <v>121314</v>
       </c>
       <c r="B64" s="2"/>
       <c r="C64" s="2" t="s">
-        <v>184</v>
+        <v>188</v>
       </c>
       <c r="D64" s="2"/>
       <c r="E64" s="2" t="s">
         <v>246</v>
       </c>
       <c r="F64" s="2" t="s">
         <v>25</v>
       </c>
       <c r="G64" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H64" s="2" t="s">
         <v>247</v>
       </c>
       <c r="I64" s="2">
         <v>32</v>
       </c>
       <c r="J64" s="2">
         <v>25</v>
       </c>
       <c r="K64" s="2">
         <v>100</v>
       </c>
       <c r="L64" s="2">
         <v>60</v>
@@ -4762,130 +4762,130 @@
       </c>
       <c r="H75" s="2" t="s">
         <v>283</v>
       </c>
       <c r="I75" s="2">
         <v>42</v>
       </c>
       <c r="J75" s="2">
         <v>36</v>
       </c>
       <c r="K75" s="2">
         <v>100</v>
       </c>
       <c r="L75" s="2">
         <v>30</v>
       </c>
       <c r="M75" s="2">
         <v>0</v>
       </c>
       <c r="N75" s="2">
         <v>130</v>
       </c>
     </row>
     <row r="76" spans="1:14">
       <c r="A76" s="2">
-        <v>122520</v>
+        <v>121335</v>
       </c>
       <c r="B76" s="2" t="s">
         <v>284</v>
       </c>
       <c r="C76" s="2" t="s">
         <v>285</v>
       </c>
       <c r="D76" s="2"/>
       <c r="E76" s="2" t="s">
         <v>286</v>
       </c>
       <c r="F76" s="2" t="s">
         <v>25</v>
       </c>
       <c r="G76" s="2" t="s">
         <v>57</v>
       </c>
       <c r="H76" s="2" t="s">
         <v>287</v>
       </c>
       <c r="I76" s="2">
         <v>43</v>
       </c>
       <c r="J76" s="2">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="K76" s="2">
         <v>100</v>
       </c>
       <c r="L76" s="2">
-        <v>230</v>
+        <v>240</v>
       </c>
       <c r="M76" s="2">
         <v>0</v>
       </c>
       <c r="N76" s="2">
-        <v>330</v>
+        <v>340</v>
       </c>
     </row>
     <row r="77" spans="1:14">
       <c r="A77" s="2">
-        <v>121335</v>
+        <v>122520</v>
       </c>
       <c r="B77" s="2" t="s">
         <v>288</v>
       </c>
       <c r="C77" s="2" t="s">
         <v>289</v>
       </c>
       <c r="D77" s="2"/>
       <c r="E77" s="2" t="s">
         <v>290</v>
       </c>
       <c r="F77" s="2" t="s">
         <v>25</v>
       </c>
       <c r="G77" s="2" t="s">
         <v>57</v>
       </c>
       <c r="H77" s="2" t="s">
         <v>291</v>
       </c>
       <c r="I77" s="2">
         <v>43</v>
       </c>
       <c r="J77" s="2">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="K77" s="2">
         <v>100</v>
       </c>
       <c r="L77" s="2">
-        <v>240</v>
+        <v>230</v>
       </c>
       <c r="M77" s="2">
         <v>0</v>
       </c>
       <c r="N77" s="2">
-        <v>340</v>
+        <v>330</v>
       </c>
     </row>
     <row r="78" spans="1:14">
       <c r="A78" s="2">
         <v>121336</v>
       </c>
       <c r="B78" s="2"/>
       <c r="C78" s="2" t="s">
         <v>292</v>
       </c>
       <c r="D78" s="2"/>
       <c r="E78" s="2" t="s">
         <v>293</v>
       </c>
       <c r="F78" s="2" t="s">
         <v>25</v>
       </c>
       <c r="G78" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H78" s="2" t="s">
         <v>294</v>
       </c>
       <c r="I78" s="2">
         <v>44</v>