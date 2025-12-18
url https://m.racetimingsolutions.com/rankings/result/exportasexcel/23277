--- v0 (2025-10-30)
+++ v1 (2025-12-18)
@@ -68,117 +68,117 @@
   <si>
     <t>Finisher Points</t>
   </si>
   <si>
     <t>Performance Points</t>
   </si>
   <si>
     <t>Bonus Points</t>
   </si>
   <si>
     <t>Total Points</t>
   </si>
   <si>
     <t>Tran Thi Minh Thuy</t>
   </si>
   <si>
     <t>Vietnam</t>
   </si>
   <si>
     <t>Female</t>
   </si>
   <si>
     <t>14:05:21</t>
   </si>
   <si>
+    <t>Vũ Hường Jen</t>
+  </si>
+  <si>
+    <t>15:01:33</t>
+  </si>
+  <si>
     <t xml:space="preserve">Siti Hajar </t>
   </si>
   <si>
     <t>Razali</t>
   </si>
   <si>
     <t>Malaysia</t>
   </si>
   <si>
     <t>16:38:57</t>
   </si>
   <si>
-    <t>Vũ Hường Jen</t>
-[...4 lines deleted...]
-  <si>
     <t>Windy Nguyen</t>
   </si>
   <si>
     <t>15:42:46</t>
   </si>
   <si>
     <t>Ho Thi Nga</t>
   </si>
   <si>
     <t>14:07:01</t>
   </si>
   <si>
     <t>Nguyễn Đặng Quỳnh Như</t>
   </si>
   <si>
     <t>15:19:28</t>
   </si>
   <si>
+    <t>Bùi Thị Kim Nguyệt</t>
+  </si>
+  <si>
+    <t>15:57:29</t>
+  </si>
+  <si>
     <t>Glorioso Irish Nina</t>
   </si>
   <si>
     <t>Philippines</t>
   </si>
   <si>
     <t>15:12:38</t>
   </si>
   <si>
-    <t>Bùi Thị Kim Nguyệt</t>
-[...2 lines deleted...]
-    <t>15:57:29</t>
+    <t>Lưu Kim Phụng</t>
+  </si>
+  <si>
+    <t>14:56:40</t>
   </si>
   <si>
     <t>Tamae</t>
   </si>
   <si>
     <t>Harada</t>
   </si>
   <si>
     <t>Japan</t>
   </si>
   <si>
     <t>13:38:27</t>
-  </si>
-[...4 lines deleted...]
-    <t>14:56:40</t>
   </si>
   <si>
     <t>Vu Ngoc Anh</t>
   </si>
   <si>
     <t>15:37:52</t>
   </si>
   <si>
     <t>Phạm Thị Thu</t>
   </si>
   <si>
     <t>16:05:38</t>
   </si>
   <si>
     <t>Đỗ Trọng Nhơn</t>
   </si>
   <si>
     <t>Male</t>
   </si>
   <si>
     <t>8:21:58</t>
   </si>
   <si>
     <t>Trần Văn Nghĩa</t>
   </si>
@@ -830,128 +830,128 @@
       </c>
       <c r="H2" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I2" s="2">
         <v>0</v>
       </c>
       <c r="J2" s="2">
         <v>9</v>
       </c>
       <c r="K2" s="2">
         <v>100</v>
       </c>
       <c r="L2" s="2">
         <v>220</v>
       </c>
       <c r="M2" s="2">
         <v>0</v>
       </c>
       <c r="N2" s="2">
         <v>320</v>
       </c>
     </row>
     <row r="3" spans="1:14">
       <c r="A3" s="2">
-        <v>103566</v>
-[...1 lines deleted...]
-      <c r="B3" s="2" t="s">
+        <v>123044</v>
+      </c>
+      <c r="B3" s="2"/>
+      <c r="C3" s="2" t="s">
         <v>18</v>
-      </c>
-[...1 lines deleted...]
-        <v>19</v>
       </c>
       <c r="D3" s="2"/>
       <c r="E3" s="2">
-        <v>7168</v>
+        <v>7246</v>
       </c>
       <c r="F3" s="2" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="G3" s="2" t="s">
         <v>16</v>
       </c>
       <c r="H3" s="2" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="I3" s="2">
         <v>0</v>
       </c>
       <c r="J3" s="2">
-        <v>19</v>
+        <v>12</v>
       </c>
       <c r="K3" s="2">
         <v>100</v>
       </c>
       <c r="L3" s="2">
-        <v>120</v>
+        <v>190</v>
       </c>
       <c r="M3" s="2">
         <v>0</v>
       </c>
       <c r="N3" s="2">
-        <v>220</v>
+        <v>290</v>
       </c>
     </row>
     <row r="4" spans="1:14">
       <c r="A4" s="2">
-        <v>123044</v>
-[...1 lines deleted...]
-      <c r="B4" s="2"/>
+        <v>103566</v>
+      </c>
+      <c r="B4" s="2" t="s">
+        <v>20</v>
+      </c>
       <c r="C4" s="2" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="D4" s="2"/>
       <c r="E4" s="2">
-        <v>7246</v>
+        <v>7168</v>
       </c>
       <c r="F4" s="2" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
       <c r="G4" s="2" t="s">
         <v>16</v>
       </c>
       <c r="H4" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I4" s="2">
         <v>0</v>
       </c>
       <c r="J4" s="2">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="K4" s="2">
         <v>100</v>
       </c>
       <c r="L4" s="2">
-        <v>190</v>
+        <v>120</v>
       </c>
       <c r="M4" s="2">
         <v>0</v>
       </c>
       <c r="N4" s="2">
-        <v>290</v>
+        <v>220</v>
       </c>
     </row>
     <row r="5" spans="1:14">
       <c r="A5" s="2">
         <v>123048</v>
       </c>
       <c r="B5" s="2"/>
       <c r="C5" s="2" t="s">
         <v>24</v>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2">
         <v>7129</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>15</v>
       </c>
       <c r="G5" s="2" t="s">
         <v>16</v>
       </c>
       <c r="H5" s="2" t="s">
         <v>25</v>
       </c>
       <c r="I5" s="2">
         <v>0</v>
@@ -1032,208 +1032,208 @@
       </c>
       <c r="H7" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I7" s="2">
         <v>0</v>
       </c>
       <c r="J7" s="2">
         <v>14</v>
       </c>
       <c r="K7" s="2">
         <v>100</v>
       </c>
       <c r="L7" s="2">
         <v>170</v>
       </c>
       <c r="M7" s="2">
         <v>0</v>
       </c>
       <c r="N7" s="2">
         <v>270</v>
       </c>
     </row>
     <row r="8" spans="1:14">
       <c r="A8" s="2">
-        <v>123045</v>
+        <v>123049</v>
       </c>
       <c r="B8" s="2"/>
       <c r="C8" s="2" t="s">
         <v>30</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2">
-        <v>7140</v>
+        <v>7132</v>
       </c>
       <c r="F8" s="2" t="s">
-        <v>31</v>
+        <v>15</v>
       </c>
       <c r="G8" s="2" t="s">
         <v>16</v>
       </c>
       <c r="H8" s="2" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="I8" s="2">
         <v>0</v>
       </c>
       <c r="J8" s="2">
-        <v>13</v>
+        <v>17</v>
       </c>
       <c r="K8" s="2">
         <v>100</v>
       </c>
       <c r="L8" s="2">
-        <v>180</v>
+        <v>140</v>
       </c>
       <c r="M8" s="2">
         <v>0</v>
       </c>
       <c r="N8" s="2">
-        <v>280</v>
+        <v>240</v>
       </c>
     </row>
     <row r="9" spans="1:14">
       <c r="A9" s="2">
-        <v>123049</v>
+        <v>123045</v>
       </c>
       <c r="B9" s="2"/>
       <c r="C9" s="2" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2">
-        <v>7132</v>
+        <v>7140</v>
       </c>
       <c r="F9" s="2" t="s">
-        <v>15</v>
+        <v>33</v>
       </c>
       <c r="G9" s="2" t="s">
         <v>16</v>
       </c>
       <c r="H9" s="2" t="s">
         <v>34</v>
       </c>
       <c r="I9" s="2">
         <v>0</v>
       </c>
       <c r="J9" s="2">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="K9" s="2">
         <v>100</v>
       </c>
       <c r="L9" s="2">
-        <v>140</v>
+        <v>180</v>
       </c>
       <c r="M9" s="2">
         <v>0</v>
       </c>
       <c r="N9" s="2">
-        <v>240</v>
+        <v>280</v>
       </c>
     </row>
     <row r="10" spans="1:14">
       <c r="A10" s="2">
-        <v>119118</v>
-[...1 lines deleted...]
-      <c r="B10" s="2" t="s">
+        <v>123043</v>
+      </c>
+      <c r="B10" s="2"/>
+      <c r="C10" s="2" t="s">
         <v>35</v>
-      </c>
-[...1 lines deleted...]
-        <v>36</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2">
-        <v>7065</v>
+        <v>7157</v>
       </c>
       <c r="F10" s="2" t="s">
-        <v>37</v>
+        <v>15</v>
       </c>
       <c r="G10" s="2" t="s">
         <v>16</v>
       </c>
       <c r="H10" s="2" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="I10" s="2">
         <v>0</v>
       </c>
       <c r="J10" s="2">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="K10" s="2">
         <v>100</v>
       </c>
       <c r="L10" s="2">
-        <v>230</v>
+        <v>200</v>
       </c>
       <c r="M10" s="2">
         <v>0</v>
       </c>
       <c r="N10" s="2">
-        <v>330</v>
+        <v>300</v>
       </c>
     </row>
     <row r="11" spans="1:14">
       <c r="A11" s="2">
-        <v>123043</v>
-[...1 lines deleted...]
-      <c r="B11" s="2"/>
+        <v>119118</v>
+      </c>
+      <c r="B11" s="2" t="s">
+        <v>37</v>
+      </c>
       <c r="C11" s="2" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2">
-        <v>7157</v>
+        <v>7065</v>
       </c>
       <c r="F11" s="2" t="s">
-        <v>15</v>
+        <v>39</v>
       </c>
       <c r="G11" s="2" t="s">
         <v>16</v>
       </c>
       <c r="H11" s="2" t="s">
         <v>40</v>
       </c>
       <c r="I11" s="2">
         <v>0</v>
       </c>
       <c r="J11" s="2">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="K11" s="2">
         <v>100</v>
       </c>
       <c r="L11" s="2">
-        <v>200</v>
+        <v>230</v>
       </c>
       <c r="M11" s="2">
         <v>0</v>
       </c>
       <c r="N11" s="2">
-        <v>300</v>
+        <v>330</v>
       </c>
     </row>
     <row r="12" spans="1:14">
       <c r="A12" s="2">
         <v>123047</v>
       </c>
       <c r="B12" s="2"/>
       <c r="C12" s="2" t="s">
         <v>41</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2">
         <v>7002</v>
       </c>
       <c r="F12" s="2" t="s">
         <v>15</v>
       </c>
       <c r="G12" s="2" t="s">
         <v>16</v>
       </c>
       <c r="H12" s="2" t="s">
         <v>42</v>
       </c>
       <c r="I12" s="2">
         <v>0</v>
@@ -1571,51 +1571,51 @@
       <c r="L20" s="2">
         <v>400</v>
       </c>
       <c r="M20" s="2">
         <v>0</v>
       </c>
       <c r="N20" s="2">
         <v>500</v>
       </c>
     </row>
     <row r="21" spans="1:14">
       <c r="A21" s="2">
         <v>121269</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>62</v>
       </c>
       <c r="C21" s="2" t="s">
         <v>63</v>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2">
         <v>7011</v>
       </c>
       <c r="F21" s="2" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="G21" s="2" t="s">
         <v>16</v>
       </c>
       <c r="H21" s="2" t="s">
         <v>64</v>
       </c>
       <c r="I21" s="2">
         <v>8</v>
       </c>
       <c r="J21" s="2">
         <v>2</v>
       </c>
       <c r="K21" s="2">
         <v>100</v>
       </c>
       <c r="L21" s="2">
         <v>350</v>
       </c>
       <c r="M21" s="2">
         <v>0</v>
       </c>
       <c r="N21" s="2">
         <v>450</v>
       </c>
@@ -1773,51 +1773,51 @@
       <c r="L25" s="2">
         <v>300</v>
       </c>
       <c r="M25" s="2">
         <v>0</v>
       </c>
       <c r="N25" s="2">
         <v>400</v>
       </c>
     </row>
     <row r="26" spans="1:14">
       <c r="A26" s="2">
         <v>121813</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>73</v>
       </c>
       <c r="C26" s="2" t="s">
         <v>74</v>
       </c>
       <c r="D26" s="2"/>
       <c r="E26" s="2">
         <v>7005</v>
       </c>
       <c r="F26" s="2" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="G26" s="2" t="s">
         <v>16</v>
       </c>
       <c r="H26" s="2" t="s">
         <v>75</v>
       </c>
       <c r="I26" s="2">
         <v>13</v>
       </c>
       <c r="J26" s="2">
         <v>5</v>
       </c>
       <c r="K26" s="2">
         <v>100</v>
       </c>
       <c r="L26" s="2">
         <v>275</v>
       </c>
       <c r="M26" s="2">
         <v>0</v>
       </c>
       <c r="N26" s="2">
         <v>375</v>
       </c>
@@ -2013,51 +2013,51 @@
       <c r="L31" s="2">
         <v>180</v>
       </c>
       <c r="M31" s="2">
         <v>0</v>
       </c>
       <c r="N31" s="2">
         <v>280</v>
       </c>
     </row>
     <row r="32" spans="1:14">
       <c r="A32" s="2">
         <v>112344</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>86</v>
       </c>
       <c r="C32" s="2" t="s">
         <v>87</v>
       </c>
       <c r="D32" s="2"/>
       <c r="E32" s="2">
         <v>7024</v>
       </c>
       <c r="F32" s="2" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="G32" s="2" t="s">
         <v>16</v>
       </c>
       <c r="H32" s="2" t="s">
         <v>88</v>
       </c>
       <c r="I32" s="2">
         <v>19</v>
       </c>
       <c r="J32" s="2">
         <v>6</v>
       </c>
       <c r="K32" s="2">
         <v>100</v>
       </c>
       <c r="L32" s="2">
         <v>250</v>
       </c>
       <c r="M32" s="2">
         <v>0</v>
       </c>
       <c r="N32" s="2">
         <v>350</v>
       </c>
@@ -2253,51 +2253,51 @@
         <v>100</v>
       </c>
       <c r="L37" s="2">
         <v>140</v>
       </c>
       <c r="M37" s="2">
         <v>0</v>
       </c>
       <c r="N37" s="2">
         <v>240</v>
       </c>
     </row>
     <row r="38" spans="1:14">
       <c r="A38" s="2">
         <v>123034</v>
       </c>
       <c r="B38" s="2"/>
       <c r="C38" s="2" t="s">
         <v>98</v>
       </c>
       <c r="D38" s="2"/>
       <c r="E38" s="2">
         <v>7170</v>
       </c>
       <c r="F38" s="2" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="G38" s="2" t="s">
         <v>46</v>
       </c>
       <c r="H38" s="2" t="s">
         <v>99</v>
       </c>
       <c r="I38" s="2">
         <v>25</v>
       </c>
       <c r="J38" s="2">
         <v>18</v>
       </c>
       <c r="K38" s="2">
         <v>100</v>
       </c>
       <c r="L38" s="2">
         <v>130</v>
       </c>
       <c r="M38" s="2">
         <v>0</v>
       </c>
       <c r="N38" s="2">
         <v>230</v>
       </c>