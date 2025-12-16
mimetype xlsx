--- v0 (2025-10-31)
+++ v1 (2025-12-16)
@@ -317,69 +317,69 @@
   <si>
     <t>Netherlands</t>
   </si>
   <si>
     <t>11:27:36</t>
   </si>
   <si>
     <t>Phi</t>
   </si>
   <si>
     <t>11:41:41</t>
   </si>
   <si>
     <t>Samuel</t>
   </si>
   <si>
     <t>Bartram</t>
   </si>
   <si>
     <t>11:29:50</t>
   </si>
   <si>
     <t>11:44:48</t>
   </si>
   <si>
+    <t>Kanghee</t>
+  </si>
+  <si>
+    <t>Son</t>
+  </si>
+  <si>
+    <t>South Korea</t>
+  </si>
+  <si>
+    <t>11:34:51</t>
+  </si>
+  <si>
     <t>Dung</t>
   </si>
   <si>
     <t>Nguyễn Mạnh</t>
   </si>
   <si>
     <t>12:05:48</t>
-  </si>
-[...10 lines deleted...]
-    <t>11:34:51</t>
   </si>
   <si>
     <t>Andrew</t>
   </si>
   <si>
     <t>Turner</t>
   </si>
   <si>
     <t>11:48:44</t>
   </si>
   <si>
     <t>Anh</t>
   </si>
   <si>
     <t>Quyết Đặng</t>
   </si>
   <si>
     <t>12:13:47</t>
   </si>
   <si>
     <t>Jean Pierre</t>
   </si>
   <si>
     <t>Barnes</t>
   </si>
@@ -3301,130 +3301,130 @@
       </c>
       <c r="H29" s="2" t="s">
         <v>100</v>
       </c>
       <c r="I29" s="2">
         <v>14</v>
       </c>
       <c r="J29" s="2">
         <v>13</v>
       </c>
       <c r="K29" s="2">
         <v>70</v>
       </c>
       <c r="L29" s="2">
         <v>120</v>
       </c>
       <c r="M29" s="2">
         <v>0</v>
       </c>
       <c r="N29" s="2">
         <v>190</v>
       </c>
     </row>
     <row r="30" spans="1:14">
       <c r="A30" s="2">
-        <v>111810</v>
+        <v>101853</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>101</v>
       </c>
       <c r="C30" s="2" t="s">
         <v>102</v>
       </c>
       <c r="D30" s="2"/>
       <c r="E30" s="2">
-        <v>7126</v>
+        <v>7156</v>
       </c>
       <c r="F30" s="2" t="s">
-        <v>21</v>
+        <v>103</v>
       </c>
       <c r="G30" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H30" s="2" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="I30" s="2">
         <v>15</v>
       </c>
       <c r="J30" s="2">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="K30" s="2">
         <v>70</v>
       </c>
       <c r="L30" s="2">
-        <v>115</v>
+        <v>190</v>
       </c>
       <c r="M30" s="2">
         <v>0</v>
       </c>
       <c r="N30" s="2">
-        <v>185</v>
+        <v>260</v>
       </c>
     </row>
     <row r="31" spans="1:14">
       <c r="A31" s="2">
-        <v>101853</v>
+        <v>111810</v>
       </c>
       <c r="B31" s="2" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="C31" s="2" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="D31" s="2"/>
       <c r="E31" s="2">
-        <v>7156</v>
+        <v>7126</v>
       </c>
       <c r="F31" s="2" t="s">
-        <v>106</v>
+        <v>21</v>
       </c>
       <c r="G31" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H31" s="2" t="s">
         <v>107</v>
       </c>
       <c r="I31" s="2">
         <v>15</v>
       </c>
       <c r="J31" s="2">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="K31" s="2">
         <v>70</v>
       </c>
       <c r="L31" s="2">
-        <v>190</v>
+        <v>115</v>
       </c>
       <c r="M31" s="2">
         <v>0</v>
       </c>
       <c r="N31" s="2">
-        <v>260</v>
+        <v>185</v>
       </c>
     </row>
     <row r="32" spans="1:14">
       <c r="A32" s="2">
         <v>105589</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>108</v>
       </c>
       <c r="C32" s="2" t="s">
         <v>109</v>
       </c>
       <c r="D32" s="2"/>
       <c r="E32" s="2">
         <v>7082</v>
       </c>
       <c r="F32" s="2" t="s">
         <v>67</v>
       </c>
       <c r="G32" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H32" s="2" t="s">
         <v>110</v>
       </c>