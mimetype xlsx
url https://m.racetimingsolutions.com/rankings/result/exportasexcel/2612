--- v0 (2026-01-01)
+++ v1 (2026-03-04)
@@ -86,66 +86,66 @@
   <si>
     <t>Malaysia</t>
   </si>
   <si>
     <t>Female</t>
   </si>
   <si>
     <t>1032839:38:00</t>
   </si>
   <si>
     <t>Jantaraboon</t>
   </si>
   <si>
     <t>Kiangchaipaiphana</t>
   </si>
   <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>Male</t>
   </si>
   <si>
     <t>14:35:07</t>
   </si>
   <si>
+    <t>Pornmongkol</t>
+  </si>
+  <si>
+    <t>Phuthong</t>
+  </si>
+  <si>
+    <t>22:01:34</t>
+  </si>
+  <si>
     <t>Robert</t>
   </si>
   <si>
     <t>Butcher</t>
   </si>
   <si>
     <t>Great Britain</t>
-  </si>
-[...7 lines deleted...]
-    <t>Phuthong</t>
   </si>
   <si>
     <t>Joanna</t>
   </si>
   <si>
     <t>Kruk</t>
   </si>
   <si>
     <t>Australia</t>
   </si>
   <si>
     <t>23:45:37</t>
   </si>
   <si>
     <t>Niong</t>
   </si>
   <si>
     <t>Lau Say</t>
   </si>
   <si>
     <t>23:48:25</t>
   </si>
   <si>
     <t>Yim Heng</t>
   </si>
@@ -1141,130 +1141,130 @@
       </c>
       <c r="H3" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I3" s="2">
         <v>1</v>
       </c>
       <c r="J3" s="2">
         <v>1</v>
       </c>
       <c r="K3" s="2">
         <v>100</v>
       </c>
       <c r="L3" s="2">
         <v>400</v>
       </c>
       <c r="M3" s="2">
         <v>0</v>
       </c>
       <c r="N3" s="2">
         <v>500</v>
       </c>
     </row>
     <row r="4" spans="1:14">
       <c r="A4" s="2">
-        <v>105547</v>
+        <v>105653</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>24</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>25</v>
       </c>
       <c r="D4" s="2"/>
       <c r="E4" s="2">
-        <v>122087</v>
+        <v>122116</v>
       </c>
       <c r="F4" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4" s="2" t="s">
         <v>26</v>
-      </c>
-[...4 lines deleted...]
-        <v>27</v>
       </c>
       <c r="I4" s="2">
         <v>2</v>
       </c>
       <c r="J4" s="2">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="K4" s="2">
         <v>100</v>
       </c>
       <c r="L4" s="2">
-        <v>325</v>
+        <v>350</v>
       </c>
       <c r="M4" s="2">
         <v>0</v>
       </c>
       <c r="N4" s="2">
-        <v>425</v>
+        <v>450</v>
       </c>
     </row>
     <row r="5" spans="1:14">
       <c r="A5" s="2">
-        <v>105653</v>
+        <v>105547</v>
       </c>
       <c r="B5" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="C5" s="2" t="s">
         <v>28</v>
-      </c>
-[...1 lines deleted...]
-        <v>29</v>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2">
-        <v>122116</v>
+        <v>122087</v>
       </c>
       <c r="F5" s="2" t="s">
-        <v>21</v>
+        <v>29</v>
       </c>
       <c r="G5" s="2" t="s">
         <v>22</v>
       </c>
       <c r="H5" s="2" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="I5" s="2">
         <v>2</v>
       </c>
       <c r="J5" s="2">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="K5" s="2">
         <v>100</v>
       </c>
       <c r="L5" s="2">
-        <v>350</v>
+        <v>325</v>
       </c>
       <c r="M5" s="2">
         <v>0</v>
       </c>
       <c r="N5" s="2">
-        <v>450</v>
+        <v>425</v>
       </c>
     </row>
     <row r="6" spans="1:14">
       <c r="A6" s="2">
         <v>103086</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>30</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>31</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2">
         <v>122099</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>32</v>
       </c>
       <c r="G6" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H6" s="2" t="s">
         <v>33</v>
       </c>
@@ -1406,51 +1406,51 @@
       <c r="L9" s="2">
         <v>250</v>
       </c>
       <c r="M9" s="2">
         <v>0</v>
       </c>
       <c r="N9" s="2">
         <v>350</v>
       </c>
     </row>
     <row r="10" spans="1:14">
       <c r="A10" s="2">
         <v>105357</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>43</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>44</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2">
         <v>122114</v>
       </c>
       <c r="F10" s="2" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="G10" s="2" t="s">
         <v>22</v>
       </c>
       <c r="H10" s="2" t="s">
         <v>45</v>
       </c>
       <c r="I10" s="2">
         <v>8</v>
       </c>
       <c r="J10" s="2">
         <v>7</v>
       </c>
       <c r="K10" s="2">
         <v>100</v>
       </c>
       <c r="L10" s="2">
         <v>240</v>
       </c>
       <c r="M10" s="2">
         <v>0</v>
       </c>
       <c r="N10" s="2">
         <v>340</v>
       </c>
@@ -2246,51 +2246,51 @@
       <c r="L29" s="2">
         <v>97</v>
       </c>
       <c r="M29" s="2">
         <v>0</v>
       </c>
       <c r="N29" s="2">
         <v>197</v>
       </c>
     </row>
     <row r="30" spans="1:14">
       <c r="A30" s="2">
         <v>105671</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>102</v>
       </c>
       <c r="C30" s="2" t="s">
         <v>103</v>
       </c>
       <c r="D30" s="2"/>
       <c r="E30" s="2">
         <v>122060</v>
       </c>
       <c r="F30" s="2" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="G30" s="2" t="s">
         <v>22</v>
       </c>
       <c r="H30" s="2" t="s">
         <v>104</v>
       </c>
       <c r="I30" s="2">
         <v>28</v>
       </c>
       <c r="J30" s="2">
         <v>25</v>
       </c>
       <c r="K30" s="2">
         <v>100</v>
       </c>
       <c r="L30" s="2">
         <v>96</v>
       </c>
       <c r="M30" s="2">
         <v>0</v>
       </c>
       <c r="N30" s="2">
         <v>196</v>
       </c>