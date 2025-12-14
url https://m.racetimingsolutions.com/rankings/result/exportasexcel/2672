--- v0 (2025-10-27)
+++ v1 (2025-12-14)
@@ -140,89 +140,89 @@
   <si>
     <t>Tharworn</t>
   </si>
   <si>
     <t>Pawel</t>
   </si>
   <si>
     <t>Lech</t>
   </si>
   <si>
     <t>Poland</t>
   </si>
   <si>
     <t>10:15:00</t>
   </si>
   <si>
     <t>Tanawat</t>
   </si>
   <si>
     <t>Nimcharoen</t>
   </si>
   <si>
     <t>10:37:37</t>
   </si>
   <si>
+    <t>Kajohnsak</t>
+  </si>
+  <si>
+    <t>Thakham</t>
+  </si>
+  <si>
+    <t>10:22:55</t>
+  </si>
+  <si>
     <t>Jared</t>
   </si>
   <si>
     <t>Teves</t>
   </si>
   <si>
     <t>Philippines</t>
   </si>
   <si>
-    <t>Kajohnsak</t>
-[...5 lines deleted...]
-    <t>10:22:55</t>
+    <t>Rony</t>
+  </si>
+  <si>
+    <t>Mertin</t>
+  </si>
+  <si>
+    <t>Malaysia</t>
+  </si>
+  <si>
+    <t>11:12:38</t>
   </si>
   <si>
     <t>Tawatchai</t>
   </si>
   <si>
     <t>SAPANKAEW</t>
   </si>
   <si>
     <t>10:28:37</t>
   </si>
   <si>
-    <t>Rony</t>
-[...10 lines deleted...]
-  <si>
     <t>Remi</t>
   </si>
   <si>
     <t>Galland</t>
   </si>
   <si>
     <t>France</t>
   </si>
   <si>
     <t>11:14:49</t>
   </si>
   <si>
     <t>Jason</t>
   </si>
   <si>
     <t>Pardue</t>
   </si>
   <si>
     <t>10:49:34</t>
   </si>
   <si>
     <t>Supat</t>
   </si>
   <si>
     <t>Bunjuar</t>
@@ -254,65 +254,65 @@
   <si>
     <t>Izer</t>
   </si>
   <si>
     <t>Bashir</t>
   </si>
   <si>
     <t>12:06:54</t>
   </si>
   <si>
     <t>Issaree</t>
   </si>
   <si>
     <t>Kengnok</t>
   </si>
   <si>
     <t>12:08:07</t>
   </si>
   <si>
     <t>Prutsama</t>
   </si>
   <si>
     <t>SRIGANHA</t>
   </si>
   <si>
+    <t>Kittiphong</t>
+  </si>
+  <si>
+    <t>Prasert</t>
+  </si>
+  <si>
+    <t>12:08:11</t>
+  </si>
+  <si>
     <t>Pongniran</t>
   </si>
   <si>
     <t>11:09:35</t>
   </si>
   <si>
-    <t>Kittiphong</t>
-[...7 lines deleted...]
-  <si>
     <t>Raymond</t>
   </si>
   <si>
     <t>Lopez</t>
   </si>
   <si>
     <t>12:11:47</t>
   </si>
   <si>
     <t>Heather</t>
   </si>
   <si>
     <t>11:32:09</t>
   </si>
   <si>
     <t>Siawhua</t>
   </si>
   <si>
     <t>Lim</t>
   </si>
   <si>
     <t>12:12:18</t>
   </si>
   <si>
     <t>Kanlaya</t>
@@ -320,108 +320,108 @@
   <si>
     <t>Srinantawong</t>
   </si>
   <si>
     <t>11:47:51</t>
   </si>
   <si>
     <t>Sutthichai</t>
   </si>
   <si>
     <t>Surasompob</t>
   </si>
   <si>
     <t>12:15:12</t>
   </si>
   <si>
     <t>Sirinmas</t>
   </si>
   <si>
     <t>Lamlerttham</t>
   </si>
   <si>
     <t>12:44:54</t>
   </si>
   <si>
+    <t>Masafumi</t>
+  </si>
+  <si>
+    <t>Yamamoto</t>
+  </si>
+  <si>
+    <t>Japan</t>
+  </si>
+  <si>
+    <t>12:18:35</t>
+  </si>
+  <si>
     <t>Sumonthip</t>
   </si>
   <si>
     <t>KAEWSANSANA</t>
   </si>
   <si>
     <t>12:57:14</t>
   </si>
   <si>
-    <t>Masafumi</t>
-[...10 lines deleted...]
-  <si>
     <t>Chanchaya</t>
   </si>
   <si>
     <t>Naphawanode</t>
   </si>
   <si>
     <t>13:01:31</t>
   </si>
   <si>
     <t>Mesikarn</t>
   </si>
   <si>
     <t>Jongthamrongjarukit</t>
   </si>
   <si>
     <t>12:23:06</t>
   </si>
   <si>
+    <t>Thaphut</t>
+  </si>
+  <si>
+    <t>Phadthaamphant</t>
+  </si>
+  <si>
+    <t>12:23:24</t>
+  </si>
+  <si>
     <t>Beth</t>
   </si>
   <si>
     <t>Henderson</t>
   </si>
   <si>
     <t>Great Britain</t>
   </si>
   <si>
     <t>14:06:48</t>
-  </si>
-[...7 lines deleted...]
-    <t>12:23:24</t>
   </si>
   <si>
     <t>Prawit</t>
   </si>
   <si>
     <t>Lakngernchai</t>
   </si>
   <si>
     <t>12:24:49</t>
   </si>
   <si>
     <t>Angsana</t>
   </si>
   <si>
     <t>JAGGAN</t>
   </si>
   <si>
     <t>14:16:44</t>
   </si>
   <si>
     <t>Jatuporn</t>
   </si>
   <si>
     <t>Jandang</t>
   </si>
@@ -1642,214 +1642,214 @@
       </c>
       <c r="H9" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I9" s="2">
         <v>4</v>
       </c>
       <c r="J9" s="2">
         <v>4</v>
       </c>
       <c r="K9" s="2">
         <v>66</v>
       </c>
       <c r="L9" s="2">
         <v>100</v>
       </c>
       <c r="M9" s="2">
         <v>0</v>
       </c>
       <c r="N9" s="2">
         <v>166</v>
       </c>
     </row>
     <row r="10" spans="1:14">
       <c r="A10" s="2">
-        <v>102629</v>
+        <v>112086</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>42</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>43</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2">
-        <v>66232</v>
+        <v>66239</v>
       </c>
       <c r="F10" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="G10" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="H10" s="2" t="s">
         <v>44</v>
-      </c>
-[...4 lines deleted...]
-        <v>41</v>
       </c>
       <c r="I10" s="2">
         <v>5</v>
       </c>
       <c r="J10" s="2">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="K10" s="2">
         <v>66</v>
       </c>
       <c r="L10" s="2">
-        <v>75</v>
+        <v>100</v>
       </c>
       <c r="M10" s="2">
         <v>0</v>
       </c>
       <c r="N10" s="2">
-        <v>141</v>
+        <v>166</v>
       </c>
     </row>
     <row r="11" spans="1:14">
       <c r="A11" s="2">
-        <v>112086</v>
+        <v>102629</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>45</v>
       </c>
       <c r="C11" s="2" t="s">
         <v>46</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2">
-        <v>66239</v>
+        <v>66232</v>
       </c>
       <c r="F11" s="2" t="s">
-        <v>16</v>
+        <v>47</v>
       </c>
       <c r="G11" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H11" s="2" t="s">
-        <v>47</v>
+        <v>41</v>
       </c>
       <c r="I11" s="2">
         <v>5</v>
       </c>
       <c r="J11" s="2">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="K11" s="2">
         <v>66</v>
       </c>
       <c r="L11" s="2">
-        <v>100</v>
+        <v>75</v>
       </c>
       <c r="M11" s="2">
         <v>0</v>
       </c>
       <c r="N11" s="2">
-        <v>166</v>
+        <v>141</v>
       </c>
     </row>
     <row r="12" spans="1:14">
       <c r="A12" s="2">
-        <v>112087</v>
+        <v>100697</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>48</v>
       </c>
       <c r="C12" s="2" t="s">
         <v>49</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2">
-        <v>66080</v>
+        <v>66226</v>
       </c>
       <c r="F12" s="2" t="s">
-        <v>16</v>
+        <v>50</v>
       </c>
       <c r="G12" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H12" s="2" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="I12" s="2">
         <v>6</v>
       </c>
       <c r="J12" s="2">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="K12" s="2">
         <v>66</v>
       </c>
       <c r="L12" s="2">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="M12" s="2">
         <v>0</v>
       </c>
       <c r="N12" s="2">
-        <v>141</v>
+        <v>136</v>
       </c>
     </row>
     <row r="13" spans="1:14">
       <c r="A13" s="2">
-        <v>100697</v>
+        <v>112087</v>
       </c>
       <c r="B13" s="2" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2">
-        <v>66226</v>
+        <v>66080</v>
       </c>
       <c r="F13" s="2" t="s">
-        <v>53</v>
+        <v>16</v>
       </c>
       <c r="G13" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H13" s="2" t="s">
         <v>54</v>
       </c>
       <c r="I13" s="2">
         <v>6</v>
       </c>
       <c r="J13" s="2">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="K13" s="2">
         <v>66</v>
       </c>
       <c r="L13" s="2">
-        <v>70</v>
+        <v>75</v>
       </c>
       <c r="M13" s="2">
         <v>0</v>
       </c>
       <c r="N13" s="2">
-        <v>136</v>
+        <v>141</v>
       </c>
     </row>
     <row r="14" spans="1:14">
       <c r="A14" s="2">
         <v>101700</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>55</v>
       </c>
       <c r="C14" s="2" t="s">
         <v>56</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2">
         <v>66152</v>
       </c>
       <c r="F14" s="2" t="s">
         <v>57</v>
       </c>
       <c r="G14" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H14" s="2" t="s">
         <v>58</v>
       </c>
@@ -1939,103 +1939,103 @@
       </c>
       <c r="I16" s="2">
         <v>8</v>
       </c>
       <c r="J16" s="2">
         <v>8</v>
       </c>
       <c r="K16" s="2">
         <v>66</v>
       </c>
       <c r="L16" s="2">
         <v>60</v>
       </c>
       <c r="M16" s="2">
         <v>0</v>
       </c>
       <c r="N16" s="2">
         <v>126</v>
       </c>
     </row>
     <row r="17" spans="1:14">
       <c r="A17" s="2">
         <v>102629</v>
       </c>
       <c r="B17" s="2" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="C17" s="2" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2">
         <v>66214</v>
       </c>
       <c r="F17" s="2" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="G17" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H17" s="2" t="s">
         <v>65</v>
       </c>
       <c r="I17" s="2">
         <v>8</v>
       </c>
       <c r="J17" s="2">
         <v>7</v>
       </c>
       <c r="K17" s="2">
         <v>66</v>
       </c>
       <c r="L17" s="2">
         <v>65</v>
       </c>
       <c r="M17" s="2">
         <v>0</v>
       </c>
       <c r="N17" s="2">
         <v>131</v>
       </c>
     </row>
     <row r="18" spans="1:14">
       <c r="A18" s="2">
         <v>112089</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>66</v>
       </c>
       <c r="C18" s="2" t="s">
         <v>67</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2">
         <v>66068</v>
       </c>
       <c r="F18" s="2" t="s">
-        <v>53</v>
+        <v>50</v>
       </c>
       <c r="G18" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H18" s="2" t="s">
         <v>68</v>
       </c>
       <c r="I18" s="2">
         <v>9</v>
       </c>
       <c r="J18" s="2">
         <v>8</v>
       </c>
       <c r="K18" s="2">
         <v>66</v>
       </c>
       <c r="L18" s="2">
         <v>60</v>
       </c>
       <c r="M18" s="2">
         <v>0</v>
       </c>
       <c r="N18" s="2">
         <v>126</v>
       </c>
@@ -2075,51 +2075,51 @@
       <c r="L19" s="2">
         <v>55</v>
       </c>
       <c r="M19" s="2">
         <v>0</v>
       </c>
       <c r="N19" s="2">
         <v>121</v>
       </c>
     </row>
     <row r="20" spans="1:14">
       <c r="A20" s="2">
         <v>112090</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>72</v>
       </c>
       <c r="C20" s="2" t="s">
         <v>73</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2">
         <v>66074</v>
       </c>
       <c r="F20" s="2" t="s">
-        <v>53</v>
+        <v>50</v>
       </c>
       <c r="G20" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H20" s="2" t="s">
         <v>68</v>
       </c>
       <c r="I20" s="2">
         <v>10</v>
       </c>
       <c r="J20" s="2">
         <v>9</v>
       </c>
       <c r="K20" s="2">
         <v>66</v>
       </c>
       <c r="L20" s="2">
         <v>55</v>
       </c>
       <c r="M20" s="2">
         <v>0</v>
       </c>
       <c r="N20" s="2">
         <v>121</v>
       </c>
@@ -2230,148 +2230,148 @@
       </c>
       <c r="H23" s="2" t="s">
         <v>68</v>
       </c>
       <c r="I23" s="2">
         <v>11</v>
       </c>
       <c r="J23" s="2">
         <v>2</v>
       </c>
       <c r="K23" s="2">
         <v>66</v>
       </c>
       <c r="L23" s="2">
         <v>150</v>
       </c>
       <c r="M23" s="2">
         <v>0</v>
       </c>
       <c r="N23" s="2">
         <v>216</v>
       </c>
     </row>
     <row r="24" spans="1:14">
       <c r="A24" s="2">
-        <v>112092</v>
+        <v>105705</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>80</v>
       </c>
       <c r="C24" s="2" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="D24" s="2"/>
       <c r="E24" s="2">
-        <v>66142</v>
+        <v>66184</v>
       </c>
       <c r="F24" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G24" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H24" s="2" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="I24" s="2">
         <v>12</v>
       </c>
       <c r="J24" s="2">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="K24" s="2">
         <v>66</v>
       </c>
       <c r="L24" s="2">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="M24" s="2">
         <v>0</v>
       </c>
       <c r="N24" s="2">
-        <v>116</v>
+        <v>111</v>
       </c>
     </row>
     <row r="25" spans="1:14">
       <c r="A25" s="2">
-        <v>105705</v>
+        <v>112092</v>
       </c>
       <c r="B25" s="2" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="C25" s="2" t="s">
-        <v>83</v>
+        <v>79</v>
       </c>
       <c r="D25" s="2"/>
       <c r="E25" s="2">
-        <v>66184</v>
+        <v>66142</v>
       </c>
       <c r="F25" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G25" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H25" s="2" t="s">
         <v>84</v>
       </c>
       <c r="I25" s="2">
         <v>12</v>
       </c>
       <c r="J25" s="2">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="K25" s="2">
         <v>66</v>
       </c>
       <c r="L25" s="2">
-        <v>45</v>
+        <v>50</v>
       </c>
       <c r="M25" s="2">
         <v>0</v>
       </c>
       <c r="N25" s="2">
-        <v>111</v>
+        <v>116</v>
       </c>
     </row>
     <row r="26" spans="1:14">
       <c r="A26" s="2">
         <v>105706</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>85</v>
       </c>
       <c r="C26" s="2" t="s">
         <v>86</v>
       </c>
       <c r="D26" s="2"/>
       <c r="E26" s="2">
         <v>66163</v>
       </c>
       <c r="F26" s="2" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="G26" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H26" s="2" t="s">
         <v>87</v>
       </c>
       <c r="I26" s="2">
         <v>13</v>
       </c>
       <c r="J26" s="2">
         <v>12</v>
       </c>
       <c r="K26" s="2">
         <v>66</v>
       </c>
       <c r="L26" s="2">
         <v>40</v>
       </c>
       <c r="M26" s="2">
         <v>0</v>
       </c>
       <c r="N26" s="2">
         <v>106</v>
       </c>
@@ -2411,51 +2411,51 @@
       <c r="L27" s="2">
         <v>125</v>
       </c>
       <c r="M27" s="2">
         <v>0</v>
       </c>
       <c r="N27" s="2">
         <v>191</v>
       </c>
     </row>
     <row r="28" spans="1:14">
       <c r="A28" s="2">
         <v>101559</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>90</v>
       </c>
       <c r="C28" s="2" t="s">
         <v>91</v>
       </c>
       <c r="D28" s="2"/>
       <c r="E28" s="2">
         <v>66221</v>
       </c>
       <c r="F28" s="2" t="s">
-        <v>53</v>
+        <v>50</v>
       </c>
       <c r="G28" s="2" t="s">
         <v>27</v>
       </c>
       <c r="H28" s="2" t="s">
         <v>92</v>
       </c>
       <c r="I28" s="2">
         <v>14</v>
       </c>
       <c r="J28" s="2">
         <v>2</v>
       </c>
       <c r="K28" s="2">
         <v>66</v>
       </c>
       <c r="L28" s="2">
         <v>150</v>
       </c>
       <c r="M28" s="2">
         <v>0</v>
       </c>
       <c r="N28" s="2">
         <v>216</v>
       </c>
@@ -2566,130 +2566,130 @@
       </c>
       <c r="H31" s="2" t="s">
         <v>101</v>
       </c>
       <c r="I31" s="2">
         <v>15</v>
       </c>
       <c r="J31" s="2">
         <v>5</v>
       </c>
       <c r="K31" s="2">
         <v>66</v>
       </c>
       <c r="L31" s="2">
         <v>75</v>
       </c>
       <c r="M31" s="2">
         <v>0</v>
       </c>
       <c r="N31" s="2">
         <v>141</v>
       </c>
     </row>
     <row r="32" spans="1:14">
       <c r="A32" s="2">
-        <v>112096</v>
+        <v>105708</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>102</v>
       </c>
       <c r="C32" s="2" t="s">
         <v>103</v>
       </c>
       <c r="D32" s="2"/>
       <c r="E32" s="2">
-        <v>66024</v>
+        <v>66203</v>
       </c>
       <c r="F32" s="2" t="s">
-        <v>16</v>
+        <v>104</v>
       </c>
       <c r="G32" s="2" t="s">
-        <v>27</v>
+        <v>17</v>
       </c>
       <c r="H32" s="2" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="I32" s="2">
         <v>16</v>
       </c>
       <c r="J32" s="2">
-        <v>6</v>
+        <v>14</v>
       </c>
       <c r="K32" s="2">
         <v>66</v>
       </c>
       <c r="L32" s="2">
-        <v>70</v>
+        <v>30</v>
       </c>
       <c r="M32" s="2">
         <v>0</v>
       </c>
       <c r="N32" s="2">
-        <v>136</v>
+        <v>96</v>
       </c>
     </row>
     <row r="33" spans="1:14">
       <c r="A33" s="2">
-        <v>105708</v>
+        <v>112096</v>
       </c>
       <c r="B33" s="2" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="C33" s="2" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="D33" s="2"/>
       <c r="E33" s="2">
-        <v>66203</v>
+        <v>66024</v>
       </c>
       <c r="F33" s="2" t="s">
-        <v>107</v>
+        <v>16</v>
       </c>
       <c r="G33" s="2" t="s">
-        <v>17</v>
+        <v>27</v>
       </c>
       <c r="H33" s="2" t="s">
         <v>108</v>
       </c>
       <c r="I33" s="2">
         <v>16</v>
       </c>
       <c r="J33" s="2">
-        <v>14</v>
+        <v>6</v>
       </c>
       <c r="K33" s="2">
         <v>66</v>
       </c>
       <c r="L33" s="2">
-        <v>30</v>
+        <v>70</v>
       </c>
       <c r="M33" s="2">
         <v>0</v>
       </c>
       <c r="N33" s="2">
-        <v>96</v>
+        <v>136</v>
       </c>
     </row>
     <row r="34" spans="1:14">
       <c r="A34" s="2">
         <v>112097</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>109</v>
       </c>
       <c r="C34" s="2" t="s">
         <v>110</v>
       </c>
       <c r="D34" s="2"/>
       <c r="E34" s="2">
         <v>66226</v>
       </c>
       <c r="F34" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G34" s="2" t="s">
         <v>27</v>
       </c>
       <c r="H34" s="2" t="s">
         <v>111</v>
       </c>
@@ -2734,130 +2734,130 @@
       </c>
       <c r="H35" s="2" t="s">
         <v>114</v>
       </c>
       <c r="I35" s="2">
         <v>17</v>
       </c>
       <c r="J35" s="2">
         <v>3</v>
       </c>
       <c r="K35" s="2">
         <v>66</v>
       </c>
       <c r="L35" s="2">
         <v>125</v>
       </c>
       <c r="M35" s="2">
         <v>0</v>
       </c>
       <c r="N35" s="2">
         <v>191</v>
       </c>
     </row>
     <row r="36" spans="1:14">
       <c r="A36" s="2">
-        <v>112098</v>
+        <v>105709</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>115</v>
       </c>
       <c r="C36" s="2" t="s">
         <v>116</v>
       </c>
       <c r="D36" s="2"/>
       <c r="E36" s="2">
-        <v>66136</v>
+        <v>66021</v>
       </c>
       <c r="F36" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="G36" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="H36" s="2" t="s">
         <v>117</v>
-      </c>
-[...4 lines deleted...]
-        <v>118</v>
       </c>
       <c r="I36" s="2">
         <v>18</v>
       </c>
       <c r="J36" s="2">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="K36" s="2">
         <v>66</v>
       </c>
       <c r="L36" s="2">
-        <v>60</v>
+        <v>25</v>
       </c>
       <c r="M36" s="2">
         <v>0</v>
       </c>
       <c r="N36" s="2">
-        <v>126</v>
+        <v>91</v>
       </c>
     </row>
     <row r="37" spans="1:14">
       <c r="A37" s="2">
-        <v>105709</v>
+        <v>112098</v>
       </c>
       <c r="B37" s="2" t="s">
+        <v>118</v>
+      </c>
+      <c r="C37" s="2" t="s">
         <v>119</v>
-      </c>
-[...1 lines deleted...]
-        <v>120</v>
       </c>
       <c r="D37" s="2"/>
       <c r="E37" s="2">
-        <v>66021</v>
+        <v>66136</v>
       </c>
       <c r="F37" s="2" t="s">
-        <v>16</v>
+        <v>120</v>
       </c>
       <c r="G37" s="2" t="s">
-        <v>17</v>
+        <v>27</v>
       </c>
       <c r="H37" s="2" t="s">
         <v>121</v>
       </c>
       <c r="I37" s="2">
         <v>18</v>
       </c>
       <c r="J37" s="2">
-        <v>15</v>
+        <v>8</v>
       </c>
       <c r="K37" s="2">
         <v>66</v>
       </c>
       <c r="L37" s="2">
-        <v>25</v>
+        <v>60</v>
       </c>
       <c r="M37" s="2">
         <v>0</v>
       </c>
       <c r="N37" s="2">
-        <v>91</v>
+        <v>126</v>
       </c>
     </row>
     <row r="38" spans="1:14">
       <c r="A38" s="2">
         <v>105710</v>
       </c>
       <c r="B38" s="2" t="s">
         <v>122</v>
       </c>
       <c r="C38" s="2" t="s">
         <v>123</v>
       </c>
       <c r="D38" s="2"/>
       <c r="E38" s="2">
         <v>66081</v>
       </c>
       <c r="F38" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G38" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H38" s="2" t="s">
         <v>124</v>
       </c>
@@ -2999,93 +2999,93 @@
       <c r="L41" s="2">
         <v>23</v>
       </c>
       <c r="M41" s="2">
         <v>0</v>
       </c>
       <c r="N41" s="2">
         <v>89</v>
       </c>
     </row>
     <row r="42" spans="1:14">
       <c r="A42" s="2">
         <v>105712</v>
       </c>
       <c r="B42" s="2" t="s">
         <v>134</v>
       </c>
       <c r="C42" s="2" t="s">
         <v>135</v>
       </c>
       <c r="D42" s="2"/>
       <c r="E42" s="2">
         <v>66095</v>
       </c>
       <c r="F42" s="2" t="s">
-        <v>53</v>
+        <v>50</v>
       </c>
       <c r="G42" s="2" t="s">
         <v>27</v>
       </c>
       <c r="H42" s="2" t="s">
         <v>136</v>
       </c>
       <c r="I42" s="2">
         <v>21</v>
       </c>
       <c r="J42" s="2">
         <v>4</v>
       </c>
       <c r="K42" s="2">
         <v>66</v>
       </c>
       <c r="L42" s="2">
         <v>100</v>
       </c>
       <c r="M42" s="2">
         <v>0</v>
       </c>
       <c r="N42" s="2">
         <v>166</v>
       </c>
     </row>
     <row r="43" spans="1:14">
       <c r="A43" s="2">
         <v>105713</v>
       </c>
       <c r="B43" s="2" t="s">
         <v>137</v>
       </c>
       <c r="C43" s="2" t="s">
         <v>138</v>
       </c>
       <c r="D43" s="2"/>
       <c r="E43" s="2">
         <v>66164</v>
       </c>
       <c r="F43" s="2" t="s">
-        <v>107</v>
+        <v>104</v>
       </c>
       <c r="G43" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H43" s="2" t="s">
         <v>139</v>
       </c>
       <c r="I43" s="2">
         <v>22</v>
       </c>
       <c r="J43" s="2">
         <v>18</v>
       </c>
       <c r="K43" s="2">
         <v>66</v>
       </c>
       <c r="L43" s="2">
         <v>22</v>
       </c>
       <c r="M43" s="2">
         <v>0</v>
       </c>
       <c r="N43" s="2">
         <v>88</v>
       </c>
@@ -3251,93 +3251,93 @@
       <c r="L47" s="2">
         <v>15</v>
       </c>
       <c r="M47" s="2">
         <v>0</v>
       </c>
       <c r="N47" s="2">
         <v>81</v>
       </c>
     </row>
     <row r="48" spans="1:14">
       <c r="A48" s="2">
         <v>105718</v>
       </c>
       <c r="B48" s="2" t="s">
         <v>153</v>
       </c>
       <c r="C48" s="2" t="s">
         <v>154</v>
       </c>
       <c r="D48" s="2"/>
       <c r="E48" s="2">
         <v>66168</v>
       </c>
       <c r="F48" s="2" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="G48" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H48" s="2" t="s">
         <v>155</v>
       </c>
       <c r="I48" s="2">
         <v>27</v>
       </c>
       <c r="J48" s="2">
         <v>23</v>
       </c>
       <c r="K48" s="2">
         <v>66</v>
       </c>
       <c r="L48" s="2">
         <v>15</v>
       </c>
       <c r="M48" s="2">
         <v>0</v>
       </c>
       <c r="N48" s="2">
         <v>81</v>
       </c>
     </row>
     <row r="49" spans="1:14">
       <c r="A49" s="2">
         <v>105719</v>
       </c>
       <c r="B49" s="2" t="s">
         <v>156</v>
       </c>
       <c r="C49" s="2" t="s">
         <v>157</v>
       </c>
       <c r="D49" s="2"/>
       <c r="E49" s="2">
         <v>66076</v>
       </c>
       <c r="F49" s="2" t="s">
-        <v>53</v>
+        <v>50</v>
       </c>
       <c r="G49" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H49" s="2" t="s">
         <v>158</v>
       </c>
       <c r="I49" s="2">
         <v>28</v>
       </c>
       <c r="J49" s="2">
         <v>24</v>
       </c>
       <c r="K49" s="2">
         <v>66</v>
       </c>
       <c r="L49" s="2">
         <v>15</v>
       </c>
       <c r="M49" s="2">
         <v>0</v>
       </c>
       <c r="N49" s="2">
         <v>81</v>
       </c>
@@ -3839,135 +3839,135 @@
       <c r="L61" s="2">
         <v>15</v>
       </c>
       <c r="M61" s="2">
         <v>0</v>
       </c>
       <c r="N61" s="2">
         <v>81</v>
       </c>
     </row>
     <row r="62" spans="1:14">
       <c r="A62" s="2">
         <v>105732</v>
       </c>
       <c r="B62" s="2" t="s">
         <v>195</v>
       </c>
       <c r="C62" s="2" t="s">
         <v>196</v>
       </c>
       <c r="D62" s="2"/>
       <c r="E62" s="2">
         <v>66153</v>
       </c>
       <c r="F62" s="2" t="s">
-        <v>53</v>
+        <v>50</v>
       </c>
       <c r="G62" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H62" s="2" t="s">
         <v>197</v>
       </c>
       <c r="I62" s="2">
         <v>41</v>
       </c>
       <c r="J62" s="2">
         <v>36</v>
       </c>
       <c r="K62" s="2">
         <v>66</v>
       </c>
       <c r="L62" s="2">
         <v>15</v>
       </c>
       <c r="M62" s="2">
         <v>0</v>
       </c>
       <c r="N62" s="2">
         <v>81</v>
       </c>
     </row>
     <row r="63" spans="1:14">
       <c r="A63" s="2">
         <v>105733</v>
       </c>
       <c r="B63" s="2" t="s">
         <v>198</v>
       </c>
       <c r="C63" s="2" t="s">
         <v>199</v>
       </c>
       <c r="D63" s="2"/>
       <c r="E63" s="2">
         <v>66123</v>
       </c>
       <c r="F63" s="2" t="s">
-        <v>53</v>
+        <v>50</v>
       </c>
       <c r="G63" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H63" s="2" t="s">
         <v>200</v>
       </c>
       <c r="I63" s="2">
         <v>42</v>
       </c>
       <c r="J63" s="2">
         <v>37</v>
       </c>
       <c r="K63" s="2">
         <v>66</v>
       </c>
       <c r="L63" s="2">
         <v>15</v>
       </c>
       <c r="M63" s="2">
         <v>0</v>
       </c>
       <c r="N63" s="2">
         <v>81</v>
       </c>
     </row>
     <row r="64" spans="1:14">
       <c r="A64" s="2">
         <v>105734</v>
       </c>
       <c r="B64" s="2" t="s">
         <v>201</v>
       </c>
       <c r="C64" s="2" t="s">
         <v>202</v>
       </c>
       <c r="D64" s="2"/>
       <c r="E64" s="2">
         <v>66007</v>
       </c>
       <c r="F64" s="2" t="s">
-        <v>53</v>
+        <v>50</v>
       </c>
       <c r="G64" s="2" t="s">
         <v>27</v>
       </c>
       <c r="H64" s="2" t="s">
         <v>203</v>
       </c>
       <c r="I64" s="2">
         <v>43</v>
       </c>
       <c r="J64" s="2">
         <v>6</v>
       </c>
       <c r="K64" s="2">
         <v>66</v>
       </c>
       <c r="L64" s="2">
         <v>70</v>
       </c>
       <c r="M64" s="2">
         <v>0</v>
       </c>
       <c r="N64" s="2">
         <v>136</v>
       </c>
@@ -4007,93 +4007,93 @@
       <c r="L65" s="2">
         <v>15</v>
       </c>
       <c r="M65" s="2">
         <v>0</v>
       </c>
       <c r="N65" s="2">
         <v>81</v>
       </c>
     </row>
     <row r="66" spans="1:14">
       <c r="A66" s="2">
         <v>105736</v>
       </c>
       <c r="B66" s="2" t="s">
         <v>207</v>
       </c>
       <c r="C66" s="2" t="s">
         <v>208</v>
       </c>
       <c r="D66" s="2"/>
       <c r="E66" s="2">
         <v>66157</v>
       </c>
       <c r="F66" s="2" t="s">
-        <v>53</v>
+        <v>50</v>
       </c>
       <c r="G66" s="2" t="s">
         <v>27</v>
       </c>
       <c r="H66" s="2" t="s">
         <v>209</v>
       </c>
       <c r="I66" s="2">
         <v>45</v>
       </c>
       <c r="J66" s="2">
         <v>7</v>
       </c>
       <c r="K66" s="2">
         <v>66</v>
       </c>
       <c r="L66" s="2">
         <v>65</v>
       </c>
       <c r="M66" s="2">
         <v>0</v>
       </c>
       <c r="N66" s="2">
         <v>131</v>
       </c>
     </row>
     <row r="67" spans="1:14">
       <c r="A67" s="2">
         <v>104482</v>
       </c>
       <c r="B67" s="2" t="s">
         <v>210</v>
       </c>
       <c r="C67" s="2" t="s">
         <v>211</v>
       </c>
       <c r="D67" s="2"/>
       <c r="E67" s="2">
         <v>66158</v>
       </c>
       <c r="F67" s="2" t="s">
-        <v>53</v>
+        <v>50</v>
       </c>
       <c r="G67" s="2" t="s">
         <v>27</v>
       </c>
       <c r="H67" s="2" t="s">
         <v>212</v>
       </c>
       <c r="I67" s="2">
         <v>46</v>
       </c>
       <c r="J67" s="2">
         <v>8</v>
       </c>
       <c r="K67" s="2">
         <v>66</v>
       </c>
       <c r="L67" s="2">
         <v>60</v>
       </c>
       <c r="M67" s="2">
         <v>0</v>
       </c>
       <c r="N67" s="2">
         <v>126</v>
       </c>
@@ -4301,93 +4301,93 @@
       <c r="L72" s="2">
         <v>15</v>
       </c>
       <c r="M72" s="2">
         <v>0</v>
       </c>
       <c r="N72" s="2">
         <v>81</v>
       </c>
     </row>
     <row r="73" spans="1:14">
       <c r="A73" s="2">
         <v>105120</v>
       </c>
       <c r="B73" s="2" t="s">
         <v>227</v>
       </c>
       <c r="C73" s="2" t="s">
         <v>228</v>
       </c>
       <c r="D73" s="2"/>
       <c r="E73" s="2">
         <v>66209</v>
       </c>
       <c r="F73" s="2" t="s">
-        <v>107</v>
+        <v>104</v>
       </c>
       <c r="G73" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H73" s="2" t="s">
         <v>229</v>
       </c>
       <c r="I73" s="2">
         <v>52</v>
       </c>
       <c r="J73" s="2">
         <v>44</v>
       </c>
       <c r="K73" s="2">
         <v>66</v>
       </c>
       <c r="L73" s="2">
         <v>15</v>
       </c>
       <c r="M73" s="2">
         <v>0</v>
       </c>
       <c r="N73" s="2">
         <v>81</v>
       </c>
     </row>
     <row r="74" spans="1:14">
       <c r="A74" s="2">
         <v>105742</v>
       </c>
       <c r="B74" s="2" t="s">
         <v>230</v>
       </c>
       <c r="C74" s="2" t="s">
         <v>231</v>
       </c>
       <c r="D74" s="2"/>
       <c r="E74" s="2">
         <v>66167</v>
       </c>
       <c r="F74" s="2" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="G74" s="2" t="s">
         <v>27</v>
       </c>
       <c r="H74" s="2" t="s">
         <v>232</v>
       </c>
       <c r="I74" s="2">
         <v>53</v>
       </c>
       <c r="J74" s="2">
         <v>9</v>
       </c>
       <c r="K74" s="2">
         <v>66</v>
       </c>
       <c r="L74" s="2">
         <v>55</v>
       </c>
       <c r="M74" s="2">
         <v>0</v>
       </c>
       <c r="N74" s="2">
         <v>121</v>
       </c>
@@ -4679,51 +4679,51 @@
       <c r="L81" s="2">
         <v>15</v>
       </c>
       <c r="M81" s="2">
         <v>0</v>
       </c>
       <c r="N81" s="2">
         <v>81</v>
       </c>
     </row>
     <row r="82" spans="1:14">
       <c r="A82" s="2">
         <v>105750</v>
       </c>
       <c r="B82" s="2" t="s">
         <v>253</v>
       </c>
       <c r="C82" s="2" t="s">
         <v>254</v>
       </c>
       <c r="D82" s="2"/>
       <c r="E82" s="2">
         <v>66150</v>
       </c>
       <c r="F82" s="2" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="G82" s="2" t="s">
         <v>27</v>
       </c>
       <c r="H82" s="2" t="s">
         <v>255</v>
       </c>
       <c r="I82" s="2">
         <v>61</v>
       </c>
       <c r="J82" s="2">
         <v>10</v>
       </c>
       <c r="K82" s="2">
         <v>66</v>
       </c>
       <c r="L82" s="2">
         <v>50</v>
       </c>
       <c r="M82" s="2">
         <v>0</v>
       </c>
       <c r="N82" s="2">
         <v>116</v>
       </c>