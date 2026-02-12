--- v1 (2025-12-14)
+++ v2 (2026-02-12)
@@ -158,71 +158,71 @@
   <si>
     <t>Nimcharoen</t>
   </si>
   <si>
     <t>10:37:37</t>
   </si>
   <si>
     <t>Kajohnsak</t>
   </si>
   <si>
     <t>Thakham</t>
   </si>
   <si>
     <t>10:22:55</t>
   </si>
   <si>
     <t>Jared</t>
   </si>
   <si>
     <t>Teves</t>
   </si>
   <si>
     <t>Philippines</t>
   </si>
   <si>
+    <t>Tawatchai</t>
+  </si>
+  <si>
+    <t>SAPANKAEW</t>
+  </si>
+  <si>
+    <t>10:28:37</t>
+  </si>
+  <si>
     <t>Rony</t>
   </si>
   <si>
     <t>Mertin</t>
   </si>
   <si>
     <t>Malaysia</t>
   </si>
   <si>
     <t>11:12:38</t>
   </si>
   <si>
-    <t>Tawatchai</t>
-[...7 lines deleted...]
-  <si>
     <t>Remi</t>
   </si>
   <si>
     <t>Galland</t>
   </si>
   <si>
     <t>France</t>
   </si>
   <si>
     <t>11:14:49</t>
   </si>
   <si>
     <t>Jason</t>
   </si>
   <si>
     <t>Pardue</t>
   </si>
   <si>
     <t>10:49:34</t>
   </si>
   <si>
     <t>Supat</t>
   </si>
   <si>
     <t>Bunjuar</t>
@@ -254,65 +254,65 @@
   <si>
     <t>Izer</t>
   </si>
   <si>
     <t>Bashir</t>
   </si>
   <si>
     <t>12:06:54</t>
   </si>
   <si>
     <t>Issaree</t>
   </si>
   <si>
     <t>Kengnok</t>
   </si>
   <si>
     <t>12:08:07</t>
   </si>
   <si>
     <t>Prutsama</t>
   </si>
   <si>
     <t>SRIGANHA</t>
   </si>
   <si>
+    <t>Pongniran</t>
+  </si>
+  <si>
+    <t>11:09:35</t>
+  </si>
+  <si>
     <t>Kittiphong</t>
   </si>
   <si>
     <t>Prasert</t>
   </si>
   <si>
     <t>12:08:11</t>
   </si>
   <si>
-    <t>Pongniran</t>
-[...4 lines deleted...]
-  <si>
     <t>Raymond</t>
   </si>
   <si>
     <t>Lopez</t>
   </si>
   <si>
     <t>12:11:47</t>
   </si>
   <si>
     <t>Heather</t>
   </si>
   <si>
     <t>11:32:09</t>
   </si>
   <si>
     <t>Siawhua</t>
   </si>
   <si>
     <t>Lim</t>
   </si>
   <si>
     <t>12:12:18</t>
   </si>
   <si>
     <t>Kanlaya</t>
@@ -320,108 +320,108 @@
   <si>
     <t>Srinantawong</t>
   </si>
   <si>
     <t>11:47:51</t>
   </si>
   <si>
     <t>Sutthichai</t>
   </si>
   <si>
     <t>Surasompob</t>
   </si>
   <si>
     <t>12:15:12</t>
   </si>
   <si>
     <t>Sirinmas</t>
   </si>
   <si>
     <t>Lamlerttham</t>
   </si>
   <si>
     <t>12:44:54</t>
   </si>
   <si>
+    <t>Sumonthip</t>
+  </si>
+  <si>
+    <t>KAEWSANSANA</t>
+  </si>
+  <si>
+    <t>12:57:14</t>
+  </si>
+  <si>
     <t>Masafumi</t>
   </si>
   <si>
     <t>Yamamoto</t>
   </si>
   <si>
     <t>Japan</t>
   </si>
   <si>
     <t>12:18:35</t>
   </si>
   <si>
-    <t>Sumonthip</t>
-[...7 lines deleted...]
-  <si>
     <t>Chanchaya</t>
   </si>
   <si>
     <t>Naphawanode</t>
   </si>
   <si>
     <t>13:01:31</t>
   </si>
   <si>
     <t>Mesikarn</t>
   </si>
   <si>
     <t>Jongthamrongjarukit</t>
   </si>
   <si>
     <t>12:23:06</t>
   </si>
   <si>
+    <t>Beth</t>
+  </si>
+  <si>
+    <t>Henderson</t>
+  </si>
+  <si>
+    <t>Great Britain</t>
+  </si>
+  <si>
+    <t>14:06:48</t>
+  </si>
+  <si>
     <t>Thaphut</t>
   </si>
   <si>
     <t>Phadthaamphant</t>
   </si>
   <si>
     <t>12:23:24</t>
-  </si>
-[...10 lines deleted...]
-    <t>14:06:48</t>
   </si>
   <si>
     <t>Prawit</t>
   </si>
   <si>
     <t>Lakngernchai</t>
   </si>
   <si>
     <t>12:24:49</t>
   </si>
   <si>
     <t>Angsana</t>
   </si>
   <si>
     <t>JAGGAN</t>
   </si>
   <si>
     <t>14:16:44</t>
   </si>
   <si>
     <t>Jatuporn</t>
   </si>
   <si>
     <t>Jandang</t>
   </si>
@@ -1726,130 +1726,130 @@
       </c>
       <c r="H11" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I11" s="2">
         <v>5</v>
       </c>
       <c r="J11" s="2">
         <v>5</v>
       </c>
       <c r="K11" s="2">
         <v>66</v>
       </c>
       <c r="L11" s="2">
         <v>75</v>
       </c>
       <c r="M11" s="2">
         <v>0</v>
       </c>
       <c r="N11" s="2">
         <v>141</v>
       </c>
     </row>
     <row r="12" spans="1:14">
       <c r="A12" s="2">
-        <v>100697</v>
+        <v>112087</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>48</v>
       </c>
       <c r="C12" s="2" t="s">
         <v>49</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2">
-        <v>66226</v>
+        <v>66080</v>
       </c>
       <c r="F12" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="G12" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="H12" s="2" t="s">
         <v>50</v>
-      </c>
-[...4 lines deleted...]
-        <v>51</v>
       </c>
       <c r="I12" s="2">
         <v>6</v>
       </c>
       <c r="J12" s="2">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="K12" s="2">
         <v>66</v>
       </c>
       <c r="L12" s="2">
-        <v>70</v>
+        <v>75</v>
       </c>
       <c r="M12" s="2">
         <v>0</v>
       </c>
       <c r="N12" s="2">
-        <v>136</v>
+        <v>141</v>
       </c>
     </row>
     <row r="13" spans="1:14">
       <c r="A13" s="2">
-        <v>112087</v>
+        <v>100697</v>
       </c>
       <c r="B13" s="2" t="s">
+        <v>51</v>
+      </c>
+      <c r="C13" s="2" t="s">
         <v>52</v>
-      </c>
-[...1 lines deleted...]
-        <v>53</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2">
-        <v>66080</v>
+        <v>66226</v>
       </c>
       <c r="F13" s="2" t="s">
-        <v>16</v>
+        <v>53</v>
       </c>
       <c r="G13" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H13" s="2" t="s">
         <v>54</v>
       </c>
       <c r="I13" s="2">
         <v>6</v>
       </c>
       <c r="J13" s="2">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="K13" s="2">
         <v>66</v>
       </c>
       <c r="L13" s="2">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="M13" s="2">
         <v>0</v>
       </c>
       <c r="N13" s="2">
-        <v>141</v>
+        <v>136</v>
       </c>
     </row>
     <row r="14" spans="1:14">
       <c r="A14" s="2">
         <v>101700</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>55</v>
       </c>
       <c r="C14" s="2" t="s">
         <v>56</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2">
         <v>66152</v>
       </c>
       <c r="F14" s="2" t="s">
         <v>57</v>
       </c>
       <c r="G14" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H14" s="2" t="s">
         <v>58</v>
       </c>
@@ -1991,51 +1991,51 @@
       <c r="L17" s="2">
         <v>65</v>
       </c>
       <c r="M17" s="2">
         <v>0</v>
       </c>
       <c r="N17" s="2">
         <v>131</v>
       </c>
     </row>
     <row r="18" spans="1:14">
       <c r="A18" s="2">
         <v>112089</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>66</v>
       </c>
       <c r="C18" s="2" t="s">
         <v>67</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2">
         <v>66068</v>
       </c>
       <c r="F18" s="2" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="G18" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H18" s="2" t="s">
         <v>68</v>
       </c>
       <c r="I18" s="2">
         <v>9</v>
       </c>
       <c r="J18" s="2">
         <v>8</v>
       </c>
       <c r="K18" s="2">
         <v>66</v>
       </c>
       <c r="L18" s="2">
         <v>60</v>
       </c>
       <c r="M18" s="2">
         <v>0</v>
       </c>
       <c r="N18" s="2">
         <v>126</v>
       </c>
@@ -2075,51 +2075,51 @@
       <c r="L19" s="2">
         <v>55</v>
       </c>
       <c r="M19" s="2">
         <v>0</v>
       </c>
       <c r="N19" s="2">
         <v>121</v>
       </c>
     </row>
     <row r="20" spans="1:14">
       <c r="A20" s="2">
         <v>112090</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>72</v>
       </c>
       <c r="C20" s="2" t="s">
         <v>73</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2">
         <v>66074</v>
       </c>
       <c r="F20" s="2" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="G20" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H20" s="2" t="s">
         <v>68</v>
       </c>
       <c r="I20" s="2">
         <v>10</v>
       </c>
       <c r="J20" s="2">
         <v>9</v>
       </c>
       <c r="K20" s="2">
         <v>66</v>
       </c>
       <c r="L20" s="2">
         <v>55</v>
       </c>
       <c r="M20" s="2">
         <v>0</v>
       </c>
       <c r="N20" s="2">
         <v>121</v>
       </c>
@@ -2230,130 +2230,130 @@
       </c>
       <c r="H23" s="2" t="s">
         <v>68</v>
       </c>
       <c r="I23" s="2">
         <v>11</v>
       </c>
       <c r="J23" s="2">
         <v>2</v>
       </c>
       <c r="K23" s="2">
         <v>66</v>
       </c>
       <c r="L23" s="2">
         <v>150</v>
       </c>
       <c r="M23" s="2">
         <v>0</v>
       </c>
       <c r="N23" s="2">
         <v>216</v>
       </c>
     </row>
     <row r="24" spans="1:14">
       <c r="A24" s="2">
-        <v>105705</v>
+        <v>112092</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>80</v>
       </c>
       <c r="C24" s="2" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="D24" s="2"/>
       <c r="E24" s="2">
-        <v>66184</v>
+        <v>66142</v>
       </c>
       <c r="F24" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G24" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H24" s="2" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="I24" s="2">
         <v>12</v>
       </c>
       <c r="J24" s="2">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="K24" s="2">
         <v>66</v>
       </c>
       <c r="L24" s="2">
-        <v>45</v>
+        <v>50</v>
       </c>
       <c r="M24" s="2">
         <v>0</v>
       </c>
       <c r="N24" s="2">
-        <v>111</v>
+        <v>116</v>
       </c>
     </row>
     <row r="25" spans="1:14">
       <c r="A25" s="2">
-        <v>112092</v>
+        <v>105705</v>
       </c>
       <c r="B25" s="2" t="s">
+        <v>82</v>
+      </c>
+      <c r="C25" s="2" t="s">
         <v>83</v>
-      </c>
-[...1 lines deleted...]
-        <v>79</v>
       </c>
       <c r="D25" s="2"/>
       <c r="E25" s="2">
-        <v>66142</v>
+        <v>66184</v>
       </c>
       <c r="F25" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G25" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H25" s="2" t="s">
         <v>84</v>
       </c>
       <c r="I25" s="2">
         <v>12</v>
       </c>
       <c r="J25" s="2">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="K25" s="2">
         <v>66</v>
       </c>
       <c r="L25" s="2">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="M25" s="2">
         <v>0</v>
       </c>
       <c r="N25" s="2">
-        <v>116</v>
+        <v>111</v>
       </c>
     </row>
     <row r="26" spans="1:14">
       <c r="A26" s="2">
         <v>105706</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>85</v>
       </c>
       <c r="C26" s="2" t="s">
         <v>86</v>
       </c>
       <c r="D26" s="2"/>
       <c r="E26" s="2">
         <v>66163</v>
       </c>
       <c r="F26" s="2" t="s">
         <v>47</v>
       </c>
       <c r="G26" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H26" s="2" t="s">
         <v>87</v>
       </c>
@@ -2411,51 +2411,51 @@
       <c r="L27" s="2">
         <v>125</v>
       </c>
       <c r="M27" s="2">
         <v>0</v>
       </c>
       <c r="N27" s="2">
         <v>191</v>
       </c>
     </row>
     <row r="28" spans="1:14">
       <c r="A28" s="2">
         <v>101559</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>90</v>
       </c>
       <c r="C28" s="2" t="s">
         <v>91</v>
       </c>
       <c r="D28" s="2"/>
       <c r="E28" s="2">
         <v>66221</v>
       </c>
       <c r="F28" s="2" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="G28" s="2" t="s">
         <v>27</v>
       </c>
       <c r="H28" s="2" t="s">
         <v>92</v>
       </c>
       <c r="I28" s="2">
         <v>14</v>
       </c>
       <c r="J28" s="2">
         <v>2</v>
       </c>
       <c r="K28" s="2">
         <v>66</v>
       </c>
       <c r="L28" s="2">
         <v>150</v>
       </c>
       <c r="M28" s="2">
         <v>0</v>
       </c>
       <c r="N28" s="2">
         <v>216</v>
       </c>
@@ -2566,130 +2566,130 @@
       </c>
       <c r="H31" s="2" t="s">
         <v>101</v>
       </c>
       <c r="I31" s="2">
         <v>15</v>
       </c>
       <c r="J31" s="2">
         <v>5</v>
       </c>
       <c r="K31" s="2">
         <v>66</v>
       </c>
       <c r="L31" s="2">
         <v>75</v>
       </c>
       <c r="M31" s="2">
         <v>0</v>
       </c>
       <c r="N31" s="2">
         <v>141</v>
       </c>
     </row>
     <row r="32" spans="1:14">
       <c r="A32" s="2">
-        <v>105708</v>
+        <v>112096</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>102</v>
       </c>
       <c r="C32" s="2" t="s">
         <v>103</v>
       </c>
       <c r="D32" s="2"/>
       <c r="E32" s="2">
-        <v>66203</v>
+        <v>66024</v>
       </c>
       <c r="F32" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="G32" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="H32" s="2" t="s">
         <v>104</v>
       </c>
-      <c r="G32" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="I32" s="2">
         <v>16</v>
       </c>
       <c r="J32" s="2">
-        <v>14</v>
+        <v>6</v>
       </c>
       <c r="K32" s="2">
         <v>66</v>
       </c>
       <c r="L32" s="2">
-        <v>30</v>
+        <v>70</v>
       </c>
       <c r="M32" s="2">
         <v>0</v>
       </c>
       <c r="N32" s="2">
-        <v>96</v>
+        <v>136</v>
       </c>
     </row>
     <row r="33" spans="1:14">
       <c r="A33" s="2">
-        <v>112096</v>
+        <v>105708</v>
       </c>
       <c r="B33" s="2" t="s">
+        <v>105</v>
+      </c>
+      <c r="C33" s="2" t="s">
         <v>106</v>
-      </c>
-[...1 lines deleted...]
-        <v>107</v>
       </c>
       <c r="D33" s="2"/>
       <c r="E33" s="2">
-        <v>66024</v>
+        <v>66203</v>
       </c>
       <c r="F33" s="2" t="s">
-        <v>16</v>
+        <v>107</v>
       </c>
       <c r="G33" s="2" t="s">
-        <v>27</v>
+        <v>17</v>
       </c>
       <c r="H33" s="2" t="s">
         <v>108</v>
       </c>
       <c r="I33" s="2">
         <v>16</v>
       </c>
       <c r="J33" s="2">
-        <v>6</v>
+        <v>14</v>
       </c>
       <c r="K33" s="2">
         <v>66</v>
       </c>
       <c r="L33" s="2">
-        <v>70</v>
+        <v>30</v>
       </c>
       <c r="M33" s="2">
         <v>0</v>
       </c>
       <c r="N33" s="2">
-        <v>136</v>
+        <v>96</v>
       </c>
     </row>
     <row r="34" spans="1:14">
       <c r="A34" s="2">
         <v>112097</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>109</v>
       </c>
       <c r="C34" s="2" t="s">
         <v>110</v>
       </c>
       <c r="D34" s="2"/>
       <c r="E34" s="2">
         <v>66226</v>
       </c>
       <c r="F34" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G34" s="2" t="s">
         <v>27</v>
       </c>
       <c r="H34" s="2" t="s">
         <v>111</v>
       </c>
@@ -2734,130 +2734,130 @@
       </c>
       <c r="H35" s="2" t="s">
         <v>114</v>
       </c>
       <c r="I35" s="2">
         <v>17</v>
       </c>
       <c r="J35" s="2">
         <v>3</v>
       </c>
       <c r="K35" s="2">
         <v>66</v>
       </c>
       <c r="L35" s="2">
         <v>125</v>
       </c>
       <c r="M35" s="2">
         <v>0</v>
       </c>
       <c r="N35" s="2">
         <v>191</v>
       </c>
     </row>
     <row r="36" spans="1:14">
       <c r="A36" s="2">
-        <v>105709</v>
+        <v>112098</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>115</v>
       </c>
       <c r="C36" s="2" t="s">
         <v>116</v>
       </c>
       <c r="D36" s="2"/>
       <c r="E36" s="2">
-        <v>66021</v>
+        <v>66136</v>
       </c>
       <c r="F36" s="2" t="s">
-        <v>16</v>
+        <v>117</v>
       </c>
       <c r="G36" s="2" t="s">
-        <v>17</v>
+        <v>27</v>
       </c>
       <c r="H36" s="2" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="I36" s="2">
         <v>18</v>
       </c>
       <c r="J36" s="2">
-        <v>15</v>
+        <v>8</v>
       </c>
       <c r="K36" s="2">
         <v>66</v>
       </c>
       <c r="L36" s="2">
-        <v>25</v>
+        <v>60</v>
       </c>
       <c r="M36" s="2">
         <v>0</v>
       </c>
       <c r="N36" s="2">
-        <v>91</v>
+        <v>126</v>
       </c>
     </row>
     <row r="37" spans="1:14">
       <c r="A37" s="2">
-        <v>112098</v>
+        <v>105709</v>
       </c>
       <c r="B37" s="2" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="C37" s="2" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="D37" s="2"/>
       <c r="E37" s="2">
-        <v>66136</v>
+        <v>66021</v>
       </c>
       <c r="F37" s="2" t="s">
-        <v>120</v>
+        <v>16</v>
       </c>
       <c r="G37" s="2" t="s">
-        <v>27</v>
+        <v>17</v>
       </c>
       <c r="H37" s="2" t="s">
         <v>121</v>
       </c>
       <c r="I37" s="2">
         <v>18</v>
       </c>
       <c r="J37" s="2">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="K37" s="2">
         <v>66</v>
       </c>
       <c r="L37" s="2">
-        <v>60</v>
+        <v>25</v>
       </c>
       <c r="M37" s="2">
         <v>0</v>
       </c>
       <c r="N37" s="2">
-        <v>126</v>
+        <v>91</v>
       </c>
     </row>
     <row r="38" spans="1:14">
       <c r="A38" s="2">
         <v>105710</v>
       </c>
       <c r="B38" s="2" t="s">
         <v>122</v>
       </c>
       <c r="C38" s="2" t="s">
         <v>123</v>
       </c>
       <c r="D38" s="2"/>
       <c r="E38" s="2">
         <v>66081</v>
       </c>
       <c r="F38" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G38" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H38" s="2" t="s">
         <v>124</v>
       </c>
@@ -2999,93 +2999,93 @@
       <c r="L41" s="2">
         <v>23</v>
       </c>
       <c r="M41" s="2">
         <v>0</v>
       </c>
       <c r="N41" s="2">
         <v>89</v>
       </c>
     </row>
     <row r="42" spans="1:14">
       <c r="A42" s="2">
         <v>105712</v>
       </c>
       <c r="B42" s="2" t="s">
         <v>134</v>
       </c>
       <c r="C42" s="2" t="s">
         <v>135</v>
       </c>
       <c r="D42" s="2"/>
       <c r="E42" s="2">
         <v>66095</v>
       </c>
       <c r="F42" s="2" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="G42" s="2" t="s">
         <v>27</v>
       </c>
       <c r="H42" s="2" t="s">
         <v>136</v>
       </c>
       <c r="I42" s="2">
         <v>21</v>
       </c>
       <c r="J42" s="2">
         <v>4</v>
       </c>
       <c r="K42" s="2">
         <v>66</v>
       </c>
       <c r="L42" s="2">
         <v>100</v>
       </c>
       <c r="M42" s="2">
         <v>0</v>
       </c>
       <c r="N42" s="2">
         <v>166</v>
       </c>
     </row>
     <row r="43" spans="1:14">
       <c r="A43" s="2">
         <v>105713</v>
       </c>
       <c r="B43" s="2" t="s">
         <v>137</v>
       </c>
       <c r="C43" s="2" t="s">
         <v>138</v>
       </c>
       <c r="D43" s="2"/>
       <c r="E43" s="2">
         <v>66164</v>
       </c>
       <c r="F43" s="2" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
       <c r="G43" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H43" s="2" t="s">
         <v>139</v>
       </c>
       <c r="I43" s="2">
         <v>22</v>
       </c>
       <c r="J43" s="2">
         <v>18</v>
       </c>
       <c r="K43" s="2">
         <v>66</v>
       </c>
       <c r="L43" s="2">
         <v>22</v>
       </c>
       <c r="M43" s="2">
         <v>0</v>
       </c>
       <c r="N43" s="2">
         <v>88</v>
       </c>
@@ -3293,51 +3293,51 @@
       <c r="L48" s="2">
         <v>15</v>
       </c>
       <c r="M48" s="2">
         <v>0</v>
       </c>
       <c r="N48" s="2">
         <v>81</v>
       </c>
     </row>
     <row r="49" spans="1:14">
       <c r="A49" s="2">
         <v>105719</v>
       </c>
       <c r="B49" s="2" t="s">
         <v>156</v>
       </c>
       <c r="C49" s="2" t="s">
         <v>157</v>
       </c>
       <c r="D49" s="2"/>
       <c r="E49" s="2">
         <v>66076</v>
       </c>
       <c r="F49" s="2" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="G49" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H49" s="2" t="s">
         <v>158</v>
       </c>
       <c r="I49" s="2">
         <v>28</v>
       </c>
       <c r="J49" s="2">
         <v>24</v>
       </c>
       <c r="K49" s="2">
         <v>66</v>
       </c>
       <c r="L49" s="2">
         <v>15</v>
       </c>
       <c r="M49" s="2">
         <v>0</v>
       </c>
       <c r="N49" s="2">
         <v>81</v>
       </c>
@@ -3839,135 +3839,135 @@
       <c r="L61" s="2">
         <v>15</v>
       </c>
       <c r="M61" s="2">
         <v>0</v>
       </c>
       <c r="N61" s="2">
         <v>81</v>
       </c>
     </row>
     <row r="62" spans="1:14">
       <c r="A62" s="2">
         <v>105732</v>
       </c>
       <c r="B62" s="2" t="s">
         <v>195</v>
       </c>
       <c r="C62" s="2" t="s">
         <v>196</v>
       </c>
       <c r="D62" s="2"/>
       <c r="E62" s="2">
         <v>66153</v>
       </c>
       <c r="F62" s="2" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="G62" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H62" s="2" t="s">
         <v>197</v>
       </c>
       <c r="I62" s="2">
         <v>41</v>
       </c>
       <c r="J62" s="2">
         <v>36</v>
       </c>
       <c r="K62" s="2">
         <v>66</v>
       </c>
       <c r="L62" s="2">
         <v>15</v>
       </c>
       <c r="M62" s="2">
         <v>0</v>
       </c>
       <c r="N62" s="2">
         <v>81</v>
       </c>
     </row>
     <row r="63" spans="1:14">
       <c r="A63" s="2">
         <v>105733</v>
       </c>
       <c r="B63" s="2" t="s">
         <v>198</v>
       </c>
       <c r="C63" s="2" t="s">
         <v>199</v>
       </c>
       <c r="D63" s="2"/>
       <c r="E63" s="2">
         <v>66123</v>
       </c>
       <c r="F63" s="2" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="G63" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H63" s="2" t="s">
         <v>200</v>
       </c>
       <c r="I63" s="2">
         <v>42</v>
       </c>
       <c r="J63" s="2">
         <v>37</v>
       </c>
       <c r="K63" s="2">
         <v>66</v>
       </c>
       <c r="L63" s="2">
         <v>15</v>
       </c>
       <c r="M63" s="2">
         <v>0</v>
       </c>
       <c r="N63" s="2">
         <v>81</v>
       </c>
     </row>
     <row r="64" spans="1:14">
       <c r="A64" s="2">
         <v>105734</v>
       </c>
       <c r="B64" s="2" t="s">
         <v>201</v>
       </c>
       <c r="C64" s="2" t="s">
         <v>202</v>
       </c>
       <c r="D64" s="2"/>
       <c r="E64" s="2">
         <v>66007</v>
       </c>
       <c r="F64" s="2" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="G64" s="2" t="s">
         <v>27</v>
       </c>
       <c r="H64" s="2" t="s">
         <v>203</v>
       </c>
       <c r="I64" s="2">
         <v>43</v>
       </c>
       <c r="J64" s="2">
         <v>6</v>
       </c>
       <c r="K64" s="2">
         <v>66</v>
       </c>
       <c r="L64" s="2">
         <v>70</v>
       </c>
       <c r="M64" s="2">
         <v>0</v>
       </c>
       <c r="N64" s="2">
         <v>136</v>
       </c>
@@ -4007,93 +4007,93 @@
       <c r="L65" s="2">
         <v>15</v>
       </c>
       <c r="M65" s="2">
         <v>0</v>
       </c>
       <c r="N65" s="2">
         <v>81</v>
       </c>
     </row>
     <row r="66" spans="1:14">
       <c r="A66" s="2">
         <v>105736</v>
       </c>
       <c r="B66" s="2" t="s">
         <v>207</v>
       </c>
       <c r="C66" s="2" t="s">
         <v>208</v>
       </c>
       <c r="D66" s="2"/>
       <c r="E66" s="2">
         <v>66157</v>
       </c>
       <c r="F66" s="2" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="G66" s="2" t="s">
         <v>27</v>
       </c>
       <c r="H66" s="2" t="s">
         <v>209</v>
       </c>
       <c r="I66" s="2">
         <v>45</v>
       </c>
       <c r="J66" s="2">
         <v>7</v>
       </c>
       <c r="K66" s="2">
         <v>66</v>
       </c>
       <c r="L66" s="2">
         <v>65</v>
       </c>
       <c r="M66" s="2">
         <v>0</v>
       </c>
       <c r="N66" s="2">
         <v>131</v>
       </c>
     </row>
     <row r="67" spans="1:14">
       <c r="A67" s="2">
         <v>104482</v>
       </c>
       <c r="B67" s="2" t="s">
         <v>210</v>
       </c>
       <c r="C67" s="2" t="s">
         <v>211</v>
       </c>
       <c r="D67" s="2"/>
       <c r="E67" s="2">
         <v>66158</v>
       </c>
       <c r="F67" s="2" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="G67" s="2" t="s">
         <v>27</v>
       </c>
       <c r="H67" s="2" t="s">
         <v>212</v>
       </c>
       <c r="I67" s="2">
         <v>46</v>
       </c>
       <c r="J67" s="2">
         <v>8</v>
       </c>
       <c r="K67" s="2">
         <v>66</v>
       </c>
       <c r="L67" s="2">
         <v>60</v>
       </c>
       <c r="M67" s="2">
         <v>0</v>
       </c>
       <c r="N67" s="2">
         <v>126</v>
       </c>
@@ -4301,51 +4301,51 @@
       <c r="L72" s="2">
         <v>15</v>
       </c>
       <c r="M72" s="2">
         <v>0</v>
       </c>
       <c r="N72" s="2">
         <v>81</v>
       </c>
     </row>
     <row r="73" spans="1:14">
       <c r="A73" s="2">
         <v>105120</v>
       </c>
       <c r="B73" s="2" t="s">
         <v>227</v>
       </c>
       <c r="C73" s="2" t="s">
         <v>228</v>
       </c>
       <c r="D73" s="2"/>
       <c r="E73" s="2">
         <v>66209</v>
       </c>
       <c r="F73" s="2" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
       <c r="G73" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H73" s="2" t="s">
         <v>229</v>
       </c>
       <c r="I73" s="2">
         <v>52</v>
       </c>
       <c r="J73" s="2">
         <v>44</v>
       </c>
       <c r="K73" s="2">
         <v>66</v>
       </c>
       <c r="L73" s="2">
         <v>15</v>
       </c>
       <c r="M73" s="2">
         <v>0</v>
       </c>
       <c r="N73" s="2">
         <v>81</v>
       </c>