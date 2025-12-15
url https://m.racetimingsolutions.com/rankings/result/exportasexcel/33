--- v0 (2025-10-29)
+++ v1 (2025-12-15)
@@ -284,60 +284,60 @@
   <si>
     <t>Gyesook</t>
   </si>
   <si>
     <t>10:56:32</t>
   </si>
   <si>
     <t>Seong Nam</t>
   </si>
   <si>
     <t>Baek</t>
   </si>
   <si>
     <t>10:57:13</t>
   </si>
   <si>
     <t>Takahiko</t>
   </si>
   <si>
     <t>Murai</t>
   </si>
   <si>
     <t>11:17:52</t>
   </si>
   <si>
+    <t>Kyung Eun</t>
+  </si>
+  <si>
+    <t>11:29:28</t>
+  </si>
+  <si>
     <t>Gihong</t>
   </si>
   <si>
-    <t>11:29:28</t>
-[...1 lines deleted...]
-  <si>
     <t>Bokhun</t>
-  </si>
-[...1 lines deleted...]
-    <t>Kyung Eun</t>
   </si>
   <si>
     <t>Yong Wook</t>
   </si>
   <si>
     <t>11:33:49</t>
   </si>
   <si>
     <t>Kanghee</t>
   </si>
   <si>
     <t>Son</t>
   </si>
   <si>
     <t>11:34:32</t>
   </si>
   <si>
     <t>Jeong-ung</t>
   </si>
   <si>
     <t>Jo</t>
   </si>
   <si>
     <t>11:36:07</t>
   </si>
@@ -2616,145 +2616,145 @@
       </c>
       <c r="H26" s="2" t="s">
         <v>89</v>
       </c>
       <c r="I26" s="2">
         <v>25</v>
       </c>
       <c r="J26" s="2">
         <v>23</v>
       </c>
       <c r="K26" s="2">
         <v>100</v>
       </c>
       <c r="L26" s="2">
         <v>98</v>
       </c>
       <c r="M26" s="2">
         <v>0</v>
       </c>
       <c r="N26" s="2">
         <v>198</v>
       </c>
     </row>
     <row r="27" spans="1:14">
       <c r="A27" s="2">
-        <v>101849</v>
+        <v>101851</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>90</v>
       </c>
       <c r="C27" s="2" t="s">
-        <v>39</v>
+        <v>30</v>
       </c>
       <c r="D27" s="2"/>
       <c r="E27" s="2">
-        <v>1048</v>
+        <v>533</v>
       </c>
       <c r="F27" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G27" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H27" s="2" t="s">
         <v>91</v>
       </c>
       <c r="I27" s="2">
         <v>26</v>
       </c>
       <c r="J27" s="2">
         <v>24</v>
       </c>
       <c r="K27" s="2">
         <v>100</v>
       </c>
       <c r="L27" s="2">
         <v>97</v>
       </c>
       <c r="M27" s="2">
         <v>0</v>
       </c>
       <c r="N27" s="2">
         <v>197</v>
       </c>
     </row>
     <row r="28" spans="1:14">
       <c r="A28" s="2">
-        <v>101850</v>
+        <v>101849</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>92</v>
       </c>
       <c r="C28" s="2" t="s">
-        <v>45</v>
+        <v>39</v>
       </c>
       <c r="D28" s="2"/>
       <c r="E28" s="2">
-        <v>1061</v>
+        <v>1048</v>
       </c>
       <c r="F28" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G28" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H28" s="2" t="s">
         <v>91</v>
       </c>
       <c r="I28" s="2">
         <v>26</v>
       </c>
       <c r="J28" s="2">
         <v>24</v>
       </c>
       <c r="K28" s="2">
         <v>100</v>
       </c>
       <c r="L28" s="2">
         <v>97</v>
       </c>
       <c r="M28" s="2">
         <v>0</v>
       </c>
       <c r="N28" s="2">
         <v>197</v>
       </c>
     </row>
     <row r="29" spans="1:14">
       <c r="A29" s="2">
-        <v>101851</v>
+        <v>101850</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>93</v>
       </c>
       <c r="C29" s="2" t="s">
-        <v>30</v>
+        <v>45</v>
       </c>
       <c r="D29" s="2"/>
       <c r="E29" s="2">
-        <v>533</v>
+        <v>1061</v>
       </c>
       <c r="F29" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G29" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H29" s="2" t="s">
         <v>91</v>
       </c>
       <c r="I29" s="2">
         <v>26</v>
       </c>
       <c r="J29" s="2">
         <v>24</v>
       </c>
       <c r="K29" s="2">
         <v>100</v>
       </c>
       <c r="L29" s="2">
         <v>97</v>
       </c>
       <c r="M29" s="2">
         <v>0</v>
       </c>