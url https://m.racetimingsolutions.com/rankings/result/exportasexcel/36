--- v0 (2025-11-02)
+++ v1 (2025-12-20)
@@ -179,117 +179,117 @@
   <si>
     <t>10:07:32</t>
   </si>
   <si>
     <t>Tommaso</t>
   </si>
   <si>
     <t>Scalet</t>
   </si>
   <si>
     <t>Italy</t>
   </si>
   <si>
     <t>10:19:35</t>
   </si>
   <si>
     <t>Geun OK</t>
   </si>
   <si>
     <t>Ham</t>
   </si>
   <si>
     <t>13:43:59</t>
   </si>
   <si>
+    <t>Ki Hyun</t>
+  </si>
+  <si>
+    <t>10:39:39</t>
+  </si>
+  <si>
     <t>Angela</t>
   </si>
   <si>
     <t>Flynn</t>
   </si>
   <si>
     <t>Ireland</t>
   </si>
   <si>
     <t>14:21:25</t>
   </si>
   <si>
-    <t>Ki Hyun</t>
-[...4 lines deleted...]
-  <si>
     <t>Robin</t>
   </si>
   <si>
     <t>Mcgregor</t>
   </si>
   <si>
     <t>Great Britain</t>
   </si>
   <si>
     <t>11:32:37</t>
   </si>
   <si>
     <t>Na Rae</t>
   </si>
   <si>
     <t>Son</t>
   </si>
   <si>
     <t>15:53:05</t>
   </si>
   <si>
+    <t>Andrew</t>
+  </si>
+  <si>
+    <t>Coats</t>
+  </si>
+  <si>
+    <t>11:36:14</t>
+  </si>
+  <si>
     <t>Da Yeon</t>
   </si>
   <si>
     <t>Choi</t>
   </si>
   <si>
     <t>16:17:15</t>
   </si>
   <si>
-    <t>Andrew</t>
-[...5 lines deleted...]
-    <t>11:36:14</t>
+    <t>Jieun</t>
+  </si>
+  <si>
+    <t>16:20:51</t>
   </si>
   <si>
     <t>Sung Hee</t>
   </si>
   <si>
     <t>11:39:50</t>
-  </si>
-[...4 lines deleted...]
-    <t>16:20:51</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1201,109 +1201,109 @@
       </c>
       <c r="H13" s="2" t="s">
         <v>54</v>
       </c>
       <c r="I13" s="2">
         <v>6</v>
       </c>
       <c r="J13" s="2">
         <v>6</v>
       </c>
       <c r="K13" s="2">
         <v>100</v>
       </c>
       <c r="L13" s="2">
         <v>250</v>
       </c>
       <c r="M13" s="2">
         <v>0</v>
       </c>
       <c r="N13" s="2">
         <v>350</v>
       </c>
     </row>
     <row r="14" spans="1:14">
       <c r="A14" s="2">
-        <v>102053</v>
+        <v>102060</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>55</v>
       </c>
       <c r="C14" s="2" t="s">
-        <v>56</v>
+        <v>21</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2">
-        <v>4025</v>
+        <v>50021</v>
       </c>
       <c r="F14" s="2" t="s">
-        <v>57</v>
+        <v>17</v>
       </c>
       <c r="G14" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="H14" s="2" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="I14" s="2">
         <v>7</v>
       </c>
       <c r="J14" s="2">
         <v>7</v>
       </c>
       <c r="K14" s="2">
         <v>100</v>
       </c>
       <c r="L14" s="2">
         <v>240</v>
       </c>
       <c r="M14" s="2">
         <v>0</v>
       </c>
       <c r="N14" s="2">
         <v>340</v>
       </c>
     </row>
     <row r="15" spans="1:14">
       <c r="A15" s="2">
-        <v>102060</v>
+        <v>102053</v>
       </c>
       <c r="B15" s="2" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="C15" s="2" t="s">
-        <v>21</v>
+        <v>58</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2">
-        <v>50021</v>
+        <v>4025</v>
       </c>
       <c r="F15" s="2" t="s">
-        <v>17</v>
+        <v>59</v>
       </c>
       <c r="G15" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="H15" s="2" t="s">
         <v>60</v>
       </c>
       <c r="I15" s="2">
         <v>7</v>
       </c>
       <c r="J15" s="2">
         <v>7</v>
       </c>
       <c r="K15" s="2">
         <v>100</v>
       </c>
       <c r="L15" s="2">
         <v>240</v>
       </c>
       <c r="M15" s="2">
         <v>0</v>
       </c>
       <c r="N15" s="2">
         <v>340</v>
       </c>
     </row>
     <row r="16" spans="1:14">
       <c r="A16" s="2">
@@ -1369,193 +1369,193 @@
       </c>
       <c r="H17" s="2" t="s">
         <v>67</v>
       </c>
       <c r="I17" s="2">
         <v>8</v>
       </c>
       <c r="J17" s="2">
         <v>8</v>
       </c>
       <c r="K17" s="2">
         <v>100</v>
       </c>
       <c r="L17" s="2">
         <v>230</v>
       </c>
       <c r="M17" s="2">
         <v>0</v>
       </c>
       <c r="N17" s="2">
         <v>330</v>
       </c>
     </row>
     <row r="18" spans="1:14">
       <c r="A18" s="2">
-        <v>102055</v>
+        <v>102061</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>68</v>
       </c>
       <c r="C18" s="2" t="s">
         <v>69</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2">
-        <v>4021</v>
+        <v>3076</v>
       </c>
       <c r="F18" s="2" t="s">
-        <v>17</v>
+        <v>63</v>
       </c>
       <c r="G18" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="H18" s="2" t="s">
         <v>70</v>
       </c>
       <c r="I18" s="2">
         <v>9</v>
       </c>
       <c r="J18" s="2">
         <v>9</v>
       </c>
       <c r="K18" s="2">
         <v>100</v>
       </c>
       <c r="L18" s="2">
         <v>220</v>
       </c>
       <c r="M18" s="2">
         <v>0</v>
       </c>
       <c r="N18" s="2">
         <v>320</v>
       </c>
     </row>
     <row r="19" spans="1:14">
       <c r="A19" s="2">
-        <v>102061</v>
+        <v>102055</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>71</v>
       </c>
       <c r="C19" s="2" t="s">
         <v>72</v>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2">
-        <v>3076</v>
+        <v>4021</v>
       </c>
       <c r="F19" s="2" t="s">
-        <v>63</v>
+        <v>17</v>
       </c>
       <c r="G19" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="H19" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I19" s="2">
         <v>9</v>
       </c>
       <c r="J19" s="2">
         <v>9</v>
       </c>
       <c r="K19" s="2">
         <v>100</v>
       </c>
       <c r="L19" s="2">
         <v>220</v>
       </c>
       <c r="M19" s="2">
         <v>0</v>
       </c>
       <c r="N19" s="2">
         <v>320</v>
       </c>
     </row>
     <row r="20" spans="1:14">
       <c r="A20" s="2">
-        <v>102062</v>
+        <v>102056</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>74</v>
       </c>
       <c r="C20" s="2" t="s">
-        <v>21</v>
+        <v>72</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2">
-        <v>3007</v>
+        <v>4029</v>
       </c>
       <c r="F20" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G20" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="H20" s="2" t="s">
         <v>75</v>
       </c>
       <c r="I20" s="2">
         <v>10</v>
       </c>
       <c r="J20" s="2">
         <v>10</v>
       </c>
       <c r="K20" s="2">
         <v>100</v>
       </c>
       <c r="L20" s="2">
         <v>210</v>
       </c>
       <c r="M20" s="2">
         <v>0</v>
       </c>
       <c r="N20" s="2">
         <v>310</v>
       </c>
     </row>
     <row r="21" spans="1:14">
       <c r="A21" s="2">
-        <v>102056</v>
+        <v>102062</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>76</v>
       </c>
       <c r="C21" s="2" t="s">
-        <v>69</v>
+        <v>21</v>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2">
-        <v>4029</v>
+        <v>3007</v>
       </c>
       <c r="F21" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G21" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="H21" s="2" t="s">
         <v>77</v>
       </c>
       <c r="I21" s="2">
         <v>10</v>
       </c>
       <c r="J21" s="2">
         <v>10</v>
       </c>
       <c r="K21" s="2">
         <v>100</v>
       </c>
       <c r="L21" s="2">
         <v>210</v>
       </c>
       <c r="M21" s="2">
         <v>0</v>
       </c>
       <c r="N21" s="2">
         <v>310</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>