--- v1 (2025-12-20)
+++ v2 (2026-02-17)
@@ -101,71 +101,71 @@
   <si>
     <t>Kim</t>
   </si>
   <si>
     <t>Male</t>
   </si>
   <si>
     <t>8:51:45</t>
   </si>
   <si>
     <t>Yeji</t>
   </si>
   <si>
     <t>Jeong</t>
   </si>
   <si>
     <t>12:29:36</t>
   </si>
   <si>
     <t>Jinwan</t>
   </si>
   <si>
     <t>9:08:45</t>
   </si>
   <si>
+    <t>Nohui</t>
+  </si>
+  <si>
+    <t>Seong</t>
+  </si>
+  <si>
+    <t>노희성</t>
+  </si>
+  <si>
+    <t>9:17:38</t>
+  </si>
+  <si>
     <t>Bo Young</t>
   </si>
   <si>
     <t>Jan</t>
   </si>
   <si>
     <t>12:46:28</t>
   </si>
   <si>
-    <t>Nohui</t>
-[...10 lines deleted...]
-  <si>
     <t>Eeun Hyea</t>
   </si>
   <si>
     <t>Jung</t>
   </si>
   <si>
     <t>12:46:59</t>
   </si>
   <si>
     <t>Mingyu</t>
   </si>
   <si>
     <t>Park</t>
   </si>
   <si>
     <t>박민규</t>
   </si>
   <si>
     <t>9:39:37</t>
   </si>
   <si>
     <t>Gyesook</t>
   </si>
   <si>
     <t>13:20:46</t>
@@ -197,69 +197,69 @@
   <si>
     <t>Ham</t>
   </si>
   <si>
     <t>13:43:59</t>
   </si>
   <si>
     <t>Ki Hyun</t>
   </si>
   <si>
     <t>10:39:39</t>
   </si>
   <si>
     <t>Angela</t>
   </si>
   <si>
     <t>Flynn</t>
   </si>
   <si>
     <t>Ireland</t>
   </si>
   <si>
     <t>14:21:25</t>
   </si>
   <si>
+    <t>Na Rae</t>
+  </si>
+  <si>
+    <t>Son</t>
+  </si>
+  <si>
+    <t>15:53:05</t>
+  </si>
+  <si>
     <t>Robin</t>
   </si>
   <si>
     <t>Mcgregor</t>
   </si>
   <si>
     <t>Great Britain</t>
   </si>
   <si>
     <t>11:32:37</t>
-  </si>
-[...7 lines deleted...]
-    <t>15:53:05</t>
   </si>
   <si>
     <t>Andrew</t>
   </si>
   <si>
     <t>Coats</t>
   </si>
   <si>
     <t>11:36:14</t>
   </si>
   <si>
     <t>Da Yeon</t>
   </si>
   <si>
     <t>Choi</t>
   </si>
   <si>
     <t>16:17:15</t>
   </si>
   <si>
     <t>Jieun</t>
   </si>
   <si>
     <t>16:20:51</t>
   </si>
@@ -861,111 +861,111 @@
       </c>
       <c r="H5" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I5" s="2">
         <v>2</v>
       </c>
       <c r="J5" s="2">
         <v>2</v>
       </c>
       <c r="K5" s="2">
         <v>100</v>
       </c>
       <c r="L5" s="2">
         <v>350</v>
       </c>
       <c r="M5" s="2">
         <v>0</v>
       </c>
       <c r="N5" s="2">
         <v>450</v>
       </c>
     </row>
     <row r="6" spans="1:14">
       <c r="A6" s="2">
-        <v>102050</v>
+        <v>100514</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>29</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>30</v>
       </c>
-      <c r="D6" s="2"/>
+      <c r="D6" s="2" t="s">
+        <v>31</v>
+      </c>
       <c r="E6" s="2">
-        <v>4017</v>
+        <v>3020</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G6" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="H6" s="2" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="I6" s="2">
         <v>3</v>
       </c>
       <c r="J6" s="2">
         <v>3</v>
       </c>
       <c r="K6" s="2">
         <v>100</v>
       </c>
       <c r="L6" s="2">
         <v>325</v>
       </c>
       <c r="M6" s="2">
         <v>0</v>
       </c>
       <c r="N6" s="2">
         <v>425</v>
       </c>
     </row>
     <row r="7" spans="1:14">
       <c r="A7" s="2">
-        <v>100514</v>
+        <v>102050</v>
       </c>
       <c r="B7" s="2" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="C7" s="2" t="s">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="D7" s="2" t="s">
         <v>34</v>
       </c>
+      <c r="D7" s="2"/>
       <c r="E7" s="2">
-        <v>3020</v>
+        <v>4017</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G7" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="H7" s="2" t="s">
         <v>35</v>
       </c>
       <c r="I7" s="2">
         <v>3</v>
       </c>
       <c r="J7" s="2">
         <v>3</v>
       </c>
       <c r="K7" s="2">
         <v>100</v>
       </c>
       <c r="L7" s="2">
         <v>325</v>
       </c>
       <c r="M7" s="2">
         <v>0</v>
       </c>
       <c r="N7" s="2">
         <v>425</v>
       </c>
     </row>
     <row r="8" spans="1:14">
       <c r="A8" s="2">
@@ -1285,148 +1285,148 @@
       </c>
       <c r="H15" s="2" t="s">
         <v>60</v>
       </c>
       <c r="I15" s="2">
         <v>7</v>
       </c>
       <c r="J15" s="2">
         <v>7</v>
       </c>
       <c r="K15" s="2">
         <v>100</v>
       </c>
       <c r="L15" s="2">
         <v>240</v>
       </c>
       <c r="M15" s="2">
         <v>0</v>
       </c>
       <c r="N15" s="2">
         <v>340</v>
       </c>
     </row>
     <row r="16" spans="1:14">
       <c r="A16" s="2">
-        <v>101836</v>
+        <v>102054</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>61</v>
       </c>
       <c r="C16" s="2" t="s">
         <v>62</v>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2">
-        <v>3068</v>
+        <v>4011</v>
       </c>
       <c r="F16" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G16" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="H16" s="2" t="s">
         <v>63</v>
-      </c>
-[...4 lines deleted...]
-        <v>64</v>
       </c>
       <c r="I16" s="2">
         <v>8</v>
       </c>
       <c r="J16" s="2">
         <v>8</v>
       </c>
       <c r="K16" s="2">
         <v>100</v>
       </c>
       <c r="L16" s="2">
         <v>230</v>
       </c>
       <c r="M16" s="2">
         <v>0</v>
       </c>
       <c r="N16" s="2">
         <v>330</v>
       </c>
     </row>
     <row r="17" spans="1:14">
       <c r="A17" s="2">
-        <v>102054</v>
+        <v>101836</v>
       </c>
       <c r="B17" s="2" t="s">
+        <v>64</v>
+      </c>
+      <c r="C17" s="2" t="s">
         <v>65</v>
-      </c>
-[...1 lines deleted...]
-        <v>66</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2">
-        <v>4011</v>
+        <v>3068</v>
       </c>
       <c r="F17" s="2" t="s">
-        <v>17</v>
+        <v>66</v>
       </c>
       <c r="G17" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="H17" s="2" t="s">
         <v>67</v>
       </c>
       <c r="I17" s="2">
         <v>8</v>
       </c>
       <c r="J17" s="2">
         <v>8</v>
       </c>
       <c r="K17" s="2">
         <v>100</v>
       </c>
       <c r="L17" s="2">
         <v>230</v>
       </c>
       <c r="M17" s="2">
         <v>0</v>
       </c>
       <c r="N17" s="2">
         <v>330</v>
       </c>
     </row>
     <row r="18" spans="1:14">
       <c r="A18" s="2">
         <v>102061</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>68</v>
       </c>
       <c r="C18" s="2" t="s">
         <v>69</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2">
         <v>3076</v>
       </c>
       <c r="F18" s="2" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="G18" s="2" t="s">
         <v>22</v>
       </c>
       <c r="H18" s="2" t="s">
         <v>70</v>
       </c>
       <c r="I18" s="2">
         <v>9</v>
       </c>
       <c r="J18" s="2">
         <v>9</v>
       </c>
       <c r="K18" s="2">
         <v>100</v>
       </c>
       <c r="L18" s="2">
         <v>220</v>
       </c>
       <c r="M18" s="2">
         <v>0</v>
       </c>
       <c r="N18" s="2">
         <v>320</v>
       </c>