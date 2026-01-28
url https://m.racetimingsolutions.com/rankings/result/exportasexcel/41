--- v1 (2025-12-13)
+++ v2 (2026-01-28)
@@ -56,443 +56,443 @@
   <si>
     <t>Gender</t>
   </si>
   <si>
     <t>Finish Time</t>
   </si>
   <si>
     <t>Overall Position</t>
   </si>
   <si>
     <t>Gender Position</t>
   </si>
   <si>
     <t>Finisher Points</t>
   </si>
   <si>
     <t>Performance Points</t>
   </si>
   <si>
     <t>Bonus Points</t>
   </si>
   <si>
     <t>Total Points</t>
   </si>
   <si>
+    <t>John Ray</t>
+  </si>
+  <si>
+    <t>Onifa</t>
+  </si>
+  <si>
+    <t>Philippines</t>
+  </si>
+  <si>
+    <t>Male</t>
+  </si>
+  <si>
+    <t>07:02:32</t>
+  </si>
+  <si>
     <t>Jonathan Exentos</t>
   </si>
   <si>
     <t>Pido</t>
   </si>
   <si>
-    <t>Philippines</t>
-[...4 lines deleted...]
-  <si>
     <t>07:01:55</t>
   </si>
   <si>
-    <t>John Ray</t>
-[...7 lines deleted...]
-  <si>
     <t>Manolito Lupig</t>
   </si>
   <si>
     <t>Divina</t>
   </si>
   <si>
     <t>07:18:26</t>
   </si>
   <si>
     <t>Richgie P.</t>
   </si>
   <si>
     <t>Dala</t>
   </si>
   <si>
     <t>07:30:41</t>
   </si>
   <si>
+    <t>Leo Sarabosing</t>
+  </si>
+  <si>
+    <t>Colonia</t>
+  </si>
+  <si>
+    <t>07:42:05</t>
+  </si>
+  <si>
     <t>Kristian</t>
   </si>
   <si>
     <t>Joergensen</t>
   </si>
   <si>
     <t>Denmark</t>
   </si>
   <si>
     <t>07:18:29</t>
   </si>
   <si>
-    <t>Leo Sarabosing</t>
-[...5 lines deleted...]
-    <t>07:42:05</t>
+    <t>Wilnar</t>
+  </si>
+  <si>
+    <t>Iglesia</t>
+  </si>
+  <si>
+    <t>07:39:21</t>
   </si>
   <si>
     <t>07:56:58</t>
   </si>
   <si>
-    <t>Wilnar</t>
-[...5 lines deleted...]
-    <t>07:39:21</t>
+    <t>Aldean Philip</t>
+  </si>
+  <si>
+    <t>Lim</t>
+  </si>
+  <si>
+    <t>08:19:17</t>
   </si>
   <si>
     <t>Thumbie Ocampo</t>
   </si>
   <si>
     <t>Remigio</t>
   </si>
   <si>
     <t>08:18:16</t>
   </si>
   <si>
-    <t>Aldean Philip</t>
-[...5 lines deleted...]
-    <t>08:19:17</t>
+    <t>08:54:44</t>
   </si>
   <si>
     <t>08:32:01</t>
   </si>
   <si>
-    <t>08:54:44</t>
+    <t>Sandi Menchi</t>
+  </si>
+  <si>
+    <t>Catlona Abahan</t>
+  </si>
+  <si>
+    <t>Female</t>
+  </si>
+  <si>
+    <t>09:09:02</t>
   </si>
   <si>
     <t>Majo</t>
   </si>
   <si>
     <t>Liao</t>
   </si>
   <si>
-    <t>Female</t>
-[...1 lines deleted...]
-  <si>
     <t>09:19:08</t>
   </si>
   <si>
-    <t>Sandi Menchi</t>
-[...5 lines deleted...]
-    <t>09:09:02</t>
+    <t>09:09:23</t>
   </si>
   <si>
     <t>Alvin  E.</t>
   </si>
   <si>
     <t>Alvisor</t>
   </si>
   <si>
     <t>09:46:29</t>
   </si>
   <si>
-    <t>09:09:23</t>
+    <t>Paul James  </t>
+  </si>
+  <si>
+    <t>Zafico</t>
+  </si>
+  <si>
+    <t>09:53:48</t>
   </si>
   <si>
     <t>Benedick</t>
   </si>
   <si>
     <t>Gulapa</t>
   </si>
   <si>
     <t>09:10:12</t>
   </si>
   <si>
-    <t>Paul James  </t>
-[...5 lines deleted...]
-    <t>09:53:48</t>
+    <t>Ryan</t>
+  </si>
+  <si>
+    <t>Baldovino</t>
+  </si>
+  <si>
+    <t>09:18:57</t>
   </si>
   <si>
     <t>Maria Luisa Macahilo </t>
   </si>
   <si>
     <t>Prado</t>
   </si>
   <si>
     <t>10:14:13</t>
   </si>
   <si>
-    <t>Ryan</t>
-[...7 lines deleted...]
-  <si>
     <t>Al Ray Tudtud</t>
   </si>
   <si>
     <t>Lazado</t>
   </si>
   <si>
     <t>10:14:19</t>
   </si>
   <si>
     <t>Japhet</t>
   </si>
   <si>
     <t>Fernandez</t>
   </si>
   <si>
     <t>09:23:48</t>
   </si>
   <si>
+    <t>Jake</t>
+  </si>
+  <si>
+    <t>Soriano</t>
+  </si>
+  <si>
+    <t>10:23:41</t>
+  </si>
+  <si>
     <t>Roi Jason</t>
   </si>
   <si>
     <t>Bonifacio</t>
   </si>
   <si>
     <t>09:29:07</t>
   </si>
   <si>
-    <t>Jake</t>
-[...5 lines deleted...]
-    <t>10:23:41</t>
+    <t>Marton</t>
+  </si>
+  <si>
+    <t>Pelagio</t>
+  </si>
+  <si>
+    <t>09:29:25</t>
   </si>
   <si>
     <t>Hanz</t>
   </si>
   <si>
     <t>Pacana</t>
   </si>
   <si>
     <t>10:34:02</t>
   </si>
   <si>
-    <t>Marton</t>
-[...5 lines deleted...]
-    <t>09:29:25</t>
+    <t>Hanover </t>
+  </si>
+  <si>
+    <t>Amigo</t>
+  </si>
+  <si>
+    <t>10:38:47</t>
   </si>
   <si>
     <t>John Eruel</t>
   </si>
   <si>
     <t>Oquino</t>
   </si>
   <si>
     <t>09:35:19</t>
   </si>
   <si>
-    <t>Hanover </t>
-[...5 lines deleted...]
-    <t>10:38:47</t>
+    <t>Retchelle A .  </t>
+  </si>
+  <si>
+    <t>Nave</t>
+  </si>
+  <si>
+    <t>10:42:12</t>
   </si>
   <si>
     <t>Kyle</t>
   </si>
   <si>
     <t>Antolin</t>
   </si>
   <si>
     <t>09:43:34</t>
   </si>
   <si>
-    <t>Retchelle A .  </t>
-[...5 lines deleted...]
-    <t>10:42:12</t>
+    <t>10:01:07</t>
   </si>
   <si>
     <t>Christian Dave Paje </t>
   </si>
   <si>
     <t>Quilang</t>
   </si>
   <si>
     <t>10:49:52</t>
   </si>
   <si>
-    <t>10:01:07</t>
+    <t>Richard Bernante</t>
+  </si>
+  <si>
+    <t>Anania</t>
+  </si>
+  <si>
+    <t>10:54:42</t>
   </si>
   <si>
     <t>Carlo</t>
   </si>
   <si>
     <t>Chiong</t>
   </si>
   <si>
     <t>10:04:04</t>
   </si>
   <si>
-    <t>Richard Bernante</t>
-[...5 lines deleted...]
-    <t>10:54:42</t>
+    <t>Romualdo Bacle  </t>
+  </si>
+  <si>
+    <t>Calbes</t>
+  </si>
+  <si>
+    <t>10:58:42</t>
   </si>
   <si>
     <t>Jessie</t>
   </si>
   <si>
     <t>Rey Prieto</t>
   </si>
   <si>
     <t>10:24:51</t>
   </si>
   <si>
-    <t>Romualdo Bacle  </t>
-[...5 lines deleted...]
-    <t>10:58:42</t>
+    <t>Windell</t>
+  </si>
+  <si>
+    <t>Patagoc</t>
+  </si>
+  <si>
+    <t>10:25:36</t>
   </si>
   <si>
     <t>Angelie Paculba</t>
   </si>
   <si>
     <t>Sabanal</t>
   </si>
   <si>
     <t>10:58:44</t>
   </si>
   <si>
-    <t>Windell</t>
-[...5 lines deleted...]
-    <t>10:25:36</t>
+    <t>Silverio</t>
+  </si>
+  <si>
+    <t>Cueva</t>
+  </si>
+  <si>
+    <t>10:58:47</t>
   </si>
   <si>
     <t>Aggy</t>
   </si>
   <si>
     <t>Sabanal-Marte</t>
   </si>
   <si>
     <t>10:28:52</t>
   </si>
   <si>
-    <t>Silverio</t>
-[...5 lines deleted...]
-    <t>10:58:47</t>
+    <t>Che Tejado</t>
+  </si>
+  <si>
+    <t>Depamaylo</t>
+  </si>
+  <si>
+    <t>11:05:36</t>
   </si>
   <si>
     <t>Orville</t>
   </si>
   <si>
     <t>Martinez</t>
   </si>
   <si>
     <t>10:29:00</t>
   </si>
   <si>
-    <t>Che Tejado</t>
-[...5 lines deleted...]
-    <t>11:05:36</t>
+    <t>Che</t>
+  </si>
+  <si>
+    <t>10:29:31</t>
   </si>
   <si>
     <t>Rene</t>
   </si>
   <si>
     <t>Amigleo</t>
   </si>
   <si>
     <t>11:06:29</t>
   </si>
   <si>
-    <t>Che</t>
-[...2 lines deleted...]
-    <t>10:29:31</t>
+    <t>Daisy Abadinas</t>
+  </si>
+  <si>
+    <t>Batac</t>
+  </si>
+  <si>
+    <t>11:07:00</t>
   </si>
   <si>
     <t>Rainer Paul Rebultan</t>
   </si>
   <si>
     <t>Formoso</t>
   </si>
   <si>
     <t>10:47:13</t>
   </si>
   <si>
-    <t>Daisy Abadinas</t>
-[...7 lines deleted...]
-  <si>
     <t>Tantan</t>
   </si>
   <si>
     <t>11:02:03</t>
   </si>
   <si>
     <t>Hector Dan Javierto </t>
   </si>
   <si>
     <t>Jimenez</t>
   </si>
   <si>
     <t>11:15:05</t>
   </si>
   <si>
     <t>Yasuko  </t>
   </si>
   <si>
     <t>Nomura</t>
   </si>
   <si>
     <t>Japan</t>
   </si>
   <si>
     <t>11:21:29</t>
@@ -593,384 +593,384 @@
   <si>
     <t>Mamugay</t>
   </si>
   <si>
     <t>11:53:07</t>
   </si>
   <si>
     <t>John Richard</t>
   </si>
   <si>
     <t>Brillantes</t>
   </si>
   <si>
     <t>11:27:59</t>
   </si>
   <si>
     <t>Myrasol Chung</t>
   </si>
   <si>
     <t>Mabait</t>
   </si>
   <si>
     <t>11:53:09</t>
   </si>
   <si>
+    <t>Gilbert</t>
+  </si>
+  <si>
+    <t>Lopez</t>
+  </si>
+  <si>
+    <t>11:33:28</t>
+  </si>
+  <si>
     <t>Randie Gamalo</t>
   </si>
   <si>
     <t>Briones</t>
   </si>
   <si>
     <t>11:53:14</t>
   </si>
   <si>
-    <t>Gilbert</t>
-[...7 lines deleted...]
-  <si>
     <t>11:37:07</t>
   </si>
   <si>
     <t>Sharon Rose</t>
   </si>
   <si>
     <t>Torres</t>
   </si>
   <si>
     <t>12:06:24</t>
   </si>
   <si>
     <t>Nephil</t>
   </si>
   <si>
     <t>Parel</t>
   </si>
   <si>
     <t>11:44:36</t>
   </si>
   <si>
     <t>Ronald Rei Catoc</t>
   </si>
   <si>
     <t>Declarador</t>
   </si>
   <si>
     <t>12:06:28</t>
   </si>
   <si>
+    <t>Patricia Ann</t>
+  </si>
+  <si>
+    <t>Morota</t>
+  </si>
+  <si>
+    <t>11:44:48</t>
+  </si>
+  <si>
     <t>Margal M.</t>
   </si>
   <si>
     <t>Galendez</t>
   </si>
   <si>
     <t>12:11:37</t>
   </si>
   <si>
-    <t>Patricia Ann</t>
-[...7 lines deleted...]
-  <si>
     <t>Jeshryl</t>
   </si>
   <si>
     <t>Aranzaso</t>
   </si>
   <si>
     <t>11:46:40</t>
   </si>
   <si>
     <t>Edwin De Vera.  </t>
   </si>
   <si>
     <t>Dalusong</t>
   </si>
   <si>
     <t>12:16:37</t>
   </si>
   <si>
     <t>Deomark</t>
   </si>
   <si>
     <t>Herda</t>
   </si>
   <si>
     <t>12:25:09</t>
   </si>
   <si>
     <t>Daryl Miral.  </t>
   </si>
   <si>
     <t>Verula</t>
   </si>
   <si>
     <t>12:23:32</t>
   </si>
   <si>
+    <t>Hilbert</t>
+  </si>
+  <si>
+    <t>Orpiada</t>
+  </si>
+  <si>
+    <t>12:25:13</t>
+  </si>
+  <si>
     <t>12:36:00</t>
   </si>
   <si>
-    <t>Hilbert</t>
-[...7 lines deleted...]
-  <si>
     <t>Miko  </t>
   </si>
   <si>
     <t>Santos</t>
   </si>
   <si>
     <t>12:25:16</t>
   </si>
   <si>
     <t>Gilbert Eraga</t>
   </si>
   <si>
     <t>Loro</t>
   </si>
   <si>
     <t>12:36:26</t>
   </si>
   <si>
     <t>Freddie</t>
   </si>
   <si>
     <t>Blanco</t>
   </si>
   <si>
     <t>12:28:46</t>
   </si>
   <si>
     <t>Norman A .  </t>
   </si>
   <si>
     <t>Marte</t>
   </si>
   <si>
     <t>12:40:56</t>
   </si>
   <si>
+    <t>Jeffrey</t>
+  </si>
+  <si>
+    <t>Ivan Abas</t>
+  </si>
+  <si>
+    <t>12:28:55</t>
+  </si>
+  <si>
     <t>Angelito E. </t>
   </si>
   <si>
     <t>Carpio</t>
   </si>
   <si>
     <t>12:46:50</t>
   </si>
   <si>
-    <t>Jeffrey</t>
-[...5 lines deleted...]
-    <t>12:28:55</t>
+    <t>Marlyn</t>
+  </si>
+  <si>
+    <t>12:46:51</t>
   </si>
   <si>
     <t>Jerome Allan</t>
   </si>
   <si>
     <t>Tan</t>
   </si>
   <si>
     <t>12:30:19</t>
   </si>
   <si>
-    <t>Marlyn</t>
-[...4 lines deleted...]
-  <si>
     <t>George</t>
   </si>
   <si>
     <t>Flores</t>
   </si>
   <si>
     <t>12:30:44</t>
   </si>
   <si>
     <t>Vynis </t>
   </si>
   <si>
     <t>Paler</t>
   </si>
   <si>
     <t>12:51:10</t>
   </si>
   <si>
     <t>Solivio</t>
   </si>
   <si>
     <t>Van Rickrein</t>
   </si>
   <si>
     <t>12:33:09</t>
   </si>
   <si>
     <t>Willie Balerite</t>
   </si>
   <si>
     <t>Estepa</t>
   </si>
   <si>
     <t>13:00:31</t>
   </si>
   <si>
+    <t>Liezel Rosalita</t>
+  </si>
+  <si>
+    <t>Dacayana</t>
+  </si>
+  <si>
+    <t>13:00:41</t>
+  </si>
+  <si>
     <t>Alvin</t>
   </si>
   <si>
     <t>Jordan Baiza</t>
   </si>
   <si>
     <t>12:35:02</t>
   </si>
   <si>
-    <t>Liezel Rosalita</t>
-[...7 lines deleted...]
-  <si>
     <t>Edgel</t>
   </si>
   <si>
     <t>Obrero</t>
   </si>
   <si>
     <t>12:42:20</t>
   </si>
   <si>
     <t>Richard B .  </t>
   </si>
   <si>
     <t>Sastrellas</t>
   </si>
   <si>
     <t>13:00:43</t>
   </si>
   <si>
     <t>Alex</t>
   </si>
   <si>
     <t>Bug-os</t>
   </si>
   <si>
     <t>12:49:23</t>
   </si>
   <si>
     <t>Piper Torrepalma</t>
   </si>
   <si>
     <t>Abas</t>
   </si>
   <si>
     <t>13:00:48</t>
   </si>
   <si>
+    <t>Luis Miguel Moya</t>
+  </si>
+  <si>
+    <t>Callao</t>
+  </si>
+  <si>
+    <t>13:00:59</t>
+  </si>
+  <si>
     <t>12:53:02</t>
   </si>
   <si>
-    <t>Luis Miguel Moya</t>
-[...7 lines deleted...]
-  <si>
     <t>Philip Anthony</t>
   </si>
   <si>
     <t>Domenciano Tuble</t>
   </si>
   <si>
     <t>12:53:56</t>
   </si>
   <si>
     <t>Cyrus Tejado</t>
   </si>
   <si>
     <t>13:06:29</t>
   </si>
   <si>
     <t>Ringky</t>
   </si>
   <si>
     <t>Tagarda</t>
   </si>
   <si>
     <t>12:54:05</t>
   </si>
   <si>
     <t>Winster P.  </t>
   </si>
   <si>
     <t>Dejan</t>
   </si>
   <si>
     <t>13:13:52</t>
   </si>
   <si>
+    <t>Manuel Gullunan</t>
+  </si>
+  <si>
+    <t>Chilagan</t>
+  </si>
+  <si>
+    <t>13:16:52</t>
+  </si>
+  <si>
     <t>Elmer</t>
   </si>
   <si>
     <t>Ensencio</t>
   </si>
   <si>
     <t>12:57:04</t>
-  </si>
-[...7 lines deleted...]
-    <t>13:16:52</t>
   </si>
   <si>
     <t>Johnny</t>
   </si>
   <si>
     <t>Trasadas</t>
   </si>
   <si>
     <t>12:57:11</t>
   </si>
   <si>
     <t>April Sarah</t>
   </si>
   <si>
     <t>Pedro</t>
   </si>
   <si>
     <t>12:57:17</t>
   </si>
   <si>
     <t>Furigay</t>
   </si>
   <si>
     <t>12:57:27</t>
   </si>
@@ -1657,103 +1657,103 @@
       </c>
       <c r="H1" s="1" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
       <c r="J1" s="1" t="s">
         <v>9</v>
       </c>
       <c r="K1" s="1" t="s">
         <v>10</v>
       </c>
       <c r="L1" s="1" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="1" t="s">
         <v>12</v>
       </c>
       <c r="N1" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="2" spans="1:14">
       <c r="A2" s="2">
-        <v>102077</v>
+        <v>105827</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>15</v>
       </c>
       <c r="D2" s="2"/>
       <c r="E2" s="2">
-        <v>50145</v>
+        <v>50016</v>
       </c>
       <c r="F2" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G2" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I2" s="2">
         <v>1</v>
       </c>
       <c r="J2" s="2">
         <v>1</v>
       </c>
       <c r="K2" s="2">
         <v>100</v>
       </c>
       <c r="L2" s="2">
         <v>400</v>
       </c>
       <c r="M2" s="2">
         <v>0</v>
       </c>
       <c r="N2" s="2">
         <v>500</v>
       </c>
     </row>
     <row r="3" spans="1:14">
       <c r="A3" s="2">
-        <v>105827</v>
+        <v>102077</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>19</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>20</v>
       </c>
       <c r="D3" s="2"/>
       <c r="E3" s="2">
-        <v>50016</v>
+        <v>50145</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G3" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H3" s="2" t="s">
         <v>21</v>
       </c>
       <c r="I3" s="2">
         <v>1</v>
       </c>
       <c r="J3" s="2">
         <v>1</v>
       </c>
       <c r="K3" s="2">
         <v>100</v>
       </c>
       <c r="L3" s="2">
         <v>400</v>
       </c>
       <c r="M3" s="2">
         <v>0</v>
       </c>
@@ -1825,718 +1825,718 @@
       </c>
       <c r="H5" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I5" s="2">
         <v>2</v>
       </c>
       <c r="J5" s="2">
         <v>2</v>
       </c>
       <c r="K5" s="2">
         <v>100</v>
       </c>
       <c r="L5" s="2">
         <v>350</v>
       </c>
       <c r="M5" s="2">
         <v>0</v>
       </c>
       <c r="N5" s="2">
         <v>450</v>
       </c>
     </row>
     <row r="6" spans="1:14">
       <c r="A6" s="2">
-        <v>101965</v>
+        <v>102079</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>28</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>29</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2">
-        <v>50037</v>
+        <v>50143</v>
       </c>
       <c r="F6" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="G6" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="H6" s="2" t="s">
         <v>30</v>
-      </c>
-[...4 lines deleted...]
-        <v>31</v>
       </c>
       <c r="I6" s="2">
         <v>3</v>
       </c>
       <c r="J6" s="2">
         <v>3</v>
       </c>
       <c r="K6" s="2">
         <v>100</v>
       </c>
       <c r="L6" s="2">
         <v>325</v>
       </c>
       <c r="M6" s="2">
         <v>0</v>
       </c>
       <c r="N6" s="2">
         <v>425</v>
       </c>
     </row>
     <row r="7" spans="1:14">
       <c r="A7" s="2">
-        <v>102079</v>
+        <v>101965</v>
       </c>
       <c r="B7" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C7" s="2" t="s">
         <v>32</v>
-      </c>
-[...1 lines deleted...]
-        <v>33</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2">
-        <v>50143</v>
+        <v>50037</v>
       </c>
       <c r="F7" s="2" t="s">
-        <v>16</v>
+        <v>33</v>
       </c>
       <c r="G7" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H7" s="2" t="s">
         <v>34</v>
       </c>
       <c r="I7" s="2">
         <v>3</v>
       </c>
       <c r="J7" s="2">
         <v>3</v>
       </c>
       <c r="K7" s="2">
         <v>100</v>
       </c>
       <c r="L7" s="2">
         <v>325</v>
       </c>
       <c r="M7" s="2">
         <v>0</v>
       </c>
       <c r="N7" s="2">
         <v>425</v>
       </c>
     </row>
     <row r="8" spans="1:14">
       <c r="A8" s="2">
-        <v>100218</v>
+        <v>104467</v>
       </c>
       <c r="B8" s="2" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="C8" s="2" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2">
-        <v>50026</v>
+        <v>50092</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G8" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H8" s="2" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="I8" s="2">
         <v>4</v>
       </c>
       <c r="J8" s="2">
         <v>4</v>
       </c>
       <c r="K8" s="2">
-        <v>0</v>
+        <v>100</v>
       </c>
       <c r="L8" s="2">
-        <v>0</v>
+        <v>300</v>
       </c>
       <c r="M8" s="2">
         <v>0</v>
       </c>
       <c r="N8" s="2">
-        <v>0</v>
+        <v>400</v>
       </c>
     </row>
     <row r="9" spans="1:14">
       <c r="A9" s="2">
-        <v>104467</v>
+        <v>100218</v>
       </c>
       <c r="B9" s="2" t="s">
-        <v>36</v>
+        <v>22</v>
       </c>
       <c r="C9" s="2" t="s">
-        <v>37</v>
+        <v>23</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2">
-        <v>50092</v>
+        <v>50026</v>
       </c>
       <c r="F9" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G9" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H9" s="2" t="s">
         <v>38</v>
       </c>
       <c r="I9" s="2">
         <v>4</v>
       </c>
       <c r="J9" s="2">
         <v>4</v>
       </c>
       <c r="K9" s="2">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="L9" s="2">
-        <v>300</v>
+        <v>0</v>
       </c>
       <c r="M9" s="2">
         <v>0</v>
       </c>
       <c r="N9" s="2">
-        <v>400</v>
+        <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:14">
       <c r="A10" s="2">
-        <v>102080</v>
+        <v>101111</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>39</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>40</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2">
-        <v>50085</v>
+        <v>50033</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G10" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H10" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I10" s="2">
         <v>5</v>
       </c>
       <c r="J10" s="2">
         <v>5</v>
       </c>
       <c r="K10" s="2">
         <v>100</v>
       </c>
       <c r="L10" s="2">
         <v>275</v>
       </c>
       <c r="M10" s="2">
         <v>0</v>
       </c>
       <c r="N10" s="2">
         <v>375</v>
       </c>
     </row>
     <row r="11" spans="1:14">
       <c r="A11" s="2">
-        <v>101111</v>
+        <v>102080</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>42</v>
       </c>
       <c r="C11" s="2" t="s">
         <v>43</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2">
-        <v>50033</v>
+        <v>50085</v>
       </c>
       <c r="F11" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G11" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H11" s="2" t="s">
         <v>44</v>
       </c>
       <c r="I11" s="2">
         <v>5</v>
       </c>
       <c r="J11" s="2">
         <v>5</v>
       </c>
       <c r="K11" s="2">
         <v>100</v>
       </c>
       <c r="L11" s="2">
         <v>275</v>
       </c>
       <c r="M11" s="2">
         <v>0</v>
       </c>
       <c r="N11" s="2">
         <v>375</v>
       </c>
     </row>
     <row r="12" spans="1:14">
       <c r="A12" s="2">
-        <v>102077</v>
+        <v>101111</v>
       </c>
       <c r="B12" s="2" t="s">
-        <v>14</v>
+        <v>39</v>
       </c>
       <c r="C12" s="2" t="s">
-        <v>15</v>
+        <v>40</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2">
-        <v>50128</v>
+        <v>50011</v>
       </c>
       <c r="F12" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G12" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H12" s="2" t="s">
         <v>45</v>
       </c>
       <c r="I12" s="2">
         <v>6</v>
       </c>
       <c r="J12" s="2">
         <v>6</v>
       </c>
       <c r="K12" s="2">
         <v>100</v>
       </c>
       <c r="L12" s="2">
         <v>250</v>
       </c>
       <c r="M12" s="2">
         <v>0</v>
       </c>
       <c r="N12" s="2">
         <v>350</v>
       </c>
     </row>
     <row r="13" spans="1:14">
       <c r="A13" s="2">
-        <v>101111</v>
+        <v>102077</v>
       </c>
       <c r="B13" s="2" t="s">
-        <v>42</v>
+        <v>19</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2">
-        <v>50011</v>
+        <v>50128</v>
       </c>
       <c r="F13" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G13" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H13" s="2" t="s">
         <v>46</v>
       </c>
       <c r="I13" s="2">
         <v>6</v>
       </c>
       <c r="J13" s="2">
         <v>6</v>
       </c>
       <c r="K13" s="2">
         <v>100</v>
       </c>
       <c r="L13" s="2">
         <v>250</v>
       </c>
       <c r="M13" s="2">
         <v>0</v>
       </c>
       <c r="N13" s="2">
         <v>350</v>
       </c>
     </row>
     <row r="14" spans="1:14">
       <c r="A14" s="2">
-        <v>101134</v>
+        <v>102478</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>47</v>
       </c>
       <c r="C14" s="2" t="s">
         <v>48</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2">
-        <v>50008</v>
+        <v>50093</v>
       </c>
       <c r="F14" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G14" s="2" t="s">
         <v>49</v>
       </c>
       <c r="H14" s="2" t="s">
         <v>50</v>
       </c>
       <c r="I14" s="2">
         <v>7</v>
       </c>
       <c r="J14" s="2">
         <v>1</v>
       </c>
       <c r="K14" s="2">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="L14" s="2">
         <v>400</v>
       </c>
       <c r="M14" s="2">
         <v>0</v>
       </c>
       <c r="N14" s="2">
-        <v>550</v>
+        <v>500</v>
       </c>
     </row>
     <row r="15" spans="1:14">
       <c r="A15" s="2">
-        <v>102478</v>
+        <v>101134</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>51</v>
       </c>
       <c r="C15" s="2" t="s">
         <v>52</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2">
-        <v>50093</v>
+        <v>50008</v>
       </c>
       <c r="F15" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G15" s="2" t="s">
         <v>49</v>
       </c>
       <c r="H15" s="2" t="s">
         <v>53</v>
       </c>
       <c r="I15" s="2">
         <v>7</v>
       </c>
       <c r="J15" s="2">
         <v>1</v>
       </c>
       <c r="K15" s="2">
-        <v>100</v>
+        <v>150</v>
       </c>
       <c r="L15" s="2">
         <v>400</v>
       </c>
       <c r="M15" s="2">
         <v>0</v>
       </c>
       <c r="N15" s="2">
-        <v>500</v>
+        <v>550</v>
       </c>
     </row>
     <row r="16" spans="1:14">
       <c r="A16" s="2">
-        <v>102081</v>
+        <v>102080</v>
       </c>
       <c r="B16" s="2" t="s">
-        <v>54</v>
+        <v>42</v>
       </c>
       <c r="C16" s="2" t="s">
-        <v>55</v>
+        <v>43</v>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2">
-        <v>50102</v>
+        <v>50077</v>
       </c>
       <c r="F16" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G16" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H16" s="2" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="I16" s="2">
         <v>8</v>
       </c>
       <c r="J16" s="2">
         <v>7</v>
       </c>
       <c r="K16" s="2">
         <v>100</v>
       </c>
       <c r="L16" s="2">
         <v>240</v>
       </c>
       <c r="M16" s="2">
         <v>0</v>
       </c>
       <c r="N16" s="2">
         <v>340</v>
       </c>
     </row>
     <row r="17" spans="1:14">
       <c r="A17" s="2">
-        <v>102080</v>
+        <v>102081</v>
       </c>
       <c r="B17" s="2" t="s">
-        <v>39</v>
+        <v>55</v>
       </c>
       <c r="C17" s="2" t="s">
-        <v>40</v>
+        <v>56</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2">
-        <v>50077</v>
+        <v>50102</v>
       </c>
       <c r="F17" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G17" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H17" s="2" t="s">
         <v>57</v>
       </c>
       <c r="I17" s="2">
         <v>8</v>
       </c>
       <c r="J17" s="2">
         <v>7</v>
       </c>
       <c r="K17" s="2">
         <v>100</v>
       </c>
       <c r="L17" s="2">
         <v>240</v>
       </c>
       <c r="M17" s="2">
         <v>0</v>
       </c>
       <c r="N17" s="2">
         <v>340</v>
       </c>
     </row>
     <row r="18" spans="1:14">
       <c r="A18" s="2">
-        <v>105828</v>
+        <v>102082</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>58</v>
       </c>
       <c r="C18" s="2" t="s">
         <v>59</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2">
-        <v>50018</v>
+        <v>50081</v>
       </c>
       <c r="F18" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G18" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H18" s="2" t="s">
         <v>60</v>
       </c>
       <c r="I18" s="2">
         <v>9</v>
       </c>
       <c r="J18" s="2">
         <v>8</v>
       </c>
       <c r="K18" s="2">
         <v>100</v>
       </c>
       <c r="L18" s="2">
         <v>230</v>
       </c>
       <c r="M18" s="2">
         <v>0</v>
       </c>
       <c r="N18" s="2">
         <v>330</v>
       </c>
     </row>
     <row r="19" spans="1:14">
       <c r="A19" s="2">
-        <v>102082</v>
+        <v>105828</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>61</v>
       </c>
       <c r="C19" s="2" t="s">
         <v>62</v>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2">
-        <v>50081</v>
+        <v>50018</v>
       </c>
       <c r="F19" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G19" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H19" s="2" t="s">
         <v>63</v>
       </c>
       <c r="I19" s="2">
         <v>9</v>
       </c>
       <c r="J19" s="2">
         <v>8</v>
       </c>
       <c r="K19" s="2">
         <v>100</v>
       </c>
       <c r="L19" s="2">
         <v>230</v>
       </c>
       <c r="M19" s="2">
         <v>0</v>
       </c>
       <c r="N19" s="2">
         <v>330</v>
       </c>
     </row>
     <row r="20" spans="1:14">
       <c r="A20" s="2">
-        <v>102083</v>
+        <v>104396</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>64</v>
       </c>
       <c r="C20" s="2" t="s">
         <v>65</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2">
-        <v>50012</v>
+        <v>50063</v>
       </c>
       <c r="F20" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G20" s="2" t="s">
-        <v>49</v>
+        <v>17</v>
       </c>
       <c r="H20" s="2" t="s">
         <v>66</v>
       </c>
       <c r="I20" s="2">
         <v>10</v>
       </c>
       <c r="J20" s="2">
-        <v>2</v>
+        <v>9</v>
       </c>
       <c r="K20" s="2">
         <v>100</v>
       </c>
       <c r="L20" s="2">
-        <v>350</v>
+        <v>220</v>
       </c>
       <c r="M20" s="2">
         <v>0</v>
       </c>
       <c r="N20" s="2">
-        <v>450</v>
+        <v>320</v>
       </c>
     </row>
     <row r="21" spans="1:14">
       <c r="A21" s="2">
-        <v>104396</v>
+        <v>102083</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>67</v>
       </c>
       <c r="C21" s="2" t="s">
         <v>68</v>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2">
-        <v>50063</v>
+        <v>50012</v>
       </c>
       <c r="F21" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G21" s="2" t="s">
-        <v>17</v>
+        <v>49</v>
       </c>
       <c r="H21" s="2" t="s">
         <v>69</v>
       </c>
       <c r="I21" s="2">
         <v>10</v>
       </c>
       <c r="J21" s="2">
-        <v>9</v>
+        <v>2</v>
       </c>
       <c r="K21" s="2">
         <v>100</v>
       </c>
       <c r="L21" s="2">
-        <v>220</v>
+        <v>350</v>
       </c>
       <c r="M21" s="2">
         <v>0</v>
       </c>
       <c r="N21" s="2">
-        <v>320</v>
+        <v>450</v>
       </c>
     </row>
     <row r="22" spans="1:14">
       <c r="A22" s="2">
         <v>102084</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>70</v>
       </c>
       <c r="C22" s="2" t="s">
         <v>71</v>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2">
         <v>50009</v>
       </c>
       <c r="F22" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G22" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H22" s="2" t="s">
         <v>72</v>
       </c>
@@ -2581,1065 +2581,1065 @@
       </c>
       <c r="H23" s="2" t="s">
         <v>75</v>
       </c>
       <c r="I23" s="2">
         <v>11</v>
       </c>
       <c r="J23" s="2">
         <v>10</v>
       </c>
       <c r="K23" s="2">
         <v>100</v>
       </c>
       <c r="L23" s="2">
         <v>210</v>
       </c>
       <c r="M23" s="2">
         <v>0</v>
       </c>
       <c r="N23" s="2">
         <v>310</v>
       </c>
     </row>
     <row r="24" spans="1:14">
       <c r="A24" s="2">
-        <v>101125</v>
+        <v>102085</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>76</v>
       </c>
       <c r="C24" s="2" t="s">
         <v>77</v>
       </c>
       <c r="D24" s="2"/>
       <c r="E24" s="2">
-        <v>50025</v>
+        <v>50133</v>
       </c>
       <c r="F24" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G24" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H24" s="2" t="s">
         <v>78</v>
       </c>
       <c r="I24" s="2">
         <v>12</v>
       </c>
       <c r="J24" s="2">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="K24" s="2">
         <v>100</v>
       </c>
       <c r="L24" s="2">
-        <v>200</v>
+        <v>210</v>
       </c>
       <c r="M24" s="2">
         <v>0</v>
       </c>
       <c r="N24" s="2">
-        <v>300</v>
+        <v>310</v>
       </c>
     </row>
     <row r="25" spans="1:14">
       <c r="A25" s="2">
-        <v>102085</v>
+        <v>101125</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>79</v>
       </c>
       <c r="C25" s="2" t="s">
         <v>80</v>
       </c>
       <c r="D25" s="2"/>
       <c r="E25" s="2">
-        <v>50133</v>
+        <v>50025</v>
       </c>
       <c r="F25" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G25" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H25" s="2" t="s">
         <v>81</v>
       </c>
       <c r="I25" s="2">
         <v>12</v>
       </c>
       <c r="J25" s="2">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="K25" s="2">
         <v>100</v>
       </c>
       <c r="L25" s="2">
-        <v>210</v>
+        <v>200</v>
       </c>
       <c r="M25" s="2">
         <v>0</v>
       </c>
       <c r="N25" s="2">
-        <v>310</v>
+        <v>300</v>
       </c>
     </row>
     <row r="26" spans="1:14">
       <c r="A26" s="2">
-        <v>102086</v>
+        <v>105831</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>82</v>
       </c>
       <c r="C26" s="2" t="s">
         <v>83</v>
       </c>
       <c r="D26" s="2"/>
       <c r="E26" s="2">
-        <v>50129</v>
+        <v>50126</v>
       </c>
       <c r="F26" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G26" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H26" s="2" t="s">
         <v>84</v>
       </c>
       <c r="I26" s="2">
         <v>13</v>
       </c>
       <c r="J26" s="2">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="K26" s="2">
         <v>100</v>
       </c>
       <c r="L26" s="2">
-        <v>200</v>
+        <v>190</v>
       </c>
       <c r="M26" s="2">
         <v>0</v>
       </c>
       <c r="N26" s="2">
-        <v>300</v>
+        <v>290</v>
       </c>
     </row>
     <row r="27" spans="1:14">
       <c r="A27" s="2">
-        <v>105831</v>
+        <v>102086</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>85</v>
       </c>
       <c r="C27" s="2" t="s">
         <v>86</v>
       </c>
       <c r="D27" s="2"/>
       <c r="E27" s="2">
-        <v>50126</v>
+        <v>50129</v>
       </c>
       <c r="F27" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G27" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H27" s="2" t="s">
         <v>87</v>
       </c>
       <c r="I27" s="2">
         <v>13</v>
       </c>
       <c r="J27" s="2">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="K27" s="2">
         <v>100</v>
       </c>
       <c r="L27" s="2">
-        <v>190</v>
+        <v>200</v>
       </c>
       <c r="M27" s="2">
         <v>0</v>
       </c>
       <c r="N27" s="2">
-        <v>290</v>
+        <v>300</v>
       </c>
     </row>
     <row r="28" spans="1:14">
       <c r="A28" s="2">
-        <v>103398</v>
+        <v>102087</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>88</v>
       </c>
       <c r="C28" s="2" t="s">
         <v>89</v>
       </c>
       <c r="D28" s="2"/>
       <c r="E28" s="2">
-        <v>50004</v>
+        <v>50036</v>
       </c>
       <c r="F28" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G28" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H28" s="2" t="s">
         <v>90</v>
       </c>
       <c r="I28" s="2">
         <v>14</v>
       </c>
       <c r="J28" s="2">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="K28" s="2">
         <v>100</v>
       </c>
       <c r="L28" s="2">
-        <v>180</v>
+        <v>190</v>
       </c>
       <c r="M28" s="2">
         <v>0</v>
       </c>
       <c r="N28" s="2">
-        <v>280</v>
+        <v>290</v>
       </c>
     </row>
     <row r="29" spans="1:14">
       <c r="A29" s="2">
-        <v>102087</v>
+        <v>103398</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>91</v>
       </c>
       <c r="C29" s="2" t="s">
         <v>92</v>
       </c>
       <c r="D29" s="2"/>
       <c r="E29" s="2">
-        <v>50036</v>
+        <v>50004</v>
       </c>
       <c r="F29" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G29" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H29" s="2" t="s">
         <v>93</v>
       </c>
       <c r="I29" s="2">
         <v>14</v>
       </c>
       <c r="J29" s="2">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="K29" s="2">
         <v>100</v>
       </c>
       <c r="L29" s="2">
-        <v>190</v>
+        <v>180</v>
       </c>
       <c r="M29" s="2">
         <v>0</v>
       </c>
       <c r="N29" s="2">
-        <v>290</v>
+        <v>280</v>
       </c>
     </row>
     <row r="30" spans="1:14">
       <c r="A30" s="2">
-        <v>101114</v>
+        <v>102088</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>94</v>
       </c>
       <c r="C30" s="2" t="s">
         <v>95</v>
       </c>
       <c r="D30" s="2"/>
       <c r="E30" s="2">
-        <v>50008</v>
+        <v>50130</v>
       </c>
       <c r="F30" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G30" s="2" t="s">
-        <v>17</v>
+        <v>49</v>
       </c>
       <c r="H30" s="2" t="s">
         <v>96</v>
       </c>
       <c r="I30" s="2">
         <v>15</v>
       </c>
       <c r="J30" s="2">
-        <v>14</v>
+        <v>3</v>
       </c>
       <c r="K30" s="2">
         <v>100</v>
       </c>
       <c r="L30" s="2">
-        <v>170</v>
+        <v>325</v>
       </c>
       <c r="M30" s="2">
         <v>0</v>
       </c>
       <c r="N30" s="2">
-        <v>270</v>
+        <v>425</v>
       </c>
     </row>
     <row r="31" spans="1:14">
       <c r="A31" s="2">
-        <v>102088</v>
+        <v>101114</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>97</v>
       </c>
       <c r="C31" s="2" t="s">
         <v>98</v>
       </c>
       <c r="D31" s="2"/>
       <c r="E31" s="2">
-        <v>50130</v>
+        <v>50008</v>
       </c>
       <c r="F31" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G31" s="2" t="s">
-        <v>49</v>
+        <v>17</v>
       </c>
       <c r="H31" s="2" t="s">
         <v>99</v>
       </c>
       <c r="I31" s="2">
         <v>15</v>
       </c>
       <c r="J31" s="2">
-        <v>3</v>
+        <v>14</v>
       </c>
       <c r="K31" s="2">
         <v>100</v>
       </c>
       <c r="L31" s="2">
-        <v>325</v>
+        <v>170</v>
       </c>
       <c r="M31" s="2">
         <v>0</v>
       </c>
       <c r="N31" s="2">
-        <v>425</v>
+        <v>270</v>
       </c>
     </row>
     <row r="32" spans="1:14">
       <c r="A32" s="2">
-        <v>102089</v>
+        <v>102083</v>
       </c>
       <c r="B32" s="2" t="s">
-        <v>100</v>
+        <v>67</v>
       </c>
       <c r="C32" s="2" t="s">
-        <v>101</v>
+        <v>68</v>
       </c>
       <c r="D32" s="2"/>
       <c r="E32" s="2">
-        <v>50053</v>
+        <v>50009</v>
       </c>
       <c r="F32" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G32" s="2" t="s">
-        <v>17</v>
+        <v>49</v>
       </c>
       <c r="H32" s="2" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="I32" s="2">
         <v>16</v>
       </c>
       <c r="J32" s="2">
-        <v>13</v>
+        <v>2</v>
       </c>
       <c r="K32" s="2">
         <v>100</v>
       </c>
       <c r="L32" s="2">
-        <v>180</v>
+        <v>350</v>
       </c>
       <c r="M32" s="2">
         <v>0</v>
       </c>
       <c r="N32" s="2">
-        <v>280</v>
+        <v>450</v>
       </c>
     </row>
     <row r="33" spans="1:14">
       <c r="A33" s="2">
-        <v>102083</v>
+        <v>102089</v>
       </c>
       <c r="B33" s="2" t="s">
-        <v>64</v>
+        <v>101</v>
       </c>
       <c r="C33" s="2" t="s">
-        <v>65</v>
+        <v>102</v>
       </c>
       <c r="D33" s="2"/>
       <c r="E33" s="2">
-        <v>50009</v>
+        <v>50053</v>
       </c>
       <c r="F33" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G33" s="2" t="s">
-        <v>49</v>
+        <v>17</v>
       </c>
       <c r="H33" s="2" t="s">
         <v>103</v>
       </c>
       <c r="I33" s="2">
         <v>16</v>
       </c>
       <c r="J33" s="2">
-        <v>2</v>
+        <v>13</v>
       </c>
       <c r="K33" s="2">
         <v>100</v>
       </c>
       <c r="L33" s="2">
-        <v>350</v>
+        <v>180</v>
       </c>
       <c r="M33" s="2">
         <v>0</v>
       </c>
       <c r="N33" s="2">
-        <v>450</v>
+        <v>280</v>
       </c>
     </row>
     <row r="34" spans="1:14">
       <c r="A34" s="2">
-        <v>105833</v>
+        <v>102090</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>104</v>
       </c>
       <c r="C34" s="2" t="s">
         <v>105</v>
       </c>
       <c r="D34" s="2"/>
       <c r="E34" s="2">
-        <v>50087</v>
+        <v>50018</v>
       </c>
       <c r="F34" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G34" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H34" s="2" t="s">
         <v>106</v>
       </c>
       <c r="I34" s="2">
         <v>17</v>
       </c>
       <c r="J34" s="2">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="K34" s="2">
         <v>100</v>
       </c>
       <c r="L34" s="2">
-        <v>160</v>
+        <v>170</v>
       </c>
       <c r="M34" s="2">
         <v>0</v>
       </c>
       <c r="N34" s="2">
-        <v>260</v>
+        <v>270</v>
       </c>
     </row>
     <row r="35" spans="1:14">
       <c r="A35" s="2">
-        <v>102090</v>
+        <v>105833</v>
       </c>
       <c r="B35" s="2" t="s">
         <v>107</v>
       </c>
       <c r="C35" s="2" t="s">
         <v>108</v>
       </c>
       <c r="D35" s="2"/>
       <c r="E35" s="2">
-        <v>50018</v>
+        <v>50087</v>
       </c>
       <c r="F35" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G35" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H35" s="2" t="s">
         <v>109</v>
       </c>
       <c r="I35" s="2">
         <v>17</v>
       </c>
       <c r="J35" s="2">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="K35" s="2">
         <v>100</v>
       </c>
       <c r="L35" s="2">
-        <v>170</v>
+        <v>160</v>
       </c>
       <c r="M35" s="2">
         <v>0</v>
       </c>
       <c r="N35" s="2">
-        <v>270</v>
+        <v>260</v>
       </c>
     </row>
     <row r="36" spans="1:14">
       <c r="A36" s="2">
-        <v>105834</v>
+        <v>102091</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>110</v>
       </c>
       <c r="C36" s="2" t="s">
         <v>111</v>
       </c>
       <c r="D36" s="2"/>
       <c r="E36" s="2">
-        <v>50029</v>
+        <v>50112</v>
       </c>
       <c r="F36" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G36" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H36" s="2" t="s">
         <v>112</v>
       </c>
       <c r="I36" s="2">
         <v>18</v>
       </c>
       <c r="J36" s="2">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="K36" s="2">
         <v>100</v>
       </c>
       <c r="L36" s="2">
-        <v>150</v>
+        <v>160</v>
       </c>
       <c r="M36" s="2">
         <v>0</v>
       </c>
       <c r="N36" s="2">
-        <v>250</v>
+        <v>260</v>
       </c>
     </row>
     <row r="37" spans="1:14">
       <c r="A37" s="2">
-        <v>102091</v>
+        <v>105834</v>
       </c>
       <c r="B37" s="2" t="s">
         <v>113</v>
       </c>
       <c r="C37" s="2" t="s">
         <v>114</v>
       </c>
       <c r="D37" s="2"/>
       <c r="E37" s="2">
-        <v>50112</v>
+        <v>50029</v>
       </c>
       <c r="F37" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G37" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H37" s="2" t="s">
         <v>115</v>
       </c>
       <c r="I37" s="2">
         <v>18</v>
       </c>
       <c r="J37" s="2">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="K37" s="2">
         <v>100</v>
       </c>
       <c r="L37" s="2">
-        <v>160</v>
+        <v>150</v>
       </c>
       <c r="M37" s="2">
         <v>0</v>
       </c>
       <c r="N37" s="2">
-        <v>260</v>
+        <v>250</v>
       </c>
     </row>
     <row r="38" spans="1:14">
       <c r="A38" s="2">
-        <v>102092</v>
+        <v>101126</v>
       </c>
       <c r="B38" s="2" t="s">
         <v>116</v>
       </c>
       <c r="C38" s="2" t="s">
         <v>117</v>
       </c>
       <c r="D38" s="2"/>
       <c r="E38" s="2">
-        <v>50021</v>
+        <v>50134</v>
       </c>
       <c r="F38" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G38" s="2" t="s">
-        <v>49</v>
+        <v>17</v>
       </c>
       <c r="H38" s="2" t="s">
         <v>118</v>
       </c>
       <c r="I38" s="2">
         <v>19</v>
       </c>
       <c r="J38" s="2">
-        <v>4</v>
+        <v>17</v>
       </c>
       <c r="K38" s="2">
         <v>100</v>
       </c>
       <c r="L38" s="2">
-        <v>300</v>
+        <v>140</v>
       </c>
       <c r="M38" s="2">
         <v>0</v>
       </c>
       <c r="N38" s="2">
-        <v>400</v>
+        <v>240</v>
       </c>
     </row>
     <row r="39" spans="1:14">
       <c r="A39" s="2">
-        <v>101126</v>
+        <v>102092</v>
       </c>
       <c r="B39" s="2" t="s">
         <v>119</v>
       </c>
       <c r="C39" s="2" t="s">
         <v>120</v>
       </c>
       <c r="D39" s="2"/>
       <c r="E39" s="2">
-        <v>50134</v>
+        <v>50021</v>
       </c>
       <c r="F39" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G39" s="2" t="s">
-        <v>17</v>
+        <v>49</v>
       </c>
       <c r="H39" s="2" t="s">
         <v>121</v>
       </c>
       <c r="I39" s="2">
         <v>19</v>
       </c>
       <c r="J39" s="2">
-        <v>17</v>
+        <v>4</v>
       </c>
       <c r="K39" s="2">
         <v>100</v>
       </c>
       <c r="L39" s="2">
-        <v>140</v>
+        <v>300</v>
       </c>
       <c r="M39" s="2">
         <v>0</v>
       </c>
       <c r="N39" s="2">
-        <v>240</v>
+        <v>400</v>
       </c>
     </row>
     <row r="40" spans="1:14">
       <c r="A40" s="2">
-        <v>105836</v>
+        <v>102093</v>
       </c>
       <c r="B40" s="2" t="s">
         <v>122</v>
       </c>
       <c r="C40" s="2" t="s">
         <v>123</v>
       </c>
       <c r="D40" s="2"/>
       <c r="E40" s="2">
-        <v>50020</v>
+        <v>50002</v>
       </c>
       <c r="F40" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G40" s="2" t="s">
-        <v>49</v>
+        <v>17</v>
       </c>
       <c r="H40" s="2" t="s">
         <v>124</v>
       </c>
       <c r="I40" s="2">
         <v>20</v>
       </c>
       <c r="J40" s="2">
-        <v>3</v>
+        <v>16</v>
       </c>
       <c r="K40" s="2">
         <v>100</v>
       </c>
       <c r="L40" s="2">
-        <v>325</v>
+        <v>150</v>
       </c>
       <c r="M40" s="2">
         <v>0</v>
       </c>
       <c r="N40" s="2">
-        <v>425</v>
+        <v>250</v>
       </c>
     </row>
     <row r="41" spans="1:14">
       <c r="A41" s="2">
-        <v>102093</v>
+        <v>105836</v>
       </c>
       <c r="B41" s="2" t="s">
         <v>125</v>
       </c>
       <c r="C41" s="2" t="s">
         <v>126</v>
       </c>
       <c r="D41" s="2"/>
       <c r="E41" s="2">
-        <v>50002</v>
+        <v>50020</v>
       </c>
       <c r="F41" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G41" s="2" t="s">
-        <v>17</v>
+        <v>49</v>
       </c>
       <c r="H41" s="2" t="s">
         <v>127</v>
       </c>
       <c r="I41" s="2">
         <v>20</v>
       </c>
       <c r="J41" s="2">
-        <v>16</v>
+        <v>3</v>
       </c>
       <c r="K41" s="2">
         <v>100</v>
       </c>
       <c r="L41" s="2">
-        <v>150</v>
+        <v>325</v>
       </c>
       <c r="M41" s="2">
         <v>0</v>
       </c>
       <c r="N41" s="2">
-        <v>250</v>
+        <v>425</v>
       </c>
     </row>
     <row r="42" spans="1:14">
       <c r="A42" s="2">
-        <v>105837</v>
+        <v>102094</v>
       </c>
       <c r="B42" s="2" t="s">
         <v>128</v>
       </c>
       <c r="C42" s="2" t="s">
         <v>129</v>
       </c>
       <c r="D42" s="2"/>
       <c r="E42" s="2">
-        <v>50022</v>
+        <v>50094</v>
       </c>
       <c r="F42" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G42" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H42" s="2" t="s">
         <v>130</v>
       </c>
       <c r="I42" s="2">
         <v>21</v>
       </c>
       <c r="J42" s="2">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="K42" s="2">
         <v>100</v>
       </c>
       <c r="L42" s="2">
-        <v>130</v>
+        <v>140</v>
       </c>
       <c r="M42" s="2">
         <v>0</v>
       </c>
       <c r="N42" s="2">
-        <v>230</v>
+        <v>240</v>
       </c>
     </row>
     <row r="43" spans="1:14">
       <c r="A43" s="2">
-        <v>102094</v>
+        <v>105837</v>
       </c>
       <c r="B43" s="2" t="s">
         <v>131</v>
       </c>
       <c r="C43" s="2" t="s">
         <v>132</v>
       </c>
       <c r="D43" s="2"/>
       <c r="E43" s="2">
-        <v>50094</v>
+        <v>50022</v>
       </c>
       <c r="F43" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G43" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H43" s="2" t="s">
         <v>133</v>
       </c>
       <c r="I43" s="2">
         <v>21</v>
       </c>
       <c r="J43" s="2">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="K43" s="2">
         <v>100</v>
       </c>
       <c r="L43" s="2">
-        <v>140</v>
+        <v>130</v>
       </c>
       <c r="M43" s="2">
         <v>0</v>
       </c>
       <c r="N43" s="2">
-        <v>240</v>
+        <v>230</v>
       </c>
     </row>
     <row r="44" spans="1:14">
       <c r="A44" s="2">
-        <v>102095</v>
+        <v>105838</v>
       </c>
       <c r="B44" s="2" t="s">
         <v>134</v>
       </c>
       <c r="C44" s="2" t="s">
-        <v>135</v>
+        <v>129</v>
       </c>
       <c r="D44" s="2"/>
       <c r="E44" s="2">
-        <v>50037</v>
+        <v>50024</v>
       </c>
       <c r="F44" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G44" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H44" s="2" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="I44" s="2">
         <v>22</v>
       </c>
       <c r="J44" s="2">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K44" s="2">
         <v>100</v>
       </c>
       <c r="L44" s="2">
-        <v>130</v>
+        <v>120</v>
       </c>
       <c r="M44" s="2">
         <v>0</v>
       </c>
       <c r="N44" s="2">
-        <v>230</v>
+        <v>220</v>
       </c>
     </row>
     <row r="45" spans="1:14">
       <c r="A45" s="2">
-        <v>105838</v>
+        <v>102095</v>
       </c>
       <c r="B45" s="2" t="s">
+        <v>136</v>
+      </c>
+      <c r="C45" s="2" t="s">
         <v>137</v>
-      </c>
-[...1 lines deleted...]
-        <v>132</v>
       </c>
       <c r="D45" s="2"/>
       <c r="E45" s="2">
-        <v>50024</v>
+        <v>50037</v>
       </c>
       <c r="F45" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G45" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H45" s="2" t="s">
         <v>138</v>
       </c>
       <c r="I45" s="2">
         <v>22</v>
       </c>
       <c r="J45" s="2">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K45" s="2">
         <v>100</v>
       </c>
       <c r="L45" s="2">
-        <v>120</v>
+        <v>130</v>
       </c>
       <c r="M45" s="2">
         <v>0</v>
       </c>
       <c r="N45" s="2">
-        <v>220</v>
+        <v>230</v>
       </c>
     </row>
     <row r="46" spans="1:14">
       <c r="A46" s="2">
-        <v>102104</v>
+        <v>102096</v>
       </c>
       <c r="B46" s="2" t="s">
         <v>139</v>
       </c>
       <c r="C46" s="2" t="s">
         <v>140</v>
       </c>
       <c r="D46" s="2"/>
       <c r="E46" s="2">
-        <v>50068</v>
+        <v>50023</v>
       </c>
       <c r="F46" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G46" s="2" t="s">
-        <v>17</v>
+        <v>49</v>
       </c>
       <c r="H46" s="2" t="s">
         <v>141</v>
       </c>
       <c r="I46" s="2">
         <v>23</v>
       </c>
       <c r="J46" s="2">
-        <v>20</v>
+        <v>5</v>
       </c>
       <c r="K46" s="2">
         <v>100</v>
       </c>
       <c r="L46" s="2">
-        <v>110</v>
+        <v>275</v>
       </c>
       <c r="M46" s="2">
         <v>0</v>
       </c>
       <c r="N46" s="2">
-        <v>210</v>
+        <v>375</v>
       </c>
     </row>
     <row r="47" spans="1:14">
       <c r="A47" s="2">
-        <v>102096</v>
+        <v>102104</v>
       </c>
       <c r="B47" s="2" t="s">
         <v>142</v>
       </c>
       <c r="C47" s="2" t="s">
         <v>143</v>
       </c>
       <c r="D47" s="2"/>
       <c r="E47" s="2">
-        <v>50023</v>
+        <v>50068</v>
       </c>
       <c r="F47" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G47" s="2" t="s">
-        <v>49</v>
+        <v>17</v>
       </c>
       <c r="H47" s="2" t="s">
         <v>144</v>
       </c>
       <c r="I47" s="2">
         <v>23</v>
       </c>
       <c r="J47" s="2">
-        <v>5</v>
+        <v>20</v>
       </c>
       <c r="K47" s="2">
         <v>100</v>
       </c>
       <c r="L47" s="2">
-        <v>275</v>
+        <v>110</v>
       </c>
       <c r="M47" s="2">
         <v>0</v>
       </c>
       <c r="N47" s="2">
-        <v>375</v>
+        <v>210</v>
       </c>
     </row>
     <row r="48" spans="1:14">
       <c r="A48" s="2">
         <v>105840</v>
       </c>
       <c r="B48" s="2" t="s">
         <v>145</v>
       </c>
       <c r="C48" s="2" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="D48" s="2"/>
       <c r="E48" s="2">
         <v>50108</v>
       </c>
       <c r="F48" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G48" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H48" s="2" t="s">
         <v>146</v>
       </c>
       <c r="I48" s="2">
         <v>24</v>
       </c>
       <c r="J48" s="2">
         <v>21</v>
       </c>
       <c r="K48" s="2">
         <v>100</v>
       </c>
       <c r="L48" s="2">
         <v>100</v>
@@ -3718,54 +3718,54 @@
       </c>
       <c r="I50" s="2">
         <v>25</v>
       </c>
       <c r="J50" s="2">
         <v>6</v>
       </c>
       <c r="K50" s="2">
         <v>100</v>
       </c>
       <c r="L50" s="2">
         <v>250</v>
       </c>
       <c r="M50" s="2">
         <v>0</v>
       </c>
       <c r="N50" s="2">
         <v>350</v>
       </c>
     </row>
     <row r="51" spans="1:14">
       <c r="A51" s="2">
         <v>102095</v>
       </c>
       <c r="B51" s="2" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="C51" s="2" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="D51" s="2"/>
       <c r="E51" s="2">
         <v>50074</v>
       </c>
       <c r="F51" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G51" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H51" s="2" t="s">
         <v>154</v>
       </c>
       <c r="I51" s="2">
         <v>25</v>
       </c>
       <c r="J51" s="2">
         <v>22</v>
       </c>
       <c r="K51" s="2">
         <v>100</v>
       </c>
       <c r="L51" s="2">
         <v>99</v>
@@ -3776,51 +3776,51 @@
       <c r="N51" s="2">
         <v>199</v>
       </c>
     </row>
     <row r="52" spans="1:14">
       <c r="A52" s="2">
         <v>102100</v>
       </c>
       <c r="B52" s="2" t="s">
         <v>155</v>
       </c>
       <c r="C52" s="2" t="s">
         <v>156</v>
       </c>
       <c r="D52" s="2"/>
       <c r="E52" s="2">
         <v>50109</v>
       </c>
       <c r="F52" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G52" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H52" s="2" t="s">
-        <v>133</v>
+        <v>130</v>
       </c>
       <c r="I52" s="2">
         <v>26</v>
       </c>
       <c r="J52" s="2">
         <v>23</v>
       </c>
       <c r="K52" s="2">
         <v>100</v>
       </c>
       <c r="L52" s="2">
         <v>98</v>
       </c>
       <c r="M52" s="2">
         <v>0</v>
       </c>
       <c r="N52" s="2">
         <v>198</v>
       </c>
     </row>
     <row r="53" spans="1:14">
       <c r="A53" s="2">
         <v>102099</v>
       </c>
       <c r="B53" s="2" t="s">
@@ -3847,51 +3847,51 @@
       </c>
       <c r="J53" s="2">
         <v>20</v>
       </c>
       <c r="K53" s="2">
         <v>100</v>
       </c>
       <c r="L53" s="2">
         <v>110</v>
       </c>
       <c r="M53" s="2">
         <v>0</v>
       </c>
       <c r="N53" s="2">
         <v>210</v>
       </c>
     </row>
     <row r="54" spans="1:14">
       <c r="A54" s="2">
         <v>102113</v>
       </c>
       <c r="B54" s="2" t="s">
         <v>160</v>
       </c>
       <c r="C54" s="2" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="D54" s="2"/>
       <c r="E54" s="2">
         <v>50067</v>
       </c>
       <c r="F54" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G54" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H54" s="2" t="s">
         <v>161</v>
       </c>
       <c r="I54" s="2">
         <v>27</v>
       </c>
       <c r="J54" s="2">
         <v>24</v>
       </c>
       <c r="K54" s="2">
         <v>100</v>
       </c>
       <c r="L54" s="2">
         <v>97</v>
@@ -4222,96 +4222,96 @@
       </c>
       <c r="I62" s="2">
         <v>31</v>
       </c>
       <c r="J62" s="2">
         <v>27</v>
       </c>
       <c r="K62" s="2">
         <v>100</v>
       </c>
       <c r="L62" s="2">
         <v>94</v>
       </c>
       <c r="M62" s="2">
         <v>0</v>
       </c>
       <c r="N62" s="2">
         <v>194</v>
       </c>
     </row>
     <row r="63" spans="1:14">
       <c r="A63" s="2">
         <v>102104</v>
       </c>
       <c r="B63" s="2" t="s">
-        <v>139</v>
+        <v>142</v>
       </c>
       <c r="C63" s="2" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
       <c r="D63" s="2"/>
       <c r="E63" s="2">
         <v>50050</v>
       </c>
       <c r="F63" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G63" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H63" s="2" t="s">
         <v>182</v>
       </c>
       <c r="I63" s="2">
         <v>31</v>
       </c>
       <c r="J63" s="2">
         <v>25</v>
       </c>
       <c r="K63" s="2">
         <v>100</v>
       </c>
       <c r="L63" s="2">
         <v>96</v>
       </c>
       <c r="M63" s="2">
         <v>0</v>
       </c>
       <c r="N63" s="2">
         <v>196</v>
       </c>
     </row>
     <row r="64" spans="1:14">
       <c r="A64" s="2">
         <v>102085</v>
       </c>
       <c r="B64" s="2" t="s">
-        <v>79</v>
+        <v>76</v>
       </c>
       <c r="C64" s="2" t="s">
-        <v>80</v>
+        <v>77</v>
       </c>
       <c r="D64" s="2"/>
       <c r="E64" s="2">
         <v>50113</v>
       </c>
       <c r="F64" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G64" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H64" s="2" t="s">
         <v>183</v>
       </c>
       <c r="I64" s="2">
         <v>32</v>
       </c>
       <c r="J64" s="2">
         <v>28</v>
       </c>
       <c r="K64" s="2">
         <v>100</v>
       </c>
       <c r="L64" s="2">
         <v>93</v>
@@ -4429,141 +4429,141 @@
       </c>
       <c r="H67" s="2" t="s">
         <v>192</v>
       </c>
       <c r="I67" s="2">
         <v>33</v>
       </c>
       <c r="J67" s="2">
         <v>8</v>
       </c>
       <c r="K67" s="2">
         <v>100</v>
       </c>
       <c r="L67" s="2">
         <v>230</v>
       </c>
       <c r="M67" s="2">
         <v>0</v>
       </c>
       <c r="N67" s="2">
         <v>330</v>
       </c>
     </row>
     <row r="68" spans="1:14">
       <c r="A68" s="2">
-        <v>102107</v>
+        <v>105847</v>
       </c>
       <c r="B68" s="2" t="s">
         <v>193</v>
       </c>
       <c r="C68" s="2" t="s">
         <v>194</v>
       </c>
       <c r="D68" s="2"/>
       <c r="E68" s="2">
-        <v>50124</v>
+        <v>50003</v>
       </c>
       <c r="F68" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G68" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H68" s="2" t="s">
         <v>195</v>
       </c>
       <c r="I68" s="2">
         <v>34</v>
       </c>
       <c r="J68" s="2">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="K68" s="2">
         <v>100</v>
       </c>
       <c r="L68" s="2">
-        <v>95</v>
+        <v>91</v>
       </c>
       <c r="M68" s="2">
         <v>0</v>
       </c>
       <c r="N68" s="2">
-        <v>195</v>
+        <v>191</v>
       </c>
     </row>
     <row r="69" spans="1:14">
       <c r="A69" s="2">
-        <v>105847</v>
+        <v>102107</v>
       </c>
       <c r="B69" s="2" t="s">
         <v>196</v>
       </c>
       <c r="C69" s="2" t="s">
         <v>197</v>
       </c>
       <c r="D69" s="2"/>
       <c r="E69" s="2">
-        <v>50003</v>
+        <v>50124</v>
       </c>
       <c r="F69" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G69" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H69" s="2" t="s">
         <v>198</v>
       </c>
       <c r="I69" s="2">
         <v>34</v>
       </c>
       <c r="J69" s="2">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="K69" s="2">
         <v>100</v>
       </c>
       <c r="L69" s="2">
-        <v>91</v>
+        <v>95</v>
       </c>
       <c r="M69" s="2">
         <v>0</v>
       </c>
       <c r="N69" s="2">
-        <v>191</v>
+        <v>195</v>
       </c>
     </row>
     <row r="70" spans="1:14">
       <c r="A70" s="2">
         <v>102091</v>
       </c>
       <c r="B70" s="2" t="s">
-        <v>113</v>
+        <v>110</v>
       </c>
       <c r="C70" s="2" t="s">
-        <v>114</v>
+        <v>111</v>
       </c>
       <c r="D70" s="2"/>
       <c r="E70" s="2">
         <v>50131</v>
       </c>
       <c r="F70" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G70" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H70" s="2" t="s">
         <v>199</v>
       </c>
       <c r="I70" s="2">
         <v>35</v>
       </c>
       <c r="J70" s="2">
         <v>31</v>
       </c>
       <c r="K70" s="2">
         <v>100</v>
       </c>
       <c r="L70" s="2">
         <v>90</v>
@@ -4681,130 +4681,130 @@
       </c>
       <c r="H73" s="2" t="s">
         <v>208</v>
       </c>
       <c r="I73" s="2">
         <v>36</v>
       </c>
       <c r="J73" s="2">
         <v>27</v>
       </c>
       <c r="K73" s="2">
         <v>100</v>
       </c>
       <c r="L73" s="2">
         <v>94</v>
       </c>
       <c r="M73" s="2">
         <v>0</v>
       </c>
       <c r="N73" s="2">
         <v>194</v>
       </c>
     </row>
     <row r="74" spans="1:14">
       <c r="A74" s="2">
-        <v>102110</v>
+        <v>102991</v>
       </c>
       <c r="B74" s="2" t="s">
         <v>209</v>
       </c>
       <c r="C74" s="2" t="s">
         <v>210</v>
       </c>
       <c r="D74" s="2"/>
       <c r="E74" s="2">
-        <v>50057</v>
+        <v>50001</v>
       </c>
       <c r="F74" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G74" s="2" t="s">
-        <v>17</v>
+        <v>49</v>
       </c>
       <c r="H74" s="2" t="s">
         <v>211</v>
       </c>
       <c r="I74" s="2">
         <v>37</v>
       </c>
       <c r="J74" s="2">
-        <v>28</v>
+        <v>5</v>
       </c>
       <c r="K74" s="2">
         <v>100</v>
       </c>
       <c r="L74" s="2">
-        <v>93</v>
+        <v>275</v>
       </c>
       <c r="M74" s="2">
         <v>0</v>
       </c>
       <c r="N74" s="2">
-        <v>193</v>
+        <v>375</v>
       </c>
     </row>
     <row r="75" spans="1:14">
       <c r="A75" s="2">
-        <v>102991</v>
+        <v>102110</v>
       </c>
       <c r="B75" s="2" t="s">
         <v>212</v>
       </c>
       <c r="C75" s="2" t="s">
         <v>213</v>
       </c>
       <c r="D75" s="2"/>
       <c r="E75" s="2">
-        <v>50001</v>
+        <v>50057</v>
       </c>
       <c r="F75" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G75" s="2" t="s">
-        <v>49</v>
+        <v>17</v>
       </c>
       <c r="H75" s="2" t="s">
         <v>214</v>
       </c>
       <c r="I75" s="2">
         <v>37</v>
       </c>
       <c r="J75" s="2">
-        <v>5</v>
+        <v>28</v>
       </c>
       <c r="K75" s="2">
         <v>100</v>
       </c>
       <c r="L75" s="2">
-        <v>275</v>
+        <v>93</v>
       </c>
       <c r="M75" s="2">
         <v>0</v>
       </c>
       <c r="N75" s="2">
-        <v>375</v>
+        <v>193</v>
       </c>
     </row>
     <row r="76" spans="1:14">
       <c r="A76" s="2">
         <v>102502</v>
       </c>
       <c r="B76" s="2" t="s">
         <v>215</v>
       </c>
       <c r="C76" s="2" t="s">
         <v>216</v>
       </c>
       <c r="D76" s="2"/>
       <c r="E76" s="2">
         <v>50036</v>
       </c>
       <c r="F76" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G76" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H76" s="2" t="s">
         <v>217</v>
       </c>
@@ -4933,130 +4933,130 @@
       </c>
       <c r="H79" s="2" t="s">
         <v>226</v>
       </c>
       <c r="I79" s="2">
         <v>39</v>
       </c>
       <c r="J79" s="2">
         <v>30</v>
       </c>
       <c r="K79" s="2">
         <v>100</v>
       </c>
       <c r="L79" s="2">
         <v>91</v>
       </c>
       <c r="M79" s="2">
         <v>0</v>
       </c>
       <c r="N79" s="2">
         <v>191</v>
       </c>
     </row>
     <row r="80" spans="1:14">
       <c r="A80" s="2">
-        <v>102113</v>
+        <v>103441</v>
       </c>
       <c r="B80" s="2" t="s">
-        <v>160</v>
+        <v>227</v>
       </c>
       <c r="C80" s="2" t="s">
-        <v>135</v>
+        <v>228</v>
       </c>
       <c r="D80" s="2"/>
       <c r="E80" s="2">
-        <v>50035</v>
+        <v>50021</v>
       </c>
       <c r="F80" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G80" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H80" s="2" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="I80" s="2">
         <v>40</v>
       </c>
       <c r="J80" s="2">
-        <v>31</v>
+        <v>35</v>
       </c>
       <c r="K80" s="2">
         <v>100</v>
       </c>
       <c r="L80" s="2">
-        <v>90</v>
+        <v>86</v>
       </c>
       <c r="M80" s="2">
         <v>0</v>
       </c>
       <c r="N80" s="2">
-        <v>190</v>
+        <v>186</v>
       </c>
     </row>
     <row r="81" spans="1:14">
       <c r="A81" s="2">
-        <v>103441</v>
+        <v>102113</v>
       </c>
       <c r="B81" s="2" t="s">
-        <v>228</v>
+        <v>160</v>
       </c>
       <c r="C81" s="2" t="s">
-        <v>229</v>
+        <v>137</v>
       </c>
       <c r="D81" s="2"/>
       <c r="E81" s="2">
-        <v>50021</v>
+        <v>50035</v>
       </c>
       <c r="F81" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G81" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H81" s="2" t="s">
         <v>230</v>
       </c>
       <c r="I81" s="2">
         <v>40</v>
       </c>
       <c r="J81" s="2">
-        <v>35</v>
+        <v>31</v>
       </c>
       <c r="K81" s="2">
         <v>100</v>
       </c>
       <c r="L81" s="2">
-        <v>86</v>
+        <v>90</v>
       </c>
       <c r="M81" s="2">
         <v>0</v>
       </c>
       <c r="N81" s="2">
-        <v>186</v>
+        <v>190</v>
       </c>
     </row>
     <row r="82" spans="1:14">
       <c r="A82" s="2">
         <v>102997</v>
       </c>
       <c r="B82" s="2" t="s">
         <v>231</v>
       </c>
       <c r="C82" s="2" t="s">
         <v>232</v>
       </c>
       <c r="D82" s="2"/>
       <c r="E82" s="2">
         <v>50034</v>
       </c>
       <c r="F82" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G82" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H82" s="2" t="s">
         <v>233</v>
       </c>
@@ -5185,214 +5185,214 @@
       </c>
       <c r="H85" s="2" t="s">
         <v>242</v>
       </c>
       <c r="I85" s="2">
         <v>42</v>
       </c>
       <c r="J85" s="2">
         <v>33</v>
       </c>
       <c r="K85" s="2">
         <v>100</v>
       </c>
       <c r="L85" s="2">
         <v>88</v>
       </c>
       <c r="M85" s="2">
         <v>0</v>
       </c>
       <c r="N85" s="2">
         <v>188</v>
       </c>
     </row>
     <row r="86" spans="1:14">
       <c r="A86" s="2">
-        <v>102116</v>
+        <v>105852</v>
       </c>
       <c r="B86" s="2" t="s">
         <v>243</v>
       </c>
       <c r="C86" s="2" t="s">
         <v>244</v>
       </c>
       <c r="D86" s="2"/>
       <c r="E86" s="2">
-        <v>50142</v>
+        <v>50060</v>
       </c>
       <c r="F86" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G86" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H86" s="2" t="s">
         <v>245</v>
       </c>
       <c r="I86" s="2">
         <v>43</v>
       </c>
       <c r="J86" s="2">
-        <v>34</v>
+        <v>38</v>
       </c>
       <c r="K86" s="2">
         <v>100</v>
       </c>
       <c r="L86" s="2">
-        <v>87</v>
+        <v>83</v>
       </c>
       <c r="M86" s="2">
         <v>0</v>
       </c>
       <c r="N86" s="2">
-        <v>187</v>
+        <v>183</v>
       </c>
     </row>
     <row r="87" spans="1:14">
       <c r="A87" s="2">
-        <v>105852</v>
+        <v>102116</v>
       </c>
       <c r="B87" s="2" t="s">
         <v>246</v>
       </c>
       <c r="C87" s="2" t="s">
         <v>247</v>
       </c>
       <c r="D87" s="2"/>
       <c r="E87" s="2">
-        <v>50060</v>
+        <v>50142</v>
       </c>
       <c r="F87" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G87" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H87" s="2" t="s">
         <v>248</v>
       </c>
       <c r="I87" s="2">
         <v>43</v>
       </c>
       <c r="J87" s="2">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="K87" s="2">
         <v>100</v>
       </c>
       <c r="L87" s="2">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="M87" s="2">
         <v>0</v>
       </c>
       <c r="N87" s="2">
-        <v>183</v>
+        <v>187</v>
       </c>
     </row>
     <row r="88" spans="1:14">
       <c r="A88" s="2">
-        <v>103002</v>
+        <v>102117</v>
       </c>
       <c r="B88" s="2" t="s">
         <v>249</v>
       </c>
       <c r="C88" s="2" t="s">
-        <v>250</v>
+        <v>247</v>
       </c>
       <c r="D88" s="2"/>
       <c r="E88" s="2">
-        <v>50005</v>
+        <v>50141</v>
       </c>
       <c r="F88" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G88" s="2" t="s">
-        <v>17</v>
+        <v>49</v>
       </c>
       <c r="H88" s="2" t="s">
-        <v>251</v>
+        <v>250</v>
       </c>
       <c r="I88" s="2">
         <v>44</v>
       </c>
       <c r="J88" s="2">
-        <v>39</v>
+        <v>10</v>
       </c>
       <c r="K88" s="2">
         <v>100</v>
       </c>
       <c r="L88" s="2">
-        <v>82</v>
+        <v>210</v>
       </c>
       <c r="M88" s="2">
         <v>0</v>
       </c>
       <c r="N88" s="2">
-        <v>182</v>
+        <v>310</v>
       </c>
     </row>
     <row r="89" spans="1:14">
       <c r="A89" s="2">
-        <v>102117</v>
+        <v>103002</v>
       </c>
       <c r="B89" s="2" t="s">
+        <v>251</v>
+      </c>
+      <c r="C89" s="2" t="s">
         <v>252</v>
-      </c>
-[...1 lines deleted...]
-        <v>244</v>
       </c>
       <c r="D89" s="2"/>
       <c r="E89" s="2">
-        <v>50141</v>
+        <v>50005</v>
       </c>
       <c r="F89" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G89" s="2" t="s">
-        <v>49</v>
+        <v>17</v>
       </c>
       <c r="H89" s="2" t="s">
         <v>253</v>
       </c>
       <c r="I89" s="2">
         <v>44</v>
       </c>
       <c r="J89" s="2">
-        <v>10</v>
+        <v>39</v>
       </c>
       <c r="K89" s="2">
         <v>100</v>
       </c>
       <c r="L89" s="2">
-        <v>210</v>
+        <v>82</v>
       </c>
       <c r="M89" s="2">
         <v>0</v>
       </c>
       <c r="N89" s="2">
-        <v>310</v>
+        <v>182</v>
       </c>
     </row>
     <row r="90" spans="1:14">
       <c r="A90" s="2">
         <v>104399</v>
       </c>
       <c r="B90" s="2" t="s">
         <v>254</v>
       </c>
       <c r="C90" s="2" t="s">
         <v>255</v>
       </c>
       <c r="D90" s="2"/>
       <c r="E90" s="2">
         <v>50061</v>
       </c>
       <c r="F90" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G90" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H90" s="2" t="s">
         <v>256</v>
       </c>
@@ -5521,130 +5521,130 @@
       </c>
       <c r="H93" s="2" t="s">
         <v>265</v>
       </c>
       <c r="I93" s="2">
         <v>46</v>
       </c>
       <c r="J93" s="2">
         <v>36</v>
       </c>
       <c r="K93" s="2">
         <v>100</v>
       </c>
       <c r="L93" s="2">
         <v>85</v>
       </c>
       <c r="M93" s="2">
         <v>0</v>
       </c>
       <c r="N93" s="2">
         <v>185</v>
       </c>
     </row>
     <row r="94" spans="1:14">
       <c r="A94" s="2">
-        <v>105855</v>
+        <v>102120</v>
       </c>
       <c r="B94" s="2" t="s">
         <v>266</v>
       </c>
       <c r="C94" s="2" t="s">
         <v>267</v>
       </c>
       <c r="D94" s="2"/>
       <c r="E94" s="2">
-        <v>50110</v>
+        <v>50024</v>
       </c>
       <c r="F94" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G94" s="2" t="s">
-        <v>17</v>
+        <v>49</v>
       </c>
       <c r="H94" s="2" t="s">
         <v>268</v>
       </c>
       <c r="I94" s="2">
         <v>47</v>
       </c>
       <c r="J94" s="2">
-        <v>42</v>
+        <v>11</v>
       </c>
       <c r="K94" s="2">
         <v>100</v>
       </c>
       <c r="L94" s="2">
-        <v>79</v>
+        <v>200</v>
       </c>
       <c r="M94" s="2">
         <v>0</v>
       </c>
       <c r="N94" s="2">
-        <v>179</v>
+        <v>300</v>
       </c>
     </row>
     <row r="95" spans="1:14">
       <c r="A95" s="2">
-        <v>102120</v>
+        <v>105855</v>
       </c>
       <c r="B95" s="2" t="s">
         <v>269</v>
       </c>
       <c r="C95" s="2" t="s">
         <v>270</v>
       </c>
       <c r="D95" s="2"/>
       <c r="E95" s="2">
-        <v>50024</v>
+        <v>50110</v>
       </c>
       <c r="F95" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G95" s="2" t="s">
-        <v>49</v>
+        <v>17</v>
       </c>
       <c r="H95" s="2" t="s">
         <v>271</v>
       </c>
       <c r="I95" s="2">
         <v>47</v>
       </c>
       <c r="J95" s="2">
-        <v>11</v>
+        <v>42</v>
       </c>
       <c r="K95" s="2">
         <v>100</v>
       </c>
       <c r="L95" s="2">
-        <v>200</v>
+        <v>79</v>
       </c>
       <c r="M95" s="2">
         <v>0</v>
       </c>
       <c r="N95" s="2">
-        <v>300</v>
+        <v>179</v>
       </c>
     </row>
     <row r="96" spans="1:14">
       <c r="A96" s="2">
         <v>102604</v>
       </c>
       <c r="B96" s="2" t="s">
         <v>272</v>
       </c>
       <c r="C96" s="2" t="s">
         <v>273</v>
       </c>
       <c r="D96" s="2"/>
       <c r="E96" s="2">
         <v>50078</v>
       </c>
       <c r="F96" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G96" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H96" s="2" t="s">
         <v>274</v>
       </c>
@@ -5773,130 +5773,130 @@
       </c>
       <c r="H99" s="2" t="s">
         <v>283</v>
       </c>
       <c r="I99" s="2">
         <v>49</v>
       </c>
       <c r="J99" s="2">
         <v>38</v>
       </c>
       <c r="K99" s="2">
         <v>100</v>
       </c>
       <c r="L99" s="2">
         <v>83</v>
       </c>
       <c r="M99" s="2">
         <v>0</v>
       </c>
       <c r="N99" s="2">
         <v>183</v>
       </c>
     </row>
     <row r="100" spans="1:14">
       <c r="A100" s="2">
-        <v>102084</v>
+        <v>102123</v>
       </c>
       <c r="B100" s="2" t="s">
-        <v>70</v>
+        <v>284</v>
       </c>
       <c r="C100" s="2" t="s">
-        <v>71</v>
+        <v>285</v>
       </c>
       <c r="D100" s="2"/>
       <c r="E100" s="2">
-        <v>50127</v>
+        <v>50095</v>
       </c>
       <c r="F100" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G100" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H100" s="2" t="s">
-        <v>284</v>
+        <v>286</v>
       </c>
       <c r="I100" s="2">
         <v>50</v>
       </c>
       <c r="J100" s="2">
-        <v>45</v>
+        <v>39</v>
       </c>
       <c r="K100" s="2">
         <v>100</v>
       </c>
       <c r="L100" s="2">
-        <v>76</v>
+        <v>82</v>
       </c>
       <c r="M100" s="2">
         <v>0</v>
       </c>
       <c r="N100" s="2">
-        <v>176</v>
+        <v>182</v>
       </c>
     </row>
     <row r="101" spans="1:14">
       <c r="A101" s="2">
-        <v>102123</v>
+        <v>102084</v>
       </c>
       <c r="B101" s="2" t="s">
-        <v>285</v>
+        <v>70</v>
       </c>
       <c r="C101" s="2" t="s">
-        <v>286</v>
+        <v>71</v>
       </c>
       <c r="D101" s="2"/>
       <c r="E101" s="2">
-        <v>50095</v>
+        <v>50127</v>
       </c>
       <c r="F101" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G101" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H101" s="2" t="s">
         <v>287</v>
       </c>
       <c r="I101" s="2">
         <v>50</v>
       </c>
       <c r="J101" s="2">
-        <v>39</v>
+        <v>45</v>
       </c>
       <c r="K101" s="2">
         <v>100</v>
       </c>
       <c r="L101" s="2">
-        <v>82</v>
+        <v>76</v>
       </c>
       <c r="M101" s="2">
         <v>0</v>
       </c>
       <c r="N101" s="2">
-        <v>182</v>
+        <v>176</v>
       </c>
     </row>
     <row r="102" spans="1:14">
       <c r="A102" s="2">
         <v>105859</v>
       </c>
       <c r="B102" s="2" t="s">
         <v>288</v>
       </c>
       <c r="C102" s="2" t="s">
         <v>289</v>
       </c>
       <c r="D102" s="2"/>
       <c r="E102" s="2">
         <v>50057</v>
       </c>
       <c r="F102" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G102" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H102" s="2" t="s">
         <v>290</v>
       </c>
@@ -5905,51 +5905,51 @@
       </c>
       <c r="J102" s="2">
         <v>46</v>
       </c>
       <c r="K102" s="2">
         <v>100</v>
       </c>
       <c r="L102" s="2">
         <v>75</v>
       </c>
       <c r="M102" s="2">
         <v>0</v>
       </c>
       <c r="N102" s="2">
         <v>175</v>
       </c>
     </row>
     <row r="103" spans="1:14">
       <c r="A103" s="2">
         <v>102124</v>
       </c>
       <c r="B103" s="2" t="s">
         <v>291</v>
       </c>
       <c r="C103" s="2" t="s">
-        <v>132</v>
+        <v>129</v>
       </c>
       <c r="D103" s="2"/>
       <c r="E103" s="2">
         <v>50101</v>
       </c>
       <c r="F103" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G103" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H103" s="2" t="s">
         <v>292</v>
       </c>
       <c r="I103" s="2">
         <v>51</v>
       </c>
       <c r="J103" s="2">
         <v>40</v>
       </c>
       <c r="K103" s="2">
         <v>100</v>
       </c>
       <c r="L103" s="2">
         <v>81</v>
@@ -6025,130 +6025,130 @@
       </c>
       <c r="H105" s="2" t="s">
         <v>298</v>
       </c>
       <c r="I105" s="2">
         <v>52</v>
       </c>
       <c r="J105" s="2">
         <v>41</v>
       </c>
       <c r="K105" s="2">
         <v>100</v>
       </c>
       <c r="L105" s="2">
         <v>80</v>
       </c>
       <c r="M105" s="2">
         <v>0</v>
       </c>
       <c r="N105" s="2">
         <v>180</v>
       </c>
     </row>
     <row r="106" spans="1:14">
       <c r="A106" s="2">
-        <v>105861</v>
+        <v>102126</v>
       </c>
       <c r="B106" s="2" t="s">
         <v>299</v>
       </c>
       <c r="C106" s="2" t="s">
         <v>300</v>
       </c>
       <c r="D106" s="2"/>
       <c r="E106" s="2">
-        <v>50070</v>
+        <v>50051</v>
       </c>
       <c r="F106" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G106" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H106" s="2" t="s">
         <v>301</v>
       </c>
       <c r="I106" s="2">
         <v>53</v>
       </c>
       <c r="J106" s="2">
-        <v>48</v>
+        <v>42</v>
       </c>
       <c r="K106" s="2">
         <v>100</v>
       </c>
       <c r="L106" s="2">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="M106" s="2">
         <v>0</v>
       </c>
       <c r="N106" s="2">
-        <v>173</v>
+        <v>179</v>
       </c>
     </row>
     <row r="107" spans="1:14">
       <c r="A107" s="2">
-        <v>102126</v>
+        <v>105861</v>
       </c>
       <c r="B107" s="2" t="s">
         <v>302</v>
       </c>
       <c r="C107" s="2" t="s">
         <v>303</v>
       </c>
       <c r="D107" s="2"/>
       <c r="E107" s="2">
-        <v>50051</v>
+        <v>50070</v>
       </c>
       <c r="F107" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G107" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H107" s="2" t="s">
         <v>304</v>
       </c>
       <c r="I107" s="2">
         <v>53</v>
       </c>
       <c r="J107" s="2">
-        <v>42</v>
+        <v>48</v>
       </c>
       <c r="K107" s="2">
         <v>100</v>
       </c>
       <c r="L107" s="2">
-        <v>79</v>
+        <v>73</v>
       </c>
       <c r="M107" s="2">
         <v>0</v>
       </c>
       <c r="N107" s="2">
-        <v>179</v>
+        <v>173</v>
       </c>
     </row>
     <row r="108" spans="1:14">
       <c r="A108" s="2">
         <v>102992</v>
       </c>
       <c r="B108" s="2" t="s">
         <v>305</v>
       </c>
       <c r="C108" s="2" t="s">
         <v>306</v>
       </c>
       <c r="D108" s="2"/>
       <c r="E108" s="2">
         <v>50019</v>
       </c>
       <c r="F108" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G108" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H108" s="2" t="s">
         <v>307</v>
       </c>
@@ -6196,51 +6196,51 @@
       </c>
       <c r="I109" s="2">
         <v>55</v>
       </c>
       <c r="J109" s="2">
         <v>6</v>
       </c>
       <c r="K109" s="2">
         <v>100</v>
       </c>
       <c r="L109" s="2">
         <v>250</v>
       </c>
       <c r="M109" s="2">
         <v>0</v>
       </c>
       <c r="N109" s="2">
         <v>350</v>
       </c>
     </row>
     <row r="110" spans="1:14">
       <c r="A110" s="2">
         <v>105863</v>
       </c>
       <c r="B110" s="2" t="s">
-        <v>246</v>
+        <v>243</v>
       </c>
       <c r="C110" s="2" t="s">
         <v>311</v>
       </c>
       <c r="D110" s="2"/>
       <c r="E110" s="2">
         <v>50135</v>
       </c>
       <c r="F110" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G110" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H110" s="2" t="s">
         <v>312</v>
       </c>
       <c r="I110" s="2">
         <v>56</v>
       </c>
       <c r="J110" s="2">
         <v>50</v>
       </c>
       <c r="K110" s="2">
         <v>100</v>
@@ -6997,51 +6997,51 @@
       </c>
       <c r="J128" s="2">
         <v>66</v>
       </c>
       <c r="K128" s="2">
         <v>100</v>
       </c>
       <c r="L128" s="2">
         <v>55</v>
       </c>
       <c r="M128" s="2">
         <v>0</v>
       </c>
       <c r="N128" s="2">
         <v>155</v>
       </c>
     </row>
     <row r="129" spans="1:14">
       <c r="A129" s="2">
         <v>105881</v>
       </c>
       <c r="B129" s="2" t="s">
         <v>367</v>
       </c>
       <c r="C129" s="2" t="s">
-        <v>129</v>
+        <v>132</v>
       </c>
       <c r="D129" s="2"/>
       <c r="E129" s="2">
         <v>50121</v>
       </c>
       <c r="F129" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G129" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H129" s="2" t="s">
         <v>368</v>
       </c>
       <c r="I129" s="2">
         <v>75</v>
       </c>
       <c r="J129" s="2">
         <v>67</v>
       </c>
       <c r="K129" s="2">
         <v>100</v>
       </c>
       <c r="L129" s="2">
         <v>54</v>
@@ -7120,54 +7120,54 @@
       </c>
       <c r="I131" s="2">
         <v>77</v>
       </c>
       <c r="J131" s="2">
         <v>69</v>
       </c>
       <c r="K131" s="2">
         <v>100</v>
       </c>
       <c r="L131" s="2">
         <v>52</v>
       </c>
       <c r="M131" s="2">
         <v>0</v>
       </c>
       <c r="N131" s="2">
         <v>152</v>
       </c>
     </row>
     <row r="132" spans="1:14">
       <c r="A132" s="2">
         <v>102123</v>
       </c>
       <c r="B132" s="2" t="s">
+        <v>284</v>
+      </c>
+      <c r="C132" s="2" t="s">
         <v>285</v>
-      </c>
-[...1 lines deleted...]
-        <v>286</v>
       </c>
       <c r="D132" s="2"/>
       <c r="E132" s="2">
         <v>50089</v>
       </c>
       <c r="F132" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G132" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H132" s="2" t="s">
         <v>375</v>
       </c>
       <c r="I132" s="2">
         <v>78</v>
       </c>
       <c r="J132" s="2">
         <v>70</v>
       </c>
       <c r="K132" s="2">
         <v>100</v>
       </c>
       <c r="L132" s="2">
         <v>51</v>