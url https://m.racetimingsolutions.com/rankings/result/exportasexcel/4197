--- v0 (2025-10-09)
+++ v1 (2026-01-22)
@@ -56,1157 +56,1157 @@
   <si>
     <t>Gender</t>
   </si>
   <si>
     <t>Finish Time</t>
   </si>
   <si>
     <t>Overall Position</t>
   </si>
   <si>
     <t>Gender Position</t>
   </si>
   <si>
     <t>Finisher Points</t>
   </si>
   <si>
     <t>Performance Points</t>
   </si>
   <si>
     <t>Bonus Points</t>
   </si>
   <si>
     <t>Total Points</t>
   </si>
   <si>
+    <t>Trung</t>
+  </si>
+  <si>
+    <t>Nguyen</t>
+  </si>
+  <si>
+    <t>Singapore</t>
+  </si>
+  <si>
+    <t>Male</t>
+  </si>
+  <si>
+    <t>09:21:19</t>
+  </si>
+  <si>
+    <t>Antoine</t>
+  </si>
+  <si>
+    <t>Epinette</t>
+  </si>
+  <si>
+    <t>France</t>
+  </si>
+  <si>
+    <t>09:12:11</t>
+  </si>
+  <si>
+    <t>Hieu</t>
+  </si>
+  <si>
+    <t>Nguyễn Trần</t>
+  </si>
+  <si>
+    <t>Vietnam</t>
+  </si>
+  <si>
+    <t>10:32:56</t>
+  </si>
+  <si>
+    <t>Arnie</t>
+  </si>
+  <si>
+    <t>Macaneras</t>
+  </si>
+  <si>
+    <t>Philippines</t>
+  </si>
+  <si>
+    <t>08:40:48</t>
+  </si>
+  <si>
+    <t>Mads</t>
+  </si>
+  <si>
+    <t>Louring</t>
+  </si>
+  <si>
+    <t>Denmark</t>
+  </si>
+  <si>
+    <t>08:42:34</t>
+  </si>
+  <si>
     <t>Akane</t>
   </si>
   <si>
     <t>Nemoto</t>
   </si>
   <si>
     <t>Japan</t>
   </si>
   <si>
     <t>Female</t>
   </si>
   <si>
     <t>13:17:42</t>
   </si>
   <si>
-    <t>Antoine</t>
-[...59 lines deleted...]
-    <t>10:32:56</t>
+    <t>Dung</t>
+  </si>
+  <si>
+    <t>Vũ Tiến Việt</t>
+  </si>
+  <si>
+    <t>09:36:21</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Xuan Suong </t>
+  </si>
+  <si>
+    <t>Le</t>
+  </si>
+  <si>
+    <t>13:28:15.000000000007</t>
+  </si>
+  <si>
+    <t>Thomas</t>
+  </si>
+  <si>
+    <t>Fournel</t>
+  </si>
+  <si>
+    <t>10:33:14</t>
+  </si>
+  <si>
+    <t>Michal</t>
+  </si>
+  <si>
+    <t>Lesniak</t>
+  </si>
+  <si>
+    <t>Poland</t>
+  </si>
+  <si>
+    <t>10:11:47.999999999993</t>
   </si>
   <si>
     <t>Cory</t>
   </si>
   <si>
     <t>Lewandowski</t>
   </si>
   <si>
     <t>United States</t>
   </si>
   <si>
     <t>09:29:22</t>
   </si>
   <si>
     <t>The</t>
   </si>
   <si>
     <t>Anh Trần</t>
   </si>
   <si>
     <t>10:21:51</t>
   </si>
   <si>
-    <t>Dung</t>
-[...35 lines deleted...]
-    <t>10:11:47.999999999993</t>
+    <t>Hanh</t>
+  </si>
+  <si>
+    <t>Hoàng Hữu</t>
+  </si>
+  <si>
+    <t>10:24:59</t>
   </si>
   <si>
     <t>Duc Tuan</t>
   </si>
   <si>
     <t>Anh Nguyễn</t>
   </si>
   <si>
     <t>10:24:14</t>
   </si>
   <si>
-    <t>Hanh</t>
-[...7 lines deleted...]
-  <si>
     <t>Chung Yee Joannie</t>
   </si>
   <si>
     <t>Ho</t>
   </si>
   <si>
     <t>Hong Kong</t>
   </si>
   <si>
     <t>10:37:48</t>
   </si>
   <si>
+    <t>Sutinee</t>
+  </si>
+  <si>
+    <t>Rasp</t>
+  </si>
+  <si>
+    <t>Thailand</t>
+  </si>
+  <si>
+    <t>13:59:03</t>
+  </si>
+  <si>
     <t>Lorenzo</t>
   </si>
   <si>
     <t>Revelant</t>
   </si>
   <si>
     <t>Italy</t>
   </si>
   <si>
     <t>09:46:17</t>
   </si>
   <si>
-    <t>Sutinee</t>
-[...10 lines deleted...]
-  <si>
     <t>Stephen</t>
   </si>
   <si>
     <t>Hargrave</t>
   </si>
   <si>
     <t>10:36:40</t>
   </si>
   <si>
+    <t>Nhon</t>
+  </si>
+  <si>
+    <t>Đỗ Trọng</t>
+  </si>
+  <si>
+    <t>09:17:55</t>
+  </si>
+  <si>
+    <t>09:52:14</t>
+  </si>
+  <si>
+    <t>11:28:46</t>
+  </si>
+  <si>
+    <t>Nguyễn Thị Ngọt</t>
+  </si>
+  <si>
+    <t>14:08:21.000000000007</t>
+  </si>
+  <si>
     <t>Giles</t>
   </si>
   <si>
     <t>Lever</t>
   </si>
   <si>
     <t>10:38:39</t>
   </si>
   <si>
     <t>Tien</t>
   </si>
   <si>
     <t>Việt Dũng Vũ</t>
   </si>
   <si>
     <t>10:59:46</t>
   </si>
   <si>
-    <t>09:52:14</t>
-[...17 lines deleted...]
-    <t>11:28:46</t>
+    <t>Martin</t>
+  </si>
+  <si>
+    <t>van Zandwijk</t>
+  </si>
+  <si>
+    <t>Netherlands</t>
+  </si>
+  <si>
+    <t>11:07:44</t>
+  </si>
+  <si>
+    <t>Kona</t>
+  </si>
+  <si>
+    <t>Liau</t>
+  </si>
+  <si>
+    <t>Malaysia</t>
+  </si>
+  <si>
+    <t>14:33:1.0000000000073</t>
+  </si>
+  <si>
+    <t>Minh Tuan</t>
+  </si>
+  <si>
+    <t>Nguyễn</t>
+  </si>
+  <si>
+    <t>Sayaka</t>
+  </si>
+  <si>
+    <t>Matsumoto</t>
+  </si>
+  <si>
+    <t>10:51:35</t>
+  </si>
+  <si>
+    <t>09:53:10</t>
   </si>
   <si>
     <t>Robert</t>
   </si>
   <si>
     <t>Thomas West</t>
   </si>
   <si>
     <t>Great Britain</t>
   </si>
   <si>
     <t>10:29:24</t>
   </si>
   <si>
-    <t>Martin</t>
-[...38 lines deleted...]
-    <t>10:51:35</t>
+    <t>Trung Kien</t>
+  </si>
+  <si>
+    <t>11:03:06</t>
+  </si>
+  <si>
+    <t>Sue Phin</t>
+  </si>
+  <si>
+    <t>Yeam</t>
+  </si>
+  <si>
+    <t>14:36:54.000000000007</t>
   </si>
   <si>
     <t>Peter</t>
   </si>
   <si>
     <t>Schwenkel</t>
   </si>
   <si>
     <t>Germany</t>
   </si>
   <si>
     <t>11:33:13.000000000007</t>
   </si>
   <si>
     <t>Marc</t>
   </si>
   <si>
     <t>Bittner</t>
   </si>
   <si>
     <t>Canada</t>
   </si>
   <si>
     <t>10:22:15</t>
   </si>
   <si>
-    <t>Sue Phin</t>
-[...13 lines deleted...]
-  <si>
     <t>Margono</t>
   </si>
   <si>
     <t>Indonesia</t>
   </si>
   <si>
     <t>11:12:12</t>
   </si>
   <si>
     <t>Chu Yến</t>
   </si>
   <si>
     <t>15:03:41</t>
   </si>
   <si>
     <t>Manh Lan</t>
   </si>
   <si>
     <t>11:34:53.999999999993</t>
   </si>
   <si>
     <t>Joachim</t>
   </si>
   <si>
     <t>Poirier</t>
   </si>
   <si>
     <t>10:59:17</t>
   </si>
   <si>
     <t>Thanh Lam</t>
   </si>
   <si>
     <t>11:30:02</t>
   </si>
   <si>
     <t>Barkey</t>
   </si>
   <si>
     <t>Ireland</t>
   </si>
   <si>
     <t>11:57:20</t>
   </si>
   <si>
+    <t>Andre</t>
+  </si>
+  <si>
+    <t>Zimmermann</t>
+  </si>
+  <si>
+    <t>11:32:30</t>
+  </si>
+  <si>
     <t>Nguyen Thuy</t>
   </si>
   <si>
     <t>11:03:28</t>
   </si>
   <si>
-    <t>Andre</t>
-[...7 lines deleted...]
-  <si>
     <t>Tung</t>
   </si>
   <si>
     <t>Trần Việt</t>
   </si>
   <si>
     <t>11:13:52</t>
   </si>
   <si>
     <t>Trần Thanh Bình</t>
   </si>
   <si>
     <t>15:13:02</t>
   </si>
   <si>
+    <t>Samuel</t>
+  </si>
+  <si>
+    <t>Bartram</t>
+  </si>
+  <si>
+    <t>11:14:00</t>
+  </si>
+  <si>
+    <t>Xiaoyun Vincere</t>
+  </si>
+  <si>
+    <t>Zeng</t>
+  </si>
+  <si>
+    <t>15:17:28</t>
+  </si>
+  <si>
+    <t>Daniel</t>
+  </si>
+  <si>
+    <t>Preiss</t>
+  </si>
+  <si>
+    <t>11:38:07</t>
+  </si>
+  <si>
     <t>Cesar</t>
   </si>
   <si>
     <t>Quezada</t>
   </si>
   <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>11:18:31</t>
   </si>
   <si>
     <t>Soren</t>
   </si>
   <si>
     <t>Assing</t>
   </si>
   <si>
     <t>12:04:04</t>
   </si>
   <si>
-    <t>Samuel</t>
-[...23 lines deleted...]
-    <t>11:38:07</t>
+    <t>Thi Duong</t>
+  </si>
+  <si>
+    <t>11:14:20</t>
+  </si>
+  <si>
+    <t>Tuan</t>
+  </si>
+  <si>
+    <t>Lê</t>
+  </si>
+  <si>
+    <t>12:31:04</t>
+  </si>
+  <si>
+    <t>Yohan</t>
+  </si>
+  <si>
+    <t>Duflos</t>
+  </si>
+  <si>
+    <t>11:41:07</t>
+  </si>
+  <si>
+    <t>David</t>
+  </si>
+  <si>
+    <t>Loncke</t>
+  </si>
+  <si>
+    <t>11:42:16</t>
   </si>
   <si>
     <t>Ann Jillian</t>
   </si>
   <si>
     <t>Pulanco</t>
   </si>
   <si>
     <t>15:35:1.9999999999927</t>
   </si>
   <si>
-    <t>Tuan</t>
-[...29 lines deleted...]
-    <t>11:42:16</t>
+    <t>Hong</t>
+  </si>
+  <si>
+    <t>Quang Tống</t>
+  </si>
+  <si>
+    <t>11:47:40</t>
+  </si>
+  <si>
+    <t>Sjoerd</t>
+  </si>
+  <si>
+    <t>Bakker</t>
+  </si>
+  <si>
+    <t>11:16:24</t>
+  </si>
+  <si>
+    <t>Phạm Thị Thu Thủy</t>
+  </si>
+  <si>
+    <t>15:41:28.999999999993</t>
+  </si>
+  <si>
+    <t>Choo Siong Alex</t>
+  </si>
+  <si>
+    <t>Ang</t>
+  </si>
+  <si>
+    <t>11:41:10</t>
   </si>
   <si>
     <t>Hong Quang</t>
   </si>
   <si>
     <t>Tống</t>
   </si>
   <si>
     <t>12:49:44</t>
   </si>
   <si>
-    <t>Choo Siong Alex</t>
-[...29 lines deleted...]
-    <t>15:41:28.999999999993</t>
+    <t>Xavier</t>
+  </si>
+  <si>
+    <t>Omilanowski</t>
+  </si>
+  <si>
+    <t>11:41:50</t>
+  </si>
+  <si>
+    <t>Constance</t>
+  </si>
+  <si>
+    <t>Louasse</t>
+  </si>
+  <si>
+    <t>11:50:52</t>
+  </si>
+  <si>
+    <t>Van Hung</t>
+  </si>
+  <si>
+    <t>Phạm</t>
+  </si>
+  <si>
+    <t>12:55:8.9999999999927</t>
+  </si>
+  <si>
+    <t>Colin</t>
+  </si>
+  <si>
+    <t>Hickey</t>
+  </si>
+  <si>
+    <t>11:17:41</t>
   </si>
   <si>
     <t>Anna</t>
   </si>
   <si>
     <t>Tipping</t>
   </si>
   <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>15:58:46</t>
   </si>
   <si>
-    <t>Xavier</t>
-[...32 lines deleted...]
-    <t>11:17:41</t>
+    <t>Đỗ Thị Huyền Trân</t>
+  </si>
+  <si>
+    <t>16:22:15</t>
+  </si>
+  <si>
+    <t>Scott</t>
+  </si>
+  <si>
+    <t>Graham</t>
+  </si>
+  <si>
+    <t>Australia</t>
+  </si>
+  <si>
+    <t>11:20:52</t>
+  </si>
+  <si>
+    <t>Duc Vinh</t>
+  </si>
+  <si>
+    <t>Tạ</t>
+  </si>
+  <si>
+    <t>12:56:08</t>
+  </si>
+  <si>
+    <t>Viet Hoa</t>
+  </si>
+  <si>
+    <t>11:54:43</t>
   </si>
   <si>
     <t>Lan</t>
   </si>
   <si>
     <t>Hương Vũ</t>
   </si>
   <si>
     <t>11:55:01</t>
   </si>
   <si>
-    <t>Viet Hoa</t>
-[...31 lines deleted...]
-  <si>
     <t>Duc Huan</t>
   </si>
   <si>
     <t>Vũ</t>
   </si>
   <si>
     <t>12:59:10</t>
   </si>
   <si>
+    <t>Tran</t>
+  </si>
+  <si>
+    <t>Van Nhan</t>
+  </si>
+  <si>
+    <t>11:57:37</t>
+  </si>
+  <si>
+    <t>Thibaut</t>
+  </si>
+  <si>
+    <t>Vitre</t>
+  </si>
+  <si>
+    <t>12:04:52</t>
+  </si>
+  <si>
+    <t>Bùi Yến</t>
+  </si>
+  <si>
+    <t>16:33:39.999999999993</t>
+  </si>
+  <si>
     <t>Chiến Nguyễn</t>
   </si>
   <si>
     <t>Cat</t>
   </si>
   <si>
     <t>11:28:33</t>
   </si>
   <si>
-    <t>Tran</t>
-[...22 lines deleted...]
-  <si>
     <t>Pruttipong</t>
   </si>
   <si>
     <t>Jiamvirojwong</t>
   </si>
   <si>
     <t>12:14:04</t>
   </si>
   <si>
     <t>Hai</t>
   </si>
   <si>
     <t>Yến Nguyễn</t>
   </si>
   <si>
     <t>12:55:15</t>
   </si>
   <si>
     <t>Van Quang</t>
   </si>
   <si>
     <t>13:06:11</t>
   </si>
   <si>
     <t>Jackson</t>
   </si>
   <si>
     <t>Blackburn</t>
   </si>
   <si>
     <t>11:30:41</t>
   </si>
   <si>
     <t>Yin Kwan</t>
   </si>
   <si>
     <t>Cheng</t>
   </si>
   <si>
     <t>16:34:14.000000000007</t>
   </si>
   <si>
+    <t>Tejo</t>
+  </si>
+  <si>
+    <t>India</t>
+  </si>
+  <si>
+    <t>12:15:17</t>
+  </si>
+  <si>
+    <t>Phuong</t>
+  </si>
+  <si>
+    <t>13:07:29</t>
+  </si>
+  <si>
+    <t>Anthony</t>
+  </si>
+  <si>
+    <t>Fouchard</t>
+  </si>
+  <si>
+    <t>13:08:14</t>
+  </si>
+  <si>
     <t xml:space="preserve">Kim Hong </t>
   </si>
   <si>
     <t>Yeo</t>
   </si>
   <si>
     <t>11:50:39</t>
   </si>
   <si>
-    <t>Tejo</t>
-[...13 lines deleted...]
-  <si>
     <t>Trương Võ Bích Phương</t>
   </si>
   <si>
     <t>16:37:37</t>
   </si>
   <si>
-    <t>Anthony</t>
-[...5 lines deleted...]
-    <t>13:08:14</t>
+    <t xml:space="preserve">Lâm </t>
+  </si>
+  <si>
+    <t>11:52:26</t>
   </si>
   <si>
     <t>Tamae</t>
   </si>
   <si>
     <t>Harada</t>
   </si>
   <si>
     <t>16:58:09</t>
   </si>
   <si>
     <t>Rachelle</t>
   </si>
   <si>
     <t>Komarnisky</t>
   </si>
   <si>
     <t>13:56:48</t>
   </si>
   <si>
-    <t xml:space="preserve">Lâm </t>
-[...4 lines deleted...]
-  <si>
     <t>Amber</t>
   </si>
   <si>
     <t>Lane</t>
   </si>
   <si>
     <t>12:20:18</t>
   </si>
   <si>
     <t>Cuong</t>
   </si>
   <si>
     <t>Đào Quang</t>
   </si>
   <si>
     <t>13:08:36.000000000007</t>
   </si>
   <si>
+    <t>Muoi</t>
+  </si>
+  <si>
+    <t>Đỗ</t>
+  </si>
+  <si>
+    <t>13:12:42</t>
+  </si>
+  <si>
+    <t>Võ Thanh Thuỷ</t>
+  </si>
+  <si>
+    <t>17:20:36</t>
+  </si>
+  <si>
+    <t>Vu</t>
+  </si>
+  <si>
+    <t>Van Vuong</t>
+  </si>
+  <si>
+    <t>12:26:48</t>
+  </si>
+  <si>
+    <t>Choisy</t>
+  </si>
+  <si>
+    <t>12:05:10</t>
+  </si>
+  <si>
     <t>Huong</t>
   </si>
   <si>
     <t>14:29:00</t>
   </si>
   <si>
-    <t>Muoi</t>
-[...26 lines deleted...]
-    <t>12:05:10</t>
+    <t>Cherrie</t>
+  </si>
+  <si>
+    <t>Chung</t>
+  </si>
+  <si>
+    <t>12:29:09</t>
+  </si>
+  <si>
+    <t>Nguyễn Ngọc Tú Trinh</t>
+  </si>
+  <si>
+    <t>17:42:51</t>
+  </si>
+  <si>
+    <t>Thanh Trung</t>
+  </si>
+  <si>
+    <t>Truong</t>
+  </si>
+  <si>
+    <t>12:20:36</t>
   </si>
   <si>
     <t>Cao</t>
   </si>
   <si>
     <t>Wei</t>
   </si>
   <si>
     <t>13:27:48</t>
   </si>
   <si>
-    <t>Cherrie</t>
-[...20 lines deleted...]
-    <t>12:20:36</t>
+    <t>Sara</t>
+  </si>
+  <si>
+    <t>Valentina</t>
+  </si>
+  <si>
+    <t>12:32:56</t>
+  </si>
+  <si>
+    <t>Sophia</t>
+  </si>
+  <si>
+    <t>Sophia Yee</t>
+  </si>
+  <si>
+    <t>17:47:57.000000000007</t>
+  </si>
+  <si>
+    <t>13:57:3.0000000000073</t>
   </si>
   <si>
     <t xml:space="preserve">Kiên </t>
   </si>
   <si>
     <t>12:20:45</t>
   </si>
   <si>
-    <t>Sara</t>
-[...17 lines deleted...]
-    <t>17:47:57.000000000007</t>
+    <t>Ngoc Dat</t>
+  </si>
+  <si>
+    <t>14:04:50</t>
+  </si>
+  <si>
+    <t>Văn Minh</t>
+  </si>
+  <si>
+    <t>12:21:13</t>
+  </si>
+  <si>
+    <t>Rabin</t>
+  </si>
+  <si>
+    <t>Srisuttinun</t>
+  </si>
+  <si>
+    <t>12:51:43</t>
   </si>
   <si>
     <t>Phạm Thị Thanh Ngọc</t>
   </si>
   <si>
     <t>17:55:02</t>
   </si>
   <si>
-    <t>Ngoc Dat</t>
-[...19 lines deleted...]
-  <si>
     <t>Trần Thị Thu</t>
   </si>
   <si>
     <t>Nguyen Khac Chien</t>
   </si>
   <si>
     <t>14:08:1.9999999999927</t>
   </si>
   <si>
     <t xml:space="preserve">Mohd Shukran </t>
   </si>
   <si>
     <t>Md Farid</t>
   </si>
   <si>
     <t>12:57:50</t>
   </si>
   <si>
     <t xml:space="preserve">Xuân Bình </t>
   </si>
   <si>
     <t>12:33:52</t>
   </si>
   <si>
+    <t>12:34:21</t>
+  </si>
+  <si>
+    <t>Trần Thanh Tân</t>
+  </si>
+  <si>
+    <t>14:19:40.999999999993</t>
+  </si>
+  <si>
+    <t>Nguyen Hai Yen</t>
+  </si>
+  <si>
+    <t>18:03:15.999999999993</t>
+  </si>
+  <si>
     <t>Steve</t>
   </si>
   <si>
     <t>Falgate</t>
   </si>
   <si>
     <t>13:07:43</t>
   </si>
   <si>
-    <t>12:34:21</t>
-[...11 lines deleted...]
-    <t>18:03:15.999999999993</t>
+    <t>Masmichi</t>
+  </si>
+  <si>
+    <t>Shoji</t>
+  </si>
+  <si>
+    <t>12:36:31</t>
+  </si>
+  <si>
+    <t>Knut</t>
+  </si>
+  <si>
+    <t>Fournier</t>
+  </si>
+  <si>
+    <t>13:11:11</t>
+  </si>
+  <si>
+    <t>Tran Trong Nhan</t>
+  </si>
+  <si>
+    <t>14:20:09</t>
   </si>
   <si>
     <t>Dương Thị Hạnh</t>
   </si>
   <si>
     <t>18:18:56</t>
   </si>
   <si>
-    <t>Masmichi</t>
-[...20 lines deleted...]
-    <t>14:20:09</t>
+    <t>Florian</t>
+  </si>
+  <si>
+    <t>Garnier</t>
+  </si>
+  <si>
+    <t>14:31:17</t>
+  </si>
+  <si>
+    <t>12:46:59</t>
+  </si>
+  <si>
+    <t>Trisha</t>
+  </si>
+  <si>
+    <t>Thow</t>
+  </si>
+  <si>
+    <t>18:24:01</t>
   </si>
   <si>
     <t>Andrew</t>
   </si>
   <si>
     <t>Pidden</t>
   </si>
   <si>
     <t>13:16:20</t>
   </si>
   <si>
-    <t>Florian</t>
-[...17 lines deleted...]
-    <t>18:24:01</t>
+    <t>Nguyen Phi Hung</t>
+  </si>
+  <si>
+    <t>14:33:05</t>
   </si>
   <si>
     <t>Steffen</t>
   </si>
   <si>
     <t>Dekoj</t>
   </si>
   <si>
     <t>13:34:07</t>
   </si>
   <si>
     <t>Filip</t>
   </si>
   <si>
     <t>Lenaerts</t>
   </si>
   <si>
     <t>Belgium</t>
   </si>
   <si>
     <t>12:49:46</t>
   </si>
   <si>
-    <t>Nguyen Phi Hung</t>
-[...2 lines deleted...]
-    <t>14:33:05</t>
+    <t>Luke</t>
+  </si>
+  <si>
+    <t>Horton</t>
+  </si>
+  <si>
+    <t>13:45:31</t>
+  </si>
+  <si>
+    <t>Tanawat</t>
+  </si>
+  <si>
+    <t>Chamnongkijphanich</t>
+  </si>
+  <si>
+    <t>12:58:33</t>
   </si>
   <si>
     <t>Sam</t>
   </si>
   <si>
     <t>14:38:50</t>
   </si>
   <si>
-    <t>Luke</t>
-[...14 lines deleted...]
-    <t>12:58:33</t>
+    <t>Thanh Tuan</t>
+  </si>
+  <si>
+    <t>Pham</t>
+  </si>
+  <si>
+    <t>13:45:37</t>
   </si>
   <si>
     <t>Phi</t>
   </si>
   <si>
     <t>13:05:34</t>
   </si>
   <si>
-    <t>Thanh Tuan</t>
-[...5 lines deleted...]
-    <t>13:45:37</t>
+    <t>Viet Hung</t>
+  </si>
+  <si>
+    <t>13:46:44</t>
   </si>
   <si>
     <t xml:space="preserve">T B Balrama </t>
   </si>
   <si>
     <t>Krishnan</t>
   </si>
   <si>
     <t>13:09:17</t>
   </si>
   <si>
-    <t>Viet Hung</t>
-[...4 lines deleted...]
-  <si>
     <t>Dominic</t>
   </si>
   <si>
     <t>Hoffmann</t>
   </si>
   <si>
     <t>13:51:45</t>
   </si>
   <si>
     <t xml:space="preserve">Đức Long </t>
   </si>
   <si>
     <t>Bùi</t>
   </si>
   <si>
     <t>13:11:49</t>
   </si>
   <si>
     <t>Bui</t>
   </si>
   <si>
     <t>Tuan Linh</t>
   </si>
   <si>
     <t>13:52:35</t>
@@ -1223,131 +1223,131 @@
   <si>
     <t xml:space="preserve">Quang Ninh </t>
   </si>
   <si>
     <t>Ngô</t>
   </si>
   <si>
     <t>13:12:37</t>
   </si>
   <si>
     <t>Aaron</t>
   </si>
   <si>
     <t>Anrong Ong</t>
   </si>
   <si>
     <t>13:12:41</t>
   </si>
   <si>
     <t>H. Long</t>
   </si>
   <si>
     <t>13:53:12</t>
   </si>
   <si>
+    <t xml:space="preserve">Hà Nguyễn </t>
+  </si>
+  <si>
+    <t>Mạnh</t>
+  </si>
+  <si>
+    <t>13:15:20</t>
+  </si>
+  <si>
     <t>Thanest</t>
   </si>
   <si>
     <t>Sartsirisombut</t>
   </si>
   <si>
     <t>13:59:57</t>
   </si>
   <si>
-    <t xml:space="preserve">Hà Nguyễn </t>
-[...7 lines deleted...]
-  <si>
     <t>Weerasarut</t>
   </si>
   <si>
     <t>Leenawarat</t>
   </si>
   <si>
     <t>14:02:17</t>
   </si>
   <si>
     <t xml:space="preserve">Thi Hai Yen </t>
   </si>
   <si>
     <t>Vo</t>
   </si>
   <si>
     <t>13:16:07</t>
   </si>
   <si>
     <t>Jyh Hann</t>
   </si>
   <si>
     <t>Lim</t>
   </si>
   <si>
     <t>林志翰</t>
   </si>
   <si>
     <t>13:13:54</t>
   </si>
   <si>
     <t>Su Lin</t>
   </si>
   <si>
     <t>Woo</t>
   </si>
   <si>
     <t>14:08:17</t>
   </si>
   <si>
     <t>Ước Nguyễn</t>
   </si>
   <si>
     <t>Văn</t>
   </si>
   <si>
     <t>13:23:45</t>
   </si>
   <si>
+    <t xml:space="preserve">Hoàng </t>
+  </si>
+  <si>
+    <t>Hồ</t>
+  </si>
+  <si>
+    <t>13:27:21</t>
+  </si>
+  <si>
     <t>Thi Tho</t>
   </si>
   <si>
     <t>14:09:06</t>
   </si>
   <si>
-    <t xml:space="preserve">Hoàng </t>
-[...7 lines deleted...]
-  <si>
     <t>Henry</t>
   </si>
   <si>
     <t>Dumas</t>
   </si>
   <si>
     <t>13:36:33</t>
   </si>
   <si>
     <t>Jocelyn</t>
   </si>
   <si>
     <t>Cheung</t>
   </si>
   <si>
     <t>14:23:02</t>
   </si>
   <si>
     <t xml:space="preserve">Chí Công </t>
   </si>
   <si>
     <t>Vương</t>
   </si>
   <si>
     <t>13:41:07</t>
@@ -1361,275 +1361,275 @@
   <si>
     <t>14:24:09</t>
   </si>
   <si>
     <t>Vooi Oon Valerie</t>
   </si>
   <si>
     <t>Teh</t>
   </si>
   <si>
     <t>郑玮恩</t>
   </si>
   <si>
     <t>13:43:33</t>
   </si>
   <si>
     <t>Sisakorn</t>
   </si>
   <si>
     <t>Srisamran</t>
   </si>
   <si>
     <t>14:27:27</t>
   </si>
   <si>
+    <t>Hung</t>
+  </si>
+  <si>
+    <t>Ngo</t>
+  </si>
+  <si>
+    <t>Amir Hamzah</t>
+  </si>
+  <si>
+    <t>Bin Abdul Razak</t>
+  </si>
+  <si>
+    <t>14:28:23</t>
+  </si>
+  <si>
     <t>Canh</t>
   </si>
   <si>
     <t>Nguyen Thanh</t>
   </si>
   <si>
     <t>Nguyễn Thanh Cảnh</t>
   </si>
   <si>
     <t>13:46:41</t>
   </si>
   <si>
-    <t>Hung</t>
-[...13 lines deleted...]
-  <si>
     <t>Michael</t>
   </si>
   <si>
     <t>Whalen</t>
   </si>
   <si>
     <t xml:space="preserve">Van Chung </t>
   </si>
   <si>
     <t>13:52:24</t>
   </si>
   <si>
     <t>Masahiro</t>
   </si>
   <si>
     <t>Kikkawa</t>
   </si>
   <si>
     <t>14:29:09</t>
   </si>
   <si>
     <t xml:space="preserve">Thuc Truong Luong </t>
   </si>
   <si>
     <t>13:56:16</t>
   </si>
   <si>
+    <t>Yoshie</t>
+  </si>
+  <si>
+    <t>Yonezawa</t>
+  </si>
+  <si>
     <t xml:space="preserve">Quang Hưng </t>
   </si>
   <si>
     <t>13:57:27</t>
   </si>
   <si>
-    <t>Yoshie</t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">Khoa Nguyễn </t>
   </si>
   <si>
     <t>13:58:36</t>
   </si>
   <si>
     <t>Hoanh Tien</t>
   </si>
   <si>
     <t>14:33:02</t>
   </si>
   <si>
     <t xml:space="preserve">Chiến Nguyễn </t>
   </si>
   <si>
     <t>Quang</t>
   </si>
   <si>
     <t>14:05:50</t>
   </si>
   <si>
     <t>Hoang</t>
   </si>
   <si>
     <t>Viet</t>
   </si>
   <si>
     <t>14:35:32</t>
   </si>
   <si>
     <t xml:space="preserve">Quang Tùng </t>
   </si>
   <si>
     <t>Tô</t>
   </si>
   <si>
     <t>14:08:01</t>
   </si>
   <si>
     <t>Xuan Cam Tu</t>
   </si>
   <si>
     <t>14:42:05</t>
   </si>
   <si>
+    <t xml:space="preserve">Nguyễn Ngọc </t>
+  </si>
+  <si>
+    <t>Tưởng</t>
+  </si>
+  <si>
+    <t>14:09:24</t>
+  </si>
+  <si>
     <t>Thienchai</t>
   </si>
   <si>
     <t>Chantrakul</t>
   </si>
   <si>
     <t>14:49:34</t>
   </si>
   <si>
-    <t xml:space="preserve">Nguyễn Ngọc </t>
-[...5 lines deleted...]
-    <t>14:09:24</t>
+    <t>Gerhard</t>
+  </si>
+  <si>
+    <t>Mutz</t>
+  </si>
+  <si>
+    <t>14:09:37</t>
+  </si>
+  <si>
+    <t>Trinh</t>
+  </si>
+  <si>
+    <t>Quoc Hung</t>
+  </si>
+  <si>
+    <t>14:50:06</t>
   </si>
   <si>
     <t>Stephane</t>
   </si>
   <si>
     <t>Herve</t>
   </si>
   <si>
     <t>16:20:05</t>
   </si>
   <si>
-    <t>Gerhard</t>
-[...16 lines deleted...]
-  <si>
     <t>Lylia</t>
   </si>
   <si>
     <t>Nordin</t>
   </si>
   <si>
     <t>20:35:00</t>
   </si>
   <si>
     <t>Carla</t>
   </si>
   <si>
     <t>Felany</t>
   </si>
   <si>
     <t>14:09:46</t>
   </si>
   <si>
     <t>Thi Tieu Phuong</t>
   </si>
   <si>
     <t>14:54:27</t>
   </si>
   <si>
     <t>Edith</t>
   </si>
   <si>
     <t>Fung</t>
   </si>
   <si>
     <t>15:10:58</t>
   </si>
   <si>
     <t>Vũ Hoàng</t>
   </si>
   <si>
     <t>14:11:59</t>
   </si>
   <si>
+    <t>Tracy</t>
+  </si>
+  <si>
+    <t>Sim</t>
+  </si>
+  <si>
+    <t>15:12:04</t>
+  </si>
+  <si>
     <t xml:space="preserve">Ha Giang </t>
   </si>
   <si>
     <t>14:23:22</t>
   </si>
   <si>
-    <t>Tracy</t>
-[...5 lines deleted...]
-    <t>15:12:04</t>
+    <t xml:space="preserve">ĐƯỜNG ĐỨC </t>
+  </si>
+  <si>
+    <t>ĐỊNH</t>
+  </si>
+  <si>
+    <t>14:26:09</t>
   </si>
   <si>
     <t>Kwan Hooi</t>
   </si>
   <si>
     <t>Ng</t>
   </si>
   <si>
-    <t xml:space="preserve">ĐƯỜNG ĐỨC </t>
-[...7 lines deleted...]
-  <si>
     <t>Anh Tai</t>
   </si>
   <si>
     <t>15:12:36</t>
   </si>
   <si>
     <t>Hideto</t>
   </si>
   <si>
     <t>Kumasaka</t>
   </si>
   <si>
     <t>14:26:40</t>
   </si>
   <si>
     <t>Richard</t>
   </si>
   <si>
     <t>Hall Jr</t>
   </si>
   <si>
     <t>16:53:32.999999999993</t>
   </si>
   <si>
     <t>Reza Zaldy</t>
@@ -1658,164 +1658,164 @@
   <si>
     <t>Karn</t>
   </si>
   <si>
     <t>Sakulsak</t>
   </si>
   <si>
     <t>15:19:51</t>
   </si>
   <si>
     <t xml:space="preserve">Huy Nguyen </t>
   </si>
   <si>
     <t>Van</t>
   </si>
   <si>
     <t>14:37:27</t>
   </si>
   <si>
     <t>Suda</t>
   </si>
   <si>
     <t>Tantiveerasut</t>
   </si>
   <si>
+    <t xml:space="preserve">Thuy </t>
+  </si>
+  <si>
+    <t>14:39:00</t>
+  </si>
+  <si>
     <t>Jutharath</t>
   </si>
   <si>
     <t>Phansrikhum</t>
   </si>
   <si>
     <t>15:21:05</t>
   </si>
   <si>
-    <t xml:space="preserve">Thuy </t>
-[...4 lines deleted...]
-  <si>
     <t>Pramod</t>
   </si>
   <si>
     <t>Balakrishnan</t>
   </si>
   <si>
     <t>15:22:29</t>
   </si>
   <si>
     <t xml:space="preserve">Yen Keng </t>
   </si>
   <si>
     <t>Cheong</t>
   </si>
   <si>
     <t>14:40:11</t>
   </si>
   <si>
     <t>Huy Phạm</t>
   </si>
   <si>
     <t>14:42:28</t>
   </si>
   <si>
     <t>Hon</t>
   </si>
   <si>
     <t>Thiam Han</t>
   </si>
   <si>
     <t>15:25:13</t>
   </si>
   <si>
+    <t xml:space="preserve">Thien </t>
+  </si>
+  <si>
+    <t>Le Duc</t>
+  </si>
+  <si>
+    <t>15:29:26</t>
+  </si>
+  <si>
     <t xml:space="preserve">Thanh Tuấn </t>
   </si>
   <si>
     <t>Lương</t>
   </si>
   <si>
     <t>14:50:55</t>
   </si>
   <si>
-    <t xml:space="preserve">Thien </t>
-[...5 lines deleted...]
-    <t>15:29:26</t>
+    <t>Do Huynh</t>
+  </si>
+  <si>
+    <t>Khanh Duy</t>
+  </si>
+  <si>
+    <t>15:30:55</t>
   </si>
   <si>
     <t>Kenzo</t>
   </si>
   <si>
     <t>Kunii</t>
   </si>
   <si>
     <t>14:51:06</t>
   </si>
   <si>
-    <t>Do Huynh</t>
-[...5 lines deleted...]
-    <t>15:30:55</t>
+    <t>Binh Duong</t>
+  </si>
+  <si>
+    <t>15:31:59</t>
   </si>
   <si>
     <t xml:space="preserve">Manh Hùng </t>
   </si>
   <si>
     <t>Phan</t>
   </si>
   <si>
     <t>14:53:55</t>
   </si>
   <si>
-    <t>Binh Duong</t>
-[...2 lines deleted...]
-    <t>15:31:59</t>
+    <t xml:space="preserve">Văn Hưng </t>
+  </si>
+  <si>
+    <t>14:53:57</t>
   </si>
   <si>
     <t>Hiroshi</t>
   </si>
   <si>
     <t>Sahara</t>
   </si>
   <si>
     <t>15:35:10</t>
   </si>
   <si>
-    <t xml:space="preserve">Văn Hưng </t>
-[...4 lines deleted...]
-  <si>
     <t>Binh</t>
   </si>
   <si>
     <t>Le Thanh</t>
   </si>
   <si>
     <t>15:41:21</t>
   </si>
   <si>
     <t xml:space="preserve">Vinh Hung </t>
   </si>
   <si>
     <t>14:56:39</t>
   </si>
   <si>
     <t>Renault</t>
   </si>
   <si>
     <t>15:52:46</t>
   </si>
   <si>
     <t xml:space="preserve">Dũng </t>
   </si>
   <si>
     <t>Trần</t>
@@ -1850,68 +1850,68 @@
   <si>
     <t>15:07:01</t>
   </si>
   <si>
     <t>Tarit</t>
   </si>
   <si>
     <t>Rattanamanee</t>
   </si>
   <si>
     <t xml:space="preserve">Tung Dinh </t>
   </si>
   <si>
     <t>15:08:36</t>
   </si>
   <si>
     <t>Sandy</t>
   </si>
   <si>
     <t>Suryapranata</t>
   </si>
   <si>
     <t>16:03:51</t>
   </si>
   <si>
+    <t xml:space="preserve">Yasuyoshi </t>
+  </si>
+  <si>
+    <t>Marushima</t>
+  </si>
+  <si>
+    <t>15:10:41</t>
+  </si>
+  <si>
     <t>Teerapatt</t>
   </si>
   <si>
     <t>Chaisrithong</t>
   </si>
   <si>
     <t>16:06:40</t>
   </si>
   <si>
-    <t xml:space="preserve">Yasuyoshi </t>
-[...7 lines deleted...]
-  <si>
     <t>Hoang Yen</t>
   </si>
   <si>
     <t>16:06:49</t>
   </si>
   <si>
     <t xml:space="preserve">Lye Yang </t>
   </si>
   <si>
     <t>Suah</t>
   </si>
   <si>
     <t>15:17:05</t>
   </si>
   <si>
     <t>Pierre</t>
   </si>
   <si>
     <t>Larmande</t>
   </si>
   <si>
     <t>15:17:19</t>
   </si>
   <si>
     <t>Tanh</t>
@@ -1946,230 +1946,230 @@
   <si>
     <t>Yang</t>
   </si>
   <si>
     <t>16:07:50</t>
   </si>
   <si>
     <t>Norhalim</t>
   </si>
   <si>
     <t>Bin Nordin</t>
   </si>
   <si>
     <t>16:08:02</t>
   </si>
   <si>
     <t>Francis</t>
   </si>
   <si>
     <t>Low</t>
   </si>
   <si>
     <t>15:20:54</t>
   </si>
   <si>
+    <t>Monchai</t>
+  </si>
+  <si>
+    <t>Trakulpoochai</t>
+  </si>
+  <si>
+    <t>16:12:23</t>
+  </si>
+  <si>
     <t>Dianne</t>
   </si>
   <si>
     <t>Ditona</t>
   </si>
   <si>
     <t>15:21:14</t>
   </si>
   <si>
-    <t>Monchai</t>
-[...7 lines deleted...]
-  <si>
     <t>Mohd Yusni</t>
   </si>
   <si>
     <t>Mohd Sani</t>
   </si>
   <si>
     <t>16:13:43</t>
   </si>
   <si>
     <t>Lionel</t>
   </si>
   <si>
     <t>Sourisseau</t>
   </si>
   <si>
     <t>15:29:34</t>
   </si>
   <si>
     <t>Kate</t>
   </si>
   <si>
     <t>Shipton</t>
   </si>
   <si>
     <t>15:32:06</t>
   </si>
   <si>
     <t>Kok Ann</t>
   </si>
   <si>
     <t>Neo</t>
   </si>
   <si>
     <t>16:15:31</t>
   </si>
   <si>
+    <t>Surapon</t>
+  </si>
+  <si>
+    <t>Siripongsakorn</t>
+  </si>
+  <si>
+    <t>16:23:05</t>
+  </si>
+  <si>
     <t>Akihiro</t>
   </si>
   <si>
     <t>Ishizuka</t>
   </si>
   <si>
     <t>15:34:52</t>
   </si>
   <si>
-    <t>Surapon</t>
-[...5 lines deleted...]
-    <t>16:23:05</t>
+    <t xml:space="preserve">Hoàng Phạm </t>
+  </si>
+  <si>
+    <t>Khánh</t>
+  </si>
+  <si>
+    <t>15:40:21</t>
   </si>
   <si>
     <t>Pavarisa</t>
   </si>
   <si>
     <t>Pramual</t>
   </si>
   <si>
     <t>16:23:42</t>
   </si>
   <si>
-    <t xml:space="preserve">Hoàng Phạm </t>
-[...7 lines deleted...]
-  <si>
     <t>Sasikarn</t>
   </si>
   <si>
     <t>Konghakote</t>
   </si>
   <si>
     <t>16:27:05</t>
   </si>
   <si>
     <t xml:space="preserve">Khương </t>
   </si>
   <si>
     <t>15:40:36</t>
   </si>
   <si>
+    <t>Bee Leng</t>
+  </si>
+  <si>
+    <t>16:28:17</t>
+  </si>
+  <si>
     <t xml:space="preserve">Văn Hiển </t>
   </si>
   <si>
     <t>Lâm</t>
   </si>
   <si>
     <t>15:44:41</t>
   </si>
   <si>
-    <t>Bee Leng</t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">Thi Tuyet Mai </t>
   </si>
   <si>
     <t>15:45:57</t>
   </si>
   <si>
     <t xml:space="preserve"> Wee Teck Eddie</t>
   </si>
   <si>
     <t>Goh</t>
   </si>
   <si>
     <t>16:28:26</t>
   </si>
   <si>
     <t>Quang Truong</t>
   </si>
   <si>
     <t>16:35:24</t>
   </si>
   <si>
     <t xml:space="preserve">Quốc Đạt </t>
   </si>
   <si>
     <t>15:46:45</t>
   </si>
   <si>
+    <t xml:space="preserve">Wonbum </t>
+  </si>
+  <si>
+    <t>Choi</t>
+  </si>
+  <si>
+    <t>South Korea</t>
+  </si>
+  <si>
+    <t>15:55:30</t>
+  </si>
+  <si>
     <t>Trung Linh</t>
   </si>
   <si>
     <t>16:36:13</t>
   </si>
   <si>
-    <t xml:space="preserve">Wonbum </t>
-[...8 lines deleted...]
-    <t>15:55:30</t>
+    <t>Tang</t>
+  </si>
+  <si>
+    <t>Khanh Quang</t>
+  </si>
+  <si>
+    <t>16:36:14</t>
   </si>
   <si>
     <t>Tuan Tran</t>
   </si>
   <si>
     <t>15:57:35</t>
   </si>
   <si>
-    <t>Tang</t>
-[...7 lines deleted...]
-  <si>
     <t xml:space="preserve">Hồng Phong </t>
   </si>
   <si>
     <t>15:57:47</t>
   </si>
   <si>
     <t>Chorthip</t>
   </si>
   <si>
     <t>Utoktham</t>
   </si>
   <si>
     <t>16:36:58</t>
   </si>
   <si>
     <t>Xuan Hung</t>
   </si>
   <si>
     <t>16:40:23</t>
   </si>
   <si>
     <t>Viet Cong</t>
   </si>
   <si>
     <t>15:59:15</t>
@@ -2210,188 +2210,188 @@
   <si>
     <t>Cindy</t>
   </si>
   <si>
     <t>Poon</t>
   </si>
   <si>
     <t>16:44:51</t>
   </si>
   <si>
     <t>Mang Yew</t>
   </si>
   <si>
     <t>Leong</t>
   </si>
   <si>
     <t>16:44:52</t>
   </si>
   <si>
     <t xml:space="preserve">Van Anh </t>
   </si>
   <si>
     <t>16:05:12</t>
   </si>
   <si>
+    <t xml:space="preserve">Dinh </t>
+  </si>
+  <si>
+    <t>16:05:39</t>
+  </si>
+  <si>
     <t>Minh Thao</t>
   </si>
   <si>
     <t>16:49:55</t>
   </si>
   <si>
-    <t xml:space="preserve">Dinh </t>
-[...4 lines deleted...]
-  <si>
     <t>Thaweesak</t>
   </si>
   <si>
     <t>Chieochansin</t>
   </si>
   <si>
     <t>16:50:22</t>
   </si>
   <si>
     <t xml:space="preserve">Thế Năng </t>
   </si>
   <si>
     <t>16:08:52</t>
   </si>
   <si>
+    <t>Thanakorn</t>
+  </si>
+  <si>
+    <t>Thajan</t>
+  </si>
+  <si>
+    <t>16:50:25</t>
+  </si>
+  <si>
     <t xml:space="preserve">Tùng Đinh </t>
   </si>
   <si>
     <t>Thanh</t>
   </si>
   <si>
     <t>16:13:41</t>
   </si>
   <si>
-    <t>Thanakorn</t>
-[...7 lines deleted...]
-  <si>
     <t>Thi Thuyet</t>
   </si>
   <si>
     <t>16:50:30</t>
   </si>
   <si>
     <t xml:space="preserve">Lê Hoài </t>
   </si>
   <si>
     <t>Nam</t>
   </si>
   <si>
     <t>16:17:44</t>
   </si>
   <si>
     <t>Bin Alwee</t>
   </si>
   <si>
     <t>17:02:52</t>
   </si>
   <si>
     <t>Simon</t>
   </si>
   <si>
     <t>Koenen</t>
   </si>
   <si>
     <t>16:18:28</t>
   </si>
   <si>
     <t>Muhammad</t>
   </si>
   <si>
     <t>Ridhwan Bin Muhammad Noor</t>
   </si>
   <si>
     <t>17:02:53</t>
   </si>
   <si>
     <t xml:space="preserve">Thuật Hoàng </t>
   </si>
   <si>
     <t>Trọng</t>
   </si>
   <si>
     <t>16:19:33</t>
   </si>
   <si>
+    <t>Sukontha</t>
+  </si>
+  <si>
+    <t>Jantawong</t>
+  </si>
+  <si>
+    <t>17:10:43</t>
+  </si>
+  <si>
     <t xml:space="preserve">Vũ Anh </t>
   </si>
   <si>
     <t>Quân</t>
   </si>
   <si>
     <t>16:19:52</t>
   </si>
   <si>
-    <t>Sukontha</t>
-[...5 lines deleted...]
-    <t>17:10:43</t>
+    <t>Suwit</t>
+  </si>
+  <si>
+    <t>17:10:46</t>
   </si>
   <si>
     <t xml:space="preserve">Quoc Toan </t>
   </si>
   <si>
     <t>16:19:56</t>
   </si>
   <si>
-    <t>Suwit</t>
-[...2 lines deleted...]
-    <t>17:10:46</t>
+    <t>Weeravut</t>
+  </si>
+  <si>
+    <t>Sunlieng</t>
+  </si>
+  <si>
+    <t>17:10:57</t>
   </si>
   <si>
     <t xml:space="preserve">Hùng Cường </t>
   </si>
   <si>
     <t>16:20:57</t>
   </si>
   <si>
-    <t>Weeravut</t>
-[...7 lines deleted...]
-  <si>
     <t>Nguyên Giáp</t>
   </si>
   <si>
     <t>16:22:45</t>
   </si>
   <si>
     <t>Nakhon</t>
   </si>
   <si>
     <t>Khaechaysaeng</t>
   </si>
   <si>
     <t>17:12:04</t>
   </si>
   <si>
     <t>Vĩnh Lê</t>
   </si>
   <si>
     <t>Đình</t>
   </si>
   <si>
     <t>16:31:35</t>
   </si>
   <si>
     <t>Tin</t>
@@ -2429,62 +2429,62 @@
   <si>
     <t>Nutthapon</t>
   </si>
   <si>
     <t>Rathie</t>
   </si>
   <si>
     <t>17:15:46</t>
   </si>
   <si>
     <t>Siriporn</t>
   </si>
   <si>
     <t>Laosang</t>
   </si>
   <si>
     <t>Phương Trần</t>
   </si>
   <si>
     <t>Thiện</t>
   </si>
   <si>
     <t>16:36:01</t>
   </si>
   <si>
+    <t xml:space="preserve">Văn Học </t>
+  </si>
+  <si>
+    <t>16:36:49</t>
+  </si>
+  <si>
     <t>Kien Quoc</t>
   </si>
   <si>
     <t>17:28:09</t>
   </si>
   <si>
-    <t xml:space="preserve">Văn Học </t>
-[...4 lines deleted...]
-  <si>
     <t>Tien Hung</t>
   </si>
   <si>
     <t>16:37:31</t>
   </si>
   <si>
     <t>Yaowaret</t>
   </si>
   <si>
     <t>Khueankham</t>
   </si>
   <si>
     <t>17:30:11</t>
   </si>
   <si>
     <t xml:space="preserve">Hợi Chu </t>
   </si>
   <si>
     <t>Xuân</t>
   </si>
   <si>
     <t>16:37:48</t>
   </si>
   <si>
     <t xml:space="preserve">Masae </t>
@@ -3263,63 +3263,63 @@
   <si>
     <t>South Africa</t>
   </si>
   <si>
     <t>18:52:16</t>
   </si>
   <si>
     <t xml:space="preserve">Tien Leok </t>
   </si>
   <si>
     <t>18:52:40</t>
   </si>
   <si>
     <t xml:space="preserve">Pei Yee </t>
   </si>
   <si>
     <t>Teng</t>
   </si>
   <si>
     <t xml:space="preserve">Minh Thang </t>
   </si>
   <si>
     <t>18:53:19</t>
   </si>
   <si>
+    <t>Sasiwimol</t>
+  </si>
+  <si>
+    <t>Srithong</t>
+  </si>
+  <si>
+    <t>18:54:13</t>
+  </si>
+  <si>
     <t>Chan King Hon</t>
   </si>
   <si>
     <t>20:44:19</t>
-  </si>
-[...7 lines deleted...]
-    <t>18:54:13</t>
   </si>
   <si>
     <t xml:space="preserve">Lan Anh </t>
   </si>
   <si>
     <t>18:55:50</t>
   </si>
   <si>
     <t xml:space="preserve">Vineet </t>
   </si>
   <si>
     <t>Tanwar</t>
   </si>
   <si>
     <t>18:56:33</t>
   </si>
   <si>
     <t xml:space="preserve">Thu Hường </t>
   </si>
   <si>
     <t>18:56:43</t>
   </si>
   <si>
     <t xml:space="preserve">Duy Hưng </t>
   </si>
@@ -3868,18323 +3868,18323 @@
       </c>
       <c r="H1" s="1" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
       <c r="J1" s="1" t="s">
         <v>9</v>
       </c>
       <c r="K1" s="1" t="s">
         <v>10</v>
       </c>
       <c r="L1" s="1" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="1" t="s">
         <v>12</v>
       </c>
       <c r="N1" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="2" spans="1:14">
       <c r="A2" s="2">
-        <v>121813</v>
+        <v>108722</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>15</v>
       </c>
       <c r="D2" s="2"/>
       <c r="E2" s="2">
-        <v>7470</v>
+        <v>7040</v>
       </c>
       <c r="F2" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G2" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I2" s="2">
         <v>1</v>
       </c>
       <c r="J2" s="2">
         <v>1</v>
       </c>
       <c r="K2" s="2">
-        <v>100</v>
+        <v>120</v>
       </c>
       <c r="L2" s="2">
-        <v>400</v>
+        <v>300</v>
       </c>
       <c r="M2" s="2">
         <v>0</v>
       </c>
       <c r="N2" s="2">
-        <v>500</v>
+        <v>420</v>
       </c>
     </row>
     <row r="3" spans="1:14">
       <c r="A3" s="2">
         <v>101719</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>19</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>20</v>
       </c>
       <c r="D3" s="2"/>
       <c r="E3" s="2">
         <v>7009</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G3" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="H3" s="2" t="s">
         <v>22</v>
-      </c>
-[...1 lines deleted...]
-        <v>23</v>
       </c>
       <c r="I3" s="2">
         <v>1</v>
       </c>
       <c r="J3" s="2">
         <v>1</v>
       </c>
       <c r="K3" s="2">
         <v>70</v>
       </c>
       <c r="L3" s="2">
         <v>200</v>
       </c>
       <c r="M3" s="2">
         <v>0</v>
       </c>
       <c r="N3" s="2">
         <v>270</v>
       </c>
     </row>
     <row r="4" spans="1:14">
       <c r="A4" s="2">
-        <v>108722</v>
+        <v>115610</v>
       </c>
       <c r="B4" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="C4" s="2" t="s">
         <v>24</v>
-      </c>
-[...1 lines deleted...]
-        <v>25</v>
       </c>
       <c r="D4" s="2"/>
       <c r="E4" s="2">
-        <v>7040</v>
+        <v>7302</v>
       </c>
       <c r="F4" s="2" t="s">
+        <v>25</v>
+      </c>
+      <c r="G4" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="H4" s="2" t="s">
         <v>26</v>
-      </c>
-[...4 lines deleted...]
-        <v>27</v>
       </c>
       <c r="I4" s="2">
         <v>1</v>
       </c>
       <c r="J4" s="2">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="K4" s="2">
-        <v>120</v>
+        <v>70</v>
       </c>
       <c r="L4" s="2">
-        <v>300</v>
+        <v>150</v>
       </c>
       <c r="M4" s="2">
         <v>0</v>
       </c>
       <c r="N4" s="2">
-        <v>420</v>
+        <v>220</v>
       </c>
     </row>
     <row r="5" spans="1:14">
       <c r="A5" s="2">
         <v>112241</v>
       </c>
       <c r="B5" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="C5" s="2" t="s">
         <v>28</v>
-      </c>
-[...1 lines deleted...]
-        <v>29</v>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2">
         <v>7495</v>
       </c>
       <c r="F5" s="2" t="s">
+        <v>29</v>
+      </c>
+      <c r="G5" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="H5" s="2" t="s">
         <v>30</v>
-      </c>
-[...4 lines deleted...]
-        <v>31</v>
       </c>
       <c r="I5" s="2">
         <v>1</v>
       </c>
       <c r="J5" s="2">
         <v>1</v>
       </c>
       <c r="K5" s="2">
         <v>100</v>
       </c>
       <c r="L5" s="2">
         <v>400</v>
       </c>
       <c r="M5" s="2">
         <v>0</v>
       </c>
       <c r="N5" s="2">
         <v>500</v>
       </c>
     </row>
     <row r="6" spans="1:14">
       <c r="A6" s="2">
         <v>113803</v>
       </c>
       <c r="B6" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C6" s="2" t="s">
         <v>32</v>
-      </c>
-[...1 lines deleted...]
-        <v>33</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2">
         <v>7322</v>
       </c>
       <c r="F6" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="G6" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="H6" s="2" t="s">
         <v>34</v>
-      </c>
-[...4 lines deleted...]
-        <v>35</v>
       </c>
       <c r="I6" s="2">
         <v>1</v>
       </c>
       <c r="J6" s="2">
         <v>1</v>
       </c>
       <c r="K6" s="2">
         <v>70</v>
       </c>
       <c r="L6" s="2">
         <v>300</v>
       </c>
       <c r="M6" s="2">
         <v>0</v>
       </c>
       <c r="N6" s="2">
         <v>370</v>
       </c>
     </row>
     <row r="7" spans="1:14">
       <c r="A7" s="2">
-        <v>115610</v>
+        <v>121813</v>
       </c>
       <c r="B7" s="2" t="s">
+        <v>35</v>
+      </c>
+      <c r="C7" s="2" t="s">
         <v>36</v>
-      </c>
-[...1 lines deleted...]
-        <v>37</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2">
-        <v>7302</v>
+        <v>7470</v>
       </c>
       <c r="F7" s="2" t="s">
+        <v>37</v>
+      </c>
+      <c r="G7" s="2" t="s">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>22</v>
       </c>
       <c r="H7" s="2" t="s">
         <v>39</v>
       </c>
       <c r="I7" s="2">
         <v>1</v>
       </c>
       <c r="J7" s="2">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="K7" s="2">
-        <v>70</v>
+        <v>100</v>
       </c>
       <c r="L7" s="2">
-        <v>150</v>
+        <v>400</v>
       </c>
       <c r="M7" s="2">
         <v>0</v>
       </c>
       <c r="N7" s="2">
-        <v>220</v>
+        <v>500</v>
       </c>
     </row>
     <row r="8" spans="1:14">
       <c r="A8" s="2">
-        <v>101720</v>
+        <v>118483</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>40</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>41</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2">
-        <v>7017</v>
+        <v>7024</v>
       </c>
       <c r="F8" s="2" t="s">
+        <v>25</v>
+      </c>
+      <c r="G8" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="H8" s="2" t="s">
         <v>42</v>
-      </c>
-[...4 lines deleted...]
-        <v>43</v>
       </c>
       <c r="I8" s="2">
         <v>2</v>
       </c>
       <c r="J8" s="2">
         <v>2</v>
       </c>
       <c r="K8" s="2">
-        <v>70</v>
+        <v>120</v>
       </c>
       <c r="L8" s="2">
-        <v>150</v>
+        <v>250</v>
       </c>
       <c r="M8" s="2">
         <v>0</v>
       </c>
       <c r="N8" s="2">
-        <v>220</v>
+        <v>370</v>
       </c>
     </row>
     <row r="9" spans="1:14">
       <c r="A9" s="2">
-        <v>115608</v>
+        <v>111874</v>
       </c>
       <c r="B9" s="2" t="s">
+        <v>43</v>
+      </c>
+      <c r="C9" s="2" t="s">
         <v>44</v>
-      </c>
-[...1 lines deleted...]
-        <v>45</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2">
-        <v>7113</v>
+        <v>7355</v>
       </c>
       <c r="F9" s="2" t="s">
+        <v>25</v>
+      </c>
+      <c r="G9" s="2" t="s">
         <v>38</v>
       </c>
-      <c r="G9" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H9" s="2" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="I9" s="2">
         <v>2</v>
       </c>
       <c r="J9" s="2">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="K9" s="2">
-        <v>70</v>
+        <v>100</v>
       </c>
       <c r="L9" s="2">
-        <v>225</v>
+        <v>350</v>
       </c>
       <c r="M9" s="2">
         <v>0</v>
       </c>
       <c r="N9" s="2">
-        <v>295</v>
+        <v>450</v>
       </c>
     </row>
     <row r="10" spans="1:14">
       <c r="A10" s="2">
-        <v>118483</v>
+        <v>115611</v>
       </c>
       <c r="B10" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="C10" s="2" t="s">
         <v>47</v>
-      </c>
-[...1 lines deleted...]
-        <v>48</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2">
-        <v>7024</v>
+        <v>7231</v>
       </c>
       <c r="F10" s="2" t="s">
-        <v>38</v>
+        <v>21</v>
       </c>
       <c r="G10" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H10" s="2" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="I10" s="2">
         <v>2</v>
       </c>
       <c r="J10" s="2">
-        <v>2</v>
+        <v>7</v>
       </c>
       <c r="K10" s="2">
-        <v>120</v>
+        <v>70</v>
       </c>
       <c r="L10" s="2">
-        <v>250</v>
+        <v>145</v>
       </c>
       <c r="M10" s="2">
         <v>0</v>
       </c>
       <c r="N10" s="2">
-        <v>370</v>
+        <v>215</v>
       </c>
     </row>
     <row r="11" spans="1:14">
       <c r="A11" s="2">
-        <v>111874</v>
+        <v>122616</v>
       </c>
       <c r="B11" s="2" t="s">
+        <v>49</v>
+      </c>
+      <c r="C11" s="2" t="s">
         <v>50</v>
-      </c>
-[...1 lines deleted...]
-        <v>51</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2">
-        <v>7355</v>
+        <v>7021</v>
       </c>
       <c r="F11" s="2" t="s">
-        <v>38</v>
+        <v>51</v>
       </c>
       <c r="G11" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H11" s="2" t="s">
         <v>52</v>
       </c>
       <c r="I11" s="2">
         <v>2</v>
       </c>
       <c r="J11" s="2">
         <v>2</v>
       </c>
       <c r="K11" s="2">
         <v>100</v>
       </c>
       <c r="L11" s="2">
         <v>350</v>
       </c>
       <c r="M11" s="2">
         <v>0</v>
       </c>
       <c r="N11" s="2">
         <v>450</v>
       </c>
     </row>
     <row r="12" spans="1:14">
       <c r="A12" s="2">
-        <v>115611</v>
+        <v>101720</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>53</v>
       </c>
       <c r="C12" s="2" t="s">
         <v>54</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2">
-        <v>7231</v>
+        <v>7017</v>
       </c>
       <c r="F12" s="2" t="s">
-        <v>21</v>
+        <v>55</v>
       </c>
       <c r="G12" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H12" s="2" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="I12" s="2">
         <v>2</v>
       </c>
       <c r="J12" s="2">
-        <v>7</v>
+        <v>2</v>
       </c>
       <c r="K12" s="2">
         <v>70</v>
       </c>
       <c r="L12" s="2">
-        <v>145</v>
+        <v>150</v>
       </c>
       <c r="M12" s="2">
         <v>0</v>
       </c>
       <c r="N12" s="2">
-        <v>215</v>
+        <v>220</v>
       </c>
     </row>
     <row r="13" spans="1:14">
       <c r="A13" s="2">
-        <v>122616</v>
+        <v>115608</v>
       </c>
       <c r="B13" s="2" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2">
-        <v>7021</v>
+        <v>7113</v>
       </c>
       <c r="F13" s="2" t="s">
-        <v>58</v>
+        <v>25</v>
       </c>
       <c r="G13" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H13" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I13" s="2">
         <v>2</v>
       </c>
       <c r="J13" s="2">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="K13" s="2">
-        <v>100</v>
+        <v>70</v>
       </c>
       <c r="L13" s="2">
-        <v>350</v>
+        <v>225</v>
       </c>
       <c r="M13" s="2">
         <v>0</v>
       </c>
       <c r="N13" s="2">
-        <v>450</v>
+        <v>295</v>
       </c>
     </row>
     <row r="14" spans="1:14">
       <c r="A14" s="2">
-        <v>118485</v>
+        <v>115609</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>60</v>
       </c>
       <c r="C14" s="2" t="s">
         <v>61</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2">
-        <v>7469</v>
+        <v>7221</v>
       </c>
       <c r="F14" s="2" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="G14" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H14" s="2" t="s">
         <v>62</v>
       </c>
       <c r="I14" s="2">
         <v>3</v>
       </c>
       <c r="J14" s="2">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="K14" s="2">
-        <v>100</v>
+        <v>70</v>
       </c>
       <c r="L14" s="2">
-        <v>325</v>
+        <v>200</v>
       </c>
       <c r="M14" s="2">
         <v>0</v>
       </c>
       <c r="N14" s="2">
-        <v>425</v>
+        <v>270</v>
       </c>
     </row>
     <row r="15" spans="1:14">
       <c r="A15" s="2">
-        <v>115609</v>
+        <v>118485</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>63</v>
       </c>
       <c r="C15" s="2" t="s">
         <v>64</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2">
-        <v>7221</v>
+        <v>7469</v>
       </c>
       <c r="F15" s="2" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="G15" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H15" s="2" t="s">
         <v>65</v>
       </c>
       <c r="I15" s="2">
         <v>3</v>
       </c>
       <c r="J15" s="2">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="K15" s="2">
-        <v>70</v>
+        <v>100</v>
       </c>
       <c r="L15" s="2">
-        <v>200</v>
+        <v>325</v>
       </c>
       <c r="M15" s="2">
         <v>0</v>
       </c>
       <c r="N15" s="2">
-        <v>270</v>
+        <v>425</v>
       </c>
     </row>
     <row r="16" spans="1:14">
       <c r="A16" s="2">
         <v>103765</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>66</v>
       </c>
       <c r="C16" s="2" t="s">
         <v>67</v>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2">
         <v>7320</v>
       </c>
       <c r="F16" s="2" t="s">
         <v>68</v>
       </c>
       <c r="G16" s="2" t="s">
-        <v>17</v>
+        <v>38</v>
       </c>
       <c r="H16" s="2" t="s">
         <v>69</v>
       </c>
       <c r="I16" s="2">
         <v>3</v>
       </c>
       <c r="J16" s="2">
         <v>1</v>
       </c>
       <c r="K16" s="2">
         <v>70</v>
       </c>
       <c r="L16" s="2">
         <v>300</v>
       </c>
       <c r="M16" s="2">
         <v>0</v>
       </c>
       <c r="N16" s="2">
         <v>370</v>
       </c>
     </row>
     <row r="17" spans="1:14">
       <c r="A17" s="2">
-        <v>118484</v>
+        <v>120423</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>70</v>
       </c>
       <c r="C17" s="2" t="s">
         <v>71</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2">
-        <v>7154</v>
+        <v>7020</v>
       </c>
       <c r="F17" s="2" t="s">
         <v>72</v>
       </c>
       <c r="G17" s="2" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="H17" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I17" s="2">
         <v>3</v>
       </c>
       <c r="J17" s="2">
         <v>3</v>
       </c>
       <c r="K17" s="2">
-        <v>120</v>
+        <v>100</v>
       </c>
       <c r="L17" s="2">
-        <v>225</v>
+        <v>325</v>
       </c>
       <c r="M17" s="2">
         <v>0</v>
       </c>
       <c r="N17" s="2">
-        <v>345</v>
+        <v>425</v>
       </c>
     </row>
     <row r="18" spans="1:14">
       <c r="A18" s="2">
-        <v>120423</v>
+        <v>118484</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>74</v>
       </c>
       <c r="C18" s="2" t="s">
         <v>75</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2">
-        <v>7020</v>
+        <v>7154</v>
       </c>
       <c r="F18" s="2" t="s">
         <v>76</v>
       </c>
       <c r="G18" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H18" s="2" t="s">
         <v>77</v>
       </c>
       <c r="I18" s="2">
         <v>3</v>
       </c>
       <c r="J18" s="2">
         <v>3</v>
       </c>
       <c r="K18" s="2">
-        <v>100</v>
+        <v>120</v>
       </c>
       <c r="L18" s="2">
-        <v>325</v>
+        <v>225</v>
       </c>
       <c r="M18" s="2">
         <v>0</v>
       </c>
       <c r="N18" s="2">
-        <v>425</v>
+        <v>345</v>
       </c>
     </row>
     <row r="19" spans="1:14">
       <c r="A19" s="2">
         <v>101721</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>78</v>
       </c>
       <c r="C19" s="2" t="s">
         <v>79</v>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2">
         <v>7103</v>
       </c>
       <c r="F19" s="2" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="G19" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H19" s="2" t="s">
         <v>80</v>
       </c>
       <c r="I19" s="2">
         <v>3</v>
       </c>
       <c r="J19" s="2">
         <v>3</v>
       </c>
       <c r="K19" s="2">
         <v>70</v>
       </c>
       <c r="L19" s="2">
         <v>125</v>
       </c>
       <c r="M19" s="2">
         <v>0</v>
       </c>
       <c r="N19" s="2">
         <v>195</v>
       </c>
     </row>
     <row r="20" spans="1:14">
       <c r="A20" s="2">
-        <v>101722</v>
+        <v>115607</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>81</v>
       </c>
       <c r="C20" s="2" t="s">
         <v>82</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2">
-        <v>7001</v>
+        <v>7288</v>
       </c>
       <c r="F20" s="2" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="G20" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H20" s="2" t="s">
         <v>83</v>
       </c>
       <c r="I20" s="2">
         <v>4</v>
       </c>
       <c r="J20" s="2">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="K20" s="2">
         <v>70</v>
       </c>
       <c r="L20" s="2">
-        <v>100</v>
+        <v>250</v>
       </c>
       <c r="M20" s="2">
         <v>0</v>
       </c>
       <c r="N20" s="2">
-        <v>170</v>
+        <v>320</v>
       </c>
     </row>
     <row r="21" spans="1:14">
       <c r="A21" s="2">
-        <v>115612</v>
+        <v>111782</v>
       </c>
       <c r="B21" s="2" t="s">
-        <v>84</v>
+        <v>15</v>
       </c>
       <c r="C21" s="2" t="s">
-        <v>85</v>
+        <v>23</v>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2">
-        <v>7173</v>
+        <v>7209</v>
       </c>
       <c r="F21" s="2" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="G21" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H21" s="2" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="I21" s="2">
         <v>4</v>
       </c>
       <c r="J21" s="2">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="K21" s="2">
-        <v>70</v>
+        <v>0</v>
       </c>
       <c r="L21" s="2">
-        <v>140</v>
+        <v>0</v>
       </c>
       <c r="M21" s="2">
         <v>0</v>
       </c>
       <c r="N21" s="2">
-        <v>210</v>
+        <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:14">
       <c r="A22" s="2">
-        <v>111782</v>
+        <v>108722</v>
       </c>
       <c r="B22" s="2" t="s">
-        <v>25</v>
+        <v>14</v>
       </c>
       <c r="C22" s="2" t="s">
-        <v>36</v>
+        <v>15</v>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2">
-        <v>7209</v>
+        <v>7478</v>
       </c>
       <c r="F22" s="2" t="s">
-        <v>38</v>
+        <v>16</v>
       </c>
       <c r="G22" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H22" s="2" t="s">
-        <v>87</v>
+        <v>85</v>
       </c>
       <c r="I22" s="2">
         <v>4</v>
       </c>
       <c r="J22" s="2">
         <v>4</v>
       </c>
       <c r="K22" s="2">
-        <v>0</v>
+        <v>100</v>
       </c>
       <c r="L22" s="2">
-        <v>0</v>
+        <v>300</v>
       </c>
       <c r="M22" s="2">
         <v>0</v>
       </c>
       <c r="N22" s="2">
-        <v>0</v>
+        <v>400</v>
       </c>
     </row>
     <row r="23" spans="1:14">
       <c r="A23" s="2">
-        <v>115607</v>
-[...3 lines deleted...]
-      </c>
+        <v>122632</v>
+      </c>
+      <c r="B23" s="2"/>
       <c r="C23" s="2" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="2">
-        <v>7288</v>
+        <v>7411</v>
       </c>
       <c r="F23" s="2" t="s">
+        <v>25</v>
+      </c>
+      <c r="G23" s="2" t="s">
         <v>38</v>
       </c>
-      <c r="G23" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H23" s="2" t="s">
-        <v>90</v>
+        <v>87</v>
       </c>
       <c r="I23" s="2">
         <v>4</v>
       </c>
       <c r="J23" s="2">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="K23" s="2">
-        <v>70</v>
+        <v>100</v>
       </c>
       <c r="L23" s="2">
-        <v>250</v>
+        <v>300</v>
       </c>
       <c r="M23" s="2">
         <v>0</v>
       </c>
       <c r="N23" s="2">
-        <v>320</v>
+        <v>400</v>
       </c>
     </row>
     <row r="24" spans="1:14">
       <c r="A24" s="2">
-        <v>122632</v>
-[...1 lines deleted...]
-      <c r="B24" s="2"/>
+        <v>101722</v>
+      </c>
+      <c r="B24" s="2" t="s">
+        <v>88</v>
+      </c>
       <c r="C24" s="2" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="D24" s="2"/>
       <c r="E24" s="2">
-        <v>7411</v>
+        <v>7001</v>
       </c>
       <c r="F24" s="2" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="G24" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H24" s="2" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="I24" s="2">
         <v>4</v>
       </c>
       <c r="J24" s="2">
         <v>4</v>
       </c>
       <c r="K24" s="2">
+        <v>70</v>
+      </c>
+      <c r="L24" s="2">
         <v>100</v>
       </c>
-      <c r="L24" s="2">
-[...1 lines deleted...]
-      </c>
       <c r="M24" s="2">
         <v>0</v>
       </c>
       <c r="N24" s="2">
-        <v>400</v>
+        <v>170</v>
       </c>
     </row>
     <row r="25" spans="1:14">
       <c r="A25" s="2">
-        <v>108722</v>
+        <v>115612</v>
       </c>
       <c r="B25" s="2" t="s">
-        <v>24</v>
+        <v>91</v>
       </c>
       <c r="C25" s="2" t="s">
-        <v>25</v>
+        <v>92</v>
       </c>
       <c r="D25" s="2"/>
       <c r="E25" s="2">
-        <v>7478</v>
+        <v>7173</v>
       </c>
       <c r="F25" s="2" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="G25" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H25" s="2" t="s">
         <v>93</v>
       </c>
       <c r="I25" s="2">
         <v>4</v>
       </c>
       <c r="J25" s="2">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="K25" s="2">
-        <v>100</v>
+        <v>70</v>
       </c>
       <c r="L25" s="2">
-        <v>300</v>
+        <v>140</v>
       </c>
       <c r="M25" s="2">
         <v>0</v>
       </c>
       <c r="N25" s="2">
-        <v>400</v>
+        <v>210</v>
       </c>
     </row>
     <row r="26" spans="1:14">
       <c r="A26" s="2">
-        <v>113893</v>
+        <v>115613</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>94</v>
       </c>
       <c r="C26" s="2" t="s">
         <v>95</v>
       </c>
       <c r="D26" s="2"/>
       <c r="E26" s="2">
-        <v>7316</v>
+        <v>7227</v>
       </c>
       <c r="F26" s="2" t="s">
         <v>96</v>
       </c>
       <c r="G26" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H26" s="2" t="s">
         <v>97</v>
       </c>
       <c r="I26" s="2">
         <v>5</v>
       </c>
       <c r="J26" s="2">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="K26" s="2">
         <v>70</v>
       </c>
       <c r="L26" s="2">
-        <v>175</v>
+        <v>135</v>
       </c>
       <c r="M26" s="2">
         <v>0</v>
       </c>
       <c r="N26" s="2">
-        <v>245</v>
+        <v>205</v>
       </c>
     </row>
     <row r="27" spans="1:14">
       <c r="A27" s="2">
-        <v>115613</v>
+        <v>121316</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>98</v>
       </c>
       <c r="C27" s="2" t="s">
         <v>99</v>
       </c>
       <c r="D27" s="2"/>
       <c r="E27" s="2">
-        <v>7227</v>
+        <v>7006</v>
       </c>
       <c r="F27" s="2" t="s">
         <v>100</v>
       </c>
       <c r="G27" s="2" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="H27" s="2" t="s">
         <v>101</v>
       </c>
       <c r="I27" s="2">
         <v>5</v>
       </c>
       <c r="J27" s="2">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="K27" s="2">
-        <v>70</v>
+        <v>100</v>
       </c>
       <c r="L27" s="2">
-        <v>135</v>
+        <v>275</v>
       </c>
       <c r="M27" s="2">
         <v>0</v>
       </c>
       <c r="N27" s="2">
-        <v>205</v>
+        <v>375</v>
       </c>
     </row>
     <row r="28" spans="1:14">
       <c r="A28" s="2">
-        <v>121316</v>
+        <v>122617</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>102</v>
       </c>
       <c r="C28" s="2" t="s">
         <v>103</v>
       </c>
       <c r="D28" s="2"/>
       <c r="E28" s="2">
-        <v>7006</v>
+        <v>7462</v>
       </c>
       <c r="F28" s="2" t="s">
-        <v>104</v>
+        <v>25</v>
       </c>
       <c r="G28" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H28" s="2" t="s">
-        <v>105</v>
+        <v>85</v>
       </c>
       <c r="I28" s="2">
         <v>5</v>
       </c>
       <c r="J28" s="2">
         <v>5</v>
       </c>
       <c r="K28" s="2">
         <v>100</v>
       </c>
       <c r="L28" s="2">
         <v>275</v>
       </c>
       <c r="M28" s="2">
         <v>0</v>
       </c>
       <c r="N28" s="2">
         <v>375</v>
       </c>
     </row>
     <row r="29" spans="1:14">
       <c r="A29" s="2">
-        <v>122617</v>
+        <v>101723</v>
       </c>
       <c r="B29" s="2" t="s">
-        <v>106</v>
+        <v>104</v>
       </c>
       <c r="C29" s="2" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="D29" s="2"/>
       <c r="E29" s="2">
-        <v>7462</v>
+        <v>7098</v>
       </c>
       <c r="F29" s="2" t="s">
+        <v>37</v>
+      </c>
+      <c r="G29" s="2" t="s">
         <v>38</v>
       </c>
-      <c r="G29" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H29" s="2" t="s">
-        <v>93</v>
+        <v>106</v>
       </c>
       <c r="I29" s="2">
         <v>5</v>
       </c>
       <c r="J29" s="2">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="K29" s="2">
-        <v>100</v>
+        <v>70</v>
       </c>
       <c r="L29" s="2">
-        <v>275</v>
+        <v>200</v>
       </c>
       <c r="M29" s="2">
         <v>0</v>
       </c>
       <c r="N29" s="2">
-        <v>375</v>
+        <v>270</v>
       </c>
     </row>
     <row r="30" spans="1:14">
       <c r="A30" s="2">
         <v>118485</v>
       </c>
       <c r="B30" s="2" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="C30" s="2" t="s">
-        <v>61</v>
+        <v>64</v>
       </c>
       <c r="D30" s="2"/>
       <c r="E30" s="2">
         <v>7029</v>
       </c>
       <c r="F30" s="2" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="G30" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H30" s="2" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="I30" s="2">
         <v>5</v>
       </c>
       <c r="J30" s="2">
         <v>5</v>
       </c>
       <c r="K30" s="2">
         <v>120</v>
       </c>
       <c r="L30" s="2">
         <v>175</v>
       </c>
       <c r="M30" s="2">
         <v>0</v>
       </c>
       <c r="N30" s="2">
         <v>295</v>
       </c>
     </row>
     <row r="31" spans="1:14">
       <c r="A31" s="2">
-        <v>101723</v>
+        <v>113893</v>
       </c>
       <c r="B31" s="2" t="s">
+        <v>108</v>
+      </c>
+      <c r="C31" s="2" t="s">
         <v>109</v>
-      </c>
-[...1 lines deleted...]
-        <v>110</v>
       </c>
       <c r="D31" s="2"/>
       <c r="E31" s="2">
-        <v>7098</v>
+        <v>7316</v>
       </c>
       <c r="F31" s="2" t="s">
-        <v>16</v>
+        <v>110</v>
       </c>
       <c r="G31" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H31" s="2" t="s">
         <v>111</v>
       </c>
       <c r="I31" s="2">
         <v>5</v>
       </c>
       <c r="J31" s="2">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="K31" s="2">
         <v>70</v>
       </c>
       <c r="L31" s="2">
-        <v>200</v>
+        <v>175</v>
       </c>
       <c r="M31" s="2">
         <v>0</v>
       </c>
       <c r="N31" s="2">
-        <v>270</v>
+        <v>245</v>
       </c>
     </row>
     <row r="32" spans="1:14">
       <c r="A32" s="2">
-        <v>115614</v>
+        <v>101724</v>
       </c>
       <c r="B32" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="C32" s="2" t="s">
         <v>112</v>
-      </c>
-[...1 lines deleted...]
-        <v>113</v>
       </c>
       <c r="D32" s="2"/>
       <c r="E32" s="2">
-        <v>7228</v>
+        <v>7076</v>
       </c>
       <c r="F32" s="2" t="s">
-        <v>114</v>
+        <v>25</v>
       </c>
       <c r="G32" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H32" s="2" t="s">
-        <v>101</v>
+        <v>113</v>
       </c>
       <c r="I32" s="2">
         <v>6</v>
       </c>
       <c r="J32" s="2">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="K32" s="2">
         <v>70</v>
       </c>
       <c r="L32" s="2">
-        <v>130</v>
+        <v>75</v>
       </c>
       <c r="M32" s="2">
         <v>0</v>
       </c>
       <c r="N32" s="2">
-        <v>200</v>
+        <v>145</v>
       </c>
     </row>
     <row r="33" spans="1:14">
       <c r="A33" s="2">
-        <v>111782</v>
+        <v>109936</v>
       </c>
       <c r="B33" s="2" t="s">
-        <v>25</v>
+        <v>114</v>
       </c>
       <c r="C33" s="2" t="s">
-        <v>36</v>
+        <v>115</v>
       </c>
       <c r="D33" s="2"/>
       <c r="E33" s="2">
-        <v>7368</v>
-[...1 lines deleted...]
-      <c r="F33" s="2" t="s">
+        <v>7109</v>
+      </c>
+      <c r="F33" s="2"/>
+      <c r="G33" s="2" t="s">
         <v>38</v>
       </c>
-      <c r="G33" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H33" s="2" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="I33" s="2">
         <v>6</v>
       </c>
       <c r="J33" s="2">
         <v>6</v>
       </c>
       <c r="K33" s="2">
         <v>100</v>
       </c>
       <c r="L33" s="2">
         <v>250</v>
       </c>
       <c r="M33" s="2">
         <v>0</v>
       </c>
       <c r="N33" s="2">
         <v>350</v>
       </c>
     </row>
     <row r="34" spans="1:14">
       <c r="A34" s="2">
-        <v>118422</v>
+        <v>115614</v>
       </c>
       <c r="B34" s="2" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="C34" s="2" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="D34" s="2"/>
       <c r="E34" s="2">
-        <v>7181</v>
+        <v>7228</v>
       </c>
       <c r="F34" s="2" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="G34" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H34" s="2" t="s">
-        <v>119</v>
+        <v>97</v>
       </c>
       <c r="I34" s="2">
         <v>6</v>
       </c>
       <c r="J34" s="2">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="K34" s="2">
-        <v>0</v>
+        <v>70</v>
       </c>
       <c r="L34" s="2">
-        <v>0</v>
+        <v>130</v>
       </c>
       <c r="M34" s="2">
         <v>0</v>
       </c>
       <c r="N34" s="2">
-        <v>0</v>
+        <v>200</v>
       </c>
     </row>
     <row r="35" spans="1:14">
       <c r="A35" s="2">
-        <v>109936</v>
+        <v>111782</v>
       </c>
       <c r="B35" s="2" t="s">
-        <v>120</v>
+        <v>15</v>
       </c>
       <c r="C35" s="2" t="s">
-        <v>121</v>
+        <v>23</v>
       </c>
       <c r="D35" s="2"/>
       <c r="E35" s="2">
-        <v>7109</v>
-[...1 lines deleted...]
-      <c r="F35" s="2"/>
+        <v>7368</v>
+      </c>
+      <c r="F35" s="2" t="s">
+        <v>25</v>
+      </c>
       <c r="G35" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H35" s="2" t="s">
-        <v>122</v>
+        <v>120</v>
       </c>
       <c r="I35" s="2">
         <v>6</v>
       </c>
       <c r="J35" s="2">
         <v>6</v>
       </c>
       <c r="K35" s="2">
         <v>100</v>
       </c>
       <c r="L35" s="2">
         <v>250</v>
       </c>
       <c r="M35" s="2">
         <v>0</v>
       </c>
       <c r="N35" s="2">
         <v>350</v>
       </c>
     </row>
     <row r="36" spans="1:14">
       <c r="A36" s="2">
-        <v>101724</v>
+        <v>118422</v>
       </c>
       <c r="B36" s="2" t="s">
-        <v>25</v>
+        <v>121</v>
       </c>
       <c r="C36" s="2" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="D36" s="2"/>
       <c r="E36" s="2">
-        <v>7076</v>
+        <v>7181</v>
       </c>
       <c r="F36" s="2" t="s">
-        <v>38</v>
+        <v>123</v>
       </c>
       <c r="G36" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H36" s="2" t="s">
         <v>124</v>
       </c>
       <c r="I36" s="2">
         <v>6</v>
       </c>
       <c r="J36" s="2">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="K36" s="2">
-        <v>70</v>
+        <v>0</v>
       </c>
       <c r="L36" s="2">
-        <v>75</v>
+        <v>0</v>
       </c>
       <c r="M36" s="2">
         <v>0</v>
       </c>
       <c r="N36" s="2">
-        <v>145</v>
+        <v>0</v>
       </c>
     </row>
     <row r="37" spans="1:14">
       <c r="A37" s="2">
         <v>102021</v>
       </c>
       <c r="B37" s="2" t="s">
         <v>125</v>
       </c>
       <c r="C37" s="2" t="s">
         <v>125</v>
       </c>
       <c r="D37" s="2"/>
       <c r="E37" s="2">
         <v>7239</v>
       </c>
       <c r="F37" s="2" t="s">
         <v>126</v>
       </c>
       <c r="G37" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H37" s="2" t="s">
         <v>127</v>
       </c>
       <c r="I37" s="2">
         <v>7</v>
       </c>
       <c r="J37" s="2">
         <v>11</v>
       </c>
       <c r="K37" s="2">
         <v>70</v>
       </c>
       <c r="L37" s="2">
         <v>125</v>
       </c>
       <c r="M37" s="2">
         <v>0</v>
       </c>
       <c r="N37" s="2">
         <v>195</v>
       </c>
     </row>
     <row r="38" spans="1:14">
       <c r="A38" s="2">
         <v>122638</v>
       </c>
       <c r="B38" s="2"/>
       <c r="C38" s="2" t="s">
         <v>128</v>
       </c>
       <c r="D38" s="2"/>
       <c r="E38" s="2">
         <v>7239</v>
       </c>
       <c r="F38" s="2" t="s">
+        <v>25</v>
+      </c>
+      <c r="G38" s="2" t="s">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>17</v>
       </c>
       <c r="H38" s="2" t="s">
         <v>129</v>
       </c>
       <c r="I38" s="2">
         <v>7</v>
       </c>
       <c r="J38" s="2">
         <v>7</v>
       </c>
       <c r="K38" s="2">
         <v>100</v>
       </c>
       <c r="L38" s="2">
         <v>240</v>
       </c>
       <c r="M38" s="2">
         <v>0</v>
       </c>
       <c r="N38" s="2">
         <v>340</v>
       </c>
     </row>
     <row r="39" spans="1:14">
       <c r="A39" s="2">
         <v>122618</v>
       </c>
       <c r="B39" s="2" t="s">
         <v>130</v>
       </c>
       <c r="C39" s="2" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="D39" s="2"/>
       <c r="E39" s="2">
         <v>7091</v>
       </c>
       <c r="F39" s="2" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="G39" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H39" s="2" t="s">
         <v>131</v>
       </c>
       <c r="I39" s="2">
         <v>7</v>
       </c>
       <c r="J39" s="2">
         <v>7</v>
       </c>
       <c r="K39" s="2">
         <v>100</v>
       </c>
       <c r="L39" s="2">
         <v>240</v>
       </c>
       <c r="M39" s="2">
         <v>0</v>
       </c>
       <c r="N39" s="2">
         <v>340</v>
       </c>
     </row>
     <row r="40" spans="1:14">
       <c r="A40" s="2">
         <v>118486</v>
       </c>
       <c r="B40" s="2" t="s">
         <v>132</v>
       </c>
       <c r="C40" s="2" t="s">
         <v>133</v>
       </c>
       <c r="D40" s="2"/>
       <c r="E40" s="2">
         <v>7039</v>
       </c>
       <c r="F40" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G40" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H40" s="2" t="s">
         <v>134</v>
       </c>
       <c r="I40" s="2">
         <v>7</v>
       </c>
       <c r="J40" s="2">
         <v>7</v>
       </c>
       <c r="K40" s="2">
         <v>120</v>
       </c>
       <c r="L40" s="2">
         <v>145</v>
       </c>
       <c r="M40" s="2">
         <v>0</v>
       </c>
       <c r="N40" s="2">
         <v>265</v>
       </c>
     </row>
     <row r="41" spans="1:14">
       <c r="A41" s="2">
         <v>101725</v>
       </c>
       <c r="B41" s="2" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="C41" s="2" t="s">
         <v>135</v>
       </c>
       <c r="D41" s="2"/>
       <c r="E41" s="2">
         <v>7073</v>
       </c>
       <c r="F41" s="2" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="G41" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H41" s="2" t="s">
         <v>136</v>
       </c>
       <c r="I41" s="2">
         <v>7</v>
       </c>
       <c r="J41" s="2">
         <v>6</v>
       </c>
       <c r="K41" s="2">
         <v>70</v>
       </c>
       <c r="L41" s="2">
         <v>70</v>
       </c>
       <c r="M41" s="2">
         <v>0</v>
       </c>
       <c r="N41" s="2">
         <v>140</v>
       </c>
     </row>
     <row r="42" spans="1:14">
       <c r="A42" s="2">
         <v>122619</v>
       </c>
       <c r="B42" s="2" t="s">
         <v>78</v>
       </c>
       <c r="C42" s="2" t="s">
         <v>137</v>
       </c>
       <c r="D42" s="2"/>
       <c r="E42" s="2">
         <v>7452</v>
       </c>
       <c r="F42" s="2" t="s">
         <v>138</v>
       </c>
       <c r="G42" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H42" s="2" t="s">
         <v>139</v>
       </c>
       <c r="I42" s="2">
         <v>8</v>
       </c>
       <c r="J42" s="2">
         <v>8</v>
       </c>
       <c r="K42" s="2">
         <v>100</v>
       </c>
       <c r="L42" s="2">
         <v>230</v>
       </c>
       <c r="M42" s="2">
         <v>0</v>
       </c>
       <c r="N42" s="2">
         <v>330</v>
       </c>
     </row>
     <row r="43" spans="1:14">
       <c r="A43" s="2">
-        <v>118421</v>
+        <v>101726</v>
       </c>
       <c r="B43" s="2" t="s">
         <v>140</v>
       </c>
       <c r="C43" s="2" t="s">
-        <v>47</v>
+        <v>141</v>
       </c>
       <c r="D43" s="2"/>
       <c r="E43" s="2">
-        <v>7177</v>
+        <v>7006</v>
       </c>
       <c r="F43" s="2" t="s">
-        <v>38</v>
+        <v>119</v>
       </c>
       <c r="G43" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H43" s="2" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="I43" s="2">
         <v>8</v>
       </c>
       <c r="J43" s="2">
-        <v>1</v>
+        <v>7</v>
       </c>
       <c r="K43" s="2">
-        <v>0</v>
+        <v>70</v>
       </c>
       <c r="L43" s="2">
-        <v>0</v>
+        <v>65</v>
       </c>
       <c r="M43" s="2">
         <v>0</v>
       </c>
       <c r="N43" s="2">
-        <v>0</v>
+        <v>135</v>
       </c>
     </row>
     <row r="44" spans="1:14">
       <c r="A44" s="2">
-        <v>101726</v>
+        <v>118421</v>
       </c>
       <c r="B44" s="2" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="C44" s="2" t="s">
-        <v>143</v>
+        <v>40</v>
       </c>
       <c r="D44" s="2"/>
       <c r="E44" s="2">
-        <v>7006</v>
+        <v>7177</v>
       </c>
       <c r="F44" s="2" t="s">
-        <v>114</v>
+        <v>25</v>
       </c>
       <c r="G44" s="2" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="H44" s="2" t="s">
         <v>144</v>
       </c>
       <c r="I44" s="2">
         <v>8</v>
       </c>
       <c r="J44" s="2">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="K44" s="2">
-        <v>70</v>
+        <v>0</v>
       </c>
       <c r="L44" s="2">
-        <v>65</v>
+        <v>0</v>
       </c>
       <c r="M44" s="2">
         <v>0</v>
       </c>
       <c r="N44" s="2">
-        <v>135</v>
+        <v>0</v>
       </c>
     </row>
     <row r="45" spans="1:14">
       <c r="A45" s="2">
         <v>115615</v>
       </c>
       <c r="B45" s="2" t="s">
         <v>145</v>
       </c>
       <c r="C45" s="2" t="s">
         <v>146</v>
       </c>
       <c r="D45" s="2"/>
       <c r="E45" s="2">
         <v>7319</v>
       </c>
       <c r="F45" s="2" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="G45" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H45" s="2" t="s">
         <v>147</v>
       </c>
       <c r="I45" s="2">
         <v>8</v>
       </c>
       <c r="J45" s="2">
         <v>12</v>
       </c>
       <c r="K45" s="2">
         <v>70</v>
       </c>
       <c r="L45" s="2">
         <v>120</v>
       </c>
       <c r="M45" s="2">
         <v>0</v>
       </c>
       <c r="N45" s="2">
         <v>190</v>
       </c>
     </row>
     <row r="46" spans="1:14">
       <c r="A46" s="2">
         <v>121997</v>
       </c>
       <c r="B46" s="2"/>
       <c r="C46" s="2" t="s">
         <v>148</v>
       </c>
       <c r="D46" s="2"/>
       <c r="E46" s="2">
         <v>7333</v>
       </c>
       <c r="F46" s="2" t="s">
+        <v>25</v>
+      </c>
+      <c r="G46" s="2" t="s">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>17</v>
       </c>
       <c r="H46" s="2" t="s">
         <v>149</v>
       </c>
       <c r="I46" s="2">
         <v>8</v>
       </c>
       <c r="J46" s="2">
         <v>8</v>
       </c>
       <c r="K46" s="2">
         <v>100</v>
       </c>
       <c r="L46" s="2">
         <v>230</v>
       </c>
       <c r="M46" s="2">
         <v>0</v>
       </c>
       <c r="N46" s="2">
         <v>330</v>
       </c>
     </row>
     <row r="47" spans="1:14">
       <c r="A47" s="2">
-        <v>115629</v>
+        <v>105587</v>
       </c>
       <c r="B47" s="2" t="s">
         <v>150</v>
       </c>
       <c r="C47" s="2" t="s">
         <v>151</v>
       </c>
       <c r="D47" s="2"/>
       <c r="E47" s="2">
-        <v>7174</v>
+        <v>7273</v>
       </c>
       <c r="F47" s="2" t="s">
+        <v>110</v>
+      </c>
+      <c r="G47" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="H47" s="2" t="s">
         <v>152</v>
-      </c>
-[...4 lines deleted...]
-        <v>153</v>
       </c>
       <c r="I47" s="2">
         <v>9</v>
       </c>
       <c r="J47" s="2">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="K47" s="2">
-        <v>120</v>
+        <v>70</v>
       </c>
       <c r="L47" s="2">
-        <v>140</v>
+        <v>115</v>
       </c>
       <c r="M47" s="2">
         <v>0</v>
       </c>
       <c r="N47" s="2">
-        <v>260</v>
+        <v>185</v>
       </c>
     </row>
     <row r="48" spans="1:14">
       <c r="A48" s="2">
-        <v>122620</v>
+        <v>119113</v>
       </c>
       <c r="B48" s="2" t="s">
+        <v>153</v>
+      </c>
+      <c r="C48" s="2" t="s">
         <v>154</v>
-      </c>
-[...1 lines deleted...]
-        <v>155</v>
       </c>
       <c r="D48" s="2"/>
       <c r="E48" s="2">
-        <v>7474</v>
+        <v>7034</v>
       </c>
       <c r="F48" s="2" t="s">
-        <v>34</v>
+        <v>16</v>
       </c>
       <c r="G48" s="2" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="H48" s="2" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="I48" s="2">
         <v>9</v>
       </c>
       <c r="J48" s="2">
         <v>9</v>
       </c>
       <c r="K48" s="2">
         <v>100</v>
       </c>
       <c r="L48" s="2">
         <v>220</v>
       </c>
       <c r="M48" s="2">
         <v>0</v>
       </c>
       <c r="N48" s="2">
         <v>320</v>
       </c>
     </row>
     <row r="49" spans="1:14">
       <c r="A49" s="2">
-        <v>105587</v>
+        <v>101727</v>
       </c>
       <c r="B49" s="2" t="s">
+        <v>156</v>
+      </c>
+      <c r="C49" s="2" t="s">
         <v>157</v>
-      </c>
-[...1 lines deleted...]
-        <v>158</v>
       </c>
       <c r="D49" s="2"/>
       <c r="E49" s="2">
-        <v>7273</v>
+        <v>7019</v>
       </c>
       <c r="F49" s="2" t="s">
-        <v>96</v>
+        <v>119</v>
       </c>
       <c r="G49" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H49" s="2" t="s">
-        <v>159</v>
+        <v>158</v>
       </c>
       <c r="I49" s="2">
         <v>9</v>
       </c>
       <c r="J49" s="2">
-        <v>13</v>
+        <v>8</v>
       </c>
       <c r="K49" s="2">
         <v>70</v>
       </c>
       <c r="L49" s="2">
-        <v>115</v>
+        <v>60</v>
       </c>
       <c r="M49" s="2">
         <v>0</v>
       </c>
       <c r="N49" s="2">
-        <v>185</v>
+        <v>130</v>
       </c>
     </row>
     <row r="50" spans="1:14">
       <c r="A50" s="2">
-        <v>119113</v>
+        <v>115629</v>
       </c>
       <c r="B50" s="2" t="s">
+        <v>159</v>
+      </c>
+      <c r="C50" s="2" t="s">
         <v>160</v>
-      </c>
-[...1 lines deleted...]
-        <v>161</v>
       </c>
       <c r="D50" s="2"/>
       <c r="E50" s="2">
-        <v>7034</v>
+        <v>7174</v>
       </c>
       <c r="F50" s="2" t="s">
-        <v>26</v>
+        <v>161</v>
       </c>
       <c r="G50" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H50" s="2" t="s">
         <v>162</v>
       </c>
       <c r="I50" s="2">
         <v>9</v>
       </c>
       <c r="J50" s="2">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="K50" s="2">
-        <v>100</v>
+        <v>120</v>
       </c>
       <c r="L50" s="2">
-        <v>220</v>
+        <v>140</v>
       </c>
       <c r="M50" s="2">
         <v>0</v>
       </c>
       <c r="N50" s="2">
-        <v>320</v>
+        <v>260</v>
       </c>
     </row>
     <row r="51" spans="1:14">
       <c r="A51" s="2">
-        <v>101727</v>
+        <v>122620</v>
       </c>
       <c r="B51" s="2" t="s">
         <v>163</v>
       </c>
       <c r="C51" s="2" t="s">
         <v>164</v>
       </c>
       <c r="D51" s="2"/>
       <c r="E51" s="2">
-        <v>7019</v>
+        <v>7474</v>
       </c>
       <c r="F51" s="2" t="s">
-        <v>114</v>
+        <v>33</v>
       </c>
       <c r="G51" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H51" s="2" t="s">
         <v>165</v>
       </c>
       <c r="I51" s="2">
         <v>9</v>
       </c>
       <c r="J51" s="2">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="K51" s="2">
-        <v>70</v>
+        <v>100</v>
       </c>
       <c r="L51" s="2">
-        <v>60</v>
+        <v>220</v>
       </c>
       <c r="M51" s="2">
         <v>0</v>
       </c>
       <c r="N51" s="2">
-        <v>130</v>
+        <v>320</v>
       </c>
     </row>
     <row r="52" spans="1:14">
       <c r="A52" s="2">
-        <v>108298</v>
+        <v>105154</v>
       </c>
       <c r="B52" s="2" t="s">
         <v>166</v>
       </c>
       <c r="C52" s="2" t="s">
-        <v>167</v>
+        <v>15</v>
       </c>
       <c r="D52" s="2"/>
       <c r="E52" s="2">
-        <v>7480</v>
+        <v>7327</v>
       </c>
       <c r="F52" s="2" t="s">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="G52" s="2" t="s">
-        <v>17</v>
+        <v>38</v>
       </c>
       <c r="H52" s="2" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="I52" s="2">
         <v>10</v>
       </c>
       <c r="J52" s="2">
-        <v>10</v>
+        <v>2</v>
       </c>
       <c r="K52" s="2">
-        <v>100</v>
+        <v>70</v>
       </c>
       <c r="L52" s="2">
-        <v>210</v>
+        <v>250</v>
       </c>
       <c r="M52" s="2">
         <v>0</v>
       </c>
       <c r="N52" s="2">
-        <v>310</v>
+        <v>320</v>
       </c>
     </row>
     <row r="53" spans="1:14">
       <c r="A53" s="2">
         <v>122621</v>
       </c>
       <c r="B53" s="2" t="s">
+        <v>168</v>
+      </c>
+      <c r="C53" s="2" t="s">
         <v>169</v>
-      </c>
-[...1 lines deleted...]
-        <v>170</v>
       </c>
       <c r="D53" s="2"/>
       <c r="E53" s="2">
         <v>7082</v>
       </c>
       <c r="F53" s="2" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="G53" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H53" s="2" t="s">
-        <v>171</v>
+        <v>170</v>
       </c>
       <c r="I53" s="2">
         <v>10</v>
       </c>
       <c r="J53" s="2">
         <v>10</v>
       </c>
       <c r="K53" s="2">
         <v>100</v>
       </c>
       <c r="L53" s="2">
         <v>210</v>
       </c>
       <c r="M53" s="2">
         <v>0</v>
       </c>
       <c r="N53" s="2">
         <v>310</v>
       </c>
     </row>
     <row r="54" spans="1:14">
       <c r="A54" s="2">
         <v>101728</v>
       </c>
       <c r="B54" s="2" t="s">
+        <v>171</v>
+      </c>
+      <c r="C54" s="2" t="s">
         <v>172</v>
-      </c>
-[...1 lines deleted...]
-        <v>173</v>
       </c>
       <c r="D54" s="2"/>
       <c r="E54" s="2">
         <v>7133</v>
       </c>
       <c r="F54" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G54" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H54" s="2" t="s">
-        <v>174</v>
+        <v>173</v>
       </c>
       <c r="I54" s="2">
         <v>10</v>
       </c>
       <c r="J54" s="2">
         <v>9</v>
       </c>
       <c r="K54" s="2">
         <v>70</v>
       </c>
       <c r="L54" s="2">
         <v>55</v>
       </c>
       <c r="M54" s="2">
         <v>0</v>
       </c>
       <c r="N54" s="2">
         <v>125</v>
       </c>
     </row>
     <row r="55" spans="1:14">
       <c r="A55" s="2">
-        <v>105154</v>
+        <v>118487</v>
       </c>
       <c r="B55" s="2" t="s">
+        <v>174</v>
+      </c>
+      <c r="C55" s="2" t="s">
         <v>175</v>
-      </c>
-[...1 lines deleted...]
-        <v>25</v>
       </c>
       <c r="D55" s="2"/>
       <c r="E55" s="2">
-        <v>7327</v>
+        <v>7165</v>
       </c>
       <c r="F55" s="2" t="s">
-        <v>38</v>
+        <v>21</v>
       </c>
       <c r="G55" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H55" s="2" t="s">
         <v>176</v>
       </c>
       <c r="I55" s="2">
         <v>10</v>
       </c>
       <c r="J55" s="2">
-        <v>2</v>
+        <v>9</v>
       </c>
       <c r="K55" s="2">
-        <v>70</v>
+        <v>120</v>
       </c>
       <c r="L55" s="2">
-        <v>250</v>
+        <v>135</v>
       </c>
       <c r="M55" s="2">
         <v>0</v>
       </c>
       <c r="N55" s="2">
-        <v>320</v>
+        <v>255</v>
       </c>
     </row>
     <row r="56" spans="1:14">
       <c r="A56" s="2">
-        <v>118487</v>
+        <v>108298</v>
       </c>
       <c r="B56" s="2" t="s">
         <v>177</v>
       </c>
       <c r="C56" s="2" t="s">
         <v>178</v>
       </c>
       <c r="D56" s="2"/>
       <c r="E56" s="2">
-        <v>7165</v>
+        <v>7480</v>
       </c>
       <c r="F56" s="2" t="s">
-        <v>21</v>
+        <v>29</v>
       </c>
       <c r="G56" s="2" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="H56" s="2" t="s">
         <v>179</v>
       </c>
       <c r="I56" s="2">
         <v>10</v>
       </c>
       <c r="J56" s="2">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="K56" s="2">
-        <v>120</v>
+        <v>100</v>
       </c>
       <c r="L56" s="2">
-        <v>135</v>
+        <v>210</v>
       </c>
       <c r="M56" s="2">
         <v>0</v>
       </c>
       <c r="N56" s="2">
-        <v>255</v>
+        <v>310</v>
       </c>
     </row>
     <row r="57" spans="1:14">
       <c r="A57" s="2">
-        <v>122622</v>
+        <v>118488</v>
       </c>
       <c r="B57" s="2" t="s">
         <v>180</v>
       </c>
       <c r="C57" s="2" t="s">
         <v>181</v>
       </c>
       <c r="D57" s="2"/>
       <c r="E57" s="2">
-        <v>7326</v>
+        <v>7025</v>
       </c>
       <c r="F57" s="2" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="G57" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H57" s="2" t="s">
         <v>182</v>
       </c>
       <c r="I57" s="2">
         <v>11</v>
       </c>
       <c r="J57" s="2">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="K57" s="2">
-        <v>100</v>
+        <v>120</v>
       </c>
       <c r="L57" s="2">
-        <v>200</v>
+        <v>130</v>
       </c>
       <c r="M57" s="2">
         <v>0</v>
       </c>
       <c r="N57" s="2">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="58" spans="1:14">
       <c r="A58" s="2">
-        <v>101729</v>
+        <v>105586</v>
       </c>
       <c r="B58" s="2" t="s">
         <v>183</v>
       </c>
       <c r="C58" s="2" t="s">
         <v>184</v>
       </c>
       <c r="D58" s="2"/>
       <c r="E58" s="2">
-        <v>7008</v>
+        <v>7285</v>
       </c>
       <c r="F58" s="2" t="s">
-        <v>26</v>
+        <v>96</v>
       </c>
       <c r="G58" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H58" s="2" t="s">
         <v>185</v>
       </c>
       <c r="I58" s="2">
         <v>11</v>
       </c>
       <c r="J58" s="2">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="K58" s="2">
         <v>70</v>
       </c>
       <c r="L58" s="2">
-        <v>50</v>
+        <v>110</v>
       </c>
       <c r="M58" s="2">
         <v>0</v>
       </c>
       <c r="N58" s="2">
-        <v>120</v>
+        <v>180</v>
       </c>
     </row>
     <row r="59" spans="1:14">
       <c r="A59" s="2">
-        <v>118488</v>
-[...1 lines deleted...]
-      <c r="B59" s="2" t="s">
+        <v>122000</v>
+      </c>
+      <c r="B59" s="2"/>
+      <c r="C59" s="2" t="s">
         <v>186</v>
-      </c>
-[...1 lines deleted...]
-        <v>187</v>
       </c>
       <c r="D59" s="2"/>
       <c r="E59" s="2">
-        <v>7025</v>
+        <v>7322</v>
       </c>
       <c r="F59" s="2" t="s">
+        <v>25</v>
+      </c>
+      <c r="G59" s="2" t="s">
         <v>38</v>
       </c>
-      <c r="G59" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H59" s="2" t="s">
-        <v>188</v>
+        <v>187</v>
       </c>
       <c r="I59" s="2">
         <v>11</v>
       </c>
       <c r="J59" s="2">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="K59" s="2">
-        <v>120</v>
+        <v>100</v>
       </c>
       <c r="L59" s="2">
-        <v>130</v>
+        <v>200</v>
       </c>
       <c r="M59" s="2">
         <v>0</v>
       </c>
       <c r="N59" s="2">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="60" spans="1:14">
       <c r="A60" s="2">
-        <v>105586</v>
+        <v>101729</v>
       </c>
       <c r="B60" s="2" t="s">
+        <v>188</v>
+      </c>
+      <c r="C60" s="2" t="s">
         <v>189</v>
-      </c>
-[...1 lines deleted...]
-        <v>190</v>
       </c>
       <c r="D60" s="2"/>
       <c r="E60" s="2">
-        <v>7285</v>
+        <v>7008</v>
       </c>
       <c r="F60" s="2" t="s">
-        <v>100</v>
+        <v>16</v>
       </c>
       <c r="G60" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H60" s="2" t="s">
-        <v>191</v>
+        <v>190</v>
       </c>
       <c r="I60" s="2">
         <v>11</v>
       </c>
       <c r="J60" s="2">
-        <v>14</v>
+        <v>10</v>
       </c>
       <c r="K60" s="2">
         <v>70</v>
       </c>
       <c r="L60" s="2">
-        <v>110</v>
+        <v>50</v>
       </c>
       <c r="M60" s="2">
         <v>0</v>
       </c>
       <c r="N60" s="2">
-        <v>180</v>
+        <v>120</v>
       </c>
     </row>
     <row r="61" spans="1:14">
       <c r="A61" s="2">
-        <v>122000</v>
-[...1 lines deleted...]
-      <c r="B61" s="2"/>
+        <v>122622</v>
+      </c>
+      <c r="B61" s="2" t="s">
+        <v>191</v>
+      </c>
       <c r="C61" s="2" t="s">
         <v>192</v>
       </c>
       <c r="D61" s="2"/>
       <c r="E61" s="2">
-        <v>7322</v>
+        <v>7326</v>
       </c>
       <c r="F61" s="2" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="G61" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H61" s="2" t="s">
         <v>193</v>
       </c>
       <c r="I61" s="2">
         <v>11</v>
       </c>
       <c r="J61" s="2">
         <v>11</v>
       </c>
       <c r="K61" s="2">
         <v>100</v>
       </c>
       <c r="L61" s="2">
         <v>200</v>
       </c>
       <c r="M61" s="2">
         <v>0</v>
       </c>
       <c r="N61" s="2">
         <v>300</v>
       </c>
     </row>
     <row r="62" spans="1:14">
       <c r="A62" s="2">
-        <v>122639</v>
+        <v>101730</v>
       </c>
       <c r="B62" s="2" t="s">
         <v>194</v>
       </c>
       <c r="C62" s="2" t="s">
         <v>195</v>
       </c>
       <c r="D62" s="2"/>
       <c r="E62" s="2">
-        <v>7010</v>
+        <v>7130</v>
       </c>
       <c r="F62" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G62" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="H62" s="2" t="s">
         <v>196</v>
-      </c>
-[...4 lines deleted...]
-        <v>197</v>
       </c>
       <c r="I62" s="2">
         <v>12</v>
       </c>
       <c r="J62" s="2">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="K62" s="2">
-        <v>100</v>
+        <v>70</v>
       </c>
       <c r="L62" s="2">
-        <v>190</v>
+        <v>45</v>
       </c>
       <c r="M62" s="2">
         <v>0</v>
       </c>
       <c r="N62" s="2">
-        <v>290</v>
+        <v>115</v>
       </c>
     </row>
     <row r="63" spans="1:14">
       <c r="A63" s="2">
-        <v>101730</v>
+        <v>115627</v>
       </c>
       <c r="B63" s="2" t="s">
+        <v>197</v>
+      </c>
+      <c r="C63" s="2" t="s">
         <v>198</v>
-      </c>
-[...1 lines deleted...]
-        <v>199</v>
       </c>
       <c r="D63" s="2"/>
       <c r="E63" s="2">
-        <v>7130</v>
+        <v>7156</v>
       </c>
       <c r="F63" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G63" s="2" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="H63" s="2" t="s">
-        <v>200</v>
+        <v>199</v>
       </c>
       <c r="I63" s="2">
         <v>12</v>
       </c>
       <c r="J63" s="2">
-        <v>11</v>
+        <v>2</v>
       </c>
       <c r="K63" s="2">
-        <v>70</v>
+        <v>120</v>
       </c>
       <c r="L63" s="2">
-        <v>45</v>
+        <v>250</v>
       </c>
       <c r="M63" s="2">
         <v>0</v>
       </c>
       <c r="N63" s="2">
-        <v>115</v>
+        <v>370</v>
       </c>
     </row>
     <row r="64" spans="1:14">
       <c r="A64" s="2">
-        <v>115627</v>
+        <v>122623</v>
       </c>
       <c r="B64" s="2" t="s">
+        <v>200</v>
+      </c>
+      <c r="C64" s="2" t="s">
         <v>201</v>
-      </c>
-[...1 lines deleted...]
-        <v>202</v>
       </c>
       <c r="D64" s="2"/>
       <c r="E64" s="2">
-        <v>7156</v>
+        <v>7324</v>
       </c>
       <c r="F64" s="2" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="G64" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H64" s="2" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="I64" s="2">
         <v>12</v>
       </c>
       <c r="J64" s="2">
-        <v>2</v>
+        <v>12</v>
       </c>
       <c r="K64" s="2">
-        <v>120</v>
+        <v>100</v>
       </c>
       <c r="L64" s="2">
-        <v>250</v>
+        <v>190</v>
       </c>
       <c r="M64" s="2">
         <v>0</v>
       </c>
       <c r="N64" s="2">
-        <v>370</v>
+        <v>290</v>
       </c>
     </row>
     <row r="65" spans="1:14">
       <c r="A65" s="2">
-        <v>122623</v>
+        <v>115617</v>
       </c>
       <c r="B65" s="2" t="s">
+        <v>203</v>
+      </c>
+      <c r="C65" s="2" t="s">
         <v>204</v>
-      </c>
-[...1 lines deleted...]
-        <v>205</v>
       </c>
       <c r="D65" s="2"/>
       <c r="E65" s="2">
-        <v>7324</v>
+        <v>7307</v>
       </c>
       <c r="F65" s="2" t="s">
-        <v>38</v>
+        <v>138</v>
       </c>
       <c r="G65" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H65" s="2" t="s">
-        <v>206</v>
+        <v>205</v>
       </c>
       <c r="I65" s="2">
         <v>12</v>
       </c>
       <c r="J65" s="2">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="K65" s="2">
-        <v>100</v>
+        <v>70</v>
       </c>
       <c r="L65" s="2">
-        <v>190</v>
+        <v>105</v>
       </c>
       <c r="M65" s="2">
         <v>0</v>
       </c>
       <c r="N65" s="2">
-        <v>290</v>
+        <v>175</v>
       </c>
     </row>
     <row r="66" spans="1:14">
       <c r="A66" s="2">
-        <v>115617</v>
+        <v>122639</v>
       </c>
       <c r="B66" s="2" t="s">
+        <v>206</v>
+      </c>
+      <c r="C66" s="2" t="s">
         <v>207</v>
-      </c>
-[...1 lines deleted...]
-        <v>208</v>
       </c>
       <c r="D66" s="2"/>
       <c r="E66" s="2">
-        <v>7307</v>
+        <v>7010</v>
       </c>
       <c r="F66" s="2" t="s">
-        <v>138</v>
+        <v>208</v>
       </c>
       <c r="G66" s="2" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="H66" s="2" t="s">
         <v>209</v>
       </c>
       <c r="I66" s="2">
         <v>12</v>
       </c>
       <c r="J66" s="2">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="K66" s="2">
-        <v>70</v>
+        <v>100</v>
       </c>
       <c r="L66" s="2">
-        <v>105</v>
+        <v>190</v>
       </c>
       <c r="M66" s="2">
         <v>0</v>
       </c>
       <c r="N66" s="2">
-        <v>175</v>
+        <v>290</v>
       </c>
     </row>
     <row r="67" spans="1:14">
       <c r="A67" s="2">
-        <v>118489</v>
-[...1 lines deleted...]
-      <c r="B67" s="2" t="s">
+        <v>122641</v>
+      </c>
+      <c r="B67" s="2"/>
+      <c r="C67" s="2" t="s">
         <v>210</v>
-      </c>
-[...1 lines deleted...]
-        <v>211</v>
       </c>
       <c r="D67" s="2"/>
       <c r="E67" s="2">
-        <v>7026</v>
+        <v>7484</v>
       </c>
       <c r="F67" s="2" t="s">
+        <v>25</v>
+      </c>
+      <c r="G67" s="2" t="s">
         <v>38</v>
       </c>
-      <c r="G67" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H67" s="2" t="s">
-        <v>212</v>
+        <v>211</v>
       </c>
       <c r="I67" s="2">
         <v>13</v>
       </c>
       <c r="J67" s="2">
-        <v>3</v>
+        <v>13</v>
       </c>
       <c r="K67" s="2">
-        <v>120</v>
+        <v>100</v>
       </c>
       <c r="L67" s="2">
-        <v>225</v>
+        <v>180</v>
       </c>
       <c r="M67" s="2">
         <v>0</v>
       </c>
       <c r="N67" s="2">
-        <v>345</v>
+        <v>280</v>
       </c>
     </row>
     <row r="68" spans="1:14">
       <c r="A68" s="2">
-        <v>101731</v>
+        <v>115618</v>
       </c>
       <c r="B68" s="2" t="s">
-        <v>25</v>
+        <v>212</v>
       </c>
       <c r="C68" s="2" t="s">
         <v>213</v>
       </c>
       <c r="D68" s="2"/>
       <c r="E68" s="2">
-        <v>7077</v>
+        <v>7215</v>
       </c>
       <c r="F68" s="2" t="s">
-        <v>38</v>
+        <v>214</v>
       </c>
       <c r="G68" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H68" s="2" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="I68" s="2">
         <v>13</v>
       </c>
       <c r="J68" s="2">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="K68" s="2">
         <v>70</v>
       </c>
       <c r="L68" s="2">
-        <v>40</v>
+        <v>100</v>
       </c>
       <c r="M68" s="2">
         <v>0</v>
       </c>
       <c r="N68" s="2">
-        <v>110</v>
+        <v>170</v>
       </c>
     </row>
     <row r="69" spans="1:14">
       <c r="A69" s="2">
-        <v>122641</v>
-[...1 lines deleted...]
-      <c r="B69" s="2"/>
+        <v>122624</v>
+      </c>
+      <c r="B69" s="2" t="s">
+        <v>216</v>
+      </c>
       <c r="C69" s="2" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
       <c r="D69" s="2"/>
       <c r="E69" s="2">
-        <v>7484</v>
+        <v>7461</v>
       </c>
       <c r="F69" s="2" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="G69" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H69" s="2" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="I69" s="2">
         <v>13</v>
       </c>
       <c r="J69" s="2">
         <v>13</v>
       </c>
       <c r="K69" s="2">
         <v>100</v>
       </c>
       <c r="L69" s="2">
         <v>180</v>
       </c>
       <c r="M69" s="2">
         <v>0</v>
       </c>
       <c r="N69" s="2">
         <v>280</v>
       </c>
     </row>
     <row r="70" spans="1:14">
       <c r="A70" s="2">
-        <v>115618</v>
+        <v>101731</v>
       </c>
       <c r="B70" s="2" t="s">
-        <v>217</v>
+        <v>15</v>
       </c>
       <c r="C70" s="2" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="D70" s="2"/>
       <c r="E70" s="2">
-        <v>7215</v>
+        <v>7077</v>
       </c>
       <c r="F70" s="2" t="s">
-        <v>219</v>
+        <v>25</v>
       </c>
       <c r="G70" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H70" s="2" t="s">
         <v>220</v>
       </c>
       <c r="I70" s="2">
         <v>13</v>
       </c>
       <c r="J70" s="2">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="K70" s="2">
         <v>70</v>
       </c>
       <c r="L70" s="2">
-        <v>100</v>
+        <v>40</v>
       </c>
       <c r="M70" s="2">
         <v>0</v>
       </c>
       <c r="N70" s="2">
-        <v>170</v>
+        <v>110</v>
       </c>
     </row>
     <row r="71" spans="1:14">
       <c r="A71" s="2">
-        <v>122624</v>
+        <v>118489</v>
       </c>
       <c r="B71" s="2" t="s">
         <v>221</v>
       </c>
       <c r="C71" s="2" t="s">
         <v>222</v>
       </c>
       <c r="D71" s="2"/>
       <c r="E71" s="2">
-        <v>7461</v>
+        <v>7026</v>
       </c>
       <c r="F71" s="2" t="s">
+        <v>25</v>
+      </c>
+      <c r="G71" s="2" t="s">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>22</v>
       </c>
       <c r="H71" s="2" t="s">
         <v>223</v>
       </c>
       <c r="I71" s="2">
         <v>13</v>
       </c>
       <c r="J71" s="2">
-        <v>13</v>
+        <v>3</v>
       </c>
       <c r="K71" s="2">
-        <v>100</v>
+        <v>120</v>
       </c>
       <c r="L71" s="2">
-        <v>180</v>
+        <v>225</v>
       </c>
       <c r="M71" s="2">
         <v>0</v>
       </c>
       <c r="N71" s="2">
-        <v>280</v>
+        <v>345</v>
       </c>
     </row>
     <row r="72" spans="1:14">
       <c r="A72" s="2">
         <v>122625</v>
       </c>
       <c r="B72" s="2" t="s">
         <v>224</v>
       </c>
       <c r="C72" s="2" t="s">
         <v>225</v>
       </c>
       <c r="D72" s="2"/>
       <c r="E72" s="2">
         <v>7465</v>
       </c>
       <c r="F72" s="2" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="G72" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H72" s="2" t="s">
         <v>226</v>
       </c>
       <c r="I72" s="2">
         <v>14</v>
       </c>
       <c r="J72" s="2">
         <v>14</v>
       </c>
       <c r="K72" s="2">
         <v>100</v>
       </c>
       <c r="L72" s="2">
         <v>170</v>
       </c>
       <c r="M72" s="2">
         <v>0</v>
       </c>
       <c r="N72" s="2">
         <v>270</v>
       </c>
     </row>
     <row r="73" spans="1:14">
       <c r="A73" s="2">
-        <v>115619</v>
+        <v>101732</v>
       </c>
       <c r="B73" s="2" t="s">
         <v>227</v>
       </c>
       <c r="C73" s="2" t="s">
         <v>228</v>
       </c>
       <c r="D73" s="2"/>
       <c r="E73" s="2">
-        <v>7315</v>
+        <v>7121</v>
       </c>
       <c r="F73" s="2" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="G73" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H73" s="2" t="s">
         <v>229</v>
       </c>
       <c r="I73" s="2">
         <v>14</v>
       </c>
       <c r="J73" s="2">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="K73" s="2">
         <v>70</v>
       </c>
       <c r="L73" s="2">
-        <v>99</v>
+        <v>35</v>
       </c>
       <c r="M73" s="2">
         <v>0</v>
       </c>
       <c r="N73" s="2">
-        <v>169</v>
+        <v>105</v>
       </c>
     </row>
     <row r="74" spans="1:14">
       <c r="A74" s="2">
-        <v>101732</v>
+        <v>118490</v>
       </c>
       <c r="B74" s="2" t="s">
         <v>230</v>
       </c>
       <c r="C74" s="2" t="s">
         <v>231</v>
       </c>
       <c r="D74" s="2"/>
       <c r="E74" s="2">
-        <v>7121</v>
+        <v>7155</v>
       </c>
       <c r="F74" s="2" t="s">
-        <v>38</v>
+        <v>21</v>
       </c>
       <c r="G74" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H74" s="2" t="s">
         <v>232</v>
       </c>
       <c r="I74" s="2">
         <v>14</v>
       </c>
       <c r="J74" s="2">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="K74" s="2">
-        <v>70</v>
+        <v>120</v>
       </c>
       <c r="L74" s="2">
-        <v>35</v>
+        <v>125</v>
       </c>
       <c r="M74" s="2">
         <v>0</v>
       </c>
       <c r="N74" s="2">
-        <v>105</v>
+        <v>245</v>
       </c>
     </row>
     <row r="75" spans="1:14">
       <c r="A75" s="2">
         <v>122642</v>
       </c>
       <c r="B75" s="2"/>
       <c r="C75" s="2" t="s">
         <v>233</v>
       </c>
       <c r="D75" s="2"/>
       <c r="E75" s="2">
         <v>7276</v>
       </c>
       <c r="F75" s="2" t="s">
+        <v>25</v>
+      </c>
+      <c r="G75" s="2" t="s">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>17</v>
       </c>
       <c r="H75" s="2" t="s">
         <v>234</v>
       </c>
       <c r="I75" s="2">
         <v>14</v>
       </c>
       <c r="J75" s="2">
         <v>14</v>
       </c>
       <c r="K75" s="2">
         <v>100</v>
       </c>
       <c r="L75" s="2">
         <v>170</v>
       </c>
       <c r="M75" s="2">
         <v>0</v>
       </c>
       <c r="N75" s="2">
         <v>270</v>
       </c>
     </row>
     <row r="76" spans="1:14">
       <c r="A76" s="2">
-        <v>118490</v>
+        <v>115619</v>
       </c>
       <c r="B76" s="2" t="s">
         <v>235</v>
       </c>
       <c r="C76" s="2" t="s">
         <v>236</v>
       </c>
       <c r="D76" s="2"/>
       <c r="E76" s="2">
-        <v>7155</v>
+        <v>7315</v>
       </c>
       <c r="F76" s="2" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="G76" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H76" s="2" t="s">
         <v>237</v>
       </c>
       <c r="I76" s="2">
         <v>14</v>
       </c>
       <c r="J76" s="2">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="K76" s="2">
-        <v>120</v>
+        <v>70</v>
       </c>
       <c r="L76" s="2">
-        <v>125</v>
+        <v>99</v>
       </c>
       <c r="M76" s="2">
         <v>0</v>
       </c>
       <c r="N76" s="2">
-        <v>245</v>
+        <v>169</v>
       </c>
     </row>
     <row r="77" spans="1:14">
       <c r="A77" s="2">
         <v>101733</v>
       </c>
       <c r="B77" s="2" t="s">
         <v>238</v>
       </c>
       <c r="C77" s="2" t="s">
         <v>239</v>
       </c>
       <c r="D77" s="2"/>
       <c r="E77" s="2">
         <v>7090</v>
       </c>
       <c r="F77" s="2" t="s">
-        <v>76</v>
+        <v>72</v>
       </c>
       <c r="G77" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H77" s="2" t="s">
         <v>240</v>
       </c>
       <c r="I77" s="2">
         <v>15</v>
       </c>
       <c r="J77" s="2">
         <v>14</v>
       </c>
       <c r="K77" s="2">
         <v>70</v>
       </c>
       <c r="L77" s="2">
         <v>30</v>
       </c>
       <c r="M77" s="2">
         <v>0</v>
       </c>
       <c r="N77" s="2">
         <v>100</v>
       </c>
     </row>
     <row r="78" spans="1:14">
       <c r="A78" s="2">
         <v>118491</v>
       </c>
       <c r="B78" s="2" t="s">
         <v>241</v>
       </c>
       <c r="C78" s="2" t="s">
         <v>242</v>
       </c>
       <c r="D78" s="2"/>
       <c r="E78" s="2">
         <v>7089</v>
       </c>
       <c r="F78" s="2" t="s">
+        <v>25</v>
+      </c>
+      <c r="G78" s="2" t="s">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>17</v>
       </c>
       <c r="H78" s="2" t="s">
         <v>243</v>
       </c>
       <c r="I78" s="2">
         <v>15</v>
       </c>
       <c r="J78" s="2">
         <v>4</v>
       </c>
       <c r="K78" s="2">
         <v>120</v>
       </c>
       <c r="L78" s="2">
         <v>200</v>
       </c>
       <c r="M78" s="2">
         <v>0</v>
       </c>
       <c r="N78" s="2">
         <v>320</v>
       </c>
     </row>
     <row r="79" spans="1:14">
       <c r="A79" s="2">
         <v>122626</v>
       </c>
       <c r="B79" s="2" t="s">
         <v>244</v>
       </c>
       <c r="C79" s="2" t="s">
-        <v>107</v>
+        <v>103</v>
       </c>
       <c r="D79" s="2"/>
       <c r="E79" s="2">
         <v>7303</v>
       </c>
       <c r="F79" s="2" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="G79" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H79" s="2" t="s">
         <v>245</v>
       </c>
       <c r="I79" s="2">
         <v>15</v>
       </c>
       <c r="J79" s="2">
         <v>15</v>
       </c>
       <c r="K79" s="2">
         <v>100</v>
       </c>
       <c r="L79" s="2">
         <v>160</v>
       </c>
       <c r="M79" s="2">
         <v>0</v>
       </c>
       <c r="N79" s="2">
         <v>260</v>
       </c>
     </row>
     <row r="80" spans="1:14">
       <c r="A80" s="2">
         <v>108756</v>
       </c>
       <c r="B80" s="2" t="s">
         <v>246</v>
       </c>
       <c r="C80" s="2" t="s">
         <v>247</v>
       </c>
       <c r="D80" s="2"/>
       <c r="E80" s="2">
         <v>7076</v>
       </c>
       <c r="F80" s="2" t="s">
-        <v>42</v>
+        <v>55</v>
       </c>
       <c r="G80" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H80" s="2" t="s">
         <v>248</v>
       </c>
       <c r="I80" s="2">
         <v>15</v>
       </c>
       <c r="J80" s="2">
         <v>18</v>
       </c>
       <c r="K80" s="2">
         <v>70</v>
       </c>
       <c r="L80" s="2">
         <v>98</v>
       </c>
       <c r="M80" s="2">
         <v>0</v>
       </c>
       <c r="N80" s="2">
         <v>168</v>
       </c>
     </row>
     <row r="81" spans="1:14">
       <c r="A81" s="2">
         <v>102160</v>
       </c>
       <c r="B81" s="2" t="s">
         <v>249</v>
       </c>
       <c r="C81" s="2" t="s">
         <v>250</v>
       </c>
       <c r="D81" s="2"/>
       <c r="E81" s="2">
         <v>7471</v>
       </c>
       <c r="F81" s="2" t="s">
         <v>68</v>
       </c>
       <c r="G81" s="2" t="s">
-        <v>17</v>
+        <v>38</v>
       </c>
       <c r="H81" s="2" t="s">
         <v>251</v>
       </c>
       <c r="I81" s="2">
         <v>15</v>
       </c>
       <c r="J81" s="2">
         <v>15</v>
       </c>
       <c r="K81" s="2">
         <v>100</v>
       </c>
       <c r="L81" s="2">
         <v>160</v>
       </c>
       <c r="M81" s="2">
         <v>0</v>
       </c>
       <c r="N81" s="2">
         <v>260</v>
       </c>
     </row>
     <row r="82" spans="1:14">
       <c r="A82" s="2">
-        <v>105349</v>
+        <v>101734</v>
       </c>
       <c r="B82" s="2" t="s">
         <v>252</v>
       </c>
       <c r="C82" s="2" t="s">
-        <v>253</v>
+        <v>46</v>
       </c>
       <c r="D82" s="2"/>
       <c r="E82" s="2">
-        <v>7287</v>
+        <v>7113</v>
       </c>
       <c r="F82" s="2" t="s">
-        <v>26</v>
+        <v>253</v>
       </c>
       <c r="G82" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H82" s="2" t="s">
         <v>254</v>
       </c>
       <c r="I82" s="2">
         <v>16</v>
       </c>
       <c r="J82" s="2">
-        <v>19</v>
+        <v>15</v>
       </c>
       <c r="K82" s="2">
         <v>70</v>
       </c>
       <c r="L82" s="2">
-        <v>97</v>
+        <v>25</v>
       </c>
       <c r="M82" s="2">
         <v>0</v>
       </c>
       <c r="N82" s="2">
-        <v>167</v>
+        <v>95</v>
       </c>
     </row>
     <row r="83" spans="1:14">
       <c r="A83" s="2">
-        <v>101734</v>
+        <v>118492</v>
       </c>
       <c r="B83" s="2" t="s">
         <v>255</v>
       </c>
       <c r="C83" s="2" t="s">
-        <v>53</v>
+        <v>15</v>
       </c>
       <c r="D83" s="2"/>
       <c r="E83" s="2">
-        <v>7113</v>
+        <v>7023</v>
       </c>
       <c r="F83" s="2" t="s">
+        <v>25</v>
+      </c>
+      <c r="G83" s="2" t="s">
+        <v>38</v>
+      </c>
+      <c r="H83" s="2" t="s">
         <v>256</v>
-      </c>
-[...4 lines deleted...]
-        <v>257</v>
       </c>
       <c r="I83" s="2">
         <v>16</v>
       </c>
       <c r="J83" s="2">
-        <v>15</v>
+        <v>5</v>
       </c>
       <c r="K83" s="2">
-        <v>70</v>
+        <v>120</v>
       </c>
       <c r="L83" s="2">
-        <v>25</v>
+        <v>175</v>
       </c>
       <c r="M83" s="2">
         <v>0</v>
       </c>
       <c r="N83" s="2">
-        <v>95</v>
+        <v>295</v>
       </c>
     </row>
     <row r="84" spans="1:14">
       <c r="A84" s="2">
-        <v>118492</v>
+        <v>122627</v>
       </c>
       <c r="B84" s="2" t="s">
+        <v>257</v>
+      </c>
+      <c r="C84" s="2" t="s">
         <v>258</v>
-      </c>
-[...1 lines deleted...]
-        <v>25</v>
       </c>
       <c r="D84" s="2"/>
       <c r="E84" s="2">
-        <v>7023</v>
+        <v>7378</v>
       </c>
       <c r="F84" s="2" t="s">
-        <v>38</v>
+        <v>21</v>
       </c>
       <c r="G84" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H84" s="2" t="s">
         <v>259</v>
       </c>
       <c r="I84" s="2">
         <v>16</v>
       </c>
       <c r="J84" s="2">
-        <v>5</v>
+        <v>16</v>
       </c>
       <c r="K84" s="2">
-        <v>120</v>
+        <v>100</v>
       </c>
       <c r="L84" s="2">
-        <v>175</v>
+        <v>150</v>
       </c>
       <c r="M84" s="2">
         <v>0</v>
       </c>
       <c r="N84" s="2">
-        <v>295</v>
+        <v>250</v>
       </c>
     </row>
     <row r="85" spans="1:14">
       <c r="A85" s="2">
-        <v>122643</v>
-[...1 lines deleted...]
-      <c r="B85" s="2"/>
+        <v>105349</v>
+      </c>
+      <c r="B85" s="2" t="s">
+        <v>260</v>
+      </c>
       <c r="C85" s="2" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="D85" s="2"/>
       <c r="E85" s="2">
-        <v>7204</v>
+        <v>7287</v>
       </c>
       <c r="F85" s="2" t="s">
-        <v>38</v>
+        <v>16</v>
       </c>
       <c r="G85" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H85" s="2" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="I85" s="2">
         <v>16</v>
       </c>
       <c r="J85" s="2">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="K85" s="2">
-        <v>100</v>
+        <v>70</v>
       </c>
       <c r="L85" s="2">
-        <v>150</v>
+        <v>97</v>
       </c>
       <c r="M85" s="2">
         <v>0</v>
       </c>
       <c r="N85" s="2">
-        <v>250</v>
+        <v>167</v>
       </c>
     </row>
     <row r="86" spans="1:14">
       <c r="A86" s="2">
-        <v>122627</v>
-[...3 lines deleted...]
-      </c>
+        <v>122643</v>
+      </c>
+      <c r="B86" s="2"/>
       <c r="C86" s="2" t="s">
         <v>263</v>
       </c>
       <c r="D86" s="2"/>
       <c r="E86" s="2">
-        <v>7378</v>
+        <v>7204</v>
       </c>
       <c r="F86" s="2" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="G86" s="2" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="H86" s="2" t="s">
         <v>264</v>
       </c>
       <c r="I86" s="2">
         <v>16</v>
       </c>
       <c r="J86" s="2">
         <v>16</v>
       </c>
       <c r="K86" s="2">
         <v>100</v>
       </c>
       <c r="L86" s="2">
         <v>150</v>
       </c>
       <c r="M86" s="2">
         <v>0</v>
       </c>
       <c r="N86" s="2">
         <v>250</v>
       </c>
     </row>
     <row r="87" spans="1:14">
       <c r="A87" s="2">
-        <v>119118</v>
+        <v>115621</v>
       </c>
       <c r="B87" s="2" t="s">
         <v>265</v>
       </c>
       <c r="C87" s="2" t="s">
-        <v>266</v>
+        <v>201</v>
       </c>
       <c r="D87" s="2"/>
       <c r="E87" s="2">
-        <v>7161</v>
+        <v>7209</v>
       </c>
       <c r="F87" s="2" t="s">
-        <v>16</v>
+        <v>25</v>
       </c>
       <c r="G87" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H87" s="2" t="s">
-        <v>267</v>
+        <v>266</v>
       </c>
       <c r="I87" s="2">
         <v>17</v>
       </c>
       <c r="J87" s="2">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="K87" s="2">
-        <v>100</v>
+        <v>70</v>
       </c>
       <c r="L87" s="2">
-        <v>140</v>
+        <v>96</v>
       </c>
       <c r="M87" s="2">
         <v>0</v>
       </c>
       <c r="N87" s="2">
-        <v>240</v>
+        <v>166</v>
       </c>
     </row>
     <row r="88" spans="1:14">
       <c r="A88" s="2">
-        <v>118493</v>
+        <v>119118</v>
       </c>
       <c r="B88" s="2" t="s">
+        <v>267</v>
+      </c>
+      <c r="C88" s="2" t="s">
         <v>268</v>
-      </c>
-[...1 lines deleted...]
-        <v>269</v>
       </c>
       <c r="D88" s="2"/>
       <c r="E88" s="2">
-        <v>7168</v>
+        <v>7161</v>
       </c>
       <c r="F88" s="2" t="s">
-        <v>118</v>
+        <v>37</v>
       </c>
       <c r="G88" s="2" t="s">
-        <v>17</v>
+        <v>38</v>
       </c>
       <c r="H88" s="2" t="s">
-        <v>270</v>
+        <v>269</v>
       </c>
       <c r="I88" s="2">
         <v>17</v>
       </c>
       <c r="J88" s="2">
-        <v>6</v>
+        <v>17</v>
       </c>
       <c r="K88" s="2">
-        <v>120</v>
+        <v>100</v>
       </c>
       <c r="L88" s="2">
-        <v>150</v>
+        <v>140</v>
       </c>
       <c r="M88" s="2">
         <v>0</v>
       </c>
       <c r="N88" s="2">
-        <v>270</v>
+        <v>240</v>
       </c>
     </row>
     <row r="89" spans="1:14">
       <c r="A89" s="2">
-        <v>115621</v>
+        <v>118493</v>
       </c>
       <c r="B89" s="2" t="s">
+        <v>270</v>
+      </c>
+      <c r="C89" s="2" t="s">
         <v>271</v>
-      </c>
-[...1 lines deleted...]
-        <v>205</v>
       </c>
       <c r="D89" s="2"/>
       <c r="E89" s="2">
-        <v>7209</v>
+        <v>7168</v>
       </c>
       <c r="F89" s="2" t="s">
+        <v>123</v>
+      </c>
+      <c r="G89" s="2" t="s">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>22</v>
       </c>
       <c r="H89" s="2" t="s">
         <v>272</v>
       </c>
       <c r="I89" s="2">
         <v>17</v>
       </c>
       <c r="J89" s="2">
-        <v>20</v>
+        <v>6</v>
       </c>
       <c r="K89" s="2">
-        <v>70</v>
+        <v>120</v>
       </c>
       <c r="L89" s="2">
-        <v>96</v>
+        <v>150</v>
       </c>
       <c r="M89" s="2">
         <v>0</v>
       </c>
       <c r="N89" s="2">
-        <v>166</v>
+        <v>270</v>
       </c>
     </row>
     <row r="90" spans="1:14">
       <c r="A90" s="2">
         <v>101735</v>
       </c>
       <c r="B90" s="2" t="s">
         <v>273</v>
       </c>
       <c r="C90" s="2" t="s">
         <v>274</v>
       </c>
       <c r="D90" s="2"/>
       <c r="E90" s="2">
         <v>7004</v>
       </c>
       <c r="F90" s="2" t="s">
-        <v>118</v>
+        <v>123</v>
       </c>
       <c r="G90" s="2" t="s">
-        <v>17</v>
+        <v>38</v>
       </c>
       <c r="H90" s="2" t="s">
         <v>275</v>
       </c>
       <c r="I90" s="2">
         <v>17</v>
       </c>
       <c r="J90" s="2">
         <v>2</v>
       </c>
       <c r="K90" s="2">
         <v>70</v>
       </c>
       <c r="L90" s="2">
         <v>150</v>
       </c>
       <c r="M90" s="2">
         <v>0</v>
       </c>
       <c r="N90" s="2">
         <v>220</v>
       </c>
     </row>
     <row r="91" spans="1:14">
       <c r="A91" s="2">
         <v>121978</v>
       </c>
       <c r="B91" s="2" t="s">
         <v>276</v>
       </c>
       <c r="C91" s="2" t="s">
         <v>277</v>
       </c>
       <c r="D91" s="2"/>
       <c r="E91" s="2">
         <v>7192</v>
       </c>
       <c r="F91" s="2" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="G91" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H91" s="2" t="s">
         <v>278</v>
       </c>
       <c r="I91" s="2">
         <v>17</v>
       </c>
       <c r="J91" s="2">
         <v>17</v>
       </c>
       <c r="K91" s="2">
         <v>100</v>
       </c>
       <c r="L91" s="2">
         <v>140</v>
       </c>
       <c r="M91" s="2">
         <v>0</v>
       </c>
       <c r="N91" s="2">
         <v>240</v>
       </c>
     </row>
     <row r="92" spans="1:14">
       <c r="A92" s="2">
-        <v>118494</v>
+        <v>122628</v>
       </c>
       <c r="B92" s="2" t="s">
         <v>279</v>
       </c>
       <c r="C92" s="2" t="s">
-        <v>25</v>
+        <v>280</v>
       </c>
       <c r="D92" s="2"/>
       <c r="E92" s="2">
-        <v>7059</v>
+        <v>7175</v>
       </c>
       <c r="F92" s="2" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="G92" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H92" s="2" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="I92" s="2">
         <v>18</v>
       </c>
       <c r="J92" s="2">
-        <v>7</v>
+        <v>18</v>
       </c>
       <c r="K92" s="2">
-        <v>120</v>
+        <v>100</v>
       </c>
       <c r="L92" s="2">
-        <v>145</v>
+        <v>130</v>
       </c>
       <c r="M92" s="2">
         <v>0</v>
       </c>
       <c r="N92" s="2">
-        <v>265</v>
+        <v>230</v>
       </c>
     </row>
     <row r="93" spans="1:14">
       <c r="A93" s="2">
-        <v>122628</v>
-[...3 lines deleted...]
-      </c>
+        <v>122645</v>
+      </c>
+      <c r="B93" s="2"/>
       <c r="C93" s="2" t="s">
         <v>282</v>
       </c>
       <c r="D93" s="2"/>
       <c r="E93" s="2">
-        <v>7175</v>
+        <v>7237</v>
       </c>
       <c r="F93" s="2" t="s">
+        <v>25</v>
+      </c>
+      <c r="G93" s="2" t="s">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>22</v>
       </c>
       <c r="H93" s="2" t="s">
         <v>283</v>
       </c>
       <c r="I93" s="2">
         <v>18</v>
       </c>
       <c r="J93" s="2">
         <v>18</v>
       </c>
       <c r="K93" s="2">
         <v>100</v>
       </c>
       <c r="L93" s="2">
         <v>130</v>
       </c>
       <c r="M93" s="2">
         <v>0</v>
       </c>
       <c r="N93" s="2">
         <v>230</v>
       </c>
     </row>
     <row r="94" spans="1:14">
       <c r="A94" s="2">
-        <v>122645</v>
-[...1 lines deleted...]
-      <c r="B94" s="2"/>
+        <v>101736</v>
+      </c>
+      <c r="B94" s="2" t="s">
+        <v>284</v>
+      </c>
       <c r="C94" s="2" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="D94" s="2"/>
       <c r="E94" s="2">
-        <v>7237</v>
+        <v>7125</v>
       </c>
       <c r="F94" s="2" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="G94" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H94" s="2" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="I94" s="2">
         <v>18</v>
       </c>
       <c r="J94" s="2">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="K94" s="2">
-        <v>100</v>
+        <v>70</v>
       </c>
       <c r="L94" s="2">
-        <v>130</v>
+        <v>24</v>
       </c>
       <c r="M94" s="2">
         <v>0</v>
       </c>
       <c r="N94" s="2">
-        <v>230</v>
+        <v>94</v>
       </c>
     </row>
     <row r="95" spans="1:14">
       <c r="A95" s="2">
-        <v>101736</v>
+        <v>115622</v>
       </c>
       <c r="B95" s="2" t="s">
-        <v>286</v>
+        <v>121</v>
       </c>
       <c r="C95" s="2" t="s">
         <v>287</v>
       </c>
       <c r="D95" s="2"/>
       <c r="E95" s="2">
-        <v>7125</v>
+        <v>7226</v>
       </c>
       <c r="F95" s="2" t="s">
-        <v>38</v>
+        <v>21</v>
       </c>
       <c r="G95" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H95" s="2" t="s">
         <v>288</v>
       </c>
       <c r="I95" s="2">
         <v>18</v>
       </c>
       <c r="J95" s="2">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="K95" s="2">
         <v>70</v>
       </c>
       <c r="L95" s="2">
-        <v>24</v>
+        <v>90</v>
       </c>
       <c r="M95" s="2">
         <v>0</v>
       </c>
       <c r="N95" s="2">
-        <v>94</v>
+        <v>160</v>
       </c>
     </row>
     <row r="96" spans="1:14">
       <c r="A96" s="2">
-        <v>115622</v>
+        <v>118494</v>
       </c>
       <c r="B96" s="2" t="s">
-        <v>116</v>
+        <v>289</v>
       </c>
       <c r="C96" s="2" t="s">
-        <v>289</v>
+        <v>15</v>
       </c>
       <c r="D96" s="2"/>
       <c r="E96" s="2">
-        <v>7226</v>
+        <v>7059</v>
       </c>
       <c r="F96" s="2" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="G96" s="2" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="H96" s="2" t="s">
         <v>290</v>
       </c>
       <c r="I96" s="2">
         <v>18</v>
       </c>
       <c r="J96" s="2">
-        <v>21</v>
+        <v>7</v>
       </c>
       <c r="K96" s="2">
-        <v>70</v>
+        <v>120</v>
       </c>
       <c r="L96" s="2">
-        <v>90</v>
+        <v>145</v>
       </c>
       <c r="M96" s="2">
         <v>0</v>
       </c>
       <c r="N96" s="2">
-        <v>160</v>
+        <v>265</v>
       </c>
     </row>
     <row r="97" spans="1:14">
       <c r="A97" s="2">
-        <v>118534</v>
+        <v>101737</v>
       </c>
       <c r="B97" s="2" t="s">
         <v>291</v>
       </c>
       <c r="C97" s="2" t="s">
         <v>292</v>
       </c>
       <c r="D97" s="2"/>
       <c r="E97" s="2">
-        <v>7370</v>
+        <v>7013</v>
       </c>
       <c r="F97" s="2" t="s">
-        <v>26</v>
+        <v>68</v>
       </c>
       <c r="G97" s="2" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="H97" s="2" t="s">
         <v>293</v>
       </c>
       <c r="I97" s="2">
         <v>19</v>
       </c>
       <c r="J97" s="2">
-        <v>19</v>
+        <v>3</v>
       </c>
       <c r="K97" s="2">
-        <v>100</v>
+        <v>70</v>
       </c>
       <c r="L97" s="2">
-        <v>120</v>
+        <v>125</v>
       </c>
       <c r="M97" s="2">
         <v>0</v>
       </c>
       <c r="N97" s="2">
-        <v>220</v>
+        <v>195</v>
       </c>
     </row>
     <row r="98" spans="1:14">
       <c r="A98" s="2">
-        <v>101737</v>
-[...1 lines deleted...]
-      <c r="B98" s="2" t="s">
+        <v>122646</v>
+      </c>
+      <c r="B98" s="2"/>
+      <c r="C98" s="2" t="s">
         <v>294</v>
-      </c>
-[...1 lines deleted...]
-        <v>295</v>
       </c>
       <c r="D98" s="2"/>
       <c r="E98" s="2">
-        <v>7013</v>
+        <v>7184</v>
       </c>
       <c r="F98" s="2" t="s">
-        <v>68</v>
+        <v>25</v>
       </c>
       <c r="G98" s="2" t="s">
-        <v>17</v>
+        <v>38</v>
       </c>
       <c r="H98" s="2" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="I98" s="2">
         <v>19</v>
       </c>
       <c r="J98" s="2">
-        <v>3</v>
+        <v>19</v>
       </c>
       <c r="K98" s="2">
-        <v>70</v>
+        <v>100</v>
       </c>
       <c r="L98" s="2">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="M98" s="2">
         <v>0</v>
       </c>
       <c r="N98" s="2">
-        <v>195</v>
+        <v>220</v>
       </c>
     </row>
     <row r="99" spans="1:14">
       <c r="A99" s="2">
-        <v>122646</v>
-[...1 lines deleted...]
-      <c r="B99" s="2"/>
+        <v>114371</v>
+      </c>
+      <c r="B99" s="2" t="s">
+        <v>296</v>
+      </c>
       <c r="C99" s="2" t="s">
         <v>297</v>
       </c>
       <c r="D99" s="2"/>
       <c r="E99" s="2">
-        <v>7184</v>
+        <v>7199</v>
       </c>
       <c r="F99" s="2" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="G99" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H99" s="2" t="s">
         <v>298</v>
       </c>
       <c r="I99" s="2">
         <v>19</v>
       </c>
       <c r="J99" s="2">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="K99" s="2">
-        <v>100</v>
+        <v>70</v>
       </c>
       <c r="L99" s="2">
-        <v>120</v>
+        <v>89</v>
       </c>
       <c r="M99" s="2">
         <v>0</v>
       </c>
       <c r="N99" s="2">
-        <v>220</v>
+        <v>159</v>
       </c>
     </row>
     <row r="100" spans="1:14">
       <c r="A100" s="2">
-        <v>114371</v>
+        <v>118534</v>
       </c>
       <c r="B100" s="2" t="s">
         <v>299</v>
       </c>
       <c r="C100" s="2" t="s">
         <v>300</v>
       </c>
       <c r="D100" s="2"/>
       <c r="E100" s="2">
-        <v>7199</v>
+        <v>7370</v>
       </c>
       <c r="F100" s="2" t="s">
-        <v>38</v>
+        <v>16</v>
       </c>
       <c r="G100" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H100" s="2" t="s">
         <v>301</v>
       </c>
       <c r="I100" s="2">
         <v>19</v>
       </c>
       <c r="J100" s="2">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="K100" s="2">
-        <v>70</v>
+        <v>100</v>
       </c>
       <c r="L100" s="2">
-        <v>89</v>
+        <v>120</v>
       </c>
       <c r="M100" s="2">
         <v>0</v>
       </c>
       <c r="N100" s="2">
-        <v>159</v>
+        <v>220</v>
       </c>
     </row>
     <row r="101" spans="1:14">
       <c r="A101" s="2">
-        <v>115624</v>
+        <v>101738</v>
       </c>
       <c r="B101" s="2" t="s">
         <v>302</v>
       </c>
       <c r="C101" s="2" t="s">
-        <v>107</v>
+        <v>303</v>
       </c>
       <c r="D101" s="2"/>
       <c r="E101" s="2">
-        <v>7011</v>
+        <v>7095</v>
       </c>
       <c r="F101" s="2" t="s">
+        <v>126</v>
+      </c>
+      <c r="G101" s="2" t="s">
         <v>38</v>
       </c>
-      <c r="G101" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H101" s="2" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="I101" s="2">
         <v>20</v>
       </c>
       <c r="J101" s="2">
-        <v>23</v>
+        <v>4</v>
       </c>
       <c r="K101" s="2">
         <v>70</v>
       </c>
       <c r="L101" s="2">
-        <v>88</v>
+        <v>100</v>
       </c>
       <c r="M101" s="2">
         <v>0</v>
       </c>
       <c r="N101" s="2">
-        <v>158</v>
+        <v>170</v>
       </c>
     </row>
     <row r="102" spans="1:14">
       <c r="A102" s="2">
-        <v>101738</v>
+        <v>122647</v>
       </c>
       <c r="B102" s="2" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="C102" s="2" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="D102" s="2"/>
       <c r="E102" s="2">
-        <v>7095</v>
+        <v>7224</v>
       </c>
       <c r="F102" s="2" t="s">
-        <v>126</v>
+        <v>16</v>
       </c>
       <c r="G102" s="2" t="s">
-        <v>17</v>
+        <v>38</v>
       </c>
       <c r="H102" s="2" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="I102" s="2">
         <v>20</v>
       </c>
       <c r="J102" s="2">
-        <v>4</v>
+        <v>20</v>
       </c>
       <c r="K102" s="2">
-        <v>70</v>
+        <v>100</v>
       </c>
       <c r="L102" s="2">
-        <v>100</v>
+        <v>110</v>
       </c>
       <c r="M102" s="2">
         <v>0</v>
       </c>
       <c r="N102" s="2">
-        <v>170</v>
+        <v>210</v>
       </c>
     </row>
     <row r="103" spans="1:14">
       <c r="A103" s="2">
         <v>122629</v>
       </c>
       <c r="B103" s="2" t="s">
-        <v>123</v>
+        <v>112</v>
       </c>
       <c r="C103" s="2" t="s">
-        <v>282</v>
+        <v>280</v>
       </c>
       <c r="D103" s="2"/>
       <c r="E103" s="2">
         <v>7240</v>
       </c>
       <c r="F103" s="2" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="G103" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H103" s="2" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="I103" s="2">
         <v>20</v>
       </c>
       <c r="J103" s="2">
         <v>20</v>
       </c>
       <c r="K103" s="2">
         <v>100</v>
       </c>
       <c r="L103" s="2">
         <v>110</v>
       </c>
       <c r="M103" s="2">
         <v>0</v>
       </c>
       <c r="N103" s="2">
         <v>210</v>
       </c>
     </row>
     <row r="104" spans="1:14">
       <c r="A104" s="2">
-        <v>122647</v>
+        <v>115624</v>
       </c>
       <c r="B104" s="2" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="C104" s="2" t="s">
-        <v>309</v>
+        <v>103</v>
       </c>
       <c r="D104" s="2"/>
       <c r="E104" s="2">
-        <v>7224</v>
+        <v>7011</v>
       </c>
       <c r="F104" s="2" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="G104" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H104" s="2" t="s">
         <v>310</v>
       </c>
       <c r="I104" s="2">
         <v>20</v>
       </c>
       <c r="J104" s="2">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="K104" s="2">
-        <v>100</v>
+        <v>70</v>
       </c>
       <c r="L104" s="2">
-        <v>110</v>
+        <v>88</v>
       </c>
       <c r="M104" s="2">
         <v>0</v>
       </c>
       <c r="N104" s="2">
-        <v>210</v>
+        <v>158</v>
       </c>
     </row>
     <row r="105" spans="1:14">
       <c r="A105" s="2">
-        <v>122648</v>
-[...1 lines deleted...]
-      <c r="B105" s="2"/>
+        <v>122630</v>
+      </c>
+      <c r="B105" s="2" t="s">
+        <v>311</v>
+      </c>
       <c r="C105" s="2" t="s">
-        <v>311</v>
+        <v>201</v>
       </c>
       <c r="D105" s="2"/>
       <c r="E105" s="2">
-        <v>7317</v>
+        <v>7316</v>
       </c>
       <c r="F105" s="2" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="G105" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H105" s="2" t="s">
         <v>312</v>
       </c>
       <c r="I105" s="2">
         <v>21</v>
       </c>
       <c r="J105" s="2">
         <v>21</v>
       </c>
       <c r="K105" s="2">
         <v>100</v>
       </c>
       <c r="L105" s="2">
         <v>100</v>
       </c>
       <c r="M105" s="2">
         <v>0</v>
       </c>
       <c r="N105" s="2">
         <v>200</v>
       </c>
     </row>
     <row r="106" spans="1:14">
       <c r="A106" s="2">
-        <v>122630</v>
+        <v>115625</v>
       </c>
       <c r="B106" s="2" t="s">
         <v>313</v>
       </c>
       <c r="C106" s="2" t="s">
-        <v>205</v>
+        <v>201</v>
       </c>
       <c r="D106" s="2"/>
       <c r="E106" s="2">
-        <v>7316</v>
+        <v>7159</v>
       </c>
       <c r="F106" s="2" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="G106" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H106" s="2" t="s">
         <v>314</v>
       </c>
       <c r="I106" s="2">
         <v>21</v>
       </c>
       <c r="J106" s="2">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="K106" s="2">
-        <v>100</v>
+        <v>70</v>
       </c>
       <c r="L106" s="2">
-        <v>100</v>
+        <v>87</v>
       </c>
       <c r="M106" s="2">
         <v>0</v>
       </c>
       <c r="N106" s="2">
-        <v>200</v>
+        <v>157</v>
       </c>
     </row>
     <row r="107" spans="1:14">
       <c r="A107" s="2">
-        <v>115625</v>
+        <v>101739</v>
       </c>
       <c r="B107" s="2" t="s">
         <v>315</v>
       </c>
       <c r="C107" s="2" t="s">
-        <v>205</v>
+        <v>316</v>
       </c>
       <c r="D107" s="2"/>
       <c r="E107" s="2">
-        <v>7159</v>
+        <v>7091</v>
       </c>
       <c r="F107" s="2" t="s">
-        <v>38</v>
+        <v>72</v>
       </c>
       <c r="G107" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H107" s="2" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="I107" s="2">
         <v>21</v>
       </c>
       <c r="J107" s="2">
-        <v>24</v>
+        <v>17</v>
       </c>
       <c r="K107" s="2">
         <v>70</v>
       </c>
       <c r="L107" s="2">
-        <v>87</v>
+        <v>23</v>
       </c>
       <c r="M107" s="2">
         <v>0</v>
       </c>
       <c r="N107" s="2">
-        <v>157</v>
+        <v>93</v>
       </c>
     </row>
     <row r="108" spans="1:14">
       <c r="A108" s="2">
-        <v>101739</v>
-[...3 lines deleted...]
-      </c>
+        <v>122648</v>
+      </c>
+      <c r="B108" s="2"/>
       <c r="C108" s="2" t="s">
         <v>318</v>
       </c>
       <c r="D108" s="2"/>
       <c r="E108" s="2">
-        <v>7091</v>
+        <v>7317</v>
       </c>
       <c r="F108" s="2" t="s">
-        <v>76</v>
+        <v>25</v>
       </c>
       <c r="G108" s="2" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="H108" s="2" t="s">
         <v>319</v>
       </c>
       <c r="I108" s="2">
         <v>21</v>
       </c>
       <c r="J108" s="2">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="K108" s="2">
-        <v>70</v>
+        <v>100</v>
       </c>
       <c r="L108" s="2">
-        <v>23</v>
+        <v>100</v>
       </c>
       <c r="M108" s="2">
         <v>0</v>
       </c>
       <c r="N108" s="2">
-        <v>93</v>
+        <v>200</v>
       </c>
     </row>
     <row r="109" spans="1:14">
       <c r="A109" s="2">
         <v>122649</v>
       </c>
       <c r="B109" s="2"/>
       <c r="C109" s="2" t="s">
         <v>320</v>
       </c>
       <c r="D109" s="2"/>
       <c r="E109" s="2">
         <v>7233</v>
       </c>
       <c r="F109" s="2" t="s">
+        <v>25</v>
+      </c>
+      <c r="G109" s="2" t="s">
         <v>38</v>
       </c>
-      <c r="G109" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H109" s="2" t="s">
-        <v>312</v>
+        <v>319</v>
       </c>
       <c r="I109" s="2">
         <v>22</v>
       </c>
       <c r="J109" s="2">
         <v>22</v>
       </c>
       <c r="K109" s="2">
         <v>100</v>
       </c>
       <c r="L109" s="2">
         <v>90</v>
       </c>
       <c r="M109" s="2">
         <v>0</v>
       </c>
       <c r="N109" s="2">
         <v>190</v>
       </c>
     </row>
     <row r="110" spans="1:14">
       <c r="A110" s="2">
         <v>122631</v>
       </c>
       <c r="B110" s="2"/>
       <c r="C110" s="2" t="s">
         <v>321</v>
       </c>
       <c r="D110" s="2"/>
       <c r="E110" s="2">
         <v>7436</v>
       </c>
       <c r="F110" s="2" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="G110" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H110" s="2" t="s">
         <v>322</v>
       </c>
       <c r="I110" s="2">
         <v>22</v>
       </c>
       <c r="J110" s="2">
         <v>22</v>
       </c>
       <c r="K110" s="2">
         <v>100</v>
       </c>
       <c r="L110" s="2">
         <v>90</v>
       </c>
       <c r="M110" s="2">
         <v>0</v>
       </c>
       <c r="N110" s="2">
         <v>190</v>
       </c>
     </row>
     <row r="111" spans="1:14">
       <c r="A111" s="2">
         <v>101740</v>
       </c>
       <c r="B111" s="2" t="s">
         <v>323</v>
       </c>
       <c r="C111" s="2" t="s">
         <v>324</v>
       </c>
       <c r="D111" s="2"/>
       <c r="E111" s="2">
         <v>7057</v>
       </c>
       <c r="F111" s="2" t="s">
-        <v>104</v>
+        <v>100</v>
       </c>
       <c r="G111" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H111" s="2" t="s">
         <v>325</v>
       </c>
       <c r="I111" s="2">
         <v>22</v>
       </c>
       <c r="J111" s="2">
         <v>18</v>
       </c>
       <c r="K111" s="2">
         <v>70</v>
       </c>
       <c r="L111" s="2">
         <v>22</v>
       </c>
       <c r="M111" s="2">
         <v>0</v>
       </c>
       <c r="N111" s="2">
         <v>92</v>
       </c>
     </row>
     <row r="112" spans="1:14">
       <c r="A112" s="2">
         <v>115626</v>
       </c>
       <c r="B112" s="2" t="s">
         <v>326</v>
       </c>
       <c r="C112" s="2" t="s">
         <v>225</v>
       </c>
       <c r="D112" s="2"/>
       <c r="E112" s="2">
         <v>7064</v>
       </c>
       <c r="F112" s="2" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="G112" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H112" s="2" t="s">
         <v>327</v>
       </c>
       <c r="I112" s="2">
         <v>22</v>
       </c>
       <c r="J112" s="2">
         <v>25</v>
       </c>
       <c r="K112" s="2">
         <v>70</v>
       </c>
       <c r="L112" s="2">
         <v>86</v>
       </c>
       <c r="M112" s="2">
         <v>0</v>
       </c>
       <c r="N112" s="2">
         <v>156</v>
       </c>
     </row>
     <row r="113" spans="1:14">
       <c r="A113" s="2">
-        <v>101741</v>
+        <v>115627</v>
       </c>
       <c r="B113" s="2" t="s">
-        <v>328</v>
+        <v>197</v>
       </c>
       <c r="C113" s="2" t="s">
-        <v>329</v>
+        <v>198</v>
       </c>
       <c r="D113" s="2"/>
       <c r="E113" s="2">
-        <v>7104</v>
+        <v>7297</v>
       </c>
       <c r="F113" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G113" s="2" t="s">
         <v>38</v>
       </c>
-      <c r="G113" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H113" s="2" t="s">
-        <v>330</v>
+        <v>328</v>
       </c>
       <c r="I113" s="2">
         <v>23</v>
       </c>
       <c r="J113" s="2">
-        <v>19</v>
+        <v>3</v>
       </c>
       <c r="K113" s="2">
         <v>70</v>
       </c>
       <c r="L113" s="2">
-        <v>21</v>
+        <v>225</v>
       </c>
       <c r="M113" s="2">
         <v>0</v>
       </c>
       <c r="N113" s="2">
-        <v>91</v>
+        <v>295</v>
       </c>
     </row>
     <row r="114" spans="1:14">
       <c r="A114" s="2">
-        <v>115627</v>
-[...3 lines deleted...]
-      </c>
+        <v>122633</v>
+      </c>
+      <c r="B114" s="2"/>
       <c r="C114" s="2" t="s">
-        <v>202</v>
+        <v>329</v>
       </c>
       <c r="D114" s="2"/>
       <c r="E114" s="2">
-        <v>7297</v>
+        <v>7187</v>
       </c>
       <c r="F114" s="2" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="G114" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H114" s="2" t="s">
-        <v>331</v>
+        <v>330</v>
       </c>
       <c r="I114" s="2">
         <v>23</v>
       </c>
       <c r="J114" s="2">
-        <v>3</v>
+        <v>23</v>
       </c>
       <c r="K114" s="2">
-        <v>70</v>
+        <v>100</v>
       </c>
       <c r="L114" s="2">
-        <v>225</v>
+        <v>80</v>
       </c>
       <c r="M114" s="2">
         <v>0</v>
       </c>
       <c r="N114" s="2">
-        <v>295</v>
+        <v>180</v>
       </c>
     </row>
     <row r="115" spans="1:14">
       <c r="A115" s="2">
-        <v>122633</v>
+        <v>122650</v>
       </c>
       <c r="B115" s="2"/>
       <c r="C115" s="2" t="s">
-        <v>332</v>
+        <v>331</v>
       </c>
       <c r="D115" s="2"/>
       <c r="E115" s="2">
-        <v>7187</v>
+        <v>7308</v>
       </c>
       <c r="F115" s="2" t="s">
+        <v>25</v>
+      </c>
+      <c r="G115" s="2" t="s">
         <v>38</v>
       </c>
-      <c r="G115" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H115" s="2" t="s">
-        <v>333</v>
+        <v>332</v>
       </c>
       <c r="I115" s="2">
         <v>23</v>
       </c>
       <c r="J115" s="2">
         <v>23</v>
       </c>
       <c r="K115" s="2">
         <v>100</v>
       </c>
       <c r="L115" s="2">
         <v>80</v>
       </c>
       <c r="M115" s="2">
         <v>0</v>
       </c>
       <c r="N115" s="2">
         <v>180</v>
       </c>
     </row>
     <row r="116" spans="1:14">
       <c r="A116" s="2">
-        <v>122650</v>
-[...1 lines deleted...]
-      <c r="B116" s="2"/>
+        <v>101741</v>
+      </c>
+      <c r="B116" s="2" t="s">
+        <v>333</v>
+      </c>
       <c r="C116" s="2" t="s">
         <v>334</v>
       </c>
       <c r="D116" s="2"/>
       <c r="E116" s="2">
-        <v>7308</v>
+        <v>7104</v>
       </c>
       <c r="F116" s="2" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="G116" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H116" s="2" t="s">
         <v>335</v>
       </c>
       <c r="I116" s="2">
         <v>23</v>
       </c>
       <c r="J116" s="2">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="K116" s="2">
-        <v>100</v>
+        <v>70</v>
       </c>
       <c r="L116" s="2">
-        <v>80</v>
+        <v>21</v>
       </c>
       <c r="M116" s="2">
         <v>0</v>
       </c>
       <c r="N116" s="2">
-        <v>180</v>
+        <v>91</v>
       </c>
     </row>
     <row r="117" spans="1:14">
       <c r="A117" s="2">
-        <v>122651</v>
-[...1 lines deleted...]
-      <c r="B117" s="2"/>
+        <v>115628</v>
+      </c>
+      <c r="B117" s="2" t="s">
+        <v>336</v>
+      </c>
       <c r="C117" s="2" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="D117" s="2"/>
       <c r="E117" s="2">
-        <v>7284</v>
+        <v>7044</v>
       </c>
       <c r="F117" s="2" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="G117" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H117" s="2" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="I117" s="2">
         <v>24</v>
       </c>
       <c r="J117" s="2">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="K117" s="2">
-        <v>100</v>
+        <v>70</v>
       </c>
       <c r="L117" s="2">
-        <v>70</v>
+        <v>85</v>
       </c>
       <c r="M117" s="2">
         <v>0</v>
       </c>
       <c r="N117" s="2">
-        <v>170</v>
+        <v>155</v>
       </c>
     </row>
     <row r="118" spans="1:14">
       <c r="A118" s="2">
-        <v>115628</v>
+        <v>101742</v>
       </c>
       <c r="B118" s="2" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="C118" s="2" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="D118" s="2"/>
       <c r="E118" s="2">
-        <v>7044</v>
+        <v>7043</v>
       </c>
       <c r="F118" s="2" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="G118" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H118" s="2" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="I118" s="2">
         <v>24</v>
       </c>
       <c r="J118" s="2">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="K118" s="2">
         <v>70</v>
       </c>
       <c r="L118" s="2">
-        <v>85</v>
+        <v>20</v>
       </c>
       <c r="M118" s="2">
         <v>0</v>
       </c>
       <c r="N118" s="2">
-        <v>155</v>
+        <v>90</v>
       </c>
     </row>
     <row r="119" spans="1:14">
       <c r="A119" s="2">
-        <v>101742</v>
-[...3 lines deleted...]
-      </c>
+        <v>122634</v>
+      </c>
+      <c r="B119" s="2"/>
       <c r="C119" s="2" t="s">
         <v>342</v>
       </c>
       <c r="D119" s="2"/>
       <c r="E119" s="2">
-        <v>7043</v>
+        <v>7392</v>
       </c>
       <c r="F119" s="2" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="G119" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H119" s="2" t="s">
         <v>343</v>
       </c>
       <c r="I119" s="2">
         <v>24</v>
       </c>
       <c r="J119" s="2">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="K119" s="2">
-        <v>70</v>
+        <v>100</v>
       </c>
       <c r="L119" s="2">
-        <v>20</v>
+        <v>70</v>
       </c>
       <c r="M119" s="2">
         <v>0</v>
       </c>
       <c r="N119" s="2">
-        <v>90</v>
+        <v>170</v>
       </c>
     </row>
     <row r="120" spans="1:14">
       <c r="A120" s="2">
-        <v>122634</v>
+        <v>122651</v>
       </c>
       <c r="B120" s="2"/>
       <c r="C120" s="2" t="s">
         <v>344</v>
       </c>
       <c r="D120" s="2"/>
       <c r="E120" s="2">
-        <v>7392</v>
+        <v>7284</v>
       </c>
       <c r="F120" s="2" t="s">
+        <v>25</v>
+      </c>
+      <c r="G120" s="2" t="s">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>22</v>
       </c>
       <c r="H120" s="2" t="s">
         <v>345</v>
       </c>
       <c r="I120" s="2">
         <v>24</v>
       </c>
       <c r="J120" s="2">
         <v>24</v>
       </c>
       <c r="K120" s="2">
         <v>100</v>
       </c>
       <c r="L120" s="2">
         <v>70</v>
       </c>
       <c r="M120" s="2">
         <v>0</v>
       </c>
       <c r="N120" s="2">
         <v>170</v>
       </c>
     </row>
     <row r="121" spans="1:14">
       <c r="A121" s="2">
-        <v>101743</v>
+        <v>122635</v>
       </c>
       <c r="B121" s="2" t="s">
         <v>346</v>
       </c>
       <c r="C121" s="2" t="s">
         <v>347</v>
       </c>
       <c r="D121" s="2"/>
       <c r="E121" s="2">
-        <v>7007</v>
+        <v>7372</v>
       </c>
       <c r="F121" s="2" t="s">
-        <v>219</v>
+        <v>21</v>
       </c>
       <c r="G121" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H121" s="2" t="s">
         <v>348</v>
       </c>
       <c r="I121" s="2">
         <v>25</v>
       </c>
       <c r="J121" s="2">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="K121" s="2">
-        <v>70</v>
+        <v>100</v>
       </c>
       <c r="L121" s="2">
-        <v>15</v>
+        <v>60</v>
       </c>
       <c r="M121" s="2">
         <v>0</v>
       </c>
       <c r="N121" s="2">
-        <v>85</v>
+        <v>160</v>
       </c>
     </row>
     <row r="122" spans="1:14">
       <c r="A122" s="2">
-        <v>122635</v>
+        <v>115629</v>
       </c>
       <c r="B122" s="2" t="s">
-        <v>349</v>
+        <v>159</v>
       </c>
       <c r="C122" s="2" t="s">
-        <v>350</v>
+        <v>160</v>
       </c>
       <c r="D122" s="2"/>
       <c r="E122" s="2">
-        <v>7372</v>
+        <v>7208</v>
       </c>
       <c r="F122" s="2" t="s">
-        <v>21</v>
+        <v>161</v>
       </c>
       <c r="G122" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H122" s="2" t="s">
-        <v>351</v>
+        <v>349</v>
       </c>
       <c r="I122" s="2">
         <v>25</v>
       </c>
       <c r="J122" s="2">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="K122" s="2">
-        <v>100</v>
+        <v>70</v>
       </c>
       <c r="L122" s="2">
-        <v>60</v>
+        <v>84</v>
       </c>
       <c r="M122" s="2">
         <v>0</v>
       </c>
       <c r="N122" s="2">
-        <v>160</v>
+        <v>154</v>
       </c>
     </row>
     <row r="123" spans="1:14">
       <c r="A123" s="2">
-        <v>115629</v>
+        <v>118643</v>
       </c>
       <c r="B123" s="2" t="s">
-        <v>150</v>
+        <v>350</v>
       </c>
       <c r="C123" s="2" t="s">
-        <v>151</v>
+        <v>351</v>
       </c>
       <c r="D123" s="2"/>
       <c r="E123" s="2">
-        <v>7208</v>
+        <v>7482</v>
       </c>
       <c r="F123" s="2" t="s">
-        <v>152</v>
+        <v>100</v>
       </c>
       <c r="G123" s="2" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="H123" s="2" t="s">
         <v>352</v>
       </c>
       <c r="I123" s="2">
         <v>25</v>
       </c>
       <c r="J123" s="2">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="K123" s="2">
-        <v>70</v>
+        <v>100</v>
       </c>
       <c r="L123" s="2">
-        <v>84</v>
+        <v>60</v>
       </c>
       <c r="M123" s="2">
         <v>0</v>
       </c>
       <c r="N123" s="2">
-        <v>154</v>
+        <v>160</v>
       </c>
     </row>
     <row r="124" spans="1:14">
       <c r="A124" s="2">
-        <v>118643</v>
+        <v>101743</v>
       </c>
       <c r="B124" s="2" t="s">
         <v>353</v>
       </c>
       <c r="C124" s="2" t="s">
         <v>354</v>
       </c>
       <c r="D124" s="2"/>
       <c r="E124" s="2">
-        <v>7482</v>
+        <v>7007</v>
       </c>
       <c r="F124" s="2" t="s">
-        <v>104</v>
+        <v>214</v>
       </c>
       <c r="G124" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H124" s="2" t="s">
         <v>355</v>
       </c>
       <c r="I124" s="2">
         <v>25</v>
       </c>
       <c r="J124" s="2">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="K124" s="2">
-        <v>100</v>
+        <v>70</v>
       </c>
       <c r="L124" s="2">
-        <v>60</v>
+        <v>15</v>
       </c>
       <c r="M124" s="2">
         <v>0</v>
       </c>
       <c r="N124" s="2">
-        <v>160</v>
+        <v>85</v>
       </c>
     </row>
     <row r="125" spans="1:14">
       <c r="A125" s="2">
-        <v>101744</v>
-[...1 lines deleted...]
-      <c r="B125" s="2" t="s">
+        <v>122636</v>
+      </c>
+      <c r="B125" s="2"/>
+      <c r="C125" s="2" t="s">
         <v>356</v>
-      </c>
-[...1 lines deleted...]
-        <v>357</v>
       </c>
       <c r="D125" s="2"/>
       <c r="E125" s="2">
-        <v>7102</v>
+        <v>7223</v>
       </c>
       <c r="F125" s="2" t="s">
-        <v>114</v>
+        <v>25</v>
       </c>
       <c r="G125" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H125" s="2" t="s">
-        <v>358</v>
+        <v>357</v>
       </c>
       <c r="I125" s="2">
         <v>26</v>
       </c>
       <c r="J125" s="2">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="K125" s="2">
-        <v>70</v>
+        <v>100</v>
       </c>
       <c r="L125" s="2">
-        <v>15</v>
+        <v>0</v>
       </c>
       <c r="M125" s="2">
         <v>0</v>
       </c>
       <c r="N125" s="2">
-        <v>85</v>
+        <v>100</v>
       </c>
     </row>
     <row r="126" spans="1:14">
       <c r="A126" s="2">
-        <v>107455</v>
+        <v>101744</v>
       </c>
       <c r="B126" s="2" t="s">
+        <v>358</v>
+      </c>
+      <c r="C126" s="2" t="s">
         <v>359</v>
-      </c>
-[...1 lines deleted...]
-        <v>360</v>
       </c>
       <c r="D126" s="2"/>
       <c r="E126" s="2">
-        <v>7026</v>
+        <v>7102</v>
       </c>
       <c r="F126" s="2" t="s">
-        <v>361</v>
+        <v>119</v>
       </c>
       <c r="G126" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H126" s="2" t="s">
-        <v>362</v>
+        <v>360</v>
       </c>
       <c r="I126" s="2">
         <v>26</v>
       </c>
       <c r="J126" s="2">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="K126" s="2">
         <v>70</v>
       </c>
       <c r="L126" s="2">
-        <v>83</v>
+        <v>15</v>
       </c>
       <c r="M126" s="2">
         <v>0</v>
       </c>
       <c r="N126" s="2">
-        <v>153</v>
+        <v>85</v>
       </c>
     </row>
     <row r="127" spans="1:14">
       <c r="A127" s="2">
-        <v>122636</v>
-[...1 lines deleted...]
-      <c r="B127" s="2"/>
+        <v>107455</v>
+      </c>
+      <c r="B127" s="2" t="s">
+        <v>361</v>
+      </c>
       <c r="C127" s="2" t="s">
-        <v>363</v>
+        <v>362</v>
       </c>
       <c r="D127" s="2"/>
       <c r="E127" s="2">
-        <v>7223</v>
+        <v>7026</v>
       </c>
       <c r="F127" s="2" t="s">
-        <v>38</v>
+        <v>363</v>
       </c>
       <c r="G127" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H127" s="2" t="s">
         <v>364</v>
       </c>
       <c r="I127" s="2">
         <v>26</v>
       </c>
       <c r="J127" s="2">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="K127" s="2">
-        <v>100</v>
+        <v>70</v>
       </c>
       <c r="L127" s="2">
-        <v>0</v>
+        <v>83</v>
       </c>
       <c r="M127" s="2">
         <v>0</v>
       </c>
       <c r="N127" s="2">
-        <v>100</v>
+        <v>153</v>
       </c>
     </row>
     <row r="128" spans="1:14">
       <c r="A128" s="2">
-        <v>122637</v>
+        <v>101745</v>
       </c>
       <c r="B128" s="2" t="s">
         <v>365</v>
       </c>
       <c r="C128" s="2" t="s">
-        <v>158</v>
+        <v>366</v>
       </c>
       <c r="D128" s="2"/>
       <c r="E128" s="2">
-        <v>7035</v>
+        <v>7051</v>
       </c>
       <c r="F128" s="2" t="s">
-        <v>96</v>
+        <v>25</v>
       </c>
       <c r="G128" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H128" s="2" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="I128" s="2">
         <v>27</v>
       </c>
       <c r="J128" s="2">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="K128" s="2">
-        <v>100</v>
+        <v>70</v>
       </c>
       <c r="L128" s="2">
-        <v>0</v>
+        <v>15</v>
       </c>
       <c r="M128" s="2">
         <v>0</v>
       </c>
       <c r="N128" s="2">
-        <v>100</v>
+        <v>85</v>
       </c>
     </row>
     <row r="129" spans="1:14">
       <c r="A129" s="2">
-        <v>101745</v>
+        <v>115630</v>
       </c>
       <c r="B129" s="2" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="C129" s="2" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="D129" s="2"/>
       <c r="E129" s="2">
-        <v>7051</v>
+        <v>7081</v>
       </c>
       <c r="F129" s="2" t="s">
-        <v>38</v>
+        <v>72</v>
       </c>
       <c r="G129" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H129" s="2" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="I129" s="2">
         <v>27</v>
       </c>
       <c r="J129" s="2">
-        <v>23</v>
+        <v>29</v>
       </c>
       <c r="K129" s="2">
         <v>70</v>
       </c>
       <c r="L129" s="2">
-        <v>15</v>
+        <v>82</v>
       </c>
       <c r="M129" s="2">
         <v>0</v>
       </c>
       <c r="N129" s="2">
-        <v>85</v>
+        <v>152</v>
       </c>
     </row>
     <row r="130" spans="1:14">
       <c r="A130" s="2">
-        <v>115630</v>
+        <v>122637</v>
       </c>
       <c r="B130" s="2" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="C130" s="2" t="s">
-        <v>371</v>
+        <v>151</v>
       </c>
       <c r="D130" s="2"/>
       <c r="E130" s="2">
-        <v>7081</v>
+        <v>7035</v>
       </c>
       <c r="F130" s="2" t="s">
-        <v>76</v>
+        <v>110</v>
       </c>
       <c r="G130" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H130" s="2" t="s">
         <v>372</v>
       </c>
       <c r="I130" s="2">
         <v>27</v>
       </c>
       <c r="J130" s="2">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="K130" s="2">
-        <v>70</v>
+        <v>100</v>
       </c>
       <c r="L130" s="2">
-        <v>82</v>
+        <v>0</v>
       </c>
       <c r="M130" s="2">
         <v>0</v>
       </c>
       <c r="N130" s="2">
-        <v>152</v>
+        <v>100</v>
       </c>
     </row>
     <row r="131" spans="1:14">
       <c r="A131" s="2">
-        <v>111808</v>
+        <v>101746</v>
       </c>
       <c r="B131" s="2" t="s">
         <v>373</v>
       </c>
       <c r="C131" s="2" t="s">
-        <v>25</v>
+        <v>374</v>
       </c>
       <c r="D131" s="2"/>
       <c r="E131" s="2">
-        <v>7204</v>
+        <v>7085</v>
       </c>
       <c r="F131" s="2" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="G131" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H131" s="2" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="I131" s="2">
         <v>28</v>
       </c>
       <c r="J131" s="2">
-        <v>30</v>
+        <v>24</v>
       </c>
       <c r="K131" s="2">
         <v>70</v>
       </c>
       <c r="L131" s="2">
-        <v>81</v>
+        <v>15</v>
       </c>
       <c r="M131" s="2">
         <v>0</v>
       </c>
       <c r="N131" s="2">
-        <v>151</v>
+        <v>85</v>
       </c>
     </row>
     <row r="132" spans="1:14">
       <c r="A132" s="2">
-        <v>101746</v>
+        <v>111808</v>
       </c>
       <c r="B132" s="2" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="C132" s="2" t="s">
-        <v>376</v>
+        <v>15</v>
       </c>
       <c r="D132" s="2"/>
       <c r="E132" s="2">
-        <v>7085</v>
+        <v>7204</v>
       </c>
       <c r="F132" s="2" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="G132" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H132" s="2" t="s">
         <v>377</v>
       </c>
       <c r="I132" s="2">
         <v>28</v>
       </c>
       <c r="J132" s="2">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="K132" s="2">
         <v>70</v>
       </c>
       <c r="L132" s="2">
-        <v>15</v>
+        <v>81</v>
       </c>
       <c r="M132" s="2">
         <v>0</v>
       </c>
       <c r="N132" s="2">
-        <v>85</v>
+        <v>151</v>
       </c>
     </row>
     <row r="133" spans="1:14">
       <c r="A133" s="2">
-        <v>115632</v>
+        <v>101747</v>
       </c>
       <c r="B133" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="C133" s="2" t="s">
         <v>378</v>
-      </c>
-[...1 lines deleted...]
-        <v>379</v>
       </c>
       <c r="D133" s="2"/>
       <c r="E133" s="2">
-        <v>7233</v>
+        <v>7078</v>
       </c>
       <c r="F133" s="2" t="s">
-        <v>104</v>
+        <v>25</v>
       </c>
       <c r="G133" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H133" s="2" t="s">
-        <v>380</v>
+        <v>379</v>
       </c>
       <c r="I133" s="2">
         <v>29</v>
       </c>
       <c r="J133" s="2">
-        <v>31</v>
+        <v>25</v>
       </c>
       <c r="K133" s="2">
         <v>70</v>
       </c>
       <c r="L133" s="2">
-        <v>80</v>
+        <v>15</v>
       </c>
       <c r="M133" s="2">
         <v>0</v>
       </c>
       <c r="N133" s="2">
-        <v>150</v>
+        <v>85</v>
       </c>
     </row>
     <row r="134" spans="1:14">
       <c r="A134" s="2">
-        <v>101747</v>
+        <v>115632</v>
       </c>
       <c r="B134" s="2" t="s">
-        <v>25</v>
+        <v>380</v>
       </c>
       <c r="C134" s="2" t="s">
         <v>381</v>
       </c>
       <c r="D134" s="2"/>
       <c r="E134" s="2">
-        <v>7078</v>
+        <v>7233</v>
       </c>
       <c r="F134" s="2" t="s">
-        <v>38</v>
+        <v>100</v>
       </c>
       <c r="G134" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H134" s="2" t="s">
         <v>382</v>
       </c>
       <c r="I134" s="2">
         <v>29</v>
       </c>
       <c r="J134" s="2">
-        <v>25</v>
+        <v>31</v>
       </c>
       <c r="K134" s="2">
         <v>70</v>
       </c>
       <c r="L134" s="2">
-        <v>15</v>
+        <v>80</v>
       </c>
       <c r="M134" s="2">
         <v>0</v>
       </c>
       <c r="N134" s="2">
-        <v>85</v>
+        <v>150</v>
       </c>
     </row>
     <row r="135" spans="1:14">
       <c r="A135" s="2">
         <v>101748</v>
       </c>
       <c r="B135" s="2" t="s">
         <v>383</v>
       </c>
       <c r="C135" s="2" t="s">
         <v>384</v>
       </c>
       <c r="D135" s="2"/>
       <c r="E135" s="2">
         <v>7022</v>
       </c>
       <c r="F135" s="2" t="s">
-        <v>114</v>
+        <v>119</v>
       </c>
       <c r="G135" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H135" s="2" t="s">
         <v>385</v>
       </c>
       <c r="I135" s="2">
         <v>30</v>
       </c>
       <c r="J135" s="2">
         <v>26</v>
       </c>
       <c r="K135" s="2">
         <v>70</v>
       </c>
       <c r="L135" s="2">
         <v>15</v>
       </c>
       <c r="M135" s="2">
         <v>0</v>
       </c>
       <c r="N135" s="2">
         <v>85</v>
       </c>
     </row>
     <row r="136" spans="1:14">
       <c r="A136" s="2">
         <v>115633</v>
       </c>
       <c r="B136" s="2" t="s">
         <v>386</v>
       </c>
       <c r="C136" s="2" t="s">
         <v>387</v>
       </c>
       <c r="D136" s="2"/>
       <c r="E136" s="2">
         <v>7067</v>
       </c>
       <c r="F136" s="2" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="G136" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H136" s="2" t="s">
         <v>388</v>
       </c>
       <c r="I136" s="2">
         <v>30</v>
       </c>
       <c r="J136" s="2">
         <v>32</v>
       </c>
       <c r="K136" s="2">
         <v>70</v>
       </c>
       <c r="L136" s="2">
         <v>79</v>
       </c>
       <c r="M136" s="2">
         <v>0</v>
       </c>
       <c r="N136" s="2">
         <v>149</v>
       </c>
     </row>
     <row r="137" spans="1:14">
       <c r="A137" s="2">
         <v>101749</v>
       </c>
       <c r="B137" s="2" t="s">
         <v>389</v>
       </c>
       <c r="C137" s="2" t="s">
         <v>390</v>
       </c>
       <c r="D137" s="2"/>
       <c r="E137" s="2">
         <v>7012</v>
       </c>
       <c r="F137" s="2" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="G137" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H137" s="2" t="s">
         <v>391</v>
       </c>
       <c r="I137" s="2">
         <v>31</v>
       </c>
       <c r="J137" s="2">
         <v>27</v>
       </c>
       <c r="K137" s="2">
         <v>70</v>
       </c>
       <c r="L137" s="2">
         <v>15</v>
       </c>
       <c r="M137" s="2">
         <v>0</v>
       </c>
       <c r="N137" s="2">
         <v>85</v>
       </c>
     </row>
     <row r="138" spans="1:14">
       <c r="A138" s="2">
         <v>121994</v>
       </c>
       <c r="B138" s="2" t="s">
         <v>392</v>
       </c>
       <c r="C138" s="2" t="s">
         <v>393</v>
       </c>
       <c r="D138" s="2"/>
       <c r="E138" s="2">
         <v>7428</v>
       </c>
       <c r="F138" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G138" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H138" s="2" t="s">
         <v>394</v>
       </c>
       <c r="I138" s="2">
         <v>31</v>
       </c>
       <c r="J138" s="2">
         <v>31</v>
       </c>
       <c r="K138" s="2">
         <v>100</v>
       </c>
       <c r="L138" s="2">
         <v>0</v>
       </c>
       <c r="M138" s="2">
         <v>0</v>
       </c>
       <c r="N138" s="2">
         <v>100</v>
       </c>
     </row>
     <row r="139" spans="1:14">
       <c r="A139" s="2">
         <v>115634</v>
       </c>
       <c r="B139" s="2" t="s">
         <v>395</v>
       </c>
       <c r="C139" s="2" t="s">
         <v>396</v>
       </c>
       <c r="D139" s="2"/>
       <c r="E139" s="2">
         <v>7250</v>
       </c>
       <c r="F139" s="2" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="G139" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H139" s="2" t="s">
         <v>397</v>
       </c>
       <c r="I139" s="2">
         <v>31</v>
       </c>
       <c r="J139" s="2">
         <v>33</v>
       </c>
       <c r="K139" s="2">
         <v>70</v>
       </c>
       <c r="L139" s="2">
         <v>78</v>
       </c>
       <c r="M139" s="2">
         <v>0</v>
       </c>
       <c r="N139" s="2">
         <v>148</v>
       </c>
     </row>
     <row r="140" spans="1:14">
       <c r="A140" s="2">
         <v>108729</v>
       </c>
       <c r="B140" s="2" t="s">
         <v>398</v>
       </c>
       <c r="C140" s="2" t="s">
         <v>399</v>
       </c>
       <c r="D140" s="2"/>
       <c r="E140" s="2">
         <v>7055</v>
       </c>
       <c r="F140" s="2" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="G140" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H140" s="2" t="s">
         <v>400</v>
       </c>
       <c r="I140" s="2">
         <v>32</v>
       </c>
       <c r="J140" s="2">
         <v>34</v>
       </c>
       <c r="K140" s="2">
         <v>70</v>
       </c>
       <c r="L140" s="2">
         <v>77</v>
       </c>
       <c r="M140" s="2">
         <v>0</v>
       </c>
       <c r="N140" s="2">
         <v>147</v>
       </c>
     </row>
     <row r="141" spans="1:14">
       <c r="A141" s="2">
         <v>101750</v>
       </c>
       <c r="B141" s="2" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="C141" s="2" t="s">
         <v>401</v>
       </c>
       <c r="D141" s="2"/>
       <c r="E141" s="2">
         <v>7067</v>
       </c>
       <c r="F141" s="2" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="G141" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H141" s="2" t="s">
         <v>402</v>
       </c>
       <c r="I141" s="2">
         <v>32</v>
       </c>
       <c r="J141" s="2">
         <v>28</v>
       </c>
       <c r="K141" s="2">
         <v>70</v>
       </c>
       <c r="L141" s="2">
         <v>15</v>
       </c>
       <c r="M141" s="2">
         <v>0</v>
       </c>
       <c r="N141" s="2">
         <v>85</v>
       </c>
     </row>
     <row r="142" spans="1:14">
       <c r="A142" s="2">
-        <v>101751</v>
+        <v>115635</v>
       </c>
       <c r="B142" s="2" t="s">
         <v>403</v>
       </c>
       <c r="C142" s="2" t="s">
         <v>404</v>
       </c>
       <c r="D142" s="2"/>
       <c r="E142" s="2">
-        <v>7115</v>
+        <v>7006</v>
       </c>
       <c r="F142" s="2" t="s">
-        <v>76</v>
+        <v>25</v>
       </c>
       <c r="G142" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H142" s="2" t="s">
         <v>405</v>
       </c>
       <c r="I142" s="2">
         <v>33</v>
       </c>
       <c r="J142" s="2">
-        <v>29</v>
+        <v>35</v>
       </c>
       <c r="K142" s="2">
         <v>70</v>
       </c>
       <c r="L142" s="2">
-        <v>15</v>
+        <v>76</v>
       </c>
       <c r="M142" s="2">
         <v>0</v>
       </c>
       <c r="N142" s="2">
-        <v>85</v>
+        <v>146</v>
       </c>
     </row>
     <row r="143" spans="1:14">
       <c r="A143" s="2">
-        <v>115635</v>
+        <v>101751</v>
       </c>
       <c r="B143" s="2" t="s">
         <v>406</v>
       </c>
       <c r="C143" s="2" t="s">
         <v>407</v>
       </c>
       <c r="D143" s="2"/>
       <c r="E143" s="2">
-        <v>7006</v>
+        <v>7115</v>
       </c>
       <c r="F143" s="2" t="s">
-        <v>38</v>
+        <v>72</v>
       </c>
       <c r="G143" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H143" s="2" t="s">
         <v>408</v>
       </c>
       <c r="I143" s="2">
         <v>33</v>
       </c>
       <c r="J143" s="2">
-        <v>35</v>
+        <v>29</v>
       </c>
       <c r="K143" s="2">
         <v>70</v>
       </c>
       <c r="L143" s="2">
-        <v>76</v>
+        <v>15</v>
       </c>
       <c r="M143" s="2">
         <v>0</v>
       </c>
       <c r="N143" s="2">
-        <v>146</v>
+        <v>85</v>
       </c>
     </row>
     <row r="144" spans="1:14">
       <c r="A144" s="2">
         <v>101752</v>
       </c>
       <c r="B144" s="2" t="s">
         <v>409</v>
       </c>
       <c r="C144" s="2" t="s">
         <v>410</v>
       </c>
       <c r="D144" s="2"/>
       <c r="E144" s="2">
         <v>7127</v>
       </c>
       <c r="F144" s="2" t="s">
-        <v>76</v>
+        <v>72</v>
       </c>
       <c r="G144" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H144" s="2" t="s">
         <v>411</v>
       </c>
       <c r="I144" s="2">
         <v>34</v>
       </c>
       <c r="J144" s="2">
         <v>30</v>
       </c>
       <c r="K144" s="2">
         <v>70</v>
       </c>
       <c r="L144" s="2">
         <v>15</v>
       </c>
       <c r="M144" s="2">
         <v>0</v>
       </c>
       <c r="N144" s="2">
         <v>85</v>
       </c>
     </row>
     <row r="145" spans="1:14">
       <c r="A145" s="2">
         <v>115636</v>
       </c>
       <c r="B145" s="2" t="s">
         <v>412</v>
       </c>
       <c r="C145" s="2" t="s">
         <v>413</v>
       </c>
       <c r="D145" s="2"/>
       <c r="E145" s="2">
         <v>7317</v>
       </c>
       <c r="F145" s="2" t="s">
+        <v>25</v>
+      </c>
+      <c r="G145" s="2" t="s">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>17</v>
       </c>
       <c r="H145" s="2" t="s">
         <v>414</v>
       </c>
       <c r="I145" s="2">
         <v>34</v>
       </c>
       <c r="J145" s="2">
         <v>4</v>
       </c>
       <c r="K145" s="2">
         <v>70</v>
       </c>
       <c r="L145" s="2">
         <v>200</v>
       </c>
       <c r="M145" s="2">
         <v>0</v>
       </c>
       <c r="N145" s="2">
         <v>270</v>
       </c>
     </row>
     <row r="146" spans="1:14">
       <c r="A146" s="2">
         <v>103603</v>
       </c>
       <c r="B146" s="2" t="s">
         <v>415</v>
       </c>
       <c r="C146" s="2" t="s">
         <v>416</v>
       </c>
       <c r="D146" s="2" t="s">
         <v>417</v>
       </c>
       <c r="E146" s="2"/>
       <c r="F146" s="2" t="s">
-        <v>104</v>
+        <v>100</v>
       </c>
       <c r="G146" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H146" s="2" t="s">
         <v>418</v>
       </c>
       <c r="I146" s="2">
         <v>34</v>
       </c>
       <c r="J146" s="2">
         <v>0</v>
       </c>
       <c r="K146" s="2">
         <v>70</v>
       </c>
       <c r="L146" s="2">
         <v>87</v>
       </c>
       <c r="M146" s="2">
         <v>0</v>
       </c>
       <c r="N146" s="2">
         <v>157</v>
       </c>
     </row>
     <row r="147" spans="1:14">
       <c r="A147" s="2">
         <v>101753</v>
       </c>
       <c r="B147" s="2" t="s">
         <v>419</v>
       </c>
       <c r="C147" s="2" t="s">
         <v>420</v>
       </c>
       <c r="D147" s="2"/>
       <c r="E147" s="2">
         <v>7129</v>
       </c>
       <c r="F147" s="2" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="G147" s="2" t="s">
-        <v>17</v>
+        <v>38</v>
       </c>
       <c r="H147" s="2" t="s">
         <v>421</v>
       </c>
       <c r="I147" s="2">
         <v>35</v>
       </c>
       <c r="J147" s="2">
         <v>5</v>
       </c>
       <c r="K147" s="2">
         <v>70</v>
       </c>
       <c r="L147" s="2">
         <v>75</v>
       </c>
       <c r="M147" s="2">
         <v>0</v>
       </c>
       <c r="N147" s="2">
         <v>145</v>
       </c>
     </row>
     <row r="148" spans="1:14">
       <c r="A148" s="2">
         <v>116672</v>
       </c>
       <c r="B148" s="2" t="s">
         <v>422</v>
       </c>
       <c r="C148" s="2" t="s">
         <v>423</v>
       </c>
       <c r="D148" s="2"/>
       <c r="E148" s="2">
         <v>7174</v>
       </c>
       <c r="F148" s="2" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="G148" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H148" s="2" t="s">
         <v>424</v>
       </c>
       <c r="I148" s="2">
         <v>35</v>
       </c>
       <c r="J148" s="2">
         <v>36</v>
       </c>
       <c r="K148" s="2">
         <v>70</v>
       </c>
       <c r="L148" s="2">
         <v>75</v>
       </c>
       <c r="M148" s="2">
         <v>0</v>
       </c>
       <c r="N148" s="2">
         <v>145</v>
       </c>
     </row>
     <row r="149" spans="1:14">
       <c r="A149" s="2">
-        <v>101754</v>
+        <v>115638</v>
       </c>
       <c r="B149" s="2" t="s">
-        <v>376</v>
+        <v>425</v>
       </c>
       <c r="C149" s="2" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="D149" s="2"/>
       <c r="E149" s="2">
-        <v>7086</v>
+        <v>7164</v>
       </c>
       <c r="F149" s="2" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="G149" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H149" s="2" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="I149" s="2">
         <v>36</v>
       </c>
       <c r="J149" s="2">
-        <v>6</v>
+        <v>37</v>
       </c>
       <c r="K149" s="2">
         <v>70</v>
       </c>
       <c r="L149" s="2">
-        <v>70</v>
+        <v>74</v>
       </c>
       <c r="M149" s="2">
         <v>0</v>
       </c>
       <c r="N149" s="2">
-        <v>140</v>
+        <v>144</v>
       </c>
     </row>
     <row r="150" spans="1:14">
       <c r="A150" s="2">
-        <v>115638</v>
+        <v>101754</v>
       </c>
       <c r="B150" s="2" t="s">
-        <v>427</v>
+        <v>374</v>
       </c>
       <c r="C150" s="2" t="s">
         <v>428</v>
       </c>
       <c r="D150" s="2"/>
       <c r="E150" s="2">
-        <v>7164</v>
+        <v>7086</v>
       </c>
       <c r="F150" s="2" t="s">
+        <v>25</v>
+      </c>
+      <c r="G150" s="2" t="s">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>22</v>
       </c>
       <c r="H150" s="2" t="s">
         <v>429</v>
       </c>
       <c r="I150" s="2">
         <v>36</v>
       </c>
       <c r="J150" s="2">
-        <v>37</v>
+        <v>6</v>
       </c>
       <c r="K150" s="2">
         <v>70</v>
       </c>
       <c r="L150" s="2">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="M150" s="2">
         <v>0</v>
       </c>
       <c r="N150" s="2">
-        <v>144</v>
+        <v>140</v>
       </c>
     </row>
     <row r="151" spans="1:14">
       <c r="A151" s="2">
         <v>115639</v>
       </c>
       <c r="B151" s="2" t="s">
         <v>430</v>
       </c>
       <c r="C151" s="2" t="s">
         <v>431</v>
       </c>
       <c r="D151" s="2"/>
       <c r="E151" s="2">
         <v>7049</v>
       </c>
       <c r="F151" s="2" t="s">
-        <v>96</v>
+        <v>110</v>
       </c>
       <c r="G151" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H151" s="2" t="s">
         <v>432</v>
       </c>
       <c r="I151" s="2">
         <v>37</v>
       </c>
       <c r="J151" s="2">
         <v>38</v>
       </c>
       <c r="K151" s="2">
         <v>70</v>
       </c>
       <c r="L151" s="2">
         <v>73</v>
       </c>
       <c r="M151" s="2">
         <v>0</v>
       </c>
       <c r="N151" s="2">
         <v>143</v>
       </c>
     </row>
     <row r="152" spans="1:14">
       <c r="A152" s="2">
         <v>101553</v>
       </c>
       <c r="B152" s="2" t="s">
         <v>433</v>
       </c>
       <c r="C152" s="2" t="s">
         <v>434</v>
       </c>
       <c r="D152" s="2"/>
       <c r="E152" s="2">
         <v>7039</v>
       </c>
       <c r="F152" s="2" t="s">
         <v>68</v>
       </c>
       <c r="G152" s="2" t="s">
-        <v>17</v>
+        <v>38</v>
       </c>
       <c r="H152" s="2" t="s">
         <v>435</v>
       </c>
       <c r="I152" s="2">
         <v>37</v>
       </c>
       <c r="J152" s="2">
         <v>7</v>
       </c>
       <c r="K152" s="2">
         <v>70</v>
       </c>
       <c r="L152" s="2">
         <v>65</v>
       </c>
       <c r="M152" s="2">
         <v>0</v>
       </c>
       <c r="N152" s="2">
         <v>135</v>
       </c>
     </row>
     <row r="153" spans="1:14">
       <c r="A153" s="2">
         <v>115640</v>
       </c>
       <c r="B153" s="2" t="s">
         <v>436</v>
       </c>
       <c r="C153" s="2" t="s">
         <v>437</v>
       </c>
       <c r="D153" s="2"/>
       <c r="E153" s="2">
         <v>7019</v>
       </c>
       <c r="F153" s="2" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="G153" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H153" s="2" t="s">
         <v>438</v>
       </c>
       <c r="I153" s="2">
         <v>38</v>
       </c>
       <c r="J153" s="2">
         <v>39</v>
       </c>
       <c r="K153" s="2">
         <v>70</v>
       </c>
       <c r="L153" s="2">
         <v>72</v>
       </c>
       <c r="M153" s="2">
         <v>0</v>
       </c>
       <c r="N153" s="2">
         <v>142</v>
       </c>
     </row>
     <row r="154" spans="1:14">
       <c r="A154" s="2">
         <v>101755</v>
       </c>
       <c r="B154" s="2" t="s">
         <v>439</v>
       </c>
       <c r="C154" s="2" t="s">
         <v>440</v>
       </c>
       <c r="D154" s="2"/>
       <c r="E154" s="2">
         <v>7023</v>
       </c>
       <c r="F154" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G154" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H154" s="2" t="s">
         <v>441</v>
       </c>
       <c r="I154" s="2">
         <v>38</v>
       </c>
       <c r="J154" s="2">
         <v>31</v>
       </c>
       <c r="K154" s="2">
         <v>70</v>
       </c>
       <c r="L154" s="2">
         <v>15</v>
       </c>
       <c r="M154" s="2">
         <v>0</v>
       </c>
       <c r="N154" s="2">
         <v>85</v>
       </c>
     </row>
     <row r="155" spans="1:14">
       <c r="A155" s="2">
         <v>115641</v>
       </c>
       <c r="B155" s="2" t="s">
         <v>442</v>
       </c>
       <c r="C155" s="2" t="s">
         <v>443</v>
       </c>
       <c r="D155" s="2" t="s">
         <v>444</v>
       </c>
       <c r="E155" s="2">
         <v>7008</v>
       </c>
       <c r="F155" s="2" t="s">
-        <v>104</v>
+        <v>100</v>
       </c>
       <c r="G155" s="2" t="s">
-        <v>17</v>
+        <v>38</v>
       </c>
       <c r="H155" s="2" t="s">
         <v>445</v>
       </c>
       <c r="I155" s="2">
         <v>39</v>
       </c>
       <c r="J155" s="2">
         <v>5</v>
       </c>
       <c r="K155" s="2">
         <v>70</v>
       </c>
       <c r="L155" s="2">
         <v>175</v>
       </c>
       <c r="M155" s="2">
         <v>0</v>
       </c>
       <c r="N155" s="2">
         <v>245</v>
       </c>
     </row>
     <row r="156" spans="1:14">
       <c r="A156" s="2">
         <v>101756</v>
       </c>
       <c r="B156" s="2" t="s">
         <v>446</v>
       </c>
       <c r="C156" s="2" t="s">
         <v>447</v>
       </c>
       <c r="D156" s="2"/>
       <c r="E156" s="2">
         <v>7100</v>
       </c>
       <c r="F156" s="2" t="s">
-        <v>76</v>
+        <v>72</v>
       </c>
       <c r="G156" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H156" s="2" t="s">
         <v>448</v>
       </c>
       <c r="I156" s="2">
         <v>39</v>
       </c>
       <c r="J156" s="2">
         <v>32</v>
       </c>
       <c r="K156" s="2">
         <v>70</v>
       </c>
       <c r="L156" s="2">
         <v>15</v>
       </c>
       <c r="M156" s="2">
         <v>0</v>
       </c>
       <c r="N156" s="2">
         <v>85</v>
       </c>
     </row>
     <row r="157" spans="1:14">
       <c r="A157" s="2">
-        <v>115642</v>
+        <v>104845</v>
       </c>
       <c r="B157" s="2" t="s">
         <v>449</v>
       </c>
       <c r="C157" s="2" t="s">
         <v>450</v>
       </c>
-      <c r="D157" s="2" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="D157" s="2"/>
+      <c r="E157" s="2"/>
       <c r="F157" s="2" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="G157" s="2" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="H157" s="2"/>
       <c r="I157" s="2">
         <v>40</v>
       </c>
       <c r="J157" s="2">
-        <v>40</v>
+        <v>0</v>
       </c>
       <c r="K157" s="2">
         <v>70</v>
       </c>
       <c r="L157" s="2">
-        <v>71</v>
+        <v>81</v>
       </c>
       <c r="M157" s="2">
         <v>0</v>
       </c>
       <c r="N157" s="2">
-        <v>141</v>
+        <v>151</v>
       </c>
     </row>
     <row r="158" spans="1:14">
       <c r="A158" s="2">
-        <v>104845</v>
+        <v>101757</v>
       </c>
       <c r="B158" s="2" t="s">
+        <v>451</v>
+      </c>
+      <c r="C158" s="2" t="s">
+        <v>452</v>
+      </c>
+      <c r="D158" s="2"/>
+      <c r="E158" s="2">
+        <v>7005</v>
+      </c>
+      <c r="F158" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="G158" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="H158" s="2" t="s">
         <v>453</v>
       </c>
-      <c r="C158" s="2" t="s">
-[...10 lines deleted...]
-      <c r="H158" s="2"/>
       <c r="I158" s="2">
         <v>40</v>
       </c>
       <c r="J158" s="2">
-        <v>0</v>
+        <v>33</v>
       </c>
       <c r="K158" s="2">
         <v>70</v>
       </c>
       <c r="L158" s="2">
-        <v>81</v>
+        <v>15</v>
       </c>
       <c r="M158" s="2">
         <v>0</v>
       </c>
       <c r="N158" s="2">
-        <v>151</v>
+        <v>85</v>
       </c>
     </row>
     <row r="159" spans="1:14">
       <c r="A159" s="2">
-        <v>101757</v>
+        <v>115642</v>
       </c>
       <c r="B159" s="2" t="s">
+        <v>454</v>
+      </c>
+      <c r="C159" s="2" t="s">
         <v>455</v>
       </c>
-      <c r="C159" s="2" t="s">
+      <c r="D159" s="2" t="s">
         <v>456</v>
       </c>
-      <c r="D159" s="2"/>
       <c r="E159" s="2">
-        <v>7005</v>
+        <v>7280</v>
       </c>
       <c r="F159" s="2" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="G159" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H159" s="2" t="s">
         <v>457</v>
       </c>
       <c r="I159" s="2">
         <v>40</v>
       </c>
       <c r="J159" s="2">
-        <v>33</v>
+        <v>40</v>
       </c>
       <c r="K159" s="2">
         <v>70</v>
       </c>
       <c r="L159" s="2">
-        <v>15</v>
+        <v>71</v>
       </c>
       <c r="M159" s="2">
         <v>0</v>
       </c>
       <c r="N159" s="2">
-        <v>85</v>
+        <v>141</v>
       </c>
     </row>
     <row r="160" spans="1:14">
       <c r="A160" s="2">
         <v>101758</v>
       </c>
       <c r="B160" s="2" t="s">
         <v>458</v>
       </c>
       <c r="C160" s="2" t="s">
         <v>459</v>
       </c>
       <c r="D160" s="2"/>
       <c r="E160" s="2">
         <v>7054</v>
       </c>
       <c r="F160" s="2" t="s">
-        <v>42</v>
+        <v>55</v>
       </c>
       <c r="G160" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H160" s="2" t="s">
-        <v>280</v>
+        <v>290</v>
       </c>
       <c r="I160" s="2">
         <v>41</v>
       </c>
       <c r="J160" s="2">
         <v>34</v>
       </c>
       <c r="K160" s="2">
         <v>70</v>
       </c>
       <c r="L160" s="2">
         <v>15</v>
       </c>
       <c r="M160" s="2">
         <v>0</v>
       </c>
       <c r="N160" s="2">
         <v>85</v>
       </c>
     </row>
     <row r="161" spans="1:14">
       <c r="A161" s="2">
         <v>116678</v>
       </c>
       <c r="B161" s="2" t="s">
         <v>460</v>
       </c>
       <c r="C161" s="2" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="D161" s="2"/>
       <c r="E161" s="2">
         <v>7272</v>
       </c>
       <c r="F161" s="2" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="G161" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H161" s="2" t="s">
         <v>461</v>
       </c>
       <c r="I161" s="2">
         <v>41</v>
       </c>
       <c r="J161" s="2">
         <v>41</v>
       </c>
       <c r="K161" s="2">
         <v>70</v>
       </c>
       <c r="L161" s="2">
         <v>70</v>
       </c>
       <c r="M161" s="2">
         <v>0</v>
       </c>
       <c r="N161" s="2">
         <v>140</v>
       </c>
     </row>
     <row r="162" spans="1:14">
       <c r="A162" s="2">
         <v>101759</v>
       </c>
       <c r="B162" s="2" t="s">
         <v>462</v>
       </c>
       <c r="C162" s="2" t="s">
         <v>463</v>
       </c>
       <c r="D162" s="2"/>
       <c r="E162" s="2">
         <v>7052</v>
       </c>
       <c r="F162" s="2" t="s">
-        <v>16</v>
+        <v>37</v>
       </c>
       <c r="G162" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H162" s="2" t="s">
         <v>464</v>
       </c>
       <c r="I162" s="2">
         <v>42</v>
       </c>
       <c r="J162" s="2">
         <v>35</v>
       </c>
       <c r="K162" s="2">
         <v>70</v>
       </c>
       <c r="L162" s="2">
         <v>15</v>
       </c>
       <c r="M162" s="2">
         <v>0</v>
       </c>
       <c r="N162" s="2">
         <v>85</v>
       </c>
     </row>
     <row r="163" spans="1:14">
       <c r="A163" s="2">
         <v>116679</v>
       </c>
       <c r="B163" s="2" t="s">
         <v>465</v>
       </c>
       <c r="C163" s="2" t="s">
-        <v>376</v>
+        <v>374</v>
       </c>
       <c r="D163" s="2"/>
       <c r="E163" s="2">
         <v>7206</v>
       </c>
       <c r="F163" s="2" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="G163" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H163" s="2" t="s">
         <v>466</v>
       </c>
       <c r="I163" s="2">
         <v>42</v>
       </c>
       <c r="J163" s="2">
         <v>42</v>
       </c>
       <c r="K163" s="2">
         <v>70</v>
       </c>
       <c r="L163" s="2">
         <v>69</v>
       </c>
       <c r="M163" s="2">
         <v>0</v>
       </c>
       <c r="N163" s="2">
         <v>139</v>
       </c>
     </row>
     <row r="164" spans="1:14">
       <c r="A164" s="2">
-        <v>115645</v>
+        <v>101760</v>
       </c>
       <c r="B164" s="2" t="s">
         <v>467</v>
       </c>
       <c r="C164" s="2" t="s">
-        <v>225</v>
+        <v>468</v>
       </c>
       <c r="D164" s="2"/>
       <c r="E164" s="2">
-        <v>7010</v>
+        <v>7134</v>
       </c>
       <c r="F164" s="2" t="s">
+        <v>37</v>
+      </c>
+      <c r="G164" s="2" t="s">
         <v>38</v>
       </c>
-      <c r="G164" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H164" s="2" t="s">
-        <v>468</v>
+        <v>464</v>
       </c>
       <c r="I164" s="2">
         <v>43</v>
       </c>
       <c r="J164" s="2">
-        <v>43</v>
+        <v>8</v>
       </c>
       <c r="K164" s="2">
         <v>70</v>
       </c>
       <c r="L164" s="2">
-        <v>68</v>
+        <v>60</v>
       </c>
       <c r="M164" s="2">
         <v>0</v>
       </c>
       <c r="N164" s="2">
-        <v>138</v>
+        <v>130</v>
       </c>
     </row>
     <row r="165" spans="1:14">
       <c r="A165" s="2">
-        <v>101760</v>
+        <v>115645</v>
       </c>
       <c r="B165" s="2" t="s">
         <v>469</v>
       </c>
       <c r="C165" s="2" t="s">
-        <v>470</v>
+        <v>225</v>
       </c>
       <c r="D165" s="2"/>
       <c r="E165" s="2">
-        <v>7134</v>
+        <v>7010</v>
       </c>
       <c r="F165" s="2" t="s">
-        <v>16</v>
+        <v>25</v>
       </c>
       <c r="G165" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H165" s="2" t="s">
-        <v>464</v>
+        <v>470</v>
       </c>
       <c r="I165" s="2">
         <v>43</v>
       </c>
       <c r="J165" s="2">
-        <v>8</v>
+        <v>43</v>
       </c>
       <c r="K165" s="2">
         <v>70</v>
       </c>
       <c r="L165" s="2">
-        <v>60</v>
+        <v>68</v>
       </c>
       <c r="M165" s="2">
         <v>0</v>
       </c>
       <c r="N165" s="2">
-        <v>130</v>
+        <v>138</v>
       </c>
     </row>
     <row r="166" spans="1:14">
       <c r="A166" s="2">
         <v>115646</v>
       </c>
       <c r="B166" s="2" t="s">
         <v>471</v>
       </c>
       <c r="C166" s="2" t="s">
         <v>423</v>
       </c>
       <c r="D166" s="2"/>
       <c r="E166" s="2">
         <v>7135</v>
       </c>
       <c r="F166" s="2" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="G166" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H166" s="2" t="s">
         <v>472</v>
       </c>
       <c r="I166" s="2">
         <v>44</v>
       </c>
       <c r="J166" s="2">
         <v>44</v>
       </c>
       <c r="K166" s="2">
         <v>70</v>
       </c>
       <c r="L166" s="2">
         <v>67</v>
       </c>
       <c r="M166" s="2">
         <v>0</v>
       </c>
       <c r="N166" s="2">
         <v>137</v>
       </c>
     </row>
     <row r="167" spans="1:14">
       <c r="A167" s="2">
         <v>101761</v>
       </c>
       <c r="B167" s="2" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="C167" s="2" t="s">
         <v>473</v>
       </c>
       <c r="D167" s="2"/>
       <c r="E167" s="2">
         <v>7069</v>
       </c>
       <c r="F167" s="2" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="G167" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H167" s="2" t="s">
         <v>474</v>
       </c>
       <c r="I167" s="2">
         <v>44</v>
       </c>
       <c r="J167" s="2">
         <v>36</v>
       </c>
       <c r="K167" s="2">
         <v>70</v>
       </c>
       <c r="L167" s="2">
         <v>15</v>
       </c>
       <c r="M167" s="2">
         <v>0</v>
       </c>
       <c r="N167" s="2">
         <v>85</v>
       </c>
     </row>
     <row r="168" spans="1:14">
       <c r="A168" s="2">
         <v>115647</v>
       </c>
       <c r="B168" s="2" t="s">
         <v>475</v>
       </c>
       <c r="C168" s="2" t="s">
         <v>476</v>
       </c>
       <c r="D168" s="2"/>
       <c r="E168" s="2">
         <v>7258</v>
       </c>
       <c r="F168" s="2" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="G168" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H168" s="2" t="s">
         <v>477</v>
       </c>
       <c r="I168" s="2">
         <v>45</v>
       </c>
       <c r="J168" s="2">
         <v>45</v>
       </c>
       <c r="K168" s="2">
         <v>70</v>
       </c>
       <c r="L168" s="2">
         <v>66</v>
       </c>
       <c r="M168" s="2">
         <v>0</v>
       </c>
       <c r="N168" s="2">
         <v>136</v>
       </c>
     </row>
     <row r="169" spans="1:14">
       <c r="A169" s="2">
         <v>101762</v>
       </c>
       <c r="B169" s="2" t="s">
         <v>478</v>
       </c>
       <c r="C169" s="2" t="s">
         <v>479</v>
       </c>
       <c r="D169" s="2"/>
       <c r="E169" s="2">
         <v>7034</v>
       </c>
       <c r="F169" s="2" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="G169" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H169" s="2" t="s">
         <v>480</v>
       </c>
       <c r="I169" s="2">
         <v>45</v>
       </c>
       <c r="J169" s="2">
         <v>37</v>
       </c>
       <c r="K169" s="2">
         <v>70</v>
       </c>
       <c r="L169" s="2">
         <v>15</v>
       </c>
       <c r="M169" s="2">
         <v>0</v>
       </c>
       <c r="N169" s="2">
         <v>85</v>
       </c>
     </row>
     <row r="170" spans="1:14">
       <c r="A170" s="2">
         <v>115648</v>
       </c>
       <c r="B170" s="2" t="s">
         <v>481</v>
       </c>
       <c r="C170" s="2" t="s">
         <v>482</v>
       </c>
       <c r="D170" s="2"/>
       <c r="E170" s="2">
         <v>7062</v>
       </c>
       <c r="F170" s="2" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="G170" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H170" s="2" t="s">
         <v>483</v>
       </c>
       <c r="I170" s="2">
         <v>46</v>
       </c>
       <c r="J170" s="2">
         <v>46</v>
       </c>
       <c r="K170" s="2">
         <v>70</v>
       </c>
       <c r="L170" s="2">
         <v>65</v>
       </c>
       <c r="M170" s="2">
         <v>0</v>
       </c>
       <c r="N170" s="2">
         <v>135</v>
       </c>
     </row>
     <row r="171" spans="1:14">
       <c r="A171" s="2">
         <v>101763</v>
       </c>
       <c r="B171" s="2" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="C171" s="2" t="s">
         <v>484</v>
       </c>
       <c r="D171" s="2"/>
       <c r="E171" s="2">
         <v>7079</v>
       </c>
       <c r="F171" s="2" t="s">
+        <v>25</v>
+      </c>
+      <c r="G171" s="2" t="s">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>17</v>
       </c>
       <c r="H171" s="2" t="s">
         <v>485</v>
       </c>
       <c r="I171" s="2">
         <v>46</v>
       </c>
       <c r="J171" s="2">
         <v>9</v>
       </c>
       <c r="K171" s="2">
         <v>70</v>
       </c>
       <c r="L171" s="2">
         <v>55</v>
       </c>
       <c r="M171" s="2">
         <v>0</v>
       </c>
       <c r="N171" s="2">
         <v>125</v>
       </c>
     </row>
     <row r="172" spans="1:14">
       <c r="A172" s="2">
-        <v>101764</v>
+        <v>115649</v>
       </c>
       <c r="B172" s="2" t="s">
         <v>486</v>
       </c>
       <c r="C172" s="2" t="s">
         <v>487</v>
       </c>
       <c r="D172" s="2"/>
       <c r="E172" s="2">
-        <v>7117</v>
+        <v>7312</v>
       </c>
       <c r="F172" s="2" t="s">
-        <v>76</v>
+        <v>25</v>
       </c>
       <c r="G172" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H172" s="2" t="s">
         <v>488</v>
       </c>
       <c r="I172" s="2">
         <v>47</v>
       </c>
       <c r="J172" s="2">
-        <v>38</v>
+        <v>47</v>
       </c>
       <c r="K172" s="2">
         <v>70</v>
       </c>
       <c r="L172" s="2">
-        <v>15</v>
+        <v>64</v>
       </c>
       <c r="M172" s="2">
         <v>0</v>
       </c>
       <c r="N172" s="2">
-        <v>85</v>
+        <v>134</v>
       </c>
     </row>
     <row r="173" spans="1:14">
       <c r="A173" s="2">
-        <v>115649</v>
+        <v>101764</v>
       </c>
       <c r="B173" s="2" t="s">
         <v>489</v>
       </c>
       <c r="C173" s="2" t="s">
         <v>490</v>
       </c>
       <c r="D173" s="2"/>
       <c r="E173" s="2">
-        <v>7312</v>
+        <v>7117</v>
       </c>
       <c r="F173" s="2" t="s">
-        <v>38</v>
+        <v>72</v>
       </c>
       <c r="G173" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H173" s="2" t="s">
         <v>491</v>
       </c>
       <c r="I173" s="2">
         <v>47</v>
       </c>
       <c r="J173" s="2">
-        <v>47</v>
+        <v>38</v>
       </c>
       <c r="K173" s="2">
         <v>70</v>
       </c>
       <c r="L173" s="2">
-        <v>64</v>
+        <v>15</v>
       </c>
       <c r="M173" s="2">
         <v>0</v>
       </c>
       <c r="N173" s="2">
-        <v>134</v>
+        <v>85</v>
       </c>
     </row>
     <row r="174" spans="1:14">
       <c r="A174" s="2">
-        <v>122640</v>
+        <v>115650</v>
       </c>
       <c r="B174" s="2" t="s">
         <v>492</v>
       </c>
       <c r="C174" s="2" t="s">
         <v>493</v>
       </c>
       <c r="D174" s="2"/>
       <c r="E174" s="2">
-        <v>7029</v>
+        <v>7253</v>
       </c>
       <c r="F174" s="2" t="s">
-        <v>21</v>
+        <v>119</v>
       </c>
       <c r="G174" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H174" s="2" t="s">
         <v>494</v>
       </c>
       <c r="I174" s="2">
         <v>48</v>
       </c>
       <c r="J174" s="2">
         <v>48</v>
       </c>
       <c r="K174" s="2">
-        <v>0</v>
+        <v>70</v>
       </c>
       <c r="L174" s="2">
-        <v>0</v>
+        <v>63</v>
       </c>
       <c r="M174" s="2">
         <v>0</v>
       </c>
       <c r="N174" s="2">
-        <v>0</v>
+        <v>133</v>
       </c>
     </row>
     <row r="175" spans="1:14">
       <c r="A175" s="2">
-        <v>115650</v>
+        <v>101765</v>
       </c>
       <c r="B175" s="2" t="s">
         <v>495</v>
       </c>
       <c r="C175" s="2" t="s">
         <v>496</v>
       </c>
       <c r="D175" s="2"/>
       <c r="E175" s="2">
-        <v>7253</v>
+        <v>7122</v>
       </c>
       <c r="F175" s="2" t="s">
-        <v>114</v>
+        <v>25</v>
       </c>
       <c r="G175" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H175" s="2" t="s">
         <v>497</v>
       </c>
       <c r="I175" s="2">
         <v>48</v>
       </c>
       <c r="J175" s="2">
-        <v>48</v>
+        <v>39</v>
       </c>
       <c r="K175" s="2">
         <v>70</v>
       </c>
       <c r="L175" s="2">
-        <v>63</v>
+        <v>15</v>
       </c>
       <c r="M175" s="2">
         <v>0</v>
       </c>
       <c r="N175" s="2">
-        <v>133</v>
+        <v>85</v>
       </c>
     </row>
     <row r="176" spans="1:14">
       <c r="A176" s="2">
-        <v>101765</v>
+        <v>122640</v>
       </c>
       <c r="B176" s="2" t="s">
         <v>498</v>
       </c>
       <c r="C176" s="2" t="s">
         <v>499</v>
       </c>
       <c r="D176" s="2"/>
       <c r="E176" s="2">
-        <v>7122</v>
+        <v>7029</v>
       </c>
       <c r="F176" s="2" t="s">
-        <v>38</v>
+        <v>21</v>
       </c>
       <c r="G176" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H176" s="2" t="s">
         <v>500</v>
       </c>
       <c r="I176" s="2">
         <v>48</v>
       </c>
       <c r="J176" s="2">
-        <v>39</v>
+        <v>48</v>
       </c>
       <c r="K176" s="2">
-        <v>70</v>
+        <v>0</v>
       </c>
       <c r="L176" s="2">
-        <v>15</v>
+        <v>0</v>
       </c>
       <c r="M176" s="2">
         <v>0</v>
       </c>
       <c r="N176" s="2">
-        <v>85</v>
+        <v>0</v>
       </c>
     </row>
     <row r="177" spans="1:14">
       <c r="A177" s="2">
         <v>122659</v>
       </c>
       <c r="B177" s="2" t="s">
         <v>501</v>
       </c>
       <c r="C177" s="2" t="s">
         <v>502</v>
       </c>
       <c r="D177" s="2"/>
       <c r="E177" s="2">
         <v>7107</v>
       </c>
       <c r="F177" s="2" t="s">
-        <v>104</v>
+        <v>100</v>
       </c>
       <c r="G177" s="2" t="s">
-        <v>17</v>
+        <v>38</v>
       </c>
       <c r="H177" s="2" t="s">
         <v>503</v>
       </c>
       <c r="I177" s="2">
         <v>49</v>
       </c>
       <c r="J177" s="2">
         <v>49</v>
       </c>
       <c r="K177" s="2">
         <v>0</v>
       </c>
       <c r="L177" s="2">
         <v>0</v>
       </c>
       <c r="M177" s="2">
         <v>0</v>
       </c>
       <c r="N177" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="178" spans="1:14">
       <c r="A178" s="2">
         <v>102824</v>
       </c>
       <c r="B178" s="2" t="s">
         <v>504</v>
       </c>
       <c r="C178" s="2" t="s">
         <v>505</v>
       </c>
       <c r="D178" s="2"/>
       <c r="E178" s="2">
         <v>7238</v>
       </c>
       <c r="F178" s="2" t="s">
         <v>126</v>
       </c>
       <c r="G178" s="2" t="s">
-        <v>17</v>
+        <v>38</v>
       </c>
       <c r="H178" s="2" t="s">
         <v>506</v>
       </c>
       <c r="I178" s="2">
         <v>49</v>
       </c>
       <c r="J178" s="2">
         <v>6</v>
       </c>
       <c r="K178" s="2">
         <v>70</v>
       </c>
       <c r="L178" s="2">
         <v>150</v>
       </c>
       <c r="M178" s="2">
         <v>0</v>
       </c>
       <c r="N178" s="2">
         <v>220</v>
       </c>
     </row>
     <row r="179" spans="1:14">
       <c r="A179" s="2">
         <v>101766</v>
       </c>
       <c r="B179" s="2" t="s">
         <v>507</v>
       </c>
       <c r="C179" s="2" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="D179" s="2"/>
       <c r="E179" s="2">
         <v>7075</v>
       </c>
       <c r="F179" s="2" t="s">
+        <v>25</v>
+      </c>
+      <c r="G179" s="2" t="s">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>17</v>
       </c>
       <c r="H179" s="2" t="s">
         <v>508</v>
       </c>
       <c r="I179" s="2">
         <v>49</v>
       </c>
       <c r="J179" s="2">
         <v>10</v>
       </c>
       <c r="K179" s="2">
         <v>70</v>
       </c>
       <c r="L179" s="2">
         <v>50</v>
       </c>
       <c r="M179" s="2">
         <v>0</v>
       </c>
       <c r="N179" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="180" spans="1:14">
       <c r="A180" s="2">
         <v>101767</v>
       </c>
       <c r="B180" s="2" t="s">
         <v>509</v>
       </c>
       <c r="C180" s="2" t="s">
         <v>510</v>
       </c>
       <c r="D180" s="2"/>
       <c r="E180" s="2">
         <v>7025</v>
       </c>
       <c r="F180" s="2" t="s">
         <v>68</v>
       </c>
       <c r="G180" s="2" t="s">
-        <v>17</v>
+        <v>38</v>
       </c>
       <c r="H180" s="2" t="s">
         <v>511</v>
       </c>
       <c r="I180" s="2">
         <v>50</v>
       </c>
       <c r="J180" s="2">
         <v>11</v>
       </c>
       <c r="K180" s="2">
         <v>70</v>
       </c>
       <c r="L180" s="2">
         <v>45</v>
       </c>
       <c r="M180" s="2">
         <v>0</v>
       </c>
       <c r="N180" s="2">
         <v>115</v>
       </c>
     </row>
     <row r="181" spans="1:14">
       <c r="A181" s="2">
         <v>115652</v>
       </c>
       <c r="B181" s="2" t="s">
         <v>512</v>
       </c>
       <c r="C181" s="2" t="s">
-        <v>170</v>
+        <v>169</v>
       </c>
       <c r="D181" s="2"/>
       <c r="E181" s="2">
         <v>7127</v>
       </c>
       <c r="F181" s="2" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="G181" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H181" s="2" t="s">
         <v>513</v>
       </c>
       <c r="I181" s="2">
         <v>50</v>
       </c>
       <c r="J181" s="2">
         <v>49</v>
       </c>
       <c r="K181" s="2">
         <v>70</v>
       </c>
       <c r="L181" s="2">
         <v>62</v>
       </c>
       <c r="M181" s="2">
         <v>0</v>
       </c>
       <c r="N181" s="2">
         <v>132</v>
       </c>
     </row>
     <row r="182" spans="1:14">
       <c r="A182" s="2">
-        <v>115653</v>
+        <v>101768</v>
       </c>
       <c r="B182" s="2" t="s">
         <v>514</v>
       </c>
       <c r="C182" s="2" t="s">
-        <v>25</v>
+        <v>515</v>
       </c>
       <c r="D182" s="2"/>
       <c r="E182" s="2">
-        <v>7207</v>
+        <v>7118</v>
       </c>
       <c r="F182" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="G182" s="2" t="s">
         <v>38</v>
       </c>
-      <c r="G182" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H182" s="2" t="s">
-        <v>515</v>
+        <v>516</v>
       </c>
       <c r="I182" s="2">
         <v>51</v>
       </c>
       <c r="J182" s="2">
-        <v>50</v>
+        <v>12</v>
       </c>
       <c r="K182" s="2">
         <v>70</v>
       </c>
       <c r="L182" s="2">
-        <v>61</v>
+        <v>40</v>
       </c>
       <c r="M182" s="2">
         <v>0</v>
       </c>
       <c r="N182" s="2">
-        <v>131</v>
+        <v>110</v>
       </c>
     </row>
     <row r="183" spans="1:14">
       <c r="A183" s="2">
-        <v>101768</v>
+        <v>115653</v>
       </c>
       <c r="B183" s="2" t="s">
-        <v>516</v>
+        <v>517</v>
       </c>
       <c r="C183" s="2" t="s">
-        <v>517</v>
+        <v>15</v>
       </c>
       <c r="D183" s="2"/>
       <c r="E183" s="2">
-        <v>7118</v>
+        <v>7207</v>
       </c>
       <c r="F183" s="2" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="G183" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H183" s="2" t="s">
         <v>518</v>
       </c>
       <c r="I183" s="2">
         <v>51</v>
       </c>
       <c r="J183" s="2">
-        <v>12</v>
+        <v>50</v>
       </c>
       <c r="K183" s="2">
         <v>70</v>
       </c>
       <c r="L183" s="2">
-        <v>40</v>
+        <v>61</v>
       </c>
       <c r="M183" s="2">
         <v>0</v>
       </c>
       <c r="N183" s="2">
-        <v>110</v>
+        <v>131</v>
       </c>
     </row>
     <row r="184" spans="1:14">
       <c r="A184" s="2">
-        <v>101445</v>
+        <v>115654</v>
       </c>
       <c r="B184" s="2" t="s">
         <v>519</v>
       </c>
       <c r="C184" s="2" t="s">
         <v>520</v>
       </c>
       <c r="D184" s="2"/>
       <c r="E184" s="2">
-        <v>7064</v>
+        <v>7313</v>
       </c>
       <c r="F184" s="2" t="s">
-        <v>104</v>
+        <v>25</v>
       </c>
       <c r="G184" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H184" s="2" t="s">
-        <v>518</v>
+        <v>521</v>
       </c>
       <c r="I184" s="2">
         <v>52</v>
       </c>
       <c r="J184" s="2">
-        <v>13</v>
+        <v>51</v>
       </c>
       <c r="K184" s="2">
         <v>70</v>
       </c>
       <c r="L184" s="2">
-        <v>35</v>
+        <v>60</v>
       </c>
       <c r="M184" s="2">
         <v>0</v>
       </c>
       <c r="N184" s="2">
-        <v>105</v>
+        <v>130</v>
       </c>
     </row>
     <row r="185" spans="1:14">
       <c r="A185" s="2">
-        <v>115654</v>
+        <v>101445</v>
       </c>
       <c r="B185" s="2" t="s">
-        <v>521</v>
+        <v>522</v>
       </c>
       <c r="C185" s="2" t="s">
-        <v>522</v>
+        <v>523</v>
       </c>
       <c r="D185" s="2"/>
       <c r="E185" s="2">
-        <v>7313</v>
+        <v>7064</v>
       </c>
       <c r="F185" s="2" t="s">
+        <v>100</v>
+      </c>
+      <c r="G185" s="2" t="s">
         <v>38</v>
       </c>
-      <c r="G185" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H185" s="2" t="s">
-        <v>523</v>
+        <v>516</v>
       </c>
       <c r="I185" s="2">
         <v>52</v>
       </c>
       <c r="J185" s="2">
-        <v>51</v>
+        <v>13</v>
       </c>
       <c r="K185" s="2">
         <v>70</v>
       </c>
       <c r="L185" s="2">
-        <v>60</v>
+        <v>35</v>
       </c>
       <c r="M185" s="2">
         <v>0</v>
       </c>
       <c r="N185" s="2">
-        <v>130</v>
+        <v>105</v>
       </c>
     </row>
     <row r="186" spans="1:14">
       <c r="A186" s="2">
         <v>101770</v>
       </c>
       <c r="B186" s="2" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="C186" s="2" t="s">
         <v>524</v>
       </c>
       <c r="D186" s="2"/>
       <c r="E186" s="2">
         <v>7065</v>
       </c>
       <c r="F186" s="2" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="G186" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H186" s="2" t="s">
         <v>525</v>
       </c>
       <c r="I186" s="2">
         <v>53</v>
       </c>
       <c r="J186" s="2">
         <v>40</v>
       </c>
       <c r="K186" s="2">
         <v>70</v>
       </c>
       <c r="L186" s="2">
         <v>15</v>
       </c>
       <c r="M186" s="2">
         <v>0</v>
       </c>
       <c r="N186" s="2">
         <v>85</v>
       </c>
     </row>
     <row r="187" spans="1:14">
       <c r="A187" s="2">
         <v>113903</v>
       </c>
       <c r="B187" s="2" t="s">
         <v>526</v>
       </c>
       <c r="C187" s="2" t="s">
         <v>527</v>
       </c>
       <c r="D187" s="2"/>
       <c r="E187" s="2">
         <v>7023</v>
       </c>
       <c r="F187" s="2" t="s">
-        <v>16</v>
+        <v>37</v>
       </c>
       <c r="G187" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H187" s="2" t="s">
         <v>528</v>
       </c>
       <c r="I187" s="2">
         <v>53</v>
       </c>
       <c r="J187" s="2">
         <v>52</v>
       </c>
       <c r="K187" s="2">
         <v>70</v>
       </c>
       <c r="L187" s="2">
         <v>59</v>
       </c>
       <c r="M187" s="2">
         <v>0</v>
       </c>
       <c r="N187" s="2">
         <v>129</v>
       </c>
     </row>
     <row r="188" spans="1:14">
       <c r="A188" s="2">
         <v>122644</v>
       </c>
       <c r="B188" s="2" t="s">
         <v>529</v>
       </c>
       <c r="C188" s="2" t="s">
         <v>530</v>
       </c>
       <c r="D188" s="2"/>
       <c r="E188" s="2">
         <v>7007</v>
       </c>
       <c r="F188" s="2" t="s">
-        <v>42</v>
+        <v>55</v>
       </c>
       <c r="G188" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H188" s="2" t="s">
         <v>531</v>
       </c>
       <c r="I188" s="2">
         <v>54</v>
       </c>
       <c r="J188" s="2">
         <v>54</v>
       </c>
       <c r="K188" s="2">
         <v>0</v>
       </c>
       <c r="L188" s="2">
         <v>0</v>
       </c>
       <c r="M188" s="2">
         <v>0</v>
       </c>
       <c r="N188" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="189" spans="1:14">
       <c r="A189" s="2">
         <v>101771</v>
       </c>
       <c r="B189" s="2" t="s">
         <v>532</v>
       </c>
       <c r="C189" s="2" t="s">
         <v>533</v>
       </c>
       <c r="D189" s="2"/>
       <c r="E189" s="2">
         <v>7092</v>
       </c>
       <c r="F189" s="2" t="s">
-        <v>104</v>
+        <v>100</v>
       </c>
       <c r="G189" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H189" s="2" t="s">
         <v>534</v>
       </c>
       <c r="I189" s="2">
         <v>54</v>
       </c>
       <c r="J189" s="2">
         <v>41</v>
       </c>
       <c r="K189" s="2">
         <v>70</v>
       </c>
       <c r="L189" s="2">
         <v>15</v>
       </c>
       <c r="M189" s="2">
         <v>0</v>
       </c>
       <c r="N189" s="2">
         <v>85</v>
       </c>
     </row>
     <row r="190" spans="1:14">
       <c r="A190" s="2">
         <v>115655</v>
       </c>
       <c r="B190" s="2" t="s">
         <v>535</v>
       </c>
       <c r="C190" s="2" t="s">
         <v>536</v>
       </c>
       <c r="D190" s="2"/>
       <c r="E190" s="2">
         <v>7162</v>
       </c>
       <c r="F190" s="2" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="G190" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H190" s="2" t="s">
         <v>537</v>
       </c>
       <c r="I190" s="2">
         <v>54</v>
       </c>
       <c r="J190" s="2">
         <v>53</v>
       </c>
       <c r="K190" s="2">
         <v>70</v>
       </c>
       <c r="L190" s="2">
         <v>58</v>
       </c>
       <c r="M190" s="2">
         <v>0</v>
       </c>
       <c r="N190" s="2">
         <v>128</v>
       </c>
     </row>
     <row r="191" spans="1:14">
       <c r="A191" s="2">
         <v>115656</v>
       </c>
       <c r="B191" s="2" t="s">
         <v>538</v>
       </c>
       <c r="C191" s="2" t="s">
-        <v>107</v>
+        <v>103</v>
       </c>
       <c r="D191" s="2"/>
       <c r="E191" s="2">
         <v>7122</v>
       </c>
       <c r="F191" s="2" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="G191" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H191" s="2" t="s">
         <v>539</v>
       </c>
       <c r="I191" s="2">
         <v>55</v>
       </c>
       <c r="J191" s="2">
         <v>54</v>
       </c>
       <c r="K191" s="2">
         <v>70</v>
       </c>
       <c r="L191" s="2">
         <v>57</v>
       </c>
       <c r="M191" s="2">
         <v>0</v>
       </c>
       <c r="N191" s="2">
         <v>127</v>
       </c>
     </row>
     <row r="192" spans="1:14">
       <c r="A192" s="2">
         <v>101772</v>
       </c>
       <c r="B192" s="2" t="s">
         <v>540</v>
       </c>
       <c r="C192" s="2" t="s">
         <v>541</v>
       </c>
       <c r="D192" s="2"/>
       <c r="E192" s="2">
         <v>7041</v>
       </c>
       <c r="F192" s="2" t="s">
-        <v>76</v>
+        <v>72</v>
       </c>
       <c r="G192" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H192" s="2" t="s">
         <v>542</v>
       </c>
       <c r="I192" s="2">
         <v>55</v>
       </c>
       <c r="J192" s="2">
         <v>42</v>
       </c>
       <c r="K192" s="2">
         <v>70</v>
       </c>
       <c r="L192" s="2">
         <v>15</v>
       </c>
       <c r="M192" s="2">
         <v>0</v>
       </c>
       <c r="N192" s="2">
         <v>85</v>
       </c>
     </row>
     <row r="193" spans="1:14">
       <c r="A193" s="2">
         <v>115657</v>
       </c>
       <c r="B193" s="2" t="s">
         <v>543</v>
       </c>
       <c r="C193" s="2" t="s">
         <v>544</v>
       </c>
       <c r="D193" s="2"/>
       <c r="E193" s="2">
         <v>7148</v>
       </c>
       <c r="F193" s="2" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="G193" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H193" s="2" t="s">
         <v>545</v>
       </c>
       <c r="I193" s="2">
         <v>56</v>
       </c>
       <c r="J193" s="2">
         <v>55</v>
       </c>
       <c r="K193" s="2">
         <v>70</v>
       </c>
       <c r="L193" s="2">
         <v>56</v>
       </c>
       <c r="M193" s="2">
         <v>0</v>
       </c>
       <c r="N193" s="2">
         <v>126</v>
       </c>
     </row>
     <row r="194" spans="1:14">
       <c r="A194" s="2">
         <v>100142</v>
       </c>
       <c r="B194" s="2" t="s">
         <v>546</v>
       </c>
       <c r="C194" s="2" t="s">
         <v>547</v>
       </c>
       <c r="D194" s="2"/>
       <c r="E194" s="2">
         <v>7105</v>
       </c>
       <c r="F194" s="2" t="s">
-        <v>76</v>
+        <v>72</v>
       </c>
       <c r="G194" s="2" t="s">
-        <v>17</v>
+        <v>38</v>
       </c>
       <c r="H194" s="2" t="s">
         <v>542</v>
       </c>
       <c r="I194" s="2">
         <v>56</v>
       </c>
       <c r="J194" s="2">
         <v>14</v>
       </c>
       <c r="K194" s="2">
         <v>70</v>
       </c>
       <c r="L194" s="2">
         <v>30</v>
       </c>
       <c r="M194" s="2">
         <v>0</v>
       </c>
       <c r="N194" s="2">
         <v>100</v>
       </c>
     </row>
     <row r="195" spans="1:14">
       <c r="A195" s="2">
-        <v>101774</v>
+        <v>116693</v>
       </c>
       <c r="B195" s="2" t="s">
         <v>548</v>
       </c>
       <c r="C195" s="2" t="s">
-        <v>549</v>
+        <v>15</v>
       </c>
       <c r="D195" s="2"/>
       <c r="E195" s="2">
-        <v>7040</v>
+        <v>7136</v>
       </c>
       <c r="F195" s="2" t="s">
-        <v>76</v>
+        <v>25</v>
       </c>
       <c r="G195" s="2" t="s">
-        <v>17</v>
+        <v>38</v>
       </c>
       <c r="H195" s="2" t="s">
-        <v>550</v>
+        <v>549</v>
       </c>
       <c r="I195" s="2">
         <v>57</v>
       </c>
       <c r="J195" s="2">
-        <v>15</v>
+        <v>7</v>
       </c>
       <c r="K195" s="2">
         <v>70</v>
       </c>
       <c r="L195" s="2">
-        <v>15</v>
+        <v>145</v>
       </c>
       <c r="M195" s="2">
         <v>0</v>
       </c>
       <c r="N195" s="2">
-        <v>85</v>
+        <v>215</v>
       </c>
     </row>
     <row r="196" spans="1:14">
       <c r="A196" s="2">
-        <v>116693</v>
+        <v>101774</v>
       </c>
       <c r="B196" s="2" t="s">
+        <v>550</v>
+      </c>
+      <c r="C196" s="2" t="s">
         <v>551</v>
-      </c>
-[...1 lines deleted...]
-        <v>25</v>
       </c>
       <c r="D196" s="2"/>
       <c r="E196" s="2">
-        <v>7136</v>
+        <v>7040</v>
       </c>
       <c r="F196" s="2" t="s">
+        <v>72</v>
+      </c>
+      <c r="G196" s="2" t="s">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>17</v>
       </c>
       <c r="H196" s="2" t="s">
         <v>552</v>
       </c>
       <c r="I196" s="2">
         <v>57</v>
       </c>
       <c r="J196" s="2">
-        <v>7</v>
+        <v>15</v>
       </c>
       <c r="K196" s="2">
         <v>70</v>
       </c>
       <c r="L196" s="2">
-        <v>145</v>
+        <v>15</v>
       </c>
       <c r="M196" s="2">
         <v>0</v>
       </c>
       <c r="N196" s="2">
-        <v>215</v>
+        <v>85</v>
       </c>
     </row>
     <row r="197" spans="1:14">
       <c r="A197" s="2">
         <v>101576</v>
       </c>
       <c r="B197" s="2" t="s">
         <v>553</v>
       </c>
       <c r="C197" s="2" t="s">
         <v>554</v>
       </c>
       <c r="D197" s="2"/>
       <c r="E197" s="2">
         <v>7089</v>
       </c>
       <c r="F197" s="2" t="s">
-        <v>256</v>
+        <v>253</v>
       </c>
       <c r="G197" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H197" s="2" t="s">
         <v>555</v>
       </c>
       <c r="I197" s="2">
         <v>58</v>
       </c>
       <c r="J197" s="2">
         <v>44</v>
       </c>
       <c r="K197" s="2">
         <v>70</v>
       </c>
       <c r="L197" s="2">
         <v>15</v>
       </c>
       <c r="M197" s="2">
         <v>0</v>
       </c>
       <c r="N197" s="2">
         <v>85</v>
       </c>
     </row>
     <row r="198" spans="1:14">
       <c r="A198" s="2">
         <v>115659</v>
       </c>
       <c r="B198" s="2" t="s">
         <v>556</v>
       </c>
       <c r="C198" s="2" t="s">
         <v>557</v>
       </c>
       <c r="D198" s="2"/>
       <c r="E198" s="2">
         <v>7229</v>
       </c>
       <c r="F198" s="2" t="s">
-        <v>104</v>
+        <v>100</v>
       </c>
       <c r="G198" s="2" t="s">
-        <v>17</v>
+        <v>38</v>
       </c>
       <c r="H198" s="2" t="s">
         <v>558</v>
       </c>
       <c r="I198" s="2">
         <v>58</v>
       </c>
       <c r="J198" s="2">
         <v>8</v>
       </c>
       <c r="K198" s="2">
         <v>70</v>
       </c>
       <c r="L198" s="2">
         <v>140</v>
       </c>
       <c r="M198" s="2">
         <v>0</v>
       </c>
       <c r="N198" s="2">
         <v>210</v>
       </c>
     </row>
     <row r="199" spans="1:14">
       <c r="A199" s="2">
         <v>115660</v>
       </c>
       <c r="B199" s="2" t="s">
         <v>559</v>
       </c>
       <c r="C199" s="2" t="s">
-        <v>170</v>
+        <v>169</v>
       </c>
       <c r="D199" s="2"/>
       <c r="E199" s="2">
         <v>7129</v>
       </c>
       <c r="F199" s="2" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="G199" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H199" s="2" t="s">
         <v>560</v>
       </c>
       <c r="I199" s="2">
         <v>59</v>
       </c>
       <c r="J199" s="2">
         <v>56</v>
       </c>
       <c r="K199" s="2">
         <v>70</v>
       </c>
       <c r="L199" s="2">
         <v>55</v>
       </c>
       <c r="M199" s="2">
         <v>0</v>
       </c>
       <c r="N199" s="2">
         <v>125</v>
       </c>
     </row>
     <row r="200" spans="1:14">
       <c r="A200" s="2">
         <v>101776</v>
       </c>
       <c r="B200" s="2" t="s">
         <v>561</v>
       </c>
       <c r="C200" s="2" t="s">
         <v>562</v>
       </c>
       <c r="D200" s="2"/>
       <c r="E200" s="2">
         <v>7035</v>
       </c>
       <c r="F200" s="2" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="G200" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H200" s="2" t="s">
         <v>563</v>
       </c>
       <c r="I200" s="2">
         <v>59</v>
       </c>
       <c r="J200" s="2">
         <v>45</v>
       </c>
       <c r="K200" s="2">
         <v>70</v>
       </c>
       <c r="L200" s="2">
         <v>15</v>
       </c>
       <c r="M200" s="2">
         <v>0</v>
       </c>
       <c r="N200" s="2">
         <v>85</v>
       </c>
     </row>
     <row r="201" spans="1:14">
       <c r="A201" s="2">
-        <v>115661</v>
+        <v>101777</v>
       </c>
       <c r="B201" s="2" t="s">
         <v>564</v>
       </c>
       <c r="C201" s="2" t="s">
         <v>565</v>
       </c>
       <c r="D201" s="2"/>
       <c r="E201" s="2">
-        <v>7063</v>
+        <v>7044</v>
       </c>
       <c r="F201" s="2" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="G201" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H201" s="2" t="s">
         <v>566</v>
       </c>
       <c r="I201" s="2">
         <v>60</v>
       </c>
       <c r="J201" s="2">
-        <v>57</v>
+        <v>46</v>
       </c>
       <c r="K201" s="2">
         <v>70</v>
       </c>
       <c r="L201" s="2">
-        <v>54</v>
+        <v>15</v>
       </c>
       <c r="M201" s="2">
         <v>0</v>
       </c>
       <c r="N201" s="2">
-        <v>124</v>
+        <v>85</v>
       </c>
     </row>
     <row r="202" spans="1:14">
       <c r="A202" s="2">
-        <v>101777</v>
+        <v>115661</v>
       </c>
       <c r="B202" s="2" t="s">
         <v>567</v>
       </c>
       <c r="C202" s="2" t="s">
         <v>568</v>
       </c>
       <c r="D202" s="2"/>
       <c r="E202" s="2">
-        <v>7044</v>
+        <v>7063</v>
       </c>
       <c r="F202" s="2" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="G202" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H202" s="2" t="s">
         <v>569</v>
       </c>
       <c r="I202" s="2">
         <v>60</v>
       </c>
       <c r="J202" s="2">
-        <v>46</v>
+        <v>57</v>
       </c>
       <c r="K202" s="2">
         <v>70</v>
       </c>
       <c r="L202" s="2">
-        <v>15</v>
+        <v>54</v>
       </c>
       <c r="M202" s="2">
         <v>0</v>
       </c>
       <c r="N202" s="2">
-        <v>85</v>
+        <v>124</v>
       </c>
     </row>
     <row r="203" spans="1:14">
       <c r="A203" s="2">
-        <v>115662</v>
+        <v>101778</v>
       </c>
       <c r="B203" s="2" t="s">
         <v>570</v>
       </c>
       <c r="C203" s="2" t="s">
         <v>571</v>
       </c>
       <c r="D203" s="2"/>
       <c r="E203" s="2">
-        <v>7120</v>
+        <v>7020</v>
       </c>
       <c r="F203" s="2" t="s">
-        <v>16</v>
+        <v>119</v>
       </c>
       <c r="G203" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H203" s="2" t="s">
         <v>572</v>
       </c>
       <c r="I203" s="2">
         <v>61</v>
       </c>
       <c r="J203" s="2">
-        <v>58</v>
+        <v>47</v>
       </c>
       <c r="K203" s="2">
         <v>70</v>
       </c>
       <c r="L203" s="2">
-        <v>53</v>
+        <v>15</v>
       </c>
       <c r="M203" s="2">
         <v>0</v>
       </c>
       <c r="N203" s="2">
-        <v>123</v>
+        <v>85</v>
       </c>
     </row>
     <row r="204" spans="1:14">
       <c r="A204" s="2">
-        <v>101778</v>
+        <v>115662</v>
       </c>
       <c r="B204" s="2" t="s">
         <v>573</v>
       </c>
       <c r="C204" s="2" t="s">
         <v>574</v>
       </c>
       <c r="D204" s="2"/>
       <c r="E204" s="2">
-        <v>7020</v>
+        <v>7120</v>
       </c>
       <c r="F204" s="2" t="s">
-        <v>114</v>
+        <v>37</v>
       </c>
       <c r="G204" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H204" s="2" t="s">
         <v>575</v>
       </c>
       <c r="I204" s="2">
         <v>61</v>
       </c>
       <c r="J204" s="2">
-        <v>47</v>
+        <v>58</v>
       </c>
       <c r="K204" s="2">
         <v>70</v>
       </c>
       <c r="L204" s="2">
-        <v>15</v>
+        <v>53</v>
       </c>
       <c r="M204" s="2">
         <v>0</v>
       </c>
       <c r="N204" s="2">
-        <v>85</v>
+        <v>123</v>
       </c>
     </row>
     <row r="205" spans="1:14">
       <c r="A205" s="2">
-        <v>115663</v>
+        <v>101779</v>
       </c>
       <c r="B205" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="C205" s="2" t="s">
         <v>576</v>
-      </c>
-[...1 lines deleted...]
-        <v>577</v>
       </c>
       <c r="D205" s="2"/>
       <c r="E205" s="2">
-        <v>7279</v>
+        <v>7066</v>
       </c>
       <c r="F205" s="2" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="G205" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H205" s="2" t="s">
-        <v>578</v>
+        <v>577</v>
       </c>
       <c r="I205" s="2">
         <v>62</v>
       </c>
       <c r="J205" s="2">
-        <v>59</v>
+        <v>48</v>
       </c>
       <c r="K205" s="2">
         <v>70</v>
       </c>
       <c r="L205" s="2">
-        <v>52</v>
+        <v>15</v>
       </c>
       <c r="M205" s="2">
         <v>0</v>
       </c>
       <c r="N205" s="2">
-        <v>122</v>
+        <v>85</v>
       </c>
     </row>
     <row r="206" spans="1:14">
       <c r="A206" s="2">
-        <v>101779</v>
+        <v>115663</v>
       </c>
       <c r="B206" s="2" t="s">
-        <v>25</v>
+        <v>578</v>
       </c>
       <c r="C206" s="2" t="s">
         <v>579</v>
       </c>
       <c r="D206" s="2"/>
       <c r="E206" s="2">
-        <v>7066</v>
+        <v>7279</v>
       </c>
       <c r="F206" s="2" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="G206" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H206" s="2" t="s">
         <v>580</v>
       </c>
       <c r="I206" s="2">
         <v>62</v>
       </c>
       <c r="J206" s="2">
-        <v>48</v>
+        <v>59</v>
       </c>
       <c r="K206" s="2">
         <v>70</v>
       </c>
       <c r="L206" s="2">
-        <v>15</v>
+        <v>52</v>
       </c>
       <c r="M206" s="2">
         <v>0</v>
       </c>
       <c r="N206" s="2">
-        <v>85</v>
+        <v>122</v>
       </c>
     </row>
     <row r="207" spans="1:14">
       <c r="A207" s="2">
-        <v>101780</v>
+        <v>115664</v>
       </c>
       <c r="B207" s="2" t="s">
         <v>581</v>
       </c>
       <c r="C207" s="2" t="s">
-        <v>582</v>
+        <v>225</v>
       </c>
       <c r="D207" s="2"/>
       <c r="E207" s="2">
-        <v>7031</v>
+        <v>7075</v>
       </c>
       <c r="F207" s="2" t="s">
-        <v>16</v>
+        <v>25</v>
       </c>
       <c r="G207" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H207" s="2" t="s">
-        <v>583</v>
+        <v>582</v>
       </c>
       <c r="I207" s="2">
         <v>63</v>
       </c>
       <c r="J207" s="2">
-        <v>49</v>
+        <v>60</v>
       </c>
       <c r="K207" s="2">
         <v>70</v>
       </c>
       <c r="L207" s="2">
-        <v>15</v>
+        <v>51</v>
       </c>
       <c r="M207" s="2">
         <v>0</v>
       </c>
       <c r="N207" s="2">
-        <v>85</v>
+        <v>121</v>
       </c>
     </row>
     <row r="208" spans="1:14">
       <c r="A208" s="2">
-        <v>115664</v>
+        <v>101780</v>
       </c>
       <c r="B208" s="2" t="s">
+        <v>583</v>
+      </c>
+      <c r="C208" s="2" t="s">
         <v>584</v>
-      </c>
-[...1 lines deleted...]
-        <v>225</v>
       </c>
       <c r="D208" s="2"/>
       <c r="E208" s="2">
-        <v>7075</v>
+        <v>7031</v>
       </c>
       <c r="F208" s="2" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="G208" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H208" s="2" t="s">
         <v>585</v>
       </c>
       <c r="I208" s="2">
         <v>63</v>
       </c>
       <c r="J208" s="2">
-        <v>60</v>
+        <v>49</v>
       </c>
       <c r="K208" s="2">
         <v>70</v>
       </c>
       <c r="L208" s="2">
-        <v>51</v>
+        <v>15</v>
       </c>
       <c r="M208" s="2">
         <v>0</v>
       </c>
       <c r="N208" s="2">
-        <v>121</v>
+        <v>85</v>
       </c>
     </row>
     <row r="209" spans="1:14">
       <c r="A209" s="2">
         <v>101781</v>
       </c>
       <c r="B209" s="2" t="s">
         <v>586</v>
       </c>
       <c r="C209" s="2" t="s">
         <v>587</v>
       </c>
       <c r="D209" s="2"/>
       <c r="E209" s="2">
         <v>7046</v>
       </c>
       <c r="F209" s="2" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="G209" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H209" s="2" t="s">
         <v>588</v>
       </c>
       <c r="I209" s="2">
         <v>64</v>
       </c>
       <c r="J209" s="2">
         <v>50</v>
       </c>
       <c r="K209" s="2">
         <v>70</v>
       </c>
       <c r="L209" s="2">
         <v>15</v>
       </c>
       <c r="M209" s="2">
         <v>0</v>
       </c>
       <c r="N209" s="2">
         <v>85</v>
       </c>
     </row>
     <row r="210" spans="1:14">
       <c r="A210" s="2">
         <v>115665</v>
       </c>
       <c r="B210" s="2" t="s">
         <v>589</v>
       </c>
       <c r="C210" s="2" t="s">
         <v>478</v>
       </c>
       <c r="D210" s="2"/>
       <c r="E210" s="2">
         <v>7028</v>
       </c>
       <c r="F210" s="2" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="G210" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H210" s="2" t="s">
         <v>590</v>
       </c>
       <c r="I210" s="2">
         <v>64</v>
       </c>
       <c r="J210" s="2">
         <v>61</v>
       </c>
       <c r="K210" s="2">
         <v>70</v>
       </c>
       <c r="L210" s="2">
         <v>50</v>
       </c>
       <c r="M210" s="2">
         <v>0</v>
       </c>
       <c r="N210" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="211" spans="1:14">
       <c r="A211" s="2">
         <v>101099</v>
       </c>
       <c r="B211" s="2" t="s">
-        <v>349</v>
+        <v>346</v>
       </c>
       <c r="C211" s="2" t="s">
         <v>591</v>
       </c>
       <c r="D211" s="2"/>
       <c r="E211" s="2">
         <v>7029</v>
       </c>
       <c r="F211" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G211" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H211" s="2" t="s">
         <v>592</v>
       </c>
       <c r="I211" s="2">
         <v>65</v>
       </c>
       <c r="J211" s="2">
         <v>51</v>
       </c>
       <c r="K211" s="2">
         <v>70</v>
       </c>
       <c r="L211" s="2">
         <v>10</v>
       </c>
       <c r="M211" s="2">
         <v>0</v>
       </c>
       <c r="N211" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="212" spans="1:14">
       <c r="A212" s="2">
         <v>115666</v>
       </c>
       <c r="B212" s="2" t="s">
         <v>593</v>
       </c>
       <c r="C212" s="2" t="s">
         <v>594</v>
       </c>
       <c r="D212" s="2"/>
       <c r="E212" s="2">
         <v>7091</v>
       </c>
       <c r="F212" s="2" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="G212" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H212" s="2" t="s">
         <v>595</v>
       </c>
       <c r="I212" s="2">
         <v>65</v>
       </c>
       <c r="J212" s="2">
         <v>62</v>
       </c>
       <c r="K212" s="2">
         <v>70</v>
       </c>
       <c r="L212" s="2">
         <v>49</v>
       </c>
       <c r="M212" s="2">
         <v>0</v>
       </c>
       <c r="N212" s="2">
         <v>119</v>
       </c>
     </row>
     <row r="213" spans="1:14">
       <c r="A213" s="2">
         <v>115667</v>
       </c>
       <c r="B213" s="2" t="s">
         <v>596</v>
       </c>
       <c r="C213" s="2" t="s">
         <v>597</v>
       </c>
       <c r="D213" s="2"/>
       <c r="E213" s="2">
         <v>7093</v>
       </c>
       <c r="F213" s="2" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="G213" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H213" s="2" t="s">
         <v>598</v>
       </c>
       <c r="I213" s="2">
         <v>66</v>
       </c>
       <c r="J213" s="2">
         <v>63</v>
       </c>
       <c r="K213" s="2">
         <v>70</v>
       </c>
       <c r="L213" s="2">
         <v>48</v>
       </c>
       <c r="M213" s="2">
         <v>0</v>
       </c>
       <c r="N213" s="2">
         <v>118</v>
       </c>
     </row>
     <row r="214" spans="1:14">
       <c r="A214" s="2">
         <v>101783</v>
       </c>
       <c r="B214" s="2" t="s">
         <v>599</v>
       </c>
       <c r="C214" s="2" t="s">
         <v>600</v>
       </c>
       <c r="D214" s="2"/>
       <c r="E214" s="2">
         <v>7037</v>
       </c>
       <c r="F214" s="2" t="s">
-        <v>76</v>
+        <v>72</v>
       </c>
       <c r="G214" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H214" s="2" t="s">
         <v>601</v>
       </c>
       <c r="I214" s="2">
         <v>66</v>
       </c>
       <c r="J214" s="2">
         <v>52</v>
       </c>
       <c r="K214" s="2">
         <v>70</v>
       </c>
       <c r="L214" s="2">
         <v>10</v>
       </c>
       <c r="M214" s="2">
         <v>0</v>
       </c>
       <c r="N214" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="215" spans="1:14">
       <c r="A215" s="2">
         <v>114417</v>
       </c>
       <c r="B215" s="2" t="s">
         <v>602</v>
       </c>
       <c r="C215" s="2" t="s">
         <v>603</v>
       </c>
       <c r="D215" s="2"/>
       <c r="E215" s="2">
         <v>7083</v>
       </c>
       <c r="F215" s="2" t="s">
-        <v>76</v>
+        <v>72</v>
       </c>
       <c r="G215" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H215" s="2" t="s">
         <v>604</v>
       </c>
       <c r="I215" s="2">
         <v>67</v>
       </c>
       <c r="J215" s="2">
         <v>64</v>
       </c>
       <c r="K215" s="2">
         <v>70</v>
       </c>
       <c r="L215" s="2">
         <v>47</v>
       </c>
       <c r="M215" s="2">
         <v>0</v>
       </c>
       <c r="N215" s="2">
         <v>117</v>
       </c>
     </row>
     <row r="216" spans="1:14">
       <c r="A216" s="2">
         <v>101784</v>
       </c>
       <c r="B216" s="2" t="s">
         <v>605</v>
       </c>
       <c r="C216" s="2" t="s">
         <v>606</v>
       </c>
       <c r="D216" s="2"/>
       <c r="E216" s="2">
         <v>7111</v>
       </c>
       <c r="F216" s="2" t="s">
-        <v>76</v>
+        <v>72</v>
       </c>
       <c r="G216" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H216" s="2" t="s">
         <v>601</v>
       </c>
       <c r="I216" s="2">
         <v>67</v>
       </c>
       <c r="J216" s="2">
         <v>53</v>
       </c>
       <c r="K216" s="2">
         <v>70</v>
       </c>
       <c r="L216" s="2">
         <v>10</v>
       </c>
       <c r="M216" s="2">
         <v>0</v>
       </c>
       <c r="N216" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="217" spans="1:14">
       <c r="A217" s="2">
         <v>116704</v>
       </c>
       <c r="B217" s="2" t="s">
         <v>607</v>
       </c>
       <c r="C217" s="2" t="s">
         <v>544</v>
       </c>
       <c r="D217" s="2"/>
       <c r="E217" s="2">
         <v>7137</v>
       </c>
       <c r="F217" s="2" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="G217" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H217" s="2" t="s">
         <v>608</v>
       </c>
       <c r="I217" s="2">
         <v>68</v>
       </c>
       <c r="J217" s="2">
         <v>65</v>
       </c>
       <c r="K217" s="2">
         <v>70</v>
       </c>
       <c r="L217" s="2">
         <v>46</v>
       </c>
       <c r="M217" s="2">
         <v>0</v>
       </c>
       <c r="N217" s="2">
         <v>116</v>
       </c>
     </row>
     <row r="218" spans="1:14">
       <c r="A218" s="2">
         <v>101058</v>
       </c>
       <c r="B218" s="2" t="s">
         <v>609</v>
       </c>
       <c r="C218" s="2" t="s">
         <v>610</v>
       </c>
       <c r="D218" s="2"/>
       <c r="E218" s="2">
         <v>7094</v>
       </c>
       <c r="F218" s="2" t="s">
         <v>126</v>
       </c>
       <c r="G218" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H218" s="2" t="s">
         <v>611</v>
       </c>
       <c r="I218" s="2">
         <v>68</v>
       </c>
       <c r="J218" s="2">
         <v>54</v>
       </c>
       <c r="K218" s="2">
         <v>70</v>
       </c>
       <c r="L218" s="2">
         <v>10</v>
       </c>
       <c r="M218" s="2">
         <v>0</v>
       </c>
       <c r="N218" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="219" spans="1:14">
       <c r="A219" s="2">
-        <v>101786</v>
+        <v>115670</v>
       </c>
       <c r="B219" s="2" t="s">
         <v>612</v>
       </c>
       <c r="C219" s="2" t="s">
         <v>613</v>
       </c>
       <c r="D219" s="2"/>
       <c r="E219" s="2">
-        <v>7112</v>
+        <v>7073</v>
       </c>
       <c r="F219" s="2" t="s">
-        <v>76</v>
+        <v>37</v>
       </c>
       <c r="G219" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H219" s="2" t="s">
         <v>614</v>
       </c>
       <c r="I219" s="2">
         <v>69</v>
       </c>
       <c r="J219" s="2">
-        <v>55</v>
+        <v>66</v>
       </c>
       <c r="K219" s="2">
         <v>70</v>
       </c>
       <c r="L219" s="2">
-        <v>10</v>
+        <v>45</v>
       </c>
       <c r="M219" s="2">
         <v>0</v>
       </c>
       <c r="N219" s="2">
-        <v>80</v>
+        <v>115</v>
       </c>
     </row>
     <row r="220" spans="1:14">
       <c r="A220" s="2">
-        <v>115670</v>
+        <v>101786</v>
       </c>
       <c r="B220" s="2" t="s">
         <v>615</v>
       </c>
       <c r="C220" s="2" t="s">
         <v>616</v>
       </c>
       <c r="D220" s="2"/>
       <c r="E220" s="2">
-        <v>7073</v>
+        <v>7112</v>
       </c>
       <c r="F220" s="2" t="s">
-        <v>16</v>
+        <v>72</v>
       </c>
       <c r="G220" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H220" s="2" t="s">
         <v>617</v>
       </c>
       <c r="I220" s="2">
         <v>69</v>
       </c>
       <c r="J220" s="2">
-        <v>66</v>
+        <v>55</v>
       </c>
       <c r="K220" s="2">
         <v>70</v>
       </c>
       <c r="L220" s="2">
-        <v>45</v>
+        <v>10</v>
       </c>
       <c r="M220" s="2">
         <v>0</v>
       </c>
       <c r="N220" s="2">
-        <v>115</v>
+        <v>80</v>
       </c>
     </row>
     <row r="221" spans="1:14">
       <c r="A221" s="2">
         <v>101787</v>
       </c>
       <c r="B221" s="2" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="C221" s="2" t="s">
         <v>618</v>
       </c>
       <c r="D221" s="2"/>
       <c r="E221" s="2">
         <v>7068</v>
       </c>
       <c r="F221" s="2" t="s">
+        <v>25</v>
+      </c>
+      <c r="G221" s="2" t="s">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>17</v>
       </c>
       <c r="H221" s="2" t="s">
         <v>619</v>
       </c>
       <c r="I221" s="2">
         <v>70</v>
       </c>
       <c r="J221" s="2">
         <v>16</v>
       </c>
       <c r="K221" s="2">
         <v>70</v>
       </c>
       <c r="L221" s="2">
         <v>24</v>
       </c>
       <c r="M221" s="2">
         <v>0</v>
       </c>
       <c r="N221" s="2">
         <v>94</v>
       </c>
     </row>
     <row r="222" spans="1:14">
       <c r="A222" s="2">
         <v>113915</v>
       </c>
       <c r="B222" s="2" t="s">
         <v>620</v>
       </c>
       <c r="C222" s="2" t="s">
         <v>621</v>
       </c>
       <c r="D222" s="2"/>
       <c r="E222" s="2">
         <v>7078</v>
       </c>
       <c r="F222" s="2" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="G222" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H222" s="2" t="s">
         <v>622</v>
       </c>
       <c r="I222" s="2">
         <v>70</v>
       </c>
       <c r="J222" s="2">
         <v>67</v>
       </c>
       <c r="K222" s="2">
         <v>70</v>
       </c>
       <c r="L222" s="2">
         <v>44</v>
       </c>
       <c r="M222" s="2">
         <v>0</v>
       </c>
       <c r="N222" s="2">
         <v>114</v>
       </c>
     </row>
     <row r="223" spans="1:14">
       <c r="A223" s="2">
         <v>115672</v>
       </c>
       <c r="B223" s="2" t="s">
         <v>623</v>
       </c>
       <c r="C223" s="2" t="s">
         <v>624</v>
       </c>
       <c r="D223" s="2"/>
       <c r="E223" s="2">
         <v>7240</v>
       </c>
       <c r="F223" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G223" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H223" s="2" t="s">
         <v>625</v>
       </c>
       <c r="I223" s="2">
         <v>71</v>
       </c>
       <c r="J223" s="2">
         <v>68</v>
       </c>
       <c r="K223" s="2">
         <v>70</v>
       </c>
       <c r="L223" s="2">
         <v>43</v>
       </c>
       <c r="M223" s="2">
         <v>0</v>
       </c>
       <c r="N223" s="2">
         <v>113</v>
       </c>
     </row>
     <row r="224" spans="1:14">
       <c r="A224" s="2">
         <v>101788</v>
       </c>
       <c r="B224" s="2" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="C224" s="2" t="s">
         <v>626</v>
       </c>
       <c r="D224" s="2"/>
       <c r="E224" s="2">
         <v>7072</v>
       </c>
       <c r="F224" s="2" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="G224" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H224" s="2" t="s">
         <v>627</v>
       </c>
       <c r="I224" s="2">
         <v>71</v>
       </c>
       <c r="J224" s="2">
         <v>56</v>
       </c>
       <c r="K224" s="2">
         <v>70</v>
       </c>
       <c r="L224" s="2">
         <v>10</v>
       </c>
       <c r="M224" s="2">
         <v>0</v>
       </c>
       <c r="N224" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="225" spans="1:14">
       <c r="A225" s="2">
         <v>101789</v>
       </c>
       <c r="B225" s="2" t="s">
         <v>628</v>
       </c>
       <c r="C225" s="2" t="s">
         <v>629</v>
       </c>
       <c r="D225" s="2"/>
       <c r="E225" s="2">
         <v>7036</v>
       </c>
       <c r="F225" s="2" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="G225" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H225" s="2" t="s">
         <v>630</v>
       </c>
       <c r="I225" s="2">
         <v>72</v>
       </c>
       <c r="J225" s="2">
         <v>57</v>
       </c>
       <c r="K225" s="2">
         <v>70</v>
       </c>
       <c r="L225" s="2">
         <v>10</v>
       </c>
       <c r="M225" s="2">
         <v>0</v>
       </c>
       <c r="N225" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="226" spans="1:14">
       <c r="A226" s="2">
         <v>115673</v>
       </c>
       <c r="B226" s="2" t="s">
         <v>631</v>
       </c>
       <c r="C226" s="2" t="s">
-        <v>230</v>
+        <v>227</v>
       </c>
       <c r="D226" s="2"/>
       <c r="E226" s="2">
         <v>7101</v>
       </c>
       <c r="F226" s="2" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="G226" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H226" s="2" t="s">
         <v>632</v>
       </c>
       <c r="I226" s="2">
         <v>72</v>
       </c>
       <c r="J226" s="2">
         <v>69</v>
       </c>
       <c r="K226" s="2">
         <v>70</v>
       </c>
       <c r="L226" s="2">
         <v>42</v>
       </c>
       <c r="M226" s="2">
         <v>0</v>
       </c>
       <c r="N226" s="2">
         <v>112</v>
       </c>
     </row>
     <row r="227" spans="1:14">
       <c r="A227" s="2">
         <v>115674</v>
       </c>
       <c r="B227" s="2" t="s">
         <v>633</v>
       </c>
       <c r="C227" s="2" t="s">
-        <v>107</v>
+        <v>103</v>
       </c>
       <c r="D227" s="2"/>
       <c r="E227" s="2">
         <v>7116</v>
       </c>
       <c r="F227" s="2" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="G227" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H227" s="2" t="s">
         <v>634</v>
       </c>
       <c r="I227" s="2">
         <v>73</v>
       </c>
       <c r="J227" s="2">
         <v>70</v>
       </c>
       <c r="K227" s="2">
         <v>70</v>
       </c>
       <c r="L227" s="2">
         <v>41</v>
       </c>
       <c r="M227" s="2">
         <v>0</v>
       </c>
       <c r="N227" s="2">
         <v>111</v>
       </c>
     </row>
     <row r="228" spans="1:14">
       <c r="A228" s="2">
         <v>101790</v>
       </c>
       <c r="B228" s="2" t="s">
         <v>635</v>
       </c>
       <c r="C228" s="2" t="s">
         <v>636</v>
       </c>
       <c r="D228" s="2"/>
       <c r="E228" s="2">
         <v>7131</v>
       </c>
       <c r="F228" s="2" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="G228" s="2" t="s">
-        <v>17</v>
+        <v>38</v>
       </c>
       <c r="H228" s="2" t="s">
         <v>637</v>
       </c>
       <c r="I228" s="2">
         <v>73</v>
       </c>
       <c r="J228" s="2">
         <v>17</v>
       </c>
       <c r="K228" s="2">
         <v>70</v>
       </c>
       <c r="L228" s="2">
         <v>23</v>
       </c>
       <c r="M228" s="2">
         <v>0</v>
       </c>
       <c r="N228" s="2">
         <v>93</v>
       </c>
     </row>
     <row r="229" spans="1:14">
       <c r="A229" s="2">
         <v>101791</v>
       </c>
       <c r="B229" s="2" t="s">
         <v>638</v>
       </c>
       <c r="C229" s="2" t="s">
         <v>639</v>
       </c>
       <c r="D229" s="2"/>
       <c r="E229" s="2">
         <v>7080</v>
       </c>
       <c r="F229" s="2" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="G229" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H229" s="2" t="s">
         <v>640</v>
       </c>
       <c r="I229" s="2">
         <v>74</v>
       </c>
       <c r="J229" s="2">
         <v>58</v>
       </c>
       <c r="K229" s="2">
         <v>70</v>
       </c>
       <c r="L229" s="2">
         <v>10</v>
       </c>
       <c r="M229" s="2">
         <v>0</v>
       </c>
       <c r="N229" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="230" spans="1:14">
       <c r="A230" s="2">
         <v>100114</v>
       </c>
       <c r="B230" s="2" t="s">
         <v>641</v>
       </c>
       <c r="C230" s="2" t="s">
         <v>642</v>
       </c>
       <c r="D230" s="2"/>
       <c r="E230" s="2">
         <v>7284</v>
       </c>
       <c r="F230" s="2" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="G230" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H230" s="2" t="s">
         <v>643</v>
       </c>
       <c r="I230" s="2">
         <v>74</v>
       </c>
       <c r="J230" s="2">
         <v>71</v>
       </c>
       <c r="K230" s="2">
         <v>70</v>
       </c>
       <c r="L230" s="2">
         <v>40</v>
       </c>
       <c r="M230" s="2">
         <v>0</v>
       </c>
       <c r="N230" s="2">
         <v>110</v>
       </c>
     </row>
     <row r="231" spans="1:14">
       <c r="A231" s="2">
-        <v>115676</v>
+        <v>101792</v>
       </c>
       <c r="B231" s="2" t="s">
         <v>644</v>
       </c>
       <c r="C231" s="2" t="s">
         <v>645</v>
       </c>
       <c r="D231" s="2"/>
       <c r="E231" s="2">
-        <v>7314</v>
+        <v>7059</v>
       </c>
       <c r="F231" s="2" t="s">
-        <v>30</v>
+        <v>72</v>
       </c>
       <c r="G231" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H231" s="2" t="s">
         <v>646</v>
       </c>
       <c r="I231" s="2">
         <v>75</v>
       </c>
       <c r="J231" s="2">
-        <v>9</v>
+        <v>59</v>
       </c>
       <c r="K231" s="2">
         <v>70</v>
       </c>
       <c r="L231" s="2">
-        <v>135</v>
+        <v>10</v>
       </c>
       <c r="M231" s="2">
         <v>0</v>
       </c>
       <c r="N231" s="2">
-        <v>205</v>
+        <v>80</v>
       </c>
     </row>
     <row r="232" spans="1:14">
       <c r="A232" s="2">
-        <v>101792</v>
+        <v>115676</v>
       </c>
       <c r="B232" s="2" t="s">
         <v>647</v>
       </c>
       <c r="C232" s="2" t="s">
         <v>648</v>
       </c>
       <c r="D232" s="2"/>
       <c r="E232" s="2">
-        <v>7059</v>
+        <v>7314</v>
       </c>
       <c r="F232" s="2" t="s">
-        <v>76</v>
+        <v>29</v>
       </c>
       <c r="G232" s="2" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="H232" s="2" t="s">
         <v>649</v>
       </c>
       <c r="I232" s="2">
         <v>75</v>
       </c>
       <c r="J232" s="2">
-        <v>59</v>
+        <v>9</v>
       </c>
       <c r="K232" s="2">
         <v>70</v>
       </c>
       <c r="L232" s="2">
-        <v>10</v>
+        <v>135</v>
       </c>
       <c r="M232" s="2">
         <v>0</v>
       </c>
       <c r="N232" s="2">
-        <v>80</v>
+        <v>205</v>
       </c>
     </row>
     <row r="233" spans="1:14">
       <c r="A233" s="2">
         <v>101793</v>
       </c>
       <c r="B233" s="2" t="s">
         <v>650</v>
       </c>
       <c r="C233" s="2" t="s">
         <v>651</v>
       </c>
       <c r="D233" s="2"/>
       <c r="E233" s="2">
         <v>7058</v>
       </c>
       <c r="F233" s="2" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="G233" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H233" s="2" t="s">
         <v>652</v>
       </c>
       <c r="I233" s="2">
         <v>76</v>
       </c>
       <c r="J233" s="2">
         <v>60</v>
       </c>
       <c r="K233" s="2">
         <v>70</v>
       </c>
       <c r="L233" s="2">
         <v>10</v>
       </c>
       <c r="M233" s="2">
         <v>0</v>
       </c>
       <c r="N233" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="234" spans="1:14">
       <c r="A234" s="2">
         <v>111832</v>
       </c>
       <c r="B234" s="2" t="s">
         <v>653</v>
       </c>
       <c r="C234" s="2" t="s">
         <v>654</v>
       </c>
       <c r="D234" s="2"/>
       <c r="E234" s="2">
         <v>7082</v>
       </c>
       <c r="F234" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G234" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H234" s="2" t="s">
         <v>655</v>
       </c>
       <c r="I234" s="2">
         <v>76</v>
       </c>
       <c r="J234" s="2">
         <v>72</v>
       </c>
       <c r="K234" s="2">
         <v>70</v>
       </c>
       <c r="L234" s="2">
         <v>39</v>
       </c>
       <c r="M234" s="2">
         <v>0</v>
       </c>
       <c r="N234" s="2">
         <v>109</v>
       </c>
     </row>
     <row r="235" spans="1:14">
       <c r="A235" s="2">
         <v>115678</v>
       </c>
       <c r="B235" s="2" t="s">
         <v>656</v>
       </c>
       <c r="C235" s="2" t="s">
         <v>657</v>
       </c>
       <c r="D235" s="2"/>
       <c r="E235" s="2">
         <v>7282</v>
       </c>
       <c r="F235" s="2" t="s">
-        <v>219</v>
+        <v>214</v>
       </c>
       <c r="G235" s="2" t="s">
-        <v>17</v>
+        <v>38</v>
       </c>
       <c r="H235" s="2" t="s">
         <v>658</v>
       </c>
       <c r="I235" s="2">
         <v>77</v>
       </c>
       <c r="J235" s="2">
         <v>10</v>
       </c>
       <c r="K235" s="2">
         <v>70</v>
       </c>
       <c r="L235" s="2">
         <v>130</v>
       </c>
       <c r="M235" s="2">
         <v>0</v>
       </c>
       <c r="N235" s="2">
         <v>200</v>
       </c>
     </row>
     <row r="236" spans="1:14">
       <c r="A236" s="2">
         <v>101794</v>
       </c>
       <c r="B236" s="2" t="s">
         <v>659</v>
       </c>
       <c r="C236" s="2" t="s">
         <v>660</v>
       </c>
       <c r="D236" s="2"/>
       <c r="E236" s="2">
         <v>7063</v>
       </c>
       <c r="F236" s="2" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="G236" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H236" s="2" t="s">
         <v>661</v>
       </c>
       <c r="I236" s="2">
         <v>77</v>
       </c>
       <c r="J236" s="2">
         <v>61</v>
       </c>
       <c r="K236" s="2">
         <v>70</v>
       </c>
       <c r="L236" s="2">
         <v>10</v>
       </c>
       <c r="M236" s="2">
         <v>0</v>
       </c>
       <c r="N236" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="237" spans="1:14">
       <c r="A237" s="2">
-        <v>115679</v>
+        <v>101795</v>
       </c>
       <c r="B237" s="2" t="s">
         <v>662</v>
       </c>
       <c r="C237" s="2" t="s">
         <v>663</v>
       </c>
       <c r="D237" s="2"/>
       <c r="E237" s="2">
-        <v>7245</v>
+        <v>7107</v>
       </c>
       <c r="F237" s="2" t="s">
-        <v>38</v>
+        <v>72</v>
       </c>
       <c r="G237" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H237" s="2" t="s">
         <v>664</v>
       </c>
       <c r="I237" s="2">
         <v>78</v>
       </c>
       <c r="J237" s="2">
-        <v>73</v>
+        <v>62</v>
       </c>
       <c r="K237" s="2">
         <v>70</v>
       </c>
       <c r="L237" s="2">
-        <v>38</v>
+        <v>10</v>
       </c>
       <c r="M237" s="2">
         <v>0</v>
       </c>
       <c r="N237" s="2">
-        <v>108</v>
+        <v>80</v>
       </c>
     </row>
     <row r="238" spans="1:14">
       <c r="A238" s="2">
-        <v>101795</v>
+        <v>115679</v>
       </c>
       <c r="B238" s="2" t="s">
         <v>665</v>
       </c>
       <c r="C238" s="2" t="s">
         <v>666</v>
       </c>
       <c r="D238" s="2"/>
       <c r="E238" s="2">
-        <v>7107</v>
+        <v>7245</v>
       </c>
       <c r="F238" s="2" t="s">
-        <v>76</v>
+        <v>25</v>
       </c>
       <c r="G238" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H238" s="2" t="s">
         <v>667</v>
       </c>
       <c r="I238" s="2">
         <v>78</v>
       </c>
       <c r="J238" s="2">
-        <v>62</v>
+        <v>73</v>
       </c>
       <c r="K238" s="2">
         <v>70</v>
       </c>
       <c r="L238" s="2">
-        <v>10</v>
+        <v>38</v>
       </c>
       <c r="M238" s="2">
         <v>0</v>
       </c>
       <c r="N238" s="2">
-        <v>80</v>
+        <v>108</v>
       </c>
     </row>
     <row r="239" spans="1:14">
       <c r="A239" s="2">
-        <v>101796</v>
+        <v>115680</v>
       </c>
       <c r="B239" s="2" t="s">
         <v>668</v>
       </c>
       <c r="C239" s="2" t="s">
         <v>669</v>
       </c>
       <c r="D239" s="2"/>
       <c r="E239" s="2">
-        <v>7084</v>
+        <v>7121</v>
       </c>
       <c r="F239" s="2" t="s">
-        <v>76</v>
+        <v>25</v>
       </c>
       <c r="G239" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H239" s="2" t="s">
         <v>670</v>
       </c>
       <c r="I239" s="2">
         <v>79</v>
       </c>
       <c r="J239" s="2">
-        <v>18</v>
+        <v>74</v>
       </c>
       <c r="K239" s="2">
         <v>70</v>
       </c>
       <c r="L239" s="2">
-        <v>22</v>
+        <v>37</v>
       </c>
       <c r="M239" s="2">
         <v>0</v>
       </c>
       <c r="N239" s="2">
-        <v>92</v>
+        <v>107</v>
       </c>
     </row>
     <row r="240" spans="1:14">
       <c r="A240" s="2">
-        <v>115680</v>
+        <v>101796</v>
       </c>
       <c r="B240" s="2" t="s">
         <v>671</v>
       </c>
       <c r="C240" s="2" t="s">
         <v>672</v>
       </c>
       <c r="D240" s="2"/>
       <c r="E240" s="2">
-        <v>7121</v>
+        <v>7084</v>
       </c>
       <c r="F240" s="2" t="s">
+        <v>72</v>
+      </c>
+      <c r="G240" s="2" t="s">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>22</v>
       </c>
       <c r="H240" s="2" t="s">
         <v>673</v>
       </c>
       <c r="I240" s="2">
         <v>79</v>
       </c>
       <c r="J240" s="2">
-        <v>74</v>
+        <v>18</v>
       </c>
       <c r="K240" s="2">
         <v>70</v>
       </c>
       <c r="L240" s="2">
-        <v>37</v>
+        <v>22</v>
       </c>
       <c r="M240" s="2">
         <v>0</v>
       </c>
       <c r="N240" s="2">
-        <v>107</v>
+        <v>92</v>
       </c>
     </row>
     <row r="241" spans="1:14">
       <c r="A241" s="2">
         <v>101797</v>
       </c>
       <c r="B241" s="2" t="s">
         <v>674</v>
       </c>
       <c r="C241" s="2" t="s">
         <v>675</v>
       </c>
       <c r="D241" s="2"/>
       <c r="E241" s="2">
         <v>7096</v>
       </c>
       <c r="F241" s="2" t="s">
-        <v>76</v>
+        <v>72</v>
       </c>
       <c r="G241" s="2" t="s">
-        <v>17</v>
+        <v>38</v>
       </c>
       <c r="H241" s="2" t="s">
         <v>676</v>
       </c>
       <c r="I241" s="2">
         <v>80</v>
       </c>
       <c r="J241" s="2">
         <v>19</v>
       </c>
       <c r="K241" s="2">
         <v>70</v>
       </c>
       <c r="L241" s="2">
         <v>21</v>
       </c>
       <c r="M241" s="2">
         <v>0</v>
       </c>
       <c r="N241" s="2">
         <v>91</v>
       </c>
     </row>
     <row r="242" spans="1:14">
       <c r="A242" s="2">
         <v>115681</v>
       </c>
       <c r="B242" s="2" t="s">
         <v>677</v>
       </c>
       <c r="C242" s="2" t="s">
         <v>594</v>
       </c>
       <c r="D242" s="2"/>
       <c r="E242" s="2">
         <v>7299</v>
       </c>
       <c r="F242" s="2" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="G242" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H242" s="2" t="s">
         <v>678</v>
       </c>
       <c r="I242" s="2">
         <v>80</v>
       </c>
       <c r="J242" s="2">
         <v>75</v>
       </c>
       <c r="K242" s="2">
         <v>70</v>
       </c>
       <c r="L242" s="2">
         <v>36</v>
       </c>
       <c r="M242" s="2">
         <v>0</v>
       </c>
       <c r="N242" s="2">
         <v>106</v>
       </c>
     </row>
     <row r="243" spans="1:14">
       <c r="A243" s="2">
-        <v>116717</v>
+        <v>101798</v>
       </c>
       <c r="B243" s="2" t="s">
         <v>679</v>
       </c>
       <c r="C243" s="2" t="s">
-        <v>680</v>
+        <v>416</v>
       </c>
       <c r="D243" s="2"/>
       <c r="E243" s="2">
-        <v>7197</v>
+        <v>7048</v>
       </c>
       <c r="F243" s="2" t="s">
-        <v>38</v>
+        <v>16</v>
       </c>
       <c r="G243" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H243" s="2" t="s">
-        <v>681</v>
+        <v>680</v>
       </c>
       <c r="I243" s="2">
         <v>81</v>
       </c>
       <c r="J243" s="2">
-        <v>76</v>
+        <v>63</v>
       </c>
       <c r="K243" s="2">
         <v>70</v>
       </c>
       <c r="L243" s="2">
-        <v>35</v>
+        <v>10</v>
       </c>
       <c r="M243" s="2">
         <v>0</v>
       </c>
       <c r="N243" s="2">
-        <v>105</v>
+        <v>80</v>
       </c>
     </row>
     <row r="244" spans="1:14">
       <c r="A244" s="2">
-        <v>101798</v>
+        <v>116717</v>
       </c>
       <c r="B244" s="2" t="s">
+        <v>681</v>
+      </c>
+      <c r="C244" s="2" t="s">
         <v>682</v>
-      </c>
-[...1 lines deleted...]
-        <v>416</v>
       </c>
       <c r="D244" s="2"/>
       <c r="E244" s="2">
-        <v>7048</v>
+        <v>7197</v>
       </c>
       <c r="F244" s="2" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="G244" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H244" s="2" t="s">
         <v>683</v>
       </c>
       <c r="I244" s="2">
         <v>81</v>
       </c>
       <c r="J244" s="2">
-        <v>63</v>
+        <v>76</v>
       </c>
       <c r="K244" s="2">
         <v>70</v>
       </c>
       <c r="L244" s="2">
-        <v>10</v>
+        <v>35</v>
       </c>
       <c r="M244" s="2">
         <v>0</v>
       </c>
       <c r="N244" s="2">
-        <v>80</v>
+        <v>105</v>
       </c>
     </row>
     <row r="245" spans="1:14">
       <c r="A245" s="2">
         <v>115683</v>
       </c>
       <c r="B245" s="2" t="s">
         <v>684</v>
       </c>
       <c r="C245" s="2" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="D245" s="2"/>
       <c r="E245" s="2">
         <v>7086</v>
       </c>
       <c r="F245" s="2" t="s">
+        <v>25</v>
+      </c>
+      <c r="G245" s="2" t="s">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>17</v>
       </c>
       <c r="H245" s="2" t="s">
         <v>685</v>
       </c>
       <c r="I245" s="2">
         <v>82</v>
       </c>
       <c r="J245" s="2">
         <v>11</v>
       </c>
       <c r="K245" s="2">
         <v>70</v>
       </c>
       <c r="L245" s="2">
         <v>125</v>
       </c>
       <c r="M245" s="2">
         <v>0</v>
       </c>
       <c r="N245" s="2">
         <v>195</v>
       </c>
     </row>
     <row r="246" spans="1:14">
       <c r="A246" s="2">
         <v>101799</v>
       </c>
       <c r="B246" s="2" t="s">
         <v>686</v>
       </c>
       <c r="C246" s="2" t="s">
         <v>687</v>
       </c>
       <c r="D246" s="2"/>
       <c r="E246" s="2">
         <v>7024</v>
       </c>
       <c r="F246" s="2" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="G246" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H246" s="2" t="s">
         <v>688</v>
       </c>
       <c r="I246" s="2">
         <v>82</v>
       </c>
       <c r="J246" s="2">
         <v>64</v>
       </c>
       <c r="K246" s="2">
         <v>70</v>
       </c>
       <c r="L246" s="2">
         <v>10</v>
       </c>
       <c r="M246" s="2">
         <v>0</v>
       </c>
       <c r="N246" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="247" spans="1:14">
       <c r="A247" s="2">
         <v>101800</v>
       </c>
       <c r="B247" s="2" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="C247" s="2" t="s">
         <v>689</v>
       </c>
       <c r="D247" s="2"/>
       <c r="E247" s="2">
         <v>7071</v>
       </c>
       <c r="F247" s="2" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="G247" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H247" s="2" t="s">
         <v>690</v>
       </c>
       <c r="I247" s="2">
         <v>83</v>
       </c>
       <c r="J247" s="2">
         <v>65</v>
       </c>
       <c r="K247" s="2">
         <v>70</v>
       </c>
       <c r="L247" s="2">
         <v>10</v>
       </c>
       <c r="M247" s="2">
         <v>0</v>
       </c>
       <c r="N247" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="248" spans="1:14">
       <c r="A248" s="2">
         <v>115684</v>
       </c>
       <c r="B248" s="2" t="s">
         <v>691</v>
       </c>
       <c r="C248" s="2" t="s">
         <v>387</v>
       </c>
       <c r="D248" s="2"/>
       <c r="E248" s="2">
         <v>7109</v>
       </c>
       <c r="F248" s="2" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="G248" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H248" s="2" t="s">
         <v>692</v>
       </c>
       <c r="I248" s="2">
         <v>83</v>
       </c>
       <c r="J248" s="2">
         <v>77</v>
       </c>
       <c r="K248" s="2">
         <v>70</v>
       </c>
       <c r="L248" s="2">
         <v>34</v>
       </c>
       <c r="M248" s="2">
         <v>0</v>
       </c>
       <c r="N248" s="2">
         <v>104</v>
       </c>
     </row>
     <row r="249" spans="1:14">
       <c r="A249" s="2">
-        <v>101801</v>
+        <v>115685</v>
       </c>
       <c r="B249" s="2" t="s">
-        <v>376</v>
+        <v>693</v>
       </c>
       <c r="C249" s="2" t="s">
-        <v>693</v>
+        <v>694</v>
       </c>
       <c r="D249" s="2"/>
       <c r="E249" s="2">
-        <v>7087</v>
+        <v>7225</v>
       </c>
       <c r="F249" s="2" t="s">
-        <v>38</v>
+        <v>695</v>
       </c>
       <c r="G249" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H249" s="2" t="s">
-        <v>694</v>
+        <v>696</v>
       </c>
       <c r="I249" s="2">
         <v>84</v>
       </c>
       <c r="J249" s="2">
-        <v>66</v>
+        <v>78</v>
       </c>
       <c r="K249" s="2">
         <v>70</v>
       </c>
       <c r="L249" s="2">
-        <v>10</v>
+        <v>33</v>
       </c>
       <c r="M249" s="2">
         <v>0</v>
       </c>
       <c r="N249" s="2">
-        <v>80</v>
+        <v>103</v>
       </c>
     </row>
     <row r="250" spans="1:14">
       <c r="A250" s="2">
-        <v>115685</v>
+        <v>101801</v>
       </c>
       <c r="B250" s="2" t="s">
-        <v>695</v>
+        <v>374</v>
       </c>
       <c r="C250" s="2" t="s">
-        <v>696</v>
+        <v>697</v>
       </c>
       <c r="D250" s="2"/>
       <c r="E250" s="2">
-        <v>7225</v>
+        <v>7087</v>
       </c>
       <c r="F250" s="2" t="s">
-        <v>697</v>
+        <v>25</v>
       </c>
       <c r="G250" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H250" s="2" t="s">
         <v>698</v>
       </c>
       <c r="I250" s="2">
         <v>84</v>
       </c>
       <c r="J250" s="2">
-        <v>78</v>
+        <v>66</v>
       </c>
       <c r="K250" s="2">
         <v>70</v>
       </c>
       <c r="L250" s="2">
-        <v>33</v>
+        <v>10</v>
       </c>
       <c r="M250" s="2">
         <v>0</v>
       </c>
       <c r="N250" s="2">
-        <v>103</v>
+        <v>80</v>
       </c>
     </row>
     <row r="251" spans="1:14">
       <c r="A251" s="2">
-        <v>115686</v>
+        <v>101802</v>
       </c>
       <c r="B251" s="2" t="s">
         <v>699</v>
       </c>
       <c r="C251" s="2" t="s">
-        <v>536</v>
+        <v>700</v>
       </c>
       <c r="D251" s="2"/>
       <c r="E251" s="2">
-        <v>7138</v>
+        <v>7110</v>
       </c>
       <c r="F251" s="2" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="G251" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H251" s="2" t="s">
-        <v>700</v>
+        <v>701</v>
       </c>
       <c r="I251" s="2">
         <v>85</v>
       </c>
       <c r="J251" s="2">
-        <v>79</v>
+        <v>67</v>
       </c>
       <c r="K251" s="2">
         <v>70</v>
       </c>
       <c r="L251" s="2">
-        <v>32</v>
+        <v>10</v>
       </c>
       <c r="M251" s="2">
         <v>0</v>
       </c>
       <c r="N251" s="2">
-        <v>102</v>
+        <v>80</v>
       </c>
     </row>
     <row r="252" spans="1:14">
       <c r="A252" s="2">
-        <v>101802</v>
+        <v>115686</v>
       </c>
       <c r="B252" s="2" t="s">
-        <v>701</v>
+        <v>702</v>
       </c>
       <c r="C252" s="2" t="s">
-        <v>702</v>
+        <v>536</v>
       </c>
       <c r="D252" s="2"/>
       <c r="E252" s="2">
-        <v>7110</v>
+        <v>7138</v>
       </c>
       <c r="F252" s="2" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="G252" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H252" s="2" t="s">
         <v>703</v>
       </c>
       <c r="I252" s="2">
         <v>85</v>
       </c>
       <c r="J252" s="2">
-        <v>67</v>
+        <v>79</v>
       </c>
       <c r="K252" s="2">
         <v>70</v>
       </c>
       <c r="L252" s="2">
-        <v>10</v>
+        <v>32</v>
       </c>
       <c r="M252" s="2">
         <v>0</v>
       </c>
       <c r="N252" s="2">
-        <v>80</v>
+        <v>102</v>
       </c>
     </row>
     <row r="253" spans="1:14">
       <c r="A253" s="2">
         <v>115687</v>
       </c>
       <c r="B253" s="2" t="s">
         <v>704</v>
       </c>
       <c r="C253" s="2" t="s">
-        <v>107</v>
+        <v>103</v>
       </c>
       <c r="D253" s="2"/>
       <c r="E253" s="2">
         <v>7243</v>
       </c>
       <c r="F253" s="2" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="G253" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H253" s="2" t="s">
         <v>705</v>
       </c>
       <c r="I253" s="2">
         <v>86</v>
       </c>
       <c r="J253" s="2">
         <v>80</v>
       </c>
       <c r="K253" s="2">
         <v>70</v>
       </c>
       <c r="L253" s="2">
         <v>31</v>
       </c>
       <c r="M253" s="2">
         <v>0</v>
       </c>
       <c r="N253" s="2">
         <v>101</v>
       </c>
     </row>
     <row r="254" spans="1:14">
       <c r="A254" s="2">
         <v>101803</v>
       </c>
       <c r="B254" s="2" t="s">
         <v>706</v>
       </c>
       <c r="C254" s="2" t="s">
         <v>707</v>
       </c>
       <c r="D254" s="2"/>
       <c r="E254" s="2">
         <v>7014</v>
       </c>
       <c r="F254" s="2" t="s">
-        <v>76</v>
+        <v>72</v>
       </c>
       <c r="G254" s="2" t="s">
-        <v>17</v>
+        <v>38</v>
       </c>
       <c r="H254" s="2" t="s">
         <v>708</v>
       </c>
       <c r="I254" s="2">
         <v>86</v>
       </c>
       <c r="J254" s="2">
         <v>20</v>
       </c>
       <c r="K254" s="2">
         <v>70</v>
       </c>
       <c r="L254" s="2">
         <v>20</v>
       </c>
       <c r="M254" s="2">
         <v>0</v>
       </c>
       <c r="N254" s="2">
         <v>90</v>
       </c>
     </row>
     <row r="255" spans="1:14">
       <c r="A255" s="2">
         <v>101804</v>
       </c>
       <c r="B255" s="2" t="s">
-        <v>286</v>
+        <v>284</v>
       </c>
       <c r="C255" s="2" t="s">
         <v>709</v>
       </c>
       <c r="D255" s="2"/>
       <c r="E255" s="2">
         <v>7126</v>
       </c>
       <c r="F255" s="2" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="G255" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H255" s="2" t="s">
         <v>710</v>
       </c>
       <c r="I255" s="2">
         <v>87</v>
       </c>
       <c r="J255" s="2">
         <v>68</v>
       </c>
       <c r="K255" s="2">
         <v>70</v>
       </c>
       <c r="L255" s="2">
         <v>10</v>
       </c>
       <c r="M255" s="2">
         <v>0</v>
       </c>
       <c r="N255" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="256" spans="1:14">
       <c r="A256" s="2">
         <v>115688</v>
       </c>
       <c r="B256" s="2" t="s">
         <v>711</v>
       </c>
       <c r="C256" s="2" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="D256" s="2"/>
       <c r="E256" s="2">
         <v>7004</v>
       </c>
       <c r="F256" s="2" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="G256" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H256" s="2" t="s">
         <v>712</v>
       </c>
       <c r="I256" s="2">
         <v>87</v>
       </c>
       <c r="J256" s="2">
         <v>81</v>
       </c>
       <c r="K256" s="2">
         <v>70</v>
       </c>
       <c r="L256" s="2">
         <v>30</v>
       </c>
       <c r="M256" s="2">
         <v>0</v>
       </c>
       <c r="N256" s="2">
         <v>100</v>
       </c>
     </row>
     <row r="257" spans="1:14">
       <c r="A257" s="2">
         <v>115689</v>
       </c>
       <c r="B257" s="2" t="s">
         <v>713</v>
       </c>
       <c r="C257" s="2" t="s">
         <v>714</v>
       </c>
       <c r="D257" s="2"/>
       <c r="E257" s="2">
         <v>7210</v>
       </c>
       <c r="F257" s="2" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="G257" s="2" t="s">
-        <v>17</v>
+        <v>38</v>
       </c>
       <c r="H257" s="2" t="s">
         <v>715</v>
       </c>
       <c r="I257" s="2">
         <v>88</v>
       </c>
       <c r="J257" s="2">
         <v>12</v>
       </c>
       <c r="K257" s="2">
         <v>70</v>
       </c>
       <c r="L257" s="2">
         <v>120</v>
       </c>
       <c r="M257" s="2">
         <v>0</v>
       </c>
       <c r="N257" s="2">
         <v>190</v>
       </c>
     </row>
     <row r="258" spans="1:14">
       <c r="A258" s="2">
         <v>101805</v>
       </c>
       <c r="B258" s="2" t="s">
         <v>716</v>
       </c>
       <c r="C258" s="2" t="s">
         <v>717</v>
       </c>
       <c r="D258" s="2"/>
       <c r="E258" s="2">
         <v>7053</v>
       </c>
       <c r="F258" s="2" t="s">
-        <v>76</v>
+        <v>72</v>
       </c>
       <c r="G258" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H258" s="2" t="s">
         <v>718</v>
       </c>
       <c r="I258" s="2">
         <v>88</v>
       </c>
       <c r="J258" s="2">
         <v>69</v>
       </c>
       <c r="K258" s="2">
         <v>70</v>
       </c>
       <c r="L258" s="2">
         <v>10</v>
       </c>
       <c r="M258" s="2">
         <v>0</v>
       </c>
       <c r="N258" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="259" spans="1:14">
       <c r="A259" s="2">
         <v>115690</v>
       </c>
       <c r="B259" s="2" t="s">
         <v>719</v>
       </c>
       <c r="C259" s="2" t="s">
         <v>720</v>
       </c>
       <c r="D259" s="2"/>
       <c r="E259" s="2">
         <v>7070</v>
       </c>
       <c r="F259" s="2" t="s">
-        <v>104</v>
+        <v>100</v>
       </c>
       <c r="G259" s="2" t="s">
-        <v>17</v>
+        <v>38</v>
       </c>
       <c r="H259" s="2" t="s">
         <v>721</v>
       </c>
       <c r="I259" s="2">
         <v>89</v>
       </c>
       <c r="J259" s="2">
         <v>13</v>
       </c>
       <c r="K259" s="2">
         <v>70</v>
       </c>
       <c r="L259" s="2">
         <v>115</v>
       </c>
       <c r="M259" s="2">
         <v>0</v>
       </c>
       <c r="N259" s="2">
         <v>185</v>
       </c>
     </row>
     <row r="260" spans="1:14">
       <c r="A260" s="2">
         <v>122652</v>
       </c>
       <c r="B260" s="2"/>
       <c r="C260" s="2" t="s">
         <v>722</v>
       </c>
       <c r="D260" s="2"/>
       <c r="E260" s="2">
         <v>7025</v>
       </c>
       <c r="F260" s="2" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="G260" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H260" s="2" t="s">
         <v>723</v>
       </c>
       <c r="I260" s="2">
         <v>89</v>
       </c>
       <c r="J260" s="2">
         <v>89</v>
       </c>
       <c r="K260" s="2">
         <v>0</v>
       </c>
       <c r="L260" s="2">
         <v>0</v>
       </c>
       <c r="M260" s="2">
         <v>0</v>
       </c>
       <c r="N260" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="261" spans="1:14">
       <c r="A261" s="2">
         <v>101806</v>
       </c>
       <c r="B261" s="2" t="s">
         <v>724</v>
       </c>
       <c r="C261" s="2" t="s">
         <v>725</v>
       </c>
       <c r="D261" s="2"/>
       <c r="E261" s="2">
         <v>7016</v>
       </c>
       <c r="F261" s="2" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="G261" s="2" t="s">
-        <v>17</v>
+        <v>38</v>
       </c>
       <c r="H261" s="2" t="s">
         <v>726</v>
       </c>
       <c r="I261" s="2">
         <v>89</v>
       </c>
       <c r="J261" s="2">
         <v>21</v>
       </c>
       <c r="K261" s="2">
         <v>70</v>
       </c>
       <c r="L261" s="2">
         <v>15</v>
       </c>
       <c r="M261" s="2">
         <v>0</v>
       </c>
       <c r="N261" s="2">
         <v>85</v>
       </c>
     </row>
     <row r="262" spans="1:14">
       <c r="A262" s="2">
         <v>101807</v>
       </c>
       <c r="B262" s="2" t="s">
         <v>727</v>
       </c>
       <c r="C262" s="2" t="s">
         <v>728</v>
       </c>
       <c r="D262" s="2"/>
       <c r="E262" s="2">
         <v>7047</v>
       </c>
       <c r="F262" s="2" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="G262" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H262" s="2" t="s">
         <v>729</v>
       </c>
       <c r="I262" s="2">
         <v>90</v>
       </c>
       <c r="J262" s="2">
         <v>70</v>
       </c>
       <c r="K262" s="2">
         <v>70</v>
       </c>
       <c r="L262" s="2">
         <v>10</v>
       </c>
       <c r="M262" s="2">
         <v>0</v>
       </c>
       <c r="N262" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="263" spans="1:14">
       <c r="A263" s="2">
         <v>116726</v>
       </c>
       <c r="B263" s="2" t="s">
         <v>730</v>
       </c>
       <c r="C263" s="2" t="s">
         <v>389</v>
       </c>
       <c r="D263" s="2"/>
       <c r="E263" s="2">
         <v>7158</v>
       </c>
       <c r="F263" s="2" t="s">
+        <v>25</v>
+      </c>
+      <c r="G263" s="2" t="s">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>17</v>
       </c>
       <c r="H263" s="2" t="s">
         <v>731</v>
       </c>
       <c r="I263" s="2">
         <v>90</v>
       </c>
       <c r="J263" s="2">
         <v>14</v>
       </c>
       <c r="K263" s="2">
         <v>70</v>
       </c>
       <c r="L263" s="2">
         <v>110</v>
       </c>
       <c r="M263" s="2">
         <v>0</v>
       </c>
       <c r="N263" s="2">
         <v>180</v>
       </c>
     </row>
     <row r="264" spans="1:14">
       <c r="A264" s="2">
-        <v>101808</v>
+        <v>115692</v>
       </c>
       <c r="B264" s="2" t="s">
-        <v>478</v>
+        <v>732</v>
       </c>
       <c r="C264" s="2" t="s">
-        <v>732</v>
+        <v>15</v>
       </c>
       <c r="D264" s="2"/>
       <c r="E264" s="2">
-        <v>7033</v>
+        <v>7106</v>
       </c>
       <c r="F264" s="2" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="G264" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H264" s="2" t="s">
         <v>733</v>
       </c>
       <c r="I264" s="2">
         <v>91</v>
       </c>
       <c r="J264" s="2">
-        <v>71</v>
+        <v>82</v>
       </c>
       <c r="K264" s="2">
         <v>70</v>
       </c>
       <c r="L264" s="2">
-        <v>10</v>
+        <v>29</v>
       </c>
       <c r="M264" s="2">
         <v>0</v>
       </c>
       <c r="N264" s="2">
-        <v>80</v>
+        <v>99</v>
       </c>
     </row>
     <row r="265" spans="1:14">
       <c r="A265" s="2">
-        <v>115692</v>
+        <v>101808</v>
       </c>
       <c r="B265" s="2" t="s">
+        <v>478</v>
+      </c>
+      <c r="C265" s="2" t="s">
         <v>734</v>
-      </c>
-[...1 lines deleted...]
-        <v>25</v>
       </c>
       <c r="D265" s="2"/>
       <c r="E265" s="2">
-        <v>7106</v>
+        <v>7033</v>
       </c>
       <c r="F265" s="2" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="G265" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H265" s="2" t="s">
         <v>735</v>
       </c>
       <c r="I265" s="2">
         <v>91</v>
       </c>
       <c r="J265" s="2">
-        <v>82</v>
+        <v>71</v>
       </c>
       <c r="K265" s="2">
         <v>70</v>
       </c>
       <c r="L265" s="2">
-        <v>29</v>
+        <v>10</v>
       </c>
       <c r="M265" s="2">
         <v>0</v>
       </c>
       <c r="N265" s="2">
-        <v>99</v>
+        <v>80</v>
       </c>
     </row>
     <row r="266" spans="1:14">
       <c r="A266" s="2">
         <v>101809</v>
       </c>
       <c r="B266" s="2" t="s">
         <v>736</v>
       </c>
       <c r="C266" s="2" t="s">
         <v>737</v>
       </c>
       <c r="D266" s="2"/>
       <c r="E266" s="2">
         <v>7116</v>
       </c>
       <c r="F266" s="2" t="s">
-        <v>76</v>
+        <v>72</v>
       </c>
       <c r="G266" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H266" s="2" t="s">
         <v>738</v>
       </c>
       <c r="I266" s="2">
         <v>92</v>
       </c>
       <c r="J266" s="2">
         <v>72</v>
       </c>
       <c r="K266" s="2">
         <v>70</v>
       </c>
       <c r="L266" s="2">
         <v>10</v>
       </c>
       <c r="M266" s="2">
         <v>0</v>
       </c>
       <c r="N266" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="267" spans="1:14">
       <c r="A267" s="2">
         <v>115693</v>
       </c>
       <c r="B267" s="2" t="s">
         <v>739</v>
       </c>
       <c r="C267" s="2" t="s">
-        <v>107</v>
+        <v>103</v>
       </c>
       <c r="D267" s="2"/>
       <c r="E267" s="2">
         <v>7139</v>
       </c>
       <c r="F267" s="2" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="G267" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H267" s="2" t="s">
         <v>740</v>
       </c>
       <c r="I267" s="2">
         <v>92</v>
       </c>
       <c r="J267" s="2">
         <v>83</v>
       </c>
       <c r="K267" s="2">
         <v>70</v>
       </c>
       <c r="L267" s="2">
         <v>28</v>
       </c>
       <c r="M267" s="2">
         <v>0</v>
       </c>
       <c r="N267" s="2">
         <v>98</v>
       </c>
     </row>
     <row r="268" spans="1:14">
       <c r="A268" s="2">
-        <v>116729</v>
+        <v>101810</v>
       </c>
       <c r="B268" s="2" t="s">
         <v>741</v>
       </c>
       <c r="C268" s="2" t="s">
         <v>742</v>
       </c>
       <c r="D268" s="2"/>
       <c r="E268" s="2">
-        <v>7131</v>
+        <v>7114</v>
       </c>
       <c r="F268" s="2" t="s">
-        <v>38</v>
+        <v>72</v>
       </c>
       <c r="G268" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H268" s="2" t="s">
         <v>743</v>
       </c>
       <c r="I268" s="2">
         <v>93</v>
       </c>
       <c r="J268" s="2">
-        <v>84</v>
+        <v>73</v>
       </c>
       <c r="K268" s="2">
         <v>70</v>
       </c>
       <c r="L268" s="2">
-        <v>27</v>
+        <v>10</v>
       </c>
       <c r="M268" s="2">
         <v>0</v>
       </c>
       <c r="N268" s="2">
-        <v>97</v>
+        <v>80</v>
       </c>
     </row>
     <row r="269" spans="1:14">
       <c r="A269" s="2">
-        <v>101810</v>
+        <v>116729</v>
       </c>
       <c r="B269" s="2" t="s">
         <v>744</v>
       </c>
       <c r="C269" s="2" t="s">
         <v>745</v>
       </c>
       <c r="D269" s="2"/>
       <c r="E269" s="2">
-        <v>7114</v>
+        <v>7131</v>
       </c>
       <c r="F269" s="2" t="s">
-        <v>76</v>
+        <v>25</v>
       </c>
       <c r="G269" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H269" s="2" t="s">
         <v>746</v>
       </c>
       <c r="I269" s="2">
         <v>93</v>
       </c>
       <c r="J269" s="2">
-        <v>73</v>
+        <v>84</v>
       </c>
       <c r="K269" s="2">
         <v>70</v>
       </c>
       <c r="L269" s="2">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="M269" s="2">
         <v>0</v>
       </c>
       <c r="N269" s="2">
-        <v>80</v>
+        <v>97</v>
       </c>
     </row>
     <row r="270" spans="1:14">
       <c r="A270" s="2">
         <v>101811</v>
       </c>
       <c r="B270" s="2" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="C270" s="2" t="s">
         <v>747</v>
       </c>
       <c r="D270" s="2"/>
       <c r="E270" s="2">
         <v>7074</v>
       </c>
       <c r="F270" s="2" t="s">
+        <v>25</v>
+      </c>
+      <c r="G270" s="2" t="s">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>17</v>
       </c>
       <c r="H270" s="2" t="s">
         <v>748</v>
       </c>
       <c r="I270" s="2">
         <v>94</v>
       </c>
       <c r="J270" s="2">
         <v>22</v>
       </c>
       <c r="K270" s="2">
         <v>70</v>
       </c>
       <c r="L270" s="2">
         <v>15</v>
       </c>
       <c r="M270" s="2">
         <v>0</v>
       </c>
       <c r="N270" s="2">
         <v>85</v>
       </c>
     </row>
     <row r="271" spans="1:14">
       <c r="A271" s="2">
         <v>115695</v>
       </c>
       <c r="B271" s="2" t="s">
         <v>749</v>
       </c>
       <c r="C271" s="2" t="s">
         <v>750</v>
       </c>
       <c r="D271" s="2"/>
       <c r="E271" s="2">
         <v>7178</v>
       </c>
       <c r="F271" s="2" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="G271" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H271" s="2" t="s">
         <v>751</v>
       </c>
       <c r="I271" s="2">
         <v>94</v>
       </c>
       <c r="J271" s="2">
         <v>85</v>
       </c>
       <c r="K271" s="2">
         <v>70</v>
       </c>
       <c r="L271" s="2">
         <v>26</v>
       </c>
       <c r="M271" s="2">
         <v>0</v>
       </c>
       <c r="N271" s="2">
         <v>96</v>
       </c>
     </row>
     <row r="272" spans="1:14">
       <c r="A272" s="2">
         <v>101812</v>
       </c>
       <c r="B272" s="2" t="s">
         <v>533</v>
       </c>
       <c r="C272" s="2" t="s">
         <v>752</v>
       </c>
       <c r="D272" s="2"/>
       <c r="E272" s="2">
         <v>7002</v>
       </c>
       <c r="F272" s="2" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="G272" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H272" s="2" t="s">
         <v>753</v>
       </c>
       <c r="I272" s="2">
         <v>95</v>
       </c>
       <c r="J272" s="2">
         <v>74</v>
       </c>
       <c r="K272" s="2">
         <v>70</v>
       </c>
       <c r="L272" s="2">
         <v>10</v>
       </c>
       <c r="M272" s="2">
         <v>0</v>
       </c>
       <c r="N272" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="273" spans="1:14">
       <c r="A273" s="2">
         <v>115696</v>
       </c>
       <c r="B273" s="2" t="s">
         <v>754</v>
       </c>
       <c r="C273" s="2" t="s">
         <v>755</v>
       </c>
       <c r="D273" s="2"/>
       <c r="E273" s="2">
         <v>7051</v>
       </c>
       <c r="F273" s="2" t="s">
-        <v>114</v>
+        <v>119</v>
       </c>
       <c r="G273" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H273" s="2" t="s">
         <v>756</v>
       </c>
       <c r="I273" s="2">
         <v>95</v>
       </c>
       <c r="J273" s="2">
         <v>86</v>
       </c>
       <c r="K273" s="2">
         <v>70</v>
       </c>
       <c r="L273" s="2">
         <v>25</v>
       </c>
       <c r="M273" s="2">
         <v>0</v>
       </c>
       <c r="N273" s="2">
         <v>95</v>
       </c>
     </row>
     <row r="274" spans="1:14">
       <c r="A274" s="2">
         <v>101813</v>
       </c>
       <c r="B274" s="2" t="s">
         <v>757</v>
       </c>
       <c r="C274" s="2" t="s">
         <v>758</v>
       </c>
       <c r="D274" s="2"/>
       <c r="E274" s="2">
         <v>7060</v>
       </c>
       <c r="F274" s="2" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="G274" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H274" s="2" t="s">
         <v>759</v>
       </c>
       <c r="I274" s="2">
         <v>96</v>
       </c>
       <c r="J274" s="2">
         <v>75</v>
       </c>
       <c r="K274" s="2">
         <v>70</v>
       </c>
       <c r="L274" s="2">
         <v>10</v>
       </c>
       <c r="M274" s="2">
         <v>0</v>
       </c>
       <c r="N274" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="275" spans="1:14">
       <c r="A275" s="2">
         <v>116732</v>
       </c>
       <c r="B275" s="2" t="s">
         <v>760</v>
       </c>
       <c r="C275" s="2" t="s">
         <v>761</v>
       </c>
       <c r="D275" s="2"/>
       <c r="E275" s="2">
         <v>7242</v>
       </c>
       <c r="F275" s="2" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="G275" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H275" s="2" t="s">
         <v>762</v>
       </c>
       <c r="I275" s="2">
         <v>96</v>
       </c>
       <c r="J275" s="2">
         <v>87</v>
       </c>
       <c r="K275" s="2">
         <v>70</v>
       </c>
       <c r="L275" s="2">
         <v>24</v>
       </c>
       <c r="M275" s="2">
         <v>0</v>
       </c>
       <c r="N275" s="2">
         <v>94</v>
       </c>
     </row>
     <row r="276" spans="1:14">
       <c r="A276" s="2">
-        <v>115698</v>
+        <v>101814</v>
       </c>
       <c r="B276" s="2" t="s">
         <v>763</v>
       </c>
       <c r="C276" s="2" t="s">
         <v>764</v>
       </c>
       <c r="D276" s="2"/>
       <c r="E276" s="2">
-        <v>7181</v>
+        <v>7106</v>
       </c>
       <c r="F276" s="2" t="s">
+        <v>72</v>
+      </c>
+      <c r="G276" s="2" t="s">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>22</v>
       </c>
       <c r="H276" s="2" t="s">
         <v>765</v>
       </c>
       <c r="I276" s="2">
         <v>97</v>
       </c>
       <c r="J276" s="2">
-        <v>88</v>
+        <v>23</v>
       </c>
       <c r="K276" s="2">
         <v>70</v>
       </c>
       <c r="L276" s="2">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="M276" s="2">
         <v>0</v>
       </c>
       <c r="N276" s="2">
-        <v>93</v>
+        <v>85</v>
       </c>
     </row>
     <row r="277" spans="1:14">
       <c r="A277" s="2">
-        <v>101814</v>
+        <v>115698</v>
       </c>
       <c r="B277" s="2" t="s">
         <v>766</v>
       </c>
       <c r="C277" s="2" t="s">
         <v>767</v>
       </c>
       <c r="D277" s="2"/>
       <c r="E277" s="2">
-        <v>7106</v>
+        <v>7181</v>
       </c>
       <c r="F277" s="2" t="s">
-        <v>76</v>
+        <v>25</v>
       </c>
       <c r="G277" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H277" s="2" t="s">
         <v>768</v>
       </c>
       <c r="I277" s="2">
         <v>97</v>
       </c>
       <c r="J277" s="2">
+        <v>88</v>
+      </c>
+      <c r="K277" s="2">
+        <v>70</v>
+      </c>
+      <c r="L277" s="2">
         <v>23</v>
       </c>
-      <c r="K277" s="2">
-[...4 lines deleted...]
-      </c>
       <c r="M277" s="2">
         <v>0</v>
       </c>
       <c r="N277" s="2">
-        <v>85</v>
+        <v>93</v>
       </c>
     </row>
     <row r="278" spans="1:14">
       <c r="A278" s="2">
-        <v>115699</v>
+        <v>101815</v>
       </c>
       <c r="B278" s="2" t="s">
         <v>769</v>
       </c>
       <c r="C278" s="2" t="s">
-        <v>25</v>
+        <v>764</v>
       </c>
       <c r="D278" s="2"/>
       <c r="E278" s="2">
-        <v>7033</v>
+        <v>7108</v>
       </c>
       <c r="F278" s="2" t="s">
-        <v>38</v>
+        <v>72</v>
       </c>
       <c r="G278" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H278" s="2" t="s">
         <v>770</v>
       </c>
       <c r="I278" s="2">
         <v>98</v>
       </c>
       <c r="J278" s="2">
-        <v>89</v>
+        <v>76</v>
       </c>
       <c r="K278" s="2">
         <v>70</v>
       </c>
       <c r="L278" s="2">
-        <v>22</v>
+        <v>5</v>
       </c>
       <c r="M278" s="2">
         <v>0</v>
       </c>
       <c r="N278" s="2">
-        <v>92</v>
+        <v>75</v>
       </c>
     </row>
     <row r="279" spans="1:14">
       <c r="A279" s="2">
-        <v>101815</v>
+        <v>115699</v>
       </c>
       <c r="B279" s="2" t="s">
         <v>771</v>
       </c>
       <c r="C279" s="2" t="s">
-        <v>767</v>
+        <v>15</v>
       </c>
       <c r="D279" s="2"/>
       <c r="E279" s="2">
-        <v>7108</v>
+        <v>7033</v>
       </c>
       <c r="F279" s="2" t="s">
-        <v>76</v>
+        <v>25</v>
       </c>
       <c r="G279" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H279" s="2" t="s">
         <v>772</v>
       </c>
       <c r="I279" s="2">
         <v>98</v>
       </c>
       <c r="J279" s="2">
-        <v>76</v>
+        <v>89</v>
       </c>
       <c r="K279" s="2">
         <v>70</v>
       </c>
       <c r="L279" s="2">
-        <v>5</v>
+        <v>22</v>
       </c>
       <c r="M279" s="2">
         <v>0</v>
       </c>
       <c r="N279" s="2">
-        <v>75</v>
+        <v>92</v>
       </c>
     </row>
     <row r="280" spans="1:14">
       <c r="A280" s="2">
-        <v>115700</v>
+        <v>101816</v>
       </c>
       <c r="B280" s="2" t="s">
         <v>773</v>
       </c>
       <c r="C280" s="2" t="s">
-        <v>107</v>
+        <v>774</v>
       </c>
       <c r="D280" s="2"/>
       <c r="E280" s="2">
-        <v>7293</v>
+        <v>7128</v>
       </c>
       <c r="F280" s="2" t="s">
-        <v>38</v>
+        <v>72</v>
       </c>
       <c r="G280" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H280" s="2" t="s">
-        <v>774</v>
+        <v>775</v>
       </c>
       <c r="I280" s="2">
         <v>99</v>
       </c>
       <c r="J280" s="2">
-        <v>90</v>
+        <v>77</v>
       </c>
       <c r="K280" s="2">
         <v>70</v>
       </c>
       <c r="L280" s="2">
-        <v>21</v>
+        <v>5</v>
       </c>
       <c r="M280" s="2">
         <v>0</v>
       </c>
       <c r="N280" s="2">
-        <v>91</v>
+        <v>75</v>
       </c>
     </row>
     <row r="281" spans="1:14">
       <c r="A281" s="2">
-        <v>101816</v>
+        <v>115700</v>
       </c>
       <c r="B281" s="2" t="s">
-        <v>775</v>
+        <v>776</v>
       </c>
       <c r="C281" s="2" t="s">
-        <v>776</v>
+        <v>103</v>
       </c>
       <c r="D281" s="2"/>
       <c r="E281" s="2">
-        <v>7128</v>
+        <v>7293</v>
       </c>
       <c r="F281" s="2" t="s">
-        <v>76</v>
+        <v>25</v>
       </c>
       <c r="G281" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H281" s="2" t="s">
         <v>777</v>
       </c>
       <c r="I281" s="2">
         <v>99</v>
       </c>
       <c r="J281" s="2">
-        <v>77</v>
+        <v>90</v>
       </c>
       <c r="K281" s="2">
         <v>70</v>
       </c>
       <c r="L281" s="2">
-        <v>5</v>
+        <v>21</v>
       </c>
       <c r="M281" s="2">
         <v>0</v>
       </c>
       <c r="N281" s="2">
-        <v>75</v>
+        <v>91</v>
       </c>
     </row>
     <row r="282" spans="1:14">
       <c r="A282" s="2">
         <v>115701</v>
       </c>
       <c r="B282" s="2" t="s">
         <v>778</v>
       </c>
       <c r="C282" s="2" t="s">
-        <v>170</v>
+        <v>169</v>
       </c>
       <c r="D282" s="2"/>
       <c r="E282" s="2">
         <v>7130</v>
       </c>
       <c r="F282" s="2" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="G282" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H282" s="2" t="s">
         <v>779</v>
       </c>
       <c r="I282" s="2">
         <v>100</v>
       </c>
       <c r="J282" s="2">
         <v>91</v>
       </c>
       <c r="K282" s="2">
         <v>70</v>
       </c>
       <c r="L282" s="2">
         <v>20</v>
       </c>
       <c r="M282" s="2">
         <v>0</v>
       </c>
       <c r="N282" s="2">
         <v>90</v>
       </c>
     </row>
     <row r="283" spans="1:14">
       <c r="A283" s="2">
         <v>101817</v>
       </c>
       <c r="B283" s="2" t="s">
         <v>780</v>
       </c>
       <c r="C283" s="2" t="s">
         <v>781</v>
       </c>
       <c r="D283" s="2"/>
       <c r="E283" s="2">
         <v>7061</v>
       </c>
       <c r="F283" s="2" t="s">
-        <v>76</v>
+        <v>72</v>
       </c>
       <c r="G283" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H283" s="2" t="s">
         <v>782</v>
       </c>
       <c r="I283" s="2">
         <v>100</v>
       </c>
       <c r="J283" s="2">
         <v>78</v>
       </c>
       <c r="K283" s="2">
         <v>70</v>
       </c>
       <c r="L283" s="2">
         <v>5</v>
       </c>
       <c r="M283" s="2">
         <v>0</v>
       </c>
       <c r="N283" s="2">
         <v>75</v>
       </c>
     </row>
     <row r="284" spans="1:14">
       <c r="A284" s="2">
         <v>115702</v>
       </c>
       <c r="B284" s="2" t="s">
         <v>783</v>
       </c>
       <c r="C284" s="2" t="s">
         <v>784</v>
       </c>
       <c r="D284" s="2"/>
       <c r="E284" s="2">
         <v>7266</v>
       </c>
       <c r="F284" s="2" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="G284" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H284" s="2" t="s">
         <v>785</v>
       </c>
       <c r="I284" s="2">
         <v>101</v>
       </c>
       <c r="J284" s="2">
         <v>92</v>
       </c>
       <c r="K284" s="2">
         <v>70</v>
       </c>
       <c r="L284" s="2">
         <v>19</v>
       </c>
       <c r="M284" s="2">
         <v>0</v>
       </c>
       <c r="N284" s="2">
         <v>89</v>
       </c>
     </row>
     <row r="285" spans="1:14">
       <c r="A285" s="2">
         <v>101818</v>
       </c>
       <c r="B285" s="2" t="s">
         <v>389</v>
       </c>
       <c r="C285" s="2" t="s">
         <v>786</v>
       </c>
       <c r="D285" s="2"/>
       <c r="E285" s="2">
         <v>7011</v>
       </c>
       <c r="F285" s="2" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="G285" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H285" s="2" t="s">
         <v>787</v>
       </c>
       <c r="I285" s="2">
         <v>101</v>
       </c>
       <c r="J285" s="2">
         <v>79</v>
       </c>
       <c r="K285" s="2">
         <v>70</v>
       </c>
       <c r="L285" s="2">
         <v>5</v>
       </c>
       <c r="M285" s="2">
         <v>0</v>
       </c>
       <c r="N285" s="2">
         <v>75</v>
       </c>
     </row>
     <row r="286" spans="1:14">
       <c r="A286" s="2">
         <v>101819</v>
       </c>
       <c r="B286" s="2" t="s">
         <v>788</v>
       </c>
       <c r="C286" s="2" t="s">
         <v>789</v>
       </c>
       <c r="D286" s="2"/>
       <c r="E286" s="2">
         <v>7038</v>
       </c>
       <c r="F286" s="2" t="s">
-        <v>76</v>
+        <v>72</v>
       </c>
       <c r="G286" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H286" s="2" t="s">
         <v>790</v>
       </c>
       <c r="I286" s="2">
         <v>102</v>
       </c>
       <c r="J286" s="2">
         <v>80</v>
       </c>
       <c r="K286" s="2">
         <v>70</v>
       </c>
       <c r="L286" s="2">
         <v>5</v>
       </c>
       <c r="M286" s="2">
         <v>0</v>
       </c>
       <c r="N286" s="2">
         <v>75</v>
       </c>
     </row>
     <row r="287" spans="1:14">
       <c r="A287" s="2">
         <v>115703</v>
       </c>
       <c r="B287" s="2" t="s">
         <v>791</v>
       </c>
       <c r="C287" s="2" t="s">
         <v>792</v>
       </c>
       <c r="D287" s="2"/>
       <c r="E287" s="2">
         <v>7167</v>
       </c>
       <c r="F287" s="2" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="G287" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H287" s="2" t="s">
         <v>793</v>
       </c>
       <c r="I287" s="2">
         <v>102</v>
       </c>
       <c r="J287" s="2">
         <v>93</v>
       </c>
       <c r="K287" s="2">
         <v>70</v>
       </c>
       <c r="L287" s="2">
         <v>18</v>
       </c>
       <c r="M287" s="2">
         <v>0</v>
       </c>
       <c r="N287" s="2">
         <v>88</v>
       </c>
     </row>
     <row r="288" spans="1:14">
       <c r="A288" s="2">
         <v>115704</v>
       </c>
       <c r="B288" s="2" t="s">
         <v>794</v>
       </c>
       <c r="C288" s="2" t="s">
         <v>795</v>
       </c>
       <c r="D288" s="2"/>
       <c r="E288" s="2">
         <v>7001</v>
       </c>
       <c r="F288" s="2" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="G288" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H288" s="2" t="s">
         <v>796</v>
       </c>
       <c r="I288" s="2">
         <v>103</v>
       </c>
       <c r="J288" s="2">
         <v>94</v>
       </c>
       <c r="K288" s="2">
         <v>70</v>
       </c>
       <c r="L288" s="2">
         <v>17</v>
       </c>
       <c r="M288" s="2">
         <v>0</v>
       </c>
       <c r="N288" s="2">
         <v>87</v>
       </c>
     </row>
     <row r="289" spans="1:14">
       <c r="A289" s="2">
         <v>101820</v>
       </c>
       <c r="B289" s="2" t="s">
         <v>797</v>
       </c>
       <c r="C289" s="2" t="s">
         <v>798</v>
       </c>
       <c r="D289" s="2"/>
       <c r="E289" s="2">
         <v>7082</v>
       </c>
       <c r="F289" s="2" t="s">
-        <v>76</v>
+        <v>72</v>
       </c>
       <c r="G289" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H289" s="2" t="s">
         <v>799</v>
       </c>
       <c r="I289" s="2">
         <v>103</v>
       </c>
       <c r="J289" s="2">
         <v>81</v>
       </c>
       <c r="K289" s="2">
         <v>70</v>
       </c>
       <c r="L289" s="2">
         <v>5</v>
       </c>
       <c r="M289" s="2">
         <v>0</v>
       </c>
       <c r="N289" s="2">
         <v>75</v>
       </c>
     </row>
     <row r="290" spans="1:14">
       <c r="A290" s="2">
         <v>101821</v>
       </c>
       <c r="B290" s="2" t="s">
         <v>800</v>
       </c>
       <c r="C290" s="2" t="s">
         <v>801</v>
       </c>
       <c r="D290" s="2"/>
       <c r="E290" s="2">
         <v>7099</v>
       </c>
       <c r="F290" s="2" t="s">
-        <v>76</v>
+        <v>72</v>
       </c>
       <c r="G290" s="2" t="s">
-        <v>17</v>
+        <v>38</v>
       </c>
       <c r="H290" s="2" t="s">
         <v>799</v>
       </c>
       <c r="I290" s="2">
         <v>104</v>
       </c>
       <c r="J290" s="2">
         <v>24</v>
       </c>
       <c r="K290" s="2">
         <v>70</v>
       </c>
       <c r="L290" s="2">
         <v>15</v>
       </c>
       <c r="M290" s="2">
         <v>0</v>
       </c>
       <c r="N290" s="2">
         <v>85</v>
       </c>
     </row>
     <row r="291" spans="1:14">
       <c r="A291" s="2">
         <v>115705</v>
       </c>
       <c r="B291" s="2" t="s">
         <v>802</v>
       </c>
       <c r="C291" s="2" t="s">
         <v>803</v>
       </c>
       <c r="D291" s="2"/>
       <c r="E291" s="2">
         <v>7002</v>
       </c>
       <c r="F291" s="2" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="G291" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H291" s="2" t="s">
         <v>804</v>
       </c>
       <c r="I291" s="2">
         <v>104</v>
       </c>
       <c r="J291" s="2">
         <v>95</v>
       </c>
       <c r="K291" s="2">
         <v>70</v>
       </c>
       <c r="L291" s="2">
         <v>16</v>
       </c>
       <c r="M291" s="2">
         <v>0</v>
       </c>
       <c r="N291" s="2">
         <v>86</v>
       </c>
     </row>
     <row r="292" spans="1:14">
       <c r="A292" s="2">
-        <v>101822</v>
+        <v>115706</v>
       </c>
       <c r="B292" s="2" t="s">
-        <v>25</v>
+        <v>805</v>
       </c>
       <c r="C292" s="2" t="s">
-        <v>805</v>
+        <v>103</v>
       </c>
       <c r="D292" s="2"/>
       <c r="E292" s="2">
-        <v>7070</v>
+        <v>7119</v>
       </c>
       <c r="F292" s="2" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="G292" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H292" s="2" t="s">
         <v>806</v>
       </c>
       <c r="I292" s="2">
         <v>105</v>
       </c>
       <c r="J292" s="2">
-        <v>82</v>
+        <v>96</v>
       </c>
       <c r="K292" s="2">
         <v>70</v>
       </c>
       <c r="L292" s="2">
-        <v>5</v>
+        <v>15</v>
       </c>
       <c r="M292" s="2">
         <v>0</v>
       </c>
       <c r="N292" s="2">
-        <v>75</v>
+        <v>85</v>
       </c>
     </row>
     <row r="293" spans="1:14">
       <c r="A293" s="2">
-        <v>115706</v>
+        <v>101822</v>
       </c>
       <c r="B293" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="C293" s="2" t="s">
         <v>807</v>
-      </c>
-[...1 lines deleted...]
-        <v>107</v>
       </c>
       <c r="D293" s="2"/>
       <c r="E293" s="2">
-        <v>7119</v>
+        <v>7070</v>
       </c>
       <c r="F293" s="2" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="G293" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H293" s="2" t="s">
         <v>808</v>
       </c>
       <c r="I293" s="2">
         <v>105</v>
       </c>
       <c r="J293" s="2">
-        <v>96</v>
+        <v>82</v>
       </c>
       <c r="K293" s="2">
         <v>70</v>
       </c>
       <c r="L293" s="2">
-        <v>15</v>
+        <v>5</v>
       </c>
       <c r="M293" s="2">
         <v>0</v>
       </c>
       <c r="N293" s="2">
-        <v>85</v>
+        <v>75</v>
       </c>
     </row>
     <row r="294" spans="1:14">
       <c r="A294" s="2">
         <v>105533</v>
       </c>
       <c r="B294" s="2" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="C294" s="2" t="s">
         <v>809</v>
       </c>
       <c r="D294" s="2"/>
       <c r="E294" s="2">
         <v>7166</v>
       </c>
       <c r="F294" s="2" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="G294" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H294" s="2" t="s">
         <v>810</v>
       </c>
       <c r="I294" s="2">
         <v>106</v>
       </c>
       <c r="J294" s="2">
         <v>97</v>
       </c>
       <c r="K294" s="2">
         <v>70</v>
       </c>
       <c r="L294" s="2">
         <v>14</v>
       </c>
       <c r="M294" s="2">
         <v>0</v>
       </c>
       <c r="N294" s="2">
         <v>84</v>
       </c>
     </row>
     <row r="295" spans="1:14">
       <c r="A295" s="2">
         <v>101823</v>
       </c>
       <c r="B295" s="2" t="s">
         <v>811</v>
       </c>
       <c r="C295" s="2" t="s">
         <v>812</v>
       </c>
       <c r="D295" s="2"/>
       <c r="E295" s="2">
         <v>7132</v>
       </c>
       <c r="F295" s="2" t="s">
-        <v>76</v>
+        <v>72</v>
       </c>
       <c r="G295" s="2" t="s">
-        <v>17</v>
+        <v>38</v>
       </c>
       <c r="H295" s="2" t="s">
         <v>813</v>
       </c>
       <c r="I295" s="2">
         <v>106</v>
       </c>
       <c r="J295" s="2">
         <v>25</v>
       </c>
       <c r="K295" s="2">
         <v>70</v>
       </c>
       <c r="L295" s="2">
         <v>15</v>
       </c>
       <c r="M295" s="2">
         <v>0</v>
       </c>
       <c r="N295" s="2">
         <v>85</v>
       </c>
     </row>
     <row r="296" spans="1:14">
       <c r="A296" s="2">
         <v>115708</v>
       </c>
       <c r="B296" s="2" t="s">
         <v>814</v>
       </c>
       <c r="C296" s="2" t="s">
         <v>815</v>
       </c>
       <c r="D296" s="2"/>
       <c r="E296" s="2">
         <v>7147</v>
       </c>
       <c r="F296" s="2" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="G296" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H296" s="2" t="s">
         <v>816</v>
       </c>
       <c r="I296" s="2">
         <v>107</v>
       </c>
       <c r="J296" s="2">
         <v>98</v>
       </c>
       <c r="K296" s="2">
         <v>70</v>
       </c>
       <c r="L296" s="2">
         <v>13</v>
       </c>
       <c r="M296" s="2">
         <v>0</v>
       </c>
       <c r="N296" s="2">
         <v>83</v>
       </c>
     </row>
     <row r="297" spans="1:14">
       <c r="A297" s="2">
         <v>115709</v>
       </c>
       <c r="B297" s="2" t="s">
         <v>817</v>
       </c>
       <c r="C297" s="2" t="s">
         <v>818</v>
       </c>
       <c r="D297" s="2"/>
       <c r="E297" s="2">
         <v>7298</v>
       </c>
       <c r="F297" s="2" t="s">
-        <v>16</v>
+        <v>37</v>
       </c>
       <c r="G297" s="2" t="s">
-        <v>17</v>
+        <v>38</v>
       </c>
       <c r="H297" s="2" t="s">
         <v>819</v>
       </c>
       <c r="I297" s="2">
         <v>108</v>
       </c>
       <c r="J297" s="2">
         <v>15</v>
       </c>
       <c r="K297" s="2">
         <v>70</v>
       </c>
       <c r="L297" s="2">
         <v>105</v>
       </c>
       <c r="M297" s="2">
         <v>0</v>
       </c>
       <c r="N297" s="2">
         <v>175</v>
       </c>
     </row>
     <row r="298" spans="1:14">
       <c r="A298" s="2">
         <v>115710</v>
       </c>
       <c r="B298" s="2" t="s">
         <v>820</v>
       </c>
       <c r="C298" s="2" t="s">
         <v>821</v>
       </c>
       <c r="D298" s="2"/>
       <c r="E298" s="2">
         <v>7306</v>
       </c>
       <c r="F298" s="2" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="G298" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H298" s="2" t="s">
         <v>822</v>
       </c>
       <c r="I298" s="2">
         <v>109</v>
       </c>
       <c r="J298" s="2">
         <v>99</v>
       </c>
       <c r="K298" s="2">
         <v>70</v>
       </c>
       <c r="L298" s="2">
         <v>12</v>
       </c>
       <c r="M298" s="2">
         <v>0</v>
       </c>
       <c r="N298" s="2">
         <v>82</v>
       </c>
     </row>
     <row r="299" spans="1:14">
       <c r="A299" s="2">
         <v>115711</v>
       </c>
       <c r="B299" s="2" t="s">
         <v>823</v>
       </c>
       <c r="C299" s="2" t="s">
-        <v>107</v>
+        <v>103</v>
       </c>
       <c r="D299" s="2"/>
       <c r="E299" s="2">
         <v>7156</v>
       </c>
       <c r="F299" s="2" t="s">
+        <v>25</v>
+      </c>
+      <c r="G299" s="2" t="s">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>17</v>
       </c>
       <c r="H299" s="2" t="s">
         <v>824</v>
       </c>
       <c r="I299" s="2">
         <v>110</v>
       </c>
       <c r="J299" s="2">
         <v>16</v>
       </c>
       <c r="K299" s="2">
         <v>70</v>
       </c>
       <c r="L299" s="2">
         <v>100</v>
       </c>
       <c r="M299" s="2">
         <v>0</v>
       </c>
       <c r="N299" s="2">
         <v>170</v>
       </c>
     </row>
     <row r="300" spans="1:14">
       <c r="A300" s="2">
         <v>122653</v>
       </c>
       <c r="B300" s="2"/>
       <c r="C300" s="2" t="s">
         <v>825</v>
       </c>
       <c r="D300" s="2"/>
       <c r="E300" s="2">
         <v>7104</v>
       </c>
       <c r="F300" s="2" t="s">
-        <v>104</v>
+        <v>100</v>
       </c>
       <c r="G300" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H300" s="2" t="s">
         <v>826</v>
       </c>
       <c r="I300" s="2">
         <v>110</v>
       </c>
       <c r="J300" s="2">
         <v>110</v>
       </c>
       <c r="K300" s="2">
         <v>0</v>
       </c>
       <c r="L300" s="2">
         <v>0</v>
       </c>
       <c r="M300" s="2">
         <v>0</v>
       </c>
       <c r="N300" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="301" spans="1:14">
       <c r="A301" s="2">
         <v>115712</v>
       </c>
       <c r="B301" s="2" t="s">
         <v>827</v>
       </c>
       <c r="C301" s="2" t="s">
         <v>828</v>
       </c>
       <c r="D301" s="2"/>
       <c r="E301" s="2">
         <v>7256</v>
       </c>
       <c r="F301" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G301" s="2" t="s">
-        <v>17</v>
+        <v>38</v>
       </c>
       <c r="H301" s="2" t="s">
         <v>829</v>
       </c>
       <c r="I301" s="2">
         <v>111</v>
       </c>
       <c r="J301" s="2">
         <v>17</v>
       </c>
       <c r="K301" s="2">
         <v>70</v>
       </c>
       <c r="L301" s="2">
         <v>99</v>
       </c>
       <c r="M301" s="2">
         <v>0</v>
       </c>
       <c r="N301" s="2">
         <v>169</v>
       </c>
     </row>
     <row r="302" spans="1:14">
       <c r="A302" s="2">
         <v>115713</v>
       </c>
       <c r="B302" s="2" t="s">
         <v>830</v>
       </c>
       <c r="C302" s="2" t="s">
         <v>831</v>
       </c>
       <c r="D302" s="2"/>
       <c r="E302" s="2">
         <v>7230</v>
       </c>
       <c r="F302" s="2" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="G302" s="2" t="s">
-        <v>17</v>
+        <v>38</v>
       </c>
       <c r="H302" s="2" t="s">
         <v>832</v>
       </c>
       <c r="I302" s="2">
         <v>112</v>
       </c>
       <c r="J302" s="2">
         <v>18</v>
       </c>
       <c r="K302" s="2">
         <v>70</v>
       </c>
       <c r="L302" s="2">
         <v>98</v>
       </c>
       <c r="M302" s="2">
         <v>0</v>
       </c>
       <c r="N302" s="2">
         <v>168</v>
       </c>
     </row>
     <row r="303" spans="1:14">
       <c r="A303" s="2">
         <v>115714</v>
       </c>
       <c r="B303" s="2" t="s">
         <v>833</v>
       </c>
       <c r="C303" s="2" t="s">
-        <v>222</v>
+        <v>217</v>
       </c>
       <c r="D303" s="2"/>
       <c r="E303" s="2">
         <v>7021</v>
       </c>
       <c r="F303" s="2" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="G303" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H303" s="2" t="s">
         <v>834</v>
       </c>
       <c r="I303" s="2">
         <v>113</v>
       </c>
       <c r="J303" s="2">
         <v>100</v>
       </c>
       <c r="K303" s="2">
         <v>70</v>
       </c>
       <c r="L303" s="2">
         <v>11</v>
       </c>
       <c r="M303" s="2">
         <v>0</v>
       </c>
       <c r="N303" s="2">
         <v>81</v>
       </c>
     </row>
     <row r="304" spans="1:14">
       <c r="A304" s="2">
         <v>115715</v>
       </c>
       <c r="B304" s="2" t="s">
         <v>835</v>
       </c>
       <c r="C304" s="2" t="s">
         <v>536</v>
       </c>
       <c r="D304" s="2"/>
       <c r="E304" s="2">
         <v>7047</v>
       </c>
       <c r="F304" s="2" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="G304" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H304" s="2" t="s">
         <v>836</v>
       </c>
       <c r="I304" s="2">
         <v>114</v>
       </c>
       <c r="J304" s="2">
         <v>101</v>
       </c>
       <c r="K304" s="2">
         <v>70</v>
       </c>
       <c r="L304" s="2">
         <v>10</v>
       </c>
       <c r="M304" s="2">
         <v>0</v>
       </c>
       <c r="N304" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="305" spans="1:14">
       <c r="A305" s="2">
         <v>115716</v>
       </c>
       <c r="B305" s="2" t="s">
         <v>837</v>
       </c>
       <c r="C305" s="2" t="s">
         <v>838</v>
       </c>
       <c r="D305" s="2"/>
       <c r="E305" s="2">
         <v>7252</v>
       </c>
       <c r="F305" s="2" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="G305" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H305" s="2" t="s">
         <v>839</v>
       </c>
       <c r="I305" s="2">
         <v>115</v>
       </c>
       <c r="J305" s="2">
         <v>102</v>
       </c>
       <c r="K305" s="2">
         <v>70</v>
       </c>
       <c r="L305" s="2">
         <v>10</v>
       </c>
       <c r="M305" s="2">
         <v>0</v>
       </c>
       <c r="N305" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="306" spans="1:14">
       <c r="A306" s="2">
         <v>115717</v>
       </c>
       <c r="B306" s="2" t="s">
         <v>840</v>
       </c>
       <c r="C306" s="2" t="s">
         <v>594</v>
       </c>
       <c r="D306" s="2"/>
       <c r="E306" s="2">
         <v>7205</v>
       </c>
       <c r="F306" s="2" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="G306" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H306" s="2" t="s">
         <v>841</v>
       </c>
       <c r="I306" s="2">
         <v>116</v>
       </c>
       <c r="J306" s="2">
         <v>103</v>
       </c>
       <c r="K306" s="2">
         <v>70</v>
       </c>
       <c r="L306" s="2">
         <v>10</v>
       </c>
       <c r="M306" s="2">
         <v>0</v>
       </c>
       <c r="N306" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="307" spans="1:14">
       <c r="A307" s="2">
         <v>115718</v>
       </c>
       <c r="B307" s="2" t="s">
         <v>842</v>
       </c>
       <c r="C307" s="2" t="s">
         <v>843</v>
       </c>
       <c r="D307" s="2"/>
       <c r="E307" s="2">
         <v>7326</v>
       </c>
       <c r="F307" s="2" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="G307" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H307" s="2" t="s">
         <v>844</v>
       </c>
       <c r="I307" s="2">
         <v>117</v>
       </c>
       <c r="J307" s="2">
         <v>104</v>
       </c>
       <c r="K307" s="2">
         <v>70</v>
       </c>
       <c r="L307" s="2">
         <v>10</v>
       </c>
       <c r="M307" s="2">
         <v>0</v>
       </c>
       <c r="N307" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="308" spans="1:14">
       <c r="A308" s="2">
         <v>116754</v>
       </c>
       <c r="B308" s="2" t="s">
         <v>845</v>
       </c>
       <c r="C308" s="2" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="D308" s="2"/>
       <c r="E308" s="2">
         <v>7022</v>
       </c>
       <c r="F308" s="2" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="G308" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H308" s="2" t="s">
         <v>846</v>
       </c>
       <c r="I308" s="2">
         <v>118</v>
       </c>
       <c r="J308" s="2">
         <v>105</v>
       </c>
       <c r="K308" s="2">
         <v>70</v>
       </c>
       <c r="L308" s="2">
         <v>10</v>
       </c>
       <c r="M308" s="2">
         <v>0</v>
       </c>
       <c r="N308" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="309" spans="1:14">
       <c r="A309" s="2">
         <v>115720</v>
       </c>
       <c r="B309" s="2" t="s">
         <v>847</v>
       </c>
       <c r="C309" s="2" t="s">
         <v>594</v>
       </c>
       <c r="D309" s="2"/>
       <c r="E309" s="2">
         <v>7296</v>
       </c>
       <c r="F309" s="2" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="G309" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H309" s="2" t="s">
         <v>848</v>
       </c>
       <c r="I309" s="2">
         <v>119</v>
       </c>
       <c r="J309" s="2">
         <v>106</v>
       </c>
       <c r="K309" s="2">
         <v>70</v>
       </c>
       <c r="L309" s="2">
         <v>10</v>
       </c>
       <c r="M309" s="2">
         <v>0</v>
       </c>
       <c r="N309" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="310" spans="1:14">
       <c r="A310" s="2">
         <v>115721</v>
       </c>
       <c r="B310" s="2" t="s">
         <v>849</v>
       </c>
       <c r="C310" s="2" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="D310" s="2"/>
       <c r="E310" s="2">
         <v>7046</v>
       </c>
       <c r="F310" s="2" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="G310" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H310" s="2" t="s">
         <v>850</v>
       </c>
       <c r="I310" s="2">
         <v>120</v>
       </c>
       <c r="J310" s="2">
         <v>107</v>
       </c>
       <c r="K310" s="2">
         <v>70</v>
       </c>
       <c r="L310" s="2">
         <v>10</v>
       </c>
       <c r="M310" s="2">
         <v>0</v>
       </c>
       <c r="N310" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="311" spans="1:14">
       <c r="A311" s="2">
         <v>115722</v>
       </c>
       <c r="B311" s="2" t="s">
         <v>851</v>
       </c>
       <c r="C311" s="2" t="s">
         <v>852</v>
       </c>
       <c r="D311" s="2"/>
       <c r="E311" s="2">
         <v>7007</v>
       </c>
       <c r="F311" s="2" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="G311" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H311" s="2" t="s">
         <v>853</v>
       </c>
       <c r="I311" s="2">
         <v>121</v>
       </c>
       <c r="J311" s="2">
         <v>108</v>
       </c>
       <c r="K311" s="2">
         <v>70</v>
       </c>
       <c r="L311" s="2">
         <v>10</v>
       </c>
       <c r="M311" s="2">
         <v>0</v>
       </c>
       <c r="N311" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="312" spans="1:14">
       <c r="A312" s="2">
         <v>115723</v>
       </c>
       <c r="B312" s="2" t="s">
         <v>854</v>
       </c>
       <c r="C312" s="2" t="s">
         <v>855</v>
       </c>
       <c r="D312" s="2"/>
       <c r="E312" s="2">
         <v>7068</v>
       </c>
       <c r="F312" s="2" t="s">
-        <v>361</v>
+        <v>363</v>
       </c>
       <c r="G312" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H312" s="2" t="s">
         <v>856</v>
       </c>
       <c r="I312" s="2">
         <v>122</v>
       </c>
       <c r="J312" s="2">
         <v>109</v>
       </c>
       <c r="K312" s="2">
         <v>70</v>
       </c>
       <c r="L312" s="2">
         <v>10</v>
       </c>
       <c r="M312" s="2">
         <v>0</v>
       </c>
       <c r="N312" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="313" spans="1:14">
       <c r="A313" s="2">
         <v>115724</v>
       </c>
       <c r="B313" s="2" t="s">
         <v>857</v>
       </c>
       <c r="C313" s="2" t="s">
         <v>858</v>
       </c>
       <c r="D313" s="2"/>
       <c r="E313" s="2">
         <v>7094</v>
       </c>
       <c r="F313" s="2" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="G313" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H313" s="2" t="s">
         <v>859</v>
       </c>
       <c r="I313" s="2">
         <v>123</v>
       </c>
       <c r="J313" s="2">
         <v>110</v>
       </c>
       <c r="K313" s="2">
         <v>70</v>
       </c>
       <c r="L313" s="2">
         <v>10</v>
       </c>
       <c r="M313" s="2">
         <v>0</v>
       </c>
       <c r="N313" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="314" spans="1:14">
       <c r="A314" s="2">
         <v>115725</v>
       </c>
       <c r="B314" s="2" t="s">
         <v>860</v>
       </c>
       <c r="C314" s="2" t="s">
         <v>225</v>
       </c>
       <c r="D314" s="2"/>
       <c r="E314" s="2">
         <v>7171</v>
       </c>
       <c r="F314" s="2" t="s">
+        <v>25</v>
+      </c>
+      <c r="G314" s="2" t="s">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>17</v>
       </c>
       <c r="H314" s="2" t="s">
         <v>861</v>
       </c>
       <c r="I314" s="2">
         <v>124</v>
       </c>
       <c r="J314" s="2">
         <v>19</v>
       </c>
       <c r="K314" s="2">
         <v>70</v>
       </c>
       <c r="L314" s="2">
         <v>97</v>
       </c>
       <c r="M314" s="2">
         <v>0</v>
       </c>
       <c r="N314" s="2">
         <v>167</v>
       </c>
     </row>
     <row r="315" spans="1:14">
       <c r="A315" s="2">
         <v>115726</v>
       </c>
       <c r="B315" s="2" t="s">
         <v>862</v>
       </c>
       <c r="C315" s="2" t="s">
         <v>863</v>
       </c>
       <c r="D315" s="2"/>
       <c r="E315" s="2">
         <v>7038</v>
       </c>
       <c r="F315" s="2" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="G315" s="2" t="s">
-        <v>17</v>
+        <v>38</v>
       </c>
       <c r="H315" s="2" t="s">
         <v>864</v>
       </c>
       <c r="I315" s="2">
         <v>125</v>
       </c>
       <c r="J315" s="2">
         <v>20</v>
       </c>
       <c r="K315" s="2">
         <v>70</v>
       </c>
       <c r="L315" s="2">
         <v>96</v>
       </c>
       <c r="M315" s="2">
         <v>0</v>
       </c>
       <c r="N315" s="2">
         <v>166</v>
       </c>
     </row>
     <row r="316" spans="1:14">
       <c r="A316" s="2">
         <v>111858</v>
       </c>
       <c r="B316" s="2" t="s">
         <v>865</v>
       </c>
       <c r="C316" s="2" t="s">
         <v>866</v>
       </c>
       <c r="D316" s="2"/>
       <c r="E316" s="2">
         <v>7090</v>
       </c>
       <c r="F316" s="2" t="s">
         <v>867</v>
       </c>
       <c r="G316" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H316" s="2" t="s">
         <v>868</v>
       </c>
       <c r="I316" s="2">
         <v>126</v>
       </c>
       <c r="J316" s="2">
         <v>111</v>
       </c>
       <c r="K316" s="2">
         <v>70</v>
       </c>
       <c r="L316" s="2">
         <v>10</v>
       </c>
       <c r="M316" s="2">
         <v>0</v>
       </c>
       <c r="N316" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="317" spans="1:14">
       <c r="A317" s="2">
         <v>115728</v>
       </c>
       <c r="B317" s="2" t="s">
         <v>869</v>
       </c>
       <c r="C317" s="2" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="D317" s="2"/>
       <c r="E317" s="2">
         <v>7267</v>
       </c>
       <c r="F317" s="2" t="s">
+        <v>25</v>
+      </c>
+      <c r="G317" s="2" t="s">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>17</v>
       </c>
       <c r="H317" s="2" t="s">
         <v>870</v>
       </c>
       <c r="I317" s="2">
         <v>127</v>
       </c>
       <c r="J317" s="2">
         <v>21</v>
       </c>
       <c r="K317" s="2">
         <v>70</v>
       </c>
       <c r="L317" s="2">
         <v>90</v>
       </c>
       <c r="M317" s="2">
         <v>0</v>
       </c>
       <c r="N317" s="2">
         <v>160</v>
       </c>
     </row>
     <row r="318" spans="1:14">
       <c r="A318" s="2">
         <v>115729</v>
       </c>
       <c r="B318" s="2" t="s">
         <v>871</v>
       </c>
       <c r="C318" s="2" t="s">
         <v>872</v>
       </c>
       <c r="D318" s="2"/>
       <c r="E318" s="2">
         <v>7150</v>
       </c>
       <c r="F318" s="2" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="G318" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H318" s="2" t="s">
         <v>873</v>
       </c>
       <c r="I318" s="2">
         <v>128</v>
       </c>
       <c r="J318" s="2">
         <v>112</v>
       </c>
       <c r="K318" s="2">
         <v>70</v>
       </c>
       <c r="L318" s="2">
         <v>10</v>
       </c>
       <c r="M318" s="2">
         <v>0</v>
       </c>
       <c r="N318" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="319" spans="1:14">
       <c r="A319" s="2">
         <v>115730</v>
       </c>
       <c r="B319" s="2" t="s">
         <v>874</v>
       </c>
       <c r="C319" s="2" t="s">
         <v>536</v>
       </c>
       <c r="D319" s="2"/>
       <c r="E319" s="2">
         <v>7143</v>
       </c>
       <c r="F319" s="2" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="G319" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H319" s="2" t="s">
         <v>873</v>
       </c>
       <c r="I319" s="2">
         <v>129</v>
       </c>
       <c r="J319" s="2">
         <v>113</v>
       </c>
       <c r="K319" s="2">
         <v>70</v>
       </c>
       <c r="L319" s="2">
         <v>10</v>
       </c>
       <c r="M319" s="2">
         <v>0</v>
       </c>
       <c r="N319" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="320" spans="1:14">
       <c r="A320" s="2">
         <v>116766</v>
       </c>
       <c r="B320" s="2" t="s">
         <v>875</v>
       </c>
       <c r="C320" s="2" t="s">
-        <v>107</v>
+        <v>103</v>
       </c>
       <c r="D320" s="2"/>
       <c r="E320" s="2">
         <v>7292</v>
       </c>
       <c r="F320" s="2" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="G320" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H320" s="2" t="s">
         <v>876</v>
       </c>
       <c r="I320" s="2">
         <v>130</v>
       </c>
       <c r="J320" s="2">
         <v>114</v>
       </c>
       <c r="K320" s="2">
         <v>70</v>
       </c>
       <c r="L320" s="2">
         <v>10</v>
       </c>
       <c r="M320" s="2">
         <v>0</v>
       </c>
       <c r="N320" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="321" spans="1:14">
       <c r="A321" s="2">
         <v>115732</v>
       </c>
       <c r="B321" s="2" t="s">
         <v>877</v>
       </c>
       <c r="C321" s="2" t="s">
         <v>387</v>
       </c>
       <c r="D321" s="2"/>
       <c r="E321" s="2">
         <v>7025</v>
       </c>
       <c r="F321" s="2" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="G321" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H321" s="2" t="s">
         <v>878</v>
       </c>
       <c r="I321" s="2">
         <v>131</v>
       </c>
       <c r="J321" s="2">
         <v>115</v>
       </c>
       <c r="K321" s="2">
         <v>70</v>
       </c>
       <c r="L321" s="2">
         <v>10</v>
       </c>
       <c r="M321" s="2">
         <v>0</v>
       </c>
       <c r="N321" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="322" spans="1:14">
       <c r="A322" s="2">
         <v>114367</v>
       </c>
       <c r="B322" s="2" t="s">
         <v>879</v>
       </c>
       <c r="C322" s="2" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="D322" s="2"/>
       <c r="E322" s="2">
         <v>7248</v>
       </c>
       <c r="F322" s="2" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="G322" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H322" s="2" t="s">
         <v>880</v>
       </c>
       <c r="I322" s="2">
         <v>132</v>
       </c>
       <c r="J322" s="2">
         <v>116</v>
       </c>
       <c r="K322" s="2">
         <v>70</v>
       </c>
       <c r="L322" s="2">
         <v>10</v>
       </c>
       <c r="M322" s="2">
         <v>0</v>
       </c>
       <c r="N322" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="323" spans="1:14">
       <c r="A323" s="2">
         <v>115149</v>
       </c>
       <c r="B323" s="2" t="s">
         <v>881</v>
       </c>
       <c r="C323" s="2" t="s">
         <v>882</v>
       </c>
       <c r="D323" s="2"/>
       <c r="E323" s="2">
         <v>7014</v>
       </c>
       <c r="F323" s="2" t="s">
-        <v>104</v>
+        <v>100</v>
       </c>
       <c r="G323" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H323" s="2" t="s">
-        <v>285</v>
+        <v>283</v>
       </c>
       <c r="I323" s="2">
         <v>133</v>
       </c>
       <c r="J323" s="2">
         <v>117</v>
       </c>
       <c r="K323" s="2">
         <v>70</v>
       </c>
       <c r="L323" s="2">
         <v>10</v>
       </c>
       <c r="M323" s="2">
         <v>0</v>
       </c>
       <c r="N323" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="324" spans="1:14">
       <c r="A324" s="2">
         <v>109867</v>
       </c>
       <c r="B324" s="2" t="s">
         <v>883</v>
       </c>
       <c r="C324" s="2" t="s">
         <v>884</v>
       </c>
       <c r="D324" s="2"/>
       <c r="E324" s="2">
         <v>7038</v>
       </c>
       <c r="F324" s="2" t="s">
-        <v>256</v>
+        <v>253</v>
       </c>
       <c r="G324" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H324" s="2" t="s">
         <v>885</v>
       </c>
       <c r="I324" s="2">
         <v>134</v>
       </c>
       <c r="J324" s="2">
         <v>134</v>
       </c>
       <c r="K324" s="2">
         <v>0</v>
       </c>
       <c r="L324" s="2">
         <v>0</v>
       </c>
       <c r="M324" s="2">
         <v>0</v>
       </c>
       <c r="N324" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="325" spans="1:14">
       <c r="A325" s="2">
         <v>115148</v>
       </c>
       <c r="B325" s="2" t="s">
         <v>886</v>
       </c>
       <c r="C325" s="2" t="s">
         <v>887</v>
       </c>
       <c r="D325" s="2"/>
       <c r="E325" s="2">
         <v>7012</v>
       </c>
       <c r="F325" s="2" t="s">
-        <v>104</v>
+        <v>100</v>
       </c>
       <c r="G325" s="2" t="s">
-        <v>17</v>
+        <v>38</v>
       </c>
       <c r="H325" s="2" t="s">
-        <v>285</v>
+        <v>283</v>
       </c>
       <c r="I325" s="2">
         <v>134</v>
       </c>
       <c r="J325" s="2">
         <v>22</v>
       </c>
       <c r="K325" s="2">
         <v>70</v>
       </c>
       <c r="L325" s="2">
         <v>89</v>
       </c>
       <c r="M325" s="2">
         <v>0</v>
       </c>
       <c r="N325" s="2">
         <v>159</v>
       </c>
     </row>
     <row r="326" spans="1:14">
       <c r="A326" s="2">
         <v>115736</v>
       </c>
       <c r="B326" s="2" t="s">
         <v>888</v>
       </c>
       <c r="C326" s="2" t="s">
         <v>889</v>
       </c>
       <c r="D326" s="2"/>
       <c r="E326" s="2">
         <v>7020</v>
       </c>
       <c r="F326" s="2" t="s">
-        <v>104</v>
+        <v>100</v>
       </c>
       <c r="G326" s="2" t="s">
-        <v>17</v>
+        <v>38</v>
       </c>
       <c r="H326" s="2" t="s">
-        <v>285</v>
+        <v>283</v>
       </c>
       <c r="I326" s="2">
         <v>135</v>
       </c>
       <c r="J326" s="2">
         <v>23</v>
       </c>
       <c r="K326" s="2">
         <v>70</v>
       </c>
       <c r="L326" s="2">
         <v>88</v>
       </c>
       <c r="M326" s="2">
         <v>0</v>
       </c>
       <c r="N326" s="2">
         <v>158</v>
       </c>
     </row>
     <row r="327" spans="1:14">
       <c r="A327" s="2">
         <v>115737</v>
       </c>
       <c r="B327" s="2" t="s">
         <v>890</v>
       </c>
       <c r="C327" s="2" t="s">
-        <v>205</v>
+        <v>201</v>
       </c>
       <c r="D327" s="2"/>
       <c r="E327" s="2">
         <v>7092</v>
       </c>
       <c r="F327" s="2" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="G327" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H327" s="2" t="s">
         <v>891</v>
       </c>
       <c r="I327" s="2">
         <v>136</v>
       </c>
       <c r="J327" s="2">
         <v>118</v>
       </c>
       <c r="K327" s="2">
         <v>70</v>
       </c>
       <c r="L327" s="2">
         <v>10</v>
       </c>
       <c r="M327" s="2">
         <v>0</v>
       </c>
       <c r="N327" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="328" spans="1:14">
       <c r="A328" s="2">
         <v>122654</v>
       </c>
       <c r="B328" s="2"/>
       <c r="C328" s="2" t="s">
         <v>892</v>
       </c>
       <c r="D328" s="2"/>
       <c r="E328" s="2">
         <v>7149</v>
       </c>
       <c r="F328" s="2" t="s">
-        <v>104</v>
+        <v>100</v>
       </c>
       <c r="G328" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H328" s="2" t="s">
         <v>893</v>
       </c>
       <c r="I328" s="2">
         <v>136</v>
       </c>
       <c r="J328" s="2">
         <v>136</v>
       </c>
       <c r="K328" s="2">
         <v>0</v>
       </c>
       <c r="L328" s="2">
         <v>0</v>
       </c>
       <c r="M328" s="2">
         <v>0</v>
       </c>
       <c r="N328" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="329" spans="1:14">
       <c r="A329" s="2">
         <v>115738</v>
       </c>
       <c r="B329" s="2" t="s">
         <v>894</v>
       </c>
       <c r="C329" s="2" t="s">
         <v>895</v>
       </c>
       <c r="D329" s="2"/>
       <c r="E329" s="2">
         <v>7096</v>
       </c>
       <c r="F329" s="2" t="s">
+        <v>25</v>
+      </c>
+      <c r="G329" s="2" t="s">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>17</v>
       </c>
       <c r="H329" s="2" t="s">
         <v>896</v>
       </c>
       <c r="I329" s="2">
         <v>137</v>
       </c>
       <c r="J329" s="2">
         <v>24</v>
       </c>
       <c r="K329" s="2">
         <v>70</v>
       </c>
       <c r="L329" s="2">
         <v>87</v>
       </c>
       <c r="M329" s="2">
         <v>0</v>
       </c>
       <c r="N329" s="2">
         <v>157</v>
       </c>
     </row>
     <row r="330" spans="1:14">
       <c r="A330" s="2">
         <v>122655</v>
       </c>
       <c r="B330" s="2"/>
       <c r="C330" s="2" t="s">
         <v>897</v>
       </c>
       <c r="D330" s="2"/>
       <c r="E330" s="2">
         <v>7106</v>
       </c>
       <c r="F330" s="2" t="s">
-        <v>104</v>
+        <v>100</v>
       </c>
       <c r="G330" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H330" s="2" t="s">
         <v>898</v>
       </c>
       <c r="I330" s="2">
         <v>137</v>
       </c>
       <c r="J330" s="2">
         <v>137</v>
       </c>
       <c r="K330" s="2">
         <v>0</v>
       </c>
       <c r="L330" s="2">
         <v>0</v>
       </c>
       <c r="M330" s="2">
         <v>0</v>
       </c>
       <c r="N330" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="331" spans="1:14">
       <c r="A331" s="2">
         <v>115739</v>
       </c>
       <c r="B331" s="2" t="s">
         <v>899</v>
       </c>
       <c r="C331" s="2" t="s">
-        <v>577</v>
+        <v>579</v>
       </c>
       <c r="D331" s="2"/>
       <c r="E331" s="2">
         <v>7277</v>
       </c>
       <c r="F331" s="2" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="G331" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H331" s="2" t="s">
         <v>900</v>
       </c>
       <c r="I331" s="2">
         <v>138</v>
       </c>
       <c r="J331" s="2">
         <v>119</v>
       </c>
       <c r="K331" s="2">
         <v>70</v>
       </c>
       <c r="L331" s="2">
         <v>10</v>
       </c>
       <c r="M331" s="2">
         <v>0</v>
       </c>
       <c r="N331" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="332" spans="1:14">
       <c r="A332" s="2">
         <v>115740</v>
       </c>
       <c r="B332" s="2" t="s">
         <v>901</v>
       </c>
       <c r="C332" s="2" t="s">
         <v>902</v>
       </c>
       <c r="D332" s="2"/>
       <c r="E332" s="2">
         <v>7142</v>
       </c>
       <c r="F332" s="2" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="G332" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H332" s="2" t="s">
         <v>903</v>
       </c>
       <c r="I332" s="2">
         <v>139</v>
       </c>
       <c r="J332" s="2">
         <v>120</v>
       </c>
       <c r="K332" s="2">
         <v>70</v>
       </c>
       <c r="L332" s="2">
         <v>10</v>
       </c>
       <c r="M332" s="2">
         <v>0</v>
       </c>
       <c r="N332" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="333" spans="1:14">
       <c r="A333" s="2">
         <v>116776</v>
       </c>
       <c r="B333" s="2" t="s">
         <v>904</v>
       </c>
       <c r="C333" s="2" t="s">
         <v>821</v>
       </c>
       <c r="D333" s="2"/>
       <c r="E333" s="2">
         <v>7034</v>
       </c>
       <c r="F333" s="2" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="G333" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H333" s="2" t="s">
         <v>905</v>
       </c>
       <c r="I333" s="2">
         <v>140</v>
       </c>
       <c r="J333" s="2">
         <v>121</v>
       </c>
       <c r="K333" s="2">
         <v>70</v>
       </c>
       <c r="L333" s="2">
         <v>10</v>
       </c>
       <c r="M333" s="2">
         <v>0</v>
       </c>
       <c r="N333" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="334" spans="1:14">
       <c r="A334" s="2">
         <v>115742</v>
       </c>
       <c r="B334" s="2" t="s">
         <v>906</v>
       </c>
       <c r="C334" s="2" t="s">
-        <v>107</v>
+        <v>103</v>
       </c>
       <c r="D334" s="2"/>
       <c r="E334" s="2">
         <v>7198</v>
       </c>
       <c r="F334" s="2" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="G334" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H334" s="2" t="s">
         <v>907</v>
       </c>
       <c r="I334" s="2">
         <v>141</v>
       </c>
       <c r="J334" s="2">
         <v>122</v>
       </c>
       <c r="K334" s="2">
         <v>70</v>
       </c>
       <c r="L334" s="2">
         <v>10</v>
       </c>
       <c r="M334" s="2">
         <v>0</v>
       </c>
       <c r="N334" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="335" spans="1:14">
       <c r="A335" s="2">
         <v>116778</v>
       </c>
       <c r="B335" s="2" t="s">
         <v>908</v>
       </c>
       <c r="C335" s="2" t="s">
         <v>594</v>
       </c>
       <c r="D335" s="2"/>
       <c r="E335" s="2">
         <v>7200</v>
       </c>
       <c r="F335" s="2" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="G335" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H335" s="2" t="s">
         <v>907</v>
       </c>
       <c r="I335" s="2">
         <v>142</v>
       </c>
       <c r="J335" s="2">
         <v>123</v>
       </c>
       <c r="K335" s="2">
         <v>70</v>
       </c>
       <c r="L335" s="2">
         <v>10</v>
       </c>
       <c r="M335" s="2">
         <v>0</v>
       </c>
       <c r="N335" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="336" spans="1:14">
       <c r="A336" s="2">
         <v>115744</v>
       </c>
       <c r="B336" s="2" t="s">
         <v>909</v>
       </c>
       <c r="C336" s="2" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="D336" s="2"/>
       <c r="E336" s="2">
         <v>7045</v>
       </c>
       <c r="F336" s="2" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="G336" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H336" s="2" t="s">
         <v>910</v>
       </c>
       <c r="I336" s="2">
         <v>143</v>
       </c>
       <c r="J336" s="2">
         <v>124</v>
       </c>
       <c r="K336" s="2">
         <v>70</v>
       </c>
       <c r="L336" s="2">
         <v>10</v>
       </c>
       <c r="M336" s="2">
         <v>0</v>
       </c>
       <c r="N336" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="337" spans="1:14">
       <c r="A337" s="2">
         <v>115745</v>
       </c>
       <c r="B337" s="2" t="s">
         <v>911</v>
       </c>
       <c r="C337" s="2" t="s">
-        <v>170</v>
+        <v>169</v>
       </c>
       <c r="D337" s="2"/>
       <c r="E337" s="2">
         <v>7251</v>
       </c>
       <c r="F337" s="2" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="G337" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H337" s="2" t="s">
         <v>912</v>
       </c>
       <c r="I337" s="2">
         <v>144</v>
       </c>
       <c r="J337" s="2">
         <v>125</v>
       </c>
       <c r="K337" s="2">
         <v>70</v>
       </c>
       <c r="L337" s="2">
         <v>10</v>
       </c>
       <c r="M337" s="2">
         <v>0</v>
       </c>
       <c r="N337" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="338" spans="1:14">
       <c r="A338" s="2">
         <v>122656</v>
       </c>
       <c r="B338" s="2"/>
       <c r="C338" s="2" t="s">
         <v>913</v>
       </c>
       <c r="D338" s="2"/>
       <c r="E338" s="2">
         <v>7165</v>
       </c>
       <c r="F338" s="2" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="G338" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H338" s="2" t="s">
         <v>914</v>
       </c>
       <c r="I338" s="2">
         <v>145</v>
       </c>
       <c r="J338" s="2">
         <v>145</v>
       </c>
       <c r="K338" s="2">
         <v>0</v>
       </c>
       <c r="L338" s="2">
         <v>0</v>
       </c>
       <c r="M338" s="2">
         <v>0</v>
       </c>
       <c r="N338" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="339" spans="1:14">
       <c r="A339" s="2">
         <v>115746</v>
       </c>
       <c r="B339" s="2" t="s">
         <v>915</v>
       </c>
       <c r="C339" s="2" t="s">
-        <v>107</v>
+        <v>103</v>
       </c>
       <c r="D339" s="2"/>
       <c r="E339" s="2">
         <v>7194</v>
       </c>
       <c r="F339" s="2" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="G339" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H339" s="2" t="s">
         <v>916</v>
       </c>
       <c r="I339" s="2">
         <v>145</v>
       </c>
       <c r="J339" s="2">
         <v>126</v>
       </c>
       <c r="K339" s="2">
         <v>70</v>
       </c>
       <c r="L339" s="2">
         <v>10</v>
       </c>
       <c r="M339" s="2">
         <v>0</v>
       </c>
       <c r="N339" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="340" spans="1:14">
       <c r="A340" s="2">
         <v>122657</v>
       </c>
       <c r="B340" s="2"/>
       <c r="C340" s="2" t="s">
         <v>917</v>
       </c>
       <c r="D340" s="2"/>
       <c r="E340" s="2">
         <v>7013</v>
       </c>
       <c r="F340" s="2" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="G340" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H340" s="2" t="s">
         <v>918</v>
       </c>
       <c r="I340" s="2">
         <v>146</v>
       </c>
       <c r="J340" s="2">
         <v>146</v>
       </c>
       <c r="K340" s="2">
         <v>0</v>
       </c>
       <c r="L340" s="2">
         <v>0</v>
       </c>
       <c r="M340" s="2">
         <v>0</v>
       </c>
       <c r="N340" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="341" spans="1:14">
       <c r="A341" s="2">
         <v>115747</v>
       </c>
       <c r="B341" s="2" t="s">
         <v>724</v>
       </c>
       <c r="C341" s="2" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="D341" s="2"/>
       <c r="E341" s="2">
         <v>7060</v>
       </c>
       <c r="F341" s="2" t="s">
+        <v>25</v>
+      </c>
+      <c r="G341" s="2" t="s">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>17</v>
       </c>
       <c r="H341" s="2" t="s">
         <v>813</v>
       </c>
       <c r="I341" s="2">
         <v>146</v>
       </c>
       <c r="J341" s="2">
         <v>25</v>
       </c>
       <c r="K341" s="2">
         <v>70</v>
       </c>
       <c r="L341" s="2">
         <v>86</v>
       </c>
       <c r="M341" s="2">
         <v>0</v>
       </c>
       <c r="N341" s="2">
         <v>156</v>
       </c>
     </row>
     <row r="342" spans="1:14">
       <c r="A342" s="2">
         <v>115748</v>
       </c>
       <c r="B342" s="2" t="s">
         <v>919</v>
       </c>
       <c r="C342" s="2" t="s">
         <v>225</v>
       </c>
       <c r="D342" s="2"/>
       <c r="E342" s="2">
         <v>7154</v>
       </c>
       <c r="F342" s="2" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="G342" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H342" s="2" t="s">
         <v>920</v>
       </c>
       <c r="I342" s="2">
         <v>147</v>
       </c>
       <c r="J342" s="2">
         <v>127</v>
       </c>
       <c r="K342" s="2">
         <v>70</v>
       </c>
       <c r="L342" s="2">
         <v>10</v>
       </c>
       <c r="M342" s="2">
         <v>0</v>
       </c>
       <c r="N342" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="343" spans="1:14">
       <c r="A343" s="2">
         <v>115749</v>
       </c>
       <c r="B343" s="2" t="s">
         <v>921</v>
       </c>
       <c r="C343" s="2" t="s">
-        <v>107</v>
+        <v>103</v>
       </c>
       <c r="D343" s="2"/>
       <c r="E343" s="2">
         <v>7141</v>
       </c>
       <c r="F343" s="2" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="G343" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H343" s="2" t="s">
         <v>920</v>
       </c>
       <c r="I343" s="2">
         <v>148</v>
       </c>
       <c r="J343" s="2">
         <v>128</v>
       </c>
       <c r="K343" s="2">
         <v>70</v>
       </c>
       <c r="L343" s="2">
         <v>10</v>
       </c>
       <c r="M343" s="2">
         <v>0</v>
       </c>
       <c r="N343" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="344" spans="1:14">
       <c r="A344" s="2">
         <v>115750</v>
       </c>
       <c r="B344" s="2" t="s">
         <v>922</v>
       </c>
       <c r="C344" s="2" t="s">
         <v>389</v>
       </c>
       <c r="D344" s="2"/>
       <c r="E344" s="2">
         <v>7275</v>
       </c>
       <c r="F344" s="2" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="G344" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H344" s="2" t="s">
         <v>923</v>
       </c>
       <c r="I344" s="2">
         <v>149</v>
       </c>
       <c r="J344" s="2">
         <v>129</v>
       </c>
       <c r="K344" s="2">
         <v>70</v>
       </c>
       <c r="L344" s="2">
         <v>10</v>
       </c>
       <c r="M344" s="2">
         <v>0</v>
       </c>
       <c r="N344" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="345" spans="1:14">
       <c r="A345" s="2">
         <v>116786</v>
       </c>
       <c r="B345" s="2" t="s">
         <v>924</v>
       </c>
       <c r="C345" s="2" t="s">
-        <v>170</v>
+        <v>169</v>
       </c>
       <c r="D345" s="2"/>
       <c r="E345" s="2">
         <v>7118</v>
       </c>
       <c r="F345" s="2" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="G345" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H345" s="2" t="s">
         <v>925</v>
       </c>
       <c r="I345" s="2">
         <v>150</v>
       </c>
       <c r="J345" s="2">
         <v>130</v>
       </c>
       <c r="K345" s="2">
         <v>70</v>
       </c>
       <c r="L345" s="2">
         <v>10</v>
       </c>
       <c r="M345" s="2">
         <v>0</v>
       </c>
       <c r="N345" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="346" spans="1:14">
       <c r="A346" s="2">
         <v>115752</v>
       </c>
       <c r="B346" s="2" t="s">
         <v>926</v>
       </c>
       <c r="C346" s="2" t="s">
         <v>927</v>
       </c>
       <c r="D346" s="2"/>
       <c r="E346" s="2">
         <v>7111</v>
       </c>
       <c r="F346" s="2" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="G346" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H346" s="2" t="s">
         <v>928</v>
       </c>
       <c r="I346" s="2">
         <v>151</v>
       </c>
       <c r="J346" s="2">
         <v>131</v>
       </c>
       <c r="K346" s="2">
         <v>70</v>
       </c>
       <c r="L346" s="2">
         <v>10</v>
       </c>
       <c r="M346" s="2">
         <v>0</v>
       </c>
       <c r="N346" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="347" spans="1:14">
       <c r="A347" s="2">
         <v>115753</v>
       </c>
       <c r="B347" s="2" t="s">
         <v>929</v>
       </c>
       <c r="C347" s="2" t="s">
         <v>930</v>
       </c>
       <c r="D347" s="2"/>
       <c r="E347" s="2">
         <v>7144</v>
       </c>
       <c r="F347" s="2" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="G347" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H347" s="2" t="s">
         <v>931</v>
       </c>
       <c r="I347" s="2">
         <v>152</v>
       </c>
       <c r="J347" s="2">
         <v>132</v>
       </c>
       <c r="K347" s="2">
         <v>70</v>
       </c>
       <c r="L347" s="2">
         <v>10</v>
       </c>
       <c r="M347" s="2">
         <v>0</v>
       </c>
       <c r="N347" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="348" spans="1:14">
       <c r="A348" s="2">
         <v>122658</v>
       </c>
       <c r="B348" s="2"/>
       <c r="C348" s="2" t="s">
         <v>932</v>
       </c>
       <c r="D348" s="2"/>
       <c r="E348" s="2">
         <v>7017</v>
       </c>
       <c r="F348" s="2" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="G348" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H348" s="2" t="s">
         <v>933</v>
       </c>
       <c r="I348" s="2">
         <v>153</v>
       </c>
       <c r="J348" s="2">
         <v>153</v>
       </c>
       <c r="K348" s="2">
         <v>0</v>
       </c>
       <c r="L348" s="2">
         <v>0</v>
       </c>
       <c r="M348" s="2">
         <v>0</v>
       </c>
       <c r="N348" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="349" spans="1:14">
       <c r="A349" s="2">
         <v>115754</v>
       </c>
       <c r="B349" s="2" t="s">
         <v>934</v>
       </c>
       <c r="C349" s="2" t="s">
         <v>935</v>
       </c>
       <c r="D349" s="2"/>
       <c r="E349" s="2">
         <v>7108</v>
       </c>
       <c r="F349" s="2" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="G349" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H349" s="2" t="s">
         <v>936</v>
       </c>
       <c r="I349" s="2">
         <v>153</v>
       </c>
       <c r="J349" s="2">
         <v>133</v>
       </c>
       <c r="K349" s="2">
         <v>70</v>
       </c>
       <c r="L349" s="2">
         <v>10</v>
       </c>
       <c r="M349" s="2">
         <v>0</v>
       </c>
       <c r="N349" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="350" spans="1:14">
       <c r="A350" s="2">
         <v>115755</v>
       </c>
       <c r="B350" s="2" t="s">
         <v>937</v>
       </c>
       <c r="C350" s="2" t="s">
         <v>423</v>
       </c>
       <c r="D350" s="2"/>
       <c r="E350" s="2">
         <v>7124</v>
       </c>
       <c r="F350" s="2" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="G350" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H350" s="2" t="s">
         <v>938</v>
       </c>
       <c r="I350" s="2">
         <v>154</v>
       </c>
       <c r="J350" s="2">
         <v>134</v>
       </c>
       <c r="K350" s="2">
         <v>70</v>
       </c>
       <c r="L350" s="2">
         <v>10</v>
       </c>
       <c r="M350" s="2">
         <v>0</v>
       </c>
       <c r="N350" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="351" spans="1:14">
       <c r="A351" s="2">
         <v>116791</v>
       </c>
       <c r="B351" s="2" t="s">
         <v>939</v>
       </c>
       <c r="C351" s="2" t="s">
         <v>940</v>
       </c>
       <c r="D351" s="2"/>
       <c r="E351" s="2">
         <v>7125</v>
       </c>
       <c r="F351" s="2" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="G351" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H351" s="2" t="s">
         <v>938</v>
       </c>
       <c r="I351" s="2">
         <v>155</v>
       </c>
       <c r="J351" s="2">
         <v>135</v>
       </c>
       <c r="K351" s="2">
         <v>70</v>
       </c>
       <c r="L351" s="2">
         <v>10</v>
       </c>
       <c r="M351" s="2">
         <v>0</v>
       </c>
       <c r="N351" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="352" spans="1:14">
       <c r="A352" s="2">
         <v>115757</v>
       </c>
       <c r="B352" s="2" t="s">
         <v>941</v>
       </c>
       <c r="C352" s="2" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="D352" s="2"/>
       <c r="E352" s="2">
         <v>7281</v>
       </c>
       <c r="F352" s="2" t="s">
+        <v>25</v>
+      </c>
+      <c r="G352" s="2" t="s">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>17</v>
       </c>
       <c r="H352" s="2" t="s">
         <v>942</v>
       </c>
       <c r="I352" s="2">
         <v>156</v>
       </c>
       <c r="J352" s="2">
         <v>26</v>
       </c>
       <c r="K352" s="2">
         <v>70</v>
       </c>
       <c r="L352" s="2">
         <v>85</v>
       </c>
       <c r="M352" s="2">
         <v>0</v>
       </c>
       <c r="N352" s="2">
         <v>155</v>
       </c>
     </row>
     <row r="353" spans="1:14">
       <c r="A353" s="2">
         <v>111929</v>
       </c>
       <c r="B353" s="2" t="s">
         <v>943</v>
       </c>
       <c r="C353" s="2" t="s">
         <v>387</v>
       </c>
       <c r="D353" s="2"/>
       <c r="E353" s="2">
         <v>7037</v>
       </c>
       <c r="F353" s="2" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="G353" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H353" s="2" t="s">
         <v>944</v>
       </c>
       <c r="I353" s="2">
         <v>157</v>
       </c>
       <c r="J353" s="2">
         <v>136</v>
       </c>
       <c r="K353" s="2">
         <v>70</v>
       </c>
       <c r="L353" s="2">
         <v>10</v>
       </c>
       <c r="M353" s="2">
         <v>0</v>
       </c>
       <c r="N353" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="354" spans="1:14">
       <c r="A354" s="2">
         <v>115759</v>
       </c>
       <c r="B354" s="2" t="s">
         <v>945</v>
       </c>
       <c r="C354" s="2" t="s">
         <v>396</v>
       </c>
       <c r="D354" s="2"/>
       <c r="E354" s="2">
         <v>7192</v>
       </c>
       <c r="F354" s="2" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="G354" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H354" s="2" t="s">
         <v>946</v>
       </c>
       <c r="I354" s="2">
         <v>158</v>
       </c>
       <c r="J354" s="2">
         <v>137</v>
       </c>
       <c r="K354" s="2">
         <v>70</v>
       </c>
       <c r="L354" s="2">
         <v>10</v>
       </c>
       <c r="M354" s="2">
         <v>0</v>
       </c>
       <c r="N354" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="355" spans="1:14">
       <c r="A355" s="2">
         <v>115760</v>
       </c>
       <c r="B355" s="2" t="s">
         <v>947</v>
       </c>
       <c r="C355" s="2" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="D355" s="2"/>
       <c r="E355" s="2">
         <v>7274</v>
       </c>
       <c r="F355" s="2" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="G355" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H355" s="2" t="s">
         <v>948</v>
       </c>
       <c r="I355" s="2">
         <v>159</v>
       </c>
       <c r="J355" s="2">
         <v>138</v>
       </c>
       <c r="K355" s="2">
         <v>70</v>
       </c>
       <c r="L355" s="2">
         <v>10</v>
       </c>
       <c r="M355" s="2">
         <v>0</v>
       </c>
       <c r="N355" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="356" spans="1:14">
       <c r="A356" s="2">
         <v>115761</v>
       </c>
       <c r="B356" s="2" t="s">
         <v>949</v>
       </c>
       <c r="C356" s="2" t="s">
-        <v>286</v>
+        <v>284</v>
       </c>
       <c r="D356" s="2"/>
       <c r="E356" s="2">
         <v>7203</v>
       </c>
       <c r="F356" s="2" t="s">
+        <v>25</v>
+      </c>
+      <c r="G356" s="2" t="s">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>17</v>
       </c>
       <c r="H356" s="2" t="s">
         <v>950</v>
       </c>
       <c r="I356" s="2">
         <v>160</v>
       </c>
       <c r="J356" s="2">
         <v>27</v>
       </c>
       <c r="K356" s="2">
         <v>70</v>
       </c>
       <c r="L356" s="2">
         <v>84</v>
       </c>
       <c r="M356" s="2">
         <v>0</v>
       </c>
       <c r="N356" s="2">
         <v>154</v>
       </c>
     </row>
     <row r="357" spans="1:14">
       <c r="A357" s="2">
         <v>115762</v>
       </c>
       <c r="B357" s="2" t="s">
         <v>951</v>
       </c>
       <c r="C357" s="2" t="s">
         <v>952</v>
       </c>
       <c r="D357" s="2"/>
       <c r="E357" s="2">
         <v>7325</v>
       </c>
       <c r="F357" s="2" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="G357" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H357" s="2" t="s">
         <v>953</v>
       </c>
       <c r="I357" s="2">
         <v>161</v>
       </c>
       <c r="J357" s="2">
         <v>139</v>
       </c>
       <c r="K357" s="2">
         <v>70</v>
       </c>
       <c r="L357" s="2">
         <v>10</v>
       </c>
       <c r="M357" s="2">
         <v>0</v>
       </c>
       <c r="N357" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="358" spans="1:14">
       <c r="A358" s="2">
         <v>115763</v>
       </c>
       <c r="B358" s="2" t="s">
         <v>954</v>
       </c>
       <c r="C358" s="2" t="s">
-        <v>376</v>
+        <v>374</v>
       </c>
       <c r="D358" s="2"/>
       <c r="E358" s="2">
         <v>7263</v>
       </c>
       <c r="F358" s="2" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="G358" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H358" s="2" t="s">
         <v>955</v>
       </c>
       <c r="I358" s="2">
         <v>162</v>
       </c>
       <c r="J358" s="2">
         <v>140</v>
       </c>
       <c r="K358" s="2">
         <v>70</v>
       </c>
       <c r="L358" s="2">
         <v>10</v>
       </c>
       <c r="M358" s="2">
         <v>0</v>
       </c>
       <c r="N358" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="359" spans="1:14">
       <c r="A359" s="2">
         <v>115764</v>
       </c>
       <c r="B359" s="2" t="s">
         <v>956</v>
       </c>
       <c r="C359" s="2" t="s">
         <v>957</v>
       </c>
       <c r="D359" s="2"/>
       <c r="E359" s="2">
         <v>7234</v>
       </c>
       <c r="F359" s="2" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="G359" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H359" s="2" t="s">
         <v>958</v>
       </c>
       <c r="I359" s="2">
         <v>163</v>
       </c>
       <c r="J359" s="2">
         <v>141</v>
       </c>
       <c r="K359" s="2">
         <v>70</v>
       </c>
       <c r="L359" s="2">
         <v>10</v>
       </c>
       <c r="M359" s="2">
         <v>0</v>
       </c>
       <c r="N359" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="360" spans="1:14">
       <c r="A360" s="2">
         <v>115765</v>
       </c>
       <c r="B360" s="2" t="s">
         <v>959</v>
       </c>
       <c r="C360" s="2" t="s">
         <v>838</v>
       </c>
       <c r="D360" s="2"/>
       <c r="E360" s="2">
         <v>7311</v>
       </c>
       <c r="F360" s="2" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="G360" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H360" s="2" t="s">
         <v>960</v>
       </c>
       <c r="I360" s="2">
         <v>164</v>
       </c>
       <c r="J360" s="2">
         <v>142</v>
       </c>
       <c r="K360" s="2">
         <v>70</v>
       </c>
       <c r="L360" s="2">
         <v>10</v>
       </c>
       <c r="M360" s="2">
         <v>0</v>
       </c>
       <c r="N360" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="361" spans="1:14">
       <c r="A361" s="2">
         <v>111786</v>
       </c>
       <c r="B361" s="2" t="s">
         <v>961</v>
       </c>
       <c r="C361" s="2" t="s">
         <v>962</v>
       </c>
       <c r="D361" s="2"/>
       <c r="E361" s="2">
         <v>7186</v>
       </c>
       <c r="F361" s="2" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="G361" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H361" s="2" t="s">
         <v>963</v>
       </c>
       <c r="I361" s="2">
         <v>165</v>
       </c>
       <c r="J361" s="2">
         <v>143</v>
       </c>
       <c r="K361" s="2">
         <v>70</v>
       </c>
       <c r="L361" s="2">
         <v>10</v>
       </c>
       <c r="M361" s="2">
         <v>0</v>
       </c>
       <c r="N361" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="362" spans="1:14">
       <c r="A362" s="2">
         <v>115767</v>
       </c>
       <c r="B362" s="2" t="s">
         <v>964</v>
       </c>
       <c r="C362" s="2" t="s">
         <v>965</v>
       </c>
       <c r="D362" s="2"/>
       <c r="E362" s="2">
         <v>7153</v>
       </c>
       <c r="F362" s="2" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="G362" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H362" s="2" t="s">
         <v>966</v>
       </c>
       <c r="I362" s="2">
         <v>166</v>
       </c>
       <c r="J362" s="2">
         <v>144</v>
       </c>
       <c r="K362" s="2">
         <v>70</v>
       </c>
       <c r="L362" s="2">
         <v>10</v>
       </c>
       <c r="M362" s="2">
         <v>0</v>
       </c>
       <c r="N362" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="363" spans="1:14">
       <c r="A363" s="2">
         <v>115768</v>
       </c>
       <c r="B363" s="2" t="s">
         <v>967</v>
       </c>
       <c r="C363" s="2" t="s">
         <v>594</v>
       </c>
       <c r="D363" s="2"/>
       <c r="E363" s="2">
         <v>7191</v>
       </c>
       <c r="F363" s="2" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="G363" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H363" s="2" t="s">
         <v>968</v>
       </c>
       <c r="I363" s="2">
         <v>167</v>
       </c>
       <c r="J363" s="2">
         <v>145</v>
       </c>
       <c r="K363" s="2">
         <v>70</v>
       </c>
       <c r="L363" s="2">
         <v>10</v>
       </c>
       <c r="M363" s="2">
         <v>0</v>
       </c>
       <c r="N363" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="364" spans="1:14">
       <c r="A364" s="2">
         <v>115769</v>
       </c>
       <c r="B364" s="2" t="s">
         <v>969</v>
       </c>
       <c r="C364" s="2" t="s">
         <v>970</v>
       </c>
       <c r="D364" s="2"/>
       <c r="E364" s="2">
         <v>7061</v>
       </c>
       <c r="F364" s="2" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="G364" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H364" s="2" t="s">
         <v>971</v>
       </c>
       <c r="I364" s="2">
         <v>168</v>
       </c>
       <c r="J364" s="2">
         <v>146</v>
       </c>
       <c r="K364" s="2">
         <v>70</v>
       </c>
       <c r="L364" s="2">
         <v>10</v>
       </c>
       <c r="M364" s="2">
         <v>0</v>
       </c>
       <c r="N364" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="365" spans="1:14">
       <c r="A365" s="2">
         <v>115770</v>
       </c>
       <c r="B365" s="2" t="s">
         <v>972</v>
       </c>
       <c r="C365" s="2" t="s">
         <v>952</v>
       </c>
       <c r="D365" s="2"/>
       <c r="E365" s="2">
         <v>7168</v>
       </c>
       <c r="F365" s="2" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="G365" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H365" s="2" t="s">
         <v>973</v>
       </c>
       <c r="I365" s="2">
         <v>169</v>
       </c>
       <c r="J365" s="2">
         <v>147</v>
       </c>
       <c r="K365" s="2">
         <v>70</v>
       </c>
       <c r="L365" s="2">
         <v>10</v>
       </c>
       <c r="M365" s="2">
         <v>0</v>
       </c>
       <c r="N365" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="366" spans="1:14">
       <c r="A366" s="2">
         <v>115760</v>
       </c>
       <c r="B366" s="2" t="s">
         <v>947</v>
       </c>
       <c r="C366" s="2" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="D366" s="2"/>
       <c r="E366" s="2">
         <v>7160</v>
       </c>
       <c r="F366" s="2" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="G366" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H366" s="2" t="s">
         <v>974</v>
       </c>
       <c r="I366" s="2">
         <v>170</v>
       </c>
       <c r="J366" s="2">
         <v>148</v>
       </c>
       <c r="K366" s="2">
         <v>70</v>
       </c>
       <c r="L366" s="2">
         <v>10</v>
       </c>
       <c r="M366" s="2">
         <v>0</v>
       </c>
       <c r="N366" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="367" spans="1:14">
       <c r="A367" s="2">
         <v>116807</v>
       </c>
       <c r="B367" s="2" t="s">
         <v>975</v>
       </c>
       <c r="C367" s="2" t="s">
         <v>476</v>
       </c>
       <c r="D367" s="2"/>
       <c r="E367" s="2">
         <v>7015</v>
       </c>
       <c r="F367" s="2" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="G367" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H367" s="2" t="s">
         <v>976</v>
       </c>
       <c r="I367" s="2">
         <v>171</v>
       </c>
       <c r="J367" s="2">
         <v>149</v>
       </c>
       <c r="K367" s="2">
         <v>70</v>
       </c>
       <c r="L367" s="2">
         <v>10</v>
       </c>
       <c r="M367" s="2">
         <v>0</v>
       </c>
       <c r="N367" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="368" spans="1:14">
       <c r="A368" s="2">
         <v>115773</v>
       </c>
       <c r="B368" s="2" t="s">
         <v>977</v>
       </c>
       <c r="C368" s="2" t="s">
         <v>978</v>
       </c>
       <c r="D368" s="2"/>
       <c r="E368" s="2">
         <v>7262</v>
       </c>
       <c r="F368" s="2" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="G368" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H368" s="2" t="s">
         <v>979</v>
       </c>
       <c r="I368" s="2">
         <v>172</v>
       </c>
       <c r="J368" s="2">
         <v>150</v>
       </c>
       <c r="K368" s="2">
         <v>70</v>
       </c>
       <c r="L368" s="2">
         <v>10</v>
       </c>
       <c r="M368" s="2">
         <v>0</v>
       </c>
       <c r="N368" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="369" spans="1:14">
       <c r="A369" s="2">
         <v>115774</v>
       </c>
       <c r="B369" s="2" t="s">
         <v>980</v>
       </c>
       <c r="C369" s="2" t="s">
         <v>981</v>
       </c>
       <c r="D369" s="2"/>
       <c r="E369" s="2">
         <v>7211</v>
       </c>
       <c r="F369" s="2" t="s">
-        <v>104</v>
+        <v>100</v>
       </c>
       <c r="G369" s="2" t="s">
-        <v>17</v>
+        <v>38</v>
       </c>
       <c r="H369" s="2" t="s">
         <v>982</v>
       </c>
       <c r="I369" s="2">
         <v>173</v>
       </c>
       <c r="J369" s="2">
         <v>28</v>
       </c>
       <c r="K369" s="2">
         <v>70</v>
       </c>
       <c r="L369" s="2">
         <v>83</v>
       </c>
       <c r="M369" s="2">
         <v>0</v>
       </c>
       <c r="N369" s="2">
         <v>153</v>
       </c>
     </row>
     <row r="370" spans="1:14">
       <c r="A370" s="2">
         <v>115775</v>
       </c>
       <c r="B370" s="2" t="s">
         <v>983</v>
       </c>
       <c r="C370" s="2" t="s">
         <v>984</v>
       </c>
       <c r="D370" s="2"/>
       <c r="E370" s="2">
         <v>7182</v>
       </c>
       <c r="F370" s="2" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="G370" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H370" s="2" t="s">
         <v>985</v>
       </c>
       <c r="I370" s="2">
         <v>174</v>
       </c>
       <c r="J370" s="2">
         <v>160</v>
       </c>
       <c r="K370" s="2">
         <v>70</v>
       </c>
       <c r="L370" s="2">
         <v>10</v>
       </c>
       <c r="M370" s="2">
         <v>0</v>
       </c>
       <c r="N370" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="371" spans="1:14">
       <c r="A371" s="2">
         <v>111924</v>
       </c>
       <c r="B371" s="2" t="s">
         <v>986</v>
       </c>
       <c r="C371" s="2" t="s">
-        <v>107</v>
+        <v>103</v>
       </c>
       <c r="D371" s="2"/>
       <c r="E371" s="2">
         <v>7155</v>
       </c>
       <c r="F371" s="2" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="G371" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H371" s="2" t="s">
         <v>987</v>
       </c>
       <c r="I371" s="2">
         <v>175</v>
       </c>
       <c r="J371" s="2">
         <v>170</v>
       </c>
       <c r="K371" s="2">
         <v>70</v>
       </c>
       <c r="L371" s="2">
         <v>10</v>
       </c>
       <c r="M371" s="2">
         <v>0</v>
       </c>
       <c r="N371" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="372" spans="1:14">
       <c r="A372" s="2">
         <v>115777</v>
       </c>
       <c r="B372" s="2" t="s">
         <v>988</v>
       </c>
       <c r="C372" s="2" t="s">
-        <v>376</v>
+        <v>374</v>
       </c>
       <c r="D372" s="2"/>
       <c r="E372" s="2">
         <v>7214</v>
       </c>
       <c r="F372" s="2" t="s">
+        <v>25</v>
+      </c>
+      <c r="G372" s="2" t="s">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>17</v>
       </c>
       <c r="H372" s="2" t="s">
         <v>989</v>
       </c>
       <c r="I372" s="2">
         <v>176</v>
       </c>
       <c r="J372" s="2">
         <v>29</v>
       </c>
       <c r="K372" s="2">
         <v>70</v>
       </c>
       <c r="L372" s="2">
         <v>82</v>
       </c>
       <c r="M372" s="2">
         <v>0</v>
       </c>
       <c r="N372" s="2">
         <v>152</v>
       </c>
     </row>
     <row r="373" spans="1:14">
       <c r="A373" s="2">
         <v>115778</v>
       </c>
       <c r="B373" s="2" t="s">
         <v>990</v>
       </c>
       <c r="C373" s="2" t="s">
         <v>594</v>
       </c>
       <c r="D373" s="2"/>
       <c r="E373" s="2">
         <v>7223</v>
       </c>
       <c r="F373" s="2" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="G373" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H373" s="2" t="s">
         <v>991</v>
       </c>
       <c r="I373" s="2">
         <v>177</v>
       </c>
       <c r="J373" s="2">
         <v>171</v>
       </c>
       <c r="K373" s="2">
         <v>70</v>
       </c>
       <c r="L373" s="2">
         <v>10</v>
       </c>
       <c r="M373" s="2">
         <v>0</v>
       </c>
       <c r="N373" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="374" spans="1:14">
       <c r="A374" s="2">
         <v>115779</v>
       </c>
       <c r="B374" s="2" t="s">
         <v>992</v>
       </c>
       <c r="C374" s="2" t="s">
-        <v>107</v>
+        <v>103</v>
       </c>
       <c r="D374" s="2"/>
       <c r="E374" s="2">
         <v>7032</v>
       </c>
       <c r="F374" s="2" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="G374" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H374" s="2" t="s">
         <v>993</v>
       </c>
       <c r="I374" s="2">
         <v>178</v>
       </c>
       <c r="J374" s="2">
         <v>172</v>
       </c>
       <c r="K374" s="2">
         <v>70</v>
       </c>
       <c r="L374" s="2">
         <v>10</v>
       </c>
       <c r="M374" s="2">
         <v>0</v>
       </c>
       <c r="N374" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="375" spans="1:14">
       <c r="A375" s="2">
         <v>115780</v>
       </c>
       <c r="B375" s="2" t="s">
         <v>994</v>
       </c>
       <c r="C375" s="2" t="s">
-        <v>205</v>
+        <v>201</v>
       </c>
       <c r="D375" s="2"/>
       <c r="E375" s="2">
         <v>7133</v>
       </c>
       <c r="F375" s="2" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="G375" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H375" s="2" t="s">
         <v>995</v>
       </c>
       <c r="I375" s="2">
         <v>179</v>
       </c>
       <c r="J375" s="2">
         <v>173</v>
       </c>
       <c r="K375" s="2">
         <v>70</v>
       </c>
       <c r="L375" s="2">
         <v>10</v>
       </c>
       <c r="M375" s="2">
         <v>0</v>
       </c>
       <c r="N375" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="376" spans="1:14">
       <c r="A376" s="2">
         <v>115781</v>
       </c>
       <c r="B376" s="2" t="s">
         <v>996</v>
       </c>
       <c r="C376" s="2" t="s">
-        <v>170</v>
+        <v>169</v>
       </c>
       <c r="D376" s="2"/>
       <c r="E376" s="2">
         <v>7265</v>
       </c>
       <c r="F376" s="2" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="G376" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H376" s="2" t="s">
         <v>997</v>
       </c>
       <c r="I376" s="2">
         <v>180</v>
       </c>
       <c r="J376" s="2">
         <v>174</v>
       </c>
       <c r="K376" s="2">
         <v>70</v>
       </c>
       <c r="L376" s="2">
         <v>10</v>
       </c>
       <c r="M376" s="2">
         <v>0</v>
       </c>
       <c r="N376" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="377" spans="1:14">
       <c r="A377" s="2">
         <v>115782</v>
       </c>
       <c r="B377" s="2" t="s">
         <v>998</v>
       </c>
       <c r="C377" s="2" t="s">
-        <v>169</v>
+        <v>168</v>
       </c>
       <c r="D377" s="2"/>
       <c r="E377" s="2">
         <v>7179</v>
       </c>
       <c r="F377" s="2" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="G377" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H377" s="2" t="s">
         <v>999</v>
       </c>
       <c r="I377" s="2">
         <v>181</v>
       </c>
       <c r="J377" s="2">
         <v>175</v>
       </c>
       <c r="K377" s="2">
         <v>70</v>
       </c>
       <c r="L377" s="2">
         <v>10</v>
       </c>
       <c r="M377" s="2">
         <v>0</v>
       </c>
       <c r="N377" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="378" spans="1:14">
       <c r="A378" s="2">
         <v>115783</v>
       </c>
       <c r="B378" s="2" t="s">
         <v>1000</v>
       </c>
       <c r="C378" s="2" t="s">
         <v>1001</v>
       </c>
       <c r="D378" s="2"/>
       <c r="E378" s="2">
         <v>7089</v>
       </c>
       <c r="F378" s="2" t="s">
-        <v>76</v>
+        <v>72</v>
       </c>
       <c r="G378" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H378" s="2" t="s">
         <v>1002</v>
       </c>
       <c r="I378" s="2">
         <v>182</v>
       </c>
       <c r="J378" s="2">
         <v>176</v>
       </c>
       <c r="K378" s="2">
         <v>70</v>
       </c>
       <c r="L378" s="2">
         <v>10</v>
       </c>
       <c r="M378" s="2">
         <v>0</v>
       </c>
       <c r="N378" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="379" spans="1:14">
       <c r="A379" s="2">
         <v>115784</v>
       </c>
       <c r="B379" s="2" t="s">
         <v>1003</v>
       </c>
       <c r="C379" s="2" t="s">
         <v>1004</v>
       </c>
       <c r="D379" s="2"/>
       <c r="E379" s="2">
         <v>7057</v>
       </c>
       <c r="F379" s="2" t="s">
-        <v>76</v>
+        <v>72</v>
       </c>
       <c r="G379" s="2" t="s">
-        <v>17</v>
+        <v>38</v>
       </c>
       <c r="H379" s="2" t="s">
         <v>1005</v>
       </c>
       <c r="I379" s="2">
         <v>183</v>
       </c>
       <c r="J379" s="2">
         <v>30</v>
       </c>
       <c r="K379" s="2">
         <v>70</v>
       </c>
       <c r="L379" s="2">
         <v>81</v>
       </c>
       <c r="M379" s="2">
         <v>0</v>
       </c>
       <c r="N379" s="2">
         <v>151</v>
       </c>
     </row>
     <row r="380" spans="1:14">
       <c r="A380" s="2">
         <v>115785</v>
       </c>
       <c r="B380" s="2" t="s">
         <v>1006</v>
       </c>
       <c r="C380" s="2" t="s">
-        <v>520</v>
+        <v>523</v>
       </c>
       <c r="D380" s="2"/>
       <c r="E380" s="2">
         <v>7216</v>
       </c>
       <c r="F380" s="2" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="G380" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H380" s="2" t="s">
         <v>1007</v>
       </c>
       <c r="I380" s="2">
         <v>184</v>
       </c>
       <c r="J380" s="2">
         <v>177</v>
       </c>
       <c r="K380" s="2">
         <v>70</v>
       </c>
       <c r="L380" s="2">
         <v>10</v>
       </c>
       <c r="M380" s="2">
         <v>0</v>
       </c>
       <c r="N380" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="381" spans="1:14">
       <c r="A381" s="2">
         <v>105471</v>
       </c>
       <c r="B381" s="2" t="s">
         <v>1008</v>
       </c>
       <c r="C381" s="2" t="s">
         <v>1009</v>
       </c>
       <c r="D381" s="2"/>
       <c r="E381" s="2">
         <v>7017</v>
       </c>
       <c r="F381" s="2" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="G381" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H381" s="2" t="s">
         <v>1010</v>
       </c>
       <c r="I381" s="2">
         <v>185</v>
       </c>
       <c r="J381" s="2">
         <v>178</v>
       </c>
       <c r="K381" s="2">
         <v>70</v>
       </c>
       <c r="L381" s="2">
         <v>10</v>
       </c>
       <c r="M381" s="2">
         <v>0</v>
       </c>
       <c r="N381" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="382" spans="1:14">
       <c r="A382" s="2">
         <v>116822</v>
       </c>
       <c r="B382" s="2" t="s">
         <v>1011</v>
       </c>
       <c r="C382" s="2" t="s">
-        <v>107</v>
+        <v>103</v>
       </c>
       <c r="D382" s="2"/>
       <c r="E382" s="2">
         <v>7318</v>
       </c>
       <c r="F382" s="2" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="G382" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H382" s="2" t="s">
         <v>1012</v>
       </c>
       <c r="I382" s="2">
         <v>186</v>
       </c>
       <c r="J382" s="2">
         <v>179</v>
       </c>
       <c r="K382" s="2">
         <v>70</v>
       </c>
       <c r="L382" s="2">
         <v>10</v>
       </c>
       <c r="M382" s="2">
         <v>0</v>
       </c>
       <c r="N382" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="383" spans="1:14">
       <c r="A383" s="2">
         <v>116823</v>
       </c>
       <c r="B383" s="2" t="s">
         <v>1013</v>
       </c>
       <c r="C383" s="2" t="s">
-        <v>300</v>
+        <v>297</v>
       </c>
       <c r="D383" s="2"/>
       <c r="E383" s="2">
         <v>7123</v>
       </c>
       <c r="F383" s="2" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="G383" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H383" s="2" t="s">
         <v>1014</v>
       </c>
       <c r="I383" s="2">
         <v>187</v>
       </c>
       <c r="J383" s="2">
         <v>180</v>
       </c>
       <c r="K383" s="2">
         <v>70</v>
       </c>
       <c r="L383" s="2">
         <v>10</v>
       </c>
       <c r="M383" s="2">
         <v>0</v>
       </c>
       <c r="N383" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="384" spans="1:14">
       <c r="A384" s="2">
         <v>115789</v>
       </c>
       <c r="B384" s="2" t="s">
         <v>1015</v>
       </c>
       <c r="C384" s="2" t="s">
         <v>1016</v>
       </c>
       <c r="D384" s="2"/>
       <c r="E384" s="2">
         <v>7219</v>
       </c>
       <c r="F384" s="2" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="G384" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H384" s="2" t="s">
         <v>1017</v>
       </c>
       <c r="I384" s="2">
         <v>188</v>
       </c>
       <c r="J384" s="2">
         <v>181</v>
       </c>
       <c r="K384" s="2">
         <v>70</v>
       </c>
       <c r="L384" s="2">
         <v>10</v>
       </c>
       <c r="M384" s="2">
         <v>0</v>
       </c>
       <c r="N384" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="385" spans="1:14">
       <c r="A385" s="2">
         <v>111905</v>
       </c>
       <c r="B385" s="2" t="s">
         <v>1018</v>
       </c>
       <c r="C385" s="2" t="s">
-        <v>107</v>
+        <v>103</v>
       </c>
       <c r="D385" s="2"/>
       <c r="E385" s="2">
         <v>7126</v>
       </c>
       <c r="F385" s="2" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="G385" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H385" s="2" t="s">
         <v>1019</v>
       </c>
       <c r="I385" s="2">
         <v>189</v>
       </c>
       <c r="J385" s="2">
         <v>182</v>
       </c>
       <c r="K385" s="2">
         <v>70</v>
       </c>
       <c r="L385" s="2">
         <v>10</v>
       </c>
       <c r="M385" s="2">
         <v>0</v>
       </c>
       <c r="N385" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="386" spans="1:14">
       <c r="A386" s="2">
         <v>115791</v>
       </c>
       <c r="B386" s="2" t="s">
         <v>1020</v>
       </c>
       <c r="C386" s="2" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="D386" s="2"/>
       <c r="E386" s="2">
         <v>7152</v>
       </c>
       <c r="F386" s="2" t="s">
+        <v>25</v>
+      </c>
+      <c r="G386" s="2" t="s">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>17</v>
       </c>
       <c r="H386" s="2" t="s">
         <v>1021</v>
       </c>
       <c r="I386" s="2">
         <v>190</v>
       </c>
       <c r="J386" s="2">
         <v>31</v>
       </c>
       <c r="K386" s="2">
         <v>70</v>
       </c>
       <c r="L386" s="2">
         <v>80</v>
       </c>
       <c r="M386" s="2">
         <v>0</v>
       </c>
       <c r="N386" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="387" spans="1:14">
       <c r="A387" s="2">
         <v>115792</v>
       </c>
       <c r="B387" s="2" t="s">
         <v>1022</v>
       </c>
       <c r="C387" s="2" t="s">
         <v>1023</v>
       </c>
       <c r="D387" s="2"/>
       <c r="E387" s="2">
         <v>7257</v>
       </c>
       <c r="F387" s="2" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="G387" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H387" s="2" t="s">
         <v>1024</v>
       </c>
       <c r="I387" s="2">
         <v>191</v>
       </c>
       <c r="J387" s="2">
         <v>183</v>
       </c>
       <c r="K387" s="2">
         <v>70</v>
       </c>
       <c r="L387" s="2">
         <v>10</v>
       </c>
       <c r="M387" s="2">
         <v>0</v>
       </c>
       <c r="N387" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="388" spans="1:14">
       <c r="A388" s="2">
         <v>115793</v>
       </c>
       <c r="B388" s="2" t="s">
         <v>1025</v>
       </c>
       <c r="C388" s="2" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="D388" s="2"/>
       <c r="E388" s="2">
         <v>7107</v>
       </c>
       <c r="F388" s="2" t="s">
+        <v>25</v>
+      </c>
+      <c r="G388" s="2" t="s">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>17</v>
       </c>
       <c r="H388" s="2" t="s">
         <v>1026</v>
       </c>
       <c r="I388" s="2">
         <v>192</v>
       </c>
       <c r="J388" s="2">
         <v>32</v>
       </c>
       <c r="K388" s="2">
         <v>70</v>
       </c>
       <c r="L388" s="2">
         <v>79</v>
       </c>
       <c r="M388" s="2">
         <v>0</v>
       </c>
       <c r="N388" s="2">
         <v>149</v>
       </c>
     </row>
     <row r="389" spans="1:14">
       <c r="A389" s="2">
         <v>116829</v>
       </c>
       <c r="B389" s="2" t="s">
         <v>1027</v>
       </c>
       <c r="C389" s="2" t="s">
         <v>957</v>
       </c>
       <c r="D389" s="2"/>
       <c r="E389" s="2">
         <v>7066</v>
       </c>
       <c r="F389" s="2" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="G389" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H389" s="2" t="s">
         <v>1028</v>
       </c>
       <c r="I389" s="2">
         <v>193</v>
       </c>
       <c r="J389" s="2">
         <v>184</v>
       </c>
       <c r="K389" s="2">
         <v>70</v>
       </c>
       <c r="L389" s="2">
         <v>10</v>
       </c>
       <c r="M389" s="2">
         <v>0</v>
       </c>
       <c r="N389" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="390" spans="1:14">
       <c r="A390" s="2">
         <v>122660</v>
       </c>
       <c r="B390" s="2"/>
       <c r="C390" s="2" t="s">
         <v>1029</v>
       </c>
       <c r="D390" s="2"/>
       <c r="E390" s="2">
         <v>7105</v>
       </c>
       <c r="F390" s="2" t="s">
-        <v>104</v>
+        <v>100</v>
       </c>
       <c r="G390" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H390" s="2" t="s">
         <v>503</v>
       </c>
       <c r="I390" s="2">
         <v>194</v>
       </c>
       <c r="J390" s="2">
         <v>194</v>
       </c>
       <c r="K390" s="2">
         <v>0</v>
       </c>
       <c r="L390" s="2">
         <v>0</v>
       </c>
       <c r="M390" s="2">
         <v>0</v>
       </c>
       <c r="N390" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="391" spans="1:14">
       <c r="A391" s="2">
         <v>115795</v>
       </c>
       <c r="B391" s="2" t="s">
         <v>1030</v>
       </c>
       <c r="C391" s="2" t="s">
-        <v>577</v>
+        <v>579</v>
       </c>
       <c r="D391" s="2"/>
       <c r="E391" s="2">
         <v>7193</v>
       </c>
       <c r="F391" s="2" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="G391" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H391" s="2" t="s">
         <v>1031</v>
       </c>
       <c r="I391" s="2">
         <v>194</v>
       </c>
       <c r="J391" s="2">
         <v>185</v>
       </c>
       <c r="K391" s="2">
         <v>70</v>
       </c>
       <c r="L391" s="2">
         <v>10</v>
       </c>
       <c r="M391" s="2">
         <v>0</v>
       </c>
       <c r="N391" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="392" spans="1:14">
       <c r="A392" s="2">
         <v>115796</v>
       </c>
       <c r="B392" s="2" t="s">
         <v>1032</v>
       </c>
       <c r="C392" s="2" t="s">
         <v>478</v>
       </c>
       <c r="D392" s="2"/>
       <c r="E392" s="2">
         <v>7303</v>
       </c>
       <c r="F392" s="2" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="G392" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H392" s="2" t="s">
         <v>1033</v>
       </c>
       <c r="I392" s="2">
         <v>195</v>
       </c>
       <c r="J392" s="2">
         <v>186</v>
       </c>
       <c r="K392" s="2">
         <v>70</v>
       </c>
       <c r="L392" s="2">
         <v>10</v>
       </c>
       <c r="M392" s="2">
         <v>0</v>
       </c>
       <c r="N392" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="393" spans="1:14">
       <c r="A393" s="2">
         <v>115797</v>
       </c>
       <c r="B393" s="2" t="s">
         <v>1034</v>
       </c>
       <c r="C393" s="2" t="s">
-        <v>170</v>
+        <v>169</v>
       </c>
       <c r="D393" s="2"/>
       <c r="E393" s="2">
         <v>7077</v>
       </c>
       <c r="F393" s="2" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="G393" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H393" s="2" t="s">
         <v>1035</v>
       </c>
       <c r="I393" s="2">
         <v>196</v>
       </c>
       <c r="J393" s="2">
         <v>187</v>
       </c>
       <c r="K393" s="2">
         <v>70</v>
       </c>
       <c r="L393" s="2">
         <v>10</v>
       </c>
       <c r="M393" s="2">
         <v>0</v>
       </c>
       <c r="N393" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="394" spans="1:14">
       <c r="A394" s="2">
         <v>115798</v>
       </c>
       <c r="B394" s="2" t="s">
         <v>1036</v>
       </c>
       <c r="C394" s="2" t="s">
-        <v>107</v>
+        <v>103</v>
       </c>
       <c r="D394" s="2"/>
       <c r="E394" s="2">
         <v>7065</v>
       </c>
       <c r="F394" s="2" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="G394" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H394" s="2" t="s">
         <v>1037</v>
       </c>
       <c r="I394" s="2">
         <v>197</v>
       </c>
       <c r="J394" s="2">
         <v>188</v>
       </c>
       <c r="K394" s="2">
         <v>70</v>
       </c>
       <c r="L394" s="2">
         <v>10</v>
       </c>
       <c r="M394" s="2">
         <v>0</v>
       </c>
       <c r="N394" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="395" spans="1:14">
       <c r="A395" s="2">
         <v>115799</v>
       </c>
       <c r="B395" s="2" t="s">
         <v>1038</v>
       </c>
       <c r="C395" s="2" t="s">
         <v>1039</v>
       </c>
       <c r="D395" s="2"/>
       <c r="E395" s="2">
         <v>7185</v>
       </c>
       <c r="F395" s="2" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="G395" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H395" s="2" t="s">
         <v>1040</v>
       </c>
       <c r="I395" s="2">
         <v>198</v>
       </c>
       <c r="J395" s="2">
         <v>189</v>
       </c>
       <c r="K395" s="2">
         <v>70</v>
       </c>
       <c r="L395" s="2">
         <v>10</v>
       </c>
       <c r="M395" s="2">
         <v>0</v>
       </c>
       <c r="N395" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="396" spans="1:14">
       <c r="A396" s="2">
         <v>115800</v>
       </c>
       <c r="B396" s="2" t="s">
         <v>1041</v>
       </c>
       <c r="C396" s="2" t="s">
-        <v>170</v>
+        <v>169</v>
       </c>
       <c r="D396" s="2"/>
       <c r="E396" s="2">
         <v>7291</v>
       </c>
       <c r="F396" s="2" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="G396" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H396" s="2" t="s">
         <v>1042</v>
       </c>
       <c r="I396" s="2">
         <v>199</v>
       </c>
       <c r="J396" s="2">
         <v>190</v>
       </c>
       <c r="K396" s="2">
         <v>70</v>
       </c>
       <c r="L396" s="2">
         <v>10</v>
       </c>
       <c r="M396" s="2">
         <v>0</v>
       </c>
       <c r="N396" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="397" spans="1:14">
       <c r="A397" s="2">
         <v>115801</v>
       </c>
       <c r="B397" s="2" t="s">
         <v>1043</v>
       </c>
       <c r="C397" s="2" t="s">
-        <v>282</v>
+        <v>280</v>
       </c>
       <c r="D397" s="2"/>
       <c r="E397" s="2">
         <v>7261</v>
       </c>
       <c r="F397" s="2" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="G397" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H397" s="2" t="s">
         <v>1044</v>
       </c>
       <c r="I397" s="2">
         <v>200</v>
       </c>
       <c r="J397" s="2">
         <v>191</v>
       </c>
       <c r="K397" s="2">
         <v>70</v>
       </c>
       <c r="L397" s="2">
         <v>10</v>
       </c>
       <c r="M397" s="2">
         <v>0</v>
       </c>
       <c r="N397" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="398" spans="1:14">
       <c r="A398" s="2">
         <v>115802</v>
       </c>
       <c r="B398" s="2" t="s">
         <v>1045</v>
       </c>
       <c r="C398" s="2" t="s">
         <v>1046</v>
       </c>
       <c r="D398" s="2"/>
       <c r="E398" s="2">
         <v>7254</v>
       </c>
       <c r="F398" s="2" t="s">
+        <v>25</v>
+      </c>
+      <c r="G398" s="2" t="s">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>17</v>
       </c>
       <c r="H398" s="2" t="s">
         <v>1047</v>
       </c>
       <c r="I398" s="2">
         <v>201</v>
       </c>
       <c r="J398" s="2">
         <v>33</v>
       </c>
       <c r="K398" s="2">
         <v>70</v>
       </c>
       <c r="L398" s="2">
         <v>78</v>
       </c>
       <c r="M398" s="2">
         <v>0</v>
       </c>
       <c r="N398" s="2">
         <v>148</v>
       </c>
     </row>
     <row r="399" spans="1:14">
       <c r="A399" s="2">
         <v>115803</v>
       </c>
       <c r="B399" s="2" t="s">
         <v>1048</v>
       </c>
       <c r="C399" s="2" t="s">
         <v>423</v>
       </c>
       <c r="D399" s="2"/>
       <c r="E399" s="2">
         <v>7048</v>
       </c>
       <c r="F399" s="2" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="G399" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H399" s="2" t="s">
         <v>1049</v>
       </c>
       <c r="I399" s="2">
         <v>202</v>
       </c>
       <c r="J399" s="2">
         <v>192</v>
       </c>
       <c r="K399" s="2">
         <v>70</v>
       </c>
       <c r="L399" s="2">
         <v>10</v>
       </c>
       <c r="M399" s="2">
         <v>0</v>
       </c>
       <c r="N399" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="400" spans="1:14">
       <c r="A400" s="2">
         <v>115804</v>
       </c>
       <c r="B400" s="2" t="s">
         <v>1050</v>
       </c>
       <c r="C400" s="2" t="s">
-        <v>47</v>
+        <v>40</v>
       </c>
       <c r="D400" s="2"/>
       <c r="E400" s="2">
         <v>7036</v>
       </c>
       <c r="F400" s="2" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="G400" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H400" s="2" t="s">
         <v>1051</v>
       </c>
       <c r="I400" s="2">
         <v>203</v>
       </c>
       <c r="J400" s="2">
         <v>193</v>
       </c>
       <c r="K400" s="2">
         <v>70</v>
       </c>
       <c r="L400" s="2">
         <v>10</v>
       </c>
       <c r="M400" s="2">
         <v>0</v>
       </c>
       <c r="N400" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="401" spans="1:14">
       <c r="A401" s="2">
         <v>116840</v>
       </c>
       <c r="B401" s="2" t="s">
         <v>1052</v>
       </c>
       <c r="C401" s="2" t="s">
-        <v>170</v>
+        <v>169</v>
       </c>
       <c r="D401" s="2"/>
       <c r="E401" s="2">
         <v>7196</v>
       </c>
       <c r="F401" s="2" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="G401" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H401" s="2" t="s">
         <v>1053</v>
       </c>
       <c r="I401" s="2">
         <v>204</v>
       </c>
       <c r="J401" s="2">
         <v>194</v>
       </c>
       <c r="K401" s="2">
         <v>70</v>
       </c>
       <c r="L401" s="2">
         <v>10</v>
       </c>
       <c r="M401" s="2">
         <v>0</v>
       </c>
       <c r="N401" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="402" spans="1:14">
       <c r="A402" s="2">
         <v>115806</v>
       </c>
       <c r="B402" s="2" t="s">
         <v>1054</v>
       </c>
       <c r="C402" s="2" t="s">
         <v>225</v>
       </c>
       <c r="D402" s="2"/>
       <c r="E402" s="2">
         <v>7189</v>
       </c>
       <c r="F402" s="2" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="G402" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H402" s="2" t="s">
         <v>1055</v>
       </c>
       <c r="I402" s="2">
         <v>205</v>
       </c>
       <c r="J402" s="2">
         <v>195</v>
       </c>
       <c r="K402" s="2">
         <v>70</v>
       </c>
       <c r="L402" s="2">
         <v>10</v>
       </c>
       <c r="M402" s="2">
         <v>0</v>
       </c>
       <c r="N402" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="403" spans="1:14">
       <c r="A403" s="2">
         <v>116842</v>
       </c>
       <c r="B403" s="2" t="s">
         <v>1056</v>
       </c>
       <c r="C403" s="2" t="s">
         <v>852</v>
       </c>
       <c r="D403" s="2"/>
       <c r="E403" s="2">
         <v>7157</v>
       </c>
       <c r="F403" s="2" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="G403" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H403" s="2" t="s">
         <v>1057</v>
       </c>
       <c r="I403" s="2">
         <v>206</v>
       </c>
       <c r="J403" s="2">
         <v>196</v>
       </c>
       <c r="K403" s="2">
         <v>70</v>
       </c>
       <c r="L403" s="2">
         <v>10</v>
       </c>
       <c r="M403" s="2">
         <v>0</v>
       </c>
       <c r="N403" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="404" spans="1:14">
       <c r="A404" s="2">
         <v>115808</v>
       </c>
       <c r="B404" s="2" t="s">
         <v>1058</v>
       </c>
       <c r="C404" s="2" t="s">
         <v>1059</v>
       </c>
       <c r="D404" s="2"/>
       <c r="E404" s="2">
         <v>7035</v>
       </c>
       <c r="F404" s="2" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="G404" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H404" s="2" t="s">
         <v>1060</v>
       </c>
       <c r="I404" s="2">
         <v>207</v>
       </c>
       <c r="J404" s="2">
         <v>197</v>
       </c>
       <c r="K404" s="2">
         <v>70</v>
       </c>
       <c r="L404" s="2">
         <v>10</v>
       </c>
       <c r="M404" s="2">
         <v>0</v>
       </c>
       <c r="N404" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="405" spans="1:14">
       <c r="A405" s="2">
         <v>115809</v>
       </c>
       <c r="B405" s="2" t="s">
         <v>1061</v>
       </c>
       <c r="C405" s="2" t="s">
         <v>594</v>
       </c>
       <c r="D405" s="2"/>
       <c r="E405" s="2">
         <v>7003</v>
       </c>
       <c r="F405" s="2" t="s">
+        <v>25</v>
+      </c>
+      <c r="G405" s="2" t="s">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>17</v>
       </c>
       <c r="H405" s="2" t="s">
         <v>1062</v>
       </c>
       <c r="I405" s="2">
         <v>208</v>
       </c>
       <c r="J405" s="2">
         <v>34</v>
       </c>
       <c r="K405" s="2">
         <v>70</v>
       </c>
       <c r="L405" s="2">
         <v>77</v>
       </c>
       <c r="M405" s="2">
         <v>0</v>
       </c>
       <c r="N405" s="2">
         <v>147</v>
       </c>
     </row>
     <row r="406" spans="1:14">
       <c r="A406" s="2">
         <v>115810</v>
       </c>
       <c r="B406" s="2" t="s">
         <v>1063</v>
       </c>
       <c r="C406" s="2" t="s">
         <v>728</v>
       </c>
       <c r="D406" s="2"/>
       <c r="E406" s="2">
         <v>7029</v>
       </c>
       <c r="F406" s="2" t="s">
-        <v>104</v>
+        <v>100</v>
       </c>
       <c r="G406" s="2" t="s">
-        <v>17</v>
+        <v>38</v>
       </c>
       <c r="H406" s="2" t="s">
         <v>1064</v>
       </c>
       <c r="I406" s="2">
         <v>209</v>
       </c>
       <c r="J406" s="2">
         <v>35</v>
       </c>
       <c r="K406" s="2">
         <v>70</v>
       </c>
       <c r="L406" s="2">
         <v>76</v>
       </c>
       <c r="M406" s="2">
         <v>0</v>
       </c>
       <c r="N406" s="2">
         <v>146</v>
       </c>
     </row>
     <row r="407" spans="1:14">
       <c r="A407" s="2">
         <v>115811</v>
       </c>
       <c r="B407" s="2" t="s">
         <v>1065</v>
       </c>
       <c r="C407" s="2" t="s">
         <v>1066</v>
       </c>
       <c r="D407" s="2"/>
       <c r="E407" s="2">
         <v>7031</v>
       </c>
       <c r="F407" s="2" t="s">
-        <v>104</v>
+        <v>100</v>
       </c>
       <c r="G407" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H407" s="2" t="s">
         <v>1067</v>
       </c>
       <c r="I407" s="2">
         <v>210</v>
       </c>
       <c r="J407" s="2">
         <v>198</v>
       </c>
       <c r="K407" s="2">
         <v>70</v>
       </c>
       <c r="L407" s="2">
         <v>10</v>
       </c>
       <c r="M407" s="2">
         <v>0</v>
       </c>
       <c r="N407" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="408" spans="1:14">
       <c r="A408" s="2">
         <v>116847</v>
       </c>
       <c r="B408" s="2" t="s">
         <v>1068</v>
       </c>
       <c r="C408" s="2" t="s">
         <v>1069</v>
       </c>
       <c r="D408" s="2"/>
       <c r="E408" s="2">
         <v>7140</v>
       </c>
       <c r="F408" s="2" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="G408" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H408" s="2" t="s">
         <v>1070</v>
       </c>
       <c r="I408" s="2">
         <v>211</v>
       </c>
       <c r="J408" s="2">
         <v>199</v>
       </c>
       <c r="K408" s="2">
         <v>70</v>
       </c>
       <c r="L408" s="2">
         <v>10</v>
       </c>
       <c r="M408" s="2">
         <v>0</v>
       </c>
       <c r="N408" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="409" spans="1:14">
       <c r="A409" s="2">
         <v>115813</v>
       </c>
       <c r="B409" s="2" t="s">
         <v>1071</v>
       </c>
       <c r="C409" s="2" t="s">
-        <v>300</v>
+        <v>297</v>
       </c>
       <c r="D409" s="2"/>
       <c r="E409" s="2">
         <v>7050</v>
       </c>
       <c r="F409" s="2" t="s">
+        <v>25</v>
+      </c>
+      <c r="G409" s="2" t="s">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>17</v>
       </c>
       <c r="H409" s="2" t="s">
         <v>1072</v>
       </c>
       <c r="I409" s="2">
         <v>212</v>
       </c>
       <c r="J409" s="2">
         <v>36</v>
       </c>
       <c r="K409" s="2">
         <v>70</v>
       </c>
       <c r="L409" s="2">
         <v>75</v>
       </c>
       <c r="M409" s="2">
         <v>0</v>
       </c>
       <c r="N409" s="2">
         <v>145</v>
       </c>
     </row>
     <row r="410" spans="1:14">
       <c r="A410" s="2">
         <v>115814</v>
       </c>
       <c r="B410" s="2" t="s">
         <v>1073</v>
       </c>
       <c r="C410" s="2" t="s">
         <v>1074</v>
       </c>
       <c r="D410" s="2"/>
       <c r="E410" s="2">
         <v>7310</v>
       </c>
       <c r="F410" s="2" t="s">
         <v>1075</v>
       </c>
       <c r="G410" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H410" s="2" t="s">
         <v>1076</v>
       </c>
       <c r="I410" s="2">
         <v>213</v>
       </c>
       <c r="J410" s="2">
         <v>200</v>
       </c>
       <c r="K410" s="2">
         <v>70</v>
       </c>
       <c r="L410" s="2">
         <v>10</v>
       </c>
       <c r="M410" s="2">
         <v>0</v>
       </c>
       <c r="N410" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="411" spans="1:14">
       <c r="A411" s="2">
         <v>116850</v>
       </c>
       <c r="B411" s="2" t="s">
         <v>1077</v>
       </c>
       <c r="C411" s="2" t="s">
-        <v>454</v>
+        <v>450</v>
       </c>
       <c r="D411" s="2"/>
       <c r="E411" s="2">
         <v>7005</v>
       </c>
       <c r="F411" s="2" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="G411" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H411" s="2" t="s">
         <v>1078</v>
       </c>
       <c r="I411" s="2">
         <v>214</v>
       </c>
       <c r="J411" s="2">
         <v>201</v>
       </c>
       <c r="K411" s="2">
         <v>70</v>
       </c>
       <c r="L411" s="2">
         <v>10</v>
       </c>
       <c r="M411" s="2">
         <v>0</v>
       </c>
       <c r="N411" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="412" spans="1:14">
       <c r="A412" s="2">
         <v>115816</v>
       </c>
       <c r="B412" s="2" t="s">
         <v>1079</v>
       </c>
       <c r="C412" s="2" t="s">
         <v>1080</v>
       </c>
       <c r="D412" s="2"/>
       <c r="E412" s="2">
         <v>7009</v>
       </c>
       <c r="F412" s="2" t="s">
-        <v>104</v>
+        <v>100</v>
       </c>
       <c r="G412" s="2" t="s">
-        <v>17</v>
+        <v>38</v>
       </c>
       <c r="H412" s="2" t="s">
         <v>1078</v>
       </c>
       <c r="I412" s="2">
         <v>215</v>
       </c>
       <c r="J412" s="2">
         <v>37</v>
       </c>
       <c r="K412" s="2">
         <v>70</v>
       </c>
       <c r="L412" s="2">
         <v>74</v>
       </c>
       <c r="M412" s="2">
         <v>0</v>
       </c>
       <c r="N412" s="2">
         <v>144</v>
       </c>
     </row>
     <row r="413" spans="1:14">
       <c r="A413" s="2">
         <v>115817</v>
       </c>
       <c r="B413" s="2" t="s">
         <v>1081</v>
       </c>
       <c r="C413" s="2" t="s">
-        <v>376</v>
+        <v>374</v>
       </c>
       <c r="D413" s="2"/>
       <c r="E413" s="2">
         <v>7175</v>
       </c>
       <c r="F413" s="2" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="G413" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H413" s="2" t="s">
         <v>1082</v>
       </c>
       <c r="I413" s="2">
         <v>216</v>
       </c>
       <c r="J413" s="2">
         <v>202</v>
       </c>
       <c r="K413" s="2">
         <v>70</v>
       </c>
       <c r="L413" s="2">
         <v>10</v>
       </c>
       <c r="M413" s="2">
         <v>0</v>
       </c>
       <c r="N413" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="414" spans="1:14">
       <c r="A414" s="2">
-        <v>122661</v>
-[...1 lines deleted...]
-      <c r="B414" s="2"/>
+        <v>107504</v>
+      </c>
+      <c r="B414" s="2" t="s">
+        <v>1083</v>
+      </c>
       <c r="C414" s="2" t="s">
-        <v>1083</v>
+        <v>1084</v>
       </c>
       <c r="D414" s="2"/>
       <c r="E414" s="2">
-        <v>7491</v>
+        <v>7246</v>
       </c>
       <c r="F414" s="2" t="s">
-        <v>104</v>
+        <v>72</v>
       </c>
       <c r="G414" s="2" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="H414" s="2" t="s">
-        <v>1084</v>
+        <v>1085</v>
       </c>
       <c r="I414" s="2">
         <v>217</v>
       </c>
       <c r="J414" s="2">
-        <v>217</v>
+        <v>38</v>
       </c>
       <c r="K414" s="2">
-        <v>0</v>
+        <v>70</v>
       </c>
       <c r="L414" s="2">
-        <v>0</v>
+        <v>73</v>
       </c>
       <c r="M414" s="2">
         <v>0</v>
       </c>
       <c r="N414" s="2">
-        <v>0</v>
+        <v>143</v>
       </c>
     </row>
     <row r="415" spans="1:14">
       <c r="A415" s="2">
-        <v>107504</v>
-[...3 lines deleted...]
-      </c>
+        <v>122661</v>
+      </c>
+      <c r="B415" s="2"/>
       <c r="C415" s="2" t="s">
         <v>1086</v>
       </c>
       <c r="D415" s="2"/>
       <c r="E415" s="2">
-        <v>7246</v>
+        <v>7491</v>
       </c>
       <c r="F415" s="2" t="s">
-        <v>76</v>
+        <v>100</v>
       </c>
       <c r="G415" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H415" s="2" t="s">
         <v>1087</v>
       </c>
       <c r="I415" s="2">
         <v>217</v>
       </c>
       <c r="J415" s="2">
-        <v>38</v>
+        <v>217</v>
       </c>
       <c r="K415" s="2">
-        <v>70</v>
+        <v>0</v>
       </c>
       <c r="L415" s="2">
-        <v>73</v>
+        <v>0</v>
       </c>
       <c r="M415" s="2">
         <v>0</v>
       </c>
       <c r="N415" s="2">
-        <v>143</v>
+        <v>0</v>
       </c>
     </row>
     <row r="416" spans="1:14">
       <c r="A416" s="2">
         <v>115819</v>
       </c>
       <c r="B416" s="2" t="s">
         <v>1088</v>
       </c>
       <c r="C416" s="2" t="s">
-        <v>107</v>
+        <v>103</v>
       </c>
       <c r="D416" s="2"/>
       <c r="E416" s="2">
         <v>7190</v>
       </c>
       <c r="F416" s="2" t="s">
+        <v>25</v>
+      </c>
+      <c r="G416" s="2" t="s">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>17</v>
       </c>
       <c r="H416" s="2" t="s">
         <v>1089</v>
       </c>
       <c r="I416" s="2">
         <v>218</v>
       </c>
       <c r="J416" s="2">
         <v>39</v>
       </c>
       <c r="K416" s="2">
         <v>70</v>
       </c>
       <c r="L416" s="2">
         <v>72</v>
       </c>
       <c r="M416" s="2">
         <v>0</v>
       </c>
       <c r="N416" s="2">
         <v>142</v>
       </c>
     </row>
     <row r="417" spans="1:14">
       <c r="A417" s="2">
         <v>115820</v>
       </c>
       <c r="B417" s="2" t="s">
         <v>1090</v>
       </c>
       <c r="C417" s="2" t="s">
         <v>1091</v>
       </c>
       <c r="D417" s="2"/>
       <c r="E417" s="2">
         <v>7097</v>
       </c>
       <c r="F417" s="2" t="s">
-        <v>256</v>
+        <v>253</v>
       </c>
       <c r="G417" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H417" s="2" t="s">
         <v>1092</v>
       </c>
       <c r="I417" s="2">
         <v>219</v>
       </c>
       <c r="J417" s="2">
         <v>203</v>
       </c>
       <c r="K417" s="2">
         <v>70</v>
       </c>
       <c r="L417" s="2">
         <v>10</v>
       </c>
       <c r="M417" s="2">
         <v>0</v>
       </c>
       <c r="N417" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="418" spans="1:14">
       <c r="A418" s="2">
         <v>116856</v>
       </c>
       <c r="B418" s="2" t="s">
         <v>1093</v>
       </c>
       <c r="C418" s="2" t="s">
-        <v>107</v>
+        <v>103</v>
       </c>
       <c r="D418" s="2"/>
       <c r="E418" s="2">
         <v>7114</v>
       </c>
       <c r="F418" s="2" t="s">
+        <v>25</v>
+      </c>
+      <c r="G418" s="2" t="s">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>17</v>
       </c>
       <c r="H418" s="2" t="s">
         <v>1094</v>
       </c>
       <c r="I418" s="2">
         <v>220</v>
       </c>
       <c r="J418" s="2">
         <v>40</v>
       </c>
       <c r="K418" s="2">
         <v>70</v>
       </c>
       <c r="L418" s="2">
         <v>71</v>
       </c>
       <c r="M418" s="2">
         <v>0</v>
       </c>
       <c r="N418" s="2">
         <v>141</v>
       </c>
     </row>
     <row r="419" spans="1:14">
       <c r="A419" s="2">
         <v>115822</v>
       </c>
       <c r="B419" s="2" t="s">
         <v>1095</v>
       </c>
       <c r="C419" s="2" t="s">
-        <v>107</v>
+        <v>103</v>
       </c>
       <c r="D419" s="2"/>
       <c r="E419" s="2">
         <v>7117</v>
       </c>
       <c r="F419" s="2" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="G419" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H419" s="2" t="s">
         <v>1096</v>
       </c>
       <c r="I419" s="2">
         <v>221</v>
       </c>
       <c r="J419" s="2">
         <v>204</v>
       </c>
       <c r="K419" s="2">
         <v>70</v>
       </c>
       <c r="L419" s="2">
         <v>10</v>
       </c>
       <c r="M419" s="2">
         <v>0</v>
       </c>
       <c r="N419" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="420" spans="1:14">
       <c r="A420" s="2">
         <v>109283</v>
       </c>
       <c r="B420" s="2" t="s">
         <v>1097</v>
       </c>
       <c r="C420" s="2" t="s">
         <v>1098</v>
       </c>
       <c r="D420" s="2"/>
       <c r="E420" s="2">
         <v>7058</v>
       </c>
       <c r="F420" s="2" t="s">
-        <v>104</v>
+        <v>100</v>
       </c>
       <c r="G420" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H420" s="2" t="s">
         <v>1099</v>
       </c>
       <c r="I420" s="2">
         <v>222</v>
       </c>
       <c r="J420" s="2">
         <v>205</v>
       </c>
       <c r="K420" s="2">
         <v>70</v>
       </c>
       <c r="L420" s="2">
         <v>10</v>
       </c>
       <c r="M420" s="2">
         <v>0</v>
       </c>
       <c r="N420" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="421" spans="1:14">
       <c r="A421" s="2">
         <v>115824</v>
       </c>
       <c r="B421" s="2" t="s">
         <v>1100</v>
       </c>
       <c r="C421" s="2" t="s">
         <v>1101</v>
       </c>
       <c r="D421" s="2"/>
       <c r="E421" s="2">
         <v>7149</v>
       </c>
       <c r="F421" s="2" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="G421" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H421" s="2" t="s">
         <v>1102</v>
       </c>
       <c r="I421" s="2">
         <v>223</v>
       </c>
       <c r="J421" s="2">
         <v>206</v>
       </c>
       <c r="K421" s="2">
         <v>70</v>
       </c>
       <c r="L421" s="2">
         <v>10</v>
       </c>
       <c r="M421" s="2">
         <v>0</v>
       </c>
       <c r="N421" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="422" spans="1:14">
       <c r="A422" s="2">
         <v>115825</v>
       </c>
       <c r="B422" s="2" t="s">
         <v>1103</v>
       </c>
       <c r="C422" s="2" t="s">
         <v>478</v>
       </c>
       <c r="D422" s="2"/>
       <c r="E422" s="2">
         <v>7134</v>
       </c>
       <c r="F422" s="2" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="G422" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H422" s="2" t="s">
         <v>1104</v>
       </c>
       <c r="I422" s="2">
         <v>224</v>
       </c>
       <c r="J422" s="2">
         <v>207</v>
       </c>
       <c r="K422" s="2">
         <v>70</v>
       </c>
       <c r="L422" s="2">
         <v>10</v>
       </c>
       <c r="M422" s="2">
         <v>0</v>
       </c>
       <c r="N422" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="423" spans="1:14">
       <c r="A423" s="2">
         <v>115826</v>
       </c>
       <c r="B423" s="2" t="s">
         <v>593</v>
       </c>
       <c r="C423" s="2" t="s">
-        <v>107</v>
+        <v>103</v>
       </c>
       <c r="D423" s="2"/>
       <c r="E423" s="2">
         <v>7176</v>
       </c>
       <c r="F423" s="2" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="G423" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H423" s="2" t="s">
         <v>1105</v>
       </c>
       <c r="I423" s="2">
         <v>225</v>
       </c>
       <c r="J423" s="2">
         <v>208</v>
       </c>
       <c r="K423" s="2">
         <v>70</v>
       </c>
       <c r="L423" s="2">
         <v>10</v>
       </c>
       <c r="M423" s="2">
         <v>0</v>
       </c>
       <c r="N423" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="424" spans="1:14">
       <c r="A424" s="2">
         <v>115827</v>
       </c>
       <c r="B424" s="2" t="s">
         <v>1106</v>
       </c>
       <c r="C424" s="2" t="s">
         <v>1107</v>
       </c>
       <c r="D424" s="2"/>
       <c r="E424" s="2">
         <v>7103</v>
       </c>
       <c r="F424" s="2" t="s">
+        <v>25</v>
+      </c>
+      <c r="G424" s="2" t="s">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>17</v>
       </c>
       <c r="H424" s="2" t="s">
         <v>1105</v>
       </c>
       <c r="I424" s="2">
         <v>226</v>
       </c>
       <c r="J424" s="2">
         <v>41</v>
       </c>
       <c r="K424" s="2">
         <v>70</v>
       </c>
       <c r="L424" s="2">
         <v>70</v>
       </c>
       <c r="M424" s="2">
         <v>0</v>
       </c>
       <c r="N424" s="2">
         <v>140</v>
       </c>
     </row>
     <row r="425" spans="1:14">
       <c r="A425" s="2">
         <v>122662</v>
       </c>
       <c r="B425" s="2"/>
       <c r="C425" s="2" t="s">
         <v>1108</v>
       </c>
       <c r="D425" s="2"/>
       <c r="E425" s="2">
         <v>7110</v>
       </c>
       <c r="F425" s="2" t="s">
-        <v>104</v>
+        <v>100</v>
       </c>
       <c r="G425" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H425" s="2" t="s">
         <v>1109</v>
       </c>
       <c r="I425" s="2">
         <v>227</v>
       </c>
       <c r="J425" s="2">
         <v>227</v>
       </c>
       <c r="K425" s="2">
         <v>0</v>
       </c>
       <c r="L425" s="2">
         <v>0</v>
       </c>
       <c r="M425" s="2">
         <v>0</v>
       </c>
       <c r="N425" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="426" spans="1:14">
       <c r="A426" s="2">
         <v>115828</v>
       </c>
       <c r="B426" s="2" t="s">
         <v>1110</v>
       </c>
       <c r="C426" s="2" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="D426" s="2"/>
       <c r="E426" s="2">
         <v>7184</v>
       </c>
       <c r="F426" s="2" t="s">
+        <v>25</v>
+      </c>
+      <c r="G426" s="2" t="s">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>17</v>
       </c>
       <c r="H426" s="2" t="s">
         <v>1111</v>
       </c>
       <c r="I426" s="2">
         <v>227</v>
       </c>
       <c r="J426" s="2">
         <v>42</v>
       </c>
       <c r="K426" s="2">
         <v>70</v>
       </c>
       <c r="L426" s="2">
         <v>69</v>
       </c>
       <c r="M426" s="2">
         <v>0</v>
       </c>
       <c r="N426" s="2">
         <v>139</v>
       </c>
     </row>
     <row r="427" spans="1:14">
       <c r="A427" s="2">
         <v>115829</v>
       </c>
       <c r="B427" s="2" t="s">
         <v>1112</v>
       </c>
       <c r="C427" s="2" t="s">
         <v>1113</v>
       </c>
       <c r="D427" s="2"/>
       <c r="E427" s="2">
         <v>7042</v>
       </c>
       <c r="F427" s="2" t="s">
-        <v>104</v>
+        <v>100</v>
       </c>
       <c r="G427" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H427" s="2" t="s">
         <v>1114</v>
       </c>
       <c r="I427" s="2">
         <v>228</v>
       </c>
       <c r="J427" s="2">
         <v>209</v>
       </c>
       <c r="K427" s="2">
         <v>70</v>
       </c>
       <c r="L427" s="2">
         <v>10</v>
       </c>
       <c r="M427" s="2">
         <v>0</v>
       </c>
       <c r="N427" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="428" spans="1:14">
       <c r="A428" s="2">
         <v>115830</v>
       </c>
       <c r="B428" s="2" t="s">
         <v>1115</v>
       </c>
       <c r="C428" s="2" t="s">
-        <v>376</v>
+        <v>374</v>
       </c>
       <c r="D428" s="2"/>
       <c r="E428" s="2">
         <v>7183</v>
       </c>
       <c r="F428" s="2" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="G428" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H428" s="2" t="s">
         <v>1116</v>
       </c>
       <c r="I428" s="2">
         <v>229</v>
       </c>
       <c r="J428" s="2">
         <v>210</v>
       </c>
       <c r="K428" s="2">
         <v>70</v>
       </c>
       <c r="L428" s="2">
         <v>10</v>
       </c>
       <c r="M428" s="2">
         <v>0</v>
       </c>
       <c r="N428" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="429" spans="1:14">
       <c r="A429" s="2">
         <v>115831</v>
       </c>
       <c r="B429" s="2" t="s">
         <v>1117</v>
       </c>
       <c r="C429" s="2" t="s">
         <v>895</v>
       </c>
       <c r="D429" s="2"/>
       <c r="E429" s="2">
         <v>7112</v>
       </c>
       <c r="F429" s="2" t="s">
+        <v>25</v>
+      </c>
+      <c r="G429" s="2" t="s">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>17</v>
       </c>
       <c r="H429" s="2" t="s">
         <v>1118</v>
       </c>
       <c r="I429" s="2">
         <v>230</v>
       </c>
       <c r="J429" s="2">
         <v>43</v>
       </c>
       <c r="K429" s="2">
         <v>70</v>
       </c>
       <c r="L429" s="2">
         <v>68</v>
       </c>
       <c r="M429" s="2">
         <v>0</v>
       </c>
       <c r="N429" s="2">
         <v>138</v>
       </c>
     </row>
     <row r="430" spans="1:14">
       <c r="A430" s="2">
         <v>115832</v>
       </c>
       <c r="B430" s="2" t="s">
         <v>1119</v>
       </c>
       <c r="C430" s="2" t="s">
-        <v>107</v>
+        <v>103</v>
       </c>
       <c r="D430" s="2"/>
       <c r="E430" s="2">
         <v>7201</v>
       </c>
       <c r="F430" s="2" t="s">
+        <v>25</v>
+      </c>
+      <c r="G430" s="2" t="s">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>17</v>
       </c>
       <c r="H430" s="2" t="s">
         <v>1120</v>
       </c>
       <c r="I430" s="2">
         <v>231</v>
       </c>
       <c r="J430" s="2">
         <v>44</v>
       </c>
       <c r="K430" s="2">
         <v>70</v>
       </c>
       <c r="L430" s="2">
         <v>67</v>
       </c>
       <c r="M430" s="2">
         <v>0</v>
       </c>
       <c r="N430" s="2">
         <v>137</v>
       </c>
     </row>
     <row r="431" spans="1:14">
       <c r="A431" s="2">
         <v>116868</v>
       </c>
       <c r="B431" s="2" t="s">
         <v>1121</v>
       </c>
       <c r="C431" s="2" t="s">
         <v>1122</v>
       </c>
       <c r="D431" s="2"/>
       <c r="E431" s="2">
         <v>7202</v>
       </c>
       <c r="F431" s="2" t="s">
+        <v>25</v>
+      </c>
+      <c r="G431" s="2" t="s">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>17</v>
       </c>
       <c r="H431" s="2" t="s">
         <v>1120</v>
       </c>
       <c r="I431" s="2">
         <v>232</v>
       </c>
       <c r="J431" s="2">
         <v>45</v>
       </c>
       <c r="K431" s="2">
         <v>70</v>
       </c>
       <c r="L431" s="2">
         <v>66</v>
       </c>
       <c r="M431" s="2">
         <v>0</v>
       </c>
       <c r="N431" s="2">
         <v>136</v>
       </c>
     </row>
     <row r="432" spans="1:14">
       <c r="A432" s="2">
         <v>115834</v>
       </c>
       <c r="B432" s="2" t="s">
         <v>1123</v>
       </c>
       <c r="C432" s="2" t="s">
         <v>1124</v>
       </c>
       <c r="D432" s="2"/>
       <c r="E432" s="2">
         <v>7321</v>
       </c>
       <c r="F432" s="2" t="s">
-        <v>42</v>
+        <v>55</v>
       </c>
       <c r="G432" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H432" s="2" t="s">
         <v>1125</v>
       </c>
       <c r="I432" s="2">
         <v>233</v>
       </c>
       <c r="J432" s="2">
         <v>211</v>
       </c>
       <c r="K432" s="2">
         <v>70</v>
       </c>
       <c r="L432" s="2">
         <v>10</v>
       </c>
       <c r="M432" s="2">
         <v>0</v>
       </c>
       <c r="N432" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="433" spans="1:14">
       <c r="A433" s="2">
         <v>115835</v>
       </c>
       <c r="B433" s="2" t="s">
         <v>1126</v>
       </c>
       <c r="C433" s="2" t="s">
         <v>1101</v>
       </c>
       <c r="D433" s="2"/>
       <c r="E433" s="2">
         <v>7237</v>
       </c>
       <c r="F433" s="2" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="G433" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H433" s="2" t="s">
         <v>1127</v>
       </c>
       <c r="I433" s="2">
         <v>234</v>
       </c>
       <c r="J433" s="2">
         <v>212</v>
       </c>
       <c r="K433" s="2">
         <v>70</v>
       </c>
       <c r="L433" s="2">
         <v>10</v>
       </c>
       <c r="M433" s="2">
         <v>0</v>
       </c>
       <c r="N433" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="434" spans="1:14">
       <c r="A434" s="2">
         <v>115836</v>
       </c>
       <c r="B434" s="2" t="s">
-        <v>205</v>
+        <v>201</v>
       </c>
       <c r="C434" s="2" t="s">
         <v>536</v>
       </c>
       <c r="D434" s="2"/>
       <c r="E434" s="2">
         <v>7264</v>
       </c>
       <c r="F434" s="2" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="G434" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H434" s="2" t="s">
         <v>1128</v>
       </c>
       <c r="I434" s="2">
         <v>235</v>
       </c>
       <c r="J434" s="2">
         <v>213</v>
       </c>
       <c r="K434" s="2">
         <v>70</v>
       </c>
       <c r="L434" s="2">
         <v>10</v>
       </c>
       <c r="M434" s="2">
         <v>0</v>
       </c>
       <c r="N434" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="435" spans="1:14">
       <c r="A435" s="2">
         <v>115837</v>
       </c>
       <c r="B435" s="2" t="s">
         <v>1129</v>
       </c>
       <c r="C435" s="2" t="s">
-        <v>300</v>
+        <v>297</v>
       </c>
       <c r="D435" s="2"/>
       <c r="E435" s="2">
         <v>7088</v>
       </c>
       <c r="F435" s="2" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="G435" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H435" s="2" t="s">
         <v>1130</v>
       </c>
       <c r="I435" s="2">
         <v>236</v>
       </c>
       <c r="J435" s="2">
         <v>214</v>
       </c>
       <c r="K435" s="2">
         <v>70</v>
       </c>
       <c r="L435" s="2">
         <v>10</v>
       </c>
       <c r="M435" s="2">
         <v>0</v>
       </c>
       <c r="N435" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="436" spans="1:14">
       <c r="A436" s="2">
         <v>115838</v>
       </c>
       <c r="B436" s="2" t="s">
         <v>1131</v>
       </c>
       <c r="C436" s="2" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D436" s="2"/>
       <c r="E436" s="2">
         <v>7260</v>
       </c>
       <c r="F436" s="2" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="G436" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H436" s="2" t="s">
         <v>1132</v>
       </c>
       <c r="I436" s="2">
         <v>237</v>
       </c>
       <c r="J436" s="2">
         <v>215</v>
       </c>
       <c r="K436" s="2">
         <v>70</v>
       </c>
       <c r="L436" s="2">
         <v>10</v>
       </c>
       <c r="M436" s="2">
         <v>0</v>
       </c>
       <c r="N436" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="437" spans="1:14">
       <c r="A437" s="2">
         <v>115839</v>
       </c>
       <c r="B437" s="2" t="s">
         <v>1133</v>
       </c>
       <c r="C437" s="2" t="s">
-        <v>286</v>
+        <v>284</v>
       </c>
       <c r="D437" s="2"/>
       <c r="E437" s="2">
         <v>7080</v>
       </c>
       <c r="F437" s="2" t="s">
+        <v>25</v>
+      </c>
+      <c r="G437" s="2" t="s">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>17</v>
       </c>
       <c r="H437" s="2" t="s">
         <v>1134</v>
       </c>
       <c r="I437" s="2">
         <v>238</v>
       </c>
       <c r="J437" s="2">
         <v>46</v>
       </c>
       <c r="K437" s="2">
         <v>70</v>
       </c>
       <c r="L437" s="2">
         <v>65</v>
       </c>
       <c r="M437" s="2">
         <v>0</v>
       </c>
       <c r="N437" s="2">
         <v>135</v>
       </c>
     </row>
     <row r="438" spans="1:14">
       <c r="A438" s="2">
         <v>115840</v>
       </c>
       <c r="B438" s="2" t="s">
         <v>1135</v>
       </c>
       <c r="C438" s="2" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="D438" s="2"/>
       <c r="E438" s="2">
         <v>7169</v>
       </c>
       <c r="F438" s="2" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="G438" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H438" s="2" t="s">
         <v>1136</v>
       </c>
       <c r="I438" s="2">
         <v>239</v>
       </c>
       <c r="J438" s="2">
         <v>216</v>
       </c>
       <c r="K438" s="2">
         <v>70</v>
       </c>
       <c r="L438" s="2">
         <v>10</v>
       </c>
       <c r="M438" s="2">
         <v>0</v>
       </c>
       <c r="N438" s="2">
         <v>80</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>