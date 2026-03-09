--- v1 (2026-01-22)
+++ v2 (2026-03-09)
@@ -56,1382 +56,1382 @@
   <si>
     <t>Gender</t>
   </si>
   <si>
     <t>Finish Time</t>
   </si>
   <si>
     <t>Overall Position</t>
   </si>
   <si>
     <t>Gender Position</t>
   </si>
   <si>
     <t>Finisher Points</t>
   </si>
   <si>
     <t>Performance Points</t>
   </si>
   <si>
     <t>Bonus Points</t>
   </si>
   <si>
     <t>Total Points</t>
   </si>
   <si>
+    <t>Arnie</t>
+  </si>
+  <si>
+    <t>Macaneras</t>
+  </si>
+  <si>
+    <t>Philippines</t>
+  </si>
+  <si>
+    <t>Male</t>
+  </si>
+  <si>
+    <t>08:40:48</t>
+  </si>
+  <si>
+    <t>Mads</t>
+  </si>
+  <si>
+    <t>Louring</t>
+  </si>
+  <si>
+    <t>Denmark</t>
+  </si>
+  <si>
+    <t>08:42:34</t>
+  </si>
+  <si>
+    <t>Akane</t>
+  </si>
+  <si>
+    <t>Nemoto</t>
+  </si>
+  <si>
+    <t>Japan</t>
+  </si>
+  <si>
+    <t>Female</t>
+  </si>
+  <si>
+    <t>13:17:42</t>
+  </si>
+  <si>
     <t>Trung</t>
   </si>
   <si>
     <t>Nguyen</t>
   </si>
   <si>
     <t>Singapore</t>
   </si>
   <si>
-    <t>Male</t>
-[...1 lines deleted...]
-  <si>
     <t>09:21:19</t>
   </si>
   <si>
+    <t>Hieu</t>
+  </si>
+  <si>
+    <t>Nguyễn Trần</t>
+  </si>
+  <si>
+    <t>Vietnam</t>
+  </si>
+  <si>
+    <t>10:32:56</t>
+  </si>
+  <si>
     <t>Antoine</t>
   </si>
   <si>
     <t>Epinette</t>
   </si>
   <si>
     <t>France</t>
   </si>
   <si>
     <t>09:12:11</t>
   </si>
   <si>
-    <t>Hieu</t>
-[...47 lines deleted...]
-    <t>13:17:42</t>
+    <t>The</t>
+  </si>
+  <si>
+    <t>Anh Trần</t>
+  </si>
+  <si>
+    <t>10:21:51</t>
+  </si>
+  <si>
+    <t>Michal</t>
+  </si>
+  <si>
+    <t>Lesniak</t>
+  </si>
+  <si>
+    <t>Poland</t>
+  </si>
+  <si>
+    <t>10:11:47.999999999993</t>
   </si>
   <si>
     <t>Dung</t>
   </si>
   <si>
     <t>Vũ Tiến Việt</t>
   </si>
   <si>
     <t>09:36:21</t>
   </si>
   <si>
     <t xml:space="preserve">Xuan Suong </t>
   </si>
   <si>
     <t>Le</t>
   </si>
   <si>
     <t>13:28:15.000000000007</t>
   </si>
   <si>
     <t>Thomas</t>
   </si>
   <si>
     <t>Fournel</t>
   </si>
   <si>
     <t>10:33:14</t>
   </si>
   <si>
-    <t>Michal</t>
-[...10 lines deleted...]
-  <si>
     <t>Cory</t>
   </si>
   <si>
     <t>Lewandowski</t>
   </si>
   <si>
     <t>United States</t>
   </si>
   <si>
     <t>09:29:22</t>
   </si>
   <si>
-    <t>The</t>
-[...5 lines deleted...]
-    <t>10:21:51</t>
+    <t>Duc Tuan</t>
+  </si>
+  <si>
+    <t>Anh Nguyễn</t>
+  </si>
+  <si>
+    <t>10:24:14</t>
   </si>
   <si>
     <t>Hanh</t>
   </si>
   <si>
     <t>Hoàng Hữu</t>
   </si>
   <si>
     <t>10:24:59</t>
   </si>
   <si>
-    <t>Duc Tuan</t>
-[...5 lines deleted...]
-    <t>10:24:14</t>
+    <t>Sutinee</t>
+  </si>
+  <si>
+    <t>Rasp</t>
+  </si>
+  <si>
+    <t>Thailand</t>
+  </si>
+  <si>
+    <t>13:59:03</t>
+  </si>
+  <si>
+    <t>Stephen</t>
+  </si>
+  <si>
+    <t>Hargrave</t>
+  </si>
+  <si>
+    <t>10:36:40</t>
   </si>
   <si>
     <t>Chung Yee Joannie</t>
   </si>
   <si>
     <t>Ho</t>
   </si>
   <si>
     <t>Hong Kong</t>
   </si>
   <si>
     <t>10:37:48</t>
   </si>
   <si>
-    <t>Sutinee</t>
-[...10 lines deleted...]
-  <si>
     <t>Lorenzo</t>
   </si>
   <si>
     <t>Revelant</t>
   </si>
   <si>
     <t>Italy</t>
   </si>
   <si>
     <t>09:46:17</t>
   </si>
   <si>
-    <t>Stephen</t>
-[...5 lines deleted...]
-    <t>10:36:40</t>
+    <t>Giles</t>
+  </si>
+  <si>
+    <t>Lever</t>
+  </si>
+  <si>
+    <t>10:38:39</t>
+  </si>
+  <si>
+    <t>Tien</t>
+  </si>
+  <si>
+    <t>Việt Dũng Vũ</t>
+  </si>
+  <si>
+    <t>10:59:46</t>
+  </si>
+  <si>
+    <t>09:52:14</t>
   </si>
   <si>
     <t>Nhon</t>
   </si>
   <si>
     <t>Đỗ Trọng</t>
   </si>
   <si>
     <t>09:17:55</t>
   </si>
   <si>
-    <t>09:52:14</t>
-[...1 lines deleted...]
-  <si>
     <t>11:28:46</t>
   </si>
   <si>
     <t>Nguyễn Thị Ngọt</t>
   </si>
   <si>
     <t>14:08:21.000000000007</t>
   </si>
   <si>
-    <t>Giles</t>
-[...14 lines deleted...]
-    <t>10:59:46</t>
+    <t>Sayaka</t>
+  </si>
+  <si>
+    <t>Matsumoto</t>
+  </si>
+  <si>
+    <t>10:51:35</t>
+  </si>
+  <si>
+    <t>Robert</t>
+  </si>
+  <si>
+    <t>Thomas West</t>
+  </si>
+  <si>
+    <t>Great Britain</t>
+  </si>
+  <si>
+    <t>10:29:24</t>
   </si>
   <si>
     <t>Martin</t>
   </si>
   <si>
     <t>van Zandwijk</t>
   </si>
   <si>
     <t>Netherlands</t>
   </si>
   <si>
     <t>11:07:44</t>
   </si>
   <si>
+    <t>Minh Tuan</t>
+  </si>
+  <si>
+    <t>Nguyễn</t>
+  </si>
+  <si>
     <t>Kona</t>
   </si>
   <si>
     <t>Liau</t>
   </si>
   <si>
     <t>Malaysia</t>
   </si>
   <si>
     <t>14:33:1.0000000000073</t>
   </si>
   <si>
-    <t>Minh Tuan</t>
-[...13 lines deleted...]
-  <si>
     <t>09:53:10</t>
   </si>
   <si>
-    <t>Robert</t>
-[...8 lines deleted...]
-    <t>10:29:24</t>
+    <t>11:33:13.000000000007</t>
   </si>
   <si>
     <t>Trung Kien</t>
   </si>
   <si>
     <t>11:03:06</t>
   </si>
   <si>
     <t>Sue Phin</t>
   </si>
   <si>
     <t>Yeam</t>
   </si>
   <si>
     <t>14:36:54.000000000007</t>
   </si>
   <si>
     <t>Peter</t>
   </si>
   <si>
     <t>Schwenkel</t>
   </si>
   <si>
     <t>Germany</t>
   </si>
   <si>
-    <t>11:33:13.000000000007</t>
-[...1 lines deleted...]
-  <si>
     <t>Marc</t>
   </si>
   <si>
     <t>Bittner</t>
   </si>
   <si>
     <t>Canada</t>
   </si>
   <si>
     <t>10:22:15</t>
   </si>
   <si>
+    <t>Chu Yến</t>
+  </si>
+  <si>
+    <t>15:03:41</t>
+  </si>
+  <si>
+    <t>Manh Lan</t>
+  </si>
+  <si>
+    <t>11:34:53.999999999993</t>
+  </si>
+  <si>
     <t>Margono</t>
   </si>
   <si>
     <t>Indonesia</t>
   </si>
   <si>
     <t>11:12:12</t>
   </si>
   <si>
-    <t>Chu Yến</t>
-[...8 lines deleted...]
-    <t>11:34:53.999999999993</t>
+    <t>Thanh Lam</t>
+  </si>
+  <si>
+    <t>11:30:02</t>
   </si>
   <si>
     <t>Joachim</t>
   </si>
   <si>
     <t>Poirier</t>
   </si>
   <si>
     <t>10:59:17</t>
   </si>
   <si>
-    <t>Thanh Lam</t>
-[...2 lines deleted...]
-    <t>11:30:02</t>
+    <t>Nguyen Thuy</t>
+  </si>
+  <si>
+    <t>11:03:28</t>
+  </si>
+  <si>
+    <t>Tung</t>
+  </si>
+  <si>
+    <t>Trần Việt</t>
+  </si>
+  <si>
+    <t>11:13:52</t>
+  </si>
+  <si>
+    <t>Trần Thanh Bình</t>
+  </si>
+  <si>
+    <t>15:13:02</t>
   </si>
   <si>
     <t>Barkey</t>
   </si>
   <si>
     <t>Ireland</t>
   </si>
   <si>
     <t>11:57:20</t>
   </si>
   <si>
     <t>Andre</t>
   </si>
   <si>
     <t>Zimmermann</t>
   </si>
   <si>
     <t>11:32:30</t>
   </si>
   <si>
-    <t>Nguyen Thuy</t>
-[...17 lines deleted...]
-    <t>15:13:02</t>
+    <t>Daniel</t>
+  </si>
+  <si>
+    <t>Preiss</t>
+  </si>
+  <si>
+    <t>11:38:07</t>
+  </si>
+  <si>
+    <t>Cesar</t>
+  </si>
+  <si>
+    <t>Quezada</t>
+  </si>
+  <si>
+    <t>Mexico</t>
+  </si>
+  <si>
+    <t>11:18:31</t>
+  </si>
+  <si>
+    <t>Soren</t>
+  </si>
+  <si>
+    <t>Assing</t>
+  </si>
+  <si>
+    <t>12:04:04</t>
+  </si>
+  <si>
+    <t>Xiaoyun Vincere</t>
+  </si>
+  <si>
+    <t>Zeng</t>
+  </si>
+  <si>
+    <t>15:17:28</t>
   </si>
   <si>
     <t>Samuel</t>
   </si>
   <si>
     <t>Bartram</t>
   </si>
   <si>
     <t>11:14:00</t>
   </si>
   <si>
-    <t>Xiaoyun Vincere</t>
-[...35 lines deleted...]
-    <t>12:04:04</t>
+    <t>Yohan</t>
+  </si>
+  <si>
+    <t>Duflos</t>
+  </si>
+  <si>
+    <t>11:41:07</t>
+  </si>
+  <si>
+    <t>David</t>
+  </si>
+  <si>
+    <t>Loncke</t>
+  </si>
+  <si>
+    <t>11:42:16</t>
+  </si>
+  <si>
+    <t>Ann Jillian</t>
+  </si>
+  <si>
+    <t>Pulanco</t>
+  </si>
+  <si>
+    <t>15:35:1.9999999999927</t>
+  </si>
+  <si>
+    <t>Tuan</t>
+  </si>
+  <si>
+    <t>Lê</t>
+  </si>
+  <si>
+    <t>12:31:04</t>
   </si>
   <si>
     <t>Thi Duong</t>
   </si>
   <si>
     <t>11:14:20</t>
   </si>
   <si>
-    <t>Tuan</t>
-[...32 lines deleted...]
-    <t>15:35:1.9999999999927</t>
+    <t>Sjoerd</t>
+  </si>
+  <si>
+    <t>Bakker</t>
+  </si>
+  <si>
+    <t>11:16:24</t>
+  </si>
+  <si>
+    <t>Hong Quang</t>
+  </si>
+  <si>
+    <t>Tống</t>
+  </si>
+  <si>
+    <t>12:49:44</t>
+  </si>
+  <si>
+    <t>Choo Siong Alex</t>
+  </si>
+  <si>
+    <t>Ang</t>
+  </si>
+  <si>
+    <t>11:41:10</t>
   </si>
   <si>
     <t>Hong</t>
   </si>
   <si>
     <t>Quang Tống</t>
   </si>
   <si>
     <t>11:47:40</t>
   </si>
   <si>
-    <t>Sjoerd</t>
-[...7 lines deleted...]
-  <si>
     <t>Phạm Thị Thu Thủy</t>
   </si>
   <si>
     <t>15:41:28.999999999993</t>
   </si>
   <si>
-    <t>Choo Siong Alex</t>
-[...14 lines deleted...]
-    <t>12:49:44</t>
+    <t>Colin</t>
+  </si>
+  <si>
+    <t>Hickey</t>
+  </si>
+  <si>
+    <t>11:17:41</t>
+  </si>
+  <si>
+    <t>Anna</t>
+  </si>
+  <si>
+    <t>Tipping</t>
+  </si>
+  <si>
+    <t>New Zealand</t>
+  </si>
+  <si>
+    <t>15:58:46</t>
+  </si>
+  <si>
+    <t>Van Hung</t>
+  </si>
+  <si>
+    <t>Phạm</t>
+  </si>
+  <si>
+    <t>12:55:8.9999999999927</t>
   </si>
   <si>
     <t>Xavier</t>
   </si>
   <si>
     <t>Omilanowski</t>
   </si>
   <si>
     <t>11:41:50</t>
   </si>
   <si>
     <t>Constance</t>
   </si>
   <si>
     <t>Louasse</t>
   </si>
   <si>
     <t>11:50:52</t>
   </si>
   <si>
-    <t>Van Hung</t>
-[...26 lines deleted...]
-    <t>15:58:46</t>
+    <t>Lan</t>
+  </si>
+  <si>
+    <t>Hương Vũ</t>
+  </si>
+  <si>
+    <t>11:55:01</t>
+  </si>
+  <si>
+    <t>Viet Hoa</t>
+  </si>
+  <si>
+    <t>11:54:43</t>
   </si>
   <si>
     <t>Đỗ Thị Huyền Trân</t>
   </si>
   <si>
     <t>16:22:15</t>
   </si>
   <si>
     <t>Scott</t>
   </si>
   <si>
     <t>Graham</t>
   </si>
   <si>
     <t>Australia</t>
   </si>
   <si>
     <t>11:20:52</t>
   </si>
   <si>
     <t>Duc Vinh</t>
   </si>
   <si>
     <t>Tạ</t>
   </si>
   <si>
     <t>12:56:08</t>
   </si>
   <si>
-    <t>Viet Hoa</t>
-[...13 lines deleted...]
-  <si>
     <t>Duc Huan</t>
   </si>
   <si>
     <t>Vũ</t>
   </si>
   <si>
     <t>12:59:10</t>
   </si>
   <si>
+    <t>Chiến Nguyễn</t>
+  </si>
+  <si>
+    <t>Cat</t>
+  </si>
+  <si>
+    <t>11:28:33</t>
+  </si>
+  <si>
     <t>Tran</t>
   </si>
   <si>
     <t>Van Nhan</t>
   </si>
   <si>
     <t>11:57:37</t>
   </si>
   <si>
+    <t>Bùi Yến</t>
+  </si>
+  <si>
+    <t>16:33:39.999999999993</t>
+  </si>
+  <si>
     <t>Thibaut</t>
   </si>
   <si>
     <t>Vitre</t>
   </si>
   <si>
     <t>12:04:52</t>
   </si>
   <si>
-    <t>Bùi Yến</t>
-[...11 lines deleted...]
-    <t>11:28:33</t>
+    <t>Yin Kwan</t>
+  </si>
+  <si>
+    <t>Cheng</t>
+  </si>
+  <si>
+    <t>16:34:14.000000000007</t>
   </si>
   <si>
     <t>Pruttipong</t>
   </si>
   <si>
     <t>Jiamvirojwong</t>
   </si>
   <si>
     <t>12:14:04</t>
   </si>
   <si>
     <t>Hai</t>
   </si>
   <si>
     <t>Yến Nguyễn</t>
   </si>
   <si>
     <t>12:55:15</t>
   </si>
   <si>
     <t>Van Quang</t>
   </si>
   <si>
     <t>13:06:11</t>
   </si>
   <si>
     <t>Jackson</t>
   </si>
   <si>
     <t>Blackburn</t>
   </si>
   <si>
     <t>11:30:41</t>
   </si>
   <si>
-    <t>Yin Kwan</t>
-[...5 lines deleted...]
-    <t>16:34:14.000000000007</t>
+    <t xml:space="preserve">Kim Hong </t>
+  </si>
+  <si>
+    <t>Yeo</t>
+  </si>
+  <si>
+    <t>11:50:39</t>
+  </si>
+  <si>
+    <t>Anthony</t>
+  </si>
+  <si>
+    <t>Fouchard</t>
+  </si>
+  <si>
+    <t>13:08:14</t>
   </si>
   <si>
     <t>Tejo</t>
   </si>
   <si>
     <t>India</t>
   </si>
   <si>
     <t>12:15:17</t>
   </si>
   <si>
     <t>Phuong</t>
   </si>
   <si>
     <t>13:07:29</t>
   </si>
   <si>
-    <t>Anthony</t>
-[...16 lines deleted...]
-  <si>
     <t>Trương Võ Bích Phương</t>
   </si>
   <si>
     <t>16:37:37</t>
   </si>
   <si>
+    <t>Amber</t>
+  </si>
+  <si>
+    <t>Lane</t>
+  </si>
+  <si>
+    <t>12:20:18</t>
+  </si>
+  <si>
     <t xml:space="preserve">Lâm </t>
   </si>
   <si>
     <t>11:52:26</t>
   </si>
   <si>
     <t>Tamae</t>
   </si>
   <si>
     <t>Harada</t>
   </si>
   <si>
     <t>16:58:09</t>
   </si>
   <si>
     <t>Rachelle</t>
   </si>
   <si>
     <t>Komarnisky</t>
   </si>
   <si>
     <t>13:56:48</t>
   </si>
   <si>
-    <t>Amber</t>
-[...7 lines deleted...]
-  <si>
     <t>Cuong</t>
   </si>
   <si>
     <t>Đào Quang</t>
   </si>
   <si>
     <t>13:08:36.000000000007</t>
   </si>
   <si>
+    <t>Huong</t>
+  </si>
+  <si>
+    <t>14:29:00</t>
+  </si>
+  <si>
     <t>Muoi</t>
   </si>
   <si>
     <t>Đỗ</t>
   </si>
   <si>
     <t>13:12:42</t>
   </si>
   <si>
+    <t>Choisy</t>
+  </si>
+  <si>
+    <t>12:05:10</t>
+  </si>
+  <si>
     <t>Võ Thanh Thuỷ</t>
   </si>
   <si>
     <t>17:20:36</t>
   </si>
   <si>
     <t>Vu</t>
   </si>
   <si>
     <t>Van Vuong</t>
   </si>
   <si>
     <t>12:26:48</t>
   </si>
   <si>
-    <t>Choisy</t>
-[...8 lines deleted...]
-    <t>14:29:00</t>
+    <t>Cao</t>
+  </si>
+  <si>
+    <t>Wei</t>
+  </si>
+  <si>
+    <t>13:27:48</t>
+  </si>
+  <si>
+    <t>Nguyễn Ngọc Tú Trinh</t>
+  </si>
+  <si>
+    <t>17:42:51</t>
   </si>
   <si>
     <t>Cherrie</t>
   </si>
   <si>
     <t>Chung</t>
   </si>
   <si>
     <t>12:29:09</t>
   </si>
   <si>
-    <t>Nguyễn Ngọc Tú Trinh</t>
-[...4 lines deleted...]
-  <si>
     <t>Thanh Trung</t>
   </si>
   <si>
     <t>Truong</t>
   </si>
   <si>
     <t>12:20:36</t>
   </si>
   <si>
-    <t>Cao</t>
-[...5 lines deleted...]
-    <t>13:27:48</t>
+    <t xml:space="preserve">Kiên </t>
+  </si>
+  <si>
+    <t>12:20:45</t>
+  </si>
+  <si>
+    <t>13:57:3.0000000000073</t>
+  </si>
+  <si>
+    <t>Sophia</t>
+  </si>
+  <si>
+    <t>Sophia Yee</t>
+  </si>
+  <si>
+    <t>17:47:57.000000000007</t>
   </si>
   <si>
     <t>Sara</t>
   </si>
   <si>
     <t>Valentina</t>
   </si>
   <si>
     <t>12:32:56</t>
   </si>
   <si>
-    <t>Sophia</t>
-[...14 lines deleted...]
-    <t>12:20:45</t>
+    <t>Phạm Thị Thanh Ngọc</t>
+  </si>
+  <si>
+    <t>17:55:02</t>
   </si>
   <si>
     <t>Ngoc Dat</t>
   </si>
   <si>
     <t>14:04:50</t>
   </si>
   <si>
     <t>Văn Minh</t>
   </si>
   <si>
     <t>12:21:13</t>
   </si>
   <si>
     <t>Rabin</t>
   </si>
   <si>
     <t>Srisuttinun</t>
   </si>
   <si>
     <t>12:51:43</t>
   </si>
   <si>
-    <t>Phạm Thị Thanh Ngọc</t>
-[...2 lines deleted...]
-    <t>17:55:02</t>
+    <t xml:space="preserve">Mohd Shukran </t>
+  </si>
+  <si>
+    <t>Md Farid</t>
+  </si>
+  <si>
+    <t>12:57:50</t>
   </si>
   <si>
     <t>Trần Thị Thu</t>
   </si>
   <si>
     <t>Nguyen Khac Chien</t>
   </si>
   <si>
     <t>14:08:1.9999999999927</t>
   </si>
   <si>
-    <t xml:space="preserve">Mohd Shukran </t>
-[...7 lines deleted...]
-  <si>
     <t xml:space="preserve">Xuân Bình </t>
   </si>
   <si>
     <t>12:33:52</t>
   </si>
   <si>
+    <t>Steve</t>
+  </si>
+  <si>
+    <t>Falgate</t>
+  </si>
+  <si>
+    <t>13:07:43</t>
+  </si>
+  <si>
+    <t>Trần Thanh Tân</t>
+  </si>
+  <si>
+    <t>14:19:40.999999999993</t>
+  </si>
+  <si>
     <t>12:34:21</t>
   </si>
   <si>
-    <t>Trần Thanh Tân</t>
-[...4 lines deleted...]
-  <si>
     <t>Nguyen Hai Yen</t>
   </si>
   <si>
     <t>18:03:15.999999999993</t>
   </si>
   <si>
-    <t>Steve</t>
-[...5 lines deleted...]
-    <t>13:07:43</t>
+    <t>Dương Thị Hạnh</t>
+  </si>
+  <si>
+    <t>18:18:56</t>
+  </si>
+  <si>
+    <t>Tran Trong Nhan</t>
+  </si>
+  <si>
+    <t>14:20:09</t>
   </si>
   <si>
     <t>Masmichi</t>
   </si>
   <si>
     <t>Shoji</t>
   </si>
   <si>
     <t>12:36:31</t>
   </si>
   <si>
     <t>Knut</t>
   </si>
   <si>
     <t>Fournier</t>
   </si>
   <si>
     <t>13:11:11</t>
   </si>
   <si>
-    <t>Tran Trong Nhan</t>
-[...8 lines deleted...]
-    <t>18:18:56</t>
+    <t>12:46:59</t>
+  </si>
+  <si>
+    <t>Trisha</t>
+  </si>
+  <si>
+    <t>Thow</t>
+  </si>
+  <si>
+    <t>18:24:01</t>
+  </si>
+  <si>
+    <t>Andrew</t>
+  </si>
+  <si>
+    <t>Pidden</t>
+  </si>
+  <si>
+    <t>13:16:20</t>
   </si>
   <si>
     <t>Florian</t>
   </si>
   <si>
     <t>Garnier</t>
   </si>
   <si>
     <t>14:31:17</t>
   </si>
   <si>
-    <t>12:46:59</t>
-[...17 lines deleted...]
-    <t>13:16:20</t>
+    <t>Steffen</t>
+  </si>
+  <si>
+    <t>Dekoj</t>
+  </si>
+  <si>
+    <t>13:34:07</t>
+  </si>
+  <si>
+    <t>Filip</t>
+  </si>
+  <si>
+    <t>Lenaerts</t>
+  </si>
+  <si>
+    <t>Belgium</t>
+  </si>
+  <si>
+    <t>12:49:46</t>
   </si>
   <si>
     <t>Nguyen Phi Hung</t>
   </si>
   <si>
     <t>14:33:05</t>
   </si>
   <si>
-    <t>Steffen</t>
-[...19 lines deleted...]
-  <si>
     <t>Luke</t>
   </si>
   <si>
     <t>Horton</t>
   </si>
   <si>
     <t>13:45:31</t>
   </si>
   <si>
+    <t>Sam</t>
+  </si>
+  <si>
+    <t>14:38:50</t>
+  </si>
+  <si>
     <t>Tanawat</t>
   </si>
   <si>
     <t>Chamnongkijphanich</t>
   </si>
   <si>
     <t>12:58:33</t>
   </si>
   <si>
-    <t>Sam</t>
-[...2 lines deleted...]
-    <t>14:38:50</t>
+    <t>Phi</t>
+  </si>
+  <si>
+    <t>13:05:34</t>
   </si>
   <si>
     <t>Thanh Tuan</t>
   </si>
   <si>
     <t>Pham</t>
   </si>
   <si>
     <t>13:45:37</t>
   </si>
   <si>
-    <t>Phi</t>
-[...4 lines deleted...]
-  <si>
     <t>Viet Hung</t>
   </si>
   <si>
     <t>13:46:44</t>
   </si>
   <si>
     <t xml:space="preserve">T B Balrama </t>
   </si>
   <si>
     <t>Krishnan</t>
   </si>
   <si>
     <t>13:09:17</t>
   </si>
   <si>
+    <t xml:space="preserve">Đức Long </t>
+  </si>
+  <si>
+    <t>Bùi</t>
+  </si>
+  <si>
+    <t>13:11:49</t>
+  </si>
+  <si>
     <t>Dominic</t>
   </si>
   <si>
     <t>Hoffmann</t>
   </si>
   <si>
     <t>13:51:45</t>
   </si>
   <si>
-    <t xml:space="preserve">Đức Long </t>
-[...5 lines deleted...]
-    <t>13:11:49</t>
+    <t>Nicolas</t>
+  </si>
+  <si>
+    <t>Clauzet</t>
+  </si>
+  <si>
+    <t>14:56:24.000000000007</t>
   </si>
   <si>
     <t>Bui</t>
   </si>
   <si>
     <t>Tuan Linh</t>
   </si>
   <si>
     <t>13:52:35</t>
   </si>
   <si>
-    <t>Nicolas</t>
-[...7 lines deleted...]
-  <si>
     <t xml:space="preserve">Quang Ninh </t>
   </si>
   <si>
     <t>Ngô</t>
   </si>
   <si>
     <t>13:12:37</t>
   </si>
   <si>
     <t>Aaron</t>
   </si>
   <si>
     <t>Anrong Ong</t>
   </si>
   <si>
     <t>13:12:41</t>
   </si>
   <si>
     <t>H. Long</t>
   </si>
   <si>
     <t>13:53:12</t>
   </si>
   <si>
     <t xml:space="preserve">Hà Nguyễn </t>
   </si>
   <si>
     <t>Mạnh</t>
   </si>
   <si>
     <t>13:15:20</t>
   </si>
   <si>
     <t>Thanest</t>
   </si>
   <si>
     <t>Sartsirisombut</t>
   </si>
   <si>
     <t>13:59:57</t>
   </si>
   <si>
+    <t>Jyh Hann</t>
+  </si>
+  <si>
+    <t>Lim</t>
+  </si>
+  <si>
+    <t>林志翰</t>
+  </si>
+  <si>
+    <t>13:13:54</t>
+  </si>
+  <si>
     <t>Weerasarut</t>
   </si>
   <si>
     <t>Leenawarat</t>
   </si>
   <si>
     <t>14:02:17</t>
   </si>
   <si>
     <t xml:space="preserve">Thi Hai Yen </t>
   </si>
   <si>
     <t>Vo</t>
   </si>
   <si>
     <t>13:16:07</t>
   </si>
   <si>
-    <t>Jyh Hann</t>
-[...10 lines deleted...]
-  <si>
     <t>Su Lin</t>
   </si>
   <si>
     <t>Woo</t>
   </si>
   <si>
     <t>14:08:17</t>
   </si>
   <si>
     <t>Ước Nguyễn</t>
   </si>
   <si>
     <t>Văn</t>
   </si>
   <si>
     <t>13:23:45</t>
   </si>
   <si>
+    <t>Thi Tho</t>
+  </si>
+  <si>
+    <t>14:09:06</t>
+  </si>
+  <si>
     <t xml:space="preserve">Hoàng </t>
   </si>
   <si>
     <t>Hồ</t>
   </si>
   <si>
     <t>13:27:21</t>
   </si>
   <si>
-    <t>Thi Tho</t>
-[...4 lines deleted...]
-  <si>
     <t>Henry</t>
   </si>
   <si>
     <t>Dumas</t>
   </si>
   <si>
     <t>13:36:33</t>
   </si>
   <si>
     <t>Jocelyn</t>
   </si>
   <si>
     <t>Cheung</t>
   </si>
   <si>
     <t>14:23:02</t>
   </si>
   <si>
+    <t>Charles-Antoine</t>
+  </si>
+  <si>
+    <t>Dupuy</t>
+  </si>
+  <si>
+    <t>14:24:09</t>
+  </si>
+  <si>
     <t xml:space="preserve">Chí Công </t>
   </si>
   <si>
     <t>Vương</t>
   </si>
   <si>
     <t>13:41:07</t>
   </si>
   <si>
-    <t>Charles-Antoine</t>
-[...5 lines deleted...]
-    <t>14:24:09</t>
+    <t>Sisakorn</t>
+  </si>
+  <si>
+    <t>Srisamran</t>
+  </si>
+  <si>
+    <t>14:27:27</t>
   </si>
   <si>
     <t>Vooi Oon Valerie</t>
   </si>
   <si>
     <t>Teh</t>
   </si>
   <si>
     <t>郑玮恩</t>
   </si>
   <si>
     <t>13:43:33</t>
   </si>
   <si>
-    <t>Sisakorn</t>
-[...5 lines deleted...]
-    <t>14:27:27</t>
+    <t>Canh</t>
+  </si>
+  <si>
+    <t>Nguyen Thanh</t>
+  </si>
+  <si>
+    <t>Nguyễn Thanh Cảnh</t>
+  </si>
+  <si>
+    <t>13:46:41</t>
+  </si>
+  <si>
+    <t>Amir Hamzah</t>
+  </si>
+  <si>
+    <t>Bin Abdul Razak</t>
+  </si>
+  <si>
+    <t>14:28:23</t>
   </si>
   <si>
     <t>Hung</t>
   </si>
   <si>
     <t>Ngo</t>
   </si>
   <si>
-    <t>Amir Hamzah</t>
-[...19 lines deleted...]
-  <si>
     <t>Michael</t>
   </si>
   <si>
     <t>Whalen</t>
   </si>
   <si>
     <t xml:space="preserve">Van Chung </t>
   </si>
   <si>
     <t>13:52:24</t>
   </si>
   <si>
     <t>Masahiro</t>
   </si>
   <si>
     <t>Kikkawa</t>
   </si>
   <si>
     <t>14:29:09</t>
   </si>
   <si>
     <t xml:space="preserve">Thuc Truong Luong </t>
   </si>
   <si>
     <t>13:56:16</t>
@@ -1472,179 +1472,179 @@
   <si>
     <t>Hoang</t>
   </si>
   <si>
     <t>Viet</t>
   </si>
   <si>
     <t>14:35:32</t>
   </si>
   <si>
     <t xml:space="preserve">Quang Tùng </t>
   </si>
   <si>
     <t>Tô</t>
   </si>
   <si>
     <t>14:08:01</t>
   </si>
   <si>
     <t>Xuan Cam Tu</t>
   </si>
   <si>
     <t>14:42:05</t>
   </si>
   <si>
+    <t>Thienchai</t>
+  </si>
+  <si>
+    <t>Chantrakul</t>
+  </si>
+  <si>
+    <t>14:49:34</t>
+  </si>
+  <si>
     <t xml:space="preserve">Nguyễn Ngọc </t>
   </si>
   <si>
     <t>Tưởng</t>
   </si>
   <si>
     <t>14:09:24</t>
   </si>
   <si>
-    <t>Thienchai</t>
-[...5 lines deleted...]
-    <t>14:49:34</t>
+    <t>Stephane</t>
+  </si>
+  <si>
+    <t>Herve</t>
+  </si>
+  <si>
+    <t>16:20:05</t>
+  </si>
+  <si>
+    <t>Trinh</t>
+  </si>
+  <si>
+    <t>Quoc Hung</t>
+  </si>
+  <si>
+    <t>14:50:06</t>
   </si>
   <si>
     <t>Gerhard</t>
   </si>
   <si>
     <t>Mutz</t>
   </si>
   <si>
     <t>14:09:37</t>
   </si>
   <si>
-    <t>Trinh</t>
-[...16 lines deleted...]
-  <si>
     <t>Lylia</t>
   </si>
   <si>
     <t>Nordin</t>
   </si>
   <si>
     <t>20:35:00</t>
   </si>
   <si>
+    <t>Thi Tieu Phuong</t>
+  </si>
+  <si>
+    <t>14:54:27</t>
+  </si>
+  <si>
     <t>Carla</t>
   </si>
   <si>
     <t>Felany</t>
   </si>
   <si>
     <t>14:09:46</t>
   </si>
   <si>
-    <t>Thi Tieu Phuong</t>
-[...4 lines deleted...]
-  <si>
     <t>Edith</t>
   </si>
   <si>
     <t>Fung</t>
   </si>
   <si>
     <t>15:10:58</t>
   </si>
   <si>
     <t>Vũ Hoàng</t>
   </si>
   <si>
     <t>14:11:59</t>
   </si>
   <si>
+    <t xml:space="preserve">Ha Giang </t>
+  </si>
+  <si>
+    <t>14:23:22</t>
+  </si>
+  <si>
     <t>Tracy</t>
   </si>
   <si>
     <t>Sim</t>
   </si>
   <si>
     <t>15:12:04</t>
   </si>
   <si>
-    <t xml:space="preserve">Ha Giang </t>
-[...2 lines deleted...]
-    <t>14:23:22</t>
+    <t>Kwan Hooi</t>
+  </si>
+  <si>
+    <t>Ng</t>
   </si>
   <si>
     <t xml:space="preserve">ĐƯỜNG ĐỨC </t>
   </si>
   <si>
     <t>ĐỊNH</t>
   </si>
   <si>
     <t>14:26:09</t>
   </si>
   <si>
-    <t>Kwan Hooi</t>
-[...2 lines deleted...]
-    <t>Ng</t>
+    <t>Hideto</t>
+  </si>
+  <si>
+    <t>Kumasaka</t>
+  </si>
+  <si>
+    <t>14:26:40</t>
   </si>
   <si>
     <t>Anh Tai</t>
   </si>
   <si>
     <t>15:12:36</t>
   </si>
   <si>
-    <t>Hideto</t>
-[...7 lines deleted...]
-  <si>
     <t>Richard</t>
   </si>
   <si>
     <t>Hall Jr</t>
   </si>
   <si>
     <t>16:53:32.999999999993</t>
   </si>
   <si>
     <t>Reza Zaldy</t>
   </si>
   <si>
     <t>Abdullah</t>
   </si>
   <si>
     <t>15:15:40</t>
   </si>
   <si>
     <t xml:space="preserve"> Tuan Nguyen</t>
   </si>
   <si>
     <t>Anh</t>
   </si>
   <si>
     <t>14:28:10</t>
@@ -1658,149 +1658,149 @@
   <si>
     <t>Karn</t>
   </si>
   <si>
     <t>Sakulsak</t>
   </si>
   <si>
     <t>15:19:51</t>
   </si>
   <si>
     <t xml:space="preserve">Huy Nguyen </t>
   </si>
   <si>
     <t>Van</t>
   </si>
   <si>
     <t>14:37:27</t>
   </si>
   <si>
     <t>Suda</t>
   </si>
   <si>
     <t>Tantiveerasut</t>
   </si>
   <si>
+    <t>Jutharath</t>
+  </si>
+  <si>
+    <t>Phansrikhum</t>
+  </si>
+  <si>
+    <t>15:21:05</t>
+  </si>
+  <si>
     <t xml:space="preserve">Thuy </t>
   </si>
   <si>
     <t>14:39:00</t>
   </si>
   <si>
-    <t>Jutharath</t>
-[...5 lines deleted...]
-    <t>15:21:05</t>
+    <t xml:space="preserve">Yen Keng </t>
+  </si>
+  <si>
+    <t>Cheong</t>
+  </si>
+  <si>
+    <t>14:40:11</t>
   </si>
   <si>
     <t>Pramod</t>
   </si>
   <si>
     <t>Balakrishnan</t>
   </si>
   <si>
     <t>15:22:29</t>
   </si>
   <si>
-    <t xml:space="preserve">Yen Keng </t>
-[...7 lines deleted...]
-  <si>
     <t>Huy Phạm</t>
   </si>
   <si>
     <t>14:42:28</t>
   </si>
   <si>
     <t>Hon</t>
   </si>
   <si>
     <t>Thiam Han</t>
   </si>
   <si>
     <t>15:25:13</t>
   </si>
   <si>
+    <t xml:space="preserve">Thanh Tuấn </t>
+  </si>
+  <si>
+    <t>Lương</t>
+  </si>
+  <si>
+    <t>14:50:55</t>
+  </si>
+  <si>
     <t xml:space="preserve">Thien </t>
   </si>
   <si>
     <t>Le Duc</t>
   </si>
   <si>
     <t>15:29:26</t>
   </si>
   <si>
-    <t xml:space="preserve">Thanh Tuấn </t>
-[...7 lines deleted...]
-  <si>
     <t>Do Huynh</t>
   </si>
   <si>
     <t>Khanh Duy</t>
   </si>
   <si>
     <t>15:30:55</t>
   </si>
   <si>
     <t>Kenzo</t>
   </si>
   <si>
     <t>Kunii</t>
   </si>
   <si>
     <t>14:51:06</t>
   </si>
   <si>
+    <t xml:space="preserve">Manh Hùng </t>
+  </si>
+  <si>
+    <t>Phan</t>
+  </si>
+  <si>
+    <t>14:53:55</t>
+  </si>
+  <si>
     <t>Binh Duong</t>
   </si>
   <si>
     <t>15:31:59</t>
   </si>
   <si>
-    <t xml:space="preserve">Manh Hùng </t>
-[...7 lines deleted...]
-  <si>
     <t xml:space="preserve">Văn Hưng </t>
   </si>
   <si>
     <t>14:53:57</t>
   </si>
   <si>
     <t>Hiroshi</t>
   </si>
   <si>
     <t>Sahara</t>
   </si>
   <si>
     <t>15:35:10</t>
   </si>
   <si>
     <t>Binh</t>
   </si>
   <si>
     <t>Le Thanh</t>
   </si>
   <si>
     <t>15:41:21</t>
   </si>
   <si>
     <t xml:space="preserve">Vinh Hung </t>
@@ -1835,563 +1835,563 @@
   <si>
     <t>Jeera</t>
   </si>
   <si>
     <t>Gosalvitr</t>
   </si>
   <si>
     <t>15:59:53</t>
   </si>
   <si>
     <t xml:space="preserve">Metee </t>
   </si>
   <si>
     <t>Meeraka</t>
   </si>
   <si>
     <t>15:07:01</t>
   </si>
   <si>
     <t>Tarit</t>
   </si>
   <si>
     <t>Rattanamanee</t>
   </si>
   <si>
+    <t>Sandy</t>
+  </si>
+  <si>
+    <t>Suryapranata</t>
+  </si>
+  <si>
+    <t>16:03:51</t>
+  </si>
+  <si>
     <t xml:space="preserve">Tung Dinh </t>
   </si>
   <si>
     <t>15:08:36</t>
   </si>
   <si>
-    <t>Sandy</t>
-[...5 lines deleted...]
-    <t>16:03:51</t>
+    <t>Teerapatt</t>
+  </si>
+  <si>
+    <t>Chaisrithong</t>
+  </si>
+  <si>
+    <t>16:06:40</t>
   </si>
   <si>
     <t xml:space="preserve">Yasuyoshi </t>
   </si>
   <si>
     <t>Marushima</t>
   </si>
   <si>
     <t>15:10:41</t>
   </si>
   <si>
-    <t>Teerapatt</t>
-[...7 lines deleted...]
-  <si>
     <t>Hoang Yen</t>
   </si>
   <si>
     <t>16:06:49</t>
   </si>
   <si>
     <t xml:space="preserve">Lye Yang </t>
   </si>
   <si>
     <t>Suah</t>
   </si>
   <si>
     <t>15:17:05</t>
   </si>
   <si>
     <t>Pierre</t>
   </si>
   <si>
     <t>Larmande</t>
   </si>
   <si>
     <t>15:17:19</t>
   </si>
   <si>
     <t>Tanh</t>
   </si>
   <si>
     <t>16:06:50</t>
   </si>
   <si>
     <t>Huynh</t>
   </si>
   <si>
     <t>Van Thuan</t>
   </si>
   <si>
     <t>16:06:58</t>
   </si>
   <si>
     <t xml:space="preserve">Tam </t>
   </si>
   <si>
     <t>15:18:45</t>
   </si>
   <si>
+    <t>Li Shan</t>
+  </si>
+  <si>
+    <t>Yang</t>
+  </si>
+  <si>
+    <t>16:07:50</t>
+  </si>
+  <si>
     <t xml:space="preserve">Văn Huy </t>
   </si>
   <si>
     <t>15:20:16</t>
   </si>
   <si>
-    <t>Li Shan</t>
-[...7 lines deleted...]
-  <si>
     <t>Norhalim</t>
   </si>
   <si>
     <t>Bin Nordin</t>
   </si>
   <si>
     <t>16:08:02</t>
   </si>
   <si>
     <t>Francis</t>
   </si>
   <si>
     <t>Low</t>
   </si>
   <si>
     <t>15:20:54</t>
   </si>
   <si>
     <t>Monchai</t>
   </si>
   <si>
     <t>Trakulpoochai</t>
   </si>
   <si>
     <t>16:12:23</t>
   </si>
   <si>
     <t>Dianne</t>
   </si>
   <si>
     <t>Ditona</t>
   </si>
   <si>
     <t>15:21:14</t>
   </si>
   <si>
+    <t>Lionel</t>
+  </si>
+  <si>
+    <t>Sourisseau</t>
+  </si>
+  <si>
+    <t>15:29:34</t>
+  </si>
+  <si>
     <t>Mohd Yusni</t>
   </si>
   <si>
     <t>Mohd Sani</t>
   </si>
   <si>
     <t>16:13:43</t>
   </si>
   <si>
-    <t>Lionel</t>
-[...7 lines deleted...]
-  <si>
     <t>Kate</t>
   </si>
   <si>
     <t>Shipton</t>
   </si>
   <si>
     <t>15:32:06</t>
   </si>
   <si>
     <t>Kok Ann</t>
   </si>
   <si>
     <t>Neo</t>
   </si>
   <si>
     <t>16:15:31</t>
   </si>
   <si>
     <t>Surapon</t>
   </si>
   <si>
     <t>Siripongsakorn</t>
   </si>
   <si>
     <t>16:23:05</t>
   </si>
   <si>
     <t>Akihiro</t>
   </si>
   <si>
     <t>Ishizuka</t>
   </si>
   <si>
     <t>15:34:52</t>
   </si>
   <si>
+    <t>Pavarisa</t>
+  </si>
+  <si>
+    <t>Pramual</t>
+  </si>
+  <si>
+    <t>16:23:42</t>
+  </si>
+  <si>
     <t xml:space="preserve">Hoàng Phạm </t>
   </si>
   <si>
     <t>Khánh</t>
   </si>
   <si>
     <t>15:40:21</t>
   </si>
   <si>
-    <t>Pavarisa</t>
-[...7 lines deleted...]
-  <si>
     <t>Sasikarn</t>
   </si>
   <si>
     <t>Konghakote</t>
   </si>
   <si>
     <t>16:27:05</t>
   </si>
   <si>
     <t xml:space="preserve">Khương </t>
   </si>
   <si>
     <t>15:40:36</t>
   </si>
   <si>
+    <t xml:space="preserve">Văn Hiển </t>
+  </si>
+  <si>
+    <t>Lâm</t>
+  </si>
+  <si>
+    <t>15:44:41</t>
+  </si>
+  <si>
     <t>Bee Leng</t>
   </si>
   <si>
     <t>16:28:17</t>
   </si>
   <si>
-    <t xml:space="preserve">Văn Hiển </t>
-[...7 lines deleted...]
-  <si>
     <t xml:space="preserve">Thi Tuyet Mai </t>
   </si>
   <si>
     <t>15:45:57</t>
   </si>
   <si>
     <t xml:space="preserve"> Wee Teck Eddie</t>
   </si>
   <si>
     <t>Goh</t>
   </si>
   <si>
     <t>16:28:26</t>
   </si>
   <si>
     <t>Quang Truong</t>
   </si>
   <si>
     <t>16:35:24</t>
   </si>
   <si>
     <t xml:space="preserve">Quốc Đạt </t>
   </si>
   <si>
     <t>15:46:45</t>
   </si>
   <si>
     <t xml:space="preserve">Wonbum </t>
   </si>
   <si>
     <t>Choi</t>
   </si>
   <si>
     <t>South Korea</t>
   </si>
   <si>
     <t>15:55:30</t>
   </si>
   <si>
     <t>Trung Linh</t>
   </si>
   <si>
     <t>16:36:13</t>
   </si>
   <si>
+    <t>Tuan Tran</t>
+  </si>
+  <si>
+    <t>15:57:35</t>
+  </si>
+  <si>
     <t>Tang</t>
   </si>
   <si>
     <t>Khanh Quang</t>
   </si>
   <si>
     <t>16:36:14</t>
   </si>
   <si>
-    <t>Tuan Tran</t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">Hồng Phong </t>
   </si>
   <si>
     <t>15:57:47</t>
   </si>
   <si>
     <t>Chorthip</t>
   </si>
   <si>
     <t>Utoktham</t>
   </si>
   <si>
     <t>16:36:58</t>
   </si>
   <si>
     <t>Xuan Hung</t>
   </si>
   <si>
     <t>16:40:23</t>
   </si>
   <si>
     <t>Viet Cong</t>
   </si>
   <si>
     <t>15:59:15</t>
   </si>
   <si>
     <t>Fiona</t>
   </si>
   <si>
     <t>Yeow</t>
   </si>
   <si>
     <t>15:59:25</t>
   </si>
   <si>
     <t>Methee</t>
   </si>
   <si>
     <t>Chayakulkeeree</t>
   </si>
   <si>
     <t>16:40:28</t>
   </si>
   <si>
+    <t>Hong Yeong Low</t>
+  </si>
+  <si>
+    <t>18:20:17.999999999985</t>
+  </si>
+  <si>
+    <t>Cindy</t>
+  </si>
+  <si>
+    <t>Poon</t>
+  </si>
+  <si>
+    <t>16:44:51</t>
+  </si>
+  <si>
     <t xml:space="preserve">Poo Lai </t>
   </si>
   <si>
     <t>Kuen</t>
   </si>
   <si>
     <t>16:04:38</t>
   </si>
   <si>
-    <t>Hong Yeong Low</t>
-[...13 lines deleted...]
-  <si>
     <t>Mang Yew</t>
   </si>
   <si>
     <t>Leong</t>
   </si>
   <si>
     <t>16:44:52</t>
   </si>
   <si>
     <t xml:space="preserve">Van Anh </t>
   </si>
   <si>
     <t>16:05:12</t>
   </si>
   <si>
+    <t>Minh Thao</t>
+  </si>
+  <si>
+    <t>16:49:55</t>
+  </si>
+  <si>
     <t xml:space="preserve">Dinh </t>
   </si>
   <si>
     <t>16:05:39</t>
   </si>
   <si>
-    <t>Minh Thao</t>
-[...4 lines deleted...]
-  <si>
     <t>Thaweesak</t>
   </si>
   <si>
     <t>Chieochansin</t>
   </si>
   <si>
     <t>16:50:22</t>
   </si>
   <si>
     <t xml:space="preserve">Thế Năng </t>
   </si>
   <si>
     <t>16:08:52</t>
   </si>
   <si>
+    <t xml:space="preserve">Tùng Đinh </t>
+  </si>
+  <si>
+    <t>Thanh</t>
+  </si>
+  <si>
+    <t>16:13:41</t>
+  </si>
+  <si>
     <t>Thanakorn</t>
   </si>
   <si>
     <t>Thajan</t>
   </si>
   <si>
     <t>16:50:25</t>
   </si>
   <si>
-    <t xml:space="preserve">Tùng Đinh </t>
-[...7 lines deleted...]
-  <si>
     <t>Thi Thuyet</t>
   </si>
   <si>
     <t>16:50:30</t>
   </si>
   <si>
     <t xml:space="preserve">Lê Hoài </t>
   </si>
   <si>
     <t>Nam</t>
   </si>
   <si>
     <t>16:17:44</t>
   </si>
   <si>
+    <t>Simon</t>
+  </si>
+  <si>
+    <t>Koenen</t>
+  </si>
+  <si>
+    <t>16:18:28</t>
+  </si>
+  <si>
     <t>Bin Alwee</t>
   </si>
   <si>
     <t>17:02:52</t>
   </si>
   <si>
-    <t>Simon</t>
-[...7 lines deleted...]
-  <si>
     <t>Muhammad</t>
   </si>
   <si>
     <t>Ridhwan Bin Muhammad Noor</t>
   </si>
   <si>
     <t>17:02:53</t>
   </si>
   <si>
     <t xml:space="preserve">Thuật Hoàng </t>
   </si>
   <si>
     <t>Trọng</t>
   </si>
   <si>
     <t>16:19:33</t>
   </si>
   <si>
+    <t xml:space="preserve">Vũ Anh </t>
+  </si>
+  <si>
+    <t>Quân</t>
+  </si>
+  <si>
+    <t>16:19:52</t>
+  </si>
+  <si>
     <t>Sukontha</t>
   </si>
   <si>
     <t>Jantawong</t>
   </si>
   <si>
     <t>17:10:43</t>
   </si>
   <si>
-    <t xml:space="preserve">Vũ Anh </t>
-[...5 lines deleted...]
-    <t>16:19:52</t>
+    <t xml:space="preserve">Quoc Toan </t>
+  </si>
+  <si>
+    <t>16:19:56</t>
   </si>
   <si>
     <t>Suwit</t>
   </si>
   <si>
     <t>17:10:46</t>
   </si>
   <si>
-    <t xml:space="preserve">Quoc Toan </t>
-[...2 lines deleted...]
-    <t>16:19:56</t>
+    <t xml:space="preserve">Hùng Cường </t>
+  </si>
+  <si>
+    <t>16:20:57</t>
   </si>
   <si>
     <t>Weeravut</t>
   </si>
   <si>
     <t>Sunlieng</t>
   </si>
   <si>
     <t>17:10:57</t>
   </si>
   <si>
-    <t xml:space="preserve">Hùng Cường </t>
-[...4 lines deleted...]
-  <si>
     <t>Nguyên Giáp</t>
   </si>
   <si>
     <t>16:22:45</t>
   </si>
   <si>
     <t>Nakhon</t>
   </si>
   <si>
     <t>Khaechaysaeng</t>
   </si>
   <si>
     <t>17:12:04</t>
   </si>
   <si>
     <t>Vĩnh Lê</t>
   </si>
   <si>
     <t>Đình</t>
   </si>
   <si>
     <t>16:31:35</t>
   </si>
   <si>
     <t>Tin</t>
@@ -2429,62 +2429,62 @@
   <si>
     <t>Nutthapon</t>
   </si>
   <si>
     <t>Rathie</t>
   </si>
   <si>
     <t>17:15:46</t>
   </si>
   <si>
     <t>Siriporn</t>
   </si>
   <si>
     <t>Laosang</t>
   </si>
   <si>
     <t>Phương Trần</t>
   </si>
   <si>
     <t>Thiện</t>
   </si>
   <si>
     <t>16:36:01</t>
   </si>
   <si>
+    <t>Kien Quoc</t>
+  </si>
+  <si>
+    <t>17:28:09</t>
+  </si>
+  <si>
     <t xml:space="preserve">Văn Học </t>
   </si>
   <si>
     <t>16:36:49</t>
   </si>
   <si>
-    <t>Kien Quoc</t>
-[...4 lines deleted...]
-  <si>
     <t>Tien Hung</t>
   </si>
   <si>
     <t>16:37:31</t>
   </si>
   <si>
     <t>Yaowaret</t>
   </si>
   <si>
     <t>Khueankham</t>
   </si>
   <si>
     <t>17:30:11</t>
   </si>
   <si>
     <t xml:space="preserve">Hợi Chu </t>
   </si>
   <si>
     <t>Xuân</t>
   </si>
   <si>
     <t>16:37:48</t>
   </si>
   <si>
     <t xml:space="preserve">Masae </t>
@@ -2663,152 +2663,152 @@
   <si>
     <t xml:space="preserve">Hoàng Long </t>
   </si>
   <si>
     <t>17:08:46</t>
   </si>
   <si>
     <t xml:space="preserve">Hữu Việt Cường </t>
   </si>
   <si>
     <t>17:11:58</t>
   </si>
   <si>
     <t>Hong Son</t>
   </si>
   <si>
     <t>17:18:05</t>
   </si>
   <si>
     <t>Ming Seen</t>
   </si>
   <si>
     <t>Voon</t>
   </si>
   <si>
+    <t xml:space="preserve">Yin Lye </t>
+  </si>
+  <si>
+    <t>Theam</t>
+  </si>
+  <si>
     <t>Saurabh</t>
   </si>
   <si>
     <t>Mahanta</t>
   </si>
   <si>
     <t>19:42:57</t>
   </si>
   <si>
-    <t xml:space="preserve">Yin Lye </t>
-[...4 lines deleted...]
-  <si>
     <t>Yee Choong</t>
   </si>
   <si>
     <t>Mee</t>
   </si>
   <si>
     <t xml:space="preserve">Mạnh Cường </t>
   </si>
   <si>
     <t>17:22:54</t>
   </si>
   <si>
     <t>Yih Kin Loke</t>
   </si>
   <si>
     <t>19:44:35</t>
   </si>
   <si>
+    <t>Chee Fei Ng</t>
+  </si>
+  <si>
+    <t>19:44:57</t>
+  </si>
+  <si>
     <t xml:space="preserve">Quỳnh Thoa Đào </t>
   </si>
   <si>
     <t>Thị</t>
   </si>
   <si>
     <t>17:23:28</t>
   </si>
   <si>
-    <t>Chee Fei Ng</t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">Duc Anh Tuan </t>
   </si>
   <si>
     <t>17:23:30</t>
   </si>
   <si>
     <t>Huy Huỳnh</t>
   </si>
   <si>
     <t xml:space="preserve">Anh </t>
   </si>
   <si>
     <t>17:23:35</t>
   </si>
   <si>
     <t xml:space="preserve">Tri Nguyen </t>
   </si>
   <si>
     <t>17:23:41</t>
   </si>
   <si>
     <t xml:space="preserve">Lê Thinh </t>
   </si>
   <si>
     <t>17:24:18</t>
   </si>
   <si>
     <t xml:space="preserve">Trung </t>
   </si>
   <si>
     <t xml:space="preserve">Ngoc Minh </t>
   </si>
   <si>
     <t>17:25:56</t>
   </si>
   <si>
     <t xml:space="preserve">Minh </t>
   </si>
   <si>
     <t>17:27:50</t>
   </si>
   <si>
+    <t xml:space="preserve">Ninh </t>
+  </si>
+  <si>
+    <t>17:29:52</t>
+  </si>
+  <si>
     <t>Nick Pilapil</t>
   </si>
   <si>
     <t>19:49:17</t>
   </si>
   <si>
-    <t xml:space="preserve">Ninh </t>
-[...4 lines deleted...]
-  <si>
     <t>Min Jie Alvin Tan</t>
   </si>
   <si>
     <t>19:51:05</t>
   </si>
   <si>
     <t xml:space="preserve">Thái Đạt </t>
   </si>
   <si>
     <t>17:31:32</t>
   </si>
   <si>
     <t xml:space="preserve">Hữu Hậu </t>
   </si>
   <si>
     <t xml:space="preserve">Hung Dao </t>
   </si>
   <si>
     <t>17:31:52</t>
   </si>
   <si>
     <t xml:space="preserve">Tuấn Vũ </t>
   </si>
   <si>
     <t>17:34:25</t>
@@ -3338,60 +3338,60 @@
   <si>
     <t>Kiên Cường</t>
   </si>
   <si>
     <t>Chu</t>
   </si>
   <si>
     <t>18:58:10</t>
   </si>
   <si>
     <t xml:space="preserve">Huu Anh </t>
   </si>
   <si>
     <t>18:59:55</t>
   </si>
   <si>
     <t>19:02:58</t>
   </si>
   <si>
     <t xml:space="preserve">Thị Phương Thảo </t>
   </si>
   <si>
     <t>Phạm</t>
   </si>
   <si>
+    <t xml:space="preserve">Thi Thuy My </t>
+  </si>
+  <si>
+    <t>19:02:59</t>
+  </si>
+  <si>
     <t>Weng Kit Yeong</t>
   </si>
   <si>
     <t>20:47:38</t>
-  </si>
-[...4 lines deleted...]
-    <t>19:02:59</t>
   </si>
   <si>
     <t xml:space="preserve">Kean Sek </t>
   </si>
   <si>
     <t>Yeap</t>
   </si>
   <si>
     <t>19:04:09</t>
   </si>
   <si>
     <t xml:space="preserve">Quoc Binh </t>
   </si>
   <si>
     <t>19:05:22</t>
   </si>
   <si>
     <t xml:space="preserve">Nhung Thái </t>
   </si>
   <si>
     <t>19:12:49</t>
   </si>
   <si>
     <t>Thỏa</t>
   </si>
@@ -3868,10360 +3868,10360 @@
       </c>
       <c r="H1" s="1" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
       <c r="J1" s="1" t="s">
         <v>9</v>
       </c>
       <c r="K1" s="1" t="s">
         <v>10</v>
       </c>
       <c r="L1" s="1" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="1" t="s">
         <v>12</v>
       </c>
       <c r="N1" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="2" spans="1:14">
       <c r="A2" s="2">
-        <v>108722</v>
+        <v>112241</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>15</v>
       </c>
       <c r="D2" s="2"/>
       <c r="E2" s="2">
-        <v>7040</v>
+        <v>7495</v>
       </c>
       <c r="F2" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G2" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I2" s="2">
         <v>1</v>
       </c>
       <c r="J2" s="2">
         <v>1</v>
       </c>
       <c r="K2" s="2">
-        <v>120</v>
+        <v>100</v>
       </c>
       <c r="L2" s="2">
-        <v>300</v>
+        <v>400</v>
       </c>
       <c r="M2" s="2">
         <v>0</v>
       </c>
       <c r="N2" s="2">
-        <v>420</v>
+        <v>500</v>
       </c>
     </row>
     <row r="3" spans="1:14">
       <c r="A3" s="2">
-        <v>101719</v>
+        <v>113803</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>19</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>20</v>
       </c>
       <c r="D3" s="2"/>
       <c r="E3" s="2">
-        <v>7009</v>
+        <v>7322</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G3" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H3" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I3" s="2">
         <v>1</v>
       </c>
       <c r="J3" s="2">
         <v>1</v>
       </c>
       <c r="K3" s="2">
         <v>70</v>
       </c>
       <c r="L3" s="2">
-        <v>200</v>
+        <v>300</v>
       </c>
       <c r="M3" s="2">
         <v>0</v>
       </c>
       <c r="N3" s="2">
-        <v>270</v>
+        <v>370</v>
       </c>
     </row>
     <row r="4" spans="1:14">
       <c r="A4" s="2">
-        <v>115610</v>
+        <v>121813</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>23</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>24</v>
       </c>
       <c r="D4" s="2"/>
       <c r="E4" s="2">
-        <v>7302</v>
+        <v>7470</v>
       </c>
       <c r="F4" s="2" t="s">
         <v>25</v>
       </c>
       <c r="G4" s="2" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="H4" s="2" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="I4" s="2">
         <v>1</v>
       </c>
       <c r="J4" s="2">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="K4" s="2">
-        <v>70</v>
+        <v>100</v>
       </c>
       <c r="L4" s="2">
-        <v>150</v>
+        <v>400</v>
       </c>
       <c r="M4" s="2">
         <v>0</v>
       </c>
       <c r="N4" s="2">
-        <v>220</v>
+        <v>500</v>
       </c>
     </row>
     <row r="5" spans="1:14">
       <c r="A5" s="2">
-        <v>112241</v>
+        <v>108722</v>
       </c>
       <c r="B5" s="2" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C5" s="2" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2">
-        <v>7495</v>
+        <v>7040</v>
       </c>
       <c r="F5" s="2" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="G5" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H5" s="2" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="I5" s="2">
         <v>1</v>
       </c>
       <c r="J5" s="2">
         <v>1</v>
       </c>
       <c r="K5" s="2">
-        <v>100</v>
+        <v>120</v>
       </c>
       <c r="L5" s="2">
-        <v>400</v>
+        <v>300</v>
       </c>
       <c r="M5" s="2">
         <v>0</v>
       </c>
       <c r="N5" s="2">
-        <v>500</v>
+        <v>420</v>
       </c>
     </row>
     <row r="6" spans="1:14">
       <c r="A6" s="2">
-        <v>113803</v>
+        <v>115610</v>
       </c>
       <c r="B6" s="2" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C6" s="2" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2">
-        <v>7322</v>
+        <v>7302</v>
       </c>
       <c r="F6" s="2" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="G6" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H6" s="2" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="I6" s="2">
         <v>1</v>
       </c>
       <c r="J6" s="2">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="K6" s="2">
         <v>70</v>
       </c>
       <c r="L6" s="2">
-        <v>300</v>
+        <v>150</v>
       </c>
       <c r="M6" s="2">
         <v>0</v>
       </c>
       <c r="N6" s="2">
-        <v>370</v>
+        <v>220</v>
       </c>
     </row>
     <row r="7" spans="1:14">
       <c r="A7" s="2">
-        <v>121813</v>
+        <v>101719</v>
       </c>
       <c r="B7" s="2" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="C7" s="2" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2">
-        <v>7470</v>
+        <v>7009</v>
       </c>
       <c r="F7" s="2" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="G7" s="2" t="s">
-        <v>38</v>
+        <v>17</v>
       </c>
       <c r="H7" s="2" t="s">
         <v>39</v>
       </c>
       <c r="I7" s="2">
         <v>1</v>
       </c>
       <c r="J7" s="2">
         <v>1</v>
       </c>
       <c r="K7" s="2">
-        <v>100</v>
+        <v>70</v>
       </c>
       <c r="L7" s="2">
-        <v>400</v>
+        <v>200</v>
       </c>
       <c r="M7" s="2">
         <v>0</v>
       </c>
       <c r="N7" s="2">
-        <v>500</v>
+        <v>270</v>
       </c>
     </row>
     <row r="8" spans="1:14">
       <c r="A8" s="2">
-        <v>118483</v>
+        <v>115608</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>40</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>41</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2">
-        <v>7024</v>
+        <v>7113</v>
       </c>
       <c r="F8" s="2" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="G8" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H8" s="2" t="s">
         <v>42</v>
       </c>
       <c r="I8" s="2">
         <v>2</v>
       </c>
       <c r="J8" s="2">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="K8" s="2">
-        <v>120</v>
+        <v>70</v>
       </c>
       <c r="L8" s="2">
-        <v>250</v>
+        <v>225</v>
       </c>
       <c r="M8" s="2">
         <v>0</v>
       </c>
       <c r="N8" s="2">
-        <v>370</v>
+        <v>295</v>
       </c>
     </row>
     <row r="9" spans="1:14">
       <c r="A9" s="2">
-        <v>111874</v>
+        <v>122616</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>43</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>44</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2">
-        <v>7355</v>
+        <v>7021</v>
       </c>
       <c r="F9" s="2" t="s">
-        <v>25</v>
+        <v>45</v>
       </c>
       <c r="G9" s="2" t="s">
-        <v>38</v>
+        <v>17</v>
       </c>
       <c r="H9" s="2" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="I9" s="2">
         <v>2</v>
       </c>
       <c r="J9" s="2">
         <v>2</v>
       </c>
       <c r="K9" s="2">
         <v>100</v>
       </c>
       <c r="L9" s="2">
         <v>350</v>
       </c>
       <c r="M9" s="2">
         <v>0</v>
       </c>
       <c r="N9" s="2">
         <v>450</v>
       </c>
     </row>
     <row r="10" spans="1:14">
       <c r="A10" s="2">
-        <v>115611</v>
+        <v>118483</v>
       </c>
       <c r="B10" s="2" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="C10" s="2" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2">
-        <v>7231</v>
+        <v>7024</v>
       </c>
       <c r="F10" s="2" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G10" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H10" s="2" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="I10" s="2">
         <v>2</v>
       </c>
       <c r="J10" s="2">
-        <v>7</v>
+        <v>2</v>
       </c>
       <c r="K10" s="2">
-        <v>70</v>
+        <v>120</v>
       </c>
       <c r="L10" s="2">
-        <v>145</v>
+        <v>250</v>
       </c>
       <c r="M10" s="2">
         <v>0</v>
       </c>
       <c r="N10" s="2">
-        <v>215</v>
+        <v>370</v>
       </c>
     </row>
     <row r="11" spans="1:14">
       <c r="A11" s="2">
-        <v>122616</v>
+        <v>111874</v>
       </c>
       <c r="B11" s="2" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="C11" s="2" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2">
-        <v>7021</v>
+        <v>7355</v>
       </c>
       <c r="F11" s="2" t="s">
-        <v>51</v>
+        <v>34</v>
       </c>
       <c r="G11" s="2" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="H11" s="2" t="s">
         <v>52</v>
       </c>
       <c r="I11" s="2">
         <v>2</v>
       </c>
       <c r="J11" s="2">
         <v>2</v>
       </c>
       <c r="K11" s="2">
         <v>100</v>
       </c>
       <c r="L11" s="2">
         <v>350</v>
       </c>
       <c r="M11" s="2">
         <v>0</v>
       </c>
       <c r="N11" s="2">
         <v>450</v>
       </c>
     </row>
     <row r="12" spans="1:14">
       <c r="A12" s="2">
-        <v>101720</v>
+        <v>115611</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>53</v>
       </c>
       <c r="C12" s="2" t="s">
         <v>54</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2">
-        <v>7017</v>
+        <v>7231</v>
       </c>
       <c r="F12" s="2" t="s">
+        <v>38</v>
+      </c>
+      <c r="G12" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="H12" s="2" t="s">
         <v>55</v>
-      </c>
-[...4 lines deleted...]
-        <v>56</v>
       </c>
       <c r="I12" s="2">
         <v>2</v>
       </c>
       <c r="J12" s="2">
-        <v>2</v>
+        <v>7</v>
       </c>
       <c r="K12" s="2">
         <v>70</v>
       </c>
       <c r="L12" s="2">
-        <v>150</v>
+        <v>145</v>
       </c>
       <c r="M12" s="2">
         <v>0</v>
       </c>
       <c r="N12" s="2">
-        <v>220</v>
+        <v>215</v>
       </c>
     </row>
     <row r="13" spans="1:14">
       <c r="A13" s="2">
-        <v>115608</v>
+        <v>101720</v>
       </c>
       <c r="B13" s="2" t="s">
+        <v>56</v>
+      </c>
+      <c r="C13" s="2" t="s">
         <v>57</v>
-      </c>
-[...1 lines deleted...]
-        <v>58</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2">
-        <v>7113</v>
+        <v>7017</v>
       </c>
       <c r="F13" s="2" t="s">
-        <v>25</v>
+        <v>58</v>
       </c>
       <c r="G13" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H13" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I13" s="2">
         <v>2</v>
       </c>
       <c r="J13" s="2">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="K13" s="2">
         <v>70</v>
       </c>
       <c r="L13" s="2">
-        <v>225</v>
+        <v>150</v>
       </c>
       <c r="M13" s="2">
         <v>0</v>
       </c>
       <c r="N13" s="2">
-        <v>295</v>
+        <v>220</v>
       </c>
     </row>
     <row r="14" spans="1:14">
       <c r="A14" s="2">
-        <v>115609</v>
+        <v>118485</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>60</v>
       </c>
       <c r="C14" s="2" t="s">
         <v>61</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2">
-        <v>7221</v>
+        <v>7469</v>
       </c>
       <c r="F14" s="2" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="G14" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H14" s="2" t="s">
         <v>62</v>
       </c>
       <c r="I14" s="2">
         <v>3</v>
       </c>
       <c r="J14" s="2">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="K14" s="2">
-        <v>70</v>
+        <v>100</v>
       </c>
       <c r="L14" s="2">
-        <v>200</v>
+        <v>325</v>
       </c>
       <c r="M14" s="2">
         <v>0</v>
       </c>
       <c r="N14" s="2">
-        <v>270</v>
+        <v>425</v>
       </c>
     </row>
     <row r="15" spans="1:14">
       <c r="A15" s="2">
-        <v>118485</v>
+        <v>115609</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>63</v>
       </c>
       <c r="C15" s="2" t="s">
         <v>64</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2">
-        <v>7469</v>
+        <v>7221</v>
       </c>
       <c r="F15" s="2" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="G15" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H15" s="2" t="s">
         <v>65</v>
       </c>
       <c r="I15" s="2">
         <v>3</v>
       </c>
       <c r="J15" s="2">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="K15" s="2">
-        <v>100</v>
+        <v>70</v>
       </c>
       <c r="L15" s="2">
-        <v>325</v>
+        <v>200</v>
       </c>
       <c r="M15" s="2">
         <v>0</v>
       </c>
       <c r="N15" s="2">
-        <v>425</v>
+        <v>270</v>
       </c>
     </row>
     <row r="16" spans="1:14">
       <c r="A16" s="2">
-        <v>103765</v>
+        <v>120423</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>66</v>
       </c>
       <c r="C16" s="2" t="s">
         <v>67</v>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2">
-        <v>7320</v>
+        <v>7020</v>
       </c>
       <c r="F16" s="2" t="s">
         <v>68</v>
       </c>
       <c r="G16" s="2" t="s">
-        <v>38</v>
+        <v>26</v>
       </c>
       <c r="H16" s="2" t="s">
         <v>69</v>
       </c>
       <c r="I16" s="2">
         <v>3</v>
       </c>
       <c r="J16" s="2">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="K16" s="2">
-        <v>70</v>
+        <v>100</v>
       </c>
       <c r="L16" s="2">
-        <v>300</v>
+        <v>325</v>
       </c>
       <c r="M16" s="2">
         <v>0</v>
       </c>
       <c r="N16" s="2">
-        <v>370</v>
+        <v>425</v>
       </c>
     </row>
     <row r="17" spans="1:14">
       <c r="A17" s="2">
-        <v>120423</v>
+        <v>101721</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>70</v>
       </c>
       <c r="C17" s="2" t="s">
         <v>71</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2">
-        <v>7020</v>
+        <v>7103</v>
       </c>
       <c r="F17" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="G17" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="H17" s="2" t="s">
         <v>72</v>
-      </c>
-[...4 lines deleted...]
-        <v>73</v>
       </c>
       <c r="I17" s="2">
         <v>3</v>
       </c>
       <c r="J17" s="2">
         <v>3</v>
       </c>
       <c r="K17" s="2">
-        <v>100</v>
+        <v>70</v>
       </c>
       <c r="L17" s="2">
-        <v>325</v>
+        <v>125</v>
       </c>
       <c r="M17" s="2">
         <v>0</v>
       </c>
       <c r="N17" s="2">
-        <v>425</v>
+        <v>195</v>
       </c>
     </row>
     <row r="18" spans="1:14">
       <c r="A18" s="2">
-        <v>118484</v>
+        <v>103765</v>
       </c>
       <c r="B18" s="2" t="s">
+        <v>73</v>
+      </c>
+      <c r="C18" s="2" t="s">
         <v>74</v>
-      </c>
-[...1 lines deleted...]
-        <v>75</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2">
-        <v>7154</v>
+        <v>7320</v>
       </c>
       <c r="F18" s="2" t="s">
+        <v>75</v>
+      </c>
+      <c r="G18" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="H18" s="2" t="s">
         <v>76</v>
-      </c>
-[...4 lines deleted...]
-        <v>77</v>
       </c>
       <c r="I18" s="2">
         <v>3</v>
       </c>
       <c r="J18" s="2">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="K18" s="2">
-        <v>120</v>
+        <v>70</v>
       </c>
       <c r="L18" s="2">
-        <v>225</v>
+        <v>300</v>
       </c>
       <c r="M18" s="2">
         <v>0</v>
       </c>
       <c r="N18" s="2">
-        <v>345</v>
+        <v>370</v>
       </c>
     </row>
     <row r="19" spans="1:14">
       <c r="A19" s="2">
-        <v>101721</v>
+        <v>118484</v>
       </c>
       <c r="B19" s="2" t="s">
+        <v>77</v>
+      </c>
+      <c r="C19" s="2" t="s">
         <v>78</v>
-      </c>
-[...1 lines deleted...]
-        <v>79</v>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2">
-        <v>7103</v>
+        <v>7154</v>
       </c>
       <c r="F19" s="2" t="s">
-        <v>25</v>
+        <v>79</v>
       </c>
       <c r="G19" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H19" s="2" t="s">
         <v>80</v>
       </c>
       <c r="I19" s="2">
         <v>3</v>
       </c>
       <c r="J19" s="2">
         <v>3</v>
       </c>
       <c r="K19" s="2">
-        <v>70</v>
+        <v>120</v>
       </c>
       <c r="L19" s="2">
-        <v>125</v>
+        <v>225</v>
       </c>
       <c r="M19" s="2">
         <v>0</v>
       </c>
       <c r="N19" s="2">
-        <v>195</v>
+        <v>345</v>
       </c>
     </row>
     <row r="20" spans="1:14">
       <c r="A20" s="2">
-        <v>115607</v>
+        <v>101722</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>81</v>
       </c>
       <c r="C20" s="2" t="s">
         <v>82</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2">
-        <v>7288</v>
+        <v>7001</v>
       </c>
       <c r="F20" s="2" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="G20" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H20" s="2" t="s">
         <v>83</v>
       </c>
       <c r="I20" s="2">
         <v>4</v>
       </c>
       <c r="J20" s="2">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="K20" s="2">
         <v>70</v>
       </c>
       <c r="L20" s="2">
-        <v>250</v>
+        <v>100</v>
       </c>
       <c r="M20" s="2">
         <v>0</v>
       </c>
       <c r="N20" s="2">
-        <v>320</v>
+        <v>170</v>
       </c>
     </row>
     <row r="21" spans="1:14">
       <c r="A21" s="2">
-        <v>111782</v>
+        <v>115612</v>
       </c>
       <c r="B21" s="2" t="s">
-        <v>15</v>
+        <v>84</v>
       </c>
       <c r="C21" s="2" t="s">
-        <v>23</v>
+        <v>85</v>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2">
-        <v>7209</v>
+        <v>7173</v>
       </c>
       <c r="F21" s="2" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="G21" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H21" s="2" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="I21" s="2">
         <v>4</v>
       </c>
       <c r="J21" s="2">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="K21" s="2">
-        <v>0</v>
+        <v>70</v>
       </c>
       <c r="L21" s="2">
-        <v>0</v>
+        <v>140</v>
       </c>
       <c r="M21" s="2">
         <v>0</v>
       </c>
       <c r="N21" s="2">
-        <v>0</v>
+        <v>210</v>
       </c>
     </row>
     <row r="22" spans="1:14">
       <c r="A22" s="2">
-        <v>108722</v>
+        <v>111782</v>
       </c>
       <c r="B22" s="2" t="s">
-        <v>14</v>
+        <v>29</v>
       </c>
       <c r="C22" s="2" t="s">
-        <v>15</v>
+        <v>32</v>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2">
-        <v>7478</v>
+        <v>7209</v>
       </c>
       <c r="F22" s="2" t="s">
-        <v>16</v>
+        <v>34</v>
       </c>
       <c r="G22" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H22" s="2" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="I22" s="2">
         <v>4</v>
       </c>
       <c r="J22" s="2">
         <v>4</v>
       </c>
       <c r="K22" s="2">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="L22" s="2">
-        <v>300</v>
+        <v>0</v>
       </c>
       <c r="M22" s="2">
         <v>0</v>
       </c>
       <c r="N22" s="2">
-        <v>400</v>
+        <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:14">
       <c r="A23" s="2">
-        <v>122632</v>
-[...1 lines deleted...]
-      <c r="B23" s="2"/>
+        <v>115607</v>
+      </c>
+      <c r="B23" s="2" t="s">
+        <v>88</v>
+      </c>
       <c r="C23" s="2" t="s">
-        <v>86</v>
+        <v>89</v>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="2">
-        <v>7411</v>
+        <v>7288</v>
       </c>
       <c r="F23" s="2" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="G23" s="2" t="s">
-        <v>38</v>
+        <v>17</v>
       </c>
       <c r="H23" s="2" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="I23" s="2">
         <v>4</v>
       </c>
       <c r="J23" s="2">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="K23" s="2">
-        <v>100</v>
+        <v>70</v>
       </c>
       <c r="L23" s="2">
-        <v>300</v>
+        <v>250</v>
       </c>
       <c r="M23" s="2">
         <v>0</v>
       </c>
       <c r="N23" s="2">
-        <v>400</v>
+        <v>320</v>
       </c>
     </row>
     <row r="24" spans="1:14">
       <c r="A24" s="2">
-        <v>101722</v>
+        <v>108722</v>
       </c>
       <c r="B24" s="2" t="s">
-        <v>88</v>
+        <v>28</v>
       </c>
       <c r="C24" s="2" t="s">
-        <v>89</v>
+        <v>29</v>
       </c>
       <c r="D24" s="2"/>
       <c r="E24" s="2">
-        <v>7001</v>
+        <v>7478</v>
       </c>
       <c r="F24" s="2" t="s">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="G24" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H24" s="2" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="I24" s="2">
         <v>4</v>
       </c>
       <c r="J24" s="2">
         <v>4</v>
       </c>
       <c r="K24" s="2">
-        <v>70</v>
+        <v>100</v>
       </c>
       <c r="L24" s="2">
-        <v>100</v>
+        <v>300</v>
       </c>
       <c r="M24" s="2">
         <v>0</v>
       </c>
       <c r="N24" s="2">
-        <v>170</v>
+        <v>400</v>
       </c>
     </row>
     <row r="25" spans="1:14">
       <c r="A25" s="2">
-        <v>115612</v>
-[...3 lines deleted...]
-      </c>
+        <v>122632</v>
+      </c>
+      <c r="B25" s="2"/>
       <c r="C25" s="2" t="s">
         <v>92</v>
       </c>
       <c r="D25" s="2"/>
       <c r="E25" s="2">
-        <v>7173</v>
+        <v>7411</v>
       </c>
       <c r="F25" s="2" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="G25" s="2" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="H25" s="2" t="s">
         <v>93</v>
       </c>
       <c r="I25" s="2">
         <v>4</v>
       </c>
       <c r="J25" s="2">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="K25" s="2">
-        <v>70</v>
+        <v>100</v>
       </c>
       <c r="L25" s="2">
-        <v>140</v>
+        <v>300</v>
       </c>
       <c r="M25" s="2">
         <v>0</v>
       </c>
       <c r="N25" s="2">
-        <v>210</v>
+        <v>400</v>
       </c>
     </row>
     <row r="26" spans="1:14">
       <c r="A26" s="2">
-        <v>115613</v>
+        <v>101723</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>94</v>
       </c>
       <c r="C26" s="2" t="s">
         <v>95</v>
       </c>
       <c r="D26" s="2"/>
       <c r="E26" s="2">
-        <v>7227</v>
+        <v>7098</v>
       </c>
       <c r="F26" s="2" t="s">
+        <v>25</v>
+      </c>
+      <c r="G26" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="H26" s="2" t="s">
         <v>96</v>
-      </c>
-[...4 lines deleted...]
-        <v>97</v>
       </c>
       <c r="I26" s="2">
         <v>5</v>
       </c>
       <c r="J26" s="2">
-        <v>9</v>
+        <v>1</v>
       </c>
       <c r="K26" s="2">
         <v>70</v>
       </c>
       <c r="L26" s="2">
-        <v>135</v>
+        <v>200</v>
       </c>
       <c r="M26" s="2">
         <v>0</v>
       </c>
       <c r="N26" s="2">
-        <v>205</v>
+        <v>270</v>
       </c>
     </row>
     <row r="27" spans="1:14">
       <c r="A27" s="2">
-        <v>121316</v>
+        <v>113893</v>
       </c>
       <c r="B27" s="2" t="s">
+        <v>97</v>
+      </c>
+      <c r="C27" s="2" t="s">
         <v>98</v>
-      </c>
-[...1 lines deleted...]
-        <v>99</v>
       </c>
       <c r="D27" s="2"/>
       <c r="E27" s="2">
-        <v>7006</v>
+        <v>7316</v>
       </c>
       <c r="F27" s="2" t="s">
+        <v>99</v>
+      </c>
+      <c r="G27" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="H27" s="2" t="s">
         <v>100</v>
-      </c>
-[...4 lines deleted...]
-        <v>101</v>
       </c>
       <c r="I27" s="2">
         <v>5</v>
       </c>
       <c r="J27" s="2">
         <v>5</v>
       </c>
       <c r="K27" s="2">
-        <v>100</v>
+        <v>70</v>
       </c>
       <c r="L27" s="2">
-        <v>275</v>
+        <v>175</v>
       </c>
       <c r="M27" s="2">
         <v>0</v>
       </c>
       <c r="N27" s="2">
-        <v>375</v>
+        <v>245</v>
       </c>
     </row>
     <row r="28" spans="1:14">
       <c r="A28" s="2">
-        <v>122617</v>
+        <v>115613</v>
       </c>
       <c r="B28" s="2" t="s">
+        <v>101</v>
+      </c>
+      <c r="C28" s="2" t="s">
         <v>102</v>
-      </c>
-[...1 lines deleted...]
-        <v>103</v>
       </c>
       <c r="D28" s="2"/>
       <c r="E28" s="2">
-        <v>7462</v>
+        <v>7227</v>
       </c>
       <c r="F28" s="2" t="s">
-        <v>25</v>
+        <v>103</v>
       </c>
       <c r="G28" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H28" s="2" t="s">
-        <v>85</v>
+        <v>104</v>
       </c>
       <c r="I28" s="2">
         <v>5</v>
       </c>
       <c r="J28" s="2">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="K28" s="2">
-        <v>100</v>
+        <v>70</v>
       </c>
       <c r="L28" s="2">
-        <v>275</v>
+        <v>135</v>
       </c>
       <c r="M28" s="2">
         <v>0</v>
       </c>
       <c r="N28" s="2">
-        <v>375</v>
+        <v>205</v>
       </c>
     </row>
     <row r="29" spans="1:14">
       <c r="A29" s="2">
-        <v>101723</v>
+        <v>122617</v>
       </c>
       <c r="B29" s="2" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="C29" s="2" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="D29" s="2"/>
       <c r="E29" s="2">
-        <v>7098</v>
+        <v>7462</v>
       </c>
       <c r="F29" s="2" t="s">
-        <v>37</v>
+        <v>34</v>
       </c>
       <c r="G29" s="2" t="s">
-        <v>38</v>
+        <v>17</v>
       </c>
       <c r="H29" s="2" t="s">
-        <v>106</v>
+        <v>91</v>
       </c>
       <c r="I29" s="2">
         <v>5</v>
       </c>
       <c r="J29" s="2">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="K29" s="2">
-        <v>70</v>
+        <v>100</v>
       </c>
       <c r="L29" s="2">
-        <v>200</v>
+        <v>275</v>
       </c>
       <c r="M29" s="2">
         <v>0</v>
       </c>
       <c r="N29" s="2">
-        <v>270</v>
+        <v>375</v>
       </c>
     </row>
     <row r="30" spans="1:14">
       <c r="A30" s="2">
-        <v>118485</v>
+        <v>121316</v>
       </c>
       <c r="B30" s="2" t="s">
-        <v>63</v>
+        <v>107</v>
       </c>
       <c r="C30" s="2" t="s">
-        <v>64</v>
+        <v>108</v>
       </c>
       <c r="D30" s="2"/>
       <c r="E30" s="2">
-        <v>7029</v>
+        <v>7006</v>
       </c>
       <c r="F30" s="2" t="s">
-        <v>25</v>
+        <v>109</v>
       </c>
       <c r="G30" s="2" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="H30" s="2" t="s">
-        <v>107</v>
+        <v>110</v>
       </c>
       <c r="I30" s="2">
         <v>5</v>
       </c>
       <c r="J30" s="2">
         <v>5</v>
       </c>
       <c r="K30" s="2">
-        <v>120</v>
+        <v>100</v>
       </c>
       <c r="L30" s="2">
-        <v>175</v>
+        <v>275</v>
       </c>
       <c r="M30" s="2">
         <v>0</v>
       </c>
       <c r="N30" s="2">
-        <v>295</v>
+        <v>375</v>
       </c>
     </row>
     <row r="31" spans="1:14">
       <c r="A31" s="2">
-        <v>113893</v>
+        <v>118485</v>
       </c>
       <c r="B31" s="2" t="s">
-        <v>108</v>
+        <v>60</v>
       </c>
       <c r="C31" s="2" t="s">
-        <v>109</v>
+        <v>61</v>
       </c>
       <c r="D31" s="2"/>
       <c r="E31" s="2">
-        <v>7316</v>
+        <v>7029</v>
       </c>
       <c r="F31" s="2" t="s">
-        <v>110</v>
+        <v>34</v>
       </c>
       <c r="G31" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H31" s="2" t="s">
         <v>111</v>
       </c>
       <c r="I31" s="2">
         <v>5</v>
       </c>
       <c r="J31" s="2">
         <v>5</v>
       </c>
       <c r="K31" s="2">
-        <v>70</v>
+        <v>120</v>
       </c>
       <c r="L31" s="2">
         <v>175</v>
       </c>
       <c r="M31" s="2">
         <v>0</v>
       </c>
       <c r="N31" s="2">
-        <v>245</v>
+        <v>295</v>
       </c>
     </row>
     <row r="32" spans="1:14">
       <c r="A32" s="2">
-        <v>101724</v>
+        <v>111782</v>
       </c>
       <c r="B32" s="2" t="s">
-        <v>15</v>
+        <v>29</v>
       </c>
       <c r="C32" s="2" t="s">
-        <v>112</v>
+        <v>32</v>
       </c>
       <c r="D32" s="2"/>
       <c r="E32" s="2">
-        <v>7076</v>
+        <v>7368</v>
       </c>
       <c r="F32" s="2" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="G32" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H32" s="2" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="I32" s="2">
         <v>6</v>
       </c>
       <c r="J32" s="2">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="K32" s="2">
-        <v>70</v>
+        <v>100</v>
       </c>
       <c r="L32" s="2">
-        <v>75</v>
+        <v>250</v>
       </c>
       <c r="M32" s="2">
         <v>0</v>
       </c>
       <c r="N32" s="2">
-        <v>145</v>
+        <v>350</v>
       </c>
     </row>
     <row r="33" spans="1:14">
       <c r="A33" s="2">
-        <v>109936</v>
+        <v>101724</v>
       </c>
       <c r="B33" s="2" t="s">
-        <v>114</v>
+        <v>29</v>
       </c>
       <c r="C33" s="2" t="s">
-        <v>115</v>
+        <v>113</v>
       </c>
       <c r="D33" s="2"/>
       <c r="E33" s="2">
-        <v>7109</v>
-[...1 lines deleted...]
-      <c r="F33" s="2"/>
+        <v>7076</v>
+      </c>
+      <c r="F33" s="2" t="s">
+        <v>34</v>
+      </c>
       <c r="G33" s="2" t="s">
-        <v>38</v>
+        <v>17</v>
       </c>
       <c r="H33" s="2" t="s">
-        <v>116</v>
+        <v>114</v>
       </c>
       <c r="I33" s="2">
         <v>6</v>
       </c>
       <c r="J33" s="2">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="K33" s="2">
-        <v>100</v>
+        <v>70</v>
       </c>
       <c r="L33" s="2">
-        <v>250</v>
+        <v>75</v>
       </c>
       <c r="M33" s="2">
         <v>0</v>
       </c>
       <c r="N33" s="2">
-        <v>350</v>
+        <v>145</v>
       </c>
     </row>
     <row r="34" spans="1:14">
       <c r="A34" s="2">
-        <v>115614</v>
+        <v>109936</v>
       </c>
       <c r="B34" s="2" t="s">
-        <v>117</v>
+        <v>115</v>
       </c>
       <c r="C34" s="2" t="s">
-        <v>118</v>
+        <v>116</v>
       </c>
       <c r="D34" s="2"/>
       <c r="E34" s="2">
-        <v>7228</v>
-[...3 lines deleted...]
-      </c>
+        <v>7109</v>
+      </c>
+      <c r="F34" s="2"/>
       <c r="G34" s="2" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="H34" s="2" t="s">
-        <v>97</v>
+        <v>117</v>
       </c>
       <c r="I34" s="2">
         <v>6</v>
       </c>
       <c r="J34" s="2">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="K34" s="2">
-        <v>70</v>
+        <v>100</v>
       </c>
       <c r="L34" s="2">
-        <v>130</v>
+        <v>250</v>
       </c>
       <c r="M34" s="2">
         <v>0</v>
       </c>
       <c r="N34" s="2">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="35" spans="1:14">
       <c r="A35" s="2">
-        <v>111782</v>
+        <v>115614</v>
       </c>
       <c r="B35" s="2" t="s">
-        <v>15</v>
+        <v>118</v>
       </c>
       <c r="C35" s="2" t="s">
-        <v>23</v>
+        <v>119</v>
       </c>
       <c r="D35" s="2"/>
       <c r="E35" s="2">
-        <v>7368</v>
+        <v>7228</v>
       </c>
       <c r="F35" s="2" t="s">
-        <v>25</v>
+        <v>120</v>
       </c>
       <c r="G35" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H35" s="2" t="s">
-        <v>120</v>
+        <v>104</v>
       </c>
       <c r="I35" s="2">
         <v>6</v>
       </c>
       <c r="J35" s="2">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="K35" s="2">
-        <v>100</v>
+        <v>70</v>
       </c>
       <c r="L35" s="2">
-        <v>250</v>
+        <v>130</v>
       </c>
       <c r="M35" s="2">
         <v>0</v>
       </c>
       <c r="N35" s="2">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="36" spans="1:14">
       <c r="A36" s="2">
         <v>118422</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>121</v>
       </c>
       <c r="C36" s="2" t="s">
         <v>122</v>
       </c>
       <c r="D36" s="2"/>
       <c r="E36" s="2">
         <v>7181</v>
       </c>
       <c r="F36" s="2" t="s">
         <v>123</v>
       </c>
       <c r="G36" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H36" s="2" t="s">
         <v>124</v>
       </c>
       <c r="I36" s="2">
         <v>6</v>
       </c>
       <c r="J36" s="2">
         <v>6</v>
       </c>
       <c r="K36" s="2">
         <v>0</v>
       </c>
       <c r="L36" s="2">
         <v>0</v>
       </c>
       <c r="M36" s="2">
         <v>0</v>
       </c>
       <c r="N36" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="37" spans="1:14">
       <c r="A37" s="2">
-        <v>102021</v>
-[...3 lines deleted...]
-      </c>
+        <v>122638</v>
+      </c>
+      <c r="B37" s="2"/>
       <c r="C37" s="2" t="s">
         <v>125</v>
       </c>
       <c r="D37" s="2"/>
       <c r="E37" s="2">
         <v>7239</v>
       </c>
       <c r="F37" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="G37" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="H37" s="2" t="s">
         <v>126</v>
-      </c>
-[...4 lines deleted...]
-        <v>127</v>
       </c>
       <c r="I37" s="2">
         <v>7</v>
       </c>
       <c r="J37" s="2">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="K37" s="2">
-        <v>70</v>
+        <v>100</v>
       </c>
       <c r="L37" s="2">
-        <v>125</v>
+        <v>240</v>
       </c>
       <c r="M37" s="2">
         <v>0</v>
       </c>
       <c r="N37" s="2">
-        <v>195</v>
+        <v>340</v>
       </c>
     </row>
     <row r="38" spans="1:14">
       <c r="A38" s="2">
-        <v>122638</v>
-[...1 lines deleted...]
-      <c r="B38" s="2"/>
+        <v>122618</v>
+      </c>
+      <c r="B38" s="2" t="s">
+        <v>127</v>
+      </c>
       <c r="C38" s="2" t="s">
-        <v>128</v>
+        <v>29</v>
       </c>
       <c r="D38" s="2"/>
       <c r="E38" s="2">
-        <v>7239</v>
+        <v>7091</v>
       </c>
       <c r="F38" s="2" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="G38" s="2" t="s">
-        <v>38</v>
+        <v>17</v>
       </c>
       <c r="H38" s="2" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="I38" s="2">
         <v>7</v>
       </c>
       <c r="J38" s="2">
         <v>7</v>
       </c>
       <c r="K38" s="2">
         <v>100</v>
       </c>
       <c r="L38" s="2">
         <v>240</v>
       </c>
       <c r="M38" s="2">
         <v>0</v>
       </c>
       <c r="N38" s="2">
         <v>340</v>
       </c>
     </row>
     <row r="39" spans="1:14">
       <c r="A39" s="2">
-        <v>122618</v>
+        <v>102021</v>
       </c>
       <c r="B39" s="2" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="C39" s="2" t="s">
-        <v>15</v>
+        <v>129</v>
       </c>
       <c r="D39" s="2"/>
       <c r="E39" s="2">
-        <v>7091</v>
+        <v>7239</v>
       </c>
       <c r="F39" s="2" t="s">
-        <v>25</v>
+        <v>130</v>
       </c>
       <c r="G39" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H39" s="2" t="s">
         <v>131</v>
       </c>
       <c r="I39" s="2">
         <v>7</v>
       </c>
       <c r="J39" s="2">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="K39" s="2">
-        <v>100</v>
+        <v>70</v>
       </c>
       <c r="L39" s="2">
-        <v>240</v>
+        <v>125</v>
       </c>
       <c r="M39" s="2">
         <v>0</v>
       </c>
       <c r="N39" s="2">
-        <v>340</v>
+        <v>195</v>
       </c>
     </row>
     <row r="40" spans="1:14">
       <c r="A40" s="2">
-        <v>118486</v>
+        <v>101725</v>
       </c>
       <c r="B40" s="2" t="s">
+        <v>29</v>
+      </c>
+      <c r="C40" s="2" t="s">
         <v>132</v>
-      </c>
-[...1 lines deleted...]
-        <v>133</v>
       </c>
       <c r="D40" s="2"/>
       <c r="E40" s="2">
-        <v>7039</v>
+        <v>7073</v>
       </c>
       <c r="F40" s="2" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G40" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H40" s="2" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="I40" s="2">
         <v>7</v>
       </c>
       <c r="J40" s="2">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="K40" s="2">
-        <v>120</v>
+        <v>70</v>
       </c>
       <c r="L40" s="2">
-        <v>145</v>
+        <v>70</v>
       </c>
       <c r="M40" s="2">
         <v>0</v>
       </c>
       <c r="N40" s="2">
-        <v>265</v>
+        <v>140</v>
       </c>
     </row>
     <row r="41" spans="1:14">
       <c r="A41" s="2">
-        <v>101725</v>
+        <v>118486</v>
       </c>
       <c r="B41" s="2" t="s">
-        <v>15</v>
+        <v>134</v>
       </c>
       <c r="C41" s="2" t="s">
         <v>135</v>
       </c>
       <c r="D41" s="2"/>
       <c r="E41" s="2">
-        <v>7073</v>
+        <v>7039</v>
       </c>
       <c r="F41" s="2" t="s">
-        <v>25</v>
+        <v>38</v>
       </c>
       <c r="G41" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H41" s="2" t="s">
         <v>136</v>
       </c>
       <c r="I41" s="2">
         <v>7</v>
       </c>
       <c r="J41" s="2">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="K41" s="2">
-        <v>70</v>
+        <v>120</v>
       </c>
       <c r="L41" s="2">
-        <v>70</v>
+        <v>145</v>
       </c>
       <c r="M41" s="2">
         <v>0</v>
       </c>
       <c r="N41" s="2">
-        <v>140</v>
+        <v>265</v>
       </c>
     </row>
     <row r="42" spans="1:14">
       <c r="A42" s="2">
-        <v>122619</v>
+        <v>118421</v>
       </c>
       <c r="B42" s="2" t="s">
-        <v>78</v>
+        <v>137</v>
       </c>
       <c r="C42" s="2" t="s">
-        <v>137</v>
+        <v>47</v>
       </c>
       <c r="D42" s="2"/>
       <c r="E42" s="2">
-        <v>7452</v>
+        <v>7177</v>
       </c>
       <c r="F42" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="G42" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="H42" s="2" t="s">
         <v>138</v>
-      </c>
-[...4 lines deleted...]
-        <v>139</v>
       </c>
       <c r="I42" s="2">
         <v>8</v>
       </c>
       <c r="J42" s="2">
-        <v>8</v>
+        <v>1</v>
       </c>
       <c r="K42" s="2">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="L42" s="2">
-        <v>230</v>
+        <v>0</v>
       </c>
       <c r="M42" s="2">
         <v>0</v>
       </c>
       <c r="N42" s="2">
-        <v>330</v>
+        <v>0</v>
       </c>
     </row>
     <row r="43" spans="1:14">
       <c r="A43" s="2">
-        <v>101726</v>
+        <v>115615</v>
       </c>
       <c r="B43" s="2" t="s">
+        <v>139</v>
+      </c>
+      <c r="C43" s="2" t="s">
         <v>140</v>
-      </c>
-[...1 lines deleted...]
-        <v>141</v>
       </c>
       <c r="D43" s="2"/>
       <c r="E43" s="2">
-        <v>7006</v>
+        <v>7319</v>
       </c>
       <c r="F43" s="2" t="s">
-        <v>119</v>
+        <v>34</v>
       </c>
       <c r="G43" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H43" s="2" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="I43" s="2">
         <v>8</v>
       </c>
       <c r="J43" s="2">
-        <v>7</v>
+        <v>12</v>
       </c>
       <c r="K43" s="2">
         <v>70</v>
       </c>
       <c r="L43" s="2">
-        <v>65</v>
+        <v>120</v>
       </c>
       <c r="M43" s="2">
         <v>0</v>
       </c>
       <c r="N43" s="2">
-        <v>135</v>
+        <v>190</v>
       </c>
     </row>
     <row r="44" spans="1:14">
       <c r="A44" s="2">
-        <v>118421</v>
-[...3 lines deleted...]
-      </c>
+        <v>121997</v>
+      </c>
+      <c r="B44" s="2"/>
       <c r="C44" s="2" t="s">
-        <v>40</v>
+        <v>142</v>
       </c>
       <c r="D44" s="2"/>
       <c r="E44" s="2">
-        <v>7177</v>
+        <v>7333</v>
       </c>
       <c r="F44" s="2" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="G44" s="2" t="s">
-        <v>38</v>
+        <v>26</v>
       </c>
       <c r="H44" s="2" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="I44" s="2">
         <v>8</v>
       </c>
       <c r="J44" s="2">
-        <v>1</v>
+        <v>8</v>
       </c>
       <c r="K44" s="2">
-        <v>0</v>
+        <v>100</v>
       </c>
       <c r="L44" s="2">
-        <v>0</v>
+        <v>230</v>
       </c>
       <c r="M44" s="2">
         <v>0</v>
       </c>
       <c r="N44" s="2">
-        <v>0</v>
+        <v>330</v>
       </c>
     </row>
     <row r="45" spans="1:14">
       <c r="A45" s="2">
-        <v>115615</v>
+        <v>122619</v>
       </c>
       <c r="B45" s="2" t="s">
-        <v>145</v>
+        <v>70</v>
       </c>
       <c r="C45" s="2" t="s">
-        <v>146</v>
+        <v>144</v>
       </c>
       <c r="D45" s="2"/>
       <c r="E45" s="2">
-        <v>7319</v>
+        <v>7452</v>
       </c>
       <c r="F45" s="2" t="s">
-        <v>25</v>
+        <v>145</v>
       </c>
       <c r="G45" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H45" s="2" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="I45" s="2">
         <v>8</v>
       </c>
       <c r="J45" s="2">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="K45" s="2">
-        <v>70</v>
+        <v>100</v>
       </c>
       <c r="L45" s="2">
-        <v>120</v>
+        <v>230</v>
       </c>
       <c r="M45" s="2">
         <v>0</v>
       </c>
       <c r="N45" s="2">
-        <v>190</v>
+        <v>330</v>
       </c>
     </row>
     <row r="46" spans="1:14">
       <c r="A46" s="2">
-        <v>121997</v>
-[...1 lines deleted...]
-      <c r="B46" s="2"/>
+        <v>101726</v>
+      </c>
+      <c r="B46" s="2" t="s">
+        <v>147</v>
+      </c>
       <c r="C46" s="2" t="s">
         <v>148</v>
       </c>
       <c r="D46" s="2"/>
       <c r="E46" s="2">
-        <v>7333</v>
+        <v>7006</v>
       </c>
       <c r="F46" s="2" t="s">
-        <v>25</v>
+        <v>120</v>
       </c>
       <c r="G46" s="2" t="s">
-        <v>38</v>
+        <v>17</v>
       </c>
       <c r="H46" s="2" t="s">
         <v>149</v>
       </c>
       <c r="I46" s="2">
         <v>8</v>
       </c>
       <c r="J46" s="2">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="K46" s="2">
-        <v>100</v>
+        <v>70</v>
       </c>
       <c r="L46" s="2">
-        <v>230</v>
+        <v>65</v>
       </c>
       <c r="M46" s="2">
         <v>0</v>
       </c>
       <c r="N46" s="2">
-        <v>330</v>
+        <v>135</v>
       </c>
     </row>
     <row r="47" spans="1:14">
       <c r="A47" s="2">
-        <v>105587</v>
+        <v>101727</v>
       </c>
       <c r="B47" s="2" t="s">
         <v>150</v>
       </c>
       <c r="C47" s="2" t="s">
         <v>151</v>
       </c>
       <c r="D47" s="2"/>
       <c r="E47" s="2">
-        <v>7273</v>
+        <v>7019</v>
       </c>
       <c r="F47" s="2" t="s">
-        <v>110</v>
+        <v>120</v>
       </c>
       <c r="G47" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H47" s="2" t="s">
         <v>152</v>
       </c>
       <c r="I47" s="2">
         <v>9</v>
       </c>
       <c r="J47" s="2">
-        <v>13</v>
+        <v>8</v>
       </c>
       <c r="K47" s="2">
         <v>70</v>
       </c>
       <c r="L47" s="2">
-        <v>115</v>
+        <v>60</v>
       </c>
       <c r="M47" s="2">
         <v>0</v>
       </c>
       <c r="N47" s="2">
-        <v>185</v>
+        <v>130</v>
       </c>
     </row>
     <row r="48" spans="1:14">
       <c r="A48" s="2">
-        <v>119113</v>
+        <v>115629</v>
       </c>
       <c r="B48" s="2" t="s">
         <v>153</v>
       </c>
       <c r="C48" s="2" t="s">
         <v>154</v>
       </c>
       <c r="D48" s="2"/>
       <c r="E48" s="2">
-        <v>7034</v>
+        <v>7174</v>
       </c>
       <c r="F48" s="2" t="s">
-        <v>16</v>
+        <v>155</v>
       </c>
       <c r="G48" s="2" t="s">
-        <v>38</v>
+        <v>17</v>
       </c>
       <c r="H48" s="2" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="I48" s="2">
         <v>9</v>
       </c>
       <c r="J48" s="2">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="K48" s="2">
-        <v>100</v>
+        <v>120</v>
       </c>
       <c r="L48" s="2">
-        <v>220</v>
+        <v>140</v>
       </c>
       <c r="M48" s="2">
         <v>0</v>
       </c>
       <c r="N48" s="2">
-        <v>320</v>
+        <v>260</v>
       </c>
     </row>
     <row r="49" spans="1:14">
       <c r="A49" s="2">
-        <v>101727</v>
+        <v>122620</v>
       </c>
       <c r="B49" s="2" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="C49" s="2" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="D49" s="2"/>
       <c r="E49" s="2">
-        <v>7019</v>
+        <v>7474</v>
       </c>
       <c r="F49" s="2" t="s">
-        <v>119</v>
+        <v>21</v>
       </c>
       <c r="G49" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H49" s="2" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="I49" s="2">
         <v>9</v>
       </c>
       <c r="J49" s="2">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="K49" s="2">
-        <v>70</v>
+        <v>100</v>
       </c>
       <c r="L49" s="2">
-        <v>60</v>
+        <v>220</v>
       </c>
       <c r="M49" s="2">
         <v>0</v>
       </c>
       <c r="N49" s="2">
-        <v>130</v>
+        <v>320</v>
       </c>
     </row>
     <row r="50" spans="1:14">
       <c r="A50" s="2">
-        <v>115629</v>
+        <v>119113</v>
       </c>
       <c r="B50" s="2" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="C50" s="2" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="D50" s="2"/>
       <c r="E50" s="2">
-        <v>7174</v>
+        <v>7034</v>
       </c>
       <c r="F50" s="2" t="s">
-        <v>161</v>
+        <v>30</v>
       </c>
       <c r="G50" s="2" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="H50" s="2" t="s">
         <v>162</v>
       </c>
       <c r="I50" s="2">
         <v>9</v>
       </c>
       <c r="J50" s="2">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="K50" s="2">
-        <v>120</v>
+        <v>100</v>
       </c>
       <c r="L50" s="2">
-        <v>140</v>
+        <v>220</v>
       </c>
       <c r="M50" s="2">
         <v>0</v>
       </c>
       <c r="N50" s="2">
-        <v>260</v>
+        <v>320</v>
       </c>
     </row>
     <row r="51" spans="1:14">
       <c r="A51" s="2">
-        <v>122620</v>
+        <v>105587</v>
       </c>
       <c r="B51" s="2" t="s">
         <v>163</v>
       </c>
       <c r="C51" s="2" t="s">
         <v>164</v>
       </c>
       <c r="D51" s="2"/>
       <c r="E51" s="2">
-        <v>7474</v>
+        <v>7273</v>
       </c>
       <c r="F51" s="2" t="s">
-        <v>33</v>
+        <v>99</v>
       </c>
       <c r="G51" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H51" s="2" t="s">
         <v>165</v>
       </c>
       <c r="I51" s="2">
         <v>9</v>
       </c>
       <c r="J51" s="2">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="K51" s="2">
-        <v>100</v>
+        <v>70</v>
       </c>
       <c r="L51" s="2">
-        <v>220</v>
+        <v>115</v>
       </c>
       <c r="M51" s="2">
         <v>0</v>
       </c>
       <c r="N51" s="2">
-        <v>320</v>
+        <v>185</v>
       </c>
     </row>
     <row r="52" spans="1:14">
       <c r="A52" s="2">
-        <v>105154</v>
+        <v>101728</v>
       </c>
       <c r="B52" s="2" t="s">
         <v>166</v>
       </c>
       <c r="C52" s="2" t="s">
-        <v>15</v>
+        <v>167</v>
       </c>
       <c r="D52" s="2"/>
       <c r="E52" s="2">
-        <v>7327</v>
+        <v>7133</v>
       </c>
       <c r="F52" s="2" t="s">
-        <v>25</v>
+        <v>38</v>
       </c>
       <c r="G52" s="2" t="s">
-        <v>38</v>
+        <v>17</v>
       </c>
       <c r="H52" s="2" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="I52" s="2">
         <v>10</v>
       </c>
       <c r="J52" s="2">
-        <v>2</v>
+        <v>9</v>
       </c>
       <c r="K52" s="2">
         <v>70</v>
       </c>
       <c r="L52" s="2">
-        <v>250</v>
+        <v>55</v>
       </c>
       <c r="M52" s="2">
         <v>0</v>
       </c>
       <c r="N52" s="2">
-        <v>320</v>
+        <v>125</v>
       </c>
     </row>
     <row r="53" spans="1:14">
       <c r="A53" s="2">
-        <v>122621</v>
+        <v>118487</v>
       </c>
       <c r="B53" s="2" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="C53" s="2" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="D53" s="2"/>
       <c r="E53" s="2">
-        <v>7082</v>
+        <v>7165</v>
       </c>
       <c r="F53" s="2" t="s">
-        <v>25</v>
+        <v>38</v>
       </c>
       <c r="G53" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H53" s="2" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="I53" s="2">
         <v>10</v>
       </c>
       <c r="J53" s="2">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="K53" s="2">
-        <v>100</v>
+        <v>120</v>
       </c>
       <c r="L53" s="2">
-        <v>210</v>
+        <v>135</v>
       </c>
       <c r="M53" s="2">
         <v>0</v>
       </c>
       <c r="N53" s="2">
-        <v>310</v>
+        <v>255</v>
       </c>
     </row>
     <row r="54" spans="1:14">
       <c r="A54" s="2">
-        <v>101728</v>
+        <v>108298</v>
       </c>
       <c r="B54" s="2" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="C54" s="2" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="D54" s="2"/>
       <c r="E54" s="2">
-        <v>7133</v>
+        <v>7480</v>
       </c>
       <c r="F54" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G54" s="2" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="H54" s="2" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="I54" s="2">
         <v>10</v>
       </c>
       <c r="J54" s="2">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="K54" s="2">
-        <v>70</v>
+        <v>100</v>
       </c>
       <c r="L54" s="2">
-        <v>55</v>
+        <v>210</v>
       </c>
       <c r="M54" s="2">
         <v>0</v>
       </c>
       <c r="N54" s="2">
-        <v>125</v>
+        <v>310</v>
       </c>
     </row>
     <row r="55" spans="1:14">
       <c r="A55" s="2">
-        <v>118487</v>
+        <v>122621</v>
       </c>
       <c r="B55" s="2" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="C55" s="2" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="D55" s="2"/>
       <c r="E55" s="2">
-        <v>7165</v>
+        <v>7082</v>
       </c>
       <c r="F55" s="2" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G55" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H55" s="2" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="I55" s="2">
         <v>10</v>
       </c>
       <c r="J55" s="2">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="K55" s="2">
-        <v>120</v>
+        <v>100</v>
       </c>
       <c r="L55" s="2">
-        <v>135</v>
+        <v>210</v>
       </c>
       <c r="M55" s="2">
         <v>0</v>
       </c>
       <c r="N55" s="2">
-        <v>255</v>
+        <v>310</v>
       </c>
     </row>
     <row r="56" spans="1:14">
       <c r="A56" s="2">
-        <v>108298</v>
+        <v>105154</v>
       </c>
       <c r="B56" s="2" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="C56" s="2" t="s">
-        <v>178</v>
+        <v>29</v>
       </c>
       <c r="D56" s="2"/>
       <c r="E56" s="2">
-        <v>7480</v>
+        <v>7327</v>
       </c>
       <c r="F56" s="2" t="s">
-        <v>29</v>
+        <v>34</v>
       </c>
       <c r="G56" s="2" t="s">
-        <v>38</v>
+        <v>26</v>
       </c>
       <c r="H56" s="2" t="s">
         <v>179</v>
       </c>
       <c r="I56" s="2">
         <v>10</v>
       </c>
       <c r="J56" s="2">
-        <v>10</v>
+        <v>2</v>
       </c>
       <c r="K56" s="2">
-        <v>100</v>
+        <v>70</v>
       </c>
       <c r="L56" s="2">
-        <v>210</v>
+        <v>250</v>
       </c>
       <c r="M56" s="2">
         <v>0</v>
       </c>
       <c r="N56" s="2">
-        <v>310</v>
+        <v>320</v>
       </c>
     </row>
     <row r="57" spans="1:14">
       <c r="A57" s="2">
-        <v>118488</v>
+        <v>105586</v>
       </c>
       <c r="B57" s="2" t="s">
         <v>180</v>
       </c>
       <c r="C57" s="2" t="s">
         <v>181</v>
       </c>
       <c r="D57" s="2"/>
       <c r="E57" s="2">
-        <v>7025</v>
+        <v>7285</v>
       </c>
       <c r="F57" s="2" t="s">
-        <v>25</v>
+        <v>103</v>
       </c>
       <c r="G57" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H57" s="2" t="s">
         <v>182</v>
       </c>
       <c r="I57" s="2">
         <v>11</v>
       </c>
       <c r="J57" s="2">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="K57" s="2">
-        <v>120</v>
+        <v>70</v>
       </c>
       <c r="L57" s="2">
-        <v>130</v>
+        <v>110</v>
       </c>
       <c r="M57" s="2">
         <v>0</v>
       </c>
       <c r="N57" s="2">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="58" spans="1:14">
       <c r="A58" s="2">
-        <v>105586</v>
+        <v>122622</v>
       </c>
       <c r="B58" s="2" t="s">
         <v>183</v>
       </c>
       <c r="C58" s="2" t="s">
         <v>184</v>
       </c>
       <c r="D58" s="2"/>
       <c r="E58" s="2">
-        <v>7285</v>
+        <v>7326</v>
       </c>
       <c r="F58" s="2" t="s">
-        <v>96</v>
+        <v>34</v>
       </c>
       <c r="G58" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H58" s="2" t="s">
         <v>185</v>
       </c>
       <c r="I58" s="2">
         <v>11</v>
       </c>
       <c r="J58" s="2">
-        <v>14</v>
+        <v>11</v>
       </c>
       <c r="K58" s="2">
-        <v>70</v>
+        <v>100</v>
       </c>
       <c r="L58" s="2">
-        <v>110</v>
+        <v>200</v>
       </c>
       <c r="M58" s="2">
         <v>0</v>
       </c>
       <c r="N58" s="2">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="59" spans="1:14">
       <c r="A59" s="2">
-        <v>122000</v>
-[...1 lines deleted...]
-      <c r="B59" s="2"/>
+        <v>101729</v>
+      </c>
+      <c r="B59" s="2" t="s">
+        <v>186</v>
+      </c>
       <c r="C59" s="2" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="D59" s="2"/>
       <c r="E59" s="2">
-        <v>7322</v>
+        <v>7008</v>
       </c>
       <c r="F59" s="2" t="s">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="G59" s="2" t="s">
-        <v>38</v>
+        <v>17</v>
       </c>
       <c r="H59" s="2" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="I59" s="2">
         <v>11</v>
       </c>
       <c r="J59" s="2">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="K59" s="2">
-        <v>100</v>
+        <v>70</v>
       </c>
       <c r="L59" s="2">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="M59" s="2">
         <v>0</v>
       </c>
       <c r="N59" s="2">
-        <v>300</v>
+        <v>120</v>
       </c>
     </row>
     <row r="60" spans="1:14">
       <c r="A60" s="2">
-        <v>101729</v>
+        <v>118488</v>
       </c>
       <c r="B60" s="2" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="C60" s="2" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="D60" s="2"/>
       <c r="E60" s="2">
-        <v>7008</v>
+        <v>7025</v>
       </c>
       <c r="F60" s="2" t="s">
-        <v>16</v>
+        <v>34</v>
       </c>
       <c r="G60" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H60" s="2" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="I60" s="2">
         <v>11</v>
       </c>
       <c r="J60" s="2">
         <v>10</v>
       </c>
       <c r="K60" s="2">
-        <v>70</v>
+        <v>120</v>
       </c>
       <c r="L60" s="2">
-        <v>50</v>
+        <v>130</v>
       </c>
       <c r="M60" s="2">
         <v>0</v>
       </c>
       <c r="N60" s="2">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="61" spans="1:14">
       <c r="A61" s="2">
-        <v>122622</v>
-[...3 lines deleted...]
-      </c>
+        <v>122000</v>
+      </c>
+      <c r="B61" s="2"/>
       <c r="C61" s="2" t="s">
         <v>192</v>
       </c>
       <c r="D61" s="2"/>
       <c r="E61" s="2">
-        <v>7326</v>
+        <v>7322</v>
       </c>
       <c r="F61" s="2" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="G61" s="2" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="H61" s="2" t="s">
         <v>193</v>
       </c>
       <c r="I61" s="2">
         <v>11</v>
       </c>
       <c r="J61" s="2">
         <v>11</v>
       </c>
       <c r="K61" s="2">
         <v>100</v>
       </c>
       <c r="L61" s="2">
         <v>200</v>
       </c>
       <c r="M61" s="2">
         <v>0</v>
       </c>
       <c r="N61" s="2">
         <v>300</v>
       </c>
     </row>
     <row r="62" spans="1:14">
       <c r="A62" s="2">
-        <v>101730</v>
+        <v>115617</v>
       </c>
       <c r="B62" s="2" t="s">
         <v>194</v>
       </c>
       <c r="C62" s="2" t="s">
         <v>195</v>
       </c>
       <c r="D62" s="2"/>
       <c r="E62" s="2">
-        <v>7130</v>
+        <v>7307</v>
       </c>
       <c r="F62" s="2" t="s">
-        <v>21</v>
+        <v>145</v>
       </c>
       <c r="G62" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H62" s="2" t="s">
         <v>196</v>
       </c>
       <c r="I62" s="2">
         <v>12</v>
       </c>
       <c r="J62" s="2">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="K62" s="2">
         <v>70</v>
       </c>
       <c r="L62" s="2">
-        <v>45</v>
+        <v>105</v>
       </c>
       <c r="M62" s="2">
         <v>0</v>
       </c>
       <c r="N62" s="2">
-        <v>115</v>
+        <v>175</v>
       </c>
     </row>
     <row r="63" spans="1:14">
       <c r="A63" s="2">
-        <v>115627</v>
+        <v>122639</v>
       </c>
       <c r="B63" s="2" t="s">
         <v>197</v>
       </c>
       <c r="C63" s="2" t="s">
         <v>198</v>
       </c>
       <c r="D63" s="2"/>
       <c r="E63" s="2">
-        <v>7156</v>
+        <v>7010</v>
       </c>
       <c r="F63" s="2" t="s">
-        <v>21</v>
+        <v>199</v>
       </c>
       <c r="G63" s="2" t="s">
-        <v>38</v>
+        <v>26</v>
       </c>
       <c r="H63" s="2" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="I63" s="2">
         <v>12</v>
       </c>
       <c r="J63" s="2">
-        <v>2</v>
+        <v>12</v>
       </c>
       <c r="K63" s="2">
-        <v>120</v>
+        <v>100</v>
       </c>
       <c r="L63" s="2">
-        <v>250</v>
+        <v>190</v>
       </c>
       <c r="M63" s="2">
         <v>0</v>
       </c>
       <c r="N63" s="2">
-        <v>370</v>
+        <v>290</v>
       </c>
     </row>
     <row r="64" spans="1:14">
       <c r="A64" s="2">
         <v>122623</v>
       </c>
       <c r="B64" s="2" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="C64" s="2" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="D64" s="2"/>
       <c r="E64" s="2">
         <v>7324</v>
       </c>
       <c r="F64" s="2" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="G64" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H64" s="2" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="I64" s="2">
         <v>12</v>
       </c>
       <c r="J64" s="2">
         <v>12</v>
       </c>
       <c r="K64" s="2">
         <v>100</v>
       </c>
       <c r="L64" s="2">
         <v>190</v>
       </c>
       <c r="M64" s="2">
         <v>0</v>
       </c>
       <c r="N64" s="2">
         <v>290</v>
       </c>
     </row>
     <row r="65" spans="1:14">
       <c r="A65" s="2">
-        <v>115617</v>
+        <v>101730</v>
       </c>
       <c r="B65" s="2" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="C65" s="2" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="D65" s="2"/>
       <c r="E65" s="2">
-        <v>7307</v>
+        <v>7130</v>
       </c>
       <c r="F65" s="2" t="s">
-        <v>138</v>
+        <v>38</v>
       </c>
       <c r="G65" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H65" s="2" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="I65" s="2">
         <v>12</v>
       </c>
       <c r="J65" s="2">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="K65" s="2">
         <v>70</v>
       </c>
       <c r="L65" s="2">
-        <v>105</v>
+        <v>45</v>
       </c>
       <c r="M65" s="2">
         <v>0</v>
       </c>
       <c r="N65" s="2">
-        <v>175</v>
+        <v>115</v>
       </c>
     </row>
     <row r="66" spans="1:14">
       <c r="A66" s="2">
-        <v>122639</v>
+        <v>115627</v>
       </c>
       <c r="B66" s="2" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="C66" s="2" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="D66" s="2"/>
       <c r="E66" s="2">
-        <v>7010</v>
+        <v>7156</v>
       </c>
       <c r="F66" s="2" t="s">
-        <v>208</v>
+        <v>38</v>
       </c>
       <c r="G66" s="2" t="s">
-        <v>38</v>
+        <v>26</v>
       </c>
       <c r="H66" s="2" t="s">
         <v>209</v>
       </c>
       <c r="I66" s="2">
         <v>12</v>
       </c>
       <c r="J66" s="2">
-        <v>12</v>
+        <v>2</v>
       </c>
       <c r="K66" s="2">
-        <v>100</v>
+        <v>120</v>
       </c>
       <c r="L66" s="2">
-        <v>190</v>
+        <v>250</v>
       </c>
       <c r="M66" s="2">
         <v>0</v>
       </c>
       <c r="N66" s="2">
-        <v>290</v>
+        <v>370</v>
       </c>
     </row>
     <row r="67" spans="1:14">
       <c r="A67" s="2">
-        <v>122641</v>
-[...1 lines deleted...]
-      <c r="B67" s="2"/>
+        <v>118489</v>
+      </c>
+      <c r="B67" s="2" t="s">
+        <v>210</v>
+      </c>
       <c r="C67" s="2" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="D67" s="2"/>
       <c r="E67" s="2">
-        <v>7484</v>
+        <v>7026</v>
       </c>
       <c r="F67" s="2" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="G67" s="2" t="s">
-        <v>38</v>
+        <v>26</v>
       </c>
       <c r="H67" s="2" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="I67" s="2">
         <v>13</v>
       </c>
       <c r="J67" s="2">
-        <v>13</v>
+        <v>3</v>
       </c>
       <c r="K67" s="2">
-        <v>100</v>
+        <v>120</v>
       </c>
       <c r="L67" s="2">
-        <v>180</v>
+        <v>225</v>
       </c>
       <c r="M67" s="2">
         <v>0</v>
       </c>
       <c r="N67" s="2">
-        <v>280</v>
+        <v>345</v>
       </c>
     </row>
     <row r="68" spans="1:14">
       <c r="A68" s="2">
-        <v>115618</v>
+        <v>101731</v>
       </c>
       <c r="B68" s="2" t="s">
-        <v>212</v>
+        <v>29</v>
       </c>
       <c r="C68" s="2" t="s">
         <v>213</v>
       </c>
       <c r="D68" s="2"/>
       <c r="E68" s="2">
-        <v>7215</v>
+        <v>7077</v>
       </c>
       <c r="F68" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="G68" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="H68" s="2" t="s">
         <v>214</v>
-      </c>
-[...4 lines deleted...]
-        <v>215</v>
       </c>
       <c r="I68" s="2">
         <v>13</v>
       </c>
       <c r="J68" s="2">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="K68" s="2">
         <v>70</v>
       </c>
       <c r="L68" s="2">
-        <v>100</v>
+        <v>40</v>
       </c>
       <c r="M68" s="2">
         <v>0</v>
       </c>
       <c r="N68" s="2">
-        <v>170</v>
+        <v>110</v>
       </c>
     </row>
     <row r="69" spans="1:14">
       <c r="A69" s="2">
-        <v>122624</v>
-[...3 lines deleted...]
-      </c>
+        <v>122641</v>
+      </c>
+      <c r="B69" s="2"/>
       <c r="C69" s="2" t="s">
-        <v>217</v>
+        <v>215</v>
       </c>
       <c r="D69" s="2"/>
       <c r="E69" s="2">
-        <v>7461</v>
+        <v>7484</v>
       </c>
       <c r="F69" s="2" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="G69" s="2" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="H69" s="2" t="s">
-        <v>218</v>
+        <v>216</v>
       </c>
       <c r="I69" s="2">
         <v>13</v>
       </c>
       <c r="J69" s="2">
         <v>13</v>
       </c>
       <c r="K69" s="2">
         <v>100</v>
       </c>
       <c r="L69" s="2">
         <v>180</v>
       </c>
       <c r="M69" s="2">
         <v>0</v>
       </c>
       <c r="N69" s="2">
         <v>280</v>
       </c>
     </row>
     <row r="70" spans="1:14">
       <c r="A70" s="2">
-        <v>101731</v>
+        <v>115618</v>
       </c>
       <c r="B70" s="2" t="s">
-        <v>15</v>
+        <v>217</v>
       </c>
       <c r="C70" s="2" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="D70" s="2"/>
       <c r="E70" s="2">
-        <v>7077</v>
+        <v>7215</v>
       </c>
       <c r="F70" s="2" t="s">
-        <v>25</v>
+        <v>219</v>
       </c>
       <c r="G70" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H70" s="2" t="s">
         <v>220</v>
       </c>
       <c r="I70" s="2">
         <v>13</v>
       </c>
       <c r="J70" s="2">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="K70" s="2">
         <v>70</v>
       </c>
       <c r="L70" s="2">
-        <v>40</v>
+        <v>100</v>
       </c>
       <c r="M70" s="2">
         <v>0</v>
       </c>
       <c r="N70" s="2">
-        <v>110</v>
+        <v>170</v>
       </c>
     </row>
     <row r="71" spans="1:14">
       <c r="A71" s="2">
-        <v>118489</v>
+        <v>122624</v>
       </c>
       <c r="B71" s="2" t="s">
         <v>221</v>
       </c>
       <c r="C71" s="2" t="s">
         <v>222</v>
       </c>
       <c r="D71" s="2"/>
       <c r="E71" s="2">
-        <v>7026</v>
+        <v>7461</v>
       </c>
       <c r="F71" s="2" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="G71" s="2" t="s">
-        <v>38</v>
+        <v>17</v>
       </c>
       <c r="H71" s="2" t="s">
         <v>223</v>
       </c>
       <c r="I71" s="2">
         <v>13</v>
       </c>
       <c r="J71" s="2">
-        <v>3</v>
+        <v>13</v>
       </c>
       <c r="K71" s="2">
-        <v>120</v>
+        <v>100</v>
       </c>
       <c r="L71" s="2">
-        <v>225</v>
+        <v>180</v>
       </c>
       <c r="M71" s="2">
         <v>0</v>
       </c>
       <c r="N71" s="2">
-        <v>345</v>
+        <v>280</v>
       </c>
     </row>
     <row r="72" spans="1:14">
       <c r="A72" s="2">
         <v>122625</v>
       </c>
       <c r="B72" s="2" t="s">
         <v>224</v>
       </c>
       <c r="C72" s="2" t="s">
         <v>225</v>
       </c>
       <c r="D72" s="2"/>
       <c r="E72" s="2">
         <v>7465</v>
       </c>
       <c r="F72" s="2" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="G72" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H72" s="2" t="s">
         <v>226</v>
       </c>
       <c r="I72" s="2">
         <v>14</v>
       </c>
       <c r="J72" s="2">
         <v>14</v>
       </c>
       <c r="K72" s="2">
         <v>100</v>
       </c>
       <c r="L72" s="2">
         <v>170</v>
       </c>
       <c r="M72" s="2">
         <v>0</v>
       </c>
       <c r="N72" s="2">
         <v>270</v>
       </c>
     </row>
     <row r="73" spans="1:14">
       <c r="A73" s="2">
-        <v>101732</v>
+        <v>115619</v>
       </c>
       <c r="B73" s="2" t="s">
         <v>227</v>
       </c>
       <c r="C73" s="2" t="s">
         <v>228</v>
       </c>
       <c r="D73" s="2"/>
       <c r="E73" s="2">
-        <v>7121</v>
+        <v>7315</v>
       </c>
       <c r="F73" s="2" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="G73" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H73" s="2" t="s">
         <v>229</v>
       </c>
       <c r="I73" s="2">
         <v>14</v>
       </c>
       <c r="J73" s="2">
-        <v>13</v>
+        <v>17</v>
       </c>
       <c r="K73" s="2">
         <v>70</v>
       </c>
       <c r="L73" s="2">
-        <v>35</v>
+        <v>99</v>
       </c>
       <c r="M73" s="2">
         <v>0</v>
       </c>
       <c r="N73" s="2">
-        <v>105</v>
+        <v>169</v>
       </c>
     </row>
     <row r="74" spans="1:14">
       <c r="A74" s="2">
-        <v>118490</v>
+        <v>101732</v>
       </c>
       <c r="B74" s="2" t="s">
         <v>230</v>
       </c>
       <c r="C74" s="2" t="s">
         <v>231</v>
       </c>
       <c r="D74" s="2"/>
       <c r="E74" s="2">
-        <v>7155</v>
+        <v>7121</v>
       </c>
       <c r="F74" s="2" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G74" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H74" s="2" t="s">
         <v>232</v>
       </c>
       <c r="I74" s="2">
         <v>14</v>
       </c>
       <c r="J74" s="2">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="K74" s="2">
-        <v>120</v>
+        <v>70</v>
       </c>
       <c r="L74" s="2">
-        <v>125</v>
+        <v>35</v>
       </c>
       <c r="M74" s="2">
         <v>0</v>
       </c>
       <c r="N74" s="2">
-        <v>245</v>
+        <v>105</v>
       </c>
     </row>
     <row r="75" spans="1:14">
       <c r="A75" s="2">
         <v>122642</v>
       </c>
       <c r="B75" s="2"/>
       <c r="C75" s="2" t="s">
         <v>233</v>
       </c>
       <c r="D75" s="2"/>
       <c r="E75" s="2">
         <v>7276</v>
       </c>
       <c r="F75" s="2" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="G75" s="2" t="s">
-        <v>38</v>
+        <v>26</v>
       </c>
       <c r="H75" s="2" t="s">
         <v>234</v>
       </c>
       <c r="I75" s="2">
         <v>14</v>
       </c>
       <c r="J75" s="2">
         <v>14</v>
       </c>
       <c r="K75" s="2">
         <v>100</v>
       </c>
       <c r="L75" s="2">
         <v>170</v>
       </c>
       <c r="M75" s="2">
         <v>0</v>
       </c>
       <c r="N75" s="2">
         <v>270</v>
       </c>
     </row>
     <row r="76" spans="1:14">
       <c r="A76" s="2">
-        <v>115619</v>
+        <v>118490</v>
       </c>
       <c r="B76" s="2" t="s">
         <v>235</v>
       </c>
       <c r="C76" s="2" t="s">
         <v>236</v>
       </c>
       <c r="D76" s="2"/>
       <c r="E76" s="2">
-        <v>7315</v>
+        <v>7155</v>
       </c>
       <c r="F76" s="2" t="s">
-        <v>25</v>
+        <v>38</v>
       </c>
       <c r="G76" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H76" s="2" t="s">
         <v>237</v>
       </c>
       <c r="I76" s="2">
         <v>14</v>
       </c>
       <c r="J76" s="2">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="K76" s="2">
-        <v>70</v>
+        <v>120</v>
       </c>
       <c r="L76" s="2">
-        <v>99</v>
+        <v>125</v>
       </c>
       <c r="M76" s="2">
         <v>0</v>
       </c>
       <c r="N76" s="2">
-        <v>169</v>
+        <v>245</v>
       </c>
     </row>
     <row r="77" spans="1:14">
       <c r="A77" s="2">
-        <v>101733</v>
+        <v>102160</v>
       </c>
       <c r="B77" s="2" t="s">
         <v>238</v>
       </c>
       <c r="C77" s="2" t="s">
         <v>239</v>
       </c>
       <c r="D77" s="2"/>
       <c r="E77" s="2">
-        <v>7090</v>
+        <v>7471</v>
       </c>
       <c r="F77" s="2" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
       <c r="G77" s="2" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="H77" s="2" t="s">
         <v>240</v>
       </c>
       <c r="I77" s="2">
         <v>15</v>
       </c>
       <c r="J77" s="2">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="K77" s="2">
-        <v>70</v>
+        <v>100</v>
       </c>
       <c r="L77" s="2">
-        <v>30</v>
+        <v>160</v>
       </c>
       <c r="M77" s="2">
         <v>0</v>
       </c>
       <c r="N77" s="2">
-        <v>100</v>
+        <v>260</v>
       </c>
     </row>
     <row r="78" spans="1:14">
       <c r="A78" s="2">
-        <v>118491</v>
+        <v>101733</v>
       </c>
       <c r="B78" s="2" t="s">
         <v>241</v>
       </c>
       <c r="C78" s="2" t="s">
         <v>242</v>
       </c>
       <c r="D78" s="2"/>
       <c r="E78" s="2">
-        <v>7089</v>
+        <v>7090</v>
       </c>
       <c r="F78" s="2" t="s">
-        <v>25</v>
+        <v>68</v>
       </c>
       <c r="G78" s="2" t="s">
-        <v>38</v>
+        <v>17</v>
       </c>
       <c r="H78" s="2" t="s">
         <v>243</v>
       </c>
       <c r="I78" s="2">
         <v>15</v>
       </c>
       <c r="J78" s="2">
-        <v>4</v>
+        <v>14</v>
       </c>
       <c r="K78" s="2">
-        <v>120</v>
+        <v>70</v>
       </c>
       <c r="L78" s="2">
-        <v>200</v>
+        <v>30</v>
       </c>
       <c r="M78" s="2">
         <v>0</v>
       </c>
       <c r="N78" s="2">
-        <v>320</v>
+        <v>100</v>
       </c>
     </row>
     <row r="79" spans="1:14">
       <c r="A79" s="2">
-        <v>122626</v>
+        <v>118491</v>
       </c>
       <c r="B79" s="2" t="s">
         <v>244</v>
       </c>
       <c r="C79" s="2" t="s">
-        <v>103</v>
+        <v>245</v>
       </c>
       <c r="D79" s="2"/>
       <c r="E79" s="2">
-        <v>7303</v>
+        <v>7089</v>
       </c>
       <c r="F79" s="2" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="G79" s="2" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="H79" s="2" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="I79" s="2">
         <v>15</v>
       </c>
       <c r="J79" s="2">
-        <v>15</v>
+        <v>4</v>
       </c>
       <c r="K79" s="2">
-        <v>100</v>
+        <v>120</v>
       </c>
       <c r="L79" s="2">
-        <v>160</v>
+        <v>200</v>
       </c>
       <c r="M79" s="2">
         <v>0</v>
       </c>
       <c r="N79" s="2">
-        <v>260</v>
+        <v>320</v>
       </c>
     </row>
     <row r="80" spans="1:14">
       <c r="A80" s="2">
-        <v>108756</v>
+        <v>122626</v>
       </c>
       <c r="B80" s="2" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="C80" s="2" t="s">
-        <v>247</v>
+        <v>106</v>
       </c>
       <c r="D80" s="2"/>
       <c r="E80" s="2">
-        <v>7076</v>
+        <v>7303</v>
       </c>
       <c r="F80" s="2" t="s">
-        <v>55</v>
+        <v>34</v>
       </c>
       <c r="G80" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H80" s="2" t="s">
         <v>248</v>
       </c>
       <c r="I80" s="2">
         <v>15</v>
       </c>
       <c r="J80" s="2">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="K80" s="2">
-        <v>70</v>
+        <v>100</v>
       </c>
       <c r="L80" s="2">
-        <v>98</v>
+        <v>160</v>
       </c>
       <c r="M80" s="2">
         <v>0</v>
       </c>
       <c r="N80" s="2">
-        <v>168</v>
+        <v>260</v>
       </c>
     </row>
     <row r="81" spans="1:14">
       <c r="A81" s="2">
-        <v>102160</v>
+        <v>108756</v>
       </c>
       <c r="B81" s="2" t="s">
         <v>249</v>
       </c>
       <c r="C81" s="2" t="s">
         <v>250</v>
       </c>
       <c r="D81" s="2"/>
       <c r="E81" s="2">
-        <v>7471</v>
+        <v>7076</v>
       </c>
       <c r="F81" s="2" t="s">
-        <v>68</v>
+        <v>58</v>
       </c>
       <c r="G81" s="2" t="s">
-        <v>38</v>
+        <v>17</v>
       </c>
       <c r="H81" s="2" t="s">
         <v>251</v>
       </c>
       <c r="I81" s="2">
         <v>15</v>
       </c>
       <c r="J81" s="2">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="K81" s="2">
-        <v>100</v>
+        <v>70</v>
       </c>
       <c r="L81" s="2">
-        <v>160</v>
+        <v>98</v>
       </c>
       <c r="M81" s="2">
         <v>0</v>
       </c>
       <c r="N81" s="2">
-        <v>260</v>
+        <v>168</v>
       </c>
     </row>
     <row r="82" spans="1:14">
       <c r="A82" s="2">
-        <v>101734</v>
+        <v>105349</v>
       </c>
       <c r="B82" s="2" t="s">
         <v>252</v>
       </c>
       <c r="C82" s="2" t="s">
-        <v>46</v>
+        <v>253</v>
       </c>
       <c r="D82" s="2"/>
       <c r="E82" s="2">
-        <v>7113</v>
+        <v>7287</v>
       </c>
       <c r="F82" s="2" t="s">
-        <v>253</v>
+        <v>30</v>
       </c>
       <c r="G82" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H82" s="2" t="s">
         <v>254</v>
       </c>
       <c r="I82" s="2">
         <v>16</v>
       </c>
       <c r="J82" s="2">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="K82" s="2">
         <v>70</v>
       </c>
       <c r="L82" s="2">
-        <v>25</v>
+        <v>97</v>
       </c>
       <c r="M82" s="2">
         <v>0</v>
       </c>
       <c r="N82" s="2">
-        <v>95</v>
+        <v>167</v>
       </c>
     </row>
     <row r="83" spans="1:14">
       <c r="A83" s="2">
-        <v>118492</v>
+        <v>122627</v>
       </c>
       <c r="B83" s="2" t="s">
         <v>255</v>
       </c>
       <c r="C83" s="2" t="s">
-        <v>15</v>
+        <v>256</v>
       </c>
       <c r="D83" s="2"/>
       <c r="E83" s="2">
-        <v>7023</v>
+        <v>7378</v>
       </c>
       <c r="F83" s="2" t="s">
-        <v>25</v>
+        <v>38</v>
       </c>
       <c r="G83" s="2" t="s">
-        <v>38</v>
+        <v>17</v>
       </c>
       <c r="H83" s="2" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="I83" s="2">
         <v>16</v>
       </c>
       <c r="J83" s="2">
-        <v>5</v>
+        <v>16</v>
       </c>
       <c r="K83" s="2">
-        <v>120</v>
+        <v>100</v>
       </c>
       <c r="L83" s="2">
-        <v>175</v>
+        <v>150</v>
       </c>
       <c r="M83" s="2">
         <v>0</v>
       </c>
       <c r="N83" s="2">
-        <v>295</v>
+        <v>250</v>
       </c>
     </row>
     <row r="84" spans="1:14">
       <c r="A84" s="2">
-        <v>122627</v>
+        <v>101734</v>
       </c>
       <c r="B84" s="2" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="C84" s="2" t="s">
-        <v>258</v>
+        <v>53</v>
       </c>
       <c r="D84" s="2"/>
       <c r="E84" s="2">
-        <v>7378</v>
+        <v>7113</v>
       </c>
       <c r="F84" s="2" t="s">
-        <v>21</v>
+        <v>259</v>
       </c>
       <c r="G84" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H84" s="2" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="I84" s="2">
         <v>16</v>
       </c>
       <c r="J84" s="2">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="K84" s="2">
-        <v>100</v>
+        <v>70</v>
       </c>
       <c r="L84" s="2">
-        <v>150</v>
+        <v>25</v>
       </c>
       <c r="M84" s="2">
         <v>0</v>
       </c>
       <c r="N84" s="2">
-        <v>250</v>
+        <v>95</v>
       </c>
     </row>
     <row r="85" spans="1:14">
       <c r="A85" s="2">
-        <v>105349</v>
+        <v>118492</v>
       </c>
       <c r="B85" s="2" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="C85" s="2" t="s">
-        <v>261</v>
+        <v>29</v>
       </c>
       <c r="D85" s="2"/>
       <c r="E85" s="2">
-        <v>7287</v>
+        <v>7023</v>
       </c>
       <c r="F85" s="2" t="s">
-        <v>16</v>
+        <v>34</v>
       </c>
       <c r="G85" s="2" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="H85" s="2" t="s">
         <v>262</v>
       </c>
       <c r="I85" s="2">
         <v>16</v>
       </c>
       <c r="J85" s="2">
-        <v>19</v>
+        <v>5</v>
       </c>
       <c r="K85" s="2">
-        <v>70</v>
+        <v>120</v>
       </c>
       <c r="L85" s="2">
-        <v>97</v>
+        <v>175</v>
       </c>
       <c r="M85" s="2">
         <v>0</v>
       </c>
       <c r="N85" s="2">
-        <v>167</v>
+        <v>295</v>
       </c>
     </row>
     <row r="86" spans="1:14">
       <c r="A86" s="2">
         <v>122643</v>
       </c>
       <c r="B86" s="2"/>
       <c r="C86" s="2" t="s">
         <v>263</v>
       </c>
       <c r="D86" s="2"/>
       <c r="E86" s="2">
         <v>7204</v>
       </c>
       <c r="F86" s="2" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="G86" s="2" t="s">
-        <v>38</v>
+        <v>26</v>
       </c>
       <c r="H86" s="2" t="s">
         <v>264</v>
       </c>
       <c r="I86" s="2">
         <v>16</v>
       </c>
       <c r="J86" s="2">
         <v>16</v>
       </c>
       <c r="K86" s="2">
         <v>100</v>
       </c>
       <c r="L86" s="2">
         <v>150</v>
       </c>
       <c r="M86" s="2">
         <v>0</v>
       </c>
       <c r="N86" s="2">
         <v>250</v>
       </c>
     </row>
     <row r="87" spans="1:14">
       <c r="A87" s="2">
-        <v>115621</v>
+        <v>101735</v>
       </c>
       <c r="B87" s="2" t="s">
         <v>265</v>
       </c>
       <c r="C87" s="2" t="s">
-        <v>201</v>
+        <v>266</v>
       </c>
       <c r="D87" s="2"/>
       <c r="E87" s="2">
-        <v>7209</v>
+        <v>7004</v>
       </c>
       <c r="F87" s="2" t="s">
-        <v>25</v>
+        <v>123</v>
       </c>
       <c r="G87" s="2" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="H87" s="2" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="I87" s="2">
         <v>17</v>
       </c>
       <c r="J87" s="2">
-        <v>20</v>
+        <v>2</v>
       </c>
       <c r="K87" s="2">
         <v>70</v>
       </c>
       <c r="L87" s="2">
-        <v>96</v>
+        <v>150</v>
       </c>
       <c r="M87" s="2">
         <v>0</v>
       </c>
       <c r="N87" s="2">
-        <v>166</v>
+        <v>220</v>
       </c>
     </row>
     <row r="88" spans="1:14">
       <c r="A88" s="2">
-        <v>119118</v>
+        <v>115621</v>
       </c>
       <c r="B88" s="2" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="C88" s="2" t="s">
-        <v>268</v>
+        <v>202</v>
       </c>
       <c r="D88" s="2"/>
       <c r="E88" s="2">
-        <v>7161</v>
+        <v>7209</v>
       </c>
       <c r="F88" s="2" t="s">
-        <v>37</v>
+        <v>34</v>
       </c>
       <c r="G88" s="2" t="s">
-        <v>38</v>
+        <v>17</v>
       </c>
       <c r="H88" s="2" t="s">
         <v>269</v>
       </c>
       <c r="I88" s="2">
         <v>17</v>
       </c>
       <c r="J88" s="2">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="K88" s="2">
-        <v>100</v>
+        <v>70</v>
       </c>
       <c r="L88" s="2">
-        <v>140</v>
+        <v>96</v>
       </c>
       <c r="M88" s="2">
         <v>0</v>
       </c>
       <c r="N88" s="2">
-        <v>240</v>
+        <v>166</v>
       </c>
     </row>
     <row r="89" spans="1:14">
       <c r="A89" s="2">
-        <v>118493</v>
+        <v>119118</v>
       </c>
       <c r="B89" s="2" t="s">
         <v>270</v>
       </c>
       <c r="C89" s="2" t="s">
         <v>271</v>
       </c>
       <c r="D89" s="2"/>
       <c r="E89" s="2">
-        <v>7168</v>
+        <v>7161</v>
       </c>
       <c r="F89" s="2" t="s">
-        <v>123</v>
+        <v>25</v>
       </c>
       <c r="G89" s="2" t="s">
-        <v>38</v>
+        <v>26</v>
       </c>
       <c r="H89" s="2" t="s">
         <v>272</v>
       </c>
       <c r="I89" s="2">
         <v>17</v>
       </c>
       <c r="J89" s="2">
-        <v>6</v>
+        <v>17</v>
       </c>
       <c r="K89" s="2">
-        <v>120</v>
+        <v>100</v>
       </c>
       <c r="L89" s="2">
-        <v>150</v>
+        <v>140</v>
       </c>
       <c r="M89" s="2">
         <v>0</v>
       </c>
       <c r="N89" s="2">
-        <v>270</v>
+        <v>240</v>
       </c>
     </row>
     <row r="90" spans="1:14">
       <c r="A90" s="2">
-        <v>101735</v>
+        <v>118493</v>
       </c>
       <c r="B90" s="2" t="s">
         <v>273</v>
       </c>
       <c r="C90" s="2" t="s">
         <v>274</v>
       </c>
       <c r="D90" s="2"/>
       <c r="E90" s="2">
-        <v>7004</v>
+        <v>7168</v>
       </c>
       <c r="F90" s="2" t="s">
         <v>123</v>
       </c>
       <c r="G90" s="2" t="s">
-        <v>38</v>
+        <v>26</v>
       </c>
       <c r="H90" s="2" t="s">
         <v>275</v>
       </c>
       <c r="I90" s="2">
         <v>17</v>
       </c>
       <c r="J90" s="2">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="K90" s="2">
-        <v>70</v>
+        <v>120</v>
       </c>
       <c r="L90" s="2">
         <v>150</v>
       </c>
       <c r="M90" s="2">
         <v>0</v>
       </c>
       <c r="N90" s="2">
-        <v>220</v>
+        <v>270</v>
       </c>
     </row>
     <row r="91" spans="1:14">
       <c r="A91" s="2">
         <v>121978</v>
       </c>
       <c r="B91" s="2" t="s">
         <v>276</v>
       </c>
       <c r="C91" s="2" t="s">
         <v>277</v>
       </c>
       <c r="D91" s="2"/>
       <c r="E91" s="2">
         <v>7192</v>
       </c>
       <c r="F91" s="2" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="G91" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H91" s="2" t="s">
         <v>278</v>
       </c>
       <c r="I91" s="2">
         <v>17</v>
       </c>
       <c r="J91" s="2">
         <v>17</v>
       </c>
       <c r="K91" s="2">
         <v>100</v>
       </c>
       <c r="L91" s="2">
         <v>140</v>
       </c>
       <c r="M91" s="2">
         <v>0</v>
       </c>
       <c r="N91" s="2">
         <v>240</v>
       </c>
     </row>
     <row r="92" spans="1:14">
       <c r="A92" s="2">
-        <v>122628</v>
+        <v>118494</v>
       </c>
       <c r="B92" s="2" t="s">
         <v>279</v>
       </c>
       <c r="C92" s="2" t="s">
-        <v>280</v>
+        <v>29</v>
       </c>
       <c r="D92" s="2"/>
       <c r="E92" s="2">
-        <v>7175</v>
+        <v>7059</v>
       </c>
       <c r="F92" s="2" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="G92" s="2" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="H92" s="2" t="s">
-        <v>281</v>
+        <v>280</v>
       </c>
       <c r="I92" s="2">
         <v>18</v>
       </c>
       <c r="J92" s="2">
-        <v>18</v>
+        <v>7</v>
       </c>
       <c r="K92" s="2">
-        <v>100</v>
+        <v>120</v>
       </c>
       <c r="L92" s="2">
-        <v>130</v>
+        <v>145</v>
       </c>
       <c r="M92" s="2">
         <v>0</v>
       </c>
       <c r="N92" s="2">
-        <v>230</v>
+        <v>265</v>
       </c>
     </row>
     <row r="93" spans="1:14">
       <c r="A93" s="2">
-        <v>122645</v>
-[...1 lines deleted...]
-      <c r="B93" s="2"/>
+        <v>122628</v>
+      </c>
+      <c r="B93" s="2" t="s">
+        <v>281</v>
+      </c>
       <c r="C93" s="2" t="s">
         <v>282</v>
       </c>
       <c r="D93" s="2"/>
       <c r="E93" s="2">
-        <v>7237</v>
+        <v>7175</v>
       </c>
       <c r="F93" s="2" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="G93" s="2" t="s">
-        <v>38</v>
+        <v>17</v>
       </c>
       <c r="H93" s="2" t="s">
         <v>283</v>
       </c>
       <c r="I93" s="2">
         <v>18</v>
       </c>
       <c r="J93" s="2">
         <v>18</v>
       </c>
       <c r="K93" s="2">
         <v>100</v>
       </c>
       <c r="L93" s="2">
         <v>130</v>
       </c>
       <c r="M93" s="2">
         <v>0</v>
       </c>
       <c r="N93" s="2">
         <v>230</v>
       </c>
     </row>
     <row r="94" spans="1:14">
       <c r="A94" s="2">
-        <v>101736</v>
+        <v>115622</v>
       </c>
       <c r="B94" s="2" t="s">
+        <v>121</v>
+      </c>
+      <c r="C94" s="2" t="s">
         <v>284</v>
-      </c>
-[...1 lines deleted...]
-        <v>285</v>
       </c>
       <c r="D94" s="2"/>
       <c r="E94" s="2">
-        <v>7125</v>
+        <v>7226</v>
       </c>
       <c r="F94" s="2" t="s">
-        <v>25</v>
+        <v>38</v>
       </c>
       <c r="G94" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H94" s="2" t="s">
-        <v>286</v>
+        <v>285</v>
       </c>
       <c r="I94" s="2">
         <v>18</v>
       </c>
       <c r="J94" s="2">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="K94" s="2">
         <v>70</v>
       </c>
       <c r="L94" s="2">
-        <v>24</v>
+        <v>90</v>
       </c>
       <c r="M94" s="2">
         <v>0</v>
       </c>
       <c r="N94" s="2">
-        <v>94</v>
+        <v>160</v>
       </c>
     </row>
     <row r="95" spans="1:14">
       <c r="A95" s="2">
-        <v>115622</v>
-[...3 lines deleted...]
-      </c>
+        <v>122645</v>
+      </c>
+      <c r="B95" s="2"/>
       <c r="C95" s="2" t="s">
-        <v>287</v>
+        <v>286</v>
       </c>
       <c r="D95" s="2"/>
       <c r="E95" s="2">
-        <v>7226</v>
+        <v>7237</v>
       </c>
       <c r="F95" s="2" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G95" s="2" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="H95" s="2" t="s">
-        <v>288</v>
+        <v>287</v>
       </c>
       <c r="I95" s="2">
         <v>18</v>
       </c>
       <c r="J95" s="2">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="K95" s="2">
-        <v>70</v>
+        <v>100</v>
       </c>
       <c r="L95" s="2">
-        <v>90</v>
+        <v>130</v>
       </c>
       <c r="M95" s="2">
         <v>0</v>
       </c>
       <c r="N95" s="2">
-        <v>160</v>
+        <v>230</v>
       </c>
     </row>
     <row r="96" spans="1:14">
       <c r="A96" s="2">
-        <v>118494</v>
+        <v>101736</v>
       </c>
       <c r="B96" s="2" t="s">
+        <v>288</v>
+      </c>
+      <c r="C96" s="2" t="s">
         <v>289</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
       <c r="D96" s="2"/>
       <c r="E96" s="2">
-        <v>7059</v>
+        <v>7125</v>
       </c>
       <c r="F96" s="2" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="G96" s="2" t="s">
-        <v>38</v>
+        <v>17</v>
       </c>
       <c r="H96" s="2" t="s">
         <v>290</v>
       </c>
       <c r="I96" s="2">
         <v>18</v>
       </c>
       <c r="J96" s="2">
-        <v>7</v>
+        <v>16</v>
       </c>
       <c r="K96" s="2">
-        <v>120</v>
+        <v>70</v>
       </c>
       <c r="L96" s="2">
-        <v>145</v>
+        <v>24</v>
       </c>
       <c r="M96" s="2">
         <v>0</v>
       </c>
       <c r="N96" s="2">
-        <v>265</v>
+        <v>94</v>
       </c>
     </row>
     <row r="97" spans="1:14">
       <c r="A97" s="2">
-        <v>101737</v>
+        <v>118534</v>
       </c>
       <c r="B97" s="2" t="s">
         <v>291</v>
       </c>
       <c r="C97" s="2" t="s">
         <v>292</v>
       </c>
       <c r="D97" s="2"/>
       <c r="E97" s="2">
-        <v>7013</v>
+        <v>7370</v>
       </c>
       <c r="F97" s="2" t="s">
-        <v>68</v>
+        <v>30</v>
       </c>
       <c r="G97" s="2" t="s">
-        <v>38</v>
+        <v>17</v>
       </c>
       <c r="H97" s="2" t="s">
         <v>293</v>
       </c>
       <c r="I97" s="2">
         <v>19</v>
       </c>
       <c r="J97" s="2">
-        <v>3</v>
+        <v>19</v>
       </c>
       <c r="K97" s="2">
-        <v>70</v>
+        <v>100</v>
       </c>
       <c r="L97" s="2">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="M97" s="2">
         <v>0</v>
       </c>
       <c r="N97" s="2">
-        <v>195</v>
+        <v>220</v>
       </c>
     </row>
     <row r="98" spans="1:14">
       <c r="A98" s="2">
         <v>122646</v>
       </c>
       <c r="B98" s="2"/>
       <c r="C98" s="2" t="s">
         <v>294</v>
       </c>
       <c r="D98" s="2"/>
       <c r="E98" s="2">
         <v>7184</v>
       </c>
       <c r="F98" s="2" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="G98" s="2" t="s">
-        <v>38</v>
+        <v>26</v>
       </c>
       <c r="H98" s="2" t="s">
         <v>295</v>
       </c>
       <c r="I98" s="2">
         <v>19</v>
       </c>
       <c r="J98" s="2">
         <v>19</v>
       </c>
       <c r="K98" s="2">
         <v>100</v>
       </c>
       <c r="L98" s="2">
         <v>120</v>
       </c>
       <c r="M98" s="2">
         <v>0</v>
       </c>
       <c r="N98" s="2">
         <v>220</v>
       </c>
     </row>
     <row r="99" spans="1:14">
       <c r="A99" s="2">
-        <v>114371</v>
+        <v>101737</v>
       </c>
       <c r="B99" s="2" t="s">
         <v>296</v>
       </c>
       <c r="C99" s="2" t="s">
         <v>297</v>
       </c>
       <c r="D99" s="2"/>
       <c r="E99" s="2">
-        <v>7199</v>
+        <v>7013</v>
       </c>
       <c r="F99" s="2" t="s">
-        <v>25</v>
+        <v>75</v>
       </c>
       <c r="G99" s="2" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="H99" s="2" t="s">
         <v>298</v>
       </c>
       <c r="I99" s="2">
         <v>19</v>
       </c>
       <c r="J99" s="2">
-        <v>22</v>
+        <v>3</v>
       </c>
       <c r="K99" s="2">
         <v>70</v>
       </c>
       <c r="L99" s="2">
-        <v>89</v>
+        <v>125</v>
       </c>
       <c r="M99" s="2">
         <v>0</v>
       </c>
       <c r="N99" s="2">
-        <v>159</v>
+        <v>195</v>
       </c>
     </row>
     <row r="100" spans="1:14">
       <c r="A100" s="2">
-        <v>118534</v>
+        <v>114371</v>
       </c>
       <c r="B100" s="2" t="s">
         <v>299</v>
       </c>
       <c r="C100" s="2" t="s">
         <v>300</v>
       </c>
       <c r="D100" s="2"/>
       <c r="E100" s="2">
-        <v>7370</v>
+        <v>7199</v>
       </c>
       <c r="F100" s="2" t="s">
-        <v>16</v>
+        <v>34</v>
       </c>
       <c r="G100" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H100" s="2" t="s">
         <v>301</v>
       </c>
       <c r="I100" s="2">
         <v>19</v>
       </c>
       <c r="J100" s="2">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="K100" s="2">
-        <v>100</v>
+        <v>70</v>
       </c>
       <c r="L100" s="2">
-        <v>120</v>
+        <v>89</v>
       </c>
       <c r="M100" s="2">
         <v>0</v>
       </c>
       <c r="N100" s="2">
-        <v>220</v>
+        <v>159</v>
       </c>
     </row>
     <row r="101" spans="1:14">
       <c r="A101" s="2">
-        <v>101738</v>
+        <v>115624</v>
       </c>
       <c r="B101" s="2" t="s">
         <v>302</v>
       </c>
       <c r="C101" s="2" t="s">
-        <v>303</v>
+        <v>106</v>
       </c>
       <c r="D101" s="2"/>
       <c r="E101" s="2">
-        <v>7095</v>
+        <v>7011</v>
       </c>
       <c r="F101" s="2" t="s">
-        <v>126</v>
+        <v>34</v>
       </c>
       <c r="G101" s="2" t="s">
-        <v>38</v>
+        <v>17</v>
       </c>
       <c r="H101" s="2" t="s">
-        <v>304</v>
+        <v>303</v>
       </c>
       <c r="I101" s="2">
         <v>20</v>
       </c>
       <c r="J101" s="2">
-        <v>4</v>
+        <v>23</v>
       </c>
       <c r="K101" s="2">
         <v>70</v>
       </c>
       <c r="L101" s="2">
-        <v>100</v>
+        <v>88</v>
       </c>
       <c r="M101" s="2">
         <v>0</v>
       </c>
       <c r="N101" s="2">
-        <v>170</v>
+        <v>158</v>
       </c>
     </row>
     <row r="102" spans="1:14">
       <c r="A102" s="2">
-        <v>122647</v>
+        <v>122629</v>
       </c>
       <c r="B102" s="2" t="s">
-        <v>305</v>
+        <v>113</v>
       </c>
       <c r="C102" s="2" t="s">
-        <v>306</v>
+        <v>282</v>
       </c>
       <c r="D102" s="2"/>
       <c r="E102" s="2">
-        <v>7224</v>
+        <v>7240</v>
       </c>
       <c r="F102" s="2" t="s">
-        <v>16</v>
+        <v>34</v>
       </c>
       <c r="G102" s="2" t="s">
-        <v>38</v>
+        <v>17</v>
       </c>
       <c r="H102" s="2" t="s">
-        <v>307</v>
+        <v>304</v>
       </c>
       <c r="I102" s="2">
         <v>20</v>
       </c>
       <c r="J102" s="2">
         <v>20</v>
       </c>
       <c r="K102" s="2">
         <v>100</v>
       </c>
       <c r="L102" s="2">
         <v>110</v>
       </c>
       <c r="M102" s="2">
         <v>0</v>
       </c>
       <c r="N102" s="2">
         <v>210</v>
       </c>
     </row>
     <row r="103" spans="1:14">
       <c r="A103" s="2">
-        <v>122629</v>
+        <v>122647</v>
       </c>
       <c r="B103" s="2" t="s">
-        <v>112</v>
+        <v>305</v>
       </c>
       <c r="C103" s="2" t="s">
-        <v>280</v>
+        <v>306</v>
       </c>
       <c r="D103" s="2"/>
       <c r="E103" s="2">
-        <v>7240</v>
+        <v>7224</v>
       </c>
       <c r="F103" s="2" t="s">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="G103" s="2" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="H103" s="2" t="s">
-        <v>308</v>
+        <v>307</v>
       </c>
       <c r="I103" s="2">
         <v>20</v>
       </c>
       <c r="J103" s="2">
         <v>20</v>
       </c>
       <c r="K103" s="2">
         <v>100</v>
       </c>
       <c r="L103" s="2">
         <v>110</v>
       </c>
       <c r="M103" s="2">
         <v>0</v>
       </c>
       <c r="N103" s="2">
         <v>210</v>
       </c>
     </row>
     <row r="104" spans="1:14">
       <c r="A104" s="2">
-        <v>115624</v>
+        <v>101738</v>
       </c>
       <c r="B104" s="2" t="s">
+        <v>308</v>
+      </c>
+      <c r="C104" s="2" t="s">
         <v>309</v>
-      </c>
-[...1 lines deleted...]
-        <v>103</v>
       </c>
       <c r="D104" s="2"/>
       <c r="E104" s="2">
-        <v>7011</v>
+        <v>7095</v>
       </c>
       <c r="F104" s="2" t="s">
-        <v>25</v>
+        <v>130</v>
       </c>
       <c r="G104" s="2" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="H104" s="2" t="s">
         <v>310</v>
       </c>
       <c r="I104" s="2">
         <v>20</v>
       </c>
       <c r="J104" s="2">
-        <v>23</v>
+        <v>4</v>
       </c>
       <c r="K104" s="2">
         <v>70</v>
       </c>
       <c r="L104" s="2">
-        <v>88</v>
+        <v>100</v>
       </c>
       <c r="M104" s="2">
         <v>0</v>
       </c>
       <c r="N104" s="2">
-        <v>158</v>
+        <v>170</v>
       </c>
     </row>
     <row r="105" spans="1:14">
       <c r="A105" s="2">
-        <v>122630</v>
-[...1 lines deleted...]
-      <c r="B105" s="2" t="s">
+        <v>122648</v>
+      </c>
+      <c r="B105" s="2"/>
+      <c r="C105" s="2" t="s">
         <v>311</v>
-      </c>
-[...1 lines deleted...]
-        <v>201</v>
       </c>
       <c r="D105" s="2"/>
       <c r="E105" s="2">
-        <v>7316</v>
+        <v>7317</v>
       </c>
       <c r="F105" s="2" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="G105" s="2" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="H105" s="2" t="s">
         <v>312</v>
       </c>
       <c r="I105" s="2">
         <v>21</v>
       </c>
       <c r="J105" s="2">
         <v>21</v>
       </c>
       <c r="K105" s="2">
         <v>100</v>
       </c>
       <c r="L105" s="2">
         <v>100</v>
       </c>
       <c r="M105" s="2">
         <v>0</v>
       </c>
       <c r="N105" s="2">
         <v>200</v>
       </c>
     </row>
     <row r="106" spans="1:14">
       <c r="A106" s="2">
-        <v>115625</v>
+        <v>122630</v>
       </c>
       <c r="B106" s="2" t="s">
         <v>313</v>
       </c>
       <c r="C106" s="2" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="D106" s="2"/>
       <c r="E106" s="2">
-        <v>7159</v>
+        <v>7316</v>
       </c>
       <c r="F106" s="2" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="G106" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H106" s="2" t="s">
         <v>314</v>
       </c>
       <c r="I106" s="2">
         <v>21</v>
       </c>
       <c r="J106" s="2">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="K106" s="2">
-        <v>70</v>
+        <v>100</v>
       </c>
       <c r="L106" s="2">
-        <v>87</v>
+        <v>100</v>
       </c>
       <c r="M106" s="2">
         <v>0</v>
       </c>
       <c r="N106" s="2">
-        <v>157</v>
+        <v>200</v>
       </c>
     </row>
     <row r="107" spans="1:14">
       <c r="A107" s="2">
-        <v>101739</v>
+        <v>115625</v>
       </c>
       <c r="B107" s="2" t="s">
         <v>315</v>
       </c>
       <c r="C107" s="2" t="s">
-        <v>316</v>
+        <v>202</v>
       </c>
       <c r="D107" s="2"/>
       <c r="E107" s="2">
-        <v>7091</v>
+        <v>7159</v>
       </c>
       <c r="F107" s="2" t="s">
-        <v>72</v>
+        <v>34</v>
       </c>
       <c r="G107" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H107" s="2" t="s">
-        <v>317</v>
+        <v>316</v>
       </c>
       <c r="I107" s="2">
         <v>21</v>
       </c>
       <c r="J107" s="2">
-        <v>17</v>
+        <v>24</v>
       </c>
       <c r="K107" s="2">
         <v>70</v>
       </c>
       <c r="L107" s="2">
-        <v>23</v>
+        <v>87</v>
       </c>
       <c r="M107" s="2">
         <v>0</v>
       </c>
       <c r="N107" s="2">
-        <v>93</v>
+        <v>157</v>
       </c>
     </row>
     <row r="108" spans="1:14">
       <c r="A108" s="2">
-        <v>122648</v>
-[...1 lines deleted...]
-      <c r="B108" s="2"/>
+        <v>101739</v>
+      </c>
+      <c r="B108" s="2" t="s">
+        <v>317</v>
+      </c>
       <c r="C108" s="2" t="s">
         <v>318</v>
       </c>
       <c r="D108" s="2"/>
       <c r="E108" s="2">
-        <v>7317</v>
+        <v>7091</v>
       </c>
       <c r="F108" s="2" t="s">
-        <v>25</v>
+        <v>68</v>
       </c>
       <c r="G108" s="2" t="s">
-        <v>38</v>
+        <v>17</v>
       </c>
       <c r="H108" s="2" t="s">
         <v>319</v>
       </c>
       <c r="I108" s="2">
         <v>21</v>
       </c>
       <c r="J108" s="2">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="K108" s="2">
-        <v>100</v>
+        <v>70</v>
       </c>
       <c r="L108" s="2">
-        <v>100</v>
+        <v>23</v>
       </c>
       <c r="M108" s="2">
         <v>0</v>
       </c>
       <c r="N108" s="2">
-        <v>200</v>
+        <v>93</v>
       </c>
     </row>
     <row r="109" spans="1:14">
       <c r="A109" s="2">
-        <v>122649</v>
-[...1 lines deleted...]
-      <c r="B109" s="2"/>
+        <v>101740</v>
+      </c>
+      <c r="B109" s="2" t="s">
+        <v>320</v>
+      </c>
       <c r="C109" s="2" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="D109" s="2"/>
       <c r="E109" s="2">
-        <v>7233</v>
+        <v>7057</v>
       </c>
       <c r="F109" s="2" t="s">
-        <v>25</v>
+        <v>109</v>
       </c>
       <c r="G109" s="2" t="s">
-        <v>38</v>
+        <v>17</v>
       </c>
       <c r="H109" s="2" t="s">
-        <v>319</v>
+        <v>322</v>
       </c>
       <c r="I109" s="2">
         <v>22</v>
       </c>
       <c r="J109" s="2">
+        <v>18</v>
+      </c>
+      <c r="K109" s="2">
+        <v>70</v>
+      </c>
+      <c r="L109" s="2">
         <v>22</v>
       </c>
-      <c r="K109" s="2">
-[...4 lines deleted...]
-      </c>
       <c r="M109" s="2">
         <v>0</v>
       </c>
       <c r="N109" s="2">
-        <v>190</v>
+        <v>92</v>
       </c>
     </row>
     <row r="110" spans="1:14">
       <c r="A110" s="2">
-        <v>122631</v>
+        <v>122649</v>
       </c>
       <c r="B110" s="2"/>
       <c r="C110" s="2" t="s">
-        <v>321</v>
+        <v>323</v>
       </c>
       <c r="D110" s="2"/>
       <c r="E110" s="2">
-        <v>7436</v>
+        <v>7233</v>
       </c>
       <c r="F110" s="2" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="G110" s="2" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="H110" s="2" t="s">
-        <v>322</v>
+        <v>312</v>
       </c>
       <c r="I110" s="2">
         <v>22</v>
       </c>
       <c r="J110" s="2">
         <v>22</v>
       </c>
       <c r="K110" s="2">
         <v>100</v>
       </c>
       <c r="L110" s="2">
         <v>90</v>
       </c>
       <c r="M110" s="2">
         <v>0</v>
       </c>
       <c r="N110" s="2">
         <v>190</v>
       </c>
     </row>
     <row r="111" spans="1:14">
       <c r="A111" s="2">
-        <v>101740</v>
-[...3 lines deleted...]
-      </c>
+        <v>122631</v>
+      </c>
+      <c r="B111" s="2"/>
       <c r="C111" s="2" t="s">
         <v>324</v>
       </c>
       <c r="D111" s="2"/>
       <c r="E111" s="2">
-        <v>7057</v>
+        <v>7436</v>
       </c>
       <c r="F111" s="2" t="s">
-        <v>100</v>
+        <v>34</v>
       </c>
       <c r="G111" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H111" s="2" t="s">
         <v>325</v>
       </c>
       <c r="I111" s="2">
         <v>22</v>
       </c>
       <c r="J111" s="2">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="K111" s="2">
-        <v>70</v>
+        <v>100</v>
       </c>
       <c r="L111" s="2">
-        <v>22</v>
+        <v>90</v>
       </c>
       <c r="M111" s="2">
         <v>0</v>
       </c>
       <c r="N111" s="2">
-        <v>92</v>
+        <v>190</v>
       </c>
     </row>
     <row r="112" spans="1:14">
       <c r="A112" s="2">
         <v>115626</v>
       </c>
       <c r="B112" s="2" t="s">
         <v>326</v>
       </c>
       <c r="C112" s="2" t="s">
         <v>225</v>
       </c>
       <c r="D112" s="2"/>
       <c r="E112" s="2">
         <v>7064</v>
       </c>
       <c r="F112" s="2" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="G112" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H112" s="2" t="s">
         <v>327</v>
       </c>
       <c r="I112" s="2">
         <v>22</v>
       </c>
       <c r="J112" s="2">
         <v>25</v>
       </c>
       <c r="K112" s="2">
         <v>70</v>
       </c>
       <c r="L112" s="2">
         <v>86</v>
       </c>
       <c r="M112" s="2">
         <v>0</v>
       </c>
       <c r="N112" s="2">
         <v>156</v>
       </c>
     </row>
     <row r="113" spans="1:14">
       <c r="A113" s="2">
-        <v>115627</v>
+        <v>101741</v>
       </c>
       <c r="B113" s="2" t="s">
-        <v>197</v>
+        <v>328</v>
       </c>
       <c r="C113" s="2" t="s">
-        <v>198</v>
+        <v>329</v>
       </c>
       <c r="D113" s="2"/>
       <c r="E113" s="2">
-        <v>7297</v>
+        <v>7104</v>
       </c>
       <c r="F113" s="2" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G113" s="2" t="s">
-        <v>38</v>
+        <v>17</v>
       </c>
       <c r="H113" s="2" t="s">
-        <v>328</v>
+        <v>330</v>
       </c>
       <c r="I113" s="2">
         <v>23</v>
       </c>
       <c r="J113" s="2">
-        <v>3</v>
+        <v>19</v>
       </c>
       <c r="K113" s="2">
         <v>70</v>
       </c>
       <c r="L113" s="2">
-        <v>225</v>
+        <v>21</v>
       </c>
       <c r="M113" s="2">
         <v>0</v>
       </c>
       <c r="N113" s="2">
-        <v>295</v>
+        <v>91</v>
       </c>
     </row>
     <row r="114" spans="1:14">
       <c r="A114" s="2">
         <v>122633</v>
       </c>
       <c r="B114" s="2"/>
       <c r="C114" s="2" t="s">
-        <v>329</v>
+        <v>331</v>
       </c>
       <c r="D114" s="2"/>
       <c r="E114" s="2">
         <v>7187</v>
       </c>
       <c r="F114" s="2" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="G114" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H114" s="2" t="s">
-        <v>330</v>
+        <v>332</v>
       </c>
       <c r="I114" s="2">
         <v>23</v>
       </c>
       <c r="J114" s="2">
         <v>23</v>
       </c>
       <c r="K114" s="2">
         <v>100</v>
       </c>
       <c r="L114" s="2">
         <v>80</v>
       </c>
       <c r="M114" s="2">
         <v>0</v>
       </c>
       <c r="N114" s="2">
         <v>180</v>
       </c>
     </row>
     <row r="115" spans="1:14">
       <c r="A115" s="2">
-        <v>122650</v>
-[...1 lines deleted...]
-      <c r="B115" s="2"/>
+        <v>115627</v>
+      </c>
+      <c r="B115" s="2" t="s">
+        <v>207</v>
+      </c>
       <c r="C115" s="2" t="s">
-        <v>331</v>
+        <v>208</v>
       </c>
       <c r="D115" s="2"/>
       <c r="E115" s="2">
-        <v>7308</v>
+        <v>7297</v>
       </c>
       <c r="F115" s="2" t="s">
-        <v>25</v>
+        <v>38</v>
       </c>
       <c r="G115" s="2" t="s">
-        <v>38</v>
+        <v>26</v>
       </c>
       <c r="H115" s="2" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="I115" s="2">
         <v>23</v>
       </c>
       <c r="J115" s="2">
-        <v>23</v>
+        <v>3</v>
       </c>
       <c r="K115" s="2">
-        <v>100</v>
+        <v>70</v>
       </c>
       <c r="L115" s="2">
-        <v>80</v>
+        <v>225</v>
       </c>
       <c r="M115" s="2">
         <v>0</v>
       </c>
       <c r="N115" s="2">
-        <v>180</v>
+        <v>295</v>
       </c>
     </row>
     <row r="116" spans="1:14">
       <c r="A116" s="2">
-        <v>101741</v>
-[...3 lines deleted...]
-      </c>
+        <v>122650</v>
+      </c>
+      <c r="B116" s="2"/>
       <c r="C116" s="2" t="s">
         <v>334</v>
       </c>
       <c r="D116" s="2"/>
       <c r="E116" s="2">
-        <v>7104</v>
+        <v>7308</v>
       </c>
       <c r="F116" s="2" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="G116" s="2" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="H116" s="2" t="s">
         <v>335</v>
       </c>
       <c r="I116" s="2">
         <v>23</v>
       </c>
       <c r="J116" s="2">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="K116" s="2">
-        <v>70</v>
+        <v>100</v>
       </c>
       <c r="L116" s="2">
-        <v>21</v>
+        <v>80</v>
       </c>
       <c r="M116" s="2">
         <v>0</v>
       </c>
       <c r="N116" s="2">
-        <v>91</v>
+        <v>180</v>
       </c>
     </row>
     <row r="117" spans="1:14">
       <c r="A117" s="2">
-        <v>115628</v>
-[...1 lines deleted...]
-      <c r="B117" s="2" t="s">
+        <v>122651</v>
+      </c>
+      <c r="B117" s="2"/>
+      <c r="C117" s="2" t="s">
         <v>336</v>
-      </c>
-[...1 lines deleted...]
-        <v>337</v>
       </c>
       <c r="D117" s="2"/>
       <c r="E117" s="2">
-        <v>7044</v>
+        <v>7284</v>
       </c>
       <c r="F117" s="2" t="s">
-        <v>37</v>
+        <v>34</v>
       </c>
       <c r="G117" s="2" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="H117" s="2" t="s">
-        <v>338</v>
+        <v>337</v>
       </c>
       <c r="I117" s="2">
         <v>24</v>
       </c>
       <c r="J117" s="2">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="K117" s="2">
-        <v>70</v>
+        <v>100</v>
       </c>
       <c r="L117" s="2">
-        <v>85</v>
+        <v>70</v>
       </c>
       <c r="M117" s="2">
         <v>0</v>
       </c>
       <c r="N117" s="2">
-        <v>155</v>
+        <v>170</v>
       </c>
     </row>
     <row r="118" spans="1:14">
       <c r="A118" s="2">
-        <v>101742</v>
-[...3 lines deleted...]
-      </c>
+        <v>122634</v>
+      </c>
+      <c r="B118" s="2"/>
       <c r="C118" s="2" t="s">
-        <v>340</v>
+        <v>338</v>
       </c>
       <c r="D118" s="2"/>
       <c r="E118" s="2">
-        <v>7043</v>
+        <v>7392</v>
       </c>
       <c r="F118" s="2" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G118" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H118" s="2" t="s">
-        <v>341</v>
+        <v>339</v>
       </c>
       <c r="I118" s="2">
         <v>24</v>
       </c>
       <c r="J118" s="2">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="K118" s="2">
-        <v>70</v>
+        <v>100</v>
       </c>
       <c r="L118" s="2">
-        <v>20</v>
+        <v>70</v>
       </c>
       <c r="M118" s="2">
         <v>0</v>
       </c>
       <c r="N118" s="2">
-        <v>90</v>
+        <v>170</v>
       </c>
     </row>
     <row r="119" spans="1:14">
       <c r="A119" s="2">
-        <v>122634</v>
-[...1 lines deleted...]
-      <c r="B119" s="2"/>
+        <v>115628</v>
+      </c>
+      <c r="B119" s="2" t="s">
+        <v>340</v>
+      </c>
       <c r="C119" s="2" t="s">
-        <v>342</v>
+        <v>341</v>
       </c>
       <c r="D119" s="2"/>
       <c r="E119" s="2">
-        <v>7392</v>
+        <v>7044</v>
       </c>
       <c r="F119" s="2" t="s">
         <v>25</v>
       </c>
       <c r="G119" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H119" s="2" t="s">
-        <v>343</v>
+        <v>342</v>
       </c>
       <c r="I119" s="2">
         <v>24</v>
       </c>
       <c r="J119" s="2">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="K119" s="2">
-        <v>100</v>
+        <v>70</v>
       </c>
       <c r="L119" s="2">
-        <v>70</v>
+        <v>85</v>
       </c>
       <c r="M119" s="2">
         <v>0</v>
       </c>
       <c r="N119" s="2">
-        <v>170</v>
+        <v>155</v>
       </c>
     </row>
     <row r="120" spans="1:14">
       <c r="A120" s="2">
-        <v>122651</v>
-[...1 lines deleted...]
-      <c r="B120" s="2"/>
+        <v>101742</v>
+      </c>
+      <c r="B120" s="2" t="s">
+        <v>343</v>
+      </c>
       <c r="C120" s="2" t="s">
         <v>344</v>
       </c>
       <c r="D120" s="2"/>
       <c r="E120" s="2">
-        <v>7284</v>
+        <v>7043</v>
       </c>
       <c r="F120" s="2" t="s">
-        <v>25</v>
+        <v>38</v>
       </c>
       <c r="G120" s="2" t="s">
-        <v>38</v>
+        <v>17</v>
       </c>
       <c r="H120" s="2" t="s">
         <v>345</v>
       </c>
       <c r="I120" s="2">
         <v>24</v>
       </c>
       <c r="J120" s="2">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="K120" s="2">
-        <v>100</v>
+        <v>70</v>
       </c>
       <c r="L120" s="2">
-        <v>70</v>
+        <v>20</v>
       </c>
       <c r="M120" s="2">
         <v>0</v>
       </c>
       <c r="N120" s="2">
-        <v>170</v>
+        <v>90</v>
       </c>
     </row>
     <row r="121" spans="1:14">
       <c r="A121" s="2">
-        <v>122635</v>
+        <v>115629</v>
       </c>
       <c r="B121" s="2" t="s">
-        <v>346</v>
+        <v>153</v>
       </c>
       <c r="C121" s="2" t="s">
-        <v>347</v>
+        <v>154</v>
       </c>
       <c r="D121" s="2"/>
       <c r="E121" s="2">
-        <v>7372</v>
+        <v>7208</v>
       </c>
       <c r="F121" s="2" t="s">
-        <v>21</v>
+        <v>155</v>
       </c>
       <c r="G121" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H121" s="2" t="s">
-        <v>348</v>
+        <v>346</v>
       </c>
       <c r="I121" s="2">
         <v>25</v>
       </c>
       <c r="J121" s="2">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="K121" s="2">
-        <v>100</v>
+        <v>70</v>
       </c>
       <c r="L121" s="2">
-        <v>60</v>
+        <v>84</v>
       </c>
       <c r="M121" s="2">
         <v>0</v>
       </c>
       <c r="N121" s="2">
-        <v>160</v>
+        <v>154</v>
       </c>
     </row>
     <row r="122" spans="1:14">
       <c r="A122" s="2">
-        <v>115629</v>
+        <v>118643</v>
       </c>
       <c r="B122" s="2" t="s">
-        <v>159</v>
+        <v>347</v>
       </c>
       <c r="C122" s="2" t="s">
-        <v>160</v>
+        <v>348</v>
       </c>
       <c r="D122" s="2"/>
       <c r="E122" s="2">
-        <v>7208</v>
+        <v>7482</v>
       </c>
       <c r="F122" s="2" t="s">
-        <v>161</v>
+        <v>109</v>
       </c>
       <c r="G122" s="2" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="H122" s="2" t="s">
         <v>349</v>
       </c>
       <c r="I122" s="2">
         <v>25</v>
       </c>
       <c r="J122" s="2">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="K122" s="2">
-        <v>70</v>
+        <v>100</v>
       </c>
       <c r="L122" s="2">
-        <v>84</v>
+        <v>60</v>
       </c>
       <c r="M122" s="2">
         <v>0</v>
       </c>
       <c r="N122" s="2">
-        <v>154</v>
+        <v>160</v>
       </c>
     </row>
     <row r="123" spans="1:14">
       <c r="A123" s="2">
-        <v>118643</v>
+        <v>101743</v>
       </c>
       <c r="B123" s="2" t="s">
         <v>350</v>
       </c>
       <c r="C123" s="2" t="s">
         <v>351</v>
       </c>
       <c r="D123" s="2"/>
       <c r="E123" s="2">
-        <v>7482</v>
+        <v>7007</v>
       </c>
       <c r="F123" s="2" t="s">
-        <v>100</v>
+        <v>219</v>
       </c>
       <c r="G123" s="2" t="s">
-        <v>38</v>
+        <v>17</v>
       </c>
       <c r="H123" s="2" t="s">
         <v>352</v>
       </c>
       <c r="I123" s="2">
         <v>25</v>
       </c>
       <c r="J123" s="2">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="K123" s="2">
-        <v>100</v>
+        <v>70</v>
       </c>
       <c r="L123" s="2">
-        <v>60</v>
+        <v>15</v>
       </c>
       <c r="M123" s="2">
         <v>0</v>
       </c>
       <c r="N123" s="2">
-        <v>160</v>
+        <v>85</v>
       </c>
     </row>
     <row r="124" spans="1:14">
       <c r="A124" s="2">
-        <v>101743</v>
+        <v>122635</v>
       </c>
       <c r="B124" s="2" t="s">
         <v>353</v>
       </c>
       <c r="C124" s="2" t="s">
         <v>354</v>
       </c>
       <c r="D124" s="2"/>
       <c r="E124" s="2">
-        <v>7007</v>
+        <v>7372</v>
       </c>
       <c r="F124" s="2" t="s">
-        <v>214</v>
+        <v>38</v>
       </c>
       <c r="G124" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H124" s="2" t="s">
         <v>355</v>
       </c>
       <c r="I124" s="2">
         <v>25</v>
       </c>
       <c r="J124" s="2">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="K124" s="2">
-        <v>70</v>
+        <v>100</v>
       </c>
       <c r="L124" s="2">
-        <v>15</v>
+        <v>60</v>
       </c>
       <c r="M124" s="2">
         <v>0</v>
       </c>
       <c r="N124" s="2">
-        <v>85</v>
+        <v>160</v>
       </c>
     </row>
     <row r="125" spans="1:14">
       <c r="A125" s="2">
-        <v>122636</v>
-[...1 lines deleted...]
-      <c r="B125" s="2"/>
+        <v>101744</v>
+      </c>
+      <c r="B125" s="2" t="s">
+        <v>356</v>
+      </c>
       <c r="C125" s="2" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="D125" s="2"/>
       <c r="E125" s="2">
-        <v>7223</v>
+        <v>7102</v>
       </c>
       <c r="F125" s="2" t="s">
-        <v>25</v>
+        <v>120</v>
       </c>
       <c r="G125" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H125" s="2" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="I125" s="2">
         <v>26</v>
       </c>
       <c r="J125" s="2">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="K125" s="2">
-        <v>100</v>
+        <v>70</v>
       </c>
       <c r="L125" s="2">
-        <v>0</v>
+        <v>15</v>
       </c>
       <c r="M125" s="2">
         <v>0</v>
       </c>
       <c r="N125" s="2">
-        <v>100</v>
+        <v>85</v>
       </c>
     </row>
     <row r="126" spans="1:14">
       <c r="A126" s="2">
-        <v>101744</v>
+        <v>107455</v>
       </c>
       <c r="B126" s="2" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="C126" s="2" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="D126" s="2"/>
       <c r="E126" s="2">
-        <v>7102</v>
+        <v>7026</v>
       </c>
       <c r="F126" s="2" t="s">
-        <v>119</v>
+        <v>361</v>
       </c>
       <c r="G126" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H126" s="2" t="s">
-        <v>360</v>
+        <v>362</v>
       </c>
       <c r="I126" s="2">
         <v>26</v>
       </c>
       <c r="J126" s="2">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="K126" s="2">
         <v>70</v>
       </c>
       <c r="L126" s="2">
-        <v>15</v>
+        <v>83</v>
       </c>
       <c r="M126" s="2">
         <v>0</v>
       </c>
       <c r="N126" s="2">
-        <v>85</v>
+        <v>153</v>
       </c>
     </row>
     <row r="127" spans="1:14">
       <c r="A127" s="2">
-        <v>107455</v>
-[...3 lines deleted...]
-      </c>
+        <v>122636</v>
+      </c>
+      <c r="B127" s="2"/>
       <c r="C127" s="2" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="D127" s="2"/>
       <c r="E127" s="2">
-        <v>7026</v>
+        <v>7223</v>
       </c>
       <c r="F127" s="2" t="s">
-        <v>363</v>
+        <v>34</v>
       </c>
       <c r="G127" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H127" s="2" t="s">
         <v>364</v>
       </c>
       <c r="I127" s="2">
         <v>26</v>
       </c>
       <c r="J127" s="2">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="K127" s="2">
-        <v>70</v>
+        <v>100</v>
       </c>
       <c r="L127" s="2">
-        <v>83</v>
+        <v>0</v>
       </c>
       <c r="M127" s="2">
         <v>0</v>
       </c>
       <c r="N127" s="2">
-        <v>153</v>
+        <v>100</v>
       </c>
     </row>
     <row r="128" spans="1:14">
       <c r="A128" s="2">
         <v>101745</v>
       </c>
       <c r="B128" s="2" t="s">
         <v>365</v>
       </c>
       <c r="C128" s="2" t="s">
         <v>366</v>
       </c>
       <c r="D128" s="2"/>
       <c r="E128" s="2">
         <v>7051</v>
       </c>
       <c r="F128" s="2" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="G128" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H128" s="2" t="s">
         <v>367</v>
       </c>
       <c r="I128" s="2">
         <v>27</v>
       </c>
       <c r="J128" s="2">
         <v>23</v>
       </c>
       <c r="K128" s="2">
         <v>70</v>
       </c>
       <c r="L128" s="2">
         <v>15</v>
       </c>
       <c r="M128" s="2">
         <v>0</v>
       </c>
       <c r="N128" s="2">
         <v>85</v>
       </c>
     </row>
     <row r="129" spans="1:14">
       <c r="A129" s="2">
-        <v>115630</v>
+        <v>122637</v>
       </c>
       <c r="B129" s="2" t="s">
         <v>368</v>
       </c>
       <c r="C129" s="2" t="s">
-        <v>369</v>
+        <v>164</v>
       </c>
       <c r="D129" s="2"/>
       <c r="E129" s="2">
-        <v>7081</v>
+        <v>7035</v>
       </c>
       <c r="F129" s="2" t="s">
-        <v>72</v>
+        <v>99</v>
       </c>
       <c r="G129" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H129" s="2" t="s">
-        <v>370</v>
+        <v>369</v>
       </c>
       <c r="I129" s="2">
         <v>27</v>
       </c>
       <c r="J129" s="2">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="K129" s="2">
-        <v>70</v>
+        <v>100</v>
       </c>
       <c r="L129" s="2">
-        <v>82</v>
+        <v>0</v>
       </c>
       <c r="M129" s="2">
         <v>0</v>
       </c>
       <c r="N129" s="2">
-        <v>152</v>
+        <v>100</v>
       </c>
     </row>
     <row r="130" spans="1:14">
       <c r="A130" s="2">
-        <v>122637</v>
+        <v>115630</v>
       </c>
       <c r="B130" s="2" t="s">
+        <v>370</v>
+      </c>
+      <c r="C130" s="2" t="s">
         <v>371</v>
-      </c>
-[...1 lines deleted...]
-        <v>151</v>
       </c>
       <c r="D130" s="2"/>
       <c r="E130" s="2">
-        <v>7035</v>
+        <v>7081</v>
       </c>
       <c r="F130" s="2" t="s">
-        <v>110</v>
+        <v>68</v>
       </c>
       <c r="G130" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H130" s="2" t="s">
         <v>372</v>
       </c>
       <c r="I130" s="2">
         <v>27</v>
       </c>
       <c r="J130" s="2">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="K130" s="2">
-        <v>100</v>
+        <v>70</v>
       </c>
       <c r="L130" s="2">
-        <v>0</v>
+        <v>82</v>
       </c>
       <c r="M130" s="2">
         <v>0</v>
       </c>
       <c r="N130" s="2">
-        <v>100</v>
+        <v>152</v>
       </c>
     </row>
     <row r="131" spans="1:14">
       <c r="A131" s="2">
-        <v>101746</v>
+        <v>111808</v>
       </c>
       <c r="B131" s="2" t="s">
         <v>373</v>
       </c>
       <c r="C131" s="2" t="s">
-        <v>374</v>
+        <v>29</v>
       </c>
       <c r="D131" s="2"/>
       <c r="E131" s="2">
-        <v>7085</v>
+        <v>7204</v>
       </c>
       <c r="F131" s="2" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="G131" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H131" s="2" t="s">
-        <v>375</v>
+        <v>374</v>
       </c>
       <c r="I131" s="2">
         <v>28</v>
       </c>
       <c r="J131" s="2">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="K131" s="2">
         <v>70</v>
       </c>
       <c r="L131" s="2">
-        <v>15</v>
+        <v>81</v>
       </c>
       <c r="M131" s="2">
         <v>0</v>
       </c>
       <c r="N131" s="2">
-        <v>85</v>
+        <v>151</v>
       </c>
     </row>
     <row r="132" spans="1:14">
       <c r="A132" s="2">
-        <v>111808</v>
+        <v>101746</v>
       </c>
       <c r="B132" s="2" t="s">
+        <v>375</v>
+      </c>
+      <c r="C132" s="2" t="s">
         <v>376</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
       <c r="D132" s="2"/>
       <c r="E132" s="2">
-        <v>7204</v>
+        <v>7085</v>
       </c>
       <c r="F132" s="2" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="G132" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H132" s="2" t="s">
         <v>377</v>
       </c>
       <c r="I132" s="2">
         <v>28</v>
       </c>
       <c r="J132" s="2">
-        <v>30</v>
+        <v>24</v>
       </c>
       <c r="K132" s="2">
         <v>70</v>
       </c>
       <c r="L132" s="2">
-        <v>81</v>
+        <v>15</v>
       </c>
       <c r="M132" s="2">
         <v>0</v>
       </c>
       <c r="N132" s="2">
-        <v>151</v>
+        <v>85</v>
       </c>
     </row>
     <row r="133" spans="1:14">
       <c r="A133" s="2">
         <v>101747</v>
       </c>
       <c r="B133" s="2" t="s">
-        <v>15</v>
+        <v>29</v>
       </c>
       <c r="C133" s="2" t="s">
         <v>378</v>
       </c>
       <c r="D133" s="2"/>
       <c r="E133" s="2">
         <v>7078</v>
       </c>
       <c r="F133" s="2" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="G133" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H133" s="2" t="s">
         <v>379</v>
       </c>
       <c r="I133" s="2">
         <v>29</v>
       </c>
       <c r="J133" s="2">
         <v>25</v>
       </c>
       <c r="K133" s="2">
         <v>70</v>
       </c>
       <c r="L133" s="2">
         <v>15</v>
       </c>
       <c r="M133" s="2">
         <v>0</v>
       </c>
       <c r="N133" s="2">
         <v>85</v>
       </c>
     </row>
     <row r="134" spans="1:14">
       <c r="A134" s="2">
         <v>115632</v>
       </c>
       <c r="B134" s="2" t="s">
         <v>380</v>
       </c>
       <c r="C134" s="2" t="s">
         <v>381</v>
       </c>
       <c r="D134" s="2"/>
       <c r="E134" s="2">
         <v>7233</v>
       </c>
       <c r="F134" s="2" t="s">
-        <v>100</v>
+        <v>109</v>
       </c>
       <c r="G134" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H134" s="2" t="s">
         <v>382</v>
       </c>
       <c r="I134" s="2">
         <v>29</v>
       </c>
       <c r="J134" s="2">
         <v>31</v>
       </c>
       <c r="K134" s="2">
         <v>70</v>
       </c>
       <c r="L134" s="2">
         <v>80</v>
       </c>
       <c r="M134" s="2">
         <v>0</v>
       </c>
       <c r="N134" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="135" spans="1:14">
       <c r="A135" s="2">
-        <v>101748</v>
+        <v>115633</v>
       </c>
       <c r="B135" s="2" t="s">
         <v>383</v>
       </c>
       <c r="C135" s="2" t="s">
         <v>384</v>
       </c>
       <c r="D135" s="2"/>
       <c r="E135" s="2">
-        <v>7022</v>
+        <v>7067</v>
       </c>
       <c r="F135" s="2" t="s">
-        <v>119</v>
+        <v>34</v>
       </c>
       <c r="G135" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H135" s="2" t="s">
         <v>385</v>
       </c>
       <c r="I135" s="2">
         <v>30</v>
       </c>
       <c r="J135" s="2">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="K135" s="2">
         <v>70</v>
       </c>
       <c r="L135" s="2">
-        <v>15</v>
+        <v>79</v>
       </c>
       <c r="M135" s="2">
         <v>0</v>
       </c>
       <c r="N135" s="2">
-        <v>85</v>
+        <v>149</v>
       </c>
     </row>
     <row r="136" spans="1:14">
       <c r="A136" s="2">
-        <v>115633</v>
+        <v>101748</v>
       </c>
       <c r="B136" s="2" t="s">
         <v>386</v>
       </c>
       <c r="C136" s="2" t="s">
         <v>387</v>
       </c>
       <c r="D136" s="2"/>
       <c r="E136" s="2">
-        <v>7067</v>
+        <v>7022</v>
       </c>
       <c r="F136" s="2" t="s">
-        <v>25</v>
+        <v>120</v>
       </c>
       <c r="G136" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H136" s="2" t="s">
         <v>388</v>
       </c>
       <c r="I136" s="2">
         <v>30</v>
       </c>
       <c r="J136" s="2">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="K136" s="2">
         <v>70</v>
       </c>
       <c r="L136" s="2">
-        <v>79</v>
+        <v>15</v>
       </c>
       <c r="M136" s="2">
         <v>0</v>
       </c>
       <c r="N136" s="2">
-        <v>149</v>
+        <v>85</v>
       </c>
     </row>
     <row r="137" spans="1:14">
       <c r="A137" s="2">
-        <v>101749</v>
+        <v>121994</v>
       </c>
       <c r="B137" s="2" t="s">
         <v>389</v>
       </c>
       <c r="C137" s="2" t="s">
         <v>390</v>
       </c>
       <c r="D137" s="2"/>
       <c r="E137" s="2">
-        <v>7012</v>
+        <v>7428</v>
       </c>
       <c r="F137" s="2" t="s">
-        <v>25</v>
+        <v>38</v>
       </c>
       <c r="G137" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H137" s="2" t="s">
         <v>391</v>
       </c>
       <c r="I137" s="2">
         <v>31</v>
       </c>
       <c r="J137" s="2">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="K137" s="2">
-        <v>70</v>
+        <v>100</v>
       </c>
       <c r="L137" s="2">
-        <v>15</v>
+        <v>0</v>
       </c>
       <c r="M137" s="2">
         <v>0</v>
       </c>
       <c r="N137" s="2">
-        <v>85</v>
+        <v>100</v>
       </c>
     </row>
     <row r="138" spans="1:14">
       <c r="A138" s="2">
-        <v>121994</v>
+        <v>101749</v>
       </c>
       <c r="B138" s="2" t="s">
         <v>392</v>
       </c>
       <c r="C138" s="2" t="s">
         <v>393</v>
       </c>
       <c r="D138" s="2"/>
       <c r="E138" s="2">
-        <v>7428</v>
+        <v>7012</v>
       </c>
       <c r="F138" s="2" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G138" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H138" s="2" t="s">
         <v>394</v>
       </c>
       <c r="I138" s="2">
         <v>31</v>
       </c>
       <c r="J138" s="2">
-        <v>31</v>
+        <v>27</v>
       </c>
       <c r="K138" s="2">
-        <v>100</v>
+        <v>70</v>
       </c>
       <c r="L138" s="2">
-        <v>0</v>
+        <v>15</v>
       </c>
       <c r="M138" s="2">
         <v>0</v>
       </c>
       <c r="N138" s="2">
-        <v>100</v>
+        <v>85</v>
       </c>
     </row>
     <row r="139" spans="1:14">
       <c r="A139" s="2">
         <v>115634</v>
       </c>
       <c r="B139" s="2" t="s">
         <v>395</v>
       </c>
       <c r="C139" s="2" t="s">
         <v>396</v>
       </c>
       <c r="D139" s="2"/>
       <c r="E139" s="2">
         <v>7250</v>
       </c>
       <c r="F139" s="2" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="G139" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H139" s="2" t="s">
         <v>397</v>
       </c>
       <c r="I139" s="2">
         <v>31</v>
       </c>
       <c r="J139" s="2">
         <v>33</v>
       </c>
       <c r="K139" s="2">
         <v>70</v>
       </c>
       <c r="L139" s="2">
         <v>78</v>
       </c>
       <c r="M139" s="2">
         <v>0</v>
       </c>
       <c r="N139" s="2">
         <v>148</v>
       </c>
     </row>
     <row r="140" spans="1:14">
       <c r="A140" s="2">
         <v>108729</v>
       </c>
       <c r="B140" s="2" t="s">
         <v>398</v>
       </c>
       <c r="C140" s="2" t="s">
         <v>399</v>
       </c>
       <c r="D140" s="2"/>
       <c r="E140" s="2">
         <v>7055</v>
       </c>
       <c r="F140" s="2" t="s">
-        <v>16</v>
+        <v>30</v>
       </c>
       <c r="G140" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H140" s="2" t="s">
         <v>400</v>
       </c>
       <c r="I140" s="2">
         <v>32</v>
       </c>
       <c r="J140" s="2">
         <v>34</v>
       </c>
       <c r="K140" s="2">
         <v>70</v>
       </c>
       <c r="L140" s="2">
         <v>77</v>
       </c>
       <c r="M140" s="2">
         <v>0</v>
       </c>
       <c r="N140" s="2">
         <v>147</v>
       </c>
     </row>
     <row r="141" spans="1:14">
       <c r="A141" s="2">
         <v>101750</v>
       </c>
       <c r="B141" s="2" t="s">
-        <v>15</v>
+        <v>29</v>
       </c>
       <c r="C141" s="2" t="s">
         <v>401</v>
       </c>
       <c r="D141" s="2"/>
       <c r="E141" s="2">
         <v>7067</v>
       </c>
       <c r="F141" s="2" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="G141" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H141" s="2" t="s">
         <v>402</v>
       </c>
       <c r="I141" s="2">
         <v>32</v>
       </c>
       <c r="J141" s="2">
         <v>28</v>
       </c>
       <c r="K141" s="2">
         <v>70</v>
       </c>
       <c r="L141" s="2">
         <v>15</v>
       </c>
       <c r="M141" s="2">
         <v>0</v>
       </c>
       <c r="N141" s="2">
         <v>85</v>
       </c>
     </row>
     <row r="142" spans="1:14">
       <c r="A142" s="2">
         <v>115635</v>
       </c>
       <c r="B142" s="2" t="s">
         <v>403</v>
       </c>
       <c r="C142" s="2" t="s">
         <v>404</v>
       </c>
       <c r="D142" s="2"/>
       <c r="E142" s="2">
         <v>7006</v>
       </c>
       <c r="F142" s="2" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="G142" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H142" s="2" t="s">
         <v>405</v>
       </c>
       <c r="I142" s="2">
         <v>33</v>
       </c>
       <c r="J142" s="2">
         <v>35</v>
       </c>
       <c r="K142" s="2">
         <v>70</v>
       </c>
       <c r="L142" s="2">
         <v>76</v>
       </c>
       <c r="M142" s="2">
         <v>0</v>
       </c>
       <c r="N142" s="2">
         <v>146</v>
       </c>
     </row>
     <row r="143" spans="1:14">
       <c r="A143" s="2">
         <v>101751</v>
       </c>
       <c r="B143" s="2" t="s">
         <v>406</v>
       </c>
       <c r="C143" s="2" t="s">
         <v>407</v>
       </c>
       <c r="D143" s="2"/>
       <c r="E143" s="2">
         <v>7115</v>
       </c>
       <c r="F143" s="2" t="s">
-        <v>72</v>
+        <v>68</v>
       </c>
       <c r="G143" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H143" s="2" t="s">
         <v>408</v>
       </c>
       <c r="I143" s="2">
         <v>33</v>
       </c>
       <c r="J143" s="2">
         <v>29</v>
       </c>
       <c r="K143" s="2">
         <v>70</v>
       </c>
       <c r="L143" s="2">
         <v>15</v>
       </c>
       <c r="M143" s="2">
         <v>0</v>
       </c>
       <c r="N143" s="2">
         <v>85</v>
       </c>
     </row>
     <row r="144" spans="1:14">
       <c r="A144" s="2">
-        <v>101752</v>
+        <v>103603</v>
       </c>
       <c r="B144" s="2" t="s">
         <v>409</v>
       </c>
       <c r="C144" s="2" t="s">
         <v>410</v>
       </c>
-      <c r="D144" s="2"/>
-[...2 lines deleted...]
-      </c>
+      <c r="D144" s="2" t="s">
+        <v>411</v>
+      </c>
+      <c r="E144" s="2"/>
       <c r="F144" s="2" t="s">
-        <v>72</v>
+        <v>109</v>
       </c>
       <c r="G144" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H144" s="2" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="I144" s="2">
         <v>34</v>
       </c>
       <c r="J144" s="2">
-        <v>30</v>
+        <v>0</v>
       </c>
       <c r="K144" s="2">
         <v>70</v>
       </c>
       <c r="L144" s="2">
-        <v>15</v>
+        <v>87</v>
       </c>
       <c r="M144" s="2">
         <v>0</v>
       </c>
       <c r="N144" s="2">
-        <v>85</v>
+        <v>157</v>
       </c>
     </row>
     <row r="145" spans="1:14">
       <c r="A145" s="2">
-        <v>115636</v>
+        <v>101752</v>
       </c>
       <c r="B145" s="2" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="C145" s="2" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="D145" s="2"/>
       <c r="E145" s="2">
-        <v>7317</v>
+        <v>7127</v>
       </c>
       <c r="F145" s="2" t="s">
-        <v>25</v>
+        <v>68</v>
       </c>
       <c r="G145" s="2" t="s">
-        <v>38</v>
+        <v>17</v>
       </c>
       <c r="H145" s="2" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="I145" s="2">
         <v>34</v>
       </c>
       <c r="J145" s="2">
-        <v>4</v>
+        <v>30</v>
       </c>
       <c r="K145" s="2">
         <v>70</v>
       </c>
       <c r="L145" s="2">
-        <v>200</v>
+        <v>15</v>
       </c>
       <c r="M145" s="2">
         <v>0</v>
       </c>
       <c r="N145" s="2">
-        <v>270</v>
+        <v>85</v>
       </c>
     </row>
     <row r="146" spans="1:14">
       <c r="A146" s="2">
-        <v>103603</v>
+        <v>115636</v>
       </c>
       <c r="B146" s="2" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="C146" s="2" t="s">
-        <v>416</v>
-[...1 lines deleted...]
-      <c r="D146" s="2" t="s">
         <v>417</v>
       </c>
-      <c r="E146" s="2"/>
+      <c r="D146" s="2"/>
+      <c r="E146" s="2">
+        <v>7317</v>
+      </c>
       <c r="F146" s="2" t="s">
-        <v>100</v>
+        <v>34</v>
       </c>
       <c r="G146" s="2" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="H146" s="2" t="s">
         <v>418</v>
       </c>
       <c r="I146" s="2">
         <v>34</v>
       </c>
       <c r="J146" s="2">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="K146" s="2">
         <v>70</v>
       </c>
       <c r="L146" s="2">
-        <v>87</v>
+        <v>200</v>
       </c>
       <c r="M146" s="2">
         <v>0</v>
       </c>
       <c r="N146" s="2">
-        <v>157</v>
+        <v>270</v>
       </c>
     </row>
     <row r="147" spans="1:14">
       <c r="A147" s="2">
         <v>101753</v>
       </c>
       <c r="B147" s="2" t="s">
         <v>419</v>
       </c>
       <c r="C147" s="2" t="s">
         <v>420</v>
       </c>
       <c r="D147" s="2"/>
       <c r="E147" s="2">
         <v>7129</v>
       </c>
       <c r="F147" s="2" t="s">
-        <v>16</v>
+        <v>30</v>
       </c>
       <c r="G147" s="2" t="s">
-        <v>38</v>
+        <v>26</v>
       </c>
       <c r="H147" s="2" t="s">
         <v>421</v>
       </c>
       <c r="I147" s="2">
         <v>35</v>
       </c>
       <c r="J147" s="2">
         <v>5</v>
       </c>
       <c r="K147" s="2">
         <v>70</v>
       </c>
       <c r="L147" s="2">
         <v>75</v>
       </c>
       <c r="M147" s="2">
         <v>0</v>
       </c>
       <c r="N147" s="2">
         <v>145</v>
       </c>
     </row>
     <row r="148" spans="1:14">
       <c r="A148" s="2">
         <v>116672</v>
       </c>
       <c r="B148" s="2" t="s">
         <v>422</v>
       </c>
       <c r="C148" s="2" t="s">
         <v>423</v>
       </c>
       <c r="D148" s="2"/>
       <c r="E148" s="2">
         <v>7174</v>
       </c>
       <c r="F148" s="2" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="G148" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H148" s="2" t="s">
         <v>424</v>
       </c>
       <c r="I148" s="2">
         <v>35</v>
       </c>
       <c r="J148" s="2">
         <v>36</v>
       </c>
       <c r="K148" s="2">
         <v>70</v>
       </c>
       <c r="L148" s="2">
         <v>75</v>
       </c>
       <c r="M148" s="2">
         <v>0</v>
       </c>
       <c r="N148" s="2">
         <v>145</v>
       </c>
     </row>
     <row r="149" spans="1:14">
       <c r="A149" s="2">
-        <v>115638</v>
+        <v>101754</v>
       </c>
       <c r="B149" s="2" t="s">
+        <v>376</v>
+      </c>
+      <c r="C149" s="2" t="s">
         <v>425</v>
-      </c>
-[...1 lines deleted...]
-        <v>426</v>
       </c>
       <c r="D149" s="2"/>
       <c r="E149" s="2">
-        <v>7164</v>
+        <v>7086</v>
       </c>
       <c r="F149" s="2" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="G149" s="2" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="H149" s="2" t="s">
-        <v>427</v>
+        <v>426</v>
       </c>
       <c r="I149" s="2">
         <v>36</v>
       </c>
       <c r="J149" s="2">
-        <v>37</v>
+        <v>6</v>
       </c>
       <c r="K149" s="2">
         <v>70</v>
       </c>
       <c r="L149" s="2">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="M149" s="2">
         <v>0</v>
       </c>
       <c r="N149" s="2">
-        <v>144</v>
+        <v>140</v>
       </c>
     </row>
     <row r="150" spans="1:14">
       <c r="A150" s="2">
-        <v>101754</v>
+        <v>115638</v>
       </c>
       <c r="B150" s="2" t="s">
-        <v>374</v>
+        <v>427</v>
       </c>
       <c r="C150" s="2" t="s">
         <v>428</v>
       </c>
       <c r="D150" s="2"/>
       <c r="E150" s="2">
-        <v>7086</v>
+        <v>7164</v>
       </c>
       <c r="F150" s="2" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="G150" s="2" t="s">
-        <v>38</v>
+        <v>17</v>
       </c>
       <c r="H150" s="2" t="s">
         <v>429</v>
       </c>
       <c r="I150" s="2">
         <v>36</v>
       </c>
       <c r="J150" s="2">
-        <v>6</v>
+        <v>37</v>
       </c>
       <c r="K150" s="2">
         <v>70</v>
       </c>
       <c r="L150" s="2">
-        <v>70</v>
+        <v>74</v>
       </c>
       <c r="M150" s="2">
         <v>0</v>
       </c>
       <c r="N150" s="2">
-        <v>140</v>
+        <v>144</v>
       </c>
     </row>
     <row r="151" spans="1:14">
       <c r="A151" s="2">
         <v>115639</v>
       </c>
       <c r="B151" s="2" t="s">
         <v>430</v>
       </c>
       <c r="C151" s="2" t="s">
         <v>431</v>
       </c>
       <c r="D151" s="2"/>
       <c r="E151" s="2">
         <v>7049</v>
       </c>
       <c r="F151" s="2" t="s">
-        <v>110</v>
+        <v>99</v>
       </c>
       <c r="G151" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H151" s="2" t="s">
         <v>432</v>
       </c>
       <c r="I151" s="2">
         <v>37</v>
       </c>
       <c r="J151" s="2">
         <v>38</v>
       </c>
       <c r="K151" s="2">
         <v>70</v>
       </c>
       <c r="L151" s="2">
         <v>73</v>
       </c>
       <c r="M151" s="2">
         <v>0</v>
       </c>
       <c r="N151" s="2">
         <v>143</v>
       </c>
     </row>
     <row r="152" spans="1:14">
       <c r="A152" s="2">
         <v>101553</v>
       </c>
       <c r="B152" s="2" t="s">
         <v>433</v>
       </c>
       <c r="C152" s="2" t="s">
         <v>434</v>
       </c>
       <c r="D152" s="2"/>
       <c r="E152" s="2">
         <v>7039</v>
       </c>
       <c r="F152" s="2" t="s">
-        <v>68</v>
+        <v>75</v>
       </c>
       <c r="G152" s="2" t="s">
-        <v>38</v>
+        <v>26</v>
       </c>
       <c r="H152" s="2" t="s">
         <v>435</v>
       </c>
       <c r="I152" s="2">
         <v>37</v>
       </c>
       <c r="J152" s="2">
         <v>7</v>
       </c>
       <c r="K152" s="2">
         <v>70</v>
       </c>
       <c r="L152" s="2">
         <v>65</v>
       </c>
       <c r="M152" s="2">
         <v>0</v>
       </c>
       <c r="N152" s="2">
         <v>135</v>
       </c>
     </row>
     <row r="153" spans="1:14">
       <c r="A153" s="2">
-        <v>115640</v>
+        <v>101755</v>
       </c>
       <c r="B153" s="2" t="s">
         <v>436</v>
       </c>
       <c r="C153" s="2" t="s">
         <v>437</v>
       </c>
       <c r="D153" s="2"/>
       <c r="E153" s="2">
-        <v>7019</v>
+        <v>7023</v>
       </c>
       <c r="F153" s="2" t="s">
-        <v>25</v>
+        <v>38</v>
       </c>
       <c r="G153" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H153" s="2" t="s">
         <v>438</v>
       </c>
       <c r="I153" s="2">
         <v>38</v>
       </c>
       <c r="J153" s="2">
-        <v>39</v>
+        <v>31</v>
       </c>
       <c r="K153" s="2">
         <v>70</v>
       </c>
       <c r="L153" s="2">
-        <v>72</v>
+        <v>15</v>
       </c>
       <c r="M153" s="2">
         <v>0</v>
       </c>
       <c r="N153" s="2">
-        <v>142</v>
+        <v>85</v>
       </c>
     </row>
     <row r="154" spans="1:14">
       <c r="A154" s="2">
-        <v>101755</v>
+        <v>115640</v>
       </c>
       <c r="B154" s="2" t="s">
         <v>439</v>
       </c>
       <c r="C154" s="2" t="s">
         <v>440</v>
       </c>
       <c r="D154" s="2"/>
       <c r="E154" s="2">
-        <v>7023</v>
+        <v>7019</v>
       </c>
       <c r="F154" s="2" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G154" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H154" s="2" t="s">
         <v>441</v>
       </c>
       <c r="I154" s="2">
         <v>38</v>
       </c>
       <c r="J154" s="2">
-        <v>31</v>
+        <v>39</v>
       </c>
       <c r="K154" s="2">
         <v>70</v>
       </c>
       <c r="L154" s="2">
-        <v>15</v>
+        <v>72</v>
       </c>
       <c r="M154" s="2">
         <v>0</v>
       </c>
       <c r="N154" s="2">
-        <v>85</v>
+        <v>142</v>
       </c>
     </row>
     <row r="155" spans="1:14">
       <c r="A155" s="2">
-        <v>115641</v>
+        <v>101756</v>
       </c>
       <c r="B155" s="2" t="s">
         <v>442</v>
       </c>
       <c r="C155" s="2" t="s">
         <v>443</v>
       </c>
-      <c r="D155" s="2" t="s">
+      <c r="D155" s="2"/>
+      <c r="E155" s="2">
+        <v>7100</v>
+      </c>
+      <c r="F155" s="2" t="s">
+        <v>68</v>
+      </c>
+      <c r="G155" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="H155" s="2" t="s">
         <v>444</v>
-      </c>
-[...10 lines deleted...]
-        <v>445</v>
       </c>
       <c r="I155" s="2">
         <v>39</v>
       </c>
       <c r="J155" s="2">
-        <v>5</v>
+        <v>32</v>
       </c>
       <c r="K155" s="2">
         <v>70</v>
       </c>
       <c r="L155" s="2">
-        <v>175</v>
+        <v>15</v>
       </c>
       <c r="M155" s="2">
         <v>0</v>
       </c>
       <c r="N155" s="2">
-        <v>245</v>
+        <v>85</v>
       </c>
     </row>
     <row r="156" spans="1:14">
       <c r="A156" s="2">
-        <v>101756</v>
+        <v>115641</v>
       </c>
       <c r="B156" s="2" t="s">
+        <v>445</v>
+      </c>
+      <c r="C156" s="2" t="s">
         <v>446</v>
       </c>
-      <c r="C156" s="2" t="s">
+      <c r="D156" s="2" t="s">
         <v>447</v>
       </c>
-      <c r="D156" s="2"/>
       <c r="E156" s="2">
-        <v>7100</v>
+        <v>7008</v>
       </c>
       <c r="F156" s="2" t="s">
-        <v>72</v>
+        <v>109</v>
       </c>
       <c r="G156" s="2" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="H156" s="2" t="s">
         <v>448</v>
       </c>
       <c r="I156" s="2">
         <v>39</v>
       </c>
       <c r="J156" s="2">
-        <v>32</v>
+        <v>5</v>
       </c>
       <c r="K156" s="2">
         <v>70</v>
       </c>
       <c r="L156" s="2">
-        <v>15</v>
+        <v>175</v>
       </c>
       <c r="M156" s="2">
         <v>0</v>
       </c>
       <c r="N156" s="2">
-        <v>85</v>
+        <v>245</v>
       </c>
     </row>
     <row r="157" spans="1:14">
       <c r="A157" s="2">
-        <v>104845</v>
+        <v>115642</v>
       </c>
       <c r="B157" s="2" t="s">
         <v>449</v>
       </c>
       <c r="C157" s="2" t="s">
         <v>450</v>
       </c>
-      <c r="D157" s="2"/>
-      <c r="E157" s="2"/>
+      <c r="D157" s="2" t="s">
+        <v>451</v>
+      </c>
+      <c r="E157" s="2">
+        <v>7280</v>
+      </c>
       <c r="F157" s="2" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="G157" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="H157" s="2"/>
+      <c r="H157" s="2" t="s">
+        <v>452</v>
+      </c>
       <c r="I157" s="2">
         <v>40</v>
       </c>
       <c r="J157" s="2">
-        <v>0</v>
+        <v>40</v>
       </c>
       <c r="K157" s="2">
         <v>70</v>
       </c>
       <c r="L157" s="2">
-        <v>81</v>
+        <v>71</v>
       </c>
       <c r="M157" s="2">
         <v>0</v>
       </c>
       <c r="N157" s="2">
-        <v>151</v>
+        <v>141</v>
       </c>
     </row>
     <row r="158" spans="1:14">
       <c r="A158" s="2">
         <v>101757</v>
       </c>
       <c r="B158" s="2" t="s">
-        <v>451</v>
+        <v>453</v>
       </c>
       <c r="C158" s="2" t="s">
-        <v>452</v>
+        <v>454</v>
       </c>
       <c r="D158" s="2"/>
       <c r="E158" s="2">
         <v>7005</v>
       </c>
       <c r="F158" s="2" t="s">
-        <v>16</v>
+        <v>30</v>
       </c>
       <c r="G158" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H158" s="2" t="s">
-        <v>453</v>
+        <v>455</v>
       </c>
       <c r="I158" s="2">
         <v>40</v>
       </c>
       <c r="J158" s="2">
         <v>33</v>
       </c>
       <c r="K158" s="2">
         <v>70</v>
       </c>
       <c r="L158" s="2">
         <v>15</v>
       </c>
       <c r="M158" s="2">
         <v>0</v>
       </c>
       <c r="N158" s="2">
         <v>85</v>
       </c>
     </row>
     <row r="159" spans="1:14">
       <c r="A159" s="2">
-        <v>115642</v>
+        <v>104845</v>
       </c>
       <c r="B159" s="2" t="s">
-        <v>454</v>
+        <v>456</v>
       </c>
       <c r="C159" s="2" t="s">
-        <v>455</v>
-[...6 lines deleted...]
-      </c>
+        <v>457</v>
+      </c>
+      <c r="D159" s="2"/>
+      <c r="E159" s="2"/>
       <c r="F159" s="2" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="G159" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="H159" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H159" s="2"/>
       <c r="I159" s="2">
         <v>40</v>
       </c>
       <c r="J159" s="2">
-        <v>40</v>
+        <v>0</v>
       </c>
       <c r="K159" s="2">
         <v>70</v>
       </c>
       <c r="L159" s="2">
-        <v>71</v>
+        <v>81</v>
       </c>
       <c r="M159" s="2">
         <v>0</v>
       </c>
       <c r="N159" s="2">
-        <v>141</v>
+        <v>151</v>
       </c>
     </row>
     <row r="160" spans="1:14">
       <c r="A160" s="2">
         <v>101758</v>
       </c>
       <c r="B160" s="2" t="s">
         <v>458</v>
       </c>
       <c r="C160" s="2" t="s">
         <v>459</v>
       </c>
       <c r="D160" s="2"/>
       <c r="E160" s="2">
         <v>7054</v>
       </c>
       <c r="F160" s="2" t="s">
-        <v>55</v>
+        <v>58</v>
       </c>
       <c r="G160" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H160" s="2" t="s">
-        <v>290</v>
+        <v>280</v>
       </c>
       <c r="I160" s="2">
         <v>41</v>
       </c>
       <c r="J160" s="2">
         <v>34</v>
       </c>
       <c r="K160" s="2">
         <v>70</v>
       </c>
       <c r="L160" s="2">
         <v>15</v>
       </c>
       <c r="M160" s="2">
         <v>0</v>
       </c>
       <c r="N160" s="2">
         <v>85</v>
       </c>
     </row>
     <row r="161" spans="1:14">
       <c r="A161" s="2">
         <v>116678</v>
       </c>
       <c r="B161" s="2" t="s">
         <v>460</v>
       </c>
       <c r="C161" s="2" t="s">
-        <v>15</v>
+        <v>29</v>
       </c>
       <c r="D161" s="2"/>
       <c r="E161" s="2">
         <v>7272</v>
       </c>
       <c r="F161" s="2" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="G161" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H161" s="2" t="s">
         <v>461</v>
       </c>
       <c r="I161" s="2">
         <v>41</v>
       </c>
       <c r="J161" s="2">
         <v>41</v>
       </c>
       <c r="K161" s="2">
         <v>70</v>
       </c>
       <c r="L161" s="2">
         <v>70</v>
       </c>
       <c r="M161" s="2">
         <v>0</v>
       </c>
       <c r="N161" s="2">
         <v>140</v>
       </c>
     </row>
     <row r="162" spans="1:14">
       <c r="A162" s="2">
         <v>101759</v>
       </c>
       <c r="B162" s="2" t="s">
         <v>462</v>
       </c>
       <c r="C162" s="2" t="s">
         <v>463</v>
       </c>
       <c r="D162" s="2"/>
       <c r="E162" s="2">
         <v>7052</v>
       </c>
       <c r="F162" s="2" t="s">
-        <v>37</v>
+        <v>25</v>
       </c>
       <c r="G162" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H162" s="2" t="s">
         <v>464</v>
       </c>
       <c r="I162" s="2">
         <v>42</v>
       </c>
       <c r="J162" s="2">
         <v>35</v>
       </c>
       <c r="K162" s="2">
         <v>70</v>
       </c>
       <c r="L162" s="2">
         <v>15</v>
       </c>
       <c r="M162" s="2">
         <v>0</v>
       </c>
       <c r="N162" s="2">
         <v>85</v>
       </c>
     </row>
     <row r="163" spans="1:14">
       <c r="A163" s="2">
         <v>116679</v>
       </c>
       <c r="B163" s="2" t="s">
         <v>465</v>
       </c>
       <c r="C163" s="2" t="s">
-        <v>374</v>
+        <v>376</v>
       </c>
       <c r="D163" s="2"/>
       <c r="E163" s="2">
         <v>7206</v>
       </c>
       <c r="F163" s="2" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="G163" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H163" s="2" t="s">
         <v>466</v>
       </c>
       <c r="I163" s="2">
         <v>42</v>
       </c>
       <c r="J163" s="2">
         <v>42</v>
       </c>
       <c r="K163" s="2">
         <v>70</v>
       </c>
       <c r="L163" s="2">
         <v>69</v>
       </c>
       <c r="M163" s="2">
         <v>0</v>
       </c>
       <c r="N163" s="2">
         <v>139</v>
       </c>
     </row>
     <row r="164" spans="1:14">
       <c r="A164" s="2">
         <v>101760</v>
       </c>
       <c r="B164" s="2" t="s">
         <v>467</v>
       </c>
       <c r="C164" s="2" t="s">
         <v>468</v>
       </c>
       <c r="D164" s="2"/>
       <c r="E164" s="2">
         <v>7134</v>
       </c>
       <c r="F164" s="2" t="s">
-        <v>37</v>
+        <v>25</v>
       </c>
       <c r="G164" s="2" t="s">
-        <v>38</v>
+        <v>26</v>
       </c>
       <c r="H164" s="2" t="s">
         <v>464</v>
       </c>
       <c r="I164" s="2">
         <v>43</v>
       </c>
       <c r="J164" s="2">
         <v>8</v>
       </c>
       <c r="K164" s="2">
         <v>70</v>
       </c>
       <c r="L164" s="2">
         <v>60</v>
       </c>
       <c r="M164" s="2">
         <v>0</v>
       </c>
       <c r="N164" s="2">
         <v>130</v>
       </c>
     </row>
     <row r="165" spans="1:14">
       <c r="A165" s="2">
         <v>115645</v>
       </c>
       <c r="B165" s="2" t="s">
         <v>469</v>
       </c>
       <c r="C165" s="2" t="s">
         <v>225</v>
       </c>
       <c r="D165" s="2"/>
       <c r="E165" s="2">
         <v>7010</v>
       </c>
       <c r="F165" s="2" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="G165" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H165" s="2" t="s">
         <v>470</v>
       </c>
       <c r="I165" s="2">
         <v>43</v>
       </c>
       <c r="J165" s="2">
         <v>43</v>
       </c>
       <c r="K165" s="2">
         <v>70</v>
       </c>
       <c r="L165" s="2">
         <v>68</v>
       </c>
       <c r="M165" s="2">
         <v>0</v>
       </c>
       <c r="N165" s="2">
         <v>138</v>
       </c>
     </row>
     <row r="166" spans="1:14">
       <c r="A166" s="2">
         <v>115646</v>
       </c>
       <c r="B166" s="2" t="s">
         <v>471</v>
       </c>
       <c r="C166" s="2" t="s">
         <v>423</v>
       </c>
       <c r="D166" s="2"/>
       <c r="E166" s="2">
         <v>7135</v>
       </c>
       <c r="F166" s="2" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="G166" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H166" s="2" t="s">
         <v>472</v>
       </c>
       <c r="I166" s="2">
         <v>44</v>
       </c>
       <c r="J166" s="2">
         <v>44</v>
       </c>
       <c r="K166" s="2">
         <v>70</v>
       </c>
       <c r="L166" s="2">
         <v>67</v>
       </c>
       <c r="M166" s="2">
         <v>0</v>
       </c>
       <c r="N166" s="2">
         <v>137</v>
       </c>
     </row>
     <row r="167" spans="1:14">
       <c r="A167" s="2">
         <v>101761</v>
       </c>
       <c r="B167" s="2" t="s">
-        <v>15</v>
+        <v>29</v>
       </c>
       <c r="C167" s="2" t="s">
         <v>473</v>
       </c>
       <c r="D167" s="2"/>
       <c r="E167" s="2">
         <v>7069</v>
       </c>
       <c r="F167" s="2" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="G167" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H167" s="2" t="s">
         <v>474</v>
       </c>
       <c r="I167" s="2">
         <v>44</v>
       </c>
       <c r="J167" s="2">
         <v>36</v>
       </c>
       <c r="K167" s="2">
         <v>70</v>
       </c>
       <c r="L167" s="2">
         <v>15</v>
       </c>
       <c r="M167" s="2">
         <v>0</v>
       </c>
       <c r="N167" s="2">
         <v>85</v>
       </c>
     </row>
     <row r="168" spans="1:14">
       <c r="A168" s="2">
         <v>115647</v>
       </c>
       <c r="B168" s="2" t="s">
         <v>475</v>
       </c>
       <c r="C168" s="2" t="s">
         <v>476</v>
       </c>
       <c r="D168" s="2"/>
       <c r="E168" s="2">
         <v>7258</v>
       </c>
       <c r="F168" s="2" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="G168" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H168" s="2" t="s">
         <v>477</v>
       </c>
       <c r="I168" s="2">
         <v>45</v>
       </c>
       <c r="J168" s="2">
         <v>45</v>
       </c>
       <c r="K168" s="2">
         <v>70</v>
       </c>
       <c r="L168" s="2">
         <v>66</v>
       </c>
       <c r="M168" s="2">
         <v>0</v>
       </c>
       <c r="N168" s="2">
         <v>136</v>
       </c>
     </row>
     <row r="169" spans="1:14">
       <c r="A169" s="2">
         <v>101762</v>
       </c>
       <c r="B169" s="2" t="s">
         <v>478</v>
       </c>
       <c r="C169" s="2" t="s">
         <v>479</v>
       </c>
       <c r="D169" s="2"/>
       <c r="E169" s="2">
         <v>7034</v>
       </c>
       <c r="F169" s="2" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="G169" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H169" s="2" t="s">
         <v>480</v>
       </c>
       <c r="I169" s="2">
         <v>45</v>
       </c>
       <c r="J169" s="2">
         <v>37</v>
       </c>
       <c r="K169" s="2">
         <v>70</v>
       </c>
       <c r="L169" s="2">
         <v>15</v>
       </c>
       <c r="M169" s="2">
         <v>0</v>
       </c>
       <c r="N169" s="2">
         <v>85</v>
       </c>
     </row>
     <row r="170" spans="1:14">
       <c r="A170" s="2">
         <v>115648</v>
       </c>
       <c r="B170" s="2" t="s">
         <v>481</v>
       </c>
       <c r="C170" s="2" t="s">
         <v>482</v>
       </c>
       <c r="D170" s="2"/>
       <c r="E170" s="2">
         <v>7062</v>
       </c>
       <c r="F170" s="2" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="G170" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H170" s="2" t="s">
         <v>483</v>
       </c>
       <c r="I170" s="2">
         <v>46</v>
       </c>
       <c r="J170" s="2">
         <v>46</v>
       </c>
       <c r="K170" s="2">
         <v>70</v>
       </c>
       <c r="L170" s="2">
         <v>65</v>
       </c>
       <c r="M170" s="2">
         <v>0</v>
       </c>
       <c r="N170" s="2">
         <v>135</v>
       </c>
     </row>
     <row r="171" spans="1:14">
       <c r="A171" s="2">
         <v>101763</v>
       </c>
       <c r="B171" s="2" t="s">
-        <v>15</v>
+        <v>29</v>
       </c>
       <c r="C171" s="2" t="s">
         <v>484</v>
       </c>
       <c r="D171" s="2"/>
       <c r="E171" s="2">
         <v>7079</v>
       </c>
       <c r="F171" s="2" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="G171" s="2" t="s">
-        <v>38</v>
+        <v>26</v>
       </c>
       <c r="H171" s="2" t="s">
         <v>485</v>
       </c>
       <c r="I171" s="2">
         <v>46</v>
       </c>
       <c r="J171" s="2">
         <v>9</v>
       </c>
       <c r="K171" s="2">
         <v>70</v>
       </c>
       <c r="L171" s="2">
         <v>55</v>
       </c>
       <c r="M171" s="2">
         <v>0</v>
       </c>
       <c r="N171" s="2">
         <v>125</v>
       </c>
     </row>
     <row r="172" spans="1:14">
       <c r="A172" s="2">
-        <v>115649</v>
+        <v>101764</v>
       </c>
       <c r="B172" s="2" t="s">
         <v>486</v>
       </c>
       <c r="C172" s="2" t="s">
         <v>487</v>
       </c>
       <c r="D172" s="2"/>
       <c r="E172" s="2">
-        <v>7312</v>
+        <v>7117</v>
       </c>
       <c r="F172" s="2" t="s">
-        <v>25</v>
+        <v>68</v>
       </c>
       <c r="G172" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H172" s="2" t="s">
         <v>488</v>
       </c>
       <c r="I172" s="2">
         <v>47</v>
       </c>
       <c r="J172" s="2">
-        <v>47</v>
+        <v>38</v>
       </c>
       <c r="K172" s="2">
         <v>70</v>
       </c>
       <c r="L172" s="2">
-        <v>64</v>
+        <v>15</v>
       </c>
       <c r="M172" s="2">
         <v>0</v>
       </c>
       <c r="N172" s="2">
-        <v>134</v>
+        <v>85</v>
       </c>
     </row>
     <row r="173" spans="1:14">
       <c r="A173" s="2">
-        <v>101764</v>
+        <v>115649</v>
       </c>
       <c r="B173" s="2" t="s">
         <v>489</v>
       </c>
       <c r="C173" s="2" t="s">
         <v>490</v>
       </c>
       <c r="D173" s="2"/>
       <c r="E173" s="2">
-        <v>7117</v>
+        <v>7312</v>
       </c>
       <c r="F173" s="2" t="s">
-        <v>72</v>
+        <v>34</v>
       </c>
       <c r="G173" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H173" s="2" t="s">
         <v>491</v>
       </c>
       <c r="I173" s="2">
         <v>47</v>
       </c>
       <c r="J173" s="2">
-        <v>38</v>
+        <v>47</v>
       </c>
       <c r="K173" s="2">
         <v>70</v>
       </c>
       <c r="L173" s="2">
-        <v>15</v>
+        <v>64</v>
       </c>
       <c r="M173" s="2">
         <v>0</v>
       </c>
       <c r="N173" s="2">
-        <v>85</v>
+        <v>134</v>
       </c>
     </row>
     <row r="174" spans="1:14">
       <c r="A174" s="2">
-        <v>115650</v>
+        <v>122640</v>
       </c>
       <c r="B174" s="2" t="s">
         <v>492</v>
       </c>
       <c r="C174" s="2" t="s">
         <v>493</v>
       </c>
       <c r="D174" s="2"/>
       <c r="E174" s="2">
-        <v>7253</v>
+        <v>7029</v>
       </c>
       <c r="F174" s="2" t="s">
-        <v>119</v>
+        <v>38</v>
       </c>
       <c r="G174" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H174" s="2" t="s">
         <v>494</v>
       </c>
       <c r="I174" s="2">
         <v>48</v>
       </c>
       <c r="J174" s="2">
         <v>48</v>
       </c>
       <c r="K174" s="2">
-        <v>70</v>
+        <v>0</v>
       </c>
       <c r="L174" s="2">
-        <v>63</v>
+        <v>0</v>
       </c>
       <c r="M174" s="2">
         <v>0</v>
       </c>
       <c r="N174" s="2">
-        <v>133</v>
+        <v>0</v>
       </c>
     </row>
     <row r="175" spans="1:14">
       <c r="A175" s="2">
         <v>101765</v>
       </c>
       <c r="B175" s="2" t="s">
         <v>495</v>
       </c>
       <c r="C175" s="2" t="s">
         <v>496</v>
       </c>
       <c r="D175" s="2"/>
       <c r="E175" s="2">
         <v>7122</v>
       </c>
       <c r="F175" s="2" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="G175" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H175" s="2" t="s">
         <v>497</v>
       </c>
       <c r="I175" s="2">
         <v>48</v>
       </c>
       <c r="J175" s="2">
         <v>39</v>
       </c>
       <c r="K175" s="2">
         <v>70</v>
       </c>
       <c r="L175" s="2">
         <v>15</v>
       </c>
       <c r="M175" s="2">
         <v>0</v>
       </c>
       <c r="N175" s="2">
         <v>85</v>
       </c>
     </row>
     <row r="176" spans="1:14">
       <c r="A176" s="2">
-        <v>122640</v>
+        <v>115650</v>
       </c>
       <c r="B176" s="2" t="s">
         <v>498</v>
       </c>
       <c r="C176" s="2" t="s">
         <v>499</v>
       </c>
       <c r="D176" s="2"/>
       <c r="E176" s="2">
-        <v>7029</v>
+        <v>7253</v>
       </c>
       <c r="F176" s="2" t="s">
-        <v>21</v>
+        <v>120</v>
       </c>
       <c r="G176" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H176" s="2" t="s">
         <v>500</v>
       </c>
       <c r="I176" s="2">
         <v>48</v>
       </c>
       <c r="J176" s="2">
         <v>48</v>
       </c>
       <c r="K176" s="2">
-        <v>0</v>
+        <v>70</v>
       </c>
       <c r="L176" s="2">
-        <v>0</v>
+        <v>63</v>
       </c>
       <c r="M176" s="2">
         <v>0</v>
       </c>
       <c r="N176" s="2">
-        <v>0</v>
+        <v>133</v>
       </c>
     </row>
     <row r="177" spans="1:14">
       <c r="A177" s="2">
         <v>122659</v>
       </c>
       <c r="B177" s="2" t="s">
         <v>501</v>
       </c>
       <c r="C177" s="2" t="s">
         <v>502</v>
       </c>
       <c r="D177" s="2"/>
       <c r="E177" s="2">
         <v>7107</v>
       </c>
       <c r="F177" s="2" t="s">
-        <v>100</v>
+        <v>109</v>
       </c>
       <c r="G177" s="2" t="s">
-        <v>38</v>
+        <v>26</v>
       </c>
       <c r="H177" s="2" t="s">
         <v>503</v>
       </c>
       <c r="I177" s="2">
         <v>49</v>
       </c>
       <c r="J177" s="2">
         <v>49</v>
       </c>
       <c r="K177" s="2">
         <v>0</v>
       </c>
       <c r="L177" s="2">
         <v>0</v>
       </c>
       <c r="M177" s="2">
         <v>0</v>
       </c>
       <c r="N177" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="178" spans="1:14">
       <c r="A178" s="2">
-        <v>102824</v>
+        <v>101766</v>
       </c>
       <c r="B178" s="2" t="s">
         <v>504</v>
       </c>
       <c r="C178" s="2" t="s">
-        <v>505</v>
+        <v>29</v>
       </c>
       <c r="D178" s="2"/>
       <c r="E178" s="2">
-        <v>7238</v>
+        <v>7075</v>
       </c>
       <c r="F178" s="2" t="s">
-        <v>126</v>
+        <v>34</v>
       </c>
       <c r="G178" s="2" t="s">
-        <v>38</v>
+        <v>26</v>
       </c>
       <c r="H178" s="2" t="s">
-        <v>506</v>
+        <v>505</v>
       </c>
       <c r="I178" s="2">
         <v>49</v>
       </c>
       <c r="J178" s="2">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="K178" s="2">
         <v>70</v>
       </c>
       <c r="L178" s="2">
-        <v>150</v>
+        <v>50</v>
       </c>
       <c r="M178" s="2">
         <v>0</v>
       </c>
       <c r="N178" s="2">
-        <v>220</v>
+        <v>120</v>
       </c>
     </row>
     <row r="179" spans="1:14">
       <c r="A179" s="2">
-        <v>101766</v>
+        <v>102824</v>
       </c>
       <c r="B179" s="2" t="s">
+        <v>506</v>
+      </c>
+      <c r="C179" s="2" t="s">
         <v>507</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
       <c r="D179" s="2"/>
       <c r="E179" s="2">
-        <v>7075</v>
+        <v>7238</v>
       </c>
       <c r="F179" s="2" t="s">
-        <v>25</v>
+        <v>130</v>
       </c>
       <c r="G179" s="2" t="s">
-        <v>38</v>
+        <v>26</v>
       </c>
       <c r="H179" s="2" t="s">
         <v>508</v>
       </c>
       <c r="I179" s="2">
         <v>49</v>
       </c>
       <c r="J179" s="2">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="K179" s="2">
         <v>70</v>
       </c>
       <c r="L179" s="2">
-        <v>50</v>
+        <v>150</v>
       </c>
       <c r="M179" s="2">
         <v>0</v>
       </c>
       <c r="N179" s="2">
-        <v>120</v>
+        <v>220</v>
       </c>
     </row>
     <row r="180" spans="1:14">
       <c r="A180" s="2">
         <v>101767</v>
       </c>
       <c r="B180" s="2" t="s">
         <v>509</v>
       </c>
       <c r="C180" s="2" t="s">
         <v>510</v>
       </c>
       <c r="D180" s="2"/>
       <c r="E180" s="2">
         <v>7025</v>
       </c>
       <c r="F180" s="2" t="s">
-        <v>68</v>
+        <v>75</v>
       </c>
       <c r="G180" s="2" t="s">
-        <v>38</v>
+        <v>26</v>
       </c>
       <c r="H180" s="2" t="s">
         <v>511</v>
       </c>
       <c r="I180" s="2">
         <v>50</v>
       </c>
       <c r="J180" s="2">
         <v>11</v>
       </c>
       <c r="K180" s="2">
         <v>70</v>
       </c>
       <c r="L180" s="2">
         <v>45</v>
       </c>
       <c r="M180" s="2">
         <v>0</v>
       </c>
       <c r="N180" s="2">
         <v>115</v>
       </c>
     </row>
     <row r="181" spans="1:14">
       <c r="A181" s="2">
         <v>115652</v>
       </c>
       <c r="B181" s="2" t="s">
         <v>512</v>
       </c>
       <c r="C181" s="2" t="s">
-        <v>169</v>
+        <v>176</v>
       </c>
       <c r="D181" s="2"/>
       <c r="E181" s="2">
         <v>7127</v>
       </c>
       <c r="F181" s="2" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="G181" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H181" s="2" t="s">
         <v>513</v>
       </c>
       <c r="I181" s="2">
         <v>50</v>
       </c>
       <c r="J181" s="2">
         <v>49</v>
       </c>
       <c r="K181" s="2">
         <v>70</v>
       </c>
       <c r="L181" s="2">
         <v>62</v>
       </c>
       <c r="M181" s="2">
         <v>0</v>
       </c>
       <c r="N181" s="2">
         <v>132</v>
       </c>
     </row>
     <row r="182" spans="1:14">
       <c r="A182" s="2">
-        <v>101768</v>
+        <v>115653</v>
       </c>
       <c r="B182" s="2" t="s">
         <v>514</v>
       </c>
       <c r="C182" s="2" t="s">
-        <v>515</v>
+        <v>29</v>
       </c>
       <c r="D182" s="2"/>
       <c r="E182" s="2">
-        <v>7118</v>
+        <v>7207</v>
       </c>
       <c r="F182" s="2" t="s">
-        <v>16</v>
+        <v>34</v>
       </c>
       <c r="G182" s="2" t="s">
-        <v>38</v>
+        <v>17</v>
       </c>
       <c r="H182" s="2" t="s">
-        <v>516</v>
+        <v>515</v>
       </c>
       <c r="I182" s="2">
         <v>51</v>
       </c>
       <c r="J182" s="2">
-        <v>12</v>
+        <v>50</v>
       </c>
       <c r="K182" s="2">
         <v>70</v>
       </c>
       <c r="L182" s="2">
-        <v>40</v>
+        <v>61</v>
       </c>
       <c r="M182" s="2">
         <v>0</v>
       </c>
       <c r="N182" s="2">
-        <v>110</v>
+        <v>131</v>
       </c>
     </row>
     <row r="183" spans="1:14">
       <c r="A183" s="2">
-        <v>115653</v>
+        <v>101768</v>
       </c>
       <c r="B183" s="2" t="s">
+        <v>516</v>
+      </c>
+      <c r="C183" s="2" t="s">
         <v>517</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
       <c r="D183" s="2"/>
       <c r="E183" s="2">
-        <v>7207</v>
+        <v>7118</v>
       </c>
       <c r="F183" s="2" t="s">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="G183" s="2" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="H183" s="2" t="s">
         <v>518</v>
       </c>
       <c r="I183" s="2">
         <v>51</v>
       </c>
       <c r="J183" s="2">
-        <v>50</v>
+        <v>12</v>
       </c>
       <c r="K183" s="2">
         <v>70</v>
       </c>
       <c r="L183" s="2">
-        <v>61</v>
+        <v>40</v>
       </c>
       <c r="M183" s="2">
         <v>0</v>
       </c>
       <c r="N183" s="2">
-        <v>131</v>
+        <v>110</v>
       </c>
     </row>
     <row r="184" spans="1:14">
       <c r="A184" s="2">
-        <v>115654</v>
+        <v>101445</v>
       </c>
       <c r="B184" s="2" t="s">
         <v>519</v>
       </c>
       <c r="C184" s="2" t="s">
         <v>520</v>
       </c>
       <c r="D184" s="2"/>
       <c r="E184" s="2">
-        <v>7313</v>
+        <v>7064</v>
       </c>
       <c r="F184" s="2" t="s">
-        <v>25</v>
+        <v>109</v>
       </c>
       <c r="G184" s="2" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="H184" s="2" t="s">
-        <v>521</v>
+        <v>518</v>
       </c>
       <c r="I184" s="2">
         <v>52</v>
       </c>
       <c r="J184" s="2">
-        <v>51</v>
+        <v>13</v>
       </c>
       <c r="K184" s="2">
         <v>70</v>
       </c>
       <c r="L184" s="2">
-        <v>60</v>
+        <v>35</v>
       </c>
       <c r="M184" s="2">
         <v>0</v>
       </c>
       <c r="N184" s="2">
-        <v>130</v>
+        <v>105</v>
       </c>
     </row>
     <row r="185" spans="1:14">
       <c r="A185" s="2">
-        <v>101445</v>
+        <v>115654</v>
       </c>
       <c r="B185" s="2" t="s">
+        <v>521</v>
+      </c>
+      <c r="C185" s="2" t="s">
         <v>522</v>
-      </c>
-[...1 lines deleted...]
-        <v>523</v>
       </c>
       <c r="D185" s="2"/>
       <c r="E185" s="2">
-        <v>7064</v>
+        <v>7313</v>
       </c>
       <c r="F185" s="2" t="s">
-        <v>100</v>
+        <v>34</v>
       </c>
       <c r="G185" s="2" t="s">
-        <v>38</v>
+        <v>17</v>
       </c>
       <c r="H185" s="2" t="s">
-        <v>516</v>
+        <v>523</v>
       </c>
       <c r="I185" s="2">
         <v>52</v>
       </c>
       <c r="J185" s="2">
-        <v>13</v>
+        <v>51</v>
       </c>
       <c r="K185" s="2">
         <v>70</v>
       </c>
       <c r="L185" s="2">
-        <v>35</v>
+        <v>60</v>
       </c>
       <c r="M185" s="2">
         <v>0</v>
       </c>
       <c r="N185" s="2">
-        <v>105</v>
+        <v>130</v>
       </c>
     </row>
     <row r="186" spans="1:14">
       <c r="A186" s="2">
-        <v>101770</v>
+        <v>113903</v>
       </c>
       <c r="B186" s="2" t="s">
-        <v>15</v>
+        <v>524</v>
       </c>
       <c r="C186" s="2" t="s">
-        <v>524</v>
+        <v>525</v>
       </c>
       <c r="D186" s="2"/>
       <c r="E186" s="2">
-        <v>7065</v>
+        <v>7023</v>
       </c>
       <c r="F186" s="2" t="s">
         <v>25</v>
       </c>
       <c r="G186" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H186" s="2" t="s">
-        <v>525</v>
+        <v>526</v>
       </c>
       <c r="I186" s="2">
         <v>53</v>
       </c>
       <c r="J186" s="2">
-        <v>40</v>
+        <v>52</v>
       </c>
       <c r="K186" s="2">
         <v>70</v>
       </c>
       <c r="L186" s="2">
-        <v>15</v>
+        <v>59</v>
       </c>
       <c r="M186" s="2">
         <v>0</v>
       </c>
       <c r="N186" s="2">
-        <v>85</v>
+        <v>129</v>
       </c>
     </row>
     <row r="187" spans="1:14">
       <c r="A187" s="2">
-        <v>113903</v>
+        <v>101770</v>
       </c>
       <c r="B187" s="2" t="s">
-        <v>526</v>
+        <v>29</v>
       </c>
       <c r="C187" s="2" t="s">
         <v>527</v>
       </c>
       <c r="D187" s="2"/>
       <c r="E187" s="2">
-        <v>7023</v>
+        <v>7065</v>
       </c>
       <c r="F187" s="2" t="s">
-        <v>37</v>
+        <v>34</v>
       </c>
       <c r="G187" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H187" s="2" t="s">
         <v>528</v>
       </c>
       <c r="I187" s="2">
         <v>53</v>
       </c>
       <c r="J187" s="2">
-        <v>52</v>
+        <v>40</v>
       </c>
       <c r="K187" s="2">
         <v>70</v>
       </c>
       <c r="L187" s="2">
-        <v>59</v>
+        <v>15</v>
       </c>
       <c r="M187" s="2">
         <v>0</v>
       </c>
       <c r="N187" s="2">
-        <v>129</v>
+        <v>85</v>
       </c>
     </row>
     <row r="188" spans="1:14">
       <c r="A188" s="2">
         <v>122644</v>
       </c>
       <c r="B188" s="2" t="s">
         <v>529</v>
       </c>
       <c r="C188" s="2" t="s">
         <v>530</v>
       </c>
       <c r="D188" s="2"/>
       <c r="E188" s="2">
         <v>7007</v>
       </c>
       <c r="F188" s="2" t="s">
-        <v>55</v>
+        <v>58</v>
       </c>
       <c r="G188" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H188" s="2" t="s">
         <v>531</v>
       </c>
       <c r="I188" s="2">
         <v>54</v>
       </c>
       <c r="J188" s="2">
         <v>54</v>
       </c>
       <c r="K188" s="2">
         <v>0</v>
       </c>
       <c r="L188" s="2">
         <v>0</v>
       </c>
       <c r="M188" s="2">
         <v>0</v>
       </c>
       <c r="N188" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="189" spans="1:14">
       <c r="A189" s="2">
         <v>101771</v>
       </c>
       <c r="B189" s="2" t="s">
         <v>532</v>
       </c>
       <c r="C189" s="2" t="s">
         <v>533</v>
       </c>
       <c r="D189" s="2"/>
       <c r="E189" s="2">
         <v>7092</v>
       </c>
       <c r="F189" s="2" t="s">
-        <v>100</v>
+        <v>109</v>
       </c>
       <c r="G189" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H189" s="2" t="s">
         <v>534</v>
       </c>
       <c r="I189" s="2">
         <v>54</v>
       </c>
       <c r="J189" s="2">
         <v>41</v>
       </c>
       <c r="K189" s="2">
         <v>70</v>
       </c>
       <c r="L189" s="2">
         <v>15</v>
       </c>
       <c r="M189" s="2">
         <v>0</v>
       </c>
       <c r="N189" s="2">
         <v>85</v>
       </c>
     </row>
     <row r="190" spans="1:14">
       <c r="A190" s="2">
         <v>115655</v>
       </c>
       <c r="B190" s="2" t="s">
         <v>535</v>
       </c>
       <c r="C190" s="2" t="s">
         <v>536</v>
       </c>
       <c r="D190" s="2"/>
       <c r="E190" s="2">
         <v>7162</v>
       </c>
       <c r="F190" s="2" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="G190" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H190" s="2" t="s">
         <v>537</v>
       </c>
       <c r="I190" s="2">
         <v>54</v>
       </c>
       <c r="J190" s="2">
         <v>53</v>
       </c>
       <c r="K190" s="2">
         <v>70</v>
       </c>
       <c r="L190" s="2">
         <v>58</v>
       </c>
       <c r="M190" s="2">
         <v>0</v>
       </c>
       <c r="N190" s="2">
         <v>128</v>
       </c>
     </row>
     <row r="191" spans="1:14">
       <c r="A191" s="2">
         <v>115656</v>
       </c>
       <c r="B191" s="2" t="s">
         <v>538</v>
       </c>
       <c r="C191" s="2" t="s">
-        <v>103</v>
+        <v>106</v>
       </c>
       <c r="D191" s="2"/>
       <c r="E191" s="2">
         <v>7122</v>
       </c>
       <c r="F191" s="2" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="G191" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H191" s="2" t="s">
         <v>539</v>
       </c>
       <c r="I191" s="2">
         <v>55</v>
       </c>
       <c r="J191" s="2">
         <v>54</v>
       </c>
       <c r="K191" s="2">
         <v>70</v>
       </c>
       <c r="L191" s="2">
         <v>57</v>
       </c>
       <c r="M191" s="2">
         <v>0</v>
       </c>
       <c r="N191" s="2">
         <v>127</v>
       </c>
     </row>
     <row r="192" spans="1:14">
       <c r="A192" s="2">
         <v>101772</v>
       </c>
       <c r="B192" s="2" t="s">
         <v>540</v>
       </c>
       <c r="C192" s="2" t="s">
         <v>541</v>
       </c>
       <c r="D192" s="2"/>
       <c r="E192" s="2">
         <v>7041</v>
       </c>
       <c r="F192" s="2" t="s">
-        <v>72</v>
+        <v>68</v>
       </c>
       <c r="G192" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H192" s="2" t="s">
         <v>542</v>
       </c>
       <c r="I192" s="2">
         <v>55</v>
       </c>
       <c r="J192" s="2">
         <v>42</v>
       </c>
       <c r="K192" s="2">
         <v>70</v>
       </c>
       <c r="L192" s="2">
         <v>15</v>
       </c>
       <c r="M192" s="2">
         <v>0</v>
       </c>
       <c r="N192" s="2">
         <v>85</v>
       </c>
     </row>
     <row r="193" spans="1:14">
       <c r="A193" s="2">
         <v>115657</v>
       </c>
       <c r="B193" s="2" t="s">
         <v>543</v>
       </c>
       <c r="C193" s="2" t="s">
         <v>544</v>
       </c>
       <c r="D193" s="2"/>
       <c r="E193" s="2">
         <v>7148</v>
       </c>
       <c r="F193" s="2" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="G193" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H193" s="2" t="s">
         <v>545</v>
       </c>
       <c r="I193" s="2">
         <v>56</v>
       </c>
       <c r="J193" s="2">
         <v>55</v>
       </c>
       <c r="K193" s="2">
         <v>70</v>
       </c>
       <c r="L193" s="2">
         <v>56</v>
       </c>
       <c r="M193" s="2">
         <v>0</v>
       </c>
       <c r="N193" s="2">
         <v>126</v>
       </c>
     </row>
     <row r="194" spans="1:14">
       <c r="A194" s="2">
         <v>100142</v>
       </c>
       <c r="B194" s="2" t="s">
         <v>546</v>
       </c>
       <c r="C194" s="2" t="s">
         <v>547</v>
       </c>
       <c r="D194" s="2"/>
       <c r="E194" s="2">
         <v>7105</v>
       </c>
       <c r="F194" s="2" t="s">
-        <v>72</v>
+        <v>68</v>
       </c>
       <c r="G194" s="2" t="s">
-        <v>38</v>
+        <v>26</v>
       </c>
       <c r="H194" s="2" t="s">
         <v>542</v>
       </c>
       <c r="I194" s="2">
         <v>56</v>
       </c>
       <c r="J194" s="2">
         <v>14</v>
       </c>
       <c r="K194" s="2">
         <v>70</v>
       </c>
       <c r="L194" s="2">
         <v>30</v>
       </c>
       <c r="M194" s="2">
         <v>0</v>
       </c>
       <c r="N194" s="2">
         <v>100</v>
       </c>
     </row>
     <row r="195" spans="1:14">
       <c r="A195" s="2">
-        <v>116693</v>
+        <v>101774</v>
       </c>
       <c r="B195" s="2" t="s">
         <v>548</v>
       </c>
       <c r="C195" s="2" t="s">
-        <v>15</v>
+        <v>549</v>
       </c>
       <c r="D195" s="2"/>
       <c r="E195" s="2">
-        <v>7136</v>
+        <v>7040</v>
       </c>
       <c r="F195" s="2" t="s">
-        <v>25</v>
+        <v>68</v>
       </c>
       <c r="G195" s="2" t="s">
-        <v>38</v>
+        <v>26</v>
       </c>
       <c r="H195" s="2" t="s">
-        <v>549</v>
+        <v>550</v>
       </c>
       <c r="I195" s="2">
         <v>57</v>
       </c>
       <c r="J195" s="2">
-        <v>7</v>
+        <v>15</v>
       </c>
       <c r="K195" s="2">
         <v>70</v>
       </c>
       <c r="L195" s="2">
-        <v>145</v>
+        <v>15</v>
       </c>
       <c r="M195" s="2">
         <v>0</v>
       </c>
       <c r="N195" s="2">
-        <v>215</v>
+        <v>85</v>
       </c>
     </row>
     <row r="196" spans="1:14">
       <c r="A196" s="2">
-        <v>101774</v>
+        <v>116693</v>
       </c>
       <c r="B196" s="2" t="s">
-        <v>550</v>
+        <v>551</v>
       </c>
       <c r="C196" s="2" t="s">
-        <v>551</v>
+        <v>29</v>
       </c>
       <c r="D196" s="2"/>
       <c r="E196" s="2">
-        <v>7040</v>
+        <v>7136</v>
       </c>
       <c r="F196" s="2" t="s">
-        <v>72</v>
+        <v>34</v>
       </c>
       <c r="G196" s="2" t="s">
-        <v>38</v>
+        <v>26</v>
       </c>
       <c r="H196" s="2" t="s">
         <v>552</v>
       </c>
       <c r="I196" s="2">
         <v>57</v>
       </c>
       <c r="J196" s="2">
-        <v>15</v>
+        <v>7</v>
       </c>
       <c r="K196" s="2">
         <v>70</v>
       </c>
       <c r="L196" s="2">
-        <v>15</v>
+        <v>145</v>
       </c>
       <c r="M196" s="2">
         <v>0</v>
       </c>
       <c r="N196" s="2">
-        <v>85</v>
+        <v>215</v>
       </c>
     </row>
     <row r="197" spans="1:14">
       <c r="A197" s="2">
-        <v>101576</v>
+        <v>115659</v>
       </c>
       <c r="B197" s="2" t="s">
         <v>553</v>
       </c>
       <c r="C197" s="2" t="s">
         <v>554</v>
       </c>
       <c r="D197" s="2"/>
       <c r="E197" s="2">
-        <v>7089</v>
+        <v>7229</v>
       </c>
       <c r="F197" s="2" t="s">
-        <v>253</v>
+        <v>109</v>
       </c>
       <c r="G197" s="2" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="H197" s="2" t="s">
         <v>555</v>
       </c>
       <c r="I197" s="2">
         <v>58</v>
       </c>
       <c r="J197" s="2">
-        <v>44</v>
+        <v>8</v>
       </c>
       <c r="K197" s="2">
         <v>70</v>
       </c>
       <c r="L197" s="2">
-        <v>15</v>
+        <v>140</v>
       </c>
       <c r="M197" s="2">
         <v>0</v>
       </c>
       <c r="N197" s="2">
-        <v>85</v>
+        <v>210</v>
       </c>
     </row>
     <row r="198" spans="1:14">
       <c r="A198" s="2">
-        <v>115659</v>
+        <v>101576</v>
       </c>
       <c r="B198" s="2" t="s">
         <v>556</v>
       </c>
       <c r="C198" s="2" t="s">
         <v>557</v>
       </c>
       <c r="D198" s="2"/>
       <c r="E198" s="2">
-        <v>7229</v>
+        <v>7089</v>
       </c>
       <c r="F198" s="2" t="s">
-        <v>100</v>
+        <v>259</v>
       </c>
       <c r="G198" s="2" t="s">
-        <v>38</v>
+        <v>17</v>
       </c>
       <c r="H198" s="2" t="s">
         <v>558</v>
       </c>
       <c r="I198" s="2">
         <v>58</v>
       </c>
       <c r="J198" s="2">
-        <v>8</v>
+        <v>44</v>
       </c>
       <c r="K198" s="2">
         <v>70</v>
       </c>
       <c r="L198" s="2">
-        <v>140</v>
+        <v>15</v>
       </c>
       <c r="M198" s="2">
         <v>0</v>
       </c>
       <c r="N198" s="2">
-        <v>210</v>
+        <v>85</v>
       </c>
     </row>
     <row r="199" spans="1:14">
       <c r="A199" s="2">
         <v>115660</v>
       </c>
       <c r="B199" s="2" t="s">
         <v>559</v>
       </c>
       <c r="C199" s="2" t="s">
-        <v>169</v>
+        <v>176</v>
       </c>
       <c r="D199" s="2"/>
       <c r="E199" s="2">
         <v>7129</v>
       </c>
       <c r="F199" s="2" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="G199" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H199" s="2" t="s">
         <v>560</v>
       </c>
       <c r="I199" s="2">
         <v>59</v>
       </c>
       <c r="J199" s="2">
         <v>56</v>
       </c>
       <c r="K199" s="2">
         <v>70</v>
       </c>
       <c r="L199" s="2">
         <v>55</v>
       </c>
       <c r="M199" s="2">
         <v>0</v>
       </c>
       <c r="N199" s="2">
         <v>125</v>
       </c>
     </row>
     <row r="200" spans="1:14">
       <c r="A200" s="2">
         <v>101776</v>
       </c>
       <c r="B200" s="2" t="s">
         <v>561</v>
       </c>
       <c r="C200" s="2" t="s">
         <v>562</v>
       </c>
       <c r="D200" s="2"/>
       <c r="E200" s="2">
         <v>7035</v>
       </c>
       <c r="F200" s="2" t="s">
-        <v>16</v>
+        <v>30</v>
       </c>
       <c r="G200" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H200" s="2" t="s">
         <v>563</v>
       </c>
       <c r="I200" s="2">
         <v>59</v>
       </c>
       <c r="J200" s="2">
         <v>45</v>
       </c>
       <c r="K200" s="2">
         <v>70</v>
       </c>
       <c r="L200" s="2">
         <v>15</v>
       </c>
       <c r="M200" s="2">
         <v>0</v>
       </c>
       <c r="N200" s="2">
         <v>85</v>
       </c>
     </row>
     <row r="201" spans="1:14">
       <c r="A201" s="2">
-        <v>101777</v>
+        <v>115661</v>
       </c>
       <c r="B201" s="2" t="s">
         <v>564</v>
       </c>
       <c r="C201" s="2" t="s">
         <v>565</v>
       </c>
       <c r="D201" s="2"/>
       <c r="E201" s="2">
-        <v>7044</v>
+        <v>7063</v>
       </c>
       <c r="F201" s="2" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="G201" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H201" s="2" t="s">
         <v>566</v>
       </c>
       <c r="I201" s="2">
         <v>60</v>
       </c>
       <c r="J201" s="2">
-        <v>46</v>
+        <v>57</v>
       </c>
       <c r="K201" s="2">
         <v>70</v>
       </c>
       <c r="L201" s="2">
-        <v>15</v>
+        <v>54</v>
       </c>
       <c r="M201" s="2">
         <v>0</v>
       </c>
       <c r="N201" s="2">
-        <v>85</v>
+        <v>124</v>
       </c>
     </row>
     <row r="202" spans="1:14">
       <c r="A202" s="2">
-        <v>115661</v>
+        <v>101777</v>
       </c>
       <c r="B202" s="2" t="s">
         <v>567</v>
       </c>
       <c r="C202" s="2" t="s">
         <v>568</v>
       </c>
       <c r="D202" s="2"/>
       <c r="E202" s="2">
-        <v>7063</v>
+        <v>7044</v>
       </c>
       <c r="F202" s="2" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="G202" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H202" s="2" t="s">
         <v>569</v>
       </c>
       <c r="I202" s="2">
         <v>60</v>
       </c>
       <c r="J202" s="2">
-        <v>57</v>
+        <v>46</v>
       </c>
       <c r="K202" s="2">
         <v>70</v>
       </c>
       <c r="L202" s="2">
-        <v>54</v>
+        <v>15</v>
       </c>
       <c r="M202" s="2">
         <v>0</v>
       </c>
       <c r="N202" s="2">
-        <v>124</v>
+        <v>85</v>
       </c>
     </row>
     <row r="203" spans="1:14">
       <c r="A203" s="2">
         <v>101778</v>
       </c>
       <c r="B203" s="2" t="s">
         <v>570</v>
       </c>
       <c r="C203" s="2" t="s">
         <v>571</v>
       </c>
       <c r="D203" s="2"/>
       <c r="E203" s="2">
         <v>7020</v>
       </c>
       <c r="F203" s="2" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="G203" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H203" s="2" t="s">
         <v>572</v>
       </c>
       <c r="I203" s="2">
         <v>61</v>
       </c>
       <c r="J203" s="2">
         <v>47</v>
       </c>
       <c r="K203" s="2">
         <v>70</v>
       </c>
       <c r="L203" s="2">
         <v>15</v>
       </c>
       <c r="M203" s="2">
         <v>0</v>
       </c>
       <c r="N203" s="2">
         <v>85</v>
       </c>
     </row>
     <row r="204" spans="1:14">
       <c r="A204" s="2">
         <v>115662</v>
       </c>
       <c r="B204" s="2" t="s">
         <v>573</v>
       </c>
       <c r="C204" s="2" t="s">
         <v>574</v>
       </c>
       <c r="D204" s="2"/>
       <c r="E204" s="2">
         <v>7120</v>
       </c>
       <c r="F204" s="2" t="s">
-        <v>37</v>
+        <v>25</v>
       </c>
       <c r="G204" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H204" s="2" t="s">
         <v>575</v>
       </c>
       <c r="I204" s="2">
         <v>61</v>
       </c>
       <c r="J204" s="2">
         <v>58</v>
       </c>
       <c r="K204" s="2">
         <v>70</v>
       </c>
       <c r="L204" s="2">
         <v>53</v>
       </c>
       <c r="M204" s="2">
         <v>0</v>
       </c>
       <c r="N204" s="2">
         <v>123</v>
       </c>
     </row>
     <row r="205" spans="1:14">
       <c r="A205" s="2">
-        <v>101779</v>
+        <v>115663</v>
       </c>
       <c r="B205" s="2" t="s">
-        <v>15</v>
+        <v>576</v>
       </c>
       <c r="C205" s="2" t="s">
-        <v>576</v>
+        <v>577</v>
       </c>
       <c r="D205" s="2"/>
       <c r="E205" s="2">
-        <v>7066</v>
+        <v>7279</v>
       </c>
       <c r="F205" s="2" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="G205" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H205" s="2" t="s">
-        <v>577</v>
+        <v>578</v>
       </c>
       <c r="I205" s="2">
         <v>62</v>
       </c>
       <c r="J205" s="2">
-        <v>48</v>
+        <v>59</v>
       </c>
       <c r="K205" s="2">
         <v>70</v>
       </c>
       <c r="L205" s="2">
-        <v>15</v>
+        <v>52</v>
       </c>
       <c r="M205" s="2">
         <v>0</v>
       </c>
       <c r="N205" s="2">
-        <v>85</v>
+        <v>122</v>
       </c>
     </row>
     <row r="206" spans="1:14">
       <c r="A206" s="2">
-        <v>115663</v>
+        <v>101779</v>
       </c>
       <c r="B206" s="2" t="s">
-        <v>578</v>
+        <v>29</v>
       </c>
       <c r="C206" s="2" t="s">
         <v>579</v>
       </c>
       <c r="D206" s="2"/>
       <c r="E206" s="2">
-        <v>7279</v>
+        <v>7066</v>
       </c>
       <c r="F206" s="2" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="G206" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H206" s="2" t="s">
         <v>580</v>
       </c>
       <c r="I206" s="2">
         <v>62</v>
       </c>
       <c r="J206" s="2">
-        <v>59</v>
+        <v>48</v>
       </c>
       <c r="K206" s="2">
         <v>70</v>
       </c>
       <c r="L206" s="2">
-        <v>52</v>
+        <v>15</v>
       </c>
       <c r="M206" s="2">
         <v>0</v>
       </c>
       <c r="N206" s="2">
-        <v>122</v>
+        <v>85</v>
       </c>
     </row>
     <row r="207" spans="1:14">
       <c r="A207" s="2">
         <v>115664</v>
       </c>
       <c r="B207" s="2" t="s">
         <v>581</v>
       </c>
       <c r="C207" s="2" t="s">
         <v>225</v>
       </c>
       <c r="D207" s="2"/>
       <c r="E207" s="2">
         <v>7075</v>
       </c>
       <c r="F207" s="2" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="G207" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H207" s="2" t="s">
         <v>582</v>
       </c>
       <c r="I207" s="2">
         <v>63</v>
       </c>
       <c r="J207" s="2">
         <v>60</v>
       </c>
       <c r="K207" s="2">
         <v>70</v>
       </c>
       <c r="L207" s="2">
         <v>51</v>
       </c>
       <c r="M207" s="2">
         <v>0</v>
       </c>
       <c r="N207" s="2">
         <v>121</v>
       </c>
     </row>
     <row r="208" spans="1:14">
       <c r="A208" s="2">
         <v>101780</v>
       </c>
       <c r="B208" s="2" t="s">
         <v>583</v>
       </c>
       <c r="C208" s="2" t="s">
         <v>584</v>
       </c>
       <c r="D208" s="2"/>
       <c r="E208" s="2">
         <v>7031</v>
       </c>
       <c r="F208" s="2" t="s">
-        <v>37</v>
+        <v>25</v>
       </c>
       <c r="G208" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H208" s="2" t="s">
         <v>585</v>
       </c>
       <c r="I208" s="2">
         <v>63</v>
       </c>
       <c r="J208" s="2">
         <v>49</v>
       </c>
       <c r="K208" s="2">
         <v>70</v>
       </c>
       <c r="L208" s="2">
         <v>15</v>
       </c>
       <c r="M208" s="2">
         <v>0</v>
       </c>
       <c r="N208" s="2">
         <v>85</v>
       </c>
     </row>
     <row r="209" spans="1:14">
       <c r="A209" s="2">
         <v>101781</v>
       </c>
       <c r="B209" s="2" t="s">
         <v>586</v>
       </c>
       <c r="C209" s="2" t="s">
         <v>587</v>
       </c>
       <c r="D209" s="2"/>
       <c r="E209" s="2">
         <v>7046</v>
       </c>
       <c r="F209" s="2" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="G209" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H209" s="2" t="s">
         <v>588</v>
       </c>
       <c r="I209" s="2">
         <v>64</v>
       </c>
       <c r="J209" s="2">
         <v>50</v>
       </c>
       <c r="K209" s="2">
         <v>70</v>
       </c>
       <c r="L209" s="2">
         <v>15</v>
       </c>
       <c r="M209" s="2">
         <v>0</v>
       </c>
       <c r="N209" s="2">
         <v>85</v>
       </c>
     </row>
     <row r="210" spans="1:14">
       <c r="A210" s="2">
         <v>115665</v>
       </c>
       <c r="B210" s="2" t="s">
         <v>589</v>
       </c>
       <c r="C210" s="2" t="s">
         <v>478</v>
       </c>
       <c r="D210" s="2"/>
       <c r="E210" s="2">
         <v>7028</v>
       </c>
       <c r="F210" s="2" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="G210" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H210" s="2" t="s">
         <v>590</v>
       </c>
       <c r="I210" s="2">
         <v>64</v>
       </c>
       <c r="J210" s="2">
         <v>61</v>
       </c>
       <c r="K210" s="2">
         <v>70</v>
       </c>
       <c r="L210" s="2">
         <v>50</v>
       </c>
       <c r="M210" s="2">
         <v>0</v>
       </c>
       <c r="N210" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="211" spans="1:14">
       <c r="A211" s="2">
         <v>101099</v>
       </c>
       <c r="B211" s="2" t="s">
-        <v>346</v>
+        <v>353</v>
       </c>
       <c r="C211" s="2" t="s">
         <v>591</v>
       </c>
       <c r="D211" s="2"/>
       <c r="E211" s="2">
         <v>7029</v>
       </c>
       <c r="F211" s="2" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="G211" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H211" s="2" t="s">
         <v>592</v>
       </c>
       <c r="I211" s="2">
         <v>65</v>
       </c>
       <c r="J211" s="2">
         <v>51</v>
       </c>
       <c r="K211" s="2">
         <v>70</v>
       </c>
       <c r="L211" s="2">
         <v>10</v>
       </c>
       <c r="M211" s="2">
         <v>0</v>
       </c>
       <c r="N211" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="212" spans="1:14">
       <c r="A212" s="2">
         <v>115666</v>
       </c>
       <c r="B212" s="2" t="s">
         <v>593</v>
       </c>
       <c r="C212" s="2" t="s">
         <v>594</v>
       </c>
       <c r="D212" s="2"/>
       <c r="E212" s="2">
         <v>7091</v>
       </c>
       <c r="F212" s="2" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="G212" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H212" s="2" t="s">
         <v>595</v>
       </c>
       <c r="I212" s="2">
         <v>65</v>
       </c>
       <c r="J212" s="2">
         <v>62</v>
       </c>
       <c r="K212" s="2">
         <v>70</v>
       </c>
       <c r="L212" s="2">
         <v>49</v>
       </c>
       <c r="M212" s="2">
         <v>0</v>
       </c>
       <c r="N212" s="2">
         <v>119</v>
       </c>
     </row>
     <row r="213" spans="1:14">
       <c r="A213" s="2">
         <v>115667</v>
       </c>
       <c r="B213" s="2" t="s">
         <v>596</v>
       </c>
       <c r="C213" s="2" t="s">
         <v>597</v>
       </c>
       <c r="D213" s="2"/>
       <c r="E213" s="2">
         <v>7093</v>
       </c>
       <c r="F213" s="2" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="G213" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H213" s="2" t="s">
         <v>598</v>
       </c>
       <c r="I213" s="2">
         <v>66</v>
       </c>
       <c r="J213" s="2">
         <v>63</v>
       </c>
       <c r="K213" s="2">
         <v>70</v>
       </c>
       <c r="L213" s="2">
         <v>48</v>
       </c>
       <c r="M213" s="2">
         <v>0</v>
       </c>
       <c r="N213" s="2">
         <v>118</v>
       </c>
     </row>
     <row r="214" spans="1:14">
       <c r="A214" s="2">
         <v>101783</v>
       </c>
       <c r="B214" s="2" t="s">
         <v>599</v>
       </c>
       <c r="C214" s="2" t="s">
         <v>600</v>
       </c>
       <c r="D214" s="2"/>
       <c r="E214" s="2">
         <v>7037</v>
       </c>
       <c r="F214" s="2" t="s">
-        <v>72</v>
+        <v>68</v>
       </c>
       <c r="G214" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H214" s="2" t="s">
         <v>601</v>
       </c>
       <c r="I214" s="2">
         <v>66</v>
       </c>
       <c r="J214" s="2">
         <v>52</v>
       </c>
       <c r="K214" s="2">
         <v>70</v>
       </c>
       <c r="L214" s="2">
         <v>10</v>
       </c>
       <c r="M214" s="2">
         <v>0</v>
       </c>
       <c r="N214" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="215" spans="1:14">
       <c r="A215" s="2">
         <v>114417</v>
       </c>
       <c r="B215" s="2" t="s">
         <v>602</v>
       </c>
       <c r="C215" s="2" t="s">
         <v>603</v>
       </c>
       <c r="D215" s="2"/>
       <c r="E215" s="2">
         <v>7083</v>
       </c>
       <c r="F215" s="2" t="s">
-        <v>72</v>
+        <v>68</v>
       </c>
       <c r="G215" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H215" s="2" t="s">
         <v>604</v>
       </c>
       <c r="I215" s="2">
         <v>67</v>
       </c>
       <c r="J215" s="2">
         <v>64</v>
       </c>
       <c r="K215" s="2">
         <v>70</v>
       </c>
       <c r="L215" s="2">
         <v>47</v>
       </c>
       <c r="M215" s="2">
         <v>0</v>
       </c>
       <c r="N215" s="2">
         <v>117</v>
       </c>
     </row>
     <row r="216" spans="1:14">
       <c r="A216" s="2">
         <v>101784</v>
       </c>
       <c r="B216" s="2" t="s">
         <v>605</v>
       </c>
       <c r="C216" s="2" t="s">
         <v>606</v>
       </c>
       <c r="D216" s="2"/>
       <c r="E216" s="2">
         <v>7111</v>
       </c>
       <c r="F216" s="2" t="s">
-        <v>72</v>
+        <v>68</v>
       </c>
       <c r="G216" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H216" s="2" t="s">
         <v>601</v>
       </c>
       <c r="I216" s="2">
         <v>67</v>
       </c>
       <c r="J216" s="2">
         <v>53</v>
       </c>
       <c r="K216" s="2">
         <v>70</v>
       </c>
       <c r="L216" s="2">
         <v>10</v>
       </c>
       <c r="M216" s="2">
         <v>0</v>
       </c>
       <c r="N216" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="217" spans="1:14">
       <c r="A217" s="2">
-        <v>116704</v>
+        <v>101058</v>
       </c>
       <c r="B217" s="2" t="s">
         <v>607</v>
       </c>
       <c r="C217" s="2" t="s">
-        <v>544</v>
+        <v>608</v>
       </c>
       <c r="D217" s="2"/>
       <c r="E217" s="2">
-        <v>7137</v>
+        <v>7094</v>
       </c>
       <c r="F217" s="2" t="s">
-        <v>25</v>
+        <v>130</v>
       </c>
       <c r="G217" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H217" s="2" t="s">
-        <v>608</v>
+        <v>609</v>
       </c>
       <c r="I217" s="2">
         <v>68</v>
       </c>
       <c r="J217" s="2">
-        <v>65</v>
+        <v>54</v>
       </c>
       <c r="K217" s="2">
         <v>70</v>
       </c>
       <c r="L217" s="2">
-        <v>46</v>
+        <v>10</v>
       </c>
       <c r="M217" s="2">
         <v>0</v>
       </c>
       <c r="N217" s="2">
-        <v>116</v>
+        <v>80</v>
       </c>
     </row>
     <row r="218" spans="1:14">
       <c r="A218" s="2">
-        <v>101058</v>
+        <v>116704</v>
       </c>
       <c r="B218" s="2" t="s">
-        <v>609</v>
+        <v>610</v>
       </c>
       <c r="C218" s="2" t="s">
-        <v>610</v>
+        <v>544</v>
       </c>
       <c r="D218" s="2"/>
       <c r="E218" s="2">
-        <v>7094</v>
+        <v>7137</v>
       </c>
       <c r="F218" s="2" t="s">
-        <v>126</v>
+        <v>34</v>
       </c>
       <c r="G218" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H218" s="2" t="s">
         <v>611</v>
       </c>
       <c r="I218" s="2">
         <v>68</v>
       </c>
       <c r="J218" s="2">
-        <v>54</v>
+        <v>65</v>
       </c>
       <c r="K218" s="2">
         <v>70</v>
       </c>
       <c r="L218" s="2">
-        <v>10</v>
+        <v>46</v>
       </c>
       <c r="M218" s="2">
         <v>0</v>
       </c>
       <c r="N218" s="2">
-        <v>80</v>
+        <v>116</v>
       </c>
     </row>
     <row r="219" spans="1:14">
       <c r="A219" s="2">
-        <v>115670</v>
+        <v>101786</v>
       </c>
       <c r="B219" s="2" t="s">
         <v>612</v>
       </c>
       <c r="C219" s="2" t="s">
         <v>613</v>
       </c>
       <c r="D219" s="2"/>
       <c r="E219" s="2">
-        <v>7073</v>
+        <v>7112</v>
       </c>
       <c r="F219" s="2" t="s">
-        <v>37</v>
+        <v>68</v>
       </c>
       <c r="G219" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H219" s="2" t="s">
         <v>614</v>
       </c>
       <c r="I219" s="2">
         <v>69</v>
       </c>
       <c r="J219" s="2">
-        <v>66</v>
+        <v>55</v>
       </c>
       <c r="K219" s="2">
         <v>70</v>
       </c>
       <c r="L219" s="2">
-        <v>45</v>
+        <v>10</v>
       </c>
       <c r="M219" s="2">
         <v>0</v>
       </c>
       <c r="N219" s="2">
-        <v>115</v>
+        <v>80</v>
       </c>
     </row>
     <row r="220" spans="1:14">
       <c r="A220" s="2">
-        <v>101786</v>
+        <v>115670</v>
       </c>
       <c r="B220" s="2" t="s">
         <v>615</v>
       </c>
       <c r="C220" s="2" t="s">
         <v>616</v>
       </c>
       <c r="D220" s="2"/>
       <c r="E220" s="2">
-        <v>7112</v>
+        <v>7073</v>
       </c>
       <c r="F220" s="2" t="s">
-        <v>72</v>
+        <v>25</v>
       </c>
       <c r="G220" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H220" s="2" t="s">
         <v>617</v>
       </c>
       <c r="I220" s="2">
         <v>69</v>
       </c>
       <c r="J220" s="2">
-        <v>55</v>
+        <v>66</v>
       </c>
       <c r="K220" s="2">
         <v>70</v>
       </c>
       <c r="L220" s="2">
-        <v>10</v>
+        <v>45</v>
       </c>
       <c r="M220" s="2">
         <v>0</v>
       </c>
       <c r="N220" s="2">
-        <v>80</v>
+        <v>115</v>
       </c>
     </row>
     <row r="221" spans="1:14">
       <c r="A221" s="2">
         <v>101787</v>
       </c>
       <c r="B221" s="2" t="s">
-        <v>15</v>
+        <v>29</v>
       </c>
       <c r="C221" s="2" t="s">
         <v>618</v>
       </c>
       <c r="D221" s="2"/>
       <c r="E221" s="2">
         <v>7068</v>
       </c>
       <c r="F221" s="2" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="G221" s="2" t="s">
-        <v>38</v>
+        <v>26</v>
       </c>
       <c r="H221" s="2" t="s">
         <v>619</v>
       </c>
       <c r="I221" s="2">
         <v>70</v>
       </c>
       <c r="J221" s="2">
         <v>16</v>
       </c>
       <c r="K221" s="2">
         <v>70</v>
       </c>
       <c r="L221" s="2">
         <v>24</v>
       </c>
       <c r="M221" s="2">
         <v>0</v>
       </c>
       <c r="N221" s="2">
         <v>94</v>
       </c>
     </row>
     <row r="222" spans="1:14">
       <c r="A222" s="2">
         <v>113915</v>
       </c>
       <c r="B222" s="2" t="s">
         <v>620</v>
       </c>
       <c r="C222" s="2" t="s">
         <v>621</v>
       </c>
       <c r="D222" s="2"/>
       <c r="E222" s="2">
         <v>7078</v>
       </c>
       <c r="F222" s="2" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="G222" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H222" s="2" t="s">
         <v>622</v>
       </c>
       <c r="I222" s="2">
         <v>70</v>
       </c>
       <c r="J222" s="2">
         <v>67</v>
       </c>
       <c r="K222" s="2">
         <v>70</v>
       </c>
       <c r="L222" s="2">
         <v>44</v>
       </c>
       <c r="M222" s="2">
         <v>0</v>
       </c>
       <c r="N222" s="2">
         <v>114</v>
       </c>
     </row>
     <row r="223" spans="1:14">
       <c r="A223" s="2">
         <v>115672</v>
       </c>
       <c r="B223" s="2" t="s">
         <v>623</v>
       </c>
       <c r="C223" s="2" t="s">
         <v>624</v>
       </c>
       <c r="D223" s="2"/>
       <c r="E223" s="2">
         <v>7240</v>
       </c>
       <c r="F223" s="2" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="G223" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H223" s="2" t="s">
         <v>625</v>
       </c>
       <c r="I223" s="2">
         <v>71</v>
       </c>
       <c r="J223" s="2">
         <v>68</v>
       </c>
       <c r="K223" s="2">
         <v>70</v>
       </c>
       <c r="L223" s="2">
         <v>43</v>
       </c>
       <c r="M223" s="2">
         <v>0</v>
       </c>
       <c r="N223" s="2">
         <v>113</v>
       </c>
     </row>
     <row r="224" spans="1:14">
       <c r="A224" s="2">
         <v>101788</v>
       </c>
       <c r="B224" s="2" t="s">
-        <v>15</v>
+        <v>29</v>
       </c>
       <c r="C224" s="2" t="s">
         <v>626</v>
       </c>
       <c r="D224" s="2"/>
       <c r="E224" s="2">
         <v>7072</v>
       </c>
       <c r="F224" s="2" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="G224" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H224" s="2" t="s">
         <v>627</v>
       </c>
       <c r="I224" s="2">
         <v>71</v>
       </c>
       <c r="J224" s="2">
         <v>56</v>
       </c>
       <c r="K224" s="2">
         <v>70</v>
       </c>
       <c r="L224" s="2">
         <v>10</v>
       </c>
       <c r="M224" s="2">
         <v>0</v>
       </c>
       <c r="N224" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="225" spans="1:14">
       <c r="A225" s="2">
         <v>101789</v>
       </c>
       <c r="B225" s="2" t="s">
         <v>628</v>
       </c>
       <c r="C225" s="2" t="s">
         <v>629</v>
       </c>
       <c r="D225" s="2"/>
       <c r="E225" s="2">
         <v>7036</v>
       </c>
       <c r="F225" s="2" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="G225" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H225" s="2" t="s">
         <v>630</v>
       </c>
       <c r="I225" s="2">
         <v>72</v>
       </c>
       <c r="J225" s="2">
         <v>57</v>
       </c>
       <c r="K225" s="2">
         <v>70</v>
       </c>
       <c r="L225" s="2">
         <v>10</v>
       </c>
       <c r="M225" s="2">
         <v>0</v>
       </c>
       <c r="N225" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="226" spans="1:14">
       <c r="A226" s="2">
         <v>115673</v>
       </c>
       <c r="B226" s="2" t="s">
         <v>631</v>
       </c>
       <c r="C226" s="2" t="s">
-        <v>227</v>
+        <v>230</v>
       </c>
       <c r="D226" s="2"/>
       <c r="E226" s="2">
         <v>7101</v>
       </c>
       <c r="F226" s="2" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="G226" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H226" s="2" t="s">
         <v>632</v>
       </c>
       <c r="I226" s="2">
         <v>72</v>
       </c>
       <c r="J226" s="2">
         <v>69</v>
       </c>
       <c r="K226" s="2">
         <v>70</v>
       </c>
       <c r="L226" s="2">
         <v>42</v>
       </c>
       <c r="M226" s="2">
         <v>0</v>
       </c>
       <c r="N226" s="2">
         <v>112</v>
       </c>
     </row>
     <row r="227" spans="1:14">
       <c r="A227" s="2">
-        <v>115674</v>
+        <v>101790</v>
       </c>
       <c r="B227" s="2" t="s">
         <v>633</v>
       </c>
       <c r="C227" s="2" t="s">
-        <v>103</v>
+        <v>634</v>
       </c>
       <c r="D227" s="2"/>
       <c r="E227" s="2">
-        <v>7116</v>
+        <v>7131</v>
       </c>
       <c r="F227" s="2" t="s">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="G227" s="2" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="H227" s="2" t="s">
-        <v>634</v>
+        <v>635</v>
       </c>
       <c r="I227" s="2">
         <v>73</v>
       </c>
       <c r="J227" s="2">
-        <v>70</v>
+        <v>17</v>
       </c>
       <c r="K227" s="2">
         <v>70</v>
       </c>
       <c r="L227" s="2">
-        <v>41</v>
+        <v>23</v>
       </c>
       <c r="M227" s="2">
         <v>0</v>
       </c>
       <c r="N227" s="2">
-        <v>111</v>
+        <v>93</v>
       </c>
     </row>
     <row r="228" spans="1:14">
       <c r="A228" s="2">
-        <v>101790</v>
+        <v>115674</v>
       </c>
       <c r="B228" s="2" t="s">
-        <v>635</v>
+        <v>636</v>
       </c>
       <c r="C228" s="2" t="s">
-        <v>636</v>
+        <v>106</v>
       </c>
       <c r="D228" s="2"/>
       <c r="E228" s="2">
-        <v>7131</v>
+        <v>7116</v>
       </c>
       <c r="F228" s="2" t="s">
-        <v>16</v>
+        <v>34</v>
       </c>
       <c r="G228" s="2" t="s">
-        <v>38</v>
+        <v>17</v>
       </c>
       <c r="H228" s="2" t="s">
         <v>637</v>
       </c>
       <c r="I228" s="2">
         <v>73</v>
       </c>
       <c r="J228" s="2">
-        <v>17</v>
+        <v>70</v>
       </c>
       <c r="K228" s="2">
         <v>70</v>
       </c>
       <c r="L228" s="2">
-        <v>23</v>
+        <v>41</v>
       </c>
       <c r="M228" s="2">
         <v>0</v>
       </c>
       <c r="N228" s="2">
-        <v>93</v>
+        <v>111</v>
       </c>
     </row>
     <row r="229" spans="1:14">
       <c r="A229" s="2">
         <v>101791</v>
       </c>
       <c r="B229" s="2" t="s">
         <v>638</v>
       </c>
       <c r="C229" s="2" t="s">
         <v>639</v>
       </c>
       <c r="D229" s="2"/>
       <c r="E229" s="2">
         <v>7080</v>
       </c>
       <c r="F229" s="2" t="s">
-        <v>16</v>
+        <v>30</v>
       </c>
       <c r="G229" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H229" s="2" t="s">
         <v>640</v>
       </c>
       <c r="I229" s="2">
         <v>74</v>
       </c>
       <c r="J229" s="2">
         <v>58</v>
       </c>
       <c r="K229" s="2">
         <v>70</v>
       </c>
       <c r="L229" s="2">
         <v>10</v>
       </c>
       <c r="M229" s="2">
         <v>0</v>
       </c>
       <c r="N229" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="230" spans="1:14">
       <c r="A230" s="2">
         <v>100114</v>
       </c>
       <c r="B230" s="2" t="s">
         <v>641</v>
       </c>
       <c r="C230" s="2" t="s">
         <v>642</v>
       </c>
       <c r="D230" s="2"/>
       <c r="E230" s="2">
         <v>7284</v>
       </c>
       <c r="F230" s="2" t="s">
-        <v>16</v>
+        <v>30</v>
       </c>
       <c r="G230" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H230" s="2" t="s">
         <v>643</v>
       </c>
       <c r="I230" s="2">
         <v>74</v>
       </c>
       <c r="J230" s="2">
         <v>71</v>
       </c>
       <c r="K230" s="2">
         <v>70</v>
       </c>
       <c r="L230" s="2">
         <v>40</v>
       </c>
       <c r="M230" s="2">
         <v>0</v>
       </c>
       <c r="N230" s="2">
         <v>110</v>
       </c>
     </row>
     <row r="231" spans="1:14">
       <c r="A231" s="2">
         <v>101792</v>
       </c>
       <c r="B231" s="2" t="s">
         <v>644</v>
       </c>
       <c r="C231" s="2" t="s">
         <v>645</v>
       </c>
       <c r="D231" s="2"/>
       <c r="E231" s="2">
         <v>7059</v>
       </c>
       <c r="F231" s="2" t="s">
-        <v>72</v>
+        <v>68</v>
       </c>
       <c r="G231" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H231" s="2" t="s">
         <v>646</v>
       </c>
       <c r="I231" s="2">
         <v>75</v>
       </c>
       <c r="J231" s="2">
         <v>59</v>
       </c>
       <c r="K231" s="2">
         <v>70</v>
       </c>
       <c r="L231" s="2">
         <v>10</v>
       </c>
       <c r="M231" s="2">
         <v>0</v>
       </c>
       <c r="N231" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="232" spans="1:14">
       <c r="A232" s="2">
         <v>115676</v>
       </c>
       <c r="B232" s="2" t="s">
         <v>647</v>
       </c>
       <c r="C232" s="2" t="s">
         <v>648</v>
       </c>
       <c r="D232" s="2"/>
       <c r="E232" s="2">
         <v>7314</v>
       </c>
       <c r="F232" s="2" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="G232" s="2" t="s">
-        <v>38</v>
+        <v>26</v>
       </c>
       <c r="H232" s="2" t="s">
         <v>649</v>
       </c>
       <c r="I232" s="2">
         <v>75</v>
       </c>
       <c r="J232" s="2">
         <v>9</v>
       </c>
       <c r="K232" s="2">
         <v>70</v>
       </c>
       <c r="L232" s="2">
         <v>135</v>
       </c>
       <c r="M232" s="2">
         <v>0</v>
       </c>
       <c r="N232" s="2">
         <v>205</v>
       </c>
     </row>
     <row r="233" spans="1:14">
       <c r="A233" s="2">
-        <v>101793</v>
+        <v>111832</v>
       </c>
       <c r="B233" s="2" t="s">
         <v>650</v>
       </c>
       <c r="C233" s="2" t="s">
         <v>651</v>
       </c>
       <c r="D233" s="2"/>
       <c r="E233" s="2">
-        <v>7058</v>
+        <v>7082</v>
       </c>
       <c r="F233" s="2" t="s">
-        <v>16</v>
+        <v>38</v>
       </c>
       <c r="G233" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H233" s="2" t="s">
         <v>652</v>
       </c>
       <c r="I233" s="2">
         <v>76</v>
       </c>
       <c r="J233" s="2">
-        <v>60</v>
+        <v>72</v>
       </c>
       <c r="K233" s="2">
         <v>70</v>
       </c>
       <c r="L233" s="2">
-        <v>10</v>
+        <v>39</v>
       </c>
       <c r="M233" s="2">
         <v>0</v>
       </c>
       <c r="N233" s="2">
-        <v>80</v>
+        <v>109</v>
       </c>
     </row>
     <row r="234" spans="1:14">
       <c r="A234" s="2">
-        <v>111832</v>
+        <v>101793</v>
       </c>
       <c r="B234" s="2" t="s">
         <v>653</v>
       </c>
       <c r="C234" s="2" t="s">
         <v>654</v>
       </c>
       <c r="D234" s="2"/>
       <c r="E234" s="2">
-        <v>7082</v>
+        <v>7058</v>
       </c>
       <c r="F234" s="2" t="s">
-        <v>21</v>
+        <v>30</v>
       </c>
       <c r="G234" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H234" s="2" t="s">
         <v>655</v>
       </c>
       <c r="I234" s="2">
         <v>76</v>
       </c>
       <c r="J234" s="2">
-        <v>72</v>
+        <v>60</v>
       </c>
       <c r="K234" s="2">
         <v>70</v>
       </c>
       <c r="L234" s="2">
-        <v>39</v>
+        <v>10</v>
       </c>
       <c r="M234" s="2">
         <v>0</v>
       </c>
       <c r="N234" s="2">
-        <v>109</v>
+        <v>80</v>
       </c>
     </row>
     <row r="235" spans="1:14">
       <c r="A235" s="2">
         <v>115678</v>
       </c>
       <c r="B235" s="2" t="s">
         <v>656</v>
       </c>
       <c r="C235" s="2" t="s">
         <v>657</v>
       </c>
       <c r="D235" s="2"/>
       <c r="E235" s="2">
         <v>7282</v>
       </c>
       <c r="F235" s="2" t="s">
-        <v>214</v>
+        <v>219</v>
       </c>
       <c r="G235" s="2" t="s">
-        <v>38</v>
+        <v>26</v>
       </c>
       <c r="H235" s="2" t="s">
         <v>658</v>
       </c>
       <c r="I235" s="2">
         <v>77</v>
       </c>
       <c r="J235" s="2">
         <v>10</v>
       </c>
       <c r="K235" s="2">
         <v>70</v>
       </c>
       <c r="L235" s="2">
         <v>130</v>
       </c>
       <c r="M235" s="2">
         <v>0</v>
       </c>
       <c r="N235" s="2">
         <v>200</v>
       </c>
     </row>
     <row r="236" spans="1:14">
       <c r="A236" s="2">
         <v>101794</v>
       </c>
       <c r="B236" s="2" t="s">
         <v>659</v>
       </c>
       <c r="C236" s="2" t="s">
         <v>660</v>
       </c>
       <c r="D236" s="2"/>
       <c r="E236" s="2">
         <v>7063</v>
       </c>
       <c r="F236" s="2" t="s">
-        <v>16</v>
+        <v>30</v>
       </c>
       <c r="G236" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H236" s="2" t="s">
         <v>661</v>
       </c>
       <c r="I236" s="2">
         <v>77</v>
       </c>
       <c r="J236" s="2">
         <v>61</v>
       </c>
       <c r="K236" s="2">
         <v>70</v>
       </c>
       <c r="L236" s="2">
         <v>10</v>
       </c>
       <c r="M236" s="2">
         <v>0</v>
       </c>
       <c r="N236" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="237" spans="1:14">
       <c r="A237" s="2">
         <v>101795</v>
       </c>
       <c r="B237" s="2" t="s">
         <v>662</v>
       </c>
       <c r="C237" s="2" t="s">
         <v>663</v>
       </c>
       <c r="D237" s="2"/>
       <c r="E237" s="2">
         <v>7107</v>
       </c>
       <c r="F237" s="2" t="s">
-        <v>72</v>
+        <v>68</v>
       </c>
       <c r="G237" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H237" s="2" t="s">
         <v>664</v>
       </c>
       <c r="I237" s="2">
         <v>78</v>
       </c>
       <c r="J237" s="2">
         <v>62</v>
       </c>
       <c r="K237" s="2">
         <v>70</v>
       </c>
       <c r="L237" s="2">
         <v>10</v>
       </c>
       <c r="M237" s="2">
         <v>0</v>
       </c>
       <c r="N237" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="238" spans="1:14">
       <c r="A238" s="2">
         <v>115679</v>
       </c>
       <c r="B238" s="2" t="s">
         <v>665</v>
       </c>
       <c r="C238" s="2" t="s">
         <v>666</v>
       </c>
       <c r="D238" s="2"/>
       <c r="E238" s="2">
         <v>7245</v>
       </c>
       <c r="F238" s="2" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="G238" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H238" s="2" t="s">
         <v>667</v>
       </c>
       <c r="I238" s="2">
         <v>78</v>
       </c>
       <c r="J238" s="2">
         <v>73</v>
       </c>
       <c r="K238" s="2">
         <v>70</v>
       </c>
       <c r="L238" s="2">
         <v>38</v>
       </c>
       <c r="M238" s="2">
         <v>0</v>
       </c>
       <c r="N238" s="2">
         <v>108</v>
       </c>
     </row>
     <row r="239" spans="1:14">
       <c r="A239" s="2">
-        <v>115680</v>
+        <v>101796</v>
       </c>
       <c r="B239" s="2" t="s">
         <v>668</v>
       </c>
       <c r="C239" s="2" t="s">
         <v>669</v>
       </c>
       <c r="D239" s="2"/>
       <c r="E239" s="2">
-        <v>7121</v>
+        <v>7084</v>
       </c>
       <c r="F239" s="2" t="s">
-        <v>25</v>
+        <v>68</v>
       </c>
       <c r="G239" s="2" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="H239" s="2" t="s">
         <v>670</v>
       </c>
       <c r="I239" s="2">
         <v>79</v>
       </c>
       <c r="J239" s="2">
-        <v>74</v>
+        <v>18</v>
       </c>
       <c r="K239" s="2">
         <v>70</v>
       </c>
       <c r="L239" s="2">
-        <v>37</v>
+        <v>22</v>
       </c>
       <c r="M239" s="2">
         <v>0</v>
       </c>
       <c r="N239" s="2">
-        <v>107</v>
+        <v>92</v>
       </c>
     </row>
     <row r="240" spans="1:14">
       <c r="A240" s="2">
-        <v>101796</v>
+        <v>115680</v>
       </c>
       <c r="B240" s="2" t="s">
         <v>671</v>
       </c>
       <c r="C240" s="2" t="s">
         <v>672</v>
       </c>
       <c r="D240" s="2"/>
       <c r="E240" s="2">
-        <v>7084</v>
+        <v>7121</v>
       </c>
       <c r="F240" s="2" t="s">
-        <v>72</v>
+        <v>34</v>
       </c>
       <c r="G240" s="2" t="s">
-        <v>38</v>
+        <v>17</v>
       </c>
       <c r="H240" s="2" t="s">
         <v>673</v>
       </c>
       <c r="I240" s="2">
         <v>79</v>
       </c>
       <c r="J240" s="2">
-        <v>18</v>
+        <v>74</v>
       </c>
       <c r="K240" s="2">
         <v>70</v>
       </c>
       <c r="L240" s="2">
-        <v>22</v>
+        <v>37</v>
       </c>
       <c r="M240" s="2">
         <v>0</v>
       </c>
       <c r="N240" s="2">
-        <v>92</v>
+        <v>107</v>
       </c>
     </row>
     <row r="241" spans="1:14">
       <c r="A241" s="2">
         <v>101797</v>
       </c>
       <c r="B241" s="2" t="s">
         <v>674</v>
       </c>
       <c r="C241" s="2" t="s">
         <v>675</v>
       </c>
       <c r="D241" s="2"/>
       <c r="E241" s="2">
         <v>7096</v>
       </c>
       <c r="F241" s="2" t="s">
-        <v>72</v>
+        <v>68</v>
       </c>
       <c r="G241" s="2" t="s">
-        <v>38</v>
+        <v>26</v>
       </c>
       <c r="H241" s="2" t="s">
         <v>676</v>
       </c>
       <c r="I241" s="2">
         <v>80</v>
       </c>
       <c r="J241" s="2">
         <v>19</v>
       </c>
       <c r="K241" s="2">
         <v>70</v>
       </c>
       <c r="L241" s="2">
         <v>21</v>
       </c>
       <c r="M241" s="2">
         <v>0</v>
       </c>
       <c r="N241" s="2">
         <v>91</v>
       </c>
     </row>
     <row r="242" spans="1:14">
       <c r="A242" s="2">
         <v>115681</v>
       </c>
       <c r="B242" s="2" t="s">
         <v>677</v>
       </c>
       <c r="C242" s="2" t="s">
         <v>594</v>
       </c>
       <c r="D242" s="2"/>
       <c r="E242" s="2">
         <v>7299</v>
       </c>
       <c r="F242" s="2" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="G242" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H242" s="2" t="s">
         <v>678</v>
       </c>
       <c r="I242" s="2">
         <v>80</v>
       </c>
       <c r="J242" s="2">
         <v>75</v>
       </c>
       <c r="K242" s="2">
         <v>70</v>
       </c>
       <c r="L242" s="2">
         <v>36</v>
       </c>
       <c r="M242" s="2">
         <v>0</v>
       </c>
       <c r="N242" s="2">
         <v>106</v>
       </c>
     </row>
     <row r="243" spans="1:14">
       <c r="A243" s="2">
-        <v>101798</v>
+        <v>116717</v>
       </c>
       <c r="B243" s="2" t="s">
         <v>679</v>
       </c>
       <c r="C243" s="2" t="s">
-        <v>416</v>
+        <v>680</v>
       </c>
       <c r="D243" s="2"/>
       <c r="E243" s="2">
-        <v>7048</v>
+        <v>7197</v>
       </c>
       <c r="F243" s="2" t="s">
-        <v>16</v>
+        <v>34</v>
       </c>
       <c r="G243" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H243" s="2" t="s">
-        <v>680</v>
+        <v>681</v>
       </c>
       <c r="I243" s="2">
         <v>81</v>
       </c>
       <c r="J243" s="2">
-        <v>63</v>
+        <v>76</v>
       </c>
       <c r="K243" s="2">
         <v>70</v>
       </c>
       <c r="L243" s="2">
-        <v>10</v>
+        <v>35</v>
       </c>
       <c r="M243" s="2">
         <v>0</v>
       </c>
       <c r="N243" s="2">
-        <v>80</v>
+        <v>105</v>
       </c>
     </row>
     <row r="244" spans="1:14">
       <c r="A244" s="2">
-        <v>116717</v>
+        <v>101798</v>
       </c>
       <c r="B244" s="2" t="s">
-        <v>681</v>
+        <v>682</v>
       </c>
       <c r="C244" s="2" t="s">
-        <v>682</v>
+        <v>410</v>
       </c>
       <c r="D244" s="2"/>
       <c r="E244" s="2">
-        <v>7197</v>
+        <v>7048</v>
       </c>
       <c r="F244" s="2" t="s">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="G244" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H244" s="2" t="s">
         <v>683</v>
       </c>
       <c r="I244" s="2">
         <v>81</v>
       </c>
       <c r="J244" s="2">
-        <v>76</v>
+        <v>63</v>
       </c>
       <c r="K244" s="2">
         <v>70</v>
       </c>
       <c r="L244" s="2">
-        <v>35</v>
+        <v>10</v>
       </c>
       <c r="M244" s="2">
         <v>0</v>
       </c>
       <c r="N244" s="2">
-        <v>105</v>
+        <v>80</v>
       </c>
     </row>
     <row r="245" spans="1:14">
       <c r="A245" s="2">
         <v>115683</v>
       </c>
       <c r="B245" s="2" t="s">
         <v>684</v>
       </c>
       <c r="C245" s="2" t="s">
-        <v>15</v>
+        <v>29</v>
       </c>
       <c r="D245" s="2"/>
       <c r="E245" s="2">
         <v>7086</v>
       </c>
       <c r="F245" s="2" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="G245" s="2" t="s">
-        <v>38</v>
+        <v>26</v>
       </c>
       <c r="H245" s="2" t="s">
         <v>685</v>
       </c>
       <c r="I245" s="2">
         <v>82</v>
       </c>
       <c r="J245" s="2">
         <v>11</v>
       </c>
       <c r="K245" s="2">
         <v>70</v>
       </c>
       <c r="L245" s="2">
         <v>125</v>
       </c>
       <c r="M245" s="2">
         <v>0</v>
       </c>
       <c r="N245" s="2">
         <v>195</v>
       </c>
     </row>
     <row r="246" spans="1:14">
       <c r="A246" s="2">
         <v>101799</v>
       </c>
       <c r="B246" s="2" t="s">
         <v>686</v>
       </c>
       <c r="C246" s="2" t="s">
         <v>687</v>
       </c>
       <c r="D246" s="2"/>
       <c r="E246" s="2">
         <v>7024</v>
       </c>
       <c r="F246" s="2" t="s">
-        <v>16</v>
+        <v>30</v>
       </c>
       <c r="G246" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H246" s="2" t="s">
         <v>688</v>
       </c>
       <c r="I246" s="2">
         <v>82</v>
       </c>
       <c r="J246" s="2">
         <v>64</v>
       </c>
       <c r="K246" s="2">
         <v>70</v>
       </c>
       <c r="L246" s="2">
         <v>10</v>
       </c>
       <c r="M246" s="2">
         <v>0</v>
       </c>
       <c r="N246" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="247" spans="1:14">
       <c r="A247" s="2">
         <v>101800</v>
       </c>
       <c r="B247" s="2" t="s">
-        <v>15</v>
+        <v>29</v>
       </c>
       <c r="C247" s="2" t="s">
         <v>689</v>
       </c>
       <c r="D247" s="2"/>
       <c r="E247" s="2">
         <v>7071</v>
       </c>
       <c r="F247" s="2" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="G247" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H247" s="2" t="s">
         <v>690</v>
       </c>
       <c r="I247" s="2">
         <v>83</v>
       </c>
       <c r="J247" s="2">
         <v>65</v>
       </c>
       <c r="K247" s="2">
         <v>70</v>
       </c>
       <c r="L247" s="2">
         <v>10</v>
       </c>
       <c r="M247" s="2">
         <v>0</v>
       </c>
       <c r="N247" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="248" spans="1:14">
       <c r="A248" s="2">
         <v>115684</v>
       </c>
       <c r="B248" s="2" t="s">
         <v>691</v>
       </c>
       <c r="C248" s="2" t="s">
-        <v>387</v>
+        <v>384</v>
       </c>
       <c r="D248" s="2"/>
       <c r="E248" s="2">
         <v>7109</v>
       </c>
       <c r="F248" s="2" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="G248" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H248" s="2" t="s">
         <v>692</v>
       </c>
       <c r="I248" s="2">
         <v>83</v>
       </c>
       <c r="J248" s="2">
         <v>77</v>
       </c>
       <c r="K248" s="2">
         <v>70</v>
       </c>
       <c r="L248" s="2">
         <v>34</v>
       </c>
       <c r="M248" s="2">
         <v>0</v>
       </c>
       <c r="N248" s="2">
         <v>104</v>
       </c>
@@ -14251,2790 +14251,2790 @@
       </c>
       <c r="I249" s="2">
         <v>84</v>
       </c>
       <c r="J249" s="2">
         <v>78</v>
       </c>
       <c r="K249" s="2">
         <v>70</v>
       </c>
       <c r="L249" s="2">
         <v>33</v>
       </c>
       <c r="M249" s="2">
         <v>0</v>
       </c>
       <c r="N249" s="2">
         <v>103</v>
       </c>
     </row>
     <row r="250" spans="1:14">
       <c r="A250" s="2">
         <v>101801</v>
       </c>
       <c r="B250" s="2" t="s">
-        <v>374</v>
+        <v>376</v>
       </c>
       <c r="C250" s="2" t="s">
         <v>697</v>
       </c>
       <c r="D250" s="2"/>
       <c r="E250" s="2">
         <v>7087</v>
       </c>
       <c r="F250" s="2" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="G250" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H250" s="2" t="s">
         <v>698</v>
       </c>
       <c r="I250" s="2">
         <v>84</v>
       </c>
       <c r="J250" s="2">
         <v>66</v>
       </c>
       <c r="K250" s="2">
         <v>70</v>
       </c>
       <c r="L250" s="2">
         <v>10</v>
       </c>
       <c r="M250" s="2">
         <v>0</v>
       </c>
       <c r="N250" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="251" spans="1:14">
       <c r="A251" s="2">
-        <v>101802</v>
+        <v>115686</v>
       </c>
       <c r="B251" s="2" t="s">
         <v>699</v>
       </c>
       <c r="C251" s="2" t="s">
-        <v>700</v>
+        <v>536</v>
       </c>
       <c r="D251" s="2"/>
       <c r="E251" s="2">
-        <v>7110</v>
+        <v>7138</v>
       </c>
       <c r="F251" s="2" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="G251" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H251" s="2" t="s">
-        <v>701</v>
+        <v>700</v>
       </c>
       <c r="I251" s="2">
         <v>85</v>
       </c>
       <c r="J251" s="2">
-        <v>67</v>
+        <v>79</v>
       </c>
       <c r="K251" s="2">
         <v>70</v>
       </c>
       <c r="L251" s="2">
-        <v>10</v>
+        <v>32</v>
       </c>
       <c r="M251" s="2">
         <v>0</v>
       </c>
       <c r="N251" s="2">
-        <v>80</v>
+        <v>102</v>
       </c>
     </row>
     <row r="252" spans="1:14">
       <c r="A252" s="2">
-        <v>115686</v>
+        <v>101802</v>
       </c>
       <c r="B252" s="2" t="s">
+        <v>701</v>
+      </c>
+      <c r="C252" s="2" t="s">
         <v>702</v>
-      </c>
-[...1 lines deleted...]
-        <v>536</v>
       </c>
       <c r="D252" s="2"/>
       <c r="E252" s="2">
-        <v>7138</v>
+        <v>7110</v>
       </c>
       <c r="F252" s="2" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="G252" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H252" s="2" t="s">
         <v>703</v>
       </c>
       <c r="I252" s="2">
         <v>85</v>
       </c>
       <c r="J252" s="2">
-        <v>79</v>
+        <v>67</v>
       </c>
       <c r="K252" s="2">
         <v>70</v>
       </c>
       <c r="L252" s="2">
-        <v>32</v>
+        <v>10</v>
       </c>
       <c r="M252" s="2">
         <v>0</v>
       </c>
       <c r="N252" s="2">
-        <v>102</v>
+        <v>80</v>
       </c>
     </row>
     <row r="253" spans="1:14">
       <c r="A253" s="2">
         <v>115687</v>
       </c>
       <c r="B253" s="2" t="s">
         <v>704</v>
       </c>
       <c r="C253" s="2" t="s">
-        <v>103</v>
+        <v>106</v>
       </c>
       <c r="D253" s="2"/>
       <c r="E253" s="2">
         <v>7243</v>
       </c>
       <c r="F253" s="2" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="G253" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H253" s="2" t="s">
         <v>705</v>
       </c>
       <c r="I253" s="2">
         <v>86</v>
       </c>
       <c r="J253" s="2">
         <v>80</v>
       </c>
       <c r="K253" s="2">
         <v>70</v>
       </c>
       <c r="L253" s="2">
         <v>31</v>
       </c>
       <c r="M253" s="2">
         <v>0</v>
       </c>
       <c r="N253" s="2">
         <v>101</v>
       </c>
     </row>
     <row r="254" spans="1:14">
       <c r="A254" s="2">
         <v>101803</v>
       </c>
       <c r="B254" s="2" t="s">
         <v>706</v>
       </c>
       <c r="C254" s="2" t="s">
         <v>707</v>
       </c>
       <c r="D254" s="2"/>
       <c r="E254" s="2">
         <v>7014</v>
       </c>
       <c r="F254" s="2" t="s">
-        <v>72</v>
+        <v>68</v>
       </c>
       <c r="G254" s="2" t="s">
-        <v>38</v>
+        <v>26</v>
       </c>
       <c r="H254" s="2" t="s">
         <v>708</v>
       </c>
       <c r="I254" s="2">
         <v>86</v>
       </c>
       <c r="J254" s="2">
         <v>20</v>
       </c>
       <c r="K254" s="2">
         <v>70</v>
       </c>
       <c r="L254" s="2">
         <v>20</v>
       </c>
       <c r="M254" s="2">
         <v>0</v>
       </c>
       <c r="N254" s="2">
         <v>90</v>
       </c>
     </row>
     <row r="255" spans="1:14">
       <c r="A255" s="2">
         <v>101804</v>
       </c>
       <c r="B255" s="2" t="s">
-        <v>284</v>
+        <v>288</v>
       </c>
       <c r="C255" s="2" t="s">
         <v>709</v>
       </c>
       <c r="D255" s="2"/>
       <c r="E255" s="2">
         <v>7126</v>
       </c>
       <c r="F255" s="2" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="G255" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H255" s="2" t="s">
         <v>710</v>
       </c>
       <c r="I255" s="2">
         <v>87</v>
       </c>
       <c r="J255" s="2">
         <v>68</v>
       </c>
       <c r="K255" s="2">
         <v>70</v>
       </c>
       <c r="L255" s="2">
         <v>10</v>
       </c>
       <c r="M255" s="2">
         <v>0</v>
       </c>
       <c r="N255" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="256" spans="1:14">
       <c r="A256" s="2">
         <v>115688</v>
       </c>
       <c r="B256" s="2" t="s">
         <v>711</v>
       </c>
       <c r="C256" s="2" t="s">
-        <v>44</v>
+        <v>51</v>
       </c>
       <c r="D256" s="2"/>
       <c r="E256" s="2">
         <v>7004</v>
       </c>
       <c r="F256" s="2" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="G256" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H256" s="2" t="s">
         <v>712</v>
       </c>
       <c r="I256" s="2">
         <v>87</v>
       </c>
       <c r="J256" s="2">
         <v>81</v>
       </c>
       <c r="K256" s="2">
         <v>70</v>
       </c>
       <c r="L256" s="2">
         <v>30</v>
       </c>
       <c r="M256" s="2">
         <v>0</v>
       </c>
       <c r="N256" s="2">
         <v>100</v>
       </c>
     </row>
     <row r="257" spans="1:14">
       <c r="A257" s="2">
         <v>115689</v>
       </c>
       <c r="B257" s="2" t="s">
         <v>713</v>
       </c>
       <c r="C257" s="2" t="s">
         <v>714</v>
       </c>
       <c r="D257" s="2"/>
       <c r="E257" s="2">
         <v>7210</v>
       </c>
       <c r="F257" s="2" t="s">
-        <v>16</v>
+        <v>30</v>
       </c>
       <c r="G257" s="2" t="s">
-        <v>38</v>
+        <v>26</v>
       </c>
       <c r="H257" s="2" t="s">
         <v>715</v>
       </c>
       <c r="I257" s="2">
         <v>88</v>
       </c>
       <c r="J257" s="2">
         <v>12</v>
       </c>
       <c r="K257" s="2">
         <v>70</v>
       </c>
       <c r="L257" s="2">
         <v>120</v>
       </c>
       <c r="M257" s="2">
         <v>0</v>
       </c>
       <c r="N257" s="2">
         <v>190</v>
       </c>
     </row>
     <row r="258" spans="1:14">
       <c r="A258" s="2">
         <v>101805</v>
       </c>
       <c r="B258" s="2" t="s">
         <v>716</v>
       </c>
       <c r="C258" s="2" t="s">
         <v>717</v>
       </c>
       <c r="D258" s="2"/>
       <c r="E258" s="2">
         <v>7053</v>
       </c>
       <c r="F258" s="2" t="s">
-        <v>72</v>
+        <v>68</v>
       </c>
       <c r="G258" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H258" s="2" t="s">
         <v>718</v>
       </c>
       <c r="I258" s="2">
         <v>88</v>
       </c>
       <c r="J258" s="2">
         <v>69</v>
       </c>
       <c r="K258" s="2">
         <v>70</v>
       </c>
       <c r="L258" s="2">
         <v>10</v>
       </c>
       <c r="M258" s="2">
         <v>0</v>
       </c>
       <c r="N258" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="259" spans="1:14">
       <c r="A259" s="2">
-        <v>115690</v>
-[...1 lines deleted...]
-      <c r="B259" s="2" t="s">
+        <v>122652</v>
+      </c>
+      <c r="B259" s="2"/>
+      <c r="C259" s="2" t="s">
         <v>719</v>
-      </c>
-[...1 lines deleted...]
-        <v>720</v>
       </c>
       <c r="D259" s="2"/>
       <c r="E259" s="2">
-        <v>7070</v>
+        <v>7025</v>
       </c>
       <c r="F259" s="2" t="s">
-        <v>100</v>
+        <v>30</v>
       </c>
       <c r="G259" s="2" t="s">
-        <v>38</v>
+        <v>17</v>
       </c>
       <c r="H259" s="2" t="s">
-        <v>721</v>
+        <v>720</v>
       </c>
       <c r="I259" s="2">
         <v>89</v>
       </c>
       <c r="J259" s="2">
-        <v>13</v>
+        <v>89</v>
       </c>
       <c r="K259" s="2">
-        <v>70</v>
+        <v>0</v>
       </c>
       <c r="L259" s="2">
-        <v>115</v>
+        <v>0</v>
       </c>
       <c r="M259" s="2">
         <v>0</v>
       </c>
       <c r="N259" s="2">
-        <v>185</v>
+        <v>0</v>
       </c>
     </row>
     <row r="260" spans="1:14">
       <c r="A260" s="2">
-        <v>122652</v>
-[...1 lines deleted...]
-      <c r="B260" s="2"/>
+        <v>101806</v>
+      </c>
+      <c r="B260" s="2" t="s">
+        <v>721</v>
+      </c>
       <c r="C260" s="2" t="s">
         <v>722</v>
       </c>
       <c r="D260" s="2"/>
       <c r="E260" s="2">
-        <v>7025</v>
+        <v>7016</v>
       </c>
       <c r="F260" s="2" t="s">
-        <v>16</v>
+        <v>30</v>
       </c>
       <c r="G260" s="2" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="H260" s="2" t="s">
         <v>723</v>
       </c>
       <c r="I260" s="2">
         <v>89</v>
       </c>
       <c r="J260" s="2">
-        <v>89</v>
+        <v>21</v>
       </c>
       <c r="K260" s="2">
-        <v>0</v>
+        <v>70</v>
       </c>
       <c r="L260" s="2">
-        <v>0</v>
+        <v>15</v>
       </c>
       <c r="M260" s="2">
         <v>0</v>
       </c>
       <c r="N260" s="2">
-        <v>0</v>
+        <v>85</v>
       </c>
     </row>
     <row r="261" spans="1:14">
       <c r="A261" s="2">
-        <v>101806</v>
+        <v>115690</v>
       </c>
       <c r="B261" s="2" t="s">
         <v>724</v>
       </c>
       <c r="C261" s="2" t="s">
         <v>725</v>
       </c>
       <c r="D261" s="2"/>
       <c r="E261" s="2">
-        <v>7016</v>
+        <v>7070</v>
       </c>
       <c r="F261" s="2" t="s">
-        <v>16</v>
+        <v>109</v>
       </c>
       <c r="G261" s="2" t="s">
-        <v>38</v>
+        <v>26</v>
       </c>
       <c r="H261" s="2" t="s">
         <v>726</v>
       </c>
       <c r="I261" s="2">
         <v>89</v>
       </c>
       <c r="J261" s="2">
-        <v>21</v>
+        <v>13</v>
       </c>
       <c r="K261" s="2">
         <v>70</v>
       </c>
       <c r="L261" s="2">
-        <v>15</v>
+        <v>115</v>
       </c>
       <c r="M261" s="2">
         <v>0</v>
       </c>
       <c r="N261" s="2">
-        <v>85</v>
+        <v>185</v>
       </c>
     </row>
     <row r="262" spans="1:14">
       <c r="A262" s="2">
         <v>101807</v>
       </c>
       <c r="B262" s="2" t="s">
         <v>727</v>
       </c>
       <c r="C262" s="2" t="s">
         <v>728</v>
       </c>
       <c r="D262" s="2"/>
       <c r="E262" s="2">
         <v>7047</v>
       </c>
       <c r="F262" s="2" t="s">
-        <v>16</v>
+        <v>30</v>
       </c>
       <c r="G262" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H262" s="2" t="s">
         <v>729</v>
       </c>
       <c r="I262" s="2">
         <v>90</v>
       </c>
       <c r="J262" s="2">
         <v>70</v>
       </c>
       <c r="K262" s="2">
         <v>70</v>
       </c>
       <c r="L262" s="2">
         <v>10</v>
       </c>
       <c r="M262" s="2">
         <v>0</v>
       </c>
       <c r="N262" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="263" spans="1:14">
       <c r="A263" s="2">
         <v>116726</v>
       </c>
       <c r="B263" s="2" t="s">
         <v>730</v>
       </c>
       <c r="C263" s="2" t="s">
-        <v>389</v>
+        <v>392</v>
       </c>
       <c r="D263" s="2"/>
       <c r="E263" s="2">
         <v>7158</v>
       </c>
       <c r="F263" s="2" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="G263" s="2" t="s">
-        <v>38</v>
+        <v>26</v>
       </c>
       <c r="H263" s="2" t="s">
         <v>731</v>
       </c>
       <c r="I263" s="2">
         <v>90</v>
       </c>
       <c r="J263" s="2">
         <v>14</v>
       </c>
       <c r="K263" s="2">
         <v>70</v>
       </c>
       <c r="L263" s="2">
         <v>110</v>
       </c>
       <c r="M263" s="2">
         <v>0</v>
       </c>
       <c r="N263" s="2">
         <v>180</v>
       </c>
     </row>
     <row r="264" spans="1:14">
       <c r="A264" s="2">
-        <v>115692</v>
+        <v>101808</v>
       </c>
       <c r="B264" s="2" t="s">
+        <v>478</v>
+      </c>
+      <c r="C264" s="2" t="s">
         <v>732</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
       <c r="D264" s="2"/>
       <c r="E264" s="2">
-        <v>7106</v>
+        <v>7033</v>
       </c>
       <c r="F264" s="2" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="G264" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H264" s="2" t="s">
         <v>733</v>
       </c>
       <c r="I264" s="2">
         <v>91</v>
       </c>
       <c r="J264" s="2">
-        <v>82</v>
+        <v>71</v>
       </c>
       <c r="K264" s="2">
         <v>70</v>
       </c>
       <c r="L264" s="2">
-        <v>29</v>
+        <v>10</v>
       </c>
       <c r="M264" s="2">
         <v>0</v>
       </c>
       <c r="N264" s="2">
-        <v>99</v>
+        <v>80</v>
       </c>
     </row>
     <row r="265" spans="1:14">
       <c r="A265" s="2">
-        <v>101808</v>
+        <v>115692</v>
       </c>
       <c r="B265" s="2" t="s">
-        <v>478</v>
+        <v>734</v>
       </c>
       <c r="C265" s="2" t="s">
-        <v>734</v>
+        <v>29</v>
       </c>
       <c r="D265" s="2"/>
       <c r="E265" s="2">
-        <v>7033</v>
+        <v>7106</v>
       </c>
       <c r="F265" s="2" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="G265" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H265" s="2" t="s">
         <v>735</v>
       </c>
       <c r="I265" s="2">
         <v>91</v>
       </c>
       <c r="J265" s="2">
-        <v>71</v>
+        <v>82</v>
       </c>
       <c r="K265" s="2">
         <v>70</v>
       </c>
       <c r="L265" s="2">
-        <v>10</v>
+        <v>29</v>
       </c>
       <c r="M265" s="2">
         <v>0</v>
       </c>
       <c r="N265" s="2">
-        <v>80</v>
+        <v>99</v>
       </c>
     </row>
     <row r="266" spans="1:14">
       <c r="A266" s="2">
         <v>101809</v>
       </c>
       <c r="B266" s="2" t="s">
         <v>736</v>
       </c>
       <c r="C266" s="2" t="s">
         <v>737</v>
       </c>
       <c r="D266" s="2"/>
       <c r="E266" s="2">
         <v>7116</v>
       </c>
       <c r="F266" s="2" t="s">
-        <v>72</v>
+        <v>68</v>
       </c>
       <c r="G266" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H266" s="2" t="s">
         <v>738</v>
       </c>
       <c r="I266" s="2">
         <v>92</v>
       </c>
       <c r="J266" s="2">
         <v>72</v>
       </c>
       <c r="K266" s="2">
         <v>70</v>
       </c>
       <c r="L266" s="2">
         <v>10</v>
       </c>
       <c r="M266" s="2">
         <v>0</v>
       </c>
       <c r="N266" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="267" spans="1:14">
       <c r="A267" s="2">
         <v>115693</v>
       </c>
       <c r="B267" s="2" t="s">
         <v>739</v>
       </c>
       <c r="C267" s="2" t="s">
-        <v>103</v>
+        <v>106</v>
       </c>
       <c r="D267" s="2"/>
       <c r="E267" s="2">
         <v>7139</v>
       </c>
       <c r="F267" s="2" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="G267" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H267" s="2" t="s">
         <v>740</v>
       </c>
       <c r="I267" s="2">
         <v>92</v>
       </c>
       <c r="J267" s="2">
         <v>83</v>
       </c>
       <c r="K267" s="2">
         <v>70</v>
       </c>
       <c r="L267" s="2">
         <v>28</v>
       </c>
       <c r="M267" s="2">
         <v>0</v>
       </c>
       <c r="N267" s="2">
         <v>98</v>
       </c>
     </row>
     <row r="268" spans="1:14">
       <c r="A268" s="2">
-        <v>101810</v>
+        <v>116729</v>
       </c>
       <c r="B268" s="2" t="s">
         <v>741</v>
       </c>
       <c r="C268" s="2" t="s">
         <v>742</v>
       </c>
       <c r="D268" s="2"/>
       <c r="E268" s="2">
-        <v>7114</v>
+        <v>7131</v>
       </c>
       <c r="F268" s="2" t="s">
-        <v>72</v>
+        <v>34</v>
       </c>
       <c r="G268" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H268" s="2" t="s">
         <v>743</v>
       </c>
       <c r="I268" s="2">
         <v>93</v>
       </c>
       <c r="J268" s="2">
-        <v>73</v>
+        <v>84</v>
       </c>
       <c r="K268" s="2">
         <v>70</v>
       </c>
       <c r="L268" s="2">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="M268" s="2">
         <v>0</v>
       </c>
       <c r="N268" s="2">
-        <v>80</v>
+        <v>97</v>
       </c>
     </row>
     <row r="269" spans="1:14">
       <c r="A269" s="2">
-        <v>116729</v>
+        <v>101810</v>
       </c>
       <c r="B269" s="2" t="s">
         <v>744</v>
       </c>
       <c r="C269" s="2" t="s">
         <v>745</v>
       </c>
       <c r="D269" s="2"/>
       <c r="E269" s="2">
-        <v>7131</v>
+        <v>7114</v>
       </c>
       <c r="F269" s="2" t="s">
-        <v>25</v>
+        <v>68</v>
       </c>
       <c r="G269" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H269" s="2" t="s">
         <v>746</v>
       </c>
       <c r="I269" s="2">
         <v>93</v>
       </c>
       <c r="J269" s="2">
-        <v>84</v>
+        <v>73</v>
       </c>
       <c r="K269" s="2">
         <v>70</v>
       </c>
       <c r="L269" s="2">
-        <v>27</v>
+        <v>10</v>
       </c>
       <c r="M269" s="2">
         <v>0</v>
       </c>
       <c r="N269" s="2">
-        <v>97</v>
+        <v>80</v>
       </c>
     </row>
     <row r="270" spans="1:14">
       <c r="A270" s="2">
         <v>101811</v>
       </c>
       <c r="B270" s="2" t="s">
-        <v>15</v>
+        <v>29</v>
       </c>
       <c r="C270" s="2" t="s">
         <v>747</v>
       </c>
       <c r="D270" s="2"/>
       <c r="E270" s="2">
         <v>7074</v>
       </c>
       <c r="F270" s="2" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="G270" s="2" t="s">
-        <v>38</v>
+        <v>26</v>
       </c>
       <c r="H270" s="2" t="s">
         <v>748</v>
       </c>
       <c r="I270" s="2">
         <v>94</v>
       </c>
       <c r="J270" s="2">
         <v>22</v>
       </c>
       <c r="K270" s="2">
         <v>70</v>
       </c>
       <c r="L270" s="2">
         <v>15</v>
       </c>
       <c r="M270" s="2">
         <v>0</v>
       </c>
       <c r="N270" s="2">
         <v>85</v>
       </c>
     </row>
     <row r="271" spans="1:14">
       <c r="A271" s="2">
         <v>115695</v>
       </c>
       <c r="B271" s="2" t="s">
         <v>749</v>
       </c>
       <c r="C271" s="2" t="s">
         <v>750</v>
       </c>
       <c r="D271" s="2"/>
       <c r="E271" s="2">
         <v>7178</v>
       </c>
       <c r="F271" s="2" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="G271" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H271" s="2" t="s">
         <v>751</v>
       </c>
       <c r="I271" s="2">
         <v>94</v>
       </c>
       <c r="J271" s="2">
         <v>85</v>
       </c>
       <c r="K271" s="2">
         <v>70</v>
       </c>
       <c r="L271" s="2">
         <v>26</v>
       </c>
       <c r="M271" s="2">
         <v>0</v>
       </c>
       <c r="N271" s="2">
         <v>96</v>
       </c>
     </row>
     <row r="272" spans="1:14">
       <c r="A272" s="2">
-        <v>101812</v>
+        <v>115696</v>
       </c>
       <c r="B272" s="2" t="s">
-        <v>533</v>
+        <v>752</v>
       </c>
       <c r="C272" s="2" t="s">
-        <v>752</v>
+        <v>753</v>
       </c>
       <c r="D272" s="2"/>
       <c r="E272" s="2">
-        <v>7002</v>
+        <v>7051</v>
       </c>
       <c r="F272" s="2" t="s">
-        <v>16</v>
+        <v>120</v>
       </c>
       <c r="G272" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H272" s="2" t="s">
-        <v>753</v>
+        <v>754</v>
       </c>
       <c r="I272" s="2">
         <v>95</v>
       </c>
       <c r="J272" s="2">
-        <v>74</v>
+        <v>86</v>
       </c>
       <c r="K272" s="2">
         <v>70</v>
       </c>
       <c r="L272" s="2">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="M272" s="2">
         <v>0</v>
       </c>
       <c r="N272" s="2">
-        <v>80</v>
+        <v>95</v>
       </c>
     </row>
     <row r="273" spans="1:14">
       <c r="A273" s="2">
-        <v>115696</v>
+        <v>101812</v>
       </c>
       <c r="B273" s="2" t="s">
-        <v>754</v>
+        <v>533</v>
       </c>
       <c r="C273" s="2" t="s">
         <v>755</v>
       </c>
       <c r="D273" s="2"/>
       <c r="E273" s="2">
-        <v>7051</v>
+        <v>7002</v>
       </c>
       <c r="F273" s="2" t="s">
-        <v>119</v>
+        <v>30</v>
       </c>
       <c r="G273" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H273" s="2" t="s">
         <v>756</v>
       </c>
       <c r="I273" s="2">
         <v>95</v>
       </c>
       <c r="J273" s="2">
-        <v>86</v>
+        <v>74</v>
       </c>
       <c r="K273" s="2">
         <v>70</v>
       </c>
       <c r="L273" s="2">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="M273" s="2">
         <v>0</v>
       </c>
       <c r="N273" s="2">
-        <v>95</v>
+        <v>80</v>
       </c>
     </row>
     <row r="274" spans="1:14">
       <c r="A274" s="2">
         <v>101813</v>
       </c>
       <c r="B274" s="2" t="s">
         <v>757</v>
       </c>
       <c r="C274" s="2" t="s">
         <v>758</v>
       </c>
       <c r="D274" s="2"/>
       <c r="E274" s="2">
         <v>7060</v>
       </c>
       <c r="F274" s="2" t="s">
-        <v>16</v>
+        <v>30</v>
       </c>
       <c r="G274" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H274" s="2" t="s">
         <v>759</v>
       </c>
       <c r="I274" s="2">
         <v>96</v>
       </c>
       <c r="J274" s="2">
         <v>75</v>
       </c>
       <c r="K274" s="2">
         <v>70</v>
       </c>
       <c r="L274" s="2">
         <v>10</v>
       </c>
       <c r="M274" s="2">
         <v>0</v>
       </c>
       <c r="N274" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="275" spans="1:14">
       <c r="A275" s="2">
         <v>116732</v>
       </c>
       <c r="B275" s="2" t="s">
         <v>760</v>
       </c>
       <c r="C275" s="2" t="s">
         <v>761</v>
       </c>
       <c r="D275" s="2"/>
       <c r="E275" s="2">
         <v>7242</v>
       </c>
       <c r="F275" s="2" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="G275" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H275" s="2" t="s">
         <v>762</v>
       </c>
       <c r="I275" s="2">
         <v>96</v>
       </c>
       <c r="J275" s="2">
         <v>87</v>
       </c>
       <c r="K275" s="2">
         <v>70</v>
       </c>
       <c r="L275" s="2">
         <v>24</v>
       </c>
       <c r="M275" s="2">
         <v>0</v>
       </c>
       <c r="N275" s="2">
         <v>94</v>
       </c>
     </row>
     <row r="276" spans="1:14">
       <c r="A276" s="2">
-        <v>101814</v>
+        <v>115698</v>
       </c>
       <c r="B276" s="2" t="s">
         <v>763</v>
       </c>
       <c r="C276" s="2" t="s">
         <v>764</v>
       </c>
       <c r="D276" s="2"/>
       <c r="E276" s="2">
-        <v>7106</v>
+        <v>7181</v>
       </c>
       <c r="F276" s="2" t="s">
-        <v>72</v>
+        <v>34</v>
       </c>
       <c r="G276" s="2" t="s">
-        <v>38</v>
+        <v>17</v>
       </c>
       <c r="H276" s="2" t="s">
         <v>765</v>
       </c>
       <c r="I276" s="2">
         <v>97</v>
       </c>
       <c r="J276" s="2">
+        <v>88</v>
+      </c>
+      <c r="K276" s="2">
+        <v>70</v>
+      </c>
+      <c r="L276" s="2">
         <v>23</v>
       </c>
-      <c r="K276" s="2">
-[...4 lines deleted...]
-      </c>
       <c r="M276" s="2">
         <v>0</v>
       </c>
       <c r="N276" s="2">
-        <v>85</v>
+        <v>93</v>
       </c>
     </row>
     <row r="277" spans="1:14">
       <c r="A277" s="2">
-        <v>115698</v>
+        <v>101814</v>
       </c>
       <c r="B277" s="2" t="s">
         <v>766</v>
       </c>
       <c r="C277" s="2" t="s">
         <v>767</v>
       </c>
       <c r="D277" s="2"/>
       <c r="E277" s="2">
-        <v>7181</v>
+        <v>7106</v>
       </c>
       <c r="F277" s="2" t="s">
-        <v>25</v>
+        <v>68</v>
       </c>
       <c r="G277" s="2" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="H277" s="2" t="s">
         <v>768</v>
       </c>
       <c r="I277" s="2">
         <v>97</v>
       </c>
       <c r="J277" s="2">
-        <v>88</v>
+        <v>23</v>
       </c>
       <c r="K277" s="2">
         <v>70</v>
       </c>
       <c r="L277" s="2">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="M277" s="2">
         <v>0</v>
       </c>
       <c r="N277" s="2">
-        <v>93</v>
+        <v>85</v>
       </c>
     </row>
     <row r="278" spans="1:14">
       <c r="A278" s="2">
-        <v>101815</v>
+        <v>115699</v>
       </c>
       <c r="B278" s="2" t="s">
         <v>769</v>
       </c>
       <c r="C278" s="2" t="s">
-        <v>764</v>
+        <v>29</v>
       </c>
       <c r="D278" s="2"/>
       <c r="E278" s="2">
-        <v>7108</v>
+        <v>7033</v>
       </c>
       <c r="F278" s="2" t="s">
-        <v>72</v>
+        <v>34</v>
       </c>
       <c r="G278" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H278" s="2" t="s">
         <v>770</v>
       </c>
       <c r="I278" s="2">
         <v>98</v>
       </c>
       <c r="J278" s="2">
-        <v>76</v>
+        <v>89</v>
       </c>
       <c r="K278" s="2">
         <v>70</v>
       </c>
       <c r="L278" s="2">
-        <v>5</v>
+        <v>22</v>
       </c>
       <c r="M278" s="2">
         <v>0</v>
       </c>
       <c r="N278" s="2">
-        <v>75</v>
+        <v>92</v>
       </c>
     </row>
     <row r="279" spans="1:14">
       <c r="A279" s="2">
-        <v>115699</v>
+        <v>101815</v>
       </c>
       <c r="B279" s="2" t="s">
         <v>771</v>
       </c>
       <c r="C279" s="2" t="s">
-        <v>15</v>
+        <v>767</v>
       </c>
       <c r="D279" s="2"/>
       <c r="E279" s="2">
-        <v>7033</v>
+        <v>7108</v>
       </c>
       <c r="F279" s="2" t="s">
-        <v>25</v>
+        <v>68</v>
       </c>
       <c r="G279" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H279" s="2" t="s">
         <v>772</v>
       </c>
       <c r="I279" s="2">
         <v>98</v>
       </c>
       <c r="J279" s="2">
-        <v>89</v>
+        <v>76</v>
       </c>
       <c r="K279" s="2">
         <v>70</v>
       </c>
       <c r="L279" s="2">
-        <v>22</v>
+        <v>5</v>
       </c>
       <c r="M279" s="2">
         <v>0</v>
       </c>
       <c r="N279" s="2">
-        <v>92</v>
+        <v>75</v>
       </c>
     </row>
     <row r="280" spans="1:14">
       <c r="A280" s="2">
-        <v>101816</v>
+        <v>115700</v>
       </c>
       <c r="B280" s="2" t="s">
         <v>773</v>
       </c>
       <c r="C280" s="2" t="s">
-        <v>774</v>
+        <v>106</v>
       </c>
       <c r="D280" s="2"/>
       <c r="E280" s="2">
-        <v>7128</v>
+        <v>7293</v>
       </c>
       <c r="F280" s="2" t="s">
-        <v>72</v>
+        <v>34</v>
       </c>
       <c r="G280" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H280" s="2" t="s">
-        <v>775</v>
+        <v>774</v>
       </c>
       <c r="I280" s="2">
         <v>99</v>
       </c>
       <c r="J280" s="2">
-        <v>77</v>
+        <v>90</v>
       </c>
       <c r="K280" s="2">
         <v>70</v>
       </c>
       <c r="L280" s="2">
-        <v>5</v>
+        <v>21</v>
       </c>
       <c r="M280" s="2">
         <v>0</v>
       </c>
       <c r="N280" s="2">
-        <v>75</v>
+        <v>91</v>
       </c>
     </row>
     <row r="281" spans="1:14">
       <c r="A281" s="2">
-        <v>115700</v>
+        <v>101816</v>
       </c>
       <c r="B281" s="2" t="s">
+        <v>775</v>
+      </c>
+      <c r="C281" s="2" t="s">
         <v>776</v>
-      </c>
-[...1 lines deleted...]
-        <v>103</v>
       </c>
       <c r="D281" s="2"/>
       <c r="E281" s="2">
-        <v>7293</v>
+        <v>7128</v>
       </c>
       <c r="F281" s="2" t="s">
-        <v>25</v>
+        <v>68</v>
       </c>
       <c r="G281" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H281" s="2" t="s">
         <v>777</v>
       </c>
       <c r="I281" s="2">
         <v>99</v>
       </c>
       <c r="J281" s="2">
-        <v>90</v>
+        <v>77</v>
       </c>
       <c r="K281" s="2">
         <v>70</v>
       </c>
       <c r="L281" s="2">
-        <v>21</v>
+        <v>5</v>
       </c>
       <c r="M281" s="2">
         <v>0</v>
       </c>
       <c r="N281" s="2">
-        <v>91</v>
+        <v>75</v>
       </c>
     </row>
     <row r="282" spans="1:14">
       <c r="A282" s="2">
         <v>115701</v>
       </c>
       <c r="B282" s="2" t="s">
         <v>778</v>
       </c>
       <c r="C282" s="2" t="s">
-        <v>169</v>
+        <v>176</v>
       </c>
       <c r="D282" s="2"/>
       <c r="E282" s="2">
         <v>7130</v>
       </c>
       <c r="F282" s="2" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="G282" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H282" s="2" t="s">
         <v>779</v>
       </c>
       <c r="I282" s="2">
         <v>100</v>
       </c>
       <c r="J282" s="2">
         <v>91</v>
       </c>
       <c r="K282" s="2">
         <v>70</v>
       </c>
       <c r="L282" s="2">
         <v>20</v>
       </c>
       <c r="M282" s="2">
         <v>0</v>
       </c>
       <c r="N282" s="2">
         <v>90</v>
       </c>
     </row>
     <row r="283" spans="1:14">
       <c r="A283" s="2">
         <v>101817</v>
       </c>
       <c r="B283" s="2" t="s">
         <v>780</v>
       </c>
       <c r="C283" s="2" t="s">
         <v>781</v>
       </c>
       <c r="D283" s="2"/>
       <c r="E283" s="2">
         <v>7061</v>
       </c>
       <c r="F283" s="2" t="s">
-        <v>72</v>
+        <v>68</v>
       </c>
       <c r="G283" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H283" s="2" t="s">
         <v>782</v>
       </c>
       <c r="I283" s="2">
         <v>100</v>
       </c>
       <c r="J283" s="2">
         <v>78</v>
       </c>
       <c r="K283" s="2">
         <v>70</v>
       </c>
       <c r="L283" s="2">
         <v>5</v>
       </c>
       <c r="M283" s="2">
         <v>0</v>
       </c>
       <c r="N283" s="2">
         <v>75</v>
       </c>
     </row>
     <row r="284" spans="1:14">
       <c r="A284" s="2">
         <v>115702</v>
       </c>
       <c r="B284" s="2" t="s">
         <v>783</v>
       </c>
       <c r="C284" s="2" t="s">
         <v>784</v>
       </c>
       <c r="D284" s="2"/>
       <c r="E284" s="2">
         <v>7266</v>
       </c>
       <c r="F284" s="2" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="G284" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H284" s="2" t="s">
         <v>785</v>
       </c>
       <c r="I284" s="2">
         <v>101</v>
       </c>
       <c r="J284" s="2">
         <v>92</v>
       </c>
       <c r="K284" s="2">
         <v>70</v>
       </c>
       <c r="L284" s="2">
         <v>19</v>
       </c>
       <c r="M284" s="2">
         <v>0</v>
       </c>
       <c r="N284" s="2">
         <v>89</v>
       </c>
     </row>
     <row r="285" spans="1:14">
       <c r="A285" s="2">
         <v>101818</v>
       </c>
       <c r="B285" s="2" t="s">
-        <v>389</v>
+        <v>392</v>
       </c>
       <c r="C285" s="2" t="s">
         <v>786</v>
       </c>
       <c r="D285" s="2"/>
       <c r="E285" s="2">
         <v>7011</v>
       </c>
       <c r="F285" s="2" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="G285" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H285" s="2" t="s">
         <v>787</v>
       </c>
       <c r="I285" s="2">
         <v>101</v>
       </c>
       <c r="J285" s="2">
         <v>79</v>
       </c>
       <c r="K285" s="2">
         <v>70</v>
       </c>
       <c r="L285" s="2">
         <v>5</v>
       </c>
       <c r="M285" s="2">
         <v>0</v>
       </c>
       <c r="N285" s="2">
         <v>75</v>
       </c>
     </row>
     <row r="286" spans="1:14">
       <c r="A286" s="2">
         <v>101819</v>
       </c>
       <c r="B286" s="2" t="s">
         <v>788</v>
       </c>
       <c r="C286" s="2" t="s">
         <v>789</v>
       </c>
       <c r="D286" s="2"/>
       <c r="E286" s="2">
         <v>7038</v>
       </c>
       <c r="F286" s="2" t="s">
-        <v>72</v>
+        <v>68</v>
       </c>
       <c r="G286" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H286" s="2" t="s">
         <v>790</v>
       </c>
       <c r="I286" s="2">
         <v>102</v>
       </c>
       <c r="J286" s="2">
         <v>80</v>
       </c>
       <c r="K286" s="2">
         <v>70</v>
       </c>
       <c r="L286" s="2">
         <v>5</v>
       </c>
       <c r="M286" s="2">
         <v>0</v>
       </c>
       <c r="N286" s="2">
         <v>75</v>
       </c>
     </row>
     <row r="287" spans="1:14">
       <c r="A287" s="2">
         <v>115703</v>
       </c>
       <c r="B287" s="2" t="s">
         <v>791</v>
       </c>
       <c r="C287" s="2" t="s">
         <v>792</v>
       </c>
       <c r="D287" s="2"/>
       <c r="E287" s="2">
         <v>7167</v>
       </c>
       <c r="F287" s="2" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="G287" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H287" s="2" t="s">
         <v>793</v>
       </c>
       <c r="I287" s="2">
         <v>102</v>
       </c>
       <c r="J287" s="2">
         <v>93</v>
       </c>
       <c r="K287" s="2">
         <v>70</v>
       </c>
       <c r="L287" s="2">
         <v>18</v>
       </c>
       <c r="M287" s="2">
         <v>0</v>
       </c>
       <c r="N287" s="2">
         <v>88</v>
       </c>
     </row>
     <row r="288" spans="1:14">
       <c r="A288" s="2">
         <v>115704</v>
       </c>
       <c r="B288" s="2" t="s">
         <v>794</v>
       </c>
       <c r="C288" s="2" t="s">
         <v>795</v>
       </c>
       <c r="D288" s="2"/>
       <c r="E288" s="2">
         <v>7001</v>
       </c>
       <c r="F288" s="2" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="G288" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H288" s="2" t="s">
         <v>796</v>
       </c>
       <c r="I288" s="2">
         <v>103</v>
       </c>
       <c r="J288" s="2">
         <v>94</v>
       </c>
       <c r="K288" s="2">
         <v>70</v>
       </c>
       <c r="L288" s="2">
         <v>17</v>
       </c>
       <c r="M288" s="2">
         <v>0</v>
       </c>
       <c r="N288" s="2">
         <v>87</v>
       </c>
     </row>
     <row r="289" spans="1:14">
       <c r="A289" s="2">
         <v>101820</v>
       </c>
       <c r="B289" s="2" t="s">
         <v>797</v>
       </c>
       <c r="C289" s="2" t="s">
         <v>798</v>
       </c>
       <c r="D289" s="2"/>
       <c r="E289" s="2">
         <v>7082</v>
       </c>
       <c r="F289" s="2" t="s">
-        <v>72</v>
+        <v>68</v>
       </c>
       <c r="G289" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H289" s="2" t="s">
         <v>799</v>
       </c>
       <c r="I289" s="2">
         <v>103</v>
       </c>
       <c r="J289" s="2">
         <v>81</v>
       </c>
       <c r="K289" s="2">
         <v>70</v>
       </c>
       <c r="L289" s="2">
         <v>5</v>
       </c>
       <c r="M289" s="2">
         <v>0</v>
       </c>
       <c r="N289" s="2">
         <v>75</v>
       </c>
     </row>
     <row r="290" spans="1:14">
       <c r="A290" s="2">
         <v>101821</v>
       </c>
       <c r="B290" s="2" t="s">
         <v>800</v>
       </c>
       <c r="C290" s="2" t="s">
         <v>801</v>
       </c>
       <c r="D290" s="2"/>
       <c r="E290" s="2">
         <v>7099</v>
       </c>
       <c r="F290" s="2" t="s">
-        <v>72</v>
+        <v>68</v>
       </c>
       <c r="G290" s="2" t="s">
-        <v>38</v>
+        <v>26</v>
       </c>
       <c r="H290" s="2" t="s">
         <v>799</v>
       </c>
       <c r="I290" s="2">
         <v>104</v>
       </c>
       <c r="J290" s="2">
         <v>24</v>
       </c>
       <c r="K290" s="2">
         <v>70</v>
       </c>
       <c r="L290" s="2">
         <v>15</v>
       </c>
       <c r="M290" s="2">
         <v>0</v>
       </c>
       <c r="N290" s="2">
         <v>85</v>
       </c>
     </row>
     <row r="291" spans="1:14">
       <c r="A291" s="2">
         <v>115705</v>
       </c>
       <c r="B291" s="2" t="s">
         <v>802</v>
       </c>
       <c r="C291" s="2" t="s">
         <v>803</v>
       </c>
       <c r="D291" s="2"/>
       <c r="E291" s="2">
         <v>7002</v>
       </c>
       <c r="F291" s="2" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="G291" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H291" s="2" t="s">
         <v>804</v>
       </c>
       <c r="I291" s="2">
         <v>104</v>
       </c>
       <c r="J291" s="2">
         <v>95</v>
       </c>
       <c r="K291" s="2">
         <v>70</v>
       </c>
       <c r="L291" s="2">
         <v>16</v>
       </c>
       <c r="M291" s="2">
         <v>0</v>
       </c>
       <c r="N291" s="2">
         <v>86</v>
       </c>
     </row>
     <row r="292" spans="1:14">
       <c r="A292" s="2">
-        <v>115706</v>
+        <v>101822</v>
       </c>
       <c r="B292" s="2" t="s">
+        <v>29</v>
+      </c>
+      <c r="C292" s="2" t="s">
         <v>805</v>
-      </c>
-[...1 lines deleted...]
-        <v>103</v>
       </c>
       <c r="D292" s="2"/>
       <c r="E292" s="2">
-        <v>7119</v>
+        <v>7070</v>
       </c>
       <c r="F292" s="2" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="G292" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H292" s="2" t="s">
         <v>806</v>
       </c>
       <c r="I292" s="2">
         <v>105</v>
       </c>
       <c r="J292" s="2">
-        <v>96</v>
+        <v>82</v>
       </c>
       <c r="K292" s="2">
         <v>70</v>
       </c>
       <c r="L292" s="2">
-        <v>15</v>
+        <v>5</v>
       </c>
       <c r="M292" s="2">
         <v>0</v>
       </c>
       <c r="N292" s="2">
-        <v>85</v>
+        <v>75</v>
       </c>
     </row>
     <row r="293" spans="1:14">
       <c r="A293" s="2">
-        <v>101822</v>
+        <v>115706</v>
       </c>
       <c r="B293" s="2" t="s">
-        <v>15</v>
+        <v>807</v>
       </c>
       <c r="C293" s="2" t="s">
-        <v>807</v>
+        <v>106</v>
       </c>
       <c r="D293" s="2"/>
       <c r="E293" s="2">
-        <v>7070</v>
+        <v>7119</v>
       </c>
       <c r="F293" s="2" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="G293" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H293" s="2" t="s">
         <v>808</v>
       </c>
       <c r="I293" s="2">
         <v>105</v>
       </c>
       <c r="J293" s="2">
-        <v>82</v>
+        <v>96</v>
       </c>
       <c r="K293" s="2">
         <v>70</v>
       </c>
       <c r="L293" s="2">
-        <v>5</v>
+        <v>15</v>
       </c>
       <c r="M293" s="2">
         <v>0</v>
       </c>
       <c r="N293" s="2">
-        <v>75</v>
+        <v>85</v>
       </c>
     </row>
     <row r="294" spans="1:14">
       <c r="A294" s="2">
         <v>105533</v>
       </c>
       <c r="B294" s="2" t="s">
-        <v>15</v>
+        <v>29</v>
       </c>
       <c r="C294" s="2" t="s">
         <v>809</v>
       </c>
       <c r="D294" s="2"/>
       <c r="E294" s="2">
         <v>7166</v>
       </c>
       <c r="F294" s="2" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="G294" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H294" s="2" t="s">
         <v>810</v>
       </c>
       <c r="I294" s="2">
         <v>106</v>
       </c>
       <c r="J294" s="2">
         <v>97</v>
       </c>
       <c r="K294" s="2">
         <v>70</v>
       </c>
       <c r="L294" s="2">
         <v>14</v>
       </c>
       <c r="M294" s="2">
         <v>0</v>
       </c>
       <c r="N294" s="2">
         <v>84</v>
       </c>
     </row>
     <row r="295" spans="1:14">
       <c r="A295" s="2">
         <v>101823</v>
       </c>
       <c r="B295" s="2" t="s">
         <v>811</v>
       </c>
       <c r="C295" s="2" t="s">
         <v>812</v>
       </c>
       <c r="D295" s="2"/>
       <c r="E295" s="2">
         <v>7132</v>
       </c>
       <c r="F295" s="2" t="s">
-        <v>72</v>
+        <v>68</v>
       </c>
       <c r="G295" s="2" t="s">
-        <v>38</v>
+        <v>26</v>
       </c>
       <c r="H295" s="2" t="s">
         <v>813</v>
       </c>
       <c r="I295" s="2">
         <v>106</v>
       </c>
       <c r="J295" s="2">
         <v>25</v>
       </c>
       <c r="K295" s="2">
         <v>70</v>
       </c>
       <c r="L295" s="2">
         <v>15</v>
       </c>
       <c r="M295" s="2">
         <v>0</v>
       </c>
       <c r="N295" s="2">
         <v>85</v>
       </c>
     </row>
     <row r="296" spans="1:14">
       <c r="A296" s="2">
         <v>115708</v>
       </c>
       <c r="B296" s="2" t="s">
         <v>814</v>
       </c>
       <c r="C296" s="2" t="s">
         <v>815</v>
       </c>
       <c r="D296" s="2"/>
       <c r="E296" s="2">
         <v>7147</v>
       </c>
       <c r="F296" s="2" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="G296" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H296" s="2" t="s">
         <v>816</v>
       </c>
       <c r="I296" s="2">
         <v>107</v>
       </c>
       <c r="J296" s="2">
         <v>98</v>
       </c>
       <c r="K296" s="2">
         <v>70</v>
       </c>
       <c r="L296" s="2">
         <v>13</v>
       </c>
       <c r="M296" s="2">
         <v>0</v>
       </c>
       <c r="N296" s="2">
         <v>83</v>
       </c>
     </row>
     <row r="297" spans="1:14">
       <c r="A297" s="2">
         <v>115709</v>
       </c>
       <c r="B297" s="2" t="s">
         <v>817</v>
       </c>
       <c r="C297" s="2" t="s">
         <v>818</v>
       </c>
       <c r="D297" s="2"/>
       <c r="E297" s="2">
         <v>7298</v>
       </c>
       <c r="F297" s="2" t="s">
-        <v>37</v>
+        <v>25</v>
       </c>
       <c r="G297" s="2" t="s">
-        <v>38</v>
+        <v>26</v>
       </c>
       <c r="H297" s="2" t="s">
         <v>819</v>
       </c>
       <c r="I297" s="2">
         <v>108</v>
       </c>
       <c r="J297" s="2">
         <v>15</v>
       </c>
       <c r="K297" s="2">
         <v>70</v>
       </c>
       <c r="L297" s="2">
         <v>105</v>
       </c>
       <c r="M297" s="2">
         <v>0</v>
       </c>
       <c r="N297" s="2">
         <v>175</v>
       </c>
     </row>
     <row r="298" spans="1:14">
       <c r="A298" s="2">
         <v>115710</v>
       </c>
       <c r="B298" s="2" t="s">
         <v>820</v>
       </c>
       <c r="C298" s="2" t="s">
         <v>821</v>
       </c>
       <c r="D298" s="2"/>
       <c r="E298" s="2">
         <v>7306</v>
       </c>
       <c r="F298" s="2" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="G298" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H298" s="2" t="s">
         <v>822</v>
       </c>
       <c r="I298" s="2">
         <v>109</v>
       </c>
       <c r="J298" s="2">
         <v>99</v>
       </c>
       <c r="K298" s="2">
         <v>70</v>
       </c>
       <c r="L298" s="2">
         <v>12</v>
       </c>
       <c r="M298" s="2">
         <v>0</v>
       </c>
       <c r="N298" s="2">
         <v>82</v>
       </c>
     </row>
     <row r="299" spans="1:14">
       <c r="A299" s="2">
         <v>115711</v>
       </c>
       <c r="B299" s="2" t="s">
         <v>823</v>
       </c>
       <c r="C299" s="2" t="s">
-        <v>103</v>
+        <v>106</v>
       </c>
       <c r="D299" s="2"/>
       <c r="E299" s="2">
         <v>7156</v>
       </c>
       <c r="F299" s="2" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="G299" s="2" t="s">
-        <v>38</v>
+        <v>26</v>
       </c>
       <c r="H299" s="2" t="s">
         <v>824</v>
       </c>
       <c r="I299" s="2">
         <v>110</v>
       </c>
       <c r="J299" s="2">
         <v>16</v>
       </c>
       <c r="K299" s="2">
         <v>70</v>
       </c>
       <c r="L299" s="2">
         <v>100</v>
       </c>
       <c r="M299" s="2">
         <v>0</v>
       </c>
       <c r="N299" s="2">
         <v>170</v>
       </c>
     </row>
     <row r="300" spans="1:14">
       <c r="A300" s="2">
         <v>122653</v>
       </c>
       <c r="B300" s="2"/>
       <c r="C300" s="2" t="s">
         <v>825</v>
       </c>
       <c r="D300" s="2"/>
       <c r="E300" s="2">
         <v>7104</v>
       </c>
       <c r="F300" s="2" t="s">
-        <v>100</v>
+        <v>109</v>
       </c>
       <c r="G300" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H300" s="2" t="s">
         <v>826</v>
       </c>
       <c r="I300" s="2">
         <v>110</v>
       </c>
       <c r="J300" s="2">
         <v>110</v>
       </c>
       <c r="K300" s="2">
         <v>0</v>
       </c>
       <c r="L300" s="2">
         <v>0</v>
       </c>
       <c r="M300" s="2">
         <v>0</v>
       </c>
       <c r="N300" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="301" spans="1:14">
       <c r="A301" s="2">
         <v>115712</v>
       </c>
       <c r="B301" s="2" t="s">
         <v>827</v>
       </c>
       <c r="C301" s="2" t="s">
         <v>828</v>
       </c>
       <c r="D301" s="2"/>
       <c r="E301" s="2">
         <v>7256</v>
       </c>
       <c r="F301" s="2" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="G301" s="2" t="s">
-        <v>38</v>
+        <v>26</v>
       </c>
       <c r="H301" s="2" t="s">
         <v>829</v>
       </c>
       <c r="I301" s="2">
         <v>111</v>
       </c>
       <c r="J301" s="2">
         <v>17</v>
       </c>
       <c r="K301" s="2">
         <v>70</v>
       </c>
       <c r="L301" s="2">
         <v>99</v>
       </c>
       <c r="M301" s="2">
         <v>0</v>
       </c>
       <c r="N301" s="2">
         <v>169</v>
       </c>
     </row>
     <row r="302" spans="1:14">
       <c r="A302" s="2">
         <v>115713</v>
       </c>
       <c r="B302" s="2" t="s">
         <v>830</v>
       </c>
       <c r="C302" s="2" t="s">
         <v>831</v>
       </c>
       <c r="D302" s="2"/>
       <c r="E302" s="2">
         <v>7230</v>
       </c>
       <c r="F302" s="2" t="s">
-        <v>16</v>
+        <v>30</v>
       </c>
       <c r="G302" s="2" t="s">
-        <v>38</v>
+        <v>26</v>
       </c>
       <c r="H302" s="2" t="s">
         <v>832</v>
       </c>
       <c r="I302" s="2">
         <v>112</v>
       </c>
       <c r="J302" s="2">
         <v>18</v>
       </c>
       <c r="K302" s="2">
         <v>70</v>
       </c>
       <c r="L302" s="2">
         <v>98</v>
       </c>
       <c r="M302" s="2">
         <v>0</v>
       </c>
       <c r="N302" s="2">
         <v>168</v>
       </c>
     </row>
     <row r="303" spans="1:14">
       <c r="A303" s="2">
         <v>115714</v>
       </c>
       <c r="B303" s="2" t="s">
         <v>833</v>
       </c>
       <c r="C303" s="2" t="s">
-        <v>217</v>
+        <v>222</v>
       </c>
       <c r="D303" s="2"/>
       <c r="E303" s="2">
         <v>7021</v>
       </c>
       <c r="F303" s="2" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="G303" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H303" s="2" t="s">
         <v>834</v>
       </c>
       <c r="I303" s="2">
         <v>113</v>
       </c>
       <c r="J303" s="2">
         <v>100</v>
       </c>
       <c r="K303" s="2">
         <v>70</v>
       </c>
       <c r="L303" s="2">
         <v>11</v>
       </c>
       <c r="M303" s="2">
         <v>0</v>
       </c>
       <c r="N303" s="2">
         <v>81</v>
       </c>
     </row>
     <row r="304" spans="1:14">
       <c r="A304" s="2">
         <v>115715</v>
       </c>
       <c r="B304" s="2" t="s">
         <v>835</v>
       </c>
       <c r="C304" s="2" t="s">
         <v>536</v>
       </c>
       <c r="D304" s="2"/>
       <c r="E304" s="2">
         <v>7047</v>
       </c>
       <c r="F304" s="2" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="G304" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H304" s="2" t="s">
         <v>836</v>
       </c>
       <c r="I304" s="2">
         <v>114</v>
       </c>
       <c r="J304" s="2">
         <v>101</v>
       </c>
       <c r="K304" s="2">
         <v>70</v>
       </c>
       <c r="L304" s="2">
         <v>10</v>
       </c>
       <c r="M304" s="2">
         <v>0</v>
       </c>
       <c r="N304" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="305" spans="1:14">
       <c r="A305" s="2">
         <v>115716</v>
       </c>
       <c r="B305" s="2" t="s">
         <v>837</v>
       </c>
       <c r="C305" s="2" t="s">
         <v>838</v>
       </c>
       <c r="D305" s="2"/>
       <c r="E305" s="2">
         <v>7252</v>
       </c>
       <c r="F305" s="2" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="G305" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H305" s="2" t="s">
         <v>839</v>
       </c>
       <c r="I305" s="2">
         <v>115</v>
       </c>
       <c r="J305" s="2">
         <v>102</v>
       </c>
       <c r="K305" s="2">
         <v>70</v>
       </c>
       <c r="L305" s="2">
         <v>10</v>
       </c>
       <c r="M305" s="2">
         <v>0</v>
       </c>
       <c r="N305" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="306" spans="1:14">
       <c r="A306" s="2">
         <v>115717</v>
       </c>
       <c r="B306" s="2" t="s">
         <v>840</v>
       </c>
       <c r="C306" s="2" t="s">
         <v>594</v>
       </c>
       <c r="D306" s="2"/>
       <c r="E306" s="2">
         <v>7205</v>
       </c>
       <c r="F306" s="2" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="G306" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H306" s="2" t="s">
         <v>841</v>
       </c>
       <c r="I306" s="2">
         <v>116</v>
       </c>
       <c r="J306" s="2">
         <v>103</v>
       </c>
       <c r="K306" s="2">
         <v>70</v>
       </c>
       <c r="L306" s="2">
         <v>10</v>
       </c>
       <c r="M306" s="2">
         <v>0</v>
       </c>
       <c r="N306" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="307" spans="1:14">
       <c r="A307" s="2">
         <v>115718</v>
       </c>
       <c r="B307" s="2" t="s">
         <v>842</v>
       </c>
       <c r="C307" s="2" t="s">
         <v>843</v>
       </c>
       <c r="D307" s="2"/>
       <c r="E307" s="2">
         <v>7326</v>
       </c>
       <c r="F307" s="2" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="G307" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H307" s="2" t="s">
         <v>844</v>
       </c>
       <c r="I307" s="2">
         <v>117</v>
       </c>
       <c r="J307" s="2">
         <v>104</v>
       </c>
       <c r="K307" s="2">
         <v>70</v>
       </c>
       <c r="L307" s="2">
         <v>10</v>
       </c>
       <c r="M307" s="2">
         <v>0</v>
       </c>
       <c r="N307" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="308" spans="1:14">
       <c r="A308" s="2">
         <v>116754</v>
       </c>
       <c r="B308" s="2" t="s">
         <v>845</v>
       </c>
       <c r="C308" s="2" t="s">
-        <v>15</v>
+        <v>29</v>
       </c>
       <c r="D308" s="2"/>
       <c r="E308" s="2">
         <v>7022</v>
       </c>
       <c r="F308" s="2" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="G308" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H308" s="2" t="s">
         <v>846</v>
       </c>
       <c r="I308" s="2">
         <v>118</v>
       </c>
       <c r="J308" s="2">
         <v>105</v>
       </c>
       <c r="K308" s="2">
         <v>70</v>
       </c>
       <c r="L308" s="2">
         <v>10</v>
       </c>
       <c r="M308" s="2">
         <v>0</v>
       </c>
       <c r="N308" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="309" spans="1:14">
       <c r="A309" s="2">
         <v>115720</v>
       </c>
       <c r="B309" s="2" t="s">
         <v>847</v>
       </c>
       <c r="C309" s="2" t="s">
         <v>594</v>
       </c>
       <c r="D309" s="2"/>
       <c r="E309" s="2">
         <v>7296</v>
       </c>
       <c r="F309" s="2" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="G309" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H309" s="2" t="s">
         <v>848</v>
       </c>
       <c r="I309" s="2">
         <v>119</v>
       </c>
       <c r="J309" s="2">
         <v>106</v>
       </c>
       <c r="K309" s="2">
         <v>70</v>
       </c>
       <c r="L309" s="2">
         <v>10</v>
       </c>
       <c r="M309" s="2">
         <v>0</v>
       </c>
       <c r="N309" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="310" spans="1:14">
       <c r="A310" s="2">
         <v>115721</v>
       </c>
       <c r="B310" s="2" t="s">
         <v>849</v>
       </c>
       <c r="C310" s="2" t="s">
-        <v>15</v>
+        <v>29</v>
       </c>
       <c r="D310" s="2"/>
       <c r="E310" s="2">
         <v>7046</v>
       </c>
       <c r="F310" s="2" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="G310" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H310" s="2" t="s">
         <v>850</v>
       </c>
       <c r="I310" s="2">
         <v>120</v>
       </c>
       <c r="J310" s="2">
         <v>107</v>
       </c>
       <c r="K310" s="2">
         <v>70</v>
       </c>
       <c r="L310" s="2">
         <v>10</v>
       </c>
       <c r="M310" s="2">
         <v>0</v>
       </c>
       <c r="N310" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="311" spans="1:14">
       <c r="A311" s="2">
         <v>115722</v>
       </c>
       <c r="B311" s="2" t="s">
         <v>851</v>
       </c>
       <c r="C311" s="2" t="s">
         <v>852</v>
       </c>
       <c r="D311" s="2"/>
       <c r="E311" s="2">
         <v>7007</v>
       </c>
       <c r="F311" s="2" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="G311" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H311" s="2" t="s">
         <v>853</v>
       </c>
       <c r="I311" s="2">
         <v>121</v>
       </c>
       <c r="J311" s="2">
         <v>108</v>
       </c>
       <c r="K311" s="2">
         <v>70</v>
       </c>
       <c r="L311" s="2">
         <v>10</v>
       </c>
       <c r="M311" s="2">
         <v>0</v>
       </c>
       <c r="N311" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="312" spans="1:14">
       <c r="A312" s="2">
         <v>115723</v>
       </c>
       <c r="B312" s="2" t="s">
         <v>854</v>
       </c>
       <c r="C312" s="2" t="s">
         <v>855</v>
       </c>
       <c r="D312" s="2"/>
       <c r="E312" s="2">
         <v>7068</v>
       </c>
       <c r="F312" s="2" t="s">
-        <v>363</v>
+        <v>361</v>
       </c>
       <c r="G312" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H312" s="2" t="s">
         <v>856</v>
       </c>
       <c r="I312" s="2">
         <v>122</v>
       </c>
       <c r="J312" s="2">
         <v>109</v>
       </c>
       <c r="K312" s="2">
         <v>70</v>
       </c>
       <c r="L312" s="2">
         <v>10</v>
       </c>
       <c r="M312" s="2">
         <v>0</v>
       </c>
       <c r="N312" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="313" spans="1:14">
       <c r="A313" s="2">
         <v>115724</v>
       </c>
       <c r="B313" s="2" t="s">
         <v>857</v>
       </c>
       <c r="C313" s="2" t="s">
         <v>858</v>
       </c>
       <c r="D313" s="2"/>
       <c r="E313" s="2">
         <v>7094</v>
       </c>
       <c r="F313" s="2" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="G313" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H313" s="2" t="s">
         <v>859</v>
       </c>
       <c r="I313" s="2">
         <v>123</v>
       </c>
       <c r="J313" s="2">
         <v>110</v>
       </c>
       <c r="K313" s="2">
         <v>70</v>
       </c>
       <c r="L313" s="2">
         <v>10</v>
       </c>
       <c r="M313" s="2">
         <v>0</v>
       </c>
       <c r="N313" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="314" spans="1:14">
       <c r="A314" s="2">
         <v>115725</v>
       </c>
       <c r="B314" s="2" t="s">
         <v>860</v>
       </c>
       <c r="C314" s="2" t="s">
         <v>225</v>
       </c>
       <c r="D314" s="2"/>
       <c r="E314" s="2">
         <v>7171</v>
       </c>
       <c r="F314" s="2" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="G314" s="2" t="s">
-        <v>38</v>
+        <v>26</v>
       </c>
       <c r="H314" s="2" t="s">
         <v>861</v>
       </c>
       <c r="I314" s="2">
         <v>124</v>
       </c>
       <c r="J314" s="2">
         <v>19</v>
       </c>
       <c r="K314" s="2">
         <v>70</v>
       </c>
       <c r="L314" s="2">
         <v>97</v>
       </c>
       <c r="M314" s="2">
         <v>0</v>
       </c>
       <c r="N314" s="2">
         <v>167</v>
       </c>
     </row>
     <row r="315" spans="1:14">
       <c r="A315" s="2">
         <v>115726</v>
       </c>
       <c r="B315" s="2" t="s">
         <v>862</v>
       </c>
       <c r="C315" s="2" t="s">
         <v>863</v>
       </c>
       <c r="D315" s="2"/>
       <c r="E315" s="2">
         <v>7038</v>
       </c>
       <c r="F315" s="2" t="s">
-        <v>16</v>
+        <v>30</v>
       </c>
       <c r="G315" s="2" t="s">
-        <v>38</v>
+        <v>26</v>
       </c>
       <c r="H315" s="2" t="s">
         <v>864</v>
       </c>
       <c r="I315" s="2">
         <v>125</v>
       </c>
       <c r="J315" s="2">
         <v>20</v>
       </c>
       <c r="K315" s="2">
         <v>70</v>
       </c>
       <c r="L315" s="2">
         <v>96</v>
       </c>
       <c r="M315" s="2">
         <v>0</v>
       </c>
       <c r="N315" s="2">
         <v>166</v>
       </c>
     </row>
     <row r="316" spans="1:14">
       <c r="A316" s="2">
@@ -17064,3913 +17064,3913 @@
       </c>
       <c r="J316" s="2">
         <v>111</v>
       </c>
       <c r="K316" s="2">
         <v>70</v>
       </c>
       <c r="L316" s="2">
         <v>10</v>
       </c>
       <c r="M316" s="2">
         <v>0</v>
       </c>
       <c r="N316" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="317" spans="1:14">
       <c r="A317" s="2">
         <v>115728</v>
       </c>
       <c r="B317" s="2" t="s">
         <v>869</v>
       </c>
       <c r="C317" s="2" t="s">
-        <v>15</v>
+        <v>29</v>
       </c>
       <c r="D317" s="2"/>
       <c r="E317" s="2">
         <v>7267</v>
       </c>
       <c r="F317" s="2" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="G317" s="2" t="s">
-        <v>38</v>
+        <v>26</v>
       </c>
       <c r="H317" s="2" t="s">
         <v>870</v>
       </c>
       <c r="I317" s="2">
         <v>127</v>
       </c>
       <c r="J317" s="2">
         <v>21</v>
       </c>
       <c r="K317" s="2">
         <v>70</v>
       </c>
       <c r="L317" s="2">
         <v>90</v>
       </c>
       <c r="M317" s="2">
         <v>0</v>
       </c>
       <c r="N317" s="2">
         <v>160</v>
       </c>
     </row>
     <row r="318" spans="1:14">
       <c r="A318" s="2">
         <v>115729</v>
       </c>
       <c r="B318" s="2" t="s">
         <v>871</v>
       </c>
       <c r="C318" s="2" t="s">
         <v>872</v>
       </c>
       <c r="D318" s="2"/>
       <c r="E318" s="2">
         <v>7150</v>
       </c>
       <c r="F318" s="2" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="G318" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H318" s="2" t="s">
         <v>873</v>
       </c>
       <c r="I318" s="2">
         <v>128</v>
       </c>
       <c r="J318" s="2">
         <v>112</v>
       </c>
       <c r="K318" s="2">
         <v>70</v>
       </c>
       <c r="L318" s="2">
         <v>10</v>
       </c>
       <c r="M318" s="2">
         <v>0</v>
       </c>
       <c r="N318" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="319" spans="1:14">
       <c r="A319" s="2">
         <v>115730</v>
       </c>
       <c r="B319" s="2" t="s">
         <v>874</v>
       </c>
       <c r="C319" s="2" t="s">
         <v>536</v>
       </c>
       <c r="D319" s="2"/>
       <c r="E319" s="2">
         <v>7143</v>
       </c>
       <c r="F319" s="2" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="G319" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H319" s="2" t="s">
         <v>873</v>
       </c>
       <c r="I319" s="2">
         <v>129</v>
       </c>
       <c r="J319" s="2">
         <v>113</v>
       </c>
       <c r="K319" s="2">
         <v>70</v>
       </c>
       <c r="L319" s="2">
         <v>10</v>
       </c>
       <c r="M319" s="2">
         <v>0</v>
       </c>
       <c r="N319" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="320" spans="1:14">
       <c r="A320" s="2">
         <v>116766</v>
       </c>
       <c r="B320" s="2" t="s">
         <v>875</v>
       </c>
       <c r="C320" s="2" t="s">
-        <v>103</v>
+        <v>106</v>
       </c>
       <c r="D320" s="2"/>
       <c r="E320" s="2">
         <v>7292</v>
       </c>
       <c r="F320" s="2" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="G320" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H320" s="2" t="s">
         <v>876</v>
       </c>
       <c r="I320" s="2">
         <v>130</v>
       </c>
       <c r="J320" s="2">
         <v>114</v>
       </c>
       <c r="K320" s="2">
         <v>70</v>
       </c>
       <c r="L320" s="2">
         <v>10</v>
       </c>
       <c r="M320" s="2">
         <v>0</v>
       </c>
       <c r="N320" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="321" spans="1:14">
       <c r="A321" s="2">
         <v>115732</v>
       </c>
       <c r="B321" s="2" t="s">
         <v>877</v>
       </c>
       <c r="C321" s="2" t="s">
-        <v>387</v>
+        <v>384</v>
       </c>
       <c r="D321" s="2"/>
       <c r="E321" s="2">
         <v>7025</v>
       </c>
       <c r="F321" s="2" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="G321" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H321" s="2" t="s">
         <v>878</v>
       </c>
       <c r="I321" s="2">
         <v>131</v>
       </c>
       <c r="J321" s="2">
         <v>115</v>
       </c>
       <c r="K321" s="2">
         <v>70</v>
       </c>
       <c r="L321" s="2">
         <v>10</v>
       </c>
       <c r="M321" s="2">
         <v>0</v>
       </c>
       <c r="N321" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="322" spans="1:14">
       <c r="A322" s="2">
         <v>114367</v>
       </c>
       <c r="B322" s="2" t="s">
         <v>879</v>
       </c>
       <c r="C322" s="2" t="s">
-        <v>15</v>
+        <v>29</v>
       </c>
       <c r="D322" s="2"/>
       <c r="E322" s="2">
         <v>7248</v>
       </c>
       <c r="F322" s="2" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="G322" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H322" s="2" t="s">
         <v>880</v>
       </c>
       <c r="I322" s="2">
         <v>132</v>
       </c>
       <c r="J322" s="2">
         <v>116</v>
       </c>
       <c r="K322" s="2">
         <v>70</v>
       </c>
       <c r="L322" s="2">
         <v>10</v>
       </c>
       <c r="M322" s="2">
         <v>0</v>
       </c>
       <c r="N322" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="323" spans="1:14">
       <c r="A323" s="2">
         <v>115149</v>
       </c>
       <c r="B323" s="2" t="s">
         <v>881</v>
       </c>
       <c r="C323" s="2" t="s">
         <v>882</v>
       </c>
       <c r="D323" s="2"/>
       <c r="E323" s="2">
         <v>7014</v>
       </c>
       <c r="F323" s="2" t="s">
-        <v>100</v>
+        <v>109</v>
       </c>
       <c r="G323" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H323" s="2" t="s">
-        <v>283</v>
+        <v>287</v>
       </c>
       <c r="I323" s="2">
         <v>133</v>
       </c>
       <c r="J323" s="2">
         <v>117</v>
       </c>
       <c r="K323" s="2">
         <v>70</v>
       </c>
       <c r="L323" s="2">
         <v>10</v>
       </c>
       <c r="M323" s="2">
         <v>0</v>
       </c>
       <c r="N323" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="324" spans="1:14">
       <c r="A324" s="2">
-        <v>109867</v>
+        <v>115148</v>
       </c>
       <c r="B324" s="2" t="s">
         <v>883</v>
       </c>
       <c r="C324" s="2" t="s">
         <v>884</v>
       </c>
       <c r="D324" s="2"/>
       <c r="E324" s="2">
-        <v>7038</v>
+        <v>7012</v>
       </c>
       <c r="F324" s="2" t="s">
-        <v>253</v>
+        <v>109</v>
       </c>
       <c r="G324" s="2" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="H324" s="2" t="s">
-        <v>885</v>
+        <v>287</v>
       </c>
       <c r="I324" s="2">
         <v>134</v>
       </c>
       <c r="J324" s="2">
-        <v>134</v>
+        <v>22</v>
       </c>
       <c r="K324" s="2">
-        <v>0</v>
+        <v>70</v>
       </c>
       <c r="L324" s="2">
-        <v>0</v>
+        <v>89</v>
       </c>
       <c r="M324" s="2">
         <v>0</v>
       </c>
       <c r="N324" s="2">
-        <v>0</v>
+        <v>159</v>
       </c>
     </row>
     <row r="325" spans="1:14">
       <c r="A325" s="2">
-        <v>115148</v>
+        <v>109867</v>
       </c>
       <c r="B325" s="2" t="s">
+        <v>885</v>
+      </c>
+      <c r="C325" s="2" t="s">
         <v>886</v>
-      </c>
-[...1 lines deleted...]
-        <v>887</v>
       </c>
       <c r="D325" s="2"/>
       <c r="E325" s="2">
-        <v>7012</v>
+        <v>7038</v>
       </c>
       <c r="F325" s="2" t="s">
-        <v>100</v>
+        <v>259</v>
       </c>
       <c r="G325" s="2" t="s">
-        <v>38</v>
+        <v>17</v>
       </c>
       <c r="H325" s="2" t="s">
-        <v>283</v>
+        <v>887</v>
       </c>
       <c r="I325" s="2">
         <v>134</v>
       </c>
       <c r="J325" s="2">
-        <v>22</v>
+        <v>134</v>
       </c>
       <c r="K325" s="2">
-        <v>70</v>
+        <v>0</v>
       </c>
       <c r="L325" s="2">
-        <v>89</v>
+        <v>0</v>
       </c>
       <c r="M325" s="2">
         <v>0</v>
       </c>
       <c r="N325" s="2">
-        <v>159</v>
+        <v>0</v>
       </c>
     </row>
     <row r="326" spans="1:14">
       <c r="A326" s="2">
         <v>115736</v>
       </c>
       <c r="B326" s="2" t="s">
         <v>888</v>
       </c>
       <c r="C326" s="2" t="s">
         <v>889</v>
       </c>
       <c r="D326" s="2"/>
       <c r="E326" s="2">
         <v>7020</v>
       </c>
       <c r="F326" s="2" t="s">
-        <v>100</v>
+        <v>109</v>
       </c>
       <c r="G326" s="2" t="s">
-        <v>38</v>
+        <v>26</v>
       </c>
       <c r="H326" s="2" t="s">
-        <v>283</v>
+        <v>287</v>
       </c>
       <c r="I326" s="2">
         <v>135</v>
       </c>
       <c r="J326" s="2">
         <v>23</v>
       </c>
       <c r="K326" s="2">
         <v>70</v>
       </c>
       <c r="L326" s="2">
         <v>88</v>
       </c>
       <c r="M326" s="2">
         <v>0</v>
       </c>
       <c r="N326" s="2">
         <v>158</v>
       </c>
     </row>
     <row r="327" spans="1:14">
       <c r="A327" s="2">
         <v>115737</v>
       </c>
       <c r="B327" s="2" t="s">
         <v>890</v>
       </c>
       <c r="C327" s="2" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="D327" s="2"/>
       <c r="E327" s="2">
         <v>7092</v>
       </c>
       <c r="F327" s="2" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="G327" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H327" s="2" t="s">
         <v>891</v>
       </c>
       <c r="I327" s="2">
         <v>136</v>
       </c>
       <c r="J327" s="2">
         <v>118</v>
       </c>
       <c r="K327" s="2">
         <v>70</v>
       </c>
       <c r="L327" s="2">
         <v>10</v>
       </c>
       <c r="M327" s="2">
         <v>0</v>
       </c>
       <c r="N327" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="328" spans="1:14">
       <c r="A328" s="2">
         <v>122654</v>
       </c>
       <c r="B328" s="2"/>
       <c r="C328" s="2" t="s">
         <v>892</v>
       </c>
       <c r="D328" s="2"/>
       <c r="E328" s="2">
         <v>7149</v>
       </c>
       <c r="F328" s="2" t="s">
-        <v>100</v>
+        <v>109</v>
       </c>
       <c r="G328" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H328" s="2" t="s">
         <v>893</v>
       </c>
       <c r="I328" s="2">
         <v>136</v>
       </c>
       <c r="J328" s="2">
         <v>136</v>
       </c>
       <c r="K328" s="2">
         <v>0</v>
       </c>
       <c r="L328" s="2">
         <v>0</v>
       </c>
       <c r="M328" s="2">
         <v>0</v>
       </c>
       <c r="N328" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="329" spans="1:14">
       <c r="A329" s="2">
-        <v>115738</v>
-[...1 lines deleted...]
-      <c r="B329" s="2" t="s">
+        <v>122655</v>
+      </c>
+      <c r="B329" s="2"/>
+      <c r="C329" s="2" t="s">
         <v>894</v>
-      </c>
-[...1 lines deleted...]
-        <v>895</v>
       </c>
       <c r="D329" s="2"/>
       <c r="E329" s="2">
-        <v>7096</v>
+        <v>7106</v>
       </c>
       <c r="F329" s="2" t="s">
-        <v>25</v>
+        <v>109</v>
       </c>
       <c r="G329" s="2" t="s">
-        <v>38</v>
+        <v>17</v>
       </c>
       <c r="H329" s="2" t="s">
-        <v>896</v>
+        <v>895</v>
       </c>
       <c r="I329" s="2">
         <v>137</v>
       </c>
       <c r="J329" s="2">
-        <v>24</v>
+        <v>137</v>
       </c>
       <c r="K329" s="2">
-        <v>70</v>
+        <v>0</v>
       </c>
       <c r="L329" s="2">
-        <v>87</v>
+        <v>0</v>
       </c>
       <c r="M329" s="2">
         <v>0</v>
       </c>
       <c r="N329" s="2">
-        <v>157</v>
+        <v>0</v>
       </c>
     </row>
     <row r="330" spans="1:14">
       <c r="A330" s="2">
-        <v>122655</v>
-[...1 lines deleted...]
-      <c r="B330" s="2"/>
+        <v>115738</v>
+      </c>
+      <c r="B330" s="2" t="s">
+        <v>896</v>
+      </c>
       <c r="C330" s="2" t="s">
         <v>897</v>
       </c>
       <c r="D330" s="2"/>
       <c r="E330" s="2">
-        <v>7106</v>
+        <v>7096</v>
       </c>
       <c r="F330" s="2" t="s">
-        <v>100</v>
+        <v>34</v>
       </c>
       <c r="G330" s="2" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="H330" s="2" t="s">
         <v>898</v>
       </c>
       <c r="I330" s="2">
         <v>137</v>
       </c>
       <c r="J330" s="2">
-        <v>137</v>
+        <v>24</v>
       </c>
       <c r="K330" s="2">
-        <v>0</v>
+        <v>70</v>
       </c>
       <c r="L330" s="2">
-        <v>0</v>
+        <v>87</v>
       </c>
       <c r="M330" s="2">
         <v>0</v>
       </c>
       <c r="N330" s="2">
-        <v>0</v>
+        <v>157</v>
       </c>
     </row>
     <row r="331" spans="1:14">
       <c r="A331" s="2">
         <v>115739</v>
       </c>
       <c r="B331" s="2" t="s">
         <v>899</v>
       </c>
       <c r="C331" s="2" t="s">
-        <v>579</v>
+        <v>577</v>
       </c>
       <c r="D331" s="2"/>
       <c r="E331" s="2">
         <v>7277</v>
       </c>
       <c r="F331" s="2" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="G331" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H331" s="2" t="s">
         <v>900</v>
       </c>
       <c r="I331" s="2">
         <v>138</v>
       </c>
       <c r="J331" s="2">
         <v>119</v>
       </c>
       <c r="K331" s="2">
         <v>70</v>
       </c>
       <c r="L331" s="2">
         <v>10</v>
       </c>
       <c r="M331" s="2">
         <v>0</v>
       </c>
       <c r="N331" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="332" spans="1:14">
       <c r="A332" s="2">
         <v>115740</v>
       </c>
       <c r="B332" s="2" t="s">
         <v>901</v>
       </c>
       <c r="C332" s="2" t="s">
         <v>902</v>
       </c>
       <c r="D332" s="2"/>
       <c r="E332" s="2">
         <v>7142</v>
       </c>
       <c r="F332" s="2" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="G332" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H332" s="2" t="s">
         <v>903</v>
       </c>
       <c r="I332" s="2">
         <v>139</v>
       </c>
       <c r="J332" s="2">
         <v>120</v>
       </c>
       <c r="K332" s="2">
         <v>70</v>
       </c>
       <c r="L332" s="2">
         <v>10</v>
       </c>
       <c r="M332" s="2">
         <v>0</v>
       </c>
       <c r="N332" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="333" spans="1:14">
       <c r="A333" s="2">
         <v>116776</v>
       </c>
       <c r="B333" s="2" t="s">
         <v>904</v>
       </c>
       <c r="C333" s="2" t="s">
         <v>821</v>
       </c>
       <c r="D333" s="2"/>
       <c r="E333" s="2">
         <v>7034</v>
       </c>
       <c r="F333" s="2" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="G333" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H333" s="2" t="s">
         <v>905</v>
       </c>
       <c r="I333" s="2">
         <v>140</v>
       </c>
       <c r="J333" s="2">
         <v>121</v>
       </c>
       <c r="K333" s="2">
         <v>70</v>
       </c>
       <c r="L333" s="2">
         <v>10</v>
       </c>
       <c r="M333" s="2">
         <v>0</v>
       </c>
       <c r="N333" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="334" spans="1:14">
       <c r="A334" s="2">
         <v>115742</v>
       </c>
       <c r="B334" s="2" t="s">
         <v>906</v>
       </c>
       <c r="C334" s="2" t="s">
-        <v>103</v>
+        <v>106</v>
       </c>
       <c r="D334" s="2"/>
       <c r="E334" s="2">
         <v>7198</v>
       </c>
       <c r="F334" s="2" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="G334" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H334" s="2" t="s">
         <v>907</v>
       </c>
       <c r="I334" s="2">
         <v>141</v>
       </c>
       <c r="J334" s="2">
         <v>122</v>
       </c>
       <c r="K334" s="2">
         <v>70</v>
       </c>
       <c r="L334" s="2">
         <v>10</v>
       </c>
       <c r="M334" s="2">
         <v>0</v>
       </c>
       <c r="N334" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="335" spans="1:14">
       <c r="A335" s="2">
         <v>116778</v>
       </c>
       <c r="B335" s="2" t="s">
         <v>908</v>
       </c>
       <c r="C335" s="2" t="s">
         <v>594</v>
       </c>
       <c r="D335" s="2"/>
       <c r="E335" s="2">
         <v>7200</v>
       </c>
       <c r="F335" s="2" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="G335" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H335" s="2" t="s">
         <v>907</v>
       </c>
       <c r="I335" s="2">
         <v>142</v>
       </c>
       <c r="J335" s="2">
         <v>123</v>
       </c>
       <c r="K335" s="2">
         <v>70</v>
       </c>
       <c r="L335" s="2">
         <v>10</v>
       </c>
       <c r="M335" s="2">
         <v>0</v>
       </c>
       <c r="N335" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="336" spans="1:14">
       <c r="A336" s="2">
         <v>115744</v>
       </c>
       <c r="B336" s="2" t="s">
         <v>909</v>
       </c>
       <c r="C336" s="2" t="s">
-        <v>15</v>
+        <v>29</v>
       </c>
       <c r="D336" s="2"/>
       <c r="E336" s="2">
         <v>7045</v>
       </c>
       <c r="F336" s="2" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="G336" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H336" s="2" t="s">
         <v>910</v>
       </c>
       <c r="I336" s="2">
         <v>143</v>
       </c>
       <c r="J336" s="2">
         <v>124</v>
       </c>
       <c r="K336" s="2">
         <v>70</v>
       </c>
       <c r="L336" s="2">
         <v>10</v>
       </c>
       <c r="M336" s="2">
         <v>0</v>
       </c>
       <c r="N336" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="337" spans="1:14">
       <c r="A337" s="2">
         <v>115745</v>
       </c>
       <c r="B337" s="2" t="s">
         <v>911</v>
       </c>
       <c r="C337" s="2" t="s">
-        <v>169</v>
+        <v>176</v>
       </c>
       <c r="D337" s="2"/>
       <c r="E337" s="2">
         <v>7251</v>
       </c>
       <c r="F337" s="2" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="G337" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H337" s="2" t="s">
         <v>912</v>
       </c>
       <c r="I337" s="2">
         <v>144</v>
       </c>
       <c r="J337" s="2">
         <v>125</v>
       </c>
       <c r="K337" s="2">
         <v>70</v>
       </c>
       <c r="L337" s="2">
         <v>10</v>
       </c>
       <c r="M337" s="2">
         <v>0</v>
       </c>
       <c r="N337" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="338" spans="1:14">
       <c r="A338" s="2">
-        <v>122656</v>
-[...1 lines deleted...]
-      <c r="B338" s="2"/>
+        <v>115746</v>
+      </c>
+      <c r="B338" s="2" t="s">
+        <v>913</v>
+      </c>
       <c r="C338" s="2" t="s">
-        <v>913</v>
+        <v>106</v>
       </c>
       <c r="D338" s="2"/>
       <c r="E338" s="2">
-        <v>7165</v>
+        <v>7194</v>
       </c>
       <c r="F338" s="2" t="s">
-        <v>29</v>
+        <v>34</v>
       </c>
       <c r="G338" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H338" s="2" t="s">
         <v>914</v>
       </c>
       <c r="I338" s="2">
         <v>145</v>
       </c>
       <c r="J338" s="2">
-        <v>145</v>
+        <v>126</v>
       </c>
       <c r="K338" s="2">
-        <v>0</v>
+        <v>70</v>
       </c>
       <c r="L338" s="2">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="M338" s="2">
         <v>0</v>
       </c>
       <c r="N338" s="2">
-        <v>0</v>
+        <v>80</v>
       </c>
     </row>
     <row r="339" spans="1:14">
       <c r="A339" s="2">
-        <v>115746</v>
-[...1 lines deleted...]
-      <c r="B339" s="2" t="s">
+        <v>122656</v>
+      </c>
+      <c r="B339" s="2"/>
+      <c r="C339" s="2" t="s">
         <v>915</v>
-      </c>
-[...1 lines deleted...]
-        <v>103</v>
       </c>
       <c r="D339" s="2"/>
       <c r="E339" s="2">
-        <v>7194</v>
+        <v>7165</v>
       </c>
       <c r="F339" s="2" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="G339" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H339" s="2" t="s">
         <v>916</v>
       </c>
       <c r="I339" s="2">
         <v>145</v>
       </c>
       <c r="J339" s="2">
-        <v>126</v>
+        <v>145</v>
       </c>
       <c r="K339" s="2">
-        <v>70</v>
+        <v>0</v>
       </c>
       <c r="L339" s="2">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="M339" s="2">
         <v>0</v>
       </c>
       <c r="N339" s="2">
-        <v>80</v>
+        <v>0</v>
       </c>
     </row>
     <row r="340" spans="1:14">
       <c r="A340" s="2">
         <v>122657</v>
       </c>
       <c r="B340" s="2"/>
       <c r="C340" s="2" t="s">
         <v>917</v>
       </c>
       <c r="D340" s="2"/>
       <c r="E340" s="2">
         <v>7013</v>
       </c>
       <c r="F340" s="2" t="s">
-        <v>16</v>
+        <v>30</v>
       </c>
       <c r="G340" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H340" s="2" t="s">
         <v>918</v>
       </c>
       <c r="I340" s="2">
         <v>146</v>
       </c>
       <c r="J340" s="2">
         <v>146</v>
       </c>
       <c r="K340" s="2">
         <v>0</v>
       </c>
       <c r="L340" s="2">
         <v>0</v>
       </c>
       <c r="M340" s="2">
         <v>0</v>
       </c>
       <c r="N340" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="341" spans="1:14">
       <c r="A341" s="2">
         <v>115747</v>
       </c>
       <c r="B341" s="2" t="s">
-        <v>724</v>
+        <v>721</v>
       </c>
       <c r="C341" s="2" t="s">
-        <v>15</v>
+        <v>29</v>
       </c>
       <c r="D341" s="2"/>
       <c r="E341" s="2">
         <v>7060</v>
       </c>
       <c r="F341" s="2" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="G341" s="2" t="s">
-        <v>38</v>
+        <v>26</v>
       </c>
       <c r="H341" s="2" t="s">
         <v>813</v>
       </c>
       <c r="I341" s="2">
         <v>146</v>
       </c>
       <c r="J341" s="2">
         <v>25</v>
       </c>
       <c r="K341" s="2">
         <v>70</v>
       </c>
       <c r="L341" s="2">
         <v>86</v>
       </c>
       <c r="M341" s="2">
         <v>0</v>
       </c>
       <c r="N341" s="2">
         <v>156</v>
       </c>
     </row>
     <row r="342" spans="1:14">
       <c r="A342" s="2">
         <v>115748</v>
       </c>
       <c r="B342" s="2" t="s">
         <v>919</v>
       </c>
       <c r="C342" s="2" t="s">
         <v>225</v>
       </c>
       <c r="D342" s="2"/>
       <c r="E342" s="2">
         <v>7154</v>
       </c>
       <c r="F342" s="2" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="G342" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H342" s="2" t="s">
         <v>920</v>
       </c>
       <c r="I342" s="2">
         <v>147</v>
       </c>
       <c r="J342" s="2">
         <v>127</v>
       </c>
       <c r="K342" s="2">
         <v>70</v>
       </c>
       <c r="L342" s="2">
         <v>10</v>
       </c>
       <c r="M342" s="2">
         <v>0</v>
       </c>
       <c r="N342" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="343" spans="1:14">
       <c r="A343" s="2">
         <v>115749</v>
       </c>
       <c r="B343" s="2" t="s">
         <v>921</v>
       </c>
       <c r="C343" s="2" t="s">
-        <v>103</v>
+        <v>106</v>
       </c>
       <c r="D343" s="2"/>
       <c r="E343" s="2">
         <v>7141</v>
       </c>
       <c r="F343" s="2" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="G343" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H343" s="2" t="s">
         <v>920</v>
       </c>
       <c r="I343" s="2">
         <v>148</v>
       </c>
       <c r="J343" s="2">
         <v>128</v>
       </c>
       <c r="K343" s="2">
         <v>70</v>
       </c>
       <c r="L343" s="2">
         <v>10</v>
       </c>
       <c r="M343" s="2">
         <v>0</v>
       </c>
       <c r="N343" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="344" spans="1:14">
       <c r="A344" s="2">
         <v>115750</v>
       </c>
       <c r="B344" s="2" t="s">
         <v>922</v>
       </c>
       <c r="C344" s="2" t="s">
-        <v>389</v>
+        <v>392</v>
       </c>
       <c r="D344" s="2"/>
       <c r="E344" s="2">
         <v>7275</v>
       </c>
       <c r="F344" s="2" t="s">
-        <v>16</v>
+        <v>30</v>
       </c>
       <c r="G344" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H344" s="2" t="s">
         <v>923</v>
       </c>
       <c r="I344" s="2">
         <v>149</v>
       </c>
       <c r="J344" s="2">
         <v>129</v>
       </c>
       <c r="K344" s="2">
         <v>70</v>
       </c>
       <c r="L344" s="2">
         <v>10</v>
       </c>
       <c r="M344" s="2">
         <v>0</v>
       </c>
       <c r="N344" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="345" spans="1:14">
       <c r="A345" s="2">
         <v>116786</v>
       </c>
       <c r="B345" s="2" t="s">
         <v>924</v>
       </c>
       <c r="C345" s="2" t="s">
-        <v>169</v>
+        <v>176</v>
       </c>
       <c r="D345" s="2"/>
       <c r="E345" s="2">
         <v>7118</v>
       </c>
       <c r="F345" s="2" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="G345" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H345" s="2" t="s">
         <v>925</v>
       </c>
       <c r="I345" s="2">
         <v>150</v>
       </c>
       <c r="J345" s="2">
         <v>130</v>
       </c>
       <c r="K345" s="2">
         <v>70</v>
       </c>
       <c r="L345" s="2">
         <v>10</v>
       </c>
       <c r="M345" s="2">
         <v>0</v>
       </c>
       <c r="N345" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="346" spans="1:14">
       <c r="A346" s="2">
         <v>115752</v>
       </c>
       <c r="B346" s="2" t="s">
         <v>926</v>
       </c>
       <c r="C346" s="2" t="s">
         <v>927</v>
       </c>
       <c r="D346" s="2"/>
       <c r="E346" s="2">
         <v>7111</v>
       </c>
       <c r="F346" s="2" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="G346" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H346" s="2" t="s">
         <v>928</v>
       </c>
       <c r="I346" s="2">
         <v>151</v>
       </c>
       <c r="J346" s="2">
         <v>131</v>
       </c>
       <c r="K346" s="2">
         <v>70</v>
       </c>
       <c r="L346" s="2">
         <v>10</v>
       </c>
       <c r="M346" s="2">
         <v>0</v>
       </c>
       <c r="N346" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="347" spans="1:14">
       <c r="A347" s="2">
         <v>115753</v>
       </c>
       <c r="B347" s="2" t="s">
         <v>929</v>
       </c>
       <c r="C347" s="2" t="s">
         <v>930</v>
       </c>
       <c r="D347" s="2"/>
       <c r="E347" s="2">
         <v>7144</v>
       </c>
       <c r="F347" s="2" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="G347" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H347" s="2" t="s">
         <v>931</v>
       </c>
       <c r="I347" s="2">
         <v>152</v>
       </c>
       <c r="J347" s="2">
         <v>132</v>
       </c>
       <c r="K347" s="2">
         <v>70</v>
       </c>
       <c r="L347" s="2">
         <v>10</v>
       </c>
       <c r="M347" s="2">
         <v>0</v>
       </c>
       <c r="N347" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="348" spans="1:14">
       <c r="A348" s="2">
         <v>122658</v>
       </c>
       <c r="B348" s="2"/>
       <c r="C348" s="2" t="s">
         <v>932</v>
       </c>
       <c r="D348" s="2"/>
       <c r="E348" s="2">
         <v>7017</v>
       </c>
       <c r="F348" s="2" t="s">
-        <v>16</v>
+        <v>30</v>
       </c>
       <c r="G348" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H348" s="2" t="s">
         <v>933</v>
       </c>
       <c r="I348" s="2">
         <v>153</v>
       </c>
       <c r="J348" s="2">
         <v>153</v>
       </c>
       <c r="K348" s="2">
         <v>0</v>
       </c>
       <c r="L348" s="2">
         <v>0</v>
       </c>
       <c r="M348" s="2">
         <v>0</v>
       </c>
       <c r="N348" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="349" spans="1:14">
       <c r="A349" s="2">
         <v>115754</v>
       </c>
       <c r="B349" s="2" t="s">
         <v>934</v>
       </c>
       <c r="C349" s="2" t="s">
         <v>935</v>
       </c>
       <c r="D349" s="2"/>
       <c r="E349" s="2">
         <v>7108</v>
       </c>
       <c r="F349" s="2" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="G349" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H349" s="2" t="s">
         <v>936</v>
       </c>
       <c r="I349" s="2">
         <v>153</v>
       </c>
       <c r="J349" s="2">
         <v>133</v>
       </c>
       <c r="K349" s="2">
         <v>70</v>
       </c>
       <c r="L349" s="2">
         <v>10</v>
       </c>
       <c r="M349" s="2">
         <v>0</v>
       </c>
       <c r="N349" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="350" spans="1:14">
       <c r="A350" s="2">
         <v>115755</v>
       </c>
       <c r="B350" s="2" t="s">
         <v>937</v>
       </c>
       <c r="C350" s="2" t="s">
         <v>423</v>
       </c>
       <c r="D350" s="2"/>
       <c r="E350" s="2">
         <v>7124</v>
       </c>
       <c r="F350" s="2" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="G350" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H350" s="2" t="s">
         <v>938</v>
       </c>
       <c r="I350" s="2">
         <v>154</v>
       </c>
       <c r="J350" s="2">
         <v>134</v>
       </c>
       <c r="K350" s="2">
         <v>70</v>
       </c>
       <c r="L350" s="2">
         <v>10</v>
       </c>
       <c r="M350" s="2">
         <v>0</v>
       </c>
       <c r="N350" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="351" spans="1:14">
       <c r="A351" s="2">
         <v>116791</v>
       </c>
       <c r="B351" s="2" t="s">
         <v>939</v>
       </c>
       <c r="C351" s="2" t="s">
         <v>940</v>
       </c>
       <c r="D351" s="2"/>
       <c r="E351" s="2">
         <v>7125</v>
       </c>
       <c r="F351" s="2" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="G351" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H351" s="2" t="s">
         <v>938</v>
       </c>
       <c r="I351" s="2">
         <v>155</v>
       </c>
       <c r="J351" s="2">
         <v>135</v>
       </c>
       <c r="K351" s="2">
         <v>70</v>
       </c>
       <c r="L351" s="2">
         <v>10</v>
       </c>
       <c r="M351" s="2">
         <v>0</v>
       </c>
       <c r="N351" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="352" spans="1:14">
       <c r="A352" s="2">
         <v>115757</v>
       </c>
       <c r="B352" s="2" t="s">
         <v>941</v>
       </c>
       <c r="C352" s="2" t="s">
-        <v>15</v>
+        <v>29</v>
       </c>
       <c r="D352" s="2"/>
       <c r="E352" s="2">
         <v>7281</v>
       </c>
       <c r="F352" s="2" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="G352" s="2" t="s">
-        <v>38</v>
+        <v>26</v>
       </c>
       <c r="H352" s="2" t="s">
         <v>942</v>
       </c>
       <c r="I352" s="2">
         <v>156</v>
       </c>
       <c r="J352" s="2">
         <v>26</v>
       </c>
       <c r="K352" s="2">
         <v>70</v>
       </c>
       <c r="L352" s="2">
         <v>85</v>
       </c>
       <c r="M352" s="2">
         <v>0</v>
       </c>
       <c r="N352" s="2">
         <v>155</v>
       </c>
     </row>
     <row r="353" spans="1:14">
       <c r="A353" s="2">
         <v>111929</v>
       </c>
       <c r="B353" s="2" t="s">
         <v>943</v>
       </c>
       <c r="C353" s="2" t="s">
-        <v>387</v>
+        <v>384</v>
       </c>
       <c r="D353" s="2"/>
       <c r="E353" s="2">
         <v>7037</v>
       </c>
       <c r="F353" s="2" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="G353" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H353" s="2" t="s">
         <v>944</v>
       </c>
       <c r="I353" s="2">
         <v>157</v>
       </c>
       <c r="J353" s="2">
         <v>136</v>
       </c>
       <c r="K353" s="2">
         <v>70</v>
       </c>
       <c r="L353" s="2">
         <v>10</v>
       </c>
       <c r="M353" s="2">
         <v>0</v>
       </c>
       <c r="N353" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="354" spans="1:14">
       <c r="A354" s="2">
         <v>115759</v>
       </c>
       <c r="B354" s="2" t="s">
         <v>945</v>
       </c>
       <c r="C354" s="2" t="s">
         <v>396</v>
       </c>
       <c r="D354" s="2"/>
       <c r="E354" s="2">
         <v>7192</v>
       </c>
       <c r="F354" s="2" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="G354" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H354" s="2" t="s">
         <v>946</v>
       </c>
       <c r="I354" s="2">
         <v>158</v>
       </c>
       <c r="J354" s="2">
         <v>137</v>
       </c>
       <c r="K354" s="2">
         <v>70</v>
       </c>
       <c r="L354" s="2">
         <v>10</v>
       </c>
       <c r="M354" s="2">
         <v>0</v>
       </c>
       <c r="N354" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="355" spans="1:14">
       <c r="A355" s="2">
         <v>115760</v>
       </c>
       <c r="B355" s="2" t="s">
         <v>947</v>
       </c>
       <c r="C355" s="2" t="s">
-        <v>15</v>
+        <v>29</v>
       </c>
       <c r="D355" s="2"/>
       <c r="E355" s="2">
         <v>7274</v>
       </c>
       <c r="F355" s="2" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="G355" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H355" s="2" t="s">
         <v>948</v>
       </c>
       <c r="I355" s="2">
         <v>159</v>
       </c>
       <c r="J355" s="2">
         <v>138</v>
       </c>
       <c r="K355" s="2">
         <v>70</v>
       </c>
       <c r="L355" s="2">
         <v>10</v>
       </c>
       <c r="M355" s="2">
         <v>0</v>
       </c>
       <c r="N355" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="356" spans="1:14">
       <c r="A356" s="2">
         <v>115761</v>
       </c>
       <c r="B356" s="2" t="s">
         <v>949</v>
       </c>
       <c r="C356" s="2" t="s">
-        <v>284</v>
+        <v>288</v>
       </c>
       <c r="D356" s="2"/>
       <c r="E356" s="2">
         <v>7203</v>
       </c>
       <c r="F356" s="2" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="G356" s="2" t="s">
-        <v>38</v>
+        <v>26</v>
       </c>
       <c r="H356" s="2" t="s">
         <v>950</v>
       </c>
       <c r="I356" s="2">
         <v>160</v>
       </c>
       <c r="J356" s="2">
         <v>27</v>
       </c>
       <c r="K356" s="2">
         <v>70</v>
       </c>
       <c r="L356" s="2">
         <v>84</v>
       </c>
       <c r="M356" s="2">
         <v>0</v>
       </c>
       <c r="N356" s="2">
         <v>154</v>
       </c>
     </row>
     <row r="357" spans="1:14">
       <c r="A357" s="2">
         <v>115762</v>
       </c>
       <c r="B357" s="2" t="s">
         <v>951</v>
       </c>
       <c r="C357" s="2" t="s">
         <v>952</v>
       </c>
       <c r="D357" s="2"/>
       <c r="E357" s="2">
         <v>7325</v>
       </c>
       <c r="F357" s="2" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="G357" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H357" s="2" t="s">
         <v>953</v>
       </c>
       <c r="I357" s="2">
         <v>161</v>
       </c>
       <c r="J357" s="2">
         <v>139</v>
       </c>
       <c r="K357" s="2">
         <v>70</v>
       </c>
       <c r="L357" s="2">
         <v>10</v>
       </c>
       <c r="M357" s="2">
         <v>0</v>
       </c>
       <c r="N357" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="358" spans="1:14">
       <c r="A358" s="2">
         <v>115763</v>
       </c>
       <c r="B358" s="2" t="s">
         <v>954</v>
       </c>
       <c r="C358" s="2" t="s">
-        <v>374</v>
+        <v>376</v>
       </c>
       <c r="D358" s="2"/>
       <c r="E358" s="2">
         <v>7263</v>
       </c>
       <c r="F358" s="2" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="G358" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H358" s="2" t="s">
         <v>955</v>
       </c>
       <c r="I358" s="2">
         <v>162</v>
       </c>
       <c r="J358" s="2">
         <v>140</v>
       </c>
       <c r="K358" s="2">
         <v>70</v>
       </c>
       <c r="L358" s="2">
         <v>10</v>
       </c>
       <c r="M358" s="2">
         <v>0</v>
       </c>
       <c r="N358" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="359" spans="1:14">
       <c r="A359" s="2">
         <v>115764</v>
       </c>
       <c r="B359" s="2" t="s">
         <v>956</v>
       </c>
       <c r="C359" s="2" t="s">
         <v>957</v>
       </c>
       <c r="D359" s="2"/>
       <c r="E359" s="2">
         <v>7234</v>
       </c>
       <c r="F359" s="2" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="G359" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H359" s="2" t="s">
         <v>958</v>
       </c>
       <c r="I359" s="2">
         <v>163</v>
       </c>
       <c r="J359" s="2">
         <v>141</v>
       </c>
       <c r="K359" s="2">
         <v>70</v>
       </c>
       <c r="L359" s="2">
         <v>10</v>
       </c>
       <c r="M359" s="2">
         <v>0</v>
       </c>
       <c r="N359" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="360" spans="1:14">
       <c r="A360" s="2">
         <v>115765</v>
       </c>
       <c r="B360" s="2" t="s">
         <v>959</v>
       </c>
       <c r="C360" s="2" t="s">
         <v>838</v>
       </c>
       <c r="D360" s="2"/>
       <c r="E360" s="2">
         <v>7311</v>
       </c>
       <c r="F360" s="2" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="G360" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H360" s="2" t="s">
         <v>960</v>
       </c>
       <c r="I360" s="2">
         <v>164</v>
       </c>
       <c r="J360" s="2">
         <v>142</v>
       </c>
       <c r="K360" s="2">
         <v>70</v>
       </c>
       <c r="L360" s="2">
         <v>10</v>
       </c>
       <c r="M360" s="2">
         <v>0</v>
       </c>
       <c r="N360" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="361" spans="1:14">
       <c r="A361" s="2">
         <v>111786</v>
       </c>
       <c r="B361" s="2" t="s">
         <v>961</v>
       </c>
       <c r="C361" s="2" t="s">
         <v>962</v>
       </c>
       <c r="D361" s="2"/>
       <c r="E361" s="2">
         <v>7186</v>
       </c>
       <c r="F361" s="2" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="G361" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H361" s="2" t="s">
         <v>963</v>
       </c>
       <c r="I361" s="2">
         <v>165</v>
       </c>
       <c r="J361" s="2">
         <v>143</v>
       </c>
       <c r="K361" s="2">
         <v>70</v>
       </c>
       <c r="L361" s="2">
         <v>10</v>
       </c>
       <c r="M361" s="2">
         <v>0</v>
       </c>
       <c r="N361" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="362" spans="1:14">
       <c r="A362" s="2">
         <v>115767</v>
       </c>
       <c r="B362" s="2" t="s">
         <v>964</v>
       </c>
       <c r="C362" s="2" t="s">
         <v>965</v>
       </c>
       <c r="D362" s="2"/>
       <c r="E362" s="2">
         <v>7153</v>
       </c>
       <c r="F362" s="2" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="G362" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H362" s="2" t="s">
         <v>966</v>
       </c>
       <c r="I362" s="2">
         <v>166</v>
       </c>
       <c r="J362" s="2">
         <v>144</v>
       </c>
       <c r="K362" s="2">
         <v>70</v>
       </c>
       <c r="L362" s="2">
         <v>10</v>
       </c>
       <c r="M362" s="2">
         <v>0</v>
       </c>
       <c r="N362" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="363" spans="1:14">
       <c r="A363" s="2">
         <v>115768</v>
       </c>
       <c r="B363" s="2" t="s">
         <v>967</v>
       </c>
       <c r="C363" s="2" t="s">
         <v>594</v>
       </c>
       <c r="D363" s="2"/>
       <c r="E363" s="2">
         <v>7191</v>
       </c>
       <c r="F363" s="2" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="G363" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H363" s="2" t="s">
         <v>968</v>
       </c>
       <c r="I363" s="2">
         <v>167</v>
       </c>
       <c r="J363" s="2">
         <v>145</v>
       </c>
       <c r="K363" s="2">
         <v>70</v>
       </c>
       <c r="L363" s="2">
         <v>10</v>
       </c>
       <c r="M363" s="2">
         <v>0</v>
       </c>
       <c r="N363" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="364" spans="1:14">
       <c r="A364" s="2">
         <v>115769</v>
       </c>
       <c r="B364" s="2" t="s">
         <v>969</v>
       </c>
       <c r="C364" s="2" t="s">
         <v>970</v>
       </c>
       <c r="D364" s="2"/>
       <c r="E364" s="2">
         <v>7061</v>
       </c>
       <c r="F364" s="2" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="G364" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H364" s="2" t="s">
         <v>971</v>
       </c>
       <c r="I364" s="2">
         <v>168</v>
       </c>
       <c r="J364" s="2">
         <v>146</v>
       </c>
       <c r="K364" s="2">
         <v>70</v>
       </c>
       <c r="L364" s="2">
         <v>10</v>
       </c>
       <c r="M364" s="2">
         <v>0</v>
       </c>
       <c r="N364" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="365" spans="1:14">
       <c r="A365" s="2">
         <v>115770</v>
       </c>
       <c r="B365" s="2" t="s">
         <v>972</v>
       </c>
       <c r="C365" s="2" t="s">
         <v>952</v>
       </c>
       <c r="D365" s="2"/>
       <c r="E365" s="2">
         <v>7168</v>
       </c>
       <c r="F365" s="2" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="G365" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H365" s="2" t="s">
         <v>973</v>
       </c>
       <c r="I365" s="2">
         <v>169</v>
       </c>
       <c r="J365" s="2">
         <v>147</v>
       </c>
       <c r="K365" s="2">
         <v>70</v>
       </c>
       <c r="L365" s="2">
         <v>10</v>
       </c>
       <c r="M365" s="2">
         <v>0</v>
       </c>
       <c r="N365" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="366" spans="1:14">
       <c r="A366" s="2">
         <v>115760</v>
       </c>
       <c r="B366" s="2" t="s">
         <v>947</v>
       </c>
       <c r="C366" s="2" t="s">
-        <v>15</v>
+        <v>29</v>
       </c>
       <c r="D366" s="2"/>
       <c r="E366" s="2">
         <v>7160</v>
       </c>
       <c r="F366" s="2" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="G366" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H366" s="2" t="s">
         <v>974</v>
       </c>
       <c r="I366" s="2">
         <v>170</v>
       </c>
       <c r="J366" s="2">
         <v>148</v>
       </c>
       <c r="K366" s="2">
         <v>70</v>
       </c>
       <c r="L366" s="2">
         <v>10</v>
       </c>
       <c r="M366" s="2">
         <v>0</v>
       </c>
       <c r="N366" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="367" spans="1:14">
       <c r="A367" s="2">
         <v>116807</v>
       </c>
       <c r="B367" s="2" t="s">
         <v>975</v>
       </c>
       <c r="C367" s="2" t="s">
         <v>476</v>
       </c>
       <c r="D367" s="2"/>
       <c r="E367" s="2">
         <v>7015</v>
       </c>
       <c r="F367" s="2" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="G367" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H367" s="2" t="s">
         <v>976</v>
       </c>
       <c r="I367" s="2">
         <v>171</v>
       </c>
       <c r="J367" s="2">
         <v>149</v>
       </c>
       <c r="K367" s="2">
         <v>70</v>
       </c>
       <c r="L367" s="2">
         <v>10</v>
       </c>
       <c r="M367" s="2">
         <v>0</v>
       </c>
       <c r="N367" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="368" spans="1:14">
       <c r="A368" s="2">
         <v>115773</v>
       </c>
       <c r="B368" s="2" t="s">
         <v>977</v>
       </c>
       <c r="C368" s="2" t="s">
         <v>978</v>
       </c>
       <c r="D368" s="2"/>
       <c r="E368" s="2">
         <v>7262</v>
       </c>
       <c r="F368" s="2" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="G368" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H368" s="2" t="s">
         <v>979</v>
       </c>
       <c r="I368" s="2">
         <v>172</v>
       </c>
       <c r="J368" s="2">
         <v>150</v>
       </c>
       <c r="K368" s="2">
         <v>70</v>
       </c>
       <c r="L368" s="2">
         <v>10</v>
       </c>
       <c r="M368" s="2">
         <v>0</v>
       </c>
       <c r="N368" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="369" spans="1:14">
       <c r="A369" s="2">
         <v>115774</v>
       </c>
       <c r="B369" s="2" t="s">
         <v>980</v>
       </c>
       <c r="C369" s="2" t="s">
         <v>981</v>
       </c>
       <c r="D369" s="2"/>
       <c r="E369" s="2">
         <v>7211</v>
       </c>
       <c r="F369" s="2" t="s">
-        <v>100</v>
+        <v>109</v>
       </c>
       <c r="G369" s="2" t="s">
-        <v>38</v>
+        <v>26</v>
       </c>
       <c r="H369" s="2" t="s">
         <v>982</v>
       </c>
       <c r="I369" s="2">
         <v>173</v>
       </c>
       <c r="J369" s="2">
         <v>28</v>
       </c>
       <c r="K369" s="2">
         <v>70</v>
       </c>
       <c r="L369" s="2">
         <v>83</v>
       </c>
       <c r="M369" s="2">
         <v>0</v>
       </c>
       <c r="N369" s="2">
         <v>153</v>
       </c>
     </row>
     <row r="370" spans="1:14">
       <c r="A370" s="2">
         <v>115775</v>
       </c>
       <c r="B370" s="2" t="s">
         <v>983</v>
       </c>
       <c r="C370" s="2" t="s">
         <v>984</v>
       </c>
       <c r="D370" s="2"/>
       <c r="E370" s="2">
         <v>7182</v>
       </c>
       <c r="F370" s="2" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="G370" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H370" s="2" t="s">
         <v>985</v>
       </c>
       <c r="I370" s="2">
         <v>174</v>
       </c>
       <c r="J370" s="2">
         <v>160</v>
       </c>
       <c r="K370" s="2">
         <v>70</v>
       </c>
       <c r="L370" s="2">
         <v>10</v>
       </c>
       <c r="M370" s="2">
         <v>0</v>
       </c>
       <c r="N370" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="371" spans="1:14">
       <c r="A371" s="2">
         <v>111924</v>
       </c>
       <c r="B371" s="2" t="s">
         <v>986</v>
       </c>
       <c r="C371" s="2" t="s">
-        <v>103</v>
+        <v>106</v>
       </c>
       <c r="D371" s="2"/>
       <c r="E371" s="2">
         <v>7155</v>
       </c>
       <c r="F371" s="2" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="G371" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H371" s="2" t="s">
         <v>987</v>
       </c>
       <c r="I371" s="2">
         <v>175</v>
       </c>
       <c r="J371" s="2">
         <v>170</v>
       </c>
       <c r="K371" s="2">
         <v>70</v>
       </c>
       <c r="L371" s="2">
         <v>10</v>
       </c>
       <c r="M371" s="2">
         <v>0</v>
       </c>
       <c r="N371" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="372" spans="1:14">
       <c r="A372" s="2">
         <v>115777</v>
       </c>
       <c r="B372" s="2" t="s">
         <v>988</v>
       </c>
       <c r="C372" s="2" t="s">
-        <v>374</v>
+        <v>376</v>
       </c>
       <c r="D372" s="2"/>
       <c r="E372" s="2">
         <v>7214</v>
       </c>
       <c r="F372" s="2" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="G372" s="2" t="s">
-        <v>38</v>
+        <v>26</v>
       </c>
       <c r="H372" s="2" t="s">
         <v>989</v>
       </c>
       <c r="I372" s="2">
         <v>176</v>
       </c>
       <c r="J372" s="2">
         <v>29</v>
       </c>
       <c r="K372" s="2">
         <v>70</v>
       </c>
       <c r="L372" s="2">
         <v>82</v>
       </c>
       <c r="M372" s="2">
         <v>0</v>
       </c>
       <c r="N372" s="2">
         <v>152</v>
       </c>
     </row>
     <row r="373" spans="1:14">
       <c r="A373" s="2">
         <v>115778</v>
       </c>
       <c r="B373" s="2" t="s">
         <v>990</v>
       </c>
       <c r="C373" s="2" t="s">
         <v>594</v>
       </c>
       <c r="D373" s="2"/>
       <c r="E373" s="2">
         <v>7223</v>
       </c>
       <c r="F373" s="2" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="G373" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H373" s="2" t="s">
         <v>991</v>
       </c>
       <c r="I373" s="2">
         <v>177</v>
       </c>
       <c r="J373" s="2">
         <v>171</v>
       </c>
       <c r="K373" s="2">
         <v>70</v>
       </c>
       <c r="L373" s="2">
         <v>10</v>
       </c>
       <c r="M373" s="2">
         <v>0</v>
       </c>
       <c r="N373" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="374" spans="1:14">
       <c r="A374" s="2">
         <v>115779</v>
       </c>
       <c r="B374" s="2" t="s">
         <v>992</v>
       </c>
       <c r="C374" s="2" t="s">
-        <v>103</v>
+        <v>106</v>
       </c>
       <c r="D374" s="2"/>
       <c r="E374" s="2">
         <v>7032</v>
       </c>
       <c r="F374" s="2" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="G374" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H374" s="2" t="s">
         <v>993</v>
       </c>
       <c r="I374" s="2">
         <v>178</v>
       </c>
       <c r="J374" s="2">
         <v>172</v>
       </c>
       <c r="K374" s="2">
         <v>70</v>
       </c>
       <c r="L374" s="2">
         <v>10</v>
       </c>
       <c r="M374" s="2">
         <v>0</v>
       </c>
       <c r="N374" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="375" spans="1:14">
       <c r="A375" s="2">
         <v>115780</v>
       </c>
       <c r="B375" s="2" t="s">
         <v>994</v>
       </c>
       <c r="C375" s="2" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="D375" s="2"/>
       <c r="E375" s="2">
         <v>7133</v>
       </c>
       <c r="F375" s="2" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="G375" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H375" s="2" t="s">
         <v>995</v>
       </c>
       <c r="I375" s="2">
         <v>179</v>
       </c>
       <c r="J375" s="2">
         <v>173</v>
       </c>
       <c r="K375" s="2">
         <v>70</v>
       </c>
       <c r="L375" s="2">
         <v>10</v>
       </c>
       <c r="M375" s="2">
         <v>0</v>
       </c>
       <c r="N375" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="376" spans="1:14">
       <c r="A376" s="2">
         <v>115781</v>
       </c>
       <c r="B376" s="2" t="s">
         <v>996</v>
       </c>
       <c r="C376" s="2" t="s">
-        <v>169</v>
+        <v>176</v>
       </c>
       <c r="D376" s="2"/>
       <c r="E376" s="2">
         <v>7265</v>
       </c>
       <c r="F376" s="2" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="G376" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H376" s="2" t="s">
         <v>997</v>
       </c>
       <c r="I376" s="2">
         <v>180</v>
       </c>
       <c r="J376" s="2">
         <v>174</v>
       </c>
       <c r="K376" s="2">
         <v>70</v>
       </c>
       <c r="L376" s="2">
         <v>10</v>
       </c>
       <c r="M376" s="2">
         <v>0</v>
       </c>
       <c r="N376" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="377" spans="1:14">
       <c r="A377" s="2">
         <v>115782</v>
       </c>
       <c r="B377" s="2" t="s">
         <v>998</v>
       </c>
       <c r="C377" s="2" t="s">
-        <v>168</v>
+        <v>175</v>
       </c>
       <c r="D377" s="2"/>
       <c r="E377" s="2">
         <v>7179</v>
       </c>
       <c r="F377" s="2" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="G377" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H377" s="2" t="s">
         <v>999</v>
       </c>
       <c r="I377" s="2">
         <v>181</v>
       </c>
       <c r="J377" s="2">
         <v>175</v>
       </c>
       <c r="K377" s="2">
         <v>70</v>
       </c>
       <c r="L377" s="2">
         <v>10</v>
       </c>
       <c r="M377" s="2">
         <v>0</v>
       </c>
       <c r="N377" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="378" spans="1:14">
       <c r="A378" s="2">
         <v>115783</v>
       </c>
       <c r="B378" s="2" t="s">
         <v>1000</v>
       </c>
       <c r="C378" s="2" t="s">
         <v>1001</v>
       </c>
       <c r="D378" s="2"/>
       <c r="E378" s="2">
         <v>7089</v>
       </c>
       <c r="F378" s="2" t="s">
-        <v>72</v>
+        <v>68</v>
       </c>
       <c r="G378" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H378" s="2" t="s">
         <v>1002</v>
       </c>
       <c r="I378" s="2">
         <v>182</v>
       </c>
       <c r="J378" s="2">
         <v>176</v>
       </c>
       <c r="K378" s="2">
         <v>70</v>
       </c>
       <c r="L378" s="2">
         <v>10</v>
       </c>
       <c r="M378" s="2">
         <v>0</v>
       </c>
       <c r="N378" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="379" spans="1:14">
       <c r="A379" s="2">
         <v>115784</v>
       </c>
       <c r="B379" s="2" t="s">
         <v>1003</v>
       </c>
       <c r="C379" s="2" t="s">
         <v>1004</v>
       </c>
       <c r="D379" s="2"/>
       <c r="E379" s="2">
         <v>7057</v>
       </c>
       <c r="F379" s="2" t="s">
-        <v>72</v>
+        <v>68</v>
       </c>
       <c r="G379" s="2" t="s">
-        <v>38</v>
+        <v>26</v>
       </c>
       <c r="H379" s="2" t="s">
         <v>1005</v>
       </c>
       <c r="I379" s="2">
         <v>183</v>
       </c>
       <c r="J379" s="2">
         <v>30</v>
       </c>
       <c r="K379" s="2">
         <v>70</v>
       </c>
       <c r="L379" s="2">
         <v>81</v>
       </c>
       <c r="M379" s="2">
         <v>0</v>
       </c>
       <c r="N379" s="2">
         <v>151</v>
       </c>
     </row>
     <row r="380" spans="1:14">
       <c r="A380" s="2">
         <v>115785</v>
       </c>
       <c r="B380" s="2" t="s">
         <v>1006</v>
       </c>
       <c r="C380" s="2" t="s">
-        <v>523</v>
+        <v>520</v>
       </c>
       <c r="D380" s="2"/>
       <c r="E380" s="2">
         <v>7216</v>
       </c>
       <c r="F380" s="2" t="s">
-        <v>16</v>
+        <v>30</v>
       </c>
       <c r="G380" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H380" s="2" t="s">
         <v>1007</v>
       </c>
       <c r="I380" s="2">
         <v>184</v>
       </c>
       <c r="J380" s="2">
         <v>177</v>
       </c>
       <c r="K380" s="2">
         <v>70</v>
       </c>
       <c r="L380" s="2">
         <v>10</v>
       </c>
       <c r="M380" s="2">
         <v>0</v>
       </c>
       <c r="N380" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="381" spans="1:14">
       <c r="A381" s="2">
         <v>105471</v>
       </c>
       <c r="B381" s="2" t="s">
         <v>1008</v>
       </c>
       <c r="C381" s="2" t="s">
         <v>1009</v>
       </c>
       <c r="D381" s="2"/>
       <c r="E381" s="2">
         <v>7017</v>
       </c>
       <c r="F381" s="2" t="s">
-        <v>16</v>
+        <v>30</v>
       </c>
       <c r="G381" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H381" s="2" t="s">
         <v>1010</v>
       </c>
       <c r="I381" s="2">
         <v>185</v>
       </c>
       <c r="J381" s="2">
         <v>178</v>
       </c>
       <c r="K381" s="2">
         <v>70</v>
       </c>
       <c r="L381" s="2">
         <v>10</v>
       </c>
       <c r="M381" s="2">
         <v>0</v>
       </c>
       <c r="N381" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="382" spans="1:14">
       <c r="A382" s="2">
         <v>116822</v>
       </c>
       <c r="B382" s="2" t="s">
         <v>1011</v>
       </c>
       <c r="C382" s="2" t="s">
-        <v>103</v>
+        <v>106</v>
       </c>
       <c r="D382" s="2"/>
       <c r="E382" s="2">
         <v>7318</v>
       </c>
       <c r="F382" s="2" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="G382" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H382" s="2" t="s">
         <v>1012</v>
       </c>
       <c r="I382" s="2">
         <v>186</v>
       </c>
       <c r="J382" s="2">
         <v>179</v>
       </c>
       <c r="K382" s="2">
         <v>70</v>
       </c>
       <c r="L382" s="2">
         <v>10</v>
       </c>
       <c r="M382" s="2">
         <v>0</v>
       </c>
       <c r="N382" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="383" spans="1:14">
       <c r="A383" s="2">
         <v>116823</v>
       </c>
       <c r="B383" s="2" t="s">
         <v>1013</v>
       </c>
       <c r="C383" s="2" t="s">
-        <v>297</v>
+        <v>300</v>
       </c>
       <c r="D383" s="2"/>
       <c r="E383" s="2">
         <v>7123</v>
       </c>
       <c r="F383" s="2" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="G383" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H383" s="2" t="s">
         <v>1014</v>
       </c>
       <c r="I383" s="2">
         <v>187</v>
       </c>
       <c r="J383" s="2">
         <v>180</v>
       </c>
       <c r="K383" s="2">
         <v>70</v>
       </c>
       <c r="L383" s="2">
         <v>10</v>
       </c>
       <c r="M383" s="2">
         <v>0</v>
       </c>
       <c r="N383" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="384" spans="1:14">
       <c r="A384" s="2">
         <v>115789</v>
       </c>
       <c r="B384" s="2" t="s">
         <v>1015</v>
       </c>
       <c r="C384" s="2" t="s">
         <v>1016</v>
       </c>
       <c r="D384" s="2"/>
       <c r="E384" s="2">
         <v>7219</v>
       </c>
       <c r="F384" s="2" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="G384" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H384" s="2" t="s">
         <v>1017</v>
       </c>
       <c r="I384" s="2">
         <v>188</v>
       </c>
       <c r="J384" s="2">
         <v>181</v>
       </c>
       <c r="K384" s="2">
         <v>70</v>
       </c>
       <c r="L384" s="2">
         <v>10</v>
       </c>
       <c r="M384" s="2">
         <v>0</v>
       </c>
       <c r="N384" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="385" spans="1:14">
       <c r="A385" s="2">
         <v>111905</v>
       </c>
       <c r="B385" s="2" t="s">
         <v>1018</v>
       </c>
       <c r="C385" s="2" t="s">
-        <v>103</v>
+        <v>106</v>
       </c>
       <c r="D385" s="2"/>
       <c r="E385" s="2">
         <v>7126</v>
       </c>
       <c r="F385" s="2" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="G385" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H385" s="2" t="s">
         <v>1019</v>
       </c>
       <c r="I385" s="2">
         <v>189</v>
       </c>
       <c r="J385" s="2">
         <v>182</v>
       </c>
       <c r="K385" s="2">
         <v>70</v>
       </c>
       <c r="L385" s="2">
         <v>10</v>
       </c>
       <c r="M385" s="2">
         <v>0</v>
       </c>
       <c r="N385" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="386" spans="1:14">
       <c r="A386" s="2">
         <v>115791</v>
       </c>
       <c r="B386" s="2" t="s">
         <v>1020</v>
       </c>
       <c r="C386" s="2" t="s">
-        <v>15</v>
+        <v>29</v>
       </c>
       <c r="D386" s="2"/>
       <c r="E386" s="2">
         <v>7152</v>
       </c>
       <c r="F386" s="2" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="G386" s="2" t="s">
-        <v>38</v>
+        <v>26</v>
       </c>
       <c r="H386" s="2" t="s">
         <v>1021</v>
       </c>
       <c r="I386" s="2">
         <v>190</v>
       </c>
       <c r="J386" s="2">
         <v>31</v>
       </c>
       <c r="K386" s="2">
         <v>70</v>
       </c>
       <c r="L386" s="2">
         <v>80</v>
       </c>
       <c r="M386" s="2">
         <v>0</v>
       </c>
       <c r="N386" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="387" spans="1:14">
       <c r="A387" s="2">
         <v>115792</v>
       </c>
       <c r="B387" s="2" t="s">
         <v>1022</v>
       </c>
       <c r="C387" s="2" t="s">
         <v>1023</v>
       </c>
       <c r="D387" s="2"/>
       <c r="E387" s="2">
         <v>7257</v>
       </c>
       <c r="F387" s="2" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="G387" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H387" s="2" t="s">
         <v>1024</v>
       </c>
       <c r="I387" s="2">
         <v>191</v>
       </c>
       <c r="J387" s="2">
         <v>183</v>
       </c>
       <c r="K387" s="2">
         <v>70</v>
       </c>
       <c r="L387" s="2">
         <v>10</v>
       </c>
       <c r="M387" s="2">
         <v>0</v>
       </c>
       <c r="N387" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="388" spans="1:14">
       <c r="A388" s="2">
         <v>115793</v>
       </c>
       <c r="B388" s="2" t="s">
         <v>1025</v>
       </c>
       <c r="C388" s="2" t="s">
-        <v>745</v>
+        <v>742</v>
       </c>
       <c r="D388" s="2"/>
       <c r="E388" s="2">
         <v>7107</v>
       </c>
       <c r="F388" s="2" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="G388" s="2" t="s">
-        <v>38</v>
+        <v>26</v>
       </c>
       <c r="H388" s="2" t="s">
         <v>1026</v>
       </c>
       <c r="I388" s="2">
         <v>192</v>
       </c>
       <c r="J388" s="2">
         <v>32</v>
       </c>
       <c r="K388" s="2">
         <v>70</v>
       </c>
       <c r="L388" s="2">
         <v>79</v>
       </c>
       <c r="M388" s="2">
         <v>0</v>
       </c>
       <c r="N388" s="2">
         <v>149</v>
       </c>
     </row>
     <row r="389" spans="1:14">
       <c r="A389" s="2">
         <v>116829</v>
       </c>
       <c r="B389" s="2" t="s">
         <v>1027</v>
       </c>
       <c r="C389" s="2" t="s">
         <v>957</v>
       </c>
       <c r="D389" s="2"/>
       <c r="E389" s="2">
         <v>7066</v>
       </c>
       <c r="F389" s="2" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="G389" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H389" s="2" t="s">
         <v>1028</v>
       </c>
       <c r="I389" s="2">
         <v>193</v>
       </c>
       <c r="J389" s="2">
         <v>184</v>
       </c>
       <c r="K389" s="2">
         <v>70</v>
       </c>
       <c r="L389" s="2">
         <v>10</v>
       </c>
       <c r="M389" s="2">
         <v>0</v>
       </c>
       <c r="N389" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="390" spans="1:14">
       <c r="A390" s="2">
         <v>122660</v>
       </c>
       <c r="B390" s="2"/>
       <c r="C390" s="2" t="s">
         <v>1029</v>
       </c>
       <c r="D390" s="2"/>
       <c r="E390" s="2">
         <v>7105</v>
       </c>
       <c r="F390" s="2" t="s">
-        <v>100</v>
+        <v>109</v>
       </c>
       <c r="G390" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H390" s="2" t="s">
         <v>503</v>
       </c>
       <c r="I390" s="2">
         <v>194</v>
       </c>
       <c r="J390" s="2">
         <v>194</v>
       </c>
       <c r="K390" s="2">
         <v>0</v>
       </c>
       <c r="L390" s="2">
         <v>0</v>
       </c>
       <c r="M390" s="2">
         <v>0</v>
       </c>
       <c r="N390" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="391" spans="1:14">
       <c r="A391" s="2">
         <v>115795</v>
       </c>
       <c r="B391" s="2" t="s">
         <v>1030</v>
       </c>
       <c r="C391" s="2" t="s">
-        <v>579</v>
+        <v>577</v>
       </c>
       <c r="D391" s="2"/>
       <c r="E391" s="2">
         <v>7193</v>
       </c>
       <c r="F391" s="2" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="G391" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H391" s="2" t="s">
         <v>1031</v>
       </c>
       <c r="I391" s="2">
         <v>194</v>
       </c>
       <c r="J391" s="2">
         <v>185</v>
       </c>
       <c r="K391" s="2">
         <v>70</v>
       </c>
       <c r="L391" s="2">
         <v>10</v>
       </c>
       <c r="M391" s="2">
         <v>0</v>
       </c>
       <c r="N391" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="392" spans="1:14">
       <c r="A392" s="2">
         <v>115796</v>
       </c>
       <c r="B392" s="2" t="s">
         <v>1032</v>
       </c>
       <c r="C392" s="2" t="s">
         <v>478</v>
       </c>
       <c r="D392" s="2"/>
       <c r="E392" s="2">
         <v>7303</v>
       </c>
       <c r="F392" s="2" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="G392" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H392" s="2" t="s">
         <v>1033</v>
       </c>
       <c r="I392" s="2">
         <v>195</v>
       </c>
       <c r="J392" s="2">
         <v>186</v>
       </c>
       <c r="K392" s="2">
         <v>70</v>
       </c>
       <c r="L392" s="2">
         <v>10</v>
       </c>
       <c r="M392" s="2">
         <v>0</v>
       </c>
       <c r="N392" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="393" spans="1:14">
       <c r="A393" s="2">
         <v>115797</v>
       </c>
       <c r="B393" s="2" t="s">
         <v>1034</v>
       </c>
       <c r="C393" s="2" t="s">
-        <v>169</v>
+        <v>176</v>
       </c>
       <c r="D393" s="2"/>
       <c r="E393" s="2">
         <v>7077</v>
       </c>
       <c r="F393" s="2" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="G393" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H393" s="2" t="s">
         <v>1035</v>
       </c>
       <c r="I393" s="2">
         <v>196</v>
       </c>
       <c r="J393" s="2">
         <v>187</v>
       </c>
       <c r="K393" s="2">
         <v>70</v>
       </c>
       <c r="L393" s="2">
         <v>10</v>
       </c>
       <c r="M393" s="2">
         <v>0</v>
       </c>
       <c r="N393" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="394" spans="1:14">
       <c r="A394" s="2">
         <v>115798</v>
       </c>
       <c r="B394" s="2" t="s">
         <v>1036</v>
       </c>
       <c r="C394" s="2" t="s">
-        <v>103</v>
+        <v>106</v>
       </c>
       <c r="D394" s="2"/>
       <c r="E394" s="2">
         <v>7065</v>
       </c>
       <c r="F394" s="2" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="G394" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H394" s="2" t="s">
         <v>1037</v>
       </c>
       <c r="I394" s="2">
         <v>197</v>
       </c>
       <c r="J394" s="2">
         <v>188</v>
       </c>
       <c r="K394" s="2">
         <v>70</v>
       </c>
       <c r="L394" s="2">
         <v>10</v>
       </c>
       <c r="M394" s="2">
         <v>0</v>
       </c>
       <c r="N394" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="395" spans="1:14">
       <c r="A395" s="2">
         <v>115799</v>
       </c>
       <c r="B395" s="2" t="s">
         <v>1038</v>
       </c>
       <c r="C395" s="2" t="s">
         <v>1039</v>
       </c>
       <c r="D395" s="2"/>
       <c r="E395" s="2">
         <v>7185</v>
       </c>
       <c r="F395" s="2" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="G395" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H395" s="2" t="s">
         <v>1040</v>
       </c>
       <c r="I395" s="2">
         <v>198</v>
       </c>
       <c r="J395" s="2">
         <v>189</v>
       </c>
       <c r="K395" s="2">
         <v>70</v>
       </c>
       <c r="L395" s="2">
         <v>10</v>
       </c>
       <c r="M395" s="2">
         <v>0</v>
       </c>
       <c r="N395" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="396" spans="1:14">
       <c r="A396" s="2">
         <v>115800</v>
       </c>
       <c r="B396" s="2" t="s">
         <v>1041</v>
       </c>
       <c r="C396" s="2" t="s">
-        <v>169</v>
+        <v>176</v>
       </c>
       <c r="D396" s="2"/>
       <c r="E396" s="2">
         <v>7291</v>
       </c>
       <c r="F396" s="2" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="G396" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H396" s="2" t="s">
         <v>1042</v>
       </c>
       <c r="I396" s="2">
         <v>199</v>
       </c>
       <c r="J396" s="2">
         <v>190</v>
       </c>
       <c r="K396" s="2">
         <v>70</v>
       </c>
       <c r="L396" s="2">
         <v>10</v>
       </c>
       <c r="M396" s="2">
         <v>0</v>
       </c>
       <c r="N396" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="397" spans="1:14">
       <c r="A397" s="2">
         <v>115801</v>
       </c>
       <c r="B397" s="2" t="s">
         <v>1043</v>
       </c>
       <c r="C397" s="2" t="s">
-        <v>280</v>
+        <v>282</v>
       </c>
       <c r="D397" s="2"/>
       <c r="E397" s="2">
         <v>7261</v>
       </c>
       <c r="F397" s="2" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="G397" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H397" s="2" t="s">
         <v>1044</v>
       </c>
       <c r="I397" s="2">
         <v>200</v>
       </c>
       <c r="J397" s="2">
         <v>191</v>
       </c>
       <c r="K397" s="2">
         <v>70</v>
       </c>
       <c r="L397" s="2">
         <v>10</v>
       </c>
       <c r="M397" s="2">
         <v>0</v>
       </c>
       <c r="N397" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="398" spans="1:14">
       <c r="A398" s="2">
         <v>115802</v>
       </c>
       <c r="B398" s="2" t="s">
         <v>1045</v>
       </c>
       <c r="C398" s="2" t="s">
         <v>1046</v>
       </c>
       <c r="D398" s="2"/>
       <c r="E398" s="2">
         <v>7254</v>
       </c>
       <c r="F398" s="2" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="G398" s="2" t="s">
-        <v>38</v>
+        <v>26</v>
       </c>
       <c r="H398" s="2" t="s">
         <v>1047</v>
       </c>
       <c r="I398" s="2">
         <v>201</v>
       </c>
       <c r="J398" s="2">
         <v>33</v>
       </c>
       <c r="K398" s="2">
         <v>70</v>
       </c>
       <c r="L398" s="2">
         <v>78</v>
       </c>
       <c r="M398" s="2">
         <v>0</v>
       </c>
       <c r="N398" s="2">
         <v>148</v>
       </c>
     </row>
     <row r="399" spans="1:14">
       <c r="A399" s="2">
         <v>115803</v>
       </c>
       <c r="B399" s="2" t="s">
         <v>1048</v>
       </c>
       <c r="C399" s="2" t="s">
         <v>423</v>
       </c>
       <c r="D399" s="2"/>
       <c r="E399" s="2">
         <v>7048</v>
       </c>
       <c r="F399" s="2" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="G399" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H399" s="2" t="s">
         <v>1049</v>
       </c>
       <c r="I399" s="2">
         <v>202</v>
       </c>
       <c r="J399" s="2">
         <v>192</v>
       </c>
       <c r="K399" s="2">
         <v>70</v>
       </c>
       <c r="L399" s="2">
         <v>10</v>
       </c>
       <c r="M399" s="2">
         <v>0</v>
       </c>
       <c r="N399" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="400" spans="1:14">
       <c r="A400" s="2">
         <v>115804</v>
       </c>
       <c r="B400" s="2" t="s">
         <v>1050</v>
       </c>
       <c r="C400" s="2" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="D400" s="2"/>
       <c r="E400" s="2">
         <v>7036</v>
       </c>
       <c r="F400" s="2" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="G400" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H400" s="2" t="s">
         <v>1051</v>
       </c>
       <c r="I400" s="2">
         <v>203</v>
       </c>
       <c r="J400" s="2">
         <v>193</v>
       </c>
       <c r="K400" s="2">
         <v>70</v>
       </c>
       <c r="L400" s="2">
         <v>10</v>
       </c>
       <c r="M400" s="2">
         <v>0</v>
       </c>
       <c r="N400" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="401" spans="1:14">
       <c r="A401" s="2">
         <v>116840</v>
       </c>
       <c r="B401" s="2" t="s">
         <v>1052</v>
       </c>
       <c r="C401" s="2" t="s">
-        <v>169</v>
+        <v>176</v>
       </c>
       <c r="D401" s="2"/>
       <c r="E401" s="2">
         <v>7196</v>
       </c>
       <c r="F401" s="2" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="G401" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H401" s="2" t="s">
         <v>1053</v>
       </c>
       <c r="I401" s="2">
         <v>204</v>
       </c>
       <c r="J401" s="2">
         <v>194</v>
       </c>
       <c r="K401" s="2">
         <v>70</v>
       </c>
       <c r="L401" s="2">
         <v>10</v>
       </c>
       <c r="M401" s="2">
         <v>0</v>
       </c>
       <c r="N401" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="402" spans="1:14">
       <c r="A402" s="2">
         <v>115806</v>
       </c>
       <c r="B402" s="2" t="s">
         <v>1054</v>
       </c>
       <c r="C402" s="2" t="s">
         <v>225</v>
       </c>
       <c r="D402" s="2"/>
       <c r="E402" s="2">
         <v>7189</v>
       </c>
       <c r="F402" s="2" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="G402" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H402" s="2" t="s">
         <v>1055</v>
       </c>
       <c r="I402" s="2">
         <v>205</v>
       </c>
       <c r="J402" s="2">
         <v>195</v>
       </c>
       <c r="K402" s="2">
         <v>70</v>
       </c>
       <c r="L402" s="2">
         <v>10</v>
       </c>
       <c r="M402" s="2">
         <v>0</v>
       </c>
       <c r="N402" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="403" spans="1:14">
       <c r="A403" s="2">
         <v>116842</v>
       </c>
       <c r="B403" s="2" t="s">
         <v>1056</v>
       </c>
       <c r="C403" s="2" t="s">
         <v>852</v>
       </c>
       <c r="D403" s="2"/>
       <c r="E403" s="2">
         <v>7157</v>
       </c>
       <c r="F403" s="2" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="G403" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H403" s="2" t="s">
         <v>1057</v>
       </c>
       <c r="I403" s="2">
         <v>206</v>
       </c>
       <c r="J403" s="2">
         <v>196</v>
       </c>
       <c r="K403" s="2">
         <v>70</v>
       </c>
       <c r="L403" s="2">
         <v>10</v>
       </c>
       <c r="M403" s="2">
         <v>0</v>
       </c>
       <c r="N403" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="404" spans="1:14">
       <c r="A404" s="2">
         <v>115808</v>
       </c>
       <c r="B404" s="2" t="s">
         <v>1058</v>
       </c>
       <c r="C404" s="2" t="s">
         <v>1059</v>
       </c>
       <c r="D404" s="2"/>
       <c r="E404" s="2">
         <v>7035</v>
       </c>
       <c r="F404" s="2" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="G404" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H404" s="2" t="s">
         <v>1060</v>
       </c>
       <c r="I404" s="2">
         <v>207</v>
       </c>
       <c r="J404" s="2">
         <v>197</v>
       </c>
       <c r="K404" s="2">
         <v>70</v>
       </c>
       <c r="L404" s="2">
         <v>10</v>
       </c>
       <c r="M404" s="2">
         <v>0</v>
       </c>
       <c r="N404" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="405" spans="1:14">
       <c r="A405" s="2">
         <v>115809</v>
       </c>
       <c r="B405" s="2" t="s">
         <v>1061</v>
       </c>
       <c r="C405" s="2" t="s">
         <v>594</v>
       </c>
       <c r="D405" s="2"/>
       <c r="E405" s="2">
         <v>7003</v>
       </c>
       <c r="F405" s="2" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="G405" s="2" t="s">
-        <v>38</v>
+        <v>26</v>
       </c>
       <c r="H405" s="2" t="s">
         <v>1062</v>
       </c>
       <c r="I405" s="2">
         <v>208</v>
       </c>
       <c r="J405" s="2">
         <v>34</v>
       </c>
       <c r="K405" s="2">
         <v>70</v>
       </c>
       <c r="L405" s="2">
         <v>77</v>
       </c>
       <c r="M405" s="2">
         <v>0</v>
       </c>
       <c r="N405" s="2">
         <v>147</v>
       </c>
     </row>
     <row r="406" spans="1:14">
       <c r="A406" s="2">
         <v>115810</v>
       </c>
       <c r="B406" s="2" t="s">
         <v>1063</v>
       </c>
       <c r="C406" s="2" t="s">
         <v>728</v>
       </c>
       <c r="D406" s="2"/>
       <c r="E406" s="2">
         <v>7029</v>
       </c>
       <c r="F406" s="2" t="s">
-        <v>100</v>
+        <v>109</v>
       </c>
       <c r="G406" s="2" t="s">
-        <v>38</v>
+        <v>26</v>
       </c>
       <c r="H406" s="2" t="s">
         <v>1064</v>
       </c>
       <c r="I406" s="2">
         <v>209</v>
       </c>
       <c r="J406" s="2">
         <v>35</v>
       </c>
       <c r="K406" s="2">
         <v>70</v>
       </c>
       <c r="L406" s="2">
         <v>76</v>
       </c>
       <c r="M406" s="2">
         <v>0</v>
       </c>
       <c r="N406" s="2">
         <v>146</v>
       </c>
     </row>
     <row r="407" spans="1:14">
       <c r="A407" s="2">
         <v>115811</v>
       </c>
       <c r="B407" s="2" t="s">
         <v>1065</v>
       </c>
       <c r="C407" s="2" t="s">
         <v>1066</v>
       </c>
       <c r="D407" s="2"/>
       <c r="E407" s="2">
         <v>7031</v>
       </c>
       <c r="F407" s="2" t="s">
-        <v>100</v>
+        <v>109</v>
       </c>
       <c r="G407" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H407" s="2" t="s">
         <v>1067</v>
       </c>
       <c r="I407" s="2">
         <v>210</v>
       </c>
       <c r="J407" s="2">
         <v>198</v>
       </c>
       <c r="K407" s="2">
         <v>70</v>
       </c>
       <c r="L407" s="2">
         <v>10</v>
       </c>
       <c r="M407" s="2">
         <v>0</v>
       </c>
       <c r="N407" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="408" spans="1:14">
       <c r="A408" s="2">
         <v>116847</v>
       </c>
       <c r="B408" s="2" t="s">
         <v>1068</v>
       </c>
       <c r="C408" s="2" t="s">
         <v>1069</v>
       </c>
       <c r="D408" s="2"/>
       <c r="E408" s="2">
         <v>7140</v>
       </c>
       <c r="F408" s="2" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="G408" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H408" s="2" t="s">
         <v>1070</v>
       </c>
       <c r="I408" s="2">
         <v>211</v>
       </c>
       <c r="J408" s="2">
         <v>199</v>
       </c>
       <c r="K408" s="2">
         <v>70</v>
       </c>
       <c r="L408" s="2">
         <v>10</v>
       </c>
       <c r="M408" s="2">
         <v>0</v>
       </c>
       <c r="N408" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="409" spans="1:14">
       <c r="A409" s="2">
         <v>115813</v>
       </c>
       <c r="B409" s="2" t="s">
         <v>1071</v>
       </c>
       <c r="C409" s="2" t="s">
-        <v>297</v>
+        <v>300</v>
       </c>
       <c r="D409" s="2"/>
       <c r="E409" s="2">
         <v>7050</v>
       </c>
       <c r="F409" s="2" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="G409" s="2" t="s">
-        <v>38</v>
+        <v>26</v>
       </c>
       <c r="H409" s="2" t="s">
         <v>1072</v>
       </c>
       <c r="I409" s="2">
         <v>212</v>
       </c>
       <c r="J409" s="2">
         <v>36</v>
       </c>
       <c r="K409" s="2">
         <v>70</v>
       </c>
       <c r="L409" s="2">
         <v>75</v>
       </c>
       <c r="M409" s="2">
         <v>0</v>
       </c>
       <c r="N409" s="2">
         <v>145</v>
       </c>
     </row>
     <row r="410" spans="1:14">
       <c r="A410" s="2">
@@ -21000,1188 +21000,1188 @@
       </c>
       <c r="J410" s="2">
         <v>200</v>
       </c>
       <c r="K410" s="2">
         <v>70</v>
       </c>
       <c r="L410" s="2">
         <v>10</v>
       </c>
       <c r="M410" s="2">
         <v>0</v>
       </c>
       <c r="N410" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="411" spans="1:14">
       <c r="A411" s="2">
         <v>116850</v>
       </c>
       <c r="B411" s="2" t="s">
         <v>1077</v>
       </c>
       <c r="C411" s="2" t="s">
-        <v>450</v>
+        <v>457</v>
       </c>
       <c r="D411" s="2"/>
       <c r="E411" s="2">
         <v>7005</v>
       </c>
       <c r="F411" s="2" t="s">
-        <v>16</v>
+        <v>30</v>
       </c>
       <c r="G411" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H411" s="2" t="s">
         <v>1078</v>
       </c>
       <c r="I411" s="2">
         <v>214</v>
       </c>
       <c r="J411" s="2">
         <v>201</v>
       </c>
       <c r="K411" s="2">
         <v>70</v>
       </c>
       <c r="L411" s="2">
         <v>10</v>
       </c>
       <c r="M411" s="2">
         <v>0</v>
       </c>
       <c r="N411" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="412" spans="1:14">
       <c r="A412" s="2">
         <v>115816</v>
       </c>
       <c r="B412" s="2" t="s">
         <v>1079</v>
       </c>
       <c r="C412" s="2" t="s">
         <v>1080</v>
       </c>
       <c r="D412" s="2"/>
       <c r="E412" s="2">
         <v>7009</v>
       </c>
       <c r="F412" s="2" t="s">
-        <v>100</v>
+        <v>109</v>
       </c>
       <c r="G412" s="2" t="s">
-        <v>38</v>
+        <v>26</v>
       </c>
       <c r="H412" s="2" t="s">
         <v>1078</v>
       </c>
       <c r="I412" s="2">
         <v>215</v>
       </c>
       <c r="J412" s="2">
         <v>37</v>
       </c>
       <c r="K412" s="2">
         <v>70</v>
       </c>
       <c r="L412" s="2">
         <v>74</v>
       </c>
       <c r="M412" s="2">
         <v>0</v>
       </c>
       <c r="N412" s="2">
         <v>144</v>
       </c>
     </row>
     <row r="413" spans="1:14">
       <c r="A413" s="2">
         <v>115817</v>
       </c>
       <c r="B413" s="2" t="s">
         <v>1081</v>
       </c>
       <c r="C413" s="2" t="s">
-        <v>374</v>
+        <v>376</v>
       </c>
       <c r="D413" s="2"/>
       <c r="E413" s="2">
         <v>7175</v>
       </c>
       <c r="F413" s="2" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="G413" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H413" s="2" t="s">
         <v>1082</v>
       </c>
       <c r="I413" s="2">
         <v>216</v>
       </c>
       <c r="J413" s="2">
         <v>202</v>
       </c>
       <c r="K413" s="2">
         <v>70</v>
       </c>
       <c r="L413" s="2">
         <v>10</v>
       </c>
       <c r="M413" s="2">
         <v>0</v>
       </c>
       <c r="N413" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="414" spans="1:14">
       <c r="A414" s="2">
         <v>107504</v>
       </c>
       <c r="B414" s="2" t="s">
         <v>1083</v>
       </c>
       <c r="C414" s="2" t="s">
         <v>1084</v>
       </c>
       <c r="D414" s="2"/>
       <c r="E414" s="2">
         <v>7246</v>
       </c>
       <c r="F414" s="2" t="s">
-        <v>72</v>
+        <v>68</v>
       </c>
       <c r="G414" s="2" t="s">
-        <v>38</v>
+        <v>26</v>
       </c>
       <c r="H414" s="2" t="s">
         <v>1085</v>
       </c>
       <c r="I414" s="2">
         <v>217</v>
       </c>
       <c r="J414" s="2">
         <v>38</v>
       </c>
       <c r="K414" s="2">
         <v>70</v>
       </c>
       <c r="L414" s="2">
         <v>73</v>
       </c>
       <c r="M414" s="2">
         <v>0</v>
       </c>
       <c r="N414" s="2">
         <v>143</v>
       </c>
     </row>
     <row r="415" spans="1:14">
       <c r="A415" s="2">
         <v>122661</v>
       </c>
       <c r="B415" s="2"/>
       <c r="C415" s="2" t="s">
         <v>1086</v>
       </c>
       <c r="D415" s="2"/>
       <c r="E415" s="2">
         <v>7491</v>
       </c>
       <c r="F415" s="2" t="s">
-        <v>100</v>
+        <v>109</v>
       </c>
       <c r="G415" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H415" s="2" t="s">
         <v>1087</v>
       </c>
       <c r="I415" s="2">
         <v>217</v>
       </c>
       <c r="J415" s="2">
         <v>217</v>
       </c>
       <c r="K415" s="2">
         <v>0</v>
       </c>
       <c r="L415" s="2">
         <v>0</v>
       </c>
       <c r="M415" s="2">
         <v>0</v>
       </c>
       <c r="N415" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="416" spans="1:14">
       <c r="A416" s="2">
         <v>115819</v>
       </c>
       <c r="B416" s="2" t="s">
         <v>1088</v>
       </c>
       <c r="C416" s="2" t="s">
-        <v>103</v>
+        <v>106</v>
       </c>
       <c r="D416" s="2"/>
       <c r="E416" s="2">
         <v>7190</v>
       </c>
       <c r="F416" s="2" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="G416" s="2" t="s">
-        <v>38</v>
+        <v>26</v>
       </c>
       <c r="H416" s="2" t="s">
         <v>1089</v>
       </c>
       <c r="I416" s="2">
         <v>218</v>
       </c>
       <c r="J416" s="2">
         <v>39</v>
       </c>
       <c r="K416" s="2">
         <v>70</v>
       </c>
       <c r="L416" s="2">
         <v>72</v>
       </c>
       <c r="M416" s="2">
         <v>0</v>
       </c>
       <c r="N416" s="2">
         <v>142</v>
       </c>
     </row>
     <row r="417" spans="1:14">
       <c r="A417" s="2">
         <v>115820</v>
       </c>
       <c r="B417" s="2" t="s">
         <v>1090</v>
       </c>
       <c r="C417" s="2" t="s">
         <v>1091</v>
       </c>
       <c r="D417" s="2"/>
       <c r="E417" s="2">
         <v>7097</v>
       </c>
       <c r="F417" s="2" t="s">
-        <v>253</v>
+        <v>259</v>
       </c>
       <c r="G417" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H417" s="2" t="s">
         <v>1092</v>
       </c>
       <c r="I417" s="2">
         <v>219</v>
       </c>
       <c r="J417" s="2">
         <v>203</v>
       </c>
       <c r="K417" s="2">
         <v>70</v>
       </c>
       <c r="L417" s="2">
         <v>10</v>
       </c>
       <c r="M417" s="2">
         <v>0</v>
       </c>
       <c r="N417" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="418" spans="1:14">
       <c r="A418" s="2">
         <v>116856</v>
       </c>
       <c r="B418" s="2" t="s">
         <v>1093</v>
       </c>
       <c r="C418" s="2" t="s">
-        <v>103</v>
+        <v>106</v>
       </c>
       <c r="D418" s="2"/>
       <c r="E418" s="2">
         <v>7114</v>
       </c>
       <c r="F418" s="2" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="G418" s="2" t="s">
-        <v>38</v>
+        <v>26</v>
       </c>
       <c r="H418" s="2" t="s">
         <v>1094</v>
       </c>
       <c r="I418" s="2">
         <v>220</v>
       </c>
       <c r="J418" s="2">
         <v>40</v>
       </c>
       <c r="K418" s="2">
         <v>70</v>
       </c>
       <c r="L418" s="2">
         <v>71</v>
       </c>
       <c r="M418" s="2">
         <v>0</v>
       </c>
       <c r="N418" s="2">
         <v>141</v>
       </c>
     </row>
     <row r="419" spans="1:14">
       <c r="A419" s="2">
         <v>115822</v>
       </c>
       <c r="B419" s="2" t="s">
         <v>1095</v>
       </c>
       <c r="C419" s="2" t="s">
-        <v>103</v>
+        <v>106</v>
       </c>
       <c r="D419" s="2"/>
       <c r="E419" s="2">
         <v>7117</v>
       </c>
       <c r="F419" s="2" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="G419" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H419" s="2" t="s">
         <v>1096</v>
       </c>
       <c r="I419" s="2">
         <v>221</v>
       </c>
       <c r="J419" s="2">
         <v>204</v>
       </c>
       <c r="K419" s="2">
         <v>70</v>
       </c>
       <c r="L419" s="2">
         <v>10</v>
       </c>
       <c r="M419" s="2">
         <v>0</v>
       </c>
       <c r="N419" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="420" spans="1:14">
       <c r="A420" s="2">
         <v>109283</v>
       </c>
       <c r="B420" s="2" t="s">
         <v>1097</v>
       </c>
       <c r="C420" s="2" t="s">
         <v>1098</v>
       </c>
       <c r="D420" s="2"/>
       <c r="E420" s="2">
         <v>7058</v>
       </c>
       <c r="F420" s="2" t="s">
-        <v>100</v>
+        <v>109</v>
       </c>
       <c r="G420" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H420" s="2" t="s">
         <v>1099</v>
       </c>
       <c r="I420" s="2">
         <v>222</v>
       </c>
       <c r="J420" s="2">
         <v>205</v>
       </c>
       <c r="K420" s="2">
         <v>70</v>
       </c>
       <c r="L420" s="2">
         <v>10</v>
       </c>
       <c r="M420" s="2">
         <v>0</v>
       </c>
       <c r="N420" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="421" spans="1:14">
       <c r="A421" s="2">
         <v>115824</v>
       </c>
       <c r="B421" s="2" t="s">
         <v>1100</v>
       </c>
       <c r="C421" s="2" t="s">
         <v>1101</v>
       </c>
       <c r="D421" s="2"/>
       <c r="E421" s="2">
         <v>7149</v>
       </c>
       <c r="F421" s="2" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="G421" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H421" s="2" t="s">
         <v>1102</v>
       </c>
       <c r="I421" s="2">
         <v>223</v>
       </c>
       <c r="J421" s="2">
         <v>206</v>
       </c>
       <c r="K421" s="2">
         <v>70</v>
       </c>
       <c r="L421" s="2">
         <v>10</v>
       </c>
       <c r="M421" s="2">
         <v>0</v>
       </c>
       <c r="N421" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="422" spans="1:14">
       <c r="A422" s="2">
         <v>115825</v>
       </c>
       <c r="B422" s="2" t="s">
         <v>1103</v>
       </c>
       <c r="C422" s="2" t="s">
         <v>478</v>
       </c>
       <c r="D422" s="2"/>
       <c r="E422" s="2">
         <v>7134</v>
       </c>
       <c r="F422" s="2" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="G422" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H422" s="2" t="s">
         <v>1104</v>
       </c>
       <c r="I422" s="2">
         <v>224</v>
       </c>
       <c r="J422" s="2">
         <v>207</v>
       </c>
       <c r="K422" s="2">
         <v>70</v>
       </c>
       <c r="L422" s="2">
         <v>10</v>
       </c>
       <c r="M422" s="2">
         <v>0</v>
       </c>
       <c r="N422" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="423" spans="1:14">
       <c r="A423" s="2">
         <v>115826</v>
       </c>
       <c r="B423" s="2" t="s">
         <v>593</v>
       </c>
       <c r="C423" s="2" t="s">
-        <v>103</v>
+        <v>106</v>
       </c>
       <c r="D423" s="2"/>
       <c r="E423" s="2">
         <v>7176</v>
       </c>
       <c r="F423" s="2" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="G423" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H423" s="2" t="s">
         <v>1105</v>
       </c>
       <c r="I423" s="2">
         <v>225</v>
       </c>
       <c r="J423" s="2">
         <v>208</v>
       </c>
       <c r="K423" s="2">
         <v>70</v>
       </c>
       <c r="L423" s="2">
         <v>10</v>
       </c>
       <c r="M423" s="2">
         <v>0</v>
       </c>
       <c r="N423" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="424" spans="1:14">
       <c r="A424" s="2">
         <v>115827</v>
       </c>
       <c r="B424" s="2" t="s">
         <v>1106</v>
       </c>
       <c r="C424" s="2" t="s">
         <v>1107</v>
       </c>
       <c r="D424" s="2"/>
       <c r="E424" s="2">
         <v>7103</v>
       </c>
       <c r="F424" s="2" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="G424" s="2" t="s">
-        <v>38</v>
+        <v>26</v>
       </c>
       <c r="H424" s="2" t="s">
         <v>1105</v>
       </c>
       <c r="I424" s="2">
         <v>226</v>
       </c>
       <c r="J424" s="2">
         <v>41</v>
       </c>
       <c r="K424" s="2">
         <v>70</v>
       </c>
       <c r="L424" s="2">
         <v>70</v>
       </c>
       <c r="M424" s="2">
         <v>0</v>
       </c>
       <c r="N424" s="2">
         <v>140</v>
       </c>
     </row>
     <row r="425" spans="1:14">
       <c r="A425" s="2">
-        <v>122662</v>
-[...1 lines deleted...]
-      <c r="B425" s="2"/>
+        <v>115828</v>
+      </c>
+      <c r="B425" s="2" t="s">
+        <v>1108</v>
+      </c>
       <c r="C425" s="2" t="s">
-        <v>1108</v>
+        <v>29</v>
       </c>
       <c r="D425" s="2"/>
       <c r="E425" s="2">
-        <v>7110</v>
+        <v>7184</v>
       </c>
       <c r="F425" s="2" t="s">
-        <v>100</v>
+        <v>34</v>
       </c>
       <c r="G425" s="2" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="H425" s="2" t="s">
         <v>1109</v>
       </c>
       <c r="I425" s="2">
         <v>227</v>
       </c>
       <c r="J425" s="2">
-        <v>227</v>
+        <v>42</v>
       </c>
       <c r="K425" s="2">
-        <v>0</v>
+        <v>70</v>
       </c>
       <c r="L425" s="2">
-        <v>0</v>
+        <v>69</v>
       </c>
       <c r="M425" s="2">
         <v>0</v>
       </c>
       <c r="N425" s="2">
-        <v>0</v>
+        <v>139</v>
       </c>
     </row>
     <row r="426" spans="1:14">
       <c r="A426" s="2">
-        <v>115828</v>
-[...1 lines deleted...]
-      <c r="B426" s="2" t="s">
+        <v>122662</v>
+      </c>
+      <c r="B426" s="2"/>
+      <c r="C426" s="2" t="s">
         <v>1110</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
       <c r="D426" s="2"/>
       <c r="E426" s="2">
-        <v>7184</v>
+        <v>7110</v>
       </c>
       <c r="F426" s="2" t="s">
-        <v>25</v>
+        <v>109</v>
       </c>
       <c r="G426" s="2" t="s">
-        <v>38</v>
+        <v>17</v>
       </c>
       <c r="H426" s="2" t="s">
         <v>1111</v>
       </c>
       <c r="I426" s="2">
         <v>227</v>
       </c>
       <c r="J426" s="2">
-        <v>42</v>
+        <v>227</v>
       </c>
       <c r="K426" s="2">
-        <v>70</v>
+        <v>0</v>
       </c>
       <c r="L426" s="2">
-        <v>69</v>
+        <v>0</v>
       </c>
       <c r="M426" s="2">
         <v>0</v>
       </c>
       <c r="N426" s="2">
-        <v>139</v>
+        <v>0</v>
       </c>
     </row>
     <row r="427" spans="1:14">
       <c r="A427" s="2">
         <v>115829</v>
       </c>
       <c r="B427" s="2" t="s">
         <v>1112</v>
       </c>
       <c r="C427" s="2" t="s">
         <v>1113</v>
       </c>
       <c r="D427" s="2"/>
       <c r="E427" s="2">
         <v>7042</v>
       </c>
       <c r="F427" s="2" t="s">
-        <v>100</v>
+        <v>109</v>
       </c>
       <c r="G427" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H427" s="2" t="s">
         <v>1114</v>
       </c>
       <c r="I427" s="2">
         <v>228</v>
       </c>
       <c r="J427" s="2">
         <v>209</v>
       </c>
       <c r="K427" s="2">
         <v>70</v>
       </c>
       <c r="L427" s="2">
         <v>10</v>
       </c>
       <c r="M427" s="2">
         <v>0</v>
       </c>
       <c r="N427" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="428" spans="1:14">
       <c r="A428" s="2">
         <v>115830</v>
       </c>
       <c r="B428" s="2" t="s">
         <v>1115</v>
       </c>
       <c r="C428" s="2" t="s">
-        <v>374</v>
+        <v>376</v>
       </c>
       <c r="D428" s="2"/>
       <c r="E428" s="2">
         <v>7183</v>
       </c>
       <c r="F428" s="2" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="G428" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H428" s="2" t="s">
         <v>1116</v>
       </c>
       <c r="I428" s="2">
         <v>229</v>
       </c>
       <c r="J428" s="2">
         <v>210</v>
       </c>
       <c r="K428" s="2">
         <v>70</v>
       </c>
       <c r="L428" s="2">
         <v>10</v>
       </c>
       <c r="M428" s="2">
         <v>0</v>
       </c>
       <c r="N428" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="429" spans="1:14">
       <c r="A429" s="2">
         <v>115831</v>
       </c>
       <c r="B429" s="2" t="s">
         <v>1117</v>
       </c>
       <c r="C429" s="2" t="s">
-        <v>895</v>
+        <v>897</v>
       </c>
       <c r="D429" s="2"/>
       <c r="E429" s="2">
         <v>7112</v>
       </c>
       <c r="F429" s="2" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="G429" s="2" t="s">
-        <v>38</v>
+        <v>26</v>
       </c>
       <c r="H429" s="2" t="s">
         <v>1118</v>
       </c>
       <c r="I429" s="2">
         <v>230</v>
       </c>
       <c r="J429" s="2">
         <v>43</v>
       </c>
       <c r="K429" s="2">
         <v>70</v>
       </c>
       <c r="L429" s="2">
         <v>68</v>
       </c>
       <c r="M429" s="2">
         <v>0</v>
       </c>
       <c r="N429" s="2">
         <v>138</v>
       </c>
     </row>
     <row r="430" spans="1:14">
       <c r="A430" s="2">
         <v>115832</v>
       </c>
       <c r="B430" s="2" t="s">
         <v>1119</v>
       </c>
       <c r="C430" s="2" t="s">
-        <v>103</v>
+        <v>106</v>
       </c>
       <c r="D430" s="2"/>
       <c r="E430" s="2">
         <v>7201</v>
       </c>
       <c r="F430" s="2" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="G430" s="2" t="s">
-        <v>38</v>
+        <v>26</v>
       </c>
       <c r="H430" s="2" t="s">
         <v>1120</v>
       </c>
       <c r="I430" s="2">
         <v>231</v>
       </c>
       <c r="J430" s="2">
         <v>44</v>
       </c>
       <c r="K430" s="2">
         <v>70</v>
       </c>
       <c r="L430" s="2">
         <v>67</v>
       </c>
       <c r="M430" s="2">
         <v>0</v>
       </c>
       <c r="N430" s="2">
         <v>137</v>
       </c>
     </row>
     <row r="431" spans="1:14">
       <c r="A431" s="2">
         <v>116868</v>
       </c>
       <c r="B431" s="2" t="s">
         <v>1121</v>
       </c>
       <c r="C431" s="2" t="s">
         <v>1122</v>
       </c>
       <c r="D431" s="2"/>
       <c r="E431" s="2">
         <v>7202</v>
       </c>
       <c r="F431" s="2" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="G431" s="2" t="s">
-        <v>38</v>
+        <v>26</v>
       </c>
       <c r="H431" s="2" t="s">
         <v>1120</v>
       </c>
       <c r="I431" s="2">
         <v>232</v>
       </c>
       <c r="J431" s="2">
         <v>45</v>
       </c>
       <c r="K431" s="2">
         <v>70</v>
       </c>
       <c r="L431" s="2">
         <v>66</v>
       </c>
       <c r="M431" s="2">
         <v>0</v>
       </c>
       <c r="N431" s="2">
         <v>136</v>
       </c>
     </row>
     <row r="432" spans="1:14">
       <c r="A432" s="2">
         <v>115834</v>
       </c>
       <c r="B432" s="2" t="s">
         <v>1123</v>
       </c>
       <c r="C432" s="2" t="s">
         <v>1124</v>
       </c>
       <c r="D432" s="2"/>
       <c r="E432" s="2">
         <v>7321</v>
       </c>
       <c r="F432" s="2" t="s">
-        <v>55</v>
+        <v>58</v>
       </c>
       <c r="G432" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H432" s="2" t="s">
         <v>1125</v>
       </c>
       <c r="I432" s="2">
         <v>233</v>
       </c>
       <c r="J432" s="2">
         <v>211</v>
       </c>
       <c r="K432" s="2">
         <v>70</v>
       </c>
       <c r="L432" s="2">
         <v>10</v>
       </c>
       <c r="M432" s="2">
         <v>0</v>
       </c>
       <c r="N432" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="433" spans="1:14">
       <c r="A433" s="2">
         <v>115835</v>
       </c>
       <c r="B433" s="2" t="s">
         <v>1126</v>
       </c>
       <c r="C433" s="2" t="s">
         <v>1101</v>
       </c>
       <c r="D433" s="2"/>
       <c r="E433" s="2">
         <v>7237</v>
       </c>
       <c r="F433" s="2" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="G433" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H433" s="2" t="s">
         <v>1127</v>
       </c>
       <c r="I433" s="2">
         <v>234</v>
       </c>
       <c r="J433" s="2">
         <v>212</v>
       </c>
       <c r="K433" s="2">
         <v>70</v>
       </c>
       <c r="L433" s="2">
         <v>10</v>
       </c>
       <c r="M433" s="2">
         <v>0</v>
       </c>
       <c r="N433" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="434" spans="1:14">
       <c r="A434" s="2">
         <v>115836</v>
       </c>
       <c r="B434" s="2" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="C434" s="2" t="s">
         <v>536</v>
       </c>
       <c r="D434" s="2"/>
       <c r="E434" s="2">
         <v>7264</v>
       </c>
       <c r="F434" s="2" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="G434" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H434" s="2" t="s">
         <v>1128</v>
       </c>
       <c r="I434" s="2">
         <v>235</v>
       </c>
       <c r="J434" s="2">
         <v>213</v>
       </c>
       <c r="K434" s="2">
         <v>70</v>
       </c>
       <c r="L434" s="2">
         <v>10</v>
       </c>
       <c r="M434" s="2">
         <v>0</v>
       </c>
       <c r="N434" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="435" spans="1:14">
       <c r="A435" s="2">
         <v>115837</v>
       </c>
       <c r="B435" s="2" t="s">
         <v>1129</v>
       </c>
       <c r="C435" s="2" t="s">
-        <v>297</v>
+        <v>300</v>
       </c>
       <c r="D435" s="2"/>
       <c r="E435" s="2">
         <v>7088</v>
       </c>
       <c r="F435" s="2" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="G435" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H435" s="2" t="s">
         <v>1130</v>
       </c>
       <c r="I435" s="2">
         <v>236</v>
       </c>
       <c r="J435" s="2">
         <v>214</v>
       </c>
       <c r="K435" s="2">
         <v>70</v>
       </c>
       <c r="L435" s="2">
         <v>10</v>
       </c>
       <c r="M435" s="2">
         <v>0</v>
       </c>
       <c r="N435" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="436" spans="1:14">
       <c r="A436" s="2">
         <v>115838</v>
       </c>
       <c r="B436" s="2" t="s">
         <v>1131</v>
       </c>
       <c r="C436" s="2" t="s">
-        <v>14</v>
+        <v>28</v>
       </c>
       <c r="D436" s="2"/>
       <c r="E436" s="2">
         <v>7260</v>
       </c>
       <c r="F436" s="2" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="G436" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H436" s="2" t="s">
         <v>1132</v>
       </c>
       <c r="I436" s="2">
         <v>237</v>
       </c>
       <c r="J436" s="2">
         <v>215</v>
       </c>
       <c r="K436" s="2">
         <v>70</v>
       </c>
       <c r="L436" s="2">
         <v>10</v>
       </c>
       <c r="M436" s="2">
         <v>0</v>
       </c>
       <c r="N436" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="437" spans="1:14">
       <c r="A437" s="2">
         <v>115839</v>
       </c>
       <c r="B437" s="2" t="s">
         <v>1133</v>
       </c>
       <c r="C437" s="2" t="s">
-        <v>284</v>
+        <v>288</v>
       </c>
       <c r="D437" s="2"/>
       <c r="E437" s="2">
         <v>7080</v>
       </c>
       <c r="F437" s="2" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="G437" s="2" t="s">
-        <v>38</v>
+        <v>26</v>
       </c>
       <c r="H437" s="2" t="s">
         <v>1134</v>
       </c>
       <c r="I437" s="2">
         <v>238</v>
       </c>
       <c r="J437" s="2">
         <v>46</v>
       </c>
       <c r="K437" s="2">
         <v>70</v>
       </c>
       <c r="L437" s="2">
         <v>65</v>
       </c>
       <c r="M437" s="2">
         <v>0</v>
       </c>
       <c r="N437" s="2">
         <v>135</v>
       </c>
     </row>
     <row r="438" spans="1:14">
       <c r="A438" s="2">
         <v>115840</v>
       </c>
       <c r="B438" s="2" t="s">
         <v>1135</v>
       </c>
       <c r="C438" s="2" t="s">
-        <v>15</v>
+        <v>29</v>
       </c>
       <c r="D438" s="2"/>
       <c r="E438" s="2">
         <v>7169</v>
       </c>
       <c r="F438" s="2" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="G438" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H438" s="2" t="s">
         <v>1136</v>
       </c>
       <c r="I438" s="2">
         <v>239</v>
       </c>
       <c r="J438" s="2">
         <v>216</v>
       </c>
       <c r="K438" s="2">
         <v>70</v>
       </c>
       <c r="L438" s="2">
         <v>10</v>
       </c>
       <c r="M438" s="2">
         <v>0</v>
       </c>
       <c r="N438" s="2">
         <v>80</v>
       </c>