--- v0 (2025-10-21)
+++ v1 (2025-12-05)
@@ -125,65 +125,65 @@
   <si>
     <t>20:45:00</t>
   </si>
   <si>
     <t>Yutthakarn</t>
   </si>
   <si>
     <t>Kusonmanit</t>
   </si>
   <si>
     <t>22:00:00</t>
   </si>
   <si>
     <t>Adnan</t>
   </si>
   <si>
     <t>Omar</t>
   </si>
   <si>
     <t>Brunei</t>
   </si>
   <si>
     <t>22:08:00</t>
   </si>
   <si>
+    <t>Narongchai</t>
+  </si>
+  <si>
+    <t>Laochamnanwoot</t>
+  </si>
+  <si>
+    <t>23:01:00</t>
+  </si>
+  <si>
     <t>Chaiwut</t>
   </si>
   <si>
     <t>Sittiboonta</t>
   </si>
   <si>
-    <t>23:01:00</t>
-[...7 lines deleted...]
-  <si>
     <t>Prachayon</t>
   </si>
   <si>
     <t>Nittiwatananon</t>
   </si>
   <si>
     <t>23:13:00</t>
   </si>
   <si>
     <t>Apirat</t>
   </si>
   <si>
     <t>Nateeprastiporn</t>
   </si>
   <si>
     <t>23:18:00</t>
   </si>
   <si>
     <t>Pakanee</t>
   </si>
   <si>
     <t>Burutphakdee</t>
   </si>
   <si>
     <t>23:45:00</t>
@@ -203,63 +203,63 @@
   <si>
     <t>Waree</t>
   </si>
   <si>
     <t>24:31:00</t>
   </si>
   <si>
     <t>Narin</t>
   </si>
   <si>
     <t>Kongsiri</t>
   </si>
   <si>
     <t>24:33:00</t>
   </si>
   <si>
     <t>Pakawat</t>
   </si>
   <si>
     <t>Nilapong</t>
   </si>
   <si>
     <t>24:36:00</t>
   </si>
   <si>
+    <t>Kwantana</t>
+  </si>
+  <si>
+    <t>Kwamuangpan</t>
+  </si>
+  <si>
+    <t>24:38:00</t>
+  </si>
+  <si>
     <t>Jhana</t>
   </si>
   <si>
     <t>Prachayakirta</t>
-  </si>
-[...7 lines deleted...]
-    <t>Kwamuangpan</t>
   </si>
   <si>
     <t>Bradford</t>
   </si>
   <si>
     <t>Anderson</t>
   </si>
   <si>
     <t>24:49:00</t>
   </si>
   <si>
     <t>Ishak</t>
   </si>
   <si>
     <t>Mshuhud</t>
   </si>
   <si>
     <t>25:47:00</t>
   </si>
   <si>
     <t>Chaiporn</t>
   </si>
   <si>
     <t>Raomarnachai</t>
   </si>
@@ -1141,103 +1141,103 @@
       </c>
       <c r="H7" s="2" t="s">
         <v>36</v>
       </c>
       <c r="I7" s="2">
         <v>6</v>
       </c>
       <c r="J7" s="2">
         <v>5</v>
       </c>
       <c r="K7" s="2">
         <v>100</v>
       </c>
       <c r="L7" s="2">
         <v>75</v>
       </c>
       <c r="M7" s="2">
         <v>0</v>
       </c>
       <c r="N7" s="2">
         <v>175</v>
       </c>
     </row>
     <row r="8" spans="1:14">
       <c r="A8" s="2">
-        <v>102647</v>
+        <v>102648</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>37</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>38</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2">
-        <v>10019</v>
+        <v>10025</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G8" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H8" s="2" t="s">
         <v>39</v>
       </c>
       <c r="I8" s="2">
         <v>7</v>
       </c>
       <c r="J8" s="2">
         <v>6</v>
       </c>
       <c r="K8" s="2">
         <v>100</v>
       </c>
       <c r="L8" s="2">
         <v>70</v>
       </c>
       <c r="M8" s="2">
         <v>0</v>
       </c>
       <c r="N8" s="2">
         <v>170</v>
       </c>
     </row>
     <row r="9" spans="1:14">
       <c r="A9" s="2">
-        <v>102648</v>
+        <v>102647</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>40</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>41</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2">
-        <v>10025</v>
+        <v>10019</v>
       </c>
       <c r="F9" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G9" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H9" s="2" t="s">
         <v>39</v>
       </c>
       <c r="I9" s="2">
         <v>7</v>
       </c>
       <c r="J9" s="2">
         <v>6</v>
       </c>
       <c r="K9" s="2">
         <v>100</v>
       </c>
       <c r="L9" s="2">
         <v>70</v>
       </c>
       <c r="M9" s="2">
         <v>0</v>
       </c>
@@ -1519,130 +1519,130 @@
       </c>
       <c r="H16" s="2" t="s">
         <v>62</v>
       </c>
       <c r="I16" s="2">
         <v>15</v>
       </c>
       <c r="J16" s="2">
         <v>13</v>
       </c>
       <c r="K16" s="2">
         <v>100</v>
       </c>
       <c r="L16" s="2">
         <v>35</v>
       </c>
       <c r="M16" s="2">
         <v>0</v>
       </c>
       <c r="N16" s="2">
         <v>135</v>
       </c>
     </row>
     <row r="17" spans="1:14">
       <c r="A17" s="2">
-        <v>102656</v>
+        <v>102657</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>63</v>
       </c>
       <c r="C17" s="2" t="s">
         <v>64</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2">
-        <v>10011</v>
+        <v>10045</v>
       </c>
       <c r="F17" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G17" s="2" t="s">
-        <v>17</v>
+        <v>28</v>
       </c>
       <c r="H17" s="2" t="s">
         <v>65</v>
       </c>
       <c r="I17" s="2">
         <v>16</v>
       </c>
       <c r="J17" s="2">
-        <v>14</v>
+        <v>3</v>
       </c>
       <c r="K17" s="2">
         <v>100</v>
       </c>
       <c r="L17" s="2">
-        <v>30</v>
+        <v>125</v>
       </c>
       <c r="M17" s="2">
         <v>0</v>
       </c>
       <c r="N17" s="2">
-        <v>130</v>
+        <v>225</v>
       </c>
     </row>
     <row r="18" spans="1:14">
       <c r="A18" s="2">
-        <v>102657</v>
+        <v>102656</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>66</v>
       </c>
       <c r="C18" s="2" t="s">
         <v>67</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2">
-        <v>10045</v>
+        <v>10011</v>
       </c>
       <c r="F18" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G18" s="2" t="s">
-        <v>28</v>
+        <v>17</v>
       </c>
       <c r="H18" s="2" t="s">
         <v>65</v>
       </c>
       <c r="I18" s="2">
         <v>16</v>
       </c>
       <c r="J18" s="2">
-        <v>3</v>
+        <v>14</v>
       </c>
       <c r="K18" s="2">
         <v>100</v>
       </c>
       <c r="L18" s="2">
-        <v>125</v>
+        <v>30</v>
       </c>
       <c r="M18" s="2">
         <v>0</v>
       </c>
       <c r="N18" s="2">
-        <v>225</v>
+        <v>130</v>
       </c>
     </row>
     <row r="19" spans="1:14">
       <c r="A19" s="2">
         <v>102658</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>68</v>
       </c>
       <c r="C19" s="2" t="s">
         <v>69</v>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2">
         <v>10040</v>
       </c>
       <c r="F19" s="2"/>
       <c r="G19" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H19" s="2" t="s">
         <v>70</v>
       </c>
       <c r="I19" s="2">
         <v>18</v>