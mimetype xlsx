--- v0 (2025-11-03)
+++ v1 (2026-01-02)
@@ -200,350 +200,350 @@
   <si>
     <t>Wismoyono</t>
   </si>
   <si>
     <t>04:25:24</t>
   </si>
   <si>
     <t>04:09:16</t>
   </si>
   <si>
     <t>04:09:21</t>
   </si>
   <si>
     <t>Rudi</t>
   </si>
   <si>
     <t>Iskandar</t>
   </si>
   <si>
     <t>04:52:50</t>
   </si>
   <si>
     <t>04:30:00</t>
   </si>
   <si>
+    <t>04:54:08</t>
+  </si>
+  <si>
+    <t>04:48:06</t>
+  </si>
+  <si>
     <t>Christopher</t>
   </si>
   <si>
     <t>Miller</t>
   </si>
   <si>
     <t>04:25:09</t>
   </si>
   <si>
-    <t>04:54:08</t>
-[...2 lines deleted...]
-    <t>04:48:06</t>
+    <t>Akihide</t>
+  </si>
+  <si>
+    <t>Ando</t>
+  </si>
+  <si>
+    <t>04:50:44</t>
   </si>
   <si>
     <t>Fandhi</t>
   </si>
   <si>
     <t>Achmad</t>
   </si>
   <si>
     <t>05:01:42</t>
   </si>
   <si>
     <t>Holil</t>
   </si>
   <si>
     <t>04:32:49</t>
   </si>
   <si>
-    <t>Akihide</t>
-[...5 lines deleted...]
-    <t>04:50:44</t>
+    <t xml:space="preserve">Tahira </t>
+  </si>
+  <si>
+    <t>Najmunisaa Muhammad Zaid</t>
+  </si>
+  <si>
+    <t>Female</t>
+  </si>
+  <si>
+    <t>04:36:11</t>
   </si>
   <si>
     <t>04:53:08</t>
   </si>
   <si>
-    <t xml:space="preserve">Tahira </t>
-[...10 lines deleted...]
-  <si>
     <t>Christovik Hamonangan</t>
   </si>
   <si>
     <t>Simatupang</t>
   </si>
   <si>
     <t>Rizki Triadi</t>
   </si>
   <si>
     <t>Dewata</t>
   </si>
   <si>
     <t>04:47:22</t>
   </si>
   <si>
+    <t>Kenichi</t>
+  </si>
+  <si>
+    <t>Ito</t>
+  </si>
+  <si>
+    <t>05:02:03</t>
+  </si>
+  <si>
     <t>04:53:17</t>
   </si>
   <si>
-    <t>Kenichi</t>
-[...7 lines deleted...]
-  <si>
     <t>Alan</t>
   </si>
   <si>
     <t>Maulana</t>
   </si>
   <si>
     <t>04:49:54</t>
   </si>
   <si>
     <t>Shingo</t>
   </si>
   <si>
     <t>Watanabe</t>
   </si>
   <si>
     <t>04:53:22</t>
   </si>
   <si>
     <t>05:03:51</t>
   </si>
   <si>
+    <t>Mahdy</t>
+  </si>
+  <si>
+    <t>Zia Uzzaman</t>
+  </si>
+  <si>
+    <t>05:14:51</t>
+  </si>
+  <si>
     <t>Jules</t>
   </si>
   <si>
     <t>Crawshaw</t>
   </si>
   <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>04:49:55</t>
   </si>
   <si>
     <t>Mikdarullah</t>
   </si>
   <si>
     <t>05:03:23</t>
   </si>
   <si>
-    <t>Mahdy</t>
-[...7 lines deleted...]
-  <si>
     <t>Aris Sopiandi</t>
   </si>
   <si>
     <t>Muklis</t>
   </si>
   <si>
     <t>05:19:58</t>
   </si>
   <si>
+    <t>04:50:09</t>
+  </si>
+  <si>
     <t>Soonseng</t>
   </si>
   <si>
     <t>Ong</t>
   </si>
   <si>
     <t>05:05:35</t>
   </si>
   <si>
-    <t>04:50:09</t>
-[...1 lines deleted...]
-  <si>
     <t>Stanislav</t>
   </si>
   <si>
     <t>Miroshnichenko</t>
   </si>
   <si>
     <t>05:29:05</t>
   </si>
   <si>
+    <t>Ady Akhmad</t>
+  </si>
+  <si>
+    <t>Jukardi</t>
+  </si>
+  <si>
+    <t>05:06:02</t>
+  </si>
+  <si>
     <t>Eric</t>
   </si>
   <si>
     <t>Dalimarta</t>
   </si>
   <si>
     <t>04:52:09</t>
   </si>
   <si>
-    <t>Ady Akhmad</t>
-[...7 lines deleted...]
-  <si>
     <t>Yohanis</t>
   </si>
   <si>
     <t>Hiariej</t>
   </si>
   <si>
     <t>04:56:49</t>
   </si>
   <si>
     <t>Wahyu</t>
   </si>
   <si>
     <t>05:09:09</t>
   </si>
   <si>
     <t>05:32:41</t>
   </si>
   <si>
+    <t>05:09:14</t>
+  </si>
+  <si>
+    <t>Sansan</t>
+  </si>
+  <si>
+    <t>Sanjaya</t>
+  </si>
+  <si>
+    <t>05:03:28</t>
+  </si>
+  <si>
     <t>Asmin</t>
   </si>
   <si>
     <t>Pramudya</t>
   </si>
   <si>
     <t>05:35:44</t>
   </si>
   <si>
-    <t>Sansan</t>
-[...8 lines deleted...]
-    <t>05:09:14</t>
+    <t>Shouta</t>
+  </si>
+  <si>
+    <t>Maruyama</t>
+  </si>
+  <si>
+    <t>05:41:19</t>
   </si>
   <si>
     <t>Taofik</t>
   </si>
   <si>
     <t>Hidayat</t>
   </si>
   <si>
     <t>05:17:15</t>
   </si>
   <si>
     <t>05:06:54</t>
   </si>
   <si>
-    <t>Shouta</t>
-[...7 lines deleted...]
-  <si>
     <t>Fuminori</t>
   </si>
   <si>
     <t>Kondo</t>
   </si>
   <si>
     <t>05:41:20</t>
   </si>
   <si>
     <t>Sobari</t>
   </si>
   <si>
     <t>Herdiana</t>
   </si>
   <si>
     <t>05:17:18</t>
   </si>
   <si>
     <t>Prawono</t>
   </si>
   <si>
     <t>05:10:35</t>
   </si>
   <si>
+    <t>05:18:03</t>
+  </si>
+  <si>
+    <t>Hendra</t>
+  </si>
+  <si>
+    <t>Siswanto</t>
+  </si>
+  <si>
+    <t>05:16:18</t>
+  </si>
+  <si>
     <t>Adimas</t>
   </si>
   <si>
     <t>Soeryadjaya</t>
   </si>
   <si>
     <t>05:41:39</t>
   </si>
   <si>
-    <t>Hendra</t>
-[...8 lines deleted...]
-    <t>05:18:03</t>
+    <t>Asuka</t>
+  </si>
+  <si>
+    <t>Nakajima</t>
+  </si>
+  <si>
+    <t>05:42:59</t>
   </si>
   <si>
     <t>Jahja Tear</t>
   </si>
   <si>
     <t>Tjahjana</t>
   </si>
   <si>
     <t>05:25:38</t>
   </si>
   <si>
-    <t>Asuka</t>
-[...7 lines deleted...]
-  <si>
     <t>Kim</t>
   </si>
   <si>
     <t>Matthews</t>
   </si>
   <si>
     <t>Australia</t>
   </si>
   <si>
     <t>05:20:26</t>
   </si>
   <si>
     <t>Simon</t>
   </si>
   <si>
     <t>Tailpied</t>
   </si>
   <si>
     <t>France</t>
   </si>
   <si>
     <t>05:43:21</t>
   </si>
   <si>
     <t>Daniel</t>
@@ -590,125 +590,125 @@
   <si>
     <t>Suryanto</t>
   </si>
   <si>
     <t>05:28:48</t>
   </si>
   <si>
     <t>H Rusmana</t>
   </si>
   <si>
     <t>Rusmana</t>
   </si>
   <si>
     <t>05:49:48</t>
   </si>
   <si>
     <t>Mahdi</t>
   </si>
   <si>
     <t>Manshuri</t>
   </si>
   <si>
     <t>05:40:00</t>
   </si>
   <si>
+    <t>Stephen</t>
+  </si>
+  <si>
+    <t>Dow</t>
+  </si>
+  <si>
+    <t>Great Britain</t>
+  </si>
+  <si>
+    <t>05:51:25</t>
+  </si>
+  <si>
     <t>Hendrikus</t>
   </si>
   <si>
     <t>Efendi</t>
   </si>
   <si>
     <t>05:32:14</t>
   </si>
   <si>
-    <t>Stephen</t>
-[...10 lines deleted...]
-  <si>
     <t>Dominic</t>
   </si>
   <si>
     <t>Hoffmann</t>
   </si>
   <si>
     <t>Germany</t>
   </si>
   <si>
     <t>05:32:37</t>
   </si>
   <si>
     <t>Suhadi</t>
   </si>
   <si>
     <t>05:55:29</t>
   </si>
   <si>
     <t>Shindy</t>
   </si>
   <si>
     <t>Patricia</t>
   </si>
   <si>
     <t>05:40:01</t>
   </si>
   <si>
+    <t>Sri</t>
+  </si>
+  <si>
+    <t>Wahyuni</t>
+  </si>
+  <si>
+    <t>05:56:29</t>
+  </si>
+  <si>
     <t>Tirfan</t>
   </si>
   <si>
     <t>Putera</t>
   </si>
   <si>
     <t>05:44:19</t>
   </si>
   <si>
     <t>Andre</t>
   </si>
   <si>
     <t>Portilha</t>
   </si>
   <si>
     <t>05:36:41</t>
   </si>
   <si>
-    <t>Sri</t>
-[...7 lines deleted...]
-  <si>
     <t>05:41:27</t>
   </si>
   <si>
     <t xml:space="preserve">Antonius Adi </t>
   </si>
   <si>
     <t>Winarko</t>
   </si>
   <si>
     <t>05:56:56</t>
   </si>
   <si>
     <t>Angga</t>
   </si>
   <si>
     <t>Fauzi</t>
   </si>
   <si>
     <t>05:44:20</t>
   </si>
   <si>
     <t>05:42:46</t>
   </si>
   <si>
     <t>Bugi</t>
@@ -734,98 +734,98 @@
   <si>
     <t>Sibarani</t>
   </si>
   <si>
     <t>05:46:37</t>
   </si>
   <si>
     <t>Yohann</t>
   </si>
   <si>
     <t>Mas Bul</t>
   </si>
   <si>
     <t>05:58:51</t>
   </si>
   <si>
     <t>Asep</t>
   </si>
   <si>
     <t>Wigena</t>
   </si>
   <si>
     <t>05:43:35</t>
   </si>
   <si>
+    <t>Muhammad</t>
+  </si>
+  <si>
+    <t>Shahrin Faiz Bin Roslan</t>
+  </si>
+  <si>
+    <t>05:45:39</t>
+  </si>
+  <si>
     <t>Dian R</t>
   </si>
   <si>
     <t>Sukmara</t>
   </si>
   <si>
     <t>05:46:40</t>
   </si>
   <si>
-    <t>Muhammad</t>
-[...7 lines deleted...]
-  <si>
     <t>Tomonori</t>
   </si>
   <si>
     <t>Kurokawa</t>
   </si>
   <si>
     <t>05:59:39</t>
   </si>
   <si>
+    <t xml:space="preserve">Ialu </t>
+  </si>
+  <si>
+    <t>sukarta zulvikarsyah</t>
+  </si>
+  <si>
+    <t>06:00:50</t>
+  </si>
+  <si>
     <t>05:46:27</t>
   </si>
   <si>
     <t>Kris</t>
   </si>
   <si>
     <t>Van De Velde</t>
   </si>
   <si>
     <t>05:50:36</t>
   </si>
   <si>
-    <t xml:space="preserve">Ialu </t>
-[...7 lines deleted...]
-  <si>
     <t>05:50:41</t>
   </si>
   <si>
     <t>Makruf</t>
   </si>
   <si>
     <t>Assidiq</t>
   </si>
   <si>
     <t>06:07:42</t>
   </si>
   <si>
     <t>Alvian</t>
   </si>
   <si>
     <t>Oscar</t>
   </si>
   <si>
     <t>05:52:30</t>
   </si>
   <si>
     <t>Stephen Brian</t>
   </si>
   <si>
     <t>Dundon</t>
@@ -872,272 +872,272 @@
   <si>
     <t>05:54:52</t>
   </si>
   <si>
     <t>06:14:14</t>
   </si>
   <si>
     <t>Elba P</t>
   </si>
   <si>
     <t>Ramadhan</t>
   </si>
   <si>
     <t>05:51:45</t>
   </si>
   <si>
     <t>Ahmad</t>
   </si>
   <si>
     <t>Shalahuddin Zulfa</t>
   </si>
   <si>
     <t>05:55:00</t>
   </si>
   <si>
+    <t>Dadik Hendra</t>
+  </si>
+  <si>
+    <t>Kusuma</t>
+  </si>
+  <si>
+    <t>05:56:04</t>
+  </si>
+  <si>
+    <t>Fukuda</t>
+  </si>
+  <si>
+    <t>06:15:17</t>
+  </si>
+  <si>
     <t>Dwi</t>
   </si>
   <si>
     <t>Widiyanto</t>
   </si>
   <si>
     <t>05:54:21</t>
   </si>
   <si>
-    <t>Dadik Hendra</t>
-[...13 lines deleted...]
-  <si>
     <t>Timothy</t>
   </si>
   <si>
     <t>Lorenzo</t>
   </si>
   <si>
     <t>06:15:59</t>
   </si>
   <si>
+    <t>Sudarso</t>
+  </si>
+  <si>
+    <t>05:59:17</t>
+  </si>
+  <si>
     <t>Goki</t>
   </si>
   <si>
     <t>Sakamaki</t>
   </si>
   <si>
     <t>05:54:42</t>
   </si>
   <si>
-    <t>Sudarso</t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">Leo Kharismanta </t>
   </si>
   <si>
     <t>Sitepu</t>
   </si>
   <si>
     <t>06:03:21</t>
   </si>
   <si>
     <t>Mohammad Redzuan</t>
   </si>
   <si>
     <t>Ali</t>
   </si>
   <si>
     <t>Brunei</t>
   </si>
   <si>
     <t>05:55:45</t>
   </si>
   <si>
     <t>Anang</t>
   </si>
   <si>
     <t>Dika</t>
   </si>
   <si>
     <t>06:17:45</t>
   </si>
   <si>
     <t>Antoine</t>
   </si>
   <si>
     <t>Dagorne</t>
   </si>
   <si>
     <t>06:21:04</t>
   </si>
   <si>
+    <t>Matheos</t>
+  </si>
+  <si>
+    <t>Berhitu</t>
+  </si>
+  <si>
+    <t>06:00:56</t>
+  </si>
+  <si>
     <t>Reza</t>
   </si>
   <si>
     <t>Djamaludin</t>
   </si>
   <si>
     <t>06:06:44</t>
   </si>
   <si>
-    <t>Matheos</t>
-[...5 lines deleted...]
-    <t>06:00:56</t>
+    <t>Az Zumar</t>
+  </si>
+  <si>
+    <t>Nurwahid Zain</t>
+  </si>
+  <si>
+    <t>06:21:37</t>
   </si>
   <si>
     <t>Agung</t>
   </si>
   <si>
     <t>Hendriyanto</t>
   </si>
   <si>
     <t>06:07:02</t>
   </si>
   <si>
     <t>Handy</t>
   </si>
   <si>
     <t>Lesmana</t>
   </si>
   <si>
     <t>06:01:04</t>
   </si>
   <si>
-    <t>Az Zumar</t>
-[...7 lines deleted...]
-  <si>
     <t>06:07:26</t>
   </si>
   <si>
     <t>06:01:55</t>
   </si>
   <si>
     <t>Sugoro</t>
   </si>
   <si>
     <t>Finardo Putro</t>
   </si>
   <si>
     <t>06:24:02</t>
   </si>
   <si>
+    <t>Budiman</t>
+  </si>
+  <si>
+    <t>Setiono</t>
+  </si>
+  <si>
+    <t>06:08:22</t>
+  </si>
+  <si>
     <t>Wayne</t>
   </si>
   <si>
     <t>Gray</t>
   </si>
   <si>
     <t>06:02:15</t>
   </si>
   <si>
-    <t>Budiman</t>
-[...7 lines deleted...]
-  <si>
     <t>Rachmat Budi</t>
   </si>
   <si>
     <t>Nurwanto</t>
   </si>
   <si>
     <t>06:25:58</t>
   </si>
   <si>
+    <t>Yandi</t>
+  </si>
+  <si>
+    <t>Sastra</t>
+  </si>
+  <si>
+    <t>06:27:55</t>
+  </si>
+  <si>
     <t>06:07:12</t>
   </si>
   <si>
     <t>Alastair</t>
   </si>
   <si>
     <t>MacDonald</t>
   </si>
   <si>
     <t>06:08:25</t>
   </si>
   <si>
-    <t>Yandi</t>
-[...7 lines deleted...]
-  <si>
     <t>Hilmi</t>
   </si>
   <si>
     <t>Kurniawan Riskawa</t>
   </si>
   <si>
     <t>06:32:32</t>
   </si>
   <si>
+    <t>Soehendro</t>
+  </si>
+  <si>
+    <t>Kosasih</t>
+  </si>
+  <si>
+    <t>06:08:57</t>
+  </si>
+  <si>
     <t>Fardhoni</t>
   </si>
   <si>
     <t>Donni</t>
   </si>
   <si>
     <t>06:07:59</t>
   </si>
   <si>
-    <t>Soehendro</t>
-[...7 lines deleted...]
-  <si>
     <t>Saepul</t>
   </si>
   <si>
     <t>Ajhar</t>
   </si>
   <si>
     <t>06:09:37</t>
   </si>
   <si>
     <t>Jejen</t>
   </si>
   <si>
     <t>Mutakin</t>
   </si>
   <si>
     <t>06:09:56</t>
   </si>
   <si>
     <t>Suzeyman</t>
   </si>
   <si>
     <t>Hj Bakar</t>
   </si>
   <si>
     <t>06:33:28</t>
@@ -1148,113 +1148,113 @@
   <si>
     <t>Maemunah</t>
   </si>
   <si>
     <t>06:09:58</t>
   </si>
   <si>
     <t>Sakti</t>
   </si>
   <si>
     <t>Parantean</t>
   </si>
   <si>
     <t>06:09:40</t>
   </si>
   <si>
     <t>Yusuke</t>
   </si>
   <si>
     <t>Annaka</t>
   </si>
   <si>
     <t>06:34:31</t>
   </si>
   <si>
+    <t>Faid</t>
+  </si>
+  <si>
+    <t>Faid aqdas</t>
+  </si>
+  <si>
+    <t>06:10:11</t>
+  </si>
+  <si>
     <t>Komatsu</t>
   </si>
   <si>
     <t>Shinichi</t>
   </si>
   <si>
     <t>06:10:48</t>
   </si>
   <si>
     <t>Arie</t>
   </si>
   <si>
     <t>Sobandi</t>
   </si>
   <si>
     <t>06:35:22</t>
   </si>
   <si>
-    <t>Faid</t>
-[...7 lines deleted...]
-  <si>
     <t>Eku</t>
   </si>
   <si>
     <t>Setia bakti</t>
   </si>
   <si>
     <t>06:35:27</t>
   </si>
   <si>
     <t>Erdwan</t>
   </si>
   <si>
     <t>Robbiansyah</t>
   </si>
   <si>
     <t>06:10:54</t>
   </si>
   <si>
+    <t>Takashi</t>
+  </si>
+  <si>
+    <t>Furukawa</t>
+  </si>
+  <si>
+    <t>06:11:09</t>
+  </si>
+  <si>
     <t>Mila</t>
   </si>
   <si>
     <t>Marlina</t>
   </si>
   <si>
     <t>06:35:44</t>
   </si>
   <si>
-    <t>Takashi</t>
-[...7 lines deleted...]
-  <si>
     <t>Barqi</t>
   </si>
   <si>
     <t>Iqbal</t>
   </si>
   <si>
     <t>06:10:13</t>
   </si>
   <si>
     <t>Dadang</t>
   </si>
   <si>
     <t>M Rizal</t>
   </si>
   <si>
     <t>06:11:13</t>
   </si>
   <si>
     <t>Usman</t>
   </si>
   <si>
     <t>06:36:03</t>
   </si>
   <si>
     <t>Adjie</t>
@@ -1280,332 +1280,332 @@
   <si>
     <t>Pratama</t>
   </si>
   <si>
     <t>06:11:39</t>
   </si>
   <si>
     <t>06:16:04</t>
   </si>
   <si>
     <t>Adjat</t>
   </si>
   <si>
     <t>Basarah</t>
   </si>
   <si>
     <t>06:40:03</t>
   </si>
   <si>
     <t>Antony</t>
   </si>
   <si>
     <t>06:11:30</t>
   </si>
   <si>
+    <t>Yanuar</t>
+  </si>
+  <si>
+    <t>06:12:39</t>
+  </si>
+  <si>
     <t>Keisuke</t>
   </si>
   <si>
     <t>Nishimura</t>
   </si>
   <si>
     <t>06:17:06</t>
   </si>
   <si>
-    <t>Yanuar</t>
-[...4 lines deleted...]
-  <si>
     <t>I Wayan</t>
   </si>
   <si>
     <t>Agus Budiastrawan</t>
   </si>
   <si>
     <t>06:43:10</t>
   </si>
   <si>
+    <t>Yukinori</t>
+  </si>
+  <si>
+    <t>Naoi</t>
+  </si>
+  <si>
+    <t>06:45:02</t>
+  </si>
+  <si>
     <t>Sebastien</t>
   </si>
   <si>
     <t>Guinel</t>
   </si>
   <si>
     <t>06:12:53</t>
   </si>
   <si>
-    <t>Yukinori</t>
-[...7 lines deleted...]
-  <si>
     <t>06:17:15</t>
   </si>
   <si>
     <t>Yosep</t>
   </si>
   <si>
     <t>Setiawan</t>
   </si>
   <si>
     <t>06:45:40</t>
   </si>
   <si>
     <t>Chito</t>
   </si>
   <si>
     <t>Aslia</t>
   </si>
   <si>
     <t>06:13:05</t>
   </si>
   <si>
+    <t>Takeyuki</t>
+  </si>
+  <si>
+    <t>Yamamoto</t>
+  </si>
+  <si>
+    <t>06:19:00</t>
+  </si>
+  <si>
     <t>Faishol</t>
   </si>
   <si>
     <t>Nasrul</t>
   </si>
   <si>
     <t>06:48:05</t>
   </si>
   <si>
-    <t>Takeyuki</t>
-[...7 lines deleted...]
-  <si>
     <t>06:16:00</t>
   </si>
   <si>
+    <t>Yuta</t>
+  </si>
+  <si>
+    <t>Funase</t>
+  </si>
+  <si>
+    <t>06:49:10</t>
+  </si>
+  <si>
+    <t>Andi</t>
+  </si>
+  <si>
+    <t>Rio</t>
+  </si>
+  <si>
+    <t>06:17:52</t>
+  </si>
+  <si>
     <t>Paulus</t>
   </si>
   <si>
     <t>Halim</t>
   </si>
   <si>
     <t>06:19:14</t>
   </si>
   <si>
-    <t>Andi</t>
-[...16 lines deleted...]
-  <si>
     <t>Wisnu</t>
   </si>
   <si>
     <t>Nugraha</t>
   </si>
   <si>
     <t>06:49:22</t>
   </si>
   <si>
     <t>Wira</t>
   </si>
   <si>
     <t>06:18:55</t>
   </si>
   <si>
     <t>06:21:45</t>
   </si>
   <si>
+    <t>06:22:27</t>
+  </si>
+  <si>
     <t>Abdullah</t>
   </si>
   <si>
     <t>Azzam</t>
   </si>
   <si>
     <t>06:50:03</t>
   </si>
   <si>
-    <t>06:22:27</t>
-[...1 lines deleted...]
-  <si>
     <t>Bambang</t>
   </si>
   <si>
     <t>Tejomurti</t>
   </si>
   <si>
     <t>06:19:02</t>
   </si>
   <si>
+    <t>Rezki</t>
+  </si>
+  <si>
+    <t>Rahmat</t>
+  </si>
+  <si>
+    <t>06:51:01</t>
+  </si>
+  <si>
+    <t>Ferry</t>
+  </si>
+  <si>
+    <t>Suparman</t>
+  </si>
+  <si>
+    <t>06:20:03</t>
+  </si>
+  <si>
     <t>David</t>
   </si>
   <si>
     <t>Machmud</t>
   </si>
   <si>
     <t>06:23:46</t>
   </si>
   <si>
-    <t>Ferry</t>
-[...14 lines deleted...]
-    <t>06:51:01</t>
+    <t>Grace</t>
+  </si>
+  <si>
+    <t>May</t>
+  </si>
+  <si>
+    <t>06:23:58</t>
+  </si>
+  <si>
+    <t>Wiedho</t>
+  </si>
+  <si>
+    <t>Widiantoro</t>
+  </si>
+  <si>
+    <t>06:20:20</t>
   </si>
   <si>
     <t>Hendra Benyamin</t>
   </si>
   <si>
     <t>Singarimbun</t>
   </si>
   <si>
     <t>06:51:23</t>
   </si>
   <si>
-    <t>Grace</t>
-[...14 lines deleted...]
-    <t>06:20:20</t>
+    <t>Novita</t>
+  </si>
+  <si>
+    <t>Wulandari</t>
+  </si>
+  <si>
+    <t>06:51:28</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nobuo </t>
+  </si>
+  <si>
+    <t>Shimamura</t>
+  </si>
+  <si>
+    <t>06:20:35</t>
   </si>
   <si>
     <t>Hiromi</t>
   </si>
   <si>
     <t>Kotegawa</t>
   </si>
   <si>
     <t>06:24:50</t>
   </si>
   <si>
-    <t>Novita</t>
-[...14 lines deleted...]
-    <t>06:20:35</t>
+    <t>06:51:36</t>
   </si>
   <si>
     <t>06:27:08</t>
   </si>
   <si>
-    <t>06:51:36</t>
-[...1 lines deleted...]
-  <si>
     <t>06:23:06</t>
   </si>
   <si>
     <t>Sandhra</t>
   </si>
   <si>
     <t>Utsman</t>
   </si>
   <si>
     <t>06:24:31</t>
   </si>
   <si>
     <t>06:27:17</t>
   </si>
   <si>
     <t>Tomi</t>
   </si>
   <si>
     <t>Wahyudi</t>
   </si>
   <si>
     <t>06:51:55</t>
   </si>
   <si>
+    <t>Yohanes</t>
+  </si>
+  <si>
+    <t>06:29:06</t>
+  </si>
+  <si>
+    <t>M. Zamrudin</t>
+  </si>
+  <si>
+    <t>Solichin</t>
+  </si>
+  <si>
+    <t>06:52:58</t>
+  </si>
+  <si>
     <t>Rohidi</t>
   </si>
   <si>
     <t>06:27:09</t>
   </si>
   <si>
-    <t>Yohanes</t>
-[...13 lines deleted...]
-  <si>
     <t>Matias</t>
   </si>
   <si>
     <t>Ibo</t>
   </si>
   <si>
     <t>06:29:46</t>
   </si>
   <si>
     <t>Laura</t>
   </si>
   <si>
     <t>Walter</t>
   </si>
   <si>
     <t>06:56:37</t>
   </si>
   <si>
     <t>Ditok</t>
   </si>
   <si>
     <t>Wicaksono</t>
   </si>
   <si>
     <t>06:27:28</t>
@@ -1745,2087 +1745,2087 @@
   <si>
     <t>06:36:14</t>
   </si>
   <si>
     <t xml:space="preserve">Arief Maulana </t>
   </si>
   <si>
     <t>Hasan</t>
   </si>
   <si>
     <t>7:04:27</t>
   </si>
   <si>
     <t>Cipta</t>
   </si>
   <si>
     <t>Adi</t>
   </si>
   <si>
     <t>06:36:58</t>
   </si>
   <si>
     <t>06:40:50</t>
   </si>
   <si>
+    <t>Santoso</t>
+  </si>
+  <si>
+    <t>06:41:24</t>
+  </si>
+  <si>
     <t>Nuraini</t>
   </si>
   <si>
     <t>7:06:00</t>
   </si>
   <si>
     <t>Indra</t>
   </si>
   <si>
     <t>06:37:09</t>
   </si>
   <si>
-    <t>Santoso</t>
-[...2 lines deleted...]
-    <t>06:41:24</t>
+    <t>Masaya</t>
+  </si>
+  <si>
+    <t>Uchida</t>
+  </si>
+  <si>
+    <t>06:41:32</t>
+  </si>
+  <si>
+    <t>Azizul</t>
+  </si>
+  <si>
+    <t>Hakim</t>
+  </si>
+  <si>
+    <t>7:06:05</t>
   </si>
   <si>
     <t>Junji</t>
   </si>
   <si>
     <t>Sano</t>
   </si>
   <si>
     <t>06:37:20</t>
   </si>
   <si>
-    <t>Masaya</t>
-[...16 lines deleted...]
-  <si>
     <t xml:space="preserve">Endang Suryani </t>
   </si>
   <si>
     <t>Borupayung</t>
   </si>
   <si>
+    <t>Kabul</t>
+  </si>
+  <si>
+    <t>Ginanjar</t>
+  </si>
+  <si>
+    <t>7:06:28</t>
+  </si>
+  <si>
     <t>Menetrat</t>
   </si>
   <si>
     <t>06:41:59</t>
   </si>
   <si>
-    <t>Kabul</t>
-[...5 lines deleted...]
-    <t>7:06:28</t>
+    <t>Wilhelmus</t>
+  </si>
+  <si>
+    <t>Gerardus Henricus van Vliet</t>
+  </si>
+  <si>
+    <t>Netherlands</t>
+  </si>
+  <si>
+    <t>7:06:38</t>
+  </si>
+  <si>
+    <t>Yoko Bumi</t>
+  </si>
+  <si>
+    <t>06:42:20</t>
   </si>
   <si>
     <t>06:42:14</t>
   </si>
   <si>
-    <t>Yoko Bumi</t>
-[...14 lines deleted...]
-    <t>7:06:38</t>
+    <t>Lydia</t>
+  </si>
+  <si>
+    <t>Sabarudin</t>
+  </si>
+  <si>
+    <t>06:42:33</t>
+  </si>
+  <si>
+    <t>06:44:33</t>
   </si>
   <si>
     <t>Tomohisa</t>
   </si>
   <si>
     <t>Goto</t>
   </si>
   <si>
     <t>7:11:10</t>
   </si>
   <si>
-    <t>06:44:33</t>
-[...10 lines deleted...]
-  <si>
     <t>7:11:20</t>
   </si>
   <si>
     <t>06:43:03</t>
   </si>
   <si>
     <t>06:44:45</t>
   </si>
   <si>
+    <t>06:45:18</t>
+  </si>
+  <si>
     <t>Dzaradin</t>
   </si>
   <si>
     <t>Falaq</t>
   </si>
   <si>
     <t>06:45:33</t>
   </si>
   <si>
-    <t>06:45:18</t>
-[...1 lines deleted...]
-  <si>
     <t>Anshari</t>
   </si>
   <si>
     <t>Nursida</t>
   </si>
   <si>
     <t>7:13:28</t>
   </si>
   <si>
+    <t>06:45:30</t>
+  </si>
+  <si>
     <t>06:45:36</t>
   </si>
   <si>
-    <t>06:45:30</t>
-[...1 lines deleted...]
-  <si>
     <t>Yoga</t>
   </si>
   <si>
     <t>Friyadi</t>
   </si>
   <si>
     <t>7:15:13</t>
   </si>
   <si>
+    <t>Radiyatul</t>
+  </si>
+  <si>
+    <t>7:15:53</t>
+  </si>
+  <si>
     <t>06:49:37</t>
   </si>
   <si>
-    <t>Radiyatul</t>
-[...4 lines deleted...]
-  <si>
     <t>Muchamad Arief</t>
   </si>
   <si>
     <t>Firdaus</t>
   </si>
   <si>
     <t>06:46:11</t>
   </si>
   <si>
+    <t>7:16:15</t>
+  </si>
+  <si>
     <t>Jessica</t>
   </si>
   <si>
     <t>Dwi Ayu</t>
   </si>
   <si>
     <t>06:50:07</t>
   </si>
   <si>
     <t>Bobby Victorio</t>
   </si>
   <si>
     <t>Novarro</t>
   </si>
   <si>
     <t>06:46:36</t>
   </si>
   <si>
-    <t>7:16:15</t>
+    <t>Guru</t>
+  </si>
+  <si>
+    <t>Milang</t>
+  </si>
+  <si>
+    <t>06:50:09</t>
+  </si>
+  <si>
+    <t>Muhammad Izuan</t>
+  </si>
+  <si>
+    <t>Idris</t>
+  </si>
+  <si>
+    <t>06:46:48</t>
   </si>
   <si>
     <t>7:17:19</t>
   </si>
   <si>
-    <t>Muhammad Izuan</t>
-[...16 lines deleted...]
-  <si>
     <t>Sugito</t>
   </si>
   <si>
     <t>Wadi</t>
   </si>
   <si>
     <t>7:18:06</t>
   </si>
   <si>
     <t>Ali Ajis</t>
   </si>
   <si>
     <t>Rasil</t>
   </si>
   <si>
     <t>06:51:16</t>
   </si>
   <si>
     <t>Nobunao</t>
   </si>
   <si>
     <t>Fujii</t>
   </si>
   <si>
     <t>06:47:28</t>
   </si>
   <si>
     <t>Rico</t>
   </si>
   <si>
     <t>Pribadi</t>
   </si>
   <si>
     <t>06:47:57</t>
   </si>
   <si>
+    <t>Haryanto</t>
+  </si>
+  <si>
+    <t>Nehemia</t>
+  </si>
+  <si>
+    <t>7:18:47</t>
+  </si>
+  <si>
     <t>06:52:50</t>
   </si>
   <si>
-    <t>Haryanto</t>
-[...5 lines deleted...]
-    <t>7:18:47</t>
+    <t>Akihiro</t>
+  </si>
+  <si>
+    <t>Sekiguchi</t>
+  </si>
+  <si>
+    <t>06:54:26</t>
+  </si>
+  <si>
+    <t>Muhammad Afif</t>
+  </si>
+  <si>
+    <t>Gunung</t>
+  </si>
+  <si>
+    <t>06:48:28</t>
   </si>
   <si>
     <t>Scorpio</t>
   </si>
   <si>
     <t>7:19:18</t>
   </si>
   <si>
-    <t>Muhammad Afif</t>
-[...14 lines deleted...]
-    <t>06:54:26</t>
+    <t>Wirawan Abdul Reza</t>
+  </si>
+  <si>
+    <t>7:20:07</t>
   </si>
   <si>
     <t>Umar A Kamaludin</t>
   </si>
   <si>
     <t>Singapore</t>
   </si>
   <si>
     <t>06:54:39</t>
   </si>
   <si>
-    <t>Wirawan Abdul Reza</t>
-[...4 lines deleted...]
-  <si>
     <t>Didit Mei</t>
   </si>
   <si>
     <t>Anggoro</t>
   </si>
   <si>
     <t>06:48:45</t>
   </si>
   <si>
+    <t>Wahab</t>
+  </si>
+  <si>
+    <t>Adam</t>
+  </si>
+  <si>
+    <t>06:48:46</t>
+  </si>
+  <si>
     <t xml:space="preserve">Kok Fai </t>
   </si>
   <si>
     <t>Man</t>
   </si>
   <si>
     <t>06:56:50</t>
   </si>
   <si>
-    <t>Wahab</t>
-[...7 lines deleted...]
-  <si>
     <t>Danone</t>
   </si>
   <si>
     <t>7:21:03</t>
   </si>
   <si>
+    <t>Alfan</t>
+  </si>
+  <si>
+    <t>06:57:32</t>
+  </si>
+  <si>
+    <t>Arif</t>
+  </si>
+  <si>
+    <t>Husen</t>
+  </si>
+  <si>
+    <t>06:50:19</t>
+  </si>
+  <si>
     <t xml:space="preserve">Mahardhika Farchan </t>
   </si>
   <si>
     <t>Monoarfa</t>
   </si>
   <si>
     <t>7:22:23</t>
   </si>
   <si>
-    <t>Alfan</t>
-[...13 lines deleted...]
-  <si>
     <t xml:space="preserve">Alnandra </t>
   </si>
   <si>
     <t>Suriyanto</t>
   </si>
   <si>
     <t>7:22:31</t>
   </si>
   <si>
     <t>Faza</t>
   </si>
   <si>
     <t>Aulia</t>
   </si>
   <si>
     <t>06:51:14</t>
   </si>
   <si>
     <t>Santosa</t>
   </si>
   <si>
     <t>06:53:30</t>
   </si>
   <si>
+    <t>Danny Cahya</t>
+  </si>
+  <si>
+    <t>Mulyana</t>
+  </si>
+  <si>
+    <t>07:01:25</t>
+  </si>
+  <si>
     <t xml:space="preserve">Hasan </t>
   </si>
   <si>
     <t>7:24:07</t>
   </si>
   <si>
-    <t>Danny Cahya</t>
-[...5 lines deleted...]
-    <t>07:01:25</t>
+    <t>Nazif</t>
+  </si>
+  <si>
+    <t>Armidarya</t>
+  </si>
+  <si>
+    <t>07:01:56</t>
+  </si>
+  <si>
+    <t>Thomas</t>
+  </si>
+  <si>
+    <t>Koamas</t>
+  </si>
+  <si>
+    <t>06:56:58</t>
   </si>
   <si>
     <t>Muhammad Fajar</t>
   </si>
   <si>
     <t>Febrian</t>
   </si>
   <si>
     <t>7:24:17</t>
   </si>
   <si>
-    <t>Thomas</t>
-[...14 lines deleted...]
-    <t>07:01:56</t>
+    <t>Taryono</t>
+  </si>
+  <si>
+    <t>Darusman</t>
+  </si>
+  <si>
+    <t>7:24:22</t>
   </si>
   <si>
     <t>07:04:41</t>
   </si>
   <si>
-    <t>Taryono</t>
-[...7 lines deleted...]
-  <si>
     <t>Muchsin</t>
   </si>
   <si>
     <t>06:56:59</t>
   </si>
   <si>
     <t>Dian</t>
   </si>
   <si>
     <t>Hs</t>
   </si>
   <si>
     <t>06:57:26</t>
   </si>
   <si>
+    <t xml:space="preserve">Jajang </t>
+  </si>
+  <si>
+    <t>Rachmat</t>
+  </si>
+  <si>
+    <t>7:24:35</t>
+  </si>
+  <si>
     <t>07:04:43</t>
   </si>
   <si>
-    <t xml:space="preserve">Jajang </t>
-[...7 lines deleted...]
-  <si>
     <t>07:04:58</t>
   </si>
   <si>
+    <t>Christian</t>
+  </si>
+  <si>
+    <t>Kuok</t>
+  </si>
+  <si>
+    <t>06:58:24</t>
+  </si>
+  <si>
     <t xml:space="preserve">Adjie Bhakti </t>
   </si>
   <si>
     <t>T.M Indra</t>
   </si>
   <si>
     <t>7:26:19</t>
   </si>
   <si>
-    <t>Christian</t>
-[...7 lines deleted...]
-  <si>
     <t xml:space="preserve">Abisatya </t>
   </si>
   <si>
     <t>Pambayun WS</t>
   </si>
   <si>
     <t>07:26:19</t>
   </si>
   <si>
     <t>07:05:16</t>
   </si>
   <si>
     <t>06:58:35</t>
   </si>
   <si>
     <t>Tetsuya</t>
   </si>
   <si>
     <t>Nishi</t>
   </si>
   <si>
     <t>07:05:25</t>
   </si>
   <si>
     <t xml:space="preserve">Nauval Abdan </t>
   </si>
   <si>
     <t>Fadilah</t>
   </si>
   <si>
     <t>07:26:38</t>
   </si>
   <si>
     <t xml:space="preserve">Katherine </t>
   </si>
   <si>
     <t>Mitchell</t>
   </si>
   <si>
     <t>06:58:53</t>
   </si>
   <si>
+    <t xml:space="preserve">Rachmad </t>
+  </si>
+  <si>
+    <t>Kursano</t>
+  </si>
+  <si>
+    <t>07:27:25</t>
+  </si>
+  <si>
+    <t>Suta Negara</t>
+  </si>
+  <si>
+    <t>I Made Gede</t>
+  </si>
+  <si>
+    <t>07:00:42</t>
+  </si>
+  <si>
     <t>Dedy</t>
   </si>
   <si>
     <t>Kurniawan</t>
   </si>
   <si>
     <t>07:06:04</t>
   </si>
   <si>
-    <t xml:space="preserve">Rachmad </t>
-[...14 lines deleted...]
-    <t>07:00:42</t>
+    <t>Handoko Aji</t>
+  </si>
+  <si>
+    <t>Saputro</t>
+  </si>
+  <si>
+    <t>07:27:50</t>
+  </si>
+  <si>
+    <t>Muchammad</t>
+  </si>
+  <si>
+    <t>Fahmi</t>
+  </si>
+  <si>
+    <t>07:00:54</t>
   </si>
   <si>
     <t>Fikry</t>
   </si>
   <si>
     <t>Sakti Firmansyah</t>
   </si>
   <si>
-    <t>Handoko Aji</t>
-[...14 lines deleted...]
-    <t>07:00:54</t>
+    <t>Dwiananta</t>
+  </si>
+  <si>
+    <t>07:28:58</t>
   </si>
   <si>
     <t>07:06:05</t>
   </si>
   <si>
-    <t>Dwiananta</t>
-[...4 lines deleted...]
-  <si>
     <t>07:01:36</t>
   </si>
   <si>
     <t xml:space="preserve">Joeseph </t>
   </si>
   <si>
     <t>Liemonta</t>
   </si>
   <si>
     <t>07:30:25</t>
   </si>
   <si>
     <t>Joko</t>
   </si>
   <si>
     <t>07:01:37</t>
   </si>
   <si>
     <t>07:06:12</t>
   </si>
   <si>
+    <t>Oktavia</t>
+  </si>
+  <si>
+    <t>S</t>
+  </si>
+  <si>
+    <t>07:30:26</t>
+  </si>
+  <si>
+    <t>Atha</t>
+  </si>
+  <si>
+    <t>Dalimunthe</t>
+  </si>
+  <si>
+    <t>07:03:17</t>
+  </si>
+  <si>
     <t>Puteri</t>
   </si>
   <si>
     <t>Norsharina Bt Abd Aziz</t>
   </si>
   <si>
     <t>07:05:04</t>
   </si>
   <si>
-    <t>Oktavia</t>
-[...16 lines deleted...]
-  <si>
     <t>07:06:15</t>
   </si>
   <si>
     <t>Johan</t>
   </si>
   <si>
     <t>Liem</t>
   </si>
   <si>
     <t>07:31:00</t>
   </si>
   <si>
     <t>Indah</t>
   </si>
   <si>
     <t>Wardhani</t>
   </si>
   <si>
     <t>07:04:40</t>
   </si>
   <si>
     <t xml:space="preserve">Muhamad </t>
   </si>
   <si>
     <t>Suhud</t>
   </si>
   <si>
     <t>07:31:58</t>
   </si>
   <si>
     <t>07:05:03</t>
   </si>
   <si>
     <t>William</t>
   </si>
   <si>
     <t>07:10:15</t>
   </si>
   <si>
     <t xml:space="preserve">Brian </t>
   </si>
   <si>
     <t>Lo</t>
   </si>
   <si>
     <t>Hong Kong</t>
   </si>
   <si>
+    <t>Fakhri</t>
+  </si>
+  <si>
+    <t>Afif</t>
+  </si>
+  <si>
+    <t>07:06:31</t>
+  </si>
+  <si>
     <t>Takayuki</t>
   </si>
   <si>
     <t>Nomoto</t>
   </si>
   <si>
     <t>07:14:24</t>
   </si>
   <si>
-    <t>Fakhri</t>
-[...7 lines deleted...]
-  <si>
     <t>Bagus</t>
   </si>
   <si>
     <t>Sugiarto</t>
   </si>
   <si>
     <t>07:32:50</t>
   </si>
   <si>
+    <t>Dikkie</t>
+  </si>
+  <si>
+    <t>Irianto</t>
+  </si>
+  <si>
+    <t>07:07:52</t>
+  </si>
+  <si>
     <t>07:14:52</t>
   </si>
   <si>
-    <t>Dikkie</t>
-[...7 lines deleted...]
-  <si>
     <t>07:15:27</t>
   </si>
   <si>
+    <t>Johanes</t>
+  </si>
+  <si>
+    <t>Astra</t>
+  </si>
+  <si>
+    <t>07:33:56</t>
+  </si>
+  <si>
     <t>Ady Dwi</t>
   </si>
   <si>
     <t>Nugroho</t>
   </si>
   <si>
     <t>07:08:15</t>
   </si>
   <si>
-    <t>Johanes</t>
-[...7 lines deleted...]
-  <si>
     <t xml:space="preserve">Haryo Teguh </t>
   </si>
   <si>
     <t>Putranto</t>
   </si>
   <si>
     <t>07:34:14</t>
   </si>
   <si>
     <t>07:09:23</t>
   </si>
   <si>
     <t>Takubo</t>
   </si>
   <si>
     <t>07:15:38</t>
   </si>
   <si>
+    <t>Agung Bawono</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Aji</t>
+  </si>
+  <si>
+    <t>07:34:38</t>
+  </si>
+  <si>
+    <t>Zulfikar</t>
+  </si>
+  <si>
+    <t>07:09:55</t>
+  </si>
+  <si>
     <t>Syahlendra</t>
   </si>
   <si>
     <t>Syafri</t>
   </si>
   <si>
     <t>07:16:52</t>
   </si>
   <si>
-    <t>Agung Bawono</t>
-[...11 lines deleted...]
-    <t>07:09:55</t>
+    <t>07:17:54</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Yohanes Dwiki Putra </t>
+  </si>
+  <si>
+    <t>Tampubolon</t>
+  </si>
+  <si>
+    <t>07:34:44</t>
   </si>
   <si>
     <t xml:space="preserve">Islami Fitri </t>
   </si>
   <si>
     <t>Zahra</t>
   </si>
   <si>
     <t>07:10:01</t>
   </si>
   <si>
-    <t>07:17:54</t>
-[...10 lines deleted...]
-  <si>
     <t>07:21:05</t>
   </si>
   <si>
     <t xml:space="preserve">Andi Achmad </t>
   </si>
   <si>
     <t>Aqsal Wisani</t>
   </si>
   <si>
     <t>Ardi</t>
   </si>
   <si>
     <t>Iryana</t>
   </si>
   <si>
     <t>07:10:19</t>
   </si>
   <si>
+    <t>Yedi</t>
+  </si>
+  <si>
+    <t>Irwandi</t>
+  </si>
+  <si>
+    <t>07:21:08</t>
+  </si>
+  <si>
     <t xml:space="preserve">Andriandra </t>
   </si>
   <si>
     <t>Hendrawan</t>
   </si>
   <si>
-    <t>Yedi</t>
-[...7 lines deleted...]
-  <si>
     <t>Leza</t>
   </si>
   <si>
     <t>Arlan</t>
   </si>
   <si>
     <t>07:10:21</t>
   </si>
   <si>
+    <t>07:22:59</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Rizky </t>
+  </si>
+  <si>
+    <t>Tartila</t>
+  </si>
+  <si>
+    <t>07:36:10</t>
+  </si>
+  <si>
     <t>Surjadi</t>
   </si>
   <si>
     <t>Tanuwidjaja</t>
   </si>
   <si>
     <t>07:12:12</t>
   </si>
   <si>
-    <t>07:22:59</t>
-[...8 lines deleted...]
-    <t>07:36:10</t>
+    <t>07:36:11</t>
+  </si>
+  <si>
+    <t>Huda</t>
+  </si>
+  <si>
+    <t>Waskito Ganteng</t>
+  </si>
+  <si>
+    <t>07:13:16</t>
   </si>
   <si>
     <t>Sonny</t>
   </si>
   <si>
     <t>Arisandi</t>
   </si>
   <si>
     <t>07:25:11</t>
   </si>
   <si>
-    <t>07:36:11</t>
-[...10 lines deleted...]
-  <si>
     <t>Christine</t>
   </si>
   <si>
     <t>Gautama</t>
   </si>
   <si>
     <t>07:13:19</t>
   </si>
   <si>
+    <t>Mustikawati</t>
+  </si>
+  <si>
+    <t>07:09:36</t>
+  </si>
+  <si>
     <t>Yosafat</t>
   </si>
   <si>
     <t>Hutagalung</t>
   </si>
   <si>
     <t>07:37:15</t>
   </si>
   <si>
-    <t>Mustikawati</t>
-[...4 lines deleted...]
-  <si>
     <t>Iwan</t>
   </si>
   <si>
     <t>Hadiantoro</t>
   </si>
   <si>
+    <t>Kala</t>
+  </si>
+  <si>
+    <t>07:37:38</t>
+  </si>
+  <si>
     <t>Sumatris</t>
   </si>
   <si>
     <t>07:26:47</t>
   </si>
   <si>
-    <t>Kala</t>
-[...2 lines deleted...]
-    <t>07:37:38</t>
+    <t>Todi</t>
+  </si>
+  <si>
+    <t>Pandapotan</t>
+  </si>
+  <si>
+    <t>07:14:22</t>
+  </si>
+  <si>
+    <t>Lie</t>
+  </si>
+  <si>
+    <t>Tjie Tjong</t>
+  </si>
+  <si>
+    <t>07:28:22</t>
+  </si>
+  <si>
+    <t>Mister</t>
+  </si>
+  <si>
+    <t>Emix</t>
   </si>
   <si>
     <t xml:space="preserve">Yunior </t>
   </si>
   <si>
     <t>Hermawanto</t>
   </si>
   <si>
     <t>07:38:00</t>
   </si>
   <si>
-    <t>Todi</t>
-[...20 lines deleted...]
-    <t>07:28:22</t>
+    <t>Lingle</t>
+  </si>
+  <si>
+    <t>07:28:24</t>
   </si>
   <si>
     <t>Apip</t>
   </si>
   <si>
     <t>Supratman</t>
   </si>
   <si>
     <t>07:39:59</t>
   </si>
   <si>
-    <t>Lingle</t>
-[...4 lines deleted...]
-  <si>
     <t>Peter</t>
   </si>
   <si>
     <t>07:29:16</t>
   </si>
   <si>
     <t>Maga</t>
   </si>
   <si>
     <t>Sambuaga</t>
   </si>
   <si>
     <t>07:41:38</t>
   </si>
   <si>
+    <t>Rizky Okti</t>
+  </si>
+  <si>
+    <t>Kurnia</t>
+  </si>
+  <si>
+    <t>07:31:06</t>
+  </si>
+  <si>
     <t xml:space="preserve">Mujialif </t>
   </si>
   <si>
     <t>Hidayah</t>
   </si>
   <si>
     <t>07:41:45</t>
   </si>
   <si>
-    <t>07:31:06</t>
-[...7 lines deleted...]
-  <si>
     <t>Nilam</t>
   </si>
   <si>
     <t>Cahaya</t>
   </si>
   <si>
     <t>07:42:01</t>
   </si>
   <si>
+    <t>Netty</t>
+  </si>
+  <si>
+    <t>Gultom</t>
+  </si>
+  <si>
+    <t>07:16:26</t>
+  </si>
+  <si>
     <t>M Abdul</t>
   </si>
   <si>
     <t>Muhaimin</t>
   </si>
   <si>
     <t>07:31:51</t>
   </si>
   <si>
-    <t>Netty</t>
-[...7 lines deleted...]
-  <si>
     <t>Fersandy</t>
   </si>
   <si>
     <t>Lukman</t>
   </si>
   <si>
     <t>07:18:25</t>
   </si>
   <si>
+    <t>Henrietta</t>
+  </si>
+  <si>
+    <t>Gorton</t>
+  </si>
+  <si>
+    <t>07:42:07</t>
+  </si>
+  <si>
     <t>07:32:24</t>
   </si>
   <si>
-    <t>Henrietta</t>
-[...5 lines deleted...]
-    <t>07:42:07</t>
+    <t>Devina</t>
+  </si>
+  <si>
+    <t>Aprilia</t>
+  </si>
+  <si>
+    <t>07:32:37</t>
+  </si>
+  <si>
+    <t>Taufik</t>
+  </si>
+  <si>
+    <t>07:18:34</t>
   </si>
   <si>
     <t xml:space="preserve">Frans </t>
   </si>
   <si>
     <t>Hengky</t>
   </si>
   <si>
     <t>07:42:23</t>
   </si>
   <si>
-    <t>Taufik</t>
-[...11 lines deleted...]
-    <t>07:32:37</t>
+    <t>Cahya</t>
+  </si>
+  <si>
+    <t>Daulay</t>
+  </si>
+  <si>
+    <t>07:42:51</t>
+  </si>
+  <si>
+    <t>07:33:12</t>
   </si>
   <si>
     <t>Daru</t>
   </si>
   <si>
     <t>Wahardityo</t>
   </si>
   <si>
     <t>07:19:11</t>
   </si>
   <si>
-    <t>Cahya</t>
-[...8 lines deleted...]
-    <t>07:33:12</t>
+    <t>Andriana</t>
+  </si>
+  <si>
+    <t>Ganteng</t>
+  </si>
+  <si>
+    <t>07:19:18</t>
   </si>
   <si>
     <t>Tarmudi</t>
   </si>
   <si>
     <t>07:34:01</t>
   </si>
   <si>
-    <t>Andriana</t>
-[...7 lines deleted...]
-  <si>
     <t xml:space="preserve">Rian </t>
   </si>
   <si>
     <t>Adriansa</t>
   </si>
   <si>
     <t>07:42:58</t>
   </si>
   <si>
+    <t>Sugianto</t>
+  </si>
+  <si>
+    <t>07:19:39</t>
+  </si>
+  <si>
+    <t>Hotdi Erwin</t>
+  </si>
+  <si>
+    <t>Munthe</t>
+  </si>
+  <si>
+    <t>07:34:02</t>
+  </si>
+  <si>
     <t xml:space="preserve">Decky Iman </t>
   </si>
   <si>
     <t>Faisar</t>
   </si>
   <si>
     <t>07:43:43</t>
   </si>
   <si>
-    <t>Hotdi Erwin</t>
-[...11 lines deleted...]
-    <t>07:19:39</t>
+    <t>Hartono</t>
+  </si>
+  <si>
+    <t>07:34:06</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hiroshi </t>
+  </si>
+  <si>
+    <t>Saionji</t>
   </si>
   <si>
     <t>Baginda</t>
   </si>
   <si>
     <t>Aflah</t>
   </si>
   <si>
     <t>07:20:03</t>
   </si>
   <si>
-    <t xml:space="preserve">Hiroshi </t>
-[...10 lines deleted...]
-  <si>
     <t>Dadan</t>
   </si>
   <si>
     <t>Mohamad Ramdan</t>
   </si>
   <si>
     <t>07:20:16</t>
   </si>
   <si>
+    <t>Manabu</t>
+  </si>
+  <si>
+    <t>Fujita</t>
+  </si>
+  <si>
+    <t>07:34:22</t>
+  </si>
+  <si>
     <t xml:space="preserve">Halim Juasa </t>
   </si>
   <si>
     <t>Sembiring</t>
   </si>
   <si>
     <t>07:44:36</t>
   </si>
   <si>
-    <t>Manabu</t>
-[...7 lines deleted...]
-  <si>
     <t>Satyatama</t>
   </si>
   <si>
     <t>07:34:40</t>
   </si>
   <si>
     <t>Dadi</t>
   </si>
   <si>
     <t>Riadi Wicahya</t>
   </si>
   <si>
     <t>07:20:37</t>
   </si>
   <si>
     <t>Helen</t>
   </si>
   <si>
     <t>Indrajaya</t>
   </si>
   <si>
     <t>07:44:49</t>
   </si>
   <si>
+    <t>Syamsul</t>
+  </si>
+  <si>
+    <t>Anbiya</t>
+  </si>
+  <si>
+    <t>07:34:42</t>
+  </si>
+  <si>
     <t>Anne</t>
   </si>
   <si>
     <t>Aho-Eagling</t>
   </si>
   <si>
     <t>07:22:08</t>
   </si>
   <si>
     <t>07:46:10</t>
   </si>
   <si>
-    <t>Syamsul</t>
-[...5 lines deleted...]
-    <t>07:34:42</t>
+    <t>Septiana</t>
+  </si>
+  <si>
+    <t>Nia Swastika</t>
+  </si>
+  <si>
+    <t>07:24:31</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Yana </t>
+  </si>
+  <si>
+    <t>07:46:16</t>
   </si>
   <si>
     <t>Jumat</t>
   </si>
   <si>
     <t>Osman</t>
   </si>
   <si>
     <t>07:38:29</t>
   </si>
   <si>
-    <t>Septiana</t>
-[...11 lines deleted...]
-    <t>07:46:16</t>
+    <t>Ary</t>
+  </si>
+  <si>
+    <t>Widodo</t>
+  </si>
+  <si>
+    <t>07:24:32</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Winnetou </t>
+  </si>
+  <si>
+    <t>Chaniago</t>
+  </si>
+  <si>
+    <t>07:47:01</t>
   </si>
   <si>
     <t>Stephen Hau</t>
   </si>
   <si>
     <t>07:39:01</t>
   </si>
   <si>
-    <t>Ary</t>
-[...14 lines deleted...]
-    <t>07:47:01</t>
+    <t xml:space="preserve">Ryo </t>
+  </si>
+  <si>
+    <t>Anai</t>
+  </si>
+  <si>
+    <t>07:47:09</t>
+  </si>
+  <si>
+    <t>Samuel</t>
+  </si>
+  <si>
+    <t>Putra</t>
+  </si>
+  <si>
+    <t>07:39:05</t>
   </si>
   <si>
     <t>Arfan</t>
   </si>
   <si>
     <t>Ernawati</t>
   </si>
   <si>
     <t>07:24:55</t>
   </si>
   <si>
-    <t xml:space="preserve">Ryo </t>
-[...14 lines deleted...]
-    <t>07:39:05</t>
+    <t>Gilang Wahyu Prasetyo</t>
+  </si>
+  <si>
+    <t>Putro</t>
+  </si>
+  <si>
+    <t>07:24:59</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sony </t>
+  </si>
+  <si>
+    <t>Priyanto</t>
+  </si>
+  <si>
+    <t>07:49:12</t>
   </si>
   <si>
     <t>Bima Rama</t>
   </si>
   <si>
     <t>Dunas Dunas</t>
   </si>
   <si>
     <t>07:39:09</t>
   </si>
   <si>
-    <t>Gilang Wahyu Prasetyo</t>
-[...14 lines deleted...]
-    <t>07:49:12</t>
+    <t>Teguh</t>
+  </si>
+  <si>
+    <t>Adriana</t>
+  </si>
+  <si>
+    <t>07:25:39</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Viant </t>
+  </si>
+  <si>
+    <t>Adiatmaja</t>
+  </si>
+  <si>
+    <t>07:49:13</t>
   </si>
   <si>
     <t>Helmi</t>
   </si>
   <si>
     <t>Mugni</t>
   </si>
   <si>
     <t>07:40:43</t>
   </si>
   <si>
-    <t>Teguh</t>
-[...14 lines deleted...]
-    <t>07:49:13</t>
+    <t>Iriansyah</t>
+  </si>
+  <si>
+    <t>Koteka</t>
+  </si>
+  <si>
+    <t>07:40:47</t>
   </si>
   <si>
     <t>Mariko</t>
   </si>
   <si>
     <t>Murata</t>
   </si>
   <si>
     <t>07:49:16</t>
   </si>
   <si>
     <t>Nur Ainulhakimah</t>
   </si>
   <si>
     <t>Mahmud</t>
   </si>
   <si>
     <t>07:26:11</t>
   </si>
   <si>
-    <t>Iriansyah</t>
-[...7 lines deleted...]
-  <si>
     <t>Dyan</t>
   </si>
   <si>
     <t>Faksilanto</t>
   </si>
   <si>
     <t>07:49:37</t>
   </si>
   <si>
+    <t>Denis</t>
+  </si>
+  <si>
+    <t>Langlois</t>
+  </si>
+  <si>
+    <t>07:26:56</t>
+  </si>
+  <si>
     <t>Priyo</t>
   </si>
   <si>
     <t>07:41:02</t>
   </si>
   <si>
-    <t>Denis</t>
-[...7 lines deleted...]
-  <si>
     <t>Cakra Ardi</t>
   </si>
   <si>
     <t>07:28:03</t>
   </si>
   <si>
     <t xml:space="preserve">Andi </t>
   </si>
   <si>
     <t>Fernandi</t>
   </si>
   <si>
     <t>07:49:40</t>
   </si>
   <si>
     <t>Kristianto</t>
   </si>
   <si>
     <t>Silalahi</t>
   </si>
   <si>
     <t>07:41:19</t>
   </si>
   <si>
     <t>Adrian</t>
   </si>
   <si>
     <t>07:41:52</t>
   </si>
   <si>
     <t>Heroin</t>
   </si>
   <si>
     <t>Parulian</t>
   </si>
   <si>
     <t>07:28:56</t>
   </si>
   <si>
     <t xml:space="preserve">Yohanis De Deo </t>
   </si>
   <si>
     <t>Fredrick</t>
   </si>
   <si>
     <t>07:50:39</t>
   </si>
   <si>
+    <t>Marchy</t>
+  </si>
+  <si>
+    <t>Namira</t>
+  </si>
+  <si>
+    <t>07:51:18</t>
+  </si>
+  <si>
+    <t>Jarwoko</t>
+  </si>
+  <si>
+    <t>Sarman</t>
+  </si>
+  <si>
+    <t>07:41:59</t>
+  </si>
+  <si>
     <t>Stefanus</t>
   </si>
   <si>
     <t>Jeffri</t>
   </si>
   <si>
     <t>07:29:02</t>
   </si>
   <si>
-    <t>Marchy</t>
-[...14 lines deleted...]
-    <t>07:41:59</t>
+    <t>Maya</t>
   </si>
   <si>
     <t>Dudy</t>
   </si>
   <si>
     <t>Darmawan Wijaya</t>
   </si>
   <si>
     <t>07:29:05</t>
   </si>
   <si>
     <t>Cheppy</t>
   </si>
   <si>
     <t>07:51:36</t>
   </si>
   <si>
-    <t>Maya</t>
-[...1 lines deleted...]
-  <si>
     <t>07:42:15</t>
   </si>
   <si>
     <t>Rommy</t>
   </si>
   <si>
     <t>Bastian</t>
   </si>
   <si>
     <t>07:29:07</t>
   </si>
   <si>
     <t>07:52:44</t>
   </si>
   <si>
+    <t xml:space="preserve">Amelia </t>
+  </si>
+  <si>
+    <t>Seftiana</t>
+  </si>
+  <si>
+    <t>07:53:04</t>
+  </si>
+  <si>
     <t>The Hendra</t>
   </si>
   <si>
     <t>Tanujaya</t>
   </si>
   <si>
     <t>Carla</t>
   </si>
   <si>
     <t>Felany</t>
   </si>
   <si>
     <t>07:29:11</t>
   </si>
   <si>
-    <t xml:space="preserve">Amelia </t>
-[...5 lines deleted...]
-    <t>07:53:04</t>
+    <t>07:29:55</t>
+  </si>
+  <si>
+    <t>Hilman</t>
+  </si>
+  <si>
+    <t>Frimadi</t>
+  </si>
+  <si>
+    <t>07:53:08</t>
   </si>
   <si>
     <t>Piston</t>
   </si>
   <si>
     <t>Andriyanto</t>
   </si>
   <si>
     <t>07:44:11</t>
   </si>
   <si>
-    <t>07:29:55</t>
-[...10 lines deleted...]
-  <si>
     <t>Russanto</t>
   </si>
   <si>
     <t>Santo</t>
   </si>
   <si>
     <t>07:44:28</t>
   </si>
   <si>
     <t>07:30:29</t>
   </si>
   <si>
     <t xml:space="preserve">Marhayuddin </t>
   </si>
   <si>
     <t>Marhayuddin</t>
   </si>
   <si>
     <t>07:53:16</t>
   </si>
   <si>
+    <t>07:53:46</t>
+  </si>
+  <si>
     <t>M Dian</t>
   </si>
   <si>
     <t>Akbar</t>
   </si>
   <si>
     <t>07:44:48</t>
   </si>
   <si>
     <t>Hardy</t>
   </si>
   <si>
     <t>Oktasawira</t>
   </si>
   <si>
     <t>07:30:46</t>
   </si>
   <si>
-    <t>07:53:46</t>
+    <t>Ali Reza</t>
+  </si>
+  <si>
+    <t>Zareh</t>
+  </si>
+  <si>
+    <t>United States</t>
+  </si>
+  <si>
+    <t>07:53:50</t>
+  </si>
+  <si>
+    <t>Hendrikus Alberti</t>
+  </si>
+  <si>
+    <t>Bole</t>
+  </si>
+  <si>
+    <t>07:30:58</t>
   </si>
   <si>
     <t>Piandi</t>
   </si>
   <si>
     <t>07:44:55</t>
   </si>
   <si>
-    <t>Hendrikus Alberti</t>
-[...19 lines deleted...]
-  <si>
     <t>07:45:32</t>
   </si>
   <si>
     <t xml:space="preserve">Jaeyoel </t>
   </si>
   <si>
     <t>Choi</t>
   </si>
   <si>
     <t>07:55:12</t>
   </si>
   <si>
     <t>Tri Mei</t>
   </si>
   <si>
     <t>Wulantoro</t>
   </si>
   <si>
     <t>07:31:14</t>
   </si>
   <si>
+    <t>Cipto Kurniawan</t>
+  </si>
+  <si>
+    <t>07:46:27</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Jaka </t>
+  </si>
+  <si>
+    <t>Fahrial</t>
+  </si>
+  <si>
+    <t>07:55:41</t>
+  </si>
+  <si>
     <t>07:33:14</t>
   </si>
   <si>
-    <t>Cipto Kurniawan</t>
-[...13 lines deleted...]
-  <si>
     <t>Saidinal Dixie</t>
   </si>
   <si>
     <t>Nurdimansyah</t>
   </si>
   <si>
     <t>07:33:26</t>
   </si>
   <si>
     <t>07:46:35</t>
   </si>
   <si>
+    <t>Usep</t>
+  </si>
+  <si>
+    <t>Sehabudin</t>
+  </si>
+  <si>
+    <t>07:33:54</t>
+  </si>
+  <si>
     <t>Yusuf Bagus Zadiompu</t>
   </si>
   <si>
     <t>Hasibuan</t>
   </si>
   <si>
     <t>07:49:02</t>
   </si>
   <si>
-    <t>Usep</t>
-[...5 lines deleted...]
-    <t>07:33:54</t>
+    <t>Yudi</t>
+  </si>
+  <si>
+    <t>Christiawan</t>
+  </si>
+  <si>
+    <t>07:35:23</t>
   </si>
   <si>
     <t>Arifin</t>
   </si>
   <si>
     <t>07:50:03</t>
   </si>
   <si>
-    <t>Yudi</t>
-[...7 lines deleted...]
-  <si>
     <t>Faris</t>
   </si>
   <si>
     <t>Rasyadi</t>
   </si>
   <si>
     <t>07:36:45</t>
   </si>
   <si>
     <t>Willy</t>
   </si>
   <si>
     <t>Tandauli</t>
   </si>
   <si>
     <t>07:50:22</t>
   </si>
   <si>
     <t>Sudarsono</t>
   </si>
   <si>
     <t>07:36:51</t>
   </si>
   <si>
     <t>Ian</t>
   </si>
   <si>
     <t>Davey</t>
   </si>
   <si>
     <t>07:50:23</t>
   </si>
   <si>
     <t>07:50:24</t>
   </si>
   <si>
     <t>07:38:15</t>
   </si>
   <si>
+    <t>Mega</t>
+  </si>
+  <si>
+    <t>Iranti</t>
+  </si>
+  <si>
+    <t>07:38:16</t>
+  </si>
+  <si>
     <t>Dewa</t>
   </si>
   <si>
     <t>Hamdani</t>
   </si>
   <si>
     <t>07:50:44</t>
   </si>
   <si>
-    <t>Mega</t>
-[...5 lines deleted...]
-    <t>07:38:16</t>
+    <t>07:38:39</t>
   </si>
   <si>
     <t>07:51:10</t>
   </si>
   <si>
-    <t>07:38:39</t>
+    <t>Deddy</t>
+  </si>
+  <si>
+    <t>Surya</t>
+  </si>
+  <si>
+    <t>07:52:01</t>
   </si>
   <si>
     <t>Kuan</t>
   </si>
   <si>
     <t>07:42:02</t>
   </si>
   <si>
-    <t>Deddy</t>
-[...5 lines deleted...]
-    <t>07:52:01</t>
+    <t>Betsy</t>
+  </si>
+  <si>
+    <t>Fasihati</t>
+  </si>
+  <si>
+    <t>07:52:11</t>
   </si>
   <si>
     <t>07:42:38</t>
   </si>
   <si>
-    <t>Betsy</t>
-[...5 lines deleted...]
-    <t>07:52:11</t>
+    <t>Immanuel</t>
+  </si>
+  <si>
+    <t>Lumbantobing</t>
+  </si>
+  <si>
+    <t>07:42:43</t>
   </si>
   <si>
     <t>Natasha</t>
   </si>
   <si>
     <t>Nissi</t>
   </si>
   <si>
     <t>07:54:15</t>
   </si>
   <si>
-    <t>Immanuel</t>
-[...5 lines deleted...]
-    <t>07:42:43</t>
+    <t>Yohan</t>
+  </si>
+  <si>
+    <t>Wu</t>
+  </si>
+  <si>
+    <t>07:43:11</t>
   </si>
   <si>
     <t>Gigih Priambodo</t>
   </si>
   <si>
     <t>Somomihardjo</t>
   </si>
   <si>
     <t>07:54:33</t>
   </si>
   <si>
-    <t>Yohan</t>
-[...7 lines deleted...]
-  <si>
     <t>07:43:20</t>
   </si>
   <si>
     <t>07:55:08</t>
   </si>
   <si>
     <t>Natalia</t>
   </si>
   <si>
     <t>Aliwarga</t>
   </si>
   <si>
     <t>07:43:51</t>
   </si>
   <si>
+    <t>Irman</t>
+  </si>
+  <si>
+    <t>Saefulah</t>
+  </si>
+  <si>
+    <t>07:56:44</t>
+  </si>
+  <si>
     <t>Ahmad Munsif</t>
   </si>
   <si>
     <t>Respati</t>
   </si>
   <si>
     <t>07:44:46</t>
   </si>
   <si>
-    <t>Irman</t>
-[...5 lines deleted...]
-    <t>07:56:44</t>
+    <t>07:56:52</t>
   </si>
   <si>
     <t>Nicky</t>
   </si>
   <si>
     <t>Hogan</t>
   </si>
   <si>
-    <t>07:56:52</t>
+    <t>07:45:18</t>
   </si>
   <si>
     <t>Irwan</t>
   </si>
   <si>
     <t>Wijaya</t>
   </si>
   <si>
     <t>07:56:55</t>
   </si>
   <si>
-    <t>07:45:18</t>
+    <t>Chrestofel</t>
+  </si>
+  <si>
+    <t>Uneputty</t>
+  </si>
+  <si>
+    <t>07:45:19</t>
   </si>
   <si>
     <t>Galih</t>
   </si>
   <si>
     <t>Qisty</t>
   </si>
   <si>
     <t>07:57:47</t>
   </si>
   <si>
-    <t>Chrestofel</t>
-[...5 lines deleted...]
-    <t>07:45:19</t>
+    <t>Detri</t>
+  </si>
+  <si>
+    <t>Wulanjani</t>
+  </si>
+  <si>
+    <t>07:57:55</t>
   </si>
   <si>
     <t>Muhamad</t>
   </si>
   <si>
     <t>07:45:24</t>
   </si>
   <si>
-    <t>Detri</t>
-[...5 lines deleted...]
-    <t>07:57:55</t>
+    <t>07:45:27</t>
   </si>
   <si>
     <t>Zaenudin Abdul</t>
   </si>
   <si>
     <t>Jabbar</t>
   </si>
   <si>
     <t>07:59:32</t>
   </si>
   <si>
-    <t>07:45:27</t>
+    <t>Supar</t>
+  </si>
+  <si>
+    <t>Diawan</t>
+  </si>
+  <si>
+    <t>07:45:55</t>
   </si>
   <si>
     <t>Unu</t>
   </si>
   <si>
     <t>Suherman</t>
   </si>
   <si>
     <t>08:00:22</t>
   </si>
   <si>
-    <t>Supar</t>
-[...5 lines deleted...]
-    <t>07:45:55</t>
+    <t>Julian</t>
+  </si>
+  <si>
+    <t>08:00:34</t>
   </si>
   <si>
     <t>Aris</t>
   </si>
   <si>
     <t>07:47:08</t>
   </si>
   <si>
-    <t>Julian</t>
-[...2 lines deleted...]
-    <t>08:00:34</t>
+    <t>Fauzan</t>
+  </si>
+  <si>
+    <t>Fadillah</t>
+  </si>
+  <si>
+    <t>07:49:08</t>
   </si>
   <si>
     <t>Petr</t>
   </si>
   <si>
     <t>Hurtik</t>
   </si>
   <si>
     <t>08:01:05</t>
   </si>
   <si>
-    <t>Fauzan</t>
-[...5 lines deleted...]
-    <t>07:49:08</t>
+    <t>Bambang Wijanarko</t>
+  </si>
+  <si>
+    <t>Anam</t>
+  </si>
+  <si>
+    <t>07:50:19</t>
   </si>
   <si>
     <t>Noersyachbana</t>
   </si>
   <si>
     <t>Machlizier</t>
   </si>
   <si>
     <t>08:01:22</t>
   </si>
   <si>
-    <t>Bambang Wijanarko</t>
-[...5 lines deleted...]
-    <t>07:50:19</t>
+    <t>08:02:23</t>
   </si>
   <si>
     <t>Irwanto</t>
   </si>
   <si>
     <t>07:50:21</t>
   </si>
   <si>
-    <t>08:02:23</t>
+    <t>Sibron</t>
   </si>
   <si>
     <t>08:02:52</t>
   </si>
   <si>
-    <t>Sibron</t>
-[...1 lines deleted...]
-  <si>
     <t>Siawhua</t>
   </si>
   <si>
     <t>Lim</t>
   </si>
   <si>
     <t>08:03:58</t>
   </si>
   <si>
     <t>Jeffrey</t>
   </si>
   <si>
     <t>Simanjuntak</t>
   </si>
   <si>
     <t>07:50:55</t>
   </si>
   <si>
     <t>Kresna Adi</t>
   </si>
   <si>
     <t>07:51:38</t>
   </si>
   <si>
     <t>Dani</t>
@@ -3851,68 +3851,68 @@
   <si>
     <t>Budiyanto</t>
   </si>
   <si>
     <t>08:04:32</t>
   </si>
   <si>
     <t>Zamri</t>
   </si>
   <si>
     <t>Saad</t>
   </si>
   <si>
     <t>08:04:38</t>
   </si>
   <si>
     <t>Yohanes Miko</t>
   </si>
   <si>
     <t>Sularso</t>
   </si>
   <si>
     <t>07:55:15</t>
   </si>
   <si>
+    <t>Muhammad Imam</t>
+  </si>
+  <si>
+    <t>Fuadi</t>
+  </si>
+  <si>
+    <t>08:05:25</t>
+  </si>
+  <si>
     <t>Zul</t>
   </si>
   <si>
     <t>Effendi</t>
   </si>
   <si>
     <t>07:55:57</t>
   </si>
   <si>
-    <t>Muhammad Imam</t>
-[...7 lines deleted...]
-  <si>
     <t>Firmansyah</t>
   </si>
   <si>
     <t>07:56:00</t>
   </si>
   <si>
     <t>Irzaq</t>
   </si>
   <si>
     <t>Ade Pamungkas</t>
   </si>
   <si>
     <t>08:05:29</t>
   </si>
   <si>
     <t>Millardi</t>
   </si>
   <si>
     <t>Nadesul</t>
   </si>
   <si>
     <t>08:07:56</t>
   </si>
   <si>
     <t>Joni</t>
@@ -3920,608 +3920,608 @@
   <si>
     <t>Tjentojo</t>
   </si>
   <si>
     <t>07:57:38</t>
   </si>
   <si>
     <t>Cynthia Caroline</t>
   </si>
   <si>
     <t>Sibuea</t>
   </si>
   <si>
     <t>07:57:39</t>
   </si>
   <si>
     <t>Doni</t>
   </si>
   <si>
     <t>Anderson</t>
   </si>
   <si>
     <t>08:08:13</t>
   </si>
   <si>
+    <t>Atar</t>
+  </si>
+  <si>
+    <t>Sukamto</t>
+  </si>
+  <si>
+    <t>07:57:48</t>
+  </si>
+  <si>
     <t>08:08:57</t>
   </si>
   <si>
-    <t>Atar</t>
-[...7 lines deleted...]
-  <si>
     <t>Felix</t>
   </si>
   <si>
     <t>Nola</t>
   </si>
   <si>
     <t>08:09:16</t>
   </si>
   <si>
     <t>Francisca</t>
   </si>
   <si>
     <t>Tan</t>
   </si>
   <si>
     <t>07:58:02</t>
   </si>
   <si>
+    <t>07:58:06</t>
+  </si>
+  <si>
     <t>Lee Regina</t>
   </si>
   <si>
     <t>Kosasi</t>
   </si>
   <si>
     <t>08:09:17</t>
   </si>
   <si>
-    <t>07:58:06</t>
+    <t>Fajar</t>
+  </si>
+  <si>
+    <t>Diantika</t>
+  </si>
+  <si>
+    <t>08:00:02</t>
   </si>
   <si>
     <t>Artha</t>
   </si>
   <si>
     <t>08:09:33</t>
   </si>
   <si>
-    <t>Fajar</t>
-[...7 lines deleted...]
-  <si>
     <t>Achmadi</t>
   </si>
   <si>
     <t>08:09:42</t>
   </si>
   <si>
     <t>Sapto</t>
   </si>
   <si>
+    <t>Novi</t>
+  </si>
+  <si>
+    <t>Indriyani</t>
+  </si>
+  <si>
+    <t>08:10:14</t>
+  </si>
+  <si>
     <t>Dewi</t>
   </si>
   <si>
     <t>Ratnaningsih</t>
   </si>
   <si>
     <t>08:01:34</t>
   </si>
   <si>
-    <t>Novi</t>
-[...5 lines deleted...]
-    <t>08:10:14</t>
+    <t>Wiko</t>
+  </si>
+  <si>
+    <t>Haripahargio</t>
+  </si>
+  <si>
+    <t>08:02:26</t>
   </si>
   <si>
     <t>08:10:48</t>
   </si>
   <si>
-    <t>Wiko</t>
-[...5 lines deleted...]
-    <t>08:02:26</t>
+    <t>Muhtadin</t>
+  </si>
+  <si>
+    <t>Muhasyim</t>
+  </si>
+  <si>
+    <t>08:13:19</t>
   </si>
   <si>
     <t>Dzaki</t>
   </si>
   <si>
     <t>Wardana</t>
   </si>
   <si>
     <t>08:02:43</t>
   </si>
   <si>
-    <t>Muhtadin</t>
-[...7 lines deleted...]
-  <si>
     <t>08:03:04</t>
   </si>
   <si>
     <t>Tomoko</t>
   </si>
   <si>
     <t>Kitaoka</t>
   </si>
   <si>
     <t>08:14:02</t>
   </si>
   <si>
+    <t>Titi</t>
+  </si>
+  <si>
+    <t>Budiedi</t>
+  </si>
+  <si>
+    <t>08:15:16</t>
+  </si>
+  <si>
     <t>Surachman</t>
   </si>
   <si>
     <t>Cadaka</t>
   </si>
   <si>
     <t>08:05:42</t>
   </si>
   <si>
-    <t>Titi</t>
-[...7 lines deleted...]
-  <si>
     <t>Eko</t>
   </si>
   <si>
     <t>Maisusanto</t>
   </si>
   <si>
     <t>08:06:52</t>
   </si>
   <si>
     <t>08:15:25</t>
   </si>
   <si>
+    <t>Sharie</t>
+  </si>
+  <si>
+    <t>Abd</t>
+  </si>
+  <si>
+    <t>08:07:19</t>
+  </si>
+  <si>
     <t>Supardiawan</t>
   </si>
   <si>
     <t>08:15:37</t>
   </si>
   <si>
-    <t>Sharie</t>
-[...5 lines deleted...]
-    <t>08:07:19</t>
+    <t>08:15:43</t>
   </si>
   <si>
     <t>Harry Jacob</t>
   </si>
   <si>
     <t>Tapiheroe</t>
   </si>
   <si>
     <t>08:07:29</t>
   </si>
   <si>
-    <t>08:15:43</t>
+    <t>Widjanarko</t>
+  </si>
+  <si>
+    <t>08:15:48</t>
   </si>
   <si>
     <t>08:07:54</t>
   </si>
   <si>
-    <t>Widjanarko</t>
-[...4 lines deleted...]
-  <si>
     <t>08:08:08</t>
   </si>
   <si>
     <t>Jusuf</t>
   </si>
   <si>
     <t>Ade</t>
   </si>
   <si>
     <t>08:16:03</t>
   </si>
   <si>
+    <t>Johny</t>
+  </si>
+  <si>
+    <t>Sulistio</t>
+  </si>
+  <si>
+    <t>08:08:51</t>
+  </si>
+  <si>
     <t>Fatahillah</t>
   </si>
   <si>
     <t>08:16:11</t>
   </si>
   <si>
-    <t>Johny</t>
-[...5 lines deleted...]
-    <t>08:08:51</t>
+    <t>Debby Rince</t>
+  </si>
+  <si>
+    <t>08:16:21</t>
   </si>
   <si>
     <t>Winnetou</t>
   </si>
   <si>
     <t>08:09:45</t>
   </si>
   <si>
-    <t>Debby Rince</t>
-[...2 lines deleted...]
-    <t>08:16:21</t>
+    <t>Fx Ronny</t>
+  </si>
+  <si>
+    <t>Dosemon</t>
+  </si>
+  <si>
+    <t>08:09:50</t>
   </si>
   <si>
     <t>Steven</t>
   </si>
   <si>
     <t>Sutrisno</t>
   </si>
   <si>
     <t>08:18:25</t>
   </si>
   <si>
-    <t>Fx Ronny</t>
-[...5 lines deleted...]
-    <t>08:09:50</t>
+    <t>Adriansyah</t>
+  </si>
+  <si>
+    <t>Sinaga</t>
+  </si>
+  <si>
+    <t>08:09:58</t>
   </si>
   <si>
     <t>08:19:47</t>
   </si>
   <si>
-    <t>Adriansyah</t>
-[...5 lines deleted...]
-    <t>08:09:58</t>
+    <t>Faozan</t>
+  </si>
+  <si>
+    <t>08:19:51</t>
   </si>
   <si>
     <t>Santhi</t>
   </si>
   <si>
     <t>Elizabeth</t>
   </si>
   <si>
     <t>08:09:59</t>
   </si>
   <si>
-    <t>Faozan</t>
-[...4 lines deleted...]
-  <si>
     <t>Ekah</t>
   </si>
   <si>
     <t>Yudhianto</t>
   </si>
   <si>
     <t>08:10:01</t>
   </si>
   <si>
     <t>Megawati</t>
   </si>
   <si>
     <t>Soesilo</t>
   </si>
   <si>
     <t>08:20:16</t>
   </si>
   <si>
     <t>08:20:44</t>
   </si>
   <si>
     <t>08:10:03</t>
   </si>
   <si>
     <t>Ouw Hui</t>
   </si>
   <si>
     <t>Tjen</t>
   </si>
   <si>
     <t>08:20:47</t>
   </si>
   <si>
     <t>Faisal</t>
   </si>
   <si>
     <t>Issom</t>
   </si>
   <si>
     <t>08:11:11</t>
   </si>
   <si>
+    <t>08:12:26</t>
+  </si>
+  <si>
     <t>Kyoya</t>
   </si>
   <si>
     <t>08:21:01</t>
   </si>
   <si>
-    <t>08:12:26</t>
-[...1 lines deleted...]
-  <si>
     <t>Mochamad</t>
   </si>
   <si>
     <t>Zein</t>
   </si>
   <si>
     <t>08:21:52</t>
   </si>
   <si>
     <t>Ping</t>
   </si>
   <si>
     <t>Yanti</t>
   </si>
   <si>
     <t>08:13:22</t>
   </si>
   <si>
     <t>08:22:11</t>
   </si>
   <si>
     <t>08:13:31</t>
   </si>
   <si>
+    <t>Iwanto</t>
+  </si>
+  <si>
+    <t>Zhang</t>
+  </si>
+  <si>
+    <t>08:13:38</t>
+  </si>
+  <si>
     <t>Pritama</t>
   </si>
   <si>
     <t>08:23:49</t>
   </si>
   <si>
-    <t>Iwanto</t>
-[...7 lines deleted...]
-  <si>
     <t>Boy</t>
   </si>
   <si>
     <t>Andika</t>
   </si>
   <si>
     <t>08:23:58</t>
   </si>
   <si>
     <t>Forendo</t>
   </si>
   <si>
     <t>08:15:28</t>
   </si>
   <si>
+    <t>Mamesah</t>
+  </si>
+  <si>
+    <t>08:24:21</t>
+  </si>
+  <si>
     <t>Pramita</t>
   </si>
   <si>
     <t>Bismoko</t>
   </si>
   <si>
     <t>08:15:40</t>
   </si>
   <si>
-    <t>Mamesah</t>
-[...2 lines deleted...]
-    <t>08:24:21</t>
+    <t>Mohamad Ashyafat</t>
+  </si>
+  <si>
+    <t>Sastrosubroto</t>
+  </si>
+  <si>
+    <t>08:16:15</t>
   </si>
   <si>
     <t>Mohd As Baha Zammi</t>
   </si>
   <si>
     <t>Mustafa</t>
   </si>
   <si>
     <t>08:25:24</t>
   </si>
   <si>
-    <t>Mohamad Ashyafat</t>
-[...5 lines deleted...]
-    <t>08:16:15</t>
+    <t>Fitriandi</t>
+  </si>
+  <si>
+    <t>Oktavian</t>
+  </si>
+  <si>
+    <t>08:16:30</t>
   </si>
   <si>
     <t>Niko</t>
   </si>
   <si>
     <t>Wiratma</t>
   </si>
   <si>
     <t>08:26:17</t>
   </si>
   <si>
-    <t>Fitriandi</t>
-[...5 lines deleted...]
-    <t>08:16:30</t>
+    <t>Martaprawira</t>
+  </si>
+  <si>
+    <t>08:16:45</t>
   </si>
   <si>
     <t>08:26:40</t>
   </si>
   <si>
-    <t>Martaprawira</t>
-[...2 lines deleted...]
-    <t>08:16:45</t>
+    <t>Rangga Yudha</t>
+  </si>
+  <si>
+    <t>Utama</t>
+  </si>
+  <si>
+    <t>08:27:47</t>
   </si>
   <si>
     <t>Asdaferry Artha</t>
   </si>
   <si>
     <t>Bitana</t>
   </si>
   <si>
     <t>08:17:49</t>
   </si>
   <si>
-    <t>Rangga Yudha</t>
-[...7 lines deleted...]
-  <si>
     <t>Ilham</t>
   </si>
   <si>
     <t>Hendriana</t>
   </si>
   <si>
     <t>08:28:55</t>
   </si>
   <si>
     <t>Isprayanti</t>
   </si>
   <si>
     <t>08:20:27</t>
   </si>
   <si>
     <t>Taruna</t>
   </si>
   <si>
     <t>08:20:29</t>
   </si>
   <si>
+    <t>Ardiansyah</t>
+  </si>
+  <si>
     <t>Coin Castro</t>
   </si>
   <si>
     <t>Tangka</t>
   </si>
   <si>
     <t>08:29:51</t>
   </si>
   <si>
-    <t>Ardiansyah</t>
-[...1 lines deleted...]
-  <si>
     <t>08:30:50</t>
   </si>
   <si>
+    <t>Wachyu Dwi</t>
+  </si>
+  <si>
+    <t>08:20:42</t>
+  </si>
+  <si>
     <t>Firman</t>
   </si>
   <si>
     <t>08:30:51</t>
   </si>
   <si>
-    <t>Wachyu Dwi</t>
-[...4 lines deleted...]
-  <si>
     <t>Roki</t>
   </si>
   <si>
     <t>Sihotang</t>
   </si>
   <si>
     <t>08:21:59</t>
   </si>
   <si>
     <t>Nino</t>
   </si>
   <si>
     <t>Laksana</t>
   </si>
   <si>
     <t>08:31:00</t>
   </si>
   <si>
     <t>Pitoyo</t>
   </si>
   <si>
     <t>08:31:23</t>
   </si>
   <si>
     <t>Adijaya</t>
   </si>
   <si>
     <t>Sutisna</t>
   </si>
   <si>
     <t>08:22:14</t>
   </si>
   <si>
+    <t>Jimmy</t>
+  </si>
+  <si>
+    <t>Gunawan</t>
+  </si>
+  <si>
+    <t>08:31:38</t>
+  </si>
+  <si>
     <t>Suzanna</t>
   </si>
   <si>
     <t>Zas</t>
   </si>
   <si>
     <t>08:22:47</t>
   </si>
   <si>
-    <t>Jimmy</t>
-[...7 lines deleted...]
-  <si>
     <t>Astri Utami</t>
   </si>
   <si>
     <t>08:31:43</t>
   </si>
   <si>
     <t>08:22:58</t>
   </si>
   <si>
     <t>James</t>
   </si>
   <si>
     <t>Loh</t>
   </si>
   <si>
     <t>08:23:20</t>
   </si>
   <si>
     <t>Lidia</t>
   </si>
   <si>
     <t>Setio</t>
   </si>
   <si>
     <t>08:23:24</t>
@@ -4640,62 +4640,62 @@
   <si>
     <t>Ariwibowo</t>
   </si>
   <si>
     <t>08:34:59</t>
   </si>
   <si>
     <t>Hermawan</t>
   </si>
   <si>
     <t>Cahyadi</t>
   </si>
   <si>
     <t>08:36:30</t>
   </si>
   <si>
     <t>Gamma</t>
   </si>
   <si>
     <t>Sinta Rini</t>
   </si>
   <si>
     <t>08:27:13</t>
   </si>
   <si>
+    <t>Sing Yee</t>
+  </si>
+  <si>
+    <t>Wang</t>
+  </si>
+  <si>
+    <t>08:31:03</t>
+  </si>
+  <si>
     <t>08:36:38</t>
   </si>
   <si>
-    <t>Sing Yee</t>
-[...7 lines deleted...]
-  <si>
     <t>08:31:10</t>
   </si>
   <si>
     <t>Prihatana</t>
   </si>
   <si>
     <t>08:37:18</t>
   </si>
   <si>
     <t>08:37:36</t>
   </si>
   <si>
     <t>Fery</t>
   </si>
   <si>
     <t>08:34:38</t>
   </si>
   <si>
     <t>Engkos</t>
   </si>
   <si>
     <t>Koswara</t>
   </si>
   <si>
     <t>08:37:49</t>
@@ -4757,161 +4757,161 @@
   <si>
     <t>Sunadinatha</t>
   </si>
   <si>
     <t>Sulistia Didit</t>
   </si>
   <si>
     <t>08:36:50</t>
   </si>
   <si>
     <t>Muhammad Saleh</t>
   </si>
   <si>
     <t>Jasape</t>
   </si>
   <si>
     <t>08:41:11</t>
   </si>
   <si>
     <t>Adham</t>
   </si>
   <si>
     <t>08:36:59</t>
   </si>
   <si>
+    <t>Cipto</t>
+  </si>
+  <si>
+    <t>08:38:23</t>
+  </si>
+  <si>
     <t>Deni</t>
   </si>
   <si>
     <t>Hernanto</t>
   </si>
   <si>
     <t>08:41:12</t>
   </si>
   <si>
-    <t>Cipto</t>
-[...2 lines deleted...]
-    <t>08:38:23</t>
+    <t>Jeffry</t>
+  </si>
+  <si>
+    <t>08:41:14</t>
   </si>
   <si>
     <t>Anindya</t>
   </si>
   <si>
     <t>Andari</t>
   </si>
   <si>
     <t>08:38:46</t>
   </si>
   <si>
-    <t>Jeffry</t>
-[...4 lines deleted...]
-  <si>
     <t>Kusdiansah</t>
   </si>
   <si>
     <t>08:41:15</t>
   </si>
   <si>
     <t>Shaun</t>
   </si>
   <si>
     <t>Wood</t>
   </si>
   <si>
     <t>08:41:09</t>
   </si>
   <si>
     <t>08:41:16</t>
   </si>
   <si>
     <t>Susanto</t>
   </si>
   <si>
     <t>08:41:36</t>
   </si>
   <si>
+    <t>Yosi</t>
+  </si>
+  <si>
+    <t>Arfianto</t>
+  </si>
+  <si>
+    <t>08:44:34</t>
+  </si>
+  <si>
     <t>Nelli</t>
   </si>
   <si>
     <t>Dastuti</t>
   </si>
   <si>
-    <t>08:44:34</t>
-[...1 lines deleted...]
-  <si>
     <t>Indriawati</t>
   </si>
   <si>
     <t>Wantah</t>
   </si>
   <si>
     <t>08:41:17</t>
   </si>
   <si>
-    <t>Yosi</t>
-[...4 lines deleted...]
-  <si>
     <t>Yulianto</t>
   </si>
   <si>
     <t>08:42:25</t>
   </si>
   <si>
     <t>Kharis</t>
   </si>
   <si>
     <t>08:42:37</t>
   </si>
   <si>
     <t>Ymc Hendriarko</t>
   </si>
   <si>
     <t>Kms</t>
   </si>
   <si>
     <t>08:46:15</t>
   </si>
   <si>
+    <t>Fahd</t>
+  </si>
+  <si>
+    <t>08:47:18</t>
+  </si>
+  <si>
     <t>Yekti</t>
   </si>
   <si>
     <t>08:42:51</t>
   </si>
   <si>
-    <t>Fahd</t>
-[...4 lines deleted...]
-  <si>
     <t>Ibnu</t>
   </si>
   <si>
     <t>Rizal</t>
   </si>
   <si>
     <t>08:48:02</t>
   </si>
   <si>
     <t>Agustino</t>
   </si>
   <si>
     <t>Abdoeri Pratikno</t>
   </si>
   <si>
     <t>08:43:04</t>
   </si>
   <si>
     <t>Ahmad Fadhil</t>
   </si>
   <si>
     <t>Rizqan</t>
   </si>
   <si>
     <t>08:43:55</t>
@@ -5054,62 +5054,62 @@
   <si>
     <t>Hermanus</t>
   </si>
   <si>
     <t>09:02:51</t>
   </si>
   <si>
     <t>Ingrid</t>
   </si>
   <si>
     <t>Gloria</t>
   </si>
   <si>
     <t>09:03:58</t>
   </si>
   <si>
     <t>Hadi</t>
   </si>
   <si>
     <t>Prasojo</t>
   </si>
   <si>
     <t>08:48:39</t>
   </si>
   <si>
+    <t>08:48:53</t>
+  </si>
+  <si>
     <t>Bertha</t>
   </si>
   <si>
     <t>Mantowaty</t>
   </si>
   <si>
     <t>09:04:56</t>
   </si>
   <si>
-    <t>08:48:53</t>
-[...1 lines deleted...]
-  <si>
     <t>Suprijadi</t>
   </si>
   <si>
     <t>08:49:06</t>
   </si>
   <si>
     <t>Hui</t>
   </si>
   <si>
     <t>09:07:46</t>
   </si>
   <si>
     <t>Welly Susanto</t>
   </si>
   <si>
     <t>Widjaja</t>
   </si>
   <si>
     <t>08:49:17</t>
   </si>
   <si>
     <t>Michael Susanto</t>
   </si>
   <si>
     <t>Pardi</t>
@@ -5231,134 +5231,134 @@
   <si>
     <t>Eka Yulianda</t>
   </si>
   <si>
     <t>Enani Putra</t>
   </si>
   <si>
     <t>08:52:38</t>
   </si>
   <si>
     <t>Charley</t>
   </si>
   <si>
     <t>Seliang</t>
   </si>
   <si>
     <t>08:53:54</t>
   </si>
   <si>
     <t>Julita</t>
   </si>
   <si>
     <t>09:19:20</t>
   </si>
   <si>
+    <t>09:19:23</t>
+  </si>
+  <si>
     <t>Rhamanda</t>
   </si>
   <si>
     <t>08:54:23</t>
   </si>
   <si>
-    <t>09:19:23</t>
-[...1 lines deleted...]
-  <si>
     <t>Kian Yong</t>
   </si>
   <si>
     <t>Choong</t>
   </si>
   <si>
     <t>08:54:43</t>
   </si>
   <si>
     <t>Sari</t>
   </si>
   <si>
     <t>09:20:01</t>
   </si>
   <si>
     <t>08:54:54</t>
   </si>
   <si>
     <t>Reza Dias</t>
   </si>
   <si>
     <t>Primadana</t>
   </si>
   <si>
     <t>09:20:31</t>
   </si>
   <si>
+    <t>Angkawibawa</t>
+  </si>
+  <si>
+    <t>09:21:45</t>
+  </si>
+  <si>
     <t>Eduward</t>
   </si>
   <si>
     <t>Ijakus Sakti</t>
   </si>
   <si>
     <t>08:54:55</t>
   </si>
   <si>
-    <t>Angkawibawa</t>
-[...2 lines deleted...]
-    <t>09:21:45</t>
+    <t>Cheryl</t>
+  </si>
+  <si>
+    <t>Parker</t>
+  </si>
+  <si>
+    <t>08:55:38</t>
   </si>
   <si>
     <t>Poppy</t>
   </si>
   <si>
     <t>Octavia</t>
   </si>
   <si>
     <t>09:24:07</t>
   </si>
   <si>
-    <t>Cheryl</t>
-[...5 lines deleted...]
-    <t>08:55:38</t>
+    <t>Rahman</t>
+  </si>
+  <si>
+    <t>09:24:33</t>
+  </si>
+  <si>
+    <t>Richo</t>
+  </si>
+  <si>
+    <t>Prayudha</t>
   </si>
   <si>
     <t>08:55:40</t>
   </si>
   <si>
-    <t>Richo</t>
-[...10 lines deleted...]
-  <si>
     <t>Solehudin</t>
   </si>
   <si>
     <t>08:55:42</t>
   </si>
   <si>
     <t>Teodorus</t>
   </si>
   <si>
     <t>Wiyanto</t>
   </si>
   <si>
     <t>08:56:06</t>
   </si>
   <si>
     <t>Eka J</t>
   </si>
   <si>
     <t>Prajoga</t>
   </si>
   <si>
     <t>09:25:24</t>
   </si>
   <si>
     <t>08:56:19</t>
@@ -5390,95 +5390,95 @@
   <si>
     <t>08:56:30</t>
   </si>
   <si>
     <t>Syafiq Hazmy</t>
   </si>
   <si>
     <t>Zulhaimi</t>
   </si>
   <si>
     <t>09:28:27</t>
   </si>
   <si>
     <t>08:56:31</t>
   </si>
   <si>
     <t>Tuloh</t>
   </si>
   <si>
     <t>09:28:44</t>
   </si>
   <si>
     <t>08:56:33</t>
   </si>
   <si>
+    <t>Mukhsin</t>
+  </si>
+  <si>
+    <t>Alwy</t>
+  </si>
+  <si>
+    <t>09:30:03</t>
+  </si>
+  <si>
     <t>Ridho Nur</t>
   </si>
   <si>
     <t>Imansyah</t>
   </si>
   <si>
     <t>08:56:52</t>
   </si>
   <si>
-    <t>Mukhsin</t>
-[...7 lines deleted...]
-  <si>
     <t>Barkah</t>
   </si>
   <si>
     <t>09:30:05</t>
   </si>
   <si>
     <t>Thomas Hengky</t>
   </si>
   <si>
     <t>Prabowo</t>
   </si>
   <si>
     <t>08:57:14</t>
   </si>
   <si>
+    <t>08:57:20</t>
+  </si>
+  <si>
     <t>Ayi</t>
   </si>
   <si>
     <t>Mulyati</t>
   </si>
   <si>
     <t>09:30:12</t>
   </si>
   <si>
-    <t>08:57:20</t>
-[...1 lines deleted...]
-  <si>
     <t>Taufani</t>
   </si>
   <si>
     <t>08:58:24</t>
   </si>
   <si>
     <t>Tantriady</t>
   </si>
   <si>
     <t>09:30:26</t>
   </si>
   <si>
     <t>Hanif</t>
   </si>
   <si>
     <t>09:31:08</t>
   </si>
   <si>
     <t>Sigit</t>
   </si>
   <si>
     <t>Pamungkas</t>
   </si>
   <si>
     <t>08:59:15</t>
@@ -5519,177 +5519,177 @@
   <si>
     <t>Rully</t>
   </si>
   <si>
     <t>Kainama</t>
   </si>
   <si>
     <t>08:59:44</t>
   </si>
   <si>
     <t>Devi Arie</t>
   </si>
   <si>
     <t>Lubis</t>
   </si>
   <si>
     <t>09:43:37</t>
   </si>
   <si>
     <t>Aprialdi</t>
   </si>
   <si>
     <t>08:59:46</t>
   </si>
   <si>
+    <t>Adita</t>
+  </si>
+  <si>
+    <t>Irawati</t>
+  </si>
+  <si>
+    <t>09:00:23</t>
+  </si>
+  <si>
     <t>Febrina</t>
   </si>
   <si>
     <t>Rumambi</t>
   </si>
   <si>
     <t>09:44:29</t>
   </si>
   <si>
-    <t>Adita</t>
-[...7 lines deleted...]
-  <si>
     <t>Listya</t>
   </si>
   <si>
     <t>Nurina</t>
   </si>
   <si>
     <t>09:45:01</t>
   </si>
   <si>
     <t>09:00:55</t>
   </si>
   <si>
     <t>Dini</t>
   </si>
   <si>
     <t>Pusianawati</t>
   </si>
   <si>
     <t>09:48:35</t>
   </si>
   <si>
     <t>09:01:04</t>
   </si>
   <si>
+    <t>Hengky Kusumo</t>
+  </si>
+  <si>
+    <t>09:01:05</t>
+  </si>
+  <si>
     <t>Erick</t>
   </si>
   <si>
     <t>Caesar</t>
   </si>
   <si>
     <t>09:51:15</t>
   </si>
   <si>
-    <t>Hengky Kusumo</t>
-[...2 lines deleted...]
-    <t>09:01:05</t>
+    <t>Ferdian</t>
+  </si>
+  <si>
+    <t>09:02:21</t>
   </si>
   <si>
     <t>Wedo Tri</t>
   </si>
   <si>
     <t>Hardjanto</t>
   </si>
   <si>
     <t>09:52:14</t>
   </si>
   <si>
-    <t>Ferdian</t>
-[...2 lines deleted...]
-    <t>09:02:21</t>
+    <t>Pardono</t>
+  </si>
+  <si>
+    <t>09:03:15</t>
   </si>
   <si>
     <t>Risal</t>
   </si>
   <si>
     <t>Heru</t>
   </si>
   <si>
     <t>09:52:15</t>
   </si>
   <si>
-    <t>Pardono</t>
-[...2 lines deleted...]
-    <t>09:03:15</t>
+    <t>Rhonaz</t>
+  </si>
+  <si>
+    <t>09:03:32</t>
   </si>
   <si>
     <t>Hery</t>
   </si>
   <si>
     <t>09:56:44</t>
   </si>
   <si>
-    <t>Rhonaz</t>
-[...2 lines deleted...]
-    <t>09:03:32</t>
+    <t>Rhajendra Arief</t>
+  </si>
+  <si>
+    <t>09:04:07</t>
   </si>
   <si>
     <t>Chandra Lietyas</t>
   </si>
   <si>
     <t>Muttaqin</t>
   </si>
   <si>
     <t>10:00:56</t>
   </si>
   <si>
-    <t>Rhajendra Arief</t>
-[...2 lines deleted...]
-    <t>09:04:07</t>
+    <t>Febri</t>
+  </si>
+  <si>
+    <t>Nurzami</t>
+  </si>
+  <si>
+    <t>09:04:55</t>
   </si>
   <si>
     <t>Metta Melani</t>
   </si>
   <si>
     <t>10:02:17</t>
-  </si>
-[...7 lines deleted...]
-    <t>09:04:55</t>
   </si>
   <si>
     <t>Amrul</t>
   </si>
   <si>
     <t>09:05:05</t>
   </si>
   <si>
     <t>Roy</t>
   </si>
   <si>
     <t>09:06:07</t>
   </si>
   <si>
     <t>Rahardjo</t>
   </si>
   <si>
     <t>09:06:08</t>
   </si>
   <si>
     <t>09:06:54</t>
   </si>
   <si>
     <t>Wiwit Ratna</t>
   </si>
@@ -7134,404 +7134,404 @@
       </c>
       <c r="H16" s="2" t="s">
         <v>61</v>
       </c>
       <c r="I16" s="2">
         <v>5</v>
       </c>
       <c r="J16" s="2">
         <v>5</v>
       </c>
       <c r="K16" s="2">
         <v>100</v>
       </c>
       <c r="L16" s="2">
         <v>275</v>
       </c>
       <c r="M16" s="2">
         <v>0</v>
       </c>
       <c r="N16" s="2">
         <v>375</v>
       </c>
     </row>
     <row r="17" spans="1:14">
       <c r="A17" s="2">
-        <v>102691</v>
+        <v>102688</v>
       </c>
       <c r="B17" s="2" t="s">
-        <v>62</v>
+        <v>27</v>
       </c>
       <c r="C17" s="2" t="s">
-        <v>63</v>
+        <v>28</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2">
-        <v>7625</v>
-[...1 lines deleted...]
-      <c r="F17" s="2"/>
+        <v>7044</v>
+      </c>
+      <c r="F17" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="G17" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H17" s="2" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="I17" s="2">
         <v>6</v>
       </c>
       <c r="J17" s="2">
         <v>6</v>
       </c>
       <c r="K17" s="2">
         <v>100</v>
       </c>
       <c r="L17" s="2">
         <v>250</v>
       </c>
       <c r="M17" s="2">
         <v>0</v>
       </c>
       <c r="N17" s="2">
         <v>350</v>
       </c>
     </row>
     <row r="18" spans="1:14">
       <c r="A18" s="2">
-        <v>102688</v>
+        <v>107628</v>
       </c>
       <c r="B18" s="2" t="s">
-        <v>27</v>
+        <v>58</v>
       </c>
       <c r="C18" s="2" t="s">
-        <v>28</v>
+        <v>59</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2">
-        <v>7044</v>
+        <v>7645</v>
       </c>
       <c r="F18" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G18" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H18" s="2" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="I18" s="2">
         <v>6</v>
       </c>
       <c r="J18" s="2">
         <v>6</v>
       </c>
       <c r="K18" s="2">
         <v>100</v>
       </c>
       <c r="L18" s="2">
         <v>250</v>
       </c>
       <c r="M18" s="2">
         <v>0</v>
       </c>
       <c r="N18" s="2">
         <v>350</v>
       </c>
     </row>
     <row r="19" spans="1:14">
       <c r="A19" s="2">
-        <v>107628</v>
+        <v>102691</v>
       </c>
       <c r="B19" s="2" t="s">
-        <v>58</v>
+        <v>64</v>
       </c>
       <c r="C19" s="2" t="s">
-        <v>59</v>
+        <v>65</v>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2">
-        <v>7645</v>
-[...3 lines deleted...]
-      </c>
+        <v>7625</v>
+      </c>
+      <c r="F19" s="2"/>
       <c r="G19" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H19" s="2" t="s">
         <v>66</v>
       </c>
       <c r="I19" s="2">
         <v>6</v>
       </c>
       <c r="J19" s="2">
         <v>6</v>
       </c>
       <c r="K19" s="2">
         <v>100</v>
       </c>
       <c r="L19" s="2">
         <v>250</v>
       </c>
       <c r="M19" s="2">
         <v>0</v>
       </c>
       <c r="N19" s="2">
         <v>350</v>
       </c>
     </row>
     <row r="20" spans="1:14">
       <c r="A20" s="2">
-        <v>105603</v>
+        <v>102699</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>67</v>
       </c>
       <c r="C20" s="2" t="s">
         <v>68</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2">
-        <v>7092</v>
+        <v>7634</v>
       </c>
       <c r="F20" s="2" t="s">
-        <v>29</v>
+        <v>48</v>
       </c>
       <c r="G20" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H20" s="2" t="s">
         <v>69</v>
       </c>
       <c r="I20" s="2">
         <v>7</v>
       </c>
       <c r="J20" s="2">
         <v>7</v>
       </c>
       <c r="K20" s="2">
         <v>100</v>
       </c>
       <c r="L20" s="2">
         <v>240</v>
       </c>
       <c r="M20" s="2">
         <v>0</v>
       </c>
       <c r="N20" s="2">
         <v>340</v>
       </c>
     </row>
     <row r="21" spans="1:14">
       <c r="A21" s="2">
-        <v>102692</v>
+        <v>105603</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>70</v>
       </c>
       <c r="C21" s="2" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2">
-        <v>7503</v>
+        <v>7092</v>
       </c>
       <c r="F21" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G21" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H21" s="2" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="I21" s="2">
         <v>7</v>
       </c>
       <c r="J21" s="2">
         <v>7</v>
       </c>
       <c r="K21" s="2">
         <v>100</v>
       </c>
       <c r="L21" s="2">
         <v>240</v>
       </c>
       <c r="M21" s="2">
         <v>0</v>
       </c>
       <c r="N21" s="2">
         <v>340</v>
       </c>
     </row>
     <row r="22" spans="1:14">
       <c r="A22" s="2">
-        <v>102699</v>
+        <v>102692</v>
       </c>
       <c r="B22" s="2" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="C22" s="2" t="s">
         <v>73</v>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2">
-        <v>7634</v>
+        <v>7503</v>
       </c>
       <c r="F22" s="2" t="s">
-        <v>48</v>
+        <v>29</v>
       </c>
       <c r="G22" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H22" s="2" t="s">
         <v>74</v>
       </c>
       <c r="I22" s="2">
         <v>7</v>
       </c>
       <c r="J22" s="2">
         <v>7</v>
       </c>
       <c r="K22" s="2">
         <v>100</v>
       </c>
       <c r="L22" s="2">
         <v>240</v>
       </c>
       <c r="M22" s="2">
         <v>0</v>
       </c>
       <c r="N22" s="2">
         <v>340</v>
       </c>
     </row>
     <row r="23" spans="1:14">
       <c r="A23" s="2">
-        <v>107629</v>
+        <v>100165</v>
       </c>
       <c r="B23" s="2" t="s">
-        <v>50</v>
+        <v>75</v>
       </c>
       <c r="C23" s="2" t="s">
-        <v>51</v>
+        <v>76</v>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="2">
-        <v>7196</v>
+        <v>8037</v>
       </c>
       <c r="F23" s="2" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="G23" s="2" t="s">
-        <v>17</v>
+        <v>77</v>
       </c>
       <c r="H23" s="2" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="I23" s="2">
         <v>8</v>
       </c>
       <c r="J23" s="2">
-        <v>8</v>
+        <v>1</v>
       </c>
       <c r="K23" s="2">
         <v>100</v>
       </c>
       <c r="L23" s="2">
-        <v>230</v>
+        <v>400</v>
       </c>
       <c r="M23" s="2">
         <v>0</v>
       </c>
       <c r="N23" s="2">
-        <v>330</v>
+        <v>500</v>
       </c>
     </row>
     <row r="24" spans="1:14">
       <c r="A24" s="2">
-        <v>100165</v>
+        <v>107629</v>
       </c>
       <c r="B24" s="2" t="s">
-        <v>76</v>
+        <v>50</v>
       </c>
       <c r="C24" s="2" t="s">
-        <v>77</v>
+        <v>51</v>
       </c>
       <c r="D24" s="2"/>
       <c r="E24" s="2">
-        <v>8037</v>
+        <v>7196</v>
       </c>
       <c r="F24" s="2" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="G24" s="2" t="s">
-        <v>78</v>
+        <v>17</v>
       </c>
       <c r="H24" s="2" t="s">
         <v>79</v>
       </c>
       <c r="I24" s="2">
         <v>8</v>
       </c>
       <c r="J24" s="2">
-        <v>1</v>
+        <v>8</v>
       </c>
       <c r="K24" s="2">
         <v>100</v>
       </c>
       <c r="L24" s="2">
-        <v>400</v>
+        <v>230</v>
       </c>
       <c r="M24" s="2">
         <v>0</v>
       </c>
       <c r="N24" s="2">
-        <v>500</v>
+        <v>330</v>
       </c>
     </row>
     <row r="25" spans="1:14">
       <c r="A25" s="2">
         <v>101118</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>80</v>
       </c>
       <c r="C25" s="2" t="s">
         <v>81</v>
       </c>
       <c r="D25" s="2"/>
       <c r="E25" s="2">
         <v>7069</v>
       </c>
       <c r="F25" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G25" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H25" s="2" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="I25" s="2">
         <v>8</v>
       </c>
       <c r="J25" s="2">
         <v>8</v>
       </c>
       <c r="K25" s="2">
         <v>100</v>
       </c>
       <c r="L25" s="2">
         <v>230</v>
       </c>
       <c r="M25" s="2">
         <v>0</v>
       </c>
       <c r="N25" s="2">
         <v>330</v>
       </c>
     </row>
     <row r="26" spans="1:14">
       <c r="A26" s="2">
         <v>101985</v>
       </c>
       <c r="B26" s="2" t="s">
@@ -7552,106 +7552,106 @@
       </c>
       <c r="H26" s="2" t="s">
         <v>84</v>
       </c>
       <c r="I26" s="2">
         <v>9</v>
       </c>
       <c r="J26" s="2">
         <v>8</v>
       </c>
       <c r="K26" s="2">
         <v>100</v>
       </c>
       <c r="L26" s="2">
         <v>230</v>
       </c>
       <c r="M26" s="2">
         <v>0</v>
       </c>
       <c r="N26" s="2">
         <v>330</v>
       </c>
     </row>
     <row r="27" spans="1:14">
       <c r="A27" s="2">
-        <v>102689</v>
+        <v>113071</v>
       </c>
       <c r="B27" s="2" t="s">
-        <v>37</v>
+        <v>85</v>
       </c>
       <c r="C27" s="2" t="s">
-        <v>38</v>
+        <v>86</v>
       </c>
       <c r="D27" s="2"/>
       <c r="E27" s="2">
-        <v>7207</v>
+        <v>7591</v>
       </c>
       <c r="F27" s="2" t="s">
-        <v>39</v>
+        <v>48</v>
       </c>
       <c r="G27" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H27" s="2" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="I27" s="2">
         <v>9</v>
       </c>
       <c r="J27" s="2">
         <v>9</v>
       </c>
       <c r="K27" s="2">
         <v>100</v>
       </c>
       <c r="L27" s="2">
         <v>220</v>
       </c>
       <c r="M27" s="2">
         <v>0</v>
       </c>
       <c r="N27" s="2">
         <v>320</v>
       </c>
     </row>
     <row r="28" spans="1:14">
       <c r="A28" s="2">
-        <v>113071</v>
+        <v>102689</v>
       </c>
       <c r="B28" s="2" t="s">
-        <v>86</v>
+        <v>37</v>
       </c>
       <c r="C28" s="2" t="s">
-        <v>87</v>
+        <v>38</v>
       </c>
       <c r="D28" s="2"/>
       <c r="E28" s="2">
-        <v>7591</v>
+        <v>7207</v>
       </c>
       <c r="F28" s="2" t="s">
-        <v>48</v>
+        <v>39</v>
       </c>
       <c r="G28" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H28" s="2" t="s">
         <v>88</v>
       </c>
       <c r="I28" s="2">
         <v>9</v>
       </c>
       <c r="J28" s="2">
         <v>9</v>
       </c>
       <c r="K28" s="2">
         <v>100</v>
       </c>
       <c r="L28" s="2">
         <v>220</v>
       </c>
       <c r="M28" s="2">
         <v>0</v>
       </c>
       <c r="N28" s="2">
         <v>320</v>
       </c>
@@ -7723,182 +7723,182 @@
       </c>
       <c r="I30" s="2">
         <v>10</v>
       </c>
       <c r="J30" s="2">
         <v>10</v>
       </c>
       <c r="K30" s="2">
         <v>100</v>
       </c>
       <c r="L30" s="2">
         <v>210</v>
       </c>
       <c r="M30" s="2">
         <v>0</v>
       </c>
       <c r="N30" s="2">
         <v>310</v>
       </c>
     </row>
     <row r="31" spans="1:14">
       <c r="A31" s="2">
         <v>102691</v>
       </c>
       <c r="B31" s="2" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="C31" s="2" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="D31" s="2"/>
       <c r="E31" s="2">
         <v>7533</v>
       </c>
       <c r="F31" s="2"/>
       <c r="G31" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H31" s="2" t="s">
         <v>95</v>
       </c>
       <c r="I31" s="2">
         <v>10</v>
       </c>
       <c r="J31" s="2">
         <v>10</v>
       </c>
       <c r="K31" s="2">
         <v>100</v>
       </c>
       <c r="L31" s="2">
         <v>210</v>
       </c>
       <c r="M31" s="2">
         <v>0</v>
       </c>
       <c r="N31" s="2">
         <v>310</v>
       </c>
     </row>
     <row r="32" spans="1:14">
       <c r="A32" s="2">
-        <v>100979</v>
+        <v>102418</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>96</v>
       </c>
       <c r="C32" s="2" t="s">
         <v>97</v>
       </c>
       <c r="D32" s="2"/>
       <c r="E32" s="2">
-        <v>7530</v>
+        <v>7136</v>
       </c>
       <c r="F32" s="2" t="s">
+        <v>29</v>
+      </c>
+      <c r="G32" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="H32" s="2" t="s">
         <v>98</v>
-      </c>
-[...4 lines deleted...]
-        <v>99</v>
       </c>
       <c r="I32" s="2">
         <v>11</v>
       </c>
       <c r="J32" s="2">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="K32" s="2">
         <v>100</v>
       </c>
       <c r="L32" s="2">
-        <v>210</v>
+        <v>200</v>
       </c>
       <c r="M32" s="2">
         <v>0</v>
       </c>
       <c r="N32" s="2">
-        <v>310</v>
+        <v>300</v>
       </c>
     </row>
     <row r="33" spans="1:14">
       <c r="A33" s="2">
-        <v>106948</v>
+        <v>100979</v>
       </c>
       <c r="B33" s="2" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="C33" s="2" t="s">
         <v>100</v>
       </c>
       <c r="D33" s="2"/>
       <c r="E33" s="2">
-        <v>7601</v>
+        <v>7530</v>
       </c>
       <c r="F33" s="2" t="s">
-        <v>29</v>
+        <v>101</v>
       </c>
       <c r="G33" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H33" s="2" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="I33" s="2">
         <v>11</v>
       </c>
       <c r="J33" s="2">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="K33" s="2">
         <v>100</v>
       </c>
       <c r="L33" s="2">
-        <v>200</v>
+        <v>210</v>
       </c>
       <c r="M33" s="2">
         <v>0</v>
       </c>
       <c r="N33" s="2">
-        <v>300</v>
+        <v>310</v>
       </c>
     </row>
     <row r="34" spans="1:14">
       <c r="A34" s="2">
-        <v>102418</v>
+        <v>106948</v>
       </c>
       <c r="B34" s="2" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C34" s="2" t="s">
         <v>103</v>
       </c>
       <c r="D34" s="2"/>
       <c r="E34" s="2">
-        <v>7136</v>
+        <v>7601</v>
       </c>
       <c r="F34" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G34" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H34" s="2" t="s">
         <v>104</v>
       </c>
       <c r="I34" s="2">
         <v>11</v>
       </c>
       <c r="J34" s="2">
         <v>11</v>
       </c>
       <c r="K34" s="2">
         <v>100</v>
       </c>
       <c r="L34" s="2">
         <v>200</v>
       </c>
       <c r="M34" s="2">
         <v>0</v>
       </c>
@@ -7928,252 +7928,252 @@
       </c>
       <c r="H35" s="2" t="s">
         <v>107</v>
       </c>
       <c r="I35" s="2">
         <v>12</v>
       </c>
       <c r="J35" s="2">
         <v>12</v>
       </c>
       <c r="K35" s="2">
         <v>100</v>
       </c>
       <c r="L35" s="2">
         <v>190</v>
       </c>
       <c r="M35" s="2">
         <v>0</v>
       </c>
       <c r="N35" s="2">
         <v>290</v>
       </c>
     </row>
     <row r="36" spans="1:14">
       <c r="A36" s="2">
-        <v>103080</v>
+        <v>102696</v>
       </c>
       <c r="B36" s="2" t="s">
-        <v>108</v>
+        <v>105</v>
       </c>
       <c r="C36" s="2" t="s">
-        <v>109</v>
+        <v>106</v>
       </c>
       <c r="D36" s="2"/>
       <c r="E36" s="2">
-        <v>7624</v>
+        <v>7036</v>
       </c>
       <c r="F36" s="2" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="G36" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H36" s="2" t="s">
-        <v>110</v>
+        <v>108</v>
       </c>
       <c r="I36" s="2">
         <v>12</v>
       </c>
       <c r="J36" s="2">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="K36" s="2">
         <v>100</v>
       </c>
       <c r="L36" s="2">
-        <v>190</v>
+        <v>200</v>
       </c>
       <c r="M36" s="2">
         <v>0</v>
       </c>
       <c r="N36" s="2">
-        <v>290</v>
+        <v>300</v>
       </c>
     </row>
     <row r="37" spans="1:14">
       <c r="A37" s="2">
-        <v>102696</v>
+        <v>103080</v>
       </c>
       <c r="B37" s="2" t="s">
-        <v>105</v>
+        <v>109</v>
       </c>
       <c r="C37" s="2" t="s">
-        <v>106</v>
+        <v>110</v>
       </c>
       <c r="D37" s="2"/>
       <c r="E37" s="2">
-        <v>7036</v>
+        <v>7624</v>
       </c>
       <c r="F37" s="2" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="G37" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H37" s="2" t="s">
         <v>111</v>
       </c>
       <c r="I37" s="2">
         <v>12</v>
       </c>
       <c r="J37" s="2">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="K37" s="2">
         <v>100</v>
       </c>
       <c r="L37" s="2">
-        <v>200</v>
+        <v>190</v>
       </c>
       <c r="M37" s="2">
         <v>0</v>
       </c>
       <c r="N37" s="2">
-        <v>300</v>
+        <v>290</v>
       </c>
     </row>
     <row r="38" spans="1:14">
       <c r="A38" s="2">
         <v>112470</v>
       </c>
       <c r="B38" s="2" t="s">
         <v>112</v>
       </c>
       <c r="C38" s="2" t="s">
         <v>113</v>
       </c>
       <c r="D38" s="2"/>
       <c r="E38" s="2">
         <v>7188</v>
       </c>
       <c r="F38" s="2"/>
       <c r="G38" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H38" s="2" t="s">
         <v>114</v>
       </c>
       <c r="I38" s="2">
         <v>13</v>
       </c>
       <c r="J38" s="2">
         <v>13</v>
       </c>
       <c r="K38" s="2">
         <v>100</v>
       </c>
       <c r="L38" s="2">
         <v>180</v>
       </c>
       <c r="M38" s="2">
         <v>0</v>
       </c>
       <c r="N38" s="2">
         <v>280</v>
       </c>
     </row>
     <row r="39" spans="1:14">
       <c r="A39" s="2">
-        <v>102697</v>
+        <v>106949</v>
       </c>
       <c r="B39" s="2" t="s">
         <v>115</v>
       </c>
       <c r="C39" s="2" t="s">
         <v>116</v>
       </c>
       <c r="D39" s="2"/>
       <c r="E39" s="2">
-        <v>7107</v>
-[...3 lines deleted...]
-      </c>
+        <v>7163</v>
+      </c>
+      <c r="F39" s="2"/>
       <c r="G39" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H39" s="2" t="s">
         <v>117</v>
       </c>
       <c r="I39" s="2">
         <v>13</v>
       </c>
       <c r="J39" s="2">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="K39" s="2">
         <v>100</v>
       </c>
       <c r="L39" s="2">
-        <v>190</v>
+        <v>180</v>
       </c>
       <c r="M39" s="2">
         <v>0</v>
       </c>
       <c r="N39" s="2">
-        <v>290</v>
+        <v>280</v>
       </c>
     </row>
     <row r="40" spans="1:14">
       <c r="A40" s="2">
-        <v>106949</v>
+        <v>102697</v>
       </c>
       <c r="B40" s="2" t="s">
         <v>118</v>
       </c>
       <c r="C40" s="2" t="s">
         <v>119</v>
       </c>
       <c r="D40" s="2"/>
       <c r="E40" s="2">
-        <v>7163</v>
-[...1 lines deleted...]
-      <c r="F40" s="2"/>
+        <v>7107</v>
+      </c>
+      <c r="F40" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="G40" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H40" s="2" t="s">
         <v>120</v>
       </c>
       <c r="I40" s="2">
         <v>13</v>
       </c>
       <c r="J40" s="2">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="K40" s="2">
         <v>100</v>
       </c>
       <c r="L40" s="2">
-        <v>180</v>
+        <v>190</v>
       </c>
       <c r="M40" s="2">
         <v>0</v>
       </c>
       <c r="N40" s="2">
-        <v>280</v>
+        <v>290</v>
       </c>
     </row>
     <row r="41" spans="1:14">
       <c r="A41" s="2">
         <v>100974</v>
       </c>
       <c r="B41" s="2" t="s">
         <v>121</v>
       </c>
       <c r="C41" s="2" t="s">
         <v>122</v>
       </c>
       <c r="D41" s="2"/>
       <c r="E41" s="2">
         <v>8521</v>
       </c>
       <c r="F41" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G41" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H41" s="2" t="s">
         <v>123</v>
       </c>
@@ -8219,337 +8219,337 @@
       </c>
       <c r="I42" s="2">
         <v>14</v>
       </c>
       <c r="J42" s="2">
         <v>14</v>
       </c>
       <c r="K42" s="2">
         <v>100</v>
       </c>
       <c r="L42" s="2">
         <v>170</v>
       </c>
       <c r="M42" s="2">
         <v>0</v>
       </c>
       <c r="N42" s="2">
         <v>270</v>
       </c>
     </row>
     <row r="43" spans="1:14">
       <c r="A43" s="2">
         <v>100979</v>
       </c>
       <c r="B43" s="2" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="C43" s="2" t="s">
-        <v>97</v>
+        <v>100</v>
       </c>
       <c r="D43" s="2"/>
       <c r="E43" s="2">
         <v>7588</v>
       </c>
       <c r="F43" s="2" t="s">
-        <v>98</v>
+        <v>101</v>
       </c>
       <c r="G43" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H43" s="2" t="s">
         <v>126</v>
       </c>
       <c r="I43" s="2">
         <v>14</v>
       </c>
       <c r="J43" s="2">
         <v>14</v>
       </c>
       <c r="K43" s="2">
         <v>100</v>
       </c>
       <c r="L43" s="2">
         <v>170</v>
       </c>
       <c r="M43" s="2">
         <v>0</v>
       </c>
       <c r="N43" s="2">
         <v>270</v>
       </c>
     </row>
     <row r="44" spans="1:14">
       <c r="A44" s="2">
-        <v>113072</v>
+        <v>105603</v>
       </c>
       <c r="B44" s="2" t="s">
-        <v>127</v>
+        <v>70</v>
       </c>
       <c r="C44" s="2" t="s">
-        <v>128</v>
+        <v>71</v>
       </c>
       <c r="D44" s="2"/>
       <c r="E44" s="2">
-        <v>7055</v>
+        <v>7162</v>
       </c>
       <c r="F44" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G44" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H44" s="2" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="I44" s="2">
         <v>15</v>
       </c>
       <c r="J44" s="2">
         <v>15</v>
       </c>
       <c r="K44" s="2">
         <v>100</v>
       </c>
       <c r="L44" s="2">
         <v>160</v>
       </c>
       <c r="M44" s="2">
         <v>0</v>
       </c>
       <c r="N44" s="2">
         <v>260</v>
       </c>
     </row>
     <row r="45" spans="1:14">
       <c r="A45" s="2">
         <v>102698</v>
       </c>
       <c r="B45" s="2" t="s">
-        <v>130</v>
+        <v>128</v>
       </c>
       <c r="C45" s="2" t="s">
-        <v>131</v>
+        <v>129</v>
       </c>
       <c r="D45" s="2"/>
       <c r="E45" s="2">
         <v>7526</v>
       </c>
       <c r="F45" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G45" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H45" s="2" t="s">
-        <v>132</v>
+        <v>130</v>
       </c>
       <c r="I45" s="2">
         <v>15</v>
       </c>
       <c r="J45" s="2">
         <v>14</v>
       </c>
       <c r="K45" s="2">
         <v>100</v>
       </c>
       <c r="L45" s="2">
         <v>170</v>
       </c>
       <c r="M45" s="2">
         <v>0</v>
       </c>
       <c r="N45" s="2">
         <v>270</v>
       </c>
     </row>
     <row r="46" spans="1:14">
       <c r="A46" s="2">
-        <v>105603</v>
+        <v>113072</v>
       </c>
       <c r="B46" s="2" t="s">
-        <v>67</v>
+        <v>131</v>
       </c>
       <c r="C46" s="2" t="s">
-        <v>68</v>
+        <v>132</v>
       </c>
       <c r="D46" s="2"/>
       <c r="E46" s="2">
-        <v>7162</v>
+        <v>7055</v>
       </c>
       <c r="F46" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G46" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H46" s="2" t="s">
         <v>133</v>
       </c>
       <c r="I46" s="2">
         <v>15</v>
       </c>
       <c r="J46" s="2">
         <v>15</v>
       </c>
       <c r="K46" s="2">
         <v>100</v>
       </c>
       <c r="L46" s="2">
         <v>160</v>
       </c>
       <c r="M46" s="2">
         <v>0</v>
       </c>
       <c r="N46" s="2">
         <v>260</v>
       </c>
     </row>
     <row r="47" spans="1:14">
       <c r="A47" s="2">
-        <v>107634</v>
+        <v>113073</v>
       </c>
       <c r="B47" s="2" t="s">
         <v>134</v>
       </c>
       <c r="C47" s="2" t="s">
         <v>135</v>
       </c>
       <c r="D47" s="2"/>
       <c r="E47" s="2">
-        <v>7121</v>
+        <v>7230</v>
       </c>
       <c r="F47" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G47" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H47" s="2" t="s">
         <v>136</v>
       </c>
       <c r="I47" s="2">
         <v>16</v>
       </c>
       <c r="J47" s="2">
         <v>16</v>
       </c>
       <c r="K47" s="2">
         <v>100</v>
       </c>
       <c r="L47" s="2">
         <v>150</v>
       </c>
       <c r="M47" s="2">
         <v>0</v>
       </c>
       <c r="N47" s="2">
         <v>250</v>
       </c>
     </row>
     <row r="48" spans="1:14">
       <c r="A48" s="2">
-        <v>102699</v>
+        <v>107634</v>
       </c>
       <c r="B48" s="2" t="s">
-        <v>72</v>
+        <v>137</v>
       </c>
       <c r="C48" s="2" t="s">
-        <v>73</v>
+        <v>138</v>
       </c>
       <c r="D48" s="2"/>
       <c r="E48" s="2">
-        <v>7014</v>
+        <v>7121</v>
       </c>
       <c r="F48" s="2" t="s">
-        <v>48</v>
+        <v>29</v>
       </c>
       <c r="G48" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H48" s="2" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="I48" s="2">
         <v>16</v>
       </c>
       <c r="J48" s="2">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="K48" s="2">
         <v>100</v>
       </c>
       <c r="L48" s="2">
-        <v>160</v>
+        <v>150</v>
       </c>
       <c r="M48" s="2">
         <v>0</v>
       </c>
       <c r="N48" s="2">
-        <v>260</v>
+        <v>250</v>
       </c>
     </row>
     <row r="49" spans="1:14">
       <c r="A49" s="2">
-        <v>113073</v>
+        <v>102699</v>
       </c>
       <c r="B49" s="2" t="s">
-        <v>138</v>
+        <v>67</v>
       </c>
       <c r="C49" s="2" t="s">
-        <v>139</v>
+        <v>68</v>
       </c>
       <c r="D49" s="2"/>
       <c r="E49" s="2">
-        <v>7230</v>
+        <v>7014</v>
       </c>
       <c r="F49" s="2" t="s">
-        <v>29</v>
+        <v>48</v>
       </c>
       <c r="G49" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H49" s="2" t="s">
         <v>140</v>
       </c>
       <c r="I49" s="2">
         <v>16</v>
       </c>
       <c r="J49" s="2">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="K49" s="2">
         <v>100</v>
       </c>
       <c r="L49" s="2">
-        <v>150</v>
+        <v>160</v>
       </c>
       <c r="M49" s="2">
         <v>0</v>
       </c>
       <c r="N49" s="2">
-        <v>250</v>
+        <v>260</v>
       </c>
     </row>
     <row r="50" spans="1:14">
       <c r="A50" s="2">
         <v>113074</v>
       </c>
       <c r="B50" s="2" t="s">
         <v>141</v>
       </c>
       <c r="C50" s="2" t="s">
         <v>142</v>
       </c>
       <c r="D50" s="2"/>
       <c r="E50" s="2">
         <v>7554</v>
       </c>
       <c r="F50" s="2" t="s">
         <v>48</v>
       </c>
       <c r="G50" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H50" s="2" t="s">
         <v>143</v>
       </c>
@@ -8636,277 +8636,277 @@
       </c>
       <c r="H52" s="2" t="s">
         <v>148</v>
       </c>
       <c r="I52" s="2">
         <v>17</v>
       </c>
       <c r="J52" s="2">
         <v>16</v>
       </c>
       <c r="K52" s="2">
         <v>100</v>
       </c>
       <c r="L52" s="2">
         <v>150</v>
       </c>
       <c r="M52" s="2">
         <v>0</v>
       </c>
       <c r="N52" s="2">
         <v>250</v>
       </c>
     </row>
     <row r="53" spans="1:14">
       <c r="A53" s="2">
-        <v>113075</v>
+        <v>102696</v>
       </c>
       <c r="B53" s="2" t="s">
-        <v>149</v>
+        <v>105</v>
       </c>
       <c r="C53" s="2" t="s">
-        <v>150</v>
+        <v>106</v>
       </c>
       <c r="D53" s="2"/>
       <c r="E53" s="2">
-        <v>7011</v>
+        <v>7199</v>
       </c>
       <c r="F53" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G53" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H53" s="2" t="s">
-        <v>151</v>
+        <v>149</v>
       </c>
       <c r="I53" s="2">
         <v>18</v>
       </c>
       <c r="J53" s="2">
         <v>18</v>
       </c>
       <c r="K53" s="2">
         <v>100</v>
       </c>
       <c r="L53" s="2">
         <v>130</v>
       </c>
       <c r="M53" s="2">
         <v>0</v>
       </c>
       <c r="N53" s="2">
         <v>230</v>
       </c>
     </row>
     <row r="54" spans="1:14">
       <c r="A54" s="2">
         <v>102701</v>
       </c>
       <c r="B54" s="2" t="s">
-        <v>152</v>
+        <v>150</v>
       </c>
       <c r="C54" s="2" t="s">
-        <v>153</v>
+        <v>151</v>
       </c>
       <c r="D54" s="2"/>
       <c r="E54" s="2">
         <v>7093</v>
       </c>
       <c r="F54" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G54" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H54" s="2" t="s">
-        <v>154</v>
+        <v>152</v>
       </c>
       <c r="I54" s="2">
         <v>18</v>
       </c>
       <c r="J54" s="2">
         <v>17</v>
       </c>
       <c r="K54" s="2">
         <v>100</v>
       </c>
       <c r="L54" s="2">
         <v>140</v>
       </c>
       <c r="M54" s="2">
         <v>0</v>
       </c>
       <c r="N54" s="2">
         <v>240</v>
       </c>
     </row>
     <row r="55" spans="1:14">
       <c r="A55" s="2">
-        <v>102696</v>
+        <v>113075</v>
       </c>
       <c r="B55" s="2" t="s">
-        <v>105</v>
+        <v>153</v>
       </c>
       <c r="C55" s="2" t="s">
-        <v>106</v>
+        <v>154</v>
       </c>
       <c r="D55" s="2"/>
       <c r="E55" s="2">
-        <v>7199</v>
+        <v>7011</v>
       </c>
       <c r="F55" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G55" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H55" s="2" t="s">
         <v>155</v>
       </c>
       <c r="I55" s="2">
         <v>18</v>
       </c>
       <c r="J55" s="2">
         <v>18</v>
       </c>
       <c r="K55" s="2">
         <v>100</v>
       </c>
       <c r="L55" s="2">
         <v>130</v>
       </c>
       <c r="M55" s="2">
         <v>0</v>
       </c>
       <c r="N55" s="2">
         <v>230</v>
       </c>
     </row>
     <row r="56" spans="1:14">
       <c r="A56" s="2">
-        <v>102702</v>
+        <v>113076</v>
       </c>
       <c r="B56" s="2" t="s">
         <v>156</v>
       </c>
       <c r="C56" s="2" t="s">
         <v>157</v>
       </c>
       <c r="D56" s="2"/>
       <c r="E56" s="2">
-        <v>7590</v>
+        <v>8006</v>
       </c>
       <c r="F56" s="2" t="s">
-        <v>29</v>
+        <v>48</v>
       </c>
       <c r="G56" s="2" t="s">
-        <v>17</v>
+        <v>77</v>
       </c>
       <c r="H56" s="2" t="s">
         <v>158</v>
       </c>
       <c r="I56" s="2">
         <v>19</v>
       </c>
       <c r="J56" s="2">
-        <v>18</v>
+        <v>1</v>
       </c>
       <c r="K56" s="2">
         <v>100</v>
       </c>
       <c r="L56" s="2">
-        <v>130</v>
+        <v>400</v>
       </c>
       <c r="M56" s="2">
         <v>0</v>
       </c>
       <c r="N56" s="2">
-        <v>230</v>
+        <v>500</v>
       </c>
     </row>
     <row r="57" spans="1:14">
       <c r="A57" s="2">
-        <v>113076</v>
+        <v>102702</v>
       </c>
       <c r="B57" s="2" t="s">
         <v>159</v>
       </c>
       <c r="C57" s="2" t="s">
         <v>160</v>
       </c>
       <c r="D57" s="2"/>
       <c r="E57" s="2">
-        <v>8006</v>
+        <v>7590</v>
       </c>
       <c r="F57" s="2" t="s">
-        <v>48</v>
+        <v>29</v>
       </c>
       <c r="G57" s="2" t="s">
-        <v>78</v>
+        <v>17</v>
       </c>
       <c r="H57" s="2" t="s">
         <v>161</v>
       </c>
       <c r="I57" s="2">
         <v>19</v>
       </c>
       <c r="J57" s="2">
-        <v>1</v>
+        <v>18</v>
       </c>
       <c r="K57" s="2">
         <v>100</v>
       </c>
       <c r="L57" s="2">
-        <v>400</v>
+        <v>130</v>
       </c>
       <c r="M57" s="2">
         <v>0</v>
       </c>
       <c r="N57" s="2">
-        <v>500</v>
+        <v>230</v>
       </c>
     </row>
     <row r="58" spans="1:14">
       <c r="A58" s="2">
         <v>103114</v>
       </c>
       <c r="B58" s="2" t="s">
         <v>162</v>
       </c>
       <c r="C58" s="2" t="s">
         <v>163</v>
       </c>
       <c r="D58" s="2"/>
       <c r="E58" s="2">
         <v>8043</v>
       </c>
       <c r="F58" s="2" t="s">
         <v>164</v>
       </c>
       <c r="G58" s="2" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="H58" s="2" t="s">
         <v>165</v>
       </c>
       <c r="I58" s="2">
         <v>19</v>
       </c>
       <c r="J58" s="2">
         <v>1</v>
       </c>
       <c r="K58" s="2">
         <v>100</v>
       </c>
       <c r="L58" s="2">
         <v>400</v>
       </c>
       <c r="M58" s="2">
         <v>0</v>
       </c>
       <c r="N58" s="2">
         <v>500</v>
       </c>
     </row>
     <row r="59" spans="1:14">
       <c r="A59" s="2">
@@ -9154,51 +9154,51 @@
       <c r="M64" s="2">
         <v>0</v>
       </c>
       <c r="N64" s="2">
         <v>210</v>
       </c>
     </row>
     <row r="65" spans="1:14">
       <c r="A65" s="2">
         <v>102705</v>
       </c>
       <c r="B65" s="2" t="s">
         <v>180</v>
       </c>
       <c r="C65" s="2" t="s">
         <v>181</v>
       </c>
       <c r="D65" s="2"/>
       <c r="E65" s="2">
         <v>8001</v>
       </c>
       <c r="F65" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G65" s="2" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="H65" s="2" t="s">
         <v>182</v>
       </c>
       <c r="I65" s="2">
         <v>22</v>
       </c>
       <c r="J65" s="2">
         <v>2</v>
       </c>
       <c r="K65" s="2">
         <v>100</v>
       </c>
       <c r="L65" s="2">
         <v>350</v>
       </c>
       <c r="M65" s="2">
         <v>0</v>
       </c>
       <c r="N65" s="2">
         <v>450</v>
       </c>
     </row>
     <row r="66" spans="1:14">
       <c r="A66" s="2">
@@ -9306,106 +9306,106 @@
       </c>
       <c r="H68" s="2" t="s">
         <v>191</v>
       </c>
       <c r="I68" s="2">
         <v>23</v>
       </c>
       <c r="J68" s="2">
         <v>21</v>
       </c>
       <c r="K68" s="2">
         <v>100</v>
       </c>
       <c r="L68" s="2">
         <v>100</v>
       </c>
       <c r="M68" s="2">
         <v>0</v>
       </c>
       <c r="N68" s="2">
         <v>200</v>
       </c>
     </row>
     <row r="69" spans="1:14">
       <c r="A69" s="2">
-        <v>106955</v>
+        <v>106960</v>
       </c>
       <c r="B69" s="2" t="s">
         <v>192</v>
       </c>
       <c r="C69" s="2" t="s">
         <v>193</v>
       </c>
       <c r="D69" s="2"/>
       <c r="E69" s="2">
-        <v>7085</v>
+        <v>7663</v>
       </c>
       <c r="F69" s="2" t="s">
-        <v>29</v>
+        <v>194</v>
       </c>
       <c r="G69" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H69" s="2" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="I69" s="2">
         <v>23</v>
       </c>
       <c r="J69" s="2">
         <v>22</v>
       </c>
       <c r="K69" s="2">
         <v>100</v>
       </c>
       <c r="L69" s="2">
         <v>99</v>
       </c>
       <c r="M69" s="2">
         <v>0</v>
       </c>
       <c r="N69" s="2">
         <v>199</v>
       </c>
     </row>
     <row r="70" spans="1:14">
       <c r="A70" s="2">
-        <v>106960</v>
+        <v>106955</v>
       </c>
       <c r="B70" s="2" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="C70" s="2" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="D70" s="2"/>
       <c r="E70" s="2">
-        <v>7663</v>
+        <v>7085</v>
       </c>
       <c r="F70" s="2" t="s">
-        <v>197</v>
+        <v>29</v>
       </c>
       <c r="G70" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H70" s="2" t="s">
         <v>198</v>
       </c>
       <c r="I70" s="2">
         <v>23</v>
       </c>
       <c r="J70" s="2">
         <v>22</v>
       </c>
       <c r="K70" s="2">
         <v>100</v>
       </c>
       <c r="L70" s="2">
         <v>99</v>
       </c>
       <c r="M70" s="2">
         <v>0</v>
       </c>
       <c r="N70" s="2">
         <v>199</v>
       </c>
@@ -9488,196 +9488,196 @@
       <c r="M72" s="2">
         <v>0</v>
       </c>
       <c r="N72" s="2">
         <v>198</v>
       </c>
     </row>
     <row r="73" spans="1:14">
       <c r="A73" s="2">
         <v>100987</v>
       </c>
       <c r="B73" s="2" t="s">
         <v>205</v>
       </c>
       <c r="C73" s="2" t="s">
         <v>206</v>
       </c>
       <c r="D73" s="2"/>
       <c r="E73" s="2">
         <v>8031</v>
       </c>
       <c r="F73" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G73" s="2" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="H73" s="2" t="s">
         <v>207</v>
       </c>
       <c r="I73" s="2">
         <v>24</v>
       </c>
       <c r="J73" s="2">
         <v>3</v>
       </c>
       <c r="K73" s="2">
         <v>100</v>
       </c>
       <c r="L73" s="2">
         <v>325</v>
       </c>
       <c r="M73" s="2">
         <v>0</v>
       </c>
       <c r="N73" s="2">
         <v>425</v>
       </c>
     </row>
     <row r="74" spans="1:14">
       <c r="A74" s="2">
-        <v>102707</v>
+        <v>102037</v>
       </c>
       <c r="B74" s="2" t="s">
         <v>208</v>
       </c>
       <c r="C74" s="2" t="s">
         <v>209</v>
       </c>
       <c r="D74" s="2"/>
       <c r="E74" s="2">
-        <v>7067</v>
+        <v>8043</v>
       </c>
       <c r="F74" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G74" s="2" t="s">
-        <v>17</v>
+        <v>77</v>
       </c>
       <c r="H74" s="2" t="s">
         <v>210</v>
       </c>
       <c r="I74" s="2">
         <v>25</v>
       </c>
       <c r="J74" s="2">
-        <v>22</v>
+        <v>2</v>
       </c>
       <c r="K74" s="2">
         <v>100</v>
       </c>
       <c r="L74" s="2">
-        <v>99</v>
+        <v>350</v>
       </c>
       <c r="M74" s="2">
         <v>0</v>
       </c>
       <c r="N74" s="2">
-        <v>199</v>
+        <v>450</v>
       </c>
     </row>
     <row r="75" spans="1:14">
       <c r="A75" s="2">
-        <v>106957</v>
+        <v>102707</v>
       </c>
       <c r="B75" s="2" t="s">
         <v>211</v>
       </c>
       <c r="C75" s="2" t="s">
         <v>212</v>
       </c>
       <c r="D75" s="2"/>
       <c r="E75" s="2">
-        <v>7586</v>
-[...1 lines deleted...]
-      <c r="F75" s="2"/>
+        <v>7067</v>
+      </c>
+      <c r="F75" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="G75" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H75" s="2" t="s">
         <v>213</v>
       </c>
       <c r="I75" s="2">
         <v>25</v>
       </c>
       <c r="J75" s="2">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="K75" s="2">
         <v>100</v>
       </c>
       <c r="L75" s="2">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="M75" s="2">
         <v>0</v>
       </c>
       <c r="N75" s="2">
-        <v>197</v>
+        <v>199</v>
       </c>
     </row>
     <row r="76" spans="1:14">
       <c r="A76" s="2">
-        <v>102037</v>
+        <v>106957</v>
       </c>
       <c r="B76" s="2" t="s">
         <v>214</v>
       </c>
       <c r="C76" s="2" t="s">
         <v>215</v>
       </c>
       <c r="D76" s="2"/>
       <c r="E76" s="2">
-        <v>8043</v>
-[...3 lines deleted...]
-      </c>
+        <v>7586</v>
+      </c>
+      <c r="F76" s="2"/>
       <c r="G76" s="2" t="s">
-        <v>78</v>
+        <v>17</v>
       </c>
       <c r="H76" s="2" t="s">
         <v>216</v>
       </c>
       <c r="I76" s="2">
         <v>25</v>
       </c>
       <c r="J76" s="2">
-        <v>2</v>
+        <v>24</v>
       </c>
       <c r="K76" s="2">
         <v>100</v>
       </c>
       <c r="L76" s="2">
-        <v>350</v>
+        <v>97</v>
       </c>
       <c r="M76" s="2">
         <v>0</v>
       </c>
       <c r="N76" s="2">
-        <v>450</v>
+        <v>197</v>
       </c>
     </row>
     <row r="77" spans="1:14">
       <c r="A77" s="2">
         <v>102706</v>
       </c>
       <c r="B77" s="2" t="s">
         <v>189</v>
       </c>
       <c r="C77" s="2" t="s">
         <v>190</v>
       </c>
       <c r="D77" s="2"/>
       <c r="E77" s="2">
         <v>7098</v>
       </c>
       <c r="F77" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G77" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H77" s="2" t="s">
         <v>217</v>
       </c>
@@ -10016,298 +10016,298 @@
       </c>
       <c r="H85" s="2" t="s">
         <v>239</v>
       </c>
       <c r="I85" s="2">
         <v>28</v>
       </c>
       <c r="J85" s="2">
         <v>27</v>
       </c>
       <c r="K85" s="2">
         <v>100</v>
       </c>
       <c r="L85" s="2">
         <v>94</v>
       </c>
       <c r="M85" s="2">
         <v>0</v>
       </c>
       <c r="N85" s="2">
         <v>194</v>
       </c>
     </row>
     <row r="86" spans="1:14">
       <c r="A86" s="2">
-        <v>102711</v>
+        <v>105233</v>
       </c>
       <c r="B86" s="2" t="s">
         <v>240</v>
       </c>
       <c r="C86" s="2" t="s">
         <v>241</v>
       </c>
       <c r="D86" s="2"/>
       <c r="E86" s="2">
-        <v>7534</v>
+        <v>8526</v>
       </c>
       <c r="F86" s="2" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="G86" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H86" s="2" t="s">
         <v>242</v>
       </c>
       <c r="I86" s="2">
         <v>29</v>
       </c>
       <c r="J86" s="2">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="K86" s="2">
         <v>100</v>
       </c>
       <c r="L86" s="2">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="M86" s="2">
         <v>0</v>
       </c>
       <c r="N86" s="2">
-        <v>195</v>
+        <v>193</v>
       </c>
     </row>
     <row r="87" spans="1:14">
       <c r="A87" s="2">
-        <v>105233</v>
+        <v>102711</v>
       </c>
       <c r="B87" s="2" t="s">
         <v>243</v>
       </c>
       <c r="C87" s="2" t="s">
         <v>244</v>
       </c>
       <c r="D87" s="2"/>
       <c r="E87" s="2">
-        <v>8526</v>
+        <v>7534</v>
       </c>
       <c r="F87" s="2" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="G87" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H87" s="2" t="s">
         <v>245</v>
       </c>
       <c r="I87" s="2">
         <v>29</v>
       </c>
       <c r="J87" s="2">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="K87" s="2">
         <v>100</v>
       </c>
       <c r="L87" s="2">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="M87" s="2">
         <v>0</v>
       </c>
       <c r="N87" s="2">
-        <v>193</v>
+        <v>195</v>
       </c>
     </row>
     <row r="88" spans="1:14">
       <c r="A88" s="2">
         <v>106986</v>
       </c>
       <c r="B88" s="2" t="s">
         <v>246</v>
       </c>
       <c r="C88" s="2" t="s">
         <v>247</v>
       </c>
       <c r="D88" s="2"/>
       <c r="E88" s="2">
         <v>7649</v>
       </c>
       <c r="F88" s="2" t="s">
         <v>48</v>
       </c>
       <c r="G88" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H88" s="2" t="s">
         <v>248</v>
       </c>
       <c r="I88" s="2">
         <v>29</v>
       </c>
       <c r="J88" s="2">
         <v>27</v>
       </c>
       <c r="K88" s="2">
         <v>100</v>
       </c>
       <c r="L88" s="2">
         <v>94</v>
       </c>
       <c r="M88" s="2">
         <v>0</v>
       </c>
       <c r="N88" s="2">
         <v>194</v>
       </c>
     </row>
     <row r="89" spans="1:14">
       <c r="A89" s="2">
-        <v>106960</v>
+        <v>113082</v>
       </c>
       <c r="B89" s="2" t="s">
-        <v>195</v>
+        <v>249</v>
       </c>
       <c r="C89" s="2" t="s">
-        <v>196</v>
+        <v>250</v>
       </c>
       <c r="D89" s="2"/>
       <c r="E89" s="2">
-        <v>7575</v>
+        <v>7132</v>
       </c>
       <c r="F89" s="2" t="s">
-        <v>197</v>
+        <v>29</v>
       </c>
       <c r="G89" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H89" s="2" t="s">
-        <v>249</v>
+        <v>251</v>
       </c>
       <c r="I89" s="2">
         <v>30</v>
       </c>
       <c r="J89" s="2">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="K89" s="2">
         <v>100</v>
       </c>
       <c r="L89" s="2">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="M89" s="2">
         <v>0</v>
       </c>
       <c r="N89" s="2">
-        <v>192</v>
+        <v>193</v>
       </c>
     </row>
     <row r="90" spans="1:14">
       <c r="A90" s="2">
-        <v>102712</v>
+        <v>106960</v>
       </c>
       <c r="B90" s="2" t="s">
-        <v>250</v>
+        <v>192</v>
       </c>
       <c r="C90" s="2" t="s">
-        <v>251</v>
+        <v>193</v>
       </c>
       <c r="D90" s="2"/>
       <c r="E90" s="2">
-        <v>7158</v>
+        <v>7575</v>
       </c>
       <c r="F90" s="2" t="s">
-        <v>39</v>
+        <v>194</v>
       </c>
       <c r="G90" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H90" s="2" t="s">
         <v>252</v>
       </c>
       <c r="I90" s="2">
         <v>30</v>
       </c>
       <c r="J90" s="2">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="K90" s="2">
         <v>100</v>
       </c>
       <c r="L90" s="2">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="M90" s="2">
         <v>0</v>
       </c>
       <c r="N90" s="2">
-        <v>194</v>
+        <v>192</v>
       </c>
     </row>
     <row r="91" spans="1:14">
       <c r="A91" s="2">
-        <v>113082</v>
+        <v>102712</v>
       </c>
       <c r="B91" s="2" t="s">
         <v>253</v>
       </c>
       <c r="C91" s="2" t="s">
         <v>254</v>
       </c>
       <c r="D91" s="2"/>
       <c r="E91" s="2">
-        <v>7132</v>
+        <v>7158</v>
       </c>
       <c r="F91" s="2" t="s">
-        <v>29</v>
+        <v>39</v>
       </c>
       <c r="G91" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H91" s="2" t="s">
         <v>255</v>
       </c>
       <c r="I91" s="2">
         <v>30</v>
       </c>
       <c r="J91" s="2">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="K91" s="2">
         <v>100</v>
       </c>
       <c r="L91" s="2">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="M91" s="2">
         <v>0</v>
       </c>
       <c r="N91" s="2">
-        <v>193</v>
+        <v>194</v>
       </c>
     </row>
     <row r="92" spans="1:14">
       <c r="A92" s="2">
         <v>101985</v>
       </c>
       <c r="B92" s="2" t="s">
         <v>82</v>
       </c>
       <c r="C92" s="2" t="s">
         <v>83</v>
       </c>
       <c r="D92" s="2"/>
       <c r="E92" s="2">
         <v>7194</v>
       </c>
       <c r="F92" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G92" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H92" s="2" t="s">
         <v>256</v>
       </c>
@@ -10452,51 +10452,51 @@
       <c r="M95" s="2">
         <v>0</v>
       </c>
       <c r="N95" s="2">
         <v>190</v>
       </c>
     </row>
     <row r="96" spans="1:14">
       <c r="A96" s="2">
         <v>102404</v>
       </c>
       <c r="B96" s="2" t="s">
         <v>266</v>
       </c>
       <c r="C96" s="2" t="s">
         <v>267</v>
       </c>
       <c r="D96" s="2"/>
       <c r="E96" s="2">
         <v>8508</v>
       </c>
       <c r="F96" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G96" s="2" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="H96" s="2" t="s">
         <v>268</v>
       </c>
       <c r="I96" s="2">
         <v>32</v>
       </c>
       <c r="J96" s="2">
         <v>4</v>
       </c>
       <c r="K96" s="2">
         <v>100</v>
       </c>
       <c r="L96" s="2">
         <v>300</v>
       </c>
       <c r="M96" s="2">
         <v>0</v>
       </c>
       <c r="N96" s="2">
         <v>400</v>
       </c>
     </row>
     <row r="97" spans="1:14">
       <c r="A97" s="2">
@@ -10578,51 +10578,51 @@
       <c r="M98" s="2">
         <v>0</v>
       </c>
       <c r="N98" s="2">
         <v>190</v>
       </c>
     </row>
     <row r="99" spans="1:14">
       <c r="A99" s="2">
         <v>102705</v>
       </c>
       <c r="B99" s="2" t="s">
         <v>180</v>
       </c>
       <c r="C99" s="2" t="s">
         <v>181</v>
       </c>
       <c r="D99" s="2"/>
       <c r="E99" s="2">
         <v>8008</v>
       </c>
       <c r="F99" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G99" s="2" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="H99" s="2" t="s">
         <v>275</v>
       </c>
       <c r="I99" s="2">
         <v>33</v>
       </c>
       <c r="J99" s="2">
         <v>2</v>
       </c>
       <c r="K99" s="2">
         <v>100</v>
       </c>
       <c r="L99" s="2">
         <v>350</v>
       </c>
       <c r="M99" s="2">
         <v>0</v>
       </c>
       <c r="N99" s="2">
         <v>450</v>
       </c>
     </row>
     <row r="100" spans="1:14">
       <c r="A100" s="2">
@@ -10770,147 +10770,147 @@
       </c>
       <c r="H103" s="2" t="s">
         <v>285</v>
       </c>
       <c r="I103" s="2">
         <v>34</v>
       </c>
       <c r="J103" s="2">
         <v>30</v>
       </c>
       <c r="K103" s="2">
         <v>100</v>
       </c>
       <c r="L103" s="2">
         <v>91</v>
       </c>
       <c r="M103" s="2">
         <v>0</v>
       </c>
       <c r="N103" s="2">
         <v>191</v>
       </c>
     </row>
     <row r="104" spans="1:14">
       <c r="A104" s="2">
-        <v>106964</v>
+        <v>102716</v>
       </c>
       <c r="B104" s="2" t="s">
         <v>286</v>
       </c>
       <c r="C104" s="2" t="s">
         <v>287</v>
       </c>
       <c r="D104" s="2"/>
       <c r="E104" s="2">
-        <v>7613</v>
-[...1 lines deleted...]
-      <c r="F104" s="2"/>
+        <v>7022</v>
+      </c>
+      <c r="F104" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="G104" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H104" s="2" t="s">
         <v>288</v>
       </c>
       <c r="I104" s="2">
         <v>35</v>
       </c>
       <c r="J104" s="2">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="K104" s="2">
         <v>100</v>
       </c>
       <c r="L104" s="2">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="M104" s="2">
         <v>0</v>
       </c>
       <c r="N104" s="2">
-        <v>188</v>
+        <v>190</v>
       </c>
     </row>
     <row r="105" spans="1:14">
       <c r="A105" s="2">
-        <v>102716</v>
+        <v>113087</v>
       </c>
       <c r="B105" s="2" t="s">
+        <v>85</v>
+      </c>
+      <c r="C105" s="2" t="s">
         <v>289</v>
-      </c>
-[...1 lines deleted...]
-        <v>290</v>
       </c>
       <c r="D105" s="2"/>
       <c r="E105" s="2">
-        <v>7022</v>
+        <v>7590</v>
       </c>
       <c r="F105" s="2" t="s">
-        <v>29</v>
+        <v>48</v>
       </c>
       <c r="G105" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H105" s="2" t="s">
-        <v>291</v>
+        <v>290</v>
       </c>
       <c r="I105" s="2">
         <v>35</v>
       </c>
       <c r="J105" s="2">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="K105" s="2">
         <v>100</v>
       </c>
       <c r="L105" s="2">
-        <v>90</v>
+        <v>88</v>
       </c>
       <c r="M105" s="2">
         <v>0</v>
       </c>
       <c r="N105" s="2">
-        <v>190</v>
+        <v>188</v>
       </c>
     </row>
     <row r="106" spans="1:14">
       <c r="A106" s="2">
-        <v>113087</v>
+        <v>106964</v>
       </c>
       <c r="B106" s="2" t="s">
-        <v>86</v>
+        <v>291</v>
       </c>
       <c r="C106" s="2" t="s">
         <v>292</v>
       </c>
       <c r="D106" s="2"/>
       <c r="E106" s="2">
-        <v>7590</v>
-[...3 lines deleted...]
-      </c>
+        <v>7613</v>
+      </c>
+      <c r="F106" s="2"/>
       <c r="G106" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H106" s="2" t="s">
         <v>293</v>
       </c>
       <c r="I106" s="2">
         <v>35</v>
       </c>
       <c r="J106" s="2">
         <v>33</v>
       </c>
       <c r="K106" s="2">
         <v>100</v>
       </c>
       <c r="L106" s="2">
         <v>88</v>
       </c>
       <c r="M106" s="2">
         <v>0</v>
       </c>
       <c r="N106" s="2">
         <v>188</v>
       </c>
     </row>
@@ -10936,128 +10936,128 @@
       </c>
       <c r="H107" s="2" t="s">
         <v>296</v>
       </c>
       <c r="I107" s="2">
         <v>36</v>
       </c>
       <c r="J107" s="2">
         <v>34</v>
       </c>
       <c r="K107" s="2">
         <v>100</v>
       </c>
       <c r="L107" s="2">
         <v>87</v>
       </c>
       <c r="M107" s="2">
         <v>0</v>
       </c>
       <c r="N107" s="2">
         <v>187</v>
       </c>
     </row>
     <row r="108" spans="1:14">
       <c r="A108" s="2">
-        <v>106965</v>
+        <v>101998</v>
       </c>
       <c r="B108" s="2" t="s">
         <v>297</v>
       </c>
       <c r="C108" s="2" t="s">
-        <v>298</v>
+        <v>297</v>
       </c>
       <c r="D108" s="2"/>
       <c r="E108" s="2">
-        <v>7105</v>
-[...1 lines deleted...]
-      <c r="F108" s="2"/>
+        <v>7518</v>
+      </c>
+      <c r="F108" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="G108" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H108" s="2" t="s">
-        <v>299</v>
+        <v>298</v>
       </c>
       <c r="I108" s="2">
         <v>36</v>
       </c>
       <c r="J108" s="2">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="K108" s="2">
         <v>100</v>
       </c>
       <c r="L108" s="2">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="M108" s="2">
         <v>0</v>
       </c>
       <c r="N108" s="2">
-        <v>187</v>
+        <v>189</v>
       </c>
     </row>
     <row r="109" spans="1:14">
       <c r="A109" s="2">
-        <v>101998</v>
+        <v>106965</v>
       </c>
       <c r="B109" s="2" t="s">
-        <v>300</v>
+        <v>299</v>
       </c>
       <c r="C109" s="2" t="s">
         <v>300</v>
       </c>
       <c r="D109" s="2"/>
       <c r="E109" s="2">
-        <v>7518</v>
-[...3 lines deleted...]
-      </c>
+        <v>7105</v>
+      </c>
+      <c r="F109" s="2"/>
       <c r="G109" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H109" s="2" t="s">
         <v>301</v>
       </c>
       <c r="I109" s="2">
         <v>36</v>
       </c>
       <c r="J109" s="2">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="K109" s="2">
         <v>100</v>
       </c>
       <c r="L109" s="2">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="M109" s="2">
         <v>0</v>
       </c>
       <c r="N109" s="2">
-        <v>189</v>
+        <v>187</v>
       </c>
     </row>
     <row r="110" spans="1:14">
       <c r="A110" s="2">
         <v>102403</v>
       </c>
       <c r="B110" s="2" t="s">
         <v>302</v>
       </c>
       <c r="C110" s="2" t="s">
         <v>303</v>
       </c>
       <c r="D110" s="2"/>
       <c r="E110" s="2">
         <v>7040</v>
       </c>
       <c r="F110" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G110" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H110" s="2" t="s">
         <v>304</v>
       </c>
@@ -11184,227 +11184,227 @@
       </c>
       <c r="H113" s="2" t="s">
         <v>314</v>
       </c>
       <c r="I113" s="2">
         <v>38</v>
       </c>
       <c r="J113" s="2">
         <v>36</v>
       </c>
       <c r="K113" s="2">
         <v>100</v>
       </c>
       <c r="L113" s="2">
         <v>85</v>
       </c>
       <c r="M113" s="2">
         <v>0</v>
       </c>
       <c r="N113" s="2">
         <v>185</v>
       </c>
     </row>
     <row r="114" spans="1:14">
       <c r="A114" s="2">
-        <v>102719</v>
+        <v>106967</v>
       </c>
       <c r="B114" s="2" t="s">
         <v>315</v>
       </c>
       <c r="C114" s="2" t="s">
         <v>316</v>
       </c>
       <c r="D114" s="2"/>
       <c r="E114" s="2">
-        <v>7539</v>
-[...3 lines deleted...]
-      </c>
+        <v>7532</v>
+      </c>
+      <c r="F114" s="2"/>
       <c r="G114" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H114" s="2" t="s">
         <v>317</v>
       </c>
       <c r="I114" s="2">
         <v>38</v>
       </c>
       <c r="J114" s="2">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="K114" s="2">
         <v>100</v>
       </c>
       <c r="L114" s="2">
-        <v>87</v>
+        <v>85</v>
       </c>
       <c r="M114" s="2">
         <v>0</v>
       </c>
       <c r="N114" s="2">
-        <v>187</v>
+        <v>185</v>
       </c>
     </row>
     <row r="115" spans="1:14">
       <c r="A115" s="2">
-        <v>106967</v>
+        <v>102719</v>
       </c>
       <c r="B115" s="2" t="s">
         <v>318</v>
       </c>
       <c r="C115" s="2" t="s">
         <v>319</v>
       </c>
       <c r="D115" s="2"/>
       <c r="E115" s="2">
-        <v>7532</v>
-[...1 lines deleted...]
-      <c r="F115" s="2"/>
+        <v>7539</v>
+      </c>
+      <c r="F115" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="G115" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H115" s="2" t="s">
         <v>320</v>
       </c>
       <c r="I115" s="2">
         <v>38</v>
       </c>
       <c r="J115" s="2">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="K115" s="2">
         <v>100</v>
       </c>
       <c r="L115" s="2">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="M115" s="2">
         <v>0</v>
       </c>
       <c r="N115" s="2">
-        <v>185</v>
+        <v>187</v>
       </c>
     </row>
     <row r="116" spans="1:14">
       <c r="A116" s="2">
-        <v>102720</v>
+        <v>113090</v>
       </c>
       <c r="B116" s="2" t="s">
         <v>321</v>
       </c>
       <c r="C116" s="2" t="s">
         <v>322</v>
       </c>
       <c r="D116" s="2"/>
       <c r="E116" s="2">
-        <v>7581</v>
+        <v>7058</v>
       </c>
       <c r="F116" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G116" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H116" s="2" t="s">
         <v>323</v>
       </c>
       <c r="I116" s="2">
         <v>39</v>
       </c>
       <c r="J116" s="2">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="K116" s="2">
         <v>100</v>
       </c>
       <c r="L116" s="2">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="M116" s="2">
         <v>0</v>
       </c>
       <c r="N116" s="2">
-        <v>186</v>
+        <v>184</v>
       </c>
     </row>
     <row r="117" spans="1:14">
       <c r="A117" s="2">
-        <v>102781</v>
+        <v>102720</v>
       </c>
       <c r="B117" s="2" t="s">
         <v>324</v>
       </c>
       <c r="C117" s="2" t="s">
         <v>325</v>
       </c>
       <c r="D117" s="2"/>
       <c r="E117" s="2">
-        <v>7021</v>
+        <v>7581</v>
       </c>
       <c r="F117" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G117" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H117" s="2" t="s">
         <v>326</v>
       </c>
       <c r="I117" s="2">
         <v>39</v>
       </c>
       <c r="J117" s="2">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="K117" s="2">
         <v>100</v>
       </c>
       <c r="L117" s="2">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="M117" s="2">
         <v>0</v>
       </c>
       <c r="N117" s="2">
-        <v>184</v>
+        <v>186</v>
       </c>
     </row>
     <row r="118" spans="1:14">
       <c r="A118" s="2">
-        <v>113090</v>
+        <v>102781</v>
       </c>
       <c r="B118" s="2" t="s">
         <v>327</v>
       </c>
       <c r="C118" s="2" t="s">
         <v>328</v>
       </c>
       <c r="D118" s="2"/>
       <c r="E118" s="2">
-        <v>7058</v>
+        <v>7021</v>
       </c>
       <c r="F118" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G118" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H118" s="2" t="s">
         <v>329</v>
       </c>
       <c r="I118" s="2">
         <v>39</v>
       </c>
       <c r="J118" s="2">
         <v>37</v>
       </c>
       <c r="K118" s="2">
         <v>100</v>
       </c>
       <c r="L118" s="2">
         <v>84</v>
       </c>
       <c r="M118" s="2">
         <v>0</v>
       </c>
@@ -11437,64 +11437,64 @@
       </c>
       <c r="I119" s="2">
         <v>40</v>
       </c>
       <c r="J119" s="2">
         <v>36</v>
       </c>
       <c r="K119" s="2">
         <v>100</v>
       </c>
       <c r="L119" s="2">
         <v>85</v>
       </c>
       <c r="M119" s="2">
         <v>0</v>
       </c>
       <c r="N119" s="2">
         <v>185</v>
       </c>
     </row>
     <row r="120" spans="1:14">
       <c r="A120" s="2">
         <v>102037</v>
       </c>
       <c r="B120" s="2" t="s">
-        <v>214</v>
+        <v>208</v>
       </c>
       <c r="C120" s="2" t="s">
-        <v>215</v>
+        <v>209</v>
       </c>
       <c r="D120" s="2"/>
       <c r="E120" s="2">
         <v>8003</v>
       </c>
       <c r="F120" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G120" s="2" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="H120" s="2" t="s">
         <v>331</v>
       </c>
       <c r="I120" s="2">
         <v>40</v>
       </c>
       <c r="J120" s="2">
         <v>3</v>
       </c>
       <c r="K120" s="2">
         <v>100</v>
       </c>
       <c r="L120" s="2">
         <v>325</v>
       </c>
       <c r="M120" s="2">
         <v>0</v>
       </c>
       <c r="N120" s="2">
         <v>425</v>
       </c>
     </row>
     <row r="121" spans="1:14">
       <c r="A121" s="2">
@@ -11518,420 +11518,420 @@
       </c>
       <c r="H121" s="2" t="s">
         <v>334</v>
       </c>
       <c r="I121" s="2">
         <v>40</v>
       </c>
       <c r="J121" s="2">
         <v>38</v>
       </c>
       <c r="K121" s="2">
         <v>100</v>
       </c>
       <c r="L121" s="2">
         <v>83</v>
       </c>
       <c r="M121" s="2">
         <v>0</v>
       </c>
       <c r="N121" s="2">
         <v>183</v>
       </c>
     </row>
     <row r="122" spans="1:14">
       <c r="A122" s="2">
-        <v>106969</v>
+        <v>102722</v>
       </c>
       <c r="B122" s="2" t="s">
         <v>335</v>
       </c>
       <c r="C122" s="2" t="s">
         <v>336</v>
       </c>
       <c r="D122" s="2"/>
       <c r="E122" s="2">
-        <v>7656</v>
-[...1 lines deleted...]
-      <c r="F122" s="2"/>
+        <v>7533</v>
+      </c>
+      <c r="F122" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="G122" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H122" s="2" t="s">
         <v>337</v>
       </c>
       <c r="I122" s="2">
         <v>41</v>
       </c>
       <c r="J122" s="2">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="K122" s="2">
         <v>100</v>
       </c>
       <c r="L122" s="2">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="M122" s="2">
         <v>0</v>
       </c>
       <c r="N122" s="2">
-        <v>183</v>
+        <v>184</v>
       </c>
     </row>
     <row r="123" spans="1:14">
       <c r="A123" s="2">
-        <v>102722</v>
+        <v>106969</v>
       </c>
       <c r="B123" s="2" t="s">
         <v>338</v>
       </c>
       <c r="C123" s="2" t="s">
         <v>339</v>
       </c>
       <c r="D123" s="2"/>
       <c r="E123" s="2">
-        <v>7533</v>
-[...3 lines deleted...]
-      </c>
+        <v>7656</v>
+      </c>
+      <c r="F123" s="2"/>
       <c r="G123" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H123" s="2" t="s">
         <v>340</v>
       </c>
       <c r="I123" s="2">
         <v>41</v>
       </c>
       <c r="J123" s="2">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="K123" s="2">
         <v>100</v>
       </c>
       <c r="L123" s="2">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="M123" s="2">
         <v>0</v>
       </c>
       <c r="N123" s="2">
-        <v>184</v>
+        <v>183</v>
       </c>
     </row>
     <row r="124" spans="1:14">
       <c r="A124" s="2">
         <v>102012</v>
       </c>
       <c r="B124" s="2" t="s">
         <v>341</v>
       </c>
       <c r="C124" s="2" t="s">
         <v>342</v>
       </c>
       <c r="D124" s="2"/>
       <c r="E124" s="2">
         <v>7621</v>
       </c>
       <c r="F124" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G124" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H124" s="2" t="s">
         <v>343</v>
       </c>
       <c r="I124" s="2">
         <v>41</v>
       </c>
       <c r="J124" s="2">
         <v>39</v>
       </c>
       <c r="K124" s="2">
         <v>100</v>
       </c>
       <c r="L124" s="2">
         <v>82</v>
       </c>
       <c r="M124" s="2">
         <v>0</v>
       </c>
       <c r="N124" s="2">
         <v>182</v>
       </c>
     </row>
     <row r="125" spans="1:14">
       <c r="A125" s="2">
-        <v>102698</v>
+        <v>107026</v>
       </c>
       <c r="B125" s="2" t="s">
-        <v>130</v>
+        <v>344</v>
       </c>
       <c r="C125" s="2" t="s">
-        <v>131</v>
+        <v>345</v>
       </c>
       <c r="D125" s="2"/>
       <c r="E125" s="2">
-        <v>7522</v>
+        <v>7213</v>
       </c>
       <c r="F125" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G125" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H125" s="2" t="s">
-        <v>344</v>
+        <v>346</v>
       </c>
       <c r="I125" s="2">
         <v>42</v>
       </c>
       <c r="J125" s="2">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="K125" s="2">
         <v>100</v>
       </c>
       <c r="L125" s="2">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="M125" s="2">
         <v>0</v>
       </c>
       <c r="N125" s="2">
-        <v>182</v>
+        <v>181</v>
       </c>
     </row>
     <row r="126" spans="1:14">
       <c r="A126" s="2">
-        <v>101006</v>
+        <v>102698</v>
       </c>
       <c r="B126" s="2" t="s">
-        <v>345</v>
+        <v>128</v>
       </c>
       <c r="C126" s="2" t="s">
-        <v>346</v>
+        <v>129</v>
       </c>
       <c r="D126" s="2"/>
       <c r="E126" s="2">
-        <v>7613</v>
+        <v>7522</v>
       </c>
       <c r="F126" s="2" t="s">
-        <v>197</v>
+        <v>29</v>
       </c>
       <c r="G126" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H126" s="2" t="s">
         <v>347</v>
       </c>
       <c r="I126" s="2">
         <v>42</v>
       </c>
       <c r="J126" s="2">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="K126" s="2">
         <v>100</v>
       </c>
       <c r="L126" s="2">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="M126" s="2">
         <v>0</v>
       </c>
       <c r="N126" s="2">
-        <v>183</v>
+        <v>182</v>
       </c>
     </row>
     <row r="127" spans="1:14">
       <c r="A127" s="2">
-        <v>107026</v>
+        <v>101006</v>
       </c>
       <c r="B127" s="2" t="s">
         <v>348</v>
       </c>
       <c r="C127" s="2" t="s">
         <v>349</v>
       </c>
       <c r="D127" s="2"/>
       <c r="E127" s="2">
-        <v>7213</v>
+        <v>7613</v>
       </c>
       <c r="F127" s="2" t="s">
-        <v>29</v>
+        <v>194</v>
       </c>
       <c r="G127" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H127" s="2" t="s">
         <v>350</v>
       </c>
       <c r="I127" s="2">
         <v>42</v>
       </c>
       <c r="J127" s="2">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="K127" s="2">
         <v>100</v>
       </c>
       <c r="L127" s="2">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="M127" s="2">
         <v>0</v>
       </c>
       <c r="N127" s="2">
-        <v>181</v>
+        <v>183</v>
       </c>
     </row>
     <row r="128" spans="1:14">
       <c r="A128" s="2">
         <v>113094</v>
       </c>
       <c r="B128" s="2" t="s">
         <v>351</v>
       </c>
       <c r="C128" s="2" t="s">
         <v>352</v>
       </c>
       <c r="D128" s="2"/>
       <c r="E128" s="2">
         <v>7567</v>
       </c>
       <c r="F128" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G128" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H128" s="2" t="s">
         <v>353</v>
       </c>
       <c r="I128" s="2">
         <v>43</v>
       </c>
       <c r="J128" s="2">
         <v>41</v>
       </c>
       <c r="K128" s="2">
         <v>100</v>
       </c>
       <c r="L128" s="2">
         <v>80</v>
       </c>
       <c r="M128" s="2">
         <v>0</v>
       </c>
       <c r="N128" s="2">
         <v>180</v>
       </c>
     </row>
     <row r="129" spans="1:14">
       <c r="A129" s="2">
-        <v>106971</v>
+        <v>102723</v>
       </c>
       <c r="B129" s="2" t="s">
         <v>354</v>
       </c>
       <c r="C129" s="2" t="s">
         <v>355</v>
       </c>
       <c r="D129" s="2"/>
       <c r="E129" s="2">
-        <v>7587</v>
-[...1 lines deleted...]
-      <c r="F129" s="2"/>
+        <v>7064</v>
+      </c>
+      <c r="F129" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="G129" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H129" s="2" t="s">
         <v>356</v>
       </c>
       <c r="I129" s="2">
         <v>43</v>
       </c>
       <c r="J129" s="2">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="K129" s="2">
         <v>100</v>
       </c>
       <c r="L129" s="2">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="M129" s="2">
         <v>0</v>
       </c>
       <c r="N129" s="2">
-        <v>181</v>
+        <v>182</v>
       </c>
     </row>
     <row r="130" spans="1:14">
       <c r="A130" s="2">
-        <v>102723</v>
+        <v>106971</v>
       </c>
       <c r="B130" s="2" t="s">
         <v>357</v>
       </c>
       <c r="C130" s="2" t="s">
         <v>358</v>
       </c>
       <c r="D130" s="2"/>
       <c r="E130" s="2">
-        <v>7064</v>
-[...3 lines deleted...]
-      </c>
+        <v>7587</v>
+      </c>
+      <c r="F130" s="2"/>
       <c r="G130" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H130" s="2" t="s">
         <v>359</v>
       </c>
       <c r="I130" s="2">
         <v>43</v>
       </c>
       <c r="J130" s="2">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="K130" s="2">
         <v>100</v>
       </c>
       <c r="L130" s="2">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="M130" s="2">
         <v>0</v>
       </c>
       <c r="N130" s="2">
-        <v>182</v>
+        <v>181</v>
       </c>
     </row>
     <row r="131" spans="1:14">
       <c r="A131" s="2">
         <v>102724</v>
       </c>
       <c r="B131" s="2" t="s">
         <v>360</v>
       </c>
       <c r="C131" s="2" t="s">
         <v>361</v>
       </c>
       <c r="D131" s="2"/>
       <c r="E131" s="2">
         <v>7035</v>
       </c>
       <c r="F131" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G131" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H131" s="2" t="s">
         <v>362</v>
       </c>
@@ -12034,51 +12034,51 @@
       <c r="M133" s="2">
         <v>0</v>
       </c>
       <c r="N133" s="2">
         <v>179</v>
       </c>
     </row>
     <row r="134" spans="1:14">
       <c r="A134" s="2">
         <v>102030</v>
       </c>
       <c r="B134" s="2" t="s">
         <v>369</v>
       </c>
       <c r="C134" s="2" t="s">
         <v>370</v>
       </c>
       <c r="D134" s="2"/>
       <c r="E134" s="2">
         <v>8046</v>
       </c>
       <c r="F134" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G134" s="2" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="H134" s="2" t="s">
         <v>371</v>
       </c>
       <c r="I134" s="2">
         <v>45</v>
       </c>
       <c r="J134" s="2">
         <v>4</v>
       </c>
       <c r="K134" s="2">
         <v>100</v>
       </c>
       <c r="L134" s="2">
         <v>300</v>
       </c>
       <c r="M134" s="2">
         <v>0</v>
       </c>
       <c r="N134" s="2">
         <v>400</v>
       </c>
     </row>
     <row r="135" spans="1:14">
       <c r="A135" s="2">
@@ -12144,170 +12144,170 @@
       </c>
       <c r="H136" s="2" t="s">
         <v>377</v>
       </c>
       <c r="I136" s="2">
         <v>45</v>
       </c>
       <c r="J136" s="2">
         <v>43</v>
       </c>
       <c r="K136" s="2">
         <v>100</v>
       </c>
       <c r="L136" s="2">
         <v>78</v>
       </c>
       <c r="M136" s="2">
         <v>0</v>
       </c>
       <c r="N136" s="2">
         <v>178</v>
       </c>
     </row>
     <row r="137" spans="1:14">
       <c r="A137" s="2">
-        <v>101003</v>
+        <v>106974</v>
       </c>
       <c r="B137" s="2" t="s">
         <v>378</v>
       </c>
       <c r="C137" s="2" t="s">
         <v>379</v>
       </c>
       <c r="D137" s="2"/>
       <c r="E137" s="2">
-        <v>7527</v>
-[...3 lines deleted...]
-      </c>
+        <v>7024</v>
+      </c>
+      <c r="F137" s="2"/>
       <c r="G137" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H137" s="2" t="s">
         <v>380</v>
       </c>
       <c r="I137" s="2">
         <v>46</v>
       </c>
       <c r="J137" s="2">
         <v>42</v>
       </c>
       <c r="K137" s="2">
         <v>100</v>
       </c>
       <c r="L137" s="2">
         <v>79</v>
       </c>
       <c r="M137" s="2">
         <v>0</v>
       </c>
       <c r="N137" s="2">
         <v>179</v>
       </c>
     </row>
     <row r="138" spans="1:14">
       <c r="A138" s="2">
-        <v>113096</v>
+        <v>101003</v>
       </c>
       <c r="B138" s="2" t="s">
         <v>381</v>
       </c>
       <c r="C138" s="2" t="s">
         <v>382</v>
       </c>
       <c r="D138" s="2"/>
       <c r="E138" s="2">
-        <v>7046</v>
+        <v>7527</v>
       </c>
       <c r="F138" s="2" t="s">
-        <v>29</v>
+        <v>48</v>
       </c>
       <c r="G138" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H138" s="2" t="s">
         <v>383</v>
       </c>
       <c r="I138" s="2">
         <v>46</v>
       </c>
       <c r="J138" s="2">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="K138" s="2">
         <v>100</v>
       </c>
       <c r="L138" s="2">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="M138" s="2">
         <v>0</v>
       </c>
       <c r="N138" s="2">
-        <v>177</v>
+        <v>179</v>
       </c>
     </row>
     <row r="139" spans="1:14">
       <c r="A139" s="2">
-        <v>106974</v>
+        <v>113096</v>
       </c>
       <c r="B139" s="2" t="s">
         <v>384</v>
       </c>
       <c r="C139" s="2" t="s">
         <v>385</v>
       </c>
       <c r="D139" s="2"/>
       <c r="E139" s="2">
-        <v>7024</v>
-[...1 lines deleted...]
-      <c r="F139" s="2"/>
+        <v>7046</v>
+      </c>
+      <c r="F139" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="G139" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H139" s="2" t="s">
         <v>386</v>
       </c>
       <c r="I139" s="2">
         <v>46</v>
       </c>
       <c r="J139" s="2">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="K139" s="2">
         <v>100</v>
       </c>
       <c r="L139" s="2">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="M139" s="2">
         <v>0</v>
       </c>
       <c r="N139" s="2">
-        <v>179</v>
+        <v>177</v>
       </c>
     </row>
     <row r="140" spans="1:14">
       <c r="A140" s="2">
         <v>113097</v>
       </c>
       <c r="B140" s="2" t="s">
         <v>387</v>
       </c>
       <c r="C140" s="2" t="s">
         <v>388</v>
       </c>
       <c r="D140" s="2"/>
       <c r="E140" s="2">
         <v>7083</v>
       </c>
       <c r="F140" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G140" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H140" s="2" t="s">
         <v>389</v>
       </c>
@@ -12327,51 +12327,51 @@
         <v>0</v>
       </c>
       <c r="N140" s="2">
         <v>176</v>
       </c>
     </row>
     <row r="141" spans="1:14">
       <c r="A141" s="2">
         <v>106975</v>
       </c>
       <c r="B141" s="2" t="s">
         <v>203</v>
       </c>
       <c r="C141" s="2" t="s">
         <v>203</v>
       </c>
       <c r="D141" s="2"/>
       <c r="E141" s="2">
         <v>7075</v>
       </c>
       <c r="F141" s="2"/>
       <c r="G141" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H141" s="2" t="s">
-        <v>386</v>
+        <v>380</v>
       </c>
       <c r="I141" s="2">
         <v>47</v>
       </c>
       <c r="J141" s="2">
         <v>43</v>
       </c>
       <c r="K141" s="2">
         <v>100</v>
       </c>
       <c r="L141" s="2">
         <v>78</v>
       </c>
       <c r="M141" s="2">
         <v>0</v>
       </c>
       <c r="N141" s="2">
         <v>178</v>
       </c>
     </row>
     <row r="142" spans="1:14">
       <c r="A142" s="2">
         <v>102727</v>
       </c>
       <c r="B142" s="2" t="s">
@@ -12392,130 +12392,130 @@
       </c>
       <c r="H142" s="2" t="s">
         <v>392</v>
       </c>
       <c r="I142" s="2">
         <v>47</v>
       </c>
       <c r="J142" s="2">
         <v>43</v>
       </c>
       <c r="K142" s="2">
         <v>100</v>
       </c>
       <c r="L142" s="2">
         <v>78</v>
       </c>
       <c r="M142" s="2">
         <v>0</v>
       </c>
       <c r="N142" s="2">
         <v>178</v>
       </c>
     </row>
     <row r="143" spans="1:14">
       <c r="A143" s="2">
-        <v>100262</v>
+        <v>100993</v>
       </c>
       <c r="B143" s="2" t="s">
         <v>393</v>
       </c>
       <c r="C143" s="2" t="s">
         <v>394</v>
       </c>
       <c r="D143" s="2"/>
       <c r="E143" s="2">
-        <v>8512</v>
+        <v>7511</v>
       </c>
       <c r="F143" s="2" t="s">
-        <v>29</v>
+        <v>48</v>
       </c>
       <c r="G143" s="2" t="s">
-        <v>78</v>
+        <v>17</v>
       </c>
       <c r="H143" s="2" t="s">
         <v>395</v>
       </c>
       <c r="I143" s="2">
         <v>48</v>
       </c>
       <c r="J143" s="2">
-        <v>3</v>
+        <v>44</v>
       </c>
       <c r="K143" s="2">
         <v>100</v>
       </c>
       <c r="L143" s="2">
-        <v>325</v>
+        <v>77</v>
       </c>
       <c r="M143" s="2">
         <v>0</v>
       </c>
       <c r="N143" s="2">
-        <v>425</v>
+        <v>177</v>
       </c>
     </row>
     <row r="144" spans="1:14">
       <c r="A144" s="2">
-        <v>100993</v>
+        <v>100262</v>
       </c>
       <c r="B144" s="2" t="s">
         <v>396</v>
       </c>
       <c r="C144" s="2" t="s">
         <v>397</v>
       </c>
       <c r="D144" s="2"/>
       <c r="E144" s="2">
-        <v>7511</v>
+        <v>8512</v>
       </c>
       <c r="F144" s="2" t="s">
-        <v>48</v>
+        <v>29</v>
       </c>
       <c r="G144" s="2" t="s">
-        <v>17</v>
+        <v>77</v>
       </c>
       <c r="H144" s="2" t="s">
         <v>398</v>
       </c>
       <c r="I144" s="2">
         <v>48</v>
       </c>
       <c r="J144" s="2">
-        <v>44</v>
+        <v>3</v>
       </c>
       <c r="K144" s="2">
         <v>100</v>
       </c>
       <c r="L144" s="2">
-        <v>77</v>
+        <v>325</v>
       </c>
       <c r="M144" s="2">
         <v>0</v>
       </c>
       <c r="N144" s="2">
-        <v>177</v>
+        <v>425</v>
       </c>
     </row>
     <row r="145" spans="1:14">
       <c r="A145" s="2">
         <v>106976</v>
       </c>
       <c r="B145" s="2" t="s">
         <v>399</v>
       </c>
       <c r="C145" s="2" t="s">
         <v>400</v>
       </c>
       <c r="D145" s="2"/>
       <c r="E145" s="2">
         <v>7044</v>
       </c>
       <c r="F145" s="2"/>
       <c r="G145" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H145" s="2" t="s">
         <v>401</v>
       </c>
       <c r="I145" s="2">
         <v>48</v>
@@ -12577,51 +12577,51 @@
       <c r="N146" s="2">
         <v>176</v>
       </c>
     </row>
     <row r="147" spans="1:14">
       <c r="A147" s="2">
         <v>102777</v>
       </c>
       <c r="B147" s="2" t="s">
         <v>186</v>
       </c>
       <c r="C147" s="2" t="s">
         <v>187</v>
       </c>
       <c r="D147" s="2"/>
       <c r="E147" s="2">
         <v>7643</v>
       </c>
       <c r="F147" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G147" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H147" s="2" t="s">
-        <v>398</v>
+        <v>395</v>
       </c>
       <c r="I147" s="2">
         <v>49</v>
       </c>
       <c r="J147" s="2">
         <v>45</v>
       </c>
       <c r="K147" s="2">
         <v>100</v>
       </c>
       <c r="L147" s="2">
         <v>76</v>
       </c>
       <c r="M147" s="2">
         <v>0</v>
       </c>
       <c r="N147" s="2">
         <v>176</v>
       </c>
     </row>
     <row r="148" spans="1:14">
       <c r="A148" s="2">
         <v>105632</v>
       </c>
       <c r="B148" s="2" t="s">
@@ -12771,54 +12771,54 @@
       </c>
       <c r="I151" s="2">
         <v>50</v>
       </c>
       <c r="J151" s="2">
         <v>46</v>
       </c>
       <c r="K151" s="2">
         <v>100</v>
       </c>
       <c r="L151" s="2">
         <v>75</v>
       </c>
       <c r="M151" s="2">
         <v>0</v>
       </c>
       <c r="N151" s="2">
         <v>175</v>
       </c>
     </row>
     <row r="152" spans="1:14">
       <c r="A152" s="2">
         <v>102719</v>
       </c>
       <c r="B152" s="2" t="s">
-        <v>315</v>
+        <v>318</v>
       </c>
       <c r="C152" s="2" t="s">
-        <v>316</v>
+        <v>319</v>
       </c>
       <c r="D152" s="2"/>
       <c r="E152" s="2">
         <v>7630</v>
       </c>
       <c r="F152" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G152" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H152" s="2" t="s">
         <v>416</v>
       </c>
       <c r="I152" s="2">
         <v>51</v>
       </c>
       <c r="J152" s="2">
         <v>47</v>
       </c>
       <c r="K152" s="2">
         <v>100</v>
       </c>
       <c r="L152" s="2">
         <v>74</v>
@@ -12894,106 +12894,106 @@
       </c>
       <c r="H154" s="2" t="s">
         <v>421</v>
       </c>
       <c r="I154" s="2">
         <v>51</v>
       </c>
       <c r="J154" s="2">
         <v>47</v>
       </c>
       <c r="K154" s="2">
         <v>100</v>
       </c>
       <c r="L154" s="2">
         <v>74</v>
       </c>
       <c r="M154" s="2">
         <v>0</v>
       </c>
       <c r="N154" s="2">
         <v>174</v>
       </c>
     </row>
     <row r="155" spans="1:14">
       <c r="A155" s="2">
-        <v>106980</v>
+        <v>102732</v>
       </c>
       <c r="B155" s="2" t="s">
+        <v>402</v>
+      </c>
+      <c r="C155" s="2" t="s">
         <v>422</v>
-      </c>
-[...1 lines deleted...]
-        <v>423</v>
       </c>
       <c r="D155" s="2"/>
       <c r="E155" s="2">
-        <v>7651</v>
+        <v>7612</v>
       </c>
       <c r="F155" s="2" t="s">
-        <v>48</v>
+        <v>29</v>
       </c>
       <c r="G155" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H155" s="2" t="s">
-        <v>424</v>
+        <v>423</v>
       </c>
       <c r="I155" s="2">
         <v>52</v>
       </c>
       <c r="J155" s="2">
         <v>48</v>
       </c>
       <c r="K155" s="2">
         <v>100</v>
       </c>
       <c r="L155" s="2">
         <v>73</v>
       </c>
       <c r="M155" s="2">
         <v>0</v>
       </c>
       <c r="N155" s="2">
         <v>173</v>
       </c>
     </row>
     <row r="156" spans="1:14">
       <c r="A156" s="2">
-        <v>102732</v>
+        <v>106980</v>
       </c>
       <c r="B156" s="2" t="s">
-        <v>402</v>
+        <v>424</v>
       </c>
       <c r="C156" s="2" t="s">
         <v>425</v>
       </c>
       <c r="D156" s="2"/>
       <c r="E156" s="2">
-        <v>7612</v>
+        <v>7651</v>
       </c>
       <c r="F156" s="2" t="s">
-        <v>29</v>
+        <v>48</v>
       </c>
       <c r="G156" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H156" s="2" t="s">
         <v>426</v>
       </c>
       <c r="I156" s="2">
         <v>52</v>
       </c>
       <c r="J156" s="2">
         <v>48</v>
       </c>
       <c r="K156" s="2">
         <v>100</v>
       </c>
       <c r="L156" s="2">
         <v>73</v>
       </c>
       <c r="M156" s="2">
         <v>0</v>
       </c>
       <c r="N156" s="2">
         <v>173</v>
       </c>
@@ -13020,141 +13020,141 @@
       </c>
       <c r="H157" s="2" t="s">
         <v>429</v>
       </c>
       <c r="I157" s="2">
         <v>52</v>
       </c>
       <c r="J157" s="2">
         <v>49</v>
       </c>
       <c r="K157" s="2">
         <v>100</v>
       </c>
       <c r="L157" s="2">
         <v>72</v>
       </c>
       <c r="M157" s="2">
         <v>0</v>
       </c>
       <c r="N157" s="2">
         <v>172</v>
       </c>
     </row>
     <row r="158" spans="1:14">
       <c r="A158" s="2">
-        <v>101018</v>
+        <v>107021</v>
       </c>
       <c r="B158" s="2" t="s">
         <v>430</v>
       </c>
       <c r="C158" s="2" t="s">
         <v>431</v>
       </c>
       <c r="D158" s="2"/>
       <c r="E158" s="2">
-        <v>7507</v>
+        <v>7669</v>
       </c>
       <c r="F158" s="2" t="s">
-        <v>168</v>
+        <v>48</v>
       </c>
       <c r="G158" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H158" s="2" t="s">
         <v>432</v>
       </c>
       <c r="I158" s="2">
         <v>53</v>
       </c>
       <c r="J158" s="2">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="K158" s="2">
         <v>100</v>
       </c>
       <c r="L158" s="2">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="M158" s="2">
         <v>0</v>
       </c>
       <c r="N158" s="2">
-        <v>172</v>
+        <v>171</v>
       </c>
     </row>
     <row r="159" spans="1:14">
       <c r="A159" s="2">
-        <v>107021</v>
+        <v>101018</v>
       </c>
       <c r="B159" s="2" t="s">
         <v>433</v>
       </c>
       <c r="C159" s="2" t="s">
         <v>434</v>
       </c>
       <c r="D159" s="2"/>
       <c r="E159" s="2">
-        <v>7669</v>
+        <v>7507</v>
       </c>
       <c r="F159" s="2" t="s">
-        <v>48</v>
+        <v>168</v>
       </c>
       <c r="G159" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H159" s="2" t="s">
         <v>435</v>
       </c>
       <c r="I159" s="2">
         <v>53</v>
       </c>
       <c r="J159" s="2">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="K159" s="2">
         <v>100</v>
       </c>
       <c r="L159" s="2">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="M159" s="2">
         <v>0</v>
       </c>
       <c r="N159" s="2">
-        <v>171</v>
+        <v>172</v>
       </c>
     </row>
     <row r="160" spans="1:14">
       <c r="A160" s="2">
         <v>101998</v>
       </c>
       <c r="B160" s="2" t="s">
-        <v>300</v>
+        <v>297</v>
       </c>
       <c r="C160" s="2" t="s">
-        <v>300</v>
+        <v>297</v>
       </c>
       <c r="D160" s="2"/>
       <c r="E160" s="2">
         <v>7558</v>
       </c>
       <c r="F160" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G160" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H160" s="2" t="s">
         <v>436</v>
       </c>
       <c r="I160" s="2">
         <v>53</v>
       </c>
       <c r="J160" s="2">
         <v>49</v>
       </c>
       <c r="K160" s="2">
         <v>100</v>
       </c>
       <c r="L160" s="2">
         <v>72</v>
@@ -13204,51 +13204,51 @@
       <c r="M161" s="2">
         <v>0</v>
       </c>
       <c r="N161" s="2">
         <v>170</v>
       </c>
     </row>
     <row r="162" spans="1:14">
       <c r="A162" s="2">
         <v>102734</v>
       </c>
       <c r="B162" s="2" t="s">
         <v>440</v>
       </c>
       <c r="C162" s="2" t="s">
         <v>441</v>
       </c>
       <c r="D162" s="2"/>
       <c r="E162" s="2">
         <v>8028</v>
       </c>
       <c r="F162" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G162" s="2" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="H162" s="2" t="s">
         <v>442</v>
       </c>
       <c r="I162" s="2">
         <v>54</v>
       </c>
       <c r="J162" s="2">
         <v>5</v>
       </c>
       <c r="K162" s="2">
         <v>100</v>
       </c>
       <c r="L162" s="2">
         <v>275</v>
       </c>
       <c r="M162" s="2">
         <v>0</v>
       </c>
       <c r="N162" s="2">
         <v>375</v>
       </c>
     </row>
     <row r="163" spans="1:14">
       <c r="A163" s="2">
@@ -13272,296 +13272,296 @@
       </c>
       <c r="H163" s="2" t="s">
         <v>436</v>
       </c>
       <c r="I163" s="2">
         <v>54</v>
       </c>
       <c r="J163" s="2">
         <v>50</v>
       </c>
       <c r="K163" s="2">
         <v>100</v>
       </c>
       <c r="L163" s="2">
         <v>71</v>
       </c>
       <c r="M163" s="2">
         <v>0</v>
       </c>
       <c r="N163" s="2">
         <v>171</v>
       </c>
     </row>
     <row r="164" spans="1:14">
       <c r="A164" s="2">
-        <v>107003</v>
+        <v>101708</v>
       </c>
       <c r="B164" s="2" t="s">
         <v>443</v>
       </c>
       <c r="C164" s="2" t="s">
         <v>444</v>
       </c>
       <c r="D164" s="2"/>
       <c r="E164" s="2">
-        <v>7090</v>
+        <v>7572</v>
       </c>
       <c r="F164" s="2" t="s">
-        <v>29</v>
+        <v>48</v>
       </c>
       <c r="G164" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H164" s="2" t="s">
         <v>445</v>
       </c>
       <c r="I164" s="2">
         <v>55</v>
       </c>
       <c r="J164" s="2">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="K164" s="2">
         <v>100</v>
       </c>
       <c r="L164" s="2">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="M164" s="2">
         <v>0</v>
       </c>
       <c r="N164" s="2">
-        <v>169</v>
+        <v>170</v>
       </c>
     </row>
     <row r="165" spans="1:14">
       <c r="A165" s="2">
-        <v>101708</v>
+        <v>107003</v>
       </c>
       <c r="B165" s="2" t="s">
         <v>446</v>
       </c>
       <c r="C165" s="2" t="s">
         <v>447</v>
       </c>
       <c r="D165" s="2"/>
       <c r="E165" s="2">
-        <v>7572</v>
+        <v>7090</v>
       </c>
       <c r="F165" s="2" t="s">
-        <v>48</v>
+        <v>29</v>
       </c>
       <c r="G165" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H165" s="2" t="s">
         <v>448</v>
       </c>
       <c r="I165" s="2">
         <v>55</v>
       </c>
       <c r="J165" s="2">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="K165" s="2">
         <v>100</v>
       </c>
       <c r="L165" s="2">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="M165" s="2">
         <v>0</v>
       </c>
       <c r="N165" s="2">
-        <v>170</v>
+        <v>169</v>
       </c>
     </row>
     <row r="166" spans="1:14">
       <c r="A166" s="2">
         <v>102012</v>
       </c>
       <c r="B166" s="2" t="s">
         <v>341</v>
       </c>
       <c r="C166" s="2" t="s">
         <v>342</v>
       </c>
       <c r="D166" s="2"/>
       <c r="E166" s="2">
         <v>7532</v>
       </c>
       <c r="F166" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G166" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H166" s="2" t="s">
         <v>449</v>
       </c>
       <c r="I166" s="2">
         <v>55</v>
       </c>
       <c r="J166" s="2">
         <v>50</v>
       </c>
       <c r="K166" s="2">
         <v>100</v>
       </c>
       <c r="L166" s="2">
         <v>71</v>
       </c>
       <c r="M166" s="2">
         <v>0</v>
       </c>
       <c r="N166" s="2">
         <v>171</v>
       </c>
     </row>
     <row r="167" spans="1:14">
       <c r="A167" s="2">
-        <v>106984</v>
+        <v>113105</v>
       </c>
       <c r="B167" s="2" t="s">
         <v>450</v>
       </c>
       <c r="C167" s="2" t="s">
         <v>451</v>
       </c>
       <c r="D167" s="2"/>
       <c r="E167" s="2">
-        <v>7009</v>
-[...1 lines deleted...]
-      <c r="F167" s="2"/>
+        <v>7224</v>
+      </c>
+      <c r="F167" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="G167" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H167" s="2" t="s">
         <v>452</v>
       </c>
       <c r="I167" s="2">
         <v>56</v>
       </c>
       <c r="J167" s="2">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="K167" s="2">
         <v>100</v>
       </c>
       <c r="L167" s="2">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="M167" s="2">
         <v>0</v>
       </c>
       <c r="N167" s="2">
-        <v>169</v>
+        <v>168</v>
       </c>
     </row>
     <row r="168" spans="1:14">
       <c r="A168" s="2">
         <v>101604</v>
       </c>
       <c r="B168" s="2" t="s">
         <v>453</v>
       </c>
       <c r="C168" s="2" t="s">
         <v>454</v>
       </c>
       <c r="D168" s="2"/>
       <c r="E168" s="2">
         <v>7557</v>
       </c>
       <c r="F168" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G168" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H168" s="2" t="s">
         <v>455</v>
       </c>
       <c r="I168" s="2">
         <v>56</v>
       </c>
       <c r="J168" s="2">
         <v>51</v>
       </c>
       <c r="K168" s="2">
         <v>100</v>
       </c>
       <c r="L168" s="2">
         <v>70</v>
       </c>
       <c r="M168" s="2">
         <v>0</v>
       </c>
       <c r="N168" s="2">
         <v>170</v>
       </c>
     </row>
     <row r="169" spans="1:14">
       <c r="A169" s="2">
-        <v>113105</v>
+        <v>106984</v>
       </c>
       <c r="B169" s="2" t="s">
         <v>456</v>
       </c>
       <c r="C169" s="2" t="s">
         <v>457</v>
       </c>
       <c r="D169" s="2"/>
       <c r="E169" s="2">
-        <v>7224</v>
-[...3 lines deleted...]
-      </c>
+        <v>7009</v>
+      </c>
+      <c r="F169" s="2"/>
       <c r="G169" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H169" s="2" t="s">
         <v>458</v>
       </c>
       <c r="I169" s="2">
         <v>56</v>
       </c>
       <c r="J169" s="2">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="K169" s="2">
         <v>100</v>
       </c>
       <c r="L169" s="2">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="M169" s="2">
         <v>0</v>
       </c>
       <c r="N169" s="2">
-        <v>168</v>
+        <v>169</v>
       </c>
     </row>
     <row r="170" spans="1:14">
       <c r="A170" s="2">
         <v>107080</v>
       </c>
       <c r="B170" s="2" t="s">
         <v>459</v>
       </c>
       <c r="C170" s="2" t="s">
         <v>460</v>
       </c>
       <c r="D170" s="2"/>
       <c r="E170" s="2">
         <v>7210</v>
       </c>
       <c r="F170" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G170" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H170" s="2" t="s">
         <v>461</v>
       </c>
@@ -13648,630 +13648,630 @@
       </c>
       <c r="H172" s="2" t="s">
         <v>464</v>
       </c>
       <c r="I172" s="2">
         <v>57</v>
       </c>
       <c r="J172" s="2">
         <v>53</v>
       </c>
       <c r="K172" s="2">
         <v>100</v>
       </c>
       <c r="L172" s="2">
         <v>68</v>
       </c>
       <c r="M172" s="2">
         <v>0</v>
       </c>
       <c r="N172" s="2">
         <v>168</v>
       </c>
     </row>
     <row r="173" spans="1:14">
       <c r="A173" s="2">
-        <v>113107</v>
+        <v>106986</v>
       </c>
       <c r="B173" s="2" t="s">
-        <v>465</v>
+        <v>246</v>
       </c>
       <c r="C173" s="2" t="s">
-        <v>466</v>
+        <v>247</v>
       </c>
       <c r="D173" s="2"/>
       <c r="E173" s="2">
-        <v>7005</v>
+        <v>7590</v>
       </c>
       <c r="F173" s="2" t="s">
-        <v>29</v>
+        <v>48</v>
       </c>
       <c r="G173" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H173" s="2" t="s">
-        <v>467</v>
+        <v>465</v>
       </c>
       <c r="I173" s="2">
         <v>58</v>
       </c>
       <c r="J173" s="2">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="K173" s="2">
         <v>100</v>
       </c>
       <c r="L173" s="2">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="M173" s="2">
         <v>0</v>
       </c>
       <c r="N173" s="2">
-        <v>166</v>
+        <v>167</v>
       </c>
     </row>
     <row r="174" spans="1:14">
       <c r="A174" s="2">
-        <v>106986</v>
+        <v>113107</v>
       </c>
       <c r="B174" s="2" t="s">
-        <v>246</v>
+        <v>466</v>
       </c>
       <c r="C174" s="2" t="s">
-        <v>247</v>
+        <v>467</v>
       </c>
       <c r="D174" s="2"/>
       <c r="E174" s="2">
-        <v>7590</v>
+        <v>7005</v>
       </c>
       <c r="F174" s="2" t="s">
-        <v>48</v>
+        <v>29</v>
       </c>
       <c r="G174" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H174" s="2" t="s">
         <v>468</v>
       </c>
       <c r="I174" s="2">
         <v>58</v>
       </c>
       <c r="J174" s="2">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="K174" s="2">
         <v>100</v>
       </c>
       <c r="L174" s="2">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="M174" s="2">
         <v>0</v>
       </c>
       <c r="N174" s="2">
-        <v>167</v>
+        <v>166</v>
       </c>
     </row>
     <row r="175" spans="1:14">
       <c r="A175" s="2">
         <v>102738</v>
       </c>
       <c r="B175" s="2" t="s">
         <v>469</v>
       </c>
       <c r="C175" s="2" t="s">
         <v>470</v>
       </c>
       <c r="D175" s="2"/>
       <c r="E175" s="2">
         <v>7598</v>
       </c>
       <c r="F175" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G175" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H175" s="2" t="s">
         <v>471</v>
       </c>
       <c r="I175" s="2">
         <v>58</v>
       </c>
       <c r="J175" s="2">
         <v>53</v>
       </c>
       <c r="K175" s="2">
         <v>100</v>
       </c>
       <c r="L175" s="2">
         <v>68</v>
       </c>
       <c r="M175" s="2">
         <v>0</v>
       </c>
       <c r="N175" s="2">
         <v>168</v>
       </c>
     </row>
     <row r="176" spans="1:14">
       <c r="A176" s="2">
-        <v>101409</v>
+        <v>102074</v>
       </c>
       <c r="B176" s="2" t="s">
         <v>472</v>
       </c>
       <c r="C176" s="2" t="s">
         <v>473</v>
       </c>
       <c r="D176" s="2"/>
       <c r="E176" s="2">
-        <v>7618</v>
+        <v>7166</v>
       </c>
       <c r="F176" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G176" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H176" s="2" t="s">
         <v>474</v>
       </c>
       <c r="I176" s="2">
         <v>59</v>
       </c>
       <c r="J176" s="2">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="K176" s="2">
         <v>100</v>
       </c>
       <c r="L176" s="2">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="M176" s="2">
         <v>0</v>
       </c>
       <c r="N176" s="2">
-        <v>166</v>
+        <v>165</v>
       </c>
     </row>
     <row r="177" spans="1:14">
       <c r="A177" s="2">
         <v>102739</v>
       </c>
       <c r="B177" s="2" t="s">
         <v>475</v>
       </c>
       <c r="C177" s="2" t="s">
         <v>476</v>
       </c>
       <c r="D177" s="2"/>
       <c r="E177" s="2">
         <v>7546</v>
       </c>
       <c r="F177" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G177" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H177" s="2" t="s">
         <v>477</v>
       </c>
       <c r="I177" s="2">
         <v>59</v>
       </c>
       <c r="J177" s="2">
         <v>54</v>
       </c>
       <c r="K177" s="2">
         <v>100</v>
       </c>
       <c r="L177" s="2">
         <v>67</v>
       </c>
       <c r="M177" s="2">
         <v>0</v>
       </c>
       <c r="N177" s="2">
         <v>167</v>
       </c>
     </row>
     <row r="178" spans="1:14">
       <c r="A178" s="2">
-        <v>102074</v>
+        <v>101409</v>
       </c>
       <c r="B178" s="2" t="s">
         <v>478</v>
       </c>
       <c r="C178" s="2" t="s">
         <v>479</v>
       </c>
       <c r="D178" s="2"/>
       <c r="E178" s="2">
-        <v>7166</v>
+        <v>7618</v>
       </c>
       <c r="F178" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G178" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H178" s="2" t="s">
         <v>480</v>
       </c>
       <c r="I178" s="2">
         <v>59</v>
       </c>
       <c r="J178" s="2">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="K178" s="2">
         <v>100</v>
       </c>
       <c r="L178" s="2">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="M178" s="2">
         <v>0</v>
       </c>
       <c r="N178" s="2">
-        <v>165</v>
+        <v>166</v>
       </c>
     </row>
     <row r="179" spans="1:14">
       <c r="A179" s="2">
-        <v>107025</v>
+        <v>102032</v>
       </c>
       <c r="B179" s="2" t="s">
         <v>481</v>
       </c>
       <c r="C179" s="2" t="s">
         <v>482</v>
       </c>
       <c r="D179" s="2"/>
       <c r="E179" s="2">
-        <v>7563</v>
-[...1 lines deleted...]
-      <c r="F179" s="2"/>
+        <v>8001</v>
+      </c>
+      <c r="F179" s="2" t="s">
+        <v>164</v>
+      </c>
       <c r="G179" s="2" t="s">
-        <v>17</v>
+        <v>77</v>
       </c>
       <c r="H179" s="2" t="s">
         <v>483</v>
       </c>
       <c r="I179" s="2">
         <v>60</v>
       </c>
       <c r="J179" s="2">
-        <v>57</v>
+        <v>5</v>
       </c>
       <c r="K179" s="2">
         <v>100</v>
       </c>
       <c r="L179" s="2">
-        <v>64</v>
+        <v>275</v>
       </c>
       <c r="M179" s="2">
         <v>0</v>
       </c>
       <c r="N179" s="2">
-        <v>164</v>
+        <v>375</v>
       </c>
     </row>
     <row r="180" spans="1:14">
       <c r="A180" s="2">
-        <v>102032</v>
+        <v>102740</v>
       </c>
       <c r="B180" s="2" t="s">
         <v>484</v>
       </c>
       <c r="C180" s="2" t="s">
         <v>485</v>
       </c>
       <c r="D180" s="2"/>
       <c r="E180" s="2">
-        <v>8001</v>
+        <v>7030</v>
       </c>
       <c r="F180" s="2" t="s">
-        <v>164</v>
+        <v>29</v>
       </c>
       <c r="G180" s="2" t="s">
-        <v>78</v>
+        <v>17</v>
       </c>
       <c r="H180" s="2" t="s">
         <v>486</v>
       </c>
       <c r="I180" s="2">
         <v>60</v>
       </c>
       <c r="J180" s="2">
-        <v>5</v>
+        <v>55</v>
       </c>
       <c r="K180" s="2">
         <v>100</v>
       </c>
       <c r="L180" s="2">
-        <v>275</v>
+        <v>66</v>
       </c>
       <c r="M180" s="2">
         <v>0</v>
       </c>
       <c r="N180" s="2">
-        <v>375</v>
+        <v>166</v>
       </c>
     </row>
     <row r="181" spans="1:14">
       <c r="A181" s="2">
-        <v>102740</v>
+        <v>107025</v>
       </c>
       <c r="B181" s="2" t="s">
         <v>487</v>
       </c>
       <c r="C181" s="2" t="s">
         <v>488</v>
       </c>
       <c r="D181" s="2"/>
       <c r="E181" s="2">
-        <v>7030</v>
-[...3 lines deleted...]
-      </c>
+        <v>7563</v>
+      </c>
+      <c r="F181" s="2"/>
       <c r="G181" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H181" s="2" t="s">
         <v>489</v>
       </c>
       <c r="I181" s="2">
         <v>60</v>
       </c>
       <c r="J181" s="2">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="K181" s="2">
         <v>100</v>
       </c>
       <c r="L181" s="2">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="M181" s="2">
         <v>0</v>
       </c>
       <c r="N181" s="2">
-        <v>166</v>
+        <v>164</v>
       </c>
     </row>
     <row r="182" spans="1:14">
       <c r="A182" s="2">
-        <v>106988</v>
+        <v>102005</v>
       </c>
       <c r="B182" s="2" t="s">
         <v>490</v>
       </c>
       <c r="C182" s="2" t="s">
         <v>491</v>
       </c>
       <c r="D182" s="2"/>
       <c r="E182" s="2">
-        <v>8036</v>
+        <v>8515</v>
       </c>
       <c r="F182" s="2" t="s">
-        <v>48</v>
+        <v>29</v>
       </c>
       <c r="G182" s="2" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="H182" s="2" t="s">
         <v>492</v>
       </c>
       <c r="I182" s="2">
         <v>61</v>
       </c>
       <c r="J182" s="2">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="K182" s="2">
         <v>100</v>
       </c>
       <c r="L182" s="2">
-        <v>250</v>
+        <v>300</v>
       </c>
       <c r="M182" s="2">
         <v>0</v>
       </c>
       <c r="N182" s="2">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="183" spans="1:14">
       <c r="A183" s="2">
-        <v>102005</v>
+        <v>101004</v>
       </c>
       <c r="B183" s="2" t="s">
         <v>493</v>
       </c>
       <c r="C183" s="2" t="s">
         <v>494</v>
       </c>
       <c r="D183" s="2"/>
       <c r="E183" s="2">
-        <v>8515</v>
+        <v>7510</v>
       </c>
       <c r="F183" s="2" t="s">
-        <v>29</v>
+        <v>48</v>
       </c>
       <c r="G183" s="2" t="s">
-        <v>78</v>
+        <v>17</v>
       </c>
       <c r="H183" s="2" t="s">
         <v>495</v>
       </c>
       <c r="I183" s="2">
         <v>61</v>
       </c>
       <c r="J183" s="2">
-        <v>4</v>
+        <v>56</v>
       </c>
       <c r="K183" s="2">
         <v>100</v>
       </c>
       <c r="L183" s="2">
-        <v>300</v>
+        <v>65</v>
       </c>
       <c r="M183" s="2">
         <v>0</v>
       </c>
       <c r="N183" s="2">
-        <v>400</v>
+        <v>165</v>
       </c>
     </row>
     <row r="184" spans="1:14">
       <c r="A184" s="2">
-        <v>101004</v>
+        <v>106988</v>
       </c>
       <c r="B184" s="2" t="s">
         <v>496</v>
       </c>
       <c r="C184" s="2" t="s">
         <v>497</v>
       </c>
       <c r="D184" s="2"/>
       <c r="E184" s="2">
-        <v>7510</v>
+        <v>8036</v>
       </c>
       <c r="F184" s="2" t="s">
         <v>48</v>
       </c>
       <c r="G184" s="2" t="s">
-        <v>17</v>
+        <v>77</v>
       </c>
       <c r="H184" s="2" t="s">
         <v>498</v>
       </c>
       <c r="I184" s="2">
         <v>61</v>
       </c>
       <c r="J184" s="2">
-        <v>56</v>
+        <v>6</v>
       </c>
       <c r="K184" s="2">
         <v>100</v>
       </c>
       <c r="L184" s="2">
-        <v>65</v>
+        <v>250</v>
       </c>
       <c r="M184" s="2">
         <v>0</v>
       </c>
       <c r="N184" s="2">
-        <v>165</v>
+        <v>350</v>
       </c>
     </row>
     <row r="185" spans="1:14">
       <c r="A185" s="2">
-        <v>106989</v>
+        <v>107005</v>
       </c>
       <c r="B185" s="2" t="s">
-        <v>312</v>
+        <v>382</v>
       </c>
       <c r="C185" s="2" t="s">
-        <v>313</v>
+        <v>381</v>
       </c>
       <c r="D185" s="2"/>
       <c r="E185" s="2">
-        <v>7049</v>
-[...1 lines deleted...]
-      <c r="F185" s="2"/>
+        <v>7631</v>
+      </c>
+      <c r="F185" s="2" t="s">
+        <v>48</v>
+      </c>
       <c r="G185" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H185" s="2" t="s">
         <v>499</v>
       </c>
       <c r="I185" s="2">
         <v>62</v>
       </c>
       <c r="J185" s="2">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="K185" s="2">
         <v>100</v>
       </c>
       <c r="L185" s="2">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="M185" s="2">
         <v>0</v>
       </c>
       <c r="N185" s="2">
-        <v>165</v>
+        <v>163</v>
       </c>
     </row>
     <row r="186" spans="1:14">
       <c r="A186" s="2">
-        <v>107005</v>
+        <v>106989</v>
       </c>
       <c r="B186" s="2" t="s">
-        <v>379</v>
+        <v>312</v>
       </c>
       <c r="C186" s="2" t="s">
-        <v>378</v>
+        <v>313</v>
       </c>
       <c r="D186" s="2"/>
       <c r="E186" s="2">
-        <v>7631</v>
-[...3 lines deleted...]
-      </c>
+        <v>7049</v>
+      </c>
+      <c r="F186" s="2"/>
       <c r="G186" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H186" s="2" t="s">
         <v>500</v>
       </c>
       <c r="I186" s="2">
         <v>62</v>
       </c>
       <c r="J186" s="2">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="K186" s="2">
         <v>100</v>
       </c>
       <c r="L186" s="2">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="M186" s="2">
         <v>0</v>
       </c>
       <c r="N186" s="2">
-        <v>163</v>
+        <v>165</v>
       </c>
     </row>
     <row r="187" spans="1:14">
       <c r="A187" s="2">
         <v>102742</v>
       </c>
       <c r="B187" s="2" t="s">
         <v>413</v>
       </c>
       <c r="C187" s="2" t="s">
         <v>23</v>
       </c>
       <c r="D187" s="2"/>
       <c r="E187" s="2">
         <v>7087</v>
       </c>
       <c r="F187" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G187" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H187" s="2" t="s">
         <v>501</v>
       </c>
@@ -14319,54 +14319,54 @@
       </c>
       <c r="I188" s="2">
         <v>63</v>
       </c>
       <c r="J188" s="2">
         <v>58</v>
       </c>
       <c r="K188" s="2">
         <v>100</v>
       </c>
       <c r="L188" s="2">
         <v>63</v>
       </c>
       <c r="M188" s="2">
         <v>0</v>
       </c>
       <c r="N188" s="2">
         <v>163</v>
       </c>
     </row>
     <row r="189" spans="1:14">
       <c r="A189" s="2">
         <v>101004</v>
       </c>
       <c r="B189" s="2" t="s">
-        <v>496</v>
+        <v>493</v>
       </c>
       <c r="C189" s="2" t="s">
-        <v>497</v>
+        <v>494</v>
       </c>
       <c r="D189" s="2"/>
       <c r="E189" s="2">
         <v>7573</v>
       </c>
       <c r="F189" s="2" t="s">
         <v>48</v>
       </c>
       <c r="G189" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H189" s="2" t="s">
         <v>505</v>
       </c>
       <c r="I189" s="2">
         <v>63</v>
       </c>
       <c r="J189" s="2">
         <v>57</v>
       </c>
       <c r="K189" s="2">
         <v>100</v>
       </c>
       <c r="L189" s="2">
         <v>64</v>
@@ -14400,170 +14400,170 @@
       </c>
       <c r="H190" s="2" t="s">
         <v>508</v>
       </c>
       <c r="I190" s="2">
         <v>63</v>
       </c>
       <c r="J190" s="2">
         <v>59</v>
       </c>
       <c r="K190" s="2">
         <v>100</v>
       </c>
       <c r="L190" s="2">
         <v>62</v>
       </c>
       <c r="M190" s="2">
         <v>0</v>
       </c>
       <c r="N190" s="2">
         <v>162</v>
       </c>
     </row>
     <row r="191" spans="1:14">
       <c r="A191" s="2">
-        <v>102744</v>
+        <v>106991</v>
       </c>
       <c r="B191" s="2" t="s">
         <v>509</v>
       </c>
       <c r="C191" s="2" t="s">
-        <v>509</v>
+        <v>475</v>
       </c>
       <c r="D191" s="2"/>
       <c r="E191" s="2">
-        <v>7152</v>
-[...3 lines deleted...]
-      </c>
+        <v>7518</v>
+      </c>
+      <c r="F191" s="2"/>
       <c r="G191" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H191" s="2" t="s">
         <v>510</v>
       </c>
       <c r="I191" s="2">
         <v>64</v>
       </c>
       <c r="J191" s="2">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="K191" s="2">
         <v>100</v>
       </c>
       <c r="L191" s="2">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="M191" s="2">
         <v>0</v>
       </c>
       <c r="N191" s="2">
-        <v>162</v>
+        <v>163</v>
       </c>
     </row>
     <row r="192" spans="1:14">
       <c r="A192" s="2">
-        <v>106991</v>
+        <v>113112</v>
       </c>
       <c r="B192" s="2" t="s">
         <v>511</v>
       </c>
       <c r="C192" s="2" t="s">
-        <v>475</v>
+        <v>512</v>
       </c>
       <c r="D192" s="2"/>
       <c r="E192" s="2">
-        <v>7518</v>
-[...1 lines deleted...]
-      <c r="F192" s="2"/>
+        <v>7601</v>
+      </c>
+      <c r="F192" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="G192" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H192" s="2" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="I192" s="2">
         <v>64</v>
       </c>
       <c r="J192" s="2">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="K192" s="2">
         <v>100</v>
       </c>
       <c r="L192" s="2">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="M192" s="2">
         <v>0</v>
       </c>
       <c r="N192" s="2">
-        <v>163</v>
+        <v>161</v>
       </c>
     </row>
     <row r="193" spans="1:14">
       <c r="A193" s="2">
-        <v>113112</v>
+        <v>102744</v>
       </c>
       <c r="B193" s="2" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="C193" s="2" t="s">
         <v>514</v>
       </c>
       <c r="D193" s="2"/>
       <c r="E193" s="2">
-        <v>7601</v>
+        <v>7152</v>
       </c>
       <c r="F193" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G193" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H193" s="2" t="s">
         <v>515</v>
       </c>
       <c r="I193" s="2">
         <v>64</v>
       </c>
       <c r="J193" s="2">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="K193" s="2">
         <v>100</v>
       </c>
       <c r="L193" s="2">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="M193" s="2">
         <v>0</v>
       </c>
       <c r="N193" s="2">
-        <v>161</v>
+        <v>162</v>
       </c>
     </row>
     <row r="194" spans="1:14">
       <c r="A194" s="2">
         <v>106992</v>
       </c>
       <c r="B194" s="2" t="s">
         <v>516</v>
       </c>
       <c r="C194" s="2" t="s">
         <v>517</v>
       </c>
       <c r="D194" s="2"/>
       <c r="E194" s="2">
         <v>7081</v>
       </c>
       <c r="F194" s="2"/>
       <c r="G194" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H194" s="2" t="s">
         <v>518</v>
       </c>
       <c r="I194" s="2">
         <v>65</v>
@@ -14578,51 +14578,51 @@
         <v>62</v>
       </c>
       <c r="M194" s="2">
         <v>0</v>
       </c>
       <c r="N194" s="2">
         <v>162</v>
       </c>
     </row>
     <row r="195" spans="1:14">
       <c r="A195" s="2">
         <v>113113</v>
       </c>
       <c r="B195" s="2" t="s">
         <v>519</v>
       </c>
       <c r="C195" s="2" t="s">
         <v>520</v>
       </c>
       <c r="D195" s="2"/>
       <c r="E195" s="2">
         <v>8023</v>
       </c>
       <c r="F195" s="2"/>
       <c r="G195" s="2" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="H195" s="2" t="s">
         <v>521</v>
       </c>
       <c r="I195" s="2">
         <v>65</v>
       </c>
       <c r="J195" s="2">
         <v>5</v>
       </c>
       <c r="K195" s="2">
         <v>100</v>
       </c>
       <c r="L195" s="2">
         <v>275</v>
       </c>
       <c r="M195" s="2">
         <v>0</v>
       </c>
       <c r="N195" s="2">
         <v>375</v>
       </c>
     </row>
     <row r="196" spans="1:14">
       <c r="A196" s="2">
@@ -14649,106 +14649,106 @@
       </c>
       <c r="I196" s="2">
         <v>65</v>
       </c>
       <c r="J196" s="2">
         <v>60</v>
       </c>
       <c r="K196" s="2">
         <v>100</v>
       </c>
       <c r="L196" s="2">
         <v>61</v>
       </c>
       <c r="M196" s="2">
         <v>0</v>
       </c>
       <c r="N196" s="2">
         <v>161</v>
       </c>
     </row>
     <row r="197" spans="1:14">
       <c r="A197" s="2">
         <v>102032</v>
       </c>
       <c r="B197" s="2" t="s">
-        <v>484</v>
+        <v>481</v>
       </c>
       <c r="C197" s="2" t="s">
-        <v>485</v>
+        <v>482</v>
       </c>
       <c r="D197" s="2"/>
       <c r="E197" s="2">
         <v>8002</v>
       </c>
       <c r="F197" s="2" t="s">
         <v>164</v>
       </c>
       <c r="G197" s="2" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="H197" s="2" t="s">
         <v>525</v>
       </c>
       <c r="I197" s="2">
         <v>66</v>
       </c>
       <c r="J197" s="2">
         <v>6</v>
       </c>
       <c r="K197" s="2">
         <v>100</v>
       </c>
       <c r="L197" s="2">
         <v>250</v>
       </c>
       <c r="M197" s="2">
         <v>0</v>
       </c>
       <c r="N197" s="2">
         <v>350</v>
       </c>
     </row>
     <row r="198" spans="1:14">
       <c r="A198" s="2">
         <v>100262</v>
       </c>
       <c r="B198" s="2" t="s">
-        <v>393</v>
+        <v>396</v>
       </c>
       <c r="C198" s="2" t="s">
-        <v>394</v>
+        <v>397</v>
       </c>
       <c r="D198" s="2"/>
       <c r="E198" s="2">
         <v>8524</v>
       </c>
       <c r="F198" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G198" s="2" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="H198" s="2" t="s">
         <v>526</v>
       </c>
       <c r="I198" s="2">
         <v>66</v>
       </c>
       <c r="J198" s="2">
         <v>7</v>
       </c>
       <c r="K198" s="2">
         <v>100</v>
       </c>
       <c r="L198" s="2">
         <v>240</v>
       </c>
       <c r="M198" s="2">
         <v>0</v>
       </c>
       <c r="N198" s="2">
         <v>340</v>
       </c>
     </row>
     <row r="199" spans="1:14">
       <c r="A199" s="2">
@@ -15361,54 +15361,54 @@
       </c>
       <c r="I213" s="2">
         <v>71</v>
       </c>
       <c r="J213" s="2">
         <v>65</v>
       </c>
       <c r="K213" s="2">
         <v>100</v>
       </c>
       <c r="L213" s="2">
         <v>56</v>
       </c>
       <c r="M213" s="2">
         <v>0</v>
       </c>
       <c r="N213" s="2">
         <v>156</v>
       </c>
     </row>
     <row r="214" spans="1:14">
       <c r="A214" s="2">
         <v>102701</v>
       </c>
       <c r="B214" s="2" t="s">
-        <v>152</v>
+        <v>150</v>
       </c>
       <c r="C214" s="2" t="s">
-        <v>153</v>
+        <v>151</v>
       </c>
       <c r="D214" s="2"/>
       <c r="E214" s="2">
         <v>7053</v>
       </c>
       <c r="F214" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G214" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H214" s="2" t="s">
         <v>560</v>
       </c>
       <c r="I214" s="2">
         <v>71</v>
       </c>
       <c r="J214" s="2">
         <v>64</v>
       </c>
       <c r="K214" s="2">
         <v>100</v>
       </c>
       <c r="L214" s="2">
         <v>57</v>
@@ -15416,51 +15416,51 @@
       <c r="M214" s="2">
         <v>0</v>
       </c>
       <c r="N214" s="2">
         <v>157</v>
       </c>
     </row>
     <row r="215" spans="1:14">
       <c r="A215" s="2">
         <v>106997</v>
       </c>
       <c r="B215" s="2" t="s">
         <v>561</v>
       </c>
       <c r="C215" s="2" t="s">
         <v>562</v>
       </c>
       <c r="D215" s="2"/>
       <c r="E215" s="2">
         <v>8009</v>
       </c>
       <c r="F215" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G215" s="2" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="H215" s="2" t="s">
         <v>563</v>
       </c>
       <c r="I215" s="2">
         <v>72</v>
       </c>
       <c r="J215" s="2">
         <v>8</v>
       </c>
       <c r="K215" s="2">
         <v>100</v>
       </c>
       <c r="L215" s="2">
         <v>230</v>
       </c>
       <c r="M215" s="2">
         <v>0</v>
       </c>
       <c r="N215" s="2">
         <v>330</v>
       </c>
     </row>
     <row r="216" spans="1:14">
       <c r="A216" s="2">
@@ -15613,722 +15613,722 @@
       </c>
       <c r="I219" s="2">
         <v>73</v>
       </c>
       <c r="J219" s="2">
         <v>67</v>
       </c>
       <c r="K219" s="2">
         <v>100</v>
       </c>
       <c r="L219" s="2">
         <v>54</v>
       </c>
       <c r="M219" s="2">
         <v>0</v>
       </c>
       <c r="N219" s="2">
         <v>154</v>
       </c>
     </row>
     <row r="220" spans="1:14">
       <c r="A220" s="2">
         <v>102418</v>
       </c>
       <c r="B220" s="2" t="s">
-        <v>102</v>
+        <v>96</v>
       </c>
       <c r="C220" s="2" t="s">
-        <v>103</v>
+        <v>97</v>
       </c>
       <c r="D220" s="2"/>
       <c r="E220" s="2">
         <v>7037</v>
       </c>
       <c r="F220" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G220" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H220" s="2" t="s">
         <v>576</v>
       </c>
       <c r="I220" s="2">
         <v>73</v>
       </c>
       <c r="J220" s="2">
         <v>65</v>
       </c>
       <c r="K220" s="2">
         <v>100</v>
       </c>
       <c r="L220" s="2">
         <v>56</v>
       </c>
       <c r="M220" s="2">
         <v>0</v>
       </c>
       <c r="N220" s="2">
         <v>156</v>
       </c>
     </row>
     <row r="221" spans="1:14">
       <c r="A221" s="2">
-        <v>107027</v>
+        <v>106999</v>
       </c>
       <c r="B221" s="2" t="s">
-        <v>369</v>
+        <v>221</v>
       </c>
       <c r="C221" s="2" t="s">
         <v>577</v>
       </c>
       <c r="D221" s="2"/>
       <c r="E221" s="2">
-        <v>8042</v>
-[...3 lines deleted...]
-      </c>
+        <v>7025</v>
+      </c>
+      <c r="F221" s="2"/>
       <c r="G221" s="2" t="s">
-        <v>78</v>
+        <v>17</v>
       </c>
       <c r="H221" s="2" t="s">
         <v>578</v>
       </c>
       <c r="I221" s="2">
         <v>74</v>
       </c>
       <c r="J221" s="2">
-        <v>6</v>
+        <v>66</v>
       </c>
       <c r="K221" s="2">
         <v>100</v>
       </c>
       <c r="L221" s="2">
-        <v>250</v>
+        <v>55</v>
       </c>
       <c r="M221" s="2">
         <v>0</v>
       </c>
       <c r="N221" s="2">
-        <v>350</v>
+        <v>155</v>
       </c>
     </row>
     <row r="222" spans="1:14">
       <c r="A222" s="2">
-        <v>102754</v>
+        <v>107027</v>
       </c>
       <c r="B222" s="2" t="s">
-        <v>407</v>
+        <v>369</v>
       </c>
       <c r="C222" s="2" t="s">
         <v>579</v>
       </c>
       <c r="D222" s="2"/>
       <c r="E222" s="2">
-        <v>7555</v>
+        <v>8042</v>
       </c>
       <c r="F222" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G222" s="2" t="s">
-        <v>17</v>
+        <v>77</v>
       </c>
       <c r="H222" s="2" t="s">
         <v>580</v>
       </c>
       <c r="I222" s="2">
         <v>74</v>
       </c>
       <c r="J222" s="2">
-        <v>68</v>
+        <v>6</v>
       </c>
       <c r="K222" s="2">
         <v>100</v>
       </c>
       <c r="L222" s="2">
-        <v>53</v>
+        <v>250</v>
       </c>
       <c r="M222" s="2">
         <v>0</v>
       </c>
       <c r="N222" s="2">
-        <v>153</v>
+        <v>350</v>
       </c>
     </row>
     <row r="223" spans="1:14">
       <c r="A223" s="2">
-        <v>106999</v>
+        <v>102754</v>
       </c>
       <c r="B223" s="2" t="s">
-        <v>221</v>
+        <v>407</v>
       </c>
       <c r="C223" s="2" t="s">
         <v>581</v>
       </c>
       <c r="D223" s="2"/>
       <c r="E223" s="2">
-        <v>7025</v>
-[...1 lines deleted...]
-      <c r="F223" s="2"/>
+        <v>7555</v>
+      </c>
+      <c r="F223" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="G223" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H223" s="2" t="s">
         <v>582</v>
       </c>
       <c r="I223" s="2">
         <v>74</v>
       </c>
       <c r="J223" s="2">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="K223" s="2">
         <v>100</v>
       </c>
       <c r="L223" s="2">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="M223" s="2">
         <v>0</v>
       </c>
       <c r="N223" s="2">
-        <v>155</v>
+        <v>153</v>
       </c>
     </row>
     <row r="224" spans="1:14">
       <c r="A224" s="2">
-        <v>100998</v>
+        <v>107000</v>
       </c>
       <c r="B224" s="2" t="s">
         <v>583</v>
       </c>
       <c r="C224" s="2" t="s">
         <v>584</v>
       </c>
       <c r="D224" s="2"/>
       <c r="E224" s="2">
-        <v>7529</v>
+        <v>7168</v>
       </c>
       <c r="F224" s="2" t="s">
-        <v>48</v>
+        <v>29</v>
       </c>
       <c r="G224" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H224" s="2" t="s">
         <v>585</v>
       </c>
       <c r="I224" s="2">
         <v>75</v>
       </c>
       <c r="J224" s="2">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="K224" s="2">
         <v>100</v>
       </c>
       <c r="L224" s="2">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="M224" s="2">
         <v>0</v>
       </c>
       <c r="N224" s="2">
-        <v>152</v>
+        <v>154</v>
       </c>
     </row>
     <row r="225" spans="1:14">
       <c r="A225" s="2">
-        <v>107000</v>
+        <v>113122</v>
       </c>
       <c r="B225" s="2" t="s">
         <v>586</v>
       </c>
       <c r="C225" s="2" t="s">
         <v>587</v>
       </c>
       <c r="D225" s="2"/>
       <c r="E225" s="2">
-        <v>7168</v>
+        <v>7059</v>
       </c>
       <c r="F225" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G225" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H225" s="2" t="s">
         <v>588</v>
       </c>
       <c r="I225" s="2">
         <v>75</v>
       </c>
       <c r="J225" s="2">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="K225" s="2">
         <v>100</v>
       </c>
       <c r="L225" s="2">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="M225" s="2">
         <v>0</v>
       </c>
       <c r="N225" s="2">
-        <v>154</v>
+        <v>152</v>
       </c>
     </row>
     <row r="226" spans="1:14">
       <c r="A226" s="2">
-        <v>113122</v>
+        <v>100998</v>
       </c>
       <c r="B226" s="2" t="s">
         <v>589</v>
       </c>
       <c r="C226" s="2" t="s">
         <v>590</v>
       </c>
       <c r="D226" s="2"/>
       <c r="E226" s="2">
-        <v>7059</v>
+        <v>7529</v>
       </c>
       <c r="F226" s="2" t="s">
-        <v>29</v>
+        <v>48</v>
       </c>
       <c r="G226" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H226" s="2" t="s">
         <v>591</v>
       </c>
       <c r="I226" s="2">
         <v>75</v>
       </c>
       <c r="J226" s="2">
         <v>69</v>
       </c>
       <c r="K226" s="2">
         <v>100</v>
       </c>
       <c r="L226" s="2">
         <v>52</v>
       </c>
       <c r="M226" s="2">
         <v>0</v>
       </c>
       <c r="N226" s="2">
         <v>152</v>
       </c>
     </row>
     <row r="227" spans="1:14">
       <c r="A227" s="2">
         <v>101603</v>
       </c>
       <c r="B227" s="2" t="s">
         <v>592</v>
       </c>
       <c r="C227" s="2" t="s">
         <v>593</v>
       </c>
       <c r="D227" s="2"/>
       <c r="E227" s="2">
         <v>8029</v>
       </c>
       <c r="F227" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G227" s="2" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="H227" s="2" t="s">
         <v>563</v>
       </c>
       <c r="I227" s="2">
         <v>76</v>
       </c>
       <c r="J227" s="2">
         <v>7</v>
       </c>
       <c r="K227" s="2">
         <v>100</v>
       </c>
       <c r="L227" s="2">
         <v>240</v>
       </c>
       <c r="M227" s="2">
         <v>0</v>
       </c>
       <c r="N227" s="2">
         <v>340</v>
       </c>
     </row>
     <row r="228" spans="1:14">
       <c r="A228" s="2">
-        <v>107001</v>
+        <v>113123</v>
       </c>
       <c r="B228" s="2" t="s">
-        <v>472</v>
+        <v>594</v>
       </c>
       <c r="C228" s="2" t="s">
-        <v>594</v>
+        <v>595</v>
       </c>
       <c r="D228" s="2"/>
       <c r="E228" s="2">
-        <v>7569</v>
-[...1 lines deleted...]
-      <c r="F228" s="2"/>
+        <v>7128</v>
+      </c>
+      <c r="F228" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="G228" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H228" s="2" t="s">
-        <v>595</v>
+        <v>596</v>
       </c>
       <c r="I228" s="2">
         <v>76</v>
       </c>
       <c r="J228" s="2">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="K228" s="2">
         <v>100</v>
       </c>
       <c r="L228" s="2">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="M228" s="2">
         <v>0</v>
       </c>
       <c r="N228" s="2">
-        <v>153</v>
+        <v>151</v>
       </c>
     </row>
     <row r="229" spans="1:14">
       <c r="A229" s="2">
-        <v>113123</v>
+        <v>107001</v>
       </c>
       <c r="B229" s="2" t="s">
-        <v>596</v>
+        <v>478</v>
       </c>
       <c r="C229" s="2" t="s">
         <v>597</v>
       </c>
       <c r="D229" s="2"/>
       <c r="E229" s="2">
-        <v>7128</v>
-[...3 lines deleted...]
-      </c>
+        <v>7569</v>
+      </c>
+      <c r="F229" s="2"/>
       <c r="G229" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H229" s="2" t="s">
         <v>598</v>
       </c>
       <c r="I229" s="2">
         <v>76</v>
       </c>
       <c r="J229" s="2">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="K229" s="2">
         <v>100</v>
       </c>
       <c r="L229" s="2">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="M229" s="2">
         <v>0</v>
       </c>
       <c r="N229" s="2">
-        <v>151</v>
+        <v>153</v>
       </c>
     </row>
     <row r="230" spans="1:14">
       <c r="A230" s="2">
-        <v>102754</v>
+        <v>113298</v>
       </c>
       <c r="B230" s="2" t="s">
-        <v>407</v>
+        <v>599</v>
       </c>
       <c r="C230" s="2" t="s">
-        <v>579</v>
+        <v>600</v>
       </c>
       <c r="D230" s="2"/>
       <c r="E230" s="2">
-        <v>7516</v>
+        <v>7654</v>
       </c>
       <c r="F230" s="2" t="s">
-        <v>29</v>
+        <v>601</v>
       </c>
       <c r="G230" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H230" s="2" t="s">
-        <v>599</v>
+        <v>602</v>
       </c>
       <c r="I230" s="2">
         <v>77</v>
       </c>
       <c r="J230" s="2">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="K230" s="2">
         <v>100</v>
       </c>
       <c r="L230" s="2">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="M230" s="2">
         <v>0</v>
       </c>
       <c r="N230" s="2">
-        <v>152</v>
+        <v>150</v>
       </c>
     </row>
     <row r="231" spans="1:14">
       <c r="A231" s="2">
         <v>102411</v>
       </c>
       <c r="B231" s="2" t="s">
-        <v>348</v>
+        <v>344</v>
       </c>
       <c r="C231" s="2" t="s">
-        <v>600</v>
+        <v>603</v>
       </c>
       <c r="D231" s="2"/>
       <c r="E231" s="2">
         <v>7123</v>
       </c>
       <c r="F231" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G231" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H231" s="2" t="s">
-        <v>601</v>
+        <v>604</v>
       </c>
       <c r="I231" s="2">
         <v>77</v>
       </c>
       <c r="J231" s="2">
         <v>70</v>
       </c>
       <c r="K231" s="2">
         <v>100</v>
       </c>
       <c r="L231" s="2">
         <v>51</v>
       </c>
       <c r="M231" s="2">
         <v>0</v>
       </c>
       <c r="N231" s="2">
         <v>151</v>
       </c>
     </row>
     <row r="232" spans="1:14">
       <c r="A232" s="2">
-        <v>113298</v>
+        <v>102754</v>
       </c>
       <c r="B232" s="2" t="s">
-        <v>602</v>
+        <v>407</v>
       </c>
       <c r="C232" s="2" t="s">
-        <v>603</v>
+        <v>581</v>
       </c>
       <c r="D232" s="2"/>
       <c r="E232" s="2">
-        <v>7654</v>
+        <v>7516</v>
       </c>
       <c r="F232" s="2" t="s">
-        <v>604</v>
+        <v>29</v>
       </c>
       <c r="G232" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H232" s="2" t="s">
         <v>605</v>
       </c>
       <c r="I232" s="2">
         <v>77</v>
       </c>
       <c r="J232" s="2">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="K232" s="2">
         <v>100</v>
       </c>
       <c r="L232" s="2">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="M232" s="2">
         <v>0</v>
       </c>
       <c r="N232" s="2">
-        <v>150</v>
+        <v>152</v>
       </c>
     </row>
     <row r="233" spans="1:14">
       <c r="A233" s="2">
-        <v>107036</v>
+        <v>102758</v>
       </c>
       <c r="B233" s="2" t="s">
         <v>606</v>
       </c>
       <c r="C233" s="2" t="s">
         <v>607</v>
       </c>
       <c r="D233" s="2"/>
       <c r="E233" s="2">
-        <v>7648</v>
+        <v>8030</v>
       </c>
       <c r="F233" s="2" t="s">
-        <v>48</v>
+        <v>29</v>
       </c>
       <c r="G233" s="2" t="s">
-        <v>17</v>
+        <v>77</v>
       </c>
       <c r="H233" s="2" t="s">
         <v>608</v>
       </c>
       <c r="I233" s="2">
         <v>78</v>
       </c>
       <c r="J233" s="2">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="K233" s="2">
         <v>100</v>
       </c>
       <c r="L233" s="2">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="M233" s="2">
         <v>0</v>
       </c>
       <c r="N233" s="2">
-        <v>149</v>
+        <v>150</v>
       </c>
     </row>
     <row r="234" spans="1:14">
       <c r="A234" s="2">
         <v>107003</v>
       </c>
       <c r="B234" s="2" t="s">
-        <v>443</v>
+        <v>446</v>
       </c>
       <c r="C234" s="2" t="s">
-        <v>444</v>
+        <v>447</v>
       </c>
       <c r="D234" s="2"/>
       <c r="E234" s="2">
         <v>7131</v>
       </c>
       <c r="F234" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G234" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H234" s="2" t="s">
         <v>609</v>
       </c>
       <c r="I234" s="2">
         <v>78</v>
       </c>
       <c r="J234" s="2">
         <v>70</v>
       </c>
       <c r="K234" s="2">
         <v>100</v>
       </c>
       <c r="L234" s="2">
         <v>51</v>
       </c>
       <c r="M234" s="2">
         <v>0</v>
       </c>
       <c r="N234" s="2">
         <v>151</v>
       </c>
     </row>
     <row r="235" spans="1:14">
       <c r="A235" s="2">
-        <v>102758</v>
+        <v>107036</v>
       </c>
       <c r="B235" s="2" t="s">
         <v>610</v>
       </c>
       <c r="C235" s="2" t="s">
         <v>611</v>
       </c>
       <c r="D235" s="2"/>
       <c r="E235" s="2">
-        <v>8030</v>
+        <v>7648</v>
       </c>
       <c r="F235" s="2" t="s">
-        <v>29</v>
+        <v>48</v>
       </c>
       <c r="G235" s="2" t="s">
-        <v>78</v>
+        <v>17</v>
       </c>
       <c r="H235" s="2" t="s">
         <v>612</v>
       </c>
       <c r="I235" s="2">
         <v>78</v>
       </c>
       <c r="J235" s="2">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="K235" s="2">
         <v>100</v>
       </c>
       <c r="L235" s="2">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="M235" s="2">
         <v>0</v>
       </c>
       <c r="N235" s="2">
-        <v>150</v>
+        <v>149</v>
       </c>
     </row>
     <row r="236" spans="1:14">
       <c r="A236" s="2">
         <v>102699</v>
       </c>
       <c r="B236" s="2" t="s">
-        <v>72</v>
+        <v>67</v>
       </c>
       <c r="C236" s="2" t="s">
-        <v>73</v>
+        <v>68</v>
       </c>
       <c r="D236" s="2"/>
       <c r="E236" s="2">
         <v>7512</v>
       </c>
       <c r="F236" s="2" t="s">
         <v>48</v>
       </c>
       <c r="G236" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H236" s="2" t="s">
         <v>613</v>
       </c>
       <c r="I236" s="2">
         <v>79</v>
       </c>
       <c r="J236" s="2">
         <v>73</v>
       </c>
       <c r="K236" s="2">
         <v>100</v>
       </c>
       <c r="L236" s="2">
         <v>48</v>
@@ -16404,106 +16404,106 @@
       </c>
       <c r="H238" s="2" t="s">
         <v>615</v>
       </c>
       <c r="I238" s="2">
         <v>79</v>
       </c>
       <c r="J238" s="2">
         <v>71</v>
       </c>
       <c r="K238" s="2">
         <v>100</v>
       </c>
       <c r="L238" s="2">
         <v>50</v>
       </c>
       <c r="M238" s="2">
         <v>0</v>
       </c>
       <c r="N238" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="239" spans="1:14">
       <c r="A239" s="2">
-        <v>102760</v>
+        <v>107005</v>
       </c>
       <c r="B239" s="2" t="s">
-        <v>616</v>
+        <v>382</v>
       </c>
       <c r="C239" s="2" t="s">
-        <v>617</v>
+        <v>381</v>
       </c>
       <c r="D239" s="2"/>
       <c r="E239" s="2">
-        <v>7166</v>
+        <v>7566</v>
       </c>
       <c r="F239" s="2" t="s">
-        <v>29</v>
+        <v>48</v>
       </c>
       <c r="G239" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H239" s="2" t="s">
-        <v>618</v>
+        <v>616</v>
       </c>
       <c r="I239" s="2">
         <v>80</v>
       </c>
       <c r="J239" s="2">
         <v>72</v>
       </c>
       <c r="K239" s="2">
         <v>100</v>
       </c>
       <c r="L239" s="2">
         <v>49</v>
       </c>
       <c r="M239" s="2">
         <v>0</v>
       </c>
       <c r="N239" s="2">
         <v>149</v>
       </c>
     </row>
     <row r="240" spans="1:14">
       <c r="A240" s="2">
-        <v>107005</v>
+        <v>102760</v>
       </c>
       <c r="B240" s="2" t="s">
-        <v>379</v>
+        <v>617</v>
       </c>
       <c r="C240" s="2" t="s">
-        <v>378</v>
+        <v>618</v>
       </c>
       <c r="D240" s="2"/>
       <c r="E240" s="2">
-        <v>7566</v>
+        <v>7166</v>
       </c>
       <c r="F240" s="2" t="s">
-        <v>48</v>
+        <v>29</v>
       </c>
       <c r="G240" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H240" s="2" t="s">
         <v>619</v>
       </c>
       <c r="I240" s="2">
         <v>80</v>
       </c>
       <c r="J240" s="2">
         <v>72</v>
       </c>
       <c r="K240" s="2">
         <v>100</v>
       </c>
       <c r="L240" s="2">
         <v>49</v>
       </c>
       <c r="M240" s="2">
         <v>0</v>
       </c>
       <c r="N240" s="2">
         <v>149</v>
       </c>
@@ -16530,544 +16530,544 @@
       </c>
       <c r="H241" s="2" t="s">
         <v>622</v>
       </c>
       <c r="I241" s="2">
         <v>80</v>
       </c>
       <c r="J241" s="2">
         <v>74</v>
       </c>
       <c r="K241" s="2">
         <v>100</v>
       </c>
       <c r="L241" s="2">
         <v>47</v>
       </c>
       <c r="M241" s="2">
         <v>0</v>
       </c>
       <c r="N241" s="2">
         <v>147</v>
       </c>
     </row>
     <row r="242" spans="1:14">
       <c r="A242" s="2">
-        <v>102005</v>
+        <v>102747</v>
       </c>
       <c r="B242" s="2" t="s">
-        <v>493</v>
+        <v>532</v>
       </c>
       <c r="C242" s="2" t="s">
-        <v>494</v>
+        <v>533</v>
       </c>
       <c r="D242" s="2"/>
       <c r="E242" s="2">
-        <v>8517</v>
+        <v>7556</v>
       </c>
       <c r="F242" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G242" s="2" t="s">
-        <v>78</v>
+        <v>17</v>
       </c>
       <c r="H242" s="2" t="s">
         <v>623</v>
       </c>
       <c r="I242" s="2">
         <v>81</v>
       </c>
       <c r="J242" s="2">
-        <v>9</v>
+        <v>73</v>
       </c>
       <c r="K242" s="2">
         <v>100</v>
       </c>
       <c r="L242" s="2">
-        <v>220</v>
+        <v>48</v>
       </c>
       <c r="M242" s="2">
         <v>0</v>
       </c>
       <c r="N242" s="2">
-        <v>320</v>
+        <v>148</v>
       </c>
     </row>
     <row r="243" spans="1:14">
       <c r="A243" s="2">
-        <v>102747</v>
+        <v>102005</v>
       </c>
       <c r="B243" s="2" t="s">
-        <v>532</v>
+        <v>490</v>
       </c>
       <c r="C243" s="2" t="s">
-        <v>533</v>
+        <v>491</v>
       </c>
       <c r="D243" s="2"/>
       <c r="E243" s="2">
-        <v>7556</v>
+        <v>8517</v>
       </c>
       <c r="F243" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G243" s="2" t="s">
-        <v>17</v>
+        <v>77</v>
       </c>
       <c r="H243" s="2" t="s">
         <v>624</v>
       </c>
       <c r="I243" s="2">
         <v>81</v>
       </c>
       <c r="J243" s="2">
-        <v>73</v>
+        <v>9</v>
       </c>
       <c r="K243" s="2">
         <v>100</v>
       </c>
       <c r="L243" s="2">
-        <v>48</v>
+        <v>220</v>
       </c>
       <c r="M243" s="2">
         <v>0</v>
       </c>
       <c r="N243" s="2">
-        <v>148</v>
+        <v>320</v>
       </c>
     </row>
     <row r="244" spans="1:14">
       <c r="A244" s="2">
         <v>113127</v>
       </c>
       <c r="B244" s="2" t="s">
         <v>625</v>
       </c>
       <c r="C244" s="2" t="s">
         <v>626</v>
       </c>
       <c r="D244" s="2"/>
       <c r="E244" s="2">
         <v>7214</v>
       </c>
       <c r="F244" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G244" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H244" s="2" t="s">
         <v>627</v>
       </c>
       <c r="I244" s="2">
         <v>81</v>
       </c>
       <c r="J244" s="2">
         <v>75</v>
       </c>
       <c r="K244" s="2">
         <v>100</v>
       </c>
       <c r="L244" s="2">
         <v>46</v>
       </c>
       <c r="M244" s="2">
         <v>0</v>
       </c>
       <c r="N244" s="2">
         <v>146</v>
       </c>
     </row>
     <row r="245" spans="1:14">
       <c r="A245" s="2">
-        <v>102005</v>
+        <v>113128</v>
       </c>
       <c r="B245" s="2" t="s">
-        <v>493</v>
+        <v>318</v>
       </c>
       <c r="C245" s="2" t="s">
-        <v>494</v>
+        <v>628</v>
       </c>
       <c r="D245" s="2"/>
       <c r="E245" s="2">
-        <v>8513</v>
+        <v>7163</v>
       </c>
       <c r="F245" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G245" s="2" t="s">
-        <v>78</v>
+        <v>17</v>
       </c>
       <c r="H245" s="2" t="s">
-        <v>628</v>
+        <v>629</v>
       </c>
       <c r="I245" s="2">
         <v>82</v>
       </c>
       <c r="J245" s="2">
-        <v>9</v>
+        <v>76</v>
       </c>
       <c r="K245" s="2">
         <v>100</v>
       </c>
       <c r="L245" s="2">
-        <v>220</v>
+        <v>45</v>
       </c>
       <c r="M245" s="2">
         <v>0</v>
       </c>
       <c r="N245" s="2">
-        <v>320</v>
+        <v>145</v>
       </c>
     </row>
     <row r="246" spans="1:14">
       <c r="A246" s="2">
-        <v>113128</v>
+        <v>102005</v>
       </c>
       <c r="B246" s="2" t="s">
-        <v>315</v>
+        <v>490</v>
       </c>
       <c r="C246" s="2" t="s">
-        <v>629</v>
+        <v>491</v>
       </c>
       <c r="D246" s="2"/>
       <c r="E246" s="2">
-        <v>7163</v>
+        <v>8513</v>
       </c>
       <c r="F246" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G246" s="2" t="s">
-        <v>17</v>
+        <v>77</v>
       </c>
       <c r="H246" s="2" t="s">
         <v>630</v>
       </c>
       <c r="I246" s="2">
         <v>82</v>
       </c>
       <c r="J246" s="2">
-        <v>76</v>
+        <v>9</v>
       </c>
       <c r="K246" s="2">
         <v>100</v>
       </c>
       <c r="L246" s="2">
-        <v>45</v>
+        <v>220</v>
       </c>
       <c r="M246" s="2">
         <v>0</v>
       </c>
       <c r="N246" s="2">
-        <v>145</v>
+        <v>320</v>
       </c>
     </row>
     <row r="247" spans="1:14">
       <c r="A247" s="2">
         <v>102762</v>
       </c>
       <c r="B247" s="2" t="s">
         <v>631</v>
       </c>
       <c r="C247" s="2" t="s">
         <v>632</v>
       </c>
       <c r="D247" s="2"/>
       <c r="E247" s="2">
         <v>7597</v>
       </c>
       <c r="F247" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G247" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H247" s="2" t="s">
         <v>633</v>
       </c>
       <c r="I247" s="2">
         <v>82</v>
       </c>
       <c r="J247" s="2">
         <v>73</v>
       </c>
       <c r="K247" s="2">
         <v>100</v>
       </c>
       <c r="L247" s="2">
         <v>48</v>
       </c>
       <c r="M247" s="2">
         <v>0</v>
       </c>
       <c r="N247" s="2">
         <v>148</v>
       </c>
     </row>
     <row r="248" spans="1:14">
       <c r="A248" s="2">
-        <v>107007</v>
+        <v>107032</v>
       </c>
       <c r="B248" s="2" t="s">
-        <v>634</v>
+        <v>324</v>
       </c>
       <c r="C248" s="2" t="s">
-        <v>635</v>
+        <v>438</v>
       </c>
       <c r="D248" s="2"/>
       <c r="E248" s="2">
-        <v>8002</v>
-[...1 lines deleted...]
-      <c r="F248" s="2"/>
+        <v>7506</v>
+      </c>
+      <c r="F248" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="G248" s="2" t="s">
-        <v>78</v>
+        <v>17</v>
       </c>
       <c r="H248" s="2" t="s">
-        <v>636</v>
+        <v>634</v>
       </c>
       <c r="I248" s="2">
         <v>83</v>
       </c>
       <c r="J248" s="2">
-        <v>10</v>
+        <v>77</v>
       </c>
       <c r="K248" s="2">
         <v>100</v>
       </c>
       <c r="L248" s="2">
-        <v>210</v>
+        <v>44</v>
       </c>
       <c r="M248" s="2">
         <v>0</v>
       </c>
       <c r="N248" s="2">
-        <v>310</v>
+        <v>144</v>
       </c>
     </row>
     <row r="249" spans="1:14">
       <c r="A249" s="2">
-        <v>102763</v>
+        <v>107007</v>
       </c>
       <c r="B249" s="2" t="s">
-        <v>637</v>
+        <v>635</v>
       </c>
       <c r="C249" s="2" t="s">
-        <v>638</v>
+        <v>636</v>
       </c>
       <c r="D249" s="2"/>
       <c r="E249" s="2">
-        <v>7549</v>
+        <v>8002</v>
       </c>
       <c r="F249" s="2"/>
       <c r="G249" s="2" t="s">
-        <v>17</v>
+        <v>77</v>
       </c>
       <c r="H249" s="2" t="s">
-        <v>639</v>
+        <v>637</v>
       </c>
       <c r="I249" s="2">
         <v>83</v>
       </c>
       <c r="J249" s="2">
-        <v>74</v>
+        <v>10</v>
       </c>
       <c r="K249" s="2">
         <v>100</v>
       </c>
       <c r="L249" s="2">
-        <v>47</v>
+        <v>210</v>
       </c>
       <c r="M249" s="2">
         <v>0</v>
       </c>
       <c r="N249" s="2">
-        <v>147</v>
+        <v>310</v>
       </c>
     </row>
     <row r="250" spans="1:14">
       <c r="A250" s="2">
-        <v>107032</v>
+        <v>102763</v>
       </c>
       <c r="B250" s="2" t="s">
-        <v>321</v>
+        <v>638</v>
       </c>
       <c r="C250" s="2" t="s">
-        <v>438</v>
+        <v>639</v>
       </c>
       <c r="D250" s="2"/>
       <c r="E250" s="2">
-        <v>7506</v>
-[...3 lines deleted...]
-      </c>
+        <v>7549</v>
+      </c>
+      <c r="F250" s="2"/>
       <c r="G250" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H250" s="2" t="s">
         <v>640</v>
       </c>
       <c r="I250" s="2">
         <v>83</v>
       </c>
       <c r="J250" s="2">
-        <v>77</v>
+        <v>74</v>
       </c>
       <c r="K250" s="2">
         <v>100</v>
       </c>
       <c r="L250" s="2">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="M250" s="2">
         <v>0</v>
       </c>
       <c r="N250" s="2">
-        <v>144</v>
+        <v>147</v>
       </c>
     </row>
     <row r="251" spans="1:14">
       <c r="A251" s="2">
-        <v>102000</v>
+        <v>107008</v>
       </c>
       <c r="B251" s="2" t="s">
-        <v>557</v>
+        <v>641</v>
       </c>
       <c r="C251" s="2" t="s">
-        <v>558</v>
+        <v>642</v>
       </c>
       <c r="D251" s="2"/>
       <c r="E251" s="2">
-        <v>7078</v>
-[...3 lines deleted...]
-      </c>
+        <v>7142</v>
+      </c>
+      <c r="F251" s="2"/>
       <c r="G251" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H251" s="2" t="s">
-        <v>641</v>
+        <v>643</v>
       </c>
       <c r="I251" s="2">
         <v>84</v>
       </c>
       <c r="J251" s="2">
-        <v>78</v>
+        <v>74</v>
       </c>
       <c r="K251" s="2">
         <v>100</v>
       </c>
       <c r="L251" s="2">
-        <v>43</v>
+        <v>47</v>
       </c>
       <c r="M251" s="2">
         <v>0</v>
       </c>
       <c r="N251" s="2">
-        <v>143</v>
+        <v>147</v>
       </c>
     </row>
     <row r="252" spans="1:14">
       <c r="A252" s="2">
         <v>102764</v>
       </c>
       <c r="B252" s="2" t="s">
-        <v>642</v>
+        <v>644</v>
       </c>
       <c r="C252" s="2" t="s">
-        <v>643</v>
+        <v>645</v>
       </c>
       <c r="D252" s="2"/>
       <c r="E252" s="2">
         <v>7003</v>
       </c>
       <c r="F252" s="2" t="s">
         <v>25</v>
       </c>
       <c r="G252" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H252" s="2" t="s">
-        <v>644</v>
+        <v>646</v>
       </c>
       <c r="I252" s="2">
         <v>84</v>
       </c>
       <c r="J252" s="2">
         <v>75</v>
       </c>
       <c r="K252" s="2">
         <v>100</v>
       </c>
       <c r="L252" s="2">
         <v>46</v>
       </c>
       <c r="M252" s="2">
         <v>0</v>
       </c>
       <c r="N252" s="2">
         <v>146</v>
       </c>
     </row>
     <row r="253" spans="1:14">
       <c r="A253" s="2">
-        <v>107008</v>
+        <v>102000</v>
       </c>
       <c r="B253" s="2" t="s">
-        <v>645</v>
+        <v>557</v>
       </c>
       <c r="C253" s="2" t="s">
-        <v>646</v>
+        <v>558</v>
       </c>
       <c r="D253" s="2"/>
       <c r="E253" s="2">
-        <v>7142</v>
-[...1 lines deleted...]
-      <c r="F253" s="2"/>
+        <v>7078</v>
+      </c>
+      <c r="F253" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="G253" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H253" s="2" t="s">
         <v>647</v>
       </c>
       <c r="I253" s="2">
         <v>84</v>
       </c>
       <c r="J253" s="2">
-        <v>74</v>
+        <v>78</v>
       </c>
       <c r="K253" s="2">
         <v>100</v>
       </c>
       <c r="L253" s="2">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="M253" s="2">
         <v>0</v>
       </c>
       <c r="N253" s="2">
-        <v>147</v>
+        <v>143</v>
       </c>
     </row>
     <row r="254" spans="1:14">
       <c r="A254" s="2">
         <v>104790</v>
       </c>
       <c r="B254" s="2" t="s">
         <v>648</v>
       </c>
       <c r="C254" s="2" t="s">
         <v>649</v>
       </c>
       <c r="D254" s="2"/>
       <c r="E254" s="2">
         <v>7635</v>
       </c>
       <c r="F254" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G254" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H254" s="2" t="s">
         <v>650</v>
       </c>
@@ -17196,630 +17196,630 @@
       </c>
       <c r="H257" s="2" t="s">
         <v>659</v>
       </c>
       <c r="I257" s="2">
         <v>86</v>
       </c>
       <c r="J257" s="2">
         <v>77</v>
       </c>
       <c r="K257" s="2">
         <v>100</v>
       </c>
       <c r="L257" s="2">
         <v>44</v>
       </c>
       <c r="M257" s="2">
         <v>0</v>
       </c>
       <c r="N257" s="2">
         <v>144</v>
       </c>
     </row>
     <row r="258" spans="1:14">
       <c r="A258" s="2">
-        <v>102722</v>
+        <v>102789</v>
       </c>
       <c r="B258" s="2" t="s">
-        <v>338</v>
+        <v>660</v>
       </c>
       <c r="C258" s="2" t="s">
-        <v>339</v>
+        <v>661</v>
       </c>
       <c r="D258" s="2"/>
       <c r="E258" s="2">
-        <v>7596</v>
+        <v>7108</v>
       </c>
       <c r="F258" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G258" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H258" s="2" t="s">
-        <v>660</v>
+        <v>662</v>
       </c>
       <c r="I258" s="2">
         <v>86</v>
       </c>
       <c r="J258" s="2">
-        <v>76</v>
+        <v>80</v>
       </c>
       <c r="K258" s="2">
         <v>100</v>
       </c>
       <c r="L258" s="2">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="M258" s="2">
         <v>0</v>
       </c>
       <c r="N258" s="2">
-        <v>145</v>
+        <v>141</v>
       </c>
     </row>
     <row r="259" spans="1:14">
       <c r="A259" s="2">
-        <v>102789</v>
+        <v>102722</v>
       </c>
       <c r="B259" s="2" t="s">
-        <v>661</v>
+        <v>335</v>
       </c>
       <c r="C259" s="2" t="s">
-        <v>662</v>
+        <v>336</v>
       </c>
       <c r="D259" s="2"/>
       <c r="E259" s="2">
-        <v>7108</v>
+        <v>7596</v>
       </c>
       <c r="F259" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G259" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H259" s="2" t="s">
         <v>663</v>
       </c>
       <c r="I259" s="2">
         <v>86</v>
       </c>
       <c r="J259" s="2">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="K259" s="2">
         <v>100</v>
       </c>
       <c r="L259" s="2">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="M259" s="2">
         <v>0</v>
       </c>
       <c r="N259" s="2">
-        <v>141</v>
+        <v>145</v>
       </c>
     </row>
     <row r="260" spans="1:14">
       <c r="A260" s="2">
-        <v>113133</v>
+        <v>107011</v>
       </c>
       <c r="B260" s="2" t="s">
-        <v>166</v>
+        <v>664</v>
       </c>
       <c r="C260" s="2" t="s">
-        <v>664</v>
+        <v>665</v>
       </c>
       <c r="D260" s="2"/>
       <c r="E260" s="2">
-        <v>7632</v>
+        <v>7144</v>
       </c>
       <c r="F260" s="2" t="s">
-        <v>29</v>
+        <v>48</v>
       </c>
       <c r="G260" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H260" s="2" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
       <c r="I260" s="2">
         <v>87</v>
       </c>
       <c r="J260" s="2">
-        <v>81</v>
+        <v>77</v>
       </c>
       <c r="K260" s="2">
         <v>100</v>
       </c>
       <c r="L260" s="2">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="M260" s="2">
         <v>0</v>
       </c>
       <c r="N260" s="2">
-        <v>140</v>
+        <v>144</v>
       </c>
     </row>
     <row r="261" spans="1:14">
       <c r="A261" s="2">
         <v>102767</v>
       </c>
       <c r="B261" s="2" t="s">
-        <v>666</v>
+        <v>667</v>
       </c>
       <c r="C261" s="2" t="s">
-        <v>667</v>
+        <v>668</v>
       </c>
       <c r="D261" s="2"/>
       <c r="E261" s="2">
         <v>7024</v>
       </c>
       <c r="F261" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G261" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H261" s="2" t="s">
-        <v>668</v>
+        <v>669</v>
       </c>
       <c r="I261" s="2">
         <v>87</v>
       </c>
       <c r="J261" s="2">
         <v>78</v>
       </c>
       <c r="K261" s="2">
         <v>100</v>
       </c>
       <c r="L261" s="2">
         <v>43</v>
       </c>
       <c r="M261" s="2">
         <v>0</v>
       </c>
       <c r="N261" s="2">
         <v>143</v>
       </c>
     </row>
     <row r="262" spans="1:14">
       <c r="A262" s="2">
-        <v>107011</v>
+        <v>113133</v>
       </c>
       <c r="B262" s="2" t="s">
-        <v>669</v>
+        <v>166</v>
       </c>
       <c r="C262" s="2" t="s">
         <v>670</v>
       </c>
       <c r="D262" s="2"/>
       <c r="E262" s="2">
-        <v>7144</v>
+        <v>7632</v>
       </c>
       <c r="F262" s="2" t="s">
-        <v>48</v>
+        <v>29</v>
       </c>
       <c r="G262" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H262" s="2" t="s">
         <v>671</v>
       </c>
       <c r="I262" s="2">
         <v>87</v>
       </c>
       <c r="J262" s="2">
-        <v>77</v>
+        <v>81</v>
       </c>
       <c r="K262" s="2">
         <v>100</v>
       </c>
       <c r="L262" s="2">
-        <v>44</v>
+        <v>40</v>
       </c>
       <c r="M262" s="2">
         <v>0</v>
       </c>
       <c r="N262" s="2">
-        <v>144</v>
+        <v>140</v>
       </c>
     </row>
     <row r="263" spans="1:14">
       <c r="A263" s="2">
-        <v>105199</v>
+        <v>113134</v>
       </c>
       <c r="B263" s="2" t="s">
-        <v>243</v>
+        <v>240</v>
       </c>
       <c r="C263" s="2" t="s">
         <v>672</v>
       </c>
       <c r="D263" s="2"/>
       <c r="E263" s="2">
-        <v>7034</v>
+        <v>7149</v>
       </c>
       <c r="F263" s="2" t="s">
+        <v>29</v>
+      </c>
+      <c r="G263" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="H263" s="2" t="s">
         <v>673</v>
-      </c>
-[...4 lines deleted...]
-        <v>674</v>
       </c>
       <c r="I263" s="2">
         <v>88</v>
       </c>
       <c r="J263" s="2">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="K263" s="2">
         <v>100</v>
       </c>
       <c r="L263" s="2">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="M263" s="2">
         <v>0</v>
       </c>
       <c r="N263" s="2">
-        <v>143</v>
+        <v>139</v>
       </c>
     </row>
     <row r="264" spans="1:14">
       <c r="A264" s="2">
-        <v>113134</v>
+        <v>105199</v>
       </c>
       <c r="B264" s="2" t="s">
-        <v>243</v>
+        <v>240</v>
       </c>
       <c r="C264" s="2" t="s">
-        <v>675</v>
+        <v>674</v>
       </c>
       <c r="D264" s="2"/>
       <c r="E264" s="2">
-        <v>7149</v>
+        <v>7034</v>
       </c>
       <c r="F264" s="2" t="s">
-        <v>29</v>
+        <v>675</v>
       </c>
       <c r="G264" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H264" s="2" t="s">
         <v>676</v>
       </c>
       <c r="I264" s="2">
         <v>88</v>
       </c>
       <c r="J264" s="2">
-        <v>82</v>
+        <v>78</v>
       </c>
       <c r="K264" s="2">
         <v>100</v>
       </c>
       <c r="L264" s="2">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="M264" s="2">
         <v>0</v>
       </c>
       <c r="N264" s="2">
-        <v>139</v>
+        <v>143</v>
       </c>
     </row>
     <row r="265" spans="1:14">
       <c r="A265" s="2">
         <v>102768</v>
       </c>
       <c r="B265" s="2" t="s">
         <v>677</v>
       </c>
       <c r="C265" s="2" t="s">
         <v>678</v>
       </c>
       <c r="D265" s="2"/>
       <c r="E265" s="2">
         <v>7620</v>
       </c>
       <c r="F265" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G265" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H265" s="2" t="s">
         <v>679</v>
       </c>
       <c r="I265" s="2">
         <v>88</v>
       </c>
       <c r="J265" s="2">
         <v>79</v>
       </c>
       <c r="K265" s="2">
         <v>100</v>
       </c>
       <c r="L265" s="2">
         <v>42</v>
       </c>
       <c r="M265" s="2">
         <v>0</v>
       </c>
       <c r="N265" s="2">
         <v>142</v>
       </c>
     </row>
     <row r="266" spans="1:14">
       <c r="A266" s="2">
-        <v>105201</v>
+        <v>102769</v>
       </c>
       <c r="B266" s="2" t="s">
         <v>680</v>
       </c>
       <c r="C266" s="2" t="s">
         <v>681</v>
       </c>
       <c r="D266" s="2"/>
       <c r="E266" s="2">
-        <v>7619</v>
+        <v>7046</v>
       </c>
       <c r="F266" s="2" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="G266" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H266" s="2" t="s">
         <v>682</v>
       </c>
       <c r="I266" s="2">
         <v>89</v>
       </c>
       <c r="J266" s="2">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="K266" s="2">
         <v>100</v>
       </c>
       <c r="L266" s="2">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="M266" s="2">
         <v>0</v>
       </c>
       <c r="N266" s="2">
-        <v>142</v>
+        <v>141</v>
       </c>
     </row>
     <row r="267" spans="1:14">
       <c r="A267" s="2">
-        <v>102769</v>
+        <v>105201</v>
       </c>
       <c r="B267" s="2" t="s">
         <v>683</v>
       </c>
       <c r="C267" s="2" t="s">
         <v>684</v>
       </c>
       <c r="D267" s="2"/>
       <c r="E267" s="2">
-        <v>7046</v>
+        <v>7619</v>
       </c>
       <c r="F267" s="2" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="G267" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H267" s="2" t="s">
         <v>685</v>
       </c>
       <c r="I267" s="2">
         <v>89</v>
       </c>
       <c r="J267" s="2">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="K267" s="2">
         <v>100</v>
       </c>
       <c r="L267" s="2">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="M267" s="2">
         <v>0</v>
       </c>
       <c r="N267" s="2">
-        <v>141</v>
+        <v>142</v>
       </c>
     </row>
     <row r="268" spans="1:14">
       <c r="A268" s="2">
         <v>113135</v>
       </c>
       <c r="B268" s="2"/>
       <c r="C268" s="2" t="s">
         <v>686</v>
       </c>
       <c r="D268" s="2"/>
       <c r="E268" s="2">
         <v>7534</v>
       </c>
       <c r="F268" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G268" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H268" s="2" t="s">
         <v>687</v>
       </c>
       <c r="I268" s="2">
         <v>89</v>
       </c>
       <c r="J268" s="2">
         <v>83</v>
       </c>
       <c r="K268" s="2">
         <v>100</v>
       </c>
       <c r="L268" s="2">
         <v>38</v>
       </c>
       <c r="M268" s="2">
         <v>0</v>
       </c>
       <c r="N268" s="2">
         <v>138</v>
       </c>
     </row>
     <row r="269" spans="1:14">
       <c r="A269" s="2">
-        <v>113136</v>
+        <v>107014</v>
       </c>
       <c r="B269" s="2" t="s">
         <v>688</v>
       </c>
       <c r="C269" s="2" t="s">
-        <v>689</v>
+        <v>688</v>
       </c>
       <c r="D269" s="2"/>
       <c r="E269" s="2">
-        <v>7135</v>
-[...3 lines deleted...]
-      </c>
+        <v>7026</v>
+      </c>
+      <c r="F269" s="2"/>
       <c r="G269" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H269" s="2" t="s">
-        <v>690</v>
+        <v>689</v>
       </c>
       <c r="I269" s="2">
         <v>90</v>
       </c>
       <c r="J269" s="2">
-        <v>84</v>
+        <v>80</v>
       </c>
       <c r="K269" s="2">
         <v>100</v>
       </c>
       <c r="L269" s="2">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="M269" s="2">
         <v>0</v>
       </c>
       <c r="N269" s="2">
-        <v>137</v>
+        <v>141</v>
       </c>
     </row>
     <row r="270" spans="1:14">
       <c r="A270" s="2">
-        <v>107014</v>
+        <v>102770</v>
       </c>
       <c r="B270" s="2" t="s">
-        <v>691</v>
+        <v>690</v>
       </c>
       <c r="C270" s="2" t="s">
         <v>691</v>
       </c>
       <c r="D270" s="2"/>
       <c r="E270" s="2">
-        <v>7026</v>
-[...1 lines deleted...]
-      <c r="F270" s="2"/>
+        <v>7167</v>
+      </c>
+      <c r="F270" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="G270" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H270" s="2" t="s">
         <v>692</v>
       </c>
       <c r="I270" s="2">
         <v>90</v>
       </c>
       <c r="J270" s="2">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="K270" s="2">
         <v>100</v>
       </c>
       <c r="L270" s="2">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="M270" s="2">
         <v>0</v>
       </c>
       <c r="N270" s="2">
-        <v>141</v>
+        <v>140</v>
       </c>
     </row>
     <row r="271" spans="1:14">
       <c r="A271" s="2">
-        <v>102770</v>
+        <v>113136</v>
       </c>
       <c r="B271" s="2" t="s">
         <v>693</v>
       </c>
       <c r="C271" s="2" t="s">
         <v>694</v>
       </c>
       <c r="D271" s="2"/>
       <c r="E271" s="2">
-        <v>7167</v>
+        <v>7135</v>
       </c>
       <c r="F271" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G271" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H271" s="2" t="s">
         <v>695</v>
       </c>
       <c r="I271" s="2">
         <v>90</v>
       </c>
       <c r="J271" s="2">
-        <v>81</v>
+        <v>84</v>
       </c>
       <c r="K271" s="2">
         <v>100</v>
       </c>
       <c r="L271" s="2">
-        <v>40</v>
+        <v>37</v>
       </c>
       <c r="M271" s="2">
         <v>0</v>
       </c>
       <c r="N271" s="2">
-        <v>140</v>
+        <v>137</v>
       </c>
     </row>
     <row r="272" spans="1:14">
       <c r="A272" s="2">
         <v>113137</v>
       </c>
       <c r="B272" s="2" t="s">
         <v>696</v>
       </c>
       <c r="C272" s="2" t="s">
         <v>697</v>
       </c>
       <c r="D272" s="2"/>
       <c r="E272" s="2">
         <v>7024</v>
       </c>
       <c r="F272" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G272" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H272" s="2" t="s">
         <v>698</v>
       </c>
@@ -17839,51 +17839,51 @@
         <v>0</v>
       </c>
       <c r="N272" s="2">
         <v>136</v>
       </c>
     </row>
     <row r="273" spans="1:14">
       <c r="A273" s="2">
         <v>107015</v>
       </c>
       <c r="B273" s="2" t="s">
         <v>553</v>
       </c>
       <c r="C273" s="2" t="s">
         <v>59</v>
       </c>
       <c r="D273" s="2"/>
       <c r="E273" s="2">
         <v>7027</v>
       </c>
       <c r="F273" s="2"/>
       <c r="G273" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H273" s="2" t="s">
-        <v>692</v>
+        <v>689</v>
       </c>
       <c r="I273" s="2">
         <v>91</v>
       </c>
       <c r="J273" s="2">
         <v>81</v>
       </c>
       <c r="K273" s="2">
         <v>100</v>
       </c>
       <c r="L273" s="2">
         <v>40</v>
       </c>
       <c r="M273" s="2">
         <v>0</v>
       </c>
       <c r="N273" s="2">
         <v>140</v>
       </c>
     </row>
     <row r="274" spans="1:14">
       <c r="A274" s="2">
         <v>102771</v>
       </c>
       <c r="B274" s="2" t="s">
@@ -17946,346 +17946,346 @@
       </c>
       <c r="H275" s="2" t="s">
         <v>703</v>
       </c>
       <c r="I275" s="2">
         <v>92</v>
       </c>
       <c r="J275" s="2">
         <v>83</v>
       </c>
       <c r="K275" s="2">
         <v>100</v>
       </c>
       <c r="L275" s="2">
         <v>38</v>
       </c>
       <c r="M275" s="2">
         <v>0</v>
       </c>
       <c r="N275" s="2">
         <v>138</v>
       </c>
     </row>
     <row r="276" spans="1:14">
       <c r="A276" s="2">
-        <v>113138</v>
+        <v>102075</v>
       </c>
       <c r="B276" s="2" t="s">
         <v>704</v>
       </c>
       <c r="C276" s="2" t="s">
-        <v>571</v>
+        <v>705</v>
       </c>
       <c r="D276" s="2"/>
       <c r="E276" s="2">
-        <v>7110</v>
+        <v>7141</v>
       </c>
       <c r="F276" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G276" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H276" s="2" t="s">
-        <v>705</v>
+        <v>706</v>
       </c>
       <c r="I276" s="2">
         <v>92</v>
       </c>
       <c r="J276" s="2">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="K276" s="2">
         <v>100</v>
       </c>
       <c r="L276" s="2">
-        <v>35</v>
+        <v>39</v>
       </c>
       <c r="M276" s="2">
         <v>0</v>
       </c>
       <c r="N276" s="2">
-        <v>135</v>
+        <v>139</v>
       </c>
     </row>
     <row r="277" spans="1:14">
       <c r="A277" s="2">
-        <v>102075</v>
+        <v>113138</v>
       </c>
       <c r="B277" s="2" t="s">
-        <v>706</v>
+        <v>707</v>
       </c>
       <c r="C277" s="2" t="s">
-        <v>707</v>
+        <v>571</v>
       </c>
       <c r="D277" s="2"/>
       <c r="E277" s="2">
-        <v>7141</v>
+        <v>7110</v>
       </c>
       <c r="F277" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G277" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H277" s="2" t="s">
         <v>708</v>
       </c>
       <c r="I277" s="2">
         <v>92</v>
       </c>
       <c r="J277" s="2">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="K277" s="2">
         <v>100</v>
       </c>
       <c r="L277" s="2">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="M277" s="2">
         <v>0</v>
       </c>
       <c r="N277" s="2">
-        <v>139</v>
+        <v>135</v>
       </c>
     </row>
     <row r="278" spans="1:14">
       <c r="A278" s="2">
-        <v>113139</v>
+        <v>107017</v>
       </c>
       <c r="B278" s="2" t="s">
         <v>709</v>
       </c>
       <c r="C278" s="2" t="s">
         <v>710</v>
       </c>
       <c r="D278" s="2"/>
       <c r="E278" s="2">
-        <v>7096</v>
-[...3 lines deleted...]
-      </c>
+        <v>7078</v>
+      </c>
+      <c r="F278" s="2"/>
       <c r="G278" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H278" s="2" t="s">
         <v>711</v>
       </c>
       <c r="I278" s="2">
         <v>93</v>
       </c>
       <c r="J278" s="2">
-        <v>87</v>
+        <v>83</v>
       </c>
       <c r="K278" s="2">
         <v>100</v>
       </c>
       <c r="L278" s="2">
-        <v>34</v>
+        <v>38</v>
       </c>
       <c r="M278" s="2">
         <v>0</v>
       </c>
       <c r="N278" s="2">
-        <v>134</v>
+        <v>138</v>
       </c>
     </row>
     <row r="279" spans="1:14">
       <c r="A279" s="2">
         <v>102773</v>
       </c>
       <c r="B279" s="2" t="s">
         <v>712</v>
       </c>
       <c r="C279" s="2" t="s">
         <v>713</v>
       </c>
       <c r="D279" s="2"/>
       <c r="E279" s="2">
         <v>7089</v>
       </c>
       <c r="F279" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G279" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H279" s="2" t="s">
         <v>714</v>
       </c>
       <c r="I279" s="2">
         <v>93</v>
       </c>
       <c r="J279" s="2">
         <v>84</v>
       </c>
       <c r="K279" s="2">
         <v>100</v>
       </c>
       <c r="L279" s="2">
         <v>37</v>
       </c>
       <c r="M279" s="2">
         <v>0</v>
       </c>
       <c r="N279" s="2">
         <v>137</v>
       </c>
     </row>
     <row r="280" spans="1:14">
       <c r="A280" s="2">
-        <v>107017</v>
+        <v>113139</v>
       </c>
       <c r="B280" s="2" t="s">
         <v>715</v>
       </c>
       <c r="C280" s="2" t="s">
         <v>716</v>
       </c>
       <c r="D280" s="2"/>
       <c r="E280" s="2">
-        <v>7078</v>
-[...1 lines deleted...]
-      <c r="F280" s="2"/>
+        <v>7096</v>
+      </c>
+      <c r="F280" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="G280" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H280" s="2" t="s">
         <v>717</v>
       </c>
       <c r="I280" s="2">
         <v>93</v>
       </c>
       <c r="J280" s="2">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="K280" s="2">
         <v>100</v>
       </c>
       <c r="L280" s="2">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="M280" s="2">
         <v>0</v>
       </c>
       <c r="N280" s="2">
-        <v>138</v>
+        <v>134</v>
       </c>
     </row>
     <row r="281" spans="1:14">
       <c r="A281" s="2">
-        <v>102000</v>
+        <v>102840</v>
       </c>
       <c r="B281" s="2" t="s">
-        <v>557</v>
+        <v>718</v>
       </c>
       <c r="C281" s="2" t="s">
-        <v>558</v>
+        <v>719</v>
       </c>
       <c r="D281" s="2"/>
       <c r="E281" s="2">
-        <v>7126</v>
+        <v>7641</v>
       </c>
       <c r="F281" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G281" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H281" s="2" t="s">
-        <v>718</v>
+        <v>720</v>
       </c>
       <c r="I281" s="2">
         <v>94</v>
       </c>
       <c r="J281" s="2">
-        <v>84</v>
+        <v>88</v>
       </c>
       <c r="K281" s="2">
         <v>100</v>
       </c>
       <c r="L281" s="2">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="M281" s="2">
         <v>0</v>
       </c>
       <c r="N281" s="2">
-        <v>137</v>
+        <v>133</v>
       </c>
     </row>
     <row r="282" spans="1:14">
       <c r="A282" s="2">
-        <v>102840</v>
+        <v>102000</v>
       </c>
       <c r="B282" s="2" t="s">
-        <v>719</v>
+        <v>557</v>
       </c>
       <c r="C282" s="2" t="s">
-        <v>720</v>
+        <v>558</v>
       </c>
       <c r="D282" s="2"/>
       <c r="E282" s="2">
-        <v>7641</v>
+        <v>7126</v>
       </c>
       <c r="F282" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G282" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H282" s="2" t="s">
         <v>721</v>
       </c>
       <c r="I282" s="2">
         <v>94</v>
       </c>
       <c r="J282" s="2">
-        <v>88</v>
+        <v>84</v>
       </c>
       <c r="K282" s="2">
         <v>100</v>
       </c>
       <c r="L282" s="2">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="M282" s="2">
         <v>0</v>
       </c>
       <c r="N282" s="2">
-        <v>133</v>
+        <v>137</v>
       </c>
     </row>
     <row r="283" spans="1:14">
       <c r="A283" s="2">
         <v>102774</v>
       </c>
       <c r="B283" s="2" t="s">
-        <v>243</v>
+        <v>240</v>
       </c>
       <c r="C283" s="2" t="s">
         <v>722</v>
       </c>
       <c r="D283" s="2"/>
       <c r="E283" s="2">
         <v>7059</v>
       </c>
       <c r="F283" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G283" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H283" s="2" t="s">
         <v>723</v>
       </c>
       <c r="I283" s="2">
         <v>94</v>
       </c>
       <c r="J283" s="2">
         <v>85</v>
       </c>
       <c r="K283" s="2">
         <v>100</v>
@@ -18322,309 +18322,309 @@
       </c>
       <c r="H284" s="2" t="s">
         <v>726</v>
       </c>
       <c r="I284" s="2">
         <v>95</v>
       </c>
       <c r="J284" s="2">
         <v>86</v>
       </c>
       <c r="K284" s="2">
         <v>100</v>
       </c>
       <c r="L284" s="2">
         <v>35</v>
       </c>
       <c r="M284" s="2">
         <v>0</v>
       </c>
       <c r="N284" s="2">
         <v>135</v>
       </c>
     </row>
     <row r="285" spans="1:14">
       <c r="A285" s="2">
-        <v>105632</v>
+        <v>113141</v>
       </c>
       <c r="B285" s="2" t="s">
-        <v>405</v>
+        <v>727</v>
       </c>
       <c r="C285" s="2" t="s">
-        <v>90</v>
+        <v>728</v>
       </c>
       <c r="D285" s="2"/>
       <c r="E285" s="2">
-        <v>7133</v>
+        <v>7123</v>
       </c>
       <c r="F285" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G285" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H285" s="2" t="s">
-        <v>727</v>
+        <v>729</v>
       </c>
       <c r="I285" s="2">
         <v>95</v>
       </c>
       <c r="J285" s="2">
-        <v>85</v>
+        <v>89</v>
       </c>
       <c r="K285" s="2">
         <v>100</v>
       </c>
       <c r="L285" s="2">
-        <v>36</v>
+        <v>32</v>
       </c>
       <c r="M285" s="2">
         <v>0</v>
       </c>
       <c r="N285" s="2">
-        <v>136</v>
+        <v>132</v>
       </c>
     </row>
     <row r="286" spans="1:14">
       <c r="A286" s="2">
-        <v>113141</v>
+        <v>105632</v>
       </c>
       <c r="B286" s="2" t="s">
-        <v>728</v>
+        <v>405</v>
       </c>
       <c r="C286" s="2" t="s">
-        <v>729</v>
+        <v>90</v>
       </c>
       <c r="D286" s="2"/>
       <c r="E286" s="2">
-        <v>7123</v>
+        <v>7133</v>
       </c>
       <c r="F286" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G286" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H286" s="2" t="s">
         <v>730</v>
       </c>
       <c r="I286" s="2">
         <v>95</v>
       </c>
       <c r="J286" s="2">
-        <v>89</v>
+        <v>85</v>
       </c>
       <c r="K286" s="2">
         <v>100</v>
       </c>
       <c r="L286" s="2">
-        <v>32</v>
+        <v>36</v>
       </c>
       <c r="M286" s="2">
         <v>0</v>
       </c>
       <c r="N286" s="2">
-        <v>132</v>
+        <v>136</v>
       </c>
     </row>
     <row r="287" spans="1:14">
       <c r="A287" s="2">
         <v>102074</v>
       </c>
       <c r="B287" s="2" t="s">
-        <v>478</v>
+        <v>472</v>
       </c>
       <c r="C287" s="2" t="s">
-        <v>479</v>
+        <v>473</v>
       </c>
       <c r="D287" s="2"/>
       <c r="E287" s="2">
         <v>7135</v>
       </c>
       <c r="F287" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G287" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H287" s="2" t="s">
         <v>731</v>
       </c>
       <c r="I287" s="2">
         <v>96</v>
       </c>
       <c r="J287" s="2">
         <v>86</v>
       </c>
       <c r="K287" s="2">
         <v>100</v>
       </c>
       <c r="L287" s="2">
         <v>35</v>
       </c>
       <c r="M287" s="2">
         <v>0</v>
       </c>
       <c r="N287" s="2">
         <v>135</v>
       </c>
     </row>
     <row r="288" spans="1:14">
       <c r="A288" s="2">
-        <v>113142</v>
+        <v>102776</v>
       </c>
       <c r="B288" s="2" t="s">
         <v>732</v>
       </c>
       <c r="C288" s="2" t="s">
         <v>733</v>
       </c>
       <c r="D288" s="2"/>
       <c r="E288" s="2">
-        <v>7502</v>
+        <v>7508</v>
       </c>
       <c r="F288" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G288" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H288" s="2" t="s">
         <v>734</v>
       </c>
       <c r="I288" s="2">
         <v>96</v>
       </c>
       <c r="J288" s="2">
-        <v>90</v>
+        <v>87</v>
       </c>
       <c r="K288" s="2">
         <v>100</v>
       </c>
       <c r="L288" s="2">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="M288" s="2">
         <v>0</v>
       </c>
       <c r="N288" s="2">
-        <v>131</v>
+        <v>134</v>
       </c>
     </row>
     <row r="289" spans="1:14">
       <c r="A289" s="2">
-        <v>102776</v>
+        <v>113142</v>
       </c>
       <c r="B289" s="2" t="s">
         <v>735</v>
       </c>
       <c r="C289" s="2" t="s">
         <v>736</v>
       </c>
       <c r="D289" s="2"/>
       <c r="E289" s="2">
-        <v>7508</v>
+        <v>7502</v>
       </c>
       <c r="F289" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G289" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H289" s="2" t="s">
         <v>737</v>
       </c>
       <c r="I289" s="2">
         <v>96</v>
       </c>
       <c r="J289" s="2">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="K289" s="2">
         <v>100</v>
       </c>
       <c r="L289" s="2">
-        <v>34</v>
+        <v>31</v>
       </c>
       <c r="M289" s="2">
         <v>0</v>
       </c>
       <c r="N289" s="2">
-        <v>134</v>
+        <v>131</v>
       </c>
     </row>
     <row r="290" spans="1:14">
       <c r="A290" s="2">
         <v>113143</v>
       </c>
       <c r="B290" s="2" t="s">
         <v>738</v>
       </c>
       <c r="C290" s="2" t="s">
         <v>739</v>
       </c>
       <c r="D290" s="2"/>
       <c r="E290" s="2">
         <v>7006</v>
       </c>
       <c r="F290" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G290" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H290" s="2" t="s">
         <v>740</v>
       </c>
       <c r="I290" s="2">
         <v>97</v>
       </c>
       <c r="J290" s="2">
         <v>91</v>
       </c>
       <c r="K290" s="2">
         <v>100</v>
       </c>
       <c r="L290" s="2">
         <v>30</v>
       </c>
       <c r="M290" s="2">
         <v>0</v>
       </c>
       <c r="N290" s="2">
         <v>130</v>
       </c>
     </row>
     <row r="291" spans="1:14">
       <c r="A291" s="2">
         <v>107021</v>
       </c>
       <c r="B291" s="2" t="s">
-        <v>433</v>
+        <v>430</v>
       </c>
       <c r="C291" s="2" t="s">
-        <v>434</v>
+        <v>431</v>
       </c>
       <c r="D291" s="2"/>
       <c r="E291" s="2">
         <v>7204</v>
       </c>
       <c r="F291" s="2" t="s">
         <v>48</v>
       </c>
       <c r="G291" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H291" s="2" t="s">
         <v>741</v>
       </c>
       <c r="I291" s="2">
         <v>97</v>
       </c>
       <c r="J291" s="2">
         <v>87</v>
       </c>
       <c r="K291" s="2">
         <v>100</v>
       </c>
       <c r="L291" s="2">
         <v>34</v>
@@ -18755,418 +18755,418 @@
       <c r="L294" s="2">
         <v>29</v>
       </c>
       <c r="M294" s="2">
         <v>0</v>
       </c>
       <c r="N294" s="2">
         <v>129</v>
       </c>
     </row>
     <row r="295" spans="1:14">
       <c r="A295" s="2">
         <v>100188</v>
       </c>
       <c r="B295" s="2" t="s">
         <v>749</v>
       </c>
       <c r="C295" s="2" t="s">
         <v>750</v>
       </c>
       <c r="D295" s="2"/>
       <c r="E295" s="2">
         <v>8022</v>
       </c>
       <c r="F295" s="2" t="s">
-        <v>197</v>
+        <v>194</v>
       </c>
       <c r="G295" s="2" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="H295" s="2" t="s">
         <v>751</v>
       </c>
       <c r="I295" s="2">
         <v>98</v>
       </c>
       <c r="J295" s="2">
         <v>10</v>
       </c>
       <c r="K295" s="2">
         <v>100</v>
       </c>
       <c r="L295" s="2">
         <v>210</v>
       </c>
       <c r="M295" s="2">
         <v>0</v>
       </c>
       <c r="N295" s="2">
         <v>310</v>
       </c>
     </row>
     <row r="296" spans="1:14">
       <c r="A296" s="2">
-        <v>107023</v>
+        <v>113145</v>
       </c>
       <c r="B296" s="2" t="s">
         <v>752</v>
       </c>
       <c r="C296" s="2" t="s">
         <v>753</v>
       </c>
       <c r="D296" s="2"/>
       <c r="E296" s="2">
-        <v>7156</v>
-[...1 lines deleted...]
-      <c r="F296" s="2"/>
+        <v>7620</v>
+      </c>
+      <c r="F296" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="G296" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H296" s="2" t="s">
         <v>754</v>
       </c>
       <c r="I296" s="2">
         <v>99</v>
       </c>
       <c r="J296" s="2">
-        <v>89</v>
+        <v>93</v>
       </c>
       <c r="K296" s="2">
         <v>100</v>
       </c>
       <c r="L296" s="2">
-        <v>32</v>
+        <v>28</v>
       </c>
       <c r="M296" s="2">
         <v>0</v>
       </c>
       <c r="N296" s="2">
-        <v>132</v>
+        <v>128</v>
       </c>
     </row>
     <row r="297" spans="1:14">
       <c r="A297" s="2">
-        <v>113145</v>
+        <v>102779</v>
       </c>
       <c r="B297" s="2" t="s">
         <v>755</v>
       </c>
       <c r="C297" s="2" t="s">
         <v>756</v>
       </c>
       <c r="D297" s="2"/>
       <c r="E297" s="2">
-        <v>7620</v>
+        <v>7509</v>
       </c>
       <c r="F297" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G297" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H297" s="2" t="s">
         <v>757</v>
       </c>
       <c r="I297" s="2">
         <v>99</v>
       </c>
       <c r="J297" s="2">
-        <v>93</v>
+        <v>89</v>
       </c>
       <c r="K297" s="2">
         <v>100</v>
       </c>
       <c r="L297" s="2">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="M297" s="2">
         <v>0</v>
       </c>
       <c r="N297" s="2">
-        <v>128</v>
+        <v>132</v>
       </c>
     </row>
     <row r="298" spans="1:14">
       <c r="A298" s="2">
-        <v>102779</v>
+        <v>107023</v>
       </c>
       <c r="B298" s="2" t="s">
         <v>758</v>
       </c>
       <c r="C298" s="2" t="s">
         <v>759</v>
       </c>
       <c r="D298" s="2"/>
       <c r="E298" s="2">
-        <v>7509</v>
-[...3 lines deleted...]
-      </c>
+        <v>7156</v>
+      </c>
+      <c r="F298" s="2"/>
       <c r="G298" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H298" s="2" t="s">
         <v>760</v>
       </c>
       <c r="I298" s="2">
         <v>99</v>
       </c>
       <c r="J298" s="2">
         <v>89</v>
       </c>
       <c r="K298" s="2">
         <v>100</v>
       </c>
       <c r="L298" s="2">
         <v>32</v>
       </c>
       <c r="M298" s="2">
         <v>0</v>
       </c>
       <c r="N298" s="2">
         <v>132</v>
       </c>
     </row>
     <row r="299" spans="1:14">
       <c r="A299" s="2">
-        <v>107024</v>
+        <v>107031</v>
       </c>
       <c r="B299" s="2" t="s">
         <v>761</v>
       </c>
       <c r="C299" s="2" t="s">
         <v>762</v>
       </c>
       <c r="D299" s="2"/>
       <c r="E299" s="2">
-        <v>7161</v>
+        <v>7106</v>
       </c>
       <c r="F299" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G299" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H299" s="2" t="s">
-        <v>754</v>
+        <v>763</v>
       </c>
       <c r="I299" s="2">
         <v>100</v>
       </c>
       <c r="J299" s="2">
-        <v>90</v>
+        <v>94</v>
       </c>
       <c r="K299" s="2">
         <v>100</v>
       </c>
       <c r="L299" s="2">
-        <v>31</v>
+        <v>27</v>
       </c>
       <c r="M299" s="2">
         <v>0</v>
       </c>
       <c r="N299" s="2">
-        <v>131</v>
+        <v>127</v>
       </c>
     </row>
     <row r="300" spans="1:14">
       <c r="A300" s="2">
-        <v>107031</v>
+        <v>102780</v>
       </c>
       <c r="B300" s="2" t="s">
-        <v>763</v>
+        <v>764</v>
       </c>
       <c r="C300" s="2" t="s">
-        <v>764</v>
+        <v>765</v>
       </c>
       <c r="D300" s="2"/>
       <c r="E300" s="2">
-        <v>7106</v>
+        <v>7078</v>
       </c>
       <c r="F300" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G300" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H300" s="2" t="s">
-        <v>765</v>
+        <v>766</v>
       </c>
       <c r="I300" s="2">
         <v>100</v>
       </c>
       <c r="J300" s="2">
-        <v>94</v>
+        <v>90</v>
       </c>
       <c r="K300" s="2">
         <v>100</v>
       </c>
       <c r="L300" s="2">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="M300" s="2">
         <v>0</v>
       </c>
       <c r="N300" s="2">
-        <v>127</v>
+        <v>131</v>
       </c>
     </row>
     <row r="301" spans="1:14">
       <c r="A301" s="2">
-        <v>102780</v>
+        <v>107024</v>
       </c>
       <c r="B301" s="2" t="s">
-        <v>766</v>
+        <v>767</v>
       </c>
       <c r="C301" s="2" t="s">
-        <v>767</v>
+        <v>768</v>
       </c>
       <c r="D301" s="2"/>
       <c r="E301" s="2">
-        <v>7078</v>
+        <v>7161</v>
       </c>
       <c r="F301" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G301" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H301" s="2" t="s">
-        <v>768</v>
+        <v>760</v>
       </c>
       <c r="I301" s="2">
         <v>100</v>
       </c>
       <c r="J301" s="2">
         <v>90</v>
       </c>
       <c r="K301" s="2">
         <v>100</v>
       </c>
       <c r="L301" s="2">
         <v>31</v>
       </c>
       <c r="M301" s="2">
         <v>0</v>
       </c>
       <c r="N301" s="2">
         <v>131</v>
       </c>
     </row>
     <row r="302" spans="1:14">
       <c r="A302" s="2">
-        <v>107025</v>
+        <v>101037</v>
       </c>
       <c r="B302" s="2" t="s">
-        <v>481</v>
+        <v>769</v>
       </c>
       <c r="C302" s="2" t="s">
-        <v>482</v>
+        <v>124</v>
       </c>
       <c r="D302" s="2"/>
       <c r="E302" s="2">
-        <v>7509</v>
-[...1 lines deleted...]
-      <c r="F302" s="2"/>
+        <v>7543</v>
+      </c>
+      <c r="F302" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="G302" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H302" s="2" t="s">
-        <v>769</v>
+        <v>770</v>
       </c>
       <c r="I302" s="2">
         <v>101</v>
       </c>
       <c r="J302" s="2">
-        <v>91</v>
+        <v>95</v>
       </c>
       <c r="K302" s="2">
         <v>100</v>
       </c>
       <c r="L302" s="2">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="M302" s="2">
         <v>0</v>
       </c>
       <c r="N302" s="2">
-        <v>130</v>
+        <v>126</v>
       </c>
     </row>
     <row r="303" spans="1:14">
       <c r="A303" s="2">
-        <v>101037</v>
+        <v>107025</v>
       </c>
       <c r="B303" s="2" t="s">
-        <v>770</v>
+        <v>487</v>
       </c>
       <c r="C303" s="2" t="s">
-        <v>124</v>
+        <v>488</v>
       </c>
       <c r="D303" s="2"/>
       <c r="E303" s="2">
-        <v>7543</v>
-[...3 lines deleted...]
-      </c>
+        <v>7509</v>
+      </c>
+      <c r="F303" s="2"/>
       <c r="G303" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H303" s="2" t="s">
         <v>771</v>
       </c>
       <c r="I303" s="2">
         <v>101</v>
       </c>
       <c r="J303" s="2">
-        <v>95</v>
+        <v>91</v>
       </c>
       <c r="K303" s="2">
         <v>100</v>
       </c>
       <c r="L303" s="2">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="M303" s="2">
         <v>0</v>
       </c>
       <c r="N303" s="2">
-        <v>126</v>
+        <v>130</v>
       </c>
     </row>
     <row r="304" spans="1:14">
       <c r="A304" s="2">
         <v>102781</v>
       </c>
       <c r="B304" s="2" t="s">
-        <v>324</v>
+        <v>327</v>
       </c>
       <c r="C304" s="2" t="s">
-        <v>325</v>
+        <v>328</v>
       </c>
       <c r="D304" s="2"/>
       <c r="E304" s="2">
         <v>7095</v>
       </c>
       <c r="F304" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G304" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H304" s="2" t="s">
         <v>772</v>
       </c>
       <c r="I304" s="2">
         <v>101</v>
       </c>
       <c r="J304" s="2">
         <v>91</v>
       </c>
       <c r="K304" s="2">
         <v>100</v>
       </c>
       <c r="L304" s="2">
         <v>30</v>
@@ -19206,271 +19206,271 @@
       </c>
       <c r="J305" s="2">
         <v>96</v>
       </c>
       <c r="K305" s="2">
         <v>100</v>
       </c>
       <c r="L305" s="2">
         <v>25</v>
       </c>
       <c r="M305" s="2">
         <v>0</v>
       </c>
       <c r="N305" s="2">
         <v>125</v>
       </c>
     </row>
     <row r="306" spans="1:14">
       <c r="A306" s="2">
         <v>102782</v>
       </c>
       <c r="B306" s="2" t="s">
         <v>776</v>
       </c>
       <c r="C306" s="2" t="s">
-        <v>581</v>
+        <v>577</v>
       </c>
       <c r="D306" s="2"/>
       <c r="E306" s="2">
         <v>7134</v>
       </c>
       <c r="F306" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G306" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H306" s="2" t="s">
         <v>777</v>
       </c>
       <c r="I306" s="2">
         <v>102</v>
       </c>
       <c r="J306" s="2">
         <v>92</v>
       </c>
       <c r="K306" s="2">
         <v>100</v>
       </c>
       <c r="L306" s="2">
         <v>29</v>
       </c>
       <c r="M306" s="2">
         <v>0</v>
       </c>
       <c r="N306" s="2">
         <v>129</v>
       </c>
     </row>
     <row r="307" spans="1:14">
       <c r="A307" s="2">
         <v>107026</v>
       </c>
       <c r="B307" s="2" t="s">
-        <v>348</v>
+        <v>344</v>
       </c>
       <c r="C307" s="2" t="s">
-        <v>349</v>
+        <v>345</v>
       </c>
       <c r="D307" s="2"/>
       <c r="E307" s="2">
         <v>7165</v>
       </c>
       <c r="F307" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G307" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H307" s="2" t="s">
         <v>778</v>
       </c>
       <c r="I307" s="2">
         <v>102</v>
       </c>
       <c r="J307" s="2">
         <v>92</v>
       </c>
       <c r="K307" s="2">
         <v>100</v>
       </c>
       <c r="L307" s="2">
         <v>29</v>
       </c>
       <c r="M307" s="2">
         <v>0</v>
       </c>
       <c r="N307" s="2">
         <v>129</v>
       </c>
     </row>
     <row r="308" spans="1:14">
       <c r="A308" s="2">
-        <v>103587</v>
+        <v>113149</v>
       </c>
       <c r="B308" s="2" t="s">
         <v>779</v>
       </c>
       <c r="C308" s="2" t="s">
         <v>780</v>
       </c>
       <c r="D308" s="2"/>
       <c r="E308" s="2">
-        <v>8048</v>
+        <v>8034</v>
       </c>
       <c r="F308" s="2" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="G308" s="2" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="H308" s="2" t="s">
         <v>781</v>
       </c>
       <c r="I308" s="2">
         <v>103</v>
       </c>
       <c r="J308" s="2">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="K308" s="2">
         <v>100</v>
       </c>
       <c r="L308" s="2">
-        <v>200</v>
+        <v>240</v>
       </c>
       <c r="M308" s="2">
         <v>0</v>
       </c>
       <c r="N308" s="2">
-        <v>300</v>
+        <v>340</v>
       </c>
     </row>
     <row r="309" spans="1:14">
       <c r="A309" s="2">
-        <v>113149</v>
+        <v>102783</v>
       </c>
       <c r="B309" s="2" t="s">
         <v>782</v>
       </c>
       <c r="C309" s="2" t="s">
         <v>783</v>
       </c>
       <c r="D309" s="2"/>
       <c r="E309" s="2">
-        <v>8034</v>
+        <v>7169</v>
       </c>
       <c r="F309" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G309" s="2" t="s">
-        <v>78</v>
+        <v>17</v>
       </c>
       <c r="H309" s="2" t="s">
         <v>784</v>
       </c>
       <c r="I309" s="2">
         <v>103</v>
       </c>
       <c r="J309" s="2">
-        <v>7</v>
+        <v>93</v>
       </c>
       <c r="K309" s="2">
         <v>100</v>
       </c>
       <c r="L309" s="2">
-        <v>240</v>
+        <v>28</v>
       </c>
       <c r="M309" s="2">
         <v>0</v>
       </c>
       <c r="N309" s="2">
-        <v>340</v>
+        <v>128</v>
       </c>
     </row>
     <row r="310" spans="1:14">
       <c r="A310" s="2">
-        <v>102783</v>
+        <v>103587</v>
       </c>
       <c r="B310" s="2" t="s">
         <v>785</v>
       </c>
       <c r="C310" s="2" t="s">
         <v>786</v>
       </c>
       <c r="D310" s="2"/>
       <c r="E310" s="2">
-        <v>7169</v>
+        <v>8048</v>
       </c>
       <c r="F310" s="2" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="G310" s="2" t="s">
-        <v>17</v>
+        <v>77</v>
       </c>
       <c r="H310" s="2" t="s">
         <v>787</v>
       </c>
       <c r="I310" s="2">
         <v>103</v>
       </c>
       <c r="J310" s="2">
-        <v>93</v>
+        <v>11</v>
       </c>
       <c r="K310" s="2">
         <v>100</v>
       </c>
       <c r="L310" s="2">
-        <v>28</v>
+        <v>200</v>
       </c>
       <c r="M310" s="2">
         <v>0</v>
       </c>
       <c r="N310" s="2">
-        <v>128</v>
+        <v>300</v>
       </c>
     </row>
     <row r="311" spans="1:14">
       <c r="A311" s="2">
         <v>107027</v>
       </c>
       <c r="B311" s="2" t="s">
         <v>369</v>
       </c>
       <c r="C311" s="2" t="s">
-        <v>577</v>
+        <v>579</v>
       </c>
       <c r="D311" s="2"/>
       <c r="E311" s="2">
         <v>8038</v>
       </c>
       <c r="F311" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G311" s="2" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="H311" s="2" t="s">
         <v>788</v>
       </c>
       <c r="I311" s="2">
         <v>104</v>
       </c>
       <c r="J311" s="2">
         <v>12</v>
       </c>
       <c r="K311" s="2">
         <v>100</v>
       </c>
       <c r="L311" s="2">
         <v>190</v>
       </c>
       <c r="M311" s="2">
         <v>0</v>
       </c>
       <c r="N311" s="2">
         <v>290</v>
       </c>
     </row>
     <row r="312" spans="1:14">
       <c r="A312" s="2">
@@ -19510,51 +19510,51 @@
       <c r="M312" s="2">
         <v>0</v>
       </c>
       <c r="N312" s="2">
         <v>124</v>
       </c>
     </row>
     <row r="313" spans="1:14">
       <c r="A313" s="2">
         <v>102784</v>
       </c>
       <c r="B313" s="2" t="s">
         <v>792</v>
       </c>
       <c r="C313" s="2" t="s">
         <v>793</v>
       </c>
       <c r="D313" s="2"/>
       <c r="E313" s="2">
         <v>8507</v>
       </c>
       <c r="F313" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G313" s="2" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="H313" s="2" t="s">
         <v>794</v>
       </c>
       <c r="I313" s="2">
         <v>104</v>
       </c>
       <c r="J313" s="2">
         <v>11</v>
       </c>
       <c r="K313" s="2">
         <v>100</v>
       </c>
       <c r="L313" s="2">
         <v>200</v>
       </c>
       <c r="M313" s="2">
         <v>0</v>
       </c>
       <c r="N313" s="2">
         <v>300</v>
       </c>
     </row>
     <row r="314" spans="1:14">
       <c r="A314" s="2">
@@ -19626,51 +19626,51 @@
       </c>
       <c r="J315" s="2">
         <v>94</v>
       </c>
       <c r="K315" s="2">
         <v>100</v>
       </c>
       <c r="L315" s="2">
         <v>27</v>
       </c>
       <c r="M315" s="2">
         <v>0</v>
       </c>
       <c r="N315" s="2">
         <v>127</v>
       </c>
     </row>
     <row r="316" spans="1:14">
       <c r="A316" s="2">
         <v>104513</v>
       </c>
       <c r="B316" s="2" t="s">
         <v>799</v>
       </c>
       <c r="C316" s="2" t="s">
-        <v>325</v>
+        <v>328</v>
       </c>
       <c r="D316" s="2"/>
       <c r="E316" s="2">
         <v>7038</v>
       </c>
       <c r="F316" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G316" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H316" s="2" t="s">
         <v>800</v>
       </c>
       <c r="I316" s="2">
         <v>105</v>
       </c>
       <c r="J316" s="2">
         <v>93</v>
       </c>
       <c r="K316" s="2">
         <v>100</v>
       </c>
       <c r="L316" s="2">
         <v>28</v>
@@ -19704,433 +19704,433 @@
       </c>
       <c r="H317" s="2" t="s">
         <v>797</v>
       </c>
       <c r="I317" s="2">
         <v>106</v>
       </c>
       <c r="J317" s="2">
         <v>99</v>
       </c>
       <c r="K317" s="2">
         <v>100</v>
       </c>
       <c r="L317" s="2">
         <v>22</v>
       </c>
       <c r="M317" s="2">
         <v>0</v>
       </c>
       <c r="N317" s="2">
         <v>122</v>
       </c>
     </row>
     <row r="318" spans="1:14">
       <c r="A318" s="2">
-        <v>107030</v>
+        <v>102786</v>
       </c>
       <c r="B318" s="2" t="s">
         <v>804</v>
       </c>
       <c r="C318" s="2" t="s">
         <v>805</v>
       </c>
       <c r="D318" s="2"/>
       <c r="E318" s="2">
-        <v>7547</v>
-[...1 lines deleted...]
-      <c r="F318" s="2"/>
+        <v>7060</v>
+      </c>
+      <c r="F318" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="G318" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H318" s="2" t="s">
         <v>806</v>
       </c>
       <c r="I318" s="2">
         <v>106</v>
       </c>
       <c r="J318" s="2">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="K318" s="2">
         <v>100</v>
       </c>
       <c r="L318" s="2">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="M318" s="2">
         <v>0</v>
       </c>
       <c r="N318" s="2">
-        <v>127</v>
+        <v>126</v>
       </c>
     </row>
     <row r="319" spans="1:14">
       <c r="A319" s="2">
-        <v>102786</v>
+        <v>107030</v>
       </c>
       <c r="B319" s="2" t="s">
         <v>807</v>
       </c>
       <c r="C319" s="2" t="s">
         <v>808</v>
       </c>
       <c r="D319" s="2"/>
       <c r="E319" s="2">
-        <v>7060</v>
-[...3 lines deleted...]
-      </c>
+        <v>7547</v>
+      </c>
+      <c r="F319" s="2"/>
       <c r="G319" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H319" s="2" t="s">
         <v>809</v>
       </c>
       <c r="I319" s="2">
         <v>106</v>
       </c>
       <c r="J319" s="2">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="K319" s="2">
         <v>100</v>
       </c>
       <c r="L319" s="2">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="M319" s="2">
         <v>0</v>
       </c>
       <c r="N319" s="2">
-        <v>126</v>
+        <v>127</v>
       </c>
     </row>
     <row r="320" spans="1:14">
       <c r="A320" s="2">
         <v>107046</v>
       </c>
       <c r="B320" s="2" t="s">
         <v>810</v>
       </c>
       <c r="C320" s="2" t="s">
         <v>811</v>
       </c>
       <c r="D320" s="2"/>
       <c r="E320" s="2">
         <v>7060</v>
       </c>
       <c r="F320" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G320" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H320" s="2" t="s">
         <v>812</v>
       </c>
       <c r="I320" s="2">
         <v>107</v>
       </c>
       <c r="J320" s="2">
         <v>100</v>
       </c>
       <c r="K320" s="2">
         <v>100</v>
       </c>
       <c r="L320" s="2">
         <v>21</v>
       </c>
       <c r="M320" s="2">
         <v>0</v>
       </c>
       <c r="N320" s="2">
         <v>121</v>
       </c>
     </row>
     <row r="321" spans="1:14">
       <c r="A321" s="2">
-        <v>107031</v>
+        <v>102787</v>
       </c>
       <c r="B321" s="2" t="s">
-        <v>763</v>
+        <v>813</v>
       </c>
       <c r="C321" s="2" t="s">
-        <v>764</v>
+        <v>814</v>
       </c>
       <c r="D321" s="2"/>
       <c r="E321" s="2">
-        <v>7029</v>
+        <v>7077</v>
       </c>
       <c r="F321" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G321" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H321" s="2" t="s">
-        <v>813</v>
+        <v>815</v>
       </c>
       <c r="I321" s="2">
         <v>107</v>
       </c>
       <c r="J321" s="2">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="K321" s="2">
         <v>100</v>
       </c>
       <c r="L321" s="2">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="M321" s="2">
         <v>0</v>
       </c>
       <c r="N321" s="2">
-        <v>126</v>
+        <v>125</v>
       </c>
     </row>
     <row r="322" spans="1:14">
       <c r="A322" s="2">
-        <v>102787</v>
+        <v>107031</v>
       </c>
       <c r="B322" s="2" t="s">
-        <v>814</v>
+        <v>761</v>
       </c>
       <c r="C322" s="2" t="s">
-        <v>815</v>
+        <v>762</v>
       </c>
       <c r="D322" s="2"/>
       <c r="E322" s="2">
-        <v>7077</v>
+        <v>7029</v>
       </c>
       <c r="F322" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G322" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H322" s="2" t="s">
         <v>816</v>
       </c>
       <c r="I322" s="2">
         <v>107</v>
       </c>
       <c r="J322" s="2">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="K322" s="2">
         <v>100</v>
       </c>
       <c r="L322" s="2">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="M322" s="2">
         <v>0</v>
       </c>
       <c r="N322" s="2">
-        <v>125</v>
+        <v>126</v>
       </c>
     </row>
     <row r="323" spans="1:14">
       <c r="A323" s="2">
         <v>107032</v>
       </c>
       <c r="B323" s="2" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="C323" s="2" t="s">
         <v>438</v>
       </c>
       <c r="D323" s="2"/>
       <c r="E323" s="2">
         <v>7507</v>
       </c>
       <c r="F323" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G323" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H323" s="2" t="s">
         <v>817</v>
       </c>
       <c r="I323" s="2">
         <v>108</v>
       </c>
       <c r="J323" s="2">
         <v>96</v>
       </c>
       <c r="K323" s="2">
         <v>100</v>
       </c>
       <c r="L323" s="2">
         <v>25</v>
       </c>
       <c r="M323" s="2">
         <v>0</v>
       </c>
       <c r="N323" s="2">
         <v>125</v>
       </c>
     </row>
     <row r="324" spans="1:14">
       <c r="A324" s="2">
-        <v>102013</v>
+        <v>107038</v>
       </c>
       <c r="B324" s="2" t="s">
         <v>818</v>
       </c>
       <c r="C324" s="2" t="s">
         <v>819</v>
       </c>
       <c r="D324" s="2"/>
       <c r="E324" s="2">
-        <v>7147</v>
+        <v>7580</v>
       </c>
       <c r="F324" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G324" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H324" s="2" t="s">
         <v>820</v>
       </c>
       <c r="I324" s="2">
         <v>108</v>
       </c>
       <c r="J324" s="2">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="K324" s="2">
         <v>100</v>
       </c>
       <c r="L324" s="2">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="M324" s="2">
         <v>0</v>
       </c>
       <c r="N324" s="2">
-        <v>124</v>
+        <v>120</v>
       </c>
     </row>
     <row r="325" spans="1:14">
       <c r="A325" s="2">
-        <v>107038</v>
+        <v>102013</v>
       </c>
       <c r="B325" s="2" t="s">
         <v>821</v>
       </c>
       <c r="C325" s="2" t="s">
         <v>822</v>
       </c>
       <c r="D325" s="2"/>
       <c r="E325" s="2">
-        <v>7580</v>
+        <v>7147</v>
       </c>
       <c r="F325" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G325" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H325" s="2" t="s">
         <v>823</v>
       </c>
       <c r="I325" s="2">
         <v>108</v>
       </c>
       <c r="J325" s="2">
-        <v>101</v>
+        <v>97</v>
       </c>
       <c r="K325" s="2">
         <v>100</v>
       </c>
       <c r="L325" s="2">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="M325" s="2">
         <v>0</v>
       </c>
       <c r="N325" s="2">
-        <v>120</v>
+        <v>124</v>
       </c>
     </row>
     <row r="326" spans="1:14">
       <c r="A326" s="2">
         <v>113155</v>
       </c>
       <c r="B326" s="2" t="s">
         <v>824</v>
       </c>
       <c r="C326" s="2" t="s">
         <v>825</v>
       </c>
       <c r="D326" s="2"/>
       <c r="E326" s="2">
         <v>7109</v>
       </c>
       <c r="F326" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G326" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H326" s="2" t="s">
         <v>826</v>
       </c>
       <c r="I326" s="2">
         <v>109</v>
       </c>
       <c r="J326" s="2">
         <v>102</v>
       </c>
       <c r="K326" s="2">
         <v>100</v>
       </c>
       <c r="L326" s="2">
         <v>20</v>
       </c>
       <c r="M326" s="2">
         <v>0</v>
       </c>
       <c r="N326" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="327" spans="1:14">
       <c r="A327" s="2">
         <v>102789</v>
       </c>
       <c r="B327" s="2" t="s">
+        <v>660</v>
+      </c>
+      <c r="C327" s="2" t="s">
         <v>661</v>
-      </c>
-[...1 lines deleted...]
-        <v>662</v>
       </c>
       <c r="D327" s="2"/>
       <c r="E327" s="2">
         <v>7004</v>
       </c>
       <c r="F327" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G327" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H327" s="2" t="s">
         <v>827</v>
       </c>
       <c r="I327" s="2">
         <v>109</v>
       </c>
       <c r="J327" s="2">
         <v>98</v>
       </c>
       <c r="K327" s="2">
         <v>100</v>
       </c>
       <c r="L327" s="2">
         <v>23</v>
@@ -20164,305 +20164,305 @@
       </c>
       <c r="H328" s="2" t="s">
         <v>829</v>
       </c>
       <c r="I328" s="2">
         <v>109</v>
       </c>
       <c r="J328" s="2">
         <v>97</v>
       </c>
       <c r="K328" s="2">
         <v>100</v>
       </c>
       <c r="L328" s="2">
         <v>24</v>
       </c>
       <c r="M328" s="2">
         <v>0</v>
       </c>
       <c r="N328" s="2">
         <v>124</v>
       </c>
     </row>
     <row r="329" spans="1:14">
       <c r="A329" s="2">
-        <v>107034</v>
+        <v>113156</v>
       </c>
       <c r="B329" s="2" t="s">
         <v>830</v>
       </c>
       <c r="C329" s="2" t="s">
         <v>831</v>
       </c>
       <c r="D329" s="2"/>
       <c r="E329" s="2">
-        <v>7545</v>
-[...1 lines deleted...]
-      <c r="F329" s="2"/>
+        <v>7505</v>
+      </c>
+      <c r="F329" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="G329" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H329" s="2" t="s">
         <v>832</v>
       </c>
       <c r="I329" s="2">
         <v>110</v>
       </c>
       <c r="J329" s="2">
-        <v>98</v>
+        <v>103</v>
       </c>
       <c r="K329" s="2">
         <v>100</v>
       </c>
       <c r="L329" s="2">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="M329" s="2">
         <v>0</v>
       </c>
       <c r="N329" s="2">
-        <v>123</v>
+        <v>120</v>
       </c>
     </row>
     <row r="330" spans="1:14">
       <c r="A330" s="2">
-        <v>113156</v>
+        <v>102790</v>
       </c>
       <c r="B330" s="2" t="s">
         <v>833</v>
       </c>
-      <c r="C330" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C330" s="2"/>
       <c r="D330" s="2"/>
       <c r="E330" s="2">
-        <v>7505</v>
+        <v>7038</v>
       </c>
       <c r="F330" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G330" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H330" s="2" t="s">
-        <v>835</v>
+        <v>834</v>
       </c>
       <c r="I330" s="2">
         <v>110</v>
       </c>
       <c r="J330" s="2">
-        <v>103</v>
+        <v>99</v>
       </c>
       <c r="K330" s="2">
         <v>100</v>
       </c>
       <c r="L330" s="2">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="M330" s="2">
         <v>0</v>
       </c>
       <c r="N330" s="2">
-        <v>120</v>
+        <v>122</v>
       </c>
     </row>
     <row r="331" spans="1:14">
       <c r="A331" s="2">
-        <v>102790</v>
+        <v>107034</v>
       </c>
       <c r="B331" s="2" t="s">
+        <v>835</v>
+      </c>
+      <c r="C331" s="2" t="s">
         <v>836</v>
       </c>
-      <c r="C331" s="2"/>
       <c r="D331" s="2"/>
       <c r="E331" s="2">
-        <v>7038</v>
-[...3 lines deleted...]
-      </c>
+        <v>7545</v>
+      </c>
+      <c r="F331" s="2"/>
       <c r="G331" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H331" s="2" t="s">
         <v>837</v>
       </c>
       <c r="I331" s="2">
         <v>110</v>
       </c>
       <c r="J331" s="2">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="K331" s="2">
         <v>100</v>
       </c>
       <c r="L331" s="2">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="M331" s="2">
         <v>0</v>
       </c>
       <c r="N331" s="2">
-        <v>122</v>
+        <v>123</v>
       </c>
     </row>
     <row r="332" spans="1:14">
       <c r="A332" s="2">
-        <v>101609</v>
+        <v>100104</v>
       </c>
       <c r="B332" s="2" t="s">
-        <v>838</v>
+        <v>654</v>
       </c>
       <c r="C332" s="2" t="s">
-        <v>839</v>
+        <v>655</v>
       </c>
       <c r="D332" s="2"/>
       <c r="E332" s="2">
-        <v>8033</v>
+        <v>7641</v>
       </c>
       <c r="F332" s="2" t="s">
-        <v>29</v>
+        <v>48</v>
       </c>
       <c r="G332" s="2" t="s">
-        <v>78</v>
+        <v>17</v>
       </c>
       <c r="H332" s="2" t="s">
-        <v>840</v>
+        <v>838</v>
       </c>
       <c r="I332" s="2">
         <v>111</v>
       </c>
       <c r="J332" s="2">
-        <v>12</v>
+        <v>99</v>
       </c>
       <c r="K332" s="2">
         <v>100</v>
       </c>
       <c r="L332" s="2">
-        <v>190</v>
+        <v>22</v>
       </c>
       <c r="M332" s="2">
         <v>0</v>
       </c>
       <c r="N332" s="2">
-        <v>290</v>
+        <v>122</v>
       </c>
     </row>
     <row r="333" spans="1:14">
       <c r="A333" s="2">
-        <v>100104</v>
+        <v>113157</v>
       </c>
       <c r="B333" s="2" t="s">
-        <v>654</v>
+        <v>839</v>
       </c>
       <c r="C333" s="2" t="s">
-        <v>655</v>
+        <v>840</v>
       </c>
       <c r="D333" s="2"/>
       <c r="E333" s="2">
-        <v>7641</v>
+        <v>7216</v>
       </c>
       <c r="F333" s="2" t="s">
-        <v>48</v>
+        <v>29</v>
       </c>
       <c r="G333" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H333" s="2" t="s">
         <v>841</v>
       </c>
       <c r="I333" s="2">
         <v>111</v>
       </c>
       <c r="J333" s="2">
-        <v>99</v>
+        <v>104</v>
       </c>
       <c r="K333" s="2">
         <v>100</v>
       </c>
       <c r="L333" s="2">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="M333" s="2">
         <v>0</v>
       </c>
       <c r="N333" s="2">
-        <v>122</v>
+        <v>120</v>
       </c>
     </row>
     <row r="334" spans="1:14">
       <c r="A334" s="2">
-        <v>113157</v>
+        <v>101609</v>
       </c>
       <c r="B334" s="2" t="s">
         <v>842</v>
       </c>
       <c r="C334" s="2" t="s">
         <v>843</v>
       </c>
       <c r="D334" s="2"/>
       <c r="E334" s="2">
-        <v>7216</v>
+        <v>8033</v>
       </c>
       <c r="F334" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G334" s="2" t="s">
-        <v>17</v>
+        <v>77</v>
       </c>
       <c r="H334" s="2" t="s">
         <v>844</v>
       </c>
       <c r="I334" s="2">
         <v>111</v>
       </c>
       <c r="J334" s="2">
-        <v>104</v>
+        <v>12</v>
       </c>
       <c r="K334" s="2">
         <v>100</v>
       </c>
       <c r="L334" s="2">
-        <v>20</v>
+        <v>190</v>
       </c>
       <c r="M334" s="2">
         <v>0</v>
       </c>
       <c r="N334" s="2">
-        <v>120</v>
+        <v>290</v>
       </c>
     </row>
     <row r="335" spans="1:14">
       <c r="A335" s="2">
         <v>107036</v>
       </c>
       <c r="B335" s="2" t="s">
-        <v>606</v>
+        <v>610</v>
       </c>
       <c r="C335" s="2" t="s">
-        <v>607</v>
+        <v>611</v>
       </c>
       <c r="D335" s="2"/>
       <c r="E335" s="2">
         <v>7608</v>
       </c>
       <c r="F335" s="2" t="s">
         <v>48</v>
       </c>
       <c r="G335" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H335" s="2" t="s">
         <v>845</v>
       </c>
       <c r="I335" s="2">
         <v>112</v>
       </c>
       <c r="J335" s="2">
         <v>100</v>
       </c>
       <c r="K335" s="2">
         <v>100</v>
       </c>
       <c r="L335" s="2">
         <v>21</v>
@@ -20473,51 +20473,51 @@
       <c r="N335" s="2">
         <v>121</v>
       </c>
     </row>
     <row r="336" spans="1:14">
       <c r="A336" s="2">
         <v>113158</v>
       </c>
       <c r="B336" s="2" t="s">
         <v>846</v>
       </c>
       <c r="C336" s="2" t="s">
         <v>847</v>
       </c>
       <c r="D336" s="2"/>
       <c r="E336" s="2">
         <v>7031</v>
       </c>
       <c r="F336" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G336" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H336" s="2" t="s">
-        <v>844</v>
+        <v>841</v>
       </c>
       <c r="I336" s="2">
         <v>112</v>
       </c>
       <c r="J336" s="2">
         <v>105</v>
       </c>
       <c r="K336" s="2">
         <v>100</v>
       </c>
       <c r="L336" s="2">
         <v>20</v>
       </c>
       <c r="M336" s="2">
         <v>0</v>
       </c>
       <c r="N336" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="337" spans="1:14">
       <c r="A337" s="2">
         <v>102792</v>
       </c>
       <c r="B337" s="2" t="s">
@@ -20538,116 +20538,116 @@
       </c>
       <c r="H337" s="2" t="s">
         <v>850</v>
       </c>
       <c r="I337" s="2">
         <v>112</v>
       </c>
       <c r="J337" s="2">
         <v>100</v>
       </c>
       <c r="K337" s="2">
         <v>100</v>
       </c>
       <c r="L337" s="2">
         <v>21</v>
       </c>
       <c r="M337" s="2">
         <v>0</v>
       </c>
       <c r="N337" s="2">
         <v>121</v>
       </c>
     </row>
     <row r="338" spans="1:14">
       <c r="A338" s="2">
-        <v>113159</v>
+        <v>107037</v>
       </c>
       <c r="B338" s="2" t="s">
         <v>851</v>
       </c>
       <c r="C338" s="2" t="s">
         <v>852</v>
       </c>
       <c r="D338" s="2"/>
       <c r="E338" s="2">
-        <v>7036</v>
-[...3 lines deleted...]
-      </c>
+        <v>7647</v>
+      </c>
+      <c r="F338" s="2"/>
       <c r="G338" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H338" s="2" t="s">
-        <v>844</v>
+        <v>853</v>
       </c>
       <c r="I338" s="2">
         <v>113</v>
       </c>
       <c r="J338" s="2">
-        <v>106</v>
+        <v>101</v>
       </c>
       <c r="K338" s="2">
         <v>100</v>
       </c>
       <c r="L338" s="2">
         <v>20</v>
       </c>
       <c r="M338" s="2">
         <v>0</v>
       </c>
       <c r="N338" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="339" spans="1:14">
       <c r="A339" s="2">
-        <v>107037</v>
+        <v>113159</v>
       </c>
       <c r="B339" s="2" t="s">
-        <v>853</v>
+        <v>854</v>
       </c>
       <c r="C339" s="2" t="s">
-        <v>854</v>
+        <v>855</v>
       </c>
       <c r="D339" s="2"/>
       <c r="E339" s="2">
-        <v>7647</v>
-[...1 lines deleted...]
-      <c r="F339" s="2"/>
+        <v>7036</v>
+      </c>
+      <c r="F339" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="G339" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H339" s="2" t="s">
-        <v>855</v>
+        <v>841</v>
       </c>
       <c r="I339" s="2">
         <v>113</v>
       </c>
       <c r="J339" s="2">
-        <v>101</v>
+        <v>106</v>
       </c>
       <c r="K339" s="2">
         <v>100</v>
       </c>
       <c r="L339" s="2">
         <v>20</v>
       </c>
       <c r="M339" s="2">
         <v>0</v>
       </c>
       <c r="N339" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="340" spans="1:14">
       <c r="A340" s="2">
         <v>102793</v>
       </c>
       <c r="B340" s="2" t="s">
         <v>856</v>
       </c>
       <c r="C340" s="2" t="s">
         <v>857</v>
       </c>
       <c r="D340" s="2"/>
@@ -20662,845 +20662,845 @@
       </c>
       <c r="H340" s="2" t="s">
         <v>858</v>
       </c>
       <c r="I340" s="2">
         <v>113</v>
       </c>
       <c r="J340" s="2">
         <v>101</v>
       </c>
       <c r="K340" s="2">
         <v>100</v>
       </c>
       <c r="L340" s="2">
         <v>20</v>
       </c>
       <c r="M340" s="2">
         <v>0</v>
       </c>
       <c r="N340" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="341" spans="1:14">
       <c r="A341" s="2">
-        <v>102794</v>
+        <v>107038</v>
       </c>
       <c r="B341" s="2" t="s">
-        <v>859</v>
+        <v>818</v>
       </c>
       <c r="C341" s="2" t="s">
-        <v>860</v>
+        <v>819</v>
       </c>
       <c r="D341" s="2"/>
       <c r="E341" s="2">
-        <v>7554</v>
+        <v>7609</v>
       </c>
       <c r="F341" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G341" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H341" s="2" t="s">
-        <v>861</v>
+        <v>859</v>
       </c>
       <c r="I341" s="2">
         <v>114</v>
       </c>
       <c r="J341" s="2">
         <v>102</v>
       </c>
       <c r="K341" s="2">
         <v>100</v>
       </c>
       <c r="L341" s="2">
         <v>20</v>
       </c>
       <c r="M341" s="2">
         <v>0</v>
       </c>
       <c r="N341" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="342" spans="1:14">
       <c r="A342" s="2">
-        <v>107038</v>
+        <v>113160</v>
       </c>
       <c r="B342" s="2" t="s">
-        <v>821</v>
+        <v>860</v>
       </c>
       <c r="C342" s="2" t="s">
-        <v>822</v>
+        <v>861</v>
       </c>
       <c r="D342" s="2"/>
       <c r="E342" s="2">
-        <v>7609</v>
+        <v>7173</v>
       </c>
       <c r="F342" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G342" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H342" s="2" t="s">
         <v>862</v>
       </c>
       <c r="I342" s="2">
         <v>114</v>
       </c>
       <c r="J342" s="2">
-        <v>102</v>
+        <v>107</v>
       </c>
       <c r="K342" s="2">
         <v>100</v>
       </c>
       <c r="L342" s="2">
         <v>20</v>
       </c>
       <c r="M342" s="2">
         <v>0</v>
       </c>
       <c r="N342" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="343" spans="1:14">
       <c r="A343" s="2">
-        <v>113160</v>
+        <v>102794</v>
       </c>
       <c r="B343" s="2" t="s">
         <v>863</v>
       </c>
       <c r="C343" s="2" t="s">
         <v>864</v>
       </c>
       <c r="D343" s="2"/>
       <c r="E343" s="2">
-        <v>7173</v>
+        <v>7554</v>
       </c>
       <c r="F343" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G343" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H343" s="2" t="s">
         <v>865</v>
       </c>
       <c r="I343" s="2">
         <v>114</v>
       </c>
       <c r="J343" s="2">
-        <v>107</v>
+        <v>102</v>
       </c>
       <c r="K343" s="2">
         <v>100</v>
       </c>
       <c r="L343" s="2">
         <v>20</v>
       </c>
       <c r="M343" s="2">
         <v>0</v>
       </c>
       <c r="N343" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="344" spans="1:14">
       <c r="A344" s="2">
-        <v>107039</v>
+        <v>102792</v>
       </c>
       <c r="B344" s="2" t="s">
-        <v>866</v>
+        <v>848</v>
       </c>
       <c r="C344" s="2" t="s">
-        <v>867</v>
+        <v>849</v>
       </c>
       <c r="D344" s="2"/>
       <c r="E344" s="2">
-        <v>7128</v>
-[...1 lines deleted...]
-      <c r="F344" s="2"/>
+        <v>7043</v>
+      </c>
+      <c r="F344" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="G344" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H344" s="2" t="s">
-        <v>868</v>
+        <v>866</v>
       </c>
       <c r="I344" s="2">
         <v>115</v>
       </c>
       <c r="J344" s="2">
-        <v>103</v>
+        <v>108</v>
       </c>
       <c r="K344" s="2">
         <v>100</v>
       </c>
       <c r="L344" s="2">
         <v>20</v>
       </c>
       <c r="M344" s="2">
         <v>0</v>
       </c>
       <c r="N344" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="345" spans="1:14">
       <c r="A345" s="2">
-        <v>102792</v>
+        <v>102795</v>
       </c>
       <c r="B345" s="2" t="s">
-        <v>848</v>
+        <v>867</v>
       </c>
       <c r="C345" s="2" t="s">
-        <v>849</v>
+        <v>868</v>
       </c>
       <c r="D345" s="2"/>
       <c r="E345" s="2">
-        <v>7043</v>
+        <v>7070</v>
       </c>
       <c r="F345" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G345" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H345" s="2" t="s">
         <v>869</v>
       </c>
       <c r="I345" s="2">
         <v>115</v>
       </c>
       <c r="J345" s="2">
-        <v>108</v>
+        <v>103</v>
       </c>
       <c r="K345" s="2">
         <v>100</v>
       </c>
       <c r="L345" s="2">
         <v>20</v>
       </c>
       <c r="M345" s="2">
         <v>0</v>
       </c>
       <c r="N345" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="346" spans="1:14">
       <c r="A346" s="2">
-        <v>102795</v>
+        <v>107039</v>
       </c>
       <c r="B346" s="2" t="s">
         <v>870</v>
       </c>
       <c r="C346" s="2" t="s">
         <v>871</v>
       </c>
       <c r="D346" s="2"/>
       <c r="E346" s="2">
-        <v>7070</v>
-[...3 lines deleted...]
-      </c>
+        <v>7128</v>
+      </c>
+      <c r="F346" s="2"/>
       <c r="G346" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H346" s="2" t="s">
         <v>872</v>
       </c>
       <c r="I346" s="2">
         <v>115</v>
       </c>
       <c r="J346" s="2">
         <v>103</v>
       </c>
       <c r="K346" s="2">
         <v>100</v>
       </c>
       <c r="L346" s="2">
         <v>20</v>
       </c>
       <c r="M346" s="2">
         <v>0</v>
       </c>
       <c r="N346" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="347" spans="1:14">
       <c r="A347" s="2">
         <v>102797</v>
       </c>
       <c r="B347" s="2" t="s">
         <v>873</v>
       </c>
       <c r="C347" s="2" t="s">
         <v>874</v>
       </c>
       <c r="D347" s="2"/>
       <c r="E347" s="2">
         <v>8011</v>
       </c>
       <c r="F347" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G347" s="2" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="H347" s="2" t="s">
         <v>875</v>
       </c>
       <c r="I347" s="2">
         <v>116</v>
       </c>
       <c r="J347" s="2">
         <v>13</v>
       </c>
       <c r="K347" s="2">
         <v>100</v>
       </c>
       <c r="L347" s="2">
         <v>180</v>
       </c>
       <c r="M347" s="2">
         <v>0</v>
       </c>
       <c r="N347" s="2">
         <v>280</v>
       </c>
     </row>
     <row r="348" spans="1:14">
       <c r="A348" s="2">
-        <v>107097</v>
+        <v>107028</v>
       </c>
       <c r="B348" s="2" t="s">
+        <v>724</v>
+      </c>
+      <c r="C348" s="2" t="s">
         <v>876</v>
-      </c>
-[...1 lines deleted...]
-        <v>877</v>
       </c>
       <c r="D348" s="2"/>
       <c r="E348" s="2">
-        <v>7659</v>
+        <v>8045</v>
       </c>
       <c r="F348" s="2"/>
       <c r="G348" s="2" t="s">
-        <v>17</v>
+        <v>77</v>
       </c>
       <c r="H348" s="2" t="s">
-        <v>878</v>
+        <v>877</v>
       </c>
       <c r="I348" s="2">
         <v>116</v>
       </c>
       <c r="J348" s="2">
-        <v>109</v>
+        <v>13</v>
       </c>
       <c r="K348" s="2">
         <v>100</v>
       </c>
       <c r="L348" s="2">
-        <v>20</v>
+        <v>180</v>
       </c>
       <c r="M348" s="2">
         <v>0</v>
       </c>
       <c r="N348" s="2">
-        <v>120</v>
+        <v>280</v>
       </c>
     </row>
     <row r="349" spans="1:14">
       <c r="A349" s="2">
-        <v>107028</v>
+        <v>107097</v>
       </c>
       <c r="B349" s="2" t="s">
-        <v>724</v>
+        <v>878</v>
       </c>
       <c r="C349" s="2" t="s">
         <v>879</v>
       </c>
       <c r="D349" s="2"/>
       <c r="E349" s="2">
-        <v>8045</v>
+        <v>7659</v>
       </c>
       <c r="F349" s="2"/>
       <c r="G349" s="2" t="s">
-        <v>78</v>
+        <v>17</v>
       </c>
       <c r="H349" s="2" t="s">
         <v>880</v>
       </c>
       <c r="I349" s="2">
         <v>116</v>
       </c>
       <c r="J349" s="2">
-        <v>13</v>
+        <v>109</v>
       </c>
       <c r="K349" s="2">
         <v>100</v>
       </c>
       <c r="L349" s="2">
-        <v>180</v>
+        <v>20</v>
       </c>
       <c r="M349" s="2">
         <v>0</v>
       </c>
       <c r="N349" s="2">
-        <v>280</v>
+        <v>120</v>
       </c>
     </row>
     <row r="350" spans="1:14">
       <c r="A350" s="2">
         <v>101001</v>
       </c>
       <c r="B350" s="2" t="s">
         <v>881</v>
       </c>
       <c r="C350" s="2" t="s">
         <v>882</v>
       </c>
       <c r="D350" s="2"/>
       <c r="E350" s="2">
         <v>7514</v>
       </c>
       <c r="F350" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G350" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H350" s="2" t="s">
         <v>875</v>
       </c>
       <c r="I350" s="2">
         <v>116</v>
       </c>
       <c r="J350" s="2">
         <v>104</v>
       </c>
       <c r="K350" s="2">
         <v>100</v>
       </c>
       <c r="L350" s="2">
         <v>20</v>
       </c>
       <c r="M350" s="2">
         <v>0</v>
       </c>
       <c r="N350" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="351" spans="1:14">
       <c r="A351" s="2">
-        <v>107040</v>
+        <v>107073</v>
       </c>
       <c r="B351" s="2" t="s">
-        <v>883</v>
+        <v>581</v>
       </c>
       <c r="C351" s="2" t="s">
         <v>883</v>
       </c>
       <c r="D351" s="2"/>
       <c r="E351" s="2">
-        <v>7002</v>
-[...1 lines deleted...]
-      <c r="F351" s="2"/>
+        <v>7574</v>
+      </c>
+      <c r="F351" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="G351" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H351" s="2" t="s">
         <v>884</v>
       </c>
       <c r="I351" s="2">
         <v>117</v>
       </c>
       <c r="J351" s="2">
-        <v>104</v>
+        <v>110</v>
       </c>
       <c r="K351" s="2">
         <v>100</v>
       </c>
       <c r="L351" s="2">
         <v>20</v>
       </c>
       <c r="M351" s="2">
         <v>0</v>
       </c>
       <c r="N351" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="352" spans="1:14">
       <c r="A352" s="2">
-        <v>107073</v>
+        <v>107040</v>
       </c>
       <c r="B352" s="2" t="s">
-        <v>579</v>
+        <v>885</v>
       </c>
       <c r="C352" s="2" t="s">
         <v>885</v>
       </c>
       <c r="D352" s="2"/>
       <c r="E352" s="2">
-        <v>7574</v>
-[...3 lines deleted...]
-      </c>
+        <v>7002</v>
+      </c>
+      <c r="F352" s="2"/>
       <c r="G352" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H352" s="2" t="s">
         <v>886</v>
       </c>
       <c r="I352" s="2">
         <v>117</v>
       </c>
       <c r="J352" s="2">
-        <v>110</v>
+        <v>104</v>
       </c>
       <c r="K352" s="2">
         <v>100</v>
       </c>
       <c r="L352" s="2">
         <v>20</v>
       </c>
       <c r="M352" s="2">
         <v>0</v>
       </c>
       <c r="N352" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="353" spans="1:14">
       <c r="A353" s="2">
-        <v>113164</v>
+        <v>102800</v>
       </c>
       <c r="B353" s="2" t="s">
         <v>887</v>
       </c>
       <c r="C353" s="2" t="s">
         <v>888</v>
       </c>
       <c r="D353" s="2"/>
       <c r="E353" s="2">
-        <v>7662</v>
+        <v>7128</v>
       </c>
       <c r="F353" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G353" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H353" s="2" t="s">
         <v>889</v>
       </c>
       <c r="I353" s="2">
         <v>118</v>
       </c>
       <c r="J353" s="2">
-        <v>111</v>
+        <v>105</v>
       </c>
       <c r="K353" s="2">
         <v>100</v>
       </c>
       <c r="L353" s="2">
         <v>20</v>
       </c>
       <c r="M353" s="2">
         <v>0</v>
       </c>
       <c r="N353" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="354" spans="1:14">
       <c r="A354" s="2">
-        <v>102800</v>
+        <v>107041</v>
       </c>
       <c r="B354" s="2" t="s">
         <v>890</v>
       </c>
       <c r="C354" s="2" t="s">
         <v>891</v>
       </c>
       <c r="D354" s="2"/>
       <c r="E354" s="2">
-        <v>7128</v>
-[...3 lines deleted...]
-      </c>
+        <v>7554</v>
+      </c>
+      <c r="F354" s="2"/>
       <c r="G354" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H354" s="2" t="s">
         <v>892</v>
       </c>
       <c r="I354" s="2">
         <v>118</v>
       </c>
       <c r="J354" s="2">
         <v>105</v>
       </c>
       <c r="K354" s="2">
         <v>100</v>
       </c>
       <c r="L354" s="2">
         <v>20</v>
       </c>
       <c r="M354" s="2">
         <v>0</v>
       </c>
       <c r="N354" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="355" spans="1:14">
       <c r="A355" s="2">
         <v>102798</v>
       </c>
       <c r="B355" s="2" t="s">
         <v>893</v>
       </c>
       <c r="C355" s="2" t="s">
         <v>894</v>
       </c>
       <c r="D355" s="2"/>
       <c r="E355" s="2">
         <v>7062</v>
       </c>
       <c r="F355" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G355" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H355" s="2" t="s">
-        <v>892</v>
+        <v>889</v>
       </c>
       <c r="I355" s="2">
         <v>118</v>
       </c>
       <c r="J355" s="2">
         <v>105</v>
       </c>
       <c r="K355" s="2">
         <v>100</v>
       </c>
       <c r="L355" s="2">
         <v>20</v>
       </c>
       <c r="M355" s="2">
         <v>0</v>
       </c>
       <c r="N355" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="356" spans="1:14">
       <c r="A356" s="2">
-        <v>107041</v>
+        <v>101976</v>
       </c>
       <c r="B356" s="2" t="s">
-        <v>895</v>
+        <v>53</v>
       </c>
       <c r="C356" s="2" t="s">
-        <v>896</v>
+        <v>138</v>
       </c>
       <c r="D356" s="2"/>
       <c r="E356" s="2">
-        <v>7554</v>
-[...1 lines deleted...]
-      <c r="F356" s="2"/>
+        <v>7114</v>
+      </c>
+      <c r="F356" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="G356" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H356" s="2" t="s">
-        <v>897</v>
+        <v>889</v>
       </c>
       <c r="I356" s="2">
         <v>118</v>
       </c>
       <c r="J356" s="2">
         <v>105</v>
       </c>
       <c r="K356" s="2">
         <v>100</v>
       </c>
       <c r="L356" s="2">
         <v>20</v>
       </c>
       <c r="M356" s="2">
         <v>0</v>
       </c>
       <c r="N356" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="357" spans="1:14">
       <c r="A357" s="2">
-        <v>101976</v>
+        <v>113164</v>
       </c>
       <c r="B357" s="2" t="s">
-        <v>53</v>
+        <v>895</v>
       </c>
       <c r="C357" s="2" t="s">
-        <v>135</v>
+        <v>896</v>
       </c>
       <c r="D357" s="2"/>
       <c r="E357" s="2">
-        <v>7114</v>
+        <v>7662</v>
       </c>
       <c r="F357" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G357" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H357" s="2" t="s">
-        <v>892</v>
+        <v>897</v>
       </c>
       <c r="I357" s="2">
         <v>118</v>
       </c>
       <c r="J357" s="2">
-        <v>105</v>
+        <v>111</v>
       </c>
       <c r="K357" s="2">
         <v>100</v>
       </c>
       <c r="L357" s="2">
         <v>20</v>
       </c>
       <c r="M357" s="2">
         <v>0</v>
       </c>
       <c r="N357" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="358" spans="1:14">
       <c r="A358" s="2">
-        <v>102826</v>
+        <v>102878</v>
       </c>
       <c r="B358" s="2" t="s">
+        <v>64</v>
+      </c>
+      <c r="C358" s="2" t="s">
         <v>898</v>
-      </c>
-[...1 lines deleted...]
-        <v>899</v>
       </c>
       <c r="D358" s="2"/>
       <c r="E358" s="2">
-        <v>7516</v>
+        <v>7529</v>
       </c>
       <c r="F358" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G358" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H358" s="2" t="s">
-        <v>900</v>
+        <v>899</v>
       </c>
       <c r="I358" s="2">
         <v>119</v>
       </c>
       <c r="J358" s="2">
-        <v>112</v>
+        <v>106</v>
       </c>
       <c r="K358" s="2">
         <v>100</v>
       </c>
       <c r="L358" s="2">
         <v>20</v>
       </c>
       <c r="M358" s="2">
         <v>0</v>
       </c>
       <c r="N358" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="359" spans="1:14">
       <c r="A359" s="2">
-        <v>102878</v>
+        <v>102826</v>
       </c>
       <c r="B359" s="2" t="s">
-        <v>62</v>
+        <v>900</v>
       </c>
       <c r="C359" s="2" t="s">
         <v>901</v>
       </c>
       <c r="D359" s="2"/>
       <c r="E359" s="2">
-        <v>7529</v>
+        <v>7516</v>
       </c>
       <c r="F359" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G359" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H359" s="2" t="s">
         <v>902</v>
       </c>
       <c r="I359" s="2">
         <v>119</v>
       </c>
       <c r="J359" s="2">
-        <v>106</v>
+        <v>112</v>
       </c>
       <c r="K359" s="2">
         <v>100</v>
       </c>
       <c r="L359" s="2">
         <v>20</v>
       </c>
       <c r="M359" s="2">
         <v>0</v>
       </c>
       <c r="N359" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="360" spans="1:14">
       <c r="A360" s="2">
         <v>102838</v>
       </c>
       <c r="B360" s="2" t="s">
         <v>903</v>
       </c>
       <c r="C360" s="2" t="s">
-        <v>684</v>
+        <v>681</v>
       </c>
       <c r="D360" s="2"/>
       <c r="E360" s="2">
         <v>7506</v>
       </c>
       <c r="F360" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G360" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H360" s="2" t="s">
         <v>904</v>
       </c>
       <c r="I360" s="2">
         <v>120</v>
       </c>
       <c r="J360" s="2">
         <v>107</v>
       </c>
       <c r="K360" s="2">
         <v>100</v>
       </c>
       <c r="L360" s="2">
         <v>20</v>
@@ -21534,729 +21534,729 @@
       </c>
       <c r="H361" s="2" t="s">
         <v>907</v>
       </c>
       <c r="I361" s="2">
         <v>120</v>
       </c>
       <c r="J361" s="2">
         <v>113</v>
       </c>
       <c r="K361" s="2">
         <v>100</v>
       </c>
       <c r="L361" s="2">
         <v>20</v>
       </c>
       <c r="M361" s="2">
         <v>0</v>
       </c>
       <c r="N361" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="362" spans="1:14">
       <c r="A362" s="2">
-        <v>113167</v>
+        <v>102801</v>
       </c>
       <c r="B362" s="2" t="s">
         <v>908</v>
       </c>
       <c r="C362" s="2" t="s">
         <v>909</v>
       </c>
       <c r="D362" s="2"/>
       <c r="E362" s="2">
-        <v>7151</v>
+        <v>7131</v>
       </c>
       <c r="F362" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G362" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H362" s="2" t="s">
-        <v>910</v>
+        <v>809</v>
       </c>
       <c r="I362" s="2">
         <v>121</v>
       </c>
       <c r="J362" s="2">
-        <v>114</v>
+        <v>108</v>
       </c>
       <c r="K362" s="2">
         <v>100</v>
       </c>
       <c r="L362" s="2">
         <v>20</v>
       </c>
       <c r="M362" s="2">
         <v>0</v>
       </c>
       <c r="N362" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="363" spans="1:14">
       <c r="A363" s="2">
         <v>102763</v>
       </c>
       <c r="B363" s="2" t="s">
-        <v>637</v>
+        <v>638</v>
       </c>
       <c r="C363" s="2" t="s">
-        <v>638</v>
+        <v>639</v>
       </c>
       <c r="D363" s="2"/>
       <c r="E363" s="2">
         <v>7109</v>
       </c>
       <c r="F363" s="2"/>
       <c r="G363" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H363" s="2" t="s">
-        <v>911</v>
+        <v>910</v>
       </c>
       <c r="I363" s="2">
         <v>121</v>
       </c>
       <c r="J363" s="2">
         <v>108</v>
       </c>
       <c r="K363" s="2">
         <v>100</v>
       </c>
       <c r="L363" s="2">
         <v>20</v>
       </c>
       <c r="M363" s="2">
         <v>0</v>
       </c>
       <c r="N363" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="364" spans="1:14">
       <c r="A364" s="2">
-        <v>102801</v>
+        <v>113167</v>
       </c>
       <c r="B364" s="2" t="s">
+        <v>911</v>
+      </c>
+      <c r="C364" s="2" t="s">
         <v>912</v>
-      </c>
-[...1 lines deleted...]
-        <v>913</v>
       </c>
       <c r="D364" s="2"/>
       <c r="E364" s="2">
-        <v>7131</v>
+        <v>7151</v>
       </c>
       <c r="F364" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G364" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H364" s="2" t="s">
-        <v>806</v>
+        <v>913</v>
       </c>
       <c r="I364" s="2">
         <v>121</v>
       </c>
       <c r="J364" s="2">
-        <v>108</v>
+        <v>114</v>
       </c>
       <c r="K364" s="2">
         <v>100</v>
       </c>
       <c r="L364" s="2">
         <v>20</v>
       </c>
       <c r="M364" s="2">
         <v>0</v>
       </c>
       <c r="N364" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="365" spans="1:14">
       <c r="A365" s="2">
         <v>113168</v>
       </c>
       <c r="B365" s="2" t="s">
         <v>914</v>
       </c>
       <c r="C365" s="2" t="s">
         <v>915</v>
       </c>
       <c r="D365" s="2"/>
       <c r="E365" s="2">
         <v>8033</v>
       </c>
       <c r="F365" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G365" s="2" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="H365" s="2" t="s">
         <v>916</v>
       </c>
       <c r="I365" s="2">
         <v>122</v>
       </c>
       <c r="J365" s="2">
         <v>8</v>
       </c>
       <c r="K365" s="2">
         <v>100</v>
       </c>
       <c r="L365" s="2">
         <v>230</v>
       </c>
       <c r="M365" s="2">
         <v>0</v>
       </c>
       <c r="N365" s="2">
         <v>330</v>
       </c>
     </row>
     <row r="366" spans="1:14">
       <c r="A366" s="2">
-        <v>107045</v>
+        <v>102802</v>
       </c>
       <c r="B366" s="2" t="s">
         <v>917</v>
       </c>
       <c r="C366" s="2" t="s">
         <v>918</v>
       </c>
       <c r="D366" s="2"/>
       <c r="E366" s="2">
-        <v>7096</v>
-[...1 lines deleted...]
-      <c r="F366" s="2"/>
+        <v>8505</v>
+      </c>
+      <c r="F366" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="G366" s="2" t="s">
-        <v>17</v>
+        <v>77</v>
       </c>
       <c r="H366" s="2" t="s">
         <v>919</v>
       </c>
       <c r="I366" s="2">
         <v>122</v>
       </c>
       <c r="J366" s="2">
-        <v>109</v>
+        <v>14</v>
       </c>
       <c r="K366" s="2">
         <v>100</v>
       </c>
       <c r="L366" s="2">
-        <v>20</v>
+        <v>170</v>
       </c>
       <c r="M366" s="2">
         <v>0</v>
       </c>
       <c r="N366" s="2">
-        <v>120</v>
+        <v>270</v>
       </c>
     </row>
     <row r="367" spans="1:14">
       <c r="A367" s="2">
-        <v>102802</v>
+        <v>107045</v>
       </c>
       <c r="B367" s="2" t="s">
         <v>920</v>
       </c>
       <c r="C367" s="2" t="s">
         <v>921</v>
       </c>
       <c r="D367" s="2"/>
       <c r="E367" s="2">
-        <v>8505</v>
-[...3 lines deleted...]
-      </c>
+        <v>7096</v>
+      </c>
+      <c r="F367" s="2"/>
       <c r="G367" s="2" t="s">
-        <v>78</v>
+        <v>17</v>
       </c>
       <c r="H367" s="2" t="s">
         <v>922</v>
       </c>
       <c r="I367" s="2">
         <v>122</v>
       </c>
       <c r="J367" s="2">
-        <v>14</v>
+        <v>109</v>
       </c>
       <c r="K367" s="2">
         <v>100</v>
       </c>
       <c r="L367" s="2">
-        <v>170</v>
+        <v>20</v>
       </c>
       <c r="M367" s="2">
         <v>0</v>
       </c>
       <c r="N367" s="2">
-        <v>270</v>
+        <v>120</v>
       </c>
     </row>
     <row r="368" spans="1:14">
       <c r="A368" s="2">
         <v>102067</v>
       </c>
       <c r="B368" s="2" t="s">
         <v>923</v>
       </c>
       <c r="C368" s="2" t="s">
         <v>924</v>
       </c>
       <c r="D368" s="2"/>
       <c r="E368" s="2">
         <v>7168</v>
       </c>
       <c r="F368" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G368" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H368" s="2" t="s">
         <v>925</v>
       </c>
       <c r="I368" s="2">
         <v>123</v>
       </c>
       <c r="J368" s="2">
         <v>109</v>
       </c>
       <c r="K368" s="2">
         <v>100</v>
       </c>
       <c r="L368" s="2">
         <v>20</v>
       </c>
       <c r="M368" s="2">
         <v>0</v>
       </c>
       <c r="N368" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="369" spans="1:14">
       <c r="A369" s="2">
-        <v>107046</v>
+        <v>113169</v>
       </c>
       <c r="B369" s="2" t="s">
-        <v>810</v>
+        <v>926</v>
       </c>
       <c r="C369" s="2" t="s">
-        <v>811</v>
+        <v>927</v>
       </c>
       <c r="D369" s="2"/>
       <c r="E369" s="2">
-        <v>7118</v>
+        <v>8018</v>
       </c>
       <c r="F369" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G369" s="2" t="s">
-        <v>17</v>
+        <v>77</v>
       </c>
       <c r="H369" s="2" t="s">
-        <v>926</v>
+        <v>928</v>
       </c>
       <c r="I369" s="2">
         <v>123</v>
       </c>
       <c r="J369" s="2">
-        <v>110</v>
+        <v>9</v>
       </c>
       <c r="K369" s="2">
         <v>100</v>
       </c>
       <c r="L369" s="2">
-        <v>20</v>
+        <v>220</v>
       </c>
       <c r="M369" s="2">
         <v>0</v>
       </c>
       <c r="N369" s="2">
-        <v>120</v>
+        <v>320</v>
       </c>
     </row>
     <row r="370" spans="1:14">
       <c r="A370" s="2">
-        <v>113169</v>
+        <v>107046</v>
       </c>
       <c r="B370" s="2" t="s">
-        <v>927</v>
+        <v>810</v>
       </c>
       <c r="C370" s="2" t="s">
-        <v>928</v>
+        <v>811</v>
       </c>
       <c r="D370" s="2"/>
       <c r="E370" s="2">
-        <v>8018</v>
+        <v>7118</v>
       </c>
       <c r="F370" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G370" s="2" t="s">
-        <v>78</v>
+        <v>17</v>
       </c>
       <c r="H370" s="2" t="s">
         <v>929</v>
       </c>
       <c r="I370" s="2">
         <v>123</v>
       </c>
       <c r="J370" s="2">
-        <v>9</v>
+        <v>110</v>
       </c>
       <c r="K370" s="2">
         <v>100</v>
       </c>
       <c r="L370" s="2">
-        <v>220</v>
+        <v>20</v>
       </c>
       <c r="M370" s="2">
         <v>0</v>
       </c>
       <c r="N370" s="2">
-        <v>320</v>
+        <v>120</v>
       </c>
     </row>
     <row r="371" spans="1:14">
       <c r="A371" s="2">
-        <v>113170</v>
+        <v>107047</v>
       </c>
       <c r="B371" s="2" t="s">
         <v>930</v>
       </c>
       <c r="C371" s="2" t="s">
         <v>931</v>
       </c>
       <c r="D371" s="2"/>
       <c r="E371" s="2">
-        <v>7225</v>
-[...3 lines deleted...]
-      </c>
+        <v>8024</v>
+      </c>
+      <c r="F371" s="2"/>
       <c r="G371" s="2" t="s">
-        <v>17</v>
+        <v>77</v>
       </c>
       <c r="H371" s="2" t="s">
         <v>932</v>
       </c>
       <c r="I371" s="2">
         <v>124</v>
       </c>
       <c r="J371" s="2">
-        <v>115</v>
+        <v>14</v>
       </c>
       <c r="K371" s="2">
         <v>100</v>
       </c>
       <c r="L371" s="2">
-        <v>20</v>
+        <v>170</v>
       </c>
       <c r="M371" s="2">
         <v>0</v>
       </c>
       <c r="N371" s="2">
-        <v>120</v>
+        <v>270</v>
       </c>
     </row>
     <row r="372" spans="1:14">
       <c r="A372" s="2">
         <v>102804</v>
       </c>
       <c r="B372" s="2" t="s">
         <v>933</v>
       </c>
       <c r="C372" s="2" t="s">
         <v>848</v>
       </c>
       <c r="D372" s="2"/>
       <c r="E372" s="2">
         <v>7029</v>
       </c>
       <c r="F372" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G372" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H372" s="2" t="s">
         <v>934</v>
       </c>
       <c r="I372" s="2">
         <v>124</v>
       </c>
       <c r="J372" s="2">
         <v>110</v>
       </c>
       <c r="K372" s="2">
         <v>100</v>
       </c>
       <c r="L372" s="2">
         <v>20</v>
       </c>
       <c r="M372" s="2">
         <v>0</v>
       </c>
       <c r="N372" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="373" spans="1:14">
       <c r="A373" s="2">
-        <v>107047</v>
+        <v>113170</v>
       </c>
       <c r="B373" s="2" t="s">
         <v>935</v>
       </c>
       <c r="C373" s="2" t="s">
         <v>936</v>
       </c>
       <c r="D373" s="2"/>
       <c r="E373" s="2">
-        <v>8024</v>
-[...1 lines deleted...]
-      <c r="F373" s="2"/>
+        <v>7225</v>
+      </c>
+      <c r="F373" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="G373" s="2" t="s">
-        <v>78</v>
+        <v>17</v>
       </c>
       <c r="H373" s="2" t="s">
         <v>937</v>
       </c>
       <c r="I373" s="2">
         <v>124</v>
       </c>
       <c r="J373" s="2">
-        <v>14</v>
+        <v>115</v>
       </c>
       <c r="K373" s="2">
         <v>100</v>
       </c>
       <c r="L373" s="2">
-        <v>170</v>
+        <v>20</v>
       </c>
       <c r="M373" s="2">
         <v>0</v>
       </c>
       <c r="N373" s="2">
-        <v>270</v>
+        <v>120</v>
       </c>
     </row>
     <row r="374" spans="1:14">
       <c r="A374" s="2">
-        <v>102805</v>
+        <v>102836</v>
       </c>
       <c r="B374" s="2" t="s">
         <v>938</v>
       </c>
       <c r="C374" s="2" t="s">
         <v>939</v>
       </c>
       <c r="D374" s="2"/>
       <c r="E374" s="2">
-        <v>7115</v>
+        <v>7599</v>
       </c>
       <c r="F374" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G374" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H374" s="2" t="s">
         <v>940</v>
       </c>
       <c r="I374" s="2">
         <v>125</v>
       </c>
       <c r="J374" s="2">
-        <v>111</v>
+        <v>116</v>
       </c>
       <c r="K374" s="2">
         <v>100</v>
       </c>
       <c r="L374" s="2">
         <v>20</v>
       </c>
       <c r="M374" s="2">
         <v>0</v>
       </c>
       <c r="N374" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="375" spans="1:14">
       <c r="A375" s="2">
-        <v>102836</v>
+        <v>101006</v>
       </c>
       <c r="B375" s="2" t="s">
-        <v>941</v>
+        <v>348</v>
       </c>
       <c r="C375" s="2" t="s">
-        <v>942</v>
+        <v>349</v>
       </c>
       <c r="D375" s="2"/>
       <c r="E375" s="2">
-        <v>7599</v>
+        <v>7648</v>
       </c>
       <c r="F375" s="2" t="s">
-        <v>29</v>
+        <v>194</v>
       </c>
       <c r="G375" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H375" s="2" t="s">
-        <v>943</v>
+        <v>941</v>
       </c>
       <c r="I375" s="2">
         <v>125</v>
       </c>
       <c r="J375" s="2">
-        <v>116</v>
+        <v>111</v>
       </c>
       <c r="K375" s="2">
         <v>100</v>
       </c>
       <c r="L375" s="2">
         <v>20</v>
       </c>
       <c r="M375" s="2">
         <v>0</v>
       </c>
       <c r="N375" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="376" spans="1:14">
       <c r="A376" s="2">
-        <v>101006</v>
+        <v>102805</v>
       </c>
       <c r="B376" s="2" t="s">
-        <v>345</v>
+        <v>942</v>
       </c>
       <c r="C376" s="2" t="s">
-        <v>346</v>
+        <v>943</v>
       </c>
       <c r="D376" s="2"/>
       <c r="E376" s="2">
-        <v>7648</v>
+        <v>7115</v>
       </c>
       <c r="F376" s="2" t="s">
-        <v>197</v>
+        <v>29</v>
       </c>
       <c r="G376" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H376" s="2" t="s">
         <v>944</v>
       </c>
       <c r="I376" s="2">
         <v>125</v>
       </c>
       <c r="J376" s="2">
         <v>111</v>
       </c>
       <c r="K376" s="2">
         <v>100</v>
       </c>
       <c r="L376" s="2">
         <v>20</v>
       </c>
       <c r="M376" s="2">
         <v>0</v>
       </c>
       <c r="N376" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="377" spans="1:14">
       <c r="A377" s="2">
-        <v>107048</v>
+        <v>102806</v>
       </c>
       <c r="B377" s="2" t="s">
         <v>945</v>
       </c>
       <c r="C377" s="2" t="s">
-        <v>945</v>
+        <v>946</v>
       </c>
       <c r="D377" s="2"/>
       <c r="E377" s="2">
-        <v>7563</v>
-[...1 lines deleted...]
-      <c r="F377" s="2"/>
+        <v>7047</v>
+      </c>
+      <c r="F377" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="G377" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H377" s="2" t="s">
-        <v>946</v>
+        <v>947</v>
       </c>
       <c r="I377" s="2">
         <v>126</v>
       </c>
       <c r="J377" s="2">
         <v>112</v>
       </c>
       <c r="K377" s="2">
         <v>100</v>
       </c>
       <c r="L377" s="2">
         <v>20</v>
       </c>
       <c r="M377" s="2">
         <v>0</v>
       </c>
       <c r="N377" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="378" spans="1:14">
       <c r="A378" s="2">
-        <v>102806</v>
+        <v>107048</v>
       </c>
       <c r="B378" s="2" t="s">
-        <v>947</v>
+        <v>948</v>
       </c>
       <c r="C378" s="2" t="s">
         <v>948</v>
       </c>
       <c r="D378" s="2"/>
       <c r="E378" s="2">
-        <v>7047</v>
-[...3 lines deleted...]
-      </c>
+        <v>7563</v>
+      </c>
+      <c r="F378" s="2"/>
       <c r="G378" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H378" s="2" t="s">
         <v>949</v>
       </c>
       <c r="I378" s="2">
         <v>126</v>
       </c>
       <c r="J378" s="2">
         <v>112</v>
       </c>
       <c r="K378" s="2">
         <v>100</v>
       </c>
       <c r="L378" s="2">
         <v>20</v>
       </c>
       <c r="M378" s="2">
         <v>0</v>
       </c>
       <c r="N378" s="2">
         <v>120</v>
       </c>
     </row>
@@ -22282,269 +22282,269 @@
       </c>
       <c r="H379" s="2" t="s">
         <v>952</v>
       </c>
       <c r="I379" s="2">
         <v>126</v>
       </c>
       <c r="J379" s="2">
         <v>117</v>
       </c>
       <c r="K379" s="2">
         <v>100</v>
       </c>
       <c r="L379" s="2">
         <v>20</v>
       </c>
       <c r="M379" s="2">
         <v>0</v>
       </c>
       <c r="N379" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="380" spans="1:14">
       <c r="A380" s="2">
-        <v>113173</v>
+        <v>102807</v>
       </c>
       <c r="B380" s="2" t="s">
         <v>953</v>
       </c>
       <c r="C380" s="2" t="s">
-        <v>954</v>
+        <v>953</v>
       </c>
       <c r="D380" s="2"/>
       <c r="E380" s="2">
-        <v>7073</v>
+        <v>7160</v>
       </c>
       <c r="F380" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G380" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H380" s="2" t="s">
-        <v>955</v>
+        <v>954</v>
       </c>
       <c r="I380" s="2">
         <v>127</v>
       </c>
       <c r="J380" s="2">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="K380" s="2">
         <v>100</v>
       </c>
       <c r="L380" s="2">
         <v>20</v>
       </c>
       <c r="M380" s="2">
         <v>0</v>
       </c>
       <c r="N380" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="381" spans="1:14">
       <c r="A381" s="2">
         <v>107049</v>
       </c>
       <c r="B381" s="2" t="s">
+        <v>955</v>
+      </c>
+      <c r="C381" s="2" t="s">
         <v>956</v>
-      </c>
-[...1 lines deleted...]
-        <v>957</v>
       </c>
       <c r="D381" s="2"/>
       <c r="E381" s="2">
         <v>7058</v>
       </c>
       <c r="F381" s="2"/>
       <c r="G381" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H381" s="2" t="s">
-        <v>958</v>
+        <v>957</v>
       </c>
       <c r="I381" s="2">
         <v>127</v>
       </c>
       <c r="J381" s="2">
         <v>113</v>
       </c>
       <c r="K381" s="2">
         <v>100</v>
       </c>
       <c r="L381" s="2">
         <v>20</v>
       </c>
       <c r="M381" s="2">
         <v>0</v>
       </c>
       <c r="N381" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="382" spans="1:14">
       <c r="A382" s="2">
-        <v>102807</v>
+        <v>113173</v>
       </c>
       <c r="B382" s="2" t="s">
-        <v>959</v>
+        <v>958</v>
       </c>
       <c r="C382" s="2" t="s">
         <v>959</v>
       </c>
       <c r="D382" s="2"/>
       <c r="E382" s="2">
-        <v>7160</v>
+        <v>7073</v>
       </c>
       <c r="F382" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G382" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H382" s="2" t="s">
         <v>960</v>
       </c>
       <c r="I382" s="2">
         <v>127</v>
       </c>
       <c r="J382" s="2">
-        <v>113</v>
+        <v>118</v>
       </c>
       <c r="K382" s="2">
         <v>100</v>
       </c>
       <c r="L382" s="2">
         <v>20</v>
       </c>
       <c r="M382" s="2">
         <v>0</v>
       </c>
       <c r="N382" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="383" spans="1:14">
       <c r="A383" s="2">
-        <v>101595</v>
+        <v>102879</v>
       </c>
       <c r="B383" s="2" t="s">
+        <v>58</v>
+      </c>
+      <c r="C383" s="2" t="s">
         <v>961</v>
-      </c>
-[...1 lines deleted...]
-        <v>962</v>
       </c>
       <c r="D383" s="2"/>
       <c r="E383" s="2">
-        <v>7103</v>
+        <v>7501</v>
       </c>
       <c r="F383" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G383" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H383" s="2" t="s">
-        <v>963</v>
+        <v>962</v>
       </c>
       <c r="I383" s="2">
         <v>128</v>
       </c>
       <c r="J383" s="2">
         <v>114</v>
       </c>
       <c r="K383" s="2">
         <v>100</v>
       </c>
       <c r="L383" s="2">
         <v>20</v>
       </c>
       <c r="M383" s="2">
         <v>0</v>
       </c>
       <c r="N383" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="384" spans="1:14">
       <c r="A384" s="2">
         <v>113174</v>
       </c>
       <c r="B384" s="2" t="s">
+        <v>963</v>
+      </c>
+      <c r="C384" s="2" t="s">
         <v>964</v>
-      </c>
-[...1 lines deleted...]
-        <v>965</v>
       </c>
       <c r="D384" s="2"/>
       <c r="E384" s="2">
         <v>7568</v>
       </c>
       <c r="F384" s="2" t="s">
         <v>48</v>
       </c>
       <c r="G384" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H384" s="2" t="s">
-        <v>955</v>
+        <v>960</v>
       </c>
       <c r="I384" s="2">
         <v>128</v>
       </c>
       <c r="J384" s="2">
         <v>119</v>
       </c>
       <c r="K384" s="2">
         <v>100</v>
       </c>
       <c r="L384" s="2">
         <v>20</v>
       </c>
       <c r="M384" s="2">
         <v>0</v>
       </c>
       <c r="N384" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="385" spans="1:14">
       <c r="A385" s="2">
-        <v>102879</v>
+        <v>101595</v>
       </c>
       <c r="B385" s="2" t="s">
-        <v>58</v>
+        <v>965</v>
       </c>
       <c r="C385" s="2" t="s">
         <v>966</v>
       </c>
       <c r="D385" s="2"/>
       <c r="E385" s="2">
-        <v>7501</v>
+        <v>7103</v>
       </c>
       <c r="F385" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G385" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H385" s="2" t="s">
         <v>967</v>
       </c>
       <c r="I385" s="2">
         <v>128</v>
       </c>
       <c r="J385" s="2">
         <v>114</v>
       </c>
       <c r="K385" s="2">
         <v>100</v>
       </c>
       <c r="L385" s="2">
         <v>20</v>
       </c>
       <c r="M385" s="2">
         <v>0</v>
       </c>
@@ -22574,136 +22574,136 @@
       </c>
       <c r="H386" s="2" t="s">
         <v>970</v>
       </c>
       <c r="I386" s="2">
         <v>129</v>
       </c>
       <c r="J386" s="2">
         <v>115</v>
       </c>
       <c r="K386" s="2">
         <v>100</v>
       </c>
       <c r="L386" s="2">
         <v>20</v>
       </c>
       <c r="M386" s="2">
         <v>0</v>
       </c>
       <c r="N386" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="387" spans="1:14">
       <c r="A387" s="2">
-        <v>111642</v>
+        <v>107051</v>
       </c>
       <c r="B387" s="2" t="s">
         <v>971</v>
       </c>
       <c r="C387" s="2" t="s">
         <v>972</v>
       </c>
       <c r="D387" s="2"/>
       <c r="E387" s="2">
-        <v>7559</v>
-[...3 lines deleted...]
-      </c>
+        <v>7579</v>
+      </c>
+      <c r="F387" s="2"/>
       <c r="G387" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H387" s="2" t="s">
         <v>973</v>
       </c>
       <c r="I387" s="2">
         <v>129</v>
       </c>
       <c r="J387" s="2">
-        <v>120</v>
+        <v>115</v>
       </c>
       <c r="K387" s="2">
         <v>100</v>
       </c>
       <c r="L387" s="2">
         <v>20</v>
       </c>
       <c r="M387" s="2">
         <v>0</v>
       </c>
       <c r="N387" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="388" spans="1:14">
       <c r="A388" s="2">
-        <v>107051</v>
+        <v>111642</v>
       </c>
       <c r="B388" s="2" t="s">
         <v>974</v>
       </c>
       <c r="C388" s="2" t="s">
         <v>975</v>
       </c>
       <c r="D388" s="2"/>
       <c r="E388" s="2">
-        <v>7579</v>
-[...1 lines deleted...]
-      <c r="F388" s="2"/>
+        <v>7559</v>
+      </c>
+      <c r="F388" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="G388" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H388" s="2" t="s">
         <v>976</v>
       </c>
       <c r="I388" s="2">
         <v>129</v>
       </c>
       <c r="J388" s="2">
-        <v>115</v>
+        <v>120</v>
       </c>
       <c r="K388" s="2">
         <v>100</v>
       </c>
       <c r="L388" s="2">
         <v>20</v>
       </c>
       <c r="M388" s="2">
         <v>0</v>
       </c>
       <c r="N388" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="389" spans="1:14">
       <c r="A389" s="2">
         <v>102850</v>
       </c>
       <c r="B389" s="2" t="s">
-        <v>214</v>
+        <v>208</v>
       </c>
       <c r="C389" s="2" t="s">
         <v>977</v>
       </c>
       <c r="D389" s="2"/>
       <c r="E389" s="2">
         <v>7622</v>
       </c>
       <c r="F389" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G389" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H389" s="2" t="s">
         <v>978</v>
       </c>
       <c r="I389" s="2">
         <v>130</v>
       </c>
       <c r="J389" s="2">
         <v>116</v>
       </c>
       <c r="K389" s="2">
         <v>100</v>
@@ -22756,1060 +22756,1060 @@
       <c r="M390" s="2">
         <v>0</v>
       </c>
       <c r="N390" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="391" spans="1:14">
       <c r="A391" s="2">
         <v>113176</v>
       </c>
       <c r="B391" s="2" t="s">
         <v>982</v>
       </c>
       <c r="C391" s="2" t="s">
         <v>983</v>
       </c>
       <c r="D391" s="2"/>
       <c r="E391" s="2">
         <v>8017</v>
       </c>
       <c r="F391" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G391" s="2" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="H391" s="2" t="s">
         <v>984</v>
       </c>
       <c r="I391" s="2">
         <v>130</v>
       </c>
       <c r="J391" s="2">
         <v>10</v>
       </c>
       <c r="K391" s="2">
         <v>100</v>
       </c>
       <c r="L391" s="2">
         <v>210</v>
       </c>
       <c r="M391" s="2">
         <v>0</v>
       </c>
       <c r="N391" s="2">
         <v>310</v>
       </c>
     </row>
     <row r="392" spans="1:14">
       <c r="A392" s="2">
-        <v>102811</v>
+        <v>102843</v>
       </c>
       <c r="B392" s="2" t="s">
         <v>985</v>
       </c>
       <c r="C392" s="2" t="s">
         <v>986</v>
       </c>
       <c r="D392" s="2"/>
       <c r="E392" s="2">
-        <v>8516</v>
+        <v>7087</v>
       </c>
       <c r="F392" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G392" s="2" t="s">
-        <v>78</v>
+        <v>17</v>
       </c>
       <c r="H392" s="2" t="s">
         <v>987</v>
       </c>
       <c r="I392" s="2">
         <v>131</v>
       </c>
       <c r="J392" s="2">
-        <v>15</v>
+        <v>117</v>
       </c>
       <c r="K392" s="2">
         <v>100</v>
       </c>
       <c r="L392" s="2">
-        <v>160</v>
+        <v>20</v>
       </c>
       <c r="M392" s="2">
         <v>0</v>
       </c>
       <c r="N392" s="2">
-        <v>260</v>
+        <v>120</v>
       </c>
     </row>
     <row r="393" spans="1:14">
       <c r="A393" s="2">
-        <v>102720</v>
+        <v>102811</v>
       </c>
       <c r="B393" s="2" t="s">
-        <v>321</v>
+        <v>988</v>
       </c>
       <c r="C393" s="2" t="s">
-        <v>322</v>
+        <v>989</v>
       </c>
       <c r="D393" s="2"/>
       <c r="E393" s="2">
-        <v>7507</v>
+        <v>8516</v>
       </c>
       <c r="F393" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G393" s="2" t="s">
-        <v>17</v>
+        <v>77</v>
       </c>
       <c r="H393" s="2" t="s">
-        <v>988</v>
+        <v>990</v>
       </c>
       <c r="I393" s="2">
         <v>131</v>
       </c>
       <c r="J393" s="2">
-        <v>121</v>
+        <v>15</v>
       </c>
       <c r="K393" s="2">
         <v>100</v>
       </c>
       <c r="L393" s="2">
-        <v>20</v>
+        <v>160</v>
       </c>
       <c r="M393" s="2">
         <v>0</v>
       </c>
       <c r="N393" s="2">
-        <v>120</v>
+        <v>260</v>
       </c>
     </row>
     <row r="394" spans="1:14">
       <c r="A394" s="2">
-        <v>102843</v>
+        <v>102720</v>
       </c>
       <c r="B394" s="2" t="s">
-        <v>989</v>
+        <v>324</v>
       </c>
       <c r="C394" s="2" t="s">
-        <v>990</v>
+        <v>325</v>
       </c>
       <c r="D394" s="2"/>
       <c r="E394" s="2">
-        <v>7087</v>
+        <v>7507</v>
       </c>
       <c r="F394" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G394" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H394" s="2" t="s">
         <v>991</v>
       </c>
       <c r="I394" s="2">
         <v>131</v>
       </c>
       <c r="J394" s="2">
-        <v>117</v>
+        <v>121</v>
       </c>
       <c r="K394" s="2">
         <v>100</v>
       </c>
       <c r="L394" s="2">
         <v>20</v>
       </c>
       <c r="M394" s="2">
         <v>0</v>
       </c>
       <c r="N394" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="395" spans="1:14">
       <c r="A395" s="2">
-        <v>107054</v>
+        <v>102812</v>
       </c>
       <c r="B395" s="2" t="s">
         <v>992</v>
       </c>
       <c r="C395" s="2" t="s">
         <v>993</v>
       </c>
       <c r="D395" s="2"/>
       <c r="E395" s="2">
-        <v>7172</v>
-[...1 lines deleted...]
-      <c r="F395" s="2"/>
+        <v>8020</v>
+      </c>
+      <c r="F395" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="G395" s="2" t="s">
-        <v>17</v>
+        <v>77</v>
       </c>
       <c r="H395" s="2" t="s">
         <v>994</v>
       </c>
       <c r="I395" s="2">
         <v>132</v>
       </c>
       <c r="J395" s="2">
-        <v>118</v>
+        <v>16</v>
       </c>
       <c r="K395" s="2">
         <v>100</v>
       </c>
       <c r="L395" s="2">
-        <v>20</v>
+        <v>150</v>
       </c>
       <c r="M395" s="2">
         <v>0</v>
       </c>
       <c r="N395" s="2">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="396" spans="1:14">
       <c r="A396" s="2">
-        <v>102812</v>
+        <v>113178</v>
       </c>
       <c r="B396" s="2" t="s">
         <v>995</v>
       </c>
       <c r="C396" s="2" t="s">
-        <v>996</v>
+        <v>226</v>
       </c>
       <c r="D396" s="2"/>
       <c r="E396" s="2">
-        <v>8020</v>
+        <v>7212</v>
       </c>
       <c r="F396" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G396" s="2" t="s">
-        <v>78</v>
+        <v>17</v>
       </c>
       <c r="H396" s="2" t="s">
-        <v>997</v>
+        <v>996</v>
       </c>
       <c r="I396" s="2">
         <v>132</v>
       </c>
       <c r="J396" s="2">
-        <v>16</v>
+        <v>122</v>
       </c>
       <c r="K396" s="2">
         <v>100</v>
       </c>
       <c r="L396" s="2">
-        <v>150</v>
+        <v>20</v>
       </c>
       <c r="M396" s="2">
         <v>0</v>
       </c>
       <c r="N396" s="2">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="397" spans="1:14">
       <c r="A397" s="2">
-        <v>113178</v>
+        <v>107054</v>
       </c>
       <c r="B397" s="2" t="s">
+        <v>997</v>
+      </c>
+      <c r="C397" s="2" t="s">
         <v>998</v>
-      </c>
-[...1 lines deleted...]
-        <v>226</v>
       </c>
       <c r="D397" s="2"/>
       <c r="E397" s="2">
-        <v>7212</v>
-[...3 lines deleted...]
-      </c>
+        <v>7172</v>
+      </c>
+      <c r="F397" s="2"/>
       <c r="G397" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H397" s="2" t="s">
         <v>999</v>
       </c>
       <c r="I397" s="2">
         <v>132</v>
       </c>
       <c r="J397" s="2">
-        <v>122</v>
+        <v>118</v>
       </c>
       <c r="K397" s="2">
         <v>100</v>
       </c>
       <c r="L397" s="2">
         <v>20</v>
       </c>
       <c r="M397" s="2">
         <v>0</v>
       </c>
       <c r="N397" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="398" spans="1:14">
       <c r="A398" s="2">
-        <v>107055</v>
+        <v>102813</v>
       </c>
       <c r="B398" s="2" t="s">
         <v>1000</v>
       </c>
       <c r="C398" s="2" t="s">
-        <v>451</v>
+        <v>1001</v>
       </c>
       <c r="D398" s="2"/>
       <c r="E398" s="2">
-        <v>7130</v>
-[...1 lines deleted...]
-      <c r="F398" s="2"/>
+        <v>7149</v>
+      </c>
+      <c r="F398" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="G398" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H398" s="2" t="s">
-        <v>1001</v>
+        <v>1002</v>
       </c>
       <c r="I398" s="2">
         <v>133</v>
       </c>
       <c r="J398" s="2">
-        <v>119</v>
+        <v>117</v>
       </c>
       <c r="K398" s="2">
         <v>100</v>
       </c>
       <c r="L398" s="2">
         <v>20</v>
       </c>
       <c r="M398" s="2">
         <v>0</v>
       </c>
       <c r="N398" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="399" spans="1:14">
       <c r="A399" s="2">
-        <v>102813</v>
+        <v>113179</v>
       </c>
       <c r="B399" s="2" t="s">
-        <v>1002</v>
+        <v>1003</v>
       </c>
       <c r="C399" s="2" t="s">
-        <v>1003</v>
+        <v>1004</v>
       </c>
       <c r="D399" s="2"/>
       <c r="E399" s="2">
-        <v>7149</v>
+        <v>7657</v>
       </c>
       <c r="F399" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G399" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H399" s="2" t="s">
-        <v>1004</v>
+        <v>1005</v>
       </c>
       <c r="I399" s="2">
         <v>133</v>
       </c>
       <c r="J399" s="2">
-        <v>117</v>
+        <v>123</v>
       </c>
       <c r="K399" s="2">
         <v>100</v>
       </c>
       <c r="L399" s="2">
         <v>20</v>
       </c>
       <c r="M399" s="2">
         <v>0</v>
       </c>
       <c r="N399" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="400" spans="1:14">
       <c r="A400" s="2">
-        <v>113179</v>
+        <v>107055</v>
       </c>
       <c r="B400" s="2" t="s">
-        <v>1005</v>
+        <v>1006</v>
       </c>
       <c r="C400" s="2" t="s">
-        <v>1006</v>
+        <v>457</v>
       </c>
       <c r="D400" s="2"/>
       <c r="E400" s="2">
-        <v>7657</v>
-[...3 lines deleted...]
-      </c>
+        <v>7130</v>
+      </c>
+      <c r="F400" s="2"/>
       <c r="G400" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H400" s="2" t="s">
         <v>1007</v>
       </c>
       <c r="I400" s="2">
         <v>133</v>
       </c>
       <c r="J400" s="2">
-        <v>123</v>
+        <v>119</v>
       </c>
       <c r="K400" s="2">
         <v>100</v>
       </c>
       <c r="L400" s="2">
         <v>20</v>
       </c>
       <c r="M400" s="2">
         <v>0</v>
       </c>
       <c r="N400" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="401" spans="1:14">
       <c r="A401" s="2">
-        <v>102814</v>
+        <v>113180</v>
       </c>
       <c r="B401" s="2" t="s">
         <v>1008</v>
       </c>
       <c r="C401" s="2" t="s">
         <v>1009</v>
       </c>
       <c r="D401" s="2"/>
       <c r="E401" s="2">
-        <v>7575</v>
+        <v>7178</v>
       </c>
       <c r="F401" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G401" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H401" s="2" t="s">
         <v>1010</v>
       </c>
       <c r="I401" s="2">
         <v>134</v>
       </c>
       <c r="J401" s="2">
-        <v>118</v>
+        <v>124</v>
       </c>
       <c r="K401" s="2">
         <v>100</v>
       </c>
       <c r="L401" s="2">
         <v>20</v>
       </c>
       <c r="M401" s="2">
         <v>0</v>
       </c>
       <c r="N401" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="402" spans="1:14">
       <c r="A402" s="2">
-        <v>113180</v>
+        <v>104794</v>
       </c>
       <c r="B402" s="2" t="s">
         <v>1011</v>
       </c>
       <c r="C402" s="2" t="s">
         <v>1012</v>
       </c>
       <c r="D402" s="2"/>
       <c r="E402" s="2">
-        <v>7178</v>
+        <v>7559</v>
       </c>
       <c r="F402" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G402" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H402" s="2" t="s">
         <v>1013</v>
       </c>
       <c r="I402" s="2">
         <v>134</v>
       </c>
       <c r="J402" s="2">
-        <v>124</v>
+        <v>120</v>
       </c>
       <c r="K402" s="2">
         <v>100</v>
       </c>
       <c r="L402" s="2">
         <v>20</v>
       </c>
       <c r="M402" s="2">
         <v>0</v>
       </c>
       <c r="N402" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="403" spans="1:14">
       <c r="A403" s="2">
-        <v>104794</v>
+        <v>102814</v>
       </c>
       <c r="B403" s="2" t="s">
         <v>1014</v>
       </c>
       <c r="C403" s="2" t="s">
         <v>1015</v>
       </c>
       <c r="D403" s="2"/>
       <c r="E403" s="2">
-        <v>7559</v>
+        <v>7575</v>
       </c>
       <c r="F403" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G403" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H403" s="2" t="s">
         <v>1016</v>
       </c>
       <c r="I403" s="2">
         <v>134</v>
       </c>
       <c r="J403" s="2">
-        <v>120</v>
+        <v>118</v>
       </c>
       <c r="K403" s="2">
         <v>100</v>
       </c>
       <c r="L403" s="2">
         <v>20</v>
       </c>
       <c r="M403" s="2">
         <v>0</v>
       </c>
       <c r="N403" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="404" spans="1:14">
       <c r="A404" s="2">
-        <v>102461</v>
+        <v>102815</v>
       </c>
       <c r="B404" s="2" t="s">
         <v>1017</v>
       </c>
       <c r="C404" s="2" t="s">
         <v>1018</v>
       </c>
       <c r="D404" s="2"/>
       <c r="E404" s="2">
-        <v>7179</v>
+        <v>7033</v>
       </c>
       <c r="F404" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G404" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H404" s="2" t="s">
         <v>1019</v>
       </c>
       <c r="I404" s="2">
         <v>135</v>
       </c>
       <c r="J404" s="2">
-        <v>121</v>
+        <v>119</v>
       </c>
       <c r="K404" s="2">
         <v>100</v>
       </c>
       <c r="L404" s="2">
         <v>20</v>
       </c>
       <c r="M404" s="2">
         <v>0</v>
       </c>
       <c r="N404" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="405" spans="1:14">
       <c r="A405" s="2">
-        <v>102815</v>
+        <v>113181</v>
       </c>
       <c r="B405" s="2" t="s">
         <v>1020</v>
       </c>
       <c r="C405" s="2" t="s">
         <v>1021</v>
       </c>
       <c r="D405" s="2"/>
       <c r="E405" s="2">
-        <v>7033</v>
+        <v>7186</v>
       </c>
       <c r="F405" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G405" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H405" s="2" t="s">
         <v>1022</v>
       </c>
       <c r="I405" s="2">
         <v>135</v>
       </c>
       <c r="J405" s="2">
-        <v>119</v>
+        <v>125</v>
       </c>
       <c r="K405" s="2">
         <v>100</v>
       </c>
       <c r="L405" s="2">
         <v>20</v>
       </c>
       <c r="M405" s="2">
         <v>0</v>
       </c>
       <c r="N405" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="406" spans="1:14">
       <c r="A406" s="2">
-        <v>113181</v>
+        <v>102461</v>
       </c>
       <c r="B406" s="2" t="s">
         <v>1023</v>
       </c>
       <c r="C406" s="2" t="s">
         <v>1024</v>
       </c>
       <c r="D406" s="2"/>
       <c r="E406" s="2">
-        <v>7186</v>
+        <v>7179</v>
       </c>
       <c r="F406" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G406" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H406" s="2" t="s">
         <v>1025</v>
       </c>
       <c r="I406" s="2">
         <v>135</v>
       </c>
       <c r="J406" s="2">
-        <v>125</v>
+        <v>121</v>
       </c>
       <c r="K406" s="2">
         <v>100</v>
       </c>
       <c r="L406" s="2">
         <v>20</v>
       </c>
       <c r="M406" s="2">
         <v>0</v>
       </c>
       <c r="N406" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="407" spans="1:14">
       <c r="A407" s="2">
-        <v>102873</v>
+        <v>102816</v>
       </c>
       <c r="B407" s="2" t="s">
         <v>1026</v>
       </c>
       <c r="C407" s="2" t="s">
         <v>1027</v>
       </c>
       <c r="D407" s="2"/>
       <c r="E407" s="2">
-        <v>7071</v>
+        <v>7584</v>
       </c>
       <c r="F407" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G407" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H407" s="2" t="s">
         <v>1028</v>
       </c>
       <c r="I407" s="2">
         <v>136</v>
       </c>
       <c r="J407" s="2">
-        <v>122</v>
+        <v>120</v>
       </c>
       <c r="K407" s="2">
         <v>100</v>
       </c>
       <c r="L407" s="2">
         <v>20</v>
       </c>
       <c r="M407" s="2">
         <v>0</v>
       </c>
       <c r="N407" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="408" spans="1:14">
       <c r="A408" s="2">
-        <v>102816</v>
+        <v>113182</v>
       </c>
       <c r="B408" s="2" t="s">
         <v>1029</v>
       </c>
       <c r="C408" s="2" t="s">
         <v>1030</v>
       </c>
       <c r="D408" s="2"/>
       <c r="E408" s="2">
-        <v>7584</v>
+        <v>7206</v>
       </c>
       <c r="F408" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G408" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H408" s="2" t="s">
         <v>1031</v>
       </c>
       <c r="I408" s="2">
         <v>136</v>
       </c>
       <c r="J408" s="2">
-        <v>120</v>
+        <v>126</v>
       </c>
       <c r="K408" s="2">
         <v>100</v>
       </c>
       <c r="L408" s="2">
         <v>20</v>
       </c>
       <c r="M408" s="2">
         <v>0</v>
       </c>
       <c r="N408" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="409" spans="1:14">
       <c r="A409" s="2">
-        <v>113182</v>
+        <v>102873</v>
       </c>
       <c r="B409" s="2" t="s">
         <v>1032</v>
       </c>
       <c r="C409" s="2" t="s">
         <v>1033</v>
       </c>
       <c r="D409" s="2"/>
       <c r="E409" s="2">
-        <v>7206</v>
+        <v>7071</v>
       </c>
       <c r="F409" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G409" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H409" s="2" t="s">
         <v>1034</v>
       </c>
       <c r="I409" s="2">
         <v>136</v>
       </c>
       <c r="J409" s="2">
-        <v>126</v>
+        <v>122</v>
       </c>
       <c r="K409" s="2">
         <v>100</v>
       </c>
       <c r="L409" s="2">
         <v>20</v>
       </c>
       <c r="M409" s="2">
         <v>0</v>
       </c>
       <c r="N409" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="410" spans="1:14">
       <c r="A410" s="2">
-        <v>113357</v>
+        <v>107059</v>
       </c>
       <c r="B410" s="2" t="s">
         <v>1035</v>
       </c>
       <c r="C410" s="2" t="s">
         <v>1036</v>
       </c>
       <c r="D410" s="2"/>
       <c r="E410" s="2">
-        <v>8511</v>
-[...3 lines deleted...]
-      </c>
+        <v>7510</v>
+      </c>
+      <c r="F410" s="2"/>
       <c r="G410" s="2" t="s">
-        <v>78</v>
+        <v>17</v>
       </c>
       <c r="H410" s="2" t="s">
         <v>1037</v>
       </c>
       <c r="I410" s="2">
         <v>137</v>
       </c>
       <c r="J410" s="2">
-        <v>11</v>
+        <v>123</v>
       </c>
       <c r="K410" s="2">
         <v>100</v>
       </c>
       <c r="L410" s="2">
-        <v>200</v>
+        <v>20</v>
       </c>
       <c r="M410" s="2">
         <v>0</v>
       </c>
       <c r="N410" s="2">
-        <v>300</v>
+        <v>120</v>
       </c>
     </row>
     <row r="411" spans="1:14">
       <c r="A411" s="2">
-        <v>102817</v>
+        <v>113357</v>
       </c>
       <c r="B411" s="2" t="s">
         <v>1038</v>
       </c>
       <c r="C411" s="2" t="s">
         <v>1039</v>
       </c>
       <c r="D411" s="2"/>
       <c r="E411" s="2">
-        <v>8012</v>
+        <v>8511</v>
       </c>
       <c r="F411" s="2" t="s">
-        <v>29</v>
+        <v>48</v>
       </c>
       <c r="G411" s="2" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="H411" s="2" t="s">
         <v>1040</v>
       </c>
       <c r="I411" s="2">
         <v>137</v>
       </c>
       <c r="J411" s="2">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="K411" s="2">
         <v>100</v>
       </c>
       <c r="L411" s="2">
-        <v>140</v>
+        <v>200</v>
       </c>
       <c r="M411" s="2">
         <v>0</v>
       </c>
       <c r="N411" s="2">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="412" spans="1:14">
       <c r="A412" s="2">
-        <v>107059</v>
+        <v>102817</v>
       </c>
       <c r="B412" s="2" t="s">
         <v>1041</v>
       </c>
       <c r="C412" s="2" t="s">
         <v>1042</v>
       </c>
       <c r="D412" s="2"/>
       <c r="E412" s="2">
-        <v>7510</v>
-[...1 lines deleted...]
-      <c r="F412" s="2"/>
+        <v>8012</v>
+      </c>
+      <c r="F412" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="G412" s="2" t="s">
-        <v>17</v>
+        <v>77</v>
       </c>
       <c r="H412" s="2" t="s">
         <v>1043</v>
       </c>
       <c r="I412" s="2">
         <v>137</v>
       </c>
       <c r="J412" s="2">
-        <v>123</v>
+        <v>17</v>
       </c>
       <c r="K412" s="2">
         <v>100</v>
       </c>
       <c r="L412" s="2">
-        <v>20</v>
+        <v>140</v>
       </c>
       <c r="M412" s="2">
         <v>0</v>
       </c>
       <c r="N412" s="2">
-        <v>120</v>
+        <v>240</v>
       </c>
     </row>
     <row r="413" spans="1:14">
       <c r="A413" s="2">
         <v>101612</v>
       </c>
       <c r="B413" s="2" t="s">
         <v>1044</v>
       </c>
       <c r="C413" s="2" t="s">
         <v>1045</v>
       </c>
       <c r="D413" s="2"/>
       <c r="E413" s="2">
         <v>7544</v>
       </c>
       <c r="F413" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G413" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H413" s="2" t="s">
         <v>1046</v>
       </c>
       <c r="I413" s="2">
         <v>138</v>
       </c>
       <c r="J413" s="2">
         <v>127</v>
       </c>
       <c r="K413" s="2">
         <v>100</v>
       </c>
       <c r="L413" s="2">
         <v>20</v>
       </c>
       <c r="M413" s="2">
         <v>0</v>
       </c>
       <c r="N413" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="414" spans="1:14">
       <c r="A414" s="2">
-        <v>107060</v>
+        <v>101030</v>
       </c>
       <c r="B414" s="2" t="s">
         <v>1047</v>
       </c>
       <c r="C414" s="2" t="s">
-        <v>966</v>
+        <v>1048</v>
       </c>
       <c r="D414" s="2"/>
       <c r="E414" s="2">
-        <v>7500</v>
-[...1 lines deleted...]
-      <c r="F414" s="2"/>
+        <v>7547</v>
+      </c>
+      <c r="F414" s="2" t="s">
+        <v>168</v>
+      </c>
       <c r="G414" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H414" s="2" t="s">
-        <v>1048</v>
+        <v>1049</v>
       </c>
       <c r="I414" s="2">
         <v>138</v>
       </c>
       <c r="J414" s="2">
-        <v>124</v>
+        <v>121</v>
       </c>
       <c r="K414" s="2">
         <v>100</v>
       </c>
       <c r="L414" s="2">
         <v>20</v>
       </c>
       <c r="M414" s="2">
         <v>0</v>
       </c>
       <c r="N414" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="415" spans="1:14">
       <c r="A415" s="2">
-        <v>101030</v>
+        <v>107060</v>
       </c>
       <c r="B415" s="2" t="s">
-        <v>1049</v>
+        <v>1050</v>
       </c>
       <c r="C415" s="2" t="s">
-        <v>1050</v>
+        <v>961</v>
       </c>
       <c r="D415" s="2"/>
       <c r="E415" s="2">
-        <v>7547</v>
-[...3 lines deleted...]
-      </c>
+        <v>7500</v>
+      </c>
+      <c r="F415" s="2"/>
       <c r="G415" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H415" s="2" t="s">
         <v>1051</v>
       </c>
       <c r="I415" s="2">
         <v>138</v>
       </c>
       <c r="J415" s="2">
-        <v>121</v>
+        <v>124</v>
       </c>
       <c r="K415" s="2">
         <v>100</v>
       </c>
       <c r="L415" s="2">
         <v>20</v>
       </c>
       <c r="M415" s="2">
         <v>0</v>
       </c>
       <c r="N415" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="416" spans="1:14">
       <c r="A416" s="2">
         <v>102819</v>
       </c>
       <c r="B416" s="2" t="s">
         <v>1052</v>
       </c>
       <c r="C416" s="2" t="s">
         <v>460</v>
       </c>
       <c r="D416" s="2"/>
@@ -23962,51 +23962,51 @@
       <c r="M419" s="2">
         <v>0</v>
       </c>
       <c r="N419" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="420" spans="1:14">
       <c r="A420" s="2">
         <v>102820</v>
       </c>
       <c r="B420" s="2" t="s">
         <v>1062</v>
       </c>
       <c r="C420" s="2" t="s">
         <v>1063</v>
       </c>
       <c r="D420" s="2"/>
       <c r="E420" s="2">
         <v>8518</v>
       </c>
       <c r="F420" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G420" s="2" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="H420" s="2" t="s">
         <v>1064</v>
       </c>
       <c r="I420" s="2">
         <v>140</v>
       </c>
       <c r="J420" s="2">
         <v>18</v>
       </c>
       <c r="K420" s="2">
         <v>100</v>
       </c>
       <c r="L420" s="2">
         <v>130</v>
       </c>
       <c r="M420" s="2">
         <v>0</v>
       </c>
       <c r="N420" s="2">
         <v>230</v>
       </c>
     </row>
     <row r="421" spans="1:14">
       <c r="A421" s="2">
@@ -24030,315 +24030,315 @@
       </c>
       <c r="H421" s="2" t="s">
         <v>1067</v>
       </c>
       <c r="I421" s="2">
         <v>140</v>
       </c>
       <c r="J421" s="2">
         <v>129</v>
       </c>
       <c r="K421" s="2">
         <v>100</v>
       </c>
       <c r="L421" s="2">
         <v>20</v>
       </c>
       <c r="M421" s="2">
         <v>0</v>
       </c>
       <c r="N421" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="422" spans="1:14">
       <c r="A422" s="2">
-        <v>102821</v>
+        <v>107065</v>
       </c>
       <c r="B422" s="2" t="s">
         <v>1068</v>
       </c>
       <c r="C422" s="2" t="s">
         <v>1069</v>
       </c>
       <c r="D422" s="2"/>
       <c r="E422" s="2">
-        <v>7021</v>
+        <v>8028</v>
       </c>
       <c r="F422" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G422" s="2" t="s">
-        <v>17</v>
+        <v>77</v>
       </c>
       <c r="H422" s="2" t="s">
         <v>1070</v>
       </c>
       <c r="I422" s="2">
         <v>141</v>
       </c>
       <c r="J422" s="2">
-        <v>123</v>
+        <v>12</v>
       </c>
       <c r="K422" s="2">
         <v>100</v>
       </c>
       <c r="L422" s="2">
-        <v>20</v>
+        <v>190</v>
       </c>
       <c r="M422" s="2">
         <v>0</v>
       </c>
       <c r="N422" s="2">
-        <v>120</v>
+        <v>290</v>
       </c>
     </row>
     <row r="423" spans="1:14">
       <c r="A423" s="2">
-        <v>107065</v>
+        <v>107063</v>
       </c>
       <c r="B423" s="2" t="s">
         <v>1071</v>
       </c>
       <c r="C423" s="2" t="s">
         <v>1072</v>
       </c>
       <c r="D423" s="2"/>
       <c r="E423" s="2">
-        <v>8028</v>
-[...3 lines deleted...]
-      </c>
+        <v>7551</v>
+      </c>
+      <c r="F423" s="2"/>
       <c r="G423" s="2" t="s">
-        <v>78</v>
+        <v>17</v>
       </c>
       <c r="H423" s="2" t="s">
         <v>1073</v>
       </c>
       <c r="I423" s="2">
         <v>141</v>
       </c>
       <c r="J423" s="2">
-        <v>12</v>
+        <v>127</v>
       </c>
       <c r="K423" s="2">
         <v>100</v>
       </c>
       <c r="L423" s="2">
-        <v>190</v>
+        <v>20</v>
       </c>
       <c r="M423" s="2">
         <v>0</v>
       </c>
       <c r="N423" s="2">
-        <v>290</v>
+        <v>120</v>
       </c>
     </row>
     <row r="424" spans="1:14">
       <c r="A424" s="2">
-        <v>107063</v>
+        <v>102821</v>
       </c>
       <c r="B424" s="2" t="s">
         <v>1074</v>
       </c>
       <c r="C424" s="2" t="s">
         <v>1075</v>
       </c>
       <c r="D424" s="2"/>
       <c r="E424" s="2">
-        <v>7551</v>
-[...1 lines deleted...]
-      <c r="F424" s="2"/>
+        <v>7021</v>
+      </c>
+      <c r="F424" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="G424" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H424" s="2" t="s">
         <v>1076</v>
       </c>
       <c r="I424" s="2">
         <v>141</v>
       </c>
       <c r="J424" s="2">
-        <v>127</v>
+        <v>123</v>
       </c>
       <c r="K424" s="2">
         <v>100</v>
       </c>
       <c r="L424" s="2">
         <v>20</v>
       </c>
       <c r="M424" s="2">
         <v>0</v>
       </c>
       <c r="N424" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="425" spans="1:14">
       <c r="A425" s="2">
-        <v>102822</v>
+        <v>107064</v>
       </c>
       <c r="B425" s="2" t="s">
         <v>1077</v>
       </c>
       <c r="C425" s="2" t="s">
-        <v>1078</v>
+        <v>702</v>
       </c>
       <c r="D425" s="2"/>
       <c r="E425" s="2">
-        <v>7587</v>
-[...3 lines deleted...]
-      </c>
+        <v>8015</v>
+      </c>
+      <c r="F425" s="2"/>
       <c r="G425" s="2" t="s">
-        <v>17</v>
+        <v>77</v>
       </c>
       <c r="H425" s="2" t="s">
-        <v>1079</v>
+        <v>928</v>
       </c>
       <c r="I425" s="2">
         <v>142</v>
       </c>
       <c r="J425" s="2">
-        <v>124</v>
+        <v>15</v>
       </c>
       <c r="K425" s="2">
         <v>100</v>
       </c>
       <c r="L425" s="2">
-        <v>20</v>
+        <v>160</v>
       </c>
       <c r="M425" s="2">
         <v>0</v>
       </c>
       <c r="N425" s="2">
-        <v>120</v>
+        <v>260</v>
       </c>
     </row>
     <row r="426" spans="1:14">
       <c r="A426" s="2">
-        <v>113188</v>
+        <v>102822</v>
       </c>
       <c r="B426" s="2" t="s">
-        <v>1080</v>
+        <v>1078</v>
       </c>
       <c r="C426" s="2" t="s">
-        <v>460</v>
+        <v>1079</v>
       </c>
       <c r="D426" s="2"/>
       <c r="E426" s="2">
-        <v>7068</v>
+        <v>7587</v>
       </c>
       <c r="F426" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G426" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H426" s="2" t="s">
-        <v>1081</v>
+        <v>1080</v>
       </c>
       <c r="I426" s="2">
         <v>142</v>
       </c>
       <c r="J426" s="2">
-        <v>130</v>
+        <v>124</v>
       </c>
       <c r="K426" s="2">
         <v>100</v>
       </c>
       <c r="L426" s="2">
         <v>20</v>
       </c>
       <c r="M426" s="2">
         <v>0</v>
       </c>
       <c r="N426" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="427" spans="1:14">
       <c r="A427" s="2">
-        <v>107064</v>
+        <v>113188</v>
       </c>
       <c r="B427" s="2" t="s">
-        <v>1082</v>
+        <v>1081</v>
       </c>
       <c r="C427" s="2" t="s">
-        <v>702</v>
+        <v>460</v>
       </c>
       <c r="D427" s="2"/>
       <c r="E427" s="2">
-        <v>8015</v>
-[...1 lines deleted...]
-      <c r="F427" s="2"/>
+        <v>7068</v>
+      </c>
+      <c r="F427" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="G427" s="2" t="s">
-        <v>78</v>
+        <v>17</v>
       </c>
       <c r="H427" s="2" t="s">
-        <v>929</v>
+        <v>1082</v>
       </c>
       <c r="I427" s="2">
         <v>142</v>
       </c>
       <c r="J427" s="2">
-        <v>15</v>
+        <v>130</v>
       </c>
       <c r="K427" s="2">
         <v>100</v>
       </c>
       <c r="L427" s="2">
-        <v>160</v>
+        <v>20</v>
       </c>
       <c r="M427" s="2">
         <v>0</v>
       </c>
       <c r="N427" s="2">
-        <v>260</v>
+        <v>120</v>
       </c>
     </row>
     <row r="428" spans="1:14">
       <c r="A428" s="2">
         <v>107065</v>
       </c>
       <c r="B428" s="2" t="s">
-        <v>1071</v>
+        <v>1068</v>
       </c>
       <c r="C428" s="2" t="s">
-        <v>1072</v>
+        <v>1069</v>
       </c>
       <c r="D428" s="2"/>
       <c r="E428" s="2">
         <v>8014</v>
       </c>
       <c r="F428" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G428" s="2" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="H428" s="2" t="s">
         <v>1083</v>
       </c>
       <c r="I428" s="2">
         <v>143</v>
       </c>
       <c r="J428" s="2">
         <v>16</v>
       </c>
       <c r="K428" s="2">
         <v>100</v>
       </c>
       <c r="L428" s="2">
         <v>150</v>
       </c>
       <c r="M428" s="2">
         <v>0</v>
       </c>
       <c r="N428" s="2">
         <v>250</v>
       </c>
     </row>
     <row r="429" spans="1:14">
       <c r="A429" s="2">
@@ -24365,321 +24365,321 @@
       </c>
       <c r="I429" s="2">
         <v>143</v>
       </c>
       <c r="J429" s="2">
         <v>125</v>
       </c>
       <c r="K429" s="2">
         <v>100</v>
       </c>
       <c r="L429" s="2">
         <v>20</v>
       </c>
       <c r="M429" s="2">
         <v>0</v>
       </c>
       <c r="N429" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="430" spans="1:14">
       <c r="A430" s="2">
         <v>102776</v>
       </c>
       <c r="B430" s="2" t="s">
-        <v>735</v>
+        <v>732</v>
       </c>
       <c r="C430" s="2" t="s">
-        <v>736</v>
+        <v>733</v>
       </c>
       <c r="D430" s="2"/>
       <c r="E430" s="2">
         <v>7532</v>
       </c>
       <c r="F430" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G430" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H430" s="2" t="s">
         <v>1087</v>
       </c>
       <c r="I430" s="2">
         <v>143</v>
       </c>
       <c r="J430" s="2">
         <v>131</v>
       </c>
       <c r="K430" s="2">
         <v>100</v>
       </c>
       <c r="L430" s="2">
         <v>20</v>
       </c>
       <c r="M430" s="2">
         <v>0</v>
       </c>
       <c r="N430" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="431" spans="1:14">
       <c r="A431" s="2">
-        <v>107066</v>
+        <v>113190</v>
       </c>
       <c r="B431" s="2" t="s">
         <v>1088</v>
       </c>
       <c r="C431" s="2" t="s">
         <v>1089</v>
       </c>
       <c r="D431" s="2"/>
       <c r="E431" s="2">
-        <v>7577</v>
-[...1 lines deleted...]
-      <c r="F431" s="2"/>
+        <v>8002</v>
+      </c>
+      <c r="F431" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="G431" s="2" t="s">
-        <v>17</v>
+        <v>77</v>
       </c>
       <c r="H431" s="2" t="s">
-        <v>932</v>
+        <v>1090</v>
       </c>
       <c r="I431" s="2">
         <v>144</v>
       </c>
       <c r="J431" s="2">
-        <v>128</v>
+        <v>13</v>
       </c>
       <c r="K431" s="2">
         <v>100</v>
       </c>
       <c r="L431" s="2">
-        <v>20</v>
+        <v>180</v>
       </c>
       <c r="M431" s="2">
         <v>0</v>
       </c>
       <c r="N431" s="2">
-        <v>120</v>
+        <v>280</v>
       </c>
     </row>
     <row r="432" spans="1:14">
       <c r="A432" s="2">
-        <v>102824</v>
+        <v>107066</v>
       </c>
       <c r="B432" s="2" t="s">
-        <v>1090</v>
+        <v>1091</v>
       </c>
       <c r="C432" s="2" t="s">
-        <v>1091</v>
+        <v>1092</v>
       </c>
       <c r="D432" s="2"/>
       <c r="E432" s="2">
-        <v>8016</v>
-[...3 lines deleted...]
-      </c>
+        <v>7577</v>
+      </c>
+      <c r="F432" s="2"/>
       <c r="G432" s="2" t="s">
-        <v>78</v>
+        <v>17</v>
       </c>
       <c r="H432" s="2" t="s">
-        <v>1092</v>
+        <v>937</v>
       </c>
       <c r="I432" s="2">
         <v>144</v>
       </c>
       <c r="J432" s="2">
-        <v>19</v>
+        <v>128</v>
       </c>
       <c r="K432" s="2">
         <v>100</v>
       </c>
       <c r="L432" s="2">
-        <v>120</v>
+        <v>20</v>
       </c>
       <c r="M432" s="2">
         <v>0</v>
       </c>
       <c r="N432" s="2">
-        <v>220</v>
+        <v>120</v>
       </c>
     </row>
     <row r="433" spans="1:14">
       <c r="A433" s="2">
-        <v>113190</v>
+        <v>102824</v>
       </c>
       <c r="B433" s="2" t="s">
         <v>1093</v>
       </c>
       <c r="C433" s="2" t="s">
         <v>1094</v>
       </c>
       <c r="D433" s="2"/>
       <c r="E433" s="2">
-        <v>8002</v>
+        <v>8016</v>
       </c>
       <c r="F433" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G433" s="2" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="H433" s="2" t="s">
         <v>1095</v>
       </c>
       <c r="I433" s="2">
         <v>144</v>
       </c>
       <c r="J433" s="2">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="K433" s="2">
         <v>100</v>
       </c>
       <c r="L433" s="2">
-        <v>180</v>
+        <v>120</v>
       </c>
       <c r="M433" s="2">
         <v>0</v>
       </c>
       <c r="N433" s="2">
-        <v>280</v>
+        <v>220</v>
       </c>
     </row>
     <row r="434" spans="1:14">
       <c r="A434" s="2">
-        <v>107067</v>
+        <v>102825</v>
       </c>
       <c r="B434" s="2" t="s">
-        <v>1096</v>
+        <v>542</v>
       </c>
       <c r="C434" s="2" t="s">
-        <v>1097</v>
+        <v>543</v>
       </c>
       <c r="D434" s="2"/>
       <c r="E434" s="2">
-        <v>7553</v>
-[...1 lines deleted...]
-      <c r="F434" s="2"/>
+        <v>7619</v>
+      </c>
+      <c r="F434" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="G434" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H434" s="2" t="s">
-        <v>1098</v>
+        <v>1096</v>
       </c>
       <c r="I434" s="2">
         <v>145</v>
       </c>
       <c r="J434" s="2">
-        <v>129</v>
+        <v>126</v>
       </c>
       <c r="K434" s="2">
         <v>100</v>
       </c>
       <c r="L434" s="2">
         <v>20</v>
       </c>
       <c r="M434" s="2">
         <v>0</v>
       </c>
       <c r="N434" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="435" spans="1:14">
       <c r="A435" s="2">
-        <v>102825</v>
+        <v>102950</v>
       </c>
       <c r="B435" s="2" t="s">
-        <v>542</v>
+        <v>1097</v>
       </c>
       <c r="C435" s="2" t="s">
-        <v>543</v>
+        <v>1098</v>
       </c>
       <c r="D435" s="2"/>
       <c r="E435" s="2">
-        <v>7619</v>
+        <v>7113</v>
       </c>
       <c r="F435" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G435" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H435" s="2" t="s">
         <v>1099</v>
       </c>
       <c r="I435" s="2">
         <v>145</v>
       </c>
       <c r="J435" s="2">
-        <v>126</v>
+        <v>132</v>
       </c>
       <c r="K435" s="2">
         <v>100</v>
       </c>
       <c r="L435" s="2">
         <v>20</v>
       </c>
       <c r="M435" s="2">
         <v>0</v>
       </c>
       <c r="N435" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="436" spans="1:14">
       <c r="A436" s="2">
-        <v>102950</v>
+        <v>107067</v>
       </c>
       <c r="B436" s="2" t="s">
         <v>1100</v>
       </c>
       <c r="C436" s="2" t="s">
         <v>1101</v>
       </c>
       <c r="D436" s="2"/>
       <c r="E436" s="2">
-        <v>7113</v>
-[...3 lines deleted...]
-      </c>
+        <v>7553</v>
+      </c>
+      <c r="F436" s="2"/>
       <c r="G436" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H436" s="2" t="s">
         <v>1102</v>
       </c>
       <c r="I436" s="2">
         <v>145</v>
       </c>
       <c r="J436" s="2">
-        <v>132</v>
+        <v>129</v>
       </c>
       <c r="K436" s="2">
         <v>100</v>
       </c>
       <c r="L436" s="2">
         <v>20</v>
       </c>
       <c r="M436" s="2">
         <v>0</v>
       </c>
       <c r="N436" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="437" spans="1:14">
       <c r="A437" s="2">
         <v>107068</v>
       </c>
       <c r="B437" s="2" t="s">
         <v>1103</v>
       </c>
       <c r="C437" s="2" t="s">
         <v>1104</v>
       </c>
       <c r="D437" s="2"/>
@@ -24695,54 +24695,54 @@
       </c>
       <c r="I437" s="2">
         <v>146</v>
       </c>
       <c r="J437" s="2">
         <v>130</v>
       </c>
       <c r="K437" s="2">
         <v>100</v>
       </c>
       <c r="L437" s="2">
         <v>20</v>
       </c>
       <c r="M437" s="2">
         <v>0</v>
       </c>
       <c r="N437" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="438" spans="1:14">
       <c r="A438" s="2">
         <v>102826</v>
       </c>
       <c r="B438" s="2" t="s">
-        <v>898</v>
+        <v>900</v>
       </c>
       <c r="C438" s="2" t="s">
-        <v>899</v>
+        <v>901</v>
       </c>
       <c r="D438" s="2"/>
       <c r="E438" s="2">
         <v>7018</v>
       </c>
       <c r="F438" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G438" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H438" s="2" t="s">
         <v>1106</v>
       </c>
       <c r="I438" s="2">
         <v>146</v>
       </c>
       <c r="J438" s="2">
         <v>127</v>
       </c>
       <c r="K438" s="2">
         <v>100</v>
       </c>
       <c r="L438" s="2">
         <v>20</v>
@@ -24776,280 +24776,280 @@
       </c>
       <c r="H439" s="2" t="s">
         <v>1109</v>
       </c>
       <c r="I439" s="2">
         <v>146</v>
       </c>
       <c r="J439" s="2">
         <v>133</v>
       </c>
       <c r="K439" s="2">
         <v>100</v>
       </c>
       <c r="L439" s="2">
         <v>20</v>
       </c>
       <c r="M439" s="2">
         <v>0</v>
       </c>
       <c r="N439" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="440" spans="1:14">
       <c r="A440" s="2">
-        <v>107069</v>
+        <v>102838</v>
       </c>
       <c r="B440" s="2" t="s">
-        <v>1110</v>
+        <v>903</v>
       </c>
       <c r="C440" s="2" t="s">
-        <v>1111</v>
+        <v>681</v>
       </c>
       <c r="D440" s="2"/>
       <c r="E440" s="2">
-        <v>7158</v>
-[...1 lines deleted...]
-      <c r="F440" s="2"/>
+        <v>7616</v>
+      </c>
+      <c r="F440" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="G440" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H440" s="2" t="s">
-        <v>1112</v>
+        <v>1110</v>
       </c>
       <c r="I440" s="2">
         <v>147</v>
       </c>
       <c r="J440" s="2">
-        <v>131</v>
+        <v>134</v>
       </c>
       <c r="K440" s="2">
         <v>100</v>
       </c>
       <c r="L440" s="2">
         <v>20</v>
       </c>
       <c r="M440" s="2">
         <v>0</v>
       </c>
       <c r="N440" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="441" spans="1:14">
       <c r="A441" s="2">
-        <v>102827</v>
+        <v>107069</v>
       </c>
       <c r="B441" s="2" t="s">
-        <v>1113</v>
+        <v>1111</v>
       </c>
       <c r="C441" s="2" t="s">
-        <v>1114</v>
+        <v>1112</v>
       </c>
       <c r="D441" s="2"/>
       <c r="E441" s="2">
-        <v>7066</v>
-[...3 lines deleted...]
-      </c>
+        <v>7158</v>
+      </c>
+      <c r="F441" s="2"/>
       <c r="G441" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H441" s="2" t="s">
-        <v>1115</v>
+        <v>1113</v>
       </c>
       <c r="I441" s="2">
         <v>147</v>
       </c>
       <c r="J441" s="2">
-        <v>128</v>
+        <v>131</v>
       </c>
       <c r="K441" s="2">
         <v>100</v>
       </c>
       <c r="L441" s="2">
         <v>20</v>
       </c>
       <c r="M441" s="2">
         <v>0</v>
       </c>
       <c r="N441" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="442" spans="1:14">
       <c r="A442" s="2">
-        <v>102838</v>
+        <v>102827</v>
       </c>
       <c r="B442" s="2" t="s">
-        <v>903</v>
+        <v>1114</v>
       </c>
       <c r="C442" s="2" t="s">
-        <v>684</v>
+        <v>1115</v>
       </c>
       <c r="D442" s="2"/>
       <c r="E442" s="2">
-        <v>7616</v>
+        <v>7066</v>
       </c>
       <c r="F442" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G442" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H442" s="2" t="s">
         <v>1116</v>
       </c>
       <c r="I442" s="2">
         <v>147</v>
       </c>
       <c r="J442" s="2">
-        <v>134</v>
+        <v>128</v>
       </c>
       <c r="K442" s="2">
         <v>100</v>
       </c>
       <c r="L442" s="2">
         <v>20</v>
       </c>
       <c r="M442" s="2">
         <v>0</v>
       </c>
       <c r="N442" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="443" spans="1:14">
       <c r="A443" s="2">
-        <v>107070</v>
+        <v>113368</v>
       </c>
       <c r="B443" s="2" t="s">
         <v>1117</v>
       </c>
-      <c r="C443" s="2"/>
+      <c r="C443" s="2" t="s">
+        <v>1118</v>
+      </c>
       <c r="D443" s="2"/>
       <c r="E443" s="2">
-        <v>7052</v>
-[...1 lines deleted...]
-      <c r="F443" s="2"/>
+        <v>7513</v>
+      </c>
+      <c r="F443" s="2" t="s">
+        <v>1119</v>
+      </c>
       <c r="G443" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H443" s="2" t="s">
-        <v>1118</v>
+        <v>1120</v>
       </c>
       <c r="I443" s="2">
         <v>148</v>
       </c>
       <c r="J443" s="2">
-        <v>132</v>
+        <v>135</v>
       </c>
       <c r="K443" s="2">
         <v>100</v>
       </c>
       <c r="L443" s="2">
         <v>20</v>
       </c>
       <c r="M443" s="2">
         <v>0</v>
       </c>
       <c r="N443" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="444" spans="1:14">
       <c r="A444" s="2">
         <v>102828</v>
       </c>
       <c r="B444" s="2" t="s">
-        <v>1119</v>
+        <v>1121</v>
       </c>
       <c r="C444" s="2" t="s">
-        <v>1120</v>
+        <v>1122</v>
       </c>
       <c r="D444" s="2"/>
       <c r="E444" s="2">
         <v>7143</v>
       </c>
       <c r="F444" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G444" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H444" s="2" t="s">
-        <v>1121</v>
+        <v>1123</v>
       </c>
       <c r="I444" s="2">
         <v>148</v>
       </c>
       <c r="J444" s="2">
         <v>129</v>
       </c>
       <c r="K444" s="2">
         <v>100</v>
       </c>
       <c r="L444" s="2">
         <v>20</v>
       </c>
       <c r="M444" s="2">
         <v>0</v>
       </c>
       <c r="N444" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="445" spans="1:14">
       <c r="A445" s="2">
-        <v>113368</v>
+        <v>107070</v>
       </c>
       <c r="B445" s="2" t="s">
-        <v>1122</v>
-[...3 lines deleted...]
-      </c>
+        <v>1124</v>
+      </c>
+      <c r="C445" s="2"/>
       <c r="D445" s="2"/>
       <c r="E445" s="2">
-        <v>7513</v>
-[...3 lines deleted...]
-      </c>
+        <v>7052</v>
+      </c>
+      <c r="F445" s="2"/>
       <c r="G445" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H445" s="2" t="s">
         <v>1125</v>
       </c>
       <c r="I445" s="2">
         <v>148</v>
       </c>
       <c r="J445" s="2">
-        <v>135</v>
+        <v>132</v>
       </c>
       <c r="K445" s="2">
         <v>100</v>
       </c>
       <c r="L445" s="2">
         <v>20</v>
       </c>
       <c r="M445" s="2">
         <v>0</v>
       </c>
       <c r="N445" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="446" spans="1:14">
       <c r="A446" s="2">
         <v>102724</v>
       </c>
       <c r="B446" s="2" t="s">
         <v>360</v>
       </c>
       <c r="C446" s="2" t="s">
         <v>361</v>
       </c>
       <c r="D446" s="2"/>
@@ -25148,158 +25148,158 @@
       </c>
       <c r="H448" s="2" t="s">
         <v>1132</v>
       </c>
       <c r="I448" s="2">
         <v>149</v>
       </c>
       <c r="J448" s="2">
         <v>130</v>
       </c>
       <c r="K448" s="2">
         <v>100</v>
       </c>
       <c r="L448" s="2">
         <v>20</v>
       </c>
       <c r="M448" s="2">
         <v>0</v>
       </c>
       <c r="N448" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="449" spans="1:14">
       <c r="A449" s="2">
-        <v>102830</v>
+        <v>107072</v>
       </c>
       <c r="B449" s="2" t="s">
-        <v>743</v>
+        <v>1133</v>
       </c>
       <c r="C449" s="2" t="s">
-        <v>828</v>
+        <v>961</v>
       </c>
       <c r="D449" s="2"/>
       <c r="E449" s="2">
-        <v>7540</v>
-[...3 lines deleted...]
-      </c>
+        <v>7174</v>
+      </c>
+      <c r="F449" s="2"/>
       <c r="G449" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H449" s="2" t="s">
-        <v>1133</v>
+        <v>1134</v>
       </c>
       <c r="I449" s="2">
         <v>150</v>
       </c>
       <c r="J449" s="2">
-        <v>131</v>
+        <v>134</v>
       </c>
       <c r="K449" s="2">
         <v>100</v>
       </c>
       <c r="L449" s="2">
         <v>20</v>
       </c>
       <c r="M449" s="2">
         <v>0</v>
       </c>
       <c r="N449" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="450" spans="1:14">
       <c r="A450" s="2">
-        <v>107072</v>
+        <v>113196</v>
       </c>
       <c r="B450" s="2" t="s">
-        <v>1134</v>
+        <v>1135</v>
       </c>
       <c r="C450" s="2" t="s">
-        <v>966</v>
+        <v>1136</v>
       </c>
       <c r="D450" s="2"/>
       <c r="E450" s="2">
-        <v>7174</v>
-[...1 lines deleted...]
-      <c r="F450" s="2"/>
+        <v>7124</v>
+      </c>
+      <c r="F450" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="G450" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H450" s="2" t="s">
-        <v>1135</v>
+        <v>1137</v>
       </c>
       <c r="I450" s="2">
         <v>150</v>
       </c>
       <c r="J450" s="2">
-        <v>134</v>
+        <v>137</v>
       </c>
       <c r="K450" s="2">
         <v>100</v>
       </c>
       <c r="L450" s="2">
         <v>20</v>
       </c>
       <c r="M450" s="2">
         <v>0</v>
       </c>
       <c r="N450" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="451" spans="1:14">
       <c r="A451" s="2">
-        <v>113196</v>
+        <v>102830</v>
       </c>
       <c r="B451" s="2" t="s">
-        <v>1136</v>
+        <v>743</v>
       </c>
       <c r="C451" s="2" t="s">
-        <v>1137</v>
+        <v>828</v>
       </c>
       <c r="D451" s="2"/>
       <c r="E451" s="2">
-        <v>7124</v>
+        <v>7540</v>
       </c>
       <c r="F451" s="2" t="s">
-        <v>29</v>
+        <v>48</v>
       </c>
       <c r="G451" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H451" s="2" t="s">
         <v>1138</v>
       </c>
       <c r="I451" s="2">
         <v>150</v>
       </c>
       <c r="J451" s="2">
-        <v>137</v>
+        <v>131</v>
       </c>
       <c r="K451" s="2">
         <v>100</v>
       </c>
       <c r="L451" s="2">
         <v>20</v>
       </c>
       <c r="M451" s="2">
         <v>0</v>
       </c>
       <c r="N451" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="452" spans="1:14">
       <c r="A452" s="2">
         <v>102831</v>
       </c>
       <c r="B452" s="2" t="s">
         <v>1139</v>
       </c>
       <c r="C452" s="2" t="s">
         <v>1140</v>
       </c>
       <c r="D452" s="2"/>
@@ -25317,237 +25317,237 @@
       </c>
       <c r="I452" s="2">
         <v>151</v>
       </c>
       <c r="J452" s="2">
         <v>132</v>
       </c>
       <c r="K452" s="2">
         <v>100</v>
       </c>
       <c r="L452" s="2">
         <v>20</v>
       </c>
       <c r="M452" s="2">
         <v>0</v>
       </c>
       <c r="N452" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="453" spans="1:14">
       <c r="A453" s="2">
         <v>107073</v>
       </c>
       <c r="B453" s="2" t="s">
-        <v>579</v>
+        <v>581</v>
       </c>
       <c r="C453" s="2" t="s">
-        <v>885</v>
+        <v>883</v>
       </c>
       <c r="D453" s="2"/>
       <c r="E453" s="2">
         <v>7192</v>
       </c>
       <c r="F453" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G453" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H453" s="2" t="s">
         <v>1142</v>
       </c>
       <c r="I453" s="2">
         <v>151</v>
       </c>
       <c r="J453" s="2">
         <v>135</v>
       </c>
       <c r="K453" s="2">
         <v>100</v>
       </c>
       <c r="L453" s="2">
         <v>20</v>
       </c>
       <c r="M453" s="2">
         <v>0</v>
       </c>
       <c r="N453" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="454" spans="1:14">
       <c r="A454" s="2">
-        <v>107074</v>
+        <v>102832</v>
       </c>
       <c r="B454" s="2" t="s">
         <v>1143</v>
       </c>
       <c r="C454" s="2" t="s">
         <v>1144</v>
       </c>
       <c r="D454" s="2"/>
       <c r="E454" s="2">
-        <v>7103</v>
-[...1 lines deleted...]
-      <c r="F454" s="2"/>
+        <v>7161</v>
+      </c>
+      <c r="F454" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="G454" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H454" s="2" t="s">
         <v>1145</v>
       </c>
       <c r="I454" s="2">
         <v>152</v>
       </c>
       <c r="J454" s="2">
-        <v>136</v>
+        <v>133</v>
       </c>
       <c r="K454" s="2">
         <v>100</v>
       </c>
       <c r="L454" s="2">
         <v>20</v>
       </c>
       <c r="M454" s="2">
         <v>0</v>
       </c>
       <c r="N454" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="455" spans="1:14">
       <c r="A455" s="2">
-        <v>102832</v>
+        <v>107074</v>
       </c>
       <c r="B455" s="2" t="s">
         <v>1146</v>
       </c>
       <c r="C455" s="2" t="s">
         <v>1147</v>
       </c>
       <c r="D455" s="2"/>
       <c r="E455" s="2">
-        <v>7161</v>
-[...3 lines deleted...]
-      </c>
+        <v>7103</v>
+      </c>
+      <c r="F455" s="2"/>
       <c r="G455" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H455" s="2" t="s">
         <v>1148</v>
       </c>
       <c r="I455" s="2">
         <v>152</v>
       </c>
       <c r="J455" s="2">
-        <v>133</v>
+        <v>136</v>
       </c>
       <c r="K455" s="2">
         <v>100</v>
       </c>
       <c r="L455" s="2">
         <v>20</v>
       </c>
       <c r="M455" s="2">
         <v>0</v>
       </c>
       <c r="N455" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="456" spans="1:14">
       <c r="A456" s="2">
-        <v>107075</v>
+        <v>100735</v>
       </c>
       <c r="B456" s="2" t="s">
-        <v>243</v>
+        <v>1149</v>
       </c>
       <c r="C456" s="2" t="s">
-        <v>1149</v>
+        <v>1150</v>
       </c>
       <c r="D456" s="2"/>
       <c r="E456" s="2">
-        <v>7064</v>
-[...1 lines deleted...]
-      <c r="F456" s="2"/>
+        <v>7084</v>
+      </c>
+      <c r="F456" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="G456" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H456" s="2" t="s">
-        <v>1150</v>
+        <v>1151</v>
       </c>
       <c r="I456" s="2">
         <v>153</v>
       </c>
       <c r="J456" s="2">
-        <v>137</v>
+        <v>134</v>
       </c>
       <c r="K456" s="2">
         <v>100</v>
       </c>
       <c r="L456" s="2">
         <v>20</v>
       </c>
       <c r="M456" s="2">
         <v>0</v>
       </c>
       <c r="N456" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="457" spans="1:14">
       <c r="A457" s="2">
-        <v>100735</v>
+        <v>107075</v>
       </c>
       <c r="B457" s="2" t="s">
-        <v>1151</v>
+        <v>240</v>
       </c>
       <c r="C457" s="2" t="s">
         <v>1152</v>
       </c>
       <c r="D457" s="2"/>
       <c r="E457" s="2">
-        <v>7084</v>
-[...3 lines deleted...]
-      </c>
+        <v>7064</v>
+      </c>
+      <c r="F457" s="2"/>
       <c r="G457" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H457" s="2" t="s">
         <v>1153</v>
       </c>
       <c r="I457" s="2">
         <v>153</v>
       </c>
       <c r="J457" s="2">
-        <v>134</v>
+        <v>137</v>
       </c>
       <c r="K457" s="2">
         <v>100</v>
       </c>
       <c r="L457" s="2">
         <v>20</v>
       </c>
       <c r="M457" s="2">
         <v>0</v>
       </c>
       <c r="N457" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="458" spans="1:14">
       <c r="A458" s="2">
         <v>101034</v>
       </c>
       <c r="B458" s="2" t="s">
         <v>1154</v>
       </c>
       <c r="C458" s="2" t="s">
         <v>1155</v>
       </c>
       <c r="D458" s="2"/>
@@ -25731,590 +25731,590 @@
       </c>
       <c r="I462" s="2">
         <v>156</v>
       </c>
       <c r="J462" s="2">
         <v>140</v>
       </c>
       <c r="K462" s="2">
         <v>100</v>
       </c>
       <c r="L462" s="2">
         <v>20</v>
       </c>
       <c r="M462" s="2">
         <v>0</v>
       </c>
       <c r="N462" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="463" spans="1:14">
       <c r="A463" s="2">
         <v>102836</v>
       </c>
       <c r="B463" s="2" t="s">
-        <v>941</v>
+        <v>938</v>
       </c>
       <c r="C463" s="2" t="s">
-        <v>942</v>
+        <v>939</v>
       </c>
       <c r="D463" s="2"/>
       <c r="E463" s="2">
         <v>7144</v>
       </c>
       <c r="F463" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G463" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H463" s="2" t="s">
         <v>1166</v>
       </c>
       <c r="I463" s="2">
         <v>156</v>
       </c>
       <c r="J463" s="2">
         <v>137</v>
       </c>
       <c r="K463" s="2">
         <v>100</v>
       </c>
       <c r="L463" s="2">
         <v>20</v>
       </c>
       <c r="M463" s="2">
         <v>0</v>
       </c>
       <c r="N463" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="464" spans="1:14">
       <c r="A464" s="2">
-        <v>107079</v>
+        <v>102837</v>
       </c>
       <c r="B464" s="2" t="s">
         <v>1167</v>
       </c>
       <c r="C464" s="2" t="s">
         <v>1168</v>
       </c>
       <c r="D464" s="2"/>
       <c r="E464" s="2">
-        <v>7604</v>
-[...1 lines deleted...]
-      <c r="F464" s="2"/>
+        <v>8035</v>
+      </c>
+      <c r="F464" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="G464" s="2" t="s">
-        <v>17</v>
+        <v>77</v>
       </c>
       <c r="H464" s="2" t="s">
         <v>1169</v>
       </c>
       <c r="I464" s="2">
         <v>157</v>
       </c>
       <c r="J464" s="2">
-        <v>141</v>
+        <v>20</v>
       </c>
       <c r="K464" s="2">
         <v>100</v>
       </c>
       <c r="L464" s="2">
-        <v>20</v>
+        <v>110</v>
       </c>
       <c r="M464" s="2">
         <v>0</v>
       </c>
       <c r="N464" s="2">
-        <v>120</v>
+        <v>210</v>
       </c>
     </row>
     <row r="465" spans="1:14">
       <c r="A465" s="2">
-        <v>102837</v>
+        <v>107079</v>
       </c>
       <c r="B465" s="2" t="s">
         <v>1170</v>
       </c>
       <c r="C465" s="2" t="s">
         <v>1171</v>
       </c>
       <c r="D465" s="2"/>
       <c r="E465" s="2">
-        <v>8035</v>
-[...3 lines deleted...]
-      </c>
+        <v>7604</v>
+      </c>
+      <c r="F465" s="2"/>
       <c r="G465" s="2" t="s">
-        <v>78</v>
+        <v>17</v>
       </c>
       <c r="H465" s="2" t="s">
         <v>1172</v>
       </c>
       <c r="I465" s="2">
         <v>157</v>
       </c>
       <c r="J465" s="2">
-        <v>20</v>
+        <v>141</v>
       </c>
       <c r="K465" s="2">
         <v>100</v>
       </c>
       <c r="L465" s="2">
-        <v>110</v>
+        <v>20</v>
       </c>
       <c r="M465" s="2">
         <v>0</v>
       </c>
       <c r="N465" s="2">
-        <v>210</v>
+        <v>120</v>
       </c>
     </row>
     <row r="466" spans="1:14">
       <c r="A466" s="2">
-        <v>107080</v>
+        <v>102838</v>
       </c>
       <c r="B466" s="2" t="s">
-        <v>459</v>
+        <v>903</v>
       </c>
       <c r="C466" s="2" t="s">
-        <v>460</v>
+        <v>681</v>
       </c>
       <c r="D466" s="2"/>
       <c r="E466" s="2">
-        <v>7183</v>
+        <v>7601</v>
       </c>
       <c r="F466" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G466" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H466" s="2" t="s">
         <v>1173</v>
       </c>
       <c r="I466" s="2">
         <v>158</v>
       </c>
       <c r="J466" s="2">
-        <v>142</v>
+        <v>138</v>
       </c>
       <c r="K466" s="2">
         <v>100</v>
       </c>
       <c r="L466" s="2">
         <v>20</v>
       </c>
       <c r="M466" s="2">
         <v>0</v>
       </c>
       <c r="N466" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="467" spans="1:14">
       <c r="A467" s="2">
-        <v>102838</v>
+        <v>107080</v>
       </c>
       <c r="B467" s="2" t="s">
-        <v>903</v>
+        <v>459</v>
       </c>
       <c r="C467" s="2" t="s">
-        <v>684</v>
+        <v>460</v>
       </c>
       <c r="D467" s="2"/>
       <c r="E467" s="2">
-        <v>7601</v>
+        <v>7183</v>
       </c>
       <c r="F467" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G467" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H467" s="2" t="s">
         <v>1174</v>
       </c>
       <c r="I467" s="2">
         <v>158</v>
       </c>
       <c r="J467" s="2">
-        <v>138</v>
+        <v>142</v>
       </c>
       <c r="K467" s="2">
         <v>100</v>
       </c>
       <c r="L467" s="2">
         <v>20</v>
       </c>
       <c r="M467" s="2">
         <v>0</v>
       </c>
       <c r="N467" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="468" spans="1:14">
       <c r="A468" s="2">
-        <v>100997</v>
+        <v>107081</v>
       </c>
       <c r="B468" s="2" t="s">
-        <v>712</v>
+        <v>1175</v>
       </c>
       <c r="C468" s="2" t="s">
-        <v>1175</v>
+        <v>1176</v>
       </c>
       <c r="D468" s="2"/>
       <c r="E468" s="2">
-        <v>7573</v>
-[...3 lines deleted...]
-      </c>
+        <v>7012</v>
+      </c>
+      <c r="F468" s="2"/>
       <c r="G468" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H468" s="2" t="s">
-        <v>1176</v>
+        <v>1177</v>
       </c>
       <c r="I468" s="2">
         <v>159</v>
       </c>
       <c r="J468" s="2">
-        <v>139</v>
+        <v>143</v>
       </c>
       <c r="K468" s="2">
         <v>100</v>
       </c>
       <c r="L468" s="2">
         <v>20</v>
       </c>
       <c r="M468" s="2">
         <v>0</v>
       </c>
       <c r="N468" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="469" spans="1:14">
       <c r="A469" s="2">
-        <v>107081</v>
+        <v>100997</v>
       </c>
       <c r="B469" s="2" t="s">
-        <v>1177</v>
+        <v>712</v>
       </c>
       <c r="C469" s="2" t="s">
         <v>1178</v>
       </c>
       <c r="D469" s="2"/>
       <c r="E469" s="2">
-        <v>7012</v>
-[...1 lines deleted...]
-      <c r="F469" s="2"/>
+        <v>7573</v>
+      </c>
+      <c r="F469" s="2" t="s">
+        <v>25</v>
+      </c>
       <c r="G469" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H469" s="2" t="s">
         <v>1179</v>
       </c>
       <c r="I469" s="2">
         <v>159</v>
       </c>
       <c r="J469" s="2">
-        <v>143</v>
+        <v>139</v>
       </c>
       <c r="K469" s="2">
         <v>100</v>
       </c>
       <c r="L469" s="2">
         <v>20</v>
       </c>
       <c r="M469" s="2">
         <v>0</v>
       </c>
       <c r="N469" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="470" spans="1:14">
       <c r="A470" s="2">
-        <v>102840</v>
+        <v>107082</v>
       </c>
       <c r="B470" s="2" t="s">
-        <v>719</v>
+        <v>1180</v>
       </c>
       <c r="C470" s="2" t="s">
-        <v>720</v>
+        <v>1181</v>
       </c>
       <c r="D470" s="2"/>
       <c r="E470" s="2">
-        <v>7561</v>
-[...3 lines deleted...]
-      </c>
+        <v>8011</v>
+      </c>
+      <c r="F470" s="2"/>
       <c r="G470" s="2" t="s">
-        <v>17</v>
+        <v>77</v>
       </c>
       <c r="H470" s="2" t="s">
-        <v>1180</v>
+        <v>1182</v>
       </c>
       <c r="I470" s="2">
         <v>160</v>
       </c>
       <c r="J470" s="2">
+        <v>17</v>
+      </c>
+      <c r="K470" s="2">
+        <v>100</v>
+      </c>
+      <c r="L470" s="2">
         <v>140</v>
       </c>
-      <c r="K470" s="2">
-[...4 lines deleted...]
-      </c>
       <c r="M470" s="2">
         <v>0</v>
       </c>
       <c r="N470" s="2">
-        <v>120</v>
+        <v>240</v>
       </c>
     </row>
     <row r="471" spans="1:14">
       <c r="A471" s="2">
-        <v>107082</v>
+        <v>102840</v>
       </c>
       <c r="B471" s="2" t="s">
-        <v>1181</v>
+        <v>718</v>
       </c>
       <c r="C471" s="2" t="s">
-        <v>1182</v>
+        <v>719</v>
       </c>
       <c r="D471" s="2"/>
       <c r="E471" s="2">
-        <v>8011</v>
-[...1 lines deleted...]
-      <c r="F471" s="2"/>
+        <v>7561</v>
+      </c>
+      <c r="F471" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="G471" s="2" t="s">
-        <v>78</v>
+        <v>17</v>
       </c>
       <c r="H471" s="2" t="s">
         <v>1183</v>
       </c>
       <c r="I471" s="2">
         <v>160</v>
       </c>
       <c r="J471" s="2">
-        <v>17</v>
+        <v>140</v>
       </c>
       <c r="K471" s="2">
         <v>100</v>
       </c>
       <c r="L471" s="2">
-        <v>140</v>
+        <v>20</v>
       </c>
       <c r="M471" s="2">
         <v>0</v>
       </c>
       <c r="N471" s="2">
-        <v>240</v>
+        <v>120</v>
       </c>
     </row>
     <row r="472" spans="1:14">
       <c r="A472" s="2">
-        <v>107083</v>
+        <v>102841</v>
       </c>
       <c r="B472" s="2" t="s">
         <v>1184</v>
       </c>
       <c r="C472" s="2" t="s">
         <v>1185</v>
       </c>
       <c r="D472" s="2"/>
       <c r="E472" s="2">
-        <v>8020</v>
-[...1 lines deleted...]
-      <c r="F472" s="2"/>
+        <v>7109</v>
+      </c>
+      <c r="F472" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="G472" s="2" t="s">
-        <v>78</v>
+        <v>17</v>
       </c>
       <c r="H472" s="2" t="s">
         <v>1186</v>
       </c>
       <c r="I472" s="2">
         <v>161</v>
       </c>
       <c r="J472" s="2">
-        <v>18</v>
+        <v>141</v>
       </c>
       <c r="K472" s="2">
         <v>100</v>
       </c>
       <c r="L472" s="2">
-        <v>130</v>
+        <v>20</v>
       </c>
       <c r="M472" s="2">
         <v>0</v>
       </c>
       <c r="N472" s="2">
-        <v>230</v>
+        <v>120</v>
       </c>
     </row>
     <row r="473" spans="1:14">
       <c r="A473" s="2">
-        <v>102841</v>
+        <v>107083</v>
       </c>
       <c r="B473" s="2" t="s">
         <v>1187</v>
       </c>
       <c r="C473" s="2" t="s">
         <v>1188</v>
       </c>
       <c r="D473" s="2"/>
       <c r="E473" s="2">
-        <v>7109</v>
-[...3 lines deleted...]
-      </c>
+        <v>8020</v>
+      </c>
+      <c r="F473" s="2"/>
       <c r="G473" s="2" t="s">
-        <v>17</v>
+        <v>77</v>
       </c>
       <c r="H473" s="2" t="s">
         <v>1189</v>
       </c>
       <c r="I473" s="2">
         <v>161</v>
       </c>
       <c r="J473" s="2">
-        <v>141</v>
+        <v>18</v>
       </c>
       <c r="K473" s="2">
         <v>100</v>
       </c>
       <c r="L473" s="2">
-        <v>20</v>
+        <v>130</v>
       </c>
       <c r="M473" s="2">
         <v>0</v>
       </c>
       <c r="N473" s="2">
-        <v>120</v>
+        <v>230</v>
       </c>
     </row>
     <row r="474" spans="1:14">
       <c r="A474" s="2">
-        <v>107084</v>
+        <v>102842</v>
       </c>
       <c r="B474" s="2" t="s">
         <v>1190</v>
       </c>
       <c r="C474" s="2" t="s">
         <v>1191</v>
       </c>
       <c r="D474" s="2"/>
       <c r="E474" s="2">
-        <v>7083</v>
-[...1 lines deleted...]
-      <c r="F474" s="2"/>
+        <v>7119</v>
+      </c>
+      <c r="F474" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="G474" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H474" s="2" t="s">
         <v>1192</v>
       </c>
       <c r="I474" s="2">
         <v>162</v>
       </c>
       <c r="J474" s="2">
-        <v>144</v>
+        <v>142</v>
       </c>
       <c r="K474" s="2">
         <v>100</v>
       </c>
       <c r="L474" s="2">
         <v>20</v>
       </c>
       <c r="M474" s="2">
         <v>0</v>
       </c>
       <c r="N474" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="475" spans="1:14">
       <c r="A475" s="2">
-        <v>102842</v>
+        <v>107084</v>
       </c>
       <c r="B475" s="2" t="s">
         <v>1193</v>
       </c>
       <c r="C475" s="2" t="s">
         <v>1194</v>
       </c>
       <c r="D475" s="2"/>
       <c r="E475" s="2">
-        <v>7119</v>
-[...3 lines deleted...]
-      </c>
+        <v>7083</v>
+      </c>
+      <c r="F475" s="2"/>
       <c r="G475" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H475" s="2" t="s">
         <v>1195</v>
       </c>
       <c r="I475" s="2">
         <v>162</v>
       </c>
       <c r="J475" s="2">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="K475" s="2">
         <v>100</v>
       </c>
       <c r="L475" s="2">
         <v>20</v>
       </c>
       <c r="M475" s="2">
         <v>0</v>
       </c>
       <c r="N475" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="476" spans="1:14">
       <c r="A476" s="2">
         <v>102843</v>
       </c>
       <c r="B476" s="2" t="s">
-        <v>989</v>
+        <v>985</v>
       </c>
       <c r="C476" s="2" t="s">
-        <v>990</v>
+        <v>986</v>
       </c>
       <c r="D476" s="2"/>
       <c r="E476" s="2">
         <v>7121</v>
       </c>
       <c r="F476" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G476" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H476" s="2" t="s">
         <v>1196</v>
       </c>
       <c r="I476" s="2">
         <v>163</v>
       </c>
       <c r="J476" s="2">
         <v>143</v>
       </c>
       <c r="K476" s="2">
         <v>100</v>
       </c>
       <c r="L476" s="2">
         <v>20</v>
@@ -26364,1121 +26364,1121 @@
       <c r="M477" s="2">
         <v>0</v>
       </c>
       <c r="N477" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="478" spans="1:14">
       <c r="A478" s="2">
         <v>102844</v>
       </c>
       <c r="B478" s="2" t="s">
         <v>1198</v>
       </c>
       <c r="C478" s="2" t="s">
         <v>1199</v>
       </c>
       <c r="D478" s="2"/>
       <c r="E478" s="2">
         <v>8026</v>
       </c>
       <c r="F478" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G478" s="2" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="H478" s="2" t="s">
         <v>1200</v>
       </c>
       <c r="I478" s="2">
         <v>164</v>
       </c>
       <c r="J478" s="2">
         <v>21</v>
       </c>
       <c r="K478" s="2">
         <v>100</v>
       </c>
       <c r="L478" s="2">
         <v>100</v>
       </c>
       <c r="M478" s="2">
         <v>0</v>
       </c>
       <c r="N478" s="2">
         <v>200</v>
       </c>
     </row>
     <row r="479" spans="1:14">
       <c r="A479" s="2">
         <v>102826</v>
       </c>
       <c r="B479" s="2" t="s">
-        <v>898</v>
+        <v>900</v>
       </c>
       <c r="C479" s="2" t="s">
-        <v>899</v>
+        <v>901</v>
       </c>
       <c r="D479" s="2"/>
       <c r="E479" s="2">
         <v>7077</v>
       </c>
       <c r="F479" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G479" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H479" s="2" t="s">
-        <v>1138</v>
+        <v>1137</v>
       </c>
       <c r="I479" s="2">
         <v>164</v>
       </c>
       <c r="J479" s="2">
         <v>146</v>
       </c>
       <c r="K479" s="2">
         <v>100</v>
       </c>
       <c r="L479" s="2">
         <v>20</v>
       </c>
       <c r="M479" s="2">
         <v>0</v>
       </c>
       <c r="N479" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="480" spans="1:14">
       <c r="A480" s="2">
-        <v>102845</v>
+        <v>107087</v>
       </c>
       <c r="B480" s="2" t="s">
         <v>1201</v>
       </c>
       <c r="C480" s="2" t="s">
         <v>1202</v>
       </c>
       <c r="D480" s="2"/>
       <c r="E480" s="2">
-        <v>7126</v>
-[...3 lines deleted...]
-      </c>
+        <v>7195</v>
+      </c>
+      <c r="F480" s="2"/>
       <c r="G480" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H480" s="2" t="s">
         <v>1203</v>
       </c>
       <c r="I480" s="2">
         <v>165</v>
       </c>
       <c r="J480" s="2">
-        <v>144</v>
+        <v>147</v>
       </c>
       <c r="K480" s="2">
         <v>100</v>
       </c>
       <c r="L480" s="2">
         <v>20</v>
       </c>
       <c r="M480" s="2">
         <v>0</v>
       </c>
       <c r="N480" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="481" spans="1:14">
       <c r="A481" s="2">
-        <v>107087</v>
+        <v>102845</v>
       </c>
       <c r="B481" s="2" t="s">
         <v>1204</v>
       </c>
       <c r="C481" s="2" t="s">
         <v>1205</v>
       </c>
       <c r="D481" s="2"/>
       <c r="E481" s="2">
-        <v>7195</v>
-[...1 lines deleted...]
-      <c r="F481" s="2"/>
+        <v>7126</v>
+      </c>
+      <c r="F481" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="G481" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H481" s="2" t="s">
         <v>1206</v>
       </c>
       <c r="I481" s="2">
         <v>165</v>
       </c>
       <c r="J481" s="2">
-        <v>147</v>
+        <v>144</v>
       </c>
       <c r="K481" s="2">
         <v>100</v>
       </c>
       <c r="L481" s="2">
         <v>20</v>
       </c>
       <c r="M481" s="2">
         <v>0</v>
       </c>
       <c r="N481" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="482" spans="1:14">
       <c r="A482" s="2">
-        <v>102846</v>
+        <v>102797</v>
       </c>
       <c r="B482" s="2" t="s">
-        <v>1207</v>
+        <v>873</v>
       </c>
       <c r="C482" s="2" t="s">
-        <v>1208</v>
+        <v>874</v>
       </c>
       <c r="D482" s="2"/>
       <c r="E482" s="2">
-        <v>7615</v>
+        <v>8013</v>
       </c>
       <c r="F482" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G482" s="2" t="s">
-        <v>17</v>
+        <v>77</v>
       </c>
       <c r="H482" s="2" t="s">
-        <v>984</v>
+        <v>1207</v>
       </c>
       <c r="I482" s="2">
         <v>166</v>
       </c>
       <c r="J482" s="2">
-        <v>145</v>
+        <v>19</v>
       </c>
       <c r="K482" s="2">
         <v>100</v>
       </c>
       <c r="L482" s="2">
-        <v>20</v>
+        <v>120</v>
       </c>
       <c r="M482" s="2">
         <v>0</v>
       </c>
       <c r="N482" s="2">
-        <v>120</v>
+        <v>220</v>
       </c>
     </row>
     <row r="483" spans="1:14">
       <c r="A483" s="2">
-        <v>102797</v>
+        <v>102846</v>
       </c>
       <c r="B483" s="2" t="s">
-        <v>873</v>
+        <v>1208</v>
       </c>
       <c r="C483" s="2" t="s">
-        <v>874</v>
+        <v>1209</v>
       </c>
       <c r="D483" s="2"/>
       <c r="E483" s="2">
-        <v>8013</v>
+        <v>7615</v>
       </c>
       <c r="F483" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G483" s="2" t="s">
-        <v>78</v>
+        <v>17</v>
       </c>
       <c r="H483" s="2" t="s">
-        <v>1209</v>
+        <v>984</v>
       </c>
       <c r="I483" s="2">
         <v>166</v>
       </c>
       <c r="J483" s="2">
-        <v>19</v>
+        <v>145</v>
       </c>
       <c r="K483" s="2">
         <v>100</v>
       </c>
       <c r="L483" s="2">
-        <v>120</v>
+        <v>20</v>
       </c>
       <c r="M483" s="2">
         <v>0</v>
       </c>
       <c r="N483" s="2">
-        <v>220</v>
+        <v>120</v>
       </c>
     </row>
     <row r="484" spans="1:14">
       <c r="A484" s="2">
-        <v>107089</v>
+        <v>101975</v>
       </c>
       <c r="B484" s="2" t="s">
-        <v>1210</v>
+        <v>413</v>
       </c>
       <c r="C484" s="2" t="s">
-        <v>1211</v>
+        <v>414</v>
       </c>
       <c r="D484" s="2"/>
       <c r="E484" s="2">
-        <v>7110</v>
-[...1 lines deleted...]
-      <c r="F484" s="2"/>
+        <v>7124</v>
+      </c>
+      <c r="F484" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="G484" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H484" s="2" t="s">
-        <v>1212</v>
+        <v>1210</v>
       </c>
       <c r="I484" s="2">
         <v>167</v>
       </c>
       <c r="J484" s="2">
-        <v>148</v>
+        <v>146</v>
       </c>
       <c r="K484" s="2">
         <v>100</v>
       </c>
       <c r="L484" s="2">
         <v>20</v>
       </c>
       <c r="M484" s="2">
         <v>0</v>
       </c>
       <c r="N484" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="485" spans="1:14">
       <c r="A485" s="2">
-        <v>101975</v>
+        <v>107089</v>
       </c>
       <c r="B485" s="2" t="s">
-        <v>413</v>
+        <v>1211</v>
       </c>
       <c r="C485" s="2" t="s">
-        <v>414</v>
+        <v>1212</v>
       </c>
       <c r="D485" s="2"/>
       <c r="E485" s="2">
-        <v>7124</v>
-[...3 lines deleted...]
-      </c>
+        <v>7110</v>
+      </c>
+      <c r="F485" s="2"/>
       <c r="G485" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H485" s="2" t="s">
         <v>1213</v>
       </c>
       <c r="I485" s="2">
         <v>167</v>
       </c>
       <c r="J485" s="2">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="K485" s="2">
         <v>100</v>
       </c>
       <c r="L485" s="2">
         <v>20</v>
       </c>
       <c r="M485" s="2">
         <v>0</v>
       </c>
       <c r="N485" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="486" spans="1:14">
       <c r="A486" s="2">
-        <v>107090</v>
+        <v>102848</v>
       </c>
       <c r="B486" s="2" t="s">
         <v>1214</v>
       </c>
       <c r="C486" s="2" t="s">
         <v>1215</v>
       </c>
       <c r="D486" s="2"/>
       <c r="E486" s="2">
-        <v>7056</v>
-[...1 lines deleted...]
-      <c r="F486" s="2"/>
+        <v>7513</v>
+      </c>
+      <c r="F486" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="G486" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H486" s="2" t="s">
         <v>1216</v>
       </c>
       <c r="I486" s="2">
         <v>168</v>
       </c>
       <c r="J486" s="2">
-        <v>149</v>
+        <v>147</v>
       </c>
       <c r="K486" s="2">
         <v>100</v>
       </c>
       <c r="L486" s="2">
         <v>20</v>
       </c>
       <c r="M486" s="2">
         <v>0</v>
       </c>
       <c r="N486" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="487" spans="1:14">
       <c r="A487" s="2">
-        <v>102848</v>
+        <v>107090</v>
       </c>
       <c r="B487" s="2" t="s">
         <v>1217</v>
       </c>
       <c r="C487" s="2" t="s">
         <v>1218</v>
       </c>
       <c r="D487" s="2"/>
       <c r="E487" s="2">
-        <v>7513</v>
-[...3 lines deleted...]
-      </c>
+        <v>7056</v>
+      </c>
+      <c r="F487" s="2"/>
       <c r="G487" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H487" s="2" t="s">
         <v>1219</v>
       </c>
       <c r="I487" s="2">
         <v>168</v>
       </c>
       <c r="J487" s="2">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="K487" s="2">
         <v>100</v>
       </c>
       <c r="L487" s="2">
         <v>20</v>
       </c>
       <c r="M487" s="2">
         <v>0</v>
       </c>
       <c r="N487" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="488" spans="1:14">
       <c r="A488" s="2">
-        <v>102446</v>
+        <v>107091</v>
       </c>
       <c r="B488" s="2" t="s">
         <v>1220</v>
       </c>
       <c r="C488" s="2" t="s">
-        <v>135</v>
+        <v>1221</v>
       </c>
       <c r="D488" s="2"/>
       <c r="E488" s="2">
-        <v>7016</v>
-[...3 lines deleted...]
-      </c>
+        <v>7086</v>
+      </c>
+      <c r="F488" s="2"/>
       <c r="G488" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H488" s="2" t="s">
-        <v>1221</v>
+        <v>1222</v>
       </c>
       <c r="I488" s="2">
         <v>169</v>
       </c>
       <c r="J488" s="2">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="K488" s="2">
         <v>100</v>
       </c>
       <c r="L488" s="2">
         <v>20</v>
       </c>
       <c r="M488" s="2">
         <v>0</v>
       </c>
       <c r="N488" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="489" spans="1:14">
       <c r="A489" s="2">
-        <v>107091</v>
+        <v>102446</v>
       </c>
       <c r="B489" s="2" t="s">
-        <v>1222</v>
+        <v>1223</v>
       </c>
       <c r="C489" s="2" t="s">
-        <v>1223</v>
+        <v>138</v>
       </c>
       <c r="D489" s="2"/>
       <c r="E489" s="2">
-        <v>7086</v>
-[...1 lines deleted...]
-      <c r="F489" s="2"/>
+        <v>7016</v>
+      </c>
+      <c r="F489" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="G489" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H489" s="2" t="s">
         <v>1224</v>
       </c>
       <c r="I489" s="2">
         <v>169</v>
       </c>
       <c r="J489" s="2">
-        <v>150</v>
+        <v>148</v>
       </c>
       <c r="K489" s="2">
         <v>100</v>
       </c>
       <c r="L489" s="2">
         <v>20</v>
       </c>
       <c r="M489" s="2">
         <v>0</v>
       </c>
       <c r="N489" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="490" spans="1:14">
       <c r="A490" s="2">
-        <v>107092</v>
+        <v>102850</v>
       </c>
       <c r="B490" s="2" t="s">
-        <v>1225</v>
+        <v>208</v>
       </c>
       <c r="C490" s="2" t="s">
-        <v>1226</v>
+        <v>977</v>
       </c>
       <c r="D490" s="2"/>
       <c r="E490" s="2">
-        <v>7043</v>
-[...1 lines deleted...]
-      <c r="F490" s="2"/>
+        <v>7593</v>
+      </c>
+      <c r="F490" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="G490" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H490" s="2" t="s">
-        <v>1227</v>
+        <v>1225</v>
       </c>
       <c r="I490" s="2">
         <v>170</v>
       </c>
       <c r="J490" s="2">
-        <v>151</v>
+        <v>149</v>
       </c>
       <c r="K490" s="2">
         <v>100</v>
       </c>
       <c r="L490" s="2">
         <v>20</v>
       </c>
       <c r="M490" s="2">
         <v>0</v>
       </c>
       <c r="N490" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="491" spans="1:14">
       <c r="A491" s="2">
-        <v>102850</v>
+        <v>107092</v>
       </c>
       <c r="B491" s="2" t="s">
-        <v>214</v>
+        <v>1226</v>
       </c>
       <c r="C491" s="2" t="s">
-        <v>977</v>
+        <v>1227</v>
       </c>
       <c r="D491" s="2"/>
       <c r="E491" s="2">
-        <v>7593</v>
-[...3 lines deleted...]
-      </c>
+        <v>7043</v>
+      </c>
+      <c r="F491" s="2"/>
       <c r="G491" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H491" s="2" t="s">
         <v>1228</v>
       </c>
       <c r="I491" s="2">
         <v>170</v>
       </c>
       <c r="J491" s="2">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="K491" s="2">
         <v>100</v>
       </c>
       <c r="L491" s="2">
         <v>20</v>
       </c>
       <c r="M491" s="2">
         <v>0</v>
       </c>
       <c r="N491" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="492" spans="1:14">
       <c r="A492" s="2">
-        <v>107093</v>
+        <v>102851</v>
       </c>
       <c r="B492" s="2" t="s">
         <v>1229</v>
       </c>
       <c r="C492" s="2" t="s">
         <v>1230</v>
       </c>
       <c r="D492" s="2"/>
       <c r="E492" s="2">
-        <v>7534</v>
-[...1 lines deleted...]
-      <c r="F492" s="2"/>
+        <v>7043</v>
+      </c>
+      <c r="F492" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="G492" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H492" s="2" t="s">
         <v>1231</v>
       </c>
       <c r="I492" s="2">
         <v>171</v>
       </c>
       <c r="J492" s="2">
-        <v>152</v>
+        <v>150</v>
       </c>
       <c r="K492" s="2">
         <v>100</v>
       </c>
       <c r="L492" s="2">
         <v>20</v>
       </c>
       <c r="M492" s="2">
         <v>0</v>
       </c>
       <c r="N492" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="493" spans="1:14">
       <c r="A493" s="2">
-        <v>102851</v>
+        <v>107093</v>
       </c>
       <c r="B493" s="2" t="s">
         <v>1232</v>
       </c>
       <c r="C493" s="2" t="s">
         <v>1233</v>
       </c>
       <c r="D493" s="2"/>
       <c r="E493" s="2">
-        <v>7043</v>
-[...3 lines deleted...]
-      </c>
+        <v>7534</v>
+      </c>
+      <c r="F493" s="2"/>
       <c r="G493" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H493" s="2" t="s">
         <v>1234</v>
       </c>
       <c r="I493" s="2">
         <v>171</v>
       </c>
       <c r="J493" s="2">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="K493" s="2">
         <v>100</v>
       </c>
       <c r="L493" s="2">
         <v>20</v>
       </c>
       <c r="M493" s="2">
         <v>0</v>
       </c>
       <c r="N493" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="494" spans="1:14">
       <c r="A494" s="2">
-        <v>102852</v>
+        <v>107094</v>
       </c>
       <c r="B494" s="2" t="s">
+        <v>453</v>
+      </c>
+      <c r="C494" s="2" t="s">
         <v>1235</v>
-      </c>
-[...1 lines deleted...]
-        <v>438</v>
       </c>
       <c r="D494" s="2"/>
       <c r="E494" s="2">
-        <v>7604</v>
-[...3 lines deleted...]
-      </c>
+        <v>7167</v>
+      </c>
+      <c r="F494" s="2"/>
       <c r="G494" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H494" s="2" t="s">
         <v>1236</v>
       </c>
       <c r="I494" s="2">
         <v>172</v>
       </c>
       <c r="J494" s="2">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="K494" s="2">
         <v>100</v>
       </c>
       <c r="L494" s="2">
         <v>20</v>
       </c>
       <c r="M494" s="2">
         <v>0</v>
       </c>
       <c r="N494" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="495" spans="1:14">
       <c r="A495" s="2">
-        <v>107094</v>
+        <v>102852</v>
       </c>
       <c r="B495" s="2" t="s">
-        <v>453</v>
+        <v>1237</v>
       </c>
       <c r="C495" s="2" t="s">
-        <v>1237</v>
+        <v>438</v>
       </c>
       <c r="D495" s="2"/>
       <c r="E495" s="2">
-        <v>7167</v>
-[...1 lines deleted...]
-      <c r="F495" s="2"/>
+        <v>7604</v>
+      </c>
+      <c r="F495" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="G495" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H495" s="2" t="s">
         <v>1238</v>
       </c>
       <c r="I495" s="2">
         <v>172</v>
       </c>
       <c r="J495" s="2">
-        <v>153</v>
+        <v>151</v>
       </c>
       <c r="K495" s="2">
         <v>100</v>
       </c>
       <c r="L495" s="2">
         <v>20</v>
       </c>
       <c r="M495" s="2">
         <v>0</v>
       </c>
       <c r="N495" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="496" spans="1:14">
       <c r="A496" s="2">
-        <v>107095</v>
+        <v>102853</v>
       </c>
       <c r="B496" s="2" t="s">
         <v>1239</v>
       </c>
       <c r="C496" s="2" t="s">
         <v>1240</v>
       </c>
       <c r="D496" s="2"/>
       <c r="E496" s="2">
-        <v>7524</v>
-[...1 lines deleted...]
-      <c r="F496" s="2"/>
+        <v>7019</v>
+      </c>
+      <c r="F496" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="G496" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H496" s="2" t="s">
         <v>1241</v>
       </c>
       <c r="I496" s="2">
         <v>173</v>
       </c>
       <c r="J496" s="2">
-        <v>154</v>
+        <v>152</v>
       </c>
       <c r="K496" s="2">
         <v>100</v>
       </c>
       <c r="L496" s="2">
         <v>20</v>
       </c>
       <c r="M496" s="2">
         <v>0</v>
       </c>
       <c r="N496" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="497" spans="1:14">
       <c r="A497" s="2">
-        <v>102853</v>
+        <v>107095</v>
       </c>
       <c r="B497" s="2" t="s">
         <v>1242</v>
       </c>
       <c r="C497" s="2" t="s">
         <v>1243</v>
       </c>
       <c r="D497" s="2"/>
       <c r="E497" s="2">
-        <v>7019</v>
-[...3 lines deleted...]
-      </c>
+        <v>7524</v>
+      </c>
+      <c r="F497" s="2"/>
       <c r="G497" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H497" s="2" t="s">
         <v>1244</v>
       </c>
       <c r="I497" s="2">
         <v>173</v>
       </c>
       <c r="J497" s="2">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="K497" s="2">
         <v>100</v>
       </c>
       <c r="L497" s="2">
         <v>20</v>
       </c>
       <c r="M497" s="2">
         <v>0</v>
       </c>
       <c r="N497" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="498" spans="1:14">
       <c r="A498" s="2">
-        <v>107096</v>
+        <v>102854</v>
       </c>
       <c r="B498" s="2" t="s">
         <v>1245</v>
       </c>
       <c r="C498" s="2" t="s">
         <v>1246</v>
       </c>
       <c r="D498" s="2"/>
       <c r="E498" s="2">
-        <v>7513</v>
-[...1 lines deleted...]
-      <c r="F498" s="2"/>
+        <v>7551</v>
+      </c>
+      <c r="F498" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="G498" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H498" s="2" t="s">
         <v>1247</v>
       </c>
       <c r="I498" s="2">
         <v>174</v>
       </c>
       <c r="J498" s="2">
-        <v>155</v>
+        <v>153</v>
       </c>
       <c r="K498" s="2">
         <v>100</v>
       </c>
       <c r="L498" s="2">
         <v>20</v>
       </c>
       <c r="M498" s="2">
         <v>0</v>
       </c>
       <c r="N498" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="499" spans="1:14">
       <c r="A499" s="2">
-        <v>102854</v>
+        <v>107096</v>
       </c>
       <c r="B499" s="2" t="s">
         <v>1248</v>
       </c>
       <c r="C499" s="2" t="s">
         <v>1249</v>
       </c>
       <c r="D499" s="2"/>
       <c r="E499" s="2">
-        <v>7551</v>
-[...3 lines deleted...]
-      </c>
+        <v>7513</v>
+      </c>
+      <c r="F499" s="2"/>
       <c r="G499" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H499" s="2" t="s">
         <v>1250</v>
       </c>
       <c r="I499" s="2">
         <v>174</v>
       </c>
       <c r="J499" s="2">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="K499" s="2">
         <v>100</v>
       </c>
       <c r="L499" s="2">
         <v>20</v>
       </c>
       <c r="M499" s="2">
         <v>0</v>
       </c>
       <c r="N499" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="500" spans="1:14">
       <c r="A500" s="2">
-        <v>102855</v>
+        <v>107097</v>
       </c>
       <c r="B500" s="2" t="s">
-        <v>1251</v>
+        <v>878</v>
       </c>
       <c r="C500" s="2" t="s">
-        <v>59</v>
+        <v>879</v>
       </c>
       <c r="D500" s="2"/>
       <c r="E500" s="2">
-        <v>7610</v>
-[...3 lines deleted...]
-      </c>
+        <v>7589</v>
+      </c>
+      <c r="F500" s="2"/>
       <c r="G500" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H500" s="2" t="s">
-        <v>1252</v>
+        <v>1251</v>
       </c>
       <c r="I500" s="2">
         <v>175</v>
       </c>
       <c r="J500" s="2">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="K500" s="2">
         <v>100</v>
       </c>
       <c r="L500" s="2">
         <v>20</v>
       </c>
       <c r="M500" s="2">
         <v>0</v>
       </c>
       <c r="N500" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="501" spans="1:14">
       <c r="A501" s="2">
-        <v>107097</v>
+        <v>102855</v>
       </c>
       <c r="B501" s="2" t="s">
-        <v>876</v>
+        <v>1252</v>
       </c>
       <c r="C501" s="2" t="s">
-        <v>877</v>
+        <v>59</v>
       </c>
       <c r="D501" s="2"/>
       <c r="E501" s="2">
-        <v>7589</v>
-[...1 lines deleted...]
-      <c r="F501" s="2"/>
+        <v>7610</v>
+      </c>
+      <c r="F501" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="G501" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H501" s="2" t="s">
         <v>1253</v>
       </c>
       <c r="I501" s="2">
         <v>175</v>
       </c>
       <c r="J501" s="2">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="K501" s="2">
         <v>100</v>
       </c>
       <c r="L501" s="2">
         <v>20</v>
       </c>
       <c r="M501" s="2">
         <v>0</v>
       </c>
       <c r="N501" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="502" spans="1:14">
       <c r="A502" s="2">
-        <v>107098</v>
+        <v>102408</v>
       </c>
       <c r="B502" s="2" t="s">
-        <v>475</v>
+        <v>1239</v>
       </c>
       <c r="C502" s="2" t="s">
-        <v>479</v>
+        <v>1254</v>
       </c>
       <c r="D502" s="2"/>
       <c r="E502" s="2">
-        <v>7159</v>
-[...1 lines deleted...]
-      <c r="F502" s="2"/>
+        <v>7108</v>
+      </c>
+      <c r="F502" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="G502" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H502" s="2" t="s">
-        <v>1254</v>
+        <v>1164</v>
       </c>
       <c r="I502" s="2">
         <v>176</v>
       </c>
       <c r="J502" s="2">
-        <v>157</v>
+        <v>155</v>
       </c>
       <c r="K502" s="2">
         <v>100</v>
       </c>
       <c r="L502" s="2">
         <v>20</v>
       </c>
       <c r="M502" s="2">
         <v>0</v>
       </c>
       <c r="N502" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="503" spans="1:14">
       <c r="A503" s="2">
-        <v>102408</v>
+        <v>107098</v>
       </c>
       <c r="B503" s="2" t="s">
-        <v>1242</v>
+        <v>475</v>
       </c>
       <c r="C503" s="2" t="s">
-        <v>1255</v>
+        <v>473</v>
       </c>
       <c r="D503" s="2"/>
       <c r="E503" s="2">
-        <v>7108</v>
-[...3 lines deleted...]
-      </c>
+        <v>7159</v>
+      </c>
+      <c r="F503" s="2"/>
       <c r="G503" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H503" s="2" t="s">
-        <v>1164</v>
+        <v>1255</v>
       </c>
       <c r="I503" s="2">
         <v>176</v>
       </c>
       <c r="J503" s="2">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="K503" s="2">
         <v>100</v>
       </c>
       <c r="L503" s="2">
         <v>20</v>
       </c>
       <c r="M503" s="2">
         <v>0</v>
       </c>
       <c r="N503" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="504" spans="1:14">
       <c r="A504" s="2">
         <v>101559</v>
       </c>
       <c r="B504" s="2" t="s">
         <v>1256</v>
       </c>
       <c r="C504" s="2" t="s">
         <v>1257</v>
       </c>
       <c r="D504" s="2"/>
       <c r="E504" s="2">
         <v>8518</v>
       </c>
       <c r="F504" s="2" t="s">
         <v>25</v>
       </c>
       <c r="G504" s="2" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="H504" s="2" t="s">
         <v>1258</v>
       </c>
       <c r="I504" s="2">
         <v>177</v>
       </c>
       <c r="J504" s="2">
         <v>20</v>
       </c>
       <c r="K504" s="2">
         <v>100</v>
       </c>
       <c r="L504" s="2">
         <v>110</v>
       </c>
       <c r="M504" s="2">
         <v>0</v>
       </c>
       <c r="N504" s="2">
         <v>210</v>
       </c>
     </row>
     <row r="505" spans="1:14">
       <c r="A505" s="2">
@@ -27508,51 +27508,51 @@
       </c>
       <c r="J505" s="2">
         <v>156</v>
       </c>
       <c r="K505" s="2">
         <v>100</v>
       </c>
       <c r="L505" s="2">
         <v>20</v>
       </c>
       <c r="M505" s="2">
         <v>0</v>
       </c>
       <c r="N505" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="506" spans="1:14">
       <c r="A506" s="2">
         <v>101056</v>
       </c>
       <c r="B506" s="2" t="s">
         <v>1262</v>
       </c>
       <c r="C506" s="2" t="s">
-        <v>1178</v>
+        <v>1176</v>
       </c>
       <c r="D506" s="2"/>
       <c r="E506" s="2">
         <v>7005</v>
       </c>
       <c r="F506" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G506" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H506" s="2" t="s">
         <v>1263</v>
       </c>
       <c r="I506" s="2">
         <v>178</v>
       </c>
       <c r="J506" s="2">
         <v>157</v>
       </c>
       <c r="K506" s="2">
         <v>100</v>
       </c>
       <c r="L506" s="2">
         <v>20</v>
@@ -27750,136 +27750,136 @@
       </c>
       <c r="H511" s="2" t="s">
         <v>1278</v>
       </c>
       <c r="I511" s="2">
         <v>180</v>
       </c>
       <c r="J511" s="2">
         <v>159</v>
       </c>
       <c r="K511" s="2">
         <v>100</v>
       </c>
       <c r="L511" s="2">
         <v>20</v>
       </c>
       <c r="M511" s="2">
         <v>0</v>
       </c>
       <c r="N511" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="512" spans="1:14">
       <c r="A512" s="2">
-        <v>102861</v>
+        <v>107102</v>
       </c>
       <c r="B512" s="2" t="s">
         <v>1279</v>
       </c>
       <c r="C512" s="2" t="s">
         <v>1280</v>
       </c>
       <c r="D512" s="2"/>
       <c r="E512" s="2">
-        <v>7083</v>
-[...3 lines deleted...]
-      </c>
+        <v>7146</v>
+      </c>
+      <c r="F512" s="2"/>
       <c r="G512" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H512" s="2" t="s">
         <v>1281</v>
       </c>
       <c r="I512" s="2">
         <v>181</v>
       </c>
       <c r="J512" s="2">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="K512" s="2">
         <v>100</v>
       </c>
       <c r="L512" s="2">
         <v>20</v>
       </c>
       <c r="M512" s="2">
         <v>0</v>
       </c>
       <c r="N512" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="513" spans="1:14">
       <c r="A513" s="2">
-        <v>107102</v>
+        <v>102861</v>
       </c>
       <c r="B513" s="2" t="s">
         <v>1282</v>
       </c>
       <c r="C513" s="2" t="s">
         <v>1283</v>
       </c>
       <c r="D513" s="2"/>
       <c r="E513" s="2">
-        <v>7146</v>
-[...1 lines deleted...]
-      <c r="F513" s="2"/>
+        <v>7083</v>
+      </c>
+      <c r="F513" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="G513" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H513" s="2" t="s">
         <v>1284</v>
       </c>
       <c r="I513" s="2">
         <v>181</v>
       </c>
       <c r="J513" s="2">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="K513" s="2">
         <v>100</v>
       </c>
       <c r="L513" s="2">
         <v>20</v>
       </c>
       <c r="M513" s="2">
         <v>0</v>
       </c>
       <c r="N513" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="514" spans="1:14">
       <c r="A514" s="2">
         <v>102862</v>
       </c>
       <c r="B514" s="2" t="s">
-        <v>1235</v>
+        <v>1237</v>
       </c>
       <c r="C514" s="2" t="s">
         <v>1285</v>
       </c>
       <c r="D514" s="2"/>
       <c r="E514" s="2">
         <v>7100</v>
       </c>
       <c r="F514" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G514" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H514" s="2" t="s">
         <v>1286</v>
       </c>
       <c r="I514" s="2">
         <v>182</v>
       </c>
       <c r="J514" s="2">
         <v>161</v>
       </c>
       <c r="K514" s="2">
         <v>100</v>
@@ -28012,51 +28012,51 @@
       <c r="M517" s="2">
         <v>0</v>
       </c>
       <c r="N517" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="518" spans="1:14">
       <c r="A518" s="2">
         <v>102864</v>
       </c>
       <c r="B518" s="2" t="s">
         <v>1296</v>
       </c>
       <c r="C518" s="2" t="s">
         <v>1297</v>
       </c>
       <c r="D518" s="2"/>
       <c r="E518" s="2">
         <v>8010</v>
       </c>
       <c r="F518" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G518" s="2" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="H518" s="2" t="s">
         <v>1298</v>
       </c>
       <c r="I518" s="2">
         <v>184</v>
       </c>
       <c r="J518" s="2">
         <v>22</v>
       </c>
       <c r="K518" s="2">
         <v>100</v>
       </c>
       <c r="L518" s="2">
         <v>99</v>
       </c>
       <c r="M518" s="2">
         <v>0</v>
       </c>
       <c r="N518" s="2">
         <v>199</v>
       </c>
     </row>
     <row r="519" spans="1:14">
       <c r="A519" s="2">
@@ -28080,116 +28080,116 @@
       </c>
       <c r="H519" s="2" t="s">
         <v>1301</v>
       </c>
       <c r="I519" s="2">
         <v>184</v>
       </c>
       <c r="J519" s="2">
         <v>164</v>
       </c>
       <c r="K519" s="2">
         <v>100</v>
       </c>
       <c r="L519" s="2">
         <v>20</v>
       </c>
       <c r="M519" s="2">
         <v>0</v>
       </c>
       <c r="N519" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="520" spans="1:14">
       <c r="A520" s="2">
-        <v>107106</v>
+        <v>102865</v>
       </c>
       <c r="B520" s="2" t="s">
-        <v>127</v>
+        <v>1302</v>
       </c>
       <c r="C520" s="2" t="s">
-        <v>127</v>
+        <v>1303</v>
       </c>
       <c r="D520" s="2"/>
       <c r="E520" s="2">
-        <v>7655</v>
-[...1 lines deleted...]
-      <c r="F520" s="2"/>
+        <v>7055</v>
+      </c>
+      <c r="F520" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="G520" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H520" s="2" t="s">
-        <v>1302</v>
+        <v>1304</v>
       </c>
       <c r="I520" s="2">
         <v>185</v>
       </c>
       <c r="J520" s="2">
-        <v>165</v>
+        <v>163</v>
       </c>
       <c r="K520" s="2">
         <v>100</v>
       </c>
       <c r="L520" s="2">
         <v>20</v>
       </c>
       <c r="M520" s="2">
         <v>0</v>
       </c>
       <c r="N520" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="521" spans="1:14">
       <c r="A521" s="2">
-        <v>102865</v>
+        <v>107106</v>
       </c>
       <c r="B521" s="2" t="s">
-        <v>1303</v>
+        <v>131</v>
       </c>
       <c r="C521" s="2" t="s">
-        <v>1304</v>
+        <v>131</v>
       </c>
       <c r="D521" s="2"/>
       <c r="E521" s="2">
-        <v>7055</v>
-[...3 lines deleted...]
-      </c>
+        <v>7655</v>
+      </c>
+      <c r="F521" s="2"/>
       <c r="G521" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H521" s="2" t="s">
         <v>1305</v>
       </c>
       <c r="I521" s="2">
         <v>185</v>
       </c>
       <c r="J521" s="2">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="K521" s="2">
         <v>100</v>
       </c>
       <c r="L521" s="2">
         <v>20</v>
       </c>
       <c r="M521" s="2">
         <v>0</v>
       </c>
       <c r="N521" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="522" spans="1:14">
       <c r="A522" s="2">
         <v>107107</v>
       </c>
       <c r="B522" s="2" t="s">
         <v>1306</v>
       </c>
       <c r="C522" s="2" t="s">
         <v>1307</v>
       </c>
       <c r="D522" s="2"/>
@@ -28218,224 +28218,224 @@
       <c r="M522" s="2">
         <v>0</v>
       </c>
       <c r="N522" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="523" spans="1:14">
       <c r="A523" s="2">
         <v>102866</v>
       </c>
       <c r="B523" s="2" t="s">
         <v>1309</v>
       </c>
       <c r="C523" s="2" t="s">
         <v>1310</v>
       </c>
       <c r="D523" s="2"/>
       <c r="E523" s="2">
         <v>8512</v>
       </c>
       <c r="F523" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G523" s="2" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="H523" s="2" t="s">
         <v>1311</v>
       </c>
       <c r="I523" s="2">
         <v>186</v>
       </c>
       <c r="J523" s="2">
         <v>23</v>
       </c>
       <c r="K523" s="2">
         <v>100</v>
       </c>
       <c r="L523" s="2">
         <v>98</v>
       </c>
       <c r="M523" s="2">
         <v>0</v>
       </c>
       <c r="N523" s="2">
         <v>198</v>
       </c>
     </row>
     <row r="524" spans="1:14">
       <c r="A524" s="2">
-        <v>107108</v>
+        <v>102867</v>
       </c>
       <c r="B524" s="2" t="s">
-        <v>1312</v>
+        <v>1299</v>
       </c>
       <c r="C524" s="2" t="s">
-        <v>1313</v>
+        <v>1300</v>
       </c>
       <c r="D524" s="2"/>
       <c r="E524" s="2">
-        <v>8021</v>
-[...1 lines deleted...]
-      <c r="F524" s="2"/>
+        <v>7145</v>
+      </c>
+      <c r="F524" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="G524" s="2" t="s">
-        <v>78</v>
+        <v>17</v>
       </c>
       <c r="H524" s="2" t="s">
-        <v>1314</v>
+        <v>1312</v>
       </c>
       <c r="I524" s="2">
         <v>187</v>
       </c>
       <c r="J524" s="2">
-        <v>21</v>
+        <v>164</v>
       </c>
       <c r="K524" s="2">
         <v>100</v>
       </c>
       <c r="L524" s="2">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="M524" s="2">
         <v>0</v>
       </c>
       <c r="N524" s="2">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="525" spans="1:14">
       <c r="A525" s="2">
-        <v>102867</v>
+        <v>107108</v>
       </c>
       <c r="B525" s="2" t="s">
-        <v>1299</v>
+        <v>1313</v>
       </c>
       <c r="C525" s="2" t="s">
-        <v>1300</v>
+        <v>1314</v>
       </c>
       <c r="D525" s="2"/>
       <c r="E525" s="2">
-        <v>7145</v>
-[...3 lines deleted...]
-      </c>
+        <v>8021</v>
+      </c>
+      <c r="F525" s="2"/>
       <c r="G525" s="2" t="s">
-        <v>17</v>
+        <v>77</v>
       </c>
       <c r="H525" s="2" t="s">
         <v>1315</v>
       </c>
       <c r="I525" s="2">
         <v>187</v>
       </c>
       <c r="J525" s="2">
-        <v>164</v>
+        <v>21</v>
       </c>
       <c r="K525" s="2">
         <v>100</v>
       </c>
       <c r="L525" s="2">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="M525" s="2">
         <v>0</v>
       </c>
       <c r="N525" s="2">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="526" spans="1:14">
       <c r="A526" s="2">
-        <v>107109</v>
+        <v>102868</v>
       </c>
       <c r="B526" s="2" t="s">
         <v>1316</v>
       </c>
       <c r="C526" s="2" t="s">
-        <v>1178</v>
+        <v>1317</v>
       </c>
       <c r="D526" s="2"/>
       <c r="E526" s="2">
-        <v>7147</v>
-[...1 lines deleted...]
-      <c r="F526" s="2"/>
+        <v>7101</v>
+      </c>
+      <c r="F526" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="G526" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H526" s="2" t="s">
-        <v>1317</v>
+        <v>1318</v>
       </c>
       <c r="I526" s="2">
         <v>188</v>
       </c>
       <c r="J526" s="2">
-        <v>167</v>
+        <v>165</v>
       </c>
       <c r="K526" s="2">
         <v>100</v>
       </c>
       <c r="L526" s="2">
         <v>20</v>
       </c>
       <c r="M526" s="2">
         <v>0</v>
       </c>
       <c r="N526" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="527" spans="1:14">
       <c r="A527" s="2">
-        <v>102868</v>
+        <v>107109</v>
       </c>
       <c r="B527" s="2" t="s">
-        <v>1318</v>
+        <v>1319</v>
       </c>
       <c r="C527" s="2" t="s">
-        <v>1319</v>
+        <v>1176</v>
       </c>
       <c r="D527" s="2"/>
       <c r="E527" s="2">
-        <v>7101</v>
-[...3 lines deleted...]
-      </c>
+        <v>7147</v>
+      </c>
+      <c r="F527" s="2"/>
       <c r="G527" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H527" s="2" t="s">
         <v>1320</v>
       </c>
       <c r="I527" s="2">
         <v>188</v>
       </c>
       <c r="J527" s="2">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="K527" s="2">
         <v>100</v>
       </c>
       <c r="L527" s="2">
         <v>20</v>
       </c>
       <c r="M527" s="2">
         <v>0</v>
       </c>
       <c r="N527" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="528" spans="1:14">
       <c r="A528" s="2">
         <v>107110</v>
       </c>
       <c r="B528" s="2" t="s">
         <v>1321</v>
       </c>
       <c r="C528" s="2" t="s">
         <v>1321</v>
       </c>
       <c r="D528" s="2"/>
@@ -28456,494 +28456,494 @@
       </c>
       <c r="J528" s="2">
         <v>168</v>
       </c>
       <c r="K528" s="2">
         <v>100</v>
       </c>
       <c r="L528" s="2">
         <v>20</v>
       </c>
       <c r="M528" s="2">
         <v>0</v>
       </c>
       <c r="N528" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="529" spans="1:14">
       <c r="A529" s="2">
         <v>102869</v>
       </c>
       <c r="B529" s="2" t="s">
         <v>1323</v>
       </c>
       <c r="C529" s="2" t="s">
-        <v>819</v>
+        <v>822</v>
       </c>
       <c r="D529" s="2"/>
       <c r="E529" s="2">
         <v>7559</v>
       </c>
       <c r="F529" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G529" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H529" s="2" t="s">
-        <v>1231</v>
+        <v>1234</v>
       </c>
       <c r="I529" s="2">
         <v>189</v>
       </c>
       <c r="J529" s="2">
         <v>166</v>
       </c>
       <c r="K529" s="2">
         <v>100</v>
       </c>
       <c r="L529" s="2">
         <v>20</v>
       </c>
       <c r="M529" s="2">
         <v>0</v>
       </c>
       <c r="N529" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="530" spans="1:14">
       <c r="A530" s="2">
-        <v>102870</v>
+        <v>107111</v>
       </c>
       <c r="B530" s="2" t="s">
         <v>1324</v>
       </c>
       <c r="C530" s="2" t="s">
         <v>1325</v>
       </c>
       <c r="D530" s="2"/>
       <c r="E530" s="2">
-        <v>8509</v>
-[...3 lines deleted...]
-      </c>
+        <v>8028</v>
+      </c>
+      <c r="F530" s="2"/>
       <c r="G530" s="2" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="H530" s="2" t="s">
         <v>1326</v>
       </c>
       <c r="I530" s="2">
         <v>190</v>
       </c>
       <c r="J530" s="2">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="K530" s="2">
         <v>100</v>
       </c>
       <c r="L530" s="2">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="M530" s="2">
         <v>0</v>
       </c>
       <c r="N530" s="2">
-        <v>197</v>
+        <v>199</v>
       </c>
     </row>
     <row r="531" spans="1:14">
       <c r="A531" s="2">
-        <v>107111</v>
+        <v>102870</v>
       </c>
       <c r="B531" s="2" t="s">
         <v>1327</v>
       </c>
       <c r="C531" s="2" t="s">
         <v>1328</v>
       </c>
       <c r="D531" s="2"/>
       <c r="E531" s="2">
-        <v>8028</v>
-[...1 lines deleted...]
-      <c r="F531" s="2"/>
+        <v>8509</v>
+      </c>
+      <c r="F531" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="G531" s="2" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="H531" s="2" t="s">
         <v>1329</v>
       </c>
       <c r="I531" s="2">
         <v>190</v>
       </c>
       <c r="J531" s="2">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="K531" s="2">
         <v>100</v>
       </c>
       <c r="L531" s="2">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="M531" s="2">
         <v>0</v>
       </c>
       <c r="N531" s="2">
-        <v>199</v>
+        <v>197</v>
       </c>
     </row>
     <row r="532" spans="1:14">
       <c r="A532" s="2">
-        <v>107112</v>
+        <v>102871</v>
       </c>
       <c r="B532" s="2" t="s">
-        <v>437</v>
+        <v>1330</v>
       </c>
       <c r="C532" s="2" t="s">
-        <v>438</v>
+        <v>1331</v>
       </c>
       <c r="D532" s="2"/>
       <c r="E532" s="2">
-        <v>7080</v>
+        <v>7583</v>
       </c>
       <c r="F532" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G532" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H532" s="2" t="s">
-        <v>1330</v>
+        <v>1332</v>
       </c>
       <c r="I532" s="2">
         <v>191</v>
       </c>
       <c r="J532" s="2">
-        <v>169</v>
+        <v>167</v>
       </c>
       <c r="K532" s="2">
         <v>100</v>
       </c>
       <c r="L532" s="2">
         <v>20</v>
       </c>
       <c r="M532" s="2">
         <v>0</v>
       </c>
       <c r="N532" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="533" spans="1:14">
       <c r="A533" s="2">
-        <v>102871</v>
+        <v>107112</v>
       </c>
       <c r="B533" s="2" t="s">
-        <v>1331</v>
+        <v>437</v>
       </c>
       <c r="C533" s="2" t="s">
-        <v>1332</v>
+        <v>438</v>
       </c>
       <c r="D533" s="2"/>
       <c r="E533" s="2">
-        <v>7583</v>
+        <v>7080</v>
       </c>
       <c r="F533" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G533" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H533" s="2" t="s">
         <v>1333</v>
       </c>
       <c r="I533" s="2">
         <v>191</v>
       </c>
       <c r="J533" s="2">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="K533" s="2">
         <v>100</v>
       </c>
       <c r="L533" s="2">
         <v>20</v>
       </c>
       <c r="M533" s="2">
         <v>0</v>
       </c>
       <c r="N533" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="534" spans="1:14">
       <c r="A534" s="2">
-        <v>102872</v>
+        <v>107113</v>
       </c>
       <c r="B534" s="2" t="s">
         <v>1334</v>
       </c>
       <c r="C534" s="2" t="s">
         <v>1335</v>
       </c>
       <c r="D534" s="2"/>
       <c r="E534" s="2">
-        <v>8039</v>
-[...3 lines deleted...]
-      </c>
+        <v>7099</v>
+      </c>
+      <c r="F534" s="2"/>
       <c r="G534" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H534" s="2" t="s">
         <v>1336</v>
       </c>
       <c r="I534" s="2">
         <v>192</v>
       </c>
       <c r="J534" s="2">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="K534" s="2">
         <v>100</v>
       </c>
       <c r="L534" s="2">
         <v>20</v>
       </c>
       <c r="M534" s="2">
         <v>0</v>
       </c>
       <c r="N534" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="535" spans="1:14">
       <c r="A535" s="2">
-        <v>107113</v>
+        <v>102872</v>
       </c>
       <c r="B535" s="2" t="s">
         <v>1337</v>
       </c>
       <c r="C535" s="2" t="s">
         <v>1338</v>
       </c>
       <c r="D535" s="2"/>
       <c r="E535" s="2">
-        <v>7099</v>
-[...1 lines deleted...]
-      <c r="F535" s="2"/>
+        <v>8039</v>
+      </c>
+      <c r="F535" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="G535" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H535" s="2" t="s">
         <v>1339</v>
       </c>
       <c r="I535" s="2">
         <v>192</v>
       </c>
       <c r="J535" s="2">
-        <v>170</v>
+        <v>168</v>
       </c>
       <c r="K535" s="2">
         <v>100</v>
       </c>
       <c r="L535" s="2">
         <v>20</v>
       </c>
       <c r="M535" s="2">
         <v>0</v>
       </c>
       <c r="N535" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="536" spans="1:14">
       <c r="A536" s="2">
         <v>102873</v>
       </c>
       <c r="B536" s="2" t="s">
-        <v>1026</v>
+        <v>1032</v>
       </c>
       <c r="C536" s="2" t="s">
-        <v>1027</v>
+        <v>1033</v>
       </c>
       <c r="D536" s="2"/>
       <c r="E536" s="2">
         <v>7096</v>
       </c>
       <c r="F536" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G536" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H536" s="2" t="s">
         <v>1340</v>
       </c>
       <c r="I536" s="2">
         <v>193</v>
       </c>
       <c r="J536" s="2">
         <v>169</v>
       </c>
       <c r="K536" s="2">
         <v>100</v>
       </c>
       <c r="L536" s="2">
         <v>20</v>
       </c>
       <c r="M536" s="2">
         <v>0</v>
       </c>
       <c r="N536" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="537" spans="1:14">
       <c r="A537" s="2">
         <v>107114</v>
       </c>
       <c r="B537" s="2" t="s">
         <v>1341</v>
       </c>
       <c r="C537" s="2" t="s">
         <v>1342</v>
       </c>
       <c r="D537" s="2"/>
       <c r="E537" s="2">
         <v>7593</v>
       </c>
       <c r="F537" s="2"/>
       <c r="G537" s="2" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="H537" s="2" t="s">
         <v>1343</v>
       </c>
       <c r="I537" s="2">
         <v>193</v>
       </c>
       <c r="J537" s="2">
         <v>23</v>
       </c>
       <c r="K537" s="2">
         <v>100</v>
       </c>
       <c r="L537" s="2">
         <v>98</v>
       </c>
       <c r="M537" s="2">
         <v>0</v>
       </c>
       <c r="N537" s="2">
         <v>198</v>
       </c>
     </row>
     <row r="538" spans="1:14">
       <c r="A538" s="2">
-        <v>102874</v>
+        <v>107115</v>
       </c>
       <c r="B538" s="2" t="s">
         <v>1344</v>
       </c>
       <c r="C538" s="2" t="s">
         <v>1345</v>
       </c>
       <c r="D538" s="2"/>
       <c r="E538" s="2">
-        <v>7609</v>
-[...3 lines deleted...]
-      </c>
+        <v>8510</v>
+      </c>
+      <c r="F538" s="2"/>
       <c r="G538" s="2" t="s">
-        <v>17</v>
+        <v>77</v>
       </c>
       <c r="H538" s="2" t="s">
         <v>1346</v>
       </c>
       <c r="I538" s="2">
         <v>194</v>
       </c>
       <c r="J538" s="2">
-        <v>170</v>
+        <v>24</v>
       </c>
       <c r="K538" s="2">
         <v>100</v>
       </c>
       <c r="L538" s="2">
-        <v>20</v>
+        <v>97</v>
       </c>
       <c r="M538" s="2">
         <v>0</v>
       </c>
       <c r="N538" s="2">
-        <v>120</v>
+        <v>197</v>
       </c>
     </row>
     <row r="539" spans="1:14">
       <c r="A539" s="2">
-        <v>107115</v>
+        <v>102874</v>
       </c>
       <c r="B539" s="2" t="s">
         <v>1347</v>
       </c>
       <c r="C539" s="2" t="s">
         <v>1348</v>
       </c>
       <c r="D539" s="2"/>
       <c r="E539" s="2">
-        <v>8510</v>
-[...1 lines deleted...]
-      <c r="F539" s="2"/>
+        <v>7609</v>
+      </c>
+      <c r="F539" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="G539" s="2" t="s">
-        <v>78</v>
+        <v>17</v>
       </c>
       <c r="H539" s="2" t="s">
         <v>1349</v>
       </c>
       <c r="I539" s="2">
         <v>194</v>
       </c>
       <c r="J539" s="2">
-        <v>24</v>
+        <v>170</v>
       </c>
       <c r="K539" s="2">
         <v>100</v>
       </c>
       <c r="L539" s="2">
-        <v>97</v>
+        <v>20</v>
       </c>
       <c r="M539" s="2">
         <v>0</v>
       </c>
       <c r="N539" s="2">
-        <v>197</v>
+        <v>120</v>
       </c>
     </row>
     <row r="540" spans="1:14">
       <c r="A540" s="2">
         <v>102875</v>
       </c>
       <c r="B540" s="2" t="s">
         <v>1350</v>
       </c>
       <c r="C540" s="2" t="s">
         <v>1351</v>
       </c>
       <c r="D540" s="2"/>
       <c r="E540" s="2">
         <v>7133</v>
       </c>
       <c r="F540" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G540" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H540" s="2" t="s">
         <v>1352</v>
       </c>
@@ -28988,307 +28988,307 @@
       </c>
       <c r="H541" s="2" t="s">
         <v>1353</v>
       </c>
       <c r="I541" s="2">
         <v>195</v>
       </c>
       <c r="J541" s="2">
         <v>171</v>
       </c>
       <c r="K541" s="2">
         <v>100</v>
       </c>
       <c r="L541" s="2">
         <v>20</v>
       </c>
       <c r="M541" s="2">
         <v>0</v>
       </c>
       <c r="N541" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="542" spans="1:14">
       <c r="A542" s="2">
-        <v>107117</v>
+        <v>102876</v>
       </c>
       <c r="B542" s="2" t="s">
         <v>1354</v>
       </c>
       <c r="C542" s="2" t="s">
-        <v>1354</v>
+        <v>1355</v>
       </c>
       <c r="D542" s="2"/>
       <c r="E542" s="2">
-        <v>8034</v>
-[...1 lines deleted...]
-      <c r="F542" s="2"/>
+        <v>8018</v>
+      </c>
+      <c r="F542" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="G542" s="2" t="s">
-        <v>17</v>
+        <v>77</v>
       </c>
       <c r="H542" s="2" t="s">
-        <v>1355</v>
+        <v>1356</v>
       </c>
       <c r="I542" s="2">
         <v>196</v>
       </c>
       <c r="J542" s="2">
-        <v>172</v>
+        <v>25</v>
       </c>
       <c r="K542" s="2">
         <v>100</v>
       </c>
       <c r="L542" s="2">
-        <v>20</v>
+        <v>96</v>
       </c>
       <c r="M542" s="2">
         <v>0</v>
       </c>
       <c r="N542" s="2">
-        <v>120</v>
+        <v>196</v>
       </c>
     </row>
     <row r="543" spans="1:14">
       <c r="A543" s="2">
-        <v>102876</v>
+        <v>107117</v>
       </c>
       <c r="B543" s="2" t="s">
-        <v>1356</v>
+        <v>1357</v>
       </c>
       <c r="C543" s="2" t="s">
         <v>1357</v>
       </c>
       <c r="D543" s="2"/>
       <c r="E543" s="2">
-        <v>8018</v>
-[...3 lines deleted...]
-      </c>
+        <v>8034</v>
+      </c>
+      <c r="F543" s="2"/>
       <c r="G543" s="2" t="s">
-        <v>78</v>
+        <v>17</v>
       </c>
       <c r="H543" s="2" t="s">
         <v>1358</v>
       </c>
       <c r="I543" s="2">
         <v>196</v>
       </c>
       <c r="J543" s="2">
-        <v>25</v>
+        <v>172</v>
       </c>
       <c r="K543" s="2">
         <v>100</v>
       </c>
       <c r="L543" s="2">
-        <v>96</v>
+        <v>20</v>
       </c>
       <c r="M543" s="2">
         <v>0</v>
       </c>
       <c r="N543" s="2">
-        <v>196</v>
+        <v>120</v>
       </c>
     </row>
     <row r="544" spans="1:14">
       <c r="A544" s="2">
-        <v>102877</v>
+        <v>102840</v>
       </c>
       <c r="B544" s="2" t="s">
-        <v>1359</v>
+        <v>718</v>
       </c>
       <c r="C544" s="2" t="s">
-        <v>1360</v>
+        <v>719</v>
       </c>
       <c r="D544" s="2"/>
       <c r="E544" s="2">
-        <v>7506</v>
+        <v>7536</v>
       </c>
       <c r="F544" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G544" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H544" s="2" t="s">
-        <v>1361</v>
+        <v>1359</v>
       </c>
       <c r="I544" s="2">
         <v>197</v>
       </c>
       <c r="J544" s="2">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="K544" s="2">
         <v>100</v>
       </c>
       <c r="L544" s="2">
         <v>20</v>
       </c>
       <c r="M544" s="2">
         <v>0</v>
       </c>
       <c r="N544" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="545" spans="1:14">
       <c r="A545" s="2">
-        <v>102840</v>
+        <v>102877</v>
       </c>
       <c r="B545" s="2" t="s">
-        <v>719</v>
+        <v>1360</v>
       </c>
       <c r="C545" s="2" t="s">
-        <v>720</v>
+        <v>1361</v>
       </c>
       <c r="D545" s="2"/>
       <c r="E545" s="2">
-        <v>7536</v>
+        <v>7506</v>
       </c>
       <c r="F545" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G545" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H545" s="2" t="s">
         <v>1362</v>
       </c>
       <c r="I545" s="2">
         <v>197</v>
       </c>
       <c r="J545" s="2">
-        <v>173</v>
+        <v>172</v>
       </c>
       <c r="K545" s="2">
         <v>100</v>
       </c>
       <c r="L545" s="2">
         <v>20</v>
       </c>
       <c r="M545" s="2">
         <v>0</v>
       </c>
       <c r="N545" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="546" spans="1:14">
       <c r="A546" s="2">
-        <v>102878</v>
+        <v>102890</v>
       </c>
       <c r="B546" s="2" t="s">
-        <v>62</v>
+        <v>459</v>
       </c>
       <c r="C546" s="2" t="s">
-        <v>901</v>
+        <v>1363</v>
       </c>
       <c r="D546" s="2"/>
       <c r="E546" s="2">
-        <v>7608</v>
+        <v>7638</v>
       </c>
       <c r="F546" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G546" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H546" s="2" t="s">
-        <v>1363</v>
+        <v>1364</v>
       </c>
       <c r="I546" s="2">
         <v>198</v>
       </c>
       <c r="J546" s="2">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="K546" s="2">
         <v>100</v>
       </c>
       <c r="L546" s="2">
         <v>20</v>
       </c>
       <c r="M546" s="2">
         <v>0</v>
       </c>
       <c r="N546" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="547" spans="1:14">
       <c r="A547" s="2">
-        <v>102890</v>
+        <v>102878</v>
       </c>
       <c r="B547" s="2" t="s">
-        <v>459</v>
+        <v>64</v>
       </c>
       <c r="C547" s="2" t="s">
-        <v>1364</v>
+        <v>898</v>
       </c>
       <c r="D547" s="2"/>
       <c r="E547" s="2">
-        <v>7638</v>
+        <v>7608</v>
       </c>
       <c r="F547" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G547" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H547" s="2" t="s">
         <v>1365</v>
       </c>
       <c r="I547" s="2">
         <v>198</v>
       </c>
       <c r="J547" s="2">
-        <v>174</v>
+        <v>173</v>
       </c>
       <c r="K547" s="2">
         <v>100</v>
       </c>
       <c r="L547" s="2">
         <v>20</v>
       </c>
       <c r="M547" s="2">
         <v>0</v>
       </c>
       <c r="N547" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="548" spans="1:14">
       <c r="A548" s="2">
         <v>102879</v>
       </c>
       <c r="B548" s="2" t="s">
         <v>58</v>
       </c>
       <c r="C548" s="2" t="s">
-        <v>966</v>
+        <v>961</v>
       </c>
       <c r="D548" s="2"/>
       <c r="E548" s="2">
         <v>7505</v>
       </c>
       <c r="F548" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G548" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H548" s="2" t="s">
         <v>1366</v>
       </c>
       <c r="I548" s="2">
         <v>199</v>
       </c>
       <c r="J548" s="2">
         <v>174</v>
       </c>
       <c r="K548" s="2">
         <v>100</v>
       </c>
       <c r="L548" s="2">
         <v>20</v>
@@ -29322,460 +29322,460 @@
       </c>
       <c r="H549" s="2" t="s">
         <v>1369</v>
       </c>
       <c r="I549" s="2">
         <v>199</v>
       </c>
       <c r="J549" s="2">
         <v>175</v>
       </c>
       <c r="K549" s="2">
         <v>100</v>
       </c>
       <c r="L549" s="2">
         <v>20</v>
       </c>
       <c r="M549" s="2">
         <v>0</v>
       </c>
       <c r="N549" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="550" spans="1:14">
       <c r="A550" s="2">
-        <v>107121</v>
+        <v>102880</v>
       </c>
       <c r="B550" s="2" t="s">
-        <v>933</v>
+        <v>1370</v>
       </c>
       <c r="C550" s="2" t="s">
-        <v>1370</v>
+        <v>1371</v>
       </c>
       <c r="D550" s="2"/>
       <c r="E550" s="2">
-        <v>7633</v>
-[...1 lines deleted...]
-      <c r="F550" s="2"/>
+        <v>7515</v>
+      </c>
+      <c r="F550" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="G550" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H550" s="2" t="s">
-        <v>1371</v>
+        <v>1372</v>
       </c>
       <c r="I550" s="2">
         <v>200</v>
       </c>
       <c r="J550" s="2">
-        <v>176</v>
+        <v>175</v>
       </c>
       <c r="K550" s="2">
         <v>100</v>
       </c>
       <c r="L550" s="2">
         <v>20</v>
       </c>
       <c r="M550" s="2">
         <v>0</v>
       </c>
       <c r="N550" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="551" spans="1:14">
       <c r="A551" s="2">
-        <v>102880</v>
+        <v>107121</v>
       </c>
       <c r="B551" s="2" t="s">
-        <v>1372</v>
+        <v>933</v>
       </c>
       <c r="C551" s="2" t="s">
         <v>1373</v>
       </c>
       <c r="D551" s="2"/>
       <c r="E551" s="2">
-        <v>7515</v>
-[...3 lines deleted...]
-      </c>
+        <v>7633</v>
+      </c>
+      <c r="F551" s="2"/>
       <c r="G551" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H551" s="2" t="s">
         <v>1374</v>
       </c>
       <c r="I551" s="2">
         <v>200</v>
       </c>
       <c r="J551" s="2">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="K551" s="2">
         <v>100</v>
       </c>
       <c r="L551" s="2">
         <v>20</v>
       </c>
       <c r="M551" s="2">
         <v>0</v>
       </c>
       <c r="N551" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="552" spans="1:14">
       <c r="A552" s="2">
-        <v>102881</v>
+        <v>107122</v>
       </c>
       <c r="B552" s="2" t="s">
         <v>1375</v>
       </c>
       <c r="C552" s="2" t="s">
-        <v>1375</v>
+        <v>840</v>
       </c>
       <c r="D552" s="2"/>
       <c r="E552" s="2">
-        <v>7504</v>
-[...3 lines deleted...]
-      </c>
+        <v>8047</v>
+      </c>
+      <c r="F552" s="2"/>
       <c r="G552" s="2" t="s">
-        <v>17</v>
+        <v>77</v>
       </c>
       <c r="H552" s="2" t="s">
         <v>1376</v>
       </c>
       <c r="I552" s="2">
         <v>201</v>
       </c>
       <c r="J552" s="2">
-        <v>176</v>
+        <v>25</v>
       </c>
       <c r="K552" s="2">
         <v>100</v>
       </c>
       <c r="L552" s="2">
-        <v>20</v>
+        <v>96</v>
       </c>
       <c r="M552" s="2">
         <v>0</v>
       </c>
       <c r="N552" s="2">
-        <v>120</v>
+        <v>196</v>
       </c>
     </row>
     <row r="553" spans="1:14">
       <c r="A553" s="2">
-        <v>107122</v>
+        <v>102881</v>
       </c>
       <c r="B553" s="2" t="s">
         <v>1377</v>
       </c>
       <c r="C553" s="2" t="s">
-        <v>843</v>
+        <v>1377</v>
       </c>
       <c r="D553" s="2"/>
       <c r="E553" s="2">
-        <v>8047</v>
-[...1 lines deleted...]
-      <c r="F553" s="2"/>
+        <v>7504</v>
+      </c>
+      <c r="F553" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="G553" s="2" t="s">
-        <v>78</v>
+        <v>17</v>
       </c>
       <c r="H553" s="2" t="s">
         <v>1378</v>
       </c>
       <c r="I553" s="2">
         <v>201</v>
       </c>
       <c r="J553" s="2">
-        <v>25</v>
+        <v>176</v>
       </c>
       <c r="K553" s="2">
         <v>100</v>
       </c>
       <c r="L553" s="2">
-        <v>96</v>
+        <v>20</v>
       </c>
       <c r="M553" s="2">
         <v>0</v>
       </c>
       <c r="N553" s="2">
-        <v>196</v>
+        <v>120</v>
       </c>
     </row>
     <row r="554" spans="1:14">
       <c r="A554" s="2">
-        <v>107123</v>
+        <v>102882</v>
       </c>
       <c r="B554" s="2" t="s">
         <v>1379</v>
       </c>
       <c r="C554" s="2" t="s">
         <v>1380</v>
       </c>
       <c r="D554" s="2"/>
       <c r="E554" s="2">
-        <v>7143</v>
+        <v>7520</v>
       </c>
       <c r="F554" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G554" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H554" s="2" t="s">
         <v>1381</v>
       </c>
       <c r="I554" s="2">
         <v>202</v>
       </c>
       <c r="J554" s="2">
         <v>177</v>
       </c>
       <c r="K554" s="2">
         <v>100</v>
       </c>
       <c r="L554" s="2">
         <v>20</v>
       </c>
       <c r="M554" s="2">
         <v>0</v>
       </c>
       <c r="N554" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="555" spans="1:14">
       <c r="A555" s="2">
-        <v>102882</v>
+        <v>107123</v>
       </c>
       <c r="B555" s="2" t="s">
         <v>1382</v>
       </c>
       <c r="C555" s="2" t="s">
         <v>1383</v>
       </c>
       <c r="D555" s="2"/>
       <c r="E555" s="2">
-        <v>7520</v>
+        <v>7143</v>
       </c>
       <c r="F555" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G555" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H555" s="2" t="s">
         <v>1384</v>
       </c>
       <c r="I555" s="2">
         <v>202</v>
       </c>
       <c r="J555" s="2">
         <v>177</v>
       </c>
       <c r="K555" s="2">
         <v>100</v>
       </c>
       <c r="L555" s="2">
         <v>20</v>
       </c>
       <c r="M555" s="2">
         <v>0</v>
       </c>
       <c r="N555" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="556" spans="1:14">
       <c r="A556" s="2">
-        <v>102905</v>
+        <v>102883</v>
       </c>
       <c r="B556" s="2" t="s">
-        <v>574</v>
+        <v>1385</v>
       </c>
       <c r="C556" s="2" t="s">
-        <v>1211</v>
+        <v>1386</v>
       </c>
       <c r="D556" s="2"/>
       <c r="E556" s="2">
-        <v>7548</v>
+        <v>7006</v>
       </c>
       <c r="F556" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G556" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H556" s="2" t="s">
-        <v>1385</v>
+        <v>1387</v>
       </c>
       <c r="I556" s="2">
         <v>203</v>
       </c>
       <c r="J556" s="2">
         <v>178</v>
       </c>
       <c r="K556" s="2">
         <v>100</v>
       </c>
       <c r="L556" s="2">
         <v>20</v>
       </c>
       <c r="M556" s="2">
         <v>0</v>
       </c>
       <c r="N556" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="557" spans="1:14">
       <c r="A557" s="2">
-        <v>102883</v>
+        <v>102905</v>
       </c>
       <c r="B557" s="2" t="s">
-        <v>1386</v>
+        <v>574</v>
       </c>
       <c r="C557" s="2" t="s">
-        <v>1387</v>
+        <v>1212</v>
       </c>
       <c r="D557" s="2"/>
       <c r="E557" s="2">
-        <v>7006</v>
+        <v>7548</v>
       </c>
       <c r="F557" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G557" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H557" s="2" t="s">
         <v>1388</v>
       </c>
       <c r="I557" s="2">
         <v>203</v>
       </c>
       <c r="J557" s="2">
         <v>178</v>
       </c>
       <c r="K557" s="2">
         <v>100</v>
       </c>
       <c r="L557" s="2">
         <v>20</v>
       </c>
       <c r="M557" s="2">
         <v>0</v>
       </c>
       <c r="N557" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="558" spans="1:14">
       <c r="A558" s="2">
-        <v>102884</v>
+        <v>107125</v>
       </c>
       <c r="B558" s="2" t="s">
         <v>1389</v>
       </c>
       <c r="C558" s="2" t="s">
-        <v>1390</v>
+        <v>197</v>
       </c>
       <c r="D558" s="2"/>
       <c r="E558" s="2">
-        <v>8032</v>
-[...3 lines deleted...]
-      </c>
+        <v>7177</v>
+      </c>
+      <c r="F558" s="2"/>
       <c r="G558" s="2" t="s">
-        <v>78</v>
+        <v>17</v>
       </c>
       <c r="H558" s="2" t="s">
-        <v>1391</v>
+        <v>1390</v>
       </c>
       <c r="I558" s="2">
         <v>204</v>
       </c>
       <c r="J558" s="2">
-        <v>26</v>
+        <v>179</v>
       </c>
       <c r="K558" s="2">
         <v>100</v>
       </c>
       <c r="L558" s="2">
-        <v>95</v>
+        <v>20</v>
       </c>
       <c r="M558" s="2">
         <v>0</v>
       </c>
       <c r="N558" s="2">
-        <v>195</v>
+        <v>120</v>
       </c>
     </row>
     <row r="559" spans="1:14">
       <c r="A559" s="2">
-        <v>107125</v>
+        <v>102884</v>
       </c>
       <c r="B559" s="2" t="s">
+        <v>1391</v>
+      </c>
+      <c r="C559" s="2" t="s">
         <v>1392</v>
-      </c>
-[...1 lines deleted...]
-        <v>193</v>
       </c>
       <c r="D559" s="2"/>
       <c r="E559" s="2">
-        <v>7177</v>
-[...1 lines deleted...]
-      <c r="F559" s="2"/>
+        <v>8032</v>
+      </c>
+      <c r="F559" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="G559" s="2" t="s">
-        <v>17</v>
+        <v>77</v>
       </c>
       <c r="H559" s="2" t="s">
         <v>1393</v>
       </c>
       <c r="I559" s="2">
         <v>204</v>
       </c>
       <c r="J559" s="2">
-        <v>179</v>
+        <v>26</v>
       </c>
       <c r="K559" s="2">
         <v>100</v>
       </c>
       <c r="L559" s="2">
-        <v>20</v>
+        <v>95</v>
       </c>
       <c r="M559" s="2">
         <v>0</v>
       </c>
       <c r="N559" s="2">
-        <v>120</v>
+        <v>195</v>
       </c>
     </row>
     <row r="560" spans="1:14">
       <c r="A560" s="2">
         <v>102885</v>
       </c>
       <c r="B560" s="2" t="s">
         <v>1394</v>
       </c>
       <c r="C560" s="2" t="s">
         <v>1395</v>
       </c>
       <c r="D560" s="2"/>
       <c r="E560" s="2">
         <v>7075</v>
       </c>
       <c r="F560" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G560" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H560" s="2" t="s">
         <v>1396</v>
       </c>
@@ -29792,51 +29792,51 @@
         <v>20</v>
       </c>
       <c r="M560" s="2">
         <v>0</v>
       </c>
       <c r="N560" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="561" spans="1:14">
       <c r="A561" s="2">
         <v>107126</v>
       </c>
       <c r="B561" s="2" t="s">
         <v>1397</v>
       </c>
       <c r="C561" s="2" t="s">
         <v>1398</v>
       </c>
       <c r="D561" s="2"/>
       <c r="E561" s="2">
         <v>8522</v>
       </c>
       <c r="F561" s="2"/>
       <c r="G561" s="2" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="H561" s="2" t="s">
         <v>1399</v>
       </c>
       <c r="I561" s="2">
         <v>205</v>
       </c>
       <c r="J561" s="2">
         <v>26</v>
       </c>
       <c r="K561" s="2">
         <v>100</v>
       </c>
       <c r="L561" s="2">
         <v>95</v>
       </c>
       <c r="M561" s="2">
         <v>0</v>
       </c>
       <c r="N561" s="2">
         <v>195</v>
       </c>
     </row>
     <row r="562" spans="1:14">
       <c r="A562" s="2">
@@ -29914,51 +29914,51 @@
         <v>20</v>
       </c>
       <c r="M563" s="2">
         <v>0</v>
       </c>
       <c r="N563" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="564" spans="1:14">
       <c r="A564" s="2">
         <v>107128</v>
       </c>
       <c r="B564" s="2" t="s">
         <v>1402</v>
       </c>
       <c r="C564" s="2" t="s">
         <v>1403</v>
       </c>
       <c r="D564" s="2"/>
       <c r="E564" s="2">
         <v>8504</v>
       </c>
       <c r="F564" s="2"/>
       <c r="G564" s="2" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="H564" s="2" t="s">
         <v>1404</v>
       </c>
       <c r="I564" s="2">
         <v>207</v>
       </c>
       <c r="J564" s="2">
         <v>27</v>
       </c>
       <c r="K564" s="2">
         <v>100</v>
       </c>
       <c r="L564" s="2">
         <v>94</v>
       </c>
       <c r="M564" s="2">
         <v>0</v>
       </c>
       <c r="N564" s="2">
         <v>194</v>
       </c>
     </row>
     <row r="565" spans="1:14">
       <c r="A565" s="2">
@@ -29982,116 +29982,116 @@
       </c>
       <c r="H565" s="2" t="s">
         <v>1407</v>
       </c>
       <c r="I565" s="2">
         <v>207</v>
       </c>
       <c r="J565" s="2">
         <v>181</v>
       </c>
       <c r="K565" s="2">
         <v>100</v>
       </c>
       <c r="L565" s="2">
         <v>20</v>
       </c>
       <c r="M565" s="2">
         <v>0</v>
       </c>
       <c r="N565" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="566" spans="1:14">
       <c r="A566" s="2">
-        <v>107129</v>
+        <v>101048</v>
       </c>
       <c r="B566" s="2" t="s">
-        <v>1408</v>
+        <v>240</v>
       </c>
       <c r="C566" s="2" t="s">
-        <v>142</v>
+        <v>660</v>
       </c>
       <c r="D566" s="2"/>
       <c r="E566" s="2">
-        <v>7611</v>
-[...1 lines deleted...]
-      <c r="F566" s="2"/>
+        <v>7063</v>
+      </c>
+      <c r="F566" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="G566" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H566" s="2" t="s">
-        <v>1409</v>
+        <v>1408</v>
       </c>
       <c r="I566" s="2">
         <v>208</v>
       </c>
       <c r="J566" s="2">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="K566" s="2">
         <v>100</v>
       </c>
       <c r="L566" s="2">
         <v>20</v>
       </c>
       <c r="M566" s="2">
         <v>0</v>
       </c>
       <c r="N566" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="567" spans="1:14">
       <c r="A567" s="2">
-        <v>101048</v>
+        <v>107129</v>
       </c>
       <c r="B567" s="2" t="s">
-        <v>243</v>
+        <v>1409</v>
       </c>
       <c r="C567" s="2" t="s">
-        <v>661</v>
+        <v>142</v>
       </c>
       <c r="D567" s="2"/>
       <c r="E567" s="2">
-        <v>7063</v>
-[...3 lines deleted...]
-      </c>
+        <v>7611</v>
+      </c>
+      <c r="F567" s="2"/>
       <c r="G567" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H567" s="2" t="s">
         <v>1410</v>
       </c>
       <c r="I567" s="2">
         <v>208</v>
       </c>
       <c r="J567" s="2">
-        <v>182</v>
+        <v>181</v>
       </c>
       <c r="K567" s="2">
         <v>100</v>
       </c>
       <c r="L567" s="2">
         <v>20</v>
       </c>
       <c r="M567" s="2">
         <v>0</v>
       </c>
       <c r="N567" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="568" spans="1:14">
       <c r="A568" s="2">
         <v>107130</v>
       </c>
       <c r="B568" s="2" t="s">
         <v>1411</v>
       </c>
       <c r="C568" s="2" t="s">
         <v>1412</v>
       </c>
       <c r="D568" s="2"/>
@@ -30120,213 +30120,213 @@
       <c r="M568" s="2">
         <v>0</v>
       </c>
       <c r="N568" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="569" spans="1:14">
       <c r="A569" s="2">
         <v>101042</v>
       </c>
       <c r="B569" s="2" t="s">
         <v>1414</v>
       </c>
       <c r="C569" s="2" t="s">
         <v>1415</v>
       </c>
       <c r="D569" s="2"/>
       <c r="E569" s="2">
         <v>8005</v>
       </c>
       <c r="F569" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G569" s="2" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="H569" s="2" t="s">
         <v>1416</v>
       </c>
       <c r="I569" s="2">
         <v>209</v>
       </c>
       <c r="J569" s="2">
         <v>27</v>
       </c>
       <c r="K569" s="2">
         <v>100</v>
       </c>
       <c r="L569" s="2">
         <v>94</v>
       </c>
       <c r="M569" s="2">
         <v>0</v>
       </c>
       <c r="N569" s="2">
         <v>194</v>
       </c>
     </row>
     <row r="570" spans="1:14">
       <c r="A570" s="2">
         <v>107131</v>
       </c>
       <c r="B570" s="2" t="s">
-        <v>579</v>
+        <v>581</v>
       </c>
       <c r="C570" s="2" t="s">
-        <v>290</v>
+        <v>287</v>
       </c>
       <c r="D570" s="2"/>
       <c r="E570" s="2">
         <v>7191</v>
       </c>
       <c r="F570" s="2"/>
       <c r="G570" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H570" s="2" t="s">
         <v>1417</v>
       </c>
       <c r="I570" s="2">
         <v>210</v>
       </c>
       <c r="J570" s="2">
         <v>183</v>
       </c>
       <c r="K570" s="2">
         <v>100</v>
       </c>
       <c r="L570" s="2">
         <v>20</v>
       </c>
       <c r="M570" s="2">
         <v>0</v>
       </c>
       <c r="N570" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="571" spans="1:14">
       <c r="A571" s="2">
         <v>102890</v>
       </c>
       <c r="B571" s="2" t="s">
         <v>459</v>
       </c>
       <c r="C571" s="2" t="s">
-        <v>1364</v>
+        <v>1363</v>
       </c>
       <c r="D571" s="2"/>
       <c r="E571" s="2">
         <v>7543</v>
       </c>
       <c r="F571" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G571" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H571" s="2" t="s">
         <v>1418</v>
       </c>
       <c r="I571" s="2">
         <v>210</v>
       </c>
       <c r="J571" s="2">
         <v>183</v>
       </c>
       <c r="K571" s="2">
         <v>100</v>
       </c>
       <c r="L571" s="2">
         <v>20</v>
       </c>
       <c r="M571" s="2">
         <v>0</v>
       </c>
       <c r="N571" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="572" spans="1:14">
       <c r="A572" s="2">
-        <v>107132</v>
+        <v>102891</v>
       </c>
       <c r="B572" s="2" t="s">
-        <v>1299</v>
+        <v>1419</v>
       </c>
       <c r="C572" s="2" t="s">
-        <v>1419</v>
+        <v>1420</v>
       </c>
       <c r="D572" s="2"/>
       <c r="E572" s="2">
-        <v>7000</v>
-[...1 lines deleted...]
-      <c r="F572" s="2"/>
+        <v>7098</v>
+      </c>
+      <c r="F572" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="G572" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H572" s="2" t="s">
-        <v>1420</v>
+        <v>1421</v>
       </c>
       <c r="I572" s="2">
         <v>211</v>
       </c>
       <c r="J572" s="2">
         <v>184</v>
       </c>
       <c r="K572" s="2">
         <v>100</v>
       </c>
       <c r="L572" s="2">
         <v>20</v>
       </c>
       <c r="M572" s="2">
         <v>0</v>
       </c>
       <c r="N572" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="573" spans="1:14">
       <c r="A573" s="2">
-        <v>102891</v>
+        <v>107132</v>
       </c>
       <c r="B573" s="2" t="s">
-        <v>1421</v>
+        <v>1299</v>
       </c>
       <c r="C573" s="2" t="s">
         <v>1422</v>
       </c>
       <c r="D573" s="2"/>
       <c r="E573" s="2">
-        <v>7098</v>
-[...3 lines deleted...]
-      </c>
+        <v>7000</v>
+      </c>
+      <c r="F573" s="2"/>
       <c r="G573" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H573" s="2" t="s">
         <v>1423</v>
       </c>
       <c r="I573" s="2">
         <v>211</v>
       </c>
       <c r="J573" s="2">
         <v>184</v>
       </c>
       <c r="K573" s="2">
         <v>100</v>
       </c>
       <c r="L573" s="2">
         <v>20</v>
       </c>
       <c r="M573" s="2">
         <v>0</v>
       </c>
       <c r="N573" s="2">
         <v>120</v>
       </c>
     </row>
@@ -30392,437 +30392,437 @@
       </c>
       <c r="H575" s="2" t="s">
         <v>1428</v>
       </c>
       <c r="I575" s="2">
         <v>212</v>
       </c>
       <c r="J575" s="2">
         <v>185</v>
       </c>
       <c r="K575" s="2">
         <v>100</v>
       </c>
       <c r="L575" s="2">
         <v>20</v>
       </c>
       <c r="M575" s="2">
         <v>0</v>
       </c>
       <c r="N575" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="576" spans="1:14">
       <c r="A576" s="2">
-        <v>102893</v>
+        <v>100999</v>
       </c>
       <c r="B576" s="2" t="s">
+        <v>214</v>
+      </c>
+      <c r="C576" s="2" t="s">
         <v>1429</v>
-      </c>
-[...1 lines deleted...]
-        <v>1430</v>
       </c>
       <c r="D576" s="2"/>
       <c r="E576" s="2">
-        <v>8506</v>
+        <v>7117</v>
       </c>
       <c r="F576" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G576" s="2" t="s">
-        <v>78</v>
+        <v>17</v>
       </c>
       <c r="H576" s="2" t="s">
-        <v>1431</v>
+        <v>1430</v>
       </c>
       <c r="I576" s="2">
         <v>213</v>
       </c>
       <c r="J576" s="2">
-        <v>28</v>
+        <v>186</v>
       </c>
       <c r="K576" s="2">
         <v>100</v>
       </c>
       <c r="L576" s="2">
-        <v>93</v>
+        <v>20</v>
       </c>
       <c r="M576" s="2">
         <v>0</v>
       </c>
       <c r="N576" s="2">
-        <v>193</v>
+        <v>120</v>
       </c>
     </row>
     <row r="577" spans="1:14">
       <c r="A577" s="2">
-        <v>100999</v>
+        <v>102893</v>
       </c>
       <c r="B577" s="2" t="s">
-        <v>211</v>
+        <v>1431</v>
       </c>
       <c r="C577" s="2" t="s">
         <v>1432</v>
       </c>
       <c r="D577" s="2"/>
       <c r="E577" s="2">
-        <v>7117</v>
+        <v>8506</v>
       </c>
       <c r="F577" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G577" s="2" t="s">
-        <v>17</v>
+        <v>77</v>
       </c>
       <c r="H577" s="2" t="s">
         <v>1433</v>
       </c>
       <c r="I577" s="2">
         <v>213</v>
       </c>
       <c r="J577" s="2">
-        <v>186</v>
+        <v>28</v>
       </c>
       <c r="K577" s="2">
         <v>100</v>
       </c>
       <c r="L577" s="2">
-        <v>20</v>
+        <v>93</v>
       </c>
       <c r="M577" s="2">
         <v>0</v>
       </c>
       <c r="N577" s="2">
-        <v>120</v>
+        <v>193</v>
       </c>
     </row>
     <row r="578" spans="1:14">
       <c r="A578" s="2">
-        <v>107135</v>
+        <v>102894</v>
       </c>
       <c r="B578" s="2" t="s">
         <v>1434</v>
       </c>
       <c r="C578" s="2" t="s">
         <v>1435</v>
       </c>
       <c r="D578" s="2"/>
       <c r="E578" s="2">
-        <v>7019</v>
-[...1 lines deleted...]
-      <c r="F578" s="2"/>
+        <v>7138</v>
+      </c>
+      <c r="F578" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="G578" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H578" s="2" t="s">
         <v>1436</v>
       </c>
       <c r="I578" s="2">
         <v>214</v>
       </c>
       <c r="J578" s="2">
-        <v>187</v>
+        <v>186</v>
       </c>
       <c r="K578" s="2">
         <v>100</v>
       </c>
       <c r="L578" s="2">
         <v>20</v>
       </c>
       <c r="M578" s="2">
         <v>0</v>
       </c>
       <c r="N578" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="579" spans="1:14">
       <c r="A579" s="2">
-        <v>102894</v>
+        <v>107135</v>
       </c>
       <c r="B579" s="2" t="s">
         <v>1437</v>
       </c>
       <c r="C579" s="2" t="s">
         <v>1438</v>
       </c>
       <c r="D579" s="2"/>
       <c r="E579" s="2">
-        <v>7138</v>
-[...3 lines deleted...]
-      </c>
+        <v>7019</v>
+      </c>
+      <c r="F579" s="2"/>
       <c r="G579" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H579" s="2" t="s">
         <v>1439</v>
       </c>
       <c r="I579" s="2">
         <v>214</v>
       </c>
       <c r="J579" s="2">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="K579" s="2">
         <v>100</v>
       </c>
       <c r="L579" s="2">
         <v>20</v>
       </c>
       <c r="M579" s="2">
         <v>0</v>
       </c>
       <c r="N579" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="580" spans="1:14">
       <c r="A580" s="2">
-        <v>107136</v>
+        <v>102895</v>
       </c>
       <c r="B580" s="2" t="s">
         <v>1440</v>
       </c>
       <c r="C580" s="2" t="s">
         <v>1441</v>
       </c>
       <c r="D580" s="2"/>
       <c r="E580" s="2">
-        <v>7122</v>
-[...1 lines deleted...]
-      <c r="F580" s="2"/>
+        <v>7541</v>
+      </c>
+      <c r="F580" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="G580" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H580" s="2" t="s">
         <v>1442</v>
       </c>
       <c r="I580" s="2">
         <v>215</v>
       </c>
       <c r="J580" s="2">
-        <v>188</v>
+        <v>187</v>
       </c>
       <c r="K580" s="2">
         <v>100</v>
       </c>
       <c r="L580" s="2">
         <v>20</v>
       </c>
       <c r="M580" s="2">
         <v>0</v>
       </c>
       <c r="N580" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="581" spans="1:14">
       <c r="A581" s="2">
-        <v>102895</v>
+        <v>107136</v>
       </c>
       <c r="B581" s="2" t="s">
         <v>1443</v>
       </c>
       <c r="C581" s="2" t="s">
         <v>1444</v>
       </c>
       <c r="D581" s="2"/>
       <c r="E581" s="2">
-        <v>7541</v>
-[...3 lines deleted...]
-      </c>
+        <v>7122</v>
+      </c>
+      <c r="F581" s="2"/>
       <c r="G581" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H581" s="2" t="s">
         <v>1445</v>
       </c>
       <c r="I581" s="2">
         <v>215</v>
       </c>
       <c r="J581" s="2">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="K581" s="2">
         <v>100</v>
       </c>
       <c r="L581" s="2">
         <v>20</v>
       </c>
       <c r="M581" s="2">
         <v>0</v>
       </c>
       <c r="N581" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="582" spans="1:14">
       <c r="A582" s="2">
-        <v>102864</v>
+        <v>102896</v>
       </c>
       <c r="B582" s="2" t="s">
-        <v>1296</v>
+        <v>150</v>
       </c>
       <c r="C582" s="2" t="s">
-        <v>1297</v>
+        <v>1446</v>
       </c>
       <c r="D582" s="2"/>
       <c r="E582" s="2">
-        <v>8006</v>
+        <v>7502</v>
       </c>
       <c r="F582" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G582" s="2" t="s">
-        <v>78</v>
+        <v>17</v>
       </c>
       <c r="H582" s="2" t="s">
-        <v>1446</v>
+        <v>1447</v>
       </c>
       <c r="I582" s="2">
         <v>216</v>
       </c>
       <c r="J582" s="2">
-        <v>28</v>
+        <v>188</v>
       </c>
       <c r="K582" s="2">
         <v>100</v>
       </c>
       <c r="L582" s="2">
-        <v>93</v>
+        <v>20</v>
       </c>
       <c r="M582" s="2">
         <v>0</v>
       </c>
       <c r="N582" s="2">
-        <v>193</v>
+        <v>120</v>
       </c>
     </row>
     <row r="583" spans="1:14">
       <c r="A583" s="2">
-        <v>102896</v>
+        <v>102864</v>
       </c>
       <c r="B583" s="2" t="s">
-        <v>152</v>
+        <v>1296</v>
       </c>
       <c r="C583" s="2" t="s">
-        <v>1447</v>
+        <v>1297</v>
       </c>
       <c r="D583" s="2"/>
       <c r="E583" s="2">
-        <v>7502</v>
+        <v>8006</v>
       </c>
       <c r="F583" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G583" s="2" t="s">
-        <v>17</v>
+        <v>77</v>
       </c>
       <c r="H583" s="2" t="s">
         <v>1448</v>
       </c>
       <c r="I583" s="2">
         <v>216</v>
       </c>
       <c r="J583" s="2">
-        <v>188</v>
+        <v>28</v>
       </c>
       <c r="K583" s="2">
         <v>100</v>
       </c>
       <c r="L583" s="2">
-        <v>20</v>
+        <v>93</v>
       </c>
       <c r="M583" s="2">
         <v>0</v>
       </c>
       <c r="N583" s="2">
-        <v>120</v>
+        <v>193</v>
       </c>
     </row>
     <row r="584" spans="1:14">
       <c r="A584" s="2">
-        <v>102897</v>
+        <v>107138</v>
       </c>
       <c r="B584" s="2" t="s">
         <v>1449</v>
       </c>
       <c r="C584" s="2" t="s">
         <v>1450</v>
       </c>
       <c r="D584" s="2"/>
       <c r="E584" s="2">
-        <v>7142</v>
-[...3 lines deleted...]
-      </c>
+        <v>7030</v>
+      </c>
+      <c r="F584" s="2"/>
       <c r="G584" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H584" s="2" t="s">
         <v>1451</v>
       </c>
       <c r="I584" s="2">
         <v>217</v>
       </c>
       <c r="J584" s="2">
         <v>189</v>
       </c>
       <c r="K584" s="2">
         <v>100</v>
       </c>
       <c r="L584" s="2">
         <v>20</v>
       </c>
       <c r="M584" s="2">
         <v>0</v>
       </c>
       <c r="N584" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="585" spans="1:14">
       <c r="A585" s="2">
-        <v>107138</v>
+        <v>102897</v>
       </c>
       <c r="B585" s="2" t="s">
         <v>1452</v>
       </c>
       <c r="C585" s="2" t="s">
         <v>1453</v>
       </c>
       <c r="D585" s="2"/>
       <c r="E585" s="2">
-        <v>7030</v>
-[...1 lines deleted...]
-      <c r="F585" s="2"/>
+        <v>7142</v>
+      </c>
+      <c r="F585" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="G585" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H585" s="2" t="s">
         <v>1454</v>
       </c>
       <c r="I585" s="2">
         <v>217</v>
       </c>
       <c r="J585" s="2">
         <v>189</v>
       </c>
       <c r="K585" s="2">
         <v>100</v>
       </c>
       <c r="L585" s="2">
         <v>20</v>
       </c>
       <c r="M585" s="2">
         <v>0</v>
       </c>
       <c r="N585" s="2">
         <v>120</v>
       </c>
     </row>
@@ -30862,51 +30862,51 @@
       <c r="M586" s="2">
         <v>0</v>
       </c>
       <c r="N586" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="587" spans="1:14">
       <c r="A587" s="2">
         <v>102898</v>
       </c>
       <c r="B587" s="2" t="s">
         <v>462</v>
       </c>
       <c r="C587" s="2" t="s">
         <v>1458</v>
       </c>
       <c r="D587" s="2"/>
       <c r="E587" s="2">
         <v>8036</v>
       </c>
       <c r="F587" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G587" s="2" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="H587" s="2" t="s">
         <v>1459</v>
       </c>
       <c r="I587" s="2">
         <v>218</v>
       </c>
       <c r="J587" s="2">
         <v>29</v>
       </c>
       <c r="K587" s="2">
         <v>100</v>
       </c>
       <c r="L587" s="2">
         <v>92</v>
       </c>
       <c r="M587" s="2">
         <v>0</v>
       </c>
       <c r="N587" s="2">
         <v>192</v>
       </c>
     </row>
     <row r="588" spans="1:14">
       <c r="A588" s="2">
@@ -30930,240 +30930,240 @@
       </c>
       <c r="H588" s="2" t="s">
         <v>1461</v>
       </c>
       <c r="I588" s="2">
         <v>219</v>
       </c>
       <c r="J588" s="2">
         <v>190</v>
       </c>
       <c r="K588" s="2">
         <v>100</v>
       </c>
       <c r="L588" s="2">
         <v>20</v>
       </c>
       <c r="M588" s="2">
         <v>0</v>
       </c>
       <c r="N588" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="589" spans="1:14">
       <c r="A589" s="2">
-        <v>107140</v>
+        <v>100983</v>
       </c>
       <c r="B589" s="2" t="s">
+        <v>214</v>
+      </c>
+      <c r="C589" s="2" t="s">
         <v>1462</v>
-      </c>
-[...1 lines deleted...]
-        <v>1463</v>
       </c>
       <c r="D589" s="2"/>
       <c r="E589" s="2">
-        <v>7200</v>
-[...1 lines deleted...]
-      <c r="F589" s="2"/>
+        <v>7148</v>
+      </c>
+      <c r="F589" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="G589" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H589" s="2" t="s">
-        <v>1464</v>
+        <v>1461</v>
       </c>
       <c r="I589" s="2">
         <v>219</v>
       </c>
       <c r="J589" s="2">
-        <v>191</v>
+        <v>190</v>
       </c>
       <c r="K589" s="2">
         <v>100</v>
       </c>
       <c r="L589" s="2">
         <v>20</v>
       </c>
       <c r="M589" s="2">
         <v>0</v>
       </c>
       <c r="N589" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="590" spans="1:14">
       <c r="A590" s="2">
-        <v>100983</v>
+        <v>107140</v>
       </c>
       <c r="B590" s="2" t="s">
-        <v>211</v>
+        <v>1463</v>
       </c>
       <c r="C590" s="2" t="s">
-        <v>1465</v>
+        <v>1464</v>
       </c>
       <c r="D590" s="2"/>
       <c r="E590" s="2">
-        <v>7148</v>
-[...3 lines deleted...]
-      </c>
+        <v>7200</v>
+      </c>
+      <c r="F590" s="2"/>
       <c r="G590" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H590" s="2" t="s">
-        <v>1461</v>
+        <v>1465</v>
       </c>
       <c r="I590" s="2">
         <v>219</v>
       </c>
       <c r="J590" s="2">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="K590" s="2">
         <v>100</v>
       </c>
       <c r="L590" s="2">
         <v>20</v>
       </c>
       <c r="M590" s="2">
         <v>0</v>
       </c>
       <c r="N590" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="591" spans="1:14">
       <c r="A591" s="2">
         <v>101056</v>
       </c>
       <c r="B591" s="2" t="s">
         <v>1262</v>
       </c>
       <c r="C591" s="2" t="s">
-        <v>1178</v>
+        <v>1176</v>
       </c>
       <c r="D591" s="2"/>
       <c r="E591" s="2">
         <v>7151</v>
       </c>
       <c r="F591" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G591" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H591" s="2" t="s">
         <v>1466</v>
       </c>
       <c r="I591" s="2">
         <v>220</v>
       </c>
       <c r="J591" s="2">
         <v>192</v>
       </c>
       <c r="K591" s="2">
         <v>100</v>
       </c>
       <c r="L591" s="2">
         <v>20</v>
       </c>
       <c r="M591" s="2">
         <v>0</v>
       </c>
       <c r="N591" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="592" spans="1:14">
       <c r="A592" s="2">
-        <v>107142</v>
+        <v>102901</v>
       </c>
       <c r="B592" s="2" t="s">
         <v>1467</v>
       </c>
       <c r="C592" s="2" t="s">
-        <v>1465</v>
+        <v>660</v>
       </c>
       <c r="D592" s="2"/>
       <c r="E592" s="2">
-        <v>7050</v>
-[...1 lines deleted...]
-      <c r="F592" s="2"/>
+        <v>7589</v>
+      </c>
+      <c r="F592" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="G592" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H592" s="2" t="s">
         <v>1468</v>
       </c>
       <c r="I592" s="2">
         <v>221</v>
       </c>
       <c r="J592" s="2">
-        <v>193</v>
+        <v>192</v>
       </c>
       <c r="K592" s="2">
         <v>100</v>
       </c>
       <c r="L592" s="2">
         <v>20</v>
       </c>
       <c r="M592" s="2">
         <v>0</v>
       </c>
       <c r="N592" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="593" spans="1:14">
       <c r="A593" s="2">
-        <v>102901</v>
+        <v>107142</v>
       </c>
       <c r="B593" s="2" t="s">
         <v>1469</v>
       </c>
       <c r="C593" s="2" t="s">
-        <v>661</v>
+        <v>1462</v>
       </c>
       <c r="D593" s="2"/>
       <c r="E593" s="2">
-        <v>7589</v>
-[...3 lines deleted...]
-      </c>
+        <v>7050</v>
+      </c>
+      <c r="F593" s="2"/>
       <c r="G593" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H593" s="2" t="s">
         <v>1470</v>
       </c>
       <c r="I593" s="2">
         <v>221</v>
       </c>
       <c r="J593" s="2">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="K593" s="2">
         <v>100</v>
       </c>
       <c r="L593" s="2">
         <v>20</v>
       </c>
       <c r="M593" s="2">
         <v>0</v>
       </c>
       <c r="N593" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="594" spans="1:14">
       <c r="A594" s="2">
         <v>102902</v>
       </c>
       <c r="B594" s="2" t="s">
         <v>1471</v>
       </c>
       <c r="C594" s="2" t="s">
         <v>1472</v>
       </c>
       <c r="D594" s="2"/>
@@ -31302,218 +31302,218 @@
       </c>
       <c r="H597" s="2" t="s">
         <v>1481</v>
       </c>
       <c r="I597" s="2">
         <v>223</v>
       </c>
       <c r="J597" s="2">
         <v>194</v>
       </c>
       <c r="K597" s="2">
         <v>100</v>
       </c>
       <c r="L597" s="2">
         <v>20</v>
       </c>
       <c r="M597" s="2">
         <v>0</v>
       </c>
       <c r="N597" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="598" spans="1:14">
       <c r="A598" s="2">
-        <v>102904</v>
+        <v>107145</v>
       </c>
       <c r="B598" s="2" t="s">
         <v>1482</v>
       </c>
       <c r="C598" s="2" t="s">
         <v>1483</v>
       </c>
       <c r="D598" s="2"/>
       <c r="E598" s="2">
-        <v>8514</v>
-[...3 lines deleted...]
-      </c>
+        <v>7175</v>
+      </c>
+      <c r="F598" s="2"/>
       <c r="G598" s="2" t="s">
-        <v>78</v>
+        <v>17</v>
       </c>
       <c r="H598" s="2" t="s">
         <v>1484</v>
       </c>
       <c r="I598" s="2">
         <v>224</v>
       </c>
       <c r="J598" s="2">
-        <v>30</v>
+        <v>196</v>
       </c>
       <c r="K598" s="2">
         <v>100</v>
       </c>
       <c r="L598" s="2">
-        <v>91</v>
+        <v>20</v>
       </c>
       <c r="M598" s="2">
         <v>0</v>
       </c>
       <c r="N598" s="2">
-        <v>191</v>
+        <v>120</v>
       </c>
     </row>
     <row r="599" spans="1:14">
       <c r="A599" s="2">
-        <v>107145</v>
+        <v>102904</v>
       </c>
       <c r="B599" s="2" t="s">
         <v>1485</v>
       </c>
       <c r="C599" s="2" t="s">
         <v>1486</v>
       </c>
       <c r="D599" s="2"/>
       <c r="E599" s="2">
-        <v>7175</v>
-[...1 lines deleted...]
-      <c r="F599" s="2"/>
+        <v>8514</v>
+      </c>
+      <c r="F599" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="G599" s="2" t="s">
-        <v>17</v>
+        <v>77</v>
       </c>
       <c r="H599" s="2" t="s">
         <v>1487</v>
       </c>
       <c r="I599" s="2">
         <v>224</v>
       </c>
       <c r="J599" s="2">
-        <v>196</v>
+        <v>30</v>
       </c>
       <c r="K599" s="2">
         <v>100</v>
       </c>
       <c r="L599" s="2">
-        <v>20</v>
+        <v>91</v>
       </c>
       <c r="M599" s="2">
         <v>0</v>
       </c>
       <c r="N599" s="2">
-        <v>120</v>
+        <v>191</v>
       </c>
     </row>
     <row r="600" spans="1:14">
       <c r="A600" s="2">
         <v>107146</v>
       </c>
       <c r="B600" s="2" t="s">
         <v>1488</v>
       </c>
       <c r="C600" s="2" t="s">
-        <v>1324</v>
+        <v>1327</v>
       </c>
       <c r="D600" s="2"/>
       <c r="E600" s="2">
         <v>8022</v>
       </c>
       <c r="F600" s="2"/>
       <c r="G600" s="2" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="H600" s="2" t="s">
         <v>1489</v>
       </c>
       <c r="I600" s="2">
         <v>225</v>
       </c>
       <c r="J600" s="2">
         <v>29</v>
       </c>
       <c r="K600" s="2">
         <v>100</v>
       </c>
       <c r="L600" s="2">
         <v>92</v>
       </c>
       <c r="M600" s="2">
         <v>0</v>
       </c>
       <c r="N600" s="2">
         <v>192</v>
       </c>
     </row>
     <row r="601" spans="1:14">
       <c r="A601" s="2">
         <v>102905</v>
       </c>
       <c r="B601" s="2" t="s">
         <v>574</v>
       </c>
       <c r="C601" s="2" t="s">
-        <v>1211</v>
+        <v>1212</v>
       </c>
       <c r="D601" s="2"/>
       <c r="E601" s="2">
         <v>7025</v>
       </c>
       <c r="F601" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G601" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H601" s="2" t="s">
         <v>1490</v>
       </c>
       <c r="I601" s="2">
         <v>225</v>
       </c>
       <c r="J601" s="2">
         <v>195</v>
       </c>
       <c r="K601" s="2">
         <v>100</v>
       </c>
       <c r="L601" s="2">
         <v>20</v>
       </c>
       <c r="M601" s="2">
         <v>0</v>
       </c>
       <c r="N601" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="602" spans="1:14">
       <c r="A602" s="2">
         <v>101037</v>
       </c>
       <c r="B602" s="2" t="s">
-        <v>770</v>
+        <v>769</v>
       </c>
       <c r="C602" s="2" t="s">
         <v>124</v>
       </c>
       <c r="D602" s="2"/>
       <c r="E602" s="2">
         <v>7594</v>
       </c>
       <c r="F602" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G602" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H602" s="2" t="s">
         <v>1489</v>
       </c>
       <c r="I602" s="2">
         <v>226</v>
       </c>
       <c r="J602" s="2">
         <v>197</v>
       </c>
       <c r="K602" s="2">
         <v>100</v>
@@ -31566,51 +31566,51 @@
       <c r="M603" s="2">
         <v>0</v>
       </c>
       <c r="N603" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="604" spans="1:14">
       <c r="A604" s="2">
         <v>102907</v>
       </c>
       <c r="B604" s="2" t="s">
         <v>1494</v>
       </c>
       <c r="C604" s="2" t="s">
         <v>1495</v>
       </c>
       <c r="D604" s="2"/>
       <c r="E604" s="2">
         <v>8027</v>
       </c>
       <c r="F604" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G604" s="2" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="H604" s="2" t="s">
         <v>1496</v>
       </c>
       <c r="I604" s="2">
         <v>227</v>
       </c>
       <c r="J604" s="2">
         <v>31</v>
       </c>
       <c r="K604" s="2">
         <v>100</v>
       </c>
       <c r="L604" s="2">
         <v>90</v>
       </c>
       <c r="M604" s="2">
         <v>0</v>
       </c>
       <c r="N604" s="2">
         <v>190</v>
       </c>
     </row>
     <row r="605" spans="1:14">
       <c r="A605" s="2">
@@ -31648,51 +31648,51 @@
       <c r="M605" s="2">
         <v>0</v>
       </c>
       <c r="N605" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="606" spans="1:14">
       <c r="A606" s="2">
         <v>102908</v>
       </c>
       <c r="B606" s="2" t="s">
         <v>1500</v>
       </c>
       <c r="C606" s="2" t="s">
         <v>1501</v>
       </c>
       <c r="D606" s="2"/>
       <c r="E606" s="2">
         <v>8021</v>
       </c>
       <c r="F606" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G606" s="2" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="H606" s="2" t="s">
         <v>1502</v>
       </c>
       <c r="I606" s="2">
         <v>228</v>
       </c>
       <c r="J606" s="2">
         <v>32</v>
       </c>
       <c r="K606" s="2">
         <v>100</v>
       </c>
       <c r="L606" s="2">
         <v>89</v>
       </c>
       <c r="M606" s="2">
         <v>0</v>
       </c>
       <c r="N606" s="2">
         <v>189</v>
       </c>
     </row>
     <row r="607" spans="1:14">
       <c r="A607" s="2">
@@ -31720,130 +31720,130 @@
       </c>
       <c r="J607" s="2">
         <v>199</v>
       </c>
       <c r="K607" s="2">
         <v>100</v>
       </c>
       <c r="L607" s="2">
         <v>20</v>
       </c>
       <c r="M607" s="2">
         <v>0</v>
       </c>
       <c r="N607" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="608" spans="1:14">
       <c r="A608" s="2">
         <v>107150</v>
       </c>
       <c r="B608" s="2" t="s">
         <v>1506</v>
       </c>
       <c r="C608" s="2" t="s">
-        <v>941</v>
+        <v>938</v>
       </c>
       <c r="D608" s="2"/>
       <c r="E608" s="2">
         <v>7082</v>
       </c>
       <c r="F608" s="2"/>
       <c r="G608" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H608" s="2" t="s">
         <v>1507</v>
       </c>
       <c r="I608" s="2">
         <v>229</v>
       </c>
       <c r="J608" s="2">
         <v>200</v>
       </c>
       <c r="K608" s="2">
         <v>100</v>
       </c>
       <c r="L608" s="2">
         <v>20</v>
       </c>
       <c r="M608" s="2">
         <v>0</v>
       </c>
       <c r="N608" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="609" spans="1:14">
       <c r="A609" s="2">
         <v>102909</v>
       </c>
       <c r="B609" s="2" t="s">
         <v>1508</v>
       </c>
       <c r="C609" s="2" t="s">
-        <v>1015</v>
+        <v>1012</v>
       </c>
       <c r="D609" s="2"/>
       <c r="E609" s="2">
         <v>7085</v>
       </c>
       <c r="F609" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G609" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H609" s="2" t="s">
         <v>1509</v>
       </c>
       <c r="I609" s="2">
         <v>229</v>
       </c>
       <c r="J609" s="2">
         <v>197</v>
       </c>
       <c r="K609" s="2">
         <v>100</v>
       </c>
       <c r="L609" s="2">
         <v>20</v>
       </c>
       <c r="M609" s="2">
         <v>0</v>
       </c>
       <c r="N609" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="610" spans="1:14">
       <c r="A610" s="2">
         <v>102910</v>
       </c>
       <c r="B610" s="2" t="s">
-        <v>472</v>
+        <v>478</v>
       </c>
       <c r="C610" s="2" t="s">
         <v>1510</v>
       </c>
       <c r="D610" s="2"/>
       <c r="E610" s="2">
         <v>7099</v>
       </c>
       <c r="F610" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G610" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H610" s="2" t="s">
         <v>1511</v>
       </c>
       <c r="I610" s="2">
         <v>230</v>
       </c>
       <c r="J610" s="2">
         <v>198</v>
       </c>
       <c r="K610" s="2">
         <v>100</v>
@@ -31852,51 +31852,51 @@
         <v>20</v>
       </c>
       <c r="M610" s="2">
         <v>0</v>
       </c>
       <c r="N610" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="611" spans="1:14">
       <c r="A611" s="2">
         <v>107151</v>
       </c>
       <c r="B611" s="2" t="s">
         <v>1512</v>
       </c>
       <c r="C611" s="2" t="s">
         <v>1513</v>
       </c>
       <c r="D611" s="2"/>
       <c r="E611" s="2">
         <v>8039</v>
       </c>
       <c r="F611" s="2"/>
       <c r="G611" s="2" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="H611" s="2" t="s">
         <v>1514</v>
       </c>
       <c r="I611" s="2">
         <v>230</v>
       </c>
       <c r="J611" s="2">
         <v>30</v>
       </c>
       <c r="K611" s="2">
         <v>100</v>
       </c>
       <c r="L611" s="2">
         <v>91</v>
       </c>
       <c r="M611" s="2">
         <v>0</v>
       </c>
       <c r="N611" s="2">
         <v>191</v>
       </c>
     </row>
     <row r="612" spans="1:14">
       <c r="A612" s="2">
@@ -31963,54 +31963,54 @@
       </c>
       <c r="I613" s="2">
         <v>231</v>
       </c>
       <c r="J613" s="2">
         <v>201</v>
       </c>
       <c r="K613" s="2">
         <v>100</v>
       </c>
       <c r="L613" s="2">
         <v>20</v>
       </c>
       <c r="M613" s="2">
         <v>0</v>
       </c>
       <c r="N613" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="614" spans="1:14">
       <c r="A614" s="2">
         <v>107153</v>
       </c>
       <c r="B614" s="2" t="s">
-        <v>693</v>
+        <v>690</v>
       </c>
       <c r="C614" s="2" t="s">
-        <v>1373</v>
+        <v>1371</v>
       </c>
       <c r="D614" s="2"/>
       <c r="E614" s="2">
         <v>7531</v>
       </c>
       <c r="F614" s="2"/>
       <c r="G614" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H614" s="2" t="s">
         <v>1521</v>
       </c>
       <c r="I614" s="2">
         <v>232</v>
       </c>
       <c r="J614" s="2">
         <v>202</v>
       </c>
       <c r="K614" s="2">
         <v>100</v>
       </c>
       <c r="L614" s="2">
         <v>20</v>
       </c>
       <c r="M614" s="2">
@@ -32098,51 +32098,51 @@
         <v>20</v>
       </c>
       <c r="M616" s="2">
         <v>0</v>
       </c>
       <c r="N616" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="617" spans="1:14">
       <c r="A617" s="2">
         <v>107154</v>
       </c>
       <c r="B617" s="2" t="s">
         <v>1528</v>
       </c>
       <c r="C617" s="2" t="s">
         <v>1528</v>
       </c>
       <c r="D617" s="2"/>
       <c r="E617" s="2">
         <v>8502</v>
       </c>
       <c r="F617" s="2"/>
       <c r="G617" s="2" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="H617" s="2" t="s">
         <v>1529</v>
       </c>
       <c r="I617" s="2">
         <v>233</v>
       </c>
       <c r="J617" s="2">
         <v>31</v>
       </c>
       <c r="K617" s="2">
         <v>100</v>
       </c>
       <c r="L617" s="2">
         <v>90</v>
       </c>
       <c r="M617" s="2">
         <v>0</v>
       </c>
       <c r="N617" s="2">
         <v>190</v>
       </c>
     </row>
     <row r="618" spans="1:14">
       <c r="A618" s="2">
@@ -32262,156 +32262,156 @@
       <c r="M620" s="2">
         <v>0</v>
       </c>
       <c r="N620" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="621" spans="1:14">
       <c r="A621" s="2">
         <v>102915</v>
       </c>
       <c r="B621" s="2" t="s">
         <v>1539</v>
       </c>
       <c r="C621" s="2" t="s">
         <v>1540</v>
       </c>
       <c r="D621" s="2"/>
       <c r="E621" s="2">
         <v>8009</v>
       </c>
       <c r="F621" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G621" s="2" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="H621" s="2" t="s">
         <v>1541</v>
       </c>
       <c r="I621" s="2">
         <v>235</v>
       </c>
       <c r="J621" s="2">
         <v>33</v>
       </c>
       <c r="K621" s="2">
         <v>100</v>
       </c>
       <c r="L621" s="2">
         <v>88</v>
       </c>
       <c r="M621" s="2">
         <v>0</v>
       </c>
       <c r="N621" s="2">
         <v>188</v>
       </c>
     </row>
     <row r="622" spans="1:14">
       <c r="A622" s="2">
-        <v>102720</v>
+        <v>102916</v>
       </c>
       <c r="B622" s="2" t="s">
-        <v>321</v>
+        <v>1542</v>
       </c>
       <c r="C622" s="2" t="s">
-        <v>322</v>
+        <v>1543</v>
       </c>
       <c r="D622" s="2"/>
       <c r="E622" s="2">
-        <v>7565</v>
+        <v>8025</v>
       </c>
       <c r="F622" s="2" t="s">
-        <v>29</v>
+        <v>675</v>
       </c>
       <c r="G622" s="2" t="s">
-        <v>17</v>
+        <v>77</v>
       </c>
       <c r="H622" s="2" t="s">
-        <v>1542</v>
+        <v>1544</v>
       </c>
       <c r="I622" s="2">
         <v>236</v>
       </c>
       <c r="J622" s="2">
-        <v>205</v>
+        <v>34</v>
       </c>
       <c r="K622" s="2">
         <v>100</v>
       </c>
       <c r="L622" s="2">
-        <v>20</v>
+        <v>87</v>
       </c>
       <c r="M622" s="2">
         <v>0</v>
       </c>
       <c r="N622" s="2">
-        <v>120</v>
+        <v>187</v>
       </c>
     </row>
     <row r="623" spans="1:14">
       <c r="A623" s="2">
-        <v>102916</v>
+        <v>102720</v>
       </c>
       <c r="B623" s="2" t="s">
-        <v>1543</v>
+        <v>324</v>
       </c>
       <c r="C623" s="2" t="s">
-        <v>1544</v>
+        <v>325</v>
       </c>
       <c r="D623" s="2"/>
       <c r="E623" s="2">
-        <v>8025</v>
+        <v>7565</v>
       </c>
       <c r="F623" s="2" t="s">
-        <v>673</v>
+        <v>29</v>
       </c>
       <c r="G623" s="2" t="s">
-        <v>78</v>
+        <v>17</v>
       </c>
       <c r="H623" s="2" t="s">
         <v>1545</v>
       </c>
       <c r="I623" s="2">
         <v>236</v>
       </c>
       <c r="J623" s="2">
-        <v>34</v>
+        <v>205</v>
       </c>
       <c r="K623" s="2">
         <v>100</v>
       </c>
       <c r="L623" s="2">
-        <v>87</v>
+        <v>20</v>
       </c>
       <c r="M623" s="2">
         <v>0</v>
       </c>
       <c r="N623" s="2">
-        <v>187</v>
+        <v>120</v>
       </c>
     </row>
     <row r="624" spans="1:14">
       <c r="A624" s="2">
         <v>102917</v>
       </c>
       <c r="B624" s="2" t="s">
         <v>1367</v>
       </c>
       <c r="C624" s="2" t="s">
         <v>1368</v>
       </c>
       <c r="D624" s="2"/>
       <c r="E624" s="2">
         <v>7535</v>
       </c>
       <c r="F624" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G624" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H624" s="2" t="s">
         <v>1546</v>
       </c>
@@ -32467,86 +32467,86 @@
       <c r="L625" s="2">
         <v>20</v>
       </c>
       <c r="M625" s="2">
         <v>0</v>
       </c>
       <c r="N625" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="626" spans="1:14">
       <c r="A626" s="2">
         <v>100188</v>
       </c>
       <c r="B626" s="2" t="s">
         <v>749</v>
       </c>
       <c r="C626" s="2" t="s">
         <v>750</v>
       </c>
       <c r="D626" s="2"/>
       <c r="E626" s="2">
         <v>8007</v>
       </c>
       <c r="F626" s="2" t="s">
-        <v>197</v>
+        <v>194</v>
       </c>
       <c r="G626" s="2" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="H626" s="2" t="s">
         <v>1549</v>
       </c>
       <c r="I626" s="2">
         <v>238</v>
       </c>
       <c r="J626" s="2">
         <v>32</v>
       </c>
       <c r="K626" s="2">
         <v>100</v>
       </c>
       <c r="L626" s="2">
         <v>89</v>
       </c>
       <c r="M626" s="2">
         <v>0</v>
       </c>
       <c r="N626" s="2">
         <v>189</v>
       </c>
     </row>
     <row r="627" spans="1:14">
       <c r="A627" s="2">
         <v>102918</v>
       </c>
       <c r="B627" s="2" t="s">
         <v>1550</v>
       </c>
       <c r="C627" s="2" t="s">
-        <v>959</v>
+        <v>953</v>
       </c>
       <c r="D627" s="2"/>
       <c r="E627" s="2">
         <v>7564</v>
       </c>
       <c r="F627" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G627" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H627" s="2" t="s">
         <v>1551</v>
       </c>
       <c r="I627" s="2">
         <v>238</v>
       </c>
       <c r="J627" s="2">
         <v>204</v>
       </c>
       <c r="K627" s="2">
         <v>100</v>
       </c>
       <c r="L627" s="2">
         <v>20</v>
@@ -32581,54 +32581,54 @@
       </c>
       <c r="I628" s="2">
         <v>239</v>
       </c>
       <c r="J628" s="2">
         <v>207</v>
       </c>
       <c r="K628" s="2">
         <v>100</v>
       </c>
       <c r="L628" s="2">
         <v>20</v>
       </c>
       <c r="M628" s="2">
         <v>0</v>
       </c>
       <c r="N628" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="629" spans="1:14">
       <c r="A629" s="2">
         <v>102074</v>
       </c>
       <c r="B629" s="2" t="s">
-        <v>478</v>
+        <v>472</v>
       </c>
       <c r="C629" s="2" t="s">
-        <v>479</v>
+        <v>473</v>
       </c>
       <c r="D629" s="2"/>
       <c r="E629" s="2">
         <v>7044</v>
       </c>
       <c r="F629" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G629" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H629" s="2" t="s">
         <v>1529</v>
       </c>
       <c r="I629" s="2">
         <v>239</v>
       </c>
       <c r="J629" s="2">
         <v>205</v>
       </c>
       <c r="K629" s="2">
         <v>100</v>
       </c>
       <c r="L629" s="2">
         <v>20</v>
@@ -32676,51 +32676,51 @@
       <c r="M630" s="2">
         <v>0</v>
       </c>
       <c r="N630" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="631" spans="1:14">
       <c r="A631" s="2">
         <v>102920</v>
       </c>
       <c r="B631" s="2" t="s">
         <v>1557</v>
       </c>
       <c r="C631" s="2" t="s">
         <v>1558</v>
       </c>
       <c r="D631" s="2"/>
       <c r="E631" s="2">
         <v>8023</v>
       </c>
       <c r="F631" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G631" s="2" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="H631" s="2" t="s">
         <v>1559</v>
       </c>
       <c r="I631" s="2">
         <v>240</v>
       </c>
       <c r="J631" s="2">
         <v>35</v>
       </c>
       <c r="K631" s="2">
         <v>100</v>
       </c>
       <c r="L631" s="2">
         <v>86</v>
       </c>
       <c r="M631" s="2">
         <v>0</v>
       </c>
       <c r="N631" s="2">
         <v>186</v>
       </c>
     </row>
     <row r="632" spans="1:14">
       <c r="A632" s="2">
@@ -33030,220 +33030,220 @@
       </c>
       <c r="H639" s="2" t="s">
         <v>1580</v>
       </c>
       <c r="I639" s="2">
         <v>244</v>
       </c>
       <c r="J639" s="2">
         <v>209</v>
       </c>
       <c r="K639" s="2">
         <v>100</v>
       </c>
       <c r="L639" s="2">
         <v>20</v>
       </c>
       <c r="M639" s="2">
         <v>0</v>
       </c>
       <c r="N639" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="640" spans="1:14">
       <c r="A640" s="2">
-        <v>107166</v>
+        <v>102925</v>
       </c>
       <c r="B640" s="2" t="s">
         <v>1581</v>
       </c>
       <c r="C640" s="2" t="s">
-        <v>1582</v>
+        <v>759</v>
       </c>
       <c r="D640" s="2"/>
       <c r="E640" s="2">
-        <v>7599</v>
-[...1 lines deleted...]
-      <c r="F640" s="2"/>
+        <v>7094</v>
+      </c>
+      <c r="F640" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="G640" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H640" s="2" t="s">
-        <v>1583</v>
+        <v>1582</v>
       </c>
       <c r="I640" s="2">
         <v>245</v>
       </c>
       <c r="J640" s="2">
-        <v>213</v>
+        <v>210</v>
       </c>
       <c r="K640" s="2">
         <v>100</v>
       </c>
       <c r="L640" s="2">
         <v>20</v>
       </c>
       <c r="M640" s="2">
         <v>0</v>
       </c>
       <c r="N640" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="641" spans="1:14">
       <c r="A641" s="2">
-        <v>102925</v>
+        <v>107166</v>
       </c>
       <c r="B641" s="2" t="s">
+        <v>1583</v>
+      </c>
+      <c r="C641" s="2" t="s">
         <v>1584</v>
-      </c>
-[...1 lines deleted...]
-        <v>753</v>
       </c>
       <c r="D641" s="2"/>
       <c r="E641" s="2">
-        <v>7094</v>
-[...3 lines deleted...]
-      </c>
+        <v>7599</v>
+      </c>
+      <c r="F641" s="2"/>
       <c r="G641" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H641" s="2" t="s">
         <v>1585</v>
       </c>
       <c r="I641" s="2">
         <v>245</v>
       </c>
       <c r="J641" s="2">
-        <v>210</v>
+        <v>213</v>
       </c>
       <c r="K641" s="2">
         <v>100</v>
       </c>
       <c r="L641" s="2">
         <v>20</v>
       </c>
       <c r="M641" s="2">
         <v>0</v>
       </c>
       <c r="N641" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="642" spans="1:14">
       <c r="A642" s="2">
-        <v>102926</v>
+        <v>107167</v>
       </c>
       <c r="B642" s="2" t="s">
         <v>1586</v>
       </c>
       <c r="C642" s="2" t="s">
-        <v>1587</v>
+        <v>1147</v>
       </c>
       <c r="D642" s="2"/>
       <c r="E642" s="2">
-        <v>8042</v>
+        <v>7580</v>
       </c>
       <c r="F642" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G642" s="2" t="s">
-        <v>78</v>
+        <v>17</v>
       </c>
       <c r="H642" s="2" t="s">
-        <v>1588</v>
+        <v>1587</v>
       </c>
       <c r="I642" s="2">
         <v>246</v>
       </c>
       <c r="J642" s="2">
-        <v>36</v>
+        <v>214</v>
       </c>
       <c r="K642" s="2">
         <v>100</v>
       </c>
       <c r="L642" s="2">
-        <v>85</v>
+        <v>20</v>
       </c>
       <c r="M642" s="2">
         <v>0</v>
       </c>
       <c r="N642" s="2">
-        <v>185</v>
+        <v>120</v>
       </c>
     </row>
     <row r="643" spans="1:14">
       <c r="A643" s="2">
-        <v>107167</v>
+        <v>102926</v>
       </c>
       <c r="B643" s="2" t="s">
+        <v>1588</v>
+      </c>
+      <c r="C643" s="2" t="s">
         <v>1589</v>
-      </c>
-[...1 lines deleted...]
-        <v>1144</v>
       </c>
       <c r="D643" s="2"/>
       <c r="E643" s="2">
-        <v>7580</v>
+        <v>8042</v>
       </c>
       <c r="F643" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G643" s="2" t="s">
-        <v>17</v>
+        <v>77</v>
       </c>
       <c r="H643" s="2" t="s">
         <v>1590</v>
       </c>
       <c r="I643" s="2">
         <v>246</v>
       </c>
       <c r="J643" s="2">
-        <v>214</v>
+        <v>36</v>
       </c>
       <c r="K643" s="2">
         <v>100</v>
       </c>
       <c r="L643" s="2">
-        <v>20</v>
+        <v>85</v>
       </c>
       <c r="M643" s="2">
         <v>0</v>
       </c>
       <c r="N643" s="2">
-        <v>120</v>
+        <v>185</v>
       </c>
     </row>
     <row r="644" spans="1:14">
       <c r="A644" s="2">
         <v>107168</v>
       </c>
       <c r="B644" s="2" t="s">
-        <v>243</v>
+        <v>240</v>
       </c>
       <c r="C644" s="2" t="s">
         <v>1591</v>
       </c>
       <c r="D644" s="2"/>
       <c r="E644" s="2">
         <v>7001</v>
       </c>
       <c r="F644" s="2"/>
       <c r="G644" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H644" s="2" t="s">
         <v>1592</v>
       </c>
       <c r="I644" s="2">
         <v>247</v>
       </c>
       <c r="J644" s="2">
         <v>215</v>
       </c>
       <c r="K644" s="2">
         <v>100</v>
       </c>
       <c r="L644" s="2">
@@ -33281,54 +33281,54 @@
       </c>
       <c r="I645" s="2">
         <v>247</v>
       </c>
       <c r="J645" s="2">
         <v>211</v>
       </c>
       <c r="K645" s="2">
         <v>100</v>
       </c>
       <c r="L645" s="2">
         <v>20</v>
       </c>
       <c r="M645" s="2">
         <v>0</v>
       </c>
       <c r="N645" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="646" spans="1:14">
       <c r="A646" s="2">
         <v>102872</v>
       </c>
       <c r="B646" s="2" t="s">
-        <v>1334</v>
+        <v>1337</v>
       </c>
       <c r="C646" s="2" t="s">
-        <v>1335</v>
+        <v>1338</v>
       </c>
       <c r="D646" s="2"/>
       <c r="E646" s="2">
         <v>7197</v>
       </c>
       <c r="F646" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G646" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H646" s="2" t="s">
         <v>1596</v>
       </c>
       <c r="I646" s="2">
         <v>248</v>
       </c>
       <c r="J646" s="2">
         <v>216</v>
       </c>
       <c r="K646" s="2">
         <v>100</v>
       </c>
       <c r="L646" s="2">
         <v>20</v>
@@ -33362,178 +33362,178 @@
       </c>
       <c r="H647" s="2" t="s">
         <v>1598</v>
       </c>
       <c r="I647" s="2">
         <v>248</v>
       </c>
       <c r="J647" s="2">
         <v>212</v>
       </c>
       <c r="K647" s="2">
         <v>100</v>
       </c>
       <c r="L647" s="2">
         <v>20</v>
       </c>
       <c r="M647" s="2">
         <v>0</v>
       </c>
       <c r="N647" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="648" spans="1:14">
       <c r="A648" s="2">
-        <v>102930</v>
+        <v>102929</v>
       </c>
       <c r="B648" s="2" t="s">
         <v>1599</v>
       </c>
       <c r="C648" s="2" t="s">
         <v>1600</v>
       </c>
       <c r="D648" s="2"/>
       <c r="E648" s="2">
-        <v>8014</v>
+        <v>7116</v>
       </c>
       <c r="F648" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G648" s="2" t="s">
-        <v>78</v>
+        <v>17</v>
       </c>
       <c r="H648" s="2" t="s">
         <v>1601</v>
       </c>
       <c r="I648" s="2">
         <v>249</v>
       </c>
       <c r="J648" s="2">
-        <v>37</v>
+        <v>213</v>
       </c>
       <c r="K648" s="2">
         <v>100</v>
       </c>
       <c r="L648" s="2">
-        <v>84</v>
+        <v>20</v>
       </c>
       <c r="M648" s="2">
         <v>0</v>
       </c>
       <c r="N648" s="2">
-        <v>184</v>
+        <v>120</v>
       </c>
     </row>
     <row r="649" spans="1:14">
       <c r="A649" s="2">
-        <v>107170</v>
+        <v>102930</v>
       </c>
       <c r="B649" s="2" t="s">
         <v>1602</v>
       </c>
       <c r="C649" s="2" t="s">
         <v>1603</v>
       </c>
       <c r="D649" s="2"/>
       <c r="E649" s="2">
-        <v>8041</v>
-[...1 lines deleted...]
-      <c r="F649" s="2"/>
+        <v>8014</v>
+      </c>
+      <c r="F649" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="G649" s="2" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="H649" s="2" t="s">
-        <v>1604</v>
+        <v>1601</v>
       </c>
       <c r="I649" s="2">
         <v>249</v>
       </c>
       <c r="J649" s="2">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="K649" s="2">
         <v>100</v>
       </c>
       <c r="L649" s="2">
-        <v>88</v>
+        <v>84</v>
       </c>
       <c r="M649" s="2">
         <v>0</v>
       </c>
       <c r="N649" s="2">
-        <v>188</v>
+        <v>184</v>
       </c>
     </row>
     <row r="650" spans="1:14">
       <c r="A650" s="2">
-        <v>102929</v>
+        <v>107170</v>
       </c>
       <c r="B650" s="2" t="s">
+        <v>1604</v>
+      </c>
+      <c r="C650" s="2" t="s">
         <v>1605</v>
-      </c>
-[...1 lines deleted...]
-        <v>1606</v>
       </c>
       <c r="D650" s="2"/>
       <c r="E650" s="2">
-        <v>7116</v>
-[...3 lines deleted...]
-      </c>
+        <v>8041</v>
+      </c>
+      <c r="F650" s="2"/>
       <c r="G650" s="2" t="s">
-        <v>17</v>
+        <v>77</v>
       </c>
       <c r="H650" s="2" t="s">
-        <v>1601</v>
+        <v>1606</v>
       </c>
       <c r="I650" s="2">
         <v>249</v>
       </c>
       <c r="J650" s="2">
-        <v>213</v>
+        <v>33</v>
       </c>
       <c r="K650" s="2">
         <v>100</v>
       </c>
       <c r="L650" s="2">
-        <v>20</v>
+        <v>88</v>
       </c>
       <c r="M650" s="2">
         <v>0</v>
       </c>
       <c r="N650" s="2">
-        <v>120</v>
+        <v>188</v>
       </c>
     </row>
     <row r="651" spans="1:14">
       <c r="A651" s="2">
         <v>107171</v>
       </c>
       <c r="B651" s="2" t="s">
-        <v>1029</v>
+        <v>1026</v>
       </c>
       <c r="C651" s="2" t="s">
         <v>1607</v>
       </c>
       <c r="D651" s="2"/>
       <c r="E651" s="2">
         <v>7520</v>
       </c>
       <c r="F651" s="2"/>
       <c r="G651" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H651" s="2" t="s">
         <v>1608</v>
       </c>
       <c r="I651" s="2">
         <v>250</v>
       </c>
       <c r="J651" s="2">
         <v>217</v>
       </c>
       <c r="K651" s="2">
         <v>100</v>
       </c>
       <c r="L651" s="2">
@@ -33608,116 +33608,116 @@
       </c>
       <c r="H653" s="2" t="s">
         <v>1613</v>
       </c>
       <c r="I653" s="2">
         <v>251</v>
       </c>
       <c r="J653" s="2">
         <v>214</v>
       </c>
       <c r="K653" s="2">
         <v>100</v>
       </c>
       <c r="L653" s="2">
         <v>20</v>
       </c>
       <c r="M653" s="2">
         <v>0</v>
       </c>
       <c r="N653" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="654" spans="1:14">
       <c r="A654" s="2">
-        <v>107173</v>
+        <v>102932</v>
       </c>
       <c r="B654" s="2" t="s">
-        <v>1029</v>
+        <v>1614</v>
       </c>
       <c r="C654" s="2" t="s">
-        <v>1614</v>
+        <v>281</v>
       </c>
       <c r="D654" s="2"/>
       <c r="E654" s="2">
-        <v>7010</v>
-[...1 lines deleted...]
-      <c r="F654" s="2"/>
+        <v>7032</v>
+      </c>
+      <c r="F654" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="G654" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H654" s="2" t="s">
         <v>1615</v>
       </c>
       <c r="I654" s="2">
         <v>252</v>
       </c>
       <c r="J654" s="2">
-        <v>219</v>
+        <v>215</v>
       </c>
       <c r="K654" s="2">
         <v>100</v>
       </c>
       <c r="L654" s="2">
         <v>20</v>
       </c>
       <c r="M654" s="2">
         <v>0</v>
       </c>
       <c r="N654" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="655" spans="1:14">
       <c r="A655" s="2">
-        <v>102932</v>
+        <v>107173</v>
       </c>
       <c r="B655" s="2" t="s">
+        <v>1026</v>
+      </c>
+      <c r="C655" s="2" t="s">
         <v>1616</v>
-      </c>
-[...1 lines deleted...]
-        <v>281</v>
       </c>
       <c r="D655" s="2"/>
       <c r="E655" s="2">
-        <v>7032</v>
-[...3 lines deleted...]
-      </c>
+        <v>7010</v>
+      </c>
+      <c r="F655" s="2"/>
       <c r="G655" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H655" s="2" t="s">
         <v>1617</v>
       </c>
       <c r="I655" s="2">
         <v>252</v>
       </c>
       <c r="J655" s="2">
-        <v>215</v>
+        <v>219</v>
       </c>
       <c r="K655" s="2">
         <v>100</v>
       </c>
       <c r="L655" s="2">
         <v>20</v>
       </c>
       <c r="M655" s="2">
         <v>0</v>
       </c>
       <c r="N655" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="656" spans="1:14">
       <c r="A656" s="2">
         <v>101014</v>
       </c>
       <c r="B656" s="2" t="s">
         <v>1618</v>
       </c>
       <c r="C656" s="2" t="s">
         <v>1619</v>
       </c>
       <c r="D656" s="2"/>
@@ -33815,138 +33815,138 @@
       </c>
       <c r="I658" s="2">
         <v>254</v>
       </c>
       <c r="J658" s="2">
         <v>221</v>
       </c>
       <c r="K658" s="2">
         <v>100</v>
       </c>
       <c r="L658" s="2">
         <v>20</v>
       </c>
       <c r="M658" s="2">
         <v>0</v>
       </c>
       <c r="N658" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="659" spans="1:14">
       <c r="A659" s="2">
         <v>102934</v>
       </c>
       <c r="B659" s="2" t="s">
-        <v>1220</v>
+        <v>1223</v>
       </c>
       <c r="C659" s="2" t="s">
         <v>1627</v>
       </c>
       <c r="D659" s="2"/>
       <c r="E659" s="2">
         <v>7567</v>
       </c>
       <c r="F659" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G659" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H659" s="2" t="s">
         <v>1628</v>
       </c>
       <c r="I659" s="2">
         <v>254</v>
       </c>
       <c r="J659" s="2">
         <v>217</v>
       </c>
       <c r="K659" s="2">
         <v>100</v>
       </c>
       <c r="L659" s="2">
         <v>20</v>
       </c>
       <c r="M659" s="2">
         <v>0</v>
       </c>
       <c r="N659" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="660" spans="1:14">
       <c r="A660" s="2">
         <v>102935</v>
       </c>
       <c r="B660" s="2" t="s">
-        <v>729</v>
+        <v>728</v>
       </c>
       <c r="C660" s="2" t="s">
         <v>1629</v>
       </c>
       <c r="D660" s="2"/>
       <c r="E660" s="2">
         <v>7531</v>
       </c>
       <c r="F660" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G660" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H660" s="2" t="s">
         <v>1630</v>
       </c>
       <c r="I660" s="2">
         <v>255</v>
       </c>
       <c r="J660" s="2">
         <v>218</v>
       </c>
       <c r="K660" s="2">
         <v>100</v>
       </c>
       <c r="L660" s="2">
         <v>20</v>
       </c>
       <c r="M660" s="2">
         <v>0</v>
       </c>
       <c r="N660" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="661" spans="1:14">
       <c r="A661" s="2">
         <v>107176</v>
       </c>
       <c r="B661" s="2" t="s">
         <v>1631</v>
       </c>
       <c r="C661" s="2" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="D661" s="2"/>
       <c r="E661" s="2">
         <v>7106</v>
       </c>
       <c r="F661" s="2"/>
       <c r="G661" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H661" s="2" t="s">
         <v>1632</v>
       </c>
       <c r="I661" s="2">
         <v>255</v>
       </c>
       <c r="J661" s="2">
         <v>222</v>
       </c>
       <c r="K661" s="2">
         <v>100</v>
       </c>
       <c r="L661" s="2">
         <v>20</v>
       </c>
       <c r="M661" s="2">
@@ -34282,162 +34282,162 @@
       <c r="M669" s="2">
         <v>0</v>
       </c>
       <c r="N669" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="670" spans="1:14">
       <c r="A670" s="2">
         <v>102940</v>
       </c>
       <c r="B670" s="2" t="s">
         <v>1654</v>
       </c>
       <c r="C670" s="2" t="s">
         <v>1655</v>
       </c>
       <c r="D670" s="2"/>
       <c r="E670" s="2">
         <v>8015</v>
       </c>
       <c r="F670" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G670" s="2" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="H670" s="2" t="s">
         <v>1656</v>
       </c>
       <c r="I670" s="2">
         <v>260</v>
       </c>
       <c r="J670" s="2">
         <v>38</v>
       </c>
       <c r="K670" s="2">
         <v>100</v>
       </c>
       <c r="L670" s="2">
         <v>83</v>
       </c>
       <c r="M670" s="2">
         <v>0</v>
       </c>
       <c r="N670" s="2">
         <v>183</v>
       </c>
     </row>
     <row r="671" spans="1:14">
       <c r="A671" s="2">
         <v>107181</v>
       </c>
       <c r="B671" s="2" t="s">
         <v>1657</v>
       </c>
       <c r="C671" s="2" t="s">
-        <v>135</v>
+        <v>138</v>
       </c>
       <c r="D671" s="2"/>
       <c r="E671" s="2">
         <v>7189</v>
       </c>
       <c r="F671" s="2"/>
       <c r="G671" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H671" s="2" t="s">
         <v>1658</v>
       </c>
       <c r="I671" s="2">
         <v>260</v>
       </c>
       <c r="J671" s="2">
         <v>227</v>
       </c>
       <c r="K671" s="2">
         <v>100</v>
       </c>
       <c r="L671" s="2">
         <v>20</v>
       </c>
       <c r="M671" s="2">
         <v>0</v>
       </c>
       <c r="N671" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="672" spans="1:14">
       <c r="A672" s="2">
         <v>102941</v>
       </c>
       <c r="B672" s="2" t="s">
         <v>1659</v>
       </c>
       <c r="C672" s="2" t="s">
-        <v>325</v>
+        <v>328</v>
       </c>
       <c r="D672" s="2"/>
       <c r="E672" s="2">
         <v>7091</v>
       </c>
       <c r="F672" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G672" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H672" s="2" t="s">
         <v>1660</v>
       </c>
       <c r="I672" s="2">
         <v>261</v>
       </c>
       <c r="J672" s="2">
         <v>223</v>
       </c>
       <c r="K672" s="2">
         <v>100</v>
       </c>
       <c r="L672" s="2">
         <v>20</v>
       </c>
       <c r="M672" s="2">
         <v>0</v>
       </c>
       <c r="N672" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="673" spans="1:14">
       <c r="A673" s="2">
         <v>107182</v>
       </c>
       <c r="B673" s="2" t="s">
-        <v>1029</v>
+        <v>1026</v>
       </c>
       <c r="C673" s="2" t="s">
         <v>1661</v>
       </c>
       <c r="D673" s="2"/>
       <c r="E673" s="2">
         <v>7139</v>
       </c>
       <c r="F673" s="2"/>
       <c r="G673" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H673" s="2" t="s">
         <v>1662</v>
       </c>
       <c r="I673" s="2">
         <v>261</v>
       </c>
       <c r="J673" s="2">
         <v>228</v>
       </c>
       <c r="K673" s="2">
         <v>100</v>
       </c>
       <c r="L673" s="2">
@@ -34610,51 +34610,51 @@
       <c r="M677" s="2">
         <v>0</v>
       </c>
       <c r="N677" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="678" spans="1:14">
       <c r="A678" s="2">
         <v>102944</v>
       </c>
       <c r="B678" s="2" t="s">
         <v>1674</v>
       </c>
       <c r="C678" s="2" t="s">
         <v>1675</v>
       </c>
       <c r="D678" s="2"/>
       <c r="E678" s="2">
         <v>8500</v>
       </c>
       <c r="F678" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G678" s="2" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="H678" s="2" t="s">
         <v>1676</v>
       </c>
       <c r="I678" s="2">
         <v>264</v>
       </c>
       <c r="J678" s="2">
         <v>39</v>
       </c>
       <c r="K678" s="2">
         <v>100</v>
       </c>
       <c r="L678" s="2">
         <v>82</v>
       </c>
       <c r="M678" s="2">
         <v>0</v>
       </c>
       <c r="N678" s="2">
         <v>182</v>
       </c>
     </row>
     <row r="679" spans="1:14">
       <c r="A679" s="2">
@@ -34676,130 +34676,130 @@
       </c>
       <c r="H679" s="2" t="s">
         <v>1679</v>
       </c>
       <c r="I679" s="2">
         <v>264</v>
       </c>
       <c r="J679" s="2">
         <v>231</v>
       </c>
       <c r="K679" s="2">
         <v>100</v>
       </c>
       <c r="L679" s="2">
         <v>20</v>
       </c>
       <c r="M679" s="2">
         <v>0</v>
       </c>
       <c r="N679" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="680" spans="1:14">
       <c r="A680" s="2">
-        <v>102945</v>
+        <v>102811</v>
       </c>
       <c r="B680" s="2" t="s">
-        <v>1680</v>
+        <v>988</v>
       </c>
       <c r="C680" s="2" t="s">
-        <v>1681</v>
+        <v>989</v>
       </c>
       <c r="D680" s="2"/>
       <c r="E680" s="2">
-        <v>8519</v>
+        <v>8517</v>
       </c>
       <c r="F680" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G680" s="2" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="H680" s="2" t="s">
-        <v>1682</v>
+        <v>1680</v>
       </c>
       <c r="I680" s="2">
         <v>265</v>
       </c>
       <c r="J680" s="2">
-        <v>40</v>
+        <v>34</v>
       </c>
       <c r="K680" s="2">
         <v>100</v>
       </c>
       <c r="L680" s="2">
-        <v>81</v>
+        <v>87</v>
       </c>
       <c r="M680" s="2">
         <v>0</v>
       </c>
       <c r="N680" s="2">
-        <v>181</v>
+        <v>187</v>
       </c>
     </row>
     <row r="681" spans="1:14">
       <c r="A681" s="2">
-        <v>102811</v>
+        <v>102945</v>
       </c>
       <c r="B681" s="2" t="s">
-        <v>985</v>
+        <v>1681</v>
       </c>
       <c r="C681" s="2" t="s">
-        <v>986</v>
+        <v>1682</v>
       </c>
       <c r="D681" s="2"/>
       <c r="E681" s="2">
-        <v>8517</v>
+        <v>8519</v>
       </c>
       <c r="F681" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G681" s="2" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="H681" s="2" t="s">
         <v>1683</v>
       </c>
       <c r="I681" s="2">
         <v>265</v>
       </c>
       <c r="J681" s="2">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="K681" s="2">
         <v>100</v>
       </c>
       <c r="L681" s="2">
-        <v>87</v>
+        <v>81</v>
       </c>
       <c r="M681" s="2">
         <v>0</v>
       </c>
       <c r="N681" s="2">
-        <v>187</v>
+        <v>181</v>
       </c>
     </row>
     <row r="682" spans="1:14">
       <c r="A682" s="2">
         <v>107187</v>
       </c>
       <c r="B682" s="2" t="s">
         <v>1684</v>
       </c>
       <c r="C682" s="2" t="s">
         <v>1684</v>
       </c>
       <c r="D682" s="2"/>
       <c r="E682" s="2">
         <v>7540</v>
       </c>
       <c r="F682" s="2"/>
       <c r="G682" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H682" s="2" t="s">
         <v>1685</v>
       </c>
       <c r="I682" s="2">
         <v>266</v>
@@ -34816,51 +34816,51 @@
       <c r="M682" s="2">
         <v>0</v>
       </c>
       <c r="N682" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="683" spans="1:14">
       <c r="A683" s="2">
         <v>102946</v>
       </c>
       <c r="B683" s="2" t="s">
         <v>1686</v>
       </c>
       <c r="C683" s="2" t="s">
         <v>1403</v>
       </c>
       <c r="D683" s="2"/>
       <c r="E683" s="2">
         <v>8513</v>
       </c>
       <c r="F683" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G683" s="2" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="H683" s="2" t="s">
         <v>1687</v>
       </c>
       <c r="I683" s="2">
         <v>266</v>
       </c>
       <c r="J683" s="2">
         <v>41</v>
       </c>
       <c r="K683" s="2">
         <v>100</v>
       </c>
       <c r="L683" s="2">
         <v>80</v>
       </c>
       <c r="M683" s="2">
         <v>0</v>
       </c>
       <c r="N683" s="2">
         <v>180</v>
       </c>
     </row>
     <row r="684" spans="1:14">
       <c r="A684" s="2">
@@ -34938,51 +34938,51 @@
         <v>20</v>
       </c>
       <c r="M685" s="2">
         <v>0</v>
       </c>
       <c r="N685" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="686" spans="1:14">
       <c r="A686" s="2">
         <v>107189</v>
       </c>
       <c r="B686" s="2" t="s">
         <v>1694</v>
       </c>
       <c r="C686" s="2" t="s">
         <v>1695</v>
       </c>
       <c r="D686" s="2"/>
       <c r="E686" s="2">
         <v>8500</v>
       </c>
       <c r="F686" s="2"/>
       <c r="G686" s="2" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="H686" s="2" t="s">
         <v>1696</v>
       </c>
       <c r="I686" s="2">
         <v>268</v>
       </c>
       <c r="J686" s="2">
         <v>35</v>
       </c>
       <c r="K686" s="2">
         <v>100</v>
       </c>
       <c r="L686" s="2">
         <v>86</v>
       </c>
       <c r="M686" s="2">
         <v>0</v>
       </c>
       <c r="N686" s="2">
         <v>186</v>
       </c>
     </row>
     <row r="687" spans="1:14">
       <c r="A687" s="2">
@@ -35012,51 +35012,51 @@
       </c>
       <c r="J687" s="2">
         <v>227</v>
       </c>
       <c r="K687" s="2">
         <v>100</v>
       </c>
       <c r="L687" s="2">
         <v>20</v>
       </c>
       <c r="M687" s="2">
         <v>0</v>
       </c>
       <c r="N687" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="688" spans="1:14">
       <c r="A688" s="2">
         <v>107190</v>
       </c>
       <c r="B688" s="2" t="s">
         <v>1699</v>
       </c>
       <c r="C688" s="2" t="s">
-        <v>1006</v>
+        <v>1004</v>
       </c>
       <c r="D688" s="2"/>
       <c r="E688" s="2">
         <v>7574</v>
       </c>
       <c r="F688" s="2"/>
       <c r="G688" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H688" s="2" t="s">
         <v>1700</v>
       </c>
       <c r="I688" s="2">
         <v>269</v>
       </c>
       <c r="J688" s="2">
         <v>234</v>
       </c>
       <c r="K688" s="2">
         <v>100</v>
       </c>
       <c r="L688" s="2">
         <v>20</v>
       </c>
       <c r="M688" s="2">
@@ -35091,94 +35091,94 @@
       </c>
       <c r="I689" s="2">
         <v>269</v>
       </c>
       <c r="J689" s="2">
         <v>228</v>
       </c>
       <c r="K689" s="2">
         <v>100</v>
       </c>
       <c r="L689" s="2">
         <v>20</v>
       </c>
       <c r="M689" s="2">
         <v>0</v>
       </c>
       <c r="N689" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="690" spans="1:14">
       <c r="A690" s="2">
         <v>107191</v>
       </c>
       <c r="B690" s="2" t="s">
-        <v>152</v>
+        <v>150</v>
       </c>
       <c r="C690" s="2" t="s">
         <v>1704</v>
       </c>
       <c r="D690" s="2"/>
       <c r="E690" s="2">
         <v>7145</v>
       </c>
       <c r="F690" s="2"/>
       <c r="G690" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H690" s="2" t="s">
         <v>1705</v>
       </c>
       <c r="I690" s="2">
         <v>270</v>
       </c>
       <c r="J690" s="2">
         <v>235</v>
       </c>
       <c r="K690" s="2">
         <v>100</v>
       </c>
       <c r="L690" s="2">
         <v>20</v>
       </c>
       <c r="M690" s="2">
         <v>0</v>
       </c>
       <c r="N690" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="691" spans="1:14">
       <c r="A691" s="2">
         <v>102950</v>
       </c>
       <c r="B691" s="2" t="s">
-        <v>1100</v>
+        <v>1097</v>
       </c>
       <c r="C691" s="2" t="s">
-        <v>1101</v>
+        <v>1098</v>
       </c>
       <c r="D691" s="2"/>
       <c r="E691" s="2">
         <v>7088</v>
       </c>
       <c r="F691" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G691" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H691" s="2" t="s">
         <v>1706</v>
       </c>
       <c r="I691" s="2">
         <v>270</v>
       </c>
       <c r="J691" s="2">
         <v>229</v>
       </c>
       <c r="K691" s="2">
         <v>100</v>
       </c>
       <c r="L691" s="2">
         <v>20</v>
@@ -35257,54 +35257,54 @@
       </c>
       <c r="I693" s="2">
         <v>271</v>
       </c>
       <c r="J693" s="2">
         <v>230</v>
       </c>
       <c r="K693" s="2">
         <v>100</v>
       </c>
       <c r="L693" s="2">
         <v>20</v>
       </c>
       <c r="M693" s="2">
         <v>0</v>
       </c>
       <c r="N693" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="694" spans="1:14">
       <c r="A694" s="2">
         <v>102442</v>
       </c>
       <c r="B694" s="2" t="s">
-        <v>947</v>
+        <v>945</v>
       </c>
       <c r="C694" s="2" t="s">
-        <v>947</v>
+        <v>945</v>
       </c>
       <c r="D694" s="2"/>
       <c r="E694" s="2">
         <v>7132</v>
       </c>
       <c r="F694" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G694" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H694" s="2" t="s">
         <v>1712</v>
       </c>
       <c r="I694" s="2">
         <v>272</v>
       </c>
       <c r="J694" s="2">
         <v>237</v>
       </c>
       <c r="K694" s="2">
         <v>100</v>
       </c>
       <c r="L694" s="2">
         <v>20</v>
@@ -35312,51 +35312,51 @@
       <c r="M694" s="2">
         <v>0</v>
       </c>
       <c r="N694" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="695" spans="1:14">
       <c r="A695" s="2">
         <v>102952</v>
       </c>
       <c r="B695" s="2" t="s">
         <v>1713</v>
       </c>
       <c r="C695" s="2" t="s">
         <v>1714</v>
       </c>
       <c r="D695" s="2"/>
       <c r="E695" s="2">
         <v>8019</v>
       </c>
       <c r="F695" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G695" s="2" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="H695" s="2" t="s">
         <v>1715</v>
       </c>
       <c r="I695" s="2">
         <v>272</v>
       </c>
       <c r="J695" s="2">
         <v>42</v>
       </c>
       <c r="K695" s="2">
         <v>100</v>
       </c>
       <c r="L695" s="2">
         <v>79</v>
       </c>
       <c r="M695" s="2">
         <v>0</v>
       </c>
       <c r="N695" s="2">
         <v>179</v>
       </c>
     </row>
     <row r="696" spans="1:14">
       <c r="A696" s="2">
@@ -35426,51 +35426,51 @@
       </c>
       <c r="J697" s="2">
         <v>238</v>
       </c>
       <c r="K697" s="2">
         <v>100</v>
       </c>
       <c r="L697" s="2">
         <v>20</v>
       </c>
       <c r="M697" s="2">
         <v>0</v>
       </c>
       <c r="N697" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="698" spans="1:14">
       <c r="A698" s="2">
         <v>102954</v>
       </c>
       <c r="B698" s="2" t="s">
         <v>1722</v>
       </c>
       <c r="C698" s="2" t="s">
-        <v>1015</v>
+        <v>1012</v>
       </c>
       <c r="D698" s="2"/>
       <c r="E698" s="2">
         <v>7558</v>
       </c>
       <c r="F698" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G698" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H698" s="2" t="s">
         <v>1723</v>
       </c>
       <c r="I698" s="2">
         <v>274</v>
       </c>
       <c r="J698" s="2">
         <v>232</v>
       </c>
       <c r="K698" s="2">
         <v>100</v>
       </c>
       <c r="L698" s="2">
         <v>20</v>
@@ -35558,51 +35558,51 @@
       <c r="M700" s="2">
         <v>0</v>
       </c>
       <c r="N700" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="701" spans="1:14">
       <c r="A701" s="2">
         <v>102956</v>
       </c>
       <c r="B701" s="2" t="s">
         <v>1729</v>
       </c>
       <c r="C701" s="2" t="s">
         <v>549</v>
       </c>
       <c r="D701" s="2"/>
       <c r="E701" s="2">
         <v>8511</v>
       </c>
       <c r="F701" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G701" s="2" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="H701" s="2" t="s">
         <v>1730</v>
       </c>
       <c r="I701" s="2">
         <v>275</v>
       </c>
       <c r="J701" s="2">
         <v>43</v>
       </c>
       <c r="K701" s="2">
         <v>100</v>
       </c>
       <c r="L701" s="2">
         <v>78</v>
       </c>
       <c r="M701" s="2">
         <v>0</v>
       </c>
       <c r="N701" s="2">
         <v>178</v>
       </c>
     </row>
     <row r="702" spans="1:14">
       <c r="A702" s="2">
@@ -35642,51 +35642,51 @@
       <c r="M702" s="2">
         <v>0</v>
       </c>
       <c r="N702" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="703" spans="1:14">
       <c r="A703" s="2">
         <v>101042</v>
       </c>
       <c r="B703" s="2" t="s">
         <v>1414</v>
       </c>
       <c r="C703" s="2" t="s">
         <v>1415</v>
       </c>
       <c r="D703" s="2"/>
       <c r="E703" s="2">
         <v>8044</v>
       </c>
       <c r="F703" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G703" s="2" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="H703" s="2" t="s">
         <v>1733</v>
       </c>
       <c r="I703" s="2">
         <v>276</v>
       </c>
       <c r="J703" s="2">
         <v>36</v>
       </c>
       <c r="K703" s="2">
         <v>100</v>
       </c>
       <c r="L703" s="2">
         <v>85</v>
       </c>
       <c r="M703" s="2">
         <v>0</v>
       </c>
       <c r="N703" s="2">
         <v>185</v>
       </c>
     </row>
     <row r="704" spans="1:14">
       <c r="A704" s="2">
@@ -35714,152 +35714,152 @@
       </c>
       <c r="J704" s="2">
         <v>241</v>
       </c>
       <c r="K704" s="2">
         <v>100</v>
       </c>
       <c r="L704" s="2">
         <v>20</v>
       </c>
       <c r="M704" s="2">
         <v>0</v>
       </c>
       <c r="N704" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="705" spans="1:14">
       <c r="A705" s="2">
         <v>102957</v>
       </c>
       <c r="B705" s="2" t="s">
         <v>1737</v>
       </c>
       <c r="C705" s="2" t="s">
-        <v>966</v>
+        <v>961</v>
       </c>
       <c r="D705" s="2"/>
       <c r="E705" s="2">
         <v>8510</v>
       </c>
       <c r="F705" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G705" s="2" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="H705" s="2" t="s">
         <v>1738</v>
       </c>
       <c r="I705" s="2">
         <v>277</v>
       </c>
       <c r="J705" s="2">
         <v>44</v>
       </c>
       <c r="K705" s="2">
         <v>100</v>
       </c>
       <c r="L705" s="2">
         <v>77</v>
       </c>
       <c r="M705" s="2">
         <v>0</v>
       </c>
       <c r="N705" s="2">
         <v>177</v>
       </c>
     </row>
     <row r="706" spans="1:14">
       <c r="A706" s="2">
-        <v>107199</v>
+        <v>101009</v>
       </c>
       <c r="B706" s="2" t="s">
-        <v>1455</v>
+        <v>548</v>
       </c>
       <c r="C706" s="2" t="s">
-        <v>1739</v>
+        <v>549</v>
       </c>
       <c r="D706" s="2"/>
       <c r="E706" s="2">
-        <v>7124</v>
-[...1 lines deleted...]
-      <c r="F706" s="2"/>
+        <v>7572</v>
+      </c>
+      <c r="F706" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="G706" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H706" s="2" t="s">
-        <v>1740</v>
+        <v>1739</v>
       </c>
       <c r="I706" s="2">
         <v>278</v>
       </c>
       <c r="J706" s="2">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="K706" s="2">
         <v>100</v>
       </c>
       <c r="L706" s="2">
         <v>20</v>
       </c>
       <c r="M706" s="2">
         <v>0</v>
       </c>
       <c r="N706" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="707" spans="1:14">
       <c r="A707" s="2">
-        <v>101009</v>
+        <v>107199</v>
       </c>
       <c r="B707" s="2" t="s">
-        <v>548</v>
+        <v>1455</v>
       </c>
       <c r="C707" s="2" t="s">
-        <v>549</v>
+        <v>1740</v>
       </c>
       <c r="D707" s="2"/>
       <c r="E707" s="2">
-        <v>7572</v>
-[...3 lines deleted...]
-      </c>
+        <v>7124</v>
+      </c>
+      <c r="F707" s="2"/>
       <c r="G707" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H707" s="2" t="s">
         <v>1741</v>
       </c>
       <c r="I707" s="2">
         <v>278</v>
       </c>
       <c r="J707" s="2">
-        <v>234</v>
+        <v>242</v>
       </c>
       <c r="K707" s="2">
         <v>100</v>
       </c>
       <c r="L707" s="2">
         <v>20</v>
       </c>
       <c r="M707" s="2">
         <v>0</v>
       </c>
       <c r="N707" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="708" spans="1:14">
       <c r="A708" s="2">
         <v>107200</v>
       </c>
       <c r="B708" s="2" t="s">
         <v>1742</v>
       </c>
       <c r="C708" s="2" t="s">
         <v>1743</v>
       </c>
       <c r="D708" s="2"/>
@@ -35878,103 +35878,103 @@
       </c>
       <c r="J708" s="2">
         <v>243</v>
       </c>
       <c r="K708" s="2">
         <v>100</v>
       </c>
       <c r="L708" s="2">
         <v>20</v>
       </c>
       <c r="M708" s="2">
         <v>0</v>
       </c>
       <c r="N708" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="709" spans="1:14">
       <c r="A709" s="2">
         <v>102959</v>
       </c>
       <c r="B709" s="2" t="s">
         <v>1745</v>
       </c>
       <c r="C709" s="2" t="s">
-        <v>1324</v>
+        <v>1327</v>
       </c>
       <c r="D709" s="2"/>
       <c r="E709" s="2">
         <v>8502</v>
       </c>
       <c r="F709" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G709" s="2" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="H709" s="2" t="s">
         <v>1746</v>
       </c>
       <c r="I709" s="2">
         <v>279</v>
       </c>
       <c r="J709" s="2">
         <v>45</v>
       </c>
       <c r="K709" s="2">
         <v>100</v>
       </c>
       <c r="L709" s="2">
         <v>76</v>
       </c>
       <c r="M709" s="2">
         <v>0</v>
       </c>
       <c r="N709" s="2">
         <v>176</v>
       </c>
     </row>
     <row r="710" spans="1:14">
       <c r="A710" s="2">
         <v>102915</v>
       </c>
       <c r="B710" s="2" t="s">
         <v>1539</v>
       </c>
       <c r="C710" s="2" t="s">
         <v>1540</v>
       </c>
       <c r="D710" s="2"/>
       <c r="E710" s="2">
         <v>8027</v>
       </c>
       <c r="F710" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G710" s="2" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="H710" s="2" t="s">
         <v>1747</v>
       </c>
       <c r="I710" s="2">
         <v>280</v>
       </c>
       <c r="J710" s="2">
         <v>37</v>
       </c>
       <c r="K710" s="2">
         <v>100</v>
       </c>
       <c r="L710" s="2">
         <v>84</v>
       </c>
       <c r="M710" s="2">
         <v>0</v>
       </c>
       <c r="N710" s="2">
         <v>184</v>
       </c>
     </row>
     <row r="711" spans="1:14">
       <c r="A711" s="2">
@@ -35998,346 +35998,346 @@
       </c>
       <c r="H711" s="2" t="s">
         <v>1750</v>
       </c>
       <c r="I711" s="2">
         <v>280</v>
       </c>
       <c r="J711" s="2">
         <v>235</v>
       </c>
       <c r="K711" s="2">
         <v>100</v>
       </c>
       <c r="L711" s="2">
         <v>20</v>
       </c>
       <c r="M711" s="2">
         <v>0</v>
       </c>
       <c r="N711" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="712" spans="1:14">
       <c r="A712" s="2">
-        <v>107202</v>
+        <v>102961</v>
       </c>
       <c r="B712" s="2" t="s">
+        <v>542</v>
+      </c>
+      <c r="C712" s="2" t="s">
         <v>1751</v>
-      </c>
-[...1 lines deleted...]
-        <v>1752</v>
       </c>
       <c r="D712" s="2"/>
       <c r="E712" s="2">
-        <v>7119</v>
-[...1 lines deleted...]
-      <c r="F712" s="2"/>
+        <v>7500</v>
+      </c>
+      <c r="F712" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="G712" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H712" s="2" t="s">
-        <v>1753</v>
+        <v>1752</v>
       </c>
       <c r="I712" s="2">
         <v>281</v>
       </c>
       <c r="J712" s="2">
-        <v>244</v>
+        <v>236</v>
       </c>
       <c r="K712" s="2">
         <v>100</v>
       </c>
       <c r="L712" s="2">
         <v>20</v>
       </c>
       <c r="M712" s="2">
         <v>0</v>
       </c>
       <c r="N712" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="713" spans="1:14">
       <c r="A713" s="2">
-        <v>102961</v>
+        <v>107202</v>
       </c>
       <c r="B713" s="2" t="s">
-        <v>542</v>
+        <v>1753</v>
       </c>
       <c r="C713" s="2" t="s">
         <v>1754</v>
       </c>
       <c r="D713" s="2"/>
       <c r="E713" s="2">
-        <v>7500</v>
-[...3 lines deleted...]
-      </c>
+        <v>7119</v>
+      </c>
+      <c r="F713" s="2"/>
       <c r="G713" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H713" s="2" t="s">
         <v>1755</v>
       </c>
       <c r="I713" s="2">
         <v>281</v>
       </c>
       <c r="J713" s="2">
-        <v>236</v>
+        <v>244</v>
       </c>
       <c r="K713" s="2">
         <v>100</v>
       </c>
       <c r="L713" s="2">
         <v>20</v>
       </c>
       <c r="M713" s="2">
         <v>0</v>
       </c>
       <c r="N713" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="714" spans="1:14">
       <c r="A714" s="2">
-        <v>102962</v>
+        <v>102031</v>
       </c>
       <c r="B714" s="2" t="s">
         <v>1756</v>
       </c>
       <c r="C714" s="2" t="s">
         <v>1757</v>
       </c>
       <c r="D714" s="2"/>
       <c r="E714" s="2">
-        <v>8515</v>
+        <v>8017</v>
       </c>
       <c r="F714" s="2" t="s">
-        <v>29</v>
+        <v>194</v>
       </c>
       <c r="G714" s="2" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="H714" s="2" t="s">
         <v>1758</v>
       </c>
       <c r="I714" s="2">
         <v>282</v>
       </c>
       <c r="J714" s="2">
-        <v>46</v>
+        <v>38</v>
       </c>
       <c r="K714" s="2">
         <v>100</v>
       </c>
       <c r="L714" s="2">
-        <v>75</v>
+        <v>83</v>
       </c>
       <c r="M714" s="2">
         <v>0</v>
       </c>
       <c r="N714" s="2">
-        <v>175</v>
+        <v>183</v>
       </c>
     </row>
     <row r="715" spans="1:14">
       <c r="A715" s="2">
-        <v>102031</v>
+        <v>102962</v>
       </c>
       <c r="B715" s="2" t="s">
         <v>1759</v>
       </c>
       <c r="C715" s="2" t="s">
         <v>1760</v>
       </c>
       <c r="D715" s="2"/>
       <c r="E715" s="2">
-        <v>8017</v>
+        <v>8515</v>
       </c>
       <c r="F715" s="2" t="s">
-        <v>197</v>
+        <v>29</v>
       </c>
       <c r="G715" s="2" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="H715" s="2" t="s">
         <v>1761</v>
       </c>
       <c r="I715" s="2">
         <v>282</v>
       </c>
       <c r="J715" s="2">
-        <v>38</v>
+        <v>46</v>
       </c>
       <c r="K715" s="2">
         <v>100</v>
       </c>
       <c r="L715" s="2">
-        <v>83</v>
+        <v>75</v>
       </c>
       <c r="M715" s="2">
         <v>0</v>
       </c>
       <c r="N715" s="2">
-        <v>183</v>
+        <v>175</v>
       </c>
     </row>
     <row r="716" spans="1:14">
       <c r="A716" s="2">
-        <v>102865</v>
+        <v>102964</v>
       </c>
       <c r="B716" s="2" t="s">
-        <v>1303</v>
+        <v>690</v>
       </c>
       <c r="C716" s="2" t="s">
-        <v>1304</v>
+        <v>1762</v>
       </c>
       <c r="D716" s="2"/>
       <c r="E716" s="2">
-        <v>7003</v>
+        <v>7053</v>
       </c>
       <c r="F716" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G716" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H716" s="2" t="s">
-        <v>1762</v>
+        <v>1763</v>
       </c>
       <c r="I716" s="2">
         <v>283</v>
       </c>
       <c r="J716" s="2">
-        <v>245</v>
+        <v>237</v>
       </c>
       <c r="K716" s="2">
         <v>100</v>
       </c>
       <c r="L716" s="2">
         <v>20</v>
       </c>
       <c r="M716" s="2">
         <v>0</v>
       </c>
       <c r="N716" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="717" spans="1:14">
       <c r="A717" s="2">
         <v>102963</v>
       </c>
       <c r="B717" s="2" t="s">
-        <v>1763</v>
+        <v>1764</v>
       </c>
       <c r="C717" s="2" t="s">
-        <v>1764</v>
+        <v>1765</v>
       </c>
       <c r="D717" s="2"/>
       <c r="E717" s="2">
         <v>7049</v>
       </c>
       <c r="F717" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G717" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H717" s="2" t="s">
-        <v>1765</v>
+        <v>1763</v>
       </c>
       <c r="I717" s="2">
         <v>283</v>
       </c>
       <c r="J717" s="2">
         <v>237</v>
       </c>
       <c r="K717" s="2">
         <v>100</v>
       </c>
       <c r="L717" s="2">
         <v>20</v>
       </c>
       <c r="M717" s="2">
         <v>0</v>
       </c>
       <c r="N717" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="718" spans="1:14">
       <c r="A718" s="2">
-        <v>102964</v>
+        <v>102865</v>
       </c>
       <c r="B718" s="2" t="s">
-        <v>693</v>
+        <v>1302</v>
       </c>
       <c r="C718" s="2" t="s">
-        <v>1766</v>
+        <v>1303</v>
       </c>
       <c r="D718" s="2"/>
       <c r="E718" s="2">
-        <v>7053</v>
+        <v>7003</v>
       </c>
       <c r="F718" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G718" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H718" s="2" t="s">
-        <v>1765</v>
+        <v>1766</v>
       </c>
       <c r="I718" s="2">
         <v>283</v>
       </c>
       <c r="J718" s="2">
-        <v>237</v>
+        <v>245</v>
       </c>
       <c r="K718" s="2">
         <v>100</v>
       </c>
       <c r="L718" s="2">
         <v>20</v>
       </c>
       <c r="M718" s="2">
         <v>0</v>
       </c>
       <c r="N718" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="719" spans="1:14">
       <c r="A719" s="2">
         <v>107205</v>
       </c>
       <c r="B719" s="2" t="s">
-        <v>1100</v>
+        <v>1097</v>
       </c>
       <c r="C719" s="2" t="s">
         <v>1767</v>
       </c>
       <c r="D719" s="2"/>
       <c r="E719" s="2">
         <v>7193</v>
       </c>
       <c r="F719" s="2"/>
       <c r="G719" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H719" s="2" t="s">
         <v>1768</v>
       </c>
       <c r="I719" s="2">
         <v>284</v>
       </c>
       <c r="J719" s="2">
         <v>246</v>
       </c>
       <c r="K719" s="2">
         <v>100</v>
       </c>
       <c r="L719" s="2">
@@ -36418,51 +36418,51 @@
       </c>
       <c r="J721" s="2">
         <v>239</v>
       </c>
       <c r="K721" s="2">
         <v>100</v>
       </c>
       <c r="L721" s="2">
         <v>20</v>
       </c>
       <c r="M721" s="2">
         <v>0</v>
       </c>
       <c r="N721" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="722" spans="1:14">
       <c r="A722" s="2">
         <v>107207</v>
       </c>
       <c r="B722" s="2" t="s">
         <v>1537</v>
       </c>
       <c r="C722" s="2" t="s">
-        <v>1486</v>
+        <v>1483</v>
       </c>
       <c r="D722" s="2"/>
       <c r="E722" s="2">
         <v>7090</v>
       </c>
       <c r="F722" s="2"/>
       <c r="G722" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H722" s="2" t="s">
         <v>1775</v>
       </c>
       <c r="I722" s="2">
         <v>286</v>
       </c>
       <c r="J722" s="2">
         <v>248</v>
       </c>
       <c r="K722" s="2">
         <v>100</v>
       </c>
       <c r="L722" s="2">
         <v>20</v>
       </c>
       <c r="M722" s="2">
@@ -36623,259 +36623,259 @@
       </c>
       <c r="I726" s="2">
         <v>288</v>
       </c>
       <c r="J726" s="2">
         <v>242</v>
       </c>
       <c r="K726" s="2">
         <v>100</v>
       </c>
       <c r="L726" s="2">
         <v>20</v>
       </c>
       <c r="M726" s="2">
         <v>0</v>
       </c>
       <c r="N726" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="727" spans="1:14">
       <c r="A727" s="2">
         <v>102855</v>
       </c>
       <c r="B727" s="2" t="s">
-        <v>1251</v>
+        <v>1252</v>
       </c>
       <c r="C727" s="2" t="s">
         <v>59</v>
       </c>
       <c r="D727" s="2"/>
       <c r="E727" s="2">
         <v>7546</v>
       </c>
       <c r="F727" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G727" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H727" s="2" t="s">
         <v>1788</v>
       </c>
       <c r="I727" s="2">
         <v>288</v>
       </c>
       <c r="J727" s="2">
         <v>250</v>
       </c>
       <c r="K727" s="2">
         <v>100</v>
       </c>
       <c r="L727" s="2">
         <v>20</v>
       </c>
       <c r="M727" s="2">
         <v>0</v>
       </c>
       <c r="N727" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="728" spans="1:14">
       <c r="A728" s="2">
         <v>102969</v>
       </c>
       <c r="B728" s="2" t="s">
-        <v>135</v>
+        <v>138</v>
       </c>
       <c r="C728" s="2" t="s">
         <v>1789</v>
       </c>
       <c r="D728" s="2"/>
       <c r="E728" s="2">
         <v>7072</v>
       </c>
       <c r="F728" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G728" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H728" s="2" t="s">
         <v>1790</v>
       </c>
       <c r="I728" s="2">
         <v>289</v>
       </c>
       <c r="J728" s="2">
         <v>243</v>
       </c>
       <c r="K728" s="2">
         <v>100</v>
       </c>
       <c r="L728" s="2">
         <v>20</v>
       </c>
       <c r="M728" s="2">
         <v>0</v>
       </c>
       <c r="N728" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="729" spans="1:14">
       <c r="A729" s="2">
         <v>107210</v>
       </c>
       <c r="B729" s="2" t="s">
         <v>1306</v>
       </c>
       <c r="C729" s="2" t="s">
-        <v>729</v>
+        <v>728</v>
       </c>
       <c r="D729" s="2"/>
       <c r="E729" s="2">
         <v>7157</v>
       </c>
       <c r="F729" s="2"/>
       <c r="G729" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H729" s="2" t="s">
         <v>1791</v>
       </c>
       <c r="I729" s="2">
         <v>289</v>
       </c>
       <c r="J729" s="2">
         <v>251</v>
       </c>
       <c r="K729" s="2">
         <v>100</v>
       </c>
       <c r="L729" s="2">
         <v>20</v>
       </c>
       <c r="M729" s="2">
         <v>0</v>
       </c>
       <c r="N729" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="730" spans="1:14">
       <c r="A730" s="2">
-        <v>107211</v>
+        <v>102970</v>
       </c>
       <c r="B730" s="2" t="s">
         <v>1792</v>
       </c>
       <c r="C730" s="2" t="s">
         <v>1793</v>
       </c>
       <c r="D730" s="2"/>
       <c r="E730" s="2">
-        <v>7023</v>
+        <v>7611</v>
       </c>
       <c r="F730" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G730" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H730" s="2" t="s">
         <v>1794</v>
       </c>
       <c r="I730" s="2">
         <v>290</v>
       </c>
       <c r="J730" s="2">
-        <v>252</v>
+        <v>244</v>
       </c>
       <c r="K730" s="2">
         <v>100</v>
       </c>
       <c r="L730" s="2">
         <v>20</v>
       </c>
       <c r="M730" s="2">
         <v>0</v>
       </c>
       <c r="N730" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="731" spans="1:14">
       <c r="A731" s="2">
-        <v>102970</v>
+        <v>107211</v>
       </c>
       <c r="B731" s="2" t="s">
         <v>1795</v>
       </c>
       <c r="C731" s="2" t="s">
         <v>1796</v>
       </c>
       <c r="D731" s="2"/>
       <c r="E731" s="2">
-        <v>7611</v>
+        <v>7023</v>
       </c>
       <c r="F731" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G731" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H731" s="2" t="s">
         <v>1797</v>
       </c>
       <c r="I731" s="2">
         <v>290</v>
       </c>
       <c r="J731" s="2">
-        <v>244</v>
+        <v>252</v>
       </c>
       <c r="K731" s="2">
         <v>100</v>
       </c>
       <c r="L731" s="2">
         <v>20</v>
       </c>
       <c r="M731" s="2">
         <v>0</v>
       </c>
       <c r="N731" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="732" spans="1:14">
       <c r="A732" s="2">
         <v>102971</v>
       </c>
       <c r="B732" s="2" t="s">
-        <v>1151</v>
+        <v>1149</v>
       </c>
       <c r="C732" s="2" t="s">
         <v>1798</v>
       </c>
       <c r="D732" s="2"/>
       <c r="E732" s="2">
         <v>7622</v>
       </c>
       <c r="F732" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G732" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H732" s="2" t="s">
         <v>1799</v>
       </c>
       <c r="I732" s="2">
         <v>291</v>
       </c>
       <c r="J732" s="2">
         <v>245</v>
       </c>
       <c r="K732" s="2">
         <v>100</v>
@@ -36910,130 +36910,130 @@
       </c>
       <c r="H733" s="2" t="s">
         <v>1802</v>
       </c>
       <c r="I733" s="2">
         <v>291</v>
       </c>
       <c r="J733" s="2">
         <v>253</v>
       </c>
       <c r="K733" s="2">
         <v>100</v>
       </c>
       <c r="L733" s="2">
         <v>20</v>
       </c>
       <c r="M733" s="2">
         <v>0</v>
       </c>
       <c r="N733" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="734" spans="1:14">
       <c r="A734" s="2">
-        <v>102972</v>
+        <v>102825</v>
       </c>
       <c r="B734" s="2" t="s">
-        <v>1803</v>
+        <v>542</v>
       </c>
       <c r="C734" s="2" t="s">
-        <v>1804</v>
+        <v>543</v>
       </c>
       <c r="D734" s="2"/>
       <c r="E734" s="2">
-        <v>8501</v>
+        <v>7541</v>
       </c>
       <c r="F734" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G734" s="2" t="s">
-        <v>78</v>
+        <v>17</v>
       </c>
       <c r="H734" s="2" t="s">
-        <v>1805</v>
+        <v>1803</v>
       </c>
       <c r="I734" s="2">
         <v>292</v>
       </c>
       <c r="J734" s="2">
-        <v>47</v>
+        <v>254</v>
       </c>
       <c r="K734" s="2">
         <v>100</v>
       </c>
       <c r="L734" s="2">
-        <v>74</v>
+        <v>20</v>
       </c>
       <c r="M734" s="2">
         <v>0</v>
       </c>
       <c r="N734" s="2">
-        <v>174</v>
+        <v>120</v>
       </c>
     </row>
     <row r="735" spans="1:14">
       <c r="A735" s="2">
-        <v>102825</v>
+        <v>102972</v>
       </c>
       <c r="B735" s="2" t="s">
-        <v>542</v>
+        <v>1804</v>
       </c>
       <c r="C735" s="2" t="s">
-        <v>543</v>
+        <v>1805</v>
       </c>
       <c r="D735" s="2"/>
       <c r="E735" s="2">
-        <v>7541</v>
+        <v>8501</v>
       </c>
       <c r="F735" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G735" s="2" t="s">
-        <v>17</v>
+        <v>77</v>
       </c>
       <c r="H735" s="2" t="s">
         <v>1806</v>
       </c>
       <c r="I735" s="2">
         <v>292</v>
       </c>
       <c r="J735" s="2">
-        <v>254</v>
+        <v>47</v>
       </c>
       <c r="K735" s="2">
         <v>100</v>
       </c>
       <c r="L735" s="2">
-        <v>20</v>
+        <v>74</v>
       </c>
       <c r="M735" s="2">
         <v>0</v>
       </c>
       <c r="N735" s="2">
-        <v>120</v>
+        <v>174</v>
       </c>
     </row>
     <row r="736" spans="1:14">
       <c r="A736" s="2">
         <v>107214</v>
       </c>
       <c r="B736" s="2" t="s">
         <v>53</v>
       </c>
       <c r="C736" s="2" t="s">
         <v>1807</v>
       </c>
       <c r="D736" s="2"/>
       <c r="E736" s="2">
         <v>7652</v>
       </c>
       <c r="F736" s="2"/>
       <c r="G736" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H736" s="2" t="s">
         <v>1808</v>
       </c>
       <c r="I736" s="2">
         <v>293</v>
@@ -37082,51 +37082,51 @@
       </c>
       <c r="J737" s="2">
         <v>246</v>
       </c>
       <c r="K737" s="2">
         <v>100</v>
       </c>
       <c r="L737" s="2">
         <v>20</v>
       </c>
       <c r="M737" s="2">
         <v>0</v>
       </c>
       <c r="N737" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="738" spans="1:14">
       <c r="A738" s="2">
         <v>102974</v>
       </c>
       <c r="B738" s="2" t="s">
         <v>1811</v>
       </c>
       <c r="C738" s="2" t="s">
-        <v>1111</v>
+        <v>1112</v>
       </c>
       <c r="D738" s="2"/>
       <c r="E738" s="2">
         <v>7056</v>
       </c>
       <c r="F738" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G738" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H738" s="2" t="s">
         <v>1812</v>
       </c>
       <c r="I738" s="2">
         <v>294</v>
       </c>
       <c r="J738" s="2">
         <v>247</v>
       </c>
       <c r="K738" s="2">
         <v>100</v>
       </c>
       <c r="L738" s="2">
         <v>20</v>
@@ -37245,51 +37245,51 @@
       </c>
       <c r="I741" s="2">
         <v>295</v>
       </c>
       <c r="J741" s="2">
         <v>248</v>
       </c>
       <c r="K741" s="2">
         <v>100</v>
       </c>
       <c r="L741" s="2">
         <v>20</v>
       </c>
       <c r="M741" s="2">
         <v>0</v>
       </c>
       <c r="N741" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="742" spans="1:14">
       <c r="A742" s="2">
         <v>102852</v>
       </c>
       <c r="B742" s="2" t="s">
-        <v>1235</v>
+        <v>1237</v>
       </c>
       <c r="C742" s="2" t="s">
         <v>438</v>
       </c>
       <c r="D742" s="2"/>
       <c r="E742" s="2">
         <v>7636</v>
       </c>
       <c r="F742" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G742" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H742" s="2" t="s">
         <v>1822</v>
       </c>
       <c r="I742" s="2">
         <v>296</v>
       </c>
       <c r="J742" s="2">
         <v>258</v>
       </c>
       <c r="K742" s="2">
         <v>100</v>
@@ -37329,54 +37329,54 @@
       </c>
       <c r="I743" s="2">
         <v>296</v>
       </c>
       <c r="J743" s="2">
         <v>249</v>
       </c>
       <c r="K743" s="2">
         <v>100</v>
       </c>
       <c r="L743" s="2">
         <v>20</v>
       </c>
       <c r="M743" s="2">
         <v>0</v>
       </c>
       <c r="N743" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="744" spans="1:14">
       <c r="A744" s="2">
         <v>102977</v>
       </c>
       <c r="B744" s="2" t="s">
-        <v>1485</v>
+        <v>1482</v>
       </c>
       <c r="C744" s="2" t="s">
-        <v>1485</v>
+        <v>1482</v>
       </c>
       <c r="D744" s="2"/>
       <c r="E744" s="2">
         <v>7028</v>
       </c>
       <c r="F744" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G744" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H744" s="2" t="s">
         <v>1826</v>
       </c>
       <c r="I744" s="2">
         <v>297</v>
       </c>
       <c r="J744" s="2">
         <v>250</v>
       </c>
       <c r="K744" s="2">
         <v>100</v>
       </c>
       <c r="L744" s="2">
         <v>20</v>
@@ -37424,51 +37424,51 @@
       <c r="M745" s="2">
         <v>0</v>
       </c>
       <c r="N745" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="746" spans="1:14">
       <c r="A746" s="2">
         <v>102978</v>
       </c>
       <c r="B746" s="2" t="s">
         <v>1830</v>
       </c>
       <c r="C746" s="2" t="s">
         <v>1831</v>
       </c>
       <c r="D746" s="2"/>
       <c r="E746" s="2">
         <v>8017</v>
       </c>
       <c r="F746" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G746" s="2" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="H746" s="2" t="s">
         <v>1832</v>
       </c>
       <c r="I746" s="2">
         <v>298</v>
       </c>
       <c r="J746" s="2">
         <v>48</v>
       </c>
       <c r="K746" s="2">
         <v>100</v>
       </c>
       <c r="L746" s="2">
         <v>73</v>
       </c>
       <c r="M746" s="2">
         <v>0</v>
       </c>
       <c r="N746" s="2">
         <v>173</v>
       </c>
     </row>
     <row r="747" spans="1:14">
       <c r="A747" s="2">
@@ -37490,183 +37490,183 @@
       </c>
       <c r="H747" s="2" t="s">
         <v>1834</v>
       </c>
       <c r="I747" s="2">
         <v>298</v>
       </c>
       <c r="J747" s="2">
         <v>260</v>
       </c>
       <c r="K747" s="2">
         <v>100</v>
       </c>
       <c r="L747" s="2">
         <v>20</v>
       </c>
       <c r="M747" s="2">
         <v>0</v>
       </c>
       <c r="N747" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="748" spans="1:14">
       <c r="A748" s="2">
-        <v>102979</v>
+        <v>107220</v>
       </c>
       <c r="B748" s="2" t="s">
         <v>1835</v>
       </c>
       <c r="C748" s="2" t="s">
         <v>1836</v>
       </c>
       <c r="D748" s="2"/>
       <c r="E748" s="2">
-        <v>8024</v>
+        <v>8523</v>
       </c>
       <c r="F748" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G748" s="2" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="H748" s="2" t="s">
         <v>1837</v>
       </c>
       <c r="I748" s="2">
         <v>299</v>
       </c>
       <c r="J748" s="2">
-        <v>49</v>
+        <v>39</v>
       </c>
       <c r="K748" s="2">
         <v>100</v>
       </c>
       <c r="L748" s="2">
-        <v>72</v>
+        <v>82</v>
       </c>
       <c r="M748" s="2">
         <v>0</v>
       </c>
       <c r="N748" s="2">
-        <v>172</v>
+        <v>182</v>
       </c>
     </row>
     <row r="749" spans="1:14">
       <c r="A749" s="2">
-        <v>107220</v>
+        <v>102979</v>
       </c>
       <c r="B749" s="2" t="s">
         <v>1838</v>
       </c>
       <c r="C749" s="2" t="s">
         <v>1839</v>
       </c>
       <c r="D749" s="2"/>
       <c r="E749" s="2">
-        <v>8523</v>
+        <v>8024</v>
       </c>
       <c r="F749" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G749" s="2" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="H749" s="2" t="s">
         <v>1840</v>
       </c>
       <c r="I749" s="2">
         <v>299</v>
       </c>
       <c r="J749" s="2">
-        <v>39</v>
+        <v>49</v>
       </c>
       <c r="K749" s="2">
         <v>100</v>
       </c>
       <c r="L749" s="2">
-        <v>82</v>
+        <v>72</v>
       </c>
       <c r="M749" s="2">
         <v>0</v>
       </c>
       <c r="N749" s="2">
-        <v>182</v>
+        <v>172</v>
       </c>
     </row>
     <row r="750" spans="1:14">
       <c r="A750" s="2">
         <v>102980</v>
       </c>
       <c r="B750" s="2" t="s">
         <v>1841</v>
       </c>
       <c r="C750" s="2" t="s">
         <v>1842</v>
       </c>
       <c r="D750" s="2"/>
       <c r="E750" s="2">
         <v>8004</v>
       </c>
       <c r="F750" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G750" s="2" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="H750" s="2" t="s">
         <v>1843</v>
       </c>
       <c r="I750" s="2">
         <v>300</v>
       </c>
       <c r="J750" s="2">
         <v>50</v>
       </c>
       <c r="K750" s="2">
         <v>100</v>
       </c>
       <c r="L750" s="2">
         <v>71</v>
       </c>
       <c r="M750" s="2">
         <v>0</v>
       </c>
       <c r="N750" s="2">
         <v>171</v>
       </c>
     </row>
     <row r="751" spans="1:14">
       <c r="A751" s="2">
         <v>102880</v>
       </c>
       <c r="B751" s="2" t="s">
-        <v>1372</v>
+        <v>1370</v>
       </c>
       <c r="C751" s="2" t="s">
-        <v>1373</v>
+        <v>1371</v>
       </c>
       <c r="D751" s="2"/>
       <c r="E751" s="2">
         <v>8530</v>
       </c>
       <c r="F751" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G751" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H751" s="2" t="s">
         <v>1844</v>
       </c>
       <c r="I751" s="2">
         <v>300</v>
       </c>
       <c r="J751" s="2">
         <v>261</v>
       </c>
       <c r="K751" s="2">
         <v>100</v>
       </c>
       <c r="L751" s="2">
         <v>20</v>
@@ -37674,606 +37674,606 @@
       <c r="M751" s="2">
         <v>0</v>
       </c>
       <c r="N751" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="752" spans="1:14">
       <c r="A752" s="2">
         <v>102981</v>
       </c>
       <c r="B752" s="2" t="s">
         <v>1845</v>
       </c>
       <c r="C752" s="2" t="s">
         <v>1846</v>
       </c>
       <c r="D752" s="2"/>
       <c r="E752" s="2">
         <v>8504</v>
       </c>
       <c r="F752" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G752" s="2" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="H752" s="2" t="s">
         <v>1847</v>
       </c>
       <c r="I752" s="2">
         <v>301</v>
       </c>
       <c r="J752" s="2">
         <v>51</v>
       </c>
       <c r="K752" s="2">
         <v>100</v>
       </c>
       <c r="L752" s="2">
         <v>70</v>
       </c>
       <c r="M752" s="2">
         <v>0</v>
       </c>
       <c r="N752" s="2">
         <v>170</v>
       </c>
     </row>
     <row r="753" spans="1:14">
       <c r="A753" s="2">
         <v>102950</v>
       </c>
       <c r="B753" s="2" t="s">
-        <v>1100</v>
+        <v>1097</v>
       </c>
       <c r="C753" s="2" t="s">
-        <v>1101</v>
+        <v>1098</v>
       </c>
       <c r="D753" s="2"/>
       <c r="E753" s="2">
         <v>7008</v>
       </c>
       <c r="F753" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G753" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H753" s="2" t="s">
         <v>1848</v>
       </c>
       <c r="I753" s="2">
         <v>301</v>
       </c>
       <c r="J753" s="2">
         <v>262</v>
       </c>
       <c r="K753" s="2">
         <v>100</v>
       </c>
       <c r="L753" s="2">
         <v>20</v>
       </c>
       <c r="M753" s="2">
         <v>0</v>
       </c>
       <c r="N753" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="754" spans="1:14">
       <c r="A754" s="2">
-        <v>102982</v>
+        <v>107223</v>
       </c>
       <c r="B754" s="2" t="s">
+        <v>1611</v>
+      </c>
+      <c r="C754" s="2" t="s">
         <v>1849</v>
-      </c>
-[...1 lines deleted...]
-        <v>1850</v>
       </c>
       <c r="D754" s="2"/>
       <c r="E754" s="2">
-        <v>7073</v>
-[...3 lines deleted...]
-      </c>
+        <v>7605</v>
+      </c>
+      <c r="F754" s="2"/>
       <c r="G754" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H754" s="2" t="s">
-        <v>1851</v>
+        <v>1850</v>
       </c>
       <c r="I754" s="2">
         <v>302</v>
       </c>
       <c r="J754" s="2">
-        <v>251</v>
+        <v>263</v>
       </c>
       <c r="K754" s="2">
         <v>100</v>
       </c>
       <c r="L754" s="2">
         <v>20</v>
       </c>
       <c r="M754" s="2">
         <v>0</v>
       </c>
       <c r="N754" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="755" spans="1:14">
       <c r="A755" s="2">
-        <v>107223</v>
+        <v>102982</v>
       </c>
       <c r="B755" s="2" t="s">
-        <v>1611</v>
+        <v>1851</v>
       </c>
       <c r="C755" s="2" t="s">
         <v>1852</v>
       </c>
       <c r="D755" s="2"/>
       <c r="E755" s="2">
-        <v>7605</v>
-[...1 lines deleted...]
-      <c r="F755" s="2"/>
+        <v>7073</v>
+      </c>
+      <c r="F755" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="G755" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H755" s="2" t="s">
         <v>1853</v>
       </c>
       <c r="I755" s="2">
         <v>302</v>
       </c>
       <c r="J755" s="2">
-        <v>263</v>
+        <v>251</v>
       </c>
       <c r="K755" s="2">
         <v>100</v>
       </c>
       <c r="L755" s="2">
         <v>20</v>
       </c>
       <c r="M755" s="2">
         <v>0</v>
       </c>
       <c r="N755" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="756" spans="1:14">
       <c r="A756" s="2">
-        <v>102983</v>
+        <v>107224</v>
       </c>
       <c r="B756" s="2" t="s">
         <v>1854</v>
       </c>
       <c r="C756" s="2" t="s">
-        <v>1855</v>
+        <v>1854</v>
       </c>
       <c r="D756" s="2"/>
       <c r="E756" s="2">
-        <v>7106</v>
-[...3 lines deleted...]
-      </c>
+        <v>7013</v>
+      </c>
+      <c r="F756" s="2"/>
       <c r="G756" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H756" s="2" t="s">
-        <v>1856</v>
+        <v>1855</v>
       </c>
       <c r="I756" s="2">
         <v>303</v>
       </c>
       <c r="J756" s="2">
-        <v>252</v>
+        <v>264</v>
       </c>
       <c r="K756" s="2">
         <v>100</v>
       </c>
       <c r="L756" s="2">
         <v>20</v>
       </c>
       <c r="M756" s="2">
         <v>0</v>
       </c>
       <c r="N756" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="757" spans="1:14">
       <c r="A757" s="2">
-        <v>107224</v>
+        <v>102983</v>
       </c>
       <c r="B757" s="2" t="s">
-        <v>1857</v>
+        <v>1856</v>
       </c>
       <c r="C757" s="2" t="s">
         <v>1857</v>
       </c>
       <c r="D757" s="2"/>
       <c r="E757" s="2">
-        <v>7013</v>
-[...1 lines deleted...]
-      <c r="F757" s="2"/>
+        <v>7106</v>
+      </c>
+      <c r="F757" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="G757" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H757" s="2" t="s">
         <v>1858</v>
       </c>
       <c r="I757" s="2">
         <v>303</v>
       </c>
       <c r="J757" s="2">
-        <v>264</v>
+        <v>252</v>
       </c>
       <c r="K757" s="2">
         <v>100</v>
       </c>
       <c r="L757" s="2">
         <v>20</v>
       </c>
       <c r="M757" s="2">
         <v>0</v>
       </c>
       <c r="N757" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="758" spans="1:14">
       <c r="A758" s="2">
-        <v>102984</v>
+        <v>107225</v>
       </c>
       <c r="B758" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="C758" s="2" t="s">
         <v>1859</v>
-      </c>
-[...1 lines deleted...]
-        <v>1860</v>
       </c>
       <c r="D758" s="2"/>
       <c r="E758" s="2">
-        <v>7592</v>
-[...3 lines deleted...]
-      </c>
+        <v>7150</v>
+      </c>
+      <c r="F758" s="2"/>
       <c r="G758" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H758" s="2" t="s">
-        <v>1861</v>
+        <v>1860</v>
       </c>
       <c r="I758" s="2">
         <v>304</v>
       </c>
       <c r="J758" s="2">
-        <v>253</v>
+        <v>265</v>
       </c>
       <c r="K758" s="2">
         <v>100</v>
       </c>
       <c r="L758" s="2">
         <v>20</v>
       </c>
       <c r="M758" s="2">
         <v>0</v>
       </c>
       <c r="N758" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="759" spans="1:14">
       <c r="A759" s="2">
-        <v>107225</v>
+        <v>102984</v>
       </c>
       <c r="B759" s="2" t="s">
-        <v>27</v>
+        <v>1861</v>
       </c>
       <c r="C759" s="2" t="s">
         <v>1862</v>
       </c>
       <c r="D759" s="2"/>
       <c r="E759" s="2">
-        <v>7150</v>
-[...1 lines deleted...]
-      <c r="F759" s="2"/>
+        <v>7592</v>
+      </c>
+      <c r="F759" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="G759" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H759" s="2" t="s">
         <v>1863</v>
       </c>
       <c r="I759" s="2">
         <v>304</v>
       </c>
       <c r="J759" s="2">
-        <v>265</v>
+        <v>253</v>
       </c>
       <c r="K759" s="2">
         <v>100</v>
       </c>
       <c r="L759" s="2">
         <v>20</v>
       </c>
       <c r="M759" s="2">
         <v>0</v>
       </c>
       <c r="N759" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="760" spans="1:14">
       <c r="A760" s="2">
-        <v>102065</v>
+        <v>107226</v>
       </c>
       <c r="B760" s="2" t="s">
         <v>1864</v>
       </c>
       <c r="C760" s="2" t="s">
-        <v>438</v>
+        <v>1012</v>
       </c>
       <c r="D760" s="2"/>
       <c r="E760" s="2">
-        <v>7553</v>
-[...3 lines deleted...]
-      </c>
+        <v>7173</v>
+      </c>
+      <c r="F760" s="2"/>
       <c r="G760" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H760" s="2" t="s">
         <v>1865</v>
       </c>
       <c r="I760" s="2">
         <v>305</v>
       </c>
       <c r="J760" s="2">
-        <v>254</v>
+        <v>266</v>
       </c>
       <c r="K760" s="2">
         <v>100</v>
       </c>
       <c r="L760" s="2">
         <v>20</v>
       </c>
       <c r="M760" s="2">
         <v>0</v>
       </c>
       <c r="N760" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="761" spans="1:14">
       <c r="A761" s="2">
-        <v>107226</v>
+        <v>102065</v>
       </c>
       <c r="B761" s="2" t="s">
         <v>1866</v>
       </c>
       <c r="C761" s="2" t="s">
-        <v>1015</v>
+        <v>438</v>
       </c>
       <c r="D761" s="2"/>
       <c r="E761" s="2">
-        <v>7173</v>
-[...1 lines deleted...]
-      <c r="F761" s="2"/>
+        <v>7553</v>
+      </c>
+      <c r="F761" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="G761" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H761" s="2" t="s">
         <v>1867</v>
       </c>
       <c r="I761" s="2">
         <v>305</v>
       </c>
       <c r="J761" s="2">
-        <v>266</v>
+        <v>254</v>
       </c>
       <c r="K761" s="2">
         <v>100</v>
       </c>
       <c r="L761" s="2">
         <v>20</v>
       </c>
       <c r="M761" s="2">
         <v>0</v>
       </c>
       <c r="N761" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="762" spans="1:14">
       <c r="A762" s="2">
-        <v>102986</v>
+        <v>107227</v>
       </c>
       <c r="B762" s="2" t="s">
         <v>1868</v>
       </c>
       <c r="C762" s="2" t="s">
-        <v>1869</v>
+        <v>240</v>
       </c>
       <c r="D762" s="2"/>
       <c r="E762" s="2">
-        <v>7069</v>
-[...3 lines deleted...]
-      </c>
+        <v>7185</v>
+      </c>
+      <c r="F762" s="2"/>
       <c r="G762" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H762" s="2" t="s">
-        <v>1870</v>
+        <v>1869</v>
       </c>
       <c r="I762" s="2">
         <v>306</v>
       </c>
       <c r="J762" s="2">
-        <v>255</v>
+        <v>267</v>
       </c>
       <c r="K762" s="2">
         <v>100</v>
       </c>
       <c r="L762" s="2">
         <v>20</v>
       </c>
       <c r="M762" s="2">
         <v>0</v>
       </c>
       <c r="N762" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="763" spans="1:14">
       <c r="A763" s="2">
-        <v>107227</v>
+        <v>102986</v>
       </c>
       <c r="B763" s="2" t="s">
+        <v>1870</v>
+      </c>
+      <c r="C763" s="2" t="s">
         <v>1871</v>
-      </c>
-[...1 lines deleted...]
-        <v>243</v>
       </c>
       <c r="D763" s="2"/>
       <c r="E763" s="2">
-        <v>7185</v>
-[...1 lines deleted...]
-      <c r="F763" s="2"/>
+        <v>7069</v>
+      </c>
+      <c r="F763" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="G763" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H763" s="2" t="s">
         <v>1872</v>
       </c>
       <c r="I763" s="2">
         <v>306</v>
       </c>
       <c r="J763" s="2">
-        <v>267</v>
+        <v>255</v>
       </c>
       <c r="K763" s="2">
         <v>100</v>
       </c>
       <c r="L763" s="2">
         <v>20</v>
       </c>
       <c r="M763" s="2">
         <v>0</v>
       </c>
       <c r="N763" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="764" spans="1:14">
       <c r="A764" s="2">
-        <v>102987</v>
+        <v>107228</v>
       </c>
       <c r="B764" s="2" t="s">
         <v>1873</v>
       </c>
       <c r="C764" s="2" t="s">
-        <v>178</v>
+        <v>1874</v>
       </c>
       <c r="D764" s="2"/>
       <c r="E764" s="2">
-        <v>8503</v>
-[...3 lines deleted...]
-      </c>
+        <v>7076</v>
+      </c>
+      <c r="F764" s="2"/>
       <c r="G764" s="2" t="s">
-        <v>78</v>
+        <v>17</v>
       </c>
       <c r="H764" s="2" t="s">
-        <v>1874</v>
+        <v>1875</v>
       </c>
       <c r="I764" s="2">
         <v>307</v>
       </c>
       <c r="J764" s="2">
-        <v>52</v>
+        <v>268</v>
       </c>
       <c r="K764" s="2">
         <v>100</v>
       </c>
       <c r="L764" s="2">
-        <v>69</v>
+        <v>20</v>
       </c>
       <c r="M764" s="2">
         <v>0</v>
       </c>
       <c r="N764" s="2">
-        <v>169</v>
+        <v>120</v>
       </c>
     </row>
     <row r="765" spans="1:14">
       <c r="A765" s="2">
-        <v>107228</v>
+        <v>102987</v>
       </c>
       <c r="B765" s="2" t="s">
-        <v>1875</v>
+        <v>1876</v>
       </c>
       <c r="C765" s="2" t="s">
-        <v>1876</v>
+        <v>178</v>
       </c>
       <c r="D765" s="2"/>
       <c r="E765" s="2">
-        <v>7076</v>
-[...1 lines deleted...]
-      <c r="F765" s="2"/>
+        <v>8503</v>
+      </c>
+      <c r="F765" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="G765" s="2" t="s">
-        <v>17</v>
+        <v>77</v>
       </c>
       <c r="H765" s="2" t="s">
         <v>1877</v>
       </c>
       <c r="I765" s="2">
         <v>307</v>
       </c>
       <c r="J765" s="2">
-        <v>268</v>
+        <v>52</v>
       </c>
       <c r="K765" s="2">
         <v>100</v>
       </c>
       <c r="L765" s="2">
-        <v>20</v>
+        <v>69</v>
       </c>
       <c r="M765" s="2">
         <v>0</v>
       </c>
       <c r="N765" s="2">
-        <v>120</v>
+        <v>169</v>
       </c>
     </row>
     <row r="766" spans="1:14">
       <c r="A766" s="2">
         <v>107229</v>
       </c>
       <c r="B766" s="2" t="s">
         <v>1878</v>
       </c>
       <c r="C766" s="2" t="s">
         <v>1878</v>
       </c>
       <c r="D766" s="2"/>
       <c r="E766" s="2">
         <v>7180</v>
       </c>
       <c r="F766" s="2"/>
       <c r="G766" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H766" s="2" t="s">
         <v>1879</v>
       </c>
       <c r="I766" s="2">
         <v>308</v>
@@ -38317,51 +38317,51 @@
       </c>
       <c r="I767" s="2">
         <v>309</v>
       </c>
       <c r="J767" s="2">
         <v>270</v>
       </c>
       <c r="K767" s="2">
         <v>100</v>
       </c>
       <c r="L767" s="2">
         <v>20</v>
       </c>
       <c r="M767" s="2">
         <v>0</v>
       </c>
       <c r="N767" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="768" spans="1:14">
       <c r="A768" s="2">
         <v>107231</v>
       </c>
       <c r="B768" s="2" t="s">
-        <v>735</v>
+        <v>732</v>
       </c>
       <c r="C768" s="2" t="s">
         <v>1882</v>
       </c>
       <c r="D768" s="2"/>
       <c r="E768" s="2">
         <v>7568</v>
       </c>
       <c r="F768" s="2"/>
       <c r="G768" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H768" s="2" t="s">
         <v>1883</v>
       </c>
       <c r="I768" s="2">
         <v>310</v>
       </c>
       <c r="J768" s="2">
         <v>271</v>
       </c>
       <c r="K768" s="2">
         <v>100</v>
       </c>
       <c r="L768" s="2">
@@ -38412,51 +38412,51 @@
       <c r="M769" s="2">
         <v>0</v>
       </c>
       <c r="N769" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="770" spans="1:14">
       <c r="A770" s="2">
         <v>102034</v>
       </c>
       <c r="B770" s="2" t="s">
         <v>1885</v>
       </c>
       <c r="C770" s="2" t="s">
         <v>1886</v>
       </c>
       <c r="D770" s="2"/>
       <c r="E770" s="2">
         <v>8515</v>
       </c>
       <c r="F770" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G770" s="2" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="H770" s="2" t="s">
         <v>1884</v>
       </c>
       <c r="I770" s="2">
         <v>312</v>
       </c>
       <c r="J770" s="2">
         <v>40</v>
       </c>
       <c r="K770" s="2">
         <v>100</v>
       </c>
       <c r="L770" s="2">
         <v>81</v>
       </c>
       <c r="M770" s="2">
         <v>0</v>
       </c>
       <c r="N770" s="2">
         <v>181</v>
       </c>
     </row>
     <row r="771" spans="1:14">
       <c r="A771" s="2">
@@ -38492,51 +38492,51 @@
         <v>20</v>
       </c>
       <c r="M771" s="2">
         <v>0</v>
       </c>
       <c r="N771" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="772" spans="1:14">
       <c r="A772" s="2">
         <v>107235</v>
       </c>
       <c r="B772" s="2" t="s">
         <v>1890</v>
       </c>
       <c r="C772" s="2" t="s">
         <v>1891</v>
       </c>
       <c r="D772" s="2"/>
       <c r="E772" s="2">
         <v>8032</v>
       </c>
       <c r="F772" s="2"/>
       <c r="G772" s="2" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="H772" s="2" t="s">
         <v>1892</v>
       </c>
       <c r="I772" s="2">
         <v>314</v>
       </c>
       <c r="J772" s="2">
         <v>41</v>
       </c>
       <c r="K772" s="2">
         <v>100</v>
       </c>
       <c r="L772" s="2">
         <v>80</v>
       </c>
       <c r="M772" s="2">
         <v>0</v>
       </c>
       <c r="N772" s="2">
         <v>180</v>
       </c>
     </row>
     <row r="773" spans="1:14">
       <c r="A773" s="2">
@@ -38564,59 +38564,59 @@
       </c>
       <c r="J773" s="2">
         <v>274</v>
       </c>
       <c r="K773" s="2">
         <v>100</v>
       </c>
       <c r="L773" s="2">
         <v>20</v>
       </c>
       <c r="M773" s="2">
         <v>0</v>
       </c>
       <c r="N773" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="774" spans="1:14">
       <c r="A774" s="2">
         <v>107237</v>
       </c>
       <c r="B774" s="2" t="s">
         <v>1895</v>
       </c>
       <c r="C774" s="2" t="s">
-        <v>1757</v>
+        <v>1760</v>
       </c>
       <c r="D774" s="2"/>
       <c r="E774" s="2">
         <v>8000</v>
       </c>
       <c r="F774" s="2"/>
       <c r="G774" s="2" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="H774" s="2" t="s">
         <v>1896</v>
       </c>
       <c r="I774" s="2">
         <v>316</v>
       </c>
       <c r="J774" s="2">
         <v>42</v>
       </c>
       <c r="K774" s="2">
         <v>100</v>
       </c>
       <c r="L774" s="2">
         <v>79</v>
       </c>
       <c r="M774" s="2">
         <v>0</v>
       </c>
       <c r="N774" s="2">
         <v>179</v>
       </c>
     </row>
     <row r="775" spans="1:14">
       <c r="A775" s="2">
@@ -38694,131 +38694,131 @@
       <c r="M776" s="2">
         <v>0</v>
       </c>
       <c r="N776" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="777" spans="1:14">
       <c r="A777" s="2">
         <v>102980</v>
       </c>
       <c r="B777" s="2" t="s">
         <v>1841</v>
       </c>
       <c r="C777" s="2" t="s">
         <v>1842</v>
       </c>
       <c r="D777" s="2"/>
       <c r="E777" s="2">
         <v>8033</v>
       </c>
       <c r="F777" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G777" s="2" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="H777" s="2" t="s">
         <v>1903</v>
       </c>
       <c r="I777" s="2">
         <v>319</v>
       </c>
       <c r="J777" s="2">
         <v>43</v>
       </c>
       <c r="K777" s="2">
         <v>100</v>
       </c>
       <c r="L777" s="2">
         <v>78</v>
       </c>
       <c r="M777" s="2">
         <v>0</v>
       </c>
       <c r="N777" s="2">
         <v>178</v>
       </c>
     </row>
     <row r="778" spans="1:14">
       <c r="A778" s="2">
         <v>107241</v>
       </c>
       <c r="B778" s="2" t="s">
         <v>1904</v>
       </c>
       <c r="C778" s="2" t="s">
         <v>1905</v>
       </c>
       <c r="D778" s="2"/>
       <c r="E778" s="2">
         <v>7069</v>
       </c>
       <c r="F778" s="2"/>
       <c r="G778" s="2" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="H778" s="2" t="s">
         <v>1906</v>
       </c>
       <c r="I778" s="2">
         <v>320</v>
       </c>
       <c r="J778" s="2">
         <v>277</v>
       </c>
       <c r="K778" s="2">
         <v>100</v>
       </c>
       <c r="L778" s="2">
         <v>20</v>
       </c>
       <c r="M778" s="2">
         <v>0</v>
       </c>
       <c r="N778" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="779" spans="1:14">
       <c r="A779" s="2">
         <v>107241</v>
       </c>
       <c r="B779" s="2" t="s">
         <v>1904</v>
       </c>
       <c r="C779" s="2" t="s">
         <v>1905</v>
       </c>
       <c r="D779" s="2"/>
       <c r="E779" s="2">
         <v>8012</v>
       </c>
       <c r="F779" s="2"/>
       <c r="G779" s="2" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="H779" s="2" t="s">
         <v>1907</v>
       </c>
       <c r="I779" s="2">
         <v>321</v>
       </c>
       <c r="J779" s="2">
         <v>44</v>
       </c>
       <c r="K779" s="2">
         <v>100</v>
       </c>
       <c r="L779" s="2">
         <v>77</v>
       </c>
       <c r="M779" s="2">
         <v>0</v>
       </c>
       <c r="N779" s="2">
         <v>177</v>
       </c>
     </row>
     <row r="780" spans="1:14">
       <c r="A780" s="2">
@@ -38888,90 +38888,90 @@
       </c>
       <c r="J781" s="2">
         <v>279</v>
       </c>
       <c r="K781" s="2">
         <v>100</v>
       </c>
       <c r="L781" s="2">
         <v>20</v>
       </c>
       <c r="M781" s="2">
         <v>0</v>
       </c>
       <c r="N781" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="782" spans="1:14">
       <c r="A782" s="2">
         <v>107245</v>
       </c>
       <c r="B782" s="2" t="s">
         <v>1914</v>
       </c>
       <c r="C782" s="2" t="s">
-        <v>819</v>
+        <v>822</v>
       </c>
       <c r="D782" s="2"/>
       <c r="E782" s="2">
         <v>7187</v>
       </c>
       <c r="F782" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G782" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H782" s="2" t="s">
         <v>1915</v>
       </c>
       <c r="I782" s="2">
         <v>324</v>
       </c>
       <c r="J782" s="2">
         <v>280</v>
       </c>
       <c r="K782" s="2">
         <v>100</v>
       </c>
       <c r="L782" s="2">
         <v>20</v>
       </c>
       <c r="M782" s="2">
         <v>0</v>
       </c>
       <c r="N782" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="783" spans="1:14">
       <c r="A783" s="2">
         <v>102932</v>
       </c>
       <c r="B783" s="2" t="s">
-        <v>1616</v>
+        <v>1614</v>
       </c>
       <c r="C783" s="2" t="s">
         <v>281</v>
       </c>
       <c r="D783" s="2"/>
       <c r="E783" s="2">
         <v>7054</v>
       </c>
       <c r="F783" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G783" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H783" s="2" t="s">
         <v>1916</v>
       </c>
       <c r="I783" s="2">
         <v>325</v>
       </c>
       <c r="J783" s="2">
         <v>281</v>
       </c>
       <c r="K783" s="2">
         <v>100</v>
@@ -39064,51 +39064,51 @@
       <c r="M785" s="2">
         <v>0</v>
       </c>
       <c r="N785" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="786" spans="1:14">
       <c r="A786" s="2">
         <v>102981</v>
       </c>
       <c r="B786" s="2" t="s">
         <v>1845</v>
       </c>
       <c r="C786" s="2" t="s">
         <v>1846</v>
       </c>
       <c r="D786" s="2"/>
       <c r="E786" s="2">
         <v>8514</v>
       </c>
       <c r="F786" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G786" s="2" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="H786" s="2" t="s">
         <v>1923</v>
       </c>
       <c r="I786" s="2">
         <v>328</v>
       </c>
       <c r="J786" s="2">
         <v>45</v>
       </c>
       <c r="K786" s="2">
         <v>100</v>
       </c>
       <c r="L786" s="2">
         <v>76</v>
       </c>
       <c r="M786" s="2">
         <v>0</v>
       </c>
       <c r="N786" s="2">
         <v>176</v>
       </c>
     </row>
     <row r="787" spans="1:14">
       <c r="A787" s="2">
@@ -39144,51 +39144,51 @@
         <v>20</v>
       </c>
       <c r="M787" s="2">
         <v>0</v>
       </c>
       <c r="N787" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="788" spans="1:14">
       <c r="A788" s="2">
         <v>107251</v>
       </c>
       <c r="B788" s="2" t="s">
         <v>1927</v>
       </c>
       <c r="C788" s="2" t="s">
         <v>1928</v>
       </c>
       <c r="D788" s="2"/>
       <c r="E788" s="2">
         <v>8023</v>
       </c>
       <c r="F788" s="2"/>
       <c r="G788" s="2" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="H788" s="2" t="s">
         <v>1926</v>
       </c>
       <c r="I788" s="2">
         <v>330</v>
       </c>
       <c r="J788" s="2">
         <v>46</v>
       </c>
       <c r="K788" s="2">
         <v>100</v>
       </c>
       <c r="L788" s="2">
         <v>75</v>
       </c>
       <c r="M788" s="2">
         <v>0</v>
       </c>
       <c r="N788" s="2">
         <v>175</v>
       </c>
     </row>
     <row r="789" spans="1:14">
       <c r="A789" s="2">
@@ -39253,51 +39253,51 @@
       </c>
       <c r="I790" s="2">
         <v>332</v>
       </c>
       <c r="J790" s="2">
         <v>286</v>
       </c>
       <c r="K790" s="2">
         <v>100</v>
       </c>
       <c r="L790" s="2">
         <v>20</v>
       </c>
       <c r="M790" s="2">
         <v>0</v>
       </c>
       <c r="N790" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="791" spans="1:14">
       <c r="A791" s="2">
         <v>107254</v>
       </c>
       <c r="B791" s="2" t="s">
-        <v>243</v>
+        <v>240</v>
       </c>
       <c r="C791" s="2" t="s">
         <v>1935</v>
       </c>
       <c r="D791" s="2"/>
       <c r="E791" s="2">
         <v>7525</v>
       </c>
       <c r="F791" s="2"/>
       <c r="G791" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H791" s="2" t="s">
         <v>1934</v>
       </c>
       <c r="I791" s="2">
         <v>333</v>
       </c>
       <c r="J791" s="2">
         <v>287</v>
       </c>
       <c r="K791" s="2">
         <v>100</v>
       </c>
       <c r="L791" s="2">
@@ -39344,93 +39344,93 @@
         <v>20</v>
       </c>
       <c r="M792" s="2">
         <v>0</v>
       </c>
       <c r="N792" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="793" spans="1:14">
       <c r="A793" s="2">
         <v>107256</v>
       </c>
       <c r="B793" s="2" t="s">
         <v>792</v>
       </c>
       <c r="C793" s="2" t="s">
         <v>1939</v>
       </c>
       <c r="D793" s="2"/>
       <c r="E793" s="2">
         <v>8037</v>
       </c>
       <c r="F793" s="2"/>
       <c r="G793" s="2" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="H793" s="2" t="s">
         <v>1940</v>
       </c>
       <c r="I793" s="2">
         <v>335</v>
       </c>
       <c r="J793" s="2">
         <v>47</v>
       </c>
       <c r="K793" s="2">
         <v>100</v>
       </c>
       <c r="L793" s="2">
         <v>74</v>
       </c>
       <c r="M793" s="2">
         <v>0</v>
       </c>
       <c r="N793" s="2">
         <v>174</v>
       </c>
     </row>
     <row r="794" spans="1:14">
       <c r="A794" s="2">
         <v>102944</v>
       </c>
       <c r="B794" s="2" t="s">
         <v>1674</v>
       </c>
       <c r="C794" s="2" t="s">
         <v>1675</v>
       </c>
       <c r="D794" s="2"/>
       <c r="E794" s="2">
         <v>8505</v>
       </c>
       <c r="F794" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G794" s="2" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="H794" s="2" t="s">
         <v>1941</v>
       </c>
       <c r="I794" s="2">
         <v>336</v>
       </c>
       <c r="J794" s="2">
         <v>48</v>
       </c>
       <c r="K794" s="2">
         <v>100</v>
       </c>
       <c r="L794" s="2">
         <v>73</v>
       </c>
       <c r="M794" s="2">
         <v>0</v>
       </c>
       <c r="N794" s="2">
         <v>173</v>
       </c>
     </row>
     <row r="795" spans="1:14">
       <c r="A795" s="2">
@@ -39548,51 +39548,51 @@
       <c r="M797" s="2">
         <v>0</v>
       </c>
       <c r="N797" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="798" spans="1:14">
       <c r="A798" s="2">
         <v>102940</v>
       </c>
       <c r="B798" s="2" t="s">
         <v>1654</v>
       </c>
       <c r="C798" s="2" t="s">
         <v>1655</v>
       </c>
       <c r="D798" s="2"/>
       <c r="E798" s="2">
         <v>8040</v>
       </c>
       <c r="F798" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G798" s="2" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="H798" s="2" t="s">
         <v>1949</v>
       </c>
       <c r="I798" s="2">
         <v>340</v>
       </c>
       <c r="J798" s="2">
         <v>49</v>
       </c>
       <c r="K798" s="2">
         <v>100</v>
       </c>
       <c r="L798" s="2">
         <v>72</v>
       </c>
       <c r="M798" s="2">
         <v>0</v>
       </c>
       <c r="N798" s="2">
         <v>172</v>
       </c>
     </row>
     <row r="799" spans="1:14">
       <c r="A799" s="2">
@@ -39872,91 +39872,91 @@
         <v>20</v>
       </c>
       <c r="M805" s="2">
         <v>0</v>
       </c>
       <c r="N805" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="806" spans="1:14">
       <c r="A806" s="2">
         <v>107269</v>
       </c>
       <c r="B806" s="2" t="s">
         <v>1969</v>
       </c>
       <c r="C806" s="2" t="s">
         <v>1745</v>
       </c>
       <c r="D806" s="2"/>
       <c r="E806" s="2">
         <v>8018</v>
       </c>
       <c r="F806" s="2"/>
       <c r="G806" s="2" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="H806" s="2" t="s">
         <v>1970</v>
       </c>
       <c r="I806" s="2">
         <v>348</v>
       </c>
       <c r="J806" s="2">
         <v>50</v>
       </c>
       <c r="K806" s="2">
         <v>100</v>
       </c>
       <c r="L806" s="2">
         <v>71</v>
       </c>
       <c r="M806" s="2">
         <v>0</v>
       </c>
       <c r="N806" s="2">
         <v>171</v>
       </c>
     </row>
     <row r="807" spans="1:14">
       <c r="A807" s="2">
         <v>107270</v>
       </c>
       <c r="B807" s="2" t="s">
         <v>1971</v>
       </c>
       <c r="C807" s="2" t="s">
         <v>1972</v>
       </c>
       <c r="D807" s="2"/>
       <c r="E807" s="2">
         <v>8509</v>
       </c>
       <c r="F807" s="2"/>
       <c r="G807" s="2" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="H807" s="2" t="s">
         <v>1973</v>
       </c>
       <c r="I807" s="2">
         <v>349</v>
       </c>
       <c r="J807" s="2">
         <v>51</v>
       </c>
       <c r="K807" s="2">
         <v>100</v>
       </c>
       <c r="L807" s="2">
         <v>70</v>
       </c>
       <c r="M807" s="2">
         <v>0</v>
       </c>
       <c r="N807" s="2">
         <v>170</v>
       </c>
     </row>
     <row r="808" spans="1:14">
       <c r="A808" s="2">
@@ -39992,80 +39992,80 @@
         <v>20</v>
       </c>
       <c r="M808" s="2">
         <v>0</v>
       </c>
       <c r="N808" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="809" spans="1:14">
       <c r="A809" s="2">
         <v>107272</v>
       </c>
       <c r="B809" s="2" t="s">
         <v>1977</v>
       </c>
       <c r="C809" s="2" t="s">
         <v>1978</v>
       </c>
       <c r="D809" s="2"/>
       <c r="E809" s="2">
         <v>8525</v>
       </c>
       <c r="F809" s="2"/>
       <c r="G809" s="2" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="H809" s="2" t="s">
         <v>1979</v>
       </c>
       <c r="I809" s="2">
         <v>351</v>
       </c>
       <c r="J809" s="2">
         <v>52</v>
       </c>
       <c r="K809" s="2">
         <v>100</v>
       </c>
       <c r="L809" s="2">
         <v>69</v>
       </c>
       <c r="M809" s="2">
         <v>0</v>
       </c>
       <c r="N809" s="2">
         <v>169</v>
       </c>
     </row>
     <row r="810" spans="1:14">
       <c r="A810" s="2">
         <v>107273</v>
       </c>
       <c r="B810" s="2" t="s">
-        <v>425</v>
+        <v>422</v>
       </c>
       <c r="C810" s="2" t="s">
         <v>1260</v>
       </c>
       <c r="D810" s="2"/>
       <c r="E810" s="2">
         <v>7514</v>
       </c>
       <c r="F810" s="2"/>
       <c r="G810" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H810" s="2" t="s">
         <v>1980</v>
       </c>
       <c r="I810" s="2">
         <v>352</v>
       </c>
       <c r="J810" s="2">
         <v>300</v>
       </c>
       <c r="K810" s="2">
         <v>100</v>
       </c>
       <c r="L810" s="2">
@@ -40152,51 +40152,51 @@
         <v>20</v>
       </c>
       <c r="M812" s="2">
         <v>0</v>
       </c>
       <c r="N812" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="813" spans="1:14">
       <c r="A813" s="2">
         <v>107276</v>
       </c>
       <c r="B813" s="2" t="s">
         <v>1986</v>
       </c>
       <c r="C813" s="2" t="s">
         <v>1987</v>
       </c>
       <c r="D813" s="2"/>
       <c r="E813" s="2">
         <v>8516</v>
       </c>
       <c r="F813" s="2"/>
       <c r="G813" s="2" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="H813" s="2" t="s">
         <v>1988</v>
       </c>
       <c r="I813" s="2">
         <v>355</v>
       </c>
       <c r="J813" s="2">
         <v>53</v>
       </c>
       <c r="K813" s="2">
         <v>100</v>
       </c>
       <c r="L813" s="2">
         <v>68</v>
       </c>
       <c r="M813" s="2">
         <v>0</v>
       </c>
       <c r="N813" s="2">
         <v>168</v>
       </c>
     </row>
     <row r="814" spans="1:14">
       <c r="A814" s="2">
@@ -40272,80 +40272,80 @@
         <v>20</v>
       </c>
       <c r="M815" s="2">
         <v>0</v>
       </c>
       <c r="N815" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="816" spans="1:14">
       <c r="A816" s="2">
         <v>107279</v>
       </c>
       <c r="B816" s="2" t="s">
         <v>1995</v>
       </c>
       <c r="C816" s="2" t="s">
         <v>1996</v>
       </c>
       <c r="D816" s="2"/>
       <c r="E816" s="2">
         <v>8049</v>
       </c>
       <c r="F816" s="2"/>
       <c r="G816" s="2" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="H816" s="2" t="s">
         <v>1997</v>
       </c>
       <c r="I816" s="2">
         <v>358</v>
       </c>
       <c r="J816" s="2">
         <v>54</v>
       </c>
       <c r="K816" s="2">
         <v>100</v>
       </c>
       <c r="L816" s="2">
         <v>67</v>
       </c>
       <c r="M816" s="2">
         <v>0</v>
       </c>
       <c r="N816" s="2">
         <v>167</v>
       </c>
     </row>
     <row r="817" spans="1:14">
       <c r="A817" s="2">
         <v>107280</v>
       </c>
       <c r="B817" s="2" t="s">
-        <v>693</v>
+        <v>690</v>
       </c>
       <c r="C817" s="2" t="s">
         <v>1998</v>
       </c>
       <c r="D817" s="2"/>
       <c r="E817" s="2">
         <v>7552</v>
       </c>
       <c r="F817" s="2"/>
       <c r="G817" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H817" s="2" t="s">
         <v>1999</v>
       </c>
       <c r="I817" s="2">
         <v>359</v>
       </c>
       <c r="J817" s="2">
         <v>305</v>
       </c>
       <c r="K817" s="2">
         <v>100</v>
       </c>
       <c r="L817" s="2">
@@ -40392,51 +40392,51 @@
         <v>20</v>
       </c>
       <c r="M818" s="2">
         <v>0</v>
       </c>
       <c r="N818" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="819" spans="1:14">
       <c r="A819" s="2">
         <v>107282</v>
       </c>
       <c r="B819" s="2" t="s">
         <v>2002</v>
       </c>
       <c r="C819" s="2" t="s">
         <v>2003</v>
       </c>
       <c r="D819" s="2"/>
       <c r="E819" s="2">
         <v>8026</v>
       </c>
       <c r="F819" s="2"/>
       <c r="G819" s="2" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="H819" s="2" t="s">
         <v>2004</v>
       </c>
       <c r="I819" s="2">
         <v>361</v>
       </c>
       <c r="J819" s="2">
         <v>55</v>
       </c>
       <c r="K819" s="2">
         <v>100</v>
       </c>
       <c r="L819" s="2">
         <v>66</v>
       </c>
       <c r="M819" s="2">
         <v>0</v>
       </c>
       <c r="N819" s="2">
         <v>166</v>
       </c>
     </row>
     <row r="820" spans="1:14">
       <c r="A820" s="2">
@@ -40472,131 +40472,131 @@
         <v>20</v>
       </c>
       <c r="M820" s="2">
         <v>0</v>
       </c>
       <c r="N820" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="821" spans="1:14">
       <c r="A821" s="2">
         <v>107284</v>
       </c>
       <c r="B821" s="2" t="s">
         <v>2007</v>
       </c>
       <c r="C821" s="2" t="s">
         <v>2008</v>
       </c>
       <c r="D821" s="2"/>
       <c r="E821" s="2">
         <v>8508</v>
       </c>
       <c r="F821" s="2"/>
       <c r="G821" s="2" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="H821" s="2" t="s">
         <v>2009</v>
       </c>
       <c r="I821" s="2">
         <v>363</v>
       </c>
       <c r="J821" s="2">
         <v>56</v>
       </c>
       <c r="K821" s="2">
         <v>100</v>
       </c>
       <c r="L821" s="2">
         <v>65</v>
       </c>
       <c r="M821" s="2">
         <v>0</v>
       </c>
       <c r="N821" s="2">
         <v>165</v>
       </c>
     </row>
     <row r="822" spans="1:14">
       <c r="A822" s="2">
         <v>107285</v>
       </c>
       <c r="B822" s="2" t="s">
         <v>2010</v>
       </c>
       <c r="C822" s="2" t="s">
-        <v>1068</v>
+        <v>1074</v>
       </c>
       <c r="D822" s="2"/>
       <c r="E822" s="2">
         <v>7582</v>
       </c>
       <c r="F822" s="2"/>
       <c r="G822" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H822" s="2" t="s">
         <v>2011</v>
       </c>
       <c r="I822" s="2">
         <v>364</v>
       </c>
       <c r="J822" s="2">
         <v>308</v>
       </c>
       <c r="K822" s="2">
         <v>100</v>
       </c>
       <c r="L822" s="2">
         <v>20</v>
       </c>
       <c r="M822" s="2">
         <v>0</v>
       </c>
       <c r="N822" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="823" spans="1:14">
       <c r="A823" s="2">
         <v>107286</v>
       </c>
       <c r="B823" s="2" t="s">
         <v>2012</v>
       </c>
       <c r="C823" s="2" t="s">
         <v>2013</v>
       </c>
       <c r="D823" s="2"/>
       <c r="E823" s="2">
         <v>8503</v>
       </c>
       <c r="F823" s="2"/>
       <c r="G823" s="2" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="H823" s="2" t="s">
         <v>2014</v>
       </c>
       <c r="I823" s="2">
         <v>365</v>
       </c>
       <c r="J823" s="2">
         <v>57</v>
       </c>
       <c r="K823" s="2">
         <v>100</v>
       </c>
       <c r="L823" s="2">
         <v>64</v>
       </c>
       <c r="M823" s="2">
         <v>0</v>
       </c>
       <c r="N823" s="2">
         <v>164</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>