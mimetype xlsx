--- v1 (2026-01-02)
+++ v2 (2026-03-18)
@@ -107,443 +107,443 @@
   <si>
     <t>Mohamad</t>
   </si>
   <si>
     <t>Affindi Bin Nudin</t>
   </si>
   <si>
     <t>Malaysia</t>
   </si>
   <si>
     <t>04:27:40</t>
   </si>
   <si>
     <t>Ari</t>
   </si>
   <si>
     <t>Masrudi</t>
   </si>
   <si>
     <t>Indonesia</t>
   </si>
   <si>
     <t>04:05:24</t>
   </si>
   <si>
+    <t>Margono</t>
+  </si>
+  <si>
+    <t>04:19:42</t>
+  </si>
+  <si>
     <t>Pablo</t>
   </si>
   <si>
     <t>Diago Gonzalez</t>
   </si>
   <si>
     <t>Spain</t>
   </si>
   <si>
     <t>04:29:30</t>
   </si>
   <si>
-    <t>Margono</t>
-[...2 lines deleted...]
-    <t>04:19:42</t>
+    <t>Alessandro</t>
+  </si>
+  <si>
+    <t>Sherpa</t>
+  </si>
+  <si>
+    <t>Italy</t>
+  </si>
+  <si>
+    <t>04:19:49</t>
+  </si>
+  <si>
+    <t>Tomohiro</t>
+  </si>
+  <si>
+    <t>Mizukoshi</t>
+  </si>
+  <si>
+    <t>水越　友洋</t>
+  </si>
+  <si>
+    <t>Japan</t>
+  </si>
+  <si>
+    <t>04:30:54</t>
   </si>
   <si>
     <t>Gaspard</t>
   </si>
   <si>
     <t>Dessy</t>
   </si>
   <si>
     <t>Belgium</t>
   </si>
   <si>
     <t>04:07:03</t>
   </si>
   <si>
-    <t>Alessandro</t>
-[...25 lines deleted...]
-  <si>
     <t>Muhammad Yusuf</t>
   </si>
   <si>
     <t>Aprian</t>
   </si>
   <si>
     <t>04:40:27</t>
   </si>
   <si>
     <t>Arief</t>
   </si>
   <si>
     <t>Wismoyono</t>
   </si>
   <si>
+    <t>04:09:16</t>
+  </si>
+  <si>
     <t>04:25:24</t>
   </si>
   <si>
-    <t>04:09:16</t>
+    <t>04:30:00</t>
+  </si>
+  <si>
+    <t>Rudi</t>
+  </si>
+  <si>
+    <t>Iskandar</t>
+  </si>
+  <si>
+    <t>04:52:50</t>
   </si>
   <si>
     <t>04:09:21</t>
   </si>
   <si>
-    <t>Rudi</t>
-[...8 lines deleted...]
-    <t>04:30:00</t>
+    <t>Christopher</t>
+  </si>
+  <si>
+    <t>Miller</t>
+  </si>
+  <si>
+    <t>04:25:09</t>
+  </si>
+  <si>
+    <t>04:48:06</t>
   </si>
   <si>
     <t>04:54:08</t>
   </si>
   <si>
-    <t>04:48:06</t>
-[...8 lines deleted...]
-    <t>04:25:09</t>
+    <t>Holil</t>
+  </si>
+  <si>
+    <t>04:32:49</t>
   </si>
   <si>
     <t>Akihide</t>
   </si>
   <si>
     <t>Ando</t>
   </si>
   <si>
     <t>04:50:44</t>
   </si>
   <si>
     <t>Fandhi</t>
   </si>
   <si>
     <t>Achmad</t>
   </si>
   <si>
     <t>05:01:42</t>
   </si>
   <si>
-    <t>Holil</t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">Tahira </t>
   </si>
   <si>
     <t>Najmunisaa Muhammad Zaid</t>
   </si>
   <si>
     <t>Female</t>
   </si>
   <si>
     <t>04:36:11</t>
   </si>
   <si>
+    <t>Christovik Hamonangan</t>
+  </si>
+  <si>
+    <t>Simatupang</t>
+  </si>
+  <si>
     <t>04:53:08</t>
   </si>
   <si>
-    <t>Christovik Hamonangan</t>
-[...4 lines deleted...]
-  <si>
     <t>Rizki Triadi</t>
   </si>
   <si>
     <t>Dewata</t>
   </si>
   <si>
     <t>04:47:22</t>
   </si>
   <si>
+    <t>04:53:17</t>
+  </si>
+  <si>
     <t>Kenichi</t>
   </si>
   <si>
     <t>Ito</t>
   </si>
   <si>
     <t>05:02:03</t>
   </si>
   <si>
-    <t>04:53:17</t>
+    <t>05:03:51</t>
+  </si>
+  <si>
+    <t>Shingo</t>
+  </si>
+  <si>
+    <t>Watanabe</t>
+  </si>
+  <si>
+    <t>04:53:22</t>
   </si>
   <si>
     <t>Alan</t>
   </si>
   <si>
     <t>Maulana</t>
   </si>
   <si>
     <t>04:49:54</t>
   </si>
   <si>
-    <t>Shingo</t>
-[...10 lines deleted...]
-  <si>
     <t>Mahdy</t>
   </si>
   <si>
     <t>Zia Uzzaman</t>
   </si>
   <si>
     <t>05:14:51</t>
   </si>
   <si>
+    <t>Mikdarullah</t>
+  </si>
+  <si>
+    <t>05:03:23</t>
+  </si>
+  <si>
     <t>Jules</t>
   </si>
   <si>
     <t>Crawshaw</t>
   </si>
   <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>04:49:55</t>
   </si>
   <si>
-    <t>Mikdarullah</t>
-[...4 lines deleted...]
-  <si>
     <t>Aris Sopiandi</t>
   </si>
   <si>
     <t>Muklis</t>
   </si>
   <si>
+    <t>04:50:09</t>
+  </si>
+  <si>
     <t>05:19:58</t>
   </si>
   <si>
-    <t>04:50:09</t>
-[...1 lines deleted...]
-  <si>
     <t>Soonseng</t>
   </si>
   <si>
     <t>Ong</t>
   </si>
   <si>
     <t>05:05:35</t>
   </si>
   <si>
+    <t>Ady Akhmad</t>
+  </si>
+  <si>
+    <t>Jukardi</t>
+  </si>
+  <si>
+    <t>05:06:02</t>
+  </si>
+  <si>
+    <t>Eric</t>
+  </si>
+  <si>
+    <t>Dalimarta</t>
+  </si>
+  <si>
+    <t>04:52:09</t>
+  </si>
+  <si>
     <t>Stanislav</t>
   </si>
   <si>
     <t>Miroshnichenko</t>
   </si>
   <si>
     <t>05:29:05</t>
   </si>
   <si>
-    <t>Ady Akhmad</t>
-[...14 lines deleted...]
-    <t>04:52:09</t>
+    <t>Wahyu</t>
+  </si>
+  <si>
+    <t>05:09:09</t>
+  </si>
+  <si>
+    <t>05:32:41</t>
   </si>
   <si>
     <t>Yohanis</t>
   </si>
   <si>
     <t>Hiariej</t>
   </si>
   <si>
     <t>04:56:49</t>
   </si>
   <si>
-    <t>Wahyu</t>
-[...5 lines deleted...]
-    <t>05:32:41</t>
+    <t>Sansan</t>
+  </si>
+  <si>
+    <t>Sanjaya</t>
+  </si>
+  <si>
+    <t>05:03:28</t>
   </si>
   <si>
     <t>05:09:14</t>
   </si>
   <si>
-    <t>Sansan</t>
-[...7 lines deleted...]
-  <si>
     <t>Asmin</t>
   </si>
   <si>
     <t>Pramudya</t>
   </si>
   <si>
     <t>05:35:44</t>
   </si>
   <si>
     <t>Shouta</t>
   </si>
   <si>
     <t>Maruyama</t>
   </si>
   <si>
     <t>05:41:19</t>
   </si>
   <si>
+    <t>05:06:54</t>
+  </si>
+  <si>
     <t>Taofik</t>
   </si>
   <si>
     <t>Hidayat</t>
   </si>
   <si>
     <t>05:17:15</t>
   </si>
   <si>
-    <t>05:06:54</t>
-[...1 lines deleted...]
-  <si>
     <t>Fuminori</t>
   </si>
   <si>
     <t>Kondo</t>
   </si>
   <si>
     <t>05:41:20</t>
   </si>
   <si>
     <t>Sobari</t>
   </si>
   <si>
     <t>Herdiana</t>
   </si>
   <si>
     <t>05:17:18</t>
   </si>
   <si>
     <t>Prawono</t>
   </si>
   <si>
     <t>05:10:35</t>
   </si>
   <si>
+    <t>Hendra</t>
+  </si>
+  <si>
+    <t>Siswanto</t>
+  </si>
+  <si>
+    <t>05:16:18</t>
+  </si>
+  <si>
+    <t>Adimas</t>
+  </si>
+  <si>
+    <t>Soeryadjaya</t>
+  </si>
+  <si>
+    <t>05:41:39</t>
+  </si>
+  <si>
     <t>05:18:03</t>
   </si>
   <si>
-    <t>Hendra</t>
-[...14 lines deleted...]
-    <t>05:41:39</t>
+    <t>Jahja Tear</t>
+  </si>
+  <si>
+    <t>Tjahjana</t>
+  </si>
+  <si>
+    <t>05:25:38</t>
   </si>
   <si>
     <t>Asuka</t>
   </si>
   <si>
     <t>Nakajima</t>
   </si>
   <si>
     <t>05:42:59</t>
   </si>
   <si>
-    <t>Jahja Tear</t>
-[...7 lines deleted...]
-  <si>
     <t>Kim</t>
   </si>
   <si>
     <t>Matthews</t>
   </si>
   <si>
     <t>Australia</t>
   </si>
   <si>
     <t>05:20:26</t>
   </si>
   <si>
     <t>Simon</t>
   </si>
   <si>
     <t>Tailpied</t>
   </si>
   <si>
     <t>France</t>
   </si>
   <si>
     <t>05:43:21</t>
   </si>
   <si>
     <t>Daniel</t>
@@ -563,98 +563,98 @@
   <si>
     <t>Bayu Arum Raharja</t>
   </si>
   <si>
     <t>Raharja</t>
   </si>
   <si>
     <t>Agus</t>
   </si>
   <si>
     <t>Chandra</t>
   </si>
   <si>
     <t>05:43:57</t>
   </si>
   <si>
     <t>Ninie</t>
   </si>
   <si>
     <t>Sugiwati Hauschild</t>
   </si>
   <si>
     <t>05:33:25</t>
   </si>
   <si>
+    <t>H Rusmana</t>
+  </si>
+  <si>
+    <t>Rusmana</t>
+  </si>
+  <si>
+    <t>05:49:48</t>
+  </si>
+  <si>
     <t>Dhadhang</t>
   </si>
   <si>
     <t>Suryanto</t>
   </si>
   <si>
     <t>05:28:48</t>
   </si>
   <si>
-    <t>H Rusmana</t>
-[...5 lines deleted...]
-    <t>05:49:48</t>
+    <t>Hendrikus</t>
+  </si>
+  <si>
+    <t>Efendi</t>
+  </si>
+  <si>
+    <t>05:32:14</t>
   </si>
   <si>
     <t>Mahdi</t>
   </si>
   <si>
     <t>Manshuri</t>
   </si>
   <si>
     <t>05:40:00</t>
   </si>
   <si>
     <t>Stephen</t>
   </si>
   <si>
     <t>Dow</t>
   </si>
   <si>
     <t>Great Britain</t>
   </si>
   <si>
     <t>05:51:25</t>
   </si>
   <si>
-    <t>Hendrikus</t>
-[...7 lines deleted...]
-  <si>
     <t>Dominic</t>
   </si>
   <si>
     <t>Hoffmann</t>
   </si>
   <si>
     <t>Germany</t>
   </si>
   <si>
     <t>05:32:37</t>
   </si>
   <si>
     <t>Suhadi</t>
   </si>
   <si>
     <t>05:55:29</t>
   </si>
   <si>
     <t>Shindy</t>
   </si>
   <si>
     <t>Patricia</t>
   </si>
   <si>
     <t>05:40:01</t>
@@ -665,227 +665,227 @@
   <si>
     <t>Wahyuni</t>
   </si>
   <si>
     <t>05:56:29</t>
   </si>
   <si>
     <t>Tirfan</t>
   </si>
   <si>
     <t>Putera</t>
   </si>
   <si>
     <t>05:44:19</t>
   </si>
   <si>
     <t>Andre</t>
   </si>
   <si>
     <t>Portilha</t>
   </si>
   <si>
     <t>05:36:41</t>
   </si>
   <si>
+    <t xml:space="preserve">Antonius Adi </t>
+  </si>
+  <si>
+    <t>Winarko</t>
+  </si>
+  <si>
+    <t>05:56:56</t>
+  </si>
+  <si>
+    <t>Angga</t>
+  </si>
+  <si>
+    <t>Fauzi</t>
+  </si>
+  <si>
+    <t>05:44:20</t>
+  </si>
+  <si>
     <t>05:41:27</t>
   </si>
   <si>
-    <t xml:space="preserve">Antonius Adi </t>
-[...14 lines deleted...]
-    <t>05:44:20</t>
+    <t>Bugi</t>
+  </si>
+  <si>
+    <t>Permana</t>
+  </si>
+  <si>
+    <t>05:57:44</t>
+  </si>
+  <si>
+    <t>Rangga</t>
+  </si>
+  <si>
+    <t>Supriatna</t>
+  </si>
+  <si>
+    <t>05:45:09</t>
   </si>
   <si>
     <t>05:42:46</t>
   </si>
   <si>
-    <t>Bugi</t>
-[...16 lines deleted...]
-  <si>
     <t>Frans</t>
   </si>
   <si>
     <t>Sibarani</t>
   </si>
   <si>
     <t>05:46:37</t>
   </si>
   <si>
+    <t>Asep</t>
+  </si>
+  <si>
+    <t>Wigena</t>
+  </si>
+  <si>
+    <t>05:43:35</t>
+  </si>
+  <si>
     <t>Yohann</t>
   </si>
   <si>
     <t>Mas Bul</t>
   </si>
   <si>
     <t>05:58:51</t>
   </si>
   <si>
-    <t>Asep</t>
-[...5 lines deleted...]
-    <t>05:43:35</t>
+    <t>Dian R</t>
+  </si>
+  <si>
+    <t>Sukmara</t>
+  </si>
+  <si>
+    <t>05:46:40</t>
+  </si>
+  <si>
+    <t>Tomonori</t>
+  </si>
+  <si>
+    <t>Kurokawa</t>
+  </si>
+  <si>
+    <t>05:59:39</t>
   </si>
   <si>
     <t>Muhammad</t>
   </si>
   <si>
     <t>Shahrin Faiz Bin Roslan</t>
   </si>
   <si>
     <t>05:45:39</t>
   </si>
   <si>
-    <t>Dian R</t>
-[...16 lines deleted...]
-  <si>
     <t xml:space="preserve">Ialu </t>
   </si>
   <si>
     <t>sukarta zulvikarsyah</t>
   </si>
   <si>
     <t>06:00:50</t>
   </si>
   <si>
     <t>05:46:27</t>
   </si>
   <si>
     <t>Kris</t>
   </si>
   <si>
     <t>Van De Velde</t>
   </si>
   <si>
     <t>05:50:36</t>
   </si>
   <si>
+    <t>Makruf</t>
+  </si>
+  <si>
+    <t>Assidiq</t>
+  </si>
+  <si>
+    <t>06:07:42</t>
+  </si>
+  <si>
     <t>05:50:41</t>
   </si>
   <si>
-    <t>Makruf</t>
-[...7 lines deleted...]
-  <si>
     <t>Alvian</t>
   </si>
   <si>
     <t>Oscar</t>
   </si>
   <si>
     <t>05:52:30</t>
   </si>
   <si>
+    <t>Lily</t>
+  </si>
+  <si>
+    <t>Suryani</t>
+  </si>
+  <si>
+    <t>05:52:31</t>
+  </si>
+  <si>
+    <t>Eddri</t>
+  </si>
+  <si>
+    <t>Sumitra</t>
+  </si>
+  <si>
+    <t>06:09:39</t>
+  </si>
+  <si>
     <t>Stephen Brian</t>
   </si>
   <si>
     <t>Dundon</t>
   </si>
   <si>
     <t>05:50:44</t>
   </si>
   <si>
-    <t>Lily</t>
-[...14 lines deleted...]
-    <t>06:09:39</t>
+    <t>05:51:11</t>
   </si>
   <si>
     <t>Yuichi</t>
   </si>
   <si>
     <t>Asaoka</t>
   </si>
   <si>
     <t>06:10:31</t>
   </si>
   <si>
-    <t>05:51:11</t>
-[...1 lines deleted...]
-  <si>
     <t>Budi</t>
   </si>
   <si>
     <t>Gulf</t>
   </si>
   <si>
     <t>05:54:52</t>
   </si>
   <si>
     <t>06:14:14</t>
   </si>
   <si>
     <t>Elba P</t>
   </si>
   <si>
     <t>Ramadhan</t>
   </si>
   <si>
     <t>05:51:45</t>
   </si>
   <si>
     <t>Ahmad</t>
   </si>
   <si>
     <t>Shalahuddin Zulfa</t>
@@ -920,269 +920,269 @@
   <si>
     <t>Timothy</t>
   </si>
   <si>
     <t>Lorenzo</t>
   </si>
   <si>
     <t>06:15:59</t>
   </si>
   <si>
     <t>Sudarso</t>
   </si>
   <si>
     <t>05:59:17</t>
   </si>
   <si>
     <t>Goki</t>
   </si>
   <si>
     <t>Sakamaki</t>
   </si>
   <si>
     <t>05:54:42</t>
   </si>
   <si>
+    <t>Mohammad Redzuan</t>
+  </si>
+  <si>
+    <t>Ali</t>
+  </si>
+  <si>
+    <t>Brunei</t>
+  </si>
+  <si>
+    <t>05:55:45</t>
+  </si>
+  <si>
+    <t>Anang</t>
+  </si>
+  <si>
+    <t>Dika</t>
+  </si>
+  <si>
+    <t>06:17:45</t>
+  </si>
+  <si>
     <t xml:space="preserve">Leo Kharismanta </t>
   </si>
   <si>
     <t>Sitepu</t>
   </si>
   <si>
     <t>06:03:21</t>
   </si>
   <si>
-    <t>Mohammad Redzuan</t>
-[...17 lines deleted...]
-    <t>06:17:45</t>
+    <t>Reza</t>
+  </si>
+  <si>
+    <t>Djamaludin</t>
+  </si>
+  <si>
+    <t>06:06:44</t>
+  </si>
+  <si>
+    <t>Matheos</t>
+  </si>
+  <si>
+    <t>Berhitu</t>
+  </si>
+  <si>
+    <t>06:00:56</t>
   </si>
   <si>
     <t>Antoine</t>
   </si>
   <si>
     <t>Dagorne</t>
   </si>
   <si>
     <t>06:21:04</t>
   </si>
   <si>
-    <t>Matheos</t>
-[...16 lines deleted...]
-  <si>
     <t>Az Zumar</t>
   </si>
   <si>
     <t>Nurwahid Zain</t>
   </si>
   <si>
     <t>06:21:37</t>
   </si>
   <si>
+    <t>Handy</t>
+  </si>
+  <si>
+    <t>Lesmana</t>
+  </si>
+  <si>
+    <t>06:01:04</t>
+  </si>
+  <si>
     <t>Agung</t>
   </si>
   <si>
     <t>Hendriyanto</t>
   </si>
   <si>
     <t>06:07:02</t>
   </si>
   <si>
-    <t>Handy</t>
-[...5 lines deleted...]
-    <t>06:01:04</t>
+    <t>Sugoro</t>
+  </si>
+  <si>
+    <t>Finardo Putro</t>
+  </si>
+  <si>
+    <t>06:24:02</t>
+  </si>
+  <si>
+    <t>06:01:55</t>
   </si>
   <si>
     <t>06:07:26</t>
   </si>
   <si>
-    <t>06:01:55</t>
-[...10 lines deleted...]
-  <si>
     <t>Budiman</t>
   </si>
   <si>
     <t>Setiono</t>
   </si>
   <si>
     <t>06:08:22</t>
   </si>
   <si>
     <t>Wayne</t>
   </si>
   <si>
     <t>Gray</t>
   </si>
   <si>
     <t>06:02:15</t>
   </si>
   <si>
     <t>Rachmat Budi</t>
   </si>
   <si>
     <t>Nurwanto</t>
   </si>
   <si>
     <t>06:25:58</t>
   </si>
   <si>
+    <t>06:07:12</t>
+  </si>
+  <si>
     <t>Yandi</t>
   </si>
   <si>
     <t>Sastra</t>
   </si>
   <si>
     <t>06:27:55</t>
   </si>
   <si>
-    <t>06:07:12</t>
-[...1 lines deleted...]
-  <si>
     <t>Alastair</t>
   </si>
   <si>
     <t>MacDonald</t>
   </si>
   <si>
     <t>06:08:25</t>
   </si>
   <si>
     <t>Hilmi</t>
   </si>
   <si>
     <t>Kurniawan Riskawa</t>
   </si>
   <si>
     <t>06:32:32</t>
   </si>
   <si>
     <t>Soehendro</t>
   </si>
   <si>
     <t>Kosasih</t>
   </si>
   <si>
     <t>06:08:57</t>
   </si>
   <si>
     <t>Fardhoni</t>
   </si>
   <si>
     <t>Donni</t>
   </si>
   <si>
     <t>06:07:59</t>
   </si>
   <si>
+    <t>Jejen</t>
+  </si>
+  <si>
+    <t>Mutakin</t>
+  </si>
+  <si>
+    <t>06:09:56</t>
+  </si>
+  <si>
+    <t>Suzeyman</t>
+  </si>
+  <si>
+    <t>Hj Bakar</t>
+  </si>
+  <si>
+    <t>06:33:28</t>
+  </si>
+  <si>
     <t>Saepul</t>
   </si>
   <si>
     <t>Ajhar</t>
   </si>
   <si>
     <t>06:09:37</t>
   </si>
   <si>
-    <t>Jejen</t>
-[...14 lines deleted...]
-    <t>06:33:28</t>
+    <t>Sakti</t>
+  </si>
+  <si>
+    <t>Parantean</t>
+  </si>
+  <si>
+    <t>06:09:40</t>
   </si>
   <si>
     <t>Siti</t>
   </si>
   <si>
     <t>Maemunah</t>
   </si>
   <si>
     <t>06:09:58</t>
   </si>
   <si>
-    <t>Sakti</t>
-[...7 lines deleted...]
-  <si>
     <t>Yusuke</t>
   </si>
   <si>
     <t>Annaka</t>
   </si>
   <si>
     <t>06:34:31</t>
   </si>
   <si>
     <t>Faid</t>
   </si>
   <si>
     <t>Faid aqdas</t>
   </si>
   <si>
     <t>06:10:11</t>
   </si>
   <si>
     <t>Komatsu</t>
   </si>
   <si>
     <t>Shinichi</t>
   </si>
   <si>
     <t>06:10:48</t>
@@ -1220,221 +1220,221 @@
   <si>
     <t>Furukawa</t>
   </si>
   <si>
     <t>06:11:09</t>
   </si>
   <si>
     <t>Mila</t>
   </si>
   <si>
     <t>Marlina</t>
   </si>
   <si>
     <t>06:35:44</t>
   </si>
   <si>
     <t>Barqi</t>
   </si>
   <si>
     <t>Iqbal</t>
   </si>
   <si>
     <t>06:10:13</t>
   </si>
   <si>
+    <t>Usman</t>
+  </si>
+  <si>
+    <t>06:36:03</t>
+  </si>
+  <si>
     <t>Dadang</t>
   </si>
   <si>
     <t>M Rizal</t>
   </si>
   <si>
     <t>06:11:13</t>
   </si>
   <si>
-    <t>Usman</t>
-[...4 lines deleted...]
-  <si>
     <t>Adjie</t>
   </si>
   <si>
     <t>Yogayudanto</t>
   </si>
   <si>
     <t>06:36:19</t>
   </si>
   <si>
     <t>Andrew</t>
   </si>
   <si>
     <t>Law</t>
   </si>
   <si>
     <t>06:11:19</t>
   </si>
   <si>
     <t>Aditya</t>
   </si>
   <si>
     <t>Pratama</t>
   </si>
   <si>
     <t>06:11:39</t>
   </si>
   <si>
+    <t>Adjat</t>
+  </si>
+  <si>
+    <t>Basarah</t>
+  </si>
+  <si>
+    <t>06:40:03</t>
+  </si>
+  <si>
+    <t>Antony</t>
+  </si>
+  <si>
+    <t>06:11:30</t>
+  </si>
+  <si>
     <t>06:16:04</t>
   </si>
   <si>
-    <t>Adjat</t>
-[...11 lines deleted...]
-    <t>06:11:30</t>
+    <t>I Wayan</t>
+  </si>
+  <si>
+    <t>Agus Budiastrawan</t>
+  </si>
+  <si>
+    <t>06:43:10</t>
+  </si>
+  <si>
+    <t>Keisuke</t>
+  </si>
+  <si>
+    <t>Nishimura</t>
+  </si>
+  <si>
+    <t>06:17:06</t>
   </si>
   <si>
     <t>Yanuar</t>
   </si>
   <si>
     <t>06:12:39</t>
   </si>
   <si>
-    <t>Keisuke</t>
-[...14 lines deleted...]
-    <t>06:43:10</t>
+    <t>Sebastien</t>
+  </si>
+  <si>
+    <t>Guinel</t>
+  </si>
+  <si>
+    <t>06:12:53</t>
+  </si>
+  <si>
+    <t>06:17:15</t>
   </si>
   <si>
     <t>Yukinori</t>
   </si>
   <si>
     <t>Naoi</t>
   </si>
   <si>
     <t>06:45:02</t>
   </si>
   <si>
-    <t>Sebastien</t>
-[...10 lines deleted...]
-  <si>
     <t>Yosep</t>
   </si>
   <si>
     <t>Setiawan</t>
   </si>
   <si>
     <t>06:45:40</t>
   </si>
   <si>
     <t>Chito</t>
   </si>
   <si>
     <t>Aslia</t>
   </si>
   <si>
     <t>06:13:05</t>
   </si>
   <si>
     <t>Takeyuki</t>
   </si>
   <si>
     <t>Yamamoto</t>
   </si>
   <si>
     <t>06:19:00</t>
   </si>
   <si>
     <t>Faishol</t>
   </si>
   <si>
     <t>Nasrul</t>
   </si>
   <si>
     <t>06:48:05</t>
   </si>
   <si>
     <t>06:16:00</t>
   </si>
   <si>
+    <t>Andi</t>
+  </si>
+  <si>
+    <t>Rio</t>
+  </si>
+  <si>
+    <t>06:17:52</t>
+  </si>
+  <si>
+    <t>Paulus</t>
+  </si>
+  <si>
+    <t>Halim</t>
+  </si>
+  <si>
+    <t>06:19:14</t>
+  </si>
+  <si>
     <t>Yuta</t>
   </si>
   <si>
     <t>Funase</t>
   </si>
   <si>
     <t>06:49:10</t>
   </si>
   <si>
-    <t>Andi</t>
-[...16 lines deleted...]
-  <si>
     <t>Wisnu</t>
   </si>
   <si>
     <t>Nugraha</t>
   </si>
   <si>
     <t>06:49:22</t>
   </si>
   <si>
     <t>Wira</t>
   </si>
   <si>
     <t>06:18:55</t>
   </si>
   <si>
     <t>06:21:45</t>
   </si>
   <si>
     <t>06:22:27</t>
   </si>
   <si>
     <t>Abdullah</t>
   </si>
   <si>
     <t>Azzam</t>
@@ -1457,77 +1457,77 @@
   <si>
     <t>Rahmat</t>
   </si>
   <si>
     <t>06:51:01</t>
   </si>
   <si>
     <t>Ferry</t>
   </si>
   <si>
     <t>Suparman</t>
   </si>
   <si>
     <t>06:20:03</t>
   </si>
   <si>
     <t>David</t>
   </si>
   <si>
     <t>Machmud</t>
   </si>
   <si>
     <t>06:23:46</t>
   </si>
   <si>
+    <t>Hendra Benyamin</t>
+  </si>
+  <si>
+    <t>Singarimbun</t>
+  </si>
+  <si>
+    <t>06:51:23</t>
+  </si>
+  <si>
     <t>Grace</t>
   </si>
   <si>
     <t>May</t>
   </si>
   <si>
     <t>06:23:58</t>
   </si>
   <si>
     <t>Wiedho</t>
   </si>
   <si>
     <t>Widiantoro</t>
   </si>
   <si>
     <t>06:20:20</t>
   </si>
   <si>
-    <t>Hendra Benyamin</t>
-[...7 lines deleted...]
-  <si>
     <t>Novita</t>
   </si>
   <si>
     <t>Wulandari</t>
   </si>
   <si>
     <t>06:51:28</t>
   </si>
   <si>
     <t xml:space="preserve">Nobuo </t>
   </si>
   <si>
     <t>Shimamura</t>
   </si>
   <si>
     <t>06:20:35</t>
   </si>
   <si>
     <t>Hiromi</t>
   </si>
   <si>
     <t>Kotegawa</t>
   </si>
   <si>
     <t>06:24:50</t>
@@ -1541,146 +1541,146 @@
   <si>
     <t>06:23:06</t>
   </si>
   <si>
     <t>Sandhra</t>
   </si>
   <si>
     <t>Utsman</t>
   </si>
   <si>
     <t>06:24:31</t>
   </si>
   <si>
     <t>06:27:17</t>
   </si>
   <si>
     <t>Tomi</t>
   </si>
   <si>
     <t>Wahyudi</t>
   </si>
   <si>
     <t>06:51:55</t>
   </si>
   <si>
+    <t>M. Zamrudin</t>
+  </si>
+  <si>
+    <t>Solichin</t>
+  </si>
+  <si>
+    <t>06:52:58</t>
+  </si>
+  <si>
+    <t>Rohidi</t>
+  </si>
+  <si>
+    <t>06:27:09</t>
+  </si>
+  <si>
     <t>Yohanes</t>
   </si>
   <si>
     <t>06:29:06</t>
   </si>
   <si>
-    <t>M. Zamrudin</t>
-[...13 lines deleted...]
-  <si>
     <t>Matias</t>
   </si>
   <si>
     <t>Ibo</t>
   </si>
   <si>
     <t>06:29:46</t>
   </si>
   <si>
     <t>Laura</t>
   </si>
   <si>
     <t>Walter</t>
   </si>
   <si>
     <t>06:56:37</t>
   </si>
   <si>
     <t>Ditok</t>
   </si>
   <si>
     <t>Wicaksono</t>
   </si>
   <si>
     <t>06:27:28</t>
   </si>
   <si>
+    <t>06:31:49</t>
+  </si>
+  <si>
+    <t>Valery</t>
+  </si>
+  <si>
+    <t>Muyard</t>
+  </si>
+  <si>
+    <t>06:56:38</t>
+  </si>
+  <si>
     <t>06:27:30</t>
   </si>
   <si>
-    <t>06:31:49</t>
-[...10 lines deleted...]
-  <si>
     <t>Gumilar</t>
   </si>
   <si>
     <t>06:57:30</t>
   </si>
   <si>
     <t>Made</t>
   </si>
   <si>
     <t>Astika</t>
   </si>
   <si>
     <t>06:30:19</t>
   </si>
   <si>
     <t>06:34:15</t>
   </si>
   <si>
+    <t>06:59:16</t>
+  </si>
+  <si>
+    <t>Jonas</t>
+  </si>
+  <si>
+    <t>Sebayang</t>
+  </si>
+  <si>
+    <t>06:31:30</t>
+  </si>
+  <si>
     <t>06:34:55</t>
   </si>
   <si>
-    <t>06:59:16</t>
-[...10 lines deleted...]
-  <si>
     <t>06:34:56</t>
   </si>
   <si>
     <t>Eddy</t>
   </si>
   <si>
     <t>Paembonan</t>
   </si>
   <si>
     <t>6:59:40</t>
   </si>
   <si>
     <t>Fitra Raditya</t>
   </si>
   <si>
     <t>Saputra</t>
   </si>
   <si>
     <t>06:34:12</t>
   </si>
   <si>
     <t>Aji</t>
   </si>
   <si>
     <t>Rachman</t>
@@ -1697,236 +1697,236 @@
   <si>
     <t>Ivan</t>
   </si>
   <si>
     <t>Harahap</t>
   </si>
   <si>
     <t>06:35:17</t>
   </si>
   <si>
     <t>7:02:34</t>
   </si>
   <si>
     <t>Diki Muhammad</t>
   </si>
   <si>
     <t>Noor</t>
   </si>
   <si>
     <t>06:35:09</t>
   </si>
   <si>
     <t>06:38:09</t>
   </si>
   <si>
+    <t>Alfredo</t>
+  </si>
+  <si>
+    <t>Zefanya</t>
+  </si>
+  <si>
+    <t>7:02:47</t>
+  </si>
+  <si>
+    <t>Jaka</t>
+  </si>
+  <si>
+    <t>Sjafri</t>
+  </si>
+  <si>
+    <t>06:36:14</t>
+  </si>
+  <si>
     <t>Gria</t>
   </si>
   <si>
     <t>Garinati</t>
   </si>
   <si>
     <t>06:38:10</t>
   </si>
   <si>
-    <t>Alfredo</t>
-[...16 lines deleted...]
-  <si>
     <t xml:space="preserve">Arief Maulana </t>
   </si>
   <si>
     <t>Hasan</t>
   </si>
   <si>
     <t>7:04:27</t>
   </si>
   <si>
     <t>Cipta</t>
   </si>
   <si>
     <t>Adi</t>
   </si>
   <si>
     <t>06:36:58</t>
   </si>
   <si>
     <t>06:40:50</t>
   </si>
   <si>
+    <t>Nuraini</t>
+  </si>
+  <si>
+    <t>7:06:00</t>
+  </si>
+  <si>
+    <t>Indra</t>
+  </si>
+  <si>
+    <t>06:37:09</t>
+  </si>
+  <si>
     <t>Santoso</t>
   </si>
   <si>
     <t>06:41:24</t>
   </si>
   <si>
-    <t>Nuraini</t>
-[...10 lines deleted...]
-  <si>
     <t>Masaya</t>
   </si>
   <si>
     <t>Uchida</t>
   </si>
   <si>
     <t>06:41:32</t>
   </si>
   <si>
     <t>Azizul</t>
   </si>
   <si>
     <t>Hakim</t>
   </si>
   <si>
     <t>7:06:05</t>
   </si>
   <si>
     <t>Junji</t>
   </si>
   <si>
     <t>Sano</t>
   </si>
   <si>
     <t>06:37:20</t>
   </si>
   <si>
+    <t>Kabul</t>
+  </si>
+  <si>
+    <t>Ginanjar</t>
+  </si>
+  <si>
+    <t>7:06:28</t>
+  </si>
+  <si>
+    <t>Menetrat</t>
+  </si>
+  <si>
+    <t>06:41:59</t>
+  </si>
+  <si>
     <t xml:space="preserve">Endang Suryani </t>
   </si>
   <si>
     <t>Borupayung</t>
   </si>
   <si>
-    <t>Kabul</t>
-[...13 lines deleted...]
-  <si>
     <t>Wilhelmus</t>
   </si>
   <si>
     <t>Gerardus Henricus van Vliet</t>
   </si>
   <si>
     <t>Netherlands</t>
   </si>
   <si>
     <t>7:06:38</t>
   </si>
   <si>
     <t>Yoko Bumi</t>
   </si>
   <si>
     <t>06:42:20</t>
   </si>
   <si>
     <t>06:42:14</t>
   </si>
   <si>
+    <t>06:44:33</t>
+  </si>
+  <si>
     <t>Lydia</t>
   </si>
   <si>
     <t>Sabarudin</t>
   </si>
   <si>
     <t>06:42:33</t>
   </si>
   <si>
-    <t>06:44:33</t>
-[...1 lines deleted...]
-  <si>
     <t>Tomohisa</t>
   </si>
   <si>
     <t>Goto</t>
   </si>
   <si>
     <t>7:11:10</t>
   </si>
   <si>
     <t>7:11:20</t>
   </si>
   <si>
     <t>06:43:03</t>
   </si>
   <si>
     <t>06:44:45</t>
   </si>
   <si>
     <t>06:45:18</t>
   </si>
   <si>
+    <t>Anshari</t>
+  </si>
+  <si>
+    <t>Nursida</t>
+  </si>
+  <si>
+    <t>7:13:28</t>
+  </si>
+  <si>
     <t>Dzaradin</t>
   </si>
   <si>
     <t>Falaq</t>
   </si>
   <si>
     <t>06:45:33</t>
   </si>
   <si>
-    <t>Anshari</t>
-[...7 lines deleted...]
-  <si>
     <t>06:45:30</t>
   </si>
   <si>
     <t>06:45:36</t>
   </si>
   <si>
     <t>Yoga</t>
   </si>
   <si>
     <t>Friyadi</t>
   </si>
   <si>
     <t>7:15:13</t>
   </si>
   <si>
     <t>Radiyatul</t>
   </si>
   <si>
     <t>7:15:53</t>
   </si>
   <si>
     <t>06:49:37</t>
   </si>
   <si>
     <t>Muchamad Arief</t>
@@ -1985,206 +1985,206 @@
   <si>
     <t>Wadi</t>
   </si>
   <si>
     <t>7:18:06</t>
   </si>
   <si>
     <t>Ali Ajis</t>
   </si>
   <si>
     <t>Rasil</t>
   </si>
   <si>
     <t>06:51:16</t>
   </si>
   <si>
     <t>Nobunao</t>
   </si>
   <si>
     <t>Fujii</t>
   </si>
   <si>
     <t>06:47:28</t>
   </si>
   <si>
+    <t>Haryanto</t>
+  </si>
+  <si>
+    <t>Nehemia</t>
+  </si>
+  <si>
+    <t>7:18:47</t>
+  </si>
+  <si>
+    <t>06:52:50</t>
+  </si>
+  <si>
     <t>Rico</t>
   </si>
   <si>
     <t>Pribadi</t>
   </si>
   <si>
     <t>06:47:57</t>
   </si>
   <si>
-    <t>Haryanto</t>
-[...8 lines deleted...]
-    <t>06:52:50</t>
+    <t>Muhammad Afif</t>
+  </si>
+  <si>
+    <t>Gunung</t>
+  </si>
+  <si>
+    <t>06:48:28</t>
   </si>
   <si>
     <t>Akihiro</t>
   </si>
   <si>
     <t>Sekiguchi</t>
   </si>
   <si>
     <t>06:54:26</t>
   </si>
   <si>
-    <t>Muhammad Afif</t>
-[...7 lines deleted...]
-  <si>
     <t>Scorpio</t>
   </si>
   <si>
     <t>7:19:18</t>
   </si>
   <si>
     <t>Wirawan Abdul Reza</t>
   </si>
   <si>
     <t>7:20:07</t>
   </si>
   <si>
     <t>Umar A Kamaludin</t>
   </si>
   <si>
     <t>Singapore</t>
   </si>
   <si>
     <t>06:54:39</t>
   </si>
   <si>
     <t>Didit Mei</t>
   </si>
   <si>
     <t>Anggoro</t>
   </si>
   <si>
     <t>06:48:45</t>
   </si>
   <si>
+    <t xml:space="preserve">Kok Fai </t>
+  </si>
+  <si>
+    <t>Man</t>
+  </si>
+  <si>
+    <t>06:56:50</t>
+  </si>
+  <si>
+    <t>Danone</t>
+  </si>
+  <si>
+    <t>7:21:03</t>
+  </si>
+  <si>
     <t>Wahab</t>
   </si>
   <si>
     <t>Adam</t>
   </si>
   <si>
     <t>06:48:46</t>
   </si>
   <si>
-    <t xml:space="preserve">Kok Fai </t>
-[...11 lines deleted...]
-    <t>7:21:03</t>
+    <t>Arif</t>
+  </si>
+  <si>
+    <t>Husen</t>
+  </si>
+  <si>
+    <t>06:50:19</t>
   </si>
   <si>
     <t>Alfan</t>
   </si>
   <si>
     <t>06:57:32</t>
   </si>
   <si>
-    <t>Arif</t>
-[...7 lines deleted...]
-  <si>
     <t xml:space="preserve">Mahardhika Farchan </t>
   </si>
   <si>
     <t>Monoarfa</t>
   </si>
   <si>
     <t>7:22:23</t>
   </si>
   <si>
     <t xml:space="preserve">Alnandra </t>
   </si>
   <si>
     <t>Suriyanto</t>
   </si>
   <si>
     <t>7:22:31</t>
   </si>
   <si>
     <t>Faza</t>
   </si>
   <si>
     <t>Aulia</t>
   </si>
   <si>
     <t>06:51:14</t>
   </si>
   <si>
+    <t>Danny Cahya</t>
+  </si>
+  <si>
+    <t>Mulyana</t>
+  </si>
+  <si>
+    <t>07:01:25</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hasan </t>
+  </si>
+  <si>
+    <t>7:24:07</t>
+  </si>
+  <si>
     <t>Santosa</t>
   </si>
   <si>
     <t>06:53:30</t>
   </si>
   <si>
-    <t>Danny Cahya</t>
-[...13 lines deleted...]
-  <si>
     <t>Nazif</t>
   </si>
   <si>
     <t>Armidarya</t>
   </si>
   <si>
     <t>07:01:56</t>
   </si>
   <si>
     <t>Thomas</t>
   </si>
   <si>
     <t>Koamas</t>
   </si>
   <si>
     <t>06:56:58</t>
   </si>
   <si>
     <t>Muhammad Fajar</t>
   </si>
   <si>
     <t>Febrian</t>
   </si>
   <si>
     <t>7:24:17</t>
@@ -2237,56 +2237,56 @@
   <si>
     <t>Kuok</t>
   </si>
   <si>
     <t>06:58:24</t>
   </si>
   <si>
     <t xml:space="preserve">Adjie Bhakti </t>
   </si>
   <si>
     <t>T.M Indra</t>
   </si>
   <si>
     <t>7:26:19</t>
   </si>
   <si>
     <t xml:space="preserve">Abisatya </t>
   </si>
   <si>
     <t>Pambayun WS</t>
   </si>
   <si>
     <t>07:26:19</t>
   </si>
   <si>
+    <t>06:58:35</t>
+  </si>
+  <si>
     <t>07:05:16</t>
   </si>
   <si>
-    <t>06:58:35</t>
-[...1 lines deleted...]
-  <si>
     <t>Tetsuya</t>
   </si>
   <si>
     <t>Nishi</t>
   </si>
   <si>
     <t>07:05:25</t>
   </si>
   <si>
     <t xml:space="preserve">Nauval Abdan </t>
   </si>
   <si>
     <t>Fadilah</t>
   </si>
   <si>
     <t>07:26:38</t>
   </si>
   <si>
     <t xml:space="preserve">Katherine </t>
   </si>
   <si>
     <t>Mitchell</t>
   </si>
   <si>
     <t>06:58:53</t>
@@ -2417,356 +2417,356 @@
   <si>
     <t>Wardhani</t>
   </si>
   <si>
     <t>07:04:40</t>
   </si>
   <si>
     <t xml:space="preserve">Muhamad </t>
   </si>
   <si>
     <t>Suhud</t>
   </si>
   <si>
     <t>07:31:58</t>
   </si>
   <si>
     <t>07:05:03</t>
   </si>
   <si>
     <t>William</t>
   </si>
   <si>
     <t>07:10:15</t>
   </si>
   <si>
+    <t>Fakhri</t>
+  </si>
+  <si>
+    <t>Afif</t>
+  </si>
+  <si>
+    <t>07:06:31</t>
+  </si>
+  <si>
+    <t>Takayuki</t>
+  </si>
+  <si>
+    <t>Nomoto</t>
+  </si>
+  <si>
+    <t>07:14:24</t>
+  </si>
+  <si>
     <t xml:space="preserve">Brian </t>
   </si>
   <si>
     <t>Lo</t>
   </si>
   <si>
     <t>Hong Kong</t>
   </si>
   <si>
-    <t>Fakhri</t>
-[...14 lines deleted...]
-    <t>07:14:24</t>
+    <t>Dikkie</t>
+  </si>
+  <si>
+    <t>Irianto</t>
+  </si>
+  <si>
+    <t>07:07:52</t>
   </si>
   <si>
     <t>Bagus</t>
   </si>
   <si>
     <t>Sugiarto</t>
   </si>
   <si>
     <t>07:32:50</t>
   </si>
   <si>
-    <t>Dikkie</t>
-[...7 lines deleted...]
-  <si>
     <t>07:14:52</t>
   </si>
   <si>
     <t>07:15:27</t>
   </si>
   <si>
+    <t>Ady Dwi</t>
+  </si>
+  <si>
+    <t>Nugroho</t>
+  </si>
+  <si>
+    <t>07:08:15</t>
+  </si>
+  <si>
     <t>Johanes</t>
   </si>
   <si>
     <t>Astra</t>
   </si>
   <si>
     <t>07:33:56</t>
   </si>
   <si>
-    <t>Ady Dwi</t>
-[...5 lines deleted...]
-    <t>07:08:15</t>
+    <t>07:09:23</t>
   </si>
   <si>
     <t xml:space="preserve">Haryo Teguh </t>
   </si>
   <si>
     <t>Putranto</t>
   </si>
   <si>
     <t>07:34:14</t>
   </si>
   <si>
-    <t>07:09:23</t>
-[...1 lines deleted...]
-  <si>
     <t>Takubo</t>
   </si>
   <si>
     <t>07:15:38</t>
   </si>
   <si>
+    <t>Zulfikar</t>
+  </si>
+  <si>
+    <t>07:09:55</t>
+  </si>
+  <si>
     <t>Agung Bawono</t>
   </si>
   <si>
     <t xml:space="preserve"> Aji</t>
   </si>
   <si>
     <t>07:34:38</t>
   </si>
   <si>
-    <t>Zulfikar</t>
-[...4 lines deleted...]
-  <si>
     <t>Syahlendra</t>
   </si>
   <si>
     <t>Syafri</t>
   </si>
   <si>
     <t>07:16:52</t>
   </si>
   <si>
     <t>07:17:54</t>
   </si>
   <si>
+    <t xml:space="preserve">Islami Fitri </t>
+  </si>
+  <si>
+    <t>Zahra</t>
+  </si>
+  <si>
+    <t>07:10:01</t>
+  </si>
+  <si>
     <t xml:space="preserve">Yohanes Dwiki Putra </t>
   </si>
   <si>
     <t>Tampubolon</t>
   </si>
   <si>
     <t>07:34:44</t>
   </si>
   <si>
-    <t xml:space="preserve">Islami Fitri </t>
-[...7 lines deleted...]
-  <si>
     <t>07:21:05</t>
   </si>
   <si>
+    <t>Ardi</t>
+  </si>
+  <si>
+    <t>Iryana</t>
+  </si>
+  <si>
+    <t>07:10:19</t>
+  </si>
+  <si>
     <t xml:space="preserve">Andi Achmad </t>
   </si>
   <si>
     <t>Aqsal Wisani</t>
   </si>
   <si>
-    <t>Ardi</t>
-[...7 lines deleted...]
-  <si>
     <t>Yedi</t>
   </si>
   <si>
     <t>Irwandi</t>
   </si>
   <si>
     <t>07:21:08</t>
   </si>
   <si>
+    <t>Leza</t>
+  </si>
+  <si>
+    <t>Arlan</t>
+  </si>
+  <si>
+    <t>07:10:21</t>
+  </si>
+  <si>
     <t xml:space="preserve">Andriandra </t>
   </si>
   <si>
     <t>Hendrawan</t>
   </si>
   <si>
-    <t>Leza</t>
-[...7 lines deleted...]
-  <si>
     <t>07:22:59</t>
   </si>
   <si>
+    <t>Surjadi</t>
+  </si>
+  <si>
+    <t>Tanuwidjaja</t>
+  </si>
+  <si>
+    <t>07:12:12</t>
+  </si>
+  <si>
     <t xml:space="preserve">Rizky </t>
   </si>
   <si>
     <t>Tartila</t>
   </si>
   <si>
     <t>07:36:10</t>
   </si>
   <si>
-    <t>Surjadi</t>
-[...5 lines deleted...]
-    <t>07:12:12</t>
+    <t>Huda</t>
+  </si>
+  <si>
+    <t>Waskito Ganteng</t>
+  </si>
+  <si>
+    <t>07:13:16</t>
   </si>
   <si>
     <t>07:36:11</t>
   </si>
   <si>
-    <t>Huda</t>
-[...7 lines deleted...]
-  <si>
     <t>Sonny</t>
   </si>
   <si>
     <t>Arisandi</t>
   </si>
   <si>
     <t>07:25:11</t>
   </si>
   <si>
+    <t>Mustikawati</t>
+  </si>
+  <si>
+    <t>07:09:36</t>
+  </si>
+  <si>
+    <t>Iwan</t>
+  </si>
+  <si>
+    <t>Hadiantoro</t>
+  </si>
+  <si>
+    <t>07:13:19</t>
+  </si>
+  <si>
     <t>Christine</t>
   </si>
   <si>
     <t>Gautama</t>
   </si>
   <si>
-    <t>07:13:19</t>
-[...7 lines deleted...]
-  <si>
     <t>Yosafat</t>
   </si>
   <si>
     <t>Hutagalung</t>
   </si>
   <si>
     <t>07:37:15</t>
   </si>
   <si>
-    <t>Iwan</t>
-[...4 lines deleted...]
-  <si>
     <t>Kala</t>
   </si>
   <si>
     <t>07:37:38</t>
   </si>
   <si>
     <t>Sumatris</t>
   </si>
   <si>
     <t>07:26:47</t>
   </si>
   <si>
+    <t>Lie</t>
+  </si>
+  <si>
+    <t>Tjie Tjong</t>
+  </si>
+  <si>
+    <t>07:28:22</t>
+  </si>
+  <si>
+    <t>Mister</t>
+  </si>
+  <si>
+    <t>Emix</t>
+  </si>
+  <si>
+    <t>07:14:22</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Yunior </t>
+  </si>
+  <si>
+    <t>Hermawanto</t>
+  </si>
+  <si>
+    <t>07:38:00</t>
+  </si>
+  <si>
     <t>Todi</t>
   </si>
   <si>
     <t>Pandapotan</t>
   </si>
   <si>
-    <t>07:14:22</t>
-[...23 lines deleted...]
-    <t>07:38:00</t>
+    <t>Apip</t>
+  </si>
+  <si>
+    <t>Supratman</t>
+  </si>
+  <si>
+    <t>07:39:59</t>
   </si>
   <si>
     <t>Lingle</t>
   </si>
   <si>
     <t>07:28:24</t>
   </si>
   <si>
-    <t>Apip</t>
-[...7 lines deleted...]
-  <si>
     <t>Peter</t>
   </si>
   <si>
     <t>07:29:16</t>
   </si>
   <si>
     <t>Maga</t>
   </si>
   <si>
     <t>Sambuaga</t>
   </si>
   <si>
     <t>07:41:38</t>
   </si>
   <si>
     <t>Rizky Okti</t>
   </si>
   <si>
     <t>Kurnia</t>
   </si>
   <si>
     <t>07:31:06</t>
   </si>
   <si>
     <t xml:space="preserve">Mujialif </t>
@@ -2783,281 +2783,281 @@
   <si>
     <t>Cahaya</t>
   </si>
   <si>
     <t>07:42:01</t>
   </si>
   <si>
     <t>Netty</t>
   </si>
   <si>
     <t>Gultom</t>
   </si>
   <si>
     <t>07:16:26</t>
   </si>
   <si>
     <t>M Abdul</t>
   </si>
   <si>
     <t>Muhaimin</t>
   </si>
   <si>
     <t>07:31:51</t>
   </si>
   <si>
+    <t>Henrietta</t>
+  </si>
+  <si>
+    <t>Gorton</t>
+  </si>
+  <si>
+    <t>07:42:07</t>
+  </si>
+  <si>
+    <t>07:32:24</t>
+  </si>
+  <si>
     <t>Fersandy</t>
   </si>
   <si>
     <t>Lukman</t>
   </si>
   <si>
     <t>07:18:25</t>
   </si>
   <si>
-    <t>Henrietta</t>
-[...10 lines deleted...]
-  <si>
     <t>Devina</t>
   </si>
   <si>
     <t>Aprilia</t>
   </si>
   <si>
     <t>07:32:37</t>
   </si>
   <si>
     <t>Taufik</t>
   </si>
   <si>
     <t>07:18:34</t>
   </si>
   <si>
     <t xml:space="preserve">Frans </t>
   </si>
   <si>
     <t>Hengky</t>
   </si>
   <si>
     <t>07:42:23</t>
   </si>
   <si>
     <t>Cahya</t>
   </si>
   <si>
     <t>Daulay</t>
   </si>
   <si>
     <t>07:42:51</t>
   </si>
   <si>
     <t>07:33:12</t>
   </si>
   <si>
     <t>Daru</t>
   </si>
   <si>
     <t>Wahardityo</t>
   </si>
   <si>
     <t>07:19:11</t>
   </si>
   <si>
+    <t>Tarmudi</t>
+  </si>
+  <si>
+    <t>07:34:01</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Rian </t>
+  </si>
+  <si>
+    <t>Adriansa</t>
+  </si>
+  <si>
+    <t>07:42:58</t>
+  </si>
+  <si>
     <t>Andriana</t>
   </si>
   <si>
     <t>Ganteng</t>
   </si>
   <si>
     <t>07:19:18</t>
   </si>
   <si>
-    <t>Tarmudi</t>
-[...13 lines deleted...]
-  <si>
     <t>Sugianto</t>
   </si>
   <si>
     <t>07:19:39</t>
   </si>
   <si>
     <t>Hotdi Erwin</t>
   </si>
   <si>
     <t>Munthe</t>
   </si>
   <si>
     <t>07:34:02</t>
   </si>
   <si>
     <t xml:space="preserve">Decky Iman </t>
   </si>
   <si>
     <t>Faisar</t>
   </si>
   <si>
     <t>07:43:43</t>
   </si>
   <si>
     <t>Hartono</t>
   </si>
   <si>
     <t>07:34:06</t>
   </si>
   <si>
     <t xml:space="preserve">Hiroshi </t>
   </si>
   <si>
     <t>Saionji</t>
   </si>
   <si>
     <t>Baginda</t>
   </si>
   <si>
     <t>Aflah</t>
   </si>
   <si>
     <t>07:20:03</t>
   </si>
   <si>
+    <t>Manabu</t>
+  </si>
+  <si>
+    <t>Fujita</t>
+  </si>
+  <si>
+    <t>07:34:22</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Halim Juasa </t>
+  </si>
+  <si>
+    <t>Sembiring</t>
+  </si>
+  <si>
+    <t>07:44:36</t>
+  </si>
+  <si>
     <t>Dadan</t>
   </si>
   <si>
     <t>Mohamad Ramdan</t>
   </si>
   <si>
     <t>07:20:16</t>
   </si>
   <si>
-    <t>Manabu</t>
-[...14 lines deleted...]
-    <t>07:44:36</t>
+    <t>Dadi</t>
+  </si>
+  <si>
+    <t>Riadi Wicahya</t>
+  </si>
+  <si>
+    <t>07:20:37</t>
   </si>
   <si>
     <t>Satyatama</t>
   </si>
   <si>
     <t>07:34:40</t>
   </si>
   <si>
-    <t>Dadi</t>
-[...7 lines deleted...]
-  <si>
     <t>Helen</t>
   </si>
   <si>
     <t>Indrajaya</t>
   </si>
   <si>
     <t>07:44:49</t>
   </si>
   <si>
+    <t>Anne</t>
+  </si>
+  <si>
+    <t>Aho-Eagling</t>
+  </si>
+  <si>
+    <t>07:22:08</t>
+  </si>
+  <si>
     <t>Syamsul</t>
   </si>
   <si>
     <t>Anbiya</t>
   </si>
   <si>
     <t>07:34:42</t>
   </si>
   <si>
-    <t>Anne</t>
-[...7 lines deleted...]
-  <si>
     <t>07:46:10</t>
   </si>
   <si>
+    <t xml:space="preserve">Yana </t>
+  </si>
+  <si>
+    <t>07:46:16</t>
+  </si>
+  <si>
+    <t>Jumat</t>
+  </si>
+  <si>
+    <t>Osman</t>
+  </si>
+  <si>
+    <t>07:38:29</t>
+  </si>
+  <si>
     <t>Septiana</t>
   </si>
   <si>
     <t>Nia Swastika</t>
   </si>
   <si>
     <t>07:24:31</t>
   </si>
   <si>
-    <t xml:space="preserve">Yana </t>
-[...13 lines deleted...]
-  <si>
     <t>Ary</t>
   </si>
   <si>
     <t>Widodo</t>
   </si>
   <si>
     <t>07:24:32</t>
   </si>
   <si>
     <t xml:space="preserve">Winnetou </t>
   </si>
   <si>
     <t>Chaniago</t>
   </si>
   <si>
     <t>07:47:01</t>
   </si>
   <si>
     <t>Stephen Hau</t>
   </si>
   <si>
     <t>07:39:01</t>
   </si>
   <si>
     <t xml:space="preserve">Ryo </t>
@@ -3128,68 +3128,68 @@
   <si>
     <t>Adiatmaja</t>
   </si>
   <si>
     <t>07:49:13</t>
   </si>
   <si>
     <t>Helmi</t>
   </si>
   <si>
     <t>Mugni</t>
   </si>
   <si>
     <t>07:40:43</t>
   </si>
   <si>
     <t>Iriansyah</t>
   </si>
   <si>
     <t>Koteka</t>
   </si>
   <si>
     <t>07:40:47</t>
   </si>
   <si>
+    <t>Nur Ainulhakimah</t>
+  </si>
+  <si>
+    <t>Mahmud</t>
+  </si>
+  <si>
+    <t>07:26:11</t>
+  </si>
+  <si>
     <t>Mariko</t>
   </si>
   <si>
     <t>Murata</t>
   </si>
   <si>
     <t>07:49:16</t>
   </si>
   <si>
-    <t>Nur Ainulhakimah</t>
-[...7 lines deleted...]
-  <si>
     <t>Dyan</t>
   </si>
   <si>
     <t>Faksilanto</t>
   </si>
   <si>
     <t>07:49:37</t>
   </si>
   <si>
     <t>Denis</t>
   </si>
   <si>
     <t>Langlois</t>
   </si>
   <si>
     <t>07:26:56</t>
   </si>
   <si>
     <t>Priyo</t>
   </si>
   <si>
     <t>07:41:02</t>
   </si>
   <si>
     <t>Cakra Ardi</t>
@@ -3245,68 +3245,68 @@
   <si>
     <t>Namira</t>
   </si>
   <si>
     <t>07:51:18</t>
   </si>
   <si>
     <t>Jarwoko</t>
   </si>
   <si>
     <t>Sarman</t>
   </si>
   <si>
     <t>07:41:59</t>
   </si>
   <si>
     <t>Stefanus</t>
   </si>
   <si>
     <t>Jeffri</t>
   </si>
   <si>
     <t>07:29:02</t>
   </si>
   <si>
+    <t>Dudy</t>
+  </si>
+  <si>
+    <t>Darmawan Wijaya</t>
+  </si>
+  <si>
+    <t>07:29:05</t>
+  </si>
+  <si>
+    <t>Cheppy</t>
+  </si>
+  <si>
+    <t>07:51:36</t>
+  </si>
+  <si>
     <t>Maya</t>
   </si>
   <si>
-    <t>Dudy</t>
-[...13 lines deleted...]
-  <si>
     <t>07:42:15</t>
   </si>
   <si>
     <t>Rommy</t>
   </si>
   <si>
     <t>Bastian</t>
   </si>
   <si>
     <t>07:29:07</t>
   </si>
   <si>
     <t>07:52:44</t>
   </si>
   <si>
     <t xml:space="preserve">Amelia </t>
   </si>
   <si>
     <t>Seftiana</t>
   </si>
   <si>
     <t>07:53:04</t>
   </si>
   <si>
     <t>The Hendra</t>
@@ -3323,71 +3323,71 @@
   <si>
     <t>07:29:11</t>
   </si>
   <si>
     <t>07:29:55</t>
   </si>
   <si>
     <t>Hilman</t>
   </si>
   <si>
     <t>Frimadi</t>
   </si>
   <si>
     <t>07:53:08</t>
   </si>
   <si>
     <t>Piston</t>
   </si>
   <si>
     <t>Andriyanto</t>
   </si>
   <si>
     <t>07:44:11</t>
   </si>
   <si>
+    <t>07:30:29</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Marhayuddin </t>
+  </si>
+  <si>
+    <t>Marhayuddin</t>
+  </si>
+  <si>
+    <t>07:53:16</t>
+  </si>
+  <si>
     <t>Russanto</t>
   </si>
   <si>
     <t>Santo</t>
   </si>
   <si>
     <t>07:44:28</t>
   </si>
   <si>
-    <t>07:30:29</t>
-[...10 lines deleted...]
-  <si>
     <t>07:53:46</t>
   </si>
   <si>
     <t>M Dian</t>
   </si>
   <si>
     <t>Akbar</t>
   </si>
   <si>
     <t>07:44:48</t>
   </si>
   <si>
     <t>Hardy</t>
   </si>
   <si>
     <t>Oktasawira</t>
   </si>
   <si>
     <t>07:30:46</t>
   </si>
   <si>
     <t>Ali Reza</t>
   </si>
   <si>
     <t>Zareh</t>
@@ -3431,203 +3431,203 @@
   <si>
     <t>Wulantoro</t>
   </si>
   <si>
     <t>07:31:14</t>
   </si>
   <si>
     <t>Cipto Kurniawan</t>
   </si>
   <si>
     <t>07:46:27</t>
   </si>
   <si>
     <t xml:space="preserve">Jaka </t>
   </si>
   <si>
     <t>Fahrial</t>
   </si>
   <si>
     <t>07:55:41</t>
   </si>
   <si>
     <t>07:33:14</t>
   </si>
   <si>
+    <t>07:46:35</t>
+  </si>
+  <si>
     <t>Saidinal Dixie</t>
   </si>
   <si>
     <t>Nurdimansyah</t>
   </si>
   <si>
     <t>07:33:26</t>
   </si>
   <si>
-    <t>07:46:35</t>
-[...1 lines deleted...]
-  <si>
     <t>Usep</t>
   </si>
   <si>
     <t>Sehabudin</t>
   </si>
   <si>
     <t>07:33:54</t>
   </si>
   <si>
     <t>Yusuf Bagus Zadiompu</t>
   </si>
   <si>
     <t>Hasibuan</t>
   </si>
   <si>
     <t>07:49:02</t>
   </si>
   <si>
     <t>Yudi</t>
   </si>
   <si>
     <t>Christiawan</t>
   </si>
   <si>
     <t>07:35:23</t>
   </si>
   <si>
     <t>Arifin</t>
   </si>
   <si>
     <t>07:50:03</t>
   </si>
   <si>
+    <t>Willy</t>
+  </si>
+  <si>
+    <t>Tandauli</t>
+  </si>
+  <si>
+    <t>07:50:22</t>
+  </si>
+  <si>
     <t>Faris</t>
   </si>
   <si>
     <t>Rasyadi</t>
   </si>
   <si>
     <t>07:36:45</t>
   </si>
   <si>
-    <t>Willy</t>
-[...7 lines deleted...]
-  <si>
     <t>Sudarsono</t>
   </si>
   <si>
     <t>07:36:51</t>
   </si>
   <si>
     <t>Ian</t>
   </si>
   <si>
     <t>Davey</t>
   </si>
   <si>
     <t>07:50:23</t>
   </si>
   <si>
     <t>07:50:24</t>
   </si>
   <si>
     <t>07:38:15</t>
   </si>
   <si>
+    <t>Dewa</t>
+  </si>
+  <si>
+    <t>Hamdani</t>
+  </si>
+  <si>
+    <t>07:50:44</t>
+  </si>
+  <si>
     <t>Mega</t>
   </si>
   <si>
     <t>Iranti</t>
   </si>
   <si>
     <t>07:38:16</t>
   </si>
   <si>
-    <t>Dewa</t>
-[...7 lines deleted...]
-  <si>
     <t>07:38:39</t>
   </si>
   <si>
     <t>07:51:10</t>
   </si>
   <si>
     <t>Deddy</t>
   </si>
   <si>
     <t>Surya</t>
   </si>
   <si>
     <t>07:52:01</t>
   </si>
   <si>
     <t>Kuan</t>
   </si>
   <si>
     <t>07:42:02</t>
   </si>
   <si>
     <t>Betsy</t>
   </si>
   <si>
     <t>Fasihati</t>
   </si>
   <si>
     <t>07:52:11</t>
   </si>
   <si>
     <t>07:42:38</t>
   </si>
   <si>
+    <t>Natasha</t>
+  </si>
+  <si>
+    <t>Nissi</t>
+  </si>
+  <si>
+    <t>07:54:15</t>
+  </si>
+  <si>
     <t>Immanuel</t>
   </si>
   <si>
     <t>Lumbantobing</t>
   </si>
   <si>
     <t>07:42:43</t>
   </si>
   <si>
-    <t>Natasha</t>
-[...7 lines deleted...]
-  <si>
     <t>Yohan</t>
   </si>
   <si>
     <t>Wu</t>
   </si>
   <si>
     <t>07:43:11</t>
   </si>
   <si>
     <t>Gigih Priambodo</t>
   </si>
   <si>
     <t>Somomihardjo</t>
   </si>
   <si>
     <t>07:54:33</t>
   </si>
   <si>
     <t>07:43:20</t>
   </si>
   <si>
     <t>07:55:08</t>
   </si>
   <si>
     <t>Natalia</t>
@@ -3644,62 +3644,62 @@
   <si>
     <t>Saefulah</t>
   </si>
   <si>
     <t>07:56:44</t>
   </si>
   <si>
     <t>Ahmad Munsif</t>
   </si>
   <si>
     <t>Respati</t>
   </si>
   <si>
     <t>07:44:46</t>
   </si>
   <si>
     <t>07:56:52</t>
   </si>
   <si>
     <t>Nicky</t>
   </si>
   <si>
     <t>Hogan</t>
   </si>
   <si>
+    <t>Irwan</t>
+  </si>
+  <si>
+    <t>Wijaya</t>
+  </si>
+  <si>
+    <t>07:56:55</t>
+  </si>
+  <si>
     <t>07:45:18</t>
   </si>
   <si>
-    <t>Irwan</t>
-[...7 lines deleted...]
-  <si>
     <t>Chrestofel</t>
   </si>
   <si>
     <t>Uneputty</t>
   </si>
   <si>
     <t>07:45:19</t>
   </si>
   <si>
     <t>Galih</t>
   </si>
   <si>
     <t>Qisty</t>
   </si>
   <si>
     <t>07:57:47</t>
   </si>
   <si>
     <t>Detri</t>
   </si>
   <si>
     <t>Wulanjani</t>
   </si>
   <si>
     <t>07:57:55</t>
@@ -3902,272 +3902,272 @@
   <si>
     <t>Ade Pamungkas</t>
   </si>
   <si>
     <t>08:05:29</t>
   </si>
   <si>
     <t>Millardi</t>
   </si>
   <si>
     <t>Nadesul</t>
   </si>
   <si>
     <t>08:07:56</t>
   </si>
   <si>
     <t>Joni</t>
   </si>
   <si>
     <t>Tjentojo</t>
   </si>
   <si>
     <t>07:57:38</t>
   </si>
   <si>
+    <t>Doni</t>
+  </si>
+  <si>
+    <t>Anderson</t>
+  </si>
+  <si>
+    <t>08:08:13</t>
+  </si>
+  <si>
     <t>Cynthia Caroline</t>
   </si>
   <si>
     <t>Sibuea</t>
   </si>
   <si>
     <t>07:57:39</t>
   </si>
   <si>
-    <t>Doni</t>
-[...7 lines deleted...]
-  <si>
     <t>Atar</t>
   </si>
   <si>
     <t>Sukamto</t>
   </si>
   <si>
     <t>07:57:48</t>
   </si>
   <si>
     <t>08:08:57</t>
   </si>
   <si>
+    <t>Francisca</t>
+  </si>
+  <si>
+    <t>Tan</t>
+  </si>
+  <si>
+    <t>07:58:02</t>
+  </si>
+  <si>
     <t>Felix</t>
   </si>
   <si>
     <t>Nola</t>
   </si>
   <si>
     <t>08:09:16</t>
   </si>
   <si>
-    <t>Francisca</t>
-[...5 lines deleted...]
-    <t>07:58:02</t>
+    <t>Lee Regina</t>
+  </si>
+  <si>
+    <t>Kosasi</t>
+  </si>
+  <si>
+    <t>08:09:17</t>
   </si>
   <si>
     <t>07:58:06</t>
   </si>
   <si>
-    <t>Lee Regina</t>
-[...7 lines deleted...]
-  <si>
     <t>Fajar</t>
   </si>
   <si>
     <t>Diantika</t>
   </si>
   <si>
     <t>08:00:02</t>
   </si>
   <si>
     <t>Artha</t>
   </si>
   <si>
     <t>08:09:33</t>
   </si>
   <si>
     <t>Achmadi</t>
   </si>
   <si>
     <t>08:09:42</t>
   </si>
   <si>
     <t>Sapto</t>
   </si>
   <si>
+    <t>Dewi</t>
+  </si>
+  <si>
+    <t>Ratnaningsih</t>
+  </si>
+  <si>
+    <t>08:01:34</t>
+  </si>
+  <si>
     <t>Novi</t>
   </si>
   <si>
     <t>Indriyani</t>
   </si>
   <si>
     <t>08:10:14</t>
   </si>
   <si>
-    <t>Dewi</t>
-[...7 lines deleted...]
-  <si>
     <t>Wiko</t>
   </si>
   <si>
     <t>Haripahargio</t>
   </si>
   <si>
     <t>08:02:26</t>
   </si>
   <si>
     <t>08:10:48</t>
   </si>
   <si>
     <t>Muhtadin</t>
   </si>
   <si>
     <t>Muhasyim</t>
   </si>
   <si>
     <t>08:13:19</t>
   </si>
   <si>
     <t>Dzaki</t>
   </si>
   <si>
     <t>Wardana</t>
   </si>
   <si>
     <t>08:02:43</t>
   </si>
   <si>
+    <t>Tomoko</t>
+  </si>
+  <si>
+    <t>Kitaoka</t>
+  </si>
+  <si>
+    <t>08:14:02</t>
+  </si>
+  <si>
     <t>08:03:04</t>
   </si>
   <si>
-    <t>Tomoko</t>
-[...7 lines deleted...]
-  <si>
     <t>Titi</t>
   </si>
   <si>
     <t>Budiedi</t>
   </si>
   <si>
     <t>08:15:16</t>
   </si>
   <si>
     <t>Surachman</t>
   </si>
   <si>
     <t>Cadaka</t>
   </si>
   <si>
     <t>08:05:42</t>
   </si>
   <si>
     <t>Eko</t>
   </si>
   <si>
     <t>Maisusanto</t>
   </si>
   <si>
     <t>08:06:52</t>
   </si>
   <si>
     <t>08:15:25</t>
   </si>
   <si>
+    <t>Supardiawan</t>
+  </si>
+  <si>
+    <t>08:15:37</t>
+  </si>
+  <si>
     <t>Sharie</t>
   </si>
   <si>
     <t>Abd</t>
   </si>
   <si>
     <t>08:07:19</t>
   </si>
   <si>
-    <t>Supardiawan</t>
-[...4 lines deleted...]
-  <si>
     <t>08:15:43</t>
   </si>
   <si>
     <t>Harry Jacob</t>
   </si>
   <si>
     <t>Tapiheroe</t>
   </si>
   <si>
     <t>08:07:29</t>
   </si>
   <si>
     <t>Widjanarko</t>
   </si>
   <si>
     <t>08:15:48</t>
   </si>
   <si>
     <t>08:07:54</t>
   </si>
   <si>
+    <t>Jusuf</t>
+  </si>
+  <si>
+    <t>Ade</t>
+  </si>
+  <si>
+    <t>08:16:03</t>
+  </si>
+  <si>
     <t>08:08:08</t>
   </si>
   <si>
-    <t>Jusuf</t>
-[...7 lines deleted...]
-  <si>
     <t>Johny</t>
   </si>
   <si>
     <t>Sulistio</t>
   </si>
   <si>
     <t>08:08:51</t>
   </si>
   <si>
     <t>Fatahillah</t>
   </si>
   <si>
     <t>08:16:11</t>
   </si>
   <si>
     <t>Debby Rince</t>
   </si>
   <si>
     <t>08:16:21</t>
   </si>
   <si>
     <t>Winnetou</t>
   </si>
   <si>
     <t>08:09:45</t>
@@ -4301,419 +4301,419 @@
   <si>
     <t>08:13:38</t>
   </si>
   <si>
     <t>Pritama</t>
   </si>
   <si>
     <t>08:23:49</t>
   </si>
   <si>
     <t>Boy</t>
   </si>
   <si>
     <t>Andika</t>
   </si>
   <si>
     <t>08:23:58</t>
   </si>
   <si>
     <t>Forendo</t>
   </si>
   <si>
     <t>08:15:28</t>
   </si>
   <si>
+    <t>Pramita</t>
+  </si>
+  <si>
+    <t>Bismoko</t>
+  </si>
+  <si>
+    <t>08:15:40</t>
+  </si>
+  <si>
     <t>Mamesah</t>
   </si>
   <si>
     <t>08:24:21</t>
   </si>
   <si>
-    <t>Pramita</t>
-[...7 lines deleted...]
-  <si>
     <t>Mohamad Ashyafat</t>
   </si>
   <si>
     <t>Sastrosubroto</t>
   </si>
   <si>
     <t>08:16:15</t>
   </si>
   <si>
     <t>Mohd As Baha Zammi</t>
   </si>
   <si>
     <t>Mustafa</t>
   </si>
   <si>
     <t>08:25:24</t>
   </si>
   <si>
     <t>Fitriandi</t>
   </si>
   <si>
     <t>Oktavian</t>
   </si>
   <si>
     <t>08:16:30</t>
   </si>
   <si>
     <t>Niko</t>
   </si>
   <si>
     <t>Wiratma</t>
   </si>
   <si>
     <t>08:26:17</t>
   </si>
   <si>
+    <t>08:26:40</t>
+  </si>
+  <si>
     <t>Martaprawira</t>
   </si>
   <si>
     <t>08:16:45</t>
   </si>
   <si>
-    <t>08:26:40</t>
-[...1 lines deleted...]
-  <si>
     <t>Rangga Yudha</t>
   </si>
   <si>
     <t>Utama</t>
   </si>
   <si>
     <t>08:27:47</t>
   </si>
   <si>
     <t>Asdaferry Artha</t>
   </si>
   <si>
     <t>Bitana</t>
   </si>
   <si>
     <t>08:17:49</t>
   </si>
   <si>
+    <t>Isprayanti</t>
+  </si>
+  <si>
+    <t>08:20:27</t>
+  </si>
+  <si>
     <t>Ilham</t>
   </si>
   <si>
     <t>Hendriana</t>
   </si>
   <si>
     <t>08:28:55</t>
   </si>
   <si>
-    <t>Isprayanti</t>
-[...2 lines deleted...]
-    <t>08:20:27</t>
+    <t>Ardiansyah</t>
+  </si>
+  <si>
+    <t>08:20:29</t>
+  </si>
+  <si>
+    <t>Coin Castro</t>
+  </si>
+  <si>
+    <t>Tangka</t>
+  </si>
+  <si>
+    <t>08:29:51</t>
   </si>
   <si>
     <t>Taruna</t>
   </si>
   <si>
-    <t>08:20:29</t>
-[...13 lines deleted...]
-  <si>
     <t>08:30:50</t>
   </si>
   <si>
     <t>Wachyu Dwi</t>
   </si>
   <si>
     <t>08:20:42</t>
   </si>
   <si>
     <t>Firman</t>
   </si>
   <si>
     <t>08:30:51</t>
   </si>
   <si>
     <t>Roki</t>
   </si>
   <si>
     <t>Sihotang</t>
   </si>
   <si>
     <t>08:21:59</t>
   </si>
   <si>
     <t>Nino</t>
   </si>
   <si>
     <t>Laksana</t>
   </si>
   <si>
     <t>08:31:00</t>
   </si>
   <si>
+    <t>Adijaya</t>
+  </si>
+  <si>
+    <t>Sutisna</t>
+  </si>
+  <si>
+    <t>08:22:14</t>
+  </si>
+  <si>
     <t>Pitoyo</t>
   </si>
   <si>
     <t>08:31:23</t>
   </si>
   <si>
-    <t>Adijaya</t>
-[...7 lines deleted...]
-  <si>
     <t>Jimmy</t>
   </si>
   <si>
     <t>Gunawan</t>
   </si>
   <si>
     <t>08:31:38</t>
   </si>
   <si>
     <t>Suzanna</t>
   </si>
   <si>
     <t>Zas</t>
   </si>
   <si>
     <t>08:22:47</t>
   </si>
   <si>
     <t>Astri Utami</t>
   </si>
   <si>
     <t>08:31:43</t>
   </si>
   <si>
     <t>08:22:58</t>
   </si>
   <si>
     <t>James</t>
   </si>
   <si>
     <t>Loh</t>
   </si>
   <si>
     <t>08:23:20</t>
   </si>
   <si>
+    <t>Rachman Ditto</t>
+  </si>
+  <si>
+    <t>Sambogo</t>
+  </si>
+  <si>
+    <t>08:32:14</t>
+  </si>
+  <si>
     <t>Lidia</t>
   </si>
   <si>
     <t>Setio</t>
   </si>
   <si>
     <t>08:23:24</t>
   </si>
   <si>
-    <t>Rachman Ditto</t>
-[...7 lines deleted...]
-  <si>
     <t>February Amelia</t>
   </si>
   <si>
     <t>Curry</t>
   </si>
   <si>
     <t>08:23:25</t>
   </si>
   <si>
     <t>Ryan</t>
   </si>
   <si>
     <t>Septiawan</t>
   </si>
   <si>
     <t>08:32:15</t>
   </si>
   <si>
+    <t>Ananda</t>
+  </si>
+  <si>
+    <t>08:23:59</t>
+  </si>
+  <si>
     <t>Ammar</t>
   </si>
   <si>
     <t>08:33:09</t>
   </si>
   <si>
-    <t>Ananda</t>
-[...2 lines deleted...]
-    <t>08:23:59</t>
+    <t>Veroniaty</t>
+  </si>
+  <si>
+    <t>Chang</t>
+  </si>
+  <si>
+    <t>08:33:54</t>
   </si>
   <si>
     <t>Rusdi</t>
   </si>
   <si>
     <t>08:24:05</t>
   </si>
   <si>
-    <t>Veroniaty</t>
-[...7 lines deleted...]
-  <si>
     <t>Herry</t>
   </si>
   <si>
     <t>Deradjat</t>
   </si>
   <si>
     <t>08:25:57</t>
   </si>
   <si>
     <t>Ali Satri Efendi</t>
   </si>
   <si>
     <t>Bin Niman</t>
   </si>
   <si>
     <t>08:34:20</t>
   </si>
   <si>
+    <t>Wahono</t>
+  </si>
+  <si>
+    <t>Saman</t>
+  </si>
+  <si>
+    <t>08:26:42</t>
+  </si>
+  <si>
     <t>08:34:56</t>
   </si>
   <si>
-    <t>Wahono</t>
-[...5 lines deleted...]
-    <t>08:26:42</t>
+    <t>Indriati</t>
+  </si>
+  <si>
+    <t>08:34:58</t>
   </si>
   <si>
     <t>Yuyus</t>
   </si>
   <si>
     <t>Yustian K</t>
   </si>
   <si>
     <t>08:26:43</t>
   </si>
   <si>
-    <t>Indriati</t>
-[...4 lines deleted...]
-  <si>
     <t>Bahagia T</t>
   </si>
   <si>
     <t>Barus</t>
   </si>
   <si>
     <t>08:26:44</t>
   </si>
   <si>
     <t>Mukit</t>
   </si>
   <si>
     <t>Ariwibowo</t>
   </si>
   <si>
     <t>08:34:59</t>
   </si>
   <si>
+    <t>Gamma</t>
+  </si>
+  <si>
+    <t>Sinta Rini</t>
+  </si>
+  <si>
+    <t>08:27:13</t>
+  </si>
+  <si>
     <t>Hermawan</t>
   </si>
   <si>
     <t>Cahyadi</t>
   </si>
   <si>
     <t>08:36:30</t>
   </si>
   <si>
-    <t>Gamma</t>
-[...7 lines deleted...]
-  <si>
     <t>Sing Yee</t>
   </si>
   <si>
     <t>Wang</t>
   </si>
   <si>
     <t>08:31:03</t>
   </si>
   <si>
     <t>08:36:38</t>
   </si>
   <si>
+    <t>Prihatana</t>
+  </si>
+  <si>
+    <t>08:37:18</t>
+  </si>
+  <si>
     <t>08:31:10</t>
   </si>
   <si>
-    <t>Prihatana</t>
-[...2 lines deleted...]
-    <t>08:37:18</t>
+    <t>Fery</t>
+  </si>
+  <si>
+    <t>08:34:38</t>
   </si>
   <si>
     <t>08:37:36</t>
   </si>
   <si>
-    <t>Fery</t>
-[...4 lines deleted...]
-  <si>
     <t>Engkos</t>
   </si>
   <si>
     <t>Koswara</t>
   </si>
   <si>
     <t>08:37:49</t>
   </si>
   <si>
     <t>Bustamin</t>
   </si>
   <si>
     <t>08:39:40</t>
   </si>
   <si>
     <t>Gisela Challista</t>
   </si>
   <si>
     <t>Praska</t>
   </si>
   <si>
     <t>08:35:03</t>
   </si>
   <si>
     <t>Rizwan</t>
@@ -4757,254 +4757,254 @@
   <si>
     <t>Sunadinatha</t>
   </si>
   <si>
     <t>Sulistia Didit</t>
   </si>
   <si>
     <t>08:36:50</t>
   </si>
   <si>
     <t>Muhammad Saleh</t>
   </si>
   <si>
     <t>Jasape</t>
   </si>
   <si>
     <t>08:41:11</t>
   </si>
   <si>
     <t>Adham</t>
   </si>
   <si>
     <t>08:36:59</t>
   </si>
   <si>
+    <t>Deni</t>
+  </si>
+  <si>
+    <t>Hernanto</t>
+  </si>
+  <si>
+    <t>08:41:12</t>
+  </si>
+  <si>
     <t>Cipto</t>
   </si>
   <si>
     <t>08:38:23</t>
   </si>
   <si>
-    <t>Deni</t>
-[...5 lines deleted...]
-    <t>08:41:12</t>
+    <t>Anindya</t>
+  </si>
+  <si>
+    <t>Andari</t>
+  </si>
+  <si>
+    <t>08:38:46</t>
   </si>
   <si>
     <t>Jeffry</t>
   </si>
   <si>
     <t>08:41:14</t>
   </si>
   <si>
-    <t>Anindya</t>
-[...5 lines deleted...]
-    <t>08:38:46</t>
+    <t>Shaun</t>
+  </si>
+  <si>
+    <t>Wood</t>
+  </si>
+  <si>
+    <t>08:41:09</t>
   </si>
   <si>
     <t>Kusdiansah</t>
   </si>
   <si>
     <t>08:41:15</t>
   </si>
   <si>
-    <t>Shaun</t>
-[...5 lines deleted...]
-    <t>08:41:09</t>
+    <t>Susanto</t>
+  </si>
+  <si>
+    <t>08:41:36</t>
   </si>
   <si>
     <t>08:41:16</t>
   </si>
   <si>
-    <t>Susanto</t>
-[...2 lines deleted...]
-    <t>08:41:36</t>
+    <t>Indriawati</t>
+  </si>
+  <si>
+    <t>Wantah</t>
+  </si>
+  <si>
+    <t>08:41:17</t>
   </si>
   <si>
     <t>Yosi</t>
   </si>
   <si>
     <t>Arfianto</t>
   </si>
   <si>
     <t>08:44:34</t>
   </si>
   <si>
     <t>Nelli</t>
   </si>
   <si>
     <t>Dastuti</t>
   </si>
   <si>
-    <t>Indriawati</t>
-[...7 lines deleted...]
-  <si>
     <t>Yulianto</t>
   </si>
   <si>
     <t>08:42:25</t>
   </si>
   <si>
+    <t>Ymc Hendriarko</t>
+  </si>
+  <si>
+    <t>Kms</t>
+  </si>
+  <si>
+    <t>08:46:15</t>
+  </si>
+  <si>
     <t>Kharis</t>
   </si>
   <si>
     <t>08:42:37</t>
   </si>
   <si>
-    <t>Ymc Hendriarko</t>
-[...5 lines deleted...]
-    <t>08:46:15</t>
+    <t>Yekti</t>
+  </si>
+  <si>
+    <t>08:42:51</t>
   </si>
   <si>
     <t>Fahd</t>
   </si>
   <si>
     <t>08:47:18</t>
   </si>
   <si>
-    <t>Yekti</t>
-[...2 lines deleted...]
-    <t>08:42:51</t>
+    <t>Agustino</t>
+  </si>
+  <si>
+    <t>Abdoeri Pratikno</t>
+  </si>
+  <si>
+    <t>08:43:04</t>
   </si>
   <si>
     <t>Ibnu</t>
   </si>
   <si>
     <t>Rizal</t>
   </si>
   <si>
     <t>08:48:02</t>
   </si>
   <si>
-    <t>Agustino</t>
-[...5 lines deleted...]
-    <t>08:43:04</t>
+    <t>Aulia Azwar</t>
+  </si>
+  <si>
+    <t>08:51:20</t>
   </si>
   <si>
     <t>Ahmad Fadhil</t>
   </si>
   <si>
     <t>Rizqan</t>
   </si>
   <si>
     <t>08:43:55</t>
   </si>
   <si>
-    <t>Aulia Azwar</t>
-[...2 lines deleted...]
-    <t>08:51:20</t>
+    <t>Dede</t>
+  </si>
+  <si>
+    <t>08:45:00</t>
   </si>
   <si>
     <t>Marulitua</t>
   </si>
   <si>
     <t>08:53:21</t>
   </si>
   <si>
-    <t>Dede</t>
-[...2 lines deleted...]
-    <t>08:45:00</t>
+    <t>Dwi Wahyu</t>
+  </si>
+  <si>
+    <t>Setiadi</t>
+  </si>
+  <si>
+    <t>08:45:07</t>
   </si>
   <si>
     <t>Eka Kurnia</t>
   </si>
   <si>
     <t>Kartono</t>
   </si>
   <si>
     <t>08:53:25</t>
   </si>
   <si>
-    <t>Dwi Wahyu</t>
-[...5 lines deleted...]
-    <t>08:45:07</t>
+    <t>Edgar Benjamin</t>
+  </si>
+  <si>
+    <t>Williams</t>
+  </si>
+  <si>
+    <t>08:57:02</t>
   </si>
   <si>
     <t>Adelino</t>
   </si>
   <si>
     <t>Thesaria</t>
   </si>
   <si>
     <t>08:45:13</t>
   </si>
   <si>
-    <t>Edgar Benjamin</t>
-[...5 lines deleted...]
-    <t>08:57:02</t>
+    <t>Nurahman</t>
+  </si>
+  <si>
+    <t>08:46:05</t>
   </si>
   <si>
     <t>Petrus</t>
   </si>
   <si>
     <t>08:58:12</t>
   </si>
   <si>
-    <t>Nurahman</t>
-[...4 lines deleted...]
-  <si>
     <t>Puguh</t>
   </si>
   <si>
     <t>Sarwono</t>
   </si>
   <si>
     <t>08:59:04</t>
   </si>
   <si>
     <t>Muhamad Deni</t>
   </si>
   <si>
     <t>08:46:06</t>
   </si>
   <si>
     <t>Reni</t>
   </si>
   <si>
     <t>Puspitasari</t>
   </si>
   <si>
     <t>09:02:26</t>
   </si>
   <si>
     <t>Rakhmat</t>
@@ -5018,86 +5018,86 @@
   <si>
     <t>09:02:27</t>
   </si>
   <si>
     <t>Jamaludin</t>
   </si>
   <si>
     <t>08:47:11</t>
   </si>
   <si>
     <t>Ztevan</t>
   </si>
   <si>
     <t>Arnold Henk</t>
   </si>
   <si>
     <t>09:02:50</t>
   </si>
   <si>
     <t>Susila</t>
   </si>
   <si>
     <t>08:47:31</t>
   </si>
   <si>
+    <t>Bobby</t>
+  </si>
+  <si>
+    <t>Hermanus</t>
+  </si>
+  <si>
+    <t>09:02:51</t>
+  </si>
+  <si>
     <t>Octovianus</t>
   </si>
   <si>
     <t>Engelberth</t>
   </si>
   <si>
     <t>08:48:26</t>
   </si>
   <si>
-    <t>Bobby</t>
-[...5 lines deleted...]
-    <t>09:02:51</t>
+    <t>Hadi</t>
+  </si>
+  <si>
+    <t>Prasojo</t>
+  </si>
+  <si>
+    <t>08:48:39</t>
   </si>
   <si>
     <t>Ingrid</t>
   </si>
   <si>
     <t>Gloria</t>
   </si>
   <si>
     <t>09:03:58</t>
   </si>
   <si>
-    <t>Hadi</t>
-[...7 lines deleted...]
-  <si>
     <t>08:48:53</t>
   </si>
   <si>
     <t>Bertha</t>
   </si>
   <si>
     <t>Mantowaty</t>
   </si>
   <si>
     <t>09:04:56</t>
   </si>
   <si>
     <t>Suprijadi</t>
   </si>
   <si>
     <t>08:49:06</t>
   </si>
   <si>
     <t>Hui</t>
   </si>
   <si>
     <t>09:07:46</t>
   </si>
   <si>
     <t>Welly Susanto</t>
@@ -5135,561 +5135,561 @@
   <si>
     <t>Ewin</t>
   </si>
   <si>
     <t>08:49:36</t>
   </si>
   <si>
     <t>Marlon Egbert</t>
   </si>
   <si>
     <t>Wattimena</t>
   </si>
   <si>
     <t>09:09:18</t>
   </si>
   <si>
     <t>Limantono</t>
   </si>
   <si>
     <t>08:50:02</t>
   </si>
   <si>
     <t>09:15:19</t>
   </si>
   <si>
+    <t>Hunter</t>
+  </si>
+  <si>
+    <t>Nainggolan</t>
+  </si>
+  <si>
+    <t>09:18:37</t>
+  </si>
+  <si>
     <t>Cakravastia</t>
   </si>
   <si>
     <t>08:50:04</t>
   </si>
   <si>
-    <t>Hunter</t>
-[...5 lines deleted...]
-    <t>09:18:37</t>
+    <t>Fresty</t>
+  </si>
+  <si>
+    <t>Boesya Layonda</t>
+  </si>
+  <si>
+    <t>09:18:43</t>
   </si>
   <si>
     <t>08:50:22</t>
   </si>
   <si>
-    <t>Fresty</t>
-[...5 lines deleted...]
-    <t>09:18:43</t>
+    <t>Muhammad Aldy</t>
+  </si>
+  <si>
+    <t>Prakoso</t>
+  </si>
+  <si>
+    <t>08:50:27</t>
   </si>
   <si>
     <t>Raditya</t>
   </si>
   <si>
     <t>Immanzah</t>
   </si>
   <si>
     <t>09:18:55</t>
   </si>
   <si>
-    <t>Muhammad Aldy</t>
-[...7 lines deleted...]
-  <si>
     <t>Prima</t>
   </si>
   <si>
     <t>09:19:04</t>
   </si>
   <si>
     <t>Mambat</t>
   </si>
   <si>
     <t>08:50:47</t>
   </si>
   <si>
+    <t>Eka Yulianda</t>
+  </si>
+  <si>
+    <t>Enani Putra</t>
+  </si>
+  <si>
+    <t>09:19:19</t>
+  </si>
+  <si>
     <t>Alfath</t>
   </si>
   <si>
     <t>Partadimadja</t>
   </si>
   <si>
     <t>08:51:08</t>
   </si>
   <si>
     <t>Puri</t>
   </si>
   <si>
-    <t>09:19:19</t>
-[...7 lines deleted...]
-  <si>
     <t>08:52:38</t>
   </si>
   <si>
     <t>Charley</t>
   </si>
   <si>
     <t>Seliang</t>
   </si>
   <si>
     <t>08:53:54</t>
   </si>
   <si>
     <t>Julita</t>
   </si>
   <si>
     <t>09:19:20</t>
   </si>
   <si>
+    <t>Rhamanda</t>
+  </si>
+  <si>
+    <t>08:54:23</t>
+  </si>
+  <si>
     <t>09:19:23</t>
   </si>
   <si>
-    <t>Rhamanda</t>
-[...4 lines deleted...]
-  <si>
     <t>Kian Yong</t>
   </si>
   <si>
     <t>Choong</t>
   </si>
   <si>
     <t>08:54:43</t>
   </si>
   <si>
     <t>Sari</t>
   </si>
   <si>
     <t>09:20:01</t>
   </si>
   <si>
+    <t>Reza Dias</t>
+  </si>
+  <si>
+    <t>Primadana</t>
+  </si>
+  <si>
+    <t>09:20:31</t>
+  </si>
+  <si>
     <t>08:54:54</t>
   </si>
   <si>
-    <t>Reza Dias</t>
-[...5 lines deleted...]
-    <t>09:20:31</t>
+    <t>Eduward</t>
+  </si>
+  <si>
+    <t>Ijakus Sakti</t>
+  </si>
+  <si>
+    <t>08:54:55</t>
   </si>
   <si>
     <t>Angkawibawa</t>
   </si>
   <si>
     <t>09:21:45</t>
   </si>
   <si>
-    <t>Eduward</t>
-[...7 lines deleted...]
-  <si>
     <t>Cheryl</t>
   </si>
   <si>
     <t>Parker</t>
   </si>
   <si>
     <t>08:55:38</t>
   </si>
   <si>
     <t>Poppy</t>
   </si>
   <si>
     <t>Octavia</t>
   </si>
   <si>
     <t>09:24:07</t>
   </si>
   <si>
+    <t>Richo</t>
+  </si>
+  <si>
+    <t>Prayudha</t>
+  </si>
+  <si>
+    <t>09:24:33</t>
+  </si>
+  <si>
     <t>Rahman</t>
   </si>
   <si>
-    <t>09:24:33</t>
-[...7 lines deleted...]
-  <si>
     <t>08:55:40</t>
   </si>
   <si>
     <t>Solehudin</t>
   </si>
   <si>
     <t>08:55:42</t>
   </si>
   <si>
     <t>Teodorus</t>
   </si>
   <si>
     <t>Wiyanto</t>
   </si>
   <si>
     <t>08:56:06</t>
   </si>
   <si>
     <t>Eka J</t>
   </si>
   <si>
     <t>Prajoga</t>
   </si>
   <si>
     <t>09:25:24</t>
   </si>
   <si>
     <t>08:56:19</t>
   </si>
   <si>
     <t>Dodi</t>
   </si>
   <si>
     <t>Rianto Rosya</t>
   </si>
   <si>
     <t>09:26:03</t>
   </si>
   <si>
+    <t>Titus</t>
+  </si>
+  <si>
+    <t>Yuwono</t>
+  </si>
+  <si>
+    <t>08:56:30</t>
+  </si>
+  <si>
     <t>Budcay</t>
   </si>
   <si>
     <t>Runner</t>
   </si>
   <si>
     <t>09:27:45</t>
   </si>
   <si>
-    <t>Titus</t>
-[...7 lines deleted...]
-  <si>
     <t>Syafiq Hazmy</t>
   </si>
   <si>
     <t>Zulhaimi</t>
   </si>
   <si>
     <t>09:28:27</t>
   </si>
   <si>
     <t>08:56:31</t>
   </si>
   <si>
+    <t>08:56:33</t>
+  </si>
+  <si>
     <t>Tuloh</t>
   </si>
   <si>
     <t>09:28:44</t>
   </si>
   <si>
-    <t>08:56:33</t>
-[...1 lines deleted...]
-  <si>
     <t>Mukhsin</t>
   </si>
   <si>
     <t>Alwy</t>
   </si>
   <si>
     <t>09:30:03</t>
   </si>
   <si>
     <t>Ridho Nur</t>
   </si>
   <si>
     <t>Imansyah</t>
   </si>
   <si>
     <t>08:56:52</t>
   </si>
   <si>
     <t>Barkah</t>
   </si>
   <si>
     <t>09:30:05</t>
   </si>
   <si>
     <t>Thomas Hengky</t>
   </si>
   <si>
     <t>Prabowo</t>
   </si>
   <si>
     <t>08:57:14</t>
   </si>
   <si>
+    <t>Ayi</t>
+  </si>
+  <si>
+    <t>Mulyati</t>
+  </si>
+  <si>
+    <t>09:30:12</t>
+  </si>
+  <si>
     <t>08:57:20</t>
   </si>
   <si>
-    <t>Ayi</t>
-[...7 lines deleted...]
-  <si>
     <t>Taufani</t>
   </si>
   <si>
     <t>08:58:24</t>
   </si>
   <si>
     <t>Tantriady</t>
   </si>
   <si>
     <t>09:30:26</t>
   </si>
   <si>
+    <t>Sigit</t>
+  </si>
+  <si>
+    <t>Pamungkas</t>
+  </si>
+  <si>
+    <t>08:59:15</t>
+  </si>
+  <si>
     <t>Hanif</t>
   </si>
   <si>
     <t>09:31:08</t>
   </si>
   <si>
-    <t>Sigit</t>
-[...5 lines deleted...]
-    <t>08:59:15</t>
+    <t>Nandi</t>
+  </si>
+  <si>
+    <t>Darmansyah</t>
+  </si>
+  <si>
+    <t>09:31:09</t>
   </si>
   <si>
     <t>Suvar</t>
   </si>
   <si>
     <t>Niode</t>
   </si>
   <si>
     <t>08:59:21</t>
   </si>
   <si>
-    <t>Nandi</t>
-[...5 lines deleted...]
-    <t>09:31:09</t>
+    <t>Seto</t>
+  </si>
+  <si>
+    <t>Adiantoro</t>
+  </si>
+  <si>
+    <t>09:32:54</t>
   </si>
   <si>
     <t>08:59:32</t>
   </si>
   <si>
-    <t>Seto</t>
-[...7 lines deleted...]
-  <si>
     <t>09:39:00</t>
   </si>
   <si>
     <t>Rully</t>
   </si>
   <si>
     <t>Kainama</t>
   </si>
   <si>
     <t>08:59:44</t>
   </si>
   <si>
     <t>Devi Arie</t>
   </si>
   <si>
     <t>Lubis</t>
   </si>
   <si>
     <t>09:43:37</t>
   </si>
   <si>
     <t>Aprialdi</t>
   </si>
   <si>
     <t>08:59:46</t>
   </si>
   <si>
     <t>Adita</t>
   </si>
   <si>
     <t>Irawati</t>
   </si>
   <si>
     <t>09:00:23</t>
   </si>
   <si>
     <t>Febrina</t>
   </si>
   <si>
     <t>Rumambi</t>
   </si>
   <si>
     <t>09:44:29</t>
   </si>
   <si>
+    <t>09:00:55</t>
+  </si>
+  <si>
     <t>Listya</t>
   </si>
   <si>
     <t>Nurina</t>
   </si>
   <si>
     <t>09:45:01</t>
   </si>
   <si>
-    <t>09:00:55</t>
-[...1 lines deleted...]
-  <si>
     <t>Dini</t>
   </si>
   <si>
     <t>Pusianawati</t>
   </si>
   <si>
     <t>09:48:35</t>
   </si>
   <si>
     <t>09:01:04</t>
   </si>
   <si>
+    <t>Erick</t>
+  </si>
+  <si>
+    <t>Caesar</t>
+  </si>
+  <si>
+    <t>09:51:15</t>
+  </si>
+  <si>
     <t>Hengky Kusumo</t>
   </si>
   <si>
     <t>09:01:05</t>
   </si>
   <si>
-    <t>Erick</t>
-[...5 lines deleted...]
-    <t>09:51:15</t>
+    <t>Wedo Tri</t>
+  </si>
+  <si>
+    <t>Hardjanto</t>
+  </si>
+  <si>
+    <t>09:52:14</t>
   </si>
   <si>
     <t>Ferdian</t>
   </si>
   <si>
     <t>09:02:21</t>
   </si>
   <si>
-    <t>Wedo Tri</t>
-[...5 lines deleted...]
-    <t>09:52:14</t>
+    <t>Risal</t>
+  </si>
+  <si>
+    <t>Heru</t>
+  </si>
+  <si>
+    <t>09:52:15</t>
   </si>
   <si>
     <t>Pardono</t>
   </si>
   <si>
     <t>09:03:15</t>
   </si>
   <si>
-    <t>Risal</t>
-[...5 lines deleted...]
-    <t>09:52:15</t>
+    <t>Hery</t>
+  </si>
+  <si>
+    <t>09:56:44</t>
   </si>
   <si>
     <t>Rhonaz</t>
   </si>
   <si>
     <t>09:03:32</t>
   </si>
   <si>
-    <t>Hery</t>
-[...2 lines deleted...]
-    <t>09:56:44</t>
+    <t>Chandra Lietyas</t>
+  </si>
+  <si>
+    <t>Muttaqin</t>
+  </si>
+  <si>
+    <t>10:00:56</t>
   </si>
   <si>
     <t>Rhajendra Arief</t>
   </si>
   <si>
     <t>09:04:07</t>
   </si>
   <si>
-    <t>Chandra Lietyas</t>
-[...5 lines deleted...]
-    <t>10:00:56</t>
+    <t>Metta Melani</t>
+  </si>
+  <si>
+    <t>10:02:17</t>
   </si>
   <si>
     <t>Febri</t>
   </si>
   <si>
     <t>Nurzami</t>
   </si>
   <si>
     <t>09:04:55</t>
-  </si>
-[...4 lines deleted...]
-    <t>10:02:17</t>
   </si>
   <si>
     <t>Amrul</t>
   </si>
   <si>
     <t>09:05:05</t>
   </si>
   <si>
     <t>Roy</t>
   </si>
   <si>
     <t>09:06:07</t>
   </si>
   <si>
     <t>Rahardjo</t>
   </si>
   <si>
     <t>09:06:08</t>
   </si>
   <si>
     <t>09:06:54</t>
   </si>
   <si>
     <t>Wiwit Ratna</t>
   </si>
@@ -6670,231 +6670,231 @@
       </c>
       <c r="H5" s="2" t="s">
         <v>30</v>
       </c>
       <c r="I5" s="2">
         <v>2</v>
       </c>
       <c r="J5" s="2">
         <v>2</v>
       </c>
       <c r="K5" s="2">
         <v>100</v>
       </c>
       <c r="L5" s="2">
         <v>350</v>
       </c>
       <c r="M5" s="2">
         <v>0</v>
       </c>
       <c r="N5" s="2">
         <v>450</v>
       </c>
     </row>
     <row r="6" spans="1:14">
       <c r="A6" s="2">
-        <v>102409</v>
+        <v>102021</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C6" s="2" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2">
-        <v>7227</v>
+        <v>7070</v>
       </c>
       <c r="F6" s="2" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="G6" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H6" s="2" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="I6" s="2">
         <v>2</v>
       </c>
       <c r="J6" s="2">
         <v>2</v>
       </c>
       <c r="K6" s="2">
         <v>100</v>
       </c>
       <c r="L6" s="2">
         <v>350</v>
       </c>
       <c r="M6" s="2">
         <v>0</v>
       </c>
       <c r="N6" s="2">
         <v>450</v>
       </c>
     </row>
     <row r="7" spans="1:14">
       <c r="A7" s="2">
-        <v>102021</v>
+        <v>102409</v>
       </c>
       <c r="B7" s="2" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="C7" s="2" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2">
-        <v>7070</v>
+        <v>7227</v>
       </c>
       <c r="F7" s="2" t="s">
-        <v>29</v>
+        <v>35</v>
       </c>
       <c r="G7" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H7" s="2" t="s">
         <v>36</v>
       </c>
       <c r="I7" s="2">
         <v>2</v>
       </c>
       <c r="J7" s="2">
         <v>2</v>
       </c>
       <c r="K7" s="2">
         <v>100</v>
       </c>
       <c r="L7" s="2">
         <v>350</v>
       </c>
       <c r="M7" s="2">
         <v>0</v>
       </c>
       <c r="N7" s="2">
         <v>450</v>
       </c>
     </row>
     <row r="8" spans="1:14">
       <c r="A8" s="2">
-        <v>102689</v>
+        <v>106207</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>37</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>38</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2">
-        <v>7031</v>
+        <v>7208</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>39</v>
       </c>
       <c r="G8" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H8" s="2" t="s">
         <v>40</v>
       </c>
       <c r="I8" s="2">
         <v>3</v>
       </c>
       <c r="J8" s="2">
         <v>3</v>
       </c>
       <c r="K8" s="2">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="L8" s="2">
-        <v>325</v>
+        <v>0</v>
       </c>
       <c r="M8" s="2">
         <v>0</v>
       </c>
       <c r="N8" s="2">
-        <v>425</v>
+        <v>0</v>
       </c>
     </row>
     <row r="9" spans="1:14">
       <c r="A9" s="2">
-        <v>106207</v>
+        <v>106722</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>41</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>42</v>
       </c>
-      <c r="D9" s="2"/>
+      <c r="D9" s="2" t="s">
+        <v>43</v>
+      </c>
       <c r="E9" s="2">
-        <v>7208</v>
+        <v>7647</v>
       </c>
       <c r="F9" s="2" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="G9" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H9" s="2" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="I9" s="2">
         <v>3</v>
       </c>
       <c r="J9" s="2">
         <v>3</v>
       </c>
       <c r="K9" s="2">
-        <v>0</v>
+        <v>100</v>
       </c>
       <c r="L9" s="2">
-        <v>0</v>
+        <v>325</v>
       </c>
       <c r="M9" s="2">
         <v>0</v>
       </c>
       <c r="N9" s="2">
-        <v>0</v>
+        <v>425</v>
       </c>
     </row>
     <row r="10" spans="1:14">
       <c r="A10" s="2">
-        <v>106722</v>
+        <v>102689</v>
       </c>
       <c r="B10" s="2" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="C10" s="2" t="s">
-        <v>46</v>
-[...1 lines deleted...]
-      <c r="D10" s="2" t="s">
         <v>47</v>
       </c>
+      <c r="D10" s="2"/>
       <c r="E10" s="2">
-        <v>7647</v>
+        <v>7031</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>48</v>
       </c>
       <c r="G10" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H10" s="2" t="s">
         <v>49</v>
       </c>
       <c r="I10" s="2">
         <v>3</v>
       </c>
       <c r="J10" s="2">
         <v>3</v>
       </c>
       <c r="K10" s="2">
         <v>100</v>
       </c>
       <c r="L10" s="2">
         <v>325</v>
       </c>
       <c r="M10" s="2">
         <v>0</v>
       </c>
@@ -6934,135 +6934,135 @@
       <c r="K11" s="2">
         <v>100</v>
       </c>
       <c r="L11" s="2">
         <v>300</v>
       </c>
       <c r="M11" s="2">
         <v>0</v>
       </c>
       <c r="N11" s="2">
         <v>400</v>
       </c>
     </row>
     <row r="12" spans="1:14">
       <c r="A12" s="2">
         <v>100973</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>53</v>
       </c>
       <c r="C12" s="2" t="s">
         <v>54</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2">
-        <v>7169</v>
+        <v>7034</v>
       </c>
       <c r="F12" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G12" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H12" s="2" t="s">
         <v>55</v>
       </c>
       <c r="I12" s="2">
         <v>4</v>
       </c>
       <c r="J12" s="2">
         <v>4</v>
       </c>
       <c r="K12" s="2">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="L12" s="2">
-        <v>300</v>
+        <v>0</v>
       </c>
       <c r="M12" s="2">
         <v>0</v>
       </c>
       <c r="N12" s="2">
-        <v>400</v>
+        <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:14">
       <c r="A13" s="2">
         <v>100973</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>53</v>
       </c>
       <c r="C13" s="2" t="s">
         <v>54</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2">
-        <v>7034</v>
+        <v>7169</v>
       </c>
       <c r="F13" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G13" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H13" s="2" t="s">
         <v>56</v>
       </c>
       <c r="I13" s="2">
         <v>4</v>
       </c>
       <c r="J13" s="2">
         <v>4</v>
       </c>
       <c r="K13" s="2">
-        <v>0</v>
+        <v>100</v>
       </c>
       <c r="L13" s="2">
-        <v>0</v>
+        <v>300</v>
       </c>
       <c r="M13" s="2">
         <v>0</v>
       </c>
       <c r="N13" s="2">
-        <v>0</v>
+        <v>400</v>
       </c>
     </row>
     <row r="14" spans="1:14">
       <c r="A14" s="2">
-        <v>102021</v>
+        <v>102688</v>
       </c>
       <c r="B14" s="2" t="s">
-        <v>35</v>
+        <v>27</v>
       </c>
       <c r="C14" s="2" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2">
-        <v>7076</v>
+        <v>7112</v>
       </c>
       <c r="F14" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G14" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H14" s="2" t="s">
         <v>57</v>
       </c>
       <c r="I14" s="2">
         <v>5</v>
       </c>
       <c r="J14" s="2">
         <v>5</v>
       </c>
       <c r="K14" s="2">
         <v>100</v>
       </c>
       <c r="L14" s="2">
         <v>275</v>
       </c>
       <c r="M14" s="2">
         <v>0</v>
       </c>
@@ -7092,311 +7092,311 @@
       </c>
       <c r="H15" s="2" t="s">
         <v>60</v>
       </c>
       <c r="I15" s="2">
         <v>5</v>
       </c>
       <c r="J15" s="2">
         <v>5</v>
       </c>
       <c r="K15" s="2">
         <v>100</v>
       </c>
       <c r="L15" s="2">
         <v>275</v>
       </c>
       <c r="M15" s="2">
         <v>0</v>
       </c>
       <c r="N15" s="2">
         <v>375</v>
       </c>
     </row>
     <row r="16" spans="1:14">
       <c r="A16" s="2">
-        <v>102688</v>
+        <v>102021</v>
       </c>
       <c r="B16" s="2" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="C16" s="2" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2">
-        <v>7112</v>
+        <v>7076</v>
       </c>
       <c r="F16" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G16" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H16" s="2" t="s">
         <v>61</v>
       </c>
       <c r="I16" s="2">
         <v>5</v>
       </c>
       <c r="J16" s="2">
         <v>5</v>
       </c>
       <c r="K16" s="2">
         <v>100</v>
       </c>
       <c r="L16" s="2">
         <v>275</v>
       </c>
       <c r="M16" s="2">
         <v>0</v>
       </c>
       <c r="N16" s="2">
         <v>375</v>
       </c>
     </row>
     <row r="17" spans="1:14">
       <c r="A17" s="2">
-        <v>102688</v>
+        <v>102691</v>
       </c>
       <c r="B17" s="2" t="s">
-        <v>27</v>
+        <v>62</v>
       </c>
       <c r="C17" s="2" t="s">
-        <v>28</v>
+        <v>63</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2">
-        <v>7044</v>
-[...3 lines deleted...]
-      </c>
+        <v>7625</v>
+      </c>
+      <c r="F17" s="2"/>
       <c r="G17" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H17" s="2" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="I17" s="2">
         <v>6</v>
       </c>
       <c r="J17" s="2">
         <v>6</v>
       </c>
       <c r="K17" s="2">
         <v>100</v>
       </c>
       <c r="L17" s="2">
         <v>250</v>
       </c>
       <c r="M17" s="2">
         <v>0</v>
       </c>
       <c r="N17" s="2">
         <v>350</v>
       </c>
     </row>
     <row r="18" spans="1:14">
       <c r="A18" s="2">
         <v>107628</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>58</v>
       </c>
       <c r="C18" s="2" t="s">
         <v>59</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2">
         <v>7645</v>
       </c>
       <c r="F18" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G18" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H18" s="2" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="I18" s="2">
         <v>6</v>
       </c>
       <c r="J18" s="2">
         <v>6</v>
       </c>
       <c r="K18" s="2">
         <v>100</v>
       </c>
       <c r="L18" s="2">
         <v>250</v>
       </c>
       <c r="M18" s="2">
         <v>0</v>
       </c>
       <c r="N18" s="2">
         <v>350</v>
       </c>
     </row>
     <row r="19" spans="1:14">
       <c r="A19" s="2">
-        <v>102691</v>
+        <v>102688</v>
       </c>
       <c r="B19" s="2" t="s">
-        <v>64</v>
+        <v>27</v>
       </c>
       <c r="C19" s="2" t="s">
-        <v>65</v>
+        <v>28</v>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2">
-        <v>7625</v>
-[...1 lines deleted...]
-      <c r="F19" s="2"/>
+        <v>7044</v>
+      </c>
+      <c r="F19" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="G19" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H19" s="2" t="s">
         <v>66</v>
       </c>
       <c r="I19" s="2">
         <v>6</v>
       </c>
       <c r="J19" s="2">
         <v>6</v>
       </c>
       <c r="K19" s="2">
         <v>100</v>
       </c>
       <c r="L19" s="2">
         <v>250</v>
       </c>
       <c r="M19" s="2">
         <v>0</v>
       </c>
       <c r="N19" s="2">
         <v>350</v>
       </c>
     </row>
     <row r="20" spans="1:14">
       <c r="A20" s="2">
-        <v>102699</v>
+        <v>102692</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>67</v>
       </c>
       <c r="C20" s="2" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2">
-        <v>7634</v>
+        <v>7503</v>
       </c>
       <c r="F20" s="2" t="s">
-        <v>48</v>
+        <v>29</v>
       </c>
       <c r="G20" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H20" s="2" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="I20" s="2">
         <v>7</v>
       </c>
       <c r="J20" s="2">
         <v>7</v>
       </c>
       <c r="K20" s="2">
         <v>100</v>
       </c>
       <c r="L20" s="2">
         <v>240</v>
       </c>
       <c r="M20" s="2">
         <v>0</v>
       </c>
       <c r="N20" s="2">
         <v>340</v>
       </c>
     </row>
     <row r="21" spans="1:14">
       <c r="A21" s="2">
-        <v>105603</v>
+        <v>102699</v>
       </c>
       <c r="B21" s="2" t="s">
+        <v>69</v>
+      </c>
+      <c r="C21" s="2" t="s">
         <v>70</v>
-      </c>
-[...1 lines deleted...]
-        <v>71</v>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2">
-        <v>7092</v>
+        <v>7634</v>
       </c>
       <c r="F21" s="2" t="s">
-        <v>29</v>
+        <v>44</v>
       </c>
       <c r="G21" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H21" s="2" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="I21" s="2">
         <v>7</v>
       </c>
       <c r="J21" s="2">
         <v>7</v>
       </c>
       <c r="K21" s="2">
         <v>100</v>
       </c>
       <c r="L21" s="2">
         <v>240</v>
       </c>
       <c r="M21" s="2">
         <v>0</v>
       </c>
       <c r="N21" s="2">
         <v>340</v>
       </c>
     </row>
     <row r="22" spans="1:14">
       <c r="A22" s="2">
-        <v>102692</v>
+        <v>105603</v>
       </c>
       <c r="B22" s="2" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="C22" s="2" t="s">
         <v>73</v>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2">
-        <v>7503</v>
+        <v>7092</v>
       </c>
       <c r="F22" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G22" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H22" s="2" t="s">
         <v>74</v>
       </c>
       <c r="I22" s="2">
         <v>7</v>
       </c>
       <c r="J22" s="2">
         <v>7</v>
       </c>
       <c r="K22" s="2">
         <v>100</v>
       </c>
       <c r="L22" s="2">
         <v>240</v>
       </c>
       <c r="M22" s="2">
         <v>0</v>
       </c>
@@ -7426,112 +7426,112 @@
       </c>
       <c r="H23" s="2" t="s">
         <v>78</v>
       </c>
       <c r="I23" s="2">
         <v>8</v>
       </c>
       <c r="J23" s="2">
         <v>1</v>
       </c>
       <c r="K23" s="2">
         <v>100</v>
       </c>
       <c r="L23" s="2">
         <v>400</v>
       </c>
       <c r="M23" s="2">
         <v>0</v>
       </c>
       <c r="N23" s="2">
         <v>500</v>
       </c>
     </row>
     <row r="24" spans="1:14">
       <c r="A24" s="2">
-        <v>107629</v>
+        <v>101118</v>
       </c>
       <c r="B24" s="2" t="s">
-        <v>50</v>
+        <v>79</v>
       </c>
       <c r="C24" s="2" t="s">
-        <v>51</v>
+        <v>80</v>
       </c>
       <c r="D24" s="2"/>
       <c r="E24" s="2">
-        <v>7196</v>
+        <v>7069</v>
       </c>
       <c r="F24" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G24" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H24" s="2" t="s">
-        <v>79</v>
+        <v>74</v>
       </c>
       <c r="I24" s="2">
         <v>8</v>
       </c>
       <c r="J24" s="2">
         <v>8</v>
       </c>
       <c r="K24" s="2">
         <v>100</v>
       </c>
       <c r="L24" s="2">
         <v>230</v>
       </c>
       <c r="M24" s="2">
         <v>0</v>
       </c>
       <c r="N24" s="2">
         <v>330</v>
       </c>
     </row>
     <row r="25" spans="1:14">
       <c r="A25" s="2">
-        <v>101118</v>
+        <v>107629</v>
       </c>
       <c r="B25" s="2" t="s">
-        <v>80</v>
+        <v>50</v>
       </c>
       <c r="C25" s="2" t="s">
-        <v>81</v>
+        <v>51</v>
       </c>
       <c r="D25" s="2"/>
       <c r="E25" s="2">
-        <v>7069</v>
+        <v>7196</v>
       </c>
       <c r="F25" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G25" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H25" s="2" t="s">
-        <v>72</v>
+        <v>81</v>
       </c>
       <c r="I25" s="2">
         <v>8</v>
       </c>
       <c r="J25" s="2">
         <v>8</v>
       </c>
       <c r="K25" s="2">
         <v>100</v>
       </c>
       <c r="L25" s="2">
         <v>230</v>
       </c>
       <c r="M25" s="2">
         <v>0</v>
       </c>
       <c r="N25" s="2">
         <v>330</v>
       </c>
     </row>
     <row r="26" spans="1:14">
       <c r="A26" s="2">
         <v>101985</v>
       </c>
       <c r="B26" s="2" t="s">
@@ -7552,836 +7552,836 @@
       </c>
       <c r="H26" s="2" t="s">
         <v>84</v>
       </c>
       <c r="I26" s="2">
         <v>9</v>
       </c>
       <c r="J26" s="2">
         <v>8</v>
       </c>
       <c r="K26" s="2">
         <v>100</v>
       </c>
       <c r="L26" s="2">
         <v>230</v>
       </c>
       <c r="M26" s="2">
         <v>0</v>
       </c>
       <c r="N26" s="2">
         <v>330</v>
       </c>
     </row>
     <row r="27" spans="1:14">
       <c r="A27" s="2">
-        <v>113071</v>
+        <v>102689</v>
       </c>
       <c r="B27" s="2" t="s">
-        <v>85</v>
+        <v>46</v>
       </c>
       <c r="C27" s="2" t="s">
-        <v>86</v>
+        <v>47</v>
       </c>
       <c r="D27" s="2"/>
       <c r="E27" s="2">
-        <v>7591</v>
+        <v>7207</v>
       </c>
       <c r="F27" s="2" t="s">
         <v>48</v>
       </c>
       <c r="G27" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H27" s="2" t="s">
-        <v>87</v>
+        <v>85</v>
       </c>
       <c r="I27" s="2">
         <v>9</v>
       </c>
       <c r="J27" s="2">
         <v>9</v>
       </c>
       <c r="K27" s="2">
         <v>100</v>
       </c>
       <c r="L27" s="2">
         <v>220</v>
       </c>
       <c r="M27" s="2">
         <v>0</v>
       </c>
       <c r="N27" s="2">
         <v>320</v>
       </c>
     </row>
     <row r="28" spans="1:14">
       <c r="A28" s="2">
-        <v>102689</v>
+        <v>113071</v>
       </c>
       <c r="B28" s="2" t="s">
-        <v>37</v>
+        <v>86</v>
       </c>
       <c r="C28" s="2" t="s">
-        <v>38</v>
+        <v>87</v>
       </c>
       <c r="D28" s="2"/>
       <c r="E28" s="2">
-        <v>7207</v>
+        <v>7591</v>
       </c>
       <c r="F28" s="2" t="s">
-        <v>39</v>
+        <v>44</v>
       </c>
       <c r="G28" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H28" s="2" t="s">
         <v>88</v>
       </c>
       <c r="I28" s="2">
         <v>9</v>
       </c>
       <c r="J28" s="2">
         <v>9</v>
       </c>
       <c r="K28" s="2">
         <v>100</v>
       </c>
       <c r="L28" s="2">
         <v>220</v>
       </c>
       <c r="M28" s="2">
         <v>0</v>
       </c>
       <c r="N28" s="2">
         <v>320</v>
       </c>
     </row>
     <row r="29" spans="1:14">
       <c r="A29" s="2">
-        <v>102694</v>
+        <v>102691</v>
       </c>
       <c r="B29" s="2" t="s">
-        <v>89</v>
+        <v>62</v>
       </c>
       <c r="C29" s="2" t="s">
-        <v>90</v>
+        <v>63</v>
       </c>
       <c r="D29" s="2"/>
       <c r="E29" s="2">
-        <v>7037</v>
-[...3 lines deleted...]
-      </c>
+        <v>7533</v>
+      </c>
+      <c r="F29" s="2"/>
       <c r="G29" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H29" s="2" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="I29" s="2">
         <v>10</v>
       </c>
       <c r="J29" s="2">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="K29" s="2">
         <v>100</v>
       </c>
       <c r="L29" s="2">
-        <v>220</v>
+        <v>210</v>
       </c>
       <c r="M29" s="2">
         <v>0</v>
       </c>
       <c r="N29" s="2">
-        <v>320</v>
+        <v>310</v>
       </c>
     </row>
     <row r="30" spans="1:14">
       <c r="A30" s="2">
         <v>106947</v>
       </c>
       <c r="B30" s="2" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="C30" s="2" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="D30" s="2"/>
       <c r="E30" s="2">
         <v>7094</v>
       </c>
       <c r="F30" s="2" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="G30" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H30" s="2" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="I30" s="2">
         <v>10</v>
       </c>
       <c r="J30" s="2">
         <v>10</v>
       </c>
       <c r="K30" s="2">
         <v>100</v>
       </c>
       <c r="L30" s="2">
         <v>210</v>
       </c>
       <c r="M30" s="2">
         <v>0</v>
       </c>
       <c r="N30" s="2">
         <v>310</v>
       </c>
     </row>
     <row r="31" spans="1:14">
       <c r="A31" s="2">
-        <v>102691</v>
+        <v>102694</v>
       </c>
       <c r="B31" s="2" t="s">
-        <v>64</v>
+        <v>93</v>
       </c>
       <c r="C31" s="2" t="s">
-        <v>65</v>
+        <v>94</v>
       </c>
       <c r="D31" s="2"/>
       <c r="E31" s="2">
-        <v>7533</v>
-[...1 lines deleted...]
-      <c r="F31" s="2"/>
+        <v>7037</v>
+      </c>
+      <c r="F31" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="G31" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H31" s="2" t="s">
         <v>95</v>
       </c>
       <c r="I31" s="2">
         <v>10</v>
       </c>
       <c r="J31" s="2">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="K31" s="2">
         <v>100</v>
       </c>
       <c r="L31" s="2">
-        <v>210</v>
+        <v>220</v>
       </c>
       <c r="M31" s="2">
         <v>0</v>
       </c>
       <c r="N31" s="2">
-        <v>310</v>
+        <v>320</v>
       </c>
     </row>
     <row r="32" spans="1:14">
       <c r="A32" s="2">
         <v>102418</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>96</v>
       </c>
       <c r="C32" s="2" t="s">
         <v>97</v>
       </c>
       <c r="D32" s="2"/>
       <c r="E32" s="2">
         <v>7136</v>
       </c>
       <c r="F32" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G32" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H32" s="2" t="s">
         <v>98</v>
       </c>
       <c r="I32" s="2">
         <v>11</v>
       </c>
       <c r="J32" s="2">
         <v>11</v>
       </c>
       <c r="K32" s="2">
         <v>100</v>
       </c>
       <c r="L32" s="2">
         <v>200</v>
       </c>
       <c r="M32" s="2">
         <v>0</v>
       </c>
       <c r="N32" s="2">
         <v>300</v>
       </c>
     </row>
     <row r="33" spans="1:14">
       <c r="A33" s="2">
-        <v>100979</v>
+        <v>106948</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>99</v>
       </c>
       <c r="C33" s="2" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="D33" s="2"/>
       <c r="E33" s="2">
-        <v>7530</v>
+        <v>7601</v>
       </c>
       <c r="F33" s="2" t="s">
-        <v>101</v>
+        <v>29</v>
       </c>
       <c r="G33" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H33" s="2" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="I33" s="2">
         <v>11</v>
       </c>
       <c r="J33" s="2">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="K33" s="2">
         <v>100</v>
       </c>
       <c r="L33" s="2">
-        <v>210</v>
+        <v>200</v>
       </c>
       <c r="M33" s="2">
         <v>0</v>
       </c>
       <c r="N33" s="2">
-        <v>310</v>
+        <v>300</v>
       </c>
     </row>
     <row r="34" spans="1:14">
       <c r="A34" s="2">
-        <v>106948</v>
+        <v>100979</v>
       </c>
       <c r="B34" s="2" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="C34" s="2" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="D34" s="2"/>
       <c r="E34" s="2">
-        <v>7601</v>
+        <v>7530</v>
       </c>
       <c r="F34" s="2" t="s">
-        <v>29</v>
+        <v>103</v>
       </c>
       <c r="G34" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H34" s="2" t="s">
         <v>104</v>
       </c>
       <c r="I34" s="2">
         <v>11</v>
       </c>
       <c r="J34" s="2">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="K34" s="2">
         <v>100</v>
       </c>
       <c r="L34" s="2">
-        <v>200</v>
+        <v>210</v>
       </c>
       <c r="M34" s="2">
         <v>0</v>
       </c>
       <c r="N34" s="2">
-        <v>300</v>
+        <v>310</v>
       </c>
     </row>
     <row r="35" spans="1:14">
       <c r="A35" s="2">
         <v>102696</v>
       </c>
       <c r="B35" s="2" t="s">
         <v>105</v>
       </c>
       <c r="C35" s="2" t="s">
         <v>106</v>
       </c>
       <c r="D35" s="2"/>
       <c r="E35" s="2">
-        <v>7228</v>
+        <v>7036</v>
       </c>
       <c r="F35" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G35" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H35" s="2" t="s">
         <v>107</v>
       </c>
       <c r="I35" s="2">
         <v>12</v>
       </c>
       <c r="J35" s="2">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="K35" s="2">
         <v>100</v>
       </c>
       <c r="L35" s="2">
-        <v>190</v>
+        <v>200</v>
       </c>
       <c r="M35" s="2">
         <v>0</v>
       </c>
       <c r="N35" s="2">
-        <v>290</v>
+        <v>300</v>
       </c>
     </row>
     <row r="36" spans="1:14">
       <c r="A36" s="2">
         <v>102696</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>105</v>
       </c>
       <c r="C36" s="2" t="s">
         <v>106</v>
       </c>
       <c r="D36" s="2"/>
       <c r="E36" s="2">
-        <v>7036</v>
+        <v>7228</v>
       </c>
       <c r="F36" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G36" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H36" s="2" t="s">
         <v>108</v>
       </c>
       <c r="I36" s="2">
         <v>12</v>
       </c>
       <c r="J36" s="2">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="K36" s="2">
         <v>100</v>
       </c>
       <c r="L36" s="2">
-        <v>200</v>
+        <v>190</v>
       </c>
       <c r="M36" s="2">
         <v>0</v>
       </c>
       <c r="N36" s="2">
-        <v>300</v>
+        <v>290</v>
       </c>
     </row>
     <row r="37" spans="1:14">
       <c r="A37" s="2">
         <v>103080</v>
       </c>
       <c r="B37" s="2" t="s">
         <v>109</v>
       </c>
       <c r="C37" s="2" t="s">
         <v>110</v>
       </c>
       <c r="D37" s="2"/>
       <c r="E37" s="2">
         <v>7624</v>
       </c>
       <c r="F37" s="2" t="s">
         <v>25</v>
       </c>
       <c r="G37" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H37" s="2" t="s">
         <v>111</v>
       </c>
       <c r="I37" s="2">
         <v>12</v>
       </c>
       <c r="J37" s="2">
         <v>12</v>
       </c>
       <c r="K37" s="2">
         <v>100</v>
       </c>
       <c r="L37" s="2">
         <v>190</v>
       </c>
       <c r="M37" s="2">
         <v>0</v>
       </c>
       <c r="N37" s="2">
         <v>290</v>
       </c>
     </row>
     <row r="38" spans="1:14">
       <c r="A38" s="2">
-        <v>112470</v>
+        <v>106949</v>
       </c>
       <c r="B38" s="2" t="s">
         <v>112</v>
       </c>
       <c r="C38" s="2" t="s">
         <v>113</v>
       </c>
       <c r="D38" s="2"/>
       <c r="E38" s="2">
-        <v>7188</v>
+        <v>7163</v>
       </c>
       <c r="F38" s="2"/>
       <c r="G38" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H38" s="2" t="s">
         <v>114</v>
       </c>
       <c r="I38" s="2">
         <v>13</v>
       </c>
       <c r="J38" s="2">
         <v>13</v>
       </c>
       <c r="K38" s="2">
         <v>100</v>
       </c>
       <c r="L38" s="2">
         <v>180</v>
       </c>
       <c r="M38" s="2">
         <v>0</v>
       </c>
       <c r="N38" s="2">
         <v>280</v>
       </c>
     </row>
     <row r="39" spans="1:14">
       <c r="A39" s="2">
-        <v>106949</v>
+        <v>102697</v>
       </c>
       <c r="B39" s="2" t="s">
         <v>115</v>
       </c>
       <c r="C39" s="2" t="s">
         <v>116</v>
       </c>
       <c r="D39" s="2"/>
       <c r="E39" s="2">
-        <v>7163</v>
-[...1 lines deleted...]
-      <c r="F39" s="2"/>
+        <v>7107</v>
+      </c>
+      <c r="F39" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="G39" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H39" s="2" t="s">
         <v>117</v>
       </c>
       <c r="I39" s="2">
         <v>13</v>
       </c>
       <c r="J39" s="2">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="K39" s="2">
         <v>100</v>
       </c>
       <c r="L39" s="2">
-        <v>180</v>
+        <v>190</v>
       </c>
       <c r="M39" s="2">
         <v>0</v>
       </c>
       <c r="N39" s="2">
-        <v>280</v>
+        <v>290</v>
       </c>
     </row>
     <row r="40" spans="1:14">
       <c r="A40" s="2">
-        <v>102697</v>
+        <v>112470</v>
       </c>
       <c r="B40" s="2" t="s">
         <v>118</v>
       </c>
       <c r="C40" s="2" t="s">
         <v>119</v>
       </c>
       <c r="D40" s="2"/>
       <c r="E40" s="2">
-        <v>7107</v>
-[...3 lines deleted...]
-      </c>
+        <v>7188</v>
+      </c>
+      <c r="F40" s="2"/>
       <c r="G40" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H40" s="2" t="s">
         <v>120</v>
       </c>
       <c r="I40" s="2">
         <v>13</v>
       </c>
       <c r="J40" s="2">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="K40" s="2">
         <v>100</v>
       </c>
       <c r="L40" s="2">
-        <v>190</v>
+        <v>180</v>
       </c>
       <c r="M40" s="2">
         <v>0</v>
       </c>
       <c r="N40" s="2">
-        <v>290</v>
+        <v>280</v>
       </c>
     </row>
     <row r="41" spans="1:14">
       <c r="A41" s="2">
-        <v>100974</v>
+        <v>106950</v>
       </c>
       <c r="B41" s="2" t="s">
         <v>121</v>
       </c>
       <c r="C41" s="2" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="D41" s="2"/>
       <c r="E41" s="2">
-        <v>8521</v>
-[...3 lines deleted...]
-      </c>
+        <v>7626</v>
+      </c>
+      <c r="F41" s="2"/>
       <c r="G41" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H41" s="2" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="I41" s="2">
         <v>14</v>
       </c>
       <c r="J41" s="2">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="K41" s="2">
         <v>100</v>
       </c>
       <c r="L41" s="2">
-        <v>180</v>
+        <v>170</v>
       </c>
       <c r="M41" s="2">
         <v>0</v>
       </c>
       <c r="N41" s="2">
-        <v>280</v>
+        <v>270</v>
       </c>
     </row>
     <row r="42" spans="1:14">
       <c r="A42" s="2">
-        <v>106950</v>
+        <v>100979</v>
       </c>
       <c r="B42" s="2" t="s">
-        <v>124</v>
+        <v>101</v>
       </c>
       <c r="C42" s="2" t="s">
-        <v>124</v>
+        <v>102</v>
       </c>
       <c r="D42" s="2"/>
       <c r="E42" s="2">
-        <v>7626</v>
-[...1 lines deleted...]
-      <c r="F42" s="2"/>
+        <v>7588</v>
+      </c>
+      <c r="F42" s="2" t="s">
+        <v>103</v>
+      </c>
       <c r="G42" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H42" s="2" t="s">
-        <v>125</v>
+        <v>123</v>
       </c>
       <c r="I42" s="2">
         <v>14</v>
       </c>
       <c r="J42" s="2">
         <v>14</v>
       </c>
       <c r="K42" s="2">
         <v>100</v>
       </c>
       <c r="L42" s="2">
         <v>170</v>
       </c>
       <c r="M42" s="2">
         <v>0</v>
       </c>
       <c r="N42" s="2">
         <v>270</v>
       </c>
     </row>
     <row r="43" spans="1:14">
       <c r="A43" s="2">
-        <v>100979</v>
+        <v>100974</v>
       </c>
       <c r="B43" s="2" t="s">
-        <v>99</v>
+        <v>124</v>
       </c>
       <c r="C43" s="2" t="s">
-        <v>100</v>
+        <v>125</v>
       </c>
       <c r="D43" s="2"/>
       <c r="E43" s="2">
-        <v>7588</v>
+        <v>8521</v>
       </c>
       <c r="F43" s="2" t="s">
-        <v>101</v>
+        <v>29</v>
       </c>
       <c r="G43" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H43" s="2" t="s">
         <v>126</v>
       </c>
       <c r="I43" s="2">
         <v>14</v>
       </c>
       <c r="J43" s="2">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="K43" s="2">
         <v>100</v>
       </c>
       <c r="L43" s="2">
-        <v>170</v>
+        <v>180</v>
       </c>
       <c r="M43" s="2">
         <v>0</v>
       </c>
       <c r="N43" s="2">
-        <v>270</v>
+        <v>280</v>
       </c>
     </row>
     <row r="44" spans="1:14">
       <c r="A44" s="2">
-        <v>105603</v>
+        <v>102698</v>
       </c>
       <c r="B44" s="2" t="s">
-        <v>70</v>
+        <v>127</v>
       </c>
       <c r="C44" s="2" t="s">
-        <v>71</v>
+        <v>128</v>
       </c>
       <c r="D44" s="2"/>
       <c r="E44" s="2">
-        <v>7162</v>
+        <v>7526</v>
       </c>
       <c r="F44" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G44" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H44" s="2" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="I44" s="2">
         <v>15</v>
       </c>
       <c r="J44" s="2">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="K44" s="2">
         <v>100</v>
       </c>
       <c r="L44" s="2">
-        <v>160</v>
+        <v>170</v>
       </c>
       <c r="M44" s="2">
         <v>0</v>
       </c>
       <c r="N44" s="2">
-        <v>260</v>
+        <v>270</v>
       </c>
     </row>
     <row r="45" spans="1:14">
       <c r="A45" s="2">
-        <v>102698</v>
+        <v>105603</v>
       </c>
       <c r="B45" s="2" t="s">
-        <v>128</v>
+        <v>72</v>
       </c>
       <c r="C45" s="2" t="s">
-        <v>129</v>
+        <v>73</v>
       </c>
       <c r="D45" s="2"/>
       <c r="E45" s="2">
-        <v>7526</v>
+        <v>7162</v>
       </c>
       <c r="F45" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G45" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H45" s="2" t="s">
         <v>130</v>
       </c>
       <c r="I45" s="2">
         <v>15</v>
       </c>
       <c r="J45" s="2">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="K45" s="2">
         <v>100</v>
       </c>
       <c r="L45" s="2">
-        <v>170</v>
+        <v>160</v>
       </c>
       <c r="M45" s="2">
         <v>0</v>
       </c>
       <c r="N45" s="2">
-        <v>270</v>
+        <v>260</v>
       </c>
     </row>
     <row r="46" spans="1:14">
       <c r="A46" s="2">
         <v>113072</v>
       </c>
       <c r="B46" s="2" t="s">
         <v>131</v>
       </c>
       <c r="C46" s="2" t="s">
         <v>132</v>
       </c>
       <c r="D46" s="2"/>
       <c r="E46" s="2">
         <v>7055</v>
       </c>
       <c r="F46" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G46" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H46" s="2" t="s">
         <v>133</v>
       </c>
@@ -8426,148 +8426,148 @@
       </c>
       <c r="H47" s="2" t="s">
         <v>136</v>
       </c>
       <c r="I47" s="2">
         <v>16</v>
       </c>
       <c r="J47" s="2">
         <v>16</v>
       </c>
       <c r="K47" s="2">
         <v>100</v>
       </c>
       <c r="L47" s="2">
         <v>150</v>
       </c>
       <c r="M47" s="2">
         <v>0</v>
       </c>
       <c r="N47" s="2">
         <v>250</v>
       </c>
     </row>
     <row r="48" spans="1:14">
       <c r="A48" s="2">
-        <v>107634</v>
+        <v>102699</v>
       </c>
       <c r="B48" s="2" t="s">
-        <v>137</v>
+        <v>69</v>
       </c>
       <c r="C48" s="2" t="s">
-        <v>138</v>
+        <v>70</v>
       </c>
       <c r="D48" s="2"/>
       <c r="E48" s="2">
-        <v>7121</v>
+        <v>7014</v>
       </c>
       <c r="F48" s="2" t="s">
-        <v>29</v>
+        <v>44</v>
       </c>
       <c r="G48" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H48" s="2" t="s">
-        <v>139</v>
+        <v>137</v>
       </c>
       <c r="I48" s="2">
         <v>16</v>
       </c>
       <c r="J48" s="2">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="K48" s="2">
         <v>100</v>
       </c>
       <c r="L48" s="2">
-        <v>150</v>
+        <v>160</v>
       </c>
       <c r="M48" s="2">
         <v>0</v>
       </c>
       <c r="N48" s="2">
-        <v>250</v>
+        <v>260</v>
       </c>
     </row>
     <row r="49" spans="1:14">
       <c r="A49" s="2">
-        <v>102699</v>
+        <v>107634</v>
       </c>
       <c r="B49" s="2" t="s">
-        <v>67</v>
+        <v>138</v>
       </c>
       <c r="C49" s="2" t="s">
-        <v>68</v>
+        <v>139</v>
       </c>
       <c r="D49" s="2"/>
       <c r="E49" s="2">
-        <v>7014</v>
+        <v>7121</v>
       </c>
       <c r="F49" s="2" t="s">
-        <v>48</v>
+        <v>29</v>
       </c>
       <c r="G49" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H49" s="2" t="s">
         <v>140</v>
       </c>
       <c r="I49" s="2">
         <v>16</v>
       </c>
       <c r="J49" s="2">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="K49" s="2">
         <v>100</v>
       </c>
       <c r="L49" s="2">
-        <v>160</v>
+        <v>150</v>
       </c>
       <c r="M49" s="2">
         <v>0</v>
       </c>
       <c r="N49" s="2">
-        <v>260</v>
+        <v>250</v>
       </c>
     </row>
     <row r="50" spans="1:14">
       <c r="A50" s="2">
         <v>113074</v>
       </c>
       <c r="B50" s="2" t="s">
         <v>141</v>
       </c>
       <c r="C50" s="2" t="s">
         <v>142</v>
       </c>
       <c r="D50" s="2"/>
       <c r="E50" s="2">
         <v>7554</v>
       </c>
       <c r="F50" s="2" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="G50" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H50" s="2" t="s">
         <v>143</v>
       </c>
       <c r="I50" s="2">
         <v>17</v>
       </c>
       <c r="J50" s="2">
         <v>17</v>
       </c>
       <c r="K50" s="2">
         <v>100</v>
       </c>
       <c r="L50" s="2">
         <v>140</v>
       </c>
       <c r="M50" s="2">
         <v>0</v>
       </c>
       <c r="N50" s="2">
         <v>240</v>
       </c>
@@ -8636,256 +8636,256 @@
       </c>
       <c r="H52" s="2" t="s">
         <v>148</v>
       </c>
       <c r="I52" s="2">
         <v>17</v>
       </c>
       <c r="J52" s="2">
         <v>16</v>
       </c>
       <c r="K52" s="2">
         <v>100</v>
       </c>
       <c r="L52" s="2">
         <v>150</v>
       </c>
       <c r="M52" s="2">
         <v>0</v>
       </c>
       <c r="N52" s="2">
         <v>250</v>
       </c>
     </row>
     <row r="53" spans="1:14">
       <c r="A53" s="2">
-        <v>102696</v>
+        <v>102701</v>
       </c>
       <c r="B53" s="2" t="s">
-        <v>105</v>
+        <v>149</v>
       </c>
       <c r="C53" s="2" t="s">
-        <v>106</v>
+        <v>150</v>
       </c>
       <c r="D53" s="2"/>
       <c r="E53" s="2">
-        <v>7199</v>
+        <v>7093</v>
       </c>
       <c r="F53" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G53" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H53" s="2" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="I53" s="2">
         <v>18</v>
       </c>
       <c r="J53" s="2">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="K53" s="2">
         <v>100</v>
       </c>
       <c r="L53" s="2">
-        <v>130</v>
+        <v>140</v>
       </c>
       <c r="M53" s="2">
         <v>0</v>
       </c>
       <c r="N53" s="2">
-        <v>230</v>
+        <v>240</v>
       </c>
     </row>
     <row r="54" spans="1:14">
       <c r="A54" s="2">
-        <v>102701</v>
+        <v>113075</v>
       </c>
       <c r="B54" s="2" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="C54" s="2" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="D54" s="2"/>
       <c r="E54" s="2">
-        <v>7093</v>
+        <v>7011</v>
       </c>
       <c r="F54" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G54" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H54" s="2" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="I54" s="2">
         <v>18</v>
       </c>
       <c r="J54" s="2">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="K54" s="2">
         <v>100</v>
       </c>
       <c r="L54" s="2">
-        <v>140</v>
+        <v>130</v>
       </c>
       <c r="M54" s="2">
         <v>0</v>
       </c>
       <c r="N54" s="2">
-        <v>240</v>
+        <v>230</v>
       </c>
     </row>
     <row r="55" spans="1:14">
       <c r="A55" s="2">
-        <v>113075</v>
+        <v>102696</v>
       </c>
       <c r="B55" s="2" t="s">
-        <v>153</v>
+        <v>105</v>
       </c>
       <c r="C55" s="2" t="s">
-        <v>154</v>
+        <v>106</v>
       </c>
       <c r="D55" s="2"/>
       <c r="E55" s="2">
-        <v>7011</v>
+        <v>7199</v>
       </c>
       <c r="F55" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G55" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H55" s="2" t="s">
         <v>155</v>
       </c>
       <c r="I55" s="2">
         <v>18</v>
       </c>
       <c r="J55" s="2">
         <v>18</v>
       </c>
       <c r="K55" s="2">
         <v>100</v>
       </c>
       <c r="L55" s="2">
         <v>130</v>
       </c>
       <c r="M55" s="2">
         <v>0</v>
       </c>
       <c r="N55" s="2">
         <v>230</v>
       </c>
     </row>
     <row r="56" spans="1:14">
       <c r="A56" s="2">
-        <v>113076</v>
+        <v>102702</v>
       </c>
       <c r="B56" s="2" t="s">
         <v>156</v>
       </c>
       <c r="C56" s="2" t="s">
         <v>157</v>
       </c>
       <c r="D56" s="2"/>
       <c r="E56" s="2">
-        <v>8006</v>
+        <v>7590</v>
       </c>
       <c r="F56" s="2" t="s">
-        <v>48</v>
+        <v>29</v>
       </c>
       <c r="G56" s="2" t="s">
-        <v>77</v>
+        <v>17</v>
       </c>
       <c r="H56" s="2" t="s">
         <v>158</v>
       </c>
       <c r="I56" s="2">
         <v>19</v>
       </c>
       <c r="J56" s="2">
-        <v>1</v>
+        <v>18</v>
       </c>
       <c r="K56" s="2">
         <v>100</v>
       </c>
       <c r="L56" s="2">
-        <v>400</v>
+        <v>130</v>
       </c>
       <c r="M56" s="2">
         <v>0</v>
       </c>
       <c r="N56" s="2">
-        <v>500</v>
+        <v>230</v>
       </c>
     </row>
     <row r="57" spans="1:14">
       <c r="A57" s="2">
-        <v>102702</v>
+        <v>113076</v>
       </c>
       <c r="B57" s="2" t="s">
         <v>159</v>
       </c>
       <c r="C57" s="2" t="s">
         <v>160</v>
       </c>
       <c r="D57" s="2"/>
       <c r="E57" s="2">
-        <v>7590</v>
+        <v>8006</v>
       </c>
       <c r="F57" s="2" t="s">
-        <v>29</v>
+        <v>44</v>
       </c>
       <c r="G57" s="2" t="s">
-        <v>17</v>
+        <v>77</v>
       </c>
       <c r="H57" s="2" t="s">
         <v>161</v>
       </c>
       <c r="I57" s="2">
         <v>19</v>
       </c>
       <c r="J57" s="2">
-        <v>18</v>
+        <v>1</v>
       </c>
       <c r="K57" s="2">
         <v>100</v>
       </c>
       <c r="L57" s="2">
-        <v>130</v>
+        <v>400</v>
       </c>
       <c r="M57" s="2">
         <v>0</v>
       </c>
       <c r="N57" s="2">
-        <v>230</v>
+        <v>500</v>
       </c>
     </row>
     <row r="58" spans="1:14">
       <c r="A58" s="2">
         <v>103114</v>
       </c>
       <c r="B58" s="2" t="s">
         <v>162</v>
       </c>
       <c r="C58" s="2" t="s">
         <v>163</v>
       </c>
       <c r="D58" s="2"/>
       <c r="E58" s="2">
         <v>8043</v>
       </c>
       <c r="F58" s="2" t="s">
         <v>164</v>
       </c>
       <c r="G58" s="2" t="s">
         <v>77</v>
       </c>
       <c r="H58" s="2" t="s">
         <v>165</v>
       </c>
@@ -9180,232 +9180,232 @@
       </c>
       <c r="H65" s="2" t="s">
         <v>182</v>
       </c>
       <c r="I65" s="2">
         <v>22</v>
       </c>
       <c r="J65" s="2">
         <v>2</v>
       </c>
       <c r="K65" s="2">
         <v>100</v>
       </c>
       <c r="L65" s="2">
         <v>350</v>
       </c>
       <c r="M65" s="2">
         <v>0</v>
       </c>
       <c r="N65" s="2">
         <v>450</v>
       </c>
     </row>
     <row r="66" spans="1:14">
       <c r="A66" s="2">
-        <v>101973</v>
+        <v>102777</v>
       </c>
       <c r="B66" s="2" t="s">
         <v>183</v>
       </c>
       <c r="C66" s="2" t="s">
         <v>184</v>
       </c>
       <c r="D66" s="2"/>
       <c r="E66" s="2">
-        <v>7653</v>
+        <v>7628</v>
       </c>
       <c r="F66" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G66" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H66" s="2" t="s">
         <v>185</v>
       </c>
       <c r="I66" s="2">
         <v>22</v>
       </c>
       <c r="J66" s="2">
         <v>21</v>
       </c>
       <c r="K66" s="2">
         <v>100</v>
       </c>
       <c r="L66" s="2">
         <v>100</v>
       </c>
       <c r="M66" s="2">
         <v>0</v>
       </c>
       <c r="N66" s="2">
         <v>200</v>
       </c>
     </row>
     <row r="67" spans="1:14">
       <c r="A67" s="2">
-        <v>102777</v>
+        <v>101973</v>
       </c>
       <c r="B67" s="2" t="s">
         <v>186</v>
       </c>
       <c r="C67" s="2" t="s">
         <v>187</v>
       </c>
       <c r="D67" s="2"/>
       <c r="E67" s="2">
-        <v>7628</v>
+        <v>7653</v>
       </c>
       <c r="F67" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G67" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H67" s="2" t="s">
         <v>188</v>
       </c>
       <c r="I67" s="2">
         <v>22</v>
       </c>
       <c r="J67" s="2">
         <v>21</v>
       </c>
       <c r="K67" s="2">
         <v>100</v>
       </c>
       <c r="L67" s="2">
         <v>100</v>
       </c>
       <c r="M67" s="2">
         <v>0</v>
       </c>
       <c r="N67" s="2">
         <v>200</v>
       </c>
     </row>
     <row r="68" spans="1:14">
       <c r="A68" s="2">
-        <v>102706</v>
+        <v>106955</v>
       </c>
       <c r="B68" s="2" t="s">
         <v>189</v>
       </c>
       <c r="C68" s="2" t="s">
         <v>190</v>
       </c>
       <c r="D68" s="2"/>
       <c r="E68" s="2">
-        <v>7102</v>
+        <v>7085</v>
       </c>
       <c r="F68" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G68" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H68" s="2" t="s">
         <v>191</v>
       </c>
       <c r="I68" s="2">
         <v>23</v>
       </c>
       <c r="J68" s="2">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="K68" s="2">
         <v>100</v>
       </c>
       <c r="L68" s="2">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="M68" s="2">
         <v>0</v>
       </c>
       <c r="N68" s="2">
-        <v>200</v>
+        <v>199</v>
       </c>
     </row>
     <row r="69" spans="1:14">
       <c r="A69" s="2">
-        <v>106960</v>
+        <v>102706</v>
       </c>
       <c r="B69" s="2" t="s">
         <v>192</v>
       </c>
       <c r="C69" s="2" t="s">
         <v>193</v>
       </c>
       <c r="D69" s="2"/>
       <c r="E69" s="2">
-        <v>7663</v>
+        <v>7102</v>
       </c>
       <c r="F69" s="2" t="s">
+        <v>29</v>
+      </c>
+      <c r="G69" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="H69" s="2" t="s">
         <v>194</v>
-      </c>
-[...4 lines deleted...]
-        <v>195</v>
       </c>
       <c r="I69" s="2">
         <v>23</v>
       </c>
       <c r="J69" s="2">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="K69" s="2">
         <v>100</v>
       </c>
       <c r="L69" s="2">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="M69" s="2">
         <v>0</v>
       </c>
       <c r="N69" s="2">
-        <v>199</v>
+        <v>200</v>
       </c>
     </row>
     <row r="70" spans="1:14">
       <c r="A70" s="2">
-        <v>106955</v>
+        <v>106960</v>
       </c>
       <c r="B70" s="2" t="s">
+        <v>195</v>
+      </c>
+      <c r="C70" s="2" t="s">
         <v>196</v>
-      </c>
-[...1 lines deleted...]
-        <v>197</v>
       </c>
       <c r="D70" s="2"/>
       <c r="E70" s="2">
-        <v>7085</v>
+        <v>7663</v>
       </c>
       <c r="F70" s="2" t="s">
-        <v>29</v>
+        <v>197</v>
       </c>
       <c r="G70" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H70" s="2" t="s">
         <v>198</v>
       </c>
       <c r="I70" s="2">
         <v>23</v>
       </c>
       <c r="J70" s="2">
         <v>22</v>
       </c>
       <c r="K70" s="2">
         <v>100</v>
       </c>
       <c r="L70" s="2">
         <v>99</v>
       </c>
       <c r="M70" s="2">
         <v>0</v>
       </c>
       <c r="N70" s="2">
         <v>199</v>
       </c>
@@ -9638,1065 +9638,1065 @@
       </c>
       <c r="H76" s="2" t="s">
         <v>216</v>
       </c>
       <c r="I76" s="2">
         <v>25</v>
       </c>
       <c r="J76" s="2">
         <v>24</v>
       </c>
       <c r="K76" s="2">
         <v>100</v>
       </c>
       <c r="L76" s="2">
         <v>97</v>
       </c>
       <c r="M76" s="2">
         <v>0</v>
       </c>
       <c r="N76" s="2">
         <v>197</v>
       </c>
     </row>
     <row r="77" spans="1:14">
       <c r="A77" s="2">
-        <v>102706</v>
+        <v>113079</v>
       </c>
       <c r="B77" s="2" t="s">
-        <v>189</v>
+        <v>217</v>
       </c>
       <c r="C77" s="2" t="s">
-        <v>190</v>
+        <v>218</v>
       </c>
       <c r="D77" s="2"/>
       <c r="E77" s="2">
-        <v>7098</v>
+        <v>7041</v>
       </c>
       <c r="F77" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G77" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H77" s="2" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="I77" s="2">
         <v>26</v>
       </c>
       <c r="J77" s="2">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="K77" s="2">
         <v>100</v>
       </c>
       <c r="L77" s="2">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="M77" s="2">
         <v>0</v>
       </c>
       <c r="N77" s="2">
-        <v>196</v>
+        <v>197</v>
       </c>
     </row>
     <row r="78" spans="1:14">
       <c r="A78" s="2">
-        <v>113079</v>
+        <v>102708</v>
       </c>
       <c r="B78" s="2" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="C78" s="2" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="D78" s="2"/>
       <c r="E78" s="2">
-        <v>7041</v>
+        <v>7153</v>
       </c>
       <c r="F78" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G78" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H78" s="2" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="I78" s="2">
         <v>26</v>
       </c>
       <c r="J78" s="2">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="K78" s="2">
         <v>100</v>
       </c>
       <c r="L78" s="2">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="M78" s="2">
         <v>0</v>
       </c>
       <c r="N78" s="2">
-        <v>197</v>
+        <v>198</v>
       </c>
     </row>
     <row r="79" spans="1:14">
       <c r="A79" s="2">
-        <v>102708</v>
+        <v>102706</v>
       </c>
       <c r="B79" s="2" t="s">
-        <v>221</v>
+        <v>192</v>
       </c>
       <c r="C79" s="2" t="s">
-        <v>222</v>
+        <v>193</v>
       </c>
       <c r="D79" s="2"/>
       <c r="E79" s="2">
-        <v>7153</v>
+        <v>7098</v>
       </c>
       <c r="F79" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G79" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H79" s="2" t="s">
         <v>223</v>
       </c>
       <c r="I79" s="2">
         <v>26</v>
       </c>
       <c r="J79" s="2">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="K79" s="2">
         <v>100</v>
       </c>
       <c r="L79" s="2">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="M79" s="2">
         <v>0</v>
       </c>
       <c r="N79" s="2">
-        <v>198</v>
+        <v>196</v>
       </c>
     </row>
     <row r="80" spans="1:14">
       <c r="A80" s="2">
-        <v>102694</v>
+        <v>111638</v>
       </c>
       <c r="B80" s="2" t="s">
-        <v>89</v>
+        <v>224</v>
       </c>
       <c r="C80" s="2" t="s">
-        <v>90</v>
+        <v>225</v>
       </c>
       <c r="D80" s="2"/>
       <c r="E80" s="2">
-        <v>7120</v>
+        <v>7067</v>
       </c>
       <c r="F80" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G80" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H80" s="2" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="I80" s="2">
         <v>27</v>
       </c>
       <c r="J80" s="2">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="K80" s="2">
         <v>100</v>
       </c>
       <c r="L80" s="2">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="M80" s="2">
         <v>0</v>
       </c>
       <c r="N80" s="2">
-        <v>195</v>
+        <v>196</v>
       </c>
     </row>
     <row r="81" spans="1:14">
       <c r="A81" s="2">
-        <v>111638</v>
+        <v>102709</v>
       </c>
       <c r="B81" s="2" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="C81" s="2" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
       <c r="D81" s="2"/>
       <c r="E81" s="2">
-        <v>7067</v>
+        <v>7052</v>
       </c>
       <c r="F81" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G81" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H81" s="2" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="I81" s="2">
         <v>27</v>
       </c>
       <c r="J81" s="2">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="K81" s="2">
         <v>100</v>
       </c>
       <c r="L81" s="2">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="M81" s="2">
         <v>0</v>
       </c>
       <c r="N81" s="2">
-        <v>196</v>
+        <v>197</v>
       </c>
     </row>
     <row r="82" spans="1:14">
       <c r="A82" s="2">
-        <v>102709</v>
+        <v>102694</v>
       </c>
       <c r="B82" s="2" t="s">
-        <v>228</v>
+        <v>93</v>
       </c>
       <c r="C82" s="2" t="s">
-        <v>229</v>
+        <v>94</v>
       </c>
       <c r="D82" s="2"/>
       <c r="E82" s="2">
-        <v>7052</v>
+        <v>7120</v>
       </c>
       <c r="F82" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G82" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H82" s="2" t="s">
         <v>230</v>
       </c>
       <c r="I82" s="2">
         <v>27</v>
       </c>
       <c r="J82" s="2">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="K82" s="2">
         <v>100</v>
       </c>
       <c r="L82" s="2">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="M82" s="2">
         <v>0</v>
       </c>
       <c r="N82" s="2">
-        <v>197</v>
+        <v>195</v>
       </c>
     </row>
     <row r="83" spans="1:14">
       <c r="A83" s="2">
         <v>102710</v>
       </c>
       <c r="B83" s="2" t="s">
         <v>231</v>
       </c>
       <c r="C83" s="2" t="s">
         <v>232</v>
       </c>
       <c r="D83" s="2"/>
       <c r="E83" s="2">
         <v>7127</v>
       </c>
       <c r="F83" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G83" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H83" s="2" t="s">
         <v>233</v>
       </c>
       <c r="I83" s="2">
         <v>28</v>
       </c>
       <c r="J83" s="2">
         <v>25</v>
       </c>
       <c r="K83" s="2">
         <v>100</v>
       </c>
       <c r="L83" s="2">
         <v>96</v>
       </c>
       <c r="M83" s="2">
         <v>0</v>
       </c>
       <c r="N83" s="2">
         <v>196</v>
       </c>
     </row>
     <row r="84" spans="1:14">
       <c r="A84" s="2">
-        <v>113254</v>
+        <v>102721</v>
       </c>
       <c r="B84" s="2" t="s">
         <v>234</v>
       </c>
       <c r="C84" s="2" t="s">
         <v>235</v>
       </c>
       <c r="D84" s="2"/>
       <c r="E84" s="2">
-        <v>7658</v>
+        <v>7533</v>
       </c>
       <c r="F84" s="2" t="s">
-        <v>168</v>
+        <v>29</v>
       </c>
       <c r="G84" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H84" s="2" t="s">
         <v>236</v>
       </c>
       <c r="I84" s="2">
         <v>28</v>
       </c>
       <c r="J84" s="2">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="K84" s="2">
         <v>100</v>
       </c>
       <c r="L84" s="2">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="M84" s="2">
         <v>0</v>
       </c>
       <c r="N84" s="2">
-        <v>195</v>
+        <v>194</v>
       </c>
     </row>
     <row r="85" spans="1:14">
       <c r="A85" s="2">
-        <v>102721</v>
+        <v>113254</v>
       </c>
       <c r="B85" s="2" t="s">
         <v>237</v>
       </c>
       <c r="C85" s="2" t="s">
         <v>238</v>
       </c>
       <c r="D85" s="2"/>
       <c r="E85" s="2">
-        <v>7533</v>
+        <v>7658</v>
       </c>
       <c r="F85" s="2" t="s">
-        <v>29</v>
+        <v>168</v>
       </c>
       <c r="G85" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H85" s="2" t="s">
         <v>239</v>
       </c>
       <c r="I85" s="2">
         <v>28</v>
       </c>
       <c r="J85" s="2">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="K85" s="2">
         <v>100</v>
       </c>
       <c r="L85" s="2">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="M85" s="2">
         <v>0</v>
       </c>
       <c r="N85" s="2">
-        <v>194</v>
+        <v>195</v>
       </c>
     </row>
     <row r="86" spans="1:14">
       <c r="A86" s="2">
-        <v>105233</v>
+        <v>102711</v>
       </c>
       <c r="B86" s="2" t="s">
         <v>240</v>
       </c>
       <c r="C86" s="2" t="s">
         <v>241</v>
       </c>
       <c r="D86" s="2"/>
       <c r="E86" s="2">
-        <v>8526</v>
+        <v>7534</v>
       </c>
       <c r="F86" s="2" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="G86" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H86" s="2" t="s">
         <v>242</v>
       </c>
       <c r="I86" s="2">
         <v>29</v>
       </c>
       <c r="J86" s="2">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="K86" s="2">
         <v>100</v>
       </c>
       <c r="L86" s="2">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="M86" s="2">
         <v>0</v>
       </c>
       <c r="N86" s="2">
-        <v>193</v>
+        <v>195</v>
       </c>
     </row>
     <row r="87" spans="1:14">
       <c r="A87" s="2">
-        <v>102711</v>
+        <v>106986</v>
       </c>
       <c r="B87" s="2" t="s">
         <v>243</v>
       </c>
       <c r="C87" s="2" t="s">
         <v>244</v>
       </c>
       <c r="D87" s="2"/>
       <c r="E87" s="2">
-        <v>7534</v>
+        <v>7649</v>
       </c>
       <c r="F87" s="2" t="s">
-        <v>29</v>
+        <v>44</v>
       </c>
       <c r="G87" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H87" s="2" t="s">
         <v>245</v>
       </c>
       <c r="I87" s="2">
         <v>29</v>
       </c>
       <c r="J87" s="2">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="K87" s="2">
         <v>100</v>
       </c>
       <c r="L87" s="2">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="M87" s="2">
         <v>0</v>
       </c>
       <c r="N87" s="2">
-        <v>195</v>
+        <v>194</v>
       </c>
     </row>
     <row r="88" spans="1:14">
       <c r="A88" s="2">
-        <v>106986</v>
+        <v>105233</v>
       </c>
       <c r="B88" s="2" t="s">
         <v>246</v>
       </c>
       <c r="C88" s="2" t="s">
         <v>247</v>
       </c>
       <c r="D88" s="2"/>
       <c r="E88" s="2">
-        <v>7649</v>
+        <v>8526</v>
       </c>
       <c r="F88" s="2" t="s">
-        <v>48</v>
+        <v>25</v>
       </c>
       <c r="G88" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H88" s="2" t="s">
         <v>248</v>
       </c>
       <c r="I88" s="2">
         <v>29</v>
       </c>
       <c r="J88" s="2">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="K88" s="2">
         <v>100</v>
       </c>
       <c r="L88" s="2">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="M88" s="2">
         <v>0</v>
       </c>
       <c r="N88" s="2">
-        <v>194</v>
+        <v>193</v>
       </c>
     </row>
     <row r="89" spans="1:14">
       <c r="A89" s="2">
         <v>113082</v>
       </c>
       <c r="B89" s="2" t="s">
         <v>249</v>
       </c>
       <c r="C89" s="2" t="s">
         <v>250</v>
       </c>
       <c r="D89" s="2"/>
       <c r="E89" s="2">
         <v>7132</v>
       </c>
       <c r="F89" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G89" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H89" s="2" t="s">
         <v>251</v>
       </c>
       <c r="I89" s="2">
         <v>30</v>
       </c>
       <c r="J89" s="2">
         <v>28</v>
       </c>
       <c r="K89" s="2">
         <v>100</v>
       </c>
       <c r="L89" s="2">
         <v>93</v>
       </c>
       <c r="M89" s="2">
         <v>0</v>
       </c>
       <c r="N89" s="2">
         <v>193</v>
       </c>
     </row>
     <row r="90" spans="1:14">
       <c r="A90" s="2">
         <v>106960</v>
       </c>
       <c r="B90" s="2" t="s">
-        <v>192</v>
+        <v>195</v>
       </c>
       <c r="C90" s="2" t="s">
-        <v>193</v>
+        <v>196</v>
       </c>
       <c r="D90" s="2"/>
       <c r="E90" s="2">
         <v>7575</v>
       </c>
       <c r="F90" s="2" t="s">
-        <v>194</v>
+        <v>197</v>
       </c>
       <c r="G90" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H90" s="2" t="s">
         <v>252</v>
       </c>
       <c r="I90" s="2">
         <v>30</v>
       </c>
       <c r="J90" s="2">
         <v>29</v>
       </c>
       <c r="K90" s="2">
         <v>100</v>
       </c>
       <c r="L90" s="2">
         <v>92</v>
       </c>
       <c r="M90" s="2">
         <v>0</v>
       </c>
       <c r="N90" s="2">
         <v>192</v>
       </c>
     </row>
     <row r="91" spans="1:14">
       <c r="A91" s="2">
         <v>102712</v>
       </c>
       <c r="B91" s="2" t="s">
         <v>253</v>
       </c>
       <c r="C91" s="2" t="s">
         <v>254</v>
       </c>
       <c r="D91" s="2"/>
       <c r="E91" s="2">
         <v>7158</v>
       </c>
       <c r="F91" s="2" t="s">
-        <v>39</v>
+        <v>48</v>
       </c>
       <c r="G91" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H91" s="2" t="s">
         <v>255</v>
       </c>
       <c r="I91" s="2">
         <v>30</v>
       </c>
       <c r="J91" s="2">
         <v>27</v>
       </c>
       <c r="K91" s="2">
         <v>100</v>
       </c>
       <c r="L91" s="2">
         <v>94</v>
       </c>
       <c r="M91" s="2">
         <v>0</v>
       </c>
       <c r="N91" s="2">
         <v>194</v>
       </c>
     </row>
     <row r="92" spans="1:14">
       <c r="A92" s="2">
-        <v>101985</v>
+        <v>113083</v>
       </c>
       <c r="B92" s="2" t="s">
-        <v>82</v>
+        <v>256</v>
       </c>
       <c r="C92" s="2" t="s">
-        <v>83</v>
+        <v>257</v>
       </c>
       <c r="D92" s="2"/>
       <c r="E92" s="2">
-        <v>7194</v>
+        <v>7603</v>
       </c>
       <c r="F92" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G92" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H92" s="2" t="s">
-        <v>256</v>
+        <v>258</v>
       </c>
       <c r="I92" s="2">
         <v>31</v>
       </c>
       <c r="J92" s="2">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="K92" s="2">
         <v>100</v>
       </c>
       <c r="L92" s="2">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="M92" s="2">
         <v>0</v>
       </c>
       <c r="N92" s="2">
-        <v>191</v>
+        <v>192</v>
       </c>
     </row>
     <row r="93" spans="1:14">
       <c r="A93" s="2">
-        <v>113083</v>
+        <v>101985</v>
       </c>
       <c r="B93" s="2" t="s">
-        <v>257</v>
+        <v>82</v>
       </c>
       <c r="C93" s="2" t="s">
-        <v>258</v>
+        <v>83</v>
       </c>
       <c r="D93" s="2"/>
       <c r="E93" s="2">
-        <v>7603</v>
+        <v>7194</v>
       </c>
       <c r="F93" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G93" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H93" s="2" t="s">
         <v>259</v>
       </c>
       <c r="I93" s="2">
         <v>31</v>
       </c>
       <c r="J93" s="2">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="K93" s="2">
         <v>100</v>
       </c>
       <c r="L93" s="2">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="M93" s="2">
         <v>0</v>
       </c>
       <c r="N93" s="2">
-        <v>192</v>
+        <v>191</v>
       </c>
     </row>
     <row r="94" spans="1:14">
       <c r="A94" s="2">
         <v>102713</v>
       </c>
       <c r="B94" s="2" t="s">
         <v>260</v>
       </c>
       <c r="C94" s="2" t="s">
         <v>261</v>
       </c>
       <c r="D94" s="2"/>
       <c r="E94" s="2">
         <v>7002</v>
       </c>
       <c r="F94" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G94" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H94" s="2" t="s">
         <v>262</v>
       </c>
       <c r="I94" s="2">
         <v>31</v>
       </c>
       <c r="J94" s="2">
         <v>28</v>
       </c>
       <c r="K94" s="2">
         <v>100</v>
       </c>
       <c r="L94" s="2">
         <v>93</v>
       </c>
       <c r="M94" s="2">
         <v>0</v>
       </c>
       <c r="N94" s="2">
         <v>193</v>
       </c>
     </row>
     <row r="95" spans="1:14">
       <c r="A95" s="2">
-        <v>104485</v>
+        <v>102404</v>
       </c>
       <c r="B95" s="2" t="s">
         <v>263</v>
       </c>
       <c r="C95" s="2" t="s">
         <v>264</v>
       </c>
       <c r="D95" s="2"/>
       <c r="E95" s="2">
-        <v>7020</v>
+        <v>8508</v>
       </c>
       <c r="F95" s="2" t="s">
-        <v>164</v>
+        <v>29</v>
       </c>
       <c r="G95" s="2" t="s">
-        <v>17</v>
+        <v>77</v>
       </c>
       <c r="H95" s="2" t="s">
         <v>265</v>
       </c>
       <c r="I95" s="2">
         <v>32</v>
       </c>
       <c r="J95" s="2">
-        <v>31</v>
+        <v>4</v>
       </c>
       <c r="K95" s="2">
         <v>100</v>
       </c>
       <c r="L95" s="2">
-        <v>90</v>
+        <v>300</v>
       </c>
       <c r="M95" s="2">
         <v>0</v>
       </c>
       <c r="N95" s="2">
-        <v>190</v>
+        <v>400</v>
       </c>
     </row>
     <row r="96" spans="1:14">
       <c r="A96" s="2">
-        <v>102404</v>
+        <v>113084</v>
       </c>
       <c r="B96" s="2" t="s">
         <v>266</v>
       </c>
       <c r="C96" s="2" t="s">
         <v>267</v>
       </c>
       <c r="D96" s="2"/>
       <c r="E96" s="2">
-        <v>8508</v>
+        <v>7081</v>
       </c>
       <c r="F96" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G96" s="2" t="s">
-        <v>77</v>
+        <v>17</v>
       </c>
       <c r="H96" s="2" t="s">
         <v>268</v>
       </c>
       <c r="I96" s="2">
         <v>32</v>
       </c>
       <c r="J96" s="2">
-        <v>4</v>
+        <v>30</v>
       </c>
       <c r="K96" s="2">
         <v>100</v>
       </c>
       <c r="L96" s="2">
-        <v>300</v>
+        <v>91</v>
       </c>
       <c r="M96" s="2">
         <v>0</v>
       </c>
       <c r="N96" s="2">
-        <v>400</v>
+        <v>191</v>
       </c>
     </row>
     <row r="97" spans="1:14">
       <c r="A97" s="2">
-        <v>113084</v>
+        <v>104485</v>
       </c>
       <c r="B97" s="2" t="s">
         <v>269</v>
       </c>
       <c r="C97" s="2" t="s">
         <v>270</v>
       </c>
       <c r="D97" s="2"/>
       <c r="E97" s="2">
-        <v>7081</v>
+        <v>7020</v>
       </c>
       <c r="F97" s="2" t="s">
-        <v>29</v>
+        <v>164</v>
       </c>
       <c r="G97" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H97" s="2" t="s">
         <v>271</v>
       </c>
       <c r="I97" s="2">
         <v>32</v>
       </c>
       <c r="J97" s="2">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="K97" s="2">
         <v>100</v>
       </c>
       <c r="L97" s="2">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="M97" s="2">
         <v>0</v>
       </c>
       <c r="N97" s="2">
-        <v>191</v>
+        <v>190</v>
       </c>
     </row>
     <row r="98" spans="1:14">
       <c r="A98" s="2">
-        <v>102759</v>
+        <v>102705</v>
       </c>
       <c r="B98" s="2" t="s">
-        <v>272</v>
+        <v>180</v>
       </c>
       <c r="C98" s="2" t="s">
-        <v>273</v>
+        <v>181</v>
       </c>
       <c r="D98" s="2"/>
       <c r="E98" s="2">
-        <v>7661</v>
+        <v>8008</v>
       </c>
       <c r="F98" s="2" t="s">
-        <v>48</v>
+        <v>29</v>
       </c>
       <c r="G98" s="2" t="s">
-        <v>17</v>
+        <v>77</v>
       </c>
       <c r="H98" s="2" t="s">
-        <v>274</v>
+        <v>272</v>
       </c>
       <c r="I98" s="2">
         <v>33</v>
       </c>
       <c r="J98" s="2">
-        <v>31</v>
+        <v>2</v>
       </c>
       <c r="K98" s="2">
         <v>100</v>
       </c>
       <c r="L98" s="2">
-        <v>90</v>
+        <v>350</v>
       </c>
       <c r="M98" s="2">
         <v>0</v>
       </c>
       <c r="N98" s="2">
-        <v>190</v>
+        <v>450</v>
       </c>
     </row>
     <row r="99" spans="1:14">
       <c r="A99" s="2">
-        <v>102705</v>
+        <v>102759</v>
       </c>
       <c r="B99" s="2" t="s">
-        <v>180</v>
+        <v>273</v>
       </c>
       <c r="C99" s="2" t="s">
-        <v>181</v>
+        <v>274</v>
       </c>
       <c r="D99" s="2"/>
       <c r="E99" s="2">
-        <v>8008</v>
+        <v>7661</v>
       </c>
       <c r="F99" s="2" t="s">
-        <v>29</v>
+        <v>44</v>
       </c>
       <c r="G99" s="2" t="s">
-        <v>77</v>
+        <v>17</v>
       </c>
       <c r="H99" s="2" t="s">
         <v>275</v>
       </c>
       <c r="I99" s="2">
         <v>33</v>
       </c>
       <c r="J99" s="2">
-        <v>2</v>
+        <v>31</v>
       </c>
       <c r="K99" s="2">
         <v>100</v>
       </c>
       <c r="L99" s="2">
-        <v>350</v>
+        <v>90</v>
       </c>
       <c r="M99" s="2">
         <v>0</v>
       </c>
       <c r="N99" s="2">
-        <v>450</v>
+        <v>190</v>
       </c>
     </row>
     <row r="100" spans="1:14">
       <c r="A100" s="2">
         <v>102003</v>
       </c>
       <c r="B100" s="2" t="s">
         <v>276</v>
       </c>
       <c r="C100" s="2" t="s">
         <v>277</v>
       </c>
       <c r="D100" s="2"/>
       <c r="E100" s="2">
         <v>7165</v>
       </c>
       <c r="F100" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G100" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H100" s="2" t="s">
         <v>278</v>
       </c>
       <c r="I100" s="2">
         <v>33</v>
       </c>
       <c r="J100" s="2">
         <v>29</v>
       </c>
       <c r="K100" s="2">
         <v>100</v>
       </c>
       <c r="L100" s="2">
         <v>92</v>
       </c>
       <c r="M100" s="2">
         <v>0</v>
       </c>
       <c r="N100" s="2">
         <v>192</v>
       </c>
     </row>
     <row r="101" spans="1:14">
       <c r="A101" s="2">
         <v>102721</v>
       </c>
       <c r="B101" s="2" t="s">
-        <v>237</v>
+        <v>234</v>
       </c>
       <c r="C101" s="2" t="s">
-        <v>238</v>
+        <v>235</v>
       </c>
       <c r="D101" s="2"/>
       <c r="E101" s="2">
         <v>7520</v>
       </c>
       <c r="F101" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G101" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H101" s="2" t="s">
         <v>279</v>
       </c>
       <c r="I101" s="2">
         <v>34</v>
       </c>
       <c r="J101" s="2">
         <v>32</v>
       </c>
       <c r="K101" s="2">
         <v>100</v>
       </c>
       <c r="L101" s="2">
         <v>89</v>
@@ -10815,61 +10815,61 @@
       </c>
       <c r="I104" s="2">
         <v>35</v>
       </c>
       <c r="J104" s="2">
         <v>31</v>
       </c>
       <c r="K104" s="2">
         <v>100</v>
       </c>
       <c r="L104" s="2">
         <v>90</v>
       </c>
       <c r="M104" s="2">
         <v>0</v>
       </c>
       <c r="N104" s="2">
         <v>190</v>
       </c>
     </row>
     <row r="105" spans="1:14">
       <c r="A105" s="2">
         <v>113087</v>
       </c>
       <c r="B105" s="2" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="C105" s="2" t="s">
         <v>289</v>
       </c>
       <c r="D105" s="2"/>
       <c r="E105" s="2">
         <v>7590</v>
       </c>
       <c r="F105" s="2" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="G105" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H105" s="2" t="s">
         <v>290</v>
       </c>
       <c r="I105" s="2">
         <v>35</v>
       </c>
       <c r="J105" s="2">
         <v>33</v>
       </c>
       <c r="K105" s="2">
         <v>100</v>
       </c>
       <c r="L105" s="2">
         <v>88</v>
       </c>
       <c r="M105" s="2">
         <v>0</v>
       </c>
       <c r="N105" s="2">
         <v>188</v>
       </c>
@@ -11018,546 +11018,546 @@
       </c>
       <c r="H109" s="2" t="s">
         <v>301</v>
       </c>
       <c r="I109" s="2">
         <v>36</v>
       </c>
       <c r="J109" s="2">
         <v>34</v>
       </c>
       <c r="K109" s="2">
         <v>100</v>
       </c>
       <c r="L109" s="2">
         <v>87</v>
       </c>
       <c r="M109" s="2">
         <v>0</v>
       </c>
       <c r="N109" s="2">
         <v>187</v>
       </c>
     </row>
     <row r="110" spans="1:14">
       <c r="A110" s="2">
-        <v>102403</v>
+        <v>105211</v>
       </c>
       <c r="B110" s="2" t="s">
         <v>302</v>
       </c>
       <c r="C110" s="2" t="s">
         <v>303</v>
       </c>
       <c r="D110" s="2"/>
       <c r="E110" s="2">
-        <v>7040</v>
+        <v>7170</v>
       </c>
       <c r="F110" s="2" t="s">
-        <v>29</v>
+        <v>304</v>
       </c>
       <c r="G110" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H110" s="2" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="I110" s="2">
         <v>37</v>
       </c>
       <c r="J110" s="2">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="K110" s="2">
         <v>100</v>
       </c>
       <c r="L110" s="2">
-        <v>88</v>
+        <v>86</v>
       </c>
       <c r="M110" s="2">
         <v>0</v>
       </c>
       <c r="N110" s="2">
-        <v>188</v>
+        <v>186</v>
       </c>
     </row>
     <row r="111" spans="1:14">
       <c r="A111" s="2">
-        <v>105211</v>
+        <v>106994</v>
       </c>
       <c r="B111" s="2" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="C111" s="2" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="D111" s="2"/>
       <c r="E111" s="2">
-        <v>7170</v>
+        <v>7028</v>
       </c>
       <c r="F111" s="2" t="s">
-        <v>307</v>
+        <v>29</v>
       </c>
       <c r="G111" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H111" s="2" t="s">
         <v>308</v>
       </c>
       <c r="I111" s="2">
         <v>37</v>
       </c>
       <c r="J111" s="2">
         <v>35</v>
       </c>
       <c r="K111" s="2">
         <v>100</v>
       </c>
       <c r="L111" s="2">
         <v>86</v>
       </c>
       <c r="M111" s="2">
         <v>0</v>
       </c>
       <c r="N111" s="2">
         <v>186</v>
       </c>
     </row>
     <row r="112" spans="1:14">
       <c r="A112" s="2">
-        <v>106994</v>
+        <v>102403</v>
       </c>
       <c r="B112" s="2" t="s">
         <v>309</v>
       </c>
       <c r="C112" s="2" t="s">
         <v>310</v>
       </c>
       <c r="D112" s="2"/>
       <c r="E112" s="2">
-        <v>7028</v>
+        <v>7040</v>
       </c>
       <c r="F112" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G112" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H112" s="2" t="s">
         <v>311</v>
       </c>
       <c r="I112" s="2">
         <v>37</v>
       </c>
       <c r="J112" s="2">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="K112" s="2">
         <v>100</v>
       </c>
       <c r="L112" s="2">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="M112" s="2">
         <v>0</v>
       </c>
       <c r="N112" s="2">
-        <v>186</v>
+        <v>188</v>
       </c>
     </row>
     <row r="113" spans="1:14">
       <c r="A113" s="2">
-        <v>106989</v>
+        <v>102719</v>
       </c>
       <c r="B113" s="2" t="s">
         <v>312</v>
       </c>
       <c r="C113" s="2" t="s">
         <v>313</v>
       </c>
       <c r="D113" s="2"/>
       <c r="E113" s="2">
-        <v>7040</v>
-[...1 lines deleted...]
-      <c r="F113" s="2"/>
+        <v>7539</v>
+      </c>
+      <c r="F113" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="G113" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H113" s="2" t="s">
         <v>314</v>
       </c>
       <c r="I113" s="2">
         <v>38</v>
       </c>
       <c r="J113" s="2">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="K113" s="2">
         <v>100</v>
       </c>
       <c r="L113" s="2">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="M113" s="2">
         <v>0</v>
       </c>
       <c r="N113" s="2">
-        <v>185</v>
+        <v>187</v>
       </c>
     </row>
     <row r="114" spans="1:14">
       <c r="A114" s="2">
         <v>106967</v>
       </c>
       <c r="B114" s="2" t="s">
         <v>315</v>
       </c>
       <c r="C114" s="2" t="s">
         <v>316</v>
       </c>
       <c r="D114" s="2"/>
       <c r="E114" s="2">
         <v>7532</v>
       </c>
       <c r="F114" s="2"/>
       <c r="G114" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H114" s="2" t="s">
         <v>317</v>
       </c>
       <c r="I114" s="2">
         <v>38</v>
       </c>
       <c r="J114" s="2">
         <v>36</v>
       </c>
       <c r="K114" s="2">
         <v>100</v>
       </c>
       <c r="L114" s="2">
         <v>85</v>
       </c>
       <c r="M114" s="2">
         <v>0</v>
       </c>
       <c r="N114" s="2">
         <v>185</v>
       </c>
     </row>
     <row r="115" spans="1:14">
       <c r="A115" s="2">
-        <v>102719</v>
+        <v>106989</v>
       </c>
       <c r="B115" s="2" t="s">
         <v>318</v>
       </c>
       <c r="C115" s="2" t="s">
         <v>319</v>
       </c>
       <c r="D115" s="2"/>
       <c r="E115" s="2">
-        <v>7539</v>
-[...3 lines deleted...]
-      </c>
+        <v>7040</v>
+      </c>
+      <c r="F115" s="2"/>
       <c r="G115" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H115" s="2" t="s">
         <v>320</v>
       </c>
       <c r="I115" s="2">
         <v>38</v>
       </c>
       <c r="J115" s="2">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="K115" s="2">
         <v>100</v>
       </c>
       <c r="L115" s="2">
-        <v>87</v>
+        <v>85</v>
       </c>
       <c r="M115" s="2">
         <v>0</v>
       </c>
       <c r="N115" s="2">
-        <v>187</v>
+        <v>185</v>
       </c>
     </row>
     <row r="116" spans="1:14">
       <c r="A116" s="2">
         <v>113090</v>
       </c>
       <c r="B116" s="2" t="s">
         <v>321</v>
       </c>
       <c r="C116" s="2" t="s">
         <v>322</v>
       </c>
       <c r="D116" s="2"/>
       <c r="E116" s="2">
         <v>7058</v>
       </c>
       <c r="F116" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G116" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H116" s="2" t="s">
         <v>323</v>
       </c>
       <c r="I116" s="2">
         <v>39</v>
       </c>
       <c r="J116" s="2">
         <v>37</v>
       </c>
       <c r="K116" s="2">
         <v>100</v>
       </c>
       <c r="L116" s="2">
         <v>84</v>
       </c>
       <c r="M116" s="2">
         <v>0</v>
       </c>
       <c r="N116" s="2">
         <v>184</v>
       </c>
     </row>
     <row r="117" spans="1:14">
       <c r="A117" s="2">
-        <v>102720</v>
+        <v>102781</v>
       </c>
       <c r="B117" s="2" t="s">
         <v>324</v>
       </c>
       <c r="C117" s="2" t="s">
         <v>325</v>
       </c>
       <c r="D117" s="2"/>
       <c r="E117" s="2">
-        <v>7581</v>
+        <v>7021</v>
       </c>
       <c r="F117" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G117" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H117" s="2" t="s">
         <v>326</v>
       </c>
       <c r="I117" s="2">
         <v>39</v>
       </c>
       <c r="J117" s="2">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="K117" s="2">
         <v>100</v>
       </c>
       <c r="L117" s="2">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="M117" s="2">
         <v>0</v>
       </c>
       <c r="N117" s="2">
-        <v>186</v>
+        <v>184</v>
       </c>
     </row>
     <row r="118" spans="1:14">
       <c r="A118" s="2">
-        <v>102781</v>
+        <v>102720</v>
       </c>
       <c r="B118" s="2" t="s">
         <v>327</v>
       </c>
       <c r="C118" s="2" t="s">
         <v>328</v>
       </c>
       <c r="D118" s="2"/>
       <c r="E118" s="2">
-        <v>7021</v>
+        <v>7581</v>
       </c>
       <c r="F118" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G118" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H118" s="2" t="s">
         <v>329</v>
       </c>
       <c r="I118" s="2">
         <v>39</v>
       </c>
       <c r="J118" s="2">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="K118" s="2">
         <v>100</v>
       </c>
       <c r="L118" s="2">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="M118" s="2">
         <v>0</v>
       </c>
       <c r="N118" s="2">
-        <v>184</v>
+        <v>186</v>
       </c>
     </row>
     <row r="119" spans="1:14">
       <c r="A119" s="2">
-        <v>102721</v>
+        <v>113091</v>
       </c>
       <c r="B119" s="2" t="s">
-        <v>237</v>
+        <v>330</v>
       </c>
       <c r="C119" s="2" t="s">
-        <v>238</v>
+        <v>331</v>
       </c>
       <c r="D119" s="2"/>
       <c r="E119" s="2">
-        <v>7544</v>
+        <v>7636</v>
       </c>
       <c r="F119" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G119" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H119" s="2" t="s">
-        <v>330</v>
+        <v>332</v>
       </c>
       <c r="I119" s="2">
         <v>40</v>
       </c>
       <c r="J119" s="2">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="K119" s="2">
         <v>100</v>
       </c>
       <c r="L119" s="2">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="M119" s="2">
         <v>0</v>
       </c>
       <c r="N119" s="2">
-        <v>185</v>
+        <v>183</v>
       </c>
     </row>
     <row r="120" spans="1:14">
       <c r="A120" s="2">
         <v>102037</v>
       </c>
       <c r="B120" s="2" t="s">
         <v>208</v>
       </c>
       <c r="C120" s="2" t="s">
         <v>209</v>
       </c>
       <c r="D120" s="2"/>
       <c r="E120" s="2">
         <v>8003</v>
       </c>
       <c r="F120" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G120" s="2" t="s">
         <v>77</v>
       </c>
       <c r="H120" s="2" t="s">
-        <v>331</v>
+        <v>333</v>
       </c>
       <c r="I120" s="2">
         <v>40</v>
       </c>
       <c r="J120" s="2">
         <v>3</v>
       </c>
       <c r="K120" s="2">
         <v>100</v>
       </c>
       <c r="L120" s="2">
         <v>325</v>
       </c>
       <c r="M120" s="2">
         <v>0</v>
       </c>
       <c r="N120" s="2">
         <v>425</v>
       </c>
     </row>
     <row r="121" spans="1:14">
       <c r="A121" s="2">
-        <v>113091</v>
+        <v>102721</v>
       </c>
       <c r="B121" s="2" t="s">
-        <v>332</v>
+        <v>234</v>
       </c>
       <c r="C121" s="2" t="s">
-        <v>333</v>
+        <v>235</v>
       </c>
       <c r="D121" s="2"/>
       <c r="E121" s="2">
-        <v>7636</v>
+        <v>7544</v>
       </c>
       <c r="F121" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G121" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H121" s="2" t="s">
         <v>334</v>
       </c>
       <c r="I121" s="2">
         <v>40</v>
       </c>
       <c r="J121" s="2">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="K121" s="2">
         <v>100</v>
       </c>
       <c r="L121" s="2">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="M121" s="2">
         <v>0</v>
       </c>
       <c r="N121" s="2">
-        <v>183</v>
+        <v>185</v>
       </c>
     </row>
     <row r="122" spans="1:14">
       <c r="A122" s="2">
         <v>102722</v>
       </c>
       <c r="B122" s="2" t="s">
         <v>335</v>
       </c>
       <c r="C122" s="2" t="s">
         <v>336</v>
       </c>
       <c r="D122" s="2"/>
       <c r="E122" s="2">
         <v>7533</v>
       </c>
       <c r="F122" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G122" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H122" s="2" t="s">
         <v>337</v>
       </c>
@@ -11642,148 +11642,148 @@
       </c>
       <c r="H124" s="2" t="s">
         <v>343</v>
       </c>
       <c r="I124" s="2">
         <v>41</v>
       </c>
       <c r="J124" s="2">
         <v>39</v>
       </c>
       <c r="K124" s="2">
         <v>100</v>
       </c>
       <c r="L124" s="2">
         <v>82</v>
       </c>
       <c r="M124" s="2">
         <v>0</v>
       </c>
       <c r="N124" s="2">
         <v>182</v>
       </c>
     </row>
     <row r="125" spans="1:14">
       <c r="A125" s="2">
-        <v>107026</v>
+        <v>102698</v>
       </c>
       <c r="B125" s="2" t="s">
-        <v>344</v>
+        <v>127</v>
       </c>
       <c r="C125" s="2" t="s">
-        <v>345</v>
+        <v>128</v>
       </c>
       <c r="D125" s="2"/>
       <c r="E125" s="2">
-        <v>7213</v>
+        <v>7522</v>
       </c>
       <c r="F125" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G125" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H125" s="2" t="s">
-        <v>346</v>
+        <v>344</v>
       </c>
       <c r="I125" s="2">
         <v>42</v>
       </c>
       <c r="J125" s="2">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="K125" s="2">
         <v>100</v>
       </c>
       <c r="L125" s="2">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="M125" s="2">
         <v>0</v>
       </c>
       <c r="N125" s="2">
-        <v>181</v>
+        <v>182</v>
       </c>
     </row>
     <row r="126" spans="1:14">
       <c r="A126" s="2">
-        <v>102698</v>
+        <v>107026</v>
       </c>
       <c r="B126" s="2" t="s">
-        <v>128</v>
+        <v>345</v>
       </c>
       <c r="C126" s="2" t="s">
-        <v>129</v>
+        <v>346</v>
       </c>
       <c r="D126" s="2"/>
       <c r="E126" s="2">
-        <v>7522</v>
+        <v>7213</v>
       </c>
       <c r="F126" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G126" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H126" s="2" t="s">
         <v>347</v>
       </c>
       <c r="I126" s="2">
         <v>42</v>
       </c>
       <c r="J126" s="2">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="K126" s="2">
         <v>100</v>
       </c>
       <c r="L126" s="2">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="M126" s="2">
         <v>0</v>
       </c>
       <c r="N126" s="2">
-        <v>182</v>
+        <v>181</v>
       </c>
     </row>
     <row r="127" spans="1:14">
       <c r="A127" s="2">
         <v>101006</v>
       </c>
       <c r="B127" s="2" t="s">
         <v>348</v>
       </c>
       <c r="C127" s="2" t="s">
         <v>349</v>
       </c>
       <c r="D127" s="2"/>
       <c r="E127" s="2">
         <v>7613</v>
       </c>
       <c r="F127" s="2" t="s">
-        <v>194</v>
+        <v>197</v>
       </c>
       <c r="G127" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H127" s="2" t="s">
         <v>350</v>
       </c>
       <c r="I127" s="2">
         <v>42</v>
       </c>
       <c r="J127" s="2">
         <v>38</v>
       </c>
       <c r="K127" s="2">
         <v>100</v>
       </c>
       <c r="L127" s="2">
         <v>83</v>
       </c>
       <c r="M127" s="2">
         <v>0</v>
       </c>
       <c r="N127" s="2">
         <v>183</v>
       </c>
@@ -11892,274 +11892,274 @@
       </c>
       <c r="H130" s="2" t="s">
         <v>359</v>
       </c>
       <c r="I130" s="2">
         <v>43</v>
       </c>
       <c r="J130" s="2">
         <v>40</v>
       </c>
       <c r="K130" s="2">
         <v>100</v>
       </c>
       <c r="L130" s="2">
         <v>81</v>
       </c>
       <c r="M130" s="2">
         <v>0</v>
       </c>
       <c r="N130" s="2">
         <v>181</v>
       </c>
     </row>
     <row r="131" spans="1:14">
       <c r="A131" s="2">
-        <v>102724</v>
+        <v>102785</v>
       </c>
       <c r="B131" s="2" t="s">
         <v>360</v>
       </c>
       <c r="C131" s="2" t="s">
         <v>361</v>
       </c>
       <c r="D131" s="2"/>
       <c r="E131" s="2">
-        <v>7035</v>
+        <v>7127</v>
       </c>
       <c r="F131" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G131" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H131" s="2" t="s">
         <v>362</v>
       </c>
       <c r="I131" s="2">
         <v>44</v>
       </c>
       <c r="J131" s="2">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="K131" s="2">
         <v>100</v>
       </c>
       <c r="L131" s="2">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="M131" s="2">
         <v>0</v>
       </c>
       <c r="N131" s="2">
-        <v>181</v>
+        <v>180</v>
       </c>
     </row>
     <row r="132" spans="1:14">
       <c r="A132" s="2">
-        <v>102785</v>
+        <v>111688</v>
       </c>
       <c r="B132" s="2" t="s">
         <v>363</v>
       </c>
       <c r="C132" s="2" t="s">
         <v>364</v>
       </c>
       <c r="D132" s="2"/>
       <c r="E132" s="2">
-        <v>7127</v>
+        <v>7639</v>
       </c>
       <c r="F132" s="2" t="s">
-        <v>29</v>
+        <v>304</v>
       </c>
       <c r="G132" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H132" s="2" t="s">
         <v>365</v>
       </c>
       <c r="I132" s="2">
         <v>44</v>
       </c>
       <c r="J132" s="2">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="K132" s="2">
         <v>100</v>
       </c>
       <c r="L132" s="2">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="M132" s="2">
         <v>0</v>
       </c>
       <c r="N132" s="2">
-        <v>180</v>
+        <v>179</v>
       </c>
     </row>
     <row r="133" spans="1:14">
       <c r="A133" s="2">
-        <v>111688</v>
+        <v>102724</v>
       </c>
       <c r="B133" s="2" t="s">
         <v>366</v>
       </c>
       <c r="C133" s="2" t="s">
         <v>367</v>
       </c>
       <c r="D133" s="2"/>
       <c r="E133" s="2">
-        <v>7639</v>
+        <v>7035</v>
       </c>
       <c r="F133" s="2" t="s">
-        <v>307</v>
+        <v>29</v>
       </c>
       <c r="G133" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H133" s="2" t="s">
         <v>368</v>
       </c>
       <c r="I133" s="2">
         <v>44</v>
       </c>
       <c r="J133" s="2">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="K133" s="2">
         <v>100</v>
       </c>
       <c r="L133" s="2">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="M133" s="2">
         <v>0</v>
       </c>
       <c r="N133" s="2">
-        <v>179</v>
+        <v>181</v>
       </c>
     </row>
     <row r="134" spans="1:14">
       <c r="A134" s="2">
-        <v>102030</v>
+        <v>102725</v>
       </c>
       <c r="B134" s="2" t="s">
         <v>369</v>
       </c>
       <c r="C134" s="2" t="s">
         <v>370</v>
       </c>
       <c r="D134" s="2"/>
       <c r="E134" s="2">
-        <v>8046</v>
+        <v>7566</v>
       </c>
       <c r="F134" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G134" s="2" t="s">
-        <v>77</v>
+        <v>17</v>
       </c>
       <c r="H134" s="2" t="s">
         <v>371</v>
       </c>
       <c r="I134" s="2">
         <v>45</v>
       </c>
       <c r="J134" s="2">
-        <v>4</v>
+        <v>41</v>
       </c>
       <c r="K134" s="2">
         <v>100</v>
       </c>
       <c r="L134" s="2">
-        <v>300</v>
+        <v>80</v>
       </c>
       <c r="M134" s="2">
         <v>0</v>
       </c>
       <c r="N134" s="2">
-        <v>400</v>
+        <v>180</v>
       </c>
     </row>
     <row r="135" spans="1:14">
       <c r="A135" s="2">
-        <v>102725</v>
+        <v>102030</v>
       </c>
       <c r="B135" s="2" t="s">
         <v>372</v>
       </c>
       <c r="C135" s="2" t="s">
         <v>373</v>
       </c>
       <c r="D135" s="2"/>
       <c r="E135" s="2">
-        <v>7566</v>
+        <v>8046</v>
       </c>
       <c r="F135" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G135" s="2" t="s">
-        <v>17</v>
+        <v>77</v>
       </c>
       <c r="H135" s="2" t="s">
         <v>374</v>
       </c>
       <c r="I135" s="2">
         <v>45</v>
       </c>
       <c r="J135" s="2">
-        <v>41</v>
+        <v>4</v>
       </c>
       <c r="K135" s="2">
         <v>100</v>
       </c>
       <c r="L135" s="2">
-        <v>80</v>
+        <v>300</v>
       </c>
       <c r="M135" s="2">
         <v>0</v>
       </c>
       <c r="N135" s="2">
-        <v>180</v>
+        <v>400</v>
       </c>
     </row>
     <row r="136" spans="1:14">
       <c r="A136" s="2">
         <v>113095</v>
       </c>
       <c r="B136" s="2" t="s">
         <v>375</v>
       </c>
       <c r="C136" s="2" t="s">
         <v>376</v>
       </c>
       <c r="D136" s="2"/>
       <c r="E136" s="2">
         <v>7223</v>
       </c>
       <c r="F136" s="2" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="G136" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H136" s="2" t="s">
         <v>377</v>
       </c>
       <c r="I136" s="2">
         <v>45</v>
       </c>
       <c r="J136" s="2">
         <v>43</v>
       </c>
       <c r="K136" s="2">
         <v>100</v>
       </c>
       <c r="L136" s="2">
         <v>78</v>
       </c>
       <c r="M136" s="2">
         <v>0</v>
       </c>
       <c r="N136" s="2">
         <v>178</v>
       </c>
@@ -12197,51 +12197,51 @@
       <c r="L137" s="2">
         <v>79</v>
       </c>
       <c r="M137" s="2">
         <v>0</v>
       </c>
       <c r="N137" s="2">
         <v>179</v>
       </c>
     </row>
     <row r="138" spans="1:14">
       <c r="A138" s="2">
         <v>101003</v>
       </c>
       <c r="B138" s="2" t="s">
         <v>381</v>
       </c>
       <c r="C138" s="2" t="s">
         <v>382</v>
       </c>
       <c r="D138" s="2"/>
       <c r="E138" s="2">
         <v>7527</v>
       </c>
       <c r="F138" s="2" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="G138" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H138" s="2" t="s">
         <v>383</v>
       </c>
       <c r="I138" s="2">
         <v>46</v>
       </c>
       <c r="J138" s="2">
         <v>42</v>
       </c>
       <c r="K138" s="2">
         <v>100</v>
       </c>
       <c r="L138" s="2">
         <v>79</v>
       </c>
       <c r="M138" s="2">
         <v>0</v>
       </c>
       <c r="N138" s="2">
         <v>179</v>
       </c>
@@ -12405,51 +12405,51 @@
       <c r="L142" s="2">
         <v>78</v>
       </c>
       <c r="M142" s="2">
         <v>0</v>
       </c>
       <c r="N142" s="2">
         <v>178</v>
       </c>
     </row>
     <row r="143" spans="1:14">
       <c r="A143" s="2">
         <v>100993</v>
       </c>
       <c r="B143" s="2" t="s">
         <v>393</v>
       </c>
       <c r="C143" s="2" t="s">
         <v>394</v>
       </c>
       <c r="D143" s="2"/>
       <c r="E143" s="2">
         <v>7511</v>
       </c>
       <c r="F143" s="2" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="G143" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H143" s="2" t="s">
         <v>395</v>
       </c>
       <c r="I143" s="2">
         <v>48</v>
       </c>
       <c r="J143" s="2">
         <v>44</v>
       </c>
       <c r="K143" s="2">
         <v>100</v>
       </c>
       <c r="L143" s="2">
         <v>77</v>
       </c>
       <c r="M143" s="2">
         <v>0</v>
       </c>
       <c r="N143" s="2">
         <v>177</v>
       </c>
@@ -12516,172 +12516,172 @@
       </c>
       <c r="H145" s="2" t="s">
         <v>401</v>
       </c>
       <c r="I145" s="2">
         <v>48</v>
       </c>
       <c r="J145" s="2">
         <v>44</v>
       </c>
       <c r="K145" s="2">
         <v>100</v>
       </c>
       <c r="L145" s="2">
         <v>77</v>
       </c>
       <c r="M145" s="2">
         <v>0</v>
       </c>
       <c r="N145" s="2">
         <v>177</v>
       </c>
     </row>
     <row r="146" spans="1:14">
       <c r="A146" s="2">
-        <v>102729</v>
+        <v>102777</v>
       </c>
       <c r="B146" s="2" t="s">
-        <v>402</v>
+        <v>183</v>
       </c>
       <c r="C146" s="2" t="s">
-        <v>403</v>
+        <v>184</v>
       </c>
       <c r="D146" s="2"/>
       <c r="E146" s="2">
-        <v>7618</v>
+        <v>7643</v>
       </c>
       <c r="F146" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G146" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H146" s="2" t="s">
-        <v>404</v>
+        <v>395</v>
       </c>
       <c r="I146" s="2">
         <v>49</v>
       </c>
       <c r="J146" s="2">
         <v>45</v>
       </c>
       <c r="K146" s="2">
         <v>100</v>
       </c>
       <c r="L146" s="2">
         <v>76</v>
       </c>
       <c r="M146" s="2">
         <v>0</v>
       </c>
       <c r="N146" s="2">
         <v>176</v>
       </c>
     </row>
     <row r="147" spans="1:14">
       <c r="A147" s="2">
-        <v>102777</v>
+        <v>105632</v>
       </c>
       <c r="B147" s="2" t="s">
-        <v>186</v>
+        <v>402</v>
       </c>
       <c r="C147" s="2" t="s">
-        <v>187</v>
+        <v>94</v>
       </c>
       <c r="D147" s="2"/>
       <c r="E147" s="2">
-        <v>7643</v>
+        <v>7204</v>
       </c>
       <c r="F147" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G147" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H147" s="2" t="s">
-        <v>395</v>
+        <v>403</v>
       </c>
       <c r="I147" s="2">
         <v>49</v>
       </c>
       <c r="J147" s="2">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="K147" s="2">
         <v>100</v>
       </c>
       <c r="L147" s="2">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="M147" s="2">
         <v>0</v>
       </c>
       <c r="N147" s="2">
-        <v>176</v>
+        <v>175</v>
       </c>
     </row>
     <row r="148" spans="1:14">
       <c r="A148" s="2">
-        <v>105632</v>
+        <v>102729</v>
       </c>
       <c r="B148" s="2" t="s">
+        <v>404</v>
+      </c>
+      <c r="C148" s="2" t="s">
         <v>405</v>
-      </c>
-[...1 lines deleted...]
-        <v>90</v>
       </c>
       <c r="D148" s="2"/>
       <c r="E148" s="2">
-        <v>7204</v>
+        <v>7618</v>
       </c>
       <c r="F148" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G148" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H148" s="2" t="s">
         <v>406</v>
       </c>
       <c r="I148" s="2">
         <v>49</v>
       </c>
       <c r="J148" s="2">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="K148" s="2">
         <v>100</v>
       </c>
       <c r="L148" s="2">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="M148" s="2">
         <v>0</v>
       </c>
       <c r="N148" s="2">
-        <v>175</v>
+        <v>176</v>
       </c>
     </row>
     <row r="149" spans="1:14">
       <c r="A149" s="2">
         <v>111665</v>
       </c>
       <c r="B149" s="2" t="s">
         <v>407</v>
       </c>
       <c r="C149" s="2" t="s">
         <v>408</v>
       </c>
       <c r="D149" s="2"/>
       <c r="E149" s="2">
         <v>7013</v>
       </c>
       <c r="F149" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G149" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H149" s="2" t="s">
         <v>409</v>
       </c>
@@ -12768,424 +12768,424 @@
       </c>
       <c r="H151" s="2" t="s">
         <v>415</v>
       </c>
       <c r="I151" s="2">
         <v>50</v>
       </c>
       <c r="J151" s="2">
         <v>46</v>
       </c>
       <c r="K151" s="2">
         <v>100</v>
       </c>
       <c r="L151" s="2">
         <v>75</v>
       </c>
       <c r="M151" s="2">
         <v>0</v>
       </c>
       <c r="N151" s="2">
         <v>175</v>
       </c>
     </row>
     <row r="152" spans="1:14">
       <c r="A152" s="2">
-        <v>102719</v>
+        <v>113100</v>
       </c>
       <c r="B152" s="2" t="s">
-        <v>318</v>
+        <v>416</v>
       </c>
       <c r="C152" s="2" t="s">
-        <v>319</v>
+        <v>417</v>
       </c>
       <c r="D152" s="2"/>
       <c r="E152" s="2">
-        <v>7630</v>
+        <v>7501</v>
       </c>
       <c r="F152" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G152" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H152" s="2" t="s">
-        <v>416</v>
+        <v>418</v>
       </c>
       <c r="I152" s="2">
         <v>51</v>
       </c>
       <c r="J152" s="2">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="K152" s="2">
         <v>100</v>
       </c>
       <c r="L152" s="2">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="M152" s="2">
         <v>0</v>
       </c>
       <c r="N152" s="2">
-        <v>174</v>
+        <v>173</v>
       </c>
     </row>
     <row r="153" spans="1:14">
       <c r="A153" s="2">
-        <v>113100</v>
+        <v>102465</v>
       </c>
       <c r="B153" s="2" t="s">
-        <v>417</v>
+        <v>419</v>
       </c>
       <c r="C153" s="2" t="s">
-        <v>418</v>
+        <v>94</v>
       </c>
       <c r="D153" s="2"/>
       <c r="E153" s="2">
-        <v>7501</v>
+        <v>7576</v>
       </c>
       <c r="F153" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G153" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H153" s="2" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="I153" s="2">
         <v>51</v>
       </c>
       <c r="J153" s="2">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="K153" s="2">
         <v>100</v>
       </c>
       <c r="L153" s="2">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="M153" s="2">
         <v>0</v>
       </c>
       <c r="N153" s="2">
-        <v>173</v>
+        <v>174</v>
       </c>
     </row>
     <row r="154" spans="1:14">
       <c r="A154" s="2">
-        <v>102465</v>
+        <v>102719</v>
       </c>
       <c r="B154" s="2" t="s">
-        <v>420</v>
+        <v>312</v>
       </c>
       <c r="C154" s="2" t="s">
-        <v>90</v>
+        <v>313</v>
       </c>
       <c r="D154" s="2"/>
       <c r="E154" s="2">
-        <v>7576</v>
+        <v>7630</v>
       </c>
       <c r="F154" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G154" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H154" s="2" t="s">
         <v>421</v>
       </c>
       <c r="I154" s="2">
         <v>51</v>
       </c>
       <c r="J154" s="2">
         <v>47</v>
       </c>
       <c r="K154" s="2">
         <v>100</v>
       </c>
       <c r="L154" s="2">
         <v>74</v>
       </c>
       <c r="M154" s="2">
         <v>0</v>
       </c>
       <c r="N154" s="2">
         <v>174</v>
       </c>
     </row>
     <row r="155" spans="1:14">
       <c r="A155" s="2">
-        <v>102732</v>
+        <v>113101</v>
       </c>
       <c r="B155" s="2" t="s">
-        <v>402</v>
+        <v>422</v>
       </c>
       <c r="C155" s="2" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="D155" s="2"/>
       <c r="E155" s="2">
-        <v>7612</v>
+        <v>7571</v>
       </c>
       <c r="F155" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G155" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H155" s="2" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="I155" s="2">
         <v>52</v>
       </c>
       <c r="J155" s="2">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="K155" s="2">
         <v>100</v>
       </c>
       <c r="L155" s="2">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="M155" s="2">
         <v>0</v>
       </c>
       <c r="N155" s="2">
-        <v>173</v>
+        <v>172</v>
       </c>
     </row>
     <row r="156" spans="1:14">
       <c r="A156" s="2">
         <v>106980</v>
       </c>
       <c r="B156" s="2" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="C156" s="2" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="D156" s="2"/>
       <c r="E156" s="2">
         <v>7651</v>
       </c>
       <c r="F156" s="2" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="G156" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H156" s="2" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="I156" s="2">
         <v>52</v>
       </c>
       <c r="J156" s="2">
         <v>48</v>
       </c>
       <c r="K156" s="2">
         <v>100</v>
       </c>
       <c r="L156" s="2">
         <v>73</v>
       </c>
       <c r="M156" s="2">
         <v>0</v>
       </c>
       <c r="N156" s="2">
         <v>173</v>
       </c>
     </row>
     <row r="157" spans="1:14">
       <c r="A157" s="2">
-        <v>113101</v>
+        <v>102732</v>
       </c>
       <c r="B157" s="2" t="s">
-        <v>427</v>
+        <v>404</v>
       </c>
       <c r="C157" s="2" t="s">
         <v>428</v>
       </c>
       <c r="D157" s="2"/>
       <c r="E157" s="2">
-        <v>7571</v>
+        <v>7612</v>
       </c>
       <c r="F157" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G157" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H157" s="2" t="s">
         <v>429</v>
       </c>
       <c r="I157" s="2">
         <v>52</v>
       </c>
       <c r="J157" s="2">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="K157" s="2">
         <v>100</v>
       </c>
       <c r="L157" s="2">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="M157" s="2">
         <v>0</v>
       </c>
       <c r="N157" s="2">
-        <v>172</v>
+        <v>173</v>
       </c>
     </row>
     <row r="158" spans="1:14">
       <c r="A158" s="2">
-        <v>107021</v>
+        <v>101018</v>
       </c>
       <c r="B158" s="2" t="s">
         <v>430</v>
       </c>
       <c r="C158" s="2" t="s">
         <v>431</v>
       </c>
       <c r="D158" s="2"/>
       <c r="E158" s="2">
-        <v>7669</v>
+        <v>7507</v>
       </c>
       <c r="F158" s="2" t="s">
-        <v>48</v>
+        <v>168</v>
       </c>
       <c r="G158" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H158" s="2" t="s">
         <v>432</v>
       </c>
       <c r="I158" s="2">
         <v>53</v>
       </c>
       <c r="J158" s="2">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="K158" s="2">
         <v>100</v>
       </c>
       <c r="L158" s="2">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="M158" s="2">
         <v>0</v>
       </c>
       <c r="N158" s="2">
-        <v>171</v>
+        <v>172</v>
       </c>
     </row>
     <row r="159" spans="1:14">
       <c r="A159" s="2">
-        <v>101018</v>
+        <v>101998</v>
       </c>
       <c r="B159" s="2" t="s">
-        <v>433</v>
+        <v>297</v>
       </c>
       <c r="C159" s="2" t="s">
-        <v>434</v>
+        <v>297</v>
       </c>
       <c r="D159" s="2"/>
       <c r="E159" s="2">
-        <v>7507</v>
+        <v>7558</v>
       </c>
       <c r="F159" s="2" t="s">
-        <v>168</v>
+        <v>29</v>
       </c>
       <c r="G159" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H159" s="2" t="s">
-        <v>435</v>
+        <v>433</v>
       </c>
       <c r="I159" s="2">
         <v>53</v>
       </c>
       <c r="J159" s="2">
         <v>49</v>
       </c>
       <c r="K159" s="2">
         <v>100</v>
       </c>
       <c r="L159" s="2">
         <v>72</v>
       </c>
       <c r="M159" s="2">
         <v>0</v>
       </c>
       <c r="N159" s="2">
         <v>172</v>
       </c>
     </row>
     <row r="160" spans="1:14">
       <c r="A160" s="2">
-        <v>101998</v>
+        <v>107021</v>
       </c>
       <c r="B160" s="2" t="s">
-        <v>297</v>
+        <v>434</v>
       </c>
       <c r="C160" s="2" t="s">
-        <v>297</v>
+        <v>435</v>
       </c>
       <c r="D160" s="2"/>
       <c r="E160" s="2">
-        <v>7558</v>
+        <v>7669</v>
       </c>
       <c r="F160" s="2" t="s">
-        <v>29</v>
+        <v>44</v>
       </c>
       <c r="G160" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H160" s="2" t="s">
         <v>436</v>
       </c>
       <c r="I160" s="2">
         <v>53</v>
       </c>
       <c r="J160" s="2">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="K160" s="2">
         <v>100</v>
       </c>
       <c r="L160" s="2">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="M160" s="2">
         <v>0</v>
       </c>
       <c r="N160" s="2">
-        <v>172</v>
+        <v>171</v>
       </c>
     </row>
     <row r="161" spans="1:14">
       <c r="A161" s="2">
         <v>107112</v>
       </c>
       <c r="B161" s="2" t="s">
         <v>437</v>
       </c>
       <c r="C161" s="2" t="s">
         <v>438</v>
       </c>
       <c r="D161" s="2"/>
       <c r="E161" s="2">
         <v>7218</v>
       </c>
       <c r="F161" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G161" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H161" s="2" t="s">
         <v>439</v>
       </c>
@@ -13249,87 +13249,87 @@
       <c r="N162" s="2">
         <v>375</v>
       </c>
     </row>
     <row r="163" spans="1:14">
       <c r="A163" s="2">
         <v>106982</v>
       </c>
       <c r="B163" s="2" t="s">
         <v>166</v>
       </c>
       <c r="C163" s="2" t="s">
         <v>167</v>
       </c>
       <c r="D163" s="2"/>
       <c r="E163" s="2">
         <v>7022</v>
       </c>
       <c r="F163" s="2" t="s">
         <v>168</v>
       </c>
       <c r="G163" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H163" s="2" t="s">
-        <v>436</v>
+        <v>433</v>
       </c>
       <c r="I163" s="2">
         <v>54</v>
       </c>
       <c r="J163" s="2">
         <v>50</v>
       </c>
       <c r="K163" s="2">
         <v>100</v>
       </c>
       <c r="L163" s="2">
         <v>71</v>
       </c>
       <c r="M163" s="2">
         <v>0</v>
       </c>
       <c r="N163" s="2">
         <v>171</v>
       </c>
     </row>
     <row r="164" spans="1:14">
       <c r="A164" s="2">
         <v>101708</v>
       </c>
       <c r="B164" s="2" t="s">
         <v>443</v>
       </c>
       <c r="C164" s="2" t="s">
         <v>444</v>
       </c>
       <c r="D164" s="2"/>
       <c r="E164" s="2">
         <v>7572</v>
       </c>
       <c r="F164" s="2" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="G164" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H164" s="2" t="s">
         <v>445</v>
       </c>
       <c r="I164" s="2">
         <v>55</v>
       </c>
       <c r="J164" s="2">
         <v>51</v>
       </c>
       <c r="K164" s="2">
         <v>100</v>
       </c>
       <c r="L164" s="2">
         <v>70</v>
       </c>
       <c r="M164" s="2">
         <v>0</v>
       </c>
       <c r="N164" s="2">
         <v>170</v>
       </c>
@@ -13398,170 +13398,170 @@
       </c>
       <c r="H166" s="2" t="s">
         <v>449</v>
       </c>
       <c r="I166" s="2">
         <v>55</v>
       </c>
       <c r="J166" s="2">
         <v>50</v>
       </c>
       <c r="K166" s="2">
         <v>100</v>
       </c>
       <c r="L166" s="2">
         <v>71</v>
       </c>
       <c r="M166" s="2">
         <v>0</v>
       </c>
       <c r="N166" s="2">
         <v>171</v>
       </c>
     </row>
     <row r="167" spans="1:14">
       <c r="A167" s="2">
-        <v>113105</v>
+        <v>101604</v>
       </c>
       <c r="B167" s="2" t="s">
         <v>450</v>
       </c>
       <c r="C167" s="2" t="s">
         <v>451</v>
       </c>
       <c r="D167" s="2"/>
       <c r="E167" s="2">
-        <v>7224</v>
+        <v>7557</v>
       </c>
       <c r="F167" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G167" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H167" s="2" t="s">
         <v>452</v>
       </c>
       <c r="I167" s="2">
         <v>56</v>
       </c>
       <c r="J167" s="2">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="K167" s="2">
         <v>100</v>
       </c>
       <c r="L167" s="2">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="M167" s="2">
         <v>0</v>
       </c>
       <c r="N167" s="2">
-        <v>168</v>
+        <v>170</v>
       </c>
     </row>
     <row r="168" spans="1:14">
       <c r="A168" s="2">
-        <v>101604</v>
+        <v>106984</v>
       </c>
       <c r="B168" s="2" t="s">
         <v>453</v>
       </c>
       <c r="C168" s="2" t="s">
         <v>454</v>
       </c>
       <c r="D168" s="2"/>
       <c r="E168" s="2">
-        <v>7557</v>
-[...3 lines deleted...]
-      </c>
+        <v>7009</v>
+      </c>
+      <c r="F168" s="2"/>
       <c r="G168" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H168" s="2" t="s">
         <v>455</v>
       </c>
       <c r="I168" s="2">
         <v>56</v>
       </c>
       <c r="J168" s="2">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="K168" s="2">
         <v>100</v>
       </c>
       <c r="L168" s="2">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="M168" s="2">
         <v>0</v>
       </c>
       <c r="N168" s="2">
-        <v>170</v>
+        <v>169</v>
       </c>
     </row>
     <row r="169" spans="1:14">
       <c r="A169" s="2">
-        <v>106984</v>
+        <v>113105</v>
       </c>
       <c r="B169" s="2" t="s">
         <v>456</v>
       </c>
       <c r="C169" s="2" t="s">
         <v>457</v>
       </c>
       <c r="D169" s="2"/>
       <c r="E169" s="2">
-        <v>7009</v>
-[...1 lines deleted...]
-      <c r="F169" s="2"/>
+        <v>7224</v>
+      </c>
+      <c r="F169" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="G169" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H169" s="2" t="s">
         <v>458</v>
       </c>
       <c r="I169" s="2">
         <v>56</v>
       </c>
       <c r="J169" s="2">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="K169" s="2">
         <v>100</v>
       </c>
       <c r="L169" s="2">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="M169" s="2">
         <v>0</v>
       </c>
       <c r="N169" s="2">
-        <v>169</v>
+        <v>168</v>
       </c>
     </row>
     <row r="170" spans="1:14">
       <c r="A170" s="2">
         <v>107080</v>
       </c>
       <c r="B170" s="2" t="s">
         <v>459</v>
       </c>
       <c r="C170" s="2" t="s">
         <v>460</v>
       </c>
       <c r="D170" s="2"/>
       <c r="E170" s="2">
         <v>7210</v>
       </c>
       <c r="F170" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G170" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H170" s="2" t="s">
         <v>461</v>
       </c>
@@ -13570,51 +13570,51 @@
       </c>
       <c r="J170" s="2">
         <v>54</v>
       </c>
       <c r="K170" s="2">
         <v>100</v>
       </c>
       <c r="L170" s="2">
         <v>67</v>
       </c>
       <c r="M170" s="2">
         <v>0</v>
       </c>
       <c r="N170" s="2">
         <v>167</v>
       </c>
     </row>
     <row r="171" spans="1:14">
       <c r="A171" s="2">
         <v>102737</v>
       </c>
       <c r="B171" s="2" t="s">
         <v>462</v>
       </c>
       <c r="C171" s="2" t="s">
-        <v>372</v>
+        <v>369</v>
       </c>
       <c r="D171" s="2"/>
       <c r="E171" s="2">
         <v>7080</v>
       </c>
       <c r="F171" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G171" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H171" s="2" t="s">
         <v>463</v>
       </c>
       <c r="I171" s="2">
         <v>57</v>
       </c>
       <c r="J171" s="2">
         <v>52</v>
       </c>
       <c r="K171" s="2">
         <v>100</v>
       </c>
       <c r="L171" s="2">
         <v>69</v>
@@ -13651,61 +13651,61 @@
       </c>
       <c r="I172" s="2">
         <v>57</v>
       </c>
       <c r="J172" s="2">
         <v>53</v>
       </c>
       <c r="K172" s="2">
         <v>100</v>
       </c>
       <c r="L172" s="2">
         <v>68</v>
       </c>
       <c r="M172" s="2">
         <v>0</v>
       </c>
       <c r="N172" s="2">
         <v>168</v>
       </c>
     </row>
     <row r="173" spans="1:14">
       <c r="A173" s="2">
         <v>106986</v>
       </c>
       <c r="B173" s="2" t="s">
-        <v>246</v>
+        <v>243</v>
       </c>
       <c r="C173" s="2" t="s">
-        <v>247</v>
+        <v>244</v>
       </c>
       <c r="D173" s="2"/>
       <c r="E173" s="2">
         <v>7590</v>
       </c>
       <c r="F173" s="2" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="G173" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H173" s="2" t="s">
         <v>465</v>
       </c>
       <c r="I173" s="2">
         <v>58</v>
       </c>
       <c r="J173" s="2">
         <v>54</v>
       </c>
       <c r="K173" s="2">
         <v>100</v>
       </c>
       <c r="L173" s="2">
         <v>67</v>
       </c>
       <c r="M173" s="2">
         <v>0</v>
       </c>
       <c r="N173" s="2">
         <v>167</v>
       </c>
@@ -13900,170 +13900,170 @@
       </c>
       <c r="H178" s="2" t="s">
         <v>480</v>
       </c>
       <c r="I178" s="2">
         <v>59</v>
       </c>
       <c r="J178" s="2">
         <v>55</v>
       </c>
       <c r="K178" s="2">
         <v>100</v>
       </c>
       <c r="L178" s="2">
         <v>66</v>
       </c>
       <c r="M178" s="2">
         <v>0</v>
       </c>
       <c r="N178" s="2">
         <v>166</v>
       </c>
     </row>
     <row r="179" spans="1:14">
       <c r="A179" s="2">
-        <v>102032</v>
+        <v>107025</v>
       </c>
       <c r="B179" s="2" t="s">
         <v>481</v>
       </c>
       <c r="C179" s="2" t="s">
         <v>482</v>
       </c>
       <c r="D179" s="2"/>
       <c r="E179" s="2">
-        <v>8001</v>
-[...3 lines deleted...]
-      </c>
+        <v>7563</v>
+      </c>
+      <c r="F179" s="2"/>
       <c r="G179" s="2" t="s">
-        <v>77</v>
+        <v>17</v>
       </c>
       <c r="H179" s="2" t="s">
         <v>483</v>
       </c>
       <c r="I179" s="2">
         <v>60</v>
       </c>
       <c r="J179" s="2">
-        <v>5</v>
+        <v>57</v>
       </c>
       <c r="K179" s="2">
         <v>100</v>
       </c>
       <c r="L179" s="2">
-        <v>275</v>
+        <v>64</v>
       </c>
       <c r="M179" s="2">
         <v>0</v>
       </c>
       <c r="N179" s="2">
-        <v>375</v>
+        <v>164</v>
       </c>
     </row>
     <row r="180" spans="1:14">
       <c r="A180" s="2">
-        <v>102740</v>
+        <v>102032</v>
       </c>
       <c r="B180" s="2" t="s">
         <v>484</v>
       </c>
       <c r="C180" s="2" t="s">
         <v>485</v>
       </c>
       <c r="D180" s="2"/>
       <c r="E180" s="2">
-        <v>7030</v>
+        <v>8001</v>
       </c>
       <c r="F180" s="2" t="s">
-        <v>29</v>
+        <v>164</v>
       </c>
       <c r="G180" s="2" t="s">
-        <v>17</v>
+        <v>77</v>
       </c>
       <c r="H180" s="2" t="s">
         <v>486</v>
       </c>
       <c r="I180" s="2">
         <v>60</v>
       </c>
       <c r="J180" s="2">
-        <v>55</v>
+        <v>5</v>
       </c>
       <c r="K180" s="2">
         <v>100</v>
       </c>
       <c r="L180" s="2">
-        <v>66</v>
+        <v>275</v>
       </c>
       <c r="M180" s="2">
         <v>0</v>
       </c>
       <c r="N180" s="2">
-        <v>166</v>
+        <v>375</v>
       </c>
     </row>
     <row r="181" spans="1:14">
       <c r="A181" s="2">
-        <v>107025</v>
+        <v>102740</v>
       </c>
       <c r="B181" s="2" t="s">
         <v>487</v>
       </c>
       <c r="C181" s="2" t="s">
         <v>488</v>
       </c>
       <c r="D181" s="2"/>
       <c r="E181" s="2">
-        <v>7563</v>
-[...1 lines deleted...]
-      <c r="F181" s="2"/>
+        <v>7030</v>
+      </c>
+      <c r="F181" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="G181" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H181" s="2" t="s">
         <v>489</v>
       </c>
       <c r="I181" s="2">
         <v>60</v>
       </c>
       <c r="J181" s="2">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="K181" s="2">
         <v>100</v>
       </c>
       <c r="L181" s="2">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="M181" s="2">
         <v>0</v>
       </c>
       <c r="N181" s="2">
-        <v>164</v>
+        <v>166</v>
       </c>
     </row>
     <row r="182" spans="1:14">
       <c r="A182" s="2">
         <v>102005</v>
       </c>
       <c r="B182" s="2" t="s">
         <v>490</v>
       </c>
       <c r="C182" s="2" t="s">
         <v>491</v>
       </c>
       <c r="D182" s="2"/>
       <c r="E182" s="2">
         <v>8515</v>
       </c>
       <c r="F182" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G182" s="2" t="s">
         <v>77</v>
       </c>
       <c r="H182" s="2" t="s">
         <v>492</v>
       </c>
@@ -14079,170 +14079,170 @@
       <c r="L182" s="2">
         <v>300</v>
       </c>
       <c r="M182" s="2">
         <v>0</v>
       </c>
       <c r="N182" s="2">
         <v>400</v>
       </c>
     </row>
     <row r="183" spans="1:14">
       <c r="A183" s="2">
         <v>101004</v>
       </c>
       <c r="B183" s="2" t="s">
         <v>493</v>
       </c>
       <c r="C183" s="2" t="s">
         <v>494</v>
       </c>
       <c r="D183" s="2"/>
       <c r="E183" s="2">
         <v>7510</v>
       </c>
       <c r="F183" s="2" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="G183" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H183" s="2" t="s">
         <v>495</v>
       </c>
       <c r="I183" s="2">
         <v>61</v>
       </c>
       <c r="J183" s="2">
         <v>56</v>
       </c>
       <c r="K183" s="2">
         <v>100</v>
       </c>
       <c r="L183" s="2">
         <v>65</v>
       </c>
       <c r="M183" s="2">
         <v>0</v>
       </c>
       <c r="N183" s="2">
         <v>165</v>
       </c>
     </row>
     <row r="184" spans="1:14">
       <c r="A184" s="2">
         <v>106988</v>
       </c>
       <c r="B184" s="2" t="s">
         <v>496</v>
       </c>
       <c r="C184" s="2" t="s">
         <v>497</v>
       </c>
       <c r="D184" s="2"/>
       <c r="E184" s="2">
         <v>8036</v>
       </c>
       <c r="F184" s="2" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="G184" s="2" t="s">
         <v>77</v>
       </c>
       <c r="H184" s="2" t="s">
         <v>498</v>
       </c>
       <c r="I184" s="2">
         <v>61</v>
       </c>
       <c r="J184" s="2">
         <v>6</v>
       </c>
       <c r="K184" s="2">
         <v>100</v>
       </c>
       <c r="L184" s="2">
         <v>250</v>
       </c>
       <c r="M184" s="2">
         <v>0</v>
       </c>
       <c r="N184" s="2">
         <v>350</v>
       </c>
     </row>
     <row r="185" spans="1:14">
       <c r="A185" s="2">
         <v>107005</v>
       </c>
       <c r="B185" s="2" t="s">
         <v>382</v>
       </c>
       <c r="C185" s="2" t="s">
         <v>381</v>
       </c>
       <c r="D185" s="2"/>
       <c r="E185" s="2">
         <v>7631</v>
       </c>
       <c r="F185" s="2" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="G185" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H185" s="2" t="s">
         <v>499</v>
       </c>
       <c r="I185" s="2">
         <v>62</v>
       </c>
       <c r="J185" s="2">
         <v>58</v>
       </c>
       <c r="K185" s="2">
         <v>100</v>
       </c>
       <c r="L185" s="2">
         <v>63</v>
       </c>
       <c r="M185" s="2">
         <v>0</v>
       </c>
       <c r="N185" s="2">
         <v>163</v>
       </c>
     </row>
     <row r="186" spans="1:14">
       <c r="A186" s="2">
         <v>106989</v>
       </c>
       <c r="B186" s="2" t="s">
-        <v>312</v>
+        <v>318</v>
       </c>
       <c r="C186" s="2" t="s">
-        <v>313</v>
+        <v>319</v>
       </c>
       <c r="D186" s="2"/>
       <c r="E186" s="2">
         <v>7049</v>
       </c>
       <c r="F186" s="2"/>
       <c r="G186" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H186" s="2" t="s">
         <v>500</v>
       </c>
       <c r="I186" s="2">
         <v>62</v>
       </c>
       <c r="J186" s="2">
         <v>56</v>
       </c>
       <c r="K186" s="2">
         <v>100</v>
       </c>
       <c r="L186" s="2">
         <v>65</v>
       </c>
       <c r="M186" s="2">
@@ -14329,51 +14329,51 @@
       <c r="L188" s="2">
         <v>63</v>
       </c>
       <c r="M188" s="2">
         <v>0</v>
       </c>
       <c r="N188" s="2">
         <v>163</v>
       </c>
     </row>
     <row r="189" spans="1:14">
       <c r="A189" s="2">
         <v>101004</v>
       </c>
       <c r="B189" s="2" t="s">
         <v>493</v>
       </c>
       <c r="C189" s="2" t="s">
         <v>494</v>
       </c>
       <c r="D189" s="2"/>
       <c r="E189" s="2">
         <v>7573</v>
       </c>
       <c r="F189" s="2" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="G189" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H189" s="2" t="s">
         <v>505</v>
       </c>
       <c r="I189" s="2">
         <v>63</v>
       </c>
       <c r="J189" s="2">
         <v>57</v>
       </c>
       <c r="K189" s="2">
         <v>100</v>
       </c>
       <c r="L189" s="2">
         <v>64</v>
       </c>
       <c r="M189" s="2">
         <v>0</v>
       </c>
       <c r="N189" s="2">
         <v>164</v>
       </c>
@@ -14400,170 +14400,170 @@
       </c>
       <c r="H190" s="2" t="s">
         <v>508</v>
       </c>
       <c r="I190" s="2">
         <v>63</v>
       </c>
       <c r="J190" s="2">
         <v>59</v>
       </c>
       <c r="K190" s="2">
         <v>100</v>
       </c>
       <c r="L190" s="2">
         <v>62</v>
       </c>
       <c r="M190" s="2">
         <v>0</v>
       </c>
       <c r="N190" s="2">
         <v>162</v>
       </c>
     </row>
     <row r="191" spans="1:14">
       <c r="A191" s="2">
-        <v>106991</v>
+        <v>113112</v>
       </c>
       <c r="B191" s="2" t="s">
         <v>509</v>
       </c>
       <c r="C191" s="2" t="s">
-        <v>475</v>
+        <v>510</v>
       </c>
       <c r="D191" s="2"/>
       <c r="E191" s="2">
-        <v>7518</v>
-[...1 lines deleted...]
-      <c r="F191" s="2"/>
+        <v>7601</v>
+      </c>
+      <c r="F191" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="G191" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H191" s="2" t="s">
-        <v>510</v>
+        <v>511</v>
       </c>
       <c r="I191" s="2">
         <v>64</v>
       </c>
       <c r="J191" s="2">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="K191" s="2">
         <v>100</v>
       </c>
       <c r="L191" s="2">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="M191" s="2">
         <v>0</v>
       </c>
       <c r="N191" s="2">
-        <v>163</v>
+        <v>161</v>
       </c>
     </row>
     <row r="192" spans="1:14">
       <c r="A192" s="2">
-        <v>113112</v>
+        <v>102744</v>
       </c>
       <c r="B192" s="2" t="s">
-        <v>511</v>
+        <v>512</v>
       </c>
       <c r="C192" s="2" t="s">
         <v>512</v>
       </c>
       <c r="D192" s="2"/>
       <c r="E192" s="2">
-        <v>7601</v>
+        <v>7152</v>
       </c>
       <c r="F192" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G192" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H192" s="2" t="s">
         <v>513</v>
       </c>
       <c r="I192" s="2">
         <v>64</v>
       </c>
       <c r="J192" s="2">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="K192" s="2">
         <v>100</v>
       </c>
       <c r="L192" s="2">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="M192" s="2">
         <v>0</v>
       </c>
       <c r="N192" s="2">
-        <v>161</v>
+        <v>162</v>
       </c>
     </row>
     <row r="193" spans="1:14">
       <c r="A193" s="2">
-        <v>102744</v>
+        <v>106991</v>
       </c>
       <c r="B193" s="2" t="s">
         <v>514</v>
       </c>
       <c r="C193" s="2" t="s">
-        <v>514</v>
+        <v>475</v>
       </c>
       <c r="D193" s="2"/>
       <c r="E193" s="2">
-        <v>7152</v>
-[...3 lines deleted...]
-      </c>
+        <v>7518</v>
+      </c>
+      <c r="F193" s="2"/>
       <c r="G193" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H193" s="2" t="s">
         <v>515</v>
       </c>
       <c r="I193" s="2">
         <v>64</v>
       </c>
       <c r="J193" s="2">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="K193" s="2">
         <v>100</v>
       </c>
       <c r="L193" s="2">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="M193" s="2">
         <v>0</v>
       </c>
       <c r="N193" s="2">
-        <v>162</v>
+        <v>163</v>
       </c>
     </row>
     <row r="194" spans="1:14">
       <c r="A194" s="2">
         <v>106992</v>
       </c>
       <c r="B194" s="2" t="s">
         <v>516</v>
       </c>
       <c r="C194" s="2" t="s">
         <v>517</v>
       </c>
       <c r="D194" s="2"/>
       <c r="E194" s="2">
         <v>7081</v>
       </c>
       <c r="F194" s="2"/>
       <c r="G194" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H194" s="2" t="s">
         <v>518</v>
       </c>
       <c r="I194" s="2">
         <v>65</v>
@@ -14646,172 +14646,172 @@
       </c>
       <c r="H196" s="2" t="s">
         <v>524</v>
       </c>
       <c r="I196" s="2">
         <v>65</v>
       </c>
       <c r="J196" s="2">
         <v>60</v>
       </c>
       <c r="K196" s="2">
         <v>100</v>
       </c>
       <c r="L196" s="2">
         <v>61</v>
       </c>
       <c r="M196" s="2">
         <v>0</v>
       </c>
       <c r="N196" s="2">
         <v>161</v>
       </c>
     </row>
     <row r="197" spans="1:14">
       <c r="A197" s="2">
-        <v>102032</v>
+        <v>100262</v>
       </c>
       <c r="B197" s="2" t="s">
-        <v>481</v>
+        <v>396</v>
       </c>
       <c r="C197" s="2" t="s">
-        <v>482</v>
+        <v>397</v>
       </c>
       <c r="D197" s="2"/>
       <c r="E197" s="2">
-        <v>8002</v>
+        <v>8524</v>
       </c>
       <c r="F197" s="2" t="s">
-        <v>164</v>
+        <v>29</v>
       </c>
       <c r="G197" s="2" t="s">
         <v>77</v>
       </c>
       <c r="H197" s="2" t="s">
         <v>525</v>
       </c>
       <c r="I197" s="2">
         <v>66</v>
       </c>
       <c r="J197" s="2">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="K197" s="2">
         <v>100</v>
       </c>
       <c r="L197" s="2">
-        <v>250</v>
+        <v>240</v>
       </c>
       <c r="M197" s="2">
         <v>0</v>
       </c>
       <c r="N197" s="2">
-        <v>350</v>
+        <v>340</v>
       </c>
     </row>
     <row r="198" spans="1:14">
       <c r="A198" s="2">
-        <v>100262</v>
+        <v>113114</v>
       </c>
       <c r="B198" s="2" t="s">
-        <v>396</v>
+        <v>526</v>
       </c>
       <c r="C198" s="2" t="s">
-        <v>397</v>
+        <v>527</v>
       </c>
       <c r="D198" s="2"/>
       <c r="E198" s="2">
-        <v>8524</v>
+        <v>7650</v>
       </c>
       <c r="F198" s="2" t="s">
-        <v>29</v>
+        <v>168</v>
       </c>
       <c r="G198" s="2" t="s">
-        <v>77</v>
+        <v>17</v>
       </c>
       <c r="H198" s="2" t="s">
-        <v>526</v>
+        <v>528</v>
       </c>
       <c r="I198" s="2">
         <v>66</v>
       </c>
       <c r="J198" s="2">
-        <v>7</v>
+        <v>61</v>
       </c>
       <c r="K198" s="2">
         <v>100</v>
       </c>
       <c r="L198" s="2">
-        <v>240</v>
+        <v>60</v>
       </c>
       <c r="M198" s="2">
         <v>0</v>
       </c>
       <c r="N198" s="2">
-        <v>340</v>
+        <v>160</v>
       </c>
     </row>
     <row r="199" spans="1:14">
       <c r="A199" s="2">
-        <v>113114</v>
+        <v>102032</v>
       </c>
       <c r="B199" s="2" t="s">
-        <v>527</v>
+        <v>484</v>
       </c>
       <c r="C199" s="2" t="s">
-        <v>528</v>
+        <v>485</v>
       </c>
       <c r="D199" s="2"/>
       <c r="E199" s="2">
-        <v>7650</v>
+        <v>8002</v>
       </c>
       <c r="F199" s="2" t="s">
-        <v>168</v>
+        <v>164</v>
       </c>
       <c r="G199" s="2" t="s">
-        <v>17</v>
+        <v>77</v>
       </c>
       <c r="H199" s="2" t="s">
         <v>529</v>
       </c>
       <c r="I199" s="2">
         <v>66</v>
       </c>
       <c r="J199" s="2">
-        <v>61</v>
+        <v>6</v>
       </c>
       <c r="K199" s="2">
         <v>100</v>
       </c>
       <c r="L199" s="2">
-        <v>60</v>
+        <v>250</v>
       </c>
       <c r="M199" s="2">
         <v>0</v>
       </c>
       <c r="N199" s="2">
-        <v>160</v>
+        <v>350</v>
       </c>
     </row>
     <row r="200" spans="1:14">
       <c r="A200" s="2">
         <v>113115</v>
       </c>
       <c r="B200" s="2" t="s">
         <v>58</v>
       </c>
       <c r="C200" s="2" t="s">
         <v>530</v>
       </c>
       <c r="D200" s="2"/>
       <c r="E200" s="2">
         <v>7175</v>
       </c>
       <c r="F200" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G200" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H200" s="2" t="s">
         <v>531</v>
       </c>
@@ -14859,211 +14859,211 @@
       </c>
       <c r="I201" s="2">
         <v>67</v>
       </c>
       <c r="J201" s="2">
         <v>61</v>
       </c>
       <c r="K201" s="2">
         <v>100</v>
       </c>
       <c r="L201" s="2">
         <v>60</v>
       </c>
       <c r="M201" s="2">
         <v>0</v>
       </c>
       <c r="N201" s="2">
         <v>160</v>
       </c>
     </row>
     <row r="202" spans="1:14">
       <c r="A202" s="2">
         <v>102729</v>
       </c>
       <c r="B202" s="2" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C202" s="2" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="D202" s="2"/>
       <c r="E202" s="2">
         <v>7508</v>
       </c>
       <c r="F202" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G202" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H202" s="2" t="s">
         <v>535</v>
       </c>
       <c r="I202" s="2">
         <v>67</v>
       </c>
       <c r="J202" s="2">
         <v>60</v>
       </c>
       <c r="K202" s="2">
         <v>100</v>
       </c>
       <c r="L202" s="2">
         <v>61</v>
       </c>
       <c r="M202" s="2">
         <v>0</v>
       </c>
       <c r="N202" s="2">
         <v>161</v>
       </c>
     </row>
     <row r="203" spans="1:14">
       <c r="A203" s="2">
-        <v>106994</v>
+        <v>102715</v>
       </c>
       <c r="B203" s="2" t="s">
-        <v>309</v>
+        <v>283</v>
       </c>
       <c r="C203" s="2" t="s">
-        <v>310</v>
+        <v>284</v>
       </c>
       <c r="D203" s="2"/>
       <c r="E203" s="2">
-        <v>7113</v>
+        <v>7509</v>
       </c>
       <c r="F203" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G203" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H203" s="2" t="s">
         <v>536</v>
       </c>
       <c r="I203" s="2">
         <v>68</v>
       </c>
       <c r="J203" s="2">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="K203" s="2">
         <v>100</v>
       </c>
       <c r="L203" s="2">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="M203" s="2">
         <v>0</v>
       </c>
       <c r="N203" s="2">
-        <v>160</v>
+        <v>158</v>
       </c>
     </row>
     <row r="204" spans="1:14">
       <c r="A204" s="2">
-        <v>102715</v>
+        <v>102748</v>
       </c>
       <c r="B204" s="2" t="s">
-        <v>283</v>
+        <v>537</v>
       </c>
       <c r="C204" s="2" t="s">
-        <v>284</v>
+        <v>538</v>
       </c>
       <c r="D204" s="2"/>
       <c r="E204" s="2">
-        <v>7509</v>
+        <v>7556</v>
       </c>
       <c r="F204" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G204" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H204" s="2" t="s">
-        <v>537</v>
+        <v>539</v>
       </c>
       <c r="I204" s="2">
         <v>68</v>
       </c>
       <c r="J204" s="2">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="K204" s="2">
         <v>100</v>
       </c>
       <c r="L204" s="2">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="M204" s="2">
         <v>0</v>
       </c>
       <c r="N204" s="2">
-        <v>158</v>
+        <v>159</v>
       </c>
     </row>
     <row r="205" spans="1:14">
       <c r="A205" s="2">
-        <v>102748</v>
+        <v>106994</v>
       </c>
       <c r="B205" s="2" t="s">
-        <v>538</v>
+        <v>306</v>
       </c>
       <c r="C205" s="2" t="s">
-        <v>539</v>
+        <v>307</v>
       </c>
       <c r="D205" s="2"/>
       <c r="E205" s="2">
-        <v>7556</v>
+        <v>7113</v>
       </c>
       <c r="F205" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G205" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H205" s="2" t="s">
         <v>540</v>
       </c>
       <c r="I205" s="2">
         <v>68</v>
       </c>
       <c r="J205" s="2">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="K205" s="2">
         <v>100</v>
       </c>
       <c r="L205" s="2">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="M205" s="2">
         <v>0</v>
       </c>
       <c r="N205" s="2">
-        <v>159</v>
+        <v>160</v>
       </c>
     </row>
     <row r="206" spans="1:14">
       <c r="A206" s="2">
         <v>102012</v>
       </c>
       <c r="B206" s="2" t="s">
         <v>341</v>
       </c>
       <c r="C206" s="2" t="s">
         <v>342</v>
       </c>
       <c r="D206" s="2"/>
       <c r="E206" s="2">
         <v>7595</v>
       </c>
       <c r="F206" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G206" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H206" s="2" t="s">
         <v>541</v>
       </c>
@@ -15361,211 +15361,211 @@
       </c>
       <c r="I213" s="2">
         <v>71</v>
       </c>
       <c r="J213" s="2">
         <v>65</v>
       </c>
       <c r="K213" s="2">
         <v>100</v>
       </c>
       <c r="L213" s="2">
         <v>56</v>
       </c>
       <c r="M213" s="2">
         <v>0</v>
       </c>
       <c r="N213" s="2">
         <v>156</v>
       </c>
     </row>
     <row r="214" spans="1:14">
       <c r="A214" s="2">
         <v>102701</v>
       </c>
       <c r="B214" s="2" t="s">
+        <v>149</v>
+      </c>
+      <c r="C214" s="2" t="s">
         <v>150</v>
-      </c>
-[...1 lines deleted...]
-        <v>151</v>
       </c>
       <c r="D214" s="2"/>
       <c r="E214" s="2">
         <v>7053</v>
       </c>
       <c r="F214" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G214" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H214" s="2" t="s">
         <v>560</v>
       </c>
       <c r="I214" s="2">
         <v>71</v>
       </c>
       <c r="J214" s="2">
         <v>64</v>
       </c>
       <c r="K214" s="2">
         <v>100</v>
       </c>
       <c r="L214" s="2">
         <v>57</v>
       </c>
       <c r="M214" s="2">
         <v>0</v>
       </c>
       <c r="N214" s="2">
         <v>157</v>
       </c>
     </row>
     <row r="215" spans="1:14">
       <c r="A215" s="2">
-        <v>106997</v>
+        <v>113120</v>
       </c>
       <c r="B215" s="2" t="s">
         <v>561</v>
       </c>
       <c r="C215" s="2" t="s">
         <v>562</v>
       </c>
       <c r="D215" s="2"/>
       <c r="E215" s="2">
-        <v>8009</v>
+        <v>7022</v>
       </c>
       <c r="F215" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G215" s="2" t="s">
-        <v>77</v>
+        <v>17</v>
       </c>
       <c r="H215" s="2" t="s">
         <v>563</v>
       </c>
       <c r="I215" s="2">
         <v>72</v>
       </c>
       <c r="J215" s="2">
-        <v>8</v>
+        <v>67</v>
       </c>
       <c r="K215" s="2">
         <v>100</v>
       </c>
       <c r="L215" s="2">
-        <v>230</v>
+        <v>54</v>
       </c>
       <c r="M215" s="2">
         <v>0</v>
       </c>
       <c r="N215" s="2">
-        <v>330</v>
+        <v>154</v>
       </c>
     </row>
     <row r="216" spans="1:14">
       <c r="A216" s="2">
-        <v>113120</v>
+        <v>102752</v>
       </c>
       <c r="B216" s="2" t="s">
         <v>564</v>
       </c>
       <c r="C216" s="2" t="s">
         <v>565</v>
       </c>
       <c r="D216" s="2"/>
       <c r="E216" s="2">
-        <v>7022</v>
+        <v>7023</v>
       </c>
       <c r="F216" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G216" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H216" s="2" t="s">
         <v>566</v>
       </c>
       <c r="I216" s="2">
         <v>72</v>
       </c>
       <c r="J216" s="2">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="K216" s="2">
         <v>100</v>
       </c>
       <c r="L216" s="2">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="M216" s="2">
         <v>0</v>
       </c>
       <c r="N216" s="2">
-        <v>154</v>
+        <v>155</v>
       </c>
     </row>
     <row r="217" spans="1:14">
       <c r="A217" s="2">
-        <v>102752</v>
+        <v>106997</v>
       </c>
       <c r="B217" s="2" t="s">
         <v>567</v>
       </c>
       <c r="C217" s="2" t="s">
         <v>568</v>
       </c>
       <c r="D217" s="2"/>
       <c r="E217" s="2">
-        <v>7023</v>
+        <v>8009</v>
       </c>
       <c r="F217" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G217" s="2" t="s">
-        <v>17</v>
+        <v>77</v>
       </c>
       <c r="H217" s="2" t="s">
         <v>569</v>
       </c>
       <c r="I217" s="2">
         <v>72</v>
       </c>
       <c r="J217" s="2">
-        <v>66</v>
+        <v>8</v>
       </c>
       <c r="K217" s="2">
         <v>100</v>
       </c>
       <c r="L217" s="2">
-        <v>55</v>
+        <v>230</v>
       </c>
       <c r="M217" s="2">
         <v>0</v>
       </c>
       <c r="N217" s="2">
-        <v>155</v>
+        <v>330</v>
       </c>
     </row>
     <row r="218" spans="1:14">
       <c r="A218" s="2">
         <v>113121</v>
       </c>
       <c r="B218" s="2" t="s">
         <v>570</v>
       </c>
       <c r="C218" s="2" t="s">
         <v>571</v>
       </c>
       <c r="D218" s="2"/>
       <c r="E218" s="2">
         <v>7047</v>
       </c>
       <c r="F218" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G218" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H218" s="2" t="s">
         <v>572</v>
       </c>
@@ -15652,170 +15652,170 @@
       </c>
       <c r="H220" s="2" t="s">
         <v>576</v>
       </c>
       <c r="I220" s="2">
         <v>73</v>
       </c>
       <c r="J220" s="2">
         <v>65</v>
       </c>
       <c r="K220" s="2">
         <v>100</v>
       </c>
       <c r="L220" s="2">
         <v>56</v>
       </c>
       <c r="M220" s="2">
         <v>0</v>
       </c>
       <c r="N220" s="2">
         <v>156</v>
       </c>
     </row>
     <row r="221" spans="1:14">
       <c r="A221" s="2">
-        <v>106999</v>
+        <v>107027</v>
       </c>
       <c r="B221" s="2" t="s">
-        <v>221</v>
+        <v>372</v>
       </c>
       <c r="C221" s="2" t="s">
         <v>577</v>
       </c>
       <c r="D221" s="2"/>
       <c r="E221" s="2">
-        <v>7025</v>
-[...1 lines deleted...]
-      <c r="F221" s="2"/>
+        <v>8042</v>
+      </c>
+      <c r="F221" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="G221" s="2" t="s">
-        <v>17</v>
+        <v>77</v>
       </c>
       <c r="H221" s="2" t="s">
         <v>578</v>
       </c>
       <c r="I221" s="2">
         <v>74</v>
       </c>
       <c r="J221" s="2">
-        <v>66</v>
+        <v>6</v>
       </c>
       <c r="K221" s="2">
         <v>100</v>
       </c>
       <c r="L221" s="2">
-        <v>55</v>
+        <v>250</v>
       </c>
       <c r="M221" s="2">
         <v>0</v>
       </c>
       <c r="N221" s="2">
-        <v>155</v>
+        <v>350</v>
       </c>
     </row>
     <row r="222" spans="1:14">
       <c r="A222" s="2">
-        <v>107027</v>
+        <v>102754</v>
       </c>
       <c r="B222" s="2" t="s">
-        <v>369</v>
+        <v>407</v>
       </c>
       <c r="C222" s="2" t="s">
         <v>579</v>
       </c>
       <c r="D222" s="2"/>
       <c r="E222" s="2">
-        <v>8042</v>
+        <v>7555</v>
       </c>
       <c r="F222" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G222" s="2" t="s">
-        <v>77</v>
+        <v>17</v>
       </c>
       <c r="H222" s="2" t="s">
         <v>580</v>
       </c>
       <c r="I222" s="2">
         <v>74</v>
       </c>
       <c r="J222" s="2">
-        <v>6</v>
+        <v>68</v>
       </c>
       <c r="K222" s="2">
         <v>100</v>
       </c>
       <c r="L222" s="2">
-        <v>250</v>
+        <v>53</v>
       </c>
       <c r="M222" s="2">
         <v>0</v>
       </c>
       <c r="N222" s="2">
-        <v>350</v>
+        <v>153</v>
       </c>
     </row>
     <row r="223" spans="1:14">
       <c r="A223" s="2">
-        <v>102754</v>
+        <v>106999</v>
       </c>
       <c r="B223" s="2" t="s">
-        <v>407</v>
+        <v>220</v>
       </c>
       <c r="C223" s="2" t="s">
         <v>581</v>
       </c>
       <c r="D223" s="2"/>
       <c r="E223" s="2">
-        <v>7555</v>
-[...3 lines deleted...]
-      </c>
+        <v>7025</v>
+      </c>
+      <c r="F223" s="2"/>
       <c r="G223" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H223" s="2" t="s">
         <v>582</v>
       </c>
       <c r="I223" s="2">
         <v>74</v>
       </c>
       <c r="J223" s="2">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="K223" s="2">
         <v>100</v>
       </c>
       <c r="L223" s="2">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="M223" s="2">
         <v>0</v>
       </c>
       <c r="N223" s="2">
-        <v>153</v>
+        <v>155</v>
       </c>
     </row>
     <row r="224" spans="1:14">
       <c r="A224" s="2">
         <v>107000</v>
       </c>
       <c r="B224" s="2" t="s">
         <v>583</v>
       </c>
       <c r="C224" s="2" t="s">
         <v>584</v>
       </c>
       <c r="D224" s="2"/>
       <c r="E224" s="2">
         <v>7168</v>
       </c>
       <c r="F224" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G224" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H224" s="2" t="s">
         <v>585</v>
       </c>
@@ -15873,703 +15873,703 @@
       <c r="L225" s="2">
         <v>52</v>
       </c>
       <c r="M225" s="2">
         <v>0</v>
       </c>
       <c r="N225" s="2">
         <v>152</v>
       </c>
     </row>
     <row r="226" spans="1:14">
       <c r="A226" s="2">
         <v>100998</v>
       </c>
       <c r="B226" s="2" t="s">
         <v>589</v>
       </c>
       <c r="C226" s="2" t="s">
         <v>590</v>
       </c>
       <c r="D226" s="2"/>
       <c r="E226" s="2">
         <v>7529</v>
       </c>
       <c r="F226" s="2" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="G226" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H226" s="2" t="s">
         <v>591</v>
       </c>
       <c r="I226" s="2">
         <v>75</v>
       </c>
       <c r="J226" s="2">
         <v>69</v>
       </c>
       <c r="K226" s="2">
         <v>100</v>
       </c>
       <c r="L226" s="2">
         <v>52</v>
       </c>
       <c r="M226" s="2">
         <v>0</v>
       </c>
       <c r="N226" s="2">
         <v>152</v>
       </c>
     </row>
     <row r="227" spans="1:14">
       <c r="A227" s="2">
-        <v>101603</v>
+        <v>113123</v>
       </c>
       <c r="B227" s="2" t="s">
         <v>592</v>
       </c>
       <c r="C227" s="2" t="s">
         <v>593</v>
       </c>
       <c r="D227" s="2"/>
       <c r="E227" s="2">
-        <v>8029</v>
+        <v>7128</v>
       </c>
       <c r="F227" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G227" s="2" t="s">
-        <v>77</v>
+        <v>17</v>
       </c>
       <c r="H227" s="2" t="s">
-        <v>563</v>
+        <v>594</v>
       </c>
       <c r="I227" s="2">
         <v>76</v>
       </c>
       <c r="J227" s="2">
-        <v>7</v>
+        <v>70</v>
       </c>
       <c r="K227" s="2">
         <v>100</v>
       </c>
       <c r="L227" s="2">
-        <v>240</v>
+        <v>51</v>
       </c>
       <c r="M227" s="2">
         <v>0</v>
       </c>
       <c r="N227" s="2">
-        <v>340</v>
+        <v>151</v>
       </c>
     </row>
     <row r="228" spans="1:14">
       <c r="A228" s="2">
-        <v>113123</v>
+        <v>107001</v>
       </c>
       <c r="B228" s="2" t="s">
-        <v>594</v>
+        <v>478</v>
       </c>
       <c r="C228" s="2" t="s">
         <v>595</v>
       </c>
       <c r="D228" s="2"/>
       <c r="E228" s="2">
-        <v>7128</v>
-[...3 lines deleted...]
-      </c>
+        <v>7569</v>
+      </c>
+      <c r="F228" s="2"/>
       <c r="G228" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H228" s="2" t="s">
         <v>596</v>
       </c>
       <c r="I228" s="2">
         <v>76</v>
       </c>
       <c r="J228" s="2">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="K228" s="2">
         <v>100</v>
       </c>
       <c r="L228" s="2">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="M228" s="2">
         <v>0</v>
       </c>
       <c r="N228" s="2">
-        <v>151</v>
+        <v>153</v>
       </c>
     </row>
     <row r="229" spans="1:14">
       <c r="A229" s="2">
-        <v>107001</v>
+        <v>101603</v>
       </c>
       <c r="B229" s="2" t="s">
-        <v>478</v>
+        <v>597</v>
       </c>
       <c r="C229" s="2" t="s">
-        <v>597</v>
+        <v>598</v>
       </c>
       <c r="D229" s="2"/>
       <c r="E229" s="2">
-        <v>7569</v>
-[...1 lines deleted...]
-      <c r="F229" s="2"/>
+        <v>8029</v>
+      </c>
+      <c r="F229" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="G229" s="2" t="s">
-        <v>17</v>
+        <v>77</v>
       </c>
       <c r="H229" s="2" t="s">
-        <v>598</v>
+        <v>569</v>
       </c>
       <c r="I229" s="2">
         <v>76</v>
       </c>
       <c r="J229" s="2">
-        <v>68</v>
+        <v>7</v>
       </c>
       <c r="K229" s="2">
         <v>100</v>
       </c>
       <c r="L229" s="2">
-        <v>53</v>
+        <v>240</v>
       </c>
       <c r="M229" s="2">
         <v>0</v>
       </c>
       <c r="N229" s="2">
-        <v>153</v>
+        <v>340</v>
       </c>
     </row>
     <row r="230" spans="1:14">
       <c r="A230" s="2">
         <v>113298</v>
       </c>
       <c r="B230" s="2" t="s">
         <v>599</v>
       </c>
       <c r="C230" s="2" t="s">
         <v>600</v>
       </c>
       <c r="D230" s="2"/>
       <c r="E230" s="2">
         <v>7654</v>
       </c>
       <c r="F230" s="2" t="s">
         <v>601</v>
       </c>
       <c r="G230" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H230" s="2" t="s">
         <v>602</v>
       </c>
       <c r="I230" s="2">
         <v>77</v>
       </c>
       <c r="J230" s="2">
         <v>71</v>
       </c>
       <c r="K230" s="2">
         <v>100</v>
       </c>
       <c r="L230" s="2">
         <v>50</v>
       </c>
       <c r="M230" s="2">
         <v>0</v>
       </c>
       <c r="N230" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="231" spans="1:14">
       <c r="A231" s="2">
         <v>102411</v>
       </c>
       <c r="B231" s="2" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="C231" s="2" t="s">
         <v>603</v>
       </c>
       <c r="D231" s="2"/>
       <c r="E231" s="2">
         <v>7123</v>
       </c>
       <c r="F231" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G231" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H231" s="2" t="s">
         <v>604</v>
       </c>
       <c r="I231" s="2">
         <v>77</v>
       </c>
       <c r="J231" s="2">
         <v>70</v>
       </c>
       <c r="K231" s="2">
         <v>100</v>
       </c>
       <c r="L231" s="2">
         <v>51</v>
       </c>
       <c r="M231" s="2">
         <v>0</v>
       </c>
       <c r="N231" s="2">
         <v>151</v>
       </c>
     </row>
     <row r="232" spans="1:14">
       <c r="A232" s="2">
         <v>102754</v>
       </c>
       <c r="B232" s="2" t="s">
         <v>407</v>
       </c>
       <c r="C232" s="2" t="s">
-        <v>581</v>
+        <v>579</v>
       </c>
       <c r="D232" s="2"/>
       <c r="E232" s="2">
         <v>7516</v>
       </c>
       <c r="F232" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G232" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H232" s="2" t="s">
         <v>605</v>
       </c>
       <c r="I232" s="2">
         <v>77</v>
       </c>
       <c r="J232" s="2">
         <v>69</v>
       </c>
       <c r="K232" s="2">
         <v>100</v>
       </c>
       <c r="L232" s="2">
         <v>52</v>
       </c>
       <c r="M232" s="2">
         <v>0</v>
       </c>
       <c r="N232" s="2">
         <v>152</v>
       </c>
     </row>
     <row r="233" spans="1:14">
       <c r="A233" s="2">
-        <v>102758</v>
+        <v>107003</v>
       </c>
       <c r="B233" s="2" t="s">
-        <v>606</v>
+        <v>446</v>
       </c>
       <c r="C233" s="2" t="s">
-        <v>607</v>
+        <v>447</v>
       </c>
       <c r="D233" s="2"/>
       <c r="E233" s="2">
-        <v>8030</v>
+        <v>7131</v>
       </c>
       <c r="F233" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G233" s="2" t="s">
-        <v>77</v>
+        <v>17</v>
       </c>
       <c r="H233" s="2" t="s">
-        <v>608</v>
+        <v>606</v>
       </c>
       <c r="I233" s="2">
         <v>78</v>
       </c>
       <c r="J233" s="2">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="K233" s="2">
         <v>100</v>
       </c>
       <c r="L233" s="2">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="M233" s="2">
         <v>0</v>
       </c>
       <c r="N233" s="2">
-        <v>150</v>
+        <v>151</v>
       </c>
     </row>
     <row r="234" spans="1:14">
       <c r="A234" s="2">
-        <v>107003</v>
+        <v>102758</v>
       </c>
       <c r="B234" s="2" t="s">
-        <v>446</v>
+        <v>607</v>
       </c>
       <c r="C234" s="2" t="s">
-        <v>447</v>
+        <v>608</v>
       </c>
       <c r="D234" s="2"/>
       <c r="E234" s="2">
-        <v>7131</v>
+        <v>8030</v>
       </c>
       <c r="F234" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G234" s="2" t="s">
-        <v>17</v>
+        <v>77</v>
       </c>
       <c r="H234" s="2" t="s">
         <v>609</v>
       </c>
       <c r="I234" s="2">
         <v>78</v>
       </c>
       <c r="J234" s="2">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="K234" s="2">
         <v>100</v>
       </c>
       <c r="L234" s="2">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="M234" s="2">
         <v>0</v>
       </c>
       <c r="N234" s="2">
-        <v>151</v>
+        <v>150</v>
       </c>
     </row>
     <row r="235" spans="1:14">
       <c r="A235" s="2">
         <v>107036</v>
       </c>
       <c r="B235" s="2" t="s">
         <v>610</v>
       </c>
       <c r="C235" s="2" t="s">
         <v>611</v>
       </c>
       <c r="D235" s="2"/>
       <c r="E235" s="2">
         <v>7648</v>
       </c>
       <c r="F235" s="2" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="G235" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H235" s="2" t="s">
         <v>612</v>
       </c>
       <c r="I235" s="2">
         <v>78</v>
       </c>
       <c r="J235" s="2">
         <v>72</v>
       </c>
       <c r="K235" s="2">
         <v>100</v>
       </c>
       <c r="L235" s="2">
         <v>49</v>
       </c>
       <c r="M235" s="2">
         <v>0</v>
       </c>
       <c r="N235" s="2">
         <v>149</v>
       </c>
     </row>
     <row r="236" spans="1:14">
       <c r="A236" s="2">
         <v>102699</v>
       </c>
       <c r="B236" s="2" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="C236" s="2" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="D236" s="2"/>
       <c r="E236" s="2">
         <v>7512</v>
       </c>
       <c r="F236" s="2" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="G236" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H236" s="2" t="s">
         <v>613</v>
       </c>
       <c r="I236" s="2">
         <v>79</v>
       </c>
       <c r="J236" s="2">
         <v>73</v>
       </c>
       <c r="K236" s="2">
         <v>100</v>
       </c>
       <c r="L236" s="2">
         <v>48</v>
       </c>
       <c r="M236" s="2">
         <v>0</v>
       </c>
       <c r="N236" s="2">
         <v>148</v>
       </c>
     </row>
     <row r="237" spans="1:14">
       <c r="A237" s="2">
         <v>102759</v>
       </c>
       <c r="B237" s="2" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="C237" s="2" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="D237" s="2"/>
       <c r="E237" s="2">
         <v>7570</v>
       </c>
       <c r="F237" s="2" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="G237" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H237" s="2" t="s">
         <v>614</v>
       </c>
       <c r="I237" s="2">
         <v>79</v>
       </c>
       <c r="J237" s="2">
         <v>8</v>
       </c>
       <c r="K237" s="2">
         <v>100</v>
       </c>
       <c r="L237" s="2">
         <v>230</v>
       </c>
       <c r="M237" s="2">
         <v>0</v>
       </c>
       <c r="N237" s="2">
         <v>330</v>
       </c>
     </row>
     <row r="238" spans="1:14">
       <c r="A238" s="2">
         <v>102759</v>
       </c>
       <c r="B238" s="2" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="C238" s="2" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="D238" s="2"/>
       <c r="E238" s="2">
         <v>7567</v>
       </c>
       <c r="F238" s="2" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="G238" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H238" s="2" t="s">
         <v>615</v>
       </c>
       <c r="I238" s="2">
         <v>79</v>
       </c>
       <c r="J238" s="2">
         <v>71</v>
       </c>
       <c r="K238" s="2">
         <v>100</v>
       </c>
       <c r="L238" s="2">
         <v>50</v>
       </c>
       <c r="M238" s="2">
         <v>0</v>
       </c>
       <c r="N238" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="239" spans="1:14">
       <c r="A239" s="2">
         <v>107005</v>
       </c>
       <c r="B239" s="2" t="s">
         <v>382</v>
       </c>
       <c r="C239" s="2" t="s">
         <v>381</v>
       </c>
       <c r="D239" s="2"/>
       <c r="E239" s="2">
         <v>7566</v>
       </c>
       <c r="F239" s="2" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="G239" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H239" s="2" t="s">
         <v>616</v>
       </c>
       <c r="I239" s="2">
         <v>80</v>
       </c>
       <c r="J239" s="2">
         <v>72</v>
       </c>
       <c r="K239" s="2">
         <v>100</v>
       </c>
       <c r="L239" s="2">
         <v>49</v>
       </c>
       <c r="M239" s="2">
         <v>0</v>
       </c>
       <c r="N239" s="2">
         <v>149</v>
       </c>
     </row>
     <row r="240" spans="1:14">
       <c r="A240" s="2">
-        <v>102760</v>
+        <v>113126</v>
       </c>
       <c r="B240" s="2" t="s">
         <v>617</v>
       </c>
       <c r="C240" s="2" t="s">
         <v>618</v>
       </c>
       <c r="D240" s="2"/>
       <c r="E240" s="2">
-        <v>7166</v>
+        <v>7039</v>
       </c>
       <c r="F240" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G240" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H240" s="2" t="s">
         <v>619</v>
       </c>
       <c r="I240" s="2">
         <v>80</v>
       </c>
       <c r="J240" s="2">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="K240" s="2">
         <v>100</v>
       </c>
       <c r="L240" s="2">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="M240" s="2">
         <v>0</v>
       </c>
       <c r="N240" s="2">
-        <v>149</v>
+        <v>147</v>
       </c>
     </row>
     <row r="241" spans="1:14">
       <c r="A241" s="2">
-        <v>113126</v>
+        <v>102760</v>
       </c>
       <c r="B241" s="2" t="s">
         <v>620</v>
       </c>
       <c r="C241" s="2" t="s">
         <v>621</v>
       </c>
       <c r="D241" s="2"/>
       <c r="E241" s="2">
-        <v>7039</v>
+        <v>7166</v>
       </c>
       <c r="F241" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G241" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H241" s="2" t="s">
         <v>622</v>
       </c>
       <c r="I241" s="2">
         <v>80</v>
       </c>
       <c r="J241" s="2">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="K241" s="2">
         <v>100</v>
       </c>
       <c r="L241" s="2">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="M241" s="2">
         <v>0</v>
       </c>
       <c r="N241" s="2">
-        <v>147</v>
+        <v>149</v>
       </c>
     </row>
     <row r="242" spans="1:14">
       <c r="A242" s="2">
         <v>102747</v>
       </c>
       <c r="B242" s="2" t="s">
         <v>532</v>
       </c>
       <c r="C242" s="2" t="s">
         <v>533</v>
       </c>
       <c r="D242" s="2"/>
       <c r="E242" s="2">
         <v>7556</v>
       </c>
       <c r="F242" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G242" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H242" s="2" t="s">
         <v>623</v>
       </c>
@@ -16659,51 +16659,51 @@
       </c>
       <c r="I244" s="2">
         <v>81</v>
       </c>
       <c r="J244" s="2">
         <v>75</v>
       </c>
       <c r="K244" s="2">
         <v>100</v>
       </c>
       <c r="L244" s="2">
         <v>46</v>
       </c>
       <c r="M244" s="2">
         <v>0</v>
       </c>
       <c r="N244" s="2">
         <v>146</v>
       </c>
     </row>
     <row r="245" spans="1:14">
       <c r="A245" s="2">
         <v>113128</v>
       </c>
       <c r="B245" s="2" t="s">
-        <v>318</v>
+        <v>312</v>
       </c>
       <c r="C245" s="2" t="s">
         <v>628</v>
       </c>
       <c r="D245" s="2"/>
       <c r="E245" s="2">
         <v>7163</v>
       </c>
       <c r="F245" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G245" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H245" s="2" t="s">
         <v>629</v>
       </c>
       <c r="I245" s="2">
         <v>82</v>
       </c>
       <c r="J245" s="2">
         <v>76</v>
       </c>
       <c r="K245" s="2">
         <v>100</v>
@@ -16785,51 +16785,51 @@
       </c>
       <c r="I247" s="2">
         <v>82</v>
       </c>
       <c r="J247" s="2">
         <v>73</v>
       </c>
       <c r="K247" s="2">
         <v>100</v>
       </c>
       <c r="L247" s="2">
         <v>48</v>
       </c>
       <c r="M247" s="2">
         <v>0</v>
       </c>
       <c r="N247" s="2">
         <v>148</v>
       </c>
     </row>
     <row r="248" spans="1:14">
       <c r="A248" s="2">
         <v>107032</v>
       </c>
       <c r="B248" s="2" t="s">
-        <v>324</v>
+        <v>327</v>
       </c>
       <c r="C248" s="2" t="s">
         <v>438</v>
       </c>
       <c r="D248" s="2"/>
       <c r="E248" s="2">
         <v>7506</v>
       </c>
       <c r="F248" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G248" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H248" s="2" t="s">
         <v>634</v>
       </c>
       <c r="I248" s="2">
         <v>83</v>
       </c>
       <c r="J248" s="2">
         <v>77</v>
       </c>
       <c r="K248" s="2">
         <v>100</v>
@@ -17083,419 +17083,419 @@
       <c r="L254" s="2">
         <v>42</v>
       </c>
       <c r="M254" s="2">
         <v>0</v>
       </c>
       <c r="N254" s="2">
         <v>142</v>
       </c>
     </row>
     <row r="255" spans="1:14">
       <c r="A255" s="2">
         <v>100174</v>
       </c>
       <c r="B255" s="2" t="s">
         <v>651</v>
       </c>
       <c r="C255" s="2" t="s">
         <v>652</v>
       </c>
       <c r="D255" s="2"/>
       <c r="E255" s="2">
         <v>7615</v>
       </c>
       <c r="F255" s="2" t="s">
-        <v>307</v>
+        <v>304</v>
       </c>
       <c r="G255" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H255" s="2" t="s">
         <v>653</v>
       </c>
       <c r="I255" s="2">
         <v>85</v>
       </c>
       <c r="J255" s="2">
         <v>75</v>
       </c>
       <c r="K255" s="2">
         <v>0</v>
       </c>
       <c r="L255" s="2">
         <v>0</v>
       </c>
       <c r="M255" s="2">
         <v>0</v>
       </c>
       <c r="N255" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="256" spans="1:14">
       <c r="A256" s="2">
         <v>100104</v>
       </c>
       <c r="B256" s="2" t="s">
         <v>654</v>
       </c>
       <c r="C256" s="2" t="s">
         <v>655</v>
       </c>
       <c r="D256" s="2"/>
       <c r="E256" s="2">
         <v>7537</v>
       </c>
       <c r="F256" s="2" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="G256" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H256" s="2" t="s">
         <v>656</v>
       </c>
       <c r="I256" s="2">
         <v>85</v>
       </c>
       <c r="J256" s="2">
         <v>76</v>
       </c>
       <c r="K256" s="2">
         <v>100</v>
       </c>
       <c r="L256" s="2">
         <v>45</v>
       </c>
       <c r="M256" s="2">
         <v>0</v>
       </c>
       <c r="N256" s="2">
         <v>145</v>
       </c>
     </row>
     <row r="257" spans="1:14">
       <c r="A257" s="2">
-        <v>102766</v>
+        <v>102789</v>
       </c>
       <c r="B257" s="2" t="s">
         <v>657</v>
       </c>
       <c r="C257" s="2" t="s">
         <v>658</v>
       </c>
       <c r="D257" s="2"/>
       <c r="E257" s="2">
-        <v>7574</v>
+        <v>7108</v>
       </c>
       <c r="F257" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G257" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H257" s="2" t="s">
         <v>659</v>
       </c>
       <c r="I257" s="2">
         <v>86</v>
       </c>
       <c r="J257" s="2">
-        <v>77</v>
+        <v>80</v>
       </c>
       <c r="K257" s="2">
         <v>100</v>
       </c>
       <c r="L257" s="2">
-        <v>44</v>
+        <v>41</v>
       </c>
       <c r="M257" s="2">
         <v>0</v>
       </c>
       <c r="N257" s="2">
-        <v>144</v>
+        <v>141</v>
       </c>
     </row>
     <row r="258" spans="1:14">
       <c r="A258" s="2">
-        <v>102789</v>
+        <v>102722</v>
       </c>
       <c r="B258" s="2" t="s">
-        <v>660</v>
+        <v>335</v>
       </c>
       <c r="C258" s="2" t="s">
-        <v>661</v>
+        <v>336</v>
       </c>
       <c r="D258" s="2"/>
       <c r="E258" s="2">
-        <v>7108</v>
+        <v>7596</v>
       </c>
       <c r="F258" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G258" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H258" s="2" t="s">
-        <v>662</v>
+        <v>660</v>
       </c>
       <c r="I258" s="2">
         <v>86</v>
       </c>
       <c r="J258" s="2">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="K258" s="2">
         <v>100</v>
       </c>
       <c r="L258" s="2">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="M258" s="2">
         <v>0</v>
       </c>
       <c r="N258" s="2">
-        <v>141</v>
+        <v>145</v>
       </c>
     </row>
     <row r="259" spans="1:14">
       <c r="A259" s="2">
-        <v>102722</v>
+        <v>102766</v>
       </c>
       <c r="B259" s="2" t="s">
-        <v>335</v>
+        <v>661</v>
       </c>
       <c r="C259" s="2" t="s">
-        <v>336</v>
+        <v>662</v>
       </c>
       <c r="D259" s="2"/>
       <c r="E259" s="2">
-        <v>7596</v>
+        <v>7574</v>
       </c>
       <c r="F259" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G259" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H259" s="2" t="s">
         <v>663</v>
       </c>
       <c r="I259" s="2">
         <v>86</v>
       </c>
       <c r="J259" s="2">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="K259" s="2">
         <v>100</v>
       </c>
       <c r="L259" s="2">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="M259" s="2">
         <v>0</v>
       </c>
       <c r="N259" s="2">
-        <v>145</v>
+        <v>144</v>
       </c>
     </row>
     <row r="260" spans="1:14">
       <c r="A260" s="2">
-        <v>107011</v>
+        <v>102767</v>
       </c>
       <c r="B260" s="2" t="s">
         <v>664</v>
       </c>
       <c r="C260" s="2" t="s">
         <v>665</v>
       </c>
       <c r="D260" s="2"/>
       <c r="E260" s="2">
-        <v>7144</v>
+        <v>7024</v>
       </c>
       <c r="F260" s="2" t="s">
-        <v>48</v>
+        <v>29</v>
       </c>
       <c r="G260" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H260" s="2" t="s">
         <v>666</v>
       </c>
       <c r="I260" s="2">
         <v>87</v>
       </c>
       <c r="J260" s="2">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="K260" s="2">
         <v>100</v>
       </c>
       <c r="L260" s="2">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="M260" s="2">
         <v>0</v>
       </c>
       <c r="N260" s="2">
-        <v>144</v>
+        <v>143</v>
       </c>
     </row>
     <row r="261" spans="1:14">
       <c r="A261" s="2">
-        <v>102767</v>
+        <v>107011</v>
       </c>
       <c r="B261" s="2" t="s">
         <v>667</v>
       </c>
       <c r="C261" s="2" t="s">
         <v>668</v>
       </c>
       <c r="D261" s="2"/>
       <c r="E261" s="2">
-        <v>7024</v>
+        <v>7144</v>
       </c>
       <c r="F261" s="2" t="s">
-        <v>29</v>
+        <v>44</v>
       </c>
       <c r="G261" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H261" s="2" t="s">
         <v>669</v>
       </c>
       <c r="I261" s="2">
         <v>87</v>
       </c>
       <c r="J261" s="2">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="K261" s="2">
         <v>100</v>
       </c>
       <c r="L261" s="2">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="M261" s="2">
         <v>0</v>
       </c>
       <c r="N261" s="2">
-        <v>143</v>
+        <v>144</v>
       </c>
     </row>
     <row r="262" spans="1:14">
       <c r="A262" s="2">
         <v>113133</v>
       </c>
       <c r="B262" s="2" t="s">
         <v>166</v>
       </c>
       <c r="C262" s="2" t="s">
         <v>670</v>
       </c>
       <c r="D262" s="2"/>
       <c r="E262" s="2">
         <v>7632</v>
       </c>
       <c r="F262" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G262" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H262" s="2" t="s">
         <v>671</v>
       </c>
       <c r="I262" s="2">
         <v>87</v>
       </c>
       <c r="J262" s="2">
         <v>81</v>
       </c>
       <c r="K262" s="2">
         <v>100</v>
       </c>
       <c r="L262" s="2">
         <v>40</v>
       </c>
       <c r="M262" s="2">
         <v>0</v>
       </c>
       <c r="N262" s="2">
         <v>140</v>
       </c>
     </row>
     <row r="263" spans="1:14">
       <c r="A263" s="2">
         <v>113134</v>
       </c>
       <c r="B263" s="2" t="s">
-        <v>240</v>
+        <v>246</v>
       </c>
       <c r="C263" s="2" t="s">
         <v>672</v>
       </c>
       <c r="D263" s="2"/>
       <c r="E263" s="2">
         <v>7149</v>
       </c>
       <c r="F263" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G263" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H263" s="2" t="s">
         <v>673</v>
       </c>
       <c r="I263" s="2">
         <v>88</v>
       </c>
       <c r="J263" s="2">
         <v>82</v>
       </c>
       <c r="K263" s="2">
         <v>100</v>
       </c>
       <c r="L263" s="2">
         <v>39</v>
       </c>
       <c r="M263" s="2">
         <v>0</v>
       </c>
       <c r="N263" s="2">
         <v>139</v>
       </c>
     </row>
     <row r="264" spans="1:14">
       <c r="A264" s="2">
         <v>105199</v>
       </c>
       <c r="B264" s="2" t="s">
-        <v>240</v>
+        <v>246</v>
       </c>
       <c r="C264" s="2" t="s">
         <v>674</v>
       </c>
       <c r="D264" s="2"/>
       <c r="E264" s="2">
         <v>7034</v>
       </c>
       <c r="F264" s="2" t="s">
         <v>675</v>
       </c>
       <c r="G264" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H264" s="2" t="s">
         <v>676</v>
       </c>
       <c r="I264" s="2">
         <v>88</v>
       </c>
       <c r="J264" s="2">
         <v>78</v>
       </c>
       <c r="K264" s="2">
         <v>100</v>
@@ -17532,252 +17532,252 @@
       </c>
       <c r="H265" s="2" t="s">
         <v>679</v>
       </c>
       <c r="I265" s="2">
         <v>88</v>
       </c>
       <c r="J265" s="2">
         <v>79</v>
       </c>
       <c r="K265" s="2">
         <v>100</v>
       </c>
       <c r="L265" s="2">
         <v>42</v>
       </c>
       <c r="M265" s="2">
         <v>0</v>
       </c>
       <c r="N265" s="2">
         <v>142</v>
       </c>
     </row>
     <row r="266" spans="1:14">
       <c r="A266" s="2">
-        <v>102769</v>
+        <v>105201</v>
       </c>
       <c r="B266" s="2" t="s">
         <v>680</v>
       </c>
       <c r="C266" s="2" t="s">
         <v>681</v>
       </c>
       <c r="D266" s="2"/>
       <c r="E266" s="2">
-        <v>7046</v>
+        <v>7619</v>
       </c>
       <c r="F266" s="2" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="G266" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H266" s="2" t="s">
         <v>682</v>
       </c>
       <c r="I266" s="2">
         <v>89</v>
       </c>
       <c r="J266" s="2">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="K266" s="2">
         <v>100</v>
       </c>
       <c r="L266" s="2">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="M266" s="2">
         <v>0</v>
       </c>
       <c r="N266" s="2">
-        <v>141</v>
+        <v>142</v>
       </c>
     </row>
     <row r="267" spans="1:14">
       <c r="A267" s="2">
-        <v>105201</v>
-[...1 lines deleted...]
-      <c r="B267" s="2" t="s">
+        <v>113135</v>
+      </c>
+      <c r="B267" s="2"/>
+      <c r="C267" s="2" t="s">
         <v>683</v>
-      </c>
-[...1 lines deleted...]
-        <v>684</v>
       </c>
       <c r="D267" s="2"/>
       <c r="E267" s="2">
-        <v>7619</v>
+        <v>7534</v>
       </c>
       <c r="F267" s="2" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="G267" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H267" s="2" t="s">
-        <v>685</v>
+        <v>684</v>
       </c>
       <c r="I267" s="2">
         <v>89</v>
       </c>
       <c r="J267" s="2">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="K267" s="2">
         <v>100</v>
       </c>
       <c r="L267" s="2">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="M267" s="2">
         <v>0</v>
       </c>
       <c r="N267" s="2">
-        <v>142</v>
+        <v>138</v>
       </c>
     </row>
     <row r="268" spans="1:14">
       <c r="A268" s="2">
-        <v>113135</v>
-[...1 lines deleted...]
-      <c r="B268" s="2"/>
+        <v>102769</v>
+      </c>
+      <c r="B268" s="2" t="s">
+        <v>685</v>
+      </c>
       <c r="C268" s="2" t="s">
         <v>686</v>
       </c>
       <c r="D268" s="2"/>
       <c r="E268" s="2">
-        <v>7534</v>
+        <v>7046</v>
       </c>
       <c r="F268" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G268" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H268" s="2" t="s">
         <v>687</v>
       </c>
       <c r="I268" s="2">
         <v>89</v>
       </c>
       <c r="J268" s="2">
-        <v>83</v>
+        <v>80</v>
       </c>
       <c r="K268" s="2">
         <v>100</v>
       </c>
       <c r="L268" s="2">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="M268" s="2">
         <v>0</v>
       </c>
       <c r="N268" s="2">
-        <v>138</v>
+        <v>141</v>
       </c>
     </row>
     <row r="269" spans="1:14">
       <c r="A269" s="2">
-        <v>107014</v>
+        <v>102770</v>
       </c>
       <c r="B269" s="2" t="s">
         <v>688</v>
       </c>
       <c r="C269" s="2" t="s">
-        <v>688</v>
+        <v>689</v>
       </c>
       <c r="D269" s="2"/>
       <c r="E269" s="2">
-        <v>7026</v>
-[...1 lines deleted...]
-      <c r="F269" s="2"/>
+        <v>7167</v>
+      </c>
+      <c r="F269" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="G269" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H269" s="2" t="s">
-        <v>689</v>
+        <v>690</v>
       </c>
       <c r="I269" s="2">
         <v>90</v>
       </c>
       <c r="J269" s="2">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="K269" s="2">
         <v>100</v>
       </c>
       <c r="L269" s="2">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="M269" s="2">
         <v>0</v>
       </c>
       <c r="N269" s="2">
-        <v>141</v>
+        <v>140</v>
       </c>
     </row>
     <row r="270" spans="1:14">
       <c r="A270" s="2">
-        <v>102770</v>
+        <v>107014</v>
       </c>
       <c r="B270" s="2" t="s">
-        <v>690</v>
+        <v>691</v>
       </c>
       <c r="C270" s="2" t="s">
         <v>691</v>
       </c>
       <c r="D270" s="2"/>
       <c r="E270" s="2">
-        <v>7167</v>
-[...3 lines deleted...]
-      </c>
+        <v>7026</v>
+      </c>
+      <c r="F270" s="2"/>
       <c r="G270" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H270" s="2" t="s">
         <v>692</v>
       </c>
       <c r="I270" s="2">
         <v>90</v>
       </c>
       <c r="J270" s="2">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="K270" s="2">
         <v>100</v>
       </c>
       <c r="L270" s="2">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="M270" s="2">
         <v>0</v>
       </c>
       <c r="N270" s="2">
-        <v>140</v>
+        <v>141</v>
       </c>
     </row>
     <row r="271" spans="1:14">
       <c r="A271" s="2">
         <v>113136</v>
       </c>
       <c r="B271" s="2" t="s">
         <v>693</v>
       </c>
       <c r="C271" s="2" t="s">
         <v>694</v>
       </c>
       <c r="D271" s="2"/>
       <c r="E271" s="2">
         <v>7135</v>
       </c>
       <c r="F271" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G271" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H271" s="2" t="s">
         <v>695</v>
       </c>
@@ -17822,254 +17822,254 @@
       </c>
       <c r="H272" s="2" t="s">
         <v>698</v>
       </c>
       <c r="I272" s="2">
         <v>91</v>
       </c>
       <c r="J272" s="2">
         <v>85</v>
       </c>
       <c r="K272" s="2">
         <v>100</v>
       </c>
       <c r="L272" s="2">
         <v>36</v>
       </c>
       <c r="M272" s="2">
         <v>0</v>
       </c>
       <c r="N272" s="2">
         <v>136</v>
       </c>
     </row>
     <row r="273" spans="1:14">
       <c r="A273" s="2">
-        <v>107015</v>
+        <v>102771</v>
       </c>
       <c r="B273" s="2" t="s">
-        <v>553</v>
+        <v>699</v>
       </c>
       <c r="C273" s="2" t="s">
-        <v>59</v>
+        <v>700</v>
       </c>
       <c r="D273" s="2"/>
       <c r="E273" s="2">
-        <v>7027</v>
-[...1 lines deleted...]
-      <c r="F273" s="2"/>
+        <v>7068</v>
+      </c>
+      <c r="F273" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="G273" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H273" s="2" t="s">
-        <v>689</v>
+        <v>701</v>
       </c>
       <c r="I273" s="2">
         <v>91</v>
       </c>
       <c r="J273" s="2">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="K273" s="2">
         <v>100</v>
       </c>
       <c r="L273" s="2">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="M273" s="2">
         <v>0</v>
       </c>
       <c r="N273" s="2">
-        <v>140</v>
+        <v>139</v>
       </c>
     </row>
     <row r="274" spans="1:14">
       <c r="A274" s="2">
-        <v>102771</v>
+        <v>107015</v>
       </c>
       <c r="B274" s="2" t="s">
-        <v>699</v>
+        <v>553</v>
       </c>
       <c r="C274" s="2" t="s">
-        <v>700</v>
+        <v>59</v>
       </c>
       <c r="D274" s="2"/>
       <c r="E274" s="2">
-        <v>7068</v>
-[...3 lines deleted...]
-      </c>
+        <v>7027</v>
+      </c>
+      <c r="F274" s="2"/>
       <c r="G274" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H274" s="2" t="s">
-        <v>701</v>
+        <v>692</v>
       </c>
       <c r="I274" s="2">
         <v>91</v>
       </c>
       <c r="J274" s="2">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="K274" s="2">
         <v>100</v>
       </c>
       <c r="L274" s="2">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="M274" s="2">
         <v>0</v>
       </c>
       <c r="N274" s="2">
-        <v>139</v>
+        <v>140</v>
       </c>
     </row>
     <row r="275" spans="1:14">
       <c r="A275" s="2">
-        <v>102772</v>
+        <v>102075</v>
       </c>
       <c r="B275" s="2" t="s">
-        <v>177</v>
+        <v>702</v>
       </c>
       <c r="C275" s="2" t="s">
-        <v>702</v>
+        <v>703</v>
       </c>
       <c r="D275" s="2"/>
       <c r="E275" s="2">
-        <v>7616</v>
+        <v>7141</v>
       </c>
       <c r="F275" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G275" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H275" s="2" t="s">
-        <v>703</v>
+        <v>704</v>
       </c>
       <c r="I275" s="2">
         <v>92</v>
       </c>
       <c r="J275" s="2">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="K275" s="2">
         <v>100</v>
       </c>
       <c r="L275" s="2">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="M275" s="2">
         <v>0</v>
       </c>
       <c r="N275" s="2">
-        <v>138</v>
+        <v>139</v>
       </c>
     </row>
     <row r="276" spans="1:14">
       <c r="A276" s="2">
-        <v>102075</v>
+        <v>113138</v>
       </c>
       <c r="B276" s="2" t="s">
-        <v>704</v>
+        <v>705</v>
       </c>
       <c r="C276" s="2" t="s">
-        <v>705</v>
+        <v>571</v>
       </c>
       <c r="D276" s="2"/>
       <c r="E276" s="2">
-        <v>7141</v>
+        <v>7110</v>
       </c>
       <c r="F276" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G276" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H276" s="2" t="s">
         <v>706</v>
       </c>
       <c r="I276" s="2">
         <v>92</v>
       </c>
       <c r="J276" s="2">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="K276" s="2">
         <v>100</v>
       </c>
       <c r="L276" s="2">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="M276" s="2">
         <v>0</v>
       </c>
       <c r="N276" s="2">
-        <v>139</v>
+        <v>135</v>
       </c>
     </row>
     <row r="277" spans="1:14">
       <c r="A277" s="2">
-        <v>113138</v>
+        <v>102772</v>
       </c>
       <c r="B277" s="2" t="s">
+        <v>177</v>
+      </c>
+      <c r="C277" s="2" t="s">
         <v>707</v>
-      </c>
-[...1 lines deleted...]
-        <v>571</v>
       </c>
       <c r="D277" s="2"/>
       <c r="E277" s="2">
-        <v>7110</v>
+        <v>7616</v>
       </c>
       <c r="F277" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G277" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H277" s="2" t="s">
         <v>708</v>
       </c>
       <c r="I277" s="2">
         <v>92</v>
       </c>
       <c r="J277" s="2">
-        <v>86</v>
+        <v>83</v>
       </c>
       <c r="K277" s="2">
         <v>100</v>
       </c>
       <c r="L277" s="2">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="M277" s="2">
         <v>0</v>
       </c>
       <c r="N277" s="2">
-        <v>135</v>
+        <v>138</v>
       </c>
     </row>
     <row r="278" spans="1:14">
       <c r="A278" s="2">
         <v>107017</v>
       </c>
       <c r="B278" s="2" t="s">
         <v>709</v>
       </c>
       <c r="C278" s="2" t="s">
         <v>710</v>
       </c>
       <c r="D278" s="2"/>
       <c r="E278" s="2">
         <v>7078</v>
       </c>
       <c r="F278" s="2"/>
       <c r="G278" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H278" s="2" t="s">
         <v>711</v>
       </c>
       <c r="I278" s="2">
         <v>93</v>
@@ -18241,51 +18241,51 @@
       </c>
       <c r="I282" s="2">
         <v>94</v>
       </c>
       <c r="J282" s="2">
         <v>84</v>
       </c>
       <c r="K282" s="2">
         <v>100</v>
       </c>
       <c r="L282" s="2">
         <v>37</v>
       </c>
       <c r="M282" s="2">
         <v>0</v>
       </c>
       <c r="N282" s="2">
         <v>137</v>
       </c>
     </row>
     <row r="283" spans="1:14">
       <c r="A283" s="2">
         <v>102774</v>
       </c>
       <c r="B283" s="2" t="s">
-        <v>240</v>
+        <v>246</v>
       </c>
       <c r="C283" s="2" t="s">
         <v>722</v>
       </c>
       <c r="D283" s="2"/>
       <c r="E283" s="2">
         <v>7059</v>
       </c>
       <c r="F283" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G283" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H283" s="2" t="s">
         <v>723</v>
       </c>
       <c r="I283" s="2">
         <v>94</v>
       </c>
       <c r="J283" s="2">
         <v>85</v>
       </c>
       <c r="K283" s="2">
         <v>100</v>
@@ -18367,54 +18367,54 @@
       </c>
       <c r="I285" s="2">
         <v>95</v>
       </c>
       <c r="J285" s="2">
         <v>89</v>
       </c>
       <c r="K285" s="2">
         <v>100</v>
       </c>
       <c r="L285" s="2">
         <v>32</v>
       </c>
       <c r="M285" s="2">
         <v>0</v>
       </c>
       <c r="N285" s="2">
         <v>132</v>
       </c>
     </row>
     <row r="286" spans="1:14">
       <c r="A286" s="2">
         <v>105632</v>
       </c>
       <c r="B286" s="2" t="s">
-        <v>405</v>
+        <v>402</v>
       </c>
       <c r="C286" s="2" t="s">
-        <v>90</v>
+        <v>94</v>
       </c>
       <c r="D286" s="2"/>
       <c r="E286" s="2">
         <v>7133</v>
       </c>
       <c r="F286" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G286" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H286" s="2" t="s">
         <v>730</v>
       </c>
       <c r="I286" s="2">
         <v>95</v>
       </c>
       <c r="J286" s="2">
         <v>85</v>
       </c>
       <c r="K286" s="2">
         <v>100</v>
       </c>
       <c r="L286" s="2">
         <v>36</v>
@@ -18574,148 +18574,148 @@
       </c>
       <c r="H290" s="2" t="s">
         <v>740</v>
       </c>
       <c r="I290" s="2">
         <v>97</v>
       </c>
       <c r="J290" s="2">
         <v>91</v>
       </c>
       <c r="K290" s="2">
         <v>100</v>
       </c>
       <c r="L290" s="2">
         <v>30</v>
       </c>
       <c r="M290" s="2">
         <v>0</v>
       </c>
       <c r="N290" s="2">
         <v>130</v>
       </c>
     </row>
     <row r="291" spans="1:14">
       <c r="A291" s="2">
-        <v>107021</v>
+        <v>102777</v>
       </c>
       <c r="B291" s="2" t="s">
-        <v>430</v>
+        <v>183</v>
       </c>
       <c r="C291" s="2" t="s">
-        <v>431</v>
+        <v>184</v>
       </c>
       <c r="D291" s="2"/>
       <c r="E291" s="2">
-        <v>7204</v>
+        <v>7617</v>
       </c>
       <c r="F291" s="2" t="s">
-        <v>48</v>
+        <v>29</v>
       </c>
       <c r="G291" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H291" s="2" t="s">
         <v>741</v>
       </c>
       <c r="I291" s="2">
         <v>97</v>
       </c>
       <c r="J291" s="2">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="K291" s="2">
         <v>100</v>
       </c>
       <c r="L291" s="2">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="M291" s="2">
         <v>0</v>
       </c>
       <c r="N291" s="2">
-        <v>134</v>
+        <v>133</v>
       </c>
     </row>
     <row r="292" spans="1:14">
       <c r="A292" s="2">
-        <v>102777</v>
+        <v>107021</v>
       </c>
       <c r="B292" s="2" t="s">
-        <v>186</v>
+        <v>434</v>
       </c>
       <c r="C292" s="2" t="s">
-        <v>187</v>
+        <v>435</v>
       </c>
       <c r="D292" s="2"/>
       <c r="E292" s="2">
-        <v>7617</v>
+        <v>7204</v>
       </c>
       <c r="F292" s="2" t="s">
-        <v>29</v>
+        <v>44</v>
       </c>
       <c r="G292" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H292" s="2" t="s">
         <v>742</v>
       </c>
       <c r="I292" s="2">
         <v>97</v>
       </c>
       <c r="J292" s="2">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="K292" s="2">
         <v>100</v>
       </c>
       <c r="L292" s="2">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="M292" s="2">
         <v>0</v>
       </c>
       <c r="N292" s="2">
-        <v>133</v>
+        <v>134</v>
       </c>
     </row>
     <row r="293" spans="1:14">
       <c r="A293" s="2">
         <v>107022</v>
       </c>
       <c r="B293" s="2" t="s">
         <v>743</v>
       </c>
       <c r="C293" s="2" t="s">
         <v>744</v>
       </c>
       <c r="D293" s="2"/>
       <c r="E293" s="2">
         <v>7585</v>
       </c>
       <c r="F293" s="2" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="G293" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H293" s="2" t="s">
         <v>745</v>
       </c>
       <c r="I293" s="2">
         <v>98</v>
       </c>
       <c r="J293" s="2">
         <v>88</v>
       </c>
       <c r="K293" s="2">
         <v>100</v>
       </c>
       <c r="L293" s="2">
         <v>33</v>
       </c>
       <c r="M293" s="2">
         <v>0</v>
       </c>
       <c r="N293" s="2">
         <v>133</v>
       </c>
@@ -18755,51 +18755,51 @@
       <c r="L294" s="2">
         <v>29</v>
       </c>
       <c r="M294" s="2">
         <v>0</v>
       </c>
       <c r="N294" s="2">
         <v>129</v>
       </c>
     </row>
     <row r="295" spans="1:14">
       <c r="A295" s="2">
         <v>100188</v>
       </c>
       <c r="B295" s="2" t="s">
         <v>749</v>
       </c>
       <c r="C295" s="2" t="s">
         <v>750</v>
       </c>
       <c r="D295" s="2"/>
       <c r="E295" s="2">
         <v>8022</v>
       </c>
       <c r="F295" s="2" t="s">
-        <v>194</v>
+        <v>197</v>
       </c>
       <c r="G295" s="2" t="s">
         <v>77</v>
       </c>
       <c r="H295" s="2" t="s">
         <v>751</v>
       </c>
       <c r="I295" s="2">
         <v>98</v>
       </c>
       <c r="J295" s="2">
         <v>10</v>
       </c>
       <c r="K295" s="2">
         <v>100</v>
       </c>
       <c r="L295" s="2">
         <v>210</v>
       </c>
       <c r="M295" s="2">
         <v>0</v>
       </c>
       <c r="N295" s="2">
         <v>310</v>
       </c>
@@ -19040,133 +19040,133 @@
       </c>
       <c r="J301" s="2">
         <v>90</v>
       </c>
       <c r="K301" s="2">
         <v>100</v>
       </c>
       <c r="L301" s="2">
         <v>31</v>
       </c>
       <c r="M301" s="2">
         <v>0</v>
       </c>
       <c r="N301" s="2">
         <v>131</v>
       </c>
     </row>
     <row r="302" spans="1:14">
       <c r="A302" s="2">
         <v>101037</v>
       </c>
       <c r="B302" s="2" t="s">
         <v>769</v>
       </c>
       <c r="C302" s="2" t="s">
-        <v>124</v>
+        <v>121</v>
       </c>
       <c r="D302" s="2"/>
       <c r="E302" s="2">
         <v>7543</v>
       </c>
       <c r="F302" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G302" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H302" s="2" t="s">
         <v>770</v>
       </c>
       <c r="I302" s="2">
         <v>101</v>
       </c>
       <c r="J302" s="2">
         <v>95</v>
       </c>
       <c r="K302" s="2">
         <v>100</v>
       </c>
       <c r="L302" s="2">
         <v>26</v>
       </c>
       <c r="M302" s="2">
         <v>0</v>
       </c>
       <c r="N302" s="2">
         <v>126</v>
       </c>
     </row>
     <row r="303" spans="1:14">
       <c r="A303" s="2">
         <v>107025</v>
       </c>
       <c r="B303" s="2" t="s">
-        <v>487</v>
+        <v>481</v>
       </c>
       <c r="C303" s="2" t="s">
-        <v>488</v>
+        <v>482</v>
       </c>
       <c r="D303" s="2"/>
       <c r="E303" s="2">
         <v>7509</v>
       </c>
       <c r="F303" s="2"/>
       <c r="G303" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H303" s="2" t="s">
         <v>771</v>
       </c>
       <c r="I303" s="2">
         <v>101</v>
       </c>
       <c r="J303" s="2">
         <v>91</v>
       </c>
       <c r="K303" s="2">
         <v>100</v>
       </c>
       <c r="L303" s="2">
         <v>30</v>
       </c>
       <c r="M303" s="2">
         <v>0</v>
       </c>
       <c r="N303" s="2">
         <v>130</v>
       </c>
     </row>
     <row r="304" spans="1:14">
       <c r="A304" s="2">
         <v>102781</v>
       </c>
       <c r="B304" s="2" t="s">
-        <v>327</v>
+        <v>324</v>
       </c>
       <c r="C304" s="2" t="s">
-        <v>328</v>
+        <v>325</v>
       </c>
       <c r="D304" s="2"/>
       <c r="E304" s="2">
         <v>7095</v>
       </c>
       <c r="F304" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G304" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H304" s="2" t="s">
         <v>772</v>
       </c>
       <c r="I304" s="2">
         <v>101</v>
       </c>
       <c r="J304" s="2">
         <v>91</v>
       </c>
       <c r="K304" s="2">
         <v>100</v>
       </c>
       <c r="L304" s="2">
         <v>30</v>
@@ -19206,93 +19206,93 @@
       </c>
       <c r="J305" s="2">
         <v>96</v>
       </c>
       <c r="K305" s="2">
         <v>100</v>
       </c>
       <c r="L305" s="2">
         <v>25</v>
       </c>
       <c r="M305" s="2">
         <v>0</v>
       </c>
       <c r="N305" s="2">
         <v>125</v>
       </c>
     </row>
     <row r="306" spans="1:14">
       <c r="A306" s="2">
         <v>102782</v>
       </c>
       <c r="B306" s="2" t="s">
         <v>776</v>
       </c>
       <c r="C306" s="2" t="s">
-        <v>577</v>
+        <v>581</v>
       </c>
       <c r="D306" s="2"/>
       <c r="E306" s="2">
         <v>7134</v>
       </c>
       <c r="F306" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G306" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H306" s="2" t="s">
         <v>777</v>
       </c>
       <c r="I306" s="2">
         <v>102</v>
       </c>
       <c r="J306" s="2">
         <v>92</v>
       </c>
       <c r="K306" s="2">
         <v>100</v>
       </c>
       <c r="L306" s="2">
         <v>29</v>
       </c>
       <c r="M306" s="2">
         <v>0</v>
       </c>
       <c r="N306" s="2">
         <v>129</v>
       </c>
     </row>
     <row r="307" spans="1:14">
       <c r="A307" s="2">
         <v>107026</v>
       </c>
       <c r="B307" s="2" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="C307" s="2" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="D307" s="2"/>
       <c r="E307" s="2">
         <v>7165</v>
       </c>
       <c r="F307" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G307" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H307" s="2" t="s">
         <v>778</v>
       </c>
       <c r="I307" s="2">
         <v>102</v>
       </c>
       <c r="J307" s="2">
         <v>92</v>
       </c>
       <c r="K307" s="2">
         <v>100</v>
       </c>
       <c r="L307" s="2">
         <v>29</v>
@@ -19413,54 +19413,54 @@
       </c>
       <c r="I310" s="2">
         <v>103</v>
       </c>
       <c r="J310" s="2">
         <v>11</v>
       </c>
       <c r="K310" s="2">
         <v>100</v>
       </c>
       <c r="L310" s="2">
         <v>200</v>
       </c>
       <c r="M310" s="2">
         <v>0</v>
       </c>
       <c r="N310" s="2">
         <v>300</v>
       </c>
     </row>
     <row r="311" spans="1:14">
       <c r="A311" s="2">
         <v>107027</v>
       </c>
       <c r="B311" s="2" t="s">
-        <v>369</v>
+        <v>372</v>
       </c>
       <c r="C311" s="2" t="s">
-        <v>579</v>
+        <v>577</v>
       </c>
       <c r="D311" s="2"/>
       <c r="E311" s="2">
         <v>8038</v>
       </c>
       <c r="F311" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G311" s="2" t="s">
         <v>77</v>
       </c>
       <c r="H311" s="2" t="s">
         <v>788</v>
       </c>
       <c r="I311" s="2">
         <v>104</v>
       </c>
       <c r="J311" s="2">
         <v>12</v>
       </c>
       <c r="K311" s="2">
         <v>100</v>
       </c>
       <c r="L311" s="2">
         <v>190</v>
@@ -19581,711 +19581,711 @@
       </c>
       <c r="I314" s="2">
         <v>105</v>
       </c>
       <c r="J314" s="2">
         <v>98</v>
       </c>
       <c r="K314" s="2">
         <v>100</v>
       </c>
       <c r="L314" s="2">
         <v>23</v>
       </c>
       <c r="M314" s="2">
         <v>0</v>
       </c>
       <c r="N314" s="2">
         <v>123</v>
       </c>
     </row>
     <row r="315" spans="1:14">
       <c r="A315" s="2">
         <v>102785</v>
       </c>
       <c r="B315" s="2" t="s">
-        <v>363</v>
+        <v>360</v>
       </c>
       <c r="C315" s="2" t="s">
-        <v>364</v>
+        <v>361</v>
       </c>
       <c r="D315" s="2"/>
       <c r="E315" s="2">
         <v>7039</v>
       </c>
       <c r="F315" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G315" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H315" s="2" t="s">
         <v>798</v>
       </c>
       <c r="I315" s="2">
         <v>105</v>
       </c>
       <c r="J315" s="2">
         <v>94</v>
       </c>
       <c r="K315" s="2">
         <v>100</v>
       </c>
       <c r="L315" s="2">
         <v>27</v>
       </c>
       <c r="M315" s="2">
         <v>0</v>
       </c>
       <c r="N315" s="2">
         <v>127</v>
       </c>
     </row>
     <row r="316" spans="1:14">
       <c r="A316" s="2">
         <v>104513</v>
       </c>
       <c r="B316" s="2" t="s">
         <v>799</v>
       </c>
       <c r="C316" s="2" t="s">
-        <v>328</v>
+        <v>325</v>
       </c>
       <c r="D316" s="2"/>
       <c r="E316" s="2">
         <v>7038</v>
       </c>
       <c r="F316" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G316" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H316" s="2" t="s">
         <v>800</v>
       </c>
       <c r="I316" s="2">
         <v>105</v>
       </c>
       <c r="J316" s="2">
         <v>93</v>
       </c>
       <c r="K316" s="2">
         <v>100</v>
       </c>
       <c r="L316" s="2">
         <v>28</v>
       </c>
       <c r="M316" s="2">
         <v>0</v>
       </c>
       <c r="N316" s="2">
         <v>128</v>
       </c>
     </row>
     <row r="317" spans="1:14">
       <c r="A317" s="2">
-        <v>113152</v>
+        <v>102786</v>
       </c>
       <c r="B317" s="2" t="s">
         <v>801</v>
       </c>
       <c r="C317" s="2" t="s">
         <v>802</v>
       </c>
       <c r="D317" s="2"/>
       <c r="E317" s="2">
-        <v>7066</v>
+        <v>7060</v>
       </c>
       <c r="F317" s="2" t="s">
+        <v>29</v>
+      </c>
+      <c r="G317" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="H317" s="2" t="s">
         <v>803</v>
-      </c>
-[...4 lines deleted...]
-        <v>797</v>
       </c>
       <c r="I317" s="2">
         <v>106</v>
       </c>
       <c r="J317" s="2">
-        <v>99</v>
+        <v>95</v>
       </c>
       <c r="K317" s="2">
         <v>100</v>
       </c>
       <c r="L317" s="2">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="M317" s="2">
         <v>0</v>
       </c>
       <c r="N317" s="2">
-        <v>122</v>
+        <v>126</v>
       </c>
     </row>
     <row r="318" spans="1:14">
       <c r="A318" s="2">
-        <v>102786</v>
+        <v>107030</v>
       </c>
       <c r="B318" s="2" t="s">
         <v>804</v>
       </c>
       <c r="C318" s="2" t="s">
         <v>805</v>
       </c>
       <c r="D318" s="2"/>
       <c r="E318" s="2">
-        <v>7060</v>
-[...3 lines deleted...]
-      </c>
+        <v>7547</v>
+      </c>
+      <c r="F318" s="2"/>
       <c r="G318" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H318" s="2" t="s">
         <v>806</v>
       </c>
       <c r="I318" s="2">
         <v>106</v>
       </c>
       <c r="J318" s="2">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="K318" s="2">
         <v>100</v>
       </c>
       <c r="L318" s="2">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="M318" s="2">
         <v>0</v>
       </c>
       <c r="N318" s="2">
-        <v>126</v>
+        <v>127</v>
       </c>
     </row>
     <row r="319" spans="1:14">
       <c r="A319" s="2">
-        <v>107030</v>
+        <v>113152</v>
       </c>
       <c r="B319" s="2" t="s">
         <v>807</v>
       </c>
       <c r="C319" s="2" t="s">
         <v>808</v>
       </c>
       <c r="D319" s="2"/>
       <c r="E319" s="2">
-        <v>7547</v>
-[...1 lines deleted...]
-      <c r="F319" s="2"/>
+        <v>7066</v>
+      </c>
+      <c r="F319" s="2" t="s">
+        <v>809</v>
+      </c>
       <c r="G319" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H319" s="2" t="s">
-        <v>809</v>
+        <v>797</v>
       </c>
       <c r="I319" s="2">
         <v>106</v>
       </c>
       <c r="J319" s="2">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="K319" s="2">
         <v>100</v>
       </c>
       <c r="L319" s="2">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="M319" s="2">
         <v>0</v>
       </c>
       <c r="N319" s="2">
-        <v>127</v>
+        <v>122</v>
       </c>
     </row>
     <row r="320" spans="1:14">
       <c r="A320" s="2">
-        <v>107046</v>
+        <v>102787</v>
       </c>
       <c r="B320" s="2" t="s">
         <v>810</v>
       </c>
       <c r="C320" s="2" t="s">
         <v>811</v>
       </c>
       <c r="D320" s="2"/>
       <c r="E320" s="2">
-        <v>7060</v>
+        <v>7077</v>
       </c>
       <c r="F320" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G320" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H320" s="2" t="s">
         <v>812</v>
       </c>
       <c r="I320" s="2">
         <v>107</v>
       </c>
       <c r="J320" s="2">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="K320" s="2">
         <v>100</v>
       </c>
       <c r="L320" s="2">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="M320" s="2">
         <v>0</v>
       </c>
       <c r="N320" s="2">
-        <v>121</v>
+        <v>125</v>
       </c>
     </row>
     <row r="321" spans="1:14">
       <c r="A321" s="2">
-        <v>102787</v>
+        <v>107046</v>
       </c>
       <c r="B321" s="2" t="s">
         <v>813</v>
       </c>
       <c r="C321" s="2" t="s">
         <v>814</v>
       </c>
       <c r="D321" s="2"/>
       <c r="E321" s="2">
-        <v>7077</v>
+        <v>7060</v>
       </c>
       <c r="F321" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G321" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H321" s="2" t="s">
         <v>815</v>
       </c>
       <c r="I321" s="2">
         <v>107</v>
       </c>
       <c r="J321" s="2">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="K321" s="2">
         <v>100</v>
       </c>
       <c r="L321" s="2">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="M321" s="2">
         <v>0</v>
       </c>
       <c r="N321" s="2">
-        <v>125</v>
+        <v>121</v>
       </c>
     </row>
     <row r="322" spans="1:14">
       <c r="A322" s="2">
         <v>107031</v>
       </c>
       <c r="B322" s="2" t="s">
         <v>761</v>
       </c>
       <c r="C322" s="2" t="s">
         <v>762</v>
       </c>
       <c r="D322" s="2"/>
       <c r="E322" s="2">
         <v>7029</v>
       </c>
       <c r="F322" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G322" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H322" s="2" t="s">
         <v>816</v>
       </c>
       <c r="I322" s="2">
         <v>107</v>
       </c>
       <c r="J322" s="2">
         <v>95</v>
       </c>
       <c r="K322" s="2">
         <v>100</v>
       </c>
       <c r="L322" s="2">
         <v>26</v>
       </c>
       <c r="M322" s="2">
         <v>0</v>
       </c>
       <c r="N322" s="2">
         <v>126</v>
       </c>
     </row>
     <row r="323" spans="1:14">
       <c r="A323" s="2">
         <v>107032</v>
       </c>
       <c r="B323" s="2" t="s">
-        <v>324</v>
+        <v>327</v>
       </c>
       <c r="C323" s="2" t="s">
         <v>438</v>
       </c>
       <c r="D323" s="2"/>
       <c r="E323" s="2">
         <v>7507</v>
       </c>
       <c r="F323" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G323" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H323" s="2" t="s">
         <v>817</v>
       </c>
       <c r="I323" s="2">
         <v>108</v>
       </c>
       <c r="J323" s="2">
         <v>96</v>
       </c>
       <c r="K323" s="2">
         <v>100</v>
       </c>
       <c r="L323" s="2">
         <v>25</v>
       </c>
       <c r="M323" s="2">
         <v>0</v>
       </c>
       <c r="N323" s="2">
         <v>125</v>
       </c>
     </row>
     <row r="324" spans="1:14">
       <c r="A324" s="2">
-        <v>107038</v>
+        <v>102013</v>
       </c>
       <c r="B324" s="2" t="s">
         <v>818</v>
       </c>
       <c r="C324" s="2" t="s">
         <v>819</v>
       </c>
       <c r="D324" s="2"/>
       <c r="E324" s="2">
-        <v>7580</v>
+        <v>7147</v>
       </c>
       <c r="F324" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G324" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H324" s="2" t="s">
         <v>820</v>
       </c>
       <c r="I324" s="2">
         <v>108</v>
       </c>
       <c r="J324" s="2">
-        <v>101</v>
+        <v>97</v>
       </c>
       <c r="K324" s="2">
         <v>100</v>
       </c>
       <c r="L324" s="2">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="M324" s="2">
         <v>0</v>
       </c>
       <c r="N324" s="2">
-        <v>120</v>
+        <v>124</v>
       </c>
     </row>
     <row r="325" spans="1:14">
       <c r="A325" s="2">
-        <v>102013</v>
+        <v>107038</v>
       </c>
       <c r="B325" s="2" t="s">
         <v>821</v>
       </c>
       <c r="C325" s="2" t="s">
         <v>822</v>
       </c>
       <c r="D325" s="2"/>
       <c r="E325" s="2">
-        <v>7147</v>
+        <v>7580</v>
       </c>
       <c r="F325" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G325" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H325" s="2" t="s">
         <v>823</v>
       </c>
       <c r="I325" s="2">
         <v>108</v>
       </c>
       <c r="J325" s="2">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="K325" s="2">
         <v>100</v>
       </c>
       <c r="L325" s="2">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="M325" s="2">
         <v>0</v>
       </c>
       <c r="N325" s="2">
-        <v>124</v>
+        <v>120</v>
       </c>
     </row>
     <row r="326" spans="1:14">
       <c r="A326" s="2">
-        <v>113155</v>
+        <v>102789</v>
       </c>
       <c r="B326" s="2" t="s">
-        <v>824</v>
+        <v>657</v>
       </c>
       <c r="C326" s="2" t="s">
-        <v>825</v>
+        <v>658</v>
       </c>
       <c r="D326" s="2"/>
       <c r="E326" s="2">
-        <v>7109</v>
+        <v>7004</v>
       </c>
       <c r="F326" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G326" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H326" s="2" t="s">
-        <v>826</v>
+        <v>824</v>
       </c>
       <c r="I326" s="2">
         <v>109</v>
       </c>
       <c r="J326" s="2">
-        <v>102</v>
+        <v>98</v>
       </c>
       <c r="K326" s="2">
         <v>100</v>
       </c>
       <c r="L326" s="2">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="M326" s="2">
         <v>0</v>
       </c>
       <c r="N326" s="2">
-        <v>120</v>
+        <v>123</v>
       </c>
     </row>
     <row r="327" spans="1:14">
       <c r="A327" s="2">
-        <v>102789</v>
+        <v>113155</v>
       </c>
       <c r="B327" s="2" t="s">
-        <v>660</v>
+        <v>825</v>
       </c>
       <c r="C327" s="2" t="s">
-        <v>661</v>
+        <v>826</v>
       </c>
       <c r="D327" s="2"/>
       <c r="E327" s="2">
-        <v>7004</v>
+        <v>7109</v>
       </c>
       <c r="F327" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G327" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H327" s="2" t="s">
         <v>827</v>
       </c>
       <c r="I327" s="2">
         <v>109</v>
       </c>
       <c r="J327" s="2">
-        <v>98</v>
+        <v>102</v>
       </c>
       <c r="K327" s="2">
         <v>100</v>
       </c>
       <c r="L327" s="2">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="M327" s="2">
         <v>0</v>
       </c>
       <c r="N327" s="2">
-        <v>123</v>
+        <v>120</v>
       </c>
     </row>
     <row r="328" spans="1:14">
       <c r="A328" s="2">
         <v>102830</v>
       </c>
       <c r="B328" s="2" t="s">
         <v>743</v>
       </c>
       <c r="C328" s="2" t="s">
         <v>828</v>
       </c>
       <c r="D328" s="2"/>
       <c r="E328" s="2">
         <v>7591</v>
       </c>
       <c r="F328" s="2" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="G328" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H328" s="2" t="s">
         <v>829</v>
       </c>
       <c r="I328" s="2">
         <v>109</v>
       </c>
       <c r="J328" s="2">
         <v>97</v>
       </c>
       <c r="K328" s="2">
         <v>100</v>
       </c>
       <c r="L328" s="2">
         <v>24</v>
       </c>
       <c r="M328" s="2">
         <v>0</v>
       </c>
       <c r="N328" s="2">
         <v>124</v>
       </c>
     </row>
     <row r="329" spans="1:14">
       <c r="A329" s="2">
-        <v>113156</v>
+        <v>102790</v>
       </c>
       <c r="B329" s="2" t="s">
         <v>830</v>
       </c>
-      <c r="C329" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C329" s="2"/>
       <c r="D329" s="2"/>
       <c r="E329" s="2">
-        <v>7505</v>
+        <v>7038</v>
       </c>
       <c r="F329" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G329" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H329" s="2" t="s">
-        <v>832</v>
+        <v>831</v>
       </c>
       <c r="I329" s="2">
         <v>110</v>
       </c>
       <c r="J329" s="2">
-        <v>103</v>
+        <v>99</v>
       </c>
       <c r="K329" s="2">
         <v>100</v>
       </c>
       <c r="L329" s="2">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="M329" s="2">
         <v>0</v>
       </c>
       <c r="N329" s="2">
-        <v>120</v>
+        <v>122</v>
       </c>
     </row>
     <row r="330" spans="1:14">
       <c r="A330" s="2">
-        <v>102790</v>
+        <v>113156</v>
       </c>
       <c r="B330" s="2" t="s">
+        <v>832</v>
+      </c>
+      <c r="C330" s="2" t="s">
         <v>833</v>
       </c>
-      <c r="C330" s="2"/>
       <c r="D330" s="2"/>
       <c r="E330" s="2">
-        <v>7038</v>
+        <v>7505</v>
       </c>
       <c r="F330" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G330" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H330" s="2" t="s">
         <v>834</v>
       </c>
       <c r="I330" s="2">
         <v>110</v>
       </c>
       <c r="J330" s="2">
-        <v>99</v>
+        <v>103</v>
       </c>
       <c r="K330" s="2">
         <v>100</v>
       </c>
       <c r="L330" s="2">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="M330" s="2">
         <v>0</v>
       </c>
       <c r="N330" s="2">
-        <v>122</v>
+        <v>120</v>
       </c>
     </row>
     <row r="331" spans="1:14">
       <c r="A331" s="2">
         <v>107034</v>
       </c>
       <c r="B331" s="2" t="s">
         <v>835</v>
       </c>
       <c r="C331" s="2" t="s">
         <v>836</v>
       </c>
       <c r="D331" s="2"/>
       <c r="E331" s="2">
         <v>7545</v>
       </c>
       <c r="F331" s="2"/>
       <c r="G331" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H331" s="2" t="s">
         <v>837</v>
       </c>
       <c r="I331" s="2">
         <v>110</v>
@@ -20299,607 +20299,607 @@
       <c r="L331" s="2">
         <v>23</v>
       </c>
       <c r="M331" s="2">
         <v>0</v>
       </c>
       <c r="N331" s="2">
         <v>123</v>
       </c>
     </row>
     <row r="332" spans="1:14">
       <c r="A332" s="2">
         <v>100104</v>
       </c>
       <c r="B332" s="2" t="s">
         <v>654</v>
       </c>
       <c r="C332" s="2" t="s">
         <v>655</v>
       </c>
       <c r="D332" s="2"/>
       <c r="E332" s="2">
         <v>7641</v>
       </c>
       <c r="F332" s="2" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="G332" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H332" s="2" t="s">
         <v>838</v>
       </c>
       <c r="I332" s="2">
         <v>111</v>
       </c>
       <c r="J332" s="2">
         <v>99</v>
       </c>
       <c r="K332" s="2">
         <v>100</v>
       </c>
       <c r="L332" s="2">
         <v>22</v>
       </c>
       <c r="M332" s="2">
         <v>0</v>
       </c>
       <c r="N332" s="2">
         <v>122</v>
       </c>
     </row>
     <row r="333" spans="1:14">
       <c r="A333" s="2">
-        <v>113157</v>
+        <v>101609</v>
       </c>
       <c r="B333" s="2" t="s">
         <v>839</v>
       </c>
       <c r="C333" s="2" t="s">
         <v>840</v>
       </c>
       <c r="D333" s="2"/>
       <c r="E333" s="2">
-        <v>7216</v>
+        <v>8033</v>
       </c>
       <c r="F333" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G333" s="2" t="s">
-        <v>17</v>
+        <v>77</v>
       </c>
       <c r="H333" s="2" t="s">
         <v>841</v>
       </c>
       <c r="I333" s="2">
         <v>111</v>
       </c>
       <c r="J333" s="2">
-        <v>104</v>
+        <v>12</v>
       </c>
       <c r="K333" s="2">
         <v>100</v>
       </c>
       <c r="L333" s="2">
-        <v>20</v>
+        <v>190</v>
       </c>
       <c r="M333" s="2">
         <v>0</v>
       </c>
       <c r="N333" s="2">
-        <v>120</v>
+        <v>290</v>
       </c>
     </row>
     <row r="334" spans="1:14">
       <c r="A334" s="2">
-        <v>101609</v>
+        <v>113157</v>
       </c>
       <c r="B334" s="2" t="s">
         <v>842</v>
       </c>
       <c r="C334" s="2" t="s">
         <v>843</v>
       </c>
       <c r="D334" s="2"/>
       <c r="E334" s="2">
-        <v>8033</v>
+        <v>7216</v>
       </c>
       <c r="F334" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G334" s="2" t="s">
-        <v>77</v>
+        <v>17</v>
       </c>
       <c r="H334" s="2" t="s">
         <v>844</v>
       </c>
       <c r="I334" s="2">
         <v>111</v>
       </c>
       <c r="J334" s="2">
-        <v>12</v>
+        <v>104</v>
       </c>
       <c r="K334" s="2">
         <v>100</v>
       </c>
       <c r="L334" s="2">
-        <v>190</v>
+        <v>20</v>
       </c>
       <c r="M334" s="2">
         <v>0</v>
       </c>
       <c r="N334" s="2">
-        <v>290</v>
+        <v>120</v>
       </c>
     </row>
     <row r="335" spans="1:14">
       <c r="A335" s="2">
         <v>107036</v>
       </c>
       <c r="B335" s="2" t="s">
         <v>610</v>
       </c>
       <c r="C335" s="2" t="s">
         <v>611</v>
       </c>
       <c r="D335" s="2"/>
       <c r="E335" s="2">
         <v>7608</v>
       </c>
       <c r="F335" s="2" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="G335" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H335" s="2" t="s">
         <v>845</v>
       </c>
       <c r="I335" s="2">
         <v>112</v>
       </c>
       <c r="J335" s="2">
         <v>100</v>
       </c>
       <c r="K335" s="2">
         <v>100</v>
       </c>
       <c r="L335" s="2">
         <v>21</v>
       </c>
       <c r="M335" s="2">
         <v>0</v>
       </c>
       <c r="N335" s="2">
         <v>121</v>
       </c>
     </row>
     <row r="336" spans="1:14">
       <c r="A336" s="2">
-        <v>113158</v>
+        <v>102792</v>
       </c>
       <c r="B336" s="2" t="s">
         <v>846</v>
       </c>
       <c r="C336" s="2" t="s">
         <v>847</v>
       </c>
       <c r="D336" s="2"/>
       <c r="E336" s="2">
-        <v>7031</v>
+        <v>7048</v>
       </c>
       <c r="F336" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G336" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H336" s="2" t="s">
-        <v>841</v>
+        <v>848</v>
       </c>
       <c r="I336" s="2">
         <v>112</v>
       </c>
       <c r="J336" s="2">
-        <v>105</v>
+        <v>100</v>
       </c>
       <c r="K336" s="2">
         <v>100</v>
       </c>
       <c r="L336" s="2">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M336" s="2">
         <v>0</v>
       </c>
       <c r="N336" s="2">
-        <v>120</v>
+        <v>121</v>
       </c>
     </row>
     <row r="337" spans="1:14">
       <c r="A337" s="2">
-        <v>102792</v>
+        <v>113158</v>
       </c>
       <c r="B337" s="2" t="s">
-        <v>848</v>
+        <v>849</v>
       </c>
       <c r="C337" s="2" t="s">
-        <v>849</v>
+        <v>850</v>
       </c>
       <c r="D337" s="2"/>
       <c r="E337" s="2">
-        <v>7048</v>
+        <v>7031</v>
       </c>
       <c r="F337" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G337" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H337" s="2" t="s">
-        <v>850</v>
+        <v>844</v>
       </c>
       <c r="I337" s="2">
         <v>112</v>
       </c>
       <c r="J337" s="2">
-        <v>100</v>
+        <v>105</v>
       </c>
       <c r="K337" s="2">
         <v>100</v>
       </c>
       <c r="L337" s="2">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M337" s="2">
         <v>0</v>
       </c>
       <c r="N337" s="2">
-        <v>121</v>
+        <v>120</v>
       </c>
     </row>
     <row r="338" spans="1:14">
       <c r="A338" s="2">
         <v>107037</v>
       </c>
       <c r="B338" s="2" t="s">
         <v>851</v>
       </c>
       <c r="C338" s="2" t="s">
         <v>852</v>
       </c>
       <c r="D338" s="2"/>
       <c r="E338" s="2">
         <v>7647</v>
       </c>
       <c r="F338" s="2"/>
       <c r="G338" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H338" s="2" t="s">
         <v>853</v>
       </c>
       <c r="I338" s="2">
         <v>113</v>
       </c>
       <c r="J338" s="2">
         <v>101</v>
       </c>
       <c r="K338" s="2">
         <v>100</v>
       </c>
       <c r="L338" s="2">
         <v>20</v>
       </c>
       <c r="M338" s="2">
         <v>0</v>
       </c>
       <c r="N338" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="339" spans="1:14">
       <c r="A339" s="2">
-        <v>113159</v>
+        <v>102793</v>
       </c>
       <c r="B339" s="2" t="s">
         <v>854</v>
       </c>
       <c r="C339" s="2" t="s">
         <v>855</v>
       </c>
       <c r="D339" s="2"/>
       <c r="E339" s="2">
-        <v>7036</v>
+        <v>7132</v>
       </c>
       <c r="F339" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G339" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H339" s="2" t="s">
-        <v>841</v>
+        <v>856</v>
       </c>
       <c r="I339" s="2">
         <v>113</v>
       </c>
       <c r="J339" s="2">
-        <v>106</v>
+        <v>101</v>
       </c>
       <c r="K339" s="2">
         <v>100</v>
       </c>
       <c r="L339" s="2">
         <v>20</v>
       </c>
       <c r="M339" s="2">
         <v>0</v>
       </c>
       <c r="N339" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="340" spans="1:14">
       <c r="A340" s="2">
-        <v>102793</v>
+        <v>113159</v>
       </c>
       <c r="B340" s="2" t="s">
-        <v>856</v>
+        <v>857</v>
       </c>
       <c r="C340" s="2" t="s">
-        <v>857</v>
+        <v>858</v>
       </c>
       <c r="D340" s="2"/>
       <c r="E340" s="2">
-        <v>7132</v>
+        <v>7036</v>
       </c>
       <c r="F340" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G340" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H340" s="2" t="s">
-        <v>858</v>
+        <v>844</v>
       </c>
       <c r="I340" s="2">
         <v>113</v>
       </c>
       <c r="J340" s="2">
-        <v>101</v>
+        <v>106</v>
       </c>
       <c r="K340" s="2">
         <v>100</v>
       </c>
       <c r="L340" s="2">
         <v>20</v>
       </c>
       <c r="M340" s="2">
         <v>0</v>
       </c>
       <c r="N340" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="341" spans="1:14">
       <c r="A341" s="2">
         <v>107038</v>
       </c>
       <c r="B341" s="2" t="s">
-        <v>818</v>
+        <v>821</v>
       </c>
       <c r="C341" s="2" t="s">
-        <v>819</v>
+        <v>822</v>
       </c>
       <c r="D341" s="2"/>
       <c r="E341" s="2">
         <v>7609</v>
       </c>
       <c r="F341" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G341" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H341" s="2" t="s">
         <v>859</v>
       </c>
       <c r="I341" s="2">
         <v>114</v>
       </c>
       <c r="J341" s="2">
         <v>102</v>
       </c>
       <c r="K341" s="2">
         <v>100</v>
       </c>
       <c r="L341" s="2">
         <v>20</v>
       </c>
       <c r="M341" s="2">
         <v>0</v>
       </c>
       <c r="N341" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="342" spans="1:14">
       <c r="A342" s="2">
-        <v>113160</v>
+        <v>102794</v>
       </c>
       <c r="B342" s="2" t="s">
         <v>860</v>
       </c>
       <c r="C342" s="2" t="s">
         <v>861</v>
       </c>
       <c r="D342" s="2"/>
       <c r="E342" s="2">
-        <v>7173</v>
+        <v>7554</v>
       </c>
       <c r="F342" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G342" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H342" s="2" t="s">
         <v>862</v>
       </c>
       <c r="I342" s="2">
         <v>114</v>
       </c>
       <c r="J342" s="2">
-        <v>107</v>
+        <v>102</v>
       </c>
       <c r="K342" s="2">
         <v>100</v>
       </c>
       <c r="L342" s="2">
         <v>20</v>
       </c>
       <c r="M342" s="2">
         <v>0</v>
       </c>
       <c r="N342" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="343" spans="1:14">
       <c r="A343" s="2">
-        <v>102794</v>
+        <v>113160</v>
       </c>
       <c r="B343" s="2" t="s">
         <v>863</v>
       </c>
       <c r="C343" s="2" t="s">
         <v>864</v>
       </c>
       <c r="D343" s="2"/>
       <c r="E343" s="2">
-        <v>7554</v>
+        <v>7173</v>
       </c>
       <c r="F343" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G343" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H343" s="2" t="s">
         <v>865</v>
       </c>
       <c r="I343" s="2">
         <v>114</v>
       </c>
       <c r="J343" s="2">
-        <v>102</v>
+        <v>107</v>
       </c>
       <c r="K343" s="2">
         <v>100</v>
       </c>
       <c r="L343" s="2">
         <v>20</v>
       </c>
       <c r="M343" s="2">
         <v>0</v>
       </c>
       <c r="N343" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="344" spans="1:14">
       <c r="A344" s="2">
-        <v>102792</v>
+        <v>102795</v>
       </c>
       <c r="B344" s="2" t="s">
-        <v>848</v>
+        <v>866</v>
       </c>
       <c r="C344" s="2" t="s">
-        <v>849</v>
+        <v>867</v>
       </c>
       <c r="D344" s="2"/>
       <c r="E344" s="2">
-        <v>7043</v>
+        <v>7070</v>
       </c>
       <c r="F344" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G344" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H344" s="2" t="s">
-        <v>866</v>
+        <v>868</v>
       </c>
       <c r="I344" s="2">
         <v>115</v>
       </c>
       <c r="J344" s="2">
-        <v>108</v>
+        <v>103</v>
       </c>
       <c r="K344" s="2">
         <v>100</v>
       </c>
       <c r="L344" s="2">
         <v>20</v>
       </c>
       <c r="M344" s="2">
         <v>0</v>
       </c>
       <c r="N344" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="345" spans="1:14">
       <c r="A345" s="2">
-        <v>102795</v>
+        <v>102792</v>
       </c>
       <c r="B345" s="2" t="s">
-        <v>867</v>
+        <v>846</v>
       </c>
       <c r="C345" s="2" t="s">
-        <v>868</v>
+        <v>847</v>
       </c>
       <c r="D345" s="2"/>
       <c r="E345" s="2">
-        <v>7070</v>
+        <v>7043</v>
       </c>
       <c r="F345" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G345" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H345" s="2" t="s">
         <v>869</v>
       </c>
       <c r="I345" s="2">
         <v>115</v>
       </c>
       <c r="J345" s="2">
-        <v>103</v>
+        <v>108</v>
       </c>
       <c r="K345" s="2">
         <v>100</v>
       </c>
       <c r="L345" s="2">
         <v>20</v>
       </c>
       <c r="M345" s="2">
         <v>0</v>
       </c>
       <c r="N345" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="346" spans="1:14">
       <c r="A346" s="2">
         <v>107039</v>
       </c>
       <c r="B346" s="2" t="s">
         <v>870</v>
       </c>
       <c r="C346" s="2" t="s">
         <v>871</v>
       </c>
       <c r="D346" s="2"/>
@@ -20912,218 +20912,218 @@
       </c>
       <c r="H346" s="2" t="s">
         <v>872</v>
       </c>
       <c r="I346" s="2">
         <v>115</v>
       </c>
       <c r="J346" s="2">
         <v>103</v>
       </c>
       <c r="K346" s="2">
         <v>100</v>
       </c>
       <c r="L346" s="2">
         <v>20</v>
       </c>
       <c r="M346" s="2">
         <v>0</v>
       </c>
       <c r="N346" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="347" spans="1:14">
       <c r="A347" s="2">
-        <v>102797</v>
+        <v>107028</v>
       </c>
       <c r="B347" s="2" t="s">
+        <v>724</v>
+      </c>
+      <c r="C347" s="2" t="s">
         <v>873</v>
-      </c>
-[...1 lines deleted...]
-        <v>874</v>
       </c>
       <c r="D347" s="2"/>
       <c r="E347" s="2">
-        <v>8011</v>
-[...3 lines deleted...]
-      </c>
+        <v>8045</v>
+      </c>
+      <c r="F347" s="2"/>
       <c r="G347" s="2" t="s">
         <v>77</v>
       </c>
       <c r="H347" s="2" t="s">
-        <v>875</v>
+        <v>874</v>
       </c>
       <c r="I347" s="2">
         <v>116</v>
       </c>
       <c r="J347" s="2">
         <v>13</v>
       </c>
       <c r="K347" s="2">
         <v>100</v>
       </c>
       <c r="L347" s="2">
         <v>180</v>
       </c>
       <c r="M347" s="2">
         <v>0</v>
       </c>
       <c r="N347" s="2">
         <v>280</v>
       </c>
     </row>
     <row r="348" spans="1:14">
       <c r="A348" s="2">
-        <v>107028</v>
+        <v>101001</v>
       </c>
       <c r="B348" s="2" t="s">
-        <v>724</v>
+        <v>875</v>
       </c>
       <c r="C348" s="2" t="s">
         <v>876</v>
       </c>
       <c r="D348" s="2"/>
       <c r="E348" s="2">
-        <v>8045</v>
-[...1 lines deleted...]
-      <c r="F348" s="2"/>
+        <v>7514</v>
+      </c>
+      <c r="F348" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="G348" s="2" t="s">
-        <v>77</v>
+        <v>17</v>
       </c>
       <c r="H348" s="2" t="s">
         <v>877</v>
       </c>
       <c r="I348" s="2">
         <v>116</v>
       </c>
       <c r="J348" s="2">
-        <v>13</v>
+        <v>104</v>
       </c>
       <c r="K348" s="2">
         <v>100</v>
       </c>
       <c r="L348" s="2">
-        <v>180</v>
+        <v>20</v>
       </c>
       <c r="M348" s="2">
         <v>0</v>
       </c>
       <c r="N348" s="2">
-        <v>280</v>
+        <v>120</v>
       </c>
     </row>
     <row r="349" spans="1:14">
       <c r="A349" s="2">
-        <v>107097</v>
+        <v>102797</v>
       </c>
       <c r="B349" s="2" t="s">
         <v>878</v>
       </c>
       <c r="C349" s="2" t="s">
         <v>879</v>
       </c>
       <c r="D349" s="2"/>
       <c r="E349" s="2">
-        <v>7659</v>
-[...1 lines deleted...]
-      <c r="F349" s="2"/>
+        <v>8011</v>
+      </c>
+      <c r="F349" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="G349" s="2" t="s">
-        <v>17</v>
+        <v>77</v>
       </c>
       <c r="H349" s="2" t="s">
-        <v>880</v>
+        <v>877</v>
       </c>
       <c r="I349" s="2">
         <v>116</v>
       </c>
       <c r="J349" s="2">
-        <v>109</v>
+        <v>13</v>
       </c>
       <c r="K349" s="2">
         <v>100</v>
       </c>
       <c r="L349" s="2">
-        <v>20</v>
+        <v>180</v>
       </c>
       <c r="M349" s="2">
         <v>0</v>
       </c>
       <c r="N349" s="2">
-        <v>120</v>
+        <v>280</v>
       </c>
     </row>
     <row r="350" spans="1:14">
       <c r="A350" s="2">
-        <v>101001</v>
+        <v>107097</v>
       </c>
       <c r="B350" s="2" t="s">
+        <v>880</v>
+      </c>
+      <c r="C350" s="2" t="s">
         <v>881</v>
-      </c>
-[...1 lines deleted...]
-        <v>882</v>
       </c>
       <c r="D350" s="2"/>
       <c r="E350" s="2">
-        <v>7514</v>
-[...3 lines deleted...]
-      </c>
+        <v>7659</v>
+      </c>
+      <c r="F350" s="2"/>
       <c r="G350" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H350" s="2" t="s">
-        <v>875</v>
+        <v>882</v>
       </c>
       <c r="I350" s="2">
         <v>116</v>
       </c>
       <c r="J350" s="2">
-        <v>104</v>
+        <v>109</v>
       </c>
       <c r="K350" s="2">
         <v>100</v>
       </c>
       <c r="L350" s="2">
         <v>20</v>
       </c>
       <c r="M350" s="2">
         <v>0</v>
       </c>
       <c r="N350" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="351" spans="1:14">
       <c r="A351" s="2">
         <v>107073</v>
       </c>
       <c r="B351" s="2" t="s">
-        <v>581</v>
+        <v>579</v>
       </c>
       <c r="C351" s="2" t="s">
         <v>883</v>
       </c>
       <c r="D351" s="2"/>
       <c r="E351" s="2">
         <v>7574</v>
       </c>
       <c r="F351" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G351" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H351" s="2" t="s">
         <v>884</v>
       </c>
       <c r="I351" s="2">
         <v>117</v>
       </c>
       <c r="J351" s="2">
         <v>110</v>
       </c>
       <c r="K351" s="2">
         <v>100</v>
@@ -21158,349 +21158,349 @@
       </c>
       <c r="H352" s="2" t="s">
         <v>886</v>
       </c>
       <c r="I352" s="2">
         <v>117</v>
       </c>
       <c r="J352" s="2">
         <v>104</v>
       </c>
       <c r="K352" s="2">
         <v>100</v>
       </c>
       <c r="L352" s="2">
         <v>20</v>
       </c>
       <c r="M352" s="2">
         <v>0</v>
       </c>
       <c r="N352" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="353" spans="1:14">
       <c r="A353" s="2">
-        <v>102800</v>
+        <v>107041</v>
       </c>
       <c r="B353" s="2" t="s">
         <v>887</v>
       </c>
       <c r="C353" s="2" t="s">
         <v>888</v>
       </c>
       <c r="D353" s="2"/>
       <c r="E353" s="2">
-        <v>7128</v>
-[...3 lines deleted...]
-      </c>
+        <v>7554</v>
+      </c>
+      <c r="F353" s="2"/>
       <c r="G353" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H353" s="2" t="s">
         <v>889</v>
       </c>
       <c r="I353" s="2">
         <v>118</v>
       </c>
       <c r="J353" s="2">
         <v>105</v>
       </c>
       <c r="K353" s="2">
         <v>100</v>
       </c>
       <c r="L353" s="2">
         <v>20</v>
       </c>
       <c r="M353" s="2">
         <v>0</v>
       </c>
       <c r="N353" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="354" spans="1:14">
       <c r="A354" s="2">
-        <v>107041</v>
+        <v>102798</v>
       </c>
       <c r="B354" s="2" t="s">
         <v>890</v>
       </c>
       <c r="C354" s="2" t="s">
         <v>891</v>
       </c>
       <c r="D354" s="2"/>
       <c r="E354" s="2">
-        <v>7554</v>
-[...1 lines deleted...]
-      <c r="F354" s="2"/>
+        <v>7062</v>
+      </c>
+      <c r="F354" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="G354" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H354" s="2" t="s">
         <v>892</v>
       </c>
       <c r="I354" s="2">
         <v>118</v>
       </c>
       <c r="J354" s="2">
         <v>105</v>
       </c>
       <c r="K354" s="2">
         <v>100</v>
       </c>
       <c r="L354" s="2">
         <v>20</v>
       </c>
       <c r="M354" s="2">
         <v>0</v>
       </c>
       <c r="N354" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="355" spans="1:14">
       <c r="A355" s="2">
-        <v>102798</v>
+        <v>101976</v>
       </c>
       <c r="B355" s="2" t="s">
-        <v>893</v>
+        <v>53</v>
       </c>
       <c r="C355" s="2" t="s">
-        <v>894</v>
+        <v>139</v>
       </c>
       <c r="D355" s="2"/>
       <c r="E355" s="2">
-        <v>7062</v>
+        <v>7114</v>
       </c>
       <c r="F355" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G355" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H355" s="2" t="s">
-        <v>889</v>
+        <v>892</v>
       </c>
       <c r="I355" s="2">
         <v>118</v>
       </c>
       <c r="J355" s="2">
         <v>105</v>
       </c>
       <c r="K355" s="2">
         <v>100</v>
       </c>
       <c r="L355" s="2">
         <v>20</v>
       </c>
       <c r="M355" s="2">
         <v>0</v>
       </c>
       <c r="N355" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="356" spans="1:14">
       <c r="A356" s="2">
-        <v>101976</v>
+        <v>113164</v>
       </c>
       <c r="B356" s="2" t="s">
-        <v>53</v>
+        <v>893</v>
       </c>
       <c r="C356" s="2" t="s">
-        <v>138</v>
+        <v>894</v>
       </c>
       <c r="D356" s="2"/>
       <c r="E356" s="2">
-        <v>7114</v>
+        <v>7662</v>
       </c>
       <c r="F356" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G356" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H356" s="2" t="s">
-        <v>889</v>
+        <v>895</v>
       </c>
       <c r="I356" s="2">
         <v>118</v>
       </c>
       <c r="J356" s="2">
-        <v>105</v>
+        <v>111</v>
       </c>
       <c r="K356" s="2">
         <v>100</v>
       </c>
       <c r="L356" s="2">
         <v>20</v>
       </c>
       <c r="M356" s="2">
         <v>0</v>
       </c>
       <c r="N356" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="357" spans="1:14">
       <c r="A357" s="2">
-        <v>113164</v>
+        <v>102800</v>
       </c>
       <c r="B357" s="2" t="s">
-        <v>895</v>
+        <v>896</v>
       </c>
       <c r="C357" s="2" t="s">
-        <v>896</v>
+        <v>897</v>
       </c>
       <c r="D357" s="2"/>
       <c r="E357" s="2">
-        <v>7662</v>
+        <v>7128</v>
       </c>
       <c r="F357" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G357" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H357" s="2" t="s">
-        <v>897</v>
+        <v>892</v>
       </c>
       <c r="I357" s="2">
         <v>118</v>
       </c>
       <c r="J357" s="2">
-        <v>111</v>
+        <v>105</v>
       </c>
       <c r="K357" s="2">
         <v>100</v>
       </c>
       <c r="L357" s="2">
         <v>20</v>
       </c>
       <c r="M357" s="2">
         <v>0</v>
       </c>
       <c r="N357" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="358" spans="1:14">
       <c r="A358" s="2">
-        <v>102878</v>
+        <v>102826</v>
       </c>
       <c r="B358" s="2" t="s">
-        <v>64</v>
+        <v>898</v>
       </c>
       <c r="C358" s="2" t="s">
-        <v>898</v>
+        <v>899</v>
       </c>
       <c r="D358" s="2"/>
       <c r="E358" s="2">
-        <v>7529</v>
+        <v>7516</v>
       </c>
       <c r="F358" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G358" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H358" s="2" t="s">
-        <v>899</v>
+        <v>900</v>
       </c>
       <c r="I358" s="2">
         <v>119</v>
       </c>
       <c r="J358" s="2">
-        <v>106</v>
+        <v>112</v>
       </c>
       <c r="K358" s="2">
         <v>100</v>
       </c>
       <c r="L358" s="2">
         <v>20</v>
       </c>
       <c r="M358" s="2">
         <v>0</v>
       </c>
       <c r="N358" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="359" spans="1:14">
       <c r="A359" s="2">
-        <v>102826</v>
+        <v>102878</v>
       </c>
       <c r="B359" s="2" t="s">
-        <v>900</v>
+        <v>62</v>
       </c>
       <c r="C359" s="2" t="s">
         <v>901</v>
       </c>
       <c r="D359" s="2"/>
       <c r="E359" s="2">
-        <v>7516</v>
+        <v>7529</v>
       </c>
       <c r="F359" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G359" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H359" s="2" t="s">
         <v>902</v>
       </c>
       <c r="I359" s="2">
         <v>119</v>
       </c>
       <c r="J359" s="2">
-        <v>112</v>
+        <v>106</v>
       </c>
       <c r="K359" s="2">
         <v>100</v>
       </c>
       <c r="L359" s="2">
         <v>20</v>
       </c>
       <c r="M359" s="2">
         <v>0</v>
       </c>
       <c r="N359" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="360" spans="1:14">
       <c r="A360" s="2">
         <v>102838</v>
       </c>
       <c r="B360" s="2" t="s">
         <v>903</v>
       </c>
       <c r="C360" s="2" t="s">
-        <v>681</v>
+        <v>686</v>
       </c>
       <c r="D360" s="2"/>
       <c r="E360" s="2">
         <v>7506</v>
       </c>
       <c r="F360" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G360" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H360" s="2" t="s">
         <v>904</v>
       </c>
       <c r="I360" s="2">
         <v>120</v>
       </c>
       <c r="J360" s="2">
         <v>107</v>
       </c>
       <c r="K360" s="2">
         <v>100</v>
       </c>
       <c r="L360" s="2">
         <v>20</v>
@@ -21553,51 +21553,51 @@
       <c r="N361" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="362" spans="1:14">
       <c r="A362" s="2">
         <v>102801</v>
       </c>
       <c r="B362" s="2" t="s">
         <v>908</v>
       </c>
       <c r="C362" s="2" t="s">
         <v>909</v>
       </c>
       <c r="D362" s="2"/>
       <c r="E362" s="2">
         <v>7131</v>
       </c>
       <c r="F362" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G362" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H362" s="2" t="s">
-        <v>809</v>
+        <v>806</v>
       </c>
       <c r="I362" s="2">
         <v>121</v>
       </c>
       <c r="J362" s="2">
         <v>108</v>
       </c>
       <c r="K362" s="2">
         <v>100</v>
       </c>
       <c r="L362" s="2">
         <v>20</v>
       </c>
       <c r="M362" s="2">
         <v>0</v>
       </c>
       <c r="N362" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="363" spans="1:14">
       <c r="A363" s="2">
         <v>102763</v>
       </c>
       <c r="B363" s="2" t="s">
@@ -21782,160 +21782,160 @@
       </c>
       <c r="H367" s="2" t="s">
         <v>922</v>
       </c>
       <c r="I367" s="2">
         <v>122</v>
       </c>
       <c r="J367" s="2">
         <v>109</v>
       </c>
       <c r="K367" s="2">
         <v>100</v>
       </c>
       <c r="L367" s="2">
         <v>20</v>
       </c>
       <c r="M367" s="2">
         <v>0</v>
       </c>
       <c r="N367" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="368" spans="1:14">
       <c r="A368" s="2">
-        <v>102067</v>
+        <v>113169</v>
       </c>
       <c r="B368" s="2" t="s">
         <v>923</v>
       </c>
       <c r="C368" s="2" t="s">
         <v>924</v>
       </c>
       <c r="D368" s="2"/>
       <c r="E368" s="2">
-        <v>7168</v>
+        <v>8018</v>
       </c>
       <c r="F368" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G368" s="2" t="s">
-        <v>17</v>
+        <v>77</v>
       </c>
       <c r="H368" s="2" t="s">
         <v>925</v>
       </c>
       <c r="I368" s="2">
         <v>123</v>
       </c>
       <c r="J368" s="2">
-        <v>109</v>
+        <v>9</v>
       </c>
       <c r="K368" s="2">
         <v>100</v>
       </c>
       <c r="L368" s="2">
-        <v>20</v>
+        <v>220</v>
       </c>
       <c r="M368" s="2">
         <v>0</v>
       </c>
       <c r="N368" s="2">
-        <v>120</v>
+        <v>320</v>
       </c>
     </row>
     <row r="369" spans="1:14">
       <c r="A369" s="2">
-        <v>113169</v>
+        <v>107046</v>
       </c>
       <c r="B369" s="2" t="s">
-        <v>926</v>
+        <v>813</v>
       </c>
       <c r="C369" s="2" t="s">
-        <v>927</v>
+        <v>814</v>
       </c>
       <c r="D369" s="2"/>
       <c r="E369" s="2">
-        <v>8018</v>
+        <v>7118</v>
       </c>
       <c r="F369" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G369" s="2" t="s">
-        <v>77</v>
+        <v>17</v>
       </c>
       <c r="H369" s="2" t="s">
-        <v>928</v>
+        <v>926</v>
       </c>
       <c r="I369" s="2">
         <v>123</v>
       </c>
       <c r="J369" s="2">
-        <v>9</v>
+        <v>110</v>
       </c>
       <c r="K369" s="2">
         <v>100</v>
       </c>
       <c r="L369" s="2">
-        <v>220</v>
+        <v>20</v>
       </c>
       <c r="M369" s="2">
         <v>0</v>
       </c>
       <c r="N369" s="2">
-        <v>320</v>
+        <v>120</v>
       </c>
     </row>
     <row r="370" spans="1:14">
       <c r="A370" s="2">
-        <v>107046</v>
+        <v>102067</v>
       </c>
       <c r="B370" s="2" t="s">
-        <v>810</v>
+        <v>927</v>
       </c>
       <c r="C370" s="2" t="s">
-        <v>811</v>
+        <v>928</v>
       </c>
       <c r="D370" s="2"/>
       <c r="E370" s="2">
-        <v>7118</v>
+        <v>7168</v>
       </c>
       <c r="F370" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G370" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H370" s="2" t="s">
         <v>929</v>
       </c>
       <c r="I370" s="2">
         <v>123</v>
       </c>
       <c r="J370" s="2">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="K370" s="2">
         <v>100</v>
       </c>
       <c r="L370" s="2">
         <v>20</v>
       </c>
       <c r="M370" s="2">
         <v>0</v>
       </c>
       <c r="N370" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="371" spans="1:14">
       <c r="A371" s="2">
         <v>107047</v>
       </c>
       <c r="B371" s="2" t="s">
         <v>930</v>
       </c>
       <c r="C371" s="2" t="s">
         <v>931</v>
       </c>
       <c r="D371" s="2"/>
@@ -21954,51 +21954,51 @@
       </c>
       <c r="J371" s="2">
         <v>14</v>
       </c>
       <c r="K371" s="2">
         <v>100</v>
       </c>
       <c r="L371" s="2">
         <v>170</v>
       </c>
       <c r="M371" s="2">
         <v>0</v>
       </c>
       <c r="N371" s="2">
         <v>270</v>
       </c>
     </row>
     <row r="372" spans="1:14">
       <c r="A372" s="2">
         <v>102804</v>
       </c>
       <c r="B372" s="2" t="s">
         <v>933</v>
       </c>
       <c r="C372" s="2" t="s">
-        <v>848</v>
+        <v>846</v>
       </c>
       <c r="D372" s="2"/>
       <c r="E372" s="2">
         <v>7029</v>
       </c>
       <c r="F372" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G372" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H372" s="2" t="s">
         <v>934</v>
       </c>
       <c r="I372" s="2">
         <v>124</v>
       </c>
       <c r="J372" s="2">
         <v>110</v>
       </c>
       <c r="K372" s="2">
         <v>100</v>
       </c>
       <c r="L372" s="2">
         <v>20</v>
@@ -22087,51 +22087,51 @@
       <c r="L374" s="2">
         <v>20</v>
       </c>
       <c r="M374" s="2">
         <v>0</v>
       </c>
       <c r="N374" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="375" spans="1:14">
       <c r="A375" s="2">
         <v>101006</v>
       </c>
       <c r="B375" s="2" t="s">
         <v>348</v>
       </c>
       <c r="C375" s="2" t="s">
         <v>349</v>
       </c>
       <c r="D375" s="2"/>
       <c r="E375" s="2">
         <v>7648</v>
       </c>
       <c r="F375" s="2" t="s">
-        <v>194</v>
+        <v>197</v>
       </c>
       <c r="G375" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H375" s="2" t="s">
         <v>941</v>
       </c>
       <c r="I375" s="2">
         <v>125</v>
       </c>
       <c r="J375" s="2">
         <v>111</v>
       </c>
       <c r="K375" s="2">
         <v>100</v>
       </c>
       <c r="L375" s="2">
         <v>20</v>
       </c>
       <c r="M375" s="2">
         <v>0</v>
       </c>
       <c r="N375" s="2">
         <v>120</v>
       </c>
@@ -22158,158 +22158,158 @@
       </c>
       <c r="H376" s="2" t="s">
         <v>944</v>
       </c>
       <c r="I376" s="2">
         <v>125</v>
       </c>
       <c r="J376" s="2">
         <v>111</v>
       </c>
       <c r="K376" s="2">
         <v>100</v>
       </c>
       <c r="L376" s="2">
         <v>20</v>
       </c>
       <c r="M376" s="2">
         <v>0</v>
       </c>
       <c r="N376" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="377" spans="1:14">
       <c r="A377" s="2">
-        <v>102806</v>
+        <v>107048</v>
       </c>
       <c r="B377" s="2" t="s">
         <v>945</v>
       </c>
       <c r="C377" s="2" t="s">
-        <v>946</v>
+        <v>945</v>
       </c>
       <c r="D377" s="2"/>
       <c r="E377" s="2">
-        <v>7047</v>
-[...3 lines deleted...]
-      </c>
+        <v>7563</v>
+      </c>
+      <c r="F377" s="2"/>
       <c r="G377" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H377" s="2" t="s">
-        <v>947</v>
+        <v>946</v>
       </c>
       <c r="I377" s="2">
         <v>126</v>
       </c>
       <c r="J377" s="2">
         <v>112</v>
       </c>
       <c r="K377" s="2">
         <v>100</v>
       </c>
       <c r="L377" s="2">
         <v>20</v>
       </c>
       <c r="M377" s="2">
         <v>0</v>
       </c>
       <c r="N377" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="378" spans="1:14">
       <c r="A378" s="2">
-        <v>107048</v>
+        <v>113172</v>
       </c>
       <c r="B378" s="2" t="s">
-        <v>948</v>
+        <v>947</v>
       </c>
       <c r="C378" s="2" t="s">
         <v>948</v>
       </c>
       <c r="D378" s="2"/>
       <c r="E378" s="2">
-        <v>7563</v>
-[...1 lines deleted...]
-      <c r="F378" s="2"/>
+        <v>7168</v>
+      </c>
+      <c r="F378" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="G378" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H378" s="2" t="s">
         <v>949</v>
       </c>
       <c r="I378" s="2">
         <v>126</v>
       </c>
       <c r="J378" s="2">
-        <v>112</v>
+        <v>117</v>
       </c>
       <c r="K378" s="2">
         <v>100</v>
       </c>
       <c r="L378" s="2">
         <v>20</v>
       </c>
       <c r="M378" s="2">
         <v>0</v>
       </c>
       <c r="N378" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="379" spans="1:14">
       <c r="A379" s="2">
-        <v>113172</v>
+        <v>102806</v>
       </c>
       <c r="B379" s="2" t="s">
         <v>950</v>
       </c>
       <c r="C379" s="2" t="s">
         <v>951</v>
       </c>
       <c r="D379" s="2"/>
       <c r="E379" s="2">
-        <v>7168</v>
+        <v>7047</v>
       </c>
       <c r="F379" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G379" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H379" s="2" t="s">
         <v>952</v>
       </c>
       <c r="I379" s="2">
         <v>126</v>
       </c>
       <c r="J379" s="2">
-        <v>117</v>
+        <v>112</v>
       </c>
       <c r="K379" s="2">
         <v>100</v>
       </c>
       <c r="L379" s="2">
         <v>20</v>
       </c>
       <c r="M379" s="2">
         <v>0</v>
       </c>
       <c r="N379" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="380" spans="1:14">
       <c r="A380" s="2">
         <v>102807</v>
       </c>
       <c r="B380" s="2" t="s">
         <v>953</v>
       </c>
       <c r="C380" s="2" t="s">
         <v>953</v>
       </c>
       <c r="D380" s="2"/>
@@ -22461,51 +22461,51 @@
       <c r="L383" s="2">
         <v>20</v>
       </c>
       <c r="M383" s="2">
         <v>0</v>
       </c>
       <c r="N383" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="384" spans="1:14">
       <c r="A384" s="2">
         <v>113174</v>
       </c>
       <c r="B384" s="2" t="s">
         <v>963</v>
       </c>
       <c r="C384" s="2" t="s">
         <v>964</v>
       </c>
       <c r="D384" s="2"/>
       <c r="E384" s="2">
         <v>7568</v>
       </c>
       <c r="F384" s="2" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="G384" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H384" s="2" t="s">
         <v>960</v>
       </c>
       <c r="I384" s="2">
         <v>128</v>
       </c>
       <c r="J384" s="2">
         <v>119</v>
       </c>
       <c r="K384" s="2">
         <v>100</v>
       </c>
       <c r="L384" s="2">
         <v>20</v>
       </c>
       <c r="M384" s="2">
         <v>0</v>
       </c>
       <c r="N384" s="2">
         <v>120</v>
       </c>
@@ -22532,227 +22532,227 @@
       </c>
       <c r="H385" s="2" t="s">
         <v>967</v>
       </c>
       <c r="I385" s="2">
         <v>128</v>
       </c>
       <c r="J385" s="2">
         <v>114</v>
       </c>
       <c r="K385" s="2">
         <v>100</v>
       </c>
       <c r="L385" s="2">
         <v>20</v>
       </c>
       <c r="M385" s="2">
         <v>0</v>
       </c>
       <c r="N385" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="386" spans="1:14">
       <c r="A386" s="2">
-        <v>102809</v>
+        <v>107051</v>
       </c>
       <c r="B386" s="2" t="s">
         <v>968</v>
       </c>
       <c r="C386" s="2" t="s">
         <v>969</v>
       </c>
       <c r="D386" s="2"/>
       <c r="E386" s="2">
-        <v>7050</v>
-[...3 lines deleted...]
-      </c>
+        <v>7579</v>
+      </c>
+      <c r="F386" s="2"/>
       <c r="G386" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H386" s="2" t="s">
         <v>970</v>
       </c>
       <c r="I386" s="2">
         <v>129</v>
       </c>
       <c r="J386" s="2">
         <v>115</v>
       </c>
       <c r="K386" s="2">
         <v>100</v>
       </c>
       <c r="L386" s="2">
         <v>20</v>
       </c>
       <c r="M386" s="2">
         <v>0</v>
       </c>
       <c r="N386" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="387" spans="1:14">
       <c r="A387" s="2">
-        <v>107051</v>
+        <v>111642</v>
       </c>
       <c r="B387" s="2" t="s">
         <v>971</v>
       </c>
       <c r="C387" s="2" t="s">
         <v>972</v>
       </c>
       <c r="D387" s="2"/>
       <c r="E387" s="2">
-        <v>7579</v>
-[...1 lines deleted...]
-      <c r="F387" s="2"/>
+        <v>7559</v>
+      </c>
+      <c r="F387" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="G387" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H387" s="2" t="s">
         <v>973</v>
       </c>
       <c r="I387" s="2">
         <v>129</v>
       </c>
       <c r="J387" s="2">
-        <v>115</v>
+        <v>120</v>
       </c>
       <c r="K387" s="2">
         <v>100</v>
       </c>
       <c r="L387" s="2">
         <v>20</v>
       </c>
       <c r="M387" s="2">
         <v>0</v>
       </c>
       <c r="N387" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="388" spans="1:14">
       <c r="A388" s="2">
-        <v>111642</v>
+        <v>102809</v>
       </c>
       <c r="B388" s="2" t="s">
         <v>974</v>
       </c>
       <c r="C388" s="2" t="s">
         <v>975</v>
       </c>
       <c r="D388" s="2"/>
       <c r="E388" s="2">
-        <v>7559</v>
+        <v>7050</v>
       </c>
       <c r="F388" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G388" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H388" s="2" t="s">
         <v>976</v>
       </c>
       <c r="I388" s="2">
         <v>129</v>
       </c>
       <c r="J388" s="2">
-        <v>120</v>
+        <v>115</v>
       </c>
       <c r="K388" s="2">
         <v>100</v>
       </c>
       <c r="L388" s="2">
         <v>20</v>
       </c>
       <c r="M388" s="2">
         <v>0</v>
       </c>
       <c r="N388" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="389" spans="1:14">
       <c r="A389" s="2">
-        <v>102850</v>
+        <v>102810</v>
       </c>
       <c r="B389" s="2" t="s">
-        <v>208</v>
+        <v>977</v>
       </c>
       <c r="C389" s="2" t="s">
-        <v>977</v>
+        <v>978</v>
       </c>
       <c r="D389" s="2"/>
       <c r="E389" s="2">
-        <v>7622</v>
+        <v>7600</v>
       </c>
       <c r="F389" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G389" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H389" s="2" t="s">
-        <v>978</v>
+        <v>979</v>
       </c>
       <c r="I389" s="2">
         <v>130</v>
       </c>
       <c r="J389" s="2">
         <v>116</v>
       </c>
       <c r="K389" s="2">
         <v>100</v>
       </c>
       <c r="L389" s="2">
         <v>20</v>
       </c>
       <c r="M389" s="2">
         <v>0</v>
       </c>
       <c r="N389" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="390" spans="1:14">
       <c r="A390" s="2">
-        <v>102810</v>
+        <v>102850</v>
       </c>
       <c r="B390" s="2" t="s">
-        <v>979</v>
+        <v>208</v>
       </c>
       <c r="C390" s="2" t="s">
         <v>980</v>
       </c>
       <c r="D390" s="2"/>
       <c r="E390" s="2">
-        <v>7600</v>
+        <v>7622</v>
       </c>
       <c r="F390" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G390" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H390" s="2" t="s">
         <v>981</v>
       </c>
       <c r="I390" s="2">
         <v>130</v>
       </c>
       <c r="J390" s="2">
         <v>116</v>
       </c>
       <c r="K390" s="2">
         <v>100</v>
       </c>
       <c r="L390" s="2">
         <v>20</v>
       </c>
       <c r="M390" s="2">
         <v>0</v>
       </c>
@@ -22782,296 +22782,296 @@
       </c>
       <c r="H391" s="2" t="s">
         <v>984</v>
       </c>
       <c r="I391" s="2">
         <v>130</v>
       </c>
       <c r="J391" s="2">
         <v>10</v>
       </c>
       <c r="K391" s="2">
         <v>100</v>
       </c>
       <c r="L391" s="2">
         <v>210</v>
       </c>
       <c r="M391" s="2">
         <v>0</v>
       </c>
       <c r="N391" s="2">
         <v>310</v>
       </c>
     </row>
     <row r="392" spans="1:14">
       <c r="A392" s="2">
-        <v>102843</v>
+        <v>102811</v>
       </c>
       <c r="B392" s="2" t="s">
         <v>985</v>
       </c>
       <c r="C392" s="2" t="s">
         <v>986</v>
       </c>
       <c r="D392" s="2"/>
       <c r="E392" s="2">
-        <v>7087</v>
+        <v>8516</v>
       </c>
       <c r="F392" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G392" s="2" t="s">
-        <v>17</v>
+        <v>77</v>
       </c>
       <c r="H392" s="2" t="s">
         <v>987</v>
       </c>
       <c r="I392" s="2">
         <v>131</v>
       </c>
       <c r="J392" s="2">
-        <v>117</v>
+        <v>15</v>
       </c>
       <c r="K392" s="2">
         <v>100</v>
       </c>
       <c r="L392" s="2">
-        <v>20</v>
+        <v>160</v>
       </c>
       <c r="M392" s="2">
         <v>0</v>
       </c>
       <c r="N392" s="2">
-        <v>120</v>
+        <v>260</v>
       </c>
     </row>
     <row r="393" spans="1:14">
       <c r="A393" s="2">
-        <v>102811</v>
+        <v>102843</v>
       </c>
       <c r="B393" s="2" t="s">
         <v>988</v>
       </c>
       <c r="C393" s="2" t="s">
         <v>989</v>
       </c>
       <c r="D393" s="2"/>
       <c r="E393" s="2">
-        <v>8516</v>
+        <v>7087</v>
       </c>
       <c r="F393" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G393" s="2" t="s">
-        <v>77</v>
+        <v>17</v>
       </c>
       <c r="H393" s="2" t="s">
         <v>990</v>
       </c>
       <c r="I393" s="2">
         <v>131</v>
       </c>
       <c r="J393" s="2">
-        <v>15</v>
+        <v>117</v>
       </c>
       <c r="K393" s="2">
         <v>100</v>
       </c>
       <c r="L393" s="2">
-        <v>160</v>
+        <v>20</v>
       </c>
       <c r="M393" s="2">
         <v>0</v>
       </c>
       <c r="N393" s="2">
-        <v>260</v>
+        <v>120</v>
       </c>
     </row>
     <row r="394" spans="1:14">
       <c r="A394" s="2">
         <v>102720</v>
       </c>
       <c r="B394" s="2" t="s">
-        <v>324</v>
+        <v>327</v>
       </c>
       <c r="C394" s="2" t="s">
-        <v>325</v>
+        <v>328</v>
       </c>
       <c r="D394" s="2"/>
       <c r="E394" s="2">
         <v>7507</v>
       </c>
       <c r="F394" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G394" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H394" s="2" t="s">
         <v>991</v>
       </c>
       <c r="I394" s="2">
         <v>131</v>
       </c>
       <c r="J394" s="2">
         <v>121</v>
       </c>
       <c r="K394" s="2">
         <v>100</v>
       </c>
       <c r="L394" s="2">
         <v>20</v>
       </c>
       <c r="M394" s="2">
         <v>0</v>
       </c>
       <c r="N394" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="395" spans="1:14">
       <c r="A395" s="2">
-        <v>102812</v>
+        <v>113178</v>
       </c>
       <c r="B395" s="2" t="s">
         <v>992</v>
       </c>
       <c r="C395" s="2" t="s">
-        <v>993</v>
+        <v>225</v>
       </c>
       <c r="D395" s="2"/>
       <c r="E395" s="2">
-        <v>8020</v>
+        <v>7212</v>
       </c>
       <c r="F395" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G395" s="2" t="s">
-        <v>77</v>
+        <v>17</v>
       </c>
       <c r="H395" s="2" t="s">
-        <v>994</v>
+        <v>993</v>
       </c>
       <c r="I395" s="2">
         <v>132</v>
       </c>
       <c r="J395" s="2">
-        <v>16</v>
+        <v>122</v>
       </c>
       <c r="K395" s="2">
         <v>100</v>
       </c>
       <c r="L395" s="2">
-        <v>150</v>
+        <v>20</v>
       </c>
       <c r="M395" s="2">
         <v>0</v>
       </c>
       <c r="N395" s="2">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="396" spans="1:14">
       <c r="A396" s="2">
-        <v>113178</v>
+        <v>107054</v>
       </c>
       <c r="B396" s="2" t="s">
+        <v>994</v>
+      </c>
+      <c r="C396" s="2" t="s">
         <v>995</v>
-      </c>
-[...1 lines deleted...]
-        <v>226</v>
       </c>
       <c r="D396" s="2"/>
       <c r="E396" s="2">
-        <v>7212</v>
-[...3 lines deleted...]
-      </c>
+        <v>7172</v>
+      </c>
+      <c r="F396" s="2"/>
       <c r="G396" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H396" s="2" t="s">
         <v>996</v>
       </c>
       <c r="I396" s="2">
         <v>132</v>
       </c>
       <c r="J396" s="2">
-        <v>122</v>
+        <v>118</v>
       </c>
       <c r="K396" s="2">
         <v>100</v>
       </c>
       <c r="L396" s="2">
         <v>20</v>
       </c>
       <c r="M396" s="2">
         <v>0</v>
       </c>
       <c r="N396" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="397" spans="1:14">
       <c r="A397" s="2">
-        <v>107054</v>
+        <v>102812</v>
       </c>
       <c r="B397" s="2" t="s">
         <v>997</v>
       </c>
       <c r="C397" s="2" t="s">
         <v>998</v>
       </c>
       <c r="D397" s="2"/>
       <c r="E397" s="2">
-        <v>7172</v>
-[...1 lines deleted...]
-      <c r="F397" s="2"/>
+        <v>8020</v>
+      </c>
+      <c r="F397" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="G397" s="2" t="s">
-        <v>17</v>
+        <v>77</v>
       </c>
       <c r="H397" s="2" t="s">
         <v>999</v>
       </c>
       <c r="I397" s="2">
         <v>132</v>
       </c>
       <c r="J397" s="2">
-        <v>118</v>
+        <v>16</v>
       </c>
       <c r="K397" s="2">
         <v>100</v>
       </c>
       <c r="L397" s="2">
-        <v>20</v>
+        <v>150</v>
       </c>
       <c r="M397" s="2">
         <v>0</v>
       </c>
       <c r="N397" s="2">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="398" spans="1:14">
       <c r="A398" s="2">
         <v>102813</v>
       </c>
       <c r="B398" s="2" t="s">
         <v>1000</v>
       </c>
       <c r="C398" s="2" t="s">
         <v>1001</v>
       </c>
       <c r="D398" s="2"/>
       <c r="E398" s="2">
         <v>7149</v>
       </c>
       <c r="F398" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G398" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H398" s="2" t="s">
         <v>1002</v>
       </c>
@@ -23122,51 +23122,51 @@
       </c>
       <c r="J399" s="2">
         <v>123</v>
       </c>
       <c r="K399" s="2">
         <v>100</v>
       </c>
       <c r="L399" s="2">
         <v>20</v>
       </c>
       <c r="M399" s="2">
         <v>0</v>
       </c>
       <c r="N399" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="400" spans="1:14">
       <c r="A400" s="2">
         <v>107055</v>
       </c>
       <c r="B400" s="2" t="s">
         <v>1006</v>
       </c>
       <c r="C400" s="2" t="s">
-        <v>457</v>
+        <v>454</v>
       </c>
       <c r="D400" s="2"/>
       <c r="E400" s="2">
         <v>7130</v>
       </c>
       <c r="F400" s="2"/>
       <c r="G400" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H400" s="2" t="s">
         <v>1007</v>
       </c>
       <c r="I400" s="2">
         <v>133</v>
       </c>
       <c r="J400" s="2">
         <v>119</v>
       </c>
       <c r="K400" s="2">
         <v>100</v>
       </c>
       <c r="L400" s="2">
         <v>20</v>
       </c>
       <c r="M400" s="2">
@@ -23574,130 +23574,130 @@
       </c>
       <c r="H410" s="2" t="s">
         <v>1037</v>
       </c>
       <c r="I410" s="2">
         <v>137</v>
       </c>
       <c r="J410" s="2">
         <v>123</v>
       </c>
       <c r="K410" s="2">
         <v>100</v>
       </c>
       <c r="L410" s="2">
         <v>20</v>
       </c>
       <c r="M410" s="2">
         <v>0</v>
       </c>
       <c r="N410" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="411" spans="1:14">
       <c r="A411" s="2">
-        <v>113357</v>
+        <v>102817</v>
       </c>
       <c r="B411" s="2" t="s">
         <v>1038</v>
       </c>
       <c r="C411" s="2" t="s">
         <v>1039</v>
       </c>
       <c r="D411" s="2"/>
       <c r="E411" s="2">
-        <v>8511</v>
+        <v>8012</v>
       </c>
       <c r="F411" s="2" t="s">
-        <v>48</v>
+        <v>29</v>
       </c>
       <c r="G411" s="2" t="s">
         <v>77</v>
       </c>
       <c r="H411" s="2" t="s">
         <v>1040</v>
       </c>
       <c r="I411" s="2">
         <v>137</v>
       </c>
       <c r="J411" s="2">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="K411" s="2">
         <v>100</v>
       </c>
       <c r="L411" s="2">
-        <v>200</v>
+        <v>140</v>
       </c>
       <c r="M411" s="2">
         <v>0</v>
       </c>
       <c r="N411" s="2">
-        <v>300</v>
+        <v>240</v>
       </c>
     </row>
     <row r="412" spans="1:14">
       <c r="A412" s="2">
-        <v>102817</v>
+        <v>113357</v>
       </c>
       <c r="B412" s="2" t="s">
         <v>1041</v>
       </c>
       <c r="C412" s="2" t="s">
         <v>1042</v>
       </c>
       <c r="D412" s="2"/>
       <c r="E412" s="2">
-        <v>8012</v>
+        <v>8511</v>
       </c>
       <c r="F412" s="2" t="s">
-        <v>29</v>
+        <v>44</v>
       </c>
       <c r="G412" s="2" t="s">
         <v>77</v>
       </c>
       <c r="H412" s="2" t="s">
         <v>1043</v>
       </c>
       <c r="I412" s="2">
         <v>137</v>
       </c>
       <c r="J412" s="2">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="K412" s="2">
         <v>100</v>
       </c>
       <c r="L412" s="2">
-        <v>140</v>
+        <v>200</v>
       </c>
       <c r="M412" s="2">
         <v>0</v>
       </c>
       <c r="N412" s="2">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="413" spans="1:14">
       <c r="A413" s="2">
         <v>101612</v>
       </c>
       <c r="B413" s="2" t="s">
         <v>1044</v>
       </c>
       <c r="C413" s="2" t="s">
         <v>1045</v>
       </c>
       <c r="D413" s="2"/>
       <c r="E413" s="2">
         <v>7544</v>
       </c>
       <c r="F413" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G413" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H413" s="2" t="s">
         <v>1046</v>
       </c>
@@ -24154,170 +24154,170 @@
       </c>
       <c r="H424" s="2" t="s">
         <v>1076</v>
       </c>
       <c r="I424" s="2">
         <v>141</v>
       </c>
       <c r="J424" s="2">
         <v>123</v>
       </c>
       <c r="K424" s="2">
         <v>100</v>
       </c>
       <c r="L424" s="2">
         <v>20</v>
       </c>
       <c r="M424" s="2">
         <v>0</v>
       </c>
       <c r="N424" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="425" spans="1:14">
       <c r="A425" s="2">
-        <v>107064</v>
+        <v>102822</v>
       </c>
       <c r="B425" s="2" t="s">
         <v>1077</v>
       </c>
       <c r="C425" s="2" t="s">
-        <v>702</v>
+        <v>1078</v>
       </c>
       <c r="D425" s="2"/>
       <c r="E425" s="2">
-        <v>8015</v>
-[...1 lines deleted...]
-      <c r="F425" s="2"/>
+        <v>7587</v>
+      </c>
+      <c r="F425" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="G425" s="2" t="s">
-        <v>77</v>
+        <v>17</v>
       </c>
       <c r="H425" s="2" t="s">
-        <v>928</v>
+        <v>1079</v>
       </c>
       <c r="I425" s="2">
         <v>142</v>
       </c>
       <c r="J425" s="2">
-        <v>15</v>
+        <v>124</v>
       </c>
       <c r="K425" s="2">
         <v>100</v>
       </c>
       <c r="L425" s="2">
-        <v>160</v>
+        <v>20</v>
       </c>
       <c r="M425" s="2">
         <v>0</v>
       </c>
       <c r="N425" s="2">
-        <v>260</v>
+        <v>120</v>
       </c>
     </row>
     <row r="426" spans="1:14">
       <c r="A426" s="2">
-        <v>102822</v>
+        <v>113188</v>
       </c>
       <c r="B426" s="2" t="s">
-        <v>1078</v>
+        <v>1080</v>
       </c>
       <c r="C426" s="2" t="s">
-        <v>1079</v>
+        <v>460</v>
       </c>
       <c r="D426" s="2"/>
       <c r="E426" s="2">
-        <v>7587</v>
+        <v>7068</v>
       </c>
       <c r="F426" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G426" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H426" s="2" t="s">
-        <v>1080</v>
+        <v>1081</v>
       </c>
       <c r="I426" s="2">
         <v>142</v>
       </c>
       <c r="J426" s="2">
-        <v>124</v>
+        <v>130</v>
       </c>
       <c r="K426" s="2">
         <v>100</v>
       </c>
       <c r="L426" s="2">
         <v>20</v>
       </c>
       <c r="M426" s="2">
         <v>0</v>
       </c>
       <c r="N426" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="427" spans="1:14">
       <c r="A427" s="2">
-        <v>113188</v>
+        <v>107064</v>
       </c>
       <c r="B427" s="2" t="s">
-        <v>1081</v>
+        <v>1082</v>
       </c>
       <c r="C427" s="2" t="s">
-        <v>460</v>
+        <v>707</v>
       </c>
       <c r="D427" s="2"/>
       <c r="E427" s="2">
-        <v>7068</v>
-[...3 lines deleted...]
-      </c>
+        <v>8015</v>
+      </c>
+      <c r="F427" s="2"/>
       <c r="G427" s="2" t="s">
-        <v>17</v>
+        <v>77</v>
       </c>
       <c r="H427" s="2" t="s">
-        <v>1082</v>
+        <v>925</v>
       </c>
       <c r="I427" s="2">
         <v>142</v>
       </c>
       <c r="J427" s="2">
-        <v>130</v>
+        <v>15</v>
       </c>
       <c r="K427" s="2">
         <v>100</v>
       </c>
       <c r="L427" s="2">
-        <v>20</v>
+        <v>160</v>
       </c>
       <c r="M427" s="2">
         <v>0</v>
       </c>
       <c r="N427" s="2">
-        <v>120</v>
+        <v>260</v>
       </c>
     </row>
     <row r="428" spans="1:14">
       <c r="A428" s="2">
         <v>107065</v>
       </c>
       <c r="B428" s="2" t="s">
         <v>1068</v>
       </c>
       <c r="C428" s="2" t="s">
         <v>1069</v>
       </c>
       <c r="D428" s="2"/>
       <c r="E428" s="2">
         <v>8014</v>
       </c>
       <c r="F428" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G428" s="2" t="s">
         <v>77</v>
       </c>
       <c r="H428" s="2" t="s">
         <v>1083</v>
       </c>
@@ -24652,181 +24652,181 @@
       </c>
       <c r="H436" s="2" t="s">
         <v>1102</v>
       </c>
       <c r="I436" s="2">
         <v>145</v>
       </c>
       <c r="J436" s="2">
         <v>129</v>
       </c>
       <c r="K436" s="2">
         <v>100</v>
       </c>
       <c r="L436" s="2">
         <v>20</v>
       </c>
       <c r="M436" s="2">
         <v>0</v>
       </c>
       <c r="N436" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="437" spans="1:14">
       <c r="A437" s="2">
-        <v>107068</v>
+        <v>102826</v>
       </c>
       <c r="B437" s="2" t="s">
-        <v>1103</v>
+        <v>898</v>
       </c>
       <c r="C437" s="2" t="s">
-        <v>1104</v>
+        <v>899</v>
       </c>
       <c r="D437" s="2"/>
       <c r="E437" s="2">
-        <v>7560</v>
-[...1 lines deleted...]
-      <c r="F437" s="2"/>
+        <v>7018</v>
+      </c>
+      <c r="F437" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="G437" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H437" s="2" t="s">
-        <v>1105</v>
+        <v>1103</v>
       </c>
       <c r="I437" s="2">
         <v>146</v>
       </c>
       <c r="J437" s="2">
-        <v>130</v>
+        <v>127</v>
       </c>
       <c r="K437" s="2">
         <v>100</v>
       </c>
       <c r="L437" s="2">
         <v>20</v>
       </c>
       <c r="M437" s="2">
         <v>0</v>
       </c>
       <c r="N437" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="438" spans="1:14">
       <c r="A438" s="2">
-        <v>102826</v>
+        <v>113192</v>
       </c>
       <c r="B438" s="2" t="s">
-        <v>900</v>
+        <v>1104</v>
       </c>
       <c r="C438" s="2" t="s">
-        <v>901</v>
+        <v>1105</v>
       </c>
       <c r="D438" s="2"/>
       <c r="E438" s="2">
-        <v>7018</v>
+        <v>7139</v>
       </c>
       <c r="F438" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G438" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H438" s="2" t="s">
         <v>1106</v>
       </c>
       <c r="I438" s="2">
         <v>146</v>
       </c>
       <c r="J438" s="2">
-        <v>127</v>
+        <v>133</v>
       </c>
       <c r="K438" s="2">
         <v>100</v>
       </c>
       <c r="L438" s="2">
         <v>20</v>
       </c>
       <c r="M438" s="2">
         <v>0</v>
       </c>
       <c r="N438" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="439" spans="1:14">
       <c r="A439" s="2">
-        <v>113192</v>
+        <v>107068</v>
       </c>
       <c r="B439" s="2" t="s">
         <v>1107</v>
       </c>
       <c r="C439" s="2" t="s">
         <v>1108</v>
       </c>
       <c r="D439" s="2"/>
       <c r="E439" s="2">
-        <v>7139</v>
-[...3 lines deleted...]
-      </c>
+        <v>7560</v>
+      </c>
+      <c r="F439" s="2"/>
       <c r="G439" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H439" s="2" t="s">
         <v>1109</v>
       </c>
       <c r="I439" s="2">
         <v>146</v>
       </c>
       <c r="J439" s="2">
-        <v>133</v>
+        <v>130</v>
       </c>
       <c r="K439" s="2">
         <v>100</v>
       </c>
       <c r="L439" s="2">
         <v>20</v>
       </c>
       <c r="M439" s="2">
         <v>0</v>
       </c>
       <c r="N439" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="440" spans="1:14">
       <c r="A440" s="2">
         <v>102838</v>
       </c>
       <c r="B440" s="2" t="s">
         <v>903</v>
       </c>
       <c r="C440" s="2" t="s">
-        <v>681</v>
+        <v>686</v>
       </c>
       <c r="D440" s="2"/>
       <c r="E440" s="2">
         <v>7616</v>
       </c>
       <c r="F440" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G440" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H440" s="2" t="s">
         <v>1110</v>
       </c>
       <c r="I440" s="2">
         <v>147</v>
       </c>
       <c r="J440" s="2">
         <v>134</v>
       </c>
       <c r="K440" s="2">
         <v>100</v>
       </c>
       <c r="L440" s="2">
         <v>20</v>
@@ -25025,54 +25025,54 @@
       </c>
       <c r="I445" s="2">
         <v>148</v>
       </c>
       <c r="J445" s="2">
         <v>132</v>
       </c>
       <c r="K445" s="2">
         <v>100</v>
       </c>
       <c r="L445" s="2">
         <v>20</v>
       </c>
       <c r="M445" s="2">
         <v>0</v>
       </c>
       <c r="N445" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="446" spans="1:14">
       <c r="A446" s="2">
         <v>102724</v>
       </c>
       <c r="B446" s="2" t="s">
-        <v>360</v>
+        <v>366</v>
       </c>
       <c r="C446" s="2" t="s">
-        <v>361</v>
+        <v>367</v>
       </c>
       <c r="D446" s="2"/>
       <c r="E446" s="2">
         <v>7114</v>
       </c>
       <c r="F446" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G446" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H446" s="2" t="s">
         <v>1126</v>
       </c>
       <c r="I446" s="2">
         <v>149</v>
       </c>
       <c r="J446" s="2">
         <v>133</v>
       </c>
       <c r="K446" s="2">
         <v>100</v>
       </c>
       <c r="L446" s="2">
         <v>20</v>
@@ -25243,147 +25243,147 @@
       <c r="L450" s="2">
         <v>20</v>
       </c>
       <c r="M450" s="2">
         <v>0</v>
       </c>
       <c r="N450" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="451" spans="1:14">
       <c r="A451" s="2">
         <v>102830</v>
       </c>
       <c r="B451" s="2" t="s">
         <v>743</v>
       </c>
       <c r="C451" s="2" t="s">
         <v>828</v>
       </c>
       <c r="D451" s="2"/>
       <c r="E451" s="2">
         <v>7540</v>
       </c>
       <c r="F451" s="2" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="G451" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H451" s="2" t="s">
         <v>1138</v>
       </c>
       <c r="I451" s="2">
         <v>150</v>
       </c>
       <c r="J451" s="2">
         <v>131</v>
       </c>
       <c r="K451" s="2">
         <v>100</v>
       </c>
       <c r="L451" s="2">
         <v>20</v>
       </c>
       <c r="M451" s="2">
         <v>0</v>
       </c>
       <c r="N451" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="452" spans="1:14">
       <c r="A452" s="2">
-        <v>102831</v>
+        <v>107073</v>
       </c>
       <c r="B452" s="2" t="s">
-        <v>1139</v>
+        <v>579</v>
       </c>
       <c r="C452" s="2" t="s">
-        <v>1140</v>
+        <v>883</v>
       </c>
       <c r="D452" s="2"/>
       <c r="E452" s="2">
-        <v>7027</v>
+        <v>7192</v>
       </c>
       <c r="F452" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G452" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H452" s="2" t="s">
-        <v>1141</v>
+        <v>1139</v>
       </c>
       <c r="I452" s="2">
         <v>151</v>
       </c>
       <c r="J452" s="2">
-        <v>132</v>
+        <v>135</v>
       </c>
       <c r="K452" s="2">
         <v>100</v>
       </c>
       <c r="L452" s="2">
         <v>20</v>
       </c>
       <c r="M452" s="2">
         <v>0</v>
       </c>
       <c r="N452" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="453" spans="1:14">
       <c r="A453" s="2">
-        <v>107073</v>
+        <v>102831</v>
       </c>
       <c r="B453" s="2" t="s">
-        <v>581</v>
+        <v>1140</v>
       </c>
       <c r="C453" s="2" t="s">
-        <v>883</v>
+        <v>1141</v>
       </c>
       <c r="D453" s="2"/>
       <c r="E453" s="2">
-        <v>7192</v>
+        <v>7027</v>
       </c>
       <c r="F453" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G453" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H453" s="2" t="s">
         <v>1142</v>
       </c>
       <c r="I453" s="2">
         <v>151</v>
       </c>
       <c r="J453" s="2">
-        <v>135</v>
+        <v>132</v>
       </c>
       <c r="K453" s="2">
         <v>100</v>
       </c>
       <c r="L453" s="2">
         <v>20</v>
       </c>
       <c r="M453" s="2">
         <v>0</v>
       </c>
       <c r="N453" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="454" spans="1:14">
       <c r="A454" s="2">
         <v>102832</v>
       </c>
       <c r="B454" s="2" t="s">
         <v>1143</v>
       </c>
       <c r="C454" s="2" t="s">
         <v>1144</v>
       </c>
       <c r="D454" s="2"/>
@@ -25483,176 +25483,176 @@
       </c>
       <c r="I456" s="2">
         <v>153</v>
       </c>
       <c r="J456" s="2">
         <v>134</v>
       </c>
       <c r="K456" s="2">
         <v>100</v>
       </c>
       <c r="L456" s="2">
         <v>20</v>
       </c>
       <c r="M456" s="2">
         <v>0</v>
       </c>
       <c r="N456" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="457" spans="1:14">
       <c r="A457" s="2">
         <v>107075</v>
       </c>
       <c r="B457" s="2" t="s">
-        <v>240</v>
+        <v>246</v>
       </c>
       <c r="C457" s="2" t="s">
         <v>1152</v>
       </c>
       <c r="D457" s="2"/>
       <c r="E457" s="2">
         <v>7064</v>
       </c>
       <c r="F457" s="2"/>
       <c r="G457" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H457" s="2" t="s">
         <v>1153</v>
       </c>
       <c r="I457" s="2">
         <v>153</v>
       </c>
       <c r="J457" s="2">
         <v>137</v>
       </c>
       <c r="K457" s="2">
         <v>100</v>
       </c>
       <c r="L457" s="2">
         <v>20</v>
       </c>
       <c r="M457" s="2">
         <v>0</v>
       </c>
       <c r="N457" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="458" spans="1:14">
       <c r="A458" s="2">
-        <v>101034</v>
+        <v>107076</v>
       </c>
       <c r="B458" s="2" t="s">
         <v>1154</v>
       </c>
       <c r="C458" s="2" t="s">
         <v>1155</v>
       </c>
       <c r="D458" s="2"/>
       <c r="E458" s="2">
-        <v>7097</v>
-[...3 lines deleted...]
-      </c>
+        <v>7539</v>
+      </c>
+      <c r="F458" s="2"/>
       <c r="G458" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H458" s="2" t="s">
         <v>1156</v>
       </c>
       <c r="I458" s="2">
         <v>154</v>
       </c>
       <c r="J458" s="2">
-        <v>135</v>
+        <v>138</v>
       </c>
       <c r="K458" s="2">
         <v>100</v>
       </c>
       <c r="L458" s="2">
         <v>20</v>
       </c>
       <c r="M458" s="2">
         <v>0</v>
       </c>
       <c r="N458" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="459" spans="1:14">
       <c r="A459" s="2">
-        <v>107076</v>
+        <v>101034</v>
       </c>
       <c r="B459" s="2" t="s">
         <v>1157</v>
       </c>
       <c r="C459" s="2" t="s">
         <v>1158</v>
       </c>
       <c r="D459" s="2"/>
       <c r="E459" s="2">
-        <v>7539</v>
-[...1 lines deleted...]
-      <c r="F459" s="2"/>
+        <v>7097</v>
+      </c>
+      <c r="F459" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="G459" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H459" s="2" t="s">
         <v>1159</v>
       </c>
       <c r="I459" s="2">
         <v>154</v>
       </c>
       <c r="J459" s="2">
-        <v>138</v>
+        <v>135</v>
       </c>
       <c r="K459" s="2">
         <v>100</v>
       </c>
       <c r="L459" s="2">
         <v>20</v>
       </c>
       <c r="M459" s="2">
         <v>0</v>
       </c>
       <c r="N459" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="460" spans="1:14">
       <c r="A460" s="2">
         <v>102835</v>
       </c>
       <c r="B460" s="2" t="s">
         <v>1160</v>
       </c>
       <c r="C460" s="2" t="s">
-        <v>222</v>
+        <v>221</v>
       </c>
       <c r="D460" s="2"/>
       <c r="E460" s="2">
         <v>7525</v>
       </c>
       <c r="F460" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G460" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H460" s="2" t="s">
         <v>1161</v>
       </c>
       <c r="I460" s="2">
         <v>155</v>
       </c>
       <c r="J460" s="2">
         <v>136</v>
       </c>
       <c r="K460" s="2">
         <v>100</v>
       </c>
       <c r="L460" s="2">
         <v>20</v>
@@ -25770,139 +25770,139 @@
       </c>
       <c r="H463" s="2" t="s">
         <v>1166</v>
       </c>
       <c r="I463" s="2">
         <v>156</v>
       </c>
       <c r="J463" s="2">
         <v>137</v>
       </c>
       <c r="K463" s="2">
         <v>100</v>
       </c>
       <c r="L463" s="2">
         <v>20</v>
       </c>
       <c r="M463" s="2">
         <v>0</v>
       </c>
       <c r="N463" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="464" spans="1:14">
       <c r="A464" s="2">
-        <v>102837</v>
+        <v>107079</v>
       </c>
       <c r="B464" s="2" t="s">
         <v>1167</v>
       </c>
       <c r="C464" s="2" t="s">
         <v>1168</v>
       </c>
       <c r="D464" s="2"/>
       <c r="E464" s="2">
-        <v>8035</v>
-[...3 lines deleted...]
-      </c>
+        <v>7604</v>
+      </c>
+      <c r="F464" s="2"/>
       <c r="G464" s="2" t="s">
-        <v>77</v>
+        <v>17</v>
       </c>
       <c r="H464" s="2" t="s">
         <v>1169</v>
       </c>
       <c r="I464" s="2">
         <v>157</v>
       </c>
       <c r="J464" s="2">
-        <v>20</v>
+        <v>141</v>
       </c>
       <c r="K464" s="2">
         <v>100</v>
       </c>
       <c r="L464" s="2">
-        <v>110</v>
+        <v>20</v>
       </c>
       <c r="M464" s="2">
         <v>0</v>
       </c>
       <c r="N464" s="2">
-        <v>210</v>
+        <v>120</v>
       </c>
     </row>
     <row r="465" spans="1:14">
       <c r="A465" s="2">
-        <v>107079</v>
+        <v>102837</v>
       </c>
       <c r="B465" s="2" t="s">
         <v>1170</v>
       </c>
       <c r="C465" s="2" t="s">
         <v>1171</v>
       </c>
       <c r="D465" s="2"/>
       <c r="E465" s="2">
-        <v>7604</v>
-[...1 lines deleted...]
-      <c r="F465" s="2"/>
+        <v>8035</v>
+      </c>
+      <c r="F465" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="G465" s="2" t="s">
-        <v>17</v>
+        <v>77</v>
       </c>
       <c r="H465" s="2" t="s">
         <v>1172</v>
       </c>
       <c r="I465" s="2">
         <v>157</v>
       </c>
       <c r="J465" s="2">
-        <v>141</v>
+        <v>20</v>
       </c>
       <c r="K465" s="2">
         <v>100</v>
       </c>
       <c r="L465" s="2">
-        <v>20</v>
+        <v>110</v>
       </c>
       <c r="M465" s="2">
         <v>0</v>
       </c>
       <c r="N465" s="2">
-        <v>120</v>
+        <v>210</v>
       </c>
     </row>
     <row r="466" spans="1:14">
       <c r="A466" s="2">
         <v>102838</v>
       </c>
       <c r="B466" s="2" t="s">
         <v>903</v>
       </c>
       <c r="C466" s="2" t="s">
-        <v>681</v>
+        <v>686</v>
       </c>
       <c r="D466" s="2"/>
       <c r="E466" s="2">
         <v>7601</v>
       </c>
       <c r="F466" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G466" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H466" s="2" t="s">
         <v>1173</v>
       </c>
       <c r="I466" s="2">
         <v>158</v>
       </c>
       <c r="J466" s="2">
         <v>138</v>
       </c>
       <c r="K466" s="2">
         <v>100</v>
       </c>
       <c r="L466" s="2">
         <v>20</v>
@@ -26100,128 +26100,128 @@
       </c>
       <c r="H471" s="2" t="s">
         <v>1183</v>
       </c>
       <c r="I471" s="2">
         <v>160</v>
       </c>
       <c r="J471" s="2">
         <v>140</v>
       </c>
       <c r="K471" s="2">
         <v>100</v>
       </c>
       <c r="L471" s="2">
         <v>20</v>
       </c>
       <c r="M471" s="2">
         <v>0</v>
       </c>
       <c r="N471" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="472" spans="1:14">
       <c r="A472" s="2">
-        <v>102841</v>
+        <v>107083</v>
       </c>
       <c r="B472" s="2" t="s">
         <v>1184</v>
       </c>
       <c r="C472" s="2" t="s">
         <v>1185</v>
       </c>
       <c r="D472" s="2"/>
       <c r="E472" s="2">
-        <v>7109</v>
-[...3 lines deleted...]
-      </c>
+        <v>8020</v>
+      </c>
+      <c r="F472" s="2"/>
       <c r="G472" s="2" t="s">
-        <v>17</v>
+        <v>77</v>
       </c>
       <c r="H472" s="2" t="s">
         <v>1186</v>
       </c>
       <c r="I472" s="2">
         <v>161</v>
       </c>
       <c r="J472" s="2">
-        <v>141</v>
+        <v>18</v>
       </c>
       <c r="K472" s="2">
         <v>100</v>
       </c>
       <c r="L472" s="2">
-        <v>20</v>
+        <v>130</v>
       </c>
       <c r="M472" s="2">
         <v>0</v>
       </c>
       <c r="N472" s="2">
-        <v>120</v>
+        <v>230</v>
       </c>
     </row>
     <row r="473" spans="1:14">
       <c r="A473" s="2">
-        <v>107083</v>
+        <v>102841</v>
       </c>
       <c r="B473" s="2" t="s">
         <v>1187</v>
       </c>
       <c r="C473" s="2" t="s">
         <v>1188</v>
       </c>
       <c r="D473" s="2"/>
       <c r="E473" s="2">
-        <v>8020</v>
-[...1 lines deleted...]
-      <c r="F473" s="2"/>
+        <v>7109</v>
+      </c>
+      <c r="F473" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="G473" s="2" t="s">
-        <v>77</v>
+        <v>17</v>
       </c>
       <c r="H473" s="2" t="s">
         <v>1189</v>
       </c>
       <c r="I473" s="2">
         <v>161</v>
       </c>
       <c r="J473" s="2">
-        <v>18</v>
+        <v>141</v>
       </c>
       <c r="K473" s="2">
         <v>100</v>
       </c>
       <c r="L473" s="2">
-        <v>130</v>
+        <v>20</v>
       </c>
       <c r="M473" s="2">
         <v>0</v>
       </c>
       <c r="N473" s="2">
-        <v>230</v>
+        <v>120</v>
       </c>
     </row>
     <row r="474" spans="1:14">
       <c r="A474" s="2">
         <v>102842</v>
       </c>
       <c r="B474" s="2" t="s">
         <v>1190</v>
       </c>
       <c r="C474" s="2" t="s">
         <v>1191</v>
       </c>
       <c r="D474" s="2"/>
       <c r="E474" s="2">
         <v>7119</v>
       </c>
       <c r="F474" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G474" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H474" s="2" t="s">
         <v>1192</v>
       </c>
@@ -26267,211 +26267,211 @@
       </c>
       <c r="I475" s="2">
         <v>162</v>
       </c>
       <c r="J475" s="2">
         <v>144</v>
       </c>
       <c r="K475" s="2">
         <v>100</v>
       </c>
       <c r="L475" s="2">
         <v>20</v>
       </c>
       <c r="M475" s="2">
         <v>0</v>
       </c>
       <c r="N475" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="476" spans="1:14">
       <c r="A476" s="2">
         <v>102843</v>
       </c>
       <c r="B476" s="2" t="s">
-        <v>985</v>
+        <v>988</v>
       </c>
       <c r="C476" s="2" t="s">
-        <v>986</v>
+        <v>989</v>
       </c>
       <c r="D476" s="2"/>
       <c r="E476" s="2">
         <v>7121</v>
       </c>
       <c r="F476" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G476" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H476" s="2" t="s">
         <v>1196</v>
       </c>
       <c r="I476" s="2">
         <v>163</v>
       </c>
       <c r="J476" s="2">
         <v>143</v>
       </c>
       <c r="K476" s="2">
         <v>100</v>
       </c>
       <c r="L476" s="2">
         <v>20</v>
       </c>
       <c r="M476" s="2">
         <v>0</v>
       </c>
       <c r="N476" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="477" spans="1:14">
       <c r="A477" s="2">
         <v>101001</v>
       </c>
       <c r="B477" s="2" t="s">
-        <v>881</v>
+        <v>875</v>
       </c>
       <c r="C477" s="2" t="s">
-        <v>882</v>
+        <v>876</v>
       </c>
       <c r="D477" s="2"/>
       <c r="E477" s="2">
         <v>7543</v>
       </c>
       <c r="F477" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G477" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H477" s="2" t="s">
         <v>1197</v>
       </c>
       <c r="I477" s="2">
         <v>163</v>
       </c>
       <c r="J477" s="2">
         <v>145</v>
       </c>
       <c r="K477" s="2">
         <v>100</v>
       </c>
       <c r="L477" s="2">
         <v>20</v>
       </c>
       <c r="M477" s="2">
         <v>0</v>
       </c>
       <c r="N477" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="478" spans="1:14">
       <c r="A478" s="2">
-        <v>102844</v>
+        <v>102826</v>
       </c>
       <c r="B478" s="2" t="s">
-        <v>1198</v>
+        <v>898</v>
       </c>
       <c r="C478" s="2" t="s">
-        <v>1199</v>
+        <v>899</v>
       </c>
       <c r="D478" s="2"/>
       <c r="E478" s="2">
-        <v>8026</v>
+        <v>7077</v>
       </c>
       <c r="F478" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G478" s="2" t="s">
-        <v>77</v>
+        <v>17</v>
       </c>
       <c r="H478" s="2" t="s">
-        <v>1200</v>
+        <v>1137</v>
       </c>
       <c r="I478" s="2">
         <v>164</v>
       </c>
       <c r="J478" s="2">
-        <v>21</v>
+        <v>146</v>
       </c>
       <c r="K478" s="2">
         <v>100</v>
       </c>
       <c r="L478" s="2">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="M478" s="2">
         <v>0</v>
       </c>
       <c r="N478" s="2">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="479" spans="1:14">
       <c r="A479" s="2">
-        <v>102826</v>
+        <v>102844</v>
       </c>
       <c r="B479" s="2" t="s">
-        <v>900</v>
+        <v>1198</v>
       </c>
       <c r="C479" s="2" t="s">
-        <v>901</v>
+        <v>1199</v>
       </c>
       <c r="D479" s="2"/>
       <c r="E479" s="2">
-        <v>7077</v>
+        <v>8026</v>
       </c>
       <c r="F479" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G479" s="2" t="s">
-        <v>17</v>
+        <v>77</v>
       </c>
       <c r="H479" s="2" t="s">
-        <v>1137</v>
+        <v>1200</v>
       </c>
       <c r="I479" s="2">
         <v>164</v>
       </c>
       <c r="J479" s="2">
-        <v>146</v>
+        <v>21</v>
       </c>
       <c r="K479" s="2">
         <v>100</v>
       </c>
       <c r="L479" s="2">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="M479" s="2">
         <v>0</v>
       </c>
       <c r="N479" s="2">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="480" spans="1:14">
       <c r="A480" s="2">
         <v>107087</v>
       </c>
       <c r="B480" s="2" t="s">
         <v>1201</v>
       </c>
       <c r="C480" s="2" t="s">
         <v>1202</v>
       </c>
       <c r="D480" s="2"/>
       <c r="E480" s="2">
         <v>7195</v>
       </c>
       <c r="F480" s="2"/>
       <c r="G480" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H480" s="2" t="s">
         <v>1203</v>
       </c>
       <c r="I480" s="2">
         <v>165</v>
@@ -26517,54 +26517,54 @@
       </c>
       <c r="I481" s="2">
         <v>165</v>
       </c>
       <c r="J481" s="2">
         <v>144</v>
       </c>
       <c r="K481" s="2">
         <v>100</v>
       </c>
       <c r="L481" s="2">
         <v>20</v>
       </c>
       <c r="M481" s="2">
         <v>0</v>
       </c>
       <c r="N481" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="482" spans="1:14">
       <c r="A482" s="2">
         <v>102797</v>
       </c>
       <c r="B482" s="2" t="s">
-        <v>873</v>
+        <v>878</v>
       </c>
       <c r="C482" s="2" t="s">
-        <v>874</v>
+        <v>879</v>
       </c>
       <c r="D482" s="2"/>
       <c r="E482" s="2">
         <v>8013</v>
       </c>
       <c r="F482" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G482" s="2" t="s">
         <v>77</v>
       </c>
       <c r="H482" s="2" t="s">
         <v>1207</v>
       </c>
       <c r="I482" s="2">
         <v>166</v>
       </c>
       <c r="J482" s="2">
         <v>19</v>
       </c>
       <c r="K482" s="2">
         <v>100</v>
       </c>
       <c r="L482" s="2">
         <v>120</v>
@@ -26598,116 +26598,116 @@
       </c>
       <c r="H483" s="2" t="s">
         <v>984</v>
       </c>
       <c r="I483" s="2">
         <v>166</v>
       </c>
       <c r="J483" s="2">
         <v>145</v>
       </c>
       <c r="K483" s="2">
         <v>100</v>
       </c>
       <c r="L483" s="2">
         <v>20</v>
       </c>
       <c r="M483" s="2">
         <v>0</v>
       </c>
       <c r="N483" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="484" spans="1:14">
       <c r="A484" s="2">
-        <v>101975</v>
+        <v>107089</v>
       </c>
       <c r="B484" s="2" t="s">
-        <v>413</v>
+        <v>1210</v>
       </c>
       <c r="C484" s="2" t="s">
-        <v>414</v>
+        <v>1211</v>
       </c>
       <c r="D484" s="2"/>
       <c r="E484" s="2">
-        <v>7124</v>
-[...3 lines deleted...]
-      </c>
+        <v>7110</v>
+      </c>
+      <c r="F484" s="2"/>
       <c r="G484" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H484" s="2" t="s">
-        <v>1210</v>
+        <v>1212</v>
       </c>
       <c r="I484" s="2">
         <v>167</v>
       </c>
       <c r="J484" s="2">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="K484" s="2">
         <v>100</v>
       </c>
       <c r="L484" s="2">
         <v>20</v>
       </c>
       <c r="M484" s="2">
         <v>0</v>
       </c>
       <c r="N484" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="485" spans="1:14">
       <c r="A485" s="2">
-        <v>107089</v>
+        <v>101975</v>
       </c>
       <c r="B485" s="2" t="s">
-        <v>1211</v>
+        <v>413</v>
       </c>
       <c r="C485" s="2" t="s">
-        <v>1212</v>
+        <v>414</v>
       </c>
       <c r="D485" s="2"/>
       <c r="E485" s="2">
-        <v>7110</v>
-[...1 lines deleted...]
-      <c r="F485" s="2"/>
+        <v>7124</v>
+      </c>
+      <c r="F485" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="G485" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H485" s="2" t="s">
         <v>1213</v>
       </c>
       <c r="I485" s="2">
         <v>167</v>
       </c>
       <c r="J485" s="2">
-        <v>148</v>
+        <v>146</v>
       </c>
       <c r="K485" s="2">
         <v>100</v>
       </c>
       <c r="L485" s="2">
         <v>20</v>
       </c>
       <c r="M485" s="2">
         <v>0</v>
       </c>
       <c r="N485" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="486" spans="1:14">
       <c r="A486" s="2">
         <v>102848</v>
       </c>
       <c r="B486" s="2" t="s">
         <v>1214</v>
       </c>
       <c r="C486" s="2" t="s">
         <v>1215</v>
       </c>
       <c r="D486" s="2"/>
@@ -26808,93 +26808,93 @@
       </c>
       <c r="J488" s="2">
         <v>150</v>
       </c>
       <c r="K488" s="2">
         <v>100</v>
       </c>
       <c r="L488" s="2">
         <v>20</v>
       </c>
       <c r="M488" s="2">
         <v>0</v>
       </c>
       <c r="N488" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="489" spans="1:14">
       <c r="A489" s="2">
         <v>102446</v>
       </c>
       <c r="B489" s="2" t="s">
         <v>1223</v>
       </c>
       <c r="C489" s="2" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="D489" s="2"/>
       <c r="E489" s="2">
         <v>7016</v>
       </c>
       <c r="F489" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G489" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H489" s="2" t="s">
         <v>1224</v>
       </c>
       <c r="I489" s="2">
         <v>169</v>
       </c>
       <c r="J489" s="2">
         <v>148</v>
       </c>
       <c r="K489" s="2">
         <v>100</v>
       </c>
       <c r="L489" s="2">
         <v>20</v>
       </c>
       <c r="M489" s="2">
         <v>0</v>
       </c>
       <c r="N489" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="490" spans="1:14">
       <c r="A490" s="2">
         <v>102850</v>
       </c>
       <c r="B490" s="2" t="s">
         <v>208</v>
       </c>
       <c r="C490" s="2" t="s">
-        <v>977</v>
+        <v>980</v>
       </c>
       <c r="D490" s="2"/>
       <c r="E490" s="2">
         <v>7593</v>
       </c>
       <c r="F490" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G490" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H490" s="2" t="s">
         <v>1225</v>
       </c>
       <c r="I490" s="2">
         <v>170</v>
       </c>
       <c r="J490" s="2">
         <v>149</v>
       </c>
       <c r="K490" s="2">
         <v>100</v>
       </c>
       <c r="L490" s="2">
         <v>20</v>
@@ -27011,51 +27011,51 @@
       </c>
       <c r="I493" s="2">
         <v>171</v>
       </c>
       <c r="J493" s="2">
         <v>152</v>
       </c>
       <c r="K493" s="2">
         <v>100</v>
       </c>
       <c r="L493" s="2">
         <v>20</v>
       </c>
       <c r="M493" s="2">
         <v>0</v>
       </c>
       <c r="N493" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="494" spans="1:14">
       <c r="A494" s="2">
         <v>107094</v>
       </c>
       <c r="B494" s="2" t="s">
-        <v>453</v>
+        <v>450</v>
       </c>
       <c r="C494" s="2" t="s">
         <v>1235</v>
       </c>
       <c r="D494" s="2"/>
       <c r="E494" s="2">
         <v>7167</v>
       </c>
       <c r="F494" s="2"/>
       <c r="G494" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H494" s="2" t="s">
         <v>1236</v>
       </c>
       <c r="I494" s="2">
         <v>172</v>
       </c>
       <c r="J494" s="2">
         <v>153</v>
       </c>
       <c r="K494" s="2">
         <v>100</v>
       </c>
       <c r="L494" s="2">
@@ -27257,54 +27257,54 @@
       </c>
       <c r="I499" s="2">
         <v>174</v>
       </c>
       <c r="J499" s="2">
         <v>155</v>
       </c>
       <c r="K499" s="2">
         <v>100</v>
       </c>
       <c r="L499" s="2">
         <v>20</v>
       </c>
       <c r="M499" s="2">
         <v>0</v>
       </c>
       <c r="N499" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="500" spans="1:14">
       <c r="A500" s="2">
         <v>107097</v>
       </c>
       <c r="B500" s="2" t="s">
-        <v>878</v>
+        <v>880</v>
       </c>
       <c r="C500" s="2" t="s">
-        <v>879</v>
+        <v>881</v>
       </c>
       <c r="D500" s="2"/>
       <c r="E500" s="2">
         <v>7589</v>
       </c>
       <c r="F500" s="2"/>
       <c r="G500" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H500" s="2" t="s">
         <v>1251</v>
       </c>
       <c r="I500" s="2">
         <v>175</v>
       </c>
       <c r="J500" s="2">
         <v>156</v>
       </c>
       <c r="K500" s="2">
         <v>100</v>
       </c>
       <c r="L500" s="2">
         <v>20</v>
       </c>
       <c r="M500" s="2">
@@ -27996,130 +27996,130 @@
       </c>
       <c r="H517" s="2" t="s">
         <v>1295</v>
       </c>
       <c r="I517" s="2">
         <v>183</v>
       </c>
       <c r="J517" s="2">
         <v>162</v>
       </c>
       <c r="K517" s="2">
         <v>100</v>
       </c>
       <c r="L517" s="2">
         <v>20</v>
       </c>
       <c r="M517" s="2">
         <v>0</v>
       </c>
       <c r="N517" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="518" spans="1:14">
       <c r="A518" s="2">
-        <v>102864</v>
+        <v>102867</v>
       </c>
       <c r="B518" s="2" t="s">
         <v>1296</v>
       </c>
       <c r="C518" s="2" t="s">
         <v>1297</v>
       </c>
       <c r="D518" s="2"/>
       <c r="E518" s="2">
-        <v>8010</v>
+        <v>7562</v>
       </c>
       <c r="F518" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G518" s="2" t="s">
-        <v>77</v>
+        <v>17</v>
       </c>
       <c r="H518" s="2" t="s">
         <v>1298</v>
       </c>
       <c r="I518" s="2">
         <v>184</v>
       </c>
       <c r="J518" s="2">
-        <v>22</v>
+        <v>164</v>
       </c>
       <c r="K518" s="2">
         <v>100</v>
       </c>
       <c r="L518" s="2">
-        <v>99</v>
+        <v>20</v>
       </c>
       <c r="M518" s="2">
         <v>0</v>
       </c>
       <c r="N518" s="2">
-        <v>199</v>
+        <v>120</v>
       </c>
     </row>
     <row r="519" spans="1:14">
       <c r="A519" s="2">
-        <v>102867</v>
+        <v>102864</v>
       </c>
       <c r="B519" s="2" t="s">
         <v>1299</v>
       </c>
       <c r="C519" s="2" t="s">
         <v>1300</v>
       </c>
       <c r="D519" s="2"/>
       <c r="E519" s="2">
-        <v>7562</v>
+        <v>8010</v>
       </c>
       <c r="F519" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G519" s="2" t="s">
-        <v>17</v>
+        <v>77</v>
       </c>
       <c r="H519" s="2" t="s">
         <v>1301</v>
       </c>
       <c r="I519" s="2">
         <v>184</v>
       </c>
       <c r="J519" s="2">
-        <v>164</v>
+        <v>22</v>
       </c>
       <c r="K519" s="2">
         <v>100</v>
       </c>
       <c r="L519" s="2">
-        <v>20</v>
+        <v>99</v>
       </c>
       <c r="M519" s="2">
         <v>0</v>
       </c>
       <c r="N519" s="2">
-        <v>120</v>
+        <v>199</v>
       </c>
     </row>
     <row r="520" spans="1:14">
       <c r="A520" s="2">
         <v>102865</v>
       </c>
       <c r="B520" s="2" t="s">
         <v>1302</v>
       </c>
       <c r="C520" s="2" t="s">
         <v>1303</v>
       </c>
       <c r="D520" s="2"/>
       <c r="E520" s="2">
         <v>7055</v>
       </c>
       <c r="F520" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G520" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H520" s="2" t="s">
         <v>1304</v>
       </c>
@@ -28162,210 +28162,210 @@
       </c>
       <c r="H521" s="2" t="s">
         <v>1305</v>
       </c>
       <c r="I521" s="2">
         <v>185</v>
       </c>
       <c r="J521" s="2">
         <v>165</v>
       </c>
       <c r="K521" s="2">
         <v>100</v>
       </c>
       <c r="L521" s="2">
         <v>20</v>
       </c>
       <c r="M521" s="2">
         <v>0</v>
       </c>
       <c r="N521" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="522" spans="1:14">
       <c r="A522" s="2">
-        <v>107107</v>
+        <v>102866</v>
       </c>
       <c r="B522" s="2" t="s">
         <v>1306</v>
       </c>
       <c r="C522" s="2" t="s">
         <v>1307</v>
       </c>
       <c r="D522" s="2"/>
       <c r="E522" s="2">
-        <v>7062</v>
-[...1 lines deleted...]
-      <c r="F522" s="2"/>
+        <v>8512</v>
+      </c>
+      <c r="F522" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="G522" s="2" t="s">
-        <v>17</v>
+        <v>77</v>
       </c>
       <c r="H522" s="2" t="s">
         <v>1308</v>
       </c>
       <c r="I522" s="2">
         <v>186</v>
       </c>
       <c r="J522" s="2">
-        <v>166</v>
+        <v>23</v>
       </c>
       <c r="K522" s="2">
         <v>100</v>
       </c>
       <c r="L522" s="2">
-        <v>20</v>
+        <v>98</v>
       </c>
       <c r="M522" s="2">
         <v>0</v>
       </c>
       <c r="N522" s="2">
-        <v>120</v>
+        <v>198</v>
       </c>
     </row>
     <row r="523" spans="1:14">
       <c r="A523" s="2">
-        <v>102866</v>
+        <v>107107</v>
       </c>
       <c r="B523" s="2" t="s">
         <v>1309</v>
       </c>
       <c r="C523" s="2" t="s">
         <v>1310</v>
       </c>
       <c r="D523" s="2"/>
       <c r="E523" s="2">
-        <v>8512</v>
-[...3 lines deleted...]
-      </c>
+        <v>7062</v>
+      </c>
+      <c r="F523" s="2"/>
       <c r="G523" s="2" t="s">
-        <v>77</v>
+        <v>17</v>
       </c>
       <c r="H523" s="2" t="s">
         <v>1311</v>
       </c>
       <c r="I523" s="2">
         <v>186</v>
       </c>
       <c r="J523" s="2">
-        <v>23</v>
+        <v>166</v>
       </c>
       <c r="K523" s="2">
         <v>100</v>
       </c>
       <c r="L523" s="2">
-        <v>98</v>
+        <v>20</v>
       </c>
       <c r="M523" s="2">
         <v>0</v>
       </c>
       <c r="N523" s="2">
-        <v>198</v>
+        <v>120</v>
       </c>
     </row>
     <row r="524" spans="1:14">
       <c r="A524" s="2">
-        <v>102867</v>
+        <v>107108</v>
       </c>
       <c r="B524" s="2" t="s">
-        <v>1299</v>
+        <v>1312</v>
       </c>
       <c r="C524" s="2" t="s">
-        <v>1300</v>
+        <v>1313</v>
       </c>
       <c r="D524" s="2"/>
       <c r="E524" s="2">
-        <v>7145</v>
-[...3 lines deleted...]
-      </c>
+        <v>8021</v>
+      </c>
+      <c r="F524" s="2"/>
       <c r="G524" s="2" t="s">
-        <v>17</v>
+        <v>77</v>
       </c>
       <c r="H524" s="2" t="s">
-        <v>1312</v>
+        <v>1314</v>
       </c>
       <c r="I524" s="2">
         <v>187</v>
       </c>
       <c r="J524" s="2">
-        <v>164</v>
+        <v>21</v>
       </c>
       <c r="K524" s="2">
         <v>100</v>
       </c>
       <c r="L524" s="2">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="M524" s="2">
         <v>0</v>
       </c>
       <c r="N524" s="2">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="525" spans="1:14">
       <c r="A525" s="2">
-        <v>107108</v>
+        <v>102867</v>
       </c>
       <c r="B525" s="2" t="s">
-        <v>1313</v>
+        <v>1296</v>
       </c>
       <c r="C525" s="2" t="s">
-        <v>1314</v>
+        <v>1297</v>
       </c>
       <c r="D525" s="2"/>
       <c r="E525" s="2">
-        <v>8021</v>
-[...1 lines deleted...]
-      <c r="F525" s="2"/>
+        <v>7145</v>
+      </c>
+      <c r="F525" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="G525" s="2" t="s">
-        <v>77</v>
+        <v>17</v>
       </c>
       <c r="H525" s="2" t="s">
         <v>1315</v>
       </c>
       <c r="I525" s="2">
         <v>187</v>
       </c>
       <c r="J525" s="2">
-        <v>21</v>
+        <v>164</v>
       </c>
       <c r="K525" s="2">
         <v>100</v>
       </c>
       <c r="L525" s="2">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="M525" s="2">
         <v>0</v>
       </c>
       <c r="N525" s="2">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="526" spans="1:14">
       <c r="A526" s="2">
         <v>102868</v>
       </c>
       <c r="B526" s="2" t="s">
         <v>1316</v>
       </c>
       <c r="C526" s="2" t="s">
         <v>1317</v>
       </c>
       <c r="D526" s="2"/>
       <c r="E526" s="2">
         <v>7101</v>
       </c>
       <c r="F526" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G526" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H526" s="2" t="s">
         <v>1318</v>
       </c>
@@ -28456,164 +28456,164 @@
       </c>
       <c r="J528" s="2">
         <v>168</v>
       </c>
       <c r="K528" s="2">
         <v>100</v>
       </c>
       <c r="L528" s="2">
         <v>20</v>
       </c>
       <c r="M528" s="2">
         <v>0</v>
       </c>
       <c r="N528" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="529" spans="1:14">
       <c r="A529" s="2">
         <v>102869</v>
       </c>
       <c r="B529" s="2" t="s">
         <v>1323</v>
       </c>
       <c r="C529" s="2" t="s">
-        <v>822</v>
+        <v>819</v>
       </c>
       <c r="D529" s="2"/>
       <c r="E529" s="2">
         <v>7559</v>
       </c>
       <c r="F529" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G529" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H529" s="2" t="s">
         <v>1234</v>
       </c>
       <c r="I529" s="2">
         <v>189</v>
       </c>
       <c r="J529" s="2">
         <v>166</v>
       </c>
       <c r="K529" s="2">
         <v>100</v>
       </c>
       <c r="L529" s="2">
         <v>20</v>
       </c>
       <c r="M529" s="2">
         <v>0</v>
       </c>
       <c r="N529" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="530" spans="1:14">
       <c r="A530" s="2">
-        <v>107111</v>
+        <v>102870</v>
       </c>
       <c r="B530" s="2" t="s">
         <v>1324</v>
       </c>
       <c r="C530" s="2" t="s">
         <v>1325</v>
       </c>
       <c r="D530" s="2"/>
       <c r="E530" s="2">
-        <v>8028</v>
-[...1 lines deleted...]
-      <c r="F530" s="2"/>
+        <v>8509</v>
+      </c>
+      <c r="F530" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="G530" s="2" t="s">
         <v>77</v>
       </c>
       <c r="H530" s="2" t="s">
         <v>1326</v>
       </c>
       <c r="I530" s="2">
         <v>190</v>
       </c>
       <c r="J530" s="2">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="K530" s="2">
         <v>100</v>
       </c>
       <c r="L530" s="2">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="M530" s="2">
         <v>0</v>
       </c>
       <c r="N530" s="2">
-        <v>199</v>
+        <v>197</v>
       </c>
     </row>
     <row r="531" spans="1:14">
       <c r="A531" s="2">
-        <v>102870</v>
+        <v>107111</v>
       </c>
       <c r="B531" s="2" t="s">
         <v>1327</v>
       </c>
       <c r="C531" s="2" t="s">
         <v>1328</v>
       </c>
       <c r="D531" s="2"/>
       <c r="E531" s="2">
-        <v>8509</v>
-[...3 lines deleted...]
-      </c>
+        <v>8028</v>
+      </c>
+      <c r="F531" s="2"/>
       <c r="G531" s="2" t="s">
         <v>77</v>
       </c>
       <c r="H531" s="2" t="s">
         <v>1329</v>
       </c>
       <c r="I531" s="2">
         <v>190</v>
       </c>
       <c r="J531" s="2">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="K531" s="2">
         <v>100</v>
       </c>
       <c r="L531" s="2">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="M531" s="2">
         <v>0</v>
       </c>
       <c r="N531" s="2">
-        <v>197</v>
+        <v>199</v>
       </c>
     </row>
     <row r="532" spans="1:14">
       <c r="A532" s="2">
         <v>102871</v>
       </c>
       <c r="B532" s="2" t="s">
         <v>1330</v>
       </c>
       <c r="C532" s="2" t="s">
         <v>1331</v>
       </c>
       <c r="D532" s="2"/>
       <c r="E532" s="2">
         <v>7583</v>
       </c>
       <c r="F532" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G532" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H532" s="2" t="s">
         <v>1332</v>
       </c>
@@ -28740,128 +28740,128 @@
       </c>
       <c r="H535" s="2" t="s">
         <v>1339</v>
       </c>
       <c r="I535" s="2">
         <v>192</v>
       </c>
       <c r="J535" s="2">
         <v>168</v>
       </c>
       <c r="K535" s="2">
         <v>100</v>
       </c>
       <c r="L535" s="2">
         <v>20</v>
       </c>
       <c r="M535" s="2">
         <v>0</v>
       </c>
       <c r="N535" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="536" spans="1:14">
       <c r="A536" s="2">
-        <v>102873</v>
+        <v>107114</v>
       </c>
       <c r="B536" s="2" t="s">
-        <v>1032</v>
+        <v>1340</v>
       </c>
       <c r="C536" s="2" t="s">
-        <v>1033</v>
+        <v>1341</v>
       </c>
       <c r="D536" s="2"/>
       <c r="E536" s="2">
-        <v>7096</v>
-[...3 lines deleted...]
-      </c>
+        <v>7593</v>
+      </c>
+      <c r="F536" s="2"/>
       <c r="G536" s="2" t="s">
-        <v>17</v>
+        <v>77</v>
       </c>
       <c r="H536" s="2" t="s">
-        <v>1340</v>
+        <v>1342</v>
       </c>
       <c r="I536" s="2">
         <v>193</v>
       </c>
       <c r="J536" s="2">
-        <v>169</v>
+        <v>23</v>
       </c>
       <c r="K536" s="2">
         <v>100</v>
       </c>
       <c r="L536" s="2">
-        <v>20</v>
+        <v>98</v>
       </c>
       <c r="M536" s="2">
         <v>0</v>
       </c>
       <c r="N536" s="2">
-        <v>120</v>
+        <v>198</v>
       </c>
     </row>
     <row r="537" spans="1:14">
       <c r="A537" s="2">
-        <v>107114</v>
+        <v>102873</v>
       </c>
       <c r="B537" s="2" t="s">
-        <v>1341</v>
+        <v>1032</v>
       </c>
       <c r="C537" s="2" t="s">
-        <v>1342</v>
+        <v>1033</v>
       </c>
       <c r="D537" s="2"/>
       <c r="E537" s="2">
-        <v>7593</v>
-[...1 lines deleted...]
-      <c r="F537" s="2"/>
+        <v>7096</v>
+      </c>
+      <c r="F537" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="G537" s="2" t="s">
-        <v>77</v>
+        <v>17</v>
       </c>
       <c r="H537" s="2" t="s">
         <v>1343</v>
       </c>
       <c r="I537" s="2">
         <v>193</v>
       </c>
       <c r="J537" s="2">
-        <v>23</v>
+        <v>169</v>
       </c>
       <c r="K537" s="2">
         <v>100</v>
       </c>
       <c r="L537" s="2">
-        <v>98</v>
+        <v>20</v>
       </c>
       <c r="M537" s="2">
         <v>0</v>
       </c>
       <c r="N537" s="2">
-        <v>198</v>
+        <v>120</v>
       </c>
     </row>
     <row r="538" spans="1:14">
       <c r="A538" s="2">
         <v>107115</v>
       </c>
       <c r="B538" s="2" t="s">
         <v>1344</v>
       </c>
       <c r="C538" s="2" t="s">
         <v>1345</v>
       </c>
       <c r="D538" s="2"/>
       <c r="E538" s="2">
         <v>8510</v>
       </c>
       <c r="F538" s="2"/>
       <c r="G538" s="2" t="s">
         <v>77</v>
       </c>
       <c r="H538" s="2" t="s">
         <v>1346</v>
       </c>
       <c r="I538" s="2">
         <v>194</v>
@@ -28952,164 +28952,164 @@
       </c>
       <c r="J540" s="2">
         <v>171</v>
       </c>
       <c r="K540" s="2">
         <v>100</v>
       </c>
       <c r="L540" s="2">
         <v>20</v>
       </c>
       <c r="M540" s="2">
         <v>0</v>
       </c>
       <c r="N540" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="541" spans="1:14">
       <c r="A541" s="2">
         <v>102737</v>
       </c>
       <c r="B541" s="2" t="s">
         <v>462</v>
       </c>
       <c r="C541" s="2" t="s">
-        <v>372</v>
+        <v>369</v>
       </c>
       <c r="D541" s="2"/>
       <c r="E541" s="2">
         <v>7138</v>
       </c>
       <c r="F541" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G541" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H541" s="2" t="s">
         <v>1353</v>
       </c>
       <c r="I541" s="2">
         <v>195</v>
       </c>
       <c r="J541" s="2">
         <v>171</v>
       </c>
       <c r="K541" s="2">
         <v>100</v>
       </c>
       <c r="L541" s="2">
         <v>20</v>
       </c>
       <c r="M541" s="2">
         <v>0</v>
       </c>
       <c r="N541" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="542" spans="1:14">
       <c r="A542" s="2">
-        <v>102876</v>
+        <v>107117</v>
       </c>
       <c r="B542" s="2" t="s">
         <v>1354</v>
       </c>
       <c r="C542" s="2" t="s">
-        <v>1355</v>
+        <v>1354</v>
       </c>
       <c r="D542" s="2"/>
       <c r="E542" s="2">
-        <v>8018</v>
-[...3 lines deleted...]
-      </c>
+        <v>8034</v>
+      </c>
+      <c r="F542" s="2"/>
       <c r="G542" s="2" t="s">
-        <v>77</v>
+        <v>17</v>
       </c>
       <c r="H542" s="2" t="s">
-        <v>1356</v>
+        <v>1355</v>
       </c>
       <c r="I542" s="2">
         <v>196</v>
       </c>
       <c r="J542" s="2">
-        <v>25</v>
+        <v>172</v>
       </c>
       <c r="K542" s="2">
         <v>100</v>
       </c>
       <c r="L542" s="2">
-        <v>96</v>
+        <v>20</v>
       </c>
       <c r="M542" s="2">
         <v>0</v>
       </c>
       <c r="N542" s="2">
-        <v>196</v>
+        <v>120</v>
       </c>
     </row>
     <row r="543" spans="1:14">
       <c r="A543" s="2">
-        <v>107117</v>
+        <v>102876</v>
       </c>
       <c r="B543" s="2" t="s">
-        <v>1357</v>
+        <v>1356</v>
       </c>
       <c r="C543" s="2" t="s">
         <v>1357</v>
       </c>
       <c r="D543" s="2"/>
       <c r="E543" s="2">
-        <v>8034</v>
-[...1 lines deleted...]
-      <c r="F543" s="2"/>
+        <v>8018</v>
+      </c>
+      <c r="F543" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="G543" s="2" t="s">
-        <v>17</v>
+        <v>77</v>
       </c>
       <c r="H543" s="2" t="s">
         <v>1358</v>
       </c>
       <c r="I543" s="2">
         <v>196</v>
       </c>
       <c r="J543" s="2">
-        <v>172</v>
+        <v>25</v>
       </c>
       <c r="K543" s="2">
         <v>100</v>
       </c>
       <c r="L543" s="2">
-        <v>20</v>
+        <v>96</v>
       </c>
       <c r="M543" s="2">
         <v>0</v>
       </c>
       <c r="N543" s="2">
-        <v>120</v>
+        <v>196</v>
       </c>
     </row>
     <row r="544" spans="1:14">
       <c r="A544" s="2">
         <v>102840</v>
       </c>
       <c r="B544" s="2" t="s">
         <v>718</v>
       </c>
       <c r="C544" s="2" t="s">
         <v>719</v>
       </c>
       <c r="D544" s="2"/>
       <c r="E544" s="2">
         <v>7536</v>
       </c>
       <c r="F544" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G544" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H544" s="2" t="s">
         <v>1359</v>
       </c>
@@ -29199,157 +29199,157 @@
       </c>
       <c r="I546" s="2">
         <v>198</v>
       </c>
       <c r="J546" s="2">
         <v>174</v>
       </c>
       <c r="K546" s="2">
         <v>100</v>
       </c>
       <c r="L546" s="2">
         <v>20</v>
       </c>
       <c r="M546" s="2">
         <v>0</v>
       </c>
       <c r="N546" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="547" spans="1:14">
       <c r="A547" s="2">
         <v>102878</v>
       </c>
       <c r="B547" s="2" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="C547" s="2" t="s">
-        <v>898</v>
+        <v>901</v>
       </c>
       <c r="D547" s="2"/>
       <c r="E547" s="2">
         <v>7608</v>
       </c>
       <c r="F547" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G547" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H547" s="2" t="s">
         <v>1365</v>
       </c>
       <c r="I547" s="2">
         <v>198</v>
       </c>
       <c r="J547" s="2">
         <v>173</v>
       </c>
       <c r="K547" s="2">
         <v>100</v>
       </c>
       <c r="L547" s="2">
         <v>20</v>
       </c>
       <c r="M547" s="2">
         <v>0</v>
       </c>
       <c r="N547" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="548" spans="1:14">
       <c r="A548" s="2">
-        <v>102879</v>
+        <v>102917</v>
       </c>
       <c r="B548" s="2" t="s">
-        <v>58</v>
+        <v>1366</v>
       </c>
       <c r="C548" s="2" t="s">
-        <v>961</v>
+        <v>1367</v>
       </c>
       <c r="D548" s="2"/>
       <c r="E548" s="2">
-        <v>7505</v>
+        <v>7598</v>
       </c>
       <c r="F548" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G548" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H548" s="2" t="s">
-        <v>1366</v>
+        <v>1368</v>
       </c>
       <c r="I548" s="2">
         <v>199</v>
       </c>
       <c r="J548" s="2">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="K548" s="2">
         <v>100</v>
       </c>
       <c r="L548" s="2">
         <v>20</v>
       </c>
       <c r="M548" s="2">
         <v>0</v>
       </c>
       <c r="N548" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="549" spans="1:14">
       <c r="A549" s="2">
-        <v>102917</v>
+        <v>102879</v>
       </c>
       <c r="B549" s="2" t="s">
-        <v>1367</v>
+        <v>58</v>
       </c>
       <c r="C549" s="2" t="s">
-        <v>1368</v>
+        <v>961</v>
       </c>
       <c r="D549" s="2"/>
       <c r="E549" s="2">
-        <v>7598</v>
+        <v>7505</v>
       </c>
       <c r="F549" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G549" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H549" s="2" t="s">
         <v>1369</v>
       </c>
       <c r="I549" s="2">
         <v>199</v>
       </c>
       <c r="J549" s="2">
-        <v>175</v>
+        <v>174</v>
       </c>
       <c r="K549" s="2">
         <v>100</v>
       </c>
       <c r="L549" s="2">
         <v>20</v>
       </c>
       <c r="M549" s="2">
         <v>0</v>
       </c>
       <c r="N549" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="550" spans="1:14">
       <c r="A550" s="2">
         <v>102880</v>
       </c>
       <c r="B550" s="2" t="s">
         <v>1370</v>
       </c>
       <c r="C550" s="2" t="s">
         <v>1371</v>
       </c>
       <c r="D550" s="2"/>
@@ -29410,51 +29410,51 @@
       </c>
       <c r="J551" s="2">
         <v>176</v>
       </c>
       <c r="K551" s="2">
         <v>100</v>
       </c>
       <c r="L551" s="2">
         <v>20</v>
       </c>
       <c r="M551" s="2">
         <v>0</v>
       </c>
       <c r="N551" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="552" spans="1:14">
       <c r="A552" s="2">
         <v>107122</v>
       </c>
       <c r="B552" s="2" t="s">
         <v>1375</v>
       </c>
       <c r="C552" s="2" t="s">
-        <v>840</v>
+        <v>843</v>
       </c>
       <c r="D552" s="2"/>
       <c r="E552" s="2">
         <v>8047</v>
       </c>
       <c r="F552" s="2"/>
       <c r="G552" s="2" t="s">
         <v>77</v>
       </c>
       <c r="H552" s="2" t="s">
         <v>1376</v>
       </c>
       <c r="I552" s="2">
         <v>201</v>
       </c>
       <c r="J552" s="2">
         <v>25</v>
       </c>
       <c r="K552" s="2">
         <v>100</v>
       </c>
       <c r="L552" s="2">
         <v>96</v>
       </c>
       <c r="M552" s="2">
@@ -29618,93 +29618,93 @@
       </c>
       <c r="J556" s="2">
         <v>178</v>
       </c>
       <c r="K556" s="2">
         <v>100</v>
       </c>
       <c r="L556" s="2">
         <v>20</v>
       </c>
       <c r="M556" s="2">
         <v>0</v>
       </c>
       <c r="N556" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="557" spans="1:14">
       <c r="A557" s="2">
         <v>102905</v>
       </c>
       <c r="B557" s="2" t="s">
         <v>574</v>
       </c>
       <c r="C557" s="2" t="s">
-        <v>1212</v>
+        <v>1211</v>
       </c>
       <c r="D557" s="2"/>
       <c r="E557" s="2">
         <v>7548</v>
       </c>
       <c r="F557" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G557" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H557" s="2" t="s">
         <v>1388</v>
       </c>
       <c r="I557" s="2">
         <v>203</v>
       </c>
       <c r="J557" s="2">
         <v>178</v>
       </c>
       <c r="K557" s="2">
         <v>100</v>
       </c>
       <c r="L557" s="2">
         <v>20</v>
       </c>
       <c r="M557" s="2">
         <v>0</v>
       </c>
       <c r="N557" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="558" spans="1:14">
       <c r="A558" s="2">
         <v>107125</v>
       </c>
       <c r="B558" s="2" t="s">
         <v>1389</v>
       </c>
       <c r="C558" s="2" t="s">
-        <v>197</v>
+        <v>190</v>
       </c>
       <c r="D558" s="2"/>
       <c r="E558" s="2">
         <v>7177</v>
       </c>
       <c r="F558" s="2"/>
       <c r="G558" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H558" s="2" t="s">
         <v>1390</v>
       </c>
       <c r="I558" s="2">
         <v>204</v>
       </c>
       <c r="J558" s="2">
         <v>179</v>
       </c>
       <c r="K558" s="2">
         <v>100</v>
       </c>
       <c r="L558" s="2">
         <v>20</v>
       </c>
       <c r="M558" s="2">
@@ -29985,54 +29985,54 @@
       </c>
       <c r="I565" s="2">
         <v>207</v>
       </c>
       <c r="J565" s="2">
         <v>181</v>
       </c>
       <c r="K565" s="2">
         <v>100</v>
       </c>
       <c r="L565" s="2">
         <v>20</v>
       </c>
       <c r="M565" s="2">
         <v>0</v>
       </c>
       <c r="N565" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="566" spans="1:14">
       <c r="A566" s="2">
         <v>101048</v>
       </c>
       <c r="B566" s="2" t="s">
-        <v>240</v>
+        <v>246</v>
       </c>
       <c r="C566" s="2" t="s">
-        <v>660</v>
+        <v>657</v>
       </c>
       <c r="D566" s="2"/>
       <c r="E566" s="2">
         <v>7063</v>
       </c>
       <c r="F566" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G566" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H566" s="2" t="s">
         <v>1408</v>
       </c>
       <c r="I566" s="2">
         <v>208</v>
       </c>
       <c r="J566" s="2">
         <v>182</v>
       </c>
       <c r="K566" s="2">
         <v>100</v>
       </c>
       <c r="L566" s="2">
         <v>20</v>
@@ -30149,51 +30149,51 @@
       </c>
       <c r="I569" s="2">
         <v>209</v>
       </c>
       <c r="J569" s="2">
         <v>27</v>
       </c>
       <c r="K569" s="2">
         <v>100</v>
       </c>
       <c r="L569" s="2">
         <v>94</v>
       </c>
       <c r="M569" s="2">
         <v>0</v>
       </c>
       <c r="N569" s="2">
         <v>194</v>
       </c>
     </row>
     <row r="570" spans="1:14">
       <c r="A570" s="2">
         <v>107131</v>
       </c>
       <c r="B570" s="2" t="s">
-        <v>581</v>
+        <v>579</v>
       </c>
       <c r="C570" s="2" t="s">
         <v>287</v>
       </c>
       <c r="D570" s="2"/>
       <c r="E570" s="2">
         <v>7191</v>
       </c>
       <c r="F570" s="2"/>
       <c r="G570" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H570" s="2" t="s">
         <v>1417</v>
       </c>
       <c r="I570" s="2">
         <v>210</v>
       </c>
       <c r="J570" s="2">
         <v>183</v>
       </c>
       <c r="K570" s="2">
         <v>100</v>
       </c>
       <c r="L570" s="2">
@@ -30273,51 +30273,51 @@
       </c>
       <c r="I572" s="2">
         <v>211</v>
       </c>
       <c r="J572" s="2">
         <v>184</v>
       </c>
       <c r="K572" s="2">
         <v>100</v>
       </c>
       <c r="L572" s="2">
         <v>20</v>
       </c>
       <c r="M572" s="2">
         <v>0</v>
       </c>
       <c r="N572" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="573" spans="1:14">
       <c r="A573" s="2">
         <v>107132</v>
       </c>
       <c r="B573" s="2" t="s">
-        <v>1299</v>
+        <v>1296</v>
       </c>
       <c r="C573" s="2" t="s">
         <v>1422</v>
       </c>
       <c r="D573" s="2"/>
       <c r="E573" s="2">
         <v>7000</v>
       </c>
       <c r="F573" s="2"/>
       <c r="G573" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H573" s="2" t="s">
         <v>1423</v>
       </c>
       <c r="I573" s="2">
         <v>211</v>
       </c>
       <c r="J573" s="2">
         <v>184</v>
       </c>
       <c r="K573" s="2">
         <v>100</v>
       </c>
       <c r="L573" s="2">
@@ -30392,130 +30392,130 @@
       </c>
       <c r="H575" s="2" t="s">
         <v>1428</v>
       </c>
       <c r="I575" s="2">
         <v>212</v>
       </c>
       <c r="J575" s="2">
         <v>185</v>
       </c>
       <c r="K575" s="2">
         <v>100</v>
       </c>
       <c r="L575" s="2">
         <v>20</v>
       </c>
       <c r="M575" s="2">
         <v>0</v>
       </c>
       <c r="N575" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="576" spans="1:14">
       <c r="A576" s="2">
-        <v>100999</v>
+        <v>102893</v>
       </c>
       <c r="B576" s="2" t="s">
-        <v>214</v>
+        <v>1429</v>
       </c>
       <c r="C576" s="2" t="s">
-        <v>1429</v>
+        <v>1430</v>
       </c>
       <c r="D576" s="2"/>
       <c r="E576" s="2">
-        <v>7117</v>
+        <v>8506</v>
       </c>
       <c r="F576" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G576" s="2" t="s">
-        <v>17</v>
+        <v>77</v>
       </c>
       <c r="H576" s="2" t="s">
-        <v>1430</v>
+        <v>1431</v>
       </c>
       <c r="I576" s="2">
         <v>213</v>
       </c>
       <c r="J576" s="2">
-        <v>186</v>
+        <v>28</v>
       </c>
       <c r="K576" s="2">
         <v>100</v>
       </c>
       <c r="L576" s="2">
-        <v>20</v>
+        <v>93</v>
       </c>
       <c r="M576" s="2">
         <v>0</v>
       </c>
       <c r="N576" s="2">
-        <v>120</v>
+        <v>193</v>
       </c>
     </row>
     <row r="577" spans="1:14">
       <c r="A577" s="2">
-        <v>102893</v>
+        <v>100999</v>
       </c>
       <c r="B577" s="2" t="s">
-        <v>1431</v>
+        <v>214</v>
       </c>
       <c r="C577" s="2" t="s">
         <v>1432</v>
       </c>
       <c r="D577" s="2"/>
       <c r="E577" s="2">
-        <v>8506</v>
+        <v>7117</v>
       </c>
       <c r="F577" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G577" s="2" t="s">
-        <v>77</v>
+        <v>17</v>
       </c>
       <c r="H577" s="2" t="s">
         <v>1433</v>
       </c>
       <c r="I577" s="2">
         <v>213</v>
       </c>
       <c r="J577" s="2">
-        <v>28</v>
+        <v>186</v>
       </c>
       <c r="K577" s="2">
         <v>100</v>
       </c>
       <c r="L577" s="2">
-        <v>93</v>
+        <v>20</v>
       </c>
       <c r="M577" s="2">
         <v>0</v>
       </c>
       <c r="N577" s="2">
-        <v>193</v>
+        <v>120</v>
       </c>
     </row>
     <row r="578" spans="1:14">
       <c r="A578" s="2">
         <v>102894</v>
       </c>
       <c r="B578" s="2" t="s">
         <v>1434</v>
       </c>
       <c r="C578" s="2" t="s">
         <v>1435</v>
       </c>
       <c r="D578" s="2"/>
       <c r="E578" s="2">
         <v>7138</v>
       </c>
       <c r="F578" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G578" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H578" s="2" t="s">
         <v>1436</v>
       </c>
@@ -30640,130 +30640,130 @@
       </c>
       <c r="H581" s="2" t="s">
         <v>1445</v>
       </c>
       <c r="I581" s="2">
         <v>215</v>
       </c>
       <c r="J581" s="2">
         <v>188</v>
       </c>
       <c r="K581" s="2">
         <v>100</v>
       </c>
       <c r="L581" s="2">
         <v>20</v>
       </c>
       <c r="M581" s="2">
         <v>0</v>
       </c>
       <c r="N581" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="582" spans="1:14">
       <c r="A582" s="2">
-        <v>102896</v>
+        <v>102864</v>
       </c>
       <c r="B582" s="2" t="s">
-        <v>150</v>
+        <v>1299</v>
       </c>
       <c r="C582" s="2" t="s">
-        <v>1446</v>
+        <v>1300</v>
       </c>
       <c r="D582" s="2"/>
       <c r="E582" s="2">
-        <v>7502</v>
+        <v>8006</v>
       </c>
       <c r="F582" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G582" s="2" t="s">
-        <v>17</v>
+        <v>77</v>
       </c>
       <c r="H582" s="2" t="s">
-        <v>1447</v>
+        <v>1446</v>
       </c>
       <c r="I582" s="2">
         <v>216</v>
       </c>
       <c r="J582" s="2">
-        <v>188</v>
+        <v>28</v>
       </c>
       <c r="K582" s="2">
         <v>100</v>
       </c>
       <c r="L582" s="2">
-        <v>20</v>
+        <v>93</v>
       </c>
       <c r="M582" s="2">
         <v>0</v>
       </c>
       <c r="N582" s="2">
-        <v>120</v>
+        <v>193</v>
       </c>
     </row>
     <row r="583" spans="1:14">
       <c r="A583" s="2">
-        <v>102864</v>
+        <v>102896</v>
       </c>
       <c r="B583" s="2" t="s">
-        <v>1296</v>
+        <v>149</v>
       </c>
       <c r="C583" s="2" t="s">
-        <v>1297</v>
+        <v>1447</v>
       </c>
       <c r="D583" s="2"/>
       <c r="E583" s="2">
-        <v>8006</v>
+        <v>7502</v>
       </c>
       <c r="F583" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G583" s="2" t="s">
-        <v>77</v>
+        <v>17</v>
       </c>
       <c r="H583" s="2" t="s">
         <v>1448</v>
       </c>
       <c r="I583" s="2">
         <v>216</v>
       </c>
       <c r="J583" s="2">
-        <v>28</v>
+        <v>188</v>
       </c>
       <c r="K583" s="2">
         <v>100</v>
       </c>
       <c r="L583" s="2">
-        <v>93</v>
+        <v>20</v>
       </c>
       <c r="M583" s="2">
         <v>0</v>
       </c>
       <c r="N583" s="2">
-        <v>193</v>
+        <v>120</v>
       </c>
     </row>
     <row r="584" spans="1:14">
       <c r="A584" s="2">
         <v>107138</v>
       </c>
       <c r="B584" s="2" t="s">
         <v>1449</v>
       </c>
       <c r="C584" s="2" t="s">
         <v>1450</v>
       </c>
       <c r="D584" s="2"/>
       <c r="E584" s="2">
         <v>7030</v>
       </c>
       <c r="F584" s="2"/>
       <c r="G584" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H584" s="2" t="s">
         <v>1451</v>
       </c>
       <c r="I584" s="2">
         <v>217</v>
@@ -30806,240 +30806,240 @@
       </c>
       <c r="H585" s="2" t="s">
         <v>1454</v>
       </c>
       <c r="I585" s="2">
         <v>217</v>
       </c>
       <c r="J585" s="2">
         <v>189</v>
       </c>
       <c r="K585" s="2">
         <v>100</v>
       </c>
       <c r="L585" s="2">
         <v>20</v>
       </c>
       <c r="M585" s="2">
         <v>0</v>
       </c>
       <c r="N585" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="586" spans="1:14">
       <c r="A586" s="2">
-        <v>107139</v>
+        <v>102898</v>
       </c>
       <c r="B586" s="2" t="s">
+        <v>462</v>
+      </c>
+      <c r="C586" s="2" t="s">
         <v>1455</v>
-      </c>
-[...1 lines deleted...]
-        <v>1456</v>
       </c>
       <c r="D586" s="2"/>
       <c r="E586" s="2">
-        <v>7617</v>
-[...1 lines deleted...]
-      <c r="F586" s="2"/>
+        <v>8036</v>
+      </c>
+      <c r="F586" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="G586" s="2" t="s">
-        <v>17</v>
+        <v>77</v>
       </c>
       <c r="H586" s="2" t="s">
-        <v>1457</v>
+        <v>1456</v>
       </c>
       <c r="I586" s="2">
         <v>218</v>
       </c>
       <c r="J586" s="2">
-        <v>190</v>
+        <v>29</v>
       </c>
       <c r="K586" s="2">
         <v>100</v>
       </c>
       <c r="L586" s="2">
-        <v>20</v>
+        <v>92</v>
       </c>
       <c r="M586" s="2">
         <v>0</v>
       </c>
       <c r="N586" s="2">
-        <v>120</v>
+        <v>192</v>
       </c>
     </row>
     <row r="587" spans="1:14">
       <c r="A587" s="2">
-        <v>102898</v>
+        <v>107139</v>
       </c>
       <c r="B587" s="2" t="s">
-        <v>462</v>
+        <v>1457</v>
       </c>
       <c r="C587" s="2" t="s">
         <v>1458</v>
       </c>
       <c r="D587" s="2"/>
       <c r="E587" s="2">
-        <v>8036</v>
-[...3 lines deleted...]
-      </c>
+        <v>7617</v>
+      </c>
+      <c r="F587" s="2"/>
       <c r="G587" s="2" t="s">
-        <v>77</v>
+        <v>17</v>
       </c>
       <c r="H587" s="2" t="s">
         <v>1459</v>
       </c>
       <c r="I587" s="2">
         <v>218</v>
       </c>
       <c r="J587" s="2">
-        <v>29</v>
+        <v>190</v>
       </c>
       <c r="K587" s="2">
         <v>100</v>
       </c>
       <c r="L587" s="2">
-        <v>92</v>
+        <v>20</v>
       </c>
       <c r="M587" s="2">
         <v>0</v>
       </c>
       <c r="N587" s="2">
-        <v>192</v>
+        <v>120</v>
       </c>
     </row>
     <row r="588" spans="1:14">
       <c r="A588" s="2">
-        <v>102899</v>
+        <v>100983</v>
       </c>
       <c r="B588" s="2" t="s">
-        <v>1460</v>
+        <v>214</v>
       </c>
       <c r="C588" s="2" t="s">
         <v>1460</v>
       </c>
       <c r="D588" s="2"/>
       <c r="E588" s="2">
-        <v>7090</v>
+        <v>7148</v>
       </c>
       <c r="F588" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G588" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H588" s="2" t="s">
         <v>1461</v>
       </c>
       <c r="I588" s="2">
         <v>219</v>
       </c>
       <c r="J588" s="2">
         <v>190</v>
       </c>
       <c r="K588" s="2">
         <v>100</v>
       </c>
       <c r="L588" s="2">
         <v>20</v>
       </c>
       <c r="M588" s="2">
         <v>0</v>
       </c>
       <c r="N588" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="589" spans="1:14">
       <c r="A589" s="2">
-        <v>100983</v>
+        <v>107140</v>
       </c>
       <c r="B589" s="2" t="s">
-        <v>214</v>
+        <v>1462</v>
       </c>
       <c r="C589" s="2" t="s">
-        <v>1462</v>
+        <v>1463</v>
       </c>
       <c r="D589" s="2"/>
       <c r="E589" s="2">
-        <v>7148</v>
-[...3 lines deleted...]
-      </c>
+        <v>7200</v>
+      </c>
+      <c r="F589" s="2"/>
       <c r="G589" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H589" s="2" t="s">
-        <v>1461</v>
+        <v>1464</v>
       </c>
       <c r="I589" s="2">
         <v>219</v>
       </c>
       <c r="J589" s="2">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="K589" s="2">
         <v>100</v>
       </c>
       <c r="L589" s="2">
         <v>20</v>
       </c>
       <c r="M589" s="2">
         <v>0</v>
       </c>
       <c r="N589" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="590" spans="1:14">
       <c r="A590" s="2">
-        <v>107140</v>
+        <v>102899</v>
       </c>
       <c r="B590" s="2" t="s">
-        <v>1463</v>
+        <v>1465</v>
       </c>
       <c r="C590" s="2" t="s">
-        <v>1464</v>
+        <v>1465</v>
       </c>
       <c r="D590" s="2"/>
       <c r="E590" s="2">
-        <v>7200</v>
-[...1 lines deleted...]
-      <c r="F590" s="2"/>
+        <v>7090</v>
+      </c>
+      <c r="F590" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="G590" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H590" s="2" t="s">
-        <v>1465</v>
+        <v>1461</v>
       </c>
       <c r="I590" s="2">
         <v>219</v>
       </c>
       <c r="J590" s="2">
-        <v>191</v>
+        <v>190</v>
       </c>
       <c r="K590" s="2">
         <v>100</v>
       </c>
       <c r="L590" s="2">
         <v>20</v>
       </c>
       <c r="M590" s="2">
         <v>0</v>
       </c>
       <c r="N590" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="591" spans="1:14">
       <c r="A591" s="2">
         <v>101056</v>
       </c>
       <c r="B591" s="2" t="s">
         <v>1262</v>
       </c>
       <c r="C591" s="2" t="s">
         <v>1176</v>
       </c>
       <c r="D591" s="2"/>
@@ -31060,93 +31060,93 @@
       </c>
       <c r="J591" s="2">
         <v>192</v>
       </c>
       <c r="K591" s="2">
         <v>100</v>
       </c>
       <c r="L591" s="2">
         <v>20</v>
       </c>
       <c r="M591" s="2">
         <v>0</v>
       </c>
       <c r="N591" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="592" spans="1:14">
       <c r="A592" s="2">
         <v>102901</v>
       </c>
       <c r="B592" s="2" t="s">
         <v>1467</v>
       </c>
       <c r="C592" s="2" t="s">
-        <v>660</v>
+        <v>657</v>
       </c>
       <c r="D592" s="2"/>
       <c r="E592" s="2">
         <v>7589</v>
       </c>
       <c r="F592" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G592" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H592" s="2" t="s">
         <v>1468</v>
       </c>
       <c r="I592" s="2">
         <v>221</v>
       </c>
       <c r="J592" s="2">
         <v>192</v>
       </c>
       <c r="K592" s="2">
         <v>100</v>
       </c>
       <c r="L592" s="2">
         <v>20</v>
       </c>
       <c r="M592" s="2">
         <v>0</v>
       </c>
       <c r="N592" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="593" spans="1:14">
       <c r="A593" s="2">
         <v>107142</v>
       </c>
       <c r="B593" s="2" t="s">
         <v>1469</v>
       </c>
       <c r="C593" s="2" t="s">
-        <v>1462</v>
+        <v>1460</v>
       </c>
       <c r="D593" s="2"/>
       <c r="E593" s="2">
         <v>7050</v>
       </c>
       <c r="F593" s="2"/>
       <c r="G593" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H593" s="2" t="s">
         <v>1470</v>
       </c>
       <c r="I593" s="2">
         <v>221</v>
       </c>
       <c r="J593" s="2">
         <v>193</v>
       </c>
       <c r="K593" s="2">
         <v>100</v>
       </c>
       <c r="L593" s="2">
         <v>20</v>
       </c>
       <c r="M593" s="2">
@@ -31220,116 +31220,116 @@
       </c>
       <c r="H595" s="2" t="s">
         <v>1476</v>
       </c>
       <c r="I595" s="2">
         <v>222</v>
       </c>
       <c r="J595" s="2">
         <v>194</v>
       </c>
       <c r="K595" s="2">
         <v>100</v>
       </c>
       <c r="L595" s="2">
         <v>20</v>
       </c>
       <c r="M595" s="2">
         <v>0</v>
       </c>
       <c r="N595" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="596" spans="1:14">
       <c r="A596" s="2">
-        <v>107144</v>
+        <v>102903</v>
       </c>
       <c r="B596" s="2" t="s">
-        <v>177</v>
+        <v>1477</v>
       </c>
       <c r="C596" s="2" t="s">
-        <v>1477</v>
+        <v>1478</v>
       </c>
       <c r="D596" s="2"/>
       <c r="E596" s="2">
-        <v>7089</v>
-[...1 lines deleted...]
-      <c r="F596" s="2"/>
+        <v>7560</v>
+      </c>
+      <c r="F596" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="G596" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H596" s="2" t="s">
-        <v>1478</v>
+        <v>1479</v>
       </c>
       <c r="I596" s="2">
         <v>223</v>
       </c>
       <c r="J596" s="2">
-        <v>195</v>
+        <v>194</v>
       </c>
       <c r="K596" s="2">
         <v>100</v>
       </c>
       <c r="L596" s="2">
         <v>20</v>
       </c>
       <c r="M596" s="2">
         <v>0</v>
       </c>
       <c r="N596" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="597" spans="1:14">
       <c r="A597" s="2">
-        <v>102903</v>
+        <v>107144</v>
       </c>
       <c r="B597" s="2" t="s">
-        <v>1479</v>
+        <v>177</v>
       </c>
       <c r="C597" s="2" t="s">
         <v>1480</v>
       </c>
       <c r="D597" s="2"/>
       <c r="E597" s="2">
-        <v>7560</v>
-[...3 lines deleted...]
-      </c>
+        <v>7089</v>
+      </c>
+      <c r="F597" s="2"/>
       <c r="G597" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H597" s="2" t="s">
         <v>1481</v>
       </c>
       <c r="I597" s="2">
         <v>223</v>
       </c>
       <c r="J597" s="2">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="K597" s="2">
         <v>100</v>
       </c>
       <c r="L597" s="2">
         <v>20</v>
       </c>
       <c r="M597" s="2">
         <v>0</v>
       </c>
       <c r="N597" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="598" spans="1:14">
       <c r="A598" s="2">
         <v>107145</v>
       </c>
       <c r="B598" s="2" t="s">
         <v>1482</v>
       </c>
       <c r="C598" s="2" t="s">
         <v>1483</v>
       </c>
       <c r="D598" s="2"/>
@@ -31390,133 +31390,133 @@
       </c>
       <c r="J599" s="2">
         <v>30</v>
       </c>
       <c r="K599" s="2">
         <v>100</v>
       </c>
       <c r="L599" s="2">
         <v>91</v>
       </c>
       <c r="M599" s="2">
         <v>0</v>
       </c>
       <c r="N599" s="2">
         <v>191</v>
       </c>
     </row>
     <row r="600" spans="1:14">
       <c r="A600" s="2">
         <v>107146</v>
       </c>
       <c r="B600" s="2" t="s">
         <v>1488</v>
       </c>
       <c r="C600" s="2" t="s">
-        <v>1327</v>
+        <v>1324</v>
       </c>
       <c r="D600" s="2"/>
       <c r="E600" s="2">
         <v>8022</v>
       </c>
       <c r="F600" s="2"/>
       <c r="G600" s="2" t="s">
         <v>77</v>
       </c>
       <c r="H600" s="2" t="s">
         <v>1489</v>
       </c>
       <c r="I600" s="2">
         <v>225</v>
       </c>
       <c r="J600" s="2">
         <v>29</v>
       </c>
       <c r="K600" s="2">
         <v>100</v>
       </c>
       <c r="L600" s="2">
         <v>92</v>
       </c>
       <c r="M600" s="2">
         <v>0</v>
       </c>
       <c r="N600" s="2">
         <v>192</v>
       </c>
     </row>
     <row r="601" spans="1:14">
       <c r="A601" s="2">
         <v>102905</v>
       </c>
       <c r="B601" s="2" t="s">
         <v>574</v>
       </c>
       <c r="C601" s="2" t="s">
-        <v>1212</v>
+        <v>1211</v>
       </c>
       <c r="D601" s="2"/>
       <c r="E601" s="2">
         <v>7025</v>
       </c>
       <c r="F601" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G601" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H601" s="2" t="s">
         <v>1490</v>
       </c>
       <c r="I601" s="2">
         <v>225</v>
       </c>
       <c r="J601" s="2">
         <v>195</v>
       </c>
       <c r="K601" s="2">
         <v>100</v>
       </c>
       <c r="L601" s="2">
         <v>20</v>
       </c>
       <c r="M601" s="2">
         <v>0</v>
       </c>
       <c r="N601" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="602" spans="1:14">
       <c r="A602" s="2">
         <v>101037</v>
       </c>
       <c r="B602" s="2" t="s">
         <v>769</v>
       </c>
       <c r="C602" s="2" t="s">
-        <v>124</v>
+        <v>121</v>
       </c>
       <c r="D602" s="2"/>
       <c r="E602" s="2">
         <v>7594</v>
       </c>
       <c r="F602" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G602" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H602" s="2" t="s">
         <v>1489</v>
       </c>
       <c r="I602" s="2">
         <v>226</v>
       </c>
       <c r="J602" s="2">
         <v>197</v>
       </c>
       <c r="K602" s="2">
         <v>100</v>
       </c>
       <c r="L602" s="2">
         <v>20</v>
@@ -31550,128 +31550,128 @@
       </c>
       <c r="H603" s="2" t="s">
         <v>1493</v>
       </c>
       <c r="I603" s="2">
         <v>226</v>
       </c>
       <c r="J603" s="2">
         <v>196</v>
       </c>
       <c r="K603" s="2">
         <v>100</v>
       </c>
       <c r="L603" s="2">
         <v>20</v>
       </c>
       <c r="M603" s="2">
         <v>0</v>
       </c>
       <c r="N603" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="604" spans="1:14">
       <c r="A604" s="2">
-        <v>102907</v>
+        <v>107148</v>
       </c>
       <c r="B604" s="2" t="s">
         <v>1494</v>
       </c>
       <c r="C604" s="2" t="s">
         <v>1495</v>
       </c>
       <c r="D604" s="2"/>
       <c r="E604" s="2">
-        <v>8027</v>
-[...3 lines deleted...]
-      </c>
+        <v>7153</v>
+      </c>
+      <c r="F604" s="2"/>
       <c r="G604" s="2" t="s">
-        <v>77</v>
+        <v>17</v>
       </c>
       <c r="H604" s="2" t="s">
         <v>1496</v>
       </c>
       <c r="I604" s="2">
         <v>227</v>
       </c>
       <c r="J604" s="2">
-        <v>31</v>
+        <v>198</v>
       </c>
       <c r="K604" s="2">
         <v>100</v>
       </c>
       <c r="L604" s="2">
-        <v>90</v>
+        <v>20</v>
       </c>
       <c r="M604" s="2">
         <v>0</v>
       </c>
       <c r="N604" s="2">
-        <v>190</v>
+        <v>120</v>
       </c>
     </row>
     <row r="605" spans="1:14">
       <c r="A605" s="2">
-        <v>107148</v>
+        <v>102907</v>
       </c>
       <c r="B605" s="2" t="s">
         <v>1497</v>
       </c>
       <c r="C605" s="2" t="s">
         <v>1498</v>
       </c>
       <c r="D605" s="2"/>
       <c r="E605" s="2">
-        <v>7153</v>
-[...1 lines deleted...]
-      <c r="F605" s="2"/>
+        <v>8027</v>
+      </c>
+      <c r="F605" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="G605" s="2" t="s">
-        <v>17</v>
+        <v>77</v>
       </c>
       <c r="H605" s="2" t="s">
         <v>1499</v>
       </c>
       <c r="I605" s="2">
         <v>227</v>
       </c>
       <c r="J605" s="2">
-        <v>198</v>
+        <v>31</v>
       </c>
       <c r="K605" s="2">
         <v>100</v>
       </c>
       <c r="L605" s="2">
-        <v>20</v>
+        <v>90</v>
       </c>
       <c r="M605" s="2">
         <v>0</v>
       </c>
       <c r="N605" s="2">
-        <v>120</v>
+        <v>190</v>
       </c>
     </row>
     <row r="606" spans="1:14">
       <c r="A606" s="2">
         <v>102908</v>
       </c>
       <c r="B606" s="2" t="s">
         <v>1500</v>
       </c>
       <c r="C606" s="2" t="s">
         <v>1501</v>
       </c>
       <c r="D606" s="2"/>
       <c r="E606" s="2">
         <v>8021</v>
       </c>
       <c r="F606" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G606" s="2" t="s">
         <v>77</v>
       </c>
       <c r="H606" s="2" t="s">
         <v>1502</v>
       </c>
@@ -31714,210 +31714,210 @@
       </c>
       <c r="H607" s="2" t="s">
         <v>1505</v>
       </c>
       <c r="I607" s="2">
         <v>228</v>
       </c>
       <c r="J607" s="2">
         <v>199</v>
       </c>
       <c r="K607" s="2">
         <v>100</v>
       </c>
       <c r="L607" s="2">
         <v>20</v>
       </c>
       <c r="M607" s="2">
         <v>0</v>
       </c>
       <c r="N607" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="608" spans="1:14">
       <c r="A608" s="2">
-        <v>107150</v>
+        <v>102909</v>
       </c>
       <c r="B608" s="2" t="s">
         <v>1506</v>
       </c>
       <c r="C608" s="2" t="s">
-        <v>938</v>
+        <v>1012</v>
       </c>
       <c r="D608" s="2"/>
       <c r="E608" s="2">
-        <v>7082</v>
-[...1 lines deleted...]
-      <c r="F608" s="2"/>
+        <v>7085</v>
+      </c>
+      <c r="F608" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="G608" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H608" s="2" t="s">
         <v>1507</v>
       </c>
       <c r="I608" s="2">
         <v>229</v>
       </c>
       <c r="J608" s="2">
-        <v>200</v>
+        <v>197</v>
       </c>
       <c r="K608" s="2">
         <v>100</v>
       </c>
       <c r="L608" s="2">
         <v>20</v>
       </c>
       <c r="M608" s="2">
         <v>0</v>
       </c>
       <c r="N608" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="609" spans="1:14">
       <c r="A609" s="2">
-        <v>102909</v>
+        <v>107150</v>
       </c>
       <c r="B609" s="2" t="s">
         <v>1508</v>
       </c>
       <c r="C609" s="2" t="s">
-        <v>1012</v>
+        <v>938</v>
       </c>
       <c r="D609" s="2"/>
       <c r="E609" s="2">
-        <v>7085</v>
-[...3 lines deleted...]
-      </c>
+        <v>7082</v>
+      </c>
+      <c r="F609" s="2"/>
       <c r="G609" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H609" s="2" t="s">
         <v>1509</v>
       </c>
       <c r="I609" s="2">
         <v>229</v>
       </c>
       <c r="J609" s="2">
-        <v>197</v>
+        <v>200</v>
       </c>
       <c r="K609" s="2">
         <v>100</v>
       </c>
       <c r="L609" s="2">
         <v>20</v>
       </c>
       <c r="M609" s="2">
         <v>0</v>
       </c>
       <c r="N609" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="610" spans="1:14">
       <c r="A610" s="2">
-        <v>102910</v>
+        <v>107151</v>
       </c>
       <c r="B610" s="2" t="s">
-        <v>478</v>
+        <v>1510</v>
       </c>
       <c r="C610" s="2" t="s">
-        <v>1510</v>
+        <v>1511</v>
       </c>
       <c r="D610" s="2"/>
       <c r="E610" s="2">
-        <v>7099</v>
-[...3 lines deleted...]
-      </c>
+        <v>8039</v>
+      </c>
+      <c r="F610" s="2"/>
       <c r="G610" s="2" t="s">
-        <v>17</v>
+        <v>77</v>
       </c>
       <c r="H610" s="2" t="s">
-        <v>1511</v>
+        <v>1512</v>
       </c>
       <c r="I610" s="2">
         <v>230</v>
       </c>
       <c r="J610" s="2">
-        <v>198</v>
+        <v>30</v>
       </c>
       <c r="K610" s="2">
         <v>100</v>
       </c>
       <c r="L610" s="2">
-        <v>20</v>
+        <v>91</v>
       </c>
       <c r="M610" s="2">
         <v>0</v>
       </c>
       <c r="N610" s="2">
-        <v>120</v>
+        <v>191</v>
       </c>
     </row>
     <row r="611" spans="1:14">
       <c r="A611" s="2">
-        <v>107151</v>
+        <v>102910</v>
       </c>
       <c r="B611" s="2" t="s">
-        <v>1512</v>
+        <v>478</v>
       </c>
       <c r="C611" s="2" t="s">
         <v>1513</v>
       </c>
       <c r="D611" s="2"/>
       <c r="E611" s="2">
-        <v>8039</v>
-[...1 lines deleted...]
-      <c r="F611" s="2"/>
+        <v>7099</v>
+      </c>
+      <c r="F611" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="G611" s="2" t="s">
-        <v>77</v>
+        <v>17</v>
       </c>
       <c r="H611" s="2" t="s">
         <v>1514</v>
       </c>
       <c r="I611" s="2">
         <v>230</v>
       </c>
       <c r="J611" s="2">
-        <v>30</v>
+        <v>198</v>
       </c>
       <c r="K611" s="2">
         <v>100</v>
       </c>
       <c r="L611" s="2">
-        <v>91</v>
+        <v>20</v>
       </c>
       <c r="M611" s="2">
         <v>0</v>
       </c>
       <c r="N611" s="2">
-        <v>191</v>
+        <v>120</v>
       </c>
     </row>
     <row r="612" spans="1:14">
       <c r="A612" s="2">
         <v>102911</v>
       </c>
       <c r="B612" s="2" t="s">
         <v>1515</v>
       </c>
       <c r="C612" s="2" t="s">
         <v>1516</v>
       </c>
       <c r="D612" s="2"/>
       <c r="E612" s="2">
         <v>7517</v>
       </c>
       <c r="F612" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G612" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H612" s="2" t="s">
         <v>1517</v>
       </c>
@@ -31960,210 +31960,210 @@
       </c>
       <c r="H613" s="2" t="s">
         <v>1520</v>
       </c>
       <c r="I613" s="2">
         <v>231</v>
       </c>
       <c r="J613" s="2">
         <v>201</v>
       </c>
       <c r="K613" s="2">
         <v>100</v>
       </c>
       <c r="L613" s="2">
         <v>20</v>
       </c>
       <c r="M613" s="2">
         <v>0</v>
       </c>
       <c r="N613" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="614" spans="1:14">
       <c r="A614" s="2">
-        <v>107153</v>
+        <v>102912</v>
       </c>
       <c r="B614" s="2" t="s">
-        <v>690</v>
+        <v>1521</v>
       </c>
       <c r="C614" s="2" t="s">
-        <v>1371</v>
+        <v>1522</v>
       </c>
       <c r="D614" s="2"/>
       <c r="E614" s="2">
-        <v>7531</v>
-[...1 lines deleted...]
-      <c r="F614" s="2"/>
+        <v>7008</v>
+      </c>
+      <c r="F614" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="G614" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H614" s="2" t="s">
-        <v>1521</v>
+        <v>1523</v>
       </c>
       <c r="I614" s="2">
         <v>232</v>
       </c>
       <c r="J614" s="2">
-        <v>202</v>
+        <v>200</v>
       </c>
       <c r="K614" s="2">
         <v>100</v>
       </c>
       <c r="L614" s="2">
         <v>20</v>
       </c>
       <c r="M614" s="2">
         <v>0</v>
       </c>
       <c r="N614" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="615" spans="1:14">
       <c r="A615" s="2">
-        <v>102912</v>
+        <v>107153</v>
       </c>
       <c r="B615" s="2" t="s">
-        <v>1522</v>
+        <v>688</v>
       </c>
       <c r="C615" s="2" t="s">
-        <v>1523</v>
+        <v>1371</v>
       </c>
       <c r="D615" s="2"/>
       <c r="E615" s="2">
-        <v>7008</v>
-[...3 lines deleted...]
-      </c>
+        <v>7531</v>
+      </c>
+      <c r="F615" s="2"/>
       <c r="G615" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H615" s="2" t="s">
         <v>1524</v>
       </c>
       <c r="I615" s="2">
         <v>232</v>
       </c>
       <c r="J615" s="2">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="K615" s="2">
         <v>100</v>
       </c>
       <c r="L615" s="2">
         <v>20</v>
       </c>
       <c r="M615" s="2">
         <v>0</v>
       </c>
       <c r="N615" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="616" spans="1:14">
       <c r="A616" s="2">
-        <v>102913</v>
+        <v>107154</v>
       </c>
       <c r="B616" s="2" t="s">
         <v>1525</v>
       </c>
       <c r="C616" s="2" t="s">
-        <v>1526</v>
+        <v>1525</v>
       </c>
       <c r="D616" s="2"/>
       <c r="E616" s="2">
-        <v>7012</v>
-[...3 lines deleted...]
-      </c>
+        <v>8502</v>
+      </c>
+      <c r="F616" s="2"/>
       <c r="G616" s="2" t="s">
-        <v>17</v>
+        <v>77</v>
       </c>
       <c r="H616" s="2" t="s">
-        <v>1527</v>
+        <v>1526</v>
       </c>
       <c r="I616" s="2">
         <v>233</v>
       </c>
       <c r="J616" s="2">
-        <v>201</v>
+        <v>31</v>
       </c>
       <c r="K616" s="2">
         <v>100</v>
       </c>
       <c r="L616" s="2">
-        <v>20</v>
+        <v>90</v>
       </c>
       <c r="M616" s="2">
         <v>0</v>
       </c>
       <c r="N616" s="2">
-        <v>120</v>
+        <v>190</v>
       </c>
     </row>
     <row r="617" spans="1:14">
       <c r="A617" s="2">
-        <v>107154</v>
+        <v>102913</v>
       </c>
       <c r="B617" s="2" t="s">
-        <v>1528</v>
+        <v>1527</v>
       </c>
       <c r="C617" s="2" t="s">
         <v>1528</v>
       </c>
       <c r="D617" s="2"/>
       <c r="E617" s="2">
-        <v>8502</v>
-[...1 lines deleted...]
-      <c r="F617" s="2"/>
+        <v>7012</v>
+      </c>
+      <c r="F617" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="G617" s="2" t="s">
-        <v>77</v>
+        <v>17</v>
       </c>
       <c r="H617" s="2" t="s">
         <v>1529</v>
       </c>
       <c r="I617" s="2">
         <v>233</v>
       </c>
       <c r="J617" s="2">
-        <v>31</v>
+        <v>201</v>
       </c>
       <c r="K617" s="2">
         <v>100</v>
       </c>
       <c r="L617" s="2">
-        <v>90</v>
+        <v>20</v>
       </c>
       <c r="M617" s="2">
         <v>0</v>
       </c>
       <c r="N617" s="2">
-        <v>190</v>
+        <v>120</v>
       </c>
     </row>
     <row r="618" spans="1:14">
       <c r="A618" s="2">
         <v>102914</v>
       </c>
       <c r="B618" s="2" t="s">
         <v>1530</v>
       </c>
       <c r="C618" s="2" t="s">
         <v>1531</v>
       </c>
       <c r="D618" s="2"/>
       <c r="E618" s="2">
         <v>7010</v>
       </c>
       <c r="F618" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G618" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H618" s="2" t="s">
         <v>1532</v>
       </c>
@@ -32206,378 +32206,378 @@
       </c>
       <c r="H619" s="2" t="s">
         <v>1535</v>
       </c>
       <c r="I619" s="2">
         <v>234</v>
       </c>
       <c r="J619" s="2">
         <v>203</v>
       </c>
       <c r="K619" s="2">
         <v>100</v>
       </c>
       <c r="L619" s="2">
         <v>20</v>
       </c>
       <c r="M619" s="2">
         <v>0</v>
       </c>
       <c r="N619" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="620" spans="1:14">
       <c r="A620" s="2">
-        <v>107156</v>
+        <v>102915</v>
       </c>
       <c r="B620" s="2" t="s">
         <v>1536</v>
       </c>
       <c r="C620" s="2" t="s">
         <v>1537</v>
       </c>
       <c r="D620" s="2"/>
       <c r="E620" s="2">
-        <v>7155</v>
-[...1 lines deleted...]
-      <c r="F620" s="2"/>
+        <v>8009</v>
+      </c>
+      <c r="F620" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="G620" s="2" t="s">
-        <v>17</v>
+        <v>77</v>
       </c>
       <c r="H620" s="2" t="s">
         <v>1538</v>
       </c>
       <c r="I620" s="2">
         <v>235</v>
       </c>
       <c r="J620" s="2">
-        <v>204</v>
+        <v>33</v>
       </c>
       <c r="K620" s="2">
         <v>100</v>
       </c>
       <c r="L620" s="2">
-        <v>20</v>
+        <v>88</v>
       </c>
       <c r="M620" s="2">
         <v>0</v>
       </c>
       <c r="N620" s="2">
-        <v>120</v>
+        <v>188</v>
       </c>
     </row>
     <row r="621" spans="1:14">
       <c r="A621" s="2">
-        <v>102915</v>
+        <v>107156</v>
       </c>
       <c r="B621" s="2" t="s">
         <v>1539</v>
       </c>
       <c r="C621" s="2" t="s">
         <v>1540</v>
       </c>
       <c r="D621" s="2"/>
       <c r="E621" s="2">
-        <v>8009</v>
-[...3 lines deleted...]
-      </c>
+        <v>7155</v>
+      </c>
+      <c r="F621" s="2"/>
       <c r="G621" s="2" t="s">
-        <v>77</v>
+        <v>17</v>
       </c>
       <c r="H621" s="2" t="s">
         <v>1541</v>
       </c>
       <c r="I621" s="2">
         <v>235</v>
       </c>
       <c r="J621" s="2">
-        <v>33</v>
+        <v>204</v>
       </c>
       <c r="K621" s="2">
         <v>100</v>
       </c>
       <c r="L621" s="2">
-        <v>88</v>
+        <v>20</v>
       </c>
       <c r="M621" s="2">
         <v>0</v>
       </c>
       <c r="N621" s="2">
-        <v>188</v>
+        <v>120</v>
       </c>
     </row>
     <row r="622" spans="1:14">
       <c r="A622" s="2">
         <v>102916</v>
       </c>
       <c r="B622" s="2" t="s">
         <v>1542</v>
       </c>
       <c r="C622" s="2" t="s">
         <v>1543</v>
       </c>
       <c r="D622" s="2"/>
       <c r="E622" s="2">
         <v>8025</v>
       </c>
       <c r="F622" s="2" t="s">
         <v>675</v>
       </c>
       <c r="G622" s="2" t="s">
         <v>77</v>
       </c>
       <c r="H622" s="2" t="s">
         <v>1544</v>
       </c>
       <c r="I622" s="2">
         <v>236</v>
       </c>
       <c r="J622" s="2">
         <v>34</v>
       </c>
       <c r="K622" s="2">
         <v>100</v>
       </c>
       <c r="L622" s="2">
         <v>87</v>
       </c>
       <c r="M622" s="2">
         <v>0</v>
       </c>
       <c r="N622" s="2">
         <v>187</v>
       </c>
     </row>
     <row r="623" spans="1:14">
       <c r="A623" s="2">
         <v>102720</v>
       </c>
       <c r="B623" s="2" t="s">
-        <v>324</v>
+        <v>327</v>
       </c>
       <c r="C623" s="2" t="s">
-        <v>325</v>
+        <v>328</v>
       </c>
       <c r="D623" s="2"/>
       <c r="E623" s="2">
         <v>7565</v>
       </c>
       <c r="F623" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G623" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H623" s="2" t="s">
         <v>1545</v>
       </c>
       <c r="I623" s="2">
         <v>236</v>
       </c>
       <c r="J623" s="2">
         <v>205</v>
       </c>
       <c r="K623" s="2">
         <v>100</v>
       </c>
       <c r="L623" s="2">
         <v>20</v>
       </c>
       <c r="M623" s="2">
         <v>0</v>
       </c>
       <c r="N623" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="624" spans="1:14">
       <c r="A624" s="2">
-        <v>102917</v>
+        <v>107158</v>
       </c>
       <c r="B624" s="2" t="s">
-        <v>1367</v>
+        <v>564</v>
       </c>
       <c r="C624" s="2" t="s">
-        <v>1368</v>
+        <v>1546</v>
       </c>
       <c r="D624" s="2"/>
       <c r="E624" s="2">
-        <v>7535</v>
-[...3 lines deleted...]
-      </c>
+        <v>7166</v>
+      </c>
+      <c r="F624" s="2"/>
       <c r="G624" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H624" s="2" t="s">
-        <v>1546</v>
+        <v>1547</v>
       </c>
       <c r="I624" s="2">
         <v>237</v>
       </c>
       <c r="J624" s="2">
-        <v>203</v>
+        <v>206</v>
       </c>
       <c r="K624" s="2">
         <v>100</v>
       </c>
       <c r="L624" s="2">
         <v>20</v>
       </c>
       <c r="M624" s="2">
         <v>0</v>
       </c>
       <c r="N624" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="625" spans="1:14">
       <c r="A625" s="2">
-        <v>107158</v>
+        <v>102917</v>
       </c>
       <c r="B625" s="2" t="s">
-        <v>567</v>
+        <v>1366</v>
       </c>
       <c r="C625" s="2" t="s">
-        <v>1547</v>
+        <v>1367</v>
       </c>
       <c r="D625" s="2"/>
       <c r="E625" s="2">
-        <v>7166</v>
-[...1 lines deleted...]
-      <c r="F625" s="2"/>
+        <v>7535</v>
+      </c>
+      <c r="F625" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="G625" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H625" s="2" t="s">
         <v>1548</v>
       </c>
       <c r="I625" s="2">
         <v>237</v>
       </c>
       <c r="J625" s="2">
-        <v>206</v>
+        <v>203</v>
       </c>
       <c r="K625" s="2">
         <v>100</v>
       </c>
       <c r="L625" s="2">
         <v>20</v>
       </c>
       <c r="M625" s="2">
         <v>0</v>
       </c>
       <c r="N625" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="626" spans="1:14">
       <c r="A626" s="2">
-        <v>100188</v>
+        <v>102918</v>
       </c>
       <c r="B626" s="2" t="s">
-        <v>749</v>
+        <v>1549</v>
       </c>
       <c r="C626" s="2" t="s">
-        <v>750</v>
+        <v>953</v>
       </c>
       <c r="D626" s="2"/>
       <c r="E626" s="2">
-        <v>8007</v>
+        <v>7564</v>
       </c>
       <c r="F626" s="2" t="s">
-        <v>194</v>
+        <v>29</v>
       </c>
       <c r="G626" s="2" t="s">
-        <v>77</v>
+        <v>17</v>
       </c>
       <c r="H626" s="2" t="s">
-        <v>1549</v>
+        <v>1550</v>
       </c>
       <c r="I626" s="2">
         <v>238</v>
       </c>
       <c r="J626" s="2">
-        <v>32</v>
+        <v>204</v>
       </c>
       <c r="K626" s="2">
         <v>100</v>
       </c>
       <c r="L626" s="2">
-        <v>89</v>
+        <v>20</v>
       </c>
       <c r="M626" s="2">
         <v>0</v>
       </c>
       <c r="N626" s="2">
-        <v>189</v>
+        <v>120</v>
       </c>
     </row>
     <row r="627" spans="1:14">
       <c r="A627" s="2">
-        <v>102918</v>
+        <v>100188</v>
       </c>
       <c r="B627" s="2" t="s">
-        <v>1550</v>
+        <v>749</v>
       </c>
       <c r="C627" s="2" t="s">
-        <v>953</v>
+        <v>750</v>
       </c>
       <c r="D627" s="2"/>
       <c r="E627" s="2">
-        <v>7564</v>
+        <v>8007</v>
       </c>
       <c r="F627" s="2" t="s">
-        <v>29</v>
+        <v>197</v>
       </c>
       <c r="G627" s="2" t="s">
-        <v>17</v>
+        <v>77</v>
       </c>
       <c r="H627" s="2" t="s">
         <v>1551</v>
       </c>
       <c r="I627" s="2">
         <v>238</v>
       </c>
       <c r="J627" s="2">
-        <v>204</v>
+        <v>32</v>
       </c>
       <c r="K627" s="2">
         <v>100</v>
       </c>
       <c r="L627" s="2">
-        <v>20</v>
+        <v>89</v>
       </c>
       <c r="M627" s="2">
         <v>0</v>
       </c>
       <c r="N627" s="2">
-        <v>120</v>
+        <v>189</v>
       </c>
     </row>
     <row r="628" spans="1:14">
       <c r="A628" s="2">
         <v>107160</v>
       </c>
       <c r="B628" s="2" t="s">
         <v>1552</v>
       </c>
       <c r="C628" s="2" t="s">
         <v>1553</v>
       </c>
       <c r="D628" s="2"/>
       <c r="E628" s="2">
         <v>7644</v>
       </c>
       <c r="F628" s="2"/>
       <c r="G628" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H628" s="2" t="s">
         <v>1554</v>
       </c>
       <c r="I628" s="2">
         <v>239</v>
@@ -32597,51 +32597,51 @@
       <c r="N628" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="629" spans="1:14">
       <c r="A629" s="2">
         <v>102074</v>
       </c>
       <c r="B629" s="2" t="s">
         <v>472</v>
       </c>
       <c r="C629" s="2" t="s">
         <v>473</v>
       </c>
       <c r="D629" s="2"/>
       <c r="E629" s="2">
         <v>7044</v>
       </c>
       <c r="F629" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G629" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H629" s="2" t="s">
-        <v>1529</v>
+        <v>1526</v>
       </c>
       <c r="I629" s="2">
         <v>239</v>
       </c>
       <c r="J629" s="2">
         <v>205</v>
       </c>
       <c r="K629" s="2">
         <v>100</v>
       </c>
       <c r="L629" s="2">
         <v>20</v>
       </c>
       <c r="M629" s="2">
         <v>0</v>
       </c>
       <c r="N629" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="630" spans="1:14">
       <c r="A630" s="2">
         <v>107161</v>
       </c>
       <c r="B630" s="2" t="s">
@@ -32994,1224 +32994,1224 @@
       </c>
       <c r="J638" s="2">
         <v>212</v>
       </c>
       <c r="K638" s="2">
         <v>100</v>
       </c>
       <c r="L638" s="2">
         <v>20</v>
       </c>
       <c r="M638" s="2">
         <v>0</v>
       </c>
       <c r="N638" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="639" spans="1:14">
       <c r="A639" s="2">
         <v>102924</v>
       </c>
       <c r="B639" s="2" t="s">
         <v>1579</v>
       </c>
       <c r="C639" s="2" t="s">
-        <v>90</v>
+        <v>94</v>
       </c>
       <c r="D639" s="2"/>
       <c r="E639" s="2">
         <v>7042</v>
       </c>
       <c r="F639" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G639" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H639" s="2" t="s">
         <v>1580</v>
       </c>
       <c r="I639" s="2">
         <v>244</v>
       </c>
       <c r="J639" s="2">
         <v>209</v>
       </c>
       <c r="K639" s="2">
         <v>100</v>
       </c>
       <c r="L639" s="2">
         <v>20</v>
       </c>
       <c r="M639" s="2">
         <v>0</v>
       </c>
       <c r="N639" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="640" spans="1:14">
       <c r="A640" s="2">
-        <v>102925</v>
+        <v>107166</v>
       </c>
       <c r="B640" s="2" t="s">
         <v>1581</v>
       </c>
       <c r="C640" s="2" t="s">
-        <v>759</v>
+        <v>1582</v>
       </c>
       <c r="D640" s="2"/>
       <c r="E640" s="2">
-        <v>7094</v>
-[...3 lines deleted...]
-      </c>
+        <v>7599</v>
+      </c>
+      <c r="F640" s="2"/>
       <c r="G640" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H640" s="2" t="s">
-        <v>1582</v>
+        <v>1583</v>
       </c>
       <c r="I640" s="2">
         <v>245</v>
       </c>
       <c r="J640" s="2">
-        <v>210</v>
+        <v>213</v>
       </c>
       <c r="K640" s="2">
         <v>100</v>
       </c>
       <c r="L640" s="2">
         <v>20</v>
       </c>
       <c r="M640" s="2">
         <v>0</v>
       </c>
       <c r="N640" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="641" spans="1:14">
       <c r="A641" s="2">
-        <v>107166</v>
+        <v>102925</v>
       </c>
       <c r="B641" s="2" t="s">
-        <v>1583</v>
+        <v>1584</v>
       </c>
       <c r="C641" s="2" t="s">
-        <v>1584</v>
+        <v>759</v>
       </c>
       <c r="D641" s="2"/>
       <c r="E641" s="2">
-        <v>7599</v>
-[...1 lines deleted...]
-      <c r="F641" s="2"/>
+        <v>7094</v>
+      </c>
+      <c r="F641" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="G641" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H641" s="2" t="s">
         <v>1585</v>
       </c>
       <c r="I641" s="2">
         <v>245</v>
       </c>
       <c r="J641" s="2">
-        <v>213</v>
+        <v>210</v>
       </c>
       <c r="K641" s="2">
         <v>100</v>
       </c>
       <c r="L641" s="2">
         <v>20</v>
       </c>
       <c r="M641" s="2">
         <v>0</v>
       </c>
       <c r="N641" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="642" spans="1:14">
       <c r="A642" s="2">
-        <v>107167</v>
+        <v>102926</v>
       </c>
       <c r="B642" s="2" t="s">
         <v>1586</v>
       </c>
       <c r="C642" s="2" t="s">
-        <v>1147</v>
+        <v>1587</v>
       </c>
       <c r="D642" s="2"/>
       <c r="E642" s="2">
-        <v>7580</v>
+        <v>8042</v>
       </c>
       <c r="F642" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G642" s="2" t="s">
-        <v>17</v>
+        <v>77</v>
       </c>
       <c r="H642" s="2" t="s">
-        <v>1587</v>
+        <v>1588</v>
       </c>
       <c r="I642" s="2">
         <v>246</v>
       </c>
       <c r="J642" s="2">
-        <v>214</v>
+        <v>36</v>
       </c>
       <c r="K642" s="2">
         <v>100</v>
       </c>
       <c r="L642" s="2">
-        <v>20</v>
+        <v>85</v>
       </c>
       <c r="M642" s="2">
         <v>0</v>
       </c>
       <c r="N642" s="2">
-        <v>120</v>
+        <v>185</v>
       </c>
     </row>
     <row r="643" spans="1:14">
       <c r="A643" s="2">
-        <v>102926</v>
+        <v>107167</v>
       </c>
       <c r="B643" s="2" t="s">
-        <v>1588</v>
+        <v>1589</v>
       </c>
       <c r="C643" s="2" t="s">
-        <v>1589</v>
+        <v>1147</v>
       </c>
       <c r="D643" s="2"/>
       <c r="E643" s="2">
-        <v>8042</v>
+        <v>7580</v>
       </c>
       <c r="F643" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G643" s="2" t="s">
-        <v>77</v>
+        <v>17</v>
       </c>
       <c r="H643" s="2" t="s">
         <v>1590</v>
       </c>
       <c r="I643" s="2">
         <v>246</v>
       </c>
       <c r="J643" s="2">
-        <v>36</v>
+        <v>214</v>
       </c>
       <c r="K643" s="2">
         <v>100</v>
       </c>
       <c r="L643" s="2">
-        <v>85</v>
+        <v>20</v>
       </c>
       <c r="M643" s="2">
         <v>0</v>
       </c>
       <c r="N643" s="2">
-        <v>185</v>
+        <v>120</v>
       </c>
     </row>
     <row r="644" spans="1:14">
       <c r="A644" s="2">
-        <v>107168</v>
+        <v>101610</v>
       </c>
       <c r="B644" s="2" t="s">
-        <v>240</v>
+        <v>1591</v>
       </c>
       <c r="C644" s="2" t="s">
-        <v>1591</v>
+        <v>1592</v>
       </c>
       <c r="D644" s="2"/>
       <c r="E644" s="2">
-        <v>7001</v>
-[...1 lines deleted...]
-      <c r="F644" s="2"/>
+        <v>7594</v>
+      </c>
+      <c r="F644" s="2" t="s">
+        <v>164</v>
+      </c>
       <c r="G644" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H644" s="2" t="s">
-        <v>1592</v>
+        <v>1593</v>
       </c>
       <c r="I644" s="2">
         <v>247</v>
       </c>
       <c r="J644" s="2">
-        <v>215</v>
+        <v>211</v>
       </c>
       <c r="K644" s="2">
         <v>100</v>
       </c>
       <c r="L644" s="2">
         <v>20</v>
       </c>
       <c r="M644" s="2">
         <v>0</v>
       </c>
       <c r="N644" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="645" spans="1:14">
       <c r="A645" s="2">
-        <v>101610</v>
+        <v>107168</v>
       </c>
       <c r="B645" s="2" t="s">
-        <v>1593</v>
+        <v>246</v>
       </c>
       <c r="C645" s="2" t="s">
         <v>1594</v>
       </c>
       <c r="D645" s="2"/>
       <c r="E645" s="2">
-        <v>7594</v>
-[...3 lines deleted...]
-      </c>
+        <v>7001</v>
+      </c>
+      <c r="F645" s="2"/>
       <c r="G645" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H645" s="2" t="s">
         <v>1595</v>
       </c>
       <c r="I645" s="2">
         <v>247</v>
       </c>
       <c r="J645" s="2">
-        <v>211</v>
+        <v>215</v>
       </c>
       <c r="K645" s="2">
         <v>100</v>
       </c>
       <c r="L645" s="2">
         <v>20</v>
       </c>
       <c r="M645" s="2">
         <v>0</v>
       </c>
       <c r="N645" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="646" spans="1:14">
       <c r="A646" s="2">
-        <v>102872</v>
+        <v>102928</v>
       </c>
       <c r="B646" s="2" t="s">
-        <v>1337</v>
+        <v>1596</v>
       </c>
       <c r="C646" s="2" t="s">
-        <v>1338</v>
+        <v>1596</v>
       </c>
       <c r="D646" s="2"/>
       <c r="E646" s="2">
-        <v>7197</v>
+        <v>7058</v>
       </c>
       <c r="F646" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G646" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H646" s="2" t="s">
-        <v>1596</v>
+        <v>1597</v>
       </c>
       <c r="I646" s="2">
         <v>248</v>
       </c>
       <c r="J646" s="2">
-        <v>216</v>
+        <v>212</v>
       </c>
       <c r="K646" s="2">
         <v>100</v>
       </c>
       <c r="L646" s="2">
         <v>20</v>
       </c>
       <c r="M646" s="2">
         <v>0</v>
       </c>
       <c r="N646" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="647" spans="1:14">
       <c r="A647" s="2">
-        <v>102928</v>
+        <v>102872</v>
       </c>
       <c r="B647" s="2" t="s">
-        <v>1597</v>
+        <v>1337</v>
       </c>
       <c r="C647" s="2" t="s">
-        <v>1597</v>
+        <v>1338</v>
       </c>
       <c r="D647" s="2"/>
       <c r="E647" s="2">
-        <v>7058</v>
+        <v>7197</v>
       </c>
       <c r="F647" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G647" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H647" s="2" t="s">
         <v>1598</v>
       </c>
       <c r="I647" s="2">
         <v>248</v>
       </c>
       <c r="J647" s="2">
-        <v>212</v>
+        <v>216</v>
       </c>
       <c r="K647" s="2">
         <v>100</v>
       </c>
       <c r="L647" s="2">
         <v>20</v>
       </c>
       <c r="M647" s="2">
         <v>0</v>
       </c>
       <c r="N647" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="648" spans="1:14">
       <c r="A648" s="2">
-        <v>102929</v>
+        <v>107170</v>
       </c>
       <c r="B648" s="2" t="s">
         <v>1599</v>
       </c>
       <c r="C648" s="2" t="s">
         <v>1600</v>
       </c>
       <c r="D648" s="2"/>
       <c r="E648" s="2">
-        <v>7116</v>
-[...3 lines deleted...]
-      </c>
+        <v>8041</v>
+      </c>
+      <c r="F648" s="2"/>
       <c r="G648" s="2" t="s">
-        <v>17</v>
+        <v>77</v>
       </c>
       <c r="H648" s="2" t="s">
         <v>1601</v>
       </c>
       <c r="I648" s="2">
         <v>249</v>
       </c>
       <c r="J648" s="2">
-        <v>213</v>
+        <v>33</v>
       </c>
       <c r="K648" s="2">
         <v>100</v>
       </c>
       <c r="L648" s="2">
-        <v>20</v>
+        <v>88</v>
       </c>
       <c r="M648" s="2">
         <v>0</v>
       </c>
       <c r="N648" s="2">
-        <v>120</v>
+        <v>188</v>
       </c>
     </row>
     <row r="649" spans="1:14">
       <c r="A649" s="2">
-        <v>102930</v>
+        <v>102929</v>
       </c>
       <c r="B649" s="2" t="s">
         <v>1602</v>
       </c>
       <c r="C649" s="2" t="s">
         <v>1603</v>
       </c>
       <c r="D649" s="2"/>
       <c r="E649" s="2">
-        <v>8014</v>
+        <v>7116</v>
       </c>
       <c r="F649" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G649" s="2" t="s">
-        <v>77</v>
+        <v>17</v>
       </c>
       <c r="H649" s="2" t="s">
-        <v>1601</v>
+        <v>1604</v>
       </c>
       <c r="I649" s="2">
         <v>249</v>
       </c>
       <c r="J649" s="2">
-        <v>37</v>
+        <v>213</v>
       </c>
       <c r="K649" s="2">
         <v>100</v>
       </c>
       <c r="L649" s="2">
-        <v>84</v>
+        <v>20</v>
       </c>
       <c r="M649" s="2">
         <v>0</v>
       </c>
       <c r="N649" s="2">
-        <v>184</v>
+        <v>120</v>
       </c>
     </row>
     <row r="650" spans="1:14">
       <c r="A650" s="2">
-        <v>107170</v>
+        <v>102930</v>
       </c>
       <c r="B650" s="2" t="s">
-        <v>1604</v>
+        <v>1605</v>
       </c>
       <c r="C650" s="2" t="s">
-        <v>1605</v>
+        <v>1606</v>
       </c>
       <c r="D650" s="2"/>
       <c r="E650" s="2">
-        <v>8041</v>
-[...1 lines deleted...]
-      <c r="F650" s="2"/>
+        <v>8014</v>
+      </c>
+      <c r="F650" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="G650" s="2" t="s">
         <v>77</v>
       </c>
       <c r="H650" s="2" t="s">
-        <v>1606</v>
+        <v>1604</v>
       </c>
       <c r="I650" s="2">
         <v>249</v>
       </c>
       <c r="J650" s="2">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="K650" s="2">
         <v>100</v>
       </c>
       <c r="L650" s="2">
-        <v>88</v>
+        <v>84</v>
       </c>
       <c r="M650" s="2">
         <v>0</v>
       </c>
       <c r="N650" s="2">
-        <v>188</v>
+        <v>184</v>
       </c>
     </row>
     <row r="651" spans="1:14">
       <c r="A651" s="2">
         <v>107171</v>
       </c>
       <c r="B651" s="2" t="s">
         <v>1026</v>
       </c>
       <c r="C651" s="2" t="s">
         <v>1607</v>
       </c>
       <c r="D651" s="2"/>
       <c r="E651" s="2">
         <v>7520</v>
       </c>
       <c r="F651" s="2"/>
       <c r="G651" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H651" s="2" t="s">
         <v>1608</v>
       </c>
       <c r="I651" s="2">
         <v>250</v>
       </c>
       <c r="J651" s="2">
         <v>217</v>
       </c>
       <c r="K651" s="2">
         <v>100</v>
       </c>
       <c r="L651" s="2">
         <v>20</v>
       </c>
       <c r="M651" s="2">
         <v>0</v>
       </c>
       <c r="N651" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="652" spans="1:14">
       <c r="A652" s="2">
-        <v>107172</v>
+        <v>102931</v>
       </c>
       <c r="B652" s="2" t="s">
-        <v>1293</v>
+        <v>1609</v>
       </c>
       <c r="C652" s="2" t="s">
-        <v>1609</v>
+        <v>1610</v>
       </c>
       <c r="D652" s="2"/>
       <c r="E652" s="2">
-        <v>7005</v>
-[...1 lines deleted...]
-      <c r="F652" s="2"/>
+        <v>7571</v>
+      </c>
+      <c r="F652" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="G652" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H652" s="2" t="s">
-        <v>1610</v>
+        <v>1611</v>
       </c>
       <c r="I652" s="2">
         <v>251</v>
       </c>
       <c r="J652" s="2">
-        <v>218</v>
+        <v>214</v>
       </c>
       <c r="K652" s="2">
         <v>100</v>
       </c>
       <c r="L652" s="2">
         <v>20</v>
       </c>
       <c r="M652" s="2">
         <v>0</v>
       </c>
       <c r="N652" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="653" spans="1:14">
       <c r="A653" s="2">
-        <v>102931</v>
+        <v>107172</v>
       </c>
       <c r="B653" s="2" t="s">
-        <v>1611</v>
+        <v>1293</v>
       </c>
       <c r="C653" s="2" t="s">
         <v>1612</v>
       </c>
       <c r="D653" s="2"/>
       <c r="E653" s="2">
-        <v>7571</v>
-[...3 lines deleted...]
-      </c>
+        <v>7005</v>
+      </c>
+      <c r="F653" s="2"/>
       <c r="G653" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H653" s="2" t="s">
         <v>1613</v>
       </c>
       <c r="I653" s="2">
         <v>251</v>
       </c>
       <c r="J653" s="2">
-        <v>214</v>
+        <v>218</v>
       </c>
       <c r="K653" s="2">
         <v>100</v>
       </c>
       <c r="L653" s="2">
         <v>20</v>
       </c>
       <c r="M653" s="2">
         <v>0</v>
       </c>
       <c r="N653" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="654" spans="1:14">
       <c r="A654" s="2">
-        <v>102932</v>
+        <v>107173</v>
       </c>
       <c r="B654" s="2" t="s">
+        <v>1026</v>
+      </c>
+      <c r="C654" s="2" t="s">
         <v>1614</v>
-      </c>
-[...1 lines deleted...]
-        <v>281</v>
       </c>
       <c r="D654" s="2"/>
       <c r="E654" s="2">
-        <v>7032</v>
-[...3 lines deleted...]
-      </c>
+        <v>7010</v>
+      </c>
+      <c r="F654" s="2"/>
       <c r="G654" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H654" s="2" t="s">
         <v>1615</v>
       </c>
       <c r="I654" s="2">
         <v>252</v>
       </c>
       <c r="J654" s="2">
-        <v>215</v>
+        <v>219</v>
       </c>
       <c r="K654" s="2">
         <v>100</v>
       </c>
       <c r="L654" s="2">
         <v>20</v>
       </c>
       <c r="M654" s="2">
         <v>0</v>
       </c>
       <c r="N654" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="655" spans="1:14">
       <c r="A655" s="2">
-        <v>107173</v>
+        <v>102932</v>
       </c>
       <c r="B655" s="2" t="s">
-        <v>1026</v>
+        <v>1616</v>
       </c>
       <c r="C655" s="2" t="s">
-        <v>1616</v>
+        <v>281</v>
       </c>
       <c r="D655" s="2"/>
       <c r="E655" s="2">
-        <v>7010</v>
-[...1 lines deleted...]
-      <c r="F655" s="2"/>
+        <v>7032</v>
+      </c>
+      <c r="F655" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="G655" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H655" s="2" t="s">
         <v>1617</v>
       </c>
       <c r="I655" s="2">
         <v>252</v>
       </c>
       <c r="J655" s="2">
-        <v>219</v>
+        <v>215</v>
       </c>
       <c r="K655" s="2">
         <v>100</v>
       </c>
       <c r="L655" s="2">
         <v>20</v>
       </c>
       <c r="M655" s="2">
         <v>0</v>
       </c>
       <c r="N655" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="656" spans="1:14">
       <c r="A656" s="2">
-        <v>101014</v>
+        <v>107174</v>
       </c>
       <c r="B656" s="2" t="s">
         <v>1618</v>
       </c>
       <c r="C656" s="2" t="s">
         <v>1619</v>
       </c>
       <c r="D656" s="2"/>
       <c r="E656" s="2">
-        <v>7545</v>
-[...3 lines deleted...]
-      </c>
+        <v>7047</v>
+      </c>
+      <c r="F656" s="2"/>
       <c r="G656" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H656" s="2" t="s">
         <v>1620</v>
       </c>
       <c r="I656" s="2">
         <v>253</v>
       </c>
       <c r="J656" s="2">
-        <v>216</v>
+        <v>220</v>
       </c>
       <c r="K656" s="2">
         <v>100</v>
       </c>
       <c r="L656" s="2">
         <v>20</v>
       </c>
       <c r="M656" s="2">
         <v>0</v>
       </c>
       <c r="N656" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="657" spans="1:14">
       <c r="A657" s="2">
-        <v>107174</v>
+        <v>101014</v>
       </c>
       <c r="B657" s="2" t="s">
         <v>1621</v>
       </c>
       <c r="C657" s="2" t="s">
         <v>1622</v>
       </c>
       <c r="D657" s="2"/>
       <c r="E657" s="2">
-        <v>7047</v>
-[...1 lines deleted...]
-      <c r="F657" s="2"/>
+        <v>7545</v>
+      </c>
+      <c r="F657" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="G657" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H657" s="2" t="s">
         <v>1623</v>
       </c>
       <c r="I657" s="2">
         <v>253</v>
       </c>
       <c r="J657" s="2">
-        <v>220</v>
+        <v>216</v>
       </c>
       <c r="K657" s="2">
         <v>100</v>
       </c>
       <c r="L657" s="2">
         <v>20</v>
       </c>
       <c r="M657" s="2">
         <v>0</v>
       </c>
       <c r="N657" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="658" spans="1:14">
       <c r="A658" s="2">
-        <v>107175</v>
+        <v>102934</v>
       </c>
       <c r="B658" s="2" t="s">
+        <v>1223</v>
+      </c>
+      <c r="C658" s="2" t="s">
         <v>1624</v>
-      </c>
-[...1 lines deleted...]
-        <v>1625</v>
       </c>
       <c r="D658" s="2"/>
       <c r="E658" s="2">
-        <v>7048</v>
-[...1 lines deleted...]
-      <c r="F658" s="2"/>
+        <v>7567</v>
+      </c>
+      <c r="F658" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="G658" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H658" s="2" t="s">
-        <v>1626</v>
+        <v>1625</v>
       </c>
       <c r="I658" s="2">
         <v>254</v>
       </c>
       <c r="J658" s="2">
-        <v>221</v>
+        <v>217</v>
       </c>
       <c r="K658" s="2">
         <v>100</v>
       </c>
       <c r="L658" s="2">
         <v>20</v>
       </c>
       <c r="M658" s="2">
         <v>0</v>
       </c>
       <c r="N658" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="659" spans="1:14">
       <c r="A659" s="2">
-        <v>102934</v>
+        <v>107175</v>
       </c>
       <c r="B659" s="2" t="s">
-        <v>1223</v>
+        <v>1626</v>
       </c>
       <c r="C659" s="2" t="s">
         <v>1627</v>
       </c>
       <c r="D659" s="2"/>
       <c r="E659" s="2">
-        <v>7567</v>
-[...3 lines deleted...]
-      </c>
+        <v>7048</v>
+      </c>
+      <c r="F659" s="2"/>
       <c r="G659" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H659" s="2" t="s">
         <v>1628</v>
       </c>
       <c r="I659" s="2">
         <v>254</v>
       </c>
       <c r="J659" s="2">
-        <v>217</v>
+        <v>221</v>
       </c>
       <c r="K659" s="2">
         <v>100</v>
       </c>
       <c r="L659" s="2">
         <v>20</v>
       </c>
       <c r="M659" s="2">
         <v>0</v>
       </c>
       <c r="N659" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="660" spans="1:14">
       <c r="A660" s="2">
-        <v>102935</v>
+        <v>107176</v>
       </c>
       <c r="B660" s="2" t="s">
-        <v>728</v>
+        <v>1629</v>
       </c>
       <c r="C660" s="2" t="s">
-        <v>1629</v>
+        <v>466</v>
       </c>
       <c r="D660" s="2"/>
       <c r="E660" s="2">
-        <v>7531</v>
-[...3 lines deleted...]
-      </c>
+        <v>7106</v>
+      </c>
+      <c r="F660" s="2"/>
       <c r="G660" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H660" s="2" t="s">
         <v>1630</v>
       </c>
       <c r="I660" s="2">
         <v>255</v>
       </c>
       <c r="J660" s="2">
-        <v>218</v>
+        <v>222</v>
       </c>
       <c r="K660" s="2">
         <v>100</v>
       </c>
       <c r="L660" s="2">
         <v>20</v>
       </c>
       <c r="M660" s="2">
         <v>0</v>
       </c>
       <c r="N660" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="661" spans="1:14">
       <c r="A661" s="2">
-        <v>107176</v>
+        <v>102935</v>
       </c>
       <c r="B661" s="2" t="s">
+        <v>728</v>
+      </c>
+      <c r="C661" s="2" t="s">
         <v>1631</v>
-      </c>
-[...1 lines deleted...]
-        <v>466</v>
       </c>
       <c r="D661" s="2"/>
       <c r="E661" s="2">
-        <v>7106</v>
-[...1 lines deleted...]
-      <c r="F661" s="2"/>
+        <v>7531</v>
+      </c>
+      <c r="F661" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="G661" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H661" s="2" t="s">
         <v>1632</v>
       </c>
       <c r="I661" s="2">
         <v>255</v>
       </c>
       <c r="J661" s="2">
-        <v>222</v>
+        <v>218</v>
       </c>
       <c r="K661" s="2">
         <v>100</v>
       </c>
       <c r="L661" s="2">
         <v>20</v>
       </c>
       <c r="M661" s="2">
         <v>0</v>
       </c>
       <c r="N661" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="662" spans="1:14">
       <c r="A662" s="2">
-        <v>102936</v>
+        <v>107177</v>
       </c>
       <c r="B662" s="2" t="s">
         <v>1633</v>
       </c>
       <c r="C662" s="2" t="s">
         <v>1634</v>
       </c>
       <c r="D662" s="2"/>
       <c r="E662" s="2">
-        <v>7582</v>
-[...3 lines deleted...]
-      </c>
+        <v>7570</v>
+      </c>
+      <c r="F662" s="2"/>
       <c r="G662" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H662" s="2" t="s">
         <v>1635</v>
       </c>
       <c r="I662" s="2">
         <v>256</v>
       </c>
       <c r="J662" s="2">
-        <v>219</v>
+        <v>223</v>
       </c>
       <c r="K662" s="2">
         <v>100</v>
       </c>
       <c r="L662" s="2">
         <v>20</v>
       </c>
       <c r="M662" s="2">
         <v>0</v>
       </c>
       <c r="N662" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="663" spans="1:14">
       <c r="A663" s="2">
-        <v>107177</v>
+        <v>102936</v>
       </c>
       <c r="B663" s="2" t="s">
         <v>1636</v>
       </c>
       <c r="C663" s="2" t="s">
         <v>1637</v>
       </c>
       <c r="D663" s="2"/>
       <c r="E663" s="2">
-        <v>7570</v>
-[...1 lines deleted...]
-      <c r="F663" s="2"/>
+        <v>7582</v>
+      </c>
+      <c r="F663" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="G663" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H663" s="2" t="s">
         <v>1638</v>
       </c>
       <c r="I663" s="2">
         <v>256</v>
       </c>
       <c r="J663" s="2">
-        <v>223</v>
+        <v>219</v>
       </c>
       <c r="K663" s="2">
         <v>100</v>
       </c>
       <c r="L663" s="2">
         <v>20</v>
       </c>
       <c r="M663" s="2">
         <v>0</v>
       </c>
       <c r="N663" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="664" spans="1:14">
       <c r="A664" s="2">
-        <v>107178</v>
+        <v>102937</v>
       </c>
       <c r="B664" s="2" t="s">
         <v>1639</v>
       </c>
       <c r="C664" s="2" t="s">
         <v>1640</v>
       </c>
       <c r="D664" s="2"/>
       <c r="E664" s="2">
-        <v>7084</v>
-[...1 lines deleted...]
-      <c r="F664" s="2"/>
+        <v>7596</v>
+      </c>
+      <c r="F664" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="G664" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H664" s="2" t="s">
         <v>1641</v>
       </c>
       <c r="I664" s="2">
         <v>257</v>
       </c>
       <c r="J664" s="2">
-        <v>224</v>
+        <v>220</v>
       </c>
       <c r="K664" s="2">
         <v>100</v>
       </c>
       <c r="L664" s="2">
         <v>20</v>
       </c>
       <c r="M664" s="2">
         <v>0</v>
       </c>
       <c r="N664" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="665" spans="1:14">
       <c r="A665" s="2">
-        <v>102937</v>
+        <v>107178</v>
       </c>
       <c r="B665" s="2" t="s">
         <v>1642</v>
       </c>
       <c r="C665" s="2" t="s">
         <v>1643</v>
       </c>
       <c r="D665" s="2"/>
       <c r="E665" s="2">
-        <v>7596</v>
-[...3 lines deleted...]
-      </c>
+        <v>7084</v>
+      </c>
+      <c r="F665" s="2"/>
       <c r="G665" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H665" s="2" t="s">
         <v>1644</v>
       </c>
       <c r="I665" s="2">
         <v>257</v>
       </c>
       <c r="J665" s="2">
-        <v>220</v>
+        <v>224</v>
       </c>
       <c r="K665" s="2">
         <v>100</v>
       </c>
       <c r="L665" s="2">
         <v>20</v>
       </c>
       <c r="M665" s="2">
         <v>0</v>
       </c>
       <c r="N665" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="666" spans="1:14">
       <c r="A666" s="2">
-        <v>102938</v>
+        <v>107179</v>
       </c>
       <c r="B666" s="2" t="s">
         <v>1645</v>
       </c>
       <c r="C666" s="2" t="s">
-        <v>874</v>
+        <v>1645</v>
       </c>
       <c r="D666" s="2"/>
       <c r="E666" s="2">
-        <v>7578</v>
+        <v>7186</v>
       </c>
       <c r="F666" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G666" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H666" s="2" t="s">
         <v>1646</v>
       </c>
       <c r="I666" s="2">
         <v>258</v>
       </c>
       <c r="J666" s="2">
-        <v>221</v>
+        <v>225</v>
       </c>
       <c r="K666" s="2">
         <v>100</v>
       </c>
       <c r="L666" s="2">
         <v>20</v>
       </c>
       <c r="M666" s="2">
         <v>0</v>
       </c>
       <c r="N666" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="667" spans="1:14">
       <c r="A667" s="2">
-        <v>107179</v>
+        <v>102938</v>
       </c>
       <c r="B667" s="2" t="s">
         <v>1647</v>
       </c>
       <c r="C667" s="2" t="s">
-        <v>1647</v>
+        <v>879</v>
       </c>
       <c r="D667" s="2"/>
       <c r="E667" s="2">
-        <v>7186</v>
+        <v>7578</v>
       </c>
       <c r="F667" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G667" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H667" s="2" t="s">
         <v>1648</v>
       </c>
       <c r="I667" s="2">
         <v>258</v>
       </c>
       <c r="J667" s="2">
-        <v>225</v>
+        <v>221</v>
       </c>
       <c r="K667" s="2">
         <v>100</v>
       </c>
       <c r="L667" s="2">
         <v>20</v>
       </c>
       <c r="M667" s="2">
         <v>0</v>
       </c>
       <c r="N667" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="668" spans="1:14">
       <c r="A668" s="2">
         <v>102939</v>
       </c>
       <c r="B668" s="2" t="s">
         <v>1649</v>
       </c>
       <c r="C668" s="2" t="s">
         <v>1650</v>
       </c>
       <c r="D668" s="2"/>
@@ -34229,51 +34229,51 @@
       </c>
       <c r="I668" s="2">
         <v>259</v>
       </c>
       <c r="J668" s="2">
         <v>222</v>
       </c>
       <c r="K668" s="2">
         <v>100</v>
       </c>
       <c r="L668" s="2">
         <v>20</v>
       </c>
       <c r="M668" s="2">
         <v>0</v>
       </c>
       <c r="N668" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="669" spans="1:14">
       <c r="A669" s="2">
         <v>107180</v>
       </c>
       <c r="B669" s="2" t="s">
-        <v>237</v>
+        <v>234</v>
       </c>
       <c r="C669" s="2" t="s">
         <v>1652</v>
       </c>
       <c r="D669" s="2"/>
       <c r="E669" s="2">
         <v>7182</v>
       </c>
       <c r="F669" s="2"/>
       <c r="G669" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H669" s="2" t="s">
         <v>1653</v>
       </c>
       <c r="I669" s="2">
         <v>259</v>
       </c>
       <c r="J669" s="2">
         <v>226</v>
       </c>
       <c r="K669" s="2">
         <v>100</v>
       </c>
       <c r="L669" s="2">
@@ -34314,91 +34314,91 @@
       </c>
       <c r="J670" s="2">
         <v>38</v>
       </c>
       <c r="K670" s="2">
         <v>100</v>
       </c>
       <c r="L670" s="2">
         <v>83</v>
       </c>
       <c r="M670" s="2">
         <v>0</v>
       </c>
       <c r="N670" s="2">
         <v>183</v>
       </c>
     </row>
     <row r="671" spans="1:14">
       <c r="A671" s="2">
         <v>107181</v>
       </c>
       <c r="B671" s="2" t="s">
         <v>1657</v>
       </c>
       <c r="C671" s="2" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="D671" s="2"/>
       <c r="E671" s="2">
         <v>7189</v>
       </c>
       <c r="F671" s="2"/>
       <c r="G671" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H671" s="2" t="s">
         <v>1658</v>
       </c>
       <c r="I671" s="2">
         <v>260</v>
       </c>
       <c r="J671" s="2">
         <v>227</v>
       </c>
       <c r="K671" s="2">
         <v>100</v>
       </c>
       <c r="L671" s="2">
         <v>20</v>
       </c>
       <c r="M671" s="2">
         <v>0</v>
       </c>
       <c r="N671" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="672" spans="1:14">
       <c r="A672" s="2">
         <v>102941</v>
       </c>
       <c r="B672" s="2" t="s">
         <v>1659</v>
       </c>
       <c r="C672" s="2" t="s">
-        <v>328</v>
+        <v>325</v>
       </c>
       <c r="D672" s="2"/>
       <c r="E672" s="2">
         <v>7091</v>
       </c>
       <c r="F672" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G672" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H672" s="2" t="s">
         <v>1660</v>
       </c>
       <c r="I672" s="2">
         <v>261</v>
       </c>
       <c r="J672" s="2">
         <v>223</v>
       </c>
       <c r="K672" s="2">
         <v>100</v>
       </c>
       <c r="L672" s="2">
         <v>20</v>
@@ -34512,221 +34512,221 @@
       </c>
       <c r="H675" s="2" t="s">
         <v>1667</v>
       </c>
       <c r="I675" s="2">
         <v>262</v>
       </c>
       <c r="J675" s="2">
         <v>229</v>
       </c>
       <c r="K675" s="2">
         <v>100</v>
       </c>
       <c r="L675" s="2">
         <v>20</v>
       </c>
       <c r="M675" s="2">
         <v>0</v>
       </c>
       <c r="N675" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="676" spans="1:14">
       <c r="A676" s="2">
-        <v>107184</v>
+        <v>102943</v>
       </c>
       <c r="B676" s="2" t="s">
         <v>1668</v>
       </c>
       <c r="C676" s="2" t="s">
         <v>1669</v>
       </c>
       <c r="D676" s="2"/>
       <c r="E676" s="2">
-        <v>7606</v>
-[...1 lines deleted...]
-      <c r="F676" s="2"/>
+        <v>7151</v>
+      </c>
+      <c r="F676" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="G676" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H676" s="2" t="s">
         <v>1670</v>
       </c>
       <c r="I676" s="2">
         <v>263</v>
       </c>
       <c r="J676" s="2">
-        <v>230</v>
+        <v>225</v>
       </c>
       <c r="K676" s="2">
         <v>100</v>
       </c>
       <c r="L676" s="2">
         <v>20</v>
       </c>
       <c r="M676" s="2">
         <v>0</v>
       </c>
       <c r="N676" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="677" spans="1:14">
       <c r="A677" s="2">
-        <v>102943</v>
+        <v>107184</v>
       </c>
       <c r="B677" s="2" t="s">
         <v>1671</v>
       </c>
       <c r="C677" s="2" t="s">
         <v>1672</v>
       </c>
       <c r="D677" s="2"/>
       <c r="E677" s="2">
-        <v>7151</v>
-[...3 lines deleted...]
-      </c>
+        <v>7606</v>
+      </c>
+      <c r="F677" s="2"/>
       <c r="G677" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H677" s="2" t="s">
         <v>1673</v>
       </c>
       <c r="I677" s="2">
         <v>263</v>
       </c>
       <c r="J677" s="2">
-        <v>225</v>
+        <v>230</v>
       </c>
       <c r="K677" s="2">
         <v>100</v>
       </c>
       <c r="L677" s="2">
         <v>20</v>
       </c>
       <c r="M677" s="2">
         <v>0</v>
       </c>
       <c r="N677" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="678" spans="1:14">
       <c r="A678" s="2">
-        <v>102944</v>
+        <v>107185</v>
       </c>
       <c r="B678" s="2" t="s">
         <v>1674</v>
       </c>
       <c r="C678" s="2" t="s">
         <v>1675</v>
       </c>
       <c r="D678" s="2"/>
       <c r="E678" s="2">
-        <v>8500</v>
-[...3 lines deleted...]
-      </c>
+        <v>7040</v>
+      </c>
+      <c r="F678" s="2"/>
       <c r="G678" s="2" t="s">
-        <v>77</v>
+        <v>17</v>
       </c>
       <c r="H678" s="2" t="s">
         <v>1676</v>
       </c>
       <c r="I678" s="2">
         <v>264</v>
       </c>
       <c r="J678" s="2">
-        <v>39</v>
+        <v>231</v>
       </c>
       <c r="K678" s="2">
         <v>100</v>
       </c>
       <c r="L678" s="2">
-        <v>82</v>
+        <v>20</v>
       </c>
       <c r="M678" s="2">
         <v>0</v>
       </c>
       <c r="N678" s="2">
-        <v>182</v>
+        <v>120</v>
       </c>
     </row>
     <row r="679" spans="1:14">
       <c r="A679" s="2">
-        <v>107185</v>
+        <v>102944</v>
       </c>
       <c r="B679" s="2" t="s">
         <v>1677</v>
       </c>
       <c r="C679" s="2" t="s">
         <v>1678</v>
       </c>
       <c r="D679" s="2"/>
       <c r="E679" s="2">
-        <v>7040</v>
-[...1 lines deleted...]
-      <c r="F679" s="2"/>
+        <v>8500</v>
+      </c>
+      <c r="F679" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="G679" s="2" t="s">
-        <v>17</v>
+        <v>77</v>
       </c>
       <c r="H679" s="2" t="s">
         <v>1679</v>
       </c>
       <c r="I679" s="2">
         <v>264</v>
       </c>
       <c r="J679" s="2">
-        <v>231</v>
+        <v>39</v>
       </c>
       <c r="K679" s="2">
         <v>100</v>
       </c>
       <c r="L679" s="2">
-        <v>20</v>
+        <v>82</v>
       </c>
       <c r="M679" s="2">
         <v>0</v>
       </c>
       <c r="N679" s="2">
-        <v>120</v>
+        <v>182</v>
       </c>
     </row>
     <row r="680" spans="1:14">
       <c r="A680" s="2">
         <v>102811</v>
       </c>
       <c r="B680" s="2" t="s">
-        <v>988</v>
+        <v>985</v>
       </c>
       <c r="C680" s="2" t="s">
-        <v>989</v>
+        <v>986</v>
       </c>
       <c r="D680" s="2"/>
       <c r="E680" s="2">
         <v>8517</v>
       </c>
       <c r="F680" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G680" s="2" t="s">
         <v>77</v>
       </c>
       <c r="H680" s="2" t="s">
         <v>1680</v>
       </c>
       <c r="I680" s="2">
         <v>265</v>
       </c>
       <c r="J680" s="2">
         <v>34</v>
       </c>
       <c r="K680" s="2">
         <v>100</v>
       </c>
       <c r="L680" s="2">
         <v>87</v>
@@ -34967,51 +34967,51 @@
       </c>
       <c r="I686" s="2">
         <v>268</v>
       </c>
       <c r="J686" s="2">
         <v>35</v>
       </c>
       <c r="K686" s="2">
         <v>100</v>
       </c>
       <c r="L686" s="2">
         <v>86</v>
       </c>
       <c r="M686" s="2">
         <v>0</v>
       </c>
       <c r="N686" s="2">
         <v>186</v>
       </c>
     </row>
     <row r="687" spans="1:14">
       <c r="A687" s="2">
         <v>102948</v>
       </c>
       <c r="B687" s="2" t="s">
-        <v>1677</v>
+        <v>1674</v>
       </c>
       <c r="C687" s="2" t="s">
         <v>1697</v>
       </c>
       <c r="D687" s="2"/>
       <c r="E687" s="2">
         <v>7548</v>
       </c>
       <c r="F687" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G687" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H687" s="2" t="s">
         <v>1698</v>
       </c>
       <c r="I687" s="2">
         <v>268</v>
       </c>
       <c r="J687" s="2">
         <v>227</v>
       </c>
       <c r="K687" s="2">
         <v>100</v>
@@ -35091,51 +35091,51 @@
       </c>
       <c r="I689" s="2">
         <v>269</v>
       </c>
       <c r="J689" s="2">
         <v>228</v>
       </c>
       <c r="K689" s="2">
         <v>100</v>
       </c>
       <c r="L689" s="2">
         <v>20</v>
       </c>
       <c r="M689" s="2">
         <v>0</v>
       </c>
       <c r="N689" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="690" spans="1:14">
       <c r="A690" s="2">
         <v>107191</v>
       </c>
       <c r="B690" s="2" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="C690" s="2" t="s">
         <v>1704</v>
       </c>
       <c r="D690" s="2"/>
       <c r="E690" s="2">
         <v>7145</v>
       </c>
       <c r="F690" s="2"/>
       <c r="G690" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H690" s="2" t="s">
         <v>1705</v>
       </c>
       <c r="I690" s="2">
         <v>270</v>
       </c>
       <c r="J690" s="2">
         <v>235</v>
       </c>
       <c r="K690" s="2">
         <v>100</v>
       </c>
       <c r="L690" s="2">
@@ -35170,284 +35170,284 @@
       </c>
       <c r="H691" s="2" t="s">
         <v>1706</v>
       </c>
       <c r="I691" s="2">
         <v>270</v>
       </c>
       <c r="J691" s="2">
         <v>229</v>
       </c>
       <c r="K691" s="2">
         <v>100</v>
       </c>
       <c r="L691" s="2">
         <v>20</v>
       </c>
       <c r="M691" s="2">
         <v>0</v>
       </c>
       <c r="N691" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="692" spans="1:14">
       <c r="A692" s="2">
-        <v>107192</v>
+        <v>102951</v>
       </c>
       <c r="B692" s="2" t="s">
-        <v>453</v>
+        <v>1707</v>
       </c>
       <c r="C692" s="2" t="s">
-        <v>1707</v>
+        <v>1708</v>
       </c>
       <c r="D692" s="2"/>
       <c r="E692" s="2">
-        <v>7631</v>
+        <v>7137</v>
       </c>
       <c r="F692" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G692" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H692" s="2" t="s">
-        <v>1708</v>
+        <v>1709</v>
       </c>
       <c r="I692" s="2">
         <v>271</v>
       </c>
       <c r="J692" s="2">
-        <v>236</v>
+        <v>230</v>
       </c>
       <c r="K692" s="2">
         <v>100</v>
       </c>
       <c r="L692" s="2">
         <v>20</v>
       </c>
       <c r="M692" s="2">
         <v>0</v>
       </c>
       <c r="N692" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="693" spans="1:14">
       <c r="A693" s="2">
-        <v>102951</v>
+        <v>107192</v>
       </c>
       <c r="B693" s="2" t="s">
-        <v>1709</v>
+        <v>450</v>
       </c>
       <c r="C693" s="2" t="s">
         <v>1710</v>
       </c>
       <c r="D693" s="2"/>
       <c r="E693" s="2">
-        <v>7137</v>
+        <v>7631</v>
       </c>
       <c r="F693" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G693" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H693" s="2" t="s">
         <v>1711</v>
       </c>
       <c r="I693" s="2">
         <v>271</v>
       </c>
       <c r="J693" s="2">
-        <v>230</v>
+        <v>236</v>
       </c>
       <c r="K693" s="2">
         <v>100</v>
       </c>
       <c r="L693" s="2">
         <v>20</v>
       </c>
       <c r="M693" s="2">
         <v>0</v>
       </c>
       <c r="N693" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="694" spans="1:14">
       <c r="A694" s="2">
-        <v>102442</v>
+        <v>102952</v>
       </c>
       <c r="B694" s="2" t="s">
-        <v>945</v>
+        <v>1712</v>
       </c>
       <c r="C694" s="2" t="s">
-        <v>945</v>
+        <v>1713</v>
       </c>
       <c r="D694" s="2"/>
       <c r="E694" s="2">
-        <v>7132</v>
+        <v>8019</v>
       </c>
       <c r="F694" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G694" s="2" t="s">
-        <v>17</v>
+        <v>77</v>
       </c>
       <c r="H694" s="2" t="s">
-        <v>1712</v>
+        <v>1714</v>
       </c>
       <c r="I694" s="2">
         <v>272</v>
       </c>
       <c r="J694" s="2">
-        <v>237</v>
+        <v>42</v>
       </c>
       <c r="K694" s="2">
         <v>100</v>
       </c>
       <c r="L694" s="2">
-        <v>20</v>
+        <v>79</v>
       </c>
       <c r="M694" s="2">
         <v>0</v>
       </c>
       <c r="N694" s="2">
-        <v>120</v>
+        <v>179</v>
       </c>
     </row>
     <row r="695" spans="1:14">
       <c r="A695" s="2">
-        <v>102952</v>
+        <v>102442</v>
       </c>
       <c r="B695" s="2" t="s">
-        <v>1713</v>
+        <v>950</v>
       </c>
       <c r="C695" s="2" t="s">
-        <v>1714</v>
+        <v>950</v>
       </c>
       <c r="D695" s="2"/>
       <c r="E695" s="2">
-        <v>8019</v>
+        <v>7132</v>
       </c>
       <c r="F695" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G695" s="2" t="s">
-        <v>77</v>
+        <v>17</v>
       </c>
       <c r="H695" s="2" t="s">
         <v>1715</v>
       </c>
       <c r="I695" s="2">
         <v>272</v>
       </c>
       <c r="J695" s="2">
-        <v>42</v>
+        <v>237</v>
       </c>
       <c r="K695" s="2">
         <v>100</v>
       </c>
       <c r="L695" s="2">
-        <v>79</v>
+        <v>20</v>
       </c>
       <c r="M695" s="2">
         <v>0</v>
       </c>
       <c r="N695" s="2">
-        <v>179</v>
+        <v>120</v>
       </c>
     </row>
     <row r="696" spans="1:14">
       <c r="A696" s="2">
-        <v>102953</v>
+        <v>107194</v>
       </c>
       <c r="B696" s="2" t="s">
         <v>1716</v>
       </c>
       <c r="C696" s="2" t="s">
         <v>1717</v>
       </c>
       <c r="D696" s="2"/>
       <c r="E696" s="2">
-        <v>7105</v>
-[...3 lines deleted...]
-      </c>
+        <v>7028</v>
+      </c>
+      <c r="F696" s="2"/>
       <c r="G696" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H696" s="2" t="s">
         <v>1718</v>
       </c>
       <c r="I696" s="2">
         <v>273</v>
       </c>
       <c r="J696" s="2">
-        <v>231</v>
+        <v>238</v>
       </c>
       <c r="K696" s="2">
         <v>100</v>
       </c>
       <c r="L696" s="2">
         <v>20</v>
       </c>
       <c r="M696" s="2">
         <v>0</v>
       </c>
       <c r="N696" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="697" spans="1:14">
       <c r="A697" s="2">
-        <v>107194</v>
+        <v>102953</v>
       </c>
       <c r="B697" s="2" t="s">
         <v>1719</v>
       </c>
       <c r="C697" s="2" t="s">
         <v>1720</v>
       </c>
       <c r="D697" s="2"/>
       <c r="E697" s="2">
-        <v>7028</v>
-[...1 lines deleted...]
-      <c r="F697" s="2"/>
+        <v>7105</v>
+      </c>
+      <c r="F697" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="G697" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H697" s="2" t="s">
         <v>1721</v>
       </c>
       <c r="I697" s="2">
         <v>273</v>
       </c>
       <c r="J697" s="2">
-        <v>238</v>
+        <v>231</v>
       </c>
       <c r="K697" s="2">
         <v>100</v>
       </c>
       <c r="L697" s="2">
         <v>20</v>
       </c>
       <c r="M697" s="2">
         <v>0</v>
       </c>
       <c r="N697" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="698" spans="1:14">
       <c r="A698" s="2">
         <v>102954</v>
       </c>
       <c r="B698" s="2" t="s">
         <v>1722</v>
       </c>
       <c r="C698" s="2" t="s">
         <v>1012</v>
       </c>
       <c r="D698" s="2"/>
@@ -35465,207 +35465,207 @@
       </c>
       <c r="I698" s="2">
         <v>274</v>
       </c>
       <c r="J698" s="2">
         <v>232</v>
       </c>
       <c r="K698" s="2">
         <v>100</v>
       </c>
       <c r="L698" s="2">
         <v>20</v>
       </c>
       <c r="M698" s="2">
         <v>0</v>
       </c>
       <c r="N698" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="699" spans="1:14">
       <c r="A699" s="2">
         <v>107195</v>
       </c>
       <c r="B699" s="2" t="s">
-        <v>1157</v>
+        <v>1154</v>
       </c>
       <c r="C699" s="2" t="s">
         <v>1724</v>
       </c>
       <c r="D699" s="2"/>
       <c r="E699" s="2">
         <v>7635</v>
       </c>
       <c r="F699" s="2"/>
       <c r="G699" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H699" s="2" t="s">
         <v>1725</v>
       </c>
       <c r="I699" s="2">
         <v>274</v>
       </c>
       <c r="J699" s="2">
         <v>239</v>
       </c>
       <c r="K699" s="2">
         <v>100</v>
       </c>
       <c r="L699" s="2">
         <v>20</v>
       </c>
       <c r="M699" s="2">
         <v>0</v>
       </c>
       <c r="N699" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="700" spans="1:14">
       <c r="A700" s="2">
-        <v>107196</v>
+        <v>102955</v>
       </c>
       <c r="B700" s="2" t="s">
         <v>1726</v>
       </c>
       <c r="C700" s="2" t="s">
         <v>1727</v>
       </c>
       <c r="D700" s="2"/>
       <c r="E700" s="2">
-        <v>7100</v>
-[...1 lines deleted...]
-      <c r="F700" s="2"/>
+        <v>7569</v>
+      </c>
+      <c r="F700" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="G700" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H700" s="2" t="s">
         <v>1728</v>
       </c>
       <c r="I700" s="2">
         <v>275</v>
       </c>
       <c r="J700" s="2">
-        <v>240</v>
+        <v>233</v>
       </c>
       <c r="K700" s="2">
         <v>100</v>
       </c>
       <c r="L700" s="2">
         <v>20</v>
       </c>
       <c r="M700" s="2">
         <v>0</v>
       </c>
       <c r="N700" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="701" spans="1:14">
       <c r="A701" s="2">
-        <v>102956</v>
+        <v>107196</v>
       </c>
       <c r="B701" s="2" t="s">
         <v>1729</v>
       </c>
       <c r="C701" s="2" t="s">
-        <v>549</v>
+        <v>1730</v>
       </c>
       <c r="D701" s="2"/>
       <c r="E701" s="2">
-        <v>8511</v>
-[...3 lines deleted...]
-      </c>
+        <v>7100</v>
+      </c>
+      <c r="F701" s="2"/>
       <c r="G701" s="2" t="s">
-        <v>77</v>
+        <v>17</v>
       </c>
       <c r="H701" s="2" t="s">
-        <v>1730</v>
+        <v>1731</v>
       </c>
       <c r="I701" s="2">
         <v>275</v>
       </c>
       <c r="J701" s="2">
-        <v>43</v>
+        <v>240</v>
       </c>
       <c r="K701" s="2">
         <v>100</v>
       </c>
       <c r="L701" s="2">
-        <v>78</v>
+        <v>20</v>
       </c>
       <c r="M701" s="2">
         <v>0</v>
       </c>
       <c r="N701" s="2">
-        <v>178</v>
+        <v>120</v>
       </c>
     </row>
     <row r="702" spans="1:14">
       <c r="A702" s="2">
-        <v>102955</v>
+        <v>102956</v>
       </c>
       <c r="B702" s="2" t="s">
-        <v>1731</v>
+        <v>1732</v>
       </c>
       <c r="C702" s="2" t="s">
-        <v>1732</v>
+        <v>549</v>
       </c>
       <c r="D702" s="2"/>
       <c r="E702" s="2">
-        <v>7569</v>
+        <v>8511</v>
       </c>
       <c r="F702" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G702" s="2" t="s">
-        <v>17</v>
+        <v>77</v>
       </c>
       <c r="H702" s="2" t="s">
-        <v>1730</v>
+        <v>1728</v>
       </c>
       <c r="I702" s="2">
         <v>275</v>
       </c>
       <c r="J702" s="2">
-        <v>233</v>
+        <v>43</v>
       </c>
       <c r="K702" s="2">
         <v>100</v>
       </c>
       <c r="L702" s="2">
-        <v>20</v>
+        <v>78</v>
       </c>
       <c r="M702" s="2">
         <v>0</v>
       </c>
       <c r="N702" s="2">
-        <v>120</v>
+        <v>178</v>
       </c>
     </row>
     <row r="703" spans="1:14">
       <c r="A703" s="2">
         <v>101042</v>
       </c>
       <c r="B703" s="2" t="s">
         <v>1414</v>
       </c>
       <c r="C703" s="2" t="s">
         <v>1415</v>
       </c>
       <c r="D703" s="2"/>
       <c r="E703" s="2">
         <v>8044</v>
       </c>
       <c r="F703" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G703" s="2" t="s">
         <v>77</v>
       </c>
       <c r="H703" s="2" t="s">
         <v>1733</v>
       </c>
@@ -35750,116 +35750,116 @@
       </c>
       <c r="H705" s="2" t="s">
         <v>1738</v>
       </c>
       <c r="I705" s="2">
         <v>277</v>
       </c>
       <c r="J705" s="2">
         <v>44</v>
       </c>
       <c r="K705" s="2">
         <v>100</v>
       </c>
       <c r="L705" s="2">
         <v>77</v>
       </c>
       <c r="M705" s="2">
         <v>0</v>
       </c>
       <c r="N705" s="2">
         <v>177</v>
       </c>
     </row>
     <row r="706" spans="1:14">
       <c r="A706" s="2">
-        <v>101009</v>
+        <v>107199</v>
       </c>
       <c r="B706" s="2" t="s">
-        <v>548</v>
+        <v>1457</v>
       </c>
       <c r="C706" s="2" t="s">
-        <v>549</v>
+        <v>1739</v>
       </c>
       <c r="D706" s="2"/>
       <c r="E706" s="2">
-        <v>7572</v>
-[...3 lines deleted...]
-      </c>
+        <v>7124</v>
+      </c>
+      <c r="F706" s="2"/>
       <c r="G706" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H706" s="2" t="s">
-        <v>1739</v>
+        <v>1740</v>
       </c>
       <c r="I706" s="2">
         <v>278</v>
       </c>
       <c r="J706" s="2">
-        <v>234</v>
+        <v>242</v>
       </c>
       <c r="K706" s="2">
         <v>100</v>
       </c>
       <c r="L706" s="2">
         <v>20</v>
       </c>
       <c r="M706" s="2">
         <v>0</v>
       </c>
       <c r="N706" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="707" spans="1:14">
       <c r="A707" s="2">
-        <v>107199</v>
+        <v>101009</v>
       </c>
       <c r="B707" s="2" t="s">
-        <v>1455</v>
+        <v>548</v>
       </c>
       <c r="C707" s="2" t="s">
-        <v>1740</v>
+        <v>549</v>
       </c>
       <c r="D707" s="2"/>
       <c r="E707" s="2">
-        <v>7124</v>
-[...1 lines deleted...]
-      <c r="F707" s="2"/>
+        <v>7572</v>
+      </c>
+      <c r="F707" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="G707" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H707" s="2" t="s">
         <v>1741</v>
       </c>
       <c r="I707" s="2">
         <v>278</v>
       </c>
       <c r="J707" s="2">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="K707" s="2">
         <v>100</v>
       </c>
       <c r="L707" s="2">
         <v>20</v>
       </c>
       <c r="M707" s="2">
         <v>0</v>
       </c>
       <c r="N707" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="708" spans="1:14">
       <c r="A708" s="2">
         <v>107200</v>
       </c>
       <c r="B708" s="2" t="s">
         <v>1742</v>
       </c>
       <c r="C708" s="2" t="s">
         <v>1743</v>
       </c>
       <c r="D708" s="2"/>
@@ -35878,266 +35878,266 @@
       </c>
       <c r="J708" s="2">
         <v>243</v>
       </c>
       <c r="K708" s="2">
         <v>100</v>
       </c>
       <c r="L708" s="2">
         <v>20</v>
       </c>
       <c r="M708" s="2">
         <v>0</v>
       </c>
       <c r="N708" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="709" spans="1:14">
       <c r="A709" s="2">
         <v>102959</v>
       </c>
       <c r="B709" s="2" t="s">
         <v>1745</v>
       </c>
       <c r="C709" s="2" t="s">
-        <v>1327</v>
+        <v>1324</v>
       </c>
       <c r="D709" s="2"/>
       <c r="E709" s="2">
         <v>8502</v>
       </c>
       <c r="F709" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G709" s="2" t="s">
         <v>77</v>
       </c>
       <c r="H709" s="2" t="s">
         <v>1746</v>
       </c>
       <c r="I709" s="2">
         <v>279</v>
       </c>
       <c r="J709" s="2">
         <v>45</v>
       </c>
       <c r="K709" s="2">
         <v>100</v>
       </c>
       <c r="L709" s="2">
         <v>76</v>
       </c>
       <c r="M709" s="2">
         <v>0</v>
       </c>
       <c r="N709" s="2">
         <v>176</v>
       </c>
     </row>
     <row r="710" spans="1:14">
       <c r="A710" s="2">
-        <v>102915</v>
+        <v>102960</v>
       </c>
       <c r="B710" s="2" t="s">
-        <v>1539</v>
+        <v>1747</v>
       </c>
       <c r="C710" s="2" t="s">
-        <v>1540</v>
+        <v>1748</v>
       </c>
       <c r="D710" s="2"/>
       <c r="E710" s="2">
-        <v>8027</v>
+        <v>7054</v>
       </c>
       <c r="F710" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G710" s="2" t="s">
-        <v>77</v>
+        <v>17</v>
       </c>
       <c r="H710" s="2" t="s">
-        <v>1747</v>
+        <v>1749</v>
       </c>
       <c r="I710" s="2">
         <v>280</v>
       </c>
       <c r="J710" s="2">
-        <v>37</v>
+        <v>235</v>
       </c>
       <c r="K710" s="2">
         <v>100</v>
       </c>
       <c r="L710" s="2">
-        <v>84</v>
+        <v>20</v>
       </c>
       <c r="M710" s="2">
         <v>0</v>
       </c>
       <c r="N710" s="2">
-        <v>184</v>
+        <v>120</v>
       </c>
     </row>
     <row r="711" spans="1:14">
       <c r="A711" s="2">
-        <v>102960</v>
+        <v>102915</v>
       </c>
       <c r="B711" s="2" t="s">
-        <v>1748</v>
+        <v>1536</v>
       </c>
       <c r="C711" s="2" t="s">
-        <v>1749</v>
+        <v>1537</v>
       </c>
       <c r="D711" s="2"/>
       <c r="E711" s="2">
-        <v>7054</v>
+        <v>8027</v>
       </c>
       <c r="F711" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G711" s="2" t="s">
-        <v>17</v>
+        <v>77</v>
       </c>
       <c r="H711" s="2" t="s">
         <v>1750</v>
       </c>
       <c r="I711" s="2">
         <v>280</v>
       </c>
       <c r="J711" s="2">
-        <v>235</v>
+        <v>37</v>
       </c>
       <c r="K711" s="2">
         <v>100</v>
       </c>
       <c r="L711" s="2">
-        <v>20</v>
+        <v>84</v>
       </c>
       <c r="M711" s="2">
         <v>0</v>
       </c>
       <c r="N711" s="2">
-        <v>120</v>
+        <v>184</v>
       </c>
     </row>
     <row r="712" spans="1:14">
       <c r="A712" s="2">
-        <v>102961</v>
+        <v>107202</v>
       </c>
       <c r="B712" s="2" t="s">
-        <v>542</v>
+        <v>1751</v>
       </c>
       <c r="C712" s="2" t="s">
-        <v>1751</v>
+        <v>1752</v>
       </c>
       <c r="D712" s="2"/>
       <c r="E712" s="2">
-        <v>7500</v>
-[...3 lines deleted...]
-      </c>
+        <v>7119</v>
+      </c>
+      <c r="F712" s="2"/>
       <c r="G712" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H712" s="2" t="s">
-        <v>1752</v>
+        <v>1753</v>
       </c>
       <c r="I712" s="2">
         <v>281</v>
       </c>
       <c r="J712" s="2">
-        <v>236</v>
+        <v>244</v>
       </c>
       <c r="K712" s="2">
         <v>100</v>
       </c>
       <c r="L712" s="2">
         <v>20</v>
       </c>
       <c r="M712" s="2">
         <v>0</v>
       </c>
       <c r="N712" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="713" spans="1:14">
       <c r="A713" s="2">
-        <v>107202</v>
+        <v>102961</v>
       </c>
       <c r="B713" s="2" t="s">
-        <v>1753</v>
+        <v>542</v>
       </c>
       <c r="C713" s="2" t="s">
         <v>1754</v>
       </c>
       <c r="D713" s="2"/>
       <c r="E713" s="2">
-        <v>7119</v>
-[...1 lines deleted...]
-      <c r="F713" s="2"/>
+        <v>7500</v>
+      </c>
+      <c r="F713" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="G713" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H713" s="2" t="s">
         <v>1755</v>
       </c>
       <c r="I713" s="2">
         <v>281</v>
       </c>
       <c r="J713" s="2">
-        <v>244</v>
+        <v>236</v>
       </c>
       <c r="K713" s="2">
         <v>100</v>
       </c>
       <c r="L713" s="2">
         <v>20</v>
       </c>
       <c r="M713" s="2">
         <v>0</v>
       </c>
       <c r="N713" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="714" spans="1:14">
       <c r="A714" s="2">
         <v>102031</v>
       </c>
       <c r="B714" s="2" t="s">
         <v>1756</v>
       </c>
       <c r="C714" s="2" t="s">
         <v>1757</v>
       </c>
       <c r="D714" s="2"/>
       <c r="E714" s="2">
         <v>8017</v>
       </c>
       <c r="F714" s="2" t="s">
-        <v>194</v>
+        <v>197</v>
       </c>
       <c r="G714" s="2" t="s">
         <v>77</v>
       </c>
       <c r="H714" s="2" t="s">
         <v>1758</v>
       </c>
       <c r="I714" s="2">
         <v>282</v>
       </c>
       <c r="J714" s="2">
         <v>38</v>
       </c>
       <c r="K714" s="2">
         <v>100</v>
       </c>
       <c r="L714" s="2">
         <v>83</v>
       </c>
       <c r="M714" s="2">
         <v>0</v>
       </c>
       <c r="N714" s="2">
         <v>183</v>
       </c>
@@ -36164,112 +36164,112 @@
       </c>
       <c r="H715" s="2" t="s">
         <v>1761</v>
       </c>
       <c r="I715" s="2">
         <v>282</v>
       </c>
       <c r="J715" s="2">
         <v>46</v>
       </c>
       <c r="K715" s="2">
         <v>100</v>
       </c>
       <c r="L715" s="2">
         <v>75</v>
       </c>
       <c r="M715" s="2">
         <v>0</v>
       </c>
       <c r="N715" s="2">
         <v>175</v>
       </c>
     </row>
     <row r="716" spans="1:14">
       <c r="A716" s="2">
-        <v>102964</v>
+        <v>102963</v>
       </c>
       <c r="B716" s="2" t="s">
-        <v>690</v>
+        <v>1762</v>
       </c>
       <c r="C716" s="2" t="s">
-        <v>1762</v>
+        <v>1763</v>
       </c>
       <c r="D716" s="2"/>
       <c r="E716" s="2">
-        <v>7053</v>
+        <v>7049</v>
       </c>
       <c r="F716" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G716" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H716" s="2" t="s">
-        <v>1763</v>
+        <v>1764</v>
       </c>
       <c r="I716" s="2">
         <v>283</v>
       </c>
       <c r="J716" s="2">
         <v>237</v>
       </c>
       <c r="K716" s="2">
         <v>100</v>
       </c>
       <c r="L716" s="2">
         <v>20</v>
       </c>
       <c r="M716" s="2">
         <v>0</v>
       </c>
       <c r="N716" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="717" spans="1:14">
       <c r="A717" s="2">
-        <v>102963</v>
+        <v>102964</v>
       </c>
       <c r="B717" s="2" t="s">
-        <v>1764</v>
+        <v>688</v>
       </c>
       <c r="C717" s="2" t="s">
         <v>1765</v>
       </c>
       <c r="D717" s="2"/>
       <c r="E717" s="2">
-        <v>7049</v>
+        <v>7053</v>
       </c>
       <c r="F717" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G717" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H717" s="2" t="s">
-        <v>1763</v>
+        <v>1764</v>
       </c>
       <c r="I717" s="2">
         <v>283</v>
       </c>
       <c r="J717" s="2">
         <v>237</v>
       </c>
       <c r="K717" s="2">
         <v>100</v>
       </c>
       <c r="L717" s="2">
         <v>20</v>
       </c>
       <c r="M717" s="2">
         <v>0</v>
       </c>
       <c r="N717" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="718" spans="1:14">
       <c r="A718" s="2">
         <v>102865</v>
       </c>
       <c r="B718" s="2" t="s">
@@ -36415,51 +36415,51 @@
       </c>
       <c r="I721" s="2">
         <v>285</v>
       </c>
       <c r="J721" s="2">
         <v>239</v>
       </c>
       <c r="K721" s="2">
         <v>100</v>
       </c>
       <c r="L721" s="2">
         <v>20</v>
       </c>
       <c r="M721" s="2">
         <v>0</v>
       </c>
       <c r="N721" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="722" spans="1:14">
       <c r="A722" s="2">
         <v>107207</v>
       </c>
       <c r="B722" s="2" t="s">
-        <v>1537</v>
+        <v>1540</v>
       </c>
       <c r="C722" s="2" t="s">
         <v>1483</v>
       </c>
       <c r="D722" s="2"/>
       <c r="E722" s="2">
         <v>7090</v>
       </c>
       <c r="F722" s="2"/>
       <c r="G722" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H722" s="2" t="s">
         <v>1775</v>
       </c>
       <c r="I722" s="2">
         <v>286</v>
       </c>
       <c r="J722" s="2">
         <v>248</v>
       </c>
       <c r="K722" s="2">
         <v>100</v>
       </c>
       <c r="L722" s="2">
@@ -36494,118 +36494,118 @@
       </c>
       <c r="H723" s="2" t="s">
         <v>1778</v>
       </c>
       <c r="I723" s="2">
         <v>286</v>
       </c>
       <c r="J723" s="2">
         <v>240</v>
       </c>
       <c r="K723" s="2">
         <v>100</v>
       </c>
       <c r="L723" s="2">
         <v>20</v>
       </c>
       <c r="M723" s="2">
         <v>0</v>
       </c>
       <c r="N723" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="724" spans="1:14">
       <c r="A724" s="2">
-        <v>102967</v>
+        <v>107208</v>
       </c>
       <c r="B724" s="2" t="s">
         <v>1779</v>
       </c>
       <c r="C724" s="2" t="s">
         <v>1780</v>
       </c>
       <c r="D724" s="2"/>
       <c r="E724" s="2">
-        <v>7522</v>
+        <v>7602</v>
       </c>
       <c r="F724" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G724" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H724" s="2" t="s">
         <v>1781</v>
       </c>
       <c r="I724" s="2">
         <v>287</v>
       </c>
       <c r="J724" s="2">
-        <v>241</v>
+        <v>249</v>
       </c>
       <c r="K724" s="2">
         <v>100</v>
       </c>
       <c r="L724" s="2">
         <v>20</v>
       </c>
       <c r="M724" s="2">
         <v>0</v>
       </c>
       <c r="N724" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="725" spans="1:14">
       <c r="A725" s="2">
-        <v>107208</v>
+        <v>102967</v>
       </c>
       <c r="B725" s="2" t="s">
         <v>1782</v>
       </c>
       <c r="C725" s="2" t="s">
         <v>1783</v>
       </c>
       <c r="D725" s="2"/>
       <c r="E725" s="2">
-        <v>7602</v>
+        <v>7522</v>
       </c>
       <c r="F725" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G725" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H725" s="2" t="s">
         <v>1784</v>
       </c>
       <c r="I725" s="2">
         <v>287</v>
       </c>
       <c r="J725" s="2">
-        <v>249</v>
+        <v>241</v>
       </c>
       <c r="K725" s="2">
         <v>100</v>
       </c>
       <c r="L725" s="2">
         <v>20</v>
       </c>
       <c r="M725" s="2">
         <v>0</v>
       </c>
       <c r="N725" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="726" spans="1:14">
       <c r="A726" s="2">
         <v>102968</v>
       </c>
       <c r="B726" s="2" t="s">
         <v>1785</v>
       </c>
       <c r="C726" s="2" t="s">
         <v>1786</v>
       </c>
       <c r="D726" s="2"/>
@@ -36662,116 +36662,116 @@
       </c>
       <c r="H727" s="2" t="s">
         <v>1788</v>
       </c>
       <c r="I727" s="2">
         <v>288</v>
       </c>
       <c r="J727" s="2">
         <v>250</v>
       </c>
       <c r="K727" s="2">
         <v>100</v>
       </c>
       <c r="L727" s="2">
         <v>20</v>
       </c>
       <c r="M727" s="2">
         <v>0</v>
       </c>
       <c r="N727" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="728" spans="1:14">
       <c r="A728" s="2">
-        <v>102969</v>
+        <v>107210</v>
       </c>
       <c r="B728" s="2" t="s">
-        <v>138</v>
+        <v>1309</v>
       </c>
       <c r="C728" s="2" t="s">
-        <v>1789</v>
+        <v>728</v>
       </c>
       <c r="D728" s="2"/>
       <c r="E728" s="2">
-        <v>7072</v>
-[...3 lines deleted...]
-      </c>
+        <v>7157</v>
+      </c>
+      <c r="F728" s="2"/>
       <c r="G728" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H728" s="2" t="s">
-        <v>1790</v>
+        <v>1789</v>
       </c>
       <c r="I728" s="2">
         <v>289</v>
       </c>
       <c r="J728" s="2">
-        <v>243</v>
+        <v>251</v>
       </c>
       <c r="K728" s="2">
         <v>100</v>
       </c>
       <c r="L728" s="2">
         <v>20</v>
       </c>
       <c r="M728" s="2">
         <v>0</v>
       </c>
       <c r="N728" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="729" spans="1:14">
       <c r="A729" s="2">
-        <v>107210</v>
+        <v>102969</v>
       </c>
       <c r="B729" s="2" t="s">
-        <v>1306</v>
+        <v>139</v>
       </c>
       <c r="C729" s="2" t="s">
-        <v>728</v>
+        <v>1790</v>
       </c>
       <c r="D729" s="2"/>
       <c r="E729" s="2">
-        <v>7157</v>
-[...1 lines deleted...]
-      <c r="F729" s="2"/>
+        <v>7072</v>
+      </c>
+      <c r="F729" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="G729" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H729" s="2" t="s">
         <v>1791</v>
       </c>
       <c r="I729" s="2">
         <v>289</v>
       </c>
       <c r="J729" s="2">
-        <v>251</v>
+        <v>243</v>
       </c>
       <c r="K729" s="2">
         <v>100</v>
       </c>
       <c r="L729" s="2">
         <v>20</v>
       </c>
       <c r="M729" s="2">
         <v>0</v>
       </c>
       <c r="N729" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="730" spans="1:14">
       <c r="A730" s="2">
         <v>102970</v>
       </c>
       <c r="B730" s="2" t="s">
         <v>1792</v>
       </c>
       <c r="C730" s="2" t="s">
         <v>1793</v>
       </c>
       <c r="D730" s="2"/>
@@ -36910,450 +36910,450 @@
       </c>
       <c r="H733" s="2" t="s">
         <v>1802</v>
       </c>
       <c r="I733" s="2">
         <v>291</v>
       </c>
       <c r="J733" s="2">
         <v>253</v>
       </c>
       <c r="K733" s="2">
         <v>100</v>
       </c>
       <c r="L733" s="2">
         <v>20</v>
       </c>
       <c r="M733" s="2">
         <v>0</v>
       </c>
       <c r="N733" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="734" spans="1:14">
       <c r="A734" s="2">
-        <v>102825</v>
+        <v>102972</v>
       </c>
       <c r="B734" s="2" t="s">
-        <v>542</v>
+        <v>1803</v>
       </c>
       <c r="C734" s="2" t="s">
-        <v>543</v>
+        <v>1804</v>
       </c>
       <c r="D734" s="2"/>
       <c r="E734" s="2">
-        <v>7541</v>
+        <v>8501</v>
       </c>
       <c r="F734" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G734" s="2" t="s">
-        <v>17</v>
+        <v>77</v>
       </c>
       <c r="H734" s="2" t="s">
-        <v>1803</v>
+        <v>1805</v>
       </c>
       <c r="I734" s="2">
         <v>292</v>
       </c>
       <c r="J734" s="2">
-        <v>254</v>
+        <v>47</v>
       </c>
       <c r="K734" s="2">
         <v>100</v>
       </c>
       <c r="L734" s="2">
-        <v>20</v>
+        <v>74</v>
       </c>
       <c r="M734" s="2">
         <v>0</v>
       </c>
       <c r="N734" s="2">
-        <v>120</v>
+        <v>174</v>
       </c>
     </row>
     <row r="735" spans="1:14">
       <c r="A735" s="2">
-        <v>102972</v>
+        <v>102825</v>
       </c>
       <c r="B735" s="2" t="s">
-        <v>1804</v>
+        <v>542</v>
       </c>
       <c r="C735" s="2" t="s">
-        <v>1805</v>
+        <v>543</v>
       </c>
       <c r="D735" s="2"/>
       <c r="E735" s="2">
-        <v>8501</v>
+        <v>7541</v>
       </c>
       <c r="F735" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G735" s="2" t="s">
-        <v>77</v>
+        <v>17</v>
       </c>
       <c r="H735" s="2" t="s">
         <v>1806</v>
       </c>
       <c r="I735" s="2">
         <v>292</v>
       </c>
       <c r="J735" s="2">
-        <v>47</v>
+        <v>254</v>
       </c>
       <c r="K735" s="2">
         <v>100</v>
       </c>
       <c r="L735" s="2">
-        <v>74</v>
+        <v>20</v>
       </c>
       <c r="M735" s="2">
         <v>0</v>
       </c>
       <c r="N735" s="2">
-        <v>174</v>
+        <v>120</v>
       </c>
     </row>
     <row r="736" spans="1:14">
       <c r="A736" s="2">
         <v>107214</v>
       </c>
       <c r="B736" s="2" t="s">
         <v>53</v>
       </c>
       <c r="C736" s="2" t="s">
         <v>1807</v>
       </c>
       <c r="D736" s="2"/>
       <c r="E736" s="2">
         <v>7652</v>
       </c>
       <c r="F736" s="2"/>
       <c r="G736" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H736" s="2" t="s">
         <v>1808</v>
       </c>
       <c r="I736" s="2">
         <v>293</v>
       </c>
       <c r="J736" s="2">
         <v>255</v>
       </c>
       <c r="K736" s="2">
         <v>100</v>
       </c>
       <c r="L736" s="2">
         <v>20</v>
       </c>
       <c r="M736" s="2">
         <v>0</v>
       </c>
       <c r="N736" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="737" spans="1:14">
       <c r="A737" s="2">
         <v>102973</v>
       </c>
       <c r="B737" s="2" t="s">
-        <v>1597</v>
+        <v>1596</v>
       </c>
       <c r="C737" s="2" t="s">
         <v>1809</v>
       </c>
       <c r="D737" s="2"/>
       <c r="E737" s="2">
         <v>7580</v>
       </c>
       <c r="F737" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G737" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H737" s="2" t="s">
         <v>1810</v>
       </c>
       <c r="I737" s="2">
         <v>293</v>
       </c>
       <c r="J737" s="2">
         <v>246</v>
       </c>
       <c r="K737" s="2">
         <v>100</v>
       </c>
       <c r="L737" s="2">
         <v>20</v>
       </c>
       <c r="M737" s="2">
         <v>0</v>
       </c>
       <c r="N737" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="738" spans="1:14">
       <c r="A738" s="2">
-        <v>102974</v>
+        <v>107215</v>
       </c>
       <c r="B738" s="2" t="s">
         <v>1811</v>
       </c>
       <c r="C738" s="2" t="s">
-        <v>1112</v>
+        <v>1812</v>
       </c>
       <c r="D738" s="2"/>
       <c r="E738" s="2">
-        <v>7056</v>
-[...3 lines deleted...]
-      </c>
+        <v>7033</v>
+      </c>
+      <c r="F738" s="2"/>
       <c r="G738" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H738" s="2" t="s">
-        <v>1812</v>
+        <v>1813</v>
       </c>
       <c r="I738" s="2">
         <v>294</v>
       </c>
       <c r="J738" s="2">
-        <v>247</v>
+        <v>256</v>
       </c>
       <c r="K738" s="2">
         <v>100</v>
       </c>
       <c r="L738" s="2">
         <v>20</v>
       </c>
       <c r="M738" s="2">
         <v>0</v>
       </c>
       <c r="N738" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="739" spans="1:14">
       <c r="A739" s="2">
-        <v>107215</v>
+        <v>102974</v>
       </c>
       <c r="B739" s="2" t="s">
-        <v>1813</v>
+        <v>1814</v>
       </c>
       <c r="C739" s="2" t="s">
-        <v>1814</v>
+        <v>1112</v>
       </c>
       <c r="D739" s="2"/>
       <c r="E739" s="2">
-        <v>7033</v>
-[...1 lines deleted...]
-      <c r="F739" s="2"/>
+        <v>7056</v>
+      </c>
+      <c r="F739" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="G739" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H739" s="2" t="s">
         <v>1815</v>
       </c>
       <c r="I739" s="2">
         <v>294</v>
       </c>
       <c r="J739" s="2">
-        <v>256</v>
+        <v>247</v>
       </c>
       <c r="K739" s="2">
         <v>100</v>
       </c>
       <c r="L739" s="2">
         <v>20</v>
       </c>
       <c r="M739" s="2">
         <v>0</v>
       </c>
       <c r="N739" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="740" spans="1:14">
       <c r="A740" s="2">
-        <v>107899</v>
+        <v>102975</v>
       </c>
       <c r="B740" s="2" t="s">
         <v>1816</v>
       </c>
       <c r="C740" s="2" t="s">
         <v>1817</v>
       </c>
       <c r="D740" s="2"/>
       <c r="E740" s="2">
-        <v>7607</v>
+        <v>7057</v>
       </c>
       <c r="F740" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G740" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H740" s="2" t="s">
         <v>1818</v>
       </c>
       <c r="I740" s="2">
         <v>295</v>
       </c>
       <c r="J740" s="2">
-        <v>257</v>
+        <v>248</v>
       </c>
       <c r="K740" s="2">
         <v>100</v>
       </c>
       <c r="L740" s="2">
         <v>20</v>
       </c>
       <c r="M740" s="2">
         <v>0</v>
       </c>
       <c r="N740" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="741" spans="1:14">
       <c r="A741" s="2">
-        <v>102975</v>
+        <v>107899</v>
       </c>
       <c r="B741" s="2" t="s">
         <v>1819</v>
       </c>
       <c r="C741" s="2" t="s">
         <v>1820</v>
       </c>
       <c r="D741" s="2"/>
       <c r="E741" s="2">
-        <v>7057</v>
+        <v>7607</v>
       </c>
       <c r="F741" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G741" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H741" s="2" t="s">
         <v>1821</v>
       </c>
       <c r="I741" s="2">
         <v>295</v>
       </c>
       <c r="J741" s="2">
-        <v>248</v>
+        <v>257</v>
       </c>
       <c r="K741" s="2">
         <v>100</v>
       </c>
       <c r="L741" s="2">
         <v>20</v>
       </c>
       <c r="M741" s="2">
         <v>0</v>
       </c>
       <c r="N741" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="742" spans="1:14">
       <c r="A742" s="2">
-        <v>102852</v>
+        <v>102976</v>
       </c>
       <c r="B742" s="2" t="s">
-        <v>1237</v>
+        <v>1822</v>
       </c>
       <c r="C742" s="2" t="s">
-        <v>438</v>
+        <v>1823</v>
       </c>
       <c r="D742" s="2"/>
       <c r="E742" s="2">
-        <v>7636</v>
+        <v>7595</v>
       </c>
       <c r="F742" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G742" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H742" s="2" t="s">
-        <v>1822</v>
+        <v>1824</v>
       </c>
       <c r="I742" s="2">
         <v>296</v>
       </c>
       <c r="J742" s="2">
-        <v>258</v>
+        <v>249</v>
       </c>
       <c r="K742" s="2">
         <v>100</v>
       </c>
       <c r="L742" s="2">
         <v>20</v>
       </c>
       <c r="M742" s="2">
         <v>0</v>
       </c>
       <c r="N742" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="743" spans="1:14">
       <c r="A743" s="2">
-        <v>102976</v>
+        <v>102852</v>
       </c>
       <c r="B743" s="2" t="s">
-        <v>1823</v>
+        <v>1237</v>
       </c>
       <c r="C743" s="2" t="s">
-        <v>1824</v>
+        <v>438</v>
       </c>
       <c r="D743" s="2"/>
       <c r="E743" s="2">
-        <v>7595</v>
+        <v>7636</v>
       </c>
       <c r="F743" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G743" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H743" s="2" t="s">
         <v>1825</v>
       </c>
       <c r="I743" s="2">
         <v>296</v>
       </c>
       <c r="J743" s="2">
-        <v>249</v>
+        <v>258</v>
       </c>
       <c r="K743" s="2">
         <v>100</v>
       </c>
       <c r="L743" s="2">
         <v>20</v>
       </c>
       <c r="M743" s="2">
         <v>0</v>
       </c>
       <c r="N743" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="744" spans="1:14">
       <c r="A744" s="2">
         <v>102977</v>
       </c>
       <c r="B744" s="2" t="s">
         <v>1482</v>
       </c>
       <c r="C744" s="2" t="s">
         <v>1482</v>
       </c>
       <c r="D744" s="2"/>
@@ -37453,51 +37453,51 @@
       </c>
       <c r="I746" s="2">
         <v>298</v>
       </c>
       <c r="J746" s="2">
         <v>48</v>
       </c>
       <c r="K746" s="2">
         <v>100</v>
       </c>
       <c r="L746" s="2">
         <v>73</v>
       </c>
       <c r="M746" s="2">
         <v>0</v>
       </c>
       <c r="N746" s="2">
         <v>173</v>
       </c>
     </row>
     <row r="747" spans="1:14">
       <c r="A747" s="2">
         <v>107219</v>
       </c>
       <c r="B747" s="2" t="s">
-        <v>1299</v>
+        <v>1296</v>
       </c>
       <c r="C747" s="2" t="s">
         <v>1833</v>
       </c>
       <c r="D747" s="2"/>
       <c r="E747" s="2">
         <v>7006</v>
       </c>
       <c r="F747" s="2"/>
       <c r="G747" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H747" s="2" t="s">
         <v>1834</v>
       </c>
       <c r="I747" s="2">
         <v>298</v>
       </c>
       <c r="J747" s="2">
         <v>260</v>
       </c>
       <c r="K747" s="2">
         <v>100</v>
       </c>
       <c r="L747" s="2">
@@ -37574,130 +37574,130 @@
       </c>
       <c r="H749" s="2" t="s">
         <v>1840</v>
       </c>
       <c r="I749" s="2">
         <v>299</v>
       </c>
       <c r="J749" s="2">
         <v>49</v>
       </c>
       <c r="K749" s="2">
         <v>100</v>
       </c>
       <c r="L749" s="2">
         <v>72</v>
       </c>
       <c r="M749" s="2">
         <v>0</v>
       </c>
       <c r="N749" s="2">
         <v>172</v>
       </c>
     </row>
     <row r="750" spans="1:14">
       <c r="A750" s="2">
-        <v>102980</v>
+        <v>102880</v>
       </c>
       <c r="B750" s="2" t="s">
-        <v>1841</v>
+        <v>1370</v>
       </c>
       <c r="C750" s="2" t="s">
-        <v>1842</v>
+        <v>1371</v>
       </c>
       <c r="D750" s="2"/>
       <c r="E750" s="2">
-        <v>8004</v>
+        <v>8530</v>
       </c>
       <c r="F750" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G750" s="2" t="s">
-        <v>77</v>
+        <v>17</v>
       </c>
       <c r="H750" s="2" t="s">
-        <v>1843</v>
+        <v>1841</v>
       </c>
       <c r="I750" s="2">
         <v>300</v>
       </c>
       <c r="J750" s="2">
-        <v>50</v>
+        <v>261</v>
       </c>
       <c r="K750" s="2">
         <v>100</v>
       </c>
       <c r="L750" s="2">
-        <v>71</v>
+        <v>20</v>
       </c>
       <c r="M750" s="2">
         <v>0</v>
       </c>
       <c r="N750" s="2">
-        <v>171</v>
+        <v>120</v>
       </c>
     </row>
     <row r="751" spans="1:14">
       <c r="A751" s="2">
-        <v>102880</v>
+        <v>102980</v>
       </c>
       <c r="B751" s="2" t="s">
-        <v>1370</v>
+        <v>1842</v>
       </c>
       <c r="C751" s="2" t="s">
-        <v>1371</v>
+        <v>1843</v>
       </c>
       <c r="D751" s="2"/>
       <c r="E751" s="2">
-        <v>8530</v>
+        <v>8004</v>
       </c>
       <c r="F751" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G751" s="2" t="s">
-        <v>17</v>
+        <v>77</v>
       </c>
       <c r="H751" s="2" t="s">
         <v>1844</v>
       </c>
       <c r="I751" s="2">
         <v>300</v>
       </c>
       <c r="J751" s="2">
-        <v>261</v>
+        <v>50</v>
       </c>
       <c r="K751" s="2">
         <v>100</v>
       </c>
       <c r="L751" s="2">
-        <v>20</v>
+        <v>71</v>
       </c>
       <c r="M751" s="2">
         <v>0</v>
       </c>
       <c r="N751" s="2">
-        <v>120</v>
+        <v>171</v>
       </c>
     </row>
     <row r="752" spans="1:14">
       <c r="A752" s="2">
         <v>102981</v>
       </c>
       <c r="B752" s="2" t="s">
         <v>1845</v>
       </c>
       <c r="C752" s="2" t="s">
         <v>1846</v>
       </c>
       <c r="D752" s="2"/>
       <c r="E752" s="2">
         <v>8504</v>
       </c>
       <c r="F752" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G752" s="2" t="s">
         <v>77</v>
       </c>
       <c r="H752" s="2" t="s">
         <v>1847</v>
       </c>
@@ -37742,538 +37742,538 @@
       </c>
       <c r="H753" s="2" t="s">
         <v>1848</v>
       </c>
       <c r="I753" s="2">
         <v>301</v>
       </c>
       <c r="J753" s="2">
         <v>262</v>
       </c>
       <c r="K753" s="2">
         <v>100</v>
       </c>
       <c r="L753" s="2">
         <v>20</v>
       </c>
       <c r="M753" s="2">
         <v>0</v>
       </c>
       <c r="N753" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="754" spans="1:14">
       <c r="A754" s="2">
-        <v>107223</v>
+        <v>102982</v>
       </c>
       <c r="B754" s="2" t="s">
-        <v>1611</v>
+        <v>1849</v>
       </c>
       <c r="C754" s="2" t="s">
-        <v>1849</v>
+        <v>1850</v>
       </c>
       <c r="D754" s="2"/>
       <c r="E754" s="2">
-        <v>7605</v>
-[...1 lines deleted...]
-      <c r="F754" s="2"/>
+        <v>7073</v>
+      </c>
+      <c r="F754" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="G754" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H754" s="2" t="s">
-        <v>1850</v>
+        <v>1851</v>
       </c>
       <c r="I754" s="2">
         <v>302</v>
       </c>
       <c r="J754" s="2">
-        <v>263</v>
+        <v>251</v>
       </c>
       <c r="K754" s="2">
         <v>100</v>
       </c>
       <c r="L754" s="2">
         <v>20</v>
       </c>
       <c r="M754" s="2">
         <v>0</v>
       </c>
       <c r="N754" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="755" spans="1:14">
       <c r="A755" s="2">
-        <v>102982</v>
+        <v>107223</v>
       </c>
       <c r="B755" s="2" t="s">
-        <v>1851</v>
+        <v>1609</v>
       </c>
       <c r="C755" s="2" t="s">
         <v>1852</v>
       </c>
       <c r="D755" s="2"/>
       <c r="E755" s="2">
-        <v>7073</v>
-[...3 lines deleted...]
-      </c>
+        <v>7605</v>
+      </c>
+      <c r="F755" s="2"/>
       <c r="G755" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H755" s="2" t="s">
         <v>1853</v>
       </c>
       <c r="I755" s="2">
         <v>302</v>
       </c>
       <c r="J755" s="2">
-        <v>251</v>
+        <v>263</v>
       </c>
       <c r="K755" s="2">
         <v>100</v>
       </c>
       <c r="L755" s="2">
         <v>20</v>
       </c>
       <c r="M755" s="2">
         <v>0</v>
       </c>
       <c r="N755" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="756" spans="1:14">
       <c r="A756" s="2">
-        <v>107224</v>
+        <v>102983</v>
       </c>
       <c r="B756" s="2" t="s">
         <v>1854</v>
       </c>
       <c r="C756" s="2" t="s">
-        <v>1854</v>
+        <v>1855</v>
       </c>
       <c r="D756" s="2"/>
       <c r="E756" s="2">
-        <v>7013</v>
-[...1 lines deleted...]
-      <c r="F756" s="2"/>
+        <v>7106</v>
+      </c>
+      <c r="F756" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="G756" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H756" s="2" t="s">
-        <v>1855</v>
+        <v>1856</v>
       </c>
       <c r="I756" s="2">
         <v>303</v>
       </c>
       <c r="J756" s="2">
-        <v>264</v>
+        <v>252</v>
       </c>
       <c r="K756" s="2">
         <v>100</v>
       </c>
       <c r="L756" s="2">
         <v>20</v>
       </c>
       <c r="M756" s="2">
         <v>0</v>
       </c>
       <c r="N756" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="757" spans="1:14">
       <c r="A757" s="2">
-        <v>102983</v>
+        <v>107224</v>
       </c>
       <c r="B757" s="2" t="s">
-        <v>1856</v>
+        <v>1857</v>
       </c>
       <c r="C757" s="2" t="s">
         <v>1857</v>
       </c>
       <c r="D757" s="2"/>
       <c r="E757" s="2">
-        <v>7106</v>
-[...3 lines deleted...]
-      </c>
+        <v>7013</v>
+      </c>
+      <c r="F757" s="2"/>
       <c r="G757" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H757" s="2" t="s">
         <v>1858</v>
       </c>
       <c r="I757" s="2">
         <v>303</v>
       </c>
       <c r="J757" s="2">
-        <v>252</v>
+        <v>264</v>
       </c>
       <c r="K757" s="2">
         <v>100</v>
       </c>
       <c r="L757" s="2">
         <v>20</v>
       </c>
       <c r="M757" s="2">
         <v>0</v>
       </c>
       <c r="N757" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="758" spans="1:14">
       <c r="A758" s="2">
-        <v>107225</v>
+        <v>102984</v>
       </c>
       <c r="B758" s="2" t="s">
-        <v>27</v>
+        <v>1859</v>
       </c>
       <c r="C758" s="2" t="s">
-        <v>1859</v>
+        <v>1860</v>
       </c>
       <c r="D758" s="2"/>
       <c r="E758" s="2">
-        <v>7150</v>
-[...1 lines deleted...]
-      <c r="F758" s="2"/>
+        <v>7592</v>
+      </c>
+      <c r="F758" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="G758" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H758" s="2" t="s">
-        <v>1860</v>
+        <v>1861</v>
       </c>
       <c r="I758" s="2">
         <v>304</v>
       </c>
       <c r="J758" s="2">
-        <v>265</v>
+        <v>253</v>
       </c>
       <c r="K758" s="2">
         <v>100</v>
       </c>
       <c r="L758" s="2">
         <v>20</v>
       </c>
       <c r="M758" s="2">
         <v>0</v>
       </c>
       <c r="N758" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="759" spans="1:14">
       <c r="A759" s="2">
-        <v>102984</v>
+        <v>107225</v>
       </c>
       <c r="B759" s="2" t="s">
-        <v>1861</v>
+        <v>27</v>
       </c>
       <c r="C759" s="2" t="s">
         <v>1862</v>
       </c>
       <c r="D759" s="2"/>
       <c r="E759" s="2">
-        <v>7592</v>
-[...3 lines deleted...]
-      </c>
+        <v>7150</v>
+      </c>
+      <c r="F759" s="2"/>
       <c r="G759" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H759" s="2" t="s">
         <v>1863</v>
       </c>
       <c r="I759" s="2">
         <v>304</v>
       </c>
       <c r="J759" s="2">
-        <v>253</v>
+        <v>265</v>
       </c>
       <c r="K759" s="2">
         <v>100</v>
       </c>
       <c r="L759" s="2">
         <v>20</v>
       </c>
       <c r="M759" s="2">
         <v>0</v>
       </c>
       <c r="N759" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="760" spans="1:14">
       <c r="A760" s="2">
-        <v>107226</v>
+        <v>102065</v>
       </c>
       <c r="B760" s="2" t="s">
         <v>1864</v>
       </c>
       <c r="C760" s="2" t="s">
-        <v>1012</v>
+        <v>438</v>
       </c>
       <c r="D760" s="2"/>
       <c r="E760" s="2">
-        <v>7173</v>
-[...1 lines deleted...]
-      <c r="F760" s="2"/>
+        <v>7553</v>
+      </c>
+      <c r="F760" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="G760" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H760" s="2" t="s">
         <v>1865</v>
       </c>
       <c r="I760" s="2">
         <v>305</v>
       </c>
       <c r="J760" s="2">
-        <v>266</v>
+        <v>254</v>
       </c>
       <c r="K760" s="2">
         <v>100</v>
       </c>
       <c r="L760" s="2">
         <v>20</v>
       </c>
       <c r="M760" s="2">
         <v>0</v>
       </c>
       <c r="N760" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="761" spans="1:14">
       <c r="A761" s="2">
-        <v>102065</v>
+        <v>107226</v>
       </c>
       <c r="B761" s="2" t="s">
         <v>1866</v>
       </c>
       <c r="C761" s="2" t="s">
-        <v>438</v>
+        <v>1012</v>
       </c>
       <c r="D761" s="2"/>
       <c r="E761" s="2">
-        <v>7553</v>
-[...3 lines deleted...]
-      </c>
+        <v>7173</v>
+      </c>
+      <c r="F761" s="2"/>
       <c r="G761" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H761" s="2" t="s">
         <v>1867</v>
       </c>
       <c r="I761" s="2">
         <v>305</v>
       </c>
       <c r="J761" s="2">
-        <v>254</v>
+        <v>266</v>
       </c>
       <c r="K761" s="2">
         <v>100</v>
       </c>
       <c r="L761" s="2">
         <v>20</v>
       </c>
       <c r="M761" s="2">
         <v>0</v>
       </c>
       <c r="N761" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="762" spans="1:14">
       <c r="A762" s="2">
-        <v>107227</v>
+        <v>102986</v>
       </c>
       <c r="B762" s="2" t="s">
         <v>1868</v>
       </c>
       <c r="C762" s="2" t="s">
-        <v>240</v>
+        <v>1869</v>
       </c>
       <c r="D762" s="2"/>
       <c r="E762" s="2">
-        <v>7185</v>
-[...1 lines deleted...]
-      <c r="F762" s="2"/>
+        <v>7069</v>
+      </c>
+      <c r="F762" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="G762" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H762" s="2" t="s">
-        <v>1869</v>
+        <v>1870</v>
       </c>
       <c r="I762" s="2">
         <v>306</v>
       </c>
       <c r="J762" s="2">
-        <v>267</v>
+        <v>255</v>
       </c>
       <c r="K762" s="2">
         <v>100</v>
       </c>
       <c r="L762" s="2">
         <v>20</v>
       </c>
       <c r="M762" s="2">
         <v>0</v>
       </c>
       <c r="N762" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="763" spans="1:14">
       <c r="A763" s="2">
-        <v>102986</v>
+        <v>107227</v>
       </c>
       <c r="B763" s="2" t="s">
-        <v>1870</v>
+        <v>1871</v>
       </c>
       <c r="C763" s="2" t="s">
-        <v>1871</v>
+        <v>246</v>
       </c>
       <c r="D763" s="2"/>
       <c r="E763" s="2">
-        <v>7069</v>
-[...3 lines deleted...]
-      </c>
+        <v>7185</v>
+      </c>
+      <c r="F763" s="2"/>
       <c r="G763" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H763" s="2" t="s">
         <v>1872</v>
       </c>
       <c r="I763" s="2">
         <v>306</v>
       </c>
       <c r="J763" s="2">
-        <v>255</v>
+        <v>267</v>
       </c>
       <c r="K763" s="2">
         <v>100</v>
       </c>
       <c r="L763" s="2">
         <v>20</v>
       </c>
       <c r="M763" s="2">
         <v>0</v>
       </c>
       <c r="N763" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="764" spans="1:14">
       <c r="A764" s="2">
-        <v>107228</v>
+        <v>102987</v>
       </c>
       <c r="B764" s="2" t="s">
         <v>1873</v>
       </c>
       <c r="C764" s="2" t="s">
-        <v>1874</v>
+        <v>178</v>
       </c>
       <c r="D764" s="2"/>
       <c r="E764" s="2">
-        <v>7076</v>
-[...1 lines deleted...]
-      <c r="F764" s="2"/>
+        <v>8503</v>
+      </c>
+      <c r="F764" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="G764" s="2" t="s">
-        <v>17</v>
+        <v>77</v>
       </c>
       <c r="H764" s="2" t="s">
-        <v>1875</v>
+        <v>1874</v>
       </c>
       <c r="I764" s="2">
         <v>307</v>
       </c>
       <c r="J764" s="2">
-        <v>268</v>
+        <v>52</v>
       </c>
       <c r="K764" s="2">
         <v>100</v>
       </c>
       <c r="L764" s="2">
-        <v>20</v>
+        <v>69</v>
       </c>
       <c r="M764" s="2">
         <v>0</v>
       </c>
       <c r="N764" s="2">
-        <v>120</v>
+        <v>169</v>
       </c>
     </row>
     <row r="765" spans="1:14">
       <c r="A765" s="2">
-        <v>102987</v>
+        <v>107228</v>
       </c>
       <c r="B765" s="2" t="s">
+        <v>1875</v>
+      </c>
+      <c r="C765" s="2" t="s">
         <v>1876</v>
-      </c>
-[...1 lines deleted...]
-        <v>178</v>
       </c>
       <c r="D765" s="2"/>
       <c r="E765" s="2">
-        <v>8503</v>
-[...3 lines deleted...]
-      </c>
+        <v>7076</v>
+      </c>
+      <c r="F765" s="2"/>
       <c r="G765" s="2" t="s">
-        <v>77</v>
+        <v>17</v>
       </c>
       <c r="H765" s="2" t="s">
         <v>1877</v>
       </c>
       <c r="I765" s="2">
         <v>307</v>
       </c>
       <c r="J765" s="2">
-        <v>52</v>
+        <v>268</v>
       </c>
       <c r="K765" s="2">
         <v>100</v>
       </c>
       <c r="L765" s="2">
-        <v>69</v>
+        <v>20</v>
       </c>
       <c r="M765" s="2">
         <v>0</v>
       </c>
       <c r="N765" s="2">
-        <v>169</v>
+        <v>120</v>
       </c>
     </row>
     <row r="766" spans="1:14">
       <c r="A766" s="2">
         <v>107229</v>
       </c>
       <c r="B766" s="2" t="s">
         <v>1878</v>
       </c>
       <c r="C766" s="2" t="s">
         <v>1878</v>
       </c>
       <c r="D766" s="2"/>
       <c r="E766" s="2">
         <v>7180</v>
       </c>
       <c r="F766" s="2"/>
       <c r="G766" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H766" s="2" t="s">
         <v>1879</v>
       </c>
       <c r="I766" s="2">
         <v>308</v>
@@ -38360,51 +38360,51 @@
       </c>
       <c r="J768" s="2">
         <v>271</v>
       </c>
       <c r="K768" s="2">
         <v>100</v>
       </c>
       <c r="L768" s="2">
         <v>20</v>
       </c>
       <c r="M768" s="2">
         <v>0</v>
       </c>
       <c r="N768" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="769" spans="1:14">
       <c r="A769" s="2">
         <v>102924</v>
       </c>
       <c r="B769" s="2" t="s">
         <v>1579</v>
       </c>
       <c r="C769" s="2" t="s">
-        <v>90</v>
+        <v>94</v>
       </c>
       <c r="D769" s="2"/>
       <c r="E769" s="2">
         <v>7129</v>
       </c>
       <c r="F769" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G769" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H769" s="2" t="s">
         <v>1884</v>
       </c>
       <c r="I769" s="2">
         <v>311</v>
       </c>
       <c r="J769" s="2">
         <v>272</v>
       </c>
       <c r="K769" s="2">
         <v>100</v>
       </c>
       <c r="L769" s="2">
         <v>20</v>
@@ -38681,54 +38681,54 @@
       </c>
       <c r="I776" s="2">
         <v>318</v>
       </c>
       <c r="J776" s="2">
         <v>276</v>
       </c>
       <c r="K776" s="2">
         <v>100</v>
       </c>
       <c r="L776" s="2">
         <v>20</v>
       </c>
       <c r="M776" s="2">
         <v>0</v>
       </c>
       <c r="N776" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="777" spans="1:14">
       <c r="A777" s="2">
         <v>102980</v>
       </c>
       <c r="B777" s="2" t="s">
-        <v>1841</v>
+        <v>1842</v>
       </c>
       <c r="C777" s="2" t="s">
-        <v>1842</v>
+        <v>1843</v>
       </c>
       <c r="D777" s="2"/>
       <c r="E777" s="2">
         <v>8033</v>
       </c>
       <c r="F777" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G777" s="2" t="s">
         <v>77</v>
       </c>
       <c r="H777" s="2" t="s">
         <v>1903</v>
       </c>
       <c r="I777" s="2">
         <v>319</v>
       </c>
       <c r="J777" s="2">
         <v>43</v>
       </c>
       <c r="K777" s="2">
         <v>100</v>
       </c>
       <c r="L777" s="2">
         <v>78</v>
@@ -38888,90 +38888,90 @@
       </c>
       <c r="J781" s="2">
         <v>279</v>
       </c>
       <c r="K781" s="2">
         <v>100</v>
       </c>
       <c r="L781" s="2">
         <v>20</v>
       </c>
       <c r="M781" s="2">
         <v>0</v>
       </c>
       <c r="N781" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="782" spans="1:14">
       <c r="A782" s="2">
         <v>107245</v>
       </c>
       <c r="B782" s="2" t="s">
         <v>1914</v>
       </c>
       <c r="C782" s="2" t="s">
-        <v>822</v>
+        <v>819</v>
       </c>
       <c r="D782" s="2"/>
       <c r="E782" s="2">
         <v>7187</v>
       </c>
       <c r="F782" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G782" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H782" s="2" t="s">
         <v>1915</v>
       </c>
       <c r="I782" s="2">
         <v>324</v>
       </c>
       <c r="J782" s="2">
         <v>280</v>
       </c>
       <c r="K782" s="2">
         <v>100</v>
       </c>
       <c r="L782" s="2">
         <v>20</v>
       </c>
       <c r="M782" s="2">
         <v>0</v>
       </c>
       <c r="N782" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="783" spans="1:14">
       <c r="A783" s="2">
         <v>102932</v>
       </c>
       <c r="B783" s="2" t="s">
-        <v>1614</v>
+        <v>1616</v>
       </c>
       <c r="C783" s="2" t="s">
         <v>281</v>
       </c>
       <c r="D783" s="2"/>
       <c r="E783" s="2">
         <v>7054</v>
       </c>
       <c r="F783" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G783" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H783" s="2" t="s">
         <v>1916</v>
       </c>
       <c r="I783" s="2">
         <v>325</v>
       </c>
       <c r="J783" s="2">
         <v>281</v>
       </c>
       <c r="K783" s="2">
         <v>100</v>
@@ -39253,51 +39253,51 @@
       </c>
       <c r="I790" s="2">
         <v>332</v>
       </c>
       <c r="J790" s="2">
         <v>286</v>
       </c>
       <c r="K790" s="2">
         <v>100</v>
       </c>
       <c r="L790" s="2">
         <v>20</v>
       </c>
       <c r="M790" s="2">
         <v>0</v>
       </c>
       <c r="N790" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="791" spans="1:14">
       <c r="A791" s="2">
         <v>107254</v>
       </c>
       <c r="B791" s="2" t="s">
-        <v>240</v>
+        <v>246</v>
       </c>
       <c r="C791" s="2" t="s">
         <v>1935</v>
       </c>
       <c r="D791" s="2"/>
       <c r="E791" s="2">
         <v>7525</v>
       </c>
       <c r="F791" s="2"/>
       <c r="G791" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H791" s="2" t="s">
         <v>1934</v>
       </c>
       <c r="I791" s="2">
         <v>333</v>
       </c>
       <c r="J791" s="2">
         <v>287</v>
       </c>
       <c r="K791" s="2">
         <v>100</v>
       </c>
       <c r="L791" s="2">
@@ -39373,54 +39373,54 @@
       </c>
       <c r="I793" s="2">
         <v>335</v>
       </c>
       <c r="J793" s="2">
         <v>47</v>
       </c>
       <c r="K793" s="2">
         <v>100</v>
       </c>
       <c r="L793" s="2">
         <v>74</v>
       </c>
       <c r="M793" s="2">
         <v>0</v>
       </c>
       <c r="N793" s="2">
         <v>174</v>
       </c>
     </row>
     <row r="794" spans="1:14">
       <c r="A794" s="2">
         <v>102944</v>
       </c>
       <c r="B794" s="2" t="s">
-        <v>1674</v>
+        <v>1677</v>
       </c>
       <c r="C794" s="2" t="s">
-        <v>1675</v>
+        <v>1678</v>
       </c>
       <c r="D794" s="2"/>
       <c r="E794" s="2">
         <v>8505</v>
       </c>
       <c r="F794" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G794" s="2" t="s">
         <v>77</v>
       </c>
       <c r="H794" s="2" t="s">
         <v>1941</v>
       </c>
       <c r="I794" s="2">
         <v>336</v>
       </c>
       <c r="J794" s="2">
         <v>48</v>
       </c>
       <c r="K794" s="2">
         <v>100</v>
       </c>
       <c r="L794" s="2">
         <v>73</v>
@@ -39742,51 +39742,51 @@
       </c>
       <c r="J802" s="2">
         <v>295</v>
       </c>
       <c r="K802" s="2">
         <v>100</v>
       </c>
       <c r="L802" s="2">
         <v>20</v>
       </c>
       <c r="M802" s="2">
         <v>0</v>
       </c>
       <c r="N802" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="803" spans="1:14">
       <c r="A803" s="2">
         <v>107266</v>
       </c>
       <c r="B803" s="2" t="s">
         <v>1962</v>
       </c>
       <c r="C803" s="2" t="s">
-        <v>848</v>
+        <v>846</v>
       </c>
       <c r="D803" s="2"/>
       <c r="E803" s="2">
         <v>7640</v>
       </c>
       <c r="F803" s="2"/>
       <c r="G803" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H803" s="2" t="s">
         <v>1963</v>
       </c>
       <c r="I803" s="2">
         <v>345</v>
       </c>
       <c r="J803" s="2">
         <v>296</v>
       </c>
       <c r="K803" s="2">
         <v>100</v>
       </c>
       <c r="L803" s="2">
         <v>20</v>
       </c>
       <c r="M803" s="2">
@@ -40021,51 +40021,51 @@
       </c>
       <c r="I809" s="2">
         <v>351</v>
       </c>
       <c r="J809" s="2">
         <v>52</v>
       </c>
       <c r="K809" s="2">
         <v>100</v>
       </c>
       <c r="L809" s="2">
         <v>69</v>
       </c>
       <c r="M809" s="2">
         <v>0</v>
       </c>
       <c r="N809" s="2">
         <v>169</v>
       </c>
     </row>
     <row r="810" spans="1:14">
       <c r="A810" s="2">
         <v>107273</v>
       </c>
       <c r="B810" s="2" t="s">
-        <v>422</v>
+        <v>428</v>
       </c>
       <c r="C810" s="2" t="s">
         <v>1260</v>
       </c>
       <c r="D810" s="2"/>
       <c r="E810" s="2">
         <v>7514</v>
       </c>
       <c r="F810" s="2"/>
       <c r="G810" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H810" s="2" t="s">
         <v>1980</v>
       </c>
       <c r="I810" s="2">
         <v>352</v>
       </c>
       <c r="J810" s="2">
         <v>300</v>
       </c>
       <c r="K810" s="2">
         <v>100</v>
       </c>
       <c r="L810" s="2">
@@ -40301,51 +40301,51 @@
       </c>
       <c r="I816" s="2">
         <v>358</v>
       </c>
       <c r="J816" s="2">
         <v>54</v>
       </c>
       <c r="K816" s="2">
         <v>100</v>
       </c>
       <c r="L816" s="2">
         <v>67</v>
       </c>
       <c r="M816" s="2">
         <v>0</v>
       </c>
       <c r="N816" s="2">
         <v>167</v>
       </c>
     </row>
     <row r="817" spans="1:14">
       <c r="A817" s="2">
         <v>107280</v>
       </c>
       <c r="B817" s="2" t="s">
-        <v>690</v>
+        <v>688</v>
       </c>
       <c r="C817" s="2" t="s">
         <v>1998</v>
       </c>
       <c r="D817" s="2"/>
       <c r="E817" s="2">
         <v>7552</v>
       </c>
       <c r="F817" s="2"/>
       <c r="G817" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H817" s="2" t="s">
         <v>1999</v>
       </c>
       <c r="I817" s="2">
         <v>359</v>
       </c>
       <c r="J817" s="2">
         <v>305</v>
       </c>
       <c r="K817" s="2">
         <v>100</v>
       </c>
       <c r="L817" s="2">