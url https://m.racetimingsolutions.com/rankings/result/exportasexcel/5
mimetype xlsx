--- v0 (2025-12-05)
+++ v1 (2026-01-31)
@@ -194,92 +194,92 @@
   <si>
     <t xml:space="preserve">Heoyong </t>
   </si>
   <si>
     <t>Pil</t>
   </si>
   <si>
     <t>허용필</t>
   </si>
   <si>
     <t>08:02:20</t>
   </si>
   <si>
     <t>Cory</t>
   </si>
   <si>
     <t>Lewandowski</t>
   </si>
   <si>
     <t>United States</t>
   </si>
   <si>
     <t>07:34:17</t>
   </si>
   <si>
+    <t>Meroney</t>
+  </si>
+  <si>
+    <t>Lee</t>
+  </si>
+  <si>
+    <t>08:11:22</t>
+  </si>
+  <si>
     <t>Marie</t>
   </si>
   <si>
     <t>McNaughton</t>
   </si>
   <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>Female</t>
   </si>
   <si>
     <t>07:42:32</t>
   </si>
   <si>
-    <t>Meroney</t>
-[...5 lines deleted...]
-    <t>08:11:22</t>
+    <t>Takuhei</t>
+  </si>
+  <si>
+    <t>Ohno</t>
+  </si>
+  <si>
+    <t>07:52:54</t>
   </si>
   <si>
     <t>Y</t>
   </si>
   <si>
     <t>Takashiamada</t>
   </si>
   <si>
     <t>08:16:11</t>
   </si>
   <si>
-    <t>Takuhei</t>
-[...7 lines deleted...]
-  <si>
     <t>Yukari</t>
   </si>
   <si>
     <t>Fukuda</t>
   </si>
   <si>
     <t>08:19:50</t>
   </si>
   <si>
     <t>Gue Rim</t>
   </si>
   <si>
     <t>Ji</t>
   </si>
   <si>
     <t>07:58:24</t>
   </si>
   <si>
     <t>Juan</t>
   </si>
   <si>
     <t>Belman Ortiz</t>
   </si>
   <si>
     <t>Mexico</t>
@@ -311,92 +311,92 @@
   <si>
     <t>Yunseok</t>
   </si>
   <si>
     <t>Yong</t>
   </si>
   <si>
     <t>윤석용</t>
   </si>
   <si>
     <t>08:38:17</t>
   </si>
   <si>
     <t>Jonathan</t>
   </si>
   <si>
     <t>Baggett</t>
   </si>
   <si>
     <t>08:42:49</t>
   </si>
   <si>
     <t>08:07:18</t>
   </si>
   <si>
+    <t>Mingyu</t>
+  </si>
+  <si>
+    <t>Park</t>
+  </si>
+  <si>
+    <t>박민규</t>
+  </si>
+  <si>
+    <t>08:45:59</t>
+  </si>
+  <si>
     <t>Lee Kyu</t>
   </si>
   <si>
     <t>Hwan</t>
   </si>
   <si>
     <t>08:14:19</t>
   </si>
   <si>
-    <t>Mingyu</t>
-[...8 lines deleted...]
-    <t>08:45:59</t>
+    <t>Yiho</t>
+  </si>
+  <si>
+    <t>Seop</t>
+  </si>
+  <si>
+    <t>이호섭</t>
+  </si>
+  <si>
+    <t>09:03:51</t>
   </si>
   <si>
     <t>Jeong.yong</t>
   </si>
   <si>
     <t>Go</t>
   </si>
   <si>
     <t>08:18:03</t>
   </si>
   <si>
-    <t>Yiho</t>
-[...10 lines deleted...]
-  <si>
     <t>09:09:36</t>
   </si>
   <si>
     <t>Jae Kwang</t>
   </si>
   <si>
     <t>08:18:56</t>
   </si>
   <si>
     <t>Dae Cheol</t>
   </si>
   <si>
     <t>Kang</t>
   </si>
   <si>
     <t>08:40:07</t>
   </si>
   <si>
     <t>Scott Andrew</t>
   </si>
   <si>
     <t>Knowlton</t>
   </si>
   <si>
     <t>09:14:46</t>
@@ -542,164 +542,164 @@
   <si>
     <t>김용운</t>
   </si>
   <si>
     <t>09:33:08</t>
   </si>
   <si>
     <t>Kil Seong</t>
   </si>
   <si>
     <t>Gangju</t>
   </si>
   <si>
     <t>Hyeong</t>
   </si>
   <si>
     <t>강주형</t>
   </si>
   <si>
     <t>09:37:12</t>
   </si>
   <si>
     <t>Dong Yang</t>
   </si>
   <si>
+    <t>08:59:39</t>
+  </si>
+  <si>
     <t>Yunil</t>
   </si>
   <si>
     <t>윤일성</t>
   </si>
   <si>
     <t>09:37:28</t>
   </si>
   <si>
-    <t>08:59:39</t>
-[...1 lines deleted...]
-  <si>
     <t>Young</t>
   </si>
   <si>
     <t>Doo</t>
   </si>
   <si>
     <t>김두영</t>
   </si>
   <si>
     <t>09:38:04</t>
   </si>
   <si>
     <t>Heejae</t>
   </si>
   <si>
     <t>09:03:18</t>
   </si>
   <si>
+    <t>William</t>
+  </si>
+  <si>
+    <t>Soucie</t>
+  </si>
+  <si>
+    <t>09:04:48</t>
+  </si>
+  <si>
     <t>Josh</t>
   </si>
   <si>
     <t>Baker</t>
   </si>
   <si>
     <t>09:39:15</t>
   </si>
   <si>
-    <t>William</t>
-[...5 lines deleted...]
-    <t>09:04:48</t>
+    <t>Jeong-sun</t>
+  </si>
+  <si>
+    <t>09:05:05</t>
   </si>
   <si>
     <t>Garrett</t>
   </si>
   <si>
     <t>Skinner</t>
   </si>
   <si>
     <t>09:41:54</t>
   </si>
   <si>
-    <t>Jeong-sun</t>
-[...4 lines deleted...]
-  <si>
     <t>Yongjun</t>
   </si>
   <si>
     <t>Ju</t>
   </si>
   <si>
     <t>09:07:08</t>
   </si>
   <si>
     <t>Janboyo</t>
   </si>
   <si>
     <t>Ung</t>
   </si>
   <si>
     <t>장보영</t>
   </si>
   <si>
     <t>09:43:39</t>
   </si>
   <si>
     <t>Hiroshi</t>
   </si>
   <si>
     <t>Ando</t>
   </si>
   <si>
     <t>09:45:09</t>
   </si>
   <si>
     <t>Sung Hee</t>
   </si>
   <si>
     <t>09:12:48</t>
   </si>
   <si>
+    <t>Song Jun</t>
+  </si>
+  <si>
+    <t>09:12:57</t>
+  </si>
+  <si>
     <t>Gimjeong</t>
   </si>
   <si>
     <t>김정환</t>
   </si>
   <si>
     <t>09:46:07</t>
   </si>
   <si>
-    <t>Song Jun</t>
-[...4 lines deleted...]
-  <si>
     <t>Seokhwan</t>
   </si>
   <si>
     <t>Hwang</t>
   </si>
   <si>
     <t>09:16:06</t>
   </si>
   <si>
     <t>Yoji</t>
   </si>
   <si>
     <t>Ueno</t>
   </si>
   <si>
     <t>09:49:35</t>
   </si>
   <si>
     <t>Yisu</t>
   </si>
   <si>
     <t>Yun</t>
   </si>
   <si>
     <t>이수윤</t>
@@ -728,65 +728,65 @@
   <si>
     <t>Anderson</t>
   </si>
   <si>
     <t>10:02:39</t>
   </si>
   <si>
     <t>Bo Young</t>
   </si>
   <si>
     <t>Jan</t>
   </si>
   <si>
     <t>09:22:23</t>
   </si>
   <si>
     <t>Gimgi</t>
   </si>
   <si>
     <t>김기운</t>
   </si>
   <si>
     <t>10:03:37</t>
   </si>
   <si>
+    <t>Seongjo</t>
+  </si>
+  <si>
     <t>Hong</t>
   </si>
   <si>
+    <t>09:23:09</t>
+  </si>
+  <si>
     <t>강주홍</t>
   </si>
   <si>
     <t>10:06:17</t>
   </si>
   <si>
-    <t>Seongjo</t>
-[...4 lines deleted...]
-  <si>
     <t>Jumg Bae</t>
   </si>
   <si>
     <t>09:24:13</t>
   </si>
   <si>
     <t>Yimi</t>
   </si>
   <si>
     <t>Jin</t>
   </si>
   <si>
     <t>이미진</t>
   </si>
   <si>
     <t>10:06:18</t>
   </si>
   <si>
     <t>Mayumi</t>
   </si>
   <si>
     <t>Watanabe</t>
   </si>
   <si>
     <t>10:07:59</t>
@@ -848,122 +848,122 @@
   <si>
     <t>Gyu Hyun</t>
   </si>
   <si>
     <t>Nam</t>
   </si>
   <si>
     <t>09:30:10</t>
   </si>
   <si>
     <t>Hongseok</t>
   </si>
   <si>
     <t>09:31:34</t>
   </si>
   <si>
     <t>Mylene</t>
   </si>
   <si>
     <t>Petit de la Rodiere</t>
   </si>
   <si>
     <t>10:15:35</t>
   </si>
   <si>
+    <t>Gyesook</t>
+  </si>
+  <si>
+    <t>09:33:02</t>
+  </si>
+  <si>
     <t>Bakyang</t>
   </si>
   <si>
     <t>Hui</t>
   </si>
   <si>
     <t>박양희</t>
   </si>
   <si>
     <t>10:16:45</t>
   </si>
   <si>
-    <t>Gyesook</t>
-[...4 lines deleted...]
-  <si>
     <t>Cheonyoung</t>
   </si>
   <si>
     <t>Gi</t>
   </si>
   <si>
     <t>천영기</t>
   </si>
   <si>
     <t>10:19:09</t>
   </si>
   <si>
     <t>Eun Sook</t>
   </si>
   <si>
     <t>Baek</t>
   </si>
   <si>
     <t>09:33:28</t>
   </si>
   <si>
     <t>Jojun</t>
   </si>
   <si>
     <t>Woo</t>
   </si>
   <si>
     <t>조준우</t>
   </si>
   <si>
     <t>10:19:15</t>
   </si>
   <si>
     <t>09:35:32</t>
   </si>
   <si>
+    <t>Angyeong</t>
+  </si>
+  <si>
+    <t>안경남</t>
+  </si>
+  <si>
+    <t>10:19:39</t>
+  </si>
+  <si>
     <t>Suhyun</t>
   </si>
   <si>
     <t>Eom</t>
   </si>
   <si>
     <t>09:38:33</t>
   </si>
   <si>
-    <t>Angyeong</t>
-[...7 lines deleted...]
-  <si>
     <t>Jinsik</t>
   </si>
   <si>
     <t>Lim</t>
   </si>
   <si>
     <t>09:38:57</t>
   </si>
   <si>
     <t>Hyonshim</t>
   </si>
   <si>
     <t>Chong</t>
   </si>
   <si>
     <t>10:22:16</t>
   </si>
   <si>
     <t>Gimjung</t>
   </si>
   <si>
     <t>김중원</t>
   </si>
   <si>
     <t>10:26:13</t>
@@ -1025,143 +1025,143 @@
   <si>
     <t>10:28:02</t>
   </si>
   <si>
     <t>Kyounghwan</t>
   </si>
   <si>
     <t>09:44:59</t>
   </si>
   <si>
     <t>Lai Pui</t>
   </si>
   <si>
     <t>09:45:24</t>
   </si>
   <si>
     <t>Gimseung</t>
   </si>
   <si>
     <t>김승원</t>
   </si>
   <si>
     <t>10:30:29</t>
   </si>
   <si>
+    <t>Bakseok</t>
+  </si>
+  <si>
+    <t>Hyeon</t>
+  </si>
+  <si>
+    <t>박석현</t>
+  </si>
+  <si>
+    <t>10:30:45</t>
+  </si>
+  <si>
     <t>Jinheon</t>
   </si>
   <si>
     <t>09:45:54</t>
   </si>
   <si>
-    <t>Bakseok</t>
-[...10 lines deleted...]
-  <si>
     <t>Tanya</t>
   </si>
   <si>
     <t>Bennett</t>
   </si>
   <si>
     <t>10:33:40</t>
   </si>
   <si>
     <t>Kwang Hyun</t>
   </si>
   <si>
     <t>09:47:27</t>
   </si>
   <si>
     <t>Bakmin</t>
   </si>
   <si>
     <t>Su</t>
   </si>
   <si>
     <t>박민수</t>
   </si>
   <si>
     <t>10:36:32</t>
   </si>
   <si>
     <t>Sebastian</t>
   </si>
   <si>
     <t>Fischoeder</t>
   </si>
   <si>
     <t>Germany</t>
   </si>
   <si>
     <t>09:48:14</t>
   </si>
   <si>
+    <t>Choeseong</t>
+  </si>
+  <si>
+    <t>Jun</t>
+  </si>
+  <si>
+    <t>최성준</t>
+  </si>
+  <si>
+    <t>10:37:44</t>
+  </si>
+  <si>
     <t>Soodong</t>
   </si>
   <si>
     <t>09:48:15</t>
   </si>
   <si>
-    <t>Choeseong</t>
-[...8 lines deleted...]
-    <t>10:37:44</t>
+    <t>Seok</t>
+  </si>
+  <si>
+    <t>김진석</t>
+  </si>
+  <si>
+    <t>10:39:33</t>
   </si>
   <si>
     <t>Hoon Sung</t>
   </si>
   <si>
     <t>Cho</t>
   </si>
   <si>
     <t>09:49:31</t>
   </si>
   <si>
-    <t>Seok</t>
-[...7 lines deleted...]
-  <si>
     <t>Sarah</t>
   </si>
   <si>
     <t>Goudreau</t>
   </si>
   <si>
     <t>10:41:16</t>
   </si>
   <si>
     <t>Sun-joong</t>
   </si>
   <si>
     <t>09:49:43</t>
   </si>
   <si>
     <t>Collin</t>
   </si>
   <si>
     <t>Cooley</t>
   </si>
   <si>
     <t>10:41:22</t>
   </si>
   <si>
     <t>Ki Chan</t>
@@ -1229,65 +1229,65 @@
   <si>
     <t>Mi</t>
   </si>
   <si>
     <t>김영미</t>
   </si>
   <si>
     <t>10:50:57</t>
   </si>
   <si>
     <t>Duyeong</t>
   </si>
   <si>
     <t>09:53:54</t>
   </si>
   <si>
     <t>Ygyu</t>
   </si>
   <si>
     <t>이규현</t>
   </si>
   <si>
     <t>10:51:58</t>
   </si>
   <si>
+    <t>Jooho</t>
+  </si>
+  <si>
+    <t>Yum</t>
+  </si>
+  <si>
+    <t>09:54:36</t>
+  </si>
+  <si>
     <t>Peter</t>
   </si>
   <si>
     <t>French</t>
   </si>
   <si>
-    <t>Jooho</t>
-[...7 lines deleted...]
-  <si>
     <t>Bakseong</t>
   </si>
   <si>
     <t>Yeol</t>
   </si>
   <si>
     <t>박성열</t>
   </si>
   <si>
     <t>10:52:27</t>
   </si>
   <si>
     <t>Kiyoung</t>
   </si>
   <si>
     <t>09:58:32</t>
   </si>
   <si>
     <t>Koji</t>
   </si>
   <si>
     <t>Nakatsuji</t>
   </si>
   <si>
     <t>10:01:27</t>
@@ -1301,149 +1301,149 @@
   <si>
     <t>이춘범</t>
   </si>
   <si>
     <t>10:53:16</t>
   </si>
   <si>
     <t>Han Sung</t>
   </si>
   <si>
     <t>10:04:35</t>
   </si>
   <si>
     <t>Gimseok</t>
   </si>
   <si>
     <t>Gwan</t>
   </si>
   <si>
     <t>김석관</t>
   </si>
   <si>
     <t>10:54:25</t>
   </si>
   <si>
+    <t>Giyeob</t>
+  </si>
+  <si>
+    <t>Li</t>
+  </si>
+  <si>
+    <t>10:08:50</t>
+  </si>
+  <si>
     <t>Wu</t>
   </si>
   <si>
     <t>10:56:24</t>
   </si>
   <si>
-    <t>Giyeob</t>
-[...7 lines deleted...]
-  <si>
     <t>Incheol</t>
   </si>
   <si>
     <t>Noh</t>
   </si>
   <si>
     <t>10:09:44</t>
   </si>
   <si>
     <t>Sabrina</t>
   </si>
   <si>
     <t>10:56:39</t>
   </si>
   <si>
     <t>Jaewon</t>
   </si>
   <si>
     <t>Um</t>
   </si>
   <si>
     <t>10:11:37</t>
   </si>
   <si>
     <t>Eizo</t>
   </si>
   <si>
     <t>Koga</t>
   </si>
   <si>
     <t>10:57:48</t>
   </si>
   <si>
     <t>Kangwon</t>
   </si>
   <si>
     <t>10:12:07</t>
   </si>
   <si>
     <t>Benjamin</t>
   </si>
   <si>
     <t>Joslin</t>
   </si>
   <si>
     <t>11:00:12</t>
   </si>
   <si>
+    <t>Hoi Pal</t>
+  </si>
+  <si>
+    <t>An</t>
+  </si>
+  <si>
+    <t>10:16:44</t>
+  </si>
+  <si>
     <t>Sonseong</t>
   </si>
   <si>
     <t>손성수</t>
   </si>
   <si>
     <t>11:04:56</t>
   </si>
   <si>
-    <t>Hoi Pal</t>
-[...5 lines deleted...]
-    <t>10:16:44</t>
+    <t>Miyeong</t>
+  </si>
+  <si>
+    <t>10:16:49</t>
   </si>
   <si>
     <t>Wonjong</t>
   </si>
   <si>
     <t>Man</t>
   </si>
   <si>
     <t>원종만</t>
   </si>
   <si>
     <t>11:04:59</t>
   </si>
   <si>
-    <t>Miyeong</t>
-[...4 lines deleted...]
-  <si>
     <t>Won Bin</t>
   </si>
   <si>
     <t>10:16:57</t>
   </si>
   <si>
     <t>Imtae</t>
   </si>
   <si>
     <t>임태원</t>
   </si>
   <si>
     <t>11:06:45</t>
   </si>
   <si>
     <t>Jangdeok</t>
   </si>
   <si>
     <t>Pyo</t>
   </si>
   <si>
     <t>장덕표</t>
   </si>
   <si>
     <t>11:07:23</t>
@@ -1490,563 +1490,563 @@
   <si>
     <t>11:14:19</t>
   </si>
   <si>
     <t>Park Ki</t>
   </si>
   <si>
     <t>박기홍</t>
   </si>
   <si>
     <t>11:15:02</t>
   </si>
   <si>
     <t>Mei Lun Melissa</t>
   </si>
   <si>
     <t>Yeung</t>
   </si>
   <si>
     <t>楊美倫</t>
   </si>
   <si>
     <t>10:24:28</t>
   </si>
   <si>
+    <t>11:15:03</t>
+  </si>
+  <si>
     <t>Jong Lyoul</t>
   </si>
   <si>
     <t>10:25:17</t>
   </si>
   <si>
-    <t>11:15:03</t>
+    <t>Ilseon</t>
+  </si>
+  <si>
+    <t>Gang</t>
+  </si>
+  <si>
+    <t>강일선</t>
+  </si>
+  <si>
+    <t>11:18:09</t>
   </si>
   <si>
     <t>Jake</t>
   </si>
   <si>
     <t>Shean</t>
   </si>
   <si>
     <t>10:25:25</t>
   </si>
   <si>
-    <t>Ilseon</t>
-[...8 lines deleted...]
-    <t>11:18:09</t>
+    <t>Inseok</t>
+  </si>
+  <si>
+    <t>10:25:47</t>
   </si>
   <si>
     <t>Anjae</t>
   </si>
   <si>
     <t>Cheol</t>
   </si>
   <si>
     <t>안재철</t>
   </si>
   <si>
-    <t>Inseok</t>
-[...2 lines deleted...]
-    <t>10:25:47</t>
+    <t>Pyong Kyun</t>
+  </si>
+  <si>
+    <t>10:26:09</t>
   </si>
   <si>
     <t>Ijung</t>
   </si>
   <si>
     <t>Mu</t>
   </si>
   <si>
     <t>이중무</t>
   </si>
   <si>
-    <t>Pyong Kyun</t>
-[...2 lines deleted...]
-    <t>10:26:09</t>
+    <t>Yunwon</t>
+  </si>
+  <si>
+    <t>Gu</t>
+  </si>
+  <si>
+    <t>윤원구</t>
+  </si>
+  <si>
+    <t>11:18:41</t>
   </si>
   <si>
     <t>Dog Gi</t>
   </si>
   <si>
     <t>10:26:55</t>
   </si>
   <si>
-    <t>Yunwon</t>
-[...8 lines deleted...]
-    <t>11:18:41</t>
+    <t>Hwan Deok</t>
+  </si>
+  <si>
+    <t>10:29:42</t>
   </si>
   <si>
     <t>Yunsun</t>
   </si>
   <si>
     <t>윤순남</t>
   </si>
   <si>
     <t>11:19:13</t>
   </si>
   <si>
-    <t>Hwan Deok</t>
-[...2 lines deleted...]
-    <t>10:29:42</t>
+    <t>Sangtae</t>
+  </si>
+  <si>
+    <t>10:29:59</t>
   </si>
   <si>
     <t>Hongdong</t>
   </si>
   <si>
     <t>홍동표</t>
   </si>
   <si>
     <t>11:19:16</t>
   </si>
   <si>
-    <t>Sangtae</t>
-[...4 lines deleted...]
-  <si>
     <t>Jangman</t>
   </si>
   <si>
     <t>장만윤</t>
   </si>
   <si>
     <t>11:19:18</t>
   </si>
   <si>
     <t>Sungsik</t>
   </si>
   <si>
     <t>Joh</t>
   </si>
   <si>
     <t>10:31:29</t>
   </si>
   <si>
+    <t>Taewook</t>
+  </si>
+  <si>
+    <t>Bihn</t>
+  </si>
+  <si>
+    <t>10:31:54</t>
+  </si>
+  <si>
     <t>Gohyeong</t>
   </si>
   <si>
     <t>고형철</t>
   </si>
   <si>
     <t>11:19:37</t>
   </si>
   <si>
-    <t>Taewook</t>
-[...7 lines deleted...]
-  <si>
     <t>Wilko</t>
   </si>
   <si>
     <t>TP Dijksma</t>
   </si>
   <si>
     <t>Netherlands</t>
   </si>
   <si>
     <t>11:20:01</t>
   </si>
   <si>
     <t>Hyeon Soo</t>
   </si>
   <si>
     <t>10:31:55</t>
   </si>
   <si>
+    <t>Jongtae</t>
+  </si>
+  <si>
+    <t>이종태</t>
+  </si>
+  <si>
     <t>Jongsoo</t>
   </si>
   <si>
     <t>10:32:58</t>
   </si>
   <si>
-    <t>Jongtae</t>
-[...4 lines deleted...]
-  <si>
     <t>Songang</t>
   </si>
   <si>
     <t>손강희</t>
   </si>
   <si>
     <t>11:20:06</t>
   </si>
   <si>
     <t>Wonyeong</t>
   </si>
   <si>
     <t>Lyu</t>
   </si>
   <si>
     <t>10:33:41</t>
   </si>
   <si>
     <t>Anhae</t>
   </si>
   <si>
     <t>안해운</t>
   </si>
   <si>
     <t>Jintae</t>
   </si>
   <si>
     <t>10:35:02</t>
   </si>
   <si>
+    <t>Dae-yeon</t>
+  </si>
+  <si>
+    <t>10:36:09</t>
+  </si>
+  <si>
     <t>Shi</t>
   </si>
   <si>
     <t>11:21:51</t>
   </si>
   <si>
-    <t>Dae-yeon</t>
-[...4 lines deleted...]
-  <si>
     <t>Yeongho</t>
   </si>
   <si>
     <t>10:36:54</t>
   </si>
   <si>
     <t>Yanggyeong</t>
   </si>
   <si>
     <t>Sik</t>
   </si>
   <si>
     <t>양경식</t>
   </si>
   <si>
+    <t>Yongsuk</t>
+  </si>
+  <si>
+    <t>Jang</t>
+  </si>
+  <si>
+    <t>10:36:56</t>
+  </si>
+  <si>
     <t>Santiago</t>
   </si>
   <si>
     <t>Morales</t>
   </si>
   <si>
     <t>11:22:41</t>
   </si>
   <si>
-    <t>Yongsuk</t>
-[...5 lines deleted...]
-    <t>10:36:56</t>
+    <t>Jing</t>
+  </si>
+  <si>
+    <t>李璟</t>
+  </si>
+  <si>
+    <t>11:25:13</t>
   </si>
   <si>
     <t>Seong Hun</t>
   </si>
   <si>
     <t>10:38:31</t>
   </si>
   <si>
-    <t>Jing</t>
-[...7 lines deleted...]
-  <si>
     <t>Ganghyo</t>
   </si>
   <si>
     <t>Chan</t>
   </si>
   <si>
     <t>강효찬</t>
   </si>
   <si>
     <t>11:26:48</t>
   </si>
   <si>
     <t>Yeonhwa</t>
   </si>
   <si>
     <t>10:39:57</t>
   </si>
   <si>
     <t>Yigye</t>
   </si>
   <si>
     <t>Suk</t>
   </si>
   <si>
     <t>이계숙</t>
   </si>
   <si>
     <t>11:28:03</t>
   </si>
   <si>
     <t>Jongnam</t>
   </si>
   <si>
     <t>Roh</t>
   </si>
   <si>
     <t>10:40:05</t>
   </si>
   <si>
+    <t>Jemin</t>
+  </si>
+  <si>
+    <t>Jeong</t>
+  </si>
+  <si>
+    <t>10:42:58</t>
+  </si>
+  <si>
     <t>Eduardo</t>
   </si>
   <si>
     <t>Cornejo</t>
   </si>
   <si>
     <t>11:29:52</t>
   </si>
   <si>
-    <t>Jemin</t>
-[...7 lines deleted...]
-  <si>
     <t>Inkong</t>
   </si>
   <si>
     <t>10:47:15</t>
   </si>
   <si>
     <t>Gimjae</t>
   </si>
   <si>
     <t>김재홍</t>
   </si>
   <si>
     <t>11:29:53</t>
   </si>
   <si>
     <t>Uk</t>
   </si>
   <si>
     <t>김용욱</t>
   </si>
   <si>
     <t>11:29:54</t>
   </si>
   <si>
     <t>10:48:19</t>
   </si>
   <si>
+    <t>Mason</t>
+  </si>
+  <si>
+    <t>Robinson</t>
+  </si>
+  <si>
+    <t>11:30:01</t>
+  </si>
+  <si>
     <t>Wonkyo</t>
   </si>
   <si>
     <t>Ko</t>
   </si>
   <si>
     <t>10:48:30</t>
   </si>
   <si>
-    <t>Mason</t>
-[...5 lines deleted...]
-    <t>11:30:01</t>
+    <t>Jong Sung</t>
+  </si>
+  <si>
+    <t>10:48:43</t>
   </si>
   <si>
     <t>Yuhui</t>
   </si>
   <si>
     <t>Sang</t>
   </si>
   <si>
     <t>유희상</t>
   </si>
   <si>
     <t>11:30:12</t>
   </si>
   <si>
-    <t>Jong Sung</t>
-[...2 lines deleted...]
-    <t>10:48:43</t>
+    <t>Floriane</t>
+  </si>
+  <si>
+    <t>Delpouve</t>
+  </si>
+  <si>
+    <t>10:48:51</t>
   </si>
   <si>
     <t>Daewon</t>
   </si>
   <si>
     <t>김대원</t>
   </si>
   <si>
     <t>11:30:57</t>
   </si>
   <si>
-    <t>Floriane</t>
-[...7 lines deleted...]
-  <si>
     <t>10:51:31</t>
   </si>
   <si>
     <t>Isang</t>
   </si>
   <si>
     <t>Im</t>
   </si>
   <si>
     <t>이상임</t>
   </si>
   <si>
+    <t>Gimseong</t>
+  </si>
+  <si>
+    <t>Gyeong</t>
+  </si>
+  <si>
+    <t>김성경</t>
+  </si>
+  <si>
+    <t>11:30:59</t>
+  </si>
+  <si>
     <t>Bongjae</t>
   </si>
   <si>
     <t>10:53:32</t>
   </si>
   <si>
-    <t>Gimseong</t>
-[...10 lines deleted...]
-  <si>
     <t>X</t>
   </si>
   <si>
     <t>10:55:42</t>
   </si>
   <si>
     <t>Joseong</t>
   </si>
   <si>
     <t>조성수</t>
   </si>
   <si>
     <t>11:31:11</t>
   </si>
   <si>
+    <t>James</t>
+  </si>
+  <si>
+    <t>Dinatale</t>
+  </si>
+  <si>
+    <t>10:57:39</t>
+  </si>
+  <si>
     <t>Aurelia</t>
   </si>
   <si>
     <t>Veyre</t>
   </si>
   <si>
     <t>11:31:15</t>
   </si>
   <si>
-    <t>James</t>
-[...7 lines deleted...]
-  <si>
     <t>Ki Hwan</t>
   </si>
   <si>
     <t>10:58:27</t>
   </si>
   <si>
     <t>Yimyeong</t>
   </si>
   <si>
     <t>이명우</t>
   </si>
   <si>
     <t>11:32:06</t>
   </si>
   <si>
     <t>Matthew</t>
   </si>
   <si>
     <t>Kusyk</t>
   </si>
   <si>
     <t>11:32:56</t>
   </si>
   <si>
     <t>Sanggon</t>
   </si>
   <si>
     <t>11:02:50</t>
   </si>
   <si>
+    <t>Ryoshi</t>
+  </si>
+  <si>
+    <t>Nakamura</t>
+  </si>
+  <si>
+    <t>11:36:17</t>
+  </si>
+  <si>
     <t>Kent</t>
   </si>
   <si>
     <t>Stander</t>
   </si>
   <si>
     <t>11:03:40</t>
   </si>
   <si>
-    <t>Ryoshi</t>
-[...7 lines deleted...]
-  <si>
     <t>Carrie</t>
   </si>
   <si>
     <t>Canada</t>
   </si>
   <si>
     <t>11:03:41</t>
   </si>
   <si>
     <t>Choseong</t>
   </si>
   <si>
     <t>Bok</t>
   </si>
   <si>
     <t>최성복</t>
   </si>
   <si>
     <t>11:38:42</t>
   </si>
   <si>
     <t>Gwennole</t>
   </si>
   <si>
     <t>Hangard</t>
@@ -2057,89 +2057,89 @@
   <si>
     <t>Tony</t>
   </si>
   <si>
     <t>Lai</t>
   </si>
   <si>
     <t>11:40:00</t>
   </si>
   <si>
     <t>Sebastien</t>
   </si>
   <si>
     <t>Lay</t>
   </si>
   <si>
     <t>11:03:51</t>
   </si>
   <si>
     <t>Douglas</t>
   </si>
   <si>
     <t>Thai</t>
   </si>
   <si>
+    <t>11:41:19</t>
+  </si>
+  <si>
     <t>Hyungjun</t>
   </si>
   <si>
     <t>11:05:07</t>
   </si>
   <si>
-    <t>11:41:19</t>
+    <t>11:05:39</t>
   </si>
   <si>
     <t>Iseog</t>
   </si>
   <si>
     <t>이석초</t>
   </si>
   <si>
     <t>11:41:29</t>
   </si>
   <si>
-    <t>11:05:39</t>
+    <t>Sang Seog</t>
+  </si>
+  <si>
+    <t>Ha</t>
+  </si>
+  <si>
+    <t>11:05:42</t>
   </si>
   <si>
     <t>Gimhwan</t>
   </si>
   <si>
     <t>김환준</t>
   </si>
   <si>
     <t>11:42:01</t>
   </si>
   <si>
-    <t>Sang Seog</t>
-[...7 lines deleted...]
-  <si>
     <t>Naotaka</t>
   </si>
   <si>
     <t>Ibi</t>
   </si>
   <si>
     <t>11:08:16</t>
   </si>
   <si>
     <t>Gowong</t>
   </si>
   <si>
     <t>Yo</t>
   </si>
   <si>
     <t>고원교</t>
   </si>
   <si>
     <t>11:42:18</t>
   </si>
   <si>
     <t>Gimgih</t>
   </si>
   <si>
     <t>김기환</t>
@@ -2153,275 +2153,275 @@
   <si>
     <t>Yoshizawa</t>
   </si>
   <si>
     <t>11:08:21</t>
   </si>
   <si>
     <t>Chung Yee Joannie</t>
   </si>
   <si>
     <t>Ho</t>
   </si>
   <si>
     <t>11:08:24</t>
   </si>
   <si>
     <t xml:space="preserve">Ryo </t>
   </si>
   <si>
     <t>Haga</t>
   </si>
   <si>
     <t>11:43:36</t>
   </si>
   <si>
+    <t>Pratt</t>
+  </si>
+  <si>
+    <t>11:43:42</t>
+  </si>
+  <si>
     <t>Yongsik</t>
   </si>
   <si>
     <t>11:08:34</t>
   </si>
   <si>
-    <t>Pratt</t>
-[...4 lines deleted...]
-  <si>
     <t>Yun Sik</t>
   </si>
   <si>
     <t>11:09:21</t>
   </si>
   <si>
     <t>Yigyeong</t>
   </si>
   <si>
     <t>이경준</t>
   </si>
   <si>
     <t>11:45:23</t>
   </si>
   <si>
     <t>Keun Ho</t>
   </si>
   <si>
     <t>11:12:11</t>
   </si>
   <si>
     <t>Yiwon</t>
   </si>
   <si>
     <t>이원기</t>
   </si>
   <si>
     <t>11:45:54</t>
   </si>
   <si>
+    <t>Choeseok</t>
+  </si>
+  <si>
+    <t>Mun</t>
+  </si>
+  <si>
+    <t>최석문</t>
+  </si>
+  <si>
+    <t>11:46:46</t>
+  </si>
+  <si>
     <t>Jong Tae</t>
   </si>
   <si>
     <t>11:13:12</t>
   </si>
   <si>
-    <t>Choeseok</t>
-[...10 lines deleted...]
-  <si>
     <t>Woo Kyung</t>
   </si>
   <si>
     <t>11:14:48</t>
   </si>
   <si>
     <t>Janggwan</t>
   </si>
   <si>
     <t>장관웅</t>
   </si>
   <si>
     <t>11:48:22</t>
   </si>
   <si>
+    <t>Yiyong</t>
+  </si>
+  <si>
+    <t>Seon</t>
+  </si>
+  <si>
+    <t>이용선</t>
+  </si>
+  <si>
+    <t>11:49:16</t>
+  </si>
+  <si>
     <t>Euijae</t>
   </si>
   <si>
     <t>11:14:50</t>
   </si>
   <si>
-    <t>Yiyong</t>
-[...10 lines deleted...]
-  <si>
     <t>Bakpyeong</t>
   </si>
   <si>
     <t>박평균</t>
   </si>
   <si>
     <t>11:49:29</t>
   </si>
   <si>
     <t>Jason Jake</t>
   </si>
   <si>
     <t>Huff</t>
   </si>
   <si>
     <t>11:15:15</t>
   </si>
   <si>
+    <t>Tom</t>
+  </si>
+  <si>
+    <t>Brown</t>
+  </si>
+  <si>
+    <t>11:49:48</t>
+  </si>
+  <si>
     <t>Young Seok</t>
   </si>
   <si>
     <t>11:19:34</t>
   </si>
   <si>
-    <t>Tom</t>
-[...5 lines deleted...]
-    <t>11:49:48</t>
+    <t>David</t>
+  </si>
+  <si>
+    <t>Jones</t>
+  </si>
+  <si>
+    <t>11:50:02</t>
   </si>
   <si>
     <t>Yeonseok</t>
   </si>
   <si>
     <t>11:19:41</t>
   </si>
   <si>
-    <t>David</t>
-[...5 lines deleted...]
-    <t>11:50:02</t>
+    <t>Youk</t>
+  </si>
+  <si>
+    <t>Jong Dar</t>
+  </si>
+  <si>
+    <t>11:19:43</t>
   </si>
   <si>
     <t>Tae</t>
   </si>
   <si>
     <t>이원태</t>
   </si>
   <si>
     <t>11:50:27</t>
   </si>
   <si>
-    <t>Youk</t>
-[...5 lines deleted...]
-    <t>11:19:43</t>
+    <t>Yigi</t>
+  </si>
+  <si>
+    <t>이기재</t>
+  </si>
+  <si>
+    <t>11:50:50</t>
   </si>
   <si>
     <t>Hyunchul</t>
   </si>
   <si>
     <t>11:19:49</t>
   </si>
   <si>
-    <t>Yigi</t>
-[...5 lines deleted...]
-    <t>11:50:50</t>
+    <t>Sung Soon</t>
+  </si>
+  <si>
+    <t>Chang</t>
+  </si>
+  <si>
+    <t>11:19:53</t>
   </si>
   <si>
     <t>Imseul</t>
   </si>
   <si>
     <t>임슬기</t>
   </si>
   <si>
     <t>11:51:49</t>
   </si>
   <si>
-    <t>Sung Soon</t>
-[...5 lines deleted...]
-    <t>11:19:53</t>
+    <t>Jongmin</t>
+  </si>
+  <si>
+    <t>11:21:19</t>
   </si>
   <si>
     <t>Jihoon</t>
   </si>
   <si>
     <t>이지훈</t>
   </si>
   <si>
     <t>11:52:33</t>
   </si>
   <si>
-    <t>Jongmin</t>
-[...2 lines deleted...]
-    <t>11:21:19</t>
+    <t>Tucker</t>
+  </si>
+  <si>
+    <t>Barrett</t>
+  </si>
+  <si>
+    <t>11:53:01</t>
   </si>
   <si>
     <t>Chansu</t>
   </si>
   <si>
     <t>Song</t>
   </si>
   <si>
     <t>11:23:41</t>
   </si>
   <si>
-    <t>Tucker</t>
-[...7 lines deleted...]
-  <si>
     <t>Chamin</t>
   </si>
   <si>
     <t>Hwa</t>
   </si>
   <si>
     <t>차민화</t>
   </si>
   <si>
     <t>11:53:31</t>
   </si>
   <si>
     <t>Mikko</t>
   </si>
   <si>
     <t>Walamies</t>
   </si>
   <si>
     <t>Finland</t>
   </si>
   <si>
     <t>11:26:01</t>
   </si>
   <si>
     <t>Janna</t>
@@ -2441,237 +2441,237 @@
   <si>
     <t>11:53:32</t>
   </si>
   <si>
     <t>Masashi</t>
   </si>
   <si>
     <t>Sugiura</t>
   </si>
   <si>
     <t>11:26:56</t>
   </si>
   <si>
     <t>Yichang</t>
   </si>
   <si>
     <t>Hae</t>
   </si>
   <si>
     <t>이창해</t>
   </si>
   <si>
     <t>11:53:33</t>
   </si>
   <si>
+    <t>Seung Ho</t>
+  </si>
+  <si>
+    <t>11:27:55</t>
+  </si>
+  <si>
     <t>Can</t>
   </si>
   <si>
     <t>Cui</t>
   </si>
   <si>
     <t>11:57:26</t>
   </si>
   <si>
-    <t>Seung Ho</t>
-[...2 lines deleted...]
-    <t>11:27:55</t>
+    <t>Kilyeong</t>
+  </si>
+  <si>
+    <t>11:28:05</t>
   </si>
   <si>
     <t>Peipei</t>
   </si>
   <si>
     <t>Fan</t>
   </si>
   <si>
-    <t>Kilyeong</t>
-[...2 lines deleted...]
-    <t>11:28:05</t>
+    <t>Gregory</t>
+  </si>
+  <si>
+    <t>Foster</t>
+  </si>
+  <si>
+    <t>11:57:28</t>
   </si>
   <si>
     <t>Changsoo</t>
   </si>
   <si>
     <t>Han</t>
   </si>
   <si>
     <t>11:29:13</t>
   </si>
   <si>
-    <t>Gregory</t>
-[...5 lines deleted...]
-    <t>11:57:28</t>
+    <t>Youngim</t>
+  </si>
+  <si>
+    <t>11:29:35</t>
   </si>
   <si>
     <t>Hao</t>
   </si>
   <si>
     <t>11:57:49</t>
   </si>
   <si>
-    <t>Youngim</t>
-[...4 lines deleted...]
-  <si>
     <t>Gong</t>
   </si>
   <si>
     <t>최성공</t>
   </si>
   <si>
     <t>11:58:18</t>
   </si>
   <si>
     <t>Jin Yong</t>
   </si>
   <si>
     <t>11:30:08</t>
   </si>
   <si>
+    <t>Yuchang</t>
+  </si>
+  <si>
+    <t>유창수</t>
+  </si>
+  <si>
     <t>Woosung</t>
   </si>
   <si>
     <t>11:30:17</t>
   </si>
   <si>
-    <t>Yuchang</t>
-[...4 lines deleted...]
-  <si>
     <t>Tomohide</t>
   </si>
   <si>
     <t>Hamano</t>
   </si>
   <si>
     <t>11:30:29</t>
   </si>
   <si>
     <t>Iseong</t>
   </si>
   <si>
     <t>Yeong</t>
   </si>
   <si>
     <t>이선경</t>
   </si>
   <si>
     <t>11:58:35</t>
   </si>
   <si>
     <t>Hak</t>
   </si>
   <si>
     <t>김재학</t>
   </si>
   <si>
     <t>12:00:24</t>
   </si>
   <si>
     <t>Sungheang</t>
   </si>
   <si>
     <t>11:30:38</t>
   </si>
   <si>
+    <t>Ruairidh</t>
+  </si>
+  <si>
+    <t>Squair</t>
+  </si>
+  <si>
+    <t>11:31:36</t>
+  </si>
+  <si>
     <t>Songgi</t>
   </si>
   <si>
     <t>송기성</t>
   </si>
   <si>
     <t>12:04:45</t>
   </si>
   <si>
-    <t>Ruairidh</t>
-[...5 lines deleted...]
-    <t>11:31:36</t>
+    <t>Sang Yun</t>
+  </si>
+  <si>
+    <t>11:31:47</t>
   </si>
   <si>
     <t>Seunim</t>
   </si>
   <si>
     <t>Jino</t>
   </si>
   <si>
     <t>진오 스님</t>
   </si>
   <si>
-    <t>Sang Yun</t>
-[...2 lines deleted...]
-    <t>11:31:47</t>
+    <t>Poh Suan</t>
+  </si>
+  <si>
+    <t>Puah</t>
+  </si>
+  <si>
+    <t>Singapore</t>
+  </si>
+  <si>
+    <t>12:05:15</t>
   </si>
   <si>
     <t>Jiyoung</t>
   </si>
   <si>
     <t>11:31:48</t>
   </si>
   <si>
-    <t>Poh Suan</t>
-[...8 lines deleted...]
-    <t>12:05:15</t>
+    <t>Anthony</t>
+  </si>
+  <si>
+    <t>Foust</t>
+  </si>
+  <si>
+    <t>12:06:17</t>
   </si>
   <si>
     <t>Mincheol</t>
   </si>
   <si>
     <t>Cha</t>
   </si>
   <si>
     <t>11:33:00</t>
-  </si>
-[...7 lines deleted...]
-    <t>12:06:17</t>
   </si>
   <si>
     <t>Sungchul</t>
   </si>
   <si>
     <t>Moon</t>
   </si>
   <si>
     <t>11:37:41</t>
   </si>
   <si>
     <t>Jiang</t>
   </si>
   <si>
     <t>Ming</t>
   </si>
   <si>
     <t>11:38:48</t>
   </si>
   <si>
     <t>Ahram</t>
   </si>
   <si>
     <t>11:39:54</t>
   </si>
@@ -5008,235 +5008,235 @@
       </c>
       <c r="H13" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I13" s="2">
         <v>6</v>
       </c>
       <c r="J13" s="2">
         <v>6</v>
       </c>
       <c r="K13" s="2">
         <v>100</v>
       </c>
       <c r="L13" s="2">
         <v>250</v>
       </c>
       <c r="M13" s="2">
         <v>0</v>
       </c>
       <c r="N13" s="2">
         <v>350</v>
       </c>
     </row>
     <row r="14" spans="1:14">
       <c r="A14" s="2">
-        <v>103663</v>
+        <v>100517</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>60</v>
       </c>
       <c r="C14" s="2" t="s">
         <v>61</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2">
-        <v>5230</v>
+        <v>5375</v>
       </c>
       <c r="F14" s="2" t="s">
+        <v>58</v>
+      </c>
+      <c r="G14" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="H14" s="2" t="s">
         <v>62</v>
-      </c>
-[...4 lines deleted...]
-        <v>64</v>
       </c>
       <c r="I14" s="2">
         <v>7</v>
       </c>
       <c r="J14" s="2">
-        <v>1</v>
+        <v>7</v>
       </c>
       <c r="K14" s="2">
         <v>100</v>
       </c>
       <c r="L14" s="2">
-        <v>400</v>
+        <v>240</v>
       </c>
       <c r="M14" s="2">
         <v>0</v>
       </c>
       <c r="N14" s="2">
-        <v>500</v>
+        <v>340</v>
       </c>
     </row>
     <row r="15" spans="1:14">
       <c r="A15" s="2">
-        <v>100517</v>
+        <v>103663</v>
       </c>
       <c r="B15" s="2" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="C15" s="2" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2">
-        <v>5375</v>
+        <v>5230</v>
       </c>
       <c r="F15" s="2" t="s">
-        <v>58</v>
+        <v>65</v>
       </c>
       <c r="G15" s="2" t="s">
-        <v>17</v>
+        <v>66</v>
       </c>
       <c r="H15" s="2" t="s">
         <v>67</v>
       </c>
       <c r="I15" s="2">
         <v>7</v>
       </c>
       <c r="J15" s="2">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="K15" s="2">
         <v>100</v>
       </c>
       <c r="L15" s="2">
-        <v>240</v>
+        <v>400</v>
       </c>
       <c r="M15" s="2">
         <v>0</v>
       </c>
       <c r="N15" s="2">
-        <v>340</v>
+        <v>500</v>
       </c>
     </row>
     <row r="16" spans="1:14">
       <c r="A16" s="2">
-        <v>100518</v>
+        <v>100525</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>68</v>
       </c>
       <c r="C16" s="2" t="s">
         <v>69</v>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2">
-        <v>5414</v>
+        <v>5034</v>
       </c>
       <c r="F16" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G16" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H16" s="2" t="s">
         <v>70</v>
       </c>
       <c r="I16" s="2">
         <v>8</v>
       </c>
       <c r="J16" s="2">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="K16" s="2">
         <v>100</v>
       </c>
       <c r="L16" s="2">
-        <v>230</v>
+        <v>240</v>
       </c>
       <c r="M16" s="2">
         <v>0</v>
       </c>
       <c r="N16" s="2">
-        <v>330</v>
+        <v>340</v>
       </c>
     </row>
     <row r="17" spans="1:14">
       <c r="A17" s="2">
-        <v>100525</v>
+        <v>100518</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>71</v>
       </c>
       <c r="C17" s="2" t="s">
         <v>72</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2">
-        <v>5034</v>
+        <v>5414</v>
       </c>
       <c r="F17" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G17" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H17" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I17" s="2">
         <v>8</v>
       </c>
       <c r="J17" s="2">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="K17" s="2">
         <v>100</v>
       </c>
       <c r="L17" s="2">
-        <v>240</v>
+        <v>230</v>
       </c>
       <c r="M17" s="2">
         <v>0</v>
       </c>
       <c r="N17" s="2">
-        <v>340</v>
+        <v>330</v>
       </c>
     </row>
     <row r="18" spans="1:14">
       <c r="A18" s="2">
         <v>100519</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>74</v>
       </c>
       <c r="C18" s="2" t="s">
         <v>75</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2">
         <v>5010</v>
       </c>
       <c r="F18" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G18" s="2" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="H18" s="2" t="s">
         <v>76</v>
       </c>
       <c r="I18" s="2">
         <v>9</v>
       </c>
       <c r="J18" s="2">
         <v>1</v>
       </c>
       <c r="K18" s="2">
         <v>100</v>
       </c>
       <c r="L18" s="2">
         <v>400</v>
       </c>
       <c r="M18" s="2">
         <v>0</v>
       </c>
       <c r="N18" s="2">
         <v>500</v>
       </c>
     </row>
     <row r="19" spans="1:14">
       <c r="A19" s="2">
@@ -5488,255 +5488,255 @@
       <c r="M24" s="2">
         <v>0</v>
       </c>
       <c r="N24" s="2">
         <v>300</v>
       </c>
     </row>
     <row r="25" spans="1:14">
       <c r="A25" s="2">
         <v>100519</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>74</v>
       </c>
       <c r="C25" s="2" t="s">
         <v>75</v>
       </c>
       <c r="D25" s="2"/>
       <c r="E25" s="2">
         <v>5004</v>
       </c>
       <c r="F25" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G25" s="2" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="H25" s="2" t="s">
         <v>98</v>
       </c>
       <c r="I25" s="2">
         <v>12</v>
       </c>
       <c r="J25" s="2">
         <v>2</v>
       </c>
       <c r="K25" s="2">
         <v>100</v>
       </c>
       <c r="L25" s="2">
         <v>350</v>
       </c>
       <c r="M25" s="2">
         <v>0</v>
       </c>
       <c r="N25" s="2">
         <v>450</v>
       </c>
     </row>
     <row r="26" spans="1:14">
       <c r="A26" s="2">
-        <v>101824</v>
+        <v>100523</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>99</v>
       </c>
       <c r="C26" s="2" t="s">
         <v>100</v>
       </c>
-      <c r="D26" s="2"/>
+      <c r="D26" s="2" t="s">
+        <v>101</v>
+      </c>
       <c r="E26" s="2">
-        <v>5009</v>
+        <v>5108</v>
       </c>
       <c r="F26" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G26" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H26" s="2" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="I26" s="2">
         <v>13</v>
       </c>
       <c r="J26" s="2">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="K26" s="2">
         <v>100</v>
       </c>
       <c r="L26" s="2">
-        <v>200</v>
+        <v>190</v>
       </c>
       <c r="M26" s="2">
         <v>0</v>
       </c>
       <c r="N26" s="2">
-        <v>300</v>
+        <v>290</v>
       </c>
     </row>
     <row r="27" spans="1:14">
       <c r="A27" s="2">
-        <v>100523</v>
+        <v>101824</v>
       </c>
       <c r="B27" s="2" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C27" s="2" t="s">
-        <v>103</v>
-[...1 lines deleted...]
-      <c r="D27" s="2" t="s">
         <v>104</v>
       </c>
+      <c r="D27" s="2"/>
       <c r="E27" s="2">
-        <v>5108</v>
+        <v>5009</v>
       </c>
       <c r="F27" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G27" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H27" s="2" t="s">
         <v>105</v>
       </c>
       <c r="I27" s="2">
         <v>13</v>
       </c>
       <c r="J27" s="2">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="K27" s="2">
         <v>100</v>
       </c>
       <c r="L27" s="2">
-        <v>190</v>
+        <v>200</v>
       </c>
       <c r="M27" s="2">
         <v>0</v>
       </c>
       <c r="N27" s="2">
-        <v>290</v>
+        <v>300</v>
       </c>
     </row>
     <row r="28" spans="1:14">
       <c r="A28" s="2">
-        <v>103668</v>
+        <v>100524</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>106</v>
       </c>
       <c r="C28" s="2" t="s">
         <v>107</v>
       </c>
-      <c r="D28" s="2"/>
+      <c r="D28" s="2" t="s">
+        <v>108</v>
+      </c>
       <c r="E28" s="2">
-        <v>5458</v>
+        <v>5235</v>
       </c>
       <c r="F28" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G28" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H28" s="2" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="I28" s="2">
         <v>14</v>
       </c>
       <c r="J28" s="2">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="K28" s="2">
         <v>100</v>
       </c>
       <c r="L28" s="2">
-        <v>190</v>
+        <v>180</v>
       </c>
       <c r="M28" s="2">
         <v>0</v>
       </c>
       <c r="N28" s="2">
-        <v>290</v>
+        <v>280</v>
       </c>
     </row>
     <row r="29" spans="1:14">
       <c r="A29" s="2">
-        <v>100524</v>
+        <v>103668</v>
       </c>
       <c r="B29" s="2" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="C29" s="2" t="s">
-        <v>110</v>
-[...1 lines deleted...]
-      <c r="D29" s="2" t="s">
         <v>111</v>
       </c>
+      <c r="D29" s="2"/>
       <c r="E29" s="2">
-        <v>5235</v>
+        <v>5458</v>
       </c>
       <c r="F29" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G29" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H29" s="2" t="s">
         <v>112</v>
       </c>
       <c r="I29" s="2">
         <v>14</v>
       </c>
       <c r="J29" s="2">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="K29" s="2">
         <v>100</v>
       </c>
       <c r="L29" s="2">
-        <v>180</v>
+        <v>190</v>
       </c>
       <c r="M29" s="2">
         <v>0</v>
       </c>
       <c r="N29" s="2">
-        <v>280</v>
+        <v>290</v>
       </c>
     </row>
     <row r="30" spans="1:14">
       <c r="A30" s="2">
         <v>100525</v>
       </c>
       <c r="B30" s="2" t="s">
-        <v>71</v>
+        <v>68</v>
       </c>
       <c r="C30" s="2" t="s">
-        <v>72</v>
+        <v>69</v>
       </c>
       <c r="D30" s="2"/>
       <c r="E30" s="2">
         <v>5002</v>
       </c>
       <c r="F30" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G30" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H30" s="2" t="s">
         <v>113</v>
       </c>
       <c r="I30" s="2">
         <v>15</v>
       </c>
       <c r="J30" s="2">
         <v>14</v>
       </c>
       <c r="K30" s="2">
         <v>100</v>
       </c>
       <c r="L30" s="2">
         <v>170</v>
@@ -5998,51 +5998,51 @@
       </c>
       <c r="N36" s="2">
         <v>250</v>
       </c>
     </row>
     <row r="37" spans="1:14">
       <c r="A37" s="2">
         <v>100528</v>
       </c>
       <c r="B37" s="2" t="s">
         <v>132</v>
       </c>
       <c r="C37" s="2" t="s">
         <v>133</v>
       </c>
       <c r="D37" s="2" t="s">
         <v>134</v>
       </c>
       <c r="E37" s="2">
         <v>5356</v>
       </c>
       <c r="F37" s="2" t="s">
         <v>135</v>
       </c>
       <c r="G37" s="2" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="H37" s="2" t="s">
         <v>136</v>
       </c>
       <c r="I37" s="2">
         <v>18</v>
       </c>
       <c r="J37" s="2">
         <v>2</v>
       </c>
       <c r="K37" s="2">
         <v>100</v>
       </c>
       <c r="L37" s="2">
         <v>350</v>
       </c>
       <c r="M37" s="2">
         <v>0</v>
       </c>
       <c r="N37" s="2">
         <v>450</v>
       </c>
     </row>
     <row r="38" spans="1:14">
       <c r="A38" s="2">
@@ -6074,51 +6074,51 @@
       </c>
       <c r="J38" s="2">
         <v>17</v>
       </c>
       <c r="K38" s="2">
         <v>100</v>
       </c>
       <c r="L38" s="2">
         <v>140</v>
       </c>
       <c r="M38" s="2">
         <v>0</v>
       </c>
       <c r="N38" s="2">
         <v>240</v>
       </c>
     </row>
     <row r="39" spans="1:14">
       <c r="A39" s="2">
         <v>103673</v>
       </c>
       <c r="B39" s="2" t="s">
         <v>141</v>
       </c>
       <c r="C39" s="2" t="s">
-        <v>66</v>
+        <v>61</v>
       </c>
       <c r="D39" s="2"/>
       <c r="E39" s="2">
         <v>5187</v>
       </c>
       <c r="F39" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G39" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H39" s="2" t="s">
         <v>142</v>
       </c>
       <c r="I39" s="2">
         <v>19</v>
       </c>
       <c r="J39" s="2">
         <v>17</v>
       </c>
       <c r="K39" s="2">
         <v>100</v>
       </c>
       <c r="L39" s="2">
         <v>140</v>
@@ -6202,105 +6202,105 @@
       </c>
       <c r="J41" s="2">
         <v>18</v>
       </c>
       <c r="K41" s="2">
         <v>100</v>
       </c>
       <c r="L41" s="2">
         <v>130</v>
       </c>
       <c r="M41" s="2">
         <v>0</v>
       </c>
       <c r="N41" s="2">
         <v>230</v>
       </c>
     </row>
     <row r="42" spans="1:14">
       <c r="A42" s="2">
         <v>101850</v>
       </c>
       <c r="B42" s="2" t="s">
         <v>150</v>
       </c>
       <c r="C42" s="2" t="s">
-        <v>66</v>
+        <v>61</v>
       </c>
       <c r="D42" s="2"/>
       <c r="E42" s="2">
         <v>5144</v>
       </c>
       <c r="F42" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G42" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H42" s="2" t="s">
         <v>151</v>
       </c>
       <c r="I42" s="2">
         <v>21</v>
       </c>
       <c r="J42" s="2">
         <v>19</v>
       </c>
       <c r="K42" s="2">
         <v>100</v>
       </c>
       <c r="L42" s="2">
         <v>120</v>
       </c>
       <c r="M42" s="2">
         <v>0</v>
       </c>
       <c r="N42" s="2">
         <v>220</v>
       </c>
     </row>
     <row r="43" spans="1:14">
       <c r="A43" s="2">
         <v>100531</v>
       </c>
       <c r="B43" s="2" t="s">
         <v>152</v>
       </c>
       <c r="C43" s="2" t="s">
-        <v>66</v>
+        <v>61</v>
       </c>
       <c r="D43" s="2" t="s">
         <v>153</v>
       </c>
       <c r="E43" s="2">
         <v>5202</v>
       </c>
       <c r="F43" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G43" s="2" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="H43" s="2" t="s">
         <v>154</v>
       </c>
       <c r="I43" s="2">
         <v>21</v>
       </c>
       <c r="J43" s="2">
         <v>3</v>
       </c>
       <c r="K43" s="2">
         <v>100</v>
       </c>
       <c r="L43" s="2">
         <v>325</v>
       </c>
       <c r="M43" s="2">
         <v>0</v>
       </c>
       <c r="N43" s="2">
         <v>425</v>
       </c>
     </row>
     <row r="44" spans="1:14">
       <c r="A44" s="2">
@@ -6498,51 +6498,51 @@
       </c>
       <c r="J48" s="2">
         <v>21</v>
       </c>
       <c r="K48" s="2">
         <v>100</v>
       </c>
       <c r="L48" s="2">
         <v>100</v>
       </c>
       <c r="M48" s="2">
         <v>0</v>
       </c>
       <c r="N48" s="2">
         <v>200</v>
       </c>
     </row>
     <row r="49" spans="1:14">
       <c r="A49" s="2">
         <v>103678</v>
       </c>
       <c r="B49" s="2" t="s">
         <v>170</v>
       </c>
       <c r="C49" s="2" t="s">
-        <v>66</v>
+        <v>61</v>
       </c>
       <c r="D49" s="2"/>
       <c r="E49" s="2">
         <v>5812</v>
       </c>
       <c r="F49" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G49" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H49" s="2" t="s">
         <v>165</v>
       </c>
       <c r="I49" s="2">
         <v>24</v>
       </c>
       <c r="J49" s="2">
         <v>22</v>
       </c>
       <c r="K49" s="2">
         <v>100</v>
       </c>
       <c r="L49" s="2">
         <v>99</v>
@@ -6581,173 +6581,173 @@
       </c>
       <c r="I50" s="2">
         <v>25</v>
       </c>
       <c r="J50" s="2">
         <v>22</v>
       </c>
       <c r="K50" s="2">
         <v>100</v>
       </c>
       <c r="L50" s="2">
         <v>99</v>
       </c>
       <c r="M50" s="2">
         <v>0</v>
       </c>
       <c r="N50" s="2">
         <v>199</v>
       </c>
     </row>
     <row r="51" spans="1:14">
       <c r="A51" s="2">
         <v>103679</v>
       </c>
       <c r="B51" s="2" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="C51" s="2" t="s">
         <v>175</v>
       </c>
       <c r="D51" s="2"/>
       <c r="E51" s="2">
         <v>5813</v>
       </c>
       <c r="F51" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G51" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H51" s="2" t="s">
         <v>165</v>
       </c>
       <c r="I51" s="2">
         <v>25</v>
       </c>
       <c r="J51" s="2">
         <v>23</v>
       </c>
       <c r="K51" s="2">
         <v>100</v>
       </c>
       <c r="L51" s="2">
         <v>98</v>
       </c>
       <c r="M51" s="2">
         <v>0</v>
       </c>
       <c r="N51" s="2">
         <v>198</v>
       </c>
     </row>
     <row r="52" spans="1:14">
       <c r="A52" s="2">
-        <v>100536</v>
+        <v>100531</v>
       </c>
       <c r="B52" s="2" t="s">
+        <v>152</v>
+      </c>
+      <c r="C52" s="2" t="s">
+        <v>61</v>
+      </c>
+      <c r="D52" s="2" t="s">
+        <v>153</v>
+      </c>
+      <c r="E52" s="2">
+        <v>5261</v>
+      </c>
+      <c r="F52" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="G52" s="2" t="s">
+        <v>66</v>
+      </c>
+      <c r="H52" s="2" t="s">
         <v>176</v>
-      </c>
-[...16 lines deleted...]
-        <v>178</v>
       </c>
       <c r="I52" s="2">
         <v>26</v>
       </c>
       <c r="J52" s="2">
-        <v>23</v>
+        <v>3</v>
       </c>
       <c r="K52" s="2">
         <v>100</v>
       </c>
       <c r="L52" s="2">
-        <v>98</v>
+        <v>325</v>
       </c>
       <c r="M52" s="2">
         <v>0</v>
       </c>
       <c r="N52" s="2">
-        <v>198</v>
+        <v>425</v>
       </c>
     </row>
     <row r="53" spans="1:14">
       <c r="A53" s="2">
-        <v>100531</v>
+        <v>100536</v>
       </c>
       <c r="B53" s="2" t="s">
-        <v>152</v>
+        <v>177</v>
       </c>
       <c r="C53" s="2" t="s">
-        <v>66</v>
+        <v>41</v>
       </c>
       <c r="D53" s="2" t="s">
-        <v>153</v>
+        <v>178</v>
       </c>
       <c r="E53" s="2">
-        <v>5261</v>
+        <v>5173</v>
       </c>
       <c r="F53" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G53" s="2" t="s">
-        <v>63</v>
+        <v>17</v>
       </c>
       <c r="H53" s="2" t="s">
         <v>179</v>
       </c>
       <c r="I53" s="2">
         <v>26</v>
       </c>
       <c r="J53" s="2">
-        <v>3</v>
+        <v>23</v>
       </c>
       <c r="K53" s="2">
         <v>100</v>
       </c>
       <c r="L53" s="2">
-        <v>325</v>
+        <v>98</v>
       </c>
       <c r="M53" s="2">
         <v>0</v>
       </c>
       <c r="N53" s="2">
-        <v>425</v>
+        <v>198</v>
       </c>
     </row>
     <row r="54" spans="1:14">
       <c r="A54" s="2">
         <v>100537</v>
       </c>
       <c r="B54" s="2" t="s">
         <v>180</v>
       </c>
       <c r="C54" s="2" t="s">
         <v>181</v>
       </c>
       <c r="D54" s="2" t="s">
         <v>182</v>
       </c>
       <c r="E54" s="2">
         <v>5045</v>
       </c>
       <c r="F54" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G54" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H54" s="2" t="s">
@@ -6794,210 +6794,210 @@
       </c>
       <c r="H55" s="2" t="s">
         <v>185</v>
       </c>
       <c r="I55" s="2">
         <v>27</v>
       </c>
       <c r="J55" s="2">
         <v>24</v>
       </c>
       <c r="K55" s="2">
         <v>100</v>
       </c>
       <c r="L55" s="2">
         <v>97</v>
       </c>
       <c r="M55" s="2">
         <v>0</v>
       </c>
       <c r="N55" s="2">
         <v>197</v>
       </c>
     </row>
     <row r="56" spans="1:14">
       <c r="A56" s="2">
-        <v>100538</v>
+        <v>103681</v>
       </c>
       <c r="B56" s="2" t="s">
         <v>186</v>
       </c>
       <c r="C56" s="2" t="s">
         <v>187</v>
       </c>
       <c r="D56" s="2"/>
       <c r="E56" s="2">
-        <v>5365</v>
-[...1 lines deleted...]
-      <c r="F56" s="2"/>
+        <v>5345</v>
+      </c>
+      <c r="F56" s="2" t="s">
+        <v>58</v>
+      </c>
       <c r="G56" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H56" s="2" t="s">
         <v>188</v>
       </c>
       <c r="I56" s="2">
         <v>28</v>
       </c>
       <c r="J56" s="2">
         <v>25</v>
       </c>
       <c r="K56" s="2">
         <v>100</v>
       </c>
       <c r="L56" s="2">
         <v>96</v>
       </c>
       <c r="M56" s="2">
         <v>0</v>
       </c>
       <c r="N56" s="2">
         <v>196</v>
       </c>
     </row>
     <row r="57" spans="1:14">
       <c r="A57" s="2">
-        <v>103681</v>
+        <v>100538</v>
       </c>
       <c r="B57" s="2" t="s">
         <v>189</v>
       </c>
       <c r="C57" s="2" t="s">
         <v>190</v>
       </c>
       <c r="D57" s="2"/>
       <c r="E57" s="2">
-        <v>5345</v>
-[...3 lines deleted...]
-      </c>
+        <v>5365</v>
+      </c>
+      <c r="F57" s="2"/>
       <c r="G57" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H57" s="2" t="s">
         <v>191</v>
       </c>
       <c r="I57" s="2">
         <v>28</v>
       </c>
       <c r="J57" s="2">
         <v>25</v>
       </c>
       <c r="K57" s="2">
         <v>100</v>
       </c>
       <c r="L57" s="2">
         <v>96</v>
       </c>
       <c r="M57" s="2">
         <v>0</v>
       </c>
       <c r="N57" s="2">
         <v>196</v>
       </c>
     </row>
     <row r="58" spans="1:14">
       <c r="A58" s="2">
-        <v>100539</v>
+        <v>101834</v>
       </c>
       <c r="B58" s="2" t="s">
         <v>192</v>
       </c>
       <c r="C58" s="2" t="s">
-        <v>193</v>
+        <v>100</v>
       </c>
       <c r="D58" s="2"/>
       <c r="E58" s="2">
-        <v>5346</v>
-[...1 lines deleted...]
-      <c r="F58" s="2"/>
+        <v>5280</v>
+      </c>
+      <c r="F58" s="2" t="s">
+        <v>27</v>
+      </c>
       <c r="G58" s="2" t="s">
-        <v>17</v>
+        <v>66</v>
       </c>
       <c r="H58" s="2" t="s">
-        <v>194</v>
+        <v>193</v>
       </c>
       <c r="I58" s="2">
         <v>29</v>
       </c>
       <c r="J58" s="2">
-        <v>26</v>
+        <v>4</v>
       </c>
       <c r="K58" s="2">
         <v>100</v>
       </c>
       <c r="L58" s="2">
-        <v>95</v>
+        <v>300</v>
       </c>
       <c r="M58" s="2">
         <v>0</v>
       </c>
       <c r="N58" s="2">
-        <v>195</v>
+        <v>400</v>
       </c>
     </row>
     <row r="59" spans="1:14">
       <c r="A59" s="2">
-        <v>101834</v>
+        <v>100539</v>
       </c>
       <c r="B59" s="2" t="s">
+        <v>194</v>
+      </c>
+      <c r="C59" s="2" t="s">
         <v>195</v>
-      </c>
-[...1 lines deleted...]
-        <v>103</v>
       </c>
       <c r="D59" s="2"/>
       <c r="E59" s="2">
-        <v>5280</v>
-[...3 lines deleted...]
-      </c>
+        <v>5346</v>
+      </c>
+      <c r="F59" s="2"/>
       <c r="G59" s="2" t="s">
-        <v>63</v>
+        <v>17</v>
       </c>
       <c r="H59" s="2" t="s">
         <v>196</v>
       </c>
       <c r="I59" s="2">
         <v>29</v>
       </c>
       <c r="J59" s="2">
-        <v>4</v>
+        <v>26</v>
       </c>
       <c r="K59" s="2">
         <v>100</v>
       </c>
       <c r="L59" s="2">
-        <v>300</v>
+        <v>95</v>
       </c>
       <c r="M59" s="2">
         <v>0</v>
       </c>
       <c r="N59" s="2">
-        <v>400</v>
+        <v>195</v>
       </c>
     </row>
     <row r="60" spans="1:14">
       <c r="A60" s="2">
         <v>103682</v>
       </c>
       <c r="B60" s="2" t="s">
         <v>197</v>
       </c>
       <c r="C60" s="2" t="s">
         <v>198</v>
       </c>
       <c r="D60" s="2"/>
       <c r="E60" s="2">
         <v>5212</v>
       </c>
       <c r="F60" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G60" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H60" s="2" t="s">
         <v>199</v>
       </c>
@@ -7018,51 +7018,51 @@
       </c>
       <c r="N60" s="2">
         <v>195</v>
       </c>
     </row>
     <row r="61" spans="1:14">
       <c r="A61" s="2">
         <v>100540</v>
       </c>
       <c r="B61" s="2" t="s">
         <v>200</v>
       </c>
       <c r="C61" s="2" t="s">
         <v>201</v>
       </c>
       <c r="D61" s="2" t="s">
         <v>202</v>
       </c>
       <c r="E61" s="2">
         <v>5005</v>
       </c>
       <c r="F61" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G61" s="2" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="H61" s="2" t="s">
         <v>203</v>
       </c>
       <c r="I61" s="2">
         <v>30</v>
       </c>
       <c r="J61" s="2">
         <v>4</v>
       </c>
       <c r="K61" s="2">
         <v>100</v>
       </c>
       <c r="L61" s="2">
         <v>300</v>
       </c>
       <c r="M61" s="2">
         <v>0</v>
       </c>
       <c r="N61" s="2">
         <v>400</v>
       </c>
     </row>
     <row r="62" spans="1:14">
       <c r="A62" s="2">
@@ -7128,105 +7128,105 @@
       </c>
       <c r="H63" s="2" t="s">
         <v>208</v>
       </c>
       <c r="I63" s="2">
         <v>31</v>
       </c>
       <c r="J63" s="2">
         <v>27</v>
       </c>
       <c r="K63" s="2">
         <v>100</v>
       </c>
       <c r="L63" s="2">
         <v>94</v>
       </c>
       <c r="M63" s="2">
         <v>0</v>
       </c>
       <c r="N63" s="2">
         <v>194</v>
       </c>
     </row>
     <row r="64" spans="1:14">
       <c r="A64" s="2">
-        <v>100542</v>
+        <v>103683</v>
       </c>
       <c r="B64" s="2" t="s">
         <v>209</v>
       </c>
       <c r="C64" s="2" t="s">
-        <v>100</v>
-[...1 lines deleted...]
-      <c r="D64" s="2" t="s">
+        <v>164</v>
+      </c>
+      <c r="D64" s="2"/>
+      <c r="E64" s="2">
+        <v>5125</v>
+      </c>
+      <c r="F64" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="G64" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="H64" s="2" t="s">
         <v>210</v>
-      </c>
-[...10 lines deleted...]
-        <v>211</v>
       </c>
       <c r="I64" s="2">
         <v>32</v>
       </c>
       <c r="J64" s="2">
         <v>28</v>
       </c>
       <c r="K64" s="2">
         <v>100</v>
       </c>
       <c r="L64" s="2">
         <v>93</v>
       </c>
       <c r="M64" s="2">
         <v>0</v>
       </c>
       <c r="N64" s="2">
         <v>193</v>
       </c>
     </row>
     <row r="65" spans="1:14">
       <c r="A65" s="2">
-        <v>103683</v>
+        <v>100542</v>
       </c>
       <c r="B65" s="2" t="s">
+        <v>211</v>
+      </c>
+      <c r="C65" s="2" t="s">
+        <v>104</v>
+      </c>
+      <c r="D65" s="2" t="s">
         <v>212</v>
       </c>
-      <c r="C65" s="2" t="s">
-[...2 lines deleted...]
-      <c r="D65" s="2"/>
       <c r="E65" s="2">
-        <v>5125</v>
+        <v>5076</v>
       </c>
       <c r="F65" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G65" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H65" s="2" t="s">
         <v>213</v>
       </c>
       <c r="I65" s="2">
         <v>32</v>
       </c>
       <c r="J65" s="2">
         <v>28</v>
       </c>
       <c r="K65" s="2">
         <v>100</v>
       </c>
       <c r="L65" s="2">
         <v>93</v>
       </c>
       <c r="M65" s="2">
         <v>0</v>
       </c>
@@ -7482,51 +7482,51 @@
       <c r="M71" s="2">
         <v>0</v>
       </c>
       <c r="N71" s="2">
         <v>190</v>
       </c>
     </row>
     <row r="72" spans="1:14">
       <c r="A72" s="2">
         <v>102050</v>
       </c>
       <c r="B72" s="2" t="s">
         <v>232</v>
       </c>
       <c r="C72" s="2" t="s">
         <v>233</v>
       </c>
       <c r="D72" s="2"/>
       <c r="E72" s="2">
         <v>5406</v>
       </c>
       <c r="F72" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G72" s="2" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="H72" s="2" t="s">
         <v>234</v>
       </c>
       <c r="I72" s="2">
         <v>36</v>
       </c>
       <c r="J72" s="2">
         <v>5</v>
       </c>
       <c r="K72" s="2">
         <v>100</v>
       </c>
       <c r="L72" s="2">
         <v>275</v>
       </c>
       <c r="M72" s="2">
         <v>0</v>
       </c>
       <c r="N72" s="2">
         <v>375</v>
       </c>
     </row>
     <row r="73" spans="1:14">
       <c r="A73" s="2">
@@ -7552,132 +7552,132 @@
       </c>
       <c r="H73" s="2" t="s">
         <v>237</v>
       </c>
       <c r="I73" s="2">
         <v>36</v>
       </c>
       <c r="J73" s="2">
         <v>32</v>
       </c>
       <c r="K73" s="2">
         <v>100</v>
       </c>
       <c r="L73" s="2">
         <v>89</v>
       </c>
       <c r="M73" s="2">
         <v>0</v>
       </c>
       <c r="N73" s="2">
         <v>189</v>
       </c>
     </row>
     <row r="74" spans="1:14">
       <c r="A74" s="2">
-        <v>100547</v>
+        <v>103687</v>
       </c>
       <c r="B74" s="2" t="s">
-        <v>171</v>
+        <v>238</v>
       </c>
       <c r="C74" s="2" t="s">
-        <v>238</v>
-[...1 lines deleted...]
-      <c r="D74" s="2" t="s">
         <v>239</v>
       </c>
+      <c r="D74" s="2"/>
       <c r="E74" s="2">
-        <v>5019</v>
+        <v>5250</v>
       </c>
       <c r="F74" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G74" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H74" s="2" t="s">
         <v>240</v>
       </c>
       <c r="I74" s="2">
         <v>37</v>
       </c>
       <c r="J74" s="2">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="K74" s="2">
         <v>100</v>
       </c>
       <c r="L74" s="2">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="M74" s="2">
         <v>0</v>
       </c>
       <c r="N74" s="2">
-        <v>188</v>
+        <v>189</v>
       </c>
     </row>
     <row r="75" spans="1:14">
       <c r="A75" s="2">
-        <v>103687</v>
+        <v>100547</v>
       </c>
       <c r="B75" s="2" t="s">
+        <v>171</v>
+      </c>
+      <c r="C75" s="2" t="s">
+        <v>239</v>
+      </c>
+      <c r="D75" s="2" t="s">
         <v>241</v>
       </c>
-      <c r="C75" s="2" t="s">
-[...2 lines deleted...]
-      <c r="D75" s="2"/>
       <c r="E75" s="2">
-        <v>5250</v>
+        <v>5019</v>
       </c>
       <c r="F75" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G75" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H75" s="2" t="s">
         <v>242</v>
       </c>
       <c r="I75" s="2">
         <v>37</v>
       </c>
       <c r="J75" s="2">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="K75" s="2">
         <v>100</v>
       </c>
       <c r="L75" s="2">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="M75" s="2">
         <v>0</v>
       </c>
       <c r="N75" s="2">
-        <v>189</v>
+        <v>188</v>
       </c>
     </row>
     <row r="76" spans="1:14">
       <c r="A76" s="2">
         <v>103688</v>
       </c>
       <c r="B76" s="2" t="s">
         <v>243</v>
       </c>
       <c r="C76" s="2" t="s">
         <v>78</v>
       </c>
       <c r="D76" s="2"/>
       <c r="E76" s="2">
         <v>5256</v>
       </c>
       <c r="F76" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G76" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H76" s="2" t="s">
         <v>244</v>
       </c>
@@ -7698,93 +7698,93 @@
       </c>
       <c r="N76" s="2">
         <v>188</v>
       </c>
     </row>
     <row r="77" spans="1:14">
       <c r="A77" s="2">
         <v>100548</v>
       </c>
       <c r="B77" s="2" t="s">
         <v>245</v>
       </c>
       <c r="C77" s="2" t="s">
         <v>246</v>
       </c>
       <c r="D77" s="2" t="s">
         <v>247</v>
       </c>
       <c r="E77" s="2">
         <v>5193</v>
       </c>
       <c r="F77" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G77" s="2" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="H77" s="2" t="s">
         <v>248</v>
       </c>
       <c r="I77" s="2">
         <v>38</v>
       </c>
       <c r="J77" s="2">
         <v>5</v>
       </c>
       <c r="K77" s="2">
         <v>100</v>
       </c>
       <c r="L77" s="2">
         <v>275</v>
       </c>
       <c r="M77" s="2">
         <v>0</v>
       </c>
       <c r="N77" s="2">
         <v>375</v>
       </c>
     </row>
     <row r="78" spans="1:14">
       <c r="A78" s="2">
         <v>100549</v>
       </c>
       <c r="B78" s="2" t="s">
         <v>249</v>
       </c>
       <c r="C78" s="2" t="s">
         <v>250</v>
       </c>
       <c r="D78" s="2"/>
       <c r="E78" s="2">
         <v>5384</v>
       </c>
       <c r="F78" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G78" s="2" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="H78" s="2" t="s">
         <v>251</v>
       </c>
       <c r="I78" s="2">
         <v>39</v>
       </c>
       <c r="J78" s="2">
         <v>6</v>
       </c>
       <c r="K78" s="2">
         <v>100</v>
       </c>
       <c r="L78" s="2">
         <v>250</v>
       </c>
       <c r="M78" s="2">
         <v>0</v>
       </c>
       <c r="N78" s="2">
         <v>350</v>
       </c>
     </row>
     <row r="79" spans="1:14">
       <c r="A79" s="2">
@@ -7910,51 +7910,51 @@
       <c r="M81" s="2">
         <v>0</v>
       </c>
       <c r="N81" s="2">
         <v>187</v>
       </c>
     </row>
     <row r="82" spans="1:14">
       <c r="A82" s="2">
         <v>100625</v>
       </c>
       <c r="B82" s="2" t="s">
         <v>260</v>
       </c>
       <c r="C82" s="2" t="s">
         <v>261</v>
       </c>
       <c r="D82" s="2"/>
       <c r="E82" s="2">
         <v>5235</v>
       </c>
       <c r="F82" s="2" t="s">
         <v>58</v>
       </c>
       <c r="G82" s="2" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="H82" s="2" t="s">
         <v>262</v>
       </c>
       <c r="I82" s="2">
         <v>41</v>
       </c>
       <c r="J82" s="2">
         <v>6</v>
       </c>
       <c r="K82" s="2">
         <v>100</v>
       </c>
       <c r="L82" s="2">
         <v>250</v>
       </c>
       <c r="M82" s="2">
         <v>0</v>
       </c>
       <c r="N82" s="2">
         <v>350</v>
       </c>
     </row>
     <row r="83" spans="1:14">
       <c r="A83" s="2">
@@ -8116,158 +8116,158 @@
         <v>84</v>
       </c>
       <c r="M86" s="2">
         <v>0</v>
       </c>
       <c r="N86" s="2">
         <v>184</v>
       </c>
     </row>
     <row r="87" spans="1:14">
       <c r="A87" s="2">
         <v>100553</v>
       </c>
       <c r="B87" s="2" t="s">
         <v>275</v>
       </c>
       <c r="C87" s="2" t="s">
         <v>276</v>
       </c>
       <c r="D87" s="2"/>
       <c r="E87" s="2">
         <v>5396</v>
       </c>
       <c r="F87" s="2"/>
       <c r="G87" s="2" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="H87" s="2" t="s">
         <v>277</v>
       </c>
       <c r="I87" s="2">
         <v>43</v>
       </c>
       <c r="J87" s="2">
         <v>7</v>
       </c>
       <c r="K87" s="2">
         <v>100</v>
       </c>
       <c r="L87" s="2">
         <v>240</v>
       </c>
       <c r="M87" s="2">
         <v>0</v>
       </c>
       <c r="N87" s="2">
         <v>340</v>
       </c>
     </row>
     <row r="88" spans="1:14">
       <c r="A88" s="2">
-        <v>100554</v>
+        <v>101846</v>
       </c>
       <c r="B88" s="2" t="s">
         <v>278</v>
       </c>
       <c r="C88" s="2" t="s">
+        <v>61</v>
+      </c>
+      <c r="D88" s="2"/>
+      <c r="E88" s="2">
+        <v>5011</v>
+      </c>
+      <c r="F88" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="G88" s="2" t="s">
+        <v>66</v>
+      </c>
+      <c r="H88" s="2" t="s">
         <v>279</v>
-      </c>
-[...13 lines deleted...]
-        <v>281</v>
       </c>
       <c r="I88" s="2">
         <v>44</v>
       </c>
       <c r="J88" s="2">
-        <v>37</v>
+        <v>7</v>
       </c>
       <c r="K88" s="2">
         <v>100</v>
       </c>
       <c r="L88" s="2">
-        <v>84</v>
+        <v>240</v>
       </c>
       <c r="M88" s="2">
         <v>0</v>
       </c>
       <c r="N88" s="2">
-        <v>184</v>
+        <v>340</v>
       </c>
     </row>
     <row r="89" spans="1:14">
       <c r="A89" s="2">
-        <v>101846</v>
+        <v>100554</v>
       </c>
       <c r="B89" s="2" t="s">
+        <v>280</v>
+      </c>
+      <c r="C89" s="2" t="s">
+        <v>281</v>
+      </c>
+      <c r="D89" s="2" t="s">
         <v>282</v>
       </c>
-      <c r="C89" s="2" t="s">
-[...2 lines deleted...]
-      <c r="D89" s="2"/>
       <c r="E89" s="2">
-        <v>5011</v>
+        <v>5118</v>
       </c>
       <c r="F89" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G89" s="2" t="s">
-        <v>63</v>
+        <v>17</v>
       </c>
       <c r="H89" s="2" t="s">
         <v>283</v>
       </c>
       <c r="I89" s="2">
         <v>44</v>
       </c>
       <c r="J89" s="2">
-        <v>7</v>
+        <v>37</v>
       </c>
       <c r="K89" s="2">
         <v>100</v>
       </c>
       <c r="L89" s="2">
-        <v>240</v>
+        <v>84</v>
       </c>
       <c r="M89" s="2">
         <v>0</v>
       </c>
       <c r="N89" s="2">
-        <v>340</v>
+        <v>184</v>
       </c>
     </row>
     <row r="90" spans="1:14">
       <c r="A90" s="2">
         <v>100555</v>
       </c>
       <c r="B90" s="2" t="s">
         <v>284</v>
       </c>
       <c r="C90" s="2" t="s">
         <v>285</v>
       </c>
       <c r="D90" s="2" t="s">
         <v>286</v>
       </c>
       <c r="E90" s="2">
         <v>5287</v>
       </c>
       <c r="F90" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G90" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H90" s="2" t="s">
@@ -8288,51 +8288,51 @@
       <c r="M90" s="2">
         <v>0</v>
       </c>
       <c r="N90" s="2">
         <v>183</v>
       </c>
     </row>
     <row r="91" spans="1:14">
       <c r="A91" s="2">
         <v>103693</v>
       </c>
       <c r="B91" s="2" t="s">
         <v>288</v>
       </c>
       <c r="C91" s="2" t="s">
         <v>289</v>
       </c>
       <c r="D91" s="2"/>
       <c r="E91" s="2">
         <v>5234</v>
       </c>
       <c r="F91" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G91" s="2" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="H91" s="2" t="s">
         <v>290</v>
       </c>
       <c r="I91" s="2">
         <v>45</v>
       </c>
       <c r="J91" s="2">
         <v>8</v>
       </c>
       <c r="K91" s="2">
         <v>100</v>
       </c>
       <c r="L91" s="2">
         <v>230</v>
       </c>
       <c r="M91" s="2">
         <v>0</v>
       </c>
       <c r="N91" s="2">
         <v>330</v>
       </c>
     </row>
     <row r="92" spans="1:14">
       <c r="A92" s="2">
@@ -8374,158 +8374,158 @@
       <c r="M92" s="2">
         <v>0</v>
       </c>
       <c r="N92" s="2">
         <v>182</v>
       </c>
     </row>
     <row r="93" spans="1:14">
       <c r="A93" s="2">
         <v>100549</v>
       </c>
       <c r="B93" s="2" t="s">
         <v>249</v>
       </c>
       <c r="C93" s="2" t="s">
         <v>250</v>
       </c>
       <c r="D93" s="2"/>
       <c r="E93" s="2">
         <v>5290</v>
       </c>
       <c r="F93" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G93" s="2" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="H93" s="2" t="s">
         <v>295</v>
       </c>
       <c r="I93" s="2">
         <v>46</v>
       </c>
       <c r="J93" s="2">
         <v>9</v>
       </c>
       <c r="K93" s="2">
         <v>100</v>
       </c>
       <c r="L93" s="2">
         <v>220</v>
       </c>
       <c r="M93" s="2">
         <v>0</v>
       </c>
       <c r="N93" s="2">
         <v>320</v>
       </c>
     </row>
     <row r="94" spans="1:14">
       <c r="A94" s="2">
-        <v>103694</v>
+        <v>100557</v>
       </c>
       <c r="B94" s="2" t="s">
         <v>296</v>
       </c>
       <c r="C94" s="2" t="s">
+        <v>271</v>
+      </c>
+      <c r="D94" s="2" t="s">
         <v>297</v>
       </c>
-      <c r="D94" s="2"/>
       <c r="E94" s="2">
-        <v>5151</v>
+        <v>5149</v>
       </c>
       <c r="F94" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G94" s="2" t="s">
-        <v>17</v>
+        <v>66</v>
       </c>
       <c r="H94" s="2" t="s">
         <v>298</v>
       </c>
       <c r="I94" s="2">
         <v>47</v>
       </c>
       <c r="J94" s="2">
-        <v>38</v>
+        <v>8</v>
       </c>
       <c r="K94" s="2">
         <v>100</v>
       </c>
       <c r="L94" s="2">
-        <v>83</v>
+        <v>230</v>
       </c>
       <c r="M94" s="2">
         <v>0</v>
       </c>
       <c r="N94" s="2">
-        <v>183</v>
+        <v>330</v>
       </c>
     </row>
     <row r="95" spans="1:14">
       <c r="A95" s="2">
-        <v>100557</v>
+        <v>103694</v>
       </c>
       <c r="B95" s="2" t="s">
         <v>299</v>
       </c>
       <c r="C95" s="2" t="s">
-        <v>271</v>
-[...1 lines deleted...]
-      <c r="D95" s="2" t="s">
         <v>300</v>
       </c>
+      <c r="D95" s="2"/>
       <c r="E95" s="2">
-        <v>5149</v>
+        <v>5151</v>
       </c>
       <c r="F95" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G95" s="2" t="s">
-        <v>63</v>
+        <v>17</v>
       </c>
       <c r="H95" s="2" t="s">
         <v>301</v>
       </c>
       <c r="I95" s="2">
         <v>47</v>
       </c>
       <c r="J95" s="2">
-        <v>8</v>
+        <v>38</v>
       </c>
       <c r="K95" s="2">
         <v>100</v>
       </c>
       <c r="L95" s="2">
-        <v>230</v>
+        <v>83</v>
       </c>
       <c r="M95" s="2">
         <v>0</v>
       </c>
       <c r="N95" s="2">
-        <v>330</v>
+        <v>183</v>
       </c>
     </row>
     <row r="96" spans="1:14">
       <c r="A96" s="2">
         <v>103695</v>
       </c>
       <c r="B96" s="2" t="s">
         <v>302</v>
       </c>
       <c r="C96" s="2" t="s">
         <v>303</v>
       </c>
       <c r="D96" s="2"/>
       <c r="E96" s="2">
         <v>5149</v>
       </c>
       <c r="F96" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G96" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H96" s="2" t="s">
         <v>304</v>
       </c>
@@ -8542,51 +8542,51 @@
         <v>82</v>
       </c>
       <c r="M96" s="2">
         <v>0</v>
       </c>
       <c r="N96" s="2">
         <v>182</v>
       </c>
     </row>
     <row r="97" spans="1:14">
       <c r="A97" s="2">
         <v>100558</v>
       </c>
       <c r="B97" s="2" t="s">
         <v>305</v>
       </c>
       <c r="C97" s="2" t="s">
         <v>306</v>
       </c>
       <c r="D97" s="2"/>
       <c r="E97" s="2">
         <v>5352</v>
       </c>
       <c r="F97" s="2"/>
       <c r="G97" s="2" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="H97" s="2" t="s">
         <v>307</v>
       </c>
       <c r="I97" s="2">
         <v>48</v>
       </c>
       <c r="J97" s="2">
         <v>9</v>
       </c>
       <c r="K97" s="2">
         <v>100</v>
       </c>
       <c r="L97" s="2">
         <v>220</v>
       </c>
       <c r="M97" s="2">
         <v>0</v>
       </c>
       <c r="N97" s="2">
         <v>320</v>
       </c>
     </row>
     <row r="98" spans="1:14">
       <c r="A98" s="2">
@@ -8790,51 +8790,51 @@
       </c>
       <c r="J102" s="2">
         <v>42</v>
       </c>
       <c r="K102" s="2">
         <v>100</v>
       </c>
       <c r="L102" s="2">
         <v>79</v>
       </c>
       <c r="M102" s="2">
         <v>0</v>
       </c>
       <c r="N102" s="2">
         <v>179</v>
       </c>
     </row>
     <row r="103" spans="1:14">
       <c r="A103" s="2">
         <v>103698</v>
       </c>
       <c r="B103" s="2" t="s">
         <v>324</v>
       </c>
       <c r="C103" s="2" t="s">
-        <v>66</v>
+        <v>61</v>
       </c>
       <c r="D103" s="2"/>
       <c r="E103" s="2">
         <v>5496</v>
       </c>
       <c r="F103" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G103" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H103" s="2" t="s">
         <v>325</v>
       </c>
       <c r="I103" s="2">
         <v>51</v>
       </c>
       <c r="J103" s="2">
         <v>42</v>
       </c>
       <c r="K103" s="2">
         <v>100</v>
       </c>
       <c r="L103" s="2">
         <v>79</v>
@@ -8918,61 +8918,61 @@
       </c>
       <c r="J105" s="2">
         <v>43</v>
       </c>
       <c r="K105" s="2">
         <v>100</v>
       </c>
       <c r="L105" s="2">
         <v>78</v>
       </c>
       <c r="M105" s="2">
         <v>0</v>
       </c>
       <c r="N105" s="2">
         <v>178</v>
       </c>
     </row>
     <row r="106" spans="1:14">
       <c r="A106" s="2">
         <v>103700</v>
       </c>
       <c r="B106" s="2" t="s">
         <v>332</v>
       </c>
       <c r="C106" s="2" t="s">
-        <v>279</v>
+        <v>281</v>
       </c>
       <c r="D106" s="2"/>
       <c r="E106" s="2">
         <v>5384</v>
       </c>
       <c r="F106" s="2" t="s">
         <v>135</v>
       </c>
       <c r="G106" s="2" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="H106" s="2" t="s">
         <v>333</v>
       </c>
       <c r="I106" s="2">
         <v>53</v>
       </c>
       <c r="J106" s="2">
         <v>10</v>
       </c>
       <c r="K106" s="2">
         <v>100</v>
       </c>
       <c r="L106" s="2">
         <v>210</v>
       </c>
       <c r="M106" s="2">
         <v>0</v>
       </c>
       <c r="N106" s="2">
         <v>310</v>
       </c>
     </row>
     <row r="107" spans="1:14">
       <c r="A107" s="2">
@@ -8998,153 +8998,153 @@
       </c>
       <c r="H107" s="2" t="s">
         <v>336</v>
       </c>
       <c r="I107" s="2">
         <v>53</v>
       </c>
       <c r="J107" s="2">
         <v>44</v>
       </c>
       <c r="K107" s="2">
         <v>100</v>
       </c>
       <c r="L107" s="2">
         <v>77</v>
       </c>
       <c r="M107" s="2">
         <v>0</v>
       </c>
       <c r="N107" s="2">
         <v>177</v>
       </c>
     </row>
     <row r="108" spans="1:14">
       <c r="A108" s="2">
-        <v>101837</v>
+        <v>100564</v>
       </c>
       <c r="B108" s="2" t="s">
         <v>337</v>
       </c>
       <c r="C108" s="2" t="s">
-        <v>45</v>
-[...1 lines deleted...]
-      <c r="D108" s="2"/>
+        <v>338</v>
+      </c>
+      <c r="D108" s="2" t="s">
+        <v>339</v>
+      </c>
       <c r="E108" s="2">
-        <v>5050</v>
+        <v>5113</v>
       </c>
       <c r="F108" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G108" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H108" s="2" t="s">
-        <v>338</v>
+        <v>340</v>
       </c>
       <c r="I108" s="2">
         <v>54</v>
       </c>
       <c r="J108" s="2">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="K108" s="2">
         <v>100</v>
       </c>
       <c r="L108" s="2">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="M108" s="2">
         <v>0</v>
       </c>
       <c r="N108" s="2">
-        <v>177</v>
+        <v>176</v>
       </c>
     </row>
     <row r="109" spans="1:14">
       <c r="A109" s="2">
-        <v>100564</v>
+        <v>101837</v>
       </c>
       <c r="B109" s="2" t="s">
-        <v>339</v>
+        <v>341</v>
       </c>
       <c r="C109" s="2" t="s">
-        <v>340</v>
-[...3 lines deleted...]
-      </c>
+        <v>45</v>
+      </c>
+      <c r="D109" s="2"/>
       <c r="E109" s="2">
-        <v>5113</v>
+        <v>5050</v>
       </c>
       <c r="F109" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G109" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H109" s="2" t="s">
         <v>342</v>
       </c>
       <c r="I109" s="2">
         <v>54</v>
       </c>
       <c r="J109" s="2">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="K109" s="2">
         <v>100</v>
       </c>
       <c r="L109" s="2">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="M109" s="2">
         <v>0</v>
       </c>
       <c r="N109" s="2">
-        <v>176</v>
+        <v>177</v>
       </c>
     </row>
     <row r="110" spans="1:14">
       <c r="A110" s="2">
         <v>100565</v>
       </c>
       <c r="B110" s="2" t="s">
         <v>343</v>
       </c>
       <c r="C110" s="2" t="s">
         <v>344</v>
       </c>
       <c r="D110" s="2"/>
       <c r="E110" s="2">
         <v>5325</v>
       </c>
       <c r="F110" s="2" t="s">
         <v>50</v>
       </c>
       <c r="G110" s="2" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="H110" s="2" t="s">
         <v>345</v>
       </c>
       <c r="I110" s="2">
         <v>55</v>
       </c>
       <c r="J110" s="2">
         <v>10</v>
       </c>
       <c r="K110" s="2">
         <v>100</v>
       </c>
       <c r="L110" s="2">
         <v>210</v>
       </c>
       <c r="M110" s="2">
         <v>0</v>
       </c>
       <c r="N110" s="2">
         <v>310</v>
       </c>
     </row>
     <row r="111" spans="1:14">
       <c r="A111" s="2">
@@ -9254,237 +9254,237 @@
       </c>
       <c r="H113" s="2" t="s">
         <v>355</v>
       </c>
       <c r="I113" s="2">
         <v>56</v>
       </c>
       <c r="J113" s="2">
         <v>46</v>
       </c>
       <c r="K113" s="2">
         <v>100</v>
       </c>
       <c r="L113" s="2">
         <v>75</v>
       </c>
       <c r="M113" s="2">
         <v>0</v>
       </c>
       <c r="N113" s="2">
         <v>175</v>
       </c>
     </row>
     <row r="114" spans="1:14">
       <c r="A114" s="2">
-        <v>101833</v>
+        <v>100567</v>
       </c>
       <c r="B114" s="2" t="s">
         <v>356</v>
       </c>
       <c r="C114" s="2" t="s">
-        <v>66</v>
-[...1 lines deleted...]
-      <c r="D114" s="2"/>
+        <v>357</v>
+      </c>
+      <c r="D114" s="2" t="s">
+        <v>358</v>
+      </c>
       <c r="E114" s="2">
-        <v>5366</v>
+        <v>5299</v>
       </c>
       <c r="F114" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G114" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H114" s="2" t="s">
-        <v>357</v>
+        <v>359</v>
       </c>
       <c r="I114" s="2">
         <v>57</v>
       </c>
       <c r="J114" s="2">
         <v>47</v>
       </c>
       <c r="K114" s="2">
         <v>100</v>
       </c>
       <c r="L114" s="2">
         <v>74</v>
       </c>
       <c r="M114" s="2">
         <v>0</v>
       </c>
       <c r="N114" s="2">
         <v>174</v>
       </c>
     </row>
     <row r="115" spans="1:14">
       <c r="A115" s="2">
-        <v>100567</v>
+        <v>101833</v>
       </c>
       <c r="B115" s="2" t="s">
-        <v>358</v>
+        <v>360</v>
       </c>
       <c r="C115" s="2" t="s">
-        <v>359</v>
-[...3 lines deleted...]
-      </c>
+        <v>61</v>
+      </c>
+      <c r="D115" s="2"/>
       <c r="E115" s="2">
-        <v>5299</v>
+        <v>5366</v>
       </c>
       <c r="F115" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G115" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H115" s="2" t="s">
         <v>361</v>
       </c>
       <c r="I115" s="2">
         <v>57</v>
       </c>
       <c r="J115" s="2">
         <v>47</v>
       </c>
       <c r="K115" s="2">
         <v>100</v>
       </c>
       <c r="L115" s="2">
         <v>74</v>
       </c>
       <c r="M115" s="2">
         <v>0</v>
       </c>
       <c r="N115" s="2">
         <v>174</v>
       </c>
     </row>
     <row r="116" spans="1:14">
       <c r="A116" s="2">
-        <v>103705</v>
+        <v>100568</v>
       </c>
       <c r="B116" s="2" t="s">
+        <v>84</v>
+      </c>
+      <c r="C116" s="2" t="s">
         <v>362</v>
       </c>
-      <c r="C116" s="2" t="s">
+      <c r="D116" s="2" t="s">
         <v>363</v>
       </c>
-      <c r="D116" s="2"/>
       <c r="E116" s="2">
-        <v>5245</v>
+        <v>5081</v>
       </c>
       <c r="F116" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G116" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H116" s="2" t="s">
         <v>364</v>
       </c>
       <c r="I116" s="2">
         <v>58</v>
       </c>
       <c r="J116" s="2">
         <v>48</v>
       </c>
       <c r="K116" s="2">
         <v>100</v>
       </c>
       <c r="L116" s="2">
         <v>73</v>
       </c>
       <c r="M116" s="2">
         <v>0</v>
       </c>
       <c r="N116" s="2">
         <v>173</v>
       </c>
     </row>
     <row r="117" spans="1:14">
       <c r="A117" s="2">
-        <v>100568</v>
+        <v>103705</v>
       </c>
       <c r="B117" s="2" t="s">
-        <v>84</v>
+        <v>365</v>
       </c>
       <c r="C117" s="2" t="s">
-        <v>365</v>
-[...1 lines deleted...]
-      <c r="D117" s="2" t="s">
         <v>366</v>
       </c>
+      <c r="D117" s="2"/>
       <c r="E117" s="2">
-        <v>5081</v>
+        <v>5245</v>
       </c>
       <c r="F117" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G117" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H117" s="2" t="s">
         <v>367</v>
       </c>
       <c r="I117" s="2">
         <v>58</v>
       </c>
       <c r="J117" s="2">
         <v>48</v>
       </c>
       <c r="K117" s="2">
         <v>100</v>
       </c>
       <c r="L117" s="2">
         <v>73</v>
       </c>
       <c r="M117" s="2">
         <v>0</v>
       </c>
       <c r="N117" s="2">
         <v>173</v>
       </c>
     </row>
     <row r="118" spans="1:14">
       <c r="A118" s="2">
         <v>100569</v>
       </c>
       <c r="B118" s="2" t="s">
         <v>368</v>
       </c>
       <c r="C118" s="2" t="s">
         <v>369</v>
       </c>
       <c r="D118" s="2"/>
       <c r="E118" s="2">
         <v>5407</v>
       </c>
       <c r="F118" s="2"/>
       <c r="G118" s="2" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="H118" s="2" t="s">
         <v>370</v>
       </c>
       <c r="I118" s="2">
         <v>59</v>
       </c>
       <c r="J118" s="2">
         <v>11</v>
       </c>
       <c r="K118" s="2">
         <v>100</v>
       </c>
       <c r="L118" s="2">
         <v>200</v>
       </c>
       <c r="M118" s="2">
         <v>0</v>
       </c>
       <c r="N118" s="2">
         <v>300</v>
       </c>
     </row>
     <row r="119" spans="1:14">
       <c r="A119" s="2">
@@ -9564,51 +9564,51 @@
       <c r="M120" s="2">
         <v>0</v>
       </c>
       <c r="N120" s="2">
         <v>172</v>
       </c>
     </row>
     <row r="121" spans="1:14">
       <c r="A121" s="2">
         <v>103707</v>
       </c>
       <c r="B121" s="2" t="s">
         <v>376</v>
       </c>
       <c r="C121" s="2" t="s">
         <v>117</v>
       </c>
       <c r="D121" s="2"/>
       <c r="E121" s="2">
         <v>5312</v>
       </c>
       <c r="F121" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G121" s="2" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="H121" s="2" t="s">
         <v>377</v>
       </c>
       <c r="I121" s="2">
         <v>60</v>
       </c>
       <c r="J121" s="2">
         <v>11</v>
       </c>
       <c r="K121" s="2">
         <v>100</v>
       </c>
       <c r="L121" s="2">
         <v>200</v>
       </c>
       <c r="M121" s="2">
         <v>0</v>
       </c>
       <c r="N121" s="2">
         <v>300</v>
       </c>
     </row>
     <row r="122" spans="1:14">
       <c r="A122" s="2">
@@ -9900,51 +9900,51 @@
       </c>
       <c r="N128" s="2">
         <v>168</v>
       </c>
     </row>
     <row r="129" spans="1:14">
       <c r="A129" s="2">
         <v>100574</v>
       </c>
       <c r="B129" s="2" t="s">
         <v>396</v>
       </c>
       <c r="C129" s="2" t="s">
         <v>397</v>
       </c>
       <c r="D129" s="2" t="s">
         <v>398</v>
       </c>
       <c r="E129" s="2">
         <v>5063</v>
       </c>
       <c r="F129" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G129" s="2" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="H129" s="2" t="s">
         <v>399</v>
       </c>
       <c r="I129" s="2">
         <v>64</v>
       </c>
       <c r="J129" s="2">
         <v>12</v>
       </c>
       <c r="K129" s="2">
         <v>100</v>
       </c>
       <c r="L129" s="2">
         <v>190</v>
       </c>
       <c r="M129" s="2">
         <v>0</v>
       </c>
       <c r="N129" s="2">
         <v>290</v>
       </c>
     </row>
     <row r="130" spans="1:14">
       <c r="A130" s="2">
@@ -9974,166 +9974,166 @@
       </c>
       <c r="J130" s="2">
         <v>54</v>
       </c>
       <c r="K130" s="2">
         <v>100</v>
       </c>
       <c r="L130" s="2">
         <v>67</v>
       </c>
       <c r="M130" s="2">
         <v>0</v>
       </c>
       <c r="N130" s="2">
         <v>167</v>
       </c>
     </row>
     <row r="131" spans="1:14">
       <c r="A131" s="2">
         <v>100575</v>
       </c>
       <c r="B131" s="2" t="s">
         <v>402</v>
       </c>
       <c r="C131" s="2" t="s">
-        <v>340</v>
+        <v>338</v>
       </c>
       <c r="D131" s="2" t="s">
         <v>403</v>
       </c>
       <c r="E131" s="2">
         <v>5180</v>
       </c>
       <c r="F131" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G131" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H131" s="2" t="s">
         <v>404</v>
       </c>
       <c r="I131" s="2">
         <v>65</v>
       </c>
       <c r="J131" s="2">
         <v>53</v>
       </c>
       <c r="K131" s="2">
         <v>100</v>
       </c>
       <c r="L131" s="2">
         <v>68</v>
       </c>
       <c r="M131" s="2">
         <v>0</v>
       </c>
       <c r="N131" s="2">
         <v>168</v>
       </c>
     </row>
     <row r="132" spans="1:14">
       <c r="A132" s="2">
-        <v>100576</v>
+        <v>103713</v>
       </c>
       <c r="B132" s="2" t="s">
         <v>405</v>
       </c>
       <c r="C132" s="2" t="s">
         <v>406</v>
       </c>
       <c r="D132" s="2"/>
       <c r="E132" s="2">
-        <v>5395</v>
-[...1 lines deleted...]
-      <c r="F132" s="2"/>
+        <v>5020</v>
+      </c>
+      <c r="F132" s="2" t="s">
+        <v>27</v>
+      </c>
       <c r="G132" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H132" s="2" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="I132" s="2">
         <v>66</v>
       </c>
       <c r="J132" s="2">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="K132" s="2">
         <v>100</v>
       </c>
       <c r="L132" s="2">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="M132" s="2">
         <v>0</v>
       </c>
       <c r="N132" s="2">
-        <v>167</v>
+        <v>166</v>
       </c>
     </row>
     <row r="133" spans="1:14">
       <c r="A133" s="2">
-        <v>103713</v>
+        <v>100576</v>
       </c>
       <c r="B133" s="2" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="C133" s="2" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="D133" s="2"/>
       <c r="E133" s="2">
-        <v>5020</v>
-[...3 lines deleted...]
-      </c>
+        <v>5395</v>
+      </c>
+      <c r="F133" s="2"/>
       <c r="G133" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H133" s="2" t="s">
-        <v>409</v>
+        <v>404</v>
       </c>
       <c r="I133" s="2">
         <v>66</v>
       </c>
       <c r="J133" s="2">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="K133" s="2">
         <v>100</v>
       </c>
       <c r="L133" s="2">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="M133" s="2">
         <v>0</v>
       </c>
       <c r="N133" s="2">
-        <v>166</v>
+        <v>167</v>
       </c>
     </row>
     <row r="134" spans="1:14">
       <c r="A134" s="2">
         <v>100577</v>
       </c>
       <c r="B134" s="2" t="s">
         <v>410</v>
       </c>
       <c r="C134" s="2" t="s">
         <v>411</v>
       </c>
       <c r="D134" s="2" t="s">
         <v>412</v>
       </c>
       <c r="E134" s="2">
         <v>5117</v>
       </c>
       <c r="F134" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G134" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H134" s="2" t="s">
@@ -10144,51 +10144,51 @@
       </c>
       <c r="J134" s="2">
         <v>55</v>
       </c>
       <c r="K134" s="2">
         <v>100</v>
       </c>
       <c r="L134" s="2">
         <v>66</v>
       </c>
       <c r="M134" s="2">
         <v>0</v>
       </c>
       <c r="N134" s="2">
         <v>166</v>
       </c>
     </row>
     <row r="135" spans="1:14">
       <c r="A135" s="2">
         <v>103714</v>
       </c>
       <c r="B135" s="2" t="s">
         <v>414</v>
       </c>
       <c r="C135" s="2" t="s">
-        <v>66</v>
+        <v>61</v>
       </c>
       <c r="D135" s="2"/>
       <c r="E135" s="2">
         <v>5033</v>
       </c>
       <c r="F135" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G135" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H135" s="2" t="s">
         <v>415</v>
       </c>
       <c r="I135" s="2">
         <v>67</v>
       </c>
       <c r="J135" s="2">
         <v>56</v>
       </c>
       <c r="K135" s="2">
         <v>100</v>
       </c>
       <c r="L135" s="2">
         <v>65</v>
@@ -10272,51 +10272,51 @@
       </c>
       <c r="J137" s="2">
         <v>56</v>
       </c>
       <c r="K137" s="2">
         <v>100</v>
       </c>
       <c r="L137" s="2">
         <v>65</v>
       </c>
       <c r="M137" s="2">
         <v>0</v>
       </c>
       <c r="N137" s="2">
         <v>165</v>
       </c>
     </row>
     <row r="138" spans="1:14">
       <c r="A138" s="2">
         <v>103716</v>
       </c>
       <c r="B138" s="2" t="s">
         <v>423</v>
       </c>
       <c r="C138" s="2" t="s">
-        <v>66</v>
+        <v>61</v>
       </c>
       <c r="D138" s="2"/>
       <c r="E138" s="2">
         <v>5176</v>
       </c>
       <c r="F138" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G138" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H138" s="2" t="s">
         <v>424</v>
       </c>
       <c r="I138" s="2">
         <v>69</v>
       </c>
       <c r="J138" s="2">
         <v>58</v>
       </c>
       <c r="K138" s="2">
         <v>100</v>
       </c>
       <c r="L138" s="2">
         <v>63</v>
@@ -10352,130 +10352,130 @@
       </c>
       <c r="H139" s="2" t="s">
         <v>428</v>
       </c>
       <c r="I139" s="2">
         <v>69</v>
       </c>
       <c r="J139" s="2">
         <v>57</v>
       </c>
       <c r="K139" s="2">
         <v>100</v>
       </c>
       <c r="L139" s="2">
         <v>64</v>
       </c>
       <c r="M139" s="2">
         <v>0</v>
       </c>
       <c r="N139" s="2">
         <v>164</v>
       </c>
     </row>
     <row r="140" spans="1:14">
       <c r="A140" s="2">
-        <v>100580</v>
+        <v>103717</v>
       </c>
       <c r="B140" s="2" t="s">
         <v>429</v>
       </c>
       <c r="C140" s="2" t="s">
-        <v>78</v>
+        <v>430</v>
       </c>
       <c r="D140" s="2"/>
       <c r="E140" s="2">
-        <v>5359</v>
+        <v>5354</v>
       </c>
       <c r="F140" s="2" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="G140" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H140" s="2" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="I140" s="2">
         <v>70</v>
       </c>
       <c r="J140" s="2">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="K140" s="2">
         <v>100</v>
       </c>
       <c r="L140" s="2">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="M140" s="2">
         <v>0</v>
       </c>
       <c r="N140" s="2">
-        <v>163</v>
+        <v>162</v>
       </c>
     </row>
     <row r="141" spans="1:14">
       <c r="A141" s="2">
-        <v>103717</v>
+        <v>100580</v>
       </c>
       <c r="B141" s="2" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="C141" s="2" t="s">
-        <v>432</v>
+        <v>78</v>
       </c>
       <c r="D141" s="2"/>
       <c r="E141" s="2">
-        <v>5354</v>
+        <v>5359</v>
       </c>
       <c r="F141" s="2" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="G141" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H141" s="2" t="s">
         <v>433</v>
       </c>
       <c r="I141" s="2">
         <v>70</v>
       </c>
       <c r="J141" s="2">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="K141" s="2">
         <v>100</v>
       </c>
       <c r="L141" s="2">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="M141" s="2">
         <v>0</v>
       </c>
       <c r="N141" s="2">
-        <v>162</v>
+        <v>163</v>
       </c>
     </row>
     <row r="142" spans="1:14">
       <c r="A142" s="2">
         <v>103718</v>
       </c>
       <c r="B142" s="2" t="s">
         <v>434</v>
       </c>
       <c r="C142" s="2" t="s">
         <v>435</v>
       </c>
       <c r="D142" s="2"/>
       <c r="E142" s="2">
         <v>5119</v>
       </c>
       <c r="F142" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G142" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H142" s="2" t="s">
         <v>436</v>
       </c>
@@ -10494,51 +10494,51 @@
       <c r="M142" s="2">
         <v>0</v>
       </c>
       <c r="N142" s="2">
         <v>161</v>
       </c>
     </row>
     <row r="143" spans="1:14">
       <c r="A143" s="2">
         <v>100581</v>
       </c>
       <c r="B143" s="2" t="s">
         <v>437</v>
       </c>
       <c r="C143" s="2" t="s">
         <v>33</v>
       </c>
       <c r="D143" s="2"/>
       <c r="E143" s="2">
         <v>5404</v>
       </c>
       <c r="F143" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G143" s="2" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="H143" s="2" t="s">
         <v>438</v>
       </c>
       <c r="I143" s="2">
         <v>71</v>
       </c>
       <c r="J143" s="2">
         <v>13</v>
       </c>
       <c r="K143" s="2">
         <v>100</v>
       </c>
       <c r="L143" s="2">
         <v>180</v>
       </c>
       <c r="M143" s="2">
         <v>0</v>
       </c>
       <c r="N143" s="2">
         <v>280</v>
       </c>
     </row>
     <row r="144" spans="1:14">
       <c r="A144" s="2">
@@ -10684,218 +10684,218 @@
       </c>
       <c r="H147" s="2" t="s">
         <v>449</v>
       </c>
       <c r="I147" s="2">
         <v>73</v>
       </c>
       <c r="J147" s="2">
         <v>60</v>
       </c>
       <c r="K147" s="2">
         <v>100</v>
       </c>
       <c r="L147" s="2">
         <v>61</v>
       </c>
       <c r="M147" s="2">
         <v>0</v>
       </c>
       <c r="N147" s="2">
         <v>161</v>
       </c>
     </row>
     <row r="148" spans="1:14">
       <c r="A148" s="2">
-        <v>100584</v>
+        <v>103721</v>
       </c>
       <c r="B148" s="2" t="s">
         <v>450</v>
       </c>
       <c r="C148" s="2" t="s">
-        <v>349</v>
-[...1 lines deleted...]
-      <c r="D148" s="2" t="s">
         <v>451</v>
       </c>
+      <c r="D148" s="2"/>
       <c r="E148" s="2">
-        <v>5141</v>
+        <v>5493</v>
       </c>
       <c r="F148" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G148" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H148" s="2" t="s">
         <v>452</v>
       </c>
       <c r="I148" s="2">
         <v>74</v>
       </c>
       <c r="J148" s="2">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="K148" s="2">
         <v>100</v>
       </c>
       <c r="L148" s="2">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="M148" s="2">
         <v>0</v>
       </c>
       <c r="N148" s="2">
-        <v>160</v>
+        <v>158</v>
       </c>
     </row>
     <row r="149" spans="1:14">
       <c r="A149" s="2">
-        <v>103721</v>
+        <v>100584</v>
       </c>
       <c r="B149" s="2" t="s">
         <v>453</v>
       </c>
       <c r="C149" s="2" t="s">
+        <v>349</v>
+      </c>
+      <c r="D149" s="2" t="s">
         <v>454</v>
       </c>
-      <c r="D149" s="2"/>
       <c r="E149" s="2">
-        <v>5493</v>
+        <v>5141</v>
       </c>
       <c r="F149" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G149" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H149" s="2" t="s">
         <v>455</v>
       </c>
       <c r="I149" s="2">
         <v>74</v>
       </c>
       <c r="J149" s="2">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="K149" s="2">
         <v>100</v>
       </c>
       <c r="L149" s="2">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="M149" s="2">
         <v>0</v>
       </c>
       <c r="N149" s="2">
-        <v>158</v>
+        <v>160</v>
       </c>
     </row>
     <row r="150" spans="1:14">
       <c r="A150" s="2">
-        <v>100585</v>
+        <v>103722</v>
       </c>
       <c r="B150" s="2" t="s">
         <v>456</v>
       </c>
       <c r="C150" s="2" t="s">
+        <v>61</v>
+      </c>
+      <c r="D150" s="2"/>
+      <c r="E150" s="2">
+        <v>5038</v>
+      </c>
+      <c r="F150" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="G150" s="2" t="s">
+        <v>66</v>
+      </c>
+      <c r="H150" s="2" t="s">
         <v>457</v>
-      </c>
-[...13 lines deleted...]
-        <v>459</v>
       </c>
       <c r="I150" s="2">
         <v>75</v>
       </c>
       <c r="J150" s="2">
-        <v>62</v>
+        <v>12</v>
       </c>
       <c r="K150" s="2">
         <v>100</v>
       </c>
       <c r="L150" s="2">
-        <v>59</v>
+        <v>190</v>
       </c>
       <c r="M150" s="2">
         <v>0</v>
       </c>
       <c r="N150" s="2">
-        <v>159</v>
+        <v>290</v>
       </c>
     </row>
     <row r="151" spans="1:14">
       <c r="A151" s="2">
-        <v>103722</v>
+        <v>100585</v>
       </c>
       <c r="B151" s="2" t="s">
+        <v>458</v>
+      </c>
+      <c r="C151" s="2" t="s">
+        <v>459</v>
+      </c>
+      <c r="D151" s="2" t="s">
         <v>460</v>
       </c>
-      <c r="C151" s="2" t="s">
-[...2 lines deleted...]
-      <c r="D151" s="2"/>
       <c r="E151" s="2">
-        <v>5038</v>
+        <v>5161</v>
       </c>
       <c r="F151" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G151" s="2" t="s">
-        <v>63</v>
+        <v>17</v>
       </c>
       <c r="H151" s="2" t="s">
         <v>461</v>
       </c>
       <c r="I151" s="2">
         <v>75</v>
       </c>
       <c r="J151" s="2">
-        <v>12</v>
+        <v>62</v>
       </c>
       <c r="K151" s="2">
         <v>100</v>
       </c>
       <c r="L151" s="2">
-        <v>190</v>
+        <v>59</v>
       </c>
       <c r="M151" s="2">
         <v>0</v>
       </c>
       <c r="N151" s="2">
-        <v>290</v>
+        <v>159</v>
       </c>
     </row>
     <row r="152" spans="1:14">
       <c r="A152" s="2">
         <v>101871</v>
       </c>
       <c r="B152" s="2" t="s">
         <v>462</v>
       </c>
       <c r="C152" s="2" t="s">
         <v>303</v>
       </c>
       <c r="D152" s="2"/>
       <c r="E152" s="2">
         <v>5159</v>
       </c>
       <c r="F152" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G152" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H152" s="2" t="s">
         <v>463</v>
       </c>
@@ -11002,51 +11002,51 @@
       <c r="M154" s="2">
         <v>0</v>
       </c>
       <c r="N154" s="2">
         <v>157</v>
       </c>
     </row>
     <row r="155" spans="1:14">
       <c r="A155" s="2">
         <v>102160</v>
       </c>
       <c r="B155" s="2" t="s">
         <v>471</v>
       </c>
       <c r="C155" s="2" t="s">
         <v>472</v>
       </c>
       <c r="D155" s="2"/>
       <c r="E155" s="2">
         <v>5277</v>
       </c>
       <c r="F155" s="2" t="s">
         <v>135</v>
       </c>
       <c r="G155" s="2" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="H155" s="2" t="s">
         <v>473</v>
       </c>
       <c r="I155" s="2">
         <v>77</v>
       </c>
       <c r="J155" s="2">
         <v>13</v>
       </c>
       <c r="K155" s="2">
         <v>100</v>
       </c>
       <c r="L155" s="2">
         <v>180</v>
       </c>
       <c r="M155" s="2">
         <v>0</v>
       </c>
       <c r="N155" s="2">
         <v>280</v>
       </c>
     </row>
     <row r="156" spans="1:14">
       <c r="A156" s="2">
@@ -11206,51 +11206,51 @@
       </c>
       <c r="J159" s="2">
         <v>66</v>
       </c>
       <c r="K159" s="2">
         <v>100</v>
       </c>
       <c r="L159" s="2">
         <v>55</v>
       </c>
       <c r="M159" s="2">
         <v>0</v>
       </c>
       <c r="N159" s="2">
         <v>155</v>
       </c>
     </row>
     <row r="160" spans="1:14">
       <c r="A160" s="2">
         <v>100590</v>
       </c>
       <c r="B160" s="2" t="s">
         <v>485</v>
       </c>
       <c r="C160" s="2" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="D160" s="2" t="s">
         <v>486</v>
       </c>
       <c r="E160" s="2">
         <v>5106</v>
       </c>
       <c r="F160" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G160" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H160" s="2" t="s">
         <v>487</v>
       </c>
       <c r="I160" s="2">
         <v>80</v>
       </c>
       <c r="J160" s="2">
         <v>67</v>
       </c>
       <c r="K160" s="2">
         <v>100</v>
       </c>
@@ -11262,647 +11262,647 @@
       </c>
       <c r="N160" s="2">
         <v>154</v>
       </c>
     </row>
     <row r="161" spans="1:14">
       <c r="A161" s="2">
         <v>103726</v>
       </c>
       <c r="B161" s="2" t="s">
         <v>488</v>
       </c>
       <c r="C161" s="2" t="s">
         <v>489</v>
       </c>
       <c r="D161" s="2" t="s">
         <v>490</v>
       </c>
       <c r="E161" s="2">
         <v>5180</v>
       </c>
       <c r="F161" s="2" t="s">
         <v>135</v>
       </c>
       <c r="G161" s="2" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="H161" s="2" t="s">
         <v>491</v>
       </c>
       <c r="I161" s="2">
         <v>80</v>
       </c>
       <c r="J161" s="2">
         <v>14</v>
       </c>
       <c r="K161" s="2">
         <v>100</v>
       </c>
       <c r="L161" s="2">
         <v>170</v>
       </c>
       <c r="M161" s="2">
         <v>0</v>
       </c>
       <c r="N161" s="2">
         <v>270</v>
       </c>
     </row>
     <row r="162" spans="1:14">
       <c r="A162" s="2">
-        <v>103727</v>
+        <v>100591</v>
       </c>
       <c r="B162" s="2" t="s">
+        <v>44</v>
+      </c>
+      <c r="C162" s="2" t="s">
+        <v>45</v>
+      </c>
+      <c r="D162" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="E162" s="2">
+        <v>5079</v>
+      </c>
+      <c r="F162" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="G162" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="H162" s="2" t="s">
         <v>492</v>
-      </c>
-[...14 lines deleted...]
-        <v>493</v>
       </c>
       <c r="I162" s="2">
         <v>81</v>
       </c>
       <c r="J162" s="2">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="K162" s="2">
         <v>100</v>
       </c>
       <c r="L162" s="2">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="M162" s="2">
         <v>0</v>
       </c>
       <c r="N162" s="2">
-        <v>154</v>
+        <v>153</v>
       </c>
     </row>
     <row r="163" spans="1:14">
       <c r="A163" s="2">
-        <v>100591</v>
+        <v>103727</v>
       </c>
       <c r="B163" s="2" t="s">
-        <v>44</v>
+        <v>493</v>
       </c>
       <c r="C163" s="2" t="s">
-        <v>45</v>
-[...3 lines deleted...]
-      </c>
+        <v>100</v>
+      </c>
+      <c r="D163" s="2"/>
       <c r="E163" s="2">
-        <v>5079</v>
+        <v>5233</v>
       </c>
       <c r="F163" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G163" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H163" s="2" t="s">
         <v>494</v>
       </c>
       <c r="I163" s="2">
         <v>81</v>
       </c>
       <c r="J163" s="2">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="K163" s="2">
         <v>100</v>
       </c>
       <c r="L163" s="2">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="M163" s="2">
         <v>0</v>
       </c>
       <c r="N163" s="2">
-        <v>153</v>
+        <v>154</v>
       </c>
     </row>
     <row r="164" spans="1:14">
       <c r="A164" s="2">
-        <v>103728</v>
+        <v>100592</v>
       </c>
       <c r="B164" s="2" t="s">
         <v>495</v>
       </c>
       <c r="C164" s="2" t="s">
         <v>496</v>
       </c>
-      <c r="D164" s="2"/>
+      <c r="D164" s="2" t="s">
+        <v>497</v>
+      </c>
       <c r="E164" s="2">
-        <v>5363</v>
+        <v>5016</v>
       </c>
       <c r="F164" s="2" t="s">
-        <v>58</v>
+        <v>27</v>
       </c>
       <c r="G164" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H164" s="2" t="s">
-        <v>497</v>
+        <v>498</v>
       </c>
       <c r="I164" s="2">
         <v>82</v>
       </c>
       <c r="J164" s="2">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="K164" s="2">
         <v>100</v>
       </c>
       <c r="L164" s="2">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="M164" s="2">
         <v>0</v>
       </c>
       <c r="N164" s="2">
-        <v>153</v>
+        <v>152</v>
       </c>
     </row>
     <row r="165" spans="1:14">
       <c r="A165" s="2">
-        <v>100592</v>
+        <v>103728</v>
       </c>
       <c r="B165" s="2" t="s">
-        <v>498</v>
+        <v>499</v>
       </c>
       <c r="C165" s="2" t="s">
-        <v>499</v>
-[...1 lines deleted...]
-      <c r="D165" s="2" t="s">
         <v>500</v>
       </c>
+      <c r="D165" s="2"/>
       <c r="E165" s="2">
-        <v>5016</v>
+        <v>5363</v>
       </c>
       <c r="F165" s="2" t="s">
-        <v>27</v>
+        <v>58</v>
       </c>
       <c r="G165" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H165" s="2" t="s">
         <v>501</v>
       </c>
       <c r="I165" s="2">
         <v>82</v>
       </c>
       <c r="J165" s="2">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="K165" s="2">
         <v>100</v>
       </c>
       <c r="L165" s="2">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="M165" s="2">
         <v>0</v>
       </c>
       <c r="N165" s="2">
-        <v>152</v>
+        <v>153</v>
       </c>
     </row>
     <row r="166" spans="1:14">
       <c r="A166" s="2">
-        <v>100593</v>
+        <v>103729</v>
       </c>
       <c r="B166" s="2" t="s">
         <v>502</v>
       </c>
       <c r="C166" s="2" t="s">
+        <v>198</v>
+      </c>
+      <c r="D166" s="2"/>
+      <c r="E166" s="2">
+        <v>5141</v>
+      </c>
+      <c r="F166" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="G166" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="H166" s="2" t="s">
         <v>503</v>
-      </c>
-[...13 lines deleted...]
-        <v>501</v>
       </c>
       <c r="I166" s="2">
         <v>83</v>
       </c>
       <c r="J166" s="2">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="K166" s="2">
         <v>100</v>
       </c>
       <c r="L166" s="2">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="M166" s="2">
         <v>0</v>
       </c>
       <c r="N166" s="2">
-        <v>151</v>
+        <v>152</v>
       </c>
     </row>
     <row r="167" spans="1:14">
       <c r="A167" s="2">
-        <v>103729</v>
+        <v>100593</v>
       </c>
       <c r="B167" s="2" t="s">
+        <v>504</v>
+      </c>
+      <c r="C167" s="2" t="s">
         <v>505</v>
       </c>
-      <c r="C167" s="2" t="s">
-[...2 lines deleted...]
-      <c r="D167" s="2"/>
+      <c r="D167" s="2" t="s">
+        <v>506</v>
+      </c>
       <c r="E167" s="2">
-        <v>5141</v>
+        <v>5152</v>
       </c>
       <c r="F167" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G167" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H167" s="2" t="s">
-        <v>506</v>
+        <v>498</v>
       </c>
       <c r="I167" s="2">
         <v>83</v>
       </c>
       <c r="J167" s="2">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="K167" s="2">
         <v>100</v>
       </c>
       <c r="L167" s="2">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="M167" s="2">
         <v>0</v>
       </c>
       <c r="N167" s="2">
-        <v>152</v>
+        <v>151</v>
       </c>
     </row>
     <row r="168" spans="1:14">
       <c r="A168" s="2">
-        <v>100594</v>
+        <v>101868</v>
       </c>
       <c r="B168" s="2" t="s">
         <v>507</v>
       </c>
       <c r="C168" s="2" t="s">
+        <v>100</v>
+      </c>
+      <c r="D168" s="2"/>
+      <c r="E168" s="2">
+        <v>5135</v>
+      </c>
+      <c r="F168" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="G168" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="H168" s="2" t="s">
         <v>508</v>
-      </c>
-[...13 lines deleted...]
-        <v>501</v>
       </c>
       <c r="I168" s="2">
         <v>84</v>
       </c>
       <c r="J168" s="2">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="K168" s="2">
         <v>100</v>
       </c>
       <c r="L168" s="2">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="M168" s="2">
         <v>0</v>
       </c>
       <c r="N168" s="2">
-        <v>150</v>
+        <v>151</v>
       </c>
     </row>
     <row r="169" spans="1:14">
       <c r="A169" s="2">
-        <v>101868</v>
+        <v>100594</v>
       </c>
       <c r="B169" s="2" t="s">
+        <v>509</v>
+      </c>
+      <c r="C169" s="2" t="s">
         <v>510</v>
       </c>
-      <c r="C169" s="2" t="s">
-[...2 lines deleted...]
-      <c r="D169" s="2"/>
+      <c r="D169" s="2" t="s">
+        <v>511</v>
+      </c>
       <c r="E169" s="2">
-        <v>5135</v>
+        <v>5223</v>
       </c>
       <c r="F169" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G169" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H169" s="2" t="s">
-        <v>511</v>
+        <v>498</v>
       </c>
       <c r="I169" s="2">
         <v>84</v>
       </c>
       <c r="J169" s="2">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="K169" s="2">
         <v>100</v>
       </c>
       <c r="L169" s="2">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="M169" s="2">
         <v>0</v>
       </c>
       <c r="N169" s="2">
-        <v>151</v>
+        <v>150</v>
       </c>
     </row>
     <row r="170" spans="1:14">
       <c r="A170" s="2">
-        <v>103731</v>
+        <v>100595</v>
       </c>
       <c r="B170" s="2" t="s">
         <v>512</v>
       </c>
       <c r="C170" s="2" t="s">
-        <v>164</v>
-[...1 lines deleted...]
-      <c r="D170" s="2"/>
+        <v>513</v>
+      </c>
+      <c r="D170" s="2" t="s">
+        <v>514</v>
+      </c>
       <c r="E170" s="2">
-        <v>5299</v>
+        <v>5172</v>
       </c>
       <c r="F170" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G170" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H170" s="2" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="I170" s="2">
         <v>85</v>
       </c>
       <c r="J170" s="2">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="K170" s="2">
         <v>100</v>
       </c>
       <c r="L170" s="2">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="M170" s="2">
         <v>0</v>
       </c>
       <c r="N170" s="2">
-        <v>150</v>
+        <v>149</v>
       </c>
     </row>
     <row r="171" spans="1:14">
       <c r="A171" s="2">
-        <v>100595</v>
+        <v>103731</v>
       </c>
       <c r="B171" s="2" t="s">
-        <v>514</v>
+        <v>516</v>
       </c>
       <c r="C171" s="2" t="s">
-        <v>515</v>
-[...3 lines deleted...]
-      </c>
+        <v>164</v>
+      </c>
+      <c r="D171" s="2"/>
       <c r="E171" s="2">
-        <v>5172</v>
+        <v>5299</v>
       </c>
       <c r="F171" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G171" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H171" s="2" t="s">
         <v>517</v>
       </c>
       <c r="I171" s="2">
         <v>85</v>
       </c>
       <c r="J171" s="2">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="K171" s="2">
         <v>100</v>
       </c>
       <c r="L171" s="2">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="M171" s="2">
         <v>0</v>
       </c>
       <c r="N171" s="2">
-        <v>149</v>
+        <v>150</v>
       </c>
     </row>
     <row r="172" spans="1:14">
       <c r="A172" s="2">
-        <v>100596</v>
+        <v>103732</v>
       </c>
       <c r="B172" s="2" t="s">
         <v>518</v>
       </c>
       <c r="C172" s="2" t="s">
-        <v>271</v>
-[...1 lines deleted...]
-      <c r="D172" s="2" t="s">
+        <v>100</v>
+      </c>
+      <c r="D172" s="2"/>
+      <c r="E172" s="2">
+        <v>5129</v>
+      </c>
+      <c r="F172" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="G172" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="H172" s="2" t="s">
         <v>519</v>
-      </c>
-[...10 lines deleted...]
-        <v>520</v>
       </c>
       <c r="I172" s="2">
         <v>86</v>
       </c>
       <c r="J172" s="2">
-        <v>14</v>
+        <v>72</v>
       </c>
       <c r="K172" s="2">
         <v>100</v>
       </c>
       <c r="L172" s="2">
-        <v>170</v>
+        <v>49</v>
       </c>
       <c r="M172" s="2">
         <v>0</v>
       </c>
       <c r="N172" s="2">
-        <v>270</v>
+        <v>149</v>
       </c>
     </row>
     <row r="173" spans="1:14">
       <c r="A173" s="2">
-        <v>103732</v>
+        <v>100596</v>
       </c>
       <c r="B173" s="2" t="s">
+        <v>520</v>
+      </c>
+      <c r="C173" s="2" t="s">
+        <v>271</v>
+      </c>
+      <c r="D173" s="2" t="s">
         <v>521</v>
       </c>
-      <c r="C173" s="2" t="s">
-[...2 lines deleted...]
-      <c r="D173" s="2"/>
       <c r="E173" s="2">
-        <v>5129</v>
+        <v>5171</v>
       </c>
       <c r="F173" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G173" s="2" t="s">
-        <v>17</v>
+        <v>66</v>
       </c>
       <c r="H173" s="2" t="s">
         <v>522</v>
       </c>
       <c r="I173" s="2">
         <v>86</v>
       </c>
       <c r="J173" s="2">
-        <v>72</v>
+        <v>14</v>
       </c>
       <c r="K173" s="2">
         <v>100</v>
       </c>
       <c r="L173" s="2">
-        <v>49</v>
+        <v>170</v>
       </c>
       <c r="M173" s="2">
         <v>0</v>
       </c>
       <c r="N173" s="2">
-        <v>149</v>
+        <v>270</v>
       </c>
     </row>
     <row r="174" spans="1:14">
       <c r="A174" s="2">
-        <v>100597</v>
+        <v>103733</v>
       </c>
       <c r="B174" s="2" t="s">
         <v>523</v>
       </c>
       <c r="C174" s="2" t="s">
-        <v>468</v>
-[...1 lines deleted...]
-      <c r="D174" s="2" t="s">
+        <v>45</v>
+      </c>
+      <c r="D174" s="2"/>
+      <c r="E174" s="2">
+        <v>5473</v>
+      </c>
+      <c r="F174" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="G174" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="H174" s="2" t="s">
         <v>524</v>
-      </c>
-[...10 lines deleted...]
-        <v>525</v>
       </c>
       <c r="I174" s="2">
         <v>87</v>
       </c>
       <c r="J174" s="2">
         <v>73</v>
       </c>
       <c r="K174" s="2">
         <v>100</v>
       </c>
       <c r="L174" s="2">
         <v>48</v>
       </c>
       <c r="M174" s="2">
         <v>0</v>
       </c>
       <c r="N174" s="2">
         <v>148</v>
       </c>
     </row>
     <row r="175" spans="1:14">
       <c r="A175" s="2">
-        <v>103733</v>
+        <v>100597</v>
       </c>
       <c r="B175" s="2" t="s">
+        <v>525</v>
+      </c>
+      <c r="C175" s="2" t="s">
+        <v>468</v>
+      </c>
+      <c r="D175" s="2" t="s">
         <v>526</v>
       </c>
-      <c r="C175" s="2" t="s">
-[...2 lines deleted...]
-      <c r="D175" s="2"/>
       <c r="E175" s="2">
-        <v>5473</v>
+        <v>5312</v>
       </c>
       <c r="F175" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G175" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H175" s="2" t="s">
         <v>527</v>
       </c>
       <c r="I175" s="2">
         <v>87</v>
       </c>
       <c r="J175" s="2">
         <v>73</v>
       </c>
       <c r="K175" s="2">
         <v>100</v>
       </c>
       <c r="L175" s="2">
         <v>48</v>
       </c>
       <c r="M175" s="2">
         <v>0</v>
       </c>
@@ -11976,105 +11976,105 @@
       </c>
       <c r="H177" s="2" t="s">
         <v>533</v>
       </c>
       <c r="I177" s="2">
         <v>88</v>
       </c>
       <c r="J177" s="2">
         <v>74</v>
       </c>
       <c r="K177" s="2">
         <v>100</v>
       </c>
       <c r="L177" s="2">
         <v>47</v>
       </c>
       <c r="M177" s="2">
         <v>0</v>
       </c>
       <c r="N177" s="2">
         <v>147</v>
       </c>
     </row>
     <row r="178" spans="1:14">
       <c r="A178" s="2">
-        <v>100599</v>
+        <v>103735</v>
       </c>
       <c r="B178" s="2" t="s">
         <v>534</v>
       </c>
       <c r="C178" s="2" t="s">
-        <v>503</v>
-[...1 lines deleted...]
-      <c r="D178" s="2" t="s">
         <v>535</v>
       </c>
+      <c r="D178" s="2"/>
       <c r="E178" s="2">
-        <v>5028</v>
+        <v>5032</v>
       </c>
       <c r="F178" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G178" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H178" s="2" t="s">
         <v>536</v>
       </c>
       <c r="I178" s="2">
         <v>89</v>
       </c>
       <c r="J178" s="2">
         <v>75</v>
       </c>
       <c r="K178" s="2">
         <v>100</v>
       </c>
       <c r="L178" s="2">
         <v>46</v>
       </c>
       <c r="M178" s="2">
         <v>0</v>
       </c>
       <c r="N178" s="2">
         <v>146</v>
       </c>
     </row>
     <row r="179" spans="1:14">
       <c r="A179" s="2">
-        <v>103735</v>
+        <v>100599</v>
       </c>
       <c r="B179" s="2" t="s">
         <v>537</v>
       </c>
       <c r="C179" s="2" t="s">
+        <v>505</v>
+      </c>
+      <c r="D179" s="2" t="s">
         <v>538</v>
       </c>
-      <c r="D179" s="2"/>
       <c r="E179" s="2">
-        <v>5032</v>
+        <v>5028</v>
       </c>
       <c r="F179" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G179" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H179" s="2" t="s">
         <v>539</v>
       </c>
       <c r="I179" s="2">
         <v>89</v>
       </c>
       <c r="J179" s="2">
         <v>75</v>
       </c>
       <c r="K179" s="2">
         <v>100</v>
       </c>
       <c r="L179" s="2">
         <v>46</v>
       </c>
       <c r="M179" s="2">
         <v>0</v>
       </c>
@@ -12146,143 +12146,143 @@
       </c>
       <c r="H181" s="2" t="s">
         <v>545</v>
       </c>
       <c r="I181" s="2">
         <v>90</v>
       </c>
       <c r="J181" s="2">
         <v>76</v>
       </c>
       <c r="K181" s="2">
         <v>100</v>
       </c>
       <c r="L181" s="2">
         <v>45</v>
       </c>
       <c r="M181" s="2">
         <v>0</v>
       </c>
       <c r="N181" s="2">
         <v>145</v>
       </c>
     </row>
     <row r="182" spans="1:14">
       <c r="A182" s="2">
-        <v>103737</v>
+        <v>100601</v>
       </c>
       <c r="B182" s="2" t="s">
         <v>546</v>
       </c>
       <c r="C182" s="2" t="s">
-        <v>117</v>
-[...1 lines deleted...]
-      <c r="D182" s="2"/>
+        <v>61</v>
+      </c>
+      <c r="D182" s="2" t="s">
+        <v>547</v>
+      </c>
       <c r="E182" s="2">
-        <v>5304</v>
+        <v>5222</v>
       </c>
       <c r="F182" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G182" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H182" s="2" t="s">
-        <v>547</v>
+        <v>543</v>
       </c>
       <c r="I182" s="2">
         <v>91</v>
       </c>
       <c r="J182" s="2">
         <v>77</v>
       </c>
       <c r="K182" s="2">
         <v>100</v>
       </c>
       <c r="L182" s="2">
         <v>44</v>
       </c>
       <c r="M182" s="2">
         <v>0</v>
       </c>
       <c r="N182" s="2">
         <v>144</v>
       </c>
     </row>
     <row r="183" spans="1:14">
       <c r="A183" s="2">
-        <v>100601</v>
+        <v>103737</v>
       </c>
       <c r="B183" s="2" t="s">
         <v>548</v>
       </c>
       <c r="C183" s="2" t="s">
-        <v>66</v>
-[...1 lines deleted...]
-      <c r="D183" s="2" t="s">
+        <v>117</v>
+      </c>
+      <c r="D183" s="2"/>
+      <c r="E183" s="2">
+        <v>5304</v>
+      </c>
+      <c r="F183" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="G183" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="H183" s="2" t="s">
         <v>549</v>
-      </c>
-[...10 lines deleted...]
-        <v>543</v>
       </c>
       <c r="I183" s="2">
         <v>91</v>
       </c>
       <c r="J183" s="2">
         <v>77</v>
       </c>
       <c r="K183" s="2">
         <v>100</v>
       </c>
       <c r="L183" s="2">
         <v>44</v>
       </c>
       <c r="M183" s="2">
         <v>0</v>
       </c>
       <c r="N183" s="2">
         <v>144</v>
       </c>
     </row>
     <row r="184" spans="1:14">
       <c r="A184" s="2">
         <v>100602</v>
       </c>
       <c r="B184" s="2" t="s">
         <v>550</v>
       </c>
       <c r="C184" s="2" t="s">
-        <v>279</v>
+        <v>281</v>
       </c>
       <c r="D184" s="2" t="s">
         <v>551</v>
       </c>
       <c r="E184" s="2">
         <v>5139</v>
       </c>
       <c r="F184" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G184" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H184" s="2" t="s">
         <v>552</v>
       </c>
       <c r="I184" s="2">
         <v>92</v>
       </c>
       <c r="J184" s="2">
         <v>78</v>
       </c>
       <c r="K184" s="2">
         <v>100</v>
       </c>
@@ -12404,106 +12404,106 @@
       </c>
       <c r="H187" s="2" t="s">
         <v>559</v>
       </c>
       <c r="I187" s="2">
         <v>93</v>
       </c>
       <c r="J187" s="2">
         <v>79</v>
       </c>
       <c r="K187" s="2">
         <v>100</v>
       </c>
       <c r="L187" s="2">
         <v>42</v>
       </c>
       <c r="M187" s="2">
         <v>0</v>
       </c>
       <c r="N187" s="2">
         <v>142</v>
       </c>
     </row>
     <row r="188" spans="1:14">
       <c r="A188" s="2">
-        <v>100604</v>
+        <v>103740</v>
       </c>
       <c r="B188" s="2" t="s">
         <v>560</v>
       </c>
       <c r="C188" s="2" t="s">
-        <v>381</v>
+        <v>366</v>
       </c>
       <c r="D188" s="2"/>
       <c r="E188" s="2">
-        <v>5412</v>
+        <v>5331</v>
       </c>
       <c r="F188" s="2" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="G188" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H188" s="2" t="s">
         <v>561</v>
       </c>
       <c r="I188" s="2">
         <v>94</v>
       </c>
       <c r="J188" s="2">
         <v>80</v>
       </c>
       <c r="K188" s="2">
         <v>100</v>
       </c>
       <c r="L188" s="2">
         <v>41</v>
       </c>
       <c r="M188" s="2">
         <v>0</v>
       </c>
       <c r="N188" s="2">
         <v>141</v>
       </c>
     </row>
     <row r="189" spans="1:14">
       <c r="A189" s="2">
-        <v>103740</v>
+        <v>100604</v>
       </c>
       <c r="B189" s="2" t="s">
         <v>562</v>
       </c>
       <c r="C189" s="2" t="s">
-        <v>363</v>
+        <v>381</v>
       </c>
       <c r="D189" s="2"/>
       <c r="E189" s="2">
-        <v>5331</v>
+        <v>5412</v>
       </c>
       <c r="F189" s="2" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="G189" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H189" s="2" t="s">
         <v>563</v>
       </c>
       <c r="I189" s="2">
         <v>94</v>
       </c>
       <c r="J189" s="2">
         <v>80</v>
       </c>
       <c r="K189" s="2">
         <v>100</v>
       </c>
       <c r="L189" s="2">
         <v>41</v>
       </c>
       <c r="M189" s="2">
         <v>0</v>
       </c>
       <c r="N189" s="2">
         <v>141</v>
       </c>
@@ -12551,213 +12551,213 @@
       </c>
     </row>
     <row r="191" spans="1:14">
       <c r="A191" s="2">
         <v>100605</v>
       </c>
       <c r="B191" s="2" t="s">
         <v>566</v>
       </c>
       <c r="C191" s="2" t="s">
         <v>567</v>
       </c>
       <c r="D191" s="2" t="s">
         <v>568</v>
       </c>
       <c r="E191" s="2">
         <v>5156</v>
       </c>
       <c r="F191" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G191" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H191" s="2" t="s">
-        <v>561</v>
+        <v>563</v>
       </c>
       <c r="I191" s="2">
         <v>95</v>
       </c>
       <c r="J191" s="2">
         <v>81</v>
       </c>
       <c r="K191" s="2">
         <v>100</v>
       </c>
       <c r="L191" s="2">
         <v>40</v>
       </c>
       <c r="M191" s="2">
         <v>0</v>
       </c>
       <c r="N191" s="2">
         <v>140</v>
       </c>
     </row>
     <row r="192" spans="1:14">
       <c r="A192" s="2">
-        <v>100606</v>
+        <v>103742</v>
       </c>
       <c r="B192" s="2" t="s">
         <v>569</v>
       </c>
       <c r="C192" s="2" t="s">
         <v>570</v>
       </c>
       <c r="D192" s="2"/>
       <c r="E192" s="2">
-        <v>5406</v>
-[...1 lines deleted...]
-      <c r="F192" s="2"/>
+        <v>5064</v>
+      </c>
+      <c r="F192" s="2" t="s">
+        <v>27</v>
+      </c>
       <c r="G192" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H192" s="2" t="s">
         <v>571</v>
       </c>
       <c r="I192" s="2">
         <v>96</v>
       </c>
       <c r="J192" s="2">
         <v>82</v>
       </c>
       <c r="K192" s="2">
         <v>100</v>
       </c>
       <c r="L192" s="2">
         <v>39</v>
       </c>
       <c r="M192" s="2">
         <v>0</v>
       </c>
       <c r="N192" s="2">
         <v>139</v>
       </c>
     </row>
     <row r="193" spans="1:14">
       <c r="A193" s="2">
-        <v>103742</v>
+        <v>100606</v>
       </c>
       <c r="B193" s="2" t="s">
         <v>572</v>
       </c>
       <c r="C193" s="2" t="s">
         <v>573</v>
       </c>
       <c r="D193" s="2"/>
       <c r="E193" s="2">
-        <v>5064</v>
-[...3 lines deleted...]
-      </c>
+        <v>5406</v>
+      </c>
+      <c r="F193" s="2"/>
       <c r="G193" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H193" s="2" t="s">
         <v>574</v>
       </c>
       <c r="I193" s="2">
         <v>96</v>
       </c>
       <c r="J193" s="2">
         <v>82</v>
       </c>
       <c r="K193" s="2">
         <v>100</v>
       </c>
       <c r="L193" s="2">
         <v>39</v>
       </c>
       <c r="M193" s="2">
         <v>0</v>
       </c>
       <c r="N193" s="2">
         <v>139</v>
       </c>
     </row>
     <row r="194" spans="1:14">
       <c r="A194" s="2">
-        <v>103743</v>
+        <v>100444</v>
       </c>
       <c r="B194" s="2" t="s">
         <v>575</v>
       </c>
       <c r="C194" s="2" t="s">
-        <v>103</v>
-[...1 lines deleted...]
-      <c r="D194" s="2"/>
+        <v>430</v>
+      </c>
+      <c r="D194" s="2" t="s">
+        <v>576</v>
+      </c>
       <c r="E194" s="2">
-        <v>5318</v>
+        <v>5376</v>
       </c>
       <c r="F194" s="2" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="G194" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H194" s="2" t="s">
-        <v>576</v>
+        <v>577</v>
       </c>
       <c r="I194" s="2">
         <v>97</v>
       </c>
       <c r="J194" s="2">
         <v>83</v>
       </c>
       <c r="K194" s="2">
         <v>100</v>
       </c>
       <c r="L194" s="2">
         <v>38</v>
       </c>
       <c r="M194" s="2">
         <v>0</v>
       </c>
       <c r="N194" s="2">
         <v>138</v>
       </c>
     </row>
     <row r="195" spans="1:14">
       <c r="A195" s="2">
-        <v>100444</v>
+        <v>103743</v>
       </c>
       <c r="B195" s="2" t="s">
-        <v>577</v>
+        <v>578</v>
       </c>
       <c r="C195" s="2" t="s">
-        <v>432</v>
-[...3 lines deleted...]
-      </c>
+        <v>100</v>
+      </c>
+      <c r="D195" s="2"/>
       <c r="E195" s="2">
-        <v>5376</v>
+        <v>5318</v>
       </c>
       <c r="F195" s="2" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="G195" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H195" s="2" t="s">
         <v>579</v>
       </c>
       <c r="I195" s="2">
         <v>97</v>
       </c>
       <c r="J195" s="2">
         <v>83</v>
       </c>
       <c r="K195" s="2">
         <v>100</v>
       </c>
       <c r="L195" s="2">
         <v>38</v>
       </c>
       <c r="M195" s="2">
         <v>0</v>
       </c>
       <c r="N195" s="2">
         <v>138</v>
       </c>
@@ -12802,95 +12802,95 @@
       <c r="M196" s="2">
         <v>0</v>
       </c>
       <c r="N196" s="2">
         <v>137</v>
       </c>
     </row>
     <row r="197" spans="1:14">
       <c r="A197" s="2">
         <v>103744</v>
       </c>
       <c r="B197" s="2" t="s">
         <v>584</v>
       </c>
       <c r="C197" s="2" t="s">
         <v>45</v>
       </c>
       <c r="D197" s="2"/>
       <c r="E197" s="2">
         <v>5238</v>
       </c>
       <c r="F197" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G197" s="2" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="H197" s="2" t="s">
         <v>585</v>
       </c>
       <c r="I197" s="2">
         <v>98</v>
       </c>
       <c r="J197" s="2">
         <v>15</v>
       </c>
       <c r="K197" s="2">
         <v>100</v>
       </c>
       <c r="L197" s="2">
         <v>160</v>
       </c>
       <c r="M197" s="2">
         <v>0</v>
       </c>
       <c r="N197" s="2">
         <v>260</v>
       </c>
     </row>
     <row r="198" spans="1:14">
       <c r="A198" s="2">
         <v>100608</v>
       </c>
       <c r="B198" s="2" t="s">
         <v>586</v>
       </c>
       <c r="C198" s="2" t="s">
         <v>587</v>
       </c>
       <c r="D198" s="2" t="s">
         <v>588</v>
       </c>
       <c r="E198" s="2">
         <v>5004</v>
       </c>
       <c r="F198" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G198" s="2" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="H198" s="2" t="s">
         <v>589</v>
       </c>
       <c r="I198" s="2">
         <v>99</v>
       </c>
       <c r="J198" s="2">
         <v>15</v>
       </c>
       <c r="K198" s="2">
         <v>100</v>
       </c>
       <c r="L198" s="2">
         <v>160</v>
       </c>
       <c r="M198" s="2">
         <v>0</v>
       </c>
       <c r="N198" s="2">
         <v>260</v>
       </c>
     </row>
     <row r="199" spans="1:14">
       <c r="A199" s="2">
@@ -12914,106 +12914,106 @@
       </c>
       <c r="H199" s="2" t="s">
         <v>592</v>
       </c>
       <c r="I199" s="2">
         <v>99</v>
       </c>
       <c r="J199" s="2">
         <v>84</v>
       </c>
       <c r="K199" s="2">
         <v>100</v>
       </c>
       <c r="L199" s="2">
         <v>37</v>
       </c>
       <c r="M199" s="2">
         <v>0</v>
       </c>
       <c r="N199" s="2">
         <v>137</v>
       </c>
     </row>
     <row r="200" spans="1:14">
       <c r="A200" s="2">
-        <v>100609</v>
+        <v>103746</v>
       </c>
       <c r="B200" s="2" t="s">
         <v>593</v>
       </c>
       <c r="C200" s="2" t="s">
         <v>594</v>
       </c>
       <c r="D200" s="2"/>
       <c r="E200" s="2">
-        <v>5341</v>
+        <v>5262</v>
       </c>
       <c r="F200" s="2" t="s">
-        <v>82</v>
+        <v>27</v>
       </c>
       <c r="G200" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H200" s="2" t="s">
         <v>595</v>
       </c>
       <c r="I200" s="2">
         <v>100</v>
       </c>
       <c r="J200" s="2">
         <v>85</v>
       </c>
       <c r="K200" s="2">
         <v>100</v>
       </c>
       <c r="L200" s="2">
         <v>36</v>
       </c>
       <c r="M200" s="2">
         <v>0</v>
       </c>
       <c r="N200" s="2">
         <v>136</v>
       </c>
     </row>
     <row r="201" spans="1:14">
       <c r="A201" s="2">
-        <v>103746</v>
+        <v>100609</v>
       </c>
       <c r="B201" s="2" t="s">
         <v>596</v>
       </c>
       <c r="C201" s="2" t="s">
         <v>597</v>
       </c>
       <c r="D201" s="2"/>
       <c r="E201" s="2">
-        <v>5262</v>
+        <v>5341</v>
       </c>
       <c r="F201" s="2" t="s">
-        <v>27</v>
+        <v>82</v>
       </c>
       <c r="G201" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H201" s="2" t="s">
         <v>598</v>
       </c>
       <c r="I201" s="2">
         <v>100</v>
       </c>
       <c r="J201" s="2">
         <v>85</v>
       </c>
       <c r="K201" s="2">
         <v>100</v>
       </c>
       <c r="L201" s="2">
         <v>36</v>
       </c>
       <c r="M201" s="2">
         <v>0</v>
       </c>
       <c r="N201" s="2">
         <v>136</v>
       </c>
@@ -13046,51 +13046,51 @@
       </c>
       <c r="J202" s="2">
         <v>86</v>
       </c>
       <c r="K202" s="2">
         <v>100</v>
       </c>
       <c r="L202" s="2">
         <v>35</v>
       </c>
       <c r="M202" s="2">
         <v>0</v>
       </c>
       <c r="N202" s="2">
         <v>135</v>
       </c>
     </row>
     <row r="203" spans="1:14">
       <c r="A203" s="2">
         <v>100610</v>
       </c>
       <c r="B203" s="2" t="s">
         <v>601</v>
       </c>
       <c r="C203" s="2" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="D203" s="2" t="s">
         <v>602</v>
       </c>
       <c r="E203" s="2">
         <v>5074</v>
       </c>
       <c r="F203" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G203" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H203" s="2" t="s">
         <v>603</v>
       </c>
       <c r="I203" s="2">
         <v>101</v>
       </c>
       <c r="J203" s="2">
         <v>86</v>
       </c>
       <c r="K203" s="2">
         <v>100</v>
       </c>
@@ -13134,336 +13134,336 @@
       </c>
       <c r="J204" s="2">
         <v>87</v>
       </c>
       <c r="K204" s="2">
         <v>100</v>
       </c>
       <c r="L204" s="2">
         <v>34</v>
       </c>
       <c r="M204" s="2">
         <v>0</v>
       </c>
       <c r="N204" s="2">
         <v>134</v>
       </c>
     </row>
     <row r="205" spans="1:14">
       <c r="A205" s="2">
         <v>103748</v>
       </c>
       <c r="B205" s="2" t="s">
         <v>225</v>
       </c>
       <c r="C205" s="2" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="D205" s="2"/>
       <c r="E205" s="2">
         <v>5311</v>
       </c>
       <c r="F205" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G205" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H205" s="2" t="s">
         <v>607</v>
       </c>
       <c r="I205" s="2">
         <v>102</v>
       </c>
       <c r="J205" s="2">
         <v>87</v>
       </c>
       <c r="K205" s="2">
         <v>100</v>
       </c>
       <c r="L205" s="2">
         <v>34</v>
       </c>
       <c r="M205" s="2">
         <v>0</v>
       </c>
       <c r="N205" s="2">
         <v>134</v>
       </c>
     </row>
     <row r="206" spans="1:14">
       <c r="A206" s="2">
-        <v>101873</v>
+        <v>100612</v>
       </c>
       <c r="B206" s="2" t="s">
         <v>608</v>
       </c>
       <c r="C206" s="2" t="s">
         <v>609</v>
       </c>
       <c r="D206" s="2"/>
       <c r="E206" s="2">
-        <v>5156</v>
-[...3 lines deleted...]
-      </c>
+        <v>5381</v>
+      </c>
+      <c r="F206" s="2"/>
       <c r="G206" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H206" s="2" t="s">
         <v>610</v>
       </c>
       <c r="I206" s="2">
         <v>103</v>
       </c>
       <c r="J206" s="2">
         <v>88</v>
       </c>
       <c r="K206" s="2">
         <v>100</v>
       </c>
       <c r="L206" s="2">
         <v>33</v>
       </c>
       <c r="M206" s="2">
         <v>0</v>
       </c>
       <c r="N206" s="2">
         <v>133</v>
       </c>
     </row>
     <row r="207" spans="1:14">
       <c r="A207" s="2">
-        <v>100612</v>
+        <v>101873</v>
       </c>
       <c r="B207" s="2" t="s">
         <v>611</v>
       </c>
       <c r="C207" s="2" t="s">
         <v>612</v>
       </c>
       <c r="D207" s="2"/>
       <c r="E207" s="2">
-        <v>5381</v>
-[...1 lines deleted...]
-      <c r="F207" s="2"/>
+        <v>5156</v>
+      </c>
+      <c r="F207" s="2" t="s">
+        <v>27</v>
+      </c>
       <c r="G207" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H207" s="2" t="s">
         <v>613</v>
       </c>
       <c r="I207" s="2">
         <v>103</v>
       </c>
       <c r="J207" s="2">
         <v>88</v>
       </c>
       <c r="K207" s="2">
         <v>100</v>
       </c>
       <c r="L207" s="2">
         <v>33</v>
       </c>
       <c r="M207" s="2">
         <v>0</v>
       </c>
       <c r="N207" s="2">
         <v>133</v>
       </c>
     </row>
     <row r="208" spans="1:14">
       <c r="A208" s="2">
-        <v>100613</v>
+        <v>103750</v>
       </c>
       <c r="B208" s="2" t="s">
         <v>614</v>
       </c>
       <c r="C208" s="2" t="s">
+        <v>100</v>
+      </c>
+      <c r="D208" s="2"/>
+      <c r="E208" s="2">
+        <v>5474</v>
+      </c>
+      <c r="F208" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="G208" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="H208" s="2" t="s">
         <v>615</v>
-      </c>
-[...13 lines deleted...]
-        <v>617</v>
       </c>
       <c r="I208" s="2">
         <v>104</v>
       </c>
       <c r="J208" s="2">
         <v>89</v>
       </c>
       <c r="K208" s="2">
         <v>100</v>
       </c>
       <c r="L208" s="2">
         <v>32</v>
       </c>
       <c r="M208" s="2">
         <v>0</v>
       </c>
       <c r="N208" s="2">
         <v>132</v>
       </c>
     </row>
     <row r="209" spans="1:14">
       <c r="A209" s="2">
-        <v>103750</v>
+        <v>100613</v>
       </c>
       <c r="B209" s="2" t="s">
+        <v>616</v>
+      </c>
+      <c r="C209" s="2" t="s">
+        <v>617</v>
+      </c>
+      <c r="D209" s="2" t="s">
         <v>618</v>
       </c>
-      <c r="C209" s="2" t="s">
-[...2 lines deleted...]
-      <c r="D209" s="2"/>
       <c r="E209" s="2">
-        <v>5474</v>
+        <v>5166</v>
       </c>
       <c r="F209" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G209" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H209" s="2" t="s">
         <v>619</v>
       </c>
       <c r="I209" s="2">
         <v>104</v>
       </c>
       <c r="J209" s="2">
         <v>89</v>
       </c>
       <c r="K209" s="2">
         <v>100</v>
       </c>
       <c r="L209" s="2">
         <v>32</v>
       </c>
       <c r="M209" s="2">
         <v>0</v>
       </c>
       <c r="N209" s="2">
         <v>132</v>
       </c>
     </row>
     <row r="210" spans="1:14">
       <c r="A210" s="2">
-        <v>100615</v>
+        <v>103751</v>
       </c>
       <c r="B210" s="2" t="s">
         <v>620</v>
       </c>
       <c r="C210" s="2" t="s">
-        <v>45</v>
-[...1 lines deleted...]
-      <c r="D210" s="2" t="s">
         <v>621</v>
       </c>
+      <c r="D210" s="2"/>
       <c r="E210" s="2">
-        <v>5041</v>
+        <v>5091</v>
       </c>
       <c r="F210" s="2" t="s">
-        <v>27</v>
+        <v>34</v>
       </c>
       <c r="G210" s="2" t="s">
-        <v>17</v>
+        <v>66</v>
       </c>
       <c r="H210" s="2" t="s">
         <v>622</v>
       </c>
       <c r="I210" s="2">
         <v>105</v>
       </c>
       <c r="J210" s="2">
-        <v>90</v>
+        <v>16</v>
       </c>
       <c r="K210" s="2">
         <v>100</v>
       </c>
       <c r="L210" s="2">
-        <v>31</v>
+        <v>150</v>
       </c>
       <c r="M210" s="2">
         <v>0</v>
       </c>
       <c r="N210" s="2">
-        <v>131</v>
+        <v>250</v>
       </c>
     </row>
     <row r="211" spans="1:14">
       <c r="A211" s="2">
-        <v>103751</v>
+        <v>100615</v>
       </c>
       <c r="B211" s="2" t="s">
         <v>623</v>
       </c>
       <c r="C211" s="2" t="s">
+        <v>45</v>
+      </c>
+      <c r="D211" s="2" t="s">
         <v>624</v>
       </c>
-      <c r="D211" s="2"/>
       <c r="E211" s="2">
-        <v>5091</v>
+        <v>5041</v>
       </c>
       <c r="F211" s="2" t="s">
-        <v>34</v>
+        <v>27</v>
       </c>
       <c r="G211" s="2" t="s">
-        <v>63</v>
+        <v>17</v>
       </c>
       <c r="H211" s="2" t="s">
         <v>625</v>
       </c>
       <c r="I211" s="2">
         <v>105</v>
       </c>
       <c r="J211" s="2">
-        <v>16</v>
+        <v>90</v>
       </c>
       <c r="K211" s="2">
         <v>100</v>
       </c>
       <c r="L211" s="2">
-        <v>150</v>
+        <v>31</v>
       </c>
       <c r="M211" s="2">
         <v>0</v>
       </c>
       <c r="N211" s="2">
-        <v>250</v>
+        <v>131</v>
       </c>
     </row>
     <row r="212" spans="1:14">
       <c r="A212" s="2">
         <v>100582</v>
       </c>
       <c r="B212" s="2" t="s">
         <v>442</v>
       </c>
       <c r="C212" s="2" t="s">
         <v>443</v>
       </c>
       <c r="D212" s="2"/>
       <c r="E212" s="2">
         <v>5035</v>
       </c>
       <c r="F212" s="2"/>
       <c r="G212" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H212" s="2" t="s">
         <v>626</v>
       </c>
       <c r="I212" s="2">
         <v>106</v>
@@ -13482,131 +13482,131 @@
       </c>
       <c r="N212" s="2">
         <v>131</v>
       </c>
     </row>
     <row r="213" spans="1:14">
       <c r="A213" s="2">
         <v>100614</v>
       </c>
       <c r="B213" s="2" t="s">
         <v>627</v>
       </c>
       <c r="C213" s="2" t="s">
         <v>628</v>
       </c>
       <c r="D213" s="2" t="s">
         <v>629</v>
       </c>
       <c r="E213" s="2">
         <v>5196</v>
       </c>
       <c r="F213" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G213" s="2" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="H213" s="2" t="s">
-        <v>622</v>
+        <v>625</v>
       </c>
       <c r="I213" s="2">
         <v>106</v>
       </c>
       <c r="J213" s="2">
         <v>16</v>
       </c>
       <c r="K213" s="2">
         <v>100</v>
       </c>
       <c r="L213" s="2">
         <v>150</v>
       </c>
       <c r="M213" s="2">
         <v>0</v>
       </c>
       <c r="N213" s="2">
         <v>250</v>
       </c>
     </row>
     <row r="214" spans="1:14">
       <c r="A214" s="2">
-        <v>103753</v>
+        <v>100616</v>
       </c>
       <c r="B214" s="2" t="s">
         <v>630</v>
       </c>
       <c r="C214" s="2" t="s">
-        <v>45</v>
-[...1 lines deleted...]
-      <c r="D214" s="2"/>
+        <v>631</v>
+      </c>
+      <c r="D214" s="2" t="s">
+        <v>632</v>
+      </c>
       <c r="E214" s="2">
-        <v>5177</v>
+        <v>5056</v>
       </c>
       <c r="F214" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G214" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H214" s="2" t="s">
-        <v>631</v>
+        <v>633</v>
       </c>
       <c r="I214" s="2">
         <v>107</v>
       </c>
       <c r="J214" s="2">
         <v>91</v>
       </c>
       <c r="K214" s="2">
         <v>100</v>
       </c>
       <c r="L214" s="2">
         <v>30</v>
       </c>
       <c r="M214" s="2">
         <v>0</v>
       </c>
       <c r="N214" s="2">
         <v>130</v>
       </c>
     </row>
     <row r="215" spans="1:14">
       <c r="A215" s="2">
-        <v>100616</v>
+        <v>103753</v>
       </c>
       <c r="B215" s="2" t="s">
-        <v>632</v>
+        <v>634</v>
       </c>
       <c r="C215" s="2" t="s">
-        <v>633</v>
-[...3 lines deleted...]
-      </c>
+        <v>45</v>
+      </c>
+      <c r="D215" s="2"/>
       <c r="E215" s="2">
-        <v>5056</v>
+        <v>5177</v>
       </c>
       <c r="F215" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G215" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H215" s="2" t="s">
         <v>635</v>
       </c>
       <c r="I215" s="2">
         <v>107</v>
       </c>
       <c r="J215" s="2">
         <v>91</v>
       </c>
       <c r="K215" s="2">
         <v>100</v>
       </c>
       <c r="L215" s="2">
         <v>30</v>
       </c>
       <c r="M215" s="2">
         <v>0</v>
       </c>
@@ -13680,130 +13680,130 @@
       </c>
       <c r="H217" s="2" t="s">
         <v>640</v>
       </c>
       <c r="I217" s="2">
         <v>108</v>
       </c>
       <c r="J217" s="2">
         <v>92</v>
       </c>
       <c r="K217" s="2">
         <v>100</v>
       </c>
       <c r="L217" s="2">
         <v>29</v>
       </c>
       <c r="M217" s="2">
         <v>0</v>
       </c>
       <c r="N217" s="2">
         <v>129</v>
       </c>
     </row>
     <row r="218" spans="1:14">
       <c r="A218" s="2">
-        <v>100618</v>
+        <v>103755</v>
       </c>
       <c r="B218" s="2" t="s">
         <v>641</v>
       </c>
       <c r="C218" s="2" t="s">
         <v>642</v>
       </c>
       <c r="D218" s="2"/>
       <c r="E218" s="2">
-        <v>5421</v>
+        <v>5400</v>
       </c>
       <c r="F218" s="2" t="s">
-        <v>27</v>
+        <v>58</v>
       </c>
       <c r="G218" s="2" t="s">
-        <v>63</v>
+        <v>17</v>
       </c>
       <c r="H218" s="2" t="s">
         <v>643</v>
       </c>
       <c r="I218" s="2">
         <v>109</v>
       </c>
       <c r="J218" s="2">
-        <v>17</v>
+        <v>93</v>
       </c>
       <c r="K218" s="2">
         <v>100</v>
       </c>
       <c r="L218" s="2">
-        <v>140</v>
+        <v>28</v>
       </c>
       <c r="M218" s="2">
         <v>0</v>
       </c>
       <c r="N218" s="2">
-        <v>240</v>
+        <v>128</v>
       </c>
     </row>
     <row r="219" spans="1:14">
       <c r="A219" s="2">
-        <v>103755</v>
+        <v>100618</v>
       </c>
       <c r="B219" s="2" t="s">
         <v>644</v>
       </c>
       <c r="C219" s="2" t="s">
         <v>645</v>
       </c>
       <c r="D219" s="2"/>
       <c r="E219" s="2">
-        <v>5400</v>
+        <v>5421</v>
       </c>
       <c r="F219" s="2" t="s">
-        <v>58</v>
+        <v>27</v>
       </c>
       <c r="G219" s="2" t="s">
-        <v>17</v>
+        <v>66</v>
       </c>
       <c r="H219" s="2" t="s">
         <v>646</v>
       </c>
       <c r="I219" s="2">
         <v>109</v>
       </c>
       <c r="J219" s="2">
-        <v>93</v>
+        <v>17</v>
       </c>
       <c r="K219" s="2">
         <v>100</v>
       </c>
       <c r="L219" s="2">
-        <v>28</v>
+        <v>140</v>
       </c>
       <c r="M219" s="2">
         <v>0</v>
       </c>
       <c r="N219" s="2">
-        <v>128</v>
+        <v>240</v>
       </c>
     </row>
     <row r="220" spans="1:14">
       <c r="A220" s="2">
         <v>103756</v>
       </c>
       <c r="B220" s="2" t="s">
         <v>647</v>
       </c>
       <c r="C220" s="2" t="s">
         <v>45</v>
       </c>
       <c r="D220" s="2"/>
       <c r="E220" s="2">
         <v>5096</v>
       </c>
       <c r="F220" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G220" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H220" s="2" t="s">
         <v>648</v>
       </c>
@@ -13932,151 +13932,151 @@
       </c>
       <c r="H223" s="2" t="s">
         <v>656</v>
       </c>
       <c r="I223" s="2">
         <v>111</v>
       </c>
       <c r="J223" s="2">
         <v>95</v>
       </c>
       <c r="K223" s="2">
         <v>100</v>
       </c>
       <c r="L223" s="2">
         <v>26</v>
       </c>
       <c r="M223" s="2">
         <v>0</v>
       </c>
       <c r="N223" s="2">
         <v>126</v>
       </c>
     </row>
     <row r="224" spans="1:14">
       <c r="A224" s="2">
-        <v>101866</v>
+        <v>100621</v>
       </c>
       <c r="B224" s="2" t="s">
         <v>657</v>
       </c>
       <c r="C224" s="2" t="s">
         <v>658</v>
       </c>
       <c r="D224" s="2"/>
       <c r="E224" s="2">
-        <v>5026</v>
+        <v>5403</v>
       </c>
       <c r="F224" s="2" t="s">
-        <v>58</v>
+        <v>16</v>
       </c>
       <c r="G224" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H224" s="2" t="s">
         <v>659</v>
       </c>
       <c r="I224" s="2">
         <v>112</v>
       </c>
       <c r="J224" s="2">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="K224" s="2">
         <v>100</v>
       </c>
       <c r="L224" s="2">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="M224" s="2">
         <v>0</v>
       </c>
       <c r="N224" s="2">
-        <v>125</v>
+        <v>126</v>
       </c>
     </row>
     <row r="225" spans="1:14">
       <c r="A225" s="2">
-        <v>100621</v>
+        <v>101866</v>
       </c>
       <c r="B225" s="2" t="s">
         <v>660</v>
       </c>
       <c r="C225" s="2" t="s">
         <v>661</v>
       </c>
       <c r="D225" s="2"/>
       <c r="E225" s="2">
-        <v>5403</v>
+        <v>5026</v>
       </c>
       <c r="F225" s="2" t="s">
-        <v>16</v>
+        <v>58</v>
       </c>
       <c r="G225" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H225" s="2" t="s">
         <v>662</v>
       </c>
       <c r="I225" s="2">
         <v>112</v>
       </c>
       <c r="J225" s="2">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="K225" s="2">
         <v>100</v>
       </c>
       <c r="L225" s="2">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="M225" s="2">
         <v>0</v>
       </c>
       <c r="N225" s="2">
-        <v>126</v>
+        <v>125</v>
       </c>
     </row>
     <row r="226" spans="1:14">
       <c r="A226" s="2">
         <v>101867</v>
       </c>
       <c r="B226" s="2" t="s">
         <v>663</v>
       </c>
       <c r="C226" s="2" t="s">
-        <v>658</v>
+        <v>661</v>
       </c>
       <c r="D226" s="2"/>
       <c r="E226" s="2">
         <v>5025</v>
       </c>
       <c r="F226" s="2" t="s">
         <v>664</v>
       </c>
       <c r="G226" s="2" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="H226" s="2" t="s">
         <v>665</v>
       </c>
       <c r="I226" s="2">
         <v>113</v>
       </c>
       <c r="J226" s="2">
         <v>17</v>
       </c>
       <c r="K226" s="2">
         <v>100</v>
       </c>
       <c r="L226" s="2">
         <v>140</v>
       </c>
       <c r="M226" s="2">
         <v>0</v>
       </c>
       <c r="N226" s="2">
         <v>240</v>
       </c>
     </row>
     <row r="227" spans="1:14">
       <c r="A227" s="2">
@@ -14266,302 +14266,302 @@
       </c>
       <c r="H231" s="2" t="s">
         <v>675</v>
       </c>
       <c r="I231" s="2">
         <v>115</v>
       </c>
       <c r="J231" s="2">
         <v>98</v>
       </c>
       <c r="K231" s="2">
         <v>100</v>
       </c>
       <c r="L231" s="2">
         <v>23</v>
       </c>
       <c r="M231" s="2">
         <v>0</v>
       </c>
       <c r="N231" s="2">
         <v>123</v>
       </c>
     </row>
     <row r="232" spans="1:14">
       <c r="A232" s="2">
-        <v>103760</v>
+        <v>100625</v>
       </c>
       <c r="B232" s="2" t="s">
-        <v>681</v>
+        <v>260</v>
       </c>
       <c r="C232" s="2" t="s">
-        <v>66</v>
+        <v>261</v>
       </c>
       <c r="D232" s="2"/>
       <c r="E232" s="2">
-        <v>5408</v>
+        <v>5374</v>
       </c>
       <c r="F232" s="2" t="s">
-        <v>27</v>
+        <v>58</v>
       </c>
       <c r="G232" s="2" t="s">
-        <v>17</v>
+        <v>66</v>
       </c>
       <c r="H232" s="2" t="s">
-        <v>682</v>
+        <v>681</v>
       </c>
       <c r="I232" s="2">
         <v>116</v>
       </c>
       <c r="J232" s="2">
-        <v>99</v>
+        <v>18</v>
       </c>
       <c r="K232" s="2">
         <v>100</v>
       </c>
       <c r="L232" s="2">
-        <v>22</v>
+        <v>130</v>
       </c>
       <c r="M232" s="2">
         <v>0</v>
       </c>
       <c r="N232" s="2">
-        <v>122</v>
+        <v>230</v>
       </c>
     </row>
     <row r="233" spans="1:14">
       <c r="A233" s="2">
-        <v>100625</v>
+        <v>103760</v>
       </c>
       <c r="B233" s="2" t="s">
-        <v>260</v>
+        <v>682</v>
       </c>
       <c r="C233" s="2" t="s">
-        <v>261</v>
+        <v>61</v>
       </c>
       <c r="D233" s="2"/>
       <c r="E233" s="2">
-        <v>5374</v>
+        <v>5408</v>
       </c>
       <c r="F233" s="2" t="s">
-        <v>58</v>
+        <v>27</v>
       </c>
       <c r="G233" s="2" t="s">
-        <v>63</v>
+        <v>17</v>
       </c>
       <c r="H233" s="2" t="s">
         <v>683</v>
       </c>
       <c r="I233" s="2">
         <v>116</v>
       </c>
       <c r="J233" s="2">
-        <v>18</v>
+        <v>99</v>
       </c>
       <c r="K233" s="2">
         <v>100</v>
       </c>
       <c r="L233" s="2">
-        <v>130</v>
+        <v>22</v>
       </c>
       <c r="M233" s="2">
         <v>0</v>
       </c>
       <c r="N233" s="2">
-        <v>230</v>
+        <v>122</v>
       </c>
     </row>
     <row r="234" spans="1:14">
       <c r="A234" s="2">
-        <v>100626</v>
+        <v>103761</v>
       </c>
       <c r="B234" s="2" t="s">
+        <v>311</v>
+      </c>
+      <c r="C234" s="2" t="s">
+        <v>45</v>
+      </c>
+      <c r="D234" s="2"/>
+      <c r="E234" s="2">
+        <v>5266</v>
+      </c>
+      <c r="F234" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="G234" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="H234" s="2" t="s">
         <v>684</v>
-      </c>
-[...16 lines deleted...]
-        <v>686</v>
       </c>
       <c r="I234" s="2">
         <v>117</v>
       </c>
       <c r="J234" s="2">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="K234" s="2">
         <v>100</v>
       </c>
       <c r="L234" s="2">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="M234" s="2">
         <v>0</v>
       </c>
       <c r="N234" s="2">
-        <v>122</v>
+        <v>121</v>
       </c>
     </row>
     <row r="235" spans="1:14">
       <c r="A235" s="2">
-        <v>103761</v>
+        <v>100626</v>
       </c>
       <c r="B235" s="2" t="s">
-        <v>311</v>
+        <v>685</v>
       </c>
       <c r="C235" s="2" t="s">
-        <v>45</v>
-[...1 lines deleted...]
-      <c r="D235" s="2"/>
+        <v>366</v>
+      </c>
+      <c r="D235" s="2" t="s">
+        <v>686</v>
+      </c>
       <c r="E235" s="2">
-        <v>5266</v>
+        <v>5197</v>
       </c>
       <c r="F235" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G235" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H235" s="2" t="s">
         <v>687</v>
       </c>
       <c r="I235" s="2">
         <v>117</v>
       </c>
       <c r="J235" s="2">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="K235" s="2">
         <v>100</v>
       </c>
       <c r="L235" s="2">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="M235" s="2">
         <v>0</v>
       </c>
       <c r="N235" s="2">
-        <v>121</v>
+        <v>122</v>
       </c>
     </row>
     <row r="236" spans="1:14">
       <c r="A236" s="2">
-        <v>100627</v>
+        <v>103762</v>
       </c>
       <c r="B236" s="2" t="s">
         <v>688</v>
       </c>
       <c r="C236" s="2" t="s">
-        <v>359</v>
-[...1 lines deleted...]
-      <c r="D236" s="2" t="s">
         <v>689</v>
       </c>
+      <c r="D236" s="2"/>
       <c r="E236" s="2">
-        <v>5092</v>
+        <v>5196</v>
       </c>
       <c r="F236" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G236" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H236" s="2" t="s">
         <v>690</v>
       </c>
       <c r="I236" s="2">
         <v>118</v>
       </c>
       <c r="J236" s="2">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="K236" s="2">
         <v>100</v>
       </c>
       <c r="L236" s="2">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M236" s="2">
         <v>0</v>
       </c>
       <c r="N236" s="2">
-        <v>121</v>
+        <v>120</v>
       </c>
     </row>
     <row r="237" spans="1:14">
       <c r="A237" s="2">
-        <v>103762</v>
+        <v>100627</v>
       </c>
       <c r="B237" s="2" t="s">
         <v>691</v>
       </c>
       <c r="C237" s="2" t="s">
+        <v>357</v>
+      </c>
+      <c r="D237" s="2" t="s">
         <v>692</v>
       </c>
-      <c r="D237" s="2"/>
       <c r="E237" s="2">
-        <v>5196</v>
+        <v>5092</v>
       </c>
       <c r="F237" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G237" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H237" s="2" t="s">
         <v>693</v>
       </c>
       <c r="I237" s="2">
         <v>118</v>
       </c>
       <c r="J237" s="2">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="K237" s="2">
         <v>100</v>
       </c>
       <c r="L237" s="2">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M237" s="2">
         <v>0</v>
       </c>
       <c r="N237" s="2">
-        <v>120</v>
+        <v>121</v>
       </c>
     </row>
     <row r="238" spans="1:14">
       <c r="A238" s="2">
         <v>103763</v>
       </c>
       <c r="B238" s="2" t="s">
         <v>694</v>
       </c>
       <c r="C238" s="2" t="s">
         <v>695</v>
       </c>
       <c r="D238" s="2"/>
       <c r="E238" s="2">
         <v>5088</v>
       </c>
       <c r="F238" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G238" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H238" s="2" t="s">
         <v>696</v>
       </c>
@@ -14668,93 +14668,93 @@
       <c r="M240" s="2">
         <v>0</v>
       </c>
       <c r="N240" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="241" spans="1:14">
       <c r="A241" s="2">
         <v>103764</v>
       </c>
       <c r="B241" s="2" t="s">
         <v>704</v>
       </c>
       <c r="C241" s="2" t="s">
         <v>705</v>
       </c>
       <c r="D241" s="2"/>
       <c r="E241" s="2">
         <v>5357</v>
       </c>
       <c r="F241" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G241" s="2" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="H241" s="2" t="s">
         <v>706</v>
       </c>
       <c r="I241" s="2">
         <v>120</v>
       </c>
       <c r="J241" s="2">
         <v>18</v>
       </c>
       <c r="K241" s="2">
         <v>100</v>
       </c>
       <c r="L241" s="2">
         <v>130</v>
       </c>
       <c r="M241" s="2">
         <v>0</v>
       </c>
       <c r="N241" s="2">
         <v>230</v>
       </c>
     </row>
     <row r="242" spans="1:14">
       <c r="A242" s="2">
         <v>103765</v>
       </c>
       <c r="B242" s="2" t="s">
         <v>707</v>
       </c>
       <c r="C242" s="2" t="s">
         <v>708</v>
       </c>
       <c r="D242" s="2"/>
       <c r="E242" s="2">
         <v>5121</v>
       </c>
       <c r="F242" s="2" t="s">
         <v>135</v>
       </c>
       <c r="G242" s="2" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="H242" s="2" t="s">
         <v>709</v>
       </c>
       <c r="I242" s="2">
         <v>121</v>
       </c>
       <c r="J242" s="2">
         <v>19</v>
       </c>
       <c r="K242" s="2">
         <v>100</v>
       </c>
       <c r="L242" s="2">
         <v>120</v>
       </c>
       <c r="M242" s="2">
         <v>0</v>
       </c>
       <c r="N242" s="2">
         <v>220</v>
       </c>
     </row>
     <row r="243" spans="1:14">
       <c r="A243" s="2">
@@ -14778,116 +14778,116 @@
       </c>
       <c r="H243" s="2" t="s">
         <v>712</v>
       </c>
       <c r="I243" s="2">
         <v>121</v>
       </c>
       <c r="J243" s="2">
         <v>103</v>
       </c>
       <c r="K243" s="2">
         <v>100</v>
       </c>
       <c r="L243" s="2">
         <v>20</v>
       </c>
       <c r="M243" s="2">
         <v>0</v>
       </c>
       <c r="N243" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="244" spans="1:14">
       <c r="A244" s="2">
-        <v>103766</v>
+        <v>100631</v>
       </c>
       <c r="B244" s="2" t="s">
+        <v>186</v>
+      </c>
+      <c r="C244" s="2" t="s">
         <v>713</v>
-      </c>
-[...1 lines deleted...]
-        <v>45</v>
       </c>
       <c r="D244" s="2"/>
       <c r="E244" s="2">
-        <v>5200</v>
-[...3 lines deleted...]
-      </c>
+        <v>5425</v>
+      </c>
+      <c r="F244" s="2"/>
       <c r="G244" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H244" s="2" t="s">
         <v>714</v>
       </c>
       <c r="I244" s="2">
         <v>122</v>
       </c>
       <c r="J244" s="2">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="K244" s="2">
         <v>100</v>
       </c>
       <c r="L244" s="2">
         <v>20</v>
       </c>
       <c r="M244" s="2">
         <v>0</v>
       </c>
       <c r="N244" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="245" spans="1:14">
       <c r="A245" s="2">
-        <v>100631</v>
+        <v>103766</v>
       </c>
       <c r="B245" s="2" t="s">
-        <v>189</v>
+        <v>715</v>
       </c>
       <c r="C245" s="2" t="s">
-        <v>715</v>
+        <v>45</v>
       </c>
       <c r="D245" s="2"/>
       <c r="E245" s="2">
-        <v>5425</v>
-[...1 lines deleted...]
-      <c r="F245" s="2"/>
+        <v>5200</v>
+      </c>
+      <c r="F245" s="2" t="s">
+        <v>27</v>
+      </c>
       <c r="G245" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H245" s="2" t="s">
         <v>716</v>
       </c>
       <c r="I245" s="2">
         <v>122</v>
       </c>
       <c r="J245" s="2">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="K245" s="2">
         <v>100</v>
       </c>
       <c r="L245" s="2">
         <v>20</v>
       </c>
       <c r="M245" s="2">
         <v>0</v>
       </c>
       <c r="N245" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="246" spans="1:14">
       <c r="A246" s="2">
         <v>101895</v>
       </c>
       <c r="B246" s="2" t="s">
         <v>717</v>
       </c>
       <c r="C246" s="2" t="s">
         <v>126</v>
       </c>
       <c r="D246" s="2"/>
@@ -14908,95 +14908,95 @@
       </c>
       <c r="J246" s="2">
         <v>104</v>
       </c>
       <c r="K246" s="2">
         <v>100</v>
       </c>
       <c r="L246" s="2">
         <v>20</v>
       </c>
       <c r="M246" s="2">
         <v>0</v>
       </c>
       <c r="N246" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="247" spans="1:14">
       <c r="A247" s="2">
         <v>100632</v>
       </c>
       <c r="B247" s="2" t="s">
         <v>719</v>
       </c>
       <c r="C247" s="2" t="s">
-        <v>359</v>
+        <v>357</v>
       </c>
       <c r="D247" s="2" t="s">
         <v>720</v>
       </c>
       <c r="E247" s="2">
         <v>5178</v>
       </c>
       <c r="F247" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G247" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H247" s="2" t="s">
         <v>721</v>
       </c>
       <c r="I247" s="2">
         <v>123</v>
       </c>
       <c r="J247" s="2">
         <v>105</v>
       </c>
       <c r="K247" s="2">
         <v>100</v>
       </c>
       <c r="L247" s="2">
         <v>20</v>
       </c>
       <c r="M247" s="2">
         <v>0</v>
       </c>
       <c r="N247" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="248" spans="1:14">
       <c r="A248" s="2">
         <v>103768</v>
       </c>
       <c r="B248" s="2" t="s">
         <v>722</v>
       </c>
       <c r="C248" s="2" t="s">
-        <v>66</v>
+        <v>61</v>
       </c>
       <c r="D248" s="2"/>
       <c r="E248" s="2">
         <v>5494</v>
       </c>
       <c r="F248" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G248" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H248" s="2" t="s">
         <v>723</v>
       </c>
       <c r="I248" s="2">
         <v>124</v>
       </c>
       <c r="J248" s="2">
         <v>105</v>
       </c>
       <c r="K248" s="2">
         <v>100</v>
       </c>
       <c r="L248" s="2">
         <v>20</v>
@@ -15032,120 +15032,120 @@
       </c>
       <c r="H249" s="2" t="s">
         <v>726</v>
       </c>
       <c r="I249" s="2">
         <v>124</v>
       </c>
       <c r="J249" s="2">
         <v>106</v>
       </c>
       <c r="K249" s="2">
         <v>100</v>
       </c>
       <c r="L249" s="2">
         <v>20</v>
       </c>
       <c r="M249" s="2">
         <v>0</v>
       </c>
       <c r="N249" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="250" spans="1:14">
       <c r="A250" s="2">
-        <v>101897</v>
+        <v>100634</v>
       </c>
       <c r="B250" s="2" t="s">
         <v>727</v>
       </c>
       <c r="C250" s="2" t="s">
-        <v>66</v>
-[...1 lines deleted...]
-      <c r="D250" s="2"/>
+        <v>728</v>
+      </c>
+      <c r="D250" s="2" t="s">
+        <v>729</v>
+      </c>
       <c r="E250" s="2">
-        <v>5142</v>
+        <v>5295</v>
       </c>
       <c r="F250" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G250" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H250" s="2" t="s">
-        <v>728</v>
+        <v>730</v>
       </c>
       <c r="I250" s="2">
         <v>125</v>
       </c>
       <c r="J250" s="2">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="K250" s="2">
         <v>100</v>
       </c>
       <c r="L250" s="2">
         <v>20</v>
       </c>
       <c r="M250" s="2">
         <v>0</v>
       </c>
       <c r="N250" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="251" spans="1:14">
       <c r="A251" s="2">
-        <v>100634</v>
+        <v>101897</v>
       </c>
       <c r="B251" s="2" t="s">
-        <v>729</v>
+        <v>731</v>
       </c>
       <c r="C251" s="2" t="s">
-        <v>730</v>
-[...3 lines deleted...]
-      </c>
+        <v>61</v>
+      </c>
+      <c r="D251" s="2"/>
       <c r="E251" s="2">
-        <v>5295</v>
+        <v>5142</v>
       </c>
       <c r="F251" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G251" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H251" s="2" t="s">
         <v>732</v>
       </c>
       <c r="I251" s="2">
         <v>125</v>
       </c>
       <c r="J251" s="2">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="K251" s="2">
         <v>100</v>
       </c>
       <c r="L251" s="2">
         <v>20</v>
       </c>
       <c r="M251" s="2">
         <v>0</v>
       </c>
       <c r="N251" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="252" spans="1:14">
       <c r="A252" s="2">
         <v>103770</v>
       </c>
       <c r="B252" s="2" t="s">
         <v>733</v>
       </c>
       <c r="C252" s="2" t="s">
         <v>45</v>
       </c>
       <c r="D252" s="2"/>
@@ -15204,120 +15204,120 @@
       </c>
       <c r="H253" s="2" t="s">
         <v>737</v>
       </c>
       <c r="I253" s="2">
         <v>126</v>
       </c>
       <c r="J253" s="2">
         <v>108</v>
       </c>
       <c r="K253" s="2">
         <v>100</v>
       </c>
       <c r="L253" s="2">
         <v>20</v>
       </c>
       <c r="M253" s="2">
         <v>0</v>
       </c>
       <c r="N253" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="254" spans="1:14">
       <c r="A254" s="2">
-        <v>101925</v>
+        <v>100636</v>
       </c>
       <c r="B254" s="2" t="s">
         <v>738</v>
       </c>
       <c r="C254" s="2" t="s">
-        <v>66</v>
-[...1 lines deleted...]
-      <c r="D254" s="2"/>
+        <v>739</v>
+      </c>
+      <c r="D254" s="2" t="s">
+        <v>740</v>
+      </c>
       <c r="E254" s="2">
-        <v>5240</v>
+        <v>5211</v>
       </c>
       <c r="F254" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G254" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H254" s="2" t="s">
-        <v>739</v>
+        <v>741</v>
       </c>
       <c r="I254" s="2">
         <v>127</v>
       </c>
       <c r="J254" s="2">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="K254" s="2">
         <v>100</v>
       </c>
       <c r="L254" s="2">
         <v>20</v>
       </c>
       <c r="M254" s="2">
         <v>0</v>
       </c>
       <c r="N254" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="255" spans="1:14">
       <c r="A255" s="2">
-        <v>100636</v>
+        <v>101925</v>
       </c>
       <c r="B255" s="2" t="s">
-        <v>740</v>
+        <v>742</v>
       </c>
       <c r="C255" s="2" t="s">
-        <v>741</v>
-[...3 lines deleted...]
-      </c>
+        <v>61</v>
+      </c>
+      <c r="D255" s="2"/>
       <c r="E255" s="2">
-        <v>5211</v>
+        <v>5240</v>
       </c>
       <c r="F255" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G255" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H255" s="2" t="s">
         <v>743</v>
       </c>
       <c r="I255" s="2">
         <v>127</v>
       </c>
       <c r="J255" s="2">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="K255" s="2">
         <v>100</v>
       </c>
       <c r="L255" s="2">
         <v>20</v>
       </c>
       <c r="M255" s="2">
         <v>0</v>
       </c>
       <c r="N255" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="256" spans="1:14">
       <c r="A256" s="2">
         <v>100637</v>
       </c>
       <c r="B256" s="2" t="s">
         <v>744</v>
       </c>
       <c r="C256" s="2" t="s">
         <v>221</v>
       </c>
       <c r="D256" s="2" t="s">
@@ -15376,659 +15376,659 @@
       </c>
       <c r="H257" s="2" t="s">
         <v>749</v>
       </c>
       <c r="I257" s="2">
         <v>128</v>
       </c>
       <c r="J257" s="2">
         <v>109</v>
       </c>
       <c r="K257" s="2">
         <v>100</v>
       </c>
       <c r="L257" s="2">
         <v>20</v>
       </c>
       <c r="M257" s="2">
         <v>0</v>
       </c>
       <c r="N257" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="258" spans="1:14">
       <c r="A258" s="2">
-        <v>103773</v>
+        <v>100638</v>
       </c>
       <c r="B258" s="2" t="s">
         <v>750</v>
       </c>
       <c r="C258" s="2" t="s">
-        <v>45</v>
+        <v>751</v>
       </c>
       <c r="D258" s="2"/>
       <c r="E258" s="2">
-        <v>5185</v>
-[...3 lines deleted...]
-      </c>
+        <v>5417</v>
+      </c>
+      <c r="F258" s="2"/>
       <c r="G258" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H258" s="2" t="s">
-        <v>751</v>
+        <v>752</v>
       </c>
       <c r="I258" s="2">
         <v>129</v>
       </c>
       <c r="J258" s="2">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="K258" s="2">
         <v>100</v>
       </c>
       <c r="L258" s="2">
         <v>20</v>
       </c>
       <c r="M258" s="2">
         <v>0</v>
       </c>
       <c r="N258" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="259" spans="1:14">
       <c r="A259" s="2">
-        <v>100638</v>
+        <v>103773</v>
       </c>
       <c r="B259" s="2" t="s">
-        <v>752</v>
+        <v>753</v>
       </c>
       <c r="C259" s="2" t="s">
-        <v>753</v>
+        <v>45</v>
       </c>
       <c r="D259" s="2"/>
       <c r="E259" s="2">
-        <v>5417</v>
-[...1 lines deleted...]
-      <c r="F259" s="2"/>
+        <v>5185</v>
+      </c>
+      <c r="F259" s="2" t="s">
+        <v>27</v>
+      </c>
       <c r="G259" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H259" s="2" t="s">
         <v>754</v>
       </c>
       <c r="I259" s="2">
         <v>129</v>
       </c>
       <c r="J259" s="2">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="K259" s="2">
         <v>100</v>
       </c>
       <c r="L259" s="2">
         <v>20</v>
       </c>
       <c r="M259" s="2">
         <v>0</v>
       </c>
       <c r="N259" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="260" spans="1:14">
       <c r="A260" s="2">
-        <v>103774</v>
+        <v>100639</v>
       </c>
       <c r="B260" s="2" t="s">
         <v>755</v>
       </c>
       <c r="C260" s="2" t="s">
-        <v>164</v>
+        <v>756</v>
       </c>
       <c r="D260" s="2"/>
       <c r="E260" s="2">
-        <v>5183</v>
-[...3 lines deleted...]
-      </c>
+        <v>5338</v>
+      </c>
+      <c r="F260" s="2"/>
       <c r="G260" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H260" s="2" t="s">
-        <v>756</v>
+        <v>757</v>
       </c>
       <c r="I260" s="2">
         <v>130</v>
       </c>
       <c r="J260" s="2">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="K260" s="2">
         <v>100</v>
       </c>
       <c r="L260" s="2">
         <v>20</v>
       </c>
       <c r="M260" s="2">
         <v>0</v>
       </c>
       <c r="N260" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="261" spans="1:14">
       <c r="A261" s="2">
-        <v>100639</v>
+        <v>103774</v>
       </c>
       <c r="B261" s="2" t="s">
-        <v>757</v>
+        <v>758</v>
       </c>
       <c r="C261" s="2" t="s">
-        <v>758</v>
+        <v>164</v>
       </c>
       <c r="D261" s="2"/>
       <c r="E261" s="2">
-        <v>5338</v>
-[...1 lines deleted...]
-      <c r="F261" s="2"/>
+        <v>5183</v>
+      </c>
+      <c r="F261" s="2" t="s">
+        <v>27</v>
+      </c>
       <c r="G261" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H261" s="2" t="s">
         <v>759</v>
       </c>
       <c r="I261" s="2">
         <v>130</v>
       </c>
       <c r="J261" s="2">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="K261" s="2">
         <v>100</v>
       </c>
       <c r="L261" s="2">
         <v>20</v>
       </c>
       <c r="M261" s="2">
         <v>0</v>
       </c>
       <c r="N261" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="262" spans="1:14">
       <c r="A262" s="2">
-        <v>100640</v>
+        <v>103775</v>
       </c>
       <c r="B262" s="2" t="s">
-        <v>724</v>
+        <v>760</v>
       </c>
       <c r="C262" s="2" t="s">
-        <v>760</v>
-[...1 lines deleted...]
-      <c r="D262" s="2" t="s">
         <v>761</v>
       </c>
+      <c r="D262" s="2"/>
       <c r="E262" s="2">
-        <v>5215</v>
+        <v>5093</v>
       </c>
       <c r="F262" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G262" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H262" s="2" t="s">
         <v>762</v>
       </c>
       <c r="I262" s="2">
         <v>131</v>
       </c>
       <c r="J262" s="2">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="K262" s="2">
         <v>100</v>
       </c>
       <c r="L262" s="2">
         <v>20</v>
       </c>
       <c r="M262" s="2">
         <v>0</v>
       </c>
       <c r="N262" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="263" spans="1:14">
       <c r="A263" s="2">
-        <v>103775</v>
+        <v>100640</v>
       </c>
       <c r="B263" s="2" t="s">
+        <v>724</v>
+      </c>
+      <c r="C263" s="2" t="s">
         <v>763</v>
       </c>
-      <c r="C263" s="2" t="s">
+      <c r="D263" s="2" t="s">
         <v>764</v>
       </c>
-      <c r="D263" s="2"/>
       <c r="E263" s="2">
-        <v>5093</v>
+        <v>5215</v>
       </c>
       <c r="F263" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G263" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H263" s="2" t="s">
         <v>765</v>
       </c>
       <c r="I263" s="2">
         <v>131</v>
       </c>
       <c r="J263" s="2">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="K263" s="2">
         <v>100</v>
       </c>
       <c r="L263" s="2">
         <v>20</v>
       </c>
       <c r="M263" s="2">
         <v>0</v>
       </c>
       <c r="N263" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="264" spans="1:14">
       <c r="A264" s="2">
-        <v>103776</v>
+        <v>100641</v>
       </c>
       <c r="B264" s="2" t="s">
         <v>766</v>
       </c>
       <c r="C264" s="2" t="s">
-        <v>45</v>
-[...1 lines deleted...]
-      <c r="D264" s="2"/>
+        <v>138</v>
+      </c>
+      <c r="D264" s="2" t="s">
+        <v>767</v>
+      </c>
       <c r="E264" s="2">
-        <v>5323</v>
+        <v>5184</v>
       </c>
       <c r="F264" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G264" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H264" s="2" t="s">
-        <v>767</v>
+        <v>768</v>
       </c>
       <c r="I264" s="2">
         <v>132</v>
       </c>
       <c r="J264" s="2">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="K264" s="2">
         <v>100</v>
       </c>
       <c r="L264" s="2">
         <v>20</v>
       </c>
       <c r="M264" s="2">
         <v>0</v>
       </c>
       <c r="N264" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="265" spans="1:14">
       <c r="A265" s="2">
-        <v>100641</v>
+        <v>103776</v>
       </c>
       <c r="B265" s="2" t="s">
-        <v>768</v>
+        <v>769</v>
       </c>
       <c r="C265" s="2" t="s">
-        <v>138</v>
-[...3 lines deleted...]
-      </c>
+        <v>45</v>
+      </c>
+      <c r="D265" s="2"/>
       <c r="E265" s="2">
-        <v>5184</v>
+        <v>5323</v>
       </c>
       <c r="F265" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G265" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H265" s="2" t="s">
         <v>770</v>
       </c>
       <c r="I265" s="2">
         <v>132</v>
       </c>
       <c r="J265" s="2">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="K265" s="2">
         <v>100</v>
       </c>
       <c r="L265" s="2">
         <v>20</v>
       </c>
       <c r="M265" s="2">
         <v>0</v>
       </c>
       <c r="N265" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="266" spans="1:14">
       <c r="A266" s="2">
-        <v>100642</v>
+        <v>103777</v>
       </c>
       <c r="B266" s="2" t="s">
         <v>771</v>
       </c>
       <c r="C266" s="2" t="s">
-        <v>285</v>
-[...1 lines deleted...]
-      <c r="D266" s="2" t="s">
         <v>772</v>
       </c>
+      <c r="D266" s="2"/>
       <c r="E266" s="2">
-        <v>5237</v>
+        <v>5204</v>
       </c>
       <c r="F266" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G266" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H266" s="2" t="s">
         <v>773</v>
       </c>
       <c r="I266" s="2">
         <v>133</v>
       </c>
       <c r="J266" s="2">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="K266" s="2">
         <v>100</v>
       </c>
       <c r="L266" s="2">
         <v>20</v>
       </c>
       <c r="M266" s="2">
         <v>0</v>
       </c>
       <c r="N266" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="267" spans="1:14">
       <c r="A267" s="2">
-        <v>103777</v>
+        <v>100642</v>
       </c>
       <c r="B267" s="2" t="s">
         <v>774</v>
       </c>
       <c r="C267" s="2" t="s">
+        <v>285</v>
+      </c>
+      <c r="D267" s="2" t="s">
         <v>775</v>
       </c>
-      <c r="D267" s="2"/>
       <c r="E267" s="2">
-        <v>5204</v>
+        <v>5237</v>
       </c>
       <c r="F267" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G267" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H267" s="2" t="s">
         <v>776</v>
       </c>
       <c r="I267" s="2">
         <v>133</v>
       </c>
       <c r="J267" s="2">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="K267" s="2">
         <v>100</v>
       </c>
       <c r="L267" s="2">
         <v>20</v>
       </c>
       <c r="M267" s="2">
         <v>0</v>
       </c>
       <c r="N267" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="268" spans="1:14">
       <c r="A268" s="2">
-        <v>100643</v>
+        <v>103778</v>
       </c>
       <c r="B268" s="2" t="s">
         <v>777</v>
       </c>
       <c r="C268" s="2" t="s">
-        <v>66</v>
-[...1 lines deleted...]
-      <c r="D268" s="2" t="s">
+        <v>246</v>
+      </c>
+      <c r="D268" s="2"/>
+      <c r="E268" s="2">
+        <v>5508</v>
+      </c>
+      <c r="F268" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="G268" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="H268" s="2" t="s">
         <v>778</v>
-      </c>
-[...10 lines deleted...]
-        <v>779</v>
       </c>
       <c r="I268" s="2">
         <v>134</v>
       </c>
       <c r="J268" s="2">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="K268" s="2">
         <v>100</v>
       </c>
       <c r="L268" s="2">
         <v>20</v>
       </c>
       <c r="M268" s="2">
         <v>0</v>
       </c>
       <c r="N268" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="269" spans="1:14">
       <c r="A269" s="2">
-        <v>103778</v>
+        <v>100643</v>
       </c>
       <c r="B269" s="2" t="s">
+        <v>779</v>
+      </c>
+      <c r="C269" s="2" t="s">
+        <v>61</v>
+      </c>
+      <c r="D269" s="2" t="s">
         <v>780</v>
       </c>
-      <c r="C269" s="2" t="s">
-[...2 lines deleted...]
-      <c r="D269" s="2"/>
       <c r="E269" s="2">
-        <v>5508</v>
+        <v>5224</v>
       </c>
       <c r="F269" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G269" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H269" s="2" t="s">
         <v>781</v>
       </c>
       <c r="I269" s="2">
         <v>134</v>
       </c>
       <c r="J269" s="2">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="K269" s="2">
         <v>100</v>
       </c>
       <c r="L269" s="2">
         <v>20</v>
       </c>
       <c r="M269" s="2">
         <v>0</v>
       </c>
       <c r="N269" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="270" spans="1:14">
       <c r="A270" s="2">
-        <v>103779</v>
+        <v>100644</v>
       </c>
       <c r="B270" s="2" t="s">
         <v>782</v>
       </c>
       <c r="C270" s="2" t="s">
         <v>783</v>
       </c>
       <c r="D270" s="2"/>
       <c r="E270" s="2">
-        <v>5195</v>
-[...3 lines deleted...]
-      </c>
+        <v>5420</v>
+      </c>
+      <c r="F270" s="2"/>
       <c r="G270" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H270" s="2" t="s">
         <v>784</v>
       </c>
       <c r="I270" s="2">
         <v>135</v>
       </c>
       <c r="J270" s="2">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="K270" s="2">
         <v>100</v>
       </c>
       <c r="L270" s="2">
         <v>20</v>
       </c>
       <c r="M270" s="2">
         <v>0</v>
       </c>
       <c r="N270" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="271" spans="1:14">
       <c r="A271" s="2">
-        <v>100644</v>
+        <v>103779</v>
       </c>
       <c r="B271" s="2" t="s">
         <v>785</v>
       </c>
       <c r="C271" s="2" t="s">
         <v>786</v>
       </c>
       <c r="D271" s="2"/>
       <c r="E271" s="2">
-        <v>5420</v>
-[...1 lines deleted...]
-      <c r="F271" s="2"/>
+        <v>5195</v>
+      </c>
+      <c r="F271" s="2" t="s">
+        <v>27</v>
+      </c>
       <c r="G271" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H271" s="2" t="s">
         <v>787</v>
       </c>
       <c r="I271" s="2">
         <v>135</v>
       </c>
       <c r="J271" s="2">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="K271" s="2">
         <v>100</v>
       </c>
       <c r="L271" s="2">
         <v>20</v>
       </c>
       <c r="M271" s="2">
         <v>0</v>
       </c>
       <c r="N271" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="272" spans="1:14">
       <c r="A272" s="2">
         <v>100645</v>
       </c>
       <c r="B272" s="2" t="s">
         <v>788</v>
       </c>
       <c r="C272" s="2" t="s">
         <v>789</v>
       </c>
       <c r="D272" s="2" t="s">
         <v>790</v>
       </c>
       <c r="E272" s="2">
         <v>5285</v>
       </c>
       <c r="F272" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G272" s="2" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="H272" s="2" t="s">
         <v>791</v>
       </c>
       <c r="I272" s="2">
         <v>136</v>
       </c>
       <c r="J272" s="2">
         <v>19</v>
       </c>
       <c r="K272" s="2">
         <v>100</v>
       </c>
       <c r="L272" s="2">
         <v>120</v>
       </c>
       <c r="M272" s="2">
         <v>0</v>
       </c>
       <c r="N272" s="2">
         <v>220</v>
       </c>
     </row>
     <row r="273" spans="1:14">
       <c r="A273" s="2">
@@ -16068,95 +16068,95 @@
       <c r="M273" s="2">
         <v>0</v>
       </c>
       <c r="N273" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="274" spans="1:14">
       <c r="A274" s="2">
         <v>103781</v>
       </c>
       <c r="B274" s="2" t="s">
         <v>796</v>
       </c>
       <c r="C274" s="2" t="s">
         <v>797</v>
       </c>
       <c r="D274" s="2"/>
       <c r="E274" s="2">
         <v>5401</v>
       </c>
       <c r="F274" s="2" t="s">
         <v>794</v>
       </c>
       <c r="G274" s="2" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="H274" s="2" t="s">
         <v>795</v>
       </c>
       <c r="I274" s="2">
         <v>137</v>
       </c>
       <c r="J274" s="2">
         <v>20</v>
       </c>
       <c r="K274" s="2">
         <v>100</v>
       </c>
       <c r="L274" s="2">
         <v>110</v>
       </c>
       <c r="M274" s="2">
         <v>0</v>
       </c>
       <c r="N274" s="2">
         <v>210</v>
       </c>
     </row>
     <row r="275" spans="1:14">
       <c r="A275" s="2">
         <v>100646</v>
       </c>
       <c r="B275" s="2" t="s">
         <v>798</v>
       </c>
       <c r="C275" s="2" t="s">
         <v>799</v>
       </c>
       <c r="D275" s="2" t="s">
         <v>800</v>
       </c>
       <c r="E275" s="2">
         <v>5289</v>
       </c>
       <c r="F275" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G275" s="2" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="H275" s="2" t="s">
         <v>801</v>
       </c>
       <c r="I275" s="2">
         <v>137</v>
       </c>
       <c r="J275" s="2">
         <v>20</v>
       </c>
       <c r="K275" s="2">
         <v>100</v>
       </c>
       <c r="L275" s="2">
         <v>110</v>
       </c>
       <c r="M275" s="2">
         <v>0</v>
       </c>
       <c r="N275" s="2">
         <v>210</v>
       </c>
     </row>
     <row r="276" spans="1:14">
       <c r="A276" s="2">
@@ -16224,388 +16224,388 @@
       </c>
       <c r="H277" s="2" t="s">
         <v>808</v>
       </c>
       <c r="I277" s="2">
         <v>138</v>
       </c>
       <c r="J277" s="2">
         <v>118</v>
       </c>
       <c r="K277" s="2">
         <v>100</v>
       </c>
       <c r="L277" s="2">
         <v>20</v>
       </c>
       <c r="M277" s="2">
         <v>0</v>
       </c>
       <c r="N277" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="278" spans="1:14">
       <c r="A278" s="2">
-        <v>100649</v>
+        <v>103783</v>
       </c>
       <c r="B278" s="2" t="s">
         <v>809</v>
       </c>
       <c r="C278" s="2" t="s">
-        <v>810</v>
+        <v>61</v>
       </c>
       <c r="D278" s="2"/>
       <c r="E278" s="2">
-        <v>5336</v>
+        <v>5445</v>
       </c>
       <c r="F278" s="2" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="G278" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H278" s="2" t="s">
-        <v>811</v>
+        <v>810</v>
       </c>
       <c r="I278" s="2">
         <v>139</v>
       </c>
       <c r="J278" s="2">
         <v>119</v>
       </c>
       <c r="K278" s="2">
         <v>100</v>
       </c>
       <c r="L278" s="2">
         <v>20</v>
       </c>
       <c r="M278" s="2">
         <v>0</v>
       </c>
       <c r="N278" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="279" spans="1:14">
       <c r="A279" s="2">
-        <v>103783</v>
+        <v>100649</v>
       </c>
       <c r="B279" s="2" t="s">
+        <v>811</v>
+      </c>
+      <c r="C279" s="2" t="s">
         <v>812</v>
-      </c>
-[...1 lines deleted...]
-        <v>66</v>
       </c>
       <c r="D279" s="2"/>
       <c r="E279" s="2">
-        <v>5445</v>
+        <v>5336</v>
       </c>
       <c r="F279" s="2" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="G279" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H279" s="2" t="s">
         <v>813</v>
       </c>
       <c r="I279" s="2">
         <v>139</v>
       </c>
       <c r="J279" s="2">
         <v>119</v>
       </c>
       <c r="K279" s="2">
         <v>100</v>
       </c>
       <c r="L279" s="2">
         <v>20</v>
       </c>
       <c r="M279" s="2">
         <v>0</v>
       </c>
       <c r="N279" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="280" spans="1:14">
       <c r="A280" s="2">
-        <v>100648</v>
+        <v>103784</v>
       </c>
       <c r="B280" s="2" t="s">
         <v>814</v>
       </c>
       <c r="C280" s="2" t="s">
-        <v>815</v>
+        <v>45</v>
       </c>
       <c r="D280" s="2"/>
       <c r="E280" s="2">
-        <v>5345</v>
+        <v>5373</v>
       </c>
       <c r="F280" s="2" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="G280" s="2" t="s">
-        <v>63</v>
+        <v>17</v>
       </c>
       <c r="H280" s="2" t="s">
-        <v>811</v>
+        <v>815</v>
       </c>
       <c r="I280" s="2">
         <v>140</v>
       </c>
       <c r="J280" s="2">
-        <v>21</v>
+        <v>120</v>
       </c>
       <c r="K280" s="2">
         <v>100</v>
       </c>
       <c r="L280" s="2">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="M280" s="2">
         <v>0</v>
       </c>
       <c r="N280" s="2">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="281" spans="1:14">
       <c r="A281" s="2">
-        <v>103784</v>
+        <v>100648</v>
       </c>
       <c r="B281" s="2" t="s">
         <v>816</v>
       </c>
       <c r="C281" s="2" t="s">
-        <v>45</v>
+        <v>817</v>
       </c>
       <c r="D281" s="2"/>
       <c r="E281" s="2">
-        <v>5373</v>
+        <v>5345</v>
       </c>
       <c r="F281" s="2" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="G281" s="2" t="s">
-        <v>17</v>
+        <v>66</v>
       </c>
       <c r="H281" s="2" t="s">
-        <v>817</v>
+        <v>813</v>
       </c>
       <c r="I281" s="2">
         <v>140</v>
       </c>
       <c r="J281" s="2">
-        <v>120</v>
+        <v>21</v>
       </c>
       <c r="K281" s="2">
         <v>100</v>
       </c>
       <c r="L281" s="2">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="M281" s="2">
         <v>0</v>
       </c>
       <c r="N281" s="2">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="282" spans="1:14">
       <c r="A282" s="2">
-        <v>103785</v>
+        <v>100650</v>
       </c>
       <c r="B282" s="2" t="s">
         <v>818</v>
       </c>
       <c r="C282" s="2" t="s">
         <v>819</v>
       </c>
       <c r="D282" s="2"/>
       <c r="E282" s="2">
-        <v>5265</v>
-[...3 lines deleted...]
-      </c>
+        <v>4003</v>
+      </c>
+      <c r="F282" s="2"/>
       <c r="G282" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H282" s="2" t="s">
         <v>820</v>
       </c>
       <c r="I282" s="2">
         <v>141</v>
       </c>
       <c r="J282" s="2">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="K282" s="2">
         <v>100</v>
       </c>
       <c r="L282" s="2">
         <v>20</v>
       </c>
       <c r="M282" s="2">
         <v>0</v>
       </c>
       <c r="N282" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="283" spans="1:14">
       <c r="A283" s="2">
-        <v>100650</v>
+        <v>103785</v>
       </c>
       <c r="B283" s="2" t="s">
         <v>821</v>
       </c>
       <c r="C283" s="2" t="s">
         <v>822</v>
       </c>
       <c r="D283" s="2"/>
       <c r="E283" s="2">
-        <v>4003</v>
-[...1 lines deleted...]
-      <c r="F283" s="2"/>
+        <v>5265</v>
+      </c>
+      <c r="F283" s="2" t="s">
+        <v>27</v>
+      </c>
       <c r="G283" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H283" s="2" t="s">
         <v>823</v>
       </c>
       <c r="I283" s="2">
         <v>141</v>
       </c>
       <c r="J283" s="2">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="K283" s="2">
         <v>100</v>
       </c>
       <c r="L283" s="2">
         <v>20</v>
       </c>
       <c r="M283" s="2">
         <v>0</v>
       </c>
       <c r="N283" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="284" spans="1:14">
       <c r="A284" s="2">
-        <v>100651</v>
+        <v>103786</v>
       </c>
       <c r="B284" s="2" t="s">
         <v>824</v>
       </c>
       <c r="C284" s="2" t="s">
-        <v>429</v>
+        <v>45</v>
       </c>
       <c r="D284" s="2"/>
       <c r="E284" s="2">
-        <v>5426</v>
+        <v>5254</v>
       </c>
       <c r="F284" s="2" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="G284" s="2" t="s">
-        <v>17</v>
+        <v>66</v>
       </c>
       <c r="H284" s="2" t="s">
         <v>825</v>
       </c>
       <c r="I284" s="2">
         <v>142</v>
       </c>
       <c r="J284" s="2">
-        <v>121</v>
+        <v>21</v>
       </c>
       <c r="K284" s="2">
         <v>100</v>
       </c>
       <c r="L284" s="2">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="M284" s="2">
         <v>0</v>
       </c>
       <c r="N284" s="2">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="285" spans="1:14">
       <c r="A285" s="2">
-        <v>103786</v>
+        <v>100651</v>
       </c>
       <c r="B285" s="2" t="s">
         <v>826</v>
       </c>
       <c r="C285" s="2" t="s">
-        <v>45</v>
+        <v>432</v>
       </c>
       <c r="D285" s="2"/>
       <c r="E285" s="2">
-        <v>5254</v>
+        <v>5426</v>
       </c>
       <c r="F285" s="2" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="G285" s="2" t="s">
-        <v>63</v>
+        <v>17</v>
       </c>
       <c r="H285" s="2" t="s">
         <v>827</v>
       </c>
       <c r="I285" s="2">
         <v>142</v>
       </c>
       <c r="J285" s="2">
-        <v>21</v>
+        <v>121</v>
       </c>
       <c r="K285" s="2">
         <v>100</v>
       </c>
       <c r="L285" s="2">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="M285" s="2">
         <v>0</v>
       </c>
       <c r="N285" s="2">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="286" spans="1:14">
       <c r="A286" s="2">
         <v>100652</v>
       </c>
       <c r="B286" s="2" t="s">
-        <v>358</v>
+        <v>356</v>
       </c>
       <c r="C286" s="2" t="s">
         <v>828</v>
       </c>
       <c r="D286" s="2" t="s">
         <v>829</v>
       </c>
       <c r="E286" s="2">
         <v>5296</v>
       </c>
       <c r="F286" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G286" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H286" s="2" t="s">
         <v>830</v>
       </c>
       <c r="I286" s="2">
         <v>143</v>
       </c>
       <c r="J286" s="2">
         <v>122</v>
       </c>
@@ -16644,114 +16644,114 @@
       </c>
       <c r="H287" s="2" t="s">
         <v>832</v>
       </c>
       <c r="I287" s="2">
         <v>143</v>
       </c>
       <c r="J287" s="2">
         <v>122</v>
       </c>
       <c r="K287" s="2">
         <v>100</v>
       </c>
       <c r="L287" s="2">
         <v>20</v>
       </c>
       <c r="M287" s="2">
         <v>0</v>
       </c>
       <c r="N287" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="288" spans="1:14">
       <c r="A288" s="2">
-        <v>103788</v>
+        <v>100653</v>
       </c>
       <c r="B288" s="2" t="s">
         <v>833</v>
       </c>
       <c r="C288" s="2" t="s">
-        <v>198</v>
-[...1 lines deleted...]
-      <c r="D288" s="2"/>
+        <v>349</v>
+      </c>
+      <c r="D288" s="2" t="s">
+        <v>834</v>
+      </c>
       <c r="E288" s="2">
-        <v>5251</v>
+        <v>5164</v>
       </c>
       <c r="F288" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G288" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H288" s="2" t="s">
-        <v>834</v>
+        <v>830</v>
       </c>
       <c r="I288" s="2">
         <v>144</v>
       </c>
       <c r="J288" s="2">
         <v>123</v>
       </c>
       <c r="K288" s="2">
         <v>100</v>
       </c>
       <c r="L288" s="2">
         <v>20</v>
       </c>
       <c r="M288" s="2">
         <v>0</v>
       </c>
       <c r="N288" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="289" spans="1:14">
       <c r="A289" s="2">
-        <v>100653</v>
+        <v>103788</v>
       </c>
       <c r="B289" s="2" t="s">
         <v>835</v>
       </c>
       <c r="C289" s="2" t="s">
-        <v>349</v>
-[...1 lines deleted...]
-      <c r="D289" s="2" t="s">
+        <v>198</v>
+      </c>
+      <c r="D289" s="2"/>
+      <c r="E289" s="2">
+        <v>5251</v>
+      </c>
+      <c r="F289" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="G289" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="H289" s="2" t="s">
         <v>836</v>
-      </c>
-[...10 lines deleted...]
-        <v>830</v>
       </c>
       <c r="I289" s="2">
         <v>144</v>
       </c>
       <c r="J289" s="2">
         <v>123</v>
       </c>
       <c r="K289" s="2">
         <v>100</v>
       </c>
       <c r="L289" s="2">
         <v>20</v>
       </c>
       <c r="M289" s="2">
         <v>0</v>
       </c>
       <c r="N289" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="290" spans="1:14">
       <c r="A290" s="2">
         <v>103789</v>
       </c>
       <c r="B290" s="2" t="s">
@@ -16790,51 +16790,51 @@
       </c>
       <c r="N290" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="291" spans="1:14">
       <c r="A291" s="2">
         <v>100654</v>
       </c>
       <c r="B291" s="2" t="s">
         <v>840</v>
       </c>
       <c r="C291" s="2" t="s">
         <v>841</v>
       </c>
       <c r="D291" s="2" t="s">
         <v>842</v>
       </c>
       <c r="E291" s="2">
         <v>5198</v>
       </c>
       <c r="F291" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G291" s="2" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="H291" s="2" t="s">
         <v>843</v>
       </c>
       <c r="I291" s="2">
         <v>145</v>
       </c>
       <c r="J291" s="2">
         <v>22</v>
       </c>
       <c r="K291" s="2">
         <v>100</v>
       </c>
       <c r="L291" s="2">
         <v>99</v>
       </c>
       <c r="M291" s="2">
         <v>0</v>
       </c>
       <c r="N291" s="2">
         <v>199</v>
       </c>
     </row>
     <row r="292" spans="1:14">
       <c r="A292" s="2">
@@ -16866,408 +16866,408 @@
       </c>
       <c r="J292" s="2">
         <v>124</v>
       </c>
       <c r="K292" s="2">
         <v>100</v>
       </c>
       <c r="L292" s="2">
         <v>20</v>
       </c>
       <c r="M292" s="2">
         <v>0</v>
       </c>
       <c r="N292" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="293" spans="1:14">
       <c r="A293" s="2">
         <v>103790</v>
       </c>
       <c r="B293" s="2" t="s">
         <v>847</v>
       </c>
       <c r="C293" s="2" t="s">
-        <v>363</v>
+        <v>366</v>
       </c>
       <c r="D293" s="2"/>
       <c r="E293" s="2">
         <v>5273</v>
       </c>
       <c r="F293" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G293" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H293" s="2" t="s">
         <v>848</v>
       </c>
       <c r="I293" s="2">
         <v>146</v>
       </c>
       <c r="J293" s="2">
         <v>125</v>
       </c>
       <c r="K293" s="2">
         <v>100</v>
       </c>
       <c r="L293" s="2">
         <v>20</v>
       </c>
       <c r="M293" s="2">
         <v>0</v>
       </c>
       <c r="N293" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="294" spans="1:14">
       <c r="A294" s="2">
-        <v>100656</v>
+        <v>103791</v>
       </c>
       <c r="B294" s="2" t="s">
         <v>849</v>
       </c>
       <c r="C294" s="2" t="s">
-        <v>41</v>
-[...1 lines deleted...]
-      <c r="D294" s="2" t="s">
         <v>850</v>
       </c>
+      <c r="D294" s="2"/>
       <c r="E294" s="2">
-        <v>5144</v>
+        <v>5047</v>
       </c>
       <c r="F294" s="2" t="s">
-        <v>27</v>
+        <v>50</v>
       </c>
       <c r="G294" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H294" s="2" t="s">
         <v>851</v>
       </c>
       <c r="I294" s="2">
         <v>147</v>
       </c>
       <c r="J294" s="2">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="K294" s="2">
         <v>100</v>
       </c>
       <c r="L294" s="2">
         <v>20</v>
       </c>
       <c r="M294" s="2">
         <v>0</v>
       </c>
       <c r="N294" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="295" spans="1:14">
       <c r="A295" s="2">
-        <v>103791</v>
+        <v>100656</v>
       </c>
       <c r="B295" s="2" t="s">
         <v>852</v>
       </c>
       <c r="C295" s="2" t="s">
+        <v>41</v>
+      </c>
+      <c r="D295" s="2" t="s">
         <v>853</v>
       </c>
-      <c r="D295" s="2"/>
       <c r="E295" s="2">
-        <v>5047</v>
+        <v>5144</v>
       </c>
       <c r="F295" s="2" t="s">
-        <v>50</v>
+        <v>27</v>
       </c>
       <c r="G295" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H295" s="2" t="s">
         <v>854</v>
       </c>
       <c r="I295" s="2">
         <v>147</v>
       </c>
       <c r="J295" s="2">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="K295" s="2">
         <v>100</v>
       </c>
       <c r="L295" s="2">
         <v>20</v>
       </c>
       <c r="M295" s="2">
         <v>0</v>
       </c>
       <c r="N295" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="296" spans="1:14">
       <c r="A296" s="2">
-        <v>100657</v>
+        <v>101844</v>
       </c>
       <c r="B296" s="2" t="s">
         <v>855</v>
       </c>
       <c r="C296" s="2" t="s">
+        <v>61</v>
+      </c>
+      <c r="D296" s="2"/>
+      <c r="E296" s="2">
+        <v>5456</v>
+      </c>
+      <c r="F296" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="G296" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="H296" s="2" t="s">
         <v>856</v>
-      </c>
-[...13 lines deleted...]
-        <v>851</v>
       </c>
       <c r="I296" s="2">
         <v>148</v>
       </c>
       <c r="J296" s="2">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="K296" s="2">
         <v>100</v>
       </c>
       <c r="L296" s="2">
         <v>20</v>
       </c>
       <c r="M296" s="2">
         <v>0</v>
       </c>
       <c r="N296" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="297" spans="1:14">
       <c r="A297" s="2">
-        <v>101844</v>
+        <v>100657</v>
       </c>
       <c r="B297" s="2" t="s">
+        <v>857</v>
+      </c>
+      <c r="C297" s="2" t="s">
         <v>858</v>
       </c>
-      <c r="C297" s="2" t="s">
-[...2 lines deleted...]
-      <c r="D297" s="2"/>
+      <c r="D297" s="2" t="s">
+        <v>859</v>
+      </c>
       <c r="E297" s="2">
-        <v>5456</v>
+        <v>5284</v>
       </c>
       <c r="F297" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G297" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H297" s="2" t="s">
-        <v>859</v>
+        <v>854</v>
       </c>
       <c r="I297" s="2">
         <v>148</v>
       </c>
       <c r="J297" s="2">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="K297" s="2">
         <v>100</v>
       </c>
       <c r="L297" s="2">
         <v>20</v>
       </c>
       <c r="M297" s="2">
         <v>0</v>
       </c>
       <c r="N297" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="298" spans="1:14">
       <c r="A298" s="2">
-        <v>103793</v>
+        <v>100658</v>
       </c>
       <c r="B298" s="2" t="s">
         <v>860</v>
       </c>
       <c r="C298" s="2" t="s">
-        <v>103</v>
+        <v>861</v>
       </c>
       <c r="D298" s="2"/>
       <c r="E298" s="2">
-        <v>5271</v>
+        <v>5398</v>
       </c>
       <c r="F298" s="2" t="s">
-        <v>27</v>
+        <v>862</v>
       </c>
       <c r="G298" s="2" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="H298" s="2" t="s">
-        <v>861</v>
+        <v>863</v>
       </c>
       <c r="I298" s="2">
         <v>149</v>
       </c>
       <c r="J298" s="2">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="K298" s="2">
         <v>100</v>
       </c>
       <c r="L298" s="2">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="M298" s="2">
         <v>0</v>
       </c>
       <c r="N298" s="2">
-        <v>199</v>
+        <v>198</v>
       </c>
     </row>
     <row r="299" spans="1:14">
       <c r="A299" s="2">
-        <v>100658</v>
+        <v>103793</v>
       </c>
       <c r="B299" s="2" t="s">
-        <v>862</v>
+        <v>864</v>
       </c>
       <c r="C299" s="2" t="s">
-        <v>863</v>
+        <v>100</v>
       </c>
       <c r="D299" s="2"/>
       <c r="E299" s="2">
-        <v>5398</v>
+        <v>5271</v>
       </c>
       <c r="F299" s="2" t="s">
-        <v>864</v>
+        <v>27</v>
       </c>
       <c r="G299" s="2" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="H299" s="2" t="s">
         <v>865</v>
       </c>
       <c r="I299" s="2">
         <v>149</v>
       </c>
       <c r="J299" s="2">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="K299" s="2">
         <v>100</v>
       </c>
       <c r="L299" s="2">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="M299" s="2">
         <v>0</v>
       </c>
       <c r="N299" s="2">
-        <v>198</v>
+        <v>199</v>
       </c>
     </row>
     <row r="300" spans="1:14">
       <c r="A300" s="2">
-        <v>104140</v>
+        <v>100659</v>
       </c>
       <c r="B300" s="2" t="s">
         <v>866</v>
       </c>
       <c r="C300" s="2" t="s">
         <v>867</v>
       </c>
       <c r="D300" s="2"/>
       <c r="E300" s="2">
-        <v>5507</v>
-[...3 lines deleted...]
-      </c>
+        <v>5321</v>
+      </c>
+      <c r="F300" s="2"/>
       <c r="G300" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H300" s="2" t="s">
         <v>868</v>
       </c>
       <c r="I300" s="2">
         <v>150</v>
       </c>
       <c r="J300" s="2">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="K300" s="2">
         <v>100</v>
       </c>
       <c r="L300" s="2">
         <v>20</v>
       </c>
       <c r="M300" s="2">
         <v>0</v>
       </c>
       <c r="N300" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="301" spans="1:14">
       <c r="A301" s="2">
-        <v>100659</v>
+        <v>104140</v>
       </c>
       <c r="B301" s="2" t="s">
         <v>869</v>
       </c>
       <c r="C301" s="2" t="s">
         <v>870</v>
       </c>
       <c r="D301" s="2"/>
       <c r="E301" s="2">
-        <v>5321</v>
-[...1 lines deleted...]
-      <c r="F301" s="2"/>
+        <v>5507</v>
+      </c>
+      <c r="F301" s="2" t="s">
+        <v>27</v>
+      </c>
       <c r="G301" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H301" s="2" t="s">
         <v>871</v>
       </c>
       <c r="I301" s="2">
         <v>150</v>
       </c>
       <c r="J301" s="2">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="K301" s="2">
         <v>100</v>
       </c>
       <c r="L301" s="2">
         <v>20</v>
       </c>
       <c r="M301" s="2">
         <v>0</v>
       </c>
       <c r="N301" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="302" spans="1:14">
       <c r="A302" s="2">
         <v>101881</v>
       </c>
       <c r="B302" s="2" t="s">
         <v>872</v>
       </c>
       <c r="C302" s="2" t="s">
         <v>873</v>
       </c>
       <c r="D302" s="2"/>
@@ -17330,93 +17330,93 @@
       </c>
       <c r="J303" s="2">
         <v>130</v>
       </c>
       <c r="K303" s="2">
         <v>100</v>
       </c>
       <c r="L303" s="2">
         <v>20</v>
       </c>
       <c r="M303" s="2">
         <v>0</v>
       </c>
       <c r="N303" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="304" spans="1:14">
       <c r="A304" s="2">
         <v>101879</v>
       </c>
       <c r="B304" s="2" t="s">
         <v>878</v>
       </c>
       <c r="C304" s="2" t="s">
-        <v>692</v>
+        <v>689</v>
       </c>
       <c r="D304" s="2"/>
       <c r="E304" s="2">
         <v>5160</v>
       </c>
       <c r="F304" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G304" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H304" s="2" t="s">
         <v>879</v>
       </c>
       <c r="I304" s="2">
         <v>153</v>
       </c>
       <c r="J304" s="2">
         <v>131</v>
       </c>
       <c r="K304" s="2">
         <v>100</v>
       </c>
       <c r="L304" s="2">
         <v>20</v>
       </c>
       <c r="M304" s="2">
         <v>0</v>
       </c>
       <c r="N304" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="305" spans="1:14">
       <c r="A305" s="2">
         <v>103798</v>
       </c>
       <c r="B305" s="2" t="s">
         <v>880</v>
       </c>
       <c r="C305" s="2" t="s">
-        <v>432</v>
+        <v>430</v>
       </c>
       <c r="D305" s="2"/>
       <c r="E305" s="2">
         <v>5247</v>
       </c>
       <c r="F305" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G305" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H305" s="2" t="s">
         <v>881</v>
       </c>
       <c r="I305" s="2">
         <v>154</v>
       </c>
       <c r="J305" s="2">
         <v>132</v>
       </c>
       <c r="K305" s="2">
         <v>100</v>
       </c>
       <c r="L305" s="2">
         <v>20</v>
@@ -17498,61 +17498,61 @@
       </c>
       <c r="J307" s="2">
         <v>134</v>
       </c>
       <c r="K307" s="2">
         <v>100</v>
       </c>
       <c r="L307" s="2">
         <v>20</v>
       </c>
       <c r="M307" s="2">
         <v>0</v>
       </c>
       <c r="N307" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="308" spans="1:14">
       <c r="A308" s="2">
         <v>103801</v>
       </c>
       <c r="B308" s="2" t="s">
         <v>886</v>
       </c>
       <c r="C308" s="2" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="D308" s="2"/>
       <c r="E308" s="2">
         <v>5460</v>
       </c>
       <c r="F308" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G308" s="2" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="H308" s="2" t="s">
         <v>887</v>
       </c>
       <c r="I308" s="2">
         <v>157</v>
       </c>
       <c r="J308" s="2">
         <v>23</v>
       </c>
       <c r="K308" s="2">
         <v>100</v>
       </c>
       <c r="L308" s="2">
         <v>98</v>
       </c>
       <c r="M308" s="2">
         <v>0</v>
       </c>
       <c r="N308" s="2">
         <v>198</v>
       </c>
     </row>
     <row r="309" spans="1:14">
       <c r="A309" s="2">
@@ -17582,51 +17582,51 @@
       </c>
       <c r="J309" s="2">
         <v>135</v>
       </c>
       <c r="K309" s="2">
         <v>100</v>
       </c>
       <c r="L309" s="2">
         <v>20</v>
       </c>
       <c r="M309" s="2">
         <v>0</v>
       </c>
       <c r="N309" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="310" spans="1:14">
       <c r="A310" s="2">
         <v>101930</v>
       </c>
       <c r="B310" s="2" t="s">
         <v>891</v>
       </c>
       <c r="C310" s="2" t="s">
-        <v>66</v>
+        <v>61</v>
       </c>
       <c r="D310" s="2"/>
       <c r="E310" s="2">
         <v>5063</v>
       </c>
       <c r="F310" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G310" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H310" s="2" t="s">
         <v>892</v>
       </c>
       <c r="I310" s="2">
         <v>159</v>
       </c>
       <c r="J310" s="2">
         <v>136</v>
       </c>
       <c r="K310" s="2">
         <v>100</v>
       </c>
       <c r="L310" s="2">
         <v>20</v>
@@ -17666,51 +17666,51 @@
       </c>
       <c r="J311" s="2">
         <v>137</v>
       </c>
       <c r="K311" s="2">
         <v>100</v>
       </c>
       <c r="L311" s="2">
         <v>20</v>
       </c>
       <c r="M311" s="2">
         <v>0</v>
       </c>
       <c r="N311" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="312" spans="1:14">
       <c r="A312" s="2">
         <v>103805</v>
       </c>
       <c r="B312" s="2" t="s">
         <v>895</v>
       </c>
       <c r="C312" s="2" t="s">
-        <v>66</v>
+        <v>61</v>
       </c>
       <c r="D312" s="2"/>
       <c r="E312" s="2">
         <v>5364</v>
       </c>
       <c r="F312" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G312" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H312" s="2" t="s">
         <v>896</v>
       </c>
       <c r="I312" s="2">
         <v>161</v>
       </c>
       <c r="J312" s="2">
         <v>138</v>
       </c>
       <c r="K312" s="2">
         <v>100</v>
       </c>
       <c r="L312" s="2">
         <v>20</v>
@@ -17750,51 +17750,51 @@
       </c>
       <c r="J313" s="2">
         <v>139</v>
       </c>
       <c r="K313" s="2">
         <v>100</v>
       </c>
       <c r="L313" s="2">
         <v>20</v>
       </c>
       <c r="M313" s="2">
         <v>0</v>
       </c>
       <c r="N313" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="314" spans="1:14">
       <c r="A314" s="2">
         <v>101905</v>
       </c>
       <c r="B314" s="2" t="s">
         <v>899</v>
       </c>
       <c r="C314" s="2" t="s">
-        <v>783</v>
+        <v>786</v>
       </c>
       <c r="D314" s="2"/>
       <c r="E314" s="2">
         <v>5089</v>
       </c>
       <c r="F314" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G314" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H314" s="2" t="s">
         <v>900</v>
       </c>
       <c r="I314" s="2">
         <v>163</v>
       </c>
       <c r="J314" s="2">
         <v>140</v>
       </c>
       <c r="K314" s="2">
         <v>100</v>
       </c>
       <c r="L314" s="2">
         <v>20</v>
@@ -17834,177 +17834,177 @@
       </c>
       <c r="J315" s="2">
         <v>141</v>
       </c>
       <c r="K315" s="2">
         <v>100</v>
       </c>
       <c r="L315" s="2">
         <v>20</v>
       </c>
       <c r="M315" s="2">
         <v>0</v>
       </c>
       <c r="N315" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="316" spans="1:14">
       <c r="A316" s="2">
         <v>101880</v>
       </c>
       <c r="B316" s="2" t="s">
         <v>904</v>
       </c>
       <c r="C316" s="2" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="D316" s="2"/>
       <c r="E316" s="2">
         <v>5108</v>
       </c>
       <c r="F316" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G316" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H316" s="2" t="s">
         <v>905</v>
       </c>
       <c r="I316" s="2">
         <v>165</v>
       </c>
       <c r="J316" s="2">
         <v>142</v>
       </c>
       <c r="K316" s="2">
         <v>100</v>
       </c>
       <c r="L316" s="2">
         <v>20</v>
       </c>
       <c r="M316" s="2">
         <v>0</v>
       </c>
       <c r="N316" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="317" spans="1:14">
       <c r="A317" s="2">
         <v>103810</v>
       </c>
       <c r="B317" s="2" t="s">
         <v>906</v>
       </c>
       <c r="C317" s="2" t="s">
-        <v>107</v>
+        <v>111</v>
       </c>
       <c r="D317" s="2"/>
       <c r="E317" s="2">
         <v>5523</v>
       </c>
       <c r="F317" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G317" s="2" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="H317" s="2" t="s">
         <v>907</v>
       </c>
       <c r="I317" s="2">
         <v>166</v>
       </c>
       <c r="J317" s="2">
         <v>24</v>
       </c>
       <c r="K317" s="2">
         <v>100</v>
       </c>
       <c r="L317" s="2">
         <v>97</v>
       </c>
       <c r="M317" s="2">
         <v>0</v>
       </c>
       <c r="N317" s="2">
         <v>197</v>
       </c>
     </row>
     <row r="318" spans="1:14">
       <c r="A318" s="2">
         <v>103811</v>
       </c>
       <c r="B318" s="2" t="s">
         <v>908</v>
       </c>
       <c r="C318" s="2" t="s">
-        <v>730</v>
+        <v>728</v>
       </c>
       <c r="D318" s="2"/>
       <c r="E318" s="2">
         <v>5518</v>
       </c>
       <c r="F318" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G318" s="2" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="H318" s="2" t="s">
         <v>909</v>
       </c>
       <c r="I318" s="2">
         <v>167</v>
       </c>
       <c r="J318" s="2">
         <v>25</v>
       </c>
       <c r="K318" s="2">
         <v>100</v>
       </c>
       <c r="L318" s="2">
         <v>96</v>
       </c>
       <c r="M318" s="2">
         <v>0</v>
       </c>
       <c r="N318" s="2">
         <v>196</v>
       </c>
     </row>
     <row r="319" spans="1:14">
       <c r="A319" s="2">
         <v>103812</v>
       </c>
       <c r="B319" s="2" t="s">
         <v>910</v>
       </c>
       <c r="C319" s="2" t="s">
-        <v>597</v>
+        <v>594</v>
       </c>
       <c r="D319" s="2"/>
       <c r="E319" s="2">
         <v>5267</v>
       </c>
       <c r="F319" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G319" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H319" s="2" t="s">
         <v>911</v>
       </c>
       <c r="I319" s="2">
         <v>168</v>
       </c>
       <c r="J319" s="2">
         <v>143</v>
       </c>
       <c r="K319" s="2">
         <v>100</v>
       </c>
       <c r="L319" s="2">
         <v>20</v>
@@ -18054,51 +18054,51 @@
       <c r="M320" s="2">
         <v>0</v>
       </c>
       <c r="N320" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="321" spans="1:14">
       <c r="A321" s="2">
         <v>103814</v>
       </c>
       <c r="B321" s="2" t="s">
         <v>914</v>
       </c>
       <c r="C321" s="2" t="s">
         <v>708</v>
       </c>
       <c r="D321" s="2"/>
       <c r="E321" s="2">
         <v>5186</v>
       </c>
       <c r="F321" s="2" t="s">
         <v>135</v>
       </c>
       <c r="G321" s="2" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="H321" s="2" t="s">
         <v>915</v>
       </c>
       <c r="I321" s="2">
         <v>170</v>
       </c>
       <c r="J321" s="2">
         <v>26</v>
       </c>
       <c r="K321" s="2">
         <v>100</v>
       </c>
       <c r="L321" s="2">
         <v>95</v>
       </c>
       <c r="M321" s="2">
         <v>0</v>
       </c>
       <c r="N321" s="2">
         <v>195</v>
       </c>
     </row>
     <row r="322" spans="1:14">
       <c r="A322" s="2">
@@ -18264,125 +18264,125 @@
       <c r="M325" s="2">
         <v>0</v>
       </c>
       <c r="N325" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="326" spans="1:14">
       <c r="A326" s="2">
         <v>103819</v>
       </c>
       <c r="B326" s="2" t="s">
         <v>925</v>
       </c>
       <c r="C326" s="2" t="s">
         <v>926</v>
       </c>
       <c r="D326" s="2"/>
       <c r="E326" s="2">
         <v>5040</v>
       </c>
       <c r="F326" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G326" s="2" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="H326" s="2" t="s">
         <v>927</v>
       </c>
       <c r="I326" s="2">
         <v>175</v>
       </c>
       <c r="J326" s="2">
         <v>27</v>
       </c>
       <c r="K326" s="2">
         <v>100</v>
       </c>
       <c r="L326" s="2">
         <v>94</v>
       </c>
       <c r="M326" s="2">
         <v>0</v>
       </c>
       <c r="N326" s="2">
         <v>194</v>
       </c>
     </row>
     <row r="327" spans="1:14">
       <c r="A327" s="2">
         <v>103820</v>
       </c>
       <c r="B327" s="2" t="s">
         <v>928</v>
       </c>
       <c r="C327" s="2" t="s">
         <v>45</v>
       </c>
       <c r="D327" s="2"/>
       <c r="E327" s="2">
         <v>5293</v>
       </c>
       <c r="F327" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G327" s="2" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="H327" s="2" t="s">
         <v>929</v>
       </c>
       <c r="I327" s="2">
         <v>176</v>
       </c>
       <c r="J327" s="2">
         <v>28</v>
       </c>
       <c r="K327" s="2">
         <v>100</v>
       </c>
       <c r="L327" s="2">
         <v>93</v>
       </c>
       <c r="M327" s="2">
         <v>0</v>
       </c>
       <c r="N327" s="2">
         <v>193</v>
       </c>
     </row>
     <row r="328" spans="1:14">
       <c r="A328" s="2">
         <v>101862</v>
       </c>
       <c r="B328" s="2" t="s">
         <v>930</v>
       </c>
       <c r="C328" s="2" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="D328" s="2"/>
       <c r="E328" s="2">
         <v>5115</v>
       </c>
       <c r="F328" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G328" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H328" s="2" t="s">
         <v>931</v>
       </c>
       <c r="I328" s="2">
         <v>177</v>
       </c>
       <c r="J328" s="2">
         <v>149</v>
       </c>
       <c r="K328" s="2">
         <v>100</v>
       </c>
       <c r="L328" s="2">
         <v>20</v>
@@ -18506,51 +18506,51 @@
       </c>
       <c r="J331" s="2">
         <v>152</v>
       </c>
       <c r="K331" s="2">
         <v>100</v>
       </c>
       <c r="L331" s="2">
         <v>20</v>
       </c>
       <c r="M331" s="2">
         <v>0</v>
       </c>
       <c r="N331" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="332" spans="1:14">
       <c r="A332" s="2">
         <v>101883</v>
       </c>
       <c r="B332" s="2" t="s">
         <v>939</v>
       </c>
       <c r="C332" s="2" t="s">
-        <v>66</v>
+        <v>61</v>
       </c>
       <c r="D332" s="2"/>
       <c r="E332" s="2">
         <v>5068</v>
       </c>
       <c r="F332" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G332" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H332" s="2" t="s">
         <v>940</v>
       </c>
       <c r="I332" s="2">
         <v>181</v>
       </c>
       <c r="J332" s="2">
         <v>153</v>
       </c>
       <c r="K332" s="2">
         <v>100</v>
       </c>
       <c r="L332" s="2">
         <v>20</v>
@@ -18632,177 +18632,177 @@
       </c>
       <c r="J334" s="2">
         <v>155</v>
       </c>
       <c r="K334" s="2">
         <v>100</v>
       </c>
       <c r="L334" s="2">
         <v>20</v>
       </c>
       <c r="M334" s="2">
         <v>0</v>
       </c>
       <c r="N334" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="335" spans="1:14">
       <c r="A335" s="2">
         <v>103828</v>
       </c>
       <c r="B335" s="2" t="s">
         <v>945</v>
       </c>
       <c r="C335" s="2" t="s">
-        <v>66</v>
+        <v>61</v>
       </c>
       <c r="D335" s="2"/>
       <c r="E335" s="2">
         <v>5194</v>
       </c>
       <c r="F335" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G335" s="2" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="H335" s="2" t="s">
         <v>946</v>
       </c>
       <c r="I335" s="2">
         <v>184</v>
       </c>
       <c r="J335" s="2">
         <v>29</v>
       </c>
       <c r="K335" s="2">
         <v>100</v>
       </c>
       <c r="L335" s="2">
         <v>92</v>
       </c>
       <c r="M335" s="2">
         <v>0</v>
       </c>
       <c r="N335" s="2">
         <v>192</v>
       </c>
     </row>
     <row r="336" spans="1:14">
       <c r="A336" s="2">
         <v>101831</v>
       </c>
       <c r="B336" s="2" t="s">
         <v>947</v>
       </c>
       <c r="C336" s="2" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="D336" s="2"/>
       <c r="E336" s="2">
         <v>5205</v>
       </c>
       <c r="F336" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G336" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H336" s="2" t="s">
         <v>948</v>
       </c>
       <c r="I336" s="2">
         <v>185</v>
       </c>
       <c r="J336" s="2">
         <v>156</v>
       </c>
       <c r="K336" s="2">
         <v>100</v>
       </c>
       <c r="L336" s="2">
         <v>20</v>
       </c>
       <c r="M336" s="2">
         <v>0</v>
       </c>
       <c r="N336" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="337" spans="1:14">
       <c r="A337" s="2">
         <v>103830</v>
       </c>
       <c r="B337" s="2" t="s">
         <v>949</v>
       </c>
       <c r="C337" s="2" t="s">
-        <v>432</v>
+        <v>430</v>
       </c>
       <c r="D337" s="2"/>
       <c r="E337" s="2">
         <v>5145</v>
       </c>
       <c r="F337" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G337" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H337" s="2" t="s">
         <v>950</v>
       </c>
       <c r="I337" s="2">
         <v>186</v>
       </c>
       <c r="J337" s="2">
         <v>157</v>
       </c>
       <c r="K337" s="2">
         <v>100</v>
       </c>
       <c r="L337" s="2">
         <v>20</v>
       </c>
       <c r="M337" s="2">
         <v>0</v>
       </c>
       <c r="N337" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="338" spans="1:14">
       <c r="A338" s="2">
         <v>103831</v>
       </c>
       <c r="B338" s="2" t="s">
         <v>951</v>
       </c>
       <c r="C338" s="2" t="s">
-        <v>297</v>
+        <v>300</v>
       </c>
       <c r="D338" s="2"/>
       <c r="E338" s="2">
         <v>5513</v>
       </c>
       <c r="F338" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G338" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H338" s="2" t="s">
         <v>952</v>
       </c>
       <c r="I338" s="2">
         <v>187</v>
       </c>
       <c r="J338" s="2">
         <v>158</v>
       </c>
       <c r="K338" s="2">
         <v>100</v>
       </c>
       <c r="L338" s="2">
         <v>20</v>
@@ -18810,51 +18810,51 @@
       <c r="M338" s="2">
         <v>0</v>
       </c>
       <c r="N338" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="339" spans="1:14">
       <c r="A339" s="2">
         <v>103832</v>
       </c>
       <c r="B339" s="2" t="s">
         <v>953</v>
       </c>
       <c r="C339" s="2" t="s">
         <v>926</v>
       </c>
       <c r="D339" s="2"/>
       <c r="E339" s="2">
         <v>5353</v>
       </c>
       <c r="F339" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G339" s="2" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="H339" s="2" t="s">
         <v>954</v>
       </c>
       <c r="I339" s="2">
         <v>188</v>
       </c>
       <c r="J339" s="2">
         <v>30</v>
       </c>
       <c r="K339" s="2">
         <v>100</v>
       </c>
       <c r="L339" s="2">
         <v>91</v>
       </c>
       <c r="M339" s="2">
         <v>0</v>
       </c>
       <c r="N339" s="2">
         <v>191</v>
       </c>
     </row>
     <row r="340" spans="1:14">
       <c r="A340" s="2">
@@ -19010,51 +19010,51 @@
       </c>
       <c r="J343" s="2">
         <v>162</v>
       </c>
       <c r="K343" s="2">
         <v>100</v>
       </c>
       <c r="L343" s="2">
         <v>20</v>
       </c>
       <c r="M343" s="2">
         <v>0</v>
       </c>
       <c r="N343" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="344" spans="1:14">
       <c r="A344" s="2">
         <v>103837</v>
       </c>
       <c r="B344" s="2" t="s">
         <v>964</v>
       </c>
       <c r="C344" s="2" t="s">
-        <v>66</v>
+        <v>61</v>
       </c>
       <c r="D344" s="2"/>
       <c r="E344" s="2">
         <v>5191</v>
       </c>
       <c r="F344" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G344" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H344" s="2" t="s">
         <v>965</v>
       </c>
       <c r="I344" s="2">
         <v>193</v>
       </c>
       <c r="J344" s="2">
         <v>163</v>
       </c>
       <c r="K344" s="2">
         <v>100</v>
       </c>
       <c r="L344" s="2">
         <v>20</v>
@@ -19136,51 +19136,51 @@
       </c>
       <c r="J346" s="2">
         <v>165</v>
       </c>
       <c r="K346" s="2">
         <v>100</v>
       </c>
       <c r="L346" s="2">
         <v>20</v>
       </c>
       <c r="M346" s="2">
         <v>0</v>
       </c>
       <c r="N346" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="347" spans="1:14">
       <c r="A347" s="2">
         <v>103840</v>
       </c>
       <c r="B347" s="2" t="s">
         <v>971</v>
       </c>
       <c r="C347" s="2" t="s">
-        <v>66</v>
+        <v>61</v>
       </c>
       <c r="D347" s="2"/>
       <c r="E347" s="2">
         <v>5208</v>
       </c>
       <c r="F347" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G347" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H347" s="2" t="s">
         <v>972</v>
       </c>
       <c r="I347" s="2">
         <v>196</v>
       </c>
       <c r="J347" s="2">
         <v>166</v>
       </c>
       <c r="K347" s="2">
         <v>100</v>
       </c>
       <c r="L347" s="2">
         <v>20</v>
@@ -19262,93 +19262,93 @@
       </c>
       <c r="J349" s="2">
         <v>168</v>
       </c>
       <c r="K349" s="2">
         <v>100</v>
       </c>
       <c r="L349" s="2">
         <v>20</v>
       </c>
       <c r="M349" s="2">
         <v>0</v>
       </c>
       <c r="N349" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="350" spans="1:14">
       <c r="A350" s="2">
         <v>103843</v>
       </c>
       <c r="B350" s="2" t="s">
         <v>978</v>
       </c>
       <c r="C350" s="2" t="s">
-        <v>363</v>
+        <v>366</v>
       </c>
       <c r="D350" s="2"/>
       <c r="E350" s="2">
         <v>5469</v>
       </c>
       <c r="F350" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G350" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H350" s="2" t="s">
         <v>979</v>
       </c>
       <c r="I350" s="2">
         <v>199</v>
       </c>
       <c r="J350" s="2">
         <v>169</v>
       </c>
       <c r="K350" s="2">
         <v>100</v>
       </c>
       <c r="L350" s="2">
         <v>20</v>
       </c>
       <c r="M350" s="2">
         <v>0</v>
       </c>
       <c r="N350" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="351" spans="1:14">
       <c r="A351" s="2">
         <v>101921</v>
       </c>
       <c r="B351" s="2" t="s">
         <v>980</v>
       </c>
       <c r="C351" s="2" t="s">
-        <v>66</v>
+        <v>61</v>
       </c>
       <c r="D351" s="2"/>
       <c r="E351" s="2">
         <v>5190</v>
       </c>
       <c r="F351" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G351" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H351" s="2" t="s">
         <v>981</v>
       </c>
       <c r="I351" s="2">
         <v>200</v>
       </c>
       <c r="J351" s="2">
         <v>170</v>
       </c>
       <c r="K351" s="2">
         <v>100</v>
       </c>
       <c r="L351" s="2">
         <v>20</v>
@@ -19472,93 +19472,93 @@
       </c>
       <c r="J354" s="2">
         <v>173</v>
       </c>
       <c r="K354" s="2">
         <v>100</v>
       </c>
       <c r="L354" s="2">
         <v>20</v>
       </c>
       <c r="M354" s="2">
         <v>0</v>
       </c>
       <c r="N354" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="355" spans="1:14">
       <c r="A355" s="2">
         <v>103848</v>
       </c>
       <c r="B355" s="2" t="s">
         <v>990</v>
       </c>
       <c r="C355" s="2" t="s">
-        <v>775</v>
+        <v>772</v>
       </c>
       <c r="D355" s="2"/>
       <c r="E355" s="2">
         <v>5099</v>
       </c>
       <c r="F355" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G355" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H355" s="2" t="s">
         <v>991</v>
       </c>
       <c r="I355" s="2">
         <v>204</v>
       </c>
       <c r="J355" s="2">
         <v>174</v>
       </c>
       <c r="K355" s="2">
         <v>100</v>
       </c>
       <c r="L355" s="2">
         <v>20</v>
       </c>
       <c r="M355" s="2">
         <v>0</v>
       </c>
       <c r="N355" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="356" spans="1:14">
       <c r="A356" s="2">
         <v>103849</v>
       </c>
       <c r="B356" s="2" t="s">
         <v>992</v>
       </c>
       <c r="C356" s="2" t="s">
-        <v>66</v>
+        <v>61</v>
       </c>
       <c r="D356" s="2"/>
       <c r="E356" s="2">
         <v>5288</v>
       </c>
       <c r="F356" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G356" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H356" s="2" t="s">
         <v>993</v>
       </c>
       <c r="I356" s="2">
         <v>205</v>
       </c>
       <c r="J356" s="2">
         <v>175</v>
       </c>
       <c r="K356" s="2">
         <v>100</v>
       </c>
       <c r="L356" s="2">
         <v>20</v>
@@ -19566,93 +19566,93 @@
       <c r="M356" s="2">
         <v>0</v>
       </c>
       <c r="N356" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="357" spans="1:14">
       <c r="A357" s="2">
         <v>103850</v>
       </c>
       <c r="B357" s="2" t="s">
         <v>994</v>
       </c>
       <c r="C357" s="2" t="s">
         <v>45</v>
       </c>
       <c r="D357" s="2"/>
       <c r="E357" s="2">
         <v>5466</v>
       </c>
       <c r="F357" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G357" s="2" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="H357" s="2" t="s">
         <v>995</v>
       </c>
       <c r="I357" s="2">
         <v>206</v>
       </c>
       <c r="J357" s="2">
         <v>31</v>
       </c>
       <c r="K357" s="2">
         <v>100</v>
       </c>
       <c r="L357" s="2">
         <v>90</v>
       </c>
       <c r="M357" s="2">
         <v>0</v>
       </c>
       <c r="N357" s="2">
         <v>190</v>
       </c>
     </row>
     <row r="358" spans="1:14">
       <c r="A358" s="2">
         <v>103851</v>
       </c>
       <c r="B358" s="2" t="s">
         <v>996</v>
       </c>
       <c r="C358" s="2" t="s">
         <v>381</v>
       </c>
       <c r="D358" s="2"/>
       <c r="E358" s="2">
         <v>5297</v>
       </c>
       <c r="F358" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G358" s="2" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="H358" s="2" t="s">
         <v>997</v>
       </c>
       <c r="I358" s="2">
         <v>207</v>
       </c>
       <c r="J358" s="2">
         <v>32</v>
       </c>
       <c r="K358" s="2">
         <v>100</v>
       </c>
       <c r="L358" s="2">
         <v>89</v>
       </c>
       <c r="M358" s="2">
         <v>0</v>
       </c>
       <c r="N358" s="2">
         <v>189</v>
       </c>
     </row>
     <row r="359" spans="1:14">
       <c r="A359" s="2">
@@ -19766,51 +19766,51 @@
       </c>
       <c r="J361" s="2">
         <v>178</v>
       </c>
       <c r="K361" s="2">
         <v>100</v>
       </c>
       <c r="L361" s="2">
         <v>20</v>
       </c>
       <c r="M361" s="2">
         <v>0</v>
       </c>
       <c r="N361" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="362" spans="1:14">
       <c r="A362" s="2">
         <v>103855</v>
       </c>
       <c r="B362" s="2" t="s">
         <v>378</v>
       </c>
       <c r="C362" s="2" t="s">
-        <v>107</v>
+        <v>111</v>
       </c>
       <c r="D362" s="2"/>
       <c r="E362" s="2">
         <v>5336</v>
       </c>
       <c r="F362" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G362" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H362" s="2" t="s">
         <v>1003</v>
       </c>
       <c r="I362" s="2">
         <v>211</v>
       </c>
       <c r="J362" s="2">
         <v>179</v>
       </c>
       <c r="K362" s="2">
         <v>100</v>
       </c>
       <c r="L362" s="2">
         <v>20</v>
@@ -19944,51 +19944,51 @@
       <c r="M365" s="2">
         <v>0</v>
       </c>
       <c r="N365" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="366" spans="1:14">
       <c r="A366" s="2">
         <v>102560</v>
       </c>
       <c r="B366" s="2" t="s">
         <v>1011</v>
       </c>
       <c r="C366" s="2" t="s">
         <v>1012</v>
       </c>
       <c r="D366" s="2"/>
       <c r="E366" s="2">
         <v>5227</v>
       </c>
       <c r="F366" s="2" t="s">
         <v>1013</v>
       </c>
       <c r="G366" s="2" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="H366" s="2" t="s">
         <v>1014</v>
       </c>
       <c r="I366" s="2">
         <v>215</v>
       </c>
       <c r="J366" s="2">
         <v>33</v>
       </c>
       <c r="K366" s="2">
         <v>0</v>
       </c>
       <c r="L366" s="2">
         <v>0</v>
       </c>
       <c r="M366" s="2">
         <v>0</v>
       </c>
       <c r="N366" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="367" spans="1:14">
       <c r="A367" s="2">
@@ -20186,219 +20186,219 @@
       </c>
       <c r="J371" s="2">
         <v>187</v>
       </c>
       <c r="K371" s="2">
         <v>100</v>
       </c>
       <c r="L371" s="2">
         <v>20</v>
       </c>
       <c r="M371" s="2">
         <v>0</v>
       </c>
       <c r="N371" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="372" spans="1:14">
       <c r="A372" s="2">
         <v>103864</v>
       </c>
       <c r="B372" s="2" t="s">
         <v>1030</v>
       </c>
       <c r="C372" s="2" t="s">
-        <v>66</v>
+        <v>61</v>
       </c>
       <c r="D372" s="2"/>
       <c r="E372" s="2">
         <v>5495</v>
       </c>
       <c r="F372" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G372" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H372" s="2" t="s">
         <v>1031</v>
       </c>
       <c r="I372" s="2">
         <v>221</v>
       </c>
       <c r="J372" s="2">
         <v>188</v>
       </c>
       <c r="K372" s="2">
         <v>100</v>
       </c>
       <c r="L372" s="2">
         <v>20</v>
       </c>
       <c r="M372" s="2">
         <v>0</v>
       </c>
       <c r="N372" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="373" spans="1:14">
       <c r="A373" s="2">
         <v>103865</v>
       </c>
       <c r="B373" s="2" t="s">
         <v>1032</v>
       </c>
       <c r="C373" s="2" t="s">
-        <v>783</v>
+        <v>786</v>
       </c>
       <c r="D373" s="2"/>
       <c r="E373" s="2">
         <v>5164</v>
       </c>
       <c r="F373" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G373" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H373" s="2" t="s">
         <v>1033</v>
       </c>
       <c r="I373" s="2">
         <v>222</v>
       </c>
       <c r="J373" s="2">
         <v>189</v>
       </c>
       <c r="K373" s="2">
         <v>100</v>
       </c>
       <c r="L373" s="2">
         <v>20</v>
       </c>
       <c r="M373" s="2">
         <v>0</v>
       </c>
       <c r="N373" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="374" spans="1:14">
       <c r="A374" s="2">
         <v>103866</v>
       </c>
       <c r="B374" s="2" t="s">
         <v>1034</v>
       </c>
       <c r="C374" s="2" t="s">
-        <v>454</v>
+        <v>451</v>
       </c>
       <c r="D374" s="2"/>
       <c r="E374" s="2">
         <v>5171</v>
       </c>
       <c r="F374" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G374" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H374" s="2" t="s">
         <v>1035</v>
       </c>
       <c r="I374" s="2">
         <v>223</v>
       </c>
       <c r="J374" s="2">
         <v>190</v>
       </c>
       <c r="K374" s="2">
         <v>100</v>
       </c>
       <c r="L374" s="2">
         <v>20</v>
       </c>
       <c r="M374" s="2">
         <v>0</v>
       </c>
       <c r="N374" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="375" spans="1:14">
       <c r="A375" s="2">
         <v>101933</v>
       </c>
       <c r="B375" s="2" t="s">
         <v>1036</v>
       </c>
       <c r="C375" s="2" t="s">
-        <v>66</v>
+        <v>61</v>
       </c>
       <c r="D375" s="2"/>
       <c r="E375" s="2">
         <v>5317</v>
       </c>
       <c r="F375" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G375" s="2" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="H375" s="2" t="s">
         <v>1037</v>
       </c>
       <c r="I375" s="2">
         <v>224</v>
       </c>
       <c r="J375" s="2">
         <v>34</v>
       </c>
       <c r="K375" s="2">
         <v>100</v>
       </c>
       <c r="L375" s="2">
         <v>87</v>
       </c>
       <c r="M375" s="2">
         <v>0</v>
       </c>
       <c r="N375" s="2">
         <v>187</v>
       </c>
     </row>
     <row r="376" spans="1:14">
       <c r="A376" s="2">
         <v>103868</v>
       </c>
       <c r="B376" s="2" t="s">
         <v>1038</v>
       </c>
       <c r="C376" s="2" t="s">
-        <v>66</v>
+        <v>61</v>
       </c>
       <c r="D376" s="2"/>
       <c r="E376" s="2">
         <v>5179</v>
       </c>
       <c r="F376" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G376" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H376" s="2" t="s">
         <v>1039</v>
       </c>
       <c r="I376" s="2">
         <v>225</v>
       </c>
       <c r="J376" s="2">
         <v>191</v>
       </c>
       <c r="K376" s="2">
         <v>100</v>
       </c>
       <c r="L376" s="2">
         <v>20</v>
@@ -20608,51 +20608,51 @@
       </c>
       <c r="J381" s="2">
         <v>196</v>
       </c>
       <c r="K381" s="2">
         <v>100</v>
       </c>
       <c r="L381" s="2">
         <v>20</v>
       </c>
       <c r="M381" s="2">
         <v>0</v>
       </c>
       <c r="N381" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="382" spans="1:14">
       <c r="A382" s="2">
         <v>103874</v>
       </c>
       <c r="B382" s="2" t="s">
         <v>1052</v>
       </c>
       <c r="C382" s="2" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="D382" s="2"/>
       <c r="E382" s="2">
         <v>5148</v>
       </c>
       <c r="F382" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G382" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H382" s="2" t="s">
         <v>1053</v>
       </c>
       <c r="I382" s="2">
         <v>231</v>
       </c>
       <c r="J382" s="2">
         <v>197</v>
       </c>
       <c r="K382" s="2">
         <v>100</v>
       </c>
       <c r="L382" s="2">
         <v>20</v>
@@ -20692,51 +20692,51 @@
       </c>
       <c r="J383" s="2">
         <v>198</v>
       </c>
       <c r="K383" s="2">
         <v>100</v>
       </c>
       <c r="L383" s="2">
         <v>20</v>
       </c>
       <c r="M383" s="2">
         <v>0</v>
       </c>
       <c r="N383" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="384" spans="1:14">
       <c r="A384" s="2">
         <v>103876</v>
       </c>
       <c r="B384" s="2" t="s">
         <v>1056</v>
       </c>
       <c r="C384" s="2" t="s">
-        <v>454</v>
+        <v>451</v>
       </c>
       <c r="D384" s="2"/>
       <c r="E384" s="2">
         <v>5258</v>
       </c>
       <c r="F384" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G384" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H384" s="2" t="s">
         <v>1057</v>
       </c>
       <c r="I384" s="2">
         <v>233</v>
       </c>
       <c r="J384" s="2">
         <v>199</v>
       </c>
       <c r="K384" s="2">
         <v>100</v>
       </c>
       <c r="L384" s="2">
         <v>20</v>
@@ -20857,51 +20857,51 @@
       </c>
       <c r="I387" s="2">
         <v>236</v>
       </c>
       <c r="J387" s="2">
         <v>202</v>
       </c>
       <c r="K387" s="2">
         <v>100</v>
       </c>
       <c r="L387" s="2">
         <v>20</v>
       </c>
       <c r="M387" s="2">
         <v>0</v>
       </c>
       <c r="N387" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="388" spans="1:14">
       <c r="A388" s="2">
         <v>103880</v>
       </c>
       <c r="B388" s="2" t="s">
-        <v>630</v>
+        <v>634</v>
       </c>
       <c r="C388" s="2" t="s">
         <v>45</v>
       </c>
       <c r="D388" s="2"/>
       <c r="E388" s="2">
         <v>5248</v>
       </c>
       <c r="F388" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G388" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H388" s="2" t="s">
         <v>1066</v>
       </c>
       <c r="I388" s="2">
         <v>237</v>
       </c>
       <c r="J388" s="2">
         <v>203</v>
       </c>
       <c r="K388" s="2">
         <v>100</v>
@@ -20996,51 +20996,51 @@
       <c r="M390" s="2">
         <v>0</v>
       </c>
       <c r="N390" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="391" spans="1:14">
       <c r="A391" s="2">
         <v>103883</v>
       </c>
       <c r="B391" s="2" t="s">
         <v>1072</v>
       </c>
       <c r="C391" s="2" t="s">
         <v>133</v>
       </c>
       <c r="D391" s="2"/>
       <c r="E391" s="2">
         <v>5061</v>
       </c>
       <c r="F391" s="2" t="s">
         <v>135</v>
       </c>
       <c r="G391" s="2" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="H391" s="2" t="s">
         <v>1073</v>
       </c>
       <c r="I391" s="2">
         <v>240</v>
       </c>
       <c r="J391" s="2">
         <v>35</v>
       </c>
       <c r="K391" s="2">
         <v>100</v>
       </c>
       <c r="L391" s="2">
         <v>86</v>
       </c>
       <c r="M391" s="2">
         <v>0</v>
       </c>
       <c r="N391" s="2">
         <v>186</v>
       </c>
     </row>
     <row r="392" spans="1:14">
       <c r="A392" s="2">
@@ -21067,51 +21067,51 @@
       </c>
       <c r="I392" s="2">
         <v>241</v>
       </c>
       <c r="J392" s="2">
         <v>206</v>
       </c>
       <c r="K392" s="2">
         <v>100</v>
       </c>
       <c r="L392" s="2">
         <v>20</v>
       </c>
       <c r="M392" s="2">
         <v>0</v>
       </c>
       <c r="N392" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="393" spans="1:14">
       <c r="A393" s="2">
         <v>103885</v>
       </c>
       <c r="B393" s="2" t="s">
-        <v>526</v>
+        <v>523</v>
       </c>
       <c r="C393" s="2" t="s">
         <v>292</v>
       </c>
       <c r="D393" s="2"/>
       <c r="E393" s="2">
         <v>5278</v>
       </c>
       <c r="F393" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G393" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H393" s="2" t="s">
         <v>1077</v>
       </c>
       <c r="I393" s="2">
         <v>242</v>
       </c>
       <c r="J393" s="2">
         <v>207</v>
       </c>
       <c r="K393" s="2">
         <v>100</v>
@@ -21122,93 +21122,93 @@
       <c r="M393" s="2">
         <v>0</v>
       </c>
       <c r="N393" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="394" spans="1:14">
       <c r="A394" s="2">
         <v>103886</v>
       </c>
       <c r="B394" s="2" t="s">
         <v>1078</v>
       </c>
       <c r="C394" s="2" t="s">
         <v>1079</v>
       </c>
       <c r="D394" s="2"/>
       <c r="E394" s="2">
         <v>5078</v>
       </c>
       <c r="F394" s="2" t="s">
         <v>58</v>
       </c>
       <c r="G394" s="2" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="H394" s="2" t="s">
         <v>1080</v>
       </c>
       <c r="I394" s="2">
         <v>243</v>
       </c>
       <c r="J394" s="2">
         <v>36</v>
       </c>
       <c r="K394" s="2">
         <v>100</v>
       </c>
       <c r="L394" s="2">
         <v>85</v>
       </c>
       <c r="M394" s="2">
         <v>0</v>
       </c>
       <c r="N394" s="2">
         <v>185</v>
       </c>
     </row>
     <row r="395" spans="1:14">
       <c r="A395" s="2">
         <v>103887</v>
       </c>
       <c r="B395" s="2" t="s">
         <v>1081</v>
       </c>
       <c r="C395" s="2" t="s">
         <v>1082</v>
       </c>
       <c r="D395" s="2"/>
       <c r="E395" s="2">
         <v>5303</v>
       </c>
       <c r="F395" s="2" t="s">
         <v>1019</v>
       </c>
       <c r="G395" s="2" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="H395" s="2" t="s">
         <v>1083</v>
       </c>
       <c r="I395" s="2">
         <v>244</v>
       </c>
       <c r="J395" s="2">
         <v>37</v>
       </c>
       <c r="K395" s="2">
         <v>100</v>
       </c>
       <c r="L395" s="2">
         <v>84</v>
       </c>
       <c r="M395" s="2">
         <v>0</v>
       </c>
       <c r="N395" s="2">
         <v>184</v>
       </c>
     </row>
     <row r="396" spans="1:14">
       <c r="A396" s="2">
@@ -21364,93 +21364,93 @@
       </c>
       <c r="J399" s="2">
         <v>211</v>
       </c>
       <c r="K399" s="2">
         <v>100</v>
       </c>
       <c r="L399" s="2">
         <v>20</v>
       </c>
       <c r="M399" s="2">
         <v>0</v>
       </c>
       <c r="N399" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="400" spans="1:14">
       <c r="A400" s="2">
         <v>103892</v>
       </c>
       <c r="B400" s="2" t="s">
         <v>1096</v>
       </c>
       <c r="C400" s="2" t="s">
-        <v>66</v>
+        <v>61</v>
       </c>
       <c r="D400" s="2"/>
       <c r="E400" s="2">
         <v>5330</v>
       </c>
       <c r="F400" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G400" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H400" s="2" t="s">
         <v>1097</v>
       </c>
       <c r="I400" s="2">
         <v>249</v>
       </c>
       <c r="J400" s="2">
         <v>212</v>
       </c>
       <c r="K400" s="2">
         <v>100</v>
       </c>
       <c r="L400" s="2">
         <v>20</v>
       </c>
       <c r="M400" s="2">
         <v>0</v>
       </c>
       <c r="N400" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="401" spans="1:14">
       <c r="A401" s="2">
         <v>103893</v>
       </c>
       <c r="B401" s="2" t="s">
         <v>1098</v>
       </c>
       <c r="C401" s="2" t="s">
-        <v>573</v>
+        <v>570</v>
       </c>
       <c r="D401" s="2"/>
       <c r="E401" s="2">
         <v>5325</v>
       </c>
       <c r="F401" s="2" t="s">
         <v>58</v>
       </c>
       <c r="G401" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H401" s="2" t="s">
         <v>1099</v>
       </c>
       <c r="I401" s="2">
         <v>250</v>
       </c>
       <c r="J401" s="2">
         <v>213</v>
       </c>
       <c r="K401" s="2">
         <v>100</v>
       </c>
       <c r="L401" s="2">
         <v>20</v>
@@ -21490,51 +21490,51 @@
       </c>
       <c r="J402" s="2">
         <v>214</v>
       </c>
       <c r="K402" s="2">
         <v>100</v>
       </c>
       <c r="L402" s="2">
         <v>20</v>
       </c>
       <c r="M402" s="2">
         <v>0</v>
       </c>
       <c r="N402" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="403" spans="1:14">
       <c r="A403" s="2">
         <v>103895</v>
       </c>
       <c r="B403" s="2" t="s">
         <v>1102</v>
       </c>
       <c r="C403" s="2" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="D403" s="2"/>
       <c r="E403" s="2">
         <v>5348</v>
       </c>
       <c r="F403" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G403" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H403" s="2" t="s">
         <v>1103</v>
       </c>
       <c r="I403" s="2">
         <v>252</v>
       </c>
       <c r="J403" s="2">
         <v>215</v>
       </c>
       <c r="K403" s="2">
         <v>100</v>
       </c>
       <c r="L403" s="2">
         <v>20</v>
@@ -21613,51 +21613,51 @@
       </c>
       <c r="I405" s="2">
         <v>254</v>
       </c>
       <c r="J405" s="2">
         <v>217</v>
       </c>
       <c r="K405" s="2">
         <v>100</v>
       </c>
       <c r="L405" s="2">
         <v>20</v>
       </c>
       <c r="M405" s="2">
         <v>0</v>
       </c>
       <c r="N405" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="406" spans="1:14">
       <c r="A406" s="2">
         <v>103898</v>
       </c>
       <c r="B406" s="2" t="s">
-        <v>812</v>
+        <v>809</v>
       </c>
       <c r="C406" s="2" t="s">
         <v>78</v>
       </c>
       <c r="D406" s="2"/>
       <c r="E406" s="2">
         <v>5181</v>
       </c>
       <c r="F406" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G406" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H406" s="2" t="s">
         <v>1109</v>
       </c>
       <c r="I406" s="2">
         <v>255</v>
       </c>
       <c r="J406" s="2">
         <v>218</v>
       </c>
       <c r="K406" s="2">
         <v>100</v>
@@ -21752,51 +21752,51 @@
       <c r="M408" s="2">
         <v>0</v>
       </c>
       <c r="N408" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="409" spans="1:14">
       <c r="A409" s="2">
         <v>103901</v>
       </c>
       <c r="B409" s="2" t="s">
         <v>1116</v>
       </c>
       <c r="C409" s="2" t="s">
         <v>1117</v>
       </c>
       <c r="D409" s="2"/>
       <c r="E409" s="2">
         <v>5368</v>
       </c>
       <c r="F409" s="2" t="s">
         <v>135</v>
       </c>
       <c r="G409" s="2" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="H409" s="2" t="s">
         <v>1118</v>
       </c>
       <c r="I409" s="2">
         <v>258</v>
       </c>
       <c r="J409" s="2">
         <v>38</v>
       </c>
       <c r="K409" s="2">
         <v>100</v>
       </c>
       <c r="L409" s="2">
         <v>83</v>
       </c>
       <c r="M409" s="2">
         <v>0</v>
       </c>
       <c r="N409" s="2">
         <v>183</v>
       </c>
     </row>
     <row r="410" spans="1:14">
       <c r="A410" s="2">
@@ -21826,93 +21826,93 @@
       </c>
       <c r="J410" s="2">
         <v>221</v>
       </c>
       <c r="K410" s="2">
         <v>100</v>
       </c>
       <c r="L410" s="2">
         <v>20</v>
       </c>
       <c r="M410" s="2">
         <v>0</v>
       </c>
       <c r="N410" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="411" spans="1:14">
       <c r="A411" s="2">
         <v>103903</v>
       </c>
       <c r="B411" s="2" t="s">
         <v>1122</v>
       </c>
       <c r="C411" s="2" t="s">
-        <v>432</v>
+        <v>430</v>
       </c>
       <c r="D411" s="2"/>
       <c r="E411" s="2">
         <v>5211</v>
       </c>
       <c r="F411" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G411" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H411" s="2" t="s">
         <v>1123</v>
       </c>
       <c r="I411" s="2">
         <v>260</v>
       </c>
       <c r="J411" s="2">
         <v>222</v>
       </c>
       <c r="K411" s="2">
         <v>100</v>
       </c>
       <c r="L411" s="2">
         <v>20</v>
       </c>
       <c r="M411" s="2">
         <v>0</v>
       </c>
       <c r="N411" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="412" spans="1:14">
       <c r="A412" s="2">
         <v>103904</v>
       </c>
       <c r="B412" s="2" t="s">
         <v>1124</v>
       </c>
       <c r="C412" s="2" t="s">
-        <v>432</v>
+        <v>430</v>
       </c>
       <c r="D412" s="2"/>
       <c r="E412" s="2">
         <v>5506</v>
       </c>
       <c r="F412" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G412" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H412" s="2" t="s">
         <v>1125</v>
       </c>
       <c r="I412" s="2">
         <v>261</v>
       </c>
       <c r="J412" s="2">
         <v>223</v>
       </c>
       <c r="K412" s="2">
         <v>100</v>
       </c>
       <c r="L412" s="2">
         <v>20</v>
@@ -22036,51 +22036,51 @@
       </c>
       <c r="J415" s="2">
         <v>226</v>
       </c>
       <c r="K415" s="2">
         <v>100</v>
       </c>
       <c r="L415" s="2">
         <v>20</v>
       </c>
       <c r="M415" s="2">
         <v>0</v>
       </c>
       <c r="N415" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="416" spans="1:14">
       <c r="A416" s="2">
         <v>103908</v>
       </c>
       <c r="B416" s="2" t="s">
         <v>1130</v>
       </c>
       <c r="C416" s="2" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="D416" s="2"/>
       <c r="E416" s="2">
         <v>5283</v>
       </c>
       <c r="F416" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G416" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H416" s="2" t="s">
         <v>1131</v>
       </c>
       <c r="I416" s="2">
         <v>265</v>
       </c>
       <c r="J416" s="2">
         <v>227</v>
       </c>
       <c r="K416" s="2">
         <v>100</v>
       </c>
       <c r="L416" s="2">
         <v>20</v>
@@ -22117,96 +22117,96 @@
       </c>
       <c r="I417" s="2">
         <v>266</v>
       </c>
       <c r="J417" s="2">
         <v>228</v>
       </c>
       <c r="K417" s="2">
         <v>100</v>
       </c>
       <c r="L417" s="2">
         <v>20</v>
       </c>
       <c r="M417" s="2">
         <v>0</v>
       </c>
       <c r="N417" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="418" spans="1:14">
       <c r="A418" s="2">
         <v>103910</v>
       </c>
       <c r="B418" s="2" t="s">
-        <v>102</v>
+        <v>99</v>
       </c>
       <c r="C418" s="2" t="s">
         <v>1134</v>
       </c>
       <c r="D418" s="2"/>
       <c r="E418" s="2">
         <v>5080</v>
       </c>
       <c r="F418" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G418" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H418" s="2" t="s">
         <v>1135</v>
       </c>
       <c r="I418" s="2">
         <v>267</v>
       </c>
       <c r="J418" s="2">
         <v>229</v>
       </c>
       <c r="K418" s="2">
         <v>100</v>
       </c>
       <c r="L418" s="2">
         <v>20</v>
       </c>
       <c r="M418" s="2">
         <v>0</v>
       </c>
       <c r="N418" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="419" spans="1:14">
       <c r="A419" s="2">
         <v>103911</v>
       </c>
       <c r="B419" s="2" t="s">
         <v>1136</v>
       </c>
       <c r="C419" s="2" t="s">
-        <v>66</v>
+        <v>61</v>
       </c>
       <c r="D419" s="2"/>
       <c r="E419" s="2">
         <v>5137</v>
       </c>
       <c r="F419" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G419" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H419" s="2" t="s">
         <v>1137</v>
       </c>
       <c r="I419" s="2">
         <v>268</v>
       </c>
       <c r="J419" s="2">
         <v>230</v>
       </c>
       <c r="K419" s="2">
         <v>100</v>
       </c>
       <c r="L419" s="2">
         <v>20</v>
@@ -22246,51 +22246,51 @@
       </c>
       <c r="J420" s="2">
         <v>231</v>
       </c>
       <c r="K420" s="2">
         <v>100</v>
       </c>
       <c r="L420" s="2">
         <v>20</v>
       </c>
       <c r="M420" s="2">
         <v>0</v>
       </c>
       <c r="N420" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="421" spans="1:14">
       <c r="A421" s="2">
         <v>101931</v>
       </c>
       <c r="B421" s="2" t="s">
         <v>1141</v>
       </c>
       <c r="C421" s="2" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="D421" s="2"/>
       <c r="E421" s="2">
         <v>5048</v>
       </c>
       <c r="F421" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G421" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H421" s="2" t="s">
         <v>1142</v>
       </c>
       <c r="I421" s="2">
         <v>270</v>
       </c>
       <c r="J421" s="2">
         <v>232</v>
       </c>
       <c r="K421" s="2">
         <v>100</v>
       </c>
       <c r="L421" s="2">
         <v>20</v>
@@ -22330,51 +22330,51 @@
       </c>
       <c r="J422" s="2">
         <v>233</v>
       </c>
       <c r="K422" s="2">
         <v>100</v>
       </c>
       <c r="L422" s="2">
         <v>20</v>
       </c>
       <c r="M422" s="2">
         <v>0</v>
       </c>
       <c r="N422" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="423" spans="1:14">
       <c r="A423" s="2">
         <v>103915</v>
       </c>
       <c r="B423" s="2" t="s">
         <v>1145</v>
       </c>
       <c r="C423" s="2" t="s">
-        <v>66</v>
+        <v>61</v>
       </c>
       <c r="D423" s="2"/>
       <c r="E423" s="2">
         <v>5320</v>
       </c>
       <c r="F423" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G423" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H423" s="2" t="s">
         <v>1146</v>
       </c>
       <c r="I423" s="2">
         <v>272</v>
       </c>
       <c r="J423" s="2">
         <v>234</v>
       </c>
       <c r="K423" s="2">
         <v>100</v>
       </c>
       <c r="L423" s="2">
         <v>20</v>
@@ -22414,61 +22414,61 @@
       </c>
       <c r="J424" s="2">
         <v>235</v>
       </c>
       <c r="K424" s="2">
         <v>100</v>
       </c>
       <c r="L424" s="2">
         <v>20</v>
       </c>
       <c r="M424" s="2">
         <v>0</v>
       </c>
       <c r="N424" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="425" spans="1:14">
       <c r="A425" s="2">
         <v>103917</v>
       </c>
       <c r="B425" s="2" t="s">
         <v>1149</v>
       </c>
       <c r="C425" s="2" t="s">
-        <v>783</v>
+        <v>786</v>
       </c>
       <c r="D425" s="2"/>
       <c r="E425" s="2">
         <v>5484</v>
       </c>
       <c r="F425" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G425" s="2" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="H425" s="2" t="s">
         <v>1150</v>
       </c>
       <c r="I425" s="2">
         <v>274</v>
       </c>
       <c r="J425" s="2">
         <v>39</v>
       </c>
       <c r="K425" s="2">
         <v>100</v>
       </c>
       <c r="L425" s="2">
         <v>82</v>
       </c>
       <c r="M425" s="2">
         <v>0</v>
       </c>
       <c r="N425" s="2">
         <v>182</v>
       </c>
     </row>
     <row r="426" spans="1:14">
       <c r="A426" s="2">
@@ -22705,148 +22705,148 @@
       </c>
       <c r="I431" s="2">
         <v>280</v>
       </c>
       <c r="J431" s="2">
         <v>241</v>
       </c>
       <c r="K431" s="2">
         <v>100</v>
       </c>
       <c r="L431" s="2">
         <v>20</v>
       </c>
       <c r="M431" s="2">
         <v>0</v>
       </c>
       <c r="N431" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="432" spans="1:14">
       <c r="A432" s="2">
         <v>100609</v>
       </c>
       <c r="B432" s="2" t="s">
-        <v>593</v>
+        <v>596</v>
       </c>
       <c r="C432" s="2" t="s">
-        <v>594</v>
+        <v>597</v>
       </c>
       <c r="D432" s="2"/>
       <c r="E432" s="2">
         <v>5114</v>
       </c>
       <c r="F432" s="2" t="s">
         <v>82</v>
       </c>
       <c r="G432" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H432" s="2" t="s">
         <v>1166</v>
       </c>
       <c r="I432" s="2">
         <v>281</v>
       </c>
       <c r="J432" s="2">
         <v>242</v>
       </c>
       <c r="K432" s="2">
         <v>100</v>
       </c>
       <c r="L432" s="2">
         <v>20</v>
       </c>
       <c r="M432" s="2">
         <v>0</v>
       </c>
       <c r="N432" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="433" spans="1:14">
       <c r="A433" s="2">
         <v>103925</v>
       </c>
       <c r="B433" s="2" t="s">
         <v>1167</v>
       </c>
       <c r="C433" s="2" t="s">
-        <v>66</v>
+        <v>61</v>
       </c>
       <c r="D433" s="2"/>
       <c r="E433" s="2">
         <v>5074</v>
       </c>
       <c r="F433" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G433" s="2" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="H433" s="2" t="s">
         <v>1168</v>
       </c>
       <c r="I433" s="2">
         <v>282</v>
       </c>
       <c r="J433" s="2">
         <v>40</v>
       </c>
       <c r="K433" s="2">
         <v>100</v>
       </c>
       <c r="L433" s="2">
         <v>81</v>
       </c>
       <c r="M433" s="2">
         <v>0</v>
       </c>
       <c r="N433" s="2">
         <v>181</v>
       </c>
     </row>
     <row r="434" spans="1:14">
       <c r="A434" s="2">
         <v>101926</v>
       </c>
       <c r="B434" s="2" t="s">
         <v>1169</v>
       </c>
       <c r="C434" s="2" t="s">
         <v>271</v>
       </c>
       <c r="D434" s="2"/>
       <c r="E434" s="2">
         <v>5130</v>
       </c>
       <c r="F434" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G434" s="2" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="H434" s="2" t="s">
         <v>1170</v>
       </c>
       <c r="I434" s="2">
         <v>283</v>
       </c>
       <c r="J434" s="2">
         <v>41</v>
       </c>
       <c r="K434" s="2">
         <v>100</v>
       </c>
       <c r="L434" s="2">
         <v>80</v>
       </c>
       <c r="M434" s="2">
         <v>0</v>
       </c>
       <c r="N434" s="2">
         <v>180</v>
       </c>
     </row>
     <row r="435" spans="1:14">
       <c r="A435" s="2">
@@ -22918,271 +22918,271 @@
       </c>
       <c r="J436" s="2">
         <v>244</v>
       </c>
       <c r="K436" s="2">
         <v>100</v>
       </c>
       <c r="L436" s="2">
         <v>20</v>
       </c>
       <c r="M436" s="2">
         <v>0</v>
       </c>
       <c r="N436" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="437" spans="1:14">
       <c r="A437" s="2">
         <v>101954</v>
       </c>
       <c r="B437" s="2" t="s">
         <v>1176</v>
       </c>
       <c r="C437" s="2" t="s">
-        <v>66</v>
+        <v>61</v>
       </c>
       <c r="D437" s="2"/>
       <c r="E437" s="2">
         <v>5087</v>
       </c>
       <c r="F437" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G437" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H437" s="2" t="s">
         <v>1177</v>
       </c>
       <c r="I437" s="2">
         <v>286</v>
       </c>
       <c r="J437" s="2">
         <v>245</v>
       </c>
       <c r="K437" s="2">
         <v>100</v>
       </c>
       <c r="L437" s="2">
         <v>20</v>
       </c>
       <c r="M437" s="2">
         <v>0</v>
       </c>
       <c r="N437" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="438" spans="1:14">
       <c r="A438" s="2">
         <v>103930</v>
       </c>
       <c r="B438" s="2" t="s">
         <v>1178</v>
       </c>
       <c r="C438" s="2" t="s">
-        <v>66</v>
+        <v>61</v>
       </c>
       <c r="D438" s="2"/>
       <c r="E438" s="2">
         <v>5162</v>
       </c>
       <c r="F438" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G438" s="2" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="H438" s="2" t="s">
         <v>1179</v>
       </c>
       <c r="I438" s="2">
         <v>287</v>
       </c>
       <c r="J438" s="2">
         <v>42</v>
       </c>
       <c r="K438" s="2">
         <v>100</v>
       </c>
       <c r="L438" s="2">
         <v>79</v>
       </c>
       <c r="M438" s="2">
         <v>0</v>
       </c>
       <c r="N438" s="2">
         <v>179</v>
       </c>
     </row>
     <row r="439" spans="1:14">
       <c r="A439" s="2">
         <v>103931</v>
       </c>
       <c r="B439" s="2" t="s">
         <v>1180</v>
       </c>
       <c r="C439" s="2" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="D439" s="2"/>
       <c r="E439" s="2">
         <v>5341</v>
       </c>
       <c r="F439" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G439" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H439" s="2" t="s">
         <v>1181</v>
       </c>
       <c r="I439" s="2">
         <v>288</v>
       </c>
       <c r="J439" s="2">
         <v>246</v>
       </c>
       <c r="K439" s="2">
         <v>100</v>
       </c>
       <c r="L439" s="2">
         <v>20</v>
       </c>
       <c r="M439" s="2">
         <v>0</v>
       </c>
       <c r="N439" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="440" spans="1:14">
       <c r="A440" s="2">
         <v>103932</v>
       </c>
       <c r="B440" s="2" t="s">
         <v>1182</v>
       </c>
       <c r="C440" s="2" t="s">
-        <v>66</v>
+        <v>61</v>
       </c>
       <c r="D440" s="2"/>
       <c r="E440" s="2">
         <v>5128</v>
       </c>
       <c r="F440" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G440" s="2" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="H440" s="2" t="s">
         <v>1183</v>
       </c>
       <c r="I440" s="2">
         <v>289</v>
       </c>
       <c r="J440" s="2">
         <v>43</v>
       </c>
       <c r="K440" s="2">
         <v>100</v>
       </c>
       <c r="L440" s="2">
         <v>78</v>
       </c>
       <c r="M440" s="2">
         <v>0</v>
       </c>
       <c r="N440" s="2">
         <v>178</v>
       </c>
     </row>
     <row r="441" spans="1:14">
       <c r="A441" s="2">
         <v>103933</v>
       </c>
       <c r="B441" s="2" t="s">
         <v>1184</v>
       </c>
       <c r="C441" s="2" t="s">
         <v>1185</v>
       </c>
       <c r="D441" s="2"/>
       <c r="E441" s="2">
         <v>5315</v>
       </c>
       <c r="F441" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G441" s="2" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="H441" s="2" t="s">
         <v>1186</v>
       </c>
       <c r="I441" s="2">
         <v>290</v>
       </c>
       <c r="J441" s="2">
         <v>44</v>
       </c>
       <c r="K441" s="2">
         <v>100</v>
       </c>
       <c r="L441" s="2">
         <v>77</v>
       </c>
       <c r="M441" s="2">
         <v>0</v>
       </c>
       <c r="N441" s="2">
         <v>177</v>
       </c>
     </row>
     <row r="442" spans="1:14">
       <c r="A442" s="2">
         <v>103934</v>
       </c>
       <c r="B442" s="2" t="s">
         <v>1187</v>
       </c>
       <c r="C442" s="2" t="s">
         <v>1188</v>
       </c>
       <c r="D442" s="2"/>
       <c r="E442" s="2">
         <v>5036</v>
       </c>
       <c r="F442" s="2" t="s">
         <v>58</v>
       </c>
       <c r="G442" s="2" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="H442" s="2" t="s">
         <v>1189</v>
       </c>
       <c r="I442" s="2">
         <v>291</v>
       </c>
       <c r="J442" s="2">
         <v>45</v>
       </c>
       <c r="K442" s="2">
         <v>100</v>
       </c>
       <c r="L442" s="2">
         <v>76</v>
       </c>
       <c r="M442" s="2">
         <v>0</v>
       </c>
       <c r="N442" s="2">
         <v>176</v>
       </c>
     </row>
     <row r="443" spans="1:14">
       <c r="A443" s="2">
@@ -23296,93 +23296,93 @@
       </c>
       <c r="J445" s="2">
         <v>249</v>
       </c>
       <c r="K445" s="2">
         <v>100</v>
       </c>
       <c r="L445" s="2">
         <v>20</v>
       </c>
       <c r="M445" s="2">
         <v>0</v>
       </c>
       <c r="N445" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="446" spans="1:14">
       <c r="A446" s="2">
         <v>103938</v>
       </c>
       <c r="B446" s="2" t="s">
         <v>1197</v>
       </c>
       <c r="C446" s="2" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="D446" s="2"/>
       <c r="E446" s="2">
         <v>5272</v>
       </c>
       <c r="F446" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G446" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H446" s="2" t="s">
         <v>1196</v>
       </c>
       <c r="I446" s="2">
         <v>295</v>
       </c>
       <c r="J446" s="2">
         <v>250</v>
       </c>
       <c r="K446" s="2">
         <v>100</v>
       </c>
       <c r="L446" s="2">
         <v>20</v>
       </c>
       <c r="M446" s="2">
         <v>0</v>
       </c>
       <c r="N446" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="447" spans="1:14">
       <c r="A447" s="2">
         <v>103939</v>
       </c>
       <c r="B447" s="2" t="s">
         <v>1198</v>
       </c>
       <c r="C447" s="2" t="s">
-        <v>297</v>
+        <v>300</v>
       </c>
       <c r="D447" s="2"/>
       <c r="E447" s="2">
         <v>5122</v>
       </c>
       <c r="F447" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G447" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H447" s="2" t="s">
         <v>1199</v>
       </c>
       <c r="I447" s="2">
         <v>296</v>
       </c>
       <c r="J447" s="2">
         <v>251</v>
       </c>
       <c r="K447" s="2">
         <v>100</v>
       </c>
       <c r="L447" s="2">
         <v>20</v>
@@ -23432,93 +23432,93 @@
       <c r="M448" s="2">
         <v>0</v>
       </c>
       <c r="N448" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="449" spans="1:14">
       <c r="A449" s="2">
         <v>103941</v>
       </c>
       <c r="B449" s="2" t="s">
         <v>1202</v>
       </c>
       <c r="C449" s="2" t="s">
         <v>45</v>
       </c>
       <c r="D449" s="2"/>
       <c r="E449" s="2">
         <v>5316</v>
       </c>
       <c r="F449" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G449" s="2" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="H449" s="2" t="s">
         <v>1203</v>
       </c>
       <c r="I449" s="2">
         <v>298</v>
       </c>
       <c r="J449" s="2">
         <v>46</v>
       </c>
       <c r="K449" s="2">
         <v>100</v>
       </c>
       <c r="L449" s="2">
         <v>75</v>
       </c>
       <c r="M449" s="2">
         <v>0</v>
       </c>
       <c r="N449" s="2">
         <v>175</v>
       </c>
     </row>
     <row r="450" spans="1:14">
       <c r="A450" s="2">
         <v>103942</v>
       </c>
       <c r="B450" s="2" t="s">
         <v>1204</v>
       </c>
       <c r="C450" s="2" t="s">
         <v>45</v>
       </c>
       <c r="D450" s="2"/>
       <c r="E450" s="2">
         <v>5314</v>
       </c>
       <c r="F450" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G450" s="2" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="H450" s="2" t="s">
         <v>1205</v>
       </c>
       <c r="I450" s="2">
         <v>299</v>
       </c>
       <c r="J450" s="2">
         <v>47</v>
       </c>
       <c r="K450" s="2">
         <v>100</v>
       </c>
       <c r="L450" s="2">
         <v>74</v>
       </c>
       <c r="M450" s="2">
         <v>0</v>
       </c>
       <c r="N450" s="2">
         <v>174</v>
       </c>
     </row>
     <row r="451" spans="1:14">
       <c r="A451" s="2">
@@ -23548,51 +23548,51 @@
       </c>
       <c r="J451" s="2">
         <v>253</v>
       </c>
       <c r="K451" s="2">
         <v>100</v>
       </c>
       <c r="L451" s="2">
         <v>20</v>
       </c>
       <c r="M451" s="2">
         <v>0</v>
       </c>
       <c r="N451" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="452" spans="1:14">
       <c r="A452" s="2">
         <v>101924</v>
       </c>
       <c r="B452" s="2" t="s">
         <v>1208</v>
       </c>
       <c r="C452" s="2" t="s">
-        <v>66</v>
+        <v>61</v>
       </c>
       <c r="D452" s="2"/>
       <c r="E452" s="2">
         <v>5255</v>
       </c>
       <c r="F452" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G452" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H452" s="2" t="s">
         <v>1209</v>
       </c>
       <c r="I452" s="2">
         <v>301</v>
       </c>
       <c r="J452" s="2">
         <v>254</v>
       </c>
       <c r="K452" s="2">
         <v>100</v>
       </c>
       <c r="L452" s="2">
         <v>20</v>
@@ -23632,51 +23632,51 @@
       </c>
       <c r="J453" s="2">
         <v>255</v>
       </c>
       <c r="K453" s="2">
         <v>100</v>
       </c>
       <c r="L453" s="2">
         <v>20</v>
       </c>
       <c r="M453" s="2">
         <v>0</v>
       </c>
       <c r="N453" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="454" spans="1:14">
       <c r="A454" s="2">
         <v>103946</v>
       </c>
       <c r="B454" s="2" t="s">
         <v>1213</v>
       </c>
       <c r="C454" s="2" t="s">
-        <v>363</v>
+        <v>366</v>
       </c>
       <c r="D454" s="2"/>
       <c r="E454" s="2">
         <v>5158</v>
       </c>
       <c r="F454" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G454" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H454" s="2" t="s">
         <v>1214</v>
       </c>
       <c r="I454" s="2">
         <v>303</v>
       </c>
       <c r="J454" s="2">
         <v>256</v>
       </c>
       <c r="K454" s="2">
         <v>100</v>
       </c>
       <c r="L454" s="2">
         <v>20</v>
@@ -23716,177 +23716,177 @@
       </c>
       <c r="J455" s="2">
         <v>257</v>
       </c>
       <c r="K455" s="2">
         <v>100</v>
       </c>
       <c r="L455" s="2">
         <v>20</v>
       </c>
       <c r="M455" s="2">
         <v>0</v>
       </c>
       <c r="N455" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="456" spans="1:14">
       <c r="A456" s="2">
         <v>103948</v>
       </c>
       <c r="B456" s="2" t="s">
         <v>1217</v>
       </c>
       <c r="C456" s="2" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="D456" s="2"/>
       <c r="E456" s="2">
         <v>5832</v>
       </c>
       <c r="F456" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G456" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H456" s="2" t="s">
         <v>1216</v>
       </c>
       <c r="I456" s="2">
         <v>305</v>
       </c>
       <c r="J456" s="2">
         <v>258</v>
       </c>
       <c r="K456" s="2">
         <v>100</v>
       </c>
       <c r="L456" s="2">
         <v>20</v>
       </c>
       <c r="M456" s="2">
         <v>0</v>
       </c>
       <c r="N456" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="457" spans="1:14">
       <c r="A457" s="2">
         <v>101944</v>
       </c>
       <c r="B457" s="2" t="s">
         <v>531</v>
       </c>
       <c r="C457" s="2" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="D457" s="2"/>
       <c r="E457" s="2">
         <v>5833</v>
       </c>
       <c r="F457" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G457" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H457" s="2" t="s">
         <v>1216</v>
       </c>
       <c r="I457" s="2">
         <v>306</v>
       </c>
       <c r="J457" s="2">
         <v>259</v>
       </c>
       <c r="K457" s="2">
         <v>100</v>
       </c>
       <c r="L457" s="2">
         <v>20</v>
       </c>
       <c r="M457" s="2">
         <v>0</v>
       </c>
       <c r="N457" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="458" spans="1:14">
       <c r="A458" s="2">
         <v>103950</v>
       </c>
       <c r="B458" s="2" t="s">
-        <v>644</v>
+        <v>641</v>
       </c>
       <c r="C458" s="2" t="s">
         <v>1218</v>
       </c>
       <c r="D458" s="2"/>
       <c r="E458" s="2">
         <v>5351</v>
       </c>
       <c r="F458" s="2" t="s">
         <v>58</v>
       </c>
       <c r="G458" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H458" s="2" t="s">
         <v>1219</v>
       </c>
       <c r="I458" s="2">
         <v>307</v>
       </c>
       <c r="J458" s="2">
         <v>260</v>
       </c>
       <c r="K458" s="2">
         <v>100</v>
       </c>
       <c r="L458" s="2">
         <v>20</v>
       </c>
       <c r="M458" s="2">
         <v>0</v>
       </c>
       <c r="N458" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="459" spans="1:14">
       <c r="A459" s="2">
         <v>103951</v>
       </c>
       <c r="B459" s="2" t="s">
         <v>1220</v>
       </c>
       <c r="C459" s="2" t="s">
-        <v>597</v>
+        <v>594</v>
       </c>
       <c r="D459" s="2"/>
       <c r="E459" s="2">
         <v>5139</v>
       </c>
       <c r="F459" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G459" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H459" s="2" t="s">
         <v>1221</v>
       </c>
       <c r="I459" s="2">
         <v>308</v>
       </c>
       <c r="J459" s="2">
         <v>261</v>
       </c>
       <c r="K459" s="2">
         <v>100</v>
       </c>
       <c r="L459" s="2">
         <v>20</v>
@@ -23968,135 +23968,135 @@
       </c>
       <c r="J461" s="2">
         <v>263</v>
       </c>
       <c r="K461" s="2">
         <v>100</v>
       </c>
       <c r="L461" s="2">
         <v>20</v>
       </c>
       <c r="M461" s="2">
         <v>0</v>
       </c>
       <c r="N461" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="462" spans="1:14">
       <c r="A462" s="2">
         <v>103954</v>
       </c>
       <c r="B462" s="2" t="s">
         <v>1228</v>
       </c>
       <c r="C462" s="2" t="s">
-        <v>573</v>
+        <v>570</v>
       </c>
       <c r="D462" s="2"/>
       <c r="E462" s="2">
         <v>5243</v>
       </c>
       <c r="F462" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G462" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H462" s="2" t="s">
         <v>1229</v>
       </c>
       <c r="I462" s="2">
         <v>311</v>
       </c>
       <c r="J462" s="2">
         <v>264</v>
       </c>
       <c r="K462" s="2">
         <v>100</v>
       </c>
       <c r="L462" s="2">
         <v>20</v>
       </c>
       <c r="M462" s="2">
         <v>0</v>
       </c>
       <c r="N462" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="463" spans="1:14">
       <c r="A463" s="2">
         <v>103955</v>
       </c>
       <c r="B463" s="2" t="s">
         <v>1230</v>
       </c>
       <c r="C463" s="2" t="s">
-        <v>66</v>
+        <v>61</v>
       </c>
       <c r="D463" s="2"/>
       <c r="E463" s="2">
         <v>5497</v>
       </c>
       <c r="F463" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G463" s="2" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="H463" s="2" t="s">
         <v>1231</v>
       </c>
       <c r="I463" s="2">
         <v>312</v>
       </c>
       <c r="J463" s="2">
         <v>48</v>
       </c>
       <c r="K463" s="2">
         <v>100</v>
       </c>
       <c r="L463" s="2">
         <v>73</v>
       </c>
       <c r="M463" s="2">
         <v>0</v>
       </c>
       <c r="N463" s="2">
         <v>173</v>
       </c>
     </row>
     <row r="464" spans="1:14">
       <c r="A464" s="2">
         <v>103956</v>
       </c>
       <c r="B464" s="2" t="s">
         <v>1232</v>
       </c>
       <c r="C464" s="2" t="s">
-        <v>819</v>
+        <v>822</v>
       </c>
       <c r="D464" s="2"/>
       <c r="E464" s="2">
         <v>5499</v>
       </c>
       <c r="F464" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G464" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H464" s="2" t="s">
         <v>1233</v>
       </c>
       <c r="I464" s="2">
         <v>313</v>
       </c>
       <c r="J464" s="2">
         <v>265</v>
       </c>
       <c r="K464" s="2">
         <v>100</v>
       </c>
       <c r="L464" s="2">
         <v>20</v>
@@ -24190,125 +24190,125 @@
       </c>
       <c r="N466" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="467" spans="1:14">
       <c r="A467" s="2">
         <v>103959</v>
       </c>
       <c r="B467" s="2" t="s">
         <v>1239</v>
       </c>
       <c r="C467" s="2" t="s">
         <v>133</v>
       </c>
       <c r="D467" s="2" t="s">
         <v>1240</v>
       </c>
       <c r="E467" s="2">
         <v>5285</v>
       </c>
       <c r="F467" s="2" t="s">
         <v>22</v>
       </c>
       <c r="G467" s="2" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="H467" s="2" t="s">
         <v>1241</v>
       </c>
       <c r="I467" s="2">
         <v>316</v>
       </c>
       <c r="J467" s="2">
         <v>49</v>
       </c>
       <c r="K467" s="2">
         <v>100</v>
       </c>
       <c r="L467" s="2">
         <v>72</v>
       </c>
       <c r="M467" s="2">
         <v>0</v>
       </c>
       <c r="N467" s="2">
         <v>172</v>
       </c>
     </row>
     <row r="468" spans="1:14">
       <c r="A468" s="2">
         <v>103960</v>
       </c>
       <c r="B468" s="2" t="s">
         <v>1242</v>
       </c>
       <c r="C468" s="2" t="s">
         <v>1243</v>
       </c>
       <c r="D468" s="2"/>
       <c r="E468" s="2">
         <v>5123</v>
       </c>
       <c r="F468" s="2" t="s">
         <v>135</v>
       </c>
       <c r="G468" s="2" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="H468" s="2" t="s">
         <v>1244</v>
       </c>
       <c r="I468" s="2">
         <v>317</v>
       </c>
       <c r="J468" s="2">
         <v>50</v>
       </c>
       <c r="K468" s="2">
         <v>100</v>
       </c>
       <c r="L468" s="2">
         <v>71</v>
       </c>
       <c r="M468" s="2">
         <v>0</v>
       </c>
       <c r="N468" s="2">
         <v>171</v>
       </c>
     </row>
     <row r="469" spans="1:14">
       <c r="A469" s="2">
         <v>103961</v>
       </c>
       <c r="B469" s="2" t="s">
         <v>1245</v>
       </c>
       <c r="C469" s="2" t="s">
-        <v>783</v>
+        <v>786</v>
       </c>
       <c r="D469" s="2"/>
       <c r="E469" s="2">
         <v>5075</v>
       </c>
       <c r="F469" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G469" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H469" s="2" t="s">
         <v>1246</v>
       </c>
       <c r="I469" s="2">
         <v>318</v>
       </c>
       <c r="J469" s="2">
         <v>268</v>
       </c>
       <c r="K469" s="2">
         <v>100</v>
       </c>
       <c r="L469" s="2">
         <v>20</v>
@@ -24348,61 +24348,61 @@
       </c>
       <c r="J470" s="2">
         <v>269</v>
       </c>
       <c r="K470" s="2">
         <v>100</v>
       </c>
       <c r="L470" s="2">
         <v>20</v>
       </c>
       <c r="M470" s="2">
         <v>0</v>
       </c>
       <c r="N470" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="471" spans="1:14">
       <c r="A471" s="2">
         <v>103963</v>
       </c>
       <c r="B471" s="2" t="s">
         <v>1249</v>
       </c>
       <c r="C471" s="2" t="s">
-        <v>692</v>
+        <v>689</v>
       </c>
       <c r="D471" s="2"/>
       <c r="E471" s="2">
         <v>5476</v>
       </c>
       <c r="F471" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G471" s="2" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="H471" s="2" t="s">
         <v>1250</v>
       </c>
       <c r="I471" s="2">
         <v>320</v>
       </c>
       <c r="J471" s="2">
         <v>51</v>
       </c>
       <c r="K471" s="2">
         <v>100</v>
       </c>
       <c r="L471" s="2">
         <v>70</v>
       </c>
       <c r="M471" s="2">
         <v>0</v>
       </c>
       <c r="N471" s="2">
         <v>170</v>
       </c>
     </row>
     <row r="472" spans="1:14">
       <c r="A472" s="2">
@@ -24526,83 +24526,83 @@
       <c r="M474" s="2">
         <v>0</v>
       </c>
       <c r="N474" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="475" spans="1:14">
       <c r="A475" s="2">
         <v>103967</v>
       </c>
       <c r="B475" s="2" t="s">
         <v>1257</v>
       </c>
       <c r="C475" s="2" t="s">
         <v>306</v>
       </c>
       <c r="D475" s="2"/>
       <c r="E475" s="2">
         <v>5842</v>
       </c>
       <c r="F475" s="2" t="s">
         <v>58</v>
       </c>
       <c r="G475" s="2" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="H475" s="2" t="s">
         <v>1254</v>
       </c>
       <c r="I475" s="2">
         <v>324</v>
       </c>
       <c r="J475" s="2">
         <v>52</v>
       </c>
       <c r="K475" s="2">
         <v>100</v>
       </c>
       <c r="L475" s="2">
         <v>69</v>
       </c>
       <c r="M475" s="2">
         <v>0</v>
       </c>
       <c r="N475" s="2">
         <v>169</v>
       </c>
     </row>
     <row r="476" spans="1:14">
       <c r="A476" s="2">
         <v>103968</v>
       </c>
       <c r="B476" s="2" t="s">
         <v>1258</v>
       </c>
       <c r="C476" s="2" t="s">
-        <v>66</v>
+        <v>61</v>
       </c>
       <c r="D476" s="2"/>
       <c r="E476" s="2">
         <v>5201</v>
       </c>
       <c r="F476" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G476" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H476" s="2" t="s">
         <v>1259</v>
       </c>
       <c r="I476" s="2">
         <v>325</v>
       </c>
       <c r="J476" s="2">
         <v>273</v>
       </c>
       <c r="K476" s="2">
         <v>100</v>
       </c>
       <c r="L476" s="2">
         <v>20</v>
@@ -24778,93 +24778,93 @@
       <c r="M480" s="2">
         <v>0</v>
       </c>
       <c r="N480" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="481" spans="1:14">
       <c r="A481" s="2">
         <v>104319</v>
       </c>
       <c r="B481" s="2" t="s">
         <v>1271</v>
       </c>
       <c r="C481" s="2" t="s">
         <v>45</v>
       </c>
       <c r="D481" s="2"/>
       <c r="E481" s="2">
         <v>5198</v>
       </c>
       <c r="F481" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G481" s="2" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="H481" s="2" t="s">
         <v>1272</v>
       </c>
       <c r="I481" s="2">
         <v>330</v>
       </c>
       <c r="J481" s="2">
         <v>53</v>
       </c>
       <c r="K481" s="2">
         <v>100</v>
       </c>
       <c r="L481" s="2">
         <v>68</v>
       </c>
       <c r="M481" s="2">
         <v>0</v>
       </c>
       <c r="N481" s="2">
         <v>168</v>
       </c>
     </row>
     <row r="482" spans="1:14">
       <c r="A482" s="2">
         <v>103974</v>
       </c>
       <c r="B482" s="2" t="s">
         <v>1273</v>
       </c>
       <c r="C482" s="2" t="s">
         <v>1274</v>
       </c>
       <c r="D482" s="2"/>
       <c r="E482" s="2">
         <v>5117</v>
       </c>
       <c r="F482" s="2" t="s">
         <v>1275</v>
       </c>
       <c r="G482" s="2" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="H482" s="2" t="s">
         <v>1276</v>
       </c>
       <c r="I482" s="2">
         <v>331</v>
       </c>
       <c r="J482" s="2">
         <v>54</v>
       </c>
       <c r="K482" s="2">
         <v>100</v>
       </c>
       <c r="L482" s="2">
         <v>67</v>
       </c>
       <c r="M482" s="2">
         <v>0</v>
       </c>
       <c r="N482" s="2">
         <v>167</v>
       </c>
     </row>
     <row r="483" spans="1:14">
       <c r="A483" s="2">
@@ -24936,177 +24936,177 @@
       </c>
       <c r="J484" s="2">
         <v>279</v>
       </c>
       <c r="K484" s="2">
         <v>100</v>
       </c>
       <c r="L484" s="2">
         <v>20</v>
       </c>
       <c r="M484" s="2">
         <v>0</v>
       </c>
       <c r="N484" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="485" spans="1:14">
       <c r="A485" s="2">
         <v>103977</v>
       </c>
       <c r="B485" s="2" t="s">
         <v>1282</v>
       </c>
       <c r="C485" s="2" t="s">
-        <v>363</v>
+        <v>366</v>
       </c>
       <c r="D485" s="2"/>
       <c r="E485" s="2">
         <v>5102</v>
       </c>
       <c r="F485" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G485" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H485" s="2" t="s">
         <v>1283</v>
       </c>
       <c r="I485" s="2">
         <v>334</v>
       </c>
       <c r="J485" s="2">
         <v>280</v>
       </c>
       <c r="K485" s="2">
         <v>100</v>
       </c>
       <c r="L485" s="2">
         <v>20</v>
       </c>
       <c r="M485" s="2">
         <v>0</v>
       </c>
       <c r="N485" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="486" spans="1:14">
       <c r="A486" s="2">
         <v>103978</v>
       </c>
       <c r="B486" s="2" t="s">
         <v>1284</v>
       </c>
       <c r="C486" s="2" t="s">
-        <v>499</v>
+        <v>496</v>
       </c>
       <c r="D486" s="2"/>
       <c r="E486" s="2">
         <v>5124</v>
       </c>
       <c r="F486" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G486" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H486" s="2" t="s">
         <v>1285</v>
       </c>
       <c r="I486" s="2">
         <v>335</v>
       </c>
       <c r="J486" s="2">
         <v>281</v>
       </c>
       <c r="K486" s="2">
         <v>100</v>
       </c>
       <c r="L486" s="2">
         <v>20</v>
       </c>
       <c r="M486" s="2">
         <v>0</v>
       </c>
       <c r="N486" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="487" spans="1:14">
       <c r="A487" s="2">
         <v>103979</v>
       </c>
       <c r="B487" s="2" t="s">
         <v>1286</v>
       </c>
       <c r="C487" s="2" t="s">
-        <v>363</v>
+        <v>366</v>
       </c>
       <c r="D487" s="2"/>
       <c r="E487" s="2">
         <v>5228</v>
       </c>
       <c r="F487" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G487" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H487" s="2" t="s">
         <v>1287</v>
       </c>
       <c r="I487" s="2">
         <v>336</v>
       </c>
       <c r="J487" s="2">
         <v>282</v>
       </c>
       <c r="K487" s="2">
         <v>100</v>
       </c>
       <c r="L487" s="2">
         <v>20</v>
       </c>
       <c r="M487" s="2">
         <v>0</v>
       </c>
       <c r="N487" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="488" spans="1:14">
       <c r="A488" s="2">
         <v>103980</v>
       </c>
       <c r="B488" s="2" t="s">
         <v>1288</v>
       </c>
       <c r="C488" s="2" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="D488" s="2"/>
       <c r="E488" s="2">
         <v>5246</v>
       </c>
       <c r="F488" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G488" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H488" s="2" t="s">
         <v>1289</v>
       </c>
       <c r="I488" s="2">
         <v>337</v>
       </c>
       <c r="J488" s="2">
         <v>283</v>
       </c>
       <c r="K488" s="2">
         <v>100</v>
       </c>
       <c r="L488" s="2">
         <v>20</v>
@@ -25146,58 +25146,58 @@
       </c>
       <c r="J489" s="2">
         <v>284</v>
       </c>
       <c r="K489" s="2">
         <v>100</v>
       </c>
       <c r="L489" s="2">
         <v>20</v>
       </c>
       <c r="M489" s="2">
         <v>0</v>
       </c>
       <c r="N489" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="490" spans="1:14">
       <c r="A490" s="2">
         <v>100322</v>
       </c>
       <c r="B490" s="2" t="s">
         <v>1292</v>
       </c>
       <c r="C490" s="2" t="s">
-        <v>66</v>
+        <v>61</v>
       </c>
       <c r="D490" s="2"/>
       <c r="E490" s="2">
         <v>5276</v>
       </c>
       <c r="F490" s="2" t="s">
-        <v>864</v>
+        <v>862</v>
       </c>
       <c r="G490" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H490" s="2" t="s">
         <v>1293</v>
       </c>
       <c r="I490" s="2">
         <v>339</v>
       </c>
       <c r="J490" s="2">
         <v>285</v>
       </c>
       <c r="K490" s="2">
         <v>100</v>
       </c>
       <c r="L490" s="2">
         <v>20</v>
       </c>
       <c r="M490" s="2">
         <v>0</v>
       </c>
       <c r="N490" s="2">
         <v>120</v>
       </c>
@@ -25272,51 +25272,51 @@
       </c>
       <c r="J492" s="2">
         <v>287</v>
       </c>
       <c r="K492" s="2">
         <v>100</v>
       </c>
       <c r="L492" s="2">
         <v>20</v>
       </c>
       <c r="M492" s="2">
         <v>0</v>
       </c>
       <c r="N492" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="493" spans="1:14">
       <c r="A493" s="2">
         <v>103985</v>
       </c>
       <c r="B493" s="2" t="s">
         <v>1299</v>
       </c>
       <c r="C493" s="2" t="s">
-        <v>609</v>
+        <v>612</v>
       </c>
       <c r="D493" s="2"/>
       <c r="E493" s="2">
         <v>5404</v>
       </c>
       <c r="F493" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G493" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H493" s="2" t="s">
         <v>1300</v>
       </c>
       <c r="I493" s="2">
         <v>342</v>
       </c>
       <c r="J493" s="2">
         <v>288</v>
       </c>
       <c r="K493" s="2">
         <v>100</v>
       </c>
       <c r="L493" s="2">
         <v>20</v>
@@ -25534,83 +25534,83 @@
       <c r="M498" s="2">
         <v>0</v>
       </c>
       <c r="N498" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="499" spans="1:14">
       <c r="A499" s="2">
         <v>103991</v>
       </c>
       <c r="B499" s="2" t="s">
         <v>1314</v>
       </c>
       <c r="C499" s="2" t="s">
         <v>1315</v>
       </c>
       <c r="D499" s="2"/>
       <c r="E499" s="2">
         <v>5292</v>
       </c>
       <c r="F499" s="2" t="s">
         <v>1316</v>
       </c>
       <c r="G499" s="2" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="H499" s="2" t="s">
         <v>1317</v>
       </c>
       <c r="I499" s="2">
         <v>348</v>
       </c>
       <c r="J499" s="2">
         <v>55</v>
       </c>
       <c r="K499" s="2">
         <v>100</v>
       </c>
       <c r="L499" s="2">
         <v>66</v>
       </c>
       <c r="M499" s="2">
         <v>0</v>
       </c>
       <c r="N499" s="2">
         <v>166</v>
       </c>
     </row>
     <row r="500" spans="1:14">
       <c r="A500" s="2">
         <v>103992</v>
       </c>
       <c r="B500" s="2" t="s">
         <v>1318</v>
       </c>
       <c r="C500" s="2" t="s">
-        <v>432</v>
+        <v>430</v>
       </c>
       <c r="D500" s="2"/>
       <c r="E500" s="2">
         <v>5028</v>
       </c>
       <c r="F500" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G500" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H500" s="2" t="s">
         <v>1319</v>
       </c>
       <c r="I500" s="2">
         <v>349</v>
       </c>
       <c r="J500" s="2">
         <v>294</v>
       </c>
       <c r="K500" s="2">
         <v>100</v>
       </c>
       <c r="L500" s="2">
         <v>20</v>
@@ -25692,103 +25692,103 @@
       </c>
       <c r="J502" s="2">
         <v>296</v>
       </c>
       <c r="K502" s="2">
         <v>100</v>
       </c>
       <c r="L502" s="2">
         <v>20</v>
       </c>
       <c r="M502" s="2">
         <v>0</v>
       </c>
       <c r="N502" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="503" spans="1:14">
       <c r="A503" s="2">
         <v>103995</v>
       </c>
       <c r="B503" s="2" t="s">
         <v>1327</v>
       </c>
       <c r="C503" s="2" t="s">
-        <v>66</v>
+        <v>61</v>
       </c>
       <c r="D503" s="2"/>
       <c r="E503" s="2">
         <v>5209</v>
       </c>
       <c r="F503" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G503" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H503" s="2" t="s">
         <v>1328</v>
       </c>
       <c r="I503" s="2">
         <v>352</v>
       </c>
       <c r="J503" s="2">
         <v>297</v>
       </c>
       <c r="K503" s="2">
         <v>100</v>
       </c>
       <c r="L503" s="2">
         <v>20</v>
       </c>
       <c r="M503" s="2">
         <v>0</v>
       </c>
       <c r="N503" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="504" spans="1:14">
       <c r="A504" s="2">
         <v>103996</v>
       </c>
       <c r="B504" s="2" t="s">
         <v>1329</v>
       </c>
       <c r="C504" s="2" t="s">
-        <v>66</v>
+        <v>61</v>
       </c>
       <c r="D504" s="2"/>
       <c r="E504" s="2">
         <v>5065</v>
       </c>
       <c r="F504" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G504" s="2" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="H504" s="2" t="s">
         <v>1330</v>
       </c>
       <c r="I504" s="2">
         <v>353</v>
       </c>
       <c r="J504" s="2">
         <v>56</v>
       </c>
       <c r="K504" s="2">
         <v>100</v>
       </c>
       <c r="L504" s="2">
         <v>65</v>
       </c>
       <c r="M504" s="2">
         <v>0</v>
       </c>
       <c r="N504" s="2">
         <v>165</v>
       </c>
     </row>
     <row r="505" spans="1:14">
       <c r="A505" s="2">
@@ -25818,93 +25818,93 @@
       </c>
       <c r="J505" s="2">
         <v>298</v>
       </c>
       <c r="K505" s="2">
         <v>100</v>
       </c>
       <c r="L505" s="2">
         <v>20</v>
       </c>
       <c r="M505" s="2">
         <v>0</v>
       </c>
       <c r="N505" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="506" spans="1:14">
       <c r="A506" s="2">
         <v>103998</v>
       </c>
       <c r="B506" s="2" t="s">
         <v>1333</v>
       </c>
       <c r="C506" s="2" t="s">
-        <v>66</v>
+        <v>61</v>
       </c>
       <c r="D506" s="2"/>
       <c r="E506" s="2">
         <v>5237</v>
       </c>
       <c r="F506" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G506" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H506" s="2" t="s">
         <v>1334</v>
       </c>
       <c r="I506" s="2">
         <v>355</v>
       </c>
       <c r="J506" s="2">
         <v>299</v>
       </c>
       <c r="K506" s="2">
         <v>100</v>
       </c>
       <c r="L506" s="2">
         <v>20</v>
       </c>
       <c r="M506" s="2">
         <v>0</v>
       </c>
       <c r="N506" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="507" spans="1:14">
       <c r="A507" s="2">
         <v>103999</v>
       </c>
       <c r="B507" s="2" t="s">
         <v>1335</v>
       </c>
       <c r="C507" s="2" t="s">
-        <v>573</v>
+        <v>570</v>
       </c>
       <c r="D507" s="2"/>
       <c r="E507" s="2">
         <v>5136</v>
       </c>
       <c r="F507" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G507" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H507" s="2" t="s">
         <v>1336</v>
       </c>
       <c r="I507" s="2">
         <v>356</v>
       </c>
       <c r="J507" s="2">
         <v>300</v>
       </c>
       <c r="K507" s="2">
         <v>100</v>
       </c>
       <c r="L507" s="2">
         <v>20</v>
@@ -25996,80 +25996,80 @@
       <c r="M509" s="2">
         <v>0</v>
       </c>
       <c r="N509" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="510" spans="1:14">
       <c r="A510" s="2">
         <v>104002</v>
       </c>
       <c r="B510" s="2" t="s">
         <v>1341</v>
       </c>
       <c r="C510" s="2" t="s">
         <v>1342</v>
       </c>
       <c r="D510" s="2"/>
       <c r="E510" s="2">
         <v>5044</v>
       </c>
       <c r="F510" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G510" s="2" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="H510" s="2" t="s">
         <v>1343</v>
       </c>
       <c r="I510" s="2">
         <v>359</v>
       </c>
       <c r="J510" s="2">
         <v>57</v>
       </c>
       <c r="K510" s="2">
         <v>100</v>
       </c>
       <c r="L510" s="2">
         <v>64</v>
       </c>
       <c r="M510" s="2">
         <v>0</v>
       </c>
       <c r="N510" s="2">
         <v>164</v>
       </c>
     </row>
     <row r="511" spans="1:14">
       <c r="A511" s="2">
         <v>104003</v>
       </c>
       <c r="B511" s="2" t="s">
-        <v>757</v>
+        <v>755</v>
       </c>
       <c r="C511" s="2" t="s">
         <v>1114</v>
       </c>
       <c r="D511" s="2"/>
       <c r="E511" s="2">
         <v>5383</v>
       </c>
       <c r="F511" s="2" t="s">
         <v>58</v>
       </c>
       <c r="G511" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H511" s="2" t="s">
         <v>1344</v>
       </c>
       <c r="I511" s="2">
         <v>360</v>
       </c>
       <c r="J511" s="2">
         <v>303</v>
       </c>
       <c r="K511" s="2">
         <v>100</v>