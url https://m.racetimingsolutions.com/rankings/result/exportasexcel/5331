--- v0 (2025-10-30)
+++ v1 (2026-01-27)
@@ -494,74 +494,74 @@
   <si>
     <t>Boom</t>
   </si>
   <si>
     <t>F033</t>
   </si>
   <si>
     <t>Female</t>
   </si>
   <si>
     <t>28:33:39</t>
   </si>
   <si>
     <t>Kong To</t>
   </si>
   <si>
     <t>李江濤</t>
   </si>
   <si>
     <t>M046</t>
   </si>
   <si>
     <t>23:01:24</t>
   </si>
   <si>
+    <t xml:space="preserve">Jo </t>
+  </si>
+  <si>
+    <t>Kyaw</t>
+  </si>
+  <si>
+    <t>F015</t>
+  </si>
+  <si>
+    <t>27:29:21</t>
+  </si>
+  <si>
     <t>Hon Hei Tommy</t>
   </si>
   <si>
     <t xml:space="preserve">Wong </t>
   </si>
   <si>
     <t>M027</t>
   </si>
   <si>
     <t>22:45:21</t>
   </si>
   <si>
-    <t xml:space="preserve">Jo </t>
-[...10 lines deleted...]
-  <si>
     <t>Thomas</t>
   </si>
   <si>
     <t>Robertshaw</t>
   </si>
   <si>
     <t>羅寶瑞</t>
   </si>
   <si>
     <t>M021</t>
   </si>
   <si>
     <t>20:16:49</t>
   </si>
   <si>
     <t>Wai Yee Angie</t>
   </si>
   <si>
     <t>F002</t>
   </si>
   <si>
     <t>26:44:48</t>
   </si>
   <si>
     <t>Jeremy</t>
@@ -590,72 +590,72 @@
   <si>
     <t>Milton</t>
   </si>
   <si>
     <t>Amat</t>
   </si>
   <si>
     <t>M051</t>
   </si>
   <si>
     <t>20:04:32</t>
   </si>
   <si>
     <t>Yee Ting Chris</t>
   </si>
   <si>
     <t xml:space="preserve">Kwan </t>
   </si>
   <si>
     <t>F031</t>
   </si>
   <si>
     <t>22:59:38</t>
   </si>
   <si>
+    <t>Keita</t>
+  </si>
+  <si>
+    <t>Kobayashi</t>
+  </si>
+  <si>
+    <t>M130</t>
+  </si>
+  <si>
+    <t>18:29:57</t>
+  </si>
+  <si>
     <t>Kellie</t>
   </si>
   <si>
     <t>Emmerson</t>
   </si>
   <si>
     <t>F020</t>
   </si>
   <si>
     <t>22:42:57</t>
-  </si>
-[...10 lines deleted...]
-    <t>18:29:57</t>
   </si>
   <si>
     <t>Kazufumi</t>
   </si>
   <si>
     <t>Ose</t>
   </si>
   <si>
     <t>大瀬　和文</t>
   </si>
   <si>
     <t>M061</t>
   </si>
   <si>
     <t>18:18:30</t>
   </si>
   <si>
     <t>Elsa</t>
   </si>
   <si>
     <t>Jean De Dieu</t>
   </si>
   <si>
     <t>F013</t>
   </si>
@@ -2464,109 +2464,109 @@
       </c>
       <c r="H33" s="2" t="s">
         <v>159</v>
       </c>
       <c r="I33" s="2">
         <v>230</v>
       </c>
       <c r="J33" s="2">
         <v>8</v>
       </c>
       <c r="K33" s="2">
         <v>150</v>
       </c>
       <c r="L33" s="2">
         <v>230</v>
       </c>
       <c r="M33" s="2">
         <v>0</v>
       </c>
       <c r="N33" s="2">
         <v>380</v>
       </c>
     </row>
     <row r="34" spans="1:14">
       <c r="A34" s="2">
-        <v>107977</v>
+        <v>107998</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>160</v>
       </c>
       <c r="C34" s="2" t="s">
         <v>161</v>
       </c>
       <c r="D34" s="2"/>
       <c r="E34" s="2" t="s">
         <v>162</v>
       </c>
       <c r="F34" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G34" s="2" t="s">
-        <v>18</v>
+        <v>154</v>
       </c>
       <c r="H34" s="2" t="s">
         <v>163</v>
       </c>
       <c r="I34" s="2">
         <v>240</v>
       </c>
       <c r="J34" s="2">
         <v>7</v>
       </c>
       <c r="K34" s="2">
         <v>150</v>
       </c>
       <c r="L34" s="2">
         <v>240</v>
       </c>
       <c r="M34" s="2">
         <v>0</v>
       </c>
       <c r="N34" s="2">
         <v>390</v>
       </c>
     </row>
     <row r="35" spans="1:14">
       <c r="A35" s="2">
-        <v>107998</v>
+        <v>107977</v>
       </c>
       <c r="B35" s="2" t="s">
         <v>164</v>
       </c>
       <c r="C35" s="2" t="s">
         <v>165</v>
       </c>
       <c r="D35" s="2"/>
       <c r="E35" s="2" t="s">
         <v>166</v>
       </c>
       <c r="F35" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G35" s="2" t="s">
-        <v>154</v>
+        <v>18</v>
       </c>
       <c r="H35" s="2" t="s">
         <v>167</v>
       </c>
       <c r="I35" s="2">
         <v>240</v>
       </c>
       <c r="J35" s="2">
         <v>7</v>
       </c>
       <c r="K35" s="2">
         <v>150</v>
       </c>
       <c r="L35" s="2">
         <v>240</v>
       </c>
       <c r="M35" s="2">
         <v>0</v>
       </c>
       <c r="N35" s="2">
         <v>390</v>
       </c>
     </row>
     <row r="36" spans="1:14">
       <c r="A36" s="2">
@@ -2802,109 +2802,109 @@
       </c>
       <c r="H41" s="2" t="s">
         <v>191</v>
       </c>
       <c r="I41" s="2">
         <v>300</v>
       </c>
       <c r="J41" s="2">
         <v>4</v>
       </c>
       <c r="K41" s="2">
         <v>150</v>
       </c>
       <c r="L41" s="2">
         <v>300</v>
       </c>
       <c r="M41" s="2">
         <v>0</v>
       </c>
       <c r="N41" s="2">
         <v>450</v>
       </c>
     </row>
     <row r="42" spans="1:14">
       <c r="A42" s="2">
-        <v>107976</v>
+        <v>107972</v>
       </c>
       <c r="B42" s="2" t="s">
         <v>192</v>
       </c>
       <c r="C42" s="2" t="s">
         <v>193</v>
       </c>
       <c r="D42" s="2"/>
       <c r="E42" s="2" t="s">
         <v>194</v>
       </c>
       <c r="F42" s="2" t="s">
-        <v>149</v>
+        <v>107</v>
       </c>
       <c r="G42" s="2" t="s">
-        <v>154</v>
+        <v>18</v>
       </c>
       <c r="H42" s="2" t="s">
         <v>195</v>
       </c>
       <c r="I42" s="2">
         <v>325</v>
       </c>
       <c r="J42" s="2">
         <v>3</v>
       </c>
       <c r="K42" s="2">
         <v>150</v>
       </c>
       <c r="L42" s="2">
         <v>325</v>
       </c>
       <c r="M42" s="2">
         <v>0</v>
       </c>
       <c r="N42" s="2">
         <v>475</v>
       </c>
     </row>
     <row r="43" spans="1:14">
       <c r="A43" s="2">
-        <v>107972</v>
+        <v>107976</v>
       </c>
       <c r="B43" s="2" t="s">
         <v>196</v>
       </c>
       <c r="C43" s="2" t="s">
         <v>197</v>
       </c>
       <c r="D43" s="2"/>
       <c r="E43" s="2" t="s">
         <v>198</v>
       </c>
       <c r="F43" s="2" t="s">
-        <v>107</v>
+        <v>149</v>
       </c>
       <c r="G43" s="2" t="s">
-        <v>18</v>
+        <v>154</v>
       </c>
       <c r="H43" s="2" t="s">
         <v>199</v>
       </c>
       <c r="I43" s="2">
         <v>325</v>
       </c>
       <c r="J43" s="2">
         <v>3</v>
       </c>
       <c r="K43" s="2">
         <v>150</v>
       </c>
       <c r="L43" s="2">
         <v>325</v>
       </c>
       <c r="M43" s="2">
         <v>0</v>
       </c>
       <c r="N43" s="2">
         <v>475</v>
       </c>
     </row>
     <row r="44" spans="1:14">
       <c r="A44" s="2">