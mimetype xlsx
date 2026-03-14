--- v1 (2026-01-27)
+++ v2 (2026-03-14)
@@ -494,74 +494,74 @@
   <si>
     <t>Boom</t>
   </si>
   <si>
     <t>F033</t>
   </si>
   <si>
     <t>Female</t>
   </si>
   <si>
     <t>28:33:39</t>
   </si>
   <si>
     <t>Kong To</t>
   </si>
   <si>
     <t>李江濤</t>
   </si>
   <si>
     <t>M046</t>
   </si>
   <si>
     <t>23:01:24</t>
   </si>
   <si>
+    <t>Hon Hei Tommy</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Wong </t>
+  </si>
+  <si>
+    <t>M027</t>
+  </si>
+  <si>
+    <t>22:45:21</t>
+  </si>
+  <si>
     <t xml:space="preserve">Jo </t>
   </si>
   <si>
     <t>Kyaw</t>
   </si>
   <si>
     <t>F015</t>
   </si>
   <si>
     <t>27:29:21</t>
   </si>
   <si>
-    <t>Hon Hei Tommy</t>
-[...10 lines deleted...]
-  <si>
     <t>Thomas</t>
   </si>
   <si>
     <t>Robertshaw</t>
   </si>
   <si>
     <t>羅寶瑞</t>
   </si>
   <si>
     <t>M021</t>
   </si>
   <si>
     <t>20:16:49</t>
   </si>
   <si>
     <t>Wai Yee Angie</t>
   </si>
   <si>
     <t>F002</t>
   </si>
   <si>
     <t>26:44:48</t>
   </si>
   <si>
     <t>Jeremy</t>
@@ -590,123 +590,123 @@
   <si>
     <t>Milton</t>
   </si>
   <si>
     <t>Amat</t>
   </si>
   <si>
     <t>M051</t>
   </si>
   <si>
     <t>20:04:32</t>
   </si>
   <si>
     <t>Yee Ting Chris</t>
   </si>
   <si>
     <t xml:space="preserve">Kwan </t>
   </si>
   <si>
     <t>F031</t>
   </si>
   <si>
     <t>22:59:38</t>
   </si>
   <si>
+    <t>Kellie</t>
+  </si>
+  <si>
+    <t>Emmerson</t>
+  </si>
+  <si>
+    <t>F020</t>
+  </si>
+  <si>
+    <t>22:42:57</t>
+  </si>
+  <si>
     <t>Keita</t>
   </si>
   <si>
     <t>Kobayashi</t>
   </si>
   <si>
     <t>M130</t>
   </si>
   <si>
     <t>18:29:57</t>
   </si>
   <si>
-    <t>Kellie</t>
-[...10 lines deleted...]
-  <si>
     <t>Kazufumi</t>
   </si>
   <si>
     <t>Ose</t>
   </si>
   <si>
     <t>大瀬　和文</t>
   </si>
   <si>
     <t>M061</t>
   </si>
   <si>
     <t>18:18:30</t>
   </si>
   <si>
     <t>Elsa</t>
   </si>
   <si>
     <t>Jean De Dieu</t>
   </si>
   <si>
     <t>F013</t>
   </si>
   <si>
     <t>22:14:33</t>
   </si>
   <si>
+    <t>Corinne</t>
+  </si>
+  <si>
+    <t>Williams</t>
+  </si>
+  <si>
+    <t>F018</t>
+  </si>
+  <si>
+    <t>21:14:05</t>
+  </si>
+  <si>
     <t>John</t>
   </si>
   <si>
     <t>Ellis</t>
   </si>
   <si>
     <t>M069</t>
   </si>
   <si>
     <t>18:06:37</t>
-  </si>
-[...10 lines deleted...]
-    <t>21:14:05</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -2464,109 +2464,109 @@
       </c>
       <c r="H33" s="2" t="s">
         <v>159</v>
       </c>
       <c r="I33" s="2">
         <v>230</v>
       </c>
       <c r="J33" s="2">
         <v>8</v>
       </c>
       <c r="K33" s="2">
         <v>150</v>
       </c>
       <c r="L33" s="2">
         <v>230</v>
       </c>
       <c r="M33" s="2">
         <v>0</v>
       </c>
       <c r="N33" s="2">
         <v>380</v>
       </c>
     </row>
     <row r="34" spans="1:14">
       <c r="A34" s="2">
-        <v>107998</v>
+        <v>107977</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>160</v>
       </c>
       <c r="C34" s="2" t="s">
         <v>161</v>
       </c>
       <c r="D34" s="2"/>
       <c r="E34" s="2" t="s">
         <v>162</v>
       </c>
       <c r="F34" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G34" s="2" t="s">
-        <v>154</v>
+        <v>18</v>
       </c>
       <c r="H34" s="2" t="s">
         <v>163</v>
       </c>
       <c r="I34" s="2">
         <v>240</v>
       </c>
       <c r="J34" s="2">
         <v>7</v>
       </c>
       <c r="K34" s="2">
         <v>150</v>
       </c>
       <c r="L34" s="2">
         <v>240</v>
       </c>
       <c r="M34" s="2">
         <v>0</v>
       </c>
       <c r="N34" s="2">
         <v>390</v>
       </c>
     </row>
     <row r="35" spans="1:14">
       <c r="A35" s="2">
-        <v>107977</v>
+        <v>107998</v>
       </c>
       <c r="B35" s="2" t="s">
         <v>164</v>
       </c>
       <c r="C35" s="2" t="s">
         <v>165</v>
       </c>
       <c r="D35" s="2"/>
       <c r="E35" s="2" t="s">
         <v>166</v>
       </c>
       <c r="F35" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G35" s="2" t="s">
-        <v>18</v>
+        <v>154</v>
       </c>
       <c r="H35" s="2" t="s">
         <v>167</v>
       </c>
       <c r="I35" s="2">
         <v>240</v>
       </c>
       <c r="J35" s="2">
         <v>7</v>
       </c>
       <c r="K35" s="2">
         <v>150</v>
       </c>
       <c r="L35" s="2">
         <v>240</v>
       </c>
       <c r="M35" s="2">
         <v>0</v>
       </c>
       <c r="N35" s="2">
         <v>390</v>
       </c>
     </row>
     <row r="36" spans="1:14">
       <c r="A36" s="2">
@@ -2802,109 +2802,109 @@
       </c>
       <c r="H41" s="2" t="s">
         <v>191</v>
       </c>
       <c r="I41" s="2">
         <v>300</v>
       </c>
       <c r="J41" s="2">
         <v>4</v>
       </c>
       <c r="K41" s="2">
         <v>150</v>
       </c>
       <c r="L41" s="2">
         <v>300</v>
       </c>
       <c r="M41" s="2">
         <v>0</v>
       </c>
       <c r="N41" s="2">
         <v>450</v>
       </c>
     </row>
     <row r="42" spans="1:14">
       <c r="A42" s="2">
-        <v>107972</v>
+        <v>107976</v>
       </c>
       <c r="B42" s="2" t="s">
         <v>192</v>
       </c>
       <c r="C42" s="2" t="s">
         <v>193</v>
       </c>
       <c r="D42" s="2"/>
       <c r="E42" s="2" t="s">
         <v>194</v>
       </c>
       <c r="F42" s="2" t="s">
-        <v>107</v>
+        <v>149</v>
       </c>
       <c r="G42" s="2" t="s">
-        <v>18</v>
+        <v>154</v>
       </c>
       <c r="H42" s="2" t="s">
         <v>195</v>
       </c>
       <c r="I42" s="2">
         <v>325</v>
       </c>
       <c r="J42" s="2">
         <v>3</v>
       </c>
       <c r="K42" s="2">
         <v>150</v>
       </c>
       <c r="L42" s="2">
         <v>325</v>
       </c>
       <c r="M42" s="2">
         <v>0</v>
       </c>
       <c r="N42" s="2">
         <v>475</v>
       </c>
     </row>
     <row r="43" spans="1:14">
       <c r="A43" s="2">
-        <v>107976</v>
+        <v>107972</v>
       </c>
       <c r="B43" s="2" t="s">
         <v>196</v>
       </c>
       <c r="C43" s="2" t="s">
         <v>197</v>
       </c>
       <c r="D43" s="2"/>
       <c r="E43" s="2" t="s">
         <v>198</v>
       </c>
       <c r="F43" s="2" t="s">
-        <v>149</v>
+        <v>107</v>
       </c>
       <c r="G43" s="2" t="s">
-        <v>154</v>
+        <v>18</v>
       </c>
       <c r="H43" s="2" t="s">
         <v>199</v>
       </c>
       <c r="I43" s="2">
         <v>325</v>
       </c>
       <c r="J43" s="2">
         <v>3</v>
       </c>
       <c r="K43" s="2">
         <v>150</v>
       </c>
       <c r="L43" s="2">
         <v>325</v>
       </c>
       <c r="M43" s="2">
         <v>0</v>
       </c>
       <c r="N43" s="2">
         <v>475</v>
       </c>
     </row>
     <row r="44" spans="1:14">
       <c r="A44" s="2">
@@ -2972,109 +2972,109 @@
       </c>
       <c r="H45" s="2" t="s">
         <v>208</v>
       </c>
       <c r="I45" s="2">
         <v>350</v>
       </c>
       <c r="J45" s="2">
         <v>2</v>
       </c>
       <c r="K45" s="2">
         <v>150</v>
       </c>
       <c r="L45" s="2">
         <v>350</v>
       </c>
       <c r="M45" s="2">
         <v>0</v>
       </c>
       <c r="N45" s="2">
         <v>500</v>
       </c>
     </row>
     <row r="46" spans="1:14">
       <c r="A46" s="2">
-        <v>107970</v>
+        <v>106744</v>
       </c>
       <c r="B46" s="2" t="s">
         <v>209</v>
       </c>
       <c r="C46" s="2" t="s">
         <v>210</v>
       </c>
       <c r="D46" s="2"/>
       <c r="E46" s="2" t="s">
         <v>211</v>
       </c>
       <c r="F46" s="2" t="s">
-        <v>149</v>
+        <v>55</v>
       </c>
       <c r="G46" s="2" t="s">
-        <v>18</v>
+        <v>154</v>
       </c>
       <c r="H46" s="2" t="s">
         <v>212</v>
       </c>
       <c r="I46" s="2">
         <v>400</v>
       </c>
       <c r="J46" s="2">
         <v>1</v>
       </c>
       <c r="K46" s="2">
         <v>150</v>
       </c>
       <c r="L46" s="2">
         <v>400</v>
       </c>
       <c r="M46" s="2">
         <v>0</v>
       </c>
       <c r="N46" s="2">
         <v>550</v>
       </c>
     </row>
     <row r="47" spans="1:14">
       <c r="A47" s="2">
-        <v>106744</v>
+        <v>107970</v>
       </c>
       <c r="B47" s="2" t="s">
         <v>213</v>
       </c>
       <c r="C47" s="2" t="s">
         <v>214</v>
       </c>
       <c r="D47" s="2"/>
       <c r="E47" s="2" t="s">
         <v>215</v>
       </c>
       <c r="F47" s="2" t="s">
-        <v>55</v>
+        <v>149</v>
       </c>
       <c r="G47" s="2" t="s">
-        <v>154</v>
+        <v>18</v>
       </c>
       <c r="H47" s="2" t="s">
         <v>216</v>
       </c>
       <c r="I47" s="2">
         <v>400</v>
       </c>
       <c r="J47" s="2">
         <v>1</v>
       </c>
       <c r="K47" s="2">
         <v>150</v>
       </c>
       <c r="L47" s="2">
         <v>400</v>
       </c>
       <c r="M47" s="2">
         <v>0</v>
       </c>
       <c r="N47" s="2">
         <v>550</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>