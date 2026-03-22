--- v0 (2025-11-03)
+++ v1 (2026-03-22)
@@ -56,572 +56,572 @@
   <si>
     <t>Gender</t>
   </si>
   <si>
     <t>Finish Time</t>
   </si>
   <si>
     <t>Overall Position</t>
   </si>
   <si>
     <t>Gender Position</t>
   </si>
   <si>
     <t>Finisher Points</t>
   </si>
   <si>
     <t>Performance Points</t>
   </si>
   <si>
     <t>Bonus Points</t>
   </si>
   <si>
     <t>Total Points</t>
   </si>
   <si>
+    <t>Minh</t>
+  </si>
+  <si>
+    <t>Tuấn Nguyễn</t>
+  </si>
+  <si>
+    <t>Vietnam</t>
+  </si>
+  <si>
+    <t>Male</t>
+  </si>
+  <si>
+    <t>09:23:09</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Cao Ngoc </t>
+  </si>
+  <si>
+    <t>Ha</t>
+  </si>
+  <si>
+    <t>08:22:26</t>
+  </si>
+  <si>
     <t>Hisashi</t>
   </si>
   <si>
     <t>Kitamura</t>
   </si>
   <si>
     <t>Japan</t>
   </si>
   <si>
-    <t>Male</t>
-[...1 lines deleted...]
-  <si>
     <t>8:28:49</t>
   </si>
   <si>
-    <t>Minh</t>
-[...17 lines deleted...]
-    <t>08:22:26</t>
+    <t>Veronika</t>
+  </si>
+  <si>
+    <t>Vadovicova</t>
+  </si>
+  <si>
+    <t>Slovakia</t>
+  </si>
+  <si>
+    <t>Female</t>
+  </si>
+  <si>
+    <t>8:35:51</t>
+  </si>
+  <si>
+    <t>Trung</t>
+  </si>
+  <si>
+    <t>Nguyen</t>
+  </si>
+  <si>
+    <t>Singapore</t>
+  </si>
+  <si>
+    <t>09:29:00</t>
   </si>
   <si>
     <t>Tran</t>
   </si>
   <si>
     <t>Duy Quang</t>
   </si>
   <si>
     <t>08:26:21</t>
   </si>
   <si>
-    <t>Veronika</t>
-[...23 lines deleted...]
-    <t>09:29:00</t>
+    <t>Kent</t>
+  </si>
+  <si>
+    <t>Wei Luu</t>
+  </si>
+  <si>
+    <t>United States</t>
+  </si>
+  <si>
+    <t>09:45:55</t>
+  </si>
+  <si>
+    <t>Hung</t>
+  </si>
+  <si>
+    <t>Hai</t>
+  </si>
+  <si>
+    <t>8:58:34</t>
   </si>
   <si>
     <t>Guillaume</t>
   </si>
   <si>
     <t>Degoulet</t>
   </si>
   <si>
     <t>France</t>
   </si>
   <si>
     <t>10:07:16</t>
   </si>
   <si>
-    <t>Kent</t>
-[...17 lines deleted...]
-    <t>8:58:34</t>
+    <t>Duc Quang</t>
+  </si>
+  <si>
+    <t>Thanh</t>
+  </si>
+  <si>
+    <t>Lam Nguyen</t>
+  </si>
+  <si>
+    <t>11:20:39</t>
   </si>
   <si>
     <t>Fabien</t>
   </si>
   <si>
     <t>Billaud</t>
   </si>
   <si>
     <t>09:57:50</t>
   </si>
   <si>
-    <t>Duc Quang</t>
-[...8 lines deleted...]
-    <t>11:20:39</t>
+    <t>Stephen</t>
+  </si>
+  <si>
+    <t>Hargrave</t>
+  </si>
+  <si>
+    <t>10:30:25</t>
+  </si>
+  <si>
+    <t>Ander</t>
+  </si>
+  <si>
+    <t>Iza Rekakoetxea</t>
+  </si>
+  <si>
+    <t>Spain</t>
+  </si>
+  <si>
+    <t>9:13:53</t>
   </si>
   <si>
     <t>Khoa</t>
   </si>
   <si>
     <t>Phung Huu</t>
   </si>
   <si>
     <t>11:54:12</t>
   </si>
   <si>
-    <t>Stephen</t>
-[...17 lines deleted...]
-    <t>9:13:53</t>
+    <t>Tomohiro</t>
+  </si>
+  <si>
+    <t>Mizukoshi</t>
+  </si>
+  <si>
+    <t>水越　友洋</t>
+  </si>
+  <si>
+    <t>9:39:50</t>
+  </si>
+  <si>
+    <t>Timothy</t>
+  </si>
+  <si>
+    <t>Lombard</t>
+  </si>
+  <si>
+    <t>South Africa</t>
+  </si>
+  <si>
+    <t>12:07:54</t>
   </si>
   <si>
     <t>Ric</t>
   </si>
   <si>
     <t>Stockfis</t>
   </si>
   <si>
     <t>Great Britain</t>
   </si>
   <si>
     <t>12:30:28</t>
   </si>
   <si>
-    <t>Tomohiro</t>
-[...22 lines deleted...]
-  <si>
     <t>David</t>
   </si>
   <si>
     <t>Longo</t>
   </si>
   <si>
     <t>Australia</t>
   </si>
   <si>
     <t>10:04:17</t>
   </si>
   <si>
     <t>Paul</t>
   </si>
   <si>
     <t>Nicolas</t>
   </si>
   <si>
     <t>12:33:51</t>
   </si>
   <si>
     <t>Jean</t>
   </si>
   <si>
     <t>Hue</t>
   </si>
   <si>
     <t>12:26:35</t>
   </si>
   <si>
+    <t>Choy Yap</t>
+  </si>
+  <si>
+    <t>Chin</t>
+  </si>
+  <si>
+    <t>Malaysia</t>
+  </si>
+  <si>
+    <t>12:27:12</t>
+  </si>
+  <si>
+    <t>Valentin</t>
+  </si>
+  <si>
+    <t>Orange</t>
+  </si>
+  <si>
+    <t>10:31:07</t>
+  </si>
+  <si>
     <t>Duncan</t>
   </si>
   <si>
     <t>Wilson</t>
   </si>
   <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>12:43:03</t>
   </si>
   <si>
-    <t>Choy Yap</t>
-[...19 lines deleted...]
-  <si>
     <t>Gerbrand</t>
   </si>
   <si>
     <t>Vroegop</t>
   </si>
   <si>
     <t>12:55:42</t>
   </si>
   <si>
     <t>Samuel Robert</t>
   </si>
   <si>
     <t>Mcgrath</t>
   </si>
   <si>
     <t>10:32:36</t>
   </si>
   <si>
     <t>Jose Rafael</t>
   </si>
   <si>
     <t>Hernandez Garcia</t>
   </si>
   <si>
     <t>12:30:59</t>
   </si>
   <si>
+    <t>Ngoc-Anh</t>
+  </si>
+  <si>
+    <t>Mai</t>
+  </si>
+  <si>
+    <t>12:41:19</t>
+  </si>
+  <si>
+    <t>Vanya</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Cnops </t>
+  </si>
+  <si>
+    <t>Belgium</t>
+  </si>
+  <si>
+    <t>10:41:45</t>
+  </si>
+  <si>
     <t>Jerome</t>
   </si>
   <si>
     <t>Meessen</t>
   </si>
   <si>
-    <t>Belgium</t>
-[...1 lines deleted...]
-  <si>
     <t>13:21:55</t>
   </si>
   <si>
-    <t>Ngoc-Anh</t>
-[...14 lines deleted...]
-    <t>10:41:45</t>
+    <t>Seiji</t>
+  </si>
+  <si>
+    <t>Morofuji</t>
+  </si>
+  <si>
+    <t>諸藤青児</t>
+  </si>
+  <si>
+    <t>10:49:18</t>
+  </si>
+  <si>
+    <t>Kwan Hooi</t>
+  </si>
+  <si>
+    <t>Ng</t>
+  </si>
+  <si>
+    <t>13:23:29</t>
   </si>
   <si>
     <t>Aaron</t>
   </si>
   <si>
     <t>Anrong Ong</t>
   </si>
   <si>
     <t>12:58:38</t>
   </si>
   <si>
-    <t>Seiji</t>
-[...19 lines deleted...]
-  <si>
     <t>Sergey</t>
   </si>
   <si>
     <t>Slashchev</t>
   </si>
   <si>
     <t>Russia</t>
   </si>
   <si>
     <t>11:14:13</t>
   </si>
   <si>
     <t>Verly</t>
   </si>
   <si>
     <t>13:46:04</t>
   </si>
   <si>
     <t>Stephane</t>
   </si>
   <si>
     <t>Puchala</t>
   </si>
   <si>
     <t>13:06:38</t>
   </si>
   <si>
+    <t>Guntawee</t>
+  </si>
+  <si>
+    <t>Tiwapong</t>
+  </si>
+  <si>
+    <t>Thailand</t>
+  </si>
+  <si>
+    <t>11:37:50</t>
+  </si>
+  <si>
+    <t>Van</t>
+  </si>
+  <si>
+    <t>Hai Vu</t>
+  </si>
+  <si>
+    <t>13:15:54</t>
+  </si>
+  <si>
     <t>13:51:34</t>
   </si>
   <si>
-    <t>Guntawee</t>
-[...17 lines deleted...]
-    <t>13:15:54</t>
+    <t>Toan</t>
+  </si>
+  <si>
+    <t>Trần Trọng</t>
+  </si>
+  <si>
+    <t>11:38:36</t>
+  </si>
+  <si>
+    <t>Ngo</t>
+  </si>
+  <si>
+    <t>14:11:27</t>
   </si>
   <si>
     <t>Thi Duong</t>
   </si>
   <si>
     <t>13:16:51</t>
   </si>
   <si>
-    <t>Toan</t>
-[...11 lines deleted...]
-    <t>14:11:27</t>
+    <t>Andre</t>
+  </si>
+  <si>
+    <t>Zimmermann</t>
+  </si>
+  <si>
+    <t>Germany</t>
+  </si>
+  <si>
+    <t>13:17:36</t>
+  </si>
+  <si>
+    <t>Philippe</t>
+  </si>
+  <si>
+    <t>Daniel</t>
+  </si>
+  <si>
+    <t>11:42:36</t>
   </si>
   <si>
     <t>Thi Tieu Phuong</t>
   </si>
   <si>
-    <t>Andre</t>
-[...17 lines deleted...]
-    <t>11:42:36</t>
+    <t xml:space="preserve">Khoa </t>
+  </si>
+  <si>
+    <t>Huynh Dang Bao</t>
+  </si>
+  <si>
+    <t>14:52:28</t>
+  </si>
+  <si>
+    <t>Fredelyn</t>
+  </si>
+  <si>
+    <t>Alberto</t>
+  </si>
+  <si>
+    <t>Philippines</t>
+  </si>
+  <si>
+    <t>11:43:11</t>
   </si>
   <si>
     <t>Gaetan</t>
   </si>
   <si>
     <t>Morizur</t>
   </si>
   <si>
     <t>13:24:56</t>
   </si>
   <si>
-    <t xml:space="preserve">Khoa </t>
-[...17 lines deleted...]
-    <t>11:43:11</t>
+    <t>Yohan</t>
+  </si>
+  <si>
+    <t>Duflos</t>
+  </si>
+  <si>
+    <t>13:26:02</t>
+  </si>
+  <si>
+    <t>Steven</t>
+  </si>
+  <si>
+    <t>Rogers</t>
+  </si>
+  <si>
+    <t>11:43:28</t>
   </si>
   <si>
     <t>Tien Dat</t>
   </si>
   <si>
     <t>14:58:53</t>
   </si>
   <si>
-    <t>Yohan</t>
-[...14 lines deleted...]
-    <t>11:43:28</t>
+    <t>Le Phuong</t>
+  </si>
+  <si>
+    <t>Vy</t>
+  </si>
+  <si>
+    <t>13:27:49</t>
+  </si>
+  <si>
+    <t>Laura Marie Sommer</t>
+  </si>
+  <si>
+    <t>Hulgaard</t>
+  </si>
+  <si>
+    <t>Denmark</t>
+  </si>
+  <si>
+    <t>11:53:35</t>
   </si>
   <si>
     <t>Rahim</t>
   </si>
   <si>
     <t>Hamid Bugo</t>
   </si>
   <si>
     <t>15:29:55</t>
   </si>
   <si>
-    <t>Le Phuong</t>
-[...19 lines deleted...]
-  <si>
     <t>Kylie</t>
   </si>
   <si>
     <t>Jane Ayson</t>
   </si>
   <si>
     <t>13:29:19</t>
   </si>
   <si>
     <t>Hiroshi</t>
   </si>
   <si>
     <t>Sahara</t>
   </si>
   <si>
     <t>15:43:45</t>
   </si>
   <si>
     <t>Hieu</t>
   </si>
   <si>
     <t>12:05:45</t>
   </si>
   <si>
     <t>Tung</t>
@@ -629,602 +629,602 @@
   <si>
     <t>Vu</t>
   </si>
   <si>
     <t>15:48:34</t>
   </si>
   <si>
     <t>Dung</t>
   </si>
   <si>
     <t>Bùi Chí</t>
   </si>
   <si>
     <t>13:48:57</t>
   </si>
   <si>
     <t>Nathalie</t>
   </si>
   <si>
     <t>Cochet</t>
   </si>
   <si>
     <t>12:09:18</t>
   </si>
   <si>
+    <t>Igor</t>
+  </si>
+  <si>
+    <t>Gal</t>
+  </si>
+  <si>
+    <t>Croatia</t>
+  </si>
+  <si>
+    <t>12:21:04</t>
+  </si>
+  <si>
+    <t>Carlos</t>
+  </si>
+  <si>
+    <t>Dominguez Agulleiro</t>
+  </si>
+  <si>
+    <t>15:48:39</t>
+  </si>
+  <si>
     <t>Dinh</t>
   </si>
   <si>
     <t>Minh Anh Trần</t>
   </si>
   <si>
     <t>13:48:59</t>
   </si>
   <si>
-    <t>Carlos</t>
-[...17 lines deleted...]
-    <t>12:21:04</t>
+    <t>Serge</t>
+  </si>
+  <si>
+    <t>Birtel</t>
+  </si>
+  <si>
+    <t>15:51:16</t>
+  </si>
+  <si>
+    <t>Linh</t>
+  </si>
+  <si>
+    <t>13:50:21</t>
   </si>
   <si>
     <t>Quang</t>
   </si>
   <si>
     <t>Nguyễn Thành</t>
   </si>
   <si>
     <t>12:32:26</t>
   </si>
   <si>
-    <t>Serge</t>
-[...13 lines deleted...]
-  <si>
     <t xml:space="preserve">Kam Suen Kitty </t>
   </si>
   <si>
     <t>Lee</t>
   </si>
   <si>
     <t>李錦璇</t>
   </si>
   <si>
     <t>Hong Kong</t>
   </si>
   <si>
     <t>12:33:10</t>
   </si>
   <si>
     <t>15:56:08</t>
   </si>
   <si>
     <t>13:53:48</t>
   </si>
   <si>
+    <t>Mạnh Hà</t>
+  </si>
+  <si>
+    <t>12:39:05</t>
+  </si>
+  <si>
     <t>Au Manh</t>
   </si>
   <si>
     <t>13:57:54</t>
   </si>
   <si>
-    <t>Mạnh Hà</t>
-[...4 lines deleted...]
-  <si>
     <t>Sebastien</t>
   </si>
   <si>
     <t>Cauchy</t>
   </si>
   <si>
     <t>16:18:29</t>
   </si>
   <si>
     <t>Pham Hong</t>
   </si>
   <si>
     <t>Siokhar</t>
   </si>
   <si>
     <t>Lim</t>
   </si>
   <si>
     <t>12:40:56</t>
   </si>
   <si>
+    <t>Axel</t>
+  </si>
+  <si>
+    <t>Garond</t>
+  </si>
+  <si>
+    <t>16:28:43</t>
+  </si>
+  <si>
+    <t>Valery</t>
+  </si>
+  <si>
+    <t>Gaucherand</t>
+  </si>
+  <si>
+    <t>13:59:33</t>
+  </si>
+  <si>
     <t>Hiếu</t>
   </si>
   <si>
     <t>Vũ Văn</t>
   </si>
   <si>
     <t>12:49:38</t>
   </si>
   <si>
-    <t>Axel</t>
-[...14 lines deleted...]
-    <t>13:59:33</t>
+    <t>Hoa</t>
+  </si>
+  <si>
+    <t>Banh</t>
+  </si>
+  <si>
+    <t>12:50:26</t>
   </si>
   <si>
     <t>Jefferson</t>
   </si>
   <si>
     <t>Chua</t>
   </si>
   <si>
     <t>16:28:44</t>
   </si>
   <si>
     <t>Damien</t>
   </si>
   <si>
     <t>Fouesneau</t>
   </si>
   <si>
-    <t>Hoa</t>
-[...5 lines deleted...]
-    <t>12:50:26</t>
+    <t>Wan Yee</t>
+  </si>
+  <si>
+    <t>Tsang</t>
+  </si>
+  <si>
+    <t>17:12:49</t>
+  </si>
+  <si>
+    <t>Huy</t>
+  </si>
+  <si>
+    <t>14:04:06</t>
   </si>
   <si>
     <t>Evelyn</t>
   </si>
   <si>
     <t>Lek</t>
   </si>
   <si>
     <t>12:57:58</t>
   </si>
   <si>
-    <t>Wan Yee</t>
-[...11 lines deleted...]
-    <t>14:04:06</t>
+    <t>Ka Yan</t>
+  </si>
+  <si>
+    <t>Wong</t>
+  </si>
+  <si>
+    <t>13:01:31</t>
   </si>
   <si>
     <t>Kay Chan</t>
   </si>
   <si>
     <t>Kwok</t>
   </si>
   <si>
     <t>17:13:03</t>
   </si>
   <si>
     <t>Lê Thanh</t>
   </si>
   <si>
     <t>14:15:36</t>
   </si>
   <si>
-    <t>Ka Yan</t>
-[...5 lines deleted...]
-    <t>13:01:31</t>
+    <t>17:34:33</t>
   </si>
   <si>
     <t>Hong</t>
   </si>
   <si>
     <t>13:32:54</t>
   </si>
   <si>
-    <t>17:34:33</t>
-[...1 lines deleted...]
-  <si>
     <t>Jake</t>
   </si>
   <si>
     <t>Brockbank</t>
   </si>
   <si>
     <t>14:16:14</t>
   </si>
   <si>
     <t>Francois</t>
   </si>
   <si>
     <t>Cordelle</t>
   </si>
   <si>
     <t>14:26:16</t>
   </si>
   <si>
+    <t>Son</t>
+  </si>
+  <si>
+    <t>Nguyen Thai</t>
+  </si>
+  <si>
+    <t>17:39:04</t>
+  </si>
+  <si>
     <t>13:36:54</t>
   </si>
   <si>
-    <t>Son</t>
-[...5 lines deleted...]
-    <t>17:39:04</t>
+    <t>Muhammad</t>
+  </si>
+  <si>
+    <t>Umar A Kamaludin</t>
+  </si>
+  <si>
+    <t>14:30:36</t>
   </si>
   <si>
     <t>The</t>
   </si>
   <si>
     <t>Hoang Nam Le</t>
   </si>
   <si>
     <t>Raphael</t>
   </si>
   <si>
     <t>Bar</t>
   </si>
   <si>
     <t>13:40:17</t>
   </si>
   <si>
-    <t>Muhammad</t>
-[...5 lines deleted...]
-    <t>14:30:36</t>
+    <t>Jyh Hann</t>
+  </si>
+  <si>
+    <t>林志翰</t>
+  </si>
+  <si>
+    <t>14:35:08</t>
   </si>
   <si>
     <t>Charles</t>
   </si>
   <si>
     <t>Arrowsmith</t>
   </si>
   <si>
     <t>13:42:46</t>
   </si>
   <si>
-    <t>Jyh Hann</t>
-[...5 lines deleted...]
-    <t>14:35:08</t>
+    <t>Mark</t>
+  </si>
+  <si>
+    <t>Itol</t>
+  </si>
+  <si>
+    <t>14:37:12</t>
   </si>
   <si>
     <t>Mattias</t>
   </si>
   <si>
     <t>Wallin</t>
   </si>
   <si>
     <t>Sweden</t>
   </si>
   <si>
     <t>13:54:57</t>
   </si>
   <si>
-    <t>Mark</t>
-[...5 lines deleted...]
-    <t>14:37:12</t>
+    <t>Minh Bao</t>
+  </si>
+  <si>
+    <t>Pham</t>
+  </si>
+  <si>
+    <t>14:04:21</t>
   </si>
   <si>
     <t>Yuichi</t>
   </si>
   <si>
     <t>Okazaki</t>
   </si>
   <si>
     <t>14:37:46</t>
   </si>
   <si>
-    <t>Minh Bao</t>
-[...5 lines deleted...]
-    <t>14:04:21</t>
+    <t>14:38:59</t>
   </si>
   <si>
     <t>Xuân Bách</t>
   </si>
   <si>
     <t>Nguyễn</t>
   </si>
   <si>
     <t>14:10:46</t>
   </si>
   <si>
-    <t>14:38:59</t>
+    <t>Filip</t>
+  </si>
+  <si>
+    <t>Lenaerts</t>
   </si>
   <si>
     <t>Olivier</t>
   </si>
   <si>
     <t>Dumazy</t>
   </si>
   <si>
     <t>14:19:02</t>
   </si>
   <si>
-    <t>Filip</t>
-[...2 lines deleted...]
-    <t>Lenaerts</t>
+    <t>14:29:39</t>
   </si>
   <si>
     <t>Ronald</t>
   </si>
   <si>
     <t>Thompson</t>
   </si>
   <si>
     <t>14:48:01</t>
   </si>
   <si>
-    <t>14:29:39</t>
+    <t>Herve</t>
+  </si>
+  <si>
+    <t>Huguenot</t>
+  </si>
+  <si>
+    <t>14:50:36</t>
   </si>
   <si>
     <t>Masamichi</t>
   </si>
   <si>
     <t>Shoji</t>
   </si>
   <si>
     <t>14:42:20</t>
   </si>
   <si>
-    <t>Herve</t>
-[...5 lines deleted...]
-    <t>14:50:36</t>
+    <t xml:space="preserve">Duy Thanh </t>
+  </si>
+  <si>
+    <t>15:10:59</t>
   </si>
   <si>
     <t>Sara</t>
   </si>
   <si>
     <t>Valentina</t>
   </si>
   <si>
     <t>Indonesia</t>
   </si>
   <si>
     <t>14:45:53</t>
   </si>
   <si>
-    <t xml:space="preserve">Duy Thanh </t>
-[...2 lines deleted...]
-    <t>15:10:59</t>
+    <t>Thăng</t>
+  </si>
+  <si>
+    <t>Hoàng Hữu</t>
+  </si>
+  <si>
+    <t>15:00:34</t>
   </si>
   <si>
     <t>Ngô Văn</t>
   </si>
   <si>
     <t>15:11:06</t>
   </si>
   <si>
-    <t>Thăng</t>
-[...5 lines deleted...]
-    <t>15:00:34</t>
+    <t>Nguyen Quang</t>
+  </si>
+  <si>
+    <t>15:18:10</t>
   </si>
   <si>
     <t>Ma. Khatrina</t>
   </si>
   <si>
     <t>Visperas</t>
   </si>
   <si>
     <t>15:08:46</t>
   </si>
   <si>
-    <t>Nguyen Quang</t>
-[...4 lines deleted...]
-  <si>
     <t>Jackson</t>
   </si>
   <si>
     <t>Blackburn</t>
   </si>
   <si>
     <t>15:34:22</t>
   </si>
   <si>
     <t>15:12:00</t>
   </si>
   <si>
+    <t>Masafumi</t>
+  </si>
+  <si>
+    <t>Yamamoto</t>
+  </si>
+  <si>
+    <t>15:12:19</t>
+  </si>
+  <si>
     <t>Mohamad</t>
   </si>
   <si>
     <t>Mohamad Ismail</t>
   </si>
   <si>
     <t>15:39:17</t>
   </si>
   <si>
-    <t>Masafumi</t>
-[...5 lines deleted...]
-    <t>15:12:19</t>
+    <t>Đinh Hữu</t>
+  </si>
+  <si>
+    <t>15:40:43</t>
   </si>
   <si>
     <t>Wannachai</t>
   </si>
   <si>
     <t>Bangwiroonrag</t>
   </si>
   <si>
     <t>15:23:57</t>
   </si>
   <si>
-    <t>Đinh Hữu</t>
-[...2 lines deleted...]
-    <t>15:40:43</t>
+    <t>Thinh</t>
+  </si>
+  <si>
+    <t>Trịnh Phan</t>
+  </si>
+  <si>
+    <t>15:40:44</t>
   </si>
   <si>
     <t xml:space="preserve">Nguyễn Ngọc </t>
   </si>
   <si>
     <t>Hoàng</t>
   </si>
   <si>
     <t>15:28:13</t>
   </si>
   <si>
-    <t>Thinh</t>
-[...7 lines deleted...]
-  <si>
     <t>Toản</t>
   </si>
   <si>
     <t>Phạm Đắc</t>
   </si>
   <si>
     <t>15:28:59</t>
   </si>
   <si>
     <t>Viet</t>
   </si>
   <si>
     <t>Nguyễn Tiến</t>
   </si>
   <si>
     <t>15:45:29</t>
   </si>
   <si>
+    <t>Quang Chiến</t>
+  </si>
+  <si>
+    <t>Đoàn</t>
+  </si>
+  <si>
+    <t>15:55:48</t>
+  </si>
+  <si>
     <t>Rozielawati</t>
   </si>
   <si>
     <t>Hj Jamil</t>
   </si>
   <si>
     <t>Brunei</t>
   </si>
   <si>
     <t>15:45:33</t>
   </si>
   <si>
-    <t>Quang Chiến</t>
-[...5 lines deleted...]
-    <t>15:55:48</t>
+    <t>Trong</t>
+  </si>
+  <si>
+    <t>Nguyễn Minh</t>
+  </si>
+  <si>
+    <t>15:45:51</t>
   </si>
   <si>
     <t>Bui</t>
   </si>
   <si>
     <t>Van Anh</t>
   </si>
   <si>
     <t>16:07:57</t>
   </si>
   <si>
-    <t>Trong</t>
-[...7 lines deleted...]
-  <si>
     <t>Dong</t>
   </si>
   <si>
     <t>Le</t>
   </si>
   <si>
     <t>Hải Quý</t>
   </si>
   <si>
     <t>Phí</t>
   </si>
   <si>
     <t>16:25:25</t>
   </si>
   <si>
     <t>Tien</t>
   </si>
   <si>
     <t>Duong Minh</t>
   </si>
   <si>
     <t>15:59:37</t>
   </si>
   <si>
     <t>Quang Thai</t>
@@ -1253,66 +1253,66 @@
   <si>
     <t>15:59:59</t>
   </si>
   <si>
     <t>Carly</t>
   </si>
   <si>
     <t>Balmforth</t>
   </si>
   <si>
     <t>16:45:44</t>
   </si>
   <si>
     <t>Michal</t>
   </si>
   <si>
     <t>Caspi</t>
   </si>
   <si>
     <t>Israel</t>
   </si>
   <si>
     <t>16:05:10</t>
   </si>
   <si>
+    <t>Kerrin</t>
+  </si>
+  <si>
+    <t>Kua</t>
+  </si>
+  <si>
+    <t>16:06:43</t>
+  </si>
+  <si>
     <t>Vincent</t>
   </si>
   <si>
     <t>Gouy</t>
   </si>
   <si>
     <t>16:52:41</t>
-  </si>
-[...7 lines deleted...]
-    <t>16:06:43</t>
   </si>
   <si>
     <t>Hong Son</t>
   </si>
   <si>
     <t>17:03:03</t>
   </si>
   <si>
     <t>Dominique</t>
   </si>
   <si>
     <t>Luzinaud</t>
   </si>
   <si>
     <t>16:13:14</t>
   </si>
   <si>
     <t>Nhat</t>
   </si>
   <si>
     <t>Thanh Nguyen</t>
   </si>
   <si>
     <t>Việt Dũng</t>
   </si>
@@ -1807,777 +1807,777 @@
       </c>
       <c r="H1" s="1" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
       <c r="J1" s="1" t="s">
         <v>9</v>
       </c>
       <c r="K1" s="1" t="s">
         <v>10</v>
       </c>
       <c r="L1" s="1" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="1" t="s">
         <v>12</v>
       </c>
       <c r="N1" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="2" spans="1:14">
       <c r="A2" s="2">
-        <v>107989</v>
+        <v>108721</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>15</v>
       </c>
       <c r="D2" s="2"/>
       <c r="E2" s="2">
-        <v>7103</v>
+        <v>7156</v>
       </c>
       <c r="F2" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G2" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I2" s="2">
         <v>1</v>
       </c>
       <c r="J2" s="2">
         <v>1</v>
       </c>
       <c r="K2" s="2">
         <v>100</v>
       </c>
       <c r="L2" s="2">
         <v>400</v>
       </c>
       <c r="M2" s="2">
         <v>0</v>
       </c>
       <c r="N2" s="2">
         <v>500</v>
       </c>
     </row>
     <row r="3" spans="1:14">
       <c r="A3" s="2">
-        <v>108721</v>
+        <v>101691</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>19</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>20</v>
       </c>
       <c r="D3" s="2"/>
       <c r="E3" s="2">
-        <v>7156</v>
+        <v>7034</v>
       </c>
       <c r="F3" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="G3" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="H3" s="2" t="s">
         <v>21</v>
-      </c>
-[...4 lines deleted...]
-        <v>22</v>
       </c>
       <c r="I3" s="2">
         <v>1</v>
       </c>
       <c r="J3" s="2">
         <v>1</v>
       </c>
       <c r="K3" s="2">
         <v>100</v>
       </c>
       <c r="L3" s="2">
         <v>400</v>
       </c>
       <c r="M3" s="2">
         <v>0</v>
       </c>
       <c r="N3" s="2">
         <v>500</v>
       </c>
     </row>
     <row r="4" spans="1:14">
       <c r="A4" s="2">
-        <v>101691</v>
+        <v>107989</v>
       </c>
       <c r="B4" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="C4" s="2" t="s">
         <v>23</v>
-      </c>
-[...1 lines deleted...]
-        <v>24</v>
       </c>
       <c r="D4" s="2"/>
       <c r="E4" s="2">
-        <v>7034</v>
+        <v>7103</v>
       </c>
       <c r="F4" s="2" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="G4" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H4" s="2" t="s">
         <v>25</v>
       </c>
       <c r="I4" s="2">
         <v>1</v>
       </c>
       <c r="J4" s="2">
         <v>1</v>
       </c>
       <c r="K4" s="2">
         <v>100</v>
       </c>
       <c r="L4" s="2">
         <v>400</v>
       </c>
       <c r="M4" s="2">
         <v>0</v>
       </c>
       <c r="N4" s="2">
         <v>500</v>
       </c>
     </row>
     <row r="5" spans="1:14">
       <c r="A5" s="2">
-        <v>101693</v>
+        <v>112575</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>26</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>27</v>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2">
-        <v>7016</v>
+        <v>7092</v>
       </c>
       <c r="F5" s="2" t="s">
-        <v>21</v>
+        <v>28</v>
       </c>
       <c r="G5" s="2" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="H5" s="2" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="I5" s="2">
         <v>2</v>
       </c>
       <c r="J5" s="2">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="K5" s="2">
         <v>100</v>
       </c>
       <c r="L5" s="2">
-        <v>350</v>
+        <v>400</v>
       </c>
       <c r="M5" s="2">
         <v>0</v>
       </c>
       <c r="N5" s="2">
-        <v>450</v>
+        <v>500</v>
       </c>
     </row>
     <row r="6" spans="1:14">
       <c r="A6" s="2">
-        <v>112575</v>
+        <v>108722</v>
       </c>
       <c r="B6" s="2" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="C6" s="2" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2">
-        <v>7092</v>
+        <v>7019</v>
       </c>
       <c r="F6" s="2" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="G6" s="2" t="s">
-        <v>32</v>
+        <v>17</v>
       </c>
       <c r="H6" s="2" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="I6" s="2">
         <v>2</v>
       </c>
       <c r="J6" s="2">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="K6" s="2">
         <v>100</v>
       </c>
       <c r="L6" s="2">
-        <v>400</v>
+        <v>350</v>
       </c>
       <c r="M6" s="2">
         <v>0</v>
       </c>
       <c r="N6" s="2">
-        <v>500</v>
+        <v>450</v>
       </c>
     </row>
     <row r="7" spans="1:14">
       <c r="A7" s="2">
-        <v>108722</v>
+        <v>101693</v>
       </c>
       <c r="B7" s="2" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="C7" s="2" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2">
-        <v>7019</v>
+        <v>7016</v>
       </c>
       <c r="F7" s="2" t="s">
-        <v>36</v>
+        <v>16</v>
       </c>
       <c r="G7" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H7" s="2" t="s">
         <v>37</v>
       </c>
       <c r="I7" s="2">
         <v>2</v>
       </c>
       <c r="J7" s="2">
         <v>2</v>
       </c>
       <c r="K7" s="2">
         <v>100</v>
       </c>
       <c r="L7" s="2">
         <v>350</v>
       </c>
       <c r="M7" s="2">
         <v>0</v>
       </c>
       <c r="N7" s="2">
         <v>450</v>
       </c>
     </row>
     <row r="8" spans="1:14">
       <c r="A8" s="2">
-        <v>104844</v>
+        <v>101543</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>38</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>39</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2">
-        <v>7099</v>
+        <v>7023</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>40</v>
       </c>
       <c r="G8" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H8" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I8" s="2">
         <v>3</v>
       </c>
       <c r="J8" s="2">
         <v>3</v>
       </c>
       <c r="K8" s="2">
         <v>100</v>
       </c>
       <c r="L8" s="2">
         <v>325</v>
       </c>
       <c r="M8" s="2">
         <v>0</v>
       </c>
       <c r="N8" s="2">
         <v>425</v>
       </c>
     </row>
     <row r="9" spans="1:14">
       <c r="A9" s="2">
-        <v>101543</v>
+        <v>111749</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>42</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>43</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2">
-        <v>7023</v>
+        <v>7078</v>
       </c>
       <c r="F9" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="G9" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="H9" s="2" t="s">
         <v>44</v>
-      </c>
-[...4 lines deleted...]
-        <v>45</v>
       </c>
       <c r="I9" s="2">
         <v>3</v>
       </c>
       <c r="J9" s="2">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="K9" s="2">
         <v>100</v>
       </c>
       <c r="L9" s="2">
-        <v>325</v>
+        <v>350</v>
       </c>
       <c r="M9" s="2">
         <v>0</v>
       </c>
       <c r="N9" s="2">
-        <v>425</v>
+        <v>450</v>
       </c>
     </row>
     <row r="10" spans="1:14">
       <c r="A10" s="2">
-        <v>111749</v>
+        <v>104844</v>
       </c>
       <c r="B10" s="2" t="s">
+        <v>45</v>
+      </c>
+      <c r="C10" s="2" t="s">
         <v>46</v>
-      </c>
-[...1 lines deleted...]
-        <v>47</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2">
-        <v>7078</v>
+        <v>7099</v>
       </c>
       <c r="F10" s="2" t="s">
-        <v>21</v>
+        <v>47</v>
       </c>
       <c r="G10" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H10" s="2" t="s">
         <v>48</v>
       </c>
       <c r="I10" s="2">
         <v>3</v>
       </c>
       <c r="J10" s="2">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="K10" s="2">
         <v>100</v>
       </c>
       <c r="L10" s="2">
-        <v>350</v>
+        <v>325</v>
       </c>
       <c r="M10" s="2">
         <v>0</v>
       </c>
       <c r="N10" s="2">
-        <v>450</v>
+        <v>425</v>
       </c>
     </row>
     <row r="11" spans="1:14">
       <c r="A11" s="2">
-        <v>104838</v>
+        <v>105149</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>49</v>
       </c>
       <c r="C11" s="2" t="s">
-        <v>50</v>
+        <v>32</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2">
-        <v>7006</v>
+        <v>7024</v>
       </c>
       <c r="F11" s="2" t="s">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="G11" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H11" s="2" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="I11" s="2">
         <v>4</v>
       </c>
       <c r="J11" s="2">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="K11" s="2">
         <v>100</v>
       </c>
       <c r="L11" s="2">
-        <v>300</v>
+        <v>325</v>
       </c>
       <c r="M11" s="2">
         <v>0</v>
       </c>
       <c r="N11" s="2">
-        <v>400</v>
+        <v>425</v>
       </c>
     </row>
     <row r="12" spans="1:14">
       <c r="A12" s="2">
-        <v>105149</v>
+        <v>104852</v>
       </c>
       <c r="B12" s="2" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="C12" s="2" t="s">
-        <v>35</v>
+        <v>51</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2">
-        <v>7024</v>
+        <v>7075</v>
       </c>
       <c r="F12" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G12" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H12" s="2" t="s">
-        <v>48</v>
+        <v>52</v>
       </c>
       <c r="I12" s="2">
         <v>4</v>
       </c>
       <c r="J12" s="2">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="K12" s="2">
         <v>100</v>
       </c>
       <c r="L12" s="2">
-        <v>325</v>
+        <v>300</v>
       </c>
       <c r="M12" s="2">
         <v>0</v>
       </c>
       <c r="N12" s="2">
-        <v>425</v>
+        <v>400</v>
       </c>
     </row>
     <row r="13" spans="1:14">
       <c r="A13" s="2">
-        <v>104852</v>
+        <v>104838</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>53</v>
       </c>
       <c r="C13" s="2" t="s">
         <v>54</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2">
-        <v>7075</v>
+        <v>7006</v>
       </c>
       <c r="F13" s="2" t="s">
-        <v>21</v>
+        <v>47</v>
       </c>
       <c r="G13" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H13" s="2" t="s">
         <v>55</v>
       </c>
       <c r="I13" s="2">
         <v>4</v>
       </c>
       <c r="J13" s="2">
         <v>4</v>
       </c>
       <c r="K13" s="2">
         <v>100</v>
       </c>
       <c r="L13" s="2">
         <v>300</v>
       </c>
       <c r="M13" s="2">
         <v>0</v>
       </c>
       <c r="N13" s="2">
         <v>400</v>
       </c>
     </row>
     <row r="14" spans="1:14">
       <c r="A14" s="2">
-        <v>108723</v>
+        <v>101721</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>56</v>
       </c>
       <c r="C14" s="2" t="s">
         <v>57</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2">
-        <v>7056</v>
+        <v>7011</v>
       </c>
       <c r="F14" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G14" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H14" s="2" t="s">
         <v>58</v>
       </c>
       <c r="I14" s="2">
         <v>5</v>
       </c>
       <c r="J14" s="2">
         <v>5</v>
       </c>
       <c r="K14" s="2">
         <v>100</v>
       </c>
       <c r="L14" s="2">
         <v>275</v>
       </c>
       <c r="M14" s="2">
         <v>0</v>
       </c>
       <c r="N14" s="2">
         <v>375</v>
       </c>
     </row>
     <row r="15" spans="1:14">
       <c r="A15" s="2">
-        <v>101721</v>
+        <v>112242</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>59</v>
       </c>
       <c r="C15" s="2" t="s">
         <v>60</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2">
-        <v>7011</v>
+        <v>7104</v>
       </c>
       <c r="F15" s="2" t="s">
-        <v>21</v>
+        <v>61</v>
       </c>
       <c r="G15" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H15" s="2" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="I15" s="2">
         <v>5</v>
       </c>
       <c r="J15" s="2">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="K15" s="2">
         <v>100</v>
       </c>
       <c r="L15" s="2">
-        <v>275</v>
+        <v>300</v>
       </c>
       <c r="M15" s="2">
         <v>0</v>
       </c>
       <c r="N15" s="2">
-        <v>375</v>
+        <v>400</v>
       </c>
     </row>
     <row r="16" spans="1:14">
       <c r="A16" s="2">
-        <v>112242</v>
+        <v>108723</v>
       </c>
       <c r="B16" s="2" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="C16" s="2" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2">
-        <v>7104</v>
+        <v>7056</v>
       </c>
       <c r="F16" s="2" t="s">
-        <v>64</v>
+        <v>16</v>
       </c>
       <c r="G16" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H16" s="2" t="s">
         <v>65</v>
       </c>
       <c r="I16" s="2">
         <v>5</v>
       </c>
       <c r="J16" s="2">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="K16" s="2">
         <v>100</v>
       </c>
       <c r="L16" s="2">
-        <v>300</v>
+        <v>275</v>
       </c>
       <c r="M16" s="2">
         <v>0</v>
       </c>
       <c r="N16" s="2">
-        <v>400</v>
+        <v>375</v>
       </c>
     </row>
     <row r="17" spans="1:14">
       <c r="A17" s="2">
-        <v>103399</v>
+        <v>106722</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>66</v>
       </c>
       <c r="C17" s="2" t="s">
         <v>67</v>
       </c>
-      <c r="D17" s="2"/>
+      <c r="D17" s="2" t="s">
+        <v>68</v>
+      </c>
       <c r="E17" s="2">
-        <v>7029</v>
+        <v>7063</v>
       </c>
       <c r="F17" s="2" t="s">
-        <v>68</v>
+        <v>24</v>
       </c>
       <c r="G17" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H17" s="2" t="s">
         <v>69</v>
       </c>
       <c r="I17" s="2">
         <v>6</v>
       </c>
       <c r="J17" s="2">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="K17" s="2">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="L17" s="2">
-        <v>250</v>
+        <v>0</v>
       </c>
       <c r="M17" s="2">
         <v>0</v>
       </c>
       <c r="N17" s="2">
-        <v>350</v>
+        <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:14">
       <c r="A18" s="2">
-        <v>106722</v>
+        <v>108724</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>70</v>
       </c>
       <c r="C18" s="2" t="s">
         <v>71</v>
       </c>
-      <c r="D18" s="2" t="s">
+      <c r="D18" s="2"/>
+      <c r="E18" s="2">
+        <v>7127</v>
+      </c>
+      <c r="F18" s="2" t="s">
         <v>72</v>
-      </c>
-[...4 lines deleted...]
-        <v>16</v>
       </c>
       <c r="G18" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H18" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I18" s="2">
         <v>6</v>
       </c>
       <c r="J18" s="2">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="K18" s="2">
-        <v>0</v>
+        <v>100</v>
       </c>
       <c r="L18" s="2">
-        <v>0</v>
+        <v>250</v>
       </c>
       <c r="M18" s="2">
         <v>0</v>
       </c>
       <c r="N18" s="2">
-        <v>0</v>
+        <v>350</v>
       </c>
     </row>
     <row r="19" spans="1:14">
       <c r="A19" s="2">
-        <v>108724</v>
+        <v>103399</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>74</v>
       </c>
       <c r="C19" s="2" t="s">
         <v>75</v>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2">
-        <v>7127</v>
+        <v>7029</v>
       </c>
       <c r="F19" s="2" t="s">
         <v>76</v>
       </c>
       <c r="G19" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H19" s="2" t="s">
         <v>77</v>
       </c>
       <c r="I19" s="2">
         <v>6</v>
       </c>
       <c r="J19" s="2">
         <v>6</v>
       </c>
       <c r="K19" s="2">
         <v>100</v>
       </c>
       <c r="L19" s="2">
         <v>250</v>
       </c>
       <c r="M19" s="2">
         <v>0</v>
       </c>
@@ -2620,623 +2620,623 @@
       <c r="L20" s="2">
         <v>250</v>
       </c>
       <c r="M20" s="2">
         <v>0</v>
       </c>
       <c r="N20" s="2">
         <v>350</v>
       </c>
     </row>
     <row r="21" spans="1:14">
       <c r="A21" s="2">
         <v>104840</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>82</v>
       </c>
       <c r="C21" s="2" t="s">
         <v>83</v>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2">
         <v>7036</v>
       </c>
       <c r="F21" s="2" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="G21" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H21" s="2" t="s">
         <v>84</v>
       </c>
       <c r="I21" s="2">
         <v>7</v>
       </c>
       <c r="J21" s="2">
         <v>7</v>
       </c>
       <c r="K21" s="2">
         <v>100</v>
       </c>
       <c r="L21" s="2">
         <v>240</v>
       </c>
       <c r="M21" s="2">
         <v>0</v>
       </c>
       <c r="N21" s="2">
         <v>340</v>
       </c>
     </row>
     <row r="22" spans="1:14">
       <c r="A22" s="2">
         <v>108725</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>85</v>
       </c>
       <c r="C22" s="2" t="s">
         <v>86</v>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2">
         <v>7058</v>
       </c>
       <c r="F22" s="2" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="G22" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H22" s="2" t="s">
         <v>87</v>
       </c>
       <c r="I22" s="2">
         <v>7</v>
       </c>
       <c r="J22" s="2">
         <v>7</v>
       </c>
       <c r="K22" s="2">
         <v>100</v>
       </c>
       <c r="L22" s="2">
         <v>240</v>
       </c>
       <c r="M22" s="2">
         <v>0</v>
       </c>
       <c r="N22" s="2">
         <v>340</v>
       </c>
     </row>
     <row r="23" spans="1:14">
       <c r="A23" s="2">
-        <v>104841</v>
+        <v>108726</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>88</v>
       </c>
       <c r="C23" s="2" t="s">
         <v>89</v>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="2">
-        <v>7038</v>
+        <v>7057</v>
       </c>
       <c r="F23" s="2" t="s">
         <v>90</v>
       </c>
       <c r="G23" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H23" s="2" t="s">
         <v>91</v>
       </c>
       <c r="I23" s="2">
         <v>8</v>
       </c>
       <c r="J23" s="2">
         <v>8</v>
       </c>
       <c r="K23" s="2">
         <v>100</v>
       </c>
       <c r="L23" s="2">
         <v>230</v>
       </c>
       <c r="M23" s="2">
         <v>0</v>
       </c>
       <c r="N23" s="2">
         <v>330</v>
       </c>
     </row>
     <row r="24" spans="1:14">
       <c r="A24" s="2">
-        <v>108726</v>
+        <v>114337</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>92</v>
       </c>
       <c r="C24" s="2" t="s">
         <v>93</v>
       </c>
       <c r="D24" s="2"/>
       <c r="E24" s="2">
-        <v>7057</v>
+        <v>7088</v>
       </c>
       <c r="F24" s="2" t="s">
+        <v>47</v>
+      </c>
+      <c r="G24" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="H24" s="2" t="s">
         <v>94</v>
-      </c>
-[...4 lines deleted...]
-        <v>95</v>
       </c>
       <c r="I24" s="2">
         <v>8</v>
       </c>
       <c r="J24" s="2">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="K24" s="2">
         <v>100</v>
       </c>
       <c r="L24" s="2">
-        <v>230</v>
+        <v>240</v>
       </c>
       <c r="M24" s="2">
         <v>0</v>
       </c>
       <c r="N24" s="2">
-        <v>330</v>
+        <v>340</v>
       </c>
     </row>
     <row r="25" spans="1:14">
       <c r="A25" s="2">
-        <v>114337</v>
+        <v>104841</v>
       </c>
       <c r="B25" s="2" t="s">
+        <v>95</v>
+      </c>
+      <c r="C25" s="2" t="s">
         <v>96</v>
-      </c>
-[...1 lines deleted...]
-        <v>97</v>
       </c>
       <c r="D25" s="2"/>
       <c r="E25" s="2">
-        <v>7088</v>
+        <v>7038</v>
       </c>
       <c r="F25" s="2" t="s">
-        <v>40</v>
+        <v>97</v>
       </c>
       <c r="G25" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H25" s="2" t="s">
         <v>98</v>
       </c>
       <c r="I25" s="2">
         <v>8</v>
       </c>
       <c r="J25" s="2">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="K25" s="2">
         <v>100</v>
       </c>
       <c r="L25" s="2">
-        <v>240</v>
+        <v>230</v>
       </c>
       <c r="M25" s="2">
         <v>0</v>
       </c>
       <c r="N25" s="2">
-        <v>340</v>
+        <v>330</v>
       </c>
     </row>
     <row r="26" spans="1:14">
       <c r="A26" s="2">
         <v>104842</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>99</v>
       </c>
       <c r="C26" s="2" t="s">
         <v>100</v>
       </c>
       <c r="D26" s="2"/>
       <c r="E26" s="2">
         <v>7005</v>
       </c>
       <c r="F26" s="2" t="s">
-        <v>90</v>
+        <v>97</v>
       </c>
       <c r="G26" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H26" s="2" t="s">
         <v>101</v>
       </c>
       <c r="I26" s="2">
         <v>9</v>
       </c>
       <c r="J26" s="2">
         <v>9</v>
       </c>
       <c r="K26" s="2">
         <v>100</v>
       </c>
       <c r="L26" s="2">
         <v>220</v>
       </c>
       <c r="M26" s="2">
         <v>0</v>
       </c>
       <c r="N26" s="2">
         <v>320</v>
       </c>
     </row>
     <row r="27" spans="1:14">
       <c r="A27" s="2">
         <v>109252</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>102</v>
       </c>
       <c r="C27" s="2" t="s">
         <v>103</v>
       </c>
       <c r="D27" s="2"/>
       <c r="E27" s="2">
         <v>7071</v>
       </c>
       <c r="F27" s="2" t="s">
-        <v>68</v>
+        <v>76</v>
       </c>
       <c r="G27" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H27" s="2" t="s">
         <v>104</v>
       </c>
       <c r="I27" s="2">
         <v>9</v>
       </c>
       <c r="J27" s="2">
         <v>8</v>
       </c>
       <c r="K27" s="2">
         <v>100</v>
       </c>
       <c r="L27" s="2">
         <v>230</v>
       </c>
       <c r="M27" s="2">
         <v>0</v>
       </c>
       <c r="N27" s="2">
         <v>330</v>
       </c>
     </row>
     <row r="28" spans="1:14">
       <c r="A28" s="2">
         <v>108727</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>105</v>
       </c>
       <c r="C28" s="2" t="s">
         <v>106</v>
       </c>
       <c r="D28" s="2"/>
       <c r="E28" s="2">
         <v>7037</v>
       </c>
       <c r="F28" s="2" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="G28" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H28" s="2" t="s">
         <v>107</v>
       </c>
       <c r="I28" s="2">
         <v>9</v>
       </c>
       <c r="J28" s="2">
         <v>9</v>
       </c>
       <c r="K28" s="2">
         <v>100</v>
       </c>
       <c r="L28" s="2">
         <v>220</v>
       </c>
       <c r="M28" s="2">
         <v>0</v>
       </c>
       <c r="N28" s="2">
         <v>320</v>
       </c>
     </row>
     <row r="29" spans="1:14">
       <c r="A29" s="2">
-        <v>104843</v>
+        <v>108728</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>108</v>
       </c>
       <c r="C29" s="2" t="s">
         <v>109</v>
       </c>
       <c r="D29" s="2"/>
       <c r="E29" s="2">
-        <v>7043</v>
+        <v>7077</v>
       </c>
       <c r="F29" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="G29" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="H29" s="2" t="s">
         <v>110</v>
-      </c>
-[...4 lines deleted...]
-        <v>111</v>
       </c>
       <c r="I29" s="2">
         <v>10</v>
       </c>
       <c r="J29" s="2">
         <v>10</v>
       </c>
       <c r="K29" s="2">
         <v>100</v>
       </c>
       <c r="L29" s="2">
         <v>210</v>
       </c>
       <c r="M29" s="2">
         <v>0</v>
       </c>
       <c r="N29" s="2">
         <v>310</v>
       </c>
     </row>
     <row r="30" spans="1:14">
       <c r="A30" s="2">
-        <v>108728</v>
+        <v>112455</v>
       </c>
       <c r="B30" s="2" t="s">
+        <v>111</v>
+      </c>
+      <c r="C30" s="2" t="s">
         <v>112</v>
-      </c>
-[...1 lines deleted...]
-        <v>113</v>
       </c>
       <c r="D30" s="2"/>
       <c r="E30" s="2">
-        <v>7077</v>
+        <v>7101</v>
       </c>
       <c r="F30" s="2" t="s">
-        <v>21</v>
+        <v>113</v>
       </c>
       <c r="G30" s="2" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="H30" s="2" t="s">
         <v>114</v>
       </c>
       <c r="I30" s="2">
         <v>10</v>
       </c>
       <c r="J30" s="2">
-        <v>10</v>
+        <v>2</v>
       </c>
       <c r="K30" s="2">
         <v>100</v>
       </c>
       <c r="L30" s="2">
-        <v>210</v>
+        <v>350</v>
       </c>
       <c r="M30" s="2">
         <v>0</v>
       </c>
       <c r="N30" s="2">
-        <v>310</v>
+        <v>450</v>
       </c>
     </row>
     <row r="31" spans="1:14">
       <c r="A31" s="2">
-        <v>112455</v>
+        <v>104843</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>115</v>
       </c>
       <c r="C31" s="2" t="s">
         <v>116</v>
       </c>
       <c r="D31" s="2"/>
       <c r="E31" s="2">
-        <v>7101</v>
+        <v>7043</v>
       </c>
       <c r="F31" s="2" t="s">
-        <v>110</v>
+        <v>113</v>
       </c>
       <c r="G31" s="2" t="s">
-        <v>32</v>
+        <v>17</v>
       </c>
       <c r="H31" s="2" t="s">
         <v>117</v>
       </c>
       <c r="I31" s="2">
         <v>10</v>
       </c>
       <c r="J31" s="2">
-        <v>2</v>
+        <v>10</v>
       </c>
       <c r="K31" s="2">
         <v>100</v>
       </c>
       <c r="L31" s="2">
-        <v>350</v>
+        <v>210</v>
       </c>
       <c r="M31" s="2">
         <v>0</v>
       </c>
       <c r="N31" s="2">
-        <v>450</v>
+        <v>310</v>
       </c>
     </row>
     <row r="32" spans="1:14">
       <c r="A32" s="2">
-        <v>108729</v>
+        <v>114338</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>118</v>
       </c>
       <c r="C32" s="2" t="s">
         <v>119</v>
       </c>
-      <c r="D32" s="2"/>
+      <c r="D32" s="2" t="s">
+        <v>120</v>
+      </c>
       <c r="E32" s="2">
-        <v>7146</v>
+        <v>7003</v>
       </c>
       <c r="F32" s="2" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="G32" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H32" s="2" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="I32" s="2">
         <v>11</v>
       </c>
       <c r="J32" s="2">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="K32" s="2">
         <v>100</v>
       </c>
       <c r="L32" s="2">
-        <v>200</v>
+        <v>220</v>
       </c>
       <c r="M32" s="2">
         <v>0</v>
       </c>
       <c r="N32" s="2">
-        <v>300</v>
+        <v>320</v>
       </c>
     </row>
     <row r="33" spans="1:14">
       <c r="A33" s="2">
-        <v>114338</v>
+        <v>101445</v>
       </c>
       <c r="B33" s="2" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="C33" s="2" t="s">
-        <v>122</v>
-[...1 lines deleted...]
-      <c r="D33" s="2" t="s">
         <v>123</v>
       </c>
+      <c r="D33" s="2"/>
       <c r="E33" s="2">
-        <v>7003</v>
+        <v>7039</v>
       </c>
       <c r="F33" s="2" t="s">
-        <v>16</v>
+        <v>90</v>
       </c>
       <c r="G33" s="2" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="H33" s="2" t="s">
         <v>124</v>
       </c>
       <c r="I33" s="2">
         <v>11</v>
       </c>
       <c r="J33" s="2">
-        <v>9</v>
+        <v>1</v>
       </c>
       <c r="K33" s="2">
         <v>100</v>
       </c>
       <c r="L33" s="2">
-        <v>220</v>
+        <v>400</v>
       </c>
       <c r="M33" s="2">
         <v>0</v>
       </c>
       <c r="N33" s="2">
-        <v>320</v>
+        <v>500</v>
       </c>
     </row>
     <row r="34" spans="1:14">
       <c r="A34" s="2">
-        <v>101445</v>
+        <v>108729</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>125</v>
       </c>
       <c r="C34" s="2" t="s">
         <v>126</v>
       </c>
       <c r="D34" s="2"/>
       <c r="E34" s="2">
-        <v>7039</v>
+        <v>7146</v>
       </c>
       <c r="F34" s="2" t="s">
-        <v>94</v>
+        <v>33</v>
       </c>
       <c r="G34" s="2" t="s">
-        <v>32</v>
+        <v>17</v>
       </c>
       <c r="H34" s="2" t="s">
         <v>127</v>
       </c>
       <c r="I34" s="2">
         <v>11</v>
       </c>
       <c r="J34" s="2">
-        <v>1</v>
+        <v>11</v>
       </c>
       <c r="K34" s="2">
         <v>100</v>
       </c>
       <c r="L34" s="2">
-        <v>400</v>
+        <v>200</v>
       </c>
       <c r="M34" s="2">
         <v>0</v>
       </c>
       <c r="N34" s="2">
-        <v>500</v>
+        <v>300</v>
       </c>
     </row>
     <row r="35" spans="1:14">
       <c r="A35" s="2">
         <v>113804</v>
       </c>
       <c r="B35" s="2" t="s">
         <v>128</v>
       </c>
       <c r="C35" s="2" t="s">
         <v>129</v>
       </c>
       <c r="D35" s="2"/>
       <c r="E35" s="2">
         <v>7107</v>
       </c>
       <c r="F35" s="2" t="s">
         <v>130</v>
       </c>
       <c r="G35" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H35" s="2" t="s">
         <v>131</v>
       </c>
@@ -3252,5053 +3252,5053 @@
       <c r="L35" s="2">
         <v>210</v>
       </c>
       <c r="M35" s="2">
         <v>0</v>
       </c>
       <c r="N35" s="2">
         <v>310</v>
       </c>
     </row>
     <row r="36" spans="1:14">
       <c r="A36" s="2">
         <v>101119</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>85</v>
       </c>
       <c r="C36" s="2" t="s">
         <v>132</v>
       </c>
       <c r="D36" s="2"/>
       <c r="E36" s="2">
         <v>7031</v>
       </c>
       <c r="F36" s="2" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="G36" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H36" s="2" t="s">
         <v>133</v>
       </c>
       <c r="I36" s="2">
         <v>12</v>
       </c>
       <c r="J36" s="2">
         <v>11</v>
       </c>
       <c r="K36" s="2">
         <v>100</v>
       </c>
       <c r="L36" s="2">
         <v>200</v>
       </c>
       <c r="M36" s="2">
         <v>0</v>
       </c>
       <c r="N36" s="2">
         <v>300</v>
       </c>
     </row>
     <row r="37" spans="1:14">
       <c r="A37" s="2">
         <v>108730</v>
       </c>
       <c r="B37" s="2" t="s">
         <v>134</v>
       </c>
       <c r="C37" s="2" t="s">
         <v>135</v>
       </c>
       <c r="D37" s="2"/>
       <c r="E37" s="2">
         <v>7050</v>
       </c>
       <c r="F37" s="2" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="G37" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H37" s="2" t="s">
         <v>136</v>
       </c>
       <c r="I37" s="2">
         <v>12</v>
       </c>
       <c r="J37" s="2">
         <v>12</v>
       </c>
       <c r="K37" s="2">
         <v>100</v>
       </c>
       <c r="L37" s="2">
         <v>190</v>
       </c>
       <c r="M37" s="2">
         <v>0</v>
       </c>
       <c r="N37" s="2">
         <v>290</v>
       </c>
     </row>
     <row r="38" spans="1:14">
       <c r="A38" s="2">
-        <v>104844</v>
+        <v>114339</v>
       </c>
       <c r="B38" s="2" t="s">
-        <v>38</v>
+        <v>137</v>
       </c>
       <c r="C38" s="2" t="s">
-        <v>39</v>
+        <v>138</v>
       </c>
       <c r="D38" s="2"/>
       <c r="E38" s="2">
-        <v>7024</v>
+        <v>7061</v>
       </c>
       <c r="F38" s="2" t="s">
-        <v>40</v>
+        <v>139</v>
       </c>
       <c r="G38" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H38" s="2" t="s">
-        <v>137</v>
+        <v>140</v>
       </c>
       <c r="I38" s="2">
         <v>13</v>
       </c>
       <c r="J38" s="2">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="K38" s="2">
         <v>100</v>
       </c>
       <c r="L38" s="2">
-        <v>190</v>
+        <v>200</v>
       </c>
       <c r="M38" s="2">
         <v>0</v>
       </c>
       <c r="N38" s="2">
-        <v>290</v>
+        <v>300</v>
       </c>
     </row>
     <row r="39" spans="1:14">
       <c r="A39" s="2">
-        <v>114339</v>
+        <v>108731</v>
       </c>
       <c r="B39" s="2" t="s">
-        <v>138</v>
+        <v>141</v>
       </c>
       <c r="C39" s="2" t="s">
-        <v>139</v>
+        <v>142</v>
       </c>
       <c r="D39" s="2"/>
       <c r="E39" s="2">
-        <v>7061</v>
+        <v>7054</v>
       </c>
       <c r="F39" s="2" t="s">
-        <v>140</v>
+        <v>16</v>
       </c>
       <c r="G39" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H39" s="2" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="I39" s="2">
         <v>13</v>
       </c>
       <c r="J39" s="2">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="K39" s="2">
         <v>100</v>
       </c>
       <c r="L39" s="2">
-        <v>200</v>
+        <v>180</v>
       </c>
       <c r="M39" s="2">
         <v>0</v>
       </c>
       <c r="N39" s="2">
-        <v>300</v>
+        <v>280</v>
       </c>
     </row>
     <row r="40" spans="1:14">
       <c r="A40" s="2">
-        <v>108731</v>
+        <v>104844</v>
       </c>
       <c r="B40" s="2" t="s">
-        <v>142</v>
+        <v>45</v>
       </c>
       <c r="C40" s="2" t="s">
-        <v>143</v>
+        <v>46</v>
       </c>
       <c r="D40" s="2"/>
       <c r="E40" s="2">
-        <v>7054</v>
+        <v>7024</v>
       </c>
       <c r="F40" s="2" t="s">
-        <v>21</v>
+        <v>47</v>
       </c>
       <c r="G40" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H40" s="2" t="s">
         <v>144</v>
       </c>
       <c r="I40" s="2">
         <v>13</v>
       </c>
       <c r="J40" s="2">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="K40" s="2">
         <v>100</v>
       </c>
       <c r="L40" s="2">
-        <v>180</v>
+        <v>190</v>
       </c>
       <c r="M40" s="2">
         <v>0</v>
       </c>
       <c r="N40" s="2">
-        <v>280</v>
+        <v>290</v>
       </c>
     </row>
     <row r="41" spans="1:14">
       <c r="A41" s="2">
-        <v>105154</v>
+        <v>111788</v>
       </c>
       <c r="B41" s="2" t="s">
         <v>145</v>
       </c>
       <c r="C41" s="2" t="s">
-        <v>35</v>
+        <v>146</v>
       </c>
       <c r="D41" s="2"/>
       <c r="E41" s="2">
-        <v>7073</v>
+        <v>7091</v>
       </c>
       <c r="F41" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G41" s="2" t="s">
-        <v>32</v>
+        <v>17</v>
       </c>
       <c r="H41" s="2" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="I41" s="2">
         <v>14</v>
       </c>
       <c r="J41" s="2">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="K41" s="2">
         <v>100</v>
       </c>
       <c r="L41" s="2">
-        <v>400</v>
+        <v>190</v>
       </c>
       <c r="M41" s="2">
         <v>0</v>
       </c>
       <c r="N41" s="2">
-        <v>500</v>
+        <v>290</v>
       </c>
     </row>
     <row r="42" spans="1:14">
       <c r="A42" s="2">
-        <v>111788</v>
+        <v>104845</v>
       </c>
       <c r="B42" s="2" t="s">
-        <v>147</v>
+        <v>42</v>
       </c>
       <c r="C42" s="2" t="s">
         <v>148</v>
       </c>
       <c r="D42" s="2"/>
       <c r="E42" s="2">
-        <v>7091</v>
+        <v>7022</v>
       </c>
       <c r="F42" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G42" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H42" s="2" t="s">
         <v>149</v>
       </c>
       <c r="I42" s="2">
         <v>14</v>
       </c>
       <c r="J42" s="2">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="K42" s="2">
         <v>100</v>
       </c>
       <c r="L42" s="2">
-        <v>190</v>
+        <v>180</v>
       </c>
       <c r="M42" s="2">
         <v>0</v>
       </c>
       <c r="N42" s="2">
-        <v>290</v>
+        <v>280</v>
       </c>
     </row>
     <row r="43" spans="1:14">
       <c r="A43" s="2">
-        <v>104845</v>
+        <v>105154</v>
       </c>
       <c r="B43" s="2" t="s">
-        <v>46</v>
+        <v>150</v>
       </c>
       <c r="C43" s="2" t="s">
-        <v>150</v>
+        <v>32</v>
       </c>
       <c r="D43" s="2"/>
       <c r="E43" s="2">
-        <v>7022</v>
+        <v>7073</v>
       </c>
       <c r="F43" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G43" s="2" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="H43" s="2" t="s">
         <v>151</v>
       </c>
       <c r="I43" s="2">
         <v>14</v>
       </c>
       <c r="J43" s="2">
-        <v>13</v>
+        <v>1</v>
       </c>
       <c r="K43" s="2">
         <v>100</v>
       </c>
       <c r="L43" s="2">
-        <v>180</v>
+        <v>400</v>
       </c>
       <c r="M43" s="2">
         <v>0</v>
       </c>
       <c r="N43" s="2">
-        <v>280</v>
+        <v>500</v>
       </c>
     </row>
     <row r="44" spans="1:14">
       <c r="A44" s="2">
-        <v>101766</v>
+        <v>101726</v>
       </c>
       <c r="B44" s="2" t="s">
         <v>152</v>
       </c>
       <c r="C44" s="2" t="s">
-        <v>35</v>
+        <v>153</v>
       </c>
       <c r="D44" s="2"/>
       <c r="E44" s="2">
-        <v>7021</v>
+        <v>7004</v>
       </c>
       <c r="F44" s="2" t="s">
-        <v>21</v>
+        <v>154</v>
       </c>
       <c r="G44" s="2" t="s">
-        <v>32</v>
+        <v>17</v>
       </c>
       <c r="H44" s="2" t="s">
-        <v>151</v>
+        <v>155</v>
       </c>
       <c r="I44" s="2">
         <v>15</v>
       </c>
       <c r="J44" s="2">
-        <v>2</v>
+        <v>14</v>
       </c>
       <c r="K44" s="2">
         <v>100</v>
       </c>
       <c r="L44" s="2">
-        <v>350</v>
+        <v>170</v>
       </c>
       <c r="M44" s="2">
         <v>0</v>
       </c>
       <c r="N44" s="2">
-        <v>450</v>
+        <v>270</v>
       </c>
     </row>
     <row r="45" spans="1:14">
       <c r="A45" s="2">
-        <v>101726</v>
+        <v>114340</v>
       </c>
       <c r="B45" s="2" t="s">
-        <v>153</v>
+        <v>156</v>
       </c>
       <c r="C45" s="2" t="s">
-        <v>154</v>
+        <v>157</v>
       </c>
       <c r="D45" s="2"/>
       <c r="E45" s="2">
-        <v>7004</v>
+        <v>7060</v>
       </c>
       <c r="F45" s="2" t="s">
-        <v>155</v>
+        <v>47</v>
       </c>
       <c r="G45" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H45" s="2" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="I45" s="2">
         <v>15</v>
       </c>
       <c r="J45" s="2">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="K45" s="2">
         <v>100</v>
       </c>
       <c r="L45" s="2">
-        <v>170</v>
+        <v>180</v>
       </c>
       <c r="M45" s="2">
         <v>0</v>
       </c>
       <c r="N45" s="2">
-        <v>270</v>
+        <v>280</v>
       </c>
     </row>
     <row r="46" spans="1:14">
       <c r="A46" s="2">
-        <v>114340</v>
+        <v>101766</v>
       </c>
       <c r="B46" s="2" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="C46" s="2" t="s">
-        <v>158</v>
+        <v>32</v>
       </c>
       <c r="D46" s="2"/>
       <c r="E46" s="2">
-        <v>7060</v>
+        <v>7021</v>
       </c>
       <c r="F46" s="2" t="s">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="G46" s="2" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="H46" s="2" t="s">
-        <v>159</v>
+        <v>149</v>
       </c>
       <c r="I46" s="2">
         <v>15</v>
       </c>
       <c r="J46" s="2">
-        <v>13</v>
+        <v>2</v>
       </c>
       <c r="K46" s="2">
         <v>100</v>
       </c>
       <c r="L46" s="2">
-        <v>180</v>
+        <v>350</v>
       </c>
       <c r="M46" s="2">
         <v>0</v>
       </c>
       <c r="N46" s="2">
-        <v>280</v>
+        <v>450</v>
       </c>
     </row>
     <row r="47" spans="1:14">
       <c r="A47" s="2">
-        <v>101098</v>
+        <v>104846</v>
       </c>
       <c r="B47" s="2" t="s">
         <v>160</v>
       </c>
       <c r="C47" s="2" t="s">
         <v>161</v>
       </c>
       <c r="D47" s="2"/>
       <c r="E47" s="2">
-        <v>7028</v>
+        <v>7015</v>
       </c>
       <c r="F47" s="2" t="s">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="G47" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H47" s="2" t="s">
         <v>162</v>
       </c>
       <c r="I47" s="2">
         <v>16</v>
       </c>
       <c r="J47" s="2">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="K47" s="2">
         <v>100</v>
       </c>
       <c r="L47" s="2">
-        <v>160</v>
+        <v>170</v>
       </c>
       <c r="M47" s="2">
         <v>0</v>
       </c>
       <c r="N47" s="2">
-        <v>260</v>
+        <v>270</v>
       </c>
     </row>
     <row r="48" spans="1:14">
       <c r="A48" s="2">
-        <v>104846</v>
+        <v>113450</v>
       </c>
       <c r="B48" s="2" t="s">
         <v>163</v>
       </c>
       <c r="C48" s="2" t="s">
         <v>164</v>
       </c>
       <c r="D48" s="2"/>
       <c r="E48" s="2">
-        <v>7015</v>
+        <v>7093</v>
       </c>
       <c r="F48" s="2" t="s">
-        <v>21</v>
+        <v>165</v>
       </c>
       <c r="G48" s="2" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="H48" s="2" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="I48" s="2">
         <v>16</v>
       </c>
       <c r="J48" s="2">
-        <v>14</v>
+        <v>3</v>
       </c>
       <c r="K48" s="2">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="L48" s="2">
-        <v>170</v>
+        <v>0</v>
       </c>
       <c r="M48" s="2">
         <v>0</v>
       </c>
       <c r="N48" s="2">
-        <v>270</v>
+        <v>0</v>
       </c>
     </row>
     <row r="49" spans="1:14">
       <c r="A49" s="2">
-        <v>113450</v>
+        <v>101098</v>
       </c>
       <c r="B49" s="2" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="C49" s="2" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="D49" s="2"/>
       <c r="E49" s="2">
-        <v>7093</v>
+        <v>7028</v>
       </c>
       <c r="F49" s="2" t="s">
-        <v>168</v>
+        <v>47</v>
       </c>
       <c r="G49" s="2" t="s">
-        <v>32</v>
+        <v>17</v>
       </c>
       <c r="H49" s="2" t="s">
         <v>169</v>
       </c>
       <c r="I49" s="2">
         <v>16</v>
       </c>
       <c r="J49" s="2">
-        <v>3</v>
+        <v>15</v>
       </c>
       <c r="K49" s="2">
-        <v>0</v>
+        <v>100</v>
       </c>
       <c r="L49" s="2">
-        <v>0</v>
+        <v>160</v>
       </c>
       <c r="M49" s="2">
         <v>0</v>
       </c>
       <c r="N49" s="2">
-        <v>0</v>
+        <v>260</v>
       </c>
     </row>
     <row r="50" spans="1:14">
       <c r="A50" s="2">
-        <v>101715</v>
+        <v>101728</v>
       </c>
       <c r="B50" s="2" t="s">
-        <v>35</v>
+        <v>170</v>
       </c>
       <c r="C50" s="2" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="D50" s="2"/>
       <c r="E50" s="2">
-        <v>7042</v>
+        <v>7098</v>
       </c>
       <c r="F50" s="2" t="s">
-        <v>21</v>
+        <v>47</v>
       </c>
       <c r="G50" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H50" s="2" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="I50" s="2">
         <v>17</v>
       </c>
       <c r="J50" s="2">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="K50" s="2">
         <v>100</v>
       </c>
       <c r="L50" s="2">
-        <v>160</v>
+        <v>150</v>
       </c>
       <c r="M50" s="2">
         <v>0</v>
       </c>
       <c r="N50" s="2">
-        <v>260</v>
+        <v>250</v>
       </c>
     </row>
     <row r="51" spans="1:14">
       <c r="A51" s="2">
-        <v>101728</v>
+        <v>105537</v>
       </c>
       <c r="B51" s="2" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="C51" s="2" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="D51" s="2"/>
       <c r="E51" s="2">
-        <v>7098</v>
+        <v>7065</v>
       </c>
       <c r="F51" s="2" t="s">
-        <v>40</v>
+        <v>76</v>
       </c>
       <c r="G51" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H51" s="2" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="I51" s="2">
         <v>17</v>
       </c>
       <c r="J51" s="2">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="K51" s="2">
         <v>100</v>
       </c>
       <c r="L51" s="2">
-        <v>150</v>
+        <v>170</v>
       </c>
       <c r="M51" s="2">
         <v>0</v>
       </c>
       <c r="N51" s="2">
-        <v>250</v>
+        <v>270</v>
       </c>
     </row>
     <row r="52" spans="1:14">
       <c r="A52" s="2">
-        <v>105537</v>
+        <v>101715</v>
       </c>
       <c r="B52" s="2" t="s">
-        <v>175</v>
+        <v>32</v>
       </c>
       <c r="C52" s="2" t="s">
         <v>176</v>
       </c>
       <c r="D52" s="2"/>
       <c r="E52" s="2">
-        <v>7065</v>
+        <v>7042</v>
       </c>
       <c r="F52" s="2" t="s">
-        <v>68</v>
+        <v>16</v>
       </c>
       <c r="G52" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H52" s="2" t="s">
         <v>177</v>
       </c>
       <c r="I52" s="2">
         <v>17</v>
       </c>
       <c r="J52" s="2">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="K52" s="2">
         <v>100</v>
       </c>
       <c r="L52" s="2">
-        <v>170</v>
+        <v>160</v>
       </c>
       <c r="M52" s="2">
         <v>0</v>
       </c>
       <c r="N52" s="2">
-        <v>270</v>
+        <v>260</v>
       </c>
     </row>
     <row r="53" spans="1:14">
       <c r="A53" s="2">
-        <v>104847</v>
+        <v>104851</v>
       </c>
       <c r="B53" s="2" t="s">
         <v>178</v>
       </c>
       <c r="C53" s="2" t="s">
         <v>179</v>
       </c>
       <c r="D53" s="2"/>
       <c r="E53" s="2">
-        <v>7008</v>
+        <v>7148</v>
       </c>
       <c r="F53" s="2" t="s">
-        <v>94</v>
+        <v>16</v>
       </c>
       <c r="G53" s="2" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="H53" s="2" t="s">
         <v>180</v>
       </c>
       <c r="I53" s="2">
         <v>18</v>
       </c>
       <c r="J53" s="2">
-        <v>16</v>
+        <v>2</v>
       </c>
       <c r="K53" s="2">
         <v>100</v>
       </c>
       <c r="L53" s="2">
-        <v>150</v>
+        <v>350</v>
       </c>
       <c r="M53" s="2">
         <v>0</v>
       </c>
       <c r="N53" s="2">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="54" spans="1:14">
       <c r="A54" s="2">
-        <v>104851</v>
+        <v>114342</v>
       </c>
       <c r="B54" s="2" t="s">
         <v>181</v>
       </c>
       <c r="C54" s="2" t="s">
         <v>182</v>
       </c>
       <c r="D54" s="2"/>
       <c r="E54" s="2">
-        <v>7148</v>
+        <v>7039</v>
       </c>
       <c r="F54" s="2" t="s">
-        <v>21</v>
+        <v>183</v>
       </c>
       <c r="G54" s="2" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="H54" s="2" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="I54" s="2">
         <v>18</v>
       </c>
       <c r="J54" s="2">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="K54" s="2">
         <v>100</v>
       </c>
       <c r="L54" s="2">
-        <v>350</v>
+        <v>300</v>
       </c>
       <c r="M54" s="2">
         <v>0</v>
       </c>
       <c r="N54" s="2">
-        <v>450</v>
+        <v>400</v>
       </c>
     </row>
     <row r="55" spans="1:14">
       <c r="A55" s="2">
-        <v>114342</v>
+        <v>104847</v>
       </c>
       <c r="B55" s="2" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="C55" s="2" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="D55" s="2"/>
       <c r="E55" s="2">
-        <v>7039</v>
+        <v>7008</v>
       </c>
       <c r="F55" s="2" t="s">
-        <v>186</v>
+        <v>90</v>
       </c>
       <c r="G55" s="2" t="s">
-        <v>32</v>
+        <v>17</v>
       </c>
       <c r="H55" s="2" t="s">
         <v>187</v>
       </c>
       <c r="I55" s="2">
         <v>18</v>
       </c>
       <c r="J55" s="2">
-        <v>4</v>
+        <v>16</v>
       </c>
       <c r="K55" s="2">
         <v>100</v>
       </c>
       <c r="L55" s="2">
-        <v>300</v>
+        <v>150</v>
       </c>
       <c r="M55" s="2">
         <v>0</v>
       </c>
       <c r="N55" s="2">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="56" spans="1:14">
       <c r="A56" s="2">
         <v>108735</v>
       </c>
       <c r="B56" s="2" t="s">
         <v>188</v>
       </c>
       <c r="C56" s="2" t="s">
         <v>189</v>
       </c>
       <c r="D56" s="2"/>
       <c r="E56" s="2">
         <v>7124</v>
       </c>
       <c r="F56" s="2" t="s">
-        <v>90</v>
+        <v>97</v>
       </c>
       <c r="G56" s="2" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="H56" s="2" t="s">
         <v>190</v>
       </c>
       <c r="I56" s="2">
         <v>19</v>
       </c>
       <c r="J56" s="2">
         <v>3</v>
       </c>
       <c r="K56" s="2">
         <v>100</v>
       </c>
       <c r="L56" s="2">
         <v>325</v>
       </c>
       <c r="M56" s="2">
         <v>0</v>
       </c>
       <c r="N56" s="2">
         <v>425</v>
       </c>
     </row>
     <row r="57" spans="1:14">
       <c r="A57" s="2">
         <v>101780</v>
       </c>
       <c r="B57" s="2" t="s">
         <v>191</v>
       </c>
       <c r="C57" s="2" t="s">
         <v>192</v>
       </c>
       <c r="D57" s="2"/>
       <c r="E57" s="2">
         <v>7025</v>
       </c>
       <c r="F57" s="2" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="G57" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H57" s="2" t="s">
         <v>193</v>
       </c>
       <c r="I57" s="2">
         <v>19</v>
       </c>
       <c r="J57" s="2">
         <v>17</v>
       </c>
       <c r="K57" s="2">
         <v>100</v>
       </c>
       <c r="L57" s="2">
         <v>140</v>
       </c>
       <c r="M57" s="2">
         <v>0</v>
       </c>
       <c r="N57" s="2">
         <v>240</v>
       </c>
     </row>
     <row r="58" spans="1:14">
       <c r="A58" s="2">
         <v>111782</v>
       </c>
       <c r="B58" s="2" t="s">
-        <v>35</v>
+        <v>32</v>
       </c>
       <c r="C58" s="2" t="s">
         <v>194</v>
       </c>
       <c r="D58" s="2"/>
       <c r="E58" s="2">
         <v>7098</v>
       </c>
       <c r="F58" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G58" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H58" s="2" t="s">
         <v>195</v>
       </c>
       <c r="I58" s="2">
         <v>19</v>
       </c>
       <c r="J58" s="2">
         <v>15</v>
       </c>
       <c r="K58" s="2">
         <v>100</v>
       </c>
       <c r="L58" s="2">
         <v>160</v>
       </c>
       <c r="M58" s="2">
         <v>0</v>
       </c>
       <c r="N58" s="2">
         <v>260</v>
       </c>
     </row>
     <row r="59" spans="1:14">
       <c r="A59" s="2">
         <v>104848</v>
       </c>
       <c r="B59" s="2" t="s">
         <v>196</v>
       </c>
       <c r="C59" s="2" t="s">
         <v>197</v>
       </c>
       <c r="D59" s="2"/>
       <c r="E59" s="2">
         <v>7032</v>
       </c>
       <c r="F59" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G59" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H59" s="2" t="s">
         <v>198</v>
       </c>
       <c r="I59" s="2">
         <v>20</v>
       </c>
       <c r="J59" s="2">
         <v>18</v>
       </c>
       <c r="K59" s="2">
         <v>100</v>
       </c>
       <c r="L59" s="2">
         <v>130</v>
       </c>
       <c r="M59" s="2">
         <v>0</v>
       </c>
       <c r="N59" s="2">
         <v>230</v>
       </c>
     </row>
     <row r="60" spans="1:14">
       <c r="A60" s="2">
         <v>108736</v>
       </c>
       <c r="B60" s="2" t="s">
         <v>199</v>
       </c>
       <c r="C60" s="2" t="s">
         <v>200</v>
       </c>
       <c r="D60" s="2"/>
       <c r="E60" s="2">
         <v>7074</v>
       </c>
       <c r="F60" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G60" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H60" s="2" t="s">
         <v>201</v>
       </c>
       <c r="I60" s="2">
         <v>20</v>
       </c>
       <c r="J60" s="2">
         <v>17</v>
       </c>
       <c r="K60" s="2">
         <v>100</v>
       </c>
       <c r="L60" s="2">
         <v>140</v>
       </c>
       <c r="M60" s="2">
         <v>0</v>
       </c>
       <c r="N60" s="2">
         <v>240</v>
       </c>
     </row>
     <row r="61" spans="1:14">
       <c r="A61" s="2">
         <v>101694</v>
       </c>
       <c r="B61" s="2" t="s">
         <v>202</v>
       </c>
       <c r="C61" s="2" t="s">
         <v>203</v>
       </c>
       <c r="D61" s="2"/>
       <c r="E61" s="2">
         <v>7076</v>
       </c>
       <c r="F61" s="2" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="G61" s="2" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="H61" s="2" t="s">
         <v>204</v>
       </c>
       <c r="I61" s="2">
         <v>20</v>
       </c>
       <c r="J61" s="2">
         <v>5</v>
       </c>
       <c r="K61" s="2">
         <v>100</v>
       </c>
       <c r="L61" s="2">
         <v>275</v>
       </c>
       <c r="M61" s="2">
         <v>0</v>
       </c>
       <c r="N61" s="2">
         <v>375</v>
       </c>
     </row>
     <row r="62" spans="1:14">
       <c r="A62" s="2">
-        <v>108737</v>
+        <v>114343</v>
       </c>
       <c r="B62" s="2" t="s">
         <v>205</v>
       </c>
       <c r="C62" s="2" t="s">
         <v>206</v>
       </c>
       <c r="D62" s="2"/>
       <c r="E62" s="2">
-        <v>7141</v>
+        <v>7080</v>
       </c>
       <c r="F62" s="2" t="s">
-        <v>21</v>
+        <v>207</v>
       </c>
       <c r="G62" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H62" s="2" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="I62" s="2">
         <v>21</v>
       </c>
       <c r="J62" s="2">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="K62" s="2">
         <v>100</v>
       </c>
       <c r="L62" s="2">
-        <v>130</v>
+        <v>150</v>
       </c>
       <c r="M62" s="2">
         <v>0</v>
       </c>
       <c r="N62" s="2">
-        <v>230</v>
+        <v>250</v>
       </c>
     </row>
     <row r="63" spans="1:14">
       <c r="A63" s="2">
         <v>104849</v>
       </c>
       <c r="B63" s="2" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="C63" s="2" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="D63" s="2"/>
       <c r="E63" s="2">
         <v>7012</v>
       </c>
       <c r="F63" s="2" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="G63" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H63" s="2" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="I63" s="2">
         <v>21</v>
       </c>
       <c r="J63" s="2">
         <v>19</v>
       </c>
       <c r="K63" s="2">
         <v>100</v>
       </c>
       <c r="L63" s="2">
         <v>120</v>
       </c>
       <c r="M63" s="2">
         <v>0</v>
       </c>
       <c r="N63" s="2">
         <v>220</v>
       </c>
     </row>
     <row r="64" spans="1:14">
       <c r="A64" s="2">
-        <v>114343</v>
+        <v>108737</v>
       </c>
       <c r="B64" s="2" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="C64" s="2" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="D64" s="2"/>
       <c r="E64" s="2">
-        <v>7080</v>
+        <v>7141</v>
       </c>
       <c r="F64" s="2" t="s">
-        <v>213</v>
+        <v>16</v>
       </c>
       <c r="G64" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H64" s="2" t="s">
         <v>214</v>
       </c>
       <c r="I64" s="2">
         <v>21</v>
       </c>
       <c r="J64" s="2">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="K64" s="2">
         <v>100</v>
       </c>
       <c r="L64" s="2">
-        <v>150</v>
+        <v>130</v>
       </c>
       <c r="M64" s="2">
         <v>0</v>
       </c>
       <c r="N64" s="2">
-        <v>250</v>
+        <v>230</v>
       </c>
     </row>
     <row r="65" spans="1:14">
       <c r="A65" s="2">
-        <v>108739</v>
+        <v>103160</v>
       </c>
       <c r="B65" s="2" t="s">
         <v>215</v>
       </c>
       <c r="C65" s="2" t="s">
         <v>216</v>
       </c>
       <c r="D65" s="2"/>
       <c r="E65" s="2">
-        <v>7049</v>
+        <v>7001</v>
       </c>
       <c r="F65" s="2" t="s">
-        <v>21</v>
+        <v>154</v>
       </c>
       <c r="G65" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H65" s="2" t="s">
         <v>217</v>
       </c>
       <c r="I65" s="2">
         <v>22</v>
       </c>
       <c r="J65" s="2">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="K65" s="2">
         <v>100</v>
       </c>
       <c r="L65" s="2">
-        <v>140</v>
+        <v>110</v>
       </c>
       <c r="M65" s="2">
         <v>0</v>
       </c>
       <c r="N65" s="2">
-        <v>240</v>
+        <v>210</v>
       </c>
     </row>
     <row r="66" spans="1:14">
       <c r="A66" s="2">
-        <v>103160</v>
+        <v>104857</v>
       </c>
       <c r="B66" s="2" t="s">
         <v>218</v>
       </c>
       <c r="C66" s="2" t="s">
-        <v>219</v>
+        <v>109</v>
       </c>
       <c r="D66" s="2"/>
       <c r="E66" s="2">
-        <v>7001</v>
+        <v>7082</v>
       </c>
       <c r="F66" s="2" t="s">
-        <v>155</v>
+        <v>16</v>
       </c>
       <c r="G66" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H66" s="2" t="s">
-        <v>220</v>
+        <v>219</v>
       </c>
       <c r="I66" s="2">
         <v>22</v>
       </c>
       <c r="J66" s="2">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K66" s="2">
         <v>100</v>
       </c>
       <c r="L66" s="2">
-        <v>110</v>
+        <v>120</v>
       </c>
       <c r="M66" s="2">
         <v>0</v>
       </c>
       <c r="N66" s="2">
-        <v>210</v>
+        <v>220</v>
       </c>
     </row>
     <row r="67" spans="1:14">
       <c r="A67" s="2">
-        <v>104857</v>
+        <v>108739</v>
       </c>
       <c r="B67" s="2" t="s">
+        <v>220</v>
+      </c>
+      <c r="C67" s="2" t="s">
         <v>221</v>
-      </c>
-[...1 lines deleted...]
-        <v>113</v>
       </c>
       <c r="D67" s="2"/>
       <c r="E67" s="2">
-        <v>7082</v>
+        <v>7049</v>
       </c>
       <c r="F67" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G67" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H67" s="2" t="s">
         <v>222</v>
       </c>
       <c r="I67" s="2">
         <v>22</v>
       </c>
       <c r="J67" s="2">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="K67" s="2">
         <v>100</v>
       </c>
       <c r="L67" s="2">
-        <v>120</v>
+        <v>140</v>
       </c>
       <c r="M67" s="2">
         <v>0</v>
       </c>
       <c r="N67" s="2">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="68" spans="1:14">
       <c r="A68" s="2">
         <v>114317</v>
       </c>
       <c r="B68" s="2" t="s">
         <v>223</v>
       </c>
       <c r="C68" s="2" t="s">
         <v>224</v>
       </c>
       <c r="D68" s="2" t="s">
         <v>225</v>
       </c>
       <c r="E68" s="2">
         <v>7100</v>
       </c>
       <c r="F68" s="2" t="s">
         <v>226</v>
       </c>
       <c r="G68" s="2" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="H68" s="2" t="s">
         <v>227</v>
       </c>
       <c r="I68" s="2">
         <v>23</v>
       </c>
       <c r="J68" s="2">
         <v>6</v>
       </c>
       <c r="K68" s="2">
         <v>100</v>
       </c>
       <c r="L68" s="2">
         <v>250</v>
       </c>
       <c r="M68" s="2">
         <v>0</v>
       </c>
       <c r="N68" s="2">
         <v>350</v>
       </c>
     </row>
     <row r="69" spans="1:14">
       <c r="A69" s="2">
         <v>104851</v>
       </c>
       <c r="B69" s="2" t="s">
-        <v>181</v>
+        <v>178</v>
       </c>
       <c r="C69" s="2" t="s">
-        <v>182</v>
+        <v>179</v>
       </c>
       <c r="D69" s="2"/>
       <c r="E69" s="2">
         <v>7035</v>
       </c>
       <c r="F69" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G69" s="2" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="H69" s="2" t="s">
         <v>228</v>
       </c>
       <c r="I69" s="2">
         <v>23</v>
       </c>
       <c r="J69" s="2">
         <v>3</v>
       </c>
       <c r="K69" s="2">
         <v>100</v>
       </c>
       <c r="L69" s="2">
         <v>325</v>
       </c>
       <c r="M69" s="2">
         <v>0</v>
       </c>
       <c r="N69" s="2">
         <v>425</v>
       </c>
     </row>
     <row r="70" spans="1:14">
       <c r="A70" s="2">
         <v>108739</v>
       </c>
       <c r="B70" s="2" t="s">
-        <v>215</v>
+        <v>220</v>
       </c>
       <c r="C70" s="2" t="s">
-        <v>216</v>
+        <v>221</v>
       </c>
       <c r="D70" s="2"/>
       <c r="E70" s="2">
         <v>7064</v>
       </c>
       <c r="F70" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G70" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H70" s="2" t="s">
         <v>229</v>
       </c>
       <c r="I70" s="2">
         <v>23</v>
       </c>
       <c r="J70" s="2">
         <v>20</v>
       </c>
       <c r="K70" s="2">
         <v>100</v>
       </c>
       <c r="L70" s="2">
         <v>110</v>
       </c>
       <c r="M70" s="2">
         <v>0</v>
       </c>
       <c r="N70" s="2">
         <v>210</v>
       </c>
     </row>
     <row r="71" spans="1:14">
       <c r="A71" s="2">
-        <v>104852</v>
+        <v>108335</v>
       </c>
       <c r="B71" s="2" t="s">
-        <v>53</v>
+        <v>32</v>
       </c>
       <c r="C71" s="2" t="s">
-        <v>54</v>
+        <v>230</v>
       </c>
       <c r="D71" s="2"/>
       <c r="E71" s="2">
-        <v>7037</v>
+        <v>7047</v>
       </c>
       <c r="F71" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G71" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H71" s="2" t="s">
-        <v>228</v>
+        <v>231</v>
       </c>
       <c r="I71" s="2">
         <v>24</v>
       </c>
       <c r="J71" s="2">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="K71" s="2">
         <v>100</v>
       </c>
       <c r="L71" s="2">
-        <v>100</v>
+        <v>130</v>
       </c>
       <c r="M71" s="2">
         <v>0</v>
       </c>
       <c r="N71" s="2">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="72" spans="1:14">
       <c r="A72" s="2">
-        <v>105542</v>
+        <v>104852</v>
       </c>
       <c r="B72" s="2" t="s">
-        <v>147</v>
+        <v>50</v>
       </c>
       <c r="C72" s="2" t="s">
-        <v>230</v>
+        <v>51</v>
       </c>
       <c r="D72" s="2"/>
       <c r="E72" s="2">
-        <v>7081</v>
+        <v>7037</v>
       </c>
       <c r="F72" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G72" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H72" s="2" t="s">
-        <v>231</v>
+        <v>228</v>
       </c>
       <c r="I72" s="2">
         <v>24</v>
       </c>
       <c r="J72" s="2">
         <v>21</v>
       </c>
       <c r="K72" s="2">
         <v>100</v>
       </c>
       <c r="L72" s="2">
         <v>100</v>
       </c>
       <c r="M72" s="2">
         <v>0</v>
       </c>
       <c r="N72" s="2">
         <v>200</v>
       </c>
     </row>
     <row r="73" spans="1:14">
       <c r="A73" s="2">
-        <v>108335</v>
+        <v>105542</v>
       </c>
       <c r="B73" s="2" t="s">
-        <v>35</v>
+        <v>145</v>
       </c>
       <c r="C73" s="2" t="s">
         <v>232</v>
       </c>
       <c r="D73" s="2"/>
       <c r="E73" s="2">
-        <v>7047</v>
+        <v>7081</v>
       </c>
       <c r="F73" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G73" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H73" s="2" t="s">
         <v>233</v>
       </c>
       <c r="I73" s="2">
         <v>24</v>
       </c>
       <c r="J73" s="2">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="K73" s="2">
         <v>100</v>
       </c>
       <c r="L73" s="2">
-        <v>130</v>
+        <v>100</v>
       </c>
       <c r="M73" s="2">
         <v>0</v>
       </c>
       <c r="N73" s="2">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="74" spans="1:14">
       <c r="A74" s="2">
         <v>104853</v>
       </c>
       <c r="B74" s="2" t="s">
         <v>234</v>
       </c>
       <c r="C74" s="2" t="s">
         <v>235</v>
       </c>
       <c r="D74" s="2"/>
       <c r="E74" s="2">
         <v>7030</v>
       </c>
       <c r="F74" s="2" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="G74" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H74" s="2" t="s">
         <v>236</v>
       </c>
       <c r="I74" s="2">
         <v>25</v>
       </c>
       <c r="J74" s="2">
         <v>22</v>
       </c>
       <c r="K74" s="2">
         <v>100</v>
       </c>
       <c r="L74" s="2">
         <v>99</v>
       </c>
       <c r="M74" s="2">
         <v>0</v>
       </c>
       <c r="N74" s="2">
         <v>199</v>
       </c>
     </row>
     <row r="75" spans="1:14">
       <c r="A75" s="2">
         <v>108741</v>
       </c>
       <c r="B75" s="2" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="C75" s="2" t="s">
         <v>237</v>
       </c>
       <c r="D75" s="2"/>
       <c r="E75" s="2">
         <v>7080</v>
       </c>
       <c r="F75" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G75" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H75" s="2" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="I75" s="2">
         <v>25</v>
       </c>
       <c r="J75" s="2">
         <v>22</v>
       </c>
       <c r="K75" s="2">
         <v>100</v>
       </c>
       <c r="L75" s="2">
         <v>99</v>
       </c>
       <c r="M75" s="2">
         <v>0</v>
       </c>
       <c r="N75" s="2">
         <v>199</v>
       </c>
     </row>
     <row r="76" spans="1:14">
       <c r="A76" s="2">
         <v>103137</v>
       </c>
       <c r="B76" s="2" t="s">
         <v>238</v>
       </c>
       <c r="C76" s="2" t="s">
         <v>239</v>
       </c>
       <c r="D76" s="2"/>
       <c r="E76" s="2">
         <v>7095</v>
       </c>
       <c r="F76" s="2" t="s">
-        <v>94</v>
+        <v>90</v>
       </c>
       <c r="G76" s="2" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="H76" s="2" t="s">
         <v>240</v>
       </c>
       <c r="I76" s="2">
         <v>25</v>
       </c>
       <c r="J76" s="2">
         <v>7</v>
       </c>
       <c r="K76" s="2">
         <v>0</v>
       </c>
       <c r="L76" s="2">
         <v>0</v>
       </c>
       <c r="M76" s="2">
         <v>0</v>
       </c>
       <c r="N76" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="77" spans="1:14">
       <c r="A77" s="2">
-        <v>114345</v>
+        <v>104854</v>
       </c>
       <c r="B77" s="2" t="s">
         <v>241</v>
       </c>
       <c r="C77" s="2" t="s">
         <v>242</v>
       </c>
       <c r="D77" s="2"/>
       <c r="E77" s="2">
-        <v>7043</v>
+        <v>7017</v>
       </c>
       <c r="F77" s="2" t="s">
-        <v>21</v>
+        <v>47</v>
       </c>
       <c r="G77" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H77" s="2" t="s">
         <v>243</v>
       </c>
       <c r="I77" s="2">
         <v>26</v>
       </c>
       <c r="J77" s="2">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="K77" s="2">
         <v>100</v>
       </c>
       <c r="L77" s="2">
-        <v>120</v>
+        <v>98</v>
       </c>
       <c r="M77" s="2">
         <v>0</v>
       </c>
       <c r="N77" s="2">
-        <v>220</v>
+        <v>198</v>
       </c>
     </row>
     <row r="78" spans="1:14">
       <c r="A78" s="2">
-        <v>104854</v>
+        <v>108742</v>
       </c>
       <c r="B78" s="2" t="s">
         <v>244</v>
       </c>
       <c r="C78" s="2" t="s">
         <v>245</v>
       </c>
       <c r="D78" s="2"/>
       <c r="E78" s="2">
-        <v>7017</v>
+        <v>7108</v>
       </c>
       <c r="F78" s="2" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="G78" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H78" s="2" t="s">
         <v>246</v>
       </c>
       <c r="I78" s="2">
         <v>26</v>
       </c>
       <c r="J78" s="2">
         <v>23</v>
       </c>
       <c r="K78" s="2">
         <v>100</v>
       </c>
       <c r="L78" s="2">
         <v>98</v>
       </c>
       <c r="M78" s="2">
         <v>0</v>
       </c>
       <c r="N78" s="2">
         <v>198</v>
       </c>
     </row>
     <row r="79" spans="1:14">
       <c r="A79" s="2">
-        <v>108742</v>
+        <v>114345</v>
       </c>
       <c r="B79" s="2" t="s">
         <v>247</v>
       </c>
       <c r="C79" s="2" t="s">
         <v>248</v>
       </c>
       <c r="D79" s="2"/>
       <c r="E79" s="2">
-        <v>7108</v>
+        <v>7043</v>
       </c>
       <c r="F79" s="2" t="s">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="G79" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H79" s="2" t="s">
         <v>249</v>
       </c>
       <c r="I79" s="2">
         <v>26</v>
       </c>
       <c r="J79" s="2">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="K79" s="2">
         <v>100</v>
       </c>
       <c r="L79" s="2">
-        <v>98</v>
+        <v>120</v>
       </c>
       <c r="M79" s="2">
         <v>0</v>
       </c>
       <c r="N79" s="2">
-        <v>198</v>
+        <v>220</v>
       </c>
     </row>
     <row r="80" spans="1:14">
       <c r="A80" s="2">
-        <v>101182</v>
+        <v>105539</v>
       </c>
       <c r="B80" s="2" t="s">
         <v>250</v>
       </c>
       <c r="C80" s="2" t="s">
         <v>251</v>
       </c>
       <c r="D80" s="2"/>
       <c r="E80" s="2">
-        <v>7040</v>
+        <v>7029</v>
       </c>
       <c r="F80" s="2" t="s">
-        <v>168</v>
+        <v>80</v>
       </c>
       <c r="G80" s="2" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="H80" s="2" t="s">
         <v>252</v>
       </c>
       <c r="I80" s="2">
         <v>27</v>
       </c>
       <c r="J80" s="2">
-        <v>24</v>
+        <v>8</v>
       </c>
       <c r="K80" s="2">
         <v>100</v>
       </c>
       <c r="L80" s="2">
-        <v>97</v>
+        <v>230</v>
       </c>
       <c r="M80" s="2">
         <v>0</v>
       </c>
       <c r="N80" s="2">
-        <v>197</v>
+        <v>330</v>
       </c>
     </row>
     <row r="81" spans="1:14">
       <c r="A81" s="2">
-        <v>108743</v>
+        <v>101182</v>
       </c>
       <c r="B81" s="2" t="s">
         <v>253</v>
       </c>
       <c r="C81" s="2" t="s">
         <v>254</v>
       </c>
       <c r="D81" s="2"/>
       <c r="E81" s="2">
-        <v>7122</v>
+        <v>7040</v>
       </c>
       <c r="F81" s="2" t="s">
-        <v>40</v>
+        <v>165</v>
       </c>
       <c r="G81" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H81" s="2" t="s">
-        <v>249</v>
+        <v>255</v>
       </c>
       <c r="I81" s="2">
         <v>27</v>
       </c>
       <c r="J81" s="2">
         <v>24</v>
       </c>
       <c r="K81" s="2">
         <v>100</v>
       </c>
       <c r="L81" s="2">
         <v>97</v>
       </c>
       <c r="M81" s="2">
         <v>0</v>
       </c>
       <c r="N81" s="2">
         <v>197</v>
       </c>
     </row>
     <row r="82" spans="1:14">
       <c r="A82" s="2">
-        <v>105539</v>
+        <v>108743</v>
       </c>
       <c r="B82" s="2" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="C82" s="2" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="D82" s="2"/>
       <c r="E82" s="2">
-        <v>7029</v>
+        <v>7122</v>
       </c>
       <c r="F82" s="2" t="s">
-        <v>80</v>
+        <v>47</v>
       </c>
       <c r="G82" s="2" t="s">
-        <v>32</v>
+        <v>17</v>
       </c>
       <c r="H82" s="2" t="s">
-        <v>257</v>
+        <v>246</v>
       </c>
       <c r="I82" s="2">
         <v>27</v>
       </c>
       <c r="J82" s="2">
-        <v>8</v>
+        <v>24</v>
       </c>
       <c r="K82" s="2">
         <v>100</v>
       </c>
       <c r="L82" s="2">
-        <v>230</v>
+        <v>97</v>
       </c>
       <c r="M82" s="2">
         <v>0</v>
       </c>
       <c r="N82" s="2">
-        <v>330</v>
+        <v>197</v>
       </c>
     </row>
     <row r="83" spans="1:14">
       <c r="A83" s="2">
-        <v>109809</v>
+        <v>104855</v>
       </c>
       <c r="B83" s="2" t="s">
         <v>258</v>
       </c>
       <c r="C83" s="2" t="s">
         <v>259</v>
       </c>
       <c r="D83" s="2"/>
       <c r="E83" s="2">
         <v>7028</v>
       </c>
       <c r="F83" s="2" t="s">
-        <v>36</v>
+        <v>226</v>
       </c>
       <c r="G83" s="2" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="H83" s="2" t="s">
         <v>260</v>
       </c>
       <c r="I83" s="2">
         <v>28</v>
       </c>
       <c r="J83" s="2">
-        <v>9</v>
+        <v>4</v>
       </c>
       <c r="K83" s="2">
         <v>100</v>
       </c>
       <c r="L83" s="2">
-        <v>220</v>
+        <v>300</v>
       </c>
       <c r="M83" s="2">
         <v>0</v>
       </c>
       <c r="N83" s="2">
-        <v>320</v>
+        <v>400</v>
       </c>
     </row>
     <row r="84" spans="1:14">
       <c r="A84" s="2">
-        <v>104855</v>
+        <v>108744</v>
       </c>
       <c r="B84" s="2" t="s">
         <v>261</v>
       </c>
       <c r="C84" s="2" t="s">
-        <v>262</v>
+        <v>197</v>
       </c>
       <c r="D84" s="2"/>
       <c r="E84" s="2">
-        <v>7028</v>
+        <v>7051</v>
       </c>
       <c r="F84" s="2" t="s">
-        <v>226</v>
+        <v>16</v>
       </c>
       <c r="G84" s="2" t="s">
-        <v>32</v>
+        <v>17</v>
       </c>
       <c r="H84" s="2" t="s">
-        <v>263</v>
+        <v>262</v>
       </c>
       <c r="I84" s="2">
         <v>28</v>
       </c>
       <c r="J84" s="2">
-        <v>4</v>
+        <v>25</v>
       </c>
       <c r="K84" s="2">
         <v>100</v>
       </c>
       <c r="L84" s="2">
-        <v>300</v>
+        <v>96</v>
       </c>
       <c r="M84" s="2">
         <v>0</v>
       </c>
       <c r="N84" s="2">
-        <v>400</v>
+        <v>196</v>
       </c>
     </row>
     <row r="85" spans="1:14">
       <c r="A85" s="2">
-        <v>108744</v>
+        <v>109809</v>
       </c>
       <c r="B85" s="2" t="s">
+        <v>263</v>
+      </c>
+      <c r="C85" s="2" t="s">
         <v>264</v>
-      </c>
-[...1 lines deleted...]
-        <v>197</v>
       </c>
       <c r="D85" s="2"/>
       <c r="E85" s="2">
-        <v>7051</v>
+        <v>7028</v>
       </c>
       <c r="F85" s="2" t="s">
-        <v>21</v>
+        <v>33</v>
       </c>
       <c r="G85" s="2" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="H85" s="2" t="s">
         <v>265</v>
       </c>
       <c r="I85" s="2">
         <v>28</v>
       </c>
       <c r="J85" s="2">
-        <v>25</v>
+        <v>9</v>
       </c>
       <c r="K85" s="2">
         <v>100</v>
       </c>
       <c r="L85" s="2">
-        <v>96</v>
+        <v>220</v>
       </c>
       <c r="M85" s="2">
         <v>0</v>
       </c>
       <c r="N85" s="2">
-        <v>196</v>
+        <v>320</v>
       </c>
     </row>
     <row r="86" spans="1:14">
       <c r="A86" s="2">
-        <v>104856</v>
+        <v>114346</v>
       </c>
       <c r="B86" s="2" t="s">
         <v>266</v>
       </c>
       <c r="C86" s="2" t="s">
         <v>267</v>
       </c>
       <c r="D86" s="2"/>
       <c r="E86" s="2">
-        <v>7027</v>
+        <v>7099</v>
       </c>
       <c r="F86" s="2" t="s">
         <v>226</v>
       </c>
       <c r="G86" s="2" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="H86" s="2" t="s">
         <v>268</v>
       </c>
       <c r="I86" s="2">
         <v>29</v>
       </c>
       <c r="J86" s="2">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="K86" s="2">
         <v>100</v>
       </c>
       <c r="L86" s="2">
-        <v>96</v>
+        <v>210</v>
       </c>
       <c r="M86" s="2">
         <v>0</v>
       </c>
       <c r="N86" s="2">
-        <v>196</v>
+        <v>310</v>
       </c>
     </row>
     <row r="87" spans="1:14">
       <c r="A87" s="2">
-        <v>108745</v>
+        <v>104856</v>
       </c>
       <c r="B87" s="2" t="s">
-        <v>147</v>
+        <v>269</v>
       </c>
       <c r="C87" s="2" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="D87" s="2"/>
       <c r="E87" s="2">
-        <v>7062</v>
+        <v>7027</v>
       </c>
       <c r="F87" s="2" t="s">
-        <v>21</v>
+        <v>226</v>
       </c>
       <c r="G87" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H87" s="2" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="I87" s="2">
         <v>29</v>
       </c>
       <c r="J87" s="2">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="K87" s="2">
         <v>100</v>
       </c>
       <c r="L87" s="2">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="M87" s="2">
         <v>0</v>
       </c>
       <c r="N87" s="2">
-        <v>195</v>
+        <v>196</v>
       </c>
     </row>
     <row r="88" spans="1:14">
       <c r="A88" s="2">
-        <v>114346</v>
+        <v>108745</v>
       </c>
       <c r="B88" s="2" t="s">
-        <v>271</v>
+        <v>145</v>
       </c>
       <c r="C88" s="2" t="s">
         <v>272</v>
       </c>
       <c r="D88" s="2"/>
       <c r="E88" s="2">
-        <v>7099</v>
+        <v>7062</v>
       </c>
       <c r="F88" s="2" t="s">
-        <v>226</v>
+        <v>16</v>
       </c>
       <c r="G88" s="2" t="s">
-        <v>32</v>
+        <v>17</v>
       </c>
       <c r="H88" s="2" t="s">
         <v>273</v>
       </c>
       <c r="I88" s="2">
         <v>29</v>
       </c>
       <c r="J88" s="2">
-        <v>10</v>
+        <v>26</v>
       </c>
       <c r="K88" s="2">
         <v>100</v>
       </c>
       <c r="L88" s="2">
-        <v>210</v>
+        <v>95</v>
       </c>
       <c r="M88" s="2">
         <v>0</v>
       </c>
       <c r="N88" s="2">
-        <v>310</v>
+        <v>195</v>
       </c>
     </row>
     <row r="89" spans="1:14">
       <c r="A89" s="2">
-        <v>114347</v>
+        <v>104857</v>
       </c>
       <c r="B89" s="2" t="s">
-        <v>274</v>
+        <v>218</v>
       </c>
       <c r="C89" s="2" t="s">
-        <v>35</v>
+        <v>109</v>
       </c>
       <c r="D89" s="2"/>
       <c r="E89" s="2">
-        <v>7044</v>
+        <v>7009</v>
       </c>
       <c r="F89" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G89" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H89" s="2" t="s">
-        <v>275</v>
+        <v>274</v>
       </c>
       <c r="I89" s="2">
         <v>30</v>
       </c>
       <c r="J89" s="2">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="K89" s="2">
         <v>100</v>
       </c>
       <c r="L89" s="2">
-        <v>110</v>
+        <v>94</v>
       </c>
       <c r="M89" s="2">
         <v>0</v>
       </c>
       <c r="N89" s="2">
-        <v>210</v>
+        <v>194</v>
       </c>
     </row>
     <row r="90" spans="1:14">
       <c r="A90" s="2">
-        <v>104857</v>
+        <v>114347</v>
       </c>
       <c r="B90" s="2" t="s">
-        <v>221</v>
+        <v>275</v>
       </c>
       <c r="C90" s="2" t="s">
-        <v>113</v>
+        <v>32</v>
       </c>
       <c r="D90" s="2"/>
       <c r="E90" s="2">
-        <v>7009</v>
+        <v>7044</v>
       </c>
       <c r="F90" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G90" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H90" s="2" t="s">
         <v>276</v>
       </c>
       <c r="I90" s="2">
         <v>30</v>
       </c>
       <c r="J90" s="2">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="K90" s="2">
         <v>100</v>
       </c>
       <c r="L90" s="2">
-        <v>94</v>
+        <v>110</v>
       </c>
       <c r="M90" s="2">
         <v>0</v>
       </c>
       <c r="N90" s="2">
-        <v>194</v>
+        <v>210</v>
       </c>
     </row>
     <row r="91" spans="1:14">
       <c r="A91" s="2">
         <v>108746</v>
       </c>
       <c r="B91" s="2" t="s">
         <v>277</v>
       </c>
       <c r="C91" s="2" t="s">
         <v>278</v>
       </c>
       <c r="D91" s="2"/>
       <c r="E91" s="2">
         <v>7110</v>
       </c>
       <c r="F91" s="2" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
       <c r="G91" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H91" s="2" t="s">
         <v>279</v>
       </c>
       <c r="I91" s="2">
         <v>30</v>
       </c>
       <c r="J91" s="2">
         <v>27</v>
       </c>
       <c r="K91" s="2">
         <v>100</v>
       </c>
       <c r="L91" s="2">
         <v>94</v>
       </c>
       <c r="M91" s="2">
         <v>0</v>
       </c>
       <c r="N91" s="2">
         <v>194</v>
       </c>
     </row>
     <row r="92" spans="1:14">
       <c r="A92" s="2">
         <v>108747</v>
       </c>
       <c r="B92" s="2" t="s">
         <v>280</v>
       </c>
       <c r="C92" s="2" t="s">
         <v>281</v>
       </c>
       <c r="D92" s="2"/>
       <c r="E92" s="2">
         <v>7014</v>
       </c>
       <c r="F92" s="2" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="G92" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H92" s="2" t="s">
         <v>282</v>
       </c>
       <c r="I92" s="2">
         <v>31</v>
       </c>
       <c r="J92" s="2">
         <v>28</v>
       </c>
       <c r="K92" s="2">
         <v>100</v>
       </c>
       <c r="L92" s="2">
         <v>93</v>
       </c>
       <c r="M92" s="2">
         <v>0</v>
       </c>
       <c r="N92" s="2">
         <v>193</v>
       </c>
     </row>
     <row r="93" spans="1:14">
       <c r="A93" s="2">
-        <v>104852</v>
+        <v>104858</v>
       </c>
       <c r="B93" s="2" t="s">
-        <v>53</v>
+        <v>283</v>
       </c>
       <c r="C93" s="2" t="s">
-        <v>54</v>
+        <v>284</v>
       </c>
       <c r="D93" s="2"/>
       <c r="E93" s="2">
-        <v>7117</v>
+        <v>7041</v>
       </c>
       <c r="F93" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G93" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H93" s="2" t="s">
-        <v>283</v>
+        <v>285</v>
       </c>
       <c r="I93" s="2">
         <v>31</v>
       </c>
       <c r="J93" s="2">
-        <v>21</v>
+        <v>27</v>
       </c>
       <c r="K93" s="2">
         <v>100</v>
       </c>
       <c r="L93" s="2">
-        <v>100</v>
+        <v>93</v>
       </c>
       <c r="M93" s="2">
         <v>0</v>
       </c>
       <c r="N93" s="2">
-        <v>200</v>
+        <v>193</v>
       </c>
     </row>
     <row r="94" spans="1:14">
       <c r="A94" s="2">
-        <v>104858</v>
+        <v>104852</v>
       </c>
       <c r="B94" s="2" t="s">
-        <v>284</v>
+        <v>50</v>
       </c>
       <c r="C94" s="2" t="s">
-        <v>285</v>
+        <v>51</v>
       </c>
       <c r="D94" s="2"/>
       <c r="E94" s="2">
-        <v>7041</v>
+        <v>7117</v>
       </c>
       <c r="F94" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G94" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H94" s="2" t="s">
         <v>286</v>
       </c>
       <c r="I94" s="2">
         <v>31</v>
       </c>
       <c r="J94" s="2">
-        <v>27</v>
+        <v>21</v>
       </c>
       <c r="K94" s="2">
         <v>100</v>
       </c>
       <c r="L94" s="2">
-        <v>93</v>
+        <v>100</v>
       </c>
       <c r="M94" s="2">
         <v>0</v>
       </c>
       <c r="N94" s="2">
-        <v>193</v>
+        <v>200</v>
       </c>
     </row>
     <row r="95" spans="1:14">
       <c r="A95" s="2">
-        <v>104859</v>
+        <v>105199</v>
       </c>
       <c r="B95" s="2" t="s">
         <v>287</v>
       </c>
       <c r="C95" s="2" t="s">
         <v>288</v>
       </c>
       <c r="D95" s="2"/>
       <c r="E95" s="2">
-        <v>7004</v>
+        <v>7038</v>
       </c>
       <c r="F95" s="2" t="s">
-        <v>21</v>
+        <v>33</v>
       </c>
       <c r="G95" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H95" s="2" t="s">
-        <v>286</v>
+        <v>289</v>
       </c>
       <c r="I95" s="2">
         <v>32</v>
       </c>
       <c r="J95" s="2">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="K95" s="2">
         <v>100</v>
       </c>
       <c r="L95" s="2">
         <v>92</v>
       </c>
       <c r="M95" s="2">
         <v>0</v>
       </c>
       <c r="N95" s="2">
         <v>192</v>
       </c>
     </row>
     <row r="96" spans="1:14">
       <c r="A96" s="2">
-        <v>114348</v>
+        <v>104859</v>
       </c>
       <c r="B96" s="2" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="C96" s="2" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="D96" s="2"/>
       <c r="E96" s="2">
-        <v>7059</v>
+        <v>7004</v>
       </c>
       <c r="F96" s="2" t="s">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="G96" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H96" s="2" t="s">
-        <v>291</v>
+        <v>285</v>
       </c>
       <c r="I96" s="2">
         <v>32</v>
       </c>
       <c r="J96" s="2">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="K96" s="2">
         <v>100</v>
       </c>
       <c r="L96" s="2">
-        <v>99</v>
+        <v>92</v>
       </c>
       <c r="M96" s="2">
         <v>0</v>
       </c>
       <c r="N96" s="2">
-        <v>199</v>
+        <v>192</v>
       </c>
     </row>
     <row r="97" spans="1:14">
       <c r="A97" s="2">
-        <v>105199</v>
+        <v>114348</v>
       </c>
       <c r="B97" s="2" t="s">
         <v>292</v>
       </c>
       <c r="C97" s="2" t="s">
         <v>293</v>
       </c>
       <c r="D97" s="2"/>
       <c r="E97" s="2">
-        <v>7038</v>
+        <v>7059</v>
       </c>
       <c r="F97" s="2" t="s">
-        <v>36</v>
+        <v>47</v>
       </c>
       <c r="G97" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H97" s="2" t="s">
         <v>294</v>
       </c>
       <c r="I97" s="2">
         <v>32</v>
       </c>
       <c r="J97" s="2">
-        <v>29</v>
+        <v>22</v>
       </c>
       <c r="K97" s="2">
         <v>100</v>
       </c>
       <c r="L97" s="2">
-        <v>92</v>
+        <v>99</v>
       </c>
       <c r="M97" s="2">
         <v>0</v>
       </c>
       <c r="N97" s="2">
-        <v>192</v>
+        <v>199</v>
       </c>
     </row>
     <row r="98" spans="1:14">
       <c r="A98" s="2">
-        <v>114349</v>
+        <v>103603</v>
       </c>
       <c r="B98" s="2" t="s">
         <v>295</v>
       </c>
       <c r="C98" s="2" t="s">
+        <v>239</v>
+      </c>
+      <c r="D98" s="2" t="s">
         <v>296</v>
       </c>
-      <c r="D98" s="2"/>
       <c r="E98" s="2">
-        <v>7108</v>
+        <v>7145</v>
       </c>
       <c r="F98" s="2" t="s">
-        <v>68</v>
+        <v>90</v>
       </c>
       <c r="G98" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H98" s="2" t="s">
         <v>297</v>
       </c>
       <c r="I98" s="2">
         <v>33</v>
       </c>
       <c r="J98" s="2">
-        <v>23</v>
+        <v>30</v>
       </c>
       <c r="K98" s="2">
         <v>100</v>
       </c>
       <c r="L98" s="2">
-        <v>98</v>
+        <v>91</v>
       </c>
       <c r="M98" s="2">
         <v>0</v>
       </c>
       <c r="N98" s="2">
-        <v>198</v>
+        <v>191</v>
       </c>
     </row>
     <row r="99" spans="1:14">
       <c r="A99" s="2">
-        <v>103603</v>
+        <v>114349</v>
       </c>
       <c r="B99" s="2" t="s">
         <v>298</v>
       </c>
       <c r="C99" s="2" t="s">
-        <v>239</v>
-[...1 lines deleted...]
-      <c r="D99" s="2" t="s">
         <v>299</v>
       </c>
+      <c r="D99" s="2"/>
       <c r="E99" s="2">
-        <v>7145</v>
+        <v>7108</v>
       </c>
       <c r="F99" s="2" t="s">
-        <v>94</v>
+        <v>76</v>
       </c>
       <c r="G99" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H99" s="2" t="s">
         <v>300</v>
       </c>
       <c r="I99" s="2">
         <v>33</v>
       </c>
       <c r="J99" s="2">
-        <v>30</v>
+        <v>23</v>
       </c>
       <c r="K99" s="2">
         <v>100</v>
       </c>
       <c r="L99" s="2">
-        <v>91</v>
+        <v>98</v>
       </c>
       <c r="M99" s="2">
         <v>0</v>
       </c>
       <c r="N99" s="2">
-        <v>191</v>
+        <v>198</v>
       </c>
     </row>
     <row r="100" spans="1:14">
       <c r="A100" s="2">
-        <v>111760</v>
+        <v>101124</v>
       </c>
       <c r="B100" s="2" t="s">
         <v>301</v>
       </c>
       <c r="C100" s="2" t="s">
         <v>302</v>
       </c>
       <c r="D100" s="2"/>
       <c r="E100" s="2">
-        <v>7012</v>
+        <v>7113</v>
       </c>
       <c r="F100" s="2" t="s">
+        <v>165</v>
+      </c>
+      <c r="G100" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="H100" s="2" t="s">
         <v>303</v>
-      </c>
-[...4 lines deleted...]
-        <v>304</v>
       </c>
       <c r="I100" s="2">
         <v>34</v>
       </c>
       <c r="J100" s="2">
-        <v>24</v>
+        <v>31</v>
       </c>
       <c r="K100" s="2">
         <v>100</v>
       </c>
       <c r="L100" s="2">
-        <v>97</v>
+        <v>90</v>
       </c>
       <c r="M100" s="2">
         <v>0</v>
       </c>
       <c r="N100" s="2">
-        <v>197</v>
+        <v>190</v>
       </c>
     </row>
     <row r="101" spans="1:14">
       <c r="A101" s="2">
-        <v>101124</v>
+        <v>111760</v>
       </c>
       <c r="B101" s="2" t="s">
+        <v>304</v>
+      </c>
+      <c r="C101" s="2" t="s">
         <v>305</v>
-      </c>
-[...1 lines deleted...]
-        <v>306</v>
       </c>
       <c r="D101" s="2"/>
       <c r="E101" s="2">
-        <v>7113</v>
+        <v>7012</v>
       </c>
       <c r="F101" s="2" t="s">
-        <v>168</v>
+        <v>306</v>
       </c>
       <c r="G101" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H101" s="2" t="s">
         <v>307</v>
       </c>
       <c r="I101" s="2">
         <v>34</v>
       </c>
       <c r="J101" s="2">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="K101" s="2">
         <v>100</v>
       </c>
       <c r="L101" s="2">
-        <v>90</v>
+        <v>97</v>
       </c>
       <c r="M101" s="2">
         <v>0</v>
       </c>
       <c r="N101" s="2">
-        <v>190</v>
+        <v>197</v>
       </c>
     </row>
     <row r="102" spans="1:14">
       <c r="A102" s="2">
-        <v>108749</v>
+        <v>114350</v>
       </c>
       <c r="B102" s="2" t="s">
         <v>308</v>
       </c>
       <c r="C102" s="2" t="s">
         <v>309</v>
       </c>
       <c r="D102" s="2"/>
       <c r="E102" s="2">
-        <v>7112</v>
+        <v>7085</v>
       </c>
       <c r="F102" s="2" t="s">
-        <v>16</v>
+        <v>47</v>
       </c>
       <c r="G102" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H102" s="2" t="s">
         <v>310</v>
       </c>
       <c r="I102" s="2">
         <v>35</v>
       </c>
       <c r="J102" s="2">
-        <v>32</v>
+        <v>25</v>
       </c>
       <c r="K102" s="2">
         <v>100</v>
       </c>
       <c r="L102" s="2">
-        <v>89</v>
+        <v>96</v>
       </c>
       <c r="M102" s="2">
         <v>0</v>
       </c>
       <c r="N102" s="2">
-        <v>189</v>
+        <v>196</v>
       </c>
     </row>
     <row r="103" spans="1:14">
       <c r="A103" s="2">
-        <v>114350</v>
+        <v>108749</v>
       </c>
       <c r="B103" s="2" t="s">
         <v>311</v>
       </c>
       <c r="C103" s="2" t="s">
         <v>312</v>
       </c>
       <c r="D103" s="2"/>
       <c r="E103" s="2">
-        <v>7085</v>
+        <v>7112</v>
       </c>
       <c r="F103" s="2" t="s">
-        <v>40</v>
+        <v>24</v>
       </c>
       <c r="G103" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H103" s="2" t="s">
         <v>313</v>
       </c>
       <c r="I103" s="2">
         <v>35</v>
       </c>
       <c r="J103" s="2">
-        <v>25</v>
+        <v>32</v>
       </c>
       <c r="K103" s="2">
         <v>100</v>
       </c>
       <c r="L103" s="2">
-        <v>96</v>
+        <v>89</v>
       </c>
       <c r="M103" s="2">
         <v>0</v>
       </c>
       <c r="N103" s="2">
-        <v>196</v>
+        <v>189</v>
       </c>
     </row>
     <row r="104" spans="1:14">
       <c r="A104" s="2">
-        <v>114351</v>
+        <v>101721</v>
       </c>
       <c r="B104" s="2" t="s">
-        <v>314</v>
+        <v>56</v>
       </c>
       <c r="C104" s="2" t="s">
-        <v>315</v>
+        <v>57</v>
       </c>
       <c r="D104" s="2"/>
       <c r="E104" s="2">
-        <v>7106</v>
+        <v>7040</v>
       </c>
       <c r="F104" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G104" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H104" s="2" t="s">
-        <v>316</v>
+        <v>314</v>
       </c>
       <c r="I104" s="2">
         <v>36</v>
       </c>
       <c r="J104" s="2">
-        <v>26</v>
+        <v>33</v>
       </c>
       <c r="K104" s="2">
         <v>100</v>
       </c>
       <c r="L104" s="2">
-        <v>95</v>
+        <v>88</v>
       </c>
       <c r="M104" s="2">
         <v>0</v>
       </c>
       <c r="N104" s="2">
-        <v>195</v>
+        <v>188</v>
       </c>
     </row>
     <row r="105" spans="1:14">
       <c r="A105" s="2">
-        <v>101721</v>
+        <v>114351</v>
       </c>
       <c r="B105" s="2" t="s">
-        <v>59</v>
+        <v>315</v>
       </c>
       <c r="C105" s="2" t="s">
-        <v>60</v>
+        <v>316</v>
       </c>
       <c r="D105" s="2"/>
       <c r="E105" s="2">
-        <v>7040</v>
+        <v>7106</v>
       </c>
       <c r="F105" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G105" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H105" s="2" t="s">
         <v>317</v>
       </c>
       <c r="I105" s="2">
         <v>36</v>
       </c>
       <c r="J105" s="2">
-        <v>33</v>
+        <v>26</v>
       </c>
       <c r="K105" s="2">
         <v>100</v>
       </c>
       <c r="L105" s="2">
-        <v>88</v>
+        <v>95</v>
       </c>
       <c r="M105" s="2">
         <v>0</v>
       </c>
       <c r="N105" s="2">
-        <v>188</v>
+        <v>195</v>
       </c>
     </row>
     <row r="106" spans="1:14">
       <c r="A106" s="2">
-        <v>114352</v>
+        <v>107455</v>
       </c>
       <c r="B106" s="2" t="s">
         <v>318</v>
       </c>
       <c r="C106" s="2" t="s">
         <v>319</v>
       </c>
       <c r="D106" s="2"/>
       <c r="E106" s="2">
-        <v>7016</v>
+        <v>7002</v>
       </c>
       <c r="F106" s="2" t="s">
-        <v>40</v>
+        <v>113</v>
       </c>
       <c r="G106" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H106" s="2" t="s">
-        <v>320</v>
+        <v>314</v>
       </c>
       <c r="I106" s="2">
         <v>37</v>
       </c>
       <c r="J106" s="2">
-        <v>27</v>
+        <v>34</v>
       </c>
       <c r="K106" s="2">
         <v>100</v>
       </c>
       <c r="L106" s="2">
-        <v>94</v>
+        <v>87</v>
       </c>
       <c r="M106" s="2">
         <v>0</v>
       </c>
       <c r="N106" s="2">
-        <v>194</v>
+        <v>187</v>
       </c>
     </row>
     <row r="107" spans="1:14">
       <c r="A107" s="2">
-        <v>107455</v>
+        <v>114352</v>
       </c>
       <c r="B107" s="2" t="s">
+        <v>320</v>
+      </c>
+      <c r="C107" s="2" t="s">
         <v>321</v>
-      </c>
-[...1 lines deleted...]
-        <v>322</v>
       </c>
       <c r="D107" s="2"/>
       <c r="E107" s="2">
-        <v>7002</v>
+        <v>7016</v>
       </c>
       <c r="F107" s="2" t="s">
-        <v>110</v>
+        <v>47</v>
       </c>
       <c r="G107" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H107" s="2" t="s">
-        <v>317</v>
+        <v>322</v>
       </c>
       <c r="I107" s="2">
         <v>37</v>
       </c>
       <c r="J107" s="2">
-        <v>34</v>
+        <v>27</v>
       </c>
       <c r="K107" s="2">
         <v>100</v>
       </c>
       <c r="L107" s="2">
-        <v>87</v>
+        <v>94</v>
       </c>
       <c r="M107" s="2">
         <v>0</v>
       </c>
       <c r="N107" s="2">
-        <v>187</v>
+        <v>194</v>
       </c>
     </row>
     <row r="108" spans="1:14">
       <c r="A108" s="2">
-        <v>108751</v>
+        <v>104854</v>
       </c>
       <c r="B108" s="2" t="s">
-        <v>323</v>
+        <v>241</v>
       </c>
       <c r="C108" s="2" t="s">
-        <v>324</v>
+        <v>242</v>
       </c>
       <c r="D108" s="2"/>
       <c r="E108" s="2">
-        <v>7135</v>
+        <v>7073</v>
       </c>
       <c r="F108" s="2" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="G108" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H108" s="2" t="s">
-        <v>325</v>
+        <v>323</v>
       </c>
       <c r="I108" s="2">
         <v>38</v>
       </c>
       <c r="J108" s="2">
-        <v>35</v>
+        <v>28</v>
       </c>
       <c r="K108" s="2">
         <v>100</v>
       </c>
       <c r="L108" s="2">
-        <v>86</v>
+        <v>93</v>
       </c>
       <c r="M108" s="2">
         <v>0</v>
       </c>
       <c r="N108" s="2">
-        <v>186</v>
+        <v>193</v>
       </c>
     </row>
     <row r="109" spans="1:14">
       <c r="A109" s="2">
-        <v>104854</v>
+        <v>108751</v>
       </c>
       <c r="B109" s="2" t="s">
-        <v>244</v>
+        <v>324</v>
       </c>
       <c r="C109" s="2" t="s">
-        <v>245</v>
+        <v>325</v>
       </c>
       <c r="D109" s="2"/>
       <c r="E109" s="2">
-        <v>7073</v>
+        <v>7135</v>
       </c>
       <c r="F109" s="2" t="s">
         <v>40</v>
       </c>
       <c r="G109" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H109" s="2" t="s">
         <v>326</v>
       </c>
       <c r="I109" s="2">
         <v>38</v>
       </c>
       <c r="J109" s="2">
-        <v>28</v>
+        <v>35</v>
       </c>
       <c r="K109" s="2">
         <v>100</v>
       </c>
       <c r="L109" s="2">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="M109" s="2">
         <v>0</v>
       </c>
       <c r="N109" s="2">
-        <v>193</v>
+        <v>186</v>
       </c>
     </row>
     <row r="110" spans="1:14">
       <c r="A110" s="2">
-        <v>114354</v>
+        <v>108752</v>
       </c>
       <c r="B110" s="2" t="s">
         <v>327</v>
       </c>
       <c r="C110" s="2" t="s">
         <v>328</v>
       </c>
       <c r="D110" s="2"/>
       <c r="E110" s="2">
-        <v>7053</v>
+        <v>7016</v>
       </c>
       <c r="F110" s="2" t="s">
-        <v>16</v>
+        <v>47</v>
       </c>
       <c r="G110" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H110" s="2" t="s">
         <v>329</v>
       </c>
       <c r="I110" s="2">
         <v>39</v>
       </c>
       <c r="J110" s="2">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="K110" s="2">
         <v>100</v>
       </c>
       <c r="L110" s="2">
-        <v>92</v>
+        <v>85</v>
       </c>
       <c r="M110" s="2">
         <v>0</v>
       </c>
       <c r="N110" s="2">
-        <v>192</v>
+        <v>185</v>
       </c>
     </row>
     <row r="111" spans="1:14">
       <c r="A111" s="2">
-        <v>108752</v>
+        <v>114354</v>
       </c>
       <c r="B111" s="2" t="s">
         <v>330</v>
       </c>
       <c r="C111" s="2" t="s">
         <v>331</v>
       </c>
       <c r="D111" s="2"/>
       <c r="E111" s="2">
-        <v>7016</v>
+        <v>7053</v>
       </c>
       <c r="F111" s="2" t="s">
-        <v>40</v>
+        <v>24</v>
       </c>
       <c r="G111" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H111" s="2" t="s">
         <v>332</v>
       </c>
       <c r="I111" s="2">
         <v>39</v>
       </c>
       <c r="J111" s="2">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="K111" s="2">
         <v>100</v>
       </c>
       <c r="L111" s="2">
-        <v>85</v>
+        <v>92</v>
       </c>
       <c r="M111" s="2">
         <v>0</v>
       </c>
       <c r="N111" s="2">
-        <v>185</v>
+        <v>192</v>
       </c>
     </row>
     <row r="112" spans="1:14">
       <c r="A112" s="2">
-        <v>101738</v>
+        <v>108753</v>
       </c>
       <c r="B112" s="2" t="s">
         <v>333</v>
       </c>
       <c r="C112" s="2" t="s">
-        <v>334</v>
+        <v>32</v>
       </c>
       <c r="D112" s="2"/>
       <c r="E112" s="2">
-        <v>7013</v>
+        <v>7120</v>
       </c>
       <c r="F112" s="2" t="s">
-        <v>335</v>
+        <v>16</v>
       </c>
       <c r="G112" s="2" t="s">
-        <v>32</v>
+        <v>17</v>
       </c>
       <c r="H112" s="2" t="s">
-        <v>336</v>
+        <v>334</v>
       </c>
       <c r="I112" s="2">
         <v>40</v>
       </c>
       <c r="J112" s="2">
-        <v>11</v>
+        <v>37</v>
       </c>
       <c r="K112" s="2">
         <v>100</v>
       </c>
       <c r="L112" s="2">
-        <v>200</v>
+        <v>84</v>
       </c>
       <c r="M112" s="2">
         <v>0</v>
       </c>
       <c r="N112" s="2">
-        <v>300</v>
+        <v>184</v>
       </c>
     </row>
     <row r="113" spans="1:14">
       <c r="A113" s="2">
-        <v>108753</v>
+        <v>101738</v>
       </c>
       <c r="B113" s="2" t="s">
-        <v>337</v>
+        <v>335</v>
       </c>
       <c r="C113" s="2" t="s">
-        <v>35</v>
+        <v>336</v>
       </c>
       <c r="D113" s="2"/>
       <c r="E113" s="2">
-        <v>7120</v>
+        <v>7013</v>
       </c>
       <c r="F113" s="2" t="s">
-        <v>21</v>
+        <v>337</v>
       </c>
       <c r="G113" s="2" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="H113" s="2" t="s">
         <v>338</v>
       </c>
       <c r="I113" s="2">
         <v>40</v>
       </c>
       <c r="J113" s="2">
-        <v>37</v>
+        <v>11</v>
       </c>
       <c r="K113" s="2">
         <v>100</v>
       </c>
       <c r="L113" s="2">
-        <v>84</v>
+        <v>200</v>
       </c>
       <c r="M113" s="2">
         <v>0</v>
       </c>
       <c r="N113" s="2">
-        <v>184</v>
+        <v>300</v>
       </c>
     </row>
     <row r="114" spans="1:14">
       <c r="A114" s="2">
-        <v>108754</v>
+        <v>114356</v>
       </c>
       <c r="B114" s="2" t="s">
-        <v>46</v>
+        <v>339</v>
       </c>
       <c r="C114" s="2" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="D114" s="2"/>
       <c r="E114" s="2">
-        <v>7069</v>
+        <v>7006</v>
       </c>
       <c r="F114" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G114" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H114" s="2" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="I114" s="2">
         <v>41</v>
       </c>
       <c r="J114" s="2">
-        <v>38</v>
+        <v>30</v>
       </c>
       <c r="K114" s="2">
         <v>100</v>
       </c>
       <c r="L114" s="2">
-        <v>83</v>
+        <v>91</v>
       </c>
       <c r="M114" s="2">
         <v>0</v>
       </c>
       <c r="N114" s="2">
-        <v>183</v>
+        <v>191</v>
       </c>
     </row>
     <row r="115" spans="1:14">
       <c r="A115" s="2">
-        <v>114356</v>
+        <v>108754</v>
       </c>
       <c r="B115" s="2" t="s">
-        <v>341</v>
+        <v>42</v>
       </c>
       <c r="C115" s="2" t="s">
         <v>342</v>
       </c>
       <c r="D115" s="2"/>
       <c r="E115" s="2">
-        <v>7006</v>
+        <v>7069</v>
       </c>
       <c r="F115" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G115" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H115" s="2" t="s">
         <v>343</v>
       </c>
       <c r="I115" s="2">
         <v>41</v>
       </c>
       <c r="J115" s="2">
-        <v>30</v>
+        <v>38</v>
       </c>
       <c r="K115" s="2">
         <v>100</v>
       </c>
       <c r="L115" s="2">
-        <v>91</v>
+        <v>83</v>
       </c>
       <c r="M115" s="2">
         <v>0</v>
       </c>
       <c r="N115" s="2">
-        <v>191</v>
+        <v>183</v>
       </c>
     </row>
     <row r="116" spans="1:14">
       <c r="A116" s="2">
-        <v>106076</v>
+        <v>108755</v>
       </c>
       <c r="B116" s="2" t="s">
+        <v>50</v>
+      </c>
+      <c r="C116" s="2" t="s">
         <v>344</v>
-      </c>
-[...1 lines deleted...]
-        <v>345</v>
       </c>
       <c r="D116" s="2"/>
       <c r="E116" s="2">
-        <v>7008</v>
+        <v>7027</v>
       </c>
       <c r="F116" s="2" t="s">
-        <v>168</v>
+        <v>16</v>
       </c>
       <c r="G116" s="2" t="s">
-        <v>32</v>
+        <v>17</v>
       </c>
       <c r="H116" s="2" t="s">
-        <v>346</v>
+        <v>345</v>
       </c>
       <c r="I116" s="2">
         <v>42</v>
       </c>
       <c r="J116" s="2">
-        <v>12</v>
+        <v>39</v>
       </c>
       <c r="K116" s="2">
         <v>100</v>
       </c>
       <c r="L116" s="2">
-        <v>190</v>
+        <v>82</v>
       </c>
       <c r="M116" s="2">
         <v>0</v>
       </c>
       <c r="N116" s="2">
-        <v>290</v>
+        <v>182</v>
       </c>
     </row>
     <row r="117" spans="1:14">
       <c r="A117" s="2">
-        <v>108755</v>
+        <v>106076</v>
       </c>
       <c r="B117" s="2" t="s">
-        <v>53</v>
+        <v>346</v>
       </c>
       <c r="C117" s="2" t="s">
         <v>347</v>
       </c>
       <c r="D117" s="2"/>
       <c r="E117" s="2">
-        <v>7027</v>
+        <v>7008</v>
       </c>
       <c r="F117" s="2" t="s">
-        <v>21</v>
+        <v>165</v>
       </c>
       <c r="G117" s="2" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="H117" s="2" t="s">
         <v>348</v>
       </c>
       <c r="I117" s="2">
         <v>42</v>
       </c>
       <c r="J117" s="2">
-        <v>39</v>
+        <v>12</v>
       </c>
       <c r="K117" s="2">
         <v>100</v>
       </c>
       <c r="L117" s="2">
-        <v>82</v>
+        <v>190</v>
       </c>
       <c r="M117" s="2">
         <v>0</v>
       </c>
       <c r="N117" s="2">
-        <v>182</v>
+        <v>290</v>
       </c>
     </row>
     <row r="118" spans="1:14">
       <c r="A118" s="2">
         <v>108756</v>
       </c>
       <c r="B118" s="2" t="s">
         <v>349</v>
       </c>
       <c r="C118" s="2" t="s">
         <v>350</v>
       </c>
       <c r="D118" s="2"/>
       <c r="E118" s="2">
         <v>7118</v>
       </c>
       <c r="F118" s="2" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
       <c r="G118" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H118" s="2" t="s">
         <v>351</v>
       </c>
       <c r="I118" s="2">
         <v>43</v>
       </c>
       <c r="J118" s="2">
         <v>40</v>
       </c>
       <c r="K118" s="2">
         <v>100</v>
       </c>
       <c r="L118" s="2">
         <v>81</v>
       </c>
       <c r="M118" s="2">
         <v>0</v>
       </c>
       <c r="N118" s="2">
         <v>181</v>
       </c>
     </row>
     <row r="119" spans="1:14">
       <c r="A119" s="2">
         <v>104857</v>
       </c>
       <c r="B119" s="2" t="s">
-        <v>221</v>
+        <v>218</v>
       </c>
       <c r="C119" s="2" t="s">
-        <v>113</v>
+        <v>109</v>
       </c>
       <c r="D119" s="2"/>
       <c r="E119" s="2">
         <v>7045</v>
       </c>
       <c r="F119" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G119" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H119" s="2" t="s">
         <v>352</v>
       </c>
       <c r="I119" s="2">
         <v>43</v>
       </c>
       <c r="J119" s="2">
         <v>31</v>
       </c>
       <c r="K119" s="2">
         <v>100</v>
       </c>
       <c r="L119" s="2">
         <v>90</v>
       </c>
       <c r="M119" s="2">
         <v>0</v>
       </c>
       <c r="N119" s="2">
         <v>190</v>
       </c>
     </row>
     <row r="120" spans="1:14">
       <c r="A120" s="2">
-        <v>105309</v>
+        <v>105708</v>
       </c>
       <c r="B120" s="2" t="s">
         <v>353</v>
       </c>
       <c r="C120" s="2" t="s">
         <v>354</v>
       </c>
       <c r="D120" s="2"/>
       <c r="E120" s="2">
-        <v>7087</v>
+        <v>7021</v>
       </c>
       <c r="F120" s="2" t="s">
-        <v>94</v>
+        <v>24</v>
       </c>
       <c r="G120" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H120" s="2" t="s">
         <v>355</v>
       </c>
       <c r="I120" s="2">
         <v>44</v>
       </c>
       <c r="J120" s="2">
-        <v>41</v>
+        <v>32</v>
       </c>
       <c r="K120" s="2">
         <v>100</v>
       </c>
       <c r="L120" s="2">
-        <v>80</v>
+        <v>89</v>
       </c>
       <c r="M120" s="2">
         <v>0</v>
       </c>
       <c r="N120" s="2">
-        <v>180</v>
+        <v>189</v>
       </c>
     </row>
     <row r="121" spans="1:14">
       <c r="A121" s="2">
-        <v>105708</v>
+        <v>105309</v>
       </c>
       <c r="B121" s="2" t="s">
         <v>356</v>
       </c>
       <c r="C121" s="2" t="s">
         <v>357</v>
       </c>
       <c r="D121" s="2"/>
       <c r="E121" s="2">
-        <v>7021</v>
+        <v>7087</v>
       </c>
       <c r="F121" s="2" t="s">
-        <v>16</v>
+        <v>90</v>
       </c>
       <c r="G121" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H121" s="2" t="s">
         <v>358</v>
       </c>
       <c r="I121" s="2">
         <v>44</v>
       </c>
       <c r="J121" s="2">
-        <v>32</v>
+        <v>41</v>
       </c>
       <c r="K121" s="2">
         <v>100</v>
       </c>
       <c r="L121" s="2">
-        <v>89</v>
+        <v>80</v>
       </c>
       <c r="M121" s="2">
         <v>0</v>
       </c>
       <c r="N121" s="2">
-        <v>189</v>
+        <v>180</v>
       </c>
     </row>
     <row r="122" spans="1:14">
       <c r="A122" s="2">
-        <v>100985</v>
+        <v>108758</v>
       </c>
       <c r="B122" s="2" t="s">
+        <v>145</v>
+      </c>
+      <c r="C122" s="2" t="s">
         <v>359</v>
-      </c>
-[...1 lines deleted...]
-        <v>360</v>
       </c>
       <c r="D122" s="2"/>
       <c r="E122" s="2">
-        <v>7031</v>
+        <v>7155</v>
       </c>
       <c r="F122" s="2" t="s">
-        <v>140</v>
+        <v>16</v>
       </c>
       <c r="G122" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H122" s="2" t="s">
-        <v>361</v>
+        <v>360</v>
       </c>
       <c r="I122" s="2">
         <v>45</v>
       </c>
       <c r="J122" s="2">
-        <v>33</v>
+        <v>42</v>
       </c>
       <c r="K122" s="2">
         <v>100</v>
       </c>
       <c r="L122" s="2">
-        <v>88</v>
+        <v>79</v>
       </c>
       <c r="M122" s="2">
         <v>0</v>
       </c>
       <c r="N122" s="2">
-        <v>188</v>
+        <v>179</v>
       </c>
     </row>
     <row r="123" spans="1:14">
       <c r="A123" s="2">
-        <v>108758</v>
+        <v>100985</v>
       </c>
       <c r="B123" s="2" t="s">
-        <v>147</v>
+        <v>361</v>
       </c>
       <c r="C123" s="2" t="s">
         <v>362</v>
       </c>
       <c r="D123" s="2"/>
       <c r="E123" s="2">
-        <v>7155</v>
+        <v>7031</v>
       </c>
       <c r="F123" s="2" t="s">
-        <v>21</v>
+        <v>139</v>
       </c>
       <c r="G123" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H123" s="2" t="s">
         <v>363</v>
       </c>
       <c r="I123" s="2">
         <v>45</v>
       </c>
       <c r="J123" s="2">
-        <v>42</v>
+        <v>33</v>
       </c>
       <c r="K123" s="2">
         <v>100</v>
       </c>
       <c r="L123" s="2">
-        <v>79</v>
+        <v>88</v>
       </c>
       <c r="M123" s="2">
         <v>0</v>
       </c>
       <c r="N123" s="2">
-        <v>179</v>
+        <v>188</v>
       </c>
     </row>
     <row r="124" spans="1:14">
       <c r="A124" s="2">
-        <v>113955</v>
+        <v>108759</v>
       </c>
       <c r="B124" s="2" t="s">
         <v>364</v>
       </c>
       <c r="C124" s="2" t="s">
         <v>365</v>
       </c>
       <c r="D124" s="2"/>
       <c r="E124" s="2">
-        <v>7048</v>
+        <v>7131</v>
       </c>
       <c r="F124" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G124" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H124" s="2" t="s">
         <v>366</v>
       </c>
       <c r="I124" s="2">
         <v>46</v>
       </c>
       <c r="J124" s="2">
-        <v>34</v>
+        <v>43</v>
       </c>
       <c r="K124" s="2">
         <v>100</v>
       </c>
       <c r="L124" s="2">
-        <v>87</v>
+        <v>78</v>
       </c>
       <c r="M124" s="2">
         <v>0</v>
       </c>
       <c r="N124" s="2">
-        <v>187</v>
+        <v>178</v>
       </c>
     </row>
     <row r="125" spans="1:14">
       <c r="A125" s="2">
-        <v>108759</v>
+        <v>113955</v>
       </c>
       <c r="B125" s="2" t="s">
         <v>367</v>
       </c>
       <c r="C125" s="2" t="s">
         <v>368</v>
       </c>
       <c r="D125" s="2"/>
       <c r="E125" s="2">
-        <v>7131</v>
+        <v>7048</v>
       </c>
       <c r="F125" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G125" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H125" s="2" t="s">
         <v>369</v>
       </c>
       <c r="I125" s="2">
         <v>46</v>
       </c>
       <c r="J125" s="2">
-        <v>43</v>
+        <v>34</v>
       </c>
       <c r="K125" s="2">
         <v>100</v>
       </c>
       <c r="L125" s="2">
-        <v>78</v>
+        <v>87</v>
       </c>
       <c r="M125" s="2">
         <v>0</v>
       </c>
       <c r="N125" s="2">
-        <v>178</v>
+        <v>187</v>
       </c>
     </row>
     <row r="126" spans="1:14">
       <c r="A126" s="2">
         <v>114360</v>
       </c>
       <c r="B126" s="2" t="s">
         <v>370</v>
       </c>
       <c r="C126" s="2" t="s">
         <v>371</v>
       </c>
       <c r="D126" s="2"/>
       <c r="E126" s="2">
         <v>7051</v>
       </c>
       <c r="F126" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G126" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H126" s="2" t="s">
         <v>372</v>
       </c>
       <c r="I126" s="2">
         <v>47</v>
       </c>
       <c r="J126" s="2">
         <v>35</v>
       </c>
       <c r="K126" s="2">
         <v>100</v>
       </c>
       <c r="L126" s="2">
         <v>86</v>
       </c>
       <c r="M126" s="2">
         <v>0</v>
       </c>
       <c r="N126" s="2">
         <v>186</v>
       </c>
     </row>
     <row r="127" spans="1:14">
       <c r="A127" s="2">
         <v>108760</v>
       </c>
       <c r="B127" s="2" t="s">
         <v>373</v>
       </c>
       <c r="C127" s="2" t="s">
         <v>374</v>
       </c>
       <c r="D127" s="2"/>
       <c r="E127" s="2">
         <v>7059</v>
       </c>
       <c r="F127" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G127" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H127" s="2" t="s">
         <v>375</v>
       </c>
       <c r="I127" s="2">
         <v>47</v>
       </c>
       <c r="J127" s="2">
         <v>44</v>
       </c>
       <c r="K127" s="2">
         <v>100</v>
       </c>
       <c r="L127" s="2">
         <v>77</v>
       </c>
       <c r="M127" s="2">
         <v>0</v>
       </c>
       <c r="N127" s="2">
         <v>177</v>
       </c>
     </row>
     <row r="128" spans="1:14">
       <c r="A128" s="2">
-        <v>105520</v>
+        <v>114361</v>
       </c>
       <c r="B128" s="2" t="s">
         <v>376</v>
       </c>
       <c r="C128" s="2" t="s">
         <v>377</v>
       </c>
       <c r="D128" s="2"/>
       <c r="E128" s="2">
-        <v>7043</v>
+        <v>7038</v>
       </c>
       <c r="F128" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="G128" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="H128" s="2" t="s">
         <v>378</v>
-      </c>
-[...4 lines deleted...]
-        <v>379</v>
       </c>
       <c r="I128" s="2">
         <v>48</v>
       </c>
       <c r="J128" s="2">
-        <v>4</v>
+        <v>36</v>
       </c>
       <c r="K128" s="2">
         <v>100</v>
       </c>
       <c r="L128" s="2">
-        <v>300</v>
+        <v>85</v>
       </c>
       <c r="M128" s="2">
         <v>0</v>
       </c>
       <c r="N128" s="2">
-        <v>400</v>
+        <v>185</v>
       </c>
     </row>
     <row r="129" spans="1:14">
       <c r="A129" s="2">
-        <v>114361</v>
+        <v>105520</v>
       </c>
       <c r="B129" s="2" t="s">
+        <v>379</v>
+      </c>
+      <c r="C129" s="2" t="s">
         <v>380</v>
-      </c>
-[...1 lines deleted...]
-        <v>381</v>
       </c>
       <c r="D129" s="2"/>
       <c r="E129" s="2">
-        <v>7038</v>
+        <v>7043</v>
       </c>
       <c r="F129" s="2" t="s">
-        <v>21</v>
+        <v>381</v>
       </c>
       <c r="G129" s="2" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="H129" s="2" t="s">
         <v>382</v>
       </c>
       <c r="I129" s="2">
         <v>48</v>
       </c>
       <c r="J129" s="2">
-        <v>36</v>
+        <v>4</v>
       </c>
       <c r="K129" s="2">
         <v>100</v>
       </c>
       <c r="L129" s="2">
-        <v>85</v>
+        <v>300</v>
       </c>
       <c r="M129" s="2">
         <v>0</v>
       </c>
       <c r="N129" s="2">
-        <v>185</v>
+        <v>400</v>
       </c>
     </row>
     <row r="130" spans="1:14">
       <c r="A130" s="2">
-        <v>108336</v>
+        <v>108762</v>
       </c>
       <c r="B130" s="2" t="s">
         <v>383</v>
       </c>
       <c r="C130" s="2" t="s">
         <v>384</v>
       </c>
       <c r="D130" s="2"/>
       <c r="E130" s="2">
-        <v>7018</v>
+        <v>7095</v>
       </c>
       <c r="F130" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G130" s="2" t="s">
-        <v>32</v>
+        <v>17</v>
       </c>
       <c r="H130" s="2" t="s">
         <v>385</v>
       </c>
       <c r="I130" s="2">
         <v>49</v>
       </c>
       <c r="J130" s="2">
-        <v>13</v>
+        <v>45</v>
       </c>
       <c r="K130" s="2">
         <v>100</v>
       </c>
       <c r="L130" s="2">
-        <v>180</v>
+        <v>76</v>
       </c>
       <c r="M130" s="2">
         <v>0</v>
       </c>
       <c r="N130" s="2">
-        <v>280</v>
+        <v>176</v>
       </c>
     </row>
     <row r="131" spans="1:14">
       <c r="A131" s="2">
-        <v>108762</v>
+        <v>108336</v>
       </c>
       <c r="B131" s="2" t="s">
         <v>386</v>
       </c>
       <c r="C131" s="2" t="s">
         <v>387</v>
       </c>
       <c r="D131" s="2"/>
       <c r="E131" s="2">
-        <v>7095</v>
+        <v>7018</v>
       </c>
       <c r="F131" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G131" s="2" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="H131" s="2" t="s">
         <v>388</v>
       </c>
       <c r="I131" s="2">
         <v>49</v>
       </c>
       <c r="J131" s="2">
-        <v>45</v>
+        <v>13</v>
       </c>
       <c r="K131" s="2">
         <v>100</v>
       </c>
       <c r="L131" s="2">
-        <v>76</v>
+        <v>180</v>
       </c>
       <c r="M131" s="2">
         <v>0</v>
       </c>
       <c r="N131" s="2">
-        <v>176</v>
+        <v>280</v>
       </c>
     </row>
     <row r="132" spans="1:14">
       <c r="A132" s="2">
         <v>108763</v>
       </c>
       <c r="B132" s="2" t="s">
         <v>389</v>
       </c>
       <c r="C132" s="2" t="s">
         <v>390</v>
       </c>
       <c r="D132" s="2"/>
       <c r="E132" s="2">
         <v>7092</v>
       </c>
       <c r="F132" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G132" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H132" s="2" t="s">
-        <v>388</v>
+        <v>385</v>
       </c>
       <c r="I132" s="2">
         <v>50</v>
       </c>
       <c r="J132" s="2">
         <v>46</v>
       </c>
       <c r="K132" s="2">
         <v>100</v>
       </c>
       <c r="L132" s="2">
         <v>75</v>
       </c>
       <c r="M132" s="2">
         <v>0</v>
       </c>
       <c r="N132" s="2">
         <v>175</v>
       </c>
     </row>
     <row r="133" spans="1:14">
       <c r="A133" s="2">
         <v>114363</v>
       </c>
       <c r="B133" s="2" t="s">
         <v>391</v>
       </c>
       <c r="C133" s="2" t="s">
         <v>392</v>
       </c>
       <c r="D133" s="2"/>
       <c r="E133" s="2">
         <v>7118</v>
       </c>
       <c r="F133" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G133" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H133" s="2" t="s">
         <v>393</v>
       </c>
       <c r="I133" s="2">
         <v>50</v>
       </c>
       <c r="J133" s="2">
         <v>37</v>
       </c>
       <c r="K133" s="2">
         <v>100</v>
       </c>
       <c r="L133" s="2">
         <v>84</v>
       </c>
       <c r="M133" s="2">
         <v>0</v>
       </c>
       <c r="N133" s="2">
         <v>184</v>
       </c>
     </row>
     <row r="134" spans="1:14">
       <c r="A134" s="2">
         <v>108764</v>
       </c>
       <c r="B134" s="2" t="s">
         <v>394</v>
       </c>
       <c r="C134" s="2" t="s">
         <v>395</v>
       </c>
       <c r="D134" s="2"/>
       <c r="E134" s="2">
         <v>7017</v>
       </c>
       <c r="F134" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G134" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H134" s="2" t="s">
         <v>396</v>
       </c>
       <c r="I134" s="2">
         <v>51</v>
       </c>
       <c r="J134" s="2">
         <v>47</v>
       </c>
       <c r="K134" s="2">
         <v>100</v>
       </c>
       <c r="L134" s="2">
         <v>74</v>
       </c>
       <c r="M134" s="2">
         <v>0</v>
       </c>
       <c r="N134" s="2">
         <v>174</v>
       </c>
     </row>
     <row r="135" spans="1:14">
       <c r="A135" s="2">
         <v>114364</v>
       </c>
       <c r="B135" s="2" t="s">
         <v>397</v>
       </c>
       <c r="C135" s="2" t="s">
         <v>398</v>
       </c>
       <c r="D135" s="2"/>
       <c r="E135" s="2">
         <v>7050</v>
       </c>
       <c r="F135" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G135" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H135" s="2" t="s">
         <v>399</v>
       </c>
       <c r="I135" s="2">
         <v>51</v>
       </c>
       <c r="J135" s="2">
         <v>38</v>
       </c>
       <c r="K135" s="2">
         <v>100</v>
       </c>
       <c r="L135" s="2">
         <v>83</v>
       </c>
       <c r="M135" s="2">
         <v>0</v>
       </c>
       <c r="N135" s="2">
         <v>183</v>
       </c>
     </row>
     <row r="136" spans="1:14">
       <c r="A136" s="2">
         <v>111784</v>
       </c>
       <c r="B136" s="2" t="s">
         <v>400</v>
       </c>
       <c r="C136" s="2" t="s">
         <v>401</v>
       </c>
       <c r="D136" s="2"/>
       <c r="E136" s="2">
         <v>7027</v>
       </c>
       <c r="F136" s="2" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="G136" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H136" s="2" t="s">
         <v>402</v>
       </c>
       <c r="I136" s="2">
         <v>52</v>
       </c>
       <c r="J136" s="2">
         <v>39</v>
       </c>
       <c r="K136" s="2">
         <v>100</v>
       </c>
       <c r="L136" s="2">
         <v>82</v>
       </c>
       <c r="M136" s="2">
         <v>0</v>
       </c>
       <c r="N136" s="2">
         <v>182</v>
       </c>
     </row>
     <row r="137" spans="1:14">
       <c r="A137" s="2">
         <v>108765</v>
       </c>
       <c r="B137" s="2" t="s">
         <v>403</v>
       </c>
       <c r="C137" s="2" t="s">
         <v>404</v>
       </c>
       <c r="D137" s="2"/>
       <c r="E137" s="2">
         <v>7047</v>
       </c>
       <c r="F137" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G137" s="2" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="H137" s="2" t="s">
         <v>405</v>
       </c>
       <c r="I137" s="2">
         <v>52</v>
       </c>
       <c r="J137" s="2">
         <v>5</v>
       </c>
       <c r="K137" s="2">
         <v>100</v>
       </c>
       <c r="L137" s="2">
         <v>275</v>
       </c>
       <c r="M137" s="2">
         <v>0</v>
       </c>
       <c r="N137" s="2">
         <v>375</v>
       </c>
     </row>
     <row r="138" spans="1:14">
       <c r="A138" s="2">
         <v>112318</v>
       </c>
       <c r="B138" s="2" t="s">
         <v>406</v>
       </c>
       <c r="C138" s="2" t="s">
         <v>407</v>
       </c>
       <c r="D138" s="2"/>
       <c r="E138" s="2">
         <v>7035</v>
       </c>
       <c r="F138" s="2" t="s">
-        <v>68</v>
+        <v>76</v>
       </c>
       <c r="G138" s="2" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="H138" s="2" t="s">
         <v>408</v>
       </c>
       <c r="I138" s="2">
         <v>53</v>
       </c>
       <c r="J138" s="2">
         <v>14</v>
       </c>
       <c r="K138" s="2">
         <v>100</v>
       </c>
       <c r="L138" s="2">
         <v>170</v>
       </c>
       <c r="M138" s="2">
         <v>0</v>
       </c>
       <c r="N138" s="2">
         <v>270</v>
       </c>
     </row>
     <row r="139" spans="1:14">
       <c r="A139" s="2">
         <v>108766</v>
       </c>
       <c r="B139" s="2" t="s">
         <v>409</v>
       </c>
       <c r="C139" s="2" t="s">
         <v>410</v>
       </c>
       <c r="D139" s="2"/>
       <c r="E139" s="2">
         <v>7114</v>
       </c>
       <c r="F139" s="2" t="s">
         <v>411</v>
       </c>
       <c r="G139" s="2" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="H139" s="2" t="s">
         <v>412</v>
       </c>
       <c r="I139" s="2">
         <v>53</v>
       </c>
       <c r="J139" s="2">
         <v>6</v>
       </c>
       <c r="K139" s="2">
         <v>100</v>
       </c>
       <c r="L139" s="2">
         <v>250</v>
       </c>
       <c r="M139" s="2">
         <v>0</v>
       </c>
       <c r="N139" s="2">
         <v>350</v>
       </c>
     </row>
     <row r="140" spans="1:14">
       <c r="A140" s="2">
-        <v>105731</v>
+        <v>108767</v>
       </c>
       <c r="B140" s="2" t="s">
         <v>413</v>
       </c>
       <c r="C140" s="2" t="s">
         <v>414</v>
       </c>
       <c r="D140" s="2"/>
       <c r="E140" s="2">
-        <v>7036</v>
+        <v>7039</v>
       </c>
       <c r="F140" s="2" t="s">
-        <v>40</v>
+        <v>33</v>
       </c>
       <c r="G140" s="2" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="H140" s="2" t="s">
         <v>415</v>
       </c>
       <c r="I140" s="2">
         <v>54</v>
       </c>
       <c r="J140" s="2">
-        <v>40</v>
+        <v>7</v>
       </c>
       <c r="K140" s="2">
         <v>100</v>
       </c>
       <c r="L140" s="2">
-        <v>81</v>
+        <v>240</v>
       </c>
       <c r="M140" s="2">
         <v>0</v>
       </c>
       <c r="N140" s="2">
-        <v>181</v>
+        <v>340</v>
       </c>
     </row>
     <row r="141" spans="1:14">
       <c r="A141" s="2">
-        <v>108767</v>
+        <v>105731</v>
       </c>
       <c r="B141" s="2" t="s">
         <v>416</v>
       </c>
       <c r="C141" s="2" t="s">
         <v>417</v>
       </c>
       <c r="D141" s="2"/>
       <c r="E141" s="2">
-        <v>7039</v>
+        <v>7036</v>
       </c>
       <c r="F141" s="2" t="s">
-        <v>36</v>
+        <v>47</v>
       </c>
       <c r="G141" s="2" t="s">
-        <v>32</v>
+        <v>17</v>
       </c>
       <c r="H141" s="2" t="s">
         <v>418</v>
       </c>
       <c r="I141" s="2">
         <v>54</v>
       </c>
       <c r="J141" s="2">
-        <v>7</v>
+        <v>40</v>
       </c>
       <c r="K141" s="2">
         <v>100</v>
       </c>
       <c r="L141" s="2">
-        <v>240</v>
+        <v>81</v>
       </c>
       <c r="M141" s="2">
         <v>0</v>
       </c>
       <c r="N141" s="2">
-        <v>340</v>
+        <v>181</v>
       </c>
     </row>
     <row r="142" spans="1:14">
       <c r="A142" s="2">
         <v>114367</v>
       </c>
       <c r="B142" s="2" t="s">
         <v>419</v>
       </c>
       <c r="C142" s="2" t="s">
-        <v>35</v>
+        <v>32</v>
       </c>
       <c r="D142" s="2"/>
       <c r="E142" s="2">
         <v>7084</v>
       </c>
       <c r="F142" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G142" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H142" s="2" t="s">
         <v>420</v>
       </c>
       <c r="I142" s="2">
         <v>55</v>
       </c>
       <c r="J142" s="2">
         <v>41</v>
       </c>
       <c r="K142" s="2">
         <v>100</v>
       </c>
       <c r="L142" s="2">
         <v>80</v>
       </c>
       <c r="M142" s="2">
         <v>0</v>
       </c>
       <c r="N142" s="2">
         <v>180</v>
       </c>
     </row>
     <row r="143" spans="1:14">
       <c r="A143" s="2">
         <v>108768</v>
       </c>
       <c r="B143" s="2" t="s">
         <v>421</v>
       </c>
       <c r="C143" s="2" t="s">
         <v>422</v>
       </c>
       <c r="D143" s="2"/>
       <c r="E143" s="2">
         <v>7083</v>
       </c>
       <c r="F143" s="2" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="G143" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H143" s="2" t="s">
         <v>423</v>
       </c>
       <c r="I143" s="2">
         <v>55</v>
       </c>
       <c r="J143" s="2">
         <v>48</v>
       </c>
       <c r="K143" s="2">
         <v>100</v>
       </c>
       <c r="L143" s="2">
         <v>73</v>
       </c>
       <c r="M143" s="2">
         <v>0</v>
       </c>
       <c r="N143" s="2">
         <v>173</v>
       </c>
     </row>
     <row r="144" spans="1:14">
       <c r="A144" s="2">
         <v>108769</v>
       </c>
       <c r="B144" s="2" t="s">
         <v>424</v>
       </c>
       <c r="C144" s="2" t="s">
         <v>425</v>
       </c>
       <c r="D144" s="2"/>
       <c r="E144" s="2">
         <v>7048</v>
       </c>
       <c r="F144" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G144" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H144" s="2" t="s">
         <v>423</v>
       </c>
       <c r="I144" s="2">
         <v>56</v>
       </c>
       <c r="J144" s="2">
         <v>49</v>
       </c>
       <c r="K144" s="2">
         <v>100</v>
       </c>
       <c r="L144" s="2">
         <v>72</v>
       </c>
       <c r="M144" s="2">
         <v>0</v>
       </c>
       <c r="N144" s="2">
         <v>172</v>
       </c>
     </row>
     <row r="145" spans="1:14">
       <c r="A145" s="2">
         <v>114368</v>
       </c>
       <c r="B145" s="2" t="s">
         <v>426</v>
       </c>
       <c r="C145" s="2" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="D145" s="2"/>
       <c r="E145" s="2">
         <v>7052</v>
       </c>
       <c r="F145" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G145" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H145" s="2" t="s">
         <v>427</v>
       </c>
       <c r="I145" s="2">
         <v>56</v>
       </c>
       <c r="J145" s="2">
         <v>42</v>
       </c>
       <c r="K145" s="2">
         <v>100</v>
       </c>
       <c r="L145" s="2">
         <v>79</v>
       </c>
       <c r="M145" s="2">
         <v>0</v>
       </c>
       <c r="N145" s="2">
         <v>179</v>
       </c>
     </row>
     <row r="146" spans="1:14">
       <c r="A146" s="2">
         <v>108770</v>
       </c>
       <c r="B146" s="2" t="s">
         <v>428</v>
       </c>
       <c r="C146" s="2" t="s">
         <v>429</v>
       </c>
       <c r="D146" s="2"/>
       <c r="E146" s="2">
         <v>7032</v>
       </c>
       <c r="F146" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G146" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H146" s="2" t="s">
         <v>430</v>
       </c>
       <c r="I146" s="2">
         <v>57</v>
       </c>
       <c r="J146" s="2">
         <v>50</v>
       </c>
       <c r="K146" s="2">
         <v>100</v>
       </c>
       <c r="L146" s="2">
         <v>71</v>
       </c>
       <c r="M146" s="2">
         <v>0</v>
       </c>
       <c r="N146" s="2">
         <v>171</v>
       </c>
     </row>
     <row r="147" spans="1:14">
       <c r="A147" s="2">
         <v>114369</v>
       </c>
       <c r="B147" s="2" t="s">
         <v>431</v>
       </c>
       <c r="C147" s="2" t="s">
         <v>432</v>
       </c>
       <c r="D147" s="2"/>
       <c r="E147" s="2">
         <v>7046</v>
       </c>
       <c r="F147" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G147" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H147" s="2" t="s">
         <v>433</v>
       </c>
       <c r="I147" s="2">
         <v>57</v>
       </c>
       <c r="J147" s="2">
         <v>43</v>
       </c>
       <c r="K147" s="2">
         <v>100</v>
       </c>
       <c r="L147" s="2">
         <v>78</v>
       </c>
       <c r="M147" s="2">
         <v>0</v>
       </c>
       <c r="N147" s="2">
         <v>178</v>
       </c>
     </row>
     <row r="148" spans="1:14">
       <c r="A148" s="2">
         <v>111771</v>
       </c>
       <c r="B148" s="2" t="s">
         <v>434</v>
       </c>
       <c r="C148" s="2" t="s">
-        <v>26</v>
+        <v>35</v>
       </c>
       <c r="D148" s="2"/>
       <c r="E148" s="2">
         <v>7114</v>
       </c>
       <c r="F148" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G148" s="2" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="H148" s="2" t="s">
         <v>435</v>
       </c>
       <c r="I148" s="2">
         <v>58</v>
       </c>
       <c r="J148" s="2">
         <v>15</v>
       </c>
       <c r="K148" s="2">
         <v>100</v>
       </c>
       <c r="L148" s="2">
         <v>160</v>
       </c>
       <c r="M148" s="2">
         <v>0</v>
       </c>
       <c r="N148" s="2">
         <v>260</v>
       </c>
     </row>
     <row r="149" spans="1:14">
       <c r="A149" s="2">
         <v>108771</v>
       </c>
       <c r="B149" s="2" t="s">
-        <v>35</v>
+        <v>32</v>
       </c>
       <c r="C149" s="2" t="s">
         <v>436</v>
       </c>
       <c r="D149" s="2"/>
       <c r="E149" s="2">
         <v>7015</v>
       </c>
       <c r="F149" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G149" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H149" s="2" t="s">
         <v>437</v>
       </c>
       <c r="I149" s="2">
         <v>58</v>
       </c>
       <c r="J149" s="2">
         <v>51</v>
       </c>
       <c r="K149" s="2">
         <v>100</v>
       </c>
       <c r="L149" s="2">
         <v>70</v>
       </c>
       <c r="M149" s="2">
         <v>0</v>
       </c>
       <c r="N149" s="2">
         <v>170</v>
       </c>
     </row>
     <row r="150" spans="1:14">
       <c r="A150" s="2">
         <v>101722</v>
       </c>
       <c r="B150" s="2" t="s">
         <v>438</v>
       </c>
       <c r="C150" s="2" t="s">
         <v>439</v>
       </c>
       <c r="D150" s="2"/>
       <c r="E150" s="2">
         <v>7007</v>
       </c>
       <c r="F150" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G150" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H150" s="2" t="s">
         <v>440</v>
       </c>
       <c r="I150" s="2">
         <v>59</v>
       </c>
       <c r="J150" s="2">
         <v>52</v>
       </c>
       <c r="K150" s="2">
         <v>100</v>
       </c>
       <c r="L150" s="2">
         <v>69</v>
       </c>
       <c r="M150" s="2">
         <v>0</v>
       </c>
       <c r="N150" s="2">
         <v>169</v>
       </c>
     </row>
     <row r="151" spans="1:14">
       <c r="A151" s="2">
         <v>114371</v>
       </c>
       <c r="B151" s="2" t="s">
         <v>441</v>
       </c>
       <c r="C151" s="2" t="s">
         <v>442</v>
       </c>
       <c r="D151" s="2"/>
       <c r="E151" s="2">
         <v>7004</v>
       </c>
       <c r="F151" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G151" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H151" s="2" t="s">
         <v>443</v>
       </c>
       <c r="I151" s="2">
         <v>59</v>
       </c>
       <c r="J151" s="2">
         <v>44</v>
       </c>
       <c r="K151" s="2">
         <v>100</v>
       </c>
       <c r="L151" s="2">
         <v>77</v>
       </c>
       <c r="M151" s="2">
         <v>0</v>
       </c>
       <c r="N151" s="2">
         <v>177</v>
       </c>
     </row>
     <row r="152" spans="1:14">
       <c r="A152" s="2">
         <v>105708</v>
       </c>
       <c r="B152" s="2" t="s">
-        <v>356</v>
+        <v>353</v>
       </c>
       <c r="C152" s="2" t="s">
-        <v>357</v>
+        <v>354</v>
       </c>
       <c r="D152" s="2"/>
       <c r="E152" s="2">
         <v>7003</v>
       </c>
       <c r="F152" s="2" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="G152" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H152" s="2" t="s">
         <v>444</v>
       </c>
       <c r="I152" s="2">
         <v>60</v>
       </c>
       <c r="J152" s="2">
         <v>53</v>
       </c>
       <c r="K152" s="2">
         <v>100</v>
       </c>
       <c r="L152" s="2">
         <v>68</v>
       </c>
       <c r="M152" s="2">
         <v>0</v>
       </c>
       <c r="N152" s="2">
         <v>168</v>
       </c>
     </row>
     <row r="153" spans="1:14">
       <c r="A153" s="2">
         <v>114372</v>
       </c>
       <c r="B153" s="2" t="s">
         <v>445</v>
       </c>
       <c r="C153" s="2" t="s">
         <v>446</v>
       </c>
       <c r="D153" s="2"/>
       <c r="E153" s="2">
         <v>7115</v>
       </c>
       <c r="F153" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G153" s="2" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="H153" s="2" t="s">
         <v>447</v>
       </c>
       <c r="I153" s="2">
         <v>60</v>
       </c>
       <c r="J153" s="2">
         <v>16</v>
       </c>
       <c r="K153" s="2">
         <v>100</v>
       </c>
       <c r="L153" s="2">
         <v>150</v>
       </c>
       <c r="M153" s="2">
         <v>0</v>
       </c>
       <c r="N153" s="2">
         <v>250</v>
       </c>
     </row>
     <row r="154" spans="1:14">
       <c r="A154" s="2">
         <v>101780</v>
       </c>
       <c r="B154" s="2" t="s">
         <v>191</v>
       </c>
       <c r="C154" s="2" t="s">
         <v>192</v>
       </c>
       <c r="D154" s="2"/>
       <c r="E154" s="2">
         <v>7009</v>
       </c>
       <c r="F154" s="2" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="G154" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H154" s="2" t="s">
         <v>444</v>
       </c>
       <c r="I154" s="2">
         <v>61</v>
       </c>
       <c r="J154" s="2">
         <v>54</v>
       </c>
       <c r="K154" s="2">
         <v>100</v>
       </c>
       <c r="L154" s="2">
         <v>67</v>
       </c>
       <c r="M154" s="2">
         <v>0</v>
       </c>
       <c r="N154" s="2">
         <v>167</v>
       </c>
     </row>
     <row r="155" spans="1:14">
       <c r="A155" s="2">
         <v>108774</v>
       </c>
       <c r="B155" s="2" t="s">
         <v>431</v>
       </c>
       <c r="C155" s="2" t="s">
         <v>448</v>
       </c>
       <c r="D155" s="2"/>
       <c r="E155" s="2">
         <v>7078</v>
       </c>
       <c r="F155" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G155" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H155" s="2" t="s">
         <v>449</v>
       </c>
       <c r="I155" s="2">
         <v>62</v>
       </c>
       <c r="J155" s="2">
         <v>55</v>
       </c>
       <c r="K155" s="2">
         <v>100</v>
       </c>
       <c r="L155" s="2">
         <v>66</v>
       </c>
       <c r="M155" s="2">
         <v>0</v>
       </c>
       <c r="N155" s="2">
         <v>166</v>
       </c>