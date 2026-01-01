--- v0 (2025-10-27)
+++ v1 (2026-01-01)
@@ -86,95 +86,95 @@
   <si>
     <t>羅楚健</t>
   </si>
   <si>
     <t>Hong Kong</t>
   </si>
   <si>
     <t>Male</t>
   </si>
   <si>
     <t>26:15:16</t>
   </si>
   <si>
     <t>Andres</t>
   </si>
   <si>
     <t>Villagran</t>
   </si>
   <si>
     <t>Ecuador</t>
   </si>
   <si>
     <t>28:13:33</t>
   </si>
   <si>
+    <t>Wan Ho Isaac</t>
+  </si>
+  <si>
+    <t>Yuen</t>
+  </si>
+  <si>
+    <t>29:22:40</t>
+  </si>
+  <si>
     <t>Tho Fatt</t>
   </si>
   <si>
     <t>Liew</t>
   </si>
   <si>
     <t>Malaysia</t>
   </si>
   <si>
     <t>30:06:48</t>
   </si>
   <si>
-    <t>Wan Ho Isaac</t>
-[...5 lines deleted...]
-    <t>29:22:40</t>
+    <t>Arief</t>
+  </si>
+  <si>
+    <t>Wismoyono</t>
+  </si>
+  <si>
+    <t>Indonesia</t>
+  </si>
+  <si>
+    <t>31:46:48</t>
   </si>
   <si>
     <t>Wilnar</t>
   </si>
   <si>
     <t>Iglesia</t>
   </si>
   <si>
     <t>Philippines</t>
   </si>
   <si>
     <t>30:21:35</t>
   </si>
   <si>
-    <t>Arief</t>
-[...10 lines deleted...]
-  <si>
     <t>Joanna</t>
   </si>
   <si>
     <t>Kruk</t>
   </si>
   <si>
     <t>Australia</t>
   </si>
   <si>
     <t>Female</t>
   </si>
   <si>
     <t>31:10:31</t>
   </si>
   <si>
     <t>Woon Chze Christine</t>
   </si>
   <si>
     <t>Loh</t>
   </si>
   <si>
     <t>34:28:58</t>
   </si>
   <si>
     <t>Milton</t>
@@ -203,113 +203,113 @@
   <si>
     <t>Lau Say</t>
   </si>
   <si>
     <t>34:14:28</t>
   </si>
   <si>
     <t>Kong</t>
   </si>
   <si>
     <t>Soo</t>
   </si>
   <si>
     <t>34:22:12</t>
   </si>
   <si>
     <t>Ruth</t>
   </si>
   <si>
     <t>Theresia</t>
   </si>
   <si>
     <t>36:10:28</t>
   </si>
   <si>
+    <t>Tomohiro</t>
+  </si>
+  <si>
+    <t>Mizukoshi</t>
+  </si>
+  <si>
+    <t>水越　友洋</t>
+  </si>
+  <si>
+    <t>Japan</t>
+  </si>
+  <si>
+    <t>34:49:00</t>
+  </si>
+  <si>
     <t>Hendra</t>
   </si>
   <si>
     <t>Siswanto</t>
   </si>
   <si>
     <t>36:12:14</t>
   </si>
   <si>
-    <t>Tomohiro</t>
-[...13 lines deleted...]
-  <si>
     <t>Shannon</t>
   </si>
   <si>
     <t>Francis-lee</t>
   </si>
   <si>
     <t>36:55:41</t>
   </si>
   <si>
     <t>Rao</t>
   </si>
   <si>
     <t>Shashwat</t>
   </si>
   <si>
     <t>India</t>
   </si>
   <si>
     <t>35:31:29</t>
   </si>
   <si>
+    <t>William</t>
+  </si>
+  <si>
+    <t>Beanjay</t>
+  </si>
+  <si>
+    <t>37:06:18</t>
+  </si>
+  <si>
     <t>Law Lay</t>
   </si>
   <si>
     <t>Eng</t>
   </si>
   <si>
     <t>35:34:57</t>
   </si>
   <si>
-    <t>William</t>
-[...7 lines deleted...]
-  <si>
     <t>Lily</t>
   </si>
   <si>
     <t>Suryani</t>
   </si>
   <si>
     <t>37:15:43</t>
   </si>
   <si>
     <t>Lesmana</t>
   </si>
   <si>
     <t>35:46:45</t>
   </si>
   <si>
     <t>37:25:09</t>
   </si>
   <si>
     <t>Sebrey Jen Bin</t>
   </si>
   <si>
     <t>Sompit</t>
   </si>
   <si>
     <t>35:54:39</t>
@@ -350,69 +350,69 @@
   <si>
     <t>United States</t>
   </si>
   <si>
     <t>37:10:53</t>
   </si>
   <si>
     <t>Marjilah</t>
   </si>
   <si>
     <t>Rebid</t>
   </si>
   <si>
     <t>37:42:28</t>
   </si>
   <si>
     <t>Rudy</t>
   </si>
   <si>
     <t>Irwan Shukaime</t>
   </si>
   <si>
     <t>38:28:28</t>
   </si>
   <si>
+    <t>Henry</t>
+  </si>
+  <si>
+    <t>Yang</t>
+  </si>
+  <si>
+    <t>Singapore</t>
+  </si>
+  <si>
+    <t>38:33:57</t>
+  </si>
+  <si>
     <t>Terence</t>
   </si>
   <si>
     <t>Kew</t>
   </si>
   <si>
-    <t>Singapore</t>
-[...1 lines deleted...]
-  <si>
     <t>38:56:28</t>
-  </si>
-[...7 lines deleted...]
-    <t>38:33:57</t>
   </si>
   <si>
     <t>Tommy</t>
   </si>
   <si>
     <t>Mathew</t>
   </si>
   <si>
     <t>38:38:49</t>
   </si>
   <si>
     <t>Jaturong</t>
   </si>
   <si>
     <t>Pinporn</t>
   </si>
   <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>39:06:27</t>
   </si>
   <si>
     <t>Muhammad</t>
   </si>
@@ -948,214 +948,214 @@
       </c>
       <c r="H3" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I3" s="2">
         <v>1</v>
       </c>
       <c r="J3" s="2">
         <v>1</v>
       </c>
       <c r="K3" s="2">
         <v>175</v>
       </c>
       <c r="L3" s="2">
         <v>400</v>
       </c>
       <c r="M3" s="2">
         <v>0</v>
       </c>
       <c r="N3" s="2">
         <v>575</v>
       </c>
     </row>
     <row r="4" spans="1:14">
       <c r="A4" s="2">
-        <v>104613</v>
+        <v>100163</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>24</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>25</v>
       </c>
       <c r="D4" s="2"/>
       <c r="E4" s="2">
-        <v>1651</v>
+        <v>1657</v>
       </c>
       <c r="F4" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G4" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="H4" s="2" t="s">
         <v>26</v>
-      </c>
-[...4 lines deleted...]
-        <v>27</v>
       </c>
       <c r="I4" s="2">
         <v>2</v>
       </c>
       <c r="J4" s="2">
         <v>2</v>
       </c>
       <c r="K4" s="2">
-        <v>200</v>
+        <v>175</v>
       </c>
       <c r="L4" s="2">
         <v>350</v>
       </c>
       <c r="M4" s="2">
         <v>0</v>
       </c>
       <c r="N4" s="2">
-        <v>550</v>
+        <v>525</v>
       </c>
     </row>
     <row r="5" spans="1:14">
       <c r="A5" s="2">
-        <v>100163</v>
+        <v>104613</v>
       </c>
       <c r="B5" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="C5" s="2" t="s">
         <v>28</v>
-      </c>
-[...1 lines deleted...]
-        <v>29</v>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2">
-        <v>1657</v>
+        <v>1651</v>
       </c>
       <c r="F5" s="2" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="G5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H5" s="2" t="s">
         <v>30</v>
       </c>
       <c r="I5" s="2">
         <v>2</v>
       </c>
       <c r="J5" s="2">
         <v>2</v>
       </c>
       <c r="K5" s="2">
-        <v>175</v>
+        <v>200</v>
       </c>
       <c r="L5" s="2">
         <v>350</v>
       </c>
       <c r="M5" s="2">
         <v>0</v>
       </c>
       <c r="N5" s="2">
-        <v>525</v>
+        <v>550</v>
       </c>
     </row>
     <row r="6" spans="1:14">
       <c r="A6" s="2">
-        <v>104467</v>
+        <v>100973</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>32</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2">
-        <v>1694</v>
+        <v>1646</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>33</v>
       </c>
       <c r="G6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H6" s="2" t="s">
         <v>34</v>
       </c>
       <c r="I6" s="2">
         <v>3</v>
       </c>
       <c r="J6" s="2">
         <v>3</v>
       </c>
       <c r="K6" s="2">
-        <v>200</v>
+        <v>175</v>
       </c>
       <c r="L6" s="2">
         <v>325</v>
       </c>
       <c r="M6" s="2">
         <v>0</v>
       </c>
       <c r="N6" s="2">
-        <v>525</v>
+        <v>500</v>
       </c>
     </row>
     <row r="7" spans="1:14">
       <c r="A7" s="2">
-        <v>100973</v>
+        <v>104467</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>35</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>36</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2">
-        <v>1646</v>
+        <v>1694</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>37</v>
       </c>
       <c r="G7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H7" s="2" t="s">
         <v>38</v>
       </c>
       <c r="I7" s="2">
         <v>3</v>
       </c>
       <c r="J7" s="2">
         <v>3</v>
       </c>
       <c r="K7" s="2">
-        <v>175</v>
+        <v>200</v>
       </c>
       <c r="L7" s="2">
         <v>325</v>
       </c>
       <c r="M7" s="2">
         <v>0</v>
       </c>
       <c r="N7" s="2">
-        <v>500</v>
+        <v>525</v>
       </c>
     </row>
     <row r="8" spans="1:14">
       <c r="A8" s="2">
         <v>103086</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>39</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>40</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2">
         <v>1611</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>41</v>
       </c>
       <c r="G8" s="2" t="s">
         <v>42</v>
       </c>
       <c r="H8" s="2" t="s">
         <v>43</v>
       </c>
@@ -1171,431 +1171,431 @@
       <c r="L8" s="2">
         <v>400</v>
       </c>
       <c r="M8" s="2">
         <v>0</v>
       </c>
       <c r="N8" s="2">
         <v>600</v>
       </c>
     </row>
     <row r="9" spans="1:14">
       <c r="A9" s="2">
         <v>104612</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>44</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>45</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2">
         <v>1693</v>
       </c>
       <c r="F9" s="2" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="G9" s="2" t="s">
         <v>42</v>
       </c>
       <c r="H9" s="2" t="s">
         <v>46</v>
       </c>
       <c r="I9" s="2">
         <v>4</v>
       </c>
       <c r="J9" s="2">
         <v>1</v>
       </c>
       <c r="K9" s="2">
         <v>175</v>
       </c>
       <c r="L9" s="2">
         <v>400</v>
       </c>
       <c r="M9" s="2">
         <v>0</v>
       </c>
       <c r="N9" s="2">
         <v>575</v>
       </c>
     </row>
     <row r="10" spans="1:14">
       <c r="A10" s="2">
         <v>107973</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>47</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>48</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2">
         <v>1683</v>
       </c>
       <c r="F10" s="2" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="G10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H10" s="2" t="s">
         <v>49</v>
       </c>
       <c r="I10" s="2">
         <v>5</v>
       </c>
       <c r="J10" s="2">
         <v>4</v>
       </c>
       <c r="K10" s="2">
         <v>200</v>
       </c>
       <c r="L10" s="2">
         <v>300</v>
       </c>
       <c r="M10" s="2">
         <v>0</v>
       </c>
       <c r="N10" s="2">
         <v>500</v>
       </c>
     </row>
     <row r="11" spans="1:14">
       <c r="A11" s="2">
         <v>104613</v>
       </c>
       <c r="B11" s="2" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="C11" s="2" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2">
         <v>1623</v>
       </c>
       <c r="F11" s="2" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="G11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H11" s="2" t="s">
         <v>50</v>
       </c>
       <c r="I11" s="2">
         <v>5</v>
       </c>
       <c r="J11" s="2">
         <v>4</v>
       </c>
       <c r="K11" s="2">
         <v>175</v>
       </c>
       <c r="L11" s="2">
         <v>300</v>
       </c>
       <c r="M11" s="2">
         <v>0</v>
       </c>
       <c r="N11" s="2">
         <v>475</v>
       </c>
     </row>
     <row r="12" spans="1:14">
       <c r="A12" s="2">
         <v>104614</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>51</v>
       </c>
       <c r="C12" s="2" t="s">
         <v>52</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2">
         <v>1612</v>
       </c>
       <c r="F12" s="2" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="G12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H12" s="2" t="s">
         <v>53</v>
       </c>
       <c r="I12" s="2">
         <v>6</v>
       </c>
       <c r="J12" s="2">
         <v>5</v>
       </c>
       <c r="K12" s="2">
         <v>175</v>
       </c>
       <c r="L12" s="2">
         <v>275</v>
       </c>
       <c r="M12" s="2">
         <v>0</v>
       </c>
       <c r="N12" s="2">
         <v>450</v>
       </c>
     </row>
     <row r="13" spans="1:14">
       <c r="A13" s="2">
         <v>104617</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>54</v>
       </c>
       <c r="C13" s="2" t="s">
         <v>55</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2">
         <v>1646</v>
       </c>
       <c r="F13" s="2" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="G13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H13" s="2" t="s">
         <v>56</v>
       </c>
       <c r="I13" s="2">
         <v>6</v>
       </c>
       <c r="J13" s="2">
         <v>5</v>
       </c>
       <c r="K13" s="2">
         <v>200</v>
       </c>
       <c r="L13" s="2">
         <v>275</v>
       </c>
       <c r="M13" s="2">
         <v>0</v>
       </c>
       <c r="N13" s="2">
         <v>475</v>
       </c>
     </row>
     <row r="14" spans="1:14">
       <c r="A14" s="2">
         <v>108533</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>57</v>
       </c>
       <c r="C14" s="2" t="s">
         <v>58</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2">
         <v>1637</v>
       </c>
       <c r="F14" s="2" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="G14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H14" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I14" s="2">
         <v>7</v>
       </c>
       <c r="J14" s="2">
         <v>6</v>
       </c>
       <c r="K14" s="2">
         <v>200</v>
       </c>
       <c r="L14" s="2">
         <v>250</v>
       </c>
       <c r="M14" s="2">
         <v>0</v>
       </c>
       <c r="N14" s="2">
         <v>450</v>
       </c>
     </row>
     <row r="15" spans="1:14">
       <c r="A15" s="2">
         <v>101970</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>60</v>
       </c>
       <c r="C15" s="2" t="s">
         <v>61</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2">
         <v>1696</v>
       </c>
       <c r="F15" s="2" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="G15" s="2" t="s">
         <v>42</v>
       </c>
       <c r="H15" s="2" t="s">
         <v>62</v>
       </c>
       <c r="I15" s="2">
         <v>7</v>
       </c>
       <c r="J15" s="2">
         <v>2</v>
       </c>
       <c r="K15" s="2">
         <v>175</v>
       </c>
       <c r="L15" s="2">
         <v>350</v>
       </c>
       <c r="M15" s="2">
         <v>0</v>
       </c>
       <c r="N15" s="2">
         <v>525</v>
       </c>
     </row>
     <row r="16" spans="1:14">
       <c r="A16" s="2">
-        <v>102701</v>
+        <v>106722</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>63</v>
       </c>
       <c r="C16" s="2" t="s">
         <v>64</v>
       </c>
-      <c r="D16" s="2"/>
+      <c r="D16" s="2" t="s">
+        <v>65</v>
+      </c>
       <c r="E16" s="2">
-        <v>1645</v>
+        <v>1644</v>
       </c>
       <c r="F16" s="2" t="s">
-        <v>37</v>
+        <v>66</v>
       </c>
       <c r="G16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H16" s="2" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="I16" s="2">
         <v>8</v>
       </c>
       <c r="J16" s="2">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="K16" s="2">
-        <v>175</v>
+        <v>200</v>
       </c>
       <c r="L16" s="2">
-        <v>250</v>
+        <v>240</v>
       </c>
       <c r="M16" s="2">
         <v>0</v>
       </c>
       <c r="N16" s="2">
-        <v>425</v>
+        <v>440</v>
       </c>
     </row>
     <row r="17" spans="1:14">
       <c r="A17" s="2">
-        <v>106722</v>
+        <v>102701</v>
       </c>
       <c r="B17" s="2" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="C17" s="2" t="s">
-        <v>67</v>
-[...3 lines deleted...]
-      </c>
+        <v>69</v>
+      </c>
+      <c r="D17" s="2"/>
       <c r="E17" s="2">
-        <v>1644</v>
+        <v>1645</v>
       </c>
       <c r="F17" s="2" t="s">
-        <v>69</v>
+        <v>33</v>
       </c>
       <c r="G17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H17" s="2" t="s">
         <v>70</v>
       </c>
       <c r="I17" s="2">
         <v>8</v>
       </c>
       <c r="J17" s="2">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="K17" s="2">
-        <v>200</v>
+        <v>175</v>
       </c>
       <c r="L17" s="2">
-        <v>240</v>
+        <v>250</v>
       </c>
       <c r="M17" s="2">
         <v>0</v>
       </c>
       <c r="N17" s="2">
-        <v>440</v>
+        <v>425</v>
       </c>
     </row>
     <row r="18" spans="1:14">
       <c r="A18" s="2">
         <v>104615</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>71</v>
       </c>
       <c r="C18" s="2" t="s">
         <v>72</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2">
         <v>1601</v>
       </c>
       <c r="F18" s="2" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="G18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H18" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I18" s="2">
         <v>9</v>
       </c>
       <c r="J18" s="2">
         <v>7</v>
       </c>
       <c r="K18" s="2">
         <v>175</v>
       </c>
       <c r="L18" s="2">
         <v>240</v>
       </c>
       <c r="M18" s="2">
         <v>0</v>
       </c>
       <c r="N18" s="2">
         <v>415</v>
       </c>
@@ -1622,400 +1622,400 @@
       </c>
       <c r="H19" s="2" t="s">
         <v>77</v>
       </c>
       <c r="I19" s="2">
         <v>9</v>
       </c>
       <c r="J19" s="2">
         <v>8</v>
       </c>
       <c r="K19" s="2">
         <v>200</v>
       </c>
       <c r="L19" s="2">
         <v>230</v>
       </c>
       <c r="M19" s="2">
         <v>0</v>
       </c>
       <c r="N19" s="2">
         <v>430</v>
       </c>
     </row>
     <row r="20" spans="1:14">
       <c r="A20" s="2">
-        <v>101425</v>
+        <v>104616</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>78</v>
       </c>
       <c r="C20" s="2" t="s">
         <v>79</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2">
-        <v>1604</v>
+        <v>1655</v>
       </c>
       <c r="F20" s="2" t="s">
-        <v>26</v>
+        <v>33</v>
       </c>
       <c r="G20" s="2" t="s">
-        <v>42</v>
+        <v>18</v>
       </c>
       <c r="H20" s="2" t="s">
         <v>80</v>
       </c>
       <c r="I20" s="2">
         <v>10</v>
       </c>
       <c r="J20" s="2">
-        <v>2</v>
+        <v>8</v>
       </c>
       <c r="K20" s="2">
-        <v>200</v>
+        <v>175</v>
       </c>
       <c r="L20" s="2">
-        <v>350</v>
+        <v>230</v>
       </c>
       <c r="M20" s="2">
         <v>0</v>
       </c>
       <c r="N20" s="2">
-        <v>550</v>
+        <v>405</v>
       </c>
     </row>
     <row r="21" spans="1:14">
       <c r="A21" s="2">
-        <v>104616</v>
+        <v>101425</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>81</v>
       </c>
       <c r="C21" s="2" t="s">
         <v>82</v>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2">
-        <v>1655</v>
+        <v>1604</v>
       </c>
       <c r="F21" s="2" t="s">
-        <v>37</v>
+        <v>29</v>
       </c>
       <c r="G21" s="2" t="s">
-        <v>18</v>
+        <v>42</v>
       </c>
       <c r="H21" s="2" t="s">
         <v>83</v>
       </c>
       <c r="I21" s="2">
         <v>10</v>
       </c>
       <c r="J21" s="2">
-        <v>8</v>
+        <v>2</v>
       </c>
       <c r="K21" s="2">
-        <v>175</v>
+        <v>200</v>
       </c>
       <c r="L21" s="2">
-        <v>230</v>
+        <v>350</v>
       </c>
       <c r="M21" s="2">
         <v>0</v>
       </c>
       <c r="N21" s="2">
-        <v>405</v>
+        <v>550</v>
       </c>
     </row>
     <row r="22" spans="1:14">
       <c r="A22" s="2">
         <v>102404</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>84</v>
       </c>
       <c r="C22" s="2" t="s">
         <v>85</v>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2">
         <v>1694</v>
       </c>
       <c r="F22" s="2" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="G22" s="2" t="s">
         <v>42</v>
       </c>
       <c r="H22" s="2" t="s">
         <v>86</v>
       </c>
       <c r="I22" s="2">
         <v>11</v>
       </c>
       <c r="J22" s="2">
         <v>3</v>
       </c>
       <c r="K22" s="2">
         <v>175</v>
       </c>
       <c r="L22" s="2">
         <v>325</v>
       </c>
       <c r="M22" s="2">
         <v>0</v>
       </c>
       <c r="N22" s="2">
         <v>500</v>
       </c>
     </row>
     <row r="23" spans="1:14">
       <c r="A23" s="2">
         <v>104513</v>
       </c>
       <c r="B23" s="2" t="s">
-        <v>81</v>
+        <v>78</v>
       </c>
       <c r="C23" s="2" t="s">
         <v>87</v>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="2">
         <v>1684</v>
       </c>
       <c r="F23" s="2" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="G23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H23" s="2" t="s">
         <v>88</v>
       </c>
       <c r="I23" s="2">
         <v>11</v>
       </c>
       <c r="J23" s="2">
         <v>9</v>
       </c>
       <c r="K23" s="2">
         <v>200</v>
       </c>
       <c r="L23" s="2">
         <v>220</v>
       </c>
       <c r="M23" s="2">
         <v>0</v>
       </c>
       <c r="N23" s="2">
         <v>420</v>
       </c>
     </row>
     <row r="24" spans="1:14">
       <c r="A24" s="2">
         <v>104617</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>54</v>
       </c>
       <c r="C24" s="2" t="s">
         <v>55</v>
       </c>
       <c r="D24" s="2"/>
       <c r="E24" s="2">
         <v>1608</v>
       </c>
       <c r="F24" s="2" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="G24" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H24" s="2" t="s">
         <v>89</v>
       </c>
       <c r="I24" s="2">
         <v>12</v>
       </c>
       <c r="J24" s="2">
         <v>9</v>
       </c>
       <c r="K24" s="2">
         <v>175</v>
       </c>
       <c r="L24" s="2">
         <v>220</v>
       </c>
       <c r="M24" s="2">
         <v>0</v>
       </c>
       <c r="N24" s="2">
         <v>395</v>
       </c>
     </row>
     <row r="25" spans="1:14">
       <c r="A25" s="2">
         <v>104503</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>90</v>
       </c>
       <c r="C25" s="2" t="s">
         <v>91</v>
       </c>
       <c r="D25" s="2"/>
       <c r="E25" s="2">
         <v>1679</v>
       </c>
       <c r="F25" s="2" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="G25" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H25" s="2" t="s">
         <v>92</v>
       </c>
       <c r="I25" s="2">
         <v>12</v>
       </c>
       <c r="J25" s="2">
         <v>10</v>
       </c>
       <c r="K25" s="2">
         <v>200</v>
       </c>
       <c r="L25" s="2">
         <v>210</v>
       </c>
       <c r="M25" s="2">
         <v>0</v>
       </c>
       <c r="N25" s="2">
         <v>410</v>
       </c>
     </row>
     <row r="26" spans="1:14">
       <c r="A26" s="2">
         <v>104618</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>93</v>
       </c>
       <c r="C26" s="2" t="s">
         <v>94</v>
       </c>
       <c r="D26" s="2"/>
       <c r="E26" s="2">
         <v>1619</v>
       </c>
       <c r="F26" s="2" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="G26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H26" s="2" t="s">
         <v>95</v>
       </c>
       <c r="I26" s="2">
         <v>13</v>
       </c>
       <c r="J26" s="2">
         <v>10</v>
       </c>
       <c r="K26" s="2">
         <v>175</v>
       </c>
       <c r="L26" s="2">
         <v>210</v>
       </c>
       <c r="M26" s="2">
         <v>0</v>
       </c>
       <c r="N26" s="2">
         <v>385</v>
       </c>
     </row>
     <row r="27" spans="1:14">
       <c r="A27" s="2">
         <v>109118</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>96</v>
       </c>
       <c r="C27" s="2" t="s">
         <v>97</v>
       </c>
       <c r="D27" s="2"/>
       <c r="E27" s="2">
         <v>1681</v>
       </c>
       <c r="F27" s="2" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="G27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H27" s="2" t="s">
         <v>98</v>
       </c>
       <c r="I27" s="2">
         <v>13</v>
       </c>
       <c r="J27" s="2">
         <v>11</v>
       </c>
       <c r="K27" s="2">
         <v>200</v>
       </c>
       <c r="L27" s="2">
         <v>200</v>
       </c>
       <c r="M27" s="2">
         <v>0</v>
       </c>
       <c r="N27" s="2">
         <v>400</v>
       </c>
     </row>
     <row r="28" spans="1:14">
       <c r="A28" s="2">
         <v>100695</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>99</v>
       </c>
       <c r="C28" s="2" t="s">
         <v>100</v>
       </c>
       <c r="D28" s="2"/>
       <c r="E28" s="2">
         <v>1691</v>
       </c>
       <c r="F28" s="2" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="G28" s="2" t="s">
         <v>42</v>
       </c>
       <c r="H28" s="2" t="s">
         <v>101</v>
       </c>
       <c r="I28" s="2">
         <v>14</v>
       </c>
       <c r="J28" s="2">
         <v>4</v>
       </c>
       <c r="K28" s="2">
         <v>175</v>
       </c>
       <c r="L28" s="2">
         <v>300</v>
       </c>
       <c r="M28" s="2">
         <v>0</v>
       </c>
       <c r="N28" s="2">
         <v>475</v>
       </c>
@@ -2055,219 +2055,219 @@
       <c r="L29" s="2">
         <v>325</v>
       </c>
       <c r="M29" s="2">
         <v>0</v>
       </c>
       <c r="N29" s="2">
         <v>525</v>
       </c>
     </row>
     <row r="30" spans="1:14">
       <c r="A30" s="2">
         <v>109119</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>106</v>
       </c>
       <c r="C30" s="2" t="s">
         <v>107</v>
       </c>
       <c r="D30" s="2"/>
       <c r="E30" s="2">
         <v>1607</v>
       </c>
       <c r="F30" s="2" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="G30" s="2" t="s">
         <v>42</v>
       </c>
       <c r="H30" s="2" t="s">
         <v>108</v>
       </c>
       <c r="I30" s="2">
         <v>15</v>
       </c>
       <c r="J30" s="2">
         <v>4</v>
       </c>
       <c r="K30" s="2">
         <v>200</v>
       </c>
       <c r="L30" s="2">
         <v>300</v>
       </c>
       <c r="M30" s="2">
         <v>0</v>
       </c>
       <c r="N30" s="2">
         <v>500</v>
       </c>
     </row>
     <row r="31" spans="1:14">
       <c r="A31" s="2">
         <v>101432</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>109</v>
       </c>
       <c r="C31" s="2" t="s">
         <v>110</v>
       </c>
       <c r="D31" s="2"/>
       <c r="E31" s="2">
         <v>1656</v>
       </c>
       <c r="F31" s="2" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="G31" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H31" s="2" t="s">
         <v>111</v>
       </c>
       <c r="I31" s="2">
         <v>15</v>
       </c>
       <c r="J31" s="2">
         <v>11</v>
       </c>
       <c r="K31" s="2">
         <v>175</v>
       </c>
       <c r="L31" s="2">
         <v>200</v>
       </c>
       <c r="M31" s="2">
         <v>0</v>
       </c>
       <c r="N31" s="2">
         <v>375</v>
       </c>
     </row>
     <row r="32" spans="1:14">
       <c r="A32" s="2">
-        <v>104619</v>
+        <v>101555</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>112</v>
       </c>
       <c r="C32" s="2" t="s">
         <v>113</v>
       </c>
       <c r="D32" s="2"/>
       <c r="E32" s="2">
-        <v>1632</v>
+        <v>1695</v>
       </c>
       <c r="F32" s="2" t="s">
         <v>114</v>
       </c>
       <c r="G32" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H32" s="2" t="s">
         <v>115</v>
       </c>
       <c r="I32" s="2">
         <v>16</v>
       </c>
       <c r="J32" s="2">
         <v>12</v>
       </c>
       <c r="K32" s="2">
-        <v>175</v>
+        <v>200</v>
       </c>
       <c r="L32" s="2">
         <v>190</v>
       </c>
       <c r="M32" s="2">
         <v>0</v>
       </c>
       <c r="N32" s="2">
-        <v>365</v>
+        <v>390</v>
       </c>
     </row>
     <row r="33" spans="1:14">
       <c r="A33" s="2">
-        <v>101555</v>
+        <v>104619</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>116</v>
       </c>
       <c r="C33" s="2" t="s">
         <v>117</v>
       </c>
       <c r="D33" s="2"/>
       <c r="E33" s="2">
-        <v>1695</v>
+        <v>1632</v>
       </c>
       <c r="F33" s="2" t="s">
         <v>114</v>
       </c>
       <c r="G33" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H33" s="2" t="s">
         <v>118</v>
       </c>
       <c r="I33" s="2">
         <v>16</v>
       </c>
       <c r="J33" s="2">
         <v>12</v>
       </c>
       <c r="K33" s="2">
-        <v>200</v>
+        <v>175</v>
       </c>
       <c r="L33" s="2">
         <v>190</v>
       </c>
       <c r="M33" s="2">
         <v>0</v>
       </c>
       <c r="N33" s="2">
-        <v>390</v>
+        <v>365</v>
       </c>
     </row>
     <row r="34" spans="1:14">
       <c r="A34" s="2">
         <v>105938</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>119</v>
       </c>
       <c r="C34" s="2" t="s">
         <v>120</v>
       </c>
       <c r="D34" s="2"/>
       <c r="E34" s="2">
         <v>1671</v>
       </c>
       <c r="F34" s="2" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="G34" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H34" s="2" t="s">
         <v>121</v>
       </c>
       <c r="I34" s="2">
         <v>17</v>
       </c>
       <c r="J34" s="2">
         <v>13</v>
       </c>
       <c r="K34" s="2">
         <v>200</v>
       </c>
       <c r="L34" s="2">
         <v>180</v>
       </c>
       <c r="M34" s="2">
         <v>0</v>
       </c>
       <c r="N34" s="2">
         <v>380</v>
       </c>
@@ -2307,135 +2307,135 @@
       <c r="L35" s="2">
         <v>170</v>
       </c>
       <c r="M35" s="2">
         <v>0</v>
       </c>
       <c r="N35" s="2">
         <v>370</v>
       </c>
     </row>
     <row r="36" spans="1:14">
       <c r="A36" s="2">
         <v>105233</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>126</v>
       </c>
       <c r="C36" s="2" t="s">
         <v>127</v>
       </c>
       <c r="D36" s="2"/>
       <c r="E36" s="2">
         <v>1696</v>
       </c>
       <c r="F36" s="2" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="G36" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H36" s="2" t="s">
         <v>128</v>
       </c>
       <c r="I36" s="2">
         <v>19</v>
       </c>
       <c r="J36" s="2">
         <v>15</v>
       </c>
       <c r="K36" s="2">
         <v>200</v>
       </c>
       <c r="L36" s="2">
         <v>160</v>
       </c>
       <c r="M36" s="2">
         <v>0</v>
       </c>
       <c r="N36" s="2">
         <v>360</v>
       </c>
     </row>
     <row r="37" spans="1:14">
       <c r="A37" s="2">
         <v>109122</v>
       </c>
       <c r="B37" s="2" t="s">
         <v>129</v>
       </c>
       <c r="C37" s="2" t="s">
         <v>130</v>
       </c>
       <c r="D37" s="2"/>
       <c r="E37" s="2">
         <v>1650</v>
       </c>
       <c r="F37" s="2" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="G37" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H37" s="2" t="s">
         <v>131</v>
       </c>
       <c r="I37" s="2">
         <v>20</v>
       </c>
       <c r="J37" s="2">
         <v>16</v>
       </c>
       <c r="K37" s="2">
         <v>200</v>
       </c>
       <c r="L37" s="2">
         <v>150</v>
       </c>
       <c r="M37" s="2">
         <v>0</v>
       </c>
       <c r="N37" s="2">
         <v>350</v>
       </c>
     </row>
     <row r="38" spans="1:14">
       <c r="A38" s="2">
         <v>104522</v>
       </c>
       <c r="B38" s="2" t="s">
         <v>132</v>
       </c>
       <c r="C38" s="2" t="s">
         <v>133</v>
       </c>
       <c r="D38" s="2"/>
       <c r="E38" s="2">
         <v>1642</v>
       </c>
       <c r="F38" s="2" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="G38" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H38" s="2" t="s">
         <v>134</v>
       </c>
       <c r="I38" s="2">
         <v>21</v>
       </c>
       <c r="J38" s="2">
         <v>17</v>
       </c>
       <c r="K38" s="2">
         <v>200</v>
       </c>
       <c r="L38" s="2">
         <v>140</v>
       </c>
       <c r="M38" s="2">
         <v>0</v>
       </c>
       <c r="N38" s="2">
         <v>340</v>
       </c>