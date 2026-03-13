--- v1 (2026-01-01)
+++ v2 (2026-03-13)
@@ -107,209 +107,209 @@
   <si>
     <t>28:13:33</t>
   </si>
   <si>
     <t>Wan Ho Isaac</t>
   </si>
   <si>
     <t>Yuen</t>
   </si>
   <si>
     <t>29:22:40</t>
   </si>
   <si>
     <t>Tho Fatt</t>
   </si>
   <si>
     <t>Liew</t>
   </si>
   <si>
     <t>Malaysia</t>
   </si>
   <si>
     <t>30:06:48</t>
   </si>
   <si>
+    <t>Wilnar</t>
+  </si>
+  <si>
+    <t>Iglesia</t>
+  </si>
+  <si>
+    <t>Philippines</t>
+  </si>
+  <si>
+    <t>30:21:35</t>
+  </si>
+  <si>
     <t>Arief</t>
   </si>
   <si>
     <t>Wismoyono</t>
   </si>
   <si>
     <t>Indonesia</t>
   </si>
   <si>
     <t>31:46:48</t>
   </si>
   <si>
-    <t>Wilnar</t>
-[...10 lines deleted...]
-  <si>
     <t>Joanna</t>
   </si>
   <si>
     <t>Kruk</t>
   </si>
   <si>
     <t>Australia</t>
   </si>
   <si>
     <t>Female</t>
   </si>
   <si>
     <t>31:10:31</t>
   </si>
   <si>
     <t>Woon Chze Christine</t>
   </si>
   <si>
     <t>Loh</t>
   </si>
   <si>
     <t>34:28:58</t>
   </si>
   <si>
     <t>Milton</t>
   </si>
   <si>
     <t>Amat</t>
   </si>
   <si>
     <t>32:08:31</t>
   </si>
   <si>
     <t>34:46:47</t>
   </si>
   <si>
+    <t>Niong</t>
+  </si>
+  <si>
+    <t>Lau Say</t>
+  </si>
+  <si>
+    <t>34:14:28</t>
+  </si>
+  <si>
     <t>Fedoh</t>
   </si>
   <si>
     <t>Ompiduk</t>
   </si>
   <si>
     <t>34:52:44</t>
   </si>
   <si>
-    <t>Niong</t>
-[...5 lines deleted...]
-    <t>34:14:28</t>
+    <t>Ruth</t>
+  </si>
+  <si>
+    <t>Theresia</t>
+  </si>
+  <si>
+    <t>36:10:28</t>
   </si>
   <si>
     <t>Kong</t>
   </si>
   <si>
     <t>Soo</t>
   </si>
   <si>
     <t>34:22:12</t>
   </si>
   <si>
-    <t>Ruth</t>
-[...5 lines deleted...]
-    <t>36:10:28</t>
+    <t>Hendra</t>
+  </si>
+  <si>
+    <t>Siswanto</t>
+  </si>
+  <si>
+    <t>36:12:14</t>
   </si>
   <si>
     <t>Tomohiro</t>
   </si>
   <si>
     <t>Mizukoshi</t>
   </si>
   <si>
     <t>水越　友洋</t>
   </si>
   <si>
     <t>Japan</t>
   </si>
   <si>
     <t>34:49:00</t>
   </si>
   <si>
-    <t>Hendra</t>
-[...7 lines deleted...]
-  <si>
     <t>Shannon</t>
   </si>
   <si>
     <t>Francis-lee</t>
   </si>
   <si>
     <t>36:55:41</t>
   </si>
   <si>
     <t>Rao</t>
   </si>
   <si>
     <t>Shashwat</t>
   </si>
   <si>
     <t>India</t>
   </si>
   <si>
     <t>35:31:29</t>
   </si>
   <si>
+    <t>Law Lay</t>
+  </si>
+  <si>
+    <t>Eng</t>
+  </si>
+  <si>
+    <t>35:34:57</t>
+  </si>
+  <si>
     <t>William</t>
   </si>
   <si>
     <t>Beanjay</t>
   </si>
   <si>
     <t>37:06:18</t>
   </si>
   <si>
-    <t>Law Lay</t>
-[...7 lines deleted...]
-  <si>
     <t>Lily</t>
   </si>
   <si>
     <t>Suryani</t>
   </si>
   <si>
     <t>37:15:43</t>
   </si>
   <si>
     <t>Lesmana</t>
   </si>
   <si>
     <t>35:46:45</t>
   </si>
   <si>
     <t>37:25:09</t>
   </si>
   <si>
     <t>Sebrey Jen Bin</t>
   </si>
   <si>
     <t>Sompit</t>
   </si>
   <si>
     <t>35:54:39</t>
@@ -350,69 +350,69 @@
   <si>
     <t>United States</t>
   </si>
   <si>
     <t>37:10:53</t>
   </si>
   <si>
     <t>Marjilah</t>
   </si>
   <si>
     <t>Rebid</t>
   </si>
   <si>
     <t>37:42:28</t>
   </si>
   <si>
     <t>Rudy</t>
   </si>
   <si>
     <t>Irwan Shukaime</t>
   </si>
   <si>
     <t>38:28:28</t>
   </si>
   <si>
+    <t>Terence</t>
+  </si>
+  <si>
+    <t>Kew</t>
+  </si>
+  <si>
+    <t>Singapore</t>
+  </si>
+  <si>
+    <t>38:56:28</t>
+  </si>
+  <si>
     <t>Henry</t>
   </si>
   <si>
     <t>Yang</t>
   </si>
   <si>
-    <t>Singapore</t>
-[...1 lines deleted...]
-  <si>
     <t>38:33:57</t>
-  </si>
-[...7 lines deleted...]
-    <t>38:56:28</t>
   </si>
   <si>
     <t>Tommy</t>
   </si>
   <si>
     <t>Mathew</t>
   </si>
   <si>
     <t>38:38:49</t>
   </si>
   <si>
     <t>Jaturong</t>
   </si>
   <si>
     <t>Pinporn</t>
   </si>
   <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>39:06:27</t>
   </si>
   <si>
     <t>Muhammad</t>
   </si>
@@ -1032,130 +1032,130 @@
       </c>
       <c r="H5" s="2" t="s">
         <v>30</v>
       </c>
       <c r="I5" s="2">
         <v>2</v>
       </c>
       <c r="J5" s="2">
         <v>2</v>
       </c>
       <c r="K5" s="2">
         <v>200</v>
       </c>
       <c r="L5" s="2">
         <v>350</v>
       </c>
       <c r="M5" s="2">
         <v>0</v>
       </c>
       <c r="N5" s="2">
         <v>550</v>
       </c>
     </row>
     <row r="6" spans="1:14">
       <c r="A6" s="2">
-        <v>100973</v>
+        <v>104467</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>32</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2">
-        <v>1646</v>
+        <v>1694</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>33</v>
       </c>
       <c r="G6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H6" s="2" t="s">
         <v>34</v>
       </c>
       <c r="I6" s="2">
         <v>3</v>
       </c>
       <c r="J6" s="2">
         <v>3</v>
       </c>
       <c r="K6" s="2">
-        <v>175</v>
+        <v>200</v>
       </c>
       <c r="L6" s="2">
         <v>325</v>
       </c>
       <c r="M6" s="2">
         <v>0</v>
       </c>
       <c r="N6" s="2">
-        <v>500</v>
+        <v>525</v>
       </c>
     </row>
     <row r="7" spans="1:14">
       <c r="A7" s="2">
-        <v>104467</v>
+        <v>100973</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>35</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>36</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2">
-        <v>1694</v>
+        <v>1646</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>37</v>
       </c>
       <c r="G7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H7" s="2" t="s">
         <v>38</v>
       </c>
       <c r="I7" s="2">
         <v>3</v>
       </c>
       <c r="J7" s="2">
         <v>3</v>
       </c>
       <c r="K7" s="2">
-        <v>200</v>
+        <v>175</v>
       </c>
       <c r="L7" s="2">
         <v>325</v>
       </c>
       <c r="M7" s="2">
         <v>0</v>
       </c>
       <c r="N7" s="2">
-        <v>525</v>
+        <v>500</v>
       </c>
     </row>
     <row r="8" spans="1:14">
       <c r="A8" s="2">
         <v>103086</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>39</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>40</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2">
         <v>1611</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>41</v>
       </c>
       <c r="G8" s="2" t="s">
         <v>42</v>
       </c>
       <c r="H8" s="2" t="s">
         <v>43</v>
       </c>
@@ -1284,300 +1284,300 @@
       </c>
       <c r="H11" s="2" t="s">
         <v>50</v>
       </c>
       <c r="I11" s="2">
         <v>5</v>
       </c>
       <c r="J11" s="2">
         <v>4</v>
       </c>
       <c r="K11" s="2">
         <v>175</v>
       </c>
       <c r="L11" s="2">
         <v>300</v>
       </c>
       <c r="M11" s="2">
         <v>0</v>
       </c>
       <c r="N11" s="2">
         <v>475</v>
       </c>
     </row>
     <row r="12" spans="1:14">
       <c r="A12" s="2">
-        <v>104614</v>
+        <v>104617</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>51</v>
       </c>
       <c r="C12" s="2" t="s">
         <v>52</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2">
-        <v>1612</v>
+        <v>1646</v>
       </c>
       <c r="F12" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H12" s="2" t="s">
         <v>53</v>
       </c>
       <c r="I12" s="2">
         <v>6</v>
       </c>
       <c r="J12" s="2">
         <v>5</v>
       </c>
       <c r="K12" s="2">
-        <v>175</v>
+        <v>200</v>
       </c>
       <c r="L12" s="2">
         <v>275</v>
       </c>
       <c r="M12" s="2">
         <v>0</v>
       </c>
       <c r="N12" s="2">
-        <v>450</v>
+        <v>475</v>
       </c>
     </row>
     <row r="13" spans="1:14">
       <c r="A13" s="2">
-        <v>104617</v>
+        <v>104614</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>54</v>
       </c>
       <c r="C13" s="2" t="s">
         <v>55</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2">
-        <v>1646</v>
+        <v>1612</v>
       </c>
       <c r="F13" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H13" s="2" t="s">
         <v>56</v>
       </c>
       <c r="I13" s="2">
         <v>6</v>
       </c>
       <c r="J13" s="2">
         <v>5</v>
       </c>
       <c r="K13" s="2">
-        <v>200</v>
+        <v>175</v>
       </c>
       <c r="L13" s="2">
         <v>275</v>
       </c>
       <c r="M13" s="2">
         <v>0</v>
       </c>
       <c r="N13" s="2">
-        <v>475</v>
+        <v>450</v>
       </c>
     </row>
     <row r="14" spans="1:14">
       <c r="A14" s="2">
-        <v>108533</v>
+        <v>101970</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>57</v>
       </c>
       <c r="C14" s="2" t="s">
         <v>58</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2">
-        <v>1637</v>
+        <v>1696</v>
       </c>
       <c r="F14" s="2" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="G14" s="2" t="s">
-        <v>18</v>
+        <v>42</v>
       </c>
       <c r="H14" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I14" s="2">
         <v>7</v>
       </c>
       <c r="J14" s="2">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="K14" s="2">
-        <v>200</v>
+        <v>175</v>
       </c>
       <c r="L14" s="2">
-        <v>250</v>
+        <v>350</v>
       </c>
       <c r="M14" s="2">
         <v>0</v>
       </c>
       <c r="N14" s="2">
-        <v>450</v>
+        <v>525</v>
       </c>
     </row>
     <row r="15" spans="1:14">
       <c r="A15" s="2">
-        <v>101970</v>
+        <v>108533</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>60</v>
       </c>
       <c r="C15" s="2" t="s">
         <v>61</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2">
-        <v>1696</v>
+        <v>1637</v>
       </c>
       <c r="F15" s="2" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="G15" s="2" t="s">
-        <v>42</v>
+        <v>18</v>
       </c>
       <c r="H15" s="2" t="s">
         <v>62</v>
       </c>
       <c r="I15" s="2">
         <v>7</v>
       </c>
       <c r="J15" s="2">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="K15" s="2">
-        <v>175</v>
+        <v>200</v>
       </c>
       <c r="L15" s="2">
-        <v>350</v>
+        <v>250</v>
       </c>
       <c r="M15" s="2">
         <v>0</v>
       </c>
       <c r="N15" s="2">
-        <v>525</v>
+        <v>450</v>
       </c>
     </row>
     <row r="16" spans="1:14">
       <c r="A16" s="2">
-        <v>106722</v>
+        <v>102701</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>63</v>
       </c>
       <c r="C16" s="2" t="s">
         <v>64</v>
       </c>
-      <c r="D16" s="2" t="s">
+      <c r="D16" s="2"/>
+      <c r="E16" s="2">
+        <v>1645</v>
+      </c>
+      <c r="F16" s="2" t="s">
+        <v>37</v>
+      </c>
+      <c r="G16" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="H16" s="2" t="s">
         <v>65</v>
-      </c>
-[...10 lines deleted...]
-        <v>67</v>
       </c>
       <c r="I16" s="2">
         <v>8</v>
       </c>
       <c r="J16" s="2">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="K16" s="2">
-        <v>200</v>
+        <v>175</v>
       </c>
       <c r="L16" s="2">
-        <v>240</v>
+        <v>250</v>
       </c>
       <c r="M16" s="2">
         <v>0</v>
       </c>
       <c r="N16" s="2">
-        <v>440</v>
+        <v>425</v>
       </c>
     </row>
     <row r="17" spans="1:14">
       <c r="A17" s="2">
-        <v>102701</v>
+        <v>106722</v>
       </c>
       <c r="B17" s="2" t="s">
+        <v>66</v>
+      </c>
+      <c r="C17" s="2" t="s">
+        <v>67</v>
+      </c>
+      <c r="D17" s="2" t="s">
         <v>68</v>
       </c>
-      <c r="C17" s="2" t="s">
+      <c r="E17" s="2">
+        <v>1644</v>
+      </c>
+      <c r="F17" s="2" t="s">
         <v>69</v>
-      </c>
-[...5 lines deleted...]
-        <v>33</v>
       </c>
       <c r="G17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H17" s="2" t="s">
         <v>70</v>
       </c>
       <c r="I17" s="2">
         <v>8</v>
       </c>
       <c r="J17" s="2">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="K17" s="2">
-        <v>175</v>
+        <v>200</v>
       </c>
       <c r="L17" s="2">
-        <v>250</v>
+        <v>240</v>
       </c>
       <c r="M17" s="2">
         <v>0</v>
       </c>
       <c r="N17" s="2">
-        <v>425</v>
+        <v>440</v>
       </c>
     </row>
     <row r="18" spans="1:14">
       <c r="A18" s="2">
         <v>104615</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>71</v>
       </c>
       <c r="C18" s="2" t="s">
         <v>72</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2">
         <v>1601</v>
       </c>
       <c r="F18" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H18" s="2" t="s">
         <v>73</v>
       </c>
@@ -1622,225 +1622,225 @@
       </c>
       <c r="H19" s="2" t="s">
         <v>77</v>
       </c>
       <c r="I19" s="2">
         <v>9</v>
       </c>
       <c r="J19" s="2">
         <v>8</v>
       </c>
       <c r="K19" s="2">
         <v>200</v>
       </c>
       <c r="L19" s="2">
         <v>230</v>
       </c>
       <c r="M19" s="2">
         <v>0</v>
       </c>
       <c r="N19" s="2">
         <v>430</v>
       </c>
     </row>
     <row r="20" spans="1:14">
       <c r="A20" s="2">
-        <v>104616</v>
+        <v>101425</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>78</v>
       </c>
       <c r="C20" s="2" t="s">
         <v>79</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2">
-        <v>1655</v>
+        <v>1604</v>
       </c>
       <c r="F20" s="2" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="G20" s="2" t="s">
-        <v>18</v>
+        <v>42</v>
       </c>
       <c r="H20" s="2" t="s">
         <v>80</v>
       </c>
       <c r="I20" s="2">
         <v>10</v>
       </c>
       <c r="J20" s="2">
-        <v>8</v>
+        <v>2</v>
       </c>
       <c r="K20" s="2">
-        <v>175</v>
+        <v>200</v>
       </c>
       <c r="L20" s="2">
-        <v>230</v>
+        <v>350</v>
       </c>
       <c r="M20" s="2">
         <v>0</v>
       </c>
       <c r="N20" s="2">
-        <v>405</v>
+        <v>550</v>
       </c>
     </row>
     <row r="21" spans="1:14">
       <c r="A21" s="2">
-        <v>101425</v>
+        <v>104616</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>81</v>
       </c>
       <c r="C21" s="2" t="s">
         <v>82</v>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2">
-        <v>1604</v>
+        <v>1655</v>
       </c>
       <c r="F21" s="2" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="G21" s="2" t="s">
-        <v>42</v>
+        <v>18</v>
       </c>
       <c r="H21" s="2" t="s">
         <v>83</v>
       </c>
       <c r="I21" s="2">
         <v>10</v>
       </c>
       <c r="J21" s="2">
-        <v>2</v>
+        <v>8</v>
       </c>
       <c r="K21" s="2">
-        <v>200</v>
+        <v>175</v>
       </c>
       <c r="L21" s="2">
-        <v>350</v>
+        <v>230</v>
       </c>
       <c r="M21" s="2">
         <v>0</v>
       </c>
       <c r="N21" s="2">
-        <v>550</v>
+        <v>405</v>
       </c>
     </row>
     <row r="22" spans="1:14">
       <c r="A22" s="2">
         <v>102404</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>84</v>
       </c>
       <c r="C22" s="2" t="s">
         <v>85</v>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2">
         <v>1694</v>
       </c>
       <c r="F22" s="2" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="G22" s="2" t="s">
         <v>42</v>
       </c>
       <c r="H22" s="2" t="s">
         <v>86</v>
       </c>
       <c r="I22" s="2">
         <v>11</v>
       </c>
       <c r="J22" s="2">
         <v>3</v>
       </c>
       <c r="K22" s="2">
         <v>175</v>
       </c>
       <c r="L22" s="2">
         <v>325</v>
       </c>
       <c r="M22" s="2">
         <v>0</v>
       </c>
       <c r="N22" s="2">
         <v>500</v>
       </c>
     </row>
     <row r="23" spans="1:14">
       <c r="A23" s="2">
         <v>104513</v>
       </c>
       <c r="B23" s="2" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="C23" s="2" t="s">
         <v>87</v>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="2">
         <v>1684</v>
       </c>
       <c r="F23" s="2" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="G23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H23" s="2" t="s">
         <v>88</v>
       </c>
       <c r="I23" s="2">
         <v>11</v>
       </c>
       <c r="J23" s="2">
         <v>9</v>
       </c>
       <c r="K23" s="2">
         <v>200</v>
       </c>
       <c r="L23" s="2">
         <v>220</v>
       </c>
       <c r="M23" s="2">
         <v>0</v>
       </c>
       <c r="N23" s="2">
         <v>420</v>
       </c>
     </row>
     <row r="24" spans="1:14">
       <c r="A24" s="2">
         <v>104617</v>
       </c>
       <c r="B24" s="2" t="s">
-        <v>54</v>
+        <v>51</v>
       </c>
       <c r="C24" s="2" t="s">
-        <v>55</v>
+        <v>52</v>
       </c>
       <c r="D24" s="2"/>
       <c r="E24" s="2">
         <v>1608</v>
       </c>
       <c r="F24" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G24" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H24" s="2" t="s">
         <v>89</v>
       </c>
       <c r="I24" s="2">
         <v>12</v>
       </c>
       <c r="J24" s="2">
         <v>9</v>
       </c>
       <c r="K24" s="2">
         <v>175</v>
       </c>
       <c r="L24" s="2">
         <v>220</v>
@@ -2126,130 +2126,130 @@
       </c>
       <c r="H31" s="2" t="s">
         <v>111</v>
       </c>
       <c r="I31" s="2">
         <v>15</v>
       </c>
       <c r="J31" s="2">
         <v>11</v>
       </c>
       <c r="K31" s="2">
         <v>175</v>
       </c>
       <c r="L31" s="2">
         <v>200</v>
       </c>
       <c r="M31" s="2">
         <v>0</v>
       </c>
       <c r="N31" s="2">
         <v>375</v>
       </c>
     </row>
     <row r="32" spans="1:14">
       <c r="A32" s="2">
-        <v>101555</v>
+        <v>104619</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>112</v>
       </c>
       <c r="C32" s="2" t="s">
         <v>113</v>
       </c>
       <c r="D32" s="2"/>
       <c r="E32" s="2">
-        <v>1695</v>
+        <v>1632</v>
       </c>
       <c r="F32" s="2" t="s">
         <v>114</v>
       </c>
       <c r="G32" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H32" s="2" t="s">
         <v>115</v>
       </c>
       <c r="I32" s="2">
         <v>16</v>
       </c>
       <c r="J32" s="2">
         <v>12</v>
       </c>
       <c r="K32" s="2">
-        <v>200</v>
+        <v>175</v>
       </c>
       <c r="L32" s="2">
         <v>190</v>
       </c>
       <c r="M32" s="2">
         <v>0</v>
       </c>
       <c r="N32" s="2">
-        <v>390</v>
+        <v>365</v>
       </c>
     </row>
     <row r="33" spans="1:14">
       <c r="A33" s="2">
-        <v>104619</v>
+        <v>101555</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>116</v>
       </c>
       <c r="C33" s="2" t="s">
         <v>117</v>
       </c>
       <c r="D33" s="2"/>
       <c r="E33" s="2">
-        <v>1632</v>
+        <v>1695</v>
       </c>
       <c r="F33" s="2" t="s">
         <v>114</v>
       </c>
       <c r="G33" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H33" s="2" t="s">
         <v>118</v>
       </c>
       <c r="I33" s="2">
         <v>16</v>
       </c>
       <c r="J33" s="2">
         <v>12</v>
       </c>
       <c r="K33" s="2">
-        <v>175</v>
+        <v>200</v>
       </c>
       <c r="L33" s="2">
         <v>190</v>
       </c>
       <c r="M33" s="2">
         <v>0</v>
       </c>
       <c r="N33" s="2">
-        <v>365</v>
+        <v>390</v>
       </c>
     </row>
     <row r="34" spans="1:14">
       <c r="A34" s="2">
         <v>105938</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>119</v>
       </c>
       <c r="C34" s="2" t="s">
         <v>120</v>
       </c>
       <c r="D34" s="2"/>
       <c r="E34" s="2">
         <v>1671</v>
       </c>
       <c r="F34" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G34" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H34" s="2" t="s">
         <v>121</v>
       </c>