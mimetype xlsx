--- v0 (2026-01-02)
+++ v1 (2026-01-02)
@@ -56,146 +56,146 @@
   <si>
     <t>Gender</t>
   </si>
   <si>
     <t>Finish Time</t>
   </si>
   <si>
     <t>Overall Position</t>
   </si>
   <si>
     <t>Gender Position</t>
   </si>
   <si>
     <t>Finisher Points</t>
   </si>
   <si>
     <t>Performance Points</t>
   </si>
   <si>
     <t>Bonus Points</t>
   </si>
   <si>
     <t>Total Points</t>
   </si>
   <si>
+    <t>Soonseng</t>
+  </si>
+  <si>
+    <t>Ong</t>
+  </si>
+  <si>
+    <t>Malaysia</t>
+  </si>
+  <si>
+    <t>Male</t>
+  </si>
+  <si>
+    <t>15:47:22</t>
+  </si>
+  <si>
     <t>Alessandro</t>
   </si>
   <si>
     <t>Sherpa</t>
   </si>
   <si>
     <t>Italy</t>
   </si>
   <si>
-    <t>Male</t>
-[...1 lines deleted...]
-  <si>
     <t>14:25:17</t>
   </si>
   <si>
-    <t>Soonseng</t>
-[...8 lines deleted...]
-    <t>15:47:22</t>
+    <t>Wilnar</t>
+  </si>
+  <si>
+    <t>Iglesia</t>
+  </si>
+  <si>
+    <t>Philippines</t>
+  </si>
+  <si>
+    <t>18:10:58</t>
   </si>
   <si>
     <t>John</t>
   </si>
   <si>
     <t>Ellis</t>
   </si>
   <si>
     <t>Australia</t>
   </si>
   <si>
     <t>14:28:29</t>
   </si>
   <si>
-    <t>Wilnar</t>
-[...8 lines deleted...]
-    <t>18:10:58</t>
+    <t>Yit Khiang</t>
+  </si>
+  <si>
+    <t>Chin</t>
+  </si>
+  <si>
+    <t>15:30:44</t>
   </si>
   <si>
     <t>Yim Heng</t>
   </si>
   <si>
     <t>Fatt</t>
   </si>
   <si>
     <t>19:31:36</t>
   </si>
   <si>
-    <t>Yit Khiang</t>
-[...5 lines deleted...]
-    <t>15:30:44</t>
+    <t>Samuel Robert</t>
+  </si>
+  <si>
+    <t>Mcgrath</t>
+  </si>
+  <si>
+    <t>Great Britain</t>
+  </si>
+  <si>
+    <t>18:06:03</t>
   </si>
   <si>
     <t>Minfei</t>
   </si>
   <si>
     <t>Dong</t>
   </si>
   <si>
     <t>China</t>
   </si>
   <si>
     <t>Female</t>
   </si>
   <si>
     <t>19:53:43</t>
   </si>
   <si>
-    <t>Samuel Robert</t>
-[...10 lines deleted...]
-  <si>
     <t>Hisashi</t>
   </si>
   <si>
     <t>Kitamura</t>
   </si>
   <si>
     <t>Japan</t>
   </si>
   <si>
     <t>18:11:58</t>
   </si>
   <si>
     <t>Kim</t>
   </si>
   <si>
     <t>Matthews</t>
   </si>
   <si>
     <t>20:07:25</t>
   </si>
   <si>
     <t>Norman</t>
   </si>
   <si>
     <t>Koh</t>
@@ -245,65 +245,65 @@
   <si>
     <t>Hoe</t>
   </si>
   <si>
     <t>20:00:17</t>
   </si>
   <si>
     <t>Foo Wu</t>
   </si>
   <si>
     <t>Chuan</t>
   </si>
   <si>
     <t>20:01:27</t>
   </si>
   <si>
     <t>Law Lay</t>
   </si>
   <si>
     <t>Eng</t>
   </si>
   <si>
     <t>21:54:26</t>
   </si>
   <si>
+    <t>Marieke</t>
+  </si>
+  <si>
+    <t>Dekkers</t>
+  </si>
+  <si>
+    <t>Netherlands</t>
+  </si>
+  <si>
+    <t>20:21:03</t>
+  </si>
+  <si>
     <t>22:12:56</t>
   </si>
   <si>
-    <t>Marieke</t>
-[...10 lines deleted...]
-  <si>
     <t>Siawhua</t>
   </si>
   <si>
     <t>Lim</t>
   </si>
   <si>
     <t>22:14:17</t>
   </si>
   <si>
     <t>Ying Jye William</t>
   </si>
   <si>
     <t>Chong</t>
   </si>
   <si>
     <t>20:22:31</t>
   </si>
   <si>
     <t>Mohd Azihan</t>
   </si>
   <si>
     <t>Yusoff</t>
   </si>
   <si>
     <t>22:18:41</t>
@@ -311,206 +311,206 @@
   <si>
     <t>Kok Wah</t>
   </si>
   <si>
     <t>Tham</t>
   </si>
   <si>
     <t>21:02:09</t>
   </si>
   <si>
     <t>Jimie Seow Chu</t>
   </si>
   <si>
     <t>Keng</t>
   </si>
   <si>
     <t>22:08:38</t>
   </si>
   <si>
     <t>Dino</t>
   </si>
   <si>
     <t>22:45:41</t>
   </si>
   <si>
+    <t xml:space="preserve">Kim Hong </t>
+  </si>
+  <si>
+    <t>Yeo</t>
+  </si>
+  <si>
+    <t>22:19:24</t>
+  </si>
+  <si>
     <t>Mohd</t>
   </si>
   <si>
     <t>Haffis Bin Mansor</t>
   </si>
   <si>
     <t>23:01:11</t>
   </si>
   <si>
-    <t xml:space="preserve">Kim Hong </t>
-[...7 lines deleted...]
-  <si>
     <t>Sholihin Bin Abd Razak</t>
   </si>
   <si>
     <t>23:01:18</t>
   </si>
   <si>
     <t>Siokhar</t>
   </si>
   <si>
     <t>22:25:14</t>
   </si>
   <si>
+    <t>Shindy</t>
+  </si>
+  <si>
+    <t>Patricia</t>
+  </si>
+  <si>
+    <t>Indonesia</t>
+  </si>
+  <si>
+    <t>23:01:39</t>
+  </si>
+  <si>
     <t>Chun Howe</t>
   </si>
   <si>
     <t>Lee</t>
   </si>
   <si>
     <t>22:35:30</t>
   </si>
   <si>
-    <t>Shindy</t>
-[...10 lines deleted...]
-  <si>
     <t>Eni</t>
   </si>
   <si>
     <t>Rosita</t>
   </si>
   <si>
     <t>23:25:00</t>
   </si>
   <si>
     <t>Jyh Hann</t>
   </si>
   <si>
     <t>林志翰</t>
   </si>
   <si>
     <t>22:42:58</t>
   </si>
   <si>
     <t>Choo Yu</t>
   </si>
   <si>
     <t xml:space="preserve">Soo </t>
   </si>
   <si>
     <t>22:46:18</t>
   </si>
   <si>
     <t>Teck Wooi</t>
   </si>
   <si>
     <t>23:37:44</t>
   </si>
   <si>
+    <t>Yong Hooi</t>
+  </si>
+  <si>
+    <t>Cheng</t>
+  </si>
+  <si>
+    <t>23:44:37</t>
+  </si>
+  <si>
     <t>Li Li</t>
   </si>
   <si>
     <t xml:space="preserve">Wong </t>
   </si>
   <si>
     <t>23:07:41</t>
   </si>
   <si>
-    <t>Yong Hooi</t>
-[...7 lines deleted...]
-  <si>
     <t>Min Fooi</t>
   </si>
   <si>
     <t xml:space="preserve">Chai </t>
   </si>
   <si>
     <t>23:12:40</t>
   </si>
   <si>
     <t>Wei Yong</t>
   </si>
   <si>
     <t>Gan</t>
   </si>
   <si>
     <t>顏偉勇</t>
   </si>
   <si>
     <t>24:02:51</t>
   </si>
   <si>
     <t xml:space="preserve">Siao Ai </t>
   </si>
   <si>
     <t>23:18:53</t>
   </si>
   <si>
     <t>Kook Li</t>
   </si>
   <si>
     <t>Sy</t>
   </si>
   <si>
     <t>24:17:45</t>
   </si>
   <si>
+    <t>Law Bee</t>
+  </si>
+  <si>
+    <t>Chiao</t>
+  </si>
+  <si>
+    <t>24:27:19</t>
+  </si>
+  <si>
     <t>Jin Beng</t>
   </si>
   <si>
     <t xml:space="preserve">Choo </t>
   </si>
   <si>
     <t>23:24:04</t>
   </si>
   <si>
-    <t>Law Bee</t>
-[...7 lines deleted...]
-  <si>
     <t>Teck Chin</t>
   </si>
   <si>
     <t xml:space="preserve">Boo </t>
   </si>
   <si>
     <t>23:26:40</t>
   </si>
   <si>
     <t xml:space="preserve">Siti Hajar </t>
   </si>
   <si>
     <t>Razali</t>
   </si>
   <si>
     <t>24:36:40</t>
   </si>
   <si>
     <t>Hongping</t>
   </si>
   <si>
     <t>Tan</t>
   </si>
   <si>
     <t>23:29:44</t>
@@ -524,68 +524,68 @@
   <si>
     <t>24:43:44</t>
   </si>
   <si>
     <t>Herve</t>
   </si>
   <si>
     <t>Huguenot</t>
   </si>
   <si>
     <t>France</t>
   </si>
   <si>
     <t>23:32:33</t>
   </si>
   <si>
     <t>Stephen Brian</t>
   </si>
   <si>
     <t>Dundon</t>
   </si>
   <si>
     <t>25:19:05</t>
   </si>
   <si>
+    <t>Wing Hang</t>
+  </si>
+  <si>
+    <t>Hui</t>
+  </si>
+  <si>
+    <t>25:22:02</t>
+  </si>
+  <si>
     <t>Fazlia Hanim</t>
   </si>
   <si>
     <t>Ab Hamid</t>
   </si>
   <si>
     <t>23:34:56</t>
   </si>
   <si>
-    <t>Wing Hang</t>
-[...7 lines deleted...]
-  <si>
     <t>Stephen</t>
   </si>
   <si>
     <t>Wiseman</t>
   </si>
   <si>
     <t>23:35:43</t>
   </si>
   <si>
     <t>Hew Chee</t>
   </si>
   <si>
     <t>Koon</t>
   </si>
   <si>
     <t>25:31:50</t>
   </si>
   <si>
     <t>David Paul</t>
   </si>
   <si>
     <t>Nicholson</t>
   </si>
   <si>
     <t>23:35:54</t>
@@ -635,119 +635,119 @@
   <si>
     <t>25:46:01</t>
   </si>
   <si>
     <t>Dan Zario</t>
   </si>
   <si>
     <t>Johari</t>
   </si>
   <si>
     <t>26:01:04</t>
   </si>
   <si>
     <t xml:space="preserve">Jacobus </t>
   </si>
   <si>
     <t>Cornelis Kuin</t>
   </si>
   <si>
     <t>Germany</t>
   </si>
   <si>
     <t>23:55:46</t>
   </si>
   <si>
+    <t>Azhari</t>
+  </si>
+  <si>
+    <t>Aziz</t>
+  </si>
+  <si>
+    <t>23:56:40</t>
+  </si>
+  <si>
     <t>Zoe</t>
   </si>
   <si>
     <t>Albertus</t>
   </si>
   <si>
     <t>26:01:05</t>
   </si>
   <si>
-    <t>Azhari</t>
-[...7 lines deleted...]
-  <si>
     <t>Arijanto</t>
   </si>
   <si>
     <t>Basuki</t>
   </si>
   <si>
     <t>24:03:51</t>
   </si>
   <si>
     <t>Kok Chin</t>
   </si>
   <si>
     <t>26:18:06</t>
   </si>
   <si>
+    <t>Khairul Ezwan Bin Muhamad</t>
+  </si>
+  <si>
+    <t>Ridzua</t>
+  </si>
+  <si>
+    <t>26:19:01</t>
+  </si>
+  <si>
     <t>Mohamad</t>
   </si>
   <si>
     <t>Padzli Bin Mohamed Yazit</t>
   </si>
   <si>
     <t>24:24:02</t>
   </si>
   <si>
-    <t>Khairul Ezwan Bin Muhamad</t>
-[...5 lines deleted...]
-    <t>26:19:01</t>
+    <t>Ahmad Nazmie Bin Ahmad</t>
+  </si>
+  <si>
+    <t>Murad</t>
+  </si>
+  <si>
+    <t>26:19:26</t>
   </si>
   <si>
     <t>Hong Tai</t>
   </si>
   <si>
     <t xml:space="preserve">Koh </t>
   </si>
   <si>
     <t>24:44:47</t>
   </si>
   <si>
-    <t>Ahmad Nazmie Bin Ahmad</t>
-[...7 lines deleted...]
-  <si>
     <t>Seng Sin</t>
   </si>
   <si>
     <t xml:space="preserve">Lai </t>
   </si>
   <si>
     <t>24:48:35</t>
   </si>
   <si>
     <t>Kwan Yee Jocelyn</t>
   </si>
   <si>
     <t>Cheung</t>
   </si>
   <si>
     <t>Hong Kong</t>
   </si>
   <si>
     <t>26:24:46</t>
   </si>
   <si>
     <t>Wen See</t>
   </si>
   <si>
     <t>Huong</t>
@@ -857,633 +857,633 @@
   <si>
     <t>Sebrey Jen Bin</t>
   </si>
   <si>
     <t>Sompit</t>
   </si>
   <si>
     <t>26:52:43</t>
   </si>
   <si>
     <t>Misai</t>
   </si>
   <si>
     <t>25:40:21</t>
   </si>
   <si>
     <t>Shahrizam Bin Md Haris</t>
   </si>
   <si>
     <t>Ariff</t>
   </si>
   <si>
     <t>27:07:08</t>
   </si>
   <si>
+    <t xml:space="preserve">Choon Hou </t>
+  </si>
+  <si>
+    <t>Wong</t>
+  </si>
+  <si>
+    <t>25:40:23</t>
+  </si>
+  <si>
     <t>Dominic</t>
   </si>
   <si>
     <t>Jamisola</t>
   </si>
   <si>
     <t>27:07:20</t>
   </si>
   <si>
-    <t xml:space="preserve">Choon Hou </t>
-[...5 lines deleted...]
-    <t>25:40:23</t>
+    <t>Chong Siong</t>
+  </si>
+  <si>
+    <t>Chan</t>
+  </si>
+  <si>
+    <t>25:43:23</t>
   </si>
   <si>
     <t>Shuh Yee</t>
   </si>
   <si>
     <t>Lam</t>
   </si>
   <si>
     <t>27:12:59</t>
   </si>
   <si>
-    <t>Chong Siong</t>
-[...5 lines deleted...]
-    <t>25:43:23</t>
+    <t>Mohd Fiza Abdul</t>
+  </si>
+  <si>
+    <t>Majid</t>
+  </si>
+  <si>
+    <t>27:18:16</t>
   </si>
   <si>
     <t>Swee Choon</t>
   </si>
   <si>
     <t>Chiah</t>
   </si>
   <si>
     <t>25:50:18</t>
   </si>
   <si>
-    <t>Mohd Fiza Abdul</t>
-[...5 lines deleted...]
-    <t>27:18:16</t>
+    <t>New Kian</t>
+  </si>
+  <si>
+    <t>Kok</t>
+  </si>
+  <si>
+    <t>27:26:45</t>
   </si>
   <si>
     <t>Kah Yee</t>
   </si>
   <si>
     <t>Chau</t>
   </si>
   <si>
     <t>25:51:16</t>
   </si>
   <si>
-    <t>New Kian</t>
-[...5 lines deleted...]
-    <t>27:26:45</t>
+    <t>Muhammad</t>
+  </si>
+  <si>
+    <t>Norazizuddin Bin M. Nor</t>
+  </si>
+  <si>
+    <t>25:51:25</t>
   </si>
   <si>
     <t>Annette</t>
   </si>
   <si>
     <t>Choong</t>
   </si>
   <si>
     <t>27:28:41</t>
   </si>
   <si>
-    <t>Muhammad</t>
-[...5 lines deleted...]
-    <t>25:51:25</t>
+    <t>Chew Khong</t>
+  </si>
+  <si>
+    <t>Boon</t>
+  </si>
+  <si>
+    <t>27:30:18</t>
   </si>
   <si>
     <t>Masafumi</t>
   </si>
   <si>
     <t>Yamamoto</t>
   </si>
   <si>
     <t>25:52:29</t>
   </si>
   <si>
-    <t>Chew Khong</t>
-[...5 lines deleted...]
-    <t>27:30:18</t>
+    <t>Lim Thong</t>
+  </si>
+  <si>
+    <t>Chen</t>
+  </si>
+  <si>
+    <t>27:31:36</t>
   </si>
   <si>
     <t>Bin Teppo</t>
   </si>
   <si>
     <t>25:54:51</t>
   </si>
   <si>
-    <t>Lim Thong</t>
-[...5 lines deleted...]
-    <t>27:31:36</t>
+    <t>Beh Kee</t>
+  </si>
+  <si>
+    <t>Peng</t>
+  </si>
+  <si>
+    <t>27:34:26</t>
   </si>
   <si>
     <t>Wai Keong</t>
   </si>
   <si>
     <t>Kong</t>
   </si>
   <si>
     <t>25:59:56</t>
   </si>
   <si>
-    <t>Beh Kee</t>
-[...5 lines deleted...]
-    <t>27:34:26</t>
+    <t>Tze Shen</t>
+  </si>
+  <si>
+    <t>Ng</t>
+  </si>
+  <si>
+    <t>26:05:04</t>
   </si>
   <si>
     <t>William</t>
   </si>
   <si>
     <t>Lesmana</t>
   </si>
   <si>
     <t>27:36:06</t>
   </si>
   <si>
-    <t>Tze Shen</t>
-[...7 lines deleted...]
-  <si>
     <t xml:space="preserve">Poh Chye </t>
   </si>
   <si>
     <t>Tay</t>
   </si>
   <si>
     <t>26:16:28</t>
   </si>
   <si>
     <t>Ahmad Iqbal Khairi Bin</t>
   </si>
   <si>
     <t>Ismail</t>
   </si>
   <si>
     <t>27:36:34</t>
   </si>
   <si>
     <t>Wee Joon</t>
   </si>
   <si>
     <t>Hock</t>
   </si>
   <si>
     <t>27:49:07</t>
   </si>
   <si>
     <t>Yuan</t>
   </si>
   <si>
     <t>Lu</t>
   </si>
   <si>
     <t>26:16:46</t>
   </si>
   <si>
+    <t>Ivan Citra</t>
+  </si>
+  <si>
+    <t>Wijaya</t>
+  </si>
+  <si>
+    <t>27:53:47</t>
+  </si>
+  <si>
     <t>Abdul Rahman</t>
   </si>
   <si>
     <t>Bin Bullah</t>
   </si>
   <si>
     <t>26:16:52</t>
   </si>
   <si>
-    <t>Ivan Citra</t>
-[...5 lines deleted...]
-    <t>27:53:47</t>
+    <t>Hafiz Bin Aridin</t>
+  </si>
+  <si>
+    <t>26:18:26</t>
   </si>
   <si>
     <t>Lee Hock</t>
   </si>
   <si>
     <t>27:58:22</t>
   </si>
   <si>
-    <t>Hafiz Bin Aridin</t>
-[...4 lines deleted...]
-  <si>
     <t>Azri Zainal</t>
   </si>
   <si>
     <t>26:26:41</t>
   </si>
   <si>
     <t>Loo Teik</t>
   </si>
   <si>
     <t>Thean</t>
   </si>
   <si>
     <t>27:58:49</t>
   </si>
   <si>
+    <t>Chen Yong</t>
+  </si>
+  <si>
+    <t>Ning</t>
+  </si>
+  <si>
+    <t>28:00:01</t>
+  </si>
+  <si>
     <t>Saiful</t>
   </si>
   <si>
     <t>Isawdi Bin Ahmad</t>
   </si>
   <si>
     <t>26:26:48</t>
   </si>
   <si>
-    <t>Chen Yong</t>
-[...7 lines deleted...]
-  <si>
     <t xml:space="preserve"> Mohd Hazwan</t>
   </si>
   <si>
     <t>Bin Yasin</t>
   </si>
   <si>
     <t>26:28:26</t>
   </si>
   <si>
     <t>Andy</t>
   </si>
   <si>
     <t>Francis</t>
   </si>
   <si>
     <t>28:12:52</t>
   </si>
   <si>
     <t>Kevin</t>
   </si>
   <si>
     <t>van Campenhout</t>
   </si>
   <si>
     <t>Belgium</t>
   </si>
   <si>
     <t>28:24:33</t>
   </si>
   <si>
     <t>Ali Ajis</t>
   </si>
   <si>
     <t>Rasil</t>
   </si>
   <si>
     <t>Brunei</t>
   </si>
   <si>
     <t>26:31:43</t>
   </si>
   <si>
+    <t>Bernhard</t>
+  </si>
+  <si>
+    <t>Thinschmidt</t>
+  </si>
+  <si>
+    <t>26:34:48</t>
+  </si>
+  <si>
     <t>Ungku Zulkarnain</t>
   </si>
   <si>
     <t>Bin Ungku Abdul Ghaffar</t>
   </si>
   <si>
     <t>28:25:31</t>
   </si>
   <si>
-    <t>Bernhard</t>
-[...5 lines deleted...]
-    <t>26:34:48</t>
+    <t xml:space="preserve">Muhammad Nazir </t>
+  </si>
+  <si>
+    <t>Fadzil</t>
+  </si>
+  <si>
+    <t>28:28:23</t>
   </si>
   <si>
     <t>Mazril Othman</t>
   </si>
   <si>
     <t>26:35:38</t>
   </si>
   <si>
-    <t xml:space="preserve">Muhammad Nazir </t>
-[...5 lines deleted...]
-    <t>28:28:23</t>
+    <t>Heng Aik</t>
+  </si>
+  <si>
+    <t>Ooi</t>
+  </si>
+  <si>
+    <t>28:35:17</t>
   </si>
   <si>
     <t>Sazli</t>
   </si>
   <si>
     <t>Osman</t>
   </si>
   <si>
     <t>26:35:39</t>
   </si>
   <si>
-    <t>Heng Aik</t>
-[...7 lines deleted...]
-  <si>
     <t>Jefferlyn</t>
   </si>
   <si>
     <t>Castillano</t>
   </si>
   <si>
     <t>26:46:38</t>
   </si>
   <si>
     <t>Ching Soon</t>
   </si>
   <si>
     <t>28:39:12</t>
   </si>
   <si>
     <t>Leng Tiong</t>
   </si>
   <si>
     <t xml:space="preserve">Tiou </t>
   </si>
   <si>
     <t>26:54:32</t>
   </si>
   <si>
     <t>Awangku Mohd Sharifuddin Bin Awangku</t>
   </si>
   <si>
     <t>28:44:18</t>
   </si>
   <si>
+    <t>Lee Mei</t>
+  </si>
+  <si>
+    <t>Lan</t>
+  </si>
+  <si>
+    <t>28:44:22</t>
+  </si>
+  <si>
     <t xml:space="preserve">Eng Tong </t>
   </si>
   <si>
     <t>26:54:35</t>
   </si>
   <si>
-    <t>Lee Mei</t>
-[...5 lines deleted...]
-    <t>28:44:22</t>
+    <t>Kok Mun Victor</t>
+  </si>
+  <si>
+    <t>28:48:23</t>
   </si>
   <si>
     <t>Se Wei</t>
   </si>
   <si>
     <t xml:space="preserve">Ng </t>
   </si>
   <si>
     <t>26:54:41</t>
   </si>
   <si>
-    <t>Kok Mun Victor</t>
-[...2 lines deleted...]
-    <t>28:48:23</t>
+    <t>Koh Boon</t>
+  </si>
+  <si>
+    <t>Thye</t>
+  </si>
+  <si>
+    <t>28:56:36</t>
   </si>
   <si>
     <t>Cho Tat</t>
   </si>
   <si>
     <t>26:54:45</t>
   </si>
   <si>
-    <t>Koh Boon</t>
-[...5 lines deleted...]
-    <t>28:56:36</t>
+    <t>Thien Kim</t>
+  </si>
+  <si>
+    <t>Fook</t>
+  </si>
+  <si>
+    <t>29:08:45</t>
   </si>
   <si>
     <t>Shoon Hooi</t>
   </si>
   <si>
     <t>26:56:10</t>
   </si>
   <si>
-    <t>Thien Kim</t>
-[...5 lines deleted...]
-    <t>29:08:45</t>
+    <t>Mohd Farid Bin Mohd</t>
+  </si>
+  <si>
+    <t>Shah</t>
+  </si>
+  <si>
+    <t>29:11:26</t>
   </si>
   <si>
     <t>Chee Kin</t>
   </si>
   <si>
     <t xml:space="preserve">Lau </t>
   </si>
   <si>
     <t>26:56:47</t>
   </si>
   <si>
-    <t>Mohd Farid Bin Mohd</t>
-[...5 lines deleted...]
-    <t>29:11:26</t>
+    <t>Mohd Faizul</t>
+  </si>
+  <si>
+    <t>Bin Mohd Majid</t>
+  </si>
+  <si>
+    <t>29:11:33</t>
   </si>
   <si>
     <t xml:space="preserve">Abdullah </t>
   </si>
   <si>
     <t>Bin Mohamad Noor</t>
   </si>
   <si>
     <t>26:57:02</t>
   </si>
   <si>
-    <t>Mohd Faizul</t>
-[...7 lines deleted...]
-  <si>
     <t>Yi Lian</t>
   </si>
   <si>
     <t>Pang</t>
   </si>
   <si>
     <t>27:01:51</t>
   </si>
   <si>
     <t>Chuah Kok</t>
   </si>
   <si>
     <t>Leong</t>
   </si>
   <si>
     <t>29:14:37</t>
   </si>
   <si>
     <t>Beng Hock</t>
   </si>
   <si>
     <t>Leow</t>
   </si>
   <si>
     <t>27:04:02</t>
   </si>
   <si>
     <t>Khairil Azri Bin Mohd</t>
   </si>
   <si>
     <t>Khalid</t>
   </si>
   <si>
     <t>29:14:43</t>
   </si>
   <si>
+    <t>Nazrul Firdausi</t>
+  </si>
+  <si>
+    <t>Misman</t>
+  </si>
+  <si>
+    <t>29:14:51</t>
+  </si>
+  <si>
     <t>Chee Meng</t>
   </si>
   <si>
     <t>Chung</t>
   </si>
   <si>
     <t>27:04:14</t>
   </si>
   <si>
-    <t>Nazrul Firdausi</t>
-[...5 lines deleted...]
-    <t>29:14:51</t>
+    <t xml:space="preserve">Mohamad Razif </t>
+  </si>
+  <si>
+    <t>Kemat</t>
+  </si>
+  <si>
+    <t>29:21:28</t>
   </si>
   <si>
     <t xml:space="preserve">Eng Sin </t>
   </si>
   <si>
     <t>Yew</t>
   </si>
   <si>
     <t>27:05:45</t>
   </si>
   <si>
-    <t xml:space="preserve">Mohamad Razif </t>
-[...5 lines deleted...]
-    <t>29:21:28</t>
+    <t>Muhammad Adam Bin</t>
+  </si>
+  <si>
+    <t>Alias</t>
+  </si>
+  <si>
+    <t>29:21:34</t>
   </si>
   <si>
     <t xml:space="preserve">Hafandi </t>
   </si>
   <si>
     <t>Bin Tuan Ismail</t>
   </si>
   <si>
     <t>27:07:53</t>
   </si>
   <si>
-    <t>Muhammad Adam Bin</t>
-[...5 lines deleted...]
-    <t>29:21:34</t>
+    <t>Ong Swee</t>
+  </si>
+  <si>
+    <t>Hor</t>
+  </si>
+  <si>
+    <t>29:31:38</t>
   </si>
   <si>
     <t>Ahmed Faiz</t>
   </si>
   <si>
     <t>Safwan Ahmed Mahir</t>
   </si>
   <si>
     <t>27:08:40</t>
-  </si>
-[...7 lines deleted...]
-    <t>29:31:38</t>
   </si>
   <si>
     <t>Kit Howe</t>
   </si>
   <si>
     <t>27:11:10</t>
   </si>
   <si>
     <t>Mohamad Ismail</t>
   </si>
   <si>
     <t>27:13:04</t>
   </si>
   <si>
     <t>CHUI PENG</t>
   </si>
   <si>
     <t>LYE</t>
   </si>
   <si>
     <t>27:15:08</t>
   </si>
   <si>
     <t>Chee Weng</t>
   </si>
@@ -2422,382 +2422,382 @@
       </c>
       <c r="H1" s="1" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
       <c r="J1" s="1" t="s">
         <v>9</v>
       </c>
       <c r="K1" s="1" t="s">
         <v>10</v>
       </c>
       <c r="L1" s="1" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="1" t="s">
         <v>12</v>
       </c>
       <c r="N1" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="2" spans="1:14">
       <c r="A2" s="2">
-        <v>106207</v>
+        <v>103080</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>15</v>
       </c>
       <c r="D2" s="2"/>
       <c r="E2" s="2">
-        <v>1313</v>
+        <v>1122</v>
       </c>
       <c r="F2" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G2" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I2" s="2">
         <v>1</v>
       </c>
       <c r="J2" s="2">
         <v>1</v>
       </c>
       <c r="K2" s="2">
         <v>150</v>
       </c>
       <c r="L2" s="2">
         <v>400</v>
       </c>
       <c r="M2" s="2">
         <v>0</v>
       </c>
       <c r="N2" s="2">
         <v>550</v>
       </c>
     </row>
     <row r="3" spans="1:14">
       <c r="A3" s="2">
-        <v>103080</v>
+        <v>106207</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>19</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>20</v>
       </c>
       <c r="D3" s="2"/>
       <c r="E3" s="2">
-        <v>1122</v>
+        <v>1313</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G3" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H3" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I3" s="2">
         <v>1</v>
       </c>
       <c r="J3" s="2">
         <v>1</v>
       </c>
       <c r="K3" s="2">
         <v>150</v>
       </c>
       <c r="L3" s="2">
         <v>400</v>
       </c>
       <c r="M3" s="2">
         <v>0</v>
       </c>
       <c r="N3" s="2">
         <v>550</v>
       </c>
     </row>
     <row r="4" spans="1:14">
       <c r="A4" s="2">
-        <v>107970</v>
+        <v>104467</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>23</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>24</v>
       </c>
       <c r="D4" s="2"/>
       <c r="E4" s="2">
-        <v>1304</v>
+        <v>1231</v>
       </c>
       <c r="F4" s="2" t="s">
         <v>25</v>
       </c>
       <c r="G4" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H4" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I4" s="2">
         <v>2</v>
       </c>
       <c r="J4" s="2">
         <v>2</v>
       </c>
       <c r="K4" s="2">
         <v>150</v>
       </c>
       <c r="L4" s="2">
         <v>350</v>
       </c>
       <c r="M4" s="2">
         <v>0</v>
       </c>
       <c r="N4" s="2">
         <v>500</v>
       </c>
     </row>
     <row r="5" spans="1:14">
       <c r="A5" s="2">
-        <v>104467</v>
+        <v>107970</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>27</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>28</v>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2">
-        <v>1231</v>
+        <v>1304</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G5" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H5" s="2" t="s">
         <v>30</v>
       </c>
       <c r="I5" s="2">
         <v>2</v>
       </c>
       <c r="J5" s="2">
         <v>2</v>
       </c>
       <c r="K5" s="2">
         <v>150</v>
       </c>
       <c r="L5" s="2">
         <v>350</v>
       </c>
       <c r="M5" s="2">
         <v>0</v>
       </c>
       <c r="N5" s="2">
         <v>500</v>
       </c>
     </row>
     <row r="6" spans="1:14">
       <c r="A6" s="2">
-        <v>101542</v>
+        <v>109251</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>32</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2">
-        <v>1123</v>
+        <v>1157</v>
       </c>
       <c r="F6" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G6" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H6" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I6" s="2">
         <v>3</v>
       </c>
       <c r="J6" s="2">
         <v>3</v>
       </c>
       <c r="K6" s="2">
         <v>150</v>
       </c>
       <c r="L6" s="2">
         <v>325</v>
       </c>
       <c r="M6" s="2">
         <v>0</v>
       </c>
       <c r="N6" s="2">
         <v>475</v>
       </c>
     </row>
     <row r="7" spans="1:14">
       <c r="A7" s="2">
-        <v>109251</v>
+        <v>101542</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>34</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>35</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2">
-        <v>1157</v>
+        <v>1123</v>
       </c>
       <c r="F7" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G7" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H7" s="2" t="s">
         <v>36</v>
       </c>
       <c r="I7" s="2">
         <v>3</v>
       </c>
       <c r="J7" s="2">
         <v>3</v>
       </c>
       <c r="K7" s="2">
         <v>150</v>
       </c>
       <c r="L7" s="2">
         <v>325</v>
       </c>
       <c r="M7" s="2">
         <v>0</v>
       </c>
       <c r="N7" s="2">
         <v>475</v>
       </c>
     </row>
     <row r="8" spans="1:14">
       <c r="A8" s="2">
-        <v>104468</v>
+        <v>109252</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>37</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>38</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2">
-        <v>1216</v>
+        <v>1242</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>39</v>
       </c>
       <c r="G8" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="H8" s="2" t="s">
         <v>40</v>
-      </c>
-[...1 lines deleted...]
-        <v>41</v>
       </c>
       <c r="I8" s="2">
         <v>4</v>
       </c>
       <c r="J8" s="2">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="K8" s="2">
         <v>150</v>
       </c>
       <c r="L8" s="2">
-        <v>400</v>
+        <v>300</v>
       </c>
       <c r="M8" s="2">
         <v>0</v>
       </c>
       <c r="N8" s="2">
-        <v>550</v>
+        <v>450</v>
       </c>
     </row>
     <row r="9" spans="1:14">
       <c r="A9" s="2">
-        <v>109252</v>
+        <v>104468</v>
       </c>
       <c r="B9" s="2" t="s">
+        <v>41</v>
+      </c>
+      <c r="C9" s="2" t="s">
         <v>42</v>
-      </c>
-[...1 lines deleted...]
-        <v>43</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2">
-        <v>1242</v>
+        <v>1216</v>
       </c>
       <c r="F9" s="2" t="s">
+        <v>43</v>
+      </c>
+      <c r="G9" s="2" t="s">
         <v>44</v>
-      </c>
-[...1 lines deleted...]
-        <v>17</v>
       </c>
       <c r="H9" s="2" t="s">
         <v>45</v>
       </c>
       <c r="I9" s="2">
         <v>4</v>
       </c>
       <c r="J9" s="2">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="K9" s="2">
         <v>150</v>
       </c>
       <c r="L9" s="2">
-        <v>300</v>
+        <v>400</v>
       </c>
       <c r="M9" s="2">
         <v>0</v>
       </c>
       <c r="N9" s="2">
-        <v>450</v>
+        <v>550</v>
       </c>
     </row>
     <row r="10" spans="1:14">
       <c r="A10" s="2">
         <v>107989</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>46</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>47</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2">
         <v>1229</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>48</v>
       </c>
       <c r="G10" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H10" s="2" t="s">
         <v>49</v>
       </c>
@@ -2813,54 +2813,54 @@
       <c r="L10" s="2">
         <v>275</v>
       </c>
       <c r="M10" s="2">
         <v>0</v>
       </c>
       <c r="N10" s="2">
         <v>425</v>
       </c>
     </row>
     <row r="11" spans="1:14">
       <c r="A11" s="2">
         <v>103114</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>50</v>
       </c>
       <c r="C11" s="2" t="s">
         <v>51</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2">
         <v>1229</v>
       </c>
       <c r="F11" s="2" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="G11" s="2" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="H11" s="2" t="s">
         <v>52</v>
       </c>
       <c r="I11" s="2">
         <v>5</v>
       </c>
       <c r="J11" s="2">
         <v>2</v>
       </c>
       <c r="K11" s="2">
         <v>150</v>
       </c>
       <c r="L11" s="2">
         <v>350</v>
       </c>
       <c r="M11" s="2">
         <v>0</v>
       </c>
       <c r="N11" s="2">
         <v>500</v>
       </c>
     </row>
     <row r="12" spans="1:14">
       <c r="A12" s="2">
@@ -2890,184 +2890,184 @@
       </c>
       <c r="J12" s="2">
         <v>4</v>
       </c>
       <c r="K12" s="2">
         <v>150</v>
       </c>
       <c r="L12" s="2">
         <v>300</v>
       </c>
       <c r="M12" s="2">
         <v>0</v>
       </c>
       <c r="N12" s="2">
         <v>450</v>
       </c>
     </row>
     <row r="13" spans="1:14">
       <c r="A13" s="2">
         <v>105535</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>57</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2">
         <v>1183</v>
       </c>
       <c r="F13" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G13" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H13" s="2" t="s">
         <v>58</v>
       </c>
       <c r="I13" s="2">
         <v>6</v>
       </c>
       <c r="J13" s="2">
         <v>6</v>
       </c>
       <c r="K13" s="2">
         <v>150</v>
       </c>
       <c r="L13" s="2">
         <v>250</v>
       </c>
       <c r="M13" s="2">
         <v>0</v>
       </c>
       <c r="N13" s="2">
         <v>400</v>
       </c>
     </row>
     <row r="14" spans="1:14">
       <c r="A14" s="2">
         <v>104469</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>59</v>
       </c>
       <c r="C14" s="2" t="s">
         <v>60</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2">
         <v>1221</v>
       </c>
       <c r="F14" s="2" t="s">
         <v>61</v>
       </c>
       <c r="G14" s="2" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="H14" s="2" t="s">
         <v>62</v>
       </c>
       <c r="I14" s="2">
         <v>7</v>
       </c>
       <c r="J14" s="2">
         <v>3</v>
       </c>
       <c r="K14" s="2">
         <v>150</v>
       </c>
       <c r="L14" s="2">
         <v>325</v>
       </c>
       <c r="M14" s="2">
         <v>0</v>
       </c>
       <c r="N14" s="2">
         <v>475</v>
       </c>
     </row>
     <row r="15" spans="1:14">
       <c r="A15" s="2">
         <v>109253</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>63</v>
       </c>
       <c r="C15" s="2" t="s">
         <v>63</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2">
         <v>1186</v>
       </c>
       <c r="F15" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G15" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H15" s="2" t="s">
         <v>64</v>
       </c>
       <c r="I15" s="2">
         <v>7</v>
       </c>
       <c r="J15" s="2">
         <v>7</v>
       </c>
       <c r="K15" s="2">
         <v>150</v>
       </c>
       <c r="L15" s="2">
         <v>240</v>
       </c>
       <c r="M15" s="2">
         <v>0</v>
       </c>
       <c r="N15" s="2">
         <v>390</v>
       </c>
     </row>
     <row r="16" spans="1:14">
       <c r="A16" s="2">
         <v>104470</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>65</v>
       </c>
       <c r="C16" s="2" t="s">
         <v>66</v>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2">
         <v>1036</v>
       </c>
       <c r="F16" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G16" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H16" s="2" t="s">
         <v>67</v>
       </c>
       <c r="I16" s="2">
         <v>8</v>
       </c>
       <c r="J16" s="2">
         <v>5</v>
       </c>
       <c r="K16" s="2">
         <v>150</v>
       </c>
       <c r="L16" s="2">
         <v>275</v>
       </c>
       <c r="M16" s="2">
         <v>0</v>
       </c>
       <c r="N16" s="2">
         <v>425</v>
       </c>
@@ -3107,1357 +3107,1357 @@
       <c r="L17" s="2">
         <v>230</v>
       </c>
       <c r="M17" s="2">
         <v>0</v>
       </c>
       <c r="N17" s="2">
         <v>380</v>
       </c>
     </row>
     <row r="18" spans="1:14">
       <c r="A18" s="2">
         <v>104472</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>71</v>
       </c>
       <c r="C18" s="2" t="s">
         <v>72</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2">
         <v>1206</v>
       </c>
       <c r="F18" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G18" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H18" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I18" s="2">
         <v>9</v>
       </c>
       <c r="J18" s="2">
         <v>9</v>
       </c>
       <c r="K18" s="2">
         <v>150</v>
       </c>
       <c r="L18" s="2">
         <v>220</v>
       </c>
       <c r="M18" s="2">
         <v>0</v>
       </c>
       <c r="N18" s="2">
         <v>370</v>
       </c>
     </row>
     <row r="19" spans="1:14">
       <c r="A19" s="2">
         <v>101425</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>74</v>
       </c>
       <c r="C19" s="2" t="s">
         <v>75</v>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2">
         <v>1207</v>
       </c>
       <c r="F19" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G19" s="2" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="H19" s="2" t="s">
         <v>76</v>
       </c>
       <c r="I19" s="2">
         <v>9</v>
       </c>
       <c r="J19" s="2">
         <v>4</v>
       </c>
       <c r="K19" s="2">
         <v>150</v>
       </c>
       <c r="L19" s="2">
         <v>300</v>
       </c>
       <c r="M19" s="2">
         <v>0</v>
       </c>
       <c r="N19" s="2">
         <v>450</v>
       </c>
     </row>
     <row r="20" spans="1:14">
       <c r="A20" s="2">
-        <v>104472</v>
+        <v>105550</v>
       </c>
       <c r="B20" s="2" t="s">
-        <v>71</v>
+        <v>77</v>
       </c>
       <c r="C20" s="2" t="s">
-        <v>72</v>
+        <v>78</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2">
-        <v>1101</v>
+        <v>1033</v>
       </c>
       <c r="F20" s="2" t="s">
-        <v>21</v>
+        <v>79</v>
       </c>
       <c r="G20" s="2" t="s">
-        <v>17</v>
+        <v>44</v>
       </c>
       <c r="H20" s="2" t="s">
-        <v>77</v>
+        <v>80</v>
       </c>
       <c r="I20" s="2">
         <v>10</v>
       </c>
       <c r="J20" s="2">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="K20" s="2">
         <v>150</v>
       </c>
       <c r="L20" s="2">
-        <v>250</v>
+        <v>400</v>
       </c>
       <c r="M20" s="2">
         <v>0</v>
       </c>
       <c r="N20" s="2">
-        <v>400</v>
+        <v>550</v>
       </c>
     </row>
     <row r="21" spans="1:14">
       <c r="A21" s="2">
-        <v>105550</v>
+        <v>104472</v>
       </c>
       <c r="B21" s="2" t="s">
-        <v>78</v>
+        <v>71</v>
       </c>
       <c r="C21" s="2" t="s">
-        <v>79</v>
+        <v>72</v>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2">
-        <v>1033</v>
+        <v>1101</v>
       </c>
       <c r="F21" s="2" t="s">
-        <v>80</v>
+        <v>16</v>
       </c>
       <c r="G21" s="2" t="s">
-        <v>40</v>
+        <v>17</v>
       </c>
       <c r="H21" s="2" t="s">
         <v>81</v>
       </c>
       <c r="I21" s="2">
         <v>10</v>
       </c>
       <c r="J21" s="2">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="K21" s="2">
         <v>150</v>
       </c>
       <c r="L21" s="2">
+        <v>250</v>
+      </c>
+      <c r="M21" s="2">
+        <v>0</v>
+      </c>
+      <c r="N21" s="2">
         <v>400</v>
-      </c>
-[...4 lines deleted...]
-        <v>550</v>
       </c>
     </row>
     <row r="22" spans="1:14">
       <c r="A22" s="2">
         <v>101559</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>82</v>
       </c>
       <c r="C22" s="2" t="s">
         <v>83</v>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2">
         <v>1202</v>
       </c>
       <c r="F22" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G22" s="2" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="H22" s="2" t="s">
         <v>84</v>
       </c>
       <c r="I22" s="2">
         <v>11</v>
       </c>
       <c r="J22" s="2">
         <v>5</v>
       </c>
       <c r="K22" s="2">
         <v>150</v>
       </c>
       <c r="L22" s="2">
         <v>275</v>
       </c>
       <c r="M22" s="2">
         <v>0</v>
       </c>
       <c r="N22" s="2">
         <v>425</v>
       </c>
     </row>
     <row r="23" spans="1:14">
       <c r="A23" s="2">
         <v>108006</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>85</v>
       </c>
       <c r="C23" s="2" t="s">
         <v>86</v>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="2">
         <v>1158</v>
       </c>
       <c r="F23" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G23" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H23" s="2" t="s">
         <v>87</v>
       </c>
       <c r="I23" s="2">
         <v>11</v>
       </c>
       <c r="J23" s="2">
         <v>10</v>
       </c>
       <c r="K23" s="2">
         <v>150</v>
       </c>
       <c r="L23" s="2">
         <v>210</v>
       </c>
       <c r="M23" s="2">
         <v>0</v>
       </c>
       <c r="N23" s="2">
         <v>360</v>
       </c>
     </row>
     <row r="24" spans="1:14">
       <c r="A24" s="2">
         <v>103103</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>88</v>
       </c>
       <c r="C24" s="2" t="s">
         <v>89</v>
       </c>
       <c r="D24" s="2"/>
       <c r="E24" s="2">
         <v>1079</v>
       </c>
       <c r="F24" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G24" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H24" s="2" t="s">
         <v>90</v>
       </c>
       <c r="I24" s="2">
         <v>12</v>
       </c>
       <c r="J24" s="2">
         <v>7</v>
       </c>
       <c r="K24" s="2">
         <v>150</v>
       </c>
       <c r="L24" s="2">
         <v>240</v>
       </c>
       <c r="M24" s="2">
         <v>0</v>
       </c>
       <c r="N24" s="2">
         <v>390</v>
       </c>
     </row>
     <row r="25" spans="1:14">
       <c r="A25" s="2">
         <v>109255</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>91</v>
       </c>
       <c r="C25" s="2" t="s">
         <v>92</v>
       </c>
       <c r="D25" s="2"/>
       <c r="E25" s="2">
         <v>1266</v>
       </c>
       <c r="F25" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G25" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H25" s="2" t="s">
         <v>93</v>
       </c>
       <c r="I25" s="2">
         <v>12</v>
       </c>
       <c r="J25" s="2">
         <v>11</v>
       </c>
       <c r="K25" s="2">
         <v>150</v>
       </c>
       <c r="L25" s="2">
         <v>200</v>
       </c>
       <c r="M25" s="2">
         <v>0</v>
       </c>
       <c r="N25" s="2">
         <v>350</v>
       </c>
     </row>
     <row r="26" spans="1:14">
       <c r="A26" s="2">
         <v>109256</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>94</v>
       </c>
       <c r="C26" s="2" t="s">
         <v>95</v>
       </c>
       <c r="D26" s="2"/>
       <c r="E26" s="2">
         <v>1222</v>
       </c>
       <c r="F26" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G26" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H26" s="2" t="s">
         <v>96</v>
       </c>
       <c r="I26" s="2">
         <v>13</v>
       </c>
       <c r="J26" s="2">
         <v>12</v>
       </c>
       <c r="K26" s="2">
         <v>150</v>
       </c>
       <c r="L26" s="2">
         <v>190</v>
       </c>
       <c r="M26" s="2">
         <v>0</v>
       </c>
       <c r="N26" s="2">
         <v>340</v>
       </c>
     </row>
     <row r="27" spans="1:14">
       <c r="A27" s="2">
         <v>104474</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>97</v>
       </c>
       <c r="C27" s="2" t="s">
         <v>97</v>
       </c>
       <c r="D27" s="2"/>
       <c r="E27" s="2">
         <v>1112</v>
       </c>
       <c r="F27" s="2" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="G27" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H27" s="2" t="s">
         <v>98</v>
       </c>
       <c r="I27" s="2">
         <v>13</v>
       </c>
       <c r="J27" s="2">
         <v>8</v>
       </c>
       <c r="K27" s="2">
         <v>150</v>
       </c>
       <c r="L27" s="2">
         <v>230</v>
       </c>
       <c r="M27" s="2">
         <v>0</v>
       </c>
       <c r="N27" s="2">
         <v>380</v>
       </c>
     </row>
     <row r="28" spans="1:14">
       <c r="A28" s="2">
-        <v>104475</v>
+        <v>105349</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>99</v>
       </c>
       <c r="C28" s="2" t="s">
         <v>100</v>
       </c>
       <c r="D28" s="2"/>
       <c r="E28" s="2">
-        <v>1038</v>
+        <v>1306</v>
       </c>
       <c r="F28" s="2" t="s">
-        <v>21</v>
+        <v>55</v>
       </c>
       <c r="G28" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H28" s="2" t="s">
         <v>101</v>
       </c>
       <c r="I28" s="2">
         <v>14</v>
       </c>
       <c r="J28" s="2">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="K28" s="2">
         <v>150</v>
       </c>
       <c r="L28" s="2">
-        <v>220</v>
+        <v>180</v>
       </c>
       <c r="M28" s="2">
         <v>0</v>
       </c>
       <c r="N28" s="2">
-        <v>370</v>
+        <v>330</v>
       </c>
     </row>
     <row r="29" spans="1:14">
       <c r="A29" s="2">
-        <v>105349</v>
+        <v>104475</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>102</v>
       </c>
       <c r="C29" s="2" t="s">
         <v>103</v>
       </c>
       <c r="D29" s="2"/>
       <c r="E29" s="2">
-        <v>1306</v>
+        <v>1038</v>
       </c>
       <c r="F29" s="2" t="s">
-        <v>55</v>
+        <v>16</v>
       </c>
       <c r="G29" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H29" s="2" t="s">
         <v>104</v>
       </c>
       <c r="I29" s="2">
         <v>14</v>
       </c>
       <c r="J29" s="2">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="K29" s="2">
         <v>150</v>
       </c>
       <c r="L29" s="2">
-        <v>180</v>
+        <v>220</v>
       </c>
       <c r="M29" s="2">
         <v>0</v>
       </c>
       <c r="N29" s="2">
-        <v>330</v>
+        <v>370</v>
       </c>
     </row>
     <row r="30" spans="1:14">
       <c r="A30" s="2">
         <v>104476</v>
       </c>
       <c r="B30" s="2" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
       <c r="C30" s="2" t="s">
         <v>105</v>
       </c>
       <c r="D30" s="2"/>
       <c r="E30" s="2">
         <v>1046</v>
       </c>
       <c r="F30" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G30" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H30" s="2" t="s">
         <v>106</v>
       </c>
       <c r="I30" s="2">
         <v>15</v>
       </c>
       <c r="J30" s="2">
         <v>10</v>
       </c>
       <c r="K30" s="2">
         <v>150</v>
       </c>
       <c r="L30" s="2">
         <v>210</v>
       </c>
       <c r="M30" s="2">
         <v>0</v>
       </c>
       <c r="N30" s="2">
         <v>360</v>
       </c>
     </row>
     <row r="31" spans="1:14">
       <c r="A31" s="2">
         <v>103137</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>107</v>
       </c>
       <c r="C31" s="2" t="s">
         <v>83</v>
       </c>
       <c r="D31" s="2"/>
       <c r="E31" s="2">
         <v>1004</v>
       </c>
       <c r="F31" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G31" s="2" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="H31" s="2" t="s">
         <v>108</v>
       </c>
       <c r="I31" s="2">
         <v>15</v>
       </c>
       <c r="J31" s="2">
         <v>2</v>
       </c>
       <c r="K31" s="2">
         <v>150</v>
       </c>
       <c r="L31" s="2">
         <v>350</v>
       </c>
       <c r="M31" s="2">
         <v>0</v>
       </c>
       <c r="N31" s="2">
         <v>500</v>
       </c>
     </row>
     <row r="32" spans="1:14">
       <c r="A32" s="2">
-        <v>101455</v>
+        <v>100987</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>109</v>
       </c>
       <c r="C32" s="2" t="s">
         <v>110</v>
       </c>
       <c r="D32" s="2"/>
       <c r="E32" s="2">
-        <v>1136</v>
+        <v>1224</v>
       </c>
       <c r="F32" s="2" t="s">
-        <v>21</v>
+        <v>111</v>
       </c>
       <c r="G32" s="2" t="s">
-        <v>17</v>
+        <v>44</v>
       </c>
       <c r="H32" s="2" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="I32" s="2">
         <v>16</v>
       </c>
       <c r="J32" s="2">
-        <v>14</v>
+        <v>6</v>
       </c>
       <c r="K32" s="2">
         <v>150</v>
       </c>
       <c r="L32" s="2">
-        <v>170</v>
+        <v>250</v>
       </c>
       <c r="M32" s="2">
         <v>0</v>
       </c>
       <c r="N32" s="2">
-        <v>320</v>
+        <v>400</v>
       </c>
     </row>
     <row r="33" spans="1:14">
       <c r="A33" s="2">
-        <v>100987</v>
+        <v>101455</v>
       </c>
       <c r="B33" s="2" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="C33" s="2" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="D33" s="2"/>
       <c r="E33" s="2">
-        <v>1224</v>
+        <v>1136</v>
       </c>
       <c r="F33" s="2" t="s">
-        <v>114</v>
+        <v>16</v>
       </c>
       <c r="G33" s="2" t="s">
-        <v>40</v>
+        <v>17</v>
       </c>
       <c r="H33" s="2" t="s">
         <v>115</v>
       </c>
       <c r="I33" s="2">
         <v>16</v>
       </c>
       <c r="J33" s="2">
-        <v>6</v>
+        <v>14</v>
       </c>
       <c r="K33" s="2">
         <v>150</v>
       </c>
       <c r="L33" s="2">
-        <v>250</v>
+        <v>170</v>
       </c>
       <c r="M33" s="2">
         <v>0</v>
       </c>
       <c r="N33" s="2">
-        <v>400</v>
+        <v>320</v>
       </c>
     </row>
     <row r="34" spans="1:14">
       <c r="A34" s="2">
         <v>104477</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>116</v>
       </c>
       <c r="C34" s="2" t="s">
         <v>117</v>
       </c>
       <c r="D34" s="2"/>
       <c r="E34" s="2">
         <v>1223</v>
       </c>
       <c r="F34" s="2" t="s">
-        <v>114</v>
+        <v>111</v>
       </c>
       <c r="G34" s="2" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="H34" s="2" t="s">
         <v>118</v>
       </c>
       <c r="I34" s="2">
         <v>17</v>
       </c>
       <c r="J34" s="2">
         <v>7</v>
       </c>
       <c r="K34" s="2">
         <v>150</v>
       </c>
       <c r="L34" s="2">
         <v>240</v>
       </c>
       <c r="M34" s="2">
         <v>0</v>
       </c>
       <c r="N34" s="2">
         <v>390</v>
       </c>
     </row>
     <row r="35" spans="1:14">
       <c r="A35" s="2">
         <v>103603</v>
       </c>
       <c r="B35" s="2" t="s">
         <v>119</v>
       </c>
       <c r="C35" s="2" t="s">
         <v>83</v>
       </c>
       <c r="D35" s="2" t="s">
         <v>120</v>
       </c>
       <c r="E35" s="2">
         <v>1164</v>
       </c>
       <c r="F35" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G35" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H35" s="2" t="s">
         <v>121</v>
       </c>
       <c r="I35" s="2">
         <v>17</v>
       </c>
       <c r="J35" s="2">
         <v>15</v>
       </c>
       <c r="K35" s="2">
         <v>150</v>
       </c>
       <c r="L35" s="2">
         <v>160</v>
       </c>
       <c r="M35" s="2">
         <v>0</v>
       </c>
       <c r="N35" s="2">
         <v>310</v>
       </c>
     </row>
     <row r="36" spans="1:14">
       <c r="A36" s="2">
         <v>109258</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>122</v>
       </c>
       <c r="C36" s="2" t="s">
         <v>123</v>
       </c>
       <c r="D36" s="2"/>
       <c r="E36" s="2">
         <v>1167</v>
       </c>
       <c r="F36" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G36" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H36" s="2" t="s">
         <v>124</v>
       </c>
       <c r="I36" s="2">
         <v>18</v>
       </c>
       <c r="J36" s="2">
         <v>16</v>
       </c>
       <c r="K36" s="2">
         <v>150</v>
       </c>
       <c r="L36" s="2">
         <v>150</v>
       </c>
       <c r="M36" s="2">
         <v>0</v>
       </c>
       <c r="N36" s="2">
         <v>300</v>
       </c>
     </row>
     <row r="37" spans="1:14">
       <c r="A37" s="2">
         <v>104478</v>
       </c>
       <c r="B37" s="2" t="s">
         <v>125</v>
       </c>
       <c r="C37" s="2" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="D37" s="2"/>
       <c r="E37" s="2">
         <v>1072</v>
       </c>
       <c r="F37" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G37" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H37" s="2" t="s">
         <v>126</v>
       </c>
       <c r="I37" s="2">
         <v>18</v>
       </c>
       <c r="J37" s="2">
         <v>11</v>
       </c>
       <c r="K37" s="2">
         <v>150</v>
       </c>
       <c r="L37" s="2">
         <v>200</v>
       </c>
       <c r="M37" s="2">
         <v>0</v>
       </c>
       <c r="N37" s="2">
         <v>350</v>
       </c>
     </row>
     <row r="38" spans="1:14">
       <c r="A38" s="2">
-        <v>109259</v>
+        <v>104479</v>
       </c>
       <c r="B38" s="2" t="s">
         <v>127</v>
       </c>
       <c r="C38" s="2" t="s">
         <v>128</v>
       </c>
       <c r="D38" s="2"/>
       <c r="E38" s="2">
-        <v>1011</v>
+        <v>1068</v>
       </c>
       <c r="F38" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G38" s="2" t="s">
-        <v>40</v>
+        <v>17</v>
       </c>
       <c r="H38" s="2" t="s">
         <v>129</v>
       </c>
       <c r="I38" s="2">
         <v>19</v>
       </c>
       <c r="J38" s="2">
-        <v>3</v>
+        <v>12</v>
       </c>
       <c r="K38" s="2">
         <v>150</v>
       </c>
       <c r="L38" s="2">
-        <v>325</v>
+        <v>190</v>
       </c>
       <c r="M38" s="2">
         <v>0</v>
       </c>
       <c r="N38" s="2">
-        <v>475</v>
+        <v>340</v>
       </c>
     </row>
     <row r="39" spans="1:14">
       <c r="A39" s="2">
-        <v>104479</v>
+        <v>109259</v>
       </c>
       <c r="B39" s="2" t="s">
         <v>130</v>
       </c>
       <c r="C39" s="2" t="s">
         <v>131</v>
       </c>
       <c r="D39" s="2"/>
       <c r="E39" s="2">
-        <v>1068</v>
+        <v>1011</v>
       </c>
       <c r="F39" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G39" s="2" t="s">
-        <v>17</v>
+        <v>44</v>
       </c>
       <c r="H39" s="2" t="s">
         <v>132</v>
       </c>
       <c r="I39" s="2">
         <v>19</v>
       </c>
       <c r="J39" s="2">
-        <v>12</v>
+        <v>3</v>
       </c>
       <c r="K39" s="2">
         <v>150</v>
       </c>
       <c r="L39" s="2">
-        <v>190</v>
+        <v>325</v>
       </c>
       <c r="M39" s="2">
         <v>0</v>
       </c>
       <c r="N39" s="2">
-        <v>340</v>
+        <v>475</v>
       </c>
     </row>
     <row r="40" spans="1:14">
       <c r="A40" s="2">
         <v>109260</v>
       </c>
       <c r="B40" s="2" t="s">
         <v>133</v>
       </c>
       <c r="C40" s="2" t="s">
         <v>134</v>
       </c>
       <c r="D40" s="2"/>
       <c r="E40" s="2">
         <v>1223</v>
       </c>
       <c r="F40" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G40" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H40" s="2" t="s">
         <v>135</v>
       </c>
       <c r="I40" s="2">
         <v>20</v>
       </c>
       <c r="J40" s="2">
         <v>17</v>
       </c>
       <c r="K40" s="2">
         <v>150</v>
       </c>
       <c r="L40" s="2">
         <v>140</v>
       </c>
       <c r="M40" s="2">
         <v>0</v>
       </c>
       <c r="N40" s="2">
         <v>290</v>
       </c>
     </row>
     <row r="41" spans="1:14">
       <c r="A41" s="2">
         <v>104714</v>
       </c>
       <c r="B41" s="2" t="s">
         <v>136</v>
       </c>
       <c r="C41" s="2" t="s">
         <v>137</v>
       </c>
       <c r="D41" s="2" t="s">
         <v>138</v>
       </c>
       <c r="E41" s="2">
         <v>1033</v>
       </c>
       <c r="F41" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G41" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H41" s="2" t="s">
         <v>139</v>
       </c>
       <c r="I41" s="2">
         <v>20</v>
       </c>
       <c r="J41" s="2">
         <v>13</v>
       </c>
       <c r="K41" s="2">
         <v>150</v>
       </c>
       <c r="L41" s="2">
         <v>180</v>
       </c>
       <c r="M41" s="2">
         <v>0</v>
       </c>
       <c r="N41" s="2">
         <v>330</v>
       </c>
     </row>
     <row r="42" spans="1:14">
       <c r="A42" s="2">
         <v>101625</v>
       </c>
       <c r="B42" s="2" t="s">
         <v>140</v>
       </c>
       <c r="C42" s="2" t="s">
         <v>83</v>
       </c>
       <c r="D42" s="2"/>
       <c r="E42" s="2">
         <v>1014</v>
       </c>
       <c r="F42" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G42" s="2" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="H42" s="2" t="s">
         <v>141</v>
       </c>
       <c r="I42" s="2">
         <v>21</v>
       </c>
       <c r="J42" s="2">
         <v>4</v>
       </c>
       <c r="K42" s="2">
         <v>150</v>
       </c>
       <c r="L42" s="2">
         <v>300</v>
       </c>
       <c r="M42" s="2">
         <v>0</v>
       </c>
       <c r="N42" s="2">
         <v>450</v>
       </c>
     </row>
     <row r="43" spans="1:14">
       <c r="A43" s="2">
         <v>104481</v>
       </c>
       <c r="B43" s="2" t="s">
         <v>142</v>
       </c>
       <c r="C43" s="2" t="s">
         <v>143</v>
       </c>
       <c r="D43" s="2"/>
       <c r="E43" s="2">
         <v>1227</v>
       </c>
       <c r="F43" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G43" s="2" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="H43" s="2" t="s">
         <v>144</v>
       </c>
       <c r="I43" s="2">
         <v>21</v>
       </c>
       <c r="J43" s="2">
         <v>8</v>
       </c>
       <c r="K43" s="2">
         <v>150</v>
       </c>
       <c r="L43" s="2">
         <v>230</v>
       </c>
       <c r="M43" s="2">
         <v>0</v>
       </c>
       <c r="N43" s="2">
         <v>380</v>
       </c>
     </row>
     <row r="44" spans="1:14">
       <c r="A44" s="2">
-        <v>109262</v>
+        <v>104482</v>
       </c>
       <c r="B44" s="2" t="s">
         <v>145</v>
       </c>
       <c r="C44" s="2" t="s">
         <v>146</v>
       </c>
       <c r="D44" s="2"/>
       <c r="E44" s="2">
-        <v>1315</v>
+        <v>1210</v>
       </c>
       <c r="F44" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G44" s="2" t="s">
-        <v>17</v>
+        <v>44</v>
       </c>
       <c r="H44" s="2" t="s">
         <v>147</v>
       </c>
       <c r="I44" s="2">
         <v>22</v>
       </c>
       <c r="J44" s="2">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="K44" s="2">
         <v>150</v>
       </c>
       <c r="L44" s="2">
-        <v>130</v>
+        <v>220</v>
       </c>
       <c r="M44" s="2">
         <v>0</v>
       </c>
       <c r="N44" s="2">
-        <v>280</v>
+        <v>370</v>
       </c>
     </row>
     <row r="45" spans="1:14">
       <c r="A45" s="2">
-        <v>104482</v>
+        <v>109262</v>
       </c>
       <c r="B45" s="2" t="s">
         <v>148</v>
       </c>
       <c r="C45" s="2" t="s">
         <v>149</v>
       </c>
       <c r="D45" s="2"/>
       <c r="E45" s="2">
-        <v>1210</v>
+        <v>1315</v>
       </c>
       <c r="F45" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G45" s="2" t="s">
-        <v>40</v>
+        <v>17</v>
       </c>
       <c r="H45" s="2" t="s">
         <v>150</v>
       </c>
       <c r="I45" s="2">
         <v>22</v>
       </c>
       <c r="J45" s="2">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="K45" s="2">
         <v>150</v>
       </c>
       <c r="L45" s="2">
-        <v>220</v>
+        <v>130</v>
       </c>
       <c r="M45" s="2">
         <v>0</v>
       </c>
       <c r="N45" s="2">
-        <v>370</v>
+        <v>280</v>
       </c>
     </row>
     <row r="46" spans="1:14">
       <c r="A46" s="2">
         <v>109263</v>
       </c>
       <c r="B46" s="2" t="s">
         <v>151</v>
       </c>
       <c r="C46" s="2" t="s">
         <v>152</v>
       </c>
       <c r="D46" s="2"/>
       <c r="E46" s="2">
         <v>1121</v>
       </c>
       <c r="F46" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G46" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H46" s="2" t="s">
         <v>153</v>
       </c>
       <c r="I46" s="2">
         <v>23</v>
       </c>
       <c r="J46" s="2">
         <v>19</v>
       </c>
       <c r="K46" s="2">
         <v>150</v>
       </c>
       <c r="L46" s="2">
         <v>120</v>
       </c>
       <c r="M46" s="2">
         <v>0</v>
       </c>
       <c r="N46" s="2">
         <v>270</v>
       </c>
     </row>
     <row r="47" spans="1:14">
       <c r="A47" s="2">
         <v>103566</v>
       </c>
       <c r="B47" s="2" t="s">
         <v>154</v>
       </c>
       <c r="C47" s="2" t="s">
         <v>155</v>
       </c>
       <c r="D47" s="2"/>
       <c r="E47" s="2">
         <v>1204</v>
       </c>
       <c r="F47" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G47" s="2" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="H47" s="2" t="s">
         <v>156</v>
       </c>
       <c r="I47" s="2">
         <v>23</v>
       </c>
       <c r="J47" s="2">
         <v>10</v>
       </c>
       <c r="K47" s="2">
         <v>150</v>
       </c>
       <c r="L47" s="2">
         <v>210</v>
       </c>
       <c r="M47" s="2">
         <v>0</v>
       </c>
       <c r="N47" s="2">
         <v>360</v>
       </c>
     </row>
     <row r="48" spans="1:14">
       <c r="A48" s="2">
         <v>103145</v>
       </c>
       <c r="B48" s="2" t="s">
         <v>157</v>
       </c>
       <c r="C48" s="2" t="s">
         <v>158</v>
       </c>
       <c r="D48" s="2"/>
       <c r="E48" s="2">
         <v>1021</v>
       </c>
       <c r="F48" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G48" s="2" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="H48" s="2" t="s">
         <v>159</v>
       </c>
       <c r="I48" s="2">
         <v>24</v>
       </c>
       <c r="J48" s="2">
         <v>5</v>
       </c>
       <c r="K48" s="2">
         <v>150</v>
       </c>
       <c r="L48" s="2">
         <v>275</v>
       </c>
       <c r="M48" s="2">
         <v>0</v>
       </c>
       <c r="N48" s="2">
         <v>425</v>
       </c>
     </row>
     <row r="49" spans="1:14">
       <c r="A49" s="2">
         <v>104484</v>
       </c>
       <c r="B49" s="2" t="s">
         <v>160</v>
       </c>
       <c r="C49" s="2" t="s">
         <v>161</v>
       </c>
       <c r="D49" s="2"/>
       <c r="E49" s="2">
         <v>1006</v>
       </c>
       <c r="F49" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G49" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H49" s="2" t="s">
         <v>162</v>
       </c>
       <c r="I49" s="2">
         <v>24</v>
       </c>
       <c r="J49" s="2">
         <v>14</v>
       </c>
       <c r="K49" s="2">
         <v>150</v>
       </c>
       <c r="L49" s="2">
         <v>170</v>
       </c>
       <c r="M49" s="2">
         <v>0</v>
       </c>
       <c r="N49" s="2">
         <v>320</v>
       </c>
@@ -4497,387 +4497,387 @@
       <c r="L50" s="2">
         <v>110</v>
       </c>
       <c r="M50" s="2">
         <v>0</v>
       </c>
       <c r="N50" s="2">
         <v>260</v>
       </c>
     </row>
     <row r="51" spans="1:14">
       <c r="A51" s="2">
         <v>104485</v>
       </c>
       <c r="B51" s="2" t="s">
         <v>167</v>
       </c>
       <c r="C51" s="2" t="s">
         <v>168</v>
       </c>
       <c r="D51" s="2"/>
       <c r="E51" s="2">
         <v>1105</v>
       </c>
       <c r="F51" s="2" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="G51" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H51" s="2" t="s">
         <v>169</v>
       </c>
       <c r="I51" s="2">
         <v>25</v>
       </c>
       <c r="J51" s="2">
         <v>15</v>
       </c>
       <c r="K51" s="2">
         <v>150</v>
       </c>
       <c r="L51" s="2">
         <v>160</v>
       </c>
       <c r="M51" s="2">
         <v>0</v>
       </c>
       <c r="N51" s="2">
         <v>310</v>
       </c>
     </row>
     <row r="52" spans="1:14">
       <c r="A52" s="2">
-        <v>103548</v>
+        <v>104486</v>
       </c>
       <c r="B52" s="2" t="s">
         <v>170</v>
       </c>
       <c r="C52" s="2" t="s">
         <v>171</v>
       </c>
       <c r="D52" s="2"/>
       <c r="E52" s="2">
-        <v>1025</v>
+        <v>1020</v>
       </c>
       <c r="F52" s="2" t="s">
-        <v>21</v>
+        <v>43</v>
       </c>
       <c r="G52" s="2" t="s">
-        <v>40</v>
+        <v>17</v>
       </c>
       <c r="H52" s="2" t="s">
         <v>172</v>
       </c>
       <c r="I52" s="2">
         <v>26</v>
       </c>
       <c r="J52" s="2">
-        <v>6</v>
+        <v>16</v>
       </c>
       <c r="K52" s="2">
         <v>150</v>
       </c>
       <c r="L52" s="2">
-        <v>250</v>
+        <v>150</v>
       </c>
       <c r="M52" s="2">
         <v>0</v>
       </c>
       <c r="N52" s="2">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="53" spans="1:14">
       <c r="A53" s="2">
-        <v>104486</v>
+        <v>103548</v>
       </c>
       <c r="B53" s="2" t="s">
         <v>173</v>
       </c>
       <c r="C53" s="2" t="s">
         <v>174</v>
       </c>
       <c r="D53" s="2"/>
       <c r="E53" s="2">
-        <v>1020</v>
+        <v>1025</v>
       </c>
       <c r="F53" s="2" t="s">
-        <v>39</v>
+        <v>16</v>
       </c>
       <c r="G53" s="2" t="s">
-        <v>17</v>
+        <v>44</v>
       </c>
       <c r="H53" s="2" t="s">
         <v>175</v>
       </c>
       <c r="I53" s="2">
         <v>26</v>
       </c>
       <c r="J53" s="2">
-        <v>16</v>
+        <v>6</v>
       </c>
       <c r="K53" s="2">
         <v>150</v>
       </c>
       <c r="L53" s="2">
-        <v>150</v>
+        <v>250</v>
       </c>
       <c r="M53" s="2">
         <v>0</v>
       </c>
       <c r="N53" s="2">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="54" spans="1:14">
       <c r="A54" s="2">
         <v>105561</v>
       </c>
       <c r="B54" s="2" t="s">
         <v>176</v>
       </c>
       <c r="C54" s="2" t="s">
         <v>177</v>
       </c>
       <c r="D54" s="2"/>
       <c r="E54" s="2">
         <v>1243</v>
       </c>
       <c r="F54" s="2" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="G54" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H54" s="2" t="s">
         <v>178</v>
       </c>
       <c r="I54" s="2">
         <v>27</v>
       </c>
       <c r="J54" s="2">
         <v>21</v>
       </c>
       <c r="K54" s="2">
         <v>150</v>
       </c>
       <c r="L54" s="2">
         <v>100</v>
       </c>
       <c r="M54" s="2">
         <v>0</v>
       </c>
       <c r="N54" s="2">
         <v>250</v>
       </c>
     </row>
     <row r="55" spans="1:14">
       <c r="A55" s="2">
         <v>104487</v>
       </c>
       <c r="B55" s="2" t="s">
         <v>179</v>
       </c>
       <c r="C55" s="2" t="s">
         <v>180</v>
       </c>
       <c r="D55" s="2"/>
       <c r="E55" s="2">
         <v>1049</v>
       </c>
       <c r="F55" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G55" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H55" s="2" t="s">
         <v>181</v>
       </c>
       <c r="I55" s="2">
         <v>27</v>
       </c>
       <c r="J55" s="2">
         <v>17</v>
       </c>
       <c r="K55" s="2">
         <v>150</v>
       </c>
       <c r="L55" s="2">
         <v>140</v>
       </c>
       <c r="M55" s="2">
         <v>0</v>
       </c>
       <c r="N55" s="2">
         <v>290</v>
       </c>
     </row>
     <row r="56" spans="1:14">
       <c r="A56" s="2">
         <v>109265</v>
       </c>
       <c r="B56" s="2" t="s">
         <v>182</v>
       </c>
       <c r="C56" s="2" t="s">
         <v>183</v>
       </c>
       <c r="D56" s="2"/>
       <c r="E56" s="2">
         <v>1108</v>
       </c>
       <c r="F56" s="2" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="G56" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H56" s="2" t="s">
         <v>184</v>
       </c>
       <c r="I56" s="2">
         <v>28</v>
       </c>
       <c r="J56" s="2">
         <v>22</v>
       </c>
       <c r="K56" s="2">
         <v>150</v>
       </c>
       <c r="L56" s="2">
         <v>99</v>
       </c>
       <c r="M56" s="2">
         <v>0</v>
       </c>
       <c r="N56" s="2">
         <v>249</v>
       </c>
     </row>
     <row r="57" spans="1:14">
       <c r="A57" s="2">
         <v>103538</v>
       </c>
       <c r="B57" s="2" t="s">
         <v>185</v>
       </c>
       <c r="C57" s="2" t="s">
         <v>186</v>
       </c>
       <c r="D57" s="2"/>
       <c r="E57" s="2">
         <v>1116</v>
       </c>
       <c r="F57" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G57" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H57" s="2" t="s">
         <v>187</v>
       </c>
       <c r="I57" s="2">
         <v>28</v>
       </c>
       <c r="J57" s="2">
         <v>18</v>
       </c>
       <c r="K57" s="2">
         <v>150</v>
       </c>
       <c r="L57" s="2">
         <v>130</v>
       </c>
       <c r="M57" s="2">
         <v>0</v>
       </c>
       <c r="N57" s="2">
         <v>280</v>
       </c>
     </row>
     <row r="58" spans="1:14">
       <c r="A58" s="2">
         <v>100750</v>
       </c>
       <c r="B58" s="2" t="s">
         <v>188</v>
       </c>
       <c r="C58" s="2" t="s">
         <v>189</v>
       </c>
       <c r="D58" s="2"/>
       <c r="E58" s="2">
         <v>1120</v>
       </c>
       <c r="F58" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G58" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H58" s="2" t="s">
         <v>190</v>
       </c>
       <c r="I58" s="2">
         <v>29</v>
       </c>
       <c r="J58" s="2">
         <v>23</v>
       </c>
       <c r="K58" s="2">
         <v>150</v>
       </c>
       <c r="L58" s="2">
         <v>98</v>
       </c>
       <c r="M58" s="2">
         <v>0</v>
       </c>
       <c r="N58" s="2">
         <v>248</v>
       </c>
     </row>
     <row r="59" spans="1:14">
       <c r="A59" s="2">
         <v>104489</v>
       </c>
       <c r="B59" s="2" t="s">
         <v>191</v>
       </c>
       <c r="C59" s="2" t="s">
         <v>192</v>
       </c>
       <c r="D59" s="2"/>
       <c r="E59" s="2">
         <v>1102</v>
       </c>
       <c r="F59" s="2" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="G59" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H59" s="2" t="s">
         <v>193</v>
       </c>
       <c r="I59" s="2">
         <v>29</v>
       </c>
       <c r="J59" s="2">
         <v>19</v>
       </c>
       <c r="K59" s="2">
         <v>150</v>
       </c>
       <c r="L59" s="2">
         <v>120</v>
       </c>
       <c r="M59" s="2">
         <v>0</v>
       </c>
       <c r="N59" s="2">
         <v>270</v>
       </c>
@@ -4917,93 +4917,93 @@
       <c r="L60" s="2">
         <v>97</v>
       </c>
       <c r="M60" s="2">
         <v>0</v>
       </c>
       <c r="N60" s="2">
         <v>247</v>
       </c>
     </row>
     <row r="61" spans="1:14">
       <c r="A61" s="2">
         <v>104490</v>
       </c>
       <c r="B61" s="2" t="s">
         <v>197</v>
       </c>
       <c r="C61" s="2" t="s">
         <v>198</v>
       </c>
       <c r="D61" s="2"/>
       <c r="E61" s="2">
         <v>1075</v>
       </c>
       <c r="F61" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G61" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H61" s="2" t="s">
         <v>199</v>
       </c>
       <c r="I61" s="2">
         <v>30</v>
       </c>
       <c r="J61" s="2">
         <v>20</v>
       </c>
       <c r="K61" s="2">
         <v>150</v>
       </c>
       <c r="L61" s="2">
         <v>110</v>
       </c>
       <c r="M61" s="2">
         <v>0</v>
       </c>
       <c r="N61" s="2">
         <v>260</v>
       </c>
     </row>
     <row r="62" spans="1:14">
       <c r="A62" s="2">
         <v>104491</v>
       </c>
       <c r="B62" s="2" t="s">
         <v>200</v>
       </c>
       <c r="C62" s="2" t="s">
         <v>201</v>
       </c>
       <c r="D62" s="2"/>
       <c r="E62" s="2">
         <v>1061</v>
       </c>
       <c r="F62" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G62" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H62" s="2" t="s">
         <v>202</v>
       </c>
       <c r="I62" s="2">
         <v>31</v>
       </c>
       <c r="J62" s="2">
         <v>21</v>
       </c>
       <c r="K62" s="2">
         <v>150</v>
       </c>
       <c r="L62" s="2">
         <v>100</v>
       </c>
       <c r="M62" s="2">
         <v>0</v>
       </c>
       <c r="N62" s="2">
         <v>250</v>
       </c>
@@ -5030,480 +5030,480 @@
       </c>
       <c r="H63" s="2" t="s">
         <v>206</v>
       </c>
       <c r="I63" s="2">
         <v>31</v>
       </c>
       <c r="J63" s="2">
         <v>25</v>
       </c>
       <c r="K63" s="2">
         <v>150</v>
       </c>
       <c r="L63" s="2">
         <v>96</v>
       </c>
       <c r="M63" s="2">
         <v>0</v>
       </c>
       <c r="N63" s="2">
         <v>246</v>
       </c>
     </row>
     <row r="64" spans="1:14">
       <c r="A64" s="2">
-        <v>104492</v>
+        <v>105256</v>
       </c>
       <c r="B64" s="2" t="s">
         <v>207</v>
       </c>
       <c r="C64" s="2" t="s">
         <v>208</v>
       </c>
       <c r="D64" s="2"/>
       <c r="E64" s="2">
-        <v>1089</v>
-[...1 lines deleted...]
-      <c r="F64" s="2"/>
+        <v>1249</v>
+      </c>
+      <c r="F64" s="2" t="s">
+        <v>16</v>
+      </c>
       <c r="G64" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H64" s="2" t="s">
         <v>209</v>
       </c>
       <c r="I64" s="2">
         <v>32</v>
       </c>
       <c r="J64" s="2">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="K64" s="2">
         <v>150</v>
       </c>
       <c r="L64" s="2">
-        <v>99</v>
+        <v>95</v>
       </c>
       <c r="M64" s="2">
         <v>0</v>
       </c>
       <c r="N64" s="2">
-        <v>249</v>
+        <v>245</v>
       </c>
     </row>
     <row r="65" spans="1:14">
       <c r="A65" s="2">
-        <v>105256</v>
+        <v>104492</v>
       </c>
       <c r="B65" s="2" t="s">
         <v>210</v>
       </c>
       <c r="C65" s="2" t="s">
         <v>211</v>
       </c>
       <c r="D65" s="2"/>
       <c r="E65" s="2">
-        <v>1249</v>
-[...3 lines deleted...]
-      </c>
+        <v>1089</v>
+      </c>
+      <c r="F65" s="2"/>
       <c r="G65" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H65" s="2" t="s">
         <v>212</v>
       </c>
       <c r="I65" s="2">
         <v>32</v>
       </c>
       <c r="J65" s="2">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="K65" s="2">
         <v>150</v>
       </c>
       <c r="L65" s="2">
-        <v>95</v>
+        <v>99</v>
       </c>
       <c r="M65" s="2">
         <v>0</v>
       </c>
       <c r="N65" s="2">
-        <v>245</v>
+        <v>249</v>
       </c>
     </row>
     <row r="66" spans="1:14">
       <c r="A66" s="2">
         <v>109269</v>
       </c>
       <c r="B66" s="2" t="s">
         <v>213</v>
       </c>
       <c r="C66" s="2" t="s">
         <v>214</v>
       </c>
       <c r="D66" s="2"/>
       <c r="E66" s="2">
         <v>1193</v>
       </c>
       <c r="F66" s="2" t="s">
-        <v>114</v>
+        <v>111</v>
       </c>
       <c r="G66" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H66" s="2" t="s">
         <v>215</v>
       </c>
       <c r="I66" s="2">
         <v>33</v>
       </c>
       <c r="J66" s="2">
         <v>27</v>
       </c>
       <c r="K66" s="2">
         <v>150</v>
       </c>
       <c r="L66" s="2">
         <v>94</v>
       </c>
       <c r="M66" s="2">
         <v>0</v>
       </c>
       <c r="N66" s="2">
         <v>244</v>
       </c>
     </row>
     <row r="67" spans="1:14">
       <c r="A67" s="2">
         <v>104493</v>
       </c>
       <c r="B67" s="2" t="s">
         <v>216</v>
       </c>
       <c r="C67" s="2" t="s">
-        <v>110</v>
+        <v>114</v>
       </c>
       <c r="D67" s="2"/>
       <c r="E67" s="2">
         <v>1090</v>
       </c>
       <c r="F67" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G67" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H67" s="2" t="s">
         <v>217</v>
       </c>
       <c r="I67" s="2">
         <v>33</v>
       </c>
       <c r="J67" s="2">
         <v>23</v>
       </c>
       <c r="K67" s="2">
         <v>150</v>
       </c>
       <c r="L67" s="2">
         <v>98</v>
       </c>
       <c r="M67" s="2">
         <v>0</v>
       </c>
       <c r="N67" s="2">
         <v>248</v>
       </c>
     </row>
     <row r="68" spans="1:14">
       <c r="A68" s="2">
-        <v>105197</v>
+        <v>104494</v>
       </c>
       <c r="B68" s="2" t="s">
         <v>218</v>
       </c>
       <c r="C68" s="2" t="s">
         <v>219</v>
       </c>
       <c r="D68" s="2"/>
       <c r="E68" s="2">
-        <v>1307</v>
+        <v>1121</v>
       </c>
       <c r="F68" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G68" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H68" s="2" t="s">
         <v>220</v>
       </c>
       <c r="I68" s="2">
         <v>34</v>
       </c>
       <c r="J68" s="2">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="K68" s="2">
         <v>150</v>
       </c>
       <c r="L68" s="2">
-        <v>93</v>
+        <v>97</v>
       </c>
       <c r="M68" s="2">
         <v>0</v>
       </c>
       <c r="N68" s="2">
-        <v>243</v>
+        <v>247</v>
       </c>
     </row>
     <row r="69" spans="1:14">
       <c r="A69" s="2">
-        <v>104494</v>
+        <v>105197</v>
       </c>
       <c r="B69" s="2" t="s">
         <v>221</v>
       </c>
       <c r="C69" s="2" t="s">
         <v>222</v>
       </c>
       <c r="D69" s="2"/>
       <c r="E69" s="2">
-        <v>1121</v>
+        <v>1307</v>
       </c>
       <c r="F69" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G69" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H69" s="2" t="s">
         <v>223</v>
       </c>
       <c r="I69" s="2">
         <v>34</v>
       </c>
       <c r="J69" s="2">
-        <v>24</v>
+        <v>28</v>
       </c>
       <c r="K69" s="2">
         <v>150</v>
       </c>
       <c r="L69" s="2">
-        <v>97</v>
+        <v>93</v>
       </c>
       <c r="M69" s="2">
         <v>0</v>
       </c>
       <c r="N69" s="2">
-        <v>247</v>
+        <v>243</v>
       </c>
     </row>
     <row r="70" spans="1:14">
       <c r="A70" s="2">
-        <v>109270</v>
+        <v>104495</v>
       </c>
       <c r="B70" s="2" t="s">
         <v>224</v>
       </c>
       <c r="C70" s="2" t="s">
         <v>225</v>
       </c>
       <c r="D70" s="2"/>
       <c r="E70" s="2">
-        <v>1132</v>
-[...3 lines deleted...]
-      </c>
+        <v>1030</v>
+      </c>
+      <c r="F70" s="2"/>
       <c r="G70" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H70" s="2" t="s">
         <v>226</v>
       </c>
       <c r="I70" s="2">
         <v>35</v>
       </c>
       <c r="J70" s="2">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="K70" s="2">
         <v>150</v>
       </c>
       <c r="L70" s="2">
-        <v>92</v>
+        <v>96</v>
       </c>
       <c r="M70" s="2">
         <v>0</v>
       </c>
       <c r="N70" s="2">
-        <v>242</v>
+        <v>246</v>
       </c>
     </row>
     <row r="71" spans="1:14">
       <c r="A71" s="2">
-        <v>104495</v>
+        <v>109270</v>
       </c>
       <c r="B71" s="2" t="s">
         <v>227</v>
       </c>
       <c r="C71" s="2" t="s">
         <v>228</v>
       </c>
       <c r="D71" s="2"/>
       <c r="E71" s="2">
-        <v>1030</v>
-[...1 lines deleted...]
-      <c r="F71" s="2"/>
+        <v>1132</v>
+      </c>
+      <c r="F71" s="2" t="s">
+        <v>16</v>
+      </c>
       <c r="G71" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H71" s="2" t="s">
         <v>229</v>
       </c>
       <c r="I71" s="2">
         <v>35</v>
       </c>
       <c r="J71" s="2">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="K71" s="2">
         <v>150</v>
       </c>
       <c r="L71" s="2">
-        <v>96</v>
+        <v>92</v>
       </c>
       <c r="M71" s="2">
         <v>0</v>
       </c>
       <c r="N71" s="2">
-        <v>246</v>
+        <v>242</v>
       </c>
     </row>
     <row r="72" spans="1:14">
       <c r="A72" s="2">
         <v>109271</v>
       </c>
       <c r="B72" s="2" t="s">
         <v>230</v>
       </c>
       <c r="C72" s="2" t="s">
         <v>231</v>
       </c>
       <c r="D72" s="2"/>
       <c r="E72" s="2">
         <v>1119</v>
       </c>
       <c r="F72" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G72" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H72" s="2" t="s">
         <v>232</v>
       </c>
       <c r="I72" s="2">
         <v>36</v>
       </c>
       <c r="J72" s="2">
         <v>30</v>
       </c>
       <c r="K72" s="2">
         <v>150</v>
       </c>
       <c r="L72" s="2">
         <v>91</v>
       </c>
       <c r="M72" s="2">
         <v>0</v>
       </c>
       <c r="N72" s="2">
         <v>241</v>
       </c>
     </row>
     <row r="73" spans="1:14">
       <c r="A73" s="2">
         <v>104730</v>
       </c>
       <c r="B73" s="2" t="s">
         <v>233</v>
       </c>
       <c r="C73" s="2" t="s">
         <v>234</v>
       </c>
       <c r="D73" s="2"/>
       <c r="E73" s="2">
         <v>1203</v>
       </c>
       <c r="F73" s="2" t="s">
         <v>235</v>
       </c>
       <c r="G73" s="2" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="H73" s="2" t="s">
         <v>236</v>
       </c>
       <c r="I73" s="2">
         <v>36</v>
       </c>
       <c r="J73" s="2">
         <v>11</v>
       </c>
       <c r="K73" s="2">
         <v>150</v>
       </c>
       <c r="L73" s="2">
         <v>200</v>
       </c>
       <c r="M73" s="2">
         <v>0</v>
       </c>
       <c r="N73" s="2">
         <v>350</v>
       </c>
     </row>
     <row r="74" spans="1:14">
       <c r="A74" s="2">
         <v>100764</v>
       </c>
       <c r="B74" s="2" t="s">
         <v>237</v>
       </c>
       <c r="C74" s="2" t="s">
         <v>238</v>
       </c>
       <c r="D74" s="2"/>
       <c r="E74" s="2">
         <v>1195</v>
       </c>
       <c r="F74" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G74" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H74" s="2" t="s">
         <v>239</v>
       </c>
       <c r="I74" s="2">
         <v>37</v>
       </c>
       <c r="J74" s="2">
         <v>31</v>
       </c>
       <c r="K74" s="2">
         <v>150</v>
       </c>
       <c r="L74" s="2">
         <v>90</v>
       </c>
       <c r="M74" s="2">
         <v>0</v>
       </c>
       <c r="N74" s="2">
         <v>240</v>
       </c>
@@ -5543,1393 +5543,1393 @@
       <c r="L75" s="2">
         <v>95</v>
       </c>
       <c r="M75" s="2">
         <v>0</v>
       </c>
       <c r="N75" s="2">
         <v>245</v>
       </c>
     </row>
     <row r="76" spans="1:14">
       <c r="A76" s="2">
         <v>109273</v>
       </c>
       <c r="B76" s="2" t="s">
         <v>243</v>
       </c>
       <c r="C76" s="2" t="s">
         <v>244</v>
       </c>
       <c r="D76" s="2"/>
       <c r="E76" s="2">
         <v>1258</v>
       </c>
       <c r="F76" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G76" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H76" s="2" t="s">
         <v>245</v>
       </c>
       <c r="I76" s="2">
         <v>38</v>
       </c>
       <c r="J76" s="2">
         <v>32</v>
       </c>
       <c r="K76" s="2">
         <v>150</v>
       </c>
       <c r="L76" s="2">
         <v>89</v>
       </c>
       <c r="M76" s="2">
         <v>0</v>
       </c>
       <c r="N76" s="2">
         <v>239</v>
       </c>
     </row>
     <row r="77" spans="1:14">
       <c r="A77" s="2">
         <v>104498</v>
       </c>
       <c r="B77" s="2" t="s">
         <v>246</v>
       </c>
       <c r="C77" s="2" t="s">
         <v>247</v>
       </c>
       <c r="D77" s="2"/>
       <c r="E77" s="2">
         <v>1019</v>
       </c>
       <c r="F77" s="2" t="s">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="G77" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H77" s="2" t="s">
         <v>248</v>
       </c>
       <c r="I77" s="2">
         <v>38</v>
       </c>
       <c r="J77" s="2">
         <v>27</v>
       </c>
       <c r="K77" s="2">
         <v>150</v>
       </c>
       <c r="L77" s="2">
         <v>94</v>
       </c>
       <c r="M77" s="2">
         <v>0</v>
       </c>
       <c r="N77" s="2">
         <v>244</v>
       </c>
     </row>
     <row r="78" spans="1:14">
       <c r="A78" s="2">
         <v>104733</v>
       </c>
       <c r="B78" s="2" t="s">
         <v>249</v>
       </c>
       <c r="C78" s="2" t="s">
         <v>250</v>
       </c>
       <c r="D78" s="2"/>
       <c r="E78" s="2">
         <v>1209</v>
       </c>
       <c r="F78" s="2" t="s">
+        <v>39</v>
+      </c>
+      <c r="G78" s="2" t="s">
         <v>44</v>
-      </c>
-[...1 lines deleted...]
-        <v>40</v>
       </c>
       <c r="H78" s="2" t="s">
         <v>251</v>
       </c>
       <c r="I78" s="2">
         <v>39</v>
       </c>
       <c r="J78" s="2">
         <v>12</v>
       </c>
       <c r="K78" s="2">
         <v>150</v>
       </c>
       <c r="L78" s="2">
         <v>190</v>
       </c>
       <c r="M78" s="2">
         <v>0</v>
       </c>
       <c r="N78" s="2">
         <v>340</v>
       </c>
     </row>
     <row r="79" spans="1:14">
       <c r="A79" s="2">
         <v>108523</v>
       </c>
       <c r="B79" s="2" t="s">
         <v>252</v>
       </c>
       <c r="C79" s="2" t="s">
         <v>253</v>
       </c>
       <c r="D79" s="2"/>
       <c r="E79" s="2">
         <v>1115</v>
       </c>
       <c r="F79" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G79" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H79" s="2" t="s">
         <v>254</v>
       </c>
       <c r="I79" s="2">
         <v>39</v>
       </c>
       <c r="J79" s="2">
         <v>33</v>
       </c>
       <c r="K79" s="2">
         <v>150</v>
       </c>
       <c r="L79" s="2">
         <v>88</v>
       </c>
       <c r="M79" s="2">
         <v>0</v>
       </c>
       <c r="N79" s="2">
         <v>238</v>
       </c>
     </row>
     <row r="80" spans="1:14">
       <c r="A80" s="2">
         <v>105390</v>
       </c>
       <c r="B80" s="2" t="s">
-        <v>218</v>
+        <v>221</v>
       </c>
       <c r="C80" s="2" t="s">
         <v>255</v>
       </c>
       <c r="D80" s="2"/>
       <c r="E80" s="2">
         <v>1209</v>
       </c>
       <c r="F80" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G80" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H80" s="2" t="s">
         <v>256</v>
       </c>
       <c r="I80" s="2">
         <v>40</v>
       </c>
       <c r="J80" s="2">
         <v>34</v>
       </c>
       <c r="K80" s="2">
         <v>150</v>
       </c>
       <c r="L80" s="2">
         <v>87</v>
       </c>
       <c r="M80" s="2">
         <v>0</v>
       </c>
       <c r="N80" s="2">
         <v>237</v>
       </c>
     </row>
     <row r="81" spans="1:14">
       <c r="A81" s="2">
         <v>101552</v>
       </c>
       <c r="B81" s="2" t="s">
         <v>257</v>
       </c>
       <c r="C81" s="2" t="s">
         <v>258</v>
       </c>
       <c r="D81" s="2"/>
       <c r="E81" s="2">
         <v>1080</v>
       </c>
       <c r="F81" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G81" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H81" s="2" t="s">
         <v>259</v>
       </c>
       <c r="I81" s="2">
         <v>40</v>
       </c>
       <c r="J81" s="2">
         <v>28</v>
       </c>
       <c r="K81" s="2">
         <v>150</v>
       </c>
       <c r="L81" s="2">
         <v>93</v>
       </c>
       <c r="M81" s="2">
         <v>0</v>
       </c>
       <c r="N81" s="2">
         <v>243</v>
       </c>
     </row>
     <row r="82" spans="1:14">
       <c r="A82" s="2">
         <v>103587</v>
       </c>
       <c r="B82" s="2" t="s">
         <v>260</v>
       </c>
       <c r="C82" s="2" t="s">
         <v>261</v>
       </c>
       <c r="D82" s="2"/>
       <c r="E82" s="2">
         <v>1035</v>
       </c>
       <c r="F82" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G82" s="2" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="H82" s="2" t="s">
         <v>262</v>
       </c>
       <c r="I82" s="2">
         <v>41</v>
       </c>
       <c r="J82" s="2">
         <v>7</v>
       </c>
       <c r="K82" s="2">
         <v>150</v>
       </c>
       <c r="L82" s="2">
         <v>240</v>
       </c>
       <c r="M82" s="2">
         <v>0</v>
       </c>
       <c r="N82" s="2">
         <v>390</v>
       </c>
     </row>
     <row r="83" spans="1:14">
       <c r="A83" s="2">
         <v>103137</v>
       </c>
       <c r="B83" s="2" t="s">
         <v>107</v>
       </c>
       <c r="C83" s="2" t="s">
         <v>83</v>
       </c>
       <c r="D83" s="2"/>
       <c r="E83" s="2">
         <v>1205</v>
       </c>
       <c r="F83" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G83" s="2" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="H83" s="2" t="s">
         <v>263</v>
       </c>
       <c r="I83" s="2">
         <v>41</v>
       </c>
       <c r="J83" s="2">
         <v>13</v>
       </c>
       <c r="K83" s="2">
         <v>150</v>
       </c>
       <c r="L83" s="2">
         <v>180</v>
       </c>
       <c r="M83" s="2">
         <v>0</v>
       </c>
       <c r="N83" s="2">
         <v>330</v>
       </c>
     </row>
     <row r="84" spans="1:14">
       <c r="A84" s="2">
         <v>105275</v>
       </c>
       <c r="B84" s="2" t="s">
         <v>264</v>
       </c>
       <c r="C84" s="2" t="s">
         <v>265</v>
       </c>
       <c r="D84" s="2"/>
       <c r="E84" s="2">
         <v>1103</v>
       </c>
       <c r="F84" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G84" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H84" s="2" t="s">
         <v>266</v>
       </c>
       <c r="I84" s="2">
         <v>42</v>
       </c>
       <c r="J84" s="2">
         <v>35</v>
       </c>
       <c r="K84" s="2">
         <v>150</v>
       </c>
       <c r="L84" s="2">
         <v>86</v>
       </c>
       <c r="M84" s="2">
         <v>0</v>
       </c>
       <c r="N84" s="2">
         <v>236</v>
       </c>
     </row>
     <row r="85" spans="1:14">
       <c r="A85" s="2">
         <v>104502</v>
       </c>
       <c r="B85" s="2" t="s">
         <v>267</v>
       </c>
       <c r="C85" s="2" t="s">
         <v>268</v>
       </c>
       <c r="D85" s="2"/>
       <c r="E85" s="2">
         <v>1005</v>
       </c>
       <c r="F85" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G85" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H85" s="2" t="s">
         <v>269</v>
       </c>
       <c r="I85" s="2">
         <v>42</v>
       </c>
       <c r="J85" s="2">
         <v>29</v>
       </c>
       <c r="K85" s="2">
         <v>150</v>
       </c>
       <c r="L85" s="2">
         <v>92</v>
       </c>
       <c r="M85" s="2">
         <v>0</v>
       </c>
       <c r="N85" s="2">
         <v>242</v>
       </c>
     </row>
     <row r="86" spans="1:14">
       <c r="A86" s="2">
         <v>100747</v>
       </c>
       <c r="B86" s="2" t="s">
         <v>270</v>
       </c>
       <c r="C86" s="2" t="s">
         <v>271</v>
       </c>
       <c r="D86" s="2"/>
       <c r="E86" s="2">
         <v>1137</v>
       </c>
       <c r="F86" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G86" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H86" s="2" t="s">
         <v>272</v>
       </c>
       <c r="I86" s="2">
         <v>43</v>
       </c>
       <c r="J86" s="2">
         <v>36</v>
       </c>
       <c r="K86" s="2">
         <v>150</v>
       </c>
       <c r="L86" s="2">
         <v>85</v>
       </c>
       <c r="M86" s="2">
         <v>0</v>
       </c>
       <c r="N86" s="2">
         <v>235</v>
       </c>
     </row>
     <row r="87" spans="1:14">
       <c r="A87" s="2">
         <v>104503</v>
       </c>
       <c r="B87" s="2" t="s">
         <v>273</v>
       </c>
       <c r="C87" s="2" t="s">
         <v>274</v>
       </c>
       <c r="D87" s="2"/>
       <c r="E87" s="2">
         <v>1097</v>
       </c>
       <c r="F87" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G87" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H87" s="2" t="s">
         <v>275</v>
       </c>
       <c r="I87" s="2">
         <v>43</v>
       </c>
       <c r="J87" s="2">
         <v>30</v>
       </c>
       <c r="K87" s="2">
         <v>150</v>
       </c>
       <c r="L87" s="2">
         <v>91</v>
       </c>
       <c r="M87" s="2">
         <v>0</v>
       </c>
       <c r="N87" s="2">
         <v>241</v>
       </c>
     </row>
     <row r="88" spans="1:14">
       <c r="A88" s="2">
         <v>109277</v>
       </c>
       <c r="B88" s="2" t="s">
         <v>276</v>
       </c>
       <c r="C88" s="2" t="s">
         <v>276</v>
       </c>
       <c r="D88" s="2"/>
       <c r="E88" s="2">
         <v>1170</v>
       </c>
       <c r="F88" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G88" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H88" s="2" t="s">
         <v>277</v>
       </c>
       <c r="I88" s="2">
         <v>44</v>
       </c>
       <c r="J88" s="2">
         <v>37</v>
       </c>
       <c r="K88" s="2">
         <v>150</v>
       </c>
       <c r="L88" s="2">
         <v>84</v>
       </c>
       <c r="M88" s="2">
         <v>0</v>
       </c>
       <c r="N88" s="2">
         <v>234</v>
       </c>
     </row>
     <row r="89" spans="1:14">
       <c r="A89" s="2">
         <v>104504</v>
       </c>
       <c r="B89" s="2" t="s">
         <v>278</v>
       </c>
       <c r="C89" s="2" t="s">
         <v>279</v>
       </c>
       <c r="D89" s="2"/>
       <c r="E89" s="2">
         <v>1011</v>
       </c>
       <c r="F89" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G89" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H89" s="2" t="s">
         <v>280</v>
       </c>
       <c r="I89" s="2">
         <v>44</v>
       </c>
       <c r="J89" s="2">
         <v>31</v>
       </c>
       <c r="K89" s="2">
         <v>150</v>
       </c>
       <c r="L89" s="2">
         <v>90</v>
       </c>
       <c r="M89" s="2">
         <v>0</v>
       </c>
       <c r="N89" s="2">
         <v>240</v>
       </c>
     </row>
     <row r="90" spans="1:14">
       <c r="A90" s="2">
-        <v>103425</v>
+        <v>105251</v>
       </c>
       <c r="B90" s="2" t="s">
         <v>281</v>
       </c>
       <c r="C90" s="2" t="s">
         <v>282</v>
       </c>
       <c r="D90" s="2"/>
       <c r="E90" s="2">
-        <v>1106</v>
+        <v>1110</v>
       </c>
       <c r="F90" s="2" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="G90" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H90" s="2" t="s">
         <v>283</v>
       </c>
       <c r="I90" s="2">
         <v>45</v>
       </c>
       <c r="J90" s="2">
-        <v>32</v>
+        <v>38</v>
       </c>
       <c r="K90" s="2">
         <v>150</v>
       </c>
       <c r="L90" s="2">
-        <v>89</v>
+        <v>83</v>
       </c>
       <c r="M90" s="2">
         <v>0</v>
       </c>
       <c r="N90" s="2">
-        <v>239</v>
+        <v>233</v>
       </c>
     </row>
     <row r="91" spans="1:14">
       <c r="A91" s="2">
-        <v>105251</v>
+        <v>103425</v>
       </c>
       <c r="B91" s="2" t="s">
         <v>284</v>
       </c>
       <c r="C91" s="2" t="s">
         <v>285</v>
       </c>
       <c r="D91" s="2"/>
       <c r="E91" s="2">
-        <v>1110</v>
+        <v>1106</v>
       </c>
       <c r="F91" s="2" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="G91" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H91" s="2" t="s">
         <v>286</v>
       </c>
       <c r="I91" s="2">
         <v>45</v>
       </c>
       <c r="J91" s="2">
-        <v>38</v>
+        <v>32</v>
       </c>
       <c r="K91" s="2">
         <v>150</v>
       </c>
       <c r="L91" s="2">
-        <v>83</v>
+        <v>89</v>
       </c>
       <c r="M91" s="2">
         <v>0</v>
       </c>
       <c r="N91" s="2">
-        <v>233</v>
+        <v>239</v>
       </c>
     </row>
     <row r="92" spans="1:14">
       <c r="A92" s="2">
-        <v>103557</v>
+        <v>109279</v>
       </c>
       <c r="B92" s="2" t="s">
         <v>287</v>
       </c>
       <c r="C92" s="2" t="s">
         <v>288</v>
       </c>
       <c r="D92" s="2"/>
       <c r="E92" s="2">
-        <v>1215</v>
+        <v>1148</v>
       </c>
       <c r="F92" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G92" s="2" t="s">
-        <v>40</v>
+        <v>17</v>
       </c>
       <c r="H92" s="2" t="s">
         <v>289</v>
       </c>
       <c r="I92" s="2">
         <v>46</v>
       </c>
       <c r="J92" s="2">
-        <v>14</v>
+        <v>39</v>
       </c>
       <c r="K92" s="2">
         <v>150</v>
       </c>
       <c r="L92" s="2">
-        <v>170</v>
+        <v>82</v>
       </c>
       <c r="M92" s="2">
         <v>0</v>
       </c>
       <c r="N92" s="2">
-        <v>320</v>
+        <v>232</v>
       </c>
     </row>
     <row r="93" spans="1:14">
       <c r="A93" s="2">
-        <v>109279</v>
+        <v>103557</v>
       </c>
       <c r="B93" s="2" t="s">
         <v>290</v>
       </c>
       <c r="C93" s="2" t="s">
         <v>291</v>
       </c>
       <c r="D93" s="2"/>
       <c r="E93" s="2">
-        <v>1148</v>
+        <v>1215</v>
       </c>
       <c r="F93" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G93" s="2" t="s">
-        <v>17</v>
+        <v>44</v>
       </c>
       <c r="H93" s="2" t="s">
         <v>292</v>
       </c>
       <c r="I93" s="2">
         <v>46</v>
       </c>
       <c r="J93" s="2">
-        <v>39</v>
+        <v>14</v>
       </c>
       <c r="K93" s="2">
         <v>150</v>
       </c>
       <c r="L93" s="2">
-        <v>82</v>
+        <v>170</v>
       </c>
       <c r="M93" s="2">
         <v>0</v>
       </c>
       <c r="N93" s="2">
-        <v>232</v>
+        <v>320</v>
       </c>
     </row>
     <row r="94" spans="1:14">
       <c r="A94" s="2">
-        <v>108542</v>
+        <v>104507</v>
       </c>
       <c r="B94" s="2" t="s">
         <v>293</v>
       </c>
       <c r="C94" s="2" t="s">
         <v>294</v>
       </c>
       <c r="D94" s="2"/>
       <c r="E94" s="2">
-        <v>1176</v>
+        <v>1025</v>
       </c>
       <c r="F94" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G94" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H94" s="2" t="s">
         <v>295</v>
       </c>
       <c r="I94" s="2">
         <v>47</v>
       </c>
       <c r="J94" s="2">
-        <v>40</v>
+        <v>33</v>
       </c>
       <c r="K94" s="2">
         <v>150</v>
       </c>
       <c r="L94" s="2">
-        <v>81</v>
+        <v>88</v>
       </c>
       <c r="M94" s="2">
         <v>0</v>
       </c>
       <c r="N94" s="2">
-        <v>231</v>
+        <v>238</v>
       </c>
     </row>
     <row r="95" spans="1:14">
       <c r="A95" s="2">
-        <v>104507</v>
+        <v>108542</v>
       </c>
       <c r="B95" s="2" t="s">
         <v>296</v>
       </c>
       <c r="C95" s="2" t="s">
         <v>297</v>
       </c>
       <c r="D95" s="2"/>
       <c r="E95" s="2">
-        <v>1025</v>
+        <v>1176</v>
       </c>
       <c r="F95" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G95" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H95" s="2" t="s">
         <v>298</v>
       </c>
       <c r="I95" s="2">
         <v>47</v>
       </c>
       <c r="J95" s="2">
-        <v>33</v>
+        <v>40</v>
       </c>
       <c r="K95" s="2">
         <v>150</v>
       </c>
       <c r="L95" s="2">
-        <v>88</v>
+        <v>81</v>
       </c>
       <c r="M95" s="2">
         <v>0</v>
       </c>
       <c r="N95" s="2">
-        <v>238</v>
+        <v>231</v>
       </c>
     </row>
     <row r="96" spans="1:14">
       <c r="A96" s="2">
-        <v>101442</v>
+        <v>104508</v>
       </c>
       <c r="B96" s="2" t="s">
         <v>299</v>
       </c>
       <c r="C96" s="2" t="s">
         <v>300</v>
       </c>
       <c r="D96" s="2"/>
       <c r="E96" s="2">
-        <v>1022</v>
+        <v>1051</v>
       </c>
       <c r="F96" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G96" s="2" t="s">
-        <v>40</v>
+        <v>17</v>
       </c>
       <c r="H96" s="2" t="s">
         <v>301</v>
       </c>
       <c r="I96" s="2">
         <v>48</v>
       </c>
       <c r="J96" s="2">
-        <v>8</v>
+        <v>34</v>
       </c>
       <c r="K96" s="2">
         <v>150</v>
       </c>
       <c r="L96" s="2">
-        <v>230</v>
+        <v>87</v>
       </c>
       <c r="M96" s="2">
         <v>0</v>
       </c>
       <c r="N96" s="2">
-        <v>380</v>
+        <v>237</v>
       </c>
     </row>
     <row r="97" spans="1:14">
       <c r="A97" s="2">
-        <v>104508</v>
+        <v>101442</v>
       </c>
       <c r="B97" s="2" t="s">
         <v>302</v>
       </c>
       <c r="C97" s="2" t="s">
         <v>303</v>
       </c>
       <c r="D97" s="2"/>
       <c r="E97" s="2">
-        <v>1051</v>
+        <v>1022</v>
       </c>
       <c r="F97" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G97" s="2" t="s">
-        <v>17</v>
+        <v>44</v>
       </c>
       <c r="H97" s="2" t="s">
         <v>304</v>
       </c>
       <c r="I97" s="2">
         <v>48</v>
       </c>
       <c r="J97" s="2">
-        <v>34</v>
+        <v>8</v>
       </c>
       <c r="K97" s="2">
         <v>150</v>
       </c>
       <c r="L97" s="2">
-        <v>87</v>
+        <v>230</v>
       </c>
       <c r="M97" s="2">
         <v>0</v>
       </c>
       <c r="N97" s="2">
-        <v>237</v>
+        <v>380</v>
       </c>
     </row>
     <row r="98" spans="1:14">
       <c r="A98" s="2">
-        <v>104509</v>
+        <v>105257</v>
       </c>
       <c r="B98" s="2" t="s">
         <v>305</v>
       </c>
       <c r="C98" s="2" t="s">
         <v>306</v>
       </c>
       <c r="D98" s="2"/>
       <c r="E98" s="2">
-        <v>1213</v>
-[...1 lines deleted...]
-      <c r="F98" s="2"/>
+        <v>1102</v>
+      </c>
+      <c r="F98" s="2" t="s">
+        <v>16</v>
+      </c>
       <c r="G98" s="2" t="s">
-        <v>40</v>
+        <v>17</v>
       </c>
       <c r="H98" s="2" t="s">
         <v>307</v>
       </c>
       <c r="I98" s="2">
         <v>49</v>
       </c>
       <c r="J98" s="2">
-        <v>15</v>
+        <v>41</v>
       </c>
       <c r="K98" s="2">
         <v>150</v>
       </c>
       <c r="L98" s="2">
-        <v>160</v>
+        <v>80</v>
       </c>
       <c r="M98" s="2">
         <v>0</v>
       </c>
       <c r="N98" s="2">
-        <v>310</v>
+        <v>230</v>
       </c>
     </row>
     <row r="99" spans="1:14">
       <c r="A99" s="2">
-        <v>105257</v>
+        <v>104509</v>
       </c>
       <c r="B99" s="2" t="s">
         <v>308</v>
       </c>
       <c r="C99" s="2" t="s">
         <v>309</v>
       </c>
       <c r="D99" s="2"/>
       <c r="E99" s="2">
-        <v>1102</v>
-[...3 lines deleted...]
-      </c>
+        <v>1213</v>
+      </c>
+      <c r="F99" s="2"/>
       <c r="G99" s="2" t="s">
-        <v>17</v>
+        <v>44</v>
       </c>
       <c r="H99" s="2" t="s">
         <v>310</v>
       </c>
       <c r="I99" s="2">
         <v>49</v>
       </c>
       <c r="J99" s="2">
-        <v>41</v>
+        <v>15</v>
       </c>
       <c r="K99" s="2">
         <v>150</v>
       </c>
       <c r="L99" s="2">
-        <v>80</v>
+        <v>160</v>
       </c>
       <c r="M99" s="2">
         <v>0</v>
       </c>
       <c r="N99" s="2">
-        <v>230</v>
+        <v>310</v>
       </c>
     </row>
     <row r="100" spans="1:14">
       <c r="A100" s="2">
-        <v>105708</v>
+        <v>104510</v>
       </c>
       <c r="B100" s="2" t="s">
         <v>311</v>
       </c>
       <c r="C100" s="2" t="s">
         <v>312</v>
       </c>
       <c r="D100" s="2"/>
       <c r="E100" s="2">
-        <v>1230</v>
+        <v>1067</v>
       </c>
       <c r="F100" s="2" t="s">
-        <v>48</v>
+        <v>16</v>
       </c>
       <c r="G100" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H100" s="2" t="s">
         <v>313</v>
       </c>
       <c r="I100" s="2">
         <v>50</v>
       </c>
       <c r="J100" s="2">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="K100" s="2">
         <v>150</v>
       </c>
       <c r="L100" s="2">
-        <v>79</v>
+        <v>86</v>
       </c>
       <c r="M100" s="2">
         <v>0</v>
       </c>
       <c r="N100" s="2">
-        <v>229</v>
+        <v>236</v>
       </c>
     </row>
     <row r="101" spans="1:14">
       <c r="A101" s="2">
-        <v>104510</v>
+        <v>105708</v>
       </c>
       <c r="B101" s="2" t="s">
         <v>314</v>
       </c>
       <c r="C101" s="2" t="s">
         <v>315</v>
       </c>
       <c r="D101" s="2"/>
       <c r="E101" s="2">
-        <v>1067</v>
+        <v>1230</v>
       </c>
       <c r="F101" s="2" t="s">
-        <v>21</v>
+        <v>48</v>
       </c>
       <c r="G101" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H101" s="2" t="s">
         <v>316</v>
       </c>
       <c r="I101" s="2">
         <v>50</v>
       </c>
       <c r="J101" s="2">
-        <v>35</v>
+        <v>42</v>
       </c>
       <c r="K101" s="2">
         <v>150</v>
       </c>
       <c r="L101" s="2">
-        <v>86</v>
+        <v>79</v>
       </c>
       <c r="M101" s="2">
         <v>0</v>
       </c>
       <c r="N101" s="2">
-        <v>236</v>
+        <v>229</v>
       </c>
     </row>
     <row r="102" spans="1:14">
       <c r="A102" s="2">
-        <v>109282</v>
+        <v>104511</v>
       </c>
       <c r="B102" s="2" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="C102" s="2" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="D102" s="2"/>
       <c r="E102" s="2">
-        <v>1302</v>
+        <v>1064</v>
       </c>
       <c r="F102" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G102" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H102" s="2" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="I102" s="2">
         <v>51</v>
       </c>
       <c r="J102" s="2">
-        <v>43</v>
+        <v>36</v>
       </c>
       <c r="K102" s="2">
         <v>150</v>
       </c>
       <c r="L102" s="2">
-        <v>78</v>
+        <v>85</v>
       </c>
       <c r="M102" s="2">
         <v>0</v>
       </c>
       <c r="N102" s="2">
-        <v>228</v>
+        <v>235</v>
       </c>
     </row>
     <row r="103" spans="1:14">
       <c r="A103" s="2">
-        <v>104511</v>
+        <v>109282</v>
       </c>
       <c r="B103" s="2" t="s">
-        <v>319</v>
+        <v>305</v>
       </c>
       <c r="C103" s="2" t="s">
         <v>320</v>
       </c>
       <c r="D103" s="2"/>
       <c r="E103" s="2">
-        <v>1064</v>
+        <v>1302</v>
       </c>
       <c r="F103" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G103" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H103" s="2" t="s">
         <v>321</v>
       </c>
       <c r="I103" s="2">
         <v>51</v>
       </c>
       <c r="J103" s="2">
-        <v>36</v>
+        <v>43</v>
       </c>
       <c r="K103" s="2">
         <v>150</v>
       </c>
       <c r="L103" s="2">
-        <v>85</v>
+        <v>78</v>
       </c>
       <c r="M103" s="2">
         <v>0</v>
       </c>
       <c r="N103" s="2">
-        <v>235</v>
+        <v>228</v>
       </c>
     </row>
     <row r="104" spans="1:14">
       <c r="A104" s="2">
-        <v>109283</v>
+        <v>101579</v>
       </c>
       <c r="B104" s="2" t="s">
         <v>322</v>
       </c>
       <c r="C104" s="2" t="s">
         <v>323</v>
       </c>
       <c r="D104" s="2"/>
       <c r="E104" s="2">
-        <v>1019</v>
+        <v>1099</v>
       </c>
       <c r="F104" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G104" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H104" s="2" t="s">
         <v>324</v>
       </c>
       <c r="I104" s="2">
         <v>52</v>
       </c>
       <c r="J104" s="2">
-        <v>44</v>
+        <v>37</v>
       </c>
       <c r="K104" s="2">
         <v>150</v>
       </c>
       <c r="L104" s="2">
-        <v>77</v>
+        <v>84</v>
       </c>
       <c r="M104" s="2">
         <v>0</v>
       </c>
       <c r="N104" s="2">
-        <v>227</v>
+        <v>234</v>
       </c>
     </row>
     <row r="105" spans="1:14">
       <c r="A105" s="2">
-        <v>101579</v>
+        <v>109283</v>
       </c>
       <c r="B105" s="2" t="s">
         <v>325</v>
       </c>
       <c r="C105" s="2" t="s">
         <v>326</v>
       </c>
       <c r="D105" s="2"/>
       <c r="E105" s="2">
-        <v>1099</v>
+        <v>1019</v>
       </c>
       <c r="F105" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G105" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H105" s="2" t="s">
         <v>327</v>
       </c>
       <c r="I105" s="2">
         <v>52</v>
       </c>
       <c r="J105" s="2">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="K105" s="2">
         <v>150</v>
       </c>
       <c r="L105" s="2">
-        <v>84</v>
+        <v>77</v>
       </c>
       <c r="M105" s="2">
         <v>0</v>
       </c>
       <c r="N105" s="2">
-        <v>234</v>
+        <v>227</v>
       </c>
     </row>
     <row r="106" spans="1:14">
       <c r="A106" s="2">
-        <v>104513</v>
+        <v>109284</v>
       </c>
       <c r="B106" s="2" t="s">
         <v>328</v>
       </c>
       <c r="C106" s="2" t="s">
         <v>329</v>
       </c>
       <c r="D106" s="2"/>
       <c r="E106" s="2">
-        <v>1098</v>
+        <v>1172</v>
       </c>
       <c r="F106" s="2" t="s">
-        <v>114</v>
+        <v>16</v>
       </c>
       <c r="G106" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H106" s="2" t="s">
         <v>330</v>
       </c>
       <c r="I106" s="2">
         <v>53</v>
       </c>
       <c r="J106" s="2">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="K106" s="2">
         <v>150</v>
       </c>
       <c r="L106" s="2">
-        <v>83</v>
+        <v>76</v>
       </c>
       <c r="M106" s="2">
         <v>0</v>
       </c>
       <c r="N106" s="2">
-        <v>233</v>
+        <v>226</v>
       </c>
     </row>
     <row r="107" spans="1:14">
       <c r="A107" s="2">
-        <v>109284</v>
+        <v>104513</v>
       </c>
       <c r="B107" s="2" t="s">
         <v>331</v>
       </c>
       <c r="C107" s="2" t="s">
         <v>332</v>
       </c>
       <c r="D107" s="2"/>
       <c r="E107" s="2">
-        <v>1172</v>
+        <v>1098</v>
       </c>
       <c r="F107" s="2" t="s">
-        <v>21</v>
+        <v>111</v>
       </c>
       <c r="G107" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H107" s="2" t="s">
         <v>333</v>
       </c>
       <c r="I107" s="2">
         <v>53</v>
       </c>
       <c r="J107" s="2">
-        <v>45</v>
+        <v>38</v>
       </c>
       <c r="K107" s="2">
         <v>150</v>
       </c>
       <c r="L107" s="2">
-        <v>76</v>
+        <v>83</v>
       </c>
       <c r="M107" s="2">
         <v>0</v>
       </c>
       <c r="N107" s="2">
-        <v>226</v>
+        <v>233</v>
       </c>
     </row>
     <row r="108" spans="1:14">
       <c r="A108" s="2">
         <v>105330</v>
       </c>
       <c r="B108" s="2" t="s">
         <v>334</v>
       </c>
       <c r="C108" s="2" t="s">
         <v>335</v>
       </c>
       <c r="D108" s="2"/>
       <c r="E108" s="2">
         <v>1175</v>
       </c>
       <c r="F108" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G108" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H108" s="2" t="s">
         <v>336</v>
       </c>
       <c r="I108" s="2">
         <v>54</v>
       </c>
       <c r="J108" s="2">
         <v>46</v>
       </c>
       <c r="K108" s="2">
         <v>150</v>
       </c>
       <c r="L108" s="2">
         <v>75</v>
       </c>
       <c r="M108" s="2">
         <v>0</v>
       </c>
       <c r="N108" s="2">
         <v>225</v>
       </c>
@@ -6967,469 +6967,469 @@
       <c r="L109" s="2">
         <v>82</v>
       </c>
       <c r="M109" s="2">
         <v>0</v>
       </c>
       <c r="N109" s="2">
         <v>232</v>
       </c>
     </row>
     <row r="110" spans="1:14">
       <c r="A110" s="2">
         <v>104515</v>
       </c>
       <c r="B110" s="2" t="s">
         <v>340</v>
       </c>
       <c r="C110" s="2" t="s">
         <v>341</v>
       </c>
       <c r="D110" s="2"/>
       <c r="E110" s="2">
         <v>1050</v>
       </c>
       <c r="F110" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G110" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H110" s="2" t="s">
         <v>342</v>
       </c>
       <c r="I110" s="2">
         <v>55</v>
       </c>
       <c r="J110" s="2">
         <v>40</v>
       </c>
       <c r="K110" s="2">
         <v>150</v>
       </c>
       <c r="L110" s="2">
         <v>81</v>
       </c>
       <c r="M110" s="2">
         <v>0</v>
       </c>
       <c r="N110" s="2">
         <v>231</v>
       </c>
     </row>
     <row r="111" spans="1:14">
       <c r="A111" s="2">
         <v>109286</v>
       </c>
       <c r="B111" s="2" t="s">
         <v>343</v>
       </c>
       <c r="C111" s="2" t="s">
         <v>344</v>
       </c>
       <c r="D111" s="2"/>
       <c r="E111" s="2">
         <v>1039</v>
       </c>
       <c r="F111" s="2" t="s">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="G111" s="2" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="H111" s="2" t="s">
         <v>345</v>
       </c>
       <c r="I111" s="2">
         <v>55</v>
       </c>
       <c r="J111" s="2">
         <v>9</v>
       </c>
       <c r="K111" s="2">
         <v>150</v>
       </c>
       <c r="L111" s="2">
         <v>220</v>
       </c>
       <c r="M111" s="2">
         <v>0</v>
       </c>
       <c r="N111" s="2">
         <v>370</v>
       </c>
     </row>
     <row r="112" spans="1:14">
       <c r="A112" s="2">
-        <v>109287</v>
+        <v>102004</v>
       </c>
       <c r="B112" s="2" t="s">
         <v>346</v>
       </c>
       <c r="C112" s="2" t="s">
         <v>347</v>
       </c>
       <c r="D112" s="2"/>
       <c r="E112" s="2">
-        <v>1268</v>
+        <v>1110</v>
       </c>
       <c r="F112" s="2" t="s">
-        <v>21</v>
+        <v>111</v>
       </c>
       <c r="G112" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H112" s="2" t="s">
         <v>348</v>
       </c>
       <c r="I112" s="2">
         <v>56</v>
       </c>
       <c r="J112" s="2">
-        <v>47</v>
+        <v>41</v>
       </c>
       <c r="K112" s="2">
         <v>150</v>
       </c>
       <c r="L112" s="2">
-        <v>74</v>
+        <v>80</v>
       </c>
       <c r="M112" s="2">
         <v>0</v>
       </c>
       <c r="N112" s="2">
-        <v>224</v>
+        <v>230</v>
       </c>
     </row>
     <row r="113" spans="1:14">
       <c r="A113" s="2">
-        <v>102004</v>
+        <v>109287</v>
       </c>
       <c r="B113" s="2" t="s">
         <v>349</v>
       </c>
       <c r="C113" s="2" t="s">
         <v>350</v>
       </c>
       <c r="D113" s="2"/>
       <c r="E113" s="2">
-        <v>1110</v>
+        <v>1268</v>
       </c>
       <c r="F113" s="2" t="s">
-        <v>114</v>
+        <v>16</v>
       </c>
       <c r="G113" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H113" s="2" t="s">
         <v>351</v>
       </c>
       <c r="I113" s="2">
         <v>56</v>
       </c>
       <c r="J113" s="2">
-        <v>41</v>
+        <v>47</v>
       </c>
       <c r="K113" s="2">
         <v>150</v>
       </c>
       <c r="L113" s="2">
-        <v>80</v>
+        <v>74</v>
       </c>
       <c r="M113" s="2">
         <v>0</v>
       </c>
       <c r="N113" s="2">
-        <v>230</v>
+        <v>224</v>
       </c>
     </row>
     <row r="114" spans="1:14">
       <c r="A114" s="2">
-        <v>104517</v>
+        <v>105223</v>
       </c>
       <c r="B114" s="2" t="s">
+        <v>221</v>
+      </c>
+      <c r="C114" s="2" t="s">
         <v>352</v>
-      </c>
-[...1 lines deleted...]
-        <v>268</v>
       </c>
       <c r="D114" s="2"/>
       <c r="E114" s="2">
-        <v>1008</v>
+        <v>1217</v>
       </c>
       <c r="F114" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G114" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H114" s="2" t="s">
         <v>353</v>
       </c>
       <c r="I114" s="2">
         <v>57</v>
       </c>
       <c r="J114" s="2">
-        <v>42</v>
+        <v>48</v>
       </c>
       <c r="K114" s="2">
         <v>150</v>
       </c>
       <c r="L114" s="2">
-        <v>79</v>
+        <v>73</v>
       </c>
       <c r="M114" s="2">
         <v>0</v>
       </c>
       <c r="N114" s="2">
-        <v>229</v>
+        <v>223</v>
       </c>
     </row>
     <row r="115" spans="1:14">
       <c r="A115" s="2">
-        <v>105223</v>
+        <v>104517</v>
       </c>
       <c r="B115" s="2" t="s">
-        <v>218</v>
+        <v>354</v>
       </c>
       <c r="C115" s="2" t="s">
-        <v>354</v>
+        <v>268</v>
       </c>
       <c r="D115" s="2"/>
       <c r="E115" s="2">
-        <v>1217</v>
+        <v>1008</v>
       </c>
       <c r="F115" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G115" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H115" s="2" t="s">
         <v>355</v>
       </c>
       <c r="I115" s="2">
         <v>57</v>
       </c>
       <c r="J115" s="2">
-        <v>48</v>
+        <v>42</v>
       </c>
       <c r="K115" s="2">
         <v>150</v>
       </c>
       <c r="L115" s="2">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="M115" s="2">
         <v>0</v>
       </c>
       <c r="N115" s="2">
-        <v>223</v>
+        <v>229</v>
       </c>
     </row>
     <row r="116" spans="1:14">
       <c r="A116" s="2">
         <v>109289</v>
       </c>
       <c r="B116" s="2" t="s">
         <v>243</v>
       </c>
       <c r="C116" s="2" t="s">
         <v>356</v>
       </c>
       <c r="D116" s="2"/>
       <c r="E116" s="2">
         <v>1274</v>
       </c>
       <c r="F116" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G116" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H116" s="2" t="s">
         <v>357</v>
       </c>
       <c r="I116" s="2">
         <v>58</v>
       </c>
       <c r="J116" s="2">
         <v>49</v>
       </c>
       <c r="K116" s="2">
         <v>150</v>
       </c>
       <c r="L116" s="2">
         <v>72</v>
       </c>
       <c r="M116" s="2">
         <v>0</v>
       </c>
       <c r="N116" s="2">
         <v>222</v>
       </c>
     </row>
     <row r="117" spans="1:14">
       <c r="A117" s="2">
         <v>104518</v>
       </c>
       <c r="B117" s="2" t="s">
         <v>358</v>
       </c>
       <c r="C117" s="2" t="s">
         <v>359</v>
       </c>
       <c r="D117" s="2"/>
       <c r="E117" s="2">
         <v>1035</v>
       </c>
       <c r="F117" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G117" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H117" s="2" t="s">
         <v>360</v>
       </c>
       <c r="I117" s="2">
         <v>58</v>
       </c>
       <c r="J117" s="2">
         <v>43</v>
       </c>
       <c r="K117" s="2">
         <v>150</v>
       </c>
       <c r="L117" s="2">
         <v>78</v>
       </c>
       <c r="M117" s="2">
         <v>0</v>
       </c>
       <c r="N117" s="2">
         <v>228</v>
       </c>
     </row>
     <row r="118" spans="1:14">
       <c r="A118" s="2">
-        <v>105279</v>
+        <v>104519</v>
       </c>
       <c r="B118" s="2" t="s">
         <v>361</v>
       </c>
       <c r="C118" s="2" t="s">
         <v>362</v>
       </c>
       <c r="D118" s="2"/>
       <c r="E118" s="2">
-        <v>1220</v>
-[...3 lines deleted...]
-      </c>
+        <v>1015</v>
+      </c>
+      <c r="F118" s="2"/>
       <c r="G118" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H118" s="2" t="s">
         <v>363</v>
       </c>
       <c r="I118" s="2">
         <v>59</v>
       </c>
       <c r="J118" s="2">
-        <v>50</v>
+        <v>44</v>
       </c>
       <c r="K118" s="2">
         <v>150</v>
       </c>
       <c r="L118" s="2">
-        <v>71</v>
+        <v>77</v>
       </c>
       <c r="M118" s="2">
         <v>0</v>
       </c>
       <c r="N118" s="2">
-        <v>221</v>
+        <v>227</v>
       </c>
     </row>
     <row r="119" spans="1:14">
       <c r="A119" s="2">
-        <v>104519</v>
+        <v>105279</v>
       </c>
       <c r="B119" s="2" t="s">
         <v>364</v>
       </c>
       <c r="C119" s="2" t="s">
         <v>365</v>
       </c>
       <c r="D119" s="2"/>
       <c r="E119" s="2">
-        <v>1015</v>
-[...1 lines deleted...]
-      <c r="F119" s="2"/>
+        <v>1220</v>
+      </c>
+      <c r="F119" s="2" t="s">
+        <v>16</v>
+      </c>
       <c r="G119" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H119" s="2" t="s">
         <v>366</v>
       </c>
       <c r="I119" s="2">
         <v>59</v>
       </c>
       <c r="J119" s="2">
-        <v>44</v>
+        <v>50</v>
       </c>
       <c r="K119" s="2">
         <v>150</v>
       </c>
       <c r="L119" s="2">
-        <v>77</v>
+        <v>71</v>
       </c>
       <c r="M119" s="2">
         <v>0</v>
       </c>
       <c r="N119" s="2">
-        <v>227</v>
+        <v>221</v>
       </c>
     </row>
     <row r="120" spans="1:14">
       <c r="A120" s="2">
         <v>109291</v>
       </c>
       <c r="B120" s="2" t="s">
         <v>367</v>
       </c>
       <c r="C120" s="2" t="s">
         <v>368</v>
       </c>
       <c r="D120" s="2"/>
       <c r="E120" s="2">
         <v>1237</v>
       </c>
       <c r="F120" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G120" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H120" s="2" t="s">
         <v>369</v>
       </c>
       <c r="I120" s="2">
         <v>60</v>
       </c>
       <c r="J120" s="2">
         <v>51</v>
       </c>
       <c r="K120" s="2">
         <v>150</v>
       </c>
       <c r="L120" s="2">
         <v>70</v>
       </c>
       <c r="M120" s="2">
         <v>0</v>
       </c>
       <c r="N120" s="2">
         <v>220</v>
       </c>
@@ -7538,400 +7538,400 @@
       </c>
       <c r="H123" s="2" t="s">
         <v>380</v>
       </c>
       <c r="I123" s="2">
         <v>61</v>
       </c>
       <c r="J123" s="2">
         <v>52</v>
       </c>
       <c r="K123" s="2">
         <v>150</v>
       </c>
       <c r="L123" s="2">
         <v>69</v>
       </c>
       <c r="M123" s="2">
         <v>0</v>
       </c>
       <c r="N123" s="2">
         <v>219</v>
       </c>
     </row>
     <row r="124" spans="1:14">
       <c r="A124" s="2">
-        <v>104522</v>
+        <v>105253</v>
       </c>
       <c r="B124" s="2" t="s">
         <v>381</v>
       </c>
       <c r="C124" s="2" t="s">
         <v>382</v>
       </c>
       <c r="D124" s="2"/>
       <c r="E124" s="2">
-        <v>1037</v>
+        <v>1216</v>
       </c>
       <c r="F124" s="2" t="s">
-        <v>21</v>
+        <v>205</v>
       </c>
       <c r="G124" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H124" s="2" t="s">
         <v>383</v>
       </c>
       <c r="I124" s="2">
         <v>62</v>
       </c>
       <c r="J124" s="2">
-        <v>47</v>
+        <v>53</v>
       </c>
       <c r="K124" s="2">
         <v>150</v>
       </c>
       <c r="L124" s="2">
-        <v>74</v>
+        <v>68</v>
       </c>
       <c r="M124" s="2">
         <v>0</v>
       </c>
       <c r="N124" s="2">
-        <v>224</v>
+        <v>218</v>
       </c>
     </row>
     <row r="125" spans="1:14">
       <c r="A125" s="2">
-        <v>105253</v>
+        <v>104522</v>
       </c>
       <c r="B125" s="2" t="s">
         <v>384</v>
       </c>
       <c r="C125" s="2" t="s">
         <v>385</v>
       </c>
       <c r="D125" s="2"/>
       <c r="E125" s="2">
-        <v>1216</v>
+        <v>1037</v>
       </c>
       <c r="F125" s="2" t="s">
-        <v>205</v>
+        <v>16</v>
       </c>
       <c r="G125" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H125" s="2" t="s">
         <v>386</v>
       </c>
       <c r="I125" s="2">
         <v>62</v>
       </c>
       <c r="J125" s="2">
-        <v>53</v>
+        <v>47</v>
       </c>
       <c r="K125" s="2">
         <v>150</v>
       </c>
       <c r="L125" s="2">
-        <v>68</v>
+        <v>74</v>
       </c>
       <c r="M125" s="2">
         <v>0</v>
       </c>
       <c r="N125" s="2">
-        <v>218</v>
+        <v>224</v>
       </c>
     </row>
     <row r="126" spans="1:14">
       <c r="A126" s="2">
-        <v>101435</v>
+        <v>101567</v>
       </c>
       <c r="B126" s="2" t="s">
-        <v>361</v>
+        <v>387</v>
       </c>
       <c r="C126" s="2" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="D126" s="2"/>
       <c r="E126" s="2">
-        <v>1207</v>
+        <v>1052</v>
       </c>
       <c r="F126" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G126" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H126" s="2" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="I126" s="2">
         <v>63</v>
       </c>
       <c r="J126" s="2">
-        <v>54</v>
+        <v>48</v>
       </c>
       <c r="K126" s="2">
         <v>150</v>
       </c>
       <c r="L126" s="2">
-        <v>67</v>
+        <v>73</v>
       </c>
       <c r="M126" s="2">
         <v>0</v>
       </c>
       <c r="N126" s="2">
-        <v>217</v>
+        <v>223</v>
       </c>
     </row>
     <row r="127" spans="1:14">
       <c r="A127" s="2">
-        <v>101567</v>
+        <v>101435</v>
       </c>
       <c r="B127" s="2" t="s">
-        <v>389</v>
+        <v>364</v>
       </c>
       <c r="C127" s="2" t="s">
         <v>390</v>
       </c>
       <c r="D127" s="2"/>
       <c r="E127" s="2">
-        <v>1052</v>
+        <v>1207</v>
       </c>
       <c r="F127" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G127" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H127" s="2" t="s">
         <v>391</v>
       </c>
       <c r="I127" s="2">
         <v>63</v>
       </c>
       <c r="J127" s="2">
-        <v>48</v>
+        <v>54</v>
       </c>
       <c r="K127" s="2">
         <v>150</v>
       </c>
       <c r="L127" s="2">
-        <v>73</v>
+        <v>67</v>
       </c>
       <c r="M127" s="2">
         <v>0</v>
       </c>
       <c r="N127" s="2">
-        <v>223</v>
+        <v>217</v>
       </c>
     </row>
     <row r="128" spans="1:14">
       <c r="A128" s="2">
-        <v>109294</v>
+        <v>101451</v>
       </c>
       <c r="B128" s="2" t="s">
         <v>392</v>
       </c>
       <c r="C128" s="2" t="s">
         <v>393</v>
       </c>
       <c r="D128" s="2"/>
       <c r="E128" s="2">
-        <v>1196</v>
+        <v>1070</v>
       </c>
       <c r="F128" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G128" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H128" s="2" t="s">
         <v>394</v>
       </c>
       <c r="I128" s="2">
         <v>64</v>
       </c>
       <c r="J128" s="2">
-        <v>55</v>
+        <v>49</v>
       </c>
       <c r="K128" s="2">
         <v>150</v>
       </c>
       <c r="L128" s="2">
-        <v>66</v>
+        <v>72</v>
       </c>
       <c r="M128" s="2">
         <v>0</v>
       </c>
       <c r="N128" s="2">
-        <v>216</v>
+        <v>222</v>
       </c>
     </row>
     <row r="129" spans="1:14">
       <c r="A129" s="2">
-        <v>101451</v>
+        <v>109294</v>
       </c>
       <c r="B129" s="2" t="s">
         <v>395</v>
       </c>
       <c r="C129" s="2" t="s">
         <v>396</v>
       </c>
       <c r="D129" s="2"/>
       <c r="E129" s="2">
-        <v>1070</v>
+        <v>1196</v>
       </c>
       <c r="F129" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G129" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H129" s="2" t="s">
         <v>397</v>
       </c>
       <c r="I129" s="2">
         <v>64</v>
       </c>
       <c r="J129" s="2">
-        <v>49</v>
+        <v>55</v>
       </c>
       <c r="K129" s="2">
         <v>150</v>
       </c>
       <c r="L129" s="2">
-        <v>72</v>
+        <v>66</v>
       </c>
       <c r="M129" s="2">
         <v>0</v>
       </c>
       <c r="N129" s="2">
-        <v>222</v>
+        <v>216</v>
       </c>
     </row>
     <row r="130" spans="1:14">
       <c r="A130" s="2">
         <v>105220</v>
       </c>
       <c r="B130" s="2" t="s">
         <v>398</v>
       </c>
       <c r="C130" s="2" t="s">
         <v>399</v>
       </c>
       <c r="D130" s="2"/>
       <c r="E130" s="2">
         <v>1018</v>
       </c>
       <c r="F130" s="2" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="G130" s="2" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="H130" s="2" t="s">
         <v>400</v>
       </c>
       <c r="I130" s="2">
         <v>65</v>
       </c>
       <c r="J130" s="2">
         <v>10</v>
       </c>
       <c r="K130" s="2">
         <v>150</v>
       </c>
       <c r="L130" s="2">
         <v>210</v>
       </c>
       <c r="M130" s="2">
         <v>0</v>
       </c>
       <c r="N130" s="2">
         <v>360</v>
       </c>
     </row>
     <row r="131" spans="1:14">
       <c r="A131" s="2">
         <v>104525</v>
       </c>
       <c r="B131" s="2" t="s">
         <v>401</v>
       </c>
       <c r="C131" s="2" t="s">
-        <v>285</v>
+        <v>282</v>
       </c>
       <c r="D131" s="2"/>
       <c r="E131" s="2">
         <v>1058</v>
       </c>
       <c r="F131" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G131" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H131" s="2" t="s">
         <v>402</v>
       </c>
       <c r="I131" s="2">
         <v>65</v>
       </c>
       <c r="J131" s="2">
         <v>50</v>
       </c>
       <c r="K131" s="2">
         <v>150</v>
       </c>
       <c r="L131" s="2">
         <v>71</v>
       </c>
       <c r="M131" s="2">
         <v>0</v>
       </c>
       <c r="N131" s="2">
         <v>221</v>
       </c>
     </row>
     <row r="132" spans="1:14">
       <c r="A132" s="2">
         <v>109296</v>
       </c>
       <c r="B132" s="2" t="s">
         <v>403</v>
       </c>
       <c r="C132" s="2" t="s">
         <v>404</v>
       </c>
       <c r="D132" s="2"/>
       <c r="E132" s="2">
         <v>1177</v>
       </c>
       <c r="F132" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G132" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H132" s="2" t="s">
         <v>405</v>
       </c>
       <c r="I132" s="2">
         <v>66</v>
       </c>
       <c r="J132" s="2">
         <v>56</v>
       </c>
       <c r="K132" s="2">
         <v>150</v>
       </c>
       <c r="L132" s="2">
         <v>65</v>
       </c>
       <c r="M132" s="2">
         <v>0</v>
       </c>
       <c r="N132" s="2">
         <v>215</v>
       </c>
@@ -7956,2542 +7956,2542 @@
       </c>
       <c r="H133" s="2" t="s">
         <v>407</v>
       </c>
       <c r="I133" s="2">
         <v>66</v>
       </c>
       <c r="J133" s="2">
         <v>51</v>
       </c>
       <c r="K133" s="2">
         <v>150</v>
       </c>
       <c r="L133" s="2">
         <v>70</v>
       </c>
       <c r="M133" s="2">
         <v>0</v>
       </c>
       <c r="N133" s="2">
         <v>220</v>
       </c>
     </row>
     <row r="134" spans="1:14">
       <c r="A134" s="2">
-        <v>105262</v>
+        <v>104527</v>
       </c>
       <c r="B134" s="2" t="s">
         <v>408</v>
       </c>
       <c r="C134" s="2" t="s">
-        <v>110</v>
+        <v>409</v>
       </c>
       <c r="D134" s="2"/>
       <c r="E134" s="2">
-        <v>1118</v>
+        <v>1214</v>
       </c>
       <c r="F134" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G134" s="2" t="s">
-        <v>17</v>
+        <v>44</v>
       </c>
       <c r="H134" s="2" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="I134" s="2">
         <v>67</v>
       </c>
       <c r="J134" s="2">
-        <v>57</v>
+        <v>16</v>
       </c>
       <c r="K134" s="2">
         <v>150</v>
       </c>
       <c r="L134" s="2">
-        <v>64</v>
+        <v>150</v>
       </c>
       <c r="M134" s="2">
         <v>0</v>
       </c>
       <c r="N134" s="2">
-        <v>214</v>
+        <v>300</v>
       </c>
     </row>
     <row r="135" spans="1:14">
       <c r="A135" s="2">
-        <v>104527</v>
+        <v>105262</v>
       </c>
       <c r="B135" s="2" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="C135" s="2" t="s">
-        <v>411</v>
+        <v>114</v>
       </c>
       <c r="D135" s="2"/>
       <c r="E135" s="2">
-        <v>1214</v>
+        <v>1118</v>
       </c>
       <c r="F135" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G135" s="2" t="s">
-        <v>40</v>
+        <v>17</v>
       </c>
       <c r="H135" s="2" t="s">
         <v>412</v>
       </c>
       <c r="I135" s="2">
         <v>67</v>
       </c>
       <c r="J135" s="2">
-        <v>16</v>
+        <v>57</v>
       </c>
       <c r="K135" s="2">
         <v>150</v>
       </c>
       <c r="L135" s="2">
-        <v>150</v>
+        <v>64</v>
       </c>
       <c r="M135" s="2">
         <v>0</v>
       </c>
       <c r="N135" s="2">
-        <v>300</v>
+        <v>214</v>
       </c>
     </row>
     <row r="136" spans="1:14">
       <c r="A136" s="2">
-        <v>109298</v>
+        <v>101565</v>
       </c>
       <c r="B136" s="2" t="s">
         <v>413</v>
       </c>
       <c r="C136" s="2" t="s">
-        <v>414</v>
+        <v>128</v>
       </c>
       <c r="D136" s="2"/>
       <c r="E136" s="2">
-        <v>1161</v>
+        <v>1056</v>
       </c>
       <c r="F136" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G136" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H136" s="2" t="s">
-        <v>415</v>
+        <v>414</v>
       </c>
       <c r="I136" s="2">
         <v>68</v>
       </c>
       <c r="J136" s="2">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="K136" s="2">
         <v>150</v>
       </c>
       <c r="L136" s="2">
-        <v>63</v>
+        <v>69</v>
       </c>
       <c r="M136" s="2">
         <v>0</v>
       </c>
       <c r="N136" s="2">
-        <v>213</v>
+        <v>219</v>
       </c>
     </row>
     <row r="137" spans="1:14">
       <c r="A137" s="2">
-        <v>101565</v>
+        <v>109298</v>
       </c>
       <c r="B137" s="2" t="s">
+        <v>415</v>
+      </c>
+      <c r="C137" s="2" t="s">
         <v>416</v>
-      </c>
-[...1 lines deleted...]
-        <v>131</v>
       </c>
       <c r="D137" s="2"/>
       <c r="E137" s="2">
-        <v>1056</v>
+        <v>1161</v>
       </c>
       <c r="F137" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G137" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H137" s="2" t="s">
         <v>417</v>
       </c>
       <c r="I137" s="2">
         <v>68</v>
       </c>
       <c r="J137" s="2">
-        <v>52</v>
+        <v>58</v>
       </c>
       <c r="K137" s="2">
         <v>150</v>
       </c>
       <c r="L137" s="2">
-        <v>69</v>
+        <v>63</v>
       </c>
       <c r="M137" s="2">
         <v>0</v>
       </c>
       <c r="N137" s="2">
-        <v>219</v>
+        <v>213</v>
       </c>
     </row>
     <row r="138" spans="1:14">
       <c r="A138" s="2">
-        <v>109299</v>
+        <v>101486</v>
       </c>
       <c r="B138" s="2" t="s">
         <v>418</v>
       </c>
       <c r="C138" s="2" t="s">
-        <v>414</v>
+        <v>419</v>
       </c>
       <c r="D138" s="2"/>
       <c r="E138" s="2">
-        <v>1289</v>
+        <v>1071</v>
       </c>
       <c r="F138" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G138" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H138" s="2" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="I138" s="2">
         <v>69</v>
       </c>
       <c r="J138" s="2">
-        <v>59</v>
+        <v>53</v>
       </c>
       <c r="K138" s="2">
         <v>150</v>
       </c>
       <c r="L138" s="2">
-        <v>62</v>
+        <v>68</v>
       </c>
       <c r="M138" s="2">
         <v>0</v>
       </c>
       <c r="N138" s="2">
-        <v>212</v>
+        <v>218</v>
       </c>
     </row>
     <row r="139" spans="1:14">
       <c r="A139" s="2">
-        <v>101486</v>
+        <v>109299</v>
       </c>
       <c r="B139" s="2" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="C139" s="2" t="s">
-        <v>421</v>
+        <v>416</v>
       </c>
       <c r="D139" s="2"/>
       <c r="E139" s="2">
-        <v>1071</v>
+        <v>1289</v>
       </c>
       <c r="F139" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G139" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H139" s="2" t="s">
         <v>422</v>
       </c>
       <c r="I139" s="2">
         <v>69</v>
       </c>
       <c r="J139" s="2">
-        <v>53</v>
+        <v>59</v>
       </c>
       <c r="K139" s="2">
         <v>150</v>
       </c>
       <c r="L139" s="2">
-        <v>68</v>
+        <v>62</v>
       </c>
       <c r="M139" s="2">
         <v>0</v>
       </c>
       <c r="N139" s="2">
-        <v>218</v>
+        <v>212</v>
       </c>
     </row>
     <row r="140" spans="1:14">
       <c r="A140" s="2">
-        <v>109300</v>
+        <v>104530</v>
       </c>
       <c r="B140" s="2" t="s">
         <v>423</v>
       </c>
       <c r="C140" s="2" t="s">
-        <v>285</v>
+        <v>424</v>
       </c>
       <c r="D140" s="2"/>
       <c r="E140" s="2">
-        <v>1125</v>
+        <v>1093</v>
       </c>
       <c r="F140" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G140" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H140" s="2" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="I140" s="2">
         <v>70</v>
       </c>
       <c r="J140" s="2">
-        <v>60</v>
+        <v>54</v>
       </c>
       <c r="K140" s="2">
         <v>150</v>
       </c>
       <c r="L140" s="2">
-        <v>61</v>
+        <v>67</v>
       </c>
       <c r="M140" s="2">
         <v>0</v>
       </c>
       <c r="N140" s="2">
-        <v>211</v>
+        <v>217</v>
       </c>
     </row>
     <row r="141" spans="1:14">
       <c r="A141" s="2">
-        <v>104530</v>
+        <v>109300</v>
       </c>
       <c r="B141" s="2" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="C141" s="2" t="s">
-        <v>426</v>
+        <v>282</v>
       </c>
       <c r="D141" s="2"/>
       <c r="E141" s="2">
-        <v>1093</v>
+        <v>1125</v>
       </c>
       <c r="F141" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G141" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H141" s="2" t="s">
         <v>427</v>
       </c>
       <c r="I141" s="2">
         <v>70</v>
       </c>
       <c r="J141" s="2">
-        <v>54</v>
+        <v>60</v>
       </c>
       <c r="K141" s="2">
         <v>150</v>
       </c>
       <c r="L141" s="2">
-        <v>67</v>
+        <v>61</v>
       </c>
       <c r="M141" s="2">
         <v>0</v>
       </c>
       <c r="N141" s="2">
-        <v>217</v>
+        <v>211</v>
       </c>
     </row>
     <row r="142" spans="1:14">
       <c r="A142" s="2">
-        <v>109301</v>
+        <v>104531</v>
       </c>
       <c r="B142" s="2" t="s">
         <v>428</v>
       </c>
       <c r="C142" s="2" t="s">
         <v>429</v>
       </c>
       <c r="D142" s="2"/>
       <c r="E142" s="2">
-        <v>1208</v>
+        <v>1021</v>
       </c>
       <c r="F142" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G142" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H142" s="2" t="s">
         <v>430</v>
       </c>
       <c r="I142" s="2">
         <v>71</v>
       </c>
       <c r="J142" s="2">
-        <v>61</v>
+        <v>55</v>
       </c>
       <c r="K142" s="2">
         <v>150</v>
       </c>
       <c r="L142" s="2">
-        <v>60</v>
+        <v>66</v>
       </c>
       <c r="M142" s="2">
         <v>0</v>
       </c>
       <c r="N142" s="2">
-        <v>210</v>
+        <v>216</v>
       </c>
     </row>
     <row r="143" spans="1:14">
       <c r="A143" s="2">
-        <v>104531</v>
+        <v>109301</v>
       </c>
       <c r="B143" s="2" t="s">
         <v>431</v>
       </c>
       <c r="C143" s="2" t="s">
         <v>432</v>
       </c>
       <c r="D143" s="2"/>
       <c r="E143" s="2">
-        <v>1021</v>
+        <v>1208</v>
       </c>
       <c r="F143" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G143" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H143" s="2" t="s">
         <v>433</v>
       </c>
       <c r="I143" s="2">
         <v>71</v>
       </c>
       <c r="J143" s="2">
-        <v>55</v>
+        <v>61</v>
       </c>
       <c r="K143" s="2">
         <v>150</v>
       </c>
       <c r="L143" s="2">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="M143" s="2">
         <v>0</v>
       </c>
       <c r="N143" s="2">
-        <v>216</v>
+        <v>210</v>
       </c>
     </row>
     <row r="144" spans="1:14">
       <c r="A144" s="2">
-        <v>109302</v>
+        <v>103545</v>
       </c>
       <c r="B144" s="2" t="s">
         <v>434</v>
       </c>
       <c r="C144" s="2" t="s">
         <v>435</v>
       </c>
       <c r="D144" s="2"/>
       <c r="E144" s="2">
-        <v>1225</v>
+        <v>1014</v>
       </c>
       <c r="F144" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G144" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H144" s="2" t="s">
         <v>436</v>
       </c>
       <c r="I144" s="2">
         <v>72</v>
       </c>
       <c r="J144" s="2">
-        <v>62</v>
+        <v>56</v>
       </c>
       <c r="K144" s="2">
         <v>150</v>
       </c>
       <c r="L144" s="2">
-        <v>59</v>
+        <v>65</v>
       </c>
       <c r="M144" s="2">
         <v>0</v>
       </c>
       <c r="N144" s="2">
-        <v>209</v>
+        <v>215</v>
       </c>
     </row>
     <row r="145" spans="1:14">
       <c r="A145" s="2">
-        <v>103545</v>
+        <v>109302</v>
       </c>
       <c r="B145" s="2" t="s">
         <v>437</v>
       </c>
       <c r="C145" s="2" t="s">
         <v>438</v>
       </c>
       <c r="D145" s="2"/>
       <c r="E145" s="2">
-        <v>1014</v>
+        <v>1225</v>
       </c>
       <c r="F145" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G145" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H145" s="2" t="s">
         <v>439</v>
       </c>
       <c r="I145" s="2">
         <v>72</v>
       </c>
       <c r="J145" s="2">
-        <v>56</v>
+        <v>62</v>
       </c>
       <c r="K145" s="2">
         <v>150</v>
       </c>
       <c r="L145" s="2">
-        <v>65</v>
+        <v>59</v>
       </c>
       <c r="M145" s="2">
         <v>0</v>
       </c>
       <c r="N145" s="2">
-        <v>215</v>
+        <v>209</v>
       </c>
     </row>
     <row r="146" spans="1:14">
       <c r="A146" s="2">
         <v>108554</v>
       </c>
       <c r="B146" s="2" t="s">
         <v>440</v>
       </c>
       <c r="C146" s="2" t="s">
         <v>441</v>
       </c>
       <c r="D146" s="2"/>
       <c r="E146" s="2">
         <v>1020</v>
       </c>
       <c r="F146" s="2" t="s">
         <v>55</v>
       </c>
       <c r="G146" s="2" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="H146" s="2" t="s">
         <v>442</v>
       </c>
       <c r="I146" s="2">
         <v>73</v>
       </c>
       <c r="J146" s="2">
         <v>11</v>
       </c>
       <c r="K146" s="2">
         <v>150</v>
       </c>
       <c r="L146" s="2">
         <v>200</v>
       </c>
       <c r="M146" s="2">
         <v>0</v>
       </c>
       <c r="N146" s="2">
         <v>350</v>
       </c>
     </row>
     <row r="147" spans="1:14">
       <c r="A147" s="2">
         <v>104533</v>
       </c>
       <c r="B147" s="2" t="s">
         <v>443</v>
       </c>
       <c r="C147" s="2" t="s">
         <v>444</v>
       </c>
       <c r="D147" s="2"/>
       <c r="E147" s="2">
         <v>1230</v>
       </c>
       <c r="F147" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G147" s="2" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="H147" s="2" t="s">
         <v>445</v>
       </c>
       <c r="I147" s="2">
         <v>73</v>
       </c>
       <c r="J147" s="2">
         <v>17</v>
       </c>
       <c r="K147" s="2">
         <v>150</v>
       </c>
       <c r="L147" s="2">
         <v>140</v>
       </c>
       <c r="M147" s="2">
         <v>0</v>
       </c>
       <c r="N147" s="2">
         <v>290</v>
       </c>
     </row>
     <row r="148" spans="1:14">
       <c r="A148" s="2">
         <v>101458</v>
       </c>
       <c r="B148" s="2" t="s">
         <v>446</v>
       </c>
       <c r="C148" s="2" t="s">
         <v>447</v>
       </c>
       <c r="D148" s="2"/>
       <c r="E148" s="2">
         <v>1224</v>
       </c>
       <c r="F148" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G148" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H148" s="2" t="s">
         <v>448</v>
       </c>
       <c r="I148" s="2">
         <v>74</v>
       </c>
       <c r="J148" s="2">
         <v>63</v>
       </c>
       <c r="K148" s="2">
         <v>150</v>
       </c>
       <c r="L148" s="2">
         <v>58</v>
       </c>
       <c r="M148" s="2">
         <v>0</v>
       </c>
       <c r="N148" s="2">
         <v>208</v>
       </c>
     </row>
     <row r="149" spans="1:14">
       <c r="A149" s="2">
         <v>104534</v>
       </c>
       <c r="B149" s="2" t="s">
         <v>449</v>
       </c>
       <c r="C149" s="2" t="s">
         <v>450</v>
       </c>
       <c r="D149" s="2"/>
       <c r="E149" s="2">
         <v>1104</v>
       </c>
       <c r="F149" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G149" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H149" s="2" t="s">
         <v>451</v>
       </c>
       <c r="I149" s="2">
         <v>74</v>
       </c>
       <c r="J149" s="2">
         <v>57</v>
       </c>
       <c r="K149" s="2">
         <v>150</v>
       </c>
       <c r="L149" s="2">
         <v>64</v>
       </c>
       <c r="M149" s="2">
         <v>0</v>
       </c>
       <c r="N149" s="2">
         <v>214</v>
       </c>
     </row>
     <row r="150" spans="1:14">
       <c r="A150" s="2">
-        <v>109304</v>
+        <v>104535</v>
       </c>
       <c r="B150" s="2" t="s">
         <v>452</v>
       </c>
       <c r="C150" s="2" t="s">
         <v>453</v>
       </c>
       <c r="D150" s="2"/>
       <c r="E150" s="2">
-        <v>1205</v>
-[...3 lines deleted...]
-      </c>
+        <v>1096</v>
+      </c>
+      <c r="F150" s="2"/>
       <c r="G150" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H150" s="2" t="s">
         <v>454</v>
       </c>
       <c r="I150" s="2">
         <v>75</v>
       </c>
       <c r="J150" s="2">
-        <v>64</v>
+        <v>58</v>
       </c>
       <c r="K150" s="2">
         <v>150</v>
       </c>
       <c r="L150" s="2">
-        <v>57</v>
+        <v>63</v>
       </c>
       <c r="M150" s="2">
         <v>0</v>
       </c>
       <c r="N150" s="2">
-        <v>207</v>
+        <v>213</v>
       </c>
     </row>
     <row r="151" spans="1:14">
       <c r="A151" s="2">
-        <v>104535</v>
+        <v>109304</v>
       </c>
       <c r="B151" s="2" t="s">
         <v>455</v>
       </c>
       <c r="C151" s="2" t="s">
         <v>456</v>
       </c>
       <c r="D151" s="2"/>
       <c r="E151" s="2">
-        <v>1096</v>
-[...1 lines deleted...]
-      <c r="F151" s="2"/>
+        <v>1205</v>
+      </c>
+      <c r="F151" s="2" t="s">
+        <v>16</v>
+      </c>
       <c r="G151" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H151" s="2" t="s">
         <v>457</v>
       </c>
       <c r="I151" s="2">
         <v>75</v>
       </c>
       <c r="J151" s="2">
-        <v>58</v>
+        <v>64</v>
       </c>
       <c r="K151" s="2">
         <v>150</v>
       </c>
       <c r="L151" s="2">
-        <v>63</v>
+        <v>57</v>
       </c>
       <c r="M151" s="2">
         <v>0</v>
       </c>
       <c r="N151" s="2">
-        <v>213</v>
+        <v>207</v>
       </c>
     </row>
     <row r="152" spans="1:14">
       <c r="A152" s="2">
-        <v>105272</v>
+        <v>101581</v>
       </c>
       <c r="B152" s="2" t="s">
         <v>458</v>
       </c>
       <c r="C152" s="2" t="s">
         <v>459</v>
       </c>
       <c r="D152" s="2"/>
       <c r="E152" s="2">
-        <v>1231</v>
+        <v>1041</v>
       </c>
       <c r="F152" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G152" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H152" s="2" t="s">
         <v>460</v>
       </c>
       <c r="I152" s="2">
         <v>76</v>
       </c>
       <c r="J152" s="2">
-        <v>65</v>
+        <v>59</v>
       </c>
       <c r="K152" s="2">
         <v>150</v>
       </c>
       <c r="L152" s="2">
-        <v>56</v>
+        <v>62</v>
       </c>
       <c r="M152" s="2">
         <v>0</v>
       </c>
       <c r="N152" s="2">
-        <v>206</v>
+        <v>212</v>
       </c>
     </row>
     <row r="153" spans="1:14">
       <c r="A153" s="2">
-        <v>101581</v>
+        <v>105272</v>
       </c>
       <c r="B153" s="2" t="s">
         <v>461</v>
       </c>
       <c r="C153" s="2" t="s">
         <v>462</v>
       </c>
       <c r="D153" s="2"/>
       <c r="E153" s="2">
-        <v>1041</v>
+        <v>1231</v>
       </c>
       <c r="F153" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G153" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H153" s="2" t="s">
         <v>463</v>
       </c>
       <c r="I153" s="2">
         <v>76</v>
       </c>
       <c r="J153" s="2">
-        <v>59</v>
+        <v>65</v>
       </c>
       <c r="K153" s="2">
         <v>150</v>
       </c>
       <c r="L153" s="2">
-        <v>62</v>
+        <v>56</v>
       </c>
       <c r="M153" s="2">
         <v>0</v>
       </c>
       <c r="N153" s="2">
-        <v>212</v>
+        <v>206</v>
       </c>
     </row>
     <row r="154" spans="1:14">
       <c r="A154" s="2">
-        <v>105420</v>
+        <v>104537</v>
       </c>
       <c r="B154" s="2" t="s">
         <v>464</v>
       </c>
       <c r="C154" s="2" t="s">
         <v>465</v>
       </c>
       <c r="D154" s="2"/>
       <c r="E154" s="2">
-        <v>1135</v>
+        <v>1032</v>
       </c>
       <c r="F154" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G154" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H154" s="2" t="s">
         <v>466</v>
       </c>
       <c r="I154" s="2">
         <v>77</v>
       </c>
       <c r="J154" s="2">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="K154" s="2">
         <v>150</v>
       </c>
       <c r="L154" s="2">
-        <v>55</v>
+        <v>61</v>
       </c>
       <c r="M154" s="2">
         <v>0</v>
       </c>
       <c r="N154" s="2">
-        <v>205</v>
+        <v>211</v>
       </c>
     </row>
     <row r="155" spans="1:14">
       <c r="A155" s="2">
-        <v>104537</v>
+        <v>105420</v>
       </c>
       <c r="B155" s="2" t="s">
         <v>467</v>
       </c>
       <c r="C155" s="2" t="s">
         <v>468</v>
       </c>
       <c r="D155" s="2"/>
       <c r="E155" s="2">
-        <v>1032</v>
+        <v>1135</v>
       </c>
       <c r="F155" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G155" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H155" s="2" t="s">
         <v>469</v>
       </c>
       <c r="I155" s="2">
         <v>77</v>
       </c>
       <c r="J155" s="2">
-        <v>60</v>
+        <v>66</v>
       </c>
       <c r="K155" s="2">
         <v>150</v>
       </c>
       <c r="L155" s="2">
-        <v>61</v>
+        <v>55</v>
       </c>
       <c r="M155" s="2">
         <v>0</v>
       </c>
       <c r="N155" s="2">
-        <v>211</v>
+        <v>205</v>
       </c>
     </row>
     <row r="156" spans="1:14">
       <c r="A156" s="2">
-        <v>102425</v>
+        <v>104538</v>
       </c>
       <c r="B156" s="2" t="s">
         <v>470</v>
       </c>
       <c r="C156" s="2" t="s">
         <v>471</v>
       </c>
       <c r="D156" s="2"/>
       <c r="E156" s="2">
-        <v>1211</v>
+        <v>1094</v>
       </c>
       <c r="F156" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G156" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H156" s="2" t="s">
         <v>472</v>
       </c>
       <c r="I156" s="2">
         <v>78</v>
       </c>
       <c r="J156" s="2">
-        <v>67</v>
+        <v>61</v>
       </c>
       <c r="K156" s="2">
         <v>150</v>
       </c>
       <c r="L156" s="2">
-        <v>54</v>
+        <v>60</v>
       </c>
       <c r="M156" s="2">
         <v>0</v>
       </c>
       <c r="N156" s="2">
-        <v>204</v>
+        <v>210</v>
       </c>
     </row>
     <row r="157" spans="1:14">
       <c r="A157" s="2">
-        <v>104538</v>
+        <v>102425</v>
       </c>
       <c r="B157" s="2" t="s">
         <v>473</v>
       </c>
       <c r="C157" s="2" t="s">
         <v>474</v>
       </c>
       <c r="D157" s="2"/>
       <c r="E157" s="2">
-        <v>1094</v>
+        <v>1211</v>
       </c>
       <c r="F157" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G157" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H157" s="2" t="s">
         <v>475</v>
       </c>
       <c r="I157" s="2">
         <v>78</v>
       </c>
       <c r="J157" s="2">
-        <v>61</v>
+        <v>67</v>
       </c>
       <c r="K157" s="2">
         <v>150</v>
       </c>
       <c r="L157" s="2">
-        <v>60</v>
+        <v>54</v>
       </c>
       <c r="M157" s="2">
         <v>0</v>
       </c>
       <c r="N157" s="2">
-        <v>210</v>
+        <v>204</v>
       </c>
     </row>
     <row r="158" spans="1:14">
       <c r="A158" s="2">
         <v>100760</v>
       </c>
       <c r="B158" s="2" t="s">
         <v>476</v>
       </c>
       <c r="C158" s="2" t="s">
-        <v>332</v>
+        <v>329</v>
       </c>
       <c r="D158" s="2"/>
       <c r="E158" s="2">
         <v>1314</v>
       </c>
       <c r="F158" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G158" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H158" s="2" t="s">
         <v>477</v>
       </c>
       <c r="I158" s="2">
         <v>79</v>
       </c>
       <c r="J158" s="2">
         <v>68</v>
       </c>
       <c r="K158" s="2">
         <v>150</v>
       </c>
       <c r="L158" s="2">
         <v>53</v>
       </c>
       <c r="M158" s="2">
         <v>0</v>
       </c>
       <c r="N158" s="2">
         <v>203</v>
       </c>
     </row>
     <row r="159" spans="1:14">
       <c r="A159" s="2">
         <v>105309</v>
       </c>
       <c r="B159" s="2" t="s">
-        <v>218</v>
+        <v>221</v>
       </c>
       <c r="C159" s="2" t="s">
         <v>478</v>
       </c>
       <c r="D159" s="2"/>
       <c r="E159" s="2">
         <v>1215</v>
       </c>
       <c r="F159" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G159" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H159" s="2" t="s">
         <v>479</v>
       </c>
       <c r="I159" s="2">
         <v>80</v>
       </c>
       <c r="J159" s="2">
         <v>69</v>
       </c>
       <c r="K159" s="2">
         <v>150</v>
       </c>
       <c r="L159" s="2">
         <v>52</v>
       </c>
       <c r="M159" s="2">
         <v>0</v>
       </c>
       <c r="N159" s="2">
         <v>202</v>
       </c>
     </row>
     <row r="160" spans="1:14">
       <c r="A160" s="2">
         <v>105450</v>
       </c>
       <c r="B160" s="2" t="s">
         <v>480</v>
       </c>
       <c r="C160" s="2" t="s">
         <v>481</v>
       </c>
       <c r="D160" s="2"/>
       <c r="E160" s="2">
         <v>1013</v>
       </c>
       <c r="F160" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G160" s="2" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="H160" s="2" t="s">
         <v>482</v>
       </c>
       <c r="I160" s="2">
         <v>81</v>
       </c>
       <c r="J160" s="2">
         <v>12</v>
       </c>
       <c r="K160" s="2">
         <v>150</v>
       </c>
       <c r="L160" s="2">
         <v>190</v>
       </c>
       <c r="M160" s="2">
         <v>0</v>
       </c>
       <c r="N160" s="2">
         <v>340</v>
       </c>
     </row>
     <row r="161" spans="1:14">
       <c r="A161" s="2">
         <v>101475</v>
       </c>
       <c r="B161" s="2" t="s">
         <v>483</v>
       </c>
       <c r="C161" s="2" t="s">
         <v>484</v>
       </c>
       <c r="D161" s="2"/>
       <c r="E161" s="2">
         <v>1129</v>
       </c>
       <c r="F161" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G161" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H161" s="2" t="s">
         <v>485</v>
       </c>
       <c r="I161" s="2">
         <v>82</v>
       </c>
       <c r="J161" s="2">
         <v>70</v>
       </c>
       <c r="K161" s="2">
         <v>150</v>
       </c>
       <c r="L161" s="2">
         <v>51</v>
       </c>
       <c r="M161" s="2">
         <v>0</v>
       </c>
       <c r="N161" s="2">
         <v>201</v>
       </c>
     </row>
     <row r="162" spans="1:14">
       <c r="A162" s="2">
         <v>109312</v>
       </c>
       <c r="B162" s="2" t="s">
-        <v>308</v>
+        <v>305</v>
       </c>
       <c r="C162" s="2" t="s">
         <v>486</v>
       </c>
       <c r="D162" s="2"/>
       <c r="E162" s="2">
         <v>1155</v>
       </c>
       <c r="F162" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G162" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H162" s="2" t="s">
         <v>487</v>
       </c>
       <c r="I162" s="2">
         <v>83</v>
       </c>
       <c r="J162" s="2">
         <v>71</v>
       </c>
       <c r="K162" s="2">
         <v>150</v>
       </c>
       <c r="L162" s="2">
         <v>50</v>
       </c>
       <c r="M162" s="2">
         <v>0</v>
       </c>
       <c r="N162" s="2">
         <v>200</v>
       </c>
     </row>
     <row r="163" spans="1:14">
       <c r="A163" s="2">
         <v>109313</v>
       </c>
       <c r="B163" s="2" t="s">
         <v>488</v>
       </c>
       <c r="C163" s="2" t="s">
-        <v>332</v>
+        <v>329</v>
       </c>
       <c r="D163" s="2"/>
       <c r="E163" s="2">
         <v>1239</v>
       </c>
       <c r="F163" s="2" t="s">
         <v>55</v>
       </c>
       <c r="G163" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H163" s="2" t="s">
         <v>489</v>
       </c>
       <c r="I163" s="2">
         <v>84</v>
       </c>
       <c r="J163" s="2">
         <v>72</v>
       </c>
       <c r="K163" s="2">
         <v>150</v>
       </c>
       <c r="L163" s="2">
         <v>49</v>
       </c>
       <c r="M163" s="2">
         <v>0</v>
       </c>
       <c r="N163" s="2">
         <v>199</v>
       </c>
     </row>
     <row r="164" spans="1:14">
       <c r="A164" s="2">
         <v>105219</v>
       </c>
       <c r="B164" s="2" t="s">
         <v>490</v>
       </c>
       <c r="C164" s="2" t="s">
         <v>491</v>
       </c>
       <c r="D164" s="2"/>
       <c r="E164" s="2">
         <v>1212</v>
       </c>
       <c r="F164" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G164" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H164" s="2" t="s">
         <v>492</v>
       </c>
       <c r="I164" s="2">
         <v>85</v>
       </c>
       <c r="J164" s="2">
         <v>73</v>
       </c>
       <c r="K164" s="2">
         <v>150</v>
       </c>
       <c r="L164" s="2">
         <v>48</v>
       </c>
       <c r="M164" s="2">
         <v>0</v>
       </c>
       <c r="N164" s="2">
         <v>198</v>
       </c>
     </row>
     <row r="165" spans="1:14">
       <c r="A165" s="2">
         <v>109096</v>
       </c>
       <c r="B165" s="2" t="s">
         <v>493</v>
       </c>
       <c r="C165" s="2" t="s">
         <v>494</v>
       </c>
       <c r="D165" s="2"/>
       <c r="E165" s="2">
         <v>1308</v>
       </c>
       <c r="F165" s="2" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="G165" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H165" s="2" t="s">
         <v>495</v>
       </c>
       <c r="I165" s="2">
         <v>86</v>
       </c>
       <c r="J165" s="2">
         <v>74</v>
       </c>
       <c r="K165" s="2">
         <v>150</v>
       </c>
       <c r="L165" s="2">
         <v>47</v>
       </c>
       <c r="M165" s="2">
         <v>0</v>
       </c>
       <c r="N165" s="2">
         <v>197</v>
       </c>
     </row>
     <row r="166" spans="1:14">
       <c r="A166" s="2">
         <v>101144</v>
       </c>
       <c r="B166" s="2" t="s">
         <v>496</v>
       </c>
       <c r="C166" s="2" t="s">
         <v>497</v>
       </c>
       <c r="D166" s="2"/>
       <c r="E166" s="2">
         <v>1036</v>
       </c>
       <c r="F166" s="2" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="G166" s="2" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="H166" s="2" t="s">
         <v>498</v>
       </c>
       <c r="I166" s="2">
         <v>87</v>
       </c>
       <c r="J166" s="2">
         <v>13</v>
       </c>
       <c r="K166" s="2">
         <v>150</v>
       </c>
       <c r="L166" s="2">
         <v>180</v>
       </c>
       <c r="M166" s="2">
         <v>0</v>
       </c>
       <c r="N166" s="2">
         <v>330</v>
       </c>
     </row>
     <row r="167" spans="1:14">
       <c r="A167" s="2">
         <v>105418</v>
       </c>
       <c r="B167" s="2" t="s">
         <v>499</v>
       </c>
       <c r="C167" s="2" t="s">
-        <v>110</v>
+        <v>114</v>
       </c>
       <c r="D167" s="2"/>
       <c r="E167" s="2">
         <v>1109</v>
       </c>
       <c r="F167" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G167" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H167" s="2" t="s">
         <v>500</v>
       </c>
       <c r="I167" s="2">
         <v>88</v>
       </c>
       <c r="J167" s="2">
         <v>75</v>
       </c>
       <c r="K167" s="2">
         <v>150</v>
       </c>
       <c r="L167" s="2">
         <v>46</v>
       </c>
       <c r="M167" s="2">
         <v>0</v>
       </c>
       <c r="N167" s="2">
         <v>196</v>
       </c>
     </row>
     <row r="168" spans="1:14">
       <c r="A168" s="2">
         <v>105417</v>
       </c>
       <c r="B168" s="2" t="s">
         <v>501</v>
       </c>
       <c r="C168" s="2" t="s">
         <v>83</v>
       </c>
       <c r="D168" s="2"/>
       <c r="E168" s="2">
         <v>1001</v>
       </c>
       <c r="F168" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G168" s="2" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="H168" s="2" t="s">
         <v>502</v>
       </c>
       <c r="I168" s="2">
         <v>89</v>
       </c>
       <c r="J168" s="2">
         <v>14</v>
       </c>
       <c r="K168" s="2">
         <v>150</v>
       </c>
       <c r="L168" s="2">
         <v>170</v>
       </c>
       <c r="M168" s="2">
         <v>0</v>
       </c>
       <c r="N168" s="2">
         <v>320</v>
       </c>
     </row>
     <row r="169" spans="1:14">
       <c r="A169" s="2">
         <v>109317</v>
       </c>
       <c r="B169" s="2" t="s">
         <v>503</v>
       </c>
       <c r="C169" s="2" t="s">
         <v>504</v>
       </c>
       <c r="D169" s="2"/>
       <c r="E169" s="2">
         <v>1241</v>
       </c>
       <c r="F169" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G169" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H169" s="2" t="s">
         <v>505</v>
       </c>
       <c r="I169" s="2">
         <v>90</v>
       </c>
       <c r="J169" s="2">
         <v>76</v>
       </c>
       <c r="K169" s="2">
         <v>150</v>
       </c>
       <c r="L169" s="2">
         <v>45</v>
       </c>
       <c r="M169" s="2">
         <v>0</v>
       </c>
       <c r="N169" s="2">
         <v>195</v>
       </c>
     </row>
     <row r="170" spans="1:14">
       <c r="A170" s="2">
         <v>109318</v>
       </c>
       <c r="B170" s="2" t="s">
         <v>506</v>
       </c>
       <c r="C170" s="2" t="s">
-        <v>35</v>
+        <v>32</v>
       </c>
       <c r="D170" s="2"/>
       <c r="E170" s="2">
         <v>1142</v>
       </c>
       <c r="F170" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G170" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H170" s="2" t="s">
         <v>507</v>
       </c>
       <c r="I170" s="2">
         <v>91</v>
       </c>
       <c r="J170" s="2">
         <v>77</v>
       </c>
       <c r="K170" s="2">
         <v>150</v>
       </c>
       <c r="L170" s="2">
         <v>44</v>
       </c>
       <c r="M170" s="2">
         <v>0</v>
       </c>
       <c r="N170" s="2">
         <v>194</v>
       </c>
     </row>
     <row r="171" spans="1:14">
       <c r="A171" s="2">
         <v>101055</v>
       </c>
       <c r="B171" s="2" t="s">
         <v>508</v>
       </c>
       <c r="C171" s="2" t="s">
-        <v>332</v>
+        <v>329</v>
       </c>
       <c r="D171" s="2"/>
       <c r="E171" s="2">
         <v>1128</v>
       </c>
       <c r="F171" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G171" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H171" s="2" t="s">
         <v>509</v>
       </c>
       <c r="I171" s="2">
         <v>92</v>
       </c>
       <c r="J171" s="2">
         <v>78</v>
       </c>
       <c r="K171" s="2">
         <v>150</v>
       </c>
       <c r="L171" s="2">
         <v>43</v>
       </c>
       <c r="M171" s="2">
         <v>0</v>
       </c>
       <c r="N171" s="2">
         <v>193</v>
       </c>
     </row>
     <row r="172" spans="1:14">
       <c r="A172" s="2">
         <v>109320</v>
       </c>
       <c r="B172" s="2" t="s">
         <v>510</v>
       </c>
       <c r="C172" s="2" t="s">
         <v>511</v>
       </c>
       <c r="D172" s="2" t="s">
         <v>512</v>
       </c>
       <c r="E172" s="2">
         <v>1032</v>
       </c>
       <c r="F172" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G172" s="2" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="H172" s="2" t="s">
         <v>513</v>
       </c>
       <c r="I172" s="2">
         <v>93</v>
       </c>
       <c r="J172" s="2">
         <v>15</v>
       </c>
       <c r="K172" s="2">
         <v>150</v>
       </c>
       <c r="L172" s="2">
         <v>160</v>
       </c>
       <c r="M172" s="2">
         <v>0</v>
       </c>
       <c r="N172" s="2">
         <v>310</v>
       </c>
     </row>
     <row r="173" spans="1:14">
       <c r="A173" s="2">
         <v>101171</v>
       </c>
       <c r="B173" s="2" t="s">
         <v>514</v>
       </c>
       <c r="C173" s="2" t="s">
-        <v>110</v>
+        <v>114</v>
       </c>
       <c r="D173" s="2"/>
       <c r="E173" s="2">
         <v>1130</v>
       </c>
       <c r="F173" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G173" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H173" s="2" t="s">
         <v>515</v>
       </c>
       <c r="I173" s="2">
         <v>94</v>
       </c>
       <c r="J173" s="2">
         <v>79</v>
       </c>
       <c r="K173" s="2">
         <v>150</v>
       </c>
       <c r="L173" s="2">
         <v>42</v>
       </c>
       <c r="M173" s="2">
         <v>0</v>
       </c>
       <c r="N173" s="2">
         <v>192</v>
       </c>
     </row>
     <row r="174" spans="1:14">
       <c r="A174" s="2">
         <v>101459</v>
       </c>
       <c r="B174" s="2" t="s">
         <v>516</v>
       </c>
       <c r="C174" s="2" t="s">
         <v>444</v>
       </c>
       <c r="D174" s="2"/>
       <c r="E174" s="2">
         <v>1219</v>
       </c>
       <c r="F174" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G174" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H174" s="2" t="s">
         <v>517</v>
       </c>
       <c r="I174" s="2">
         <v>95</v>
       </c>
       <c r="J174" s="2">
         <v>80</v>
       </c>
       <c r="K174" s="2">
         <v>150</v>
       </c>
       <c r="L174" s="2">
         <v>41</v>
       </c>
       <c r="M174" s="2">
         <v>0</v>
       </c>
       <c r="N174" s="2">
         <v>191</v>
       </c>
     </row>
     <row r="175" spans="1:14">
       <c r="A175" s="2">
         <v>109323</v>
       </c>
       <c r="B175" s="2" t="s">
         <v>518</v>
       </c>
       <c r="C175" s="2" t="s">
         <v>519</v>
       </c>
       <c r="D175" s="2"/>
       <c r="E175" s="2">
         <v>1311</v>
       </c>
       <c r="F175" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G175" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H175" s="2" t="s">
         <v>520</v>
       </c>
       <c r="I175" s="2">
         <v>96</v>
       </c>
       <c r="J175" s="2">
         <v>81</v>
       </c>
       <c r="K175" s="2">
         <v>150</v>
       </c>
       <c r="L175" s="2">
         <v>40</v>
       </c>
       <c r="M175" s="2">
         <v>0</v>
       </c>
       <c r="N175" s="2">
         <v>190</v>
       </c>
     </row>
     <row r="176" spans="1:14">
       <c r="A176" s="2">
         <v>103569</v>
       </c>
       <c r="B176" s="2" t="s">
         <v>521</v>
       </c>
       <c r="C176" s="2" t="s">
         <v>522</v>
       </c>
       <c r="D176" s="2"/>
       <c r="E176" s="2">
         <v>1146</v>
       </c>
       <c r="F176" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G176" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H176" s="2" t="s">
         <v>523</v>
       </c>
       <c r="I176" s="2">
         <v>97</v>
       </c>
       <c r="J176" s="2">
         <v>82</v>
       </c>
       <c r="K176" s="2">
         <v>150</v>
       </c>
       <c r="L176" s="2">
         <v>39</v>
       </c>
       <c r="M176" s="2">
         <v>0</v>
       </c>
       <c r="N176" s="2">
         <v>189</v>
       </c>
     </row>
     <row r="177" spans="1:14">
       <c r="A177" s="2">
         <v>109325</v>
       </c>
       <c r="B177" s="2" t="s">
         <v>524</v>
       </c>
       <c r="C177" s="2" t="s">
         <v>525</v>
       </c>
       <c r="D177" s="2"/>
       <c r="E177" s="2">
         <v>1114</v>
       </c>
       <c r="F177" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G177" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H177" s="2" t="s">
         <v>526</v>
       </c>
       <c r="I177" s="2">
         <v>98</v>
       </c>
       <c r="J177" s="2">
         <v>83</v>
       </c>
       <c r="K177" s="2">
         <v>150</v>
       </c>
       <c r="L177" s="2">
         <v>38</v>
       </c>
       <c r="M177" s="2">
         <v>0</v>
       </c>
       <c r="N177" s="2">
         <v>188</v>
       </c>
     </row>
     <row r="178" spans="1:14">
       <c r="A178" s="2">
         <v>109326</v>
       </c>
       <c r="B178" s="2" t="s">
         <v>527</v>
       </c>
       <c r="C178" s="2" t="s">
         <v>528</v>
       </c>
       <c r="D178" s="2"/>
       <c r="E178" s="2">
         <v>1301</v>
       </c>
       <c r="F178" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G178" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H178" s="2" t="s">
         <v>529</v>
       </c>
       <c r="I178" s="2">
         <v>99</v>
       </c>
       <c r="J178" s="2">
         <v>84</v>
       </c>
       <c r="K178" s="2">
         <v>150</v>
       </c>
       <c r="L178" s="2">
         <v>37</v>
       </c>
       <c r="M178" s="2">
         <v>0</v>
       </c>
       <c r="N178" s="2">
         <v>187</v>
       </c>
     </row>
     <row r="179" spans="1:14">
       <c r="A179" s="2">
         <v>109327</v>
       </c>
       <c r="B179" s="2" t="s">
         <v>530</v>
       </c>
       <c r="C179" s="2" t="s">
         <v>531</v>
       </c>
       <c r="D179" s="2"/>
       <c r="E179" s="2">
         <v>1140</v>
       </c>
       <c r="F179" s="2" t="s">
-        <v>114</v>
+        <v>111</v>
       </c>
       <c r="G179" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H179" s="2" t="s">
         <v>532</v>
       </c>
       <c r="I179" s="2">
         <v>100</v>
       </c>
       <c r="J179" s="2">
         <v>85</v>
       </c>
       <c r="K179" s="2">
         <v>150</v>
       </c>
       <c r="L179" s="2">
         <v>36</v>
       </c>
       <c r="M179" s="2">
         <v>0</v>
       </c>
       <c r="N179" s="2">
         <v>186</v>
       </c>
     </row>
     <row r="180" spans="1:14">
       <c r="A180" s="2">
         <v>109328</v>
       </c>
       <c r="B180" s="2" t="s">
         <v>533</v>
       </c>
       <c r="C180" s="2" t="s">
         <v>534</v>
       </c>
       <c r="D180" s="2"/>
       <c r="E180" s="2">
         <v>1178</v>
       </c>
       <c r="F180" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G180" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H180" s="2" t="s">
         <v>535</v>
       </c>
       <c r="I180" s="2">
         <v>101</v>
       </c>
       <c r="J180" s="2">
         <v>86</v>
       </c>
       <c r="K180" s="2">
         <v>150</v>
       </c>
       <c r="L180" s="2">
         <v>35</v>
       </c>
       <c r="M180" s="2">
         <v>0</v>
       </c>
       <c r="N180" s="2">
         <v>185</v>
       </c>
     </row>
     <row r="181" spans="1:14">
       <c r="A181" s="2">
         <v>109329</v>
       </c>
       <c r="B181" s="2" t="s">
         <v>536</v>
       </c>
       <c r="C181" s="2" t="s">
-        <v>332</v>
+        <v>329</v>
       </c>
       <c r="D181" s="2"/>
       <c r="E181" s="2">
         <v>1181</v>
       </c>
       <c r="F181" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G181" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H181" s="2" t="s">
         <v>537</v>
       </c>
       <c r="I181" s="2">
         <v>102</v>
       </c>
       <c r="J181" s="2">
         <v>87</v>
       </c>
       <c r="K181" s="2">
         <v>150</v>
       </c>
       <c r="L181" s="2">
         <v>34</v>
       </c>
       <c r="M181" s="2">
         <v>0</v>
       </c>
       <c r="N181" s="2">
         <v>184</v>
       </c>
     </row>
     <row r="182" spans="1:14">
       <c r="A182" s="2">
         <v>109330</v>
       </c>
       <c r="B182" s="2" t="s">
         <v>538</v>
       </c>
       <c r="C182" s="2" t="s">
-        <v>285</v>
+        <v>282</v>
       </c>
       <c r="D182" s="2"/>
       <c r="E182" s="2">
         <v>1179</v>
       </c>
       <c r="F182" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G182" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H182" s="2" t="s">
         <v>539</v>
       </c>
       <c r="I182" s="2">
         <v>103</v>
       </c>
       <c r="J182" s="2">
         <v>88</v>
       </c>
       <c r="K182" s="2">
         <v>150</v>
       </c>
       <c r="L182" s="2">
         <v>33</v>
       </c>
       <c r="M182" s="2">
         <v>0</v>
       </c>
       <c r="N182" s="2">
         <v>183</v>
       </c>
     </row>
     <row r="183" spans="1:14">
       <c r="A183" s="2">
         <v>100734</v>
       </c>
       <c r="B183" s="2" t="s">
         <v>540</v>
       </c>
       <c r="C183" s="2" t="s">
         <v>86</v>
       </c>
       <c r="D183" s="2"/>
       <c r="E183" s="2">
         <v>1165</v>
       </c>
       <c r="F183" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G183" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H183" s="2" t="s">
         <v>541</v>
       </c>
       <c r="I183" s="2">
         <v>104</v>
       </c>
       <c r="J183" s="2">
         <v>89</v>
       </c>
       <c r="K183" s="2">
         <v>150</v>
       </c>
       <c r="L183" s="2">
         <v>32</v>
       </c>
       <c r="M183" s="2">
         <v>0</v>
       </c>
       <c r="N183" s="2">
         <v>182</v>
       </c>
     </row>
     <row r="184" spans="1:14">
       <c r="A184" s="2">
         <v>109332</v>
       </c>
       <c r="B184" s="2" t="s">
         <v>542</v>
       </c>
       <c r="C184" s="2" t="s">
         <v>543</v>
       </c>
       <c r="D184" s="2"/>
       <c r="E184" s="2">
         <v>1134</v>
       </c>
       <c r="F184" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G184" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H184" s="2" t="s">
         <v>544</v>
       </c>
       <c r="I184" s="2">
         <v>105</v>
       </c>
       <c r="J184" s="2">
         <v>90</v>
       </c>
       <c r="K184" s="2">
         <v>150</v>
       </c>
       <c r="L184" s="2">
         <v>31</v>
       </c>
       <c r="M184" s="2">
         <v>0</v>
       </c>
       <c r="N184" s="2">
         <v>181</v>
       </c>
     </row>
     <row r="185" spans="1:14">
       <c r="A185" s="2">
         <v>109333</v>
       </c>
       <c r="B185" s="2" t="s">
         <v>545</v>
       </c>
       <c r="C185" s="2" t="s">
         <v>243</v>
       </c>
       <c r="D185" s="2"/>
       <c r="E185" s="2">
         <v>1189</v>
       </c>
       <c r="F185" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G185" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H185" s="2" t="s">
         <v>546</v>
       </c>
       <c r="I185" s="2">
         <v>106</v>
       </c>
       <c r="J185" s="2">
         <v>91</v>
       </c>
       <c r="K185" s="2">
         <v>150</v>
       </c>
       <c r="L185" s="2">
         <v>30</v>
       </c>
       <c r="M185" s="2">
         <v>0</v>
       </c>
       <c r="N185" s="2">
         <v>180</v>
       </c>
     </row>
     <row r="186" spans="1:14">
       <c r="A186" s="2">
         <v>109334</v>
       </c>
       <c r="B186" s="2" t="s">
         <v>547</v>
       </c>
       <c r="C186" s="2" t="s">
-        <v>414</v>
+        <v>416</v>
       </c>
       <c r="D186" s="2"/>
       <c r="E186" s="2">
         <v>1104</v>
       </c>
       <c r="F186" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G186" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H186" s="2" t="s">
         <v>548</v>
       </c>
       <c r="I186" s="2">
         <v>107</v>
       </c>
       <c r="J186" s="2">
         <v>92</v>
       </c>
       <c r="K186" s="2">
         <v>150</v>
       </c>
       <c r="L186" s="2">
         <v>29</v>
       </c>
       <c r="M186" s="2">
         <v>0</v>
       </c>
       <c r="N186" s="2">
         <v>179</v>
       </c>
     </row>
     <row r="187" spans="1:14">
       <c r="A187" s="2">
         <v>109335</v>
       </c>
       <c r="B187" s="2" t="s">
         <v>549</v>
       </c>
       <c r="C187" s="2" t="s">
         <v>550</v>
       </c>
       <c r="D187" s="2"/>
       <c r="E187" s="2">
         <v>1143</v>
       </c>
       <c r="F187" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G187" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H187" s="2" t="s">
         <v>551</v>
       </c>
       <c r="I187" s="2">
         <v>108</v>
       </c>
       <c r="J187" s="2">
         <v>93</v>
       </c>
       <c r="K187" s="2">
         <v>150</v>
       </c>
       <c r="L187" s="2">
         <v>28</v>
       </c>
       <c r="M187" s="2">
         <v>0</v>
       </c>
       <c r="N187" s="2">
         <v>178</v>
       </c>
     </row>
     <row r="188" spans="1:14">
       <c r="A188" s="2">
         <v>109336</v>
       </c>
       <c r="B188" s="2" t="s">
         <v>552</v>
       </c>
       <c r="C188" s="2" t="s">
         <v>553</v>
       </c>
       <c r="D188" s="2"/>
       <c r="E188" s="2">
         <v>1112</v>
       </c>
       <c r="F188" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G188" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H188" s="2" t="s">
         <v>554</v>
       </c>
       <c r="I188" s="2">
         <v>109</v>
       </c>
       <c r="J188" s="2">
         <v>94</v>
       </c>
       <c r="K188" s="2">
         <v>150</v>
       </c>
       <c r="L188" s="2">
         <v>27</v>
       </c>
       <c r="M188" s="2">
         <v>0</v>
       </c>
       <c r="N188" s="2">
         <v>177</v>
       </c>
     </row>
     <row r="189" spans="1:14">
       <c r="A189" s="2">
         <v>109337</v>
       </c>
       <c r="B189" s="2" t="s">
         <v>555</v>
       </c>
       <c r="C189" s="2" t="s">
         <v>556</v>
       </c>
       <c r="D189" s="2"/>
       <c r="E189" s="2">
         <v>1214</v>
       </c>
       <c r="F189" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G189" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H189" s="2" t="s">
         <v>557</v>
       </c>
       <c r="I189" s="2">
         <v>110</v>
       </c>
       <c r="J189" s="2">
         <v>95</v>
       </c>
       <c r="K189" s="2">
         <v>150</v>
       </c>
       <c r="L189" s="2">
         <v>26</v>
       </c>
       <c r="M189" s="2">
         <v>0</v>
       </c>
       <c r="N189" s="2">
         <v>176</v>
       </c>
     </row>
     <row r="190" spans="1:14">
       <c r="A190" s="2">
         <v>109338</v>
       </c>
       <c r="B190" s="2" t="s">
         <v>558</v>
       </c>
       <c r="C190" s="2" t="s">
         <v>559</v>
       </c>
       <c r="D190" s="2"/>
       <c r="E190" s="2">
         <v>1174</v>
       </c>
       <c r="F190" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G190" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H190" s="2" t="s">
         <v>560</v>
       </c>
       <c r="I190" s="2">
         <v>111</v>
       </c>
       <c r="J190" s="2">
         <v>96</v>
       </c>
       <c r="K190" s="2">
         <v>150</v>
       </c>
       <c r="L190" s="2">
         <v>25</v>
       </c>
       <c r="M190" s="2">
         <v>0</v>
       </c>
       <c r="N190" s="2">
         <v>175</v>
       </c>
     </row>
     <row r="191" spans="1:14">
       <c r="A191" s="2">
         <v>109339</v>
       </c>
       <c r="B191" s="2" t="s">
         <v>561</v>
       </c>
       <c r="C191" s="2" t="s">
         <v>562</v>
       </c>
       <c r="D191" s="2"/>
       <c r="E191" s="2">
         <v>1027</v>
       </c>
       <c r="F191" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G191" s="2" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="H191" s="2" t="s">
         <v>563</v>
       </c>
       <c r="I191" s="2">
         <v>112</v>
       </c>
       <c r="J191" s="2">
         <v>16</v>
       </c>
       <c r="K191" s="2">
         <v>150</v>
       </c>
       <c r="L191" s="2">
         <v>150</v>
       </c>
       <c r="M191" s="2">
         <v>0</v>
       </c>
       <c r="N191" s="2">
         <v>300</v>
       </c>
     </row>
     <row r="192" spans="1:14">
       <c r="A192" s="2">
         <v>109340</v>
       </c>
       <c r="B192" s="2" t="s">
         <v>564</v>
       </c>
       <c r="C192" s="2" t="s">
         <v>564</v>
       </c>
       <c r="D192" s="2"/>
       <c r="E192" s="2">
         <v>1117</v>
       </c>
       <c r="F192" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G192" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H192" s="2" t="s">
         <v>565</v>
       </c>
       <c r="I192" s="2">
         <v>113</v>
       </c>
       <c r="J192" s="2">
         <v>97</v>
       </c>
       <c r="K192" s="2">
         <v>150</v>
       </c>
       <c r="L192" s="2">
         <v>24</v>
       </c>
       <c r="M192" s="2">
         <v>0</v>
       </c>
       <c r="N192" s="2">
         <v>174</v>
       </c>
     </row>
     <row r="193" spans="1:14">
       <c r="A193" s="2">
         <v>109341</v>
       </c>
       <c r="B193" s="2" t="s">
         <v>566</v>
       </c>
       <c r="C193" s="2" t="s">
         <v>567</v>
       </c>
       <c r="D193" s="2"/>
       <c r="E193" s="2">
         <v>1153</v>
       </c>
       <c r="F193" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G193" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H193" s="2" t="s">
         <v>568</v>
       </c>
       <c r="I193" s="2">
         <v>114</v>
       </c>
       <c r="J193" s="2">
         <v>98</v>
       </c>
       <c r="K193" s="2">
         <v>150</v>
       </c>
       <c r="L193" s="2">
         <v>23</v>
       </c>
       <c r="M193" s="2">
         <v>0</v>
       </c>
       <c r="N193" s="2">
         <v>173</v>
       </c>
@@ -10531,293 +10531,293 @@
       <c r="L194" s="2">
         <v>22</v>
       </c>
       <c r="M194" s="2">
         <v>0</v>
       </c>
       <c r="N194" s="2">
         <v>172</v>
       </c>
     </row>
     <row r="195" spans="1:14">
       <c r="A195" s="2">
         <v>109343</v>
       </c>
       <c r="B195" s="2" t="s">
         <v>572</v>
       </c>
       <c r="C195" s="2" t="s">
         <v>525</v>
       </c>
       <c r="D195" s="2"/>
       <c r="E195" s="2">
         <v>1279</v>
       </c>
       <c r="F195" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G195" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H195" s="2" t="s">
         <v>573</v>
       </c>
       <c r="I195" s="2">
         <v>116</v>
       </c>
       <c r="J195" s="2">
         <v>100</v>
       </c>
       <c r="K195" s="2">
         <v>150</v>
       </c>
       <c r="L195" s="2">
         <v>21</v>
       </c>
       <c r="M195" s="2">
         <v>0</v>
       </c>
       <c r="N195" s="2">
         <v>171</v>
       </c>
     </row>
     <row r="196" spans="1:14">
       <c r="A196" s="2">
         <v>105254</v>
       </c>
       <c r="B196" s="2" t="s">
         <v>574</v>
       </c>
       <c r="C196" s="2" t="s">
         <v>575</v>
       </c>
       <c r="D196" s="2"/>
       <c r="E196" s="2">
         <v>1296</v>
       </c>
       <c r="F196" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G196" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H196" s="2" t="s">
         <v>576</v>
       </c>
       <c r="I196" s="2">
         <v>117</v>
       </c>
       <c r="J196" s="2">
         <v>101</v>
       </c>
       <c r="K196" s="2">
         <v>150</v>
       </c>
       <c r="L196" s="2">
         <v>20</v>
       </c>
       <c r="M196" s="2">
         <v>0</v>
       </c>
       <c r="N196" s="2">
         <v>170</v>
       </c>
     </row>
     <row r="197" spans="1:14">
       <c r="A197" s="2">
         <v>109345</v>
       </c>
       <c r="B197" s="2" t="s">
         <v>577</v>
       </c>
       <c r="C197" s="2" t="s">
         <v>578</v>
       </c>
       <c r="D197" s="2"/>
       <c r="E197" s="2">
         <v>1026</v>
       </c>
       <c r="F197" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G197" s="2" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="H197" s="2" t="s">
         <v>579</v>
       </c>
       <c r="I197" s="2">
         <v>118</v>
       </c>
       <c r="J197" s="2">
         <v>17</v>
       </c>
       <c r="K197" s="2">
         <v>150</v>
       </c>
       <c r="L197" s="2">
         <v>140</v>
       </c>
       <c r="M197" s="2">
         <v>0</v>
       </c>
       <c r="N197" s="2">
         <v>290</v>
       </c>
     </row>
     <row r="198" spans="1:14">
       <c r="A198" s="2">
         <v>109346</v>
       </c>
       <c r="B198" s="2" t="s">
         <v>580</v>
       </c>
       <c r="C198" s="2" t="s">
         <v>581</v>
       </c>
       <c r="D198" s="2"/>
       <c r="E198" s="2">
         <v>1218</v>
       </c>
       <c r="F198" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G198" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H198" s="2" t="s">
         <v>582</v>
       </c>
       <c r="I198" s="2">
         <v>119</v>
       </c>
       <c r="J198" s="2">
         <v>102</v>
       </c>
       <c r="K198" s="2">
         <v>150</v>
       </c>
       <c r="L198" s="2">
         <v>20</v>
       </c>
       <c r="M198" s="2">
         <v>0</v>
       </c>
       <c r="N198" s="2">
         <v>170</v>
       </c>
     </row>
     <row r="199" spans="1:14">
       <c r="A199" s="2">
         <v>109347</v>
       </c>
       <c r="B199" s="2" t="s">
         <v>583</v>
       </c>
       <c r="C199" s="2" t="s">
         <v>584</v>
       </c>
       <c r="D199" s="2"/>
       <c r="E199" s="2">
         <v>1012</v>
       </c>
       <c r="F199" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G199" s="2" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="H199" s="2" t="s">
         <v>585</v>
       </c>
       <c r="I199" s="2">
         <v>120</v>
       </c>
       <c r="J199" s="2">
         <v>18</v>
       </c>
       <c r="K199" s="2">
         <v>150</v>
       </c>
       <c r="L199" s="2">
         <v>130</v>
       </c>
       <c r="M199" s="2">
         <v>0</v>
       </c>
       <c r="N199" s="2">
         <v>280</v>
       </c>
     </row>
     <row r="200" spans="1:14">
       <c r="A200" s="2">
         <v>109348</v>
       </c>
       <c r="B200" s="2" t="s">
         <v>586</v>
       </c>
       <c r="C200" s="2" t="s">
         <v>587</v>
       </c>
       <c r="D200" s="2"/>
       <c r="E200" s="2">
         <v>1257</v>
       </c>
       <c r="F200" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G200" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H200" s="2" t="s">
         <v>588</v>
       </c>
       <c r="I200" s="2">
         <v>121</v>
       </c>
       <c r="J200" s="2">
         <v>103</v>
       </c>
       <c r="K200" s="2">
         <v>150</v>
       </c>
       <c r="L200" s="2">
         <v>20</v>
       </c>
       <c r="M200" s="2">
         <v>0</v>
       </c>
       <c r="N200" s="2">
         <v>170</v>
       </c>
     </row>
     <row r="201" spans="1:14">
       <c r="A201" s="2">
         <v>109349</v>
       </c>
       <c r="B201" s="2" t="s">
-        <v>218</v>
+        <v>221</v>
       </c>
       <c r="C201" s="2" t="s">
         <v>589</v>
       </c>
       <c r="D201" s="2"/>
       <c r="E201" s="2">
         <v>1299</v>
       </c>
       <c r="F201" s="2" t="s">
         <v>55</v>
       </c>
       <c r="G201" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H201" s="2" t="s">
         <v>590</v>
       </c>
       <c r="I201" s="2">
         <v>122</v>
       </c>
       <c r="J201" s="2">
         <v>104</v>
       </c>
       <c r="K201" s="2">
         <v>150</v>
@@ -10825,557 +10825,557 @@
       <c r="L201" s="2">
         <v>20</v>
       </c>
       <c r="M201" s="2">
         <v>0</v>
       </c>
       <c r="N201" s="2">
         <v>170</v>
       </c>
     </row>
     <row r="202" spans="1:14">
       <c r="A202" s="2">
         <v>109350</v>
       </c>
       <c r="B202" s="2" t="s">
         <v>591</v>
       </c>
       <c r="C202" s="2" t="s">
         <v>592</v>
       </c>
       <c r="D202" s="2"/>
       <c r="E202" s="2">
         <v>1293</v>
       </c>
       <c r="F202" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G202" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H202" s="2" t="s">
         <v>593</v>
       </c>
       <c r="I202" s="2">
         <v>123</v>
       </c>
       <c r="J202" s="2">
         <v>105</v>
       </c>
       <c r="K202" s="2">
         <v>150</v>
       </c>
       <c r="L202" s="2">
         <v>20</v>
       </c>
       <c r="M202" s="2">
         <v>0</v>
       </c>
       <c r="N202" s="2">
         <v>170</v>
       </c>
     </row>
     <row r="203" spans="1:14">
       <c r="A203" s="2">
         <v>108553</v>
       </c>
       <c r="B203" s="2" t="s">
         <v>594</v>
       </c>
       <c r="C203" s="2" t="s">
-        <v>396</v>
+        <v>393</v>
       </c>
       <c r="D203" s="2" t="s">
         <v>595</v>
       </c>
       <c r="E203" s="2">
         <v>1159</v>
       </c>
       <c r="F203" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G203" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H203" s="2" t="s">
         <v>596</v>
       </c>
       <c r="I203" s="2">
         <v>124</v>
       </c>
       <c r="J203" s="2">
         <v>106</v>
       </c>
       <c r="K203" s="2">
         <v>150</v>
       </c>
       <c r="L203" s="2">
         <v>20</v>
       </c>
       <c r="M203" s="2">
         <v>0</v>
       </c>
       <c r="N203" s="2">
         <v>170</v>
       </c>
     </row>
     <row r="204" spans="1:14">
       <c r="A204" s="2">
         <v>109352</v>
       </c>
       <c r="B204" s="2" t="s">
         <v>597</v>
       </c>
       <c r="C204" s="2" t="s">
         <v>598</v>
       </c>
       <c r="D204" s="2"/>
       <c r="E204" s="2">
         <v>1131</v>
       </c>
       <c r="F204" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G204" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H204" s="2" t="s">
         <v>599</v>
       </c>
       <c r="I204" s="2">
         <v>125</v>
       </c>
       <c r="J204" s="2">
         <v>107</v>
       </c>
       <c r="K204" s="2">
         <v>150</v>
       </c>
       <c r="L204" s="2">
         <v>20</v>
       </c>
       <c r="M204" s="2">
         <v>0</v>
       </c>
       <c r="N204" s="2">
         <v>170</v>
       </c>
     </row>
     <row r="205" spans="1:14">
       <c r="A205" s="2">
         <v>109353</v>
       </c>
       <c r="B205" s="2" t="s">
         <v>600</v>
       </c>
       <c r="C205" s="2" t="s">
         <v>601</v>
       </c>
       <c r="D205" s="2"/>
       <c r="E205" s="2">
         <v>1316</v>
       </c>
       <c r="F205" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G205" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H205" s="2" t="s">
         <v>602</v>
       </c>
       <c r="I205" s="2">
         <v>126</v>
       </c>
       <c r="J205" s="2">
         <v>108</v>
       </c>
       <c r="K205" s="2">
         <v>150</v>
       </c>
       <c r="L205" s="2">
         <v>20</v>
       </c>
       <c r="M205" s="2">
         <v>0</v>
       </c>
       <c r="N205" s="2">
         <v>170</v>
       </c>
     </row>
     <row r="206" spans="1:14">
       <c r="A206" s="2">
         <v>109354</v>
       </c>
       <c r="B206" s="2" t="s">
         <v>603</v>
       </c>
       <c r="C206" s="2" t="s">
         <v>604</v>
       </c>
       <c r="D206" s="2"/>
       <c r="E206" s="2">
         <v>1260</v>
       </c>
       <c r="F206" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G206" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H206" s="2" t="s">
         <v>605</v>
       </c>
       <c r="I206" s="2">
         <v>127</v>
       </c>
       <c r="J206" s="2">
         <v>109</v>
       </c>
       <c r="K206" s="2">
         <v>150</v>
       </c>
       <c r="L206" s="2">
         <v>20</v>
       </c>
       <c r="M206" s="2">
         <v>0</v>
       </c>
       <c r="N206" s="2">
         <v>170</v>
       </c>
     </row>
     <row r="207" spans="1:14">
       <c r="A207" s="2">
         <v>109355</v>
       </c>
       <c r="B207" s="2" t="s">
         <v>606</v>
       </c>
       <c r="C207" s="2" t="s">
         <v>607</v>
       </c>
       <c r="D207" s="2"/>
       <c r="E207" s="2">
         <v>1202</v>
       </c>
       <c r="F207" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G207" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H207" s="2" t="s">
         <v>608</v>
       </c>
       <c r="I207" s="2">
         <v>128</v>
       </c>
       <c r="J207" s="2">
         <v>110</v>
       </c>
       <c r="K207" s="2">
         <v>150</v>
       </c>
       <c r="L207" s="2">
         <v>20</v>
       </c>
       <c r="M207" s="2">
         <v>0</v>
       </c>
       <c r="N207" s="2">
         <v>170</v>
       </c>
     </row>
     <row r="208" spans="1:14">
       <c r="A208" s="2">
         <v>109356</v>
       </c>
       <c r="B208" s="2" t="s">
         <v>609</v>
       </c>
       <c r="C208" s="2" t="s">
         <v>584</v>
       </c>
       <c r="D208" s="2"/>
       <c r="E208" s="2">
         <v>1126</v>
       </c>
       <c r="F208" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G208" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H208" s="2" t="s">
         <v>610</v>
       </c>
       <c r="I208" s="2">
         <v>129</v>
       </c>
       <c r="J208" s="2">
         <v>111</v>
       </c>
       <c r="K208" s="2">
         <v>150</v>
       </c>
       <c r="L208" s="2">
         <v>20</v>
       </c>
       <c r="M208" s="2">
         <v>0</v>
       </c>
       <c r="N208" s="2">
         <v>170</v>
       </c>
     </row>
     <row r="209" spans="1:14">
       <c r="A209" s="2">
         <v>102797</v>
       </c>
       <c r="B209" s="2" t="s">
         <v>611</v>
       </c>
       <c r="C209" s="2" t="s">
         <v>612</v>
       </c>
       <c r="D209" s="2"/>
       <c r="E209" s="2">
         <v>1031</v>
       </c>
       <c r="F209" s="2" t="s">
-        <v>114</v>
+        <v>111</v>
       </c>
       <c r="G209" s="2" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="H209" s="2" t="s">
         <v>613</v>
       </c>
       <c r="I209" s="2">
         <v>130</v>
       </c>
       <c r="J209" s="2">
         <v>19</v>
       </c>
       <c r="K209" s="2">
         <v>150</v>
       </c>
       <c r="L209" s="2">
         <v>120</v>
       </c>
       <c r="M209" s="2">
         <v>0</v>
       </c>
       <c r="N209" s="2">
         <v>270</v>
       </c>
     </row>
     <row r="210" spans="1:14">
       <c r="A210" s="2">
         <v>109357</v>
       </c>
       <c r="B210" s="2" t="s">
         <v>614</v>
       </c>
       <c r="C210" s="2" t="s">
-        <v>128</v>
+        <v>131</v>
       </c>
       <c r="D210" s="2"/>
       <c r="E210" s="2">
         <v>1228</v>
       </c>
       <c r="F210" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G210" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H210" s="2" t="s">
         <v>615</v>
       </c>
       <c r="I210" s="2">
         <v>131</v>
       </c>
       <c r="J210" s="2">
         <v>112</v>
       </c>
       <c r="K210" s="2">
         <v>150</v>
       </c>
       <c r="L210" s="2">
         <v>20</v>
       </c>
       <c r="M210" s="2">
         <v>0</v>
       </c>
       <c r="N210" s="2">
         <v>170</v>
       </c>
     </row>
     <row r="211" spans="1:14">
       <c r="A211" s="2">
         <v>108606</v>
       </c>
       <c r="B211" s="2" t="s">
         <v>616</v>
       </c>
       <c r="C211" s="2" t="s">
         <v>617</v>
       </c>
       <c r="D211" s="2"/>
       <c r="E211" s="2">
         <v>1273</v>
       </c>
       <c r="F211" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G211" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H211" s="2" t="s">
         <v>618</v>
       </c>
       <c r="I211" s="2">
         <v>132</v>
       </c>
       <c r="J211" s="2">
         <v>113</v>
       </c>
       <c r="K211" s="2">
         <v>150</v>
       </c>
       <c r="L211" s="2">
         <v>20</v>
       </c>
       <c r="M211" s="2">
         <v>0</v>
       </c>
       <c r="N211" s="2">
         <v>170</v>
       </c>
     </row>
     <row r="212" spans="1:14">
       <c r="A212" s="2">
         <v>109359</v>
       </c>
       <c r="B212" s="2" t="s">
         <v>619</v>
       </c>
       <c r="C212" s="2" t="s">
         <v>620</v>
       </c>
       <c r="D212" s="2"/>
       <c r="E212" s="2">
         <v>1285</v>
       </c>
       <c r="F212" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G212" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H212" s="2" t="s">
         <v>621</v>
       </c>
       <c r="I212" s="2">
         <v>133</v>
       </c>
       <c r="J212" s="2">
         <v>114</v>
       </c>
       <c r="K212" s="2">
         <v>150</v>
       </c>
       <c r="L212" s="2">
         <v>20</v>
       </c>
       <c r="M212" s="2">
         <v>0</v>
       </c>
       <c r="N212" s="2">
         <v>170</v>
       </c>
     </row>
     <row r="213" spans="1:14">
       <c r="A213" s="2">
         <v>109360</v>
       </c>
       <c r="B213" s="2" t="s">
         <v>622</v>
       </c>
       <c r="C213" s="2" t="s">
         <v>623</v>
       </c>
       <c r="D213" s="2"/>
       <c r="E213" s="2">
         <v>1292</v>
       </c>
       <c r="F213" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G213" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H213" s="2" t="s">
         <v>624</v>
       </c>
       <c r="I213" s="2">
         <v>134</v>
       </c>
       <c r="J213" s="2">
         <v>115</v>
       </c>
       <c r="K213" s="2">
         <v>150</v>
       </c>
       <c r="L213" s="2">
         <v>20</v>
       </c>
       <c r="M213" s="2">
         <v>0</v>
       </c>
       <c r="N213" s="2">
         <v>170</v>
       </c>
     </row>
     <row r="214" spans="1:14">
       <c r="A214" s="2">
         <v>101014</v>
       </c>
       <c r="B214" s="2" t="s">
         <v>625</v>
       </c>
       <c r="C214" s="2" t="s">
         <v>626</v>
       </c>
       <c r="D214" s="2"/>
       <c r="E214" s="2">
         <v>1252</v>
       </c>
       <c r="F214" s="2" t="s">
-        <v>114</v>
+        <v>111</v>
       </c>
       <c r="G214" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H214" s="2" t="s">
         <v>627</v>
       </c>
       <c r="I214" s="2">
         <v>135</v>
       </c>
       <c r="J214" s="2">
         <v>116</v>
       </c>
       <c r="K214" s="2">
         <v>150</v>
       </c>
       <c r="L214" s="2">
         <v>20</v>
       </c>
       <c r="M214" s="2">
         <v>0</v>
       </c>
       <c r="N214" s="2">
         <v>170</v>
       </c>
@@ -11415,219 +11415,219 @@
       <c r="L215" s="2">
         <v>20</v>
       </c>
       <c r="M215" s="2">
         <v>0</v>
       </c>
       <c r="N215" s="2">
         <v>170</v>
       </c>
     </row>
     <row r="216" spans="1:14">
       <c r="A216" s="2">
         <v>109363</v>
       </c>
       <c r="B216" s="2" t="s">
         <v>632</v>
       </c>
       <c r="C216" s="2" t="s">
         <v>633</v>
       </c>
       <c r="D216" s="2"/>
       <c r="E216" s="2">
         <v>1204</v>
       </c>
       <c r="F216" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G216" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H216" s="2" t="s">
         <v>634</v>
       </c>
       <c r="I216" s="2">
         <v>137</v>
       </c>
       <c r="J216" s="2">
         <v>118</v>
       </c>
       <c r="K216" s="2">
         <v>150</v>
       </c>
       <c r="L216" s="2">
         <v>20</v>
       </c>
       <c r="M216" s="2">
         <v>0</v>
       </c>
       <c r="N216" s="2">
         <v>170</v>
       </c>
     </row>
     <row r="217" spans="1:14">
       <c r="A217" s="2">
         <v>109364</v>
       </c>
       <c r="B217" s="2" t="s">
         <v>635</v>
       </c>
       <c r="C217" s="2" t="s">
         <v>636</v>
       </c>
       <c r="D217" s="2"/>
       <c r="E217" s="2">
         <v>1200</v>
       </c>
       <c r="F217" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G217" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H217" s="2" t="s">
         <v>637</v>
       </c>
       <c r="I217" s="2">
         <v>138</v>
       </c>
       <c r="J217" s="2">
         <v>119</v>
       </c>
       <c r="K217" s="2">
         <v>150</v>
       </c>
       <c r="L217" s="2">
         <v>20</v>
       </c>
       <c r="M217" s="2">
         <v>0</v>
       </c>
       <c r="N217" s="2">
         <v>170</v>
       </c>
     </row>
     <row r="218" spans="1:14">
       <c r="A218" s="2">
         <v>109365</v>
       </c>
       <c r="B218" s="2" t="s">
         <v>638</v>
       </c>
       <c r="C218" s="2" t="s">
         <v>639</v>
       </c>
       <c r="D218" s="2"/>
       <c r="E218" s="2">
         <v>1156</v>
       </c>
       <c r="F218" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G218" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H218" s="2" t="s">
         <v>640</v>
       </c>
       <c r="I218" s="2">
         <v>139</v>
       </c>
       <c r="J218" s="2">
         <v>120</v>
       </c>
       <c r="K218" s="2">
         <v>150</v>
       </c>
       <c r="L218" s="2">
         <v>20</v>
       </c>
       <c r="M218" s="2">
         <v>0</v>
       </c>
       <c r="N218" s="2">
         <v>170</v>
       </c>
     </row>
     <row r="219" spans="1:14">
       <c r="A219" s="2">
         <v>109366</v>
       </c>
       <c r="B219" s="2" t="s">
         <v>641</v>
       </c>
       <c r="C219" s="2" t="s">
         <v>642</v>
       </c>
       <c r="D219" s="2"/>
       <c r="E219" s="2">
         <v>1250</v>
       </c>
       <c r="F219" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G219" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H219" s="2" t="s">
         <v>643</v>
       </c>
       <c r="I219" s="2">
         <v>140</v>
       </c>
       <c r="J219" s="2">
         <v>121</v>
       </c>
       <c r="K219" s="2">
         <v>150</v>
       </c>
       <c r="L219" s="2">
         <v>20</v>
       </c>
       <c r="M219" s="2">
         <v>0</v>
       </c>
       <c r="N219" s="2">
         <v>170</v>
       </c>
     </row>
     <row r="220" spans="1:14">
       <c r="A220" s="2">
         <v>109367</v>
       </c>
       <c r="B220" s="2" t="s">
         <v>644</v>
       </c>
       <c r="C220" s="2" t="s">
         <v>581</v>
       </c>
       <c r="D220" s="2"/>
       <c r="E220" s="2">
         <v>1278</v>
       </c>
       <c r="F220" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G220" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H220" s="2" t="s">
         <v>645</v>
       </c>
       <c r="I220" s="2">
         <v>141</v>
       </c>
       <c r="J220" s="2">
         <v>122</v>
       </c>
       <c r="K220" s="2">
         <v>150</v>
       </c>
       <c r="L220" s="2">
         <v>20</v>
       </c>
       <c r="M220" s="2">
         <v>0</v>
       </c>
       <c r="N220" s="2">
         <v>170</v>
       </c>
@@ -11667,93 +11667,93 @@
       <c r="L221" s="2">
         <v>20</v>
       </c>
       <c r="M221" s="2">
         <v>0</v>
       </c>
       <c r="N221" s="2">
         <v>170</v>
       </c>
     </row>
     <row r="222" spans="1:14">
       <c r="A222" s="2">
         <v>109369</v>
       </c>
       <c r="B222" s="2" t="s">
         <v>649</v>
       </c>
       <c r="C222" s="2" t="s">
         <v>650</v>
       </c>
       <c r="D222" s="2"/>
       <c r="E222" s="2">
         <v>1236</v>
       </c>
       <c r="F222" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G222" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H222" s="2" t="s">
         <v>651</v>
       </c>
       <c r="I222" s="2">
         <v>143</v>
       </c>
       <c r="J222" s="2">
         <v>124</v>
       </c>
       <c r="K222" s="2">
         <v>150</v>
       </c>
       <c r="L222" s="2">
         <v>20</v>
       </c>
       <c r="M222" s="2">
         <v>0</v>
       </c>
       <c r="N222" s="2">
         <v>170</v>
       </c>
     </row>
     <row r="223" spans="1:14">
       <c r="A223" s="2">
         <v>109370</v>
       </c>
       <c r="B223" s="2" t="s">
         <v>652</v>
       </c>
       <c r="C223" s="2" t="s">
         <v>653</v>
       </c>
       <c r="D223" s="2"/>
       <c r="E223" s="2">
         <v>1133</v>
       </c>
       <c r="F223" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G223" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H223" s="2" t="s">
         <v>654</v>
       </c>
       <c r="I223" s="2">
         <v>144</v>
       </c>
       <c r="J223" s="2">
         <v>125</v>
       </c>
       <c r="K223" s="2">
         <v>150</v>
       </c>
       <c r="L223" s="2">
         <v>20</v>
       </c>
       <c r="M223" s="2">
         <v>0</v>
       </c>
       <c r="N223" s="2">
         <v>170</v>
       </c>