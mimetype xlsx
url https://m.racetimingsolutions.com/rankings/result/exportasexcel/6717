--- v1 (2026-01-02)
+++ v2 (2026-03-02)
@@ -1052,66 +1052,66 @@
   <si>
     <t>Ismail</t>
   </si>
   <si>
     <t>27:36:34</t>
   </si>
   <si>
     <t>Wee Joon</t>
   </si>
   <si>
     <t>Hock</t>
   </si>
   <si>
     <t>27:49:07</t>
   </si>
   <si>
     <t>Yuan</t>
   </si>
   <si>
     <t>Lu</t>
   </si>
   <si>
     <t>26:16:46</t>
   </si>
   <si>
+    <t>Abdul Rahman</t>
+  </si>
+  <si>
+    <t>Bin Bullah</t>
+  </si>
+  <si>
+    <t>26:16:52</t>
+  </si>
+  <si>
     <t>Ivan Citra</t>
   </si>
   <si>
     <t>Wijaya</t>
   </si>
   <si>
     <t>27:53:47</t>
-  </si>
-[...7 lines deleted...]
-    <t>26:16:52</t>
   </si>
   <si>
     <t>Hafiz Bin Aridin</t>
   </si>
   <si>
     <t>26:18:26</t>
   </si>
   <si>
     <t>Lee Hock</t>
   </si>
   <si>
     <t>27:58:22</t>
   </si>
   <si>
     <t>Azri Zainal</t>
   </si>
   <si>
     <t>26:26:41</t>
   </si>
   <si>
     <t>Loo Teik</t>
   </si>
   <si>
     <t>Thean</t>
   </si>
@@ -7038,130 +7038,130 @@
       </c>
       <c r="H111" s="2" t="s">
         <v>345</v>
       </c>
       <c r="I111" s="2">
         <v>55</v>
       </c>
       <c r="J111" s="2">
         <v>9</v>
       </c>
       <c r="K111" s="2">
         <v>150</v>
       </c>
       <c r="L111" s="2">
         <v>220</v>
       </c>
       <c r="M111" s="2">
         <v>0</v>
       </c>
       <c r="N111" s="2">
         <v>370</v>
       </c>
     </row>
     <row r="112" spans="1:14">
       <c r="A112" s="2">
-        <v>102004</v>
+        <v>109287</v>
       </c>
       <c r="B112" s="2" t="s">
         <v>346</v>
       </c>
       <c r="C112" s="2" t="s">
         <v>347</v>
       </c>
       <c r="D112" s="2"/>
       <c r="E112" s="2">
-        <v>1110</v>
+        <v>1268</v>
       </c>
       <c r="F112" s="2" t="s">
-        <v>111</v>
+        <v>16</v>
       </c>
       <c r="G112" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H112" s="2" t="s">
         <v>348</v>
       </c>
       <c r="I112" s="2">
         <v>56</v>
       </c>
       <c r="J112" s="2">
-        <v>41</v>
+        <v>47</v>
       </c>
       <c r="K112" s="2">
         <v>150</v>
       </c>
       <c r="L112" s="2">
-        <v>80</v>
+        <v>74</v>
       </c>
       <c r="M112" s="2">
         <v>0</v>
       </c>
       <c r="N112" s="2">
-        <v>230</v>
+        <v>224</v>
       </c>
     </row>
     <row r="113" spans="1:14">
       <c r="A113" s="2">
-        <v>109287</v>
+        <v>102004</v>
       </c>
       <c r="B113" s="2" t="s">
         <v>349</v>
       </c>
       <c r="C113" s="2" t="s">
         <v>350</v>
       </c>
       <c r="D113" s="2"/>
       <c r="E113" s="2">
-        <v>1268</v>
+        <v>1110</v>
       </c>
       <c r="F113" s="2" t="s">
-        <v>16</v>
+        <v>111</v>
       </c>
       <c r="G113" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H113" s="2" t="s">
         <v>351</v>
       </c>
       <c r="I113" s="2">
         <v>56</v>
       </c>
       <c r="J113" s="2">
-        <v>47</v>
+        <v>41</v>
       </c>
       <c r="K113" s="2">
         <v>150</v>
       </c>
       <c r="L113" s="2">
-        <v>74</v>
+        <v>80</v>
       </c>
       <c r="M113" s="2">
         <v>0</v>
       </c>
       <c r="N113" s="2">
-        <v>224</v>
+        <v>230</v>
       </c>
     </row>
     <row r="114" spans="1:14">
       <c r="A114" s="2">
         <v>105223</v>
       </c>
       <c r="B114" s="2" t="s">
         <v>221</v>
       </c>
       <c r="C114" s="2" t="s">
         <v>352</v>
       </c>
       <c r="D114" s="2"/>
       <c r="E114" s="2">
         <v>1217</v>
       </c>
       <c r="F114" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G114" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H114" s="2" t="s">
         <v>353</v>
       </c>