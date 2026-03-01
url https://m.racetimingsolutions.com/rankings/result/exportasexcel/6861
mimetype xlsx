--- v0 (2026-01-02)
+++ v1 (2026-03-01)
@@ -422,140 +422,140 @@
   <si>
     <t>09:15:08</t>
   </si>
   <si>
     <t>10:45:40</t>
   </si>
   <si>
     <t>Christoph</t>
   </si>
   <si>
     <t>Horsch</t>
   </si>
   <si>
     <t>09:16:59</t>
   </si>
   <si>
     <t>Luu</t>
   </si>
   <si>
     <t>Chí Hùng</t>
   </si>
   <si>
     <t>10:46:28</t>
   </si>
   <si>
+    <t>Trong Hieu</t>
+  </si>
+  <si>
+    <t>10:53:03</t>
+  </si>
+  <si>
     <t>Khắc Điền</t>
   </si>
   <si>
     <t>09:28:49</t>
   </si>
   <si>
-    <t>Trong Hieu</t>
-[...4 lines deleted...]
-  <si>
     <t>Gaetan</t>
   </si>
   <si>
     <t>Morizur</t>
   </si>
   <si>
     <t>10:54:44</t>
   </si>
   <si>
     <t>Truong</t>
   </si>
   <si>
     <t>Đình Cát</t>
   </si>
   <si>
     <t>09:29:19</t>
   </si>
   <si>
     <t>09:41:32</t>
   </si>
   <si>
     <t>Lam</t>
   </si>
   <si>
     <t>Van Thuan</t>
   </si>
   <si>
     <t>11:05:11</t>
   </si>
   <si>
+    <t>Axel</t>
+  </si>
+  <si>
+    <t>11:16:44</t>
+  </si>
+  <si>
     <t>09:42:26</t>
   </si>
   <si>
-    <t>Axel</t>
-[...2 lines deleted...]
-    <t>11:16:44</t>
+    <t>Thi Duong</t>
+  </si>
+  <si>
+    <t>11:16:45</t>
   </si>
   <si>
     <t>Dang Hieu</t>
   </si>
   <si>
     <t>09:50:18</t>
   </si>
   <si>
-    <t>Thi Duong</t>
-[...4 lines deleted...]
-  <si>
     <t>Richard</t>
   </si>
   <si>
     <t>Akol</t>
   </si>
   <si>
     <t>09:50:26</t>
   </si>
   <si>
     <t>Sebastien</t>
   </si>
   <si>
     <t>Gendera</t>
   </si>
   <si>
     <t>11:25:59</t>
   </si>
   <si>
+    <t>09:51:16</t>
+  </si>
+  <si>
     <t>Dong Ryong</t>
   </si>
   <si>
     <t>11:32:22</t>
   </si>
   <si>
-    <t>09:51:16</t>
-[...1 lines deleted...]
-  <si>
     <t>Duc</t>
   </si>
   <si>
     <t>Đức</t>
   </si>
   <si>
     <t>09:53:42</t>
   </si>
   <si>
     <t>Vo</t>
   </si>
   <si>
     <t>Văn Ngọc</t>
   </si>
   <si>
     <t>11:32:58</t>
   </si>
   <si>
     <t>Ann Jillian</t>
   </si>
   <si>
     <t>Pulanco</t>
   </si>
   <si>
     <t>11:33:25</t>
@@ -593,110 +593,110 @@
   <si>
     <t>Masafumi</t>
   </si>
   <si>
     <t>Yamamoto</t>
   </si>
   <si>
     <t>11:41:14</t>
   </si>
   <si>
     <t>Dinh Minh Anh</t>
   </si>
   <si>
     <t>11:43:11</t>
   </si>
   <si>
     <t>Jean-Luc</t>
   </si>
   <si>
     <t xml:space="preserve">Puong </t>
   </si>
   <si>
     <t>10:14:24</t>
   </si>
   <si>
+    <t>10:29:10</t>
+  </si>
+  <si>
     <t>Vu</t>
   </si>
   <si>
     <t>Văn Phán</t>
   </si>
   <si>
     <t>11:51:52</t>
   </si>
   <si>
-    <t>10:29:10</t>
-[...1 lines deleted...]
-  <si>
     <t>Stephane</t>
   </si>
   <si>
     <t>Laporte</t>
   </si>
   <si>
     <t>11:52:27</t>
   </si>
   <si>
     <t>Carrie</t>
   </si>
   <si>
     <t>Stander</t>
   </si>
   <si>
     <t>10:36:00</t>
   </si>
   <si>
     <t>Kent</t>
   </si>
   <si>
     <t>United States</t>
   </si>
   <si>
     <t>10:36:01</t>
   </si>
   <si>
     <t>Tranthai</t>
   </si>
   <si>
     <t>12:04:12</t>
   </si>
   <si>
+    <t>Quốc Trung</t>
+  </si>
+  <si>
+    <t>12:04:27</t>
+  </si>
+  <si>
     <t>Bui</t>
   </si>
   <si>
     <t>Tuan Linh</t>
   </si>
   <si>
     <t>10:37:12</t>
   </si>
   <si>
-    <t>Quốc Trung</t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">Po Seng </t>
   </si>
   <si>
     <t>Hoe</t>
   </si>
   <si>
     <t>Singapore</t>
   </si>
   <si>
     <t>10:37:57</t>
   </si>
   <si>
     <t>Laurent</t>
   </si>
   <si>
     <t>Mossan</t>
   </si>
   <si>
     <t>12:08:45</t>
   </si>
   <si>
     <t>Thanh Dũng</t>
   </si>
   <si>
     <t>10:41:39</t>
@@ -710,68 +710,68 @@
   <si>
     <t>12:11:02</t>
   </si>
   <si>
     <t>Enrique</t>
   </si>
   <si>
     <t>Lopez Manas</t>
   </si>
   <si>
     <t>10:45:54</t>
   </si>
   <si>
     <t xml:space="preserve">Moana </t>
   </si>
   <si>
     <t>O'Sullivan</t>
   </si>
   <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>12:21:31</t>
   </si>
   <si>
+    <t>Ta</t>
+  </si>
+  <si>
+    <t>Lê Huy</t>
+  </si>
+  <si>
+    <t>10:48:19</t>
+  </si>
+  <si>
     <t>Huynh</t>
   </si>
   <si>
     <t>Phuc Duy</t>
   </si>
   <si>
     <t>12:28:15</t>
   </si>
   <si>
-    <t>Ta</t>
-[...7 lines deleted...]
-  <si>
     <t>Phương Anh</t>
   </si>
   <si>
     <t>10:48:55</t>
   </si>
   <si>
     <t>Phan</t>
   </si>
   <si>
     <t>Huy Mạnh</t>
   </si>
   <si>
     <t>12:28:56</t>
   </si>
   <si>
     <t>Chitu</t>
   </si>
   <si>
     <t>Catalin</t>
   </si>
   <si>
     <t>12:31:51</t>
   </si>
   <si>
     <t>Manh Linh</t>
@@ -791,389 +791,389 @@
   <si>
     <t>10:49:31</t>
   </si>
   <si>
     <t>Zhongren</t>
   </si>
   <si>
     <t>Zeng</t>
   </si>
   <si>
     <t>China</t>
   </si>
   <si>
     <t>12:33:28</t>
   </si>
   <si>
     <t>Hideto</t>
   </si>
   <si>
     <t>Kumasaka</t>
   </si>
   <si>
     <t>10:57:22</t>
   </si>
   <si>
+    <t>Đông Định</t>
+  </si>
+  <si>
+    <t>11:02:37</t>
+  </si>
+  <si>
     <t>Ego</t>
   </si>
   <si>
     <t>Benoit</t>
   </si>
   <si>
     <t>12:33:45</t>
   </si>
   <si>
-    <t>Đông Định</t>
-[...4 lines deleted...]
-  <si>
     <t>Ngo</t>
   </si>
   <si>
     <t>Hung</t>
   </si>
   <si>
     <t>12:34:45</t>
   </si>
   <si>
     <t>Thiện Nhựt</t>
   </si>
   <si>
     <t>11:03:24</t>
   </si>
   <si>
     <t>Yohan</t>
   </si>
   <si>
     <t>Duflos</t>
   </si>
   <si>
     <t>11:07:45</t>
   </si>
   <si>
     <t>Koji</t>
   </si>
   <si>
     <t>Matsuo</t>
   </si>
   <si>
     <t>12:37:52</t>
   </si>
   <si>
+    <t>Ho</t>
+  </si>
+  <si>
+    <t>Quí Tấn Phước</t>
+  </si>
+  <si>
+    <t>12:44:56</t>
+  </si>
+  <si>
     <t>Aymeric</t>
   </si>
   <si>
     <t>Dehont</t>
   </si>
   <si>
     <t>11:07:46</t>
   </si>
   <si>
-    <t>Ho</t>
-[...5 lines deleted...]
-    <t>12:44:56</t>
+    <t>Hoang</t>
+  </si>
+  <si>
+    <t>12:45:17</t>
   </si>
   <si>
     <t>Thi Nguyet</t>
   </si>
   <si>
     <t>11:15:18</t>
   </si>
   <si>
-    <t>Hoang</t>
-[...4 lines deleted...]
-  <si>
     <t>Lukas</t>
   </si>
   <si>
     <t>Blauth</t>
   </si>
   <si>
     <t>12:55:56</t>
   </si>
   <si>
     <t>Thành Nghĩa</t>
   </si>
   <si>
     <t>11:15:24</t>
   </si>
   <si>
     <t>Quang Lâm Đồng</t>
   </si>
   <si>
     <t>Ekhman</t>
   </si>
   <si>
     <t>Mahmud</t>
   </si>
   <si>
     <t>12:58:09</t>
   </si>
   <si>
     <t>Aida</t>
   </si>
   <si>
     <t>Othman</t>
   </si>
   <si>
     <t>Minh Hoang</t>
   </si>
   <si>
     <t>11:19:34</t>
   </si>
   <si>
+    <t xml:space="preserve">Nguyễn Trần </t>
+  </si>
+  <si>
+    <t>Liển</t>
+  </si>
+  <si>
+    <t>11:24:12</t>
+  </si>
+  <si>
     <t>Cauchy</t>
   </si>
   <si>
     <t>13:01:31</t>
   </si>
   <si>
-    <t xml:space="preserve">Nguyễn Trần </t>
-[...5 lines deleted...]
-    <t>11:24:12</t>
+    <t>Khuong</t>
+  </si>
+  <si>
+    <t>Đình Thắng</t>
+  </si>
+  <si>
+    <t>13:02:48</t>
   </si>
   <si>
     <t>11:33:57</t>
   </si>
   <si>
-    <t>Khuong</t>
-[...7 lines deleted...]
-  <si>
     <t>11:37:33</t>
   </si>
   <si>
     <t>Văn Tùng</t>
   </si>
   <si>
     <t>13:04:14</t>
   </si>
   <si>
+    <t xml:space="preserve">Đặng Quốc </t>
+  </si>
+  <si>
+    <t>Tuấn</t>
+  </si>
+  <si>
+    <t>11:42:57</t>
+  </si>
+  <si>
     <t>Doan</t>
   </si>
   <si>
     <t>Phước Bảo Huy</t>
   </si>
   <si>
     <t>13:07:11</t>
   </si>
   <si>
-    <t xml:space="preserve">Đặng Quốc </t>
-[...7 lines deleted...]
-  <si>
     <t xml:space="preserve">Thanh Hải </t>
   </si>
   <si>
     <t>Nguyễn</t>
   </si>
   <si>
     <t>11:43:27</t>
   </si>
   <si>
     <t>Rex</t>
   </si>
   <si>
     <t>See</t>
   </si>
   <si>
     <t>13:07:24</t>
   </si>
   <si>
     <t>Dang</t>
   </si>
   <si>
     <t>13:21:01</t>
   </si>
   <si>
     <t xml:space="preserve">Lye Yang </t>
   </si>
   <si>
     <t>Suah</t>
   </si>
   <si>
     <t>11:46:22</t>
   </si>
   <si>
+    <t>11:46:41</t>
+  </si>
+  <si>
     <t>Huy</t>
   </si>
   <si>
     <t>13:21:34</t>
   </si>
   <si>
-    <t>11:46:41</t>
+    <t>Wei Ling</t>
+  </si>
+  <si>
+    <t>Huang</t>
+  </si>
+  <si>
+    <t>13:23:21</t>
   </si>
   <si>
     <t>11:46:55</t>
   </si>
   <si>
-    <t>Wei Ling</t>
-[...7 lines deleted...]
-  <si>
     <t>Thành</t>
   </si>
   <si>
     <t>13:24:23</t>
   </si>
   <si>
     <t xml:space="preserve">Lê Hồng Hải </t>
   </si>
   <si>
     <t>Nhân</t>
   </si>
   <si>
     <t>11:52:56</t>
   </si>
   <si>
+    <t>Le Phuong</t>
+  </si>
+  <si>
+    <t>Vy</t>
+  </si>
+  <si>
+    <t>11:53:51</t>
+  </si>
+  <si>
     <t>Le Nguyen</t>
   </si>
   <si>
     <t>Trọng Nhân</t>
   </si>
   <si>
     <t>13:24:57</t>
   </si>
   <si>
-    <t>Le Phuong</t>
-[...7 lines deleted...]
-  <si>
     <t xml:space="preserve">Hồ Minh </t>
   </si>
   <si>
     <t>11:55:05</t>
   </si>
   <si>
     <t>Patrick</t>
   </si>
   <si>
     <t>Hanna</t>
   </si>
   <si>
     <t>13:26:25</t>
   </si>
   <si>
+    <t>Thắng</t>
+  </si>
+  <si>
+    <t>13:31:28</t>
+  </si>
+  <si>
     <t xml:space="preserve">Lê Nguyễn Trọng </t>
   </si>
   <si>
     <t>11:56:02</t>
   </si>
   <si>
-    <t>Thắng</t>
-[...4 lines deleted...]
-  <si>
     <t>Yuichi</t>
   </si>
   <si>
     <t>Okazaki</t>
   </si>
   <si>
     <t>12:00:23</t>
   </si>
   <si>
     <t>Hiroshi</t>
   </si>
   <si>
     <t>Sahara</t>
   </si>
   <si>
     <t>13:36:24</t>
   </si>
   <si>
+    <t xml:space="preserve">Bùi Minh </t>
+  </si>
+  <si>
+    <t>12:04:04</t>
+  </si>
+  <si>
     <t xml:space="preserve">Tu </t>
   </si>
   <si>
     <t>13:37:42</t>
   </si>
   <si>
-    <t xml:space="preserve">Bùi Minh </t>
-[...2 lines deleted...]
-    <t>12:04:04</t>
+    <t>Dominique</t>
+  </si>
+  <si>
+    <t>Luzinaud</t>
   </si>
   <si>
     <t>Đức Toàn</t>
   </si>
   <si>
     <t>13:38:04</t>
   </si>
   <si>
-    <t>Dominique</t>
-[...2 lines deleted...]
-    <t>Luzinaud</t>
+    <t>13:48:31</t>
   </si>
   <si>
     <t xml:space="preserve">Nguyễn Trung </t>
   </si>
   <si>
     <t>Kiên</t>
   </si>
   <si>
     <t>12:04:49</t>
   </si>
   <si>
-    <t>13:48:31</t>
-[...1 lines deleted...]
-  <si>
     <t>Kushantha</t>
   </si>
   <si>
     <t>Jeerasinghe</t>
   </si>
   <si>
     <t>13:49:55</t>
   </si>
   <si>
     <t xml:space="preserve">Simon </t>
   </si>
   <si>
     <t>Sanguin</t>
   </si>
   <si>
     <t>12:05:29</t>
   </si>
   <si>
     <t>Khoi</t>
   </si>
   <si>
     <t>13:51:36</t>
   </si>
   <si>
     <t xml:space="preserve">Nguyen Duy </t>
@@ -1193,266 +1193,266 @@
   <si>
     <t>Sapronov</t>
   </si>
   <si>
     <t>Russia</t>
   </si>
   <si>
     <t>13:59:52</t>
   </si>
   <si>
     <t xml:space="preserve">Nguyễn Tiến </t>
   </si>
   <si>
     <t>Nam</t>
   </si>
   <si>
     <t>12:12:27</t>
   </si>
   <si>
     <t>Mạnh Hà</t>
   </si>
   <si>
     <t>14:06:23</t>
   </si>
   <si>
+    <t>Van Anh</t>
+  </si>
+  <si>
+    <t>14:09:57</t>
+  </si>
+  <si>
     <t xml:space="preserve">Nguyễn Văn </t>
   </si>
   <si>
     <t>12:13:17</t>
   </si>
   <si>
-    <t>Van Anh</t>
-[...2 lines deleted...]
-    <t>14:09:57</t>
+    <t xml:space="preserve">Lương Tất </t>
+  </si>
+  <si>
+    <t>Hùng</t>
+  </si>
+  <si>
+    <t>12:15:43</t>
   </si>
   <si>
     <t>Xuân Bách</t>
   </si>
   <si>
     <t>14:13:36</t>
   </si>
   <si>
-    <t xml:space="preserve">Lương Tất </t>
-[...7 lines deleted...]
-  <si>
     <t xml:space="preserve">Nguyễn Bảo </t>
   </si>
   <si>
     <t>Quốc</t>
   </si>
   <si>
     <t>12:18:20</t>
   </si>
   <si>
     <t>14:14:23</t>
   </si>
   <si>
+    <t>Tuấn Hùng</t>
+  </si>
+  <si>
+    <t>14:16:44</t>
+  </si>
+  <si>
     <t>Henk</t>
   </si>
   <si>
     <t>Botha</t>
   </si>
   <si>
     <t>12:18:47</t>
   </si>
   <si>
-    <t>Tuấn Hùng</t>
-[...4 lines deleted...]
-  <si>
     <t>Joris</t>
   </si>
   <si>
     <t>Heylen</t>
   </si>
   <si>
     <t>12:18:49</t>
   </si>
   <si>
     <t>Minh Trí</t>
   </si>
   <si>
     <t>14:31:13</t>
   </si>
   <si>
     <t xml:space="preserve">Roussel </t>
   </si>
   <si>
     <t>12:20:09</t>
   </si>
   <si>
     <t>Thị Minh Phú</t>
   </si>
   <si>
     <t>14:31:14</t>
   </si>
   <si>
+    <t>Viết Cường Cường</t>
+  </si>
+  <si>
+    <t>14:36:42</t>
+  </si>
+  <si>
     <t xml:space="preserve">Hà Thị Thanh </t>
   </si>
   <si>
     <t>Huyền</t>
   </si>
   <si>
     <t>12:20:46</t>
   </si>
   <si>
-    <t>Viết Cường Cường</t>
-[...2 lines deleted...]
-    <t>14:36:42</t>
+    <t xml:space="preserve">Nguyen </t>
+  </si>
+  <si>
+    <t>Dinh</t>
+  </si>
+  <si>
+    <t>12:21:46</t>
   </si>
   <si>
     <t>Trọng</t>
   </si>
   <si>
     <t>14:44:06</t>
   </si>
   <si>
-    <t xml:space="preserve">Nguyen </t>
-[...7 lines deleted...]
-  <si>
     <t>Hanno</t>
   </si>
   <si>
     <t>Stamm</t>
   </si>
   <si>
     <t>14:44:36</t>
   </si>
   <si>
     <t>Christine Ruth</t>
   </si>
   <si>
     <t>Salazar</t>
   </si>
   <si>
     <t>12:22:23</t>
   </si>
   <si>
     <t xml:space="preserve">Nguyễn Ngọc </t>
   </si>
   <si>
     <t>Huân</t>
   </si>
   <si>
     <t>12:25:31</t>
   </si>
   <si>
     <t>Hoanh Tien</t>
   </si>
   <si>
     <t>14:59:12</t>
   </si>
   <si>
+    <t>Linh</t>
+  </si>
+  <si>
+    <t>15:08:32</t>
+  </si>
+  <si>
     <t xml:space="preserve">Bui Minh </t>
   </si>
   <si>
     <t>Phuong</t>
   </si>
   <si>
     <t>12:26:16</t>
   </si>
   <si>
-    <t>Linh</t>
-[...2 lines deleted...]
-    <t>15:08:32</t>
+    <t>Hồng</t>
+  </si>
+  <si>
+    <t>12:27:44</t>
   </si>
   <si>
     <t>Ohm</t>
   </si>
   <si>
     <t>Malaihom</t>
   </si>
   <si>
     <t>15:17:49</t>
   </si>
   <si>
-    <t>Hồng</t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">Trần </t>
   </si>
   <si>
     <t>Minh</t>
   </si>
   <si>
     <t>12:31:07</t>
   </si>
   <si>
     <t>15:18:39</t>
   </si>
   <si>
     <t>Mohammad Redzuan</t>
   </si>
   <si>
     <t>Ali</t>
   </si>
   <si>
     <t>Brunei</t>
   </si>
   <si>
     <t>12:31:45</t>
   </si>
   <si>
     <t>Van Binh</t>
   </si>
   <si>
+    <t>Vu Thang</t>
+  </si>
+  <si>
+    <t>15:19:15</t>
+  </si>
+  <si>
     <t>Nguyen Ba Anh</t>
   </si>
   <si>
     <t>Dung</t>
   </si>
   <si>
     <t>12:33:38</t>
   </si>
   <si>
-    <t>Vu Thang</t>
-[...4 lines deleted...]
-  <si>
     <t>Trung Đức</t>
   </si>
   <si>
     <t>15:20:54</t>
   </si>
   <si>
     <t>Filip</t>
   </si>
   <si>
     <t>Lenaerts</t>
   </si>
   <si>
     <t>Belgium</t>
   </si>
   <si>
     <t>12:35:48</t>
   </si>
   <si>
     <t>Ma. Khatrina</t>
   </si>
   <si>
     <t>Visperas</t>
   </si>
   <si>
     <t>12:35:53</t>
@@ -1496,306 +1496,306 @@
   <si>
     <t>Dũng</t>
   </si>
   <si>
     <t>12:43:14</t>
   </si>
   <si>
     <t xml:space="preserve">Young Pyo </t>
   </si>
   <si>
     <t>Hong</t>
   </si>
   <si>
     <t>12:44:18</t>
   </si>
   <si>
     <t>Marcel</t>
   </si>
   <si>
     <t>Lennartz</t>
   </si>
   <si>
     <t>15:40:54</t>
   </si>
   <si>
+    <t>Thuy</t>
+  </si>
+  <si>
+    <t>15:43:42</t>
+  </si>
+  <si>
     <t xml:space="preserve">Piyawat </t>
   </si>
   <si>
     <t>Nangam</t>
   </si>
   <si>
     <t>12:44:50</t>
   </si>
   <si>
-    <t>Thuy</t>
-[...4 lines deleted...]
-  <si>
     <t>Trungha</t>
   </si>
   <si>
     <t>15:45:19</t>
   </si>
   <si>
     <t xml:space="preserve">Lê Thanh </t>
   </si>
   <si>
     <t>Cường</t>
   </si>
   <si>
     <t>12:47:06</t>
   </si>
   <si>
     <t xml:space="preserve">Teng Yam </t>
   </si>
   <si>
     <t>Goh</t>
   </si>
   <si>
     <t>15:45:20</t>
   </si>
   <si>
     <t xml:space="preserve">Mai Trọng </t>
   </si>
   <si>
     <t>Ngân</t>
   </si>
   <si>
     <t>12:47:15</t>
   </si>
   <si>
     <t>12:47:37</t>
   </si>
   <si>
     <t>Minh Tuan</t>
   </si>
   <si>
     <t>15:48:04</t>
   </si>
   <si>
     <t>Tiến Thịnh</t>
   </si>
   <si>
     <t>16:01:33</t>
   </si>
   <si>
+    <t xml:space="preserve">Nguyễn Tài </t>
+  </si>
+  <si>
+    <t>12:47:50</t>
+  </si>
+  <si>
     <t>Hải</t>
   </si>
   <si>
     <t>16:03:54</t>
   </si>
   <si>
-    <t xml:space="preserve">Nguyễn Tài </t>
-[...2 lines deleted...]
-    <t>12:47:50</t>
+    <t xml:space="preserve">Tran Anh </t>
+  </si>
+  <si>
+    <t>12:48:00</t>
   </si>
   <si>
     <t>Hiếu</t>
   </si>
   <si>
     <t>16:03:55</t>
   </si>
   <si>
-    <t xml:space="preserve">Tran Anh </t>
-[...4 lines deleted...]
-  <si>
     <t>Minh Phương</t>
   </si>
   <si>
     <t>16:03:56</t>
   </si>
   <si>
     <t xml:space="preserve">Do Huu </t>
   </si>
   <si>
     <t>Trung</t>
   </si>
   <si>
     <t>12:49:37</t>
   </si>
   <si>
+    <t xml:space="preserve">Nguyen Anh </t>
+  </si>
+  <si>
+    <t>Tuan</t>
+  </si>
+  <si>
+    <t>12:51:53</t>
+  </si>
+  <si>
     <t>Trong Giap</t>
   </si>
   <si>
     <t>16:03:59</t>
   </si>
   <si>
-    <t xml:space="preserve">Nguyen Anh </t>
-[...5 lines deleted...]
-    <t>12:51:53</t>
+    <t xml:space="preserve">Voineau </t>
+  </si>
+  <si>
+    <t>12:56:06</t>
   </si>
   <si>
     <t>Giang</t>
   </si>
   <si>
     <t>16:04:53</t>
   </si>
   <si>
-    <t xml:space="preserve">Voineau </t>
-[...2 lines deleted...]
-    <t>12:56:06</t>
+    <t>My</t>
+  </si>
+  <si>
+    <t>16:06:20</t>
   </si>
   <si>
     <t>Hoàng</t>
   </si>
   <si>
     <t>12:58:52</t>
   </si>
   <si>
-    <t>My</t>
-[...4 lines deleted...]
-  <si>
     <t>Ngân Sơn</t>
   </si>
   <si>
     <t>16:06:35</t>
   </si>
   <si>
     <t>Phạm Tiến</t>
   </si>
   <si>
     <t>12:59:07</t>
   </si>
   <si>
     <t xml:space="preserve">Đinh Thanh </t>
   </si>
   <si>
     <t>Tùng</t>
   </si>
   <si>
     <t>12:59:35</t>
   </si>
   <si>
     <t>16:18:06</t>
   </si>
   <si>
+    <t>Kho</t>
+  </si>
+  <si>
+    <t>Guan Kheng</t>
+  </si>
+  <si>
+    <t>16:19:21</t>
+  </si>
+  <si>
     <t>12:59:36</t>
   </si>
   <si>
-    <t>Kho</t>
-[...7 lines deleted...]
-  <si>
     <t>Hai Yen</t>
   </si>
   <si>
     <t>16:20:13</t>
   </si>
   <si>
     <t>Châu Hoài Giang</t>
   </si>
   <si>
     <t>13:00:23</t>
   </si>
   <si>
+    <t>13:02:22</t>
+  </si>
+  <si>
     <t>Quốc Tuấn</t>
   </si>
   <si>
     <t>16:20:14</t>
   </si>
   <si>
-    <t>13:02:22</t>
+    <t>Luong</t>
+  </si>
+  <si>
+    <t>16:29:39</t>
   </si>
   <si>
     <t>Mai</t>
   </si>
   <si>
     <t>Văn Chính</t>
   </si>
   <si>
     <t>13:19:31</t>
   </si>
   <si>
-    <t>Luong</t>
-[...4 lines deleted...]
-  <si>
     <t>Đình Gia</t>
   </si>
   <si>
     <t>13:21:16</t>
   </si>
   <si>
     <t>Liang Shen</t>
   </si>
   <si>
     <t>Tseng</t>
   </si>
   <si>
     <t>Taiwan</t>
   </si>
   <si>
     <t>16:42:30</t>
   </si>
   <si>
+    <t>Mưu Tiến</t>
+  </si>
+  <si>
+    <t>13:11:13</t>
+  </si>
+  <si>
     <t>Christopher</t>
   </si>
   <si>
     <t>Scheller</t>
   </si>
   <si>
     <t>16:52:19</t>
   </si>
   <si>
-    <t>Mưu Tiến</t>
-[...2 lines deleted...]
-    <t>13:11:13</t>
+    <t>Ngọc Chương</t>
+  </si>
+  <si>
+    <t>13:12:30</t>
   </si>
   <si>
     <t>Thanh Tuấn Anh</t>
   </si>
   <si>
     <t>16:57:05</t>
-  </si>
-[...4 lines deleted...]
-    <t>13:12:30</t>
   </si>
   <si>
     <t>Phuc Yen</t>
   </si>
   <si>
     <t>16:57:08</t>
   </si>
   <si>
     <t>Kim Khanh</t>
   </si>
   <si>
     <t>17:10:16</t>
   </si>
   <si>
     <t>Phương</t>
   </si>
   <si>
     <t>17:19:14</t>
   </si>
   <si>
     <t>Hoang Yen</t>
   </si>
   <si>
     <t>Đức Thành</t>
   </si>
@@ -3994,130 +3994,130 @@
       </c>
       <c r="H39" s="2" t="s">
         <v>135</v>
       </c>
       <c r="I39" s="2">
         <v>19</v>
       </c>
       <c r="J39" s="2">
         <v>18</v>
       </c>
       <c r="K39" s="2">
         <v>100</v>
       </c>
       <c r="L39" s="2">
         <v>130</v>
       </c>
       <c r="M39" s="2">
         <v>0</v>
       </c>
       <c r="N39" s="2">
         <v>230</v>
       </c>
     </row>
     <row r="40" spans="1:14">
       <c r="A40" s="2">
-        <v>113887</v>
+        <v>108291</v>
       </c>
       <c r="B40" s="2" t="s">
-        <v>84</v>
+        <v>39</v>
       </c>
       <c r="C40" s="2" t="s">
         <v>136</v>
       </c>
       <c r="D40" s="2"/>
       <c r="E40" s="2">
-        <v>70263</v>
+        <v>7066</v>
       </c>
       <c r="F40" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G40" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H40" s="2" t="s">
         <v>137</v>
       </c>
       <c r="I40" s="2">
         <v>20</v>
       </c>
       <c r="J40" s="2">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="K40" s="2">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="L40" s="2">
-        <v>140</v>
+        <v>120</v>
       </c>
       <c r="M40" s="2">
         <v>0</v>
       </c>
       <c r="N40" s="2">
-        <v>290</v>
+        <v>220</v>
       </c>
     </row>
     <row r="41" spans="1:14">
       <c r="A41" s="2">
-        <v>108291</v>
+        <v>113887</v>
       </c>
       <c r="B41" s="2" t="s">
-        <v>39</v>
+        <v>84</v>
       </c>
       <c r="C41" s="2" t="s">
         <v>138</v>
       </c>
       <c r="D41" s="2"/>
       <c r="E41" s="2">
-        <v>7066</v>
+        <v>70263</v>
       </c>
       <c r="F41" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G41" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H41" s="2" t="s">
         <v>139</v>
       </c>
       <c r="I41" s="2">
         <v>20</v>
       </c>
       <c r="J41" s="2">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="K41" s="2">
-        <v>100</v>
+        <v>150</v>
       </c>
       <c r="L41" s="2">
-        <v>120</v>
+        <v>140</v>
       </c>
       <c r="M41" s="2">
         <v>0</v>
       </c>
       <c r="N41" s="2">
-        <v>220</v>
+        <v>290</v>
       </c>
     </row>
     <row r="42" spans="1:14">
       <c r="A42" s="2">
         <v>101098</v>
       </c>
       <c r="B42" s="2" t="s">
         <v>140</v>
       </c>
       <c r="C42" s="2" t="s">
         <v>141</v>
       </c>
       <c r="D42" s="2"/>
       <c r="E42" s="2">
         <v>7080</v>
       </c>
       <c r="F42" s="2" t="s">
         <v>33</v>
       </c>
       <c r="G42" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H42" s="2" t="s">
         <v>142</v>
       </c>
@@ -4246,214 +4246,214 @@
       </c>
       <c r="H45" s="2" t="s">
         <v>149</v>
       </c>
       <c r="I45" s="2">
         <v>22</v>
       </c>
       <c r="J45" s="2">
         <v>21</v>
       </c>
       <c r="K45" s="2">
         <v>100</v>
       </c>
       <c r="L45" s="2">
         <v>100</v>
       </c>
       <c r="M45" s="2">
         <v>0</v>
       </c>
       <c r="N45" s="2">
         <v>200</v>
       </c>
     </row>
     <row r="46" spans="1:14">
       <c r="A46" s="2">
-        <v>105546</v>
+        <v>108294</v>
       </c>
       <c r="B46" s="2" t="s">
-        <v>39</v>
+        <v>150</v>
       </c>
       <c r="C46" s="2" t="s">
-        <v>94</v>
+        <v>150</v>
       </c>
       <c r="D46" s="2"/>
       <c r="E46" s="2">
-        <v>70097</v>
+        <v>7133</v>
       </c>
       <c r="F46" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G46" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H46" s="2" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="I46" s="2">
         <v>23</v>
       </c>
       <c r="J46" s="2">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="K46" s="2">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="L46" s="2">
-        <v>110</v>
+        <v>99</v>
       </c>
       <c r="M46" s="2">
         <v>0</v>
       </c>
       <c r="N46" s="2">
-        <v>260</v>
+        <v>199</v>
       </c>
     </row>
     <row r="47" spans="1:14">
       <c r="A47" s="2">
-        <v>108294</v>
+        <v>105546</v>
       </c>
       <c r="B47" s="2" t="s">
-        <v>151</v>
+        <v>39</v>
       </c>
       <c r="C47" s="2" t="s">
-        <v>151</v>
+        <v>94</v>
       </c>
       <c r="D47" s="2"/>
       <c r="E47" s="2">
-        <v>7133</v>
+        <v>70097</v>
       </c>
       <c r="F47" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G47" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H47" s="2" t="s">
         <v>152</v>
       </c>
       <c r="I47" s="2">
         <v>23</v>
       </c>
       <c r="J47" s="2">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="K47" s="2">
-        <v>100</v>
+        <v>150</v>
       </c>
       <c r="L47" s="2">
-        <v>99</v>
+        <v>110</v>
       </c>
       <c r="M47" s="2">
         <v>0</v>
       </c>
       <c r="N47" s="2">
-        <v>199</v>
+        <v>260</v>
       </c>
     </row>
     <row r="48" spans="1:14">
       <c r="A48" s="2">
-        <v>113890</v>
+        <v>105154</v>
       </c>
       <c r="B48" s="2" t="s">
+        <v>153</v>
+      </c>
+      <c r="C48" s="2" t="s">
         <v>39</v>
-      </c>
-[...1 lines deleted...]
-        <v>153</v>
       </c>
       <c r="D48" s="2"/>
       <c r="E48" s="2">
-        <v>70282</v>
+        <v>7153</v>
       </c>
       <c r="F48" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G48" s="2" t="s">
-        <v>17</v>
+        <v>67</v>
       </c>
       <c r="H48" s="2" t="s">
         <v>154</v>
       </c>
       <c r="I48" s="2">
         <v>24</v>
       </c>
       <c r="J48" s="2">
-        <v>21</v>
+        <v>2</v>
       </c>
       <c r="K48" s="2">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="L48" s="2">
-        <v>100</v>
+        <v>350</v>
       </c>
       <c r="M48" s="2">
         <v>0</v>
       </c>
       <c r="N48" s="2">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="49" spans="1:14">
       <c r="A49" s="2">
-        <v>105154</v>
+        <v>113890</v>
       </c>
       <c r="B49" s="2" t="s">
+        <v>39</v>
+      </c>
+      <c r="C49" s="2" t="s">
         <v>155</v>
-      </c>
-[...1 lines deleted...]
-        <v>39</v>
       </c>
       <c r="D49" s="2"/>
       <c r="E49" s="2">
-        <v>7153</v>
+        <v>70282</v>
       </c>
       <c r="F49" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G49" s="2" t="s">
-        <v>67</v>
+        <v>17</v>
       </c>
       <c r="H49" s="2" t="s">
         <v>156</v>
       </c>
       <c r="I49" s="2">
         <v>24</v>
       </c>
       <c r="J49" s="2">
-        <v>2</v>
+        <v>21</v>
       </c>
       <c r="K49" s="2">
-        <v>100</v>
+        <v>150</v>
       </c>
       <c r="L49" s="2">
-        <v>350</v>
+        <v>100</v>
       </c>
       <c r="M49" s="2">
         <v>0</v>
       </c>
       <c r="N49" s="2">
-        <v>450</v>
+        <v>250</v>
       </c>
     </row>
     <row r="50" spans="1:14">
       <c r="A50" s="2">
         <v>109096</v>
       </c>
       <c r="B50" s="2" t="s">
         <v>157</v>
       </c>
       <c r="C50" s="2" t="s">
         <v>158</v>
       </c>
       <c r="D50" s="2"/>
       <c r="E50" s="2">
         <v>70291</v>
       </c>
       <c r="F50" s="2" t="s">
         <v>114</v>
       </c>
       <c r="G50" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H50" s="2" t="s">
         <v>159</v>
       </c>
@@ -4498,130 +4498,130 @@
       </c>
       <c r="H51" s="2" t="s">
         <v>162</v>
       </c>
       <c r="I51" s="2">
         <v>25</v>
       </c>
       <c r="J51" s="2">
         <v>23</v>
       </c>
       <c r="K51" s="2">
         <v>100</v>
       </c>
       <c r="L51" s="2">
         <v>98</v>
       </c>
       <c r="M51" s="2">
         <v>0</v>
       </c>
       <c r="N51" s="2">
         <v>198</v>
       </c>
     </row>
     <row r="52" spans="1:14">
       <c r="A52" s="2">
-        <v>108296</v>
+        <v>108290</v>
       </c>
       <c r="B52" s="2" t="s">
-        <v>163</v>
+        <v>133</v>
       </c>
       <c r="C52" s="2" t="s">
-        <v>65</v>
+        <v>134</v>
       </c>
       <c r="D52" s="2"/>
       <c r="E52" s="2">
-        <v>7117</v>
+        <v>70203</v>
       </c>
       <c r="F52" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G52" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H52" s="2" t="s">
-        <v>164</v>
+        <v>163</v>
       </c>
       <c r="I52" s="2">
         <v>26</v>
       </c>
       <c r="J52" s="2">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="K52" s="2">
-        <v>100</v>
+        <v>150</v>
       </c>
       <c r="L52" s="2">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="M52" s="2">
         <v>0</v>
       </c>
       <c r="N52" s="2">
-        <v>197</v>
+        <v>248</v>
       </c>
     </row>
     <row r="53" spans="1:14">
       <c r="A53" s="2">
-        <v>108290</v>
+        <v>108296</v>
       </c>
       <c r="B53" s="2" t="s">
-        <v>133</v>
+        <v>164</v>
       </c>
       <c r="C53" s="2" t="s">
-        <v>134</v>
+        <v>65</v>
       </c>
       <c r="D53" s="2"/>
       <c r="E53" s="2">
-        <v>70203</v>
+        <v>7117</v>
       </c>
       <c r="F53" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G53" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H53" s="2" t="s">
         <v>165</v>
       </c>
       <c r="I53" s="2">
         <v>26</v>
       </c>
       <c r="J53" s="2">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K53" s="2">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="L53" s="2">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="M53" s="2">
         <v>0</v>
       </c>
       <c r="N53" s="2">
-        <v>248</v>
+        <v>197</v>
       </c>
     </row>
     <row r="54" spans="1:14">
       <c r="A54" s="2">
         <v>113892</v>
       </c>
       <c r="B54" s="2" t="s">
         <v>166</v>
       </c>
       <c r="C54" s="2" t="s">
         <v>167</v>
       </c>
       <c r="D54" s="2"/>
       <c r="E54" s="2">
         <v>70093</v>
       </c>
       <c r="F54" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G54" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H54" s="2" t="s">
         <v>168</v>
       </c>
@@ -5002,130 +5002,130 @@
       </c>
       <c r="H63" s="2" t="s">
         <v>192</v>
       </c>
       <c r="I63" s="2">
         <v>31</v>
       </c>
       <c r="J63" s="2">
         <v>28</v>
       </c>
       <c r="K63" s="2">
         <v>150</v>
       </c>
       <c r="L63" s="2">
         <v>93</v>
       </c>
       <c r="M63" s="2">
         <v>0</v>
       </c>
       <c r="N63" s="2">
         <v>243</v>
       </c>
     </row>
     <row r="64" spans="1:14">
       <c r="A64" s="2">
-        <v>108301</v>
+        <v>104852</v>
       </c>
       <c r="B64" s="2" t="s">
-        <v>193</v>
+        <v>123</v>
       </c>
       <c r="C64" s="2" t="s">
-        <v>194</v>
+        <v>124</v>
       </c>
       <c r="D64" s="2"/>
       <c r="E64" s="2">
-        <v>7004</v>
+        <v>70292</v>
       </c>
       <c r="F64" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G64" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H64" s="2" t="s">
-        <v>195</v>
+        <v>193</v>
       </c>
       <c r="I64" s="2">
         <v>32</v>
       </c>
       <c r="J64" s="2">
         <v>29</v>
       </c>
       <c r="K64" s="2">
-        <v>100</v>
+        <v>150</v>
       </c>
       <c r="L64" s="2">
         <v>92</v>
       </c>
       <c r="M64" s="2">
         <v>0</v>
       </c>
       <c r="N64" s="2">
-        <v>192</v>
+        <v>242</v>
       </c>
     </row>
     <row r="65" spans="1:14">
       <c r="A65" s="2">
-        <v>104852</v>
+        <v>108301</v>
       </c>
       <c r="B65" s="2" t="s">
-        <v>123</v>
+        <v>194</v>
       </c>
       <c r="C65" s="2" t="s">
-        <v>124</v>
+        <v>195</v>
       </c>
       <c r="D65" s="2"/>
       <c r="E65" s="2">
-        <v>70292</v>
+        <v>7004</v>
       </c>
       <c r="F65" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G65" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H65" s="2" t="s">
         <v>196</v>
       </c>
       <c r="I65" s="2">
         <v>32</v>
       </c>
       <c r="J65" s="2">
         <v>29</v>
       </c>
       <c r="K65" s="2">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="L65" s="2">
         <v>92</v>
       </c>
       <c r="M65" s="2">
         <v>0</v>
       </c>
       <c r="N65" s="2">
-        <v>242</v>
+        <v>192</v>
       </c>
     </row>
     <row r="66" spans="1:14">
       <c r="A66" s="2">
         <v>108302</v>
       </c>
       <c r="B66" s="2" t="s">
         <v>197</v>
       </c>
       <c r="C66" s="2" t="s">
         <v>198</v>
       </c>
       <c r="D66" s="2"/>
       <c r="E66" s="2">
         <v>7086</v>
       </c>
       <c r="F66" s="2" t="s">
         <v>33</v>
       </c>
       <c r="G66" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H66" s="2" t="s">
         <v>199</v>
       </c>
@@ -5254,130 +5254,130 @@
       </c>
       <c r="H69" s="2" t="s">
         <v>207</v>
       </c>
       <c r="I69" s="2">
         <v>34</v>
       </c>
       <c r="J69" s="2">
         <v>31</v>
       </c>
       <c r="K69" s="2">
         <v>100</v>
       </c>
       <c r="L69" s="2">
         <v>90</v>
       </c>
       <c r="M69" s="2">
         <v>0</v>
       </c>
       <c r="N69" s="2">
         <v>190</v>
       </c>
     </row>
     <row r="70" spans="1:14">
       <c r="A70" s="2">
-        <v>101749</v>
+        <v>108304</v>
       </c>
       <c r="B70" s="2" t="s">
+        <v>39</v>
+      </c>
+      <c r="C70" s="2" t="s">
         <v>208</v>
-      </c>
-[...1 lines deleted...]
-        <v>209</v>
       </c>
       <c r="D70" s="2"/>
       <c r="E70" s="2">
-        <v>70143</v>
+        <v>7163</v>
       </c>
       <c r="F70" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G70" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H70" s="2" t="s">
-        <v>210</v>
+        <v>209</v>
       </c>
       <c r="I70" s="2">
         <v>35</v>
       </c>
       <c r="J70" s="2">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="K70" s="2">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="L70" s="2">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="M70" s="2">
         <v>0</v>
       </c>
       <c r="N70" s="2">
-        <v>240</v>
+        <v>189</v>
       </c>
     </row>
     <row r="71" spans="1:14">
       <c r="A71" s="2">
-        <v>108304</v>
+        <v>101749</v>
       </c>
       <c r="B71" s="2" t="s">
-        <v>39</v>
+        <v>210</v>
       </c>
       <c r="C71" s="2" t="s">
         <v>211</v>
       </c>
       <c r="D71" s="2"/>
       <c r="E71" s="2">
-        <v>7163</v>
+        <v>70143</v>
       </c>
       <c r="F71" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G71" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H71" s="2" t="s">
         <v>212</v>
       </c>
       <c r="I71" s="2">
         <v>35</v>
       </c>
       <c r="J71" s="2">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="K71" s="2">
-        <v>100</v>
+        <v>150</v>
       </c>
       <c r="L71" s="2">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="M71" s="2">
         <v>0</v>
       </c>
       <c r="N71" s="2">
-        <v>189</v>
+        <v>240</v>
       </c>
     </row>
     <row r="72" spans="1:14">
       <c r="A72" s="2">
         <v>105214</v>
       </c>
       <c r="B72" s="2" t="s">
         <v>213</v>
       </c>
       <c r="C72" s="2" t="s">
         <v>214</v>
       </c>
       <c r="D72" s="2"/>
       <c r="E72" s="2">
         <v>70148</v>
       </c>
       <c r="F72" s="2" t="s">
         <v>215</v>
       </c>
       <c r="G72" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H72" s="2" t="s">
         <v>216</v>
       </c>
@@ -5588,138 +5588,138 @@
       </c>
       <c r="H77" s="2" t="s">
         <v>231</v>
       </c>
       <c r="I77" s="2">
         <v>38</v>
       </c>
       <c r="J77" s="2">
         <v>4</v>
       </c>
       <c r="K77" s="2">
         <v>100</v>
       </c>
       <c r="L77" s="2">
         <v>300</v>
       </c>
       <c r="M77" s="2">
         <v>0</v>
       </c>
       <c r="N77" s="2">
         <v>400</v>
       </c>
     </row>
     <row r="78" spans="1:14">
       <c r="A78" s="2">
-        <v>108307</v>
+        <v>113899</v>
       </c>
       <c r="B78" s="2" t="s">
         <v>232</v>
       </c>
       <c r="C78" s="2" t="s">
         <v>233</v>
       </c>
       <c r="D78" s="2"/>
       <c r="E78" s="2">
-        <v>7061</v>
+        <v>70030</v>
       </c>
       <c r="F78" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G78" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H78" s="2" t="s">
         <v>234</v>
       </c>
       <c r="I78" s="2">
         <v>39</v>
       </c>
       <c r="J78" s="2">
         <v>35</v>
       </c>
       <c r="K78" s="2">
-        <v>100</v>
+        <v>150</v>
       </c>
       <c r="L78" s="2">
         <v>86</v>
       </c>
       <c r="M78" s="2">
         <v>0</v>
       </c>
       <c r="N78" s="2">
-        <v>186</v>
+        <v>236</v>
       </c>
     </row>
     <row r="79" spans="1:14">
       <c r="A79" s="2">
-        <v>113899</v>
+        <v>108307</v>
       </c>
       <c r="B79" s="2" t="s">
         <v>235</v>
       </c>
       <c r="C79" s="2" t="s">
         <v>236</v>
       </c>
       <c r="D79" s="2"/>
       <c r="E79" s="2">
-        <v>70030</v>
+        <v>7061</v>
       </c>
       <c r="F79" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G79" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H79" s="2" t="s">
         <v>237</v>
       </c>
       <c r="I79" s="2">
         <v>39</v>
       </c>
       <c r="J79" s="2">
         <v>35</v>
       </c>
       <c r="K79" s="2">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="L79" s="2">
         <v>86</v>
       </c>
       <c r="M79" s="2">
         <v>0</v>
       </c>
       <c r="N79" s="2">
-        <v>236</v>
+        <v>186</v>
       </c>
     </row>
     <row r="80" spans="1:14">
       <c r="A80" s="2">
         <v>113900</v>
       </c>
       <c r="B80" s="2" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="C80" s="2" t="s">
         <v>238</v>
       </c>
       <c r="D80" s="2"/>
       <c r="E80" s="2">
         <v>70008</v>
       </c>
       <c r="F80" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G80" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H80" s="2" t="s">
         <v>239</v>
       </c>
       <c r="I80" s="2">
         <v>40</v>
       </c>
       <c r="J80" s="2">
         <v>36</v>
       </c>
       <c r="K80" s="2">
         <v>150</v>
@@ -6008,130 +6008,130 @@
       </c>
       <c r="H87" s="2" t="s">
         <v>258</v>
       </c>
       <c r="I87" s="2">
         <v>43</v>
       </c>
       <c r="J87" s="2">
         <v>39</v>
       </c>
       <c r="K87" s="2">
         <v>150</v>
       </c>
       <c r="L87" s="2">
         <v>82</v>
       </c>
       <c r="M87" s="2">
         <v>0</v>
       </c>
       <c r="N87" s="2">
         <v>232</v>
       </c>
     </row>
     <row r="88" spans="1:14">
       <c r="A88" s="2">
-        <v>108312</v>
+        <v>113904</v>
       </c>
       <c r="B88" s="2" t="s">
+        <v>39</v>
+      </c>
+      <c r="C88" s="2" t="s">
         <v>259</v>
-      </c>
-[...1 lines deleted...]
-        <v>260</v>
       </c>
       <c r="D88" s="2"/>
       <c r="E88" s="2">
-        <v>7095</v>
+        <v>70083</v>
       </c>
       <c r="F88" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G88" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H88" s="2" t="s">
-        <v>261</v>
+        <v>260</v>
       </c>
       <c r="I88" s="2">
         <v>44</v>
       </c>
       <c r="J88" s="2">
         <v>40</v>
       </c>
       <c r="K88" s="2">
-        <v>100</v>
+        <v>150</v>
       </c>
       <c r="L88" s="2">
         <v>81</v>
       </c>
       <c r="M88" s="2">
         <v>0</v>
       </c>
       <c r="N88" s="2">
-        <v>181</v>
+        <v>231</v>
       </c>
     </row>
     <row r="89" spans="1:14">
       <c r="A89" s="2">
-        <v>113904</v>
+        <v>108312</v>
       </c>
       <c r="B89" s="2" t="s">
-        <v>39</v>
+        <v>261</v>
       </c>
       <c r="C89" s="2" t="s">
         <v>262</v>
       </c>
       <c r="D89" s="2"/>
       <c r="E89" s="2">
-        <v>70083</v>
+        <v>7095</v>
       </c>
       <c r="F89" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G89" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H89" s="2" t="s">
         <v>263</v>
       </c>
       <c r="I89" s="2">
         <v>44</v>
       </c>
       <c r="J89" s="2">
         <v>40</v>
       </c>
       <c r="K89" s="2">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="L89" s="2">
         <v>81</v>
       </c>
       <c r="M89" s="2">
         <v>0</v>
       </c>
       <c r="N89" s="2">
-        <v>231</v>
+        <v>181</v>
       </c>
     </row>
     <row r="90" spans="1:14">
       <c r="A90" s="2">
         <v>108313</v>
       </c>
       <c r="B90" s="2" t="s">
         <v>264</v>
       </c>
       <c r="C90" s="2" t="s">
         <v>265</v>
       </c>
       <c r="D90" s="2"/>
       <c r="E90" s="2">
         <v>7142</v>
       </c>
       <c r="F90" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G90" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H90" s="2" t="s">
         <v>266</v>
       </c>
@@ -6260,212 +6260,212 @@
       </c>
       <c r="H93" s="2" t="s">
         <v>274</v>
       </c>
       <c r="I93" s="2">
         <v>46</v>
       </c>
       <c r="J93" s="2">
         <v>42</v>
       </c>
       <c r="K93" s="2">
         <v>100</v>
       </c>
       <c r="L93" s="2">
         <v>79</v>
       </c>
       <c r="M93" s="2">
         <v>0</v>
       </c>
       <c r="N93" s="2">
         <v>179</v>
       </c>
     </row>
     <row r="94" spans="1:14">
       <c r="A94" s="2">
-        <v>113906</v>
+        <v>108315</v>
       </c>
       <c r="B94" s="2" t="s">
         <v>275</v>
       </c>
       <c r="C94" s="2" t="s">
         <v>276</v>
       </c>
       <c r="D94" s="2"/>
       <c r="E94" s="2">
-        <v>79002</v>
-[...1 lines deleted...]
-      <c r="F94" s="2"/>
+        <v>7114</v>
+      </c>
+      <c r="F94" s="2" t="s">
+        <v>16</v>
+      </c>
       <c r="G94" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H94" s="2" t="s">
         <v>277</v>
       </c>
       <c r="I94" s="2">
         <v>47</v>
       </c>
       <c r="J94" s="2">
         <v>43</v>
       </c>
       <c r="K94" s="2">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="L94" s="2">
         <v>78</v>
       </c>
       <c r="M94" s="2">
         <v>0</v>
       </c>
       <c r="N94" s="2">
-        <v>228</v>
+        <v>178</v>
       </c>
     </row>
     <row r="95" spans="1:14">
       <c r="A95" s="2">
-        <v>108315</v>
+        <v>113906</v>
       </c>
       <c r="B95" s="2" t="s">
         <v>278</v>
       </c>
       <c r="C95" s="2" t="s">
         <v>279</v>
       </c>
       <c r="D95" s="2"/>
       <c r="E95" s="2">
-        <v>7114</v>
-[...3 lines deleted...]
-      </c>
+        <v>79002</v>
+      </c>
+      <c r="F95" s="2"/>
       <c r="G95" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H95" s="2" t="s">
         <v>280</v>
       </c>
       <c r="I95" s="2">
         <v>47</v>
       </c>
       <c r="J95" s="2">
         <v>43</v>
       </c>
       <c r="K95" s="2">
-        <v>100</v>
+        <v>150</v>
       </c>
       <c r="L95" s="2">
         <v>78</v>
       </c>
       <c r="M95" s="2">
         <v>0</v>
       </c>
       <c r="N95" s="2">
-        <v>178</v>
+        <v>228</v>
       </c>
     </row>
     <row r="96" spans="1:14">
       <c r="A96" s="2">
-        <v>105552</v>
+        <v>108316</v>
       </c>
       <c r="B96" s="2" t="s">
-        <v>222</v>
+        <v>96</v>
       </c>
       <c r="C96" s="2" t="s">
         <v>281</v>
       </c>
       <c r="D96" s="2"/>
       <c r="E96" s="2">
-        <v>70107</v>
+        <v>7057</v>
       </c>
       <c r="F96" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G96" s="2" t="s">
-        <v>67</v>
+        <v>17</v>
       </c>
       <c r="H96" s="2" t="s">
         <v>282</v>
       </c>
       <c r="I96" s="2">
         <v>48</v>
       </c>
       <c r="J96" s="2">
-        <v>5</v>
+        <v>44</v>
       </c>
       <c r="K96" s="2">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="L96" s="2">
-        <v>275</v>
+        <v>77</v>
       </c>
       <c r="M96" s="2">
         <v>0</v>
       </c>
       <c r="N96" s="2">
-        <v>425</v>
+        <v>177</v>
       </c>
     </row>
     <row r="97" spans="1:14">
       <c r="A97" s="2">
-        <v>108316</v>
+        <v>105552</v>
       </c>
       <c r="B97" s="2" t="s">
-        <v>96</v>
+        <v>222</v>
       </c>
       <c r="C97" s="2" t="s">
         <v>283</v>
       </c>
       <c r="D97" s="2"/>
       <c r="E97" s="2">
-        <v>7057</v>
+        <v>70107</v>
       </c>
       <c r="F97" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G97" s="2" t="s">
-        <v>17</v>
+        <v>67</v>
       </c>
       <c r="H97" s="2" t="s">
         <v>284</v>
       </c>
       <c r="I97" s="2">
         <v>48</v>
       </c>
       <c r="J97" s="2">
-        <v>44</v>
+        <v>5</v>
       </c>
       <c r="K97" s="2">
-        <v>100</v>
+        <v>150</v>
       </c>
       <c r="L97" s="2">
-        <v>77</v>
+        <v>275</v>
       </c>
       <c r="M97" s="2">
         <v>0</v>
       </c>
       <c r="N97" s="2">
-        <v>177</v>
+        <v>425</v>
       </c>
     </row>
     <row r="98" spans="1:14">
       <c r="A98" s="2">
         <v>108317</v>
       </c>
       <c r="B98" s="2" t="s">
         <v>285</v>
       </c>
       <c r="C98" s="2" t="s">
         <v>286</v>
       </c>
       <c r="D98" s="2"/>
       <c r="E98" s="2">
         <v>7074</v>
       </c>
       <c r="F98" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G98" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H98" s="2" t="s">
         <v>287</v>
       </c>
@@ -6678,214 +6678,214 @@
       </c>
       <c r="H103" s="2" t="s">
         <v>297</v>
       </c>
       <c r="I103" s="2">
         <v>51</v>
       </c>
       <c r="J103" s="2">
         <v>46</v>
       </c>
       <c r="K103" s="2">
         <v>150</v>
       </c>
       <c r="L103" s="2">
         <v>75</v>
       </c>
       <c r="M103" s="2">
         <v>0</v>
       </c>
       <c r="N103" s="2">
         <v>225</v>
       </c>
     </row>
     <row r="104" spans="1:14">
       <c r="A104" s="2">
-        <v>104853</v>
+        <v>113911</v>
       </c>
       <c r="B104" s="2" t="s">
-        <v>160</v>
+        <v>298</v>
       </c>
       <c r="C104" s="2" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="D104" s="2"/>
       <c r="E104" s="2">
-        <v>7077</v>
+        <v>70252</v>
       </c>
       <c r="F104" s="2" t="s">
-        <v>33</v>
+        <v>16</v>
       </c>
       <c r="G104" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H104" s="2" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="I104" s="2">
         <v>52</v>
       </c>
       <c r="J104" s="2">
         <v>47</v>
       </c>
       <c r="K104" s="2">
-        <v>100</v>
+        <v>150</v>
       </c>
       <c r="L104" s="2">
         <v>74</v>
       </c>
       <c r="M104" s="2">
         <v>0</v>
       </c>
       <c r="N104" s="2">
-        <v>174</v>
+        <v>224</v>
       </c>
     </row>
     <row r="105" spans="1:14">
       <c r="A105" s="2">
-        <v>113911</v>
+        <v>104853</v>
       </c>
       <c r="B105" s="2" t="s">
-        <v>300</v>
+        <v>160</v>
       </c>
       <c r="C105" s="2" t="s">
         <v>301</v>
       </c>
       <c r="D105" s="2"/>
       <c r="E105" s="2">
-        <v>70252</v>
+        <v>7077</v>
       </c>
       <c r="F105" s="2" t="s">
-        <v>16</v>
+        <v>33</v>
       </c>
       <c r="G105" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H105" s="2" t="s">
         <v>302</v>
       </c>
       <c r="I105" s="2">
         <v>52</v>
       </c>
       <c r="J105" s="2">
         <v>47</v>
       </c>
       <c r="K105" s="2">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="L105" s="2">
         <v>74</v>
       </c>
       <c r="M105" s="2">
         <v>0</v>
       </c>
       <c r="N105" s="2">
-        <v>224</v>
+        <v>174</v>
       </c>
     </row>
     <row r="106" spans="1:14">
       <c r="A106" s="2">
-        <v>108305</v>
+        <v>108320</v>
       </c>
       <c r="B106" s="2" t="s">
-        <v>217</v>
+        <v>303</v>
       </c>
       <c r="C106" s="2" t="s">
-        <v>218</v>
+        <v>304</v>
       </c>
       <c r="D106" s="2"/>
       <c r="E106" s="2">
-        <v>70141</v>
+        <v>7046</v>
       </c>
       <c r="F106" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G106" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H106" s="2" t="s">
-        <v>303</v>
+        <v>305</v>
       </c>
       <c r="I106" s="2">
         <v>53</v>
       </c>
       <c r="J106" s="2">
         <v>48</v>
       </c>
       <c r="K106" s="2">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="L106" s="2">
         <v>73</v>
       </c>
       <c r="M106" s="2">
         <v>0</v>
       </c>
       <c r="N106" s="2">
-        <v>223</v>
+        <v>173</v>
       </c>
     </row>
     <row r="107" spans="1:14">
       <c r="A107" s="2">
-        <v>108320</v>
+        <v>108305</v>
       </c>
       <c r="B107" s="2" t="s">
-        <v>304</v>
+        <v>217</v>
       </c>
       <c r="C107" s="2" t="s">
-        <v>305</v>
+        <v>218</v>
       </c>
       <c r="D107" s="2"/>
       <c r="E107" s="2">
-        <v>7046</v>
+        <v>70141</v>
       </c>
       <c r="F107" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G107" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H107" s="2" t="s">
         <v>306</v>
       </c>
       <c r="I107" s="2">
         <v>53</v>
       </c>
       <c r="J107" s="2">
         <v>48</v>
       </c>
       <c r="K107" s="2">
-        <v>100</v>
+        <v>150</v>
       </c>
       <c r="L107" s="2">
         <v>73</v>
       </c>
       <c r="M107" s="2">
         <v>0</v>
       </c>
       <c r="N107" s="2">
-        <v>173</v>
+        <v>223</v>
       </c>
     </row>
     <row r="108" spans="1:14">
       <c r="A108" s="2">
         <v>105708</v>
       </c>
       <c r="B108" s="2" t="s">
         <v>185</v>
       </c>
       <c r="C108" s="2" t="s">
         <v>186</v>
       </c>
       <c r="D108" s="2"/>
       <c r="E108" s="2">
         <v>79001</v>
       </c>
       <c r="F108" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G108" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H108" s="2" t="s">
         <v>307</v>
       </c>
@@ -6930,130 +6930,130 @@
       </c>
       <c r="H109" s="2" t="s">
         <v>309</v>
       </c>
       <c r="I109" s="2">
         <v>54</v>
       </c>
       <c r="J109" s="2">
         <v>49</v>
       </c>
       <c r="K109" s="2">
         <v>100</v>
       </c>
       <c r="L109" s="2">
         <v>72</v>
       </c>
       <c r="M109" s="2">
         <v>0</v>
       </c>
       <c r="N109" s="2">
         <v>172</v>
       </c>
     </row>
     <row r="110" spans="1:14">
       <c r="A110" s="2">
-        <v>108322</v>
+        <v>113913</v>
       </c>
       <c r="B110" s="2" t="s">
         <v>310</v>
       </c>
       <c r="C110" s="2" t="s">
         <v>311</v>
       </c>
       <c r="D110" s="2"/>
       <c r="E110" s="2">
-        <v>7130</v>
+        <v>70226</v>
       </c>
       <c r="F110" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G110" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H110" s="2" t="s">
         <v>312</v>
       </c>
       <c r="I110" s="2">
         <v>55</v>
       </c>
       <c r="J110" s="2">
         <v>50</v>
       </c>
       <c r="K110" s="2">
-        <v>100</v>
+        <v>150</v>
       </c>
       <c r="L110" s="2">
         <v>71</v>
       </c>
       <c r="M110" s="2">
         <v>0</v>
       </c>
       <c r="N110" s="2">
-        <v>171</v>
+        <v>221</v>
       </c>
     </row>
     <row r="111" spans="1:14">
       <c r="A111" s="2">
-        <v>113913</v>
+        <v>108322</v>
       </c>
       <c r="B111" s="2" t="s">
         <v>313</v>
       </c>
       <c r="C111" s="2" t="s">
         <v>314</v>
       </c>
       <c r="D111" s="2"/>
       <c r="E111" s="2">
-        <v>70226</v>
+        <v>7130</v>
       </c>
       <c r="F111" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G111" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H111" s="2" t="s">
         <v>315</v>
       </c>
       <c r="I111" s="2">
         <v>55</v>
       </c>
       <c r="J111" s="2">
         <v>50</v>
       </c>
       <c r="K111" s="2">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="L111" s="2">
         <v>71</v>
       </c>
       <c r="M111" s="2">
         <v>0</v>
       </c>
       <c r="N111" s="2">
-        <v>221</v>
+        <v>171</v>
       </c>
     </row>
     <row r="112" spans="1:14">
       <c r="A112" s="2">
         <v>111772</v>
       </c>
       <c r="B112" s="2" t="s">
         <v>316</v>
       </c>
       <c r="C112" s="2" t="s">
         <v>317</v>
       </c>
       <c r="D112" s="2"/>
       <c r="E112" s="2">
         <v>70262</v>
       </c>
       <c r="F112" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G112" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H112" s="2" t="s">
         <v>318</v>
       </c>
@@ -7182,214 +7182,214 @@
       </c>
       <c r="H115" s="2" t="s">
         <v>326</v>
       </c>
       <c r="I115" s="2">
         <v>57</v>
       </c>
       <c r="J115" s="2">
         <v>52</v>
       </c>
       <c r="K115" s="2">
         <v>150</v>
       </c>
       <c r="L115" s="2">
         <v>69</v>
       </c>
       <c r="M115" s="2">
         <v>0</v>
       </c>
       <c r="N115" s="2">
         <v>219</v>
       </c>
     </row>
     <row r="116" spans="1:14">
       <c r="A116" s="2">
-        <v>108325</v>
+        <v>104845</v>
       </c>
       <c r="B116" s="2" t="s">
-        <v>96</v>
+        <v>265</v>
       </c>
       <c r="C116" s="2" t="s">
-        <v>327</v>
+        <v>264</v>
       </c>
       <c r="D116" s="2"/>
       <c r="E116" s="2">
-        <v>7165</v>
+        <v>70257</v>
       </c>
       <c r="F116" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G116" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H116" s="2" t="s">
-        <v>328</v>
+        <v>327</v>
       </c>
       <c r="I116" s="2">
         <v>58</v>
       </c>
       <c r="J116" s="2">
         <v>53</v>
       </c>
       <c r="K116" s="2">
-        <v>100</v>
+        <v>150</v>
       </c>
       <c r="L116" s="2">
         <v>68</v>
       </c>
       <c r="M116" s="2">
         <v>0</v>
       </c>
       <c r="N116" s="2">
-        <v>168</v>
+        <v>218</v>
       </c>
     </row>
     <row r="117" spans="1:14">
       <c r="A117" s="2">
-        <v>104845</v>
+        <v>108325</v>
       </c>
       <c r="B117" s="2" t="s">
-        <v>265</v>
+        <v>96</v>
       </c>
       <c r="C117" s="2" t="s">
-        <v>264</v>
+        <v>328</v>
       </c>
       <c r="D117" s="2"/>
       <c r="E117" s="2">
-        <v>70257</v>
+        <v>7165</v>
       </c>
       <c r="F117" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G117" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H117" s="2" t="s">
         <v>329</v>
       </c>
       <c r="I117" s="2">
         <v>58</v>
       </c>
       <c r="J117" s="2">
         <v>53</v>
       </c>
       <c r="K117" s="2">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="L117" s="2">
         <v>68</v>
       </c>
       <c r="M117" s="2">
         <v>0</v>
       </c>
       <c r="N117" s="2">
-        <v>218</v>
+        <v>168</v>
       </c>
     </row>
     <row r="118" spans="1:14">
       <c r="A118" s="2">
-        <v>108282</v>
+        <v>108326</v>
       </c>
       <c r="B118" s="2" t="s">
-        <v>71</v>
+        <v>330</v>
       </c>
       <c r="C118" s="2" t="s">
-        <v>72</v>
+        <v>331</v>
       </c>
       <c r="D118" s="2"/>
       <c r="E118" s="2">
-        <v>70044</v>
+        <v>7164</v>
       </c>
       <c r="F118" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G118" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H118" s="2" t="s">
-        <v>330</v>
+        <v>332</v>
       </c>
       <c r="I118" s="2">
         <v>59</v>
       </c>
       <c r="J118" s="2">
         <v>54</v>
       </c>
       <c r="K118" s="2">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="L118" s="2">
         <v>67</v>
       </c>
       <c r="M118" s="2">
         <v>0</v>
       </c>
       <c r="N118" s="2">
-        <v>217</v>
+        <v>167</v>
       </c>
     </row>
     <row r="119" spans="1:14">
       <c r="A119" s="2">
-        <v>108326</v>
+        <v>108282</v>
       </c>
       <c r="B119" s="2" t="s">
-        <v>331</v>
+        <v>71</v>
       </c>
       <c r="C119" s="2" t="s">
-        <v>332</v>
+        <v>72</v>
       </c>
       <c r="D119" s="2"/>
       <c r="E119" s="2">
-        <v>7164</v>
+        <v>70044</v>
       </c>
       <c r="F119" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G119" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H119" s="2" t="s">
         <v>333</v>
       </c>
       <c r="I119" s="2">
         <v>59</v>
       </c>
       <c r="J119" s="2">
         <v>54</v>
       </c>
       <c r="K119" s="2">
-        <v>100</v>
+        <v>150</v>
       </c>
       <c r="L119" s="2">
         <v>67</v>
       </c>
       <c r="M119" s="2">
         <v>0</v>
       </c>
       <c r="N119" s="2">
-        <v>167</v>
+        <v>217</v>
       </c>
     </row>
     <row r="120" spans="1:14">
       <c r="A120" s="2">
         <v>108327</v>
       </c>
       <c r="B120" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C120" s="2" t="s">
         <v>334</v>
       </c>
       <c r="D120" s="2"/>
       <c r="E120" s="2">
         <v>7053</v>
       </c>
       <c r="F120" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G120" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H120" s="2" t="s">
         <v>335</v>
       </c>
@@ -7434,141 +7434,141 @@
       </c>
       <c r="H121" s="2" t="s">
         <v>338</v>
       </c>
       <c r="I121" s="2">
         <v>60</v>
       </c>
       <c r="J121" s="2">
         <v>55</v>
       </c>
       <c r="K121" s="2">
         <v>150</v>
       </c>
       <c r="L121" s="2">
         <v>66</v>
       </c>
       <c r="M121" s="2">
         <v>0</v>
       </c>
       <c r="N121" s="2">
         <v>216</v>
       </c>
     </row>
     <row r="122" spans="1:14">
       <c r="A122" s="2">
-        <v>108328</v>
+        <v>104851</v>
       </c>
       <c r="B122" s="2" t="s">
         <v>339</v>
       </c>
       <c r="C122" s="2" t="s">
         <v>340</v>
       </c>
       <c r="D122" s="2"/>
       <c r="E122" s="2">
-        <v>7051</v>
+        <v>70293</v>
       </c>
       <c r="F122" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G122" s="2" t="s">
-        <v>17</v>
+        <v>67</v>
       </c>
       <c r="H122" s="2" t="s">
         <v>341</v>
       </c>
       <c r="I122" s="2">
         <v>61</v>
       </c>
       <c r="J122" s="2">
-        <v>56</v>
+        <v>6</v>
       </c>
       <c r="K122" s="2">
-        <v>100</v>
+        <v>150</v>
       </c>
       <c r="L122" s="2">
-        <v>65</v>
+        <v>250</v>
       </c>
       <c r="M122" s="2">
         <v>0</v>
       </c>
       <c r="N122" s="2">
-        <v>165</v>
+        <v>400</v>
       </c>
     </row>
     <row r="123" spans="1:14">
       <c r="A123" s="2">
-        <v>104851</v>
+        <v>108328</v>
       </c>
       <c r="B123" s="2" t="s">
         <v>342</v>
       </c>
       <c r="C123" s="2" t="s">
         <v>343</v>
       </c>
       <c r="D123" s="2"/>
       <c r="E123" s="2">
-        <v>70293</v>
+        <v>7051</v>
       </c>
       <c r="F123" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G123" s="2" t="s">
-        <v>67</v>
+        <v>17</v>
       </c>
       <c r="H123" s="2" t="s">
         <v>344</v>
       </c>
       <c r="I123" s="2">
         <v>61</v>
       </c>
       <c r="J123" s="2">
-        <v>6</v>
+        <v>56</v>
       </c>
       <c r="K123" s="2">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="L123" s="2">
-        <v>250</v>
+        <v>65</v>
       </c>
       <c r="M123" s="2">
         <v>0</v>
       </c>
       <c r="N123" s="2">
-        <v>400</v>
+        <v>165</v>
       </c>
     </row>
     <row r="124" spans="1:14">
       <c r="A124" s="2">
         <v>113919</v>
       </c>
       <c r="B124" s="2" t="s">
         <v>345</v>
       </c>
       <c r="C124" s="2" t="s">
-        <v>314</v>
+        <v>311</v>
       </c>
       <c r="D124" s="2"/>
       <c r="E124" s="2">
         <v>70098</v>
       </c>
       <c r="F124" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G124" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H124" s="2" t="s">
         <v>346</v>
       </c>
       <c r="I124" s="2">
         <v>62</v>
       </c>
       <c r="J124" s="2">
         <v>56</v>
       </c>
       <c r="K124" s="2">
         <v>150</v>
       </c>
       <c r="L124" s="2">
         <v>65</v>
@@ -7602,130 +7602,130 @@
       </c>
       <c r="H125" s="2" t="s">
         <v>349</v>
       </c>
       <c r="I125" s="2">
         <v>62</v>
       </c>
       <c r="J125" s="2">
         <v>57</v>
       </c>
       <c r="K125" s="2">
         <v>100</v>
       </c>
       <c r="L125" s="2">
         <v>64</v>
       </c>
       <c r="M125" s="2">
         <v>0</v>
       </c>
       <c r="N125" s="2">
         <v>164</v>
       </c>
     </row>
     <row r="126" spans="1:14">
       <c r="A126" s="2">
-        <v>113920</v>
+        <v>108329</v>
       </c>
       <c r="B126" s="2" t="s">
+        <v>240</v>
+      </c>
+      <c r="C126" s="2" t="s">
         <v>350</v>
-      </c>
-[...1 lines deleted...]
-        <v>337</v>
       </c>
       <c r="D126" s="2"/>
       <c r="E126" s="2">
-        <v>70195</v>
+        <v>7067</v>
       </c>
       <c r="F126" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G126" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H126" s="2" t="s">
         <v>351</v>
       </c>
       <c r="I126" s="2">
         <v>63</v>
       </c>
       <c r="J126" s="2">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="K126" s="2">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="L126" s="2">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="M126" s="2">
         <v>0</v>
       </c>
       <c r="N126" s="2">
-        <v>214</v>
+        <v>163</v>
       </c>
     </row>
     <row r="127" spans="1:14">
       <c r="A127" s="2">
-        <v>108329</v>
+        <v>113920</v>
       </c>
       <c r="B127" s="2" t="s">
-        <v>240</v>
+        <v>352</v>
       </c>
       <c r="C127" s="2" t="s">
-        <v>352</v>
+        <v>337</v>
       </c>
       <c r="D127" s="2"/>
       <c r="E127" s="2">
-        <v>7067</v>
+        <v>70195</v>
       </c>
       <c r="F127" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G127" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H127" s="2" t="s">
         <v>353</v>
       </c>
       <c r="I127" s="2">
         <v>63</v>
       </c>
       <c r="J127" s="2">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="K127" s="2">
-        <v>100</v>
+        <v>150</v>
       </c>
       <c r="L127" s="2">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="M127" s="2">
         <v>0</v>
       </c>
       <c r="N127" s="2">
-        <v>163</v>
+        <v>214</v>
       </c>
     </row>
     <row r="128" spans="1:14">
       <c r="A128" s="2">
         <v>108749</v>
       </c>
       <c r="B128" s="2" t="s">
         <v>354</v>
       </c>
       <c r="C128" s="2" t="s">
         <v>355</v>
       </c>
       <c r="D128" s="2"/>
       <c r="E128" s="2">
         <v>70228</v>
       </c>
       <c r="F128" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G128" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H128" s="2" t="s">
         <v>356</v>
       </c>
@@ -7770,298 +7770,298 @@
       </c>
       <c r="H129" s="2" t="s">
         <v>359</v>
       </c>
       <c r="I129" s="2">
         <v>64</v>
       </c>
       <c r="J129" s="2">
         <v>59</v>
       </c>
       <c r="K129" s="2">
         <v>100</v>
       </c>
       <c r="L129" s="2">
         <v>62</v>
       </c>
       <c r="M129" s="2">
         <v>0</v>
       </c>
       <c r="N129" s="2">
         <v>162</v>
       </c>
     </row>
     <row r="130" spans="1:14">
       <c r="A130" s="2">
-        <v>105575</v>
+        <v>113922</v>
       </c>
       <c r="B130" s="2" t="s">
         <v>360</v>
       </c>
       <c r="C130" s="2" t="s">
-        <v>39</v>
+        <v>167</v>
       </c>
       <c r="D130" s="2"/>
       <c r="E130" s="2">
-        <v>7070</v>
+        <v>70060</v>
       </c>
       <c r="F130" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G130" s="2" t="s">
-        <v>67</v>
+        <v>17</v>
       </c>
       <c r="H130" s="2" t="s">
         <v>361</v>
       </c>
       <c r="I130" s="2">
         <v>65</v>
       </c>
       <c r="J130" s="2">
-        <v>6</v>
+        <v>59</v>
       </c>
       <c r="K130" s="2">
-        <v>100</v>
+        <v>150</v>
       </c>
       <c r="L130" s="2">
-        <v>250</v>
+        <v>62</v>
       </c>
       <c r="M130" s="2">
         <v>0</v>
       </c>
       <c r="N130" s="2">
-        <v>350</v>
+        <v>212</v>
       </c>
     </row>
     <row r="131" spans="1:14">
       <c r="A131" s="2">
-        <v>113922</v>
+        <v>105575</v>
       </c>
       <c r="B131" s="2" t="s">
         <v>362</v>
       </c>
       <c r="C131" s="2" t="s">
-        <v>167</v>
+        <v>39</v>
       </c>
       <c r="D131" s="2"/>
       <c r="E131" s="2">
-        <v>70060</v>
+        <v>7070</v>
       </c>
       <c r="F131" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G131" s="2" t="s">
-        <v>17</v>
+        <v>67</v>
       </c>
       <c r="H131" s="2" t="s">
         <v>363</v>
       </c>
       <c r="I131" s="2">
         <v>65</v>
       </c>
       <c r="J131" s="2">
-        <v>59</v>
+        <v>6</v>
       </c>
       <c r="K131" s="2">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="L131" s="2">
-        <v>62</v>
+        <v>250</v>
       </c>
       <c r="M131" s="2">
         <v>0</v>
       </c>
       <c r="N131" s="2">
-        <v>212</v>
+        <v>350</v>
       </c>
     </row>
     <row r="132" spans="1:14">
       <c r="A132" s="2">
-        <v>108331</v>
+        <v>108768</v>
       </c>
       <c r="B132" s="2" t="s">
-        <v>39</v>
+        <v>364</v>
       </c>
       <c r="C132" s="2" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="D132" s="2"/>
       <c r="E132" s="2">
-        <v>7107</v>
+        <v>70213</v>
       </c>
       <c r="F132" s="2" t="s">
-        <v>16</v>
+        <v>33</v>
       </c>
       <c r="G132" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H132" s="2" t="s">
-        <v>365</v>
+        <v>209</v>
       </c>
       <c r="I132" s="2">
         <v>66</v>
       </c>
       <c r="J132" s="2">
+        <v>60</v>
+      </c>
+      <c r="K132" s="2">
+        <v>150</v>
+      </c>
+      <c r="L132" s="2">
         <v>61</v>
       </c>
-      <c r="K132" s="2">
-[...4 lines deleted...]
-      </c>
       <c r="M132" s="2">
         <v>0</v>
       </c>
       <c r="N132" s="2">
-        <v>160</v>
+        <v>211</v>
       </c>
     </row>
     <row r="133" spans="1:14">
       <c r="A133" s="2">
-        <v>108768</v>
+        <v>108331</v>
       </c>
       <c r="B133" s="2" t="s">
+        <v>39</v>
+      </c>
+      <c r="C133" s="2" t="s">
         <v>366</v>
-      </c>
-[...1 lines deleted...]
-        <v>367</v>
       </c>
       <c r="D133" s="2"/>
       <c r="E133" s="2">
-        <v>70213</v>
+        <v>7107</v>
       </c>
       <c r="F133" s="2" t="s">
-        <v>33</v>
+        <v>16</v>
       </c>
       <c r="G133" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H133" s="2" t="s">
-        <v>212</v>
+        <v>367</v>
       </c>
       <c r="I133" s="2">
         <v>66</v>
       </c>
       <c r="J133" s="2">
+        <v>61</v>
+      </c>
+      <c r="K133" s="2">
+        <v>100</v>
+      </c>
+      <c r="L133" s="2">
         <v>60</v>
       </c>
-      <c r="K133" s="2">
-[...4 lines deleted...]
-      </c>
       <c r="M133" s="2">
         <v>0</v>
       </c>
       <c r="N133" s="2">
-        <v>211</v>
+        <v>160</v>
       </c>
     </row>
     <row r="134" spans="1:14">
       <c r="A134" s="2">
-        <v>113924</v>
+        <v>104851</v>
       </c>
       <c r="B134" s="2" t="s">
-        <v>368</v>
+        <v>339</v>
       </c>
       <c r="C134" s="2" t="s">
-        <v>369</v>
+        <v>340</v>
       </c>
       <c r="D134" s="2"/>
       <c r="E134" s="2">
-        <v>70033</v>
+        <v>7136</v>
       </c>
       <c r="F134" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G134" s="2" t="s">
-        <v>17</v>
+        <v>67</v>
       </c>
       <c r="H134" s="2" t="s">
-        <v>370</v>
+        <v>368</v>
       </c>
       <c r="I134" s="2">
         <v>67</v>
       </c>
       <c r="J134" s="2">
-        <v>61</v>
+        <v>7</v>
       </c>
       <c r="K134" s="2">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="L134" s="2">
-        <v>60</v>
+        <v>240</v>
       </c>
       <c r="M134" s="2">
         <v>0</v>
       </c>
       <c r="N134" s="2">
-        <v>210</v>
+        <v>340</v>
       </c>
     </row>
     <row r="135" spans="1:14">
       <c r="A135" s="2">
-        <v>104851</v>
+        <v>113924</v>
       </c>
       <c r="B135" s="2" t="s">
-        <v>342</v>
+        <v>369</v>
       </c>
       <c r="C135" s="2" t="s">
-        <v>343</v>
+        <v>370</v>
       </c>
       <c r="D135" s="2"/>
       <c r="E135" s="2">
-        <v>7136</v>
+        <v>70033</v>
       </c>
       <c r="F135" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G135" s="2" t="s">
-        <v>67</v>
+        <v>17</v>
       </c>
       <c r="H135" s="2" t="s">
         <v>371</v>
       </c>
       <c r="I135" s="2">
         <v>67</v>
       </c>
       <c r="J135" s="2">
-        <v>7</v>
+        <v>61</v>
       </c>
       <c r="K135" s="2">
-        <v>100</v>
+        <v>150</v>
       </c>
       <c r="L135" s="2">
-        <v>240</v>
+        <v>60</v>
       </c>
       <c r="M135" s="2">
         <v>0</v>
       </c>
       <c r="N135" s="2">
-        <v>340</v>
+        <v>210</v>
       </c>
     </row>
     <row r="136" spans="1:14">
       <c r="A136" s="2">
         <v>108332</v>
       </c>
       <c r="B136" s="2" t="s">
         <v>372</v>
       </c>
       <c r="C136" s="2" t="s">
         <v>373</v>
       </c>
       <c r="D136" s="2"/>
       <c r="E136" s="2">
         <v>7099</v>
       </c>
       <c r="F136" s="2"/>
       <c r="G136" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H136" s="2" t="s">
         <v>374</v>
       </c>
       <c r="I136" s="2">
         <v>68</v>
@@ -8107,51 +8107,51 @@
       </c>
       <c r="I137" s="2">
         <v>68</v>
       </c>
       <c r="J137" s="2">
         <v>62</v>
       </c>
       <c r="K137" s="2">
         <v>150</v>
       </c>
       <c r="L137" s="2">
         <v>59</v>
       </c>
       <c r="M137" s="2">
         <v>0</v>
       </c>
       <c r="N137" s="2">
         <v>209</v>
       </c>
     </row>
     <row r="138" spans="1:14">
       <c r="A138" s="2">
         <v>108333</v>
       </c>
       <c r="B138" s="2" t="s">
-        <v>232</v>
+        <v>235</v>
       </c>
       <c r="C138" s="2" t="s">
         <v>378</v>
       </c>
       <c r="D138" s="2"/>
       <c r="E138" s="2">
         <v>7120</v>
       </c>
       <c r="F138" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G138" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H138" s="2" t="s">
         <v>379</v>
       </c>
       <c r="I138" s="2">
         <v>69</v>
       </c>
       <c r="J138" s="2">
         <v>63</v>
       </c>
       <c r="K138" s="2">
         <v>100</v>
@@ -8356,214 +8356,214 @@
       </c>
       <c r="H143" s="2" t="s">
         <v>392</v>
       </c>
       <c r="I143" s="2">
         <v>71</v>
       </c>
       <c r="J143" s="2">
         <v>65</v>
       </c>
       <c r="K143" s="2">
         <v>100</v>
       </c>
       <c r="L143" s="2">
         <v>56</v>
       </c>
       <c r="M143" s="2">
         <v>0</v>
       </c>
       <c r="N143" s="2">
         <v>156</v>
       </c>
     </row>
     <row r="144" spans="1:14">
       <c r="A144" s="2">
-        <v>113929</v>
+        <v>108336</v>
       </c>
       <c r="B144" s="2" t="s">
+        <v>210</v>
+      </c>
+      <c r="C144" s="2" t="s">
         <v>393</v>
-      </c>
-[...1 lines deleted...]
-        <v>71</v>
       </c>
       <c r="D144" s="2"/>
       <c r="E144" s="2">
-        <v>70064</v>
+        <v>7008</v>
       </c>
       <c r="F144" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G144" s="2" t="s">
-        <v>17</v>
+        <v>67</v>
       </c>
       <c r="H144" s="2" t="s">
         <v>394</v>
       </c>
       <c r="I144" s="2">
         <v>72</v>
       </c>
       <c r="J144" s="2">
-        <v>66</v>
+        <v>8</v>
       </c>
       <c r="K144" s="2">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="L144" s="2">
-        <v>55</v>
+        <v>230</v>
       </c>
       <c r="M144" s="2">
         <v>0</v>
       </c>
       <c r="N144" s="2">
-        <v>205</v>
+        <v>330</v>
       </c>
     </row>
     <row r="145" spans="1:14">
       <c r="A145" s="2">
-        <v>108336</v>
+        <v>113929</v>
       </c>
       <c r="B145" s="2" t="s">
-        <v>208</v>
+        <v>395</v>
       </c>
       <c r="C145" s="2" t="s">
-        <v>395</v>
+        <v>71</v>
       </c>
       <c r="D145" s="2"/>
       <c r="E145" s="2">
-        <v>7008</v>
+        <v>70064</v>
       </c>
       <c r="F145" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G145" s="2" t="s">
-        <v>67</v>
+        <v>17</v>
       </c>
       <c r="H145" s="2" t="s">
         <v>396</v>
       </c>
       <c r="I145" s="2">
         <v>72</v>
       </c>
       <c r="J145" s="2">
-        <v>8</v>
+        <v>66</v>
       </c>
       <c r="K145" s="2">
-        <v>100</v>
+        <v>150</v>
       </c>
       <c r="L145" s="2">
-        <v>230</v>
+        <v>55</v>
       </c>
       <c r="M145" s="2">
         <v>0</v>
       </c>
       <c r="N145" s="2">
-        <v>330</v>
+        <v>205</v>
       </c>
     </row>
     <row r="146" spans="1:14">
       <c r="A146" s="2">
-        <v>108337</v>
+        <v>113930</v>
       </c>
       <c r="B146" s="2" t="s">
-        <v>39</v>
+        <v>397</v>
       </c>
       <c r="C146" s="2" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="D146" s="2"/>
       <c r="E146" s="2">
-        <v>7034</v>
+        <v>70011</v>
       </c>
       <c r="F146" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G146" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H146" s="2" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="I146" s="2">
         <v>73</v>
       </c>
       <c r="J146" s="2">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="K146" s="2">
-        <v>100</v>
+        <v>150</v>
       </c>
       <c r="L146" s="2">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="M146" s="2">
         <v>0</v>
       </c>
       <c r="N146" s="2">
-        <v>155</v>
+        <v>204</v>
       </c>
     </row>
     <row r="147" spans="1:14">
       <c r="A147" s="2">
-        <v>113930</v>
+        <v>108337</v>
       </c>
       <c r="B147" s="2" t="s">
-        <v>399</v>
+        <v>39</v>
       </c>
       <c r="C147" s="2" t="s">
         <v>400</v>
       </c>
       <c r="D147" s="2"/>
       <c r="E147" s="2">
-        <v>70011</v>
+        <v>7034</v>
       </c>
       <c r="F147" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G147" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H147" s="2" t="s">
         <v>401</v>
       </c>
       <c r="I147" s="2">
         <v>73</v>
       </c>
       <c r="J147" s="2">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="K147" s="2">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="L147" s="2">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="M147" s="2">
         <v>0</v>
       </c>
       <c r="N147" s="2">
-        <v>204</v>
+        <v>155</v>
       </c>
     </row>
     <row r="148" spans="1:14">
       <c r="A148" s="2">
         <v>113931</v>
       </c>
       <c r="B148" s="2" t="s">
         <v>402</v>
       </c>
       <c r="C148" s="2" t="s">
         <v>403</v>
       </c>
       <c r="D148" s="2"/>
       <c r="E148" s="2">
         <v>70079</v>
       </c>
       <c r="F148" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G148" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H148" s="2" t="s">
         <v>404</v>
       </c>
@@ -8608,128 +8608,128 @@
       </c>
       <c r="H149" s="2" t="s">
         <v>405</v>
       </c>
       <c r="I149" s="2">
         <v>74</v>
       </c>
       <c r="J149" s="2">
         <v>67</v>
       </c>
       <c r="K149" s="2">
         <v>100</v>
       </c>
       <c r="L149" s="2">
         <v>54</v>
       </c>
       <c r="M149" s="2">
         <v>0</v>
       </c>
       <c r="N149" s="2">
         <v>154</v>
       </c>
     </row>
     <row r="150" spans="1:14">
       <c r="A150" s="2">
-        <v>113932</v>
+        <v>108339</v>
       </c>
       <c r="B150" s="2" t="s">
+        <v>84</v>
+      </c>
+      <c r="C150" s="2" t="s">
         <v>406</v>
-      </c>
-[...1 lines deleted...]
-        <v>407</v>
       </c>
       <c r="D150" s="2"/>
       <c r="E150" s="2">
-        <v>70109</v>
-[...1 lines deleted...]
-      <c r="F150" s="2"/>
+        <v>7044</v>
+      </c>
+      <c r="F150" s="2" t="s">
+        <v>16</v>
+      </c>
       <c r="G150" s="2" t="s">
-        <v>67</v>
+        <v>17</v>
       </c>
       <c r="H150" s="2" t="s">
-        <v>408</v>
+        <v>407</v>
       </c>
       <c r="I150" s="2">
         <v>75</v>
       </c>
       <c r="J150" s="2">
-        <v>7</v>
+        <v>68</v>
       </c>
       <c r="K150" s="2">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="L150" s="2">
-        <v>240</v>
+        <v>53</v>
       </c>
       <c r="M150" s="2">
         <v>0</v>
       </c>
       <c r="N150" s="2">
-        <v>390</v>
+        <v>153</v>
       </c>
     </row>
     <row r="151" spans="1:14">
       <c r="A151" s="2">
-        <v>108339</v>
+        <v>113932</v>
       </c>
       <c r="B151" s="2" t="s">
-        <v>84</v>
+        <v>408</v>
       </c>
       <c r="C151" s="2" t="s">
         <v>409</v>
       </c>
       <c r="D151" s="2"/>
       <c r="E151" s="2">
-        <v>7044</v>
-[...3 lines deleted...]
-      </c>
+        <v>70109</v>
+      </c>
+      <c r="F151" s="2"/>
       <c r="G151" s="2" t="s">
-        <v>17</v>
+        <v>67</v>
       </c>
       <c r="H151" s="2" t="s">
         <v>410</v>
       </c>
       <c r="I151" s="2">
         <v>75</v>
       </c>
       <c r="J151" s="2">
-        <v>68</v>
+        <v>7</v>
       </c>
       <c r="K151" s="2">
-        <v>100</v>
+        <v>150</v>
       </c>
       <c r="L151" s="2">
-        <v>53</v>
+        <v>240</v>
       </c>
       <c r="M151" s="2">
         <v>0</v>
       </c>
       <c r="N151" s="2">
-        <v>153</v>
+        <v>390</v>
       </c>
     </row>
     <row r="152" spans="1:14">
       <c r="A152" s="2">
         <v>113933</v>
       </c>
       <c r="B152" s="2" t="s">
         <v>411</v>
       </c>
       <c r="C152" s="2" t="s">
         <v>412</v>
       </c>
       <c r="D152" s="2"/>
       <c r="E152" s="2">
         <v>70211</v>
       </c>
       <c r="F152" s="2"/>
       <c r="G152" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H152" s="2" t="s">
         <v>413</v>
       </c>
       <c r="I152" s="2">
         <v>76</v>
@@ -8778,51 +8778,51 @@
       </c>
       <c r="J153" s="2">
         <v>69</v>
       </c>
       <c r="K153" s="2">
         <v>100</v>
       </c>
       <c r="L153" s="2">
         <v>52</v>
       </c>
       <c r="M153" s="2">
         <v>0</v>
       </c>
       <c r="N153" s="2">
         <v>152</v>
       </c>
     </row>
     <row r="154" spans="1:14">
       <c r="A154" s="2">
         <v>113934</v>
       </c>
       <c r="B154" s="2" t="s">
         <v>416</v>
       </c>
       <c r="C154" s="2" t="s">
-        <v>275</v>
+        <v>278</v>
       </c>
       <c r="D154" s="2"/>
       <c r="E154" s="2">
         <v>70220</v>
       </c>
       <c r="F154" s="2"/>
       <c r="G154" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H154" s="2" t="s">
         <v>417</v>
       </c>
       <c r="I154" s="2">
         <v>77</v>
       </c>
       <c r="J154" s="2">
         <v>70</v>
       </c>
       <c r="K154" s="2">
         <v>150</v>
       </c>
       <c r="L154" s="2">
         <v>51</v>
       </c>
       <c r="M154" s="2">
@@ -8854,214 +8854,214 @@
       </c>
       <c r="H155" s="2" t="s">
         <v>419</v>
       </c>
       <c r="I155" s="2">
         <v>77</v>
       </c>
       <c r="J155" s="2">
         <v>9</v>
       </c>
       <c r="K155" s="2">
         <v>100</v>
       </c>
       <c r="L155" s="2">
         <v>220</v>
       </c>
       <c r="M155" s="2">
         <v>0</v>
       </c>
       <c r="N155" s="2">
         <v>320</v>
       </c>
     </row>
     <row r="156" spans="1:14">
       <c r="A156" s="2">
-        <v>113935</v>
+        <v>108342</v>
       </c>
       <c r="B156" s="2" t="s">
+        <v>147</v>
+      </c>
+      <c r="C156" s="2" t="s">
         <v>420</v>
-      </c>
-[...1 lines deleted...]
-        <v>421</v>
       </c>
       <c r="D156" s="2"/>
       <c r="E156" s="2">
-        <v>70101</v>
+        <v>7003</v>
       </c>
       <c r="F156" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G156" s="2" t="s">
-        <v>67</v>
+        <v>17</v>
       </c>
       <c r="H156" s="2" t="s">
-        <v>422</v>
+        <v>421</v>
       </c>
       <c r="I156" s="2">
         <v>78</v>
       </c>
       <c r="J156" s="2">
-        <v>8</v>
+        <v>70</v>
       </c>
       <c r="K156" s="2">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="L156" s="2">
-        <v>230</v>
+        <v>51</v>
       </c>
       <c r="M156" s="2">
         <v>0</v>
       </c>
       <c r="N156" s="2">
-        <v>380</v>
+        <v>151</v>
       </c>
     </row>
     <row r="157" spans="1:14">
       <c r="A157" s="2">
-        <v>108342</v>
+        <v>113935</v>
       </c>
       <c r="B157" s="2" t="s">
-        <v>147</v>
+        <v>422</v>
       </c>
       <c r="C157" s="2" t="s">
         <v>423</v>
       </c>
       <c r="D157" s="2"/>
       <c r="E157" s="2">
-        <v>7003</v>
+        <v>70101</v>
       </c>
       <c r="F157" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G157" s="2" t="s">
-        <v>17</v>
+        <v>67</v>
       </c>
       <c r="H157" s="2" t="s">
         <v>424</v>
       </c>
       <c r="I157" s="2">
         <v>78</v>
       </c>
       <c r="J157" s="2">
-        <v>70</v>
+        <v>8</v>
       </c>
       <c r="K157" s="2">
-        <v>100</v>
+        <v>150</v>
       </c>
       <c r="L157" s="2">
-        <v>51</v>
+        <v>230</v>
       </c>
       <c r="M157" s="2">
         <v>0</v>
       </c>
       <c r="N157" s="2">
-        <v>151</v>
+        <v>380</v>
       </c>
     </row>
     <row r="158" spans="1:14">
       <c r="A158" s="2">
-        <v>108343</v>
+        <v>113936</v>
       </c>
       <c r="B158" s="2" t="s">
-        <v>39</v>
+        <v>425</v>
       </c>
       <c r="C158" s="2" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="D158" s="2"/>
       <c r="E158" s="2">
-        <v>7014</v>
+        <v>70128</v>
       </c>
       <c r="F158" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G158" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H158" s="2" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="I158" s="2">
         <v>79</v>
       </c>
       <c r="J158" s="2">
         <v>71</v>
       </c>
       <c r="K158" s="2">
-        <v>100</v>
+        <v>150</v>
       </c>
       <c r="L158" s="2">
         <v>50</v>
       </c>
       <c r="M158" s="2">
         <v>0</v>
       </c>
       <c r="N158" s="2">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="159" spans="1:14">
       <c r="A159" s="2">
-        <v>113936</v>
+        <v>108343</v>
       </c>
       <c r="B159" s="2" t="s">
-        <v>427</v>
+        <v>39</v>
       </c>
       <c r="C159" s="2" t="s">
         <v>428</v>
       </c>
       <c r="D159" s="2"/>
       <c r="E159" s="2">
-        <v>70128</v>
+        <v>7014</v>
       </c>
       <c r="F159" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G159" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H159" s="2" t="s">
         <v>429</v>
       </c>
       <c r="I159" s="2">
         <v>79</v>
       </c>
       <c r="J159" s="2">
         <v>71</v>
       </c>
       <c r="K159" s="2">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="L159" s="2">
         <v>50</v>
       </c>
       <c r="M159" s="2">
         <v>0</v>
       </c>
       <c r="N159" s="2">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="160" spans="1:14">
       <c r="A160" s="2">
         <v>108344</v>
       </c>
       <c r="B160" s="2" t="s">
         <v>430</v>
       </c>
       <c r="C160" s="2" t="s">
         <v>431</v>
       </c>
       <c r="D160" s="2"/>
       <c r="E160" s="2">
         <v>7081</v>
       </c>
       <c r="F160" s="2" t="s">
         <v>55</v>
       </c>
       <c r="G160" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H160" s="2" t="s">
         <v>432</v>
       </c>
@@ -9190,214 +9190,214 @@
       </c>
       <c r="H163" s="2" t="s">
         <v>440</v>
       </c>
       <c r="I163" s="2">
         <v>81</v>
       </c>
       <c r="J163" s="2">
         <v>73</v>
       </c>
       <c r="K163" s="2">
         <v>100</v>
       </c>
       <c r="L163" s="2">
         <v>48</v>
       </c>
       <c r="M163" s="2">
         <v>0</v>
       </c>
       <c r="N163" s="2">
         <v>148</v>
       </c>
     </row>
     <row r="164" spans="1:14">
       <c r="A164" s="2">
-        <v>113938</v>
+        <v>108346</v>
       </c>
       <c r="B164" s="2" t="s">
+        <v>240</v>
+      </c>
+      <c r="C164" s="2" t="s">
         <v>441</v>
-      </c>
-[...1 lines deleted...]
-        <v>442</v>
       </c>
       <c r="D164" s="2"/>
       <c r="E164" s="2">
-        <v>70305</v>
+        <v>7060</v>
       </c>
       <c r="F164" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G164" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H164" s="2" t="s">
-        <v>443</v>
+        <v>442</v>
       </c>
       <c r="I164" s="2">
         <v>82</v>
       </c>
       <c r="J164" s="2">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="K164" s="2">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="L164" s="2">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="M164" s="2">
         <v>0</v>
       </c>
       <c r="N164" s="2">
-        <v>198</v>
+        <v>147</v>
       </c>
     </row>
     <row r="165" spans="1:14">
       <c r="A165" s="2">
-        <v>108346</v>
+        <v>113938</v>
       </c>
       <c r="B165" s="2" t="s">
-        <v>240</v>
+        <v>443</v>
       </c>
       <c r="C165" s="2" t="s">
         <v>444</v>
       </c>
       <c r="D165" s="2"/>
       <c r="E165" s="2">
-        <v>7060</v>
+        <v>70305</v>
       </c>
       <c r="F165" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G165" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H165" s="2" t="s">
         <v>445</v>
       </c>
       <c r="I165" s="2">
         <v>82</v>
       </c>
       <c r="J165" s="2">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="K165" s="2">
-        <v>100</v>
+        <v>150</v>
       </c>
       <c r="L165" s="2">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="M165" s="2">
         <v>0</v>
       </c>
       <c r="N165" s="2">
-        <v>147</v>
+        <v>198</v>
       </c>
     </row>
     <row r="166" spans="1:14">
       <c r="A166" s="2">
-        <v>103105</v>
+        <v>113939</v>
       </c>
       <c r="B166" s="2" t="s">
+        <v>395</v>
+      </c>
+      <c r="C166" s="2" t="s">
         <v>446</v>
-      </c>
-[...1 lines deleted...]
-        <v>447</v>
       </c>
       <c r="D166" s="2"/>
       <c r="E166" s="2">
-        <v>7148</v>
+        <v>70009</v>
       </c>
       <c r="F166" s="2" t="s">
-        <v>59</v>
+        <v>16</v>
       </c>
       <c r="G166" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H166" s="2" t="s">
-        <v>448</v>
+        <v>447</v>
       </c>
       <c r="I166" s="2">
         <v>83</v>
       </c>
       <c r="J166" s="2">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="K166" s="2">
-        <v>100</v>
+        <v>150</v>
       </c>
       <c r="L166" s="2">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="M166" s="2">
         <v>0</v>
       </c>
       <c r="N166" s="2">
-        <v>146</v>
+        <v>197</v>
       </c>
     </row>
     <row r="167" spans="1:14">
       <c r="A167" s="2">
-        <v>113939</v>
+        <v>103105</v>
       </c>
       <c r="B167" s="2" t="s">
-        <v>393</v>
+        <v>448</v>
       </c>
       <c r="C167" s="2" t="s">
         <v>449</v>
       </c>
       <c r="D167" s="2"/>
       <c r="E167" s="2">
-        <v>70009</v>
+        <v>7148</v>
       </c>
       <c r="F167" s="2" t="s">
-        <v>16</v>
+        <v>59</v>
       </c>
       <c r="G167" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H167" s="2" t="s">
         <v>450</v>
       </c>
       <c r="I167" s="2">
         <v>83</v>
       </c>
       <c r="J167" s="2">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="K167" s="2">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="L167" s="2">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="M167" s="2">
         <v>0</v>
       </c>
       <c r="N167" s="2">
-        <v>197</v>
+        <v>146</v>
       </c>
     </row>
     <row r="168" spans="1:14">
       <c r="A168" s="2">
         <v>113940</v>
       </c>
       <c r="B168" s="2" t="s">
         <v>451</v>
       </c>
       <c r="C168" s="2" t="s">
         <v>452</v>
       </c>
       <c r="D168" s="2"/>
       <c r="E168" s="2">
         <v>70243</v>
       </c>
       <c r="F168" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G168" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H168" s="2" t="s">
         <v>453</v>
       </c>
@@ -9406,51 +9406,51 @@
       </c>
       <c r="J168" s="2">
         <v>75</v>
       </c>
       <c r="K168" s="2">
         <v>150</v>
       </c>
       <c r="L168" s="2">
         <v>46</v>
       </c>
       <c r="M168" s="2">
         <v>0</v>
       </c>
       <c r="N168" s="2">
         <v>196</v>
       </c>
     </row>
     <row r="169" spans="1:14">
       <c r="A169" s="2">
         <v>108348</v>
       </c>
       <c r="B169" s="2" t="s">
         <v>84</v>
       </c>
       <c r="C169" s="2" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="D169" s="2"/>
       <c r="E169" s="2">
         <v>7033</v>
       </c>
       <c r="F169" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G169" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H169" s="2" t="s">
         <v>454</v>
       </c>
       <c r="I169" s="2">
         <v>84</v>
       </c>
       <c r="J169" s="2">
         <v>76</v>
       </c>
       <c r="K169" s="2">
         <v>100</v>
       </c>
       <c r="L169" s="2">
         <v>45</v>
@@ -9526,130 +9526,130 @@
       </c>
       <c r="H171" s="2" t="s">
         <v>454</v>
       </c>
       <c r="I171" s="2">
         <v>85</v>
       </c>
       <c r="J171" s="2">
         <v>77</v>
       </c>
       <c r="K171" s="2">
         <v>100</v>
       </c>
       <c r="L171" s="2">
         <v>44</v>
       </c>
       <c r="M171" s="2">
         <v>0</v>
       </c>
       <c r="N171" s="2">
         <v>144</v>
       </c>
     </row>
     <row r="172" spans="1:14">
       <c r="A172" s="2">
-        <v>109945</v>
+        <v>108350</v>
       </c>
       <c r="B172" s="2" t="s">
+        <v>84</v>
+      </c>
+      <c r="C172" s="2" t="s">
         <v>460</v>
-      </c>
-[...1 lines deleted...]
-        <v>461</v>
       </c>
       <c r="D172" s="2"/>
       <c r="E172" s="2">
-        <v>70276</v>
+        <v>7027</v>
       </c>
       <c r="F172" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G172" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H172" s="2" t="s">
-        <v>462</v>
+        <v>461</v>
       </c>
       <c r="I172" s="2">
         <v>86</v>
       </c>
       <c r="J172" s="2">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="K172" s="2">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="L172" s="2">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="M172" s="2">
         <v>0</v>
       </c>
       <c r="N172" s="2">
-        <v>194</v>
+        <v>143</v>
       </c>
     </row>
     <row r="173" spans="1:14">
       <c r="A173" s="2">
-        <v>108350</v>
+        <v>109945</v>
       </c>
       <c r="B173" s="2" t="s">
-        <v>84</v>
+        <v>462</v>
       </c>
       <c r="C173" s="2" t="s">
         <v>463</v>
       </c>
       <c r="D173" s="2"/>
       <c r="E173" s="2">
-        <v>7027</v>
+        <v>70276</v>
       </c>
       <c r="F173" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G173" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H173" s="2" t="s">
         <v>464</v>
       </c>
       <c r="I173" s="2">
         <v>86</v>
       </c>
       <c r="J173" s="2">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="K173" s="2">
-        <v>100</v>
+        <v>150</v>
       </c>
       <c r="L173" s="2">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="M173" s="2">
         <v>0</v>
       </c>
       <c r="N173" s="2">
-        <v>143</v>
+        <v>194</v>
       </c>
     </row>
     <row r="174" spans="1:14">
       <c r="A174" s="2">
         <v>108351</v>
       </c>
       <c r="B174" s="2" t="s">
         <v>222</v>
       </c>
       <c r="C174" s="2" t="s">
         <v>465</v>
       </c>
       <c r="D174" s="2"/>
       <c r="E174" s="2">
         <v>7045</v>
       </c>
       <c r="F174" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G174" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H174" s="2" t="s">
         <v>466</v>
       </c>
@@ -10030,130 +10030,130 @@
       </c>
       <c r="H183" s="2" t="s">
         <v>493</v>
       </c>
       <c r="I183" s="2">
         <v>91</v>
       </c>
       <c r="J183" s="2">
         <v>83</v>
       </c>
       <c r="K183" s="2">
         <v>100</v>
       </c>
       <c r="L183" s="2">
         <v>38</v>
       </c>
       <c r="M183" s="2">
         <v>0</v>
       </c>
       <c r="N183" s="2">
         <v>138</v>
       </c>
     </row>
     <row r="184" spans="1:14">
       <c r="A184" s="2">
-        <v>113946</v>
+        <v>108356</v>
       </c>
       <c r="B184" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="C184" s="2" t="s">
         <v>494</v>
-      </c>
-[...1 lines deleted...]
-        <v>495</v>
       </c>
       <c r="D184" s="2"/>
       <c r="E184" s="2">
-        <v>70100</v>
+        <v>7122</v>
       </c>
       <c r="F184" s="2" t="s">
-        <v>59</v>
+        <v>16</v>
       </c>
       <c r="G184" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H184" s="2" t="s">
-        <v>496</v>
+        <v>495</v>
       </c>
       <c r="I184" s="2">
         <v>92</v>
       </c>
       <c r="J184" s="2">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="K184" s="2">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="L184" s="2">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="M184" s="2">
         <v>0</v>
       </c>
       <c r="N184" s="2">
-        <v>189</v>
+        <v>137</v>
       </c>
     </row>
     <row r="185" spans="1:14">
       <c r="A185" s="2">
-        <v>108356</v>
+        <v>113946</v>
       </c>
       <c r="B185" s="2" t="s">
-        <v>14</v>
+        <v>496</v>
       </c>
       <c r="C185" s="2" t="s">
         <v>497</v>
       </c>
       <c r="D185" s="2"/>
       <c r="E185" s="2">
-        <v>7122</v>
+        <v>70100</v>
       </c>
       <c r="F185" s="2" t="s">
-        <v>16</v>
+        <v>59</v>
       </c>
       <c r="G185" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H185" s="2" t="s">
         <v>498</v>
       </c>
       <c r="I185" s="2">
         <v>92</v>
       </c>
       <c r="J185" s="2">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="K185" s="2">
-        <v>100</v>
+        <v>150</v>
       </c>
       <c r="L185" s="2">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="M185" s="2">
         <v>0</v>
       </c>
       <c r="N185" s="2">
-        <v>137</v>
+        <v>189</v>
       </c>
     </row>
     <row r="186" spans="1:14">
       <c r="A186" s="2">
         <v>108357</v>
       </c>
       <c r="B186" s="2" t="s">
         <v>39</v>
       </c>
       <c r="C186" s="2" t="s">
         <v>499</v>
       </c>
       <c r="D186" s="2"/>
       <c r="E186" s="2">
         <v>7093</v>
       </c>
       <c r="F186" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G186" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H186" s="2" t="s">
         <v>500</v>
       </c>
@@ -10327,51 +10327,51 @@
       </c>
       <c r="I190" s="2">
         <v>95</v>
       </c>
       <c r="J190" s="2">
         <v>85</v>
       </c>
       <c r="K190" s="2">
         <v>150</v>
       </c>
       <c r="L190" s="2">
         <v>36</v>
       </c>
       <c r="M190" s="2">
         <v>0</v>
       </c>
       <c r="N190" s="2">
         <v>186</v>
       </c>
     </row>
     <row r="191" spans="1:14">
       <c r="A191" s="2">
         <v>108359</v>
       </c>
       <c r="B191" s="2" t="s">
-        <v>278</v>
+        <v>275</v>
       </c>
       <c r="C191" s="2" t="s">
         <v>511</v>
       </c>
       <c r="D191" s="2"/>
       <c r="E191" s="2">
         <v>7143</v>
       </c>
       <c r="F191" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G191" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H191" s="2" t="s">
         <v>512</v>
       </c>
       <c r="I191" s="2">
         <v>95</v>
       </c>
       <c r="J191" s="2">
         <v>87</v>
       </c>
       <c r="K191" s="2">
         <v>100</v>
@@ -10450,222 +10450,222 @@
       </c>
       <c r="H193" s="2" t="s">
         <v>510</v>
       </c>
       <c r="I193" s="2">
         <v>96</v>
       </c>
       <c r="J193" s="2">
         <v>11</v>
       </c>
       <c r="K193" s="2">
         <v>150</v>
       </c>
       <c r="L193" s="2">
         <v>200</v>
       </c>
       <c r="M193" s="2">
         <v>0</v>
       </c>
       <c r="N193" s="2">
         <v>350</v>
       </c>
     </row>
     <row r="194" spans="1:14">
       <c r="A194" s="2">
-        <v>108361</v>
+        <v>113950</v>
       </c>
       <c r="B194" s="2" t="s">
-        <v>39</v>
+        <v>515</v>
       </c>
       <c r="C194" s="2" t="s">
-        <v>515</v>
+        <v>123</v>
       </c>
       <c r="D194" s="2"/>
       <c r="E194" s="2">
-        <v>7037</v>
+        <v>70014</v>
       </c>
       <c r="F194" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G194" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H194" s="2" t="s">
         <v>516</v>
       </c>
       <c r="I194" s="2">
         <v>97</v>
       </c>
       <c r="J194" s="2">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="K194" s="2">
-        <v>100</v>
+        <v>150</v>
       </c>
       <c r="L194" s="2">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="M194" s="2">
         <v>0</v>
       </c>
       <c r="N194" s="2">
-        <v>132</v>
+        <v>185</v>
       </c>
     </row>
     <row r="195" spans="1:14">
       <c r="A195" s="2">
-        <v>113950</v>
+        <v>108361</v>
       </c>
       <c r="B195" s="2" t="s">
+        <v>39</v>
+      </c>
+      <c r="C195" s="2" t="s">
         <v>517</v>
-      </c>
-[...1 lines deleted...]
-        <v>123</v>
       </c>
       <c r="D195" s="2"/>
       <c r="E195" s="2">
-        <v>70014</v>
+        <v>7037</v>
       </c>
       <c r="F195" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G195" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H195" s="2" t="s">
         <v>518</v>
       </c>
       <c r="I195" s="2">
         <v>97</v>
       </c>
       <c r="J195" s="2">
-        <v>86</v>
+        <v>89</v>
       </c>
       <c r="K195" s="2">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="L195" s="2">
-        <v>35</v>
+        <v>32</v>
       </c>
       <c r="M195" s="2">
         <v>0</v>
       </c>
       <c r="N195" s="2">
-        <v>185</v>
+        <v>132</v>
       </c>
     </row>
     <row r="196" spans="1:14">
       <c r="A196" s="2">
-        <v>108362</v>
+        <v>113951</v>
       </c>
       <c r="B196" s="2" t="s">
-        <v>14</v>
+        <v>519</v>
       </c>
       <c r="C196" s="2" t="s">
-        <v>519</v>
+        <v>463</v>
       </c>
       <c r="D196" s="2"/>
       <c r="E196" s="2">
-        <v>7076</v>
+        <v>70016</v>
       </c>
       <c r="F196" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G196" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H196" s="2" t="s">
         <v>520</v>
       </c>
       <c r="I196" s="2">
         <v>98</v>
       </c>
       <c r="J196" s="2">
-        <v>90</v>
+        <v>87</v>
       </c>
       <c r="K196" s="2">
-        <v>100</v>
+        <v>150</v>
       </c>
       <c r="L196" s="2">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="M196" s="2">
         <v>0</v>
       </c>
       <c r="N196" s="2">
-        <v>131</v>
+        <v>184</v>
       </c>
     </row>
     <row r="197" spans="1:14">
       <c r="A197" s="2">
-        <v>113951</v>
+        <v>108362</v>
       </c>
       <c r="B197" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="C197" s="2" t="s">
         <v>521</v>
-      </c>
-[...1 lines deleted...]
-        <v>461</v>
       </c>
       <c r="D197" s="2"/>
       <c r="E197" s="2">
-        <v>70016</v>
+        <v>7076</v>
       </c>
       <c r="F197" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G197" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H197" s="2" t="s">
         <v>522</v>
       </c>
       <c r="I197" s="2">
         <v>98</v>
       </c>
       <c r="J197" s="2">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="K197" s="2">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="L197" s="2">
-        <v>34</v>
+        <v>31</v>
       </c>
       <c r="M197" s="2">
         <v>0</v>
       </c>
       <c r="N197" s="2">
-        <v>184</v>
+        <v>131</v>
       </c>
     </row>
     <row r="198" spans="1:14">
       <c r="A198" s="2">
         <v>108363</v>
       </c>
       <c r="B198" s="2" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="C198" s="2" t="s">
         <v>523</v>
       </c>
       <c r="D198" s="2"/>
       <c r="E198" s="2">
         <v>7069</v>
       </c>
       <c r="F198" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G198" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H198" s="2" t="s">
         <v>524</v>
       </c>
       <c r="I198" s="2">
         <v>99</v>
       </c>
       <c r="J198" s="2">
         <v>91</v>
       </c>
       <c r="K198" s="2">
         <v>100</v>
@@ -10702,298 +10702,298 @@
       </c>
       <c r="H199" s="2" t="s">
         <v>527</v>
       </c>
       <c r="I199" s="2">
         <v>99</v>
       </c>
       <c r="J199" s="2">
         <v>88</v>
       </c>
       <c r="K199" s="2">
         <v>150</v>
       </c>
       <c r="L199" s="2">
         <v>33</v>
       </c>
       <c r="M199" s="2">
         <v>0</v>
       </c>
       <c r="N199" s="2">
         <v>183</v>
       </c>
     </row>
     <row r="200" spans="1:14">
       <c r="A200" s="2">
-        <v>108364</v>
+        <v>113953</v>
       </c>
       <c r="B200" s="2" t="s">
-        <v>96</v>
+        <v>528</v>
       </c>
       <c r="C200" s="2" t="s">
-        <v>528</v>
+        <v>529</v>
       </c>
       <c r="D200" s="2"/>
       <c r="E200" s="2">
-        <v>7101</v>
+        <v>70156</v>
       </c>
       <c r="F200" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G200" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H200" s="2" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
       <c r="I200" s="2">
         <v>100</v>
       </c>
       <c r="J200" s="2">
-        <v>92</v>
+        <v>89</v>
       </c>
       <c r="K200" s="2">
-        <v>100</v>
+        <v>150</v>
       </c>
       <c r="L200" s="2">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="M200" s="2">
         <v>0</v>
       </c>
       <c r="N200" s="2">
-        <v>129</v>
+        <v>182</v>
       </c>
     </row>
     <row r="201" spans="1:14">
       <c r="A201" s="2">
-        <v>113953</v>
+        <v>108364</v>
       </c>
       <c r="B201" s="2" t="s">
-        <v>530</v>
+        <v>96</v>
       </c>
       <c r="C201" s="2" t="s">
         <v>531</v>
       </c>
       <c r="D201" s="2"/>
       <c r="E201" s="2">
-        <v>70156</v>
+        <v>7101</v>
       </c>
       <c r="F201" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G201" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H201" s="2" t="s">
         <v>532</v>
       </c>
       <c r="I201" s="2">
         <v>100</v>
       </c>
       <c r="J201" s="2">
-        <v>89</v>
+        <v>92</v>
       </c>
       <c r="K201" s="2">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="L201" s="2">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="M201" s="2">
         <v>0</v>
       </c>
       <c r="N201" s="2">
-        <v>182</v>
+        <v>129</v>
       </c>
     </row>
     <row r="202" spans="1:14">
       <c r="A202" s="2">
-        <v>108365</v>
+        <v>113954</v>
       </c>
       <c r="B202" s="2" t="s">
-        <v>39</v>
+        <v>533</v>
       </c>
       <c r="C202" s="2" t="s">
-        <v>533</v>
+        <v>46</v>
       </c>
       <c r="D202" s="2"/>
       <c r="E202" s="2">
-        <v>7084</v>
+        <v>70219</v>
       </c>
       <c r="F202" s="2" t="s">
-        <v>16</v>
+        <v>33</v>
       </c>
       <c r="G202" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H202" s="2" t="s">
         <v>534</v>
       </c>
       <c r="I202" s="2">
         <v>101</v>
       </c>
       <c r="J202" s="2">
-        <v>93</v>
+        <v>90</v>
       </c>
       <c r="K202" s="2">
-        <v>100</v>
+        <v>150</v>
       </c>
       <c r="L202" s="2">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="M202" s="2">
         <v>0</v>
       </c>
       <c r="N202" s="2">
-        <v>128</v>
+        <v>181</v>
       </c>
     </row>
     <row r="203" spans="1:14">
       <c r="A203" s="2">
-        <v>113954</v>
+        <v>108365</v>
       </c>
       <c r="B203" s="2" t="s">
+        <v>39</v>
+      </c>
+      <c r="C203" s="2" t="s">
         <v>535</v>
-      </c>
-[...1 lines deleted...]
-        <v>46</v>
       </c>
       <c r="D203" s="2"/>
       <c r="E203" s="2">
-        <v>70219</v>
+        <v>7084</v>
       </c>
       <c r="F203" s="2" t="s">
-        <v>33</v>
+        <v>16</v>
       </c>
       <c r="G203" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H203" s="2" t="s">
         <v>536</v>
       </c>
       <c r="I203" s="2">
         <v>101</v>
       </c>
       <c r="J203" s="2">
-        <v>90</v>
+        <v>93</v>
       </c>
       <c r="K203" s="2">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="L203" s="2">
-        <v>31</v>
+        <v>28</v>
       </c>
       <c r="M203" s="2">
         <v>0</v>
       </c>
       <c r="N203" s="2">
-        <v>181</v>
+        <v>128</v>
       </c>
     </row>
     <row r="204" spans="1:14">
       <c r="A204" s="2">
-        <v>113955</v>
+        <v>108366</v>
       </c>
       <c r="B204" s="2" t="s">
-        <v>436</v>
+        <v>194</v>
       </c>
       <c r="C204" s="2" t="s">
         <v>537</v>
       </c>
       <c r="D204" s="2"/>
       <c r="E204" s="2">
-        <v>70310</v>
+        <v>7129</v>
       </c>
       <c r="F204" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G204" s="2" t="s">
-        <v>17</v>
+        <v>67</v>
       </c>
       <c r="H204" s="2" t="s">
         <v>538</v>
       </c>
       <c r="I204" s="2">
         <v>102</v>
       </c>
       <c r="J204" s="2">
-        <v>91</v>
+        <v>10</v>
       </c>
       <c r="K204" s="2">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="L204" s="2">
-        <v>30</v>
+        <v>210</v>
       </c>
       <c r="M204" s="2">
         <v>0</v>
       </c>
       <c r="N204" s="2">
-        <v>180</v>
+        <v>310</v>
       </c>
     </row>
     <row r="205" spans="1:14">
       <c r="A205" s="2">
-        <v>108366</v>
+        <v>113955</v>
       </c>
       <c r="B205" s="2" t="s">
-        <v>193</v>
+        <v>436</v>
       </c>
       <c r="C205" s="2" t="s">
         <v>539</v>
       </c>
       <c r="D205" s="2"/>
       <c r="E205" s="2">
-        <v>7129</v>
+        <v>70310</v>
       </c>
       <c r="F205" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G205" s="2" t="s">
-        <v>67</v>
+        <v>17</v>
       </c>
       <c r="H205" s="2" t="s">
         <v>540</v>
       </c>
       <c r="I205" s="2">
         <v>102</v>
       </c>
       <c r="J205" s="2">
-        <v>10</v>
+        <v>91</v>
       </c>
       <c r="K205" s="2">
-        <v>100</v>
+        <v>150</v>
       </c>
       <c r="L205" s="2">
-        <v>210</v>
+        <v>30</v>
       </c>
       <c r="M205" s="2">
         <v>0</v>
       </c>
       <c r="N205" s="2">
-        <v>310</v>
+        <v>180</v>
       </c>
     </row>
     <row r="206" spans="1:14">
       <c r="A206" s="2">
         <v>108367</v>
       </c>
       <c r="B206" s="2" t="s">
         <v>222</v>
       </c>
       <c r="C206" s="2" t="s">
         <v>541</v>
       </c>
       <c r="D206" s="2"/>
       <c r="E206" s="2">
         <v>7127</v>
       </c>
       <c r="F206" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G206" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H206" s="2" t="s">
         <v>542</v>
       </c>
@@ -11122,390 +11122,390 @@
       </c>
       <c r="H209" s="2" t="s">
         <v>548</v>
       </c>
       <c r="I209" s="2">
         <v>104</v>
       </c>
       <c r="J209" s="2">
         <v>95</v>
       </c>
       <c r="K209" s="2">
         <v>100</v>
       </c>
       <c r="L209" s="2">
         <v>26</v>
       </c>
       <c r="M209" s="2">
         <v>0</v>
       </c>
       <c r="N209" s="2">
         <v>126</v>
       </c>
     </row>
     <row r="210" spans="1:14">
       <c r="A210" s="2">
-        <v>101780</v>
+        <v>108369</v>
       </c>
       <c r="B210" s="2" t="s">
-        <v>357</v>
+        <v>549</v>
       </c>
       <c r="C210" s="2" t="s">
-        <v>358</v>
+        <v>550</v>
       </c>
       <c r="D210" s="2"/>
       <c r="E210" s="2">
-        <v>70140</v>
+        <v>7158</v>
       </c>
       <c r="F210" s="2" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="G210" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H210" s="2" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="I210" s="2">
         <v>105</v>
       </c>
       <c r="J210" s="2">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="K210" s="2">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="L210" s="2">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="M210" s="2">
         <v>0</v>
       </c>
       <c r="N210" s="2">
-        <v>177</v>
+        <v>125</v>
       </c>
     </row>
     <row r="211" spans="1:14">
       <c r="A211" s="2">
-        <v>108369</v>
+        <v>101780</v>
       </c>
       <c r="B211" s="2" t="s">
-        <v>550</v>
+        <v>357</v>
       </c>
       <c r="C211" s="2" t="s">
-        <v>551</v>
+        <v>358</v>
       </c>
       <c r="D211" s="2"/>
       <c r="E211" s="2">
-        <v>7158</v>
+        <v>70140</v>
       </c>
       <c r="F211" s="2" t="s">
-        <v>16</v>
+        <v>29</v>
       </c>
       <c r="G211" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H211" s="2" t="s">
         <v>552</v>
       </c>
       <c r="I211" s="2">
         <v>105</v>
       </c>
       <c r="J211" s="2">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="K211" s="2">
-        <v>100</v>
+        <v>150</v>
       </c>
       <c r="L211" s="2">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="M211" s="2">
         <v>0</v>
       </c>
       <c r="N211" s="2">
-        <v>125</v>
+        <v>177</v>
       </c>
     </row>
     <row r="212" spans="1:14">
       <c r="A212" s="2">
         <v>108370</v>
       </c>
       <c r="B212" s="2" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="C212" s="2" t="s">
         <v>553</v>
       </c>
       <c r="D212" s="2"/>
       <c r="E212" s="2">
         <v>7031</v>
       </c>
       <c r="F212" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G212" s="2" t="s">
         <v>67</v>
       </c>
       <c r="H212" s="2" t="s">
         <v>554</v>
       </c>
       <c r="I212" s="2">
         <v>106</v>
       </c>
       <c r="J212" s="2">
         <v>11</v>
       </c>
       <c r="K212" s="2">
         <v>100</v>
       </c>
       <c r="L212" s="2">
         <v>200</v>
       </c>
       <c r="M212" s="2">
         <v>0</v>
       </c>
       <c r="N212" s="2">
         <v>300</v>
       </c>
     </row>
     <row r="213" spans="1:14">
       <c r="A213" s="2">
         <v>114036</v>
       </c>
       <c r="B213" s="2" t="s">
-        <v>310</v>
+        <v>313</v>
       </c>
       <c r="C213" s="2" t="s">
         <v>555</v>
       </c>
       <c r="D213" s="2"/>
       <c r="E213" s="2">
         <v>70142</v>
       </c>
       <c r="F213" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G213" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H213" s="2" t="s">
         <v>556</v>
       </c>
       <c r="I213" s="2">
         <v>106</v>
       </c>
       <c r="J213" s="2">
         <v>95</v>
       </c>
       <c r="K213" s="2">
         <v>150</v>
       </c>
       <c r="L213" s="2">
         <v>26</v>
       </c>
       <c r="M213" s="2">
         <v>0</v>
       </c>
       <c r="N213" s="2">
         <v>176</v>
       </c>
     </row>
     <row r="214" spans="1:14">
       <c r="A214" s="2">
-        <v>108371</v>
+        <v>108364</v>
       </c>
       <c r="B214" s="2" t="s">
-        <v>39</v>
+        <v>96</v>
       </c>
       <c r="C214" s="2" t="s">
-        <v>557</v>
+        <v>531</v>
       </c>
       <c r="D214" s="2"/>
       <c r="E214" s="2">
-        <v>7090</v>
+        <v>70055</v>
       </c>
       <c r="F214" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G214" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H214" s="2" t="s">
-        <v>558</v>
+        <v>557</v>
       </c>
       <c r="I214" s="2">
         <v>107</v>
       </c>
       <c r="J214" s="2">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="K214" s="2">
-        <v>100</v>
+        <v>150</v>
       </c>
       <c r="L214" s="2">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="M214" s="2">
         <v>0</v>
       </c>
       <c r="N214" s="2">
-        <v>124</v>
+        <v>175</v>
       </c>
     </row>
     <row r="215" spans="1:14">
       <c r="A215" s="2">
-        <v>108364</v>
+        <v>108371</v>
       </c>
       <c r="B215" s="2" t="s">
-        <v>96</v>
+        <v>39</v>
       </c>
       <c r="C215" s="2" t="s">
-        <v>528</v>
+        <v>558</v>
       </c>
       <c r="D215" s="2"/>
       <c r="E215" s="2">
-        <v>70055</v>
+        <v>7090</v>
       </c>
       <c r="F215" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G215" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H215" s="2" t="s">
         <v>559</v>
       </c>
       <c r="I215" s="2">
         <v>107</v>
       </c>
       <c r="J215" s="2">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="K215" s="2">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="L215" s="2">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="M215" s="2">
         <v>0</v>
       </c>
       <c r="N215" s="2">
-        <v>175</v>
+        <v>124</v>
       </c>
     </row>
     <row r="216" spans="1:14">
       <c r="A216" s="2">
-        <v>114038</v>
+        <v>108372</v>
       </c>
       <c r="B216" s="2" t="s">
         <v>560</v>
       </c>
       <c r="C216" s="2" t="s">
-        <v>561</v>
+        <v>529</v>
       </c>
       <c r="D216" s="2"/>
       <c r="E216" s="2">
-        <v>70231</v>
+        <v>7161</v>
       </c>
       <c r="F216" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G216" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H216" s="2" t="s">
-        <v>562</v>
+        <v>561</v>
       </c>
       <c r="I216" s="2">
         <v>108</v>
       </c>
       <c r="J216" s="2">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="K216" s="2">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="L216" s="2">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="M216" s="2">
         <v>0</v>
       </c>
       <c r="N216" s="2">
-        <v>174</v>
+        <v>123</v>
       </c>
     </row>
     <row r="217" spans="1:14">
       <c r="A217" s="2">
-        <v>108372</v>
+        <v>114038</v>
       </c>
       <c r="B217" s="2" t="s">
+        <v>562</v>
+      </c>
+      <c r="C217" s="2" t="s">
         <v>563</v>
-      </c>
-[...1 lines deleted...]
-        <v>531</v>
       </c>
       <c r="D217" s="2"/>
       <c r="E217" s="2">
-        <v>7161</v>
+        <v>70231</v>
       </c>
       <c r="F217" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G217" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H217" s="2" t="s">
         <v>564</v>
       </c>
       <c r="I217" s="2">
         <v>108</v>
       </c>
       <c r="J217" s="2">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="K217" s="2">
-        <v>100</v>
+        <v>150</v>
       </c>
       <c r="L217" s="2">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M217" s="2">
         <v>0</v>
       </c>
       <c r="N217" s="2">
-        <v>123</v>
+        <v>174</v>
       </c>
     </row>
     <row r="218" spans="1:14">
       <c r="A218" s="2">
         <v>114039</v>
       </c>
       <c r="B218" s="2" t="s">
-        <v>283</v>
+        <v>281</v>
       </c>
       <c r="C218" s="2" t="s">
         <v>565</v>
       </c>
       <c r="D218" s="2"/>
       <c r="E218" s="2">
         <v>70250</v>
       </c>
       <c r="F218" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G218" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H218" s="2" t="s">
         <v>566</v>
       </c>
       <c r="I218" s="2">
         <v>109</v>
       </c>
       <c r="J218" s="2">
         <v>98</v>
       </c>
       <c r="K218" s="2">
         <v>150</v>
@@ -11542,264 +11542,264 @@
       </c>
       <c r="H219" s="2" t="s">
         <v>570</v>
       </c>
       <c r="I219" s="2">
         <v>109</v>
       </c>
       <c r="J219" s="2">
         <v>99</v>
       </c>
       <c r="K219" s="2">
         <v>100</v>
       </c>
       <c r="L219" s="2">
         <v>22</v>
       </c>
       <c r="M219" s="2">
         <v>0</v>
       </c>
       <c r="N219" s="2">
         <v>122</v>
       </c>
     </row>
     <row r="220" spans="1:14">
       <c r="A220" s="2">
-        <v>108374</v>
+        <v>114040</v>
       </c>
       <c r="B220" s="2" t="s">
+        <v>264</v>
+      </c>
+      <c r="C220" s="2" t="s">
         <v>571</v>
-      </c>
-[...1 lines deleted...]
-        <v>572</v>
       </c>
       <c r="D220" s="2"/>
       <c r="E220" s="2">
-        <v>7097</v>
+        <v>70166</v>
       </c>
       <c r="F220" s="2" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="G220" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H220" s="2" t="s">
-        <v>573</v>
+        <v>572</v>
       </c>
       <c r="I220" s="2">
         <v>110</v>
       </c>
       <c r="J220" s="2">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="K220" s="2">
-        <v>100</v>
+        <v>150</v>
       </c>
       <c r="L220" s="2">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="M220" s="2">
         <v>0</v>
       </c>
       <c r="N220" s="2">
-        <v>121</v>
+        <v>172</v>
       </c>
     </row>
     <row r="221" spans="1:14">
       <c r="A221" s="2">
-        <v>114040</v>
+        <v>108374</v>
       </c>
       <c r="B221" s="2" t="s">
-        <v>264</v>
+        <v>573</v>
       </c>
       <c r="C221" s="2" t="s">
         <v>574</v>
       </c>
       <c r="D221" s="2"/>
       <c r="E221" s="2">
-        <v>70166</v>
+        <v>7097</v>
       </c>
       <c r="F221" s="2" t="s">
-        <v>16</v>
+        <v>25</v>
       </c>
       <c r="G221" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H221" s="2" t="s">
         <v>575</v>
       </c>
       <c r="I221" s="2">
         <v>110</v>
       </c>
       <c r="J221" s="2">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="K221" s="2">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="L221" s="2">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="M221" s="2">
         <v>0</v>
       </c>
       <c r="N221" s="2">
-        <v>172</v>
+        <v>121</v>
       </c>
     </row>
     <row r="222" spans="1:14">
       <c r="A222" s="2">
-        <v>108375</v>
+        <v>114041</v>
       </c>
       <c r="B222" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C222" s="2" t="s">
         <v>576</v>
       </c>
       <c r="D222" s="2"/>
       <c r="E222" s="2">
-        <v>7072</v>
+        <v>70089</v>
       </c>
       <c r="F222" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G222" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H222" s="2" t="s">
         <v>577</v>
       </c>
       <c r="I222" s="2">
         <v>111</v>
       </c>
       <c r="J222" s="2">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="K222" s="2">
-        <v>100</v>
+        <v>150</v>
       </c>
       <c r="L222" s="2">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M222" s="2">
         <v>0</v>
       </c>
       <c r="N222" s="2">
-        <v>120</v>
+        <v>171</v>
       </c>
     </row>
     <row r="223" spans="1:14">
       <c r="A223" s="2">
-        <v>114041</v>
+        <v>108375</v>
       </c>
       <c r="B223" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C223" s="2" t="s">
         <v>578</v>
       </c>
       <c r="D223" s="2"/>
       <c r="E223" s="2">
-        <v>70089</v>
+        <v>7072</v>
       </c>
       <c r="F223" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G223" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H223" s="2" t="s">
         <v>579</v>
       </c>
       <c r="I223" s="2">
         <v>111</v>
       </c>
       <c r="J223" s="2">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="K223" s="2">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="L223" s="2">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M223" s="2">
         <v>0</v>
       </c>
       <c r="N223" s="2">
-        <v>171</v>
+        <v>120</v>
       </c>
     </row>
     <row r="224" spans="1:14">
       <c r="A224" s="2">
         <v>108376</v>
       </c>
       <c r="B224" s="2" t="s">
         <v>39</v>
       </c>
       <c r="C224" s="2" t="s">
         <v>580</v>
       </c>
       <c r="D224" s="2"/>
       <c r="E224" s="2">
         <v>7018</v>
       </c>
       <c r="F224" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G224" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H224" s="2" t="s">
         <v>581</v>
       </c>
       <c r="I224" s="2">
         <v>112</v>
       </c>
       <c r="J224" s="2">
         <v>102</v>
       </c>
       <c r="K224" s="2">
         <v>100</v>
       </c>
       <c r="L224" s="2">
         <v>20</v>
       </c>
       <c r="M224" s="2">
         <v>0</v>
       </c>
       <c r="N224" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="225" spans="1:14">
       <c r="A225" s="2">
         <v>108377</v>
       </c>
       <c r="B225" s="2" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="C225" s="2" t="s">
         <v>582</v>
       </c>
       <c r="D225" s="2"/>
       <c r="E225" s="2">
         <v>7026</v>
       </c>
       <c r="F225" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G225" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H225" s="2" t="s">
         <v>583</v>
       </c>
       <c r="I225" s="2">
         <v>113</v>
       </c>
       <c r="J225" s="2">
         <v>103</v>
       </c>
       <c r="K225" s="2">
         <v>100</v>
@@ -12679,51 +12679,51 @@
       </c>
       <c r="I246" s="2">
         <v>134</v>
       </c>
       <c r="J246" s="2">
         <v>122</v>
       </c>
       <c r="K246" s="2">
         <v>100</v>
       </c>
       <c r="L246" s="2">
         <v>20</v>
       </c>
       <c r="M246" s="2">
         <v>0</v>
       </c>
       <c r="N246" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="247" spans="1:14">
       <c r="A247" s="2">
         <v>108399</v>
       </c>
       <c r="B247" s="2" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="C247" s="2" t="s">
         <v>502</v>
       </c>
       <c r="D247" s="2"/>
       <c r="E247" s="2">
         <v>7035</v>
       </c>
       <c r="F247" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G247" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H247" s="2" t="s">
         <v>617</v>
       </c>
       <c r="I247" s="2">
         <v>135</v>
       </c>
       <c r="J247" s="2">
         <v>123</v>
       </c>
       <c r="K247" s="2">
         <v>100</v>
@@ -12805,54 +12805,54 @@
       </c>
       <c r="I249" s="2">
         <v>142</v>
       </c>
       <c r="J249" s="2">
         <v>14</v>
       </c>
       <c r="K249" s="2">
         <v>150</v>
       </c>
       <c r="L249" s="2">
         <v>170</v>
       </c>
       <c r="M249" s="2">
         <v>0</v>
       </c>
       <c r="N249" s="2">
         <v>320</v>
       </c>
     </row>
     <row r="250" spans="1:14">
       <c r="A250" s="2">
         <v>103105</v>
       </c>
       <c r="B250" s="2" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="C250" s="2" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="D250" s="2"/>
       <c r="E250" s="2">
         <v>70090</v>
       </c>
       <c r="F250" s="2" t="s">
         <v>59</v>
       </c>
       <c r="G250" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H250" s="2" t="s">
         <v>623</v>
       </c>
       <c r="I250" s="2">
         <v>153</v>
       </c>
       <c r="J250" s="2">
         <v>137</v>
       </c>
       <c r="K250" s="2">
         <v>150</v>
       </c>
       <c r="L250" s="2">
         <v>20</v>