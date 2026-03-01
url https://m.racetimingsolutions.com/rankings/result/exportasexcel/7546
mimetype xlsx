--- v0 (2026-03-01)
+++ v1 (2026-03-01)
@@ -341,68 +341,68 @@
   <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>12:07:06</t>
   </si>
   <si>
     <t>Azman</t>
   </si>
   <si>
     <t>Sulaiman</t>
   </si>
   <si>
     <t>12:11:03</t>
   </si>
   <si>
     <t xml:space="preserve">Ming Hui </t>
   </si>
   <si>
     <t>Lee</t>
   </si>
   <si>
     <t>10:30:47</t>
   </si>
   <si>
+    <t>Chia Hock</t>
+  </si>
+  <si>
+    <t>Chuan</t>
+  </si>
+  <si>
+    <t>10:33:04</t>
+  </si>
+  <si>
     <t>Choo Teong</t>
   </si>
   <si>
     <t>Poh</t>
   </si>
   <si>
     <t>12:16:31</t>
   </si>
   <si>
-    <t>Chia Hock</t>
-[...7 lines deleted...]
-  <si>
     <t>WEI CHING</t>
   </si>
   <si>
     <t>CHAN</t>
   </si>
   <si>
     <t>12:21:16</t>
   </si>
   <si>
     <t>David</t>
   </si>
   <si>
     <t>Tan</t>
   </si>
   <si>
     <t>10:37:30</t>
   </si>
   <si>
     <t>10:45:36</t>
   </si>
   <si>
     <t>Muhammad Zulhilmi</t>
   </si>
   <si>
     <t>Ibrahim</t>
@@ -1322,129 +1322,129 @@
   <si>
     <t>Zalihar</t>
   </si>
   <si>
     <t>13:14:14</t>
   </si>
   <si>
     <t>Gurunathan</t>
   </si>
   <si>
     <t>Kuppusamy</t>
   </si>
   <si>
     <t>14:42:28</t>
   </si>
   <si>
     <t>Mohamad Zulharith</t>
   </si>
   <si>
     <t>Shahrul Bin Yusdin</t>
   </si>
   <si>
     <t>13:14:48</t>
   </si>
   <si>
+    <t>Karin</t>
+  </si>
+  <si>
+    <t>Holzschuher</t>
+  </si>
+  <si>
+    <t>Germany</t>
+  </si>
+  <si>
+    <t>14:45:04</t>
+  </si>
+  <si>
     <t>Bakteir</t>
   </si>
   <si>
     <t>13:15:25</t>
   </si>
   <si>
-    <t>Karin</t>
-[...10 lines deleted...]
-  <si>
     <t>Mohamad Fauzi</t>
   </si>
   <si>
     <t>Hamid</t>
   </si>
   <si>
     <t>Wei Qi Cheryl</t>
   </si>
   <si>
     <t>Chan</t>
   </si>
   <si>
     <t>14:45:55</t>
   </si>
   <si>
     <t>Ahmad Nizam</t>
   </si>
   <si>
     <t>Bin Yunus</t>
   </si>
   <si>
     <t>14:47:00</t>
   </si>
   <si>
     <t>Amirul</t>
   </si>
   <si>
     <t>FAZREEN BIN MOHD ZAIN</t>
   </si>
   <si>
     <t>13:17:11</t>
   </si>
   <si>
     <t>Muhamad Shahril</t>
   </si>
   <si>
     <t>Mohammad</t>
   </si>
   <si>
     <t>14:47:48</t>
   </si>
   <si>
     <t>13:17:43</t>
   </si>
   <si>
+    <t>Heah</t>
+  </si>
+  <si>
+    <t>TENG CHAI</t>
+  </si>
+  <si>
+    <t>13:25:28</t>
+  </si>
+  <si>
     <t>Nor Liana</t>
   </si>
   <si>
     <t>Binti Azman</t>
   </si>
   <si>
     <t>14:48:02</t>
-  </si>
-[...7 lines deleted...]
-    <t>13:25:28</t>
   </si>
   <si>
     <t>Kamarul</t>
   </si>
   <si>
     <t>Ariffin Bin Basri</t>
   </si>
   <si>
     <t>14:48:13</t>
   </si>
   <si>
     <t>Lydwina</t>
   </si>
   <si>
     <t>R. Sikul</t>
   </si>
   <si>
     <t>13:26:29</t>
   </si>
   <si>
     <t>Chee Mun</t>
   </si>
   <si>
     <t>Leong</t>
   </si>
@@ -3457,126 +3457,126 @@
       </c>
       <c r="H29" s="2" t="s">
         <v>108</v>
       </c>
       <c r="I29" s="2">
         <v>14</v>
       </c>
       <c r="J29" s="2">
         <v>3</v>
       </c>
       <c r="K29" s="2">
         <v>70</v>
       </c>
       <c r="L29" s="2">
         <v>225</v>
       </c>
       <c r="M29" s="2">
         <v>0</v>
       </c>
       <c r="N29" s="2">
         <v>295</v>
       </c>
     </row>
     <row r="30" spans="1:14">
       <c r="A30" s="2">
-        <v>100750</v>
+        <v>109930</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>109</v>
       </c>
       <c r="C30" s="2" t="s">
         <v>110</v>
       </c>
       <c r="D30" s="2"/>
-      <c r="E30" s="2">
-[...4 lines deleted...]
-      </c>
+      <c r="E30" s="2"/>
+      <c r="F30" s="2"/>
       <c r="G30" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H30" s="2" t="s">
         <v>111</v>
       </c>
       <c r="I30" s="2">
         <v>15</v>
       </c>
       <c r="J30" s="2">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="K30" s="2">
         <v>70</v>
       </c>
       <c r="L30" s="2">
-        <v>115</v>
+        <v>120</v>
       </c>
       <c r="M30" s="2">
         <v>0</v>
       </c>
       <c r="N30" s="2">
-        <v>185</v>
+        <v>190</v>
       </c>
     </row>
     <row r="31" spans="1:14">
       <c r="A31" s="2">
-        <v>109930</v>
+        <v>100750</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>112</v>
       </c>
       <c r="C31" s="2" t="s">
         <v>113</v>
       </c>
       <c r="D31" s="2"/>
-      <c r="E31" s="2"/>
-      <c r="F31" s="2"/>
+      <c r="E31" s="2">
+        <v>7121</v>
+      </c>
+      <c r="F31" s="2" t="s">
+        <v>25</v>
+      </c>
       <c r="G31" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H31" s="2" t="s">
         <v>114</v>
       </c>
       <c r="I31" s="2">
         <v>15</v>
       </c>
       <c r="J31" s="2">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="K31" s="2">
         <v>70</v>
       </c>
       <c r="L31" s="2">
-        <v>120</v>
+        <v>115</v>
       </c>
       <c r="M31" s="2">
         <v>0</v>
       </c>
       <c r="N31" s="2">
-        <v>190</v>
+        <v>185</v>
       </c>
     </row>
     <row r="32" spans="1:14">
       <c r="A32" s="2">
         <v>115087</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>115</v>
       </c>
       <c r="C32" s="2" t="s">
         <v>116</v>
       </c>
       <c r="D32" s="2"/>
       <c r="E32" s="2">
         <v>7527</v>
       </c>
       <c r="F32" s="2" t="s">
         <v>25</v>
       </c>
       <c r="G32" s="2" t="s">
         <v>39</v>
       </c>
       <c r="H32" s="2" t="s">
         <v>117</v>
       </c>
@@ -8073,148 +8073,148 @@
       </c>
       <c r="H143" s="2" t="s">
         <v>435</v>
       </c>
       <c r="I143" s="2">
         <v>71</v>
       </c>
       <c r="J143" s="2">
         <v>54</v>
       </c>
       <c r="K143" s="2">
         <v>70</v>
       </c>
       <c r="L143" s="2">
         <v>62</v>
       </c>
       <c r="M143" s="2">
         <v>0</v>
       </c>
       <c r="N143" s="2">
         <v>132</v>
       </c>
     </row>
     <row r="144" spans="1:14">
       <c r="A144" s="2">
-        <v>109982</v>
+        <v>101441</v>
       </c>
       <c r="B144" s="2" t="s">
         <v>436</v>
       </c>
       <c r="C144" s="2" t="s">
-        <v>134</v>
+        <v>437</v>
       </c>
       <c r="D144" s="2"/>
-      <c r="E144" s="2"/>
-      <c r="F144" s="2"/>
+      <c r="E144" s="2">
+        <v>7541</v>
+      </c>
+      <c r="F144" s="2" t="s">
+        <v>438</v>
+      </c>
       <c r="G144" s="2" t="s">
-        <v>17</v>
+        <v>39</v>
       </c>
       <c r="H144" s="2" t="s">
-        <v>437</v>
+        <v>439</v>
       </c>
       <c r="I144" s="2">
         <v>72</v>
       </c>
       <c r="J144" s="2">
-        <v>55</v>
+        <v>16</v>
       </c>
       <c r="K144" s="2">
         <v>70</v>
       </c>
       <c r="L144" s="2">
-        <v>61</v>
+        <v>100</v>
       </c>
       <c r="M144" s="2">
         <v>0</v>
       </c>
       <c r="N144" s="2">
-        <v>131</v>
+        <v>170</v>
       </c>
     </row>
     <row r="145" spans="1:14">
       <c r="A145" s="2">
-        <v>101441</v>
+        <v>109982</v>
       </c>
       <c r="B145" s="2" t="s">
-        <v>438</v>
+        <v>440</v>
       </c>
       <c r="C145" s="2" t="s">
-        <v>439</v>
+        <v>134</v>
       </c>
       <c r="D145" s="2"/>
-      <c r="E145" s="2">
-[...4 lines deleted...]
-      </c>
+      <c r="E145" s="2"/>
+      <c r="F145" s="2"/>
       <c r="G145" s="2" t="s">
-        <v>39</v>
+        <v>17</v>
       </c>
       <c r="H145" s="2" t="s">
         <v>441</v>
       </c>
       <c r="I145" s="2">
         <v>72</v>
       </c>
       <c r="J145" s="2">
-        <v>16</v>
+        <v>55</v>
       </c>
       <c r="K145" s="2">
         <v>70</v>
       </c>
       <c r="L145" s="2">
-        <v>100</v>
+        <v>61</v>
       </c>
       <c r="M145" s="2">
         <v>0</v>
       </c>
       <c r="N145" s="2">
-        <v>170</v>
+        <v>131</v>
       </c>
     </row>
     <row r="146" spans="1:14">
       <c r="A146" s="2">
         <v>108671</v>
       </c>
       <c r="B146" s="2" t="s">
         <v>442</v>
       </c>
       <c r="C146" s="2" t="s">
         <v>443</v>
       </c>
       <c r="D146" s="2"/>
       <c r="E146" s="2"/>
       <c r="F146" s="2" t="s">
         <v>72</v>
       </c>
       <c r="G146" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H146" s="2" t="s">
-        <v>437</v>
+        <v>441</v>
       </c>
       <c r="I146" s="2">
         <v>73</v>
       </c>
       <c r="J146" s="2">
         <v>56</v>
       </c>
       <c r="K146" s="2">
         <v>70</v>
       </c>
       <c r="L146" s="2">
         <v>60</v>
       </c>
       <c r="M146" s="2">
         <v>0</v>
       </c>
       <c r="N146" s="2">
         <v>130</v>
       </c>
     </row>
     <row r="147" spans="1:14">
       <c r="A147" s="2">
         <v>115139</v>
       </c>
       <c r="B147" s="2" t="s">
@@ -8360,163 +8360,163 @@
       </c>
       <c r="I150" s="2">
         <v>75</v>
       </c>
       <c r="J150" s="2">
         <v>58</v>
       </c>
       <c r="K150" s="2">
         <v>70</v>
       </c>
       <c r="L150" s="2">
         <v>58</v>
       </c>
       <c r="M150" s="2">
         <v>0</v>
       </c>
       <c r="N150" s="2">
         <v>128</v>
       </c>
     </row>
     <row r="151" spans="1:14">
       <c r="A151" s="2">
         <v>101441</v>
       </c>
       <c r="B151" s="2" t="s">
-        <v>438</v>
+        <v>436</v>
       </c>
       <c r="C151" s="2" t="s">
-        <v>439</v>
+        <v>437</v>
       </c>
       <c r="D151" s="2"/>
       <c r="E151" s="2"/>
       <c r="F151" s="2" t="s">
-        <v>440</v>
+        <v>438</v>
       </c>
       <c r="G151" s="2" t="s">
         <v>39</v>
       </c>
       <c r="H151" s="2" t="s">
         <v>456</v>
       </c>
       <c r="I151" s="2">
         <v>75</v>
       </c>
       <c r="J151" s="2">
         <v>18</v>
       </c>
       <c r="K151" s="2">
         <v>70</v>
       </c>
       <c r="L151" s="2">
         <v>98</v>
       </c>
       <c r="M151" s="2">
         <v>0</v>
       </c>
       <c r="N151" s="2">
         <v>168</v>
       </c>
     </row>
     <row r="152" spans="1:14">
       <c r="A152" s="2">
-        <v>115142</v>
+        <v>109985</v>
       </c>
       <c r="B152" s="2" t="s">
         <v>457</v>
       </c>
       <c r="C152" s="2" t="s">
         <v>458</v>
       </c>
       <c r="D152" s="2"/>
-      <c r="E152" s="2">
-[...4 lines deleted...]
-      </c>
+      <c r="E152" s="2"/>
+      <c r="F152" s="2"/>
       <c r="G152" s="2" t="s">
-        <v>39</v>
+        <v>17</v>
       </c>
       <c r="H152" s="2" t="s">
         <v>459</v>
       </c>
       <c r="I152" s="2">
         <v>76</v>
       </c>
       <c r="J152" s="2">
-        <v>18</v>
+        <v>58</v>
       </c>
       <c r="K152" s="2">
         <v>70</v>
       </c>
       <c r="L152" s="2">
-        <v>98</v>
+        <v>58</v>
       </c>
       <c r="M152" s="2">
         <v>0</v>
       </c>
       <c r="N152" s="2">
-        <v>168</v>
+        <v>128</v>
       </c>
     </row>
     <row r="153" spans="1:14">
       <c r="A153" s="2">
-        <v>109985</v>
+        <v>115142</v>
       </c>
       <c r="B153" s="2" t="s">
         <v>460</v>
       </c>
       <c r="C153" s="2" t="s">
         <v>461</v>
       </c>
       <c r="D153" s="2"/>
-      <c r="E153" s="2"/>
-      <c r="F153" s="2"/>
+      <c r="E153" s="2">
+        <v>7557</v>
+      </c>
+      <c r="F153" s="2" t="s">
+        <v>25</v>
+      </c>
       <c r="G153" s="2" t="s">
-        <v>17</v>
+        <v>39</v>
       </c>
       <c r="H153" s="2" t="s">
         <v>462</v>
       </c>
       <c r="I153" s="2">
         <v>76</v>
       </c>
       <c r="J153" s="2">
-        <v>58</v>
+        <v>18</v>
       </c>
       <c r="K153" s="2">
         <v>70</v>
       </c>
       <c r="L153" s="2">
-        <v>58</v>
+        <v>98</v>
       </c>
       <c r="M153" s="2">
         <v>0</v>
       </c>
       <c r="N153" s="2">
-        <v>128</v>
+        <v>168</v>
       </c>
     </row>
     <row r="154" spans="1:14">
       <c r="A154" s="2">
         <v>115143</v>
       </c>
       <c r="B154" s="2" t="s">
         <v>463</v>
       </c>
       <c r="C154" s="2" t="s">
         <v>464</v>
       </c>
       <c r="D154" s="2"/>
       <c r="E154" s="2">
         <v>7049</v>
       </c>
       <c r="F154" s="2" t="s">
         <v>25</v>
       </c>
       <c r="G154" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H154" s="2" t="s">
         <v>465</v>
       </c>