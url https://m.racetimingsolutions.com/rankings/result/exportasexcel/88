--- v0 (2025-11-15)
+++ v1 (2025-12-31)
@@ -56,71 +56,71 @@
   <si>
     <t>Gender</t>
   </si>
   <si>
     <t>Finish Time</t>
   </si>
   <si>
     <t>Overall Position</t>
   </si>
   <si>
     <t>Gender Position</t>
   </si>
   <si>
     <t>Finisher Points</t>
   </si>
   <si>
     <t>Performance Points</t>
   </si>
   <si>
     <t>Bonus Points</t>
   </si>
   <si>
     <t>Total Points</t>
   </si>
   <si>
+    <t>Julian</t>
+  </si>
+  <si>
+    <t>Baker</t>
+  </si>
+  <si>
+    <t>Canada</t>
+  </si>
+  <si>
+    <t>Male</t>
+  </si>
+  <si>
+    <t>9:38:20</t>
+  </si>
+  <si>
     <t>Zack</t>
   </si>
   <si>
     <t>Reimer</t>
   </si>
   <si>
-    <t>Canada</t>
-[...13 lines deleted...]
-  <si>
     <t>Martyn</t>
   </si>
   <si>
     <t>Driscoll</t>
   </si>
   <si>
     <t>Great Britain</t>
   </si>
   <si>
     <t>10:32:54</t>
   </si>
   <si>
     <t>Anderskiel</t>
   </si>
   <si>
     <t>Nielsen</t>
   </si>
   <si>
     <t>Denmark</t>
   </si>
   <si>
     <t>10:41:56</t>
   </si>
   <si>
     <t>Yim Heng</t>
@@ -161,65 +161,65 @@
   <si>
     <t>11:10:51</t>
   </si>
   <si>
     <t>Atip</t>
   </si>
   <si>
     <t>Netanong</t>
   </si>
   <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>11:56:30</t>
   </si>
   <si>
     <t>Narin</t>
   </si>
   <si>
     <t>Kongsiri</t>
   </si>
   <si>
     <t>12:45:24</t>
   </si>
   <si>
+    <t>Kittiphong</t>
+  </si>
+  <si>
+    <t>Srivichai</t>
+  </si>
+  <si>
+    <t>13:05:57</t>
+  </si>
+  <si>
     <t>Boonmee</t>
   </si>
   <si>
     <t>Omsit</t>
   </si>
   <si>
-    <t>13:05:57</t>
-[...7 lines deleted...]
-  <si>
     <t>Montha</t>
   </si>
   <si>
     <t>Sontornwit</t>
   </si>
   <si>
     <t>13:24:21</t>
   </si>
   <si>
     <t>Pansa</t>
   </si>
   <si>
     <t>Choochuay</t>
   </si>
   <si>
     <t>13:28:46</t>
   </si>
   <si>
     <t>Rob</t>
   </si>
   <si>
     <t>Cain</t>
   </si>
   <si>
     <t>United States</t>
@@ -266,116 +266,116 @@
   <si>
     <t>Khamsuk</t>
   </si>
   <si>
     <t>14:16:49</t>
   </si>
   <si>
     <t>Choonhou</t>
   </si>
   <si>
     <t>Wong</t>
   </si>
   <si>
     <t>14:28:32</t>
   </si>
   <si>
     <t>Atchawin</t>
   </si>
   <si>
     <t>Thatsanaathirot</t>
   </si>
   <si>
     <t>14:44:15</t>
   </si>
   <si>
+    <t>Theerawat</t>
+  </si>
+  <si>
+    <t>Tantikamnerdkul</t>
+  </si>
+  <si>
+    <t>14:57:14</t>
+  </si>
+  <si>
     <t>Panyavat</t>
   </si>
   <si>
     <t>Oumson</t>
   </si>
   <si>
-    <t>14:57:14</t>
-[...7 lines deleted...]
-  <si>
     <t>Kevin</t>
   </si>
   <si>
     <t>van Campenhout</t>
   </si>
   <si>
     <t>Belgium</t>
   </si>
   <si>
     <t>15:02:43</t>
   </si>
   <si>
     <t>Pakawat</t>
   </si>
   <si>
     <t>Nilapong</t>
   </si>
   <si>
     <t>15:05:05</t>
   </si>
   <si>
     <t>Jules</t>
   </si>
   <si>
     <t>Freund</t>
   </si>
   <si>
     <t>France</t>
   </si>
   <si>
     <t>15:09:48</t>
   </si>
   <si>
+    <t>Joey</t>
+  </si>
+  <si>
+    <t>Chan</t>
+  </si>
+  <si>
+    <t>15:09:55</t>
+  </si>
+  <si>
     <t>Meng Kiat</t>
   </si>
   <si>
     <t>Chua</t>
   </si>
   <si>
     <t>Singapore</t>
   </si>
   <si>
-    <t>15:09:55</t>
-[...7 lines deleted...]
-  <si>
     <t>Wai Teng</t>
   </si>
   <si>
     <t>Lew</t>
   </si>
   <si>
     <t>15:10:13</t>
   </si>
   <si>
     <t>Siokhar</t>
   </si>
   <si>
     <t>Lim</t>
   </si>
   <si>
     <t>Issariya</t>
   </si>
   <si>
     <t>Tumdee</t>
   </si>
   <si>
     <t>15:16:26</t>
   </si>
   <si>
     <t>Sirichai</t>
@@ -482,65 +482,65 @@
   <si>
     <t>Neantasard</t>
   </si>
   <si>
     <t>16:20:34</t>
   </si>
   <si>
     <t>Ruttapoom</t>
   </si>
   <si>
     <t>Kalah</t>
   </si>
   <si>
     <t>16:24:17</t>
   </si>
   <si>
     <t>Veeraphon</t>
   </si>
   <si>
     <t>Ngopphimai</t>
   </si>
   <si>
     <t>16:42:43</t>
   </si>
   <si>
+    <t>Thananchai</t>
+  </si>
+  <si>
+    <t>Buolek</t>
+  </si>
+  <si>
+    <t>16:45:52</t>
+  </si>
+  <si>
     <t>Chakorn</t>
   </si>
   <si>
     <t>Wichakool</t>
   </si>
   <si>
-    <t>16:45:52</t>
-[...7 lines deleted...]
-  <si>
     <t>Mesikarn</t>
   </si>
   <si>
     <t>Jongthamrongjarukit</t>
   </si>
   <si>
     <t>16:53:52</t>
   </si>
   <si>
     <t>Yikyee</t>
   </si>
   <si>
     <t>Yap</t>
   </si>
   <si>
     <t>16:58:10</t>
   </si>
   <si>
     <t>Wengkiong</t>
   </si>
   <si>
     <t>Lum</t>
   </si>
   <si>
     <t>16:58:11</t>
@@ -773,93 +773,93 @@
   <si>
     <t>Monsicha</t>
   </si>
   <si>
     <t>Ngamvitayasiri</t>
   </si>
   <si>
     <t>Arnupong</t>
   </si>
   <si>
     <t>Jaisamoot</t>
   </si>
   <si>
     <t>19:39:16</t>
   </si>
   <si>
     <t>Achawin</t>
   </si>
   <si>
     <t>Souysuwan</t>
   </si>
   <si>
     <t>19:44:27</t>
   </si>
   <si>
+    <t>Prapat</t>
+  </si>
+  <si>
+    <t>Aramchot</t>
+  </si>
+  <si>
+    <t>20:22:38</t>
+  </si>
+  <si>
     <t>Surawut</t>
   </si>
   <si>
     <t>Aungkutranon</t>
   </si>
   <si>
-    <t>20:22:38</t>
-[...7 lines deleted...]
-  <si>
     <t>Sinee</t>
   </si>
   <si>
     <t>Tinnachotsophon</t>
   </si>
   <si>
     <t>20:32:22</t>
   </si>
   <si>
     <t>Chowalit</t>
   </si>
   <si>
     <t>Kratornklang</t>
   </si>
   <si>
     <t>20:32:40</t>
   </si>
   <si>
+    <t>Kah Yee</t>
+  </si>
+  <si>
+    <t>Chau</t>
+  </si>
+  <si>
+    <t>21:18:47</t>
+  </si>
+  <si>
     <t>Pei Ting</t>
-  </si>
-[...7 lines deleted...]
-    <t>Chau</t>
   </si>
   <si>
     <t>Peerapat</t>
   </si>
   <si>
     <t>Chantarattana</t>
   </si>
   <si>
     <t>21:49:17</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1270,103 +1270,103 @@
       </c>
       <c r="H1" s="1" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
       <c r="J1" s="1" t="s">
         <v>9</v>
       </c>
       <c r="K1" s="1" t="s">
         <v>10</v>
       </c>
       <c r="L1" s="1" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="1" t="s">
         <v>12</v>
       </c>
       <c r="N1" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="2" spans="1:14">
       <c r="A2" s="2">
-        <v>103111</v>
+        <v>101825</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>15</v>
       </c>
       <c r="D2" s="2"/>
       <c r="E2" s="2">
-        <v>70013</v>
+        <v>70141</v>
       </c>
       <c r="F2" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G2" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I2" s="2">
         <v>1</v>
       </c>
       <c r="J2" s="2">
         <v>1</v>
       </c>
       <c r="K2" s="2">
         <v>120</v>
       </c>
       <c r="L2" s="2">
         <v>400</v>
       </c>
       <c r="M2" s="2">
         <v>0</v>
       </c>
       <c r="N2" s="2">
         <v>520</v>
       </c>
     </row>
     <row r="3" spans="1:14">
       <c r="A3" s="2">
-        <v>101825</v>
+        <v>103111</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>19</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>20</v>
       </c>
       <c r="D3" s="2"/>
       <c r="E3" s="2">
-        <v>70141</v>
+        <v>70013</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G3" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H3" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I3" s="2">
         <v>1</v>
       </c>
       <c r="J3" s="2">
         <v>1</v>
       </c>
       <c r="K3" s="2">
         <v>120</v>
       </c>
       <c r="L3" s="2">
         <v>400</v>
       </c>
       <c r="M3" s="2">
         <v>0</v>
       </c>
@@ -1648,103 +1648,103 @@
       </c>
       <c r="H10" s="2" t="s">
         <v>48</v>
       </c>
       <c r="I10" s="2">
         <v>9</v>
       </c>
       <c r="J10" s="2">
         <v>8</v>
       </c>
       <c r="K10" s="2">
         <v>120</v>
       </c>
       <c r="L10" s="2">
         <v>230</v>
       </c>
       <c r="M10" s="2">
         <v>0</v>
       </c>
       <c r="N10" s="2">
         <v>350</v>
       </c>
     </row>
     <row r="11" spans="1:14">
       <c r="A11" s="2">
-        <v>103119</v>
+        <v>103118</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>49</v>
       </c>
       <c r="C11" s="2" t="s">
         <v>50</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2">
-        <v>70146</v>
+        <v>70039</v>
       </c>
       <c r="F11" s="2" t="s">
         <v>44</v>
       </c>
       <c r="G11" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H11" s="2" t="s">
         <v>51</v>
       </c>
       <c r="I11" s="2">
         <v>10</v>
       </c>
       <c r="J11" s="2">
         <v>9</v>
       </c>
       <c r="K11" s="2">
         <v>120</v>
       </c>
       <c r="L11" s="2">
         <v>220</v>
       </c>
       <c r="M11" s="2">
         <v>0</v>
       </c>
       <c r="N11" s="2">
         <v>340</v>
       </c>
     </row>
     <row r="12" spans="1:14">
       <c r="A12" s="2">
-        <v>103118</v>
+        <v>103119</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>52</v>
       </c>
       <c r="C12" s="2" t="s">
         <v>53</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2">
-        <v>70039</v>
+        <v>70146</v>
       </c>
       <c r="F12" s="2" t="s">
         <v>44</v>
       </c>
       <c r="G12" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H12" s="2" t="s">
         <v>51</v>
       </c>
       <c r="I12" s="2">
         <v>10</v>
       </c>
       <c r="J12" s="2">
         <v>9</v>
       </c>
       <c r="K12" s="2">
         <v>120</v>
       </c>
       <c r="L12" s="2">
         <v>220</v>
       </c>
       <c r="M12" s="2">
         <v>0</v>
       </c>
@@ -2110,103 +2110,103 @@
       </c>
       <c r="H21" s="2" t="s">
         <v>83</v>
       </c>
       <c r="I21" s="2">
         <v>20</v>
       </c>
       <c r="J21" s="2">
         <v>17</v>
       </c>
       <c r="K21" s="2">
         <v>120</v>
       </c>
       <c r="L21" s="2">
         <v>140</v>
       </c>
       <c r="M21" s="2">
         <v>0</v>
       </c>
       <c r="N21" s="2">
         <v>260</v>
       </c>
     </row>
     <row r="22" spans="1:14">
       <c r="A22" s="2">
-        <v>103129</v>
+        <v>103130</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>84</v>
       </c>
       <c r="C22" s="2" t="s">
         <v>85</v>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2">
-        <v>70028</v>
+        <v>70106</v>
       </c>
       <c r="F22" s="2" t="s">
         <v>44</v>
       </c>
       <c r="G22" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H22" s="2" t="s">
         <v>86</v>
       </c>
       <c r="I22" s="2">
         <v>21</v>
       </c>
       <c r="J22" s="2">
         <v>18</v>
       </c>
       <c r="K22" s="2">
         <v>120</v>
       </c>
       <c r="L22" s="2">
         <v>130</v>
       </c>
       <c r="M22" s="2">
         <v>0</v>
       </c>
       <c r="N22" s="2">
         <v>250</v>
       </c>
     </row>
     <row r="23" spans="1:14">
       <c r="A23" s="2">
-        <v>103130</v>
+        <v>103129</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>87</v>
       </c>
       <c r="C23" s="2" t="s">
         <v>88</v>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="2">
-        <v>70106</v>
+        <v>70028</v>
       </c>
       <c r="F23" s="2" t="s">
         <v>44</v>
       </c>
       <c r="G23" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H23" s="2" t="s">
         <v>86</v>
       </c>
       <c r="I23" s="2">
         <v>21</v>
       </c>
       <c r="J23" s="2">
         <v>18</v>
       </c>
       <c r="K23" s="2">
         <v>120</v>
       </c>
       <c r="L23" s="2">
         <v>130</v>
       </c>
       <c r="M23" s="2">
         <v>0</v>
       </c>
@@ -2320,148 +2320,148 @@
       </c>
       <c r="H26" s="2" t="s">
         <v>99</v>
       </c>
       <c r="I26" s="2">
         <v>25</v>
       </c>
       <c r="J26" s="2">
         <v>22</v>
       </c>
       <c r="K26" s="2">
         <v>120</v>
       </c>
       <c r="L26" s="2">
         <v>99</v>
       </c>
       <c r="M26" s="2">
         <v>0</v>
       </c>
       <c r="N26" s="2">
         <v>219</v>
       </c>
     </row>
     <row r="27" spans="1:14">
       <c r="A27" s="2">
-        <v>103134</v>
+        <v>101446</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>100</v>
       </c>
       <c r="C27" s="2" t="s">
         <v>101</v>
       </c>
       <c r="D27" s="2"/>
       <c r="E27" s="2">
-        <v>70077</v>
+        <v>70075</v>
       </c>
       <c r="F27" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="G27" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="H27" s="2" t="s">
         <v>102</v>
-      </c>
-[...4 lines deleted...]
-        <v>103</v>
       </c>
       <c r="I27" s="2">
         <v>26</v>
       </c>
       <c r="J27" s="2">
-        <v>23</v>
+        <v>4</v>
       </c>
       <c r="K27" s="2">
         <v>120</v>
       </c>
       <c r="L27" s="2">
-        <v>98</v>
+        <v>300</v>
       </c>
       <c r="M27" s="2">
         <v>0</v>
       </c>
       <c r="N27" s="2">
-        <v>218</v>
+        <v>420</v>
       </c>
     </row>
     <row r="28" spans="1:14">
       <c r="A28" s="2">
-        <v>101446</v>
+        <v>103134</v>
       </c>
       <c r="B28" s="2" t="s">
+        <v>103</v>
+      </c>
+      <c r="C28" s="2" t="s">
         <v>104</v>
-      </c>
-[...1 lines deleted...]
-        <v>105</v>
       </c>
       <c r="D28" s="2"/>
       <c r="E28" s="2">
-        <v>70075</v>
+        <v>70077</v>
       </c>
       <c r="F28" s="2" t="s">
-        <v>31</v>
+        <v>105</v>
       </c>
       <c r="G28" s="2" t="s">
-        <v>36</v>
+        <v>17</v>
       </c>
       <c r="H28" s="2" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="I28" s="2">
         <v>26</v>
       </c>
       <c r="J28" s="2">
-        <v>4</v>
+        <v>23</v>
       </c>
       <c r="K28" s="2">
         <v>120</v>
       </c>
       <c r="L28" s="2">
-        <v>300</v>
+        <v>98</v>
       </c>
       <c r="M28" s="2">
         <v>0</v>
       </c>
       <c r="N28" s="2">
-        <v>420</v>
+        <v>218</v>
       </c>
     </row>
     <row r="29" spans="1:14">
       <c r="A29" s="2">
         <v>103136</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>106</v>
       </c>
       <c r="C29" s="2" t="s">
         <v>107</v>
       </c>
       <c r="D29" s="2"/>
       <c r="E29" s="2">
         <v>70144</v>
       </c>
       <c r="F29" s="2" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="G29" s="2" t="s">
         <v>36</v>
       </c>
       <c r="H29" s="2" t="s">
         <v>108</v>
       </c>
       <c r="I29" s="2">
         <v>28</v>
       </c>
       <c r="J29" s="2">
         <v>5</v>
       </c>
       <c r="K29" s="2">
         <v>120</v>
       </c>
       <c r="L29" s="2">
         <v>275</v>
       </c>
       <c r="M29" s="2">
         <v>0</v>
       </c>
       <c r="N29" s="2">
         <v>395</v>
       </c>
@@ -3118,103 +3118,103 @@
       </c>
       <c r="H45" s="2" t="s">
         <v>155</v>
       </c>
       <c r="I45" s="2">
         <v>44</v>
       </c>
       <c r="J45" s="2">
         <v>34</v>
       </c>
       <c r="K45" s="2">
         <v>120</v>
       </c>
       <c r="L45" s="2">
         <v>87</v>
       </c>
       <c r="M45" s="2">
         <v>0</v>
       </c>
       <c r="N45" s="2">
         <v>207</v>
       </c>
     </row>
     <row r="46" spans="1:14">
       <c r="A46" s="2">
-        <v>103154</v>
+        <v>103153</v>
       </c>
       <c r="B46" s="2" t="s">
         <v>156</v>
       </c>
       <c r="C46" s="2" t="s">
         <v>157</v>
       </c>
       <c r="D46" s="2"/>
       <c r="E46" s="2">
-        <v>70061</v>
+        <v>70018</v>
       </c>
       <c r="F46" s="2" t="s">
         <v>44</v>
       </c>
       <c r="G46" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H46" s="2" t="s">
         <v>158</v>
       </c>
       <c r="I46" s="2">
         <v>45</v>
       </c>
       <c r="J46" s="2">
         <v>35</v>
       </c>
       <c r="K46" s="2">
         <v>120</v>
       </c>
       <c r="L46" s="2">
         <v>86</v>
       </c>
       <c r="M46" s="2">
         <v>0</v>
       </c>
       <c r="N46" s="2">
         <v>206</v>
       </c>
     </row>
     <row r="47" spans="1:14">
       <c r="A47" s="2">
-        <v>103153</v>
+        <v>103154</v>
       </c>
       <c r="B47" s="2" t="s">
         <v>159</v>
       </c>
       <c r="C47" s="2" t="s">
         <v>160</v>
       </c>
       <c r="D47" s="2"/>
       <c r="E47" s="2">
-        <v>70018</v>
+        <v>70061</v>
       </c>
       <c r="F47" s="2" t="s">
         <v>44</v>
       </c>
       <c r="G47" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H47" s="2" t="s">
         <v>158</v>
       </c>
       <c r="I47" s="2">
         <v>45</v>
       </c>
       <c r="J47" s="2">
         <v>35</v>
       </c>
       <c r="K47" s="2">
         <v>120</v>
       </c>
       <c r="L47" s="2">
         <v>86</v>
       </c>
       <c r="M47" s="2">
         <v>0</v>
       </c>
@@ -4504,103 +4504,103 @@
       </c>
       <c r="H78" s="2" t="s">
         <v>252</v>
       </c>
       <c r="I78" s="2">
         <v>77</v>
       </c>
       <c r="J78" s="2">
         <v>61</v>
       </c>
       <c r="K78" s="2">
         <v>120</v>
       </c>
       <c r="L78" s="2">
         <v>60</v>
       </c>
       <c r="M78" s="2">
         <v>0</v>
       </c>
       <c r="N78" s="2">
         <v>180</v>
       </c>
     </row>
     <row r="79" spans="1:14">
       <c r="A79" s="2">
-        <v>103186</v>
+        <v>103187</v>
       </c>
       <c r="B79" s="2" t="s">
         <v>253</v>
       </c>
       <c r="C79" s="2" t="s">
         <v>254</v>
       </c>
       <c r="D79" s="2"/>
       <c r="E79" s="2">
-        <v>70024</v>
+        <v>70006</v>
       </c>
       <c r="F79" s="2" t="s">
         <v>44</v>
       </c>
       <c r="G79" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H79" s="2" t="s">
         <v>255</v>
       </c>
       <c r="I79" s="2">
         <v>78</v>
       </c>
       <c r="J79" s="2">
         <v>62</v>
       </c>
       <c r="K79" s="2">
         <v>120</v>
       </c>
       <c r="L79" s="2">
         <v>59</v>
       </c>
       <c r="M79" s="2">
         <v>0</v>
       </c>
       <c r="N79" s="2">
         <v>179</v>
       </c>
     </row>
     <row r="80" spans="1:14">
       <c r="A80" s="2">
-        <v>103187</v>
+        <v>103186</v>
       </c>
       <c r="B80" s="2" t="s">
         <v>256</v>
       </c>
       <c r="C80" s="2" t="s">
         <v>257</v>
       </c>
       <c r="D80" s="2"/>
       <c r="E80" s="2">
-        <v>70006</v>
+        <v>70024</v>
       </c>
       <c r="F80" s="2" t="s">
         <v>44</v>
       </c>
       <c r="G80" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H80" s="2" t="s">
         <v>255</v>
       </c>
       <c r="I80" s="2">
         <v>78</v>
       </c>
       <c r="J80" s="2">
         <v>62</v>
       </c>
       <c r="K80" s="2">
         <v>120</v>
       </c>
       <c r="L80" s="2">
         <v>59</v>
       </c>
       <c r="M80" s="2">
         <v>0</v>
       </c>
@@ -4672,112 +4672,112 @@
       </c>
       <c r="H82" s="2" t="s">
         <v>263</v>
       </c>
       <c r="I82" s="2">
         <v>81</v>
       </c>
       <c r="J82" s="2">
         <v>64</v>
       </c>
       <c r="K82" s="2">
         <v>120</v>
       </c>
       <c r="L82" s="2">
         <v>57</v>
       </c>
       <c r="M82" s="2">
         <v>0</v>
       </c>
       <c r="N82" s="2">
         <v>177</v>
       </c>
     </row>
     <row r="83" spans="1:14">
       <c r="A83" s="2">
-        <v>103190</v>
+        <v>101442</v>
       </c>
       <c r="B83" s="2" t="s">
         <v>264</v>
       </c>
       <c r="C83" s="2" t="s">
-        <v>105</v>
+        <v>265</v>
       </c>
       <c r="D83" s="2"/>
       <c r="E83" s="2">
-        <v>70147</v>
+        <v>70116</v>
       </c>
       <c r="F83" s="2" t="s">
         <v>31</v>
       </c>
       <c r="G83" s="2" t="s">
         <v>36</v>
       </c>
       <c r="H83" s="2" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="I83" s="2">
         <v>82</v>
       </c>
       <c r="J83" s="2">
         <v>18</v>
       </c>
       <c r="K83" s="2">
         <v>120</v>
       </c>
       <c r="L83" s="2">
         <v>130</v>
       </c>
       <c r="M83" s="2">
         <v>0</v>
       </c>
       <c r="N83" s="2">
         <v>250</v>
       </c>
     </row>
     <row r="84" spans="1:14">
       <c r="A84" s="2">
-        <v>101442</v>
+        <v>103190</v>
       </c>
       <c r="B84" s="2" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="C84" s="2" t="s">
-        <v>267</v>
+        <v>101</v>
       </c>
       <c r="D84" s="2"/>
       <c r="E84" s="2">
-        <v>70116</v>
+        <v>70147</v>
       </c>
       <c r="F84" s="2" t="s">
         <v>31</v>
       </c>
       <c r="G84" s="2" t="s">
         <v>36</v>
       </c>
       <c r="H84" s="2" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="I84" s="2">
         <v>82</v>
       </c>
       <c r="J84" s="2">
         <v>18</v>
       </c>
       <c r="K84" s="2">
         <v>120</v>
       </c>
       <c r="L84" s="2">
         <v>130</v>
       </c>
       <c r="M84" s="2">
         <v>0</v>
       </c>
       <c r="N84" s="2">
         <v>250</v>
       </c>
     </row>
     <row r="85" spans="1:14">
       <c r="A85" s="2">
         <v>103192</v>
       </c>
       <c r="B85" s="2" t="s">