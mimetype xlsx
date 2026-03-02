--- v1 (2025-12-31)
+++ v2 (2026-03-02)
@@ -56,71 +56,71 @@
   <si>
     <t>Gender</t>
   </si>
   <si>
     <t>Finish Time</t>
   </si>
   <si>
     <t>Overall Position</t>
   </si>
   <si>
     <t>Gender Position</t>
   </si>
   <si>
     <t>Finisher Points</t>
   </si>
   <si>
     <t>Performance Points</t>
   </si>
   <si>
     <t>Bonus Points</t>
   </si>
   <si>
     <t>Total Points</t>
   </si>
   <si>
+    <t>Zack</t>
+  </si>
+  <si>
+    <t>Reimer</t>
+  </si>
+  <si>
+    <t>Canada</t>
+  </si>
+  <si>
+    <t>Male</t>
+  </si>
+  <si>
+    <t>9:38:20</t>
+  </si>
+  <si>
     <t>Julian</t>
   </si>
   <si>
     <t>Baker</t>
   </si>
   <si>
-    <t>Canada</t>
-[...13 lines deleted...]
-  <si>
     <t>Martyn</t>
   </si>
   <si>
     <t>Driscoll</t>
   </si>
   <si>
     <t>Great Britain</t>
   </si>
   <si>
     <t>10:32:54</t>
   </si>
   <si>
     <t>Anderskiel</t>
   </si>
   <si>
     <t>Nielsen</t>
   </si>
   <si>
     <t>Denmark</t>
   </si>
   <si>
     <t>10:41:56</t>
   </si>
   <si>
     <t>Yim Heng</t>
@@ -266,155 +266,155 @@
   <si>
     <t>Khamsuk</t>
   </si>
   <si>
     <t>14:16:49</t>
   </si>
   <si>
     <t>Choonhou</t>
   </si>
   <si>
     <t>Wong</t>
   </si>
   <si>
     <t>14:28:32</t>
   </si>
   <si>
     <t>Atchawin</t>
   </si>
   <si>
     <t>Thatsanaathirot</t>
   </si>
   <si>
     <t>14:44:15</t>
   </si>
   <si>
+    <t>Panyavat</t>
+  </si>
+  <si>
+    <t>Oumson</t>
+  </si>
+  <si>
+    <t>14:57:14</t>
+  </si>
+  <si>
     <t>Theerawat</t>
   </si>
   <si>
     <t>Tantikamnerdkul</t>
   </si>
   <si>
-    <t>14:57:14</t>
-[...7 lines deleted...]
-  <si>
     <t>Kevin</t>
   </si>
   <si>
     <t>van Campenhout</t>
   </si>
   <si>
     <t>Belgium</t>
   </si>
   <si>
     <t>15:02:43</t>
   </si>
   <si>
     <t>Pakawat</t>
   </si>
   <si>
     <t>Nilapong</t>
   </si>
   <si>
     <t>15:05:05</t>
   </si>
   <si>
     <t>Jules</t>
   </si>
   <si>
     <t>Freund</t>
   </si>
   <si>
     <t>France</t>
   </si>
   <si>
     <t>15:09:48</t>
   </si>
   <si>
+    <t>Meng Kiat</t>
+  </si>
+  <si>
+    <t>Chua</t>
+  </si>
+  <si>
+    <t>Singapore</t>
+  </si>
+  <si>
+    <t>15:09:55</t>
+  </si>
+  <si>
     <t>Joey</t>
   </si>
   <si>
     <t>Chan</t>
   </si>
   <si>
-    <t>15:09:55</t>
-[...8 lines deleted...]
-    <t>Singapore</t>
+    <t>Siokhar</t>
+  </si>
+  <si>
+    <t>Lim</t>
+  </si>
+  <si>
+    <t>15:10:13</t>
   </si>
   <si>
     <t>Wai Teng</t>
   </si>
   <si>
     <t>Lew</t>
   </si>
   <si>
-    <t>15:10:13</t>
-[...7 lines deleted...]
-  <si>
     <t>Issariya</t>
   </si>
   <si>
     <t>Tumdee</t>
   </si>
   <si>
     <t>15:16:26</t>
   </si>
   <si>
+    <t>Parinparin</t>
+  </si>
+  <si>
+    <t>Soponjitaporn</t>
+  </si>
+  <si>
+    <t>15:27:19</t>
+  </si>
+  <si>
     <t>Sirichai</t>
   </si>
   <si>
     <t>Sirikienthong</t>
   </si>
   <si>
-    <t>15:27:19</t>
-[...7 lines deleted...]
-  <si>
     <t>Rex</t>
   </si>
   <si>
     <t>See</t>
   </si>
   <si>
     <t>Philippines</t>
   </si>
   <si>
     <t>15:31:01</t>
   </si>
   <si>
     <t>Issaree</t>
   </si>
   <si>
     <t>Kengnok</t>
   </si>
   <si>
     <t>15:34:03</t>
   </si>
   <si>
     <t>Dacha</t>
   </si>
   <si>
     <t>Chaiya</t>
@@ -581,65 +581,65 @@
   <si>
     <t>Piluk</t>
   </si>
   <si>
     <t>17:34:38</t>
   </si>
   <si>
     <t>Suraroek</t>
   </si>
   <si>
     <t>Praesi</t>
   </si>
   <si>
     <t>17:36:57</t>
   </si>
   <si>
     <t>Pattarapong</t>
   </si>
   <si>
     <t>Palita</t>
   </si>
   <si>
     <t>17:42:06</t>
   </si>
   <si>
+    <t>Phakphume</t>
+  </si>
+  <si>
+    <t>Tongbundit</t>
+  </si>
+  <si>
+    <t>17:54:33</t>
+  </si>
+  <si>
     <t>Atsadang</t>
   </si>
   <si>
     <t>Chotichod</t>
   </si>
   <si>
-    <t>17:54:33</t>
-[...7 lines deleted...]
-  <si>
     <t>Worapong</t>
   </si>
   <si>
     <t>Poonsawat</t>
   </si>
   <si>
     <t>17:56:21</t>
   </si>
   <si>
     <t>Sithiroj</t>
   </si>
   <si>
     <t>Sasisajja</t>
   </si>
   <si>
     <t>18:02:16</t>
   </si>
   <si>
     <t>Chidchanok</t>
   </si>
   <si>
     <t>Wattanakul</t>
   </si>
   <si>
     <t>18:07:07</t>
@@ -740,126 +740,126 @@
   <si>
     <t>Mongkholmalee</t>
   </si>
   <si>
     <t>19:11:46</t>
   </si>
   <si>
     <t>Peerapong</t>
   </si>
   <si>
     <t>Jindamook</t>
   </si>
   <si>
     <t>19:23:13</t>
   </si>
   <si>
     <t>Suwat</t>
   </si>
   <si>
     <t>Sripin</t>
   </si>
   <si>
     <t>19:29:37</t>
   </si>
   <si>
+    <t>Monsicha</t>
+  </si>
+  <si>
+    <t>Ngamvitayasiri</t>
+  </si>
+  <si>
+    <t>19:30:57</t>
+  </si>
+  <si>
     <t>Muhammud</t>
   </si>
   <si>
     <t>Nuranee</t>
   </si>
   <si>
-    <t>19:30:57</t>
-[...7 lines deleted...]
-  <si>
     <t>Arnupong</t>
   </si>
   <si>
     <t>Jaisamoot</t>
   </si>
   <si>
     <t>19:39:16</t>
   </si>
   <si>
     <t>Achawin</t>
   </si>
   <si>
     <t>Souysuwan</t>
   </si>
   <si>
     <t>19:44:27</t>
   </si>
   <si>
+    <t>Surawut</t>
+  </si>
+  <si>
+    <t>Aungkutranon</t>
+  </si>
+  <si>
+    <t>20:22:38</t>
+  </si>
+  <si>
     <t>Prapat</t>
   </si>
   <si>
     <t>Aramchot</t>
   </si>
   <si>
-    <t>20:22:38</t>
-[...7 lines deleted...]
-  <si>
     <t>Sinee</t>
   </si>
   <si>
     <t>Tinnachotsophon</t>
   </si>
   <si>
     <t>20:32:22</t>
   </si>
   <si>
     <t>Chowalit</t>
   </si>
   <si>
     <t>Kratornklang</t>
   </si>
   <si>
     <t>20:32:40</t>
   </si>
   <si>
+    <t>Pei Ting</t>
+  </si>
+  <si>
+    <t>21:18:47</t>
+  </si>
+  <si>
     <t>Kah Yee</t>
   </si>
   <si>
     <t>Chau</t>
-  </si>
-[...4 lines deleted...]
-    <t>Pei Ting</t>
   </si>
   <si>
     <t>Peerapat</t>
   </si>
   <si>
     <t>Chantarattana</t>
   </si>
   <si>
     <t>21:49:17</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1270,103 +1270,103 @@
       </c>
       <c r="H1" s="1" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
       <c r="J1" s="1" t="s">
         <v>9</v>
       </c>
       <c r="K1" s="1" t="s">
         <v>10</v>
       </c>
       <c r="L1" s="1" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="1" t="s">
         <v>12</v>
       </c>
       <c r="N1" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="2" spans="1:14">
       <c r="A2" s="2">
-        <v>101825</v>
+        <v>103111</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>15</v>
       </c>
       <c r="D2" s="2"/>
       <c r="E2" s="2">
-        <v>70141</v>
+        <v>70013</v>
       </c>
       <c r="F2" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G2" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I2" s="2">
         <v>1</v>
       </c>
       <c r="J2" s="2">
         <v>1</v>
       </c>
       <c r="K2" s="2">
         <v>120</v>
       </c>
       <c r="L2" s="2">
         <v>400</v>
       </c>
       <c r="M2" s="2">
         <v>0</v>
       </c>
       <c r="N2" s="2">
         <v>520</v>
       </c>
     </row>
     <row r="3" spans="1:14">
       <c r="A3" s="2">
-        <v>103111</v>
+        <v>101825</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>19</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>20</v>
       </c>
       <c r="D3" s="2"/>
       <c r="E3" s="2">
-        <v>70013</v>
+        <v>70141</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G3" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H3" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I3" s="2">
         <v>1</v>
       </c>
       <c r="J3" s="2">
         <v>1</v>
       </c>
       <c r="K3" s="2">
         <v>120</v>
       </c>
       <c r="L3" s="2">
         <v>400</v>
       </c>
       <c r="M3" s="2">
         <v>0</v>
       </c>
@@ -2110,103 +2110,103 @@
       </c>
       <c r="H21" s="2" t="s">
         <v>83</v>
       </c>
       <c r="I21" s="2">
         <v>20</v>
       </c>
       <c r="J21" s="2">
         <v>17</v>
       </c>
       <c r="K21" s="2">
         <v>120</v>
       </c>
       <c r="L21" s="2">
         <v>140</v>
       </c>
       <c r="M21" s="2">
         <v>0</v>
       </c>
       <c r="N21" s="2">
         <v>260</v>
       </c>
     </row>
     <row r="22" spans="1:14">
       <c r="A22" s="2">
-        <v>103130</v>
+        <v>103129</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>84</v>
       </c>
       <c r="C22" s="2" t="s">
         <v>85</v>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2">
-        <v>70106</v>
+        <v>70028</v>
       </c>
       <c r="F22" s="2" t="s">
         <v>44</v>
       </c>
       <c r="G22" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H22" s="2" t="s">
         <v>86</v>
       </c>
       <c r="I22" s="2">
         <v>21</v>
       </c>
       <c r="J22" s="2">
         <v>18</v>
       </c>
       <c r="K22" s="2">
         <v>120</v>
       </c>
       <c r="L22" s="2">
         <v>130</v>
       </c>
       <c r="M22" s="2">
         <v>0</v>
       </c>
       <c r="N22" s="2">
         <v>250</v>
       </c>
     </row>
     <row r="23" spans="1:14">
       <c r="A23" s="2">
-        <v>103129</v>
+        <v>103130</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>87</v>
       </c>
       <c r="C23" s="2" t="s">
         <v>88</v>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="2">
-        <v>70028</v>
+        <v>70106</v>
       </c>
       <c r="F23" s="2" t="s">
         <v>44</v>
       </c>
       <c r="G23" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H23" s="2" t="s">
         <v>86</v>
       </c>
       <c r="I23" s="2">
         <v>21</v>
       </c>
       <c r="J23" s="2">
         <v>18</v>
       </c>
       <c r="K23" s="2">
         <v>120</v>
       </c>
       <c r="L23" s="2">
         <v>130</v>
       </c>
       <c r="M23" s="2">
         <v>0</v>
       </c>
@@ -2320,190 +2320,190 @@
       </c>
       <c r="H26" s="2" t="s">
         <v>99</v>
       </c>
       <c r="I26" s="2">
         <v>25</v>
       </c>
       <c r="J26" s="2">
         <v>22</v>
       </c>
       <c r="K26" s="2">
         <v>120</v>
       </c>
       <c r="L26" s="2">
         <v>99</v>
       </c>
       <c r="M26" s="2">
         <v>0</v>
       </c>
       <c r="N26" s="2">
         <v>219</v>
       </c>
     </row>
     <row r="27" spans="1:14">
       <c r="A27" s="2">
-        <v>101446</v>
+        <v>103134</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>100</v>
       </c>
       <c r="C27" s="2" t="s">
         <v>101</v>
       </c>
       <c r="D27" s="2"/>
       <c r="E27" s="2">
-        <v>70075</v>
+        <v>70077</v>
       </c>
       <c r="F27" s="2" t="s">
-        <v>31</v>
+        <v>102</v>
       </c>
       <c r="G27" s="2" t="s">
-        <v>36</v>
+        <v>17</v>
       </c>
       <c r="H27" s="2" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="I27" s="2">
         <v>26</v>
       </c>
       <c r="J27" s="2">
-        <v>4</v>
+        <v>23</v>
       </c>
       <c r="K27" s="2">
         <v>120</v>
       </c>
       <c r="L27" s="2">
-        <v>300</v>
+        <v>98</v>
       </c>
       <c r="M27" s="2">
         <v>0</v>
       </c>
       <c r="N27" s="2">
-        <v>420</v>
+        <v>218</v>
       </c>
     </row>
     <row r="28" spans="1:14">
       <c r="A28" s="2">
-        <v>103134</v>
+        <v>101446</v>
       </c>
       <c r="B28" s="2" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="C28" s="2" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="D28" s="2"/>
       <c r="E28" s="2">
-        <v>70077</v>
+        <v>70075</v>
       </c>
       <c r="F28" s="2" t="s">
-        <v>105</v>
+        <v>31</v>
       </c>
       <c r="G28" s="2" t="s">
-        <v>17</v>
+        <v>36</v>
       </c>
       <c r="H28" s="2" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="I28" s="2">
         <v>26</v>
       </c>
       <c r="J28" s="2">
-        <v>23</v>
+        <v>4</v>
       </c>
       <c r="K28" s="2">
         <v>120</v>
       </c>
       <c r="L28" s="2">
-        <v>98</v>
+        <v>300</v>
       </c>
       <c r="M28" s="2">
         <v>0</v>
       </c>
       <c r="N28" s="2">
-        <v>218</v>
+        <v>420</v>
       </c>
     </row>
     <row r="29" spans="1:14">
       <c r="A29" s="2">
-        <v>103136</v>
+        <v>103137</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>106</v>
       </c>
       <c r="C29" s="2" t="s">
         <v>107</v>
       </c>
       <c r="D29" s="2"/>
       <c r="E29" s="2">
-        <v>70144</v>
+        <v>70084</v>
       </c>
       <c r="F29" s="2" t="s">
-        <v>105</v>
+        <v>31</v>
       </c>
       <c r="G29" s="2" t="s">
         <v>36</v>
       </c>
       <c r="H29" s="2" t="s">
         <v>108</v>
       </c>
       <c r="I29" s="2">
         <v>28</v>
       </c>
       <c r="J29" s="2">
         <v>5</v>
       </c>
       <c r="K29" s="2">
         <v>120</v>
       </c>
       <c r="L29" s="2">
         <v>275</v>
       </c>
       <c r="M29" s="2">
         <v>0</v>
       </c>
       <c r="N29" s="2">
         <v>395</v>
       </c>
     </row>
     <row r="30" spans="1:14">
       <c r="A30" s="2">
-        <v>103137</v>
+        <v>103136</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>109</v>
       </c>
       <c r="C30" s="2" t="s">
         <v>110</v>
       </c>
       <c r="D30" s="2"/>
       <c r="E30" s="2">
-        <v>70084</v>
+        <v>70144</v>
       </c>
       <c r="F30" s="2" t="s">
-        <v>31</v>
+        <v>102</v>
       </c>
       <c r="G30" s="2" t="s">
         <v>36</v>
       </c>
       <c r="H30" s="2" t="s">
         <v>108</v>
       </c>
       <c r="I30" s="2">
         <v>28</v>
       </c>
       <c r="J30" s="2">
         <v>5</v>
       </c>
       <c r="K30" s="2">
         <v>120</v>
       </c>
       <c r="L30" s="2">
         <v>275</v>
       </c>
       <c r="M30" s="2">
         <v>0</v>
       </c>
       <c r="N30" s="2">
         <v>395</v>
       </c>
@@ -2530,103 +2530,103 @@
       </c>
       <c r="H31" s="2" t="s">
         <v>113</v>
       </c>
       <c r="I31" s="2">
         <v>30</v>
       </c>
       <c r="J31" s="2">
         <v>7</v>
       </c>
       <c r="K31" s="2">
         <v>120</v>
       </c>
       <c r="L31" s="2">
         <v>240</v>
       </c>
       <c r="M31" s="2">
         <v>0</v>
       </c>
       <c r="N31" s="2">
         <v>360</v>
       </c>
     </row>
     <row r="32" spans="1:14">
       <c r="A32" s="2">
-        <v>103139</v>
+        <v>103140</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>114</v>
       </c>
       <c r="C32" s="2" t="s">
         <v>115</v>
       </c>
       <c r="D32" s="2"/>
       <c r="E32" s="2">
-        <v>70036</v>
+        <v>70101</v>
       </c>
       <c r="F32" s="2" t="s">
         <v>44</v>
       </c>
       <c r="G32" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H32" s="2" t="s">
         <v>116</v>
       </c>
       <c r="I32" s="2">
         <v>31</v>
       </c>
       <c r="J32" s="2">
         <v>24</v>
       </c>
       <c r="K32" s="2">
         <v>120</v>
       </c>
       <c r="L32" s="2">
         <v>97</v>
       </c>
       <c r="M32" s="2">
         <v>0</v>
       </c>
       <c r="N32" s="2">
         <v>217</v>
       </c>
     </row>
     <row r="33" spans="1:14">
       <c r="A33" s="2">
-        <v>103140</v>
+        <v>103139</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>117</v>
       </c>
       <c r="C33" s="2" t="s">
         <v>118</v>
       </c>
       <c r="D33" s="2"/>
       <c r="E33" s="2">
-        <v>70101</v>
+        <v>70036</v>
       </c>
       <c r="F33" s="2" t="s">
         <v>44</v>
       </c>
       <c r="G33" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H33" s="2" t="s">
         <v>116</v>
       </c>
       <c r="I33" s="2">
         <v>31</v>
       </c>
       <c r="J33" s="2">
         <v>24</v>
       </c>
       <c r="K33" s="2">
         <v>120</v>
       </c>
       <c r="L33" s="2">
         <v>97</v>
       </c>
       <c r="M33" s="2">
         <v>0</v>
       </c>
@@ -3580,103 +3580,103 @@
       </c>
       <c r="H56" s="2" t="s">
         <v>188</v>
       </c>
       <c r="I56" s="2">
         <v>55</v>
       </c>
       <c r="J56" s="2">
         <v>44</v>
       </c>
       <c r="K56" s="2">
         <v>120</v>
       </c>
       <c r="L56" s="2">
         <v>77</v>
       </c>
       <c r="M56" s="2">
         <v>0</v>
       </c>
       <c r="N56" s="2">
         <v>197</v>
       </c>
     </row>
     <row r="57" spans="1:14">
       <c r="A57" s="2">
-        <v>103164</v>
+        <v>103165</v>
       </c>
       <c r="B57" s="2" t="s">
         <v>189</v>
       </c>
       <c r="C57" s="2" t="s">
         <v>190</v>
       </c>
       <c r="D57" s="2"/>
       <c r="E57" s="2">
-        <v>70112</v>
+        <v>70111</v>
       </c>
       <c r="F57" s="2" t="s">
         <v>44</v>
       </c>
       <c r="G57" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H57" s="2" t="s">
         <v>191</v>
       </c>
       <c r="I57" s="2">
         <v>56</v>
       </c>
       <c r="J57" s="2">
         <v>45</v>
       </c>
       <c r="K57" s="2">
         <v>120</v>
       </c>
       <c r="L57" s="2">
         <v>76</v>
       </c>
       <c r="M57" s="2">
         <v>0</v>
       </c>
       <c r="N57" s="2">
         <v>196</v>
       </c>
     </row>
     <row r="58" spans="1:14">
       <c r="A58" s="2">
-        <v>103165</v>
+        <v>103164</v>
       </c>
       <c r="B58" s="2" t="s">
         <v>192</v>
       </c>
       <c r="C58" s="2" t="s">
         <v>193</v>
       </c>
       <c r="D58" s="2"/>
       <c r="E58" s="2">
-        <v>70111</v>
+        <v>70112</v>
       </c>
       <c r="F58" s="2" t="s">
         <v>44</v>
       </c>
       <c r="G58" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H58" s="2" t="s">
         <v>191</v>
       </c>
       <c r="I58" s="2">
         <v>56</v>
       </c>
       <c r="J58" s="2">
         <v>45</v>
       </c>
       <c r="K58" s="2">
         <v>120</v>
       </c>
       <c r="L58" s="2">
         <v>76</v>
       </c>
       <c r="M58" s="2">
         <v>0</v>
       </c>
@@ -4336,130 +4336,130 @@
       </c>
       <c r="H74" s="2" t="s">
         <v>241</v>
       </c>
       <c r="I74" s="2">
         <v>73</v>
       </c>
       <c r="J74" s="2">
         <v>58</v>
       </c>
       <c r="K74" s="2">
         <v>120</v>
       </c>
       <c r="L74" s="2">
         <v>63</v>
       </c>
       <c r="M74" s="2">
         <v>0</v>
       </c>
       <c r="N74" s="2">
         <v>183</v>
       </c>
     </row>
     <row r="75" spans="1:14">
       <c r="A75" s="2">
-        <v>103182</v>
+        <v>103183</v>
       </c>
       <c r="B75" s="2" t="s">
         <v>242</v>
       </c>
       <c r="C75" s="2" t="s">
         <v>243</v>
       </c>
       <c r="D75" s="2"/>
       <c r="E75" s="2">
-        <v>70007</v>
+        <v>70008</v>
       </c>
       <c r="F75" s="2" t="s">
         <v>44</v>
       </c>
       <c r="G75" s="2" t="s">
-        <v>17</v>
+        <v>36</v>
       </c>
       <c r="H75" s="2" t="s">
         <v>244</v>
       </c>
       <c r="I75" s="2">
         <v>74</v>
       </c>
       <c r="J75" s="2">
-        <v>59</v>
+        <v>16</v>
       </c>
       <c r="K75" s="2">
         <v>120</v>
       </c>
       <c r="L75" s="2">
-        <v>62</v>
+        <v>150</v>
       </c>
       <c r="M75" s="2">
         <v>0</v>
       </c>
       <c r="N75" s="2">
-        <v>182</v>
+        <v>270</v>
       </c>
     </row>
     <row r="76" spans="1:14">
       <c r="A76" s="2">
-        <v>103183</v>
+        <v>103182</v>
       </c>
       <c r="B76" s="2" t="s">
         <v>245</v>
       </c>
       <c r="C76" s="2" t="s">
         <v>246</v>
       </c>
       <c r="D76" s="2"/>
       <c r="E76" s="2">
-        <v>70008</v>
+        <v>70007</v>
       </c>
       <c r="F76" s="2" t="s">
         <v>44</v>
       </c>
       <c r="G76" s="2" t="s">
-        <v>36</v>
+        <v>17</v>
       </c>
       <c r="H76" s="2" t="s">
         <v>244</v>
       </c>
       <c r="I76" s="2">
         <v>74</v>
       </c>
       <c r="J76" s="2">
-        <v>16</v>
+        <v>59</v>
       </c>
       <c r="K76" s="2">
         <v>120</v>
       </c>
       <c r="L76" s="2">
-        <v>150</v>
+        <v>62</v>
       </c>
       <c r="M76" s="2">
         <v>0</v>
       </c>
       <c r="N76" s="2">
-        <v>270</v>
+        <v>182</v>
       </c>
     </row>
     <row r="77" spans="1:14">
       <c r="A77" s="2">
         <v>103184</v>
       </c>
       <c r="B77" s="2" t="s">
         <v>247</v>
       </c>
       <c r="C77" s="2" t="s">
         <v>248</v>
       </c>
       <c r="D77" s="2"/>
       <c r="E77" s="2">
         <v>70012</v>
       </c>
       <c r="F77" s="2" t="s">
         <v>44</v>
       </c>
       <c r="G77" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H77" s="2" t="s">
         <v>249</v>
       </c>
@@ -4504,103 +4504,103 @@
       </c>
       <c r="H78" s="2" t="s">
         <v>252</v>
       </c>
       <c r="I78" s="2">
         <v>77</v>
       </c>
       <c r="J78" s="2">
         <v>61</v>
       </c>
       <c r="K78" s="2">
         <v>120</v>
       </c>
       <c r="L78" s="2">
         <v>60</v>
       </c>
       <c r="M78" s="2">
         <v>0</v>
       </c>
       <c r="N78" s="2">
         <v>180</v>
       </c>
     </row>
     <row r="79" spans="1:14">
       <c r="A79" s="2">
-        <v>103187</v>
+        <v>103186</v>
       </c>
       <c r="B79" s="2" t="s">
         <v>253</v>
       </c>
       <c r="C79" s="2" t="s">
         <v>254</v>
       </c>
       <c r="D79" s="2"/>
       <c r="E79" s="2">
-        <v>70006</v>
+        <v>70024</v>
       </c>
       <c r="F79" s="2" t="s">
         <v>44</v>
       </c>
       <c r="G79" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H79" s="2" t="s">
         <v>255</v>
       </c>
       <c r="I79" s="2">
         <v>78</v>
       </c>
       <c r="J79" s="2">
         <v>62</v>
       </c>
       <c r="K79" s="2">
         <v>120</v>
       </c>
       <c r="L79" s="2">
         <v>59</v>
       </c>
       <c r="M79" s="2">
         <v>0</v>
       </c>
       <c r="N79" s="2">
         <v>179</v>
       </c>
     </row>
     <row r="80" spans="1:14">
       <c r="A80" s="2">
-        <v>103186</v>
+        <v>103187</v>
       </c>
       <c r="B80" s="2" t="s">
         <v>256</v>
       </c>
       <c r="C80" s="2" t="s">
         <v>257</v>
       </c>
       <c r="D80" s="2"/>
       <c r="E80" s="2">
-        <v>70024</v>
+        <v>70006</v>
       </c>
       <c r="F80" s="2" t="s">
         <v>44</v>
       </c>
       <c r="G80" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H80" s="2" t="s">
         <v>255</v>
       </c>
       <c r="I80" s="2">
         <v>78</v>
       </c>
       <c r="J80" s="2">
         <v>62</v>
       </c>
       <c r="K80" s="2">
         <v>120</v>
       </c>
       <c r="L80" s="2">
         <v>59</v>
       </c>
       <c r="M80" s="2">
         <v>0</v>
       </c>
@@ -4672,112 +4672,112 @@
       </c>
       <c r="H82" s="2" t="s">
         <v>263</v>
       </c>
       <c r="I82" s="2">
         <v>81</v>
       </c>
       <c r="J82" s="2">
         <v>64</v>
       </c>
       <c r="K82" s="2">
         <v>120</v>
       </c>
       <c r="L82" s="2">
         <v>57</v>
       </c>
       <c r="M82" s="2">
         <v>0</v>
       </c>
       <c r="N82" s="2">
         <v>177</v>
       </c>
     </row>
     <row r="83" spans="1:14">
       <c r="A83" s="2">
-        <v>101442</v>
+        <v>103190</v>
       </c>
       <c r="B83" s="2" t="s">
         <v>264</v>
       </c>
       <c r="C83" s="2" t="s">
-        <v>265</v>
+        <v>105</v>
       </c>
       <c r="D83" s="2"/>
       <c r="E83" s="2">
-        <v>70116</v>
+        <v>70147</v>
       </c>
       <c r="F83" s="2" t="s">
         <v>31</v>
       </c>
       <c r="G83" s="2" t="s">
         <v>36</v>
       </c>
       <c r="H83" s="2" t="s">
-        <v>266</v>
+        <v>265</v>
       </c>
       <c r="I83" s="2">
         <v>82</v>
       </c>
       <c r="J83" s="2">
         <v>18</v>
       </c>
       <c r="K83" s="2">
         <v>120</v>
       </c>
       <c r="L83" s="2">
         <v>130</v>
       </c>
       <c r="M83" s="2">
         <v>0</v>
       </c>
       <c r="N83" s="2">
         <v>250</v>
       </c>
     </row>
     <row r="84" spans="1:14">
       <c r="A84" s="2">
-        <v>103190</v>
+        <v>101442</v>
       </c>
       <c r="B84" s="2" t="s">
+        <v>266</v>
+      </c>
+      <c r="C84" s="2" t="s">
         <v>267</v>
-      </c>
-[...1 lines deleted...]
-        <v>101</v>
       </c>
       <c r="D84" s="2"/>
       <c r="E84" s="2">
-        <v>70147</v>
+        <v>70116</v>
       </c>
       <c r="F84" s="2" t="s">
         <v>31</v>
       </c>
       <c r="G84" s="2" t="s">
         <v>36</v>
       </c>
       <c r="H84" s="2" t="s">
-        <v>266</v>
+        <v>265</v>
       </c>
       <c r="I84" s="2">
         <v>82</v>
       </c>
       <c r="J84" s="2">
         <v>18</v>
       </c>
       <c r="K84" s="2">
         <v>120</v>
       </c>
       <c r="L84" s="2">
         <v>130</v>
       </c>
       <c r="M84" s="2">
         <v>0</v>
       </c>
       <c r="N84" s="2">
         <v>250</v>
       </c>
     </row>
     <row r="85" spans="1:14">
       <c r="A85" s="2">
         <v>103192</v>
       </c>
       <c r="B85" s="2" t="s">