--- v0 (2025-11-17)
+++ v1 (2026-01-02)
@@ -56,167 +56,167 @@
   <si>
     <t>Gender</t>
   </si>
   <si>
     <t>Finish Time</t>
   </si>
   <si>
     <t>Overall Position</t>
   </si>
   <si>
     <t>Gender Position</t>
   </si>
   <si>
     <t>Finisher Points</t>
   </si>
   <si>
     <t>Performance Points</t>
   </si>
   <si>
     <t>Bonus Points</t>
   </si>
   <si>
     <t>Total Points</t>
   </si>
   <si>
+    <t>Si Hieu</t>
+  </si>
+  <si>
+    <t>Nguyễn</t>
+  </si>
+  <si>
+    <t>Vietnam</t>
+  </si>
+  <si>
+    <t>Male</t>
+  </si>
+  <si>
+    <t>09:47:09</t>
+  </si>
+  <si>
     <t>Graham</t>
   </si>
   <si>
     <t>Knight</t>
   </si>
   <si>
     <t>Great Britain</t>
   </si>
   <si>
-    <t>Male</t>
-[...1 lines deleted...]
-  <si>
     <t>09:03:22</t>
   </si>
   <si>
-    <t>Si Hieu</t>
-[...8 lines deleted...]
-    <t>09:47:09</t>
+    <t>Robert</t>
+  </si>
+  <si>
+    <t>West</t>
+  </si>
+  <si>
+    <t>10:02:11</t>
   </si>
   <si>
     <t>Duc Quang</t>
   </si>
   <si>
     <t>Nguyen</t>
   </si>
   <si>
     <t>09:39:05</t>
   </si>
   <si>
-    <t>Robert</t>
-[...7 lines deleted...]
-  <si>
     <t>Julien</t>
   </si>
   <si>
     <t>Petit</t>
   </si>
   <si>
     <t>France</t>
   </si>
   <si>
+    <t>10:24:29</t>
+  </si>
+  <si>
     <t>10:05:57</t>
   </si>
   <si>
-    <t>10:24:29</t>
-[...1 lines deleted...]
-  <si>
     <t>Nadia</t>
   </si>
   <si>
     <t>Koucha</t>
   </si>
   <si>
     <t>Female</t>
   </si>
   <si>
     <t>10:32:33</t>
   </si>
   <si>
     <t>Ngoc-Anh</t>
   </si>
   <si>
     <t>Mai</t>
   </si>
   <si>
     <t>10:52:46</t>
   </si>
   <si>
     <t>Lam</t>
   </si>
   <si>
     <t>Phạm</t>
   </si>
   <si>
     <t>11:03:05</t>
   </si>
   <si>
     <t>Mark Anthony</t>
   </si>
   <si>
     <t>Doel</t>
   </si>
   <si>
+    <t>Sin Fan</t>
+  </si>
+  <si>
+    <t>Ngon</t>
+  </si>
+  <si>
+    <t>Hong Kong</t>
+  </si>
+  <si>
+    <t>11:05:44</t>
+  </si>
+  <si>
     <t>Giles</t>
   </si>
   <si>
     <t>Lever</t>
   </si>
   <si>
     <t>10:35:06</t>
   </si>
   <si>
-    <t>Sin Fan</t>
-[...10 lines deleted...]
-  <si>
     <t>Tam</t>
   </si>
   <si>
     <t>Le Trung</t>
   </si>
   <si>
     <t>10:38:08</t>
   </si>
   <si>
     <t>Jay</t>
   </si>
   <si>
     <t>11:14:29</t>
   </si>
   <si>
     <t>David</t>
   </si>
   <si>
     <t>Stevenson</t>
   </si>
   <si>
     <t>11:23:13</t>
   </si>
   <si>
     <t>Woon Chze Christine</t>
@@ -266,360 +266,360 @@
   <si>
     <t>Andrighetti</t>
   </si>
   <si>
     <t>11:29:32</t>
   </si>
   <si>
     <t>Catherine</t>
   </si>
   <si>
     <t>Wilson</t>
   </si>
   <si>
     <t>11:23:38</t>
   </si>
   <si>
     <t>Bertrand</t>
   </si>
   <si>
     <t>Czarny</t>
   </si>
   <si>
     <t>11:29:35</t>
   </si>
   <si>
+    <t>Toan</t>
+  </si>
+  <si>
+    <t>Au Manh</t>
+  </si>
+  <si>
+    <t>11:34:42</t>
+  </si>
+  <si>
     <t>Ross</t>
   </si>
   <si>
     <t>Goldstone</t>
   </si>
   <si>
     <t>South Africa</t>
   </si>
   <si>
     <t>11:26:10</t>
   </si>
   <si>
-    <t>Toan</t>
-[...7 lines deleted...]
-  <si>
     <t>Phi</t>
   </si>
   <si>
     <t>11:41:41</t>
   </si>
   <si>
     <t>Sjoerd</t>
   </si>
   <si>
     <t>Bakker</t>
   </si>
   <si>
     <t>Netherlands</t>
   </si>
   <si>
     <t>11:27:36</t>
   </si>
   <si>
     <t>Samuel</t>
   </si>
   <si>
     <t>Bartram</t>
   </si>
   <si>
+    <t>11:44:48</t>
+  </si>
+  <si>
     <t>11:29:50</t>
   </si>
   <si>
-    <t>11:44:48</t>
-[...1 lines deleted...]
-  <si>
     <t>Kanghee</t>
   </si>
   <si>
     <t>Son</t>
   </si>
   <si>
     <t>South Korea</t>
   </si>
   <si>
     <t>11:34:51</t>
   </si>
   <si>
     <t>Dung</t>
   </si>
   <si>
     <t>Nguyễn Mạnh</t>
   </si>
   <si>
     <t>12:05:48</t>
   </si>
   <si>
+    <t>Andrew</t>
+  </si>
+  <si>
+    <t>Turner</t>
+  </si>
+  <si>
+    <t>11:48:44</t>
+  </si>
+  <si>
     <t>Anh</t>
   </si>
   <si>
     <t>Quyết Đặng</t>
   </si>
   <si>
     <t>12:13:47</t>
   </si>
   <si>
-    <t>Andrew</t>
-[...5 lines deleted...]
-    <t>11:48:44</t>
+    <t>Jean Pierre</t>
+  </si>
+  <si>
+    <t>Barnes</t>
+  </si>
+  <si>
+    <t>11:54:58</t>
   </si>
   <si>
     <t>12:14:00</t>
   </si>
   <si>
-    <t>Jean Pierre</t>
-[...7 lines deleted...]
-  <si>
     <t>Maruoka</t>
   </si>
   <si>
     <t>Shigeki</t>
   </si>
   <si>
     <t>Japan</t>
   </si>
   <si>
     <t>12:15:53</t>
   </si>
   <si>
     <t>Huy</t>
   </si>
   <si>
     <t>Hoang Nghiem</t>
   </si>
   <si>
     <t>11:55:14</t>
   </si>
   <si>
+    <t>Jefferlyn</t>
+  </si>
+  <si>
+    <t>Castillano</t>
+  </si>
+  <si>
+    <t>Philippines</t>
+  </si>
+  <si>
+    <t>12:40:17</t>
+  </si>
+  <si>
     <t>Phuong</t>
   </si>
   <si>
     <t>Nguyen Thi</t>
   </si>
   <si>
     <t>12:29:58</t>
   </si>
   <si>
-    <t>Jefferlyn</t>
-[...8 lines deleted...]
-    <t>12:40:17</t>
+    <t>Ba Tin</t>
+  </si>
+  <si>
+    <t>12:51:48</t>
   </si>
   <si>
     <t>Olena</t>
   </si>
   <si>
     <t>Saiganova</t>
   </si>
   <si>
     <t>Ukraine</t>
   </si>
   <si>
     <t>12:45:14</t>
   </si>
   <si>
-    <t>Ba Tin</t>
-[...4 lines deleted...]
-  <si>
     <t>Thuan</t>
   </si>
   <si>
     <t>Lâm Văn</t>
   </si>
   <si>
     <t>12:52:08</t>
   </si>
   <si>
     <t>Veronique</t>
   </si>
   <si>
     <t>Thuere</t>
   </si>
   <si>
     <t>Germany</t>
   </si>
   <si>
     <t>13:03:56</t>
   </si>
   <si>
+    <t>Sara</t>
+  </si>
+  <si>
+    <t>Valetina</t>
+  </si>
+  <si>
+    <t>Indonesia</t>
+  </si>
+  <si>
+    <t>13:25:50</t>
+  </si>
+  <si>
     <t>Ha</t>
   </si>
   <si>
     <t>Dương</t>
   </si>
   <si>
     <t>12:53:25</t>
   </si>
   <si>
-    <t>Sara</t>
-[...8 lines deleted...]
-    <t>13:25:50</t>
+    <t>Thành Quang</t>
+  </si>
+  <si>
+    <t>12:53:40</t>
   </si>
   <si>
     <t>Lu Chng</t>
   </si>
   <si>
     <t>Siew</t>
   </si>
   <si>
     <t>Singapore</t>
   </si>
   <si>
     <t>13:49:35</t>
   </si>
   <si>
-    <t>Thành Quang</t>
-[...2 lines deleted...]
-    <t>12:53:40</t>
+    <t>Thi Tieu Phuong</t>
+  </si>
+  <si>
+    <t>13:51:50</t>
   </si>
   <si>
     <t>Nghia</t>
   </si>
   <si>
     <t>Nguyễn Thành</t>
   </si>
   <si>
     <t>13:00:54</t>
   </si>
   <si>
-    <t>Thi Tieu Phuong</t>
-[...4 lines deleted...]
-  <si>
     <t>Yoji</t>
   </si>
   <si>
     <t>Sakamoto</t>
   </si>
   <si>
     <t>坂本洋二</t>
   </si>
   <si>
     <t>13:09:10</t>
   </si>
   <si>
     <t>Wai Teng</t>
   </si>
   <si>
     <t>Lew</t>
   </si>
   <si>
     <t>14:03:34</t>
   </si>
   <si>
     <t>Thuy Nguyen</t>
   </si>
   <si>
     <t>14:03:45</t>
   </si>
   <si>
     <t>Ca</t>
   </si>
   <si>
     <t>Đặng</t>
   </si>
   <si>
     <t>13:14:53</t>
   </si>
   <si>
+    <t>Thao</t>
+  </si>
+  <si>
+    <t>Nguyen Hoang</t>
+  </si>
+  <si>
+    <t>13:15:27</t>
+  </si>
+  <si>
     <t>Monsicha</t>
   </si>
   <si>
     <t>Ngamvitayasiri</t>
   </si>
   <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>14:31:59</t>
   </si>
   <si>
-    <t>Thao</t>
-[...5 lines deleted...]
-    <t>13:15:27</t>
+    <t>Jaime</t>
+  </si>
+  <si>
+    <t>See</t>
+  </si>
+  <si>
+    <t>14:38:14</t>
   </si>
   <si>
     <t>Hoài Giang Đoàn</t>
   </si>
   <si>
     <t>Chau</t>
   </si>
   <si>
     <t>13:16:28</t>
-  </si>
-[...7 lines deleted...]
-    <t>14:38:14</t>
   </si>
   <si>
     <t>Kah Yee</t>
   </si>
   <si>
     <t>14:45:02</t>
   </si>
   <si>
     <t>Vu</t>
   </si>
   <si>
     <t>Văn Hiếu</t>
   </si>
   <si>
     <t>13:16:50</t>
   </si>
   <si>
     <t>Pham Thi</t>
   </si>
   <si>
     <t>Minh Phuong</t>
   </si>
   <si>
     <t>14:46:49</t>
   </si>
@@ -2125,298 +2125,298 @@
       </c>
       <c r="H1" s="1" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
       <c r="J1" s="1" t="s">
         <v>9</v>
       </c>
       <c r="K1" s="1" t="s">
         <v>10</v>
       </c>
       <c r="L1" s="1" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="1" t="s">
         <v>12</v>
       </c>
       <c r="N1" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="2" spans="1:14">
       <c r="A2" s="2">
-        <v>105576</v>
+        <v>111797</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>15</v>
       </c>
       <c r="D2" s="2"/>
       <c r="E2" s="2">
-        <v>7165</v>
+        <v>7149</v>
       </c>
       <c r="F2" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G2" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I2" s="2">
         <v>1</v>
       </c>
       <c r="J2" s="2">
         <v>1</v>
       </c>
       <c r="K2" s="2">
         <v>70</v>
       </c>
       <c r="L2" s="2">
-        <v>400</v>
+        <v>300</v>
       </c>
       <c r="M2" s="2">
         <v>0</v>
       </c>
       <c r="N2" s="2">
-        <v>470</v>
+        <v>370</v>
       </c>
     </row>
     <row r="3" spans="1:14">
       <c r="A3" s="2">
-        <v>111797</v>
+        <v>105576</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>19</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>20</v>
       </c>
       <c r="D3" s="2"/>
       <c r="E3" s="2">
-        <v>7149</v>
+        <v>7165</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G3" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H3" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I3" s="2">
         <v>1</v>
       </c>
       <c r="J3" s="2">
         <v>1</v>
       </c>
       <c r="K3" s="2">
         <v>70</v>
       </c>
       <c r="L3" s="2">
-        <v>300</v>
+        <v>400</v>
       </c>
       <c r="M3" s="2">
         <v>0</v>
       </c>
       <c r="N3" s="2">
-        <v>370</v>
+        <v>470</v>
       </c>
     </row>
     <row r="4" spans="1:14">
       <c r="A4" s="2">
-        <v>105149</v>
+        <v>111798</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>23</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>24</v>
       </c>
       <c r="D4" s="2"/>
       <c r="E4" s="2">
-        <v>7140</v>
+        <v>7050</v>
       </c>
       <c r="F4" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G4" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H4" s="2" t="s">
         <v>25</v>
       </c>
       <c r="I4" s="2">
         <v>2</v>
       </c>
       <c r="J4" s="2">
         <v>2</v>
       </c>
       <c r="K4" s="2">
         <v>70</v>
       </c>
       <c r="L4" s="2">
-        <v>350</v>
+        <v>250</v>
       </c>
       <c r="M4" s="2">
         <v>0</v>
       </c>
       <c r="N4" s="2">
-        <v>420</v>
+        <v>320</v>
       </c>
     </row>
     <row r="5" spans="1:14">
       <c r="A5" s="2">
-        <v>111798</v>
+        <v>105149</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>26</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>27</v>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2">
-        <v>7050</v>
+        <v>7140</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G5" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H5" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I5" s="2">
         <v>2</v>
       </c>
       <c r="J5" s="2">
         <v>2</v>
       </c>
       <c r="K5" s="2">
         <v>70</v>
       </c>
       <c r="L5" s="2">
-        <v>250</v>
+        <v>350</v>
       </c>
       <c r="M5" s="2">
         <v>0</v>
       </c>
       <c r="N5" s="2">
-        <v>320</v>
+        <v>420</v>
       </c>
     </row>
     <row r="6" spans="1:14">
       <c r="A6" s="2">
         <v>105577</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>29</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>30</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2">
-        <v>7233</v>
+        <v>7216</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>31</v>
       </c>
       <c r="G6" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H6" s="2" t="s">
         <v>32</v>
       </c>
       <c r="I6" s="2">
         <v>3</v>
       </c>
       <c r="J6" s="2">
         <v>3</v>
       </c>
       <c r="K6" s="2">
         <v>70</v>
       </c>
       <c r="L6" s="2">
-        <v>225</v>
+        <v>325</v>
       </c>
       <c r="M6" s="2">
         <v>0</v>
       </c>
       <c r="N6" s="2">
-        <v>295</v>
+        <v>395</v>
       </c>
     </row>
     <row r="7" spans="1:14">
       <c r="A7" s="2">
         <v>105577</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>29</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>30</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2">
-        <v>7216</v>
+        <v>7233</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>31</v>
       </c>
       <c r="G7" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H7" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I7" s="2">
         <v>3</v>
       </c>
       <c r="J7" s="2">
         <v>3</v>
       </c>
       <c r="K7" s="2">
         <v>70</v>
       </c>
       <c r="L7" s="2">
-        <v>325</v>
+        <v>225</v>
       </c>
       <c r="M7" s="2">
         <v>0</v>
       </c>
       <c r="N7" s="2">
-        <v>395</v>
+        <v>295</v>
       </c>
     </row>
     <row r="8" spans="1:14">
       <c r="A8" s="2">
         <v>105578</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>34</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>35</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2">
         <v>7192</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>31</v>
       </c>
       <c r="G8" s="2" t="s">
         <v>36</v>
       </c>
       <c r="H8" s="2" t="s">
         <v>37</v>
       </c>
@@ -2432,345 +2432,345 @@
       <c r="L8" s="2">
         <v>400</v>
       </c>
       <c r="M8" s="2">
         <v>0</v>
       </c>
       <c r="N8" s="2">
         <v>470</v>
       </c>
     </row>
     <row r="9" spans="1:14">
       <c r="A9" s="2">
         <v>108728</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>38</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>39</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2">
         <v>7239</v>
       </c>
       <c r="F9" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G9" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H9" s="2" t="s">
         <v>40</v>
       </c>
       <c r="I9" s="2">
         <v>4</v>
       </c>
       <c r="J9" s="2">
         <v>4</v>
       </c>
       <c r="K9" s="2">
         <v>70</v>
       </c>
       <c r="L9" s="2">
         <v>200</v>
       </c>
       <c r="M9" s="2">
         <v>0</v>
       </c>
       <c r="N9" s="2">
         <v>270</v>
       </c>
     </row>
     <row r="10" spans="1:14">
       <c r="A10" s="2">
         <v>111800</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>41</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>42</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2">
         <v>7225</v>
       </c>
       <c r="F10" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G10" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H10" s="2" t="s">
         <v>43</v>
       </c>
       <c r="I10" s="2">
         <v>5</v>
       </c>
       <c r="J10" s="2">
         <v>5</v>
       </c>
       <c r="K10" s="2">
         <v>70</v>
       </c>
       <c r="L10" s="2">
         <v>175</v>
       </c>
       <c r="M10" s="2">
         <v>0</v>
       </c>
       <c r="N10" s="2">
         <v>245</v>
       </c>
     </row>
     <row r="11" spans="1:14">
       <c r="A11" s="2">
         <v>105579</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>44</v>
       </c>
       <c r="C11" s="2" t="s">
         <v>45</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2">
         <v>7191</v>
       </c>
       <c r="F11" s="2" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="G11" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H11" s="2" t="s">
         <v>37</v>
       </c>
       <c r="I11" s="2">
         <v>5</v>
       </c>
       <c r="J11" s="2">
         <v>4</v>
       </c>
       <c r="K11" s="2">
         <v>70</v>
       </c>
       <c r="L11" s="2">
         <v>300</v>
       </c>
       <c r="M11" s="2">
         <v>0</v>
       </c>
       <c r="N11" s="2">
         <v>370</v>
       </c>
     </row>
     <row r="12" spans="1:14">
       <c r="A12" s="2">
-        <v>101722</v>
+        <v>111801</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>46</v>
       </c>
       <c r="C12" s="2" t="s">
         <v>47</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2">
-        <v>7196</v>
+        <v>7167</v>
       </c>
       <c r="F12" s="2" t="s">
-        <v>21</v>
+        <v>48</v>
       </c>
       <c r="G12" s="2" t="s">
-        <v>17</v>
+        <v>36</v>
       </c>
       <c r="H12" s="2" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="I12" s="2">
         <v>6</v>
       </c>
       <c r="J12" s="2">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="K12" s="2">
         <v>70</v>
       </c>
       <c r="L12" s="2">
-        <v>275</v>
+        <v>300</v>
       </c>
       <c r="M12" s="2">
         <v>0</v>
       </c>
       <c r="N12" s="2">
-        <v>345</v>
+        <v>370</v>
       </c>
     </row>
     <row r="13" spans="1:14">
       <c r="A13" s="2">
-        <v>111801</v>
+        <v>101722</v>
       </c>
       <c r="B13" s="2" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2">
-        <v>7167</v>
+        <v>7196</v>
       </c>
       <c r="F13" s="2" t="s">
-        <v>51</v>
+        <v>16</v>
       </c>
       <c r="G13" s="2" t="s">
-        <v>36</v>
+        <v>17</v>
       </c>
       <c r="H13" s="2" t="s">
         <v>52</v>
       </c>
       <c r="I13" s="2">
         <v>6</v>
       </c>
       <c r="J13" s="2">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="K13" s="2">
         <v>70</v>
       </c>
       <c r="L13" s="2">
-        <v>300</v>
+        <v>275</v>
       </c>
       <c r="M13" s="2">
         <v>0</v>
       </c>
       <c r="N13" s="2">
-        <v>370</v>
+        <v>345</v>
       </c>
     </row>
     <row r="14" spans="1:14">
       <c r="A14" s="2">
         <v>105581</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>53</v>
       </c>
       <c r="C14" s="2" t="s">
         <v>54</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2">
         <v>7111</v>
       </c>
       <c r="F14" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G14" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H14" s="2" t="s">
         <v>55</v>
       </c>
       <c r="I14" s="2">
         <v>7</v>
       </c>
       <c r="J14" s="2">
         <v>6</v>
       </c>
       <c r="K14" s="2">
         <v>70</v>
       </c>
       <c r="L14" s="2">
         <v>250</v>
       </c>
       <c r="M14" s="2">
         <v>0</v>
       </c>
       <c r="N14" s="2">
         <v>320</v>
       </c>
     </row>
     <row r="15" spans="1:14">
       <c r="A15" s="2">
         <v>111802</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>56</v>
       </c>
       <c r="C15" s="2" t="s">
         <v>41</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2">
         <v>7171</v>
       </c>
       <c r="F15" s="2" t="s">
-        <v>51</v>
+        <v>48</v>
       </c>
       <c r="G15" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H15" s="2" t="s">
         <v>57</v>
       </c>
       <c r="I15" s="2">
         <v>7</v>
       </c>
       <c r="J15" s="2">
         <v>6</v>
       </c>
       <c r="K15" s="2">
         <v>70</v>
       </c>
       <c r="L15" s="2">
         <v>175</v>
       </c>
       <c r="M15" s="2">
         <v>0</v>
       </c>
       <c r="N15" s="2">
         <v>245</v>
       </c>
     </row>
     <row r="16" spans="1:14">
       <c r="A16" s="2">
         <v>111803</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>58</v>
       </c>
       <c r="C16" s="2" t="s">
         <v>59</v>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2">
         <v>7004</v>
       </c>
       <c r="F16" s="2" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="G16" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H16" s="2" t="s">
         <v>60</v>
       </c>
       <c r="I16" s="2">
         <v>8</v>
       </c>
       <c r="J16" s="2">
         <v>7</v>
       </c>
       <c r="K16" s="2">
         <v>70</v>
       </c>
       <c r="L16" s="2">
         <v>150</v>
       </c>
       <c r="M16" s="2">
         <v>0</v>
       </c>
       <c r="N16" s="2">
         <v>220</v>
       </c>
@@ -2978,51 +2978,51 @@
       <c r="L21" s="2">
         <v>140</v>
       </c>
       <c r="M21" s="2">
         <v>0</v>
       </c>
       <c r="N21" s="2">
         <v>210</v>
       </c>
     </row>
     <row r="22" spans="1:14">
       <c r="A22" s="2">
         <v>105584</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>78</v>
       </c>
       <c r="C22" s="2" t="s">
         <v>79</v>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2">
         <v>7123</v>
       </c>
       <c r="F22" s="2" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="G22" s="2" t="s">
         <v>36</v>
       </c>
       <c r="H22" s="2" t="s">
         <v>80</v>
       </c>
       <c r="I22" s="2">
         <v>11</v>
       </c>
       <c r="J22" s="2">
         <v>3</v>
       </c>
       <c r="K22" s="2">
         <v>70</v>
       </c>
       <c r="L22" s="2">
         <v>325</v>
       </c>
       <c r="M22" s="2">
         <v>0</v>
       </c>
       <c r="N22" s="2">
         <v>395</v>
       </c>
@@ -3049,148 +3049,148 @@
       </c>
       <c r="H23" s="2" t="s">
         <v>83</v>
       </c>
       <c r="I23" s="2">
         <v>11</v>
       </c>
       <c r="J23" s="2">
         <v>10</v>
       </c>
       <c r="K23" s="2">
         <v>70</v>
       </c>
       <c r="L23" s="2">
         <v>135</v>
       </c>
       <c r="M23" s="2">
         <v>0</v>
       </c>
       <c r="N23" s="2">
         <v>205</v>
       </c>
     </row>
     <row r="24" spans="1:14">
       <c r="A24" s="2">
-        <v>105585</v>
+        <v>105542</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>84</v>
       </c>
       <c r="C24" s="2" t="s">
         <v>85</v>
       </c>
       <c r="D24" s="2"/>
       <c r="E24" s="2">
-        <v>7188</v>
+        <v>7122</v>
       </c>
       <c r="F24" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="G24" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="H24" s="2" t="s">
         <v>86</v>
-      </c>
-[...4 lines deleted...]
-        <v>87</v>
       </c>
       <c r="I24" s="2">
         <v>12</v>
       </c>
       <c r="J24" s="2">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="K24" s="2">
         <v>70</v>
       </c>
       <c r="L24" s="2">
-        <v>220</v>
+        <v>130</v>
       </c>
       <c r="M24" s="2">
         <v>0</v>
       </c>
       <c r="N24" s="2">
-        <v>290</v>
+        <v>200</v>
       </c>
     </row>
     <row r="25" spans="1:14">
       <c r="A25" s="2">
-        <v>105542</v>
+        <v>105585</v>
       </c>
       <c r="B25" s="2" t="s">
+        <v>87</v>
+      </c>
+      <c r="C25" s="2" t="s">
         <v>88</v>
-      </c>
-[...1 lines deleted...]
-        <v>89</v>
       </c>
       <c r="D25" s="2"/>
       <c r="E25" s="2">
-        <v>7122</v>
+        <v>7188</v>
       </c>
       <c r="F25" s="2" t="s">
-        <v>21</v>
+        <v>89</v>
       </c>
       <c r="G25" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H25" s="2" t="s">
         <v>90</v>
       </c>
       <c r="I25" s="2">
         <v>12</v>
       </c>
       <c r="J25" s="2">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="K25" s="2">
         <v>70</v>
       </c>
       <c r="L25" s="2">
-        <v>130</v>
+        <v>220</v>
       </c>
       <c r="M25" s="2">
         <v>0</v>
       </c>
       <c r="N25" s="2">
-        <v>200</v>
+        <v>290</v>
       </c>
     </row>
     <row r="26" spans="1:14">
       <c r="A26" s="2">
         <v>111808</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>91</v>
       </c>
       <c r="C26" s="2" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="D26" s="2"/>
       <c r="E26" s="2">
         <v>7210</v>
       </c>
       <c r="F26" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G26" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H26" s="2" t="s">
         <v>92</v>
       </c>
       <c r="I26" s="2">
         <v>13</v>
       </c>
       <c r="J26" s="2">
         <v>12</v>
       </c>
       <c r="K26" s="2">
         <v>70</v>
       </c>
       <c r="L26" s="2">
         <v>125</v>
       </c>
       <c r="M26" s="2">
         <v>0</v>
       </c>
       <c r="N26" s="2">
         <v>195</v>
       </c>
@@ -3227,120 +3227,120 @@
       <c r="K27" s="2">
         <v>70</v>
       </c>
       <c r="L27" s="2">
         <v>210</v>
       </c>
       <c r="M27" s="2">
         <v>0</v>
       </c>
       <c r="N27" s="2">
         <v>280</v>
       </c>
     </row>
     <row r="28" spans="1:14">
       <c r="A28" s="2">
         <v>105587</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>97</v>
       </c>
       <c r="C28" s="2" t="s">
         <v>98</v>
       </c>
       <c r="D28" s="2"/>
       <c r="E28" s="2">
-        <v>7166</v>
+        <v>7080</v>
       </c>
       <c r="F28" s="2" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="G28" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H28" s="2" t="s">
         <v>99</v>
       </c>
       <c r="I28" s="2">
         <v>14</v>
       </c>
       <c r="J28" s="2">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="K28" s="2">
         <v>70</v>
       </c>
       <c r="L28" s="2">
-        <v>200</v>
+        <v>120</v>
       </c>
       <c r="M28" s="2">
         <v>0</v>
       </c>
       <c r="N28" s="2">
-        <v>270</v>
+        <v>190</v>
       </c>
     </row>
     <row r="29" spans="1:14">
       <c r="A29" s="2">
         <v>105587</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>97</v>
       </c>
       <c r="C29" s="2" t="s">
         <v>98</v>
       </c>
       <c r="D29" s="2"/>
       <c r="E29" s="2">
-        <v>7080</v>
+        <v>7166</v>
       </c>
       <c r="F29" s="2" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="G29" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H29" s="2" t="s">
         <v>100</v>
       </c>
       <c r="I29" s="2">
         <v>14</v>
       </c>
       <c r="J29" s="2">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="K29" s="2">
         <v>70</v>
       </c>
       <c r="L29" s="2">
-        <v>120</v>
+        <v>200</v>
       </c>
       <c r="M29" s="2">
         <v>0</v>
       </c>
       <c r="N29" s="2">
-        <v>190</v>
+        <v>270</v>
       </c>
     </row>
     <row r="30" spans="1:14">
       <c r="A30" s="2">
         <v>101853</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>101</v>
       </c>
       <c r="C30" s="2" t="s">
         <v>102</v>
       </c>
       <c r="D30" s="2"/>
       <c r="E30" s="2">
         <v>7156</v>
       </c>
       <c r="F30" s="2" t="s">
         <v>103</v>
       </c>
       <c r="G30" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H30" s="2" t="s">
         <v>104</v>
       </c>
@@ -3356,243 +3356,243 @@
       <c r="L30" s="2">
         <v>190</v>
       </c>
       <c r="M30" s="2">
         <v>0</v>
       </c>
       <c r="N30" s="2">
         <v>260</v>
       </c>
     </row>
     <row r="31" spans="1:14">
       <c r="A31" s="2">
         <v>111810</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>105</v>
       </c>
       <c r="C31" s="2" t="s">
         <v>106</v>
       </c>
       <c r="D31" s="2"/>
       <c r="E31" s="2">
         <v>7126</v>
       </c>
       <c r="F31" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G31" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H31" s="2" t="s">
         <v>107</v>
       </c>
       <c r="I31" s="2">
         <v>15</v>
       </c>
       <c r="J31" s="2">
         <v>14</v>
       </c>
       <c r="K31" s="2">
         <v>70</v>
       </c>
       <c r="L31" s="2">
         <v>115</v>
       </c>
       <c r="M31" s="2">
         <v>0</v>
       </c>
       <c r="N31" s="2">
         <v>185</v>
       </c>
     </row>
     <row r="32" spans="1:14">
       <c r="A32" s="2">
-        <v>111811</v>
+        <v>105589</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>108</v>
       </c>
       <c r="C32" s="2" t="s">
         <v>109</v>
       </c>
       <c r="D32" s="2"/>
       <c r="E32" s="2">
-        <v>7133</v>
+        <v>7082</v>
       </c>
       <c r="F32" s="2" t="s">
-        <v>21</v>
+        <v>67</v>
       </c>
       <c r="G32" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H32" s="2" t="s">
         <v>110</v>
       </c>
       <c r="I32" s="2">
         <v>16</v>
       </c>
       <c r="J32" s="2">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="K32" s="2">
         <v>70</v>
       </c>
       <c r="L32" s="2">
-        <v>110</v>
+        <v>180</v>
       </c>
       <c r="M32" s="2">
         <v>0</v>
       </c>
       <c r="N32" s="2">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="33" spans="1:14">
       <c r="A33" s="2">
-        <v>105589</v>
+        <v>111811</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>111</v>
       </c>
       <c r="C33" s="2" t="s">
         <v>112</v>
       </c>
       <c r="D33" s="2"/>
       <c r="E33" s="2">
-        <v>7082</v>
+        <v>7133</v>
       </c>
       <c r="F33" s="2" t="s">
-        <v>67</v>
+        <v>16</v>
       </c>
       <c r="G33" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H33" s="2" t="s">
         <v>113</v>
       </c>
       <c r="I33" s="2">
         <v>16</v>
       </c>
       <c r="J33" s="2">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="K33" s="2">
         <v>70</v>
       </c>
       <c r="L33" s="2">
+        <v>110</v>
+      </c>
+      <c r="M33" s="2">
+        <v>0</v>
+      </c>
+      <c r="N33" s="2">
         <v>180</v>
-      </c>
-[...4 lines deleted...]
-        <v>250</v>
       </c>
     </row>
     <row r="34" spans="1:14">
       <c r="A34" s="2">
-        <v>111812</v>
+        <v>105590</v>
       </c>
       <c r="B34" s="2" t="s">
-        <v>24</v>
+        <v>114</v>
       </c>
       <c r="C34" s="2" t="s">
-        <v>41</v>
+        <v>115</v>
       </c>
       <c r="D34" s="2"/>
       <c r="E34" s="2">
-        <v>7073</v>
+        <v>7190</v>
       </c>
       <c r="F34" s="2" t="s">
-        <v>21</v>
+        <v>31</v>
       </c>
       <c r="G34" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H34" s="2" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="I34" s="2">
         <v>17</v>
       </c>
       <c r="J34" s="2">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="K34" s="2">
         <v>70</v>
       </c>
       <c r="L34" s="2">
-        <v>105</v>
+        <v>170</v>
       </c>
       <c r="M34" s="2">
         <v>0</v>
       </c>
       <c r="N34" s="2">
-        <v>175</v>
+        <v>240</v>
       </c>
     </row>
     <row r="35" spans="1:14">
       <c r="A35" s="2">
-        <v>105590</v>
+        <v>111812</v>
       </c>
       <c r="B35" s="2" t="s">
-        <v>115</v>
+        <v>27</v>
       </c>
       <c r="C35" s="2" t="s">
-        <v>116</v>
+        <v>41</v>
       </c>
       <c r="D35" s="2"/>
       <c r="E35" s="2">
-        <v>7190</v>
+        <v>7073</v>
       </c>
       <c r="F35" s="2" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G35" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H35" s="2" t="s">
         <v>117</v>
       </c>
       <c r="I35" s="2">
         <v>17</v>
       </c>
       <c r="J35" s="2">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="K35" s="2">
         <v>70</v>
       </c>
       <c r="L35" s="2">
-        <v>170</v>
+        <v>105</v>
       </c>
       <c r="M35" s="2">
         <v>0</v>
       </c>
       <c r="N35" s="2">
-        <v>240</v>
+        <v>175</v>
       </c>
     </row>
     <row r="36" spans="1:14">
       <c r="A36" s="2">
         <v>111813</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>118</v>
       </c>
       <c r="C36" s="2" t="s">
         <v>119</v>
       </c>
       <c r="D36" s="2"/>
       <c r="E36" s="2">
         <v>7095</v>
       </c>
       <c r="F36" s="2" t="s">
         <v>120</v>
       </c>
       <c r="G36" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H36" s="2" t="s">
         <v>121</v>
       </c>
@@ -3608,261 +3608,261 @@
       <c r="L36" s="2">
         <v>100</v>
       </c>
       <c r="M36" s="2">
         <v>0</v>
       </c>
       <c r="N36" s="2">
         <v>170</v>
       </c>
     </row>
     <row r="37" spans="1:14">
       <c r="A37" s="2">
         <v>105591</v>
       </c>
       <c r="B37" s="2" t="s">
         <v>122</v>
       </c>
       <c r="C37" s="2" t="s">
         <v>123</v>
       </c>
       <c r="D37" s="2"/>
       <c r="E37" s="2">
         <v>7073</v>
       </c>
       <c r="F37" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G37" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H37" s="2" t="s">
         <v>124</v>
       </c>
       <c r="I37" s="2">
         <v>18</v>
       </c>
       <c r="J37" s="2">
         <v>15</v>
       </c>
       <c r="K37" s="2">
         <v>70</v>
       </c>
       <c r="L37" s="2">
         <v>160</v>
       </c>
       <c r="M37" s="2">
         <v>0</v>
       </c>
       <c r="N37" s="2">
         <v>230</v>
       </c>
     </row>
     <row r="38" spans="1:14">
       <c r="A38" s="2">
-        <v>105592</v>
+        <v>105220</v>
       </c>
       <c r="B38" s="2" t="s">
         <v>125</v>
       </c>
       <c r="C38" s="2" t="s">
         <v>126</v>
       </c>
       <c r="D38" s="2"/>
       <c r="E38" s="2">
-        <v>7010</v>
+        <v>7017</v>
       </c>
       <c r="F38" s="2" t="s">
-        <v>21</v>
+        <v>127</v>
       </c>
       <c r="G38" s="2" t="s">
         <v>36</v>
       </c>
       <c r="H38" s="2" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="I38" s="2">
         <v>19</v>
       </c>
       <c r="J38" s="2">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="K38" s="2">
         <v>70</v>
       </c>
       <c r="L38" s="2">
-        <v>300</v>
+        <v>250</v>
       </c>
       <c r="M38" s="2">
         <v>0</v>
       </c>
       <c r="N38" s="2">
-        <v>370</v>
+        <v>320</v>
       </c>
     </row>
     <row r="39" spans="1:14">
       <c r="A39" s="2">
-        <v>105220</v>
+        <v>105592</v>
       </c>
       <c r="B39" s="2" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="C39" s="2" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="D39" s="2"/>
       <c r="E39" s="2">
-        <v>7017</v>
+        <v>7010</v>
       </c>
       <c r="F39" s="2" t="s">
-        <v>130</v>
+        <v>16</v>
       </c>
       <c r="G39" s="2" t="s">
         <v>36</v>
       </c>
       <c r="H39" s="2" t="s">
         <v>131</v>
       </c>
       <c r="I39" s="2">
         <v>19</v>
       </c>
       <c r="J39" s="2">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="K39" s="2">
         <v>70</v>
       </c>
       <c r="L39" s="2">
-        <v>250</v>
+        <v>300</v>
       </c>
       <c r="M39" s="2">
         <v>0</v>
       </c>
       <c r="N39" s="2">
-        <v>320</v>
+        <v>370</v>
       </c>
     </row>
     <row r="40" spans="1:14">
       <c r="A40" s="2">
-        <v>105593</v>
+        <v>111814</v>
       </c>
       <c r="B40" s="2" t="s">
         <v>132</v>
       </c>
       <c r="C40" s="2" t="s">
-        <v>133</v>
+        <v>27</v>
       </c>
       <c r="D40" s="2"/>
       <c r="E40" s="2">
-        <v>7102</v>
+        <v>7177</v>
       </c>
       <c r="F40" s="2" t="s">
-        <v>134</v>
+        <v>16</v>
       </c>
       <c r="G40" s="2" t="s">
-        <v>36</v>
+        <v>17</v>
       </c>
       <c r="H40" s="2" t="s">
-        <v>135</v>
+        <v>133</v>
       </c>
       <c r="I40" s="2">
         <v>20</v>
       </c>
       <c r="J40" s="2">
-        <v>5</v>
+        <v>18</v>
       </c>
       <c r="K40" s="2">
         <v>70</v>
       </c>
       <c r="L40" s="2">
-        <v>275</v>
+        <v>99</v>
       </c>
       <c r="M40" s="2">
         <v>0</v>
       </c>
       <c r="N40" s="2">
-        <v>345</v>
+        <v>169</v>
       </c>
     </row>
     <row r="41" spans="1:14">
       <c r="A41" s="2">
-        <v>111814</v>
+        <v>105593</v>
       </c>
       <c r="B41" s="2" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
       <c r="C41" s="2" t="s">
-        <v>24</v>
+        <v>135</v>
       </c>
       <c r="D41" s="2"/>
       <c r="E41" s="2">
-        <v>7177</v>
+        <v>7102</v>
       </c>
       <c r="F41" s="2" t="s">
-        <v>21</v>
+        <v>136</v>
       </c>
       <c r="G41" s="2" t="s">
-        <v>17</v>
+        <v>36</v>
       </c>
       <c r="H41" s="2" t="s">
         <v>137</v>
       </c>
       <c r="I41" s="2">
         <v>20</v>
       </c>
       <c r="J41" s="2">
-        <v>18</v>
+        <v>5</v>
       </c>
       <c r="K41" s="2">
         <v>70</v>
       </c>
       <c r="L41" s="2">
-        <v>99</v>
+        <v>275</v>
       </c>
       <c r="M41" s="2">
         <v>0</v>
       </c>
       <c r="N41" s="2">
-        <v>169</v>
+        <v>345</v>
       </c>
     </row>
     <row r="42" spans="1:14">
       <c r="A42" s="2">
         <v>111815</v>
       </c>
       <c r="B42" s="2" t="s">
         <v>138</v>
       </c>
       <c r="C42" s="2" t="s">
         <v>139</v>
       </c>
       <c r="D42" s="2"/>
       <c r="E42" s="2">
         <v>7142</v>
       </c>
       <c r="F42" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G42" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H42" s="2" t="s">
         <v>140</v>
       </c>
       <c r="I42" s="2">
         <v>21</v>
       </c>
       <c r="J42" s="2">
         <v>19</v>
       </c>
       <c r="K42" s="2">
         <v>70</v>
       </c>
       <c r="L42" s="2">
         <v>98</v>
       </c>
       <c r="M42" s="2">
         <v>0</v>
       </c>
       <c r="N42" s="2">
         <v>168</v>
       </c>
@@ -3889,298 +3889,298 @@
       </c>
       <c r="H43" s="2" t="s">
         <v>144</v>
       </c>
       <c r="I43" s="2">
         <v>21</v>
       </c>
       <c r="J43" s="2">
         <v>6</v>
       </c>
       <c r="K43" s="2">
         <v>70</v>
       </c>
       <c r="L43" s="2">
         <v>250</v>
       </c>
       <c r="M43" s="2">
         <v>0</v>
       </c>
       <c r="N43" s="2">
         <v>320</v>
       </c>
     </row>
     <row r="44" spans="1:14">
       <c r="A44" s="2">
-        <v>111816</v>
+        <v>105595</v>
       </c>
       <c r="B44" s="2" t="s">
         <v>145</v>
       </c>
       <c r="C44" s="2" t="s">
         <v>146</v>
       </c>
       <c r="D44" s="2"/>
       <c r="E44" s="2">
-        <v>7109</v>
+        <v>7169</v>
       </c>
       <c r="F44" s="2" t="s">
-        <v>21</v>
+        <v>147</v>
       </c>
       <c r="G44" s="2" t="s">
-        <v>17</v>
+        <v>36</v>
       </c>
       <c r="H44" s="2" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="I44" s="2">
         <v>22</v>
       </c>
       <c r="J44" s="2">
-        <v>20</v>
+        <v>7</v>
       </c>
       <c r="K44" s="2">
         <v>70</v>
       </c>
       <c r="L44" s="2">
-        <v>97</v>
+        <v>240</v>
       </c>
       <c r="M44" s="2">
         <v>0</v>
       </c>
       <c r="N44" s="2">
-        <v>167</v>
+        <v>310</v>
       </c>
     </row>
     <row r="45" spans="1:14">
       <c r="A45" s="2">
-        <v>105595</v>
+        <v>111816</v>
       </c>
       <c r="B45" s="2" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="C45" s="2" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="D45" s="2"/>
       <c r="E45" s="2">
-        <v>7169</v>
+        <v>7109</v>
       </c>
       <c r="F45" s="2" t="s">
-        <v>150</v>
+        <v>16</v>
       </c>
       <c r="G45" s="2" t="s">
-        <v>36</v>
+        <v>17</v>
       </c>
       <c r="H45" s="2" t="s">
         <v>151</v>
       </c>
       <c r="I45" s="2">
         <v>22</v>
       </c>
       <c r="J45" s="2">
-        <v>7</v>
+        <v>20</v>
       </c>
       <c r="K45" s="2">
         <v>70</v>
       </c>
       <c r="L45" s="2">
-        <v>240</v>
+        <v>97</v>
       </c>
       <c r="M45" s="2">
         <v>0</v>
       </c>
       <c r="N45" s="2">
-        <v>310</v>
+        <v>167</v>
       </c>
     </row>
     <row r="46" spans="1:14">
       <c r="A46" s="2">
-        <v>105596</v>
+        <v>111817</v>
       </c>
       <c r="B46" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="C46" s="2" t="s">
         <v>152</v>
-      </c>
-[...1 lines deleted...]
-        <v>153</v>
       </c>
       <c r="D46" s="2"/>
       <c r="E46" s="2">
-        <v>7178</v>
+        <v>7112</v>
       </c>
       <c r="F46" s="2" t="s">
-        <v>154</v>
+        <v>16</v>
       </c>
       <c r="G46" s="2" t="s">
-        <v>36</v>
+        <v>17</v>
       </c>
       <c r="H46" s="2" t="s">
-        <v>155</v>
+        <v>153</v>
       </c>
       <c r="I46" s="2">
         <v>23</v>
       </c>
       <c r="J46" s="2">
-        <v>8</v>
+        <v>21</v>
       </c>
       <c r="K46" s="2">
         <v>70</v>
       </c>
       <c r="L46" s="2">
-        <v>230</v>
+        <v>96</v>
       </c>
       <c r="M46" s="2">
         <v>0</v>
       </c>
       <c r="N46" s="2">
-        <v>300</v>
+        <v>166</v>
       </c>
     </row>
     <row r="47" spans="1:14">
       <c r="A47" s="2">
-        <v>111817</v>
+        <v>105596</v>
       </c>
       <c r="B47" s="2" t="s">
-        <v>24</v>
+        <v>154</v>
       </c>
       <c r="C47" s="2" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="D47" s="2"/>
       <c r="E47" s="2">
-        <v>7112</v>
+        <v>7178</v>
       </c>
       <c r="F47" s="2" t="s">
-        <v>21</v>
+        <v>156</v>
       </c>
       <c r="G47" s="2" t="s">
-        <v>17</v>
+        <v>36</v>
       </c>
       <c r="H47" s="2" t="s">
         <v>157</v>
       </c>
       <c r="I47" s="2">
         <v>23</v>
       </c>
       <c r="J47" s="2">
-        <v>21</v>
+        <v>8</v>
       </c>
       <c r="K47" s="2">
         <v>70</v>
       </c>
       <c r="L47" s="2">
-        <v>96</v>
+        <v>230</v>
       </c>
       <c r="M47" s="2">
         <v>0</v>
       </c>
       <c r="N47" s="2">
-        <v>166</v>
+        <v>300</v>
       </c>
     </row>
     <row r="48" spans="1:14">
       <c r="A48" s="2">
-        <v>111818</v>
+        <v>101766</v>
       </c>
       <c r="B48" s="2" t="s">
         <v>158</v>
       </c>
       <c r="C48" s="2" t="s">
-        <v>159</v>
+        <v>27</v>
       </c>
       <c r="D48" s="2"/>
       <c r="E48" s="2">
-        <v>7104</v>
+        <v>7004</v>
       </c>
       <c r="F48" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G48" s="2" t="s">
-        <v>17</v>
+        <v>36</v>
       </c>
       <c r="H48" s="2" t="s">
-        <v>160</v>
+        <v>159</v>
       </c>
       <c r="I48" s="2">
         <v>24</v>
       </c>
       <c r="J48" s="2">
-        <v>22</v>
+        <v>9</v>
       </c>
       <c r="K48" s="2">
         <v>70</v>
       </c>
       <c r="L48" s="2">
-        <v>90</v>
+        <v>220</v>
       </c>
       <c r="M48" s="2">
         <v>0</v>
       </c>
       <c r="N48" s="2">
-        <v>160</v>
+        <v>290</v>
       </c>
     </row>
     <row r="49" spans="1:14">
       <c r="A49" s="2">
-        <v>101766</v>
+        <v>111818</v>
       </c>
       <c r="B49" s="2" t="s">
+        <v>160</v>
+      </c>
+      <c r="C49" s="2" t="s">
         <v>161</v>
-      </c>
-[...1 lines deleted...]
-        <v>24</v>
       </c>
       <c r="D49" s="2"/>
       <c r="E49" s="2">
-        <v>7004</v>
+        <v>7104</v>
       </c>
       <c r="F49" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G49" s="2" t="s">
-        <v>36</v>
+        <v>17</v>
       </c>
       <c r="H49" s="2" t="s">
         <v>162</v>
       </c>
       <c r="I49" s="2">
         <v>24</v>
       </c>
       <c r="J49" s="2">
-        <v>9</v>
+        <v>22</v>
       </c>
       <c r="K49" s="2">
         <v>70</v>
       </c>
       <c r="L49" s="2">
-        <v>220</v>
+        <v>90</v>
       </c>
       <c r="M49" s="2">
         <v>0</v>
       </c>
       <c r="N49" s="2">
-        <v>290</v>
+        <v>160</v>
       </c>
     </row>
     <row r="50" spans="1:14">
       <c r="A50" s="2">
         <v>111819</v>
       </c>
       <c r="B50" s="2" t="s">
         <v>163</v>
       </c>
       <c r="C50" s="2" t="s">
         <v>164</v>
       </c>
       <c r="D50" s="2" t="s">
         <v>165</v>
       </c>
       <c r="E50" s="2">
         <v>7236</v>
       </c>
       <c r="F50" s="2" t="s">
         <v>120</v>
       </c>
       <c r="G50" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H50" s="2" t="s">
@@ -4198,597 +4198,597 @@
       <c r="L50" s="2">
         <v>89</v>
       </c>
       <c r="M50" s="2">
         <v>0</v>
       </c>
       <c r="N50" s="2">
         <v>159</v>
       </c>
     </row>
     <row r="51" spans="1:14">
       <c r="A51" s="2">
         <v>103136</v>
       </c>
       <c r="B51" s="2" t="s">
         <v>167</v>
       </c>
       <c r="C51" s="2" t="s">
         <v>168</v>
       </c>
       <c r="D51" s="2"/>
       <c r="E51" s="2">
         <v>7001</v>
       </c>
       <c r="F51" s="2" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="G51" s="2" t="s">
         <v>36</v>
       </c>
       <c r="H51" s="2" t="s">
         <v>169</v>
       </c>
       <c r="I51" s="2">
         <v>25</v>
       </c>
       <c r="J51" s="2">
         <v>10</v>
       </c>
       <c r="K51" s="2">
         <v>70</v>
       </c>
       <c r="L51" s="2">
         <v>210</v>
       </c>
       <c r="M51" s="2">
         <v>0</v>
       </c>
       <c r="N51" s="2">
         <v>280</v>
       </c>
     </row>
     <row r="52" spans="1:14">
       <c r="A52" s="2">
         <v>105597</v>
       </c>
       <c r="B52" s="2" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="C52" s="2" t="s">
         <v>170</v>
       </c>
       <c r="D52" s="2"/>
       <c r="E52" s="2">
         <v>7015</v>
       </c>
       <c r="F52" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G52" s="2" t="s">
         <v>36</v>
       </c>
       <c r="H52" s="2" t="s">
         <v>171</v>
       </c>
       <c r="I52" s="2">
         <v>26</v>
       </c>
       <c r="J52" s="2">
         <v>11</v>
       </c>
       <c r="K52" s="2">
         <v>70</v>
       </c>
       <c r="L52" s="2">
         <v>200</v>
       </c>
       <c r="M52" s="2">
         <v>0</v>
       </c>
       <c r="N52" s="2">
         <v>270</v>
       </c>
     </row>
     <row r="53" spans="1:14">
       <c r="A53" s="2">
         <v>111820</v>
       </c>
       <c r="B53" s="2" t="s">
         <v>172</v>
       </c>
       <c r="C53" s="2" t="s">
         <v>173</v>
       </c>
       <c r="D53" s="2"/>
       <c r="E53" s="2">
         <v>7037</v>
       </c>
       <c r="F53" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G53" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H53" s="2" t="s">
         <v>174</v>
       </c>
       <c r="I53" s="2">
         <v>26</v>
       </c>
       <c r="J53" s="2">
         <v>24</v>
       </c>
       <c r="K53" s="2">
         <v>70</v>
       </c>
       <c r="L53" s="2">
         <v>88</v>
       </c>
       <c r="M53" s="2">
         <v>0</v>
       </c>
       <c r="N53" s="2">
         <v>158</v>
       </c>
     </row>
     <row r="54" spans="1:14">
       <c r="A54" s="2">
-        <v>103183</v>
+        <v>111821</v>
       </c>
       <c r="B54" s="2" t="s">
         <v>175</v>
       </c>
       <c r="C54" s="2" t="s">
         <v>176</v>
       </c>
       <c r="D54" s="2"/>
       <c r="E54" s="2">
-        <v>7038</v>
+        <v>7150</v>
       </c>
       <c r="F54" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="G54" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="H54" s="2" t="s">
         <v>177</v>
-      </c>
-[...4 lines deleted...]
-        <v>178</v>
       </c>
       <c r="I54" s="2">
         <v>27</v>
       </c>
       <c r="J54" s="2">
-        <v>12</v>
+        <v>25</v>
       </c>
       <c r="K54" s="2">
         <v>70</v>
       </c>
       <c r="L54" s="2">
-        <v>190</v>
+        <v>87</v>
       </c>
       <c r="M54" s="2">
         <v>0</v>
       </c>
       <c r="N54" s="2">
-        <v>260</v>
+        <v>157</v>
       </c>
     </row>
     <row r="55" spans="1:14">
       <c r="A55" s="2">
-        <v>111821</v>
+        <v>103183</v>
       </c>
       <c r="B55" s="2" t="s">
+        <v>178</v>
+      </c>
+      <c r="C55" s="2" t="s">
         <v>179</v>
-      </c>
-[...1 lines deleted...]
-        <v>180</v>
       </c>
       <c r="D55" s="2"/>
       <c r="E55" s="2">
-        <v>7150</v>
+        <v>7038</v>
       </c>
       <c r="F55" s="2" t="s">
-        <v>21</v>
+        <v>180</v>
       </c>
       <c r="G55" s="2" t="s">
-        <v>17</v>
+        <v>36</v>
       </c>
       <c r="H55" s="2" t="s">
         <v>181</v>
       </c>
       <c r="I55" s="2">
         <v>27</v>
       </c>
       <c r="J55" s="2">
-        <v>25</v>
+        <v>12</v>
       </c>
       <c r="K55" s="2">
         <v>70</v>
       </c>
       <c r="L55" s="2">
-        <v>87</v>
+        <v>190</v>
       </c>
       <c r="M55" s="2">
         <v>0</v>
       </c>
       <c r="N55" s="2">
-        <v>157</v>
+        <v>260</v>
       </c>
     </row>
     <row r="56" spans="1:14">
       <c r="A56" s="2">
-        <v>111822</v>
+        <v>105599</v>
       </c>
       <c r="B56" s="2" t="s">
         <v>182</v>
       </c>
       <c r="C56" s="2" t="s">
         <v>183</v>
       </c>
       <c r="D56" s="2"/>
       <c r="E56" s="2">
-        <v>7134</v>
+        <v>7023</v>
       </c>
       <c r="F56" s="2" t="s">
-        <v>21</v>
+        <v>63</v>
       </c>
       <c r="G56" s="2" t="s">
-        <v>17</v>
+        <v>36</v>
       </c>
       <c r="H56" s="2" t="s">
         <v>184</v>
       </c>
       <c r="I56" s="2">
         <v>28</v>
       </c>
       <c r="J56" s="2">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="K56" s="2">
         <v>70</v>
       </c>
       <c r="L56" s="2">
-        <v>86</v>
+        <v>180</v>
       </c>
       <c r="M56" s="2">
         <v>0</v>
       </c>
       <c r="N56" s="2">
-        <v>156</v>
+        <v>250</v>
       </c>
     </row>
     <row r="57" spans="1:14">
       <c r="A57" s="2">
-        <v>105599</v>
+        <v>111822</v>
       </c>
       <c r="B57" s="2" t="s">
         <v>185</v>
       </c>
       <c r="C57" s="2" t="s">
         <v>186</v>
       </c>
       <c r="D57" s="2"/>
       <c r="E57" s="2">
-        <v>7023</v>
+        <v>7134</v>
       </c>
       <c r="F57" s="2" t="s">
-        <v>63</v>
+        <v>16</v>
       </c>
       <c r="G57" s="2" t="s">
-        <v>36</v>
+        <v>17</v>
       </c>
       <c r="H57" s="2" t="s">
         <v>187</v>
       </c>
       <c r="I57" s="2">
         <v>28</v>
       </c>
       <c r="J57" s="2">
-        <v>13</v>
+        <v>26</v>
       </c>
       <c r="K57" s="2">
         <v>70</v>
       </c>
       <c r="L57" s="2">
-        <v>180</v>
+        <v>86</v>
       </c>
       <c r="M57" s="2">
         <v>0</v>
       </c>
       <c r="N57" s="2">
-        <v>250</v>
+        <v>156</v>
       </c>
     </row>
     <row r="58" spans="1:14">
       <c r="A58" s="2">
         <v>101442</v>
       </c>
       <c r="B58" s="2" t="s">
         <v>188</v>
       </c>
       <c r="C58" s="2" t="s">
-        <v>183</v>
+        <v>186</v>
       </c>
       <c r="D58" s="2"/>
       <c r="E58" s="2">
         <v>7186</v>
       </c>
       <c r="F58" s="2" t="s">
         <v>63</v>
       </c>
       <c r="G58" s="2" t="s">
         <v>36</v>
       </c>
       <c r="H58" s="2" t="s">
         <v>189</v>
       </c>
       <c r="I58" s="2">
         <v>29</v>
       </c>
       <c r="J58" s="2">
         <v>14</v>
       </c>
       <c r="K58" s="2">
         <v>70</v>
       </c>
       <c r="L58" s="2">
         <v>170</v>
       </c>
       <c r="M58" s="2">
         <v>0</v>
       </c>
       <c r="N58" s="2">
         <v>240</v>
       </c>
     </row>
     <row r="59" spans="1:14">
       <c r="A59" s="2">
         <v>111823</v>
       </c>
       <c r="B59" s="2" t="s">
         <v>190</v>
       </c>
       <c r="C59" s="2" t="s">
         <v>191</v>
       </c>
       <c r="D59" s="2"/>
       <c r="E59" s="2">
         <v>7046</v>
       </c>
       <c r="F59" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G59" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H59" s="2" t="s">
         <v>192</v>
       </c>
       <c r="I59" s="2">
         <v>29</v>
       </c>
       <c r="J59" s="2">
         <v>27</v>
       </c>
       <c r="K59" s="2">
         <v>70</v>
       </c>
       <c r="L59" s="2">
         <v>85</v>
       </c>
       <c r="M59" s="2">
         <v>0</v>
       </c>
       <c r="N59" s="2">
         <v>155</v>
       </c>
     </row>
     <row r="60" spans="1:14">
       <c r="A60" s="2">
         <v>105601</v>
       </c>
       <c r="B60" s="2" t="s">
         <v>193</v>
       </c>
       <c r="C60" s="2" t="s">
         <v>194</v>
       </c>
       <c r="D60" s="2"/>
       <c r="E60" s="2">
         <v>7090</v>
       </c>
       <c r="F60" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G60" s="2" t="s">
         <v>36</v>
       </c>
       <c r="H60" s="2" t="s">
         <v>195</v>
       </c>
       <c r="I60" s="2">
         <v>30</v>
       </c>
       <c r="J60" s="2">
         <v>15</v>
       </c>
       <c r="K60" s="2">
         <v>70</v>
       </c>
       <c r="L60" s="2">
         <v>160</v>
       </c>
       <c r="M60" s="2">
         <v>0</v>
       </c>
       <c r="N60" s="2">
         <v>230</v>
       </c>
     </row>
     <row r="61" spans="1:14">
       <c r="A61" s="2">
         <v>111824</v>
       </c>
       <c r="B61" s="2" t="s">
         <v>196</v>
       </c>
       <c r="C61" s="2" t="s">
         <v>190</v>
       </c>
       <c r="D61" s="2"/>
       <c r="E61" s="2">
         <v>7203</v>
       </c>
       <c r="F61" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G61" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H61" s="2" t="s">
         <v>197</v>
       </c>
       <c r="I61" s="2">
         <v>30</v>
       </c>
       <c r="J61" s="2">
         <v>28</v>
       </c>
       <c r="K61" s="2">
         <v>70</v>
       </c>
       <c r="L61" s="2">
         <v>84</v>
       </c>
       <c r="M61" s="2">
         <v>0</v>
       </c>
       <c r="N61" s="2">
         <v>154</v>
       </c>
     </row>
     <row r="62" spans="1:14">
       <c r="A62" s="2">
         <v>111825</v>
       </c>
       <c r="B62" s="2" t="s">
         <v>198</v>
       </c>
       <c r="C62" s="2" t="s">
         <v>199</v>
       </c>
       <c r="D62" s="2"/>
       <c r="E62" s="2">
         <v>7164</v>
       </c>
       <c r="F62" s="2" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="G62" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H62" s="2" t="s">
         <v>200</v>
       </c>
       <c r="I62" s="2">
         <v>31</v>
       </c>
       <c r="J62" s="2">
         <v>29</v>
       </c>
       <c r="K62" s="2">
         <v>70</v>
       </c>
       <c r="L62" s="2">
         <v>83</v>
       </c>
       <c r="M62" s="2">
         <v>0</v>
       </c>
       <c r="N62" s="2">
         <v>153</v>
       </c>
     </row>
     <row r="63" spans="1:14">
       <c r="A63" s="2">
         <v>111826</v>
       </c>
       <c r="B63" s="2" t="s">
         <v>201</v>
       </c>
       <c r="C63" s="2" t="s">
         <v>202</v>
       </c>
       <c r="D63" s="2"/>
       <c r="E63" s="2">
         <v>7155</v>
       </c>
       <c r="F63" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G63" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H63" s="2" t="s">
         <v>203</v>
       </c>
       <c r="I63" s="2">
         <v>32</v>
       </c>
       <c r="J63" s="2">
         <v>30</v>
       </c>
       <c r="K63" s="2">
         <v>70</v>
       </c>
       <c r="L63" s="2">
         <v>82</v>
       </c>
       <c r="M63" s="2">
         <v>0</v>
       </c>
       <c r="N63" s="2">
         <v>152</v>
       </c>
     </row>
     <row r="64" spans="1:14">
       <c r="A64" s="2">
         <v>111827</v>
       </c>
       <c r="B64" s="2" t="s">
         <v>204</v>
       </c>
       <c r="C64" s="2" t="s">
         <v>205</v>
       </c>
       <c r="D64" s="2"/>
       <c r="E64" s="2">
         <v>7102</v>
       </c>
       <c r="F64" s="2" t="s">
-        <v>177</v>
+        <v>180</v>
       </c>
       <c r="G64" s="2" t="s">
         <v>36</v>
       </c>
       <c r="H64" s="2" t="s">
         <v>206</v>
       </c>
       <c r="I64" s="2">
         <v>33</v>
       </c>
       <c r="J64" s="2">
         <v>3</v>
       </c>
       <c r="K64" s="2">
         <v>70</v>
       </c>
       <c r="L64" s="2">
         <v>225</v>
       </c>
       <c r="M64" s="2">
         <v>0</v>
       </c>
       <c r="N64" s="2">
         <v>295</v>
       </c>
@@ -4870,93 +4870,93 @@
       <c r="L66" s="2">
         <v>80</v>
       </c>
       <c r="M66" s="2">
         <v>0</v>
       </c>
       <c r="N66" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="67" spans="1:14">
       <c r="A67" s="2">
         <v>111830</v>
       </c>
       <c r="B67" s="2" t="s">
         <v>41</v>
       </c>
       <c r="C67" s="2" t="s">
         <v>212</v>
       </c>
       <c r="D67" s="2"/>
       <c r="E67" s="2">
         <v>7039</v>
       </c>
       <c r="F67" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G67" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H67" s="2" t="s">
         <v>213</v>
       </c>
       <c r="I67" s="2">
         <v>36</v>
       </c>
       <c r="J67" s="2">
         <v>33</v>
       </c>
       <c r="K67" s="2">
         <v>70</v>
       </c>
       <c r="L67" s="2">
         <v>79</v>
       </c>
       <c r="M67" s="2">
         <v>0</v>
       </c>
       <c r="N67" s="2">
         <v>149</v>
       </c>
     </row>
     <row r="68" spans="1:14">
       <c r="A68" s="2">
         <v>111831</v>
       </c>
       <c r="B68" s="2" t="s">
         <v>214</v>
       </c>
       <c r="C68" s="2" t="s">
         <v>215</v>
       </c>
       <c r="D68" s="2"/>
       <c r="E68" s="2">
         <v>7113</v>
       </c>
       <c r="F68" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G68" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H68" s="2" t="s">
         <v>216</v>
       </c>
       <c r="I68" s="2">
         <v>37</v>
       </c>
       <c r="J68" s="2">
         <v>34</v>
       </c>
       <c r="K68" s="2">
         <v>70</v>
       </c>
       <c r="L68" s="2">
         <v>78</v>
       </c>
       <c r="M68" s="2">
         <v>0</v>
       </c>
       <c r="N68" s="2">
         <v>148</v>
       </c>
@@ -4996,51 +4996,51 @@
       <c r="L69" s="2">
         <v>77</v>
       </c>
       <c r="M69" s="2">
         <v>0</v>
       </c>
       <c r="N69" s="2">
         <v>147</v>
       </c>
     </row>
     <row r="70" spans="1:14">
       <c r="A70" s="2">
         <v>111833</v>
       </c>
       <c r="B70" s="2" t="s">
         <v>220</v>
       </c>
       <c r="C70" s="2" t="s">
         <v>221</v>
       </c>
       <c r="D70" s="2"/>
       <c r="E70" s="2">
         <v>7151</v>
       </c>
       <c r="F70" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G70" s="2" t="s">
         <v>36</v>
       </c>
       <c r="H70" s="2" t="s">
         <v>222</v>
       </c>
       <c r="I70" s="2">
         <v>39</v>
       </c>
       <c r="J70" s="2">
         <v>4</v>
       </c>
       <c r="K70" s="2">
         <v>70</v>
       </c>
       <c r="L70" s="2">
         <v>200</v>
       </c>
       <c r="M70" s="2">
         <v>0</v>
       </c>
       <c r="N70" s="2">
         <v>270</v>
       </c>
@@ -5080,261 +5080,261 @@
       <c r="L71" s="2">
         <v>76</v>
       </c>
       <c r="M71" s="2">
         <v>0</v>
       </c>
       <c r="N71" s="2">
         <v>146</v>
       </c>
     </row>
     <row r="72" spans="1:14">
       <c r="A72" s="2">
         <v>111835</v>
       </c>
       <c r="B72" s="2" t="s">
         <v>227</v>
       </c>
       <c r="C72" s="2" t="s">
         <v>173</v>
       </c>
       <c r="D72" s="2"/>
       <c r="E72" s="2">
         <v>7211</v>
       </c>
       <c r="F72" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G72" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H72" s="2" t="s">
         <v>228</v>
       </c>
       <c r="I72" s="2">
         <v>41</v>
       </c>
       <c r="J72" s="2">
         <v>37</v>
       </c>
       <c r="K72" s="2">
         <v>70</v>
       </c>
       <c r="L72" s="2">
         <v>75</v>
       </c>
       <c r="M72" s="2">
         <v>0</v>
       </c>
       <c r="N72" s="2">
         <v>145</v>
       </c>
     </row>
     <row r="73" spans="1:14">
       <c r="A73" s="2">
         <v>111836</v>
       </c>
       <c r="B73" s="2" t="s">
         <v>229</v>
       </c>
       <c r="C73" s="2" t="s">
         <v>230</v>
       </c>
       <c r="D73" s="2"/>
       <c r="E73" s="2">
         <v>7103</v>
       </c>
       <c r="F73" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G73" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H73" s="2" t="s">
         <v>231</v>
       </c>
       <c r="I73" s="2">
         <v>42</v>
       </c>
       <c r="J73" s="2">
         <v>38</v>
       </c>
       <c r="K73" s="2">
         <v>70</v>
       </c>
       <c r="L73" s="2">
         <v>74</v>
       </c>
       <c r="M73" s="2">
         <v>0</v>
       </c>
       <c r="N73" s="2">
         <v>144</v>
       </c>
     </row>
     <row r="74" spans="1:14">
       <c r="A74" s="2">
         <v>108753</v>
       </c>
       <c r="B74" s="2" t="s">
         <v>232</v>
       </c>
       <c r="C74" s="2" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="D74" s="2"/>
       <c r="E74" s="2">
         <v>7059</v>
       </c>
       <c r="F74" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G74" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H74" s="2" t="s">
         <v>233</v>
       </c>
       <c r="I74" s="2">
         <v>43</v>
       </c>
       <c r="J74" s="2">
         <v>39</v>
       </c>
       <c r="K74" s="2">
         <v>70</v>
       </c>
       <c r="L74" s="2">
         <v>73</v>
       </c>
       <c r="M74" s="2">
         <v>0</v>
       </c>
       <c r="N74" s="2">
         <v>143</v>
       </c>
     </row>
     <row r="75" spans="1:14">
       <c r="A75" s="2">
         <v>108338</v>
       </c>
       <c r="B75" s="2" t="s">
         <v>234</v>
       </c>
       <c r="C75" s="2" t="s">
         <v>235</v>
       </c>
       <c r="D75" s="2"/>
       <c r="E75" s="2">
         <v>7044</v>
       </c>
       <c r="F75" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G75" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H75" s="2" t="s">
         <v>236</v>
       </c>
       <c r="I75" s="2">
         <v>44</v>
       </c>
       <c r="J75" s="2">
         <v>40</v>
       </c>
       <c r="K75" s="2">
         <v>70</v>
       </c>
       <c r="L75" s="2">
         <v>72</v>
       </c>
       <c r="M75" s="2">
         <v>0</v>
       </c>
       <c r="N75" s="2">
         <v>142</v>
       </c>
     </row>
     <row r="76" spans="1:14">
       <c r="A76" s="2">
         <v>111839</v>
       </c>
       <c r="B76" s="2" t="s">
         <v>237</v>
       </c>
       <c r="C76" s="2" t="s">
         <v>238</v>
       </c>
       <c r="D76" s="2"/>
       <c r="E76" s="2">
         <v>7097</v>
       </c>
       <c r="F76" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G76" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H76" s="2" t="s">
         <v>239</v>
       </c>
       <c r="I76" s="2">
         <v>45</v>
       </c>
       <c r="J76" s="2">
         <v>41</v>
       </c>
       <c r="K76" s="2">
         <v>70</v>
       </c>
       <c r="L76" s="2">
         <v>71</v>
       </c>
       <c r="M76" s="2">
         <v>0</v>
       </c>
       <c r="N76" s="2">
         <v>141</v>
       </c>
     </row>
     <row r="77" spans="1:14">
       <c r="A77" s="2">
         <v>111840</v>
       </c>
       <c r="B77" s="2" t="s">
         <v>240</v>
       </c>
       <c r="C77" s="2" t="s">
         <v>241</v>
       </c>
       <c r="D77" s="2"/>
       <c r="E77" s="2">
         <v>7066</v>
       </c>
       <c r="F77" s="2" t="s">
-        <v>177</v>
+        <v>180</v>
       </c>
       <c r="G77" s="2" t="s">
         <v>36</v>
       </c>
       <c r="H77" s="2" t="s">
         <v>242</v>
       </c>
       <c r="I77" s="2">
         <v>46</v>
       </c>
       <c r="J77" s="2">
         <v>5</v>
       </c>
       <c r="K77" s="2">
         <v>70</v>
       </c>
       <c r="L77" s="2">
         <v>175</v>
       </c>
       <c r="M77" s="2">
         <v>0</v>
       </c>
       <c r="N77" s="2">
         <v>245</v>
       </c>
@@ -5374,51 +5374,51 @@
       <c r="L78" s="2">
         <v>70</v>
       </c>
       <c r="M78" s="2">
         <v>0</v>
       </c>
       <c r="N78" s="2">
         <v>140</v>
       </c>
     </row>
     <row r="79" spans="1:14">
       <c r="A79" s="2">
         <v>111842</v>
       </c>
       <c r="B79" s="2" t="s">
         <v>246</v>
       </c>
       <c r="C79" s="2" t="s">
         <v>247</v>
       </c>
       <c r="D79" s="2"/>
       <c r="E79" s="2">
         <v>7024</v>
       </c>
       <c r="F79" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G79" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H79" s="2" t="s">
         <v>248</v>
       </c>
       <c r="I79" s="2">
         <v>48</v>
       </c>
       <c r="J79" s="2">
         <v>43</v>
       </c>
       <c r="K79" s="2">
         <v>70</v>
       </c>
       <c r="L79" s="2">
         <v>69</v>
       </c>
       <c r="M79" s="2">
         <v>0</v>
       </c>
       <c r="N79" s="2">
         <v>139</v>
       </c>
@@ -5458,471 +5458,471 @@
       <c r="L80" s="2">
         <v>68</v>
       </c>
       <c r="M80" s="2">
         <v>0</v>
       </c>
       <c r="N80" s="2">
         <v>138</v>
       </c>
     </row>
     <row r="81" spans="1:14">
       <c r="A81" s="2">
         <v>111844</v>
       </c>
       <c r="B81" s="2" t="s">
         <v>252</v>
       </c>
       <c r="C81" s="2" t="s">
         <v>253</v>
       </c>
       <c r="D81" s="2"/>
       <c r="E81" s="2">
         <v>7010</v>
       </c>
       <c r="F81" s="2" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="G81" s="2" t="s">
         <v>36</v>
       </c>
       <c r="H81" s="2" t="s">
         <v>254</v>
       </c>
       <c r="I81" s="2">
         <v>50</v>
       </c>
       <c r="J81" s="2">
         <v>6</v>
       </c>
       <c r="K81" s="2">
         <v>70</v>
       </c>
       <c r="L81" s="2">
         <v>150</v>
       </c>
       <c r="M81" s="2">
         <v>0</v>
       </c>
       <c r="N81" s="2">
         <v>220</v>
       </c>
     </row>
     <row r="82" spans="1:14">
       <c r="A82" s="2">
         <v>111845</v>
       </c>
       <c r="B82" s="2" t="s">
         <v>255</v>
       </c>
       <c r="C82" s="2" t="s">
         <v>256</v>
       </c>
       <c r="D82" s="2"/>
       <c r="E82" s="2">
         <v>7078</v>
       </c>
       <c r="F82" s="2" t="s">
-        <v>130</v>
+        <v>127</v>
       </c>
       <c r="G82" s="2" t="s">
         <v>36</v>
       </c>
       <c r="H82" s="2" t="s">
         <v>257</v>
       </c>
       <c r="I82" s="2">
         <v>51</v>
       </c>
       <c r="J82" s="2">
         <v>7</v>
       </c>
       <c r="K82" s="2">
         <v>70</v>
       </c>
       <c r="L82" s="2">
         <v>145</v>
       </c>
       <c r="M82" s="2">
         <v>0</v>
       </c>
       <c r="N82" s="2">
         <v>215</v>
       </c>
     </row>
     <row r="83" spans="1:14">
       <c r="A83" s="2">
         <v>111846</v>
       </c>
       <c r="B83" s="2" t="s">
         <v>258</v>
       </c>
       <c r="C83" s="2" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="D83" s="2"/>
       <c r="E83" s="2">
         <v>7214</v>
       </c>
       <c r="F83" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G83" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H83" s="2" t="s">
         <v>259</v>
       </c>
       <c r="I83" s="2">
         <v>52</v>
       </c>
       <c r="J83" s="2">
         <v>45</v>
       </c>
       <c r="K83" s="2">
         <v>70</v>
       </c>
       <c r="L83" s="2">
         <v>67</v>
       </c>
       <c r="M83" s="2">
         <v>0</v>
       </c>
       <c r="N83" s="2">
         <v>137</v>
       </c>
     </row>
     <row r="84" spans="1:14">
       <c r="A84" s="2">
         <v>111847</v>
       </c>
       <c r="B84" s="2" t="s">
         <v>260</v>
       </c>
       <c r="C84" s="2" t="s">
         <v>261</v>
       </c>
       <c r="D84" s="2"/>
       <c r="E84" s="2">
         <v>7141</v>
       </c>
       <c r="F84" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G84" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H84" s="2" t="s">
         <v>262</v>
       </c>
       <c r="I84" s="2">
         <v>53</v>
       </c>
       <c r="J84" s="2">
         <v>46</v>
       </c>
       <c r="K84" s="2">
         <v>70</v>
       </c>
       <c r="L84" s="2">
         <v>66</v>
       </c>
       <c r="M84" s="2">
         <v>0</v>
       </c>
       <c r="N84" s="2">
         <v>136</v>
       </c>
     </row>
     <row r="85" spans="1:14">
       <c r="A85" s="2">
         <v>111848</v>
       </c>
       <c r="B85" s="2" t="s">
         <v>263</v>
       </c>
       <c r="C85" s="2" t="s">
         <v>264</v>
       </c>
       <c r="D85" s="2"/>
       <c r="E85" s="2">
         <v>7165</v>
       </c>
       <c r="F85" s="2" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="G85" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H85" s="2" t="s">
         <v>265</v>
       </c>
       <c r="I85" s="2">
         <v>54</v>
       </c>
       <c r="J85" s="2">
         <v>47</v>
       </c>
       <c r="K85" s="2">
         <v>70</v>
       </c>
       <c r="L85" s="2">
         <v>65</v>
       </c>
       <c r="M85" s="2">
         <v>0</v>
       </c>
       <c r="N85" s="2">
         <v>135</v>
       </c>
     </row>
     <row r="86" spans="1:14">
       <c r="A86" s="2">
         <v>111849</v>
       </c>
       <c r="B86" s="2" t="s">
         <v>266</v>
       </c>
       <c r="C86" s="2" t="s">
         <v>267</v>
       </c>
       <c r="D86" s="2"/>
       <c r="E86" s="2">
         <v>7052</v>
       </c>
       <c r="F86" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G86" s="2" t="s">
         <v>36</v>
       </c>
       <c r="H86" s="2" t="s">
         <v>268</v>
       </c>
       <c r="I86" s="2">
         <v>55</v>
       </c>
       <c r="J86" s="2">
         <v>8</v>
       </c>
       <c r="K86" s="2">
         <v>70</v>
       </c>
       <c r="L86" s="2">
         <v>140</v>
       </c>
       <c r="M86" s="2">
         <v>0</v>
       </c>
       <c r="N86" s="2">
         <v>210</v>
       </c>
     </row>
     <row r="87" spans="1:14">
       <c r="A87" s="2">
         <v>111850</v>
       </c>
       <c r="B87" s="2" t="s">
         <v>269</v>
       </c>
       <c r="C87" s="2" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="D87" s="2"/>
       <c r="E87" s="2">
         <v>7238</v>
       </c>
       <c r="F87" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G87" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H87" s="2" t="s">
         <v>270</v>
       </c>
       <c r="I87" s="2">
         <v>56</v>
       </c>
       <c r="J87" s="2">
         <v>48</v>
       </c>
       <c r="K87" s="2">
         <v>70</v>
       </c>
       <c r="L87" s="2">
         <v>64</v>
       </c>
       <c r="M87" s="2">
         <v>0</v>
       </c>
       <c r="N87" s="2">
         <v>134</v>
       </c>
     </row>
     <row r="88" spans="1:14">
       <c r="A88" s="2">
         <v>105533</v>
       </c>
       <c r="B88" s="2" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="C88" s="2" t="s">
         <v>271</v>
       </c>
       <c r="D88" s="2"/>
       <c r="E88" s="2">
         <v>7128</v>
       </c>
       <c r="F88" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G88" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H88" s="2" t="s">
         <v>272</v>
       </c>
       <c r="I88" s="2">
         <v>57</v>
       </c>
       <c r="J88" s="2">
         <v>49</v>
       </c>
       <c r="K88" s="2">
         <v>70</v>
       </c>
       <c r="L88" s="2">
         <v>63</v>
       </c>
       <c r="M88" s="2">
         <v>0</v>
       </c>
       <c r="N88" s="2">
         <v>133</v>
       </c>
     </row>
     <row r="89" spans="1:14">
       <c r="A89" s="2">
         <v>111852</v>
       </c>
       <c r="B89" s="2" t="s">
         <v>273</v>
       </c>
       <c r="C89" s="2" t="s">
         <v>274</v>
       </c>
       <c r="D89" s="2"/>
       <c r="E89" s="2">
         <v>7041</v>
       </c>
       <c r="F89" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G89" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H89" s="2" t="s">
         <v>275</v>
       </c>
       <c r="I89" s="2">
         <v>58</v>
       </c>
       <c r="J89" s="2">
         <v>50</v>
       </c>
       <c r="K89" s="2">
         <v>70</v>
       </c>
       <c r="L89" s="2">
         <v>62</v>
       </c>
       <c r="M89" s="2">
         <v>0</v>
       </c>
       <c r="N89" s="2">
         <v>132</v>
       </c>
     </row>
     <row r="90" spans="1:14">
       <c r="A90" s="2">
         <v>102558</v>
       </c>
       <c r="B90" s="2" t="s">
         <v>276</v>
       </c>
       <c r="C90" s="2" t="s">
-        <v>186</v>
+        <v>183</v>
       </c>
       <c r="D90" s="2"/>
       <c r="E90" s="2">
         <v>7101</v>
       </c>
       <c r="F90" s="2" t="s">
-        <v>130</v>
+        <v>127</v>
       </c>
       <c r="G90" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H90" s="2" t="s">
         <v>277</v>
       </c>
       <c r="I90" s="2">
         <v>58</v>
       </c>
       <c r="J90" s="2">
         <v>58</v>
       </c>
       <c r="K90" s="2">
         <v>70</v>
       </c>
       <c r="L90" s="2">
         <v>63</v>
       </c>
       <c r="M90" s="2">
         <v>0</v>
       </c>
       <c r="N90" s="2">
         <v>133</v>
       </c>
     </row>
     <row r="91" spans="1:14">
       <c r="A91" s="2">
         <v>111853</v>
       </c>
       <c r="B91" s="2" t="s">
         <v>278</v>
       </c>
       <c r="C91" s="2" t="s">
         <v>279</v>
       </c>
       <c r="D91" s="2"/>
       <c r="E91" s="2">
         <v>7180</v>
       </c>
       <c r="F91" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G91" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H91" s="2" t="s">
         <v>280</v>
       </c>
       <c r="I91" s="2">
         <v>59</v>
       </c>
       <c r="J91" s="2">
         <v>51</v>
       </c>
       <c r="K91" s="2">
         <v>70</v>
       </c>
       <c r="L91" s="2">
         <v>61</v>
       </c>
       <c r="M91" s="2">
         <v>0</v>
       </c>
       <c r="N91" s="2">
         <v>131</v>
       </c>
@@ -5955,142 +5955,142 @@
       </c>
       <c r="J92" s="2">
         <v>9</v>
       </c>
       <c r="K92" s="2">
         <v>70</v>
       </c>
       <c r="L92" s="2">
         <v>135</v>
       </c>
       <c r="M92" s="2">
         <v>0</v>
       </c>
       <c r="N92" s="2">
         <v>205</v>
       </c>
     </row>
     <row r="93" spans="1:14">
       <c r="A93" s="2">
         <v>111855</v>
       </c>
       <c r="B93" s="2" t="s">
         <v>285</v>
       </c>
       <c r="C93" s="2" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="D93" s="2"/>
       <c r="E93" s="2">
         <v>7137</v>
       </c>
       <c r="F93" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G93" s="2" t="s">
         <v>36</v>
       </c>
       <c r="H93" s="2" t="s">
         <v>286</v>
       </c>
       <c r="I93" s="2">
         <v>61</v>
       </c>
       <c r="J93" s="2">
         <v>10</v>
       </c>
       <c r="K93" s="2">
         <v>70</v>
       </c>
       <c r="L93" s="2">
         <v>130</v>
       </c>
       <c r="M93" s="2">
         <v>0</v>
       </c>
       <c r="N93" s="2">
         <v>200</v>
       </c>
     </row>
     <row r="94" spans="1:14">
       <c r="A94" s="2">
         <v>111856</v>
       </c>
       <c r="B94" s="2" t="s">
         <v>287</v>
       </c>
       <c r="C94" s="2" t="s">
         <v>288</v>
       </c>
       <c r="D94" s="2"/>
       <c r="E94" s="2">
         <v>7125</v>
       </c>
       <c r="F94" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G94" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H94" s="2" t="s">
         <v>289</v>
       </c>
       <c r="I94" s="2">
         <v>62</v>
       </c>
       <c r="J94" s="2">
         <v>52</v>
       </c>
       <c r="K94" s="2">
         <v>70</v>
       </c>
       <c r="L94" s="2">
         <v>60</v>
       </c>
       <c r="M94" s="2">
         <v>0</v>
       </c>
       <c r="N94" s="2">
         <v>130</v>
       </c>
     </row>
     <row r="95" spans="1:14">
       <c r="A95" s="2">
         <v>111857</v>
       </c>
       <c r="B95" s="2" t="s">
         <v>290</v>
       </c>
       <c r="C95" s="2" t="s">
         <v>291</v>
       </c>
       <c r="D95" s="2"/>
       <c r="E95" s="2">
         <v>7123</v>
       </c>
       <c r="F95" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G95" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H95" s="2" t="s">
         <v>292</v>
       </c>
       <c r="I95" s="2">
         <v>63</v>
       </c>
       <c r="J95" s="2">
         <v>53</v>
       </c>
       <c r="K95" s="2">
         <v>70</v>
       </c>
       <c r="L95" s="2">
         <v>59</v>
       </c>
       <c r="M95" s="2">
         <v>0</v>
       </c>
       <c r="N95" s="2">
         <v>129</v>
       </c>
@@ -6256,1185 +6256,1185 @@
       <c r="L99" s="2">
         <v>55</v>
       </c>
       <c r="M99" s="2">
         <v>0</v>
       </c>
       <c r="N99" s="2">
         <v>125</v>
       </c>
     </row>
     <row r="100" spans="1:14">
       <c r="A100" s="2">
         <v>111862</v>
       </c>
       <c r="B100" s="2" t="s">
         <v>304</v>
       </c>
       <c r="C100" s="2" t="s">
         <v>305</v>
       </c>
       <c r="D100" s="2"/>
       <c r="E100" s="2">
         <v>7232</v>
       </c>
       <c r="F100" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G100" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H100" s="2" t="s">
         <v>306</v>
       </c>
       <c r="I100" s="2">
         <v>68</v>
       </c>
       <c r="J100" s="2">
         <v>58</v>
       </c>
       <c r="K100" s="2">
         <v>70</v>
       </c>
       <c r="L100" s="2">
         <v>54</v>
       </c>
       <c r="M100" s="2">
         <v>0</v>
       </c>
       <c r="N100" s="2">
         <v>124</v>
       </c>
     </row>
     <row r="101" spans="1:14">
       <c r="A101" s="2">
         <v>111863</v>
       </c>
       <c r="B101" s="2" t="s">
         <v>307</v>
       </c>
       <c r="C101" s="2" t="s">
         <v>42</v>
       </c>
       <c r="D101" s="2"/>
       <c r="E101" s="2">
         <v>7011</v>
       </c>
       <c r="F101" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G101" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H101" s="2" t="s">
         <v>308</v>
       </c>
       <c r="I101" s="2">
         <v>69</v>
       </c>
       <c r="J101" s="2">
         <v>59</v>
       </c>
       <c r="K101" s="2">
         <v>70</v>
       </c>
       <c r="L101" s="2">
         <v>53</v>
       </c>
       <c r="M101" s="2">
         <v>0</v>
       </c>
       <c r="N101" s="2">
         <v>123</v>
       </c>
     </row>
     <row r="102" spans="1:14">
       <c r="A102" s="2">
         <v>111864</v>
       </c>
       <c r="B102" s="2" t="s">
         <v>309</v>
       </c>
       <c r="C102" s="2" t="s">
         <v>305</v>
       </c>
       <c r="D102" s="2"/>
       <c r="E102" s="2">
         <v>7031</v>
       </c>
       <c r="F102" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G102" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H102" s="2" t="s">
         <v>310</v>
       </c>
       <c r="I102" s="2">
         <v>70</v>
       </c>
       <c r="J102" s="2">
         <v>60</v>
       </c>
       <c r="K102" s="2">
         <v>70</v>
       </c>
       <c r="L102" s="2">
         <v>52</v>
       </c>
       <c r="M102" s="2">
         <v>0</v>
       </c>
       <c r="N102" s="2">
         <v>122</v>
       </c>
     </row>
     <row r="103" spans="1:14">
       <c r="A103" s="2">
         <v>111865</v>
       </c>
       <c r="B103" s="2" t="s">
         <v>311</v>
       </c>
       <c r="C103" s="2" t="s">
         <v>214</v>
       </c>
       <c r="D103" s="2"/>
       <c r="E103" s="2">
         <v>7130</v>
       </c>
       <c r="F103" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G103" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H103" s="2" t="s">
         <v>312</v>
       </c>
       <c r="I103" s="2">
         <v>71</v>
       </c>
       <c r="J103" s="2">
         <v>61</v>
       </c>
       <c r="K103" s="2">
         <v>70</v>
       </c>
       <c r="L103" s="2">
         <v>51</v>
       </c>
       <c r="M103" s="2">
         <v>0</v>
       </c>
       <c r="N103" s="2">
         <v>121</v>
       </c>
     </row>
     <row r="104" spans="1:14">
       <c r="A104" s="2">
         <v>111866</v>
       </c>
       <c r="B104" s="2" t="s">
         <v>313</v>
       </c>
       <c r="C104" s="2" t="s">
         <v>42</v>
       </c>
       <c r="D104" s="2"/>
       <c r="E104" s="2">
         <v>7086</v>
       </c>
       <c r="F104" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G104" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H104" s="2" t="s">
         <v>314</v>
       </c>
       <c r="I104" s="2">
         <v>72</v>
       </c>
       <c r="J104" s="2">
         <v>62</v>
       </c>
       <c r="K104" s="2">
         <v>70</v>
       </c>
       <c r="L104" s="2">
         <v>50</v>
       </c>
       <c r="M104" s="2">
         <v>0</v>
       </c>
       <c r="N104" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="105" spans="1:14">
       <c r="A105" s="2">
         <v>111867</v>
       </c>
       <c r="B105" s="2" t="s">
         <v>315</v>
       </c>
       <c r="C105" s="2" t="s">
         <v>201</v>
       </c>
       <c r="D105" s="2"/>
       <c r="E105" s="2">
         <v>7071</v>
       </c>
       <c r="F105" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G105" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H105" s="2" t="s">
         <v>316</v>
       </c>
       <c r="I105" s="2">
         <v>73</v>
       </c>
       <c r="J105" s="2">
         <v>63</v>
       </c>
       <c r="K105" s="2">
         <v>70</v>
       </c>
       <c r="L105" s="2">
         <v>49</v>
       </c>
       <c r="M105" s="2">
         <v>0</v>
       </c>
       <c r="N105" s="2">
         <v>119</v>
       </c>
     </row>
     <row r="106" spans="1:14">
       <c r="A106" s="2">
         <v>111868</v>
       </c>
       <c r="B106" s="2" t="s">
         <v>317</v>
       </c>
       <c r="C106" s="2" t="s">
         <v>318</v>
       </c>
       <c r="D106" s="2"/>
       <c r="E106" s="2">
         <v>7029</v>
       </c>
       <c r="F106" s="2" t="s">
-        <v>177</v>
+        <v>180</v>
       </c>
       <c r="G106" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H106" s="2" t="s">
         <v>319</v>
       </c>
       <c r="I106" s="2">
         <v>74</v>
       </c>
       <c r="J106" s="2">
         <v>64</v>
       </c>
       <c r="K106" s="2">
         <v>70</v>
       </c>
       <c r="L106" s="2">
         <v>48</v>
       </c>
       <c r="M106" s="2">
         <v>0</v>
       </c>
       <c r="N106" s="2">
         <v>118</v>
       </c>
     </row>
     <row r="107" spans="1:14">
       <c r="A107" s="2">
         <v>111869</v>
       </c>
       <c r="B107" s="2" t="s">
         <v>320</v>
       </c>
       <c r="C107" s="2" t="s">
         <v>321</v>
       </c>
       <c r="D107" s="2"/>
       <c r="E107" s="2">
         <v>7028</v>
       </c>
       <c r="F107" s="2" t="s">
-        <v>177</v>
+        <v>180</v>
       </c>
       <c r="G107" s="2" t="s">
         <v>36</v>
       </c>
       <c r="H107" s="2" t="s">
         <v>319</v>
       </c>
       <c r="I107" s="2">
         <v>75</v>
       </c>
       <c r="J107" s="2">
         <v>65</v>
       </c>
       <c r="K107" s="2">
         <v>70</v>
       </c>
       <c r="L107" s="2">
         <v>47</v>
       </c>
       <c r="M107" s="2">
         <v>0</v>
       </c>
       <c r="N107" s="2">
         <v>117</v>
       </c>
     </row>
     <row r="108" spans="1:14">
       <c r="A108" s="2">
         <v>111870</v>
       </c>
       <c r="B108" s="2" t="s">
         <v>322</v>
       </c>
       <c r="C108" s="2" t="s">
         <v>323</v>
       </c>
       <c r="D108" s="2"/>
       <c r="E108" s="2">
         <v>7157</v>
       </c>
       <c r="F108" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G108" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H108" s="2" t="s">
         <v>324</v>
       </c>
       <c r="I108" s="2">
         <v>76</v>
       </c>
       <c r="J108" s="2">
         <v>11</v>
       </c>
       <c r="K108" s="2">
         <v>70</v>
       </c>
       <c r="L108" s="2">
         <v>125</v>
       </c>
       <c r="M108" s="2">
         <v>0</v>
       </c>
       <c r="N108" s="2">
         <v>195</v>
       </c>
     </row>
     <row r="109" spans="1:14">
       <c r="A109" s="2">
         <v>111871</v>
       </c>
       <c r="B109" s="2" t="s">
         <v>325</v>
       </c>
       <c r="C109" s="2" t="s">
         <v>42</v>
       </c>
       <c r="D109" s="2"/>
       <c r="E109" s="2">
         <v>7008</v>
       </c>
       <c r="F109" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G109" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H109" s="2" t="s">
         <v>326</v>
       </c>
       <c r="I109" s="2">
         <v>77</v>
       </c>
       <c r="J109" s="2">
         <v>66</v>
       </c>
       <c r="K109" s="2">
         <v>70</v>
       </c>
       <c r="L109" s="2">
         <v>46</v>
       </c>
       <c r="M109" s="2">
         <v>0</v>
       </c>
       <c r="N109" s="2">
         <v>116</v>
       </c>
     </row>
     <row r="110" spans="1:14">
       <c r="A110" s="2">
         <v>111872</v>
       </c>
       <c r="B110" s="2" t="s">
         <v>327</v>
       </c>
       <c r="C110" s="2" t="s">
         <v>328</v>
       </c>
       <c r="D110" s="2"/>
       <c r="E110" s="2">
         <v>7084</v>
       </c>
       <c r="F110" s="2" t="s">
-        <v>177</v>
+        <v>180</v>
       </c>
       <c r="G110" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H110" s="2" t="s">
         <v>329</v>
       </c>
       <c r="I110" s="2">
         <v>78</v>
       </c>
       <c r="J110" s="2">
         <v>67</v>
       </c>
       <c r="K110" s="2">
         <v>70</v>
       </c>
       <c r="L110" s="2">
         <v>45</v>
       </c>
       <c r="M110" s="2">
         <v>0</v>
       </c>
       <c r="N110" s="2">
         <v>115</v>
       </c>
     </row>
     <row r="111" spans="1:14">
       <c r="A111" s="2">
         <v>111873</v>
       </c>
       <c r="B111" s="2" t="s">
         <v>330</v>
       </c>
       <c r="C111" s="2" t="s">
         <v>196</v>
       </c>
       <c r="D111" s="2"/>
       <c r="E111" s="2">
         <v>7207</v>
       </c>
       <c r="F111" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G111" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H111" s="2" t="s">
         <v>331</v>
       </c>
       <c r="I111" s="2">
         <v>79</v>
       </c>
       <c r="J111" s="2">
         <v>68</v>
       </c>
       <c r="K111" s="2">
         <v>70</v>
       </c>
       <c r="L111" s="2">
         <v>44</v>
       </c>
       <c r="M111" s="2">
         <v>0</v>
       </c>
       <c r="N111" s="2">
         <v>114</v>
       </c>
     </row>
     <row r="112" spans="1:14">
       <c r="A112" s="2">
         <v>111874</v>
       </c>
       <c r="B112" s="2" t="s">
         <v>332</v>
       </c>
       <c r="C112" s="2" t="s">
         <v>333</v>
       </c>
       <c r="D112" s="2"/>
       <c r="E112" s="2">
         <v>7159</v>
       </c>
       <c r="F112" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G112" s="2" t="s">
         <v>36</v>
       </c>
       <c r="H112" s="2" t="s">
         <v>334</v>
       </c>
       <c r="I112" s="2">
         <v>80</v>
       </c>
       <c r="J112" s="2">
         <v>12</v>
       </c>
       <c r="K112" s="2">
         <v>70</v>
       </c>
       <c r="L112" s="2">
         <v>120</v>
       </c>
       <c r="M112" s="2">
         <v>0</v>
       </c>
       <c r="N112" s="2">
         <v>190</v>
       </c>
     </row>
     <row r="113" spans="1:14">
       <c r="A113" s="2">
         <v>111875</v>
       </c>
       <c r="B113" s="2" t="s">
         <v>335</v>
       </c>
       <c r="C113" s="2" t="s">
         <v>336</v>
       </c>
       <c r="D113" s="2"/>
       <c r="E113" s="2">
         <v>7020</v>
       </c>
       <c r="F113" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G113" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H113" s="2" t="s">
         <v>337</v>
       </c>
       <c r="I113" s="2">
         <v>81</v>
       </c>
       <c r="J113" s="2">
         <v>69</v>
       </c>
       <c r="K113" s="2">
         <v>70</v>
       </c>
       <c r="L113" s="2">
         <v>43</v>
       </c>
       <c r="M113" s="2">
         <v>0</v>
       </c>
       <c r="N113" s="2">
         <v>113</v>
       </c>
     </row>
     <row r="114" spans="1:14">
       <c r="A114" s="2">
         <v>111876</v>
       </c>
       <c r="B114" s="2" t="s">
         <v>338</v>
       </c>
       <c r="C114" s="2" t="s">
         <v>339</v>
       </c>
       <c r="D114" s="2"/>
       <c r="E114" s="2">
         <v>7079</v>
       </c>
       <c r="F114" s="2" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="G114" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H114" s="2" t="s">
         <v>340</v>
       </c>
       <c r="I114" s="2">
         <v>82</v>
       </c>
       <c r="J114" s="2">
         <v>70</v>
       </c>
       <c r="K114" s="2">
         <v>70</v>
       </c>
       <c r="L114" s="2">
         <v>42</v>
       </c>
       <c r="M114" s="2">
         <v>0</v>
       </c>
       <c r="N114" s="2">
         <v>112</v>
       </c>
     </row>
     <row r="115" spans="1:14">
       <c r="A115" s="2">
         <v>111877</v>
       </c>
       <c r="B115" s="2" t="s">
         <v>341</v>
       </c>
       <c r="C115" s="2" t="s">
         <v>342</v>
       </c>
       <c r="D115" s="2"/>
       <c r="E115" s="2">
         <v>7015</v>
       </c>
       <c r="F115" s="2" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="G115" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H115" s="2" t="s">
         <v>343</v>
       </c>
       <c r="I115" s="2">
         <v>83</v>
       </c>
       <c r="J115" s="2">
         <v>71</v>
       </c>
       <c r="K115" s="2">
         <v>70</v>
       </c>
       <c r="L115" s="2">
         <v>41</v>
       </c>
       <c r="M115" s="2">
         <v>0</v>
       </c>
       <c r="N115" s="2">
         <v>111</v>
       </c>
     </row>
     <row r="116" spans="1:14">
       <c r="A116" s="2">
         <v>111878</v>
       </c>
       <c r="B116" s="2" t="s">
         <v>344</v>
       </c>
       <c r="C116" s="2" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="D116" s="2"/>
       <c r="E116" s="2">
         <v>7220</v>
       </c>
       <c r="F116" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G116" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H116" s="2" t="s">
         <v>345</v>
       </c>
       <c r="I116" s="2">
         <v>84</v>
       </c>
       <c r="J116" s="2">
         <v>72</v>
       </c>
       <c r="K116" s="2">
         <v>70</v>
       </c>
       <c r="L116" s="2">
         <v>40</v>
       </c>
       <c r="M116" s="2">
         <v>0</v>
       </c>
       <c r="N116" s="2">
         <v>110</v>
       </c>
     </row>
     <row r="117" spans="1:14">
       <c r="A117" s="2">
         <v>111879</v>
       </c>
       <c r="B117" s="2" t="s">
         <v>346</v>
       </c>
       <c r="C117" s="2" t="s">
         <v>347</v>
       </c>
       <c r="D117" s="2"/>
       <c r="E117" s="2">
         <v>7197</v>
       </c>
       <c r="F117" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G117" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H117" s="2" t="s">
         <v>348</v>
       </c>
       <c r="I117" s="2">
         <v>85</v>
       </c>
       <c r="J117" s="2">
         <v>73</v>
       </c>
       <c r="K117" s="2">
         <v>70</v>
       </c>
       <c r="L117" s="2">
         <v>39</v>
       </c>
       <c r="M117" s="2">
         <v>0</v>
       </c>
       <c r="N117" s="2">
         <v>109</v>
       </c>
     </row>
     <row r="118" spans="1:14">
       <c r="A118" s="2">
         <v>100767</v>
       </c>
       <c r="B118" s="2" t="s">
         <v>349</v>
       </c>
       <c r="C118" s="2" t="s">
         <v>350</v>
       </c>
       <c r="D118" s="2"/>
       <c r="E118" s="2">
         <v>7065</v>
       </c>
       <c r="F118" s="2" t="s">
-        <v>130</v>
+        <v>127</v>
       </c>
       <c r="G118" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H118" s="2" t="s">
         <v>351</v>
       </c>
       <c r="I118" s="2">
         <v>86</v>
       </c>
       <c r="J118" s="2">
         <v>74</v>
       </c>
       <c r="K118" s="2">
         <v>70</v>
       </c>
       <c r="L118" s="2">
         <v>38</v>
       </c>
       <c r="M118" s="2">
         <v>0</v>
       </c>
       <c r="N118" s="2">
         <v>108</v>
       </c>
     </row>
     <row r="119" spans="1:14">
       <c r="A119" s="2">
         <v>111881</v>
       </c>
       <c r="B119" s="2" t="s">
         <v>352</v>
       </c>
       <c r="C119" s="2" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="D119" s="2"/>
       <c r="E119" s="2">
         <v>7195</v>
       </c>
       <c r="F119" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G119" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H119" s="2" t="s">
         <v>353</v>
       </c>
       <c r="I119" s="2">
         <v>87</v>
       </c>
       <c r="J119" s="2">
         <v>75</v>
       </c>
       <c r="K119" s="2">
         <v>70</v>
       </c>
       <c r="L119" s="2">
         <v>37</v>
       </c>
       <c r="M119" s="2">
         <v>0</v>
       </c>
       <c r="N119" s="2">
         <v>107</v>
       </c>
     </row>
     <row r="120" spans="1:14">
       <c r="A120" s="2">
         <v>111882</v>
       </c>
       <c r="B120" s="2" t="s">
         <v>354</v>
       </c>
       <c r="C120" s="2" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="D120" s="2"/>
       <c r="E120" s="2">
         <v>7032</v>
       </c>
       <c r="F120" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G120" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H120" s="2" t="s">
         <v>355</v>
       </c>
       <c r="I120" s="2">
         <v>88</v>
       </c>
       <c r="J120" s="2">
         <v>76</v>
       </c>
       <c r="K120" s="2">
         <v>70</v>
       </c>
       <c r="L120" s="2">
         <v>36</v>
       </c>
       <c r="M120" s="2">
         <v>0</v>
       </c>
       <c r="N120" s="2">
         <v>106</v>
       </c>
     </row>
     <row r="121" spans="1:14">
       <c r="A121" s="2">
         <v>111883</v>
       </c>
       <c r="B121" s="2" t="s">
         <v>356</v>
       </c>
       <c r="C121" s="2" t="s">
         <v>357</v>
       </c>
       <c r="D121" s="2"/>
       <c r="E121" s="2">
         <v>7025</v>
       </c>
       <c r="F121" s="2" t="s">
-        <v>177</v>
+        <v>180</v>
       </c>
       <c r="G121" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H121" s="2" t="s">
         <v>358</v>
       </c>
       <c r="I121" s="2">
         <v>89</v>
       </c>
       <c r="J121" s="2">
         <v>77</v>
       </c>
       <c r="K121" s="2">
         <v>70</v>
       </c>
       <c r="L121" s="2">
         <v>35</v>
       </c>
       <c r="M121" s="2">
         <v>0</v>
       </c>
       <c r="N121" s="2">
         <v>105</v>
       </c>
     </row>
     <row r="122" spans="1:14">
       <c r="A122" s="2">
         <v>111884</v>
       </c>
       <c r="B122" s="2" t="s">
         <v>359</v>
       </c>
       <c r="C122" s="2" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="D122" s="2"/>
       <c r="E122" s="2">
         <v>7101</v>
       </c>
       <c r="F122" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G122" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H122" s="2" t="s">
         <v>360</v>
       </c>
       <c r="I122" s="2">
         <v>90</v>
       </c>
       <c r="J122" s="2">
         <v>78</v>
       </c>
       <c r="K122" s="2">
         <v>70</v>
       </c>
       <c r="L122" s="2">
         <v>34</v>
       </c>
       <c r="M122" s="2">
         <v>0</v>
       </c>
       <c r="N122" s="2">
         <v>104</v>
       </c>
     </row>
     <row r="123" spans="1:14">
       <c r="A123" s="2">
         <v>111885</v>
       </c>
       <c r="B123" s="2" t="s">
         <v>361</v>
       </c>
       <c r="C123" s="2" t="s">
         <v>201</v>
       </c>
       <c r="D123" s="2"/>
       <c r="E123" s="2">
         <v>7186</v>
       </c>
       <c r="F123" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G123" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H123" s="2" t="s">
         <v>362</v>
       </c>
       <c r="I123" s="2">
         <v>91</v>
       </c>
       <c r="J123" s="2">
         <v>79</v>
       </c>
       <c r="K123" s="2">
         <v>70</v>
       </c>
       <c r="L123" s="2">
         <v>33</v>
       </c>
       <c r="M123" s="2">
         <v>0</v>
       </c>
       <c r="N123" s="2">
         <v>103</v>
       </c>
     </row>
     <row r="124" spans="1:14">
       <c r="A124" s="2">
         <v>111886</v>
       </c>
       <c r="B124" s="2" t="s">
         <v>363</v>
       </c>
       <c r="C124" s="2" t="s">
         <v>364</v>
       </c>
       <c r="D124" s="2"/>
       <c r="E124" s="2">
         <v>7054</v>
       </c>
       <c r="F124" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G124" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H124" s="2" t="s">
         <v>365</v>
       </c>
       <c r="I124" s="2">
         <v>92</v>
       </c>
       <c r="J124" s="2">
         <v>80</v>
       </c>
       <c r="K124" s="2">
         <v>70</v>
       </c>
       <c r="L124" s="2">
         <v>32</v>
       </c>
       <c r="M124" s="2">
         <v>0</v>
       </c>
       <c r="N124" s="2">
         <v>102</v>
       </c>
     </row>
     <row r="125" spans="1:14">
       <c r="A125" s="2">
         <v>111887</v>
       </c>
       <c r="B125" s="2" t="s">
         <v>366</v>
       </c>
       <c r="C125" s="2" t="s">
         <v>367</v>
       </c>
       <c r="D125" s="2"/>
       <c r="E125" s="2">
         <v>7014</v>
       </c>
       <c r="F125" s="2" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="G125" s="2" t="s">
         <v>36</v>
       </c>
       <c r="H125" s="2" t="s">
         <v>368</v>
       </c>
       <c r="I125" s="2">
         <v>93</v>
       </c>
       <c r="J125" s="2">
         <v>13</v>
       </c>
       <c r="K125" s="2">
         <v>70</v>
       </c>
       <c r="L125" s="2">
         <v>115</v>
       </c>
       <c r="M125" s="2">
         <v>0</v>
       </c>
       <c r="N125" s="2">
         <v>185</v>
       </c>
     </row>
     <row r="126" spans="1:14">
       <c r="A126" s="2">
         <v>111888</v>
       </c>
       <c r="B126" s="2" t="s">
         <v>369</v>
       </c>
       <c r="C126" s="2" t="s">
         <v>370</v>
       </c>
       <c r="D126" s="2"/>
       <c r="E126" s="2">
         <v>7043</v>
       </c>
       <c r="F126" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G126" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H126" s="2" t="s">
         <v>371</v>
       </c>
       <c r="I126" s="2">
         <v>94</v>
       </c>
       <c r="J126" s="2">
         <v>81</v>
       </c>
       <c r="K126" s="2">
         <v>70</v>
       </c>
       <c r="L126" s="2">
         <v>31</v>
       </c>
       <c r="M126" s="2">
         <v>0</v>
       </c>
       <c r="N126" s="2">
         <v>101</v>
       </c>
     </row>
     <row r="127" spans="1:14">
       <c r="A127" s="2">
         <v>111889</v>
       </c>
       <c r="B127" s="2" t="s">
         <v>372</v>
       </c>
       <c r="C127" s="2" t="s">
         <v>373</v>
       </c>
       <c r="D127" s="2"/>
       <c r="E127" s="2">
         <v>7241</v>
       </c>
       <c r="F127" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G127" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H127" s="2" t="s">
         <v>374</v>
       </c>
       <c r="I127" s="2">
         <v>95</v>
       </c>
       <c r="J127" s="2">
         <v>82</v>
       </c>
       <c r="K127" s="2">
         <v>70</v>
       </c>
       <c r="L127" s="2">
         <v>30</v>
       </c>
       <c r="M127" s="2">
         <v>0</v>
       </c>
       <c r="N127" s="2">
         <v>100</v>
       </c>
@@ -7474,219 +7474,219 @@
       <c r="L128" s="2">
         <v>29</v>
       </c>
       <c r="M128" s="2">
         <v>0</v>
       </c>
       <c r="N128" s="2">
         <v>99</v>
       </c>
     </row>
     <row r="129" spans="1:14">
       <c r="A129" s="2">
         <v>111891</v>
       </c>
       <c r="B129" s="2" t="s">
         <v>377</v>
       </c>
       <c r="C129" s="2" t="s">
         <v>378</v>
       </c>
       <c r="D129" s="2"/>
       <c r="E129" s="2">
         <v>7147</v>
       </c>
       <c r="F129" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G129" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H129" s="2" t="s">
         <v>379</v>
       </c>
       <c r="I129" s="2">
         <v>97</v>
       </c>
       <c r="J129" s="2">
         <v>84</v>
       </c>
       <c r="K129" s="2">
         <v>70</v>
       </c>
       <c r="L129" s="2">
         <v>28</v>
       </c>
       <c r="M129" s="2">
         <v>0</v>
       </c>
       <c r="N129" s="2">
         <v>98</v>
       </c>
     </row>
     <row r="130" spans="1:14">
       <c r="A130" s="2">
         <v>111892</v>
       </c>
       <c r="B130" s="2" t="s">
         <v>380</v>
       </c>
       <c r="C130" s="2" t="s">
         <v>381</v>
       </c>
       <c r="D130" s="2"/>
       <c r="E130" s="2">
         <v>7026</v>
       </c>
       <c r="F130" s="2" t="s">
-        <v>177</v>
+        <v>180</v>
       </c>
       <c r="G130" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H130" s="2" t="s">
         <v>382</v>
       </c>
       <c r="I130" s="2">
         <v>98</v>
       </c>
       <c r="J130" s="2">
         <v>85</v>
       </c>
       <c r="K130" s="2">
         <v>70</v>
       </c>
       <c r="L130" s="2">
         <v>27</v>
       </c>
       <c r="M130" s="2">
         <v>0</v>
       </c>
       <c r="N130" s="2">
         <v>97</v>
       </c>
     </row>
     <row r="131" spans="1:14">
       <c r="A131" s="2">
         <v>111893</v>
       </c>
       <c r="B131" s="2" t="s">
         <v>383</v>
       </c>
       <c r="C131" s="2" t="s">
         <v>42</v>
       </c>
       <c r="D131" s="2"/>
       <c r="E131" s="2">
         <v>7131</v>
       </c>
       <c r="F131" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G131" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H131" s="2" t="s">
         <v>384</v>
       </c>
       <c r="I131" s="2">
         <v>99</v>
       </c>
       <c r="J131" s="2">
         <v>86</v>
       </c>
       <c r="K131" s="2">
         <v>70</v>
       </c>
       <c r="L131" s="2">
         <v>26</v>
       </c>
       <c r="M131" s="2">
         <v>0</v>
       </c>
       <c r="N131" s="2">
         <v>96</v>
       </c>
     </row>
     <row r="132" spans="1:14">
       <c r="A132" s="2">
         <v>111894</v>
       </c>
       <c r="B132" s="2" t="s">
         <v>385</v>
       </c>
       <c r="C132" s="2" t="s">
         <v>122</v>
       </c>
       <c r="D132" s="2"/>
       <c r="E132" s="2">
         <v>7035</v>
       </c>
       <c r="F132" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G132" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H132" s="2" t="s">
         <v>386</v>
       </c>
       <c r="I132" s="2">
         <v>100</v>
       </c>
       <c r="J132" s="2">
         <v>87</v>
       </c>
       <c r="K132" s="2">
         <v>70</v>
       </c>
       <c r="L132" s="2">
         <v>25</v>
       </c>
       <c r="M132" s="2">
         <v>0</v>
       </c>
       <c r="N132" s="2">
         <v>95</v>
       </c>
     </row>
     <row r="133" spans="1:14">
       <c r="A133" s="2">
         <v>111895</v>
       </c>
       <c r="B133" s="2" t="s">
         <v>387</v>
       </c>
       <c r="C133" s="2" t="s">
         <v>234</v>
       </c>
       <c r="D133" s="2"/>
       <c r="E133" s="2">
         <v>7099</v>
       </c>
       <c r="F133" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G133" s="2" t="s">
         <v>36</v>
       </c>
       <c r="H133" s="2" t="s">
         <v>388</v>
       </c>
       <c r="I133" s="2">
         <v>101</v>
       </c>
       <c r="J133" s="2">
         <v>14</v>
       </c>
       <c r="K133" s="2">
         <v>70</v>
       </c>
       <c r="L133" s="2">
         <v>110</v>
       </c>
       <c r="M133" s="2">
         <v>0</v>
       </c>
       <c r="N133" s="2">
         <v>180</v>
       </c>
@@ -7726,471 +7726,471 @@
       <c r="L134" s="2">
         <v>24</v>
       </c>
       <c r="M134" s="2">
         <v>0</v>
       </c>
       <c r="N134" s="2">
         <v>94</v>
       </c>
     </row>
     <row r="135" spans="1:14">
       <c r="A135" s="2">
         <v>111897</v>
       </c>
       <c r="B135" s="2" t="s">
         <v>392</v>
       </c>
       <c r="C135" s="2" t="s">
         <v>266</v>
       </c>
       <c r="D135" s="2"/>
       <c r="E135" s="2">
         <v>7045</v>
       </c>
       <c r="F135" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G135" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H135" s="2" t="s">
         <v>393</v>
       </c>
       <c r="I135" s="2">
         <v>103</v>
       </c>
       <c r="J135" s="2">
         <v>89</v>
       </c>
       <c r="K135" s="2">
         <v>70</v>
       </c>
       <c r="L135" s="2">
         <v>23</v>
       </c>
       <c r="M135" s="2">
         <v>0</v>
       </c>
       <c r="N135" s="2">
         <v>93</v>
       </c>
     </row>
     <row r="136" spans="1:14">
       <c r="A136" s="2">
         <v>111898</v>
       </c>
       <c r="B136" s="2" t="s">
         <v>394</v>
       </c>
       <c r="C136" s="2" t="s">
         <v>395</v>
       </c>
       <c r="D136" s="2"/>
       <c r="E136" s="2">
         <v>7143</v>
       </c>
       <c r="F136" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G136" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H136" s="2" t="s">
         <v>396</v>
       </c>
       <c r="I136" s="2">
         <v>104</v>
       </c>
       <c r="J136" s="2">
         <v>90</v>
       </c>
       <c r="K136" s="2">
         <v>70</v>
       </c>
       <c r="L136" s="2">
         <v>22</v>
       </c>
       <c r="M136" s="2">
         <v>0</v>
       </c>
       <c r="N136" s="2">
         <v>92</v>
       </c>
     </row>
     <row r="137" spans="1:14">
       <c r="A137" s="2">
         <v>111899</v>
       </c>
       <c r="B137" s="2" t="s">
         <v>397</v>
       </c>
       <c r="C137" s="2" t="s">
         <v>398</v>
       </c>
       <c r="D137" s="2"/>
       <c r="E137" s="2">
         <v>7206</v>
       </c>
       <c r="F137" s="2" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="G137" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H137" s="2" t="s">
         <v>399</v>
       </c>
       <c r="I137" s="2">
         <v>105</v>
       </c>
       <c r="J137" s="2">
         <v>91</v>
       </c>
       <c r="K137" s="2">
         <v>70</v>
       </c>
       <c r="L137" s="2">
         <v>21</v>
       </c>
       <c r="M137" s="2">
         <v>0</v>
       </c>
       <c r="N137" s="2">
         <v>91</v>
       </c>
     </row>
     <row r="138" spans="1:14">
       <c r="A138" s="2">
         <v>111900</v>
       </c>
       <c r="B138" s="2" t="s">
         <v>400</v>
       </c>
       <c r="C138" s="2" t="s">
         <v>333</v>
       </c>
       <c r="D138" s="2"/>
       <c r="E138" s="2">
         <v>7153</v>
       </c>
       <c r="F138" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G138" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H138" s="2" t="s">
         <v>401</v>
       </c>
       <c r="I138" s="2">
         <v>106</v>
       </c>
       <c r="J138" s="2">
         <v>92</v>
       </c>
       <c r="K138" s="2">
         <v>70</v>
       </c>
       <c r="L138" s="2">
         <v>20</v>
       </c>
       <c r="M138" s="2">
         <v>0</v>
       </c>
       <c r="N138" s="2">
         <v>90</v>
       </c>
     </row>
     <row r="139" spans="1:14">
       <c r="A139" s="2">
         <v>111901</v>
       </c>
       <c r="B139" s="2" t="s">
         <v>402</v>
       </c>
       <c r="C139" s="2" t="s">
         <v>403</v>
       </c>
       <c r="D139" s="2"/>
       <c r="E139" s="2">
         <v>7120</v>
       </c>
       <c r="F139" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G139" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H139" s="2" t="s">
         <v>404</v>
       </c>
       <c r="I139" s="2">
         <v>107</v>
       </c>
       <c r="J139" s="2">
         <v>93</v>
       </c>
       <c r="K139" s="2">
         <v>70</v>
       </c>
       <c r="L139" s="2">
         <v>19</v>
       </c>
       <c r="M139" s="2">
         <v>0</v>
       </c>
       <c r="N139" s="2">
         <v>89</v>
       </c>
     </row>
     <row r="140" spans="1:14">
       <c r="A140" s="2">
         <v>111902</v>
       </c>
       <c r="B140" s="2" t="s">
         <v>405</v>
       </c>
       <c r="C140" s="2" t="s">
         <v>406</v>
       </c>
       <c r="D140" s="2"/>
       <c r="E140" s="2">
         <v>7127</v>
       </c>
       <c r="F140" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G140" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H140" s="2" t="s">
         <v>407</v>
       </c>
       <c r="I140" s="2">
         <v>108</v>
       </c>
       <c r="J140" s="2">
         <v>94</v>
       </c>
       <c r="K140" s="2">
         <v>70</v>
       </c>
       <c r="L140" s="2">
         <v>18</v>
       </c>
       <c r="M140" s="2">
         <v>0</v>
       </c>
       <c r="N140" s="2">
         <v>88</v>
       </c>
     </row>
     <row r="141" spans="1:14">
       <c r="A141" s="2">
         <v>111903</v>
       </c>
       <c r="B141" s="2" t="s">
         <v>408</v>
       </c>
       <c r="C141" s="2" t="s">
         <v>409</v>
       </c>
       <c r="D141" s="2"/>
       <c r="E141" s="2">
         <v>7146</v>
       </c>
       <c r="F141" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G141" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H141" s="2" t="s">
         <v>410</v>
       </c>
       <c r="I141" s="2">
         <v>109</v>
       </c>
       <c r="J141" s="2">
         <v>95</v>
       </c>
       <c r="K141" s="2">
         <v>70</v>
       </c>
       <c r="L141" s="2">
         <v>17</v>
       </c>
       <c r="M141" s="2">
         <v>0</v>
       </c>
       <c r="N141" s="2">
         <v>87</v>
       </c>
     </row>
     <row r="142" spans="1:14">
       <c r="A142" s="2">
         <v>111904</v>
       </c>
       <c r="B142" s="2" t="s">
         <v>411</v>
       </c>
       <c r="C142" s="2" t="s">
         <v>412</v>
       </c>
       <c r="D142" s="2"/>
       <c r="E142" s="2">
         <v>7209</v>
       </c>
       <c r="F142" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G142" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H142" s="2" t="s">
         <v>413</v>
       </c>
       <c r="I142" s="2">
         <v>110</v>
       </c>
       <c r="J142" s="2">
         <v>96</v>
       </c>
       <c r="K142" s="2">
         <v>70</v>
       </c>
       <c r="L142" s="2">
         <v>16</v>
       </c>
       <c r="M142" s="2">
         <v>0</v>
       </c>
       <c r="N142" s="2">
         <v>86</v>
       </c>
     </row>
     <row r="143" spans="1:14">
       <c r="A143" s="2">
         <v>111905</v>
       </c>
       <c r="B143" s="2" t="s">
         <v>414</v>
       </c>
       <c r="C143" s="2" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="D143" s="2"/>
       <c r="E143" s="2">
         <v>7093</v>
       </c>
       <c r="F143" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G143" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H143" s="2" t="s">
         <v>415</v>
       </c>
       <c r="I143" s="2">
         <v>111</v>
       </c>
       <c r="J143" s="2">
         <v>97</v>
       </c>
       <c r="K143" s="2">
         <v>70</v>
       </c>
       <c r="L143" s="2">
         <v>15</v>
       </c>
       <c r="M143" s="2">
         <v>0</v>
       </c>
       <c r="N143" s="2">
         <v>85</v>
       </c>
     </row>
     <row r="144" spans="1:14">
       <c r="A144" s="2">
         <v>111906</v>
       </c>
       <c r="B144" s="2" t="s">
         <v>416</v>
       </c>
       <c r="C144" s="2" t="s">
         <v>417</v>
       </c>
       <c r="D144" s="2"/>
       <c r="E144" s="2">
         <v>7005</v>
       </c>
       <c r="F144" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G144" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H144" s="2" t="s">
         <v>418</v>
       </c>
       <c r="I144" s="2">
         <v>112</v>
       </c>
       <c r="J144" s="2">
         <v>98</v>
       </c>
       <c r="K144" s="2">
         <v>70</v>
       </c>
       <c r="L144" s="2">
         <v>14</v>
       </c>
       <c r="M144" s="2">
         <v>0</v>
       </c>
       <c r="N144" s="2">
         <v>84</v>
       </c>
     </row>
     <row r="145" spans="1:14">
       <c r="A145" s="2">
         <v>111907</v>
       </c>
       <c r="B145" s="2" t="s">
         <v>419</v>
       </c>
       <c r="C145" s="2" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="D145" s="2"/>
       <c r="E145" s="2">
         <v>7189</v>
       </c>
       <c r="F145" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G145" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H145" s="2" t="s">
         <v>420</v>
       </c>
       <c r="I145" s="2">
         <v>113</v>
       </c>
       <c r="J145" s="2">
         <v>99</v>
       </c>
       <c r="K145" s="2">
         <v>70</v>
       </c>
       <c r="L145" s="2">
         <v>13</v>
       </c>
       <c r="M145" s="2">
         <v>0</v>
       </c>
       <c r="N145" s="2">
         <v>83</v>
       </c>
@@ -8230,1101 +8230,1101 @@
       <c r="L146" s="2">
         <v>12</v>
       </c>
       <c r="M146" s="2">
         <v>0</v>
       </c>
       <c r="N146" s="2">
         <v>82</v>
       </c>
     </row>
     <row r="147" spans="1:14">
       <c r="A147" s="2">
         <v>111909</v>
       </c>
       <c r="B147" s="2" t="s">
         <v>424</v>
       </c>
       <c r="C147" s="2" t="s">
         <v>425</v>
       </c>
       <c r="D147" s="2"/>
       <c r="E147" s="2">
         <v>7162</v>
       </c>
       <c r="F147" s="2" t="s">
-        <v>51</v>
+        <v>48</v>
       </c>
       <c r="G147" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H147" s="2" t="s">
         <v>426</v>
       </c>
       <c r="I147" s="2">
         <v>115</v>
       </c>
       <c r="J147" s="2">
         <v>101</v>
       </c>
       <c r="K147" s="2">
         <v>70</v>
       </c>
       <c r="L147" s="2">
         <v>11</v>
       </c>
       <c r="M147" s="2">
         <v>0</v>
       </c>
       <c r="N147" s="2">
         <v>81</v>
       </c>
     </row>
     <row r="148" spans="1:14">
       <c r="A148" s="2">
         <v>111910</v>
       </c>
       <c r="B148" s="2" t="s">
         <v>427</v>
       </c>
       <c r="C148" s="2" t="s">
         <v>428</v>
       </c>
       <c r="D148" s="2"/>
       <c r="E148" s="2">
         <v>7205</v>
       </c>
       <c r="F148" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G148" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H148" s="2" t="s">
         <v>429</v>
       </c>
       <c r="I148" s="2">
         <v>116</v>
       </c>
       <c r="J148" s="2">
         <v>102</v>
       </c>
       <c r="K148" s="2">
         <v>70</v>
       </c>
       <c r="L148" s="2">
         <v>10</v>
       </c>
       <c r="M148" s="2">
         <v>0</v>
       </c>
       <c r="N148" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="149" spans="1:14">
       <c r="A149" s="2">
         <v>111911</v>
       </c>
       <c r="B149" s="2" t="s">
         <v>430</v>
       </c>
       <c r="C149" s="2" t="s">
         <v>431</v>
       </c>
       <c r="D149" s="2"/>
       <c r="E149" s="2">
         <v>7063</v>
       </c>
       <c r="F149" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G149" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H149" s="2" t="s">
         <v>432</v>
       </c>
       <c r="I149" s="2">
         <v>117</v>
       </c>
       <c r="J149" s="2">
         <v>103</v>
       </c>
       <c r="K149" s="2">
         <v>70</v>
       </c>
       <c r="L149" s="2">
         <v>10</v>
       </c>
       <c r="M149" s="2">
         <v>0</v>
       </c>
       <c r="N149" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="150" spans="1:14">
       <c r="A150" s="2">
         <v>111912</v>
       </c>
       <c r="B150" s="2" t="s">
         <v>433</v>
       </c>
       <c r="C150" s="2" t="s">
         <v>434</v>
       </c>
       <c r="D150" s="2"/>
       <c r="E150" s="2">
         <v>7067</v>
       </c>
       <c r="F150" s="2" t="s">
-        <v>177</v>
+        <v>180</v>
       </c>
       <c r="G150" s="2" t="s">
         <v>36</v>
       </c>
       <c r="H150" s="2" t="s">
         <v>435</v>
       </c>
       <c r="I150" s="2">
         <v>118</v>
       </c>
       <c r="J150" s="2">
         <v>15</v>
       </c>
       <c r="K150" s="2">
         <v>70</v>
       </c>
       <c r="L150" s="2">
         <v>105</v>
       </c>
       <c r="M150" s="2">
         <v>0</v>
       </c>
       <c r="N150" s="2">
         <v>175</v>
       </c>
     </row>
     <row r="151" spans="1:14">
       <c r="A151" s="2">
         <v>111913</v>
       </c>
       <c r="B151" s="2" t="s">
         <v>436</v>
       </c>
       <c r="C151" s="2" t="s">
         <v>437</v>
       </c>
       <c r="D151" s="2"/>
       <c r="E151" s="2">
         <v>7175</v>
       </c>
       <c r="F151" s="2" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="G151" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H151" s="2" t="s">
         <v>438</v>
       </c>
       <c r="I151" s="2">
         <v>119</v>
       </c>
       <c r="J151" s="2">
         <v>104</v>
       </c>
       <c r="K151" s="2">
         <v>70</v>
       </c>
       <c r="L151" s="2">
         <v>10</v>
       </c>
       <c r="M151" s="2">
         <v>0</v>
       </c>
       <c r="N151" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="152" spans="1:14">
       <c r="A152" s="2">
         <v>111914</v>
       </c>
       <c r="B152" s="2" t="s">
         <v>439</v>
       </c>
       <c r="C152" s="2" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="D152" s="2"/>
       <c r="E152" s="2">
         <v>7088</v>
       </c>
       <c r="F152" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G152" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H152" s="2" t="s">
         <v>440</v>
       </c>
       <c r="I152" s="2">
         <v>120</v>
       </c>
       <c r="J152" s="2">
         <v>105</v>
       </c>
       <c r="K152" s="2">
         <v>70</v>
       </c>
       <c r="L152" s="2">
         <v>10</v>
       </c>
       <c r="M152" s="2">
         <v>0</v>
       </c>
       <c r="N152" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="153" spans="1:14">
       <c r="A153" s="2">
         <v>111915</v>
       </c>
       <c r="B153" s="2" t="s">
         <v>441</v>
       </c>
       <c r="C153" s="2" t="s">
         <v>234</v>
       </c>
       <c r="D153" s="2"/>
       <c r="E153" s="2">
         <v>7070</v>
       </c>
       <c r="F153" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G153" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H153" s="2" t="s">
         <v>442</v>
       </c>
       <c r="I153" s="2">
         <v>121</v>
       </c>
       <c r="J153" s="2">
         <v>106</v>
       </c>
       <c r="K153" s="2">
         <v>70</v>
       </c>
       <c r="L153" s="2">
         <v>10</v>
       </c>
       <c r="M153" s="2">
         <v>0</v>
       </c>
       <c r="N153" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="154" spans="1:14">
       <c r="A154" s="2">
         <v>111916</v>
       </c>
       <c r="B154" s="2" t="s">
         <v>443</v>
       </c>
       <c r="C154" s="2" t="s">
         <v>444</v>
       </c>
       <c r="D154" s="2"/>
       <c r="E154" s="2">
         <v>7116</v>
       </c>
       <c r="F154" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G154" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H154" s="2" t="s">
         <v>445</v>
       </c>
       <c r="I154" s="2">
         <v>122</v>
       </c>
       <c r="J154" s="2">
         <v>107</v>
       </c>
       <c r="K154" s="2">
         <v>70</v>
       </c>
       <c r="L154" s="2">
         <v>10</v>
       </c>
       <c r="M154" s="2">
         <v>0</v>
       </c>
       <c r="N154" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="155" spans="1:14">
       <c r="A155" s="2">
         <v>111917</v>
       </c>
       <c r="B155" s="2" t="s">
         <v>446</v>
       </c>
       <c r="C155" s="2" t="s">
         <v>234</v>
       </c>
       <c r="D155" s="2"/>
       <c r="E155" s="2">
         <v>7106</v>
       </c>
       <c r="F155" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G155" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H155" s="2" t="s">
         <v>447</v>
       </c>
       <c r="I155" s="2">
         <v>123</v>
       </c>
       <c r="J155" s="2">
         <v>108</v>
       </c>
       <c r="K155" s="2">
         <v>70</v>
       </c>
       <c r="L155" s="2">
         <v>10</v>
       </c>
       <c r="M155" s="2">
         <v>0</v>
       </c>
       <c r="N155" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="156" spans="1:14">
       <c r="A156" s="2">
         <v>111918</v>
       </c>
       <c r="B156" s="2" t="s">
         <v>448</v>
       </c>
       <c r="C156" s="2" t="s">
         <v>370</v>
       </c>
       <c r="D156" s="2"/>
       <c r="E156" s="2">
         <v>7098</v>
       </c>
       <c r="F156" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G156" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H156" s="2" t="s">
         <v>449</v>
       </c>
       <c r="I156" s="2">
         <v>124</v>
       </c>
       <c r="J156" s="2">
         <v>109</v>
       </c>
       <c r="K156" s="2">
         <v>70</v>
       </c>
       <c r="L156" s="2">
         <v>10</v>
       </c>
       <c r="M156" s="2">
         <v>0</v>
       </c>
       <c r="N156" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="157" spans="1:14">
       <c r="A157" s="2">
         <v>111919</v>
       </c>
       <c r="B157" s="2" t="s">
         <v>450</v>
       </c>
       <c r="C157" s="2" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="D157" s="2"/>
       <c r="E157" s="2">
         <v>7048</v>
       </c>
       <c r="F157" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G157" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H157" s="2" t="s">
         <v>451</v>
       </c>
       <c r="I157" s="2">
         <v>125</v>
       </c>
       <c r="J157" s="2">
         <v>110</v>
       </c>
       <c r="K157" s="2">
         <v>70</v>
       </c>
       <c r="L157" s="2">
         <v>10</v>
       </c>
       <c r="M157" s="2">
         <v>0</v>
       </c>
       <c r="N157" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="158" spans="1:14">
       <c r="A158" s="2">
         <v>111920</v>
       </c>
       <c r="B158" s="2" t="s">
         <v>452</v>
       </c>
       <c r="C158" s="2" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="D158" s="2"/>
       <c r="E158" s="2">
         <v>7007</v>
       </c>
       <c r="F158" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G158" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H158" s="2" t="s">
         <v>453</v>
       </c>
       <c r="I158" s="2">
         <v>126</v>
       </c>
       <c r="J158" s="2">
         <v>111</v>
       </c>
       <c r="K158" s="2">
         <v>70</v>
       </c>
       <c r="L158" s="2">
         <v>10</v>
       </c>
       <c r="M158" s="2">
         <v>0</v>
       </c>
       <c r="N158" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="159" spans="1:14">
       <c r="A159" s="2">
         <v>111921</v>
       </c>
       <c r="B159" s="2" t="s">
         <v>454</v>
       </c>
       <c r="C159" s="2" t="s">
         <v>333</v>
       </c>
       <c r="D159" s="2"/>
       <c r="E159" s="2">
         <v>7107</v>
       </c>
       <c r="F159" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G159" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H159" s="2" t="s">
         <v>455</v>
       </c>
       <c r="I159" s="2">
         <v>127</v>
       </c>
       <c r="J159" s="2">
         <v>112</v>
       </c>
       <c r="K159" s="2">
         <v>70</v>
       </c>
       <c r="L159" s="2">
         <v>10</v>
       </c>
       <c r="M159" s="2">
         <v>0</v>
       </c>
       <c r="N159" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="160" spans="1:14">
       <c r="A160" s="2">
         <v>108335</v>
       </c>
       <c r="B160" s="2" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="C160" s="2" t="s">
         <v>456</v>
       </c>
       <c r="D160" s="2"/>
       <c r="E160" s="2">
         <v>7224</v>
       </c>
       <c r="F160" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G160" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H160" s="2" t="s">
         <v>457</v>
       </c>
       <c r="I160" s="2">
         <v>128</v>
       </c>
       <c r="J160" s="2">
         <v>113</v>
       </c>
       <c r="K160" s="2">
         <v>70</v>
       </c>
       <c r="L160" s="2">
         <v>10</v>
       </c>
       <c r="M160" s="2">
         <v>0</v>
       </c>
       <c r="N160" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="161" spans="1:14">
       <c r="A161" s="2">
         <v>111923</v>
       </c>
       <c r="B161" s="2" t="s">
         <v>458</v>
       </c>
       <c r="C161" s="2" t="s">
         <v>459</v>
       </c>
       <c r="D161" s="2"/>
       <c r="E161" s="2">
         <v>7172</v>
       </c>
       <c r="F161" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G161" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H161" s="2" t="s">
         <v>460</v>
       </c>
       <c r="I161" s="2">
         <v>129</v>
       </c>
       <c r="J161" s="2">
         <v>114</v>
       </c>
       <c r="K161" s="2">
         <v>70</v>
       </c>
       <c r="L161" s="2">
         <v>10</v>
       </c>
       <c r="M161" s="2">
         <v>0</v>
       </c>
       <c r="N161" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="162" spans="1:14">
       <c r="A162" s="2">
         <v>111924</v>
       </c>
       <c r="B162" s="2" t="s">
         <v>461</v>
       </c>
       <c r="C162" s="2" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="D162" s="2"/>
       <c r="E162" s="2">
         <v>7114</v>
       </c>
       <c r="F162" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G162" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H162" s="2" t="s">
         <v>462</v>
       </c>
       <c r="I162" s="2">
         <v>130</v>
       </c>
       <c r="J162" s="2">
         <v>115</v>
       </c>
       <c r="K162" s="2">
         <v>70</v>
       </c>
       <c r="L162" s="2">
         <v>10</v>
       </c>
       <c r="M162" s="2">
         <v>0</v>
       </c>
       <c r="N162" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="163" spans="1:14">
       <c r="A163" s="2">
         <v>111925</v>
       </c>
       <c r="B163" s="2" t="s">
         <v>463</v>
       </c>
       <c r="C163" s="2" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="D163" s="2"/>
       <c r="E163" s="2">
         <v>7154</v>
       </c>
       <c r="F163" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G163" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H163" s="2" t="s">
         <v>464</v>
       </c>
       <c r="I163" s="2">
         <v>131</v>
       </c>
       <c r="J163" s="2">
         <v>116</v>
       </c>
       <c r="K163" s="2">
         <v>70</v>
       </c>
       <c r="L163" s="2">
         <v>10</v>
       </c>
       <c r="M163" s="2">
         <v>0</v>
       </c>
       <c r="N163" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="164" spans="1:14">
       <c r="A164" s="2">
         <v>111926</v>
       </c>
       <c r="B164" s="2" t="s">
         <v>465</v>
       </c>
       <c r="C164" s="2" t="s">
         <v>347</v>
       </c>
       <c r="D164" s="2"/>
       <c r="E164" s="2">
         <v>7240</v>
       </c>
       <c r="F164" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G164" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H164" s="2" t="s">
         <v>466</v>
       </c>
       <c r="I164" s="2">
         <v>132</v>
       </c>
       <c r="J164" s="2">
         <v>117</v>
       </c>
       <c r="K164" s="2">
         <v>70</v>
       </c>
       <c r="L164" s="2">
         <v>10</v>
       </c>
       <c r="M164" s="2">
         <v>0</v>
       </c>
       <c r="N164" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="165" spans="1:14">
       <c r="A165" s="2">
         <v>111927</v>
       </c>
       <c r="B165" s="2" t="s">
         <v>467</v>
       </c>
       <c r="C165" s="2" t="s">
         <v>333</v>
       </c>
       <c r="D165" s="2"/>
       <c r="E165" s="2">
         <v>7081</v>
       </c>
       <c r="F165" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G165" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H165" s="2" t="s">
         <v>468</v>
       </c>
       <c r="I165" s="2">
         <v>133</v>
       </c>
       <c r="J165" s="2">
         <v>118</v>
       </c>
       <c r="K165" s="2">
         <v>70</v>
       </c>
       <c r="L165" s="2">
         <v>10</v>
       </c>
       <c r="M165" s="2">
         <v>0</v>
       </c>
       <c r="N165" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="166" spans="1:14">
       <c r="A166" s="2">
         <v>111928</v>
       </c>
       <c r="B166" s="2" t="s">
         <v>469</v>
       </c>
       <c r="C166" s="2" t="s">
         <v>470</v>
       </c>
       <c r="D166" s="2"/>
       <c r="E166" s="2">
         <v>7094</v>
       </c>
       <c r="F166" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G166" s="2" t="s">
         <v>36</v>
       </c>
       <c r="H166" s="2" t="s">
         <v>471</v>
       </c>
       <c r="I166" s="2">
         <v>134</v>
       </c>
       <c r="J166" s="2">
         <v>16</v>
       </c>
       <c r="K166" s="2">
         <v>70</v>
       </c>
       <c r="L166" s="2">
         <v>100</v>
       </c>
       <c r="M166" s="2">
         <v>0</v>
       </c>
       <c r="N166" s="2">
         <v>170</v>
       </c>
     </row>
     <row r="167" spans="1:14">
       <c r="A167" s="2">
         <v>111929</v>
       </c>
       <c r="B167" s="2" t="s">
         <v>472</v>
       </c>
       <c r="C167" s="2" t="s">
         <v>473</v>
       </c>
       <c r="D167" s="2"/>
       <c r="E167" s="2">
         <v>7166</v>
       </c>
       <c r="F167" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G167" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H167" s="2" t="s">
         <v>474</v>
       </c>
       <c r="I167" s="2">
         <v>135</v>
       </c>
       <c r="J167" s="2">
         <v>119</v>
       </c>
       <c r="K167" s="2">
         <v>70</v>
       </c>
       <c r="L167" s="2">
         <v>10</v>
       </c>
       <c r="M167" s="2">
         <v>0</v>
       </c>
       <c r="N167" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="168" spans="1:14">
       <c r="A168" s="2">
         <v>111930</v>
       </c>
       <c r="B168" s="2" t="s">
         <v>475</v>
       </c>
       <c r="C168" s="2" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="D168" s="2"/>
       <c r="E168" s="2">
         <v>7185</v>
       </c>
       <c r="F168" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G168" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H168" s="2" t="s">
         <v>476</v>
       </c>
       <c r="I168" s="2">
         <v>136</v>
       </c>
       <c r="J168" s="2">
         <v>120</v>
       </c>
       <c r="K168" s="2">
         <v>70</v>
       </c>
       <c r="L168" s="2">
         <v>10</v>
       </c>
       <c r="M168" s="2">
         <v>0</v>
       </c>
       <c r="N168" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="169" spans="1:14">
       <c r="A169" s="2">
         <v>111931</v>
       </c>
       <c r="B169" s="2" t="s">
         <v>477</v>
       </c>
       <c r="C169" s="2" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="D169" s="2"/>
       <c r="E169" s="2">
         <v>7223</v>
       </c>
       <c r="F169" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G169" s="2" t="s">
         <v>36</v>
       </c>
       <c r="H169" s="2" t="s">
         <v>478</v>
       </c>
       <c r="I169" s="2">
         <v>137</v>
       </c>
       <c r="J169" s="2">
         <v>17</v>
       </c>
       <c r="K169" s="2">
         <v>70</v>
       </c>
       <c r="L169" s="2">
         <v>99</v>
       </c>
       <c r="M169" s="2">
         <v>0</v>
       </c>
       <c r="N169" s="2">
         <v>169</v>
       </c>
     </row>
     <row r="170" spans="1:14">
       <c r="A170" s="2">
         <v>111932</v>
       </c>
       <c r="B170" s="2" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="C170" s="2" t="s">
         <v>479</v>
       </c>
       <c r="D170" s="2"/>
       <c r="E170" s="2">
         <v>7092</v>
       </c>
       <c r="F170" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G170" s="2" t="s">
         <v>36</v>
       </c>
       <c r="H170" s="2" t="s">
         <v>480</v>
       </c>
       <c r="I170" s="2">
         <v>138</v>
       </c>
       <c r="J170" s="2">
         <v>18</v>
       </c>
       <c r="K170" s="2">
         <v>70</v>
       </c>
       <c r="L170" s="2">
         <v>98</v>
       </c>
       <c r="M170" s="2">
         <v>0</v>
       </c>
       <c r="N170" s="2">
         <v>168</v>
       </c>
     </row>
     <row r="171" spans="1:14">
       <c r="A171" s="2">
         <v>111933</v>
       </c>
       <c r="B171" s="2" t="s">
         <v>481</v>
       </c>
       <c r="C171" s="2" t="s">
         <v>482</v>
       </c>
       <c r="D171" s="2"/>
       <c r="E171" s="2">
         <v>7230</v>
       </c>
       <c r="F171" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G171" s="2" t="s">
         <v>36</v>
       </c>
       <c r="H171" s="2" t="s">
         <v>483</v>
       </c>
       <c r="I171" s="2">
         <v>139</v>
       </c>
       <c r="J171" s="2">
         <v>19</v>
       </c>
       <c r="K171" s="2">
         <v>70</v>
       </c>
       <c r="L171" s="2">
         <v>97</v>
       </c>
       <c r="M171" s="2">
         <v>0</v>
       </c>
       <c r="N171" s="2">
         <v>167</v>
       </c>
     </row>
     <row r="172" spans="1:14">
       <c r="A172" s="2">
         <v>111934</v>
       </c>
       <c r="B172" s="2" t="s">
         <v>484</v>
       </c>
       <c r="C172" s="2" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="D172" s="2"/>
       <c r="E172" s="2">
         <v>7027</v>
       </c>
       <c r="F172" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G172" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H172" s="2" t="s">
         <v>485</v>
       </c>
       <c r="I172" s="2">
         <v>140</v>
       </c>
       <c r="J172" s="2">
         <v>121</v>
       </c>
       <c r="K172" s="2">
         <v>70</v>
       </c>
       <c r="L172" s="2">
         <v>10</v>
       </c>
       <c r="M172" s="2">
         <v>0</v>
       </c>
       <c r="N172" s="2">
         <v>80</v>
       </c>
@@ -9406,177 +9406,177 @@
       <c r="L174" s="2">
         <v>10</v>
       </c>
       <c r="M174" s="2">
         <v>0</v>
       </c>
       <c r="N174" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="175" spans="1:14">
       <c r="A175" s="2">
         <v>111937</v>
       </c>
       <c r="B175" s="2" t="s">
         <v>492</v>
       </c>
       <c r="C175" s="2" t="s">
         <v>493</v>
       </c>
       <c r="D175" s="2"/>
       <c r="E175" s="2">
         <v>7202</v>
       </c>
       <c r="F175" s="2" t="s">
-        <v>177</v>
+        <v>180</v>
       </c>
       <c r="G175" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H175" s="2" t="s">
         <v>494</v>
       </c>
       <c r="I175" s="2">
         <v>143</v>
       </c>
       <c r="J175" s="2">
         <v>124</v>
       </c>
       <c r="K175" s="2">
         <v>70</v>
       </c>
       <c r="L175" s="2">
         <v>10</v>
       </c>
       <c r="M175" s="2">
         <v>0</v>
       </c>
       <c r="N175" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="176" spans="1:14">
       <c r="A176" s="2">
         <v>111938</v>
       </c>
       <c r="B176" s="2" t="s">
         <v>495</v>
       </c>
       <c r="C176" s="2" t="s">
         <v>496</v>
       </c>
       <c r="D176" s="2"/>
       <c r="E176" s="2">
         <v>7115</v>
       </c>
       <c r="F176" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G176" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H176" s="2" t="s">
         <v>497</v>
       </c>
       <c r="I176" s="2">
         <v>144</v>
       </c>
       <c r="J176" s="2">
         <v>125</v>
       </c>
       <c r="K176" s="2">
         <v>70</v>
       </c>
       <c r="L176" s="2">
         <v>10</v>
       </c>
       <c r="M176" s="2">
         <v>0</v>
       </c>
       <c r="N176" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="177" spans="1:14">
       <c r="A177" s="2">
         <v>111939</v>
       </c>
       <c r="B177" s="2" t="s">
         <v>498</v>
       </c>
       <c r="C177" s="2" t="s">
         <v>431</v>
       </c>
       <c r="D177" s="2"/>
       <c r="E177" s="2">
         <v>7182</v>
       </c>
       <c r="F177" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G177" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H177" s="2" t="s">
         <v>499</v>
       </c>
       <c r="I177" s="2">
         <v>145</v>
       </c>
       <c r="J177" s="2">
         <v>126</v>
       </c>
       <c r="K177" s="2">
         <v>70</v>
       </c>
       <c r="L177" s="2">
         <v>10</v>
       </c>
       <c r="M177" s="2">
         <v>0</v>
       </c>
       <c r="N177" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="178" spans="1:14">
       <c r="A178" s="2">
         <v>111940</v>
       </c>
       <c r="B178" s="2" t="s">
         <v>500</v>
       </c>
       <c r="C178" s="2" t="s">
         <v>501</v>
       </c>
       <c r="D178" s="2"/>
       <c r="E178" s="2">
         <v>7179</v>
       </c>
       <c r="F178" s="2" t="s">
-        <v>177</v>
+        <v>180</v>
       </c>
       <c r="G178" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H178" s="2" t="s">
         <v>502</v>
       </c>
       <c r="I178" s="2">
         <v>146</v>
       </c>
       <c r="J178" s="2">
         <v>127</v>
       </c>
       <c r="K178" s="2">
         <v>70</v>
       </c>
       <c r="L178" s="2">
         <v>10</v>
       </c>
       <c r="M178" s="2">
         <v>0</v>
       </c>
       <c r="N178" s="2">
         <v>80</v>
       </c>
@@ -9616,219 +9616,219 @@
       <c r="L179" s="2">
         <v>10</v>
       </c>
       <c r="M179" s="2">
         <v>0</v>
       </c>
       <c r="N179" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="180" spans="1:14">
       <c r="A180" s="2">
         <v>111942</v>
       </c>
       <c r="B180" s="2" t="s">
         <v>506</v>
       </c>
       <c r="C180" s="2" t="s">
         <v>507</v>
       </c>
       <c r="D180" s="2"/>
       <c r="E180" s="2">
         <v>7169</v>
       </c>
       <c r="F180" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G180" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H180" s="2" t="s">
         <v>508</v>
       </c>
       <c r="I180" s="2">
         <v>148</v>
       </c>
       <c r="J180" s="2">
         <v>129</v>
       </c>
       <c r="K180" s="2">
         <v>70</v>
       </c>
       <c r="L180" s="2">
         <v>10</v>
       </c>
       <c r="M180" s="2">
         <v>0</v>
       </c>
       <c r="N180" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="181" spans="1:14">
       <c r="A181" s="2">
         <v>111943</v>
       </c>
       <c r="B181" s="2" t="s">
         <v>509</v>
       </c>
       <c r="C181" s="2" t="s">
         <v>510</v>
       </c>
       <c r="D181" s="2"/>
       <c r="E181" s="2">
         <v>7201</v>
       </c>
       <c r="F181" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G181" s="2" t="s">
         <v>36</v>
       </c>
       <c r="H181" s="2" t="s">
         <v>511</v>
       </c>
       <c r="I181" s="2">
         <v>149</v>
       </c>
       <c r="J181" s="2">
         <v>20</v>
       </c>
       <c r="K181" s="2">
         <v>70</v>
       </c>
       <c r="L181" s="2">
         <v>96</v>
       </c>
       <c r="M181" s="2">
         <v>0</v>
       </c>
       <c r="N181" s="2">
         <v>166</v>
       </c>
     </row>
     <row r="182" spans="1:14">
       <c r="A182" s="2">
         <v>111944</v>
       </c>
       <c r="B182" s="2" t="s">
         <v>512</v>
       </c>
       <c r="C182" s="2" t="s">
         <v>513</v>
       </c>
       <c r="D182" s="2"/>
       <c r="E182" s="2">
         <v>7176</v>
       </c>
       <c r="F182" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G182" s="2" t="s">
         <v>36</v>
       </c>
       <c r="H182" s="2" t="s">
         <v>514</v>
       </c>
       <c r="I182" s="2">
         <v>150</v>
       </c>
       <c r="J182" s="2">
         <v>21</v>
       </c>
       <c r="K182" s="2">
         <v>70</v>
       </c>
       <c r="L182" s="2">
         <v>95</v>
       </c>
       <c r="M182" s="2">
         <v>0</v>
       </c>
       <c r="N182" s="2">
         <v>165</v>
       </c>
     </row>
     <row r="183" spans="1:14">
       <c r="A183" s="2">
         <v>111945</v>
       </c>
       <c r="B183" s="2" t="s">
         <v>515</v>
       </c>
       <c r="C183" s="2" t="s">
         <v>516</v>
       </c>
       <c r="D183" s="2"/>
       <c r="E183" s="2">
         <v>7132</v>
       </c>
       <c r="F183" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G183" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H183" s="2" t="s">
         <v>517</v>
       </c>
       <c r="I183" s="2">
         <v>151</v>
       </c>
       <c r="J183" s="2">
         <v>130</v>
       </c>
       <c r="K183" s="2">
         <v>70</v>
       </c>
       <c r="L183" s="2">
         <v>10</v>
       </c>
       <c r="M183" s="2">
         <v>0</v>
       </c>
       <c r="N183" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="184" spans="1:14">
       <c r="A184" s="2">
         <v>111946</v>
       </c>
       <c r="B184" s="2" t="s">
         <v>518</v>
       </c>
       <c r="C184" s="2" t="s">
         <v>519</v>
       </c>
       <c r="D184" s="2"/>
       <c r="E184" s="2">
         <v>7110</v>
       </c>
       <c r="F184" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G184" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H184" s="2" t="s">
         <v>520</v>
       </c>
       <c r="I184" s="2">
         <v>152</v>
       </c>
       <c r="J184" s="2">
         <v>131</v>
       </c>
       <c r="K184" s="2">
         <v>70</v>
       </c>
       <c r="L184" s="2">
         <v>10</v>
       </c>
       <c r="M184" s="2">
         <v>0</v>
       </c>
       <c r="N184" s="2">
         <v>80</v>
       </c>
@@ -9861,562 +9861,562 @@
       </c>
       <c r="J185" s="2">
         <v>132</v>
       </c>
       <c r="K185" s="2">
         <v>70</v>
       </c>
       <c r="L185" s="2">
         <v>10</v>
       </c>
       <c r="M185" s="2">
         <v>0</v>
       </c>
       <c r="N185" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="186" spans="1:14">
       <c r="A186" s="2">
         <v>111948</v>
       </c>
       <c r="B186" s="2" t="s">
         <v>524</v>
       </c>
       <c r="C186" s="2" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="D186" s="2"/>
       <c r="E186" s="2">
         <v>7138</v>
       </c>
       <c r="F186" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G186" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H186" s="2" t="s">
         <v>525</v>
       </c>
       <c r="I186" s="2">
         <v>154</v>
       </c>
       <c r="J186" s="2">
         <v>133</v>
       </c>
       <c r="K186" s="2">
         <v>70</v>
       </c>
       <c r="L186" s="2">
         <v>10</v>
       </c>
       <c r="M186" s="2">
         <v>0</v>
       </c>
       <c r="N186" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="187" spans="1:14">
       <c r="A187" s="2">
         <v>111949</v>
       </c>
       <c r="B187" s="2" t="s">
         <v>526</v>
       </c>
       <c r="C187" s="2" t="s">
-        <v>179</v>
+        <v>175</v>
       </c>
       <c r="D187" s="2"/>
       <c r="E187" s="2">
         <v>7196</v>
       </c>
       <c r="F187" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G187" s="2" t="s">
         <v>36</v>
       </c>
       <c r="H187" s="2" t="s">
         <v>527</v>
       </c>
       <c r="I187" s="2">
         <v>155</v>
       </c>
       <c r="J187" s="2">
         <v>22</v>
       </c>
       <c r="K187" s="2">
         <v>70</v>
       </c>
       <c r="L187" s="2">
         <v>94</v>
       </c>
       <c r="M187" s="2">
         <v>0</v>
       </c>
       <c r="N187" s="2">
         <v>164</v>
       </c>
     </row>
     <row r="188" spans="1:14">
       <c r="A188" s="2">
         <v>111950</v>
       </c>
       <c r="B188" s="2" t="s">
         <v>528</v>
       </c>
       <c r="C188" s="2" t="s">
         <v>529</v>
       </c>
       <c r="D188" s="2"/>
       <c r="E188" s="2">
         <v>7038</v>
       </c>
       <c r="F188" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G188" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H188" s="2" t="s">
         <v>530</v>
       </c>
       <c r="I188" s="2">
         <v>156</v>
       </c>
       <c r="J188" s="2">
         <v>134</v>
       </c>
       <c r="K188" s="2">
         <v>70</v>
       </c>
       <c r="L188" s="2">
         <v>10</v>
       </c>
       <c r="M188" s="2">
         <v>0</v>
       </c>
       <c r="N188" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="189" spans="1:14">
       <c r="A189" s="2">
         <v>111951</v>
       </c>
       <c r="B189" s="2" t="s">
         <v>531</v>
       </c>
       <c r="C189" s="2" t="s">
         <v>532</v>
       </c>
       <c r="D189" s="2"/>
       <c r="E189" s="2">
         <v>7234</v>
       </c>
       <c r="F189" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G189" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H189" s="2" t="s">
         <v>533</v>
       </c>
       <c r="I189" s="2">
         <v>157</v>
       </c>
       <c r="J189" s="2">
         <v>135</v>
       </c>
       <c r="K189" s="2">
         <v>70</v>
       </c>
       <c r="L189" s="2">
         <v>10</v>
       </c>
       <c r="M189" s="2">
         <v>0</v>
       </c>
       <c r="N189" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="190" spans="1:14">
       <c r="A190" s="2">
         <v>111952</v>
       </c>
       <c r="B190" s="2" t="s">
         <v>534</v>
       </c>
       <c r="C190" s="2" t="s">
         <v>535</v>
       </c>
       <c r="D190" s="2"/>
       <c r="E190" s="2">
         <v>7135</v>
       </c>
       <c r="F190" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G190" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H190" s="2" t="s">
         <v>536</v>
       </c>
       <c r="I190" s="2">
         <v>158</v>
       </c>
       <c r="J190" s="2">
         <v>136</v>
       </c>
       <c r="K190" s="2">
         <v>70</v>
       </c>
       <c r="L190" s="2">
         <v>10</v>
       </c>
       <c r="M190" s="2">
         <v>0</v>
       </c>
       <c r="N190" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="191" spans="1:14">
       <c r="A191" s="2">
         <v>111953</v>
       </c>
       <c r="B191" s="2" t="s">
         <v>537</v>
       </c>
       <c r="C191" s="2" t="s">
         <v>234</v>
       </c>
       <c r="D191" s="2"/>
       <c r="E191" s="2">
         <v>7087</v>
       </c>
       <c r="F191" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G191" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H191" s="2" t="s">
         <v>538</v>
       </c>
       <c r="I191" s="2">
         <v>159</v>
       </c>
       <c r="J191" s="2">
         <v>137</v>
       </c>
       <c r="K191" s="2">
         <v>70</v>
       </c>
       <c r="L191" s="2">
         <v>10</v>
       </c>
       <c r="M191" s="2">
         <v>0</v>
       </c>
       <c r="N191" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="192" spans="1:14">
       <c r="A192" s="2">
         <v>111954</v>
       </c>
       <c r="B192" s="2" t="s">
         <v>539</v>
       </c>
       <c r="C192" s="2" t="s">
         <v>540</v>
       </c>
       <c r="D192" s="2"/>
       <c r="E192" s="2">
         <v>7021</v>
       </c>
       <c r="F192" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G192" s="2" t="s">
         <v>36</v>
       </c>
       <c r="H192" s="2" t="s">
         <v>541</v>
       </c>
       <c r="I192" s="2">
         <v>160</v>
       </c>
       <c r="J192" s="2">
         <v>23</v>
       </c>
       <c r="K192" s="2">
         <v>70</v>
       </c>
       <c r="L192" s="2">
         <v>93</v>
       </c>
       <c r="M192" s="2">
         <v>0</v>
       </c>
       <c r="N192" s="2">
         <v>163</v>
       </c>
     </row>
     <row r="193" spans="1:14">
       <c r="A193" s="2">
         <v>111955</v>
       </c>
       <c r="B193" s="2" t="s">
         <v>542</v>
       </c>
       <c r="C193" s="2" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="D193" s="2"/>
       <c r="E193" s="2">
         <v>7163</v>
       </c>
       <c r="F193" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G193" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H193" s="2" t="s">
         <v>543</v>
       </c>
       <c r="I193" s="2">
         <v>161</v>
       </c>
       <c r="J193" s="2">
         <v>138</v>
       </c>
       <c r="K193" s="2">
         <v>70</v>
       </c>
       <c r="L193" s="2">
         <v>10</v>
       </c>
       <c r="M193" s="2">
         <v>0</v>
       </c>
       <c r="N193" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="194" spans="1:14">
       <c r="A194" s="2">
         <v>111956</v>
       </c>
       <c r="B194" s="2" t="s">
-        <v>111</v>
+        <v>108</v>
       </c>
       <c r="C194" s="2" t="s">
         <v>544</v>
       </c>
       <c r="D194" s="2"/>
       <c r="E194" s="2">
         <v>7145</v>
       </c>
       <c r="F194" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G194" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H194" s="2" t="s">
         <v>545</v>
       </c>
       <c r="I194" s="2">
         <v>162</v>
       </c>
       <c r="J194" s="2">
         <v>139</v>
       </c>
       <c r="K194" s="2">
         <v>70</v>
       </c>
       <c r="L194" s="2">
         <v>10</v>
       </c>
       <c r="M194" s="2">
         <v>0</v>
       </c>
       <c r="N194" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="195" spans="1:14">
       <c r="A195" s="2">
         <v>111957</v>
       </c>
       <c r="B195" s="2" t="s">
         <v>546</v>
       </c>
       <c r="C195" s="2" t="s">
         <v>201</v>
       </c>
       <c r="D195" s="2"/>
       <c r="E195" s="2">
         <v>7148</v>
       </c>
       <c r="F195" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G195" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H195" s="2" t="s">
         <v>547</v>
       </c>
       <c r="I195" s="2">
         <v>163</v>
       </c>
       <c r="J195" s="2">
         <v>140</v>
       </c>
       <c r="K195" s="2">
         <v>70</v>
       </c>
       <c r="L195" s="2">
         <v>10</v>
       </c>
       <c r="M195" s="2">
         <v>0</v>
       </c>
       <c r="N195" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="196" spans="1:14">
       <c r="A196" s="2">
         <v>111958</v>
       </c>
       <c r="B196" s="2" t="s">
         <v>548</v>
       </c>
       <c r="C196" s="2" t="s">
         <v>549</v>
       </c>
       <c r="D196" s="2"/>
       <c r="E196" s="2">
         <v>7083</v>
       </c>
       <c r="F196" s="2" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="G196" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H196" s="2" t="s">
         <v>550</v>
       </c>
       <c r="I196" s="2">
         <v>164</v>
       </c>
       <c r="J196" s="2">
         <v>141</v>
       </c>
       <c r="K196" s="2">
         <v>70</v>
       </c>
       <c r="L196" s="2">
         <v>10</v>
       </c>
       <c r="M196" s="2">
         <v>0</v>
       </c>
       <c r="N196" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="197" spans="1:14">
       <c r="A197" s="2">
         <v>111959</v>
       </c>
       <c r="B197" s="2" t="s">
         <v>551</v>
       </c>
       <c r="C197" s="2" t="s">
         <v>532</v>
       </c>
       <c r="D197" s="2"/>
       <c r="E197" s="2">
         <v>7215</v>
       </c>
       <c r="F197" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G197" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H197" s="2" t="s">
         <v>552</v>
       </c>
       <c r="I197" s="2">
         <v>165</v>
       </c>
       <c r="J197" s="2">
         <v>142</v>
       </c>
       <c r="K197" s="2">
         <v>70</v>
       </c>
       <c r="L197" s="2">
         <v>10</v>
       </c>
       <c r="M197" s="2">
         <v>0</v>
       </c>
       <c r="N197" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="198" spans="1:14">
       <c r="A198" s="2">
         <v>111960</v>
       </c>
       <c r="B198" s="2" t="s">
         <v>553</v>
       </c>
       <c r="C198" s="2" t="s">
         <v>554</v>
       </c>
       <c r="D198" s="2"/>
       <c r="E198" s="2">
         <v>7156</v>
       </c>
       <c r="F198" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G198" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H198" s="2" t="s">
         <v>555</v>
       </c>
       <c r="I198" s="2">
         <v>166</v>
       </c>
       <c r="J198" s="2">
         <v>143</v>
       </c>
       <c r="K198" s="2">
         <v>70</v>
       </c>
       <c r="L198" s="2">
         <v>10</v>
       </c>
       <c r="M198" s="2">
         <v>0</v>
       </c>
       <c r="N198" s="2">
         <v>80</v>
       </c>