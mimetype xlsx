--- v1 (2026-01-02)
+++ v2 (2026-03-01)
@@ -56,77 +56,77 @@
   <si>
     <t>Gender</t>
   </si>
   <si>
     <t>Finish Time</t>
   </si>
   <si>
     <t>Overall Position</t>
   </si>
   <si>
     <t>Gender Position</t>
   </si>
   <si>
     <t>Finisher Points</t>
   </si>
   <si>
     <t>Performance Points</t>
   </si>
   <si>
     <t>Bonus Points</t>
   </si>
   <si>
     <t>Total Points</t>
   </si>
   <si>
+    <t>Graham</t>
+  </si>
+  <si>
+    <t>Knight</t>
+  </si>
+  <si>
+    <t>Great Britain</t>
+  </si>
+  <si>
+    <t>Male</t>
+  </si>
+  <si>
+    <t>09:03:22</t>
+  </si>
+  <si>
     <t>Si Hieu</t>
   </si>
   <si>
     <t>Nguyễn</t>
   </si>
   <si>
     <t>Vietnam</t>
   </si>
   <si>
-    <t>Male</t>
-[...1 lines deleted...]
-  <si>
     <t>09:47:09</t>
   </si>
   <si>
-    <t>Graham</t>
-[...10 lines deleted...]
-  <si>
     <t>Robert</t>
   </si>
   <si>
     <t>West</t>
   </si>
   <si>
     <t>10:02:11</t>
   </si>
   <si>
     <t>Duc Quang</t>
   </si>
   <si>
     <t>Nguyen</t>
   </si>
   <si>
     <t>09:39:05</t>
   </si>
   <si>
     <t>Julien</t>
   </si>
   <si>
     <t>Petit</t>
   </si>
   <si>
     <t>France</t>
@@ -152,71 +152,71 @@
   <si>
     <t>Ngoc-Anh</t>
   </si>
   <si>
     <t>Mai</t>
   </si>
   <si>
     <t>10:52:46</t>
   </si>
   <si>
     <t>Lam</t>
   </si>
   <si>
     <t>Phạm</t>
   </si>
   <si>
     <t>11:03:05</t>
   </si>
   <si>
     <t>Mark Anthony</t>
   </si>
   <si>
     <t>Doel</t>
   </si>
   <si>
+    <t>Giles</t>
+  </si>
+  <si>
+    <t>Lever</t>
+  </si>
+  <si>
+    <t>10:35:06</t>
+  </si>
+  <si>
     <t>Sin Fan</t>
   </si>
   <si>
     <t>Ngon</t>
   </si>
   <si>
     <t>Hong Kong</t>
   </si>
   <si>
     <t>11:05:44</t>
   </si>
   <si>
-    <t>Giles</t>
-[...7 lines deleted...]
-  <si>
     <t>Tam</t>
   </si>
   <si>
     <t>Le Trung</t>
   </si>
   <si>
     <t>10:38:08</t>
   </si>
   <si>
     <t>Jay</t>
   </si>
   <si>
     <t>11:14:29</t>
   </si>
   <si>
     <t>David</t>
   </si>
   <si>
     <t>Stevenson</t>
   </si>
   <si>
     <t>11:23:13</t>
   </si>
   <si>
     <t>Woon Chze Christine</t>
@@ -311,56 +311,56 @@
   <si>
     <t>Phi</t>
   </si>
   <si>
     <t>11:41:41</t>
   </si>
   <si>
     <t>Sjoerd</t>
   </si>
   <si>
     <t>Bakker</t>
   </si>
   <si>
     <t>Netherlands</t>
   </si>
   <si>
     <t>11:27:36</t>
   </si>
   <si>
     <t>Samuel</t>
   </si>
   <si>
     <t>Bartram</t>
   </si>
   <si>
+    <t>11:29:50</t>
+  </si>
+  <si>
     <t>11:44:48</t>
   </si>
   <si>
-    <t>11:29:50</t>
-[...1 lines deleted...]
-  <si>
     <t>Kanghee</t>
   </si>
   <si>
     <t>Son</t>
   </si>
   <si>
     <t>South Korea</t>
   </si>
   <si>
     <t>11:34:51</t>
   </si>
   <si>
     <t>Dung</t>
   </si>
   <si>
     <t>Nguyễn Mạnh</t>
   </si>
   <si>
     <t>12:05:48</t>
   </si>
   <si>
     <t>Andrew</t>
   </si>
   <si>
     <t>Turner</t>
@@ -389,71 +389,71 @@
   <si>
     <t>12:14:00</t>
   </si>
   <si>
     <t>Maruoka</t>
   </si>
   <si>
     <t>Shigeki</t>
   </si>
   <si>
     <t>Japan</t>
   </si>
   <si>
     <t>12:15:53</t>
   </si>
   <si>
     <t>Huy</t>
   </si>
   <si>
     <t>Hoang Nghiem</t>
   </si>
   <si>
     <t>11:55:14</t>
   </si>
   <si>
+    <t>Phuong</t>
+  </si>
+  <si>
+    <t>Nguyen Thi</t>
+  </si>
+  <si>
+    <t>12:29:58</t>
+  </si>
+  <si>
     <t>Jefferlyn</t>
   </si>
   <si>
     <t>Castillano</t>
   </si>
   <si>
     <t>Philippines</t>
   </si>
   <si>
     <t>12:40:17</t>
   </si>
   <si>
-    <t>Phuong</t>
-[...7 lines deleted...]
-  <si>
     <t>Ba Tin</t>
   </si>
   <si>
     <t>12:51:48</t>
   </si>
   <si>
     <t>Olena</t>
   </si>
   <si>
     <t>Saiganova</t>
   </si>
   <si>
     <t>Ukraine</t>
   </si>
   <si>
     <t>12:45:14</t>
   </si>
   <si>
     <t>Thuan</t>
   </si>
   <si>
     <t>Lâm Văn</t>
   </si>
   <si>
     <t>12:52:08</t>
@@ -503,69 +503,69 @@
   <si>
     <t>Siew</t>
   </si>
   <si>
     <t>Singapore</t>
   </si>
   <si>
     <t>13:49:35</t>
   </si>
   <si>
     <t>Thi Tieu Phuong</t>
   </si>
   <si>
     <t>13:51:50</t>
   </si>
   <si>
     <t>Nghia</t>
   </si>
   <si>
     <t>Nguyễn Thành</t>
   </si>
   <si>
     <t>13:00:54</t>
   </si>
   <si>
+    <t>Wai Teng</t>
+  </si>
+  <si>
+    <t>Lew</t>
+  </si>
+  <si>
+    <t>14:03:34</t>
+  </si>
+  <si>
     <t>Yoji</t>
   </si>
   <si>
     <t>Sakamoto</t>
   </si>
   <si>
     <t>坂本洋二</t>
   </si>
   <si>
     <t>13:09:10</t>
-  </si>
-[...7 lines deleted...]
-    <t>14:03:34</t>
   </si>
   <si>
     <t>Thuy Nguyen</t>
   </si>
   <si>
     <t>14:03:45</t>
   </si>
   <si>
     <t>Ca</t>
   </si>
   <si>
     <t>Đặng</t>
   </si>
   <si>
     <t>13:14:53</t>
   </si>
   <si>
     <t>Thao</t>
   </si>
   <si>
     <t>Nguyen Hoang</t>
   </si>
   <si>
     <t>13:15:27</t>
   </si>
@@ -2125,190 +2125,190 @@
       </c>
       <c r="H1" s="1" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
       <c r="J1" s="1" t="s">
         <v>9</v>
       </c>
       <c r="K1" s="1" t="s">
         <v>10</v>
       </c>
       <c r="L1" s="1" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="1" t="s">
         <v>12</v>
       </c>
       <c r="N1" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="2" spans="1:14">
       <c r="A2" s="2">
-        <v>111797</v>
+        <v>105576</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>15</v>
       </c>
       <c r="D2" s="2"/>
       <c r="E2" s="2">
-        <v>7149</v>
+        <v>7165</v>
       </c>
       <c r="F2" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G2" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I2" s="2">
         <v>1</v>
       </c>
       <c r="J2" s="2">
         <v>1</v>
       </c>
       <c r="K2" s="2">
         <v>70</v>
       </c>
       <c r="L2" s="2">
-        <v>300</v>
+        <v>400</v>
       </c>
       <c r="M2" s="2">
         <v>0</v>
       </c>
       <c r="N2" s="2">
-        <v>370</v>
+        <v>470</v>
       </c>
     </row>
     <row r="3" spans="1:14">
       <c r="A3" s="2">
-        <v>105576</v>
+        <v>111797</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>19</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>20</v>
       </c>
       <c r="D3" s="2"/>
       <c r="E3" s="2">
-        <v>7165</v>
+        <v>7149</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G3" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H3" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I3" s="2">
         <v>1</v>
       </c>
       <c r="J3" s="2">
         <v>1</v>
       </c>
       <c r="K3" s="2">
         <v>70</v>
       </c>
       <c r="L3" s="2">
-        <v>400</v>
+        <v>300</v>
       </c>
       <c r="M3" s="2">
         <v>0</v>
       </c>
       <c r="N3" s="2">
-        <v>470</v>
+        <v>370</v>
       </c>
     </row>
     <row r="4" spans="1:14">
       <c r="A4" s="2">
         <v>111798</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>23</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>24</v>
       </c>
       <c r="D4" s="2"/>
       <c r="E4" s="2">
         <v>7050</v>
       </c>
       <c r="F4" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G4" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H4" s="2" t="s">
         <v>25</v>
       </c>
       <c r="I4" s="2">
         <v>2</v>
       </c>
       <c r="J4" s="2">
         <v>2</v>
       </c>
       <c r="K4" s="2">
         <v>70</v>
       </c>
       <c r="L4" s="2">
         <v>250</v>
       </c>
       <c r="M4" s="2">
         <v>0</v>
       </c>
       <c r="N4" s="2">
         <v>320</v>
       </c>
     </row>
     <row r="5" spans="1:14">
       <c r="A5" s="2">
         <v>105149</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>26</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>27</v>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2">
         <v>7140</v>
       </c>
       <c r="F5" s="2" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="G5" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H5" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I5" s="2">
         <v>2</v>
       </c>
       <c r="J5" s="2">
         <v>2</v>
       </c>
       <c r="K5" s="2">
         <v>70</v>
       </c>
       <c r="L5" s="2">
         <v>350</v>
       </c>
       <c r="M5" s="2">
         <v>0</v>
       </c>
       <c r="N5" s="2">
         <v>420</v>
       </c>
@@ -2432,345 +2432,345 @@
       <c r="L8" s="2">
         <v>400</v>
       </c>
       <c r="M8" s="2">
         <v>0</v>
       </c>
       <c r="N8" s="2">
         <v>470</v>
       </c>
     </row>
     <row r="9" spans="1:14">
       <c r="A9" s="2">
         <v>108728</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>38</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>39</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2">
         <v>7239</v>
       </c>
       <c r="F9" s="2" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="G9" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H9" s="2" t="s">
         <v>40</v>
       </c>
       <c r="I9" s="2">
         <v>4</v>
       </c>
       <c r="J9" s="2">
         <v>4</v>
       </c>
       <c r="K9" s="2">
         <v>70</v>
       </c>
       <c r="L9" s="2">
         <v>200</v>
       </c>
       <c r="M9" s="2">
         <v>0</v>
       </c>
       <c r="N9" s="2">
         <v>270</v>
       </c>
     </row>
     <row r="10" spans="1:14">
       <c r="A10" s="2">
         <v>111800</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>41</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>42</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2">
         <v>7225</v>
       </c>
       <c r="F10" s="2" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="G10" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H10" s="2" t="s">
         <v>43</v>
       </c>
       <c r="I10" s="2">
         <v>5</v>
       </c>
       <c r="J10" s="2">
         <v>5</v>
       </c>
       <c r="K10" s="2">
         <v>70</v>
       </c>
       <c r="L10" s="2">
         <v>175</v>
       </c>
       <c r="M10" s="2">
         <v>0</v>
       </c>
       <c r="N10" s="2">
         <v>245</v>
       </c>
     </row>
     <row r="11" spans="1:14">
       <c r="A11" s="2">
         <v>105579</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>44</v>
       </c>
       <c r="C11" s="2" t="s">
         <v>45</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2">
         <v>7191</v>
       </c>
       <c r="F11" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G11" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H11" s="2" t="s">
         <v>37</v>
       </c>
       <c r="I11" s="2">
         <v>5</v>
       </c>
       <c r="J11" s="2">
         <v>4</v>
       </c>
       <c r="K11" s="2">
         <v>70</v>
       </c>
       <c r="L11" s="2">
         <v>300</v>
       </c>
       <c r="M11" s="2">
         <v>0</v>
       </c>
       <c r="N11" s="2">
         <v>370</v>
       </c>
     </row>
     <row r="12" spans="1:14">
       <c r="A12" s="2">
-        <v>111801</v>
+        <v>101722</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>46</v>
       </c>
       <c r="C12" s="2" t="s">
         <v>47</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2">
-        <v>7167</v>
+        <v>7196</v>
       </c>
       <c r="F12" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G12" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="H12" s="2" t="s">
         <v>48</v>
-      </c>
-[...4 lines deleted...]
-        <v>49</v>
       </c>
       <c r="I12" s="2">
         <v>6</v>
       </c>
       <c r="J12" s="2">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="K12" s="2">
         <v>70</v>
       </c>
       <c r="L12" s="2">
-        <v>300</v>
+        <v>275</v>
       </c>
       <c r="M12" s="2">
         <v>0</v>
       </c>
       <c r="N12" s="2">
-        <v>370</v>
+        <v>345</v>
       </c>
     </row>
     <row r="13" spans="1:14">
       <c r="A13" s="2">
-        <v>101722</v>
+        <v>111801</v>
       </c>
       <c r="B13" s="2" t="s">
+        <v>49</v>
+      </c>
+      <c r="C13" s="2" t="s">
         <v>50</v>
-      </c>
-[...1 lines deleted...]
-        <v>51</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2">
-        <v>7196</v>
+        <v>7167</v>
       </c>
       <c r="F13" s="2" t="s">
-        <v>16</v>
+        <v>51</v>
       </c>
       <c r="G13" s="2" t="s">
-        <v>17</v>
+        <v>36</v>
       </c>
       <c r="H13" s="2" t="s">
         <v>52</v>
       </c>
       <c r="I13" s="2">
         <v>6</v>
       </c>
       <c r="J13" s="2">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="K13" s="2">
         <v>70</v>
       </c>
       <c r="L13" s="2">
-        <v>275</v>
+        <v>300</v>
       </c>
       <c r="M13" s="2">
         <v>0</v>
       </c>
       <c r="N13" s="2">
-        <v>345</v>
+        <v>370</v>
       </c>
     </row>
     <row r="14" spans="1:14">
       <c r="A14" s="2">
         <v>105581</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>53</v>
       </c>
       <c r="C14" s="2" t="s">
         <v>54</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2">
         <v>7111</v>
       </c>
       <c r="F14" s="2" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="G14" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H14" s="2" t="s">
         <v>55</v>
       </c>
       <c r="I14" s="2">
         <v>7</v>
       </c>
       <c r="J14" s="2">
         <v>6</v>
       </c>
       <c r="K14" s="2">
         <v>70</v>
       </c>
       <c r="L14" s="2">
         <v>250</v>
       </c>
       <c r="M14" s="2">
         <v>0</v>
       </c>
       <c r="N14" s="2">
         <v>320</v>
       </c>
     </row>
     <row r="15" spans="1:14">
       <c r="A15" s="2">
         <v>111802</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>56</v>
       </c>
       <c r="C15" s="2" t="s">
         <v>41</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2">
         <v>7171</v>
       </c>
       <c r="F15" s="2" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="G15" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H15" s="2" t="s">
         <v>57</v>
       </c>
       <c r="I15" s="2">
         <v>7</v>
       </c>
       <c r="J15" s="2">
         <v>6</v>
       </c>
       <c r="K15" s="2">
         <v>70</v>
       </c>
       <c r="L15" s="2">
         <v>175</v>
       </c>
       <c r="M15" s="2">
         <v>0</v>
       </c>
       <c r="N15" s="2">
         <v>245</v>
       </c>
     </row>
     <row r="16" spans="1:14">
       <c r="A16" s="2">
         <v>111803</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>58</v>
       </c>
       <c r="C16" s="2" t="s">
         <v>59</v>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2">
         <v>7004</v>
       </c>
       <c r="F16" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G16" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H16" s="2" t="s">
         <v>60</v>
       </c>
       <c r="I16" s="2">
         <v>8</v>
       </c>
       <c r="J16" s="2">
         <v>7</v>
       </c>
       <c r="K16" s="2">
         <v>70</v>
       </c>
       <c r="L16" s="2">
         <v>150</v>
       </c>
       <c r="M16" s="2">
         <v>0</v>
       </c>
       <c r="N16" s="2">
         <v>220</v>
       </c>
@@ -2978,51 +2978,51 @@
       <c r="L21" s="2">
         <v>140</v>
       </c>
       <c r="M21" s="2">
         <v>0</v>
       </c>
       <c r="N21" s="2">
         <v>210</v>
       </c>
     </row>
     <row r="22" spans="1:14">
       <c r="A22" s="2">
         <v>105584</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>78</v>
       </c>
       <c r="C22" s="2" t="s">
         <v>79</v>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2">
         <v>7123</v>
       </c>
       <c r="F22" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G22" s="2" t="s">
         <v>36</v>
       </c>
       <c r="H22" s="2" t="s">
         <v>80</v>
       </c>
       <c r="I22" s="2">
         <v>11</v>
       </c>
       <c r="J22" s="2">
         <v>3</v>
       </c>
       <c r="K22" s="2">
         <v>70</v>
       </c>
       <c r="L22" s="2">
         <v>325</v>
       </c>
       <c r="M22" s="2">
         <v>0</v>
       </c>
       <c r="N22" s="2">
         <v>395</v>
       </c>
@@ -3062,51 +3062,51 @@
       <c r="L23" s="2">
         <v>135</v>
       </c>
       <c r="M23" s="2">
         <v>0</v>
       </c>
       <c r="N23" s="2">
         <v>205</v>
       </c>
     </row>
     <row r="24" spans="1:14">
       <c r="A24" s="2">
         <v>105542</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>84</v>
       </c>
       <c r="C24" s="2" t="s">
         <v>85</v>
       </c>
       <c r="D24" s="2"/>
       <c r="E24" s="2">
         <v>7122</v>
       </c>
       <c r="F24" s="2" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="G24" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H24" s="2" t="s">
         <v>86</v>
       </c>
       <c r="I24" s="2">
         <v>12</v>
       </c>
       <c r="J24" s="2">
         <v>11</v>
       </c>
       <c r="K24" s="2">
         <v>70</v>
       </c>
       <c r="L24" s="2">
         <v>130</v>
       </c>
       <c r="M24" s="2">
         <v>0</v>
       </c>
       <c r="N24" s="2">
         <v>200</v>
       </c>
@@ -3146,51 +3146,51 @@
       <c r="L25" s="2">
         <v>220</v>
       </c>
       <c r="M25" s="2">
         <v>0</v>
       </c>
       <c r="N25" s="2">
         <v>290</v>
       </c>
     </row>
     <row r="26" spans="1:14">
       <c r="A26" s="2">
         <v>111808</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>91</v>
       </c>
       <c r="C26" s="2" t="s">
         <v>27</v>
       </c>
       <c r="D26" s="2"/>
       <c r="E26" s="2">
         <v>7210</v>
       </c>
       <c r="F26" s="2" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="G26" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H26" s="2" t="s">
         <v>92</v>
       </c>
       <c r="I26" s="2">
         <v>13</v>
       </c>
       <c r="J26" s="2">
         <v>12</v>
       </c>
       <c r="K26" s="2">
         <v>70</v>
       </c>
       <c r="L26" s="2">
         <v>125</v>
       </c>
       <c r="M26" s="2">
         <v>0</v>
       </c>
       <c r="N26" s="2">
         <v>195</v>
       </c>
@@ -3227,120 +3227,120 @@
       <c r="K27" s="2">
         <v>70</v>
       </c>
       <c r="L27" s="2">
         <v>210</v>
       </c>
       <c r="M27" s="2">
         <v>0</v>
       </c>
       <c r="N27" s="2">
         <v>280</v>
       </c>
     </row>
     <row r="28" spans="1:14">
       <c r="A28" s="2">
         <v>105587</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>97</v>
       </c>
       <c r="C28" s="2" t="s">
         <v>98</v>
       </c>
       <c r="D28" s="2"/>
       <c r="E28" s="2">
-        <v>7080</v>
+        <v>7166</v>
       </c>
       <c r="F28" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G28" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H28" s="2" t="s">
         <v>99</v>
       </c>
       <c r="I28" s="2">
         <v>14</v>
       </c>
       <c r="J28" s="2">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="K28" s="2">
         <v>70</v>
       </c>
       <c r="L28" s="2">
-        <v>120</v>
+        <v>200</v>
       </c>
       <c r="M28" s="2">
         <v>0</v>
       </c>
       <c r="N28" s="2">
-        <v>190</v>
+        <v>270</v>
       </c>
     </row>
     <row r="29" spans="1:14">
       <c r="A29" s="2">
         <v>105587</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>97</v>
       </c>
       <c r="C29" s="2" t="s">
         <v>98</v>
       </c>
       <c r="D29" s="2"/>
       <c r="E29" s="2">
-        <v>7166</v>
+        <v>7080</v>
       </c>
       <c r="F29" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G29" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H29" s="2" t="s">
         <v>100</v>
       </c>
       <c r="I29" s="2">
         <v>14</v>
       </c>
       <c r="J29" s="2">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="K29" s="2">
         <v>70</v>
       </c>
       <c r="L29" s="2">
-        <v>200</v>
+        <v>120</v>
       </c>
       <c r="M29" s="2">
         <v>0</v>
       </c>
       <c r="N29" s="2">
-        <v>270</v>
+        <v>190</v>
       </c>
     </row>
     <row r="30" spans="1:14">
       <c r="A30" s="2">
         <v>101853</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>101</v>
       </c>
       <c r="C30" s="2" t="s">
         <v>102</v>
       </c>
       <c r="D30" s="2"/>
       <c r="E30" s="2">
         <v>7156</v>
       </c>
       <c r="F30" s="2" t="s">
         <v>103</v>
       </c>
       <c r="G30" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H30" s="2" t="s">
         <v>104</v>
       </c>
@@ -3356,51 +3356,51 @@
       <c r="L30" s="2">
         <v>190</v>
       </c>
       <c r="M30" s="2">
         <v>0</v>
       </c>
       <c r="N30" s="2">
         <v>260</v>
       </c>
     </row>
     <row r="31" spans="1:14">
       <c r="A31" s="2">
         <v>111810</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>105</v>
       </c>
       <c r="C31" s="2" t="s">
         <v>106</v>
       </c>
       <c r="D31" s="2"/>
       <c r="E31" s="2">
         <v>7126</v>
       </c>
       <c r="F31" s="2" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="G31" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H31" s="2" t="s">
         <v>107</v>
       </c>
       <c r="I31" s="2">
         <v>15</v>
       </c>
       <c r="J31" s="2">
         <v>14</v>
       </c>
       <c r="K31" s="2">
         <v>70</v>
       </c>
       <c r="L31" s="2">
         <v>115</v>
       </c>
       <c r="M31" s="2">
         <v>0</v>
       </c>
       <c r="N31" s="2">
         <v>185</v>
       </c>
@@ -3440,51 +3440,51 @@
       <c r="L32" s="2">
         <v>180</v>
       </c>
       <c r="M32" s="2">
         <v>0</v>
       </c>
       <c r="N32" s="2">
         <v>250</v>
       </c>
     </row>
     <row r="33" spans="1:14">
       <c r="A33" s="2">
         <v>111811</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>111</v>
       </c>
       <c r="C33" s="2" t="s">
         <v>112</v>
       </c>
       <c r="D33" s="2"/>
       <c r="E33" s="2">
         <v>7133</v>
       </c>
       <c r="F33" s="2" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="G33" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H33" s="2" t="s">
         <v>113</v>
       </c>
       <c r="I33" s="2">
         <v>16</v>
       </c>
       <c r="J33" s="2">
         <v>15</v>
       </c>
       <c r="K33" s="2">
         <v>70</v>
       </c>
       <c r="L33" s="2">
         <v>110</v>
       </c>
       <c r="M33" s="2">
         <v>0</v>
       </c>
       <c r="N33" s="2">
         <v>180</v>
       </c>
@@ -3524,51 +3524,51 @@
       <c r="L34" s="2">
         <v>170</v>
       </c>
       <c r="M34" s="2">
         <v>0</v>
       </c>
       <c r="N34" s="2">
         <v>240</v>
       </c>
     </row>
     <row r="35" spans="1:14">
       <c r="A35" s="2">
         <v>111812</v>
       </c>
       <c r="B35" s="2" t="s">
         <v>27</v>
       </c>
       <c r="C35" s="2" t="s">
         <v>41</v>
       </c>
       <c r="D35" s="2"/>
       <c r="E35" s="2">
         <v>7073</v>
       </c>
       <c r="F35" s="2" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="G35" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H35" s="2" t="s">
         <v>117</v>
       </c>
       <c r="I35" s="2">
         <v>17</v>
       </c>
       <c r="J35" s="2">
         <v>16</v>
       </c>
       <c r="K35" s="2">
         <v>70</v>
       </c>
       <c r="L35" s="2">
         <v>105</v>
       </c>
       <c r="M35" s="2">
         <v>0</v>
       </c>
       <c r="N35" s="2">
         <v>175</v>
       </c>
@@ -3608,177 +3608,177 @@
       <c r="L36" s="2">
         <v>100</v>
       </c>
       <c r="M36" s="2">
         <v>0</v>
       </c>
       <c r="N36" s="2">
         <v>170</v>
       </c>
     </row>
     <row r="37" spans="1:14">
       <c r="A37" s="2">
         <v>105591</v>
       </c>
       <c r="B37" s="2" t="s">
         <v>122</v>
       </c>
       <c r="C37" s="2" t="s">
         <v>123</v>
       </c>
       <c r="D37" s="2"/>
       <c r="E37" s="2">
         <v>7073</v>
       </c>
       <c r="F37" s="2" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="G37" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H37" s="2" t="s">
         <v>124</v>
       </c>
       <c r="I37" s="2">
         <v>18</v>
       </c>
       <c r="J37" s="2">
         <v>15</v>
       </c>
       <c r="K37" s="2">
         <v>70</v>
       </c>
       <c r="L37" s="2">
         <v>160</v>
       </c>
       <c r="M37" s="2">
         <v>0</v>
       </c>
       <c r="N37" s="2">
         <v>230</v>
       </c>
     </row>
     <row r="38" spans="1:14">
       <c r="A38" s="2">
-        <v>105220</v>
+        <v>105592</v>
       </c>
       <c r="B38" s="2" t="s">
         <v>125</v>
       </c>
       <c r="C38" s="2" t="s">
         <v>126</v>
       </c>
       <c r="D38" s="2"/>
       <c r="E38" s="2">
-        <v>7017</v>
+        <v>7010</v>
       </c>
       <c r="F38" s="2" t="s">
-        <v>127</v>
+        <v>21</v>
       </c>
       <c r="G38" s="2" t="s">
         <v>36</v>
       </c>
       <c r="H38" s="2" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="I38" s="2">
         <v>19</v>
       </c>
       <c r="J38" s="2">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="K38" s="2">
         <v>70</v>
       </c>
       <c r="L38" s="2">
-        <v>250</v>
+        <v>300</v>
       </c>
       <c r="M38" s="2">
         <v>0</v>
       </c>
       <c r="N38" s="2">
-        <v>320</v>
+        <v>370</v>
       </c>
     </row>
     <row r="39" spans="1:14">
       <c r="A39" s="2">
-        <v>105592</v>
+        <v>105220</v>
       </c>
       <c r="B39" s="2" t="s">
+        <v>128</v>
+      </c>
+      <c r="C39" s="2" t="s">
         <v>129</v>
-      </c>
-[...1 lines deleted...]
-        <v>130</v>
       </c>
       <c r="D39" s="2"/>
       <c r="E39" s="2">
-        <v>7010</v>
+        <v>7017</v>
       </c>
       <c r="F39" s="2" t="s">
-        <v>16</v>
+        <v>130</v>
       </c>
       <c r="G39" s="2" t="s">
         <v>36</v>
       </c>
       <c r="H39" s="2" t="s">
         <v>131</v>
       </c>
       <c r="I39" s="2">
         <v>19</v>
       </c>
       <c r="J39" s="2">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="K39" s="2">
         <v>70</v>
       </c>
       <c r="L39" s="2">
-        <v>300</v>
+        <v>250</v>
       </c>
       <c r="M39" s="2">
         <v>0</v>
       </c>
       <c r="N39" s="2">
-        <v>370</v>
+        <v>320</v>
       </c>
     </row>
     <row r="40" spans="1:14">
       <c r="A40" s="2">
         <v>111814</v>
       </c>
       <c r="B40" s="2" t="s">
         <v>132</v>
       </c>
       <c r="C40" s="2" t="s">
         <v>27</v>
       </c>
       <c r="D40" s="2"/>
       <c r="E40" s="2">
         <v>7177</v>
       </c>
       <c r="F40" s="2" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="G40" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H40" s="2" t="s">
         <v>133</v>
       </c>
       <c r="I40" s="2">
         <v>20</v>
       </c>
       <c r="J40" s="2">
         <v>18</v>
       </c>
       <c r="K40" s="2">
         <v>70</v>
       </c>
       <c r="L40" s="2">
         <v>99</v>
       </c>
       <c r="M40" s="2">
         <v>0</v>
       </c>
       <c r="N40" s="2">
         <v>169</v>
       </c>
@@ -3818,51 +3818,51 @@
       <c r="L41" s="2">
         <v>275</v>
       </c>
       <c r="M41" s="2">
         <v>0</v>
       </c>
       <c r="N41" s="2">
         <v>345</v>
       </c>
     </row>
     <row r="42" spans="1:14">
       <c r="A42" s="2">
         <v>111815</v>
       </c>
       <c r="B42" s="2" t="s">
         <v>138</v>
       </c>
       <c r="C42" s="2" t="s">
         <v>139</v>
       </c>
       <c r="D42" s="2"/>
       <c r="E42" s="2">
         <v>7142</v>
       </c>
       <c r="F42" s="2" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="G42" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H42" s="2" t="s">
         <v>140</v>
       </c>
       <c r="I42" s="2">
         <v>21</v>
       </c>
       <c r="J42" s="2">
         <v>19</v>
       </c>
       <c r="K42" s="2">
         <v>70</v>
       </c>
       <c r="L42" s="2">
         <v>98</v>
       </c>
       <c r="M42" s="2">
         <v>0</v>
       </c>
       <c r="N42" s="2">
         <v>168</v>
       </c>
@@ -3944,93 +3944,93 @@
       <c r="L44" s="2">
         <v>240</v>
       </c>
       <c r="M44" s="2">
         <v>0</v>
       </c>
       <c r="N44" s="2">
         <v>310</v>
       </c>
     </row>
     <row r="45" spans="1:14">
       <c r="A45" s="2">
         <v>111816</v>
       </c>
       <c r="B45" s="2" t="s">
         <v>149</v>
       </c>
       <c r="C45" s="2" t="s">
         <v>150</v>
       </c>
       <c r="D45" s="2"/>
       <c r="E45" s="2">
         <v>7109</v>
       </c>
       <c r="F45" s="2" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="G45" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H45" s="2" t="s">
         <v>151</v>
       </c>
       <c r="I45" s="2">
         <v>22</v>
       </c>
       <c r="J45" s="2">
         <v>20</v>
       </c>
       <c r="K45" s="2">
         <v>70</v>
       </c>
       <c r="L45" s="2">
         <v>97</v>
       </c>
       <c r="M45" s="2">
         <v>0</v>
       </c>
       <c r="N45" s="2">
         <v>167</v>
       </c>
     </row>
     <row r="46" spans="1:14">
       <c r="A46" s="2">
         <v>111817</v>
       </c>
       <c r="B46" s="2" t="s">
         <v>27</v>
       </c>
       <c r="C46" s="2" t="s">
         <v>152</v>
       </c>
       <c r="D46" s="2"/>
       <c r="E46" s="2">
         <v>7112</v>
       </c>
       <c r="F46" s="2" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="G46" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H46" s="2" t="s">
         <v>153</v>
       </c>
       <c r="I46" s="2">
         <v>23</v>
       </c>
       <c r="J46" s="2">
         <v>21</v>
       </c>
       <c r="K46" s="2">
         <v>70</v>
       </c>
       <c r="L46" s="2">
         <v>96</v>
       </c>
       <c r="M46" s="2">
         <v>0</v>
       </c>
       <c r="N46" s="2">
         <v>166</v>
       </c>
@@ -4070,305 +4070,305 @@
       <c r="L47" s="2">
         <v>230</v>
       </c>
       <c r="M47" s="2">
         <v>0</v>
       </c>
       <c r="N47" s="2">
         <v>300</v>
       </c>
     </row>
     <row r="48" spans="1:14">
       <c r="A48" s="2">
         <v>101766</v>
       </c>
       <c r="B48" s="2" t="s">
         <v>158</v>
       </c>
       <c r="C48" s="2" t="s">
         <v>27</v>
       </c>
       <c r="D48" s="2"/>
       <c r="E48" s="2">
         <v>7004</v>
       </c>
       <c r="F48" s="2" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="G48" s="2" t="s">
         <v>36</v>
       </c>
       <c r="H48" s="2" t="s">
         <v>159</v>
       </c>
       <c r="I48" s="2">
         <v>24</v>
       </c>
       <c r="J48" s="2">
         <v>9</v>
       </c>
       <c r="K48" s="2">
         <v>70</v>
       </c>
       <c r="L48" s="2">
         <v>220</v>
       </c>
       <c r="M48" s="2">
         <v>0</v>
       </c>
       <c r="N48" s="2">
         <v>290</v>
       </c>
     </row>
     <row r="49" spans="1:14">
       <c r="A49" s="2">
         <v>111818</v>
       </c>
       <c r="B49" s="2" t="s">
         <v>160</v>
       </c>
       <c r="C49" s="2" t="s">
         <v>161</v>
       </c>
       <c r="D49" s="2"/>
       <c r="E49" s="2">
         <v>7104</v>
       </c>
       <c r="F49" s="2" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="G49" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H49" s="2" t="s">
         <v>162</v>
       </c>
       <c r="I49" s="2">
         <v>24</v>
       </c>
       <c r="J49" s="2">
         <v>22</v>
       </c>
       <c r="K49" s="2">
         <v>70</v>
       </c>
       <c r="L49" s="2">
         <v>90</v>
       </c>
       <c r="M49" s="2">
         <v>0</v>
       </c>
       <c r="N49" s="2">
         <v>160</v>
       </c>
     </row>
     <row r="50" spans="1:14">
       <c r="A50" s="2">
-        <v>111819</v>
+        <v>103136</v>
       </c>
       <c r="B50" s="2" t="s">
         <v>163</v>
       </c>
       <c r="C50" s="2" t="s">
         <v>164</v>
       </c>
-      <c r="D50" s="2" t="s">
+      <c r="D50" s="2"/>
+      <c r="E50" s="2">
+        <v>7001</v>
+      </c>
+      <c r="F50" s="2" t="s">
+        <v>156</v>
+      </c>
+      <c r="G50" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="H50" s="2" t="s">
         <v>165</v>
-      </c>
-[...10 lines deleted...]
-        <v>166</v>
       </c>
       <c r="I50" s="2">
         <v>25</v>
       </c>
       <c r="J50" s="2">
-        <v>23</v>
+        <v>10</v>
       </c>
       <c r="K50" s="2">
         <v>70</v>
       </c>
       <c r="L50" s="2">
-        <v>89</v>
+        <v>210</v>
       </c>
       <c r="M50" s="2">
         <v>0</v>
       </c>
       <c r="N50" s="2">
-        <v>159</v>
+        <v>280</v>
       </c>
     </row>
     <row r="51" spans="1:14">
       <c r="A51" s="2">
-        <v>103136</v>
+        <v>111819</v>
       </c>
       <c r="B51" s="2" t="s">
+        <v>166</v>
+      </c>
+      <c r="C51" s="2" t="s">
         <v>167</v>
       </c>
-      <c r="C51" s="2" t="s">
+      <c r="D51" s="2" t="s">
         <v>168</v>
       </c>
-      <c r="D51" s="2"/>
       <c r="E51" s="2">
-        <v>7001</v>
+        <v>7236</v>
       </c>
       <c r="F51" s="2" t="s">
-        <v>156</v>
+        <v>120</v>
       </c>
       <c r="G51" s="2" t="s">
-        <v>36</v>
+        <v>17</v>
       </c>
       <c r="H51" s="2" t="s">
         <v>169</v>
       </c>
       <c r="I51" s="2">
         <v>25</v>
       </c>
       <c r="J51" s="2">
-        <v>10</v>
+        <v>23</v>
       </c>
       <c r="K51" s="2">
         <v>70</v>
       </c>
       <c r="L51" s="2">
-        <v>210</v>
+        <v>89</v>
       </c>
       <c r="M51" s="2">
         <v>0</v>
       </c>
       <c r="N51" s="2">
-        <v>280</v>
+        <v>159</v>
       </c>
     </row>
     <row r="52" spans="1:14">
       <c r="A52" s="2">
         <v>105597</v>
       </c>
       <c r="B52" s="2" t="s">
         <v>27</v>
       </c>
       <c r="C52" s="2" t="s">
         <v>170</v>
       </c>
       <c r="D52" s="2"/>
       <c r="E52" s="2">
         <v>7015</v>
       </c>
       <c r="F52" s="2" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="G52" s="2" t="s">
         <v>36</v>
       </c>
       <c r="H52" s="2" t="s">
         <v>171</v>
       </c>
       <c r="I52" s="2">
         <v>26</v>
       </c>
       <c r="J52" s="2">
         <v>11</v>
       </c>
       <c r="K52" s="2">
         <v>70</v>
       </c>
       <c r="L52" s="2">
         <v>200</v>
       </c>
       <c r="M52" s="2">
         <v>0</v>
       </c>
       <c r="N52" s="2">
         <v>270</v>
       </c>
     </row>
     <row r="53" spans="1:14">
       <c r="A53" s="2">
         <v>111820</v>
       </c>
       <c r="B53" s="2" t="s">
         <v>172</v>
       </c>
       <c r="C53" s="2" t="s">
         <v>173</v>
       </c>
       <c r="D53" s="2"/>
       <c r="E53" s="2">
         <v>7037</v>
       </c>
       <c r="F53" s="2" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="G53" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H53" s="2" t="s">
         <v>174</v>
       </c>
       <c r="I53" s="2">
         <v>26</v>
       </c>
       <c r="J53" s="2">
         <v>24</v>
       </c>
       <c r="K53" s="2">
         <v>70</v>
       </c>
       <c r="L53" s="2">
         <v>88</v>
       </c>
       <c r="M53" s="2">
         <v>0</v>
       </c>
       <c r="N53" s="2">
         <v>158</v>
       </c>
     </row>
     <row r="54" spans="1:14">
       <c r="A54" s="2">
         <v>111821</v>
       </c>
       <c r="B54" s="2" t="s">
         <v>175</v>
       </c>
       <c r="C54" s="2" t="s">
         <v>176</v>
       </c>
       <c r="D54" s="2"/>
       <c r="E54" s="2">
         <v>7150</v>
       </c>
       <c r="F54" s="2" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="G54" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H54" s="2" t="s">
         <v>177</v>
       </c>
       <c r="I54" s="2">
         <v>27</v>
       </c>
       <c r="J54" s="2">
         <v>25</v>
       </c>
       <c r="K54" s="2">
         <v>70</v>
       </c>
       <c r="L54" s="2">
         <v>87</v>
       </c>
       <c r="M54" s="2">
         <v>0</v>
       </c>
       <c r="N54" s="2">
         <v>157</v>
       </c>
@@ -4450,51 +4450,51 @@
       <c r="L56" s="2">
         <v>180</v>
       </c>
       <c r="M56" s="2">
         <v>0</v>
       </c>
       <c r="N56" s="2">
         <v>250</v>
       </c>
     </row>
     <row r="57" spans="1:14">
       <c r="A57" s="2">
         <v>111822</v>
       </c>
       <c r="B57" s="2" t="s">
         <v>185</v>
       </c>
       <c r="C57" s="2" t="s">
         <v>186</v>
       </c>
       <c r="D57" s="2"/>
       <c r="E57" s="2">
         <v>7134</v>
       </c>
       <c r="F57" s="2" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="G57" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H57" s="2" t="s">
         <v>187</v>
       </c>
       <c r="I57" s="2">
         <v>28</v>
       </c>
       <c r="J57" s="2">
         <v>26</v>
       </c>
       <c r="K57" s="2">
         <v>70</v>
       </c>
       <c r="L57" s="2">
         <v>86</v>
       </c>
       <c r="M57" s="2">
         <v>0</v>
       </c>
       <c r="N57" s="2">
         <v>156</v>
       </c>
@@ -4534,135 +4534,135 @@
       <c r="L58" s="2">
         <v>170</v>
       </c>
       <c r="M58" s="2">
         <v>0</v>
       </c>
       <c r="N58" s="2">
         <v>240</v>
       </c>
     </row>
     <row r="59" spans="1:14">
       <c r="A59" s="2">
         <v>111823</v>
       </c>
       <c r="B59" s="2" t="s">
         <v>190</v>
       </c>
       <c r="C59" s="2" t="s">
         <v>191</v>
       </c>
       <c r="D59" s="2"/>
       <c r="E59" s="2">
         <v>7046</v>
       </c>
       <c r="F59" s="2" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="G59" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H59" s="2" t="s">
         <v>192</v>
       </c>
       <c r="I59" s="2">
         <v>29</v>
       </c>
       <c r="J59" s="2">
         <v>27</v>
       </c>
       <c r="K59" s="2">
         <v>70</v>
       </c>
       <c r="L59" s="2">
         <v>85</v>
       </c>
       <c r="M59" s="2">
         <v>0</v>
       </c>
       <c r="N59" s="2">
         <v>155</v>
       </c>
     </row>
     <row r="60" spans="1:14">
       <c r="A60" s="2">
         <v>105601</v>
       </c>
       <c r="B60" s="2" t="s">
         <v>193</v>
       </c>
       <c r="C60" s="2" t="s">
         <v>194</v>
       </c>
       <c r="D60" s="2"/>
       <c r="E60" s="2">
         <v>7090</v>
       </c>
       <c r="F60" s="2" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="G60" s="2" t="s">
         <v>36</v>
       </c>
       <c r="H60" s="2" t="s">
         <v>195</v>
       </c>
       <c r="I60" s="2">
         <v>30</v>
       </c>
       <c r="J60" s="2">
         <v>15</v>
       </c>
       <c r="K60" s="2">
         <v>70</v>
       </c>
       <c r="L60" s="2">
         <v>160</v>
       </c>
       <c r="M60" s="2">
         <v>0</v>
       </c>
       <c r="N60" s="2">
         <v>230</v>
       </c>
     </row>
     <row r="61" spans="1:14">
       <c r="A61" s="2">
         <v>111824</v>
       </c>
       <c r="B61" s="2" t="s">
         <v>196</v>
       </c>
       <c r="C61" s="2" t="s">
         <v>190</v>
       </c>
       <c r="D61" s="2"/>
       <c r="E61" s="2">
         <v>7203</v>
       </c>
       <c r="F61" s="2" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="G61" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H61" s="2" t="s">
         <v>197</v>
       </c>
       <c r="I61" s="2">
         <v>30</v>
       </c>
       <c r="J61" s="2">
         <v>28</v>
       </c>
       <c r="K61" s="2">
         <v>70</v>
       </c>
       <c r="L61" s="2">
         <v>84</v>
       </c>
       <c r="M61" s="2">
         <v>0</v>
       </c>
       <c r="N61" s="2">
         <v>154</v>
       </c>
@@ -4702,51 +4702,51 @@
       <c r="L62" s="2">
         <v>83</v>
       </c>
       <c r="M62" s="2">
         <v>0</v>
       </c>
       <c r="N62" s="2">
         <v>153</v>
       </c>
     </row>
     <row r="63" spans="1:14">
       <c r="A63" s="2">
         <v>111826</v>
       </c>
       <c r="B63" s="2" t="s">
         <v>201</v>
       </c>
       <c r="C63" s="2" t="s">
         <v>202</v>
       </c>
       <c r="D63" s="2"/>
       <c r="E63" s="2">
         <v>7155</v>
       </c>
       <c r="F63" s="2" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="G63" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H63" s="2" t="s">
         <v>203</v>
       </c>
       <c r="I63" s="2">
         <v>32</v>
       </c>
       <c r="J63" s="2">
         <v>30</v>
       </c>
       <c r="K63" s="2">
         <v>70</v>
       </c>
       <c r="L63" s="2">
         <v>82</v>
       </c>
       <c r="M63" s="2">
         <v>0</v>
       </c>
       <c r="N63" s="2">
         <v>152</v>
       </c>
@@ -4870,93 +4870,93 @@
       <c r="L66" s="2">
         <v>80</v>
       </c>
       <c r="M66" s="2">
         <v>0</v>
       </c>
       <c r="N66" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="67" spans="1:14">
       <c r="A67" s="2">
         <v>111830</v>
       </c>
       <c r="B67" s="2" t="s">
         <v>41</v>
       </c>
       <c r="C67" s="2" t="s">
         <v>212</v>
       </c>
       <c r="D67" s="2"/>
       <c r="E67" s="2">
         <v>7039</v>
       </c>
       <c r="F67" s="2" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="G67" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H67" s="2" t="s">
         <v>213</v>
       </c>
       <c r="I67" s="2">
         <v>36</v>
       </c>
       <c r="J67" s="2">
         <v>33</v>
       </c>
       <c r="K67" s="2">
         <v>70</v>
       </c>
       <c r="L67" s="2">
         <v>79</v>
       </c>
       <c r="M67" s="2">
         <v>0</v>
       </c>
       <c r="N67" s="2">
         <v>149</v>
       </c>
     </row>
     <row r="68" spans="1:14">
       <c r="A68" s="2">
         <v>111831</v>
       </c>
       <c r="B68" s="2" t="s">
         <v>214</v>
       </c>
       <c r="C68" s="2" t="s">
         <v>215</v>
       </c>
       <c r="D68" s="2"/>
       <c r="E68" s="2">
         <v>7113</v>
       </c>
       <c r="F68" s="2" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="G68" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H68" s="2" t="s">
         <v>216</v>
       </c>
       <c r="I68" s="2">
         <v>37</v>
       </c>
       <c r="J68" s="2">
         <v>34</v>
       </c>
       <c r="K68" s="2">
         <v>70</v>
       </c>
       <c r="L68" s="2">
         <v>78</v>
       </c>
       <c r="M68" s="2">
         <v>0</v>
       </c>
       <c r="N68" s="2">
         <v>148</v>
       </c>
@@ -4996,51 +4996,51 @@
       <c r="L69" s="2">
         <v>77</v>
       </c>
       <c r="M69" s="2">
         <v>0</v>
       </c>
       <c r="N69" s="2">
         <v>147</v>
       </c>
     </row>
     <row r="70" spans="1:14">
       <c r="A70" s="2">
         <v>111833</v>
       </c>
       <c r="B70" s="2" t="s">
         <v>220</v>
       </c>
       <c r="C70" s="2" t="s">
         <v>221</v>
       </c>
       <c r="D70" s="2"/>
       <c r="E70" s="2">
         <v>7151</v>
       </c>
       <c r="F70" s="2" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="G70" s="2" t="s">
         <v>36</v>
       </c>
       <c r="H70" s="2" t="s">
         <v>222</v>
       </c>
       <c r="I70" s="2">
         <v>39</v>
       </c>
       <c r="J70" s="2">
         <v>4</v>
       </c>
       <c r="K70" s="2">
         <v>70</v>
       </c>
       <c r="L70" s="2">
         <v>200</v>
       </c>
       <c r="M70" s="2">
         <v>0</v>
       </c>
       <c r="N70" s="2">
         <v>270</v>
       </c>
@@ -5080,219 +5080,219 @@
       <c r="L71" s="2">
         <v>76</v>
       </c>
       <c r="M71" s="2">
         <v>0</v>
       </c>
       <c r="N71" s="2">
         <v>146</v>
       </c>
     </row>
     <row r="72" spans="1:14">
       <c r="A72" s="2">
         <v>111835</v>
       </c>
       <c r="B72" s="2" t="s">
         <v>227</v>
       </c>
       <c r="C72" s="2" t="s">
         <v>173</v>
       </c>
       <c r="D72" s="2"/>
       <c r="E72" s="2">
         <v>7211</v>
       </c>
       <c r="F72" s="2" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="G72" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H72" s="2" t="s">
         <v>228</v>
       </c>
       <c r="I72" s="2">
         <v>41</v>
       </c>
       <c r="J72" s="2">
         <v>37</v>
       </c>
       <c r="K72" s="2">
         <v>70</v>
       </c>
       <c r="L72" s="2">
         <v>75</v>
       </c>
       <c r="M72" s="2">
         <v>0</v>
       </c>
       <c r="N72" s="2">
         <v>145</v>
       </c>
     </row>
     <row r="73" spans="1:14">
       <c r="A73" s="2">
         <v>111836</v>
       </c>
       <c r="B73" s="2" t="s">
         <v>229</v>
       </c>
       <c r="C73" s="2" t="s">
         <v>230</v>
       </c>
       <c r="D73" s="2"/>
       <c r="E73" s="2">
         <v>7103</v>
       </c>
       <c r="F73" s="2" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="G73" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H73" s="2" t="s">
         <v>231</v>
       </c>
       <c r="I73" s="2">
         <v>42</v>
       </c>
       <c r="J73" s="2">
         <v>38</v>
       </c>
       <c r="K73" s="2">
         <v>70</v>
       </c>
       <c r="L73" s="2">
         <v>74</v>
       </c>
       <c r="M73" s="2">
         <v>0</v>
       </c>
       <c r="N73" s="2">
         <v>144</v>
       </c>
     </row>
     <row r="74" spans="1:14">
       <c r="A74" s="2">
         <v>108753</v>
       </c>
       <c r="B74" s="2" t="s">
         <v>232</v>
       </c>
       <c r="C74" s="2" t="s">
         <v>27</v>
       </c>
       <c r="D74" s="2"/>
       <c r="E74" s="2">
         <v>7059</v>
       </c>
       <c r="F74" s="2" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="G74" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H74" s="2" t="s">
         <v>233</v>
       </c>
       <c r="I74" s="2">
         <v>43</v>
       </c>
       <c r="J74" s="2">
         <v>39</v>
       </c>
       <c r="K74" s="2">
         <v>70</v>
       </c>
       <c r="L74" s="2">
         <v>73</v>
       </c>
       <c r="M74" s="2">
         <v>0</v>
       </c>
       <c r="N74" s="2">
         <v>143</v>
       </c>
     </row>
     <row r="75" spans="1:14">
       <c r="A75" s="2">
         <v>108338</v>
       </c>
       <c r="B75" s="2" t="s">
         <v>234</v>
       </c>
       <c r="C75" s="2" t="s">
         <v>235</v>
       </c>
       <c r="D75" s="2"/>
       <c r="E75" s="2">
         <v>7044</v>
       </c>
       <c r="F75" s="2" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="G75" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H75" s="2" t="s">
         <v>236</v>
       </c>
       <c r="I75" s="2">
         <v>44</v>
       </c>
       <c r="J75" s="2">
         <v>40</v>
       </c>
       <c r="K75" s="2">
         <v>70</v>
       </c>
       <c r="L75" s="2">
         <v>72</v>
       </c>
       <c r="M75" s="2">
         <v>0</v>
       </c>
       <c r="N75" s="2">
         <v>142</v>
       </c>
     </row>
     <row r="76" spans="1:14">
       <c r="A76" s="2">
         <v>111839</v>
       </c>
       <c r="B76" s="2" t="s">
         <v>237</v>
       </c>
       <c r="C76" s="2" t="s">
         <v>238</v>
       </c>
       <c r="D76" s="2"/>
       <c r="E76" s="2">
         <v>7097</v>
       </c>
       <c r="F76" s="2" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="G76" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H76" s="2" t="s">
         <v>239</v>
       </c>
       <c r="I76" s="2">
         <v>45</v>
       </c>
       <c r="J76" s="2">
         <v>41</v>
       </c>
       <c r="K76" s="2">
         <v>70</v>
       </c>
       <c r="L76" s="2">
         <v>71</v>
       </c>
       <c r="M76" s="2">
         <v>0</v>
       </c>
       <c r="N76" s="2">
         <v>141</v>
       </c>
@@ -5374,51 +5374,51 @@
       <c r="L78" s="2">
         <v>70</v>
       </c>
       <c r="M78" s="2">
         <v>0</v>
       </c>
       <c r="N78" s="2">
         <v>140</v>
       </c>
     </row>
     <row r="79" spans="1:14">
       <c r="A79" s="2">
         <v>111842</v>
       </c>
       <c r="B79" s="2" t="s">
         <v>246</v>
       </c>
       <c r="C79" s="2" t="s">
         <v>247</v>
       </c>
       <c r="D79" s="2"/>
       <c r="E79" s="2">
         <v>7024</v>
       </c>
       <c r="F79" s="2" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="G79" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H79" s="2" t="s">
         <v>248</v>
       </c>
       <c r="I79" s="2">
         <v>48</v>
       </c>
       <c r="J79" s="2">
         <v>43</v>
       </c>
       <c r="K79" s="2">
         <v>70</v>
       </c>
       <c r="L79" s="2">
         <v>69</v>
       </c>
       <c r="M79" s="2">
         <v>0</v>
       </c>
       <c r="N79" s="2">
         <v>139</v>
       </c>
@@ -5500,135 +5500,135 @@
       <c r="L81" s="2">
         <v>150</v>
       </c>
       <c r="M81" s="2">
         <v>0</v>
       </c>
       <c r="N81" s="2">
         <v>220</v>
       </c>
     </row>
     <row r="82" spans="1:14">
       <c r="A82" s="2">
         <v>111845</v>
       </c>
       <c r="B82" s="2" t="s">
         <v>255</v>
       </c>
       <c r="C82" s="2" t="s">
         <v>256</v>
       </c>
       <c r="D82" s="2"/>
       <c r="E82" s="2">
         <v>7078</v>
       </c>
       <c r="F82" s="2" t="s">
-        <v>127</v>
+        <v>130</v>
       </c>
       <c r="G82" s="2" t="s">
         <v>36</v>
       </c>
       <c r="H82" s="2" t="s">
         <v>257</v>
       </c>
       <c r="I82" s="2">
         <v>51</v>
       </c>
       <c r="J82" s="2">
         <v>7</v>
       </c>
       <c r="K82" s="2">
         <v>70</v>
       </c>
       <c r="L82" s="2">
         <v>145</v>
       </c>
       <c r="M82" s="2">
         <v>0</v>
       </c>
       <c r="N82" s="2">
         <v>215</v>
       </c>
     </row>
     <row r="83" spans="1:14">
       <c r="A83" s="2">
         <v>111846</v>
       </c>
       <c r="B83" s="2" t="s">
         <v>258</v>
       </c>
       <c r="C83" s="2" t="s">
         <v>27</v>
       </c>
       <c r="D83" s="2"/>
       <c r="E83" s="2">
         <v>7214</v>
       </c>
       <c r="F83" s="2" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="G83" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H83" s="2" t="s">
         <v>259</v>
       </c>
       <c r="I83" s="2">
         <v>52</v>
       </c>
       <c r="J83" s="2">
         <v>45</v>
       </c>
       <c r="K83" s="2">
         <v>70</v>
       </c>
       <c r="L83" s="2">
         <v>67</v>
       </c>
       <c r="M83" s="2">
         <v>0</v>
       </c>
       <c r="N83" s="2">
         <v>137</v>
       </c>
     </row>
     <row r="84" spans="1:14">
       <c r="A84" s="2">
         <v>111847</v>
       </c>
       <c r="B84" s="2" t="s">
         <v>260</v>
       </c>
       <c r="C84" s="2" t="s">
         <v>261</v>
       </c>
       <c r="D84" s="2"/>
       <c r="E84" s="2">
         <v>7141</v>
       </c>
       <c r="F84" s="2" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="G84" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H84" s="2" t="s">
         <v>262</v>
       </c>
       <c r="I84" s="2">
         <v>53</v>
       </c>
       <c r="J84" s="2">
         <v>46</v>
       </c>
       <c r="K84" s="2">
         <v>70</v>
       </c>
       <c r="L84" s="2">
         <v>66</v>
       </c>
       <c r="M84" s="2">
         <v>0</v>
       </c>
       <c r="N84" s="2">
         <v>136</v>
       </c>
@@ -5668,261 +5668,261 @@
       <c r="L85" s="2">
         <v>65</v>
       </c>
       <c r="M85" s="2">
         <v>0</v>
       </c>
       <c r="N85" s="2">
         <v>135</v>
       </c>
     </row>
     <row r="86" spans="1:14">
       <c r="A86" s="2">
         <v>111849</v>
       </c>
       <c r="B86" s="2" t="s">
         <v>266</v>
       </c>
       <c r="C86" s="2" t="s">
         <v>267</v>
       </c>
       <c r="D86" s="2"/>
       <c r="E86" s="2">
         <v>7052</v>
       </c>
       <c r="F86" s="2" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="G86" s="2" t="s">
         <v>36</v>
       </c>
       <c r="H86" s="2" t="s">
         <v>268</v>
       </c>
       <c r="I86" s="2">
         <v>55</v>
       </c>
       <c r="J86" s="2">
         <v>8</v>
       </c>
       <c r="K86" s="2">
         <v>70</v>
       </c>
       <c r="L86" s="2">
         <v>140</v>
       </c>
       <c r="M86" s="2">
         <v>0</v>
       </c>
       <c r="N86" s="2">
         <v>210</v>
       </c>
     </row>
     <row r="87" spans="1:14">
       <c r="A87" s="2">
         <v>111850</v>
       </c>
       <c r="B87" s="2" t="s">
         <v>269</v>
       </c>
       <c r="C87" s="2" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="D87" s="2"/>
       <c r="E87" s="2">
         <v>7238</v>
       </c>
       <c r="F87" s="2" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="G87" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H87" s="2" t="s">
         <v>270</v>
       </c>
       <c r="I87" s="2">
         <v>56</v>
       </c>
       <c r="J87" s="2">
         <v>48</v>
       </c>
       <c r="K87" s="2">
         <v>70</v>
       </c>
       <c r="L87" s="2">
         <v>64</v>
       </c>
       <c r="M87" s="2">
         <v>0</v>
       </c>
       <c r="N87" s="2">
         <v>134</v>
       </c>
     </row>
     <row r="88" spans="1:14">
       <c r="A88" s="2">
         <v>105533</v>
       </c>
       <c r="B88" s="2" t="s">
         <v>27</v>
       </c>
       <c r="C88" s="2" t="s">
         <v>271</v>
       </c>
       <c r="D88" s="2"/>
       <c r="E88" s="2">
         <v>7128</v>
       </c>
       <c r="F88" s="2" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="G88" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H88" s="2" t="s">
         <v>272</v>
       </c>
       <c r="I88" s="2">
         <v>57</v>
       </c>
       <c r="J88" s="2">
         <v>49</v>
       </c>
       <c r="K88" s="2">
         <v>70</v>
       </c>
       <c r="L88" s="2">
         <v>63</v>
       </c>
       <c r="M88" s="2">
         <v>0</v>
       </c>
       <c r="N88" s="2">
         <v>133</v>
       </c>
     </row>
     <row r="89" spans="1:14">
       <c r="A89" s="2">
         <v>111852</v>
       </c>
       <c r="B89" s="2" t="s">
         <v>273</v>
       </c>
       <c r="C89" s="2" t="s">
         <v>274</v>
       </c>
       <c r="D89" s="2"/>
       <c r="E89" s="2">
         <v>7041</v>
       </c>
       <c r="F89" s="2" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="G89" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H89" s="2" t="s">
         <v>275</v>
       </c>
       <c r="I89" s="2">
         <v>58</v>
       </c>
       <c r="J89" s="2">
         <v>50</v>
       </c>
       <c r="K89" s="2">
         <v>70</v>
       </c>
       <c r="L89" s="2">
         <v>62</v>
       </c>
       <c r="M89" s="2">
         <v>0</v>
       </c>
       <c r="N89" s="2">
         <v>132</v>
       </c>
     </row>
     <row r="90" spans="1:14">
       <c r="A90" s="2">
         <v>102558</v>
       </c>
       <c r="B90" s="2" t="s">
         <v>276</v>
       </c>
       <c r="C90" s="2" t="s">
         <v>183</v>
       </c>
       <c r="D90" s="2"/>
       <c r="E90" s="2">
         <v>7101</v>
       </c>
       <c r="F90" s="2" t="s">
-        <v>127</v>
+        <v>130</v>
       </c>
       <c r="G90" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H90" s="2" t="s">
         <v>277</v>
       </c>
       <c r="I90" s="2">
         <v>58</v>
       </c>
       <c r="J90" s="2">
         <v>58</v>
       </c>
       <c r="K90" s="2">
         <v>70</v>
       </c>
       <c r="L90" s="2">
         <v>63</v>
       </c>
       <c r="M90" s="2">
         <v>0</v>
       </c>
       <c r="N90" s="2">
         <v>133</v>
       </c>
     </row>
     <row r="91" spans="1:14">
       <c r="A91" s="2">
         <v>111853</v>
       </c>
       <c r="B91" s="2" t="s">
         <v>278</v>
       </c>
       <c r="C91" s="2" t="s">
         <v>279</v>
       </c>
       <c r="D91" s="2"/>
       <c r="E91" s="2">
         <v>7180</v>
       </c>
       <c r="F91" s="2" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="G91" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H91" s="2" t="s">
         <v>280</v>
       </c>
       <c r="I91" s="2">
         <v>59</v>
       </c>
       <c r="J91" s="2">
         <v>51</v>
       </c>
       <c r="K91" s="2">
         <v>70</v>
       </c>
       <c r="L91" s="2">
         <v>61</v>
       </c>
       <c r="M91" s="2">
         <v>0</v>
       </c>
       <c r="N91" s="2">
         <v>131</v>
       </c>
@@ -5962,135 +5962,135 @@
       <c r="L92" s="2">
         <v>135</v>
       </c>
       <c r="M92" s="2">
         <v>0</v>
       </c>
       <c r="N92" s="2">
         <v>205</v>
       </c>
     </row>
     <row r="93" spans="1:14">
       <c r="A93" s="2">
         <v>111855</v>
       </c>
       <c r="B93" s="2" t="s">
         <v>285</v>
       </c>
       <c r="C93" s="2" t="s">
         <v>27</v>
       </c>
       <c r="D93" s="2"/>
       <c r="E93" s="2">
         <v>7137</v>
       </c>
       <c r="F93" s="2" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="G93" s="2" t="s">
         <v>36</v>
       </c>
       <c r="H93" s="2" t="s">
         <v>286</v>
       </c>
       <c r="I93" s="2">
         <v>61</v>
       </c>
       <c r="J93" s="2">
         <v>10</v>
       </c>
       <c r="K93" s="2">
         <v>70</v>
       </c>
       <c r="L93" s="2">
         <v>130</v>
       </c>
       <c r="M93" s="2">
         <v>0</v>
       </c>
       <c r="N93" s="2">
         <v>200</v>
       </c>
     </row>
     <row r="94" spans="1:14">
       <c r="A94" s="2">
         <v>111856</v>
       </c>
       <c r="B94" s="2" t="s">
         <v>287</v>
       </c>
       <c r="C94" s="2" t="s">
         <v>288</v>
       </c>
       <c r="D94" s="2"/>
       <c r="E94" s="2">
         <v>7125</v>
       </c>
       <c r="F94" s="2" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="G94" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H94" s="2" t="s">
         <v>289</v>
       </c>
       <c r="I94" s="2">
         <v>62</v>
       </c>
       <c r="J94" s="2">
         <v>52</v>
       </c>
       <c r="K94" s="2">
         <v>70</v>
       </c>
       <c r="L94" s="2">
         <v>60</v>
       </c>
       <c r="M94" s="2">
         <v>0</v>
       </c>
       <c r="N94" s="2">
         <v>130</v>
       </c>
     </row>
     <row r="95" spans="1:14">
       <c r="A95" s="2">
         <v>111857</v>
       </c>
       <c r="B95" s="2" t="s">
         <v>290</v>
       </c>
       <c r="C95" s="2" t="s">
         <v>291</v>
       </c>
       <c r="D95" s="2"/>
       <c r="E95" s="2">
         <v>7123</v>
       </c>
       <c r="F95" s="2" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="G95" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H95" s="2" t="s">
         <v>292</v>
       </c>
       <c r="I95" s="2">
         <v>63</v>
       </c>
       <c r="J95" s="2">
         <v>53</v>
       </c>
       <c r="K95" s="2">
         <v>70</v>
       </c>
       <c r="L95" s="2">
         <v>59</v>
       </c>
       <c r="M95" s="2">
         <v>0</v>
       </c>
       <c r="N95" s="2">
         <v>129</v>
       </c>
@@ -6256,261 +6256,261 @@
       <c r="L99" s="2">
         <v>55</v>
       </c>
       <c r="M99" s="2">
         <v>0</v>
       </c>
       <c r="N99" s="2">
         <v>125</v>
       </c>
     </row>
     <row r="100" spans="1:14">
       <c r="A100" s="2">
         <v>111862</v>
       </c>
       <c r="B100" s="2" t="s">
         <v>304</v>
       </c>
       <c r="C100" s="2" t="s">
         <v>305</v>
       </c>
       <c r="D100" s="2"/>
       <c r="E100" s="2">
         <v>7232</v>
       </c>
       <c r="F100" s="2" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="G100" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H100" s="2" t="s">
         <v>306</v>
       </c>
       <c r="I100" s="2">
         <v>68</v>
       </c>
       <c r="J100" s="2">
         <v>58</v>
       </c>
       <c r="K100" s="2">
         <v>70</v>
       </c>
       <c r="L100" s="2">
         <v>54</v>
       </c>
       <c r="M100" s="2">
         <v>0</v>
       </c>
       <c r="N100" s="2">
         <v>124</v>
       </c>
     </row>
     <row r="101" spans="1:14">
       <c r="A101" s="2">
         <v>111863</v>
       </c>
       <c r="B101" s="2" t="s">
         <v>307</v>
       </c>
       <c r="C101" s="2" t="s">
         <v>42</v>
       </c>
       <c r="D101" s="2"/>
       <c r="E101" s="2">
         <v>7011</v>
       </c>
       <c r="F101" s="2" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="G101" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H101" s="2" t="s">
         <v>308</v>
       </c>
       <c r="I101" s="2">
         <v>69</v>
       </c>
       <c r="J101" s="2">
         <v>59</v>
       </c>
       <c r="K101" s="2">
         <v>70</v>
       </c>
       <c r="L101" s="2">
         <v>53</v>
       </c>
       <c r="M101" s="2">
         <v>0</v>
       </c>
       <c r="N101" s="2">
         <v>123</v>
       </c>
     </row>
     <row r="102" spans="1:14">
       <c r="A102" s="2">
         <v>111864</v>
       </c>
       <c r="B102" s="2" t="s">
         <v>309</v>
       </c>
       <c r="C102" s="2" t="s">
         <v>305</v>
       </c>
       <c r="D102" s="2"/>
       <c r="E102" s="2">
         <v>7031</v>
       </c>
       <c r="F102" s="2" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="G102" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H102" s="2" t="s">
         <v>310</v>
       </c>
       <c r="I102" s="2">
         <v>70</v>
       </c>
       <c r="J102" s="2">
         <v>60</v>
       </c>
       <c r="K102" s="2">
         <v>70</v>
       </c>
       <c r="L102" s="2">
         <v>52</v>
       </c>
       <c r="M102" s="2">
         <v>0</v>
       </c>
       <c r="N102" s="2">
         <v>122</v>
       </c>
     </row>
     <row r="103" spans="1:14">
       <c r="A103" s="2">
         <v>111865</v>
       </c>
       <c r="B103" s="2" t="s">
         <v>311</v>
       </c>
       <c r="C103" s="2" t="s">
         <v>214</v>
       </c>
       <c r="D103" s="2"/>
       <c r="E103" s="2">
         <v>7130</v>
       </c>
       <c r="F103" s="2" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="G103" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H103" s="2" t="s">
         <v>312</v>
       </c>
       <c r="I103" s="2">
         <v>71</v>
       </c>
       <c r="J103" s="2">
         <v>61</v>
       </c>
       <c r="K103" s="2">
         <v>70</v>
       </c>
       <c r="L103" s="2">
         <v>51</v>
       </c>
       <c r="M103" s="2">
         <v>0</v>
       </c>
       <c r="N103" s="2">
         <v>121</v>
       </c>
     </row>
     <row r="104" spans="1:14">
       <c r="A104" s="2">
         <v>111866</v>
       </c>
       <c r="B104" s="2" t="s">
         <v>313</v>
       </c>
       <c r="C104" s="2" t="s">
         <v>42</v>
       </c>
       <c r="D104" s="2"/>
       <c r="E104" s="2">
         <v>7086</v>
       </c>
       <c r="F104" s="2" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="G104" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H104" s="2" t="s">
         <v>314</v>
       </c>
       <c r="I104" s="2">
         <v>72</v>
       </c>
       <c r="J104" s="2">
         <v>62</v>
       </c>
       <c r="K104" s="2">
         <v>70</v>
       </c>
       <c r="L104" s="2">
         <v>50</v>
       </c>
       <c r="M104" s="2">
         <v>0</v>
       </c>
       <c r="N104" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="105" spans="1:14">
       <c r="A105" s="2">
         <v>111867</v>
       </c>
       <c r="B105" s="2" t="s">
         <v>315</v>
       </c>
       <c r="C105" s="2" t="s">
         <v>201</v>
       </c>
       <c r="D105" s="2"/>
       <c r="E105" s="2">
         <v>7071</v>
       </c>
       <c r="F105" s="2" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="G105" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H105" s="2" t="s">
         <v>316</v>
       </c>
       <c r="I105" s="2">
         <v>73</v>
       </c>
       <c r="J105" s="2">
         <v>63</v>
       </c>
       <c r="K105" s="2">
         <v>70</v>
       </c>
       <c r="L105" s="2">
         <v>49</v>
       </c>
       <c r="M105" s="2">
         <v>0</v>
       </c>
       <c r="N105" s="2">
         <v>119</v>
       </c>
@@ -6592,93 +6592,93 @@
       <c r="L107" s="2">
         <v>47</v>
       </c>
       <c r="M107" s="2">
         <v>0</v>
       </c>
       <c r="N107" s="2">
         <v>117</v>
       </c>
     </row>
     <row r="108" spans="1:14">
       <c r="A108" s="2">
         <v>111870</v>
       </c>
       <c r="B108" s="2" t="s">
         <v>322</v>
       </c>
       <c r="C108" s="2" t="s">
         <v>323</v>
       </c>
       <c r="D108" s="2"/>
       <c r="E108" s="2">
         <v>7157</v>
       </c>
       <c r="F108" s="2" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="G108" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H108" s="2" t="s">
         <v>324</v>
       </c>
       <c r="I108" s="2">
         <v>76</v>
       </c>
       <c r="J108" s="2">
         <v>11</v>
       </c>
       <c r="K108" s="2">
         <v>70</v>
       </c>
       <c r="L108" s="2">
         <v>125</v>
       </c>
       <c r="M108" s="2">
         <v>0</v>
       </c>
       <c r="N108" s="2">
         <v>195</v>
       </c>
     </row>
     <row r="109" spans="1:14">
       <c r="A109" s="2">
         <v>111871</v>
       </c>
       <c r="B109" s="2" t="s">
         <v>325</v>
       </c>
       <c r="C109" s="2" t="s">
         <v>42</v>
       </c>
       <c r="D109" s="2"/>
       <c r="E109" s="2">
         <v>7008</v>
       </c>
       <c r="F109" s="2" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="G109" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H109" s="2" t="s">
         <v>326</v>
       </c>
       <c r="I109" s="2">
         <v>77</v>
       </c>
       <c r="J109" s="2">
         <v>66</v>
       </c>
       <c r="K109" s="2">
         <v>70</v>
       </c>
       <c r="L109" s="2">
         <v>46</v>
       </c>
       <c r="M109" s="2">
         <v>0</v>
       </c>
       <c r="N109" s="2">
         <v>116</v>
       </c>
@@ -6718,135 +6718,135 @@
       <c r="L110" s="2">
         <v>45</v>
       </c>
       <c r="M110" s="2">
         <v>0</v>
       </c>
       <c r="N110" s="2">
         <v>115</v>
       </c>
     </row>
     <row r="111" spans="1:14">
       <c r="A111" s="2">
         <v>111873</v>
       </c>
       <c r="B111" s="2" t="s">
         <v>330</v>
       </c>
       <c r="C111" s="2" t="s">
         <v>196</v>
       </c>
       <c r="D111" s="2"/>
       <c r="E111" s="2">
         <v>7207</v>
       </c>
       <c r="F111" s="2" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="G111" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H111" s="2" t="s">
         <v>331</v>
       </c>
       <c r="I111" s="2">
         <v>79</v>
       </c>
       <c r="J111" s="2">
         <v>68</v>
       </c>
       <c r="K111" s="2">
         <v>70</v>
       </c>
       <c r="L111" s="2">
         <v>44</v>
       </c>
       <c r="M111" s="2">
         <v>0</v>
       </c>
       <c r="N111" s="2">
         <v>114</v>
       </c>
     </row>
     <row r="112" spans="1:14">
       <c r="A112" s="2">
         <v>111874</v>
       </c>
       <c r="B112" s="2" t="s">
         <v>332</v>
       </c>
       <c r="C112" s="2" t="s">
         <v>333</v>
       </c>
       <c r="D112" s="2"/>
       <c r="E112" s="2">
         <v>7159</v>
       </c>
       <c r="F112" s="2" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="G112" s="2" t="s">
         <v>36</v>
       </c>
       <c r="H112" s="2" t="s">
         <v>334</v>
       </c>
       <c r="I112" s="2">
         <v>80</v>
       </c>
       <c r="J112" s="2">
         <v>12</v>
       </c>
       <c r="K112" s="2">
         <v>70</v>
       </c>
       <c r="L112" s="2">
         <v>120</v>
       </c>
       <c r="M112" s="2">
         <v>0</v>
       </c>
       <c r="N112" s="2">
         <v>190</v>
       </c>
     </row>
     <row r="113" spans="1:14">
       <c r="A113" s="2">
         <v>111875</v>
       </c>
       <c r="B113" s="2" t="s">
         <v>335</v>
       </c>
       <c r="C113" s="2" t="s">
         <v>336</v>
       </c>
       <c r="D113" s="2"/>
       <c r="E113" s="2">
         <v>7020</v>
       </c>
       <c r="F113" s="2" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="G113" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H113" s="2" t="s">
         <v>337</v>
       </c>
       <c r="I113" s="2">
         <v>81</v>
       </c>
       <c r="J113" s="2">
         <v>69</v>
       </c>
       <c r="K113" s="2">
         <v>70</v>
       </c>
       <c r="L113" s="2">
         <v>43</v>
       </c>
       <c r="M113" s="2">
         <v>0</v>
       </c>
       <c r="N113" s="2">
         <v>113</v>
       </c>
@@ -6928,219 +6928,219 @@
       <c r="L115" s="2">
         <v>41</v>
       </c>
       <c r="M115" s="2">
         <v>0</v>
       </c>
       <c r="N115" s="2">
         <v>111</v>
       </c>
     </row>
     <row r="116" spans="1:14">
       <c r="A116" s="2">
         <v>111878</v>
       </c>
       <c r="B116" s="2" t="s">
         <v>344</v>
       </c>
       <c r="C116" s="2" t="s">
         <v>27</v>
       </c>
       <c r="D116" s="2"/>
       <c r="E116" s="2">
         <v>7220</v>
       </c>
       <c r="F116" s="2" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="G116" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H116" s="2" t="s">
         <v>345</v>
       </c>
       <c r="I116" s="2">
         <v>84</v>
       </c>
       <c r="J116" s="2">
         <v>72</v>
       </c>
       <c r="K116" s="2">
         <v>70</v>
       </c>
       <c r="L116" s="2">
         <v>40</v>
       </c>
       <c r="M116" s="2">
         <v>0</v>
       </c>
       <c r="N116" s="2">
         <v>110</v>
       </c>
     </row>
     <row r="117" spans="1:14">
       <c r="A117" s="2">
         <v>111879</v>
       </c>
       <c r="B117" s="2" t="s">
         <v>346</v>
       </c>
       <c r="C117" s="2" t="s">
         <v>347</v>
       </c>
       <c r="D117" s="2"/>
       <c r="E117" s="2">
         <v>7197</v>
       </c>
       <c r="F117" s="2" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="G117" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H117" s="2" t="s">
         <v>348</v>
       </c>
       <c r="I117" s="2">
         <v>85</v>
       </c>
       <c r="J117" s="2">
         <v>73</v>
       </c>
       <c r="K117" s="2">
         <v>70</v>
       </c>
       <c r="L117" s="2">
         <v>39</v>
       </c>
       <c r="M117" s="2">
         <v>0</v>
       </c>
       <c r="N117" s="2">
         <v>109</v>
       </c>
     </row>
     <row r="118" spans="1:14">
       <c r="A118" s="2">
         <v>100767</v>
       </c>
       <c r="B118" s="2" t="s">
         <v>349</v>
       </c>
       <c r="C118" s="2" t="s">
         <v>350</v>
       </c>
       <c r="D118" s="2"/>
       <c r="E118" s="2">
         <v>7065</v>
       </c>
       <c r="F118" s="2" t="s">
-        <v>127</v>
+        <v>130</v>
       </c>
       <c r="G118" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H118" s="2" t="s">
         <v>351</v>
       </c>
       <c r="I118" s="2">
         <v>86</v>
       </c>
       <c r="J118" s="2">
         <v>74</v>
       </c>
       <c r="K118" s="2">
         <v>70</v>
       </c>
       <c r="L118" s="2">
         <v>38</v>
       </c>
       <c r="M118" s="2">
         <v>0</v>
       </c>
       <c r="N118" s="2">
         <v>108</v>
       </c>
     </row>
     <row r="119" spans="1:14">
       <c r="A119" s="2">
         <v>111881</v>
       </c>
       <c r="B119" s="2" t="s">
         <v>352</v>
       </c>
       <c r="C119" s="2" t="s">
         <v>27</v>
       </c>
       <c r="D119" s="2"/>
       <c r="E119" s="2">
         <v>7195</v>
       </c>
       <c r="F119" s="2" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="G119" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H119" s="2" t="s">
         <v>353</v>
       </c>
       <c r="I119" s="2">
         <v>87</v>
       </c>
       <c r="J119" s="2">
         <v>75</v>
       </c>
       <c r="K119" s="2">
         <v>70</v>
       </c>
       <c r="L119" s="2">
         <v>37</v>
       </c>
       <c r="M119" s="2">
         <v>0</v>
       </c>
       <c r="N119" s="2">
         <v>107</v>
       </c>
     </row>
     <row r="120" spans="1:14">
       <c r="A120" s="2">
         <v>111882</v>
       </c>
       <c r="B120" s="2" t="s">
         <v>354</v>
       </c>
       <c r="C120" s="2" t="s">
         <v>27</v>
       </c>
       <c r="D120" s="2"/>
       <c r="E120" s="2">
         <v>7032</v>
       </c>
       <c r="F120" s="2" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="G120" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H120" s="2" t="s">
         <v>355</v>
       </c>
       <c r="I120" s="2">
         <v>88</v>
       </c>
       <c r="J120" s="2">
         <v>76</v>
       </c>
       <c r="K120" s="2">
         <v>70</v>
       </c>
       <c r="L120" s="2">
         <v>36</v>
       </c>
       <c r="M120" s="2">
         <v>0</v>
       </c>
       <c r="N120" s="2">
         <v>106</v>
       </c>
@@ -7173,142 +7173,142 @@
       </c>
       <c r="J121" s="2">
         <v>77</v>
       </c>
       <c r="K121" s="2">
         <v>70</v>
       </c>
       <c r="L121" s="2">
         <v>35</v>
       </c>
       <c r="M121" s="2">
         <v>0</v>
       </c>
       <c r="N121" s="2">
         <v>105</v>
       </c>
     </row>
     <row r="122" spans="1:14">
       <c r="A122" s="2">
         <v>111884</v>
       </c>
       <c r="B122" s="2" t="s">
         <v>359</v>
       </c>
       <c r="C122" s="2" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="D122" s="2"/>
       <c r="E122" s="2">
         <v>7101</v>
       </c>
       <c r="F122" s="2" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="G122" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H122" s="2" t="s">
         <v>360</v>
       </c>
       <c r="I122" s="2">
         <v>90</v>
       </c>
       <c r="J122" s="2">
         <v>78</v>
       </c>
       <c r="K122" s="2">
         <v>70</v>
       </c>
       <c r="L122" s="2">
         <v>34</v>
       </c>
       <c r="M122" s="2">
         <v>0</v>
       </c>
       <c r="N122" s="2">
         <v>104</v>
       </c>
     </row>
     <row r="123" spans="1:14">
       <c r="A123" s="2">
         <v>111885</v>
       </c>
       <c r="B123" s="2" t="s">
         <v>361</v>
       </c>
       <c r="C123" s="2" t="s">
         <v>201</v>
       </c>
       <c r="D123" s="2"/>
       <c r="E123" s="2">
         <v>7186</v>
       </c>
       <c r="F123" s="2" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="G123" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H123" s="2" t="s">
         <v>362</v>
       </c>
       <c r="I123" s="2">
         <v>91</v>
       </c>
       <c r="J123" s="2">
         <v>79</v>
       </c>
       <c r="K123" s="2">
         <v>70</v>
       </c>
       <c r="L123" s="2">
         <v>33</v>
       </c>
       <c r="M123" s="2">
         <v>0</v>
       </c>
       <c r="N123" s="2">
         <v>103</v>
       </c>
     </row>
     <row r="124" spans="1:14">
       <c r="A124" s="2">
         <v>111886</v>
       </c>
       <c r="B124" s="2" t="s">
         <v>363</v>
       </c>
       <c r="C124" s="2" t="s">
         <v>364</v>
       </c>
       <c r="D124" s="2"/>
       <c r="E124" s="2">
         <v>7054</v>
       </c>
       <c r="F124" s="2" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="G124" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H124" s="2" t="s">
         <v>365</v>
       </c>
       <c r="I124" s="2">
         <v>92</v>
       </c>
       <c r="J124" s="2">
         <v>80</v>
       </c>
       <c r="K124" s="2">
         <v>70</v>
       </c>
       <c r="L124" s="2">
         <v>32</v>
       </c>
       <c r="M124" s="2">
         <v>0</v>
       </c>
       <c r="N124" s="2">
         <v>102</v>
       </c>
@@ -7348,93 +7348,93 @@
       <c r="L125" s="2">
         <v>115</v>
       </c>
       <c r="M125" s="2">
         <v>0</v>
       </c>
       <c r="N125" s="2">
         <v>185</v>
       </c>
     </row>
     <row r="126" spans="1:14">
       <c r="A126" s="2">
         <v>111888</v>
       </c>
       <c r="B126" s="2" t="s">
         <v>369</v>
       </c>
       <c r="C126" s="2" t="s">
         <v>370</v>
       </c>
       <c r="D126" s="2"/>
       <c r="E126" s="2">
         <v>7043</v>
       </c>
       <c r="F126" s="2" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="G126" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H126" s="2" t="s">
         <v>371</v>
       </c>
       <c r="I126" s="2">
         <v>94</v>
       </c>
       <c r="J126" s="2">
         <v>81</v>
       </c>
       <c r="K126" s="2">
         <v>70</v>
       </c>
       <c r="L126" s="2">
         <v>31</v>
       </c>
       <c r="M126" s="2">
         <v>0</v>
       </c>
       <c r="N126" s="2">
         <v>101</v>
       </c>
     </row>
     <row r="127" spans="1:14">
       <c r="A127" s="2">
         <v>111889</v>
       </c>
       <c r="B127" s="2" t="s">
         <v>372</v>
       </c>
       <c r="C127" s="2" t="s">
         <v>373</v>
       </c>
       <c r="D127" s="2"/>
       <c r="E127" s="2">
         <v>7241</v>
       </c>
       <c r="F127" s="2" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="G127" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H127" s="2" t="s">
         <v>374</v>
       </c>
       <c r="I127" s="2">
         <v>95</v>
       </c>
       <c r="J127" s="2">
         <v>82</v>
       </c>
       <c r="K127" s="2">
         <v>70</v>
       </c>
       <c r="L127" s="2">
         <v>30</v>
       </c>
       <c r="M127" s="2">
         <v>0</v>
       </c>
       <c r="N127" s="2">
         <v>100</v>
       </c>
@@ -7474,51 +7474,51 @@
       <c r="L128" s="2">
         <v>29</v>
       </c>
       <c r="M128" s="2">
         <v>0</v>
       </c>
       <c r="N128" s="2">
         <v>99</v>
       </c>
     </row>
     <row r="129" spans="1:14">
       <c r="A129" s="2">
         <v>111891</v>
       </c>
       <c r="B129" s="2" t="s">
         <v>377</v>
       </c>
       <c r="C129" s="2" t="s">
         <v>378</v>
       </c>
       <c r="D129" s="2"/>
       <c r="E129" s="2">
         <v>7147</v>
       </c>
       <c r="F129" s="2" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="G129" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H129" s="2" t="s">
         <v>379</v>
       </c>
       <c r="I129" s="2">
         <v>97</v>
       </c>
       <c r="J129" s="2">
         <v>84</v>
       </c>
       <c r="K129" s="2">
         <v>70</v>
       </c>
       <c r="L129" s="2">
         <v>28</v>
       </c>
       <c r="M129" s="2">
         <v>0</v>
       </c>
       <c r="N129" s="2">
         <v>98</v>
       </c>
@@ -7558,135 +7558,135 @@
       <c r="L130" s="2">
         <v>27</v>
       </c>
       <c r="M130" s="2">
         <v>0</v>
       </c>
       <c r="N130" s="2">
         <v>97</v>
       </c>
     </row>
     <row r="131" spans="1:14">
       <c r="A131" s="2">
         <v>111893</v>
       </c>
       <c r="B131" s="2" t="s">
         <v>383</v>
       </c>
       <c r="C131" s="2" t="s">
         <v>42</v>
       </c>
       <c r="D131" s="2"/>
       <c r="E131" s="2">
         <v>7131</v>
       </c>
       <c r="F131" s="2" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="G131" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H131" s="2" t="s">
         <v>384</v>
       </c>
       <c r="I131" s="2">
         <v>99</v>
       </c>
       <c r="J131" s="2">
         <v>86</v>
       </c>
       <c r="K131" s="2">
         <v>70</v>
       </c>
       <c r="L131" s="2">
         <v>26</v>
       </c>
       <c r="M131" s="2">
         <v>0</v>
       </c>
       <c r="N131" s="2">
         <v>96</v>
       </c>
     </row>
     <row r="132" spans="1:14">
       <c r="A132" s="2">
         <v>111894</v>
       </c>
       <c r="B132" s="2" t="s">
         <v>385</v>
       </c>
       <c r="C132" s="2" t="s">
         <v>122</v>
       </c>
       <c r="D132" s="2"/>
       <c r="E132" s="2">
         <v>7035</v>
       </c>
       <c r="F132" s="2" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="G132" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H132" s="2" t="s">
         <v>386</v>
       </c>
       <c r="I132" s="2">
         <v>100</v>
       </c>
       <c r="J132" s="2">
         <v>87</v>
       </c>
       <c r="K132" s="2">
         <v>70</v>
       </c>
       <c r="L132" s="2">
         <v>25</v>
       </c>
       <c r="M132" s="2">
         <v>0</v>
       </c>
       <c r="N132" s="2">
         <v>95</v>
       </c>
     </row>
     <row r="133" spans="1:14">
       <c r="A133" s="2">
         <v>111895</v>
       </c>
       <c r="B133" s="2" t="s">
         <v>387</v>
       </c>
       <c r="C133" s="2" t="s">
         <v>234</v>
       </c>
       <c r="D133" s="2"/>
       <c r="E133" s="2">
         <v>7099</v>
       </c>
       <c r="F133" s="2" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="G133" s="2" t="s">
         <v>36</v>
       </c>
       <c r="H133" s="2" t="s">
         <v>388</v>
       </c>
       <c r="I133" s="2">
         <v>101</v>
       </c>
       <c r="J133" s="2">
         <v>14</v>
       </c>
       <c r="K133" s="2">
         <v>70</v>
       </c>
       <c r="L133" s="2">
         <v>110</v>
       </c>
       <c r="M133" s="2">
         <v>0</v>
       </c>
       <c r="N133" s="2">
         <v>180</v>
       </c>
@@ -7726,471 +7726,471 @@
       <c r="L134" s="2">
         <v>24</v>
       </c>
       <c r="M134" s="2">
         <v>0</v>
       </c>
       <c r="N134" s="2">
         <v>94</v>
       </c>
     </row>
     <row r="135" spans="1:14">
       <c r="A135" s="2">
         <v>111897</v>
       </c>
       <c r="B135" s="2" t="s">
         <v>392</v>
       </c>
       <c r="C135" s="2" t="s">
         <v>266</v>
       </c>
       <c r="D135" s="2"/>
       <c r="E135" s="2">
         <v>7045</v>
       </c>
       <c r="F135" s="2" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="G135" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H135" s="2" t="s">
         <v>393</v>
       </c>
       <c r="I135" s="2">
         <v>103</v>
       </c>
       <c r="J135" s="2">
         <v>89</v>
       </c>
       <c r="K135" s="2">
         <v>70</v>
       </c>
       <c r="L135" s="2">
         <v>23</v>
       </c>
       <c r="M135" s="2">
         <v>0</v>
       </c>
       <c r="N135" s="2">
         <v>93</v>
       </c>
     </row>
     <row r="136" spans="1:14">
       <c r="A136" s="2">
         <v>111898</v>
       </c>
       <c r="B136" s="2" t="s">
         <v>394</v>
       </c>
       <c r="C136" s="2" t="s">
         <v>395</v>
       </c>
       <c r="D136" s="2"/>
       <c r="E136" s="2">
         <v>7143</v>
       </c>
       <c r="F136" s="2" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="G136" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H136" s="2" t="s">
         <v>396</v>
       </c>
       <c r="I136" s="2">
         <v>104</v>
       </c>
       <c r="J136" s="2">
         <v>90</v>
       </c>
       <c r="K136" s="2">
         <v>70</v>
       </c>
       <c r="L136" s="2">
         <v>22</v>
       </c>
       <c r="M136" s="2">
         <v>0</v>
       </c>
       <c r="N136" s="2">
         <v>92</v>
       </c>
     </row>
     <row r="137" spans="1:14">
       <c r="A137" s="2">
         <v>111899</v>
       </c>
       <c r="B137" s="2" t="s">
         <v>397</v>
       </c>
       <c r="C137" s="2" t="s">
         <v>398</v>
       </c>
       <c r="D137" s="2"/>
       <c r="E137" s="2">
         <v>7206</v>
       </c>
       <c r="F137" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G137" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H137" s="2" t="s">
         <v>399</v>
       </c>
       <c r="I137" s="2">
         <v>105</v>
       </c>
       <c r="J137" s="2">
         <v>91</v>
       </c>
       <c r="K137" s="2">
         <v>70</v>
       </c>
       <c r="L137" s="2">
         <v>21</v>
       </c>
       <c r="M137" s="2">
         <v>0</v>
       </c>
       <c r="N137" s="2">
         <v>91</v>
       </c>
     </row>
     <row r="138" spans="1:14">
       <c r="A138" s="2">
         <v>111900</v>
       </c>
       <c r="B138" s="2" t="s">
         <v>400</v>
       </c>
       <c r="C138" s="2" t="s">
         <v>333</v>
       </c>
       <c r="D138" s="2"/>
       <c r="E138" s="2">
         <v>7153</v>
       </c>
       <c r="F138" s="2" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="G138" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H138" s="2" t="s">
         <v>401</v>
       </c>
       <c r="I138" s="2">
         <v>106</v>
       </c>
       <c r="J138" s="2">
         <v>92</v>
       </c>
       <c r="K138" s="2">
         <v>70</v>
       </c>
       <c r="L138" s="2">
         <v>20</v>
       </c>
       <c r="M138" s="2">
         <v>0</v>
       </c>
       <c r="N138" s="2">
         <v>90</v>
       </c>
     </row>
     <row r="139" spans="1:14">
       <c r="A139" s="2">
         <v>111901</v>
       </c>
       <c r="B139" s="2" t="s">
         <v>402</v>
       </c>
       <c r="C139" s="2" t="s">
         <v>403</v>
       </c>
       <c r="D139" s="2"/>
       <c r="E139" s="2">
         <v>7120</v>
       </c>
       <c r="F139" s="2" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="G139" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H139" s="2" t="s">
         <v>404</v>
       </c>
       <c r="I139" s="2">
         <v>107</v>
       </c>
       <c r="J139" s="2">
         <v>93</v>
       </c>
       <c r="K139" s="2">
         <v>70</v>
       </c>
       <c r="L139" s="2">
         <v>19</v>
       </c>
       <c r="M139" s="2">
         <v>0</v>
       </c>
       <c r="N139" s="2">
         <v>89</v>
       </c>
     </row>
     <row r="140" spans="1:14">
       <c r="A140" s="2">
         <v>111902</v>
       </c>
       <c r="B140" s="2" t="s">
         <v>405</v>
       </c>
       <c r="C140" s="2" t="s">
         <v>406</v>
       </c>
       <c r="D140" s="2"/>
       <c r="E140" s="2">
         <v>7127</v>
       </c>
       <c r="F140" s="2" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="G140" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H140" s="2" t="s">
         <v>407</v>
       </c>
       <c r="I140" s="2">
         <v>108</v>
       </c>
       <c r="J140" s="2">
         <v>94</v>
       </c>
       <c r="K140" s="2">
         <v>70</v>
       </c>
       <c r="L140" s="2">
         <v>18</v>
       </c>
       <c r="M140" s="2">
         <v>0</v>
       </c>
       <c r="N140" s="2">
         <v>88</v>
       </c>
     </row>
     <row r="141" spans="1:14">
       <c r="A141" s="2">
         <v>111903</v>
       </c>
       <c r="B141" s="2" t="s">
         <v>408</v>
       </c>
       <c r="C141" s="2" t="s">
         <v>409</v>
       </c>
       <c r="D141" s="2"/>
       <c r="E141" s="2">
         <v>7146</v>
       </c>
       <c r="F141" s="2" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="G141" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H141" s="2" t="s">
         <v>410</v>
       </c>
       <c r="I141" s="2">
         <v>109</v>
       </c>
       <c r="J141" s="2">
         <v>95</v>
       </c>
       <c r="K141" s="2">
         <v>70</v>
       </c>
       <c r="L141" s="2">
         <v>17</v>
       </c>
       <c r="M141" s="2">
         <v>0</v>
       </c>
       <c r="N141" s="2">
         <v>87</v>
       </c>
     </row>
     <row r="142" spans="1:14">
       <c r="A142" s="2">
         <v>111904</v>
       </c>
       <c r="B142" s="2" t="s">
         <v>411</v>
       </c>
       <c r="C142" s="2" t="s">
         <v>412</v>
       </c>
       <c r="D142" s="2"/>
       <c r="E142" s="2">
         <v>7209</v>
       </c>
       <c r="F142" s="2" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="G142" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H142" s="2" t="s">
         <v>413</v>
       </c>
       <c r="I142" s="2">
         <v>110</v>
       </c>
       <c r="J142" s="2">
         <v>96</v>
       </c>
       <c r="K142" s="2">
         <v>70</v>
       </c>
       <c r="L142" s="2">
         <v>16</v>
       </c>
       <c r="M142" s="2">
         <v>0</v>
       </c>
       <c r="N142" s="2">
         <v>86</v>
       </c>
     </row>
     <row r="143" spans="1:14">
       <c r="A143" s="2">
         <v>111905</v>
       </c>
       <c r="B143" s="2" t="s">
         <v>414</v>
       </c>
       <c r="C143" s="2" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="D143" s="2"/>
       <c r="E143" s="2">
         <v>7093</v>
       </c>
       <c r="F143" s="2" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="G143" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H143" s="2" t="s">
         <v>415</v>
       </c>
       <c r="I143" s="2">
         <v>111</v>
       </c>
       <c r="J143" s="2">
         <v>97</v>
       </c>
       <c r="K143" s="2">
         <v>70</v>
       </c>
       <c r="L143" s="2">
         <v>15</v>
       </c>
       <c r="M143" s="2">
         <v>0</v>
       </c>
       <c r="N143" s="2">
         <v>85</v>
       </c>
     </row>
     <row r="144" spans="1:14">
       <c r="A144" s="2">
         <v>111906</v>
       </c>
       <c r="B144" s="2" t="s">
         <v>416</v>
       </c>
       <c r="C144" s="2" t="s">
         <v>417</v>
       </c>
       <c r="D144" s="2"/>
       <c r="E144" s="2">
         <v>7005</v>
       </c>
       <c r="F144" s="2" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="G144" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H144" s="2" t="s">
         <v>418</v>
       </c>
       <c r="I144" s="2">
         <v>112</v>
       </c>
       <c r="J144" s="2">
         <v>98</v>
       </c>
       <c r="K144" s="2">
         <v>70</v>
       </c>
       <c r="L144" s="2">
         <v>14</v>
       </c>
       <c r="M144" s="2">
         <v>0</v>
       </c>
       <c r="N144" s="2">
         <v>84</v>
       </c>
     </row>
     <row r="145" spans="1:14">
       <c r="A145" s="2">
         <v>111907</v>
       </c>
       <c r="B145" s="2" t="s">
         <v>419</v>
       </c>
       <c r="C145" s="2" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="D145" s="2"/>
       <c r="E145" s="2">
         <v>7189</v>
       </c>
       <c r="F145" s="2" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="G145" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H145" s="2" t="s">
         <v>420</v>
       </c>
       <c r="I145" s="2">
         <v>113</v>
       </c>
       <c r="J145" s="2">
         <v>99</v>
       </c>
       <c r="K145" s="2">
         <v>70</v>
       </c>
       <c r="L145" s="2">
         <v>13</v>
       </c>
       <c r="M145" s="2">
         <v>0</v>
       </c>
       <c r="N145" s="2">
         <v>83</v>
       </c>
@@ -8230,135 +8230,135 @@
       <c r="L146" s="2">
         <v>12</v>
       </c>
       <c r="M146" s="2">
         <v>0</v>
       </c>
       <c r="N146" s="2">
         <v>82</v>
       </c>
     </row>
     <row r="147" spans="1:14">
       <c r="A147" s="2">
         <v>111909</v>
       </c>
       <c r="B147" s="2" t="s">
         <v>424</v>
       </c>
       <c r="C147" s="2" t="s">
         <v>425</v>
       </c>
       <c r="D147" s="2"/>
       <c r="E147" s="2">
         <v>7162</v>
       </c>
       <c r="F147" s="2" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="G147" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H147" s="2" t="s">
         <v>426</v>
       </c>
       <c r="I147" s="2">
         <v>115</v>
       </c>
       <c r="J147" s="2">
         <v>101</v>
       </c>
       <c r="K147" s="2">
         <v>70</v>
       </c>
       <c r="L147" s="2">
         <v>11</v>
       </c>
       <c r="M147" s="2">
         <v>0</v>
       </c>
       <c r="N147" s="2">
         <v>81</v>
       </c>
     </row>
     <row r="148" spans="1:14">
       <c r="A148" s="2">
         <v>111910</v>
       </c>
       <c r="B148" s="2" t="s">
         <v>427</v>
       </c>
       <c r="C148" s="2" t="s">
         <v>428</v>
       </c>
       <c r="D148" s="2"/>
       <c r="E148" s="2">
         <v>7205</v>
       </c>
       <c r="F148" s="2" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="G148" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H148" s="2" t="s">
         <v>429</v>
       </c>
       <c r="I148" s="2">
         <v>116</v>
       </c>
       <c r="J148" s="2">
         <v>102</v>
       </c>
       <c r="K148" s="2">
         <v>70</v>
       </c>
       <c r="L148" s="2">
         <v>10</v>
       </c>
       <c r="M148" s="2">
         <v>0</v>
       </c>
       <c r="N148" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="149" spans="1:14">
       <c r="A149" s="2">
         <v>111911</v>
       </c>
       <c r="B149" s="2" t="s">
         <v>430</v>
       </c>
       <c r="C149" s="2" t="s">
         <v>431</v>
       </c>
       <c r="D149" s="2"/>
       <c r="E149" s="2">
         <v>7063</v>
       </c>
       <c r="F149" s="2" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="G149" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H149" s="2" t="s">
         <v>432</v>
       </c>
       <c r="I149" s="2">
         <v>117</v>
       </c>
       <c r="J149" s="2">
         <v>103</v>
       </c>
       <c r="K149" s="2">
         <v>70</v>
       </c>
       <c r="L149" s="2">
         <v>10</v>
       </c>
       <c r="M149" s="2">
         <v>0</v>
       </c>
       <c r="N149" s="2">
         <v>80</v>
       </c>
@@ -8398,933 +8398,933 @@
       <c r="L150" s="2">
         <v>105</v>
       </c>
       <c r="M150" s="2">
         <v>0</v>
       </c>
       <c r="N150" s="2">
         <v>175</v>
       </c>
     </row>
     <row r="151" spans="1:14">
       <c r="A151" s="2">
         <v>111913</v>
       </c>
       <c r="B151" s="2" t="s">
         <v>436</v>
       </c>
       <c r="C151" s="2" t="s">
         <v>437</v>
       </c>
       <c r="D151" s="2"/>
       <c r="E151" s="2">
         <v>7175</v>
       </c>
       <c r="F151" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G151" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H151" s="2" t="s">
         <v>438</v>
       </c>
       <c r="I151" s="2">
         <v>119</v>
       </c>
       <c r="J151" s="2">
         <v>104</v>
       </c>
       <c r="K151" s="2">
         <v>70</v>
       </c>
       <c r="L151" s="2">
         <v>10</v>
       </c>
       <c r="M151" s="2">
         <v>0</v>
       </c>
       <c r="N151" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="152" spans="1:14">
       <c r="A152" s="2">
         <v>111914</v>
       </c>
       <c r="B152" s="2" t="s">
         <v>439</v>
       </c>
       <c r="C152" s="2" t="s">
         <v>27</v>
       </c>
       <c r="D152" s="2"/>
       <c r="E152" s="2">
         <v>7088</v>
       </c>
       <c r="F152" s="2" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="G152" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H152" s="2" t="s">
         <v>440</v>
       </c>
       <c r="I152" s="2">
         <v>120</v>
       </c>
       <c r="J152" s="2">
         <v>105</v>
       </c>
       <c r="K152" s="2">
         <v>70</v>
       </c>
       <c r="L152" s="2">
         <v>10</v>
       </c>
       <c r="M152" s="2">
         <v>0</v>
       </c>
       <c r="N152" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="153" spans="1:14">
       <c r="A153" s="2">
         <v>111915</v>
       </c>
       <c r="B153" s="2" t="s">
         <v>441</v>
       </c>
       <c r="C153" s="2" t="s">
         <v>234</v>
       </c>
       <c r="D153" s="2"/>
       <c r="E153" s="2">
         <v>7070</v>
       </c>
       <c r="F153" s="2" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="G153" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H153" s="2" t="s">
         <v>442</v>
       </c>
       <c r="I153" s="2">
         <v>121</v>
       </c>
       <c r="J153" s="2">
         <v>106</v>
       </c>
       <c r="K153" s="2">
         <v>70</v>
       </c>
       <c r="L153" s="2">
         <v>10</v>
       </c>
       <c r="M153" s="2">
         <v>0</v>
       </c>
       <c r="N153" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="154" spans="1:14">
       <c r="A154" s="2">
         <v>111916</v>
       </c>
       <c r="B154" s="2" t="s">
         <v>443</v>
       </c>
       <c r="C154" s="2" t="s">
         <v>444</v>
       </c>
       <c r="D154" s="2"/>
       <c r="E154" s="2">
         <v>7116</v>
       </c>
       <c r="F154" s="2" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="G154" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H154" s="2" t="s">
         <v>445</v>
       </c>
       <c r="I154" s="2">
         <v>122</v>
       </c>
       <c r="J154" s="2">
         <v>107</v>
       </c>
       <c r="K154" s="2">
         <v>70</v>
       </c>
       <c r="L154" s="2">
         <v>10</v>
       </c>
       <c r="M154" s="2">
         <v>0</v>
       </c>
       <c r="N154" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="155" spans="1:14">
       <c r="A155" s="2">
         <v>111917</v>
       </c>
       <c r="B155" s="2" t="s">
         <v>446</v>
       </c>
       <c r="C155" s="2" t="s">
         <v>234</v>
       </c>
       <c r="D155" s="2"/>
       <c r="E155" s="2">
         <v>7106</v>
       </c>
       <c r="F155" s="2" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="G155" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H155" s="2" t="s">
         <v>447</v>
       </c>
       <c r="I155" s="2">
         <v>123</v>
       </c>
       <c r="J155" s="2">
         <v>108</v>
       </c>
       <c r="K155" s="2">
         <v>70</v>
       </c>
       <c r="L155" s="2">
         <v>10</v>
       </c>
       <c r="M155" s="2">
         <v>0</v>
       </c>
       <c r="N155" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="156" spans="1:14">
       <c r="A156" s="2">
         <v>111918</v>
       </c>
       <c r="B156" s="2" t="s">
         <v>448</v>
       </c>
       <c r="C156" s="2" t="s">
         <v>370</v>
       </c>
       <c r="D156" s="2"/>
       <c r="E156" s="2">
         <v>7098</v>
       </c>
       <c r="F156" s="2" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="G156" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H156" s="2" t="s">
         <v>449</v>
       </c>
       <c r="I156" s="2">
         <v>124</v>
       </c>
       <c r="J156" s="2">
         <v>109</v>
       </c>
       <c r="K156" s="2">
         <v>70</v>
       </c>
       <c r="L156" s="2">
         <v>10</v>
       </c>
       <c r="M156" s="2">
         <v>0</v>
       </c>
       <c r="N156" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="157" spans="1:14">
       <c r="A157" s="2">
         <v>111919</v>
       </c>
       <c r="B157" s="2" t="s">
         <v>450</v>
       </c>
       <c r="C157" s="2" t="s">
         <v>27</v>
       </c>
       <c r="D157" s="2"/>
       <c r="E157" s="2">
         <v>7048</v>
       </c>
       <c r="F157" s="2" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="G157" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H157" s="2" t="s">
         <v>451</v>
       </c>
       <c r="I157" s="2">
         <v>125</v>
       </c>
       <c r="J157" s="2">
         <v>110</v>
       </c>
       <c r="K157" s="2">
         <v>70</v>
       </c>
       <c r="L157" s="2">
         <v>10</v>
       </c>
       <c r="M157" s="2">
         <v>0</v>
       </c>
       <c r="N157" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="158" spans="1:14">
       <c r="A158" s="2">
         <v>111920</v>
       </c>
       <c r="B158" s="2" t="s">
         <v>452</v>
       </c>
       <c r="C158" s="2" t="s">
         <v>27</v>
       </c>
       <c r="D158" s="2"/>
       <c r="E158" s="2">
         <v>7007</v>
       </c>
       <c r="F158" s="2" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="G158" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H158" s="2" t="s">
         <v>453</v>
       </c>
       <c r="I158" s="2">
         <v>126</v>
       </c>
       <c r="J158" s="2">
         <v>111</v>
       </c>
       <c r="K158" s="2">
         <v>70</v>
       </c>
       <c r="L158" s="2">
         <v>10</v>
       </c>
       <c r="M158" s="2">
         <v>0</v>
       </c>
       <c r="N158" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="159" spans="1:14">
       <c r="A159" s="2">
         <v>111921</v>
       </c>
       <c r="B159" s="2" t="s">
         <v>454</v>
       </c>
       <c r="C159" s="2" t="s">
         <v>333</v>
       </c>
       <c r="D159" s="2"/>
       <c r="E159" s="2">
         <v>7107</v>
       </c>
       <c r="F159" s="2" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="G159" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H159" s="2" t="s">
         <v>455</v>
       </c>
       <c r="I159" s="2">
         <v>127</v>
       </c>
       <c r="J159" s="2">
         <v>112</v>
       </c>
       <c r="K159" s="2">
         <v>70</v>
       </c>
       <c r="L159" s="2">
         <v>10</v>
       </c>
       <c r="M159" s="2">
         <v>0</v>
       </c>
       <c r="N159" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="160" spans="1:14">
       <c r="A160" s="2">
         <v>108335</v>
       </c>
       <c r="B160" s="2" t="s">
         <v>27</v>
       </c>
       <c r="C160" s="2" t="s">
         <v>456</v>
       </c>
       <c r="D160" s="2"/>
       <c r="E160" s="2">
         <v>7224</v>
       </c>
       <c r="F160" s="2" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="G160" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H160" s="2" t="s">
         <v>457</v>
       </c>
       <c r="I160" s="2">
         <v>128</v>
       </c>
       <c r="J160" s="2">
         <v>113</v>
       </c>
       <c r="K160" s="2">
         <v>70</v>
       </c>
       <c r="L160" s="2">
         <v>10</v>
       </c>
       <c r="M160" s="2">
         <v>0</v>
       </c>
       <c r="N160" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="161" spans="1:14">
       <c r="A161" s="2">
         <v>111923</v>
       </c>
       <c r="B161" s="2" t="s">
         <v>458</v>
       </c>
       <c r="C161" s="2" t="s">
         <v>459</v>
       </c>
       <c r="D161" s="2"/>
       <c r="E161" s="2">
         <v>7172</v>
       </c>
       <c r="F161" s="2" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="G161" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H161" s="2" t="s">
         <v>460</v>
       </c>
       <c r="I161" s="2">
         <v>129</v>
       </c>
       <c r="J161" s="2">
         <v>114</v>
       </c>
       <c r="K161" s="2">
         <v>70</v>
       </c>
       <c r="L161" s="2">
         <v>10</v>
       </c>
       <c r="M161" s="2">
         <v>0</v>
       </c>
       <c r="N161" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="162" spans="1:14">
       <c r="A162" s="2">
         <v>111924</v>
       </c>
       <c r="B162" s="2" t="s">
         <v>461</v>
       </c>
       <c r="C162" s="2" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="D162" s="2"/>
       <c r="E162" s="2">
         <v>7114</v>
       </c>
       <c r="F162" s="2" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="G162" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H162" s="2" t="s">
         <v>462</v>
       </c>
       <c r="I162" s="2">
         <v>130</v>
       </c>
       <c r="J162" s="2">
         <v>115</v>
       </c>
       <c r="K162" s="2">
         <v>70</v>
       </c>
       <c r="L162" s="2">
         <v>10</v>
       </c>
       <c r="M162" s="2">
         <v>0</v>
       </c>
       <c r="N162" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="163" spans="1:14">
       <c r="A163" s="2">
         <v>111925</v>
       </c>
       <c r="B163" s="2" t="s">
         <v>463</v>
       </c>
       <c r="C163" s="2" t="s">
         <v>27</v>
       </c>
       <c r="D163" s="2"/>
       <c r="E163" s="2">
         <v>7154</v>
       </c>
       <c r="F163" s="2" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="G163" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H163" s="2" t="s">
         <v>464</v>
       </c>
       <c r="I163" s="2">
         <v>131</v>
       </c>
       <c r="J163" s="2">
         <v>116</v>
       </c>
       <c r="K163" s="2">
         <v>70</v>
       </c>
       <c r="L163" s="2">
         <v>10</v>
       </c>
       <c r="M163" s="2">
         <v>0</v>
       </c>
       <c r="N163" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="164" spans="1:14">
       <c r="A164" s="2">
         <v>111926</v>
       </c>
       <c r="B164" s="2" t="s">
         <v>465</v>
       </c>
       <c r="C164" s="2" t="s">
         <v>347</v>
       </c>
       <c r="D164" s="2"/>
       <c r="E164" s="2">
         <v>7240</v>
       </c>
       <c r="F164" s="2" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="G164" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H164" s="2" t="s">
         <v>466</v>
       </c>
       <c r="I164" s="2">
         <v>132</v>
       </c>
       <c r="J164" s="2">
         <v>117</v>
       </c>
       <c r="K164" s="2">
         <v>70</v>
       </c>
       <c r="L164" s="2">
         <v>10</v>
       </c>
       <c r="M164" s="2">
         <v>0</v>
       </c>
       <c r="N164" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="165" spans="1:14">
       <c r="A165" s="2">
         <v>111927</v>
       </c>
       <c r="B165" s="2" t="s">
         <v>467</v>
       </c>
       <c r="C165" s="2" t="s">
         <v>333</v>
       </c>
       <c r="D165" s="2"/>
       <c r="E165" s="2">
         <v>7081</v>
       </c>
       <c r="F165" s="2" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="G165" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H165" s="2" t="s">
         <v>468</v>
       </c>
       <c r="I165" s="2">
         <v>133</v>
       </c>
       <c r="J165" s="2">
         <v>118</v>
       </c>
       <c r="K165" s="2">
         <v>70</v>
       </c>
       <c r="L165" s="2">
         <v>10</v>
       </c>
       <c r="M165" s="2">
         <v>0</v>
       </c>
       <c r="N165" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="166" spans="1:14">
       <c r="A166" s="2">
         <v>111928</v>
       </c>
       <c r="B166" s="2" t="s">
         <v>469</v>
       </c>
       <c r="C166" s="2" t="s">
         <v>470</v>
       </c>
       <c r="D166" s="2"/>
       <c r="E166" s="2">
         <v>7094</v>
       </c>
       <c r="F166" s="2" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="G166" s="2" t="s">
         <v>36</v>
       </c>
       <c r="H166" s="2" t="s">
         <v>471</v>
       </c>
       <c r="I166" s="2">
         <v>134</v>
       </c>
       <c r="J166" s="2">
         <v>16</v>
       </c>
       <c r="K166" s="2">
         <v>70</v>
       </c>
       <c r="L166" s="2">
         <v>100</v>
       </c>
       <c r="M166" s="2">
         <v>0</v>
       </c>
       <c r="N166" s="2">
         <v>170</v>
       </c>
     </row>
     <row r="167" spans="1:14">
       <c r="A167" s="2">
         <v>111929</v>
       </c>
       <c r="B167" s="2" t="s">
         <v>472</v>
       </c>
       <c r="C167" s="2" t="s">
         <v>473</v>
       </c>
       <c r="D167" s="2"/>
       <c r="E167" s="2">
         <v>7166</v>
       </c>
       <c r="F167" s="2" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="G167" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H167" s="2" t="s">
         <v>474</v>
       </c>
       <c r="I167" s="2">
         <v>135</v>
       </c>
       <c r="J167" s="2">
         <v>119</v>
       </c>
       <c r="K167" s="2">
         <v>70</v>
       </c>
       <c r="L167" s="2">
         <v>10</v>
       </c>
       <c r="M167" s="2">
         <v>0</v>
       </c>
       <c r="N167" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="168" spans="1:14">
       <c r="A168" s="2">
         <v>111930</v>
       </c>
       <c r="B168" s="2" t="s">
         <v>475</v>
       </c>
       <c r="C168" s="2" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="D168" s="2"/>
       <c r="E168" s="2">
         <v>7185</v>
       </c>
       <c r="F168" s="2" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="G168" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H168" s="2" t="s">
         <v>476</v>
       </c>
       <c r="I168" s="2">
         <v>136</v>
       </c>
       <c r="J168" s="2">
         <v>120</v>
       </c>
       <c r="K168" s="2">
         <v>70</v>
       </c>
       <c r="L168" s="2">
         <v>10</v>
       </c>
       <c r="M168" s="2">
         <v>0</v>
       </c>
       <c r="N168" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="169" spans="1:14">
       <c r="A169" s="2">
         <v>111931</v>
       </c>
       <c r="B169" s="2" t="s">
         <v>477</v>
       </c>
       <c r="C169" s="2" t="s">
         <v>27</v>
       </c>
       <c r="D169" s="2"/>
       <c r="E169" s="2">
         <v>7223</v>
       </c>
       <c r="F169" s="2" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="G169" s="2" t="s">
         <v>36</v>
       </c>
       <c r="H169" s="2" t="s">
         <v>478</v>
       </c>
       <c r="I169" s="2">
         <v>137</v>
       </c>
       <c r="J169" s="2">
         <v>17</v>
       </c>
       <c r="K169" s="2">
         <v>70</v>
       </c>
       <c r="L169" s="2">
         <v>99</v>
       </c>
       <c r="M169" s="2">
         <v>0</v>
       </c>
       <c r="N169" s="2">
         <v>169</v>
       </c>
     </row>
     <row r="170" spans="1:14">
       <c r="A170" s="2">
         <v>111932</v>
       </c>
       <c r="B170" s="2" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="C170" s="2" t="s">
         <v>479</v>
       </c>
       <c r="D170" s="2"/>
       <c r="E170" s="2">
         <v>7092</v>
       </c>
       <c r="F170" s="2" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="G170" s="2" t="s">
         <v>36</v>
       </c>
       <c r="H170" s="2" t="s">
         <v>480</v>
       </c>
       <c r="I170" s="2">
         <v>138</v>
       </c>
       <c r="J170" s="2">
         <v>18</v>
       </c>
       <c r="K170" s="2">
         <v>70</v>
       </c>
       <c r="L170" s="2">
         <v>98</v>
       </c>
       <c r="M170" s="2">
         <v>0</v>
       </c>
       <c r="N170" s="2">
         <v>168</v>
       </c>
     </row>
     <row r="171" spans="1:14">
       <c r="A171" s="2">
         <v>111933</v>
       </c>
       <c r="B171" s="2" t="s">
         <v>481</v>
       </c>
       <c r="C171" s="2" t="s">
         <v>482</v>
       </c>
       <c r="D171" s="2"/>
       <c r="E171" s="2">
         <v>7230</v>
       </c>
       <c r="F171" s="2" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="G171" s="2" t="s">
         <v>36</v>
       </c>
       <c r="H171" s="2" t="s">
         <v>483</v>
       </c>
       <c r="I171" s="2">
         <v>139</v>
       </c>
       <c r="J171" s="2">
         <v>19</v>
       </c>
       <c r="K171" s="2">
         <v>70</v>
       </c>
       <c r="L171" s="2">
         <v>97</v>
       </c>
       <c r="M171" s="2">
         <v>0</v>
       </c>
       <c r="N171" s="2">
         <v>167</v>
       </c>
     </row>
     <row r="172" spans="1:14">
       <c r="A172" s="2">
         <v>111934</v>
       </c>
       <c r="B172" s="2" t="s">
         <v>484</v>
       </c>
       <c r="C172" s="2" t="s">
         <v>27</v>
       </c>
       <c r="D172" s="2"/>
       <c r="E172" s="2">
         <v>7027</v>
       </c>
       <c r="F172" s="2" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="G172" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H172" s="2" t="s">
         <v>485</v>
       </c>
       <c r="I172" s="2">
         <v>140</v>
       </c>
       <c r="J172" s="2">
         <v>121</v>
       </c>
       <c r="K172" s="2">
         <v>70</v>
       </c>
       <c r="L172" s="2">
         <v>10</v>
       </c>
       <c r="M172" s="2">
         <v>0</v>
       </c>
       <c r="N172" s="2">
         <v>80</v>
       </c>
@@ -9448,93 +9448,93 @@
       <c r="L175" s="2">
         <v>10</v>
       </c>
       <c r="M175" s="2">
         <v>0</v>
       </c>
       <c r="N175" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="176" spans="1:14">
       <c r="A176" s="2">
         <v>111938</v>
       </c>
       <c r="B176" s="2" t="s">
         <v>495</v>
       </c>
       <c r="C176" s="2" t="s">
         <v>496</v>
       </c>
       <c r="D176" s="2"/>
       <c r="E176" s="2">
         <v>7115</v>
       </c>
       <c r="F176" s="2" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="G176" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H176" s="2" t="s">
         <v>497</v>
       </c>
       <c r="I176" s="2">
         <v>144</v>
       </c>
       <c r="J176" s="2">
         <v>125</v>
       </c>
       <c r="K176" s="2">
         <v>70</v>
       </c>
       <c r="L176" s="2">
         <v>10</v>
       </c>
       <c r="M176" s="2">
         <v>0</v>
       </c>
       <c r="N176" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="177" spans="1:14">
       <c r="A177" s="2">
         <v>111939</v>
       </c>
       <c r="B177" s="2" t="s">
         <v>498</v>
       </c>
       <c r="C177" s="2" t="s">
         <v>431</v>
       </c>
       <c r="D177" s="2"/>
       <c r="E177" s="2">
         <v>7182</v>
       </c>
       <c r="F177" s="2" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="G177" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H177" s="2" t="s">
         <v>499</v>
       </c>
       <c r="I177" s="2">
         <v>145</v>
       </c>
       <c r="J177" s="2">
         <v>126</v>
       </c>
       <c r="K177" s="2">
         <v>70</v>
       </c>
       <c r="L177" s="2">
         <v>10</v>
       </c>
       <c r="M177" s="2">
         <v>0</v>
       </c>
       <c r="N177" s="2">
         <v>80</v>
       </c>
@@ -9616,219 +9616,219 @@
       <c r="L179" s="2">
         <v>10</v>
       </c>
       <c r="M179" s="2">
         <v>0</v>
       </c>
       <c r="N179" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="180" spans="1:14">
       <c r="A180" s="2">
         <v>111942</v>
       </c>
       <c r="B180" s="2" t="s">
         <v>506</v>
       </c>
       <c r="C180" s="2" t="s">
         <v>507</v>
       </c>
       <c r="D180" s="2"/>
       <c r="E180" s="2">
         <v>7169</v>
       </c>
       <c r="F180" s="2" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="G180" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H180" s="2" t="s">
         <v>508</v>
       </c>
       <c r="I180" s="2">
         <v>148</v>
       </c>
       <c r="J180" s="2">
         <v>129</v>
       </c>
       <c r="K180" s="2">
         <v>70</v>
       </c>
       <c r="L180" s="2">
         <v>10</v>
       </c>
       <c r="M180" s="2">
         <v>0</v>
       </c>
       <c r="N180" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="181" spans="1:14">
       <c r="A181" s="2">
         <v>111943</v>
       </c>
       <c r="B181" s="2" t="s">
         <v>509</v>
       </c>
       <c r="C181" s="2" t="s">
         <v>510</v>
       </c>
       <c r="D181" s="2"/>
       <c r="E181" s="2">
         <v>7201</v>
       </c>
       <c r="F181" s="2" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="G181" s="2" t="s">
         <v>36</v>
       </c>
       <c r="H181" s="2" t="s">
         <v>511</v>
       </c>
       <c r="I181" s="2">
         <v>149</v>
       </c>
       <c r="J181" s="2">
         <v>20</v>
       </c>
       <c r="K181" s="2">
         <v>70</v>
       </c>
       <c r="L181" s="2">
         <v>96</v>
       </c>
       <c r="M181" s="2">
         <v>0</v>
       </c>
       <c r="N181" s="2">
         <v>166</v>
       </c>
     </row>
     <row r="182" spans="1:14">
       <c r="A182" s="2">
         <v>111944</v>
       </c>
       <c r="B182" s="2" t="s">
         <v>512</v>
       </c>
       <c r="C182" s="2" t="s">
         <v>513</v>
       </c>
       <c r="D182" s="2"/>
       <c r="E182" s="2">
         <v>7176</v>
       </c>
       <c r="F182" s="2" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="G182" s="2" t="s">
         <v>36</v>
       </c>
       <c r="H182" s="2" t="s">
         <v>514</v>
       </c>
       <c r="I182" s="2">
         <v>150</v>
       </c>
       <c r="J182" s="2">
         <v>21</v>
       </c>
       <c r="K182" s="2">
         <v>70</v>
       </c>
       <c r="L182" s="2">
         <v>95</v>
       </c>
       <c r="M182" s="2">
         <v>0</v>
       </c>
       <c r="N182" s="2">
         <v>165</v>
       </c>
     </row>
     <row r="183" spans="1:14">
       <c r="A183" s="2">
         <v>111945</v>
       </c>
       <c r="B183" s="2" t="s">
         <v>515</v>
       </c>
       <c r="C183" s="2" t="s">
         <v>516</v>
       </c>
       <c r="D183" s="2"/>
       <c r="E183" s="2">
         <v>7132</v>
       </c>
       <c r="F183" s="2" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="G183" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H183" s="2" t="s">
         <v>517</v>
       </c>
       <c r="I183" s="2">
         <v>151</v>
       </c>
       <c r="J183" s="2">
         <v>130</v>
       </c>
       <c r="K183" s="2">
         <v>70</v>
       </c>
       <c r="L183" s="2">
         <v>10</v>
       </c>
       <c r="M183" s="2">
         <v>0</v>
       </c>
       <c r="N183" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="184" spans="1:14">
       <c r="A184" s="2">
         <v>111946</v>
       </c>
       <c r="B184" s="2" t="s">
         <v>518</v>
       </c>
       <c r="C184" s="2" t="s">
         <v>519</v>
       </c>
       <c r="D184" s="2"/>
       <c r="E184" s="2">
         <v>7110</v>
       </c>
       <c r="F184" s="2" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="G184" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H184" s="2" t="s">
         <v>520</v>
       </c>
       <c r="I184" s="2">
         <v>152</v>
       </c>
       <c r="J184" s="2">
         <v>131</v>
       </c>
       <c r="K184" s="2">
         <v>70</v>
       </c>
       <c r="L184" s="2">
         <v>10</v>
       </c>
       <c r="M184" s="2">
         <v>0</v>
       </c>
       <c r="N184" s="2">
         <v>80</v>
       </c>
@@ -9861,436 +9861,436 @@
       </c>
       <c r="J185" s="2">
         <v>132</v>
       </c>
       <c r="K185" s="2">
         <v>70</v>
       </c>
       <c r="L185" s="2">
         <v>10</v>
       </c>
       <c r="M185" s="2">
         <v>0</v>
       </c>
       <c r="N185" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="186" spans="1:14">
       <c r="A186" s="2">
         <v>111948</v>
       </c>
       <c r="B186" s="2" t="s">
         <v>524</v>
       </c>
       <c r="C186" s="2" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="D186" s="2"/>
       <c r="E186" s="2">
         <v>7138</v>
       </c>
       <c r="F186" s="2" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="G186" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H186" s="2" t="s">
         <v>525</v>
       </c>
       <c r="I186" s="2">
         <v>154</v>
       </c>
       <c r="J186" s="2">
         <v>133</v>
       </c>
       <c r="K186" s="2">
         <v>70</v>
       </c>
       <c r="L186" s="2">
         <v>10</v>
       </c>
       <c r="M186" s="2">
         <v>0</v>
       </c>
       <c r="N186" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="187" spans="1:14">
       <c r="A187" s="2">
         <v>111949</v>
       </c>
       <c r="B187" s="2" t="s">
         <v>526</v>
       </c>
       <c r="C187" s="2" t="s">
         <v>175</v>
       </c>
       <c r="D187" s="2"/>
       <c r="E187" s="2">
         <v>7196</v>
       </c>
       <c r="F187" s="2" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="G187" s="2" t="s">
         <v>36</v>
       </c>
       <c r="H187" s="2" t="s">
         <v>527</v>
       </c>
       <c r="I187" s="2">
         <v>155</v>
       </c>
       <c r="J187" s="2">
         <v>22</v>
       </c>
       <c r="K187" s="2">
         <v>70</v>
       </c>
       <c r="L187" s="2">
         <v>94</v>
       </c>
       <c r="M187" s="2">
         <v>0</v>
       </c>
       <c r="N187" s="2">
         <v>164</v>
       </c>
     </row>
     <row r="188" spans="1:14">
       <c r="A188" s="2">
         <v>111950</v>
       </c>
       <c r="B188" s="2" t="s">
         <v>528</v>
       </c>
       <c r="C188" s="2" t="s">
         <v>529</v>
       </c>
       <c r="D188" s="2"/>
       <c r="E188" s="2">
         <v>7038</v>
       </c>
       <c r="F188" s="2" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="G188" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H188" s="2" t="s">
         <v>530</v>
       </c>
       <c r="I188" s="2">
         <v>156</v>
       </c>
       <c r="J188" s="2">
         <v>134</v>
       </c>
       <c r="K188" s="2">
         <v>70</v>
       </c>
       <c r="L188" s="2">
         <v>10</v>
       </c>
       <c r="M188" s="2">
         <v>0</v>
       </c>
       <c r="N188" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="189" spans="1:14">
       <c r="A189" s="2">
         <v>111951</v>
       </c>
       <c r="B189" s="2" t="s">
         <v>531</v>
       </c>
       <c r="C189" s="2" t="s">
         <v>532</v>
       </c>
       <c r="D189" s="2"/>
       <c r="E189" s="2">
         <v>7234</v>
       </c>
       <c r="F189" s="2" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="G189" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H189" s="2" t="s">
         <v>533</v>
       </c>
       <c r="I189" s="2">
         <v>157</v>
       </c>
       <c r="J189" s="2">
         <v>135</v>
       </c>
       <c r="K189" s="2">
         <v>70</v>
       </c>
       <c r="L189" s="2">
         <v>10</v>
       </c>
       <c r="M189" s="2">
         <v>0</v>
       </c>
       <c r="N189" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="190" spans="1:14">
       <c r="A190" s="2">
         <v>111952</v>
       </c>
       <c r="B190" s="2" t="s">
         <v>534</v>
       </c>
       <c r="C190" s="2" t="s">
         <v>535</v>
       </c>
       <c r="D190" s="2"/>
       <c r="E190" s="2">
         <v>7135</v>
       </c>
       <c r="F190" s="2" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="G190" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H190" s="2" t="s">
         <v>536</v>
       </c>
       <c r="I190" s="2">
         <v>158</v>
       </c>
       <c r="J190" s="2">
         <v>136</v>
       </c>
       <c r="K190" s="2">
         <v>70</v>
       </c>
       <c r="L190" s="2">
         <v>10</v>
       </c>
       <c r="M190" s="2">
         <v>0</v>
       </c>
       <c r="N190" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="191" spans="1:14">
       <c r="A191" s="2">
         <v>111953</v>
       </c>
       <c r="B191" s="2" t="s">
         <v>537</v>
       </c>
       <c r="C191" s="2" t="s">
         <v>234</v>
       </c>
       <c r="D191" s="2"/>
       <c r="E191" s="2">
         <v>7087</v>
       </c>
       <c r="F191" s="2" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="G191" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H191" s="2" t="s">
         <v>538</v>
       </c>
       <c r="I191" s="2">
         <v>159</v>
       </c>
       <c r="J191" s="2">
         <v>137</v>
       </c>
       <c r="K191" s="2">
         <v>70</v>
       </c>
       <c r="L191" s="2">
         <v>10</v>
       </c>
       <c r="M191" s="2">
         <v>0</v>
       </c>
       <c r="N191" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="192" spans="1:14">
       <c r="A192" s="2">
         <v>111954</v>
       </c>
       <c r="B192" s="2" t="s">
         <v>539</v>
       </c>
       <c r="C192" s="2" t="s">
         <v>540</v>
       </c>
       <c r="D192" s="2"/>
       <c r="E192" s="2">
         <v>7021</v>
       </c>
       <c r="F192" s="2" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="G192" s="2" t="s">
         <v>36</v>
       </c>
       <c r="H192" s="2" t="s">
         <v>541</v>
       </c>
       <c r="I192" s="2">
         <v>160</v>
       </c>
       <c r="J192" s="2">
         <v>23</v>
       </c>
       <c r="K192" s="2">
         <v>70</v>
       </c>
       <c r="L192" s="2">
         <v>93</v>
       </c>
       <c r="M192" s="2">
         <v>0</v>
       </c>
       <c r="N192" s="2">
         <v>163</v>
       </c>
     </row>
     <row r="193" spans="1:14">
       <c r="A193" s="2">
         <v>111955</v>
       </c>
       <c r="B193" s="2" t="s">
         <v>542</v>
       </c>
       <c r="C193" s="2" t="s">
         <v>27</v>
       </c>
       <c r="D193" s="2"/>
       <c r="E193" s="2">
         <v>7163</v>
       </c>
       <c r="F193" s="2" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="G193" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H193" s="2" t="s">
         <v>543</v>
       </c>
       <c r="I193" s="2">
         <v>161</v>
       </c>
       <c r="J193" s="2">
         <v>138</v>
       </c>
       <c r="K193" s="2">
         <v>70</v>
       </c>
       <c r="L193" s="2">
         <v>10</v>
       </c>
       <c r="M193" s="2">
         <v>0</v>
       </c>
       <c r="N193" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="194" spans="1:14">
       <c r="A194" s="2">
         <v>111956</v>
       </c>
       <c r="B194" s="2" t="s">
         <v>108</v>
       </c>
       <c r="C194" s="2" t="s">
         <v>544</v>
       </c>
       <c r="D194" s="2"/>
       <c r="E194" s="2">
         <v>7145</v>
       </c>
       <c r="F194" s="2" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="G194" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H194" s="2" t="s">
         <v>545</v>
       </c>
       <c r="I194" s="2">
         <v>162</v>
       </c>
       <c r="J194" s="2">
         <v>139</v>
       </c>
       <c r="K194" s="2">
         <v>70</v>
       </c>
       <c r="L194" s="2">
         <v>10</v>
       </c>
       <c r="M194" s="2">
         <v>0</v>
       </c>
       <c r="N194" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="195" spans="1:14">
       <c r="A195" s="2">
         <v>111957</v>
       </c>
       <c r="B195" s="2" t="s">
         <v>546</v>
       </c>
       <c r="C195" s="2" t="s">
         <v>201</v>
       </c>
       <c r="D195" s="2"/>
       <c r="E195" s="2">
         <v>7148</v>
       </c>
       <c r="F195" s="2" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="G195" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H195" s="2" t="s">
         <v>547</v>
       </c>
       <c r="I195" s="2">
         <v>163</v>
       </c>
       <c r="J195" s="2">
         <v>140</v>
       </c>
       <c r="K195" s="2">
         <v>70</v>
       </c>
       <c r="L195" s="2">
         <v>10</v>
       </c>
       <c r="M195" s="2">
         <v>0</v>
       </c>
       <c r="N195" s="2">
         <v>80</v>
       </c>
@@ -10330,93 +10330,93 @@
       <c r="L196" s="2">
         <v>10</v>
       </c>
       <c r="M196" s="2">
         <v>0</v>
       </c>
       <c r="N196" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="197" spans="1:14">
       <c r="A197" s="2">
         <v>111959</v>
       </c>
       <c r="B197" s="2" t="s">
         <v>551</v>
       </c>
       <c r="C197" s="2" t="s">
         <v>532</v>
       </c>
       <c r="D197" s="2"/>
       <c r="E197" s="2">
         <v>7215</v>
       </c>
       <c r="F197" s="2" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="G197" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H197" s="2" t="s">
         <v>552</v>
       </c>
       <c r="I197" s="2">
         <v>165</v>
       </c>
       <c r="J197" s="2">
         <v>142</v>
       </c>
       <c r="K197" s="2">
         <v>70</v>
       </c>
       <c r="L197" s="2">
         <v>10</v>
       </c>
       <c r="M197" s="2">
         <v>0</v>
       </c>
       <c r="N197" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="198" spans="1:14">
       <c r="A198" s="2">
         <v>111960</v>
       </c>
       <c r="B198" s="2" t="s">
         <v>553</v>
       </c>
       <c r="C198" s="2" t="s">
         <v>554</v>
       </c>
       <c r="D198" s="2"/>
       <c r="E198" s="2">
         <v>7156</v>
       </c>
       <c r="F198" s="2" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="G198" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H198" s="2" t="s">
         <v>555</v>
       </c>
       <c r="I198" s="2">
         <v>166</v>
       </c>
       <c r="J198" s="2">
         <v>143</v>
       </c>
       <c r="K198" s="2">
         <v>70</v>
       </c>
       <c r="L198" s="2">
         <v>10</v>
       </c>
       <c r="M198" s="2">
         <v>0</v>
       </c>
       <c r="N198" s="2">
         <v>80</v>
       </c>