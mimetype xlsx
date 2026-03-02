--- v2 (2026-03-01)
+++ v3 (2026-03-02)
@@ -83,104 +83,104 @@
   <si>
     <t>Knight</t>
   </si>
   <si>
     <t>Great Britain</t>
   </si>
   <si>
     <t>Male</t>
   </si>
   <si>
     <t>09:03:22</t>
   </si>
   <si>
     <t>Si Hieu</t>
   </si>
   <si>
     <t>Nguyễn</t>
   </si>
   <si>
     <t>Vietnam</t>
   </si>
   <si>
     <t>09:47:09</t>
   </si>
   <si>
+    <t>Duc Quang</t>
+  </si>
+  <si>
+    <t>Nguyen</t>
+  </si>
+  <si>
+    <t>09:39:05</t>
+  </si>
+  <si>
     <t>Robert</t>
   </si>
   <si>
     <t>West</t>
   </si>
   <si>
     <t>10:02:11</t>
   </si>
   <si>
-    <t>Duc Quang</t>
-[...7 lines deleted...]
-  <si>
     <t>Julien</t>
   </si>
   <si>
     <t>Petit</t>
   </si>
   <si>
     <t>France</t>
   </si>
   <si>
     <t>10:24:29</t>
   </si>
   <si>
     <t>10:05:57</t>
   </si>
   <si>
+    <t>Ngoc-Anh</t>
+  </si>
+  <si>
+    <t>Mai</t>
+  </si>
+  <si>
+    <t>10:52:46</t>
+  </si>
+  <si>
     <t>Nadia</t>
   </si>
   <si>
     <t>Koucha</t>
   </si>
   <si>
     <t>Female</t>
   </si>
   <si>
     <t>10:32:33</t>
   </si>
   <si>
-    <t>Ngoc-Anh</t>
-[...7 lines deleted...]
-  <si>
     <t>Lam</t>
   </si>
   <si>
     <t>Phạm</t>
   </si>
   <si>
     <t>11:03:05</t>
   </si>
   <si>
     <t>Mark Anthony</t>
   </si>
   <si>
     <t>Doel</t>
   </si>
   <si>
     <t>Giles</t>
   </si>
   <si>
     <t>Lever</t>
   </si>
   <si>
     <t>10:35:06</t>
   </si>
   <si>
     <t>Sin Fan</t>
@@ -209,128 +209,128 @@
   <si>
     <t>11:14:29</t>
   </si>
   <si>
     <t>David</t>
   </si>
   <si>
     <t>Stevenson</t>
   </si>
   <si>
     <t>11:23:13</t>
   </si>
   <si>
     <t>Woon Chze Christine</t>
   </si>
   <si>
     <t>Loh</t>
   </si>
   <si>
     <t>Malaysia</t>
   </si>
   <si>
     <t>10:44:01</t>
   </si>
   <si>
+    <t>Garrett</t>
+  </si>
+  <si>
+    <t>Weiner</t>
+  </si>
+  <si>
+    <t>United States</t>
+  </si>
+  <si>
+    <t>11:04:14</t>
+  </si>
+  <si>
     <t>Jackson</t>
   </si>
   <si>
     <t>Blackburn</t>
   </si>
   <si>
-    <t>United States</t>
-[...1 lines deleted...]
-  <si>
     <t>11:23:45</t>
   </si>
   <si>
-    <t>Garrett</t>
-[...7 lines deleted...]
-  <si>
     <t>Sebastien</t>
   </si>
   <si>
     <t>Dollet</t>
   </si>
   <si>
     <t>11:22:00</t>
   </si>
   <si>
     <t>Eric</t>
   </si>
   <si>
     <t>Andrighetti</t>
   </si>
   <si>
     <t>11:29:32</t>
   </si>
   <si>
     <t>Catherine</t>
   </si>
   <si>
     <t>Wilson</t>
   </si>
   <si>
     <t>11:23:38</t>
   </si>
   <si>
     <t>Bertrand</t>
   </si>
   <si>
     <t>Czarny</t>
   </si>
   <si>
     <t>11:29:35</t>
   </si>
   <si>
+    <t>Ross</t>
+  </si>
+  <si>
+    <t>Goldstone</t>
+  </si>
+  <si>
+    <t>South Africa</t>
+  </si>
+  <si>
+    <t>11:26:10</t>
+  </si>
+  <si>
     <t>Toan</t>
   </si>
   <si>
     <t>Au Manh</t>
   </si>
   <si>
     <t>11:34:42</t>
   </si>
   <si>
-    <t>Ross</t>
-[...10 lines deleted...]
-  <si>
     <t>Phi</t>
   </si>
   <si>
     <t>11:41:41</t>
   </si>
   <si>
     <t>Sjoerd</t>
   </si>
   <si>
     <t>Bakker</t>
   </si>
   <si>
     <t>Netherlands</t>
   </si>
   <si>
     <t>11:27:36</t>
   </si>
   <si>
     <t>Samuel</t>
   </si>
   <si>
     <t>Bartram</t>
   </si>
   <si>
     <t>11:29:50</t>
@@ -356,285 +356,285 @@
   <si>
     <t>Nguyễn Mạnh</t>
   </si>
   <si>
     <t>12:05:48</t>
   </si>
   <si>
     <t>Andrew</t>
   </si>
   <si>
     <t>Turner</t>
   </si>
   <si>
     <t>11:48:44</t>
   </si>
   <si>
     <t>Anh</t>
   </si>
   <si>
     <t>Quyết Đặng</t>
   </si>
   <si>
     <t>12:13:47</t>
   </si>
   <si>
+    <t>12:14:00</t>
+  </si>
+  <si>
     <t>Jean Pierre</t>
   </si>
   <si>
     <t>Barnes</t>
   </si>
   <si>
     <t>11:54:58</t>
   </si>
   <si>
-    <t>12:14:00</t>
+    <t>Huy</t>
+  </si>
+  <si>
+    <t>Hoang Nghiem</t>
+  </si>
+  <si>
+    <t>11:55:14</t>
   </si>
   <si>
     <t>Maruoka</t>
   </si>
   <si>
     <t>Shigeki</t>
   </si>
   <si>
     <t>Japan</t>
   </si>
   <si>
     <t>12:15:53</t>
   </si>
   <si>
-    <t>Huy</t>
-[...7 lines deleted...]
-  <si>
     <t>Phuong</t>
   </si>
   <si>
     <t>Nguyen Thi</t>
   </si>
   <si>
     <t>12:29:58</t>
   </si>
   <si>
     <t>Jefferlyn</t>
   </si>
   <si>
     <t>Castillano</t>
   </si>
   <si>
     <t>Philippines</t>
   </si>
   <si>
     <t>12:40:17</t>
   </si>
   <si>
     <t>Ba Tin</t>
   </si>
   <si>
     <t>12:51:48</t>
   </si>
   <si>
     <t>Olena</t>
   </si>
   <si>
     <t>Saiganova</t>
   </si>
   <si>
     <t>Ukraine</t>
   </si>
   <si>
     <t>12:45:14</t>
   </si>
   <si>
+    <t>Veronique</t>
+  </si>
+  <si>
+    <t>Thuere</t>
+  </si>
+  <si>
+    <t>Germany</t>
+  </si>
+  <si>
+    <t>13:03:56</t>
+  </si>
+  <si>
     <t>Thuan</t>
   </si>
   <si>
     <t>Lâm Văn</t>
   </si>
   <si>
     <t>12:52:08</t>
   </si>
   <si>
-    <t>Veronique</t>
-[...8 lines deleted...]
-    <t>13:03:56</t>
+    <t>Ha</t>
+  </si>
+  <si>
+    <t>Dương</t>
+  </si>
+  <si>
+    <t>12:53:25</t>
   </si>
   <si>
     <t>Sara</t>
   </si>
   <si>
     <t>Valetina</t>
   </si>
   <si>
     <t>Indonesia</t>
   </si>
   <si>
     <t>13:25:50</t>
   </si>
   <si>
-    <t>Ha</t>
-[...5 lines deleted...]
-    <t>12:53:25</t>
+    <t>Lu Chng</t>
+  </si>
+  <si>
+    <t>Siew</t>
+  </si>
+  <si>
+    <t>Singapore</t>
+  </si>
+  <si>
+    <t>13:49:35</t>
   </si>
   <si>
     <t>Thành Quang</t>
   </si>
   <si>
     <t>12:53:40</t>
   </si>
   <si>
-    <t>Lu Chng</t>
-[...10 lines deleted...]
-  <si>
     <t>Thi Tieu Phuong</t>
   </si>
   <si>
     <t>13:51:50</t>
   </si>
   <si>
     <t>Nghia</t>
   </si>
   <si>
     <t>Nguyễn Thành</t>
   </si>
   <si>
     <t>13:00:54</t>
   </si>
   <si>
+    <t>Yoji</t>
+  </si>
+  <si>
+    <t>Sakamoto</t>
+  </si>
+  <si>
+    <t>坂本洋二</t>
+  </si>
+  <si>
+    <t>13:09:10</t>
+  </si>
+  <si>
     <t>Wai Teng</t>
   </si>
   <si>
     <t>Lew</t>
   </si>
   <si>
     <t>14:03:34</t>
   </si>
   <si>
-    <t>Yoji</t>
-[...10 lines deleted...]
-  <si>
     <t>Thuy Nguyen</t>
   </si>
   <si>
     <t>14:03:45</t>
   </si>
   <si>
     <t>Ca</t>
   </si>
   <si>
     <t>Đặng</t>
   </si>
   <si>
     <t>13:14:53</t>
   </si>
   <si>
+    <t>Monsicha</t>
+  </si>
+  <si>
+    <t>Ngamvitayasiri</t>
+  </si>
+  <si>
+    <t>Thailand</t>
+  </si>
+  <si>
+    <t>14:31:59</t>
+  </si>
+  <si>
     <t>Thao</t>
   </si>
   <si>
     <t>Nguyen Hoang</t>
   </si>
   <si>
     <t>13:15:27</t>
   </si>
   <si>
-    <t>Monsicha</t>
-[...10 lines deleted...]
-  <si>
     <t>Jaime</t>
   </si>
   <si>
     <t>See</t>
   </si>
   <si>
     <t>14:38:14</t>
   </si>
   <si>
     <t>Hoài Giang Đoàn</t>
   </si>
   <si>
     <t>Chau</t>
   </si>
   <si>
     <t>13:16:28</t>
   </si>
   <si>
+    <t>Vu</t>
+  </si>
+  <si>
+    <t>Văn Hiếu</t>
+  </si>
+  <si>
+    <t>13:16:50</t>
+  </si>
+  <si>
     <t>Kah Yee</t>
   </si>
   <si>
     <t>14:45:02</t>
-  </si>
-[...7 lines deleted...]
-    <t>13:16:50</t>
   </si>
   <si>
     <t>Pham Thi</t>
   </si>
   <si>
     <t>Minh Phuong</t>
   </si>
   <si>
     <t>14:46:49</t>
   </si>
   <si>
     <t>Hung</t>
   </si>
   <si>
     <t>13:16:57</t>
   </si>
   <si>
     <t>Hong Tan</t>
   </si>
   <si>
     <t>Choon</t>
   </si>
   <si>
     <t>13:17:47</t>
   </si>
@@ -2209,130 +2209,130 @@
       </c>
       <c r="H3" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I3" s="2">
         <v>1</v>
       </c>
       <c r="J3" s="2">
         <v>1</v>
       </c>
       <c r="K3" s="2">
         <v>70</v>
       </c>
       <c r="L3" s="2">
         <v>300</v>
       </c>
       <c r="M3" s="2">
         <v>0</v>
       </c>
       <c r="N3" s="2">
         <v>370</v>
       </c>
     </row>
     <row r="4" spans="1:14">
       <c r="A4" s="2">
-        <v>111798</v>
+        <v>105149</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>23</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>24</v>
       </c>
       <c r="D4" s="2"/>
       <c r="E4" s="2">
-        <v>7050</v>
+        <v>7140</v>
       </c>
       <c r="F4" s="2" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="G4" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H4" s="2" t="s">
         <v>25</v>
       </c>
       <c r="I4" s="2">
         <v>2</v>
       </c>
       <c r="J4" s="2">
         <v>2</v>
       </c>
       <c r="K4" s="2">
         <v>70</v>
       </c>
       <c r="L4" s="2">
-        <v>250</v>
+        <v>350</v>
       </c>
       <c r="M4" s="2">
         <v>0</v>
       </c>
       <c r="N4" s="2">
-        <v>320</v>
+        <v>420</v>
       </c>
     </row>
     <row r="5" spans="1:14">
       <c r="A5" s="2">
-        <v>105149</v>
+        <v>111798</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>26</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>27</v>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2">
-        <v>7140</v>
+        <v>7050</v>
       </c>
       <c r="F5" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G5" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H5" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I5" s="2">
         <v>2</v>
       </c>
       <c r="J5" s="2">
         <v>2</v>
       </c>
       <c r="K5" s="2">
         <v>70</v>
       </c>
       <c r="L5" s="2">
-        <v>350</v>
+        <v>250</v>
       </c>
       <c r="M5" s="2">
         <v>0</v>
       </c>
       <c r="N5" s="2">
-        <v>420</v>
+        <v>320</v>
       </c>
     </row>
     <row r="6" spans="1:14">
       <c r="A6" s="2">
         <v>105577</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>29</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>30</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2">
         <v>7216</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>31</v>
       </c>
       <c r="G6" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H6" s="2" t="s">
         <v>32</v>
       </c>
@@ -2377,130 +2377,130 @@
       </c>
       <c r="H7" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I7" s="2">
         <v>3</v>
       </c>
       <c r="J7" s="2">
         <v>3</v>
       </c>
       <c r="K7" s="2">
         <v>70</v>
       </c>
       <c r="L7" s="2">
         <v>225</v>
       </c>
       <c r="M7" s="2">
         <v>0</v>
       </c>
       <c r="N7" s="2">
         <v>295</v>
       </c>
     </row>
     <row r="8" spans="1:14">
       <c r="A8" s="2">
-        <v>105578</v>
+        <v>108728</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>34</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>35</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2">
-        <v>7192</v>
+        <v>7239</v>
       </c>
       <c r="F8" s="2" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="G8" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="H8" s="2" t="s">
         <v>36</v>
-      </c>
-[...1 lines deleted...]
-        <v>37</v>
       </c>
       <c r="I8" s="2">
         <v>4</v>
       </c>
       <c r="J8" s="2">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="K8" s="2">
         <v>70</v>
       </c>
       <c r="L8" s="2">
-        <v>400</v>
+        <v>200</v>
       </c>
       <c r="M8" s="2">
         <v>0</v>
       </c>
       <c r="N8" s="2">
-        <v>470</v>
+        <v>270</v>
       </c>
     </row>
     <row r="9" spans="1:14">
       <c r="A9" s="2">
-        <v>108728</v>
+        <v>105578</v>
       </c>
       <c r="B9" s="2" t="s">
+        <v>37</v>
+      </c>
+      <c r="C9" s="2" t="s">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>39</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2">
-        <v>7239</v>
+        <v>7192</v>
       </c>
       <c r="F9" s="2" t="s">
-        <v>21</v>
+        <v>31</v>
       </c>
       <c r="G9" s="2" t="s">
-        <v>17</v>
+        <v>39</v>
       </c>
       <c r="H9" s="2" t="s">
         <v>40</v>
       </c>
       <c r="I9" s="2">
         <v>4</v>
       </c>
       <c r="J9" s="2">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="K9" s="2">
         <v>70</v>
       </c>
       <c r="L9" s="2">
-        <v>200</v>
+        <v>400</v>
       </c>
       <c r="M9" s="2">
         <v>0</v>
       </c>
       <c r="N9" s="2">
-        <v>270</v>
+        <v>470</v>
       </c>
     </row>
     <row r="10" spans="1:14">
       <c r="A10" s="2">
         <v>111800</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>41</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>42</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2">
         <v>7225</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G10" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H10" s="2" t="s">
         <v>43</v>
       </c>
@@ -2522,51 +2522,51 @@
       <c r="N10" s="2">
         <v>245</v>
       </c>
     </row>
     <row r="11" spans="1:14">
       <c r="A11" s="2">
         <v>105579</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>44</v>
       </c>
       <c r="C11" s="2" t="s">
         <v>45</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2">
         <v>7191</v>
       </c>
       <c r="F11" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G11" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H11" s="2" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="I11" s="2">
         <v>5</v>
       </c>
       <c r="J11" s="2">
         <v>4</v>
       </c>
       <c r="K11" s="2">
         <v>70</v>
       </c>
       <c r="L11" s="2">
         <v>300</v>
       </c>
       <c r="M11" s="2">
         <v>0</v>
       </c>
       <c r="N11" s="2">
         <v>370</v>
       </c>
     </row>
     <row r="12" spans="1:14">
       <c r="A12" s="2">
         <v>101722</v>
       </c>
       <c r="B12" s="2" t="s">
@@ -2603,51 +2603,51 @@
       <c r="M12" s="2">
         <v>0</v>
       </c>
       <c r="N12" s="2">
         <v>345</v>
       </c>
     </row>
     <row r="13" spans="1:14">
       <c r="A13" s="2">
         <v>111801</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>49</v>
       </c>
       <c r="C13" s="2" t="s">
         <v>50</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2">
         <v>7167</v>
       </c>
       <c r="F13" s="2" t="s">
         <v>51</v>
       </c>
       <c r="G13" s="2" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="H13" s="2" t="s">
         <v>52</v>
       </c>
       <c r="I13" s="2">
         <v>6</v>
       </c>
       <c r="J13" s="2">
         <v>1</v>
       </c>
       <c r="K13" s="2">
         <v>70</v>
       </c>
       <c r="L13" s="2">
         <v>300</v>
       </c>
       <c r="M13" s="2">
         <v>0</v>
       </c>
       <c r="N13" s="2">
         <v>370</v>
       </c>
     </row>
     <row r="14" spans="1:14">
       <c r="A14" s="2">
@@ -2771,156 +2771,156 @@
       <c r="M16" s="2">
         <v>0</v>
       </c>
       <c r="N16" s="2">
         <v>220</v>
       </c>
     </row>
     <row r="17" spans="1:14">
       <c r="A17" s="2">
         <v>104612</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>61</v>
       </c>
       <c r="C17" s="2" t="s">
         <v>62</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2">
         <v>7175</v>
       </c>
       <c r="F17" s="2" t="s">
         <v>63</v>
       </c>
       <c r="G17" s="2" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="H17" s="2" t="s">
         <v>64</v>
       </c>
       <c r="I17" s="2">
         <v>8</v>
       </c>
       <c r="J17" s="2">
         <v>2</v>
       </c>
       <c r="K17" s="2">
         <v>70</v>
       </c>
       <c r="L17" s="2">
         <v>350</v>
       </c>
       <c r="M17" s="2">
         <v>0</v>
       </c>
       <c r="N17" s="2">
         <v>420</v>
       </c>
     </row>
     <row r="18" spans="1:14">
       <c r="A18" s="2">
-        <v>108756</v>
+        <v>105582</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>65</v>
       </c>
       <c r="C18" s="2" t="s">
         <v>66</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2">
-        <v>7208</v>
+        <v>7092</v>
       </c>
       <c r="F18" s="2" t="s">
         <v>67</v>
       </c>
       <c r="G18" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H18" s="2" t="s">
         <v>68</v>
       </c>
       <c r="I18" s="2">
         <v>9</v>
       </c>
       <c r="J18" s="2">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="K18" s="2">
         <v>70</v>
       </c>
       <c r="L18" s="2">
-        <v>145</v>
+        <v>240</v>
       </c>
       <c r="M18" s="2">
         <v>0</v>
       </c>
       <c r="N18" s="2">
-        <v>215</v>
+        <v>310</v>
       </c>
     </row>
     <row r="19" spans="1:14">
       <c r="A19" s="2">
-        <v>105582</v>
+        <v>108756</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>69</v>
       </c>
       <c r="C19" s="2" t="s">
         <v>70</v>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2">
-        <v>7092</v>
+        <v>7208</v>
       </c>
       <c r="F19" s="2" t="s">
         <v>67</v>
       </c>
       <c r="G19" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H19" s="2" t="s">
         <v>71</v>
       </c>
       <c r="I19" s="2">
         <v>9</v>
       </c>
       <c r="J19" s="2">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="K19" s="2">
         <v>70</v>
       </c>
       <c r="L19" s="2">
-        <v>240</v>
+        <v>145</v>
       </c>
       <c r="M19" s="2">
         <v>0</v>
       </c>
       <c r="N19" s="2">
-        <v>310</v>
+        <v>215</v>
       </c>
     </row>
     <row r="20" spans="1:14">
       <c r="A20" s="2">
         <v>105583</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>72</v>
       </c>
       <c r="C20" s="2" t="s">
         <v>73</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2">
         <v>7218</v>
       </c>
       <c r="F20" s="2" t="s">
         <v>31</v>
       </c>
       <c r="G20" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H20" s="2" t="s">
         <v>74</v>
       </c>
@@ -2981,51 +2981,51 @@
       <c r="M21" s="2">
         <v>0</v>
       </c>
       <c r="N21" s="2">
         <v>210</v>
       </c>
     </row>
     <row r="22" spans="1:14">
       <c r="A22" s="2">
         <v>105584</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>78</v>
       </c>
       <c r="C22" s="2" t="s">
         <v>79</v>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2">
         <v>7123</v>
       </c>
       <c r="F22" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G22" s="2" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="H22" s="2" t="s">
         <v>80</v>
       </c>
       <c r="I22" s="2">
         <v>11</v>
       </c>
       <c r="J22" s="2">
         <v>3</v>
       </c>
       <c r="K22" s="2">
         <v>70</v>
       </c>
       <c r="L22" s="2">
         <v>325</v>
       </c>
       <c r="M22" s="2">
         <v>0</v>
       </c>
       <c r="N22" s="2">
         <v>395</v>
       </c>
     </row>
     <row r="23" spans="1:14">
       <c r="A23" s="2">
@@ -3049,141 +3049,141 @@
       </c>
       <c r="H23" s="2" t="s">
         <v>83</v>
       </c>
       <c r="I23" s="2">
         <v>11</v>
       </c>
       <c r="J23" s="2">
         <v>10</v>
       </c>
       <c r="K23" s="2">
         <v>70</v>
       </c>
       <c r="L23" s="2">
         <v>135</v>
       </c>
       <c r="M23" s="2">
         <v>0</v>
       </c>
       <c r="N23" s="2">
         <v>205</v>
       </c>
     </row>
     <row r="24" spans="1:14">
       <c r="A24" s="2">
-        <v>105542</v>
+        <v>105585</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>84</v>
       </c>
       <c r="C24" s="2" t="s">
         <v>85</v>
       </c>
       <c r="D24" s="2"/>
       <c r="E24" s="2">
-        <v>7122</v>
+        <v>7188</v>
       </c>
       <c r="F24" s="2" t="s">
-        <v>21</v>
+        <v>86</v>
       </c>
       <c r="G24" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H24" s="2" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="I24" s="2">
         <v>12</v>
       </c>
       <c r="J24" s="2">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="K24" s="2">
         <v>70</v>
       </c>
       <c r="L24" s="2">
-        <v>130</v>
+        <v>220</v>
       </c>
       <c r="M24" s="2">
         <v>0</v>
       </c>
       <c r="N24" s="2">
-        <v>200</v>
+        <v>290</v>
       </c>
     </row>
     <row r="25" spans="1:14">
       <c r="A25" s="2">
-        <v>105585</v>
+        <v>105542</v>
       </c>
       <c r="B25" s="2" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="C25" s="2" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="D25" s="2"/>
       <c r="E25" s="2">
-        <v>7188</v>
+        <v>7122</v>
       </c>
       <c r="F25" s="2" t="s">
-        <v>89</v>
+        <v>21</v>
       </c>
       <c r="G25" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H25" s="2" t="s">
         <v>90</v>
       </c>
       <c r="I25" s="2">
         <v>12</v>
       </c>
       <c r="J25" s="2">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="K25" s="2">
         <v>70</v>
       </c>
       <c r="L25" s="2">
-        <v>220</v>
+        <v>130</v>
       </c>
       <c r="M25" s="2">
         <v>0</v>
       </c>
       <c r="N25" s="2">
-        <v>290</v>
+        <v>200</v>
       </c>
     </row>
     <row r="26" spans="1:14">
       <c r="A26" s="2">
         <v>111808</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>91</v>
       </c>
       <c r="C26" s="2" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D26" s="2"/>
       <c r="E26" s="2">
         <v>7210</v>
       </c>
       <c r="F26" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G26" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H26" s="2" t="s">
         <v>92</v>
       </c>
       <c r="I26" s="2">
         <v>13</v>
       </c>
       <c r="J26" s="2">
         <v>12</v>
       </c>
       <c r="K26" s="2">
         <v>70</v>
       </c>
       <c r="L26" s="2">
         <v>125</v>
@@ -3469,309 +3469,309 @@
       </c>
       <c r="H33" s="2" t="s">
         <v>113</v>
       </c>
       <c r="I33" s="2">
         <v>16</v>
       </c>
       <c r="J33" s="2">
         <v>15</v>
       </c>
       <c r="K33" s="2">
         <v>70</v>
       </c>
       <c r="L33" s="2">
         <v>110</v>
       </c>
       <c r="M33" s="2">
         <v>0</v>
       </c>
       <c r="N33" s="2">
         <v>180</v>
       </c>
     </row>
     <row r="34" spans="1:14">
       <c r="A34" s="2">
-        <v>105590</v>
+        <v>111812</v>
       </c>
       <c r="B34" s="2" t="s">
-        <v>114</v>
+        <v>24</v>
       </c>
       <c r="C34" s="2" t="s">
-        <v>115</v>
+        <v>41</v>
       </c>
       <c r="D34" s="2"/>
       <c r="E34" s="2">
-        <v>7190</v>
+        <v>7073</v>
       </c>
       <c r="F34" s="2" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="G34" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H34" s="2" t="s">
-        <v>116</v>
+        <v>114</v>
       </c>
       <c r="I34" s="2">
         <v>17</v>
       </c>
       <c r="J34" s="2">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="K34" s="2">
         <v>70</v>
       </c>
       <c r="L34" s="2">
-        <v>170</v>
+        <v>105</v>
       </c>
       <c r="M34" s="2">
         <v>0</v>
       </c>
       <c r="N34" s="2">
-        <v>240</v>
+        <v>175</v>
       </c>
     </row>
     <row r="35" spans="1:14">
       <c r="A35" s="2">
-        <v>111812</v>
+        <v>105590</v>
       </c>
       <c r="B35" s="2" t="s">
-        <v>27</v>
+        <v>115</v>
       </c>
       <c r="C35" s="2" t="s">
-        <v>41</v>
+        <v>116</v>
       </c>
       <c r="D35" s="2"/>
       <c r="E35" s="2">
-        <v>7073</v>
+        <v>7190</v>
       </c>
       <c r="F35" s="2" t="s">
-        <v>21</v>
+        <v>31</v>
       </c>
       <c r="G35" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H35" s="2" t="s">
         <v>117</v>
       </c>
       <c r="I35" s="2">
         <v>17</v>
       </c>
       <c r="J35" s="2">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="K35" s="2">
         <v>70</v>
       </c>
       <c r="L35" s="2">
-        <v>105</v>
+        <v>170</v>
       </c>
       <c r="M35" s="2">
         <v>0</v>
       </c>
       <c r="N35" s="2">
-        <v>175</v>
+        <v>240</v>
       </c>
     </row>
     <row r="36" spans="1:14">
       <c r="A36" s="2">
-        <v>111813</v>
+        <v>105591</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>118</v>
       </c>
       <c r="C36" s="2" t="s">
         <v>119</v>
       </c>
       <c r="D36" s="2"/>
       <c r="E36" s="2">
-        <v>7095</v>
+        <v>7073</v>
       </c>
       <c r="F36" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G36" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="H36" s="2" t="s">
         <v>120</v>
-      </c>
-[...4 lines deleted...]
-        <v>121</v>
       </c>
       <c r="I36" s="2">
         <v>18</v>
       </c>
       <c r="J36" s="2">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="K36" s="2">
         <v>70</v>
       </c>
       <c r="L36" s="2">
-        <v>100</v>
+        <v>160</v>
       </c>
       <c r="M36" s="2">
         <v>0</v>
       </c>
       <c r="N36" s="2">
-        <v>170</v>
+        <v>230</v>
       </c>
     </row>
     <row r="37" spans="1:14">
       <c r="A37" s="2">
-        <v>105591</v>
+        <v>111813</v>
       </c>
       <c r="B37" s="2" t="s">
+        <v>121</v>
+      </c>
+      <c r="C37" s="2" t="s">
         <v>122</v>
-      </c>
-[...1 lines deleted...]
-        <v>123</v>
       </c>
       <c r="D37" s="2"/>
       <c r="E37" s="2">
-        <v>7073</v>
+        <v>7095</v>
       </c>
       <c r="F37" s="2" t="s">
-        <v>21</v>
+        <v>123</v>
       </c>
       <c r="G37" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H37" s="2" t="s">
         <v>124</v>
       </c>
       <c r="I37" s="2">
         <v>18</v>
       </c>
       <c r="J37" s="2">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="K37" s="2">
         <v>70</v>
       </c>
       <c r="L37" s="2">
-        <v>160</v>
+        <v>100</v>
       </c>
       <c r="M37" s="2">
         <v>0</v>
       </c>
       <c r="N37" s="2">
-        <v>230</v>
+        <v>170</v>
       </c>
     </row>
     <row r="38" spans="1:14">
       <c r="A38" s="2">
         <v>105592</v>
       </c>
       <c r="B38" s="2" t="s">
         <v>125</v>
       </c>
       <c r="C38" s="2" t="s">
         <v>126</v>
       </c>
       <c r="D38" s="2"/>
       <c r="E38" s="2">
         <v>7010</v>
       </c>
       <c r="F38" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G38" s="2" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="H38" s="2" t="s">
         <v>127</v>
       </c>
       <c r="I38" s="2">
         <v>19</v>
       </c>
       <c r="J38" s="2">
         <v>4</v>
       </c>
       <c r="K38" s="2">
         <v>70</v>
       </c>
       <c r="L38" s="2">
         <v>300</v>
       </c>
       <c r="M38" s="2">
         <v>0</v>
       </c>
       <c r="N38" s="2">
         <v>370</v>
       </c>
     </row>
     <row r="39" spans="1:14">
       <c r="A39" s="2">
         <v>105220</v>
       </c>
       <c r="B39" s="2" t="s">
         <v>128</v>
       </c>
       <c r="C39" s="2" t="s">
         <v>129</v>
       </c>
       <c r="D39" s="2"/>
       <c r="E39" s="2">
         <v>7017</v>
       </c>
       <c r="F39" s="2" t="s">
         <v>130</v>
       </c>
       <c r="G39" s="2" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="H39" s="2" t="s">
         <v>131</v>
       </c>
       <c r="I39" s="2">
         <v>19</v>
       </c>
       <c r="J39" s="2">
         <v>2</v>
       </c>
       <c r="K39" s="2">
         <v>70</v>
       </c>
       <c r="L39" s="2">
         <v>250</v>
       </c>
       <c r="M39" s="2">
         <v>0</v>
       </c>
       <c r="N39" s="2">
         <v>320</v>
       </c>
     </row>
     <row r="40" spans="1:14">
       <c r="A40" s="2">
         <v>111814</v>
       </c>
       <c r="B40" s="2" t="s">
         <v>132</v>
       </c>
       <c r="C40" s="2" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D40" s="2"/>
       <c r="E40" s="2">
         <v>7177</v>
       </c>
       <c r="F40" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G40" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H40" s="2" t="s">
         <v>133</v>
       </c>
       <c r="I40" s="2">
         <v>20</v>
       </c>
       <c r="J40" s="2">
         <v>18</v>
       </c>
       <c r="K40" s="2">
         <v>70</v>
       </c>
       <c r="L40" s="2">
         <v>99</v>
@@ -3779,345 +3779,345 @@
       <c r="M40" s="2">
         <v>0</v>
       </c>
       <c r="N40" s="2">
         <v>169</v>
       </c>
     </row>
     <row r="41" spans="1:14">
       <c r="A41" s="2">
         <v>105593</v>
       </c>
       <c r="B41" s="2" t="s">
         <v>134</v>
       </c>
       <c r="C41" s="2" t="s">
         <v>135</v>
       </c>
       <c r="D41" s="2"/>
       <c r="E41" s="2">
         <v>7102</v>
       </c>
       <c r="F41" s="2" t="s">
         <v>136</v>
       </c>
       <c r="G41" s="2" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="H41" s="2" t="s">
         <v>137</v>
       </c>
       <c r="I41" s="2">
         <v>20</v>
       </c>
       <c r="J41" s="2">
         <v>5</v>
       </c>
       <c r="K41" s="2">
         <v>70</v>
       </c>
       <c r="L41" s="2">
         <v>275</v>
       </c>
       <c r="M41" s="2">
         <v>0</v>
       </c>
       <c r="N41" s="2">
         <v>345</v>
       </c>
     </row>
     <row r="42" spans="1:14">
       <c r="A42" s="2">
-        <v>111815</v>
+        <v>105594</v>
       </c>
       <c r="B42" s="2" t="s">
         <v>138</v>
       </c>
       <c r="C42" s="2" t="s">
         <v>139</v>
       </c>
       <c r="D42" s="2"/>
       <c r="E42" s="2">
-        <v>7142</v>
+        <v>7197</v>
       </c>
       <c r="F42" s="2" t="s">
-        <v>21</v>
+        <v>140</v>
       </c>
       <c r="G42" s="2" t="s">
-        <v>17</v>
+        <v>39</v>
       </c>
       <c r="H42" s="2" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="I42" s="2">
         <v>21</v>
       </c>
       <c r="J42" s="2">
-        <v>19</v>
+        <v>6</v>
       </c>
       <c r="K42" s="2">
         <v>70</v>
       </c>
       <c r="L42" s="2">
-        <v>98</v>
+        <v>250</v>
       </c>
       <c r="M42" s="2">
         <v>0</v>
       </c>
       <c r="N42" s="2">
-        <v>168</v>
+        <v>320</v>
       </c>
     </row>
     <row r="43" spans="1:14">
       <c r="A43" s="2">
-        <v>105594</v>
+        <v>111815</v>
       </c>
       <c r="B43" s="2" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="C43" s="2" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="D43" s="2"/>
       <c r="E43" s="2">
-        <v>7197</v>
+        <v>7142</v>
       </c>
       <c r="F43" s="2" t="s">
-        <v>143</v>
+        <v>21</v>
       </c>
       <c r="G43" s="2" t="s">
-        <v>36</v>
+        <v>17</v>
       </c>
       <c r="H43" s="2" t="s">
         <v>144</v>
       </c>
       <c r="I43" s="2">
         <v>21</v>
       </c>
       <c r="J43" s="2">
-        <v>6</v>
+        <v>19</v>
       </c>
       <c r="K43" s="2">
         <v>70</v>
       </c>
       <c r="L43" s="2">
-        <v>250</v>
+        <v>98</v>
       </c>
       <c r="M43" s="2">
         <v>0</v>
       </c>
       <c r="N43" s="2">
-        <v>320</v>
+        <v>168</v>
       </c>
     </row>
     <row r="44" spans="1:14">
       <c r="A44" s="2">
-        <v>105595</v>
+        <v>111816</v>
       </c>
       <c r="B44" s="2" t="s">
         <v>145</v>
       </c>
       <c r="C44" s="2" t="s">
         <v>146</v>
       </c>
       <c r="D44" s="2"/>
       <c r="E44" s="2">
-        <v>7169</v>
+        <v>7109</v>
       </c>
       <c r="F44" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G44" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="H44" s="2" t="s">
         <v>147</v>
-      </c>
-[...4 lines deleted...]
-        <v>148</v>
       </c>
       <c r="I44" s="2">
         <v>22</v>
       </c>
       <c r="J44" s="2">
-        <v>7</v>
+        <v>20</v>
       </c>
       <c r="K44" s="2">
         <v>70</v>
       </c>
       <c r="L44" s="2">
-        <v>240</v>
+        <v>97</v>
       </c>
       <c r="M44" s="2">
         <v>0</v>
       </c>
       <c r="N44" s="2">
-        <v>310</v>
+        <v>167</v>
       </c>
     </row>
     <row r="45" spans="1:14">
       <c r="A45" s="2">
-        <v>111816</v>
+        <v>105595</v>
       </c>
       <c r="B45" s="2" t="s">
+        <v>148</v>
+      </c>
+      <c r="C45" s="2" t="s">
         <v>149</v>
-      </c>
-[...1 lines deleted...]
-        <v>150</v>
       </c>
       <c r="D45" s="2"/>
       <c r="E45" s="2">
-        <v>7109</v>
+        <v>7169</v>
       </c>
       <c r="F45" s="2" t="s">
-        <v>21</v>
+        <v>150</v>
       </c>
       <c r="G45" s="2" t="s">
-        <v>17</v>
+        <v>39</v>
       </c>
       <c r="H45" s="2" t="s">
         <v>151</v>
       </c>
       <c r="I45" s="2">
         <v>22</v>
       </c>
       <c r="J45" s="2">
-        <v>20</v>
+        <v>7</v>
       </c>
       <c r="K45" s="2">
         <v>70</v>
       </c>
       <c r="L45" s="2">
-        <v>97</v>
+        <v>240</v>
       </c>
       <c r="M45" s="2">
         <v>0</v>
       </c>
       <c r="N45" s="2">
-        <v>167</v>
+        <v>310</v>
       </c>
     </row>
     <row r="46" spans="1:14">
       <c r="A46" s="2">
-        <v>111817</v>
+        <v>105596</v>
       </c>
       <c r="B46" s="2" t="s">
-        <v>27</v>
+        <v>152</v>
       </c>
       <c r="C46" s="2" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="D46" s="2"/>
       <c r="E46" s="2">
-        <v>7112</v>
+        <v>7178</v>
       </c>
       <c r="F46" s="2" t="s">
-        <v>21</v>
+        <v>154</v>
       </c>
       <c r="G46" s="2" t="s">
-        <v>17</v>
+        <v>39</v>
       </c>
       <c r="H46" s="2" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="I46" s="2">
         <v>23</v>
       </c>
       <c r="J46" s="2">
-        <v>21</v>
+        <v>8</v>
       </c>
       <c r="K46" s="2">
         <v>70</v>
       </c>
       <c r="L46" s="2">
-        <v>96</v>
+        <v>230</v>
       </c>
       <c r="M46" s="2">
         <v>0</v>
       </c>
       <c r="N46" s="2">
-        <v>166</v>
+        <v>300</v>
       </c>
     </row>
     <row r="47" spans="1:14">
       <c r="A47" s="2">
-        <v>105596</v>
+        <v>111817</v>
       </c>
       <c r="B47" s="2" t="s">
-        <v>154</v>
+        <v>24</v>
       </c>
       <c r="C47" s="2" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="D47" s="2"/>
       <c r="E47" s="2">
-        <v>7178</v>
+        <v>7112</v>
       </c>
       <c r="F47" s="2" t="s">
-        <v>156</v>
+        <v>21</v>
       </c>
       <c r="G47" s="2" t="s">
-        <v>36</v>
+        <v>17</v>
       </c>
       <c r="H47" s="2" t="s">
         <v>157</v>
       </c>
       <c r="I47" s="2">
         <v>23</v>
       </c>
       <c r="J47" s="2">
-        <v>8</v>
+        <v>21</v>
       </c>
       <c r="K47" s="2">
         <v>70</v>
       </c>
       <c r="L47" s="2">
-        <v>230</v>
+        <v>96</v>
       </c>
       <c r="M47" s="2">
         <v>0</v>
       </c>
       <c r="N47" s="2">
-        <v>300</v>
+        <v>166</v>
       </c>
     </row>
     <row r="48" spans="1:14">
       <c r="A48" s="2">
         <v>101766</v>
       </c>
       <c r="B48" s="2" t="s">
         <v>158</v>
       </c>
       <c r="C48" s="2" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D48" s="2"/>
       <c r="E48" s="2">
         <v>7004</v>
       </c>
       <c r="F48" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G48" s="2" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="H48" s="2" t="s">
         <v>159</v>
       </c>
       <c r="I48" s="2">
         <v>24</v>
       </c>
       <c r="J48" s="2">
         <v>9</v>
       </c>
       <c r="K48" s="2">
         <v>70</v>
       </c>
       <c r="L48" s="2">
         <v>220</v>
       </c>
       <c r="M48" s="2">
         <v>0</v>
       </c>
       <c r="N48" s="2">
         <v>290</v>
       </c>
     </row>
     <row r="49" spans="1:14">
       <c r="A49" s="2">
@@ -4141,153 +4141,153 @@
       </c>
       <c r="H49" s="2" t="s">
         <v>162</v>
       </c>
       <c r="I49" s="2">
         <v>24</v>
       </c>
       <c r="J49" s="2">
         <v>22</v>
       </c>
       <c r="K49" s="2">
         <v>70</v>
       </c>
       <c r="L49" s="2">
         <v>90</v>
       </c>
       <c r="M49" s="2">
         <v>0</v>
       </c>
       <c r="N49" s="2">
         <v>160</v>
       </c>
     </row>
     <row r="50" spans="1:14">
       <c r="A50" s="2">
-        <v>103136</v>
+        <v>111819</v>
       </c>
       <c r="B50" s="2" t="s">
         <v>163</v>
       </c>
       <c r="C50" s="2" t="s">
         <v>164</v>
       </c>
-      <c r="D50" s="2"/>
+      <c r="D50" s="2" t="s">
+        <v>165</v>
+      </c>
       <c r="E50" s="2">
-        <v>7001</v>
+        <v>7236</v>
       </c>
       <c r="F50" s="2" t="s">
-        <v>156</v>
+        <v>123</v>
       </c>
       <c r="G50" s="2" t="s">
-        <v>36</v>
+        <v>17</v>
       </c>
       <c r="H50" s="2" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="I50" s="2">
         <v>25</v>
       </c>
       <c r="J50" s="2">
-        <v>10</v>
+        <v>23</v>
       </c>
       <c r="K50" s="2">
         <v>70</v>
       </c>
       <c r="L50" s="2">
-        <v>210</v>
+        <v>89</v>
       </c>
       <c r="M50" s="2">
         <v>0</v>
       </c>
       <c r="N50" s="2">
-        <v>280</v>
+        <v>159</v>
       </c>
     </row>
     <row r="51" spans="1:14">
       <c r="A51" s="2">
-        <v>111819</v>
+        <v>103136</v>
       </c>
       <c r="B51" s="2" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="C51" s="2" t="s">
-        <v>167</v>
-[...1 lines deleted...]
-      <c r="D51" s="2" t="s">
         <v>168</v>
       </c>
+      <c r="D51" s="2"/>
       <c r="E51" s="2">
-        <v>7236</v>
+        <v>7001</v>
       </c>
       <c r="F51" s="2" t="s">
-        <v>120</v>
+        <v>154</v>
       </c>
       <c r="G51" s="2" t="s">
-        <v>17</v>
+        <v>39</v>
       </c>
       <c r="H51" s="2" t="s">
         <v>169</v>
       </c>
       <c r="I51" s="2">
         <v>25</v>
       </c>
       <c r="J51" s="2">
-        <v>23</v>
+        <v>10</v>
       </c>
       <c r="K51" s="2">
         <v>70</v>
       </c>
       <c r="L51" s="2">
-        <v>89</v>
+        <v>210</v>
       </c>
       <c r="M51" s="2">
         <v>0</v>
       </c>
       <c r="N51" s="2">
-        <v>159</v>
+        <v>280</v>
       </c>
     </row>
     <row r="52" spans="1:14">
       <c r="A52" s="2">
         <v>105597</v>
       </c>
       <c r="B52" s="2" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="C52" s="2" t="s">
         <v>170</v>
       </c>
       <c r="D52" s="2"/>
       <c r="E52" s="2">
         <v>7015</v>
       </c>
       <c r="F52" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G52" s="2" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="H52" s="2" t="s">
         <v>171</v>
       </c>
       <c r="I52" s="2">
         <v>26</v>
       </c>
       <c r="J52" s="2">
         <v>11</v>
       </c>
       <c r="K52" s="2">
         <v>70</v>
       </c>
       <c r="L52" s="2">
         <v>200</v>
       </c>
       <c r="M52" s="2">
         <v>0</v>
       </c>
       <c r="N52" s="2">
         <v>270</v>
       </c>
     </row>
     <row r="53" spans="1:14">
       <c r="A53" s="2">
@@ -4311,151 +4311,151 @@
       </c>
       <c r="H53" s="2" t="s">
         <v>174</v>
       </c>
       <c r="I53" s="2">
         <v>26</v>
       </c>
       <c r="J53" s="2">
         <v>24</v>
       </c>
       <c r="K53" s="2">
         <v>70</v>
       </c>
       <c r="L53" s="2">
         <v>88</v>
       </c>
       <c r="M53" s="2">
         <v>0</v>
       </c>
       <c r="N53" s="2">
         <v>158</v>
       </c>
     </row>
     <row r="54" spans="1:14">
       <c r="A54" s="2">
-        <v>111821</v>
+        <v>103183</v>
       </c>
       <c r="B54" s="2" t="s">
         <v>175</v>
       </c>
       <c r="C54" s="2" t="s">
         <v>176</v>
       </c>
       <c r="D54" s="2"/>
       <c r="E54" s="2">
-        <v>7150</v>
+        <v>7038</v>
       </c>
       <c r="F54" s="2" t="s">
-        <v>21</v>
+        <v>177</v>
       </c>
       <c r="G54" s="2" t="s">
-        <v>17</v>
+        <v>39</v>
       </c>
       <c r="H54" s="2" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="I54" s="2">
         <v>27</v>
       </c>
       <c r="J54" s="2">
-        <v>25</v>
+        <v>12</v>
       </c>
       <c r="K54" s="2">
         <v>70</v>
       </c>
       <c r="L54" s="2">
-        <v>87</v>
+        <v>190</v>
       </c>
       <c r="M54" s="2">
         <v>0</v>
       </c>
       <c r="N54" s="2">
-        <v>157</v>
+        <v>260</v>
       </c>
     </row>
     <row r="55" spans="1:14">
       <c r="A55" s="2">
-        <v>103183</v>
+        <v>111821</v>
       </c>
       <c r="B55" s="2" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="C55" s="2" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D55" s="2"/>
       <c r="E55" s="2">
-        <v>7038</v>
+        <v>7150</v>
       </c>
       <c r="F55" s="2" t="s">
-        <v>180</v>
+        <v>21</v>
       </c>
       <c r="G55" s="2" t="s">
-        <v>36</v>
+        <v>17</v>
       </c>
       <c r="H55" s="2" t="s">
         <v>181</v>
       </c>
       <c r="I55" s="2">
         <v>27</v>
       </c>
       <c r="J55" s="2">
-        <v>12</v>
+        <v>25</v>
       </c>
       <c r="K55" s="2">
         <v>70</v>
       </c>
       <c r="L55" s="2">
-        <v>190</v>
+        <v>87</v>
       </c>
       <c r="M55" s="2">
         <v>0</v>
       </c>
       <c r="N55" s="2">
-        <v>260</v>
+        <v>157</v>
       </c>
     </row>
     <row r="56" spans="1:14">
       <c r="A56" s="2">
         <v>105599</v>
       </c>
       <c r="B56" s="2" t="s">
         <v>182</v>
       </c>
       <c r="C56" s="2" t="s">
         <v>183</v>
       </c>
       <c r="D56" s="2"/>
       <c r="E56" s="2">
         <v>7023</v>
       </c>
       <c r="F56" s="2" t="s">
         <v>63</v>
       </c>
       <c r="G56" s="2" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="H56" s="2" t="s">
         <v>184</v>
       </c>
       <c r="I56" s="2">
         <v>28</v>
       </c>
       <c r="J56" s="2">
         <v>13</v>
       </c>
       <c r="K56" s="2">
         <v>70</v>
       </c>
       <c r="L56" s="2">
         <v>180</v>
       </c>
       <c r="M56" s="2">
         <v>0</v>
       </c>
       <c r="N56" s="2">
         <v>250</v>
       </c>
     </row>
     <row r="57" spans="1:14">
       <c r="A57" s="2">
@@ -4479,232 +4479,232 @@
       </c>
       <c r="H57" s="2" t="s">
         <v>187</v>
       </c>
       <c r="I57" s="2">
         <v>28</v>
       </c>
       <c r="J57" s="2">
         <v>26</v>
       </c>
       <c r="K57" s="2">
         <v>70</v>
       </c>
       <c r="L57" s="2">
         <v>86</v>
       </c>
       <c r="M57" s="2">
         <v>0</v>
       </c>
       <c r="N57" s="2">
         <v>156</v>
       </c>
     </row>
     <row r="58" spans="1:14">
       <c r="A58" s="2">
-        <v>101442</v>
+        <v>111823</v>
       </c>
       <c r="B58" s="2" t="s">
         <v>188</v>
       </c>
       <c r="C58" s="2" t="s">
-        <v>186</v>
+        <v>189</v>
       </c>
       <c r="D58" s="2"/>
       <c r="E58" s="2">
-        <v>7186</v>
+        <v>7046</v>
       </c>
       <c r="F58" s="2" t="s">
-        <v>63</v>
+        <v>21</v>
       </c>
       <c r="G58" s="2" t="s">
-        <v>36</v>
+        <v>17</v>
       </c>
       <c r="H58" s="2" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="I58" s="2">
         <v>29</v>
       </c>
       <c r="J58" s="2">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="K58" s="2">
         <v>70</v>
       </c>
       <c r="L58" s="2">
-        <v>170</v>
+        <v>85</v>
       </c>
       <c r="M58" s="2">
         <v>0</v>
       </c>
       <c r="N58" s="2">
-        <v>240</v>
+        <v>155</v>
       </c>
     </row>
     <row r="59" spans="1:14">
       <c r="A59" s="2">
-        <v>111823</v>
+        <v>101442</v>
       </c>
       <c r="B59" s="2" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="C59" s="2" t="s">
-        <v>191</v>
+        <v>186</v>
       </c>
       <c r="D59" s="2"/>
       <c r="E59" s="2">
-        <v>7046</v>
+        <v>7186</v>
       </c>
       <c r="F59" s="2" t="s">
-        <v>21</v>
+        <v>63</v>
       </c>
       <c r="G59" s="2" t="s">
-        <v>17</v>
+        <v>39</v>
       </c>
       <c r="H59" s="2" t="s">
         <v>192</v>
       </c>
       <c r="I59" s="2">
         <v>29</v>
       </c>
       <c r="J59" s="2">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="K59" s="2">
         <v>70</v>
       </c>
       <c r="L59" s="2">
-        <v>85</v>
+        <v>170</v>
       </c>
       <c r="M59" s="2">
         <v>0</v>
       </c>
       <c r="N59" s="2">
-        <v>155</v>
+        <v>240</v>
       </c>
     </row>
     <row r="60" spans="1:14">
       <c r="A60" s="2">
         <v>105601</v>
       </c>
       <c r="B60" s="2" t="s">
         <v>193</v>
       </c>
       <c r="C60" s="2" t="s">
         <v>194</v>
       </c>
       <c r="D60" s="2"/>
       <c r="E60" s="2">
         <v>7090</v>
       </c>
       <c r="F60" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G60" s="2" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="H60" s="2" t="s">
         <v>195</v>
       </c>
       <c r="I60" s="2">
         <v>30</v>
       </c>
       <c r="J60" s="2">
         <v>15</v>
       </c>
       <c r="K60" s="2">
         <v>70</v>
       </c>
       <c r="L60" s="2">
         <v>160</v>
       </c>
       <c r="M60" s="2">
         <v>0</v>
       </c>
       <c r="N60" s="2">
         <v>230</v>
       </c>
     </row>
     <row r="61" spans="1:14">
       <c r="A61" s="2">
         <v>111824</v>
       </c>
       <c r="B61" s="2" t="s">
         <v>196</v>
       </c>
       <c r="C61" s="2" t="s">
-        <v>190</v>
+        <v>188</v>
       </c>
       <c r="D61" s="2"/>
       <c r="E61" s="2">
         <v>7203</v>
       </c>
       <c r="F61" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G61" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H61" s="2" t="s">
         <v>197</v>
       </c>
       <c r="I61" s="2">
         <v>30</v>
       </c>
       <c r="J61" s="2">
         <v>28</v>
       </c>
       <c r="K61" s="2">
         <v>70</v>
       </c>
       <c r="L61" s="2">
         <v>84</v>
       </c>
       <c r="M61" s="2">
         <v>0</v>
       </c>
       <c r="N61" s="2">
         <v>154</v>
       </c>
     </row>
     <row r="62" spans="1:14">
       <c r="A62" s="2">
         <v>111825</v>
       </c>
       <c r="B62" s="2" t="s">
         <v>198</v>
       </c>
       <c r="C62" s="2" t="s">
         <v>199</v>
       </c>
       <c r="D62" s="2"/>
       <c r="E62" s="2">
         <v>7164</v>
       </c>
       <c r="F62" s="2" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="G62" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H62" s="2" t="s">
         <v>200</v>
       </c>
       <c r="I62" s="2">
         <v>31</v>
       </c>
       <c r="J62" s="2">
         <v>29</v>
       </c>
       <c r="K62" s="2">
         <v>70</v>
       </c>
       <c r="L62" s="2">
         <v>83</v>
       </c>
       <c r="M62" s="2">
         <v>0</v>
       </c>
       <c r="N62" s="2">
         <v>153</v>
       </c>
@@ -4744,54 +4744,54 @@
       <c r="L63" s="2">
         <v>82</v>
       </c>
       <c r="M63" s="2">
         <v>0</v>
       </c>
       <c r="N63" s="2">
         <v>152</v>
       </c>
     </row>
     <row r="64" spans="1:14">
       <c r="A64" s="2">
         <v>111827</v>
       </c>
       <c r="B64" s="2" t="s">
         <v>204</v>
       </c>
       <c r="C64" s="2" t="s">
         <v>205</v>
       </c>
       <c r="D64" s="2"/>
       <c r="E64" s="2">
         <v>7102</v>
       </c>
       <c r="F64" s="2" t="s">
-        <v>180</v>
+        <v>177</v>
       </c>
       <c r="G64" s="2" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="H64" s="2" t="s">
         <v>206</v>
       </c>
       <c r="I64" s="2">
         <v>33</v>
       </c>
       <c r="J64" s="2">
         <v>3</v>
       </c>
       <c r="K64" s="2">
         <v>70</v>
       </c>
       <c r="L64" s="2">
         <v>225</v>
       </c>
       <c r="M64" s="2">
         <v>0</v>
       </c>
       <c r="N64" s="2">
         <v>295</v>
       </c>
     </row>
     <row r="65" spans="1:14">
       <c r="A65" s="2">
@@ -4999,51 +4999,51 @@
       <c r="M69" s="2">
         <v>0</v>
       </c>
       <c r="N69" s="2">
         <v>147</v>
       </c>
     </row>
     <row r="70" spans="1:14">
       <c r="A70" s="2">
         <v>111833</v>
       </c>
       <c r="B70" s="2" t="s">
         <v>220</v>
       </c>
       <c r="C70" s="2" t="s">
         <v>221</v>
       </c>
       <c r="D70" s="2"/>
       <c r="E70" s="2">
         <v>7151</v>
       </c>
       <c r="F70" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G70" s="2" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="H70" s="2" t="s">
         <v>222</v>
       </c>
       <c r="I70" s="2">
         <v>39</v>
       </c>
       <c r="J70" s="2">
         <v>4</v>
       </c>
       <c r="K70" s="2">
         <v>70</v>
       </c>
       <c r="L70" s="2">
         <v>200</v>
       </c>
       <c r="M70" s="2">
         <v>0</v>
       </c>
       <c r="N70" s="2">
         <v>270</v>
       </c>
     </row>
     <row r="71" spans="1:14">
       <c r="A71" s="2">
@@ -5157,51 +5157,51 @@
       </c>
       <c r="J73" s="2">
         <v>38</v>
       </c>
       <c r="K73" s="2">
         <v>70</v>
       </c>
       <c r="L73" s="2">
         <v>74</v>
       </c>
       <c r="M73" s="2">
         <v>0</v>
       </c>
       <c r="N73" s="2">
         <v>144</v>
       </c>
     </row>
     <row r="74" spans="1:14">
       <c r="A74" s="2">
         <v>108753</v>
       </c>
       <c r="B74" s="2" t="s">
         <v>232</v>
       </c>
       <c r="C74" s="2" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D74" s="2"/>
       <c r="E74" s="2">
         <v>7059</v>
       </c>
       <c r="F74" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G74" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H74" s="2" t="s">
         <v>233</v>
       </c>
       <c r="I74" s="2">
         <v>43</v>
       </c>
       <c r="J74" s="2">
         <v>39</v>
       </c>
       <c r="K74" s="2">
         <v>70</v>
       </c>
       <c r="L74" s="2">
         <v>73</v>
@@ -5290,54 +5290,54 @@
       <c r="L76" s="2">
         <v>71</v>
       </c>
       <c r="M76" s="2">
         <v>0</v>
       </c>
       <c r="N76" s="2">
         <v>141</v>
       </c>
     </row>
     <row r="77" spans="1:14">
       <c r="A77" s="2">
         <v>111840</v>
       </c>
       <c r="B77" s="2" t="s">
         <v>240</v>
       </c>
       <c r="C77" s="2" t="s">
         <v>241</v>
       </c>
       <c r="D77" s="2"/>
       <c r="E77" s="2">
         <v>7066</v>
       </c>
       <c r="F77" s="2" t="s">
-        <v>180</v>
+        <v>177</v>
       </c>
       <c r="G77" s="2" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="H77" s="2" t="s">
         <v>242</v>
       </c>
       <c r="I77" s="2">
         <v>46</v>
       </c>
       <c r="J77" s="2">
         <v>5</v>
       </c>
       <c r="K77" s="2">
         <v>70</v>
       </c>
       <c r="L77" s="2">
         <v>175</v>
       </c>
       <c r="M77" s="2">
         <v>0</v>
       </c>
       <c r="N77" s="2">
         <v>245</v>
       </c>
     </row>
     <row r="78" spans="1:14">
       <c r="A78" s="2">
@@ -5416,170 +5416,170 @@
       <c r="L79" s="2">
         <v>69</v>
       </c>
       <c r="M79" s="2">
         <v>0</v>
       </c>
       <c r="N79" s="2">
         <v>139</v>
       </c>
     </row>
     <row r="80" spans="1:14">
       <c r="A80" s="2">
         <v>111843</v>
       </c>
       <c r="B80" s="2" t="s">
         <v>249</v>
       </c>
       <c r="C80" s="2" t="s">
         <v>250</v>
       </c>
       <c r="D80" s="2"/>
       <c r="E80" s="2">
         <v>7075</v>
       </c>
       <c r="F80" s="2" t="s">
-        <v>120</v>
+        <v>123</v>
       </c>
       <c r="G80" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H80" s="2" t="s">
         <v>251</v>
       </c>
       <c r="I80" s="2">
         <v>49</v>
       </c>
       <c r="J80" s="2">
         <v>44</v>
       </c>
       <c r="K80" s="2">
         <v>70</v>
       </c>
       <c r="L80" s="2">
         <v>68</v>
       </c>
       <c r="M80" s="2">
         <v>0</v>
       </c>
       <c r="N80" s="2">
         <v>138</v>
       </c>
     </row>
     <row r="81" spans="1:14">
       <c r="A81" s="2">
         <v>111844</v>
       </c>
       <c r="B81" s="2" t="s">
         <v>252</v>
       </c>
       <c r="C81" s="2" t="s">
         <v>253</v>
       </c>
       <c r="D81" s="2"/>
       <c r="E81" s="2">
         <v>7010</v>
       </c>
       <c r="F81" s="2" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="G81" s="2" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="H81" s="2" t="s">
         <v>254</v>
       </c>
       <c r="I81" s="2">
         <v>50</v>
       </c>
       <c r="J81" s="2">
         <v>6</v>
       </c>
       <c r="K81" s="2">
         <v>70</v>
       </c>
       <c r="L81" s="2">
         <v>150</v>
       </c>
       <c r="M81" s="2">
         <v>0</v>
       </c>
       <c r="N81" s="2">
         <v>220</v>
       </c>
     </row>
     <row r="82" spans="1:14">
       <c r="A82" s="2">
         <v>111845</v>
       </c>
       <c r="B82" s="2" t="s">
         <v>255</v>
       </c>
       <c r="C82" s="2" t="s">
         <v>256</v>
       </c>
       <c r="D82" s="2"/>
       <c r="E82" s="2">
         <v>7078</v>
       </c>
       <c r="F82" s="2" t="s">
         <v>130</v>
       </c>
       <c r="G82" s="2" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="H82" s="2" t="s">
         <v>257</v>
       </c>
       <c r="I82" s="2">
         <v>51</v>
       </c>
       <c r="J82" s="2">
         <v>7</v>
       </c>
       <c r="K82" s="2">
         <v>70</v>
       </c>
       <c r="L82" s="2">
         <v>145</v>
       </c>
       <c r="M82" s="2">
         <v>0</v>
       </c>
       <c r="N82" s="2">
         <v>215</v>
       </c>
     </row>
     <row r="83" spans="1:14">
       <c r="A83" s="2">
         <v>111846</v>
       </c>
       <c r="B83" s="2" t="s">
         <v>258</v>
       </c>
       <c r="C83" s="2" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D83" s="2"/>
       <c r="E83" s="2">
         <v>7214</v>
       </c>
       <c r="F83" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G83" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H83" s="2" t="s">
         <v>259</v>
       </c>
       <c r="I83" s="2">
         <v>52</v>
       </c>
       <c r="J83" s="2">
         <v>45</v>
       </c>
       <c r="K83" s="2">
         <v>70</v>
       </c>
       <c r="L83" s="2">
         <v>67</v>
@@ -5626,96 +5626,96 @@
       <c r="L84" s="2">
         <v>66</v>
       </c>
       <c r="M84" s="2">
         <v>0</v>
       </c>
       <c r="N84" s="2">
         <v>136</v>
       </c>
     </row>
     <row r="85" spans="1:14">
       <c r="A85" s="2">
         <v>111848</v>
       </c>
       <c r="B85" s="2" t="s">
         <v>263</v>
       </c>
       <c r="C85" s="2" t="s">
         <v>264</v>
       </c>
       <c r="D85" s="2"/>
       <c r="E85" s="2">
         <v>7165</v>
       </c>
       <c r="F85" s="2" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="G85" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H85" s="2" t="s">
         <v>265</v>
       </c>
       <c r="I85" s="2">
         <v>54</v>
       </c>
       <c r="J85" s="2">
         <v>47</v>
       </c>
       <c r="K85" s="2">
         <v>70</v>
       </c>
       <c r="L85" s="2">
         <v>65</v>
       </c>
       <c r="M85" s="2">
         <v>0</v>
       </c>
       <c r="N85" s="2">
         <v>135</v>
       </c>
     </row>
     <row r="86" spans="1:14">
       <c r="A86" s="2">
         <v>111849</v>
       </c>
       <c r="B86" s="2" t="s">
         <v>266</v>
       </c>
       <c r="C86" s="2" t="s">
         <v>267</v>
       </c>
       <c r="D86" s="2"/>
       <c r="E86" s="2">
         <v>7052</v>
       </c>
       <c r="F86" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G86" s="2" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="H86" s="2" t="s">
         <v>268</v>
       </c>
       <c r="I86" s="2">
         <v>55</v>
       </c>
       <c r="J86" s="2">
         <v>8</v>
       </c>
       <c r="K86" s="2">
         <v>70</v>
       </c>
       <c r="L86" s="2">
         <v>140</v>
       </c>
       <c r="M86" s="2">
         <v>0</v>
       </c>
       <c r="N86" s="2">
         <v>210</v>
       </c>
     </row>
     <row r="87" spans="1:14">
       <c r="A87" s="2">
@@ -5742,51 +5742,51 @@
       </c>
       <c r="I87" s="2">
         <v>56</v>
       </c>
       <c r="J87" s="2">
         <v>48</v>
       </c>
       <c r="K87" s="2">
         <v>70</v>
       </c>
       <c r="L87" s="2">
         <v>64</v>
       </c>
       <c r="M87" s="2">
         <v>0</v>
       </c>
       <c r="N87" s="2">
         <v>134</v>
       </c>
     </row>
     <row r="88" spans="1:14">
       <c r="A88" s="2">
         <v>105533</v>
       </c>
       <c r="B88" s="2" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="C88" s="2" t="s">
         <v>271</v>
       </c>
       <c r="D88" s="2"/>
       <c r="E88" s="2">
         <v>7128</v>
       </c>
       <c r="F88" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G88" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H88" s="2" t="s">
         <v>272</v>
       </c>
       <c r="I88" s="2">
         <v>57</v>
       </c>
       <c r="J88" s="2">
         <v>49</v>
       </c>
       <c r="K88" s="2">
         <v>70</v>
@@ -5923,93 +5923,93 @@
       <c r="M91" s="2">
         <v>0</v>
       </c>
       <c r="N91" s="2">
         <v>131</v>
       </c>
     </row>
     <row r="92" spans="1:14">
       <c r="A92" s="2">
         <v>111854</v>
       </c>
       <c r="B92" s="2" t="s">
         <v>281</v>
       </c>
       <c r="C92" s="2" t="s">
         <v>282</v>
       </c>
       <c r="D92" s="2"/>
       <c r="E92" s="2">
         <v>7242</v>
       </c>
       <c r="F92" s="2" t="s">
         <v>283</v>
       </c>
       <c r="G92" s="2" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="H92" s="2" t="s">
         <v>284</v>
       </c>
       <c r="I92" s="2">
         <v>60</v>
       </c>
       <c r="J92" s="2">
         <v>9</v>
       </c>
       <c r="K92" s="2">
         <v>70</v>
       </c>
       <c r="L92" s="2">
         <v>135</v>
       </c>
       <c r="M92" s="2">
         <v>0</v>
       </c>
       <c r="N92" s="2">
         <v>205</v>
       </c>
     </row>
     <row r="93" spans="1:14">
       <c r="A93" s="2">
         <v>111855</v>
       </c>
       <c r="B93" s="2" t="s">
         <v>285</v>
       </c>
       <c r="C93" s="2" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D93" s="2"/>
       <c r="E93" s="2">
         <v>7137</v>
       </c>
       <c r="F93" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G93" s="2" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="H93" s="2" t="s">
         <v>286</v>
       </c>
       <c r="I93" s="2">
         <v>61</v>
       </c>
       <c r="J93" s="2">
         <v>10</v>
       </c>
       <c r="K93" s="2">
         <v>70</v>
       </c>
       <c r="L93" s="2">
         <v>130</v>
       </c>
       <c r="M93" s="2">
         <v>0</v>
       </c>
       <c r="N93" s="2">
         <v>200</v>
       </c>
     </row>
     <row r="94" spans="1:14">
       <c r="A94" s="2">
@@ -6508,96 +6508,96 @@
       <c r="L105" s="2">
         <v>49</v>
       </c>
       <c r="M105" s="2">
         <v>0</v>
       </c>
       <c r="N105" s="2">
         <v>119</v>
       </c>
     </row>
     <row r="106" spans="1:14">
       <c r="A106" s="2">
         <v>111868</v>
       </c>
       <c r="B106" s="2" t="s">
         <v>317</v>
       </c>
       <c r="C106" s="2" t="s">
         <v>318</v>
       </c>
       <c r="D106" s="2"/>
       <c r="E106" s="2">
         <v>7029</v>
       </c>
       <c r="F106" s="2" t="s">
-        <v>180</v>
+        <v>177</v>
       </c>
       <c r="G106" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H106" s="2" t="s">
         <v>319</v>
       </c>
       <c r="I106" s="2">
         <v>74</v>
       </c>
       <c r="J106" s="2">
         <v>64</v>
       </c>
       <c r="K106" s="2">
         <v>70</v>
       </c>
       <c r="L106" s="2">
         <v>48</v>
       </c>
       <c r="M106" s="2">
         <v>0</v>
       </c>
       <c r="N106" s="2">
         <v>118</v>
       </c>
     </row>
     <row r="107" spans="1:14">
       <c r="A107" s="2">
         <v>111869</v>
       </c>
       <c r="B107" s="2" t="s">
         <v>320</v>
       </c>
       <c r="C107" s="2" t="s">
         <v>321</v>
       </c>
       <c r="D107" s="2"/>
       <c r="E107" s="2">
         <v>7028</v>
       </c>
       <c r="F107" s="2" t="s">
-        <v>180</v>
+        <v>177</v>
       </c>
       <c r="G107" s="2" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="H107" s="2" t="s">
         <v>319</v>
       </c>
       <c r="I107" s="2">
         <v>75</v>
       </c>
       <c r="J107" s="2">
         <v>65</v>
       </c>
       <c r="K107" s="2">
         <v>70</v>
       </c>
       <c r="L107" s="2">
         <v>47</v>
       </c>
       <c r="M107" s="2">
         <v>0</v>
       </c>
       <c r="N107" s="2">
         <v>117</v>
       </c>
     </row>
     <row r="108" spans="1:14">
       <c r="A108" s="2">
@@ -6676,51 +6676,51 @@
       <c r="L109" s="2">
         <v>46</v>
       </c>
       <c r="M109" s="2">
         <v>0</v>
       </c>
       <c r="N109" s="2">
         <v>116</v>
       </c>
     </row>
     <row r="110" spans="1:14">
       <c r="A110" s="2">
         <v>111872</v>
       </c>
       <c r="B110" s="2" t="s">
         <v>327</v>
       </c>
       <c r="C110" s="2" t="s">
         <v>328</v>
       </c>
       <c r="D110" s="2"/>
       <c r="E110" s="2">
         <v>7084</v>
       </c>
       <c r="F110" s="2" t="s">
-        <v>180</v>
+        <v>177</v>
       </c>
       <c r="G110" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H110" s="2" t="s">
         <v>329</v>
       </c>
       <c r="I110" s="2">
         <v>78</v>
       </c>
       <c r="J110" s="2">
         <v>67</v>
       </c>
       <c r="K110" s="2">
         <v>70</v>
       </c>
       <c r="L110" s="2">
         <v>45</v>
       </c>
       <c r="M110" s="2">
         <v>0</v>
       </c>
       <c r="N110" s="2">
         <v>115</v>
       </c>
@@ -6763,51 +6763,51 @@
       <c r="M111" s="2">
         <v>0</v>
       </c>
       <c r="N111" s="2">
         <v>114</v>
       </c>
     </row>
     <row r="112" spans="1:14">
       <c r="A112" s="2">
         <v>111874</v>
       </c>
       <c r="B112" s="2" t="s">
         <v>332</v>
       </c>
       <c r="C112" s="2" t="s">
         <v>333</v>
       </c>
       <c r="D112" s="2"/>
       <c r="E112" s="2">
         <v>7159</v>
       </c>
       <c r="F112" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G112" s="2" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="H112" s="2" t="s">
         <v>334</v>
       </c>
       <c r="I112" s="2">
         <v>80</v>
       </c>
       <c r="J112" s="2">
         <v>12</v>
       </c>
       <c r="K112" s="2">
         <v>70</v>
       </c>
       <c r="L112" s="2">
         <v>120</v>
       </c>
       <c r="M112" s="2">
         <v>0</v>
       </c>
       <c r="N112" s="2">
         <v>190</v>
       </c>
     </row>
     <row r="113" spans="1:14">
       <c r="A113" s="2">
@@ -6844,128 +6844,128 @@
       <c r="L113" s="2">
         <v>43</v>
       </c>
       <c r="M113" s="2">
         <v>0</v>
       </c>
       <c r="N113" s="2">
         <v>113</v>
       </c>
     </row>
     <row r="114" spans="1:14">
       <c r="A114" s="2">
         <v>111876</v>
       </c>
       <c r="B114" s="2" t="s">
         <v>338</v>
       </c>
       <c r="C114" s="2" t="s">
         <v>339</v>
       </c>
       <c r="D114" s="2"/>
       <c r="E114" s="2">
         <v>7079</v>
       </c>
       <c r="F114" s="2" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="G114" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H114" s="2" t="s">
         <v>340</v>
       </c>
       <c r="I114" s="2">
         <v>82</v>
       </c>
       <c r="J114" s="2">
         <v>70</v>
       </c>
       <c r="K114" s="2">
         <v>70</v>
       </c>
       <c r="L114" s="2">
         <v>42</v>
       </c>
       <c r="M114" s="2">
         <v>0</v>
       </c>
       <c r="N114" s="2">
         <v>112</v>
       </c>
     </row>
     <row r="115" spans="1:14">
       <c r="A115" s="2">
         <v>111877</v>
       </c>
       <c r="B115" s="2" t="s">
         <v>341</v>
       </c>
       <c r="C115" s="2" t="s">
         <v>342</v>
       </c>
       <c r="D115" s="2"/>
       <c r="E115" s="2">
         <v>7015</v>
       </c>
       <c r="F115" s="2" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="G115" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H115" s="2" t="s">
         <v>343</v>
       </c>
       <c r="I115" s="2">
         <v>83</v>
       </c>
       <c r="J115" s="2">
         <v>71</v>
       </c>
       <c r="K115" s="2">
         <v>70</v>
       </c>
       <c r="L115" s="2">
         <v>41</v>
       </c>
       <c r="M115" s="2">
         <v>0</v>
       </c>
       <c r="N115" s="2">
         <v>111</v>
       </c>
     </row>
     <row r="116" spans="1:14">
       <c r="A116" s="2">
         <v>111878</v>
       </c>
       <c r="B116" s="2" t="s">
         <v>344</v>
       </c>
       <c r="C116" s="2" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D116" s="2"/>
       <c r="E116" s="2">
         <v>7220</v>
       </c>
       <c r="F116" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G116" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H116" s="2" t="s">
         <v>345</v>
       </c>
       <c r="I116" s="2">
         <v>84</v>
       </c>
       <c r="J116" s="2">
         <v>72</v>
       </c>
       <c r="K116" s="2">
         <v>70</v>
       </c>
       <c r="L116" s="2">
         <v>40</v>
@@ -7047,142 +7047,142 @@
       </c>
       <c r="J118" s="2">
         <v>74</v>
       </c>
       <c r="K118" s="2">
         <v>70</v>
       </c>
       <c r="L118" s="2">
         <v>38</v>
       </c>
       <c r="M118" s="2">
         <v>0</v>
       </c>
       <c r="N118" s="2">
         <v>108</v>
       </c>
     </row>
     <row r="119" spans="1:14">
       <c r="A119" s="2">
         <v>111881</v>
       </c>
       <c r="B119" s="2" t="s">
         <v>352</v>
       </c>
       <c r="C119" s="2" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D119" s="2"/>
       <c r="E119" s="2">
         <v>7195</v>
       </c>
       <c r="F119" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G119" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H119" s="2" t="s">
         <v>353</v>
       </c>
       <c r="I119" s="2">
         <v>87</v>
       </c>
       <c r="J119" s="2">
         <v>75</v>
       </c>
       <c r="K119" s="2">
         <v>70</v>
       </c>
       <c r="L119" s="2">
         <v>37</v>
       </c>
       <c r="M119" s="2">
         <v>0</v>
       </c>
       <c r="N119" s="2">
         <v>107</v>
       </c>
     </row>
     <row r="120" spans="1:14">
       <c r="A120" s="2">
         <v>111882</v>
       </c>
       <c r="B120" s="2" t="s">
         <v>354</v>
       </c>
       <c r="C120" s="2" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D120" s="2"/>
       <c r="E120" s="2">
         <v>7032</v>
       </c>
       <c r="F120" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G120" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H120" s="2" t="s">
         <v>355</v>
       </c>
       <c r="I120" s="2">
         <v>88</v>
       </c>
       <c r="J120" s="2">
         <v>76</v>
       </c>
       <c r="K120" s="2">
         <v>70</v>
       </c>
       <c r="L120" s="2">
         <v>36</v>
       </c>
       <c r="M120" s="2">
         <v>0</v>
       </c>
       <c r="N120" s="2">
         <v>106</v>
       </c>
     </row>
     <row r="121" spans="1:14">
       <c r="A121" s="2">
         <v>111883</v>
       </c>
       <c r="B121" s="2" t="s">
         <v>356</v>
       </c>
       <c r="C121" s="2" t="s">
         <v>357</v>
       </c>
       <c r="D121" s="2"/>
       <c r="E121" s="2">
         <v>7025</v>
       </c>
       <c r="F121" s="2" t="s">
-        <v>180</v>
+        <v>177</v>
       </c>
       <c r="G121" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H121" s="2" t="s">
         <v>358</v>
       </c>
       <c r="I121" s="2">
         <v>89</v>
       </c>
       <c r="J121" s="2">
         <v>77</v>
       </c>
       <c r="K121" s="2">
         <v>70</v>
       </c>
       <c r="L121" s="2">
         <v>35</v>
       </c>
       <c r="M121" s="2">
         <v>0</v>
       </c>
       <c r="N121" s="2">
         <v>105</v>
       </c>
@@ -7306,54 +7306,54 @@
       <c r="L124" s="2">
         <v>32</v>
       </c>
       <c r="M124" s="2">
         <v>0</v>
       </c>
       <c r="N124" s="2">
         <v>102</v>
       </c>
     </row>
     <row r="125" spans="1:14">
       <c r="A125" s="2">
         <v>111887</v>
       </c>
       <c r="B125" s="2" t="s">
         <v>366</v>
       </c>
       <c r="C125" s="2" t="s">
         <v>367</v>
       </c>
       <c r="D125" s="2"/>
       <c r="E125" s="2">
         <v>7014</v>
       </c>
       <c r="F125" s="2" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="G125" s="2" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="H125" s="2" t="s">
         <v>368</v>
       </c>
       <c r="I125" s="2">
         <v>93</v>
       </c>
       <c r="J125" s="2">
         <v>13</v>
       </c>
       <c r="K125" s="2">
         <v>70</v>
       </c>
       <c r="L125" s="2">
         <v>115</v>
       </c>
       <c r="M125" s="2">
         <v>0</v>
       </c>
       <c r="N125" s="2">
         <v>185</v>
       </c>
     </row>
     <row r="126" spans="1:14">
       <c r="A126" s="2">
@@ -7516,51 +7516,51 @@
       <c r="L129" s="2">
         <v>28</v>
       </c>
       <c r="M129" s="2">
         <v>0</v>
       </c>
       <c r="N129" s="2">
         <v>98</v>
       </c>
     </row>
     <row r="130" spans="1:14">
       <c r="A130" s="2">
         <v>111892</v>
       </c>
       <c r="B130" s="2" t="s">
         <v>380</v>
       </c>
       <c r="C130" s="2" t="s">
         <v>381</v>
       </c>
       <c r="D130" s="2"/>
       <c r="E130" s="2">
         <v>7026</v>
       </c>
       <c r="F130" s="2" t="s">
-        <v>180</v>
+        <v>177</v>
       </c>
       <c r="G130" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H130" s="2" t="s">
         <v>382</v>
       </c>
       <c r="I130" s="2">
         <v>98</v>
       </c>
       <c r="J130" s="2">
         <v>85</v>
       </c>
       <c r="K130" s="2">
         <v>70</v>
       </c>
       <c r="L130" s="2">
         <v>27</v>
       </c>
       <c r="M130" s="2">
         <v>0</v>
       </c>
       <c r="N130" s="2">
         <v>97</v>
       </c>
@@ -7593,51 +7593,51 @@
       </c>
       <c r="J131" s="2">
         <v>86</v>
       </c>
       <c r="K131" s="2">
         <v>70</v>
       </c>
       <c r="L131" s="2">
         <v>26</v>
       </c>
       <c r="M131" s="2">
         <v>0</v>
       </c>
       <c r="N131" s="2">
         <v>96</v>
       </c>
     </row>
     <row r="132" spans="1:14">
       <c r="A132" s="2">
         <v>111894</v>
       </c>
       <c r="B132" s="2" t="s">
         <v>385</v>
       </c>
       <c r="C132" s="2" t="s">
-        <v>122</v>
+        <v>118</v>
       </c>
       <c r="D132" s="2"/>
       <c r="E132" s="2">
         <v>7035</v>
       </c>
       <c r="F132" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G132" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H132" s="2" t="s">
         <v>386</v>
       </c>
       <c r="I132" s="2">
         <v>100</v>
       </c>
       <c r="J132" s="2">
         <v>87</v>
       </c>
       <c r="K132" s="2">
         <v>70</v>
       </c>
       <c r="L132" s="2">
         <v>25</v>
@@ -7645,51 +7645,51 @@
       <c r="M132" s="2">
         <v>0</v>
       </c>
       <c r="N132" s="2">
         <v>95</v>
       </c>
     </row>
     <row r="133" spans="1:14">
       <c r="A133" s="2">
         <v>111895</v>
       </c>
       <c r="B133" s="2" t="s">
         <v>387</v>
       </c>
       <c r="C133" s="2" t="s">
         <v>234</v>
       </c>
       <c r="D133" s="2"/>
       <c r="E133" s="2">
         <v>7099</v>
       </c>
       <c r="F133" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G133" s="2" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="H133" s="2" t="s">
         <v>388</v>
       </c>
       <c r="I133" s="2">
         <v>101</v>
       </c>
       <c r="J133" s="2">
         <v>14</v>
       </c>
       <c r="K133" s="2">
         <v>70</v>
       </c>
       <c r="L133" s="2">
         <v>110</v>
       </c>
       <c r="M133" s="2">
         <v>0</v>
       </c>
       <c r="N133" s="2">
         <v>180</v>
       </c>
     </row>
     <row r="134" spans="1:14">
       <c r="A134" s="2">
@@ -8356,54 +8356,54 @@
       <c r="L149" s="2">
         <v>10</v>
       </c>
       <c r="M149" s="2">
         <v>0</v>
       </c>
       <c r="N149" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="150" spans="1:14">
       <c r="A150" s="2">
         <v>111912</v>
       </c>
       <c r="B150" s="2" t="s">
         <v>433</v>
       </c>
       <c r="C150" s="2" t="s">
         <v>434</v>
       </c>
       <c r="D150" s="2"/>
       <c r="E150" s="2">
         <v>7067</v>
       </c>
       <c r="F150" s="2" t="s">
-        <v>180</v>
+        <v>177</v>
       </c>
       <c r="G150" s="2" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="H150" s="2" t="s">
         <v>435</v>
       </c>
       <c r="I150" s="2">
         <v>118</v>
       </c>
       <c r="J150" s="2">
         <v>15</v>
       </c>
       <c r="K150" s="2">
         <v>70</v>
       </c>
       <c r="L150" s="2">
         <v>105</v>
       </c>
       <c r="M150" s="2">
         <v>0</v>
       </c>
       <c r="N150" s="2">
         <v>175</v>
       </c>
     </row>
     <row r="151" spans="1:14">
       <c r="A151" s="2">
@@ -8433,51 +8433,51 @@
       </c>
       <c r="J151" s="2">
         <v>104</v>
       </c>
       <c r="K151" s="2">
         <v>70</v>
       </c>
       <c r="L151" s="2">
         <v>10</v>
       </c>
       <c r="M151" s="2">
         <v>0</v>
       </c>
       <c r="N151" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="152" spans="1:14">
       <c r="A152" s="2">
         <v>111914</v>
       </c>
       <c r="B152" s="2" t="s">
         <v>439</v>
       </c>
       <c r="C152" s="2" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D152" s="2"/>
       <c r="E152" s="2">
         <v>7088</v>
       </c>
       <c r="F152" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G152" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H152" s="2" t="s">
         <v>440</v>
       </c>
       <c r="I152" s="2">
         <v>120</v>
       </c>
       <c r="J152" s="2">
         <v>105</v>
       </c>
       <c r="K152" s="2">
         <v>70</v>
       </c>
       <c r="L152" s="2">
         <v>10</v>
@@ -8643,93 +8643,93 @@
       </c>
       <c r="J156" s="2">
         <v>109</v>
       </c>
       <c r="K156" s="2">
         <v>70</v>
       </c>
       <c r="L156" s="2">
         <v>10</v>
       </c>
       <c r="M156" s="2">
         <v>0</v>
       </c>
       <c r="N156" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="157" spans="1:14">
       <c r="A157" s="2">
         <v>111919</v>
       </c>
       <c r="B157" s="2" t="s">
         <v>450</v>
       </c>
       <c r="C157" s="2" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D157" s="2"/>
       <c r="E157" s="2">
         <v>7048</v>
       </c>
       <c r="F157" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G157" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H157" s="2" t="s">
         <v>451</v>
       </c>
       <c r="I157" s="2">
         <v>125</v>
       </c>
       <c r="J157" s="2">
         <v>110</v>
       </c>
       <c r="K157" s="2">
         <v>70</v>
       </c>
       <c r="L157" s="2">
         <v>10</v>
       </c>
       <c r="M157" s="2">
         <v>0</v>
       </c>
       <c r="N157" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="158" spans="1:14">
       <c r="A158" s="2">
         <v>111920</v>
       </c>
       <c r="B158" s="2" t="s">
         <v>452</v>
       </c>
       <c r="C158" s="2" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D158" s="2"/>
       <c r="E158" s="2">
         <v>7007</v>
       </c>
       <c r="F158" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G158" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H158" s="2" t="s">
         <v>453</v>
       </c>
       <c r="I158" s="2">
         <v>126</v>
       </c>
       <c r="J158" s="2">
         <v>111</v>
       </c>
       <c r="K158" s="2">
         <v>70</v>
       </c>
       <c r="L158" s="2">
         <v>10</v>
@@ -8766,51 +8766,51 @@
       </c>
       <c r="I159" s="2">
         <v>127</v>
       </c>
       <c r="J159" s="2">
         <v>112</v>
       </c>
       <c r="K159" s="2">
         <v>70</v>
       </c>
       <c r="L159" s="2">
         <v>10</v>
       </c>
       <c r="M159" s="2">
         <v>0</v>
       </c>
       <c r="N159" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="160" spans="1:14">
       <c r="A160" s="2">
         <v>108335</v>
       </c>
       <c r="B160" s="2" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="C160" s="2" t="s">
         <v>456</v>
       </c>
       <c r="D160" s="2"/>
       <c r="E160" s="2">
         <v>7224</v>
       </c>
       <c r="F160" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G160" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H160" s="2" t="s">
         <v>457</v>
       </c>
       <c r="I160" s="2">
         <v>128</v>
       </c>
       <c r="J160" s="2">
         <v>113</v>
       </c>
       <c r="K160" s="2">
         <v>70</v>
@@ -8895,51 +8895,51 @@
       </c>
       <c r="J162" s="2">
         <v>115</v>
       </c>
       <c r="K162" s="2">
         <v>70</v>
       </c>
       <c r="L162" s="2">
         <v>10</v>
       </c>
       <c r="M162" s="2">
         <v>0</v>
       </c>
       <c r="N162" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="163" spans="1:14">
       <c r="A163" s="2">
         <v>111925</v>
       </c>
       <c r="B163" s="2" t="s">
         <v>463</v>
       </c>
       <c r="C163" s="2" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D163" s="2"/>
       <c r="E163" s="2">
         <v>7154</v>
       </c>
       <c r="F163" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G163" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H163" s="2" t="s">
         <v>464</v>
       </c>
       <c r="I163" s="2">
         <v>131</v>
       </c>
       <c r="J163" s="2">
         <v>116</v>
       </c>
       <c r="K163" s="2">
         <v>70</v>
       </c>
       <c r="L163" s="2">
         <v>10</v>
@@ -9031,51 +9031,51 @@
       <c r="M165" s="2">
         <v>0</v>
       </c>
       <c r="N165" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="166" spans="1:14">
       <c r="A166" s="2">
         <v>111928</v>
       </c>
       <c r="B166" s="2" t="s">
         <v>469</v>
       </c>
       <c r="C166" s="2" t="s">
         <v>470</v>
       </c>
       <c r="D166" s="2"/>
       <c r="E166" s="2">
         <v>7094</v>
       </c>
       <c r="F166" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G166" s="2" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="H166" s="2" t="s">
         <v>471</v>
       </c>
       <c r="I166" s="2">
         <v>134</v>
       </c>
       <c r="J166" s="2">
         <v>16</v>
       </c>
       <c r="K166" s="2">
         <v>70</v>
       </c>
       <c r="L166" s="2">
         <v>100</v>
       </c>
       <c r="M166" s="2">
         <v>0</v>
       </c>
       <c r="N166" s="2">
         <v>170</v>
       </c>
     </row>
     <row r="167" spans="1:14">
       <c r="A167" s="2">
@@ -9147,177 +9147,177 @@
       </c>
       <c r="J168" s="2">
         <v>120</v>
       </c>
       <c r="K168" s="2">
         <v>70</v>
       </c>
       <c r="L168" s="2">
         <v>10</v>
       </c>
       <c r="M168" s="2">
         <v>0</v>
       </c>
       <c r="N168" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="169" spans="1:14">
       <c r="A169" s="2">
         <v>111931</v>
       </c>
       <c r="B169" s="2" t="s">
         <v>477</v>
       </c>
       <c r="C169" s="2" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D169" s="2"/>
       <c r="E169" s="2">
         <v>7223</v>
       </c>
       <c r="F169" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G169" s="2" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="H169" s="2" t="s">
         <v>478</v>
       </c>
       <c r="I169" s="2">
         <v>137</v>
       </c>
       <c r="J169" s="2">
         <v>17</v>
       </c>
       <c r="K169" s="2">
         <v>70</v>
       </c>
       <c r="L169" s="2">
         <v>99</v>
       </c>
       <c r="M169" s="2">
         <v>0</v>
       </c>
       <c r="N169" s="2">
         <v>169</v>
       </c>
     </row>
     <row r="170" spans="1:14">
       <c r="A170" s="2">
         <v>111932</v>
       </c>
       <c r="B170" s="2" t="s">
         <v>20</v>
       </c>
       <c r="C170" s="2" t="s">
         <v>479</v>
       </c>
       <c r="D170" s="2"/>
       <c r="E170" s="2">
         <v>7092</v>
       </c>
       <c r="F170" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G170" s="2" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="H170" s="2" t="s">
         <v>480</v>
       </c>
       <c r="I170" s="2">
         <v>138</v>
       </c>
       <c r="J170" s="2">
         <v>18</v>
       </c>
       <c r="K170" s="2">
         <v>70</v>
       </c>
       <c r="L170" s="2">
         <v>98</v>
       </c>
       <c r="M170" s="2">
         <v>0</v>
       </c>
       <c r="N170" s="2">
         <v>168</v>
       </c>
     </row>
     <row r="171" spans="1:14">
       <c r="A171" s="2">
         <v>111933</v>
       </c>
       <c r="B171" s="2" t="s">
         <v>481</v>
       </c>
       <c r="C171" s="2" t="s">
         <v>482</v>
       </c>
       <c r="D171" s="2"/>
       <c r="E171" s="2">
         <v>7230</v>
       </c>
       <c r="F171" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G171" s="2" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="H171" s="2" t="s">
         <v>483</v>
       </c>
       <c r="I171" s="2">
         <v>139</v>
       </c>
       <c r="J171" s="2">
         <v>19</v>
       </c>
       <c r="K171" s="2">
         <v>70</v>
       </c>
       <c r="L171" s="2">
         <v>97</v>
       </c>
       <c r="M171" s="2">
         <v>0</v>
       </c>
       <c r="N171" s="2">
         <v>167</v>
       </c>
     </row>
     <row r="172" spans="1:14">
       <c r="A172" s="2">
         <v>111934</v>
       </c>
       <c r="B172" s="2" t="s">
         <v>484</v>
       </c>
       <c r="C172" s="2" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D172" s="2"/>
       <c r="E172" s="2">
         <v>7027</v>
       </c>
       <c r="F172" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G172" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H172" s="2" t="s">
         <v>485</v>
       </c>
       <c r="I172" s="2">
         <v>140</v>
       </c>
       <c r="J172" s="2">
         <v>121</v>
       </c>
       <c r="K172" s="2">
         <v>70</v>
       </c>
       <c r="L172" s="2">
         <v>10</v>
@@ -9406,51 +9406,51 @@
       <c r="L174" s="2">
         <v>10</v>
       </c>
       <c r="M174" s="2">
         <v>0</v>
       </c>
       <c r="N174" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="175" spans="1:14">
       <c r="A175" s="2">
         <v>111937</v>
       </c>
       <c r="B175" s="2" t="s">
         <v>492</v>
       </c>
       <c r="C175" s="2" t="s">
         <v>493</v>
       </c>
       <c r="D175" s="2"/>
       <c r="E175" s="2">
         <v>7202</v>
       </c>
       <c r="F175" s="2" t="s">
-        <v>180</v>
+        <v>177</v>
       </c>
       <c r="G175" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H175" s="2" t="s">
         <v>494</v>
       </c>
       <c r="I175" s="2">
         <v>143</v>
       </c>
       <c r="J175" s="2">
         <v>124</v>
       </c>
       <c r="K175" s="2">
         <v>70</v>
       </c>
       <c r="L175" s="2">
         <v>10</v>
       </c>
       <c r="M175" s="2">
         <v>0</v>
       </c>
       <c r="N175" s="2">
         <v>80</v>
       </c>
@@ -9532,93 +9532,93 @@
       <c r="L177" s="2">
         <v>10</v>
       </c>
       <c r="M177" s="2">
         <v>0</v>
       </c>
       <c r="N177" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="178" spans="1:14">
       <c r="A178" s="2">
         <v>111940</v>
       </c>
       <c r="B178" s="2" t="s">
         <v>500</v>
       </c>
       <c r="C178" s="2" t="s">
         <v>501</v>
       </c>
       <c r="D178" s="2"/>
       <c r="E178" s="2">
         <v>7179</v>
       </c>
       <c r="F178" s="2" t="s">
-        <v>180</v>
+        <v>177</v>
       </c>
       <c r="G178" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H178" s="2" t="s">
         <v>502</v>
       </c>
       <c r="I178" s="2">
         <v>146</v>
       </c>
       <c r="J178" s="2">
         <v>127</v>
       </c>
       <c r="K178" s="2">
         <v>70</v>
       </c>
       <c r="L178" s="2">
         <v>10</v>
       </c>
       <c r="M178" s="2">
         <v>0</v>
       </c>
       <c r="N178" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="179" spans="1:14">
       <c r="A179" s="2">
         <v>111941</v>
       </c>
       <c r="B179" s="2" t="s">
         <v>503</v>
       </c>
       <c r="C179" s="2" t="s">
         <v>504</v>
       </c>
       <c r="D179" s="2"/>
       <c r="E179" s="2">
         <v>7061</v>
       </c>
       <c r="F179" s="2" t="s">
-        <v>120</v>
+        <v>123</v>
       </c>
       <c r="G179" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H179" s="2" t="s">
         <v>505</v>
       </c>
       <c r="I179" s="2">
         <v>147</v>
       </c>
       <c r="J179" s="2">
         <v>128</v>
       </c>
       <c r="K179" s="2">
         <v>70</v>
       </c>
       <c r="L179" s="2">
         <v>10</v>
       </c>
       <c r="M179" s="2">
         <v>0</v>
       </c>
       <c r="N179" s="2">
         <v>80</v>
       </c>
@@ -9661,93 +9661,93 @@
       <c r="M180" s="2">
         <v>0</v>
       </c>
       <c r="N180" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="181" spans="1:14">
       <c r="A181" s="2">
         <v>111943</v>
       </c>
       <c r="B181" s="2" t="s">
         <v>509</v>
       </c>
       <c r="C181" s="2" t="s">
         <v>510</v>
       </c>
       <c r="D181" s="2"/>
       <c r="E181" s="2">
         <v>7201</v>
       </c>
       <c r="F181" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G181" s="2" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="H181" s="2" t="s">
         <v>511</v>
       </c>
       <c r="I181" s="2">
         <v>149</v>
       </c>
       <c r="J181" s="2">
         <v>20</v>
       </c>
       <c r="K181" s="2">
         <v>70</v>
       </c>
       <c r="L181" s="2">
         <v>96</v>
       </c>
       <c r="M181" s="2">
         <v>0</v>
       </c>
       <c r="N181" s="2">
         <v>166</v>
       </c>
     </row>
     <row r="182" spans="1:14">
       <c r="A182" s="2">
         <v>111944</v>
       </c>
       <c r="B182" s="2" t="s">
         <v>512</v>
       </c>
       <c r="C182" s="2" t="s">
         <v>513</v>
       </c>
       <c r="D182" s="2"/>
       <c r="E182" s="2">
         <v>7176</v>
       </c>
       <c r="F182" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G182" s="2" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="H182" s="2" t="s">
         <v>514</v>
       </c>
       <c r="I182" s="2">
         <v>150</v>
       </c>
       <c r="J182" s="2">
         <v>21</v>
       </c>
       <c r="K182" s="2">
         <v>70</v>
       </c>
       <c r="L182" s="2">
         <v>95</v>
       </c>
       <c r="M182" s="2">
         <v>0</v>
       </c>
       <c r="N182" s="2">
         <v>165</v>
       </c>
     </row>
     <row r="183" spans="1:14">
       <c r="A183" s="2">
@@ -9903,61 +9903,61 @@
       </c>
       <c r="J186" s="2">
         <v>133</v>
       </c>
       <c r="K186" s="2">
         <v>70</v>
       </c>
       <c r="L186" s="2">
         <v>10</v>
       </c>
       <c r="M186" s="2">
         <v>0</v>
       </c>
       <c r="N186" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="187" spans="1:14">
       <c r="A187" s="2">
         <v>111949</v>
       </c>
       <c r="B187" s="2" t="s">
         <v>526</v>
       </c>
       <c r="C187" s="2" t="s">
-        <v>175</v>
+        <v>179</v>
       </c>
       <c r="D187" s="2"/>
       <c r="E187" s="2">
         <v>7196</v>
       </c>
       <c r="F187" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G187" s="2" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="H187" s="2" t="s">
         <v>527</v>
       </c>
       <c r="I187" s="2">
         <v>155</v>
       </c>
       <c r="J187" s="2">
         <v>22</v>
       </c>
       <c r="K187" s="2">
         <v>70</v>
       </c>
       <c r="L187" s="2">
         <v>94</v>
       </c>
       <c r="M187" s="2">
         <v>0</v>
       </c>
       <c r="N187" s="2">
         <v>164</v>
       </c>
     </row>
     <row r="188" spans="1:14">
       <c r="A188" s="2">
@@ -10123,83 +10123,83 @@
       <c r="M191" s="2">
         <v>0</v>
       </c>
       <c r="N191" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="192" spans="1:14">
       <c r="A192" s="2">
         <v>111954</v>
       </c>
       <c r="B192" s="2" t="s">
         <v>539</v>
       </c>
       <c r="C192" s="2" t="s">
         <v>540</v>
       </c>
       <c r="D192" s="2"/>
       <c r="E192" s="2">
         <v>7021</v>
       </c>
       <c r="F192" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G192" s="2" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="H192" s="2" t="s">
         <v>541</v>
       </c>
       <c r="I192" s="2">
         <v>160</v>
       </c>
       <c r="J192" s="2">
         <v>23</v>
       </c>
       <c r="K192" s="2">
         <v>70</v>
       </c>
       <c r="L192" s="2">
         <v>93</v>
       </c>
       <c r="M192" s="2">
         <v>0</v>
       </c>
       <c r="N192" s="2">
         <v>163</v>
       </c>
     </row>
     <row r="193" spans="1:14">
       <c r="A193" s="2">
         <v>111955</v>
       </c>
       <c r="B193" s="2" t="s">
         <v>542</v>
       </c>
       <c r="C193" s="2" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D193" s="2"/>
       <c r="E193" s="2">
         <v>7163</v>
       </c>
       <c r="F193" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G193" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H193" s="2" t="s">
         <v>543</v>
       </c>
       <c r="I193" s="2">
         <v>161</v>
       </c>
       <c r="J193" s="2">
         <v>138</v>
       </c>
       <c r="K193" s="2">
         <v>70</v>
       </c>
       <c r="L193" s="2">
         <v>10</v>
@@ -10288,51 +10288,51 @@
       <c r="L195" s="2">
         <v>10</v>
       </c>
       <c r="M195" s="2">
         <v>0</v>
       </c>
       <c r="N195" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="196" spans="1:14">
       <c r="A196" s="2">
         <v>111958</v>
       </c>
       <c r="B196" s="2" t="s">
         <v>548</v>
       </c>
       <c r="C196" s="2" t="s">
         <v>549</v>
       </c>
       <c r="D196" s="2"/>
       <c r="E196" s="2">
         <v>7083</v>
       </c>
       <c r="F196" s="2" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="G196" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H196" s="2" t="s">
         <v>550</v>
       </c>
       <c r="I196" s="2">
         <v>164</v>
       </c>
       <c r="J196" s="2">
         <v>141</v>
       </c>
       <c r="K196" s="2">
         <v>70</v>
       </c>
       <c r="L196" s="2">
         <v>10</v>
       </c>
       <c r="M196" s="2">
         <v>0</v>
       </c>
       <c r="N196" s="2">
         <v>80</v>
       </c>