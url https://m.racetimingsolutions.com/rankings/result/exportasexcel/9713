--- v0 (2026-01-02)
+++ v1 (2026-03-03)
@@ -107,303 +107,303 @@
   <si>
     <t>Alexey</t>
   </si>
   <si>
     <t>Sidorenko</t>
   </si>
   <si>
     <t>СИДОРЕНКО</t>
   </si>
   <si>
     <t>Kazakhstan</t>
   </si>
   <si>
     <t>06:45:15</t>
   </si>
   <si>
     <t>Tivadar</t>
   </si>
   <si>
     <t>Polgar</t>
   </si>
   <si>
     <t>06:47:59</t>
   </si>
   <si>
+    <t>Sergei</t>
+  </si>
+  <si>
+    <t>Yakovlev</t>
+  </si>
+  <si>
+    <t>ЯКОВЛЕВ</t>
+  </si>
+  <si>
+    <t>06:48:33</t>
+  </si>
+  <si>
     <t>Marina</t>
   </si>
   <si>
     <t>Abildaeva</t>
   </si>
   <si>
     <t>Female</t>
   </si>
   <si>
     <t>07:17:06</t>
   </si>
   <si>
-    <t>Sergei</t>
-[...8 lines deleted...]
-    <t>06:48:33</t>
+    <t>Pablo</t>
+  </si>
+  <si>
+    <t>Diago Gonzalez</t>
+  </si>
+  <si>
+    <t>Spain</t>
+  </si>
+  <si>
+    <t>07:20:15</t>
   </si>
   <si>
     <t>Pavel</t>
   </si>
   <si>
     <t>Artyushenko</t>
   </si>
   <si>
     <t>АРТЮШЕНКО</t>
   </si>
   <si>
     <t>07:08:00</t>
   </si>
   <si>
-    <t>Pablo</t>
-[...8 lines deleted...]
-    <t>07:20:15</t>
+    <t>Duman</t>
+  </si>
+  <si>
+    <t>Beissenayev</t>
+  </si>
+  <si>
+    <t>07:32:55</t>
   </si>
   <si>
     <t>Denis</t>
   </si>
   <si>
     <t>Karyukin</t>
   </si>
   <si>
     <t>КАРЮКИН</t>
   </si>
   <si>
     <t>07:22:42</t>
   </si>
   <si>
-    <t>Duman</t>
-[...7 lines deleted...]
-  <si>
     <t>Mikhail</t>
   </si>
   <si>
     <t>Nikonov</t>
   </si>
   <si>
     <t>07:22:45</t>
   </si>
   <si>
     <t>Parkhat</t>
   </si>
   <si>
     <t>Srapilov</t>
   </si>
   <si>
     <t>07:33:17</t>
   </si>
   <si>
+    <t>07:22:53</t>
+  </si>
+  <si>
     <t>Sergey</t>
   </si>
   <si>
     <t>Levadniy</t>
   </si>
   <si>
     <t>07:51:37</t>
   </si>
   <si>
-    <t>07:22:53</t>
-[...1 lines deleted...]
-  <si>
     <t>Bakhyt</t>
   </si>
   <si>
     <t>Kabylbekov</t>
   </si>
   <si>
     <t>07:58:01</t>
   </si>
   <si>
     <t>Dmitriy</t>
   </si>
   <si>
     <t>Pichugin</t>
   </si>
   <si>
     <t>Пичугин Дмитрий</t>
   </si>
   <si>
     <t>07:38:07</t>
   </si>
   <si>
+    <t>Kuvshinnikov</t>
+  </si>
+  <si>
+    <t>Кувшинников Михаил</t>
+  </si>
+  <si>
+    <t>07:43:11</t>
+  </si>
+  <si>
     <t>Oleg</t>
   </si>
   <si>
     <t>Trifonov</t>
   </si>
   <si>
     <t>Kyrgyzstan</t>
   </si>
   <si>
     <t>08:04:49</t>
   </si>
   <si>
-    <t>Kuvshinnikov</t>
-[...5 lines deleted...]
-    <t>07:43:11</t>
+    <t>Dauit</t>
+  </si>
+  <si>
+    <t>Zhanbolat</t>
+  </si>
+  <si>
+    <t>08:14:51</t>
   </si>
   <si>
     <t>Yevgeniy</t>
   </si>
   <si>
     <t>Nepsha</t>
   </si>
   <si>
     <t>НЕПША</t>
   </si>
   <si>
     <t>07:44:27</t>
   </si>
   <si>
-    <t>Dauit</t>
-[...5 lines deleted...]
-    <t>08:14:51</t>
+    <t>Yelena</t>
+  </si>
+  <si>
+    <t>Mitrofanova</t>
+  </si>
+  <si>
+    <t>МИТРОФАНОВА</t>
+  </si>
+  <si>
+    <t>07:59:39</t>
   </si>
   <si>
     <t>Yevseyev</t>
   </si>
   <si>
     <t>08:24:46</t>
   </si>
   <si>
-    <t>Yelena</t>
-[...10 lines deleted...]
-  <si>
     <t>Roman</t>
   </si>
   <si>
     <t>Shabelyanov</t>
   </si>
   <si>
     <t>08:39:23</t>
   </si>
   <si>
     <t>Alena</t>
   </si>
   <si>
     <t>Shevchuk</t>
   </si>
   <si>
     <t>ШЕВЧУК</t>
   </si>
   <si>
     <t>09:06:38</t>
   </si>
   <si>
+    <t>Saparbek</t>
+  </si>
+  <si>
+    <t>Bakhirdinov</t>
+  </si>
+  <si>
+    <t>08:41:36</t>
+  </si>
+  <si>
     <t>Kunnei</t>
   </si>
   <si>
     <t>Zhakarova</t>
   </si>
   <si>
     <t>09:48:17</t>
   </si>
   <si>
-    <t>Saparbek</t>
-[...7 lines deleted...]
-  <si>
     <t>Olivia</t>
   </si>
   <si>
     <t>Otto</t>
   </si>
   <si>
     <t>United States</t>
   </si>
   <si>
     <t>10:26:39</t>
   </si>
   <si>
     <t>Bernd</t>
   </si>
   <si>
     <t>Hesselmann</t>
   </si>
   <si>
     <t>08:41:38</t>
   </si>
   <si>
+    <t>08:43:01</t>
+  </si>
+  <si>
     <t>Olesya</t>
   </si>
   <si>
     <t>Shilenko</t>
   </si>
   <si>
     <t>ШИЛЕНКО</t>
   </si>
   <si>
     <t>10:51:51</t>
-  </si>
-[...1 lines deleted...]
-    <t>08:43:01</t>
   </si>
   <si>
     <t>Nartov</t>
   </si>
   <si>
     <t>Михаил Нартов</t>
   </si>
   <si>
     <t>08:51:22</t>
   </si>
   <si>
     <t>Kazybek</t>
   </si>
   <si>
     <t>Miiarov</t>
   </si>
   <si>
     <t>08:55:13</t>
   </si>
   <si>
     <t>Tony</t>
   </si>
   <si>
     <t>Galietti</t>
   </si>
@@ -1062,300 +1062,300 @@
       </c>
       <c r="H5" s="2" t="s">
         <v>30</v>
       </c>
       <c r="I5" s="2">
         <v>2</v>
       </c>
       <c r="J5" s="2">
         <v>2</v>
       </c>
       <c r="K5" s="2">
         <v>100</v>
       </c>
       <c r="L5" s="2">
         <v>350</v>
       </c>
       <c r="M5" s="2">
         <v>0</v>
       </c>
       <c r="N5" s="2">
         <v>450</v>
       </c>
     </row>
     <row r="6" spans="1:14">
       <c r="A6" s="2">
-        <v>109142</v>
+        <v>104828</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>32</v>
       </c>
-      <c r="D6" s="2"/>
+      <c r="D6" s="2" t="s">
+        <v>33</v>
+      </c>
       <c r="E6" s="2">
-        <v>1084</v>
-[...1 lines deleted...]
-      <c r="F6" s="2"/>
+        <v>657</v>
+      </c>
+      <c r="F6" s="2" t="s">
+        <v>26</v>
+      </c>
       <c r="G6" s="2" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="H6" s="2" t="s">
         <v>34</v>
       </c>
       <c r="I6" s="2">
         <v>3</v>
       </c>
       <c r="J6" s="2">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="K6" s="2">
         <v>100</v>
       </c>
       <c r="L6" s="2">
-        <v>400</v>
+        <v>325</v>
       </c>
       <c r="M6" s="2">
         <v>0</v>
       </c>
       <c r="N6" s="2">
-        <v>500</v>
+        <v>425</v>
       </c>
     </row>
     <row r="7" spans="1:14">
       <c r="A7" s="2">
-        <v>104828</v>
+        <v>109142</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>35</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>36</v>
       </c>
-      <c r="D7" s="2" t="s">
+      <c r="D7" s="2"/>
+      <c r="E7" s="2">
+        <v>1084</v>
+      </c>
+      <c r="F7" s="2"/>
+      <c r="G7" s="2" t="s">
         <v>37</v>
-      </c>
-[...7 lines deleted...]
-        <v>17</v>
       </c>
       <c r="H7" s="2" t="s">
         <v>38</v>
       </c>
       <c r="I7" s="2">
         <v>3</v>
       </c>
       <c r="J7" s="2">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="K7" s="2">
         <v>100</v>
       </c>
       <c r="L7" s="2">
-        <v>325</v>
+        <v>400</v>
       </c>
       <c r="M7" s="2">
         <v>0</v>
       </c>
       <c r="N7" s="2">
-        <v>425</v>
+        <v>500</v>
       </c>
     </row>
     <row r="8" spans="1:14">
       <c r="A8" s="2">
-        <v>104829</v>
+        <v>102409</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>39</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>40</v>
       </c>
-      <c r="D8" s="2" t="s">
+      <c r="D8" s="2"/>
+      <c r="E8" s="2">
+        <v>1049</v>
+      </c>
+      <c r="F8" s="2" t="s">
         <v>41</v>
-      </c>
-[...4 lines deleted...]
-        <v>26</v>
       </c>
       <c r="G8" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H8" s="2" t="s">
         <v>42</v>
       </c>
       <c r="I8" s="2">
         <v>4</v>
       </c>
       <c r="J8" s="2">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="K8" s="2">
         <v>100</v>
       </c>
       <c r="L8" s="2">
-        <v>300</v>
+        <v>325</v>
       </c>
       <c r="M8" s="2">
         <v>0</v>
       </c>
       <c r="N8" s="2">
-        <v>400</v>
+        <v>425</v>
       </c>
     </row>
     <row r="9" spans="1:14">
       <c r="A9" s="2">
-        <v>102409</v>
+        <v>104829</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>43</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>44</v>
       </c>
-      <c r="D9" s="2"/>
+      <c r="D9" s="2" t="s">
+        <v>45</v>
+      </c>
       <c r="E9" s="2">
-        <v>1049</v>
+        <v>659</v>
       </c>
       <c r="F9" s="2" t="s">
-        <v>45</v>
+        <v>26</v>
       </c>
       <c r="G9" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H9" s="2" t="s">
         <v>46</v>
       </c>
       <c r="I9" s="2">
         <v>4</v>
       </c>
       <c r="J9" s="2">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="K9" s="2">
         <v>100</v>
       </c>
       <c r="L9" s="2">
-        <v>325</v>
+        <v>300</v>
       </c>
       <c r="M9" s="2">
         <v>0</v>
       </c>
       <c r="N9" s="2">
-        <v>425</v>
+        <v>400</v>
       </c>
     </row>
     <row r="10" spans="1:14">
       <c r="A10" s="2">
-        <v>104830</v>
+        <v>109144</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>47</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>48</v>
       </c>
-      <c r="D10" s="2" t="s">
+      <c r="D10" s="2"/>
+      <c r="E10" s="2">
+        <v>1029</v>
+      </c>
+      <c r="F10" s="2"/>
+      <c r="G10" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="H10" s="2" t="s">
         <v>49</v>
-      </c>
-[...10 lines deleted...]
-        <v>50</v>
       </c>
       <c r="I10" s="2">
         <v>5</v>
       </c>
       <c r="J10" s="2">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="K10" s="2">
         <v>100</v>
       </c>
       <c r="L10" s="2">
-        <v>275</v>
+        <v>300</v>
       </c>
       <c r="M10" s="2">
         <v>0</v>
       </c>
       <c r="N10" s="2">
-        <v>375</v>
+        <v>400</v>
       </c>
     </row>
     <row r="11" spans="1:14">
       <c r="A11" s="2">
-        <v>109144</v>
+        <v>104830</v>
       </c>
       <c r="B11" s="2" t="s">
+        <v>50</v>
+      </c>
+      <c r="C11" s="2" t="s">
         <v>51</v>
       </c>
-      <c r="C11" s="2" t="s">
+      <c r="D11" s="2" t="s">
         <v>52</v>
       </c>
-      <c r="D11" s="2"/>
       <c r="E11" s="2">
-        <v>1029</v>
-[...1 lines deleted...]
-      <c r="F11" s="2"/>
+        <v>650</v>
+      </c>
+      <c r="F11" s="2" t="s">
+        <v>16</v>
+      </c>
       <c r="G11" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H11" s="2" t="s">
         <v>53</v>
       </c>
       <c r="I11" s="2">
         <v>5</v>
       </c>
       <c r="J11" s="2">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="K11" s="2">
         <v>100</v>
       </c>
       <c r="L11" s="2">
-        <v>300</v>
+        <v>275</v>
       </c>
       <c r="M11" s="2">
         <v>0</v>
       </c>
       <c r="N11" s="2">
-        <v>400</v>
+        <v>375</v>
       </c>
     </row>
     <row r="12" spans="1:14">
       <c r="A12" s="2">
         <v>104831</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>54</v>
       </c>
       <c r="C12" s="2" t="s">
         <v>55</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2">
         <v>676</v>
       </c>
       <c r="F12" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G12" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H12" s="2" t="s">
         <v>56</v>
       </c>
@@ -1398,128 +1398,128 @@
       </c>
       <c r="H13" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I13" s="2">
         <v>6</v>
       </c>
       <c r="J13" s="2">
         <v>5</v>
       </c>
       <c r="K13" s="2">
         <v>100</v>
       </c>
       <c r="L13" s="2">
         <v>275</v>
       </c>
       <c r="M13" s="2">
         <v>0</v>
       </c>
       <c r="N13" s="2">
         <v>375</v>
       </c>
     </row>
     <row r="14" spans="1:14">
       <c r="A14" s="2">
-        <v>109146</v>
+        <v>100886</v>
       </c>
       <c r="B14" s="2" t="s">
-        <v>60</v>
+        <v>14</v>
       </c>
       <c r="C14" s="2" t="s">
-        <v>61</v>
+        <v>15</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2">
-        <v>1001</v>
-[...1 lines deleted...]
-      <c r="F14" s="2"/>
+        <v>677</v>
+      </c>
+      <c r="F14" s="2" t="s">
+        <v>16</v>
+      </c>
       <c r="G14" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H14" s="2" t="s">
-        <v>62</v>
+        <v>60</v>
       </c>
       <c r="I14" s="2">
         <v>7</v>
       </c>
       <c r="J14" s="2">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="K14" s="2">
         <v>100</v>
       </c>
       <c r="L14" s="2">
-        <v>250</v>
+        <v>240</v>
       </c>
       <c r="M14" s="2">
         <v>0</v>
       </c>
       <c r="N14" s="2">
-        <v>350</v>
+        <v>340</v>
       </c>
     </row>
     <row r="15" spans="1:14">
       <c r="A15" s="2">
-        <v>100886</v>
+        <v>109146</v>
       </c>
       <c r="B15" s="2" t="s">
-        <v>14</v>
+        <v>61</v>
       </c>
       <c r="C15" s="2" t="s">
-        <v>15</v>
+        <v>62</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2">
-        <v>677</v>
-[...3 lines deleted...]
-      </c>
+        <v>1001</v>
+      </c>
+      <c r="F15" s="2"/>
       <c r="G15" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H15" s="2" t="s">
         <v>63</v>
       </c>
       <c r="I15" s="2">
         <v>7</v>
       </c>
       <c r="J15" s="2">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="K15" s="2">
         <v>100</v>
       </c>
       <c r="L15" s="2">
-        <v>240</v>
+        <v>250</v>
       </c>
       <c r="M15" s="2">
         <v>0</v>
       </c>
       <c r="N15" s="2">
-        <v>340</v>
+        <v>350</v>
       </c>
     </row>
     <row r="16" spans="1:14">
       <c r="A16" s="2">
         <v>109147</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>64</v>
       </c>
       <c r="C16" s="2" t="s">
         <v>65</v>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2">
         <v>1032</v>
       </c>
       <c r="F16" s="2"/>
       <c r="G16" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H16" s="2" t="s">
         <v>66</v>
       </c>
       <c r="I16" s="2">
         <v>8</v>
@@ -1564,300 +1564,300 @@
       </c>
       <c r="H17" s="2" t="s">
         <v>70</v>
       </c>
       <c r="I17" s="2">
         <v>8</v>
       </c>
       <c r="J17" s="2">
         <v>8</v>
       </c>
       <c r="K17" s="2">
         <v>100</v>
       </c>
       <c r="L17" s="2">
         <v>230</v>
       </c>
       <c r="M17" s="2">
         <v>0</v>
       </c>
       <c r="N17" s="2">
         <v>330</v>
       </c>
     </row>
     <row r="18" spans="1:14">
       <c r="A18" s="2">
-        <v>109148</v>
+        <v>100862</v>
       </c>
       <c r="B18" s="2" t="s">
+        <v>54</v>
+      </c>
+      <c r="C18" s="2" t="s">
         <v>71</v>
       </c>
-      <c r="C18" s="2" t="s">
+      <c r="D18" s="2" t="s">
         <v>72</v>
       </c>
-      <c r="D18" s="2"/>
       <c r="E18" s="2">
-        <v>1069</v>
+        <v>672</v>
       </c>
       <c r="F18" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="G18" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="H18" s="2" t="s">
         <v>73</v>
-      </c>
-[...4 lines deleted...]
-        <v>74</v>
       </c>
       <c r="I18" s="2">
         <v>9</v>
       </c>
       <c r="J18" s="2">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="K18" s="2">
         <v>100</v>
       </c>
       <c r="L18" s="2">
-        <v>230</v>
+        <v>220</v>
       </c>
       <c r="M18" s="2">
         <v>0</v>
       </c>
       <c r="N18" s="2">
-        <v>330</v>
+        <v>320</v>
       </c>
     </row>
     <row r="19" spans="1:14">
       <c r="A19" s="2">
-        <v>100862</v>
+        <v>109148</v>
       </c>
       <c r="B19" s="2" t="s">
-        <v>54</v>
+        <v>74</v>
       </c>
       <c r="C19" s="2" t="s">
         <v>75</v>
       </c>
-      <c r="D19" s="2" t="s">
+      <c r="D19" s="2"/>
+      <c r="E19" s="2">
+        <v>1069</v>
+      </c>
+      <c r="F19" s="2" t="s">
         <v>76</v>
-      </c>
-[...4 lines deleted...]
-        <v>26</v>
       </c>
       <c r="G19" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H19" s="2" t="s">
         <v>77</v>
       </c>
       <c r="I19" s="2">
         <v>9</v>
       </c>
       <c r="J19" s="2">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="K19" s="2">
         <v>100</v>
       </c>
       <c r="L19" s="2">
-        <v>220</v>
+        <v>230</v>
       </c>
       <c r="M19" s="2">
         <v>0</v>
       </c>
       <c r="N19" s="2">
-        <v>320</v>
+        <v>330</v>
       </c>
     </row>
     <row r="20" spans="1:14">
       <c r="A20" s="2">
-        <v>104833</v>
+        <v>109149</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>78</v>
       </c>
       <c r="C20" s="2" t="s">
         <v>79</v>
       </c>
-      <c r="D20" s="2" t="s">
+      <c r="D20" s="2"/>
+      <c r="E20" s="2">
+        <v>1003</v>
+      </c>
+      <c r="F20" s="2"/>
+      <c r="G20" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="H20" s="2" t="s">
         <v>80</v>
-      </c>
-[...10 lines deleted...]
-        <v>81</v>
       </c>
       <c r="I20" s="2">
         <v>10</v>
       </c>
       <c r="J20" s="2">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="K20" s="2">
         <v>100</v>
       </c>
       <c r="L20" s="2">
-        <v>210</v>
+        <v>220</v>
       </c>
       <c r="M20" s="2">
         <v>0</v>
       </c>
       <c r="N20" s="2">
-        <v>310</v>
+        <v>320</v>
       </c>
     </row>
     <row r="21" spans="1:14">
       <c r="A21" s="2">
-        <v>109149</v>
+        <v>104833</v>
       </c>
       <c r="B21" s="2" t="s">
+        <v>81</v>
+      </c>
+      <c r="C21" s="2" t="s">
         <v>82</v>
       </c>
-      <c r="C21" s="2" t="s">
+      <c r="D21" s="2" t="s">
         <v>83</v>
       </c>
-      <c r="D21" s="2"/>
       <c r="E21" s="2">
-        <v>1003</v>
-[...1 lines deleted...]
-      <c r="F21" s="2"/>
+        <v>656</v>
+      </c>
+      <c r="F21" s="2" t="s">
+        <v>16</v>
+      </c>
       <c r="G21" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H21" s="2" t="s">
         <v>84</v>
       </c>
       <c r="I21" s="2">
         <v>10</v>
       </c>
       <c r="J21" s="2">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="K21" s="2">
         <v>100</v>
       </c>
       <c r="L21" s="2">
-        <v>220</v>
+        <v>210</v>
       </c>
       <c r="M21" s="2">
         <v>0</v>
       </c>
       <c r="N21" s="2">
-        <v>320</v>
+        <v>310</v>
       </c>
     </row>
     <row r="22" spans="1:14">
       <c r="A22" s="2">
-        <v>109150</v>
+        <v>104834</v>
       </c>
       <c r="B22" s="2" t="s">
-        <v>71</v>
+        <v>85</v>
       </c>
       <c r="C22" s="2" t="s">
-        <v>85</v>
-[...1 lines deleted...]
-      <c r="D22" s="2"/>
+        <v>86</v>
+      </c>
+      <c r="D22" s="2" t="s">
+        <v>87</v>
+      </c>
       <c r="E22" s="2">
-        <v>1050</v>
-[...1 lines deleted...]
-      <c r="F22" s="2"/>
+        <v>629</v>
+      </c>
+      <c r="F22" s="2" t="s">
+        <v>16</v>
+      </c>
       <c r="G22" s="2" t="s">
-        <v>17</v>
+        <v>37</v>
       </c>
       <c r="H22" s="2" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="I22" s="2">
         <v>11</v>
       </c>
       <c r="J22" s="2">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="K22" s="2">
         <v>100</v>
       </c>
       <c r="L22" s="2">
-        <v>210</v>
+        <v>400</v>
       </c>
       <c r="M22" s="2">
         <v>0</v>
       </c>
       <c r="N22" s="2">
-        <v>310</v>
+        <v>500</v>
       </c>
     </row>
     <row r="23" spans="1:14">
       <c r="A23" s="2">
-        <v>104834</v>
+        <v>109150</v>
       </c>
       <c r="B23" s="2" t="s">
-        <v>87</v>
+        <v>74</v>
       </c>
       <c r="C23" s="2" t="s">
-        <v>88</v>
-[...1 lines deleted...]
-      <c r="D23" s="2" t="s">
         <v>89</v>
       </c>
+      <c r="D23" s="2"/>
       <c r="E23" s="2">
-        <v>629</v>
-[...3 lines deleted...]
-      </c>
+        <v>1050</v>
+      </c>
+      <c r="F23" s="2"/>
       <c r="G23" s="2" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="H23" s="2" t="s">
         <v>90</v>
       </c>
       <c r="I23" s="2">
         <v>11</v>
       </c>
       <c r="J23" s="2">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="K23" s="2">
         <v>100</v>
       </c>
       <c r="L23" s="2">
-        <v>400</v>
+        <v>210</v>
       </c>
       <c r="M23" s="2">
         <v>0</v>
       </c>
       <c r="N23" s="2">
-        <v>500</v>
+        <v>310</v>
       </c>
     </row>
     <row r="24" spans="1:14">
       <c r="A24" s="2">
         <v>109151</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>91</v>
       </c>
       <c r="C24" s="2" t="s">
         <v>92</v>
       </c>
       <c r="D24" s="2"/>
       <c r="E24" s="2">
         <v>1010</v>
       </c>
       <c r="F24" s="2"/>
       <c r="G24" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H24" s="2" t="s">
         <v>93</v>
       </c>
       <c r="I24" s="2">
         <v>12</v>
@@ -1876,175 +1876,175 @@
       </c>
       <c r="N24" s="2">
         <v>300</v>
       </c>
     </row>
     <row r="25" spans="1:14">
       <c r="A25" s="2">
         <v>104835</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>94</v>
       </c>
       <c r="C25" s="2" t="s">
         <v>95</v>
       </c>
       <c r="D25" s="2" t="s">
         <v>96</v>
       </c>
       <c r="E25" s="2">
         <v>627</v>
       </c>
       <c r="F25" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G25" s="2" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="H25" s="2" t="s">
         <v>97</v>
       </c>
       <c r="I25" s="2">
         <v>12</v>
       </c>
       <c r="J25" s="2">
         <v>2</v>
       </c>
       <c r="K25" s="2">
         <v>100</v>
       </c>
       <c r="L25" s="2">
         <v>350</v>
       </c>
       <c r="M25" s="2">
         <v>0</v>
       </c>
       <c r="N25" s="2">
         <v>450</v>
       </c>
     </row>
     <row r="26" spans="1:14">
       <c r="A26" s="2">
-        <v>100919</v>
+        <v>109152</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>98</v>
       </c>
       <c r="C26" s="2" t="s">
         <v>99</v>
       </c>
       <c r="D26" s="2"/>
       <c r="E26" s="2">
-        <v>637</v>
-[...3 lines deleted...]
-      </c>
+        <v>1081</v>
+      </c>
+      <c r="F26" s="2"/>
       <c r="G26" s="2" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="H26" s="2" t="s">
         <v>100</v>
       </c>
       <c r="I26" s="2">
         <v>13</v>
       </c>
       <c r="J26" s="2">
-        <v>3</v>
+        <v>12</v>
       </c>
       <c r="K26" s="2">
         <v>100</v>
       </c>
       <c r="L26" s="2">
-        <v>325</v>
+        <v>190</v>
       </c>
       <c r="M26" s="2">
         <v>0</v>
       </c>
       <c r="N26" s="2">
-        <v>425</v>
+        <v>290</v>
       </c>
     </row>
     <row r="27" spans="1:14">
       <c r="A27" s="2">
-        <v>109152</v>
+        <v>100919</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>101</v>
       </c>
       <c r="C27" s="2" t="s">
         <v>102</v>
       </c>
       <c r="D27" s="2"/>
       <c r="E27" s="2">
-        <v>1081</v>
-[...1 lines deleted...]
-      <c r="F27" s="2"/>
+        <v>637</v>
+      </c>
+      <c r="F27" s="2" t="s">
+        <v>16</v>
+      </c>
       <c r="G27" s="2" t="s">
-        <v>17</v>
+        <v>37</v>
       </c>
       <c r="H27" s="2" t="s">
         <v>103</v>
       </c>
       <c r="I27" s="2">
         <v>13</v>
       </c>
       <c r="J27" s="2">
-        <v>12</v>
+        <v>3</v>
       </c>
       <c r="K27" s="2">
         <v>100</v>
       </c>
       <c r="L27" s="2">
-        <v>190</v>
+        <v>325</v>
       </c>
       <c r="M27" s="2">
         <v>0</v>
       </c>
       <c r="N27" s="2">
-        <v>290</v>
+        <v>425</v>
       </c>
     </row>
     <row r="28" spans="1:14">
       <c r="A28" s="2">
         <v>104836</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>104</v>
       </c>
       <c r="C28" s="2" t="s">
         <v>105</v>
       </c>
       <c r="D28" s="2"/>
       <c r="E28" s="2">
         <v>638</v>
       </c>
       <c r="F28" s="2" t="s">
         <v>106</v>
       </c>
       <c r="G28" s="2" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="H28" s="2" t="s">
         <v>107</v>
       </c>
       <c r="I28" s="2">
         <v>14</v>
       </c>
       <c r="J28" s="2">
         <v>4</v>
       </c>
       <c r="K28" s="2">
         <v>100</v>
       </c>
       <c r="L28" s="2">
         <v>300</v>
       </c>
       <c r="M28" s="2">
         <v>0</v>
       </c>
       <c r="N28" s="2">
         <v>400</v>
       </c>
     </row>
     <row r="29" spans="1:14">
       <c r="A29" s="2">
@@ -2066,134 +2066,134 @@
       </c>
       <c r="H29" s="2" t="s">
         <v>110</v>
       </c>
       <c r="I29" s="2">
         <v>14</v>
       </c>
       <c r="J29" s="2">
         <v>13</v>
       </c>
       <c r="K29" s="2">
         <v>100</v>
       </c>
       <c r="L29" s="2">
         <v>180</v>
       </c>
       <c r="M29" s="2">
         <v>0</v>
       </c>
       <c r="N29" s="2">
         <v>280</v>
       </c>
     </row>
     <row r="30" spans="1:14">
       <c r="A30" s="2">
-        <v>104837</v>
+        <v>100859</v>
       </c>
       <c r="B30" s="2" t="s">
-        <v>111</v>
+        <v>67</v>
       </c>
       <c r="C30" s="2" t="s">
-        <v>112</v>
+        <v>68</v>
       </c>
       <c r="D30" s="2" t="s">
-        <v>113</v>
+        <v>69</v>
       </c>
       <c r="E30" s="2">
-        <v>634</v>
+        <v>1047</v>
       </c>
       <c r="F30" s="2" t="s">
         <v>26</v>
       </c>
       <c r="G30" s="2" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="H30" s="2" t="s">
-        <v>114</v>
+        <v>111</v>
       </c>
       <c r="I30" s="2">
         <v>15</v>
       </c>
       <c r="J30" s="2">
-        <v>5</v>
+        <v>14</v>
       </c>
       <c r="K30" s="2">
         <v>100</v>
       </c>
       <c r="L30" s="2">
-        <v>275</v>
+        <v>170</v>
       </c>
       <c r="M30" s="2">
         <v>0</v>
       </c>
       <c r="N30" s="2">
-        <v>375</v>
+        <v>270</v>
       </c>
     </row>
     <row r="31" spans="1:14">
       <c r="A31" s="2">
-        <v>100859</v>
+        <v>104837</v>
       </c>
       <c r="B31" s="2" t="s">
-        <v>67</v>
+        <v>112</v>
       </c>
       <c r="C31" s="2" t="s">
-        <v>68</v>
+        <v>113</v>
       </c>
       <c r="D31" s="2" t="s">
-        <v>69</v>
+        <v>114</v>
       </c>
       <c r="E31" s="2">
-        <v>1047</v>
+        <v>634</v>
       </c>
       <c r="F31" s="2" t="s">
         <v>26</v>
       </c>
       <c r="G31" s="2" t="s">
-        <v>17</v>
+        <v>37</v>
       </c>
       <c r="H31" s="2" t="s">
         <v>115</v>
       </c>
       <c r="I31" s="2">
         <v>15</v>
       </c>
       <c r="J31" s="2">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="K31" s="2">
         <v>100</v>
       </c>
       <c r="L31" s="2">
-        <v>170</v>
+        <v>275</v>
       </c>
       <c r="M31" s="2">
         <v>0</v>
       </c>
       <c r="N31" s="2">
-        <v>270</v>
+        <v>375</v>
       </c>
     </row>
     <row r="32" spans="1:14">
       <c r="A32" s="2">
         <v>100871</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>54</v>
       </c>
       <c r="C32" s="2" t="s">
         <v>116</v>
       </c>
       <c r="D32" s="2" t="s">
         <v>117</v>
       </c>
       <c r="E32" s="2">
         <v>1034</v>
       </c>
       <c r="F32" s="2" t="s">
         <v>26</v>
       </c>
       <c r="G32" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H32" s="2" t="s">
@@ -2374,211 +2374,211 @@
       <c r="M36" s="2">
         <v>0</v>
       </c>
       <c r="N36" s="2">
         <v>220</v>
       </c>
     </row>
     <row r="37" spans="1:14">
       <c r="A37" s="2">
         <v>101867</v>
       </c>
       <c r="B37" s="2" t="s">
         <v>131</v>
       </c>
       <c r="C37" s="2" t="s">
         <v>129</v>
       </c>
       <c r="D37" s="2"/>
       <c r="E37" s="2">
         <v>1076</v>
       </c>
       <c r="F37" s="2" t="s">
         <v>132</v>
       </c>
       <c r="G37" s="2" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="H37" s="2" t="s">
         <v>130</v>
       </c>
       <c r="I37" s="2">
         <v>24</v>
       </c>
       <c r="J37" s="2">
         <v>2</v>
       </c>
       <c r="K37" s="2">
         <v>100</v>
       </c>
       <c r="L37" s="2">
         <v>350</v>
       </c>
       <c r="M37" s="2">
         <v>0</v>
       </c>
       <c r="N37" s="2">
         <v>450</v>
       </c>
     </row>
     <row r="38" spans="1:14">
       <c r="A38" s="2">
         <v>109160</v>
       </c>
       <c r="B38" s="2" t="s">
         <v>133</v>
       </c>
       <c r="C38" s="2" t="s">
         <v>134</v>
       </c>
       <c r="D38" s="2"/>
       <c r="E38" s="2">
         <v>1072</v>
       </c>
       <c r="F38" s="2"/>
       <c r="G38" s="2" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="H38" s="2" t="s">
         <v>135</v>
       </c>
       <c r="I38" s="2">
         <v>25</v>
       </c>
       <c r="J38" s="2">
         <v>3</v>
       </c>
       <c r="K38" s="2">
         <v>100</v>
       </c>
       <c r="L38" s="2">
         <v>325</v>
       </c>
       <c r="M38" s="2">
         <v>0</v>
       </c>
       <c r="N38" s="2">
         <v>425</v>
       </c>
     </row>
     <row r="39" spans="1:14">
       <c r="A39" s="2">
         <v>109161</v>
       </c>
       <c r="B39" s="2" t="s">
         <v>136</v>
       </c>
       <c r="C39" s="2" t="s">
         <v>137</v>
       </c>
       <c r="D39" s="2"/>
       <c r="E39" s="2">
         <v>1073</v>
       </c>
       <c r="F39" s="2"/>
       <c r="G39" s="2" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="H39" s="2" t="s">
         <v>138</v>
       </c>
       <c r="I39" s="2">
         <v>26</v>
       </c>
       <c r="J39" s="2">
         <v>4</v>
       </c>
       <c r="K39" s="2">
         <v>100</v>
       </c>
       <c r="L39" s="2">
         <v>300</v>
       </c>
       <c r="M39" s="2">
         <v>0</v>
       </c>
       <c r="N39" s="2">
         <v>400</v>
       </c>
     </row>
     <row r="40" spans="1:14">
       <c r="A40" s="2">
         <v>109162</v>
       </c>
       <c r="B40" s="2" t="s">
         <v>139</v>
       </c>
       <c r="C40" s="2" t="s">
         <v>140</v>
       </c>
       <c r="D40" s="2"/>
       <c r="E40" s="2">
         <v>1077</v>
       </c>
       <c r="F40" s="2"/>
       <c r="G40" s="2" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="H40" s="2" t="s">
         <v>141</v>
       </c>
       <c r="I40" s="2">
         <v>27</v>
       </c>
       <c r="J40" s="2">
         <v>5</v>
       </c>
       <c r="K40" s="2">
         <v>100</v>
       </c>
       <c r="L40" s="2">
         <v>275</v>
       </c>
       <c r="M40" s="2">
         <v>0</v>
       </c>
       <c r="N40" s="2">
         <v>375</v>
       </c>
     </row>
     <row r="41" spans="1:14">
       <c r="A41" s="2">
         <v>109163</v>
       </c>
       <c r="B41" s="2" t="s">
         <v>142</v>
       </c>
       <c r="C41" s="2" t="s">
         <v>143</v>
       </c>
       <c r="D41" s="2"/>
       <c r="E41" s="2">
         <v>1075</v>
       </c>
       <c r="F41" s="2"/>
       <c r="G41" s="2" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="H41" s="2" t="s">
         <v>144</v>
       </c>
       <c r="I41" s="2">
         <v>28</v>
       </c>
       <c r="J41" s="2">
         <v>6</v>
       </c>
       <c r="K41" s="2">
         <v>100</v>
       </c>
       <c r="L41" s="2">
         <v>250</v>
       </c>
       <c r="M41" s="2">
         <v>0</v>
       </c>
       <c r="N41" s="2">
         <v>350</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>